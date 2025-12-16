--- v0 (2025-10-06)
+++ v1 (2025-12-16)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf55434717c2343e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eb2a15a527434ee4b37f83e3a3011ccb.psmdcp" Id="R6104e55b6a674510" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec5755a840e14542" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb21b37f68734660970321e8c26baf3e.psmdcp" Id="Re36cdafb4a794be2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="KpiIndMnd" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="586" uniqueCount="586">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="590" uniqueCount="590">
   <x:si>
     <x:t>03013: Konsumprisindeks, etter måned, statistikkvariabel og konsumgruppe</x:t>
   </x:si>
   <x:si>
     <x:t>Konsumprisindeks (2015=100)</x:t>
   </x:si>
   <x:si>
     <x:t>TOTAL Totalindeks</x:t>
   </x:si>
   <x:si>
     <x:t>1979M01</x:t>
   </x:si>
   <x:si>
     <x:t>1979M02</x:t>
   </x:si>
   <x:si>
     <x:t>1979M03</x:t>
   </x:si>
   <x:si>
     <x:t>1979M04</x:t>
   </x:si>
   <x:si>
     <x:t>1979M05</x:t>
   </x:si>
   <x:si>
@@ -1697,66 +1697,79 @@
     <x:t>2024M12</x:t>
   </x:si>
   <x:si>
     <x:t>2025M01</x:t>
   </x:si>
   <x:si>
     <x:t>2025M02</x:t>
   </x:si>
   <x:si>
     <x:t>2025M03</x:t>
   </x:si>
   <x:si>
     <x:t>2025M04</x:t>
   </x:si>
   <x:si>
     <x:t>2025M05</x:t>
   </x:si>
   <x:si>
     <x:t>2025M06</x:t>
   </x:si>
   <x:si>
     <x:t>2025M07</x:t>
   </x:si>
   <x:si>
     <x:t>2025M08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025M09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025M10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025M11</x:t>
   </x:si>
   <x:si>
     <x:t>F.o.m. 2017 er referanseår 2015=100. Endringstall beregnet fra 2015=100 serier kan være ulike fra tidligere publiserte endringstall med ulike referanseår. Avvikene skyldes i all hovedsak avrundingseffekter. Se den avsluttede tidsserien 11446 for publiserte endringstall t.o.m. 2016 med 1998=100. 
 &lt;br&gt;&lt;br&gt;Fra januar 2016 gjelder EUROSTATs konsumklassifisering (ECOICOP) - en utvidet klassifisering på detaljert nivå.</x:t>
   </x:si>
   <x:si>
     <x:t>Følgende prisindekser for tjenester er under koronapandemien basert på estimerte verdier grunnet bortfall av konsum 2020M04: 06.2.2, 07.3.3, 09.4.2, 09.6.0, 11.2.0, 12.1.1, 12.4.0., 2020M05: 06.2.2, 07.3.3, 09.4.2, 09.6.0, 11.2.0, 12.1.1, 2020M06-2020M12: 07.3.3.2, 09.6.0, 2021M01-M05: 07.3.3, 07.3.4, 09.6.0, 2021M06-M07: 07.3.3.2, 07.3.4, 09.6.0, 2021M08: 07.3.3.2, 09.6.0</x:t>
   </x:si>
   <x:si>
+    <x:t>Korrigerte tall for oktober 2025 for KPI totalindeks og følgende 3 underaggregater knyttet til strømkomponenter: 'Bolig, lys og brensel', 'Elektrisitet, fyringsoljer og annet brensel'
+samt 'Elektrisitet inkludert nettleie' (publisert 13.11.2025).</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sist endret:</x:t>
   </x:si>
   <x:si>
     <x:t>Konsumprisindeks (2015=100):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250910 08:00</x:t>
+    <x:t>20251210 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kilde:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t>Kontakt:</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Konsumprisindeksen, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 62 88 56 34</x:t>
   </x:si>
   <x:si>
     <x:t>konsumprisindeksen@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Måleenhet:</x:t>
   </x:si>
   <x:si>
     <x:t>indeks</x:t>
   </x:si>
@@ -2158,51 +2171,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B608"/>
+  <x:dimension ref="A1:B612"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2" t="s">
@@ -6662,188 +6675,217 @@
     </x:row>
     <x:row r="562" spans="1:2">
       <x:c r="A562" s="2" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B562" s="3" t="n">
         <x:v>137.8</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:2">
       <x:c r="A563" s="2" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B563" s="3" t="n">
         <x:v>138.9</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:2">
       <x:c r="A564" s="2" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B564" s="3" t="n">
         <x:v>138</x:v>
       </x:c>
     </x:row>
+    <x:row r="565" spans="1:2">
+      <x:c r="A565" s="2" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="B565" s="3" t="n">
+        <x:v>138.5</x:v>
+      </x:c>
+    </x:row>
     <x:row r="566" spans="1:2">
-      <x:c r="A566" s="0" t="s">
-        <x:v>563</x:v>
+      <x:c r="A566" s="2" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="B566" s="3" t="n">
+        <x:v>138.7</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:2">
-      <x:c r="A567" s="0" t="s">
-        <x:v>564</x:v>
+      <x:c r="A567" s="2" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="B567" s="3" t="n">
+        <x:v>138.9</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:2">
       <x:c r="A569" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:2">
       <x:c r="A570" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:2">
       <x:c r="A571" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:2">
       <x:c r="A573" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:2">
       <x:c r="A574" s="0" t="s">
-        <x:v>569</x:v>
-[...3 lines deleted...]
-      <x:c r="A576" s="0" t="s">
         <x:v>570</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="575" spans="1:2">
+      <x:c r="A575" s="0" t="s">
+        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:2">
       <x:c r="A577" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:2">
       <x:c r="A578" s="0" t="s">
-        <x:v>571</x:v>
-[...4 lines deleted...]
-        <x:v>572</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:2">
       <x:c r="A580" s="0" t="s">
-        <x:v>573</x:v>
-[...3 lines deleted...]
-      <x:c r="A585" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
     </x:row>
-    <x:row r="586" spans="1:2">
-[...5 lines deleted...]
-      <x:c r="A587" s="0" t="s">
+    <x:row r="581" spans="1:2">
+      <x:c r="A581" s="0" t="s">
+        <x:v>570</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="582" spans="1:2">
+      <x:c r="A582" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
     </x:row>
-    <x:row r="588" spans="1:2">
-      <x:c r="A588" s="0" t="s">
+    <x:row r="583" spans="1:2">
+      <x:c r="A583" s="0" t="s">
         <x:v>576</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="584" spans="1:2">
+      <x:c r="A584" s="0" t="s">
+        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:2">
       <x:c r="A589" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:2">
       <x:c r="A590" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>570</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="591" spans="1:2">
+      <x:c r="A591" s="0" t="s">
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:2">
       <x:c r="A592" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:2">
       <x:c r="A593" s="0" t="s">
-        <x:v>1</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:2">
       <x:c r="A594" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:2">
       <x:c r="A596" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:2">
       <x:c r="A597" s="0" t="s">
-        <x:v>580</x:v>
-[...13 lines deleted...]
-      <x:c r="A605" s="0" t="s">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="598" spans="1:2">
+      <x:c r="A598" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
     </x:row>
-    <x:row r="607" spans="1:2">
-      <x:c r="A607" s="0" t="s">
+    <x:row r="600" spans="1:2">
+      <x:c r="A600" s="0" t="s">
+        <x:v>570</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="601" spans="1:2">
+      <x:c r="A601" s="0" t="s">
         <x:v>584</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="606" spans="1:2">
+      <x:c r="A606" s="0" t="s">
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:2">
       <x:c r="A608" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>586</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="609" spans="1:2">
+      <x:c r="A609" s="0" t="s">
+        <x:v>587</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="611" spans="1:2">
+      <x:c r="A611" s="0" t="s">
+        <x:v>588</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="612" spans="1:2">
+      <x:c r="A612" s="0" t="s">
+        <x:v>589</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>KpiIndMnd</vt:lpstr>
       <vt:lpstr>KpiIndMnd!Print_Area</vt:lpstr>
       <vt:lpstr>KpiIndMnd!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>