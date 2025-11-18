--- v0 (2025-10-16)
+++ v1 (2025-11-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c17ac7ed6334894" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5944b2dbf3274c2ab9086ed9e736a825.psmdcp" Id="Rab2a5569daf14e52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra622b86d886d4566" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c3f3f0917c91466ba7465ec4438fd7ec.psmdcp" Id="R28454ac476ed411b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="142">
   <x:si>
     <x:t>11020: Kvartalsvis inntekts- og kapitalregnskap, etter sektor, transaksjon, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Inntekter og utgifter. Ujustert (mill. kr)</x:t>
   </x:si>
   <x:si>
@@ -373,51 +373,51 @@
   <x:si>
     <x:t xml:space="preserve"> - Korreksjon for endring i pensjonsrettigheter</x:t>
   </x:si>
   <x:si>
     <x:t>=  Sparing</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> + Kapitaloverføringer</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> - Kapitaloverføringer</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> - Bruttoinvestering i fast realkapital</x:t>
   </x:si>
   <x:si>
     <x:t>+ Kapitalslit</x:t>
   </x:si>
   <x:si>
     <x:t>- Netto anskaffelse av ikke-produsert realkapital</x:t>
   </x:si>
   <x:si>
     <x:t>=  Nettofinansinvestering</x:t>
   </x:si>
   <x:si>
-    <x:t>Årstall finnes i statistikkbanktabell  &lt;a href='http://www.ssb.no/tabell/10799'&gt;10799&lt;/a&gt;.</x:t>
+    <x:t>Årstall finnes i statistikkbanktabell [10799](https://www.ssb.no/tabell/10799).</x:t>
   </x:si>
   <x:si>
     <x:t>Sist endret:</x:t>
   </x:si>
   <x:si>
     <x:t>Inntekter og utgifter. Ujustert (mill. kr):</x:t>
   </x:si>
   <x:si>
     <x:t>20250904 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kilde:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t>Kontakt:</x:t>
   </x:si>
   <x:si>
     <x:t>Nils Amdal, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 91 14 91 46</x:t>
   </x:si>