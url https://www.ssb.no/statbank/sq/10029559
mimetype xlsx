--- v1 (2025-11-18)
+++ v2 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra622b86d886d4566" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c3f3f0917c91466ba7465ec4438fd7ec.psmdcp" Id="R28454ac476ed411b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02e02f14c4e747c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5d5861cacfe54ecb9f2f7201b4aadd74.psmdcp" Id="R87b681888ae64f7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="142">
   <x:si>
     <x:t>11020: Kvartalsvis inntekts- og kapitalregnskap, etter sektor, transaksjon, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Inntekter og utgifter. Ujustert (mill. kr)</x:t>
   </x:si>
   <x:si>