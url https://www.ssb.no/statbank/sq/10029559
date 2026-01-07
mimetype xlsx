--- v2 (2025-12-15)
+++ v3 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02e02f14c4e747c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5d5861cacfe54ecb9f2f7201b4aadd74.psmdcp" Id="R87b681888ae64f7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15ac3266c78c4755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/75903754ec2244369eb512135db71130.psmdcp" Id="R278d79c560f3408f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="142">
   <x:si>
     <x:t>11020: Kvartalsvis inntekts- og kapitalregnskap, etter sektor, transaksjon, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Inntekter og utgifter. Ujustert (mill. kr)</x:t>
   </x:si>
   <x:si>