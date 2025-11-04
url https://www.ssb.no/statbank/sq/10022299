--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fa338a9a9594da2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/71cae2a1496d49aeb21736b44510636e.psmdcp" Id="R55536461f0514886" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccb681d74d2c4d5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e8f3270a4634839888896a166d6c44e.psmdcp" Id="R2e02be79b91a4070" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="97">
   <x:si>
     <x:t>10799: Årlig inntekts- og kapitalregnskap (mill. kr), etter sektor, transaksjon, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Løpende priser</x:t>
   </x:si>
   <x:si>