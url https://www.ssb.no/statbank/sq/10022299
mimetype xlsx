--- v1 (2025-11-04)
+++ v2 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccb681d74d2c4d5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e8f3270a4634839888896a166d6c44e.psmdcp" Id="R2e02be79b91a4070" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2195bfc7ae14b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/807ec1821a3d4518b166e08c0cc5e095.psmdcp" Id="R04cc80c8162d4da5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="97">
   <x:si>
     <x:t>10799: Årlig inntekts- og kapitalregnskap (mill. kr), etter sektor, transaksjon, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Løpende priser</x:t>
   </x:si>
   <x:si>