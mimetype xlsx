--- v2 (2025-12-07)
+++ v3 (2025-12-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2195bfc7ae14b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/807ec1821a3d4518b166e08c0cc5e095.psmdcp" Id="R04cc80c8162d4da5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3aa127979b14be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/de1f0b24c82e4473b5823e72120dbe2b.psmdcp" Id="Rd9ef6da4661843e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="97">
   <x:si>
     <x:t>10799: Årlig inntekts- og kapitalregnskap (mill. kr), etter sektor, transaksjon, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Løpende priser</x:t>
   </x:si>
   <x:si>