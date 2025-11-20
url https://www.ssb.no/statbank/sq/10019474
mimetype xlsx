--- v0 (2025-10-19)
+++ v1 (2025-11-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra07602947a5c498d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/231bffd2dbab42d9a3a3fc1bc657b65d.psmdcp" Id="R640e5e5ef0394097" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1c0b72fc74e48e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7bd5b4da20640bd8d49340797421a7e.psmdcp" Id="Re8d095316a4f44f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="DispRealInntN" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="87">
   <x:si>
     <x:t>12504: Bidrag til vekst i disponibel realinntekt for Norge (prosent), etter statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>1978</x:t>
   </x:si>
   <x:si>