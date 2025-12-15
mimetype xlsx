--- v1 (2025-11-20)
+++ v2 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1c0b72fc74e48e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7bd5b4da20640bd8d49340797421a7e.psmdcp" Id="Re8d095316a4f44f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13cd39b12aa84838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8958da32fd9248ddba8df2111762c489.psmdcp" Id="Rc23603ab54b44fec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="DispRealInntN" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="87">
   <x:si>
     <x:t>12504: Bidrag til vekst i disponibel realinntekt for Norge (prosent), etter statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>1978</x:t>
   </x:si>
   <x:si>
@@ -172,51 +172,51 @@
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
     <x:t>Disponibel realinntekt for Norge</x:t>
   </x:si>
   <x:si>
     <x:t>Vekstbidrag fra produksjonsvekst i petroleumsvirksomhet</x:t>
   </x:si>
   <x:si>
     <x:t>Produksjonsvekst ellers</x:t>
   </x:si>
   <x:si>
     <x:t>Endring i bytteforholdet</x:t>
   </x:si>
   <x:si>
     <x:t>Herav prisutviklingen på råolje og naturgass</x:t>
   </x:si>
   <x:si>
     <x:t>Endring i rente- og stønadsbalansen</x:t>
   </x:si>
   <x:si>
-    <x:t>Tall fra og med 2022 er foreløpige.</x:t>
+    <x:t>Tabellen vil bli oppdatert 10.12.2025.</x:t>
   </x:si>
   <x:si>
     <x:t>Sist endret:</x:t>
   </x:si>
   <x:si>
     <x:t>Disponibel realinntekt for Norge:</x:t>
   </x:si>
   <x:si>
     <x:t>20250604 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Vekstbidrag fra produksjonsvekst i petroleumsvirksomhet:</x:t>
   </x:si>
   <x:si>
     <x:t>Produksjonsvekst ellers:</x:t>
   </x:si>
   <x:si>
     <x:t>Endring i bytteforholdet:</x:t>
   </x:si>
   <x:si>
     <x:t>Herav prisutviklingen på råolje og naturgass:</x:t>
   </x:si>
   <x:si>
     <x:t>Endring i rente- og stønadsbalansen:</x:t>
   </x:si>