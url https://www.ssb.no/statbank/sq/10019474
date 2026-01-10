--- v2 (2025-12-15)
+++ v3 (2026-01-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13cd39b12aa84838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8958da32fd9248ddba8df2111762c489.psmdcp" Id="Rc23603ab54b44fec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39f665a85e264b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e66748a07d9b4d029048ffeb054768bb.psmdcp" Id="Ra4b23219931c4930" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="DispRealInntN" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="87">
   <x:si>
     <x:t>12504: Bidrag til vekst i disponibel realinntekt for Norge (prosent), etter statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>1978</x:t>
   </x:si>
   <x:si>