--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b3cfe95affb441b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eeec29143e234308ac58bcf9ca614cba.psmdcp" Id="R1316ff1d8b61491b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f17f5a3b46b45c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/068d4ff6017c48678ec22b063cab1a30.psmdcp" Id="Rf4a36d9f0d734c46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BIF" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="138">
   <x:si>
     <x:t>09181: Investeringer og kapitalbeholdninger, etter næring, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Bruttoinvestering i fast realkapital. Løpende priser (mill. kr)</x:t>
   </x:si>
   <x:si>