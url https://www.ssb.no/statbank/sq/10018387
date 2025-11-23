--- v1 (2025-11-03)
+++ v2 (2025-11-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f17f5a3b46b45c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/068d4ff6017c48678ec22b063cab1a30.psmdcp" Id="Rf4a36d9f0d734c46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f25ef8975ae423a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/391de280e4d14531ba2c39791e730c90.psmdcp" Id="R731b10f503c249bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BIF" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="138">
   <x:si>
     <x:t>09181: Investeringer og kapitalbeholdninger, etter næring, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Bruttoinvestering i fast realkapital. Løpende priser (mill. kr)</x:t>
   </x:si>
   <x:si>