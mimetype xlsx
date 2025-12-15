--- v2 (2025-11-23)
+++ v3 (2025-12-15)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f25ef8975ae423a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/391de280e4d14531ba2c39791e730c90.psmdcp" Id="R731b10f503c249bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9e053a1c4fe4f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/646563cf4aee4dffbbfa46d9aa546ad9.psmdcp" Id="R74c84bda86884285" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BIF" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="138">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
   <x:si>
     <x:t>09181: Investeringer og kapitalbeholdninger, etter næring, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Bruttoinvestering i fast realkapital. Løpende priser (mill. kr)</x:t>
   </x:si>
   <x:si>
     <x:t>1970</x:t>
   </x:si>
   <x:si>
     <x:t>1971</x:t>
   </x:si>
   <x:si>
     <x:t>1972</x:t>
   </x:si>
   <x:si>
     <x:t>1973</x:t>
   </x:si>
   <x:si>
     <x:t>1974</x:t>
   </x:si>
   <x:si>
     <x:t>1975</x:t>
   </x:si>
   <x:si>
@@ -328,72 +328,75 @@
   <x:si>
     <x:t>Kultur, underholdning og annen tjenesteyting</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Offentlig forvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Statsforvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Sivil forvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Forsvar</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Kommuneforvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>Fastlands-Norge</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Markedsrettet virksomhet Fastlands-Norge</x:t>
   </x:si>
   <x:si>
+    <x:t>.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Markedsrettet virksomhet</x:t>
   </x:si>
   <x:si>
     <x:t>Ikke-markedsrettet virksomhet</x:t>
   </x:si>
   <x:si>
     <x:t>De enkelte tallene i faste priser summerer seg ikke opp til del- og totalsummene på grunn av kjedingsavvik.</x:t>
   </x:si>
   <x:si>
-    <x:t>Tall fra og med 2022 er foreløpige.</x:t>
-[...2 lines deleted...]
-    <x:t>Størrelser på A64-nivå for årgangen 2021 ble endret 21. mai 2024.</x:t>
+    <x:t>Tallene etter år 2023 (basisåret) er foreløpige.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>. = Ikke mulig å oppgi tall. Tall finnes ikke på dette tidspunktet fordi kategorien ikke var i bruk da tallene ble samlet inn.</x:t>
   </x:si>
   <x:si>
     <x:t>Sist endret:</x:t>
   </x:si>
   <x:si>
     <x:t>Bruttoinvestering i fast realkapital. Løpende priser (mill. kr):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250515 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kilde:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t>Kontakt:</x:t>
   </x:si>
   <x:si>
     <x:t>Johan Nitter-Hauge, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 83</x:t>
   </x:si>
   <x:si>
     <x:t>jni@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Steinar Todsen, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 95 91 00 74</x:t>
   </x:si>
@@ -498,65 +501,69 @@
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="4">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -1004,213 +1011,213 @@
       </x:c>
       <x:c r="AY4" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="AZ4" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="BA4" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="BB4" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="BC4" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="BD4" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:56">
       <x:c r="A5" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>25616</x:v>
+        <x:v>25666</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>31455</x:v>
+        <x:v>31509</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>33003</x:v>
+        <x:v>33066</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>39061</x:v>
+        <x:v>39131</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>47812</x:v>
+        <x:v>47891</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>59732</x:v>
+        <x:v>59814</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>72741</x:v>
+        <x:v>72837</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>82244</x:v>
+        <x:v>82353</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>77504</x:v>
+        <x:v>77617</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>82030</x:v>
+        <x:v>82148</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>88788</x:v>
+        <x:v>88911</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>102829</x:v>
+        <x:v>102980</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>114558</x:v>
+        <x:v>114782</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>129938</x:v>
+        <x:v>130134</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>139380</x:v>
+        <x:v>139586</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>146121</x:v>
+        <x:v>146334</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>167645</x:v>
+        <x:v>167973</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>184881</x:v>
+        <x:v>185214</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>197072</x:v>
+        <x:v>197464</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>190278</x:v>
+        <x:v>190684</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>171231</x:v>
+        <x:v>171630</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>171843</x:v>
+        <x:v>172293</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>169753</x:v>
+        <x:v>170197</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>182209</x:v>
+        <x:v>183259</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>194027</x:v>
+        <x:v>194528</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>206488</x:v>
+        <x:v>207345</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>230155</x:v>
+        <x:v>230744</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>268797</x:v>
+        <x:v>269489</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>308420</x:v>
+        <x:v>309116</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>297010</x:v>
+        <x:v>297899</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>298800</x:v>
+        <x:v>299752</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>305493</x:v>
+        <x:v>307931</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>303273</x:v>
+        <x:v>307405</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>306005</x:v>
+        <x:v>309891</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>350289</x:v>
+        <x:v>360620</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>405383</x:v>
+        <x:v>412563</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>464307</x:v>
+        <x:v>478817</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>554438</x:v>
+        <x:v>578347</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>589599</x:v>
+        <x:v>625671</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>564867</x:v>
+        <x:v>596297</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>537688</x:v>
+        <x:v>565155</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>600817</x:v>
+        <x:v>637075</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>665383</x:v>
+        <x:v>705791</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>724129</x:v>
+        <x:v>768289</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>749617</x:v>
+        <x:v>801736</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>741527</x:v>
+        <x:v>795873</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>780832</x:v>
+        <x:v>845236</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>809386</x:v>
+        <x:v>875397</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>850304</x:v>
+        <x:v>919993</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>957750</x:v>
+        <x:v>1047235</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>949737</x:v>
+        <x:v>1042391</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>992163</x:v>
+        <x:v>1097211</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>1053488</x:v>
+        <x:v>1159315</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>1104630</x:v>
+        <x:v>1197784</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>1142620</x:v>
+        <x:v>1235612</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:56">
       <x:c r="A6" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>1401</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>1628</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>1703</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>1873</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
         <x:v>2226</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
         <x:v>2785</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
@@ -1321,66 +1328,66 @@
       <x:c r="AQ6" s="3" t="n">
         <x:v>7682</x:v>
       </x:c>
       <x:c r="AR6" s="3" t="n">
         <x:v>8146</x:v>
       </x:c>
       <x:c r="AS6" s="3" t="n">
         <x:v>8400</x:v>
       </x:c>
       <x:c r="AT6" s="3" t="n">
         <x:v>7189</x:v>
       </x:c>
       <x:c r="AU6" s="3" t="n">
         <x:v>8016</x:v>
       </x:c>
       <x:c r="AV6" s="3" t="n">
         <x:v>9017</x:v>
       </x:c>
       <x:c r="AW6" s="3" t="n">
         <x:v>9160</x:v>
       </x:c>
       <x:c r="AX6" s="3" t="n">
         <x:v>8784</x:v>
       </x:c>
       <x:c r="AY6" s="3" t="n">
-        <x:v>9412</x:v>
+        <x:v>9413</x:v>
       </x:c>
       <x:c r="AZ6" s="3" t="n">
-        <x:v>10214</x:v>
+        <x:v>10215</x:v>
       </x:c>
       <x:c r="BA6" s="3" t="n">
-        <x:v>10390</x:v>
+        <x:v>10391</x:v>
       </x:c>
       <x:c r="BB6" s="3" t="n">
-        <x:v>10828</x:v>
+        <x:v>10829</x:v>
       </x:c>
       <x:c r="BC6" s="3" t="n">
-        <x:v>10310</x:v>
+        <x:v>9838</x:v>
       </x:c>
       <x:c r="BD6" s="3" t="n">
-        <x:v>10051</x:v>
+        <x:v>9629</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:56">
       <x:c r="A7" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>330</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>416</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>458</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
         <x:v>559</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
         <x:v>619</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
@@ -1437,120 +1444,120 @@
       <x:c r="Y7" s="3" t="n">
         <x:v>551</x:v>
       </x:c>
       <x:c r="Z7" s="3" t="n">
         <x:v>805</x:v>
       </x:c>
       <x:c r="AA7" s="3" t="n">
         <x:v>1336</x:v>
       </x:c>
       <x:c r="AB7" s="3" t="n">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="AC7" s="3" t="n">
         <x:v>2258</x:v>
       </x:c>
       <x:c r="AD7" s="3" t="n">
         <x:v>1966</x:v>
       </x:c>
       <x:c r="AE7" s="3" t="n">
         <x:v>1719</x:v>
       </x:c>
       <x:c r="AF7" s="3" t="n">
         <x:v>2806</x:v>
       </x:c>
       <x:c r="AG7" s="3" t="n">
-        <x:v>4168</x:v>
+        <x:v>4197</x:v>
       </x:c>
       <x:c r="AH7" s="3" t="n">
-        <x:v>2735</x:v>
+        <x:v>2765</x:v>
       </x:c>
       <x:c r="AI7" s="3" t="n">
-        <x:v>1570</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="AJ7" s="3" t="n">
-        <x:v>1330</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="AK7" s="3" t="n">
-        <x:v>1462</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="AL7" s="3" t="n">
-        <x:v>2077</x:v>
+        <x:v>2255</x:v>
       </x:c>
       <x:c r="AM7" s="3" t="n">
-        <x:v>1601</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="AN7" s="3" t="n">
-        <x:v>3137</x:v>
+        <x:v>3424</x:v>
       </x:c>
       <x:c r="AO7" s="3" t="n">
-        <x:v>1968</x:v>
+        <x:v>2254</x:v>
       </x:c>
       <x:c r="AP7" s="3" t="n">
-        <x:v>2332</x:v>
+        <x:v>2720</x:v>
       </x:c>
       <x:c r="AQ7" s="3" t="n">
-        <x:v>4003</x:v>
+        <x:v>4529</x:v>
       </x:c>
       <x:c r="AR7" s="3" t="n">
-        <x:v>1715</x:v>
+        <x:v>2048</x:v>
       </x:c>
       <x:c r="AS7" s="3" t="n">
-        <x:v>3419</x:v>
+        <x:v>3905</x:v>
       </x:c>
       <x:c r="AT7" s="3" t="n">
-        <x:v>4072</x:v>
+        <x:v>4779</x:v>
       </x:c>
       <x:c r="AU7" s="3" t="n">
-        <x:v>4702</x:v>
+        <x:v>5636</x:v>
       </x:c>
       <x:c r="AV7" s="3" t="n">
-        <x:v>5991</x:v>
+        <x:v>7178</x:v>
       </x:c>
       <x:c r="AW7" s="3" t="n">
-        <x:v>8164</x:v>
+        <x:v>9668</x:v>
       </x:c>
       <x:c r="AX7" s="3" t="n">
-        <x:v>6063</x:v>
+        <x:v>7692</x:v>
       </x:c>
       <x:c r="AY7" s="3" t="n">
-        <x:v>9415</x:v>
+        <x:v>11693</x:v>
       </x:c>
       <x:c r="AZ7" s="3" t="n">
-        <x:v>8764</x:v>
+        <x:v>11056</x:v>
       </x:c>
       <x:c r="BA7" s="3" t="n">
-        <x:v>12019</x:v>
+        <x:v>14751</x:v>
       </x:c>
       <x:c r="BB7" s="3" t="n">
-        <x:v>9752</x:v>
+        <x:v>13312</x:v>
       </x:c>
       <x:c r="BC7" s="3" t="n">
-        <x:v>15498</x:v>
+        <x:v>12661</x:v>
       </x:c>
       <x:c r="BD7" s="3" t="n">
-        <x:v>12878</x:v>
+        <x:v>10389</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:56">
       <x:c r="A8" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>249</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>212</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>309</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
         <x:v>397</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
         <x:v>330</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
@@ -1607,120 +1614,120 @@
       <x:c r="Y8" s="3" t="n">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Z8" s="3" t="n">
         <x:v>282</x:v>
       </x:c>
       <x:c r="AA8" s="3" t="n">
         <x:v>404</x:v>
       </x:c>
       <x:c r="AB8" s="3" t="n">
         <x:v>402</x:v>
       </x:c>
       <x:c r="AC8" s="3" t="n">
         <x:v>290</x:v>
       </x:c>
       <x:c r="AD8" s="3" t="n">
         <x:v>377</x:v>
       </x:c>
       <x:c r="AE8" s="3" t="n">
         <x:v>571</x:v>
       </x:c>
       <x:c r="AF8" s="3" t="n">
         <x:v>716</x:v>
       </x:c>
       <x:c r="AG8" s="3" t="n">
-        <x:v>751</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="AH8" s="3" t="n">
-        <x:v>382</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="AI8" s="3" t="n">
-        <x:v>644</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="AJ8" s="3" t="n">
-        <x:v>772</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="AK8" s="3" t="n">
-        <x:v>899</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="AL8" s="3" t="n">
-        <x:v>744</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="AM8" s="3" t="n">
-        <x:v>769</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="AN8" s="3" t="n">
-        <x:v>1005</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="AO8" s="3" t="n">
-        <x:v>2638</x:v>
+        <x:v>3063</x:v>
       </x:c>
       <x:c r="AP8" s="3" t="n">
-        <x:v>1097</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="AQ8" s="3" t="n">
-        <x:v>1687</x:v>
+        <x:v>1902</x:v>
       </x:c>
       <x:c r="AR8" s="3" t="n">
-        <x:v>1550</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="AS8" s="3" t="n">
-        <x:v>1388</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="AT8" s="3" t="n">
-        <x:v>1234</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="AU8" s="3" t="n">
-        <x:v>1043</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="AV8" s="3" t="n">
-        <x:v>1092</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="AW8" s="3" t="n">
-        <x:v>1042</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="AX8" s="3" t="n">
-        <x:v>1506</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="AY8" s="3" t="n">
-        <x:v>2065</x:v>
+        <x:v>2552</x:v>
       </x:c>
       <x:c r="AZ8" s="3" t="n">
-        <x:v>1404</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="BA8" s="3" t="n">
-        <x:v>1772</x:v>
+        <x:v>2179</x:v>
       </x:c>
       <x:c r="BB8" s="3" t="n">
-        <x:v>2217</x:v>
+        <x:v>2821</x:v>
       </x:c>
       <x:c r="BC8" s="3" t="n">
-        <x:v>3357</x:v>
+        <x:v>3125</x:v>
       </x:c>
       <x:c r="BD8" s="3" t="n">
-        <x:v>3720</x:v>
+        <x:v>3683</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:56">
       <x:c r="A9" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>704</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>1229</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>2100</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>4508</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>5522</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
@@ -1777,120 +1784,120 @@
       <x:c r="Y9" s="3" t="n">
         <x:v>51846</x:v>
       </x:c>
       <x:c r="Z9" s="3" t="n">
         <x:v>45804</x:v>
       </x:c>
       <x:c r="AA9" s="3" t="n">
         <x:v>42698</x:v>
       </x:c>
       <x:c r="AB9" s="3" t="n">
         <x:v>46381</x:v>
       </x:c>
       <x:c r="AC9" s="3" t="n">
         <x:v>55075</x:v>
       </x:c>
       <x:c r="AD9" s="3" t="n">
         <x:v>72767</x:v>
       </x:c>
       <x:c r="AE9" s="3" t="n">
         <x:v>64862</x:v>
       </x:c>
       <x:c r="AF9" s="3" t="n">
         <x:v>60720</x:v>
       </x:c>
       <x:c r="AG9" s="3" t="n">
-        <x:v>60098</x:v>
+        <x:v>60387</x:v>
       </x:c>
       <x:c r="AH9" s="3" t="n">
-        <x:v>60627</x:v>
+        <x:v>61193</x:v>
       </x:c>
       <x:c r="AI9" s="3" t="n">
-        <x:v>62708</x:v>
+        <x:v>63549</x:v>
       </x:c>
       <x:c r="AJ9" s="3" t="n">
-        <x:v>69908</x:v>
+        <x:v>71144</x:v>
       </x:c>
       <x:c r="AK9" s="3" t="n">
-        <x:v>82858</x:v>
+        <x:v>84816</x:v>
       </x:c>
       <x:c r="AL9" s="3" t="n">
-        <x:v>95887</x:v>
+        <x:v>98457</x:v>
       </x:c>
       <x:c r="AM9" s="3" t="n">
-        <x:v>118456</x:v>
+        <x:v>122180</x:v>
       </x:c>
       <x:c r="AN9" s="3" t="n">
-        <x:v>137181</x:v>
+        <x:v>142079</x:v>
       </x:c>
       <x:c r="AO9" s="3" t="n">
-        <x:v>150145</x:v>
+        <x:v>156189</x:v>
       </x:c>
       <x:c r="AP9" s="3" t="n">
-        <x:v>133315</x:v>
+        <x:v>139003</x:v>
       </x:c>
       <x:c r="AQ9" s="3" t="n">
-        <x:v>152709</x:v>
+        <x:v>160072</x:v>
       </x:c>
       <x:c r="AR9" s="3" t="n">
-        <x:v>190709</x:v>
+        <x:v>200758</x:v>
       </x:c>
       <x:c r="AS9" s="3" t="n">
-        <x:v>222443</x:v>
+        <x:v>234909</x:v>
       </x:c>
       <x:c r="AT9" s="3" t="n">
-        <x:v>225915</x:v>
+        <x:v>239420</x:v>
       </x:c>
       <x:c r="AU9" s="3" t="n">
-        <x:v>202013</x:v>
+        <x:v>215273</x:v>
       </x:c>
       <x:c r="AV9" s="3" t="n">
-        <x:v>166217</x:v>
+        <x:v>177492</x:v>
       </x:c>
       <x:c r="AW9" s="3" t="n">
-        <x:v>151866</x:v>
+        <x:v>162945</x:v>
       </x:c>
       <x:c r="AX9" s="3" t="n">
-        <x:v>153562</x:v>
+        <x:v>165418</x:v>
       </x:c>
       <x:c r="AY9" s="3" t="n">
-        <x:v>182214</x:v>
+        <x:v>197060</x:v>
       </x:c>
       <x:c r="AZ9" s="3" t="n">
-        <x:v>185915</x:v>
+        <x:v>202038</x:v>
       </x:c>
       <x:c r="BA9" s="3" t="n">
-        <x:v>180148</x:v>
+        <x:v>196461</x:v>
       </x:c>
       <x:c r="BB9" s="3" t="n">
-        <x:v>182390</x:v>
+        <x:v>202511</x:v>
       </x:c>
       <x:c r="BC9" s="3" t="n">
-        <x:v>222092</x:v>
+        <x:v>234371</x:v>
       </x:c>
       <x:c r="BD9" s="3" t="n">
-        <x:v>261537</x:v>
+        <x:v>265919</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:56">
       <x:c r="A10" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>704</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>1229</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>1318</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>3606</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>4589</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
@@ -1947,120 +1954,120 @@
       <x:c r="Y10" s="3" t="n">
         <x:v>51194</x:v>
       </x:c>
       <x:c r="Z10" s="3" t="n">
         <x:v>46330</x:v>
       </x:c>
       <x:c r="AA10" s="3" t="n">
         <x:v>42629</x:v>
       </x:c>
       <x:c r="AB10" s="3" t="n">
         <x:v>42208</x:v>
       </x:c>
       <x:c r="AC10" s="3" t="n">
         <x:v>54570</x:v>
       </x:c>
       <x:c r="AD10" s="3" t="n">
         <x:v>71161</x:v>
       </x:c>
       <x:c r="AE10" s="3" t="n">
         <x:v>66664</x:v>
       </x:c>
       <x:c r="AF10" s="3" t="n">
         <x:v>56389</x:v>
       </x:c>
       <x:c r="AG10" s="3" t="n">
-        <x:v>56760</x:v>
+        <x:v>56998</x:v>
       </x:c>
       <x:c r="AH10" s="3" t="n">
-        <x:v>54653</x:v>
+        <x:v>55115</x:v>
       </x:c>
       <x:c r="AI10" s="3" t="n">
-        <x:v>62268</x:v>
+        <x:v>63054</x:v>
       </x:c>
       <x:c r="AJ10" s="3" t="n">
-        <x:v>67050</x:v>
+        <x:v>68178</x:v>
       </x:c>
       <x:c r="AK10" s="3" t="n">
-        <x:v>80868</x:v>
+        <x:v>82568</x:v>
       </x:c>
       <x:c r="AL10" s="3" t="n">
-        <x:v>92293</x:v>
+        <x:v>94616</x:v>
       </x:c>
       <x:c r="AM10" s="3" t="n">
-        <x:v>110352</x:v>
+        <x:v>113592</x:v>
       </x:c>
       <x:c r="AN10" s="3" t="n">
-        <x:v>127111</x:v>
+        <x:v>131378</x:v>
       </x:c>
       <x:c r="AO10" s="3" t="n">
-        <x:v>140233</x:v>
+        <x:v>145528</x:v>
       </x:c>
       <x:c r="AP10" s="3" t="n">
-        <x:v>131795</x:v>
+        <x:v>137291</x:v>
       </x:c>
       <x:c r="AQ10" s="3" t="n">
-        <x:v>153446</x:v>
+        <x:v>160495</x:v>
       </x:c>
       <x:c r="AR10" s="3" t="n">
-        <x:v>180136</x:v>
+        <x:v>189203</x:v>
       </x:c>
       <x:c r="AS10" s="3" t="n">
-        <x:v>216934</x:v>
+        <x:v>228714</x:v>
       </x:c>
       <x:c r="AT10" s="3" t="n">
-        <x:v>221024</x:v>
+        <x:v>233985</x:v>
       </x:c>
       <x:c r="AU10" s="3" t="n">
-        <x:v>197228</x:v>
+        <x:v>209542</x:v>
       </x:c>
       <x:c r="AV10" s="3" t="n">
-        <x:v>164116</x:v>
+        <x:v>175080</x:v>
       </x:c>
       <x:c r="AW10" s="3" t="n">
-        <x:v>147625</x:v>
+        <x:v>158145</x:v>
       </x:c>
       <x:c r="AX10" s="3" t="n">
-        <x:v>150847</x:v>
+        <x:v>162309</x:v>
       </x:c>
       <x:c r="AY10" s="3" t="n">
-        <x:v>178038</x:v>
+        <x:v>192262</x:v>
       </x:c>
       <x:c r="AZ10" s="3" t="n">
-        <x:v>179589</x:v>
+        <x:v>194637</x:v>
       </x:c>
       <x:c r="BA10" s="3" t="n">
-        <x:v>178207</x:v>
+        <x:v>193794</x:v>
       </x:c>
       <x:c r="BB10" s="3" t="n">
-        <x:v>177318</x:v>
+        <x:v>196548</x:v>
       </x:c>
       <x:c r="BC10" s="3" t="n">
-        <x:v>214071</x:v>
+        <x:v>230193</x:v>
       </x:c>
       <x:c r="BD10" s="3" t="n">
-        <x:v>249244</x:v>
+        <x:v>255363</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:56">
       <x:c r="A11" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>782</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>902</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>933</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
@@ -2117,120 +2124,120 @@
       <x:c r="Y11" s="3" t="n">
         <x:v>652</x:v>
       </x:c>
       <x:c r="Z11" s="3" t="n">
         <x:v>-526</x:v>
       </x:c>
       <x:c r="AA11" s="3" t="n">
         <x:v>69</x:v>
       </x:c>
       <x:c r="AB11" s="3" t="n">
         <x:v>4173</x:v>
       </x:c>
       <x:c r="AC11" s="3" t="n">
         <x:v>505</x:v>
       </x:c>
       <x:c r="AD11" s="3" t="n">
         <x:v>1606</x:v>
       </x:c>
       <x:c r="AE11" s="3" t="n">
         <x:v>-1802</x:v>
       </x:c>
       <x:c r="AF11" s="3" t="n">
         <x:v>4331</x:v>
       </x:c>
       <x:c r="AG11" s="3" t="n">
-        <x:v>3338</x:v>
+        <x:v>3389</x:v>
       </x:c>
       <x:c r="AH11" s="3" t="n">
-        <x:v>5974</x:v>
+        <x:v>6078</x:v>
       </x:c>
       <x:c r="AI11" s="3" t="n">
-        <x:v>440</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="AJ11" s="3" t="n">
-        <x:v>2858</x:v>
+        <x:v>2966</x:v>
       </x:c>
       <x:c r="AK11" s="3" t="n">
-        <x:v>1990</x:v>
+        <x:v>2248</x:v>
       </x:c>
       <x:c r="AL11" s="3" t="n">
-        <x:v>3594</x:v>
+        <x:v>3841</x:v>
       </x:c>
       <x:c r="AM11" s="3" t="n">
-        <x:v>8104</x:v>
+        <x:v>8588</x:v>
       </x:c>
       <x:c r="AN11" s="3" t="n">
-        <x:v>10070</x:v>
+        <x:v>10701</x:v>
       </x:c>
       <x:c r="AO11" s="3" t="n">
-        <x:v>9912</x:v>
+        <x:v>10661</x:v>
       </x:c>
       <x:c r="AP11" s="3" t="n">
-        <x:v>1520</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="AQ11" s="3" t="n">
-        <x:v>-737</x:v>
+        <x:v>-423</x:v>
       </x:c>
       <x:c r="AR11" s="3" t="n">
-        <x:v>10573</x:v>
+        <x:v>11555</x:v>
       </x:c>
       <x:c r="AS11" s="3" t="n">
-        <x:v>5509</x:v>
+        <x:v>6195</x:v>
       </x:c>
       <x:c r="AT11" s="3" t="n">
-        <x:v>4891</x:v>
+        <x:v>5435</x:v>
       </x:c>
       <x:c r="AU11" s="3" t="n">
-        <x:v>4785</x:v>
+        <x:v>5731</x:v>
       </x:c>
       <x:c r="AV11" s="3" t="n">
-        <x:v>2101</x:v>
+        <x:v>2412</x:v>
       </x:c>
       <x:c r="AW11" s="3" t="n">
-        <x:v>4241</x:v>
+        <x:v>4800</x:v>
       </x:c>
       <x:c r="AX11" s="3" t="n">
-        <x:v>2715</x:v>
+        <x:v>3109</x:v>
       </x:c>
       <x:c r="AY11" s="3" t="n">
-        <x:v>4176</x:v>
+        <x:v>4798</x:v>
       </x:c>
       <x:c r="AZ11" s="3" t="n">
-        <x:v>6326</x:v>
+        <x:v>7401</x:v>
       </x:c>
       <x:c r="BA11" s="3" t="n">
-        <x:v>1941</x:v>
+        <x:v>2667</x:v>
       </x:c>
       <x:c r="BB11" s="3" t="n">
-        <x:v>5072</x:v>
+        <x:v>5963</x:v>
       </x:c>
       <x:c r="BC11" s="3" t="n">
-        <x:v>8022</x:v>
+        <x:v>4178</x:v>
       </x:c>
       <x:c r="BD11" s="3" t="n">
-        <x:v>12293</x:v>
+        <x:v>10556</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:56">
       <x:c r="A12" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>3107</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>3617</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>3402</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>3633</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>5725</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
         <x:v>6548</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
@@ -2287,120 +2294,120 @@
       <x:c r="Y12" s="3" t="n">
         <x:v>12661</x:v>
       </x:c>
       <x:c r="Z12" s="3" t="n">
         <x:v>14281</x:v>
       </x:c>
       <x:c r="AA12" s="3" t="n">
         <x:v>19122</x:v>
       </x:c>
       <x:c r="AB12" s="3" t="n">
         <x:v>21695</x:v>
       </x:c>
       <x:c r="AC12" s="3" t="n">
         <x:v>22356</x:v>
       </x:c>
       <x:c r="AD12" s="3" t="n">
         <x:v>26190</x:v>
       </x:c>
       <x:c r="AE12" s="3" t="n">
         <x:v>23889</x:v>
       </x:c>
       <x:c r="AF12" s="3" t="n">
         <x:v>22579</x:v>
       </x:c>
       <x:c r="AG12" s="3" t="n">
-        <x:v>23737</x:v>
+        <x:v>23972</x:v>
       </x:c>
       <x:c r="AH12" s="3" t="n">
-        <x:v>27544</x:v>
+        <x:v>28141</x:v>
       </x:c>
       <x:c r="AI12" s="3" t="n">
-        <x:v>22702</x:v>
+        <x:v>23455</x:v>
       </x:c>
       <x:c r="AJ12" s="3" t="n">
-        <x:v>25242</x:v>
+        <x:v>26374</x:v>
       </x:c>
       <x:c r="AK12" s="3" t="n">
-        <x:v>26020</x:v>
+        <x:v>27721</x:v>
       </x:c>
       <x:c r="AL12" s="3" t="n">
-        <x:v>28646</x:v>
+        <x:v>30947</x:v>
       </x:c>
       <x:c r="AM12" s="3" t="n">
-        <x:v>36517</x:v>
+        <x:v>40089</x:v>
       </x:c>
       <x:c r="AN12" s="3" t="n">
-        <x:v>45306</x:v>
+        <x:v>52463</x:v>
       </x:c>
       <x:c r="AO12" s="3" t="n">
-        <x:v>30409</x:v>
+        <x:v>35025</x:v>
       </x:c>
       <x:c r="AP12" s="3" t="n">
-        <x:v>26269</x:v>
+        <x:v>29700</x:v>
       </x:c>
       <x:c r="AQ12" s="3" t="n">
-        <x:v>28882</x:v>
+        <x:v>32664</x:v>
       </x:c>
       <x:c r="AR12" s="3" t="n">
-        <x:v>31200</x:v>
+        <x:v>36280</x:v>
       </x:c>
       <x:c r="AS12" s="3" t="n">
-        <x:v>30292</x:v>
+        <x:v>35177</x:v>
       </x:c>
       <x:c r="AT12" s="3" t="n">
-        <x:v>32864</x:v>
+        <x:v>38832</x:v>
       </x:c>
       <x:c r="AU12" s="3" t="n">
-        <x:v>30219</x:v>
+        <x:v>35769</x:v>
       </x:c>
       <x:c r="AV12" s="3" t="n">
-        <x:v>36295</x:v>
+        <x:v>44088</x:v>
       </x:c>
       <x:c r="AW12" s="3" t="n">
-        <x:v>36840</x:v>
+        <x:v>44160</x:v>
       </x:c>
       <x:c r="AX12" s="3" t="n">
-        <x:v>38919</x:v>
+        <x:v>47539</x:v>
       </x:c>
       <x:c r="AY12" s="3" t="n">
-        <x:v>49517</x:v>
+        <x:v>63037</x:v>
       </x:c>
       <x:c r="AZ12" s="3" t="n">
-        <x:v>42599</x:v>
+        <x:v>52985</x:v>
       </x:c>
       <x:c r="BA12" s="3" t="n">
-        <x:v>45389</x:v>
+        <x:v>56993</x:v>
       </x:c>
       <x:c r="BB12" s="3" t="n">
-        <x:v>50887</x:v>
+        <x:v>66259</x:v>
       </x:c>
       <x:c r="BC12" s="3" t="n">
-        <x:v>63974</x:v>
+        <x:v>67779</x:v>
       </x:c>
       <x:c r="BD12" s="3" t="n">
-        <x:v>65597</x:v>
+        <x:v>69604</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:56">
       <x:c r="A13" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>564</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>654</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>650</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>669</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>862</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>834</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
@@ -2457,120 +2464,120 @@
       <x:c r="Y13" s="3" t="n">
         <x:v>2726</x:v>
       </x:c>
       <x:c r="Z13" s="3" t="n">
         <x:v>2899</x:v>
       </x:c>
       <x:c r="AA13" s="3" t="n">
         <x:v>2955</x:v>
       </x:c>
       <x:c r="AB13" s="3" t="n">
         <x:v>3842</x:v>
       </x:c>
       <x:c r="AC13" s="3" t="n">
         <x:v>3595</x:v>
       </x:c>
       <x:c r="AD13" s="3" t="n">
         <x:v>4312</x:v>
       </x:c>
       <x:c r="AE13" s="3" t="n">
         <x:v>4549</x:v>
       </x:c>
       <x:c r="AF13" s="3" t="n">
         <x:v>4571</x:v>
       </x:c>
       <x:c r="AG13" s="3" t="n">
-        <x:v>4822</x:v>
+        <x:v>4871</x:v>
       </x:c>
       <x:c r="AH13" s="3" t="n">
-        <x:v>5067</x:v>
+        <x:v>5165</x:v>
       </x:c>
       <x:c r="AI13" s="3" t="n">
-        <x:v>4641</x:v>
+        <x:v>4790</x:v>
       </x:c>
       <x:c r="AJ13" s="3" t="n">
-        <x:v>4197</x:v>
+        <x:v>4371</x:v>
       </x:c>
       <x:c r="AK13" s="3" t="n">
-        <x:v>3960</x:v>
+        <x:v>4158</x:v>
       </x:c>
       <x:c r="AL13" s="3" t="n">
-        <x:v>4826</x:v>
+        <x:v>5133</x:v>
       </x:c>
       <x:c r="AM13" s="3" t="n">
-        <x:v>4627</x:v>
+        <x:v>5019</x:v>
       </x:c>
       <x:c r="AN13" s="3" t="n">
-        <x:v>7517</x:v>
+        <x:v>8162</x:v>
       </x:c>
       <x:c r="AO13" s="3" t="n">
-        <x:v>5897</x:v>
+        <x:v>6490</x:v>
       </x:c>
       <x:c r="AP13" s="3" t="n">
-        <x:v>7449</x:v>
+        <x:v>8228</x:v>
       </x:c>
       <x:c r="AQ13" s="3" t="n">
-        <x:v>8137</x:v>
+        <x:v>8958</x:v>
       </x:c>
       <x:c r="AR13" s="3" t="n">
-        <x:v>7567</x:v>
+        <x:v>8396</x:v>
       </x:c>
       <x:c r="AS13" s="3" t="n">
-        <x:v>6388</x:v>
+        <x:v>7365</x:v>
       </x:c>
       <x:c r="AT13" s="3" t="n">
-        <x:v>7934</x:v>
+        <x:v>9145</x:v>
       </x:c>
       <x:c r="AU13" s="3" t="n">
-        <x:v>7170</x:v>
+        <x:v>8273</x:v>
       </x:c>
       <x:c r="AV13" s="3" t="n">
-        <x:v>8283</x:v>
+        <x:v>9714</x:v>
       </x:c>
       <x:c r="AW13" s="3" t="n">
-        <x:v>9489</x:v>
+        <x:v>11338</x:v>
       </x:c>
       <x:c r="AX13" s="3" t="n">
-        <x:v>9610</x:v>
+        <x:v>11756</x:v>
       </x:c>
       <x:c r="AY13" s="3" t="n">
-        <x:v>10519</x:v>
+        <x:v>13016</x:v>
       </x:c>
       <x:c r="AZ13" s="3" t="n">
-        <x:v>11259</x:v>
+        <x:v>14039</x:v>
       </x:c>
       <x:c r="BA13" s="3" t="n">
-        <x:v>10077</x:v>
+        <x:v>12640</x:v>
       </x:c>
       <x:c r="BB13" s="3" t="n">
-        <x:v>9789</x:v>
+        <x:v>12299</x:v>
       </x:c>
       <x:c r="BC13" s="3" t="n">
-        <x:v>10666</x:v>
+        <x:v>12407</x:v>
       </x:c>
       <x:c r="BD13" s="3" t="n">
-        <x:v>8714</x:v>
+        <x:v>10514</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:56">
       <x:c r="A14" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>538</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
         <x:v>506</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
         <x:v>480</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
         <x:v>642</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
         <x:v>640</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
@@ -2627,120 +2634,120 @@
       <x:c r="Y14" s="3" t="n">
         <x:v>2323</x:v>
       </x:c>
       <x:c r="Z14" s="3" t="n">
         <x:v>2318</x:v>
       </x:c>
       <x:c r="AA14" s="3" t="n">
         <x:v>2254</x:v>
       </x:c>
       <x:c r="AB14" s="3" t="n">
         <x:v>3006</x:v>
       </x:c>
       <x:c r="AC14" s="3" t="n">
         <x:v>2768</x:v>
       </x:c>
       <x:c r="AD14" s="3" t="n">
         <x:v>3234</x:v>
       </x:c>
       <x:c r="AE14" s="3" t="n">
         <x:v>3487</x:v>
       </x:c>
       <x:c r="AF14" s="3" t="n">
         <x:v>3484</x:v>
       </x:c>
       <x:c r="AG14" s="3" t="n">
-        <x:v>3337</x:v>
+        <x:v>3356</x:v>
       </x:c>
       <x:c r="AH14" s="3" t="n">
-        <x:v>3992</x:v>
+        <x:v>4046</x:v>
       </x:c>
       <x:c r="AI14" s="3" t="n">
-        <x:v>3679</x:v>
+        <x:v>3772</x:v>
       </x:c>
       <x:c r="AJ14" s="3" t="n">
-        <x:v>3430</x:v>
+        <x:v>3543</x:v>
       </x:c>
       <x:c r="AK14" s="3" t="n">
-        <x:v>3394</x:v>
+        <x:v>3531</x:v>
       </x:c>
       <x:c r="AL14" s="3" t="n">
-        <x:v>3799</x:v>
+        <x:v>3980</x:v>
       </x:c>
       <x:c r="AM14" s="3" t="n">
-        <x:v>3558</x:v>
+        <x:v>3785</x:v>
       </x:c>
       <x:c r="AN14" s="3" t="n">
-        <x:v>6425</x:v>
+        <x:v>6877</x:v>
       </x:c>
       <x:c r="AO14" s="3" t="n">
-        <x:v>4951</x:v>
+        <x:v>5369</x:v>
       </x:c>
       <x:c r="AP14" s="3" t="n">
-        <x:v>5576</x:v>
+        <x:v>6025</x:v>
       </x:c>
       <x:c r="AQ14" s="3" t="n">
-        <x:v>6864</x:v>
+        <x:v>7390</x:v>
       </x:c>
       <x:c r="AR14" s="3" t="n">
-        <x:v>6481</x:v>
+        <x:v>7060</x:v>
       </x:c>
       <x:c r="AS14" s="3" t="n">
-        <x:v>4754</x:v>
+        <x:v>5290</x:v>
       </x:c>
       <x:c r="AT14" s="3" t="n">
-        <x:v>6241</x:v>
+        <x:v>7024</x:v>
       </x:c>
       <x:c r="AU14" s="3" t="n">
-        <x:v>5608</x:v>
+        <x:v>6286</x:v>
       </x:c>
       <x:c r="AV14" s="3" t="n">
-        <x:v>6442</x:v>
+        <x:v>7284</x:v>
       </x:c>
       <x:c r="AW14" s="3" t="n">
-        <x:v>6634</x:v>
+        <x:v>7614</x:v>
       </x:c>
       <x:c r="AX14" s="3" t="n">
-        <x:v>6595</x:v>
+        <x:v>7610</x:v>
       </x:c>
       <x:c r="AY14" s="3" t="n">
-        <x:v>7550</x:v>
+        <x:v>8833</x:v>
       </x:c>
       <x:c r="AZ14" s="3" t="n">
-        <x:v>6733</x:v>
+        <x:v>7914</x:v>
       </x:c>
       <x:c r="BA14" s="3" t="n">
-        <x:v>6922</x:v>
+        <x:v>8183</x:v>
       </x:c>
       <x:c r="BB14" s="3" t="n">
-        <x:v>7019</x:v>
+        <x:v>8352</x:v>
       </x:c>
       <x:c r="BC14" s="3" t="n">
-        <x:v>7250</x:v>
+        <x:v>6997</x:v>
       </x:c>
       <x:c r="BD14" s="3" t="n">
-        <x:v>6077</x:v>
+        <x:v>5858</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:56">
       <x:c r="A15" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
         <x:v>144</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>189</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
         <x:v>220</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
@@ -2797,120 +2804,120 @@
       <x:c r="Y15" s="3" t="n">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Z15" s="3" t="n">
         <x:v>581</x:v>
       </x:c>
       <x:c r="AA15" s="3" t="n">
         <x:v>701</x:v>
       </x:c>
       <x:c r="AB15" s="3" t="n">
         <x:v>836</x:v>
       </x:c>
       <x:c r="AC15" s="3" t="n">
         <x:v>827</x:v>
       </x:c>
       <x:c r="AD15" s="3" t="n">
         <x:v>1078</x:v>
       </x:c>
       <x:c r="AE15" s="3" t="n">
         <x:v>1062</x:v>
       </x:c>
       <x:c r="AF15" s="3" t="n">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="AG15" s="3" t="n">
-        <x:v>1485</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="AH15" s="3" t="n">
-        <x:v>1075</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="AI15" s="3" t="n">
-        <x:v>962</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="AJ15" s="3" t="n">
-        <x:v>767</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="AK15" s="3" t="n">
-        <x:v>566</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="AL15" s="3" t="n">
-        <x:v>1027</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="AM15" s="3" t="n">
-        <x:v>1069</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="AN15" s="3" t="n">
-        <x:v>1092</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="AO15" s="3" t="n">
-        <x:v>946</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="AP15" s="3" t="n">
-        <x:v>1873</x:v>
+        <x:v>2203</x:v>
       </x:c>
       <x:c r="AQ15" s="3" t="n">
-        <x:v>1273</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="AR15" s="3" t="n">
-        <x:v>1086</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="AS15" s="3" t="n">
-        <x:v>1634</x:v>
+        <x:v>2075</x:v>
       </x:c>
       <x:c r="AT15" s="3" t="n">
-        <x:v>1693</x:v>
+        <x:v>2121</x:v>
       </x:c>
       <x:c r="AU15" s="3" t="n">
-        <x:v>1562</x:v>
+        <x:v>1987</x:v>
       </x:c>
       <x:c r="AV15" s="3" t="n">
-        <x:v>1841</x:v>
+        <x:v>2430</x:v>
       </x:c>
       <x:c r="AW15" s="3" t="n">
-        <x:v>2855</x:v>
+        <x:v>3724</x:v>
       </x:c>
       <x:c r="AX15" s="3" t="n">
-        <x:v>3015</x:v>
+        <x:v>4146</x:v>
       </x:c>
       <x:c r="AY15" s="3" t="n">
-        <x:v>2969</x:v>
+        <x:v>4183</x:v>
       </x:c>
       <x:c r="AZ15" s="3" t="n">
-        <x:v>4526</x:v>
+        <x:v>6125</x:v>
       </x:c>
       <x:c r="BA15" s="3" t="n">
-        <x:v>3155</x:v>
+        <x:v>4457</x:v>
       </x:c>
       <x:c r="BB15" s="3" t="n">
-        <x:v>2770</x:v>
+        <x:v>3947</x:v>
       </x:c>
       <x:c r="BC15" s="3" t="n">
-        <x:v>3417</x:v>
+        <x:v>5410</x:v>
       </x:c>
       <x:c r="BD15" s="3" t="n">
-        <x:v>2637</x:v>
+        <x:v>4656</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:56">
       <x:c r="A16" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H16" s="3" t="n">
@@ -2967,120 +2974,120 @@
       <x:c r="Y16" s="3" t="n">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Z16" s="3" t="n">
         <x:v>242</x:v>
       </x:c>
       <x:c r="AA16" s="3" t="n">
         <x:v>271</x:v>
       </x:c>
       <x:c r="AB16" s="3" t="n">
         <x:v>274</x:v>
       </x:c>
       <x:c r="AC16" s="3" t="n">
         <x:v>264</x:v>
       </x:c>
       <x:c r="AD16" s="3" t="n">
         <x:v>246</x:v>
       </x:c>
       <x:c r="AE16" s="3" t="n">
         <x:v>205</x:v>
       </x:c>
       <x:c r="AF16" s="3" t="n">
         <x:v>134</x:v>
       </x:c>
       <x:c r="AG16" s="3" t="n">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="AH16" s="3" t="n">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="AI16" s="3" t="n">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="AJ16" s="3" t="n">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="AK16" s="3" t="n">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="AI16" s="3" t="n">
+      <x:c r="AL16" s="3" t="n">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="AM16" s="3" t="n">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="AN16" s="3" t="n">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="AO16" s="3" t="n">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="AP16" s="3" t="n">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="AJ16" s="3" t="n">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="AQ16" s="3" t="n">
-        <x:v>283</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="AR16" s="3" t="n">
-        <x:v>279</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="AS16" s="3" t="n">
-        <x:v>399</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="AT16" s="3" t="n">
-        <x:v>242</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="AU16" s="3" t="n">
-        <x:v>188</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="AV16" s="3" t="n">
-        <x:v>316</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="AW16" s="3" t="n">
-        <x:v>380</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="AX16" s="3" t="n">
-        <x:v>469</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="AY16" s="3" t="n">
-        <x:v>340</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="AZ16" s="3" t="n">
-        <x:v>230</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="BA16" s="3" t="n">
-        <x:v>351</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="BB16" s="3" t="n">
-        <x:v>388</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="BC16" s="3" t="n">
-        <x:v>557</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="BD16" s="3" t="n">
-        <x:v>440</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:56">
       <x:c r="A17" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
         <x:v>258</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
         <x:v>231</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
         <x:v>342</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
@@ -3137,120 +3144,120 @@
       <x:c r="Y17" s="3" t="n">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Z17" s="3" t="n">
         <x:v>795</x:v>
       </x:c>
       <x:c r="AA17" s="3" t="n">
         <x:v>799</x:v>
       </x:c>
       <x:c r="AB17" s="3" t="n">
         <x:v>779</x:v>
       </x:c>
       <x:c r="AC17" s="3" t="n">
         <x:v>842</x:v>
       </x:c>
       <x:c r="AD17" s="3" t="n">
         <x:v>747</x:v>
       </x:c>
       <x:c r="AE17" s="3" t="n">
         <x:v>533</x:v>
       </x:c>
       <x:c r="AF17" s="3" t="n">
         <x:v>579</x:v>
       </x:c>
       <x:c r="AG17" s="3" t="n">
-        <x:v>687</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="AH17" s="3" t="n">
-        <x:v>845</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="AI17" s="3" t="n">
-        <x:v>1075</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="AJ17" s="3" t="n">
-        <x:v>1110</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="AK17" s="3" t="n">
-        <x:v>1062</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="AL17" s="3" t="n">
-        <x:v>1011</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="AM17" s="3" t="n">
-        <x:v>1084</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="AN17" s="3" t="n">
-        <x:v>1403</x:v>
+        <x:v>1584</x:v>
       </x:c>
       <x:c r="AO17" s="3" t="n">
-        <x:v>931</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="AP17" s="3" t="n">
-        <x:v>924</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="AQ17" s="3" t="n">
-        <x:v>973</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="AR17" s="3" t="n">
-        <x:v>866</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="AS17" s="3" t="n">
-        <x:v>926</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="AT17" s="3" t="n">
-        <x:v>758</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="AU17" s="3" t="n">
-        <x:v>850</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="AV17" s="3" t="n">
-        <x:v>1069</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="AW17" s="3" t="n">
-        <x:v>1137</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="AX17" s="3" t="n">
-        <x:v>1475</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="AY17" s="3" t="n">
-        <x:v>1538</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="AZ17" s="3" t="n">
-        <x:v>1438</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="BA17" s="3" t="n">
-        <x:v>1677</x:v>
+        <x:v>2235</x:v>
       </x:c>
       <x:c r="BB17" s="3" t="n">
-        <x:v>1860</x:v>
+        <x:v>2486</x:v>
       </x:c>
       <x:c r="BC17" s="3" t="n">
-        <x:v>2175</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="BD17" s="3" t="n">
-        <x:v>2203</x:v>
+        <x:v>2158</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:56">
       <x:c r="A18" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
         <x:v>252</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
         <x:v>200</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
         <x:v>345</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
         <x:v>585</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
@@ -3307,120 +3314,120 @@
       <x:c r="Y18" s="3" t="n">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="Z18" s="3" t="n">
         <x:v>703</x:v>
       </x:c>
       <x:c r="AA18" s="3" t="n">
         <x:v>1530</x:v>
       </x:c>
       <x:c r="AB18" s="3" t="n">
         <x:v>1395</x:v>
       </x:c>
       <x:c r="AC18" s="3" t="n">
         <x:v>1602</x:v>
       </x:c>
       <x:c r="AD18" s="3" t="n">
         <x:v>2244</x:v>
       </x:c>
       <x:c r="AE18" s="3" t="n">
         <x:v>1574</x:v>
       </x:c>
       <x:c r="AF18" s="3" t="n">
         <x:v>1099</x:v>
       </x:c>
       <x:c r="AG18" s="3" t="n">
-        <x:v>883</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="AH18" s="3" t="n">
-        <x:v>892</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="AI18" s="3" t="n">
-        <x:v>455</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="AJ18" s="3" t="n">
-        <x:v>1130</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="AK18" s="3" t="n">
-        <x:v>1021</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="AL18" s="3" t="n">
-        <x:v>895</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="AM18" s="3" t="n">
-        <x:v>1206</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="AN18" s="3" t="n">
-        <x:v>853</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="AO18" s="3" t="n">
-        <x:v>521</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="AP18" s="3" t="n">
-        <x:v>409</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="AQ18" s="3" t="n">
-        <x:v>559</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="AR18" s="3" t="n">
-        <x:v>662</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="AS18" s="3" t="n">
-        <x:v>582</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="AT18" s="3" t="n">
-        <x:v>510</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="AU18" s="3" t="n">
-        <x:v>239</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="AV18" s="3" t="n">
-        <x:v>605</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="AW18" s="3" t="n">
-        <x:v>698</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="AX18" s="3" t="n">
-        <x:v>981</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="AY18" s="3" t="n">
-        <x:v>1734</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="AZ18" s="3" t="n">
-        <x:v>1288</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="BA18" s="3" t="n">
-        <x:v>924</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="BB18" s="3" t="n">
-        <x:v>805</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="BC18" s="3" t="n">
-        <x:v>1388</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="BD18" s="3" t="n">
-        <x:v>1334</x:v>
+        <x:v>1370</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:56">
       <x:c r="A19" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
@@ -3477,120 +3484,120 @@
       <x:c r="Y19" s="3" t="n">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Z19" s="3" t="n">
         <x:v>415</x:v>
       </x:c>
       <x:c r="AA19" s="3" t="n">
         <x:v>746</x:v>
       </x:c>
       <x:c r="AB19" s="3" t="n">
         <x:v>619</x:v>
       </x:c>
       <x:c r="AC19" s="3" t="n">
         <x:v>681</x:v>
       </x:c>
       <x:c r="AD19" s="3" t="n">
         <x:v>1374</x:v>
       </x:c>
       <x:c r="AE19" s="3" t="n">
         <x:v>1003</x:v>
       </x:c>
       <x:c r="AF19" s="3" t="n">
         <x:v>827</x:v>
       </x:c>
       <x:c r="AG19" s="3" t="n">
-        <x:v>442</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="AH19" s="3" t="n">
-        <x:v>389</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="AI19" s="3" t="n">
-        <x:v>486</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="AJ19" s="3" t="n">
-        <x:v>561</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="AK19" s="3" t="n">
-        <x:v>857</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="AL19" s="3" t="n">
-        <x:v>816</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="AM19" s="3" t="n">
-        <x:v>577</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="AN19" s="3" t="n">
-        <x:v>325</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="AO19" s="3" t="n">
-        <x:v>349</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="AP19" s="3" t="n">
-        <x:v>198</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="AQ19" s="3" t="n">
-        <x:v>323</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="AR19" s="3" t="n">
-        <x:v>319</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="AS19" s="3" t="n">
-        <x:v>435</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="AT19" s="3" t="n">
-        <x:v>469</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="AU19" s="3" t="n">
-        <x:v>318</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="AV19" s="3" t="n">
-        <x:v>160</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="AW19" s="3" t="n">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="AX19" s="3" t="n">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="AY19" s="3" t="n">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="AZ19" s="3" t="n">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="BA19" s="3" t="n">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="BB19" s="3" t="n">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="AX19" s="3" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="BC19" s="3" t="n">
-        <x:v>223</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="BD19" s="3" t="n">
-        <x:v>203</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:56">
       <x:c r="A20" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
         <x:v>356</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
         <x:v>320</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
         <x:v>535</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
         <x:v>982</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
         <x:v>1520</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
@@ -3647,120 +3654,120 @@
       <x:c r="Y20" s="3" t="n">
         <x:v>2417</x:v>
       </x:c>
       <x:c r="Z20" s="3" t="n">
         <x:v>2619</x:v>
       </x:c>
       <x:c r="AA20" s="3" t="n">
         <x:v>4719</x:v>
       </x:c>
       <x:c r="AB20" s="3" t="n">
         <x:v>5262</x:v>
       </x:c>
       <x:c r="AC20" s="3" t="n">
         <x:v>4225</x:v>
       </x:c>
       <x:c r="AD20" s="3" t="n">
         <x:v>5032</x:v>
       </x:c>
       <x:c r="AE20" s="3" t="n">
         <x:v>4631</x:v>
       </x:c>
       <x:c r="AF20" s="3" t="n">
         <x:v>3564</x:v>
       </x:c>
       <x:c r="AG20" s="3" t="n">
-        <x:v>3604</x:v>
+        <x:v>3677</x:v>
       </x:c>
       <x:c r="AH20" s="3" t="n">
-        <x:v>4021</x:v>
+        <x:v>4250</x:v>
       </x:c>
       <x:c r="AI20" s="3" t="n">
-        <x:v>3478</x:v>
+        <x:v>3706</x:v>
       </x:c>
       <x:c r="AJ20" s="3" t="n">
-        <x:v>4268</x:v>
+        <x:v>4648</x:v>
       </x:c>
       <x:c r="AK20" s="3" t="n">
-        <x:v>6034</x:v>
+        <x:v>6756</x:v>
       </x:c>
       <x:c r="AL20" s="3" t="n">
-        <x:v>5274</x:v>
+        <x:v>6144</x:v>
       </x:c>
       <x:c r="AM20" s="3" t="n">
-        <x:v>6341</x:v>
+        <x:v>7725</x:v>
       </x:c>
       <x:c r="AN20" s="3" t="n">
-        <x:v>15052</x:v>
+        <x:v>19835</x:v>
       </x:c>
       <x:c r="AO20" s="3" t="n">
-        <x:v>8942</x:v>
+        <x:v>11700</x:v>
       </x:c>
       <x:c r="AP20" s="3" t="n">
-        <x:v>5214</x:v>
+        <x:v>6547</x:v>
       </x:c>
       <x:c r="AQ20" s="3" t="n">
-        <x:v>4697</x:v>
+        <x:v>5992</x:v>
       </x:c>
       <x:c r="AR20" s="3" t="n">
-        <x:v>5825</x:v>
+        <x:v>7995</x:v>
       </x:c>
       <x:c r="AS20" s="3" t="n">
-        <x:v>4756</x:v>
+        <x:v>6329</x:v>
       </x:c>
       <x:c r="AT20" s="3" t="n">
-        <x:v>5512</x:v>
+        <x:v>7811</x:v>
       </x:c>
       <x:c r="AU20" s="3" t="n">
-        <x:v>5094</x:v>
+        <x:v>6998</x:v>
       </x:c>
       <x:c r="AV20" s="3" t="n">
-        <x:v>7148</x:v>
+        <x:v>10579</x:v>
       </x:c>
       <x:c r="AW20" s="3" t="n">
-        <x:v>5708</x:v>
+        <x:v>7924</x:v>
       </x:c>
       <x:c r="AX20" s="3" t="n">
-        <x:v>7196</x:v>
+        <x:v>10094</x:v>
       </x:c>
       <x:c r="AY20" s="3" t="n">
-        <x:v>10476</x:v>
+        <x:v>16806</x:v>
       </x:c>
       <x:c r="AZ20" s="3" t="n">
-        <x:v>7050</x:v>
+        <x:v>10289</x:v>
       </x:c>
       <x:c r="BA20" s="3" t="n">
-        <x:v>8160</x:v>
+        <x:v>11794</x:v>
       </x:c>
       <x:c r="BB20" s="3" t="n">
-        <x:v>9634</x:v>
+        <x:v>16256</x:v>
       </x:c>
       <x:c r="BC20" s="3" t="n">
-        <x:v>8954</x:v>
+        <x:v>10875</x:v>
       </x:c>
       <x:c r="BD20" s="3" t="n">
-        <x:v>10471</x:v>
+        <x:v>13133</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:56">
       <x:c r="A21" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D21" s="3" t="n">
         <x:v>145</x:v>
       </x:c>
       <x:c r="E21" s="3" t="n">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F21" s="3" t="n">
         <x:v>294</x:v>
       </x:c>
       <x:c r="G21" s="3" t="n">
         <x:v>902</x:v>
       </x:c>
       <x:c r="H21" s="3" t="n">
@@ -3817,120 +3824,120 @@
       <x:c r="Y21" s="3" t="n">
         <x:v>818</x:v>
       </x:c>
       <x:c r="Z21" s="3" t="n">
         <x:v>1032</x:v>
       </x:c>
       <x:c r="AA21" s="3" t="n">
         <x:v>2983</x:v>
       </x:c>
       <x:c r="AB21" s="3" t="n">
         <x:v>2853</x:v>
       </x:c>
       <x:c r="AC21" s="3" t="n">
         <x:v>2152</x:v>
       </x:c>
       <x:c r="AD21" s="3" t="n">
         <x:v>2641</x:v>
       </x:c>
       <x:c r="AE21" s="3" t="n">
         <x:v>2387</x:v>
       </x:c>
       <x:c r="AF21" s="3" t="n">
         <x:v>1585</x:v>
       </x:c>
       <x:c r="AG21" s="3" t="n">
-        <x:v>1467</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="AH21" s="3" t="n">
-        <x:v>1396</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="AI21" s="3" t="n">
-        <x:v>1536</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="AJ21" s="3" t="n">
-        <x:v>2023</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="AK21" s="3" t="n">
-        <x:v>3917</x:v>
+        <x:v>4481</x:v>
       </x:c>
       <x:c r="AL21" s="3" t="n">
-        <x:v>2652</x:v>
+        <x:v>3112</x:v>
       </x:c>
       <x:c r="AM21" s="3" t="n">
-        <x:v>3238</x:v>
+        <x:v>3893</x:v>
       </x:c>
       <x:c r="AN21" s="3" t="n">
-        <x:v>8601</x:v>
+        <x:v>10544</x:v>
       </x:c>
       <x:c r="AO21" s="3" t="n">
-        <x:v>5310</x:v>
+        <x:v>6692</x:v>
       </x:c>
       <x:c r="AP21" s="3" t="n">
-        <x:v>2457</x:v>
+        <x:v>3124</x:v>
       </x:c>
       <x:c r="AQ21" s="3" t="n">
-        <x:v>2266</x:v>
+        <x:v>3024</x:v>
       </x:c>
       <x:c r="AR21" s="3" t="n">
-        <x:v>2915</x:v>
+        <x:v>3883</x:v>
       </x:c>
       <x:c r="AS21" s="3" t="n">
-        <x:v>2674</x:v>
+        <x:v>3580</x:v>
       </x:c>
       <x:c r="AT21" s="3" t="n">
-        <x:v>2844</x:v>
+        <x:v>3920</x:v>
       </x:c>
       <x:c r="AU21" s="3" t="n">
-        <x:v>2675</x:v>
+        <x:v>3789</x:v>
       </x:c>
       <x:c r="AV21" s="3" t="n">
-        <x:v>3932</x:v>
+        <x:v>5788</x:v>
       </x:c>
       <x:c r="AW21" s="3" t="n">
-        <x:v>3303</x:v>
+        <x:v>4893</x:v>
       </x:c>
       <x:c r="AX21" s="3" t="n">
-        <x:v>3845</x:v>
+        <x:v>5618</x:v>
       </x:c>
       <x:c r="AY21" s="3" t="n">
-        <x:v>4443</x:v>
+        <x:v>7089</x:v>
       </x:c>
       <x:c r="AZ21" s="3" t="n">
-        <x:v>3113</x:v>
+        <x:v>4960</x:v>
       </x:c>
       <x:c r="BA21" s="3" t="n">
-        <x:v>3657</x:v>
+        <x:v>5282</x:v>
       </x:c>
       <x:c r="BB21" s="3" t="n">
-        <x:v>4225</x:v>
+        <x:v>7470</x:v>
       </x:c>
       <x:c r="BC21" s="3" t="n">
-        <x:v>3987</x:v>
+        <x:v>5699</x:v>
       </x:c>
       <x:c r="BD21" s="3" t="n">
-        <x:v>5015</x:v>
+        <x:v>7480</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:56">
       <x:c r="A22" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
         <x:v>286</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
         <x:v>280</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
         <x:v>274</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
         <x:v>416</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
         <x:v>330</x:v>
       </x:c>
       <x:c r="H22" s="3" t="n">
@@ -3987,120 +3994,120 @@
       <x:c r="Y22" s="3" t="n">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Z22" s="3" t="n">
         <x:v>660</x:v>
       </x:c>
       <x:c r="AA22" s="3" t="n">
         <x:v>870</x:v>
       </x:c>
       <x:c r="AB22" s="3" t="n">
         <x:v>1052</x:v>
       </x:c>
       <x:c r="AC22" s="3" t="n">
         <x:v>1244</x:v>
       </x:c>
       <x:c r="AD22" s="3" t="n">
         <x:v>1477</x:v>
       </x:c>
       <x:c r="AE22" s="3" t="n">
         <x:v>1753</x:v>
       </x:c>
       <x:c r="AF22" s="3" t="n">
         <x:v>1466</x:v>
       </x:c>
       <x:c r="AG22" s="3" t="n">
-        <x:v>897</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="AH22" s="3" t="n">
-        <x:v>1075</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="AI22" s="3" t="n">
-        <x:v>1027</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="AJ22" s="3" t="n">
-        <x:v>1446</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="AK22" s="3" t="n">
-        <x:v>1969</x:v>
+        <x:v>2109</x:v>
       </x:c>
       <x:c r="AL22" s="3" t="n">
-        <x:v>3186</x:v>
+        <x:v>3482</x:v>
       </x:c>
       <x:c r="AM22" s="3" t="n">
-        <x:v>4550</x:v>
+        <x:v>5082</x:v>
       </x:c>
       <x:c r="AN22" s="3" t="n">
-        <x:v>2389</x:v>
+        <x:v>2658</x:v>
       </x:c>
       <x:c r="AO22" s="3" t="n">
-        <x:v>1909</x:v>
+        <x:v>2163</x:v>
       </x:c>
       <x:c r="AP22" s="3" t="n">
-        <x:v>1528</x:v>
+        <x:v>1755</x:v>
       </x:c>
       <x:c r="AQ22" s="3" t="n">
-        <x:v>1596</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="AR22" s="3" t="n">
-        <x:v>1671</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="AS22" s="3" t="n">
-        <x:v>1653</x:v>
+        <x:v>1995</x:v>
       </x:c>
       <x:c r="AT22" s="3" t="n">
-        <x:v>1628</x:v>
+        <x:v>1970</x:v>
       </x:c>
       <x:c r="AU22" s="3" t="n">
-        <x:v>1690</x:v>
+        <x:v>2074</x:v>
       </x:c>
       <x:c r="AV22" s="3" t="n">
-        <x:v>1910</x:v>
+        <x:v>2362</x:v>
       </x:c>
       <x:c r="AW22" s="3" t="n">
-        <x:v>2101</x:v>
+        <x:v>2662</x:v>
       </x:c>
       <x:c r="AX22" s="3" t="n">
-        <x:v>2738</x:v>
+        <x:v>3464</x:v>
       </x:c>
       <x:c r="AY22" s="3" t="n">
-        <x:v>3068</x:v>
+        <x:v>3908</x:v>
       </x:c>
       <x:c r="AZ22" s="3" t="n">
-        <x:v>2940</x:v>
+        <x:v>3861</x:v>
       </x:c>
       <x:c r="BA22" s="3" t="n">
-        <x:v>3929</x:v>
+        <x:v>5501</x:v>
       </x:c>
       <x:c r="BB22" s="3" t="n">
-        <x:v>4029</x:v>
+        <x:v>5616</x:v>
       </x:c>
       <x:c r="BC22" s="3" t="n">
-        <x:v>5568</x:v>
+        <x:v>4693</x:v>
       </x:c>
       <x:c r="BD22" s="3" t="n">
-        <x:v>7529</x:v>
+        <x:v>6408</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:56">
       <x:c r="A23" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>568</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
         <x:v>396</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
         <x:v>358</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
         <x:v>614</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
         <x:v>702</x:v>
       </x:c>
       <x:c r="H23" s="3" t="n">
@@ -4157,120 +4164,120 @@
       <x:c r="Y23" s="3" t="n">
         <x:v>732</x:v>
       </x:c>
       <x:c r="Z23" s="3" t="n">
         <x:v>1118</x:v>
       </x:c>
       <x:c r="AA23" s="3" t="n">
         <x:v>1366</x:v>
       </x:c>
       <x:c r="AB23" s="3" t="n">
         <x:v>2359</x:v>
       </x:c>
       <x:c r="AC23" s="3" t="n">
         <x:v>2609</x:v>
       </x:c>
       <x:c r="AD23" s="3" t="n">
         <x:v>1998</x:v>
       </x:c>
       <x:c r="AE23" s="3" t="n">
         <x:v>1958</x:v>
       </x:c>
       <x:c r="AF23" s="3" t="n">
         <x:v>2213</x:v>
       </x:c>
       <x:c r="AG23" s="3" t="n">
-        <x:v>3229</x:v>
+        <x:v>3245</x:v>
       </x:c>
       <x:c r="AH23" s="3" t="n">
-        <x:v>6099</x:v>
+        <x:v>6163</x:v>
       </x:c>
       <x:c r="AI23" s="3" t="n">
-        <x:v>3740</x:v>
+        <x:v>3801</x:v>
       </x:c>
       <x:c r="AJ23" s="3" t="n">
-        <x:v>3379</x:v>
+        <x:v>3454</x:v>
       </x:c>
       <x:c r="AK23" s="3" t="n">
-        <x:v>2727</x:v>
+        <x:v>2826</x:v>
       </x:c>
       <x:c r="AL23" s="3" t="n">
-        <x:v>2213</x:v>
+        <x:v>2303</x:v>
       </x:c>
       <x:c r="AM23" s="3" t="n">
-        <x:v>2645</x:v>
+        <x:v>2780</x:v>
       </x:c>
       <x:c r="AN23" s="3" t="n">
-        <x:v>3331</x:v>
+        <x:v>3522</x:v>
       </x:c>
       <x:c r="AO23" s="3" t="n">
-        <x:v>2155</x:v>
+        <x:v>2278</x:v>
       </x:c>
       <x:c r="AP23" s="3" t="n">
-        <x:v>1947</x:v>
+        <x:v>2080</x:v>
       </x:c>
       <x:c r="AQ23" s="3" t="n">
-        <x:v>1996</x:v>
+        <x:v>2145</x:v>
       </x:c>
       <x:c r="AR23" s="3" t="n">
-        <x:v>2155</x:v>
+        <x:v>2362</x:v>
       </x:c>
       <x:c r="AS23" s="3" t="n">
-        <x:v>2127</x:v>
+        <x:v>2295</x:v>
       </x:c>
       <x:c r="AT23" s="3" t="n">
-        <x:v>2206</x:v>
+        <x:v>2379</x:v>
       </x:c>
       <x:c r="AU23" s="3" t="n">
-        <x:v>3230</x:v>
+        <x:v>3518</x:v>
       </x:c>
       <x:c r="AV23" s="3" t="n">
-        <x:v>4845</x:v>
+        <x:v>5247</x:v>
       </x:c>
       <x:c r="AW23" s="3" t="n">
-        <x:v>5060</x:v>
+        <x:v>5487</x:v>
       </x:c>
       <x:c r="AX23" s="3" t="n">
-        <x:v>3894</x:v>
+        <x:v>4222</x:v>
       </x:c>
       <x:c r="AY23" s="3" t="n">
-        <x:v>5398</x:v>
+        <x:v>5854</x:v>
       </x:c>
       <x:c r="AZ23" s="3" t="n">
-        <x:v>3950</x:v>
+        <x:v>4350</x:v>
       </x:c>
       <x:c r="BA23" s="3" t="n">
-        <x:v>5104</x:v>
+        <x:v>5581</x:v>
       </x:c>
       <x:c r="BB23" s="3" t="n">
-        <x:v>6808</x:v>
+        <x:v>7589</x:v>
       </x:c>
       <x:c r="BC23" s="3" t="n">
-        <x:v>10503</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="BD23" s="3" t="n">
-        <x:v>10798</x:v>
+        <x:v>12493</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:56">
       <x:c r="A24" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
         <x:v>696</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
         <x:v>675</x:v>
       </x:c>
       <x:c r="E24" s="3" t="n">
         <x:v>706</x:v>
       </x:c>
       <x:c r="F24" s="3" t="n">
         <x:v>1033</x:v>
       </x:c>
       <x:c r="G24" s="3" t="n">
         <x:v>1163</x:v>
       </x:c>
       <x:c r="H24" s="3" t="n">
@@ -4327,120 +4334,120 @@
       <x:c r="Y24" s="3" t="n">
         <x:v>2750</x:v>
       </x:c>
       <x:c r="Z24" s="3" t="n">
         <x:v>3187</x:v>
       </x:c>
       <x:c r="AA24" s="3" t="n">
         <x:v>3904</x:v>
       </x:c>
       <x:c r="AB24" s="3" t="n">
         <x:v>3986</x:v>
       </x:c>
       <x:c r="AC24" s="3" t="n">
         <x:v>4502</x:v>
       </x:c>
       <x:c r="AD24" s="3" t="n">
         <x:v>5597</x:v>
       </x:c>
       <x:c r="AE24" s="3" t="n">
         <x:v>5196</x:v>
       </x:c>
       <x:c r="AF24" s="3" t="n">
         <x:v>5742</x:v>
       </x:c>
       <x:c r="AG24" s="3" t="n">
-        <x:v>6294</x:v>
+        <x:v>6325</x:v>
       </x:c>
       <x:c r="AH24" s="3" t="n">
-        <x:v>5749</x:v>
+        <x:v>5810</x:v>
       </x:c>
       <x:c r="AI24" s="3" t="n">
-        <x:v>4790</x:v>
+        <x:v>4870</x:v>
       </x:c>
       <x:c r="AJ24" s="3" t="n">
-        <x:v>6026</x:v>
+        <x:v>6164</x:v>
       </x:c>
       <x:c r="AK24" s="3" t="n">
-        <x:v>5185</x:v>
+        <x:v>5327</x:v>
       </x:c>
       <x:c r="AL24" s="3" t="n">
-        <x:v>6030</x:v>
+        <x:v>6244</x:v>
       </x:c>
       <x:c r="AM24" s="3" t="n">
-        <x:v>7093</x:v>
+        <x:v>7367</x:v>
       </x:c>
       <x:c r="AN24" s="3" t="n">
-        <x:v>8354</x:v>
+        <x:v>8739</x:v>
       </x:c>
       <x:c r="AO24" s="3" t="n">
-        <x:v>6557</x:v>
+        <x:v>6896</x:v>
       </x:c>
       <x:c r="AP24" s="3" t="n">
-        <x:v>5636</x:v>
+        <x:v>5972</x:v>
       </x:c>
       <x:c r="AQ24" s="3" t="n">
-        <x:v>6968</x:v>
+        <x:v>7433</x:v>
       </x:c>
       <x:c r="AR24" s="3" t="n">
-        <x:v>7338</x:v>
+        <x:v>7885</x:v>
       </x:c>
       <x:c r="AS24" s="3" t="n">
-        <x:v>8254</x:v>
+        <x:v>8902</x:v>
       </x:c>
       <x:c r="AT24" s="3" t="n">
-        <x:v>8840</x:v>
+        <x:v>9572</x:v>
       </x:c>
       <x:c r="AU24" s="3" t="n">
-        <x:v>7299</x:v>
+        <x:v>7982</x:v>
       </x:c>
       <x:c r="AV24" s="3" t="n">
-        <x:v>7738</x:v>
+        <x:v>8458</x:v>
       </x:c>
       <x:c r="AW24" s="3" t="n">
-        <x:v>7440</x:v>
+        <x:v>8202</x:v>
       </x:c>
       <x:c r="AX24" s="3" t="n">
-        <x:v>7782</x:v>
+        <x:v>8577</x:v>
       </x:c>
       <x:c r="AY24" s="3" t="n">
-        <x:v>10214</x:v>
+        <x:v>11354</x:v>
       </x:c>
       <x:c r="AZ24" s="3" t="n">
-        <x:v>9109</x:v>
+        <x:v>10156</x:v>
       </x:c>
       <x:c r="BA24" s="3" t="n">
-        <x:v>10164</x:v>
+        <x:v>11462</x:v>
       </x:c>
       <x:c r="BB24" s="3" t="n">
-        <x:v>11987</x:v>
+        <x:v>13732</x:v>
       </x:c>
       <x:c r="BC24" s="3" t="n">
-        <x:v>14113</x:v>
+        <x:v>15025</x:v>
       </x:c>
       <x:c r="BD24" s="3" t="n">
-        <x:v>13342</x:v>
+        <x:v>13978</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:56">
       <x:c r="A25" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>209</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
         <x:v>241</x:v>
       </x:c>
       <x:c r="E25" s="3" t="n">
         <x:v>301</x:v>
       </x:c>
       <x:c r="F25" s="3" t="n">
         <x:v>556</x:v>
       </x:c>
       <x:c r="G25" s="3" t="n">
         <x:v>493</x:v>
       </x:c>
       <x:c r="H25" s="3" t="n">
@@ -4497,120 +4504,120 @@
       <x:c r="Y25" s="3" t="n">
         <x:v>933</x:v>
       </x:c>
       <x:c r="Z25" s="3" t="n">
         <x:v>911</x:v>
       </x:c>
       <x:c r="AA25" s="3" t="n">
         <x:v>1126</x:v>
       </x:c>
       <x:c r="AB25" s="3" t="n">
         <x:v>1266</x:v>
       </x:c>
       <x:c r="AC25" s="3" t="n">
         <x:v>1685</x:v>
       </x:c>
       <x:c r="AD25" s="3" t="n">
         <x:v>1924</x:v>
       </x:c>
       <x:c r="AE25" s="3" t="n">
         <x:v>1433</x:v>
       </x:c>
       <x:c r="AF25" s="3" t="n">
         <x:v>1265</x:v>
       </x:c>
       <x:c r="AG25" s="3" t="n">
-        <x:v>1580</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="AH25" s="3" t="n">
-        <x:v>1903</x:v>
+        <x:v>1936</x:v>
       </x:c>
       <x:c r="AI25" s="3" t="n">
-        <x:v>1198</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="AJ25" s="3" t="n">
-        <x:v>1569</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="AK25" s="3" t="n">
-        <x:v>1591</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="AL25" s="3" t="n">
-        <x:v>2084</x:v>
+        <x:v>2207</x:v>
       </x:c>
       <x:c r="AM25" s="3" t="n">
-        <x:v>5866</x:v>
+        <x:v>6227</x:v>
       </x:c>
       <x:c r="AN25" s="3" t="n">
-        <x:v>3094</x:v>
+        <x:v>3402</x:v>
       </x:c>
       <x:c r="AO25" s="3" t="n">
-        <x:v>1362</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="AP25" s="3" t="n">
-        <x:v>1082</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="AQ25" s="3" t="n">
-        <x:v>1314</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="AR25" s="3" t="n">
-        <x:v>2311</x:v>
+        <x:v>2629</x:v>
       </x:c>
       <x:c r="AS25" s="3" t="n">
-        <x:v>2247</x:v>
+        <x:v>2568</x:v>
       </x:c>
       <x:c r="AT25" s="3" t="n">
-        <x:v>2131</x:v>
+        <x:v>2477</x:v>
       </x:c>
       <x:c r="AU25" s="3" t="n">
-        <x:v>1706</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="AV25" s="3" t="n">
-        <x:v>1562</x:v>
+        <x:v>1813</x:v>
       </x:c>
       <x:c r="AW25" s="3" t="n">
-        <x:v>1812</x:v>
+        <x:v>2169</x:v>
       </x:c>
       <x:c r="AX25" s="3" t="n">
-        <x:v>1760</x:v>
+        <x:v>2080</x:v>
       </x:c>
       <x:c r="AY25" s="3" t="n">
-        <x:v>2701</x:v>
+        <x:v>3256</x:v>
       </x:c>
       <x:c r="AZ25" s="3" t="n">
-        <x:v>2011</x:v>
+        <x:v>2469</x:v>
       </x:c>
       <x:c r="BA25" s="3" t="n">
-        <x:v>1561</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="BB25" s="3" t="n">
-        <x:v>2255</x:v>
+        <x:v>2795</x:v>
       </x:c>
       <x:c r="BC25" s="3" t="n">
-        <x:v>4126</x:v>
+        <x:v>3611</x:v>
       </x:c>
       <x:c r="BD25" s="3" t="n">
-        <x:v>3543</x:v>
+        <x:v>3449</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:56">
       <x:c r="A26" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D26" s="3" t="n">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E26" s="3" t="n">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F26" s="3" t="n">
         <x:v>186</x:v>
       </x:c>
       <x:c r="G26" s="3" t="n">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H26" s="3" t="n">
@@ -4667,120 +4674,120 @@
       <x:c r="Y26" s="3" t="n">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Z26" s="3" t="n">
         <x:v>399</x:v>
       </x:c>
       <x:c r="AA26" s="3" t="n">
         <x:v>535</x:v>
       </x:c>
       <x:c r="AB26" s="3" t="n">
         <x:v>654</x:v>
       </x:c>
       <x:c r="AC26" s="3" t="n">
         <x:v>685</x:v>
       </x:c>
       <x:c r="AD26" s="3" t="n">
         <x:v>772</x:v>
       </x:c>
       <x:c r="AE26" s="3" t="n">
         <x:v>641</x:v>
       </x:c>
       <x:c r="AF26" s="3" t="n">
         <x:v>786</x:v>
       </x:c>
       <x:c r="AG26" s="3" t="n">
-        <x:v>714</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="AH26" s="3" t="n">
-        <x:v>748</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="AI26" s="3" t="n">
-        <x:v>807</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="AJ26" s="3" t="n">
-        <x:v>814</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="AK26" s="3" t="n">
-        <x:v>855</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="AL26" s="3" t="n">
-        <x:v>914</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="AM26" s="3" t="n">
-        <x:v>807</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="AN26" s="3" t="n">
-        <x:v>787</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="AO26" s="3" t="n">
-        <x:v>425</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="AP26" s="3" t="n">
-        <x:v>523</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="AQ26" s="3" t="n">
-        <x:v>570</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="AR26" s="3" t="n">
-        <x:v>582</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="AS26" s="3" t="n">
-        <x:v>724</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="AT26" s="3" t="n">
-        <x:v>641</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="AU26" s="3" t="n">
-        <x:v>795</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="AV26" s="3" t="n">
-        <x:v>753</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="AW26" s="3" t="n">
-        <x:v>926</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="AX26" s="3" t="n">
-        <x:v>981</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="AY26" s="3" t="n">
-        <x:v>1136</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="AZ26" s="3" t="n">
-        <x:v>1145</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="BA26" s="3" t="n">
-        <x:v>1093</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="BB26" s="3" t="n">
-        <x:v>1184</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="BC26" s="3" t="n">
-        <x:v>1098</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="BD26" s="3" t="n">
-        <x:v>1226</x:v>
+        <x:v>1874</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:56">
       <x:c r="A27" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E27" s="3" t="n">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F27" s="3" t="n">
         <x:v>177</x:v>
       </x:c>
       <x:c r="G27" s="3" t="n">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H27" s="3" t="n">
@@ -4837,120 +4844,120 @@
       <x:c r="Y27" s="3" t="n">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Z27" s="3" t="n">
         <x:v>333</x:v>
       </x:c>
       <x:c r="AA27" s="3" t="n">
         <x:v>301</x:v>
       </x:c>
       <x:c r="AB27" s="3" t="n">
         <x:v>207</x:v>
       </x:c>
       <x:c r="AC27" s="3" t="n">
         <x:v>422</x:v>
       </x:c>
       <x:c r="AD27" s="3" t="n">
         <x:v>467</x:v>
       </x:c>
       <x:c r="AE27" s="3" t="n">
         <x:v>413</x:v>
       </x:c>
       <x:c r="AF27" s="3" t="n">
         <x:v>333</x:v>
       </x:c>
       <x:c r="AG27" s="3" t="n">
-        <x:v>360</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="AH27" s="3" t="n">
-        <x:v>551</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="AI27" s="3" t="n">
-        <x:v>705</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="AJ27" s="3" t="n">
-        <x:v>544</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="AK27" s="3" t="n">
-        <x:v>562</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="AL27" s="3" t="n">
-        <x:v>1107</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="AM27" s="3" t="n">
-        <x:v>1379</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="AN27" s="3" t="n">
-        <x:v>1822</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="AO27" s="3" t="n">
-        <x:v>1225</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="AP27" s="3" t="n">
-        <x:v>1078</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="AQ27" s="3" t="n">
-        <x:v>1466</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="AR27" s="3" t="n">
-        <x:v>1625</x:v>
+        <x:v>1864</x:v>
       </x:c>
       <x:c r="AS27" s="3" t="n">
-        <x:v>1801</x:v>
+        <x:v>2094</x:v>
       </x:c>
       <x:c r="AT27" s="3" t="n">
-        <x:v>1993</x:v>
+        <x:v>2278</x:v>
       </x:c>
       <x:c r="AU27" s="3" t="n">
-        <x:v>1640</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="AV27" s="3" t="n">
-        <x:v>1906</x:v>
+        <x:v>2326</x:v>
       </x:c>
       <x:c r="AW27" s="3" t="n">
-        <x:v>1769</x:v>
+        <x:v>2151</x:v>
       </x:c>
       <x:c r="AX27" s="3" t="n">
-        <x:v>1765</x:v>
+        <x:v>2209</x:v>
       </x:c>
       <x:c r="AY27" s="3" t="n">
-        <x:v>2039</x:v>
+        <x:v>2556</x:v>
       </x:c>
       <x:c r="AZ27" s="3" t="n">
-        <x:v>1881</x:v>
+        <x:v>2412</x:v>
       </x:c>
       <x:c r="BA27" s="3" t="n">
-        <x:v>2113</x:v>
+        <x:v>2648</x:v>
       </x:c>
       <x:c r="BB27" s="3" t="n">
-        <x:v>1934</x:v>
+        <x:v>2360</x:v>
       </x:c>
       <x:c r="BC27" s="3" t="n">
-        <x:v>4603</x:v>
+        <x:v>3024</x:v>
       </x:c>
       <x:c r="BD27" s="3" t="n">
-        <x:v>5794</x:v>
+        <x:v>3422</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:56">
       <x:c r="A28" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>1588</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
         <x:v>1744</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
         <x:v>1816</x:v>
       </x:c>
       <x:c r="E28" s="3" t="n">
         <x:v>1970</x:v>
       </x:c>
       <x:c r="F28" s="3" t="n">
         <x:v>2313</x:v>
       </x:c>
       <x:c r="G28" s="3" t="n">
         <x:v>2917</x:v>
       </x:c>
       <x:c r="H28" s="3" t="n">
@@ -5007,120 +5014,120 @@
       <x:c r="Y28" s="3" t="n">
         <x:v>5330</x:v>
       </x:c>
       <x:c r="Z28" s="3" t="n">
         <x:v>4769</x:v>
       </x:c>
       <x:c r="AA28" s="3" t="n">
         <x:v>5102</x:v>
       </x:c>
       <x:c r="AB28" s="3" t="n">
         <x:v>4573</x:v>
       </x:c>
       <x:c r="AC28" s="3" t="n">
         <x:v>4309</x:v>
       </x:c>
       <x:c r="AD28" s="3" t="n">
         <x:v>4845</x:v>
       </x:c>
       <x:c r="AE28" s="3" t="n">
         <x:v>4967</x:v>
       </x:c>
       <x:c r="AF28" s="3" t="n">
         <x:v>4298</x:v>
       </x:c>
       <x:c r="AG28" s="3" t="n">
-        <x:v>4113</x:v>
+        <x:v>4116</x:v>
       </x:c>
       <x:c r="AH28" s="3" t="n">
-        <x:v>6069</x:v>
+        <x:v>6078</x:v>
       </x:c>
       <x:c r="AI28" s="3" t="n">
-        <x:v>7162</x:v>
+        <x:v>7174</x:v>
       </x:c>
       <x:c r="AJ28" s="3" t="n">
-        <x:v>7812</x:v>
+        <x:v>7830</x:v>
       </x:c>
       <x:c r="AK28" s="3" t="n">
-        <x:v>8618</x:v>
+        <x:v>8643</x:v>
       </x:c>
       <x:c r="AL28" s="3" t="n">
-        <x:v>9328</x:v>
+        <x:v>9362</x:v>
       </x:c>
       <x:c r="AM28" s="3" t="n">
-        <x:v>12211</x:v>
+        <x:v>12270</x:v>
       </x:c>
       <x:c r="AN28" s="3" t="n">
-        <x:v>14702</x:v>
+        <x:v>14800</x:v>
       </x:c>
       <x:c r="AO28" s="3" t="n">
-        <x:v>12468</x:v>
+        <x:v>12568</x:v>
       </x:c>
       <x:c r="AP28" s="3" t="n">
-        <x:v>14842</x:v>
+        <x:v>14964</x:v>
       </x:c>
       <x:c r="AQ28" s="3" t="n">
-        <x:v>16638</x:v>
+        <x:v>16792</x:v>
       </x:c>
       <x:c r="AR28" s="3" t="n">
-        <x:v>18461</x:v>
+        <x:v>18663</x:v>
       </x:c>
       <x:c r="AS28" s="3" t="n">
-        <x:v>19779</x:v>
+        <x:v>20043</x:v>
       </x:c>
       <x:c r="AT28" s="3" t="n">
-        <x:v>21691</x:v>
+        <x:v>22026</x:v>
       </x:c>
       <x:c r="AU28" s="3" t="n">
-        <x:v>22179</x:v>
+        <x:v>22547</x:v>
       </x:c>
       <x:c r="AV28" s="3" t="n">
-        <x:v>26185</x:v>
+        <x:v>26641</x:v>
       </x:c>
       <x:c r="AW28" s="3" t="n">
-        <x:v>28878</x:v>
+        <x:v>29465</x:v>
       </x:c>
       <x:c r="AX28" s="3" t="n">
-        <x:v>34777</x:v>
+        <x:v>35469</x:v>
       </x:c>
       <x:c r="AY28" s="3" t="n">
-        <x:v>35913</x:v>
+        <x:v>36568</x:v>
       </x:c>
       <x:c r="AZ28" s="3" t="n">
-        <x:v>38262</x:v>
+        <x:v>38985</x:v>
       </x:c>
       <x:c r="BA28" s="3" t="n">
-        <x:v>31358</x:v>
+        <x:v>31959</x:v>
       </x:c>
       <x:c r="BB28" s="3" t="n">
-        <x:v>24347</x:v>
+        <x:v>25060</x:v>
       </x:c>
       <x:c r="BC28" s="3" t="n">
-        <x:v>27052</x:v>
+        <x:v>29533</x:v>
       </x:c>
       <x:c r="BD28" s="3" t="n">
-        <x:v>31856</x:v>
+        <x:v>34854</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:56">
       <x:c r="A29" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>421</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
         <x:v>451</x:v>
       </x:c>
       <x:c r="E29" s="3" t="n">
         <x:v>512</x:v>
       </x:c>
       <x:c r="F29" s="3" t="n">
         <x:v>551</x:v>
       </x:c>
       <x:c r="G29" s="3" t="n">
         <x:v>786</x:v>
       </x:c>
       <x:c r="H29" s="3" t="n">
@@ -5177,120 +5184,120 @@
       <x:c r="Y29" s="3" t="n">
         <x:v>2873</x:v>
       </x:c>
       <x:c r="Z29" s="3" t="n">
         <x:v>3112</x:v>
       </x:c>
       <x:c r="AA29" s="3" t="n">
         <x:v>2942</x:v>
       </x:c>
       <x:c r="AB29" s="3" t="n">
         <x:v>2905</x:v>
       </x:c>
       <x:c r="AC29" s="3" t="n">
         <x:v>3396</x:v>
       </x:c>
       <x:c r="AD29" s="3" t="n">
         <x:v>3756</x:v>
       </x:c>
       <x:c r="AE29" s="3" t="n">
         <x:v>3889</x:v>
       </x:c>
       <x:c r="AF29" s="3" t="n">
         <x:v>3662</x:v>
       </x:c>
       <x:c r="AG29" s="3" t="n">
-        <x:v>3818</x:v>
+        <x:v>3825</x:v>
       </x:c>
       <x:c r="AH29" s="3" t="n">
-        <x:v>3965</x:v>
+        <x:v>3984</x:v>
       </x:c>
       <x:c r="AI29" s="3" t="n">
-        <x:v>4265</x:v>
+        <x:v>4298</x:v>
       </x:c>
       <x:c r="AJ29" s="3" t="n">
-        <x:v>5761</x:v>
+        <x:v>5847</x:v>
       </x:c>
       <x:c r="AK29" s="3" t="n">
-        <x:v>5980</x:v>
+        <x:v>6101</x:v>
       </x:c>
       <x:c r="AL29" s="3" t="n">
-        <x:v>6017</x:v>
+        <x:v>6139</x:v>
       </x:c>
       <x:c r="AM29" s="3" t="n">
-        <x:v>5823</x:v>
+        <x:v>6030</x:v>
       </x:c>
       <x:c r="AN29" s="3" t="n">
-        <x:v>9913</x:v>
+        <x:v>10526</x:v>
       </x:c>
       <x:c r="AO29" s="3" t="n">
-        <x:v>9819</x:v>
+        <x:v>10464</x:v>
       </x:c>
       <x:c r="AP29" s="3" t="n">
-        <x:v>9256</x:v>
+        <x:v>9570</x:v>
       </x:c>
       <x:c r="AQ29" s="3" t="n">
-        <x:v>8653</x:v>
+        <x:v>9036</x:v>
       </x:c>
       <x:c r="AR29" s="3" t="n">
-        <x:v>9633</x:v>
+        <x:v>9944</x:v>
       </x:c>
       <x:c r="AS29" s="3" t="n">
-        <x:v>8846</x:v>
+        <x:v>9066</x:v>
       </x:c>
       <x:c r="AT29" s="3" t="n">
-        <x:v>11670</x:v>
+        <x:v>11947</x:v>
       </x:c>
       <x:c r="AU29" s="3" t="n">
-        <x:v>12701</x:v>
+        <x:v>12998</x:v>
       </x:c>
       <x:c r="AV29" s="3" t="n">
-        <x:v>14141</x:v>
+        <x:v>14505</x:v>
       </x:c>
       <x:c r="AW29" s="3" t="n">
-        <x:v>13687</x:v>
+        <x:v>14001</x:v>
       </x:c>
       <x:c r="AX29" s="3" t="n">
-        <x:v>15419</x:v>
+        <x:v>15887</x:v>
       </x:c>
       <x:c r="AY29" s="3" t="n">
-        <x:v>17502</x:v>
+        <x:v>18121</x:v>
       </x:c>
       <x:c r="AZ29" s="3" t="n">
-        <x:v>18185</x:v>
+        <x:v>18854</x:v>
       </x:c>
       <x:c r="BA29" s="3" t="n">
-        <x:v>19331</x:v>
+        <x:v>20139</x:v>
       </x:c>
       <x:c r="BB29" s="3" t="n">
-        <x:v>24717</x:v>
+        <x:v>25850</x:v>
       </x:c>
       <x:c r="BC29" s="3" t="n">
-        <x:v>28590</x:v>
+        <x:v>28562</x:v>
       </x:c>
       <x:c r="BD29" s="3" t="n">
-        <x:v>33006</x:v>
+        <x:v>33001</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:56">
       <x:c r="A30" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
         <x:v>334</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
         <x:v>424</x:v>
       </x:c>
       <x:c r="E30" s="3" t="n">
         <x:v>416</x:v>
       </x:c>
       <x:c r="F30" s="3" t="n">
         <x:v>493</x:v>
       </x:c>
       <x:c r="G30" s="3" t="n">
         <x:v>587</x:v>
       </x:c>
       <x:c r="H30" s="3" t="n">
@@ -5347,120 +5354,120 @@
       <x:c r="Y30" s="3" t="n">
         <x:v>1472</x:v>
       </x:c>
       <x:c r="Z30" s="3" t="n">
         <x:v>2478</x:v>
       </x:c>
       <x:c r="AA30" s="3" t="n">
         <x:v>2442</x:v>
       </x:c>
       <x:c r="AB30" s="3" t="n">
         <x:v>4199</x:v>
       </x:c>
       <x:c r="AC30" s="3" t="n">
         <x:v>5576</x:v>
       </x:c>
       <x:c r="AD30" s="3" t="n">
         <x:v>5366</x:v>
       </x:c>
       <x:c r="AE30" s="3" t="n">
         <x:v>6002</x:v>
       </x:c>
       <x:c r="AF30" s="3" t="n">
         <x:v>6551</x:v>
       </x:c>
       <x:c r="AG30" s="3" t="n">
-        <x:v>6881</x:v>
+        <x:v>6531</x:v>
       </x:c>
       <x:c r="AH30" s="3" t="n">
-        <x:v>7946</x:v>
+        <x:v>7424</x:v>
       </x:c>
       <x:c r="AI30" s="3" t="n">
-        <x:v>7944</x:v>
+        <x:v>7468</x:v>
       </x:c>
       <x:c r="AJ30" s="3" t="n">
-        <x:v>8317</x:v>
+        <x:v>7804</x:v>
       </x:c>
       <x:c r="AK30" s="3" t="n">
-        <x:v>12023</x:v>
+        <x:v>9230</x:v>
       </x:c>
       <x:c r="AL30" s="3" t="n">
-        <x:v>14626</x:v>
+        <x:v>11866</x:v>
       </x:c>
       <x:c r="AM30" s="3" t="n">
-        <x:v>16398</x:v>
+        <x:v>12864</x:v>
       </x:c>
       <x:c r="AN30" s="3" t="n">
-        <x:v>13921</x:v>
+        <x:v>9554</x:v>
       </x:c>
       <x:c r="AO30" s="3" t="n">
-        <x:v>12815</x:v>
+        <x:v>8023</x:v>
       </x:c>
       <x:c r="AP30" s="3" t="n">
-        <x:v>11861</x:v>
+        <x:v>8515</x:v>
       </x:c>
       <x:c r="AQ30" s="3" t="n">
-        <x:v>13477</x:v>
+        <x:v>11230</x:v>
       </x:c>
       <x:c r="AR30" s="3" t="n">
-        <x:v>17130</x:v>
+        <x:v>15054</x:v>
       </x:c>
       <x:c r="AS30" s="3" t="n">
-        <x:v>14594</x:v>
+        <x:v>12125</x:v>
       </x:c>
       <x:c r="AT30" s="3" t="n">
-        <x:v>14111</x:v>
+        <x:v>12386</x:v>
       </x:c>
       <x:c r="AU30" s="3" t="n">
-        <x:v>16888</x:v>
+        <x:v>12995</x:v>
       </x:c>
       <x:c r="AV30" s="3" t="n">
-        <x:v>17911</x:v>
+        <x:v>15167</x:v>
       </x:c>
       <x:c r="AW30" s="3" t="n">
-        <x:v>19327</x:v>
+        <x:v>15803</x:v>
       </x:c>
       <x:c r="AX30" s="3" t="n">
-        <x:v>26076</x:v>
+        <x:v>19747</x:v>
       </x:c>
       <x:c r="AY30" s="3" t="n">
-        <x:v>27328</x:v>
+        <x:v>22551</x:v>
       </x:c>
       <x:c r="AZ30" s="3" t="n">
-        <x:v>23311</x:v>
+        <x:v>19660</x:v>
       </x:c>
       <x:c r="BA30" s="3" t="n">
-        <x:v>23478</x:v>
+        <x:v>18278</x:v>
       </x:c>
       <x:c r="BB30" s="3" t="n">
-        <x:v>27451</x:v>
+        <x:v>22045</x:v>
       </x:c>
       <x:c r="BC30" s="3" t="n">
-        <x:v>30572</x:v>
+        <x:v>25507</x:v>
       </x:c>
       <x:c r="BD30" s="3" t="n">
-        <x:v>29927</x:v>
+        <x:v>20462</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:56">
       <x:c r="A31" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>2008</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>2515</x:v>
       </x:c>
       <x:c r="D31" s="3" t="n">
         <x:v>3001</x:v>
       </x:c>
       <x:c r="E31" s="3" t="n">
         <x:v>3430</x:v>
       </x:c>
       <x:c r="F31" s="3" t="n">
         <x:v>4176</x:v>
       </x:c>
       <x:c r="G31" s="3" t="n">
         <x:v>4637</x:v>
       </x:c>
       <x:c r="H31" s="3" t="n">
@@ -5517,120 +5524,120 @@
       <x:c r="Y31" s="3" t="n">
         <x:v>5491</x:v>
       </x:c>
       <x:c r="Z31" s="3" t="n">
         <x:v>5077</x:v>
       </x:c>
       <x:c r="AA31" s="3" t="n">
         <x:v>5875</x:v>
       </x:c>
       <x:c r="AB31" s="3" t="n">
         <x:v>7119</x:v>
       </x:c>
       <x:c r="AC31" s="3" t="n">
         <x:v>8237</x:v>
       </x:c>
       <x:c r="AD31" s="3" t="n">
         <x:v>10189</x:v>
       </x:c>
       <x:c r="AE31" s="3" t="n">
         <x:v>11087</x:v>
       </x:c>
       <x:c r="AF31" s="3" t="n">
         <x:v>11485</x:v>
       </x:c>
       <x:c r="AG31" s="3" t="n">
-        <x:v>12092</x:v>
+        <x:v>12257</x:v>
       </x:c>
       <x:c r="AH31" s="3" t="n">
-        <x:v>11844</x:v>
+        <x:v>12183</x:v>
       </x:c>
       <x:c r="AI31" s="3" t="n">
-        <x:v>14732</x:v>
+        <x:v>15265</x:v>
       </x:c>
       <x:c r="AJ31" s="3" t="n">
-        <x:v>16280</x:v>
+        <x:v>17220</x:v>
       </x:c>
       <x:c r="AK31" s="3" t="n">
-        <x:v>13997</x:v>
+        <x:v>15038</x:v>
       </x:c>
       <x:c r="AL31" s="3" t="n">
-        <x:v>14441</x:v>
+        <x:v>15701</x:v>
       </x:c>
       <x:c r="AM31" s="3" t="n">
-        <x:v>15115</x:v>
+        <x:v>16717</x:v>
       </x:c>
       <x:c r="AN31" s="3" t="n">
-        <x:v>14020</x:v>
+        <x:v>15708</x:v>
       </x:c>
       <x:c r="AO31" s="3" t="n">
-        <x:v>10211</x:v>
+        <x:v>11590</x:v>
       </x:c>
       <x:c r="AP31" s="3" t="n">
-        <x:v>10973</x:v>
+        <x:v>12639</x:v>
       </x:c>
       <x:c r="AQ31" s="3" t="n">
-        <x:v>12947</x:v>
+        <x:v>14971</x:v>
       </x:c>
       <x:c r="AR31" s="3" t="n">
-        <x:v>12680</x:v>
+        <x:v>15117</x:v>
       </x:c>
       <x:c r="AS31" s="3" t="n">
-        <x:v>14854</x:v>
+        <x:v>17741</x:v>
       </x:c>
       <x:c r="AT31" s="3" t="n">
-        <x:v>15433</x:v>
+        <x:v>18509</x:v>
       </x:c>
       <x:c r="AU31" s="3" t="n">
-        <x:v>14222</x:v>
+        <x:v>17155</x:v>
       </x:c>
       <x:c r="AV31" s="3" t="n">
-        <x:v>17485</x:v>
+        <x:v>21630</x:v>
       </x:c>
       <x:c r="AW31" s="3" t="n">
-        <x:v>20701</x:v>
+        <x:v>25647</x:v>
       </x:c>
       <x:c r="AX31" s="3" t="n">
-        <x:v>22693</x:v>
+        <x:v>28017</x:v>
       </x:c>
       <x:c r="AY31" s="3" t="n">
-        <x:v>23922</x:v>
+        <x:v>29880</x:v>
       </x:c>
       <x:c r="AZ31" s="3" t="n">
-        <x:v>26198</x:v>
+        <x:v>34245</x:v>
       </x:c>
       <x:c r="BA31" s="3" t="n">
-        <x:v>26296</x:v>
+        <x:v>34737</x:v>
       </x:c>
       <x:c r="BB31" s="3" t="n">
-        <x:v>30348</x:v>
+        <x:v>37441</x:v>
       </x:c>
       <x:c r="BC31" s="3" t="n">
-        <x:v>30895</x:v>
+        <x:v>30703</x:v>
       </x:c>
       <x:c r="BD31" s="3" t="n">
-        <x:v>31608</x:v>
+        <x:v>32052</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:56">
       <x:c r="A32" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D32" s="3" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E32" s="3" t="n">
         <x:v>1140</x:v>
       </x:c>
       <x:c r="F32" s="3" t="n">
         <x:v>1710</x:v>
       </x:c>
       <x:c r="G32" s="3" t="n">
         <x:v>2646</x:v>
       </x:c>
       <x:c r="H32" s="3" t="n">
@@ -5693,114 +5700,114 @@
       <x:c r="AA32" s="3" t="n">
         <x:v>6094</x:v>
       </x:c>
       <x:c r="AB32" s="3" t="n">
         <x:v>6001</x:v>
       </x:c>
       <x:c r="AC32" s="3" t="n">
         <x:v>8174</x:v>
       </x:c>
       <x:c r="AD32" s="3" t="n">
         <x:v>8393</x:v>
       </x:c>
       <x:c r="AE32" s="3" t="n">
         <x:v>4701</x:v>
       </x:c>
       <x:c r="AF32" s="3" t="n">
         <x:v>699</x:v>
       </x:c>
       <x:c r="AG32" s="3" t="n">
         <x:v>2182</x:v>
       </x:c>
       <x:c r="AH32" s="3" t="n">
         <x:v>1078</x:v>
       </x:c>
       <x:c r="AI32" s="3" t="n">
-        <x:v>2900</x:v>
+        <x:v>2898</x:v>
       </x:c>
       <x:c r="AJ32" s="3" t="n">
-        <x:v>6157</x:v>
+        <x:v>6151</x:v>
       </x:c>
       <x:c r="AK32" s="3" t="n">
-        <x:v>10027</x:v>
+        <x:v>10016</x:v>
       </x:c>
       <x:c r="AL32" s="3" t="n">
-        <x:v>5323</x:v>
+        <x:v>5316</x:v>
       </x:c>
       <x:c r="AM32" s="3" t="n">
-        <x:v>3638</x:v>
+        <x:v>3632</x:v>
       </x:c>
       <x:c r="AN32" s="3" t="n">
-        <x:v>1817</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="AO32" s="3" t="n">
-        <x:v>593</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="AP32" s="3" t="n">
-        <x:v>613</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="AQ32" s="3" t="n">
-        <x:v>597</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="AR32" s="3" t="n">
-        <x:v>375</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="AS32" s="3" t="n">
-        <x:v>3297</x:v>
+        <x:v>3287</x:v>
       </x:c>
       <x:c r="AT32" s="3" t="n">
-        <x:v>4591</x:v>
+        <x:v>4576</x:v>
       </x:c>
       <x:c r="AU32" s="3" t="n">
-        <x:v>4430</x:v>
+        <x:v>4414</x:v>
       </x:c>
       <x:c r="AV32" s="3" t="n">
-        <x:v>1258</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="AW32" s="3" t="n">
-        <x:v>2205</x:v>
+        <x:v>2196</x:v>
       </x:c>
       <x:c r="AX32" s="3" t="n">
-        <x:v>2230</x:v>
+        <x:v>2220</x:v>
       </x:c>
       <x:c r="AY32" s="3" t="n">
-        <x:v>759</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="AZ32" s="3" t="n">
-        <x:v>569</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="BA32" s="3" t="n">
-        <x:v>858</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="BB32" s="3" t="n">
         <x:v>998</x:v>
       </x:c>
       <x:c r="BC32" s="3" t="n">
-        <x:v>2862</x:v>
+        <x:v>2870</x:v>
       </x:c>
       <x:c r="BD32" s="3" t="n">
-        <x:v>4117</x:v>
+        <x:v>3983</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:56">
       <x:c r="A33" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>2814</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>4723</x:v>
       </x:c>
       <x:c r="D33" s="3" t="n">
         <x:v>3034</x:v>
       </x:c>
       <x:c r="E33" s="3" t="n">
         <x:v>4208</x:v>
       </x:c>
       <x:c r="F33" s="3" t="n">
         <x:v>3270</x:v>
       </x:c>
       <x:c r="G33" s="3" t="n">
         <x:v>6291</x:v>
       </x:c>
       <x:c r="H33" s="3" t="n">
@@ -5857,120 +5864,120 @@
       <x:c r="Y33" s="3" t="n">
         <x:v>6347</x:v>
       </x:c>
       <x:c r="Z33" s="3" t="n">
         <x:v>5264</x:v>
       </x:c>
       <x:c r="AA33" s="3" t="n">
         <x:v>3781</x:v>
       </x:c>
       <x:c r="AB33" s="3" t="n">
         <x:v>6032</x:v>
       </x:c>
       <x:c r="AC33" s="3" t="n">
         <x:v>13512</x:v>
       </x:c>
       <x:c r="AD33" s="3" t="n">
         <x:v>15783</x:v>
       </x:c>
       <x:c r="AE33" s="3" t="n">
         <x:v>13174</x:v>
       </x:c>
       <x:c r="AF33" s="3" t="n">
         <x:v>19082</x:v>
       </x:c>
       <x:c r="AG33" s="3" t="n">
-        <x:v>12400</x:v>
+        <x:v>12571</x:v>
       </x:c>
       <x:c r="AH33" s="3" t="n">
-        <x:v>4775</x:v>
+        <x:v>4906</x:v>
       </x:c>
       <x:c r="AI33" s="3" t="n">
-        <x:v>9440</x:v>
+        <x:v>9837</x:v>
       </x:c>
       <x:c r="AJ33" s="3" t="n">
-        <x:v>8486</x:v>
+        <x:v>8934</x:v>
       </x:c>
       <x:c r="AK33" s="3" t="n">
-        <x:v>6256</x:v>
+        <x:v>6627</x:v>
       </x:c>
       <x:c r="AL33" s="3" t="n">
-        <x:v>12434</x:v>
+        <x:v>13245</x:v>
       </x:c>
       <x:c r="AM33" s="3" t="n">
-        <x:v>10621</x:v>
+        <x:v>11501</x:v>
       </x:c>
       <x:c r="AN33" s="3" t="n">
-        <x:v>6813</x:v>
+        <x:v>7197</x:v>
       </x:c>
       <x:c r="AO33" s="3" t="n">
-        <x:v>9970</x:v>
+        <x:v>11080</x:v>
       </x:c>
       <x:c r="AP33" s="3" t="n">
-        <x:v>10686</x:v>
+        <x:v>11951</x:v>
       </x:c>
       <x:c r="AQ33" s="3" t="n">
-        <x:v>15842</x:v>
+        <x:v>17724</x:v>
       </x:c>
       <x:c r="AR33" s="3" t="n">
-        <x:v>6876</x:v>
+        <x:v>7998</x:v>
       </x:c>
       <x:c r="AS33" s="3" t="n">
-        <x:v>1050</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="AT33" s="3" t="n">
-        <x:v>822</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="AU33" s="3" t="n">
-        <x:v>-867</x:v>
+        <x:v>-774</x:v>
       </x:c>
       <x:c r="AV33" s="3" t="n">
-        <x:v>12272</x:v>
+        <x:v>14648</x:v>
       </x:c>
       <x:c r="AW33" s="3" t="n">
-        <x:v>944</x:v>
+        <x:v>2300</x:v>
       </x:c>
       <x:c r="AX33" s="3" t="n">
-        <x:v>8318</x:v>
+        <x:v>10153</x:v>
       </x:c>
       <x:c r="AY33" s="3" t="n">
-        <x:v>25053</x:v>
+        <x:v>28789</x:v>
       </x:c>
       <x:c r="AZ33" s="3" t="n">
-        <x:v>16515</x:v>
+        <x:v>20010</x:v>
       </x:c>
       <x:c r="BA33" s="3" t="n">
-        <x:v>13316</x:v>
+        <x:v>16766</x:v>
       </x:c>
       <x:c r="BB33" s="3" t="n">
-        <x:v>14467</x:v>
+        <x:v>18131</x:v>
       </x:c>
       <x:c r="BC33" s="3" t="n">
-        <x:v>2478</x:v>
+        <x:v>21394</x:v>
       </x:c>
       <x:c r="BD33" s="3" t="n">
-        <x:v>9147</x:v>
+        <x:v>9505</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:56">
       <x:c r="A34" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>1379</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
         <x:v>1519</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
         <x:v>1383</x:v>
       </x:c>
       <x:c r="E34" s="3" t="n">
         <x:v>1700</x:v>
       </x:c>
       <x:c r="F34" s="3" t="n">
         <x:v>1678</x:v>
       </x:c>
       <x:c r="G34" s="3" t="n">
         <x:v>2072</x:v>
       </x:c>
       <x:c r="H34" s="3" t="n">
@@ -6027,120 +6034,120 @@
       <x:c r="Y34" s="3" t="n">
         <x:v>6775</x:v>
       </x:c>
       <x:c r="Z34" s="3" t="n">
         <x:v>8916</x:v>
       </x:c>
       <x:c r="AA34" s="3" t="n">
         <x:v>10901</x:v>
       </x:c>
       <x:c r="AB34" s="3" t="n">
         <x:v>14227</x:v>
       </x:c>
       <x:c r="AC34" s="3" t="n">
         <x:v>14197</x:v>
       </x:c>
       <x:c r="AD34" s="3" t="n">
         <x:v>13292</x:v>
       </x:c>
       <x:c r="AE34" s="3" t="n">
         <x:v>9654</x:v>
       </x:c>
       <x:c r="AF34" s="3" t="n">
         <x:v>10968</x:v>
       </x:c>
       <x:c r="AG34" s="3" t="n">
-        <x:v>10427</x:v>
+        <x:v>10545</x:v>
       </x:c>
       <x:c r="AH34" s="3" t="n">
-        <x:v>8766</x:v>
+        <x:v>9005</x:v>
       </x:c>
       <x:c r="AI34" s="3" t="n">
-        <x:v>5466</x:v>
+        <x:v>5700</x:v>
       </x:c>
       <x:c r="AJ34" s="3" t="n">
-        <x:v>7139</x:v>
+        <x:v>7473</x:v>
       </x:c>
       <x:c r="AK34" s="3" t="n">
-        <x:v>14239</x:v>
+        <x:v>14783</x:v>
       </x:c>
       <x:c r="AL34" s="3" t="n">
-        <x:v>13294</x:v>
+        <x:v>14016</x:v>
       </x:c>
       <x:c r="AM34" s="3" t="n">
-        <x:v>17206</x:v>
+        <x:v>18652</x:v>
       </x:c>
       <x:c r="AN34" s="3" t="n">
-        <x:v>19748</x:v>
+        <x:v>20923</x:v>
       </x:c>
       <x:c r="AO34" s="3" t="n">
-        <x:v>28002</x:v>
+        <x:v>30453</x:v>
       </x:c>
       <x:c r="AP34" s="3" t="n">
-        <x:v>20967</x:v>
+        <x:v>22733</x:v>
       </x:c>
       <x:c r="AQ34" s="3" t="n">
-        <x:v>19540</x:v>
+        <x:v>21444</x:v>
       </x:c>
       <x:c r="AR34" s="3" t="n">
-        <x:v>23435</x:v>
+        <x:v>26061</x:v>
       </x:c>
       <x:c r="AS34" s="3" t="n">
-        <x:v>20184</x:v>
+        <x:v>23279</x:v>
       </x:c>
       <x:c r="AT34" s="3" t="n">
-        <x:v>15132</x:v>
+        <x:v>17464</x:v>
       </x:c>
       <x:c r="AU34" s="3" t="n">
-        <x:v>13462</x:v>
+        <x:v>15878</x:v>
       </x:c>
       <x:c r="AV34" s="3" t="n">
-        <x:v>10969</x:v>
+        <x:v>16147</x:v>
       </x:c>
       <x:c r="AW34" s="3" t="n">
-        <x:v>16185</x:v>
+        <x:v>20484</x:v>
       </x:c>
       <x:c r="AX34" s="3" t="n">
-        <x:v>17022</x:v>
+        <x:v>20969</x:v>
       </x:c>
       <x:c r="AY34" s="3" t="n">
-        <x:v>25620</x:v>
+        <x:v>30560</x:v>
       </x:c>
       <x:c r="AZ34" s="3" t="n">
-        <x:v>22776</x:v>
+        <x:v>28128</x:v>
       </x:c>
       <x:c r="BA34" s="3" t="n">
-        <x:v>31492</x:v>
+        <x:v>37284</x:v>
       </x:c>
       <x:c r="BB34" s="3" t="n">
-        <x:v>31450</x:v>
+        <x:v>37079</x:v>
       </x:c>
       <x:c r="BC34" s="3" t="n">
-        <x:v>35228</x:v>
+        <x:v>34859</x:v>
       </x:c>
       <x:c r="BD34" s="3" t="n">
-        <x:v>37395</x:v>
+        <x:v>45023</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:56">
       <x:c r="A35" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D35" s="3" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="E35" s="3" t="n">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F35" s="3" t="n">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G35" s="3" t="n">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H35" s="3" t="n">
@@ -6197,120 +6204,120 @@
       <x:c r="Y35" s="3" t="n">
         <x:v>779</x:v>
       </x:c>
       <x:c r="Z35" s="3" t="n">
         <x:v>827</x:v>
       </x:c>
       <x:c r="AA35" s="3" t="n">
         <x:v>658</x:v>
       </x:c>
       <x:c r="AB35" s="3" t="n">
         <x:v>608</x:v>
       </x:c>
       <x:c r="AC35" s="3" t="n">
         <x:v>540</x:v>
       </x:c>
       <x:c r="AD35" s="3" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="AE35" s="3" t="n">
         <x:v>746</x:v>
       </x:c>
       <x:c r="AF35" s="3" t="n">
         <x:v>562</x:v>
       </x:c>
       <x:c r="AG35" s="3" t="n">
-        <x:v>-267</x:v>
+        <x:v>-246</x:v>
       </x:c>
       <x:c r="AH35" s="3" t="n">
-        <x:v>488</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="AI35" s="3" t="n">
-        <x:v>281</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="AJ35" s="3" t="n">
-        <x:v>573</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="AK35" s="3" t="n">
-        <x:v>807</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="AL35" s="3" t="n">
-        <x:v>482</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="AM35" s="3" t="n">
-        <x:v>370</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="AN35" s="3" t="n">
-        <x:v>250</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="AO35" s="3" t="n">
-        <x:v>1435</x:v>
+        <x:v>1682</x:v>
       </x:c>
       <x:c r="AP35" s="3" t="n">
-        <x:v>1770</x:v>
+        <x:v>2125</x:v>
       </x:c>
       <x:c r="AQ35" s="3" t="n">
-        <x:v>1610</x:v>
+        <x:v>1902</x:v>
       </x:c>
       <x:c r="AR35" s="3" t="n">
-        <x:v>415</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="AS35" s="3" t="n">
-        <x:v>526</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="AT35" s="3" t="n">
-        <x:v>428</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="AU35" s="3" t="n">
-        <x:v>694</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="AV35" s="3" t="n">
-        <x:v>869</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="AW35" s="3" t="n">
-        <x:v>1174</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="AX35" s="3" t="n">
-        <x:v>871</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="AY35" s="3" t="n">
-        <x:v>1153</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="AZ35" s="3" t="n">
-        <x:v>1412</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="BA35" s="3" t="n">
-        <x:v>955</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="BB35" s="3" t="n">
-        <x:v>1807</x:v>
+        <x:v>2450</x:v>
       </x:c>
       <x:c r="BC35" s="3" t="n">
-        <x:v>1772</x:v>
+        <x:v>3103</x:v>
       </x:c>
       <x:c r="BD35" s="3" t="n">
-        <x:v>1660</x:v>
+        <x:v>2903</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:56">
       <x:c r="A36" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
         <x:v>203</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
         <x:v>231</x:v>
       </x:c>
       <x:c r="E36" s="3" t="n">
         <x:v>254</x:v>
       </x:c>
       <x:c r="F36" s="3" t="n">
         <x:v>288</x:v>
       </x:c>
       <x:c r="G36" s="3" t="n">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H36" s="3" t="n">
@@ -6367,120 +6374,120 @@
       <x:c r="Y36" s="3" t="n">
         <x:v>1466</x:v>
       </x:c>
       <x:c r="Z36" s="3" t="n">
         <x:v>1557</x:v>
       </x:c>
       <x:c r="AA36" s="3" t="n">
         <x:v>1786</x:v>
       </x:c>
       <x:c r="AB36" s="3" t="n">
         <x:v>1991</x:v>
       </x:c>
       <x:c r="AC36" s="3" t="n">
         <x:v>2544</x:v>
       </x:c>
       <x:c r="AD36" s="3" t="n">
         <x:v>2988</x:v>
       </x:c>
       <x:c r="AE36" s="3" t="n">
         <x:v>1734</x:v>
       </x:c>
       <x:c r="AF36" s="3" t="n">
         <x:v>2000</x:v>
       </x:c>
       <x:c r="AG36" s="3" t="n">
-        <x:v>2371</x:v>
+        <x:v>2457</x:v>
       </x:c>
       <x:c r="AH36" s="3" t="n">
-        <x:v>2336</x:v>
+        <x:v>2492</x:v>
       </x:c>
       <x:c r="AI36" s="3" t="n">
-        <x:v>1811</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="AJ36" s="3" t="n">
-        <x:v>2076</x:v>
+        <x:v>2387</x:v>
       </x:c>
       <x:c r="AK36" s="3" t="n">
-        <x:v>2098</x:v>
+        <x:v>2523</x:v>
       </x:c>
       <x:c r="AL36" s="3" t="n">
-        <x:v>1972</x:v>
+        <x:v>2472</x:v>
       </x:c>
       <x:c r="AM36" s="3" t="n">
-        <x:v>2807</x:v>
+        <x:v>3611</x:v>
       </x:c>
       <x:c r="AN36" s="3" t="n">
-        <x:v>2107</x:v>
+        <x:v>2681</x:v>
       </x:c>
       <x:c r="AO36" s="3" t="n">
-        <x:v>2049</x:v>
+        <x:v>2759</x:v>
       </x:c>
       <x:c r="AP36" s="3" t="n">
-        <x:v>1856</x:v>
+        <x:v>2612</x:v>
       </x:c>
       <x:c r="AQ36" s="3" t="n">
-        <x:v>1731</x:v>
+        <x:v>2520</x:v>
       </x:c>
       <x:c r="AR36" s="3" t="n">
-        <x:v>2211</x:v>
+        <x:v>3288</x:v>
       </x:c>
       <x:c r="AS36" s="3" t="n">
-        <x:v>2220</x:v>
+        <x:v>3203</x:v>
       </x:c>
       <x:c r="AT36" s="3" t="n">
-        <x:v>2583</x:v>
+        <x:v>3962</x:v>
       </x:c>
       <x:c r="AU36" s="3" t="n">
-        <x:v>2181</x:v>
+        <x:v>3433</x:v>
       </x:c>
       <x:c r="AV36" s="3" t="n">
-        <x:v>2561</x:v>
+        <x:v>4060</x:v>
       </x:c>
       <x:c r="AW36" s="3" t="n">
-        <x:v>3240</x:v>
+        <x:v>5410</x:v>
       </x:c>
       <x:c r="AX36" s="3" t="n">
-        <x:v>3426</x:v>
+        <x:v>5715</x:v>
       </x:c>
       <x:c r="AY36" s="3" t="n">
-        <x:v>3582</x:v>
+        <x:v>6177</x:v>
       </x:c>
       <x:c r="AZ36" s="3" t="n">
-        <x:v>3129</x:v>
+        <x:v>5491</x:v>
       </x:c>
       <x:c r="BA36" s="3" t="n">
-        <x:v>3553</x:v>
+        <x:v>6420</x:v>
       </x:c>
       <x:c r="BB36" s="3" t="n">
-        <x:v>3747</x:v>
+        <x:v>6217</x:v>
       </x:c>
       <x:c r="BC36" s="3" t="n">
-        <x:v>3906</x:v>
+        <x:v>5951</x:v>
       </x:c>
       <x:c r="BD36" s="3" t="n">
-        <x:v>3952</x:v>
+        <x:v>5955</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:56">
       <x:c r="A37" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>654</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>706</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
         <x:v>863</x:v>
       </x:c>
       <x:c r="E37" s="3" t="n">
         <x:v>950</x:v>
       </x:c>
       <x:c r="F37" s="3" t="n">
         <x:v>1158</x:v>
       </x:c>
       <x:c r="G37" s="3" t="n">
         <x:v>1432</x:v>
       </x:c>
       <x:c r="H37" s="3" t="n">
@@ -6537,120 +6544,120 @@
       <x:c r="Y37" s="3" t="n">
         <x:v>6032</x:v>
       </x:c>
       <x:c r="Z37" s="3" t="n">
         <x:v>8273</x:v>
       </x:c>
       <x:c r="AA37" s="3" t="n">
         <x:v>9366</x:v>
       </x:c>
       <x:c r="AB37" s="3" t="n">
         <x:v>9334</x:v>
       </x:c>
       <x:c r="AC37" s="3" t="n">
         <x:v>10670</x:v>
       </x:c>
       <x:c r="AD37" s="3" t="n">
         <x:v>11853</x:v>
       </x:c>
       <x:c r="AE37" s="3" t="n">
         <x:v>11160</x:v>
       </x:c>
       <x:c r="AF37" s="3" t="n">
         <x:v>13822</x:v>
       </x:c>
       <x:c r="AG37" s="3" t="n">
-        <x:v>15149</x:v>
+        <x:v>15235</x:v>
       </x:c>
       <x:c r="AH37" s="3" t="n">
-        <x:v>12919</x:v>
+        <x:v>13070</x:v>
       </x:c>
       <x:c r="AI37" s="3" t="n">
-        <x:v>10304</x:v>
+        <x:v>10468</x:v>
       </x:c>
       <x:c r="AJ37" s="3" t="n">
-        <x:v>11166</x:v>
+        <x:v>11409</x:v>
       </x:c>
       <x:c r="AK37" s="3" t="n">
-        <x:v>12982</x:v>
+        <x:v>13320</x:v>
       </x:c>
       <x:c r="AL37" s="3" t="n">
-        <x:v>13946</x:v>
+        <x:v>14378</x:v>
       </x:c>
       <x:c r="AM37" s="3" t="n">
-        <x:v>14933</x:v>
+        <x:v>15522</x:v>
       </x:c>
       <x:c r="AN37" s="3" t="n">
-        <x:v>19079</x:v>
+        <x:v>19845</x:v>
       </x:c>
       <x:c r="AO37" s="3" t="n">
-        <x:v>16661</x:v>
+        <x:v>17435</x:v>
       </x:c>
       <x:c r="AP37" s="3" t="n">
-        <x:v>17511</x:v>
+        <x:v>18442</x:v>
       </x:c>
       <x:c r="AQ37" s="3" t="n">
-        <x:v>17093</x:v>
+        <x:v>18078</x:v>
       </x:c>
       <x:c r="AR37" s="3" t="n">
-        <x:v>18952</x:v>
+        <x:v>20170</x:v>
       </x:c>
       <x:c r="AS37" s="3" t="n">
-        <x:v>20709</x:v>
+        <x:v>22165</x:v>
       </x:c>
       <x:c r="AT37" s="3" t="n">
-        <x:v>19551</x:v>
+        <x:v>21037</x:v>
       </x:c>
       <x:c r="AU37" s="3" t="n">
-        <x:v>22188</x:v>
+        <x:v>24101</x:v>
       </x:c>
       <x:c r="AV37" s="3" t="n">
-        <x:v>24168</x:v>
+        <x:v>26268</x:v>
       </x:c>
       <x:c r="AW37" s="3" t="n">
-        <x:v>30385</x:v>
+        <x:v>33125</x:v>
       </x:c>
       <x:c r="AX37" s="3" t="n">
-        <x:v>35626</x:v>
+        <x:v>38894</x:v>
       </x:c>
       <x:c r="AY37" s="3" t="n">
-        <x:v>35515</x:v>
+        <x:v>39190</x:v>
       </x:c>
       <x:c r="AZ37" s="3" t="n">
-        <x:v>45707</x:v>
+        <x:v>50542</x:v>
       </x:c>
       <x:c r="BA37" s="3" t="n">
-        <x:v>47771</x:v>
+        <x:v>53129</x:v>
       </x:c>
       <x:c r="BB37" s="3" t="n">
-        <x:v>41300</x:v>
+        <x:v>46338</x:v>
       </x:c>
       <x:c r="BC37" s="3" t="n">
-        <x:v>41671</x:v>
+        <x:v>45532</x:v>
       </x:c>
       <x:c r="BD37" s="3" t="n">
-        <x:v>42712</x:v>
+        <x:v>46730</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:56">
       <x:c r="A38" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
         <x:v>262</x:v>
       </x:c>
       <x:c r="D38" s="3" t="n">
         <x:v>307</x:v>
       </x:c>
       <x:c r="E38" s="3" t="n">
         <x:v>369</x:v>
       </x:c>
       <x:c r="F38" s="3" t="n">
         <x:v>400</x:v>
       </x:c>
       <x:c r="G38" s="3" t="n">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H38" s="3" t="n">
@@ -6707,120 +6714,120 @@
       <x:c r="Y38" s="3" t="n">
         <x:v>2543</x:v>
       </x:c>
       <x:c r="Z38" s="3" t="n">
         <x:v>4031</x:v>
       </x:c>
       <x:c r="AA38" s="3" t="n">
         <x:v>4861</x:v>
       </x:c>
       <x:c r="AB38" s="3" t="n">
         <x:v>6114</x:v>
       </x:c>
       <x:c r="AC38" s="3" t="n">
         <x:v>4052</x:v>
       </x:c>
       <x:c r="AD38" s="3" t="n">
         <x:v>5302</x:v>
       </x:c>
       <x:c r="AE38" s="3" t="n">
         <x:v>7656</x:v>
       </x:c>
       <x:c r="AF38" s="3" t="n">
         <x:v>6344</x:v>
       </x:c>
       <x:c r="AG38" s="3" t="n">
-        <x:v>8031</x:v>
+        <x:v>8124</x:v>
       </x:c>
       <x:c r="AH38" s="3" t="n">
-        <x:v>5410</x:v>
+        <x:v>5521</x:v>
       </x:c>
       <x:c r="AI38" s="3" t="n">
-        <x:v>2666</x:v>
+        <x:v>2897</x:v>
       </x:c>
       <x:c r="AJ38" s="3" t="n">
-        <x:v>7080</x:v>
+        <x:v>7391</x:v>
       </x:c>
       <x:c r="AK38" s="3" t="n">
-        <x:v>5040</x:v>
+        <x:v>5895</x:v>
       </x:c>
       <x:c r="AL38" s="3" t="n">
-        <x:v>9908</x:v>
+        <x:v>11130</x:v>
       </x:c>
       <x:c r="AM38" s="3" t="n">
-        <x:v>9449</x:v>
+        <x:v>11007</x:v>
       </x:c>
       <x:c r="AN38" s="3" t="n">
-        <x:v>11190</x:v>
+        <x:v>13283</x:v>
       </x:c>
       <x:c r="AO38" s="3" t="n">
-        <x:v>7086</x:v>
+        <x:v>8175</x:v>
       </x:c>
       <x:c r="AP38" s="3" t="n">
-        <x:v>5637</x:v>
+        <x:v>6402</x:v>
       </x:c>
       <x:c r="AQ38" s="3" t="n">
-        <x:v>9609</x:v>
+        <x:v>10557</x:v>
       </x:c>
       <x:c r="AR38" s="3" t="n">
-        <x:v>6204</x:v>
+        <x:v>6975</x:v>
       </x:c>
       <x:c r="AS38" s="3" t="n">
-        <x:v>7595</x:v>
+        <x:v>9439</x:v>
       </x:c>
       <x:c r="AT38" s="3" t="n">
-        <x:v>7116</x:v>
+        <x:v>8133</x:v>
       </x:c>
       <x:c r="AU38" s="3" t="n">
-        <x:v>4288</x:v>
+        <x:v>6869</x:v>
       </x:c>
       <x:c r="AV38" s="3" t="n">
-        <x:v>4237</x:v>
+        <x:v>5205</x:v>
       </x:c>
       <x:c r="AW38" s="3" t="n">
-        <x:v>6373</x:v>
+        <x:v>7493</x:v>
       </x:c>
       <x:c r="AX38" s="3" t="n">
-        <x:v>8359</x:v>
+        <x:v>10534</x:v>
       </x:c>
       <x:c r="AY38" s="3" t="n">
-        <x:v>15287</x:v>
+        <x:v>19153</x:v>
       </x:c>
       <x:c r="AZ38" s="3" t="n">
-        <x:v>13624</x:v>
+        <x:v>17213</x:v>
       </x:c>
       <x:c r="BA38" s="3" t="n">
-        <x:v>10216</x:v>
+        <x:v>14221</x:v>
       </x:c>
       <x:c r="BB38" s="3" t="n">
-        <x:v>11636</x:v>
+        <x:v>13367</x:v>
       </x:c>
       <x:c r="BC38" s="3" t="n">
-        <x:v>12303</x:v>
+        <x:v>18056</x:v>
       </x:c>
       <x:c r="BD38" s="3" t="n">
-        <x:v>12411</x:v>
+        <x:v>18533</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:56">
       <x:c r="A39" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>236</x:v>
       </x:c>
       <x:c r="D39" s="3" t="n">
         <x:v>262</x:v>
       </x:c>
       <x:c r="E39" s="3" t="n">
         <x:v>302</x:v>
       </x:c>
       <x:c r="F39" s="3" t="n">
         <x:v>364</x:v>
       </x:c>
       <x:c r="G39" s="3" t="n">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H39" s="3" t="n">
@@ -6877,120 +6884,120 @@
       <x:c r="Y39" s="3" t="n">
         <x:v>2893</x:v>
       </x:c>
       <x:c r="Z39" s="3" t="n">
         <x:v>3810</x:v>
       </x:c>
       <x:c r="AA39" s="3" t="n">
         <x:v>4776</x:v>
       </x:c>
       <x:c r="AB39" s="3" t="n">
         <x:v>6241</x:v>
       </x:c>
       <x:c r="AC39" s="3" t="n">
         <x:v>9298</x:v>
       </x:c>
       <x:c r="AD39" s="3" t="n">
         <x:v>10879</x:v>
       </x:c>
       <x:c r="AE39" s="3" t="n">
         <x:v>14078</x:v>
       </x:c>
       <x:c r="AF39" s="3" t="n">
         <x:v>14680</x:v>
       </x:c>
       <x:c r="AG39" s="3" t="n">
-        <x:v>14875</x:v>
+        <x:v>15258</x:v>
       </x:c>
       <x:c r="AH39" s="3" t="n">
-        <x:v>16063</x:v>
+        <x:v>17310</x:v>
       </x:c>
       <x:c r="AI39" s="3" t="n">
-        <x:v>13895</x:v>
+        <x:v>13354</x:v>
       </x:c>
       <x:c r="AJ39" s="3" t="n">
-        <x:v>13283</x:v>
+        <x:v>16859</x:v>
       </x:c>
       <x:c r="AK39" s="3" t="n">
-        <x:v>18912</x:v>
+        <x:v>19495</x:v>
       </x:c>
       <x:c r="AL39" s="3" t="n">
-        <x:v>30883</x:v>
+        <x:v>35738</x:v>
       </x:c>
       <x:c r="AM39" s="3" t="n">
-        <x:v>57290</x:v>
+        <x:v>67976</x:v>
       </x:c>
       <x:c r="AN39" s="3" t="n">
-        <x:v>54915</x:v>
+        <x:v>73706</x:v>
       </x:c>
       <x:c r="AO39" s="3" t="n">
-        <x:v>36103</x:v>
+        <x:v>49653</x:v>
       </x:c>
       <x:c r="AP39" s="3" t="n">
-        <x:v>34229</x:v>
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="AQ39" s="3" t="n">
-        <x:v>32463</x:v>
+        <x:v>46644</x:v>
       </x:c>
       <x:c r="AR39" s="3" t="n">
-        <x:v>36242</x:v>
+        <x:v>50316</x:v>
       </x:c>
       <x:c r="AS39" s="3" t="n">
-        <x:v>35033</x:v>
+        <x:v>49601</x:v>
       </x:c>
       <x:c r="AT39" s="3" t="n">
-        <x:v>40270</x:v>
+        <x:v>59200</x:v>
       </x:c>
       <x:c r="AU39" s="3" t="n">
-        <x:v>41336</x:v>
+        <x:v>65146</x:v>
       </x:c>
       <x:c r="AV39" s="3" t="n">
-        <x:v>46851</x:v>
+        <x:v>72501</x:v>
       </x:c>
       <x:c r="AW39" s="3" t="n">
-        <x:v>49485</x:v>
+        <x:v>75504</x:v>
       </x:c>
       <x:c r="AX39" s="3" t="n">
-        <x:v>43055</x:v>
+        <x:v>70473</x:v>
       </x:c>
       <x:c r="AY39" s="3" t="n">
-        <x:v>46026</x:v>
+        <x:v>74342</x:v>
       </x:c>
       <x:c r="AZ39" s="3" t="n">
-        <x:v>39249</x:v>
+        <x:v>70127</x:v>
       </x:c>
       <x:c r="BA39" s="3" t="n">
-        <x:v>55264</x:v>
+        <x:v>95608</x:v>
       </x:c>
       <x:c r="BB39" s="3" t="n">
-        <x:v>62455</x:v>
+        <x:v>97148</x:v>
       </x:c>
       <x:c r="BC39" s="3" t="n">
-        <x:v>59660</x:v>
+        <x:v>80880</x:v>
       </x:c>
       <x:c r="BD39" s="3" t="n">
-        <x:v>52859</x:v>
+        <x:v>74540</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:56">
       <x:c r="A40" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
         <x:v>5342</x:v>
       </x:c>
       <x:c r="C40" s="3" t="n">
         <x:v>6199</x:v>
       </x:c>
       <x:c r="D40" s="3" t="n">
         <x:v>7068</x:v>
       </x:c>
       <x:c r="E40" s="3" t="n">
         <x:v>7721</x:v>
       </x:c>
       <x:c r="F40" s="3" t="n">
         <x:v>9063</x:v>
       </x:c>
       <x:c r="G40" s="3" t="n">
         <x:v>10915</x:v>
       </x:c>
       <x:c r="H40" s="3" t="n">
@@ -7110,57 +7117,57 @@
       <x:c r="AT40" s="3" t="n">
         <x:v>155517</x:v>
       </x:c>
       <x:c r="AU40" s="3" t="n">
         <x:v>165708</x:v>
       </x:c>
       <x:c r="AV40" s="3" t="n">
         <x:v>181394</x:v>
       </x:c>
       <x:c r="AW40" s="3" t="n">
         <x:v>200258</x:v>
       </x:c>
       <x:c r="AX40" s="3" t="n">
         <x:v>193519</x:v>
       </x:c>
       <x:c r="AY40" s="3" t="n">
         <x:v>196764</x:v>
       </x:c>
       <x:c r="AZ40" s="3" t="n">
         <x:v>199082</x:v>
       </x:c>
       <x:c r="BA40" s="3" t="n">
         <x:v>220100</x:v>
       </x:c>
       <x:c r="BB40" s="3" t="n">
-        <x:v>237257</x:v>
+        <x:v>240249</x:v>
       </x:c>
       <x:c r="BC40" s="3" t="n">
-        <x:v>202535</x:v>
+        <x:v>227529</x:v>
       </x:c>
       <x:c r="BD40" s="3" t="n">
-        <x:v>170209</x:v>
+        <x:v>198921</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:56">
       <x:c r="A41" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D41" s="3" t="n">
         <x:v>203</x:v>
       </x:c>
       <x:c r="E41" s="3" t="n">
         <x:v>232</x:v>
       </x:c>
       <x:c r="F41" s="3" t="n">
         <x:v>272</x:v>
       </x:c>
       <x:c r="G41" s="3" t="n">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H41" s="3" t="n">
@@ -7217,120 +7224,120 @@
       <x:c r="Y41" s="3" t="n">
         <x:v>2816</x:v>
       </x:c>
       <x:c r="Z41" s="3" t="n">
         <x:v>3207</x:v>
       </x:c>
       <x:c r="AA41" s="3" t="n">
         <x:v>3668</x:v>
       </x:c>
       <x:c r="AB41" s="3" t="n">
         <x:v>4729</x:v>
       </x:c>
       <x:c r="AC41" s="3" t="n">
         <x:v>5149</x:v>
       </x:c>
       <x:c r="AD41" s="3" t="n">
         <x:v>5704</x:v>
       </x:c>
       <x:c r="AE41" s="3" t="n">
         <x:v>5743</x:v>
       </x:c>
       <x:c r="AF41" s="3" t="n">
         <x:v>5018</x:v>
       </x:c>
       <x:c r="AG41" s="3" t="n">
-        <x:v>5740</x:v>
+        <x:v>5777</x:v>
       </x:c>
       <x:c r="AH41" s="3" t="n">
-        <x:v>6204</x:v>
+        <x:v>6275</x:v>
       </x:c>
       <x:c r="AI41" s="3" t="n">
-        <x:v>5742</x:v>
+        <x:v>5846</x:v>
       </x:c>
       <x:c r="AJ41" s="3" t="n">
-        <x:v>5577</x:v>
+        <x:v>5704</x:v>
       </x:c>
       <x:c r="AK41" s="3" t="n">
-        <x:v>7938</x:v>
+        <x:v>8229</x:v>
       </x:c>
       <x:c r="AL41" s="3" t="n">
-        <x:v>9233</x:v>
+        <x:v>9589</x:v>
       </x:c>
       <x:c r="AM41" s="3" t="n">
-        <x:v>13016</x:v>
+        <x:v>13530</x:v>
       </x:c>
       <x:c r="AN41" s="3" t="n">
-        <x:v>11964</x:v>
+        <x:v>12475</x:v>
       </x:c>
       <x:c r="AO41" s="3" t="n">
-        <x:v>10913</x:v>
+        <x:v>11408</x:v>
       </x:c>
       <x:c r="AP41" s="3" t="n">
-        <x:v>10496</x:v>
+        <x:v>11122</x:v>
       </x:c>
       <x:c r="AQ41" s="3" t="n">
-        <x:v>9845</x:v>
+        <x:v>10403</x:v>
       </x:c>
       <x:c r="AR41" s="3" t="n">
-        <x:v>13071</x:v>
+        <x:v>13820</x:v>
       </x:c>
       <x:c r="AS41" s="3" t="n">
-        <x:v>14779</x:v>
+        <x:v>15689</x:v>
       </x:c>
       <x:c r="AT41" s="3" t="n">
-        <x:v>15050</x:v>
+        <x:v>16097</x:v>
       </x:c>
       <x:c r="AU41" s="3" t="n">
-        <x:v>15610</x:v>
+        <x:v>16871</x:v>
       </x:c>
       <x:c r="AV41" s="3" t="n">
-        <x:v>16858</x:v>
+        <x:v>18342</x:v>
       </x:c>
       <x:c r="AW41" s="3" t="n">
-        <x:v>21178</x:v>
+        <x:v>23297</x:v>
       </x:c>
       <x:c r="AX41" s="3" t="n">
-        <x:v>18923</x:v>
+        <x:v>20808</x:v>
       </x:c>
       <x:c r="AY41" s="3" t="n">
-        <x:v>19163</x:v>
+        <x:v>21310</x:v>
       </x:c>
       <x:c r="AZ41" s="3" t="n">
-        <x:v>23734</x:v>
+        <x:v>26306</x:v>
       </x:c>
       <x:c r="BA41" s="3" t="n">
-        <x:v>22593</x:v>
+        <x:v>24988</x:v>
       </x:c>
       <x:c r="BB41" s="3" t="n">
-        <x:v>28640</x:v>
+        <x:v>31257</x:v>
       </x:c>
       <x:c r="BC41" s="3" t="n">
-        <x:v>30815</x:v>
+        <x:v>32029</x:v>
       </x:c>
       <x:c r="BD41" s="3" t="n">
-        <x:v>31868</x:v>
+        <x:v>33422</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:56">
       <x:c r="A42" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C42" s="3" t="n">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D42" s="3" t="n">
         <x:v>179</x:v>
       </x:c>
       <x:c r="E42" s="3" t="n">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F42" s="3" t="n">
         <x:v>258</x:v>
       </x:c>
       <x:c r="G42" s="3" t="n">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H42" s="3" t="n">
@@ -7387,120 +7394,120 @@
       <x:c r="Y42" s="3" t="n">
         <x:v>1053</x:v>
       </x:c>
       <x:c r="Z42" s="3" t="n">
         <x:v>1496</x:v>
       </x:c>
       <x:c r="AA42" s="3" t="n">
         <x:v>1867</x:v>
       </x:c>
       <x:c r="AB42" s="3" t="n">
         <x:v>2387</x:v>
       </x:c>
       <x:c r="AC42" s="3" t="n">
         <x:v>3047</x:v>
       </x:c>
       <x:c r="AD42" s="3" t="n">
         <x:v>4812</x:v>
       </x:c>
       <x:c r="AE42" s="3" t="n">
         <x:v>4080</x:v>
       </x:c>
       <x:c r="AF42" s="3" t="n">
         <x:v>3608</x:v>
       </x:c>
       <x:c r="AG42" s="3" t="n">
-        <x:v>2537</x:v>
+        <x:v>2565</x:v>
       </x:c>
       <x:c r="AH42" s="3" t="n">
-        <x:v>2947</x:v>
+        <x:v>3001</x:v>
       </x:c>
       <x:c r="AI42" s="3" t="n">
-        <x:v>631</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="AJ42" s="3" t="n">
-        <x:v>3557</x:v>
+        <x:v>3684</x:v>
       </x:c>
       <x:c r="AK42" s="3" t="n">
-        <x:v>8718</x:v>
+        <x:v>8963</x:v>
       </x:c>
       <x:c r="AL42" s="3" t="n">
-        <x:v>8383</x:v>
+        <x:v>8806</x:v>
       </x:c>
       <x:c r="AM42" s="3" t="n">
-        <x:v>9078</x:v>
+        <x:v>9526</x:v>
       </x:c>
       <x:c r="AN42" s="3" t="n">
-        <x:v>7722</x:v>
+        <x:v>8139</x:v>
       </x:c>
       <x:c r="AO42" s="3" t="n">
-        <x:v>4249</x:v>
+        <x:v>4590</x:v>
       </x:c>
       <x:c r="AP42" s="3" t="n">
-        <x:v>5870</x:v>
+        <x:v>6339</x:v>
       </x:c>
       <x:c r="AQ42" s="3" t="n">
-        <x:v>6913</x:v>
+        <x:v>7561</x:v>
       </x:c>
       <x:c r="AR42" s="3" t="n">
-        <x:v>7205</x:v>
+        <x:v>7858</x:v>
       </x:c>
       <x:c r="AS42" s="3" t="n">
-        <x:v>6668</x:v>
+        <x:v>7362</x:v>
       </x:c>
       <x:c r="AT42" s="3" t="n">
-        <x:v>6699</x:v>
+        <x:v>7551</x:v>
       </x:c>
       <x:c r="AU42" s="3" t="n">
-        <x:v>5835</x:v>
+        <x:v>6825</x:v>
       </x:c>
       <x:c r="AV42" s="3" t="n">
-        <x:v>19847</x:v>
+        <x:v>21207</x:v>
       </x:c>
       <x:c r="AW42" s="3" t="n">
-        <x:v>10698</x:v>
+        <x:v>12040</x:v>
       </x:c>
       <x:c r="AX42" s="3" t="n">
-        <x:v>15733</x:v>
+        <x:v>17714</x:v>
       </x:c>
       <x:c r="AY42" s="3" t="n">
-        <x:v>13475</x:v>
+        <x:v>15348</x:v>
       </x:c>
       <x:c r="AZ42" s="3" t="n">
-        <x:v>11183</x:v>
+        <x:v>13033</x:v>
       </x:c>
       <x:c r="BA42" s="3" t="n">
-        <x:v>14358</x:v>
+        <x:v>16608</x:v>
       </x:c>
       <x:c r="BB42" s="3" t="n">
-        <x:v>17522</x:v>
+        <x:v>18955</x:v>
       </x:c>
       <x:c r="BC42" s="3" t="n">
-        <x:v>18291</x:v>
+        <x:v>22218</x:v>
       </x:c>
       <x:c r="BD42" s="3" t="n">
-        <x:v>17949</x:v>
+        <x:v>31475</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:56">
       <x:c r="A43" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
         <x:v>2573</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>2894</x:v>
       </x:c>
       <x:c r="D43" s="3" t="n">
         <x:v>3535</x:v>
       </x:c>
       <x:c r="E43" s="3" t="n">
         <x:v>3788</x:v>
       </x:c>
       <x:c r="F43" s="3" t="n">
         <x:v>4408</x:v>
       </x:c>
       <x:c r="G43" s="3" t="n">
         <x:v>4937</x:v>
       </x:c>
       <x:c r="H43" s="3" t="n">
@@ -7620,567 +7627,567 @@
       <x:c r="AT43" s="3" t="n">
         <x:v>80891</x:v>
       </x:c>
       <x:c r="AU43" s="3" t="n">
         <x:v>86944</x:v>
       </x:c>
       <x:c r="AV43" s="3" t="n">
         <x:v>93502</x:v>
       </x:c>
       <x:c r="AW43" s="3" t="n">
         <x:v>97881</x:v>
       </x:c>
       <x:c r="AX43" s="3" t="n">
         <x:v>113530</x:v>
       </x:c>
       <x:c r="AY43" s="3" t="n">
         <x:v>125336</x:v>
       </x:c>
       <x:c r="AZ43" s="3" t="n">
         <x:v>123205</x:v>
       </x:c>
       <x:c r="BA43" s="3" t="n">
         <x:v>123460</x:v>
       </x:c>
       <x:c r="BB43" s="3" t="n">
-        <x:v>134281</x:v>
+        <x:v>133474</x:v>
       </x:c>
       <x:c r="BC43" s="3" t="n">
-        <x:v>145929</x:v>
+        <x:v>144304</x:v>
       </x:c>
       <x:c r="BD43" s="3" t="n">
-        <x:v>161818</x:v>
+        <x:v>162328</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:56">
       <x:c r="A44" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>1217</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="C44" s="3" t="n">
-        <x:v>1461</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="D44" s="3" t="n">
-        <x:v>1556</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="E44" s="3" t="n">
-        <x:v>1548</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="F44" s="3" t="n">
-        <x:v>1751</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="G44" s="3" t="n">
-        <x:v>2036</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="H44" s="3" t="n">
-        <x:v>2286</x:v>
+        <x:v>2272</x:v>
       </x:c>
       <x:c r="I44" s="3" t="n">
-        <x:v>2584</x:v>
+        <x:v>2568</x:v>
       </x:c>
       <x:c r="J44" s="3" t="n">
-        <x:v>2870</x:v>
+        <x:v>2852</x:v>
       </x:c>
       <x:c r="K44" s="3" t="n">
-        <x:v>2922</x:v>
+        <x:v>2901</x:v>
       </x:c>
       <x:c r="L44" s="3" t="n">
-        <x:v>3138</x:v>
+        <x:v>3117</x:v>
       </x:c>
       <x:c r="M44" s="3" t="n">
-        <x:v>3294</x:v>
+        <x:v>3269</x:v>
       </x:c>
       <x:c r="N44" s="3" t="n">
-        <x:v>3398</x:v>
+        <x:v>3370</x:v>
       </x:c>
       <x:c r="O44" s="3" t="n">
-        <x:v>3796</x:v>
+        <x:v>3767</x:v>
       </x:c>
       <x:c r="P44" s="3" t="n">
-        <x:v>3955</x:v>
+        <x:v>3921</x:v>
       </x:c>
       <x:c r="Q44" s="3" t="n">
-        <x:v>4037</x:v>
+        <x:v>3998</x:v>
       </x:c>
       <x:c r="R44" s="3" t="n">
-        <x:v>4630</x:v>
+        <x:v>4576</x:v>
       </x:c>
       <x:c r="S44" s="3" t="n">
-        <x:v>5495</x:v>
+        <x:v>5440</x:v>
       </x:c>
       <x:c r="T44" s="3" t="n">
-        <x:v>5800</x:v>
+        <x:v>5746</x:v>
       </x:c>
       <x:c r="U44" s="3" t="n">
-        <x:v>6095</x:v>
+        <x:v>6039</x:v>
       </x:c>
       <x:c r="V44" s="3" t="n">
-        <x:v>6390</x:v>
+        <x:v>6331</x:v>
       </x:c>
       <x:c r="W44" s="3" t="n">
-        <x:v>7020</x:v>
+        <x:v>6944</x:v>
       </x:c>
       <x:c r="X44" s="3" t="n">
-        <x:v>7357</x:v>
+        <x:v>7274</x:v>
       </x:c>
       <x:c r="Y44" s="3" t="n">
-        <x:v>7744</x:v>
+        <x:v>7662</x:v>
       </x:c>
       <x:c r="Z44" s="3" t="n">
-        <x:v>8711</x:v>
+        <x:v>8624</x:v>
       </x:c>
       <x:c r="AA44" s="3" t="n">
-        <x:v>9107</x:v>
+        <x:v>9045</x:v>
       </x:c>
       <x:c r="AB44" s="3" t="n">
-        <x:v>10078</x:v>
+        <x:v>10013</x:v>
       </x:c>
       <x:c r="AC44" s="3" t="n">
-        <x:v>14934</x:v>
+        <x:v>14863</x:v>
       </x:c>
       <x:c r="AD44" s="3" t="n">
-        <x:v>13449</x:v>
+        <x:v>13379</x:v>
       </x:c>
       <x:c r="AE44" s="3" t="n">
-        <x:v>13152</x:v>
+        <x:v>13074</x:v>
       </x:c>
       <x:c r="AF44" s="3" t="n">
-        <x:v>13199</x:v>
+        <x:v>13124</x:v>
       </x:c>
       <x:c r="AG44" s="3" t="n">
-        <x:v>13169</x:v>
+        <x:v>13061</x:v>
       </x:c>
       <x:c r="AH44" s="3" t="n">
-        <x:v>14514</x:v>
+        <x:v>14392</x:v>
       </x:c>
       <x:c r="AI44" s="3" t="n">
-        <x:v>16851</x:v>
+        <x:v>16722</x:v>
       </x:c>
       <x:c r="AJ44" s="3" t="n">
-        <x:v>16703</x:v>
+        <x:v>16561</x:v>
       </x:c>
       <x:c r="AK44" s="3" t="n">
-        <x:v>17754</x:v>
+        <x:v>17611</x:v>
       </x:c>
       <x:c r="AL44" s="3" t="n">
-        <x:v>20107</x:v>
+        <x:v>19931</x:v>
       </x:c>
       <x:c r="AM44" s="3" t="n">
-        <x:v>22713</x:v>
+        <x:v>22578</x:v>
       </x:c>
       <x:c r="AN44" s="3" t="n">
-        <x:v>24319</x:v>
+        <x:v>24171</x:v>
       </x:c>
       <x:c r="AO44" s="3" t="n">
-        <x:v>27803</x:v>
+        <x:v>27640</x:v>
       </x:c>
       <x:c r="AP44" s="3" t="n">
-        <x:v>27885</x:v>
+        <x:v>27668</x:v>
       </x:c>
       <x:c r="AQ44" s="3" t="n">
-        <x:v>27026</x:v>
+        <x:v>26844</x:v>
       </x:c>
       <x:c r="AR44" s="3" t="n">
-        <x:v>27199</x:v>
+        <x:v>27005</x:v>
       </x:c>
       <x:c r="AS44" s="3" t="n">
-        <x:v>30538</x:v>
+        <x:v>30335</x:v>
       </x:c>
       <x:c r="AT44" s="3" t="n">
-        <x:v>32518</x:v>
+        <x:v>32329</x:v>
       </x:c>
       <x:c r="AU44" s="3" t="n">
-        <x:v>36165</x:v>
+        <x:v>35960</x:v>
       </x:c>
       <x:c r="AV44" s="3" t="n">
-        <x:v>37377</x:v>
+        <x:v>37168</x:v>
       </x:c>
       <x:c r="AW44" s="3" t="n">
-        <x:v>42442</x:v>
+        <x:v>42223</x:v>
       </x:c>
       <x:c r="AX44" s="3" t="n">
-        <x:v>44102</x:v>
+        <x:v>43881</x:v>
       </x:c>
       <x:c r="AY44" s="3" t="n">
-        <x:v>45570</x:v>
+        <x:v>45326</x:v>
       </x:c>
       <x:c r="AZ44" s="3" t="n">
-        <x:v>46796</x:v>
+        <x:v>46588</x:v>
       </x:c>
       <x:c r="BA44" s="3" t="n">
-        <x:v>46184</x:v>
+        <x:v>46126</x:v>
       </x:c>
       <x:c r="BB44" s="3" t="n">
-        <x:v>49195</x:v>
+        <x:v>50231</x:v>
       </x:c>
       <x:c r="BC44" s="3" t="n">
-        <x:v>51737</x:v>
+        <x:v>51831</x:v>
       </x:c>
       <x:c r="BD44" s="3" t="n">
-        <x:v>57405</x:v>
+        <x:v>59367</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:56">
       <x:c r="A45" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>717</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>862</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="D45" s="3" t="n">
-        <x:v>1045</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="E45" s="3" t="n">
-        <x:v>1207</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="F45" s="3" t="n">
-        <x:v>1376</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="G45" s="3" t="n">
-        <x:v>1848</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="H45" s="3" t="n">
-        <x:v>2108</x:v>
+        <x:v>2123</x:v>
       </x:c>
       <x:c r="I45" s="3" t="n">
-        <x:v>2361</x:v>
+        <x:v>2380</x:v>
       </x:c>
       <x:c r="J45" s="3" t="n">
-        <x:v>2614</x:v>
+        <x:v>2638</x:v>
       </x:c>
       <x:c r="K45" s="3" t="n">
-        <x:v>2663</x:v>
+        <x:v>2685</x:v>
       </x:c>
       <x:c r="L45" s="3" t="n">
-        <x:v>3020</x:v>
+        <x:v>3043</x:v>
       </x:c>
       <x:c r="M45" s="3" t="n">
-        <x:v>3190</x:v>
+        <x:v>3217</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>3284</x:v>
+        <x:v>3313</x:v>
       </x:c>
       <x:c r="O45" s="3" t="n">
-        <x:v>3459</x:v>
+        <x:v>3481</x:v>
       </x:c>
       <x:c r="P45" s="3" t="n">
-        <x:v>3339</x:v>
+        <x:v>3367</x:v>
       </x:c>
       <x:c r="Q45" s="3" t="n">
-        <x:v>3317</x:v>
+        <x:v>3345</x:v>
       </x:c>
       <x:c r="R45" s="3" t="n">
-        <x:v>4076</x:v>
+        <x:v>4116</x:v>
       </x:c>
       <x:c r="S45" s="3" t="n">
-        <x:v>5301</x:v>
+        <x:v>5351</x:v>
       </x:c>
       <x:c r="T45" s="3" t="n">
-        <x:v>6292</x:v>
+        <x:v>6347</x:v>
       </x:c>
       <x:c r="U45" s="3" t="n">
-        <x:v>6068</x:v>
+        <x:v>6124</x:v>
       </x:c>
       <x:c r="V45" s="3" t="n">
-        <x:v>5898</x:v>
+        <x:v>5957</x:v>
       </x:c>
       <x:c r="W45" s="3" t="n">
-        <x:v>6723</x:v>
+        <x:v>6790</x:v>
       </x:c>
       <x:c r="X45" s="3" t="n">
-        <x:v>6397</x:v>
+        <x:v>6464</x:v>
       </x:c>
       <x:c r="Y45" s="3" t="n">
-        <x:v>6333</x:v>
+        <x:v>6404</x:v>
       </x:c>
       <x:c r="Z45" s="3" t="n">
-        <x:v>6467</x:v>
+        <x:v>6542</x:v>
       </x:c>
       <x:c r="AA45" s="3" t="n">
-        <x:v>7169</x:v>
+        <x:v>7244</x:v>
       </x:c>
       <x:c r="AB45" s="3" t="n">
-        <x:v>8127</x:v>
+        <x:v>8209</x:v>
       </x:c>
       <x:c r="AC45" s="3" t="n">
-        <x:v>8678</x:v>
+        <x:v>8760</x:v>
       </x:c>
       <x:c r="AD45" s="3" t="n">
-        <x:v>11081</x:v>
+        <x:v>11164</x:v>
       </x:c>
       <x:c r="AE45" s="3" t="n">
-        <x:v>13156</x:v>
+        <x:v>13243</x:v>
       </x:c>
       <x:c r="AF45" s="3" t="n">
-        <x:v>12899</x:v>
+        <x:v>12986</x:v>
       </x:c>
       <x:c r="AG45" s="3" t="n">
-        <x:v>14280</x:v>
+        <x:v>14369</x:v>
       </x:c>
       <x:c r="AH45" s="3" t="n">
-        <x:v>14593</x:v>
+        <x:v>14695</x:v>
       </x:c>
       <x:c r="AI45" s="3" t="n">
-        <x:v>14938</x:v>
+        <x:v>15055</x:v>
       </x:c>
       <x:c r="AJ45" s="3" t="n">
-        <x:v>15767</x:v>
+        <x:v>15895</x:v>
       </x:c>
       <x:c r="AK45" s="3" t="n">
-        <x:v>16161</x:v>
+        <x:v>16299</x:v>
       </x:c>
       <x:c r="AL45" s="3" t="n">
-        <x:v>17657</x:v>
+        <x:v>17811</x:v>
       </x:c>
       <x:c r="AM45" s="3" t="n">
-        <x:v>20043</x:v>
+        <x:v>20203</x:v>
       </x:c>
       <x:c r="AN45" s="3" t="n">
-        <x:v>19376</x:v>
+        <x:v>19561</x:v>
       </x:c>
       <x:c r="AO45" s="3" t="n">
-        <x:v>18297</x:v>
+        <x:v>18488</x:v>
       </x:c>
       <x:c r="AP45" s="3" t="n">
-        <x:v>16819</x:v>
+        <x:v>17059</x:v>
       </x:c>
       <x:c r="AQ45" s="3" t="n">
-        <x:v>17566</x:v>
+        <x:v>17815</x:v>
       </x:c>
       <x:c r="AR45" s="3" t="n">
-        <x:v>19457</x:v>
+        <x:v>19730</x:v>
       </x:c>
       <x:c r="AS45" s="3" t="n">
-        <x:v>23776</x:v>
+        <x:v>24059</x:v>
       </x:c>
       <x:c r="AT45" s="3" t="n">
-        <x:v>26193</x:v>
+        <x:v>26426</x:v>
       </x:c>
       <x:c r="AU45" s="3" t="n">
-        <x:v>25246</x:v>
+        <x:v>25578</x:v>
       </x:c>
       <x:c r="AV45" s="3" t="n">
-        <x:v>28026</x:v>
+        <x:v>28318</x:v>
       </x:c>
       <x:c r="AW45" s="3" t="n">
-        <x:v>29372</x:v>
+        <x:v>29915</x:v>
       </x:c>
       <x:c r="AX45" s="3" t="n">
-        <x:v>29417</x:v>
+        <x:v>29680</x:v>
       </x:c>
       <x:c r="AY45" s="3" t="n">
-        <x:v>35324</x:v>
+        <x:v>35597</x:v>
       </x:c>
       <x:c r="AZ45" s="3" t="n">
-        <x:v>38644</x:v>
+        <x:v>39053</x:v>
       </x:c>
       <x:c r="BA45" s="3" t="n">
-        <x:v>42966</x:v>
+        <x:v>43496</x:v>
       </x:c>
       <x:c r="BB45" s="3" t="n">
-        <x:v>45489</x:v>
+        <x:v>46151</x:v>
       </x:c>
       <x:c r="BC45" s="3" t="n">
-        <x:v>53063</x:v>
+        <x:v>53293</x:v>
       </x:c>
       <x:c r="BD45" s="3" t="n">
-        <x:v>49139</x:v>
+        <x:v>51269</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:56">
       <x:c r="A46" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>403</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C46" s="3" t="n">
-        <x:v>485</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D46" s="3" t="n">
-        <x:v>592</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="E46" s="3" t="n">
-        <x:v>641</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="F46" s="3" t="n">
-        <x:v>725</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="G46" s="3" t="n">
-        <x:v>811</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="H46" s="3" t="n">
-        <x:v>869</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="I46" s="3" t="n">
-        <x:v>1006</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="J46" s="3" t="n">
-        <x:v>1130</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="K46" s="3" t="n">
-        <x:v>1205</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="L46" s="3" t="n">
-        <x:v>1303</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="M46" s="3" t="n">
-        <x:v>1443</x:v>
+        <x:v>1592</x:v>
       </x:c>
       <x:c r="N46" s="3" t="n">
-        <x:v>1847</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="O46" s="3" t="n">
-        <x:v>1951</x:v>
+        <x:v>2154</x:v>
       </x:c>
       <x:c r="P46" s="3" t="n">
-        <x:v>2022</x:v>
+        <x:v>2234</x:v>
       </x:c>
       <x:c r="Q46" s="3" t="n">
-        <x:v>2199</x:v>
+        <x:v>2423</x:v>
       </x:c>
       <x:c r="R46" s="3" t="n">
-        <x:v>2789</x:v>
+        <x:v>3131</x:v>
       </x:c>
       <x:c r="S46" s="3" t="n">
-        <x:v>3217</x:v>
+        <x:v>3555</x:v>
       </x:c>
       <x:c r="T46" s="3" t="n">
-        <x:v>3534</x:v>
+        <x:v>3925</x:v>
       </x:c>
       <x:c r="U46" s="3" t="n">
-        <x:v>3121</x:v>
+        <x:v>3527</x:v>
       </x:c>
       <x:c r="V46" s="3" t="n">
-        <x:v>2987</x:v>
+        <x:v>3386</x:v>
       </x:c>
       <x:c r="W46" s="3" t="n">
-        <x:v>3294</x:v>
+        <x:v>3753</x:v>
       </x:c>
       <x:c r="X46" s="3" t="n">
-        <x:v>3704</x:v>
+        <x:v>4164</x:v>
       </x:c>
       <x:c r="Y46" s="3" t="n">
-        <x:v>3838</x:v>
+        <x:v>4899</x:v>
       </x:c>
       <x:c r="Z46" s="3" t="n">
-        <x:v>3617</x:v>
+        <x:v>4130</x:v>
       </x:c>
       <x:c r="AA46" s="3" t="n">
-        <x:v>4009</x:v>
+        <x:v>4853</x:v>
       </x:c>
       <x:c r="AB46" s="3" t="n">
-        <x:v>4209</x:v>
+        <x:v>4781</x:v>
       </x:c>
       <x:c r="AC46" s="3" t="n">
-        <x:v>4615</x:v>
+        <x:v>5296</x:v>
       </x:c>
       <x:c r="AD46" s="3" t="n">
-        <x:v>4941</x:v>
+        <x:v>5624</x:v>
       </x:c>
       <x:c r="AE46" s="3" t="n">
-        <x:v>5443</x:v>
+        <x:v>6323</x:v>
       </x:c>
       <x:c r="AF46" s="3" t="n">
-        <x:v>5603</x:v>
+        <x:v>6543</x:v>
       </x:c>
       <x:c r="AG46" s="3" t="n">
-        <x:v>5333</x:v>
+        <x:v>6384</x:v>
       </x:c>
       <x:c r="AH46" s="3" t="n">
-        <x:v>5896</x:v>
+        <x:v>6820</x:v>
       </x:c>
       <x:c r="AI46" s="3" t="n">
-        <x:v>6506</x:v>
+        <x:v>7746</x:v>
       </x:c>
       <x:c r="AJ46" s="3" t="n">
-        <x:v>6105</x:v>
+        <x:v>7981</x:v>
       </x:c>
       <x:c r="AK46" s="3" t="n">
-        <x:v>6097</x:v>
+        <x:v>7425</x:v>
       </x:c>
       <x:c r="AL46" s="3" t="n">
-        <x:v>7695</x:v>
+        <x:v>9096</x:v>
       </x:c>
       <x:c r="AM46" s="3" t="n">
-        <x:v>6033</x:v>
+        <x:v>7068</x:v>
       </x:c>
       <x:c r="AN46" s="3" t="n">
-        <x:v>6501</x:v>
+        <x:v>7332</x:v>
       </x:c>
       <x:c r="AO46" s="3" t="n">
-        <x:v>7053</x:v>
+        <x:v>8986</x:v>
       </x:c>
       <x:c r="AP46" s="3" t="n">
-        <x:v>6637</x:v>
+        <x:v>7646</x:v>
       </x:c>
       <x:c r="AQ46" s="3" t="n">
-        <x:v>7077</x:v>
+        <x:v>8882</x:v>
       </x:c>
       <x:c r="AR46" s="3" t="n">
-        <x:v>6920</x:v>
+        <x:v>8317</x:v>
       </x:c>
       <x:c r="AS46" s="3" t="n">
-        <x:v>7215</x:v>
+        <x:v>8371</x:v>
       </x:c>
       <x:c r="AT46" s="3" t="n">
-        <x:v>8077</x:v>
+        <x:v>10204</x:v>
       </x:c>
       <x:c r="AU46" s="3" t="n">
-        <x:v>6324</x:v>
+        <x:v>6425</x:v>
       </x:c>
       <x:c r="AV46" s="3" t="n">
-        <x:v>6309</x:v>
+        <x:v>7128</x:v>
       </x:c>
       <x:c r="AW46" s="3" t="n">
-        <x:v>7901</x:v>
+        <x:v>9670</x:v>
       </x:c>
       <x:c r="AX46" s="3" t="n">
-        <x:v>8374</x:v>
+        <x:v>10442</x:v>
       </x:c>
       <x:c r="AY46" s="3" t="n">
-        <x:v>11835</x:v>
+        <x:v>16193</x:v>
       </x:c>
       <x:c r="AZ46" s="3" t="n">
-        <x:v>9260</x:v>
+        <x:v>11439</x:v>
       </x:c>
       <x:c r="BA46" s="3" t="n">
-        <x:v>8896</x:v>
+        <x:v>10934</x:v>
       </x:c>
       <x:c r="BB46" s="3" t="n">
-        <x:v>10307</x:v>
+        <x:v>11142</x:v>
       </x:c>
       <x:c r="BC46" s="3" t="n">
-        <x:v>10041</x:v>
+        <x:v>11856</x:v>
       </x:c>
       <x:c r="BD46" s="3" t="n">
-        <x:v>9799</x:v>
+        <x:v>12067</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:56">
       <x:c r="A47" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
         <x:v>4741</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>5538</x:v>
       </x:c>
       <x:c r="D47" s="3" t="n">
         <x:v>6475</x:v>
       </x:c>
       <x:c r="E47" s="3" t="n">
         <x:v>6912</x:v>
       </x:c>
       <x:c r="F47" s="3" t="n">
         <x:v>7928</x:v>
       </x:c>
       <x:c r="G47" s="3" t="n">
         <x:v>9437</x:v>
       </x:c>
       <x:c r="H47" s="3" t="n">
@@ -8300,57 +8307,57 @@
       <x:c r="AT47" s="3" t="n">
         <x:v>144637</x:v>
       </x:c>
       <x:c r="AU47" s="3" t="n">
         <x:v>151972</x:v>
       </x:c>
       <x:c r="AV47" s="3" t="n">
         <x:v>165169</x:v>
       </x:c>
       <x:c r="AW47" s="3" t="n">
         <x:v>173845</x:v>
       </x:c>
       <x:c r="AX47" s="3" t="n">
         <x:v>193942</x:v>
       </x:c>
       <x:c r="AY47" s="3" t="n">
         <x:v>214170</x:v>
       </x:c>
       <x:c r="AZ47" s="3" t="n">
         <x:v>217407</x:v>
       </x:c>
       <x:c r="BA47" s="3" t="n">
         <x:v>220457</x:v>
       </x:c>
       <x:c r="BB47" s="3" t="n">
-        <x:v>240029</x:v>
+        <x:v>240971</x:v>
       </x:c>
       <x:c r="BC47" s="3" t="n">
-        <x:v>263864</x:v>
+        <x:v>262355</x:v>
       </x:c>
       <x:c r="BD47" s="3" t="n">
-        <x:v>285678</x:v>
+        <x:v>288807</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:56">
       <x:c r="A48" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
         <x:v>2249</x:v>
       </x:c>
       <x:c r="C48" s="3" t="n">
         <x:v>2493</x:v>
       </x:c>
       <x:c r="D48" s="3" t="n">
         <x:v>2855</x:v>
       </x:c>
       <x:c r="E48" s="3" t="n">
         <x:v>3030</x:v>
       </x:c>
       <x:c r="F48" s="3" t="n">
         <x:v>3618</x:v>
       </x:c>
       <x:c r="G48" s="3" t="n">
         <x:v>4107</x:v>
       </x:c>
       <x:c r="H48" s="3" t="n">
@@ -8470,57 +8477,57 @@
       <x:c r="AT48" s="3" t="n">
         <x:v>85366</x:v>
       </x:c>
       <x:c r="AU48" s="3" t="n">
         <x:v>89044</x:v>
       </x:c>
       <x:c r="AV48" s="3" t="n">
         <x:v>94854</x:v>
       </x:c>
       <x:c r="AW48" s="3" t="n">
         <x:v>104052</x:v>
       </x:c>
       <x:c r="AX48" s="3" t="n">
         <x:v>116072</x:v>
       </x:c>
       <x:c r="AY48" s="3" t="n">
         <x:v>127193</x:v>
       </x:c>
       <x:c r="AZ48" s="3" t="n">
         <x:v>130562</x:v>
       </x:c>
       <x:c r="BA48" s="3" t="n">
         <x:v>135175</x:v>
       </x:c>
       <x:c r="BB48" s="3" t="n">
-        <x:v>145542</x:v>
+        <x:v>146120</x:v>
       </x:c>
       <x:c r="BC48" s="3" t="n">
-        <x:v>166972</x:v>
+        <x:v>164535</x:v>
       </x:c>
       <x:c r="BD48" s="3" t="n">
-        <x:v>180514</x:v>
+        <x:v>177199</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:56">
       <x:c r="A49" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
         <x:v>1589</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>1801</x:v>
       </x:c>
       <x:c r="D49" s="3" t="n">
         <x:v>2159</x:v>
       </x:c>
       <x:c r="E49" s="3" t="n">
         <x:v>2271</x:v>
       </x:c>
       <x:c r="F49" s="3" t="n">
         <x:v>2659</x:v>
       </x:c>
       <x:c r="G49" s="3" t="n">
         <x:v>2952</x:v>
       </x:c>
       <x:c r="H49" s="3" t="n">
@@ -8640,57 +8647,57 @@
       <x:c r="AT49" s="3" t="n">
         <x:v>75107</x:v>
       </x:c>
       <x:c r="AU49" s="3" t="n">
         <x:v>77400</x:v>
       </x:c>
       <x:c r="AV49" s="3" t="n">
         <x:v>82032</x:v>
       </x:c>
       <x:c r="AW49" s="3" t="n">
         <x:v>85998</x:v>
       </x:c>
       <x:c r="AX49" s="3" t="n">
         <x:v>94183</x:v>
       </x:c>
       <x:c r="AY49" s="3" t="n">
         <x:v>100837</x:v>
       </x:c>
       <x:c r="AZ49" s="3" t="n">
         <x:v>103046</x:v>
       </x:c>
       <x:c r="BA49" s="3" t="n">
         <x:v>106385</x:v>
       </x:c>
       <x:c r="BB49" s="3" t="n">
-        <x:v>117672</x:v>
+        <x:v>118226</x:v>
       </x:c>
       <x:c r="BC49" s="3" t="n">
-        <x:v>132565</x:v>
+        <x:v>131868</x:v>
       </x:c>
       <x:c r="BD49" s="3" t="n">
-        <x:v>135732</x:v>
+        <x:v>134920</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:56">
       <x:c r="A50" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
         <x:v>660</x:v>
       </x:c>
       <x:c r="C50" s="3" t="n">
         <x:v>692</x:v>
       </x:c>
       <x:c r="D50" s="3" t="n">
         <x:v>696</x:v>
       </x:c>
       <x:c r="E50" s="3" t="n">
         <x:v>759</x:v>
       </x:c>
       <x:c r="F50" s="3" t="n">
         <x:v>959</x:v>
       </x:c>
       <x:c r="G50" s="3" t="n">
         <x:v>1155</x:v>
       </x:c>
       <x:c r="H50" s="3" t="n">
@@ -8810,57 +8817,57 @@
       <x:c r="AT50" s="3" t="n">
         <x:v>10259</x:v>
       </x:c>
       <x:c r="AU50" s="3" t="n">
         <x:v>11644</x:v>
       </x:c>
       <x:c r="AV50" s="3" t="n">
         <x:v>12822</x:v>
       </x:c>
       <x:c r="AW50" s="3" t="n">
         <x:v>18054</x:v>
       </x:c>
       <x:c r="AX50" s="3" t="n">
         <x:v>21889</x:v>
       </x:c>
       <x:c r="AY50" s="3" t="n">
         <x:v>26356</x:v>
       </x:c>
       <x:c r="AZ50" s="3" t="n">
         <x:v>27516</x:v>
       </x:c>
       <x:c r="BA50" s="3" t="n">
         <x:v>28790</x:v>
       </x:c>
       <x:c r="BB50" s="3" t="n">
-        <x:v>27870</x:v>
+        <x:v>27894</x:v>
       </x:c>
       <x:c r="BC50" s="3" t="n">
-        <x:v>34407</x:v>
+        <x:v>32667</x:v>
       </x:c>
       <x:c r="BD50" s="3" t="n">
-        <x:v>44782</x:v>
+        <x:v>42279</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:56">
       <x:c r="A51" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
         <x:v>2492</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>3045</x:v>
       </x:c>
       <x:c r="D51" s="3" t="n">
         <x:v>3620</x:v>
       </x:c>
       <x:c r="E51" s="3" t="n">
         <x:v>3882</x:v>
       </x:c>
       <x:c r="F51" s="3" t="n">
         <x:v>4310</x:v>
       </x:c>
       <x:c r="G51" s="3" t="n">
         <x:v>5330</x:v>
       </x:c>
       <x:c r="H51" s="3" t="n">
@@ -8980,912 +8987,912 @@
       <x:c r="AT51" s="3" t="n">
         <x:v>59271</x:v>
       </x:c>
       <x:c r="AU51" s="3" t="n">
         <x:v>62928</x:v>
       </x:c>
       <x:c r="AV51" s="3" t="n">
         <x:v>70315</x:v>
       </x:c>
       <x:c r="AW51" s="3" t="n">
         <x:v>69793</x:v>
       </x:c>
       <x:c r="AX51" s="3" t="n">
         <x:v>77870</x:v>
       </x:c>
       <x:c r="AY51" s="3" t="n">
         <x:v>86977</x:v>
       </x:c>
       <x:c r="AZ51" s="3" t="n">
         <x:v>86845</x:v>
       </x:c>
       <x:c r="BA51" s="3" t="n">
         <x:v>85282</x:v>
       </x:c>
       <x:c r="BB51" s="3" t="n">
-        <x:v>94487</x:v>
+        <x:v>94851</x:v>
       </x:c>
       <x:c r="BC51" s="3" t="n">
-        <x:v>96892</x:v>
+        <x:v>97820</x:v>
       </x:c>
       <x:c r="BD51" s="3" t="n">
-        <x:v>105164</x:v>
+        <x:v>111608</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:56">
       <x:c r="A52" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>22489</x:v>
+        <x:v>22539</x:v>
       </x:c>
       <x:c r="C52" s="3" t="n">
-        <x:v>26028</x:v>
+        <x:v>26082</x:v>
       </x:c>
       <x:c r="D52" s="3" t="n">
-        <x:v>28695</x:v>
+        <x:v>28758</x:v>
       </x:c>
       <x:c r="E52" s="3" t="n">
-        <x:v>32395</x:v>
+        <x:v>32465</x:v>
       </x:c>
       <x:c r="F52" s="3" t="n">
-        <x:v>39226</x:v>
+        <x:v>39305</x:v>
       </x:c>
       <x:c r="G52" s="3" t="n">
-        <x:v>46206</x:v>
+        <x:v>46288</x:v>
       </x:c>
       <x:c r="H52" s="3" t="n">
-        <x:v>53607</x:v>
+        <x:v>53703</x:v>
       </x:c>
       <x:c r="I52" s="3" t="n">
-        <x:v>62741</x:v>
+        <x:v>62850</x:v>
       </x:c>
       <x:c r="J52" s="3" t="n">
-        <x:v>67851</x:v>
+        <x:v>67964</x:v>
       </x:c>
       <x:c r="K52" s="3" t="n">
-        <x:v>67810</x:v>
+        <x:v>67928</x:v>
       </x:c>
       <x:c r="L52" s="3" t="n">
-        <x:v>75575</x:v>
+        <x:v>75698</x:v>
       </x:c>
       <x:c r="M52" s="3" t="n">
-        <x:v>84593</x:v>
+        <x:v>84744</x:v>
       </x:c>
       <x:c r="N52" s="3" t="n">
-        <x:v>90313</x:v>
+        <x:v>90537</x:v>
       </x:c>
       <x:c r="O52" s="3" t="n">
-        <x:v>95238</x:v>
+        <x:v>95434</x:v>
       </x:c>
       <x:c r="P52" s="3" t="n">
-        <x:v>101910</x:v>
+        <x:v>102116</x:v>
       </x:c>
       <x:c r="Q52" s="3" t="n">
-        <x:v>115139</x:v>
+        <x:v>115352</x:v>
       </x:c>
       <x:c r="R52" s="3" t="n">
-        <x:v>140022</x:v>
+        <x:v>140350</x:v>
       </x:c>
       <x:c r="S52" s="3" t="n">
-        <x:v>153065</x:v>
+        <x:v>153398</x:v>
       </x:c>
       <x:c r="T52" s="3" t="n">
-        <x:v>154709</x:v>
+        <x:v>155101</x:v>
       </x:c>
       <x:c r="U52" s="3" t="n">
-        <x:v>135139</x:v>
+        <x:v>135545</x:v>
       </x:c>
       <x:c r="V52" s="3" t="n">
-        <x:v>129578</x:v>
+        <x:v>129977</x:v>
       </x:c>
       <x:c r="W52" s="3" t="n">
-        <x:v>123144</x:v>
+        <x:v>123594</x:v>
       </x:c>
       <x:c r="X52" s="3" t="n">
-        <x:v>118974</x:v>
+        <x:v>119418</x:v>
       </x:c>
       <x:c r="Y52" s="3" t="n">
-        <x:v>117968</x:v>
+        <x:v>119018</x:v>
       </x:c>
       <x:c r="Z52" s="3" t="n">
-        <x:v>133816</x:v>
+        <x:v>134317</x:v>
       </x:c>
       <x:c r="AA52" s="3" t="n">
-        <x:v>153984</x:v>
+        <x:v>154841</x:v>
       </x:c>
       <x:c r="AB52" s="3" t="n">
-        <x:v>175914</x:v>
+        <x:v>176503</x:v>
       </x:c>
       <x:c r="AC52" s="3" t="n">
-        <x:v>192541</x:v>
+        <x:v>193233</x:v>
       </x:c>
       <x:c r="AD52" s="3" t="n">
-        <x:v>213083</x:v>
+        <x:v>213779</x:v>
       </x:c>
       <x:c r="AE52" s="3" t="n">
-        <x:v>212471</x:v>
+        <x:v>213360</x:v>
       </x:c>
       <x:c r="AF52" s="3" t="n">
-        <x:v>222630</x:v>
+        <x:v>223582</x:v>
       </x:c>
       <x:c r="AG52" s="3" t="n">
-        <x:v>234151</x:v>
+        <x:v>236180</x:v>
       </x:c>
       <x:c r="AH52" s="3" t="n">
-        <x:v>242767</x:v>
+        <x:v>246306</x:v>
       </x:c>
       <x:c r="AI52" s="3" t="n">
-        <x:v>231397</x:v>
+        <x:v>234102</x:v>
       </x:c>
       <x:c r="AJ52" s="3" t="n">
-        <x:v>268596</x:v>
+        <x:v>277357</x:v>
       </x:c>
       <x:c r="AK52" s="3" t="n">
-        <x:v>308232</x:v>
+        <x:v>313352</x:v>
       </x:c>
       <x:c r="AL52" s="3" t="n">
-        <x:v>354257</x:v>
+        <x:v>365640</x:v>
       </x:c>
       <x:c r="AM52" s="3" t="n">
-        <x:v>429827</x:v>
+        <x:v>449622</x:v>
       </x:c>
       <x:c r="AN52" s="3" t="n">
-        <x:v>453858</x:v>
+        <x:v>485282</x:v>
       </x:c>
       <x:c r="AO52" s="3" t="n">
-        <x:v>414071</x:v>
+        <x:v>439097</x:v>
       </x:c>
       <x:c r="AP52" s="3" t="n">
-        <x:v>394594</x:v>
+        <x:v>415301</x:v>
       </x:c>
       <x:c r="AQ52" s="3" t="n">
-        <x:v>430932</x:v>
+        <x:v>458260</x:v>
       </x:c>
       <x:c r="AR52" s="3" t="n">
-        <x:v>477996</x:v>
+        <x:v>508216</x:v>
       </x:c>
       <x:c r="AS52" s="3" t="n">
-        <x:v>502848</x:v>
+        <x:v>534901</x:v>
       </x:c>
       <x:c r="AT52" s="3" t="n">
-        <x:v>523180</x:v>
+        <x:v>561891</x:v>
       </x:c>
       <x:c r="AU52" s="3" t="n">
-        <x:v>540736</x:v>
+        <x:v>582691</x:v>
       </x:c>
       <x:c r="AV52" s="3" t="n">
-        <x:v>603186</x:v>
+        <x:v>654254</x:v>
       </x:c>
       <x:c r="AW52" s="3" t="n">
-        <x:v>658612</x:v>
+        <x:v>712756</x:v>
       </x:c>
       <x:c r="AX52" s="3" t="n">
-        <x:v>688909</x:v>
+        <x:v>745311</x:v>
       </x:c>
       <x:c r="AY52" s="3" t="n">
-        <x:v>753900</x:v>
+        <x:v>825428</x:v>
       </x:c>
       <x:c r="AZ52" s="3" t="n">
-        <x:v>753064</x:v>
+        <x:v>827178</x:v>
       </x:c>
       <x:c r="BA52" s="3" t="n">
-        <x:v>799782</x:v>
+        <x:v>885797</x:v>
       </x:c>
       <x:c r="BB52" s="3" t="n">
-        <x:v>860705</x:v>
+        <x:v>943638</x:v>
       </x:c>
       <x:c r="BC52" s="3" t="n">
-        <x:v>885219</x:v>
+        <x:v>943327</x:v>
       </x:c>
       <x:c r="BD52" s="3" t="n">
-        <x:v>880112</x:v>
+        <x:v>966762</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:56">
       <x:c r="A53" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="B53" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>414674</x:v>
+      <x:c r="B53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="I53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="J53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="K53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="L53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="M53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="N53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="O53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="P53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="R53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="S53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="T53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="U53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="V53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="W53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="X53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Y53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Z53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AA53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AB53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AC53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AD53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AE53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AF53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AG53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AH53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AI53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AJ53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AK53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AL53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AM53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AN53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AO53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AP53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AQ53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AR53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AS53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AT53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AU53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AV53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AW53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AX53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AY53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AZ53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BA53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BB53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BC53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BD53" s="4" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:56">
       <x:c r="A54" s="2" t="s">
-        <x:v>106</x:v>
-[...164 lines deleted...]
-        <x:v>677182</x:v>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="I54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="J54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="K54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="L54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="M54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="N54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="O54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="P54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Q54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="R54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="S54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="T54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="U54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="V54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="W54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="X54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Y54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Z54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AA54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AB54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AC54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AD54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AE54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AF54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AG54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AH54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AI54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AJ54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AK54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AL54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AM54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AN54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AO54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AP54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AQ54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AR54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AS54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AT54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AU54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AV54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AW54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AX54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AY54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AZ54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BA54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BB54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BC54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BD54" s="4" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:56">
       <x:c r="A55" s="2" t="s">
-        <x:v>107</x:v>
-[...164 lines deleted...]
-        <x:v>465438</x:v>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="I55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="J55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="K55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="L55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="M55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="N55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="O55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="P55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="R55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="S55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="T55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="U55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="V55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="W55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="X55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Y55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Z55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AA55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AB55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AC55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AD55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AE55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AF55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AG55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AH55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AI55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AJ55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AK55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AL55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AM55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AN55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AO55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AP55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AQ55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AR55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AS55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AT55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AU55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AV55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AW55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AX55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AY55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AZ55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BA55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BB55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BC55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BD55" s="4" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:56">
       <x:c r="A57" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:56">
       <x:c r="A58" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:56">
       <x:c r="A59" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:56">
       <x:c r="A61" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:56">
       <x:c r="A62" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:56">
       <x:c r="A63" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:56">
       <x:c r="A65" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:56">
       <x:c r="A66" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:56">
       <x:c r="A68" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:56">
       <x:c r="A69" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:56">
       <x:c r="A70" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:56">
       <x:c r="A71" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:56">
       <x:c r="A72" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:56">
       <x:c r="A74" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:56">
       <x:c r="A75" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:56">
       <x:c r="A76" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:56">
       <x:c r="A78" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:56">
       <x:c r="A79" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:56">
       <x:c r="A80" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:56">
       <x:c r="A85" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:56">
       <x:c r="A86" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:56">
       <x:c r="A87" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:56">
       <x:c r="A88" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:56">
       <x:c r="A89" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:56">
       <x:c r="A90" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:56">
       <x:c r="A92" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:56">
       <x:c r="A93" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:56">
       <x:c r="A94" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:56">
       <x:c r="A97" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:56">
       <x:c r="A98" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:56">
       <x:c r="A102" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:56">
       <x:c r="A104" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:56">
       <x:c r="A105" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:56">
       <x:c r="A107" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:56">
       <x:c r="A108" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>BIF</vt:lpstr>
       <vt:lpstr>BIF!Print_Area</vt:lpstr>
       <vt:lpstr>BIF!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>