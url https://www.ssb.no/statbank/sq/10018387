--- v3 (2025-12-15)
+++ v4 (2026-01-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9e053a1c4fe4f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/646563cf4aee4dffbbfa46d9aa546ad9.psmdcp" Id="R74c84bda86884285" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra435ec2459ee4f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c2e29af4668144f9a41ae61e3f129d2b.psmdcp" Id="R1d4dbb20a20f415f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BIF" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
   <x:si>
     <x:t>09181: Investeringer og kapitalbeholdninger, etter næring, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Bruttoinvestering i fast realkapital. Løpende priser (mill. kr)</x:t>
   </x:si>
   <x:si>