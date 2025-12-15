--- v0 (2025-10-19)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ece4d06ed5c4717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/059affe1e30b4f5795448de2370e97ef.psmdcp" Id="R2c10a97cb94e4785" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re576d1017af9498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a097e9c9d134c81aaa4404c323830d2.psmdcp" Id="R80d9ebe3fe7e4e76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BNP" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>PX-Web Ekstern</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="A4" authorId="0">
       <x:text>
         <x:r>
@@ -235,52 +235,51 @@
   <x:si>
     <x:t>Bruttonasjonalinntekt</x:t>
   </x:si>
   <x:si>
     <x:t>..</x:t>
   </x:si>
   <x:si>
     <x:t>Nasjonalinntekt</x:t>
   </x:si>
   <x:si>
     <x:t>Disponibel inntekt for Norge</x:t>
   </x:si>
   <x:si>
     <x:t>Konsum i husholdninger og ideelle organisasjoner</x:t>
   </x:si>
   <x:si>
     <x:t>MEMO: Bruttonasjonalprodukt. Faste 2015-priser</x:t>
   </x:si>
   <x:si>
     <x:t>De enkelte tallene i faste priser summerer seg ikke opp til del- og totalsummene på grunn av kjedingsavvik.</x:t>
   </x:si>
   <x:si>
     <x:t>Tall fra og med 2022 er foreløpige.</x:t>
   </x:si>
   <x:si>
-    <x:t>Tallet for bruttonasjonalprodukt per innbygger for 2022 ble rettet 08.01.2024 kl. 08.00. &lt;BR&gt;
-Tall fra og med 2022 er foreløpige.</x:t>
+    <x:t>Tabellen vil bli oppdatert 10.12.2025.</x:t>
   </x:si>
   <x:si>
     <x:t>.. = Tallgrunnlag mangler. Tall er ikke kommet inn i våre databaser eller er for usikre til å publiseres.</x:t>
   </x:si>
   <x:si>
     <x:t>* = Foreløpig tall</x:t>
   </x:si>
   <x:si>
     <x:t>statistikkvariabel:</x:t>
   </x:si>
   <x:si>
     <x:t>Bruttonasjonalprodukt:</x:t>
   </x:si>
   <x:si>
     <x:t>Bruttonasjonalprodukt er målt i markedsverdi.</x:t>
   </x:si>
   <x:si>
     <x:t>Sist endret:</x:t>
   </x:si>
   <x:si>
     <x:t>20250620 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bruttonasjonalinntekt:</x:t>
   </x:si>