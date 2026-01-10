--- v1 (2025-12-15)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re576d1017af9498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a097e9c9d134c81aaa4404c323830d2.psmdcp" Id="R80d9ebe3fe7e4e76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra43b9df01dfe41cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4764071333f64ad1bf1c36ff00fa0765.psmdcp" Id="R57149d1a153b4530" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BNP" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>PX-Web Ekstern</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="A4" authorId="0">
       <x:text>
         <x:r>