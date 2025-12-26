--- v0 (2025-12-04)
+++ v1 (2025-12-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f9ad4b4c100456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cfcd97cd8e0c4de7b06be4e4bb0bb2d4.psmdcp" Id="R2dfbaf0c75c0438e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref89f53211aa4802" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/183d7def5e384ce8b0e1b30b189ba682.psmdcp" Id="R78157dbe89554bca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="FastePriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="230" uniqueCount="230">
   <x:si>
     <x:t>09186: Hovedtall for konsum, etter næring, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Faste 2023priser (mill. kr)</x:t>
   </x:si>
   <x:si>