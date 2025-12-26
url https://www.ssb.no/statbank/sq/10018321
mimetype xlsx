--- v1 (2025-12-26)
+++ v2 (2025-12-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref89f53211aa4802" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/183d7def5e384ce8b0e1b30b189ba682.psmdcp" Id="R78157dbe89554bca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66acd5cb406b4262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cd9f1b95bdaa4a2baddd1526a6d48e3d.psmdcp" Id="R4357ef0ea0e14448" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="FastePriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="230" uniqueCount="230">
   <x:si>
     <x:t>09186: Hovedtall for konsum, etter næring, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Faste 2023priser (mill. kr)</x:t>
   </x:si>
   <x:si>