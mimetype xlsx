--- v2 (2025-12-26)
+++ v3 (2026-01-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66acd5cb406b4262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cd9f1b95bdaa4a2baddd1526a6d48e3d.psmdcp" Id="R4357ef0ea0e14448" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7df157747c4c48c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/681064717f3d494d9e62a1a9b15e2109.psmdcp" Id="R28fd0eeec2044004" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="FastePriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="230" uniqueCount="230">
   <x:si>
     <x:t>09186: Hovedtall for konsum, etter næring, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Faste 2023priser (mill. kr)</x:t>
   </x:si>
   <x:si>