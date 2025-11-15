--- v0 (2025-10-21)
+++ v1 (2025-11-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f16c94528d04c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92541e4529c645d4939fcecf6d2ecc21.psmdcp" Id="Raf84d2349ed648cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd80cc5883ff479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/03a61070346f4289b5532e44db93e10f.psmdcp" Id="R552ff9fdab1c4699" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Priser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="230" uniqueCount="230">
   <x:si>
     <x:t>09186: Hovedtall for konsum, etter næring, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Løpende priser (mill. kr)</x:t>
   </x:si>
   <x:si>