--- v1 (2025-11-15)
+++ v2 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd80cc5883ff479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/03a61070346f4289b5532e44db93e10f.psmdcp" Id="R552ff9fdab1c4699" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaba425d46b04126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3f8b91e424bf4773bd9078461cb1645f.psmdcp" Id="R58db26f92bf84e88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Priser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="230" uniqueCount="230">
   <x:si>
     <x:t>09186: Hovedtall for konsum, etter næring, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Løpende priser (mill. kr)</x:t>
   </x:si>
   <x:si>
@@ -586,108 +586,108 @@
   <x:si>
     <x:t>2023K3</x:t>
   </x:si>
   <x:si>
     <x:t>2023K4</x:t>
   </x:si>
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
+    <x:t>2025K3</x:t>
+  </x:si>
+  <x:si>
     <x:t>Konsum i alt</x:t>
   </x:si>
   <x:si>
     <x:t>Konsum i husholdninger og ideelle organisasjoner</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Konsum i husholdninger</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Konsum i ideelle organisasjoner</x:t>
   </x:si>
   <x:si>
     <x:t>Konsum i offentlig forvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Konsum i statsforvaltningen</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Konsum i statsforvaltningen, individuelt</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Konsum i statsforvaltningen, kollektivt</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Konsum i statsforvaltningen, forsvar</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Konsum i kommuneforvaltningen</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Konsum i kommuneforvaltningen, individuelt</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Konsum i kommuneforvaltningen, kollektivt</x:t>
   </x:si>
   <x:si>
     <x:t>Personlig konsum</x:t>
   </x:si>
   <x:si>
     <x:t>Kollektivt konsum</x:t>
   </x:si>
   <x:si>
-    <x:t>Ujusterte tall etter basisår (endelig årsregnskap) er foreløpige.</x:t>
+    <x:t>Tallene etter år 2023 (basisåret) er foreløpige.</x:t>
   </x:si>
   <x:si>
     <x:t>Seriene i faste priser er kjeda volumtall fra basisåret og bakover, og fastpristall fra basisår og fremover. Additivitet i komponentene i volum forekommer kun f.o.m. basisår.</x:t>
   </x:si>
   <x:si>
-    <x:t>Feil i sesongjusterte tall ble rettet 29. november 2024 kl. 11.35.</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Sist endret:</x:t>
   </x:si>
   <x:si>
     <x:t>Løpende priser (mill. kr):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250821 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kilde:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t>Kontakt:</x:t>
   </x:si>
   <x:si>
     <x:t>Achraf Bougroug, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 15</x:t>
   </x:si>
   <x:si>
     <x:t>acb@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Måleenhet:</x:t>
   </x:si>
   <x:si>
     <x:t>mill. kr</x:t>
   </x:si>
@@ -1089,70 +1089,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:GI63"/>
+  <x:dimension ref="A1:GJ62"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="191" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="192" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:191">
+    <x:row r="1" spans="1:192">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:191">
+    <x:row r="3" spans="1:192">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:191">
+    <x:row r="4" spans="1:192">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -1679,2354 +1679,2369 @@
       </x:c>
       <x:c r="GB4" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="GC4" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="GD4" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="GE4" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="GF4" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="GG4" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="GH4" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="GI4" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
+      <x:c r="GJ4" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:191">
+    <x:row r="5" spans="1:192">
       <x:c r="A5" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>39903</x:v>
+        <x:v>39863</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>41734</x:v>
+        <x:v>41695</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>42326</x:v>
+        <x:v>42285</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>46026</x:v>
+        <x:v>45979</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>43612</x:v>
+        <x:v>43546</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>45406</x:v>
+        <x:v>45339</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>45871</x:v>
+        <x:v>45801</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>50952</x:v>
+        <x:v>50876</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>49121</x:v>
+        <x:v>49038</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>50125</x:v>
+        <x:v>50043</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>51881</x:v>
+        <x:v>51797</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>57942</x:v>
+        <x:v>57853</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>55323</x:v>
+        <x:v>55228</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>57362</x:v>
+        <x:v>57265</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>58787</x:v>
+        <x:v>58684</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>65889</x:v>
+        <x:v>65777</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>62750</x:v>
+        <x:v>62648</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>65314</x:v>
+        <x:v>65210</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>66872</x:v>
+        <x:v>66762</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>72652</x:v>
+        <x:v>72535</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>70625</x:v>
+        <x:v>70512</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>71740</x:v>
+        <x:v>71632</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>73884</x:v>
+        <x:v>73767</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>79785</x:v>
+        <x:v>79662</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>76977</x:v>
+        <x:v>76862</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>78490</x:v>
+        <x:v>78379</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>79817</x:v>
+        <x:v>79698</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>87497</x:v>
+        <x:v>87370</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>86152</x:v>
+        <x:v>86021</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>88816</x:v>
+        <x:v>88683</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>91451</x:v>
+        <x:v>91309</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>100719</x:v>
+        <x:v>100568</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>96016</x:v>
+        <x:v>95871</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>101920</x:v>
+        <x:v>101772</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>101119</x:v>
+        <x:v>100963</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>111153</x:v>
+        <x:v>110990</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>106931</x:v>
+        <x:v>106737</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>110224</x:v>
+        <x:v>110027</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>111096</x:v>
+        <x:v>110891</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>120726</x:v>
+        <x:v>120510</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>113677</x:v>
+        <x:v>113497</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>115138</x:v>
+        <x:v>114963</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>115231</x:v>
+        <x:v>115045</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>122162</x:v>
+        <x:v>121977</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>116229</x:v>
+        <x:v>115999</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>121905</x:v>
+        <x:v>121673</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>121824</x:v>
+        <x:v>121581</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>129924</x:v>
+        <x:v>129672</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>123739</x:v>
+        <x:v>123608</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>127924</x:v>
+        <x:v>127789</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>129543</x:v>
+        <x:v>129395</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>137438</x:v>
+        <x:v>137290</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>132469</x:v>
+        <x:v>132241</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>135404</x:v>
+        <x:v>135176</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>137737</x:v>
+        <x:v>137497</x:v>
       </x:c>
       <x:c r="BE5" s="3" t="n">
-        <x:v>148221</x:v>
+        <x:v>147964</x:v>
       </x:c>
       <x:c r="BF5" s="3" t="n">
-        <x:v>142596</x:v>
+        <x:v>142417</x:v>
       </x:c>
       <x:c r="BG5" s="3" t="n">
-        <x:v>141899</x:v>
+        <x:v>141728</x:v>
       </x:c>
       <x:c r="BH5" s="3" t="n">
-        <x:v>143797</x:v>
+        <x:v>143601</x:v>
       </x:c>
       <x:c r="BI5" s="3" t="n">
-        <x:v>156188</x:v>
+        <x:v>155977</x:v>
       </x:c>
       <x:c r="BJ5" s="3" t="n">
-        <x:v>146390</x:v>
+        <x:v>146292</x:v>
       </x:c>
       <x:c r="BK5" s="3" t="n">
-        <x:v>147638</x:v>
+        <x:v>147532</x:v>
       </x:c>
       <x:c r="BL5" s="3" t="n">
-        <x:v>152395</x:v>
+        <x:v>152267</x:v>
       </x:c>
       <x:c r="BM5" s="3" t="n">
-        <x:v>166967</x:v>
+        <x:v>166814</x:v>
       </x:c>
       <x:c r="BN5" s="3" t="n">
-        <x:v>152059</x:v>
+        <x:v>151941</x:v>
       </x:c>
       <x:c r="BO5" s="3" t="n">
-        <x:v>154561</x:v>
+        <x:v>154433</x:v>
       </x:c>
       <x:c r="BP5" s="3" t="n">
-        <x:v>160029</x:v>
+        <x:v>159880</x:v>
       </x:c>
       <x:c r="BQ5" s="3" t="n">
-        <x:v>171538</x:v>
+        <x:v>171389</x:v>
       </x:c>
       <x:c r="BR5" s="3" t="n">
-        <x:v>160958</x:v>
+        <x:v>161377</x:v>
       </x:c>
       <x:c r="BS5" s="3" t="n">
-        <x:v>162810</x:v>
+        <x:v>163219</x:v>
       </x:c>
       <x:c r="BT5" s="3" t="n">
-        <x:v>168523</x:v>
+        <x:v>168923</x:v>
       </x:c>
       <x:c r="BU5" s="3" t="n">
-        <x:v>180520</x:v>
+        <x:v>180921</x:v>
       </x:c>
       <x:c r="BV5" s="3" t="n">
-        <x:v>172694</x:v>
+        <x:v>173262</x:v>
       </x:c>
       <x:c r="BW5" s="3" t="n">
-        <x:v>173285</x:v>
+        <x:v>173834</x:v>
       </x:c>
       <x:c r="BX5" s="3" t="n">
-        <x:v>181062</x:v>
+        <x:v>181623</x:v>
       </x:c>
       <x:c r="BY5" s="3" t="n">
-        <x:v>194733</x:v>
+        <x:v>195305</x:v>
       </x:c>
       <x:c r="BZ5" s="3" t="n">
-        <x:v>177749</x:v>
+        <x:v>178389</x:v>
       </x:c>
       <x:c r="CA5" s="3" t="n">
-        <x:v>188479</x:v>
+        <x:v>189118</x:v>
       </x:c>
       <x:c r="CB5" s="3" t="n">
-        <x:v>191332</x:v>
+        <x:v>191996</x:v>
       </x:c>
       <x:c r="CC5" s="3" t="n">
-        <x:v>205798</x:v>
+        <x:v>206450</x:v>
       </x:c>
       <x:c r="CD5" s="3" t="n">
-        <x:v>190873</x:v>
+        <x:v>191636</x:v>
       </x:c>
       <x:c r="CE5" s="3" t="n">
-        <x:v>198267</x:v>
+        <x:v>199045</x:v>
       </x:c>
       <x:c r="CF5" s="3" t="n">
-        <x:v>206324</x:v>
+        <x:v>207069</x:v>
       </x:c>
       <x:c r="CG5" s="3" t="n">
-        <x:v>217502</x:v>
+        <x:v>218233</x:v>
       </x:c>
       <x:c r="CH5" s="3" t="n">
-        <x:v>205307</x:v>
+        <x:v>206439</x:v>
       </x:c>
       <x:c r="CI5" s="3" t="n">
-        <x:v>208010</x:v>
+        <x:v>209140</x:v>
       </x:c>
       <x:c r="CJ5" s="3" t="n">
-        <x:v>217462</x:v>
+        <x:v>218562</x:v>
       </x:c>
       <x:c r="CK5" s="3" t="n">
-        <x:v>232373</x:v>
+        <x:v>233515</x:v>
       </x:c>
       <x:c r="CL5" s="3" t="n">
-        <x:v>222930</x:v>
+        <x:v>224474</x:v>
       </x:c>
       <x:c r="CM5" s="3" t="n">
-        <x:v>225980</x:v>
+        <x:v>227533</x:v>
       </x:c>
       <x:c r="CN5" s="3" t="n">
-        <x:v>233225</x:v>
+        <x:v>234771</x:v>
       </x:c>
       <x:c r="CO5" s="3" t="n">
-        <x:v>242491</x:v>
+        <x:v>244083</x:v>
       </x:c>
       <x:c r="CP5" s="3" t="n">
-        <x:v>237249</x:v>
+        <x:v>239378</x:v>
       </x:c>
       <x:c r="CQ5" s="3" t="n">
-        <x:v>240162</x:v>
+        <x:v>242311</x:v>
       </x:c>
       <x:c r="CR5" s="3" t="n">
-        <x:v>244814</x:v>
+        <x:v>246972</x:v>
       </x:c>
       <x:c r="CS5" s="3" t="n">
-        <x:v>259127</x:v>
+        <x:v>261314</x:v>
       </x:c>
       <x:c r="CT5" s="3" t="n">
-        <x:v>244169</x:v>
+        <x:v>247436</x:v>
       </x:c>
       <x:c r="CU5" s="3" t="n">
-        <x:v>254494</x:v>
+        <x:v>257748</x:v>
       </x:c>
       <x:c r="CV5" s="3" t="n">
-        <x:v>261664</x:v>
+        <x:v>264945</x:v>
       </x:c>
       <x:c r="CW5" s="3" t="n">
-        <x:v>275905</x:v>
+        <x:v>279347</x:v>
       </x:c>
       <x:c r="CX5" s="3" t="n">
-        <x:v>266272</x:v>
+        <x:v>270325</x:v>
       </x:c>
       <x:c r="CY5" s="3" t="n">
-        <x:v>265578</x:v>
+        <x:v>269435</x:v>
       </x:c>
       <x:c r="CZ5" s="3" t="n">
-        <x:v>276577</x:v>
+        <x:v>280509</x:v>
       </x:c>
       <x:c r="DA5" s="3" t="n">
-        <x:v>288613</x:v>
+        <x:v>292854</x:v>
       </x:c>
       <x:c r="DB5" s="3" t="n">
-        <x:v>278563</x:v>
+        <x:v>283886</x:v>
       </x:c>
       <x:c r="DC5" s="3" t="n">
-        <x:v>283547</x:v>
+        <x:v>288839</x:v>
       </x:c>
       <x:c r="DD5" s="3" t="n">
-        <x:v>293343</x:v>
+        <x:v>298814</x:v>
       </x:c>
       <x:c r="DE5" s="3" t="n">
-        <x:v>305793</x:v>
+        <x:v>311348</x:v>
       </x:c>
       <x:c r="DF5" s="3" t="n">
-        <x:v>284965</x:v>
+        <x:v>292309</x:v>
       </x:c>
       <x:c r="DG5" s="3" t="n">
-        <x:v>305858</x:v>
+        <x:v>313541</x:v>
       </x:c>
       <x:c r="DH5" s="3" t="n">
-        <x:v>311603</x:v>
+        <x:v>319457</x:v>
       </x:c>
       <x:c r="DI5" s="3" t="n">
-        <x:v>319022</x:v>
+        <x:v>326971</x:v>
       </x:c>
       <x:c r="DJ5" s="3" t="n">
-        <x:v>309929</x:v>
+        <x:v>319820</x:v>
       </x:c>
       <x:c r="DK5" s="3" t="n">
-        <x:v>320979</x:v>
+        <x:v>331200</x:v>
       </x:c>
       <x:c r="DL5" s="3" t="n">
-        <x:v>330448</x:v>
+        <x:v>340944</x:v>
       </x:c>
       <x:c r="DM5" s="3" t="n">
-        <x:v>343662</x:v>
+        <x:v>354407</x:v>
       </x:c>
       <x:c r="DN5" s="3" t="n">
-        <x:v>331227</x:v>
+        <x:v>343009</x:v>
       </x:c>
       <x:c r="DO5" s="3" t="n">
-        <x:v>341696</x:v>
+        <x:v>353642</x:v>
       </x:c>
       <x:c r="DP5" s="3" t="n">
-        <x:v>351066</x:v>
+        <x:v>363364</x:v>
       </x:c>
       <x:c r="DQ5" s="3" t="n">
-        <x:v>367381</x:v>
+        <x:v>379730</x:v>
       </x:c>
       <x:c r="DR5" s="3" t="n">
-        <x:v>351685</x:v>
+        <x:v>363163</x:v>
       </x:c>
       <x:c r="DS5" s="3" t="n">
-        <x:v>370626</x:v>
+        <x:v>382278</x:v>
       </x:c>
       <x:c r="DT5" s="3" t="n">
-        <x:v>375678</x:v>
+        <x:v>387497</x:v>
       </x:c>
       <x:c r="DU5" s="3" t="n">
-        <x:v>385248</x:v>
+        <x:v>397129</x:v>
       </x:c>
       <x:c r="DV5" s="3" t="n">
-        <x:v>365698</x:v>
+        <x:v>379052</x:v>
       </x:c>
       <x:c r="DW5" s="3" t="n">
-        <x:v>384456</x:v>
+        <x:v>397693</x:v>
       </x:c>
       <x:c r="DX5" s="3" t="n">
-        <x:v>394918</x:v>
+        <x:v>408329</x:v>
       </x:c>
       <x:c r="DY5" s="3" t="n">
-        <x:v>405327</x:v>
+        <x:v>419215</x:v>
       </x:c>
       <x:c r="DZ5" s="3" t="n">
-        <x:v>396659</x:v>
+        <x:v>411636</x:v>
       </x:c>
       <x:c r="EA5" s="3" t="n">
-        <x:v>402068</x:v>
+        <x:v>416976</x:v>
       </x:c>
       <x:c r="EB5" s="3" t="n">
-        <x:v>413838</x:v>
+        <x:v>429128</x:v>
       </x:c>
       <x:c r="EC5" s="3" t="n">
-        <x:v>427512</x:v>
+        <x:v>443631</x:v>
       </x:c>
       <x:c r="ED5" s="3" t="n">
-        <x:v>408420</x:v>
+        <x:v>425107</x:v>
       </x:c>
       <x:c r="EE5" s="3" t="n">
-        <x:v>425025</x:v>
+        <x:v>441629</x:v>
       </x:c>
       <x:c r="EF5" s="3" t="n">
-        <x:v>432950</x:v>
+        <x:v>450028</x:v>
       </x:c>
       <x:c r="EG5" s="3" t="n">
-        <x:v>442889</x:v>
+        <x:v>460798</x:v>
       </x:c>
       <x:c r="EH5" s="3" t="n">
-        <x:v>429888</x:v>
+        <x:v>448866</x:v>
       </x:c>
       <x:c r="EI5" s="3" t="n">
-        <x:v>443934</x:v>
+        <x:v>462809</x:v>
       </x:c>
       <x:c r="EJ5" s="3" t="n">
-        <x:v>454025</x:v>
+        <x:v>473175</x:v>
       </x:c>
       <x:c r="EK5" s="3" t="n">
-        <x:v>463562</x:v>
+        <x:v>483448</x:v>
       </x:c>
       <x:c r="EL5" s="3" t="n">
-        <x:v>452450</x:v>
+        <x:v>476187</x:v>
       </x:c>
       <x:c r="EM5" s="3" t="n">
-        <x:v>468910</x:v>
+        <x:v>491257</x:v>
       </x:c>
       <x:c r="EN5" s="3" t="n">
-        <x:v>476385</x:v>
+        <x:v>497834</x:v>
       </x:c>
       <x:c r="EO5" s="3" t="n">
-        <x:v>484967</x:v>
+        <x:v>507662</x:v>
       </x:c>
       <x:c r="EP5" s="3" t="n">
-        <x:v>476127</x:v>
+        <x:v>501691</x:v>
       </x:c>
       <x:c r="EQ5" s="3" t="n">
-        <x:v>491319</x:v>
+        <x:v>515491</x:v>
       </x:c>
       <x:c r="ER5" s="3" t="n">
-        <x:v>497994</x:v>
+        <x:v>521311</x:v>
       </x:c>
       <x:c r="ES5" s="3" t="n">
-        <x:v>509786</x:v>
+        <x:v>534659</x:v>
       </x:c>
       <x:c r="ET5" s="3" t="n">
-        <x:v>501415</x:v>
+        <x:v>530558</x:v>
       </x:c>
       <x:c r="EU5" s="3" t="n">
-        <x:v>521897</x:v>
+        <x:v>549377</x:v>
       </x:c>
       <x:c r="EV5" s="3" t="n">
-        <x:v>522962</x:v>
+        <x:v>548969</x:v>
       </x:c>
       <x:c r="EW5" s="3" t="n">
-        <x:v>530999</x:v>
+        <x:v>558510</x:v>
       </x:c>
       <x:c r="EX5" s="3" t="n">
-        <x:v>517925</x:v>
+        <x:v>548316</x:v>
       </x:c>
       <x:c r="EY5" s="3" t="n">
-        <x:v>553683</x:v>
+        <x:v>583386</x:v>
       </x:c>
       <x:c r="EZ5" s="3" t="n">
-        <x:v>531604</x:v>
+        <x:v>560158</x:v>
       </x:c>
       <x:c r="FA5" s="3" t="n">
-        <x:v>562873</x:v>
+        <x:v>594395</x:v>
       </x:c>
       <x:c r="FB5" s="3" t="n">
-        <x:v>546647</x:v>
+        <x:v>579426</x:v>
       </x:c>
       <x:c r="FC5" s="3" t="n">
-        <x:v>571843</x:v>
+        <x:v>603934</x:v>
       </x:c>
       <x:c r="FD5" s="3" t="n">
-        <x:v>556528</x:v>
+        <x:v>588025</x:v>
       </x:c>
       <x:c r="FE5" s="3" t="n">
-        <x:v>587729</x:v>
+        <x:v>622757</x:v>
       </x:c>
       <x:c r="FF5" s="3" t="n">
-        <x:v>564638</x:v>
+        <x:v>601651</x:v>
       </x:c>
       <x:c r="FG5" s="3" t="n">
-        <x:v>600044</x:v>
+        <x:v>635940</x:v>
       </x:c>
       <x:c r="FH5" s="3" t="n">
-        <x:v>577472</x:v>
+        <x:v>611646</x:v>
       </x:c>
       <x:c r="FI5" s="3" t="n">
-        <x:v>612461</x:v>
+        <x:v>650379</x:v>
       </x:c>
       <x:c r="FJ5" s="3" t="n">
-        <x:v>591723</x:v>
+        <x:v>631178</x:v>
       </x:c>
       <x:c r="FK5" s="3" t="n">
-        <x:v>616893</x:v>
+        <x:v>653804</x:v>
       </x:c>
       <x:c r="FL5" s="3" t="n">
-        <x:v>604524</x:v>
+        <x:v>640503</x:v>
       </x:c>
       <x:c r="FM5" s="3" t="n">
-        <x:v>632867</x:v>
+        <x:v>671988</x:v>
       </x:c>
       <x:c r="FN5" s="3" t="n">
-        <x:v>601938</x:v>
+        <x:v>645001</x:v>
       </x:c>
       <x:c r="FO5" s="3" t="n">
-        <x:v>583603</x:v>
+        <x:v>625763</x:v>
       </x:c>
       <x:c r="FP5" s="3" t="n">
-        <x:v>596870</x:v>
+        <x:v>637472</x:v>
       </x:c>
       <x:c r="FQ5" s="3" t="n">
-        <x:v>626192</x:v>
+        <x:v>670687</x:v>
       </x:c>
       <x:c r="FR5" s="3" t="n">
-        <x:v>604247</x:v>
+        <x:v>652514</x:v>
       </x:c>
       <x:c r="FS5" s="3" t="n">
-        <x:v>639438</x:v>
+        <x:v>684606</x:v>
       </x:c>
       <x:c r="FT5" s="3" t="n">
-        <x:v>648251</x:v>
+        <x:v>691882</x:v>
       </x:c>
       <x:c r="FU5" s="3" t="n">
-        <x:v>705105</x:v>
+        <x:v>754460</x:v>
       </x:c>
       <x:c r="FV5" s="3" t="n">
-        <x:v>671784</x:v>
+        <x:v>721770</x:v>
       </x:c>
       <x:c r="FW5" s="3" t="n">
-        <x:v>729376</x:v>
+        <x:v>774559</x:v>
       </x:c>
       <x:c r="FX5" s="3" t="n">
-        <x:v>709248</x:v>
+        <x:v>753947</x:v>
       </x:c>
       <x:c r="FY5" s="3" t="n">
-        <x:v>780815</x:v>
+        <x:v>822027</x:v>
       </x:c>
       <x:c r="FZ5" s="3" t="n">
-        <x:v>734296</x:v>
+        <x:v>780873</x:v>
       </x:c>
       <x:c r="GA5" s="3" t="n">
-        <x:v>777397</x:v>
+        <x:v>814932</x:v>
       </x:c>
       <x:c r="GB5" s="3" t="n">
-        <x:v>752103</x:v>
+        <x:v>789644</x:v>
       </x:c>
       <x:c r="GC5" s="3" t="n">
-        <x:v>811682</x:v>
+        <x:v>849616</x:v>
       </x:c>
       <x:c r="GD5" s="3" t="n">
-        <x:v>772536</x:v>
+        <x:v>810035</x:v>
       </x:c>
       <x:c r="GE5" s="3" t="n">
-        <x:v>828280</x:v>
+        <x:v>865362</x:v>
       </x:c>
       <x:c r="GF5" s="3" t="n">
-        <x:v>791904</x:v>
+        <x:v>837088</x:v>
       </x:c>
       <x:c r="GG5" s="3" t="n">
-        <x:v>841886</x:v>
+        <x:v>885934</x:v>
       </x:c>
       <x:c r="GH5" s="3" t="n">
-        <x:v>818097</x:v>
+        <x:v>857478</x:v>
       </x:c>
       <x:c r="GI5" s="3" t="n">
-        <x:v>863283</x:v>
+        <x:v>906053</x:v>
+      </x:c>
+      <x:c r="GJ5" s="3" t="n">
+        <x:v>880307</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:191">
+    <x:row r="6" spans="1:192">
       <x:c r="A6" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>28039</x:v>
+        <x:v>27999</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>29738</x:v>
+        <x:v>29698</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>30199</x:v>
+        <x:v>30157</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>33899</x:v>
+        <x:v>33852</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>30782</x:v>
+        <x:v>30716</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>32433</x:v>
+        <x:v>32366</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
-        <x:v>32756</x:v>
+        <x:v>32686</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
-        <x:v>37837</x:v>
+        <x:v>37761</x:v>
       </x:c>
       <x:c r="J6" s="3" t="n">
-        <x:v>34330</x:v>
+        <x:v>34247</x:v>
       </x:c>
       <x:c r="K6" s="3" t="n">
-        <x:v>35334</x:v>
+        <x:v>35252</x:v>
       </x:c>
       <x:c r="L6" s="3" t="n">
-        <x:v>36928</x:v>
+        <x:v>36844</x:v>
       </x:c>
       <x:c r="M6" s="3" t="n">
-        <x:v>42989</x:v>
+        <x:v>42900</x:v>
       </x:c>
       <x:c r="N6" s="3" t="n">
-        <x:v>38594</x:v>
+        <x:v>38499</x:v>
       </x:c>
       <x:c r="O6" s="3" t="n">
-        <x:v>40445</x:v>
+        <x:v>40349</x:v>
       </x:c>
       <x:c r="P6" s="3" t="n">
-        <x:v>41687</x:v>
+        <x:v>41584</x:v>
       </x:c>
       <x:c r="Q6" s="3" t="n">
-        <x:v>48789</x:v>
+        <x:v>48677</x:v>
       </x:c>
       <x:c r="R6" s="3" t="n">
-        <x:v>43809</x:v>
+        <x:v>43706</x:v>
       </x:c>
       <x:c r="S6" s="3" t="n">
-        <x:v>46163</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="T6" s="3" t="n">
-        <x:v>47511</x:v>
+        <x:v>47401</x:v>
       </x:c>
       <x:c r="U6" s="3" t="n">
-        <x:v>53291</x:v>
+        <x:v>53174</x:v>
       </x:c>
       <x:c r="V6" s="3" t="n">
-        <x:v>49610</x:v>
+        <x:v>49497</x:v>
       </x:c>
       <x:c r="W6" s="3" t="n">
-        <x:v>50491</x:v>
+        <x:v>50383</x:v>
       </x:c>
       <x:c r="X6" s="3" t="n">
-        <x:v>52402</x:v>
+        <x:v>52284</x:v>
       </x:c>
       <x:c r="Y6" s="3" t="n">
-        <x:v>58303</x:v>
+        <x:v>58180</x:v>
       </x:c>
       <x:c r="Z6" s="3" t="n">
-        <x:v>54076</x:v>
+        <x:v>53961</x:v>
       </x:c>
       <x:c r="AA6" s="3" t="n">
-        <x:v>55588</x:v>
+        <x:v>55478</x:v>
       </x:c>
       <x:c r="AB6" s="3" t="n">
-        <x:v>56664</x:v>
+        <x:v>56545</x:v>
       </x:c>
       <x:c r="AC6" s="3" t="n">
-        <x:v>64344</x:v>
+        <x:v>64217</x:v>
       </x:c>
       <x:c r="AD6" s="3" t="n">
-        <x:v>61335</x:v>
+        <x:v>61205</x:v>
       </x:c>
       <x:c r="AE6" s="3" t="n">
-        <x:v>63723</x:v>
+        <x:v>63590</x:v>
       </x:c>
       <x:c r="AF6" s="3" t="n">
-        <x:v>66083</x:v>
+        <x:v>65940</x:v>
       </x:c>
       <x:c r="AG6" s="3" t="n">
-        <x:v>75350</x:v>
+        <x:v>75199</x:v>
       </x:c>
       <x:c r="AH6" s="3" t="n">
-        <x:v>68727</x:v>
+        <x:v>68581</x:v>
       </x:c>
       <x:c r="AI6" s="3" t="n">
-        <x:v>74326</x:v>
+        <x:v>74179</x:v>
       </x:c>
       <x:c r="AJ6" s="3" t="n">
-        <x:v>73222</x:v>
+        <x:v>73066</x:v>
       </x:c>
       <x:c r="AK6" s="3" t="n">
-        <x:v>83256</x:v>
+        <x:v>83093</x:v>
       </x:c>
       <x:c r="AL6" s="3" t="n">
-        <x:v>75657</x:v>
+        <x:v>75462</x:v>
       </x:c>
       <x:c r="AM6" s="3" t="n">
-        <x:v>78603</x:v>
+        <x:v>78406</x:v>
       </x:c>
       <x:c r="AN6" s="3" t="n">
-        <x:v>79128</x:v>
+        <x:v>78923</x:v>
       </x:c>
       <x:c r="AO6" s="3" t="n">
-        <x:v>88758</x:v>
+        <x:v>88541</x:v>
       </x:c>
       <x:c r="AP6" s="3" t="n">
-        <x:v>80768</x:v>
+        <x:v>80588</x:v>
       </x:c>
       <x:c r="AQ6" s="3" t="n">
-        <x:v>82228</x:v>
+        <x:v>82053</x:v>
       </x:c>
       <x:c r="AR6" s="3" t="n">
-        <x:v>81960</x:v>
+        <x:v>81774</x:v>
       </x:c>
       <x:c r="AS6" s="3" t="n">
-        <x:v>88890</x:v>
+        <x:v>88706</x:v>
       </x:c>
       <x:c r="AT6" s="3" t="n">
-        <x:v>81247</x:v>
+        <x:v>81017</x:v>
       </x:c>
       <x:c r="AU6" s="3" t="n">
-        <x:v>86533</x:v>
+        <x:v>86301</x:v>
       </x:c>
       <x:c r="AV6" s="3" t="n">
-        <x:v>86064</x:v>
+        <x:v>85821</x:v>
       </x:c>
       <x:c r="AW6" s="3" t="n">
-        <x:v>94163</x:v>
+        <x:v>93912</x:v>
       </x:c>
       <x:c r="AX6" s="3" t="n">
-        <x:v>86235</x:v>
+        <x:v>86104</x:v>
       </x:c>
       <x:c r="AY6" s="3" t="n">
-        <x:v>90002</x:v>
+        <x:v>89867</x:v>
       </x:c>
       <x:c r="AZ6" s="3" t="n">
-        <x:v>91205</x:v>
+        <x:v>91057</x:v>
       </x:c>
       <x:c r="BA6" s="3" t="n">
-        <x:v>99100</x:v>
+        <x:v>98952</x:v>
       </x:c>
       <x:c r="BB6" s="3" t="n">
-        <x:v>92126</x:v>
+        <x:v>91898</x:v>
       </x:c>
       <x:c r="BC6" s="3" t="n">
-        <x:v>94492</x:v>
+        <x:v>94263</x:v>
       </x:c>
       <x:c r="BD6" s="3" t="n">
-        <x:v>96473</x:v>
+        <x:v>96232</x:v>
       </x:c>
       <x:c r="BE6" s="3" t="n">
-        <x:v>104776</x:v>
+        <x:v>104520</x:v>
       </x:c>
       <x:c r="BF6" s="3" t="n">
-        <x:v>97317</x:v>
+        <x:v>97138</x:v>
       </x:c>
       <x:c r="BG6" s="3" t="n">
-        <x:v>98307</x:v>
+        <x:v>98136</x:v>
       </x:c>
       <x:c r="BH6" s="3" t="n">
-        <x:v>99773</x:v>
+        <x:v>99577</x:v>
       </x:c>
       <x:c r="BI6" s="3" t="n">
-        <x:v>110592</x:v>
+        <x:v>110382</x:v>
       </x:c>
       <x:c r="BJ6" s="3" t="n">
-        <x:v>98945</x:v>
+        <x:v>98847</x:v>
       </x:c>
       <x:c r="BK6" s="3" t="n">
-        <x:v>102133</x:v>
+        <x:v>102027</x:v>
       </x:c>
       <x:c r="BL6" s="3" t="n">
-        <x:v>106662</x:v>
+        <x:v>106534</x:v>
       </x:c>
       <x:c r="BM6" s="3" t="n">
-        <x:v>117688</x:v>
+        <x:v>117535</x:v>
       </x:c>
       <x:c r="BN6" s="3" t="n">
-        <x:v>104826</x:v>
+        <x:v>104709</x:v>
       </x:c>
       <x:c r="BO6" s="3" t="n">
-        <x:v>106973</x:v>
+        <x:v>106845</x:v>
       </x:c>
       <x:c r="BP6" s="3" t="n">
-        <x:v>111776</x:v>
+        <x:v>111627</x:v>
       </x:c>
       <x:c r="BQ6" s="3" t="n">
-        <x:v>120583</x:v>
+        <x:v>120434</x:v>
       </x:c>
       <x:c r="BR6" s="3" t="n">
-        <x:v>109472</x:v>
+        <x:v>109448</x:v>
       </x:c>
       <x:c r="BS6" s="3" t="n">
-        <x:v>114414</x:v>
+        <x:v>114386</x:v>
       </x:c>
       <x:c r="BT6" s="3" t="n">
-        <x:v>118873</x:v>
+        <x:v>118823</x:v>
       </x:c>
       <x:c r="BU6" s="3" t="n">
-        <x:v>128153</x:v>
+        <x:v>128099</x:v>
       </x:c>
       <x:c r="BV6" s="3" t="n">
-        <x:v>118738</x:v>
+        <x:v>118832</x:v>
       </x:c>
       <x:c r="BW6" s="3" t="n">
-        <x:v>121732</x:v>
+        <x:v>121816</x:v>
       </x:c>
       <x:c r="BX6" s="3" t="n">
-        <x:v>127911</x:v>
+        <x:v>127989</x:v>
       </x:c>
       <x:c r="BY6" s="3" t="n">
-        <x:v>138609</x:v>
+        <x:v>138701</x:v>
       </x:c>
       <x:c r="BZ6" s="3" t="n">
-        <x:v>123047</x:v>
+        <x:v>123214</x:v>
       </x:c>
       <x:c r="CA6" s="3" t="n">
-        <x:v>131079</x:v>
+        <x:v>131222</x:v>
       </x:c>
       <x:c r="CB6" s="3" t="n">
-        <x:v>135173</x:v>
+        <x:v>135319</x:v>
       </x:c>
       <x:c r="CC6" s="3" t="n">
-        <x:v>146043</x:v>
+        <x:v>146161</x:v>
       </x:c>
       <x:c r="CD6" s="3" t="n">
-        <x:v>129843</x:v>
+        <x:v>130068</x:v>
       </x:c>
       <x:c r="CE6" s="3" t="n">
-        <x:v>138463</x:v>
+        <x:v>138673</x:v>
       </x:c>
       <x:c r="CF6" s="3" t="n">
-        <x:v>144239</x:v>
+        <x:v>144404</x:v>
       </x:c>
       <x:c r="CG6" s="3" t="n">
-        <x:v>151894</x:v>
+        <x:v>152065</x:v>
       </x:c>
       <x:c r="CH6" s="3" t="n">
-        <x:v>138793</x:v>
+        <x:v>139278</x:v>
       </x:c>
       <x:c r="CI6" s="3" t="n">
-        <x:v>142664</x:v>
+        <x:v>143170</x:v>
       </x:c>
       <x:c r="CJ6" s="3" t="n">
-        <x:v>152285</x:v>
+        <x:v>152776</x:v>
       </x:c>
       <x:c r="CK6" s="3" t="n">
-        <x:v>163300</x:v>
+        <x:v>163837</x:v>
       </x:c>
       <x:c r="CL6" s="3" t="n">
-        <x:v>150397</x:v>
+        <x:v>151264</x:v>
       </x:c>
       <x:c r="CM6" s="3" t="n">
-        <x:v>157276</x:v>
+        <x:v>158154</x:v>
       </x:c>
       <x:c r="CN6" s="3" t="n">
-        <x:v>163079</x:v>
+        <x:v>163935</x:v>
       </x:c>
       <x:c r="CO6" s="3" t="n">
-        <x:v>169198</x:v>
+        <x:v>170090</x:v>
       </x:c>
       <x:c r="CP6" s="3" t="n">
-        <x:v>157565</x:v>
+        <x:v>159000</x:v>
       </x:c>
       <x:c r="CQ6" s="3" t="n">
-        <x:v>164603</x:v>
+        <x:v>166060</x:v>
       </x:c>
       <x:c r="CR6" s="3" t="n">
-        <x:v>168101</x:v>
+        <x:v>169555</x:v>
       </x:c>
       <x:c r="CS6" s="3" t="n">
-        <x:v>177241</x:v>
+        <x:v>178705</x:v>
       </x:c>
       <x:c r="CT6" s="3" t="n">
-        <x:v>162472</x:v>
+        <x:v>164882</x:v>
       </x:c>
       <x:c r="CU6" s="3" t="n">
-        <x:v>170185</x:v>
+        <x:v>172599</x:v>
       </x:c>
       <x:c r="CV6" s="3" t="n">
-        <x:v>176486</x:v>
+        <x:v>178938</x:v>
       </x:c>
       <x:c r="CW6" s="3" t="n">
-        <x:v>188820</x:v>
+        <x:v>191372</x:v>
       </x:c>
       <x:c r="CX6" s="3" t="n">
-        <x:v>174874</x:v>
+        <x:v>177848</x:v>
       </x:c>
       <x:c r="CY6" s="3" t="n">
-        <x:v>178932</x:v>
+        <x:v>181816</x:v>
       </x:c>
       <x:c r="CZ6" s="3" t="n">
-        <x:v>188047</x:v>
+        <x:v>191030</x:v>
       </x:c>
       <x:c r="DA6" s="3" t="n">
-        <x:v>198839</x:v>
+        <x:v>202072</x:v>
       </x:c>
       <x:c r="DB6" s="3" t="n">
-        <x:v>185765</x:v>
+        <x:v>190123</x:v>
       </x:c>
       <x:c r="DC6" s="3" t="n">
-        <x:v>193737</x:v>
+        <x:v>198063</x:v>
       </x:c>
       <x:c r="DD6" s="3" t="n">
-        <x:v>201666</x:v>
+        <x:v>206140</x:v>
       </x:c>
       <x:c r="DE6" s="3" t="n">
-        <x:v>209149</x:v>
+        <x:v>213708</x:v>
       </x:c>
       <x:c r="DF6" s="3" t="n">
-        <x:v>190801</x:v>
+        <x:v>197146</x:v>
       </x:c>
       <x:c r="DG6" s="3" t="n">
-        <x:v>207683</x:v>
+        <x:v>214315</x:v>
       </x:c>
       <x:c r="DH6" s="3" t="n">
-        <x:v>216734</x:v>
+        <x:v>223511</x:v>
       </x:c>
       <x:c r="DI6" s="3" t="n">
-        <x:v>219337</x:v>
+        <x:v>226206</x:v>
       </x:c>
       <x:c r="DJ6" s="3" t="n">
-        <x:v>205975</x:v>
+        <x:v>214807</x:v>
       </x:c>
       <x:c r="DK6" s="3" t="n">
-        <x:v>220759</x:v>
+        <x:v>229949</x:v>
       </x:c>
       <x:c r="DL6" s="3" t="n">
-        <x:v>228358</x:v>
+        <x:v>237755</x:v>
       </x:c>
       <x:c r="DM6" s="3" t="n">
-        <x:v>236820</x:v>
+        <x:v>246413</x:v>
       </x:c>
       <x:c r="DN6" s="3" t="n">
-        <x:v>221543</x:v>
+        <x:v>231980</x:v>
       </x:c>
       <x:c r="DO6" s="3" t="n">
-        <x:v>234533</x:v>
+        <x:v>245160</x:v>
       </x:c>
       <x:c r="DP6" s="3" t="n">
-        <x:v>241898</x:v>
+        <x:v>252838</x:v>
       </x:c>
       <x:c r="DQ6" s="3" t="n">
-        <x:v>253240</x:v>
+        <x:v>264197</x:v>
       </x:c>
       <x:c r="DR6" s="3" t="n">
-        <x:v>235916</x:v>
+        <x:v>245980</x:v>
       </x:c>
       <x:c r="DS6" s="3" t="n">
-        <x:v>251344</x:v>
+        <x:v>261608</x:v>
       </x:c>
       <x:c r="DT6" s="3" t="n">
-        <x:v>253267</x:v>
+        <x:v>263628</x:v>
       </x:c>
       <x:c r="DU6" s="3" t="n">
-        <x:v>260226</x:v>
+        <x:v>270609</x:v>
       </x:c>
       <x:c r="DV6" s="3" t="n">
-        <x:v>237950</x:v>
+        <x:v>250258</x:v>
       </x:c>
       <x:c r="DW6" s="3" t="n">
-        <x:v>254234</x:v>
+        <x:v>266450</x:v>
       </x:c>
       <x:c r="DX6" s="3" t="n">
-        <x:v>261648</x:v>
+        <x:v>273987</x:v>
       </x:c>
       <x:c r="DY6" s="3" t="n">
-        <x:v>272053</x:v>
+        <x:v>284902</x:v>
       </x:c>
       <x:c r="DZ6" s="3" t="n">
-        <x:v>260375</x:v>
+        <x:v>274404</x:v>
       </x:c>
       <x:c r="EA6" s="3" t="n">
-        <x:v>265223</x:v>
+        <x:v>279113</x:v>
       </x:c>
       <x:c r="EB6" s="3" t="n">
-        <x:v>274317</x:v>
+        <x:v>288397</x:v>
       </x:c>
       <x:c r="EC6" s="3" t="n">
-        <x:v>287135</x:v>
+        <x:v>302029</x:v>
       </x:c>
       <x:c r="ED6" s="3" t="n">
-        <x:v>266175</x:v>
+        <x:v>282140</x:v>
       </x:c>
       <x:c r="EE6" s="3" t="n">
-        <x:v>280966</x:v>
+        <x:v>296785</x:v>
       </x:c>
       <x:c r="EF6" s="3" t="n">
-        <x:v>284518</x:v>
+        <x:v>300613</x:v>
       </x:c>
       <x:c r="EG6" s="3" t="n">
-        <x:v>293430</x:v>
+        <x:v>310081</x:v>
       </x:c>
       <x:c r="EH6" s="3" t="n">
-        <x:v>279145</x:v>
+        <x:v>296820</x:v>
       </x:c>
       <x:c r="EI6" s="3" t="n">
-        <x:v>291433</x:v>
+        <x:v>308890</x:v>
       </x:c>
       <x:c r="EJ6" s="3" t="n">
-        <x:v>299019</x:v>
+        <x:v>316613</x:v>
       </x:c>
       <x:c r="EK6" s="3" t="n">
-        <x:v>307008</x:v>
+        <x:v>325246</x:v>
       </x:c>
       <x:c r="EL6" s="3" t="n">
-        <x:v>293768</x:v>
+        <x:v>315769</x:v>
       </x:c>
       <x:c r="EM6" s="3" t="n">
-        <x:v>308057</x:v>
+        <x:v>328582</x:v>
       </x:c>
       <x:c r="EN6" s="3" t="n">
-        <x:v>312973</x:v>
+        <x:v>332676</x:v>
       </x:c>
       <x:c r="EO6" s="3" t="n">
-        <x:v>319590</x:v>
+        <x:v>340524</x:v>
       </x:c>
       <x:c r="EP6" s="3" t="n">
-        <x:v>308121</x:v>
+        <x:v>332289</x:v>
       </x:c>
       <x:c r="EQ6" s="3" t="n">
-        <x:v>321200</x:v>
+        <x:v>343972</x:v>
       </x:c>
       <x:c r="ER6" s="3" t="n">
-        <x:v>325080</x:v>
+        <x:v>346934</x:v>
       </x:c>
       <x:c r="ES6" s="3" t="n">
-        <x:v>334001</x:v>
+        <x:v>357372</x:v>
       </x:c>
       <x:c r="ET6" s="3" t="n">
-        <x:v>324730</x:v>
+        <x:v>351984</x:v>
       </x:c>
       <x:c r="EU6" s="3" t="n">
-        <x:v>335221</x:v>
+        <x:v>360737</x:v>
       </x:c>
       <x:c r="EV6" s="3" t="n">
-        <x:v>342358</x:v>
+        <x:v>366918</x:v>
       </x:c>
       <x:c r="EW6" s="3" t="n">
-        <x:v>351959</x:v>
+        <x:v>377956</x:v>
       </x:c>
       <x:c r="EX6" s="3" t="n">
-        <x:v>335247</x:v>
+        <x:v>364257</x:v>
       </x:c>
       <x:c r="EY6" s="3" t="n">
-        <x:v>359021</x:v>
+        <x:v>387166</x:v>
       </x:c>
       <x:c r="EZ6" s="3" t="n">
-        <x:v>344483</x:v>
+        <x:v>371405</x:v>
       </x:c>
       <x:c r="FA6" s="3" t="n">
-        <x:v>372667</x:v>
+        <x:v>402499</x:v>
       </x:c>
       <x:c r="FB6" s="3" t="n">
-        <x:v>355073</x:v>
+        <x:v>386512</x:v>
       </x:c>
       <x:c r="FC6" s="3" t="n">
-        <x:v>367883</x:v>
+        <x:v>398201</x:v>
       </x:c>
       <x:c r="FD6" s="3" t="n">
-        <x:v>359787</x:v>
+        <x:v>389595</x:v>
       </x:c>
       <x:c r="FE6" s="3" t="n">
-        <x:v>388913</x:v>
+        <x:v>422254</x:v>
       </x:c>
       <x:c r="FF6" s="3" t="n">
-        <x:v>363868</x:v>
+        <x:v>399297</x:v>
       </x:c>
       <x:c r="FG6" s="3" t="n">
-        <x:v>387324</x:v>
+        <x:v>421619</x:v>
       </x:c>
       <x:c r="FH6" s="3" t="n">
-        <x:v>373345</x:v>
+        <x:v>405969</x:v>
       </x:c>
       <x:c r="FI6" s="3" t="n">
-        <x:v>403425</x:v>
+        <x:v>440050</x:v>
       </x:c>
       <x:c r="FJ6" s="3" t="n">
-        <x:v>381807</x:v>
+        <x:v>419837</x:v>
       </x:c>
       <x:c r="FK6" s="3" t="n">
-        <x:v>395267</x:v>
+        <x:v>430671</x:v>
       </x:c>
       <x:c r="FL6" s="3" t="n">
-        <x:v>388557</x:v>
+        <x:v>423144</x:v>
       </x:c>
       <x:c r="FM6" s="3" t="n">
-        <x:v>413388</x:v>
+        <x:v>450976</x:v>
       </x:c>
       <x:c r="FN6" s="3" t="n">
-        <x:v>380800</x:v>
+        <x:v>422218</x:v>
       </x:c>
       <x:c r="FO6" s="3" t="n">
-        <x:v>353045</x:v>
+        <x:v>393251</x:v>
       </x:c>
       <x:c r="FP6" s="3" t="n">
-        <x:v>372206</x:v>
+        <x:v>410993</x:v>
       </x:c>
       <x:c r="FQ6" s="3" t="n">
-        <x:v>397903</x:v>
+        <x:v>440235</x:v>
       </x:c>
       <x:c r="FR6" s="3" t="n">
-        <x:v>370719</x:v>
+        <x:v>417066</x:v>
       </x:c>
       <x:c r="FS6" s="3" t="n">
-        <x:v>391093</x:v>
+        <x:v>434069</x:v>
       </x:c>
       <x:c r="FT6" s="3" t="n">
-        <x:v>407991</x:v>
+        <x:v>449721</x:v>
       </x:c>
       <x:c r="FU6" s="3" t="n">
-        <x:v>456545</x:v>
+        <x:v>503540</x:v>
       </x:c>
       <x:c r="FV6" s="3" t="n">
-        <x:v>421473</x:v>
+        <x:v>468711</x:v>
       </x:c>
       <x:c r="FW6" s="3" t="n">
-        <x:v>464729</x:v>
+        <x:v>506824</x:v>
       </x:c>
       <x:c r="FX6" s="3" t="n">
-        <x:v>452663</x:v>
+        <x:v>494564</x:v>
       </x:c>
       <x:c r="FY6" s="3" t="n">
-        <x:v>517634</x:v>
+        <x:v>556245</x:v>
       </x:c>
       <x:c r="FZ6" s="3" t="n">
-        <x:v>468554</x:v>
+        <x:v>512935</x:v>
       </x:c>
       <x:c r="GA6" s="3" t="n">
-        <x:v>494318</x:v>
+        <x:v>529658</x:v>
       </x:c>
       <x:c r="GB6" s="3" t="n">
-        <x:v>474423</x:v>
+        <x:v>510228</x:v>
       </x:c>
       <x:c r="GC6" s="3" t="n">
-        <x:v>521721</x:v>
+        <x:v>558217</x:v>
       </x:c>
       <x:c r="GD6" s="3" t="n">
-        <x:v>485721</x:v>
+        <x:v>522422</x:v>
       </x:c>
       <x:c r="GE6" s="3" t="n">
-        <x:v>526067</x:v>
+        <x:v>561780</x:v>
       </x:c>
       <x:c r="GF6" s="3" t="n">
-        <x:v>497330</x:v>
+        <x:v>541776</x:v>
       </x:c>
       <x:c r="GG6" s="3" t="n">
-        <x:v>541575</x:v>
+        <x:v>584615</x:v>
       </x:c>
       <x:c r="GH6" s="3" t="n">
-        <x:v>516184</x:v>
+        <x:v>555129</x:v>
       </x:c>
       <x:c r="GI6" s="3" t="n">
-        <x:v>544161</x:v>
+        <x:v>586558</x:v>
+      </x:c>
+      <x:c r="GJ6" s="3" t="n">
+        <x:v>571156</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:191">
+    <x:row r="7" spans="1:192">
       <x:c r="A7" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>26465</x:v>
+        <x:v>26466</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>28146</x:v>
+        <x:v>28148</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>28589</x:v>
+        <x:v>28590</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>32289</x:v>
+        <x:v>32285</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>29046</x:v>
+        <x:v>29049</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>30677</x:v>
+        <x:v>30680</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
         <x:v>30981</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
-        <x:v>36062</x:v>
+        <x:v>36056</x:v>
       </x:c>
       <x:c r="J7" s="3" t="n">
-        <x:v>32362</x:v>
+        <x:v>32363</x:v>
       </x:c>
       <x:c r="K7" s="3" t="n">
-        <x:v>33366</x:v>
+        <x:v>33368</x:v>
       </x:c>
       <x:c r="L7" s="3" t="n">
-        <x:v>34938</x:v>
+        <x:v>34940</x:v>
       </x:c>
       <x:c r="M7" s="3" t="n">
-        <x:v>41000</x:v>
+        <x:v>40995</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>36376</x:v>
+        <x:v>36380</x:v>
       </x:c>
       <x:c r="O7" s="3" t="n">
-        <x:v>38202</x:v>
+        <x:v>38207</x:v>
       </x:c>
       <x:c r="P7" s="3" t="n">
         <x:v>39419</x:v>
       </x:c>
       <x:c r="Q7" s="3" t="n">
-        <x:v>46521</x:v>
+        <x:v>46512</x:v>
       </x:c>
       <x:c r="R7" s="3" t="n">
-        <x:v>41270</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="S7" s="3" t="n">
-        <x:v>43595</x:v>
+        <x:v>43599</x:v>
       </x:c>
       <x:c r="T7" s="3" t="n">
-        <x:v>44916</x:v>
+        <x:v>44915</x:v>
       </x:c>
       <x:c r="U7" s="3" t="n">
-        <x:v>50695</x:v>
+        <x:v>50688</x:v>
       </x:c>
       <x:c r="V7" s="3" t="n">
-        <x:v>46830</x:v>
+        <x:v>46832</x:v>
       </x:c>
       <x:c r="W7" s="3" t="n">
-        <x:v>47681</x:v>
+        <x:v>47688</x:v>
       </x:c>
       <x:c r="X7" s="3" t="n">
         <x:v>49560</x:v>
       </x:c>
       <x:c r="Y7" s="3" t="n">
-        <x:v>55462</x:v>
+        <x:v>55455</x:v>
       </x:c>
       <x:c r="Z7" s="3" t="n">
-        <x:v>51053</x:v>
+        <x:v>51056</x:v>
       </x:c>
       <x:c r="AA7" s="3" t="n">
-        <x:v>52566</x:v>
+        <x:v>52573</x:v>
       </x:c>
       <x:c r="AB7" s="3" t="n">
-        <x:v>53609</x:v>
+        <x:v>53608</x:v>
       </x:c>
       <x:c r="AC7" s="3" t="n">
-        <x:v>61289</x:v>
+        <x:v>61280</x:v>
       </x:c>
       <x:c r="AD7" s="3" t="n">
-        <x:v>58105</x:v>
+        <x:v>58112</x:v>
       </x:c>
       <x:c r="AE7" s="3" t="n">
-        <x:v>60458</x:v>
+        <x:v>60463</x:v>
       </x:c>
       <x:c r="AF7" s="3" t="n">
-        <x:v>62781</x:v>
+        <x:v>62778</x:v>
       </x:c>
       <x:c r="AG7" s="3" t="n">
-        <x:v>72048</x:v>
+        <x:v>72038</x:v>
       </x:c>
       <x:c r="AH7" s="3" t="n">
-        <x:v>65089</x:v>
+        <x:v>65094</x:v>
       </x:c>
       <x:c r="AI7" s="3" t="n">
-        <x:v>70648</x:v>
+        <x:v>70653</x:v>
       </x:c>
       <x:c r="AJ7" s="3" t="n">
-        <x:v>69503</x:v>
+        <x:v>69501</x:v>
       </x:c>
       <x:c r="AK7" s="3" t="n">
-        <x:v>79537</x:v>
+        <x:v>79529</x:v>
       </x:c>
       <x:c r="AL7" s="3" t="n">
-        <x:v>71616</x:v>
+        <x:v>71623</x:v>
       </x:c>
       <x:c r="AM7" s="3" t="n">
-        <x:v>74518</x:v>
+        <x:v>74524</x:v>
       </x:c>
       <x:c r="AN7" s="3" t="n">
         <x:v>74998</x:v>
       </x:c>
       <x:c r="AO7" s="3" t="n">
-        <x:v>84628</x:v>
+        <x:v>84616</x:v>
       </x:c>
       <x:c r="AP7" s="3" t="n">
         <x:v>76405</x:v>
       </x:c>
       <x:c r="AQ7" s="3" t="n">
-        <x:v>77866</x:v>
+        <x:v>77871</x:v>
       </x:c>
       <x:c r="AR7" s="3" t="n">
-        <x:v>77549</x:v>
+        <x:v>77546</x:v>
       </x:c>
       <x:c r="AS7" s="3" t="n">
-        <x:v>84480</x:v>
+        <x:v>84477</x:v>
       </x:c>
       <x:c r="AT7" s="3" t="n">
-        <x:v>76667</x:v>
+        <x:v>76673</x:v>
       </x:c>
       <x:c r="AU7" s="3" t="n">
-        <x:v>81902</x:v>
+        <x:v>81909</x:v>
       </x:c>
       <x:c r="AV7" s="3" t="n">
-        <x:v>81382</x:v>
+        <x:v>81380</x:v>
       </x:c>
       <x:c r="AW7" s="3" t="n">
-        <x:v>89481</x:v>
+        <x:v>89471</x:v>
       </x:c>
       <x:c r="AX7" s="3" t="n">
-        <x:v>81398</x:v>
+        <x:v>81406</x:v>
       </x:c>
       <x:c r="AY7" s="3" t="n">
-        <x:v>85112</x:v>
+        <x:v>85117</x:v>
       </x:c>
       <x:c r="AZ7" s="3" t="n">
-        <x:v>86261</x:v>
+        <x:v>86255</x:v>
       </x:c>
       <x:c r="BA7" s="3" t="n">
-        <x:v>94156</x:v>
+        <x:v>94149</x:v>
       </x:c>
       <x:c r="BB7" s="3" t="n">
-        <x:v>87104</x:v>
+        <x:v>87113</x:v>
       </x:c>
       <x:c r="BC7" s="3" t="n">
-        <x:v>89693</x:v>
+        <x:v>89699</x:v>
       </x:c>
       <x:c r="BD7" s="3" t="n">
-        <x:v>91405</x:v>
+        <x:v>91401</x:v>
       </x:c>
       <x:c r="BE7" s="3" t="n">
-        <x:v>99794</x:v>
+        <x:v>99783</x:v>
       </x:c>
       <x:c r="BF7" s="3" t="n">
-        <x:v>92224</x:v>
+        <x:v>92232</x:v>
       </x:c>
       <x:c r="BG7" s="3" t="n">
-        <x:v>93197</x:v>
+        <x:v>93204</x:v>
       </x:c>
       <x:c r="BH7" s="3" t="n">
-        <x:v>94538</x:v>
+        <x:v>94535</x:v>
       </x:c>
       <x:c r="BI7" s="3" t="n">
-        <x:v>105438</x:v>
+        <x:v>105426</x:v>
       </x:c>
       <x:c r="BJ7" s="3" t="n">
-        <x:v>93732</x:v>
+        <x:v>93751</x:v>
       </x:c>
       <x:c r="BK7" s="3" t="n">
-        <x:v>96951</x:v>
+        <x:v>96960</x:v>
       </x:c>
       <x:c r="BL7" s="3" t="n">
-        <x:v>101346</x:v>
+        <x:v>101337</x:v>
       </x:c>
       <x:c r="BM7" s="3" t="n">
-        <x:v>112561</x:v>
+        <x:v>112542</x:v>
       </x:c>
       <x:c r="BN7" s="3" t="n">
-        <x:v>99478</x:v>
+        <x:v>99495</x:v>
       </x:c>
       <x:c r="BO7" s="3" t="n">
-        <x:v>101595</x:v>
+        <x:v>101597</x:v>
       </x:c>
       <x:c r="BP7" s="3" t="n">
-        <x:v>106287</x:v>
+        <x:v>106278</x:v>
       </x:c>
       <x:c r="BQ7" s="3" t="n">
-        <x:v>115362</x:v>
+        <x:v>115352</x:v>
       </x:c>
       <x:c r="BR7" s="3" t="n">
-        <x:v>104056</x:v>
+        <x:v>104066</x:v>
       </x:c>
       <x:c r="BS7" s="3" t="n">
-        <x:v>108960</x:v>
+        <x:v>108964</x:v>
       </x:c>
       <x:c r="BT7" s="3" t="n">
-        <x:v>113494</x:v>
+        <x:v>113488</x:v>
       </x:c>
       <x:c r="BU7" s="3" t="n">
-        <x:v>123071</x:v>
+        <x:v>123061</x:v>
       </x:c>
       <x:c r="BV7" s="3" t="n">
-        <x:v>113510</x:v>
+        <x:v>113524</x:v>
       </x:c>
       <x:c r="BW7" s="3" t="n">
-        <x:v>116381</x:v>
+        <x:v>116387</x:v>
       </x:c>
       <x:c r="BX7" s="3" t="n">
-        <x:v>122318</x:v>
+        <x:v>122311</x:v>
       </x:c>
       <x:c r="BY7" s="3" t="n">
-        <x:v>132992</x:v>
+        <x:v>132979</x:v>
       </x:c>
       <x:c r="BZ7" s="3" t="n">
-        <x:v>117503</x:v>
+        <x:v>117535</x:v>
       </x:c>
       <x:c r="CA7" s="3" t="n">
-        <x:v>125563</x:v>
+        <x:v>125559</x:v>
       </x:c>
       <x:c r="CB7" s="3" t="n">
-        <x:v>129449</x:v>
+        <x:v>129442</x:v>
       </x:c>
       <x:c r="CC7" s="3" t="n">
-        <x:v>140583</x:v>
+        <x:v>140561</x:v>
       </x:c>
       <x:c r="CD7" s="3" t="n">
-        <x:v>124124</x:v>
+        <x:v>124156</x:v>
       </x:c>
       <x:c r="CE7" s="3" t="n">
-        <x:v>132728</x:v>
+        <x:v>132738</x:v>
       </x:c>
       <x:c r="CF7" s="3" t="n">
-        <x:v>138362</x:v>
+        <x:v>138345</x:v>
       </x:c>
       <x:c r="CG7" s="3" t="n">
-        <x:v>145979</x:v>
+        <x:v>145954</x:v>
       </x:c>
       <x:c r="CH7" s="3" t="n">
-        <x:v>132731</x:v>
+        <x:v>133059</x:v>
       </x:c>
       <x:c r="CI7" s="3" t="n">
-        <x:v>136474</x:v>
+        <x:v>136798</x:v>
       </x:c>
       <x:c r="CJ7" s="3" t="n">
-        <x:v>145969</x:v>
+        <x:v>146283</x:v>
       </x:c>
       <x:c r="CK7" s="3" t="n">
-        <x:v>157045</x:v>
+        <x:v>157373</x:v>
       </x:c>
       <x:c r="CL7" s="3" t="n">
-        <x:v>144013</x:v>
+        <x:v>144715</x:v>
       </x:c>
       <x:c r="CM7" s="3" t="n">
-        <x:v>150734</x:v>
+        <x:v>151432</x:v>
       </x:c>
       <x:c r="CN7" s="3" t="n">
-        <x:v>156352</x:v>
+        <x:v>157042</x:v>
       </x:c>
       <x:c r="CO7" s="3" t="n">
-        <x:v>162740</x:v>
+        <x:v>163453</x:v>
       </x:c>
       <x:c r="CP7" s="3" t="n">
-        <x:v>150803</x:v>
+        <x:v>151908</x:v>
       </x:c>
       <x:c r="CQ7" s="3" t="n">
-        <x:v>158076</x:v>
+        <x:v>159178</x:v>
       </x:c>
       <x:c r="CR7" s="3" t="n">
-        <x:v>161506</x:v>
+        <x:v>162605</x:v>
       </x:c>
       <x:c r="CS7" s="3" t="n">
-        <x:v>170384</x:v>
+        <x:v>171519</x:v>
       </x:c>
       <x:c r="CT7" s="3" t="n">
-        <x:v>155427</x:v>
+        <x:v>157436</x:v>
       </x:c>
       <x:c r="CU7" s="3" t="n">
-        <x:v>163212</x:v>
+        <x:v>165228</x:v>
       </x:c>
       <x:c r="CV7" s="3" t="n">
-        <x:v>169446</x:v>
+        <x:v>171510</x:v>
       </x:c>
       <x:c r="CW7" s="3" t="n">
-        <x:v>181579</x:v>
+        <x:v>183714</x:v>
       </x:c>
       <x:c r="CX7" s="3" t="n">
-        <x:v>167174</x:v>
+        <x:v>170046</x:v>
       </x:c>
       <x:c r="CY7" s="3" t="n">
-        <x:v>171322</x:v>
+        <x:v>174095</x:v>
       </x:c>
       <x:c r="CZ7" s="3" t="n">
-        <x:v>180361</x:v>
+        <x:v>183256</x:v>
       </x:c>
       <x:c r="DA7" s="3" t="n">
-        <x:v>190935</x:v>
+        <x:v>194054</x:v>
       </x:c>
       <x:c r="DB7" s="3" t="n">
-        <x:v>177462</x:v>
+        <x:v>181360</x:v>
       </x:c>
       <x:c r="DC7" s="3" t="n">
-        <x:v>185628</x:v>
+        <x:v>189464</x:v>
       </x:c>
       <x:c r="DD7" s="3" t="n">
-        <x:v>193481</x:v>
+        <x:v>197451</x:v>
       </x:c>
       <x:c r="DE7" s="3" t="n">
-        <x:v>200730</x:v>
+        <x:v>204825</x:v>
       </x:c>
       <x:c r="DF7" s="3" t="n">
-        <x:v>181666</x:v>
+        <x:v>187731</x:v>
       </x:c>
       <x:c r="DG7" s="3" t="n">
-        <x:v>198738</x:v>
+        <x:v>205039</x:v>
       </x:c>
       <x:c r="DH7" s="3" t="n">
-        <x:v>207705</x:v>
+        <x:v>214138</x:v>
       </x:c>
       <x:c r="DI7" s="3" t="n">
-        <x:v>210041</x:v>
+        <x:v>216624</x:v>
       </x:c>
       <x:c r="DJ7" s="3" t="n">
-        <x:v>196460</x:v>
+        <x:v>205159</x:v>
       </x:c>
       <x:c r="DK7" s="3" t="n">
-        <x:v>210952</x:v>
+        <x:v>219949</x:v>
       </x:c>
       <x:c r="DL7" s="3" t="n">
-        <x:v>218752</x:v>
+        <x:v>227944</x:v>
       </x:c>
       <x:c r="DM7" s="3" t="n">
-        <x:v>227103</x:v>
+        <x:v>236559</x:v>
       </x:c>
       <x:c r="DN7" s="3" t="n">
-        <x:v>211488</x:v>
+        <x:v>221871</x:v>
       </x:c>
       <x:c r="DO7" s="3" t="n">
-        <x:v>224238</x:v>
+        <x:v>234729</x:v>
       </x:c>
       <x:c r="DP7" s="3" t="n">
-        <x:v>231786</x:v>
+        <x:v>242575</x:v>
       </x:c>
       <x:c r="DQ7" s="3" t="n">
-        <x:v>242983</x:v>
+        <x:v>253883</x:v>
       </x:c>
       <x:c r="DR7" s="3" t="n">
-        <x:v>225000</x:v>
+        <x:v>235086</x:v>
       </x:c>
       <x:c r="DS7" s="3" t="n">
-        <x:v>240088</x:v>
+        <x:v>250286</x:v>
       </x:c>
       <x:c r="DT7" s="3" t="n">
-        <x:v>242483</x:v>
+        <x:v>252761</x:v>
       </x:c>
       <x:c r="DU7" s="3" t="n">
-        <x:v>248649</x:v>
+        <x:v>259057</x:v>
       </x:c>
       <x:c r="DV7" s="3" t="n">
-        <x:v>225909</x:v>
+        <x:v>238229</x:v>
       </x:c>
       <x:c r="DW7" s="3" t="n">
-        <x:v>242566</x:v>
+        <x:v>254695</x:v>
       </x:c>
       <x:c r="DX7" s="3" t="n">
-        <x:v>250061</x:v>
+        <x:v>262292</x:v>
       </x:c>
       <x:c r="DY7" s="3" t="n">
-        <x:v>259453</x:v>
+        <x:v>272309</x:v>
       </x:c>
       <x:c r="DZ7" s="3" t="n">
-        <x:v>248130</x:v>
+        <x:v>262134</x:v>
       </x:c>
       <x:c r="EA7" s="3" t="n">
-        <x:v>253185</x:v>
+        <x:v>267050</x:v>
       </x:c>
       <x:c r="EB7" s="3" t="n">
-        <x:v>262514</x:v>
+        <x:v>276518</x:v>
       </x:c>
       <x:c r="EC7" s="3" t="n">
-        <x:v>274415</x:v>
+        <x:v>289231</x:v>
       </x:c>
       <x:c r="ED7" s="3" t="n">
-        <x:v>252833</x:v>
+        <x:v>268711</x:v>
       </x:c>
       <x:c r="EE7" s="3" t="n">
-        <x:v>268047</x:v>
+        <x:v>283778</x:v>
       </x:c>
       <x:c r="EF7" s="3" t="n">
-        <x:v>271788</x:v>
+        <x:v>287731</x:v>
       </x:c>
       <x:c r="EG7" s="3" t="n">
-        <x:v>279763</x:v>
+        <x:v>296267</x:v>
       </x:c>
       <x:c r="EH7" s="3" t="n">
-        <x:v>264914</x:v>
+        <x:v>282557</x:v>
       </x:c>
       <x:c r="EI7" s="3" t="n">
-        <x:v>277865</x:v>
+        <x:v>295299</x:v>
       </x:c>
       <x:c r="EJ7" s="3" t="n">
-        <x:v>285746</x:v>
+        <x:v>303259</x:v>
       </x:c>
       <x:c r="EK7" s="3" t="n">
-        <x:v>292752</x:v>
+        <x:v>310918</x:v>
       </x:c>
       <x:c r="EL7" s="3" t="n">
-        <x:v>278906</x:v>
+        <x:v>301034</x:v>
       </x:c>
       <x:c r="EM7" s="3" t="n">
-        <x:v>293350</x:v>
+        <x:v>314000</x:v>
       </x:c>
       <x:c r="EN7" s="3" t="n">
-        <x:v>298769</x:v>
+        <x:v>318475</x:v>
       </x:c>
       <x:c r="EO7" s="3" t="n">
-        <x:v>304434</x:v>
+        <x:v>325380</x:v>
       </x:c>
       <x:c r="EP7" s="3" t="n">
-        <x:v>291725</x:v>
+        <x:v>316332</x:v>
       </x:c>
       <x:c r="EQ7" s="3" t="n">
-        <x:v>305269</x:v>
+        <x:v>328457</x:v>
       </x:c>
       <x:c r="ER7" s="3" t="n">
-        <x:v>309372</x:v>
+        <x:v>331546</x:v>
       </x:c>
       <x:c r="ES7" s="3" t="n">
-        <x:v>317212</x:v>
+        <x:v>340932</x:v>
       </x:c>
       <x:c r="ET7" s="3" t="n">
-        <x:v>306296</x:v>
+        <x:v>334365</x:v>
       </x:c>
       <x:c r="EU7" s="3" t="n">
-        <x:v>317330</x:v>
+        <x:v>343794</x:v>
       </x:c>
       <x:c r="EV7" s="3" t="n">
-        <x:v>325118</x:v>
+        <x:v>350333</x:v>
       </x:c>
       <x:c r="EW7" s="3" t="n">
-        <x:v>332972</x:v>
+        <x:v>359767</x:v>
       </x:c>
       <x:c r="EX7" s="3" t="n">
-        <x:v>316923</x:v>
+        <x:v>347168</x:v>
       </x:c>
       <x:c r="EY7" s="3" t="n">
-        <x:v>339077</x:v>
+        <x:v>368754</x:v>
       </x:c>
       <x:c r="EZ7" s="3" t="n">
-        <x:v>327913</x:v>
+        <x:v>355529</x:v>
       </x:c>
       <x:c r="FA7" s="3" t="n">
-        <x:v>352398</x:v>
+        <x:v>383787</x:v>
       </x:c>
       <x:c r="FB7" s="3" t="n">
-        <x:v>334591</x:v>
+        <x:v>367991</x:v>
       </x:c>
       <x:c r="FC7" s="3" t="n">
-        <x:v>347796</x:v>
+        <x:v>379803</x:v>
       </x:c>
       <x:c r="FD7" s="3" t="n">
-        <x:v>342316</x:v>
+        <x:v>373028</x:v>
       </x:c>
       <x:c r="FE7" s="3" t="n">
-        <x:v>367932</x:v>
+        <x:v>403182</x:v>
       </x:c>
       <x:c r="FF7" s="3" t="n">
-        <x:v>343862</x:v>
+        <x:v>380506</x:v>
       </x:c>
       <x:c r="FG7" s="3" t="n">
-        <x:v>366291</x:v>
+        <x:v>401932</x:v>
       </x:c>
       <x:c r="FH7" s="3" t="n">
-        <x:v>355837</x:v>
+        <x:v>388951</x:v>
       </x:c>
       <x:c r="FI7" s="3" t="n">
-        <x:v>381630</x:v>
+        <x:v>419624</x:v>
       </x:c>
       <x:c r="FJ7" s="3" t="n">
-        <x:v>360404</x:v>
+        <x:v>400094</x:v>
       </x:c>
       <x:c r="FK7" s="3" t="n">
-        <x:v>373725</x:v>
+        <x:v>410581</x:v>
       </x:c>
       <x:c r="FL7" s="3" t="n">
-        <x:v>369387</x:v>
+        <x:v>404749</x:v>
       </x:c>
       <x:c r="FM7" s="3" t="n">
-        <x:v>390038</x:v>
+        <x:v>429416</x:v>
       </x:c>
       <x:c r="FN7" s="3" t="n">
-        <x:v>357762</x:v>
+        <x:v>399873</x:v>
       </x:c>
       <x:c r="FO7" s="3" t="n">
-        <x:v>333003</x:v>
+        <x:v>374019</x:v>
       </x:c>
       <x:c r="FP7" s="3" t="n">
-        <x:v>352937</x:v>
+        <x:v>391801</x:v>
       </x:c>
       <x:c r="FQ7" s="3" t="n">
-        <x:v>375133</x:v>
+        <x:v>418288</x:v>
       </x:c>
       <x:c r="FR7" s="3" t="n">
-        <x:v>350244</x:v>
+        <x:v>397033</x:v>
       </x:c>
       <x:c r="FS7" s="3" t="n">
-        <x:v>369319</x:v>
+        <x:v>411953</x:v>
       </x:c>
       <x:c r="FT7" s="3" t="n">
-        <x:v>386418</x:v>
+        <x:v>426820</x:v>
       </x:c>
       <x:c r="FU7" s="3" t="n">
-        <x:v>429017</x:v>
+        <x:v>474891</x:v>
       </x:c>
       <x:c r="FV7" s="3" t="n">
-        <x:v>394794</x:v>
+        <x:v>443418</x:v>
       </x:c>
       <x:c r="FW7" s="3" t="n">
-        <x:v>437176</x:v>
+        <x:v>480439</x:v>
       </x:c>
       <x:c r="FX7" s="3" t="n">
-        <x:v>427275</x:v>
+        <x:v>469587</x:v>
       </x:c>
       <x:c r="FY7" s="3" t="n">
-        <x:v>487466</x:v>
+        <x:v>527574</x:v>
       </x:c>
       <x:c r="FZ7" s="3" t="n">
-        <x:v>438540</x:v>
+        <x:v>482491</x:v>
       </x:c>
       <x:c r="GA7" s="3" t="n">
-        <x:v>465452</x:v>
+        <x:v>499702</x:v>
       </x:c>
       <x:c r="GB7" s="3" t="n">
-        <x:v>447829</x:v>
+        <x:v>481724</x:v>
       </x:c>
       <x:c r="GC7" s="3" t="n">
-        <x:v>489382</x:v>
+        <x:v>525052</x:v>
       </x:c>
       <x:c r="GD7" s="3" t="n">
-        <x:v>455482</x:v>
+        <x:v>492145</x:v>
       </x:c>
       <x:c r="GE7" s="3" t="n">
-        <x:v>494478</x:v>
+        <x:v>529327</x:v>
       </x:c>
       <x:c r="GF7" s="3" t="n">
-        <x:v>469533</x:v>
+        <x:v>510095</x:v>
       </x:c>
       <x:c r="GG7" s="3" t="n">
-        <x:v>508621</x:v>
+        <x:v>551155</x:v>
       </x:c>
       <x:c r="GH7" s="3" t="n">
-        <x:v>483815</x:v>
+        <x:v>522719</x:v>
       </x:c>
       <x:c r="GI7" s="3" t="n">
-        <x:v>511940</x:v>
+        <x:v>552265</x:v>
+      </x:c>
+      <x:c r="GJ7" s="3" t="n">
+        <x:v>537923</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:191">
+    <x:row r="8" spans="1:192">
       <x:c r="A8" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>1575</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>1592</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>1610</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>1610</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>1736</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>1756</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
-        <x:v>1775</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
-        <x:v>1775</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="J8" s="3" t="n">
-        <x:v>1968</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="K8" s="3" t="n">
-        <x:v>1968</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="L8" s="3" t="n">
-        <x:v>1989</x:v>
+        <x:v>1904</x:v>
       </x:c>
       <x:c r="M8" s="3" t="n">
-        <x:v>1989</x:v>
+        <x:v>1904</x:v>
       </x:c>
       <x:c r="N8" s="3" t="n">
-        <x:v>2218</x:v>
+        <x:v>2118</x:v>
       </x:c>
       <x:c r="O8" s="3" t="n">
-        <x:v>2243</x:v>
+        <x:v>2142</x:v>
       </x:c>
       <x:c r="P8" s="3" t="n">
-        <x:v>2268</x:v>
+        <x:v>2165</x:v>
       </x:c>
       <x:c r="Q8" s="3" t="n">
-        <x:v>2268</x:v>
+        <x:v>2165</x:v>
       </x:c>
       <x:c r="R8" s="3" t="n">
-        <x:v>2539</x:v>
+        <x:v>2432</x:v>
       </x:c>
       <x:c r="S8" s="3" t="n">
-        <x:v>2567</x:v>
+        <x:v>2459</x:v>
       </x:c>
       <x:c r="T8" s="3" t="n">
-        <x:v>2595</x:v>
+        <x:v>2486</x:v>
       </x:c>
       <x:c r="U8" s="3" t="n">
-        <x:v>2595</x:v>
+        <x:v>2486</x:v>
       </x:c>
       <x:c r="V8" s="3" t="n">
-        <x:v>2779</x:v>
+        <x:v>2666</x:v>
       </x:c>
       <x:c r="W8" s="3" t="n">
-        <x:v>2810</x:v>
+        <x:v>2695</x:v>
       </x:c>
       <x:c r="X8" s="3" t="n">
-        <x:v>2841</x:v>
+        <x:v>2725</x:v>
       </x:c>
       <x:c r="Y8" s="3" t="n">
-        <x:v>2841</x:v>
+        <x:v>2725</x:v>
       </x:c>
       <x:c r="Z8" s="3" t="n">
-        <x:v>3022</x:v>
+        <x:v>2905</x:v>
       </x:c>
       <x:c r="AA8" s="3" t="n">
-        <x:v>3022</x:v>
+        <x:v>2905</x:v>
       </x:c>
       <x:c r="AB8" s="3" t="n">
-        <x:v>3055</x:v>
+        <x:v>2937</x:v>
       </x:c>
       <x:c r="AC8" s="3" t="n">
-        <x:v>3055</x:v>
+        <x:v>2937</x:v>
       </x:c>
       <x:c r="AD8" s="3" t="n">
-        <x:v>3230</x:v>
+        <x:v>3093</x:v>
       </x:c>
       <x:c r="AE8" s="3" t="n">
-        <x:v>3266</x:v>
+        <x:v>3127</x:v>
       </x:c>
       <x:c r="AF8" s="3" t="n">
-        <x:v>3302</x:v>
+        <x:v>3161</x:v>
       </x:c>
       <x:c r="AG8" s="3" t="n">
-        <x:v>3302</x:v>
+        <x:v>3161</x:v>
       </x:c>
       <x:c r="AH8" s="3" t="n">
-        <x:v>3638</x:v>
+        <x:v>3487</x:v>
       </x:c>
       <x:c r="AI8" s="3" t="n">
-        <x:v>3678</x:v>
+        <x:v>3526</x:v>
       </x:c>
       <x:c r="AJ8" s="3" t="n">
-        <x:v>3719</x:v>
+        <x:v>3565</x:v>
       </x:c>
       <x:c r="AK8" s="3" t="n">
-        <x:v>3719</x:v>
+        <x:v>3565</x:v>
       </x:c>
       <x:c r="AL8" s="3" t="n">
-        <x:v>4040</x:v>
+        <x:v>3840</x:v>
       </x:c>
       <x:c r="AM8" s="3" t="n">
-        <x:v>4085</x:v>
+        <x:v>3883</x:v>
       </x:c>
       <x:c r="AN8" s="3" t="n">
-        <x:v>4130</x:v>
+        <x:v>3925</x:v>
       </x:c>
       <x:c r="AO8" s="3" t="n">
-        <x:v>4130</x:v>
+        <x:v>3925</x:v>
       </x:c>
       <x:c r="AP8" s="3" t="n">
-        <x:v>4363</x:v>
+        <x:v>4182</x:v>
       </x:c>
       <x:c r="AQ8" s="3" t="n">
-        <x:v>4363</x:v>
+        <x:v>4182</x:v>
       </x:c>
       <x:c r="AR8" s="3" t="n">
-        <x:v>4410</x:v>
+        <x:v>4228</x:v>
       </x:c>
       <x:c r="AS8" s="3" t="n">
-        <x:v>4410</x:v>
+        <x:v>4228</x:v>
       </x:c>
       <x:c r="AT8" s="3" t="n">
-        <x:v>4580</x:v>
+        <x:v>4344</x:v>
       </x:c>
       <x:c r="AU8" s="3" t="n">
-        <x:v>4631</x:v>
+        <x:v>4392</x:v>
       </x:c>
       <x:c r="AV8" s="3" t="n">
-        <x:v>4682</x:v>
+        <x:v>4441</x:v>
       </x:c>
       <x:c r="AW8" s="3" t="n">
-        <x:v>4682</x:v>
+        <x:v>4441</x:v>
       </x:c>
       <x:c r="AX8" s="3" t="n">
-        <x:v>4836</x:v>
+        <x:v>4698</x:v>
       </x:c>
       <x:c r="AY8" s="3" t="n">
-        <x:v>4890</x:v>
+        <x:v>4750</x:v>
       </x:c>
       <x:c r="AZ8" s="3" t="n">
-        <x:v>4944</x:v>
+        <x:v>4802</x:v>
       </x:c>
       <x:c r="BA8" s="3" t="n">
-        <x:v>4944</x:v>
+        <x:v>4802</x:v>
       </x:c>
       <x:c r="BB8" s="3" t="n">
-        <x:v>5022</x:v>
+        <x:v>4785</x:v>
       </x:c>
       <x:c r="BC8" s="3" t="n">
-        <x:v>4799</x:v>
+        <x:v>4565</x:v>
       </x:c>
       <x:c r="BD8" s="3" t="n">
-        <x:v>5067</x:v>
+        <x:v>4832</x:v>
       </x:c>
       <x:c r="BE8" s="3" t="n">
-        <x:v>4982</x:v>
+        <x:v>4737</x:v>
       </x:c>
       <x:c r="BF8" s="3" t="n">
-        <x:v>5093</x:v>
+        <x:v>4906</x:v>
       </x:c>
       <x:c r="BG8" s="3" t="n">
-        <x:v>5110</x:v>
+        <x:v>4932</x:v>
       </x:c>
       <x:c r="BH8" s="3" t="n">
-        <x:v>5235</x:v>
+        <x:v>5042</x:v>
       </x:c>
       <x:c r="BI8" s="3" t="n">
-        <x:v>5154</x:v>
+        <x:v>4956</x:v>
       </x:c>
       <x:c r="BJ8" s="3" t="n">
+        <x:v>5096</x:v>
+      </x:c>
+      <x:c r="BK8" s="3" t="n">
+        <x:v>5066</x:v>
+      </x:c>
+      <x:c r="BL8" s="3" t="n">
+        <x:v>5197</x:v>
+      </x:c>
+      <x:c r="BM8" s="3" t="n">
+        <x:v>4993</x:v>
+      </x:c>
+      <x:c r="BN8" s="3" t="n">
         <x:v>5213</x:v>
       </x:c>
-      <x:c r="BK8" s="3" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="BO8" s="3" t="n">
-        <x:v>5378</x:v>
+        <x:v>5248</x:v>
       </x:c>
       <x:c r="BP8" s="3" t="n">
-        <x:v>5489</x:v>
+        <x:v>5350</x:v>
       </x:c>
       <x:c r="BQ8" s="3" t="n">
-        <x:v>5220</x:v>
+        <x:v>5082</x:v>
       </x:c>
       <x:c r="BR8" s="3" t="n">
-        <x:v>5416</x:v>
+        <x:v>5382</x:v>
       </x:c>
       <x:c r="BS8" s="3" t="n">
-        <x:v>5454</x:v>
+        <x:v>5422</x:v>
       </x:c>
       <x:c r="BT8" s="3" t="n">
-        <x:v>5379</x:v>
+        <x:v>5334</x:v>
       </x:c>
       <x:c r="BU8" s="3" t="n">
-        <x:v>5083</x:v>
+        <x:v>5038</x:v>
       </x:c>
       <x:c r="BV8" s="3" t="n">
-        <x:v>5228</x:v>
+        <x:v>5307</x:v>
       </x:c>
       <x:c r="BW8" s="3" t="n">
-        <x:v>5351</x:v>
+        <x:v>5429</x:v>
       </x:c>
       <x:c r="BX8" s="3" t="n">
-        <x:v>5593</x:v>
+        <x:v>5678</x:v>
       </x:c>
       <x:c r="BY8" s="3" t="n">
-        <x:v>5617</x:v>
+        <x:v>5722</x:v>
       </x:c>
       <x:c r="BZ8" s="3" t="n">
-        <x:v>5544</x:v>
+        <x:v>5679</x:v>
       </x:c>
       <x:c r="CA8" s="3" t="n">
-        <x:v>5516</x:v>
+        <x:v>5663</x:v>
       </x:c>
       <x:c r="CB8" s="3" t="n">
-        <x:v>5724</x:v>
+        <x:v>5877</x:v>
       </x:c>
       <x:c r="CC8" s="3" t="n">
-        <x:v>5460</x:v>
+        <x:v>5600</x:v>
       </x:c>
       <x:c r="CD8" s="3" t="n">
-        <x:v>5718</x:v>
+        <x:v>5912</x:v>
       </x:c>
       <x:c r="CE8" s="3" t="n">
-        <x:v>5735</x:v>
+        <x:v>5935</x:v>
       </x:c>
       <x:c r="CF8" s="3" t="n">
-        <x:v>5878</x:v>
+        <x:v>6059</x:v>
       </x:c>
       <x:c r="CG8" s="3" t="n">
-        <x:v>5915</x:v>
+        <x:v>6110</x:v>
       </x:c>
       <x:c r="CH8" s="3" t="n">
-        <x:v>6062</x:v>
+        <x:v>6219</x:v>
       </x:c>
       <x:c r="CI8" s="3" t="n">
-        <x:v>6190</x:v>
+        <x:v>6372</x:v>
       </x:c>
       <x:c r="CJ8" s="3" t="n">
-        <x:v>6315</x:v>
+        <x:v>6493</x:v>
       </x:c>
       <x:c r="CK8" s="3" t="n">
-        <x:v>6255</x:v>
+        <x:v>6464</x:v>
       </x:c>
       <x:c r="CL8" s="3" t="n">
-        <x:v>6384</x:v>
+        <x:v>6549</x:v>
       </x:c>
       <x:c r="CM8" s="3" t="n">
-        <x:v>6542</x:v>
+        <x:v>6722</x:v>
       </x:c>
       <x:c r="CN8" s="3" t="n">
-        <x:v>6727</x:v>
+        <x:v>6894</x:v>
       </x:c>
       <x:c r="CO8" s="3" t="n">
-        <x:v>6458</x:v>
+        <x:v>6637</x:v>
       </x:c>
       <x:c r="CP8" s="3" t="n">
-        <x:v>6762</x:v>
+        <x:v>7092</x:v>
       </x:c>
       <x:c r="CQ8" s="3" t="n">
-        <x:v>6527</x:v>
+        <x:v>6882</x:v>
       </x:c>
       <x:c r="CR8" s="3" t="n">
-        <x:v>6595</x:v>
+        <x:v>6951</x:v>
       </x:c>
       <x:c r="CS8" s="3" t="n">
-        <x:v>6857</x:v>
+        <x:v>7187</x:v>
       </x:c>
       <x:c r="CT8" s="3" t="n">
-        <x:v>7046</x:v>
+        <x:v>7446</x:v>
       </x:c>
       <x:c r="CU8" s="3" t="n">
-        <x:v>6974</x:v>
+        <x:v>7372</x:v>
       </x:c>
       <x:c r="CV8" s="3" t="n">
-        <x:v>7040</x:v>
+        <x:v>7428</x:v>
       </x:c>
       <x:c r="CW8" s="3" t="n">
-        <x:v>7241</x:v>
+        <x:v>7658</x:v>
       </x:c>
       <x:c r="CX8" s="3" t="n">
-        <x:v>7700</x:v>
+        <x:v>7802</x:v>
       </x:c>
       <x:c r="CY8" s="3" t="n">
-        <x:v>7610</x:v>
+        <x:v>7720</x:v>
       </x:c>
       <x:c r="CZ8" s="3" t="n">
-        <x:v>7686</x:v>
+        <x:v>7774</x:v>
       </x:c>
       <x:c r="DA8" s="3" t="n">
-        <x:v>7905</x:v>
+        <x:v>8019</x:v>
       </x:c>
       <x:c r="DB8" s="3" t="n">
-        <x:v>8304</x:v>
+        <x:v>8764</x:v>
       </x:c>
       <x:c r="DC8" s="3" t="n">
-        <x:v>8109</x:v>
+        <x:v>8599</x:v>
       </x:c>
       <x:c r="DD8" s="3" t="n">
-        <x:v>8185</x:v>
+        <x:v>8689</x:v>
       </x:c>
       <x:c r="DE8" s="3" t="n">
-        <x:v>8419</x:v>
+        <x:v>8883</x:v>
       </x:c>
       <x:c r="DF8" s="3" t="n">
-        <x:v>9134</x:v>
+        <x:v>9415</x:v>
       </x:c>
       <x:c r="DG8" s="3" t="n">
-        <x:v>8946</x:v>
+        <x:v>9276</x:v>
       </x:c>
       <x:c r="DH8" s="3" t="n">
-        <x:v>9029</x:v>
+        <x:v>9373</x:v>
       </x:c>
       <x:c r="DI8" s="3" t="n">
-        <x:v>9295</x:v>
+        <x:v>9582</x:v>
       </x:c>
       <x:c r="DJ8" s="3" t="n">
-        <x:v>9515</x:v>
+        <x:v>9648</x:v>
       </x:c>
       <x:c r="DK8" s="3" t="n">
-        <x:v>9807</x:v>
+        <x:v>10000</x:v>
       </x:c>
       <x:c r="DL8" s="3" t="n">
-        <x:v>9606</x:v>
+        <x:v>9811</x:v>
       </x:c>
       <x:c r="DM8" s="3" t="n">
-        <x:v>9717</x:v>
+        <x:v>9854</x:v>
       </x:c>
       <x:c r="DN8" s="3" t="n">
-        <x:v>10055</x:v>
+        <x:v>10109</x:v>
       </x:c>
       <x:c r="DO8" s="3" t="n">
-        <x:v>10295</x:v>
+        <x:v>10431</x:v>
       </x:c>
       <x:c r="DP8" s="3" t="n">
-        <x:v>10112</x:v>
+        <x:v>10263</x:v>
       </x:c>
       <x:c r="DQ8" s="3" t="n">
-        <x:v>10257</x:v>
+        <x:v>10314</x:v>
       </x:c>
       <x:c r="DR8" s="3" t="n">
-        <x:v>10916</x:v>
+        <x:v>10894</x:v>
       </x:c>
       <x:c r="DS8" s="3" t="n">
-        <x:v>11255</x:v>
+        <x:v>11322</x:v>
       </x:c>
       <x:c r="DT8" s="3" t="n">
-        <x:v>10783</x:v>
+        <x:v>10868</x:v>
       </x:c>
       <x:c r="DU8" s="3" t="n">
-        <x:v>11577</x:v>
+        <x:v>11552</x:v>
       </x:c>
       <x:c r="DV8" s="3" t="n">
-        <x:v>12042</x:v>
+        <x:v>12029</x:v>
       </x:c>
       <x:c r="DW8" s="3" t="n">
-        <x:v>11667</x:v>
+        <x:v>11754</x:v>
       </x:c>
       <x:c r="DX8" s="3" t="n">
-        <x:v>11587</x:v>
+        <x:v>11695</x:v>
       </x:c>
       <x:c r="DY8" s="3" t="n">
-        <x:v>12601</x:v>
+        <x:v>12593</x:v>
       </x:c>
       <x:c r="DZ8" s="3" t="n">
-        <x:v>12245</x:v>
+        <x:v>12270</x:v>
       </x:c>
       <x:c r="EA8" s="3" t="n">
-        <x:v>12039</x:v>
+        <x:v>12063</x:v>
       </x:c>
       <x:c r="EB8" s="3" t="n">
-        <x:v>11802</x:v>
+        <x:v>11879</x:v>
       </x:c>
       <x:c r="EC8" s="3" t="n">
-        <x:v>12720</x:v>
+        <x:v>12798</x:v>
       </x:c>
       <x:c r="ED8" s="3" t="n">
-        <x:v>13342</x:v>
+        <x:v>13429</x:v>
       </x:c>
       <x:c r="EE8" s="3" t="n">
-        <x:v>12920</x:v>
+        <x:v>13007</x:v>
       </x:c>
       <x:c r="EF8" s="3" t="n">
-        <x:v>12729</x:v>
+        <x:v>12882</x:v>
       </x:c>
       <x:c r="EG8" s="3" t="n">
-        <x:v>13667</x:v>
+        <x:v>13815</x:v>
       </x:c>
       <x:c r="EH8" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>14264</x:v>
       </x:c>
       <x:c r="EI8" s="3" t="n">
-        <x:v>13568</x:v>
+        <x:v>13591</x:v>
       </x:c>
       <x:c r="EJ8" s="3" t="n">
-        <x:v>13273</x:v>
+        <x:v>13354</x:v>
       </x:c>
       <x:c r="EK8" s="3" t="n">
-        <x:v>14255</x:v>
+        <x:v>14329</x:v>
       </x:c>
       <x:c r="EL8" s="3" t="n">
-        <x:v>14862</x:v>
+        <x:v>14734</x:v>
       </x:c>
       <x:c r="EM8" s="3" t="n">
-        <x:v>14708</x:v>
+        <x:v>14582</x:v>
       </x:c>
       <x:c r="EN8" s="3" t="n">
-        <x:v>14203</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="EO8" s="3" t="n">
-        <x:v>15156</x:v>
+        <x:v>15144</x:v>
       </x:c>
       <x:c r="EP8" s="3" t="n">
-        <x:v>16396</x:v>
+        <x:v>15957</x:v>
       </x:c>
       <x:c r="EQ8" s="3" t="n">
-        <x:v>15931</x:v>
+        <x:v>15515</x:v>
       </x:c>
       <x:c r="ER8" s="3" t="n">
-        <x:v>15708</x:v>
+        <x:v>15387</x:v>
       </x:c>
       <x:c r="ES8" s="3" t="n">
-        <x:v>16789</x:v>
+        <x:v>16440</x:v>
       </x:c>
       <x:c r="ET8" s="3" t="n">
-        <x:v>18434</x:v>
+        <x:v>17620</x:v>
       </x:c>
       <x:c r="EU8" s="3" t="n">
-        <x:v>17891</x:v>
+        <x:v>16943</x:v>
       </x:c>
       <x:c r="EV8" s="3" t="n">
-        <x:v>17240</x:v>
+        <x:v>16585</x:v>
       </x:c>
       <x:c r="EW8" s="3" t="n">
-        <x:v>18987</x:v>
+        <x:v>18189</x:v>
       </x:c>
       <x:c r="EX8" s="3" t="n">
-        <x:v>18324</x:v>
+        <x:v>17089</x:v>
       </x:c>
       <x:c r="EY8" s="3" t="n">
-        <x:v>19944</x:v>
+        <x:v>18412</x:v>
       </x:c>
       <x:c r="EZ8" s="3" t="n">
-        <x:v>16570</x:v>
+        <x:v>15875</x:v>
       </x:c>
       <x:c r="FA8" s="3" t="n">
-        <x:v>20269</x:v>
+        <x:v>18712</x:v>
       </x:c>
       <x:c r="FB8" s="3" t="n">
-        <x:v>20482</x:v>
+        <x:v>18520</x:v>
       </x:c>
       <x:c r="FC8" s="3" t="n">
-        <x:v>20087</x:v>
+        <x:v>18397</x:v>
       </x:c>
       <x:c r="FD8" s="3" t="n">
-        <x:v>17472</x:v>
+        <x:v>16566</x:v>
       </x:c>
       <x:c r="FE8" s="3" t="n">
-        <x:v>20981</x:v>
+        <x:v>19072</x:v>
       </x:c>
       <x:c r="FF8" s="3" t="n">
-        <x:v>20006</x:v>
+        <x:v>18791</x:v>
       </x:c>
       <x:c r="FG8" s="3" t="n">
-        <x:v>21032</x:v>
+        <x:v>19687</x:v>
       </x:c>
       <x:c r="FH8" s="3" t="n">
-        <x:v>17508</x:v>
+        <x:v>17018</x:v>
       </x:c>
       <x:c r="FI8" s="3" t="n">
-        <x:v>21795</x:v>
+        <x:v>20426</x:v>
       </x:c>
       <x:c r="FJ8" s="3" t="n">
-        <x:v>21403</x:v>
+        <x:v>19743</x:v>
       </x:c>
       <x:c r="FK8" s="3" t="n">
-        <x:v>21542</x:v>
+        <x:v>20090</x:v>
       </x:c>
       <x:c r="FL8" s="3" t="n">
-        <x:v>19170</x:v>
+        <x:v>18396</x:v>
       </x:c>
       <x:c r="FM8" s="3" t="n">
-        <x:v>23350</x:v>
+        <x:v>21560</x:v>
       </x:c>
       <x:c r="FN8" s="3" t="n">
-        <x:v>23039</x:v>
+        <x:v>22345</x:v>
       </x:c>
       <x:c r="FO8" s="3" t="n">
-        <x:v>20042</x:v>
+        <x:v>19232</x:v>
       </x:c>
       <x:c r="FP8" s="3" t="n">
-        <x:v>19269</x:v>
+        <x:v>19192</x:v>
       </x:c>
       <x:c r="FQ8" s="3" t="n">
-        <x:v>22770</x:v>
+        <x:v>21947</x:v>
       </x:c>
       <x:c r="FR8" s="3" t="n">
-        <x:v>20475</x:v>
+        <x:v>20033</x:v>
       </x:c>
       <x:c r="FS8" s="3" t="n">
-        <x:v>21773</x:v>
+        <x:v>22116</x:v>
       </x:c>
       <x:c r="FT8" s="3" t="n">
-        <x:v>21573</x:v>
+        <x:v>22901</x:v>
       </x:c>
       <x:c r="FU8" s="3" t="n">
-        <x:v>27528</x:v>
+        <x:v>28649</x:v>
       </x:c>
       <x:c r="FV8" s="3" t="n">
-        <x:v>26679</x:v>
+        <x:v>25293</x:v>
       </x:c>
       <x:c r="FW8" s="3" t="n">
-        <x:v>27553</x:v>
+        <x:v>26385</x:v>
       </x:c>
       <x:c r="FX8" s="3" t="n">
-        <x:v>25388</x:v>
+        <x:v>24977</x:v>
       </x:c>
       <x:c r="FY8" s="3" t="n">
-        <x:v>30169</x:v>
+        <x:v>28671</x:v>
       </x:c>
       <x:c r="FZ8" s="3" t="n">
-        <x:v>30014</x:v>
+        <x:v>30444</x:v>
       </x:c>
       <x:c r="GA8" s="3" t="n">
-        <x:v>28865</x:v>
+        <x:v>29956</x:v>
       </x:c>
       <x:c r="GB8" s="3" t="n">
-        <x:v>26594</x:v>
+        <x:v>28504</x:v>
       </x:c>
       <x:c r="GC8" s="3" t="n">
-        <x:v>32338</x:v>
+        <x:v>33164</x:v>
       </x:c>
       <x:c r="GD8" s="3" t="n">
-        <x:v>30239</x:v>
+        <x:v>30277</x:v>
       </x:c>
       <x:c r="GE8" s="3" t="n">
-        <x:v>31589</x:v>
+        <x:v>32453</x:v>
       </x:c>
       <x:c r="GF8" s="3" t="n">
-        <x:v>27797</x:v>
+        <x:v>31681</x:v>
       </x:c>
       <x:c r="GG8" s="3" t="n">
-        <x:v>32953</x:v>
+        <x:v>33460</x:v>
       </x:c>
       <x:c r="GH8" s="3" t="n">
-        <x:v>32369</x:v>
+        <x:v>32410</x:v>
       </x:c>
       <x:c r="GI8" s="3" t="n">
-        <x:v>32221</x:v>
+        <x:v>34293</x:v>
+      </x:c>
+      <x:c r="GJ8" s="3" t="n">
+        <x:v>33234</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:191">
+    <x:row r="9" spans="1:192">
       <x:c r="A9" s="2" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>11864</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>11996</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>12128</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>12128</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>12829</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>12973</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="I9" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
@@ -4189,419 +4204,422 @@
       <x:c r="BJ9" s="3" t="n">
         <x:v>47445</x:v>
       </x:c>
       <x:c r="BK9" s="3" t="n">
         <x:v>45505</x:v>
       </x:c>
       <x:c r="BL9" s="3" t="n">
         <x:v>45733</x:v>
       </x:c>
       <x:c r="BM9" s="3" t="n">
         <x:v>49279</x:v>
       </x:c>
       <x:c r="BN9" s="3" t="n">
         <x:v>47233</x:v>
       </x:c>
       <x:c r="BO9" s="3" t="n">
         <x:v>47588</x:v>
       </x:c>
       <x:c r="BP9" s="3" t="n">
         <x:v>48253</x:v>
       </x:c>
       <x:c r="BQ9" s="3" t="n">
         <x:v>50955</x:v>
       </x:c>
       <x:c r="BR9" s="3" t="n">
-        <x:v>51486</x:v>
+        <x:v>51929</x:v>
       </x:c>
       <x:c r="BS9" s="3" t="n">
-        <x:v>48396</x:v>
+        <x:v>48832</x:v>
       </x:c>
       <x:c r="BT9" s="3" t="n">
-        <x:v>49651</x:v>
+        <x:v>50101</x:v>
       </x:c>
       <x:c r="BU9" s="3" t="n">
-        <x:v>52366</x:v>
+        <x:v>52822</x:v>
       </x:c>
       <x:c r="BV9" s="3" t="n">
-        <x:v>53957</x:v>
+        <x:v>54430</x:v>
       </x:c>
       <x:c r="BW9" s="3" t="n">
-        <x:v>51553</x:v>
+        <x:v>52017</x:v>
       </x:c>
       <x:c r="BX9" s="3" t="n">
-        <x:v>53151</x:v>
+        <x:v>53635</x:v>
       </x:c>
       <x:c r="BY9" s="3" t="n">
-        <x:v>56124</x:v>
+        <x:v>56604</x:v>
       </x:c>
       <x:c r="BZ9" s="3" t="n">
-        <x:v>54702</x:v>
+        <x:v>55174</x:v>
       </x:c>
       <x:c r="CA9" s="3" t="n">
-        <x:v>57400</x:v>
+        <x:v>57896</x:v>
       </x:c>
       <x:c r="CB9" s="3" t="n">
-        <x:v>56159</x:v>
+        <x:v>56676</x:v>
       </x:c>
       <x:c r="CC9" s="3" t="n">
-        <x:v>59756</x:v>
+        <x:v>60289</x:v>
       </x:c>
       <x:c r="CD9" s="3" t="n">
-        <x:v>61030</x:v>
+        <x:v>61567</x:v>
       </x:c>
       <x:c r="CE9" s="3" t="n">
-        <x:v>59804</x:v>
+        <x:v>60372</x:v>
       </x:c>
       <x:c r="CF9" s="3" t="n">
-        <x:v>62084</x:v>
+        <x:v>62666</x:v>
       </x:c>
       <x:c r="CG9" s="3" t="n">
-        <x:v>65608</x:v>
+        <x:v>66169</x:v>
       </x:c>
       <x:c r="CH9" s="3" t="n">
-        <x:v>66515</x:v>
+        <x:v>67161</x:v>
       </x:c>
       <x:c r="CI9" s="3" t="n">
-        <x:v>65346</x:v>
+        <x:v>65970</x:v>
       </x:c>
       <x:c r="CJ9" s="3" t="n">
-        <x:v>65177</x:v>
+        <x:v>65785</x:v>
       </x:c>
       <x:c r="CK9" s="3" t="n">
-        <x:v>69072</x:v>
+        <x:v>69678</x:v>
       </x:c>
       <x:c r="CL9" s="3" t="n">
-        <x:v>72533</x:v>
+        <x:v>73210</x:v>
       </x:c>
       <x:c r="CM9" s="3" t="n">
-        <x:v>68704</x:v>
+        <x:v>69379</x:v>
       </x:c>
       <x:c r="CN9" s="3" t="n">
-        <x:v>70146</x:v>
+        <x:v>70836</x:v>
       </x:c>
       <x:c r="CO9" s="3" t="n">
-        <x:v>73293</x:v>
+        <x:v>73993</x:v>
       </x:c>
       <x:c r="CP9" s="3" t="n">
-        <x:v>79684</x:v>
+        <x:v>80378</x:v>
       </x:c>
       <x:c r="CQ9" s="3" t="n">
-        <x:v>75559</x:v>
+        <x:v>76251</x:v>
       </x:c>
       <x:c r="CR9" s="3" t="n">
-        <x:v>76714</x:v>
+        <x:v>77417</x:v>
       </x:c>
       <x:c r="CS9" s="3" t="n">
-        <x:v>81886</x:v>
+        <x:v>82608</x:v>
       </x:c>
       <x:c r="CT9" s="3" t="n">
-        <x:v>81697</x:v>
+        <x:v>82554</x:v>
       </x:c>
       <x:c r="CU9" s="3" t="n">
-        <x:v>84308</x:v>
+        <x:v>85148</x:v>
       </x:c>
       <x:c r="CV9" s="3" t="n">
-        <x:v>85177</x:v>
+        <x:v>86007</x:v>
       </x:c>
       <x:c r="CW9" s="3" t="n">
-        <x:v>87084</x:v>
+        <x:v>87975</x:v>
       </x:c>
       <x:c r="CX9" s="3" t="n">
-        <x:v>91399</x:v>
+        <x:v>92477</x:v>
       </x:c>
       <x:c r="CY9" s="3" t="n">
-        <x:v>86646</x:v>
+        <x:v>87619</x:v>
       </x:c>
       <x:c r="CZ9" s="3" t="n">
-        <x:v>88531</x:v>
+        <x:v>89480</x:v>
       </x:c>
       <x:c r="DA9" s="3" t="n">
-        <x:v>89773</x:v>
+        <x:v>90782</x:v>
       </x:c>
       <x:c r="DB9" s="3" t="n">
-        <x:v>92797</x:v>
+        <x:v>93763</x:v>
       </x:c>
       <x:c r="DC9" s="3" t="n">
-        <x:v>89809</x:v>
+        <x:v>90776</x:v>
       </x:c>
       <x:c r="DD9" s="3" t="n">
-        <x:v>91676</x:v>
+        <x:v>92674</x:v>
       </x:c>
       <x:c r="DE9" s="3" t="n">
-        <x:v>96644</x:v>
+        <x:v>97640</x:v>
       </x:c>
       <x:c r="DF9" s="3" t="n">
-        <x:v>94165</x:v>
+        <x:v>95163</x:v>
       </x:c>
       <x:c r="DG9" s="3" t="n">
-        <x:v>98175</x:v>
+        <x:v>99226</x:v>
       </x:c>
       <x:c r="DH9" s="3" t="n">
-        <x:v>94870</x:v>
+        <x:v>95946</x:v>
       </x:c>
       <x:c r="DI9" s="3" t="n">
-        <x:v>99685</x:v>
+        <x:v>100765</x:v>
       </x:c>
       <x:c r="DJ9" s="3" t="n">
-        <x:v>103954</x:v>
+        <x:v>105013</x:v>
       </x:c>
       <x:c r="DK9" s="3" t="n">
-        <x:v>100220</x:v>
+        <x:v>101251</x:v>
       </x:c>
       <x:c r="DL9" s="3" t="n">
-        <x:v>102090</x:v>
+        <x:v>103189</x:v>
       </x:c>
       <x:c r="DM9" s="3" t="n">
-        <x:v>106842</x:v>
+        <x:v>107995</x:v>
       </x:c>
       <x:c r="DN9" s="3" t="n">
-        <x:v>109684</x:v>
+        <x:v>111029</x:v>
       </x:c>
       <x:c r="DO9" s="3" t="n">
-        <x:v>107163</x:v>
+        <x:v>108482</x:v>
       </x:c>
       <x:c r="DP9" s="3" t="n">
-        <x:v>109169</x:v>
+        <x:v>110527</x:v>
       </x:c>
       <x:c r="DQ9" s="3" t="n">
-        <x:v>114141</x:v>
+        <x:v>115533</x:v>
       </x:c>
       <x:c r="DR9" s="3" t="n">
-        <x:v>115770</x:v>
+        <x:v>117183</x:v>
       </x:c>
       <x:c r="DS9" s="3" t="n">
-        <x:v>119282</x:v>
+        <x:v>120669</x:v>
       </x:c>
       <x:c r="DT9" s="3" t="n">
-        <x:v>122411</x:v>
+        <x:v>123869</x:v>
       </x:c>
       <x:c r="DU9" s="3" t="n">
-        <x:v>125022</x:v>
+        <x:v>126519</x:v>
       </x:c>
       <x:c r="DV9" s="3" t="n">
-        <x:v>127748</x:v>
+        <x:v>128794</x:v>
       </x:c>
       <x:c r="DW9" s="3" t="n">
-        <x:v>130223</x:v>
+        <x:v>131243</x:v>
       </x:c>
       <x:c r="DX9" s="3" t="n">
-        <x:v>133270</x:v>
+        <x:v>134342</x:v>
       </x:c>
       <x:c r="DY9" s="3" t="n">
-        <x:v>133274</x:v>
+        <x:v>134312</x:v>
       </x:c>
       <x:c r="DZ9" s="3" t="n">
-        <x:v>136284</x:v>
+        <x:v>137232</x:v>
       </x:c>
       <x:c r="EA9" s="3" t="n">
-        <x:v>136844</x:v>
+        <x:v>137862</x:v>
       </x:c>
       <x:c r="EB9" s="3" t="n">
-        <x:v>139522</x:v>
+        <x:v>140731</x:v>
       </x:c>
       <x:c r="EC9" s="3" t="n">
-        <x:v>140377</x:v>
+        <x:v>141602</x:v>
       </x:c>
       <x:c r="ED9" s="3" t="n">
-        <x:v>142245</x:v>
+        <x:v>142968</x:v>
       </x:c>
       <x:c r="EE9" s="3" t="n">
-        <x:v>144059</x:v>
+        <x:v>144844</x:v>
       </x:c>
       <x:c r="EF9" s="3" t="n">
-        <x:v>148433</x:v>
+        <x:v>149416</x:v>
       </x:c>
       <x:c r="EG9" s="3" t="n">
-        <x:v>149459</x:v>
+        <x:v>150717</x:v>
       </x:c>
       <x:c r="EH9" s="3" t="n">
-        <x:v>150743</x:v>
+        <x:v>152046</x:v>
       </x:c>
       <x:c r="EI9" s="3" t="n">
-        <x:v>152501</x:v>
+        <x:v>153919</x:v>
       </x:c>
       <x:c r="EJ9" s="3" t="n">
-        <x:v>155006</x:v>
+        <x:v>156562</x:v>
       </x:c>
       <x:c r="EK9" s="3" t="n">
-        <x:v>156554</x:v>
+        <x:v>158201</x:v>
       </x:c>
       <x:c r="EL9" s="3" t="n">
-        <x:v>158682</x:v>
+        <x:v>160418</x:v>
       </x:c>
       <x:c r="EM9" s="3" t="n">
-        <x:v>160852</x:v>
+        <x:v>162675</x:v>
       </x:c>
       <x:c r="EN9" s="3" t="n">
-        <x:v>163412</x:v>
+        <x:v>165158</x:v>
       </x:c>
       <x:c r="EO9" s="3" t="n">
-        <x:v>165377</x:v>
+        <x:v>167138</x:v>
       </x:c>
       <x:c r="EP9" s="3" t="n">
-        <x:v>168006</x:v>
+        <x:v>169402</x:v>
       </x:c>
       <x:c r="EQ9" s="3" t="n">
-        <x:v>170119</x:v>
+        <x:v>171519</x:v>
       </x:c>
       <x:c r="ER9" s="3" t="n">
-        <x:v>172914</x:v>
+        <x:v>174377</x:v>
       </x:c>
       <x:c r="ES9" s="3" t="n">
-        <x:v>175786</x:v>
+        <x:v>177287</x:v>
       </x:c>
       <x:c r="ET9" s="3" t="n">
-        <x:v>176685</x:v>
+        <x:v>178574</x:v>
       </x:c>
       <x:c r="EU9" s="3" t="n">
-        <x:v>186677</x:v>
+        <x:v>188640</x:v>
       </x:c>
       <x:c r="EV9" s="3" t="n">
-        <x:v>180604</x:v>
+        <x:v>182051</x:v>
       </x:c>
       <x:c r="EW9" s="3" t="n">
-        <x:v>179040</x:v>
+        <x:v>180554</x:v>
       </x:c>
       <x:c r="EX9" s="3" t="n">
-        <x:v>182678</x:v>
+        <x:v>184059</x:v>
       </x:c>
       <x:c r="EY9" s="3" t="n">
-        <x:v>194662</x:v>
+        <x:v>196219</x:v>
       </x:c>
       <x:c r="EZ9" s="3" t="n">
-        <x:v>187121</x:v>
+        <x:v>188753</x:v>
       </x:c>
       <x:c r="FA9" s="3" t="n">
-        <x:v>190206</x:v>
+        <x:v>191896</x:v>
       </x:c>
       <x:c r="FB9" s="3" t="n">
-        <x:v>191574</x:v>
+        <x:v>192914</x:v>
       </x:c>
       <x:c r="FC9" s="3" t="n">
-        <x:v>203960</x:v>
+        <x:v>205733</x:v>
       </x:c>
       <x:c r="FD9" s="3" t="n">
-        <x:v>196741</x:v>
+        <x:v>198430</x:v>
       </x:c>
       <x:c r="FE9" s="3" t="n">
-        <x:v>198816</x:v>
+        <x:v>200503</x:v>
       </x:c>
       <x:c r="FF9" s="3" t="n">
-        <x:v>200770</x:v>
+        <x:v>202354</x:v>
       </x:c>
       <x:c r="FG9" s="3" t="n">
-        <x:v>212720</x:v>
+        <x:v>214321</x:v>
       </x:c>
       <x:c r="FH9" s="3" t="n">
-        <x:v>204126</x:v>
+        <x:v>205677</x:v>
       </x:c>
       <x:c r="FI9" s="3" t="n">
-        <x:v>209036</x:v>
+        <x:v>210329</x:v>
       </x:c>
       <x:c r="FJ9" s="3" t="n">
-        <x:v>209916</x:v>
+        <x:v>211341</x:v>
       </x:c>
       <x:c r="FK9" s="3" t="n">
-        <x:v>221626</x:v>
+        <x:v>223133</x:v>
       </x:c>
       <x:c r="FL9" s="3" t="n">
-        <x:v>215967</x:v>
+        <x:v>217359</x:v>
       </x:c>
       <x:c r="FM9" s="3" t="n">
-        <x:v>219479</x:v>
+        <x:v>221012</x:v>
       </x:c>
       <x:c r="FN9" s="3" t="n">
-        <x:v>221138</x:v>
+        <x:v>222783</x:v>
       </x:c>
       <x:c r="FO9" s="3" t="n">
-        <x:v>230558</x:v>
+        <x:v>232512</x:v>
       </x:c>
       <x:c r="FP9" s="3" t="n">
-        <x:v>224664</x:v>
+        <x:v>226478</x:v>
       </x:c>
       <x:c r="FQ9" s="3" t="n">
-        <x:v>228290</x:v>
+        <x:v>230452</x:v>
       </x:c>
       <x:c r="FR9" s="3" t="n">
-        <x:v>233528</x:v>
+        <x:v>235448</x:v>
       </x:c>
       <x:c r="FS9" s="3" t="n">
-        <x:v>248346</x:v>
+        <x:v>250537</x:v>
       </x:c>
       <x:c r="FT9" s="3" t="n">
-        <x:v>240260</x:v>
+        <x:v>242160</x:v>
       </x:c>
       <x:c r="FU9" s="3" t="n">
-        <x:v>248560</x:v>
+        <x:v>250920</x:v>
       </x:c>
       <x:c r="FV9" s="3" t="n">
-        <x:v>250311</x:v>
+        <x:v>253059</x:v>
       </x:c>
       <x:c r="FW9" s="3" t="n">
-        <x:v>264647</x:v>
+        <x:v>267735</x:v>
       </x:c>
       <x:c r="FX9" s="3" t="n">
-        <x:v>256585</x:v>
+        <x:v>259383</x:v>
       </x:c>
       <x:c r="FY9" s="3" t="n">
-        <x:v>263181</x:v>
+        <x:v>265782</x:v>
       </x:c>
       <x:c r="FZ9" s="3" t="n">
-        <x:v>265743</x:v>
+        <x:v>267938</x:v>
       </x:c>
       <x:c r="GA9" s="3" t="n">
-        <x:v>283079</x:v>
+        <x:v>285274</x:v>
       </x:c>
       <x:c r="GB9" s="3" t="n">
-        <x:v>277680</x:v>
+        <x:v>279416</x:v>
       </x:c>
       <x:c r="GC9" s="3" t="n">
-        <x:v>289962</x:v>
+        <x:v>291400</x:v>
       </x:c>
       <x:c r="GD9" s="3" t="n">
-        <x:v>286815</x:v>
+        <x:v>287614</x:v>
       </x:c>
       <x:c r="GE9" s="3" t="n">
-        <x:v>302213</x:v>
+        <x:v>303582</x:v>
       </x:c>
       <x:c r="GF9" s="3" t="n">
-        <x:v>294574</x:v>
+        <x:v>295312</x:v>
       </x:c>
       <x:c r="GG9" s="3" t="n">
-        <x:v>300311</x:v>
+        <x:v>301320</x:v>
       </x:c>
       <x:c r="GH9" s="3" t="n">
-        <x:v>301913</x:v>
+        <x:v>302349</x:v>
       </x:c>
       <x:c r="GI9" s="3" t="n">
-        <x:v>319122</x:v>
+        <x:v>319494</x:v>
+      </x:c>
+      <x:c r="GJ9" s="3" t="n">
+        <x:v>309150</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:191">
+    <x:row r="10" spans="1:192">
       <x:c r="A10" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>5021</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>5077</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>5133</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>5133</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>5353</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>5413</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
         <x:v>5472</x:v>
       </x:c>
       <x:c r="I10" s="3" t="n">
         <x:v>5472</x:v>
       </x:c>
@@ -4764,419 +4782,422 @@
       <x:c r="BJ10" s="3" t="n">
         <x:v>19407</x:v>
       </x:c>
       <x:c r="BK10" s="3" t="n">
         <x:v>18916</x:v>
       </x:c>
       <x:c r="BL10" s="3" t="n">
         <x:v>19551</x:v>
       </x:c>
       <x:c r="BM10" s="3" t="n">
         <x:v>20151</x:v>
       </x:c>
       <x:c r="BN10" s="3" t="n">
         <x:v>19525</x:v>
       </x:c>
       <x:c r="BO10" s="3" t="n">
         <x:v>19455</x:v>
       </x:c>
       <x:c r="BP10" s="3" t="n">
         <x:v>19951</x:v>
       </x:c>
       <x:c r="BQ10" s="3" t="n">
         <x:v>20533</x:v>
       </x:c>
       <x:c r="BR10" s="3" t="n">
-        <x:v>20229</x:v>
+        <x:v>20512</x:v>
       </x:c>
       <x:c r="BS10" s="3" t="n">
-        <x:v>19292</x:v>
+        <x:v>19571</x:v>
       </x:c>
       <x:c r="BT10" s="3" t="n">
-        <x:v>20064</x:v>
+        <x:v>20349</x:v>
       </x:c>
       <x:c r="BU10" s="3" t="n">
-        <x:v>20671</x:v>
+        <x:v>20956</x:v>
       </x:c>
       <x:c r="BV10" s="3" t="n">
-        <x:v>21429</x:v>
+        <x:v>21746</x:v>
       </x:c>
       <x:c r="BW10" s="3" t="n">
-        <x:v>20585</x:v>
+        <x:v>20897</x:v>
       </x:c>
       <x:c r="BX10" s="3" t="n">
-        <x:v>21587</x:v>
+        <x:v>21908</x:v>
       </x:c>
       <x:c r="BY10" s="3" t="n">
-        <x:v>22103</x:v>
+        <x:v>22419</x:v>
       </x:c>
       <x:c r="BZ10" s="3" t="n">
-        <x:v>21773</x:v>
+        <x:v>22075</x:v>
       </x:c>
       <x:c r="CA10" s="3" t="n">
-        <x:v>22544</x:v>
+        <x:v>22865</x:v>
       </x:c>
       <x:c r="CB10" s="3" t="n">
-        <x:v>22815</x:v>
+        <x:v>23154</x:v>
       </x:c>
       <x:c r="CC10" s="3" t="n">
-        <x:v>23484</x:v>
+        <x:v>23835</x:v>
       </x:c>
       <x:c r="CD10" s="3" t="n">
-        <x:v>24046</x:v>
+        <x:v>24383</x:v>
       </x:c>
       <x:c r="CE10" s="3" t="n">
-        <x:v>23403</x:v>
+        <x:v>23771</x:v>
       </x:c>
       <x:c r="CF10" s="3" t="n">
-        <x:v>24539</x:v>
+        <x:v>24902</x:v>
       </x:c>
       <x:c r="CG10" s="3" t="n">
-        <x:v>25136</x:v>
+        <x:v>25473</x:v>
       </x:c>
       <x:c r="CH10" s="3" t="n">
-        <x:v>26258</x:v>
+        <x:v>26676</x:v>
       </x:c>
       <x:c r="CI10" s="3" t="n">
-        <x:v>25402</x:v>
+        <x:v>25799</x:v>
       </x:c>
       <x:c r="CJ10" s="3" t="n">
-        <x:v>25884</x:v>
+        <x:v>26253</x:v>
       </x:c>
       <x:c r="CK10" s="3" t="n">
-        <x:v>26424</x:v>
+        <x:v>26788</x:v>
       </x:c>
       <x:c r="CL10" s="3" t="n">
-        <x:v>28329</x:v>
+        <x:v>28749</x:v>
       </x:c>
       <x:c r="CM10" s="3" t="n">
-        <x:v>27078</x:v>
+        <x:v>27503</x:v>
       </x:c>
       <x:c r="CN10" s="3" t="n">
-        <x:v>27878</x:v>
+        <x:v>28307</x:v>
       </x:c>
       <x:c r="CO10" s="3" t="n">
-        <x:v>28463</x:v>
+        <x:v>28896</x:v>
       </x:c>
       <x:c r="CP10" s="3" t="n">
-        <x:v>30405</x:v>
+        <x:v>30861</x:v>
       </x:c>
       <x:c r="CQ10" s="3" t="n">
-        <x:v>29115</x:v>
+        <x:v>29576</x:v>
       </x:c>
       <x:c r="CR10" s="3" t="n">
-        <x:v>29940</x:v>
+        <x:v>30403</x:v>
       </x:c>
       <x:c r="CS10" s="3" t="n">
-        <x:v>30285</x:v>
+        <x:v>30750</x:v>
       </x:c>
       <x:c r="CT10" s="3" t="n">
-        <x:v>42726</x:v>
+        <x:v>43250</x:v>
       </x:c>
       <x:c r="CU10" s="3" t="n">
-        <x:v>43680</x:v>
+        <x:v>44166</x:v>
       </x:c>
       <x:c r="CV10" s="3" t="n">
-        <x:v>45046</x:v>
+        <x:v>45511</x:v>
       </x:c>
       <x:c r="CW10" s="3" t="n">
-        <x:v>44498</x:v>
+        <x:v>45019</x:v>
       </x:c>
       <x:c r="CX10" s="3" t="n">
-        <x:v>46386</x:v>
+        <x:v>47076</x:v>
       </x:c>
       <x:c r="CY10" s="3" t="n">
-        <x:v>44738</x:v>
+        <x:v>45341</x:v>
       </x:c>
       <x:c r="CZ10" s="3" t="n">
-        <x:v>46232</x:v>
+        <x:v>46793</x:v>
       </x:c>
       <x:c r="DA10" s="3" t="n">
-        <x:v>45521</x:v>
+        <x:v>46146</x:v>
       </x:c>
       <x:c r="DB10" s="3" t="n">
-        <x:v>47651</x:v>
+        <x:v>48516</x:v>
       </x:c>
       <x:c r="DC10" s="3" t="n">
-        <x:v>46640</x:v>
+        <x:v>47508</x:v>
       </x:c>
       <x:c r="DD10" s="3" t="n">
-        <x:v>48651</x:v>
+        <x:v>49546</x:v>
       </x:c>
       <x:c r="DE10" s="3" t="n">
-        <x:v>49138</x:v>
+        <x:v>50027</x:v>
       </x:c>
       <x:c r="DF10" s="3" t="n">
-        <x:v>48513</x:v>
+        <x:v>49405</x:v>
       </x:c>
       <x:c r="DG10" s="3" t="n">
-        <x:v>50251</x:v>
+        <x:v>51190</x:v>
       </x:c>
       <x:c r="DH10" s="3" t="n">
-        <x:v>50470</x:v>
+        <x:v>51434</x:v>
       </x:c>
       <x:c r="DI10" s="3" t="n">
-        <x:v>50623</x:v>
+        <x:v>51588</x:v>
       </x:c>
       <x:c r="DJ10" s="3" t="n">
-        <x:v>53257</x:v>
+        <x:v>54220</x:v>
       </x:c>
       <x:c r="DK10" s="3" t="n">
-        <x:v>51709</x:v>
+        <x:v>52645</x:v>
       </x:c>
       <x:c r="DL10" s="3" t="n">
-        <x:v>53475</x:v>
+        <x:v>54473</x:v>
       </x:c>
       <x:c r="DM10" s="3" t="n">
-        <x:v>54253</x:v>
+        <x:v>55303</x:v>
       </x:c>
       <x:c r="DN10" s="3" t="n">
-        <x:v>56489</x:v>
+        <x:v>57349</x:v>
       </x:c>
       <x:c r="DO10" s="3" t="n">
-        <x:v>55012</x:v>
+        <x:v>55840</x:v>
       </x:c>
       <x:c r="DP10" s="3" t="n">
-        <x:v>56631</x:v>
+        <x:v>57472</x:v>
       </x:c>
       <x:c r="DQ10" s="3" t="n">
-        <x:v>57208</x:v>
+        <x:v>58062</x:v>
       </x:c>
       <x:c r="DR10" s="3" t="n">
-        <x:v>57949</x:v>
+        <x:v>58837</x:v>
       </x:c>
       <x:c r="DS10" s="3" t="n">
-        <x:v>60007</x:v>
+        <x:v>60856</x:v>
       </x:c>
       <x:c r="DT10" s="3" t="n">
-        <x:v>61941</x:v>
+        <x:v>62850</x:v>
       </x:c>
       <x:c r="DU10" s="3" t="n">
-        <x:v>63440</x:v>
+        <x:v>64376</x:v>
       </x:c>
       <x:c r="DV10" s="3" t="n">
-        <x:v>64455</x:v>
+        <x:v>64929</x:v>
       </x:c>
       <x:c r="DW10" s="3" t="n">
-        <x:v>65799</x:v>
+        <x:v>66243</x:v>
       </x:c>
       <x:c r="DX10" s="3" t="n">
-        <x:v>66836</x:v>
+        <x:v>67310</x:v>
       </x:c>
       <x:c r="DY10" s="3" t="n">
-        <x:v>67095</x:v>
+        <x:v>67528</x:v>
       </x:c>
       <x:c r="DZ10" s="3" t="n">
-        <x:v>67960</x:v>
+        <x:v>68286</x:v>
       </x:c>
       <x:c r="EA10" s="3" t="n">
-        <x:v>68569</x:v>
+        <x:v>68966</x:v>
       </x:c>
       <x:c r="EB10" s="3" t="n">
-        <x:v>69888</x:v>
+        <x:v>70466</x:v>
       </x:c>
       <x:c r="EC10" s="3" t="n">
-        <x:v>69658</x:v>
+        <x:v>70237</x:v>
       </x:c>
       <x:c r="ED10" s="3" t="n">
-        <x:v>70712</x:v>
+        <x:v>70821</x:v>
       </x:c>
       <x:c r="EE10" s="3" t="n">
-        <x:v>71437</x:v>
+        <x:v>71591</x:v>
       </x:c>
       <x:c r="EF10" s="3" t="n">
-        <x:v>73704</x:v>
+        <x:v>74042</x:v>
       </x:c>
       <x:c r="EG10" s="3" t="n">
-        <x:v>73929</x:v>
+        <x:v>74531</x:v>
       </x:c>
       <x:c r="EH10" s="3" t="n">
-        <x:v>73712</x:v>
+        <x:v>74327</x:v>
       </x:c>
       <x:c r="EI10" s="3" t="n">
-        <x:v>75068</x:v>
+        <x:v>75792</x:v>
       </x:c>
       <x:c r="EJ10" s="3" t="n">
-        <x:v>76494</x:v>
+        <x:v>77356</x:v>
       </x:c>
       <x:c r="EK10" s="3" t="n">
-        <x:v>77242</x:v>
+        <x:v>78185</x:v>
       </x:c>
       <x:c r="EL10" s="3" t="n">
-        <x:v>77874</x:v>
+        <x:v>78893</x:v>
       </x:c>
       <x:c r="EM10" s="3" t="n">
-        <x:v>78540</x:v>
+        <x:v>79625</x:v>
       </x:c>
       <x:c r="EN10" s="3" t="n">
-        <x:v>79863</x:v>
+        <x:v>80852</x:v>
       </x:c>
       <x:c r="EO10" s="3" t="n">
-        <x:v>80677</x:v>
+        <x:v>81670</x:v>
       </x:c>
       <x:c r="EP10" s="3" t="n">
-        <x:v>81919</x:v>
+        <x:v>83182</x:v>
       </x:c>
       <x:c r="EQ10" s="3" t="n">
-        <x:v>83493</x:v>
+        <x:v>84760</x:v>
       </x:c>
       <x:c r="ER10" s="3" t="n">
-        <x:v>85268</x:v>
+        <x:v>86596</x:v>
       </x:c>
       <x:c r="ES10" s="3" t="n">
-        <x:v>86736</x:v>
+        <x:v>88094</x:v>
       </x:c>
       <x:c r="ET10" s="3" t="n">
-        <x:v>87290</x:v>
+        <x:v>89233</x:v>
       </x:c>
       <x:c r="EU10" s="3" t="n">
-        <x:v>91268</x:v>
+        <x:v>93313</x:v>
       </x:c>
       <x:c r="EV10" s="3" t="n">
-        <x:v>88538</x:v>
+        <x:v>90057</x:v>
       </x:c>
       <x:c r="EW10" s="3" t="n">
-        <x:v>90928</x:v>
+        <x:v>92517</x:v>
       </x:c>
       <x:c r="EX10" s="3" t="n">
-        <x:v>90608</x:v>
+        <x:v>91885</x:v>
       </x:c>
       <x:c r="EY10" s="3" t="n">
-        <x:v>95978</x:v>
+        <x:v>97395</x:v>
       </x:c>
       <x:c r="EZ10" s="3" t="n">
-        <x:v>91603</x:v>
+        <x:v>93069</x:v>
       </x:c>
       <x:c r="FA10" s="3" t="n">
-        <x:v>95400</x:v>
+        <x:v>96878</x:v>
       </x:c>
       <x:c r="FB10" s="3" t="n">
-        <x:v>93974</x:v>
+        <x:v>95018</x:v>
       </x:c>
       <x:c r="FC10" s="3" t="n">
-        <x:v>100520</x:v>
+        <x:v>101930</x:v>
       </x:c>
       <x:c r="FD10" s="3" t="n">
-        <x:v>96349</x:v>
+        <x:v>97715</x:v>
       </x:c>
       <x:c r="FE10" s="3" t="n">
-        <x:v>98569</x:v>
+        <x:v>100023</x:v>
       </x:c>
       <x:c r="FF10" s="3" t="n">
-        <x:v>97713</x:v>
+        <x:v>99173</x:v>
       </x:c>
       <x:c r="FG10" s="3" t="n">
-        <x:v>103634</x:v>
+        <x:v>105242</x:v>
       </x:c>
       <x:c r="FH10" s="3" t="n">
-        <x:v>99261</x:v>
+        <x:v>100964</x:v>
       </x:c>
       <x:c r="FI10" s="3" t="n">
-        <x:v>103605</x:v>
+        <x:v>105190</x:v>
       </x:c>
       <x:c r="FJ10" s="3" t="n">
-        <x:v>102539</x:v>
+        <x:v>104382</x:v>
       </x:c>
       <x:c r="FK10" s="3" t="n">
-        <x:v>108101</x:v>
+        <x:v>110081</x:v>
       </x:c>
       <x:c r="FL10" s="3" t="n">
-        <x:v>104175</x:v>
+        <x:v>105949</x:v>
       </x:c>
       <x:c r="FM10" s="3" t="n">
-        <x:v>108482</x:v>
+        <x:v>110196</x:v>
       </x:c>
       <x:c r="FN10" s="3" t="n">
-        <x:v>109229</x:v>
+        <x:v>110772</x:v>
       </x:c>
       <x:c r="FO10" s="3" t="n">
-        <x:v>114181</x:v>
+        <x:v>115791</x:v>
       </x:c>
       <x:c r="FP10" s="3" t="n">
-        <x:v>111137</x:v>
+        <x:v>112531</x:v>
       </x:c>
       <x:c r="FQ10" s="3" t="n">
-        <x:v>115208</x:v>
+        <x:v>116990</x:v>
       </x:c>
       <x:c r="FR10" s="3" t="n">
-        <x:v>115457</x:v>
+        <x:v>117110</x:v>
       </x:c>
       <x:c r="FS10" s="3" t="n">
-        <x:v>122377</x:v>
+        <x:v>124330</x:v>
       </x:c>
       <x:c r="FT10" s="3" t="n">
-        <x:v>117858</x:v>
+        <x:v>119433</x:v>
       </x:c>
       <x:c r="FU10" s="3" t="n">
-        <x:v>125883</x:v>
+        <x:v>127677</x:v>
       </x:c>
       <x:c r="FV10" s="3" t="n">
-        <x:v>124305</x:v>
+        <x:v>126206</x:v>
       </x:c>
       <x:c r="FW10" s="3" t="n">
-        <x:v>131973</x:v>
+        <x:v>134019</x:v>
       </x:c>
       <x:c r="FX10" s="3" t="n">
-        <x:v>128017</x:v>
+        <x:v>129752</x:v>
       </x:c>
       <x:c r="FY10" s="3" t="n">
-        <x:v>135758</x:v>
+        <x:v>137442</x:v>
       </x:c>
       <x:c r="FZ10" s="3" t="n">
-        <x:v>134429</x:v>
+        <x:v>135981</x:v>
       </x:c>
       <x:c r="GA10" s="3" t="n">
-        <x:v>142171</x:v>
+        <x:v>143877</x:v>
       </x:c>
       <x:c r="GB10" s="3" t="n">
-        <x:v>138242</x:v>
+        <x:v>139688</x:v>
       </x:c>
       <x:c r="GC10" s="3" t="n">
-        <x:v>149454</x:v>
+        <x:v>150748</x:v>
       </x:c>
       <x:c r="GD10" s="3" t="n">
-        <x:v>145129</x:v>
+        <x:v>146478</x:v>
       </x:c>
       <x:c r="GE10" s="3" t="n">
-        <x:v>153967</x:v>
+        <x:v>155477</x:v>
       </x:c>
       <x:c r="GF10" s="3" t="n">
-        <x:v>148456</x:v>
+        <x:v>149982</x:v>
       </x:c>
       <x:c r="GG10" s="3" t="n">
-        <x:v>155007</x:v>
+        <x:v>157025</x:v>
       </x:c>
       <x:c r="GH10" s="3" t="n">
-        <x:v>153834</x:v>
+        <x:v>155153</x:v>
       </x:c>
       <x:c r="GI10" s="3" t="n">
-        <x:v>164425</x:v>
+        <x:v>165765</x:v>
+      </x:c>
+      <x:c r="GJ10" s="3" t="n">
+        <x:v>159089</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:191">
+    <x:row r="11" spans="1:192">
       <x:c r="A11" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>1487</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>1503</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>1519</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>1519</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>1567</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>1585</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
         <x:v>1602</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
         <x:v>1602</x:v>
       </x:c>
@@ -5339,419 +5360,422 @@
       <x:c r="BJ11" s="3" t="n">
         <x:v>5156</x:v>
       </x:c>
       <x:c r="BK11" s="3" t="n">
         <x:v>5081</x:v>
       </x:c>
       <x:c r="BL11" s="3" t="n">
         <x:v>5311</x:v>
       </x:c>
       <x:c r="BM11" s="3" t="n">
         <x:v>5440</x:v>
       </x:c>
       <x:c r="BN11" s="3" t="n">
         <x:v>5092</x:v>
       </x:c>
       <x:c r="BO11" s="3" t="n">
         <x:v>5094</x:v>
       </x:c>
       <x:c r="BP11" s="3" t="n">
         <x:v>5250</x:v>
       </x:c>
       <x:c r="BQ11" s="3" t="n">
         <x:v>5319</x:v>
       </x:c>
       <x:c r="BR11" s="3" t="n">
-        <x:v>5510</x:v>
+        <x:v>6874</x:v>
       </x:c>
       <x:c r="BS11" s="3" t="n">
-        <x:v>5309</x:v>
+        <x:v>6633</x:v>
       </x:c>
       <x:c r="BT11" s="3" t="n">
-        <x:v>5521</x:v>
+        <x:v>6893</x:v>
       </x:c>
       <x:c r="BU11" s="3" t="n">
-        <x:v>5615</x:v>
+        <x:v>7006</x:v>
       </x:c>
       <x:c r="BV11" s="3" t="n">
-        <x:v>5972</x:v>
+        <x:v>7407</x:v>
       </x:c>
       <x:c r="BW11" s="3" t="n">
-        <x:v>5796</x:v>
+        <x:v>7198</x:v>
       </x:c>
       <x:c r="BX11" s="3" t="n">
-        <x:v>6068</x:v>
+        <x:v>7529</x:v>
       </x:c>
       <x:c r="BY11" s="3" t="n">
-        <x:v>6120</x:v>
+        <x:v>7590</x:v>
       </x:c>
       <x:c r="BZ11" s="3" t="n">
-        <x:v>6208</x:v>
+        <x:v>7617</x:v>
       </x:c>
       <x:c r="CA11" s="3" t="n">
-        <x:v>6479</x:v>
+        <x:v>7948</x:v>
       </x:c>
       <x:c r="CB11" s="3" t="n">
-        <x:v>6669</x:v>
+        <x:v>8185</x:v>
       </x:c>
       <x:c r="CC11" s="3" t="n">
-        <x:v>6866</x:v>
+        <x:v>8428</x:v>
       </x:c>
       <x:c r="CD11" s="3" t="n">
-        <x:v>7021</x:v>
+        <x:v>8537</x:v>
       </x:c>
       <x:c r="CE11" s="3" t="n">
-        <x:v>7080</x:v>
+        <x:v>8618</x:v>
       </x:c>
       <x:c r="CF11" s="3" t="n">
-        <x:v>7310</x:v>
+        <x:v>8892</x:v>
       </x:c>
       <x:c r="CG11" s="3" t="n">
-        <x:v>7225</x:v>
+        <x:v>8776</x:v>
       </x:c>
       <x:c r="CH11" s="3" t="n">
-        <x:v>7647</x:v>
+        <x:v>9456</x:v>
       </x:c>
       <x:c r="CI11" s="3" t="n">
-        <x:v>7292</x:v>
+        <x:v>9009</x:v>
       </x:c>
       <x:c r="CJ11" s="3" t="n">
-        <x:v>7244</x:v>
+        <x:v>8937</x:v>
       </x:c>
       <x:c r="CK11" s="3" t="n">
-        <x:v>7259</x:v>
+        <x:v>8949</x:v>
       </x:c>
       <x:c r="CL11" s="3" t="n">
-        <x:v>8105</x:v>
+        <x:v>9936</x:v>
       </x:c>
       <x:c r="CM11" s="3" t="n">
-        <x:v>7913</x:v>
+        <x:v>9709</x:v>
       </x:c>
       <x:c r="CN11" s="3" t="n">
-        <x:v>8116</x:v>
+        <x:v>9951</x:v>
       </x:c>
       <x:c r="CO11" s="3" t="n">
-        <x:v>8202</x:v>
+        <x:v>10055</x:v>
       </x:c>
       <x:c r="CP11" s="3" t="n">
-        <x:v>9084</x:v>
+        <x:v>11017</x:v>
       </x:c>
       <x:c r="CQ11" s="3" t="n">
-        <x:v>8883</x:v>
+        <x:v>10781</x:v>
       </x:c>
       <x:c r="CR11" s="3" t="n">
-        <x:v>9097</x:v>
+        <x:v>11033</x:v>
       </x:c>
       <x:c r="CS11" s="3" t="n">
-        <x:v>9126</x:v>
+        <x:v>11067</x:v>
       </x:c>
       <x:c r="CT11" s="3" t="n">
-        <x:v>20802</x:v>
+        <x:v>22892</x:v>
       </x:c>
       <x:c r="CU11" s="3" t="n">
-        <x:v>20921</x:v>
+        <x:v>23022</x:v>
       </x:c>
       <x:c r="CV11" s="3" t="n">
-        <x:v>21454</x:v>
+        <x:v>23604</x:v>
       </x:c>
       <x:c r="CW11" s="3" t="n">
-        <x:v>21492</x:v>
+        <x:v>23653</x:v>
       </x:c>
       <x:c r="CX11" s="3" t="n">
-        <x:v>23902</x:v>
+        <x:v>26275</x:v>
       </x:c>
       <x:c r="CY11" s="3" t="n">
-        <x:v>22628</x:v>
+        <x:v>24870</x:v>
       </x:c>
       <x:c r="CZ11" s="3" t="n">
-        <x:v>23204</x:v>
+        <x:v>25487</x:v>
       </x:c>
       <x:c r="DA11" s="3" t="n">
-        <x:v>23150</x:v>
+        <x:v>25438</x:v>
       </x:c>
       <x:c r="DB11" s="3" t="n">
-        <x:v>24630</x:v>
+        <x:v>27219</x:v>
       </x:c>
       <x:c r="DC11" s="3" t="n">
-        <x:v>24363</x:v>
+        <x:v>26920</x:v>
       </x:c>
       <x:c r="DD11" s="3" t="n">
-        <x:v>25323</x:v>
+        <x:v>27987</x:v>
       </x:c>
       <x:c r="DE11" s="3" t="n">
-        <x:v>25358</x:v>
+        <x:v>28024</x:v>
       </x:c>
       <x:c r="DF11" s="3" t="n">
-        <x:v>25568</x:v>
+        <x:v>28200</x:v>
       </x:c>
       <x:c r="DG11" s="3" t="n">
-        <x:v>26742</x:v>
+        <x:v>29500</x:v>
       </x:c>
       <x:c r="DH11" s="3" t="n">
-        <x:v>27193</x:v>
+        <x:v>29998</x:v>
       </x:c>
       <x:c r="DI11" s="3" t="n">
-        <x:v>27311</x:v>
+        <x:v>30122</x:v>
       </x:c>
       <x:c r="DJ11" s="3" t="n">
-        <x:v>27929</x:v>
+        <x:v>30736</x:v>
       </x:c>
       <x:c r="DK11" s="3" t="n">
-        <x:v>27269</x:v>
+        <x:v>30002</x:v>
       </x:c>
       <x:c r="DL11" s="3" t="n">
-        <x:v>28355</x:v>
+        <x:v>31207</x:v>
       </x:c>
       <x:c r="DM11" s="3" t="n">
-        <x:v>28654</x:v>
+        <x:v>31562</x:v>
       </x:c>
       <x:c r="DN11" s="3" t="n">
-        <x:v>29448</x:v>
+        <x:v>32221</x:v>
       </x:c>
       <x:c r="DO11" s="3" t="n">
-        <x:v>28918</x:v>
+        <x:v>31629</x:v>
       </x:c>
       <x:c r="DP11" s="3" t="n">
-        <x:v>29921</x:v>
+        <x:v>32714</x:v>
       </x:c>
       <x:c r="DQ11" s="3" t="n">
-        <x:v>29813</x:v>
+        <x:v>32610</x:v>
       </x:c>
       <x:c r="DR11" s="3" t="n">
-        <x:v>30280</x:v>
+        <x:v>33195</x:v>
       </x:c>
       <x:c r="DS11" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>34060</x:v>
       </x:c>
       <x:c r="DT11" s="3" t="n">
-        <x:v>32145</x:v>
+        <x:v>35240</x:v>
       </x:c>
       <x:c r="DU11" s="3" t="n">
-        <x:v>32662</x:v>
+        <x:v>35846</x:v>
       </x:c>
       <x:c r="DV11" s="3" t="n">
-        <x:v>35360</x:v>
+        <x:v>38285</x:v>
       </x:c>
       <x:c r="DW11" s="3" t="n">
-        <x:v>35990</x:v>
+        <x:v>38938</x:v>
       </x:c>
       <x:c r="DX11" s="3" t="n">
-        <x:v>36737</x:v>
+        <x:v>39768</x:v>
       </x:c>
       <x:c r="DY11" s="3" t="n">
-        <x:v>37183</x:v>
+        <x:v>40178</x:v>
       </x:c>
       <x:c r="DZ11" s="3" t="n">
-        <x:v>37813</x:v>
+        <x:v>40870</x:v>
       </x:c>
       <x:c r="EA11" s="3" t="n">
-        <x:v>38222</x:v>
+        <x:v>41367</x:v>
       </x:c>
       <x:c r="EB11" s="3" t="n">
-        <x:v>39780</x:v>
+        <x:v>43097</x:v>
       </x:c>
       <x:c r="EC11" s="3" t="n">
-        <x:v>39432</x:v>
+        <x:v>42767</x:v>
       </x:c>
       <x:c r="ED11" s="3" t="n">
-        <x:v>39719</x:v>
+        <x:v>42555</x:v>
       </x:c>
       <x:c r="EE11" s="3" t="n">
-        <x:v>40088</x:v>
+        <x:v>42992</x:v>
       </x:c>
       <x:c r="EF11" s="3" t="n">
-        <x:v>41766</x:v>
+        <x:v>44917</x:v>
       </x:c>
       <x:c r="EG11" s="3" t="n">
-        <x:v>41746</x:v>
+        <x:v>45193</x:v>
       </x:c>
       <x:c r="EH11" s="3" t="n">
-        <x:v>41834</x:v>
+        <x:v>45499</x:v>
       </x:c>
       <x:c r="EI11" s="3" t="n">
-        <x:v>42499</x:v>
+        <x:v>46376</x:v>
       </x:c>
       <x:c r="EJ11" s="3" t="n">
-        <x:v>43530</x:v>
+        <x:v>47595</x:v>
       </x:c>
       <x:c r="EK11" s="3" t="n">
-        <x:v>43855</x:v>
+        <x:v>48058</x:v>
       </x:c>
       <x:c r="EL11" s="3" t="n">
-        <x:v>44110</x:v>
+        <x:v>48236</x:v>
       </x:c>
       <x:c r="EM11" s="3" t="n">
-        <x:v>44665</x:v>
+        <x:v>48872</x:v>
       </x:c>
       <x:c r="EN11" s="3" t="n">
-        <x:v>45073</x:v>
+        <x:v>49282</x:v>
       </x:c>
       <x:c r="EO11" s="3" t="n">
-        <x:v>45465</x:v>
+        <x:v>49750</x:v>
       </x:c>
       <x:c r="EP11" s="3" t="n">
-        <x:v>46294</x:v>
+        <x:v>50722</x:v>
       </x:c>
       <x:c r="EQ11" s="3" t="n">
-        <x:v>47191</x:v>
+        <x:v>51701</x:v>
       </x:c>
       <x:c r="ER11" s="3" t="n">
-        <x:v>48269</x:v>
+        <x:v>52913</x:v>
       </x:c>
       <x:c r="ES11" s="3" t="n">
-        <x:v>49051</x:v>
+        <x:v>53801</x:v>
       </x:c>
       <x:c r="ET11" s="3" t="n">
-        <x:v>49882</x:v>
+        <x:v>54836</x:v>
       </x:c>
       <x:c r="EU11" s="3" t="n">
-        <x:v>51720</x:v>
+        <x:v>56927</x:v>
       </x:c>
       <x:c r="EV11" s="3" t="n">
-        <x:v>50396</x:v>
+        <x:v>54981</x:v>
       </x:c>
       <x:c r="EW11" s="3" t="n">
-        <x:v>51611</x:v>
+        <x:v>56332</x:v>
       </x:c>
       <x:c r="EX11" s="3" t="n">
-        <x:v>51286</x:v>
+        <x:v>55882</x:v>
       </x:c>
       <x:c r="EY11" s="3" t="n">
-        <x:v>54769</x:v>
+        <x:v>59643</x:v>
       </x:c>
       <x:c r="EZ11" s="3" t="n">
-        <x:v>52170</x:v>
+        <x:v>56976</x:v>
       </x:c>
       <x:c r="FA11" s="3" t="n">
-        <x:v>53851</x:v>
+        <x:v>58849</x:v>
       </x:c>
       <x:c r="FB11" s="3" t="n">
-        <x:v>53178</x:v>
+        <x:v>57753</x:v>
       </x:c>
       <x:c r="FC11" s="3" t="n">
-        <x:v>56836</x:v>
+        <x:v>62016</x:v>
       </x:c>
       <x:c r="FD11" s="3" t="n">
-        <x:v>54245</x:v>
+        <x:v>59263</x:v>
       </x:c>
       <x:c r="FE11" s="3" t="n">
-        <x:v>55201</x:v>
+        <x:v>60350</x:v>
       </x:c>
       <x:c r="FF11" s="3" t="n">
-        <x:v>55401</x:v>
+        <x:v>60517</x:v>
       </x:c>
       <x:c r="FG11" s="3" t="n">
-        <x:v>58814</x:v>
+        <x:v>64220</x:v>
       </x:c>
       <x:c r="FH11" s="3" t="n">
-        <x:v>56291</x:v>
+        <x:v>61588</x:v>
       </x:c>
       <x:c r="FI11" s="3" t="n">
-        <x:v>57838</x:v>
+        <x:v>63087</x:v>
       </x:c>
       <x:c r="FJ11" s="3" t="n">
-        <x:v>58340</x:v>
+        <x:v>63606</x:v>
       </x:c>
       <x:c r="FK11" s="3" t="n">
-        <x:v>61329</x:v>
+        <x:v>66872</x:v>
       </x:c>
       <x:c r="FL11" s="3" t="n">
-        <x:v>58947</x:v>
+        <x:v>64206</x:v>
       </x:c>
       <x:c r="FM11" s="3" t="n">
-        <x:v>60854</x:v>
+        <x:v>66303</x:v>
       </x:c>
       <x:c r="FN11" s="3" t="n">
-        <x:v>61165</x:v>
+        <x:v>66730</x:v>
       </x:c>
       <x:c r="FO11" s="3" t="n">
-        <x:v>63035</x:v>
+        <x:v>68947</x:v>
       </x:c>
       <x:c r="FP11" s="3" t="n">
-        <x:v>61148</x:v>
+        <x:v>66788</x:v>
       </x:c>
       <x:c r="FQ11" s="3" t="n">
-        <x:v>64384</x:v>
+        <x:v>70283</x:v>
       </x:c>
       <x:c r="FR11" s="3" t="n">
-        <x:v>64933</x:v>
+        <x:v>70578</x:v>
       </x:c>
       <x:c r="FS11" s="3" t="n">
-        <x:v>69195</x:v>
+        <x:v>75261</x:v>
       </x:c>
       <x:c r="FT11" s="3" t="n">
-        <x:v>66090</x:v>
+        <x:v>71742</x:v>
       </x:c>
       <x:c r="FU11" s="3" t="n">
-        <x:v>70608</x:v>
+        <x:v>76966</x:v>
       </x:c>
       <x:c r="FV11" s="3" t="n">
-        <x:v>70880</x:v>
+        <x:v>77466</x:v>
       </x:c>
       <x:c r="FW11" s="3" t="n">
-        <x:v>74685</x:v>
+        <x:v>81919</x:v>
       </x:c>
       <x:c r="FX11" s="3" t="n">
-        <x:v>72236</x:v>
+        <x:v>79096</x:v>
       </x:c>
       <x:c r="FY11" s="3" t="n">
-        <x:v>76343</x:v>
+        <x:v>83278</x:v>
       </x:c>
       <x:c r="FZ11" s="3" t="n">
-        <x:v>75674</x:v>
+        <x:v>82112</x:v>
       </x:c>
       <x:c r="GA11" s="3" t="n">
-        <x:v>79966</x:v>
+        <x:v>86501</x:v>
       </x:c>
       <x:c r="GB11" s="3" t="n">
-        <x:v>76766</x:v>
+        <x:v>82811</x:v>
       </x:c>
       <x:c r="GC11" s="3" t="n">
-        <x:v>84328</x:v>
+        <x:v>90353</x:v>
       </x:c>
       <x:c r="GD11" s="3" t="n">
-        <x:v>81287</x:v>
+        <x:v>87854</x:v>
       </x:c>
       <x:c r="GE11" s="3" t="n">
-        <x:v>86080</x:v>
+        <x:v>93141</x:v>
       </x:c>
       <x:c r="GF11" s="3" t="n">
-        <x:v>82992</x:v>
+        <x:v>89342</x:v>
       </x:c>
       <x:c r="GG11" s="3" t="n">
-        <x:v>87110</x:v>
+        <x:v>93347</x:v>
       </x:c>
       <x:c r="GH11" s="3" t="n">
-        <x:v>84688</x:v>
+        <x:v>91723</x:v>
       </x:c>
       <x:c r="GI11" s="3" t="n">
-        <x:v>90151</x:v>
+        <x:v>97308</x:v>
+      </x:c>
+      <x:c r="GJ11" s="3" t="n">
+        <x:v>93011</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:191">
+    <x:row r="12" spans="1:192">
       <x:c r="A12" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>3535</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>3574</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>3614</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>3614</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>3786</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
         <x:v>3828</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
         <x:v>3870</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
         <x:v>3870</x:v>
       </x:c>
@@ -5914,419 +5938,422 @@
       <x:c r="BJ12" s="3" t="n">
         <x:v>14252</x:v>
       </x:c>
       <x:c r="BK12" s="3" t="n">
         <x:v>13835</x:v>
       </x:c>
       <x:c r="BL12" s="3" t="n">
         <x:v>14240</x:v>
       </x:c>
       <x:c r="BM12" s="3" t="n">
         <x:v>14710</x:v>
       </x:c>
       <x:c r="BN12" s="3" t="n">
         <x:v>14433</x:v>
       </x:c>
       <x:c r="BO12" s="3" t="n">
         <x:v>14361</x:v>
       </x:c>
       <x:c r="BP12" s="3" t="n">
         <x:v>14701</x:v>
       </x:c>
       <x:c r="BQ12" s="3" t="n">
         <x:v>15213</x:v>
       </x:c>
       <x:c r="BR12" s="3" t="n">
-        <x:v>14720</x:v>
+        <x:v>13638</x:v>
       </x:c>
       <x:c r="BS12" s="3" t="n">
-        <x:v>13983</x:v>
+        <x:v>12937</x:v>
       </x:c>
       <x:c r="BT12" s="3" t="n">
-        <x:v>14543</x:v>
+        <x:v>13456</x:v>
       </x:c>
       <x:c r="BU12" s="3" t="n">
-        <x:v>15056</x:v>
+        <x:v>13950</x:v>
       </x:c>
       <x:c r="BV12" s="3" t="n">
-        <x:v>15457</x:v>
+        <x:v>14340</x:v>
       </x:c>
       <x:c r="BW12" s="3" t="n">
-        <x:v>14789</x:v>
+        <x:v>13699</x:v>
       </x:c>
       <x:c r="BX12" s="3" t="n">
-        <x:v>15519</x:v>
+        <x:v>14379</x:v>
       </x:c>
       <x:c r="BY12" s="3" t="n">
-        <x:v>15983</x:v>
+        <x:v>14830</x:v>
       </x:c>
       <x:c r="BZ12" s="3" t="n">
-        <x:v>15565</x:v>
+        <x:v>14458</x:v>
       </x:c>
       <x:c r="CA12" s="3" t="n">
-        <x:v>16065</x:v>
+        <x:v>14917</x:v>
       </x:c>
       <x:c r="CB12" s="3" t="n">
-        <x:v>16146</x:v>
+        <x:v>14968</x:v>
       </x:c>
       <x:c r="CC12" s="3" t="n">
-        <x:v>16618</x:v>
+        <x:v>15406</x:v>
       </x:c>
       <x:c r="CD12" s="3" t="n">
-        <x:v>17025</x:v>
+        <x:v>15846</x:v>
       </x:c>
       <x:c r="CE12" s="3" t="n">
-        <x:v>16323</x:v>
+        <x:v>15154</x:v>
       </x:c>
       <x:c r="CF12" s="3" t="n">
-        <x:v>17229</x:v>
+        <x:v>16010</x:v>
       </x:c>
       <x:c r="CG12" s="3" t="n">
-        <x:v>17911</x:v>
+        <x:v>16697</x:v>
       </x:c>
       <x:c r="CH12" s="3" t="n">
-        <x:v>18611</x:v>
+        <x:v>17220</x:v>
       </x:c>
       <x:c r="CI12" s="3" t="n">
-        <x:v>18110</x:v>
+        <x:v>16790</x:v>
       </x:c>
       <x:c r="CJ12" s="3" t="n">
-        <x:v>18639</x:v>
+        <x:v>17316</x:v>
       </x:c>
       <x:c r="CK12" s="3" t="n">
-        <x:v>19166</x:v>
+        <x:v>17839</x:v>
       </x:c>
       <x:c r="CL12" s="3" t="n">
-        <x:v>20224</x:v>
+        <x:v>18812</x:v>
       </x:c>
       <x:c r="CM12" s="3" t="n">
-        <x:v>19165</x:v>
+        <x:v>17794</x:v>
       </x:c>
       <x:c r="CN12" s="3" t="n">
-        <x:v>19763</x:v>
+        <x:v>18356</x:v>
       </x:c>
       <x:c r="CO12" s="3" t="n">
-        <x:v>20261</x:v>
+        <x:v>18841</x:v>
       </x:c>
       <x:c r="CP12" s="3" t="n">
-        <x:v>21321</x:v>
+        <x:v>19844</x:v>
       </x:c>
       <x:c r="CQ12" s="3" t="n">
-        <x:v>20231</x:v>
+        <x:v>18795</x:v>
       </x:c>
       <x:c r="CR12" s="3" t="n">
-        <x:v>20843</x:v>
+        <x:v>19370</x:v>
       </x:c>
       <x:c r="CS12" s="3" t="n">
-        <x:v>21159</x:v>
+        <x:v>19683</x:v>
       </x:c>
       <x:c r="CT12" s="3" t="n">
-        <x:v>21923</x:v>
+        <x:v>20358</x:v>
       </x:c>
       <x:c r="CU12" s="3" t="n">
-        <x:v>22759</x:v>
+        <x:v>21144</x:v>
       </x:c>
       <x:c r="CV12" s="3" t="n">
-        <x:v>23592</x:v>
+        <x:v>21907</x:v>
       </x:c>
       <x:c r="CW12" s="3" t="n">
-        <x:v>23006</x:v>
+        <x:v>21366</x:v>
       </x:c>
       <x:c r="CX12" s="3" t="n">
-        <x:v>22484</x:v>
+        <x:v>20802</x:v>
       </x:c>
       <x:c r="CY12" s="3" t="n">
-        <x:v>22110</x:v>
+        <x:v>20471</x:v>
       </x:c>
       <x:c r="CZ12" s="3" t="n">
-        <x:v>23028</x:v>
+        <x:v>21306</x:v>
       </x:c>
       <x:c r="DA12" s="3" t="n">
-        <x:v>22371</x:v>
+        <x:v>20708</x:v>
       </x:c>
       <x:c r="DB12" s="3" t="n">
-        <x:v>23021</x:v>
+        <x:v>21297</x:v>
       </x:c>
       <x:c r="DC12" s="3" t="n">
-        <x:v>22278</x:v>
+        <x:v>20588</x:v>
       </x:c>
       <x:c r="DD12" s="3" t="n">
-        <x:v>23328</x:v>
+        <x:v>21559</x:v>
       </x:c>
       <x:c r="DE12" s="3" t="n">
-        <x:v>23780</x:v>
+        <x:v>22003</x:v>
       </x:c>
       <x:c r="DF12" s="3" t="n">
-        <x:v>22945</x:v>
+        <x:v>21205</x:v>
       </x:c>
       <x:c r="DG12" s="3" t="n">
-        <x:v>23509</x:v>
+        <x:v>21690</x:v>
       </x:c>
       <x:c r="DH12" s="3" t="n">
-        <x:v>23277</x:v>
+        <x:v>21436</x:v>
       </x:c>
       <x:c r="DI12" s="3" t="n">
-        <x:v>23312</x:v>
+        <x:v>21466</x:v>
       </x:c>
       <x:c r="DJ12" s="3" t="n">
-        <x:v>25327</x:v>
+        <x:v>23483</x:v>
       </x:c>
       <x:c r="DK12" s="3" t="n">
-        <x:v>24439</x:v>
+        <x:v>22644</x:v>
       </x:c>
       <x:c r="DL12" s="3" t="n">
-        <x:v>25121</x:v>
+        <x:v>23266</x:v>
       </x:c>
       <x:c r="DM12" s="3" t="n">
-        <x:v>25599</x:v>
+        <x:v>23741</x:v>
       </x:c>
       <x:c r="DN12" s="3" t="n">
-        <x:v>27041</x:v>
+        <x:v>25128</x:v>
       </x:c>
       <x:c r="DO12" s="3" t="n">
-        <x:v>26094</x:v>
+        <x:v>24211</x:v>
       </x:c>
       <x:c r="DP12" s="3" t="n">
-        <x:v>26710</x:v>
+        <x:v>24758</x:v>
       </x:c>
       <x:c r="DQ12" s="3" t="n">
-        <x:v>27394</x:v>
+        <x:v>25452</x:v>
       </x:c>
       <x:c r="DR12" s="3" t="n">
-        <x:v>27669</x:v>
+        <x:v>25642</x:v>
       </x:c>
       <x:c r="DS12" s="3" t="n">
-        <x:v>28917</x:v>
+        <x:v>26795</x:v>
       </x:c>
       <x:c r="DT12" s="3" t="n">
-        <x:v>29796</x:v>
+        <x:v>27609</x:v>
       </x:c>
       <x:c r="DU12" s="3" t="n">
-        <x:v>30778</x:v>
+        <x:v>28530</x:v>
       </x:c>
       <x:c r="DV12" s="3" t="n">
-        <x:v>29095</x:v>
+        <x:v>26644</x:v>
       </x:c>
       <x:c r="DW12" s="3" t="n">
-        <x:v>29810</x:v>
+        <x:v>27305</x:v>
       </x:c>
       <x:c r="DX12" s="3" t="n">
-        <x:v>30099</x:v>
+        <x:v>27542</x:v>
       </x:c>
       <x:c r="DY12" s="3" t="n">
-        <x:v>29912</x:v>
+        <x:v>27350</x:v>
       </x:c>
       <x:c r="DZ12" s="3" t="n">
-        <x:v>30148</x:v>
+        <x:v>27416</x:v>
       </x:c>
       <x:c r="EA12" s="3" t="n">
-        <x:v>30347</x:v>
+        <x:v>27598</x:v>
       </x:c>
       <x:c r="EB12" s="3" t="n">
-        <x:v>30108</x:v>
+        <x:v>27369</x:v>
       </x:c>
       <x:c r="EC12" s="3" t="n">
-        <x:v>30226</x:v>
+        <x:v>27470</x:v>
       </x:c>
       <x:c r="ED12" s="3" t="n">
-        <x:v>30993</x:v>
+        <x:v>28266</x:v>
       </x:c>
       <x:c r="EE12" s="3" t="n">
-        <x:v>31349</x:v>
+        <x:v>28599</x:v>
       </x:c>
       <x:c r="EF12" s="3" t="n">
-        <x:v>31938</x:v>
+        <x:v>29126</x:v>
       </x:c>
       <x:c r="EG12" s="3" t="n">
-        <x:v>32183</x:v>
+        <x:v>29338</x:v>
       </x:c>
       <x:c r="EH12" s="3" t="n">
-        <x:v>31878</x:v>
+        <x:v>28829</x:v>
       </x:c>
       <x:c r="EI12" s="3" t="n">
-        <x:v>32569</x:v>
+        <x:v>29416</x:v>
       </x:c>
       <x:c r="EJ12" s="3" t="n">
-        <x:v>32963</x:v>
+        <x:v>29761</x:v>
       </x:c>
       <x:c r="EK12" s="3" t="n">
-        <x:v>33387</x:v>
+        <x:v>30128</x:v>
       </x:c>
       <x:c r="EL12" s="3" t="n">
-        <x:v>33764</x:v>
+        <x:v>30657</x:v>
       </x:c>
       <x:c r="EM12" s="3" t="n">
-        <x:v>33875</x:v>
+        <x:v>30754</x:v>
       </x:c>
       <x:c r="EN12" s="3" t="n">
-        <x:v>34791</x:v>
+        <x:v>31570</x:v>
       </x:c>
       <x:c r="EO12" s="3" t="n">
-        <x:v>35212</x:v>
+        <x:v>31919</x:v>
       </x:c>
       <x:c r="EP12" s="3" t="n">
-        <x:v>35625</x:v>
+        <x:v>32460</x:v>
       </x:c>
       <x:c r="EQ12" s="3" t="n">
-        <x:v>36302</x:v>
+        <x:v>33059</x:v>
       </x:c>
       <x:c r="ER12" s="3" t="n">
-        <x:v>36999</x:v>
+        <x:v>33682</x:v>
       </x:c>
       <x:c r="ES12" s="3" t="n">
-        <x:v>37684</x:v>
+        <x:v>34293</x:v>
       </x:c>
       <x:c r="ET12" s="3" t="n">
-        <x:v>37408</x:v>
+        <x:v>34396</x:v>
       </x:c>
       <x:c r="EU12" s="3" t="n">
-        <x:v>39548</x:v>
+        <x:v>36386</x:v>
       </x:c>
       <x:c r="EV12" s="3" t="n">
-        <x:v>38142</x:v>
+        <x:v>35076</x:v>
       </x:c>
       <x:c r="EW12" s="3" t="n">
-        <x:v>39317</x:v>
+        <x:v>36185</x:v>
       </x:c>
       <x:c r="EX12" s="3" t="n">
-        <x:v>39322</x:v>
+        <x:v>36003</x:v>
       </x:c>
       <x:c r="EY12" s="3" t="n">
-        <x:v>41209</x:v>
+        <x:v>37752</x:v>
       </x:c>
       <x:c r="EZ12" s="3" t="n">
-        <x:v>39433</x:v>
+        <x:v>36093</x:v>
       </x:c>
       <x:c r="FA12" s="3" t="n">
-        <x:v>41549</x:v>
+        <x:v>38029</x:v>
       </x:c>
       <x:c r="FB12" s="3" t="n">
-        <x:v>40796</x:v>
+        <x:v>37265</x:v>
       </x:c>
       <x:c r="FC12" s="3" t="n">
-        <x:v>43683</x:v>
+        <x:v>39914</x:v>
       </x:c>
       <x:c r="FD12" s="3" t="n">
-        <x:v>42105</x:v>
+        <x:v>38452</x:v>
       </x:c>
       <x:c r="FE12" s="3" t="n">
-        <x:v>43369</x:v>
+        <x:v>39673</x:v>
       </x:c>
       <x:c r="FF12" s="3" t="n">
-        <x:v>42312</x:v>
+        <x:v>38656</x:v>
       </x:c>
       <x:c r="FG12" s="3" t="n">
-        <x:v>44819</x:v>
+        <x:v>41022</x:v>
       </x:c>
       <x:c r="FH12" s="3" t="n">
-        <x:v>42970</x:v>
+        <x:v>39376</x:v>
       </x:c>
       <x:c r="FI12" s="3" t="n">
-        <x:v>45766</x:v>
+        <x:v>42102</x:v>
       </x:c>
       <x:c r="FJ12" s="3" t="n">
-        <x:v>44199</x:v>
+        <x:v>40776</x:v>
       </x:c>
       <x:c r="FK12" s="3" t="n">
-        <x:v>46772</x:v>
+        <x:v>43208</x:v>
       </x:c>
       <x:c r="FL12" s="3" t="n">
-        <x:v>45228</x:v>
+        <x:v>41743</x:v>
       </x:c>
       <x:c r="FM12" s="3" t="n">
-        <x:v>47628</x:v>
+        <x:v>43893</x:v>
       </x:c>
       <x:c r="FN12" s="3" t="n">
-        <x:v>48064</x:v>
+        <x:v>44043</x:v>
       </x:c>
       <x:c r="FO12" s="3" t="n">
-        <x:v>51146</x:v>
+        <x:v>46845</x:v>
       </x:c>
       <x:c r="FP12" s="3" t="n">
-        <x:v>49989</x:v>
+        <x:v>45744</x:v>
       </x:c>
       <x:c r="FQ12" s="3" t="n">
-        <x:v>50824</x:v>
+        <x:v>46707</x:v>
       </x:c>
       <x:c r="FR12" s="3" t="n">
-        <x:v>50524</x:v>
+        <x:v>46531</x:v>
       </x:c>
       <x:c r="FS12" s="3" t="n">
-        <x:v>53182</x:v>
+        <x:v>49069</x:v>
       </x:c>
       <x:c r="FT12" s="3" t="n">
-        <x:v>51768</x:v>
+        <x:v>47690</x:v>
       </x:c>
       <x:c r="FU12" s="3" t="n">
-        <x:v>55276</x:v>
+        <x:v>50711</x:v>
       </x:c>
       <x:c r="FV12" s="3" t="n">
-        <x:v>53425</x:v>
+        <x:v>48741</x:v>
       </x:c>
       <x:c r="FW12" s="3" t="n">
-        <x:v>57288</x:v>
+        <x:v>52100</x:v>
       </x:c>
       <x:c r="FX12" s="3" t="n">
-        <x:v>55780</x:v>
+        <x:v>50656</x:v>
       </x:c>
       <x:c r="FY12" s="3" t="n">
-        <x:v>59415</x:v>
+        <x:v>54165</x:v>
       </x:c>
       <x:c r="FZ12" s="3" t="n">
-        <x:v>58754</x:v>
+        <x:v>53869</x:v>
       </x:c>
       <x:c r="GA12" s="3" t="n">
-        <x:v>62206</x:v>
+        <x:v>57375</x:v>
       </x:c>
       <x:c r="GB12" s="3" t="n">
-        <x:v>61476</x:v>
+        <x:v>56877</x:v>
       </x:c>
       <x:c r="GC12" s="3" t="n">
-        <x:v>65126</x:v>
+        <x:v>60395</x:v>
       </x:c>
       <x:c r="GD12" s="3" t="n">
-        <x:v>63842</x:v>
+        <x:v>58624</x:v>
       </x:c>
       <x:c r="GE12" s="3" t="n">
-        <x:v>67886</x:v>
+        <x:v>62336</x:v>
       </x:c>
       <x:c r="GF12" s="3" t="n">
-        <x:v>65464</x:v>
+        <x:v>60641</x:v>
       </x:c>
       <x:c r="GG12" s="3" t="n">
-        <x:v>67898</x:v>
+        <x:v>63678</x:v>
       </x:c>
       <x:c r="GH12" s="3" t="n">
-        <x:v>69147</x:v>
+        <x:v>63430</x:v>
       </x:c>
       <x:c r="GI12" s="3" t="n">
-        <x:v>74274</x:v>
+        <x:v>68457</x:v>
+      </x:c>
+      <x:c r="GJ12" s="3" t="n">
+        <x:v>66078</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:191">
+    <x:row r="13" spans="1:192">
       <x:c r="A13" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>1627</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>1645</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>1663</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>1663</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>1749</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>1768</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
         <x:v>1788</x:v>
       </x:c>
       <x:c r="I13" s="3" t="n">
         <x:v>1788</x:v>
       </x:c>
@@ -6633,108 +6660,108 @@
       <x:c r="DF13" s="3" t="n">
         <x:v>8090</x:v>
       </x:c>
       <x:c r="DG13" s="3" t="n">
         <x:v>7933</x:v>
       </x:c>
       <x:c r="DH13" s="3" t="n">
         <x:v>7601</x:v>
       </x:c>
       <x:c r="DI13" s="3" t="n">
         <x:v>7683</x:v>
       </x:c>
       <x:c r="DJ13" s="3" t="n">
         <x:v>7967</x:v>
       </x:c>
       <x:c r="DK13" s="3" t="n">
         <x:v>7754</x:v>
       </x:c>
       <x:c r="DL13" s="3" t="n">
         <x:v>7998</x:v>
       </x:c>
       <x:c r="DM13" s="3" t="n">
         <x:v>8396</x:v>
       </x:c>
       <x:c r="DN13" s="3" t="n">
-        <x:v>8297</x:v>
+        <x:v>8246</x:v>
       </x:c>
       <x:c r="DO13" s="3" t="n">
-        <x:v>8159</x:v>
+        <x:v>8108</x:v>
       </x:c>
       <x:c r="DP13" s="3" t="n">
-        <x:v>8252</x:v>
+        <x:v>8201</x:v>
       </x:c>
       <x:c r="DQ13" s="3" t="n">
-        <x:v>8544</x:v>
+        <x:v>8492</x:v>
       </x:c>
       <x:c r="DR13" s="3" t="n">
-        <x:v>8251</x:v>
+        <x:v>8196</x:v>
       </x:c>
       <x:c r="DS13" s="3" t="n">
-        <x:v>8514</x:v>
+        <x:v>8456</x:v>
       </x:c>
       <x:c r="DT13" s="3" t="n">
-        <x:v>8801</x:v>
+        <x:v>8742</x:v>
       </x:c>
       <x:c r="DU13" s="3" t="n">
-        <x:v>9187</x:v>
+        <x:v>9125</x:v>
       </x:c>
       <x:c r="DV13" s="3" t="n">
-        <x:v>9186</x:v>
+        <x:v>9067</x:v>
       </x:c>
       <x:c r="DW13" s="3" t="n">
-        <x:v>9432</x:v>
+        <x:v>9309</x:v>
       </x:c>
       <x:c r="DX13" s="3" t="n">
-        <x:v>9259</x:v>
+        <x:v>9139</x:v>
       </x:c>
       <x:c r="DY13" s="3" t="n">
-        <x:v>8971</x:v>
+        <x:v>8854</x:v>
       </x:c>
       <x:c r="DZ13" s="3" t="n">
-        <x:v>9582</x:v>
+        <x:v>9472</x:v>
       </x:c>
       <x:c r="EA13" s="3" t="n">
-        <x:v>9588</x:v>
+        <x:v>9477</x:v>
       </x:c>
       <x:c r="EB13" s="3" t="n">
-        <x:v>9417</x:v>
+        <x:v>9308</x:v>
       </x:c>
       <x:c r="EC13" s="3" t="n">
-        <x:v>9308</x:v>
+        <x:v>9201</x:v>
       </x:c>
       <x:c r="ED13" s="3" t="n">
-        <x:v>9332</x:v>
+        <x:v>9129</x:v>
       </x:c>
       <x:c r="EE13" s="3" t="n">
-        <x:v>9475</x:v>
+        <x:v>9269</x:v>
       </x:c>
       <x:c r="EF13" s="3" t="n">
-        <x:v>9638</x:v>
+        <x:v>9429</x:v>
       </x:c>
       <x:c r="EG13" s="3" t="n">
-        <x:v>9826</x:v>
+        <x:v>9612</x:v>
       </x:c>
       <x:c r="EH13" s="3" t="n">
         <x:v>9692</x:v>
       </x:c>
       <x:c r="EI13" s="3" t="n">
         <x:v>9801</x:v>
       </x:c>
       <x:c r="EJ13" s="3" t="n">
         <x:v>9916</x:v>
       </x:c>
       <x:c r="EK13" s="3" t="n">
         <x:v>10014</x:v>
       </x:c>
       <x:c r="EL13" s="3" t="n">
         <x:v>10119</x:v>
       </x:c>
       <x:c r="EM13" s="3" t="n">
         <x:v>10124</x:v>
       </x:c>
       <x:c r="EN13" s="3" t="n">
         <x:v>10246</x:v>
       </x:c>
       <x:c r="EO13" s="3" t="n">
         <x:v>10093</x:v>
       </x:c>
@@ -6759,149 +6786,152 @@
       <x:c r="EV13" s="3" t="n">
         <x:v>10602</x:v>
       </x:c>
       <x:c r="EW13" s="3" t="n">
         <x:v>11204</x:v>
       </x:c>
       <x:c r="EX13" s="3" t="n">
         <x:v>10675</x:v>
       </x:c>
       <x:c r="EY13" s="3" t="n">
         <x:v>11495</x:v>
       </x:c>
       <x:c r="EZ13" s="3" t="n">
         <x:v>10771</x:v>
       </x:c>
       <x:c r="FA13" s="3" t="n">
         <x:v>11457</x:v>
       </x:c>
       <x:c r="FB13" s="3" t="n">
         <x:v>10911</x:v>
       </x:c>
       <x:c r="FC13" s="3" t="n">
         <x:v>11891</x:v>
       </x:c>
       <x:c r="FD13" s="3" t="n">
-        <x:v>11144</x:v>
+        <x:v>11145</x:v>
       </x:c>
       <x:c r="FE13" s="3" t="n">
         <x:v>11828</x:v>
       </x:c>
       <x:c r="FF13" s="3" t="n">
         <x:v>11299</x:v>
       </x:c>
       <x:c r="FG13" s="3" t="n">
         <x:v>12197</x:v>
       </x:c>
       <x:c r="FH13" s="3" t="n">
         <x:v>11515</x:v>
       </x:c>
       <x:c r="FI13" s="3" t="n">
         <x:v>13071</x:v>
       </x:c>
       <x:c r="FJ13" s="3" t="n">
         <x:v>11927</x:v>
       </x:c>
       <x:c r="FK13" s="3" t="n">
         <x:v>12955</x:v>
       </x:c>
       <x:c r="FL13" s="3" t="n">
         <x:v>12348</x:v>
       </x:c>
       <x:c r="FM13" s="3" t="n">
-        <x:v>13181</x:v>
+        <x:v>13180</x:v>
       </x:c>
       <x:c r="FN13" s="3" t="n">
         <x:v>12763</x:v>
       </x:c>
       <x:c r="FO13" s="3" t="n">
         <x:v>13972</x:v>
       </x:c>
       <x:c r="FP13" s="3" t="n">
         <x:v>12887</x:v>
       </x:c>
       <x:c r="FQ13" s="3" t="n">
-        <x:v>13798</x:v>
+        <x:v>13799</x:v>
       </x:c>
       <x:c r="FR13" s="3" t="n">
-        <x:v>13431</x:v>
+        <x:v>13434</x:v>
       </x:c>
       <x:c r="FS13" s="3" t="n">
-        <x:v>14237</x:v>
+        <x:v>14240</x:v>
       </x:c>
       <x:c r="FT13" s="3" t="n">
         <x:v>13729</x:v>
       </x:c>
       <x:c r="FU13" s="3" t="n">
-        <x:v>15049</x:v>
+        <x:v>15043</x:v>
       </x:c>
       <x:c r="FV13" s="3" t="n">
-        <x:v>14530</x:v>
+        <x:v>14516</x:v>
       </x:c>
       <x:c r="FW13" s="3" t="n">
-        <x:v>16234</x:v>
+        <x:v>16216</x:v>
       </x:c>
       <x:c r="FX13" s="3" t="n">
-        <x:v>15408</x:v>
+        <x:v>15393</x:v>
       </x:c>
       <x:c r="FY13" s="3" t="n">
-        <x:v>16792</x:v>
+        <x:v>16787</x:v>
       </x:c>
       <x:c r="FZ13" s="3" t="n">
-        <x:v>16439</x:v>
+        <x:v>16449</x:v>
       </x:c>
       <x:c r="GA13" s="3" t="n">
-        <x:v>17942</x:v>
+        <x:v>17968</x:v>
       </x:c>
       <x:c r="GB13" s="3" t="n">
-        <x:v>17347</x:v>
+        <x:v>17381</x:v>
       </x:c>
       <x:c r="GC13" s="3" t="n">
-        <x:v>18866</x:v>
+        <x:v>18909</x:v>
       </x:c>
       <x:c r="GD13" s="3" t="n">
-        <x:v>18580</x:v>
+        <x:v>18564</x:v>
       </x:c>
       <x:c r="GE13" s="3" t="n">
-        <x:v>20509</x:v>
+        <x:v>20447</x:v>
       </x:c>
       <x:c r="GF13" s="3" t="n">
-        <x:v>19357</x:v>
+        <x:v>19494</x:v>
       </x:c>
       <x:c r="GG13" s="3" t="n">
-        <x:v>20686</x:v>
+        <x:v>20972</x:v>
       </x:c>
       <x:c r="GH13" s="3" t="n">
-        <x:v>20719</x:v>
+        <x:v>20641</x:v>
       </x:c>
       <x:c r="GI13" s="3" t="n">
-        <x:v>23486</x:v>
+        <x:v>23093</x:v>
+      </x:c>
+      <x:c r="GJ13" s="3" t="n">
+        <x:v>21552</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:191">
+    <x:row r="14" spans="1:192">
       <x:c r="A14" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>6842</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>6919</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
         <x:v>6995</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
         <x:v>6995</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
         <x:v>7476</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
         <x:v>7560</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
         <x:v>7643</x:v>
       </x:c>
       <x:c r="I14" s="3" t="n">
         <x:v>7643</x:v>
       </x:c>
@@ -7064,419 +7094,422 @@
       <x:c r="BJ14" s="3" t="n">
         <x:v>28038</x:v>
       </x:c>
       <x:c r="BK14" s="3" t="n">
         <x:v>26589</x:v>
       </x:c>
       <x:c r="BL14" s="3" t="n">
         <x:v>26182</x:v>
       </x:c>
       <x:c r="BM14" s="3" t="n">
         <x:v>29129</x:v>
       </x:c>
       <x:c r="BN14" s="3" t="n">
         <x:v>27708</x:v>
       </x:c>
       <x:c r="BO14" s="3" t="n">
         <x:v>28133</x:v>
       </x:c>
       <x:c r="BP14" s="3" t="n">
         <x:v>28302</x:v>
       </x:c>
       <x:c r="BQ14" s="3" t="n">
         <x:v>30423</x:v>
       </x:c>
       <x:c r="BR14" s="3" t="n">
-        <x:v>31256</x:v>
+        <x:v>31417</x:v>
       </x:c>
       <x:c r="BS14" s="3" t="n">
-        <x:v>29105</x:v>
+        <x:v>29262</x:v>
       </x:c>
       <x:c r="BT14" s="3" t="n">
-        <x:v>29587</x:v>
+        <x:v>29751</x:v>
       </x:c>
       <x:c r="BU14" s="3" t="n">
-        <x:v>31695</x:v>
+        <x:v>31866</x:v>
       </x:c>
       <x:c r="BV14" s="3" t="n">
-        <x:v>32527</x:v>
+        <x:v>32684</x:v>
       </x:c>
       <x:c r="BW14" s="3" t="n">
-        <x:v>30968</x:v>
+        <x:v>31120</x:v>
       </x:c>
       <x:c r="BX14" s="3" t="n">
-        <x:v>31564</x:v>
+        <x:v>31726</x:v>
       </x:c>
       <x:c r="BY14" s="3" t="n">
-        <x:v>34021</x:v>
+        <x:v>34185</x:v>
       </x:c>
       <x:c r="BZ14" s="3" t="n">
-        <x:v>32929</x:v>
+        <x:v>33099</x:v>
       </x:c>
       <x:c r="CA14" s="3" t="n">
-        <x:v>34856</x:v>
+        <x:v>35031</x:v>
       </x:c>
       <x:c r="CB14" s="3" t="n">
-        <x:v>33344</x:v>
+        <x:v>33523</x:v>
       </x:c>
       <x:c r="CC14" s="3" t="n">
-        <x:v>36272</x:v>
+        <x:v>36454</x:v>
       </x:c>
       <x:c r="CD14" s="3" t="n">
-        <x:v>36985</x:v>
+        <x:v>37185</x:v>
       </x:c>
       <x:c r="CE14" s="3" t="n">
-        <x:v>36400</x:v>
+        <x:v>36601</x:v>
       </x:c>
       <x:c r="CF14" s="3" t="n">
-        <x:v>37545</x:v>
+        <x:v>37764</x:v>
       </x:c>
       <x:c r="CG14" s="3" t="n">
-        <x:v>40473</x:v>
+        <x:v>40696</x:v>
       </x:c>
       <x:c r="CH14" s="3" t="n">
-        <x:v>40257</x:v>
+        <x:v>40485</x:v>
       </x:c>
       <x:c r="CI14" s="3" t="n">
-        <x:v>39944</x:v>
+        <x:v>40171</x:v>
       </x:c>
       <x:c r="CJ14" s="3" t="n">
-        <x:v>39294</x:v>
+        <x:v>39532</x:v>
       </x:c>
       <x:c r="CK14" s="3" t="n">
-        <x:v>42648</x:v>
+        <x:v>42890</x:v>
       </x:c>
       <x:c r="CL14" s="3" t="n">
-        <x:v>44203</x:v>
+        <x:v>44461</x:v>
       </x:c>
       <x:c r="CM14" s="3" t="n">
-        <x:v>41626</x:v>
+        <x:v>41876</x:v>
       </x:c>
       <x:c r="CN14" s="3" t="n">
-        <x:v>42268</x:v>
+        <x:v>42529</x:v>
       </x:c>
       <x:c r="CO14" s="3" t="n">
-        <x:v>44830</x:v>
+        <x:v>45097</x:v>
       </x:c>
       <x:c r="CP14" s="3" t="n">
-        <x:v>49279</x:v>
+        <x:v>49517</x:v>
       </x:c>
       <x:c r="CQ14" s="3" t="n">
-        <x:v>46444</x:v>
+        <x:v>46675</x:v>
       </x:c>
       <x:c r="CR14" s="3" t="n">
-        <x:v>46774</x:v>
+        <x:v>47014</x:v>
       </x:c>
       <x:c r="CS14" s="3" t="n">
-        <x:v>51601</x:v>
+        <x:v>51858</x:v>
       </x:c>
       <x:c r="CT14" s="3" t="n">
-        <x:v>38971</x:v>
+        <x:v>39304</x:v>
       </x:c>
       <x:c r="CU14" s="3" t="n">
-        <x:v>40628</x:v>
+        <x:v>40982</x:v>
       </x:c>
       <x:c r="CV14" s="3" t="n">
-        <x:v>40131</x:v>
+        <x:v>40496</x:v>
       </x:c>
       <x:c r="CW14" s="3" t="n">
-        <x:v>42587</x:v>
+        <x:v>42956</x:v>
       </x:c>
       <x:c r="CX14" s="3" t="n">
-        <x:v>45012</x:v>
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="CY14" s="3" t="n">
-        <x:v>41908</x:v>
+        <x:v>42278</x:v>
       </x:c>
       <x:c r="CZ14" s="3" t="n">
-        <x:v>42299</x:v>
+        <x:v>42686</x:v>
       </x:c>
       <x:c r="DA14" s="3" t="n">
-        <x:v>44252</x:v>
+        <x:v>44636</x:v>
       </x:c>
       <x:c r="DB14" s="3" t="n">
-        <x:v>45146</x:v>
+        <x:v>45247</x:v>
       </x:c>
       <x:c r="DC14" s="3" t="n">
-        <x:v>43169</x:v>
+        <x:v>43268</x:v>
       </x:c>
       <x:c r="DD14" s="3" t="n">
-        <x:v>43025</x:v>
+        <x:v>43128</x:v>
       </x:c>
       <x:c r="DE14" s="3" t="n">
-        <x:v>47506</x:v>
+        <x:v>47612</x:v>
       </x:c>
       <x:c r="DF14" s="3" t="n">
-        <x:v>45652</x:v>
+        <x:v>45758</x:v>
       </x:c>
       <x:c r="DG14" s="3" t="n">
-        <x:v>47924</x:v>
+        <x:v>48036</x:v>
       </x:c>
       <x:c r="DH14" s="3" t="n">
-        <x:v>44399</x:v>
+        <x:v>44512</x:v>
       </x:c>
       <x:c r="DI14" s="3" t="n">
-        <x:v>49063</x:v>
+        <x:v>49177</x:v>
       </x:c>
       <x:c r="DJ14" s="3" t="n">
-        <x:v>50697</x:v>
+        <x:v>50794</x:v>
       </x:c>
       <x:c r="DK14" s="3" t="n">
-        <x:v>48511</x:v>
+        <x:v>48606</x:v>
       </x:c>
       <x:c r="DL14" s="3" t="n">
-        <x:v>48615</x:v>
+        <x:v>48716</x:v>
       </x:c>
       <x:c r="DM14" s="3" t="n">
-        <x:v>52589</x:v>
+        <x:v>52692</x:v>
       </x:c>
       <x:c r="DN14" s="3" t="n">
-        <x:v>53195</x:v>
+        <x:v>53679</x:v>
       </x:c>
       <x:c r="DO14" s="3" t="n">
-        <x:v>52150</x:v>
+        <x:v>52642</x:v>
       </x:c>
       <x:c r="DP14" s="3" t="n">
-        <x:v>52537</x:v>
+        <x:v>53054</x:v>
       </x:c>
       <x:c r="DQ14" s="3" t="n">
-        <x:v>56934</x:v>
+        <x:v>57471</x:v>
       </x:c>
       <x:c r="DR14" s="3" t="n">
-        <x:v>57820</x:v>
+        <x:v>58345</x:v>
       </x:c>
       <x:c r="DS14" s="3" t="n">
-        <x:v>59275</x:v>
+        <x:v>59814</x:v>
       </x:c>
       <x:c r="DT14" s="3" t="n">
-        <x:v>60470</x:v>
+        <x:v>61020</x:v>
       </x:c>
       <x:c r="DU14" s="3" t="n">
-        <x:v>61582</x:v>
+        <x:v>62143</x:v>
       </x:c>
       <x:c r="DV14" s="3" t="n">
-        <x:v>63293</x:v>
+        <x:v>63865</x:v>
       </x:c>
       <x:c r="DW14" s="3" t="n">
-        <x:v>64423</x:v>
+        <x:v>65001</x:v>
       </x:c>
       <x:c r="DX14" s="3" t="n">
-        <x:v>66434</x:v>
+        <x:v>67032</x:v>
       </x:c>
       <x:c r="DY14" s="3" t="n">
-        <x:v>66178</x:v>
+        <x:v>66784</x:v>
       </x:c>
       <x:c r="DZ14" s="3" t="n">
-        <x:v>68324</x:v>
+        <x:v>68946</x:v>
       </x:c>
       <x:c r="EA14" s="3" t="n">
-        <x:v>68275</x:v>
+        <x:v>68897</x:v>
       </x:c>
       <x:c r="EB14" s="3" t="n">
-        <x:v>69634</x:v>
+        <x:v>70265</x:v>
       </x:c>
       <x:c r="EC14" s="3" t="n">
-        <x:v>70719</x:v>
+        <x:v>71365</x:v>
       </x:c>
       <x:c r="ED14" s="3" t="n">
-        <x:v>71533</x:v>
+        <x:v>72147</x:v>
       </x:c>
       <x:c r="EE14" s="3" t="n">
-        <x:v>72622</x:v>
+        <x:v>73253</x:v>
       </x:c>
       <x:c r="EF14" s="3" t="n">
-        <x:v>74729</x:v>
+        <x:v>75373</x:v>
       </x:c>
       <x:c r="EG14" s="3" t="n">
-        <x:v>75530</x:v>
+        <x:v>76186</x:v>
       </x:c>
       <x:c r="EH14" s="3" t="n">
-        <x:v>77031</x:v>
+        <x:v>77718</x:v>
       </x:c>
       <x:c r="EI14" s="3" t="n">
-        <x:v>77433</x:v>
+        <x:v>78127</x:v>
       </x:c>
       <x:c r="EJ14" s="3" t="n">
-        <x:v>78512</x:v>
+        <x:v>79206</x:v>
       </x:c>
       <x:c r="EK14" s="3" t="n">
-        <x:v>79312</x:v>
+        <x:v>80016</x:v>
       </x:c>
       <x:c r="EL14" s="3" t="n">
-        <x:v>80808</x:v>
+        <x:v>81525</x:v>
       </x:c>
       <x:c r="EM14" s="3" t="n">
-        <x:v>82312</x:v>
+        <x:v>83050</x:v>
       </x:c>
       <x:c r="EN14" s="3" t="n">
-        <x:v>83549</x:v>
+        <x:v>84306</x:v>
       </x:c>
       <x:c r="EO14" s="3" t="n">
-        <x:v>84700</x:v>
+        <x:v>85468</x:v>
       </x:c>
       <x:c r="EP14" s="3" t="n">
-        <x:v>86087</x:v>
+        <x:v>86220</x:v>
       </x:c>
       <x:c r="EQ14" s="3" t="n">
-        <x:v>86626</x:v>
+        <x:v>86759</x:v>
       </x:c>
       <x:c r="ER14" s="3" t="n">
-        <x:v>87646</x:v>
+        <x:v>87781</x:v>
       </x:c>
       <x:c r="ES14" s="3" t="n">
-        <x:v>89050</x:v>
+        <x:v>89194</x:v>
       </x:c>
       <x:c r="ET14" s="3" t="n">
-        <x:v>89395</x:v>
+        <x:v>89341</x:v>
       </x:c>
       <x:c r="EU14" s="3" t="n">
-        <x:v>95409</x:v>
+        <x:v>95326</x:v>
       </x:c>
       <x:c r="EV14" s="3" t="n">
-        <x:v>92066</x:v>
+        <x:v>91994</x:v>
       </x:c>
       <x:c r="EW14" s="3" t="n">
-        <x:v>88112</x:v>
+        <x:v>88037</x:v>
       </x:c>
       <x:c r="EX14" s="3" t="n">
-        <x:v>92070</x:v>
+        <x:v>92174</x:v>
       </x:c>
       <x:c r="EY14" s="3" t="n">
-        <x:v>98684</x:v>
+        <x:v>98824</x:v>
       </x:c>
       <x:c r="EZ14" s="3" t="n">
-        <x:v>95518</x:v>
+        <x:v>95684</x:v>
       </x:c>
       <x:c r="FA14" s="3" t="n">
-        <x:v>94806</x:v>
+        <x:v>95018</x:v>
       </x:c>
       <x:c r="FB14" s="3" t="n">
-        <x:v>97600</x:v>
+        <x:v>97896</x:v>
       </x:c>
       <x:c r="FC14" s="3" t="n">
-        <x:v>103440</x:v>
+        <x:v>103803</x:v>
       </x:c>
       <x:c r="FD14" s="3" t="n">
-        <x:v>100391</x:v>
+        <x:v>100715</x:v>
       </x:c>
       <x:c r="FE14" s="3" t="n">
-        <x:v>100246</x:v>
+        <x:v>100480</x:v>
       </x:c>
       <x:c r="FF14" s="3" t="n">
-        <x:v>103057</x:v>
+        <x:v>103181</x:v>
       </x:c>
       <x:c r="FG14" s="3" t="n">
-        <x:v>109087</x:v>
+        <x:v>109079</x:v>
       </x:c>
       <x:c r="FH14" s="3" t="n">
-        <x:v>104866</x:v>
+        <x:v>104713</x:v>
       </x:c>
       <x:c r="FI14" s="3" t="n">
-        <x:v>105431</x:v>
+        <x:v>105139</x:v>
       </x:c>
       <x:c r="FJ14" s="3" t="n">
-        <x:v>107377</x:v>
+        <x:v>106959</x:v>
       </x:c>
       <x:c r="FK14" s="3" t="n">
-        <x:v>113525</x:v>
+        <x:v>113052</x:v>
       </x:c>
       <x:c r="FL14" s="3" t="n">
-        <x:v>111792</x:v>
+        <x:v>111410</x:v>
       </x:c>
       <x:c r="FM14" s="3" t="n">
-        <x:v>110997</x:v>
+        <x:v>110816</x:v>
       </x:c>
       <x:c r="FN14" s="3" t="n">
-        <x:v>111908</x:v>
+        <x:v>112011</x:v>
       </x:c>
       <x:c r="FO14" s="3" t="n">
-        <x:v>116377</x:v>
+        <x:v>116721</x:v>
       </x:c>
       <x:c r="FP14" s="3" t="n">
-        <x:v>113527</x:v>
+        <x:v>113947</x:v>
       </x:c>
       <x:c r="FQ14" s="3" t="n">
-        <x:v>113082</x:v>
+        <x:v>113462</x:v>
       </x:c>
       <x:c r="FR14" s="3" t="n">
-        <x:v>118071</x:v>
+        <x:v>118338</x:v>
       </x:c>
       <x:c r="FS14" s="3" t="n">
-        <x:v>125969</x:v>
+        <x:v>126207</x:v>
       </x:c>
       <x:c r="FT14" s="3" t="n">
-        <x:v>122402</x:v>
+        <x:v>122728</x:v>
       </x:c>
       <x:c r="FU14" s="3" t="n">
-        <x:v>122677</x:v>
+        <x:v>123243</x:v>
       </x:c>
       <x:c r="FV14" s="3" t="n">
-        <x:v>126006</x:v>
+        <x:v>126853</x:v>
       </x:c>
       <x:c r="FW14" s="3" t="n">
-        <x:v>132674</x:v>
+        <x:v>133716</x:v>
       </x:c>
       <x:c r="FX14" s="3" t="n">
-        <x:v>128568</x:v>
+        <x:v>129631</x:v>
       </x:c>
       <x:c r="FY14" s="3" t="n">
-        <x:v>127422</x:v>
+        <x:v>128340</x:v>
       </x:c>
       <x:c r="FZ14" s="3" t="n">
-        <x:v>131314</x:v>
+        <x:v>131957</x:v>
       </x:c>
       <x:c r="GA14" s="3" t="n">
-        <x:v>140908</x:v>
+        <x:v>141398</x:v>
       </x:c>
       <x:c r="GB14" s="3" t="n">
-        <x:v>139438</x:v>
+        <x:v>139728</x:v>
       </x:c>
       <x:c r="GC14" s="3" t="n">
-        <x:v>140508</x:v>
+        <x:v>140651</x:v>
       </x:c>
       <x:c r="GD14" s="3" t="n">
-        <x:v>141685</x:v>
+        <x:v>141136</x:v>
       </x:c>
       <x:c r="GE14" s="3" t="n">
-        <x:v>148246</x:v>
+        <x:v>148105</x:v>
       </x:c>
       <x:c r="GF14" s="3" t="n">
-        <x:v>146117</x:v>
+        <x:v>145330</x:v>
       </x:c>
       <x:c r="GG14" s="3" t="n">
-        <x:v>145304</x:v>
+        <x:v>144295</x:v>
       </x:c>
       <x:c r="GH14" s="3" t="n">
-        <x:v>148078</x:v>
+        <x:v>147196</x:v>
       </x:c>
       <x:c r="GI14" s="3" t="n">
-        <x:v>154697</x:v>
+        <x:v>153730</x:v>
+      </x:c>
+      <x:c r="GJ14" s="3" t="n">
+        <x:v>150061</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:191">
+    <x:row r="15" spans="1:192">
       <x:c r="A15" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>5340</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>5400</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
         <x:v>5458</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>5458</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
         <x:v>5860</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
         <x:v>5926</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
         <x:v>5991</x:v>
       </x:c>
       <x:c r="I15" s="3" t="n">
         <x:v>5991</x:v>
       </x:c>
@@ -7639,419 +7672,422 @@
       <x:c r="BJ15" s="3" t="n">
         <x:v>22137</x:v>
       </x:c>
       <x:c r="BK15" s="3" t="n">
         <x:v>20922</x:v>
       </x:c>
       <x:c r="BL15" s="3" t="n">
         <x:v>20255</x:v>
       </x:c>
       <x:c r="BM15" s="3" t="n">
         <x:v>22875</x:v>
       </x:c>
       <x:c r="BN15" s="3" t="n">
         <x:v>21592</x:v>
       </x:c>
       <x:c r="BO15" s="3" t="n">
         <x:v>22047</x:v>
       </x:c>
       <x:c r="BP15" s="3" t="n">
         <x:v>22086</x:v>
       </x:c>
       <x:c r="BQ15" s="3" t="n">
         <x:v>24053</x:v>
       </x:c>
       <x:c r="BR15" s="3" t="n">
-        <x:v>24262</x:v>
+        <x:v>24423</x:v>
       </x:c>
       <x:c r="BS15" s="3" t="n">
-        <x:v>22610</x:v>
+        <x:v>22767</x:v>
       </x:c>
       <x:c r="BT15" s="3" t="n">
-        <x:v>22907</x:v>
+        <x:v>23072</x:v>
       </x:c>
       <x:c r="BU15" s="3" t="n">
-        <x:v>24768</x:v>
+        <x:v>24938</x:v>
       </x:c>
       <x:c r="BV15" s="3" t="n">
-        <x:v>25711</x:v>
+        <x:v>25867</x:v>
       </x:c>
       <x:c r="BW15" s="3" t="n">
-        <x:v>24442</x:v>
+        <x:v>24595</x:v>
       </x:c>
       <x:c r="BX15" s="3" t="n">
-        <x:v>24625</x:v>
+        <x:v>24787</x:v>
       </x:c>
       <x:c r="BY15" s="3" t="n">
-        <x:v>26712</x:v>
+        <x:v>26876</x:v>
       </x:c>
       <x:c r="BZ15" s="3" t="n">
-        <x:v>26257</x:v>
+        <x:v>26427</x:v>
       </x:c>
       <x:c r="CA15" s="3" t="n">
-        <x:v>27747</x:v>
+        <x:v>27922</x:v>
       </x:c>
       <x:c r="CB15" s="3" t="n">
-        <x:v>26157</x:v>
+        <x:v>26335</x:v>
       </x:c>
       <x:c r="CC15" s="3" t="n">
-        <x:v>28826</x:v>
+        <x:v>29008</x:v>
       </x:c>
       <x:c r="CD15" s="3" t="n">
-        <x:v>29534</x:v>
+        <x:v>29734</x:v>
       </x:c>
       <x:c r="CE15" s="3" t="n">
-        <x:v>29237</x:v>
+        <x:v>29437</x:v>
       </x:c>
       <x:c r="CF15" s="3" t="n">
-        <x:v>29956</x:v>
+        <x:v>30175</x:v>
       </x:c>
       <x:c r="CG15" s="3" t="n">
-        <x:v>32537</x:v>
+        <x:v>32760</x:v>
       </x:c>
       <x:c r="CH15" s="3" t="n">
-        <x:v>32423</x:v>
+        <x:v>32651</x:v>
       </x:c>
       <x:c r="CI15" s="3" t="n">
-        <x:v>32283</x:v>
+        <x:v>32511</x:v>
       </x:c>
       <x:c r="CJ15" s="3" t="n">
-        <x:v>31390</x:v>
+        <x:v>31628</x:v>
       </x:c>
       <x:c r="CK15" s="3" t="n">
-        <x:v>34557</x:v>
+        <x:v>34799</x:v>
       </x:c>
       <x:c r="CL15" s="3" t="n">
-        <x:v>35882</x:v>
+        <x:v>36140</x:v>
       </x:c>
       <x:c r="CM15" s="3" t="n">
-        <x:v>33762</x:v>
+        <x:v>34011</x:v>
       </x:c>
       <x:c r="CN15" s="3" t="n">
-        <x:v>34072</x:v>
+        <x:v>34333</x:v>
       </x:c>
       <x:c r="CO15" s="3" t="n">
-        <x:v>36503</x:v>
+        <x:v>36770</x:v>
       </x:c>
       <x:c r="CP15" s="3" t="n">
-        <x:v>40214</x:v>
+        <x:v>40452</x:v>
       </x:c>
       <x:c r="CQ15" s="3" t="n">
-        <x:v>37850</x:v>
+        <x:v>38082</x:v>
       </x:c>
       <x:c r="CR15" s="3" t="n">
-        <x:v>37860</x:v>
+        <x:v>38100</x:v>
       </x:c>
       <x:c r="CS15" s="3" t="n">
-        <x:v>42145</x:v>
+        <x:v>42402</x:v>
       </x:c>
       <x:c r="CT15" s="3" t="n">
-        <x:v>30177</x:v>
+        <x:v>30510</x:v>
       </x:c>
       <x:c r="CU15" s="3" t="n">
-        <x:v>31573</x:v>
+        <x:v>31927</x:v>
       </x:c>
       <x:c r="CV15" s="3" t="n">
-        <x:v>30661</x:v>
+        <x:v>31027</x:v>
       </x:c>
       <x:c r="CW15" s="3" t="n">
-        <x:v>33138</x:v>
+        <x:v>33507</x:v>
       </x:c>
       <x:c r="CX15" s="3" t="n">
-        <x:v>35308</x:v>
+        <x:v>35696</x:v>
       </x:c>
       <x:c r="CY15" s="3" t="n">
-        <x:v>32734</x:v>
+        <x:v>33104</x:v>
       </x:c>
       <x:c r="CZ15" s="3" t="n">
-        <x:v>32513</x:v>
+        <x:v>32900</x:v>
       </x:c>
       <x:c r="DA15" s="3" t="n">
-        <x:v>34541</x:v>
+        <x:v>34925</x:v>
       </x:c>
       <x:c r="DB15" s="3" t="n">
-        <x:v>35685</x:v>
+        <x:v>35785</x:v>
       </x:c>
       <x:c r="DC15" s="3" t="n">
-        <x:v>33965</x:v>
+        <x:v>34064</x:v>
       </x:c>
       <x:c r="DD15" s="3" t="n">
-        <x:v>33341</x:v>
+        <x:v>33444</x:v>
       </x:c>
       <x:c r="DE15" s="3" t="n">
-        <x:v>37685</x:v>
+        <x:v>37792</x:v>
       </x:c>
       <x:c r="DF15" s="3" t="n">
-        <x:v>36407</x:v>
+        <x:v>36514</x:v>
       </x:c>
       <x:c r="DG15" s="3" t="n">
-        <x:v>38294</x:v>
+        <x:v>38407</x:v>
       </x:c>
       <x:c r="DH15" s="3" t="n">
-        <x:v>34818</x:v>
+        <x:v>34930</x:v>
       </x:c>
       <x:c r="DI15" s="3" t="n">
-        <x:v>39411</x:v>
+        <x:v>39525</x:v>
       </x:c>
       <x:c r="DJ15" s="3" t="n">
-        <x:v>40845</x:v>
+        <x:v>40941</x:v>
       </x:c>
       <x:c r="DK15" s="3" t="n">
-        <x:v>39137</x:v>
+        <x:v>39231</x:v>
       </x:c>
       <x:c r="DL15" s="3" t="n">
-        <x:v>38493</x:v>
+        <x:v>38594</x:v>
       </x:c>
       <x:c r="DM15" s="3" t="n">
-        <x:v>42322</x:v>
+        <x:v>42425</x:v>
       </x:c>
       <x:c r="DN15" s="3" t="n">
-        <x:v>43166</x:v>
+        <x:v>43650</x:v>
       </x:c>
       <x:c r="DO15" s="3" t="n">
-        <x:v>42244</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="DP15" s="3" t="n">
-        <x:v>41865</x:v>
+        <x:v>42382</x:v>
       </x:c>
       <x:c r="DQ15" s="3" t="n">
-        <x:v>45921</x:v>
+        <x:v>46458</x:v>
       </x:c>
       <x:c r="DR15" s="3" t="n">
-        <x:v>46463</x:v>
+        <x:v>46988</x:v>
       </x:c>
       <x:c r="DS15" s="3" t="n">
-        <x:v>47693</x:v>
+        <x:v>48232</x:v>
       </x:c>
       <x:c r="DT15" s="3" t="n">
-        <x:v>48631</x:v>
+        <x:v>49180</x:v>
       </x:c>
       <x:c r="DU15" s="3" t="n">
-        <x:v>49529</x:v>
+        <x:v>50091</x:v>
       </x:c>
       <x:c r="DV15" s="3" t="n">
-        <x:v>50666</x:v>
+        <x:v>51239</x:v>
       </x:c>
       <x:c r="DW15" s="3" t="n">
-        <x:v>51403</x:v>
+        <x:v>51980</x:v>
       </x:c>
       <x:c r="DX15" s="3" t="n">
-        <x:v>52811</x:v>
+        <x:v>53409</x:v>
       </x:c>
       <x:c r="DY15" s="3" t="n">
-        <x:v>53493</x:v>
+        <x:v>54099</x:v>
       </x:c>
       <x:c r="DZ15" s="3" t="n">
-        <x:v>54150</x:v>
+        <x:v>54772</x:v>
       </x:c>
       <x:c r="EA15" s="3" t="n">
-        <x:v>53887</x:v>
+        <x:v>54508</x:v>
       </x:c>
       <x:c r="EB15" s="3" t="n">
-        <x:v>54886</x:v>
+        <x:v>55517</x:v>
       </x:c>
       <x:c r="EC15" s="3" t="n">
-        <x:v>55995</x:v>
+        <x:v>56640</x:v>
       </x:c>
       <x:c r="ED15" s="3" t="n">
-        <x:v>56586</x:v>
+        <x:v>57200</x:v>
       </x:c>
       <x:c r="EE15" s="3" t="n">
-        <x:v>57589</x:v>
+        <x:v>58220</x:v>
       </x:c>
       <x:c r="EF15" s="3" t="n">
-        <x:v>58919</x:v>
+        <x:v>59564</x:v>
       </x:c>
       <x:c r="EG15" s="3" t="n">
-        <x:v>59177</x:v>
+        <x:v>59832</x:v>
       </x:c>
       <x:c r="EH15" s="3" t="n">
-        <x:v>60499</x:v>
+        <x:v>61186</x:v>
       </x:c>
       <x:c r="EI15" s="3" t="n">
-        <x:v>60931</x:v>
+        <x:v>61625</x:v>
       </x:c>
       <x:c r="EJ15" s="3" t="n">
-        <x:v>61635</x:v>
+        <x:v>62329</x:v>
       </x:c>
       <x:c r="EK15" s="3" t="n">
-        <x:v>62616</x:v>
+        <x:v>63320</x:v>
       </x:c>
       <x:c r="EL15" s="3" t="n">
-        <x:v>63652</x:v>
+        <x:v>64369</x:v>
       </x:c>
       <x:c r="EM15" s="3" t="n">
-        <x:v>65150</x:v>
+        <x:v>65887</x:v>
       </x:c>
       <x:c r="EN15" s="3" t="n">
-        <x:v>66057</x:v>
+        <x:v>66814</x:v>
       </x:c>
       <x:c r="EO15" s="3" t="n">
-        <x:v>67080</x:v>
+        <x:v>67848</x:v>
       </x:c>
       <x:c r="EP15" s="3" t="n">
-        <x:v>67697</x:v>
+        <x:v>68168</x:v>
       </x:c>
       <x:c r="EQ15" s="3" t="n">
-        <x:v>68065</x:v>
+        <x:v>68542</x:v>
       </x:c>
       <x:c r="ER15" s="3" t="n">
-        <x:v>68843</x:v>
+        <x:v>69327</x:v>
       </x:c>
       <x:c r="ES15" s="3" t="n">
-        <x:v>70026</x:v>
+        <x:v>70523</x:v>
       </x:c>
       <x:c r="ET15" s="3" t="n">
-        <x:v>70320</x:v>
+        <x:v>70635</x:v>
       </x:c>
       <x:c r="EU15" s="3" t="n">
-        <x:v>74082</x:v>
+        <x:v>74414</x:v>
       </x:c>
       <x:c r="EV15" s="3" t="n">
-        <x:v>71836</x:v>
+        <x:v>72155</x:v>
       </x:c>
       <x:c r="EW15" s="3" t="n">
-        <x:v>68561</x:v>
+        <x:v>68866</x:v>
       </x:c>
       <x:c r="EX15" s="3" t="n">
-        <x:v>72589</x:v>
+        <x:v>72810</x:v>
       </x:c>
       <x:c r="EY15" s="3" t="n">
-        <x:v>77891</x:v>
+        <x:v>78156</x:v>
       </x:c>
       <x:c r="EZ15" s="3" t="n">
-        <x:v>74638</x:v>
+        <x:v>74920</x:v>
       </x:c>
       <x:c r="FA15" s="3" t="n">
-        <x:v>73272</x:v>
+        <x:v>73591</x:v>
       </x:c>
       <x:c r="FB15" s="3" t="n">
-        <x:v>76103</x:v>
+        <x:v>76494</x:v>
       </x:c>
       <x:c r="FC15" s="3" t="n">
-        <x:v>81160</x:v>
+        <x:v>81615</x:v>
       </x:c>
       <x:c r="FD15" s="3" t="n">
-        <x:v>78409</x:v>
+        <x:v>78824</x:v>
       </x:c>
       <x:c r="FE15" s="3" t="n">
-        <x:v>77445</x:v>
+        <x:v>77783</x:v>
       </x:c>
       <x:c r="FF15" s="3" t="n">
-        <x:v>80410</x:v>
+        <x:v>80655</x:v>
       </x:c>
       <x:c r="FG15" s="3" t="n">
-        <x:v>85678</x:v>
+        <x:v>85820</x:v>
       </x:c>
       <x:c r="FH15" s="3" t="n">
-        <x:v>81600</x:v>
+        <x:v>81618</x:v>
       </x:c>
       <x:c r="FI15" s="3" t="n">
-        <x:v>81581</x:v>
+        <x:v>81488</x:v>
       </x:c>
       <x:c r="FJ15" s="3" t="n">
-        <x:v>83893</x:v>
+        <x:v>83692</x:v>
       </x:c>
       <x:c r="FK15" s="3" t="n">
-        <x:v>89118</x:v>
+        <x:v>88883</x:v>
       </x:c>
       <x:c r="FL15" s="3" t="n">
-        <x:v>87458</x:v>
+        <x:v>87304</x:v>
       </x:c>
       <x:c r="FM15" s="3" t="n">
-        <x:v>85759</x:v>
+        <x:v>85793</x:v>
       </x:c>
       <x:c r="FN15" s="3" t="n">
-        <x:v>86517</x:v>
+        <x:v>86790</x:v>
       </x:c>
       <x:c r="FO15" s="3" t="n">
-        <x:v>90623</x:v>
+        <x:v>91089</x:v>
       </x:c>
       <x:c r="FP15" s="3" t="n">
-        <x:v>87785</x:v>
+        <x:v>88261</x:v>
       </x:c>
       <x:c r="FQ15" s="3" t="n">
-        <x:v>86577</x:v>
+        <x:v>86942</x:v>
       </x:c>
       <x:c r="FR15" s="3" t="n">
-        <x:v>91619</x:v>
+        <x:v>91793</x:v>
       </x:c>
       <x:c r="FS15" s="3" t="n">
-        <x:v>98215</x:v>
+        <x:v>98230</x:v>
       </x:c>
       <x:c r="FT15" s="3" t="n">
-        <x:v>94534</x:v>
+        <x:v>94458</x:v>
       </x:c>
       <x:c r="FU15" s="3" t="n">
-        <x:v>94002</x:v>
+        <x:v>93924</x:v>
       </x:c>
       <x:c r="FV15" s="3" t="n">
-        <x:v>98220</x:v>
+        <x:v>98189</x:v>
       </x:c>
       <x:c r="FW15" s="3" t="n">
-        <x:v>103954</x:v>
+        <x:v>104020</x:v>
       </x:c>
       <x:c r="FX15" s="3" t="n">
-        <x:v>99897</x:v>
+        <x:v>100081</x:v>
       </x:c>
       <x:c r="FY15" s="3" t="n">
-        <x:v>97488</x:v>
+        <x:v>97792</x:v>
       </x:c>
       <x:c r="FZ15" s="3" t="n">
-        <x:v>101041</x:v>
+        <x:v>101516</x:v>
       </x:c>
       <x:c r="GA15" s="3" t="n">
-        <x:v>109414</x:v>
+        <x:v>110154</x:v>
       </x:c>
       <x:c r="GB15" s="3" t="n">
-        <x:v>107431</x:v>
+        <x:v>108238</x:v>
       </x:c>
       <x:c r="GC15" s="3" t="n">
-        <x:v>107129</x:v>
+        <x:v>107943</x:v>
       </x:c>
       <x:c r="GD15" s="3" t="n">
-        <x:v>109630</x:v>
+        <x:v>109204</x:v>
       </x:c>
       <x:c r="GE15" s="3" t="n">
-        <x:v>115597</x:v>
+        <x:v>115447</x:v>
       </x:c>
       <x:c r="GF15" s="3" t="n">
-        <x:v>113545</x:v>
+        <x:v>112919</x:v>
       </x:c>
       <x:c r="GG15" s="3" t="n">
-        <x:v>111130</x:v>
+        <x:v>111126</x:v>
       </x:c>
       <x:c r="GH15" s="3" t="n">
-        <x:v>114893</x:v>
+        <x:v>114386</x:v>
       </x:c>
       <x:c r="GI15" s="3" t="n">
-        <x:v>120566</x:v>
+        <x:v>120026</x:v>
+      </x:c>
+      <x:c r="GJ15" s="3" t="n">
+        <x:v>116808</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:191">
+    <x:row r="16" spans="1:192">
       <x:c r="A16" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>1503</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>1519</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>1536</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>1536</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
         <x:v>1616</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>1634</x:v>
       </x:c>
       <x:c r="H16" s="3" t="n">
         <x:v>1652</x:v>
       </x:c>
       <x:c r="I16" s="3" t="n">
         <x:v>1652</x:v>
       </x:c>
@@ -8442,766 +8478,772 @@
       <x:c r="EH16" s="3" t="n">
         <x:v>16532</x:v>
       </x:c>
       <x:c r="EI16" s="3" t="n">
         <x:v>16502</x:v>
       </x:c>
       <x:c r="EJ16" s="3" t="n">
         <x:v>16877</x:v>
       </x:c>
       <x:c r="EK16" s="3" t="n">
         <x:v>16696</x:v>
       </x:c>
       <x:c r="EL16" s="3" t="n">
         <x:v>17156</x:v>
       </x:c>
       <x:c r="EM16" s="3" t="n">
         <x:v>17163</x:v>
       </x:c>
       <x:c r="EN16" s="3" t="n">
         <x:v>17492</x:v>
       </x:c>
       <x:c r="EO16" s="3" t="n">
         <x:v>17620</x:v>
       </x:c>
       <x:c r="EP16" s="3" t="n">
-        <x:v>18390</x:v>
+        <x:v>18051</x:v>
       </x:c>
       <x:c r="EQ16" s="3" t="n">
-        <x:v>18560</x:v>
+        <x:v>18217</x:v>
       </x:c>
       <x:c r="ER16" s="3" t="n">
-        <x:v>18803</x:v>
+        <x:v>18455</x:v>
       </x:c>
       <x:c r="ES16" s="3" t="n">
-        <x:v>19023</x:v>
+        <x:v>18671</x:v>
       </x:c>
       <x:c r="ET16" s="3" t="n">
-        <x:v>19074</x:v>
+        <x:v>18707</x:v>
       </x:c>
       <x:c r="EU16" s="3" t="n">
-        <x:v>21326</x:v>
+        <x:v>20912</x:v>
       </x:c>
       <x:c r="EV16" s="3" t="n">
-        <x:v>20230</x:v>
+        <x:v>19839</x:v>
       </x:c>
       <x:c r="EW16" s="3" t="n">
-        <x:v>19551</x:v>
+        <x:v>19171</x:v>
       </x:c>
       <x:c r="EX16" s="3" t="n">
-        <x:v>19481</x:v>
+        <x:v>19364</x:v>
       </x:c>
       <x:c r="EY16" s="3" t="n">
-        <x:v>20792</x:v>
+        <x:v>20668</x:v>
       </x:c>
       <x:c r="EZ16" s="3" t="n">
-        <x:v>20880</x:v>
+        <x:v>20764</x:v>
       </x:c>
       <x:c r="FA16" s="3" t="n">
-        <x:v>21535</x:v>
+        <x:v>21427</x:v>
       </x:c>
       <x:c r="FB16" s="3" t="n">
-        <x:v>21497</x:v>
+        <x:v>21402</x:v>
       </x:c>
       <x:c r="FC16" s="3" t="n">
-        <x:v>22280</x:v>
+        <x:v>22188</x:v>
       </x:c>
       <x:c r="FD16" s="3" t="n">
-        <x:v>21982</x:v>
+        <x:v>21892</x:v>
       </x:c>
       <x:c r="FE16" s="3" t="n">
-        <x:v>22802</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="FF16" s="3" t="n">
-        <x:v>22648</x:v>
+        <x:v>22526</x:v>
       </x:c>
       <x:c r="FG16" s="3" t="n">
-        <x:v>23409</x:v>
+        <x:v>23259</x:v>
       </x:c>
       <x:c r="FH16" s="3" t="n">
-        <x:v>23265</x:v>
+        <x:v>23095</x:v>
       </x:c>
       <x:c r="FI16" s="3" t="n">
-        <x:v>23850</x:v>
+        <x:v>23651</x:v>
       </x:c>
       <x:c r="FJ16" s="3" t="n">
-        <x:v>23484</x:v>
+        <x:v>23267</x:v>
       </x:c>
       <x:c r="FK16" s="3" t="n">
-        <x:v>24407</x:v>
+        <x:v>24169</x:v>
       </x:c>
       <x:c r="FL16" s="3" t="n">
-        <x:v>24333</x:v>
+        <x:v>24105</x:v>
       </x:c>
       <x:c r="FM16" s="3" t="n">
-        <x:v>25238</x:v>
+        <x:v>25022</x:v>
       </x:c>
       <x:c r="FN16" s="3" t="n">
-        <x:v>25392</x:v>
+        <x:v>25221</x:v>
       </x:c>
       <x:c r="FO16" s="3" t="n">
-        <x:v>25754</x:v>
+        <x:v>25632</x:v>
       </x:c>
       <x:c r="FP16" s="3" t="n">
-        <x:v>25743</x:v>
+        <x:v>25686</x:v>
       </x:c>
       <x:c r="FQ16" s="3" t="n">
-        <x:v>26505</x:v>
+        <x:v>26520</x:v>
       </x:c>
       <x:c r="FR16" s="3" t="n">
-        <x:v>26452</x:v>
+        <x:v>26545</x:v>
       </x:c>
       <x:c r="FS16" s="3" t="n">
-        <x:v>27754</x:v>
+        <x:v>27977</x:v>
       </x:c>
       <x:c r="FT16" s="3" t="n">
-        <x:v>27868</x:v>
+        <x:v>28270</x:v>
       </x:c>
       <x:c r="FU16" s="3" t="n">
-        <x:v>28675</x:v>
+        <x:v>29319</x:v>
       </x:c>
       <x:c r="FV16" s="3" t="n">
-        <x:v>27786</x:v>
+        <x:v>28664</x:v>
       </x:c>
       <x:c r="FW16" s="3" t="n">
-        <x:v>28720</x:v>
+        <x:v>29696</x:v>
       </x:c>
       <x:c r="FX16" s="3" t="n">
-        <x:v>28672</x:v>
+        <x:v>29550</x:v>
       </x:c>
       <x:c r="FY16" s="3" t="n">
-        <x:v>29934</x:v>
+        <x:v>30547</x:v>
       </x:c>
       <x:c r="FZ16" s="3" t="n">
-        <x:v>30273</x:v>
+        <x:v>30441</x:v>
       </x:c>
       <x:c r="GA16" s="3" t="n">
-        <x:v>31494</x:v>
+        <x:v>31244</x:v>
       </x:c>
       <x:c r="GB16" s="3" t="n">
-        <x:v>32007</x:v>
+        <x:v>31490</x:v>
       </x:c>
       <x:c r="GC16" s="3" t="n">
-        <x:v>33379</x:v>
+        <x:v>32709</x:v>
       </x:c>
       <x:c r="GD16" s="3" t="n">
-        <x:v>32055</x:v>
+        <x:v>31932</x:v>
       </x:c>
       <x:c r="GE16" s="3" t="n">
-        <x:v>32649</x:v>
+        <x:v>32658</x:v>
       </x:c>
       <x:c r="GF16" s="3" t="n">
-        <x:v>32572</x:v>
+        <x:v>32411</x:v>
       </x:c>
       <x:c r="GG16" s="3" t="n">
-        <x:v>34174</x:v>
+        <x:v>33169</x:v>
       </x:c>
       <x:c r="GH16" s="3" t="n">
-        <x:v>33185</x:v>
+        <x:v>32810</x:v>
       </x:c>
       <x:c r="GI16" s="3" t="n">
-        <x:v>34131</x:v>
+        <x:v>33703</x:v>
+      </x:c>
+      <x:c r="GJ16" s="3" t="n">
+        <x:v>33253</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:191">
+    <x:row r="17" spans="1:192">
       <x:c r="A17" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>34866</x:v>
+        <x:v>34825</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>36641</x:v>
+        <x:v>36601</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>37176</x:v>
+        <x:v>37134</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>40876</x:v>
+        <x:v>40829</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
-        <x:v>38210</x:v>
+        <x:v>38144</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>39943</x:v>
+        <x:v>39877</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
-        <x:v>40349</x:v>
+        <x:v>40279</x:v>
       </x:c>
       <x:c r="I17" s="3" t="n">
-        <x:v>45430</x:v>
+        <x:v>45354</x:v>
       </x:c>
       <x:c r="J17" s="3" t="n">
-        <x:v>42844</x:v>
+        <x:v>42761</x:v>
       </x:c>
       <x:c r="K17" s="3" t="n">
-        <x:v>43848</x:v>
+        <x:v>43766</x:v>
       </x:c>
       <x:c r="L17" s="3" t="n">
-        <x:v>45534</x:v>
+        <x:v>45450</x:v>
       </x:c>
       <x:c r="M17" s="3" t="n">
-        <x:v>51595</x:v>
+        <x:v>51506</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>48203</x:v>
+        <x:v>48107</x:v>
       </x:c>
       <x:c r="O17" s="3" t="n">
-        <x:v>50162</x:v>
+        <x:v>50066</x:v>
       </x:c>
       <x:c r="P17" s="3" t="n">
-        <x:v>51509</x:v>
+        <x:v>51406</x:v>
       </x:c>
       <x:c r="Q17" s="3" t="n">
-        <x:v>58611</x:v>
+        <x:v>58499</x:v>
       </x:c>
       <x:c r="R17" s="3" t="n">
-        <x:v>54729</x:v>
+        <x:v>54627</x:v>
       </x:c>
       <x:c r="S17" s="3" t="n">
-        <x:v>57205</x:v>
+        <x:v>57100</x:v>
       </x:c>
       <x:c r="T17" s="3" t="n">
-        <x:v>58674</x:v>
+        <x:v>58564</x:v>
       </x:c>
       <x:c r="U17" s="3" t="n">
-        <x:v>64453</x:v>
+        <x:v>64337</x:v>
       </x:c>
       <x:c r="V17" s="3" t="n">
-        <x:v>61793</x:v>
+        <x:v>61680</x:v>
       </x:c>
       <x:c r="W17" s="3" t="n">
-        <x:v>62809</x:v>
+        <x:v>62701</x:v>
       </x:c>
       <x:c r="X17" s="3" t="n">
-        <x:v>64855</x:v>
+        <x:v>64738</x:v>
       </x:c>
       <x:c r="Y17" s="3" t="n">
-        <x:v>70757</x:v>
+        <x:v>70634</x:v>
       </x:c>
       <x:c r="Z17" s="3" t="n">
-        <x:v>67363</x:v>
+        <x:v>67248</x:v>
       </x:c>
       <x:c r="AA17" s="3" t="n">
-        <x:v>68876</x:v>
+        <x:v>68765</x:v>
       </x:c>
       <x:c r="AB17" s="3" t="n">
-        <x:v>70097</x:v>
+        <x:v>69978</x:v>
       </x:c>
       <x:c r="AC17" s="3" t="n">
-        <x:v>77777</x:v>
+        <x:v>77650</x:v>
       </x:c>
       <x:c r="AD17" s="3" t="n">
-        <x:v>75829</x:v>
+        <x:v>75698</x:v>
       </x:c>
       <x:c r="AE17" s="3" t="n">
-        <x:v>78378</x:v>
+        <x:v>78245</x:v>
       </x:c>
       <x:c r="AF17" s="3" t="n">
-        <x:v>80898</x:v>
+        <x:v>80755</x:v>
       </x:c>
       <x:c r="AG17" s="3" t="n">
-        <x:v>90165</x:v>
+        <x:v>90015</x:v>
       </x:c>
       <x:c r="AH17" s="3" t="n">
-        <x:v>84677</x:v>
+        <x:v>84531</x:v>
       </x:c>
       <x:c r="AI17" s="3" t="n">
-        <x:v>90454</x:v>
+        <x:v>90307</x:v>
       </x:c>
       <x:c r="AJ17" s="3" t="n">
-        <x:v>89528</x:v>
+        <x:v>89372</x:v>
       </x:c>
       <x:c r="AK17" s="3" t="n">
-        <x:v>99562</x:v>
+        <x:v>99399</x:v>
       </x:c>
       <x:c r="AL17" s="3" t="n">
-        <x:v>93915</x:v>
+        <x:v>93721</x:v>
       </x:c>
       <x:c r="AM17" s="3" t="n">
-        <x:v>97062</x:v>
+        <x:v>96865</x:v>
       </x:c>
       <x:c r="AN17" s="3" t="n">
-        <x:v>97791</x:v>
+        <x:v>97586</x:v>
       </x:c>
       <x:c r="AO17" s="3" t="n">
-        <x:v>107420</x:v>
+        <x:v>107204</x:v>
       </x:c>
       <x:c r="AP17" s="3" t="n">
-        <x:v>100239</x:v>
+        <x:v>100059</x:v>
       </x:c>
       <x:c r="AQ17" s="3" t="n">
-        <x:v>101700</x:v>
+        <x:v>101525</x:v>
       </x:c>
       <x:c r="AR17" s="3" t="n">
-        <x:v>101645</x:v>
+        <x:v>101459</x:v>
       </x:c>
       <x:c r="AS17" s="3" t="n">
-        <x:v>108575</x:v>
+        <x:v>108391</x:v>
       </x:c>
       <x:c r="AT17" s="3" t="n">
-        <x:v>101620</x:v>
+        <x:v>101390</x:v>
       </x:c>
       <x:c r="AU17" s="3" t="n">
-        <x:v>107133</x:v>
+        <x:v>106901</x:v>
       </x:c>
       <x:c r="AV17" s="3" t="n">
-        <x:v>106890</x:v>
+        <x:v>106647</x:v>
       </x:c>
       <x:c r="AW17" s="3" t="n">
-        <x:v>114989</x:v>
+        <x:v>114738</x:v>
       </x:c>
       <x:c r="AX17" s="3" t="n">
-        <x:v>107860</x:v>
+        <x:v>107729</x:v>
       </x:c>
       <x:c r="AY17" s="3" t="n">
-        <x:v>111868</x:v>
+        <x:v>111732</x:v>
       </x:c>
       <x:c r="AZ17" s="3" t="n">
-        <x:v>113311</x:v>
+        <x:v>113163</x:v>
       </x:c>
       <x:c r="BA17" s="3" t="n">
-        <x:v>121206</x:v>
+        <x:v>121058</x:v>
       </x:c>
       <x:c r="BB17" s="3" t="n">
-        <x:v>115429</x:v>
+        <x:v>115201</x:v>
       </x:c>
       <x:c r="BC17" s="3" t="n">
-        <x:v>118135</x:v>
+        <x:v>117907</x:v>
       </x:c>
       <x:c r="BD17" s="3" t="n">
-        <x:v>119944</x:v>
+        <x:v>119704</x:v>
       </x:c>
       <x:c r="BE17" s="3" t="n">
-        <x:v>129974</x:v>
+        <x:v>129718</x:v>
       </x:c>
       <x:c r="BF17" s="3" t="n">
-        <x:v>123564</x:v>
+        <x:v>123385</x:v>
       </x:c>
       <x:c r="BG17" s="3" t="n">
-        <x:v>122807</x:v>
+        <x:v>122636</x:v>
       </x:c>
       <x:c r="BH17" s="3" t="n">
-        <x:v>124938</x:v>
+        <x:v>124743</x:v>
       </x:c>
       <x:c r="BI17" s="3" t="n">
-        <x:v>136773</x:v>
+        <x:v>136562</x:v>
       </x:c>
       <x:c r="BJ17" s="3" t="n">
-        <x:v>126238</x:v>
+        <x:v>126140</x:v>
       </x:c>
       <x:c r="BK17" s="3" t="n">
-        <x:v>128136</x:v>
+        <x:v>128030</x:v>
       </x:c>
       <x:c r="BL17" s="3" t="n">
-        <x:v>132228</x:v>
+        <x:v>132100</x:v>
       </x:c>
       <x:c r="BM17" s="3" t="n">
-        <x:v>146003</x:v>
+        <x:v>145850</x:v>
       </x:c>
       <x:c r="BN17" s="3" t="n">
-        <x:v>131511</x:v>
+        <x:v>131393</x:v>
       </x:c>
       <x:c r="BO17" s="3" t="n">
-        <x:v>134115</x:v>
+        <x:v>133987</x:v>
       </x:c>
       <x:c r="BP17" s="3" t="n">
-        <x:v>139112</x:v>
+        <x:v>138964</x:v>
       </x:c>
       <x:c r="BQ17" s="3" t="n">
-        <x:v>149955</x:v>
+        <x:v>149806</x:v>
       </x:c>
       <x:c r="BR17" s="3" t="n">
-        <x:v>139244</x:v>
+        <x:v>140745</x:v>
       </x:c>
       <x:c r="BS17" s="3" t="n">
-        <x:v>142332</x:v>
+        <x:v>143786</x:v>
       </x:c>
       <x:c r="BT17" s="3" t="n">
-        <x:v>147301</x:v>
+        <x:v>148788</x:v>
       </x:c>
       <x:c r="BU17" s="3" t="n">
-        <x:v>158536</x:v>
+        <x:v>160043</x:v>
       </x:c>
       <x:c r="BV17" s="3" t="n">
-        <x:v>150421</x:v>
+        <x:v>152106</x:v>
       </x:c>
       <x:c r="BW17" s="3" t="n">
-        <x:v>151970</x:v>
+        <x:v>153609</x:v>
       </x:c>
       <x:c r="BX17" s="3" t="n">
-        <x:v>158604</x:v>
+        <x:v>160305</x:v>
       </x:c>
       <x:c r="BY17" s="3" t="n">
-        <x:v>171441</x:v>
+        <x:v>173167</x:v>
       </x:c>
       <x:c r="BZ17" s="3" t="n">
-        <x:v>155512</x:v>
+        <x:v>157259</x:v>
       </x:c>
       <x:c r="CA17" s="3" t="n">
-        <x:v>165306</x:v>
+        <x:v>167092</x:v>
       </x:c>
       <x:c r="CB17" s="3" t="n">
-        <x:v>167999</x:v>
+        <x:v>169840</x:v>
       </x:c>
       <x:c r="CC17" s="3" t="n">
-        <x:v>181735</x:v>
+        <x:v>183598</x:v>
       </x:c>
       <x:c r="CD17" s="3" t="n">
-        <x:v>166398</x:v>
+        <x:v>168339</x:v>
       </x:c>
       <x:c r="CE17" s="3" t="n">
-        <x:v>174779</x:v>
+        <x:v>176727</x:v>
       </x:c>
       <x:c r="CF17" s="3" t="n">
-        <x:v>181506</x:v>
+        <x:v>183471</x:v>
       </x:c>
       <x:c r="CG17" s="3" t="n">
-        <x:v>191655</x:v>
+        <x:v>193601</x:v>
       </x:c>
       <x:c r="CH17" s="3" t="n">
-        <x:v>178862</x:v>
+        <x:v>181385</x:v>
       </x:c>
       <x:c r="CI17" s="3" t="n">
-        <x:v>182239</x:v>
+        <x:v>184690</x:v>
       </x:c>
       <x:c r="CJ17" s="3" t="n">
-        <x:v>190919</x:v>
+        <x:v>193342</x:v>
       </x:c>
       <x:c r="CK17" s="3" t="n">
-        <x:v>205116</x:v>
+        <x:v>207585</x:v>
       </x:c>
       <x:c r="CL17" s="3" t="n">
-        <x:v>194385</x:v>
+        <x:v>197341</x:v>
       </x:c>
       <x:c r="CM17" s="3" t="n">
-        <x:v>198951</x:v>
+        <x:v>201875</x:v>
       </x:c>
       <x:c r="CN17" s="3" t="n">
-        <x:v>205267</x:v>
+        <x:v>208219</x:v>
       </x:c>
       <x:c r="CO17" s="3" t="n">
-        <x:v>213903</x:v>
+        <x:v>216915</x:v>
       </x:c>
       <x:c r="CP17" s="3" t="n">
-        <x:v>206864</x:v>
+        <x:v>210469</x:v>
       </x:c>
       <x:c r="CQ17" s="3" t="n">
-        <x:v>211337</x:v>
+        <x:v>214923</x:v>
       </x:c>
       <x:c r="CR17" s="3" t="n">
-        <x:v>215058</x:v>
+        <x:v>218688</x:v>
       </x:c>
       <x:c r="CS17" s="3" t="n">
-        <x:v>228512</x:v>
+        <x:v>232175</x:v>
       </x:c>
       <x:c r="CT17" s="3" t="n">
-        <x:v>213452</x:v>
+        <x:v>218284</x:v>
       </x:c>
       <x:c r="CU17" s="3" t="n">
-        <x:v>222679</x:v>
+        <x:v>227548</x:v>
       </x:c>
       <x:c r="CV17" s="3" t="n">
-        <x:v>228601</x:v>
+        <x:v>233568</x:v>
       </x:c>
       <x:c r="CW17" s="3" t="n">
-        <x:v>243450</x:v>
+        <x:v>248532</x:v>
       </x:c>
       <x:c r="CX17" s="3" t="n">
-        <x:v>234084</x:v>
+        <x:v>239819</x:v>
       </x:c>
       <x:c r="CY17" s="3" t="n">
-        <x:v>234293</x:v>
+        <x:v>239789</x:v>
       </x:c>
       <x:c r="CZ17" s="3" t="n">
-        <x:v>243764</x:v>
+        <x:v>249417</x:v>
       </x:c>
       <x:c r="DA17" s="3" t="n">
-        <x:v>256531</x:v>
+        <x:v>262436</x:v>
       </x:c>
       <x:c r="DB17" s="3" t="n">
-        <x:v>246080</x:v>
+        <x:v>253127</x:v>
       </x:c>
       <x:c r="DC17" s="3" t="n">
-        <x:v>252065</x:v>
+        <x:v>259047</x:v>
       </x:c>
       <x:c r="DD17" s="3" t="n">
-        <x:v>260331</x:v>
+        <x:v>267571</x:v>
       </x:c>
       <x:c r="DE17" s="3" t="n">
-        <x:v>272192</x:v>
+        <x:v>279524</x:v>
       </x:c>
       <x:c r="DF17" s="3" t="n">
-        <x:v>252776</x:v>
+        <x:v>261860</x:v>
       </x:c>
       <x:c r="DG17" s="3" t="n">
-        <x:v>272720</x:v>
+        <x:v>282222</x:v>
       </x:c>
       <x:c r="DH17" s="3" t="n">
-        <x:v>278744</x:v>
+        <x:v>288439</x:v>
       </x:c>
       <x:c r="DI17" s="3" t="n">
-        <x:v>286058</x:v>
+        <x:v>295852</x:v>
       </x:c>
       <x:c r="DJ17" s="3" t="n">
-        <x:v>274749</x:v>
+        <x:v>286484</x:v>
       </x:c>
       <x:c r="DK17" s="3" t="n">
-        <x:v>287165</x:v>
+        <x:v>299182</x:v>
       </x:c>
       <x:c r="DL17" s="3" t="n">
-        <x:v>295205</x:v>
+        <x:v>307556</x:v>
       </x:c>
       <x:c r="DM17" s="3" t="n">
-        <x:v>307796</x:v>
+        <x:v>320400</x:v>
       </x:c>
       <x:c r="DN17" s="3" t="n">
-        <x:v>294157</x:v>
+        <x:v>307851</x:v>
       </x:c>
       <x:c r="DO17" s="3" t="n">
-        <x:v>305696</x:v>
+        <x:v>319524</x:v>
       </x:c>
       <x:c r="DP17" s="3" t="n">
-        <x:v>313684</x:v>
+        <x:v>327934</x:v>
       </x:c>
       <x:c r="DQ17" s="3" t="n">
-        <x:v>328974</x:v>
+        <x:v>343264</x:v>
       </x:c>
       <x:c r="DR17" s="3" t="n">
-        <x:v>312659</x:v>
+        <x:v>326164</x:v>
       </x:c>
       <x:c r="DS17" s="3" t="n">
-        <x:v>330127</x:v>
+        <x:v>343900</x:v>
       </x:c>
       <x:c r="DT17" s="3" t="n">
-        <x:v>334042</x:v>
+        <x:v>348048</x:v>
       </x:c>
       <x:c r="DU17" s="3" t="n">
-        <x:v>342417</x:v>
+        <x:v>356545</x:v>
       </x:c>
       <x:c r="DV17" s="3" t="n">
-        <x:v>323977</x:v>
+        <x:v>339782</x:v>
       </x:c>
       <x:c r="DW17" s="3" t="n">
-        <x:v>341626</x:v>
+        <x:v>357368</x:v>
       </x:c>
       <x:c r="DX17" s="3" t="n">
-        <x:v>351196</x:v>
+        <x:v>367164</x:v>
       </x:c>
       <x:c r="DY17" s="3" t="n">
-        <x:v>362729</x:v>
+        <x:v>379180</x:v>
       </x:c>
       <x:c r="DZ17" s="3" t="n">
-        <x:v>352338</x:v>
+        <x:v>370046</x:v>
       </x:c>
       <x:c r="EA17" s="3" t="n">
-        <x:v>357333</x:v>
+        <x:v>374988</x:v>
       </x:c>
       <x:c r="EB17" s="3" t="n">
-        <x:v>368983</x:v>
+        <x:v>387011</x:v>
       </x:c>
       <x:c r="EC17" s="3" t="n">
-        <x:v>382561</x:v>
+        <x:v>401437</x:v>
       </x:c>
       <x:c r="ED17" s="3" t="n">
-        <x:v>362480</x:v>
+        <x:v>381894</x:v>
       </x:c>
       <x:c r="EE17" s="3" t="n">
-        <x:v>378643</x:v>
+        <x:v>397997</x:v>
       </x:c>
       <x:c r="EF17" s="3" t="n">
-        <x:v>385203</x:v>
+        <x:v>405093</x:v>
       </x:c>
       <x:c r="EG17" s="3" t="n">
-        <x:v>394353</x:v>
+        <x:v>415107</x:v>
       </x:c>
       <x:c r="EH17" s="3" t="n">
-        <x:v>381478</x:v>
+        <x:v>403505</x:v>
       </x:c>
       <x:c r="EI17" s="3" t="n">
-        <x:v>394863</x:v>
+        <x:v>416891</x:v>
       </x:c>
       <x:c r="EJ17" s="3" t="n">
-        <x:v>404184</x:v>
+        <x:v>426537</x:v>
       </x:c>
       <x:c r="EK17" s="3" t="n">
-        <x:v>413479</x:v>
+        <x:v>436624</x:v>
       </x:c>
       <x:c r="EL17" s="3" t="n">
-        <x:v>401529</x:v>
+        <x:v>428374</x:v>
       </x:c>
       <x:c r="EM17" s="3" t="n">
-        <x:v>417872</x:v>
+        <x:v>443341</x:v>
       </x:c>
       <x:c r="EN17" s="3" t="n">
-        <x:v>424102</x:v>
+        <x:v>448773</x:v>
       </x:c>
       <x:c r="EO17" s="3" t="n">
-        <x:v>432135</x:v>
+        <x:v>458123</x:v>
       </x:c>
       <x:c r="EP17" s="3" t="n">
-        <x:v>422112</x:v>
+        <x:v>451180</x:v>
       </x:c>
       <x:c r="EQ17" s="3" t="n">
-        <x:v>436457</x:v>
+        <x:v>464215</x:v>
       </x:c>
       <x:c r="ER17" s="3" t="n">
-        <x:v>442193</x:v>
+        <x:v>469174</x:v>
       </x:c>
       <x:c r="ES17" s="3" t="n">
-        <x:v>453078</x:v>
+        <x:v>481696</x:v>
       </x:c>
       <x:c r="ET17" s="3" t="n">
-        <x:v>444933</x:v>
+        <x:v>477455</x:v>
       </x:c>
       <x:c r="EU17" s="3" t="n">
-        <x:v>461023</x:v>
+        <x:v>492078</x:v>
       </x:c>
       <x:c r="EV17" s="3" t="n">
-        <x:v>464590</x:v>
+        <x:v>494054</x:v>
       </x:c>
       <x:c r="EW17" s="3" t="n">
-        <x:v>472130</x:v>
+        <x:v>503154</x:v>
       </x:c>
       <x:c r="EX17" s="3" t="n">
-        <x:v>459122</x:v>
+        <x:v>492949</x:v>
       </x:c>
       <x:c r="EY17" s="3" t="n">
-        <x:v>491682</x:v>
+        <x:v>524966</x:v>
       </x:c>
       <x:c r="EZ17" s="3" t="n">
-        <x:v>471291</x:v>
+        <x:v>503301</x:v>
       </x:c>
       <x:c r="FA17" s="3" t="n">
-        <x:v>499789</x:v>
+        <x:v>534939</x:v>
       </x:c>
       <x:c r="FB17" s="3" t="n">
-        <x:v>484355</x:v>
+        <x:v>520758</x:v>
       </x:c>
       <x:c r="FC17" s="3" t="n">
-        <x:v>505880</x:v>
+        <x:v>541832</x:v>
       </x:c>
       <x:c r="FD17" s="3" t="n">
-        <x:v>492441</x:v>
+        <x:v>527682</x:v>
       </x:c>
       <x:c r="FE17" s="3" t="n">
-        <x:v>521559</x:v>
+        <x:v>560387</x:v>
       </x:c>
       <x:c r="FF17" s="3" t="n">
-        <x:v>499679</x:v>
+        <x:v>540469</x:v>
       </x:c>
       <x:c r="FG17" s="3" t="n">
-        <x:v>531816</x:v>
+        <x:v>571659</x:v>
       </x:c>
       <x:c r="FH17" s="3" t="n">
-        <x:v>511237</x:v>
+        <x:v>549175</x:v>
       </x:c>
       <x:c r="FI17" s="3" t="n">
-        <x:v>542845</x:v>
+        <x:v>584625</x:v>
       </x:c>
       <x:c r="FJ17" s="3" t="n">
-        <x:v>524040</x:v>
+        <x:v>567135</x:v>
       </x:c>
       <x:c r="FK17" s="3" t="n">
-        <x:v>545714</x:v>
+        <x:v>586427</x:v>
       </x:c>
       <x:c r="FL17" s="3" t="n">
-        <x:v>534963</x:v>
+        <x:v>574655</x:v>
       </x:c>
       <x:c r="FM17" s="3" t="n">
-        <x:v>560001</x:v>
+        <x:v>603072</x:v>
       </x:c>
       <x:c r="FN17" s="3" t="n">
-        <x:v>528482</x:v>
+        <x:v>575737</x:v>
       </x:c>
       <x:c r="FO17" s="3" t="n">
-        <x:v>506704</x:v>
+        <x:v>553286</x:v>
       </x:c>
       <x:c r="FP17" s="3" t="n">
-        <x:v>521139</x:v>
+        <x:v>566042</x:v>
       </x:c>
       <x:c r="FQ17" s="3" t="n">
-        <x:v>548863</x:v>
+        <x:v>597460</x:v>
       </x:c>
       <x:c r="FR17" s="3" t="n">
-        <x:v>527271</x:v>
+        <x:v>579438</x:v>
       </x:c>
       <x:c r="FS17" s="3" t="n">
-        <x:v>558503</x:v>
+        <x:v>607560</x:v>
       </x:c>
       <x:c r="FT17" s="3" t="n">
-        <x:v>568615</x:v>
+        <x:v>615922</x:v>
       </x:c>
       <x:c r="FU17" s="3" t="n">
-        <x:v>621155</x:v>
+        <x:v>674430</x:v>
       </x:c>
       <x:c r="FV17" s="3" t="n">
-        <x:v>590573</x:v>
+        <x:v>644366</x:v>
       </x:c>
       <x:c r="FW17" s="3" t="n">
-        <x:v>643369</x:v>
+        <x:v>692762</x:v>
       </x:c>
       <x:c r="FX17" s="3" t="n">
-        <x:v>624796</x:v>
+        <x:v>673740</x:v>
       </x:c>
       <x:c r="FY17" s="3" t="n">
-        <x:v>691465</x:v>
+        <x:v>737315</x:v>
       </x:c>
       <x:c r="FZ17" s="3" t="n">
-        <x:v>645269</x:v>
+        <x:v>696564</x:v>
       </x:c>
       <x:c r="GA17" s="3" t="n">
-        <x:v>683697</x:v>
+        <x:v>726312</x:v>
       </x:c>
       <x:c r="GB17" s="3" t="n">
-        <x:v>658621</x:v>
+        <x:v>701277</x:v>
       </x:c>
       <x:c r="GC17" s="3" t="n">
-        <x:v>713178</x:v>
+        <x:v>756513</x:v>
       </x:c>
       <x:c r="GD17" s="3" t="n">
-        <x:v>676639</x:v>
+        <x:v>719480</x:v>
       </x:c>
       <x:c r="GE17" s="3" t="n">
-        <x:v>727744</x:v>
+        <x:v>770368</x:v>
       </x:c>
       <x:c r="GF17" s="3" t="n">
-        <x:v>693867</x:v>
+        <x:v>744036</x:v>
       </x:c>
       <x:c r="GG17" s="3" t="n">
-        <x:v>739814</x:v>
+        <x:v>789088</x:v>
       </x:c>
       <x:c r="GH17" s="3" t="n">
-        <x:v>715765</x:v>
+        <x:v>761238</x:v>
       </x:c>
       <x:c r="GI17" s="3" t="n">
-        <x:v>754878</x:v>
+        <x:v>803892</x:v>
+      </x:c>
+      <x:c r="GJ17" s="3" t="n">
+        <x:v>780976</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:191">
+    <x:row r="18" spans="1:192">
       <x:c r="A18" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>5038</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
         <x:v>5093</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
         <x:v>5150</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
         <x:v>5150</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
         <x:v>5402</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
         <x:v>5462</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
         <x:v>5522</x:v>
       </x:c>
       <x:c r="I18" s="3" t="n">
         <x:v>5522</x:v>
       </x:c>
@@ -9364,558 +9406,556 @@
       <x:c r="BJ18" s="3" t="n">
         <x:v>20152</x:v>
       </x:c>
       <x:c r="BK18" s="3" t="n">
         <x:v>19501</x:v>
       </x:c>
       <x:c r="BL18" s="3" t="n">
         <x:v>20167</x:v>
       </x:c>
       <x:c r="BM18" s="3" t="n">
         <x:v>20964</x:v>
       </x:c>
       <x:c r="BN18" s="3" t="n">
         <x:v>20549</x:v>
       </x:c>
       <x:c r="BO18" s="3" t="n">
         <x:v>20446</x:v>
       </x:c>
       <x:c r="BP18" s="3" t="n">
         <x:v>20917</x:v>
       </x:c>
       <x:c r="BQ18" s="3" t="n">
         <x:v>21584</x:v>
       </x:c>
       <x:c r="BR18" s="3" t="n">
-        <x:v>21714</x:v>
+        <x:v>20633</x:v>
       </x:c>
       <x:c r="BS18" s="3" t="n">
-        <x:v>20478</x:v>
+        <x:v>19432</x:v>
       </x:c>
       <x:c r="BT18" s="3" t="n">
-        <x:v>21222</x:v>
+        <x:v>20136</x:v>
       </x:c>
       <x:c r="BU18" s="3" t="n">
-        <x:v>21983</x:v>
+        <x:v>20878</x:v>
       </x:c>
       <x:c r="BV18" s="3" t="n">
-        <x:v>22274</x:v>
+        <x:v>21156</x:v>
       </x:c>
       <x:c r="BW18" s="3" t="n">
-        <x:v>21314</x:v>
+        <x:v>20225</x:v>
       </x:c>
       <x:c r="BX18" s="3" t="n">
-        <x:v>22458</x:v>
+        <x:v>21319</x:v>
       </x:c>
       <x:c r="BY18" s="3" t="n">
-        <x:v>23292</x:v>
+        <x:v>22138</x:v>
       </x:c>
       <x:c r="BZ18" s="3" t="n">
-        <x:v>22236</x:v>
+        <x:v>21130</x:v>
       </x:c>
       <x:c r="CA18" s="3" t="n">
-        <x:v>23173</x:v>
+        <x:v>22026</x:v>
       </x:c>
       <x:c r="CB18" s="3" t="n">
-        <x:v>23333</x:v>
+        <x:v>22156</x:v>
       </x:c>
       <x:c r="CC18" s="3" t="n">
-        <x:v>24064</x:v>
+        <x:v>22852</x:v>
       </x:c>
       <x:c r="CD18" s="3" t="n">
-        <x:v>24475</x:v>
+        <x:v>23296</x:v>
       </x:c>
       <x:c r="CE18" s="3" t="n">
-        <x:v>23487</x:v>
+        <x:v>22318</x:v>
       </x:c>
       <x:c r="CF18" s="3" t="n">
-        <x:v>24818</x:v>
+        <x:v>23598</x:v>
       </x:c>
       <x:c r="CG18" s="3" t="n">
-        <x:v>25847</x:v>
+        <x:v>24633</x:v>
       </x:c>
       <x:c r="CH18" s="3" t="n">
-        <x:v>26445</x:v>
+        <x:v>25054</x:v>
       </x:c>
       <x:c r="CI18" s="3" t="n">
-        <x:v>25771</x:v>
+        <x:v>24450</x:v>
       </x:c>
       <x:c r="CJ18" s="3" t="n">
-        <x:v>26543</x:v>
+        <x:v>25220</x:v>
       </x:c>
       <x:c r="CK18" s="3" t="n">
-        <x:v>27257</x:v>
+        <x:v>25930</x:v>
       </x:c>
       <x:c r="CL18" s="3" t="n">
-        <x:v>28545</x:v>
+        <x:v>27133</x:v>
       </x:c>
       <x:c r="CM18" s="3" t="n">
-        <x:v>27029</x:v>
+        <x:v>25658</x:v>
       </x:c>
       <x:c r="CN18" s="3" t="n">
-        <x:v>27958</x:v>
+        <x:v>26552</x:v>
       </x:c>
       <x:c r="CO18" s="3" t="n">
-        <x:v>28588</x:v>
+        <x:v>27168</x:v>
       </x:c>
       <x:c r="CP18" s="3" t="n">
-        <x:v>30385</x:v>
+        <x:v>28909</x:v>
       </x:c>
       <x:c r="CQ18" s="3" t="n">
-        <x:v>28825</x:v>
+        <x:v>27388</x:v>
       </x:c>
       <x:c r="CR18" s="3" t="n">
-        <x:v>29756</x:v>
+        <x:v>28284</x:v>
       </x:c>
       <x:c r="CS18" s="3" t="n">
-        <x:v>30615</x:v>
+        <x:v>29139</x:v>
       </x:c>
       <x:c r="CT18" s="3" t="n">
-        <x:v>30718</x:v>
+        <x:v>29152</x:v>
       </x:c>
       <x:c r="CU18" s="3" t="n">
-        <x:v>31815</x:v>
+        <x:v>30199</x:v>
       </x:c>
       <x:c r="CV18" s="3" t="n">
-        <x:v>33062</x:v>
+        <x:v>31377</x:v>
       </x:c>
       <x:c r="CW18" s="3" t="n">
-        <x:v>32455</x:v>
+        <x:v>30815</x:v>
       </x:c>
       <x:c r="CX18" s="3" t="n">
-        <x:v>32188</x:v>
+        <x:v>30506</x:v>
       </x:c>
       <x:c r="CY18" s="3" t="n">
-        <x:v>31285</x:v>
+        <x:v>29645</x:v>
       </x:c>
       <x:c r="CZ18" s="3" t="n">
-        <x:v>32814</x:v>
+        <x:v>31092</x:v>
       </x:c>
       <x:c r="DA18" s="3" t="n">
-        <x:v>32082</x:v>
+        <x:v>30418</x:v>
       </x:c>
       <x:c r="DB18" s="3" t="n">
-        <x:v>32483</x:v>
+        <x:v>30759</x:v>
       </x:c>
       <x:c r="DC18" s="3" t="n">
-        <x:v>31481</x:v>
+        <x:v>29792</x:v>
       </x:c>
       <x:c r="DD18" s="3" t="n">
-        <x:v>33012</x:v>
+        <x:v>31243</x:v>
       </x:c>
       <x:c r="DE18" s="3" t="n">
-        <x:v>33601</x:v>
+        <x:v>31824</x:v>
       </x:c>
       <x:c r="DF18" s="3" t="n">
-        <x:v>32189</x:v>
+        <x:v>30450</x:v>
       </x:c>
       <x:c r="DG18" s="3" t="n">
-        <x:v>33138</x:v>
+        <x:v>31319</x:v>
       </x:c>
       <x:c r="DH18" s="3" t="n">
-        <x:v>32859</x:v>
+        <x:v>31018</x:v>
       </x:c>
       <x:c r="DI18" s="3" t="n">
-        <x:v>32964</x:v>
+        <x:v>31118</x:v>
       </x:c>
       <x:c r="DJ18" s="3" t="n">
-        <x:v>35180</x:v>
+        <x:v>33336</x:v>
       </x:c>
       <x:c r="DK18" s="3" t="n">
-        <x:v>33814</x:v>
+        <x:v>32018</x:v>
       </x:c>
       <x:c r="DL18" s="3" t="n">
-        <x:v>35243</x:v>
+        <x:v>33388</x:v>
       </x:c>
       <x:c r="DM18" s="3" t="n">
-        <x:v>35866</x:v>
+        <x:v>34008</x:v>
       </x:c>
       <x:c r="DN18" s="3" t="n">
-        <x:v>37070</x:v>
+        <x:v>35157</x:v>
       </x:c>
       <x:c r="DO18" s="3" t="n">
-        <x:v>36001</x:v>
+        <x:v>34118</x:v>
       </x:c>
       <x:c r="DP18" s="3" t="n">
-        <x:v>37382</x:v>
+        <x:v>35430</x:v>
       </x:c>
       <x:c r="DQ18" s="3" t="n">
-        <x:v>38407</x:v>
+        <x:v>36465</x:v>
       </x:c>
       <x:c r="DR18" s="3" t="n">
-        <x:v>39026</x:v>
+        <x:v>36999</x:v>
       </x:c>
       <x:c r="DS18" s="3" t="n">
-        <x:v>40499</x:v>
+        <x:v>38377</x:v>
       </x:c>
       <x:c r="DT18" s="3" t="n">
-        <x:v>41636</x:v>
+        <x:v>39449</x:v>
       </x:c>
       <x:c r="DU18" s="3" t="n">
-        <x:v>42831</x:v>
+        <x:v>40583</x:v>
       </x:c>
       <x:c r="DV18" s="3" t="n">
-        <x:v>41722</x:v>
+        <x:v>39270</x:v>
       </x:c>
       <x:c r="DW18" s="3" t="n">
-        <x:v>42830</x:v>
+        <x:v>40325</x:v>
       </x:c>
       <x:c r="DX18" s="3" t="n">
-        <x:v>43722</x:v>
+        <x:v>41165</x:v>
       </x:c>
       <x:c r="DY18" s="3" t="n">
-        <x:v>42597</x:v>
+        <x:v>40035</x:v>
       </x:c>
       <x:c r="DZ18" s="3" t="n">
-        <x:v>44321</x:v>
+        <x:v>41590</x:v>
       </x:c>
       <x:c r="EA18" s="3" t="n">
-        <x:v>44735</x:v>
+        <x:v>41987</x:v>
       </x:c>
       <x:c r="EB18" s="3" t="n">
-        <x:v>44855</x:v>
+        <x:v>42117</x:v>
       </x:c>
       <x:c r="EC18" s="3" t="n">
-        <x:v>44950</x:v>
+        <x:v>42195</x:v>
       </x:c>
       <x:c r="ED18" s="3" t="n">
-        <x:v>45941</x:v>
+        <x:v>43213</x:v>
       </x:c>
       <x:c r="EE18" s="3" t="n">
-        <x:v>46382</x:v>
+        <x:v>43632</x:v>
       </x:c>
       <x:c r="EF18" s="3" t="n">
-        <x:v>47747</x:v>
+        <x:v>44935</x:v>
       </x:c>
       <x:c r="EG18" s="3" t="n">
-        <x:v>48537</x:v>
+        <x:v>45692</x:v>
       </x:c>
       <x:c r="EH18" s="3" t="n">
-        <x:v>48410</x:v>
+        <x:v>45361</x:v>
       </x:c>
       <x:c r="EI18" s="3" t="n">
-        <x:v>49071</x:v>
+        <x:v>45918</x:v>
       </x:c>
       <x:c r="EJ18" s="3" t="n">
-        <x:v>49841</x:v>
+        <x:v>46638</x:v>
       </x:c>
       <x:c r="EK18" s="3" t="n">
-        <x:v>50083</x:v>
+        <x:v>46824</x:v>
       </x:c>
       <x:c r="EL18" s="3" t="n">
-        <x:v>50920</x:v>
+        <x:v>47813</x:v>
       </x:c>
       <x:c r="EM18" s="3" t="n">
-        <x:v>51038</x:v>
+        <x:v>47916</x:v>
       </x:c>
       <x:c r="EN18" s="3" t="n">
-        <x:v>52283</x:v>
+        <x:v>49062</x:v>
       </x:c>
       <x:c r="EO18" s="3" t="n">
-        <x:v>52832</x:v>
+        <x:v>49539</x:v>
       </x:c>
       <x:c r="EP18" s="3" t="n">
-        <x:v>54015</x:v>
+        <x:v>50511</x:v>
       </x:c>
       <x:c r="EQ18" s="3" t="n">
-        <x:v>54863</x:v>
+        <x:v>51276</x:v>
       </x:c>
       <x:c r="ER18" s="3" t="n">
-        <x:v>55802</x:v>
+        <x:v>52137</x:v>
       </x:c>
       <x:c r="ES18" s="3" t="n">
-        <x:v>56708</x:v>
+        <x:v>52963</x:v>
       </x:c>
       <x:c r="ET18" s="3" t="n">
-        <x:v>56482</x:v>
+        <x:v>53103</x:v>
       </x:c>
       <x:c r="EU18" s="3" t="n">
-        <x:v>60874</x:v>
+        <x:v>57298</x:v>
       </x:c>
       <x:c r="EV18" s="3" t="n">
-        <x:v>58372</x:v>
+        <x:v>54915</x:v>
       </x:c>
       <x:c r="EW18" s="3" t="n">
-        <x:v>58868</x:v>
+        <x:v>55356</x:v>
       </x:c>
       <x:c r="EX18" s="3" t="n">
-        <x:v>58803</x:v>
+        <x:v>55367</x:v>
       </x:c>
       <x:c r="EY18" s="3" t="n">
-        <x:v>62001</x:v>
+        <x:v>58420</x:v>
       </x:c>
       <x:c r="EZ18" s="3" t="n">
-        <x:v>60313</x:v>
+        <x:v>56857</x:v>
       </x:c>
       <x:c r="FA18" s="3" t="n">
-        <x:v>63084</x:v>
+        <x:v>59456</x:v>
       </x:c>
       <x:c r="FB18" s="3" t="n">
-        <x:v>62293</x:v>
+        <x:v>58667</x:v>
       </x:c>
       <x:c r="FC18" s="3" t="n">
-        <x:v>65963</x:v>
+        <x:v>62102</x:v>
       </x:c>
       <x:c r="FD18" s="3" t="n">
-        <x:v>64087</x:v>
+        <x:v>60343</x:v>
       </x:c>
       <x:c r="FE18" s="3" t="n">
-        <x:v>66170</x:v>
+        <x:v>62371</x:v>
       </x:c>
       <x:c r="FF18" s="3" t="n">
-        <x:v>64959</x:v>
+        <x:v>61182</x:v>
       </x:c>
       <x:c r="FG18" s="3" t="n">
-        <x:v>68228</x:v>
+        <x:v>64280</x:v>
       </x:c>
       <x:c r="FH18" s="3" t="n">
-        <x:v>66235</x:v>
+        <x:v>62471</x:v>
       </x:c>
       <x:c r="FI18" s="3" t="n">
-        <x:v>69616</x:v>
+        <x:v>65754</x:v>
       </x:c>
       <x:c r="FJ18" s="3" t="n">
-        <x:v>67683</x:v>
+        <x:v>64043</x:v>
       </x:c>
       <x:c r="FK18" s="3" t="n">
-        <x:v>71180</x:v>
+        <x:v>67377</x:v>
       </x:c>
       <x:c r="FL18" s="3" t="n">
-        <x:v>69561</x:v>
+        <x:v>65848</x:v>
       </x:c>
       <x:c r="FM18" s="3" t="n">
-        <x:v>72866</x:v>
+        <x:v>68916</x:v>
       </x:c>
       <x:c r="FN18" s="3" t="n">
-        <x:v>73456</x:v>
+        <x:v>69264</x:v>
       </x:c>
       <x:c r="FO18" s="3" t="n">
-        <x:v>76900</x:v>
+        <x:v>72477</x:v>
       </x:c>
       <x:c r="FP18" s="3" t="n">
-        <x:v>75731</x:v>
+        <x:v>71429</x:v>
       </x:c>
       <x:c r="FQ18" s="3" t="n">
-        <x:v>77329</x:v>
+        <x:v>73227</x:v>
       </x:c>
       <x:c r="FR18" s="3" t="n">
-        <x:v>76976</x:v>
+        <x:v>73076</x:v>
       </x:c>
       <x:c r="FS18" s="3" t="n">
-        <x:v>80936</x:v>
+        <x:v>77046</x:v>
       </x:c>
       <x:c r="FT18" s="3" t="n">
-        <x:v>79636</x:v>
+        <x:v>75960</x:v>
       </x:c>
       <x:c r="FU18" s="3" t="n">
-        <x:v>83950</x:v>
+        <x:v>80030</x:v>
       </x:c>
       <x:c r="FV18" s="3" t="n">
-        <x:v>81211</x:v>
+        <x:v>77404</x:v>
       </x:c>
       <x:c r="FW18" s="3" t="n">
-        <x:v>86007</x:v>
+        <x:v>81796</x:v>
       </x:c>
       <x:c r="FX18" s="3" t="n">
-        <x:v>84452</x:v>
+        <x:v>80206</x:v>
       </x:c>
       <x:c r="FY18" s="3" t="n">
-        <x:v>89350</x:v>
+        <x:v>84712</x:v>
       </x:c>
       <x:c r="FZ18" s="3" t="n">
-        <x:v>89028</x:v>
+        <x:v>84310</x:v>
       </x:c>
       <x:c r="GA18" s="3" t="n">
-        <x:v>93700</x:v>
+        <x:v>88620</x:v>
       </x:c>
       <x:c r="GB18" s="3" t="n">
-        <x:v>93483</x:v>
+        <x:v>88366</x:v>
       </x:c>
       <x:c r="GC18" s="3" t="n">
-        <x:v>98505</x:v>
+        <x:v>93103</x:v>
       </x:c>
       <x:c r="GD18" s="3" t="n">
-        <x:v>95897</x:v>
+        <x:v>90556</x:v>
       </x:c>
       <x:c r="GE18" s="3" t="n">
-        <x:v>100536</x:v>
+        <x:v>94994</x:v>
       </x:c>
       <x:c r="GF18" s="3" t="n">
-        <x:v>98036</x:v>
+        <x:v>93052</x:v>
       </x:c>
       <x:c r="GG18" s="3" t="n">
-        <x:v>102072</x:v>
+        <x:v>96847</x:v>
       </x:c>
       <x:c r="GH18" s="3" t="n">
-        <x:v>102332</x:v>
+        <x:v>96240</x:v>
       </x:c>
       <x:c r="GI18" s="3" t="n">
-        <x:v>108405</x:v>
+        <x:v>102160</x:v>
+      </x:c>
+      <x:c r="GJ18" s="3" t="n">
+        <x:v>99331</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:191">
+    <x:row r="20" spans="1:192">
       <x:c r="A20" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:191">
+    <x:row r="21" spans="1:192">
       <x:c r="A21" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:191">
-[...1 lines deleted...]
-        <x:v>208</x:v>
+    <x:row r="23" spans="1:192">
+      <x:c r="A23" s="0" t="s">
+        <x:v>209</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:191">
+    <x:row r="24" spans="1:192">
       <x:c r="A24" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:191">
+    <x:row r="25" spans="1:192">
       <x:c r="A25" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:192">
+      <x:c r="A27" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:192">
+      <x:c r="A28" s="0" t="s">
+        <x:v>213</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:192">
+      <x:c r="A30" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:192">
+      <x:c r="A31" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:191">
-[...1 lines deleted...]
-        <x:v>211</x:v>
+    <x:row r="32" spans="1:192">
+      <x:c r="A32" s="0" t="s">
+        <x:v>215</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:191">
-[...1 lines deleted...]
-        <x:v>212</x:v>
+    <x:row r="33" spans="1:192">
+      <x:c r="A33" s="0" t="s">
+        <x:v>216</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:191">
-[...1 lines deleted...]
-        <x:v>213</x:v>
+    <x:row r="34" spans="1:192">
+      <x:c r="A34" s="0" t="s">
+        <x:v>217</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:191">
-[...1 lines deleted...]
-        <x:v>214</x:v>
+    <x:row r="39" spans="1:192">
+      <x:c r="A39" s="0" t="s">
+        <x:v>218</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:191">
-      <x:c r="A32" s="0" t="s">
+    <x:row r="40" spans="1:192">
+      <x:c r="A40" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:191">
-[...1 lines deleted...]
-        <x:v>215</x:v>
+    <x:row r="41" spans="1:192">
+      <x:c r="A41" s="0" t="s">
+        <x:v>219</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:191">
-[...1 lines deleted...]
-        <x:v>216</x:v>
+    <x:row r="42" spans="1:192">
+      <x:c r="A42" s="0" t="s">
+        <x:v>220</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:191">
-[...1 lines deleted...]
-        <x:v>217</x:v>
+    <x:row r="43" spans="1:192">
+      <x:c r="A43" s="0" t="s">
+        <x:v>210</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:191">
-[...1 lines deleted...]
-        <x:v>218</x:v>
+    <x:row r="44" spans="1:192">
+      <x:c r="A44" s="0" t="s">
+        <x:v>221</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:191">
-      <x:c r="A41" s="0" t="s">
+    <x:row r="46" spans="1:192">
+      <x:c r="A46" s="0" t="s">
+        <x:v>222</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:192">
+      <x:c r="A47" s="0" t="s">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:192">
+      <x:c r="A48" s="0" t="s">
+        <x:v>223</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:192">
+      <x:c r="A51" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:191">
-[...1 lines deleted...]
-        <x:v>219</x:v>
+    <x:row r="52" spans="1:192">
+      <x:c r="A52" s="0" t="s">
+        <x:v>224</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:191">
-[...1 lines deleted...]
-        <x:v>220</x:v>
+    <x:row r="56" spans="1:192">
+      <x:c r="A56" s="0" t="s">
+        <x:v>225</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:191">
-[...1 lines deleted...]
-        <x:v>210</x:v>
+    <x:row r="58" spans="1:192">
+      <x:c r="A58" s="0" t="s">
+        <x:v>226</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:191">
-[...1 lines deleted...]
-        <x:v>221</x:v>
+    <x:row r="59" spans="1:192">
+      <x:c r="A59" s="0" t="s">
+        <x:v>227</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:191">
-[...1 lines deleted...]
-        <x:v>222</x:v>
+    <x:row r="61" spans="1:192">
+      <x:c r="A61" s="0" t="s">
+        <x:v>228</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:191">
-[...34 lines deleted...]
-    <x:row r="62" spans="1:191">
+    <x:row r="62" spans="1:192">
       <x:c r="A62" s="0" t="s">
-        <x:v>228</x:v>
-[...3 lines deleted...]
-      <x:c r="A63" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Priser</vt:lpstr>
       <vt:lpstr>Priser!Print_Area</vt:lpstr>
       <vt:lpstr>Priser!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>