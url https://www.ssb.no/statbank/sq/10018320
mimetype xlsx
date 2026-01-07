--- v2 (2025-12-15)
+++ v3 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaba425d46b04126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3f8b91e424bf4773bd9078461cb1645f.psmdcp" Id="R58db26f92bf84e88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54e66b5fc93e46bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7709b3fc58e243208f5c3972cf972811.psmdcp" Id="R0c33761f126b4181" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Priser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="230" uniqueCount="230">
   <x:si>
     <x:t>09186: Hovedtall for konsum, etter næring, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Løpende priser (mill. kr)</x:t>
   </x:si>
   <x:si>