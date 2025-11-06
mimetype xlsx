--- v0 (2025-10-16)
+++ v1 (2025-11-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eed812b1ce743bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f16b88af26d34dd38043139b47b4400a.psmdcp" Id="R304db748f0d4482b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38ed025c21844932" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/147425d6ba7843d99a79212c359f6888.psmdcp" Id="Rd56ba80c4bba46c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prisendring" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="225">
   <x:si>
     <x:t>09183: Bruttoinvestering, etter næring, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Prisendring fra samme periode året før (prosent)</x:t>
   </x:si>
   <x:si>