--- v1 (2025-11-06)
+++ v2 (2025-12-26)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38ed025c21844932" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/147425d6ba7843d99a79212c359f6888.psmdcp" Id="Rd56ba80c4bba46c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd78792bb8cb4ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/86b51f0a81a7412ba18503fdefd0bb03.psmdcp" Id="R164c7caec3c84c17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prisendring" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="225">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="226">
   <x:si>
     <x:t>09183: Bruttoinvestering, etter næring, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Prisendring fra samme periode året før (prosent)</x:t>
   </x:si>
   <x:si>
     <x:t>1978K1</x:t>
   </x:si>
   <x:si>
     <x:t>1978K2</x:t>
   </x:si>
   <x:si>
     <x:t>1978K3</x:t>
   </x:si>
   <x:si>
     <x:t>1978K4</x:t>
   </x:si>
   <x:si>
     <x:t>1979K1</x:t>
   </x:si>
   <x:si>
     <x:t>1979K2</x:t>
   </x:si>
   <x:si>
@@ -586,96 +586,99 @@
   <x:si>
     <x:t>2023K3</x:t>
   </x:si>
   <x:si>
     <x:t>2023K4</x:t>
   </x:si>
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
+    <x:t>2025K3</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bygg og anlegg</x:t>
   </x:si>
   <x:si>
     <x:t>Oljeboring, oljeleting, olje- og gasrørledning</x:t>
   </x:si>
   <x:si>
     <x:t>Oljeutvinningsplattformer, borerigger og moduler</x:t>
   </x:si>
   <x:si>
     <x:t>Skip og båter</x:t>
   </x:si>
   <x:si>
     <x:t>Transportmidler</x:t>
   </x:si>
   <x:si>
     <x:t>Maskiner og utstyr</x:t>
   </x:si>
   <x:si>
     <x:t>Endring i livdyr- og frukttrebestand</x:t>
   </x:si>
   <x:si>
     <x:t>FOU og annen immatriell realkapital</x:t>
   </x:si>
   <x:si>
     <x:t>Verdigjenstander</x:t>
   </x:si>
   <x:si>
     <x:t>.</x:t>
   </x:si>
   <x:si>
-    <x:t>Ujusterte tall etter basisår (endelig årsregnskap) er foreløpige.</x:t>
+    <x:t>Tallene etter år 2023 (basisåret) er foreløpige.</x:t>
   </x:si>
   <x:si>
     <x:t>Seriene i faste priser er kjeda volumtall fra basisåret og bakover, og fastpristall fra basisår og fremover. Additivitet i komponentene i volum forekommer kun f.o.m. basisår.</x:t>
   </x:si>
   <x:si>
     <x:t>. = Ikke mulig å oppgi tall. Tall finnes ikke på dette tidspunktet fordi kategorien ikke var i bruk da tallene ble samlet inn.</x:t>
   </x:si>
   <x:si>
     <x:t>Sist endret:</x:t>
   </x:si>
   <x:si>
     <x:t>Prisendring fra samme periode året før (prosent):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250821 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kilde:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t>Kontakt:</x:t>
   </x:si>
   <x:si>
     <x:t>Achraf Bougroug, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 15</x:t>
   </x:si>
   <x:si>
     <x:t>acb@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Måleenhet:</x:t>
   </x:si>
   <x:si>
     <x:t>prosent</x:t>
   </x:si>
@@ -1078,70 +1081,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:GI56"/>
+  <x:dimension ref="A1:GJ56"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="191" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="192" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:191">
+    <x:row r="1" spans="1:192">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:191">
+    <x:row r="3" spans="1:192">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:191">
+    <x:row r="4" spans="1:192">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -1668,54 +1671,57 @@
       </x:c>
       <x:c r="GB4" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="GC4" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="GD4" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="GE4" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="GF4" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="GG4" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="GH4" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="GI4" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
+      <x:c r="GJ4" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:191">
+    <x:row r="5" spans="1:192">
       <x:c r="A5" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
         <x:v>4.6</x:v>
       </x:c>
@@ -1740,557 +1746,560 @@
       <x:c r="P5" s="3" t="n">
         <x:v>9.1</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
         <x:v>8.5</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
         <x:v>9.5</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
         <x:v>9.4</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
         <x:v>8.7</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
         <x:v>8.7</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
         <x:v>8.4</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
         <x:v>11.4</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
         <x:v>11.1</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
         <x:v>8.9</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>10.2</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
         <x:v>10.1</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
         <x:v>8.4</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
         <x:v>-1.4</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
         <x:v>-1.9</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
         <x:v>-1.6</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>-1</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
         <x:v>-0.5</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="BE5" s="3" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="BF5" s="3" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="BG5" s="3" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="BH5" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="BI5" s="3" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="BJ5" s="3" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="BK5" s="3" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="BL5" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="BM5" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="BN5" s="3" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="BO5" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="BP5" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="BQ5" s="3" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="BR5" s="3" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="BS5" s="3" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="BT5" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="BU5" s="3" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="BV5" s="3" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="BW5" s="3" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="BX5" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="BY5" s="3" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="BZ5" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="CA5" s="3" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="CB5" s="3" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="CC5" s="3" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="CD5" s="3" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="CE5" s="3" t="n">
         <x:v>-3.3</x:v>
       </x:c>
       <x:c r="CF5" s="3" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="CG5" s="3" t="n">
         <x:v>9.5</x:v>
       </x:c>
       <x:c r="CH5" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="CI5" s="3" t="n">
         <x:v>9.4</x:v>
       </x:c>
       <x:c r="CJ5" s="3" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="CK5" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="CL5" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="CM5" s="3" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="CN5" s="3" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="CO5" s="3" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="CP5" s="3" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="CQ5" s="3" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="CR5" s="3" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="CS5" s="3" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="CT5" s="3" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="CU5" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="CV5" s="3" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="CW5" s="3" t="n">
-        <x:v>-1</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="CX5" s="3" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="CY5" s="3" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="CZ5" s="3" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="DA5" s="3" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="DB5" s="3" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="DC5" s="3" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="DD5" s="3" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="DE5" s="3" t="n">
-        <x:v>9.9</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="DF5" s="3" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="DG5" s="3" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="DH5" s="3" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="DI5" s="3" t="n">
-        <x:v>6.8</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="DJ5" s="3" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="DK5" s="3" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="DL5" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="DM5" s="3" t="n">
+        <x:v>7.8</x:v>
+      </x:c>
+      <x:c r="DN5" s="3" t="n">
+        <x:v>6.7</x:v>
+      </x:c>
+      <x:c r="DO5" s="3" t="n">
+        <x:v>7.1</x:v>
+      </x:c>
+      <x:c r="DP5" s="3" t="n">
         <x:v>7.9</x:v>
       </x:c>
-      <x:c r="DN5" s="3" t="n">
+      <x:c r="DQ5" s="3" t="n">
+        <x:v>8.1</x:v>
+      </x:c>
+      <x:c r="DR5" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="DO5" s="3" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="DS5" s="3" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="DT5" s="3" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="DU5" s="3" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="DV5" s="3" t="n">
-        <x:v>2.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="DW5" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="DX5" s="3" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="DY5" s="3" t="n">
-        <x:v>3.3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="DZ5" s="3" t="n">
-        <x:v>2.4</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="EA5" s="3" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="EB5" s="3" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="EC5" s="3" t="n">
+        <x:v>5.2</x:v>
+      </x:c>
+      <x:c r="ED5" s="3" t="n">
+        <x:v>6.2</x:v>
+      </x:c>
+      <x:c r="EE5" s="3" t="n">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="EF5" s="3" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="EG5" s="3" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="EH5" s="3" t="n">
         <x:v>4.9</x:v>
       </x:c>
-      <x:c r="ED5" s="3" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="EI5" s="3" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="EJ5" s="3" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="EK5" s="3" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="EL5" s="3" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="EM5" s="3" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="EN5" s="3" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="EO5" s="3" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="EP5" s="3" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="EQ5" s="3" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="ER5" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="ES5" s="3" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="ET5" s="3" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="EU5" s="3" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="EV5" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="EW5" s="3" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="EX5" s="3" t="n">
+        <x:v>-0.8</x:v>
+      </x:c>
+      <x:c r="EY5" s="3" t="n">
         <x:v>1.7</x:v>
       </x:c>
-      <x:c r="EY5" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="EZ5" s="3" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="FA5" s="3" t="n">
+        <x:v>5.4</x:v>
+      </x:c>
+      <x:c r="FB5" s="3" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="FC5" s="3" t="n">
         <x:v>2.8</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>3.2</x:v>
       </x:c>
       <x:c r="FD5" s="3" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="FE5" s="3" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="FF5" s="3" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="FG5" s="3" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="FH5" s="3" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="FI5" s="3" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="FJ5" s="3" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="FK5" s="3" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="FL5" s="3" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="FM5" s="3" t="n">
         <x:v>2.7</x:v>
       </x:c>
-      <x:c r="FF5" s="3" t="n">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="FN5" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="FO5" s="3" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FP5" s="3" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="FQ5" s="3" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="FR5" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="FQ5" s="3" t="n">
+      <x:c r="FS5" s="3" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="FT5" s="3" t="n">
+        <x:v>8.5</x:v>
+      </x:c>
+      <x:c r="FU5" s="3" t="n">
+        <x:v>7.6</x:v>
+      </x:c>
+      <x:c r="FV5" s="3" t="n">
+        <x:v>12.1</x:v>
+      </x:c>
+      <x:c r="FW5" s="3" t="n">
+        <x:v>9.2</x:v>
+      </x:c>
+      <x:c r="FX5" s="3" t="n">
+        <x:v>5.8</x:v>
+      </x:c>
+      <x:c r="FY5" s="3" t="n">
+        <x:v>6.9</x:v>
+      </x:c>
+      <x:c r="FZ5" s="3" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="GA5" s="3" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="GB5" s="3" t="n">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="GC5" s="3" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="GD5" s="3" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="GE5" s="3" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="GF5" s="3" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="GG5" s="3" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="GH5" s="3" t="n">
         <x:v>4.4</x:v>
       </x:c>
-      <x:c r="FR5" s="3" t="n">
-[...49 lines deleted...]
-      </x:c>
       <x:c r="GI5" s="3" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="GJ5" s="3" t="n">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:191">
+    <x:row r="6" spans="1:192">
       <x:c r="A6" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
         <x:v>17.4</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
         <x:v>1.7</x:v>
       </x:c>
@@ -2552,2620 +2561,2635 @@
       <x:c r="CQ6" s="3" t="n">
         <x:v>11.4</x:v>
       </x:c>
       <x:c r="CR6" s="3" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="CS6" s="3" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="CT6" s="3" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="CU6" s="3" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="CV6" s="3" t="n">
         <x:v>-3.3</x:v>
       </x:c>
       <x:c r="CW6" s="3" t="n">
         <x:v>-3.1</x:v>
       </x:c>
       <x:c r="CX6" s="3" t="n">
         <x:v>-2.4</x:v>
       </x:c>
       <x:c r="CY6" s="3" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="CZ6" s="3" t="n">
         <x:v>7.8</x:v>
       </x:c>
       <x:c r="DA6" s="3" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="DB6" s="3" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="DC6" s="3" t="n">
         <x:v>-4.1</x:v>
       </x:c>
       <x:c r="DD6" s="3" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="DE6" s="3" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="DF6" s="3" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="DG6" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="DH6" s="3" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="DI6" s="3" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="DJ6" s="3" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="DK6" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="DL6" s="3" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="DM6" s="3" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="DN6" s="3" t="n">
-        <x:v>9</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="DO6" s="3" t="n">
         <x:v>11.9</x:v>
       </x:c>
       <x:c r="DP6" s="3" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="DQ6" s="3" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="DR6" s="3" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="DS6" s="3" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="DT6" s="3" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="DU6" s="3" t="n">
-        <x:v>14.2</x:v>
+        <x:v>14.1</x:v>
       </x:c>
       <x:c r="DV6" s="3" t="n">
-        <x:v>12.6</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="DW6" s="3" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="DX6" s="3" t="n">
         <x:v>15.5</x:v>
       </x:c>
       <x:c r="DY6" s="3" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="DZ6" s="3" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="EA6" s="3" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="EB6" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="EC6" s="3" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="ED6" s="3" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="EE6" s="3" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="EF6" s="3" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="EG6" s="3" t="n">
         <x:v>9.9</x:v>
       </x:c>
       <x:c r="EH6" s="3" t="n">
         <x:v>9.4</x:v>
       </x:c>
       <x:c r="EI6" s="3" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="EJ6" s="3" t="n">
         <x:v>-1.3</x:v>
       </x:c>
       <x:c r="EK6" s="3" t="n">
         <x:v>-3.7</x:v>
       </x:c>
       <x:c r="EL6" s="3" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="EM6" s="3" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="EN6" s="3" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="EO6" s="3" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="EP6" s="3" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="EQ6" s="3" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="ER6" s="3" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="ES6" s="3" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="ET6" s="3" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="EU6" s="3" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="EV6" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="EW6" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="EX6" s="3" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="EY6" s="3" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="EZ6" s="3" t="n">
-        <x:v>-4.7</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
       <x:c r="FA6" s="3" t="n">
-        <x:v>-6.8</x:v>
+        <x:v>-7.8</x:v>
       </x:c>
       <x:c r="FB6" s="3" t="n">
-        <x:v>-7</x:v>
+        <x:v>-8.9</x:v>
       </x:c>
       <x:c r="FC6" s="3" t="n">
-        <x:v>-7.5</x:v>
+        <x:v>-7.1</x:v>
       </x:c>
       <x:c r="FD6" s="3" t="n">
-        <x:v>-4.7</x:v>
+        <x:v>-4.5</x:v>
       </x:c>
       <x:c r="FE6" s="3" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="FF6" s="3" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="FG6" s="3" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="FH6" s="3" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="FI6" s="3" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="FJ6" s="3" t="n">
-        <x:v>-3</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="FK6" s="3" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="FL6" s="3" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="FM6" s="3" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="FN6" s="3" t="n">
-        <x:v>4.4</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="FO6" s="3" t="n">
-        <x:v>9.1</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="FP6" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FQ6" s="3" t="n">
-        <x:v>3.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="FR6" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="FS6" s="3" t="n">
         <x:v>-3.1</x:v>
       </x:c>
       <x:c r="FT6" s="3" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="FU6" s="3" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="FV6" s="3" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="FW6" s="3" t="n">
+        <x:v>6.7</x:v>
+      </x:c>
+      <x:c r="FX6" s="3" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="FY6" s="3" t="n">
+        <x:v>8.3</x:v>
+      </x:c>
+      <x:c r="FZ6" s="3" t="n">
         <x:v>3.6</x:v>
       </x:c>
-      <x:c r="FW6" s="3" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="GA6" s="3" t="n">
-        <x:v>12.4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="GB6" s="3" t="n">
-        <x:v>11.9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="GC6" s="3" t="n">
-        <x:v>11.9</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="GD6" s="3" t="n">
-        <x:v>8.6</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="GE6" s="3" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="GF6" s="3" t="n">
-        <x:v>7.2</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="GG6" s="3" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="GH6" s="3" t="n">
-        <x:v>3.2</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="GI6" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="GJ6" s="3" t="n">
+        <x:v>-1.6</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:191">
+    <x:row r="7" spans="1:192">
       <x:c r="A7" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
         <x:v>10.9</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
         <x:v>-23</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
         <x:v>-1.5</x:v>
       </x:c>
       <x:c r="J7" s="3" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="K7" s="3" t="n">
         <x:v>9.8</x:v>
       </x:c>
       <x:c r="L7" s="3" t="n">
         <x:v>12.2</x:v>
       </x:c>
       <x:c r="M7" s="3" t="n">
         <x:v>9.1</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>14.6</x:v>
+        <x:v>14.7</x:v>
       </x:c>
       <x:c r="O7" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="P7" s="3" t="n">
-        <x:v>8.8</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="Q7" s="3" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="R7" s="3" t="n">
-        <x:v>11.1</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="S7" s="3" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21.3</x:v>
       </x:c>
       <x:c r="T7" s="3" t="n">
-        <x:v>18.9</x:v>
+        <x:v>18.8</x:v>
       </x:c>
       <x:c r="U7" s="3" t="n">
-        <x:v>16.6</x:v>
+        <x:v>16.5</x:v>
       </x:c>
       <x:c r="V7" s="3" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="W7" s="3" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="X7" s="3" t="n">
-        <x:v>42.5</x:v>
+        <x:v>42.6</x:v>
       </x:c>
       <x:c r="Y7" s="3" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="Z7" s="3" t="n">
         <x:v>8.7</x:v>
       </x:c>
       <x:c r="AA7" s="3" t="n">
-        <x:v>28.6</x:v>
+        <x:v>28.5</x:v>
       </x:c>
       <x:c r="AB7" s="3" t="n">
         <x:v>-25.1</x:v>
       </x:c>
       <x:c r="AC7" s="3" t="n">
-        <x:v>12.2</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="AD7" s="3" t="n">
         <x:v>-37.2</x:v>
       </x:c>
       <x:c r="AE7" s="3" t="n">
         <x:v>-29.1</x:v>
       </x:c>
       <x:c r="AF7" s="3" t="n">
-        <x:v>101.7</x:v>
+        <x:v>101.6</x:v>
       </x:c>
       <x:c r="AG7" s="3" t="n">
-        <x:v>-6.9</x:v>
+        <x:v>-7</x:v>
       </x:c>
       <x:c r="AH7" s="3" t="n">
         <x:v>84.3</x:v>
       </x:c>
       <x:c r="AI7" s="3" t="n">
         <x:v>54.8</x:v>
       </x:c>
       <x:c r="AJ7" s="3" t="n">
         <x:v>-36</x:v>
       </x:c>
       <x:c r="AK7" s="3" t="n">
         <x:v>26.1</x:v>
       </x:c>
       <x:c r="AL7" s="3" t="n">
         <x:v>17.8</x:v>
       </x:c>
       <x:c r="AM7" s="3" t="n">
         <x:v>9.1</x:v>
       </x:c>
       <x:c r="AN7" s="3" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AO7" s="3" t="n">
         <x:v>13.5</x:v>
       </x:c>
       <x:c r="AP7" s="3" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="AQ7" s="3" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="AR7" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="AS7" s="3" t="n">
-        <x:v>7</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="AT7" s="3" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="AU7" s="3" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AV7" s="3" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="AW7" s="3" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="AX7" s="3" t="n">
         <x:v>89.9</x:v>
       </x:c>
       <x:c r="AY7" s="3" t="n">
         <x:v>-47</x:v>
       </x:c>
       <x:c r="AZ7" s="3" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="BA7" s="3" t="n">
         <x:v>17.4</x:v>
       </x:c>
       <x:c r="BB7" s="3" t="n">
         <x:v>-44.1</x:v>
       </x:c>
       <x:c r="BC7" s="3" t="n">
         <x:v>92.4</x:v>
       </x:c>
       <x:c r="BD7" s="3" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="BE7" s="3" t="n">
         <x:v>-25.7</x:v>
       </x:c>
       <x:c r="BF7" s="3" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="BG7" s="3" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="BH7" s="3" t="n">
         <x:v>-21.8</x:v>
       </x:c>
       <x:c r="BI7" s="3" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="BJ7" s="3" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="BK7" s="3" t="n">
         <x:v>-1.2</x:v>
       </x:c>
       <x:c r="BL7" s="3" t="n">
-        <x:v>16.7</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="BM7" s="3" t="n">
-        <x:v>-7.3</x:v>
+        <x:v>-7.2</x:v>
       </x:c>
       <x:c r="BN7" s="3" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="BO7" s="3" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="BP7" s="3" t="n">
         <x:v>-11.2</x:v>
       </x:c>
       <x:c r="BQ7" s="3" t="n">
-        <x:v>10.3</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="BR7" s="3" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="BS7" s="3" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="BT7" s="3" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="BU7" s="3" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="BV7" s="3" t="n">
         <x:v>72.3</x:v>
       </x:c>
       <x:c r="BW7" s="3" t="n">
         <x:v>28.3</x:v>
       </x:c>
       <x:c r="BX7" s="3" t="n">
         <x:v>-12.6</x:v>
       </x:c>
       <x:c r="BY7" s="3" t="n">
-        <x:v>-36.4</x:v>
+        <x:v>-36.3</x:v>
       </x:c>
       <x:c r="BZ7" s="3" t="n">
         <x:v>-39.9</x:v>
       </x:c>
       <x:c r="CA7" s="3" t="n">
         <x:v>-17.6</x:v>
       </x:c>
       <x:c r="CB7" s="3" t="n">
-        <x:v>37.4</x:v>
+        <x:v>37.5</x:v>
       </x:c>
       <x:c r="CC7" s="3" t="n">
-        <x:v>71.3</x:v>
+        <x:v>71.4</x:v>
       </x:c>
       <x:c r="CD7" s="3" t="n">
-        <x:v>14.5</x:v>
+        <x:v>14.4</x:v>
       </x:c>
       <x:c r="CE7" s="3" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="CF7" s="3" t="n">
-        <x:v>-7</x:v>
+        <x:v>-7.1</x:v>
       </x:c>
       <x:c r="CG7" s="3" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="CH7" s="3" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="CI7" s="3" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="CJ7" s="3" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="CK7" s="3" t="n">
-        <x:v>-8.4</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
       <x:c r="CL7" s="3" t="n">
-        <x:v>-2.8</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="CM7" s="3" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="CN7" s="3" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="CO7" s="3" t="n">
-        <x:v>24.7</x:v>
+        <x:v>24.5</x:v>
       </x:c>
       <x:c r="CP7" s="3" t="n">
-        <x:v>13.6</x:v>
+        <x:v>13.7</x:v>
       </x:c>
       <x:c r="CQ7" s="3" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="CR7" s="3" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="CS7" s="3" t="n">
-        <x:v>-13.5</x:v>
+        <x:v>-13.2</x:v>
       </x:c>
       <x:c r="CT7" s="3" t="n">
-        <x:v>-12.7</x:v>
+        <x:v>-12.8</x:v>
       </x:c>
       <x:c r="CU7" s="3" t="n">
-        <x:v>38.4</x:v>
+        <x:v>38.6</x:v>
       </x:c>
       <x:c r="CV7" s="3" t="n">
-        <x:v>-23.9</x:v>
+        <x:v>-24</x:v>
       </x:c>
       <x:c r="CW7" s="3" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="CX7" s="3" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="CY7" s="3" t="n">
-        <x:v>-59.3</x:v>
+        <x:v>-58.8</x:v>
       </x:c>
       <x:c r="CZ7" s="3" t="n">
-        <x:v>31.6</x:v>
+        <x:v>31.7</x:v>
       </x:c>
       <x:c r="DA7" s="3" t="n">
-        <x:v>75.6</x:v>
+        <x:v>75.4</x:v>
       </x:c>
       <x:c r="DB7" s="3" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="DC7" s="3" t="n">
-        <x:v>78.8</x:v>
+        <x:v>76.5</x:v>
       </x:c>
       <x:c r="DD7" s="3" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="DE7" s="3" t="n">
-        <x:v>-31.1</x:v>
+        <x:v>-30.9</x:v>
       </x:c>
       <x:c r="DF7" s="3" t="n">
         <x:v>13.8</x:v>
       </x:c>
       <x:c r="DG7" s="3" t="n">
-        <x:v>-5.4</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
       <x:c r="DH7" s="3" t="n">
-        <x:v>7.1</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="DI7" s="3" t="n">
-        <x:v>7.3</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="DJ7" s="3" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>-2.8</x:v>
       </x:c>
       <x:c r="DK7" s="3" t="n">
-        <x:v>17.5</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="DL7" s="3" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="DM7" s="3" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="DN7" s="3" t="n">
+        <x:v>6.3</x:v>
+      </x:c>
+      <x:c r="DO7" s="3" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="DP7" s="3" t="n">
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="DQ7" s="3" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="DR7" s="3" t="n">
+        <x:v>6.7</x:v>
+      </x:c>
+      <x:c r="DS7" s="3" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="DT7" s="3" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="DU7" s="3" t="n">
+        <x:v>13.1</x:v>
+      </x:c>
+      <x:c r="DV7" s="3" t="n">
+        <x:v>10.9</x:v>
+      </x:c>
+      <x:c r="DW7" s="3" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="DX7" s="3" t="n">
+        <x:v>7.9</x:v>
+      </x:c>
+      <x:c r="DY7" s="3" t="n">
+        <x:v>-4.9</x:v>
+      </x:c>
+      <x:c r="DZ7" s="3" t="n">
+        <x:v>-2</x:v>
+      </x:c>
+      <x:c r="EA7" s="3" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="EB7" s="3" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="EC7" s="3" t="n">
+        <x:v>5.6</x:v>
+      </x:c>
+      <x:c r="ED7" s="3" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="EE7" s="3" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="EF7" s="3" t="n">
+        <x:v>5.2</x:v>
+      </x:c>
+      <x:c r="EG7" s="3" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="EH7" s="3" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="EI7" s="3" t="n">
+        <x:v>-0.3</x:v>
+      </x:c>
+      <x:c r="EJ7" s="3" t="n">
         <x:v>0.9</x:v>
       </x:c>
-      <x:c r="DM7" s="3" t="n">
-[...62 lines deleted...]
-      <x:c r="EH7" s="3" t="n">
+      <x:c r="EK7" s="3" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="EL7" s="3" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="EM7" s="3" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="EN7" s="3" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="EO7" s="3" t="n">
         <x:v>3.3</x:v>
       </x:c>
-      <x:c r="EI7" s="3" t="n">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="EP7" s="3" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="EQ7" s="3" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="ER7" s="3" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="ES7" s="3" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="ET7" s="3" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="EU7" s="3" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="EV7" s="3" t="n">
-        <x:v>-10.2</x:v>
+        <x:v>-9.4</x:v>
       </x:c>
       <x:c r="EW7" s="3" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="EX7" s="3" t="n">
-        <x:v>-4.1</x:v>
+        <x:v>-5.9</x:v>
       </x:c>
       <x:c r="EY7" s="3" t="n">
-        <x:v>-5.1</x:v>
+        <x:v>-4.4</x:v>
       </x:c>
       <x:c r="EZ7" s="3" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="FA7" s="3" t="n">
-        <x:v>-5.9</x:v>
+        <x:v>-4.9</x:v>
       </x:c>
       <x:c r="FB7" s="3" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="FC7" s="3" t="n">
-        <x:v>-3</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
       <x:c r="FD7" s="3" t="n">
-        <x:v>-3.6</x:v>
+        <x:v>-6.3</x:v>
       </x:c>
       <x:c r="FE7" s="3" t="n">
-        <x:v>-3.7</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="FF7" s="3" t="n">
-        <x:v>2.5</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="FG7" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="FH7" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="FI7" s="3" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="FJ7" s="3" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="FK7" s="3" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="FL7" s="3" t="n">
         <x:v>2.2</x:v>
       </x:c>
-      <x:c r="FJ7" s="3" t="n">
-[...5 lines deleted...]
-      <x:c r="FL7" s="3" t="n">
+      <x:c r="FM7" s="3" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="FN7" s="3" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="FO7" s="3" t="n">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="FP7" s="3" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="FQ7" s="3" t="n">
         <x:v>3.5</x:v>
       </x:c>
-      <x:c r="FM7" s="3" t="n">
-[...5 lines deleted...]
-      <x:c r="FO7" s="3" t="n">
+      <x:c r="FR7" s="3" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="FS7" s="3" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="FT7" s="3" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="FU7" s="3" t="n">
+        <x:v>-2.3</x:v>
+      </x:c>
+      <x:c r="FV7" s="3" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="FW7" s="3" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="FX7" s="3" t="n">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="FY7" s="3" t="n">
+        <x:v>12.4</x:v>
+      </x:c>
+      <x:c r="FZ7" s="3" t="n">
+        <x:v>5.6</x:v>
+      </x:c>
+      <x:c r="GA7" s="3" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="GB7" s="3" t="n">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="GC7" s="3" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="GD7" s="3" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="GE7" s="3" t="n">
         <x:v>6.9</x:v>
       </x:c>
-      <x:c r="FP7" s="3" t="n">
-[...46 lines deleted...]
-      </x:c>
       <x:c r="GF7" s="3" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="GG7" s="3" t="n">
-        <x:v>6.6</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="GH7" s="3" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="GI7" s="3" t="n">
         <x:v>4.4</x:v>
       </x:c>
+      <x:c r="GJ7" s="3" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
     </x:row>
-    <x:row r="8" spans="1:191">
+    <x:row r="8" spans="1:192">
       <x:c r="A8" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
         <x:v>-72.4</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>-46.4</x:v>
+        <x:v>-46.8</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
-        <x:v>-444.6</x:v>
+        <x:v>-451.2</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
-        <x:v>-34.9</x:v>
+        <x:v>-35.3</x:v>
       </x:c>
       <x:c r="J8" s="3" t="n">
-        <x:v>93.2</x:v>
+        <x:v>93.7</x:v>
       </x:c>
       <x:c r="K8" s="3" t="n">
-        <x:v>-60.1</x:v>
+        <x:v>-60.2</x:v>
       </x:c>
       <x:c r="L8" s="3" t="n">
-        <x:v>27.3</x:v>
+        <x:v>27.6</x:v>
       </x:c>
       <x:c r="M8" s="3" t="n">
-        <x:v>-36.6</x:v>
+        <x:v>-36.8</x:v>
       </x:c>
       <x:c r="N8" s="3" t="n">
-        <x:v>133.9</x:v>
+        <x:v>133.8</x:v>
       </x:c>
       <x:c r="O8" s="3" t="n">
-        <x:v>-192.1</x:v>
+        <x:v>-191.5</x:v>
       </x:c>
       <x:c r="P8" s="3" t="n">
-        <x:v>-13.1</x:v>
+        <x:v>-13.4</x:v>
       </x:c>
       <x:c r="Q8" s="3" t="n">
-        <x:v>397.6</x:v>
+        <x:v>402.3</x:v>
       </x:c>
       <x:c r="R8" s="3" t="n">
-        <x:v>42.7</x:v>
+        <x:v>42.5</x:v>
       </x:c>
       <x:c r="S8" s="3" t="n">
-        <x:v>-493.6</x:v>
+        <x:v>-499.4</x:v>
       </x:c>
       <x:c r="T8" s="3" t="n">
-        <x:v>-38</x:v>
+        <x:v>-38.7</x:v>
       </x:c>
       <x:c r="U8" s="3" t="n">
-        <x:v>-22.2</x:v>
+        <x:v>-22.5</x:v>
       </x:c>
       <x:c r="V8" s="3" t="n">
-        <x:v>66</x:v>
+        <x:v>69.3</x:v>
       </x:c>
       <x:c r="W8" s="3" t="n">
-        <x:v>30.5</x:v>
+        <x:v>29.6</x:v>
       </x:c>
       <x:c r="X8" s="3" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="Y8" s="3" t="n">
-        <x:v>-33.5</x:v>
+        <x:v>-34.7</x:v>
       </x:c>
       <x:c r="Z8" s="3" t="n">
-        <x:v>-3.7</x:v>
+        <x:v>-3.6</x:v>
       </x:c>
       <x:c r="AA8" s="3" t="n">
-        <x:v>-14.6</x:v>
+        <x:v>-14.8</x:v>
       </x:c>
       <x:c r="AB8" s="3" t="n">
-        <x:v>-44.7</x:v>
+        <x:v>-44.9</x:v>
       </x:c>
       <x:c r="AC8" s="3" t="n">
-        <x:v>39.9</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="AD8" s="3" t="n">
-        <x:v>-30.5</x:v>
+        <x:v>-27.7</x:v>
       </x:c>
       <x:c r="AE8" s="3" t="n">
-        <x:v>8.4</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="AF8" s="3" t="n">
-        <x:v>-422</x:v>
+        <x:v>-426.6</x:v>
       </x:c>
       <x:c r="AG8" s="3" t="n">
-        <x:v>241.1</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="AH8" s="3" t="n">
-        <x:v>236.2</x:v>
+        <x:v>227.4</x:v>
       </x:c>
       <x:c r="AI8" s="3" t="n">
-        <x:v>-146.5</x:v>
+        <x:v>-155</x:v>
       </x:c>
       <x:c r="AJ8" s="3" t="n">
-        <x:v>7633.4</x:v>
+        <x:v>-2345.7</x:v>
       </x:c>
       <x:c r="AK8" s="3" t="n">
-        <x:v>-9.2</x:v>
+        <x:v>-15.1</x:v>
       </x:c>
       <x:c r="AL8" s="3" t="n">
-        <x:v>83.1</x:v>
+        <x:v>115.7</x:v>
       </x:c>
       <x:c r="AM8" s="3" t="n">
-        <x:v>-1249.9</x:v>
+        <x:v>-1225.4</x:v>
       </x:c>
       <x:c r="AN8" s="3" t="n">
-        <x:v>-101.3</x:v>
+        <x:v>-95.4</x:v>
       </x:c>
       <x:c r="AO8" s="3" t="n">
-        <x:v>-31</x:v>
+        <x:v>-31.2</x:v>
       </x:c>
       <x:c r="AP8" s="3" t="n">
-        <x:v>-70.1</x:v>
+        <x:v>-76</x:v>
       </x:c>
       <x:c r="AQ8" s="3" t="n">
-        <x:v>-63.5</x:v>
+        <x:v>-69.9</x:v>
       </x:c>
       <x:c r="AR8" s="3" t="n">
-        <x:v>29.4</x:v>
+        <x:v>21.2</x:v>
       </x:c>
       <x:c r="AS8" s="3" t="n">
-        <x:v>16.5</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="AT8" s="3" t="n">
-        <x:v>58.1</x:v>
+        <x:v>59.8</x:v>
       </x:c>
       <x:c r="AU8" s="3" t="n">
-        <x:v>-54.2</x:v>
+        <x:v>-54.8</x:v>
       </x:c>
       <x:c r="AV8" s="3" t="n">
-        <x:v>36.6</x:v>
+        <x:v>37.5</x:v>
       </x:c>
       <x:c r="AW8" s="3" t="n">
         <x:v>44.8</x:v>
       </x:c>
       <x:c r="AX8" s="3" t="n">
+        <x:v>15.6</x:v>
+      </x:c>
+      <x:c r="AY8" s="3" t="n">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="AZ8" s="3" t="n">
+        <x:v>-70.9</x:v>
+      </x:c>
+      <x:c r="BA8" s="3" t="n">
+        <x:v>-97.3</x:v>
+      </x:c>
+      <x:c r="BB8" s="3" t="n">
+        <x:v>-3</x:v>
+      </x:c>
+      <x:c r="BC8" s="3" t="n">
+        <x:v>-97</x:v>
+      </x:c>
+      <x:c r="BD8" s="3" t="n">
+        <x:v>-270.2</x:v>
+      </x:c>
+      <x:c r="BE8" s="3" t="n">
+        <x:v>2596.2</x:v>
+      </x:c>
+      <x:c r="BF8" s="3" t="n">
+        <x:v>-216.5</x:v>
+      </x:c>
+      <x:c r="BG8" s="3" t="n">
+        <x:v>1462.3</x:v>
+      </x:c>
+      <x:c r="BH8" s="3" t="n">
+        <x:v>-195</x:v>
+      </x:c>
+      <x:c r="BI8" s="3" t="n">
+        <x:v>-37.9</x:v>
+      </x:c>
+      <x:c r="BJ8" s="3" t="n">
+        <x:v>-176.1</x:v>
+      </x:c>
+      <x:c r="BK8" s="3" t="n">
+        <x:v>-111.4</x:v>
+      </x:c>
+      <x:c r="BL8" s="3" t="n">
+        <x:v>111.4</x:v>
+      </x:c>
+      <x:c r="BM8" s="3" t="n">
+        <x:v>55.4</x:v>
+      </x:c>
+      <x:c r="BN8" s="3" t="n">
+        <x:v>9.4</x:v>
+      </x:c>
+      <x:c r="BO8" s="3" t="n">
+        <x:v>-1426.2</x:v>
+      </x:c>
+      <x:c r="BP8" s="3" t="n">
+        <x:v>-38.7</x:v>
+      </x:c>
+      <x:c r="BQ8" s="3" t="n">
+        <x:v>-92.2</x:v>
+      </x:c>
+      <x:c r="BR8" s="3" t="n">
+        <x:v>-2.1</x:v>
+      </x:c>
+      <x:c r="BS8" s="3" t="n">
+        <x:v>-24.7</x:v>
+      </x:c>
+      <x:c r="BT8" s="3" t="n">
+        <x:v>-68.1</x:v>
+      </x:c>
+      <x:c r="BU8" s="3" t="n">
+        <x:v>752.2</x:v>
+      </x:c>
+      <x:c r="BV8" s="3" t="n">
+        <x:v>-12.7</x:v>
+      </x:c>
+      <x:c r="BW8" s="3" t="n">
+        <x:v>-15.2</x:v>
+      </x:c>
+      <x:c r="BX8" s="3" t="n">
+        <x:v>390.6</x:v>
+      </x:c>
+      <x:c r="BY8" s="3" t="n">
+        <x:v>31.3</x:v>
+      </x:c>
+      <x:c r="BZ8" s="3" t="n">
+        <x:v>16.5</x:v>
+      </x:c>
+      <x:c r="CA8" s="3" t="n">
+        <x:v>46.7</x:v>
+      </x:c>
+      <x:c r="CB8" s="3" t="n">
+        <x:v>24.3</x:v>
+      </x:c>
+      <x:c r="CC8" s="3" t="n">
+        <x:v>-11.1</x:v>
+      </x:c>
+      <x:c r="CD8" s="3" t="n">
+        <x:v>17.1</x:v>
+      </x:c>
+      <x:c r="CE8" s="3" t="n">
+        <x:v>-22.9</x:v>
+      </x:c>
+      <x:c r="CF8" s="3" t="n">
+        <x:v>-11.4</x:v>
+      </x:c>
+      <x:c r="CG8" s="3" t="n">
         <x:v>12.8</x:v>
       </x:c>
-      <x:c r="AY8" s="3" t="n">
-[...103 lines deleted...]
-      </x:c>
       <x:c r="CH8" s="3" t="n">
-        <x:v>-36</x:v>
+        <x:v>-38.3</x:v>
       </x:c>
       <x:c r="CI8" s="3" t="n">
-        <x:v>-52</x:v>
+        <x:v>-53.4</x:v>
       </x:c>
       <x:c r="CJ8" s="3" t="n">
-        <x:v>27.1</x:v>
+        <x:v>31.9</x:v>
       </x:c>
       <x:c r="CK8" s="3" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="CL8" s="3" t="n">
-        <x:v>44.3</x:v>
+        <x:v>48.8</x:v>
       </x:c>
       <x:c r="CM8" s="3" t="n">
-        <x:v>248.6</x:v>
+        <x:v>271.6</x:v>
       </x:c>
       <x:c r="CN8" s="3" t="n">
-        <x:v>-13.4</x:v>
+        <x:v>-16.9</x:v>
       </x:c>
       <x:c r="CO8" s="3" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>-10.9</x:v>
       </x:c>
       <x:c r="CP8" s="3" t="n">
-        <x:v>15.5</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="CQ8" s="3" t="n">
-        <x:v>-26.9</x:v>
+        <x:v>-29</x:v>
       </x:c>
       <x:c r="CR8" s="3" t="n">
-        <x:v>-23.4</x:v>
+        <x:v>-24.2</x:v>
       </x:c>
       <x:c r="CS8" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>25.9</x:v>
       </x:c>
       <x:c r="CT8" s="3" t="n">
-        <x:v>8.9</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="CU8" s="3" t="n">
-        <x:v>-75.6</x:v>
+        <x:v>-73.2</x:v>
       </x:c>
       <x:c r="CV8" s="3" t="n">
-        <x:v>-6.6</x:v>
+        <x:v>-5</x:v>
       </x:c>
       <x:c r="CW8" s="3" t="n">
-        <x:v>78.8</x:v>
+        <x:v>81.2</x:v>
       </x:c>
       <x:c r="CX8" s="3" t="n">
-        <x:v>48.4</x:v>
+        <x:v>54.6</x:v>
       </x:c>
       <x:c r="CY8" s="3" t="n">
-        <x:v>131.2</x:v>
+        <x:v>123.3</x:v>
       </x:c>
       <x:c r="CZ8" s="3" t="n">
-        <x:v>148.7</x:v>
+        <x:v>146.2</x:v>
       </x:c>
       <x:c r="DA8" s="3" t="n">
-        <x:v>-215.2</x:v>
+        <x:v>-201.5</x:v>
       </x:c>
       <x:c r="DB8" s="3" t="n">
-        <x:v>-67.7</x:v>
+        <x:v>-68.2</x:v>
       </x:c>
       <x:c r="DC8" s="3" t="n">
-        <x:v>-37.9</x:v>
+        <x:v>-38</x:v>
       </x:c>
       <x:c r="DD8" s="3" t="n">
         <x:v>-50.2</x:v>
       </x:c>
       <x:c r="DE8" s="3" t="n">
-        <x:v>-173.6</x:v>
+        <x:v>-185.6</x:v>
       </x:c>
       <x:c r="DF8" s="3" t="n">
-        <x:v>57.6</x:v>
+        <x:v>58.5</x:v>
       </x:c>
       <x:c r="DG8" s="3" t="n">
-        <x:v>237</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="DH8" s="3" t="n">
-        <x:v>-1</x:v>
+        <x:v>-5</x:v>
       </x:c>
       <x:c r="DI8" s="3" t="n">
+        <x:v>-27.7</x:v>
+      </x:c>
+      <x:c r="DJ8" s="3" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="DK8" s="3" t="n">
+        <x:v>25.1</x:v>
+      </x:c>
+      <x:c r="DL8" s="3" t="n">
+        <x:v>27.1</x:v>
+      </x:c>
+      <x:c r="DM8" s="3" t="n">
+        <x:v>-10.2</x:v>
+      </x:c>
+      <x:c r="DN8" s="3" t="n">
+        <x:v>-9.1</x:v>
+      </x:c>
+      <x:c r="DO8" s="3" t="n">
+        <x:v>-19.2</x:v>
+      </x:c>
+      <x:c r="DP8" s="3" t="n">
+        <x:v>14.4</x:v>
+      </x:c>
+      <x:c r="DQ8" s="3" t="n">
+        <x:v>35.2</x:v>
+      </x:c>
+      <x:c r="DR8" s="3" t="n">
+        <x:v>30.9</x:v>
+      </x:c>
+      <x:c r="DS8" s="3" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="DT8" s="3" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="DU8" s="3" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="DV8" s="3" t="n">
+        <x:v>-12.6</x:v>
+      </x:c>
+      <x:c r="DW8" s="3" t="n">
+        <x:v>18.5</x:v>
+      </x:c>
+      <x:c r="DX8" s="3" t="n">
+        <x:v>5.2</x:v>
+      </x:c>
+      <x:c r="DY8" s="3" t="n">
+        <x:v>10.2</x:v>
+      </x:c>
+      <x:c r="DZ8" s="3" t="n">
+        <x:v>-4.8</x:v>
+      </x:c>
+      <x:c r="EA8" s="3" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="EB8" s="3" t="n">
+        <x:v>-9.7</x:v>
+      </x:c>
+      <x:c r="EC8" s="3" t="n">
         <x:v>-26.9</x:v>
       </x:c>
-      <x:c r="DJ8" s="3" t="n">
-[...26 lines deleted...]
-      <x:c r="DS8" s="3" t="n">
+      <x:c r="ED8" s="3" t="n">
+        <x:v>38.7</x:v>
+      </x:c>
+      <x:c r="EE8" s="3" t="n">
+        <x:v>-22.9</x:v>
+      </x:c>
+      <x:c r="EF8" s="3" t="n">
+        <x:v>-10.7</x:v>
+      </x:c>
+      <x:c r="EG8" s="3" t="n">
+        <x:v>12.4</x:v>
+      </x:c>
+      <x:c r="EH8" s="3" t="n">
+        <x:v>-19.6</x:v>
+      </x:c>
+      <x:c r="EI8" s="3" t="n">
+        <x:v>19.2</x:v>
+      </x:c>
+      <x:c r="EJ8" s="3" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="EK8" s="3" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="EL8" s="3" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="EM8" s="3" t="n">
+        <x:v>10.4</x:v>
+      </x:c>
+      <x:c r="EN8" s="3" t="n">
+        <x:v>16.1</x:v>
+      </x:c>
+      <x:c r="EO8" s="3" t="n">
+        <x:v>-13.5</x:v>
+      </x:c>
+      <x:c r="EP8" s="3" t="n">
+        <x:v>-69</x:v>
+      </x:c>
+      <x:c r="EQ8" s="3" t="n">
+        <x:v>-6.7</x:v>
+      </x:c>
+      <x:c r="ER8" s="3" t="n">
+        <x:v>15.1</x:v>
+      </x:c>
+      <x:c r="ES8" s="3" t="n">
+        <x:v>17.8</x:v>
+      </x:c>
+      <x:c r="ET8" s="3" t="n">
+        <x:v>255.7</x:v>
+      </x:c>
+      <x:c r="EU8" s="3" t="n">
+        <x:v>19.2</x:v>
+      </x:c>
+      <x:c r="EV8" s="3" t="n">
+        <x:v>-41.2</x:v>
+      </x:c>
+      <x:c r="EW8" s="3" t="n">
+        <x:v>-18.7</x:v>
+      </x:c>
+      <x:c r="EX8" s="3" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="EY8" s="3" t="n">
+        <x:v>-15.7</x:v>
+      </x:c>
+      <x:c r="EZ8" s="3" t="n">
+        <x:v>89.3</x:v>
+      </x:c>
+      <x:c r="FA8" s="3" t="n">
+        <x:v>52.9</x:v>
+      </x:c>
+      <x:c r="FB8" s="3" t="n">
+        <x:v>-70.7</x:v>
+      </x:c>
+      <x:c r="FC8" s="3" t="n">
+        <x:v>-6.2</x:v>
+      </x:c>
+      <x:c r="FD8" s="3" t="n">
+        <x:v>-10.3</x:v>
+      </x:c>
+      <x:c r="FE8" s="3" t="n">
+        <x:v>-12.4</x:v>
+      </x:c>
+      <x:c r="FF8" s="3" t="n">
+        <x:v>445.6</x:v>
+      </x:c>
+      <x:c r="FG8" s="3" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="FH8" s="3" t="n">
+        <x:v>-25.8</x:v>
+      </x:c>
+      <x:c r="FI8" s="3" t="n">
+        <x:v>14.7</x:v>
+      </x:c>
+      <x:c r="FJ8" s="3" t="n">
+        <x:v>-29.6</x:v>
+      </x:c>
+      <x:c r="FK8" s="3" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="FL8" s="3" t="n">
+        <x:v>70.4</x:v>
+      </x:c>
+      <x:c r="FM8" s="3" t="n">
+        <x:v>25.8</x:v>
+      </x:c>
+      <x:c r="FN8" s="3" t="n">
+        <x:v>23.6</x:v>
+      </x:c>
+      <x:c r="FO8" s="3" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="FP8" s="3" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="FQ8" s="3" t="n">
+        <x:v>-2.8</x:v>
+      </x:c>
+      <x:c r="FR8" s="3" t="n">
+        <x:v>11.1</x:v>
+      </x:c>
+      <x:c r="FS8" s="3" t="n">
+        <x:v>-1.7</x:v>
+      </x:c>
+      <x:c r="FT8" s="3" t="n">
+        <x:v>-3.9</x:v>
+      </x:c>
+      <x:c r="FU8" s="3" t="n">
+        <x:v>-0.8</x:v>
+      </x:c>
+      <x:c r="FV8" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="FW8" s="3" t="n">
+        <x:v>34.7</x:v>
+      </x:c>
+      <x:c r="FX8" s="3" t="n">
+        <x:v>33.1</x:v>
+      </x:c>
+      <x:c r="FY8" s="3" t="n">
         <x:v>1.7</x:v>
       </x:c>
-      <x:c r="DT8" s="3" t="n">
-[...11 lines deleted...]
-      <x:c r="DX8" s="3" t="n">
+      <x:c r="FZ8" s="3" t="n">
+        <x:v>23.5</x:v>
+      </x:c>
+      <x:c r="GA8" s="3" t="n">
+        <x:v>28.1</x:v>
+      </x:c>
+      <x:c r="GB8" s="3" t="n">
+        <x:v>-38.7</x:v>
+      </x:c>
+      <x:c r="GC8" s="3" t="n">
+        <x:v>71.4</x:v>
+      </x:c>
+      <x:c r="GD8" s="3" t="n">
+        <x:v>-5.9</x:v>
+      </x:c>
+      <x:c r="GE8" s="3" t="n">
+        <x:v>-19.5</x:v>
+      </x:c>
+      <x:c r="GF8" s="3" t="n">
+        <x:v>70.3</x:v>
+      </x:c>
+      <x:c r="GG8" s="3" t="n">
+        <x:v>-23.9</x:v>
+      </x:c>
+      <x:c r="GH8" s="3" t="n">
+        <x:v>10.5</x:v>
+      </x:c>
+      <x:c r="GI8" s="3" t="n">
         <x:v>4.6</x:v>
       </x:c>
-      <x:c r="DY8" s="3" t="n">
-[...186 lines deleted...]
-        <x:v>0.9</x:v>
+      <x:c r="GJ8" s="3" t="n">
+        <x:v>3</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:191">
+    <x:row r="9" spans="1:192">
       <x:c r="A9" s="2" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>-36.3</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>-104.7</x:v>
+        <x:v>-104.3</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
-        <x:v>-116.1</x:v>
+        <x:v>-115.5</x:v>
       </x:c>
       <x:c r="I9" s="3" t="n">
-        <x:v>377.5</x:v>
+        <x:v>375.9</x:v>
       </x:c>
       <x:c r="J9" s="3" t="n">
-        <x:v>94</x:v>
+        <x:v>93.7</x:v>
       </x:c>
       <x:c r="K9" s="3" t="n">
-        <x:v>-946.9</x:v>
+        <x:v>-1037.7</x:v>
       </x:c>
       <x:c r="L9" s="3" t="n">
-        <x:v>-658.7</x:v>
+        <x:v>-683.1</x:v>
       </x:c>
       <x:c r="M9" s="3" t="n">
-        <x:v>-68.7</x:v>
+        <x:v>-68.6</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>-46.9</x:v>
+        <x:v>-46.7</x:v>
       </x:c>
       <x:c r="O9" s="3" t="n">
-        <x:v>300.2</x:v>
+        <x:v>297.4</x:v>
       </x:c>
       <x:c r="P9" s="3" t="n">
-        <x:v>58.5</x:v>
+        <x:v>57.9</x:v>
       </x:c>
       <x:c r="Q9" s="3" t="n">
-        <x:v>-4.6</x:v>
+        <x:v>-4.7</x:v>
       </x:c>
       <x:c r="R9" s="3" t="n">
         <x:v>-41.3</x:v>
       </x:c>
       <x:c r="S9" s="3" t="n">
-        <x:v>110</x:v>
+        <x:v>109.8</x:v>
       </x:c>
       <x:c r="T9" s="3" t="n">
-        <x:v>-17.1</x:v>
+        <x:v>-17</x:v>
       </x:c>
       <x:c r="U9" s="3" t="n">
-        <x:v>55.5</x:v>
+        <x:v>55.7</x:v>
       </x:c>
       <x:c r="V9" s="3" t="n">
-        <x:v>366.6</x:v>
+        <x:v>366.3</x:v>
       </x:c>
       <x:c r="W9" s="3" t="n">
         <x:v>-58.4</x:v>
       </x:c>
       <x:c r="X9" s="3" t="n">
         <x:v>20.5</x:v>
       </x:c>
       <x:c r="Y9" s="3" t="n">
         <x:v>-41.9</x:v>
       </x:c>
       <x:c r="Z9" s="3" t="n">
-        <x:v>-72.6</x:v>
+        <x:v>-72.5</x:v>
       </x:c>
       <x:c r="AA9" s="3" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="AB9" s="3" t="n">
-        <x:v>45.1</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="AC9" s="3" t="n">
-        <x:v>115.9</x:v>
+        <x:v>115.8</x:v>
       </x:c>
       <x:c r="AD9" s="3" t="n">
-        <x:v>140.7</x:v>
+        <x:v>140.5</x:v>
       </x:c>
       <x:c r="AE9" s="3" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="AF9" s="3" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
       <x:c r="AG9" s="3" t="n">
         <x:v>-29.7</x:v>
       </x:c>
       <x:c r="AH9" s="3" t="n">
-        <x:v>-14.2</x:v>
+        <x:v>-14.3</x:v>
       </x:c>
       <x:c r="AI9" s="3" t="n">
-        <x:v>48</x:v>
+        <x:v>47.9</x:v>
       </x:c>
       <x:c r="AJ9" s="3" t="n">
-        <x:v>69.4</x:v>
+        <x:v>69.3</x:v>
       </x:c>
       <x:c r="AK9" s="3" t="n">
-        <x:v>-68.8</x:v>
+        <x:v>-68.6</x:v>
       </x:c>
       <x:c r="AL9" s="3" t="n">
         <x:v>9.6</x:v>
       </x:c>
       <x:c r="AM9" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="AN9" s="3" t="n">
         <x:v>-20.4</x:v>
       </x:c>
       <x:c r="AO9" s="3" t="n">
-        <x:v>320.9</x:v>
+        <x:v>318.8</x:v>
       </x:c>
       <x:c r="AP9" s="3" t="n">
-        <x:v>10.5</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="AQ9" s="3" t="n">
-        <x:v>45.5</x:v>
+        <x:v>45.6</x:v>
       </x:c>
       <x:c r="AR9" s="3" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="AS9" s="3" t="n">
         <x:v>-19.5</x:v>
       </x:c>
       <x:c r="AT9" s="3" t="n">
-        <x:v>23.2</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="AU9" s="3" t="n">
-        <x:v>-26.3</x:v>
+        <x:v>-26.4</x:v>
       </x:c>
       <x:c r="AV9" s="3" t="n">
-        <x:v>-33</x:v>
+        <x:v>-32.8</x:v>
       </x:c>
       <x:c r="AW9" s="3" t="n">
-        <x:v>97.2</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="AX9" s="3" t="n">
-        <x:v>-29.9</x:v>
+        <x:v>-29.8</x:v>
       </x:c>
       <x:c r="AY9" s="3" t="n">
         <x:v>-1.8</x:v>
       </x:c>
       <x:c r="AZ9" s="3" t="n">
-        <x:v>129.3</x:v>
+        <x:v>128.2</x:v>
       </x:c>
       <x:c r="BA9" s="3" t="n">
-        <x:v>-10.1</x:v>
+        <x:v>-10</x:v>
       </x:c>
       <x:c r="BB9" s="3" t="n">
-        <x:v>135.2</x:v>
+        <x:v>135.7</x:v>
       </x:c>
       <x:c r="BC9" s="3" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="BD9" s="3" t="n">
-        <x:v>-44.3</x:v>
+        <x:v>-44.1</x:v>
       </x:c>
       <x:c r="BE9" s="3" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="BF9" s="3" t="n">
-        <x:v>-9.6</x:v>
+        <x:v>-9.9</x:v>
       </x:c>
       <x:c r="BG9" s="3" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="BH9" s="3" t="n">
         <x:v>18.7</x:v>
       </x:c>
       <x:c r="BI9" s="3" t="n">
-        <x:v>-31</x:v>
+        <x:v>-30.9</x:v>
       </x:c>
       <x:c r="BJ9" s="3" t="n">
-        <x:v>-48.2</x:v>
+        <x:v>-48.1</x:v>
       </x:c>
       <x:c r="BK9" s="3" t="n">
-        <x:v>53.8</x:v>
+        <x:v>53.9</x:v>
       </x:c>
       <x:c r="BL9" s="3" t="n">
-        <x:v>25.9</x:v>
+        <x:v>25.7</x:v>
       </x:c>
       <x:c r="BM9" s="3" t="n">
         <x:v>14.1</x:v>
       </x:c>
       <x:c r="BN9" s="3" t="n">
-        <x:v>43.4</x:v>
+        <x:v>43.2</x:v>
       </x:c>
       <x:c r="BO9" s="3" t="n">
         <x:v>-14.4</x:v>
       </x:c>
       <x:c r="BP9" s="3" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="BQ9" s="3" t="n">
-        <x:v>-22.5</x:v>
+        <x:v>-22.3</x:v>
       </x:c>
       <x:c r="BR9" s="3" t="n">
-        <x:v>-9.8</x:v>
+        <x:v>-9.7</x:v>
       </x:c>
       <x:c r="BS9" s="3" t="n">
         <x:v>-7.3</x:v>
       </x:c>
       <x:c r="BT9" s="3" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="BU9" s="3" t="n">
-        <x:v>47.3</x:v>
+        <x:v>47.1</x:v>
       </x:c>
       <x:c r="BV9" s="3" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="BW9" s="3" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="BX9" s="3" t="n">
         <x:v>-10.7</x:v>
       </x:c>
       <x:c r="BY9" s="3" t="n">
-        <x:v>12.1</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="BZ9" s="3" t="n">
-        <x:v>-23.7</x:v>
+        <x:v>-23.6</x:v>
       </x:c>
       <x:c r="CA9" s="3" t="n">
-        <x:v>-29.6</x:v>
+        <x:v>-29.5</x:v>
       </x:c>
       <x:c r="CB9" s="3" t="n">
-        <x:v>46.6</x:v>
+        <x:v>46.3</x:v>
       </x:c>
       <x:c r="CC9" s="3" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="CD9" s="3" t="n">
-        <x:v>46.6</x:v>
+        <x:v>46.5</x:v>
       </x:c>
       <x:c r="CE9" s="3" t="n">
-        <x:v>21.1</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="CF9" s="3" t="n">
-        <x:v>-31.7</x:v>
+        <x:v>-31.6</x:v>
       </x:c>
       <x:c r="CG9" s="3" t="n">
-        <x:v>-29.5</x:v>
+        <x:v>-29.4</x:v>
       </x:c>
       <x:c r="CH9" s="3" t="n">
         <x:v>-15.5</x:v>
       </x:c>
       <x:c r="CI9" s="3" t="n">
-        <x:v>8.4</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="CJ9" s="3" t="n">
-        <x:v>14.4</x:v>
+        <x:v>14.5</x:v>
       </x:c>
       <x:c r="CK9" s="3" t="n">
         <x:v>-1.8</x:v>
       </x:c>
       <x:c r="CL9" s="3" t="n">
-        <x:v>-8.7</x:v>
+        <x:v>-8.6</x:v>
       </x:c>
       <x:c r="CM9" s="3" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="CN9" s="3" t="n">
-        <x:v>-13.4</x:v>
+        <x:v>-13.3</x:v>
       </x:c>
       <x:c r="CO9" s="3" t="n">
         <x:v>18.8</x:v>
       </x:c>
       <x:c r="CP9" s="3" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="CQ9" s="3" t="n">
         <x:v>-15.8</x:v>
       </x:c>
       <x:c r="CR9" s="3" t="n">
         <x:v>-5.7</x:v>
       </x:c>
       <x:c r="CS9" s="3" t="n">
-        <x:v>51</x:v>
+        <x:v>52.1</x:v>
       </x:c>
       <x:c r="CT9" s="3" t="n">
         <x:v>23.5</x:v>
       </x:c>
       <x:c r="CU9" s="3" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="CV9" s="3" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="CW9" s="3" t="n">
         <x:v>-45</x:v>
       </x:c>
       <x:c r="CX9" s="3" t="n">
-        <x:v>-63.3</x:v>
+        <x:v>-61.1</x:v>
       </x:c>
       <x:c r="CY9" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.1</x:v>
       </x:c>
       <x:c r="CZ9" s="3" t="n">
-        <x:v>68.5</x:v>
+        <x:v>66.2</x:v>
       </x:c>
       <x:c r="DA9" s="3" t="n">
-        <x:v>32.3</x:v>
+        <x:v>30.5</x:v>
       </x:c>
       <x:c r="DB9" s="3" t="n">
-        <x:v>195.5</x:v>
+        <x:v>182.8</x:v>
       </x:c>
       <x:c r="DC9" s="3" t="n">
-        <x:v>3.5</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="DD9" s="3" t="n">
-        <x:v>-18.7</x:v>
+        <x:v>-18.5</x:v>
       </x:c>
       <x:c r="DE9" s="3" t="n">
-        <x:v>-7.4</x:v>
+        <x:v>-7.8</x:v>
       </x:c>
       <x:c r="DF9" s="3" t="n">
-        <x:v>-15.5</x:v>
+        <x:v>-16.5</x:v>
       </x:c>
       <x:c r="DG9" s="3" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>-6.3</x:v>
       </x:c>
       <x:c r="DH9" s="3" t="n">
-        <x:v>-12.7</x:v>
+        <x:v>-11.9</x:v>
       </x:c>
       <x:c r="DI9" s="3" t="n">
-        <x:v>18.6</x:v>
+        <x:v>19.1</x:v>
       </x:c>
       <x:c r="DJ9" s="3" t="n">
+        <x:v>6.8</x:v>
+      </x:c>
+      <x:c r="DK9" s="3" t="n">
         <x:v>7.8</x:v>
       </x:c>
-      <x:c r="DK9" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="DL9" s="3" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="DM9" s="3" t="n">
-        <x:v>15.2</x:v>
+        <x:v>14.6</x:v>
       </x:c>
       <x:c r="DN9" s="3" t="n">
-        <x:v>11.2</x:v>
+        <x:v>11.7</x:v>
       </x:c>
       <x:c r="DO9" s="3" t="n">
-        <x:v>9.5</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="DP9" s="3" t="n">
-        <x:v>8.2</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="DQ9" s="3" t="n">
         <x:v>-7</x:v>
       </x:c>
       <x:c r="DR9" s="3" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-7</x:v>
       </x:c>
       <x:c r="DS9" s="3" t="n">
-        <x:v>-10.8</x:v>
+        <x:v>-10</x:v>
       </x:c>
       <x:c r="DT9" s="3" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="DU9" s="3" t="n">
-        <x:v>37.7</x:v>
+        <x:v>37.4</x:v>
       </x:c>
       <x:c r="DV9" s="3" t="n">
-        <x:v>34.1</x:v>
+        <x:v>32.9</x:v>
       </x:c>
       <x:c r="DW9" s="3" t="n">
-        <x:v>24.1</x:v>
+        <x:v>22.7</x:v>
       </x:c>
       <x:c r="DX9" s="3" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="DY9" s="3" t="n">
-        <x:v>-22.2</x:v>
+        <x:v>-22.4</x:v>
       </x:c>
       <x:c r="DZ9" s="3" t="n">
-        <x:v>-13.9</x:v>
+        <x:v>-13.2</x:v>
       </x:c>
       <x:c r="EA9" s="3" t="n">
-        <x:v>-6</x:v>
+        <x:v>-6.1</x:v>
       </x:c>
       <x:c r="EB9" s="3" t="n">
-        <x:v>-3</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="EC9" s="3" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="ED9" s="3" t="n">
+        <x:v>-2.5</x:v>
+      </x:c>
+      <x:c r="EE9" s="3" t="n">
         <x:v>-4.1</x:v>
       </x:c>
-      <x:c r="EE9" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="EF9" s="3" t="n">
-        <x:v>-5.4</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="EG9" s="3" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="EH9" s="3" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="EI9" s="3" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="EJ9" s="3" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="EK9" s="3" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="EL9" s="3" t="n">
+        <x:v>-3.2</x:v>
+      </x:c>
+      <x:c r="EM9" s="3" t="n">
+        <x:v>-0.5</x:v>
+      </x:c>
+      <x:c r="EN9" s="3" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="EO9" s="3" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="EP9" s="3" t="n">
+        <x:v>5.8</x:v>
+      </x:c>
+      <x:c r="EQ9" s="3" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="ER9" s="3" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="ES9" s="3" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="ET9" s="3" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="EU9" s="3" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="EV9" s="3" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="EW9" s="3" t="n">
+        <x:v>10.7</x:v>
+      </x:c>
+      <x:c r="EX9" s="3" t="n">
+        <x:v>-10</x:v>
+      </x:c>
+      <x:c r="EY9" s="3" t="n">
+        <x:v>-0.2</x:v>
+      </x:c>
+      <x:c r="EZ9" s="3" t="n">
+        <x:v>-0.2</x:v>
+      </x:c>
+      <x:c r="FA9" s="3" t="n">
+        <x:v>-2.4</x:v>
+      </x:c>
+      <x:c r="FB9" s="3" t="n">
+        <x:v>12.4</x:v>
+      </x:c>
+      <x:c r="FC9" s="3" t="n">
+        <x:v>-2.2</x:v>
+      </x:c>
+      <x:c r="FD9" s="3" t="n">
         <x:v>1.7</x:v>
       </x:c>
-      <x:c r="EK9" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="EN9" s="3" t="n">
+      <x:c r="FE9" s="3" t="n">
+        <x:v>-7.7</x:v>
+      </x:c>
+      <x:c r="FF9" s="3" t="n">
+        <x:v>12.2</x:v>
+      </x:c>
+      <x:c r="FG9" s="3" t="n">
         <x:v>2.6</x:v>
       </x:c>
-      <x:c r="EO9" s="3" t="n">
+      <x:c r="FH9" s="3" t="n">
+        <x:v>-4.9</x:v>
+      </x:c>
+      <x:c r="FI9" s="3" t="n">
+        <x:v>10.3</x:v>
+      </x:c>
+      <x:c r="FJ9" s="3" t="n">
+        <x:v>-8.6</x:v>
+      </x:c>
+      <x:c r="FK9" s="3" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="FL9" s="3" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="FM9" s="3" t="n">
+        <x:v>-1.2</x:v>
+      </x:c>
+      <x:c r="FN9" s="3" t="n">
+        <x:v>8.5</x:v>
+      </x:c>
+      <x:c r="FO9" s="3" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="FP9" s="3" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="FQ9" s="3" t="n">
+        <x:v>-3.4</x:v>
+      </x:c>
+      <x:c r="FR9" s="3" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="FS9" s="3" t="n">
         <x:v>1.8</x:v>
       </x:c>
-      <x:c r="EP9" s="3" t="n">
-[...88 lines deleted...]
-      </x:c>
       <x:c r="FT9" s="3" t="n">
-        <x:v>-9</x:v>
+        <x:v>-7.2</x:v>
       </x:c>
       <x:c r="FU9" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="FV9" s="3" t="n">
-        <x:v>-22.2</x:v>
+        <x:v>-26.6</x:v>
       </x:c>
       <x:c r="FW9" s="3" t="n">
-        <x:v>-20.1</x:v>
+        <x:v>-26.8</x:v>
       </x:c>
       <x:c r="FX9" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>-7.7</x:v>
       </x:c>
       <x:c r="FY9" s="3" t="n">
-        <x:v>-22.1</x:v>
+        <x:v>-26.6</x:v>
       </x:c>
       <x:c r="FZ9" s="3" t="n">
-        <x:v>-5.7</x:v>
+        <x:v>39.6</x:v>
       </x:c>
       <x:c r="GA9" s="3" t="n">
-        <x:v>8.4</x:v>
+        <x:v>-11.5</x:v>
       </x:c>
       <x:c r="GB9" s="3" t="n">
-        <x:v>-9.3</x:v>
+        <x:v>57.4</x:v>
       </x:c>
       <x:c r="GC9" s="3" t="n">
-        <x:v>18.5</x:v>
+        <x:v>16.3</x:v>
       </x:c>
       <x:c r="GD9" s="3" t="n">
-        <x:v>5.4</x:v>
+        <x:v>-21</x:v>
       </x:c>
       <x:c r="GE9" s="3" t="n">
-        <x:v>4.1</x:v>
+        <x:v>36.7</x:v>
       </x:c>
       <x:c r="GF9" s="3" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-35.2</x:v>
       </x:c>
       <x:c r="GG9" s="3" t="n">
-        <x:v>9.2</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="GH9" s="3" t="n">
-        <x:v>8.3</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="GI9" s="3" t="n">
-        <x:v>2.4</x:v>
+        <x:v>-0.3</x:v>
+      </x:c>
+      <x:c r="GJ9" s="3" t="n">
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:191">
+    <x:row r="10" spans="1:192">
       <x:c r="A10" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>-12.6</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="I10" s="3" t="n">
         <x:v>12.9</x:v>
       </x:c>
       <x:c r="J10" s="3" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="K10" s="3" t="n">
         <x:v>12.3</x:v>
       </x:c>
       <x:c r="L10" s="3" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="M10" s="3" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="N10" s="3" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="O10" s="3" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="P10" s="3" t="n">
         <x:v>10.4</x:v>
       </x:c>
       <x:c r="Q10" s="3" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="R10" s="3" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="S10" s="3" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="T10" s="3" t="n">
         <x:v>7.8</x:v>
       </x:c>
       <x:c r="U10" s="3" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="V10" s="3" t="n">
         <x:v>8.9</x:v>
       </x:c>
       <x:c r="W10" s="3" t="n">
         <x:v>9.1</x:v>
       </x:c>
       <x:c r="X10" s="3" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="Y10" s="3" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="Z10" s="3" t="n">
-        <x:v>-2.8</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="AA10" s="3" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="AB10" s="3" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="AC10" s="3" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="AD10" s="3" t="n">
-        <x:v>8.4</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="AE10" s="3" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="AF10" s="3" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="AG10" s="3" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="AH10" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="AI10" s="3" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="AJ10" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="AK10" s="3" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="AL10" s="3" t="n">
-        <x:v>11.8</x:v>
+        <x:v>11.7</x:v>
       </x:c>
       <x:c r="AM10" s="3" t="n">
         <x:v>15.3</x:v>
       </x:c>
       <x:c r="AN10" s="3" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="AO10" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="AP10" s="3" t="n">
         <x:v>10.4</x:v>
       </x:c>
       <x:c r="AQ10" s="3" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AR10" s="3" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AS10" s="3" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="AT10" s="3" t="n">
         <x:v>-5.6</x:v>
       </x:c>
       <x:c r="AU10" s="3" t="n">
-        <x:v>-7.3</x:v>
+        <x:v>-7.4</x:v>
       </x:c>
       <x:c r="AV10" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="AW10" s="3" t="n">
         <x:v>13.4</x:v>
       </x:c>
       <x:c r="AX10" s="3" t="n">
         <x:v>9.7</x:v>
       </x:c>
       <x:c r="AY10" s="3" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="AZ10" s="3" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="BA10" s="3" t="n">
-        <x:v>-15.4</x:v>
+        <x:v>-15.5</x:v>
       </x:c>
       <x:c r="BB10" s="3" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="BC10" s="3" t="n">
         <x:v>-1.1</x:v>
       </x:c>
       <x:c r="BD10" s="3" t="n">
         <x:v>-7</x:v>
       </x:c>
       <x:c r="BE10" s="3" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="BF10" s="3" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>-5.6</x:v>
       </x:c>
       <x:c r="BG10" s="3" t="n">
         <x:v>-3.1</x:v>
       </x:c>
       <x:c r="BH10" s="3" t="n">
         <x:v>-1.3</x:v>
       </x:c>
       <x:c r="BI10" s="3" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="BJ10" s="3" t="n">
-        <x:v>-4.8</x:v>
+        <x:v>-4.7</x:v>
       </x:c>
       <x:c r="BK10" s="3" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="BL10" s="3" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="BM10" s="3" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="BN10" s="3" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="BO10" s="3" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="BP10" s="3" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="BQ10" s="3" t="n">
         <x:v>-2.6</x:v>
       </x:c>
       <x:c r="BR10" s="3" t="n">
         <x:v>-3.1</x:v>
       </x:c>
       <x:c r="BS10" s="3" t="n">
         <x:v>-4.9</x:v>
       </x:c>
       <x:c r="BT10" s="3" t="n">
         <x:v>-2</x:v>
       </x:c>
       <x:c r="BU10" s="3" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="BV10" s="3" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="BW10" s="3" t="n">
         <x:v>-1.5</x:v>
       </x:c>
       <x:c r="BX10" s="3" t="n">
         <x:v>-4.5</x:v>
       </x:c>
       <x:c r="BY10" s="3" t="n">
         <x:v>-6.3</x:v>
       </x:c>
       <x:c r="BZ10" s="3" t="n">
         <x:v>-7.1</x:v>
       </x:c>
       <x:c r="CA10" s="3" t="n">
         <x:v>-5</x:v>
       </x:c>
       <x:c r="CB10" s="3" t="n">
-        <x:v>-3.5</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="CC10" s="3" t="n">
         <x:v>-4.4</x:v>
       </x:c>
       <x:c r="CD10" s="3" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="CE10" s="3" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="CF10" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="CG10" s="3" t="n">
         <x:v>-1.2</x:v>
       </x:c>
       <x:c r="CH10" s="3" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="CI10" s="3" t="n">
         <x:v>-5.3</x:v>
       </x:c>
       <x:c r="CJ10" s="3" t="n">
         <x:v>-4.7</x:v>
       </x:c>
       <x:c r="CK10" s="3" t="n">
         <x:v>-1.6</x:v>
       </x:c>
       <x:c r="CL10" s="3" t="n">
         <x:v>-3.7</x:v>
       </x:c>
       <x:c r="CM10" s="3" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="CN10" s="3" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="CO10" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="CP10" s="3" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="CQ10" s="3" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="CR10" s="3" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="CS10" s="3" t="n">
         <x:v>-3.7</x:v>
       </x:c>
       <x:c r="CT10" s="3" t="n">
         <x:v>-3.2</x:v>
       </x:c>
       <x:c r="CU10" s="3" t="n">
         <x:v>-3.3</x:v>
       </x:c>
       <x:c r="CV10" s="3" t="n">
-        <x:v>-8.5</x:v>
+        <x:v>-8.4</x:v>
       </x:c>
       <x:c r="CW10" s="3" t="n">
         <x:v>-6.7</x:v>
       </x:c>
       <x:c r="CX10" s="3" t="n">
-        <x:v>-11.4</x:v>
+        <x:v>-11.3</x:v>
       </x:c>
       <x:c r="CY10" s="3" t="n">
         <x:v>-5.5</x:v>
       </x:c>
       <x:c r="CZ10" s="3" t="n">
-        <x:v>-5.1</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="DA10" s="3" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="DB10" s="3" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="DC10" s="3" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="DD10" s="3" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="DE10" s="3" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="DF10" s="3" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="DG10" s="3" t="n">
-        <x:v>-3</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
       <x:c r="DH10" s="3" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>-3.5</x:v>
       </x:c>
       <x:c r="DI10" s="3" t="n">
         <x:v>-3.6</x:v>
       </x:c>
       <x:c r="DJ10" s="3" t="n">
-        <x:v>-2</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="DK10" s="3" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="DL10" s="3" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="DM10" s="3" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="DN10" s="3" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="DO10" s="3" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="DP10" s="3" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="DQ10" s="3" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="DR10" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="DS10" s="3" t="n">
-        <x:v>3.5</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="DT10" s="3" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="DU10" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="DV10" s="3" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="DW10" s="3" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="DX10" s="3" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="DY10" s="3" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
       <x:c r="DZ10" s="3" t="n">
-        <x:v>-6</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="EA10" s="3" t="n">
         <x:v>-4.2</x:v>
       </x:c>
       <x:c r="EB10" s="3" t="n">
-        <x:v>-3.7</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="EC10" s="3" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="ED10" s="3" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="EE10" s="3" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="EF10" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="EG10" s="3" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="EH10" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="EI10" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="EJ10" s="3" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="EK10" s="3" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="EL10" s="3" t="n">
+        <x:v>-0.5</x:v>
+      </x:c>
+      <x:c r="EM10" s="3" t="n">
+        <x:v>-0.6</x:v>
+      </x:c>
+      <x:c r="EN10" s="3" t="n">
+        <x:v>-1.2</x:v>
+      </x:c>
+      <x:c r="EO10" s="3" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="EP10" s="3" t="n">
         <x:v>1.8</x:v>
       </x:c>
-      <x:c r="EL10" s="3" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="EQ10" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="ER10" s="3" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="ES10" s="3" t="n">
-        <x:v>3.4</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="ET10" s="3" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="EU10" s="3" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="EV10" s="3" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="EW10" s="3" t="n">
-        <x:v>6.1</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="EX10" s="3" t="n">
-        <x:v>11.4</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="EY10" s="3" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="EZ10" s="3" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="FA10" s="3" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="FB10" s="3" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="FC10" s="3" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FD10" s="3" t="n">
-        <x:v>3.3</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FE10" s="3" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="FF10" s="3" t="n">
+        <x:v>-0.4</x:v>
+      </x:c>
+      <x:c r="FG10" s="3" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="FH10" s="3" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="FI10" s="3" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="FJ10" s="3" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="FK10" s="3" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="FL10" s="3" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="FM10" s="3" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="FN10" s="3" t="n">
         <x:v>4.9</x:v>
       </x:c>
-      <x:c r="FF10" s="3" t="n">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="FO10" s="3" t="n">
-        <x:v>7.8</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="FP10" s="3" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="FQ10" s="3" t="n">
-        <x:v>6.4</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="FR10" s="3" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="FS10" s="3" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="FT10" s="3" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="FU10" s="3" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="FV10" s="3" t="n">
-        <x:v>3.7</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="FW10" s="3" t="n">
-        <x:v>1.7</x:v>
+        <x:v>-5</x:v>
       </x:c>
       <x:c r="FX10" s="3" t="n">
-        <x:v>5.1</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="FY10" s="3" t="n">
-        <x:v>9.2</x:v>
+        <x:v>11.5</x:v>
       </x:c>
       <x:c r="FZ10" s="3" t="n">
-        <x:v>10.5</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="GA10" s="3" t="n">
-        <x:v>14.9</x:v>
+        <x:v>23.3</x:v>
       </x:c>
       <x:c r="GB10" s="3" t="n">
-        <x:v>10.1</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="GC10" s="3" t="n">
-        <x:v>5.4</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="GD10" s="3" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="GE10" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="GF10" s="3" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="GG10" s="3" t="n">
-        <x:v>4.3</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="GH10" s="3" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="GI10" s="3" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="GJ10" s="3" t="n">
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:191">
+    <x:row r="11" spans="1:192">
       <x:c r="A11" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
@@ -5535,1492 +5559,1501 @@
       <x:c r="EA11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="EB11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="EC11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="ED11" s="3" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="EE11" s="3" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="EF11" s="3" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="EG11" s="3" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="EH11" s="3" t="n">
         <x:v>-25.2</x:v>
       </x:c>
       <x:c r="EI11" s="3" t="n">
-        <x:v>-20.7</x:v>
+        <x:v>-20.8</x:v>
       </x:c>
       <x:c r="EJ11" s="3" t="n">
-        <x:v>27.1</x:v>
+        <x:v>27.5</x:v>
       </x:c>
       <x:c r="EK11" s="3" t="n">
         <x:v>-10.6</x:v>
       </x:c>
       <x:c r="EL11" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="EM11" s="3" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="EN11" s="3" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="EO11" s="3" t="n">
         <x:v>10.2</x:v>
       </x:c>
       <x:c r="EP11" s="3" t="n">
-        <x:v>-38.9</x:v>
+        <x:v>-39</x:v>
       </x:c>
       <x:c r="EQ11" s="3" t="n">
-        <x:v>-37.7</x:v>
+        <x:v>-37.8</x:v>
       </x:c>
       <x:c r="ER11" s="3" t="n">
-        <x:v>-24.1</x:v>
+        <x:v>-24</x:v>
       </x:c>
       <x:c r="ES11" s="3" t="n">
-        <x:v>-40.1</x:v>
+        <x:v>-40.2</x:v>
       </x:c>
       <x:c r="ET11" s="3" t="n">
-        <x:v>32.3</x:v>
+        <x:v>32.5</x:v>
       </x:c>
       <x:c r="EU11" s="3" t="n">
-        <x:v>23.2</x:v>
+        <x:v>23.3</x:v>
       </x:c>
       <x:c r="EV11" s="3" t="n">
+        <x:v>-37.8</x:v>
+      </x:c>
+      <x:c r="EW11" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="EX11" s="3" t="n">
+        <x:v>-40.3</x:v>
+      </x:c>
+      <x:c r="EY11" s="3" t="n">
+        <x:v>-31</x:v>
+      </x:c>
+      <x:c r="EZ11" s="3" t="n">
+        <x:v>73.2</x:v>
+      </x:c>
+      <x:c r="FA11" s="3" t="n">
+        <x:v>-4.7</x:v>
+      </x:c>
+      <x:c r="FB11" s="3" t="n">
+        <x:v>105.4</x:v>
+      </x:c>
+      <x:c r="FC11" s="3" t="n">
+        <x:v>190.5</x:v>
+      </x:c>
+      <x:c r="FD11" s="3" t="n">
+        <x:v>212.9</x:v>
+      </x:c>
+      <x:c r="FE11" s="3" t="n">
+        <x:v>365.3</x:v>
+      </x:c>
+      <x:c r="FF11" s="3" t="n">
+        <x:v>331.9</x:v>
+      </x:c>
+      <x:c r="FG11" s="3" t="n">
+        <x:v>101.6</x:v>
+      </x:c>
+      <x:c r="FH11" s="3" t="n">
         <x:v>-37.6</x:v>
       </x:c>
-      <x:c r="EW11" s="3" t="n">
-[...34 lines deleted...]
-      </x:c>
       <x:c r="FI11" s="3" t="n">
-        <x:v>-45.4</x:v>
+        <x:v>-18.3</x:v>
       </x:c>
       <x:c r="FJ11" s="3" t="n">
-        <x:v>-39.1</x:v>
+        <x:v>-16.8</x:v>
       </x:c>
       <x:c r="FK11" s="3" t="n">
-        <x:v>-8</x:v>
+        <x:v>19.2</x:v>
       </x:c>
       <x:c r="FL11" s="3" t="n">
-        <x:v>81.7</x:v>
+        <x:v>73.9</x:v>
       </x:c>
       <x:c r="FM11" s="3" t="n">
-        <x:v>43.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="FN11" s="3" t="n">
-        <x:v>24.9</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="FO11" s="3" t="n">
-        <x:v>10.8</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="FP11" s="3" t="n">
-        <x:v>4.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="FQ11" s="3" t="n">
-        <x:v>2.7</x:v>
+        <x:v>33.6</x:v>
       </x:c>
       <x:c r="FR11" s="3" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="FS11" s="3" t="n">
-        <x:v>14.6</x:v>
+        <x:v>17.2</x:v>
       </x:c>
       <x:c r="FT11" s="3" t="n">
-        <x:v>16.8</x:v>
+        <x:v>12.3</x:v>
       </x:c>
       <x:c r="FU11" s="3" t="n">
-        <x:v>24.6</x:v>
+        <x:v>26.9</x:v>
       </x:c>
       <x:c r="FV11" s="3" t="n">
-        <x:v>35</x:v>
+        <x:v>36.4</x:v>
       </x:c>
       <x:c r="FW11" s="3" t="n">
-        <x:v>17.4</x:v>
+        <x:v>18.7</x:v>
       </x:c>
       <x:c r="FX11" s="3" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>-7.5</x:v>
       </x:c>
       <x:c r="FY11" s="3" t="n">
-        <x:v>2.4</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="FZ11" s="3" t="n">
-        <x:v>5.5</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="GA11" s="3" t="n">
-        <x:v>5.5</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="GB11" s="3" t="n">
-        <x:v>14.9</x:v>
+        <x:v>15.3</x:v>
       </x:c>
       <x:c r="GC11" s="3" t="n">
-        <x:v>6.1</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="GD11" s="3" t="n">
-        <x:v>4.2</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="GE11" s="3" t="n">
-        <x:v>4.3</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="GF11" s="3" t="n">
-        <x:v>3.6</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="GG11" s="3" t="n">
-        <x:v>3.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="GH11" s="3" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="GI11" s="3" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="GJ11" s="3" t="n">
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:191">
+    <x:row r="12" spans="1:192">
       <x:c r="A12" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>-100</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="J12" s="3" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="K12" s="3" t="n">
-        <x:v>11</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="L12" s="3" t="n">
-        <x:v>11</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="M12" s="3" t="n">
-        <x:v>11</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="N12" s="3" t="n">
         <x:v>10.1</x:v>
       </x:c>
       <x:c r="O12" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="P12" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="Q12" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="R12" s="3" t="n">
-        <x:v>11</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="S12" s="3" t="n">
-        <x:v>11</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="T12" s="3" t="n">
-        <x:v>11</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="U12" s="3" t="n">
-        <x:v>11</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="V12" s="3" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="W12" s="3" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="X12" s="3" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="Y12" s="3" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="Z12" s="3" t="n">
         <x:v>10.6</x:v>
       </x:c>
       <x:c r="AA12" s="3" t="n">
         <x:v>10.7</x:v>
       </x:c>
       <x:c r="AB12" s="3" t="n">
         <x:v>10.7</x:v>
       </x:c>
       <x:c r="AC12" s="3" t="n">
         <x:v>10.7</x:v>
       </x:c>
       <x:c r="AD12" s="3" t="n">
         <x:v>11.3</x:v>
       </x:c>
       <x:c r="AE12" s="3" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="AF12" s="3" t="n">
         <x:v>11.3</x:v>
       </x:c>
       <x:c r="AG12" s="3" t="n">
         <x:v>11.3</x:v>
       </x:c>
       <x:c r="AH12" s="3" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="AI12" s="3" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="AJ12" s="3" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="AK12" s="3" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="AL12" s="3" t="n">
         <x:v>7.8</x:v>
       </x:c>
       <x:c r="AM12" s="3" t="n">
         <x:v>7.8</x:v>
       </x:c>
       <x:c r="AN12" s="3" t="n">
         <x:v>7.8</x:v>
       </x:c>
       <x:c r="AO12" s="3" t="n">
         <x:v>7.8</x:v>
       </x:c>
       <x:c r="AP12" s="3" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="AQ12" s="3" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AR12" s="3" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AS12" s="3" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AT12" s="3" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AU12" s="3" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AV12" s="3" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AW12" s="3" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AX12" s="3" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="AY12" s="3" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="AZ12" s="3" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="BA12" s="3" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="BB12" s="3" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="BC12" s="3" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="BD12" s="3" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="BE12" s="3" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="BF12" s="3" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="BG12" s="3" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="BH12" s="3" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="BI12" s="3" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="BJ12" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="BK12" s="3" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="BL12" s="3" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="BM12" s="3" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="BN12" s="3" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="BO12" s="3" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="BP12" s="3" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="BQ12" s="3" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="BR12" s="3" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="BS12" s="3" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="BT12" s="3" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="BU12" s="3" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="BV12" s="3" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="BW12" s="3" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="BX12" s="3" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="BY12" s="3" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="BZ12" s="3" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="CA12" s="3" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="CB12" s="3" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="CC12" s="3" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="CD12" s="3" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="CE12" s="3" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="CF12" s="3" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="CG12" s="3" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="CH12" s="3" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="CI12" s="3" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="CJ12" s="3" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="CK12" s="3" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="CL12" s="3" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="CM12" s="3" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="CN12" s="3" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="CO12" s="3" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="CP12" s="3" t="n">
         <x:v>-2.7</x:v>
       </x:c>
       <x:c r="CQ12" s="3" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="CR12" s="3" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="CS12" s="3" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="CT12" s="3" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="CU12" s="3" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="CV12" s="3" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="CW12" s="3" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="CX12" s="3" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="CY12" s="3" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="CZ12" s="3" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="DA12" s="3" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="DB12" s="3" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="DC12" s="3" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="DD12" s="3" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="DE12" s="3" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="DF12" s="3" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="DG12" s="3" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="DH12" s="3" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="DI12" s="3" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="DJ12" s="3" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="DK12" s="3" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="DL12" s="3" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="DM12" s="3" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="DN12" s="3" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="DO12" s="3" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="DP12" s="3" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="DQ12" s="3" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="DR12" s="3" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="DS12" s="3" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="DT12" s="3" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="DU12" s="3" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="DV12" s="3" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="DW12" s="3" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="DX12" s="3" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="DY12" s="3" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="DZ12" s="3" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="EA12" s="3" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="EB12" s="3" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="EC12" s="3" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="ED12" s="3" t="n">
-        <x:v>5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="EE12" s="3" t="n">
-        <x:v>5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="EF12" s="3" t="n">
-        <x:v>5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="EG12" s="3" t="n">
-        <x:v>5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="EH12" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="EI12" s="3" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="EJ12" s="3" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="EK12" s="3" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="EL12" s="3" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="EM12" s="3" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="EN12" s="3" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="EO12" s="3" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="EP12" s="3" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="EQ12" s="3" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="ER12" s="3" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="ES12" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="ET12" s="3" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="EU12" s="3" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="EV12" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="EW12" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="EX12" s="3" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="EY12" s="3" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="EZ12" s="3" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="FA12" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="EY12" s="3" t="n">
-[...5 lines deleted...]
-      <x:c r="FA12" s="3" t="n">
+      <x:c r="FB12" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="FB12" s="3" t="n">
+      <x:c r="FC12" s="3" t="n">
+        <x:v>-0.5</x:v>
+      </x:c>
+      <x:c r="FD12" s="3" t="n">
+        <x:v>-0.9</x:v>
+      </x:c>
+      <x:c r="FE12" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
-      <x:c r="FC12" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="FF12" s="3" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="FG12" s="3" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="FH12" s="3" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="FI12" s="3" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="FJ12" s="3" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="FK12" s="3" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="FL12" s="3" t="n">
         <x:v>4.1</x:v>
       </x:c>
-      <x:c r="FK12" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="FM12" s="3" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="FN12" s="3" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="FO12" s="3" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="FP12" s="3" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="FQ12" s="3" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="FR12" s="3" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="FS12" s="3" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="FT12" s="3" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="FU12" s="3" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="FV12" s="3" t="n">
-        <x:v>5.8</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="FW12" s="3" t="n">
-        <x:v>4.6</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="FX12" s="3" t="n">
-        <x:v>4.7</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="FY12" s="3" t="n">
-        <x:v>3.8</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="FZ12" s="3" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="GA12" s="3" t="n">
-        <x:v>5.2</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="GB12" s="3" t="n">
-        <x:v>4.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="GC12" s="3" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="GD12" s="3" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="GE12" s="3" t="n">
-        <x:v>4.5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="GF12" s="3" t="n">
-        <x:v>3.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="GG12" s="3" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="GH12" s="3" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="GI12" s="3" t="n">
-        <x:v>3.6</x:v>
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="GJ12" s="3" t="n">
+        <x:v>4</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:191">
+    <x:row r="13" spans="1:192">
       <x:c r="A13" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="K13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="L13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="M13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="N13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="O13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="P13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="V13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="W13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="X13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Y13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Z13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AA13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AB13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AC13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AD13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AE13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AF13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AG13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AH13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AI13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AJ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AK13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AL13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AM13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AN13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AO13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AP13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AQ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AR13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AS13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AT13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AU13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AV13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AW13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AX13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AY13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AZ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BA13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BB13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BC13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BD13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BE13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BF13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BG13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BH13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BI13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BJ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BK13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BL13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BM13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BN13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BO13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BP13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BQ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BR13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BS13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BT13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BU13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BV13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BW13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BX13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BY13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BZ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CA13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CB13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CC13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CD13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CE13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CF13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CG13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CH13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CI13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CJ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CK13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CL13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CM13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CN13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CO13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CP13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CQ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CR13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CS13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CT13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CU13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CV13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CW13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CX13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CY13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CZ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DA13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DB13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DC13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DD13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DE13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DF13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DG13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DH13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DI13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DJ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DK13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DL13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DM13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DN13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DO13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DP13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DQ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DR13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DS13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DT13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DU13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DV13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DW13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DX13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DY13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DZ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EA13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EB13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EC13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="ED13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EE13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EF13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EG13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EH13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EI13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EJ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EK13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EL13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EM13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EN13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EO13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EP13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EQ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="ER13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="ES13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="ET13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EU13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EV13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EW13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EX13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EY13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EZ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FA13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FB13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FC13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FD13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FE13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FF13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FG13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FH13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FI13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FJ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FK13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FL13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FM13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FN13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FO13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FP13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FQ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FR13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FS13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FT13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FU13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FV13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FW13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FX13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FY13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FZ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GA13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GB13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GC13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GD13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GE13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GF13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GG13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GH13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GI13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="GJ13" s="4" t="s">
+        <x:v>202</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:191">
+    <x:row r="15" spans="1:192">
       <x:c r="A15" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:191">
+    <x:row r="16" spans="1:192">
       <x:c r="A16" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:191">
+    <x:row r="17" spans="1:192">
       <x:c r="A17" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:191">
+    <x:row r="19" spans="1:192">
       <x:c r="A19" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:191">
+    <x:row r="20" spans="1:192">
       <x:c r="A20" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:191">
+    <x:row r="21" spans="1:192">
       <x:c r="A21" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:192">
+      <x:c r="A23" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:192">
+      <x:c r="A24" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:192">
+      <x:c r="A26" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:192">
+      <x:c r="A27" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:191">
-[...1 lines deleted...]
-        <x:v>208</x:v>
+    <x:row r="28" spans="1:192">
+      <x:c r="A28" s="0" t="s">
+        <x:v>212</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:191">
-[...1 lines deleted...]
-        <x:v>209</x:v>
+    <x:row r="29" spans="1:192">
+      <x:c r="A29" s="0" t="s">
+        <x:v>213</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:191">
-[...1 lines deleted...]
-        <x:v>210</x:v>
+    <x:row r="30" spans="1:192">
+      <x:c r="A30" s="0" t="s">
+        <x:v>214</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:191">
-[...1 lines deleted...]
-        <x:v>206</x:v>
+    <x:row r="35" spans="1:192">
+      <x:c r="A35" s="0" t="s">
+        <x:v>215</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:191">
-[...1 lines deleted...]
-        <x:v>211</x:v>
+    <x:row r="36" spans="1:192">
+      <x:c r="A36" s="0" t="s">
+        <x:v>207</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:191">
-[...1 lines deleted...]
-        <x:v>212</x:v>
+    <x:row r="37" spans="1:192">
+      <x:c r="A37" s="0" t="s">
+        <x:v>216</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:191">
-[...1 lines deleted...]
-        <x:v>213</x:v>
+    <x:row r="38" spans="1:192">
+      <x:c r="A38" s="0" t="s">
+        <x:v>217</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:191">
-[...1 lines deleted...]
-        <x:v>214</x:v>
+    <x:row r="39" spans="1:192">
+      <x:c r="A39" s="0" t="s">
+        <x:v>207</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:191">
-[...1 lines deleted...]
-        <x:v>206</x:v>
+    <x:row r="40" spans="1:192">
+      <x:c r="A40" s="0" t="s">
+        <x:v>218</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:191">
-[...1 lines deleted...]
-        <x:v>215</x:v>
+    <x:row r="42" spans="1:192">
+      <x:c r="A42" s="0" t="s">
+        <x:v>219</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:191">
-[...19 lines deleted...]
-    <x:row r="43" spans="1:191">
+    <x:row r="43" spans="1:192">
       <x:c r="A43" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:191">
+    <x:row r="44" spans="1:192">
       <x:c r="A44" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:191">
+    <x:row r="50" spans="1:192">
       <x:c r="A50" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:191">
+    <x:row r="52" spans="1:192">
       <x:c r="A52" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:191">
+    <x:row r="53" spans="1:192">
       <x:c r="A53" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:191">
+    <x:row r="55" spans="1:192">
       <x:c r="A55" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
-    <x:row r="56" spans="1:191">
+    <x:row r="56" spans="1:192">
       <x:c r="A56" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Prisendring</vt:lpstr>
       <vt:lpstr>Prisendring!Print_Area</vt:lpstr>
       <vt:lpstr>Prisendring!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>