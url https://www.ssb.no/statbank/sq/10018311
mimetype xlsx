--- v0 (2025-11-15)
+++ v1 (2025-12-15)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87ae004f8ba24a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8915af430e3f4b08bc471af23802097e.psmdcp" Id="Ra5f9364bbf724f05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61fce756d44c469e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d7f32f7a6cb2481abdcf3645bf9d3d39.psmdcp" Id="Rfc6a05eeaf2d418a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="FastePriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="226">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="227">
   <x:si>
     <x:t>09183: Bruttoinvestering, etter næring, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
-    <x:t>Faste 2022-priser (mill. kr)</x:t>
+    <x:t>Faste 2023-priser (mill. kr)</x:t>
   </x:si>
   <x:si>
     <x:t>1978K1</x:t>
   </x:si>
   <x:si>
     <x:t>1978K2</x:t>
   </x:si>
   <x:si>
     <x:t>1978K3</x:t>
   </x:si>
   <x:si>
     <x:t>1978K4</x:t>
   </x:si>
   <x:si>
     <x:t>1979K1</x:t>
   </x:si>
   <x:si>
     <x:t>1979K2</x:t>
   </x:si>
   <x:si>
     <x:t>1979K3</x:t>
   </x:si>
   <x:si>
     <x:t>1979K4</x:t>
   </x:si>
@@ -586,96 +586,99 @@
   <x:si>
     <x:t>2023K3</x:t>
   </x:si>
   <x:si>
     <x:t>2023K4</x:t>
   </x:si>
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
+    <x:t>2025K3</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bygg og anlegg</x:t>
   </x:si>
   <x:si>
     <x:t>Oljeboring, oljeleting, olje- og gasrørledning</x:t>
   </x:si>
   <x:si>
     <x:t>Oljeutvinningsplattformer, borerigger og moduler</x:t>
   </x:si>
   <x:si>
     <x:t>Skip og båter</x:t>
   </x:si>
   <x:si>
     <x:t>Transportmidler</x:t>
   </x:si>
   <x:si>
     <x:t>Maskiner og utstyr</x:t>
   </x:si>
   <x:si>
     <x:t>Endring i livdyr- og frukttrebestand</x:t>
   </x:si>
   <x:si>
     <x:t>FOU og annen immatriell realkapital</x:t>
   </x:si>
   <x:si>
     <x:t>Verdigjenstander</x:t>
   </x:si>
   <x:si>
     <x:t>.</x:t>
   </x:si>
   <x:si>
-    <x:t>Ujusterte tall etter basisår (endelig årsregnskap) er foreløpige.</x:t>
+    <x:t>Tallene etter år 2023 (basisåret) er foreløpige.</x:t>
   </x:si>
   <x:si>
     <x:t>Seriene i faste priser er kjeda volumtall fra basisåret og bakover, og fastpristall fra basisår og fremover. Additivitet i komponentene i volum forekommer kun f.o.m. basisår.</x:t>
   </x:si>
   <x:si>
     <x:t>. = Ikke mulig å oppgi tall. Tall finnes ikke på dette tidspunktet fordi kategorien ikke var i bruk da tallene ble samlet inn.</x:t>
   </x:si>
   <x:si>
     <x:t>Sist endret:</x:t>
   </x:si>
   <x:si>
-    <x:t>Faste 2022-priser (mill. kr):</x:t>
-[...2 lines deleted...]
-    <x:t>20250821 08:00</x:t>
+    <x:t>Faste 2023-priser (mill. kr):</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kilde:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t>Kontakt:</x:t>
   </x:si>
   <x:si>
     <x:t>Achraf Bougroug, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 15</x:t>
   </x:si>
   <x:si>
     <x:t>acb@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Måleenhet:</x:t>
   </x:si>
   <x:si>
     <x:t>mill. kr</x:t>
   </x:si>
@@ -1081,70 +1084,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:GI58"/>
+  <x:dimension ref="A1:GJ58"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="191" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="192" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:191">
+    <x:row r="1" spans="1:192">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:191">
+    <x:row r="3" spans="1:192">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:191">
+    <x:row r="4" spans="1:192">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -1671,3672 +1674,3693 @@
       </x:c>
       <x:c r="GB4" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="GC4" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="GD4" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="GE4" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="GF4" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="GG4" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="GH4" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="GI4" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
+      <x:c r="GJ4" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:191">
+    <x:row r="5" spans="1:192">
       <x:c r="A5" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>63768</x:v>
+        <x:v>67039</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>68035</x:v>
+        <x:v>71524</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>72988</x:v>
+        <x:v>76732</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>74531</x:v>
+        <x:v>78354</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>60461</x:v>
+        <x:v>63559</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>67113</x:v>
+        <x:v>70552</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>71002</x:v>
+        <x:v>74641</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>72667</x:v>
+        <x:v>76390</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>61773</x:v>
+        <x:v>64911</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>67711</x:v>
+        <x:v>71150</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>71602</x:v>
+        <x:v>75239</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>72065</x:v>
+        <x:v>75726</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>61892</x:v>
+        <x:v>65036</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>67319</x:v>
+        <x:v>70739</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>71522</x:v>
+        <x:v>75155</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>71184</x:v>
+        <x:v>74800</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>59946</x:v>
+        <x:v>63045</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>64681</x:v>
+        <x:v>68026</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>68035</x:v>
+        <x:v>71552</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>68008</x:v>
+        <x:v>71525</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>58938</x:v>
+        <x:v>61931</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>65811</x:v>
+        <x:v>69153</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>69345</x:v>
+        <x:v>72867</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>69407</x:v>
+        <x:v>72932</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>60066</x:v>
+        <x:v>63116</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>63602</x:v>
+        <x:v>66831</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>69855</x:v>
+        <x:v>73402</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>70932</x:v>
+        <x:v>74533</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>58196</x:v>
+        <x:v>61143</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>63608</x:v>
+        <x:v>66829</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>69773</x:v>
+        <x:v>73306</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>73370</x:v>
+        <x:v>77086</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>63476</x:v>
+        <x:v>66719</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>69342</x:v>
+        <x:v>72884</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>78856</x:v>
+        <x:v>82885</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>83493</x:v>
+        <x:v>87759</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>71001</x:v>
+        <x:v>74621</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>72360</x:v>
+        <x:v>76049</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>80558</x:v>
+        <x:v>84665</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>89024</x:v>
+        <x:v>93563</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>75093</x:v>
+        <x:v>78927</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>75083</x:v>
+        <x:v>78916</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>75112</x:v>
+        <x:v>78947</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>76278</x:v>
+        <x:v>80172</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>64087</x:v>
+        <x:v>67363</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>64552</x:v>
+        <x:v>67851</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>63698</x:v>
+        <x:v>66953</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>68004</x:v>
+        <x:v>71480</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>56554</x:v>
+        <x:v>59449</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>56649</x:v>
+        <x:v>59548</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>56272</x:v>
+        <x:v>59152</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>61239</x:v>
+        <x:v>64374</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>52267</x:v>
+        <x:v>54973</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>52333</x:v>
+        <x:v>55042</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>54364</x:v>
+        <x:v>57179</x:v>
       </x:c>
       <x:c r="BE5" s="3" t="n">
-        <x:v>61082</x:v>
+        <x:v>64245</x:v>
       </x:c>
       <x:c r="BF5" s="3" t="n">
-        <x:v>47967</x:v>
+        <x:v>50445</x:v>
       </x:c>
       <x:c r="BG5" s="3" t="n">
-        <x:v>52479</x:v>
+        <x:v>55190</x:v>
       </x:c>
       <x:c r="BH5" s="3" t="n">
-        <x:v>51322</x:v>
+        <x:v>53973</x:v>
       </x:c>
       <x:c r="BI5" s="3" t="n">
-        <x:v>63668</x:v>
+        <x:v>66957</x:v>
       </x:c>
       <x:c r="BJ5" s="3" t="n">
-        <x:v>44476</x:v>
+        <x:v>46780</x:v>
       </x:c>
       <x:c r="BK5" s="3" t="n">
-        <x:v>48886</x:v>
+        <x:v>51420</x:v>
       </x:c>
       <x:c r="BL5" s="3" t="n">
-        <x:v>51335</x:v>
+        <x:v>53995</x:v>
       </x:c>
       <x:c r="BM5" s="3" t="n">
-        <x:v>60702</x:v>
+        <x:v>63847</x:v>
       </x:c>
       <x:c r="BN5" s="3" t="n">
-        <x:v>47069</x:v>
+        <x:v>49450</x:v>
       </x:c>
       <x:c r="BO5" s="3" t="n">
-        <x:v>51864</x:v>
+        <x:v>54488</x:v>
       </x:c>
       <x:c r="BP5" s="3" t="n">
-        <x:v>60659</x:v>
+        <x:v>63728</x:v>
       </x:c>
       <x:c r="BQ5" s="3" t="n">
-        <x:v>67198</x:v>
+        <x:v>70597</x:v>
       </x:c>
       <x:c r="BR5" s="3" t="n">
-        <x:v>59739</x:v>
+        <x:v>62696</x:v>
       </x:c>
       <x:c r="BS5" s="3" t="n">
-        <x:v>61417</x:v>
+        <x:v>64457</x:v>
       </x:c>
       <x:c r="BT5" s="3" t="n">
-        <x:v>65092</x:v>
+        <x:v>68314</x:v>
       </x:c>
       <x:c r="BU5" s="3" t="n">
-        <x:v>71441</x:v>
+        <x:v>74977</x:v>
       </x:c>
       <x:c r="BV5" s="3" t="n">
-        <x:v>63703</x:v>
+        <x:v>66834</x:v>
       </x:c>
       <x:c r="BW5" s="3" t="n">
-        <x:v>64917</x:v>
+        <x:v>68107</x:v>
       </x:c>
       <x:c r="BX5" s="3" t="n">
-        <x:v>68963</x:v>
+        <x:v>72353</x:v>
       </x:c>
       <x:c r="BY5" s="3" t="n">
-        <x:v>75727</x:v>
+        <x:v>79449</x:v>
       </x:c>
       <x:c r="BZ5" s="3" t="n">
-        <x:v>67987</x:v>
+        <x:v>71321</x:v>
       </x:c>
       <x:c r="CA5" s="3" t="n">
-        <x:v>70973</x:v>
+        <x:v>74453</x:v>
       </x:c>
       <x:c r="CB5" s="3" t="n">
-        <x:v>73654</x:v>
+        <x:v>77266</x:v>
       </x:c>
       <x:c r="CC5" s="3" t="n">
-        <x:v>81122</x:v>
+        <x:v>85100</x:v>
       </x:c>
       <x:c r="CD5" s="3" t="n">
-        <x:v>77558</x:v>
+        <x:v>81349</x:v>
       </x:c>
       <x:c r="CE5" s="3" t="n">
-        <x:v>73367</x:v>
+        <x:v>76953</x:v>
       </x:c>
       <x:c r="CF5" s="3" t="n">
-        <x:v>75510</x:v>
+        <x:v>79201</x:v>
       </x:c>
       <x:c r="CG5" s="3" t="n">
-        <x:v>82206</x:v>
+        <x:v>86224</x:v>
       </x:c>
       <x:c r="CH5" s="3" t="n">
-        <x:v>72644</x:v>
+        <x:v>76199</x:v>
       </x:c>
       <x:c r="CI5" s="3" t="n">
-        <x:v>72155</x:v>
+        <x:v>75687</x:v>
       </x:c>
       <x:c r="CJ5" s="3" t="n">
-        <x:v>77127</x:v>
+        <x:v>80903</x:v>
       </x:c>
       <x:c r="CK5" s="3" t="n">
-        <x:v>87896</x:v>
+        <x:v>92199</x:v>
       </x:c>
       <x:c r="CL5" s="3" t="n">
-        <x:v>74945</x:v>
+        <x:v>78617</x:v>
       </x:c>
       <x:c r="CM5" s="3" t="n">
-        <x:v>72760</x:v>
+        <x:v>76326</x:v>
       </x:c>
       <x:c r="CN5" s="3" t="n">
-        <x:v>74734</x:v>
+        <x:v>78396</x:v>
       </x:c>
       <x:c r="CO5" s="3" t="n">
-        <x:v>83249</x:v>
+        <x:v>87329</x:v>
       </x:c>
       <x:c r="CP5" s="3" t="n">
-        <x:v>78083</x:v>
+        <x:v>82163</x:v>
       </x:c>
       <x:c r="CQ5" s="3" t="n">
-        <x:v>75268</x:v>
+        <x:v>79201</x:v>
       </x:c>
       <x:c r="CR5" s="3" t="n">
-        <x:v>78531</x:v>
+        <x:v>82634</x:v>
       </x:c>
       <x:c r="CS5" s="3" t="n">
-        <x:v>81792</x:v>
+        <x:v>86065</x:v>
       </x:c>
       <x:c r="CT5" s="3" t="n">
-        <x:v>77819</x:v>
+        <x:v>82394</x:v>
       </x:c>
       <x:c r="CU5" s="3" t="n">
-        <x:v>77102</x:v>
+        <x:v>81635</x:v>
       </x:c>
       <x:c r="CV5" s="3" t="n">
-        <x:v>77726</x:v>
+        <x:v>82295</x:v>
       </x:c>
       <x:c r="CW5" s="3" t="n">
-        <x:v>82137</x:v>
+        <x:v>86965</x:v>
       </x:c>
       <x:c r="CX5" s="3" t="n">
-        <x:v>80010</x:v>
+        <x:v>83848</x:v>
       </x:c>
       <x:c r="CY5" s="3" t="n">
-        <x:v>81249</x:v>
+        <x:v>85147</x:v>
       </x:c>
       <x:c r="CZ5" s="3" t="n">
-        <x:v>83753</x:v>
+        <x:v>87770</x:v>
       </x:c>
       <x:c r="DA5" s="3" t="n">
-        <x:v>87396</x:v>
+        <x:v>91588</x:v>
       </x:c>
       <x:c r="DB5" s="3" t="n">
-        <x:v>81887</x:v>
+        <x:v>88005</x:v>
       </x:c>
       <x:c r="DC5" s="3" t="n">
-        <x:v>88012</x:v>
+        <x:v>94588</x:v>
       </x:c>
       <x:c r="DD5" s="3" t="n">
-        <x:v>90346</x:v>
+        <x:v>97096</x:v>
       </x:c>
       <x:c r="DE5" s="3" t="n">
-        <x:v>103776</x:v>
+        <x:v>111529</x:v>
       </x:c>
       <x:c r="DF5" s="3" t="n">
-        <x:v>89349</x:v>
+        <x:v>93446</x:v>
       </x:c>
       <x:c r="DG5" s="3" t="n">
-        <x:v>95978</x:v>
+        <x:v>100379</x:v>
       </x:c>
       <x:c r="DH5" s="3" t="n">
-        <x:v>95008</x:v>
+        <x:v>99364</x:v>
       </x:c>
       <x:c r="DI5" s="3" t="n">
-        <x:v>110901</x:v>
+        <x:v>115986</x:v>
       </x:c>
       <x:c r="DJ5" s="3" t="n">
-        <x:v>102594</x:v>
+        <x:v>109676</x:v>
       </x:c>
       <x:c r="DK5" s="3" t="n">
-        <x:v>104839</x:v>
+        <x:v>112076</x:v>
       </x:c>
       <x:c r="DL5" s="3" t="n">
-        <x:v>102921</x:v>
+        <x:v>110026</x:v>
       </x:c>
       <x:c r="DM5" s="3" t="n">
-        <x:v>118797</x:v>
+        <x:v>126997</x:v>
       </x:c>
       <x:c r="DN5" s="3" t="n">
-        <x:v>115301</x:v>
+        <x:v>125271</x:v>
       </x:c>
       <x:c r="DO5" s="3" t="n">
-        <x:v>116161</x:v>
+        <x:v>126206</x:v>
       </x:c>
       <x:c r="DP5" s="3" t="n">
-        <x:v>115567</x:v>
+        <x:v>125561</x:v>
       </x:c>
       <x:c r="DQ5" s="3" t="n">
-        <x:v>127450</x:v>
+        <x:v>138470</x:v>
       </x:c>
       <x:c r="DR5" s="3" t="n">
-        <x:v>112124</x:v>
+        <x:v>125570</x:v>
       </x:c>
       <x:c r="DS5" s="3" t="n">
-        <x:v>112382</x:v>
+        <x:v>125859</x:v>
       </x:c>
       <x:c r="DT5" s="3" t="n">
-        <x:v>112623</x:v>
+        <x:v>126129</x:v>
       </x:c>
       <x:c r="DU5" s="3" t="n">
-        <x:v>121228</x:v>
+        <x:v>135766</x:v>
       </x:c>
       <x:c r="DV5" s="3" t="n">
-        <x:v>100215</x:v>
+        <x:v>110033</x:v>
       </x:c>
       <x:c r="DW5" s="3" t="n">
-        <x:v>102596</x:v>
+        <x:v>112647</x:v>
       </x:c>
       <x:c r="DX5" s="3" t="n">
-        <x:v>98043</x:v>
+        <x:v>107648</x:v>
       </x:c>
       <x:c r="DY5" s="3" t="n">
-        <x:v>105537</x:v>
+        <x:v>115876</x:v>
       </x:c>
       <x:c r="DZ5" s="3" t="n">
-        <x:v>89514</x:v>
+        <x:v>97310</x:v>
       </x:c>
       <x:c r="EA5" s="3" t="n">
-        <x:v>94617</x:v>
+        <x:v>102858</x:v>
       </x:c>
       <x:c r="EB5" s="3" t="n">
-        <x:v>96207</x:v>
+        <x:v>104586</x:v>
       </x:c>
       <x:c r="EC5" s="3" t="n">
-        <x:v>104930</x:v>
+        <x:v>114069</x:v>
       </x:c>
       <x:c r="ED5" s="3" t="n">
-        <x:v>96145</x:v>
+        <x:v>105635</x:v>
       </x:c>
       <x:c r="EE5" s="3" t="n">
-        <x:v>101317</x:v>
+        <x:v>111316</x:v>
       </x:c>
       <x:c r="EF5" s="3" t="n">
-        <x:v>103142</x:v>
+        <x:v>113322</x:v>
       </x:c>
       <x:c r="EG5" s="3" t="n">
-        <x:v>110265</x:v>
+        <x:v>121148</x:v>
       </x:c>
       <x:c r="EH5" s="3" t="n">
-        <x:v>101033</x:v>
+        <x:v>111067</x:v>
       </x:c>
       <x:c r="EI5" s="3" t="n">
-        <x:v>102232</x:v>
+        <x:v>112385</x:v>
       </x:c>
       <x:c r="EJ5" s="3" t="n">
-        <x:v>111224</x:v>
+        <x:v>122270</x:v>
       </x:c>
       <x:c r="EK5" s="3" t="n">
-        <x:v>117548</x:v>
+        <x:v>129223</x:v>
       </x:c>
       <x:c r="EL5" s="3" t="n">
-        <x:v>108228</x:v>
+        <x:v>118886</x:v>
       </x:c>
       <x:c r="EM5" s="3" t="n">
-        <x:v>110931</x:v>
+        <x:v>121856</x:v>
       </x:c>
       <x:c r="EN5" s="3" t="n">
-        <x:v>111496</x:v>
+        <x:v>122476</x:v>
       </x:c>
       <x:c r="EO5" s="3" t="n">
-        <x:v>118948</x:v>
+        <x:v>130662</x:v>
       </x:c>
       <x:c r="EP5" s="3" t="n">
-        <x:v>112825</x:v>
+        <x:v>125160</x:v>
       </x:c>
       <x:c r="EQ5" s="3" t="n">
-        <x:v>117239</x:v>
+        <x:v>130056</x:v>
       </x:c>
       <x:c r="ER5" s="3" t="n">
-        <x:v>115817</x:v>
+        <x:v>128479</x:v>
       </x:c>
       <x:c r="ES5" s="3" t="n">
-        <x:v>117200</x:v>
+        <x:v>130013</x:v>
       </x:c>
       <x:c r="ET5" s="3" t="n">
-        <x:v>114225</x:v>
+        <x:v>127626</x:v>
       </x:c>
       <x:c r="EU5" s="3" t="n">
-        <x:v>117976</x:v>
+        <x:v>131816</x:v>
       </x:c>
       <x:c r="EV5" s="3" t="n">
-        <x:v>117346</x:v>
+        <x:v>131112</x:v>
       </x:c>
       <x:c r="EW5" s="3" t="n">
-        <x:v>122206</x:v>
+        <x:v>136543</x:v>
       </x:c>
       <x:c r="EX5" s="3" t="n">
-        <x:v>108731</x:v>
+        <x:v>126529</x:v>
       </x:c>
       <x:c r="EY5" s="3" t="n">
-        <x:v>125372</x:v>
+        <x:v>140564</x:v>
       </x:c>
       <x:c r="EZ5" s="3" t="n">
-        <x:v>125246</x:v>
+        <x:v>140642</x:v>
       </x:c>
       <x:c r="FA5" s="3" t="n">
-        <x:v>144345</x:v>
+        <x:v>156893</x:v>
       </x:c>
       <x:c r="FB5" s="3" t="n">
-        <x:v>122087</x:v>
+        <x:v>138614</x:v>
       </x:c>
       <x:c r="FC5" s="3" t="n">
-        <x:v>127403</x:v>
+        <x:v>143141</x:v>
       </x:c>
       <x:c r="FD5" s="3" t="n">
-        <x:v>128371</x:v>
+        <x:v>143913</x:v>
       </x:c>
       <x:c r="FE5" s="3" t="n">
-        <x:v>140844</x:v>
+        <x:v>154010</x:v>
       </x:c>
       <x:c r="FF5" s="3" t="n">
-        <x:v>115180</x:v>
+        <x:v>130831</x:v>
       </x:c>
       <x:c r="FG5" s="3" t="n">
-        <x:v>122843</x:v>
+        <x:v>137029</x:v>
       </x:c>
       <x:c r="FH5" s="3" t="n">
-        <x:v>124160</x:v>
+        <x:v>138239</x:v>
       </x:c>
       <x:c r="FI5" s="3" t="n">
-        <x:v>140878</x:v>
+        <x:v>152655</x:v>
       </x:c>
       <x:c r="FJ5" s="3" t="n">
-        <x:v>117953</x:v>
+        <x:v>135862</x:v>
       </x:c>
       <x:c r="FK5" s="3" t="n">
-        <x:v>130220</x:v>
+        <x:v>146620</x:v>
       </x:c>
       <x:c r="FL5" s="3" t="n">
-        <x:v>128795</x:v>
+        <x:v>145579</x:v>
       </x:c>
       <x:c r="FM5" s="3" t="n">
-        <x:v>143401</x:v>
+        <x:v>158185</x:v>
       </x:c>
       <x:c r="FN5" s="3" t="n">
-        <x:v>115387</x:v>
+        <x:v>131857</x:v>
       </x:c>
       <x:c r="FO5" s="3" t="n">
-        <x:v>124954</x:v>
+        <x:v>140489</x:v>
       </x:c>
       <x:c r="FP5" s="3" t="n">
-        <x:v>121304</x:v>
+        <x:v>137380</x:v>
       </x:c>
       <x:c r="FQ5" s="3" t="n">
-        <x:v>138153</x:v>
+        <x:v>153176</x:v>
       </x:c>
       <x:c r="FR5" s="3" t="n">
-        <x:v>119660</x:v>
+        <x:v>137980</x:v>
       </x:c>
       <x:c r="FS5" s="3" t="n">
-        <x:v>130426</x:v>
+        <x:v>148652</x:v>
       </x:c>
       <x:c r="FT5" s="3" t="n">
-        <x:v>122853</x:v>
+        <x:v>141126</x:v>
       </x:c>
       <x:c r="FU5" s="3" t="n">
-        <x:v>140230</x:v>
+        <x:v>158322</x:v>
       </x:c>
       <x:c r="FV5" s="3" t="n">
-        <x:v>120784</x:v>
+        <x:v>144465</x:v>
       </x:c>
       <x:c r="FW5" s="3" t="n">
-        <x:v>130591</x:v>
+        <x:v>154083</x:v>
       </x:c>
       <x:c r="FX5" s="3" t="n">
-        <x:v>126573</x:v>
+        <x:v>151480</x:v>
       </x:c>
       <x:c r="FY5" s="3" t="n">
-        <x:v>139598</x:v>
+        <x:v>162284</x:v>
       </x:c>
       <x:c r="FZ5" s="3" t="n">
-        <x:v>116033</x:v>
+        <x:v>135317</x:v>
       </x:c>
       <x:c r="GA5" s="3" t="n">
-        <x:v>116292</x:v>
+        <x:v>133734</x:v>
       </x:c>
       <x:c r="GB5" s="3" t="n">
-        <x:v>113412</x:v>
+        <x:v>129648</x:v>
       </x:c>
       <x:c r="GC5" s="3" t="n">
-        <x:v>128898</x:v>
+        <x:v>143772</x:v>
       </x:c>
       <x:c r="GD5" s="3" t="n">
-        <x:v>99984</x:v>
+        <x:v>115650</x:v>
       </x:c>
       <x:c r="GE5" s="3" t="n">
-        <x:v>107236</x:v>
+        <x:v>125517</x:v>
       </x:c>
       <x:c r="GF5" s="3" t="n">
-        <x:v>104909</x:v>
+        <x:v>123466</x:v>
       </x:c>
       <x:c r="GG5" s="3" t="n">
-        <x:v>117047</x:v>
+        <x:v>136886</x:v>
       </x:c>
       <x:c r="GH5" s="3" t="n">
-        <x:v>91598</x:v>
+        <x:v>110631</x:v>
       </x:c>
       <x:c r="GI5" s="3" t="n">
-        <x:v>104006</x:v>
+        <x:v>124364</x:v>
+      </x:c>
+      <x:c r="GJ5" s="3" t="n">
+        <x:v>119610</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:191">
+    <x:row r="6" spans="1:192">
       <x:c r="A6" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>5365</x:v>
+        <x:v>5656</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>6507</x:v>
+        <x:v>6860</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>6499</x:v>
+        <x:v>6852</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>9302</x:v>
+        <x:v>9807</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>4277</x:v>
+        <x:v>4509</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>5977</x:v>
+        <x:v>6301</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
-        <x:v>7260</x:v>
+        <x:v>7653</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
-        <x:v>7516</x:v>
+        <x:v>7924</x:v>
       </x:c>
       <x:c r="J6" s="3" t="n">
-        <x:v>5131</x:v>
+        <x:v>5410</x:v>
       </x:c>
       <x:c r="K6" s="3" t="n">
-        <x:v>7184</x:v>
+        <x:v>7574</x:v>
       </x:c>
       <x:c r="L6" s="3" t="n">
-        <x:v>7590</x:v>
+        <x:v>8001</x:v>
       </x:c>
       <x:c r="M6" s="3" t="n">
-        <x:v>8246</x:v>
+        <x:v>8693</x:v>
       </x:c>
       <x:c r="N6" s="3" t="n">
-        <x:v>5457</x:v>
+        <x:v>5753</x:v>
       </x:c>
       <x:c r="O6" s="3" t="n">
-        <x:v>6099</x:v>
+        <x:v>6430</x:v>
       </x:c>
       <x:c r="P6" s="3" t="n">
-        <x:v>6740</x:v>
+        <x:v>7106</x:v>
       </x:c>
       <x:c r="Q6" s="3" t="n">
-        <x:v>7974</x:v>
+        <x:v>8406</x:v>
       </x:c>
       <x:c r="R6" s="3" t="n">
-        <x:v>6075</x:v>
+        <x:v>6404</x:v>
       </x:c>
       <x:c r="S6" s="3" t="n">
-        <x:v>7254</x:v>
+        <x:v>7647</x:v>
       </x:c>
       <x:c r="T6" s="3" t="n">
-        <x:v>7118</x:v>
+        <x:v>7504</x:v>
       </x:c>
       <x:c r="U6" s="3" t="n">
-        <x:v>8079</x:v>
+        <x:v>8517</x:v>
       </x:c>
       <x:c r="V6" s="3" t="n">
-        <x:v>12503</x:v>
+        <x:v>13181</x:v>
       </x:c>
       <x:c r="W6" s="3" t="n">
-        <x:v>14183</x:v>
+        <x:v>14952</x:v>
       </x:c>
       <x:c r="X6" s="3" t="n">
-        <x:v>13823</x:v>
+        <x:v>14573</x:v>
       </x:c>
       <x:c r="Y6" s="3" t="n">
-        <x:v>14827</x:v>
+        <x:v>15631</x:v>
       </x:c>
       <x:c r="Z6" s="3" t="n">
-        <x:v>14061</x:v>
+        <x:v>14824</x:v>
       </x:c>
       <x:c r="AA6" s="3" t="n">
-        <x:v>14413</x:v>
+        <x:v>15195</x:v>
       </x:c>
       <x:c r="AB6" s="3" t="n">
-        <x:v>14637</x:v>
+        <x:v>15431</x:v>
       </x:c>
       <x:c r="AC6" s="3" t="n">
-        <x:v>16038</x:v>
+        <x:v>16908</x:v>
       </x:c>
       <x:c r="AD6" s="3" t="n">
-        <x:v>8190</x:v>
+        <x:v>8634</x:v>
       </x:c>
       <x:c r="AE6" s="3" t="n">
-        <x:v>9626</x:v>
+        <x:v>10148</x:v>
       </x:c>
       <x:c r="AF6" s="3" t="n">
-        <x:v>9741</x:v>
+        <x:v>10269</x:v>
       </x:c>
       <x:c r="AG6" s="3" t="n">
-        <x:v>9411</x:v>
+        <x:v>9921</x:v>
       </x:c>
       <x:c r="AH6" s="3" t="n">
-        <x:v>8950</x:v>
+        <x:v>9436</x:v>
       </x:c>
       <x:c r="AI6" s="3" t="n">
-        <x:v>9216</x:v>
+        <x:v>9716</x:v>
       </x:c>
       <x:c r="AJ6" s="3" t="n">
-        <x:v>7095</x:v>
+        <x:v>7480</x:v>
       </x:c>
       <x:c r="AK6" s="3" t="n">
-        <x:v>6697</x:v>
+        <x:v>7060</x:v>
       </x:c>
       <x:c r="AL6" s="3" t="n">
-        <x:v>4397</x:v>
+        <x:v>4635</x:v>
       </x:c>
       <x:c r="AM6" s="3" t="n">
-        <x:v>5903</x:v>
+        <x:v>6223</x:v>
       </x:c>
       <x:c r="AN6" s="3" t="n">
-        <x:v>7224</x:v>
+        <x:v>7616</x:v>
       </x:c>
       <x:c r="AO6" s="3" t="n">
-        <x:v>7634</x:v>
+        <x:v>8048</x:v>
       </x:c>
       <x:c r="AP6" s="3" t="n">
-        <x:v>5165</x:v>
+        <x:v>5446</x:v>
       </x:c>
       <x:c r="AQ6" s="3" t="n">
-        <x:v>5568</x:v>
+        <x:v>5870</x:v>
       </x:c>
       <x:c r="AR6" s="3" t="n">
-        <x:v>5916</x:v>
+        <x:v>6237</x:v>
       </x:c>
       <x:c r="AS6" s="3" t="n">
-        <x:v>6390</x:v>
+        <x:v>6737</x:v>
       </x:c>
       <x:c r="AT6" s="3" t="n">
-        <x:v>3858</x:v>
+        <x:v>4068</x:v>
       </x:c>
       <x:c r="AU6" s="3" t="n">
-        <x:v>7626</x:v>
+        <x:v>8040</x:v>
       </x:c>
       <x:c r="AV6" s="3" t="n">
+        <x:v>7022</x:v>
+      </x:c>
+      <x:c r="AW6" s="3" t="n">
+        <x:v>7112</x:v>
+      </x:c>
+      <x:c r="AX6" s="3" t="n">
+        <x:v>6479</x:v>
+      </x:c>
+      <x:c r="AY6" s="3" t="n">
+        <x:v>7717</x:v>
+      </x:c>
+      <x:c r="AZ6" s="3" t="n">
+        <x:v>9726</x:v>
+      </x:c>
+      <x:c r="BA6" s="3" t="n">
+        <x:v>10145</x:v>
+      </x:c>
+      <x:c r="BB6" s="3" t="n">
+        <x:v>9545</x:v>
+      </x:c>
+      <x:c r="BC6" s="3" t="n">
+        <x:v>13651</x:v>
+      </x:c>
+      <x:c r="BD6" s="3" t="n">
+        <x:v>13973</x:v>
+      </x:c>
+      <x:c r="BE6" s="3" t="n">
+        <x:v>13021</x:v>
+      </x:c>
+      <x:c r="BF6" s="3" t="n">
+        <x:v>9737</x:v>
+      </x:c>
+      <x:c r="BG6" s="3" t="n">
+        <x:v>14178</x:v>
+      </x:c>
+      <x:c r="BH6" s="3" t="n">
+        <x:v>11673</x:v>
+      </x:c>
+      <x:c r="BI6" s="3" t="n">
+        <x:v>12578</x:v>
+      </x:c>
+      <x:c r="BJ6" s="3" t="n">
+        <x:v>10244</x:v>
+      </x:c>
+      <x:c r="BK6" s="3" t="n">
+        <x:v>12240</x:v>
+      </x:c>
+      <x:c r="BL6" s="3" t="n">
+        <x:v>12829</x:v>
+      </x:c>
+      <x:c r="BM6" s="3" t="n">
+        <x:v>14458</x:v>
+      </x:c>
+      <x:c r="BN6" s="3" t="n">
+        <x:v>13257</x:v>
+      </x:c>
+      <x:c r="BO6" s="3" t="n">
+        <x:v>17700</x:v>
+      </x:c>
+      <x:c r="BP6" s="3" t="n">
+        <x:v>12924</x:v>
+      </x:c>
+      <x:c r="BQ6" s="3" t="n">
+        <x:v>11101</x:v>
+      </x:c>
+      <x:c r="BR6" s="3" t="n">
+        <x:v>8954</x:v>
+      </x:c>
+      <x:c r="BS6" s="3" t="n">
+        <x:v>10947</x:v>
+      </x:c>
+      <x:c r="BT6" s="3" t="n">
+        <x:v>12896</x:v>
+      </x:c>
+      <x:c r="BU6" s="3" t="n">
+        <x:v>11265</x:v>
+      </x:c>
+      <x:c r="BV6" s="3" t="n">
+        <x:v>9723</x:v>
+      </x:c>
+      <x:c r="BW6" s="3" t="n">
+        <x:v>11201</x:v>
+      </x:c>
+      <x:c r="BX6" s="3" t="n">
+        <x:v>13638</x:v>
+      </x:c>
+      <x:c r="BY6" s="3" t="n">
+        <x:v>13031</x:v>
+      </x:c>
+      <x:c r="BZ6" s="3" t="n">
+        <x:v>12632</x:v>
+      </x:c>
+      <x:c r="CA6" s="3" t="n">
+        <x:v>15657</x:v>
+      </x:c>
+      <x:c r="CB6" s="3" t="n">
+        <x:v>16197</x:v>
+      </x:c>
+      <x:c r="CC6" s="3" t="n">
+        <x:v>17445</x:v>
+      </x:c>
+      <x:c r="CD6" s="3" t="n">
+        <x:v>16111</x:v>
+      </x:c>
+      <x:c r="CE6" s="3" t="n">
+        <x:v>17879</x:v>
+      </x:c>
+      <x:c r="CF6" s="3" t="n">
+        <x:v>17687</x:v>
+      </x:c>
+      <x:c r="CG6" s="3" t="n">
+        <x:v>16643</x:v>
+      </x:c>
+      <x:c r="CH6" s="3" t="n">
+        <x:v>15841</x:v>
+      </x:c>
+      <x:c r="CI6" s="3" t="n">
+        <x:v>15898</x:v>
+      </x:c>
+      <x:c r="CJ6" s="3" t="n">
+        <x:v>13118</x:v>
+      </x:c>
+      <x:c r="CK6" s="3" t="n">
+        <x:v>11548</x:v>
+      </x:c>
+      <x:c r="CL6" s="3" t="n">
+        <x:v>12286</x:v>
+      </x:c>
+      <x:c r="CM6" s="3" t="n">
+        <x:v>12865</x:v>
+      </x:c>
+      <x:c r="CN6" s="3" t="n">
+        <x:v>13628</x:v>
+      </x:c>
+      <x:c r="CO6" s="3" t="n">
+        <x:v>13921</x:v>
+      </x:c>
+      <x:c r="CP6" s="3" t="n">
+        <x:v>14707</x:v>
+      </x:c>
+      <x:c r="CQ6" s="3" t="n">
+        <x:v>13848</x:v>
+      </x:c>
+      <x:c r="CR6" s="3" t="n">
+        <x:v>15480</x:v>
+      </x:c>
+      <x:c r="CS6" s="3" t="n">
+        <x:v>16114</x:v>
+      </x:c>
+      <x:c r="CT6" s="3" t="n">
+        <x:v>12767</x:v>
+      </x:c>
+      <x:c r="CU6" s="3" t="n">
+        <x:v>11811</x:v>
+      </x:c>
+      <x:c r="CV6" s="3" t="n">
+        <x:v>11599</x:v>
+      </x:c>
+      <x:c r="CW6" s="3" t="n">
+        <x:v>12824</x:v>
+      </x:c>
+      <x:c r="CX6" s="3" t="n">
+        <x:v>12190</x:v>
+      </x:c>
+      <x:c r="CY6" s="3" t="n">
+        <x:v>13591</x:v>
+      </x:c>
+      <x:c r="CZ6" s="3" t="n">
+        <x:v>12795</x:v>
+      </x:c>
+      <x:c r="DA6" s="3" t="n">
+        <x:v>11832</x:v>
+      </x:c>
+      <x:c r="DB6" s="3" t="n">
+        <x:v>12768</x:v>
+      </x:c>
+      <x:c r="DC6" s="3" t="n">
+        <x:v>14611</x:v>
+      </x:c>
+      <x:c r="DD6" s="3" t="n">
+        <x:v>13356</x:v>
+      </x:c>
+      <x:c r="DE6" s="3" t="n">
+        <x:v>16258</x:v>
+      </x:c>
+      <x:c r="DF6" s="3" t="n">
+        <x:v>16334</x:v>
+      </x:c>
+      <x:c r="DG6" s="3" t="n">
+        <x:v>20847</x:v>
+      </x:c>
+      <x:c r="DH6" s="3" t="n">
+        <x:v>19899</x:v>
+      </x:c>
+      <x:c r="DI6" s="3" t="n">
+        <x:v>23128</x:v>
+      </x:c>
+      <x:c r="DJ6" s="3" t="n">
+        <x:v>17468</x:v>
+      </x:c>
+      <x:c r="DK6" s="3" t="n">
+        <x:v>19593</x:v>
+      </x:c>
+      <x:c r="DL6" s="3" t="n">
+        <x:v>19523</x:v>
+      </x:c>
+      <x:c r="DM6" s="3" t="n">
+        <x:v>19722</x:v>
+      </x:c>
+      <x:c r="DN6" s="3" t="n">
+        <x:v>19596</x:v>
+      </x:c>
+      <x:c r="DO6" s="3" t="n">
+        <x:v>21855</x:v>
+      </x:c>
+      <x:c r="DP6" s="3" t="n">
+        <x:v>23627</x:v>
+      </x:c>
+      <x:c r="DQ6" s="3" t="n">
+        <x:v>22916</x:v>
+      </x:c>
+      <x:c r="DR6" s="3" t="n">
+        <x:v>20034</x:v>
+      </x:c>
+      <x:c r="DS6" s="3" t="n">
+        <x:v>22099</x:v>
+      </x:c>
+      <x:c r="DT6" s="3" t="n">
+        <x:v>27172</x:v>
+      </x:c>
+      <x:c r="DU6" s="3" t="n">
+        <x:v>24210</x:v>
+      </x:c>
+      <x:c r="DV6" s="3" t="n">
+        <x:v>25848</x:v>
+      </x:c>
+      <x:c r="DW6" s="3" t="n">
+        <x:v>23394</x:v>
+      </x:c>
+      <x:c r="DX6" s="3" t="n">
+        <x:v>24109</x:v>
+      </x:c>
+      <x:c r="DY6" s="3" t="n">
+        <x:v>22594</x:v>
+      </x:c>
+      <x:c r="DZ6" s="3" t="n">
+        <x:v>24108</x:v>
+      </x:c>
+      <x:c r="EA6" s="3" t="n">
+        <x:v>24539</x:v>
+      </x:c>
+      <x:c r="EB6" s="3" t="n">
+        <x:v>23252</x:v>
+      </x:c>
+      <x:c r="EC6" s="3" t="n">
+        <x:v>25700</x:v>
+      </x:c>
+      <x:c r="ED6" s="3" t="n">
+        <x:v>25361</x:v>
+      </x:c>
+      <x:c r="EE6" s="3" t="n">
+        <x:v>25059</x:v>
+      </x:c>
+      <x:c r="EF6" s="3" t="n">
+        <x:v>27243</x:v>
+      </x:c>
+      <x:c r="EG6" s="3" t="n">
+        <x:v>23930</x:v>
+      </x:c>
+      <x:c r="EH6" s="3" t="n">
+        <x:v>24872</x:v>
+      </x:c>
+      <x:c r="EI6" s="3" t="n">
+        <x:v>28570</x:v>
+      </x:c>
+      <x:c r="EJ6" s="3" t="n">
+        <x:v>25134</x:v>
+      </x:c>
+      <x:c r="EK6" s="3" t="n">
+        <x:v>30771</x:v>
+      </x:c>
+      <x:c r="EL6" s="3" t="n">
+        <x:v>28748</x:v>
+      </x:c>
+      <x:c r="EM6" s="3" t="n">
+        <x:v>35214</x:v>
+      </x:c>
+      <x:c r="EN6" s="3" t="n">
+        <x:v>36949</x:v>
+      </x:c>
+      <x:c r="EO6" s="3" t="n">
+        <x:v>33637</x:v>
+      </x:c>
+      <x:c r="EP6" s="3" t="n">
+        <x:v>32013</x:v>
+      </x:c>
+      <x:c r="EQ6" s="3" t="n">
+        <x:v>34264</x:v>
+      </x:c>
+      <x:c r="ER6" s="3" t="n">
+        <x:v>32833</x:v>
+      </x:c>
+      <x:c r="ES6" s="3" t="n">
+        <x:v>29723</x:v>
+      </x:c>
+      <x:c r="ET6" s="3" t="n">
+        <x:v>29231</x:v>
+      </x:c>
+      <x:c r="EU6" s="3" t="n">
+        <x:v>32128</x:v>
+      </x:c>
+      <x:c r="EV6" s="3" t="n">
+        <x:v>29887</x:v>
+      </x:c>
+      <x:c r="EW6" s="3" t="n">
+        <x:v>27496</x:v>
+      </x:c>
+      <x:c r="EX6" s="3" t="n">
+        <x:v>24904</x:v>
+      </x:c>
+      <x:c r="EY6" s="3" t="n">
+        <x:v>24790</x:v>
+      </x:c>
+      <x:c r="EZ6" s="3" t="n">
+        <x:v>24690</x:v>
+      </x:c>
+      <x:c r="FA6" s="3" t="n">
+        <x:v>22409</x:v>
+      </x:c>
+      <x:c r="FB6" s="3" t="n">
+        <x:v>21948</x:v>
+      </x:c>
+      <x:c r="FC6" s="3" t="n">
+        <x:v>25379</x:v>
+      </x:c>
+      <x:c r="FD6" s="3" t="n">
+        <x:v>24967</x:v>
+      </x:c>
+      <x:c r="FE6" s="3" t="n">
+        <x:v>24102</x:v>
+      </x:c>
+      <x:c r="FF6" s="3" t="n">
+        <x:v>21310</x:v>
+      </x:c>
+      <x:c r="FG6" s="3" t="n">
+        <x:v>23944</x:v>
+      </x:c>
+      <x:c r="FH6" s="3" t="n">
+        <x:v>24533</x:v>
+      </x:c>
+      <x:c r="FI6" s="3" t="n">
+        <x:v>27072</x:v>
+      </x:c>
+      <x:c r="FJ6" s="3" t="n">
+        <x:v>23655</x:v>
+      </x:c>
+      <x:c r="FK6" s="3" t="n">
+        <x:v>25372</x:v>
+      </x:c>
+      <x:c r="FL6" s="3" t="n">
+        <x:v>28061</x:v>
+      </x:c>
+      <x:c r="FM6" s="3" t="n">
+        <x:v>29895</x:v>
+      </x:c>
+      <x:c r="FN6" s="3" t="n">
+        <x:v>29459</x:v>
+      </x:c>
+      <x:c r="FO6" s="3" t="n">
+        <x:v>26723</x:v>
+      </x:c>
+      <x:c r="FP6" s="3" t="n">
+        <x:v>26974</x:v>
+      </x:c>
+      <x:c r="FQ6" s="3" t="n">
+        <x:v>28396</x:v>
+      </x:c>
+      <x:c r="FR6" s="3" t="n">
+        <x:v>29858</x:v>
+      </x:c>
+      <x:c r="FS6" s="3" t="n">
+        <x:v>26265</x:v>
+      </x:c>
+      <x:c r="FT6" s="3" t="n">
+        <x:v>30524</x:v>
+      </x:c>
+      <x:c r="FU6" s="3" t="n">
+        <x:v>30762</x:v>
+      </x:c>
+      <x:c r="FV6" s="3" t="n">
+        <x:v>26073</x:v>
+      </x:c>
+      <x:c r="FW6" s="3" t="n">
+        <x:v>27073</x:v>
+      </x:c>
+      <x:c r="FX6" s="3" t="n">
+        <x:v>27943</x:v>
+      </x:c>
+      <x:c r="FY6" s="3" t="n">
+        <x:v>24712</x:v>
+      </x:c>
+      <x:c r="FZ6" s="3" t="n">
+        <x:v>24468</x:v>
+      </x:c>
+      <x:c r="GA6" s="3" t="n">
+        <x:v>26473</x:v>
+      </x:c>
+      <x:c r="GB6" s="3" t="n">
+        <x:v>28790</x:v>
+      </x:c>
+      <x:c r="GC6" s="3" t="n">
+        <x:v>29287</x:v>
+      </x:c>
+      <x:c r="GD6" s="3" t="n">
+        <x:v>23708</x:v>
+      </x:c>
+      <x:c r="GE6" s="3" t="n">
+        <x:v>24607</x:v>
+      </x:c>
+      <x:c r="GF6" s="3" t="n">
+        <x:v>23595</x:v>
+      </x:c>
+      <x:c r="GG6" s="3" t="n">
+        <x:v>26572</x:v>
+      </x:c>
+      <x:c r="GH6" s="3" t="n">
+        <x:v>24970</x:v>
+      </x:c>
+      <x:c r="GI6" s="3" t="n">
+        <x:v>27907</x:v>
+      </x:c>
+      <x:c r="GJ6" s="3" t="n">
+        <x:v>30112</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:192">
+      <x:c r="A7" s="2" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="n">
+        <x:v>7854</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="n">
+        <x:v>3930</x:v>
+      </x:c>
+      <x:c r="D7" s="3" t="n">
+        <x:v>6385</x:v>
+      </x:c>
+      <x:c r="E7" s="3" t="n">
+        <x:v>5852</x:v>
+      </x:c>
+      <x:c r="F7" s="3" t="n">
+        <x:v>9796</x:v>
+      </x:c>
+      <x:c r="G7" s="3" t="n">
+        <x:v>11870</x:v>
+      </x:c>
+      <x:c r="H7" s="3" t="n">
+        <x:v>9937</x:v>
+      </x:c>
+      <x:c r="I7" s="3" t="n">
+        <x:v>11850</x:v>
+      </x:c>
+      <x:c r="J7" s="3" t="n">
+        <x:v>9978</x:v>
+      </x:c>
+      <x:c r="K7" s="3" t="n">
+        <x:v>8116</x:v>
+      </x:c>
+      <x:c r="L7" s="3" t="n">
+        <x:v>8343</x:v>
+      </x:c>
+      <x:c r="M7" s="3" t="n">
+        <x:v>8449</x:v>
+      </x:c>
+      <x:c r="N7" s="3" t="n">
+        <x:v>8479</x:v>
+      </x:c>
+      <x:c r="O7" s="3" t="n">
+        <x:v>5858</x:v>
+      </x:c>
+      <x:c r="P7" s="3" t="n">
+        <x:v>8056</x:v>
+      </x:c>
+      <x:c r="Q7" s="3" t="n">
+        <x:v>7610</x:v>
+      </x:c>
+      <x:c r="R7" s="3" t="n">
+        <x:v>12186</x:v>
+      </x:c>
+      <x:c r="S7" s="3" t="n">
+        <x:v>9623</x:v>
+      </x:c>
+      <x:c r="T7" s="3" t="n">
+        <x:v>8256</x:v>
+      </x:c>
+      <x:c r="U7" s="3" t="n">
+        <x:v>9363</x:v>
+      </x:c>
+      <x:c r="V7" s="3" t="n">
+        <x:v>15782</x:v>
+      </x:c>
+      <x:c r="W7" s="3" t="n">
+        <x:v>15932</x:v>
+      </x:c>
+      <x:c r="X7" s="3" t="n">
+        <x:v>8127</x:v>
+      </x:c>
+      <x:c r="Y7" s="3" t="n">
+        <x:v>17480</x:v>
+      </x:c>
+      <x:c r="Z7" s="3" t="n">
+        <x:v>7727</x:v>
+      </x:c>
+      <x:c r="AA7" s="3" t="n">
+        <x:v>20804</x:v>
+      </x:c>
+      <x:c r="AB7" s="3" t="n">
+        <x:v>16027</x:v>
+      </x:c>
+      <x:c r="AC7" s="3" t="n">
+        <x:v>11777</x:v>
+      </x:c>
+      <x:c r="AD7" s="3" t="n">
+        <x:v>17031</x:v>
+      </x:c>
+      <x:c r="AE7" s="3" t="n">
+        <x:v>13577</x:v>
+      </x:c>
+      <x:c r="AF7" s="3" t="n">
+        <x:v>18863</x:v>
+      </x:c>
+      <x:c r="AG7" s="3" t="n">
+        <x:v>18817</x:v>
+      </x:c>
+      <x:c r="AH7" s="3" t="n">
+        <x:v>20720</x:v>
+      </x:c>
+      <x:c r="AI7" s="3" t="n">
+        <x:v>19954</x:v>
+      </x:c>
+      <x:c r="AJ7" s="3" t="n">
+        <x:v>17262</x:v>
+      </x:c>
+      <x:c r="AK7" s="3" t="n">
+        <x:v>16710</x:v>
+      </x:c>
+      <x:c r="AL7" s="3" t="n">
+        <x:v>15961</x:v>
+      </x:c>
+      <x:c r="AM7" s="3" t="n">
+        <x:v>19574</x:v>
+      </x:c>
+      <x:c r="AN7" s="3" t="n">
+        <x:v>20317</x:v>
+      </x:c>
+      <x:c r="AO7" s="3" t="n">
+        <x:v>14592</x:v>
+      </x:c>
+      <x:c r="AP7" s="3" t="n">
+        <x:v>7631</x:v>
+      </x:c>
+      <x:c r="AQ7" s="3" t="n">
+        <x:v>13436</x:v>
+      </x:c>
+      <x:c r="AR7" s="3" t="n">
+        <x:v>13417</x:v>
+      </x:c>
+      <x:c r="AS7" s="3" t="n">
+        <x:v>18478</x:v>
+      </x:c>
+      <x:c r="AT7" s="3" t="n">
+        <x:v>11027</x:v>
+      </x:c>
+      <x:c r="AU7" s="3" t="n">
+        <x:v>12976</x:v>
+      </x:c>
+      <x:c r="AV7" s="3" t="n">
+        <x:v>12728</x:v>
+      </x:c>
+      <x:c r="AW7" s="3" t="n">
+        <x:v>19644</x:v>
+      </x:c>
+      <x:c r="AX7" s="3" t="n">
+        <x:v>11634</x:v>
+      </x:c>
+      <x:c r="AY7" s="3" t="n">
+        <x:v>21779</x:v>
+      </x:c>
+      <x:c r="AZ7" s="3" t="n">
+        <x:v>11213</x:v>
+      </x:c>
+      <x:c r="BA7" s="3" t="n">
+        <x:v>13600</x:v>
+      </x:c>
+      <x:c r="BB7" s="3" t="n">
+        <x:v>12756</x:v>
+      </x:c>
+      <x:c r="BC7" s="3" t="n">
+        <x:v>12376</x:v>
+      </x:c>
+      <x:c r="BD7" s="3" t="n">
+        <x:v>13982</x:v>
+      </x:c>
+      <x:c r="BE7" s="3" t="n">
+        <x:v>19829</x:v>
+      </x:c>
+      <x:c r="BF7" s="3" t="n">
+        <x:v>15758</x:v>
+      </x:c>
+      <x:c r="BG7" s="3" t="n">
+        <x:v>14921</x:v>
+      </x:c>
+      <x:c r="BH7" s="3" t="n">
+        <x:v>18606</x:v>
+      </x:c>
+      <x:c r="BI7" s="3" t="n">
+        <x:v>18906</x:v>
+      </x:c>
+      <x:c r="BJ7" s="3" t="n">
+        <x:v>18509</x:v>
+      </x:c>
+      <x:c r="BK7" s="3" t="n">
+        <x:v>20341</x:v>
+      </x:c>
+      <x:c r="BL7" s="3" t="n">
+        <x:v>18913</x:v>
+      </x:c>
+      <x:c r="BM7" s="3" t="n">
+        <x:v>22707</x:v>
+      </x:c>
+      <x:c r="BN7" s="3" t="n">
+        <x:v>14115</x:v>
+      </x:c>
+      <x:c r="BO7" s="3" t="n">
+        <x:v>19506</x:v>
+      </x:c>
+      <x:c r="BP7" s="3" t="n">
+        <x:v>14558</x:v>
+      </x:c>
+      <x:c r="BQ7" s="3" t="n">
+        <x:v>14028</x:v>
+      </x:c>
+      <x:c r="BR7" s="3" t="n">
+        <x:v>13757</x:v>
+      </x:c>
+      <x:c r="BS7" s="3" t="n">
+        <x:v>14893</x:v>
+      </x:c>
+      <x:c r="BT7" s="3" t="n">
+        <x:v>13415</x:v>
+      </x:c>
+      <x:c r="BU7" s="3" t="n">
+        <x:v>17280</x:v>
+      </x:c>
+      <x:c r="BV7" s="3" t="n">
+        <x:v>11759</x:v>
+      </x:c>
+      <x:c r="BW7" s="3" t="n">
+        <x:v>14615</x:v>
+      </x:c>
+      <x:c r="BX7" s="3" t="n">
+        <x:v>14568</x:v>
+      </x:c>
+      <x:c r="BY7" s="3" t="n">
+        <x:v>21353</x:v>
+      </x:c>
+      <x:c r="BZ7" s="3" t="n">
+        <x:v>16319</x:v>
+      </x:c>
+      <x:c r="CA7" s="3" t="n">
+        <x:v>21348</x:v>
+      </x:c>
+      <x:c r="CB7" s="3" t="n">
+        <x:v>13742</x:v>
+      </x:c>
+      <x:c r="CC7" s="3" t="n">
+        <x:v>16214</x:v>
+      </x:c>
+      <x:c r="CD7" s="3" t="n">
+        <x:v>18012</x:v>
+      </x:c>
+      <x:c r="CE7" s="3" t="n">
+        <x:v>23158</x:v>
+      </x:c>
+      <x:c r="CF7" s="3" t="n">
+        <x:v>24219</x:v>
+      </x:c>
+      <x:c r="CG7" s="3" t="n">
+        <x:v>26279</x:v>
+      </x:c>
+      <x:c r="CH7" s="3" t="n">
+        <x:v>20567</x:v>
+      </x:c>
+      <x:c r="CI7" s="3" t="n">
+        <x:v>21341</x:v>
+      </x:c>
+      <x:c r="CJ7" s="3" t="n">
+        <x:v>18765</x:v>
+      </x:c>
+      <x:c r="CK7" s="3" t="n">
+        <x:v>11085</x:v>
+      </x:c>
+      <x:c r="CL7" s="3" t="n">
+        <x:v>17462</x:v>
+      </x:c>
+      <x:c r="CM7" s="3" t="n">
+        <x:v>15671</x:v>
+      </x:c>
+      <x:c r="CN7" s="3" t="n">
+        <x:v>12930</x:v>
+      </x:c>
+      <x:c r="CO7" s="3" t="n">
+        <x:v>12364</x:v>
+      </x:c>
+      <x:c r="CP7" s="3" t="n">
+        <x:v>9289</x:v>
+      </x:c>
+      <x:c r="CQ7" s="3" t="n">
+        <x:v>14834</x:v>
+      </x:c>
+      <x:c r="CR7" s="3" t="n">
+        <x:v>11692</x:v>
+      </x:c>
+      <x:c r="CS7" s="3" t="n">
+        <x:v>11927</x:v>
+      </x:c>
+      <x:c r="CT7" s="3" t="n">
+        <x:v>11180</x:v>
+      </x:c>
+      <x:c r="CU7" s="3" t="n">
+        <x:v>13398</x:v>
+      </x:c>
+      <x:c r="CV7" s="3" t="n">
+        <x:v>15725</x:v>
+      </x:c>
+      <x:c r="CW7" s="3" t="n">
+        <x:v>14101</x:v>
+      </x:c>
+      <x:c r="CX7" s="3" t="n">
+        <x:v>11089</x:v>
+      </x:c>
+      <x:c r="CY7" s="3" t="n">
+        <x:v>11004</x:v>
+      </x:c>
+      <x:c r="CZ7" s="3" t="n">
+        <x:v>11483</x:v>
+      </x:c>
+      <x:c r="DA7" s="3" t="n">
+        <x:v>9451</x:v>
+      </x:c>
+      <x:c r="DB7" s="3" t="n">
+        <x:v>9285</x:v>
+      </x:c>
+      <x:c r="DC7" s="3" t="n">
+        <x:v>11204</x:v>
+      </x:c>
+      <x:c r="DD7" s="3" t="n">
+        <x:v>12143</x:v>
+      </x:c>
+      <x:c r="DE7" s="3" t="n">
+        <x:v>14034</x:v>
+      </x:c>
+      <x:c r="DF7" s="3" t="n">
+        <x:v>12679</x:v>
+      </x:c>
+      <x:c r="DG7" s="3" t="n">
+        <x:v>9770</x:v>
+      </x:c>
+      <x:c r="DH7" s="3" t="n">
+        <x:v>13250</x:v>
+      </x:c>
+      <x:c r="DI7" s="3" t="n">
+        <x:v>14703</x:v>
+      </x:c>
+      <x:c r="DJ7" s="3" t="n">
+        <x:v>9085</x:v>
+      </x:c>
+      <x:c r="DK7" s="3" t="n">
+        <x:v>12877</x:v>
+      </x:c>
+      <x:c r="DL7" s="3" t="n">
+        <x:v>15663</x:v>
+      </x:c>
+      <x:c r="DM7" s="3" t="n">
+        <x:v>15730</x:v>
+      </x:c>
+      <x:c r="DN7" s="3" t="n">
+        <x:v>13310</x:v>
+      </x:c>
+      <x:c r="DO7" s="3" t="n">
+        <x:v>21722</x:v>
+      </x:c>
+      <x:c r="DP7" s="3" t="n">
+        <x:v>23686</x:v>
+      </x:c>
+      <x:c r="DQ7" s="3" t="n">
+        <x:v>24078</x:v>
+      </x:c>
+      <x:c r="DR7" s="3" t="n">
+        <x:v>24241</x:v>
+      </x:c>
+      <x:c r="DS7" s="3" t="n">
+        <x:v>24695</x:v>
+      </x:c>
+      <x:c r="DT7" s="3" t="n">
+        <x:v>22421</x:v>
+      </x:c>
+      <x:c r="DU7" s="3" t="n">
+        <x:v>22861</x:v>
+      </x:c>
+      <x:c r="DV7" s="3" t="n">
+        <x:v>26144</x:v>
+      </x:c>
+      <x:c r="DW7" s="3" t="n">
+        <x:v>23144</x:v>
+      </x:c>
+      <x:c r="DX7" s="3" t="n">
+        <x:v>21086</x:v>
+      </x:c>
+      <x:c r="DY7" s="3" t="n">
+        <x:v>25913</x:v>
+      </x:c>
+      <x:c r="DZ7" s="3" t="n">
+        <x:v>16140</x:v>
+      </x:c>
+      <x:c r="EA7" s="3" t="n">
+        <x:v>19444</x:v>
+      </x:c>
+      <x:c r="EB7" s="3" t="n">
+        <x:v>16456</x:v>
+      </x:c>
+      <x:c r="EC7" s="3" t="n">
+        <x:v>18314</x:v>
+      </x:c>
+      <x:c r="ED7" s="3" t="n">
+        <x:v>17256</x:v>
+      </x:c>
+      <x:c r="EE7" s="3" t="n">
+        <x:v>17008</x:v>
+      </x:c>
+      <x:c r="EF7" s="3" t="n">
+        <x:v>22990</x:v>
+      </x:c>
+      <x:c r="EG7" s="3" t="n">
+        <x:v>26255</x:v>
+      </x:c>
+      <x:c r="EH7" s="3" t="n">
+        <x:v>24774</x:v>
+      </x:c>
+      <x:c r="EI7" s="3" t="n">
+        <x:v>28213</x:v>
+      </x:c>
+      <x:c r="EJ7" s="3" t="n">
+        <x:v>33682</x:v>
+      </x:c>
+      <x:c r="EK7" s="3" t="n">
+        <x:v>34058</x:v>
+      </x:c>
+      <x:c r="EL7" s="3" t="n">
+        <x:v>27060</x:v>
+      </x:c>
+      <x:c r="EM7" s="3" t="n">
+        <x:v>32844</x:v>
+      </x:c>
+      <x:c r="EN7" s="3" t="n">
+        <x:v>35239</x:v>
+      </x:c>
+      <x:c r="EO7" s="3" t="n">
+        <x:v>37668</x:v>
+      </x:c>
+      <x:c r="EP7" s="3" t="n">
+        <x:v>32945</x:v>
+      </x:c>
+      <x:c r="EQ7" s="3" t="n">
+        <x:v>33933</x:v>
+      </x:c>
+      <x:c r="ER7" s="3" t="n">
+        <x:v>32716</x:v>
+      </x:c>
+      <x:c r="ES7" s="3" t="n">
+        <x:v>31744</x:v>
+      </x:c>
+      <x:c r="ET7" s="3" t="n">
+        <x:v>27718</x:v>
+      </x:c>
+      <x:c r="EU7" s="3" t="n">
+        <x:v>27897</x:v>
+      </x:c>
+      <x:c r="EV7" s="3" t="n">
+        <x:v>25809</x:v>
+      </x:c>
+      <x:c r="EW7" s="3" t="n">
+        <x:v>25630</x:v>
+      </x:c>
+      <x:c r="EX7" s="3" t="n">
+        <x:v>20969</x:v>
+      </x:c>
+      <x:c r="EY7" s="3" t="n">
+        <x:v>24233</x:v>
+      </x:c>
+      <x:c r="EZ7" s="3" t="n">
+        <x:v>23711</x:v>
+      </x:c>
+      <x:c r="FA7" s="3" t="n">
+        <x:v>24220</x:v>
+      </x:c>
+      <x:c r="FB7" s="3" t="n">
+        <x:v>22981</x:v>
+      </x:c>
+      <x:c r="FC7" s="3" t="n">
+        <x:v>23115</x:v>
+      </x:c>
+      <x:c r="FD7" s="3" t="n">
+        <x:v>19230</x:v>
+      </x:c>
+      <x:c r="FE7" s="3" t="n">
+        <x:v>23744</x:v>
+      </x:c>
+      <x:c r="FF7" s="3" t="n">
+        <x:v>18908</x:v>
+      </x:c>
+      <x:c r="FG7" s="3" t="n">
+        <x:v>24036</x:v>
+      </x:c>
+      <x:c r="FH7" s="3" t="n">
+        <x:v>25209</x:v>
+      </x:c>
+      <x:c r="FI7" s="3" t="n">
+        <x:v>25000</x:v>
+      </x:c>
+      <x:c r="FJ7" s="3" t="n">
+        <x:v>25536</x:v>
+      </x:c>
+      <x:c r="FK7" s="3" t="n">
+        <x:v>29878</x:v>
+      </x:c>
+      <x:c r="FL7" s="3" t="n">
+        <x:v>28654</x:v>
+      </x:c>
+      <x:c r="FM7" s="3" t="n">
+        <x:v>28998</x:v>
+      </x:c>
+      <x:c r="FN7" s="3" t="n">
+        <x:v>25561</x:v>
+      </x:c>
+      <x:c r="FO7" s="3" t="n">
+        <x:v>26263</x:v>
+      </x:c>
+      <x:c r="FP7" s="3" t="n">
+        <x:v>25740</x:v>
+      </x:c>
+      <x:c r="FQ7" s="3" t="n">
+        <x:v>26067</x:v>
+      </x:c>
+      <x:c r="FR7" s="3" t="n">
+        <x:v>20026</x:v>
+      </x:c>
+      <x:c r="FS7" s="3" t="n">
+        <x:v>25769</x:v>
+      </x:c>
+      <x:c r="FT7" s="3" t="n">
+        <x:v>22939</x:v>
+      </x:c>
+      <x:c r="FU7" s="3" t="n">
+        <x:v>23420</x:v>
+      </x:c>
+      <x:c r="FV7" s="3" t="n">
+        <x:v>19949</x:v>
+      </x:c>
+      <x:c r="FW7" s="3" t="n">
+        <x:v>21205</x:v>
+      </x:c>
+      <x:c r="FX7" s="3" t="n">
+        <x:v>21232</x:v>
+      </x:c>
+      <x:c r="FY7" s="3" t="n">
+        <x:v>24506</x:v>
+      </x:c>
+      <x:c r="FZ7" s="3" t="n">
+        <x:v>23603</x:v>
+      </x:c>
+      <x:c r="GA7" s="3" t="n">
+        <x:v>25837</x:v>
+      </x:c>
+      <x:c r="GB7" s="3" t="n">
+        <x:v>29819</x:v>
+      </x:c>
+      <x:c r="GC7" s="3" t="n">
+        <x:v>31341</x:v>
+      </x:c>
+      <x:c r="GD7" s="3" t="n">
+        <x:v>28704</x:v>
+      </x:c>
+      <x:c r="GE7" s="3" t="n">
+        <x:v>33984</x:v>
+      </x:c>
+      <x:c r="GF7" s="3" t="n">
+        <x:v>36199</x:v>
+      </x:c>
+      <x:c r="GG7" s="3" t="n">
+        <x:v>35107</x:v>
+      </x:c>
+      <x:c r="GH7" s="3" t="n">
+        <x:v>30193</x:v>
+      </x:c>
+      <x:c r="GI7" s="3" t="n">
+        <x:v>35880</x:v>
+      </x:c>
+      <x:c r="GJ7" s="3" t="n">
+        <x:v>34286</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:192">
+      <x:c r="A8" s="2" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="n">
+        <x:v>12345</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="n">
+        <x:v>13351</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="n">
+        <x:v>10122</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="n">
+        <x:v>13002</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="n">
+        <x:v>12515</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="n">
+        <x:v>12425</x:v>
+      </x:c>
+      <x:c r="H8" s="3" t="n">
+        <x:v>12074</x:v>
+      </x:c>
+      <x:c r="I8" s="3" t="n">
+        <x:v>12275</x:v>
+      </x:c>
+      <x:c r="J8" s="3" t="n">
+        <x:v>8334</x:v>
+      </x:c>
+      <x:c r="K8" s="3" t="n">
+        <x:v>7915</x:v>
+      </x:c>
+      <x:c r="L8" s="3" t="n">
+        <x:v>8081</x:v>
+      </x:c>
+      <x:c r="M8" s="3" t="n">
+        <x:v>7733</x:v>
+      </x:c>
+      <x:c r="N8" s="3" t="n">
+        <x:v>14429</x:v>
+      </x:c>
+      <x:c r="O8" s="3" t="n">
+        <x:v>13027</x:v>
+      </x:c>
+      <x:c r="P8" s="3" t="n">
+        <x:v>13566</x:v>
+      </x:c>
+      <x:c r="Q8" s="3" t="n">
+        <x:v>14788</x:v>
+      </x:c>
+      <x:c r="R8" s="3" t="n">
+        <x:v>16937</x:v>
+      </x:c>
+      <x:c r="S8" s="3" t="n">
+        <x:v>17890</x:v>
+      </x:c>
+      <x:c r="T8" s="3" t="n">
+        <x:v>14461</x:v>
+      </x:c>
+      <x:c r="U8" s="3" t="n">
+        <x:v>16917</x:v>
+      </x:c>
+      <x:c r="V8" s="3" t="n">
+        <x:v>13072</x:v>
+      </x:c>
+      <x:c r="W8" s="3" t="n">
+        <x:v>10320</x:v>
+      </x:c>
+      <x:c r="X8" s="3" t="n">
+        <x:v>8515</x:v>
+      </x:c>
+      <x:c r="Y8" s="3" t="n">
+        <x:v>8770</x:v>
+      </x:c>
+      <x:c r="Z8" s="3" t="n">
+        <x:v>8852</x:v>
+      </x:c>
+      <x:c r="AA8" s="3" t="n">
+        <x:v>6766</x:v>
+      </x:c>
+      <x:c r="AB8" s="3" t="n">
+        <x:v>5540</x:v>
+      </x:c>
+      <x:c r="AC8" s="3" t="n">
+        <x:v>5917</x:v>
+      </x:c>
+      <x:c r="AD8" s="3" t="n">
+        <x:v>4906</x:v>
+      </x:c>
+      <x:c r="AE8" s="3" t="n">
+        <x:v>3361</x:v>
+      </x:c>
+      <x:c r="AF8" s="3" t="n">
+        <x:v>1680</x:v>
+      </x:c>
+      <x:c r="AG8" s="3" t="n">
+        <x:v>-3746</x:v>
+      </x:c>
+      <x:c r="AH8" s="3" t="n">
+        <x:v>-2201</x:v>
+      </x:c>
+      <x:c r="AI8" s="3" t="n">
+        <x:v>1056</x:v>
+      </x:c>
+      <x:c r="AJ8" s="3" t="n">
+        <x:v>-104</x:v>
+      </x:c>
+      <x:c r="AK8" s="3" t="n">
+        <x:v>-5701</x:v>
+      </x:c>
+      <x:c r="AL8" s="3" t="n">
+        <x:v>-1984</x:v>
+      </x:c>
+      <x:c r="AM8" s="3" t="n">
+        <x:v>-2121</x:v>
+      </x:c>
+      <x:c r="AN8" s="3" t="n">
+        <x:v>4299</x:v>
+      </x:c>
+      <x:c r="AO8" s="3" t="n">
+        <x:v>8290</x:v>
+      </x:c>
+      <x:c r="AP8" s="3" t="n">
+        <x:v>10095</x:v>
+      </x:c>
+      <x:c r="AQ8" s="3" t="n">
+        <x:v>12292</x:v>
+      </x:c>
+      <x:c r="AR8" s="3" t="n">
+        <x:v>10270</x:v>
+      </x:c>
+      <x:c r="AS8" s="3" t="n">
+        <x:v>16293</x:v>
+      </x:c>
+      <x:c r="AT8" s="3" t="n">
+        <x:v>14660</x:v>
+      </x:c>
+      <x:c r="AU8" s="3" t="n">
+        <x:v>14467</x:v>
+      </x:c>
+      <x:c r="AV8" s="3" t="n">
+        <x:v>14470</x:v>
+      </x:c>
+      <x:c r="AW8" s="3" t="n">
+        <x:v>21607</x:v>
+      </x:c>
+      <x:c r="AX8" s="3" t="n">
+        <x:v>9245</x:v>
+      </x:c>
+      <x:c r="AY8" s="3" t="n">
+        <x:v>9606</x:v>
+      </x:c>
+      <x:c r="AZ8" s="3" t="n">
+        <x:v>6034</x:v>
+      </x:c>
+      <x:c r="BA8" s="3" t="n">
+        <x:v>7034</x:v>
+      </x:c>
+      <x:c r="BB8" s="3" t="n">
+        <x:v>8712</x:v>
+      </x:c>
+      <x:c r="BC8" s="3" t="n">
+        <x:v>4099</x:v>
+      </x:c>
+      <x:c r="BD8" s="3" t="n">
+        <x:v>3044</x:v>
+      </x:c>
+      <x:c r="BE8" s="3" t="n">
+        <x:v>7818</x:v>
+      </x:c>
+      <x:c r="BF8" s="3" t="n">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="BG8" s="3" t="n">
+        <x:v>4188</x:v>
+      </x:c>
+      <x:c r="BH8" s="3" t="n">
+        <x:v>3150</x:v>
+      </x:c>
+      <x:c r="BI8" s="3" t="n">
+        <x:v>3076</x:v>
+      </x:c>
+      <x:c r="BJ8" s="3" t="n">
+        <x:v>6882</x:v>
+      </x:c>
+      <x:c r="BK8" s="3" t="n">
+        <x:v>2737</x:v>
+      </x:c>
+      <x:c r="BL8" s="3" t="n">
+        <x:v>6627</x:v>
+      </x:c>
+      <x:c r="BM8" s="3" t="n">
+        <x:v>6858</x:v>
+      </x:c>
+      <x:c r="BN8" s="3" t="n">
+        <x:v>7676</x:v>
+      </x:c>
+      <x:c r="BO8" s="3" t="n">
+        <x:v>6374</x:v>
+      </x:c>
+      <x:c r="BP8" s="3" t="n">
+        <x:v>4120</x:v>
+      </x:c>
+      <x:c r="BQ8" s="3" t="n">
+        <x:v>2506</x:v>
+      </x:c>
+      <x:c r="BR8" s="3" t="n">
+        <x:v>6377</x:v>
+      </x:c>
+      <x:c r="BS8" s="3" t="n">
+        <x:v>4380</x:v>
+      </x:c>
+      <x:c r="BT8" s="3" t="n">
+        <x:v>2464</x:v>
+      </x:c>
+      <x:c r="BU8" s="3" t="n">
+        <x:v>5814</x:v>
+      </x:c>
+      <x:c r="BV8" s="3" t="n">
+        <x:v>5953</x:v>
+      </x:c>
+      <x:c r="BW8" s="3" t="n">
+        <x:v>4694</x:v>
+      </x:c>
+      <x:c r="BX8" s="3" t="n">
+        <x:v>6123</x:v>
+      </x:c>
+      <x:c r="BY8" s="3" t="n">
+        <x:v>6338</x:v>
+      </x:c>
+      <x:c r="BZ8" s="3" t="n">
+        <x:v>11564</x:v>
+      </x:c>
+      <x:c r="CA8" s="3" t="n">
+        <x:v>10102</x:v>
+      </x:c>
+      <x:c r="CB8" s="3" t="n">
+        <x:v>11147</x:v>
+      </x:c>
+      <x:c r="CC8" s="3" t="n">
+        <x:v>9199</x:v>
+      </x:c>
+      <x:c r="CD8" s="3" t="n">
+        <x:v>14817</x:v>
+      </x:c>
+      <x:c r="CE8" s="3" t="n">
+        <x:v>9723</x:v>
+      </x:c>
+      <x:c r="CF8" s="3" t="n">
+        <x:v>11417</x:v>
+      </x:c>
+      <x:c r="CG8" s="3" t="n">
+        <x:v>11535</x:v>
+      </x:c>
+      <x:c r="CH8" s="3" t="n">
+        <x:v>8979</x:v>
+      </x:c>
+      <x:c r="CI8" s="3" t="n">
+        <x:v>7119</x:v>
+      </x:c>
+      <x:c r="CJ8" s="3" t="n">
+        <x:v>15771</x:v>
+      </x:c>
+      <x:c r="CK8" s="3" t="n">
+        <x:v>10361</x:v>
+      </x:c>
+      <x:c r="CL8" s="3" t="n">
+        <x:v>14776</x:v>
+      </x:c>
+      <x:c r="CM8" s="3" t="n">
+        <x:v>14993</x:v>
+      </x:c>
+      <x:c r="CN8" s="3" t="n">
+        <x:v>12065</x:v>
+      </x:c>
+      <x:c r="CO8" s="3" t="n">
+        <x:v>9985</x:v>
+      </x:c>
+      <x:c r="CP8" s="3" t="n">
+        <x:v>13344</x:v>
+      </x:c>
+      <x:c r="CQ8" s="3" t="n">
+        <x:v>9008</x:v>
+      </x:c>
+      <x:c r="CR8" s="3" t="n">
+        <x:v>8652</x:v>
+      </x:c>
+      <x:c r="CS8" s="3" t="n">
+        <x:v>10132</x:v>
+      </x:c>
+      <x:c r="CT8" s="3" t="n">
+        <x:v>4506</x:v>
+      </x:c>
+      <x:c r="CU8" s="3" t="n">
+        <x:v>5637</x:v>
+      </x:c>
+      <x:c r="CV8" s="3" t="n">
+        <x:v>4960</x:v>
+      </x:c>
+      <x:c r="CW8" s="3" t="n">
+        <x:v>6283</x:v>
+      </x:c>
+      <x:c r="CX8" s="3" t="n">
+        <x:v>9943</x:v>
+      </x:c>
+      <x:c r="CY8" s="3" t="n">
+        <x:v>7573</x:v>
+      </x:c>
+      <x:c r="CZ8" s="3" t="n">
+        <x:v>7955</x:v>
+      </x:c>
+      <x:c r="DA8" s="3" t="n">
+        <x:v>5377</x:v>
+      </x:c>
+      <x:c r="DB8" s="3" t="n">
+        <x:v>6432</x:v>
+      </x:c>
+      <x:c r="DC8" s="3" t="n">
+        <x:v>5553</x:v>
+      </x:c>
+      <x:c r="DD8" s="3" t="n">
+        <x:v>6895</x:v>
+      </x:c>
+      <x:c r="DE8" s="3" t="n">
+        <x:v>10908</x:v>
+      </x:c>
+      <x:c r="DF8" s="3" t="n">
+        <x:v>9466</x:v>
+      </x:c>
+      <x:c r="DG8" s="3" t="n">
+        <x:v>9633</x:v>
+      </x:c>
+      <x:c r="DH8" s="3" t="n">
+        <x:v>6481</x:v>
+      </x:c>
+      <x:c r="DI8" s="3" t="n">
+        <x:v>11601</x:v>
+      </x:c>
+      <x:c r="DJ8" s="3" t="n">
+        <x:v>13385</x:v>
+      </x:c>
+      <x:c r="DK8" s="3" t="n">
+        <x:v>17871</x:v>
+      </x:c>
+      <x:c r="DL8" s="3" t="n">
+        <x:v>13925</x:v>
+      </x:c>
+      <x:c r="DM8" s="3" t="n">
+        <x:v>12717</x:v>
+      </x:c>
+      <x:c r="DN8" s="3" t="n">
+        <x:v>10516</x:v>
+      </x:c>
+      <x:c r="DO8" s="3" t="n">
+        <x:v>10937</x:v>
+      </x:c>
+      <x:c r="DP8" s="3" t="n">
+        <x:v>12023</x:v>
+      </x:c>
+      <x:c r="DQ8" s="3" t="n">
+        <x:v>15116</x:v>
+      </x:c>
+      <x:c r="DR8" s="3" t="n">
+        <x:v>10450</x:v>
+      </x:c>
+      <x:c r="DS8" s="3" t="n">
+        <x:v>10464</x:v>
+      </x:c>
+      <x:c r="DT8" s="3" t="n">
+        <x:v>11038</x:v>
+      </x:c>
+      <x:c r="DU8" s="3" t="n">
+        <x:v>11903</x:v>
+      </x:c>
+      <x:c r="DV8" s="3" t="n">
+        <x:v>12338</x:v>
+      </x:c>
+      <x:c r="DW8" s="3" t="n">
+        <x:v>14021</x:v>
+      </x:c>
+      <x:c r="DX8" s="3" t="n">
+        <x:v>13627</x:v>
+      </x:c>
+      <x:c r="DY8" s="3" t="n">
+        <x:v>17369</x:v>
+      </x:c>
+      <x:c r="DZ8" s="3" t="n">
+        <x:v>9608</x:v>
+      </x:c>
+      <x:c r="EA8" s="3" t="n">
+        <x:v>11481</x:v>
+      </x:c>
+      <x:c r="EB8" s="3" t="n">
+        <x:v>10687</x:v>
+      </x:c>
+      <x:c r="EC8" s="3" t="n">
+        <x:v>10511</x:v>
+      </x:c>
+      <x:c r="ED8" s="3" t="n">
+        <x:v>19132</x:v>
+      </x:c>
+      <x:c r="EE8" s="3" t="n">
+        <x:v>13847</x:v>
+      </x:c>
+      <x:c r="EF8" s="3" t="n">
+        <x:v>13759</x:v>
+      </x:c>
+      <x:c r="EG8" s="3" t="n">
+        <x:v>15201</x:v>
+      </x:c>
+      <x:c r="EH8" s="3" t="n">
+        <x:v>8579</x:v>
+      </x:c>
+      <x:c r="EI8" s="3" t="n">
+        <x:v>8609</x:v>
+      </x:c>
+      <x:c r="EJ8" s="3" t="n">
+        <x:v>8088</x:v>
+      </x:c>
+      <x:c r="EK8" s="3" t="n">
+        <x:v>9691</x:v>
+      </x:c>
+      <x:c r="EL8" s="3" t="n">
+        <x:v>4383</x:v>
+      </x:c>
+      <x:c r="EM8" s="3" t="n">
+        <x:v>5821</x:v>
+      </x:c>
+      <x:c r="EN8" s="3" t="n">
+        <x:v>4663</x:v>
+      </x:c>
+      <x:c r="EO8" s="3" t="n">
+        <x:v>3438</x:v>
+      </x:c>
+      <x:c r="EP8" s="3" t="n">
+        <x:v>2367</x:v>
+      </x:c>
+      <x:c r="EQ8" s="3" t="n">
+        <x:v>4144</x:v>
+      </x:c>
+      <x:c r="ER8" s="3" t="n">
+        <x:v>4461</x:v>
+      </x:c>
+      <x:c r="ES8" s="3" t="n">
+        <x:v>3980</x:v>
+      </x:c>
+      <x:c r="ET8" s="3" t="n">
+        <x:v>1847</x:v>
+      </x:c>
+      <x:c r="EU8" s="3" t="n">
+        <x:v>2094</x:v>
+      </x:c>
+      <x:c r="EV8" s="3" t="n">
+        <x:v>1397</x:v>
+      </x:c>
+      <x:c r="EW8" s="3" t="n">
+        <x:v>1353</x:v>
+      </x:c>
+      <x:c r="EX8" s="3" t="n">
+        <x:v>5820</x:v>
+      </x:c>
+      <x:c r="EY8" s="3" t="n">
+        <x:v>7936</x:v>
+      </x:c>
+      <x:c r="EZ8" s="3" t="n">
+        <x:v>11266</x:v>
+      </x:c>
+      <x:c r="FA8" s="3" t="n">
+        <x:v>9503</x:v>
+      </x:c>
+      <x:c r="FB8" s="3" t="n">
+        <x:v>3450</x:v>
+      </x:c>
+      <x:c r="FC8" s="3" t="n">
+        <x:v>2795</x:v>
+      </x:c>
+      <x:c r="FD8" s="3" t="n">
+        <x:v>6941</x:v>
+      </x:c>
+      <x:c r="FE8" s="3" t="n">
+        <x:v>3246</x:v>
+      </x:c>
+      <x:c r="FF8" s="3" t="n">
+        <x:v>6877</x:v>
+      </x:c>
+      <x:c r="FG8" s="3" t="n">
+        <x:v>6171</x:v>
+      </x:c>
+      <x:c r="FH8" s="3" t="n">
+        <x:v>5756</x:v>
+      </x:c>
+      <x:c r="FI8" s="3" t="n">
+        <x:v>8296</x:v>
+      </x:c>
+      <x:c r="FJ8" s="3" t="n">
+        <x:v>12671</x:v>
+      </x:c>
+      <x:c r="FK8" s="3" t="n">
+        <x:v>13497</x:v>
+      </x:c>
+      <x:c r="FL8" s="3" t="n">
+        <x:v>16416</x:v>
+      </x:c>
+      <x:c r="FM8" s="3" t="n">
+        <x:v>19956</x:v>
+      </x:c>
+      <x:c r="FN8" s="3" t="n">
+        <x:v>15002</x:v>
+      </x:c>
+      <x:c r="FO8" s="3" t="n">
+        <x:v>9063</x:v>
+      </x:c>
+      <x:c r="FP8" s="3" t="n">
+        <x:v>12862</x:v>
+      </x:c>
+      <x:c r="FQ8" s="3" t="n">
+        <x:v>12828</x:v>
+      </x:c>
+      <x:c r="FR8" s="3" t="n">
+        <x:v>19541</x:v>
+      </x:c>
+      <x:c r="FS8" s="3" t="n">
+        <x:v>10475</x:v>
+      </x:c>
+      <x:c r="FT8" s="3" t="n">
+        <x:v>11699</x:v>
+      </x:c>
+      <x:c r="FU8" s="3" t="n">
+        <x:v>15422</x:v>
+      </x:c>
+      <x:c r="FV8" s="3" t="n">
+        <x:v>13613</x:v>
+      </x:c>
+      <x:c r="FW8" s="3" t="n">
+        <x:v>6732</x:v>
+      </x:c>
+      <x:c r="FX8" s="3" t="n">
+        <x:v>6236</x:v>
+      </x:c>
+      <x:c r="FY8" s="3" t="n">
+        <x:v>10891</x:v>
+      </x:c>
+      <x:c r="FZ8" s="3" t="n">
+        <x:v>10385</x:v>
+      </x:c>
+      <x:c r="GA8" s="3" t="n">
+        <x:v>8152</x:v>
+      </x:c>
+      <x:c r="GB8" s="3" t="n">
+        <x:v>15981</x:v>
+      </x:c>
+      <x:c r="GC8" s="3" t="n">
+        <x:v>6272</x:v>
+      </x:c>
+      <x:c r="GD8" s="3" t="n">
+        <x:v>6147</x:v>
+      </x:c>
+      <x:c r="GE8" s="3" t="n">
+        <x:v>7909</x:v>
+      </x:c>
+      <x:c r="GF8" s="3" t="n">
+        <x:v>12305</x:v>
+      </x:c>
+      <x:c r="GG8" s="3" t="n">
+        <x:v>14657</x:v>
+      </x:c>
+      <x:c r="GH8" s="3" t="n">
+        <x:v>9709</x:v>
+      </x:c>
+      <x:c r="GI8" s="3" t="n">
+        <x:v>6256</x:v>
+      </x:c>
+      <x:c r="GJ8" s="3" t="n">
+        <x:v>6238</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:192">
+      <x:c r="A9" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="n">
+        <x:v>2994</x:v>
+      </x:c>
+      <x:c r="C9" s="3" t="n">
+        <x:v>4363</x:v>
+      </x:c>
+      <x:c r="D9" s="3" t="n">
+        <x:v>3738</x:v>
+      </x:c>
+      <x:c r="E9" s="3" t="n">
+        <x:v>3998</x:v>
+      </x:c>
+      <x:c r="F9" s="3" t="n">
+        <x:v>3782</x:v>
+      </x:c>
+      <x:c r="G9" s="3" t="n">
+        <x:v>3983</x:v>
+      </x:c>
+      <x:c r="H9" s="3" t="n">
+        <x:v>3381</x:v>
+      </x:c>
+      <x:c r="I9" s="3" t="n">
+        <x:v>2956</x:v>
+      </x:c>
+      <x:c r="J9" s="3" t="n">
+        <x:v>3651</x:v>
+      </x:c>
+      <x:c r="K9" s="3" t="n">
+        <x:v>3998</x:v>
+      </x:c>
+      <x:c r="L9" s="3" t="n">
+        <x:v>2947</x:v>
+      </x:c>
+      <x:c r="M9" s="3" t="n">
+        <x:v>2800</x:v>
+      </x:c>
+      <x:c r="N9" s="3" t="n">
+        <x:v>2979</x:v>
+      </x:c>
+      <x:c r="O9" s="3" t="n">
+        <x:v>3277</x:v>
+      </x:c>
+      <x:c r="P9" s="3" t="n">
+        <x:v>4798</x:v>
+      </x:c>
+      <x:c r="Q9" s="3" t="n">
+        <x:v>4747</x:v>
+      </x:c>
+      <x:c r="R9" s="3" t="n">
         <x:v>6661</x:v>
       </x:c>
-      <x:c r="AW6" s="3" t="n">
-[...125 lines deleted...]
-      <x:c r="CM6" s="3" t="n">
+      <x:c r="S9" s="3" t="n">
+        <x:v>2428</x:v>
+      </x:c>
+      <x:c r="T9" s="3" t="n">
+        <x:v>5032</x:v>
+      </x:c>
+      <x:c r="U9" s="3" t="n">
+        <x:v>2589</x:v>
+      </x:c>
+      <x:c r="V9" s="3" t="n">
+        <x:v>1916</x:v>
+      </x:c>
+      <x:c r="W9" s="3" t="n">
+        <x:v>4610</x:v>
+      </x:c>
+      <x:c r="X9" s="3" t="n">
+        <x:v>4514</x:v>
+      </x:c>
+      <x:c r="Y9" s="3" t="n">
+        <x:v>5487</x:v>
+      </x:c>
+      <x:c r="Z9" s="3" t="n">
+        <x:v>4677</x:v>
+      </x:c>
+      <x:c r="AA9" s="3" t="n">
+        <x:v>4817</x:v>
+      </x:c>
+      <x:c r="AB9" s="3" t="n">
+        <x:v>4165</x:v>
+      </x:c>
+      <x:c r="AC9" s="3" t="n">
+        <x:v>3650</x:v>
+      </x:c>
+      <x:c r="AD9" s="3" t="n">
+        <x:v>2664</x:v>
+      </x:c>
+      <x:c r="AE9" s="3" t="n">
+        <x:v>4588</x:v>
+      </x:c>
+      <x:c r="AF9" s="3" t="n">
+        <x:v>4403</x:v>
+      </x:c>
+      <x:c r="AG9" s="3" t="n">
+        <x:v>8245</x:v>
+      </x:c>
+      <x:c r="AH9" s="3" t="n">
+        <x:v>8174</x:v>
+      </x:c>
+      <x:c r="AI9" s="3" t="n">
+        <x:v>7339</x:v>
+      </x:c>
+      <x:c r="AJ9" s="3" t="n">
+        <x:v>4618</x:v>
+      </x:c>
+      <x:c r="AK9" s="3" t="n">
+        <x:v>4959</x:v>
+      </x:c>
+      <x:c r="AL9" s="3" t="n">
+        <x:v>4982</x:v>
+      </x:c>
+      <x:c r="AM9" s="3" t="n">
+        <x:v>4845</x:v>
+      </x:c>
+      <x:c r="AN9" s="3" t="n">
+        <x:v>4187</x:v>
+      </x:c>
+      <x:c r="AO9" s="3" t="n">
+        <x:v>3710</x:v>
+      </x:c>
+      <x:c r="AP9" s="3" t="n">
+        <x:v>2927</x:v>
+      </x:c>
+      <x:c r="AQ9" s="3" t="n">
+        <x:v>2205</x:v>
+      </x:c>
+      <x:c r="AR9" s="3" t="n">
+        <x:v>3068</x:v>
+      </x:c>
+      <x:c r="AS9" s="3" t="n">
+        <x:v>3931</x:v>
+      </x:c>
+      <x:c r="AT9" s="3" t="n">
+        <x:v>2228</x:v>
+      </x:c>
+      <x:c r="AU9" s="3" t="n">
+        <x:v>2973</x:v>
+      </x:c>
+      <x:c r="AV9" s="3" t="n">
+        <x:v>2551</x:v>
+      </x:c>
+      <x:c r="AW9" s="3" t="n">
+        <x:v>2260</x:v>
+      </x:c>
+      <x:c r="AX9" s="3" t="n">
+        <x:v>2867</x:v>
+      </x:c>
+      <x:c r="AY9" s="3" t="n">
+        <x:v>3325</x:v>
+      </x:c>
+      <x:c r="AZ9" s="3" t="n">
+        <x:v>2267</x:v>
+      </x:c>
+      <x:c r="BA9" s="3" t="n">
+        <x:v>2628</x:v>
+      </x:c>
+      <x:c r="BB9" s="3" t="n">
+        <x:v>930</x:v>
+      </x:c>
+      <x:c r="BC9" s="3" t="n">
+        <x:v>3178</x:v>
+      </x:c>
+      <x:c r="BD9" s="3" t="n">
+        <x:v>2830</x:v>
+      </x:c>
+      <x:c r="BE9" s="3" t="n">
+        <x:v>4285</x:v>
+      </x:c>
+      <x:c r="BF9" s="3" t="n">
+        <x:v>1752</x:v>
+      </x:c>
+      <x:c r="BG9" s="3" t="n">
+        <x:v>2418</x:v>
+      </x:c>
+      <x:c r="BH9" s="3" t="n">
+        <x:v>2521</x:v>
+      </x:c>
+      <x:c r="BI9" s="3" t="n">
+        <x:v>3756</x:v>
+      </x:c>
+      <x:c r="BJ9" s="3" t="n">
+        <x:v>2416</x:v>
+      </x:c>
+      <x:c r="BK9" s="3" t="n">
+        <x:v>1501</x:v>
+      </x:c>
+      <x:c r="BL9" s="3" t="n">
+        <x:v>2551</x:v>
+      </x:c>
+      <x:c r="BM9" s="3" t="n">
+        <x:v>3536</x:v>
+      </x:c>
+      <x:c r="BN9" s="3" t="n">
+        <x:v>3644</x:v>
+      </x:c>
+      <x:c r="BO9" s="3" t="n">
+        <x:v>3354</x:v>
+      </x:c>
+      <x:c r="BP9" s="3" t="n">
+        <x:v>3353</x:v>
+      </x:c>
+      <x:c r="BQ9" s="3" t="n">
+        <x:v>3563</x:v>
+      </x:c>
+      <x:c r="BR9" s="3" t="n">
+        <x:v>3587</x:v>
+      </x:c>
+      <x:c r="BS9" s="3" t="n">
+        <x:v>3591</x:v>
+      </x:c>
+      <x:c r="BT9" s="3" t="n">
+        <x:v>3449</x:v>
+      </x:c>
+      <x:c r="BU9" s="3" t="n">
+        <x:v>3369</x:v>
+      </x:c>
+      <x:c r="BV9" s="3" t="n">
+        <x:v>3878</x:v>
+      </x:c>
+      <x:c r="BW9" s="3" t="n">
+        <x:v>4037</x:v>
+      </x:c>
+      <x:c r="BX9" s="3" t="n">
+        <x:v>3941</x:v>
+      </x:c>
+      <x:c r="BY9" s="3" t="n">
+        <x:v>4625</x:v>
+      </x:c>
+      <x:c r="BZ9" s="3" t="n">
+        <x:v>4120</x:v>
+      </x:c>
+      <x:c r="CA9" s="3" t="n">
+        <x:v>4288</x:v>
+      </x:c>
+      <x:c r="CB9" s="3" t="n">
+        <x:v>4287</x:v>
+      </x:c>
+      <x:c r="CC9" s="3" t="n">
+        <x:v>4851</x:v>
+      </x:c>
+      <x:c r="CD9" s="3" t="n">
+        <x:v>4326</x:v>
+      </x:c>
+      <x:c r="CE9" s="3" t="n">
+        <x:v>5017</x:v>
+      </x:c>
+      <x:c r="CF9" s="3" t="n">
+        <x:v>5007</x:v>
+      </x:c>
+      <x:c r="CG9" s="3" t="n">
+        <x:v>5684</x:v>
+      </x:c>
+      <x:c r="CH9" s="3" t="n">
+        <x:v>3974</x:v>
+      </x:c>
+      <x:c r="CI9" s="3" t="n">
+        <x:v>3688</x:v>
+      </x:c>
+      <x:c r="CJ9" s="3" t="n">
+        <x:v>4005</x:v>
+      </x:c>
+      <x:c r="CK9" s="3" t="n">
+        <x:v>6003</x:v>
+      </x:c>
+      <x:c r="CL9" s="3" t="n">
+        <x:v>3454</x:v>
+      </x:c>
+      <x:c r="CM9" s="3" t="n">
+        <x:v>2871</x:v>
+      </x:c>
+      <x:c r="CN9" s="3" t="n">
+        <x:v>3259</x:v>
+      </x:c>
+      <x:c r="CO9" s="3" t="n">
+        <x:v>3925</x:v>
+      </x:c>
+      <x:c r="CP9" s="3" t="n">
+        <x:v>4618</x:v>
+      </x:c>
+      <x:c r="CQ9" s="3" t="n">
+        <x:v>4078</x:v>
+      </x:c>
+      <x:c r="CR9" s="3" t="n">
+        <x:v>4414</x:v>
+      </x:c>
+      <x:c r="CS9" s="3" t="n">
+        <x:v>2004</x:v>
+      </x:c>
+      <x:c r="CT9" s="3" t="n">
+        <x:v>3211</x:v>
+      </x:c>
+      <x:c r="CU9" s="3" t="n">
+        <x:v>4352</x:v>
+      </x:c>
+      <x:c r="CV9" s="3" t="n">
+        <x:v>3524</x:v>
+      </x:c>
+      <x:c r="CW9" s="3" t="n">
+        <x:v>4119</x:v>
+      </x:c>
+      <x:c r="CX9" s="3" t="n">
+        <x:v>2192</x:v>
+      </x:c>
+      <x:c r="CY9" s="3" t="n">
+        <x:v>2377</x:v>
+      </x:c>
+      <x:c r="CZ9" s="3" t="n">
+        <x:v>1957</x:v>
+      </x:c>
+      <x:c r="DA9" s="3" t="n">
+        <x:v>2711</x:v>
+      </x:c>
+      <x:c r="DB9" s="3" t="n">
+        <x:v>1334</x:v>
+      </x:c>
+      <x:c r="DC9" s="3" t="n">
+        <x:v>2047</x:v>
+      </x:c>
+      <x:c r="DD9" s="3" t="n">
+        <x:v>1970</x:v>
+      </x:c>
+      <x:c r="DE9" s="3" t="n">
+        <x:v>3105</x:v>
+      </x:c>
+      <x:c r="DF9" s="3" t="n">
+        <x:v>3712</x:v>
+      </x:c>
+      <x:c r="DG9" s="3" t="n">
+        <x:v>4637</x:v>
+      </x:c>
+      <x:c r="DH9" s="3" t="n">
+        <x:v>4228</x:v>
+      </x:c>
+      <x:c r="DI9" s="3" t="n">
+        <x:v>4612</x:v>
+      </x:c>
+      <x:c r="DJ9" s="3" t="n">
+        <x:v>4246</x:v>
+      </x:c>
+      <x:c r="DK9" s="3" t="n">
+        <x:v>4300</x:v>
+      </x:c>
+      <x:c r="DL9" s="3" t="n">
+        <x:v>4088</x:v>
+      </x:c>
+      <x:c r="DM9" s="3" t="n">
+        <x:v>4580</x:v>
+      </x:c>
+      <x:c r="DN9" s="3" t="n">
+        <x:v>6791</x:v>
+      </x:c>
+      <x:c r="DO9" s="3" t="n">
+        <x:v>6780</x:v>
+      </x:c>
+      <x:c r="DP9" s="3" t="n">
+        <x:v>6929</x:v>
+      </x:c>
+      <x:c r="DQ9" s="3" t="n">
+        <x:v>7803</x:v>
+      </x:c>
+      <x:c r="DR9" s="3" t="n">
+        <x:v>6842</x:v>
+      </x:c>
+      <x:c r="DS9" s="3" t="n">
+        <x:v>7676</x:v>
+      </x:c>
+      <x:c r="DT9" s="3" t="n">
+        <x:v>5837</x:v>
+      </x:c>
+      <x:c r="DU9" s="3" t="n">
+        <x:v>4631</x:v>
+      </x:c>
+      <x:c r="DV9" s="3" t="n">
+        <x:v>3540</x:v>
+      </x:c>
+      <x:c r="DW9" s="3" t="n">
+        <x:v>5138</x:v>
+      </x:c>
+      <x:c r="DX9" s="3" t="n">
+        <x:v>4478</x:v>
+      </x:c>
+      <x:c r="DY9" s="3" t="n">
+        <x:v>4786</x:v>
+      </x:c>
+      <x:c r="DZ9" s="3" t="n">
+        <x:v>4624</x:v>
+      </x:c>
+      <x:c r="EA9" s="3" t="n">
+        <x:v>5501</x:v>
+      </x:c>
+      <x:c r="EB9" s="3" t="n">
+        <x:v>4384</x:v>
+      </x:c>
+      <x:c r="EC9" s="3" t="n">
+        <x:v>6268</x:v>
+      </x:c>
+      <x:c r="ED9" s="3" t="n">
+        <x:v>4613</x:v>
+      </x:c>
+      <x:c r="EE9" s="3" t="n">
+        <x:v>5843</x:v>
+      </x:c>
+      <x:c r="EF9" s="3" t="n">
+        <x:v>5483</x:v>
+      </x:c>
+      <x:c r="EG9" s="3" t="n">
+        <x:v>6171</x:v>
+      </x:c>
+      <x:c r="EH9" s="3" t="n">
+        <x:v>5563</x:v>
+      </x:c>
+      <x:c r="EI9" s="3" t="n">
+        <x:v>6477</x:v>
+      </x:c>
+      <x:c r="EJ9" s="3" t="n">
+        <x:v>6400</x:v>
+      </x:c>
+      <x:c r="EK9" s="3" t="n">
+        <x:v>6990</x:v>
+      </x:c>
+      <x:c r="EL9" s="3" t="n">
+        <x:v>6185</x:v>
+      </x:c>
+      <x:c r="EM9" s="3" t="n">
+        <x:v>7002</x:v>
+      </x:c>
+      <x:c r="EN9" s="3" t="n">
+        <x:v>6025</x:v>
+      </x:c>
+      <x:c r="EO9" s="3" t="n">
+        <x:v>6062</x:v>
+      </x:c>
+      <x:c r="EP9" s="3" t="n">
+        <x:v>4509</x:v>
+      </x:c>
+      <x:c r="EQ9" s="3" t="n">
+        <x:v>4998</x:v>
+      </x:c>
+      <x:c r="ER9" s="3" t="n">
+        <x:v>4638</x:v>
+      </x:c>
+      <x:c r="ES9" s="3" t="n">
+        <x:v>5554</x:v>
+      </x:c>
+      <x:c r="ET9" s="3" t="n">
+        <x:v>4975</x:v>
+      </x:c>
+      <x:c r="EU9" s="3" t="n">
+        <x:v>5817</x:v>
+      </x:c>
+      <x:c r="EV9" s="3" t="n">
+        <x:v>5936</x:v>
+      </x:c>
+      <x:c r="EW9" s="3" t="n">
+        <x:v>5557</x:v>
+      </x:c>
+      <x:c r="EX9" s="3" t="n">
+        <x:v>6406</x:v>
+      </x:c>
+      <x:c r="EY9" s="3" t="n">
+        <x:v>9131</x:v>
+      </x:c>
+      <x:c r="EZ9" s="3" t="n">
+        <x:v>8916</x:v>
+      </x:c>
+      <x:c r="FA9" s="3" t="n">
+        <x:v>6814</x:v>
+      </x:c>
+      <x:c r="FB9" s="3" t="n">
+        <x:v>6860</x:v>
+      </x:c>
+      <x:c r="FC9" s="3" t="n">
+        <x:v>10252</x:v>
+      </x:c>
+      <x:c r="FD9" s="3" t="n">
+        <x:v>6513</x:v>
+      </x:c>
+      <x:c r="FE9" s="3" t="n">
+        <x:v>10664</x:v>
+      </x:c>
+      <x:c r="FF9" s="3" t="n">
+        <x:v>5530</x:v>
+      </x:c>
+      <x:c r="FG9" s="3" t="n">
+        <x:v>11666</x:v>
+      </x:c>
+      <x:c r="FH9" s="3" t="n">
+        <x:v>10421</x:v>
+      </x:c>
+      <x:c r="FI9" s="3" t="n">
+        <x:v>8342</x:v>
+      </x:c>
+      <x:c r="FJ9" s="3" t="n">
+        <x:v>7336</x:v>
+      </x:c>
+      <x:c r="FK9" s="3" t="n">
+        <x:v>12124</x:v>
+      </x:c>
+      <x:c r="FL9" s="3" t="n">
+        <x:v>11182</x:v>
+      </x:c>
+      <x:c r="FM9" s="3" t="n">
+        <x:v>9564</x:v>
+      </x:c>
+      <x:c r="FN9" s="3" t="n">
+        <x:v>7166</x:v>
+      </x:c>
+      <x:c r="FO9" s="3" t="n">
+        <x:v>11056</x:v>
+      </x:c>
+      <x:c r="FP9" s="3" t="n">
+        <x:v>9754</x:v>
+      </x:c>
+      <x:c r="FQ9" s="3" t="n">
+        <x:v>10257</x:v>
+      </x:c>
+      <x:c r="FR9" s="3" t="n">
+        <x:v>7630</x:v>
+      </x:c>
+      <x:c r="FS9" s="3" t="n">
+        <x:v>10662</x:v>
+      </x:c>
+      <x:c r="FT9" s="3" t="n">
+        <x:v>12733</x:v>
+      </x:c>
+      <x:c r="FU9" s="3" t="n">
+        <x:v>11454</x:v>
+      </x:c>
+      <x:c r="FV9" s="3" t="n">
+        <x:v>12040</x:v>
+      </x:c>
+      <x:c r="FW9" s="3" t="n">
+        <x:v>14205</x:v>
+      </x:c>
+      <x:c r="FX9" s="3" t="n">
+        <x:v>16349</x:v>
+      </x:c>
+      <x:c r="FY9" s="3" t="n">
+        <x:v>15679</x:v>
+      </x:c>
+      <x:c r="FZ9" s="3" t="n">
+        <x:v>7561</x:v>
+      </x:c>
+      <x:c r="GA9" s="3" t="n">
+        <x:v>24305</x:v>
+      </x:c>
+      <x:c r="GB9" s="3" t="n">
+        <x:v>6757</x:v>
+      </x:c>
+      <x:c r="GC9" s="3" t="n">
+        <x:v>14071</x:v>
+      </x:c>
+      <x:c r="GD9" s="3" t="n">
+        <x:v>9300</x:v>
+      </x:c>
+      <x:c r="GE9" s="3" t="n">
+        <x:v>14292</x:v>
+      </x:c>
+      <x:c r="GF9" s="3" t="n">
+        <x:v>12667</x:v>
+      </x:c>
+      <x:c r="GG9" s="3" t="n">
+        <x:v>19146</x:v>
+      </x:c>
+      <x:c r="GH9" s="3" t="n">
+        <x:v>13420</x:v>
+      </x:c>
+      <x:c r="GI9" s="3" t="n">
+        <x:v>20154</x:v>
+      </x:c>
+      <x:c r="GJ9" s="3" t="n">
+        <x:v>12178</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:192">
+      <x:c r="A10" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="n">
+        <x:v>7414</x:v>
+      </x:c>
+      <x:c r="C10" s="3" t="n">
+        <x:v>10262</x:v>
+      </x:c>
+      <x:c r="D10" s="3" t="n">
+        <x:v>9080</x:v>
+      </x:c>
+      <x:c r="E10" s="3" t="n">
+        <x:v>11710</x:v>
+      </x:c>
+      <x:c r="F10" s="3" t="n">
+        <x:v>7510</x:v>
+      </x:c>
+      <x:c r="G10" s="3" t="n">
+        <x:v>9449</x:v>
+      </x:c>
+      <x:c r="H10" s="3" t="n">
+        <x:v>9293</x:v>
+      </x:c>
+      <x:c r="I10" s="3" t="n">
+        <x:v>11080</x:v>
+      </x:c>
+      <x:c r="J10" s="3" t="n">
+        <x:v>8163</x:v>
+      </x:c>
+      <x:c r="K10" s="3" t="n">
+        <x:v>9853</x:v>
+      </x:c>
+      <x:c r="L10" s="3" t="n">
+        <x:v>9955</x:v>
+      </x:c>
+      <x:c r="M10" s="3" t="n">
+        <x:v>11369</x:v>
+      </x:c>
+      <x:c r="N10" s="3" t="n">
+        <x:v>9066</x:v>
+      </x:c>
+      <x:c r="O10" s="3" t="n">
+        <x:v>11352</x:v>
+      </x:c>
+      <x:c r="P10" s="3" t="n">
+        <x:v>10404</x:v>
+      </x:c>
+      <x:c r="Q10" s="3" t="n">
+        <x:v>12548</x:v>
+      </x:c>
+      <x:c r="R10" s="3" t="n">
+        <x:v>9504</x:v>
+      </x:c>
+      <x:c r="S10" s="3" t="n">
+        <x:v>10946</x:v>
+      </x:c>
+      <x:c r="T10" s="3" t="n">
+        <x:v>9846</x:v>
+      </x:c>
+      <x:c r="U10" s="3" t="n">
+        <x:v>12256</x:v>
+      </x:c>
+      <x:c r="V10" s="3" t="n">
+        <x:v>8921</x:v>
+      </x:c>
+      <x:c r="W10" s="3" t="n">
+        <x:v>10350</x:v>
+      </x:c>
+      <x:c r="X10" s="3" t="n">
+        <x:v>10277</x:v>
+      </x:c>
+      <x:c r="Y10" s="3" t="n">
+        <x:v>11776</x:v>
+      </x:c>
+      <x:c r="Z10" s="3" t="n">
+        <x:v>9724</x:v>
+      </x:c>
+      <x:c r="AA10" s="3" t="n">
+        <x:v>11714</x:v>
+      </x:c>
+      <x:c r="AB10" s="3" t="n">
+        <x:v>12111</x:v>
+      </x:c>
+      <x:c r="AC10" s="3" t="n">
+        <x:v>12285</x:v>
+      </x:c>
+      <x:c r="AD10" s="3" t="n">
+        <x:v>10807</x:v>
+      </x:c>
+      <x:c r="AE10" s="3" t="n">
+        <x:v>13075</x:v>
+      </x:c>
+      <x:c r="AF10" s="3" t="n">
+        <x:v>12383</x:v>
+      </x:c>
+      <x:c r="AG10" s="3" t="n">
+        <x:v>14242</x:v>
+      </x:c>
+      <x:c r="AH10" s="3" t="n">
+        <x:v>11724</x:v>
+      </x:c>
+      <x:c r="AI10" s="3" t="n">
+        <x:v>14893</x:v>
+      </x:c>
+      <x:c r="AJ10" s="3" t="n">
+        <x:v>13146</x:v>
+      </x:c>
+      <x:c r="AK10" s="3" t="n">
+        <x:v>15085</x:v>
+      </x:c>
+      <x:c r="AL10" s="3" t="n">
+        <x:v>12276</x:v>
+      </x:c>
+      <x:c r="AM10" s="3" t="n">
+        <x:v>12848</x:v>
+      </x:c>
+      <x:c r="AN10" s="3" t="n">
+        <x:v>13270</x:v>
+      </x:c>
+      <x:c r="AO10" s="3" t="n">
+        <x:v>15951</x:v>
+      </x:c>
+      <x:c r="AP10" s="3" t="n">
+        <x:v>11384</x:v>
+      </x:c>
+      <x:c r="AQ10" s="3" t="n">
+        <x:v>12882</x:v>
+      </x:c>
+      <x:c r="AR10" s="3" t="n">
+        <x:v>13082</x:v>
+      </x:c>
+      <x:c r="AS10" s="3" t="n">
+        <x:v>15882</x:v>
+      </x:c>
+      <x:c r="AT10" s="3" t="n">
+        <x:v>9558</x:v>
+      </x:c>
+      <x:c r="AU10" s="3" t="n">
         <x:v>12203</x:v>
       </x:c>
-      <x:c r="CN6" s="3" t="n">
-[...297 lines deleted...]
-        <x:v>26425</x:v>
+      <x:c r="AV10" s="3" t="n">
+        <x:v>10527</x:v>
+      </x:c>
+      <x:c r="AW10" s="3" t="n">
+        <x:v>12900</x:v>
+      </x:c>
+      <x:c r="AX10" s="3" t="n">
+        <x:v>9102</x:v>
+      </x:c>
+      <x:c r="AY10" s="3" t="n">
+        <x:v>10590</x:v>
+      </x:c>
+      <x:c r="AZ10" s="3" t="n">
+        <x:v>9880</x:v>
+      </x:c>
+      <x:c r="BA10" s="3" t="n">
+        <x:v>15131</x:v>
+      </x:c>
+      <x:c r="BB10" s="3" t="n">
+        <x:v>8957</x:v>
+      </x:c>
+      <x:c r="BC10" s="3" t="n">
+        <x:v>10236</x:v>
+      </x:c>
+      <x:c r="BD10" s="3" t="n">
+        <x:v>11169</x:v>
+      </x:c>
+      <x:c r="BE10" s="3" t="n">
+        <x:v>14986</x:v>
+      </x:c>
+      <x:c r="BF10" s="3" t="n">
+        <x:v>9107</x:v>
+      </x:c>
+      <x:c r="BG10" s="3" t="n">
+        <x:v>11143</x:v>
+      </x:c>
+      <x:c r="BH10" s="3" t="n">
+        <x:v>10609</x:v>
+      </x:c>
+      <x:c r="BI10" s="3" t="n">
+        <x:v>14170</x:v>
+      </x:c>
+      <x:c r="BJ10" s="3" t="n">
+        <x:v>8983</x:v>
+      </x:c>
+      <x:c r="BK10" s="3" t="n">
+        <x:v>11364</x:v>
+      </x:c>
+      <x:c r="BL10" s="3" t="n">
+        <x:v>10940</x:v>
+      </x:c>
+      <x:c r="BM10" s="3" t="n">
+        <x:v>13713</x:v>
+      </x:c>
+      <x:c r="BN10" s="3" t="n">
+        <x:v>10470</x:v>
+      </x:c>
+      <x:c r="BO10" s="3" t="n">
+        <x:v>12131</x:v>
+      </x:c>
+      <x:c r="BP10" s="3" t="n">
+        <x:v>12622</x:v>
+      </x:c>
+      <x:c r="BQ10" s="3" t="n">
+        <x:v>16769</x:v>
+      </x:c>
+      <x:c r="BR10" s="3" t="n">
+        <x:v>12210</x:v>
+      </x:c>
+      <x:c r="BS10" s="3" t="n">
+        <x:v>13660</x:v>
+      </x:c>
+      <x:c r="BT10" s="3" t="n">
+        <x:v>14052</x:v>
+      </x:c>
+      <x:c r="BU10" s="3" t="n">
+        <x:v>15649</x:v>
+      </x:c>
+      <x:c r="BV10" s="3" t="n">
+        <x:v>13087</x:v>
+      </x:c>
+      <x:c r="BW10" s="3" t="n">
+        <x:v>14613</x:v>
+      </x:c>
+      <x:c r="BX10" s="3" t="n">
+        <x:v>15420</x:v>
+      </x:c>
+      <x:c r="BY10" s="3" t="n">
+        <x:v>20027</x:v>
+      </x:c>
+      <x:c r="BZ10" s="3" t="n">
+        <x:v>15657</x:v>
+      </x:c>
+      <x:c r="CA10" s="3" t="n">
+        <x:v>18606</x:v>
+      </x:c>
+      <x:c r="CB10" s="3" t="n">
+        <x:v>18327</x:v>
+      </x:c>
+      <x:c r="CC10" s="3" t="n">
+        <x:v>23229</x:v>
+      </x:c>
+      <x:c r="CD10" s="3" t="n">
+        <x:v>16995</x:v>
+      </x:c>
+      <x:c r="CE10" s="3" t="n">
+        <x:v>20038</x:v>
+      </x:c>
+      <x:c r="CF10" s="3" t="n">
+        <x:v>21927</x:v>
+      </x:c>
+      <x:c r="CG10" s="3" t="n">
+        <x:v>28318</x:v>
+      </x:c>
+      <x:c r="CH10" s="3" t="n">
+        <x:v>18870</x:v>
+      </x:c>
+      <x:c r="CI10" s="3" t="n">
+        <x:v>21530</x:v>
+      </x:c>
+      <x:c r="CJ10" s="3" t="n">
+        <x:v>23560</x:v>
+      </x:c>
+      <x:c r="CK10" s="3" t="n">
+        <x:v>28042</x:v>
+      </x:c>
+      <x:c r="CL10" s="3" t="n">
+        <x:v>20648</x:v>
+      </x:c>
+      <x:c r="CM10" s="3" t="n">
+        <x:v>22815</x:v>
+      </x:c>
+      <x:c r="CN10" s="3" t="n">
+        <x:v>20814</x:v>
+      </x:c>
+      <x:c r="CO10" s="3" t="n">
+        <x:v>26190</x:v>
+      </x:c>
+      <x:c r="CP10" s="3" t="n">
+        <x:v>19299</x:v>
+      </x:c>
+      <x:c r="CQ10" s="3" t="n">
+        <x:v>23602</x:v>
+      </x:c>
+      <x:c r="CR10" s="3" t="n">
+        <x:v>20959</x:v>
+      </x:c>
+      <x:c r="CS10" s="3" t="n">
+        <x:v>27179</x:v>
+      </x:c>
+      <x:c r="CT10" s="3" t="n">
+        <x:v>22025</x:v>
+      </x:c>
+      <x:c r="CU10" s="3" t="n">
+        <x:v>26308</x:v>
+      </x:c>
+      <x:c r="CV10" s="3" t="n">
+        <x:v>25177</x:v>
+      </x:c>
+      <x:c r="CW10" s="3" t="n">
+        <x:v>27998</x:v>
+      </x:c>
+      <x:c r="CX10" s="3" t="n">
+        <x:v>22182</x:v>
+      </x:c>
+      <x:c r="CY10" s="3" t="n">
+        <x:v>25355</x:v>
+      </x:c>
+      <x:c r="CZ10" s="3" t="n">
+        <x:v>23519</x:v>
+      </x:c>
+      <x:c r="DA10" s="3" t="n">
+        <x:v>27705</x:v>
+      </x:c>
+      <x:c r="DB10" s="3" t="n">
+        <x:v>25745</x:v>
+      </x:c>
+      <x:c r="DC10" s="3" t="n">
+        <x:v>29187</x:v>
+      </x:c>
+      <x:c r="DD10" s="3" t="n">
+        <x:v>28904</x:v>
+      </x:c>
+      <x:c r="DE10" s="3" t="n">
+        <x:v>33139</x:v>
+      </x:c>
+      <x:c r="DF10" s="3" t="n">
+        <x:v>28308</x:v>
+      </x:c>
+      <x:c r="DG10" s="3" t="n">
+        <x:v>33102</x:v>
+      </x:c>
+      <x:c r="DH10" s="3" t="n">
+        <x:v>31536</x:v>
+      </x:c>
+      <x:c r="DI10" s="3" t="n">
+        <x:v>37138</x:v>
+      </x:c>
+      <x:c r="DJ10" s="3" t="n">
+        <x:v>30687</x:v>
+      </x:c>
+      <x:c r="DK10" s="3" t="n">
+        <x:v>35002</x:v>
+      </x:c>
+      <x:c r="DL10" s="3" t="n">
+        <x:v>36449</x:v>
+      </x:c>
+      <x:c r="DM10" s="3" t="n">
+        <x:v>43345</x:v>
+      </x:c>
+      <x:c r="DN10" s="3" t="n">
+        <x:v>30906</x:v>
+      </x:c>
+      <x:c r="DO10" s="3" t="n">
+        <x:v>38389</x:v>
+      </x:c>
+      <x:c r="DP10" s="3" t="n">
+        <x:v>34928</x:v>
+      </x:c>
+      <x:c r="DQ10" s="3" t="n">
+        <x:v>39140</x:v>
+      </x:c>
+      <x:c r="DR10" s="3" t="n">
+        <x:v>32772</x:v>
+      </x:c>
+      <x:c r="DS10" s="3" t="n">
+        <x:v>38113</x:v>
+      </x:c>
+      <x:c r="DT10" s="3" t="n">
+        <x:v>37089</x:v>
+      </x:c>
+      <x:c r="DU10" s="3" t="n">
+        <x:v>42302</x:v>
+      </x:c>
+      <x:c r="DV10" s="3" t="n">
+        <x:v>30347</x:v>
+      </x:c>
+      <x:c r="DW10" s="3" t="n">
+        <x:v>30147</x:v>
+      </x:c>
+      <x:c r="DX10" s="3" t="n">
+        <x:v>28807</x:v>
+      </x:c>
+      <x:c r="DY10" s="3" t="n">
+        <x:v>37697</x:v>
+      </x:c>
+      <x:c r="DZ10" s="3" t="n">
+        <x:v>26858</x:v>
+      </x:c>
+      <x:c r="EA10" s="3" t="n">
+        <x:v>30862</x:v>
+      </x:c>
+      <x:c r="EB10" s="3" t="n">
+        <x:v>28300</x:v>
+      </x:c>
+      <x:c r="EC10" s="3" t="n">
+        <x:v>37507</x:v>
+      </x:c>
+      <x:c r="ED10" s="3" t="n">
+        <x:v>27485</x:v>
+      </x:c>
+      <x:c r="EE10" s="3" t="n">
+        <x:v>35347</x:v>
+      </x:c>
+      <x:c r="EF10" s="3" t="n">
+        <x:v>29342</x:v>
+      </x:c>
+      <x:c r="EG10" s="3" t="n">
+        <x:v>36917</x:v>
+      </x:c>
+      <x:c r="EH10" s="3" t="n">
+        <x:v>31322</x:v>
+      </x:c>
+      <x:c r="EI10" s="3" t="n">
+        <x:v>36285</x:v>
+      </x:c>
+      <x:c r="EJ10" s="3" t="n">
+        <x:v>35534</x:v>
+      </x:c>
+      <x:c r="EK10" s="3" t="n">
+        <x:v>42500</x:v>
+      </x:c>
+      <x:c r="EL10" s="3" t="n">
+        <x:v>30325</x:v>
+      </x:c>
+      <x:c r="EM10" s="3" t="n">
+        <x:v>39360</x:v>
+      </x:c>
+      <x:c r="EN10" s="3" t="n">
+        <x:v>35654</x:v>
+      </x:c>
+      <x:c r="EO10" s="3" t="n">
+        <x:v>43192</x:v>
+      </x:c>
+      <x:c r="EP10" s="3" t="n">
+        <x:v>34704</x:v>
+      </x:c>
+      <x:c r="EQ10" s="3" t="n">
+        <x:v>39062</x:v>
+      </x:c>
+      <x:c r="ER10" s="3" t="n">
+        <x:v>36351</x:v>
+      </x:c>
+      <x:c r="ES10" s="3" t="n">
+        <x:v>42277</x:v>
+      </x:c>
+      <x:c r="ET10" s="3" t="n">
+        <x:v>31150</x:v>
+      </x:c>
+      <x:c r="EU10" s="3" t="n">
+        <x:v>35620</x:v>
+      </x:c>
+      <x:c r="EV10" s="3" t="n">
+        <x:v>34223</x:v>
+      </x:c>
+      <x:c r="EW10" s="3" t="n">
+        <x:v>38764</x:v>
+      </x:c>
+      <x:c r="EX10" s="3" t="n">
+        <x:v>30260</x:v>
+      </x:c>
+      <x:c r="EY10" s="3" t="n">
+        <x:v>34438</x:v>
+      </x:c>
+      <x:c r="EZ10" s="3" t="n">
+        <x:v>35521</x:v>
+      </x:c>
+      <x:c r="FA10" s="3" t="n">
+        <x:v>41278</x:v>
+      </x:c>
+      <x:c r="FB10" s="3" t="n">
+        <x:v>35094</x:v>
+      </x:c>
+      <x:c r="FC10" s="3" t="n">
+        <x:v>38505</x:v>
+      </x:c>
+      <x:c r="FD10" s="3" t="n">
+        <x:v>37718</x:v>
+      </x:c>
+      <x:c r="FE10" s="3" t="n">
+        <x:v>48015</x:v>
+      </x:c>
+      <x:c r="FF10" s="3" t="n">
+        <x:v>39021</x:v>
+      </x:c>
+      <x:c r="FG10" s="3" t="n">
+        <x:v>45103</x:v>
+      </x:c>
+      <x:c r="FH10" s="3" t="n">
+        <x:v>44030</x:v>
+      </x:c>
+      <x:c r="FI10" s="3" t="n">
+        <x:v>51545</x:v>
+      </x:c>
+      <x:c r="FJ10" s="3" t="n">
+        <x:v>42986</x:v>
+      </x:c>
+      <x:c r="FK10" s="3" t="n">
+        <x:v>47413</x:v>
+      </x:c>
+      <x:c r="FL10" s="3" t="n">
+        <x:v>48578</x:v>
+      </x:c>
+      <x:c r="FM10" s="3" t="n">
+        <x:v>53703</x:v>
+      </x:c>
+      <x:c r="FN10" s="3" t="n">
+        <x:v>39923</x:v>
+      </x:c>
+      <x:c r="FO10" s="3" t="n">
+        <x:v>43376</x:v>
+      </x:c>
+      <x:c r="FP10" s="3" t="n">
+        <x:v>42432</x:v>
+      </x:c>
+      <x:c r="FQ10" s="3" t="n">
+        <x:v>46750</x:v>
+      </x:c>
+      <x:c r="FR10" s="3" t="n">
+        <x:v>40462</x:v>
+      </x:c>
+      <x:c r="FS10" s="3" t="n">
+        <x:v>42284</x:v>
+      </x:c>
+      <x:c r="FT10" s="3" t="n">
+        <x:v>42540</x:v>
+      </x:c>
+      <x:c r="FU10" s="3" t="n">
+        <x:v>49911</x:v>
+      </x:c>
+      <x:c r="FV10" s="3" t="n">
+        <x:v>36028</x:v>
+      </x:c>
+      <x:c r="FW10" s="3" t="n">
+        <x:v>43625</x:v>
+      </x:c>
+      <x:c r="FX10" s="3" t="n">
+        <x:v>36906</x:v>
+      </x:c>
+      <x:c r="FY10" s="3" t="n">
+        <x:v>42335</x:v>
+      </x:c>
+      <x:c r="FZ10" s="3" t="n">
+        <x:v>40768</x:v>
+      </x:c>
+      <x:c r="GA10" s="3" t="n">
+        <x:v>39423</x:v>
+      </x:c>
+      <x:c r="GB10" s="3" t="n">
+        <x:v>40026</x:v>
+      </x:c>
+      <x:c r="GC10" s="3" t="n">
+        <x:v>51336</x:v>
+      </x:c>
+      <x:c r="GD10" s="3" t="n">
+        <x:v>39895</x:v>
+      </x:c>
+      <x:c r="GE10" s="3" t="n">
+        <x:v>43512</x:v>
+      </x:c>
+      <x:c r="GF10" s="3" t="n">
+        <x:v>45781</x:v>
+      </x:c>
+      <x:c r="GG10" s="3" t="n">
+        <x:v>51417</x:v>
+      </x:c>
+      <x:c r="GH10" s="3" t="n">
+        <x:v>37468</x:v>
+      </x:c>
+      <x:c r="GI10" s="3" t="n">
+        <x:v>40905</x:v>
+      </x:c>
+      <x:c r="GJ10" s="3" t="n">
+        <x:v>45071</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:191">
-[...2299 lines deleted...]
-    <x:row r="11" spans="1:191">
+    <x:row r="11" spans="1:192">
       <x:c r="A11" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J11" s="3" t="n">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K11" s="3" t="n">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L11" s="3" t="n">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M11" s="3" t="n">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="O11" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="P11" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q11" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R11" s="3" t="n">
         <x:v>-8</x:v>
       </x:c>
       <x:c r="S11" s="3" t="n">
         <x:v>-8</x:v>
       </x:c>
       <x:c r="T11" s="3" t="n">
         <x:v>-8</x:v>
       </x:c>
       <x:c r="U11" s="3" t="n">
         <x:v>-8</x:v>
       </x:c>
       <x:c r="V11" s="3" t="n">
         <x:v>-1</x:v>
       </x:c>
       <x:c r="W11" s="3" t="n">
         <x:v>-1</x:v>
       </x:c>
       <x:c r="X11" s="3" t="n">
         <x:v>-1</x:v>
       </x:c>
       <x:c r="Y11" s="3" t="n">
         <x:v>-1</x:v>
       </x:c>
       <x:c r="Z11" s="3" t="n">
         <x:v>-10</x:v>
       </x:c>
       <x:c r="AA11" s="3" t="n">
         <x:v>-10</x:v>
       </x:c>
       <x:c r="AB11" s="3" t="n">
         <x:v>-10</x:v>
       </x:c>
       <x:c r="AC11" s="3" t="n">
         <x:v>-10</x:v>
       </x:c>
       <x:c r="AD11" s="3" t="n">
         <x:v>-20</x:v>
       </x:c>
       <x:c r="AE11" s="3" t="n">
         <x:v>-20</x:v>
       </x:c>
       <x:c r="AF11" s="3" t="n">
         <x:v>-20</x:v>
       </x:c>
       <x:c r="AG11" s="3" t="n">
         <x:v>-20</x:v>
       </x:c>
       <x:c r="AH11" s="3" t="n">
-        <x:v>-19</x:v>
+        <x:v>-20</x:v>
       </x:c>
       <x:c r="AI11" s="3" t="n">
-        <x:v>-19</x:v>
+        <x:v>-20</x:v>
       </x:c>
       <x:c r="AJ11" s="3" t="n">
-        <x:v>-19</x:v>
+        <x:v>-20</x:v>
       </x:c>
       <x:c r="AK11" s="3" t="n">
-        <x:v>-19</x:v>
+        <x:v>-20</x:v>
       </x:c>
       <x:c r="AL11" s="3" t="n">
-        <x:v>-21</x:v>
+        <x:v>-22</x:v>
       </x:c>
       <x:c r="AM11" s="3" t="n">
-        <x:v>-21</x:v>
+        <x:v>-22</x:v>
       </x:c>
       <x:c r="AN11" s="3" t="n">
-        <x:v>-21</x:v>
+        <x:v>-22</x:v>
       </x:c>
       <x:c r="AO11" s="3" t="n">
-        <x:v>-21</x:v>
+        <x:v>-22</x:v>
       </x:c>
       <x:c r="AP11" s="3" t="n">
         <x:v>-4</x:v>
       </x:c>
       <x:c r="AQ11" s="3" t="n">
         <x:v>-4</x:v>
       </x:c>
       <x:c r="AR11" s="3" t="n">
         <x:v>-4</x:v>
       </x:c>
       <x:c r="AS11" s="3" t="n">
         <x:v>-4</x:v>
       </x:c>
       <x:c r="AT11" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="AU11" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="AV11" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="AW11" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="AX11" s="3" t="n">
-        <x:v>-6</x:v>
+        <x:v>-7</x:v>
       </x:c>
       <x:c r="AY11" s="3" t="n">
-        <x:v>-6</x:v>
+        <x:v>-7</x:v>
       </x:c>
       <x:c r="AZ11" s="3" t="n">
-        <x:v>-6</x:v>
+        <x:v>-7</x:v>
       </x:c>
       <x:c r="BA11" s="3" t="n">
-        <x:v>-6</x:v>
+        <x:v>-7</x:v>
       </x:c>
       <x:c r="BB11" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="BC11" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="BD11" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="BE11" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="BF11" s="3" t="n">
         <x:v>-5</x:v>
       </x:c>
       <x:c r="BG11" s="3" t="n">
         <x:v>-5</x:v>
       </x:c>
       <x:c r="BH11" s="3" t="n">
         <x:v>-5</x:v>
       </x:c>
       <x:c r="BI11" s="3" t="n">
         <x:v>-5</x:v>
       </x:c>
       <x:c r="BJ11" s="3" t="n">
         <x:v>-6</x:v>
       </x:c>
       <x:c r="BK11" s="3" t="n">
         <x:v>-6</x:v>
       </x:c>
       <x:c r="BL11" s="3" t="n">
         <x:v>-6</x:v>
       </x:c>
       <x:c r="BM11" s="3" t="n">
         <x:v>-6</x:v>
       </x:c>
@@ -5355,1685 +5379,1694 @@
       <x:c r="BR11" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="BS11" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="BT11" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="BU11" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="BV11" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="BW11" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="BX11" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="BY11" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="BZ11" s="3" t="n">
-        <x:v>-19</x:v>
+        <x:v>-20</x:v>
       </x:c>
       <x:c r="CA11" s="3" t="n">
-        <x:v>-19</x:v>
+        <x:v>-20</x:v>
       </x:c>
       <x:c r="CB11" s="3" t="n">
-        <x:v>-19</x:v>
+        <x:v>-20</x:v>
       </x:c>
       <x:c r="CC11" s="3" t="n">
-        <x:v>-19</x:v>
+        <x:v>-20</x:v>
       </x:c>
       <x:c r="CD11" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="CE11" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="CF11" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="CG11" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="CH11" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="CI11" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="CJ11" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="CK11" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="CL11" s="3" t="n">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="CM11" s="3" t="n">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="CN11" s="3" t="n">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="CO11" s="3" t="n">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="CP11" s="3" t="n">
-        <x:v>-140</x:v>
+        <x:v>-145</x:v>
       </x:c>
       <x:c r="CQ11" s="3" t="n">
-        <x:v>-140</x:v>
+        <x:v>-145</x:v>
       </x:c>
       <x:c r="CR11" s="3" t="n">
-        <x:v>-140</x:v>
+        <x:v>-145</x:v>
       </x:c>
       <x:c r="CS11" s="3" t="n">
-        <x:v>-140</x:v>
+        <x:v>-145</x:v>
       </x:c>
       <x:c r="CT11" s="3" t="n">
         <x:v>-16</x:v>
       </x:c>
       <x:c r="CU11" s="3" t="n">
         <x:v>-16</x:v>
       </x:c>
       <x:c r="CV11" s="3" t="n">
         <x:v>-16</x:v>
       </x:c>
       <x:c r="CW11" s="3" t="n">
         <x:v>-16</x:v>
       </x:c>
       <x:c r="CX11" s="3" t="n">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="CY11" s="3" t="n">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="CZ11" s="3" t="n">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="DA11" s="3" t="n">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="DB11" s="3" t="n">
-        <x:v>-38</x:v>
+        <x:v>-39</x:v>
       </x:c>
       <x:c r="DC11" s="3" t="n">
-        <x:v>-38</x:v>
+        <x:v>-39</x:v>
       </x:c>
       <x:c r="DD11" s="3" t="n">
-        <x:v>-38</x:v>
+        <x:v>-39</x:v>
       </x:c>
       <x:c r="DE11" s="3" t="n">
-        <x:v>-38</x:v>
+        <x:v>-39</x:v>
       </x:c>
       <x:c r="DF11" s="3" t="n">
-        <x:v>-63</x:v>
+        <x:v>-65</x:v>
       </x:c>
       <x:c r="DG11" s="3" t="n">
-        <x:v>-63</x:v>
+        <x:v>-65</x:v>
       </x:c>
       <x:c r="DH11" s="3" t="n">
-        <x:v>-63</x:v>
+        <x:v>-65</x:v>
       </x:c>
       <x:c r="DI11" s="3" t="n">
-        <x:v>-63</x:v>
+        <x:v>-65</x:v>
       </x:c>
       <x:c r="DJ11" s="3" t="n">
-        <x:v>-27</x:v>
+        <x:v>-28</x:v>
       </x:c>
       <x:c r="DK11" s="3" t="n">
-        <x:v>-27</x:v>
+        <x:v>-28</x:v>
       </x:c>
       <x:c r="DL11" s="3" t="n">
-        <x:v>-27</x:v>
+        <x:v>-28</x:v>
       </x:c>
       <x:c r="DM11" s="3" t="n">
-        <x:v>-27</x:v>
+        <x:v>-28</x:v>
       </x:c>
       <x:c r="DN11" s="3" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="DO11" s="3" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="DP11" s="3" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="DQ11" s="3" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="DR11" s="3" t="n">
-        <x:v>-78</x:v>
+        <x:v>-81</x:v>
       </x:c>
       <x:c r="DS11" s="3" t="n">
-        <x:v>-78</x:v>
+        <x:v>-81</x:v>
       </x:c>
       <x:c r="DT11" s="3" t="n">
-        <x:v>-78</x:v>
+        <x:v>-81</x:v>
       </x:c>
       <x:c r="DU11" s="3" t="n">
-        <x:v>-78</x:v>
+        <x:v>-81</x:v>
       </x:c>
       <x:c r="DV11" s="3" t="n">
-        <x:v>-26</x:v>
+        <x:v>-27</x:v>
       </x:c>
       <x:c r="DW11" s="3" t="n">
-        <x:v>-26</x:v>
+        <x:v>-27</x:v>
       </x:c>
       <x:c r="DX11" s="3" t="n">
-        <x:v>-26</x:v>
+        <x:v>-27</x:v>
       </x:c>
       <x:c r="DY11" s="3" t="n">
-        <x:v>-26</x:v>
+        <x:v>-27</x:v>
       </x:c>
       <x:c r="DZ11" s="3" t="n">
-        <x:v>-27</x:v>
+        <x:v>-28</x:v>
       </x:c>
       <x:c r="EA11" s="3" t="n">
-        <x:v>-27</x:v>
+        <x:v>-28</x:v>
       </x:c>
       <x:c r="EB11" s="3" t="n">
-        <x:v>-27</x:v>
+        <x:v>-28</x:v>
       </x:c>
       <x:c r="EC11" s="3" t="n">
-        <x:v>-27</x:v>
+        <x:v>-28</x:v>
       </x:c>
       <x:c r="ED11" s="3" t="n">
-        <x:v>-41</x:v>
+        <x:v>-43</x:v>
       </x:c>
       <x:c r="EE11" s="3" t="n">
-        <x:v>-41</x:v>
+        <x:v>-43</x:v>
       </x:c>
       <x:c r="EF11" s="3" t="n">
-        <x:v>-41</x:v>
+        <x:v>-43</x:v>
       </x:c>
       <x:c r="EG11" s="3" t="n">
-        <x:v>-41</x:v>
+        <x:v>-43</x:v>
       </x:c>
       <x:c r="EH11" s="3" t="n">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="EI11" s="3" t="n">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="EJ11" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="EK11" s="3" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="EL11" s="3" t="n">
-        <x:v>-101</x:v>
+        <x:v>-104</x:v>
       </x:c>
       <x:c r="EM11" s="3" t="n">
-        <x:v>-101</x:v>
+        <x:v>-105</x:v>
       </x:c>
       <x:c r="EN11" s="3" t="n">
-        <x:v>-111</x:v>
+        <x:v>-114</x:v>
       </x:c>
       <x:c r="EO11" s="3" t="n">
-        <x:v>-103</x:v>
+        <x:v>-107</x:v>
       </x:c>
       <x:c r="EP11" s="3" t="n">
         <x:v>-3</x:v>
       </x:c>
       <x:c r="EQ11" s="3" t="n">
         <x:v>-3</x:v>
       </x:c>
       <x:c r="ER11" s="3" t="n">
-        <x:v>-3</x:v>
+        <x:v>-4</x:v>
       </x:c>
       <x:c r="ES11" s="3" t="n">
         <x:v>-3</x:v>
       </x:c>
       <x:c r="ET11" s="3" t="n">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="EU11" s="3" t="n">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="EV11" s="3" t="n">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="EW11" s="3" t="n">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="EX11" s="3" t="n">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="EY11" s="3" t="n">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="EZ11" s="3" t="n">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="FA11" s="3" t="n">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="FB11" s="3" t="n">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="FC11" s="3" t="n">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="FD11" s="3" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="FE11" s="3" t="n">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="FF11" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="FG11" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="FH11" s="3" t="n">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="FI11" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="FJ11" s="3" t="n">
-        <x:v>5</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="FK11" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="FL11" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="FM11" s="3" t="n">
-        <x:v>7</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="FN11" s="3" t="n">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="FO11" s="3" t="n">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="FP11" s="3" t="n">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="FQ11" s="3" t="n">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="FR11" s="3" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="FS11" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="FT11" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="FU11" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="FV11" s="3" t="n">
+        <x:v>-44</x:v>
+      </x:c>
+      <x:c r="FW11" s="3" t="n">
         <x:v>-43</x:v>
       </x:c>
-      <x:c r="FW11" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="FX11" s="3" t="n">
-        <x:v>-21</x:v>
+        <x:v>-22</x:v>
       </x:c>
       <x:c r="FY11" s="3" t="n">
-        <x:v>-41</x:v>
+        <x:v>-42</x:v>
       </x:c>
       <x:c r="FZ11" s="3" t="n">
-        <x:v>-24</x:v>
+        <x:v>-33</x:v>
       </x:c>
       <x:c r="GA11" s="3" t="n">
-        <x:v>-26</x:v>
+        <x:v>-36</x:v>
       </x:c>
       <x:c r="GB11" s="3" t="n">
-        <x:v>-57</x:v>
+        <x:v>-76</x:v>
       </x:c>
       <x:c r="GC11" s="3" t="n">
-        <x:v>-27</x:v>
+        <x:v>-37</x:v>
       </x:c>
       <x:c r="GD11" s="3" t="n">
-        <x:v>-24</x:v>
+        <x:v>-33</x:v>
       </x:c>
       <x:c r="GE11" s="3" t="n">
-        <x:v>-27</x:v>
+        <x:v>-42</x:v>
       </x:c>
       <x:c r="GF11" s="3" t="n">
-        <x:v>-64</x:v>
+        <x:v>-77</x:v>
       </x:c>
       <x:c r="GG11" s="3" t="n">
-        <x:v>-27</x:v>
+        <x:v>-38</x:v>
       </x:c>
       <x:c r="GH11" s="3" t="n">
-        <x:v>-24</x:v>
+        <x:v>-33</x:v>
       </x:c>
       <x:c r="GI11" s="3" t="n">
-        <x:v>-27</x:v>
+        <x:v>-43</x:v>
+      </x:c>
+      <x:c r="GJ11" s="3" t="n">
+        <x:v>-77</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:191">
+    <x:row r="12" spans="1:192">
       <x:c r="A12" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>3958</x:v>
+        <x:v>4169</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>3998</x:v>
+        <x:v>4210</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>4037</x:v>
+        <x:v>4252</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>4037</x:v>
+        <x:v>4252</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>4248</x:v>
+        <x:v>4470</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>4290</x:v>
+        <x:v>4514</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
-        <x:v>4332</x:v>
+        <x:v>4559</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
-        <x:v>4332</x:v>
+        <x:v>4559</x:v>
       </x:c>
       <x:c r="J12" s="3" t="n">
-        <x:v>4762</x:v>
+        <x:v>5017</x:v>
       </x:c>
       <x:c r="K12" s="3" t="n">
-        <x:v>4762</x:v>
+        <x:v>5017</x:v>
       </x:c>
       <x:c r="L12" s="3" t="n">
-        <x:v>4808</x:v>
+        <x:v>5065</x:v>
       </x:c>
       <x:c r="M12" s="3" t="n">
-        <x:v>4808</x:v>
+        <x:v>5065</x:v>
       </x:c>
       <x:c r="N12" s="3" t="n">
-        <x:v>4979</x:v>
+        <x:v>5256</x:v>
       </x:c>
       <x:c r="O12" s="3" t="n">
-        <x:v>5026</x:v>
+        <x:v>5307</x:v>
       </x:c>
       <x:c r="P12" s="3" t="n">
-        <x:v>5074</x:v>
+        <x:v>5357</x:v>
       </x:c>
       <x:c r="Q12" s="3" t="n">
-        <x:v>5074</x:v>
+        <x:v>5357</x:v>
       </x:c>
       <x:c r="R12" s="3" t="n">
-        <x:v>5307</x:v>
+        <x:v>5599</x:v>
       </x:c>
       <x:c r="S12" s="3" t="n">
-        <x:v>5358</x:v>
+        <x:v>5652</x:v>
       </x:c>
       <x:c r="T12" s="3" t="n">
-        <x:v>5409</x:v>
+        <x:v>5706</x:v>
       </x:c>
       <x:c r="U12" s="3" t="n">
-        <x:v>5409</x:v>
+        <x:v>5706</x:v>
       </x:c>
       <x:c r="V12" s="3" t="n">
-        <x:v>5729</x:v>
+        <x:v>6046</x:v>
       </x:c>
       <x:c r="W12" s="3" t="n">
-        <x:v>5783</x:v>
+        <x:v>6103</x:v>
       </x:c>
       <x:c r="X12" s="3" t="n">
-        <x:v>5837</x:v>
+        <x:v>6159</x:v>
       </x:c>
       <x:c r="Y12" s="3" t="n">
-        <x:v>5837</x:v>
+        <x:v>6159</x:v>
       </x:c>
       <x:c r="Z12" s="3" t="n">
-        <x:v>6626</x:v>
+        <x:v>6979</x:v>
       </x:c>
       <x:c r="AA12" s="3" t="n">
-        <x:v>6626</x:v>
+        <x:v>6979</x:v>
       </x:c>
       <x:c r="AB12" s="3" t="n">
-        <x:v>6686</x:v>
+        <x:v>7042</x:v>
       </x:c>
       <x:c r="AC12" s="3" t="n">
-        <x:v>6686</x:v>
+        <x:v>7042</x:v>
       </x:c>
       <x:c r="AD12" s="3" t="n">
-        <x:v>7656</x:v>
+        <x:v>8065</x:v>
       </x:c>
       <x:c r="AE12" s="3" t="n">
-        <x:v>7722</x:v>
+        <x:v>8134</x:v>
       </x:c>
       <x:c r="AF12" s="3" t="n">
-        <x:v>7787</x:v>
+        <x:v>8203</x:v>
       </x:c>
       <x:c r="AG12" s="3" t="n">
-        <x:v>7787</x:v>
+        <x:v>8203</x:v>
       </x:c>
       <x:c r="AH12" s="3" t="n">
-        <x:v>8169</x:v>
+        <x:v>8647</x:v>
       </x:c>
       <x:c r="AI12" s="3" t="n">
-        <x:v>8238</x:v>
+        <x:v>8720</x:v>
       </x:c>
       <x:c r="AJ12" s="3" t="n">
-        <x:v>8306</x:v>
+        <x:v>8792</x:v>
       </x:c>
       <x:c r="AK12" s="3" t="n">
-        <x:v>8306</x:v>
+        <x:v>8792</x:v>
       </x:c>
       <x:c r="AL12" s="3" t="n">
-        <x:v>8273</x:v>
+        <x:v>8738</x:v>
       </x:c>
       <x:c r="AM12" s="3" t="n">
-        <x:v>8343</x:v>
+        <x:v>8812</x:v>
       </x:c>
       <x:c r="AN12" s="3" t="n">
-        <x:v>8412</x:v>
+        <x:v>8885</x:v>
       </x:c>
       <x:c r="AO12" s="3" t="n">
-        <x:v>8412</x:v>
+        <x:v>8885</x:v>
       </x:c>
       <x:c r="AP12" s="3" t="n">
-        <x:v>8024</x:v>
+        <x:v>8485</x:v>
       </x:c>
       <x:c r="AQ12" s="3" t="n">
-        <x:v>8024</x:v>
+        <x:v>8485</x:v>
       </x:c>
       <x:c r="AR12" s="3" t="n">
-        <x:v>8091</x:v>
+        <x:v>8557</x:v>
       </x:c>
       <x:c r="AS12" s="3" t="n">
-        <x:v>8091</x:v>
+        <x:v>8557</x:v>
       </x:c>
       <x:c r="AT12" s="3" t="n">
-        <x:v>7917</x:v>
+        <x:v>8376</x:v>
       </x:c>
       <x:c r="AU12" s="3" t="n">
-        <x:v>7988</x:v>
+        <x:v>8450</x:v>
       </x:c>
       <x:c r="AV12" s="3" t="n">
-        <x:v>8058</x:v>
+        <x:v>8525</x:v>
       </x:c>
       <x:c r="AW12" s="3" t="n">
-        <x:v>8058</x:v>
+        <x:v>8525</x:v>
       </x:c>
       <x:c r="AX12" s="3" t="n">
-        <x:v>8079</x:v>
+        <x:v>8550</x:v>
       </x:c>
       <x:c r="AY12" s="3" t="n">
-        <x:v>8151</x:v>
+        <x:v>8626</x:v>
       </x:c>
       <x:c r="AZ12" s="3" t="n">
-        <x:v>8223</x:v>
+        <x:v>8703</x:v>
       </x:c>
       <x:c r="BA12" s="3" t="n">
-        <x:v>8223</x:v>
+        <x:v>8703</x:v>
       </x:c>
       <x:c r="BB12" s="3" t="n">
-        <x:v>7911</x:v>
+        <x:v>8375</x:v>
       </x:c>
       <x:c r="BC12" s="3" t="n">
-        <x:v>7970</x:v>
+        <x:v>8438</x:v>
       </x:c>
       <x:c r="BD12" s="3" t="n">
-        <x:v>8029</x:v>
+        <x:v>8500</x:v>
       </x:c>
       <x:c r="BE12" s="3" t="n">
-        <x:v>8029</x:v>
+        <x:v>8500</x:v>
       </x:c>
       <x:c r="BF12" s="3" t="n">
-        <x:v>8141</x:v>
+        <x:v>8611</x:v>
       </x:c>
       <x:c r="BG12" s="3" t="n">
-        <x:v>8141</x:v>
+        <x:v>8611</x:v>
       </x:c>
       <x:c r="BH12" s="3" t="n">
-        <x:v>8204</x:v>
+        <x:v>8677</x:v>
       </x:c>
       <x:c r="BI12" s="3" t="n">
-        <x:v>8204</x:v>
+        <x:v>8677</x:v>
       </x:c>
       <x:c r="BJ12" s="3" t="n">
-        <x:v>9064</x:v>
+        <x:v>9956</x:v>
       </x:c>
       <x:c r="BK12" s="3" t="n">
-        <x:v>9131</x:v>
+        <x:v>10030</x:v>
       </x:c>
       <x:c r="BL12" s="3" t="n">
-        <x:v>9198</x:v>
+        <x:v>10103</x:v>
       </x:c>
       <x:c r="BM12" s="3" t="n">
-        <x:v>9198</x:v>
+        <x:v>10103</x:v>
       </x:c>
       <x:c r="BN12" s="3" t="n">
-        <x:v>9350</x:v>
+        <x:v>9968</x:v>
       </x:c>
       <x:c r="BO12" s="3" t="n">
-        <x:v>9421</x:v>
+        <x:v>10044</x:v>
       </x:c>
       <x:c r="BP12" s="3" t="n">
-        <x:v>9492</x:v>
+        <x:v>10119</x:v>
       </x:c>
       <x:c r="BQ12" s="3" t="n">
-        <x:v>9492</x:v>
+        <x:v>10119</x:v>
       </x:c>
       <x:c r="BR12" s="3" t="n">
-        <x:v>9564</x:v>
+        <x:v>10406</x:v>
       </x:c>
       <x:c r="BS12" s="3" t="n">
-        <x:v>9564</x:v>
+        <x:v>10406</x:v>
       </x:c>
       <x:c r="BT12" s="3" t="n">
-        <x:v>9564</x:v>
+        <x:v>10406</x:v>
       </x:c>
       <x:c r="BU12" s="3" t="n">
-        <x:v>9564</x:v>
+        <x:v>10406</x:v>
       </x:c>
       <x:c r="BV12" s="3" t="n">
-        <x:v>10075</x:v>
+        <x:v>10805</x:v>
       </x:c>
       <x:c r="BW12" s="3" t="n">
-        <x:v>10075</x:v>
+        <x:v>10805</x:v>
       </x:c>
       <x:c r="BX12" s="3" t="n">
-        <x:v>10075</x:v>
+        <x:v>10805</x:v>
       </x:c>
       <x:c r="BY12" s="3" t="n">
-        <x:v>10075</x:v>
+        <x:v>10805</x:v>
       </x:c>
       <x:c r="BZ12" s="3" t="n">
-        <x:v>10330</x:v>
+        <x:v>11120</x:v>
       </x:c>
       <x:c r="CA12" s="3" t="n">
-        <x:v>10330</x:v>
+        <x:v>11120</x:v>
       </x:c>
       <x:c r="CB12" s="3" t="n">
-        <x:v>10330</x:v>
+        <x:v>11120</x:v>
       </x:c>
       <x:c r="CC12" s="3" t="n">
-        <x:v>10330</x:v>
+        <x:v>11120</x:v>
       </x:c>
       <x:c r="CD12" s="3" t="n">
-        <x:v>10309</x:v>
+        <x:v>11090</x:v>
       </x:c>
       <x:c r="CE12" s="3" t="n">
-        <x:v>10309</x:v>
+        <x:v>11090</x:v>
       </x:c>
       <x:c r="CF12" s="3" t="n">
-        <x:v>10309</x:v>
+        <x:v>11090</x:v>
       </x:c>
       <x:c r="CG12" s="3" t="n">
-        <x:v>10309</x:v>
+        <x:v>11090</x:v>
       </x:c>
       <x:c r="CH12" s="3" t="n">
-        <x:v>10595</x:v>
+        <x:v>11465</x:v>
       </x:c>
       <x:c r="CI12" s="3" t="n">
-        <x:v>10595</x:v>
+        <x:v>11465</x:v>
       </x:c>
       <x:c r="CJ12" s="3" t="n">
-        <x:v>10595</x:v>
+        <x:v>11465</x:v>
       </x:c>
       <x:c r="CK12" s="3" t="n">
-        <x:v>10595</x:v>
+        <x:v>11465</x:v>
       </x:c>
       <x:c r="CL12" s="3" t="n">
-        <x:v>10879</x:v>
+        <x:v>11774</x:v>
       </x:c>
       <x:c r="CM12" s="3" t="n">
-        <x:v>10879</x:v>
+        <x:v>11774</x:v>
       </x:c>
       <x:c r="CN12" s="3" t="n">
-        <x:v>10879</x:v>
+        <x:v>11774</x:v>
       </x:c>
       <x:c r="CO12" s="3" t="n">
-        <x:v>10879</x:v>
+        <x:v>11774</x:v>
       </x:c>
       <x:c r="CP12" s="3" t="n">
-        <x:v>11878</x:v>
+        <x:v>12865</x:v>
       </x:c>
       <x:c r="CQ12" s="3" t="n">
-        <x:v>11878</x:v>
+        <x:v>12865</x:v>
       </x:c>
       <x:c r="CR12" s="3" t="n">
-        <x:v>11878</x:v>
+        <x:v>12865</x:v>
       </x:c>
       <x:c r="CS12" s="3" t="n">
-        <x:v>11878</x:v>
+        <x:v>12865</x:v>
       </x:c>
       <x:c r="CT12" s="3" t="n">
-        <x:v>12718</x:v>
+        <x:v>13758</x:v>
       </x:c>
       <x:c r="CU12" s="3" t="n">
-        <x:v>12718</x:v>
+        <x:v>13758</x:v>
       </x:c>
       <x:c r="CV12" s="3" t="n">
-        <x:v>12718</x:v>
+        <x:v>13758</x:v>
       </x:c>
       <x:c r="CW12" s="3" t="n">
-        <x:v>12718</x:v>
+        <x:v>13758</x:v>
       </x:c>
       <x:c r="CX12" s="3" t="n">
-        <x:v>14219</x:v>
+        <x:v>15558</x:v>
       </x:c>
       <x:c r="CY12" s="3" t="n">
-        <x:v>14219</x:v>
+        <x:v>15558</x:v>
       </x:c>
       <x:c r="CZ12" s="3" t="n">
-        <x:v>14219</x:v>
+        <x:v>15558</x:v>
       </x:c>
       <x:c r="DA12" s="3" t="n">
-        <x:v>14219</x:v>
+        <x:v>15558</x:v>
       </x:c>
       <x:c r="DB12" s="3" t="n">
-        <x:v>15096</x:v>
+        <x:v>16989</x:v>
       </x:c>
       <x:c r="DC12" s="3" t="n">
-        <x:v>15096</x:v>
+        <x:v>16989</x:v>
       </x:c>
       <x:c r="DD12" s="3" t="n">
-        <x:v>15096</x:v>
+        <x:v>16989</x:v>
       </x:c>
       <x:c r="DE12" s="3" t="n">
-        <x:v>15096</x:v>
+        <x:v>16989</x:v>
       </x:c>
       <x:c r="DF12" s="3" t="n">
-        <x:v>13588</x:v>
+        <x:v>15083</x:v>
       </x:c>
       <x:c r="DG12" s="3" t="n">
-        <x:v>13588</x:v>
+        <x:v>15083</x:v>
       </x:c>
       <x:c r="DH12" s="3" t="n">
-        <x:v>13588</x:v>
+        <x:v>15083</x:v>
       </x:c>
       <x:c r="DI12" s="3" t="n">
-        <x:v>13588</x:v>
+        <x:v>15083</x:v>
       </x:c>
       <x:c r="DJ12" s="3" t="n">
-        <x:v>14356</x:v>
+        <x:v>15881</x:v>
       </x:c>
       <x:c r="DK12" s="3" t="n">
-        <x:v>14356</x:v>
+        <x:v>15881</x:v>
       </x:c>
       <x:c r="DL12" s="3" t="n">
-        <x:v>14356</x:v>
+        <x:v>15881</x:v>
       </x:c>
       <x:c r="DM12" s="3" t="n">
-        <x:v>14356</x:v>
+        <x:v>15881</x:v>
       </x:c>
       <x:c r="DN12" s="3" t="n">
-        <x:v>17384</x:v>
+        <x:v>19353</x:v>
       </x:c>
       <x:c r="DO12" s="3" t="n">
-        <x:v>17384</x:v>
+        <x:v>19353</x:v>
       </x:c>
       <x:c r="DP12" s="3" t="n">
-        <x:v>17384</x:v>
+        <x:v>19353</x:v>
       </x:c>
       <x:c r="DQ12" s="3" t="n">
-        <x:v>17384</x:v>
+        <x:v>19353</x:v>
       </x:c>
       <x:c r="DR12" s="3" t="n">
-        <x:v>20012</x:v>
+        <x:v>22297</x:v>
       </x:c>
       <x:c r="DS12" s="3" t="n">
-        <x:v>20012</x:v>
+        <x:v>22297</x:v>
       </x:c>
       <x:c r="DT12" s="3" t="n">
-        <x:v>20012</x:v>
+        <x:v>22297</x:v>
       </x:c>
       <x:c r="DU12" s="3" t="n">
-        <x:v>20012</x:v>
+        <x:v>22297</x:v>
       </x:c>
       <x:c r="DV12" s="3" t="n">
-        <x:v>20431</x:v>
+        <x:v>23270</x:v>
       </x:c>
       <x:c r="DW12" s="3" t="n">
-        <x:v>20431</x:v>
+        <x:v>23270</x:v>
       </x:c>
       <x:c r="DX12" s="3" t="n">
-        <x:v>20431</x:v>
+        <x:v>23270</x:v>
       </x:c>
       <x:c r="DY12" s="3" t="n">
-        <x:v>20431</x:v>
+        <x:v>23270</x:v>
       </x:c>
       <x:c r="DZ12" s="3" t="n">
-        <x:v>20932</x:v>
+        <x:v>23748</x:v>
       </x:c>
       <x:c r="EA12" s="3" t="n">
-        <x:v>20932</x:v>
+        <x:v>23748</x:v>
       </x:c>
       <x:c r="EB12" s="3" t="n">
-        <x:v>20932</x:v>
+        <x:v>23748</x:v>
       </x:c>
       <x:c r="EC12" s="3" t="n">
-        <x:v>20932</x:v>
+        <x:v>23748</x:v>
       </x:c>
       <x:c r="ED12" s="3" t="n">
-        <x:v>20283</x:v>
+        <x:v>23462</x:v>
       </x:c>
       <x:c r="EE12" s="3" t="n">
-        <x:v>20283</x:v>
+        <x:v>23462</x:v>
       </x:c>
       <x:c r="EF12" s="3" t="n">
-        <x:v>20283</x:v>
+        <x:v>23462</x:v>
       </x:c>
       <x:c r="EG12" s="3" t="n">
-        <x:v>20283</x:v>
+        <x:v>23462</x:v>
       </x:c>
       <x:c r="EH12" s="3" t="n">
-        <x:v>20073</x:v>
+        <x:v>22870</x:v>
       </x:c>
       <x:c r="EI12" s="3" t="n">
-        <x:v>19703</x:v>
+        <x:v>22449</x:v>
       </x:c>
       <x:c r="EJ12" s="3" t="n">
-        <x:v>19254</x:v>
+        <x:v>21938</x:v>
       </x:c>
       <x:c r="EK12" s="3" t="n">
-        <x:v>21318</x:v>
+        <x:v>24288</x:v>
       </x:c>
       <x:c r="EL12" s="3" t="n">
-        <x:v>22214</x:v>
+        <x:v>25289</x:v>
       </x:c>
       <x:c r="EM12" s="3" t="n">
-        <x:v>22803</x:v>
+        <x:v>25959</x:v>
       </x:c>
       <x:c r="EN12" s="3" t="n">
-        <x:v>21930</x:v>
+        <x:v>24966</x:v>
       </x:c>
       <x:c r="EO12" s="3" t="n">
-        <x:v>23978</x:v>
+        <x:v>27297</x:v>
       </x:c>
       <x:c r="EP12" s="3" t="n">
-        <x:v>22957</x:v>
+        <x:v>26510</x:v>
       </x:c>
       <x:c r="EQ12" s="3" t="n">
-        <x:v>22805</x:v>
+        <x:v>26334</x:v>
       </x:c>
       <x:c r="ER12" s="3" t="n">
-        <x:v>22273</x:v>
+        <x:v>25720</x:v>
       </x:c>
       <x:c r="ES12" s="3" t="n">
-        <x:v>24463</x:v>
+        <x:v>28249</x:v>
       </x:c>
       <x:c r="ET12" s="3" t="n">
-        <x:v>23534</x:v>
+        <x:v>26934</x:v>
       </x:c>
       <x:c r="EU12" s="3" t="n">
-        <x:v>23448</x:v>
+        <x:v>26836</x:v>
       </x:c>
       <x:c r="EV12" s="3" t="n">
-        <x:v>22748</x:v>
+        <x:v>26035</x:v>
       </x:c>
       <x:c r="EW12" s="3" t="n">
-        <x:v>24715</x:v>
+        <x:v>28286</x:v>
       </x:c>
       <x:c r="EX12" s="3" t="n">
-        <x:v>26462</x:v>
+        <x:v>31040</x:v>
       </x:c>
       <x:c r="EY12" s="3" t="n">
-        <x:v>26636</x:v>
+        <x:v>31220</x:v>
       </x:c>
       <x:c r="EZ12" s="3" t="n">
-        <x:v>25611</x:v>
+        <x:v>30286</x:v>
       </x:c>
       <x:c r="FA12" s="3" t="n">
-        <x:v>30374</x:v>
+        <x:v>34821</x:v>
       </x:c>
       <x:c r="FB12" s="3" t="n">
-        <x:v>30347</x:v>
+        <x:v>35388</x:v>
       </x:c>
       <x:c r="FC12" s="3" t="n">
-        <x:v>28367</x:v>
+        <x:v>33603</x:v>
       </x:c>
       <x:c r="FD12" s="3" t="n">
-        <x:v>28867</x:v>
+        <x:v>34090</x:v>
       </x:c>
       <x:c r="FE12" s="3" t="n">
-        <x:v>33394</x:v>
+        <x:v>38311</x:v>
       </x:c>
       <x:c r="FF12" s="3" t="n">
-        <x:v>31003</x:v>
+        <x:v>36466</x:v>
       </x:c>
       <x:c r="FG12" s="3" t="n">
-        <x:v>30066</x:v>
+        <x:v>35608</x:v>
       </x:c>
       <x:c r="FH12" s="3" t="n">
-        <x:v>29806</x:v>
+        <x:v>35404</x:v>
       </x:c>
       <x:c r="FI12" s="3" t="n">
-        <x:v>34939</x:v>
+        <x:v>40265</x:v>
       </x:c>
       <x:c r="FJ12" s="3" t="n">
-        <x:v>33913</x:v>
+        <x:v>39783</x:v>
       </x:c>
       <x:c r="FK12" s="3" t="n">
-        <x:v>32341</x:v>
+        <x:v>38377</x:v>
       </x:c>
       <x:c r="FL12" s="3" t="n">
-        <x:v>33228</x:v>
+        <x:v>39292</x:v>
       </x:c>
       <x:c r="FM12" s="3" t="n">
-        <x:v>37557</x:v>
+        <x:v>43518</x:v>
       </x:c>
       <x:c r="FN12" s="3" t="n">
-        <x:v>38126</x:v>
+        <x:v>44954</x:v>
       </x:c>
       <x:c r="FO12" s="3" t="n">
-        <x:v>33995</x:v>
+        <x:v>40967</x:v>
       </x:c>
       <x:c r="FP12" s="3" t="n">
-        <x:v>34434</x:v>
+        <x:v>41459</x:v>
       </x:c>
       <x:c r="FQ12" s="3" t="n">
-        <x:v>40410</x:v>
+        <x:v>47387</x:v>
       </x:c>
       <x:c r="FR12" s="3" t="n">
-        <x:v>34950</x:v>
+        <x:v>41536</x:v>
       </x:c>
       <x:c r="FS12" s="3" t="n">
-        <x:v>33005</x:v>
+        <x:v>39534</x:v>
       </x:c>
       <x:c r="FT12" s="3" t="n">
-        <x:v>32597</x:v>
+        <x:v>39112</x:v>
       </x:c>
       <x:c r="FU12" s="3" t="n">
-        <x:v>37980</x:v>
+        <x:v>44594</x:v>
       </x:c>
       <x:c r="FV12" s="3" t="n">
-        <x:v>36151</x:v>
+        <x:v>42916</x:v>
       </x:c>
       <x:c r="FW12" s="3" t="n">
-        <x:v>34797</x:v>
+        <x:v>40909</x:v>
       </x:c>
       <x:c r="FX12" s="3" t="n">
-        <x:v>34904</x:v>
+        <x:v>40866</x:v>
       </x:c>
       <x:c r="FY12" s="3" t="n">
-        <x:v>36881</x:v>
+        <x:v>43332</x:v>
       </x:c>
       <x:c r="FZ12" s="3" t="n">
-        <x:v>37037</x:v>
+        <x:v>44240</x:v>
       </x:c>
       <x:c r="GA12" s="3" t="n">
-        <x:v>33415</x:v>
+        <x:v>40004</x:v>
       </x:c>
       <x:c r="GB12" s="3" t="n">
-        <x:v>33830</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="GC12" s="3" t="n">
-        <x:v>38985</x:v>
+        <x:v>46210</x:v>
       </x:c>
       <x:c r="GD12" s="3" t="n">
-        <x:v>35839</x:v>
+        <x:v>42351</x:v>
       </x:c>
       <x:c r="GE12" s="3" t="n">
-        <x:v>34594</x:v>
+        <x:v>41381</x:v>
       </x:c>
       <x:c r="GF12" s="3" t="n">
-        <x:v>34320</x:v>
+        <x:v>40535</x:v>
       </x:c>
       <x:c r="GG12" s="3" t="n">
-        <x:v>39253</x:v>
+        <x:v>45932</x:v>
       </x:c>
       <x:c r="GH12" s="3" t="n">
-        <x:v>36690</x:v>
+        <x:v>43319</x:v>
       </x:c>
       <x:c r="GI12" s="3" t="n">
-        <x:v>34078</x:v>
+        <x:v>40481</x:v>
+      </x:c>
+      <x:c r="GJ12" s="3" t="n">
+        <x:v>41017</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:191">
+    <x:row r="13" spans="1:192">
       <x:c r="A13" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="K13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="L13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="M13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="N13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="O13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="P13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="V13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="W13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="X13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Y13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Z13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AA13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AB13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AC13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AD13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AE13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AF13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AG13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AH13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AI13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AJ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AK13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AL13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AM13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AN13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AO13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AP13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AQ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AR13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AS13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AT13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AU13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AV13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AW13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AX13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AY13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AZ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BA13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BB13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BC13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BD13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BE13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BF13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BG13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BH13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BI13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BJ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BK13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BL13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BM13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BN13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BO13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BP13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BQ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BR13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BS13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BT13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BU13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BV13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BW13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BX13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BY13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BZ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CA13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CB13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CC13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CD13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CE13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CF13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CG13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CH13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CI13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CJ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CK13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CL13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CM13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CN13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CO13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CP13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CQ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CR13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CS13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CT13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CU13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CV13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CW13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CX13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CY13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CZ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DA13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DB13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DC13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DD13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DE13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DF13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DG13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DH13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DI13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DJ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DK13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DL13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DM13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DN13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DO13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DP13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DQ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DR13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DS13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DT13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DU13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DV13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DW13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DX13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DY13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DZ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EA13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EB13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EC13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="ED13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EE13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EF13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EG13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EH13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EI13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EJ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EK13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EL13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EM13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EN13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EO13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EP13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EQ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="ER13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="ES13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="ET13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EU13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EV13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EW13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EX13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EY13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EZ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FA13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FB13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FC13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FD13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FE13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FF13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FG13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FH13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FI13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FJ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FK13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FL13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FM13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FN13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FO13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FP13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FQ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FR13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FS13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FT13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FU13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FV13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FW13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FX13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FY13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FZ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GA13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GB13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GC13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GD13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GE13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GF13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GG13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GH13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GI13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="GJ13" s="4" t="s">
+        <x:v>202</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:191">
+    <x:row r="15" spans="1:192">
       <x:c r="A15" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:191">
+    <x:row r="16" spans="1:192">
       <x:c r="A16" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:191">
+    <x:row r="17" spans="1:192">
       <x:c r="A17" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:191">
+    <x:row r="19" spans="1:192">
       <x:c r="A19" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:191">
+    <x:row r="20" spans="1:192">
       <x:c r="A20" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:191">
+    <x:row r="21" spans="1:192">
       <x:c r="A21" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:192">
+      <x:c r="A23" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:192">
+      <x:c r="A24" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:192">
+      <x:c r="A26" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:192">
+      <x:c r="A27" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:191">
-[...1 lines deleted...]
-        <x:v>208</x:v>
+    <x:row r="28" spans="1:192">
+      <x:c r="A28" s="0" t="s">
+        <x:v>212</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:191">
-[...1 lines deleted...]
-        <x:v>209</x:v>
+    <x:row r="29" spans="1:192">
+      <x:c r="A29" s="0" t="s">
+        <x:v>213</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:191">
-[...1 lines deleted...]
-        <x:v>210</x:v>
+    <x:row r="30" spans="1:192">
+      <x:c r="A30" s="0" t="s">
+        <x:v>214</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:191">
-[...1 lines deleted...]
-        <x:v>206</x:v>
+    <x:row r="35" spans="1:192">
+      <x:c r="A35" s="0" t="s">
+        <x:v>215</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:191">
-[...1 lines deleted...]
-        <x:v>211</x:v>
+    <x:row r="36" spans="1:192">
+      <x:c r="A36" s="0" t="s">
+        <x:v>207</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:191">
-[...1 lines deleted...]
-        <x:v>212</x:v>
+    <x:row r="37" spans="1:192">
+      <x:c r="A37" s="0" t="s">
+        <x:v>216</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:191">
-[...1 lines deleted...]
-        <x:v>213</x:v>
+    <x:row r="38" spans="1:192">
+      <x:c r="A38" s="0" t="s">
+        <x:v>217</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:191">
-[...1 lines deleted...]
-        <x:v>214</x:v>
+    <x:row r="39" spans="1:192">
+      <x:c r="A39" s="0" t="s">
+        <x:v>207</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:191">
-[...1 lines deleted...]
-        <x:v>206</x:v>
+    <x:row r="40" spans="1:192">
+      <x:c r="A40" s="0" t="s">
+        <x:v>218</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:191">
-[...1 lines deleted...]
-        <x:v>215</x:v>
+    <x:row r="42" spans="1:192">
+      <x:c r="A42" s="0" t="s">
+        <x:v>219</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:191">
-[...19 lines deleted...]
-    <x:row r="43" spans="1:191">
+    <x:row r="43" spans="1:192">
       <x:c r="A43" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:191">
+    <x:row r="44" spans="1:192">
       <x:c r="A44" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:191">
+    <x:row r="47" spans="1:192">
       <x:c r="A47" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:191">
+    <x:row r="48" spans="1:192">
       <x:c r="A48" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:191">
+    <x:row r="52" spans="1:192">
       <x:c r="A52" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:191">
+    <x:row r="54" spans="1:192">
       <x:c r="A54" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:191">
+    <x:row r="55" spans="1:192">
       <x:c r="A55" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:191">
+    <x:row r="57" spans="1:192">
       <x:c r="A57" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:191">
+    <x:row r="58" spans="1:192">
       <x:c r="A58" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>FastePriser</vt:lpstr>
       <vt:lpstr>FastePriser!Print_Area</vt:lpstr>
       <vt:lpstr>FastePriser!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>