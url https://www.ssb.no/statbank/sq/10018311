--- v1 (2025-12-15)
+++ v2 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61fce756d44c469e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d7f32f7a6cb2481abdcf3645bf9d3d39.psmdcp" Id="Rfc6a05eeaf2d418a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01cad64d58dd4358" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/16339b3c07e74971a452a42bc9542dea.psmdcp" Id="R43359040945c4099" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="FastePriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="227">
   <x:si>
     <x:t>09183: Bruttoinvestering, etter næring, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Faste 2023-priser (mill. kr)</x:t>
   </x:si>
   <x:si>