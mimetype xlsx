--- v0 (2025-11-15)
+++ v1 (2025-12-15)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R560a5631085145e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e6a79d9480843ab958102d61ef2384b.psmdcp" Id="R2a54452b98414ed2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc36c11b4420449dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cc591ed369824acda13f89b38729455d.psmdcp" Id="R45681dbdf239425a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LKostnader2" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="201" uniqueCount="201">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="204">
   <x:si>
     <x:t>09175: Lønn og sysselsetting, etter næring, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Lønnskostnader, sesongjustert (mill. kr)</x:t>
   </x:si>
   <x:si>
     <x:t>1995K1</x:t>
   </x:si>
   <x:si>
     <x:t>1995K2</x:t>
   </x:si>
   <x:si>
     <x:t>1995K3</x:t>
   </x:si>
   <x:si>
     <x:t>1995K4</x:t>
   </x:si>
   <x:si>
     <x:t>1996K1</x:t>
   </x:si>
   <x:si>
     <x:t>1996K2</x:t>
   </x:si>
   <x:si>
@@ -382,50 +382,53 @@
   <x:si>
     <x:t>2023K3</x:t>
   </x:si>
   <x:si>
     <x:t>2023K4</x:t>
   </x:si>
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
+    <x:t>2025K3</x:t>
+  </x:si>
+  <x:si>
     <x:t>Totalt for næringer</x:t>
   </x:si>
   <x:si>
     <x:t>Jordbruk og skogbruk</x:t>
   </x:si>
   <x:si>
     <x:t>Fiske, fangst og akvakultur</x:t>
   </x:si>
   <x:si>
     <x:t>Bergverksdrift</x:t>
   </x:si>
   <x:si>
     <x:t>Utvinning av råolje og naturgass, inkl. tjenester</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Utvinning av råolje og naturgass</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Tjenester tilknyttet utvinning av råolje og naturgass</x:t>
   </x:si>
   <x:si>
     <x:t>Industri</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Nærings-, drikkevare- og tobakksindustri</x:t>
@@ -529,66 +532,72 @@
   <x:si>
     <x:t>Kultur, underholdning og annen tjenesteyting</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Offentlig forvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Statsforvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Sivil forvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Forsvar</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Kommuneforvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>Fastlands-Norge</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Markedsrettet virksomhet Fastlands-Norge</x:t>
   </x:si>
   <x:si>
+    <x:t>.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Markedsrettet virksomhet</x:t>
   </x:si>
   <x:si>
     <x:t>Ikke-markedsrettet virksomhet</x:t>
   </x:si>
   <x:si>
-    <x:t>Ujusterte tall etter basisår (endelig årsregnskap) er foreløpige.</x:t>
+    <x:t>Tallene etter år 2023 (basisåret) er foreløpige.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>. = Ikke mulig å oppgi tall. Tall finnes ikke på dette tidspunktet fordi kategorien ikke var i bruk da tallene ble samlet inn.</x:t>
   </x:si>
   <x:si>
     <x:t>Sist endret:</x:t>
   </x:si>
   <x:si>
     <x:t>Lønnskostnader, sesongjustert (mill. kr):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250821 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kilde:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t>Kontakt:</x:t>
   </x:si>
   <x:si>
     <x:t>Kristian Gimming, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 13</x:t>
   </x:si>
   <x:si>
     <x:t>kgi@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Achraf Bougroug, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 15</x:t>
   </x:si>
@@ -687,65 +696,69 @@
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="4">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -1002,70 +1015,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:DS104"/>
+  <x:dimension ref="A1:DT105"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="123" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="124" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:123">
+    <x:row r="1" spans="1:124">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:123">
+    <x:row r="3" spans="1:124">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:123">
+    <x:row r="4" spans="1:124">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -1388,425 +1401,431 @@
       </x:c>
       <x:c r="DL4" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="DM4" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="DN4" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="DO4" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="DP4" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="DQ4" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="DR4" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="DS4" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
+      <x:c r="DT4" s="2" t="s">
+        <x:v>124</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:123">
+    <x:row r="5" spans="1:124">
       <x:c r="A5" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>108856</x:v>
+        <x:v>108808</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>109299</x:v>
+        <x:v>109246</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>110878</x:v>
+        <x:v>110829</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>113287</x:v>
+        <x:v>113242</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>115188</x:v>
+        <x:v>115135</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>116932</x:v>
+        <x:v>116881</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>119447</x:v>
+        <x:v>119394</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>122277</x:v>
+        <x:v>122223</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>124935</x:v>
+        <x:v>124879</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>127839</x:v>
+        <x:v>127781</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>129141</x:v>
+        <x:v>129081</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>132143</x:v>
+        <x:v>132087</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>135290</x:v>
+        <x:v>135236</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>139391</x:v>
+        <x:v>139334</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>143707</x:v>
+        <x:v>143646</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>147056</x:v>
+        <x:v>146980</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>147679</x:v>
+        <x:v>147611</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>150836</x:v>
+        <x:v>150765</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>151386</x:v>
+        <x:v>151319</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>154309</x:v>
+        <x:v>154257</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>156419</x:v>
+        <x:v>156364</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>158835</x:v>
+        <x:v>158782</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>160911</x:v>
+        <x:v>160845</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>162694</x:v>
+        <x:v>162600</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>166531</x:v>
+        <x:v>166415</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>168031</x:v>
+        <x:v>167856</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>169534</x:v>
+        <x:v>169300</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>173802</x:v>
+        <x:v>173503</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>173262</x:v>
+        <x:v>172884</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>176146</x:v>
+        <x:v>175694</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>180272</x:v>
+        <x:v>179749</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>181181</x:v>
+        <x:v>180598</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>181132</x:v>
+        <x:v>180492</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>181593</x:v>
+        <x:v>180889</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>183965</x:v>
+        <x:v>183168</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>183675</x:v>
+        <x:v>182810</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>186006</x:v>
+        <x:v>184990</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>189905</x:v>
+        <x:v>188815</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>192619</x:v>
+        <x:v>191435</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>197250</x:v>
+        <x:v>195959</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>199687</x:v>
+        <x:v>198237</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>203134</x:v>
+        <x:v>201565</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>203494</x:v>
+        <x:v>201867</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>208424</x:v>
+        <x:v>206692</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>215484</x:v>
+        <x:v>213504</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>219748</x:v>
+        <x:v>217599</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>225083</x:v>
+        <x:v>222836</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>229900</x:v>
+        <x:v>227539</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>237733</x:v>
+        <x:v>235014</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>242856</x:v>
+        <x:v>239979</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>250518</x:v>
+        <x:v>247541</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>255290</x:v>
+        <x:v>252177</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>261961</x:v>
+        <x:v>258793</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>269468</x:v>
+        <x:v>266115</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>273583</x:v>
+        <x:v>269958</x:v>
       </x:c>
       <x:c r="BE5" s="3" t="n">
-        <x:v>278516</x:v>
+        <x:v>274896</x:v>
       </x:c>
       <x:c r="BF5" s="3" t="n">
-        <x:v>274776</x:v>
+        <x:v>271419</x:v>
       </x:c>
       <x:c r="BG5" s="3" t="n">
-        <x:v>276402</x:v>
+        <x:v>273128</x:v>
       </x:c>
       <x:c r="BH5" s="3" t="n">
-        <x:v>279602</x:v>
+        <x:v>276384</x:v>
       </x:c>
       <x:c r="BI5" s="3" t="n">
-        <x:v>284831</x:v>
+        <x:v>281691</x:v>
       </x:c>
       <x:c r="BJ5" s="3" t="n">
-        <x:v>283609</x:v>
+        <x:v>280474</x:v>
       </x:c>
       <x:c r="BK5" s="3" t="n">
-        <x:v>284547</x:v>
+        <x:v>281551</x:v>
       </x:c>
       <x:c r="BL5" s="3" t="n">
-        <x:v>288937</x:v>
+        <x:v>285946</x:v>
       </x:c>
       <x:c r="BM5" s="3" t="n">
-        <x:v>293765</x:v>
+        <x:v>290784</x:v>
       </x:c>
       <x:c r="BN5" s="3" t="n">
-        <x:v>299256</x:v>
+        <x:v>296192</x:v>
       </x:c>
       <x:c r="BO5" s="3" t="n">
-        <x:v>301457</x:v>
+        <x:v>298370</x:v>
       </x:c>
       <x:c r="BP5" s="3" t="n">
-        <x:v>309802</x:v>
+        <x:v>306524</x:v>
       </x:c>
       <x:c r="BQ5" s="3" t="n">
-        <x:v>313948</x:v>
+        <x:v>310336</x:v>
       </x:c>
       <x:c r="BR5" s="3" t="n">
-        <x:v>322027</x:v>
+        <x:v>318738</x:v>
       </x:c>
       <x:c r="BS5" s="3" t="n">
-        <x:v>324929</x:v>
+        <x:v>321448</x:v>
       </x:c>
       <x:c r="BT5" s="3" t="n">
-        <x:v>326915</x:v>
+        <x:v>323313</x:v>
       </x:c>
       <x:c r="BU5" s="3" t="n">
-        <x:v>334046</x:v>
+        <x:v>330248</x:v>
       </x:c>
       <x:c r="BV5" s="3" t="n">
-        <x:v>339480</x:v>
+        <x:v>335923</x:v>
       </x:c>
       <x:c r="BW5" s="3" t="n">
-        <x:v>345150</x:v>
+        <x:v>341538</x:v>
       </x:c>
       <x:c r="BX5" s="3" t="n">
-        <x:v>347815</x:v>
+        <x:v>344063</x:v>
       </x:c>
       <x:c r="BY5" s="3" t="n">
-        <x:v>350976</x:v>
+        <x:v>346928</x:v>
       </x:c>
       <x:c r="BZ5" s="3" t="n">
-        <x:v>354962</x:v>
+        <x:v>350449</x:v>
       </x:c>
       <x:c r="CA5" s="3" t="n">
-        <x:v>359133</x:v>
+        <x:v>354384</x:v>
       </x:c>
       <x:c r="CB5" s="3" t="n">
-        <x:v>362130</x:v>
+        <x:v>357241</x:v>
       </x:c>
       <x:c r="CC5" s="3" t="n">
-        <x:v>366011</x:v>
+        <x:v>361042</x:v>
       </x:c>
       <x:c r="CD5" s="3" t="n">
-        <x:v>370637</x:v>
+        <x:v>365560</x:v>
       </x:c>
       <x:c r="CE5" s="3" t="n">
-        <x:v>367072</x:v>
+        <x:v>362079</x:v>
       </x:c>
       <x:c r="CF5" s="3" t="n">
-        <x:v>373321</x:v>
+        <x:v>368202</x:v>
       </x:c>
       <x:c r="CG5" s="3" t="n">
-        <x:v>374765</x:v>
+        <x:v>369743</x:v>
       </x:c>
       <x:c r="CH5" s="3" t="n">
-        <x:v>375019</x:v>
+        <x:v>370035</x:v>
       </x:c>
       <x:c r="CI5" s="3" t="n">
-        <x:v>376477</x:v>
+        <x:v>371582</x:v>
       </x:c>
       <x:c r="CJ5" s="3" t="n">
-        <x:v>378470</x:v>
+        <x:v>373640</x:v>
       </x:c>
       <x:c r="CK5" s="3" t="n">
-        <x:v>380301</x:v>
+        <x:v>375497</x:v>
       </x:c>
       <x:c r="CL5" s="3" t="n">
-        <x:v>383690</x:v>
+        <x:v>379006</x:v>
       </x:c>
       <x:c r="CM5" s="3" t="n">
-        <x:v>388358</x:v>
+        <x:v>383695</x:v>
       </x:c>
       <x:c r="CN5" s="3" t="n">
-        <x:v>392575</x:v>
+        <x:v>387831</x:v>
       </x:c>
       <x:c r="CO5" s="3" t="n">
-        <x:v>394989</x:v>
+        <x:v>390152</x:v>
       </x:c>
       <x:c r="CP5" s="3" t="n">
-        <x:v>401564</x:v>
+        <x:v>396450</x:v>
       </x:c>
       <x:c r="CQ5" s="3" t="n">
-        <x:v>409106</x:v>
+        <x:v>403873</x:v>
       </x:c>
       <x:c r="CR5" s="3" t="n">
-        <x:v>410950</x:v>
+        <x:v>405593</x:v>
       </x:c>
       <x:c r="CS5" s="3" t="n">
-        <x:v>417030</x:v>
+        <x:v>411431</x:v>
       </x:c>
       <x:c r="CT5" s="3" t="n">
-        <x:v>423272</x:v>
+        <x:v>417456</x:v>
       </x:c>
       <x:c r="CU5" s="3" t="n">
-        <x:v>428217</x:v>
+        <x:v>422297</x:v>
       </x:c>
       <x:c r="CV5" s="3" t="n">
-        <x:v>436908</x:v>
+        <x:v>430991</x:v>
       </x:c>
       <x:c r="CW5" s="3" t="n">
-        <x:v>444932</x:v>
+        <x:v>439139</x:v>
       </x:c>
       <x:c r="CX5" s="3" t="n">
-        <x:v>442680</x:v>
+        <x:v>437188</x:v>
       </x:c>
       <x:c r="CY5" s="3" t="n">
-        <x:v>422823</x:v>
+        <x:v>417942</x:v>
       </x:c>
       <x:c r="CZ5" s="3" t="n">
-        <x:v>431091</x:v>
+        <x:v>426342</x:v>
       </x:c>
       <x:c r="DA5" s="3" t="n">
-        <x:v>441185</x:v>
+        <x:v>436252</x:v>
       </x:c>
       <x:c r="DB5" s="3" t="n">
-        <x:v>449448</x:v>
+        <x:v>444622</x:v>
       </x:c>
       <x:c r="DC5" s="3" t="n">
-        <x:v>452888</x:v>
+        <x:v>447656</x:v>
       </x:c>
       <x:c r="DD5" s="3" t="n">
-        <x:v>464158</x:v>
+        <x:v>458618</x:v>
       </x:c>
       <x:c r="DE5" s="3" t="n">
-        <x:v>477333</x:v>
+        <x:v>472082</x:v>
       </x:c>
       <x:c r="DF5" s="3" t="n">
-        <x:v>486958</x:v>
+        <x:v>481724</x:v>
       </x:c>
       <x:c r="DG5" s="3" t="n">
-        <x:v>498526</x:v>
+        <x:v>494424</x:v>
       </x:c>
       <x:c r="DH5" s="3" t="n">
-        <x:v>502875</x:v>
+        <x:v>497047</x:v>
       </x:c>
       <x:c r="DI5" s="3" t="n">
-        <x:v>510826</x:v>
+        <x:v>503882</x:v>
       </x:c>
       <x:c r="DJ5" s="3" t="n">
-        <x:v>526220</x:v>
+        <x:v>519277</x:v>
       </x:c>
       <x:c r="DK5" s="3" t="n">
-        <x:v>529337</x:v>
+        <x:v>520922</x:v>
       </x:c>
       <x:c r="DL5" s="3" t="n">
-        <x:v>542578</x:v>
+        <x:v>534882</x:v>
       </x:c>
       <x:c r="DM5" s="3" t="n">
-        <x:v>556372</x:v>
+        <x:v>547950</x:v>
       </x:c>
       <x:c r="DN5" s="3" t="n">
-        <x:v>557594</x:v>
+        <x:v>550835</x:v>
       </x:c>
       <x:c r="DO5" s="3" t="n">
-        <x:v>566702</x:v>
+        <x:v>560036</x:v>
       </x:c>
       <x:c r="DP5" s="3" t="n">
-        <x:v>573287</x:v>
+        <x:v>568079</x:v>
       </x:c>
       <x:c r="DQ5" s="3" t="n">
-        <x:v>578846</x:v>
+        <x:v>573272</x:v>
       </x:c>
       <x:c r="DR5" s="3" t="n">
-        <x:v>590212</x:v>
+        <x:v>581645</x:v>
       </x:c>
       <x:c r="DS5" s="3" t="n">
-        <x:v>601583</x:v>
+        <x:v>592448</x:v>
+      </x:c>
+      <x:c r="DT5" s="3" t="n">
+        <x:v>593456</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:123">
+    <x:row r="6" spans="1:124">
       <x:c r="A6" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>847</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>852</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>827</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>856</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
         <x:v>909</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
         <x:v>901</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
         <x:v>884</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
         <x:v>901</x:v>
       </x:c>
@@ -1846,338 +1865,341 @@
       <x:c r="U6" s="3" t="n">
         <x:v>1004</x:v>
       </x:c>
       <x:c r="V6" s="3" t="n">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="W6" s="3" t="n">
         <x:v>1048</x:v>
       </x:c>
       <x:c r="X6" s="3" t="n">
         <x:v>1050</x:v>
       </x:c>
       <x:c r="Y6" s="3" t="n">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="Z6" s="3" t="n">
         <x:v>1034</x:v>
       </x:c>
       <x:c r="AA6" s="3" t="n">
         <x:v>985</x:v>
       </x:c>
       <x:c r="AB6" s="3" t="n">
         <x:v>982</x:v>
       </x:c>
       <x:c r="AC6" s="3" t="n">
-        <x:v>987</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="AD6" s="3" t="n">
-        <x:v>985</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="AE6" s="3" t="n">
-        <x:v>983</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="AF6" s="3" t="n">
-        <x:v>1012</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="AG6" s="3" t="n">
-        <x:v>1040</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="AH6" s="3" t="n">
-        <x:v>1036</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="AI6" s="3" t="n">
-        <x:v>1011</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="AJ6" s="3" t="n">
-        <x:v>1025</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="AK6" s="3" t="n">
-        <x:v>1050</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="AL6" s="3" t="n">
-        <x:v>1032</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="AM6" s="3" t="n">
-        <x:v>1041</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="AN6" s="3" t="n">
-        <x:v>1038</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="AO6" s="3" t="n">
-        <x:v>1043</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="AP6" s="3" t="n">
-        <x:v>1092</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="AQ6" s="3" t="n">
-        <x:v>1096</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="AR6" s="3" t="n">
-        <x:v>1088</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="AS6" s="3" t="n">
-        <x:v>1114</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="AT6" s="3" t="n">
-        <x:v>1173</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="AU6" s="3" t="n">
-        <x:v>1181</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="AV6" s="3" t="n">
-        <x:v>1134</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="AW6" s="3" t="n">
-        <x:v>1146</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="AX6" s="3" t="n">
-        <x:v>1162</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="AY6" s="3" t="n">
-        <x:v>1205</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="AZ6" s="3" t="n">
-        <x:v>1243</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="BA6" s="3" t="n">
-        <x:v>1265</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="BB6" s="3" t="n">
-        <x:v>1192</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="BC6" s="3" t="n">
-        <x:v>1273</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="BD6" s="3" t="n">
-        <x:v>1304</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="BE6" s="3" t="n">
-        <x:v>1295</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="BF6" s="3" t="n">
-        <x:v>1212</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="BG6" s="3" t="n">
-        <x:v>1259</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="BH6" s="3" t="n">
-        <x:v>1276</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="BI6" s="3" t="n">
-        <x:v>1278</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="BJ6" s="3" t="n">
-        <x:v>1317</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="BK6" s="3" t="n">
-        <x:v>1327</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="BL6" s="3" t="n">
-        <x:v>1351</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="BM6" s="3" t="n">
+        <x:v>1334</x:v>
+      </x:c>
+      <x:c r="BN6" s="3" t="n">
         <x:v>1349</x:v>
       </x:c>
-      <x:c r="BN6" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="BO6" s="3" t="n">
-        <x:v>1433</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="BP6" s="3" t="n">
-        <x:v>1422</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="BQ6" s="3" t="n">
-        <x:v>1440</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="BR6" s="3" t="n">
-        <x:v>1445</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="BS6" s="3" t="n">
-        <x:v>1465</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="BT6" s="3" t="n">
-        <x:v>1492</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="BU6" s="3" t="n">
-        <x:v>1504</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="BV6" s="3" t="n">
-        <x:v>1534</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="BW6" s="3" t="n">
-        <x:v>1523</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="BX6" s="3" t="n">
-        <x:v>1531</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="BY6" s="3" t="n">
-        <x:v>1528</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="BZ6" s="3" t="n">
-        <x:v>1528</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="CA6" s="3" t="n">
-        <x:v>1579</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="CB6" s="3" t="n">
-        <x:v>1594</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="CC6" s="3" t="n">
-        <x:v>1630</x:v>
+        <x:v>1613</x:v>
       </x:c>
       <x:c r="CD6" s="3" t="n">
-        <x:v>1644</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="CE6" s="3" t="n">
-        <x:v>1598</x:v>
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="CF6" s="3" t="n">
-        <x:v>1624</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="CG6" s="3" t="n">
-        <x:v>1720</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="CH6" s="3" t="n">
-        <x:v>1667</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="CI6" s="3" t="n">
-        <x:v>1681</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="CJ6" s="3" t="n">
-        <x:v>1683</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="CK6" s="3" t="n">
-        <x:v>1744</x:v>
+        <x:v>1724</x:v>
       </x:c>
       <x:c r="CL6" s="3" t="n">
-        <x:v>1737</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="CM6" s="3" t="n">
-        <x:v>1755</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="CN6" s="3" t="n">
-        <x:v>1777</x:v>
+        <x:v>1757</x:v>
       </x:c>
       <x:c r="CO6" s="3" t="n">
-        <x:v>1786</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="CP6" s="3" t="n">
-        <x:v>1821</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="CQ6" s="3" t="n">
-        <x:v>1835</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="CR6" s="3" t="n">
-        <x:v>1828</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="CS6" s="3" t="n">
-        <x:v>1831</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="CT6" s="3" t="n">
-        <x:v>1881</x:v>
+        <x:v>1860</x:v>
       </x:c>
       <x:c r="CU6" s="3" t="n">
-        <x:v>1898</x:v>
+        <x:v>1877</x:v>
       </x:c>
       <x:c r="CV6" s="3" t="n">
-        <x:v>1928</x:v>
+        <x:v>1906</x:v>
       </x:c>
       <x:c r="CW6" s="3" t="n">
-        <x:v>1945</x:v>
+        <x:v>1923</x:v>
       </x:c>
       <x:c r="CX6" s="3" t="n">
-        <x:v>1932</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="CY6" s="3" t="n">
-        <x:v>1959</x:v>
+        <x:v>1936</x:v>
       </x:c>
       <x:c r="CZ6" s="3" t="n">
-        <x:v>1901</x:v>
+        <x:v>1880</x:v>
       </x:c>
       <x:c r="DA6" s="3" t="n">
-        <x:v>1974</x:v>
+        <x:v>1953</x:v>
       </x:c>
       <x:c r="DB6" s="3" t="n">
-        <x:v>2006</x:v>
+        <x:v>1987</x:v>
       </x:c>
       <x:c r="DC6" s="3" t="n">
-        <x:v>1978</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="DD6" s="3" t="n">
-        <x:v>2017</x:v>
+        <x:v>2004</x:v>
       </x:c>
       <x:c r="DE6" s="3" t="n">
-        <x:v>2046</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="DF6" s="3" t="n">
-        <x:v>2110</x:v>
+        <x:v>2099</x:v>
       </x:c>
       <x:c r="DG6" s="3" t="n">
-        <x:v>2154</x:v>
+        <x:v>2155</x:v>
       </x:c>
       <x:c r="DH6" s="3" t="n">
-        <x:v>2164</x:v>
+        <x:v>2168</x:v>
       </x:c>
       <x:c r="DI6" s="3" t="n">
-        <x:v>2218</x:v>
+        <x:v>2201</x:v>
       </x:c>
       <x:c r="DJ6" s="3" t="n">
-        <x:v>2299</x:v>
+        <x:v>2276</x:v>
       </x:c>
       <x:c r="DK6" s="3" t="n">
-        <x:v>2273</x:v>
+        <x:v>2240</x:v>
       </x:c>
       <x:c r="DL6" s="3" t="n">
-        <x:v>2291</x:v>
+        <x:v>2248</x:v>
       </x:c>
       <x:c r="DM6" s="3" t="n">
-        <x:v>2381</x:v>
+        <x:v>2341</x:v>
       </x:c>
       <x:c r="DN6" s="3" t="n">
-        <x:v>2378</x:v>
+        <x:v>2369</x:v>
       </x:c>
       <x:c r="DO6" s="3" t="n">
-        <x:v>2437</x:v>
+        <x:v>2428</x:v>
       </x:c>
       <x:c r="DP6" s="3" t="n">
-        <x:v>2492</x:v>
+        <x:v>2481</x:v>
       </x:c>
       <x:c r="DQ6" s="3" t="n">
-        <x:v>2515</x:v>
+        <x:v>2486</x:v>
       </x:c>
       <x:c r="DR6" s="3" t="n">
-        <x:v>2516</x:v>
+        <x:v>2494</x:v>
       </x:c>
       <x:c r="DS6" s="3" t="n">
-        <x:v>2594</x:v>
+        <x:v>2572</x:v>
+      </x:c>
+      <x:c r="DT6" s="3" t="n">
+        <x:v>2599</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:123">
+    <x:row r="7" spans="1:124">
       <x:c r="A7" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>433</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>422</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>446</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
         <x:v>425</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
         <x:v>432</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
         <x:v>469</x:v>
       </x:c>
@@ -2232,323 +2254,326 @@
       <x:c r="Z7" s="3" t="n">
         <x:v>494</x:v>
       </x:c>
       <x:c r="AA7" s="3" t="n">
         <x:v>470</x:v>
       </x:c>
       <x:c r="AB7" s="3" t="n">
         <x:v>485</x:v>
       </x:c>
       <x:c r="AC7" s="3" t="n">
         <x:v>493</x:v>
       </x:c>
       <x:c r="AD7" s="3" t="n">
         <x:v>483</x:v>
       </x:c>
       <x:c r="AE7" s="3" t="n">
         <x:v>491</x:v>
       </x:c>
       <x:c r="AF7" s="3" t="n">
         <x:v>501</x:v>
       </x:c>
       <x:c r="AG7" s="3" t="n">
         <x:v>498</x:v>
       </x:c>
       <x:c r="AH7" s="3" t="n">
-        <x:v>468</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="AI7" s="3" t="n">
-        <x:v>460</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="AJ7" s="3" t="n">
-        <x:v>442</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="AK7" s="3" t="n">
-        <x:v>444</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="AL7" s="3" t="n">
         <x:v>442</x:v>
       </x:c>
       <x:c r="AM7" s="3" t="n">
         <x:v>442</x:v>
       </x:c>
       <x:c r="AN7" s="3" t="n">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="AO7" s="3" t="n">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="AP7" s="3" t="n">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="AQ7" s="3" t="n">
         <x:v>456</x:v>
       </x:c>
       <x:c r="AR7" s="3" t="n">
         <x:v>460</x:v>
       </x:c>
       <x:c r="AS7" s="3" t="n">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="AT7" s="3" t="n">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="AU7" s="3" t="n">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="AV7" s="3" t="n">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="AW7" s="3" t="n">
-        <x:v>548</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="AX7" s="3" t="n">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="AY7" s="3" t="n">
         <x:v>599</x:v>
       </x:c>
-      <x:c r="AY7" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="AZ7" s="3" t="n">
-        <x:v>605</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="BA7" s="3" t="n">
-        <x:v>652</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="BB7" s="3" t="n">
-        <x:v>660</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="BC7" s="3" t="n">
-        <x:v>694</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="BD7" s="3" t="n">
-        <x:v>720</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="BE7" s="3" t="n">
-        <x:v>734</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="BF7" s="3" t="n">
-        <x:v>740</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="BG7" s="3" t="n">
-        <x:v>762</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="BH7" s="3" t="n">
-        <x:v>795</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="BI7" s="3" t="n">
-        <x:v>810</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="BJ7" s="3" t="n">
-        <x:v>862</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="BK7" s="3" t="n">
-        <x:v>910</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="BL7" s="3" t="n">
-        <x:v>976</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="BM7" s="3" t="n">
-        <x:v>1009</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="BN7" s="3" t="n">
-        <x:v>1009</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="BO7" s="3" t="n">
-        <x:v>1058</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="BP7" s="3" t="n">
+        <x:v>1067</x:v>
+      </x:c>
+      <x:c r="BQ7" s="3" t="n">
+        <x:v>1012</x:v>
+      </x:c>
+      <x:c r="BR7" s="3" t="n">
+        <x:v>1104</x:v>
+      </x:c>
+      <x:c r="BS7" s="3" t="n">
+        <x:v>1108</x:v>
+      </x:c>
+      <x:c r="BT7" s="3" t="n">
         <x:v>1064</x:v>
       </x:c>
-      <x:c r="BQ7" s="3" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="BU7" s="3" t="n">
-        <x:v>1035</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="BV7" s="3" t="n">
-        <x:v>1095</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="BW7" s="3" t="n">
-        <x:v>1106</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="BX7" s="3" t="n">
-        <x:v>1154</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="BY7" s="3" t="n">
-        <x:v>1184</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="BZ7" s="3" t="n">
-        <x:v>1207</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="CA7" s="3" t="n">
-        <x:v>1244</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="CB7" s="3" t="n">
-        <x:v>1299</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="CC7" s="3" t="n">
-        <x:v>1322</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="CD7" s="3" t="n">
-        <x:v>1372</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="CE7" s="3" t="n">
-        <x:v>1386</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="CF7" s="3" t="n">
-        <x:v>1454</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="CG7" s="3" t="n">
-        <x:v>1374</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="CH7" s="3" t="n">
-        <x:v>1454</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="CI7" s="3" t="n">
-        <x:v>1516</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="CJ7" s="3" t="n">
-        <x:v>1590</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="CK7" s="3" t="n">
-        <x:v>1627</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="CL7" s="3" t="n">
-        <x:v>1693</x:v>
+        <x:v>1699</x:v>
       </x:c>
       <x:c r="CM7" s="3" t="n">
-        <x:v>1731</x:v>
+        <x:v>1737</x:v>
       </x:c>
       <x:c r="CN7" s="3" t="n">
-        <x:v>1740</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="CO7" s="3" t="n">
-        <x:v>1792</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="CP7" s="3" t="n">
-        <x:v>1860</x:v>
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="CQ7" s="3" t="n">
-        <x:v>1913</x:v>
+        <x:v>1921</x:v>
       </x:c>
       <x:c r="CR7" s="3" t="n">
-        <x:v>1917</x:v>
+        <x:v>1924</x:v>
       </x:c>
       <x:c r="CS7" s="3" t="n">
-        <x:v>1962</x:v>
+        <x:v>1970</x:v>
       </x:c>
       <x:c r="CT7" s="3" t="n">
-        <x:v>2017</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="CU7" s="3" t="n">
-        <x:v>2008</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="CV7" s="3" t="n">
-        <x:v>2142</x:v>
+        <x:v>2151</x:v>
       </x:c>
       <x:c r="CW7" s="3" t="n">
-        <x:v>2209</x:v>
+        <x:v>2218</x:v>
       </x:c>
       <x:c r="CX7" s="3" t="n">
-        <x:v>2264</x:v>
+        <x:v>2272</x:v>
       </x:c>
       <x:c r="CY7" s="3" t="n">
-        <x:v>2333</x:v>
+        <x:v>2342</x:v>
       </x:c>
       <x:c r="CZ7" s="3" t="n">
-        <x:v>2315</x:v>
+        <x:v>2325</x:v>
       </x:c>
       <x:c r="DA7" s="3" t="n">
-        <x:v>2327</x:v>
+        <x:v>2337</x:v>
       </x:c>
       <x:c r="DB7" s="3" t="n">
-        <x:v>2477</x:v>
+        <x:v>2489</x:v>
       </x:c>
       <x:c r="DC7" s="3" t="n">
-        <x:v>2560</x:v>
+        <x:v>2572</x:v>
       </x:c>
       <x:c r="DD7" s="3" t="n">
-        <x:v>2556</x:v>
+        <x:v>2565</x:v>
       </x:c>
       <x:c r="DE7" s="3" t="n">
-        <x:v>2639</x:v>
+        <x:v>2649</x:v>
       </x:c>
       <x:c r="DF7" s="3" t="n">
-        <x:v>2825</x:v>
+        <x:v>2812</x:v>
       </x:c>
       <x:c r="DG7" s="3" t="n">
-        <x:v>2911</x:v>
+        <x:v>2892</x:v>
       </x:c>
       <x:c r="DH7" s="3" t="n">
-        <x:v>2990</x:v>
+        <x:v>2965</x:v>
       </x:c>
       <x:c r="DI7" s="3" t="n">
-        <x:v>3082</x:v>
+        <x:v>3105</x:v>
       </x:c>
       <x:c r="DJ7" s="3" t="n">
-        <x:v>3236</x:v>
+        <x:v>3208</x:v>
       </x:c>
       <x:c r="DK7" s="3" t="n">
-        <x:v>3314</x:v>
+        <x:v>3286</x:v>
       </x:c>
       <x:c r="DL7" s="3" t="n">
-        <x:v>3379</x:v>
+        <x:v>3363</x:v>
       </x:c>
       <x:c r="DM7" s="3" t="n">
-        <x:v>3472</x:v>
+        <x:v>3445</x:v>
       </x:c>
       <x:c r="DN7" s="3" t="n">
-        <x:v>3465</x:v>
+        <x:v>3437</x:v>
       </x:c>
       <x:c r="DO7" s="3" t="n">
-        <x:v>3615</x:v>
+        <x:v>3590</x:v>
       </x:c>
       <x:c r="DP7" s="3" t="n">
         <x:v>3662</x:v>
       </x:c>
       <x:c r="DQ7" s="3" t="n">
-        <x:v>3885</x:v>
+        <x:v>3880</x:v>
       </x:c>
       <x:c r="DR7" s="3" t="n">
-        <x:v>3906</x:v>
+        <x:v>3867</x:v>
       </x:c>
       <x:c r="DS7" s="3" t="n">
-        <x:v>4029</x:v>
+        <x:v>3994</x:v>
+      </x:c>
+      <x:c r="DT7" s="3" t="n">
+        <x:v>4040</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:123">
+    <x:row r="8" spans="1:124">
       <x:c r="A8" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>310</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>309</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>310</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
         <x:v>305</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
         <x:v>306</x:v>
       </x:c>
@@ -2570,356 +2595,359 @@
       <x:c r="O8" s="3" t="n">
         <x:v>334</x:v>
       </x:c>
       <x:c r="P8" s="3" t="n">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q8" s="3" t="n">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R8" s="3" t="n">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S8" s="3" t="n">
         <x:v>316</x:v>
       </x:c>
       <x:c r="T8" s="3" t="n">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U8" s="3" t="n">
         <x:v>324</x:v>
       </x:c>
       <x:c r="V8" s="3" t="n">
         <x:v>340</x:v>
       </x:c>
       <x:c r="W8" s="3" t="n">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="X8" s="3" t="n">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Y8" s="3" t="n">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Z8" s="3" t="n">
         <x:v>378</x:v>
       </x:c>
       <x:c r="AA8" s="3" t="n">
         <x:v>375</x:v>
       </x:c>
       <x:c r="AB8" s="3" t="n">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="AC8" s="3" t="n">
         <x:v>382</x:v>
       </x:c>
       <x:c r="AD8" s="3" t="n">
         <x:v>379</x:v>
       </x:c>
       <x:c r="AE8" s="3" t="n">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="AF8" s="3" t="n">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="AG8" s="3" t="n">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="AF8" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="AH8" s="3" t="n">
-        <x:v>385</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="AI8" s="3" t="n">
-        <x:v>394</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="AJ8" s="3" t="n">
-        <x:v>404</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="AK8" s="3" t="n">
-        <x:v>409</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="AL8" s="3" t="n">
-        <x:v>435</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="AM8" s="3" t="n">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="AN8" s="3" t="n">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="AO8" s="3" t="n">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="AP8" s="3" t="n">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="AN8" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="AQ8" s="3" t="n">
-        <x:v>475</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="AR8" s="3" t="n">
-        <x:v>492</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="AS8" s="3" t="n">
-        <x:v>507</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="AT8" s="3" t="n">
-        <x:v>505</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="AU8" s="3" t="n">
-        <x:v>537</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="AV8" s="3" t="n">
-        <x:v>550</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="AW8" s="3" t="n">
-        <x:v>560</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="AX8" s="3" t="n">
-        <x:v>567</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="AY8" s="3" t="n">
-        <x:v>589</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="AZ8" s="3" t="n">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="BA8" s="3" t="n">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="BB8" s="3" t="n">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="BC8" s="3" t="n">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="BD8" s="3" t="n">
         <x:v>621</x:v>
       </x:c>
-      <x:c r="BA8" s="3" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="BE8" s="3" t="n">
-        <x:v>666</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="BF8" s="3" t="n">
-        <x:v>611</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="BG8" s="3" t="n">
-        <x:v>591</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="BH8" s="3" t="n">
-        <x:v>592</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="BI8" s="3" t="n">
-        <x:v>605</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="BJ8" s="3" t="n">
-        <x:v>604</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="BK8" s="3" t="n">
-        <x:v>602</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="BL8" s="3" t="n">
-        <x:v>609</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="BM8" s="3" t="n">
-        <x:v>618</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="BN8" s="3" t="n">
-        <x:v>661</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="BO8" s="3" t="n">
-        <x:v>675</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="BP8" s="3" t="n">
-        <x:v>698</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="BQ8" s="3" t="n">
-        <x:v>682</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="BR8" s="3" t="n">
-        <x:v>765</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="BS8" s="3" t="n">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="BT8" s="3" t="n">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="BU8" s="3" t="n">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="BV8" s="3" t="n">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="BW8" s="3" t="n">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="BX8" s="3" t="n">
         <x:v>744</x:v>
       </x:c>
-      <x:c r="BT8" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="BU8" s="3" t="n">
+      <x:c r="BY8" s="3" t="n">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="BZ8" s="3" t="n">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="CA8" s="3" t="n">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c r="CB8" s="3" t="n">
         <x:v>769</x:v>
       </x:c>
-      <x:c r="BV8" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="BY8" s="3" t="n">
+      <x:c r="CC8" s="3" t="n">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="CD8" s="3" t="n">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="CE8" s="3" t="n">
         <x:v>759</x:v>
       </x:c>
-      <x:c r="BZ8" s="3" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="CF8" s="3" t="n">
-        <x:v>763</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="CG8" s="3" t="n">
-        <x:v>747</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="CH8" s="3" t="n">
-        <x:v>743</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="CI8" s="3" t="n">
-        <x:v>732</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="CJ8" s="3" t="n">
-        <x:v>692</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="CK8" s="3" t="n">
-        <x:v>712</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="CL8" s="3" t="n">
-        <x:v>704</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="CM8" s="3" t="n">
-        <x:v>708</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="CN8" s="3" t="n">
-        <x:v>717</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="CO8" s="3" t="n">
-        <x:v>732</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="CP8" s="3" t="n">
-        <x:v>741</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="CQ8" s="3" t="n">
-        <x:v>740</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="CR8" s="3" t="n">
-        <x:v>765</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="CS8" s="3" t="n">
-        <x:v>771</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="CT8" s="3" t="n">
-        <x:v>772</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="CU8" s="3" t="n">
-        <x:v>785</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="CV8" s="3" t="n">
-        <x:v>791</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="CW8" s="3" t="n">
-        <x:v>794</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="CX8" s="3" t="n">
-        <x:v>823</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="CY8" s="3" t="n">
+        <x:v>801</x:v>
+      </x:c>
+      <x:c r="CZ8" s="3" t="n">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="DA8" s="3" t="n">
         <x:v>808</x:v>
       </x:c>
-      <x:c r="CZ8" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="DB8" s="3" t="n">
-        <x:v>843</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="DC8" s="3" t="n">
-        <x:v>843</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="DD8" s="3" t="n">
-        <x:v>862</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="DE8" s="3" t="n">
-        <x:v>854</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="DF8" s="3" t="n">
-        <x:v>863</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="DG8" s="3" t="n">
-        <x:v>892</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="DH8" s="3" t="n">
-        <x:v>902</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="DI8" s="3" t="n">
-        <x:v>924</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="DJ8" s="3" t="n">
+        <x:v>937</x:v>
+      </x:c>
+      <x:c r="DK8" s="3" t="n">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="DL8" s="3" t="n">
+        <x:v>954</x:v>
+      </x:c>
+      <x:c r="DM8" s="3" t="n">
         <x:v>958</x:v>
       </x:c>
-      <x:c r="DK8" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="DN8" s="3" t="n">
-        <x:v>982</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="DO8" s="3" t="n">
-        <x:v>1029</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="DP8" s="3" t="n">
-        <x:v>1027</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="DQ8" s="3" t="n">
-        <x:v>1048</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="DR8" s="3" t="n">
-        <x:v>1053</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="DS8" s="3" t="n">
-        <x:v>1043</x:v>
+        <x:v>1026</x:v>
+      </x:c>
+      <x:c r="DT8" s="3" t="n">
+        <x:v>1034</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:123">
+    <x:row r="9" spans="1:124">
       <x:c r="A9" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>2908</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>2855</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>2870</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>3064</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>3036</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>3033</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
         <x:v>3069</x:v>
       </x:c>
       <x:c r="I9" s="3" t="n">
         <x:v>3289</x:v>
       </x:c>
@@ -2947,350 +2975,353 @@
       <x:c r="Q9" s="3" t="n">
         <x:v>4171</x:v>
       </x:c>
       <x:c r="R9" s="3" t="n">
         <x:v>4192</x:v>
       </x:c>
       <x:c r="S9" s="3" t="n">
         <x:v>4119</x:v>
       </x:c>
       <x:c r="T9" s="3" t="n">
         <x:v>4260</x:v>
       </x:c>
       <x:c r="U9" s="3" t="n">
         <x:v>4366</x:v>
       </x:c>
       <x:c r="V9" s="3" t="n">
         <x:v>4031</x:v>
       </x:c>
       <x:c r="W9" s="3" t="n">
         <x:v>4092</x:v>
       </x:c>
       <x:c r="X9" s="3" t="n">
         <x:v>4142</x:v>
       </x:c>
       <x:c r="Y9" s="3" t="n">
-        <x:v>4303</x:v>
+        <x:v>4302</x:v>
       </x:c>
       <x:c r="Z9" s="3" t="n">
-        <x:v>4716</x:v>
+        <x:v>4714</x:v>
       </x:c>
       <x:c r="AA9" s="3" t="n">
-        <x:v>4972</x:v>
+        <x:v>4969</x:v>
       </x:c>
       <x:c r="AB9" s="3" t="n">
-        <x:v>5199</x:v>
+        <x:v>5194</x:v>
       </x:c>
       <x:c r="AC9" s="3" t="n">
-        <x:v>5270</x:v>
+        <x:v>5263</x:v>
       </x:c>
       <x:c r="AD9" s="3" t="n">
-        <x:v>5418</x:v>
+        <x:v>5409</x:v>
       </x:c>
       <x:c r="AE9" s="3" t="n">
-        <x:v>5657</x:v>
+        <x:v>5645</x:v>
       </x:c>
       <x:c r="AF9" s="3" t="n">
-        <x:v>5803</x:v>
+        <x:v>5789</x:v>
       </x:c>
       <x:c r="AG9" s="3" t="n">
-        <x:v>5777</x:v>
+        <x:v>5761</x:v>
       </x:c>
       <x:c r="AH9" s="3" t="n">
-        <x:v>5613</x:v>
+        <x:v>5594</x:v>
       </x:c>
       <x:c r="AI9" s="3" t="n">
-        <x:v>5842</x:v>
+        <x:v>5820</x:v>
       </x:c>
       <x:c r="AJ9" s="3" t="n">
-        <x:v>5950</x:v>
+        <x:v>5925</x:v>
       </x:c>
       <x:c r="AK9" s="3" t="n">
-        <x:v>6048</x:v>
+        <x:v>6020</x:v>
       </x:c>
       <x:c r="AL9" s="3" t="n">
-        <x:v>5928</x:v>
+        <x:v>5896</x:v>
       </x:c>
       <x:c r="AM9" s="3" t="n">
-        <x:v>6022</x:v>
+        <x:v>5986</x:v>
       </x:c>
       <x:c r="AN9" s="3" t="n">
-        <x:v>6107</x:v>
+        <x:v>6067</x:v>
       </x:c>
       <x:c r="AO9" s="3" t="n">
-        <x:v>6336</x:v>
+        <x:v>6292</x:v>
       </x:c>
       <x:c r="AP9" s="3" t="n">
-        <x:v>6575</x:v>
+        <x:v>6526</x:v>
       </x:c>
       <x:c r="AQ9" s="3" t="n">
-        <x:v>6676</x:v>
+        <x:v>6623</x:v>
       </x:c>
       <x:c r="AR9" s="3" t="n">
-        <x:v>7075</x:v>
+        <x:v>7015</x:v>
       </x:c>
       <x:c r="AS9" s="3" t="n">
-        <x:v>7280</x:v>
+        <x:v>7214</x:v>
       </x:c>
       <x:c r="AT9" s="3" t="n">
-        <x:v>6908</x:v>
+        <x:v>6842</x:v>
       </x:c>
       <x:c r="AU9" s="3" t="n">
-        <x:v>7183</x:v>
+        <x:v>7109</x:v>
       </x:c>
       <x:c r="AV9" s="3" t="n">
-        <x:v>7995</x:v>
+        <x:v>7908</x:v>
       </x:c>
       <x:c r="AW9" s="3" t="n">
-        <x:v>8100</x:v>
+        <x:v>8006</x:v>
       </x:c>
       <x:c r="AX9" s="3" t="n">
-        <x:v>8471</x:v>
+        <x:v>8369</x:v>
       </x:c>
       <x:c r="AY9" s="3" t="n">
-        <x:v>8598</x:v>
+        <x:v>8490</x:v>
       </x:c>
       <x:c r="AZ9" s="3" t="n">
-        <x:v>10224</x:v>
+        <x:v>10093</x:v>
       </x:c>
       <x:c r="BA9" s="3" t="n">
-        <x:v>9629</x:v>
+        <x:v>9496</x:v>
       </x:c>
       <x:c r="BB9" s="3" t="n">
-        <x:v>9692</x:v>
+        <x:v>9549</x:v>
       </x:c>
       <x:c r="BC9" s="3" t="n">
-        <x:v>10342</x:v>
+        <x:v>10185</x:v>
       </x:c>
       <x:c r="BD9" s="3" t="n">
-        <x:v>12044</x:v>
+        <x:v>11855</x:v>
       </x:c>
       <x:c r="BE9" s="3" t="n">
-        <x:v>12505</x:v>
+        <x:v>12310</x:v>
       </x:c>
       <x:c r="BF9" s="3" t="n">
-        <x:v>12813</x:v>
+        <x:v>12621</x:v>
       </x:c>
       <x:c r="BG9" s="3" t="n">
-        <x:v>12983</x:v>
+        <x:v>12790</x:v>
       </x:c>
       <x:c r="BH9" s="3" t="n">
-        <x:v>12835</x:v>
+        <x:v>12643</x:v>
       </x:c>
       <x:c r="BI9" s="3" t="n">
-        <x:v>13331</x:v>
+        <x:v>13130</x:v>
       </x:c>
       <x:c r="BJ9" s="3" t="n">
-        <x:v>13350</x:v>
+        <x:v>13143</x:v>
       </x:c>
       <x:c r="BK9" s="3" t="n">
-        <x:v>13543</x:v>
+        <x:v>13330</x:v>
       </x:c>
       <x:c r="BL9" s="3" t="n">
-        <x:v>13415</x:v>
+        <x:v>13202</x:v>
       </x:c>
       <x:c r="BM9" s="3" t="n">
-        <x:v>14104</x:v>
+        <x:v>13884</x:v>
       </x:c>
       <x:c r="BN9" s="3" t="n">
-        <x:v>14954</x:v>
+        <x:v>14722</x:v>
       </x:c>
       <x:c r="BO9" s="3" t="n">
-        <x:v>15129</x:v>
+        <x:v>14895</x:v>
       </x:c>
       <x:c r="BP9" s="3" t="n">
-        <x:v>15760</x:v>
+        <x:v>15516</x:v>
       </x:c>
       <x:c r="BQ9" s="3" t="n">
-        <x:v>15998</x:v>
+        <x:v>15751</x:v>
       </x:c>
       <x:c r="BR9" s="3" t="n">
-        <x:v>17261</x:v>
+        <x:v>16996</x:v>
       </x:c>
       <x:c r="BS9" s="3" t="n">
-        <x:v>17142</x:v>
+        <x:v>16879</x:v>
       </x:c>
       <x:c r="BT9" s="3" t="n">
-        <x:v>17275</x:v>
+        <x:v>17012</x:v>
       </x:c>
       <x:c r="BU9" s="3" t="n">
-        <x:v>18811</x:v>
+        <x:v>18524</x:v>
       </x:c>
       <x:c r="BV9" s="3" t="n">
-        <x:v>18941</x:v>
+        <x:v>18657</x:v>
       </x:c>
       <x:c r="BW9" s="3" t="n">
-        <x:v>19467</x:v>
+        <x:v>19176</x:v>
       </x:c>
       <x:c r="BX9" s="3" t="n">
-        <x:v>19829</x:v>
+        <x:v>19535</x:v>
       </x:c>
       <x:c r="BY9" s="3" t="n">
-        <x:v>20566</x:v>
+        <x:v>20261</x:v>
       </x:c>
       <x:c r="BZ9" s="3" t="n">
-        <x:v>20480</x:v>
+        <x:v>20179</x:v>
       </x:c>
       <x:c r="CA9" s="3" t="n">
-        <x:v>20592</x:v>
+        <x:v>20290</x:v>
       </x:c>
       <x:c r="CB9" s="3" t="n">
-        <x:v>20685</x:v>
+        <x:v>20382</x:v>
       </x:c>
       <x:c r="CC9" s="3" t="n">
-        <x:v>19954</x:v>
+        <x:v>19661</x:v>
       </x:c>
       <x:c r="CD9" s="3" t="n">
-        <x:v>20074</x:v>
+        <x:v>19784</x:v>
       </x:c>
       <x:c r="CE9" s="3" t="n">
-        <x:v>19111</x:v>
+        <x:v>18833</x:v>
       </x:c>
       <x:c r="CF9" s="3" t="n">
-        <x:v>18926</x:v>
+        <x:v>18648</x:v>
       </x:c>
       <x:c r="CG9" s="3" t="n">
-        <x:v>19265</x:v>
+        <x:v>18980</x:v>
       </x:c>
       <x:c r="CH9" s="3" t="n">
-        <x:v>18520</x:v>
+        <x:v>18246</x:v>
       </x:c>
       <x:c r="CI9" s="3" t="n">
-        <x:v>17383</x:v>
+        <x:v>17127</x:v>
       </x:c>
       <x:c r="CJ9" s="3" t="n">
-        <x:v>17457</x:v>
+        <x:v>17192</x:v>
       </x:c>
       <x:c r="CK9" s="3" t="n">
-        <x:v>16176</x:v>
+        <x:v>15932</x:v>
       </x:c>
       <x:c r="CL9" s="3" t="n">
-        <x:v>16061</x:v>
+        <x:v>15820</x:v>
       </x:c>
       <x:c r="CM9" s="3" t="n">
-        <x:v>17043</x:v>
+        <x:v>16786</x:v>
       </x:c>
       <x:c r="CN9" s="3" t="n">
-        <x:v>17034</x:v>
+        <x:v>16780</x:v>
       </x:c>
       <x:c r="CO9" s="3" t="n">
-        <x:v>16246</x:v>
+        <x:v>16008</x:v>
       </x:c>
       <x:c r="CP9" s="3" t="n">
-        <x:v>16287</x:v>
+        <x:v>16047</x:v>
       </x:c>
       <x:c r="CQ9" s="3" t="n">
-        <x:v>18686</x:v>
+        <x:v>18397</x:v>
       </x:c>
       <x:c r="CR9" s="3" t="n">
-        <x:v>17487</x:v>
+        <x:v>17226</x:v>
       </x:c>
       <x:c r="CS9" s="3" t="n">
-        <x:v>17282</x:v>
+        <x:v>17029</x:v>
       </x:c>
       <x:c r="CT9" s="3" t="n">
-        <x:v>18576</x:v>
+        <x:v>18299</x:v>
       </x:c>
       <x:c r="CU9" s="3" t="n">
-        <x:v>18391</x:v>
+        <x:v>18126</x:v>
       </x:c>
       <x:c r="CV9" s="3" t="n">
-        <x:v>19312</x:v>
+        <x:v>19035</x:v>
       </x:c>
       <x:c r="CW9" s="3" t="n">
-        <x:v>20948</x:v>
+        <x:v>20642</x:v>
       </x:c>
       <x:c r="CX9" s="3" t="n">
-        <x:v>20108</x:v>
+        <x:v>19821</x:v>
       </x:c>
       <x:c r="CY9" s="3" t="n">
-        <x:v>20327</x:v>
+        <x:v>20042</x:v>
       </x:c>
       <x:c r="CZ9" s="3" t="n">
-        <x:v>20072</x:v>
+        <x:v>19817</x:v>
       </x:c>
       <x:c r="DA9" s="3" t="n">
-        <x:v>19306</x:v>
+        <x:v>19116</x:v>
       </x:c>
       <x:c r="DB9" s="3" t="n">
-        <x:v>19710</x:v>
+        <x:v>19835</x:v>
       </x:c>
       <x:c r="DC9" s="3" t="n">
-        <x:v>20782</x:v>
+        <x:v>20455</x:v>
       </x:c>
       <x:c r="DD9" s="3" t="n">
-        <x:v>21310</x:v>
+        <x:v>20921</x:v>
       </x:c>
       <x:c r="DE9" s="3" t="n">
-        <x:v>20850</x:v>
+        <x:v>20418</x:v>
       </x:c>
       <x:c r="DF9" s="3" t="n">
-        <x:v>22683</x:v>
+        <x:v>21965</x:v>
       </x:c>
       <x:c r="DG9" s="3" t="n">
-        <x:v>22829</x:v>
+        <x:v>22011</x:v>
       </x:c>
       <x:c r="DH9" s="3" t="n">
-        <x:v>22678</x:v>
+        <x:v>21747</x:v>
       </x:c>
       <x:c r="DI9" s="3" t="n">
-        <x:v>22595</x:v>
+        <x:v>21341</x:v>
       </x:c>
       <x:c r="DJ9" s="3" t="n">
-        <x:v>24345</x:v>
+        <x:v>23424</x:v>
       </x:c>
       <x:c r="DK9" s="3" t="n">
-        <x:v>24484</x:v>
+        <x:v>23684</x:v>
       </x:c>
       <x:c r="DL9" s="3" t="n">
-        <x:v>25394</x:v>
+        <x:v>24708</x:v>
       </x:c>
       <x:c r="DM9" s="3" t="n">
-        <x:v>26608</x:v>
+        <x:v>25815</x:v>
       </x:c>
       <x:c r="DN9" s="3" t="n">
-        <x:v>26044</x:v>
+        <x:v>25716</x:v>
       </x:c>
       <x:c r="DO9" s="3" t="n">
-        <x:v>26731</x:v>
+        <x:v>26361</x:v>
       </x:c>
       <x:c r="DP9" s="3" t="n">
-        <x:v>27306</x:v>
+        <x:v>26944</x:v>
       </x:c>
       <x:c r="DQ9" s="3" t="n">
-        <x:v>27693</x:v>
+        <x:v>27184</x:v>
       </x:c>
       <x:c r="DR9" s="3" t="n">
-        <x:v>28504</x:v>
+        <x:v>28075</x:v>
       </x:c>
       <x:c r="DS9" s="3" t="n">
-        <x:v>28574</x:v>
+        <x:v>28223</x:v>
+      </x:c>
+      <x:c r="DT9" s="3" t="n">
+        <x:v>28607</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:123">
+    <x:row r="10" spans="1:124">
       <x:c r="A10" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>2461</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>2408</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>2403</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>2523</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>2483</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>2442</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
         <x:v>2433</x:v>
       </x:c>
       <x:c r="I10" s="3" t="n">
         <x:v>2570</x:v>
       </x:c>
@@ -3306,362 +3337,365 @@
       <x:c r="M10" s="3" t="n">
         <x:v>2691</x:v>
       </x:c>
       <x:c r="N10" s="3" t="n">
         <x:v>2447</x:v>
       </x:c>
       <x:c r="O10" s="3" t="n">
         <x:v>2571</x:v>
       </x:c>
       <x:c r="P10" s="3" t="n">
         <x:v>2700</x:v>
       </x:c>
       <x:c r="Q10" s="3" t="n">
         <x:v>2788</x:v>
       </x:c>
       <x:c r="R10" s="3" t="n">
         <x:v>3053</x:v>
       </x:c>
       <x:c r="S10" s="3" t="n">
         <x:v>2948</x:v>
       </x:c>
       <x:c r="T10" s="3" t="n">
         <x:v>2951</x:v>
       </x:c>
       <x:c r="U10" s="3" t="n">
-        <x:v>2979</x:v>
+        <x:v>2980</x:v>
       </x:c>
       <x:c r="V10" s="3" t="n">
         <x:v>3005</x:v>
       </x:c>
       <x:c r="W10" s="3" t="n">
         <x:v>2984</x:v>
       </x:c>
       <x:c r="X10" s="3" t="n">
         <x:v>2982</x:v>
       </x:c>
       <x:c r="Y10" s="3" t="n">
         <x:v>2982</x:v>
       </x:c>
       <x:c r="Z10" s="3" t="n">
-        <x:v>3205</x:v>
+        <x:v>3203</x:v>
       </x:c>
       <x:c r="AA10" s="3" t="n">
-        <x:v>3281</x:v>
+        <x:v>3278</x:v>
       </x:c>
       <x:c r="AB10" s="3" t="n">
-        <x:v>3404</x:v>
+        <x:v>3399</x:v>
       </x:c>
       <x:c r="AC10" s="3" t="n">
-        <x:v>3476</x:v>
+        <x:v>3470</x:v>
       </x:c>
       <x:c r="AD10" s="3" t="n">
-        <x:v>3369</x:v>
+        <x:v>3361</x:v>
       </x:c>
       <x:c r="AE10" s="3" t="n">
-        <x:v>3492</x:v>
+        <x:v>3482</x:v>
       </x:c>
       <x:c r="AF10" s="3" t="n">
+        <x:v>3538</x:v>
+      </x:c>
+      <x:c r="AG10" s="3" t="n">
+        <x:v>3463</x:v>
+      </x:c>
+      <x:c r="AH10" s="3" t="n">
         <x:v>3550</x:v>
       </x:c>
-      <x:c r="AG10" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="AI10" s="3" t="n">
-        <x:v>3672</x:v>
+        <x:v>3655</x:v>
       </x:c>
       <x:c r="AJ10" s="3" t="n">
-        <x:v>3680</x:v>
+        <x:v>3660</x:v>
       </x:c>
       <x:c r="AK10" s="3" t="n">
-        <x:v>3781</x:v>
+        <x:v>3758</x:v>
       </x:c>
       <x:c r="AL10" s="3" t="n">
-        <x:v>3697</x:v>
+        <x:v>3671</x:v>
       </x:c>
       <x:c r="AM10" s="3" t="n">
-        <x:v>3681</x:v>
+        <x:v>3653</x:v>
       </x:c>
       <x:c r="AN10" s="3" t="n">
-        <x:v>3709</x:v>
+        <x:v>3677</x:v>
       </x:c>
       <x:c r="AO10" s="3" t="n">
-        <x:v>3814</x:v>
+        <x:v>3779</x:v>
       </x:c>
       <x:c r="AP10" s="3" t="n">
-        <x:v>3900</x:v>
+        <x:v>3862</x:v>
       </x:c>
       <x:c r="AQ10" s="3" t="n">
-        <x:v>3950</x:v>
+        <x:v>3907</x:v>
       </x:c>
       <x:c r="AR10" s="3" t="n">
-        <x:v>4105</x:v>
+        <x:v>4058</x:v>
       </x:c>
       <x:c r="AS10" s="3" t="n">
-        <x:v>4154</x:v>
+        <x:v>4103</x:v>
       </x:c>
       <x:c r="AT10" s="3" t="n">
-        <x:v>3726</x:v>
+        <x:v>3677</x:v>
       </x:c>
       <x:c r="AU10" s="3" t="n">
-        <x:v>3919</x:v>
+        <x:v>3864</x:v>
       </x:c>
       <x:c r="AV10" s="3" t="n">
-        <x:v>4205</x:v>
+        <x:v>4143</x:v>
       </x:c>
       <x:c r="AW10" s="3" t="n">
-        <x:v>4409</x:v>
+        <x:v>4341</x:v>
       </x:c>
       <x:c r="AX10" s="3" t="n">
-        <x:v>4471</x:v>
+        <x:v>4399</x:v>
       </x:c>
       <x:c r="AY10" s="3" t="n">
-        <x:v>4385</x:v>
+        <x:v>4311</x:v>
       </x:c>
       <x:c r="AZ10" s="3" t="n">
-        <x:v>4733</x:v>
+        <x:v>4650</x:v>
       </x:c>
       <x:c r="BA10" s="3" t="n">
-        <x:v>4888</x:v>
+        <x:v>4798</x:v>
       </x:c>
       <x:c r="BB10" s="3" t="n">
-        <x:v>5056</x:v>
+        <x:v>4958</x:v>
       </x:c>
       <x:c r="BC10" s="3" t="n">
-        <x:v>5319</x:v>
+        <x:v>5212</x:v>
       </x:c>
       <x:c r="BD10" s="3" t="n">
-        <x:v>6548</x:v>
+        <x:v>6414</x:v>
       </x:c>
       <x:c r="BE10" s="3" t="n">
-        <x:v>6726</x:v>
+        <x:v>6588</x:v>
       </x:c>
       <x:c r="BF10" s="3" t="n">
-        <x:v>6677</x:v>
+        <x:v>6541</x:v>
       </x:c>
       <x:c r="BG10" s="3" t="n">
-        <x:v>6817</x:v>
+        <x:v>6678</x:v>
       </x:c>
       <x:c r="BH10" s="3" t="n">
-        <x:v>6894</x:v>
+        <x:v>6753</x:v>
       </x:c>
       <x:c r="BI10" s="3" t="n">
-        <x:v>7069</x:v>
+        <x:v>6924</x:v>
       </x:c>
       <x:c r="BJ10" s="3" t="n">
-        <x:v>7186</x:v>
+        <x:v>7037</x:v>
       </x:c>
       <x:c r="BK10" s="3" t="n">
-        <x:v>7306</x:v>
+        <x:v>7153</x:v>
       </x:c>
       <x:c r="BL10" s="3" t="n">
-        <x:v>7262</x:v>
+        <x:v>7109</x:v>
       </x:c>
       <x:c r="BM10" s="3" t="n">
-        <x:v>7385</x:v>
+        <x:v>7228</x:v>
       </x:c>
       <x:c r="BN10" s="3" t="n">
-        <x:v>7947</x:v>
+        <x:v>7778</x:v>
       </x:c>
       <x:c r="BO10" s="3" t="n">
-        <x:v>8100</x:v>
+        <x:v>7927</x:v>
       </x:c>
       <x:c r="BP10" s="3" t="n">
-        <x:v>8495</x:v>
+        <x:v>8313</x:v>
       </x:c>
       <x:c r="BQ10" s="3" t="n">
-        <x:v>8572</x:v>
+        <x:v>8387</x:v>
       </x:c>
       <x:c r="BR10" s="3" t="n">
-        <x:v>9059</x:v>
+        <x:v>8863</x:v>
       </x:c>
       <x:c r="BS10" s="3" t="n">
-        <x:v>9018</x:v>
+        <x:v>8822</x:v>
       </x:c>
       <x:c r="BT10" s="3" t="n">
-        <x:v>8915</x:v>
+        <x:v>8722</x:v>
       </x:c>
       <x:c r="BU10" s="3" t="n">
-        <x:v>9849</x:v>
+        <x:v>9636</x:v>
       </x:c>
       <x:c r="BV10" s="3" t="n">
-        <x:v>9746</x:v>
+        <x:v>9536</x:v>
       </x:c>
       <x:c r="BW10" s="3" t="n">
-        <x:v>10009</x:v>
+        <x:v>9794</x:v>
       </x:c>
       <x:c r="BX10" s="3" t="n">
-        <x:v>10113</x:v>
+        <x:v>9897</x:v>
       </x:c>
       <x:c r="BY10" s="3" t="n">
-        <x:v>10508</x:v>
+        <x:v>10283</x:v>
       </x:c>
       <x:c r="BZ10" s="3" t="n">
-        <x:v>10355</x:v>
+        <x:v>10133</x:v>
       </x:c>
       <x:c r="CA10" s="3" t="n">
-        <x:v>10402</x:v>
+        <x:v>10179</x:v>
       </x:c>
       <x:c r="CB10" s="3" t="n">
-        <x:v>10428</x:v>
+        <x:v>10204</x:v>
       </x:c>
       <x:c r="CC10" s="3" t="n">
-        <x:v>10092</x:v>
+        <x:v>9876</x:v>
       </x:c>
       <x:c r="CD10" s="3" t="n">
-        <x:v>9835</x:v>
+        <x:v>9625</x:v>
       </x:c>
       <x:c r="CE10" s="3" t="n">
-        <x:v>9525</x:v>
+        <x:v>9322</x:v>
       </x:c>
       <x:c r="CF10" s="3" t="n">
-        <x:v>9696</x:v>
+        <x:v>9490</x:v>
       </x:c>
       <x:c r="CG10" s="3" t="n">
-        <x:v>10150</x:v>
+        <x:v>9934</x:v>
       </x:c>
       <x:c r="CH10" s="3" t="n">
-        <x:v>9769</x:v>
+        <x:v>9561</x:v>
       </x:c>
       <x:c r="CI10" s="3" t="n">
-        <x:v>9191</x:v>
+        <x:v>8995</x:v>
       </x:c>
       <x:c r="CJ10" s="3" t="n">
-        <x:v>9812</x:v>
+        <x:v>9603</x:v>
       </x:c>
       <x:c r="CK10" s="3" t="n">
-        <x:v>9027</x:v>
+        <x:v>8835</x:v>
       </x:c>
       <x:c r="CL10" s="3" t="n">
-        <x:v>8906</x:v>
+        <x:v>8717</x:v>
       </x:c>
       <x:c r="CM10" s="3" t="n">
-        <x:v>9634</x:v>
+        <x:v>9430</x:v>
       </x:c>
       <x:c r="CN10" s="3" t="n">
-        <x:v>9432</x:v>
+        <x:v>9231</x:v>
       </x:c>
       <x:c r="CO10" s="3" t="n">
-        <x:v>8693</x:v>
+        <x:v>8507</x:v>
       </x:c>
       <x:c r="CP10" s="3" t="n">
-        <x:v>8725</x:v>
+        <x:v>8536</x:v>
       </x:c>
       <x:c r="CQ10" s="3" t="n">
-        <x:v>10906</x:v>
+        <x:v>10668</x:v>
       </x:c>
       <x:c r="CR10" s="3" t="n">
-        <x:v>9626</x:v>
+        <x:v>9414</x:v>
       </x:c>
       <x:c r="CS10" s="3" t="n">
-        <x:v>9221</x:v>
+        <x:v>9015</x:v>
       </x:c>
       <x:c r="CT10" s="3" t="n">
-        <x:v>10254</x:v>
+        <x:v>10021</x:v>
       </x:c>
       <x:c r="CU10" s="3" t="n">
-        <x:v>9713</x:v>
+        <x:v>9493</x:v>
       </x:c>
       <x:c r="CV10" s="3" t="n">
-        <x:v>10144</x:v>
+        <x:v>9918</x:v>
       </x:c>
       <x:c r="CW10" s="3" t="n">
-        <x:v>11224</x:v>
+        <x:v>10982</x:v>
       </x:c>
       <x:c r="CX10" s="3" t="n">
-        <x:v>10059</x:v>
+        <x:v>9853</x:v>
       </x:c>
       <x:c r="CY10" s="3" t="n">
-        <x:v>10866</x:v>
+        <x:v>10652</x:v>
       </x:c>
       <x:c r="CZ10" s="3" t="n">
-        <x:v>10967</x:v>
+        <x:v>10757</x:v>
       </x:c>
       <x:c r="DA10" s="3" t="n">
-        <x:v>9847</x:v>
+        <x:v>9661</x:v>
       </x:c>
       <x:c r="DB10" s="3" t="n">
-        <x:v>9743</x:v>
+        <x:v>9821</x:v>
       </x:c>
       <x:c r="DC10" s="3" t="n">
-        <x:v>10849</x:v>
+        <x:v>10452</x:v>
       </x:c>
       <x:c r="DD10" s="3" t="n">
-        <x:v>11364</x:v>
+        <x:v>11056</x:v>
       </x:c>
       <x:c r="DE10" s="3" t="n">
-        <x:v>10616</x:v>
+        <x:v>10432</x:v>
       </x:c>
       <x:c r="DF10" s="3" t="n">
-        <x:v>12322</x:v>
+        <x:v>12102</x:v>
       </x:c>
       <x:c r="DG10" s="3" t="n">
-        <x:v>12066</x:v>
+        <x:v>11941</x:v>
       </x:c>
       <x:c r="DH10" s="3" t="n">
-        <x:v>11802</x:v>
+        <x:v>11789</x:v>
       </x:c>
       <x:c r="DI10" s="3" t="n">
-        <x:v>11612</x:v>
+        <x:v>11151</x:v>
       </x:c>
       <x:c r="DJ10" s="3" t="n">
-        <x:v>13213</x:v>
+        <x:v>12986</x:v>
       </x:c>
       <x:c r="DK10" s="3" t="n">
-        <x:v>12688</x:v>
+        <x:v>12489</x:v>
       </x:c>
       <x:c r="DL10" s="3" t="n">
-        <x:v>13221</x:v>
+        <x:v>13084</x:v>
       </x:c>
       <x:c r="DM10" s="3" t="n">
-        <x:v>14532</x:v>
+        <x:v>14292</x:v>
       </x:c>
       <x:c r="DN10" s="3" t="n">
-        <x:v>13701</x:v>
+        <x:v>13763</x:v>
       </x:c>
       <x:c r="DO10" s="3" t="n">
-        <x:v>14032</x:v>
+        <x:v>14046</x:v>
       </x:c>
       <x:c r="DP10" s="3" t="n">
-        <x:v>14455</x:v>
+        <x:v>14542</x:v>
       </x:c>
       <x:c r="DQ10" s="3" t="n">
-        <x:v>14203</x:v>
+        <x:v>14212</x:v>
       </x:c>
       <x:c r="DR10" s="3" t="n">
-        <x:v>14551</x:v>
+        <x:v>14536</x:v>
       </x:c>
       <x:c r="DS10" s="3" t="n">
-        <x:v>14820</x:v>
+        <x:v>14850</x:v>
+      </x:c>
+      <x:c r="DT10" s="3" t="n">
+        <x:v>14842</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:123">
+    <x:row r="11" spans="1:124">
       <x:c r="A11" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>447</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>467</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>541</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>553</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>591</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
         <x:v>636</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
         <x:v>719</x:v>
       </x:c>
@@ -3689,721 +3723,727 @@
       <x:c r="Q11" s="3" t="n">
         <x:v>1383</x:v>
       </x:c>
       <x:c r="R11" s="3" t="n">
         <x:v>1139</x:v>
       </x:c>
       <x:c r="S11" s="3" t="n">
         <x:v>1170</x:v>
       </x:c>
       <x:c r="T11" s="3" t="n">
         <x:v>1310</x:v>
       </x:c>
       <x:c r="U11" s="3" t="n">
         <x:v>1386</x:v>
       </x:c>
       <x:c r="V11" s="3" t="n">
         <x:v>1026</x:v>
       </x:c>
       <x:c r="W11" s="3" t="n">
         <x:v>1107</x:v>
       </x:c>
       <x:c r="X11" s="3" t="n">
         <x:v>1160</x:v>
       </x:c>
       <x:c r="Y11" s="3" t="n">
-        <x:v>1321</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="Z11" s="3" t="n">
         <x:v>1511</x:v>
       </x:c>
       <x:c r="AA11" s="3" t="n">
         <x:v>1691</x:v>
       </x:c>
       <x:c r="AB11" s="3" t="n">
-        <x:v>1795</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="AC11" s="3" t="n">
-        <x:v>1795</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="AD11" s="3" t="n">
-        <x:v>2049</x:v>
+        <x:v>2047</x:v>
       </x:c>
       <x:c r="AE11" s="3" t="n">
+        <x:v>2163</x:v>
+      </x:c>
+      <x:c r="AF11" s="3" t="n">
+        <x:v>2251</x:v>
+      </x:c>
+      <x:c r="AG11" s="3" t="n">
+        <x:v>2297</x:v>
+      </x:c>
+      <x:c r="AH11" s="3" t="n">
+        <x:v>2044</x:v>
+      </x:c>
+      <x:c r="AI11" s="3" t="n">
         <x:v>2165</x:v>
       </x:c>
-      <x:c r="AF11" s="3" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="AJ11" s="3" t="n">
-        <x:v>2270</x:v>
+        <x:v>2265</x:v>
       </x:c>
       <x:c r="AK11" s="3" t="n">
-        <x:v>2268</x:v>
+        <x:v>2262</x:v>
       </x:c>
       <x:c r="AL11" s="3" t="n">
-        <x:v>2232</x:v>
+        <x:v>2225</x:v>
       </x:c>
       <x:c r="AM11" s="3" t="n">
-        <x:v>2341</x:v>
+        <x:v>2334</x:v>
       </x:c>
       <x:c r="AN11" s="3" t="n">
-        <x:v>2398</x:v>
+        <x:v>2390</x:v>
       </x:c>
       <x:c r="AO11" s="3" t="n">
-        <x:v>2522</x:v>
+        <x:v>2513</x:v>
       </x:c>
       <x:c r="AP11" s="3" t="n">
-        <x:v>2674</x:v>
+        <x:v>2665</x:v>
       </x:c>
       <x:c r="AQ11" s="3" t="n">
-        <x:v>2727</x:v>
+        <x:v>2716</x:v>
       </x:c>
       <x:c r="AR11" s="3" t="n">
-        <x:v>2970</x:v>
+        <x:v>2957</x:v>
       </x:c>
       <x:c r="AS11" s="3" t="n">
-        <x:v>3126</x:v>
+        <x:v>3111</x:v>
       </x:c>
       <x:c r="AT11" s="3" t="n">
-        <x:v>3182</x:v>
+        <x:v>3165</x:v>
       </x:c>
       <x:c r="AU11" s="3" t="n">
-        <x:v>3264</x:v>
+        <x:v>3245</x:v>
       </x:c>
       <x:c r="AV11" s="3" t="n">
-        <x:v>3790</x:v>
+        <x:v>3766</x:v>
       </x:c>
       <x:c r="AW11" s="3" t="n">
-        <x:v>3691</x:v>
+        <x:v>3665</x:v>
       </x:c>
       <x:c r="AX11" s="3" t="n">
-        <x:v>4000</x:v>
+        <x:v>3970</x:v>
       </x:c>
       <x:c r="AY11" s="3" t="n">
-        <x:v>4213</x:v>
+        <x:v>4179</x:v>
       </x:c>
       <x:c r="AZ11" s="3" t="n">
-        <x:v>5490</x:v>
+        <x:v>5443</x:v>
       </x:c>
       <x:c r="BA11" s="3" t="n">
-        <x:v>4741</x:v>
+        <x:v>4697</x:v>
       </x:c>
       <x:c r="BB11" s="3" t="n">
-        <x:v>4636</x:v>
+        <x:v>4591</x:v>
       </x:c>
       <x:c r="BC11" s="3" t="n">
-        <x:v>5023</x:v>
+        <x:v>4973</x:v>
       </x:c>
       <x:c r="BD11" s="3" t="n">
-        <x:v>5496</x:v>
+        <x:v>5441</x:v>
       </x:c>
       <x:c r="BE11" s="3" t="n">
-        <x:v>5778</x:v>
+        <x:v>5722</x:v>
       </x:c>
       <x:c r="BF11" s="3" t="n">
-        <x:v>6136</x:v>
+        <x:v>6080</x:v>
       </x:c>
       <x:c r="BG11" s="3" t="n">
-        <x:v>6166</x:v>
+        <x:v>6112</x:v>
       </x:c>
       <x:c r="BH11" s="3" t="n">
-        <x:v>5941</x:v>
+        <x:v>5890</x:v>
       </x:c>
       <x:c r="BI11" s="3" t="n">
-        <x:v>6262</x:v>
+        <x:v>6206</x:v>
       </x:c>
       <x:c r="BJ11" s="3" t="n">
-        <x:v>6164</x:v>
+        <x:v>6106</x:v>
       </x:c>
       <x:c r="BK11" s="3" t="n">
-        <x:v>6237</x:v>
+        <x:v>6177</x:v>
       </x:c>
       <x:c r="BL11" s="3" t="n">
-        <x:v>6153</x:v>
+        <x:v>6094</x:v>
       </x:c>
       <x:c r="BM11" s="3" t="n">
-        <x:v>6719</x:v>
+        <x:v>6656</x:v>
       </x:c>
       <x:c r="BN11" s="3" t="n">
-        <x:v>7007</x:v>
+        <x:v>6944</x:v>
       </x:c>
       <x:c r="BO11" s="3" t="n">
-        <x:v>7029</x:v>
+        <x:v>6968</x:v>
       </x:c>
       <x:c r="BP11" s="3" t="n">
-        <x:v>7264</x:v>
+        <x:v>7203</x:v>
       </x:c>
       <x:c r="BQ11" s="3" t="n">
-        <x:v>7426</x:v>
+        <x:v>7364</x:v>
       </x:c>
       <x:c r="BR11" s="3" t="n">
-        <x:v>8202</x:v>
+        <x:v>8133</x:v>
       </x:c>
       <x:c r="BS11" s="3" t="n">
-        <x:v>8125</x:v>
+        <x:v>8057</x:v>
       </x:c>
       <x:c r="BT11" s="3" t="n">
-        <x:v>8360</x:v>
+        <x:v>8291</x:v>
       </x:c>
       <x:c r="BU11" s="3" t="n">
-        <x:v>8962</x:v>
+        <x:v>8889</x:v>
       </x:c>
       <x:c r="BV11" s="3" t="n">
-        <x:v>9195</x:v>
+        <x:v>9120</x:v>
       </x:c>
       <x:c r="BW11" s="3" t="n">
-        <x:v>9458</x:v>
+        <x:v>9382</x:v>
       </x:c>
       <x:c r="BX11" s="3" t="n">
-        <x:v>9716</x:v>
+        <x:v>9638</x:v>
       </x:c>
       <x:c r="BY11" s="3" t="n">
-        <x:v>10058</x:v>
+        <x:v>9979</x:v>
       </x:c>
       <x:c r="BZ11" s="3" t="n">
-        <x:v>10125</x:v>
+        <x:v>10046</x:v>
       </x:c>
       <x:c r="CA11" s="3" t="n">
+        <x:v>10111</x:v>
+      </x:c>
+      <x:c r="CB11" s="3" t="n">
+        <x:v>10178</x:v>
+      </x:c>
+      <x:c r="CC11" s="3" t="n">
+        <x:v>9785</x:v>
+      </x:c>
+      <x:c r="CD11" s="3" t="n">
+        <x:v>10159</x:v>
+      </x:c>
+      <x:c r="CE11" s="3" t="n">
+        <x:v>9511</x:v>
+      </x:c>
+      <x:c r="CF11" s="3" t="n">
+        <x:v>9159</x:v>
+      </x:c>
+      <x:c r="CG11" s="3" t="n">
+        <x:v>9046</x:v>
+      </x:c>
+      <x:c r="CH11" s="3" t="n">
+        <x:v>8684</x:v>
+      </x:c>
+      <x:c r="CI11" s="3" t="n">
+        <x:v>8132</x:v>
+      </x:c>
+      <x:c r="CJ11" s="3" t="n">
+        <x:v>7589</x:v>
+      </x:c>
+      <x:c r="CK11" s="3" t="n">
+        <x:v>7097</x:v>
+      </x:c>
+      <x:c r="CL11" s="3" t="n">
+        <x:v>7104</x:v>
+      </x:c>
+      <x:c r="CM11" s="3" t="n">
+        <x:v>7356</x:v>
+      </x:c>
+      <x:c r="CN11" s="3" t="n">
+        <x:v>7549</x:v>
+      </x:c>
+      <x:c r="CO11" s="3" t="n">
+        <x:v>7501</x:v>
+      </x:c>
+      <x:c r="CP11" s="3" t="n">
+        <x:v>7511</x:v>
+      </x:c>
+      <x:c r="CQ11" s="3" t="n">
+        <x:v>7729</x:v>
+      </x:c>
+      <x:c r="CR11" s="3" t="n">
+        <x:v>7812</x:v>
+      </x:c>
+      <x:c r="CS11" s="3" t="n">
+        <x:v>8014</x:v>
+      </x:c>
+      <x:c r="CT11" s="3" t="n">
+        <x:v>8278</x:v>
+      </x:c>
+      <x:c r="CU11" s="3" t="n">
+        <x:v>8633</x:v>
+      </x:c>
+      <x:c r="CV11" s="3" t="n">
+        <x:v>9117</x:v>
+      </x:c>
+      <x:c r="CW11" s="3" t="n">
+        <x:v>9660</x:v>
+      </x:c>
+      <x:c r="CX11" s="3" t="n">
+        <x:v>9968</x:v>
+      </x:c>
+      <x:c r="CY11" s="3" t="n">
+        <x:v>9390</x:v>
+      </x:c>
+      <x:c r="CZ11" s="3" t="n">
+        <x:v>9060</x:v>
+      </x:c>
+      <x:c r="DA11" s="3" t="n">
+        <x:v>9455</x:v>
+      </x:c>
+      <x:c r="DB11" s="3" t="n">
+        <x:v>10014</x:v>
+      </x:c>
+      <x:c r="DC11" s="3" t="n">
+        <x:v>10004</x:v>
+      </x:c>
+      <x:c r="DD11" s="3" t="n">
+        <x:v>9864</x:v>
+      </x:c>
+      <x:c r="DE11" s="3" t="n">
+        <x:v>9986</x:v>
+      </x:c>
+      <x:c r="DF11" s="3" t="n">
+        <x:v>9863</x:v>
+      </x:c>
+      <x:c r="DG11" s="3" t="n">
+        <x:v>10070</x:v>
+      </x:c>
+      <x:c r="DH11" s="3" t="n">
+        <x:v>9958</x:v>
+      </x:c>
+      <x:c r="DI11" s="3" t="n">
         <x:v>10190</x:v>
       </x:c>
-      <x:c r="CB11" s="3" t="n">
-[...100 lines deleted...]
-      </x:c>
       <x:c r="DJ11" s="3" t="n">
-        <x:v>11132</x:v>
+        <x:v>10438</x:v>
       </x:c>
       <x:c r="DK11" s="3" t="n">
-        <x:v>11796</x:v>
+        <x:v>11195</x:v>
       </x:c>
       <x:c r="DL11" s="3" t="n">
-        <x:v>12173</x:v>
+        <x:v>11624</x:v>
       </x:c>
       <x:c r="DM11" s="3" t="n">
-        <x:v>12076</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="DN11" s="3" t="n">
-        <x:v>12344</x:v>
+        <x:v>11953</x:v>
       </x:c>
       <x:c r="DO11" s="3" t="n">
-        <x:v>12699</x:v>
+        <x:v>12315</x:v>
       </x:c>
       <x:c r="DP11" s="3" t="n">
-        <x:v>12851</x:v>
+        <x:v>12402</x:v>
       </x:c>
       <x:c r="DQ11" s="3" t="n">
-        <x:v>13489</x:v>
+        <x:v>12972</x:v>
       </x:c>
       <x:c r="DR11" s="3" t="n">
-        <x:v>13954</x:v>
+        <x:v>13539</x:v>
       </x:c>
       <x:c r="DS11" s="3" t="n">
-        <x:v>13754</x:v>
+        <x:v>13373</x:v>
+      </x:c>
+      <x:c r="DT11" s="3" t="n">
+        <x:v>13765</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:123">
+    <x:row r="12" spans="1:124">
       <x:c r="A12" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>16907</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>17254</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>17465</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>17752</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>17857</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
         <x:v>18019</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
         <x:v>18345</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
         <x:v>18751</x:v>
       </x:c>
       <x:c r="J12" s="3" t="n">
         <x:v>19479</x:v>
       </x:c>
       <x:c r="K12" s="3" t="n">
         <x:v>19753</x:v>
       </x:c>
       <x:c r="L12" s="3" t="n">
         <x:v>20038</x:v>
       </x:c>
       <x:c r="M12" s="3" t="n">
         <x:v>20238</x:v>
       </x:c>
       <x:c r="N12" s="3" t="n">
         <x:v>20848</x:v>
       </x:c>
       <x:c r="O12" s="3" t="n">
         <x:v>21301</x:v>
       </x:c>
       <x:c r="P12" s="3" t="n">
         <x:v>21695</x:v>
       </x:c>
       <x:c r="Q12" s="3" t="n">
-        <x:v>22219</x:v>
+        <x:v>22218</x:v>
       </x:c>
       <x:c r="R12" s="3" t="n">
         <x:v>21625</x:v>
       </x:c>
       <x:c r="S12" s="3" t="n">
         <x:v>22055</x:v>
       </x:c>
       <x:c r="T12" s="3" t="n">
         <x:v>22098</x:v>
       </x:c>
       <x:c r="U12" s="3" t="n">
-        <x:v>22205</x:v>
+        <x:v>22206</x:v>
       </x:c>
       <x:c r="V12" s="3" t="n">
-        <x:v>22187</x:v>
+        <x:v>22188</x:v>
       </x:c>
       <x:c r="W12" s="3" t="n">
-        <x:v>22315</x:v>
+        <x:v>22316</x:v>
       </x:c>
       <x:c r="X12" s="3" t="n">
         <x:v>22489</x:v>
       </x:c>
       <x:c r="Y12" s="3" t="n">
-        <x:v>22449</x:v>
+        <x:v>22447</x:v>
       </x:c>
       <x:c r="Z12" s="3" t="n">
-        <x:v>22508</x:v>
+        <x:v>22503</x:v>
       </x:c>
       <x:c r="AA12" s="3" t="n">
-        <x:v>22745</x:v>
+        <x:v>22736</x:v>
       </x:c>
       <x:c r="AB12" s="3" t="n">
-        <x:v>22937</x:v>
+        <x:v>22921</x:v>
       </x:c>
       <x:c r="AC12" s="3" t="n">
-        <x:v>23220</x:v>
+        <x:v>23197</x:v>
       </x:c>
       <x:c r="AD12" s="3" t="n">
+        <x:v>23215</x:v>
+      </x:c>
+      <x:c r="AE12" s="3" t="n">
+        <x:v>23640</x:v>
+      </x:c>
+      <x:c r="AF12" s="3" t="n">
+        <x:v>23570</x:v>
+      </x:c>
+      <x:c r="AG12" s="3" t="n">
+        <x:v>23683</x:v>
+      </x:c>
+      <x:c r="AH12" s="3" t="n">
+        <x:v>23031</x:v>
+      </x:c>
+      <x:c r="AI12" s="3" t="n">
+        <x:v>23044</x:v>
+      </x:c>
+      <x:c r="AJ12" s="3" t="n">
+        <x:v>23231</x:v>
+      </x:c>
+      <x:c r="AK12" s="3" t="n">
+        <x:v>23290</x:v>
+      </x:c>
+      <x:c r="AL12" s="3" t="n">
         <x:v>23247</x:v>
       </x:c>
-      <x:c r="AE12" s="3" t="n">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="AM12" s="3" t="n">
-        <x:v>23711</x:v>
+        <x:v>23605</x:v>
       </x:c>
       <x:c r="AN12" s="3" t="n">
-        <x:v>24159</x:v>
+        <x:v>24041</x:v>
       </x:c>
       <x:c r="AO12" s="3" t="n">
-        <x:v>24434</x:v>
+        <x:v>24304</x:v>
       </x:c>
       <x:c r="AP12" s="3" t="n">
-        <x:v>24999</x:v>
+        <x:v>24856</x:v>
       </x:c>
       <x:c r="AQ12" s="3" t="n">
-        <x:v>25472</x:v>
+        <x:v>25316</x:v>
       </x:c>
       <x:c r="AR12" s="3" t="n">
-        <x:v>25623</x:v>
+        <x:v>25455</x:v>
       </x:c>
       <x:c r="AS12" s="3" t="n">
-        <x:v>26026</x:v>
+        <x:v>25846</x:v>
       </x:c>
       <x:c r="AT12" s="3" t="n">
-        <x:v>27923</x:v>
+        <x:v>27717</x:v>
       </x:c>
       <x:c r="AU12" s="3" t="n">
-        <x:v>28555</x:v>
+        <x:v>28331</x:v>
       </x:c>
       <x:c r="AV12" s="3" t="n">
-        <x:v>29174</x:v>
+        <x:v>28932</x:v>
       </x:c>
       <x:c r="AW12" s="3" t="n">
-        <x:v>29916</x:v>
+        <x:v>29653</x:v>
       </x:c>
       <x:c r="AX12" s="3" t="n">
-        <x:v>29938</x:v>
+        <x:v>29654</x:v>
       </x:c>
       <x:c r="AY12" s="3" t="n">
-        <x:v>30677</x:v>
+        <x:v>30371</x:v>
       </x:c>
       <x:c r="AZ12" s="3" t="n">
-        <x:v>31211</x:v>
+        <x:v>30887</x:v>
       </x:c>
       <x:c r="BA12" s="3" t="n">
-        <x:v>32226</x:v>
+        <x:v>31882</x:v>
       </x:c>
       <x:c r="BB12" s="3" t="n">
-        <x:v>32049</x:v>
+        <x:v>31702</x:v>
       </x:c>
       <x:c r="BC12" s="3" t="n">
-        <x:v>32601</x:v>
+        <x:v>32241</x:v>
       </x:c>
       <x:c r="BD12" s="3" t="n">
-        <x:v>33292</x:v>
+        <x:v>32906</x:v>
       </x:c>
       <x:c r="BE12" s="3" t="n">
-        <x:v>33722</x:v>
+        <x:v>33311</x:v>
       </x:c>
       <x:c r="BF12" s="3" t="n">
-        <x:v>31717</x:v>
+        <x:v>31336</x:v>
       </x:c>
       <x:c r="BG12" s="3" t="n">
-        <x:v>31440</x:v>
+        <x:v>31044</x:v>
       </x:c>
       <x:c r="BH12" s="3" t="n">
-        <x:v>31595</x:v>
+        <x:v>31187</x:v>
       </x:c>
       <x:c r="BI12" s="3" t="n">
-        <x:v>31452</x:v>
+        <x:v>31046</x:v>
       </x:c>
       <x:c r="BJ12" s="3" t="n">
-        <x:v>31021</x:v>
+        <x:v>30615</x:v>
       </x:c>
       <x:c r="BK12" s="3" t="n">
-        <x:v>30932</x:v>
+        <x:v>30530</x:v>
       </x:c>
       <x:c r="BL12" s="3" t="n">
-        <x:v>30701</x:v>
+        <x:v>30308</x:v>
       </x:c>
       <x:c r="BM12" s="3" t="n">
-        <x:v>31223</x:v>
+        <x:v>30825</x:v>
       </x:c>
       <x:c r="BN12" s="3" t="n">
-        <x:v>31785</x:v>
+        <x:v>31384</x:v>
       </x:c>
       <x:c r="BO12" s="3" t="n">
-        <x:v>31616</x:v>
+        <x:v>31220</x:v>
       </x:c>
       <x:c r="BP12" s="3" t="n">
-        <x:v>32775</x:v>
+        <x:v>32369</x:v>
       </x:c>
       <x:c r="BQ12" s="3" t="n">
-        <x:v>32846</x:v>
+        <x:v>32439</x:v>
       </x:c>
       <x:c r="BR12" s="3" t="n">
-        <x:v>33965</x:v>
+        <x:v>33540</x:v>
       </x:c>
       <x:c r="BS12" s="3" t="n">
-        <x:v>33882</x:v>
+        <x:v>33459</x:v>
       </x:c>
       <x:c r="BT12" s="3" t="n">
-        <x:v>34361</x:v>
+        <x:v>33933</x:v>
       </x:c>
       <x:c r="BU12" s="3" t="n">
-        <x:v>34825</x:v>
+        <x:v>34392</x:v>
       </x:c>
       <x:c r="BV12" s="3" t="n">
-        <x:v>35472</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="BW12" s="3" t="n">
-        <x:v>35844</x:v>
+        <x:v>35399</x:v>
       </x:c>
       <x:c r="BX12" s="3" t="n">
-        <x:v>36168</x:v>
+        <x:v>35720</x:v>
       </x:c>
       <x:c r="BY12" s="3" t="n">
-        <x:v>36696</x:v>
+        <x:v>36238</x:v>
       </x:c>
       <x:c r="BZ12" s="3" t="n">
-        <x:v>37180</x:v>
+        <x:v>36715</x:v>
       </x:c>
       <x:c r="CA12" s="3" t="n">
-        <x:v>37536</x:v>
+        <x:v>37072</x:v>
       </x:c>
       <x:c r="CB12" s="3" t="n">
-        <x:v>37655</x:v>
+        <x:v>37182</x:v>
       </x:c>
       <x:c r="CC12" s="3" t="n">
-        <x:v>37482</x:v>
+        <x:v>37016</x:v>
       </x:c>
       <x:c r="CD12" s="3" t="n">
-        <x:v>37358</x:v>
+        <x:v>36890</x:v>
       </x:c>
       <x:c r="CE12" s="3" t="n">
-        <x:v>37295</x:v>
+        <x:v>36826</x:v>
       </x:c>
       <x:c r="CF12" s="3" t="n">
-        <x:v>36871</x:v>
+        <x:v>36411</x:v>
       </x:c>
       <x:c r="CG12" s="3" t="n">
-        <x:v>36780</x:v>
+        <x:v>36321</x:v>
       </x:c>
       <x:c r="CH12" s="3" t="n">
-        <x:v>36562</x:v>
+        <x:v>36104</x:v>
       </x:c>
       <x:c r="CI12" s="3" t="n">
-        <x:v>36389</x:v>
+        <x:v>35938</x:v>
       </x:c>
       <x:c r="CJ12" s="3" t="n">
-        <x:v>35619</x:v>
+        <x:v>35180</x:v>
       </x:c>
       <x:c r="CK12" s="3" t="n">
-        <x:v>35777</x:v>
+        <x:v>35338</x:v>
       </x:c>
       <x:c r="CL12" s="3" t="n">
-        <x:v>35602</x:v>
+        <x:v>35175</x:v>
       </x:c>
       <x:c r="CM12" s="3" t="n">
-        <x:v>35575</x:v>
+        <x:v>35154</x:v>
       </x:c>
       <x:c r="CN12" s="3" t="n">
-        <x:v>36079</x:v>
+        <x:v>35656</x:v>
       </x:c>
       <x:c r="CO12" s="3" t="n">
-        <x:v>36472</x:v>
+        <x:v>36054</x:v>
       </x:c>
       <x:c r="CP12" s="3" t="n">
-        <x:v>36743</x:v>
+        <x:v>36327</x:v>
       </x:c>
       <x:c r="CQ12" s="3" t="n">
-        <x:v>36655</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="CR12" s="3" t="n">
-        <x:v>37843</x:v>
+        <x:v>37420</x:v>
       </x:c>
       <x:c r="CS12" s="3" t="n">
-        <x:v>37667</x:v>
+        <x:v>37253</x:v>
       </x:c>
       <x:c r="CT12" s="3" t="n">
-        <x:v>38613</x:v>
+        <x:v>38182</x:v>
       </x:c>
       <x:c r="CU12" s="3" t="n">
-        <x:v>39143</x:v>
+        <x:v>38709</x:v>
       </x:c>
       <x:c r="CV12" s="3" t="n">
-        <x:v>39796</x:v>
+        <x:v>39352</x:v>
       </x:c>
       <x:c r="CW12" s="3" t="n">
-        <x:v>40465</x:v>
+        <x:v>39997</x:v>
       </x:c>
       <x:c r="CX12" s="3" t="n">
-        <x:v>39701</x:v>
+        <x:v>39254</x:v>
       </x:c>
       <x:c r="CY12" s="3" t="n">
-        <x:v>37769</x:v>
+        <x:v>37341</x:v>
       </x:c>
       <x:c r="CZ12" s="3" t="n">
-        <x:v>38352</x:v>
+        <x:v>37921</x:v>
       </x:c>
       <x:c r="DA12" s="3" t="n">
-        <x:v>39577</x:v>
+        <x:v>39148</x:v>
       </x:c>
       <x:c r="DB12" s="3" t="n">
-        <x:v>39776</x:v>
+        <x:v>39480</x:v>
       </x:c>
       <x:c r="DC12" s="3" t="n">
-        <x:v>40108</x:v>
+        <x:v>39812</x:v>
       </x:c>
       <x:c r="DD12" s="3" t="n">
-        <x:v>41016</x:v>
+        <x:v>40524</x:v>
       </x:c>
       <x:c r="DE12" s="3" t="n">
-        <x:v>41200</x:v>
+        <x:v>40611</x:v>
       </x:c>
       <x:c r="DF12" s="3" t="n">
-        <x:v>42112</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="DG12" s="3" t="n">
-        <x:v>43112</x:v>
+        <x:v>42884</x:v>
       </x:c>
       <x:c r="DH12" s="3" t="n">
-        <x:v>43541</x:v>
+        <x:v>42915</x:v>
       </x:c>
       <x:c r="DI12" s="3" t="n">
-        <x:v>44365</x:v>
+        <x:v>43583</x:v>
       </x:c>
       <x:c r="DJ12" s="3" t="n">
-        <x:v>46249</x:v>
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="DK12" s="3" t="n">
-        <x:v>45597</x:v>
+        <x:v>44699</x:v>
       </x:c>
       <x:c r="DL12" s="3" t="n">
-        <x:v>47041</x:v>
+        <x:v>46225</x:v>
       </x:c>
       <x:c r="DM12" s="3" t="n">
-        <x:v>47923</x:v>
+        <x:v>47043</x:v>
       </x:c>
       <x:c r="DN12" s="3" t="n">
-        <x:v>48314</x:v>
+        <x:v>47776</x:v>
       </x:c>
       <x:c r="DO12" s="3" t="n">
-        <x:v>48891</x:v>
+        <x:v>48482</x:v>
       </x:c>
       <x:c r="DP12" s="3" t="n">
-        <x:v>50017</x:v>
+        <x:v>49774</x:v>
       </x:c>
       <x:c r="DQ12" s="3" t="n">
-        <x:v>50860</x:v>
+        <x:v>50547</x:v>
       </x:c>
       <x:c r="DR12" s="3" t="n">
-        <x:v>51680</x:v>
+        <x:v>51162</x:v>
       </x:c>
       <x:c r="DS12" s="3" t="n">
-        <x:v>53323</x:v>
+        <x:v>52845</x:v>
+      </x:c>
+      <x:c r="DT12" s="3" t="n">
+        <x:v>52713</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:123">
+    <x:row r="13" spans="1:124">
       <x:c r="A13" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>3025</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>3087</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>3102</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>3123</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>3143</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>3206</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
         <x:v>3274</x:v>
       </x:c>
       <x:c r="I13" s="3" t="n">
         <x:v>3377</x:v>
       </x:c>
@@ -4437,344 +4477,347 @@
       <x:c r="S13" s="3" t="n">
         <x:v>3769</x:v>
       </x:c>
       <x:c r="T13" s="3" t="n">
         <x:v>3743</x:v>
       </x:c>
       <x:c r="U13" s="3" t="n">
         <x:v>3786</x:v>
       </x:c>
       <x:c r="V13" s="3" t="n">
         <x:v>3845</x:v>
       </x:c>
       <x:c r="W13" s="3" t="n">
         <x:v>3961</x:v>
       </x:c>
       <x:c r="X13" s="3" t="n">
         <x:v>3971</x:v>
       </x:c>
       <x:c r="Y13" s="3" t="n">
         <x:v>3940</x:v>
       </x:c>
       <x:c r="Z13" s="3" t="n">
         <x:v>3910</x:v>
       </x:c>
       <x:c r="AA13" s="3" t="n">
-        <x:v>4043</x:v>
+        <x:v>4041</x:v>
       </x:c>
       <x:c r="AB13" s="3" t="n">
-        <x:v>4113</x:v>
+        <x:v>4110</x:v>
       </x:c>
       <x:c r="AC13" s="3" t="n">
-        <x:v>4133</x:v>
+        <x:v>4130</x:v>
       </x:c>
       <x:c r="AD13" s="3" t="n">
-        <x:v>4237</x:v>
+        <x:v>4232</x:v>
       </x:c>
       <x:c r="AE13" s="3" t="n">
-        <x:v>4253</x:v>
+        <x:v>4247</x:v>
       </x:c>
       <x:c r="AF13" s="3" t="n">
+        <x:v>4312</x:v>
+      </x:c>
+      <x:c r="AG13" s="3" t="n">
+        <x:v>4398</x:v>
+      </x:c>
+      <x:c r="AH13" s="3" t="n">
         <x:v>4319</x:v>
       </x:c>
-      <x:c r="AG13" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="AI13" s="3" t="n">
-        <x:v>4307</x:v>
+        <x:v>4297</x:v>
       </x:c>
       <x:c r="AJ13" s="3" t="n">
-        <x:v>4353</x:v>
+        <x:v>4341</x:v>
       </x:c>
       <x:c r="AK13" s="3" t="n">
-        <x:v>4423</x:v>
+        <x:v>4409</x:v>
       </x:c>
       <x:c r="AL13" s="3" t="n">
-        <x:v>4370</x:v>
+        <x:v>4355</x:v>
       </x:c>
       <x:c r="AM13" s="3" t="n">
-        <x:v>4388</x:v>
+        <x:v>4371</x:v>
       </x:c>
       <x:c r="AN13" s="3" t="n">
-        <x:v>4455</x:v>
+        <x:v>4435</x:v>
       </x:c>
       <x:c r="AO13" s="3" t="n">
-        <x:v>4442</x:v>
+        <x:v>4422</x:v>
       </x:c>
       <x:c r="AP13" s="3" t="n">
-        <x:v>4471</x:v>
+        <x:v>4449</x:v>
       </x:c>
       <x:c r="AQ13" s="3" t="n">
-        <x:v>4473</x:v>
+        <x:v>4451</x:v>
       </x:c>
       <x:c r="AR13" s="3" t="n">
-        <x:v>4509</x:v>
+        <x:v>4485</x:v>
       </x:c>
       <x:c r="AS13" s="3" t="n">
-        <x:v>4566</x:v>
+        <x:v>4540</x:v>
       </x:c>
       <x:c r="AT13" s="3" t="n">
-        <x:v>4627</x:v>
+        <x:v>4599</x:v>
       </x:c>
       <x:c r="AU13" s="3" t="n">
-        <x:v>4755</x:v>
+        <x:v>4725</x:v>
       </x:c>
       <x:c r="AV13" s="3" t="n">
-        <x:v>4765</x:v>
+        <x:v>4733</x:v>
       </x:c>
       <x:c r="AW13" s="3" t="n">
-        <x:v>4829</x:v>
+        <x:v>4795</x:v>
       </x:c>
       <x:c r="AX13" s="3" t="n">
-        <x:v>4934</x:v>
+        <x:v>4899</x:v>
       </x:c>
       <x:c r="AY13" s="3" t="n">
-        <x:v>4992</x:v>
+        <x:v>4955</x:v>
       </x:c>
       <x:c r="AZ13" s="3" t="n">
-        <x:v>5151</x:v>
+        <x:v>5111</x:v>
       </x:c>
       <x:c r="BA13" s="3" t="n">
-        <x:v>5241</x:v>
+        <x:v>5197</x:v>
       </x:c>
       <x:c r="BB13" s="3" t="n">
-        <x:v>5291</x:v>
+        <x:v>5245</x:v>
       </x:c>
       <x:c r="BC13" s="3" t="n">
-        <x:v>5347</x:v>
+        <x:v>5298</x:v>
       </x:c>
       <x:c r="BD13" s="3" t="n">
-        <x:v>5292</x:v>
+        <x:v>5243</x:v>
       </x:c>
       <x:c r="BE13" s="3" t="n">
-        <x:v>5386</x:v>
+        <x:v>5335</x:v>
       </x:c>
       <x:c r="BF13" s="3" t="n">
-        <x:v>5395</x:v>
+        <x:v>5346</x:v>
       </x:c>
       <x:c r="BG13" s="3" t="n">
+        <x:v>5420</x:v>
+      </x:c>
+      <x:c r="BH13" s="3" t="n">
+        <x:v>5468</x:v>
+      </x:c>
+      <x:c r="BI13" s="3" t="n">
+        <x:v>5381</x:v>
+      </x:c>
+      <x:c r="BJ13" s="3" t="n">
+        <x:v>5420</x:v>
+      </x:c>
+      <x:c r="BK13" s="3" t="n">
+        <x:v>5363</x:v>
+      </x:c>
+      <x:c r="BL13" s="3" t="n">
+        <x:v>5316</x:v>
+      </x:c>
+      <x:c r="BM13" s="3" t="n">
+        <x:v>5560</x:v>
+      </x:c>
+      <x:c r="BN13" s="3" t="n">
+        <x:v>5554</x:v>
+      </x:c>
+      <x:c r="BO13" s="3" t="n">
         <x:v>5471</x:v>
       </x:c>
-      <x:c r="BH13" s="3" t="n">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="BP13" s="3" t="n">
-        <x:v>5806</x:v>
+        <x:v>5747</x:v>
       </x:c>
       <x:c r="BQ13" s="3" t="n">
+        <x:v>5838</x:v>
+      </x:c>
+      <x:c r="BR13" s="3" t="n">
         <x:v>5898</x:v>
       </x:c>
-      <x:c r="BR13" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="BS13" s="3" t="n">
-        <x:v>6017</x:v>
+        <x:v>5954</x:v>
       </x:c>
       <x:c r="BT13" s="3" t="n">
-        <x:v>6121</x:v>
+        <x:v>6057</x:v>
       </x:c>
       <x:c r="BU13" s="3" t="n">
-        <x:v>6177</x:v>
+        <x:v>6113</x:v>
       </x:c>
       <x:c r="BV13" s="3" t="n">
-        <x:v>6255</x:v>
+        <x:v>6192</x:v>
       </x:c>
       <x:c r="BW13" s="3" t="n">
-        <x:v>6256</x:v>
+        <x:v>6194</x:v>
       </x:c>
       <x:c r="BX13" s="3" t="n">
-        <x:v>6230</x:v>
+        <x:v>6168</x:v>
       </x:c>
       <x:c r="BY13" s="3" t="n">
-        <x:v>6382</x:v>
+        <x:v>6319</x:v>
       </x:c>
       <x:c r="BZ13" s="3" t="n">
-        <x:v>6432</x:v>
+        <x:v>6367</x:v>
       </x:c>
       <x:c r="CA13" s="3" t="n">
-        <x:v>6571</x:v>
+        <x:v>6505</x:v>
       </x:c>
       <x:c r="CB13" s="3" t="n">
-        <x:v>6465</x:v>
+        <x:v>6400</x:v>
       </x:c>
       <x:c r="CC13" s="3" t="n">
-        <x:v>6371</x:v>
+        <x:v>6306</x:v>
       </x:c>
       <x:c r="CD13" s="3" t="n">
-        <x:v>6443</x:v>
+        <x:v>6379</x:v>
       </x:c>
       <x:c r="CE13" s="3" t="n">
-        <x:v>6514</x:v>
+        <x:v>6449</x:v>
       </x:c>
       <x:c r="CF13" s="3" t="n">
-        <x:v>6662</x:v>
+        <x:v>6595</x:v>
       </x:c>
       <x:c r="CG13" s="3" t="n">
-        <x:v>6822</x:v>
+        <x:v>6754</x:v>
       </x:c>
       <x:c r="CH13" s="3" t="n">
-        <x:v>6826</x:v>
+        <x:v>6758</x:v>
       </x:c>
       <x:c r="CI13" s="3" t="n">
-        <x:v>6801</x:v>
+        <x:v>6733</x:v>
       </x:c>
       <x:c r="CJ13" s="3" t="n">
-        <x:v>6708</x:v>
+        <x:v>6641</x:v>
       </x:c>
       <x:c r="CK13" s="3" t="n">
-        <x:v>6979</x:v>
+        <x:v>6910</x:v>
       </x:c>
       <x:c r="CL13" s="3" t="n">
-        <x:v>6953</x:v>
+        <x:v>6884</x:v>
       </x:c>
       <x:c r="CM13" s="3" t="n">
-        <x:v>6944</x:v>
+        <x:v>6875</x:v>
       </x:c>
       <x:c r="CN13" s="3" t="n">
-        <x:v>7025</x:v>
+        <x:v>6956</x:v>
       </x:c>
       <x:c r="CO13" s="3" t="n">
-        <x:v>7212</x:v>
+        <x:v>7142</x:v>
       </x:c>
       <x:c r="CP13" s="3" t="n">
-        <x:v>7153</x:v>
+        <x:v>7083</x:v>
       </x:c>
       <x:c r="CQ13" s="3" t="n">
-        <x:v>7173</x:v>
+        <x:v>7103</x:v>
       </x:c>
       <x:c r="CR13" s="3" t="n">
-        <x:v>7445</x:v>
+        <x:v>7374</x:v>
       </x:c>
       <x:c r="CS13" s="3" t="n">
-        <x:v>7184</x:v>
+        <x:v>7116</x:v>
       </x:c>
       <x:c r="CT13" s="3" t="n">
-        <x:v>7392</x:v>
+        <x:v>7322</x:v>
       </x:c>
       <x:c r="CU13" s="3" t="n">
-        <x:v>7461</x:v>
+        <x:v>7391</x:v>
       </x:c>
       <x:c r="CV13" s="3" t="n">
-        <x:v>7523</x:v>
+        <x:v>7452</x:v>
       </x:c>
       <x:c r="CW13" s="3" t="n">
-        <x:v>7541</x:v>
+        <x:v>7470</x:v>
       </x:c>
       <x:c r="CX13" s="3" t="n">
-        <x:v>7589</x:v>
+        <x:v>7518</x:v>
       </x:c>
       <x:c r="CY13" s="3" t="n">
-        <x:v>7430</x:v>
+        <x:v>7363</x:v>
       </x:c>
       <x:c r="CZ13" s="3" t="n">
-        <x:v>7538</x:v>
+        <x:v>7479</x:v>
       </x:c>
       <x:c r="DA13" s="3" t="n">
-        <x:v>7831</x:v>
+        <x:v>7779</x:v>
       </x:c>
       <x:c r="DB13" s="3" t="n">
-        <x:v>7962</x:v>
+        <x:v>7954</x:v>
       </x:c>
       <x:c r="DC13" s="3" t="n">
-        <x:v>8018</x:v>
+        <x:v>8038</x:v>
       </x:c>
       <x:c r="DD13" s="3" t="n">
-        <x:v>8156</x:v>
+        <x:v>8076</x:v>
       </x:c>
       <x:c r="DE13" s="3" t="n">
-        <x:v>8212</x:v>
+        <x:v>8102</x:v>
       </x:c>
       <x:c r="DF13" s="3" t="n">
-        <x:v>8306</x:v>
+        <x:v>8244</x:v>
       </x:c>
       <x:c r="DG13" s="3" t="n">
-        <x:v>8501</x:v>
+        <x:v>8463</x:v>
       </x:c>
       <x:c r="DH13" s="3" t="n">
-        <x:v>8551</x:v>
+        <x:v>8352</x:v>
       </x:c>
       <x:c r="DI13" s="3" t="n">
-        <x:v>8626</x:v>
+        <x:v>8457</x:v>
       </x:c>
       <x:c r="DJ13" s="3" t="n">
-        <x:v>8983</x:v>
+        <x:v>8828</x:v>
       </x:c>
       <x:c r="DK13" s="3" t="n">
-        <x:v>8747</x:v>
+        <x:v>8598</x:v>
       </x:c>
       <x:c r="DL13" s="3" t="n">
-        <x:v>9161</x:v>
+        <x:v>9022</x:v>
       </x:c>
       <x:c r="DM13" s="3" t="n">
-        <x:v>9197</x:v>
+        <x:v>9075</x:v>
       </x:c>
       <x:c r="DN13" s="3" t="n">
-        <x:v>9317</x:v>
+        <x:v>9263</x:v>
       </x:c>
       <x:c r="DO13" s="3" t="n">
-        <x:v>9383</x:v>
+        <x:v>9354</x:v>
       </x:c>
       <x:c r="DP13" s="3" t="n">
-        <x:v>9635</x:v>
+        <x:v>9602</x:v>
       </x:c>
       <x:c r="DQ13" s="3" t="n">
-        <x:v>9810</x:v>
+        <x:v>9766</x:v>
       </x:c>
       <x:c r="DR13" s="3" t="n">
-        <x:v>9883</x:v>
+        <x:v>9831</x:v>
       </x:c>
       <x:c r="DS13" s="3" t="n">
-        <x:v>10191</x:v>
+        <x:v>10134</x:v>
+      </x:c>
+      <x:c r="DT13" s="3" t="n">
+        <x:v>10211</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:123">
+    <x:row r="14" spans="1:124">
       <x:c r="A14" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>2433</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>2499</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
         <x:v>2502</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
         <x:v>2503</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
         <x:v>2516</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
         <x:v>2577</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
         <x:v>2638</x:v>
       </x:c>
       <x:c r="I14" s="3" t="n">
         <x:v>2715</x:v>
       </x:c>
@@ -4802,350 +4845,353 @@
       <x:c r="Q14" s="3" t="n">
         <x:v>2912</x:v>
       </x:c>
       <x:c r="R14" s="3" t="n">
         <x:v>2924</x:v>
       </x:c>
       <x:c r="S14" s="3" t="n">
         <x:v>3012</x:v>
       </x:c>
       <x:c r="T14" s="3" t="n">
         <x:v>2975</x:v>
       </x:c>
       <x:c r="U14" s="3" t="n">
         <x:v>2989</x:v>
       </x:c>
       <x:c r="V14" s="3" t="n">
         <x:v>3082</x:v>
       </x:c>
       <x:c r="W14" s="3" t="n">
         <x:v>3144</x:v>
       </x:c>
       <x:c r="X14" s="3" t="n">
         <x:v>3185</x:v>
       </x:c>
       <x:c r="Y14" s="3" t="n">
-        <x:v>3165</x:v>
+        <x:v>3164</x:v>
       </x:c>
       <x:c r="Z14" s="3" t="n">
-        <x:v>3134</x:v>
+        <x:v>3133</x:v>
       </x:c>
       <x:c r="AA14" s="3" t="n">
-        <x:v>3183</x:v>
+        <x:v>3182</x:v>
       </x:c>
       <x:c r="AB14" s="3" t="n">
-        <x:v>3274</x:v>
+        <x:v>3272</x:v>
       </x:c>
       <x:c r="AC14" s="3" t="n">
-        <x:v>3344</x:v>
+        <x:v>3341</x:v>
       </x:c>
       <x:c r="AD14" s="3" t="n">
-        <x:v>3413</x:v>
+        <x:v>3409</x:v>
       </x:c>
       <x:c r="AE14" s="3" t="n">
-        <x:v>3428</x:v>
+        <x:v>3423</x:v>
       </x:c>
       <x:c r="AF14" s="3" t="n">
-        <x:v>3457</x:v>
+        <x:v>3452</x:v>
       </x:c>
       <x:c r="AG14" s="3" t="n">
-        <x:v>3566</x:v>
+        <x:v>3560</x:v>
       </x:c>
       <x:c r="AH14" s="3" t="n">
-        <x:v>3539</x:v>
+        <x:v>3533</x:v>
       </x:c>
       <x:c r="AI14" s="3" t="n">
-        <x:v>3537</x:v>
+        <x:v>3530</x:v>
       </x:c>
       <x:c r="AJ14" s="3" t="n">
-        <x:v>3565</x:v>
+        <x:v>3557</x:v>
       </x:c>
       <x:c r="AK14" s="3" t="n">
-        <x:v>3610</x:v>
+        <x:v>3601</x:v>
       </x:c>
       <x:c r="AL14" s="3" t="n">
+        <x:v>3576</x:v>
+      </x:c>
+      <x:c r="AM14" s="3" t="n">
         <x:v>3587</x:v>
       </x:c>
-      <x:c r="AM14" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="AN14" s="3" t="n">
-        <x:v>3670</x:v>
+        <x:v>3656</x:v>
       </x:c>
       <x:c r="AO14" s="3" t="n">
-        <x:v>3682</x:v>
+        <x:v>3667</x:v>
       </x:c>
       <x:c r="AP14" s="3" t="n">
-        <x:v>3713</x:v>
+        <x:v>3697</x:v>
       </x:c>
       <x:c r="AQ14" s="3" t="n">
-        <x:v>3745</x:v>
+        <x:v>3729</x:v>
       </x:c>
       <x:c r="AR14" s="3" t="n">
-        <x:v>3794</x:v>
+        <x:v>3777</x:v>
       </x:c>
       <x:c r="AS14" s="3" t="n">
-        <x:v>3816</x:v>
+        <x:v>3797</x:v>
       </x:c>
       <x:c r="AT14" s="3" t="n">
-        <x:v>3866</x:v>
+        <x:v>3845</x:v>
       </x:c>
       <x:c r="AU14" s="3" t="n">
+        <x:v>3976</x:v>
+      </x:c>
+      <x:c r="AV14" s="3" t="n">
         <x:v>3998</x:v>
       </x:c>
-      <x:c r="AV14" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="AW14" s="3" t="n">
-        <x:v>4061</x:v>
+        <x:v>4037</x:v>
       </x:c>
       <x:c r="AX14" s="3" t="n">
-        <x:v>4158</x:v>
+        <x:v>4132</x:v>
       </x:c>
       <x:c r="AY14" s="3" t="n">
-        <x:v>4173</x:v>
+        <x:v>4146</x:v>
       </x:c>
       <x:c r="AZ14" s="3" t="n">
-        <x:v>4324</x:v>
+        <x:v>4294</x:v>
       </x:c>
       <x:c r="BA14" s="3" t="n">
-        <x:v>4453</x:v>
+        <x:v>4420</x:v>
       </x:c>
       <x:c r="BB14" s="3" t="n">
-        <x:v>4462</x:v>
+        <x:v>4427</x:v>
       </x:c>
       <x:c r="BC14" s="3" t="n">
-        <x:v>4518</x:v>
+        <x:v>4481</x:v>
       </x:c>
       <x:c r="BD14" s="3" t="n">
-        <x:v>4459</x:v>
+        <x:v>4422</x:v>
       </x:c>
       <x:c r="BE14" s="3" t="n">
-        <x:v>4543</x:v>
+        <x:v>4504</x:v>
       </x:c>
       <x:c r="BF14" s="3" t="n">
-        <x:v>4535</x:v>
+        <x:v>4497</x:v>
       </x:c>
       <x:c r="BG14" s="3" t="n">
-        <x:v>4585</x:v>
+        <x:v>4547</x:v>
       </x:c>
       <x:c r="BH14" s="3" t="n">
-        <x:v>4585</x:v>
+        <x:v>4546</x:v>
       </x:c>
       <x:c r="BI14" s="3" t="n">
-        <x:v>4466</x:v>
+        <x:v>4427</x:v>
       </x:c>
       <x:c r="BJ14" s="3" t="n">
-        <x:v>4520</x:v>
+        <x:v>4479</x:v>
       </x:c>
       <x:c r="BK14" s="3" t="n">
-        <x:v>4479</x:v>
+        <x:v>4436</x:v>
       </x:c>
       <x:c r="BL14" s="3" t="n">
-        <x:v>4407</x:v>
+        <x:v>4365</x:v>
       </x:c>
       <x:c r="BM14" s="3" t="n">
-        <x:v>4624</x:v>
+        <x:v>4581</x:v>
       </x:c>
       <x:c r="BN14" s="3" t="n">
-        <x:v>4566</x:v>
+        <x:v>4524</x:v>
       </x:c>
       <x:c r="BO14" s="3" t="n">
-        <x:v>4557</x:v>
+        <x:v>4516</x:v>
       </x:c>
       <x:c r="BP14" s="3" t="n">
-        <x:v>4760</x:v>
+        <x:v>4718</x:v>
       </x:c>
       <x:c r="BQ14" s="3" t="n">
-        <x:v>4842</x:v>
+        <x:v>4799</x:v>
       </x:c>
       <x:c r="BR14" s="3" t="n">
-        <x:v>4874</x:v>
+        <x:v>4831</x:v>
       </x:c>
       <x:c r="BS14" s="3" t="n">
-        <x:v>4915</x:v>
+        <x:v>4872</x:v>
       </x:c>
       <x:c r="BT14" s="3" t="n">
-        <x:v>4997</x:v>
+        <x:v>4953</x:v>
       </x:c>
       <x:c r="BU14" s="3" t="n">
-        <x:v>5037</x:v>
+        <x:v>4993</x:v>
       </x:c>
       <x:c r="BV14" s="3" t="n">
-        <x:v>5103</x:v>
+        <x:v>5060</x:v>
       </x:c>
       <x:c r="BW14" s="3" t="n">
-        <x:v>5079</x:v>
+        <x:v>5036</x:v>
       </x:c>
       <x:c r="BX14" s="3" t="n">
-        <x:v>5039</x:v>
+        <x:v>4996</x:v>
       </x:c>
       <x:c r="BY14" s="3" t="n">
-        <x:v>5147</x:v>
+        <x:v>5102</x:v>
       </x:c>
       <x:c r="BZ14" s="3" t="n">
-        <x:v>5160</x:v>
+        <x:v>5115</x:v>
       </x:c>
       <x:c r="CA14" s="3" t="n">
-        <x:v>5287</x:v>
+        <x:v>5239</x:v>
       </x:c>
       <x:c r="CB14" s="3" t="n">
-        <x:v>5177</x:v>
+        <x:v>5130</x:v>
       </x:c>
       <x:c r="CC14" s="3" t="n">
-        <x:v>5074</x:v>
+        <x:v>5028</x:v>
       </x:c>
       <x:c r="CD14" s="3" t="n">
-        <x:v>5199</x:v>
+        <x:v>5153</x:v>
       </x:c>
       <x:c r="CE14" s="3" t="n">
-        <x:v>5237</x:v>
+        <x:v>5191</x:v>
       </x:c>
       <x:c r="CF14" s="3" t="n">
-        <x:v>5319</x:v>
+        <x:v>5272</x:v>
       </x:c>
       <x:c r="CG14" s="3" t="n">
-        <x:v>5450</x:v>
+        <x:v>5403</x:v>
       </x:c>
       <x:c r="CH14" s="3" t="n">
-        <x:v>5471</x:v>
+        <x:v>5423</x:v>
       </x:c>
       <x:c r="CI14" s="3" t="n">
-        <x:v>5430</x:v>
+        <x:v>5382</x:v>
       </x:c>
       <x:c r="CJ14" s="3" t="n">
-        <x:v>5335</x:v>
+        <x:v>5288</x:v>
       </x:c>
       <x:c r="CK14" s="3" t="n">
-        <x:v>5617</x:v>
+        <x:v>5567</x:v>
       </x:c>
       <x:c r="CL14" s="3" t="n">
-        <x:v>5538</x:v>
+        <x:v>5489</x:v>
       </x:c>
       <x:c r="CM14" s="3" t="n">
-        <x:v>5511</x:v>
+        <x:v>5462</x:v>
       </x:c>
       <x:c r="CN14" s="3" t="n">
-        <x:v>5589</x:v>
+        <x:v>5539</x:v>
       </x:c>
       <x:c r="CO14" s="3" t="n">
-        <x:v>5735</x:v>
+        <x:v>5684</x:v>
       </x:c>
       <x:c r="CP14" s="3" t="n">
-        <x:v>5647</x:v>
+        <x:v>5598</x:v>
       </x:c>
       <x:c r="CQ14" s="3" t="n">
-        <x:v>5648</x:v>
+        <x:v>5600</x:v>
       </x:c>
       <x:c r="CR14" s="3" t="n">
-        <x:v>5921</x:v>
+        <x:v>5871</x:v>
       </x:c>
       <x:c r="CS14" s="3" t="n">
-        <x:v>5652</x:v>
+        <x:v>5605</x:v>
       </x:c>
       <x:c r="CT14" s="3" t="n">
-        <x:v>5824</x:v>
+        <x:v>5776</x:v>
       </x:c>
       <x:c r="CU14" s="3" t="n">
-        <x:v>5925</x:v>
+        <x:v>5877</x:v>
       </x:c>
       <x:c r="CV14" s="3" t="n">
-        <x:v>5901</x:v>
+        <x:v>5852</x:v>
       </x:c>
       <x:c r="CW14" s="3" t="n">
-        <x:v>5887</x:v>
+        <x:v>5837</x:v>
       </x:c>
       <x:c r="CX14" s="3" t="n">
-        <x:v>5927</x:v>
+        <x:v>5876</x:v>
       </x:c>
       <x:c r="CY14" s="3" t="n">
-        <x:v>5733</x:v>
+        <x:v>5686</x:v>
       </x:c>
       <x:c r="CZ14" s="3" t="n">
-        <x:v>5872</x:v>
+        <x:v>5830</x:v>
       </x:c>
       <x:c r="DA14" s="3" t="n">
-        <x:v>6044</x:v>
+        <x:v>6012</x:v>
       </x:c>
       <x:c r="DB14" s="3" t="n">
-        <x:v>6175</x:v>
+        <x:v>6180</x:v>
       </x:c>
       <x:c r="DC14" s="3" t="n">
+        <x:v>6223</x:v>
+      </x:c>
+      <x:c r="DD14" s="3" t="n">
         <x:v>6187</x:v>
       </x:c>
-      <x:c r="DD14" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="DE14" s="3" t="n">
-        <x:v>6321</x:v>
+        <x:v>6230</x:v>
       </x:c>
       <x:c r="DF14" s="3" t="n">
-        <x:v>6371</x:v>
+        <x:v>6329</x:v>
       </x:c>
       <x:c r="DG14" s="3" t="n">
-        <x:v>6493</x:v>
+        <x:v>6475</x:v>
       </x:c>
       <x:c r="DH14" s="3" t="n">
-        <x:v>6527</x:v>
+        <x:v>6356</x:v>
       </x:c>
       <x:c r="DI14" s="3" t="n">
-        <x:v>6611</x:v>
+        <x:v>6434</x:v>
       </x:c>
       <x:c r="DJ14" s="3" t="n">
-        <x:v>6803</x:v>
+        <x:v>6659</x:v>
       </x:c>
       <x:c r="DK14" s="3" t="n">
-        <x:v>6585</x:v>
+        <x:v>6445</x:v>
       </x:c>
       <x:c r="DL14" s="3" t="n">
-        <x:v>6973</x:v>
+        <x:v>6842</x:v>
       </x:c>
       <x:c r="DM14" s="3" t="n">
-        <x:v>6944</x:v>
+        <x:v>6825</x:v>
       </x:c>
       <x:c r="DN14" s="3" t="n">
-        <x:v>7029</x:v>
+        <x:v>6972</x:v>
       </x:c>
       <x:c r="DO14" s="3" t="n">
-        <x:v>7069</x:v>
+        <x:v>7039</x:v>
       </x:c>
       <x:c r="DP14" s="3" t="n">
-        <x:v>7209</x:v>
+        <x:v>7173</x:v>
       </x:c>
       <x:c r="DQ14" s="3" t="n">
-        <x:v>7318</x:v>
+        <x:v>7277</x:v>
       </x:c>
       <x:c r="DR14" s="3" t="n">
-        <x:v>7400</x:v>
+        <x:v>7350</x:v>
       </x:c>
       <x:c r="DS14" s="3" t="n">
+        <x:v>7517</x:v>
+      </x:c>
+      <x:c r="DT14" s="3" t="n">
         <x:v>7567</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:123">
+    <x:row r="15" spans="1:124">
       <x:c r="A15" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>588</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
         <x:v>600</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>621</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
         <x:v>627</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
         <x:v>636</x:v>
       </x:c>
       <x:c r="I15" s="3" t="n">
         <x:v>662</x:v>
       </x:c>
@@ -5185,338 +5231,341 @@
       <x:c r="U15" s="3" t="n">
         <x:v>797</x:v>
       </x:c>
       <x:c r="V15" s="3" t="n">
         <x:v>763</x:v>
       </x:c>
       <x:c r="W15" s="3" t="n">
         <x:v>817</x:v>
       </x:c>
       <x:c r="X15" s="3" t="n">
         <x:v>786</x:v>
       </x:c>
       <x:c r="Y15" s="3" t="n">
         <x:v>776</x:v>
       </x:c>
       <x:c r="Z15" s="3" t="n">
         <x:v>777</x:v>
       </x:c>
       <x:c r="AA15" s="3" t="n">
         <x:v>859</x:v>
       </x:c>
       <x:c r="AB15" s="3" t="n">
         <x:v>838</x:v>
       </x:c>
       <x:c r="AC15" s="3" t="n">
-        <x:v>790</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="AD15" s="3" t="n">
-        <x:v>824</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="AE15" s="3" t="n">
-        <x:v>825</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="AF15" s="3" t="n">
-        <x:v>862</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="AG15" s="3" t="n">
-        <x:v>841</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="AH15" s="3" t="n">
-        <x:v>789</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="AI15" s="3" t="n">
-        <x:v>770</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="AJ15" s="3" t="n">
-        <x:v>788</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="AK15" s="3" t="n">
-        <x:v>813</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="AL15" s="3" t="n">
-        <x:v>783</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="AM15" s="3" t="n">
-        <x:v>789</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="AN15" s="3" t="n">
-        <x:v>784</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="AO15" s="3" t="n">
-        <x:v>760</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="AP15" s="3" t="n">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="AQ15" s="3" t="n">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="AR15" s="3" t="n">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="AS15" s="3" t="n">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="AT15" s="3" t="n">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="AU15" s="3" t="n">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="AV15" s="3" t="n">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="AW15" s="3" t="n">
         <x:v>758</x:v>
       </x:c>
-      <x:c r="AQ15" s="3" t="n">
-[...17 lines deleted...]
-      <x:c r="AW15" s="3" t="n">
+      <x:c r="AX15" s="3" t="n">
         <x:v>767</x:v>
       </x:c>
-      <x:c r="AX15" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="AY15" s="3" t="n">
-        <x:v>819</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="AZ15" s="3" t="n">
-        <x:v>828</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="BA15" s="3" t="n">
-        <x:v>788</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="BB15" s="3" t="n">
-        <x:v>830</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="BC15" s="3" t="n">
-        <x:v>829</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="BD15" s="3" t="n">
-        <x:v>833</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="BE15" s="3" t="n">
-        <x:v>843</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="BF15" s="3" t="n">
-        <x:v>861</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="BG15" s="3" t="n">
-        <x:v>885</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="BH15" s="3" t="n">
-        <x:v>935</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="BI15" s="3" t="n">
-        <x:v>969</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="BJ15" s="3" t="n">
-        <x:v>957</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="BK15" s="3" t="n">
-        <x:v>942</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="BL15" s="3" t="n">
-        <x:v>967</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="BM15" s="3" t="n">
-        <x:v>996</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="BN15" s="3" t="n">
-        <x:v>1047</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="BO15" s="3" t="n">
-        <x:v>970</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="BP15" s="3" t="n">
-        <x:v>1046</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="BQ15" s="3" t="n">
-        <x:v>1056</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="BR15" s="3" t="n">
-        <x:v>1086</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="BS15" s="3" t="n">
-        <x:v>1102</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="BT15" s="3" t="n">
-        <x:v>1124</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="BU15" s="3" t="n">
-        <x:v>1141</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="BV15" s="3" t="n">
-        <x:v>1152</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="BW15" s="3" t="n">
-        <x:v>1178</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="BX15" s="3" t="n">
-        <x:v>1191</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="BY15" s="3" t="n">
-        <x:v>1236</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="BZ15" s="3" t="n">
-        <x:v>1271</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="CA15" s="3" t="n">
-        <x:v>1284</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="CB15" s="3" t="n">
-        <x:v>1289</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="CC15" s="3" t="n">
-        <x:v>1297</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="CD15" s="3" t="n">
-        <x:v>1244</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="CE15" s="3" t="n">
-        <x:v>1277</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="CF15" s="3" t="n">
-        <x:v>1342</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="CG15" s="3" t="n">
-        <x:v>1372</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="CH15" s="3" t="n">
-        <x:v>1354</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="CI15" s="3" t="n">
-        <x:v>1371</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="CJ15" s="3" t="n">
-        <x:v>1373</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="CK15" s="3" t="n">
-        <x:v>1363</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="CL15" s="3" t="n">
+        <x:v>1395</x:v>
+      </x:c>
+      <x:c r="CM15" s="3" t="n">
         <x:v>1414</x:v>
       </x:c>
-      <x:c r="CM15" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="CN15" s="3" t="n">
-        <x:v>1436</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="CO15" s="3" t="n">
-        <x:v>1477</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="CP15" s="3" t="n">
-        <x:v>1506</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="CQ15" s="3" t="n">
-        <x:v>1525</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="CR15" s="3" t="n">
-        <x:v>1524</x:v>
+        <x:v>1503</x:v>
       </x:c>
       <x:c r="CS15" s="3" t="n">
-        <x:v>1532</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="CT15" s="3" t="n">
-        <x:v>1567</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="CU15" s="3" t="n">
-        <x:v>1535</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="CV15" s="3" t="n">
-        <x:v>1622</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="CW15" s="3" t="n">
-        <x:v>1654</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="CX15" s="3" t="n">
-        <x:v>1662</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="CY15" s="3" t="n">
-        <x:v>1697</x:v>
+        <x:v>1678</x:v>
       </x:c>
       <x:c r="CZ15" s="3" t="n">
-        <x:v>1667</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="DA15" s="3" t="n">
-        <x:v>1787</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="DB15" s="3" t="n">
-        <x:v>1787</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="DC15" s="3" t="n">
-        <x:v>1831</x:v>
+        <x:v>1815</x:v>
       </x:c>
       <x:c r="DD15" s="3" t="n">
-        <x:v>1918</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="DE15" s="3" t="n">
-        <x:v>1891</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="DF15" s="3" t="n">
-        <x:v>1935</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="DG15" s="3" t="n">
-        <x:v>2007</x:v>
+        <x:v>1987</x:v>
       </x:c>
       <x:c r="DH15" s="3" t="n">
-        <x:v>2024</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="DI15" s="3" t="n">
-        <x:v>2014</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="DJ15" s="3" t="n">
+        <x:v>2169</x:v>
+      </x:c>
+      <x:c r="DK15" s="3" t="n">
+        <x:v>2154</x:v>
+      </x:c>
+      <x:c r="DL15" s="3" t="n">
         <x:v>2180</x:v>
       </x:c>
-      <x:c r="DK15" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="DM15" s="3" t="n">
-        <x:v>2254</x:v>
+        <x:v>2250</x:v>
       </x:c>
       <x:c r="DN15" s="3" t="n">
-        <x:v>2288</x:v>
+        <x:v>2291</x:v>
       </x:c>
       <x:c r="DO15" s="3" t="n">
-        <x:v>2314</x:v>
+        <x:v>2315</x:v>
       </x:c>
       <x:c r="DP15" s="3" t="n">
-        <x:v>2426</x:v>
+        <x:v>2428</x:v>
       </x:c>
       <x:c r="DQ15" s="3" t="n">
-        <x:v>2492</x:v>
+        <x:v>2490</x:v>
       </x:c>
       <x:c r="DR15" s="3" t="n">
-        <x:v>2483</x:v>
+        <x:v>2481</x:v>
       </x:c>
       <x:c r="DS15" s="3" t="n">
-        <x:v>2624</x:v>
+        <x:v>2618</x:v>
+      </x:c>
+      <x:c r="DT15" s="3" t="n">
+        <x:v>2644</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:123">
+    <x:row r="16" spans="1:124">
       <x:c r="A16" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>390</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>394</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>398</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
         <x:v>416</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H16" s="3" t="n">
         <x:v>420</x:v>
       </x:c>
       <x:c r="I16" s="3" t="n">
         <x:v>425</x:v>
       </x:c>
@@ -5553,341 +5602,344 @@
       <x:c r="T16" s="3" t="n">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U16" s="3" t="n">
         <x:v>426</x:v>
       </x:c>
       <x:c r="V16" s="3" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="W16" s="3" t="n">
         <x:v>421</x:v>
       </x:c>
       <x:c r="X16" s="3" t="n">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Y16" s="3" t="n">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Z16" s="3" t="n">
         <x:v>427</x:v>
       </x:c>
       <x:c r="AA16" s="3" t="n">
         <x:v>417</x:v>
       </x:c>
       <x:c r="AB16" s="3" t="n">
-        <x:v>427</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="AC16" s="3" t="n">
         <x:v>432</x:v>
       </x:c>
       <x:c r="AD16" s="3" t="n">
-        <x:v>405</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="AE16" s="3" t="n">
         <x:v>413</x:v>
       </x:c>
       <x:c r="AF16" s="3" t="n">
-        <x:v>394</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="AG16" s="3" t="n">
-        <x:v>392</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="AH16" s="3" t="n">
-        <x:v>384</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="AI16" s="3" t="n">
-        <x:v>374</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="AJ16" s="3" t="n">
-        <x:v>367</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="AK16" s="3" t="n">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="AL16" s="3" t="n">
-        <x:v>360</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="AM16" s="3" t="n">
-        <x:v>371</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="AN16" s="3" t="n">
-        <x:v>371</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="AO16" s="3" t="n">
-        <x:v>367</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="AP16" s="3" t="n">
-        <x:v>367</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="AQ16" s="3" t="n">
-        <x:v>380</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="AR16" s="3" t="n">
-        <x:v>381</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="AS16" s="3" t="n">
-        <x:v>370</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="AT16" s="3" t="n">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="AU16" s="3" t="n">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="AV16" s="3" t="n">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="AW16" s="3" t="n">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="AX16" s="3" t="n">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="AY16" s="3" t="n">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="AZ16" s="3" t="n">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="BA16" s="3" t="n">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="BB16" s="3" t="n">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="BC16" s="3" t="n">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="BD16" s="3" t="n">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="BE16" s="3" t="n">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="BF16" s="3" t="n">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="BG16" s="3" t="n">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="BH16" s="3" t="n">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="BI16" s="3" t="n">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="BJ16" s="3" t="n">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="BK16" s="3" t="n">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="AU16" s="3" t="n">
+      <x:c r="BL16" s="3" t="n">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="BM16" s="3" t="n">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="BN16" s="3" t="n">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="BO16" s="3" t="n">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="AV16" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="AY16" s="3" t="n">
+      <x:c r="BP16" s="3" t="n">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="BQ16" s="3" t="n">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="BR16" s="3" t="n">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="BS16" s="3" t="n">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="BT16" s="3" t="n">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="BU16" s="3" t="n">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="BV16" s="3" t="n">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="BW16" s="3" t="n">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="BX16" s="3" t="n">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="BY16" s="3" t="n">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="BZ16" s="3" t="n">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="CA16" s="3" t="n">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="CB16" s="3" t="n">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="CC16" s="3" t="n">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="CD16" s="3" t="n">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="CE16" s="3" t="n">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="CF16" s="3" t="n">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="CG16" s="3" t="n">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="CH16" s="3" t="n">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="CI16" s="3" t="n">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="AZ16" s="3" t="n">
-[...106 lines deleted...]
-      </x:c>
       <x:c r="CJ16" s="3" t="n">
-        <x:v>450</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="CK16" s="3" t="n">
-        <x:v>457</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="CL16" s="3" t="n">
-        <x:v>463</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="CM16" s="3" t="n">
-        <x:v>475</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="CN16" s="3" t="n">
-        <x:v>487</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="CO16" s="3" t="n">
         <x:v>489</x:v>
       </x:c>
       <x:c r="CP16" s="3" t="n">
-        <x:v>524</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="CQ16" s="3" t="n">
-        <x:v>532</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="CR16" s="3" t="n">
-        <x:v>548</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="CS16" s="3" t="n">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="CT16" s="3" t="n">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="CU16" s="3" t="n">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="CV16" s="3" t="n">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="CW16" s="3" t="n">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="CT16" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="CU16" s="3" t="n">
+      <x:c r="CX16" s="3" t="n">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="CY16" s="3" t="n">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="CZ16" s="3" t="n">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="DA16" s="3" t="n">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="DB16" s="3" t="n">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="CV16" s="3" t="n">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="DC16" s="3" t="n">
-        <x:v>625</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="DD16" s="3" t="n">
-        <x:v>610</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="DE16" s="3" t="n">
-        <x:v>617</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="DF16" s="3" t="n">
-        <x:v>650</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="DG16" s="3" t="n">
-        <x:v>651</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="DH16" s="3" t="n">
-        <x:v>652</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="DI16" s="3" t="n">
-        <x:v>672</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="DJ16" s="3" t="n">
-        <x:v>679</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="DK16" s="3" t="n">
-        <x:v>673</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="DL16" s="3" t="n">
-        <x:v>680</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="DM16" s="3" t="n">
-        <x:v>699</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="DN16" s="3" t="n">
-        <x:v>682</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="DO16" s="3" t="n">
-        <x:v>721</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="DP16" s="3" t="n">
-        <x:v>715</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="DQ16" s="3" t="n">
-        <x:v>715</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="DR16" s="3" t="n">
-        <x:v>725</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="DS16" s="3" t="n">
-        <x:v>744</x:v>
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="DT16" s="3" t="n">
+        <x:v>724</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:123">
+    <x:row r="17" spans="1:124">
       <x:c r="A17" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>820</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
         <x:v>823</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
         <x:v>838</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
         <x:v>818</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
         <x:v>832</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
         <x:v>868</x:v>
       </x:c>
       <x:c r="I17" s="3" t="n">
         <x:v>887</x:v>
       </x:c>
@@ -5909,356 +5961,359 @@
       <x:c r="O17" s="3" t="n">
         <x:v>1011</x:v>
       </x:c>
       <x:c r="P17" s="3" t="n">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="Q17" s="3" t="n">
         <x:v>1052</x:v>
       </x:c>
       <x:c r="R17" s="3" t="n">
         <x:v>936</x:v>
       </x:c>
       <x:c r="S17" s="3" t="n">
         <x:v>954</x:v>
       </x:c>
       <x:c r="T17" s="3" t="n">
         <x:v>960</x:v>
       </x:c>
       <x:c r="U17" s="3" t="n">
         <x:v>964</x:v>
       </x:c>
       <x:c r="V17" s="3" t="n">
         <x:v>978</x:v>
       </x:c>
       <x:c r="W17" s="3" t="n">
-        <x:v>1001</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="X17" s="3" t="n">
         <x:v>1020</x:v>
       </x:c>
       <x:c r="Y17" s="3" t="n">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="Z17" s="3" t="n">
         <x:v>1066</x:v>
       </x:c>
       <x:c r="AA17" s="3" t="n">
         <x:v>1036</x:v>
       </x:c>
       <x:c r="AB17" s="3" t="n">
+        <x:v>1057</x:v>
+      </x:c>
+      <x:c r="AC17" s="3" t="n">
+        <x:v>1067</x:v>
+      </x:c>
+      <x:c r="AD17" s="3" t="n">
+        <x:v>1066</x:v>
+      </x:c>
+      <x:c r="AE17" s="3" t="n">
         <x:v>1058</x:v>
       </x:c>
-      <x:c r="AC17" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="AF17" s="3" t="n">
-        <x:v>1075</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="AG17" s="3" t="n">
-        <x:v>1082</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="AH17" s="3" t="n">
-        <x:v>1091</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="AI17" s="3" t="n">
-        <x:v>1095</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="AJ17" s="3" t="n">
-        <x:v>1112</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="AK17" s="3" t="n">
-        <x:v>1110</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="AL17" s="3" t="n">
-        <x:v>1103</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="AM17" s="3" t="n">
-        <x:v>1175</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="AN17" s="3" t="n">
-        <x:v>1156</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="AO17" s="3" t="n">
-        <x:v>1177</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="AP17" s="3" t="n">
-        <x:v>1203</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="AQ17" s="3" t="n">
-        <x:v>1238</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="AR17" s="3" t="n">
-        <x:v>1245</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="AS17" s="3" t="n">
-        <x:v>1276</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="AT17" s="3" t="n">
-        <x:v>1289</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="AU17" s="3" t="n">
-        <x:v>1317</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="AV17" s="3" t="n">
-        <x:v>1360</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="AW17" s="3" t="n">
-        <x:v>1389</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="AX17" s="3" t="n">
-        <x:v>1443</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="AY17" s="3" t="n">
-        <x:v>1484</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="AZ17" s="3" t="n">
-        <x:v>1506</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="BA17" s="3" t="n">
-        <x:v>1574</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="BB17" s="3" t="n">
-        <x:v>1495</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="BC17" s="3" t="n">
-        <x:v>1506</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="BD17" s="3" t="n">
-        <x:v>1514</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="BE17" s="3" t="n">
-        <x:v>1491</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="BF17" s="3" t="n">
-        <x:v>1336</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="BG17" s="3" t="n">
+        <x:v>1321</x:v>
+      </x:c>
+      <x:c r="BH17" s="3" t="n">
         <x:v>1334</x:v>
       </x:c>
-      <x:c r="BH17" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="BI17" s="3" t="n">
-        <x:v>1358</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="BJ17" s="3" t="n">
-        <x:v>1371</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="BK17" s="3" t="n">
-        <x:v>1376</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="BL17" s="3" t="n">
-        <x:v>1403</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="BM17" s="3" t="n">
-        <x:v>1434</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="BN17" s="3" t="n">
-        <x:v>1436</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="BO17" s="3" t="n">
-        <x:v>1465</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="BP17" s="3" t="n">
-        <x:v>1457</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="BQ17" s="3" t="n">
-        <x:v>1518</x:v>
+        <x:v>1502</x:v>
       </x:c>
       <x:c r="BR17" s="3" t="n">
+        <x:v>1450</x:v>
+      </x:c>
+      <x:c r="BS17" s="3" t="n">
+        <x:v>1524</x:v>
+      </x:c>
+      <x:c r="BT17" s="3" t="n">
+        <x:v>1500</x:v>
+      </x:c>
+      <x:c r="BU17" s="3" t="n">
+        <x:v>1475</x:v>
+      </x:c>
+      <x:c r="BV17" s="3" t="n">
+        <x:v>1483</x:v>
+      </x:c>
+      <x:c r="BW17" s="3" t="n">
         <x:v>1466</x:v>
       </x:c>
-      <x:c r="BS17" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="BV17" s="3" t="n">
+      <x:c r="BX17" s="3" t="n">
+        <x:v>1475</x:v>
+      </x:c>
+      <x:c r="BY17" s="3" t="n">
+        <x:v>1493</x:v>
+      </x:c>
+      <x:c r="BZ17" s="3" t="n">
+        <x:v>1489</x:v>
+      </x:c>
+      <x:c r="CA17" s="3" t="n">
+        <x:v>1488</x:v>
+      </x:c>
+      <x:c r="CB17" s="3" t="n">
         <x:v>1499</x:v>
       </x:c>
-      <x:c r="BW17" s="3" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="CC17" s="3" t="n">
-        <x:v>1528</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="CD17" s="3" t="n">
-        <x:v>1551</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="CE17" s="3" t="n">
-        <x:v>1504</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="CF17" s="3" t="n">
-        <x:v>1566</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="CG17" s="3" t="n">
-        <x:v>1575</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="CH17" s="3" t="n">
-        <x:v>1580</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="CI17" s="3" t="n">
-        <x:v>1635</x:v>
+        <x:v>1617</x:v>
       </x:c>
       <x:c r="CJ17" s="3" t="n">
-        <x:v>1643</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="CK17" s="3" t="n">
-        <x:v>1671</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="CL17" s="3" t="n">
-        <x:v>1704</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="CM17" s="3" t="n">
-        <x:v>1728</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="CN17" s="3" t="n">
-        <x:v>1715</x:v>
+        <x:v>1697</x:v>
       </x:c>
       <x:c r="CO17" s="3" t="n">
-        <x:v>1773</x:v>
+        <x:v>1755</x:v>
       </x:c>
       <x:c r="CP17" s="3" t="n">
-        <x:v>1761</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="CQ17" s="3" t="n">
-        <x:v>1770</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="CR17" s="3" t="n">
-        <x:v>1796</x:v>
+        <x:v>1777</x:v>
       </x:c>
       <x:c r="CS17" s="3" t="n">
-        <x:v>1791</x:v>
+        <x:v>1772</x:v>
       </x:c>
       <x:c r="CT17" s="3" t="n">
-        <x:v>1818</x:v>
+        <x:v>1798</x:v>
       </x:c>
       <x:c r="CU17" s="3" t="n">
-        <x:v>1815</x:v>
+        <x:v>1795</x:v>
       </x:c>
       <x:c r="CV17" s="3" t="n">
-        <x:v>1855</x:v>
+        <x:v>1834</x:v>
       </x:c>
       <x:c r="CW17" s="3" t="n">
-        <x:v>1849</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="CX17" s="3" t="n">
-        <x:v>1863</x:v>
+        <x:v>1842</x:v>
       </x:c>
       <x:c r="CY17" s="3" t="n">
-        <x:v>1887</x:v>
+        <x:v>1866</x:v>
       </x:c>
       <x:c r="CZ17" s="3" t="n">
-        <x:v>1802</x:v>
+        <x:v>1782</x:v>
       </x:c>
       <x:c r="DA17" s="3" t="n">
-        <x:v>1954</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="DB17" s="3" t="n">
-        <x:v>1982</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="DC17" s="3" t="n">
-        <x:v>2038</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="DD17" s="3" t="n">
-        <x:v>2038</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="DE17" s="3" t="n">
-        <x:v>2114</x:v>
+        <x:v>2087</x:v>
       </x:c>
       <x:c r="DF17" s="3" t="n">
-        <x:v>2163</x:v>
+        <x:v>2155</x:v>
       </x:c>
       <x:c r="DG17" s="3" t="n">
-        <x:v>2210</x:v>
+        <x:v>2182</x:v>
       </x:c>
       <x:c r="DH17" s="3" t="n">
-        <x:v>2161</x:v>
+        <x:v>2148</x:v>
       </x:c>
       <x:c r="DI17" s="3" t="n">
-        <x:v>2173</x:v>
+        <x:v>2144</x:v>
       </x:c>
       <x:c r="DJ17" s="3" t="n">
-        <x:v>2239</x:v>
+        <x:v>2204</x:v>
       </x:c>
       <x:c r="DK17" s="3" t="n">
-        <x:v>2155</x:v>
+        <x:v>2117</x:v>
       </x:c>
       <x:c r="DL17" s="3" t="n">
-        <x:v>2127</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="DM17" s="3" t="n">
-        <x:v>2093</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="DN17" s="3" t="n">
-        <x:v>2068</x:v>
+        <x:v>2048</x:v>
       </x:c>
       <x:c r="DO17" s="3" t="n">
-        <x:v>2069</x:v>
+        <x:v>2044</x:v>
       </x:c>
       <x:c r="DP17" s="3" t="n">
-        <x:v>2107</x:v>
+        <x:v>2095</x:v>
       </x:c>
       <x:c r="DQ17" s="3" t="n">
-        <x:v>2106</x:v>
+        <x:v>2089</x:v>
       </x:c>
       <x:c r="DR17" s="3" t="n">
-        <x:v>2110</x:v>
+        <x:v>2094</x:v>
       </x:c>
       <x:c r="DS17" s="3" t="n">
-        <x:v>2102</x:v>
+        <x:v>2090</x:v>
+      </x:c>
+      <x:c r="DT17" s="3" t="n">
+        <x:v>2066</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:123">
+    <x:row r="18" spans="1:124">
       <x:c r="A18" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>747</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
         <x:v>782</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
         <x:v>794</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
         <x:v>783</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
         <x:v>811</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
         <x:v>798</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
         <x:v>786</x:v>
       </x:c>
       <x:c r="I18" s="3" t="n">
         <x:v>760</x:v>
       </x:c>
@@ -6301,706 +6356,712 @@
       <x:c r="V18" s="3" t="n">
         <x:v>851</x:v>
       </x:c>
       <x:c r="W18" s="3" t="n">
         <x:v>867</x:v>
       </x:c>
       <x:c r="X18" s="3" t="n">
         <x:v>892</x:v>
       </x:c>
       <x:c r="Y18" s="3" t="n">
         <x:v>887</x:v>
       </x:c>
       <x:c r="Z18" s="3" t="n">
         <x:v>884</x:v>
       </x:c>
       <x:c r="AA18" s="3" t="n">
         <x:v>879</x:v>
       </x:c>
       <x:c r="AB18" s="3" t="n">
         <x:v>854</x:v>
       </x:c>
       <x:c r="AC18" s="3" t="n">
         <x:v>861</x:v>
       </x:c>
       <x:c r="AD18" s="3" t="n">
-        <x:v>854</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="AE18" s="3" t="n">
-        <x:v>830</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="AF18" s="3" t="n">
-        <x:v>785</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="AG18" s="3" t="n">
-        <x:v>776</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="AH18" s="3" t="n">
-        <x:v>782</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="AI18" s="3" t="n">
-        <x:v>760</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="AJ18" s="3" t="n">
-        <x:v>779</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="AK18" s="3" t="n">
-        <x:v>767</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="AL18" s="3" t="n">
-        <x:v>747</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="AM18" s="3" t="n">
-        <x:v>768</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="AN18" s="3" t="n">
-        <x:v>764</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="AO18" s="3" t="n">
-        <x:v>752</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="AP18" s="3" t="n">
-        <x:v>741</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="AQ18" s="3" t="n">
-        <x:v>741</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="AR18" s="3" t="n">
-        <x:v>734</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="AS18" s="3" t="n">
-        <x:v>720</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="AT18" s="3" t="n">
-        <x:v>733</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="AU18" s="3" t="n">
-        <x:v>705</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="AV18" s="3" t="n">
-        <x:v>686</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="AW18" s="3" t="n">
-        <x:v>681</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="AX18" s="3" t="n">
-        <x:v>644</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="AY18" s="3" t="n">
-        <x:v>674</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="AZ18" s="3" t="n">
-        <x:v>630</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="BA18" s="3" t="n">
-        <x:v>650</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="BB18" s="3" t="n">
-        <x:v>654</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="BC18" s="3" t="n">
-        <x:v>637</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="BD18" s="3" t="n">
-        <x:v>641</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="BE18" s="3" t="n">
-        <x:v>632</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="BF18" s="3" t="n">
-        <x:v>617</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="BG18" s="3" t="n">
-        <x:v>604</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="BH18" s="3" t="n">
-        <x:v>601</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="BI18" s="3" t="n">
-        <x:v>598</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="BJ18" s="3" t="n">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="BK18" s="3" t="n">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="BL18" s="3" t="n">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="BM18" s="3" t="n">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="BN18" s="3" t="n">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="BO18" s="3" t="n">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="BP18" s="3" t="n">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="BQ18" s="3" t="n">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="BR18" s="3" t="n">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="BS18" s="3" t="n">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="BT18" s="3" t="n">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="BU18" s="3" t="n">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="BV18" s="3" t="n">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="BW18" s="3" t="n">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="BX18" s="3" t="n">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="BY18" s="3" t="n">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="BZ18" s="3" t="n">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="CA18" s="3" t="n">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="CB18" s="3" t="n">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="CC18" s="3" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="CD18" s="3" t="n">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="CE18" s="3" t="n">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="CF18" s="3" t="n">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="CG18" s="3" t="n">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="CH18" s="3" t="n">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="CI18" s="3" t="n">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="CJ18" s="3" t="n">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="CK18" s="3" t="n">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="CL18" s="3" t="n">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="CM18" s="3" t="n">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="CN18" s="3" t="n">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="CO18" s="3" t="n">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="CP18" s="3" t="n">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="CQ18" s="3" t="n">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="CR18" s="3" t="n">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="CS18" s="3" t="n">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="CT18" s="3" t="n">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="CU18" s="3" t="n">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="CV18" s="3" t="n">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="CW18" s="3" t="n">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="CX18" s="3" t="n">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="CY18" s="3" t="n">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="CZ18" s="3" t="n">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="DA18" s="3" t="n">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="DB18" s="3" t="n">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="DC18" s="3" t="n">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="DD18" s="3" t="n">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="DE18" s="3" t="n">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="DF18" s="3" t="n">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="DG18" s="3" t="n">
         <x:v>547</x:v>
       </x:c>
-      <x:c r="BK18" s="3" t="n">
-[...145 lines deleted...]
-      </x:c>
       <x:c r="DH18" s="3" t="n">
-        <x:v>548</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="DI18" s="3" t="n">
-        <x:v>556</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="DJ18" s="3" t="n">
-        <x:v>598</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="DK18" s="3" t="n">
-        <x:v>560</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="DL18" s="3" t="n">
-        <x:v>578</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="DM18" s="3" t="n">
-        <x:v>591</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="DN18" s="3" t="n">
-        <x:v>607</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="DO18" s="3" t="n">
-        <x:v>604</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="DP18" s="3" t="n">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="DQ18" s="3" t="n">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="DR18" s="3" t="n">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="DS18" s="3" t="n">
         <x:v>605</x:v>
       </x:c>
-      <x:c r="DQ18" s="3" t="n">
-[...6 lines deleted...]
-        <x:v>609</x:v>
+      <x:c r="DT18" s="3" t="n">
+        <x:v>622</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:123">
+    <x:row r="19" spans="1:124">
       <x:c r="A19" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>747</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>758</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
         <x:v>760</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
         <x:v>764</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
         <x:v>792</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
         <x:v>798</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
         <x:v>799</x:v>
       </x:c>
       <x:c r="I19" s="3" t="n">
         <x:v>822</x:v>
       </x:c>
       <x:c r="J19" s="3" t="n">
         <x:v>862</x:v>
       </x:c>
       <x:c r="K19" s="3" t="n">
         <x:v>851</x:v>
       </x:c>
       <x:c r="L19" s="3" t="n">
         <x:v>857</x:v>
       </x:c>
       <x:c r="M19" s="3" t="n">
         <x:v>850</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>995</x:v>
       </x:c>
       <x:c r="O19" s="3" t="n">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="P19" s="3" t="n">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="Q19" s="3" t="n">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="R19" s="3" t="n">
-        <x:v>963</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="S19" s="3" t="n">
         <x:v>953</x:v>
       </x:c>
       <x:c r="T19" s="3" t="n">
         <x:v>941</x:v>
       </x:c>
       <x:c r="U19" s="3" t="n">
         <x:v>942</x:v>
       </x:c>
       <x:c r="V19" s="3" t="n">
         <x:v>972</x:v>
       </x:c>
       <x:c r="W19" s="3" t="n">
         <x:v>983</x:v>
       </x:c>
       <x:c r="X19" s="3" t="n">
         <x:v>963</x:v>
       </x:c>
       <x:c r="Y19" s="3" t="n">
-        <x:v>954</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="Z19" s="3" t="n">
         <x:v>901</x:v>
       </x:c>
       <x:c r="AA19" s="3" t="n">
-        <x:v>886</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="AB19" s="3" t="n">
-        <x:v>906</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="AC19" s="3" t="n">
         <x:v>886</x:v>
       </x:c>
       <x:c r="AD19" s="3" t="n">
-        <x:v>864</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="AE19" s="3" t="n">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="AF19" s="3" t="n">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="AG19" s="3" t="n">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="AH19" s="3" t="n">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="AI19" s="3" t="n">
+        <x:v>819</x:v>
+      </x:c>
+      <x:c r="AJ19" s="3" t="n">
+        <x:v>810</x:v>
+      </x:c>
+      <x:c r="AK19" s="3" t="n">
+        <x:v>808</x:v>
+      </x:c>
+      <x:c r="AL19" s="3" t="n">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="AM19" s="3" t="n">
+        <x:v>809</x:v>
+      </x:c>
+      <x:c r="AN19" s="3" t="n">
+        <x:v>824</x:v>
+      </x:c>
+      <x:c r="AO19" s="3" t="n">
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="AP19" s="3" t="n">
+        <x:v>833</x:v>
+      </x:c>
+      <x:c r="AQ19" s="3" t="n">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="AR19" s="3" t="n">
+        <x:v>828</x:v>
+      </x:c>
+      <x:c r="AS19" s="3" t="n">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="AT19" s="3" t="n">
         <x:v>848</x:v>
       </x:c>
-      <x:c r="AF19" s="3" t="n">
-[...17 lines deleted...]
-      <x:c r="AL19" s="3" t="n">
+      <x:c r="AU19" s="3" t="n">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="AV19" s="3" t="n">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="AW19" s="3" t="n">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="AX19" s="3" t="n">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="AY19" s="3" t="n">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="AZ19" s="3" t="n">
+        <x:v>863</x:v>
+      </x:c>
+      <x:c r="BA19" s="3" t="n">
+        <x:v>882</x:v>
+      </x:c>
+      <x:c r="BB19" s="3" t="n">
+        <x:v>903</x:v>
+      </x:c>
+      <x:c r="BC19" s="3" t="n">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c r="BD19" s="3" t="n">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="BE19" s="3" t="n">
+        <x:v>902</x:v>
+      </x:c>
+      <x:c r="BF19" s="3" t="n">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="BG19" s="3" t="n">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="BH19" s="3" t="n">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="BI19" s="3" t="n">
+        <x:v>833</x:v>
+      </x:c>
+      <x:c r="BJ19" s="3" t="n">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="BK19" s="3" t="n">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="BL19" s="3" t="n">
         <x:v>819</x:v>
       </x:c>
-      <x:c r="AM19" s="3" t="n">
-[...76 lines deleted...]
-      </x:c>
       <x:c r="BM19" s="3" t="n">
-        <x:v>802</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="BN19" s="3" t="n">
-        <x:v>800</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="BO19" s="3" t="n">
-        <x:v>797</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="BP19" s="3" t="n">
+        <x:v>808</x:v>
+      </x:c>
+      <x:c r="BQ19" s="3" t="n">
+        <x:v>822</x:v>
+      </x:c>
+      <x:c r="BR19" s="3" t="n">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c r="BS19" s="3" t="n">
         <x:v>813</x:v>
       </x:c>
-      <x:c r="BQ19" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="BT19" s="3" t="n">
-        <x:v>804</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="BU19" s="3" t="n">
-        <x:v>794</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="BV19" s="3" t="n">
-        <x:v>787</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="BW19" s="3" t="n">
-        <x:v>812</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="BX19" s="3" t="n">
-        <x:v>799</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="BY19" s="3" t="n">
-        <x:v>784</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="BZ19" s="3" t="n">
-        <x:v>761</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="CA19" s="3" t="n">
-        <x:v>776</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="CB19" s="3" t="n">
-        <x:v>745</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="CC19" s="3" t="n">
-        <x:v>744</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="CD19" s="3" t="n">
-        <x:v>761</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="CE19" s="3" t="n">
-        <x:v>756</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="CF19" s="3" t="n">
-        <x:v>736</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="CG19" s="3" t="n">
-        <x:v>726</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="CH19" s="3" t="n">
-        <x:v>695</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="CI19" s="3" t="n">
-        <x:v>671</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="CJ19" s="3" t="n">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="CK19" s="3" t="n">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="CL19" s="3" t="n">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="CM19" s="3" t="n">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="CN19" s="3" t="n">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="CO19" s="3" t="n">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="CP19" s="3" t="n">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="CQ19" s="3" t="n">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="CR19" s="3" t="n">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="CS19" s="3" t="n">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="CT19" s="3" t="n">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="CU19" s="3" t="n">
         <x:v>665</x:v>
       </x:c>
-      <x:c r="CK19" s="3" t="n">
-[...17 lines deleted...]
-      <x:c r="CQ19" s="3" t="n">
+      <x:c r="CV19" s="3" t="n">
         <x:v>679</x:v>
       </x:c>
-      <x:c r="CR19" s="3" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="CW19" s="3" t="n">
-        <x:v>674</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="CX19" s="3" t="n">
-        <x:v>672</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="CY19" s="3" t="n">
-        <x:v>547</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="CZ19" s="3" t="n">
-        <x:v>520</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="DA19" s="3" t="n">
-        <x:v>548</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="DB19" s="3" t="n">
-        <x:v>567</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="DC19" s="3" t="n">
-        <x:v>537</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="DD19" s="3" t="n">
-        <x:v>569</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="DE19" s="3" t="n">
-        <x:v>579</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="DF19" s="3" t="n">
-        <x:v>592</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="DG19" s="3" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="DH19" s="3" t="n">
-        <x:v>610</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="DI19" s="3" t="n">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="DJ19" s="3" t="n">
         <x:v>625</x:v>
       </x:c>
-      <x:c r="DJ19" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="DK19" s="3" t="n">
-        <x:v>625</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="DL19" s="3" t="n">
-        <x:v>635</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="DM19" s="3" t="n">
-        <x:v>635</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="DN19" s="3" t="n">
-        <x:v>634</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="DO19" s="3" t="n">
-        <x:v>636</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="DP19" s="3" t="n">
-        <x:v>634</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="DQ19" s="3" t="n">
-        <x:v>623</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="DR19" s="3" t="n">
-        <x:v>636</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="DS19" s="3" t="n">
-        <x:v>645</x:v>
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="DT19" s="3" t="n">
+        <x:v>628</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:123">
+    <x:row r="20" spans="1:124">
       <x:c r="A20" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>1363</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
         <x:v>1399</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
         <x:v>1422</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
         <x:v>1445</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
         <x:v>1399</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
         <x:v>1384</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
         <x:v>1384</x:v>
       </x:c>
       <x:c r="I20" s="3" t="n">
         <x:v>1405</x:v>
       </x:c>
@@ -7037,341 +7098,344 @@
       <x:c r="T20" s="3" t="n">
         <x:v>1589</x:v>
       </x:c>
       <x:c r="U20" s="3" t="n">
         <x:v>1591</x:v>
       </x:c>
       <x:c r="V20" s="3" t="n">
         <x:v>1599</x:v>
       </x:c>
       <x:c r="W20" s="3" t="n">
         <x:v>1631</x:v>
       </x:c>
       <x:c r="X20" s="3" t="n">
         <x:v>1635</x:v>
       </x:c>
       <x:c r="Y20" s="3" t="n">
         <x:v>1639</x:v>
       </x:c>
       <x:c r="Z20" s="3" t="n">
         <x:v>1675</x:v>
       </x:c>
       <x:c r="AA20" s="3" t="n">
         <x:v>1683</x:v>
       </x:c>
       <x:c r="AB20" s="3" t="n">
-        <x:v>1687</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="AC20" s="3" t="n">
-        <x:v>1712</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="AD20" s="3" t="n">
-        <x:v>1706</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="AE20" s="3" t="n">
-        <x:v>1747</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="AF20" s="3" t="n">
-        <x:v>1752</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="AG20" s="3" t="n">
-        <x:v>1812</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="AH20" s="3" t="n">
-        <x:v>1758</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="AI20" s="3" t="n">
-        <x:v>1843</x:v>
+        <x:v>1836</x:v>
       </x:c>
       <x:c r="AJ20" s="3" t="n">
-        <x:v>1849</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="AK20" s="3" t="n">
-        <x:v>1917</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="AL20" s="3" t="n">
-        <x:v>2004</x:v>
+        <x:v>1992</x:v>
       </x:c>
       <x:c r="AM20" s="3" t="n">
-        <x:v>2006</x:v>
+        <x:v>1993</x:v>
       </x:c>
       <x:c r="AN20" s="3" t="n">
-        <x:v>2069</x:v>
+        <x:v>2054</x:v>
       </x:c>
       <x:c r="AO20" s="3" t="n">
-        <x:v>2120</x:v>
+        <x:v>2103</x:v>
       </x:c>
       <x:c r="AP20" s="3" t="n">
-        <x:v>2214</x:v>
+        <x:v>2195</x:v>
       </x:c>
       <x:c r="AQ20" s="3" t="n">
-        <x:v>2183</x:v>
+        <x:v>2163</x:v>
       </x:c>
       <x:c r="AR20" s="3" t="n">
-        <x:v>2220</x:v>
+        <x:v>2197</x:v>
       </x:c>
       <x:c r="AS20" s="3" t="n">
-        <x:v>2214</x:v>
+        <x:v>2189</x:v>
       </x:c>
       <x:c r="AT20" s="3" t="n">
-        <x:v>2395</x:v>
+        <x:v>2368</x:v>
       </x:c>
       <x:c r="AU20" s="3" t="n">
-        <x:v>2440</x:v>
+        <x:v>2408</x:v>
       </x:c>
       <x:c r="AV20" s="3" t="n">
-        <x:v>2474</x:v>
+        <x:v>2438</x:v>
       </x:c>
       <x:c r="AW20" s="3" t="n">
-        <x:v>2465</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="AX20" s="3" t="n">
-        <x:v>2465</x:v>
+        <x:v>2422</x:v>
       </x:c>
       <x:c r="AY20" s="3" t="n">
-        <x:v>2541</x:v>
+        <x:v>2494</x:v>
       </x:c>
       <x:c r="AZ20" s="3" t="n">
-        <x:v>2601</x:v>
+        <x:v>2549</x:v>
       </x:c>
       <x:c r="BA20" s="3" t="n">
-        <x:v>2560</x:v>
+        <x:v>2504</x:v>
       </x:c>
       <x:c r="BB20" s="3" t="n">
-        <x:v>2435</x:v>
+        <x:v>2377</x:v>
       </x:c>
       <x:c r="BC20" s="3" t="n">
-        <x:v>2465</x:v>
+        <x:v>2406</x:v>
       </x:c>
       <x:c r="BD20" s="3" t="n">
-        <x:v>2540</x:v>
+        <x:v>2475</x:v>
       </x:c>
       <x:c r="BE20" s="3" t="n">
-        <x:v>2651</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="BF20" s="3" t="n">
-        <x:v>2384</x:v>
+        <x:v>2352</x:v>
       </x:c>
       <x:c r="BG20" s="3" t="n">
-        <x:v>2341</x:v>
+        <x:v>2307</x:v>
       </x:c>
       <x:c r="BH20" s="3" t="n">
-        <x:v>2275</x:v>
+        <x:v>2241</x:v>
       </x:c>
       <x:c r="BI20" s="3" t="n">
-        <x:v>2308</x:v>
+        <x:v>2274</x:v>
       </x:c>
       <x:c r="BJ20" s="3" t="n">
-        <x:v>2448</x:v>
+        <x:v>2406</x:v>
       </x:c>
       <x:c r="BK20" s="3" t="n">
+        <x:v>2380</x:v>
+      </x:c>
+      <x:c r="BL20" s="3" t="n">
         <x:v>2421</x:v>
       </x:c>
-      <x:c r="BL20" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="BM20" s="3" t="n">
-        <x:v>2547</x:v>
+        <x:v>2506</x:v>
       </x:c>
       <x:c r="BN20" s="3" t="n">
-        <x:v>2556</x:v>
+        <x:v>2516</x:v>
       </x:c>
       <x:c r="BO20" s="3" t="n">
-        <x:v>2545</x:v>
+        <x:v>2505</x:v>
       </x:c>
       <x:c r="BP20" s="3" t="n">
-        <x:v>2556</x:v>
+        <x:v>2514</x:v>
       </x:c>
       <x:c r="BQ20" s="3" t="n">
-        <x:v>2549</x:v>
+        <x:v>2508</x:v>
       </x:c>
       <x:c r="BR20" s="3" t="n">
-        <x:v>2541</x:v>
+        <x:v>2498</x:v>
       </x:c>
       <x:c r="BS20" s="3" t="n">
-        <x:v>2461</x:v>
+        <x:v>2420</x:v>
       </x:c>
       <x:c r="BT20" s="3" t="n">
-        <x:v>2460</x:v>
+        <x:v>2418</x:v>
       </x:c>
       <x:c r="BU20" s="3" t="n">
-        <x:v>2415</x:v>
+        <x:v>2373</x:v>
       </x:c>
       <x:c r="BV20" s="3" t="n">
-        <x:v>2730</x:v>
+        <x:v>2685</x:v>
       </x:c>
       <x:c r="BW20" s="3" t="n">
-        <x:v>2633</x:v>
+        <x:v>2590</x:v>
       </x:c>
       <x:c r="BX20" s="3" t="n">
-        <x:v>2649</x:v>
+        <x:v>2607</x:v>
       </x:c>
       <x:c r="BY20" s="3" t="n">
-        <x:v>2588</x:v>
+        <x:v>2546</x:v>
       </x:c>
       <x:c r="BZ20" s="3" t="n">
-        <x:v>2573</x:v>
+        <x:v>2530</x:v>
       </x:c>
       <x:c r="CA20" s="3" t="n">
-        <x:v>2698</x:v>
+        <x:v>2654</x:v>
       </x:c>
       <x:c r="CB20" s="3" t="n">
-        <x:v>2613</x:v>
+        <x:v>2570</x:v>
       </x:c>
       <x:c r="CC20" s="3" t="n">
-        <x:v>2683</x:v>
+        <x:v>2640</x:v>
       </x:c>
       <x:c r="CD20" s="3" t="n">
-        <x:v>2679</x:v>
+        <x:v>2637</x:v>
       </x:c>
       <x:c r="CE20" s="3" t="n">
-        <x:v>2632</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="CF20" s="3" t="n">
-        <x:v>2683</x:v>
+        <x:v>2641</x:v>
       </x:c>
       <x:c r="CG20" s="3" t="n">
-        <x:v>2751</x:v>
+        <x:v>2708</x:v>
       </x:c>
       <x:c r="CH20" s="3" t="n">
-        <x:v>2791</x:v>
+        <x:v>2746</x:v>
       </x:c>
       <x:c r="CI20" s="3" t="n">
-        <x:v>2769</x:v>
+        <x:v>2727</x:v>
       </x:c>
       <x:c r="CJ20" s="3" t="n">
-        <x:v>2748</x:v>
+        <x:v>2704</x:v>
       </x:c>
       <x:c r="CK20" s="3" t="n">
-        <x:v>2841</x:v>
+        <x:v>2792</x:v>
       </x:c>
       <x:c r="CL20" s="3" t="n">
-        <x:v>2771</x:v>
+        <x:v>2727</x:v>
       </x:c>
       <x:c r="CM20" s="3" t="n">
-        <x:v>2856</x:v>
+        <x:v>2812</x:v>
       </x:c>
       <x:c r="CN20" s="3" t="n">
-        <x:v>2890</x:v>
+        <x:v>2845</x:v>
       </x:c>
       <x:c r="CO20" s="3" t="n">
-        <x:v>2903</x:v>
+        <x:v>2860</x:v>
       </x:c>
       <x:c r="CP20" s="3" t="n">
-        <x:v>2968</x:v>
+        <x:v>2922</x:v>
       </x:c>
       <x:c r="CQ20" s="3" t="n">
-        <x:v>2935</x:v>
+        <x:v>2884</x:v>
       </x:c>
       <x:c r="CR20" s="3" t="n">
-        <x:v>3025</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="CS20" s="3" t="n">
-        <x:v>2991</x:v>
+        <x:v>2947</x:v>
       </x:c>
       <x:c r="CT20" s="3" t="n">
-        <x:v>3071</x:v>
+        <x:v>3020</x:v>
       </x:c>
       <x:c r="CU20" s="3" t="n">
-        <x:v>3069</x:v>
+        <x:v>3021</x:v>
       </x:c>
       <x:c r="CV20" s="3" t="n">
-        <x:v>3111</x:v>
+        <x:v>3062</x:v>
       </x:c>
       <x:c r="CW20" s="3" t="n">
-        <x:v>3229</x:v>
+        <x:v>3167</x:v>
       </x:c>
       <x:c r="CX20" s="3" t="n">
-        <x:v>3139</x:v>
+        <x:v>3089</x:v>
       </x:c>
       <x:c r="CY20" s="3" t="n">
-        <x:v>3043</x:v>
+        <x:v>2994</x:v>
       </x:c>
       <x:c r="CZ20" s="3" t="n">
-        <x:v>3135</x:v>
+        <x:v>3084</x:v>
       </x:c>
       <x:c r="DA20" s="3" t="n">
-        <x:v>3270</x:v>
+        <x:v>3219</x:v>
       </x:c>
       <x:c r="DB20" s="3" t="n">
-        <x:v>3348</x:v>
+        <x:v>3326</x:v>
       </x:c>
       <x:c r="DC20" s="3" t="n">
-        <x:v>3244</x:v>
+        <x:v>3211</x:v>
       </x:c>
       <x:c r="DD20" s="3" t="n">
-        <x:v>3318</x:v>
+        <x:v>3262</x:v>
       </x:c>
       <x:c r="DE20" s="3" t="n">
-        <x:v>3347</x:v>
+        <x:v>3285</x:v>
       </x:c>
       <x:c r="DF20" s="3" t="n">
+        <x:v>3556</x:v>
+      </x:c>
+      <x:c r="DG20" s="3" t="n">
+        <x:v>3612</x:v>
+      </x:c>
+      <x:c r="DH20" s="3" t="n">
         <x:v>3539</x:v>
       </x:c>
-      <x:c r="DG20" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="DI20" s="3" t="n">
-        <x:v>3590</x:v>
+        <x:v>3527</x:v>
       </x:c>
       <x:c r="DJ20" s="3" t="n">
-        <x:v>3667</x:v>
+        <x:v>3654</x:v>
       </x:c>
       <x:c r="DK20" s="3" t="n">
-        <x:v>3806</x:v>
+        <x:v>3783</x:v>
       </x:c>
       <x:c r="DL20" s="3" t="n">
-        <x:v>3833</x:v>
+        <x:v>3821</x:v>
       </x:c>
       <x:c r="DM20" s="3" t="n">
-        <x:v>3913</x:v>
+        <x:v>3891</x:v>
       </x:c>
       <x:c r="DN20" s="3" t="n">
-        <x:v>3937</x:v>
+        <x:v>3917</x:v>
       </x:c>
       <x:c r="DO20" s="3" t="n">
-        <x:v>3953</x:v>
+        <x:v>3935</x:v>
       </x:c>
       <x:c r="DP20" s="3" t="n">
-        <x:v>4070</x:v>
+        <x:v>4063</x:v>
       </x:c>
       <x:c r="DQ20" s="3" t="n">
-        <x:v>4121</x:v>
+        <x:v>4108</x:v>
       </x:c>
       <x:c r="DR20" s="3" t="n">
-        <x:v>4196</x:v>
+        <x:v>4180</x:v>
       </x:c>
       <x:c r="DS20" s="3" t="n">
-        <x:v>4232</x:v>
+        <x:v>4251</x:v>
+      </x:c>
+      <x:c r="DT20" s="3" t="n">
+        <x:v>4247</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:123">
+    <x:row r="21" spans="1:124">
       <x:c r="A21" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>569</x:v>
       </x:c>
       <x:c r="D21" s="3" t="n">
         <x:v>577</x:v>
       </x:c>
       <x:c r="E21" s="3" t="n">
         <x:v>583</x:v>
       </x:c>
       <x:c r="F21" s="3" t="n">
         <x:v>576</x:v>
       </x:c>
       <x:c r="G21" s="3" t="n">
         <x:v>556</x:v>
       </x:c>
       <x:c r="H21" s="3" t="n">
         <x:v>546</x:v>
       </x:c>
       <x:c r="I21" s="3" t="n">
         <x:v>553</x:v>
       </x:c>
@@ -7405,344 +7469,347 @@
       <x:c r="S21" s="3" t="n">
         <x:v>574</x:v>
       </x:c>
       <x:c r="T21" s="3" t="n">
         <x:v>576</x:v>
       </x:c>
       <x:c r="U21" s="3" t="n">
         <x:v>570</x:v>
       </x:c>
       <x:c r="V21" s="3" t="n">
         <x:v>582</x:v>
       </x:c>
       <x:c r="W21" s="3" t="n">
         <x:v>608</x:v>
       </x:c>
       <x:c r="X21" s="3" t="n">
         <x:v>616</x:v>
       </x:c>
       <x:c r="Y21" s="3" t="n">
         <x:v>616</x:v>
       </x:c>
       <x:c r="Z21" s="3" t="n">
         <x:v>641</x:v>
       </x:c>
       <x:c r="AA21" s="3" t="n">
-        <x:v>638</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="AB21" s="3" t="n">
         <x:v>637</x:v>
       </x:c>
       <x:c r="AC21" s="3" t="n">
         <x:v>648</x:v>
       </x:c>
       <x:c r="AD21" s="3" t="n">
         <x:v>643</x:v>
       </x:c>
       <x:c r="AE21" s="3" t="n">
         <x:v>636</x:v>
       </x:c>
       <x:c r="AF21" s="3" t="n">
-        <x:v>640</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="AG21" s="3" t="n">
         <x:v>686</x:v>
       </x:c>
       <x:c r="AH21" s="3" t="n">
         <x:v>639</x:v>
       </x:c>
       <x:c r="AI21" s="3" t="n">
         <x:v>674</x:v>
       </x:c>
       <x:c r="AJ21" s="3" t="n">
         <x:v>659</x:v>
       </x:c>
       <x:c r="AK21" s="3" t="n">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="AL21" s="3" t="n">
-        <x:v>836</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="AM21" s="3" t="n">
-        <x:v>828</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="AN21" s="3" t="n">
-        <x:v>862</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="AO21" s="3" t="n">
-        <x:v>880</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="AP21" s="3" t="n">
-        <x:v>969</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="AQ21" s="3" t="n">
-        <x:v>938</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="AR21" s="3" t="n">
-        <x:v>949</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="AS21" s="3" t="n">
-        <x:v>933</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="AT21" s="3" t="n">
+        <x:v>1025</x:v>
+      </x:c>
+      <x:c r="AU21" s="3" t="n">
+        <x:v>1036</x:v>
+      </x:c>
+      <x:c r="AV21" s="3" t="n">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="AW21" s="3" t="n">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="AX21" s="3" t="n">
+        <x:v>1032</x:v>
+      </x:c>
+      <x:c r="AY21" s="3" t="n">
+        <x:v>1064</x:v>
+      </x:c>
+      <x:c r="AZ21" s="3" t="n">
+        <x:v>1090</x:v>
+      </x:c>
+      <x:c r="BA21" s="3" t="n">
+        <x:v>1038</x:v>
+      </x:c>
+      <x:c r="BB21" s="3" t="n">
+        <x:v>943</x:v>
+      </x:c>
+      <x:c r="BC21" s="3" t="n">
+        <x:v>968</x:v>
+      </x:c>
+      <x:c r="BD21" s="3" t="n">
+        <x:v>1031</x:v>
+      </x:c>
+      <x:c r="BE21" s="3" t="n">
+        <x:v>1095</x:v>
+      </x:c>
+      <x:c r="BF21" s="3" t="n">
         <x:v>1023</x:v>
       </x:c>
-      <x:c r="AU21" s="3" t="n">
-[...34 lines deleted...]
-      </x:c>
       <x:c r="BG21" s="3" t="n">
-        <x:v>962</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="BH21" s="3" t="n">
-        <x:v>894</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="BI21" s="3" t="n">
-        <x:v>923</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="BJ21" s="3" t="n">
-        <x:v>1074</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="BK21" s="3" t="n">
-        <x:v>1059</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="BL21" s="3" t="n">
-        <x:v>1113</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="BM21" s="3" t="n">
-        <x:v>1155</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="BN21" s="3" t="n">
-        <x:v>1133</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="BO21" s="3" t="n">
-        <x:v>1121</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="BP21" s="3" t="n">
-        <x:v>1106</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="BQ21" s="3" t="n">
-        <x:v>1091</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="BR21" s="3" t="n">
-        <x:v>1061</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="BS21" s="3" t="n">
-        <x:v>1051</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="BT21" s="3" t="n">
-        <x:v>1002</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="BU21" s="3" t="n">
-        <x:v>969</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="BV21" s="3" t="n">
-        <x:v>1077</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="BW21" s="3" t="n">
-        <x:v>1022</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="BX21" s="3" t="n">
+        <x:v>1060</x:v>
+      </x:c>
+      <x:c r="BY21" s="3" t="n">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="BZ21" s="3" t="n">
         <x:v>1058</x:v>
       </x:c>
-      <x:c r="BY21" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="CA21" s="3" t="n">
-        <x:v>1121</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="CB21" s="3" t="n">
-        <x:v>1094</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="CC21" s="3" t="n">
-        <x:v>1142</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="CD21" s="3" t="n">
-        <x:v>1190</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="CE21" s="3" t="n">
-        <x:v>1149</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="CF21" s="3" t="n">
-        <x:v>1194</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="CG21" s="3" t="n">
-        <x:v>1237</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="CH21" s="3" t="n">
-        <x:v>1229</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="CI21" s="3" t="n">
-        <x:v>1271</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="CJ21" s="3" t="n">
-        <x:v>1268</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="CK21" s="3" t="n">
-        <x:v>1305</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="CL21" s="3" t="n">
-        <x:v>1253</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="CM21" s="3" t="n">
-        <x:v>1317</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="CN21" s="3" t="n">
-        <x:v>1324</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="CO21" s="3" t="n">
-        <x:v>1343</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="CP21" s="3" t="n">
-        <x:v>1399</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="CQ21" s="3" t="n">
-        <x:v>1333</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="CR21" s="3" t="n">
-        <x:v>1403</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="CS21" s="3" t="n">
-        <x:v>1404</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="CT21" s="3" t="n">
-        <x:v>1420</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="CU21" s="3" t="n">
-        <x:v>1411</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="CV21" s="3" t="n">
-        <x:v>1421</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="CW21" s="3" t="n">
-        <x:v>1441</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="CX21" s="3" t="n">
-        <x:v>1401</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="CY21" s="3" t="n">
-        <x:v>1386</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="CZ21" s="3" t="n">
-        <x:v>1419</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="DA21" s="3" t="n">
-        <x:v>1456</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="DB21" s="3" t="n">
-        <x:v>1506</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="DC21" s="3" t="n">
-        <x:v>1511</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="DD21" s="3" t="n">
-        <x:v>1557</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="DE21" s="3" t="n">
-        <x:v>1597</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="DF21" s="3" t="n">
-        <x:v>1643</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="DG21" s="3" t="n">
-        <x:v>1718</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="DH21" s="3" t="n">
-        <x:v>1653</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="DI21" s="3" t="n">
-        <x:v>1699</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="DJ21" s="3" t="n">
         <x:v>1775</x:v>
       </x:c>
       <x:c r="DK21" s="3" t="n">
-        <x:v>1786</x:v>
+        <x:v>1775</x:v>
       </x:c>
       <x:c r="DL21" s="3" t="n">
-        <x:v>1814</x:v>
+        <x:v>1813</x:v>
       </x:c>
       <x:c r="DM21" s="3" t="n">
-        <x:v>1838</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="DN21" s="3" t="n">
-        <x:v>1817</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="DO21" s="3" t="n">
-        <x:v>1834</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="DP21" s="3" t="n">
-        <x:v>1872</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="DQ21" s="3" t="n">
-        <x:v>1872</x:v>
+        <x:v>1871</x:v>
       </x:c>
       <x:c r="DR21" s="3" t="n">
-        <x:v>1859</x:v>
+        <x:v>1861</x:v>
       </x:c>
       <x:c r="DS21" s="3" t="n">
-        <x:v>1957</x:v>
+        <x:v>1989</x:v>
+      </x:c>
+      <x:c r="DT21" s="3" t="n">
+        <x:v>1921</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:123">
+    <x:row r="22" spans="1:124">
       <x:c r="A22" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>973</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
         <x:v>986</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
         <x:v>1001</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
         <x:v>1017</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
         <x:v>1100</x:v>
       </x:c>
       <x:c r="H22" s="3" t="n">
         <x:v>1119</x:v>
       </x:c>
       <x:c r="I22" s="3" t="n">
         <x:v>1136</x:v>
       </x:c>
@@ -7779,341 +7846,344 @@
       <x:c r="T22" s="3" t="n">
         <x:v>1329</x:v>
       </x:c>
       <x:c r="U22" s="3" t="n">
         <x:v>1347</x:v>
       </x:c>
       <x:c r="V22" s="3" t="n">
         <x:v>1318</x:v>
       </x:c>
       <x:c r="W22" s="3" t="n">
         <x:v>1323</x:v>
       </x:c>
       <x:c r="X22" s="3" t="n">
         <x:v>1333</x:v>
       </x:c>
       <x:c r="Y22" s="3" t="n">
         <x:v>1349</x:v>
       </x:c>
       <x:c r="Z22" s="3" t="n">
         <x:v>1323</x:v>
       </x:c>
       <x:c r="AA22" s="3" t="n">
         <x:v>1324</x:v>
       </x:c>
       <x:c r="AB22" s="3" t="n">
-        <x:v>1332</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="AC22" s="3" t="n">
-        <x:v>1350</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="AD22" s="3" t="n">
-        <x:v>1296</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="AE22" s="3" t="n">
-        <x:v>1367</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="AF22" s="3" t="n">
-        <x:v>1390</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="AG22" s="3" t="n">
-        <x:v>1376</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="AH22" s="3" t="n">
-        <x:v>1327</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="AI22" s="3" t="n">
-        <x:v>1373</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="AJ22" s="3" t="n">
+        <x:v>1397</x:v>
+      </x:c>
+      <x:c r="AK22" s="3" t="n">
+        <x:v>1416</x:v>
+      </x:c>
+      <x:c r="AL22" s="3" t="n">
+        <x:v>1349</x:v>
+      </x:c>
+      <x:c r="AM22" s="3" t="n">
         <x:v>1399</x:v>
       </x:c>
-      <x:c r="AK22" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="AN22" s="3" t="n">
-        <x:v>1420</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="AO22" s="3" t="n">
-        <x:v>1445</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="AP22" s="3" t="n">
-        <x:v>1487</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="AQ22" s="3" t="n">
-        <x:v>1521</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="AR22" s="3" t="n">
-        <x:v>1519</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="AS22" s="3" t="n">
-        <x:v>1561</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="AT22" s="3" t="n">
+        <x:v>1648</x:v>
+      </x:c>
+      <x:c r="AU22" s="3" t="n">
         <x:v>1650</x:v>
       </x:c>
-      <x:c r="AU22" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="AV22" s="3" t="n">
-        <x:v>1670</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="AW22" s="3" t="n">
-        <x:v>1683</x:v>
+        <x:v>1680</x:v>
       </x:c>
       <x:c r="AX22" s="3" t="n">
-        <x:v>1843</x:v>
+        <x:v>1839</x:v>
       </x:c>
       <x:c r="AY22" s="3" t="n">
-        <x:v>1866</x:v>
+        <x:v>1861</x:v>
       </x:c>
       <x:c r="AZ22" s="3" t="n">
-        <x:v>1876</x:v>
+        <x:v>1871</x:v>
       </x:c>
       <x:c r="BA22" s="3" t="n">
-        <x:v>1922</x:v>
+        <x:v>1916</x:v>
       </x:c>
       <x:c r="BB22" s="3" t="n">
-        <x:v>1889</x:v>
+        <x:v>1882</x:v>
       </x:c>
       <x:c r="BC22" s="3" t="n">
-        <x:v>1985</x:v>
+        <x:v>1978</x:v>
       </x:c>
       <x:c r="BD22" s="3" t="n">
-        <x:v>2045</x:v>
+        <x:v>2038</x:v>
       </x:c>
       <x:c r="BE22" s="3" t="n">
-        <x:v>2092</x:v>
+        <x:v>2085</x:v>
       </x:c>
       <x:c r="BF22" s="3" t="n">
-        <x:v>1806</x:v>
+        <x:v>1802</x:v>
       </x:c>
       <x:c r="BG22" s="3" t="n">
-        <x:v>1836</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="BH22" s="3" t="n">
-        <x:v>1864</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="BI22" s="3" t="n">
-        <x:v>1891</x:v>
+        <x:v>1886</x:v>
       </x:c>
       <x:c r="BJ22" s="3" t="n">
-        <x:v>1848</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="BK22" s="3" t="n">
-        <x:v>1793</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="BL22" s="3" t="n">
-        <x:v>1796</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="BM22" s="3" t="n">
-        <x:v>1816</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="BN22" s="3" t="n">
-        <x:v>1890</x:v>
+        <x:v>1882</x:v>
       </x:c>
       <x:c r="BO22" s="3" t="n">
-        <x:v>1861</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="BP22" s="3" t="n">
-        <x:v>1998</x:v>
+        <x:v>1991</x:v>
       </x:c>
       <x:c r="BQ22" s="3" t="n">
-        <x:v>1937</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="BR22" s="3" t="n">
-        <x:v>1972</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="BS22" s="3" t="n">
-        <x:v>2009</x:v>
+        <x:v>2002</x:v>
       </x:c>
       <x:c r="BT22" s="3" t="n">
-        <x:v>2041</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="BU22" s="3" t="n">
-        <x:v>2044</x:v>
+        <x:v>2037</x:v>
       </x:c>
       <x:c r="BV22" s="3" t="n">
-        <x:v>2067</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="BW22" s="3" t="n">
-        <x:v>2092</x:v>
+        <x:v>2085</x:v>
       </x:c>
       <x:c r="BX22" s="3" t="n">
-        <x:v>2019</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="BY22" s="3" t="n">
-        <x:v>2071</x:v>
+        <x:v>2065</x:v>
       </x:c>
       <x:c r="BZ22" s="3" t="n">
-        <x:v>2099</x:v>
+        <x:v>2093</x:v>
       </x:c>
       <x:c r="CA22" s="3" t="n">
-        <x:v>2111</x:v>
+        <x:v>2106</x:v>
       </x:c>
       <x:c r="CB22" s="3" t="n">
-        <x:v>2124</x:v>
+        <x:v>2119</x:v>
       </x:c>
       <x:c r="CC22" s="3" t="n">
-        <x:v>2155</x:v>
+        <x:v>2149</x:v>
       </x:c>
       <x:c r="CD22" s="3" t="n">
+        <x:v>2160</x:v>
+      </x:c>
+      <x:c r="CE22" s="3" t="n">
         <x:v>2166</x:v>
       </x:c>
-      <x:c r="CE22" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="CF22" s="3" t="n">
-        <x:v>2169</x:v>
+        <x:v>2163</x:v>
       </x:c>
       <x:c r="CG22" s="3" t="n">
-        <x:v>2151</x:v>
+        <x:v>2144</x:v>
       </x:c>
       <x:c r="CH22" s="3" t="n">
-        <x:v>2195</x:v>
+        <x:v>2189</x:v>
       </x:c>
       <x:c r="CI22" s="3" t="n">
-        <x:v>2222</x:v>
+        <x:v>2216</x:v>
       </x:c>
       <x:c r="CJ22" s="3" t="n">
-        <x:v>2265</x:v>
+        <x:v>2258</x:v>
       </x:c>
       <x:c r="CK22" s="3" t="n">
-        <x:v>2291</x:v>
+        <x:v>2285</x:v>
       </x:c>
       <x:c r="CL22" s="3" t="n">
-        <x:v>2323</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="CM22" s="3" t="n">
-        <x:v>2370</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="CN22" s="3" t="n">
-        <x:v>2360</x:v>
+        <x:v>2354</x:v>
       </x:c>
       <x:c r="CO22" s="3" t="n">
-        <x:v>2393</x:v>
+        <x:v>2388</x:v>
       </x:c>
       <x:c r="CP22" s="3" t="n">
-        <x:v>2422</x:v>
+        <x:v>2416</x:v>
       </x:c>
       <x:c r="CQ22" s="3" t="n">
-        <x:v>2441</x:v>
+        <x:v>2435</x:v>
       </x:c>
       <x:c r="CR22" s="3" t="n">
-        <x:v>2501</x:v>
+        <x:v>2495</x:v>
       </x:c>
       <x:c r="CS22" s="3" t="n">
-        <x:v>2559</x:v>
+        <x:v>2554</x:v>
       </x:c>
       <x:c r="CT22" s="3" t="n">
-        <x:v>2499</x:v>
+        <x:v>2492</x:v>
       </x:c>
       <x:c r="CU22" s="3" t="n">
-        <x:v>2536</x:v>
+        <x:v>2529</x:v>
       </x:c>
       <x:c r="CV22" s="3" t="n">
-        <x:v>2537</x:v>
+        <x:v>2530</x:v>
       </x:c>
       <x:c r="CW22" s="3" t="n">
-        <x:v>2540</x:v>
+        <x:v>2532</x:v>
       </x:c>
       <x:c r="CX22" s="3" t="n">
-        <x:v>2563</x:v>
+        <x:v>2554</x:v>
       </x:c>
       <x:c r="CY22" s="3" t="n">
-        <x:v>2453</x:v>
+        <x:v>2445</x:v>
       </x:c>
       <x:c r="CZ22" s="3" t="n">
-        <x:v>2432</x:v>
+        <x:v>2425</x:v>
       </x:c>
       <x:c r="DA22" s="3" t="n">
-        <x:v>2528</x:v>
+        <x:v>2521</x:v>
       </x:c>
       <x:c r="DB22" s="3" t="n">
-        <x:v>2519</x:v>
+        <x:v>2518</x:v>
       </x:c>
       <x:c r="DC22" s="3" t="n">
-        <x:v>2531</x:v>
+        <x:v>2532</x:v>
       </x:c>
       <x:c r="DD22" s="3" t="n">
-        <x:v>2687</x:v>
+        <x:v>2677</x:v>
       </x:c>
       <x:c r="DE22" s="3" t="n">
-        <x:v>2719</x:v>
+        <x:v>2699</x:v>
       </x:c>
       <x:c r="DF22" s="3" t="n">
-        <x:v>2687</x:v>
+        <x:v>2690</x:v>
       </x:c>
       <x:c r="DG22" s="3" t="n">
-        <x:v>2761</x:v>
+        <x:v>2747</x:v>
       </x:c>
       <x:c r="DH22" s="3" t="n">
-        <x:v>2829</x:v>
+        <x:v>2793</x:v>
       </x:c>
       <x:c r="DI22" s="3" t="n">
+        <x:v>2809</x:v>
+      </x:c>
+      <x:c r="DJ22" s="3" t="n">
+        <x:v>2879</x:v>
+      </x:c>
+      <x:c r="DK22" s="3" t="n">
+        <x:v>2818</x:v>
+      </x:c>
+      <x:c r="DL22" s="3" t="n">
+        <x:v>2856</x:v>
+      </x:c>
+      <x:c r="DM22" s="3" t="n">
         <x:v>2857</x:v>
       </x:c>
-      <x:c r="DJ22" s="3" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="DN22" s="3" t="n">
-        <x:v>2940</x:v>
+        <x:v>2914</x:v>
       </x:c>
       <x:c r="DO22" s="3" t="n">
-        <x:v>3055</x:v>
+        <x:v>3042</x:v>
       </x:c>
       <x:c r="DP22" s="3" t="n">
-        <x:v>3013</x:v>
+        <x:v>2995</x:v>
       </x:c>
       <x:c r="DQ22" s="3" t="n">
-        <x:v>3053</x:v>
+        <x:v>3047</x:v>
       </x:c>
       <x:c r="DR22" s="3" t="n">
-        <x:v>3102</x:v>
+        <x:v>3076</x:v>
       </x:c>
       <x:c r="DS22" s="3" t="n">
-        <x:v>3092</x:v>
+        <x:v>3074</x:v>
+      </x:c>
+      <x:c r="DT22" s="3" t="n">
+        <x:v>3098</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:123">
+    <x:row r="23" spans="1:124">
       <x:c r="A23" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>1166</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>1212</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
         <x:v>1235</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
         <x:v>1250</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
         <x:v>1268</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
         <x:v>1253</x:v>
       </x:c>
       <x:c r="H23" s="3" t="n">
         <x:v>1256</x:v>
       </x:c>
       <x:c r="I23" s="3" t="n">
         <x:v>1262</x:v>
       </x:c>
@@ -8144,718 +8214,724 @@
       <x:c r="R23" s="3" t="n">
         <x:v>1304</x:v>
       </x:c>
       <x:c r="S23" s="3" t="n">
         <x:v>1359</x:v>
       </x:c>
       <x:c r="T23" s="3" t="n">
         <x:v>1320</x:v>
       </x:c>
       <x:c r="U23" s="3" t="n">
         <x:v>1305</x:v>
       </x:c>
       <x:c r="V23" s="3" t="n">
         <x:v>1382</x:v>
       </x:c>
       <x:c r="W23" s="3" t="n">
         <x:v>1372</x:v>
       </x:c>
       <x:c r="X23" s="3" t="n">
         <x:v>1388</x:v>
       </x:c>
       <x:c r="Y23" s="3" t="n">
         <x:v>1371</x:v>
       </x:c>
       <x:c r="Z23" s="3" t="n">
-        <x:v>1379</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="AA23" s="3" t="n">
-        <x:v>1363</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="AB23" s="3" t="n">
         <x:v>1343</x:v>
       </x:c>
       <x:c r="AC23" s="3" t="n">
-        <x:v>1396</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="AD23" s="3" t="n">
-        <x:v>1342</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="AE23" s="3" t="n">
-        <x:v>1317</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="AF23" s="3" t="n">
-        <x:v>1311</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="AG23" s="3" t="n">
-        <x:v>1337</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="AH23" s="3" t="n">
-        <x:v>1395</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="AI23" s="3" t="n">
-        <x:v>1433</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="AJ23" s="3" t="n">
-        <x:v>1458</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="AK23" s="3" t="n">
-        <x:v>1455</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="AL23" s="3" t="n">
-        <x:v>1493</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="AM23" s="3" t="n">
-        <x:v>1536</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="AN23" s="3" t="n">
-        <x:v>1566</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="AO23" s="3" t="n">
-        <x:v>1555</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="AP23" s="3" t="n">
+        <x:v>1478</x:v>
+      </x:c>
+      <x:c r="AQ23" s="3" t="n">
+        <x:v>1466</x:v>
+      </x:c>
+      <x:c r="AR23" s="3" t="n">
+        <x:v>1488</x:v>
+      </x:c>
+      <x:c r="AS23" s="3" t="n">
+        <x:v>1457</x:v>
+      </x:c>
+      <x:c r="AT23" s="3" t="n">
+        <x:v>1684</x:v>
+      </x:c>
+      <x:c r="AU23" s="3" t="n">
+        <x:v>1681</x:v>
+      </x:c>
+      <x:c r="AV23" s="3" t="n">
+        <x:v>1665</x:v>
+      </x:c>
+      <x:c r="AW23" s="3" t="n">
+        <x:v>1670</x:v>
+      </x:c>
+      <x:c r="AX23" s="3" t="n">
+        <x:v>1619</x:v>
+      </x:c>
+      <x:c r="AY23" s="3" t="n">
+        <x:v>1672</x:v>
+      </x:c>
+      <x:c r="AZ23" s="3" t="n">
+        <x:v>1604</x:v>
+      </x:c>
+      <x:c r="BA23" s="3" t="n">
+        <x:v>1657</x:v>
+      </x:c>
+      <x:c r="BB23" s="3" t="n">
+        <x:v>1729</x:v>
+      </x:c>
+      <x:c r="BC23" s="3" t="n">
+        <x:v>1802</x:v>
+      </x:c>
+      <x:c r="BD23" s="3" t="n">
+        <x:v>1855</x:v>
+      </x:c>
+      <x:c r="BE23" s="3" t="n">
+        <x:v>1815</x:v>
+      </x:c>
+      <x:c r="BF23" s="3" t="n">
+        <x:v>1748</x:v>
+      </x:c>
+      <x:c r="BG23" s="3" t="n">
+        <x:v>1637</x:v>
+      </x:c>
+      <x:c r="BH23" s="3" t="n">
+        <x:v>1681</x:v>
+      </x:c>
+      <x:c r="BI23" s="3" t="n">
+        <x:v>1631</x:v>
+      </x:c>
+      <x:c r="BJ23" s="3" t="n">
+        <x:v>1425</x:v>
+      </x:c>
+      <x:c r="BK23" s="3" t="n">
+        <x:v>1538</x:v>
+      </x:c>
+      <x:c r="BL23" s="3" t="n">
+        <x:v>1562</x:v>
+      </x:c>
+      <x:c r="BM23" s="3" t="n">
+        <x:v>1593</x:v>
+      </x:c>
+      <x:c r="BN23" s="3" t="n">
+        <x:v>1652</x:v>
+      </x:c>
+      <x:c r="BO23" s="3" t="n">
+        <x:v>1580</x:v>
+      </x:c>
+      <x:c r="BP23" s="3" t="n">
+        <x:v>1535</x:v>
+      </x:c>
+      <x:c r="BQ23" s="3" t="n">
+        <x:v>1575</x:v>
+      </x:c>
+      <x:c r="BR23" s="3" t="n">
+        <x:v>1632</x:v>
+      </x:c>
+      <x:c r="BS23" s="3" t="n">
+        <x:v>1537</x:v>
+      </x:c>
+      <x:c r="BT23" s="3" t="n">
+        <x:v>1581</x:v>
+      </x:c>
+      <x:c r="BU23" s="3" t="n">
+        <x:v>1546</x:v>
+      </x:c>
+      <x:c r="BV23" s="3" t="n">
+        <x:v>1507</x:v>
+      </x:c>
+      <x:c r="BW23" s="3" t="n">
+        <x:v>1538</x:v>
+      </x:c>
+      <x:c r="BX23" s="3" t="n">
+        <x:v>1648</x:v>
+      </x:c>
+      <x:c r="BY23" s="3" t="n">
         <x:v>1485</x:v>
       </x:c>
-      <x:c r="AQ23" s="3" t="n">
-[...68 lines deleted...]
-      <x:c r="BN23" s="3" t="n">
+      <x:c r="BZ23" s="3" t="n">
+        <x:v>1622</x:v>
+      </x:c>
+      <x:c r="CA23" s="3" t="n">
+        <x:v>1639</x:v>
+      </x:c>
+      <x:c r="CB23" s="3" t="n">
+        <x:v>1597</x:v>
+      </x:c>
+      <x:c r="CC23" s="3" t="n">
+        <x:v>1610</x:v>
+      </x:c>
+      <x:c r="CD23" s="3" t="n">
         <x:v>1667</x:v>
       </x:c>
-      <x:c r="BO23" s="3" t="n">
-[...46 lines deleted...]
-      </x:c>
       <x:c r="CE23" s="3" t="n">
-        <x:v>1691</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="CF23" s="3" t="n">
-        <x:v>1728</x:v>
+        <x:v>1714</x:v>
       </x:c>
       <x:c r="CG23" s="3" t="n">
-        <x:v>1855</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="CH23" s="3" t="n">
-        <x:v>1852</x:v>
+        <x:v>1838</x:v>
       </x:c>
       <x:c r="CI23" s="3" t="n">
-        <x:v>1893</x:v>
+        <x:v>1878</x:v>
       </x:c>
       <x:c r="CJ23" s="3" t="n">
-        <x:v>1874</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="CK23" s="3" t="n">
-        <x:v>1908</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="CL23" s="3" t="n">
-        <x:v>1904</x:v>
+        <x:v>1887</x:v>
       </x:c>
       <x:c r="CM23" s="3" t="n">
-        <x:v>1954</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="CN23" s="3" t="n">
-        <x:v>2007</x:v>
+        <x:v>1988</x:v>
       </x:c>
       <x:c r="CO23" s="3" t="n">
-        <x:v>1979</x:v>
+        <x:v>1961</x:v>
       </x:c>
       <x:c r="CP23" s="3" t="n">
-        <x:v>2046</x:v>
+        <x:v>2029</x:v>
       </x:c>
       <x:c r="CQ23" s="3" t="n">
-        <x:v>2044</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="CR23" s="3" t="n">
-        <x:v>2116</x:v>
+        <x:v>2099</x:v>
       </x:c>
       <x:c r="CS23" s="3" t="n">
-        <x:v>2051</x:v>
+        <x:v>2035</x:v>
       </x:c>
       <x:c r="CT23" s="3" t="n">
-        <x:v>2117</x:v>
+        <x:v>2102</x:v>
       </x:c>
       <x:c r="CU23" s="3" t="n">
-        <x:v>2130</x:v>
+        <x:v>2114</x:v>
       </x:c>
       <x:c r="CV23" s="3" t="n">
-        <x:v>2159</x:v>
+        <x:v>2144</x:v>
       </x:c>
       <x:c r="CW23" s="3" t="n">
-        <x:v>2237</x:v>
+        <x:v>2221</x:v>
       </x:c>
       <x:c r="CX23" s="3" t="n">
-        <x:v>2083</x:v>
+        <x:v>2069</x:v>
       </x:c>
       <x:c r="CY23" s="3" t="n">
-        <x:v>2101</x:v>
+        <x:v>2087</x:v>
       </x:c>
       <x:c r="CZ23" s="3" t="n">
-        <x:v>2144</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="DA23" s="3" t="n">
-        <x:v>2188</x:v>
+        <x:v>2170</x:v>
       </x:c>
       <x:c r="DB23" s="3" t="n">
-        <x:v>2088</x:v>
+        <x:v>2096</x:v>
       </x:c>
       <x:c r="DC23" s="3" t="n">
-        <x:v>2200</x:v>
+        <x:v>2189</x:v>
       </x:c>
       <x:c r="DD23" s="3" t="n">
-        <x:v>2264</x:v>
+        <x:v>2235</x:v>
       </x:c>
       <x:c r="DE23" s="3" t="n">
-        <x:v>2235</x:v>
+        <x:v>2193</x:v>
       </x:c>
       <x:c r="DF23" s="3" t="n">
-        <x:v>2323</x:v>
+        <x:v>2349</x:v>
       </x:c>
       <x:c r="DG23" s="3" t="n">
-        <x:v>2364</x:v>
+        <x:v>2378</x:v>
       </x:c>
       <x:c r="DH23" s="3" t="n">
-        <x:v>2360</x:v>
+        <x:v>2352</x:v>
       </x:c>
       <x:c r="DI23" s="3" t="n">
-        <x:v>2441</x:v>
+        <x:v>2393</x:v>
       </x:c>
       <x:c r="DJ23" s="3" t="n">
-        <x:v>2501</x:v>
+        <x:v>2487</x:v>
       </x:c>
       <x:c r="DK23" s="3" t="n">
-        <x:v>2461</x:v>
+        <x:v>2429</x:v>
       </x:c>
       <x:c r="DL23" s="3" t="n">
-        <x:v>2567</x:v>
+        <x:v>2530</x:v>
       </x:c>
       <x:c r="DM23" s="3" t="n">
-        <x:v>2597</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="DN23" s="3" t="n">
-        <x:v>2674</x:v>
+        <x:v>2638</x:v>
       </x:c>
       <x:c r="DO23" s="3" t="n">
-        <x:v>2688</x:v>
+        <x:v>2677</x:v>
       </x:c>
       <x:c r="DP23" s="3" t="n">
-        <x:v>2781</x:v>
+        <x:v>2759</x:v>
       </x:c>
       <x:c r="DQ23" s="3" t="n">
-        <x:v>2787</x:v>
+        <x:v>2766</x:v>
       </x:c>
       <x:c r="DR23" s="3" t="n">
-        <x:v>2850</x:v>
+        <x:v>2822</x:v>
       </x:c>
       <x:c r="DS23" s="3" t="n">
-        <x:v>2966</x:v>
+        <x:v>2929</x:v>
+      </x:c>
+      <x:c r="DT23" s="3" t="n">
+        <x:v>2931</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:123">
+    <x:row r="24" spans="1:124">
       <x:c r="A24" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>3849</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
         <x:v>3922</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
         <x:v>3991</x:v>
       </x:c>
       <x:c r="E24" s="3" t="n">
         <x:v>4065</x:v>
       </x:c>
       <x:c r="F24" s="3" t="n">
         <x:v>4186</x:v>
       </x:c>
       <x:c r="G24" s="3" t="n">
         <x:v>4226</x:v>
       </x:c>
       <x:c r="H24" s="3" t="n">
         <x:v>4307</x:v>
       </x:c>
       <x:c r="I24" s="3" t="n">
         <x:v>4385</x:v>
       </x:c>
       <x:c r="J24" s="3" t="n">
         <x:v>4634</x:v>
       </x:c>
       <x:c r="K24" s="3" t="n">
         <x:v>4733</x:v>
       </x:c>
       <x:c r="L24" s="3" t="n">
         <x:v>4821</x:v>
       </x:c>
       <x:c r="M24" s="3" t="n">
         <x:v>4896</x:v>
       </x:c>
       <x:c r="N24" s="3" t="n">
         <x:v>5097</x:v>
       </x:c>
       <x:c r="O24" s="3" t="n">
         <x:v>5200</x:v>
       </x:c>
       <x:c r="P24" s="3" t="n">
         <x:v>5286</x:v>
       </x:c>
       <x:c r="Q24" s="3" t="n">
         <x:v>5352</x:v>
       </x:c>
       <x:c r="R24" s="3" t="n">
-        <x:v>5353</x:v>
+        <x:v>5352</x:v>
       </x:c>
       <x:c r="S24" s="3" t="n">
         <x:v>5445</x:v>
       </x:c>
       <x:c r="T24" s="3" t="n">
         <x:v>5521</x:v>
       </x:c>
       <x:c r="U24" s="3" t="n">
         <x:v>5572</x:v>
       </x:c>
       <x:c r="V24" s="3" t="n">
-        <x:v>5455</x:v>
+        <x:v>5456</x:v>
       </x:c>
       <x:c r="W24" s="3" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="X24" s="3" t="n">
         <x:v>5531</x:v>
       </x:c>
       <x:c r="Y24" s="3" t="n">
-        <x:v>5568</x:v>
+        <x:v>5567</x:v>
       </x:c>
       <x:c r="Z24" s="3" t="n">
-        <x:v>5662</x:v>
+        <x:v>5660</x:v>
       </x:c>
       <x:c r="AA24" s="3" t="n">
-        <x:v>5695</x:v>
+        <x:v>5692</x:v>
       </x:c>
       <x:c r="AB24" s="3" t="n">
-        <x:v>5755</x:v>
+        <x:v>5750</x:v>
       </x:c>
       <x:c r="AC24" s="3" t="n">
-        <x:v>5788</x:v>
+        <x:v>5780</x:v>
       </x:c>
       <x:c r="AD24" s="3" t="n">
-        <x:v>5704</x:v>
+        <x:v>5693</x:v>
       </x:c>
       <x:c r="AE24" s="3" t="n">
-        <x:v>5884</x:v>
+        <x:v>5870</x:v>
       </x:c>
       <x:c r="AF24" s="3" t="n">
-        <x:v>5816</x:v>
+        <x:v>5800</x:v>
       </x:c>
       <x:c r="AG24" s="3" t="n">
-        <x:v>5818</x:v>
+        <x:v>5800</x:v>
       </x:c>
       <x:c r="AH24" s="3" t="n">
-        <x:v>5488</x:v>
+        <x:v>5469</x:v>
       </x:c>
       <x:c r="AI24" s="3" t="n">
-        <x:v>5486</x:v>
+        <x:v>5466</x:v>
       </x:c>
       <x:c r="AJ24" s="3" t="n">
-        <x:v>5497</x:v>
+        <x:v>5475</x:v>
       </x:c>
       <x:c r="AK24" s="3" t="n">
+        <x:v>5412</x:v>
+      </x:c>
+      <x:c r="AL24" s="3" t="n">
+        <x:v>5318</x:v>
+      </x:c>
+      <x:c r="AM24" s="3" t="n">
         <x:v>5437</x:v>
       </x:c>
-      <x:c r="AL24" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="AN24" s="3" t="n">
-        <x:v>5558</x:v>
+        <x:v>5524</x:v>
       </x:c>
       <x:c r="AO24" s="3" t="n">
-        <x:v>5602</x:v>
+        <x:v>5565</x:v>
       </x:c>
       <x:c r="AP24" s="3" t="n">
-        <x:v>5975</x:v>
+        <x:v>5932</x:v>
       </x:c>
       <x:c r="AQ24" s="3" t="n">
-        <x:v>6151</x:v>
+        <x:v>6104</x:v>
       </x:c>
       <x:c r="AR24" s="3" t="n">
-        <x:v>6160</x:v>
+        <x:v>6110</x:v>
       </x:c>
       <x:c r="AS24" s="3" t="n">
-        <x:v>6275</x:v>
+        <x:v>6221</x:v>
       </x:c>
       <x:c r="AT24" s="3" t="n">
-        <x:v>6695</x:v>
+        <x:v>6634</x:v>
       </x:c>
       <x:c r="AU24" s="3" t="n">
-        <x:v>6872</x:v>
+        <x:v>6806</x:v>
       </x:c>
       <x:c r="AV24" s="3" t="n">
-        <x:v>7064</x:v>
+        <x:v>6994</x:v>
       </x:c>
       <x:c r="AW24" s="3" t="n">
-        <x:v>7357</x:v>
+        <x:v>7282</x:v>
       </x:c>
       <x:c r="AX24" s="3" t="n">
-        <x:v>7572</x:v>
+        <x:v>7492</x:v>
       </x:c>
       <x:c r="AY24" s="3" t="n">
-        <x:v>7816</x:v>
+        <x:v>7731</x:v>
       </x:c>
       <x:c r="AZ24" s="3" t="n">
-        <x:v>8006</x:v>
+        <x:v>7916</x:v>
       </x:c>
       <x:c r="BA24" s="3" t="n">
-        <x:v>8314</x:v>
+        <x:v>8217</x:v>
       </x:c>
       <x:c r="BB24" s="3" t="n">
-        <x:v>8384</x:v>
+        <x:v>8280</x:v>
       </x:c>
       <x:c r="BC24" s="3" t="n">
-        <x:v>8529</x:v>
+        <x:v>8417</x:v>
       </x:c>
       <x:c r="BD24" s="3" t="n">
-        <x:v>8770</x:v>
+        <x:v>8647</x:v>
       </x:c>
       <x:c r="BE24" s="3" t="n">
+        <x:v>8809</x:v>
+      </x:c>
+      <x:c r="BF24" s="3" t="n">
+        <x:v>8851</x:v>
+      </x:c>
+      <x:c r="BG24" s="3" t="n">
+        <x:v>8747</x:v>
+      </x:c>
+      <x:c r="BH24" s="3" t="n">
+        <x:v>8829</x:v>
+      </x:c>
+      <x:c r="BI24" s="3" t="n">
+        <x:v>8696</x:v>
+      </x:c>
+      <x:c r="BJ24" s="3" t="n">
+        <x:v>8514</x:v>
+      </x:c>
+      <x:c r="BK24" s="3" t="n">
+        <x:v>8359</x:v>
+      </x:c>
+      <x:c r="BL24" s="3" t="n">
+        <x:v>8389</x:v>
+      </x:c>
+      <x:c r="BM24" s="3" t="n">
+        <x:v>8488</x:v>
+      </x:c>
+      <x:c r="BN24" s="3" t="n">
+        <x:v>8633</x:v>
+      </x:c>
+      <x:c r="BO24" s="3" t="n">
+        <x:v>8829</x:v>
+      </x:c>
+      <x:c r="BP24" s="3" t="n">
         <x:v>8942</x:v>
       </x:c>
-      <x:c r="BF24" s="3" t="n">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="BQ24" s="3" t="n">
-        <x:v>9238</x:v>
+        <x:v>9094</x:v>
       </x:c>
       <x:c r="BR24" s="3" t="n">
-        <x:v>9960</x:v>
+        <x:v>9804</x:v>
       </x:c>
       <x:c r="BS24" s="3" t="n">
-        <x:v>9856</x:v>
+        <x:v>9702</x:v>
       </x:c>
       <x:c r="BT24" s="3" t="n">
-        <x:v>9800</x:v>
+        <x:v>9648</x:v>
       </x:c>
       <x:c r="BU24" s="3" t="n">
-        <x:v>10182</x:v>
+        <x:v>10025</x:v>
       </x:c>
       <x:c r="BV24" s="3" t="n">
-        <x:v>10381</x:v>
+        <x:v>10219</x:v>
       </x:c>
       <x:c r="BW24" s="3" t="n">
-        <x:v>10465</x:v>
+        <x:v>10301</x:v>
       </x:c>
       <x:c r="BX24" s="3" t="n">
-        <x:v>10845</x:v>
+        <x:v>10677</x:v>
       </x:c>
       <x:c r="BY24" s="3" t="n">
-        <x:v>10922</x:v>
+        <x:v>10753</x:v>
       </x:c>
       <x:c r="BZ24" s="3" t="n">
-        <x:v>11212</x:v>
+        <x:v>11039</x:v>
       </x:c>
       <x:c r="CA24" s="3" t="n">
-        <x:v>11192</x:v>
+        <x:v>11021</x:v>
       </x:c>
       <x:c r="CB24" s="3" t="n">
-        <x:v>11638</x:v>
+        <x:v>11457</x:v>
       </x:c>
       <x:c r="CC24" s="3" t="n">
-        <x:v>11430</x:v>
+        <x:v>11254</x:v>
       </x:c>
       <x:c r="CD24" s="3" t="n">
-        <x:v>11606</x:v>
+        <x:v>11424</x:v>
       </x:c>
       <x:c r="CE24" s="3" t="n">
-        <x:v>11506</x:v>
+        <x:v>11322</x:v>
       </x:c>
       <x:c r="CF24" s="3" t="n">
-        <x:v>11059</x:v>
+        <x:v>10884</x:v>
       </x:c>
       <x:c r="CG24" s="3" t="n">
-        <x:v>11019</x:v>
+        <x:v>10844</x:v>
       </x:c>
       <x:c r="CH24" s="3" t="n">
-        <x:v>10774</x:v>
+        <x:v>10605</x:v>
       </x:c>
       <x:c r="CI24" s="3" t="n">
-        <x:v>10739</x:v>
+        <x:v>10571</x:v>
       </x:c>
       <x:c r="CJ24" s="3" t="n">
-        <x:v>10242</x:v>
+        <x:v>10086</x:v>
       </x:c>
       <x:c r="CK24" s="3" t="n">
-        <x:v>10133</x:v>
+        <x:v>9981</x:v>
       </x:c>
       <x:c r="CL24" s="3" t="n">
-        <x:v>9954</x:v>
+        <x:v>9809</x:v>
       </x:c>
       <x:c r="CM24" s="3" t="n">
-        <x:v>9848</x:v>
+        <x:v>9707</x:v>
       </x:c>
       <x:c r="CN24" s="3" t="n">
+        <x:v>9868</x:v>
+      </x:c>
+      <x:c r="CO24" s="3" t="n">
+        <x:v>9941</x:v>
+      </x:c>
+      <x:c r="CP24" s="3" t="n">
         <x:v>10010</x:v>
       </x:c>
-      <x:c r="CO24" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="CQ24" s="3" t="n">
-        <x:v>10001</x:v>
+        <x:v>9862</x:v>
       </x:c>
       <x:c r="CR24" s="3" t="n">
-        <x:v>10334</x:v>
+        <x:v>10191</x:v>
       </x:c>
       <x:c r="CS24" s="3" t="n">
-        <x:v>10553</x:v>
+        <x:v>10408</x:v>
       </x:c>
       <x:c r="CT24" s="3" t="n">
-        <x:v>10886</x:v>
+        <x:v>10738</x:v>
       </x:c>
       <x:c r="CU24" s="3" t="n">
-        <x:v>11075</x:v>
+        <x:v>10926</x:v>
       </x:c>
       <x:c r="CV24" s="3" t="n">
-        <x:v>11267</x:v>
+        <x:v>11114</x:v>
       </x:c>
       <x:c r="CW24" s="3" t="n">
-        <x:v>11325</x:v>
+        <x:v>11169</x:v>
       </x:c>
       <x:c r="CX24" s="3" t="n">
-        <x:v>11294</x:v>
+        <x:v>11135</x:v>
       </x:c>
       <x:c r="CY24" s="3" t="n">
-        <x:v>10745</x:v>
+        <x:v>10594</x:v>
       </x:c>
       <x:c r="CZ24" s="3" t="n">
-        <x:v>10879</x:v>
+        <x:v>10728</x:v>
       </x:c>
       <x:c r="DA24" s="3" t="n">
-        <x:v>11331</x:v>
+        <x:v>11177</x:v>
       </x:c>
       <x:c r="DB24" s="3" t="n">
-        <x:v>11158</x:v>
+        <x:v>11030</x:v>
       </x:c>
       <x:c r="DC24" s="3" t="n">
-        <x:v>11373</x:v>
+        <x:v>11242</x:v>
       </x:c>
       <x:c r="DD24" s="3" t="n">
-        <x:v>11691</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="DE24" s="3" t="n">
-        <x:v>11765</x:v>
+        <x:v>11546</x:v>
       </x:c>
       <x:c r="DF24" s="3" t="n">
-        <x:v>12043</x:v>
+        <x:v>11789</x:v>
       </x:c>
       <x:c r="DG24" s="3" t="n">
-        <x:v>12381</x:v>
+        <x:v>12234</x:v>
       </x:c>
       <x:c r="DH24" s="3" t="n">
-        <x:v>12572</x:v>
+        <x:v>12298</x:v>
       </x:c>
       <x:c r="DI24" s="3" t="n">
-        <x:v>12935</x:v>
+        <x:v>12637</x:v>
       </x:c>
       <x:c r="DJ24" s="3" t="n">
-        <x:v>13720</x:v>
+        <x:v>13352</x:v>
       </x:c>
       <x:c r="DK24" s="3" t="n">
-        <x:v>13369</x:v>
+        <x:v>13025</x:v>
       </x:c>
       <x:c r="DL24" s="3" t="n">
-        <x:v>13782</x:v>
+        <x:v>13481</x:v>
       </x:c>
       <x:c r="DM24" s="3" t="n">
-        <x:v>14219</x:v>
+        <x:v>13910</x:v>
       </x:c>
       <x:c r="DN24" s="3" t="n">
-        <x:v>14172</x:v>
+        <x:v>14054</x:v>
       </x:c>
       <x:c r="DO24" s="3" t="n">
-        <x:v>14370</x:v>
+        <x:v>14322</x:v>
       </x:c>
       <x:c r="DP24" s="3" t="n">
-        <x:v>14812</x:v>
+        <x:v>14815</x:v>
       </x:c>
       <x:c r="DQ24" s="3" t="n">
         <x:v>15143</x:v>
       </x:c>
       <x:c r="DR24" s="3" t="n">
-        <x:v>15497</x:v>
+        <x:v>15378</x:v>
       </x:c>
       <x:c r="DS24" s="3" t="n">
-        <x:v>16173</x:v>
+        <x:v>16072</x:v>
+      </x:c>
+      <x:c r="DT24" s="3" t="n">
+        <x:v>16117</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:123">
+    <x:row r="25" spans="1:124">
       <x:c r="A25" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>2340</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>2376</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
         <x:v>2399</x:v>
       </x:c>
       <x:c r="E25" s="3" t="n">
         <x:v>2487</x:v>
       </x:c>
       <x:c r="F25" s="3" t="n">
         <x:v>2342</x:v>
       </x:c>
       <x:c r="G25" s="3" t="n">
         <x:v>2385</x:v>
       </x:c>
       <x:c r="H25" s="3" t="n">
         <x:v>2467</x:v>
       </x:c>
       <x:c r="I25" s="3" t="n">
         <x:v>2557</x:v>
       </x:c>
@@ -8889,344 +8965,347 @@
       <x:c r="S25" s="3" t="n">
         <x:v>3458</x:v>
       </x:c>
       <x:c r="T25" s="3" t="n">
         <x:v>3435</x:v>
       </x:c>
       <x:c r="U25" s="3" t="n">
         <x:v>3395</x:v>
       </x:c>
       <x:c r="V25" s="3" t="n">
         <x:v>3329</x:v>
       </x:c>
       <x:c r="W25" s="3" t="n">
         <x:v>3256</x:v>
       </x:c>
       <x:c r="X25" s="3" t="n">
         <x:v>3276</x:v>
       </x:c>
       <x:c r="Y25" s="3" t="n">
         <x:v>3230</x:v>
       </x:c>
       <x:c r="Z25" s="3" t="n">
         <x:v>3206</x:v>
       </x:c>
       <x:c r="AA25" s="3" t="n">
-        <x:v>3336</x:v>
+        <x:v>3337</x:v>
       </x:c>
       <x:c r="AB25" s="3" t="n">
         <x:v>3369</x:v>
       </x:c>
       <x:c r="AC25" s="3" t="n">
-        <x:v>3461</x:v>
+        <x:v>3460</x:v>
       </x:c>
       <x:c r="AD25" s="3" t="n">
-        <x:v>3613</x:v>
+        <x:v>3611</x:v>
       </x:c>
       <x:c r="AE25" s="3" t="n">
-        <x:v>3758</x:v>
+        <x:v>3755</x:v>
       </x:c>
       <x:c r="AF25" s="3" t="n">
-        <x:v>3779</x:v>
+        <x:v>3775</x:v>
       </x:c>
       <x:c r="AG25" s="3" t="n">
-        <x:v>3731</x:v>
+        <x:v>3728</x:v>
       </x:c>
       <x:c r="AH25" s="3" t="n">
-        <x:v>3586</x:v>
+        <x:v>3583</x:v>
       </x:c>
       <x:c r="AI25" s="3" t="n">
-        <x:v>3519</x:v>
+        <x:v>3516</x:v>
       </x:c>
       <x:c r="AJ25" s="3" t="n">
-        <x:v>3549</x:v>
+        <x:v>3545</x:v>
       </x:c>
       <x:c r="AK25" s="3" t="n">
-        <x:v>3557</x:v>
+        <x:v>3552</x:v>
       </x:c>
       <x:c r="AL25" s="3" t="n">
-        <x:v>3577</x:v>
+        <x:v>3572</x:v>
       </x:c>
       <x:c r="AM25" s="3" t="n">
-        <x:v>3599</x:v>
+        <x:v>3593</x:v>
       </x:c>
       <x:c r="AN25" s="3" t="n">
-        <x:v>3685</x:v>
+        <x:v>3679</x:v>
       </x:c>
       <x:c r="AO25" s="3" t="n">
-        <x:v>3799</x:v>
+        <x:v>3793</x:v>
       </x:c>
       <x:c r="AP25" s="3" t="n">
-        <x:v>3802</x:v>
+        <x:v>3795</x:v>
       </x:c>
       <x:c r="AQ25" s="3" t="n">
-        <x:v>3943</x:v>
+        <x:v>3936</x:v>
       </x:c>
       <x:c r="AR25" s="3" t="n">
-        <x:v>3980</x:v>
+        <x:v>3972</x:v>
       </x:c>
       <x:c r="AS25" s="3" t="n">
-        <x:v>4152</x:v>
+        <x:v>4142</x:v>
       </x:c>
       <x:c r="AT25" s="3" t="n">
-        <x:v>4485</x:v>
+        <x:v>4472</x:v>
       </x:c>
       <x:c r="AU25" s="3" t="n">
-        <x:v>4657</x:v>
+        <x:v>4641</x:v>
       </x:c>
       <x:c r="AV25" s="3" t="n">
-        <x:v>4921</x:v>
+        <x:v>4902</x:v>
       </x:c>
       <x:c r="AW25" s="3" t="n">
-        <x:v>5119</x:v>
+        <x:v>5099</x:v>
       </x:c>
       <x:c r="AX25" s="3" t="n">
-        <x:v>4503</x:v>
+        <x:v>4487</x:v>
       </x:c>
       <x:c r="AY25" s="3" t="n">
-        <x:v>4591</x:v>
+        <x:v>4574</x:v>
       </x:c>
       <x:c r="AZ25" s="3" t="n">
-        <x:v>4718</x:v>
+        <x:v>4700</x:v>
       </x:c>
       <x:c r="BA25" s="3" t="n">
-        <x:v>5022</x:v>
+        <x:v>5004</x:v>
       </x:c>
       <x:c r="BB25" s="3" t="n">
-        <x:v>4943</x:v>
+        <x:v>4925</x:v>
       </x:c>
       <x:c r="BC25" s="3" t="n">
-        <x:v>5058</x:v>
+        <x:v>5038</x:v>
       </x:c>
       <x:c r="BD25" s="3" t="n">
-        <x:v>5208</x:v>
+        <x:v>5184</x:v>
       </x:c>
       <x:c r="BE25" s="3" t="n">
-        <x:v>5166</x:v>
+        <x:v>5139</x:v>
       </x:c>
       <x:c r="BF25" s="3" t="n">
-        <x:v>4598</x:v>
+        <x:v>4568</x:v>
       </x:c>
       <x:c r="BG25" s="3" t="n">
-        <x:v>4479</x:v>
+        <x:v>4445</x:v>
       </x:c>
       <x:c r="BH25" s="3" t="n">
-        <x:v>4478</x:v>
+        <x:v>4442</x:v>
       </x:c>
       <x:c r="BI25" s="3" t="n">
-        <x:v>4579</x:v>
+        <x:v>4542</x:v>
       </x:c>
       <x:c r="BJ25" s="3" t="n">
-        <x:v>4330</x:v>
+        <x:v>4297</x:v>
       </x:c>
       <x:c r="BK25" s="3" t="n">
-        <x:v>4393</x:v>
+        <x:v>4360</x:v>
       </x:c>
       <x:c r="BL25" s="3" t="n">
-        <x:v>4194</x:v>
+        <x:v>4163</x:v>
       </x:c>
       <x:c r="BM25" s="3" t="n">
-        <x:v>4136</x:v>
+        <x:v>4107</x:v>
       </x:c>
       <x:c r="BN25" s="3" t="n">
-        <x:v>4313</x:v>
+        <x:v>4284</x:v>
       </x:c>
       <x:c r="BO25" s="3" t="n">
-        <x:v>4174</x:v>
+        <x:v>4145</x:v>
       </x:c>
       <x:c r="BP25" s="3" t="n">
-        <x:v>4738</x:v>
+        <x:v>4706</x:v>
       </x:c>
       <x:c r="BQ25" s="3" t="n">
-        <x:v>4498</x:v>
+        <x:v>4469</x:v>
       </x:c>
       <x:c r="BR25" s="3" t="n">
-        <x:v>4725</x:v>
+        <x:v>4695</x:v>
       </x:c>
       <x:c r="BS25" s="3" t="n">
-        <x:v>4770</x:v>
+        <x:v>4740</x:v>
       </x:c>
       <x:c r="BT25" s="3" t="n">
-        <x:v>5013</x:v>
+        <x:v>4982</x:v>
       </x:c>
       <x:c r="BU25" s="3" t="n">
-        <x:v>5097</x:v>
+        <x:v>5065</x:v>
       </x:c>
       <x:c r="BV25" s="3" t="n">
-        <x:v>5031</x:v>
+        <x:v>5000</x:v>
       </x:c>
       <x:c r="BW25" s="3" t="n">
-        <x:v>5303</x:v>
+        <x:v>5269</x:v>
       </x:c>
       <x:c r="BX25" s="3" t="n">
-        <x:v>5204</x:v>
+        <x:v>5171</x:v>
       </x:c>
       <x:c r="BY25" s="3" t="n">
-        <x:v>5480</x:v>
+        <x:v>5445</x:v>
       </x:c>
       <x:c r="BZ25" s="3" t="n">
-        <x:v>5507</x:v>
+        <x:v>5472</x:v>
       </x:c>
       <x:c r="CA25" s="3" t="n">
-        <x:v>5608</x:v>
+        <x:v>5574</x:v>
       </x:c>
       <x:c r="CB25" s="3" t="n">
-        <x:v>5532</x:v>
+        <x:v>5498</x:v>
       </x:c>
       <x:c r="CC25" s="3" t="n">
-        <x:v>5460</x:v>
+        <x:v>5427</x:v>
       </x:c>
       <x:c r="CD25" s="3" t="n">
-        <x:v>4849</x:v>
+        <x:v>4820</x:v>
       </x:c>
       <x:c r="CE25" s="3" t="n">
-        <x:v>4941</x:v>
+        <x:v>4912</x:v>
       </x:c>
       <x:c r="CF25" s="3" t="n">
-        <x:v>4729</x:v>
+        <x:v>4699</x:v>
       </x:c>
       <x:c r="CG25" s="3" t="n">
-        <x:v>4515</x:v>
+        <x:v>4486</x:v>
       </x:c>
       <x:c r="CH25" s="3" t="n">
-        <x:v>4369</x:v>
+        <x:v>4339</x:v>
       </x:c>
       <x:c r="CI25" s="3" t="n">
-        <x:v>4263</x:v>
+        <x:v>4234</x:v>
       </x:c>
       <x:c r="CJ25" s="3" t="n">
-        <x:v>4076</x:v>
+        <x:v>4048</x:v>
       </x:c>
       <x:c r="CK25" s="3" t="n">
-        <x:v>3952</x:v>
+        <x:v>3926</x:v>
       </x:c>
       <x:c r="CL25" s="3" t="n">
-        <x:v>3860</x:v>
+        <x:v>3835</x:v>
       </x:c>
       <x:c r="CM25" s="3" t="n">
-        <x:v>3643</x:v>
+        <x:v>3621</x:v>
       </x:c>
       <x:c r="CN25" s="3" t="n">
-        <x:v>3794</x:v>
+        <x:v>3772</x:v>
       </x:c>
       <x:c r="CO25" s="3" t="n">
-        <x:v>3886</x:v>
+        <x:v>3865</x:v>
       </x:c>
       <x:c r="CP25" s="3" t="n">
-        <x:v>3929</x:v>
+        <x:v>3911</x:v>
       </x:c>
       <x:c r="CQ25" s="3" t="n">
-        <x:v>3903</x:v>
+        <x:v>3887</x:v>
       </x:c>
       <x:c r="CR25" s="3" t="n">
-        <x:v>3982</x:v>
+        <x:v>3966</x:v>
       </x:c>
       <x:c r="CS25" s="3" t="n">
-        <x:v>4011</x:v>
+        <x:v>3995</x:v>
       </x:c>
       <x:c r="CT25" s="3" t="n">
-        <x:v>4125</x:v>
+        <x:v>4107</x:v>
       </x:c>
       <x:c r="CU25" s="3" t="n">
-        <x:v>4165</x:v>
+        <x:v>4146</x:v>
       </x:c>
       <x:c r="CV25" s="3" t="n">
-        <x:v>4189</x:v>
+        <x:v>4170</x:v>
       </x:c>
       <x:c r="CW25" s="3" t="n">
-        <x:v>4259</x:v>
+        <x:v>4239</x:v>
       </x:c>
       <x:c r="CX25" s="3" t="n">
-        <x:v>4254</x:v>
+        <x:v>4234</x:v>
       </x:c>
       <x:c r="CY25" s="3" t="n">
-        <x:v>3795</x:v>
+        <x:v>3776</x:v>
       </x:c>
       <x:c r="CZ25" s="3" t="n">
-        <x:v>3817</x:v>
+        <x:v>3798</x:v>
       </x:c>
       <x:c r="DA25" s="3" t="n">
-        <x:v>3907</x:v>
+        <x:v>3888</x:v>
       </x:c>
       <x:c r="DB25" s="3" t="n">
-        <x:v>3907</x:v>
+        <x:v>3890</x:v>
       </x:c>
       <x:c r="DC25" s="3" t="n">
-        <x:v>3839</x:v>
+        <x:v>3820</x:v>
       </x:c>
       <x:c r="DD25" s="3" t="n">
-        <x:v>3800</x:v>
+        <x:v>3780</x:v>
       </x:c>
       <x:c r="DE25" s="3" t="n">
-        <x:v>3797</x:v>
+        <x:v>3782</x:v>
       </x:c>
       <x:c r="DF25" s="3" t="n">
-        <x:v>3773</x:v>
+        <x:v>3763</x:v>
       </x:c>
       <x:c r="DG25" s="3" t="n">
-        <x:v>3887</x:v>
+        <x:v>3881</x:v>
       </x:c>
       <x:c r="DH25" s="3" t="n">
-        <x:v>4011</x:v>
+        <x:v>3987</x:v>
       </x:c>
       <x:c r="DI25" s="3" t="n">
-        <x:v>4075</x:v>
+        <x:v>4029</x:v>
       </x:c>
       <x:c r="DJ25" s="3" t="n">
-        <x:v>4219</x:v>
+        <x:v>4122</x:v>
       </x:c>
       <x:c r="DK25" s="3" t="n">
-        <x:v>4282</x:v>
+        <x:v>4145</x:v>
       </x:c>
       <x:c r="DL25" s="3" t="n">
-        <x:v>4440</x:v>
+        <x:v>4314</x:v>
       </x:c>
       <x:c r="DM25" s="3" t="n">
-        <x:v>4667</x:v>
+        <x:v>4513</x:v>
       </x:c>
       <x:c r="DN25" s="3" t="n">
-        <x:v>4715</x:v>
+        <x:v>4615</x:v>
       </x:c>
       <x:c r="DO25" s="3" t="n">
-        <x:v>4785</x:v>
+        <x:v>4671</x:v>
       </x:c>
       <x:c r="DP25" s="3" t="n">
-        <x:v>4859</x:v>
+        <x:v>4809</x:v>
       </x:c>
       <x:c r="DQ25" s="3" t="n">
-        <x:v>5014</x:v>
+        <x:v>4952</x:v>
       </x:c>
       <x:c r="DR25" s="3" t="n">
-        <x:v>5068</x:v>
+        <x:v>4991</x:v>
       </x:c>
       <x:c r="DS25" s="3" t="n">
-        <x:v>5298</x:v>
+        <x:v>5200</x:v>
+      </x:c>
+      <x:c r="DT25" s="3" t="n">
+        <x:v>5129</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:123">
+    <x:row r="26" spans="1:124">
       <x:c r="A26" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>719</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
         <x:v>734</x:v>
       </x:c>
       <x:c r="D26" s="3" t="n">
         <x:v>752</x:v>
       </x:c>
       <x:c r="E26" s="3" t="n">
         <x:v>770</x:v>
       </x:c>
       <x:c r="F26" s="3" t="n">
         <x:v>789</x:v>
       </x:c>
       <x:c r="G26" s="3" t="n">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H26" s="3" t="n">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I26" s="3" t="n">
         <x:v>879</x:v>
       </x:c>
@@ -9257,347 +9336,350 @@
       <x:c r="R26" s="3" t="n">
         <x:v>1055</x:v>
       </x:c>
       <x:c r="S26" s="3" t="n">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="T26" s="3" t="n">
         <x:v>1093</x:v>
       </x:c>
       <x:c r="U26" s="3" t="n">
         <x:v>1100</x:v>
       </x:c>
       <x:c r="V26" s="3" t="n">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="W26" s="3" t="n">
         <x:v>1119</x:v>
       </x:c>
       <x:c r="X26" s="3" t="n">
         <x:v>1128</x:v>
       </x:c>
       <x:c r="Y26" s="3" t="n">
         <x:v>1126</x:v>
       </x:c>
       <x:c r="Z26" s="3" t="n">
-        <x:v>1111</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="AA26" s="3" t="n">
-        <x:v>1094</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="AB26" s="3" t="n">
-        <x:v>1085</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="AC26" s="3" t="n">
-        <x:v>1105</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="AD26" s="3" t="n">
-        <x:v>1120</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="AE26" s="3" t="n">
-        <x:v>1134</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="AF26" s="3" t="n">
-        <x:v>1077</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="AG26" s="3" t="n">
-        <x:v>1085</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="AH26" s="3" t="n">
-        <x:v>1052</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="AI26" s="3" t="n">
-        <x:v>1041</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="AJ26" s="3" t="n">
-        <x:v>1055</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="AK26" s="3" t="n">
-        <x:v>1033</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="AL26" s="3" t="n">
-        <x:v>1017</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="AM26" s="3" t="n">
+        <x:v>997</x:v>
+      </x:c>
+      <x:c r="AN26" s="3" t="n">
+        <x:v>1051</x:v>
+      </x:c>
+      <x:c r="AO26" s="3" t="n">
+        <x:v>1053</x:v>
+      </x:c>
+      <x:c r="AP26" s="3" t="n">
+        <x:v>1081</x:v>
+      </x:c>
+      <x:c r="AQ26" s="3" t="n">
+        <x:v>1114</x:v>
+      </x:c>
+      <x:c r="AR26" s="3" t="n">
+        <x:v>1104</x:v>
+      </x:c>
+      <x:c r="AS26" s="3" t="n">
+        <x:v>1114</x:v>
+      </x:c>
+      <x:c r="AT26" s="3" t="n">
+        <x:v>1145</x:v>
+      </x:c>
+      <x:c r="AU26" s="3" t="n">
+        <x:v>1177</x:v>
+      </x:c>
+      <x:c r="AV26" s="3" t="n">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="AW26" s="3" t="n">
+        <x:v>1211</x:v>
+      </x:c>
+      <x:c r="AX26" s="3" t="n">
+        <x:v>1220</x:v>
+      </x:c>
+      <x:c r="AY26" s="3" t="n">
+        <x:v>1243</x:v>
+      </x:c>
+      <x:c r="AZ26" s="3" t="n">
+        <x:v>1275</x:v>
+      </x:c>
+      <x:c r="BA26" s="3" t="n">
+        <x:v>1272</x:v>
+      </x:c>
+      <x:c r="BB26" s="3" t="n">
+        <x:v>1238</x:v>
+      </x:c>
+      <x:c r="BC26" s="3" t="n">
+        <x:v>1186</x:v>
+      </x:c>
+      <x:c r="BD26" s="3" t="n">
+        <x:v>1162</x:v>
+      </x:c>
+      <x:c r="BE26" s="3" t="n">
+        <x:v>1159</x:v>
+      </x:c>
+      <x:c r="BF26" s="3" t="n">
+        <x:v>1125</x:v>
+      </x:c>
+      <x:c r="BG26" s="3" t="n">
+        <x:v>1109</x:v>
+      </x:c>
+      <x:c r="BH26" s="3" t="n">
+        <x:v>1069</x:v>
+      </x:c>
+      <x:c r="BI26" s="3" t="n">
+        <x:v>1054</x:v>
+      </x:c>
+      <x:c r="BJ26" s="3" t="n">
+        <x:v>1091</x:v>
+      </x:c>
+      <x:c r="BK26" s="3" t="n">
+        <x:v>1018</x:v>
+      </x:c>
+      <x:c r="BL26" s="3" t="n">
+        <x:v>1035</x:v>
+      </x:c>
+      <x:c r="BM26" s="3" t="n">
+        <x:v>1026</x:v>
+      </x:c>
+      <x:c r="BN26" s="3" t="n">
+        <x:v>1059</x:v>
+      </x:c>
+      <x:c r="BO26" s="3" t="n">
         <x:v>1002</x:v>
       </x:c>
-      <x:c r="AN26" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="AO26" s="3" t="n">
+      <x:c r="BP26" s="3" t="n">
+        <x:v>999</x:v>
+      </x:c>
+      <x:c r="BQ26" s="3" t="n">
+        <x:v>985</x:v>
+      </x:c>
+      <x:c r="BR26" s="3" t="n">
+        <x:v>1019</x:v>
+      </x:c>
+      <x:c r="BS26" s="3" t="n">
+        <x:v>1050</x:v>
+      </x:c>
+      <x:c r="BT26" s="3" t="n">
+        <x:v>1065</x:v>
+      </x:c>
+      <x:c r="BU26" s="3" t="n">
         <x:v>1060</x:v>
       </x:c>
-      <x:c r="AP26" s="3" t="n">
+      <x:c r="BV26" s="3" t="n">
+        <x:v>1031</x:v>
+      </x:c>
+      <x:c r="BW26" s="3" t="n">
+        <x:v>1030</x:v>
+      </x:c>
+      <x:c r="BX26" s="3" t="n">
+        <x:v>1024</x:v>
+      </x:c>
+      <x:c r="BY26" s="3" t="n">
+        <x:v>1023</x:v>
+      </x:c>
+      <x:c r="BZ26" s="3" t="n">
+        <x:v>1026</x:v>
+      </x:c>
+      <x:c r="CA26" s="3" t="n">
+        <x:v>1016</x:v>
+      </x:c>
+      <x:c r="CB26" s="3" t="n">
+        <x:v>1005</x:v>
+      </x:c>
+      <x:c r="CC26" s="3" t="n">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="CD26" s="3" t="n">
+        <x:v>1030</x:v>
+      </x:c>
+      <x:c r="CE26" s="3" t="n">
+        <x:v>1023</x:v>
+      </x:c>
+      <x:c r="CF26" s="3" t="n">
+        <x:v>1022</x:v>
+      </x:c>
+      <x:c r="CG26" s="3" t="n">
+        <x:v>1044</x:v>
+      </x:c>
+      <x:c r="CH26" s="3" t="n">
+        <x:v>1029</x:v>
+      </x:c>
+      <x:c r="CI26" s="3" t="n">
+        <x:v>1060</x:v>
+      </x:c>
+      <x:c r="CJ26" s="3" t="n">
+        <x:v>1056</x:v>
+      </x:c>
+      <x:c r="CK26" s="3" t="n">
+        <x:v>1051</x:v>
+      </x:c>
+      <x:c r="CL26" s="3" t="n">
+        <x:v>1109</x:v>
+      </x:c>
+      <x:c r="CM26" s="3" t="n">
+        <x:v>1095</x:v>
+      </x:c>
+      <x:c r="CN26" s="3" t="n">
         <x:v>1089</x:v>
       </x:c>
-      <x:c r="AQ26" s="3" t="n">
-[...23 lines deleted...]
-      <x:c r="AY26" s="3" t="n">
+      <x:c r="CO26" s="3" t="n">
+        <x:v>1112</x:v>
+      </x:c>
+      <x:c r="CP26" s="3" t="n">
+        <x:v>1112</x:v>
+      </x:c>
+      <x:c r="CQ26" s="3" t="n">
+        <x:v>1128</x:v>
+      </x:c>
+      <x:c r="CR26" s="3" t="n">
+        <x:v>1128</x:v>
+      </x:c>
+      <x:c r="CS26" s="3" t="n">
+        <x:v>1137</x:v>
+      </x:c>
+      <x:c r="CT26" s="3" t="n">
+        <x:v>1149</x:v>
+      </x:c>
+      <x:c r="CU26" s="3" t="n">
+        <x:v>1136</x:v>
+      </x:c>
+      <x:c r="CV26" s="3" t="n">
+        <x:v>1213</x:v>
+      </x:c>
+      <x:c r="CW26" s="3" t="n">
+        <x:v>1189</x:v>
+      </x:c>
+      <x:c r="CX26" s="3" t="n">
+        <x:v>1175</x:v>
+      </x:c>
+      <x:c r="CY26" s="3" t="n">
+        <x:v>979</x:v>
+      </x:c>
+      <x:c r="CZ26" s="3" t="n">
+        <x:v>1168</x:v>
+      </x:c>
+      <x:c r="DA26" s="3" t="n">
+        <x:v>1266</x:v>
+      </x:c>
+      <x:c r="DB26" s="3" t="n">
+        <x:v>1248</x:v>
+      </x:c>
+      <x:c r="DC26" s="3" t="n">
         <x:v>1258</x:v>
       </x:c>
-      <x:c r="AZ26" s="3" t="n">
-[...166 lines deleted...]
-      </x:c>
       <x:c r="DD26" s="3" t="n">
-        <x:v>1297</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="DE26" s="3" t="n">
-        <x:v>1360</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="DF26" s="3" t="n">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="DG26" s="3" t="n">
+        <x:v>1426</x:v>
+      </x:c>
+      <x:c r="DH26" s="3" t="n">
+        <x:v>1393</x:v>
+      </x:c>
+      <x:c r="DI26" s="3" t="n">
+        <x:v>1386</x:v>
+      </x:c>
+      <x:c r="DJ26" s="3" t="n">
+        <x:v>1450</x:v>
+      </x:c>
+      <x:c r="DK26" s="3" t="n">
         <x:v>1374</x:v>
       </x:c>
-      <x:c r="DG26" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="DH26" s="3" t="n">
+      <x:c r="DL26" s="3" t="n">
+        <x:v>1448</x:v>
+      </x:c>
+      <x:c r="DM26" s="3" t="n">
+        <x:v>1440</x:v>
+      </x:c>
+      <x:c r="DN26" s="3" t="n">
+        <x:v>1454</x:v>
+      </x:c>
+      <x:c r="DO26" s="3" t="n">
         <x:v>1420</x:v>
       </x:c>
-      <x:c r="DI26" s="3" t="n">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="DP26" s="3" t="n">
-        <x:v>1476</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="DQ26" s="3" t="n">
-        <x:v>1510</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="DR26" s="3" t="n">
-        <x:v>1522</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="DS26" s="3" t="n">
-        <x:v>1555</x:v>
+        <x:v>1542</x:v>
+      </x:c>
+      <x:c r="DT26" s="3" t="n">
+        <x:v>1514</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:123">
+    <x:row r="27" spans="1:124">
       <x:c r="A27" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>788</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>788</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
         <x:v>791</x:v>
       </x:c>
       <x:c r="E27" s="3" t="n">
         <x:v>811</x:v>
       </x:c>
       <x:c r="F27" s="3" t="n">
         <x:v>804</x:v>
       </x:c>
       <x:c r="G27" s="3" t="n">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H27" s="3" t="n">
         <x:v>833</x:v>
       </x:c>
       <x:c r="I27" s="3" t="n">
         <x:v>856</x:v>
       </x:c>
@@ -9628,347 +9710,350 @@
       <x:c r="R27" s="3" t="n">
         <x:v>893</x:v>
       </x:c>
       <x:c r="S27" s="3" t="n">
         <x:v>909</x:v>
       </x:c>
       <x:c r="T27" s="3" t="n">
         <x:v>918</x:v>
       </x:c>
       <x:c r="U27" s="3" t="n">
         <x:v>922</x:v>
       </x:c>
       <x:c r="V27" s="3" t="n">
         <x:v>924</x:v>
       </x:c>
       <x:c r="W27" s="3" t="n">
         <x:v>917</x:v>
       </x:c>
       <x:c r="X27" s="3" t="n">
         <x:v>924</x:v>
       </x:c>
       <x:c r="Y27" s="3" t="n">
         <x:v>924</x:v>
       </x:c>
       <x:c r="Z27" s="3" t="n">
-        <x:v>963</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="AA27" s="3" t="n">
-        <x:v>989</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="AB27" s="3" t="n">
-        <x:v>1008</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="AC27" s="3" t="n">
-        <x:v>1027</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="AD27" s="3" t="n">
-        <x:v>1038</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="AE27" s="3" t="n">
-        <x:v>1070</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="AF27" s="3" t="n">
+        <x:v>1068</x:v>
+      </x:c>
+      <x:c r="AG27" s="3" t="n">
         <x:v>1074</x:v>
       </x:c>
-      <x:c r="AG27" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="AH27" s="3" t="n">
-        <x:v>1070</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="AI27" s="3" t="n">
-        <x:v>1055</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="AJ27" s="3" t="n">
-        <x:v>1074</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="AK27" s="3" t="n">
-        <x:v>1082</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="AL27" s="3" t="n">
-        <x:v>1155</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="AM27" s="3" t="n">
-        <x:v>1185</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="AN27" s="3" t="n">
-        <x:v>1232</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="AO27" s="3" t="n">
-        <x:v>1281</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="AP27" s="3" t="n">
-        <x:v>1332</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="AQ27" s="3" t="n">
-        <x:v>1397</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="AR27" s="3" t="n">
-        <x:v>1436</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="AS27" s="3" t="n">
-        <x:v>1470</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="AT27" s="3" t="n">
-        <x:v>1955</x:v>
+        <x:v>1918</x:v>
       </x:c>
       <x:c r="AU27" s="3" t="n">
-        <x:v>2014</x:v>
+        <x:v>1974</x:v>
       </x:c>
       <x:c r="AV27" s="3" t="n">
-        <x:v>2096</x:v>
+        <x:v>2052</x:v>
       </x:c>
       <x:c r="AW27" s="3" t="n">
-        <x:v>2228</x:v>
+        <x:v>2176</x:v>
       </x:c>
       <x:c r="AX27" s="3" t="n">
-        <x:v>2361</x:v>
+        <x:v>2299</x:v>
       </x:c>
       <x:c r="AY27" s="3" t="n">
+        <x:v>2368</x:v>
+      </x:c>
+      <x:c r="AZ27" s="3" t="n">
+        <x:v>2444</x:v>
+      </x:c>
+      <x:c r="BA27" s="3" t="n">
+        <x:v>2592</x:v>
+      </x:c>
+      <x:c r="BB27" s="3" t="n">
+        <x:v>2557</x:v>
+      </x:c>
+      <x:c r="BC27" s="3" t="n">
+        <x:v>2671</x:v>
+      </x:c>
+      <x:c r="BD27" s="3" t="n">
+        <x:v>2806</x:v>
+      </x:c>
+      <x:c r="BE27" s="3" t="n">
+        <x:v>2924</x:v>
+      </x:c>
+      <x:c r="BF27" s="3" t="n">
+        <x:v>2368</x:v>
+      </x:c>
+      <x:c r="BG27" s="3" t="n">
+        <x:v>2416</x:v>
+      </x:c>
+      <x:c r="BH27" s="3" t="n">
         <x:v>2436</x:v>
       </x:c>
-      <x:c r="AZ27" s="3" t="n">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="BI27" s="3" t="n">
-        <x:v>2484</x:v>
+        <x:v>2408</x:v>
       </x:c>
       <x:c r="BJ27" s="3" t="n">
-        <x:v>2565</x:v>
+        <x:v>2492</x:v>
       </x:c>
       <x:c r="BK27" s="3" t="n">
-        <x:v>2660</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="BL27" s="3" t="n">
-        <x:v>2573</x:v>
+        <x:v>2506</x:v>
       </x:c>
       <x:c r="BM27" s="3" t="n">
-        <x:v>2655</x:v>
+        <x:v>2588</x:v>
       </x:c>
       <x:c r="BN27" s="3" t="n">
-        <x:v>2721</x:v>
+        <x:v>2652</x:v>
       </x:c>
       <x:c r="BO27" s="3" t="n">
-        <x:v>2720</x:v>
+        <x:v>2651</x:v>
       </x:c>
       <x:c r="BP27" s="3" t="n">
+        <x:v>2699</x:v>
+      </x:c>
+      <x:c r="BQ27" s="3" t="n">
         <x:v>2769</x:v>
       </x:c>
-      <x:c r="BQ27" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="BR27" s="3" t="n">
-        <x:v>2849</x:v>
+        <x:v>2777</x:v>
       </x:c>
       <x:c r="BS27" s="3" t="n">
-        <x:v>2983</x:v>
+        <x:v>2908</x:v>
       </x:c>
       <x:c r="BT27" s="3" t="n">
-        <x:v>3121</x:v>
+        <x:v>3043</x:v>
       </x:c>
       <x:c r="BU27" s="3" t="n">
-        <x:v>3193</x:v>
+        <x:v>3114</x:v>
       </x:c>
       <x:c r="BV27" s="3" t="n">
-        <x:v>3328</x:v>
+        <x:v>3248</x:v>
       </x:c>
       <x:c r="BW27" s="3" t="n">
-        <x:v>3382</x:v>
+        <x:v>3301</x:v>
       </x:c>
       <x:c r="BX27" s="3" t="n">
+        <x:v>3320</x:v>
+      </x:c>
+      <x:c r="BY27" s="3" t="n">
+        <x:v>3514</x:v>
+      </x:c>
+      <x:c r="BZ27" s="3" t="n">
+        <x:v>3527</x:v>
+      </x:c>
+      <x:c r="CA27" s="3" t="n">
+        <x:v>3502</x:v>
+      </x:c>
+      <x:c r="CB27" s="3" t="n">
+        <x:v>3525</x:v>
+      </x:c>
+      <x:c r="CC27" s="3" t="n">
+        <x:v>3568</x:v>
+      </x:c>
+      <x:c r="CD27" s="3" t="n">
+        <x:v>3643</x:v>
+      </x:c>
+      <x:c r="CE27" s="3" t="n">
+        <x:v>3628</x:v>
+      </x:c>
+      <x:c r="CF27" s="3" t="n">
+        <x:v>3581</x:v>
+      </x:c>
+      <x:c r="CG27" s="3" t="n">
+        <x:v>3387</x:v>
+      </x:c>
+      <x:c r="CH27" s="3" t="n">
+        <x:v>3491</x:v>
+      </x:c>
+      <x:c r="CI27" s="3" t="n">
+        <x:v>3396</x:v>
+      </x:c>
+      <x:c r="CJ27" s="3" t="n">
+        <x:v>3383</x:v>
+      </x:c>
+      <x:c r="CK27" s="3" t="n">
+        <x:v>3304</x:v>
+      </x:c>
+      <x:c r="CL27" s="3" t="n">
+        <x:v>3348</x:v>
+      </x:c>
+      <x:c r="CM27" s="3" t="n">
         <x:v>3402</x:v>
       </x:c>
-      <x:c r="BY27" s="3" t="n">
-[...26 lines deleted...]
-      <x:c r="CH27" s="3" t="n">
+      <x:c r="CN27" s="3" t="n">
+        <x:v>3454</x:v>
+      </x:c>
+      <x:c r="CO27" s="3" t="n">
+        <x:v>3390</x:v>
+      </x:c>
+      <x:c r="CP27" s="3" t="n">
+        <x:v>3442</x:v>
+      </x:c>
+      <x:c r="CQ27" s="3" t="n">
+        <x:v>3478</x:v>
+      </x:c>
+      <x:c r="CR27" s="3" t="n">
+        <x:v>3720</x:v>
+      </x:c>
+      <x:c r="CS27" s="3" t="n">
         <x:v>3575</x:v>
       </x:c>
-      <x:c r="CI27" s="3" t="n">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="CT27" s="3" t="n">
-        <x:v>3810</x:v>
+        <x:v>3732</x:v>
       </x:c>
       <x:c r="CU27" s="3" t="n">
-        <x:v>4004</x:v>
+        <x:v>3923</x:v>
       </x:c>
       <x:c r="CV27" s="3" t="n">
-        <x:v>4179</x:v>
+        <x:v>4095</x:v>
       </x:c>
       <x:c r="CW27" s="3" t="n">
-        <x:v>4539</x:v>
+        <x:v>4449</x:v>
       </x:c>
       <x:c r="CX27" s="3" t="n">
-        <x:v>4013</x:v>
+        <x:v>3932</x:v>
       </x:c>
       <x:c r="CY27" s="3" t="n">
-        <x:v>3806</x:v>
+        <x:v>3728</x:v>
       </x:c>
       <x:c r="CZ27" s="3" t="n">
-        <x:v>3895</x:v>
+        <x:v>3811</x:v>
       </x:c>
       <x:c r="DA27" s="3" t="n">
-        <x:v>3685</x:v>
+        <x:v>3600</x:v>
       </x:c>
       <x:c r="DB27" s="3" t="n">
-        <x:v>3912</x:v>
+        <x:v>3814</x:v>
       </x:c>
       <x:c r="DC27" s="3" t="n">
-        <x:v>3911</x:v>
+        <x:v>3814</x:v>
       </x:c>
       <x:c r="DD27" s="3" t="n">
-        <x:v>4062</x:v>
+        <x:v>3973</x:v>
       </x:c>
       <x:c r="DE27" s="3" t="n">
-        <x:v>3937</x:v>
+        <x:v>3872</x:v>
       </x:c>
       <x:c r="DF27" s="3" t="n">
-        <x:v>4126</x:v>
+        <x:v>4068</x:v>
       </x:c>
       <x:c r="DG27" s="3" t="n">
-        <x:v>4179</x:v>
+        <x:v>4170</x:v>
       </x:c>
       <x:c r="DH27" s="3" t="n">
-        <x:v>4269</x:v>
+        <x:v>4257</x:v>
       </x:c>
       <x:c r="DI27" s="3" t="n">
-        <x:v>4405</x:v>
+        <x:v>4377</x:v>
       </x:c>
       <x:c r="DJ27" s="3" t="n">
-        <x:v>4614</x:v>
+        <x:v>4556</x:v>
       </x:c>
       <x:c r="DK27" s="3" t="n">
-        <x:v>4652</x:v>
+        <x:v>4590</x:v>
       </x:c>
       <x:c r="DL27" s="3" t="n">
-        <x:v>4862</x:v>
+        <x:v>4808</x:v>
       </x:c>
       <x:c r="DM27" s="3" t="n">
-        <x:v>4934</x:v>
+        <x:v>4849</x:v>
       </x:c>
       <x:c r="DN27" s="3" t="n">
-        <x:v>5098</x:v>
+        <x:v>4974</x:v>
       </x:c>
       <x:c r="DO27" s="3" t="n">
-        <x:v>5195</x:v>
+        <x:v>5082</x:v>
       </x:c>
       <x:c r="DP27" s="3" t="n">
-        <x:v>5310</x:v>
+        <x:v>5239</x:v>
       </x:c>
       <x:c r="DQ27" s="3" t="n">
-        <x:v>5365</x:v>
+        <x:v>5246</x:v>
       </x:c>
       <x:c r="DR27" s="3" t="n">
-        <x:v>5495</x:v>
+        <x:v>5348</x:v>
       </x:c>
       <x:c r="DS27" s="3" t="n">
-        <x:v>5714</x:v>
+        <x:v>5577</x:v>
+      </x:c>
+      <x:c r="DT27" s="3" t="n">
+        <x:v>5425</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:123">
+    <x:row r="28" spans="1:124">
       <x:c r="A28" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>1375</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
         <x:v>1431</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
         <x:v>1388</x:v>
       </x:c>
       <x:c r="E28" s="3" t="n">
         <x:v>1376</x:v>
       </x:c>
       <x:c r="F28" s="3" t="n">
         <x:v>1408</x:v>
       </x:c>
       <x:c r="G28" s="3" t="n">
         <x:v>1446</x:v>
       </x:c>
       <x:c r="H28" s="3" t="n">
         <x:v>1450</x:v>
       </x:c>
       <x:c r="I28" s="3" t="n">
         <x:v>1437</x:v>
       </x:c>
@@ -10002,344 +10087,347 @@
       <x:c r="S28" s="3" t="n">
         <x:v>1510</x:v>
       </x:c>
       <x:c r="T28" s="3" t="n">
         <x:v>1478</x:v>
       </x:c>
       <x:c r="U28" s="3" t="n">
         <x:v>1503</x:v>
       </x:c>
       <x:c r="V28" s="3" t="n">
         <x:v>1521</x:v>
       </x:c>
       <x:c r="W28" s="3" t="n">
         <x:v>1549</x:v>
       </x:c>
       <x:c r="X28" s="3" t="n">
         <x:v>1516</x:v>
       </x:c>
       <x:c r="Y28" s="3" t="n">
         <x:v>1578</x:v>
       </x:c>
       <x:c r="Z28" s="3" t="n">
         <x:v>1605</x:v>
       </x:c>
       <x:c r="AA28" s="3" t="n">
-        <x:v>1599</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="AB28" s="3" t="n">
-        <x:v>1630</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="AC28" s="3" t="n">
-        <x:v>1622</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="AD28" s="3" t="n">
-        <x:v>1580</x:v>
+        <x:v>1579</x:v>
       </x:c>
       <x:c r="AE28" s="3" t="n">
-        <x:v>1599</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="AF28" s="3" t="n">
-        <x:v>1667</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="AG28" s="3" t="n">
-        <x:v>1650</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="AH28" s="3" t="n">
-        <x:v>1690</x:v>
+        <x:v>1688</x:v>
       </x:c>
       <x:c r="AI28" s="3" t="n">
-        <x:v>1702</x:v>
+        <x:v>1699</x:v>
       </x:c>
       <x:c r="AJ28" s="3" t="n">
-        <x:v>1769</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="AK28" s="3" t="n">
-        <x:v>1782</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="AL28" s="3" t="n">
-        <x:v>1755</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="AM28" s="3" t="n">
-        <x:v>1798</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="AN28" s="3" t="n">
-        <x:v>1833</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="AO28" s="3" t="n">
-        <x:v>1904</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="AP28" s="3" t="n">
-        <x:v>1950</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="AQ28" s="3" t="n">
-        <x:v>1961</x:v>
+        <x:v>1954</x:v>
       </x:c>
       <x:c r="AR28" s="3" t="n">
-        <x:v>1974</x:v>
+        <x:v>1967</x:v>
       </x:c>
       <x:c r="AS28" s="3" t="n">
-        <x:v>2004</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="AT28" s="3" t="n">
-        <x:v>2093</x:v>
+        <x:v>2085</x:v>
       </x:c>
       <x:c r="AU28" s="3" t="n">
-        <x:v>2157</x:v>
+        <x:v>2149</x:v>
       </x:c>
       <x:c r="AV28" s="3" t="n">
-        <x:v>2139</x:v>
+        <x:v>2130</x:v>
       </x:c>
       <x:c r="AW28" s="3" t="n">
-        <x:v>2197</x:v>
+        <x:v>2189</x:v>
       </x:c>
       <x:c r="AX28" s="3" t="n">
-        <x:v>2529</x:v>
+        <x:v>2521</x:v>
       </x:c>
       <x:c r="AY28" s="3" t="n">
-        <x:v>2579</x:v>
+        <x:v>2570</x:v>
       </x:c>
       <x:c r="AZ28" s="3" t="n">
-        <x:v>2565</x:v>
+        <x:v>2556</x:v>
       </x:c>
       <x:c r="BA28" s="3" t="n">
-        <x:v>1973</x:v>
+        <x:v>1966</x:v>
       </x:c>
       <x:c r="BB28" s="3" t="n">
-        <x:v>2590</x:v>
+        <x:v>2580</x:v>
       </x:c>
       <x:c r="BC28" s="3" t="n">
-        <x:v>2603</x:v>
+        <x:v>2593</x:v>
       </x:c>
       <x:c r="BD28" s="3" t="n">
-        <x:v>2812</x:v>
+        <x:v>2801</x:v>
       </x:c>
       <x:c r="BE28" s="3" t="n">
-        <x:v>2874</x:v>
+        <x:v>2863</x:v>
       </x:c>
       <x:c r="BF28" s="3" t="n">
-        <x:v>2621</x:v>
+        <x:v>2611</x:v>
       </x:c>
       <x:c r="BG28" s="3" t="n">
-        <x:v>2599</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="BH28" s="3" t="n">
-        <x:v>2662</x:v>
+        <x:v>2651</x:v>
       </x:c>
       <x:c r="BI28" s="3" t="n">
-        <x:v>2683</x:v>
+        <x:v>2673</x:v>
       </x:c>
       <x:c r="BJ28" s="3" t="n">
-        <x:v>2491</x:v>
+        <x:v>2481</x:v>
       </x:c>
       <x:c r="BK28" s="3" t="n">
-        <x:v>2555</x:v>
+        <x:v>2545</x:v>
       </x:c>
       <x:c r="BL28" s="3" t="n">
-        <x:v>2571</x:v>
+        <x:v>2560</x:v>
       </x:c>
       <x:c r="BM28" s="3" t="n">
-        <x:v>2666</x:v>
+        <x:v>2654</x:v>
       </x:c>
       <x:c r="BN28" s="3" t="n">
-        <x:v>2736</x:v>
+        <x:v>2723</x:v>
       </x:c>
       <x:c r="BO28" s="3" t="n">
-        <x:v>2735</x:v>
+        <x:v>2722</x:v>
       </x:c>
       <x:c r="BP28" s="3" t="n">
-        <x:v>2791</x:v>
+        <x:v>2778</x:v>
       </x:c>
       <x:c r="BQ28" s="3" t="n">
-        <x:v>2816</x:v>
+        <x:v>2804</x:v>
       </x:c>
       <x:c r="BR28" s="3" t="n">
-        <x:v>2958</x:v>
+        <x:v>2944</x:v>
       </x:c>
       <x:c r="BS28" s="3" t="n">
-        <x:v>2982</x:v>
+        <x:v>2968</x:v>
       </x:c>
       <x:c r="BT28" s="3" t="n">
-        <x:v>3004</x:v>
+        <x:v>2990</x:v>
       </x:c>
       <x:c r="BU28" s="3" t="n">
-        <x:v>3018</x:v>
+        <x:v>3005</x:v>
       </x:c>
       <x:c r="BV28" s="3" t="n">
-        <x:v>3050</x:v>
+        <x:v>3036</x:v>
       </x:c>
       <x:c r="BW28" s="3" t="n">
-        <x:v>3065</x:v>
+        <x:v>3051</x:v>
       </x:c>
       <x:c r="BX28" s="3" t="n">
-        <x:v>3173</x:v>
+        <x:v>3159</x:v>
       </x:c>
       <x:c r="BY28" s="3" t="n">
-        <x:v>3258</x:v>
+        <x:v>3244</x:v>
       </x:c>
       <x:c r="BZ28" s="3" t="n">
-        <x:v>3299</x:v>
+        <x:v>3285</x:v>
       </x:c>
       <x:c r="CA28" s="3" t="n">
-        <x:v>3387</x:v>
+        <x:v>3373</x:v>
       </x:c>
       <x:c r="CB28" s="3" t="n">
-        <x:v>3330</x:v>
+        <x:v>3316</x:v>
       </x:c>
       <x:c r="CC28" s="3" t="n">
-        <x:v>3358</x:v>
+        <x:v>3344</x:v>
       </x:c>
       <x:c r="CD28" s="3" t="n">
-        <x:v>3394</x:v>
+        <x:v>3381</x:v>
       </x:c>
       <x:c r="CE28" s="3" t="n">
-        <x:v>3642</x:v>
+        <x:v>3625</x:v>
       </x:c>
       <x:c r="CF28" s="3" t="n">
-        <x:v>3519</x:v>
+        <x:v>3503</x:v>
       </x:c>
       <x:c r="CG28" s="3" t="n">
-        <x:v>3577</x:v>
+        <x:v>3562</x:v>
       </x:c>
       <x:c r="CH28" s="3" t="n">
-        <x:v>3694</x:v>
+        <x:v>3677</x:v>
       </x:c>
       <x:c r="CI28" s="3" t="n">
-        <x:v>3568</x:v>
+        <x:v>3552</x:v>
       </x:c>
       <x:c r="CJ28" s="3" t="n">
-        <x:v>3691</x:v>
+        <x:v>3674</x:v>
       </x:c>
       <x:c r="CK28" s="3" t="n">
-        <x:v>3786</x:v>
+        <x:v>3769</x:v>
       </x:c>
       <x:c r="CL28" s="3" t="n">
-        <x:v>3860</x:v>
+        <x:v>3842</x:v>
       </x:c>
       <x:c r="CM28" s="3" t="n">
-        <x:v>3785</x:v>
+        <x:v>3768</x:v>
       </x:c>
       <x:c r="CN28" s="3" t="n">
-        <x:v>3798</x:v>
+        <x:v>3779</x:v>
       </x:c>
       <x:c r="CO28" s="3" t="n">
-        <x:v>3779</x:v>
+        <x:v>3760</x:v>
       </x:c>
       <x:c r="CP28" s="3" t="n">
-        <x:v>3742</x:v>
+        <x:v>3725</x:v>
       </x:c>
       <x:c r="CQ28" s="3" t="n">
-        <x:v>4026</x:v>
+        <x:v>4007</x:v>
       </x:c>
       <x:c r="CR28" s="3" t="n">
-        <x:v>3952</x:v>
+        <x:v>3933</x:v>
       </x:c>
       <x:c r="CS28" s="3" t="n">
-        <x:v>4011</x:v>
+        <x:v>3993</x:v>
       </x:c>
       <x:c r="CT28" s="3" t="n">
-        <x:v>4041</x:v>
+        <x:v>4023</x:v>
       </x:c>
       <x:c r="CU28" s="3" t="n">
-        <x:v>4058</x:v>
+        <x:v>4040</x:v>
       </x:c>
       <x:c r="CV28" s="3" t="n">
-        <x:v>4204</x:v>
+        <x:v>4184</x:v>
       </x:c>
       <x:c r="CW28" s="3" t="n">
-        <x:v>4281</x:v>
+        <x:v>4260</x:v>
       </x:c>
       <x:c r="CX28" s="3" t="n">
-        <x:v>4391</x:v>
+        <x:v>4369</x:v>
       </x:c>
       <x:c r="CY28" s="3" t="n">
-        <x:v>4187</x:v>
+        <x:v>4166</x:v>
       </x:c>
       <x:c r="CZ28" s="3" t="n">
-        <x:v>4200</x:v>
+        <x:v>4180</x:v>
       </x:c>
       <x:c r="DA28" s="3" t="n">
-        <x:v>4113</x:v>
+        <x:v>4095</x:v>
       </x:c>
       <x:c r="DB28" s="3" t="n">
-        <x:v>4663</x:v>
+        <x:v>4674</x:v>
       </x:c>
       <x:c r="DC28" s="3" t="n">
-        <x:v>4456</x:v>
+        <x:v>4459</x:v>
       </x:c>
       <x:c r="DD28" s="3" t="n">
-        <x:v>4700</x:v>
+        <x:v>4672</x:v>
       </x:c>
       <x:c r="DE28" s="3" t="n">
-        <x:v>4658</x:v>
+        <x:v>4575</x:v>
       </x:c>
       <x:c r="DF28" s="3" t="n">
-        <x:v>4697</x:v>
+        <x:v>4703</x:v>
       </x:c>
       <x:c r="DG28" s="3" t="n">
-        <x:v>5116</x:v>
+        <x:v>5132</x:v>
       </x:c>
       <x:c r="DH28" s="3" t="n">
-        <x:v>5061</x:v>
+        <x:v>4955</x:v>
       </x:c>
       <x:c r="DI28" s="3" t="n">
-        <x:v>5263</x:v>
+        <x:v>5161</x:v>
       </x:c>
       <x:c r="DJ28" s="3" t="n">
-        <x:v>5591</x:v>
+        <x:v>5549</x:v>
       </x:c>
       <x:c r="DK28" s="3" t="n">
-        <x:v>5664</x:v>
+        <x:v>5608</x:v>
       </x:c>
       <x:c r="DL28" s="3" t="n">
-        <x:v>6221</x:v>
+        <x:v>6213</x:v>
       </x:c>
       <x:c r="DM28" s="3" t="n">
-        <x:v>6176</x:v>
+        <x:v>6141</x:v>
       </x:c>
       <x:c r="DN28" s="3" t="n">
-        <x:v>6137</x:v>
+        <x:v>6098</x:v>
       </x:c>
       <x:c r="DO28" s="3" t="n">
-        <x:v>6032</x:v>
+        <x:v>5965</x:v>
       </x:c>
       <x:c r="DP28" s="3" t="n">
-        <x:v>5991</x:v>
+        <x:v>6018</x:v>
       </x:c>
       <x:c r="DQ28" s="3" t="n">
-        <x:v>6184</x:v>
+        <x:v>6181</x:v>
       </x:c>
       <x:c r="DR28" s="3" t="n">
-        <x:v>6210</x:v>
+        <x:v>6201</x:v>
       </x:c>
       <x:c r="DS28" s="3" t="n">
-        <x:v>6388</x:v>
+        <x:v>6368</x:v>
+      </x:c>
+      <x:c r="DT28" s="3" t="n">
+        <x:v>6323</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:123">
+    <x:row r="29" spans="1:124">
       <x:c r="A29" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>403</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
         <x:v>404</x:v>
       </x:c>
       <x:c r="E29" s="3" t="n">
         <x:v>415</x:v>
       </x:c>
       <x:c r="F29" s="3" t="n">
         <x:v>409</x:v>
       </x:c>
       <x:c r="G29" s="3" t="n">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H29" s="3" t="n">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I29" s="3" t="n">
         <x:v>426</x:v>
       </x:c>
@@ -10373,344 +10461,347 @@
       <x:c r="S29" s="3" t="n">
         <x:v>577</x:v>
       </x:c>
       <x:c r="T29" s="3" t="n">
         <x:v>592</x:v>
       </x:c>
       <x:c r="U29" s="3" t="n">
         <x:v>602</x:v>
       </x:c>
       <x:c r="V29" s="3" t="n">
         <x:v>662</x:v>
       </x:c>
       <x:c r="W29" s="3" t="n">
         <x:v>669</x:v>
       </x:c>
       <x:c r="X29" s="3" t="n">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Y29" s="3" t="n">
         <x:v>690</x:v>
       </x:c>
       <x:c r="Z29" s="3" t="n">
         <x:v>671</x:v>
       </x:c>
       <x:c r="AA29" s="3" t="n">
-        <x:v>677</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="AB29" s="3" t="n">
         <x:v>680</x:v>
       </x:c>
       <x:c r="AC29" s="3" t="n">
-        <x:v>734</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="AD29" s="3" t="n">
         <x:v>700</x:v>
       </x:c>
       <x:c r="AE29" s="3" t="n">
-        <x:v>729</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="AF29" s="3" t="n">
         <x:v>753</x:v>
       </x:c>
       <x:c r="AG29" s="3" t="n">
-        <x:v>777</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="AH29" s="3" t="n">
-        <x:v>761</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="AI29" s="3" t="n">
-        <x:v>798</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="AJ29" s="3" t="n">
-        <x:v>811</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="AK29" s="3" t="n">
-        <x:v>825</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="AL29" s="3" t="n">
-        <x:v>966</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="AM29" s="3" t="n">
-        <x:v>983</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="AN29" s="3" t="n">
-        <x:v>1034</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="AO29" s="3" t="n">
-        <x:v>1058</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="AP29" s="3" t="n">
-        <x:v>1097</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="AQ29" s="3" t="n">
-        <x:v>1113</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="AR29" s="3" t="n">
-        <x:v>1132</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="AS29" s="3" t="n">
-        <x:v>1162</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="AT29" s="3" t="n">
-        <x:v>1179</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="AU29" s="3" t="n">
-        <x:v>1207</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="AV29" s="3" t="n">
-        <x:v>1256</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="AW29" s="3" t="n">
-        <x:v>1275</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="AX29" s="3" t="n">
-        <x:v>1393</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="AY29" s="3" t="n">
-        <x:v>1425</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="AZ29" s="3" t="n">
-        <x:v>1495</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="BA29" s="3" t="n">
-        <x:v>1484</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="BB29" s="3" t="n">
-        <x:v>1573</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="BC29" s="3" t="n">
-        <x:v>1636</x:v>
+        <x:v>1620</x:v>
       </x:c>
       <x:c r="BD29" s="3" t="n">
-        <x:v>1691</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="BE29" s="3" t="n">
-        <x:v>1744</x:v>
+        <x:v>1724</x:v>
       </x:c>
       <x:c r="BF29" s="3" t="n">
-        <x:v>1530</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="BG29" s="3" t="n">
-        <x:v>1562</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="BH29" s="3" t="n">
-        <x:v>1614</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="BI29" s="3" t="n">
-        <x:v>1660</x:v>
+        <x:v>1641</x:v>
       </x:c>
       <x:c r="BJ29" s="3" t="n">
-        <x:v>1639</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="BK29" s="3" t="n">
-        <x:v>1676</x:v>
+        <x:v>1658</x:v>
       </x:c>
       <x:c r="BL29" s="3" t="n">
-        <x:v>1722</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="BM29" s="3" t="n">
-        <x:v>1760</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="BN29" s="3" t="n">
-        <x:v>1808</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="BO29" s="3" t="n">
-        <x:v>1841</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="BP29" s="3" t="n">
-        <x:v>1781</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="BQ29" s="3" t="n">
-        <x:v>1828</x:v>
+        <x:v>1815</x:v>
       </x:c>
       <x:c r="BR29" s="3" t="n">
-        <x:v>1865</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="BS29" s="3" t="n">
-        <x:v>1902</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="BT29" s="3" t="n">
-        <x:v>1928</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="BU29" s="3" t="n">
-        <x:v>1946</x:v>
+        <x:v>1934</x:v>
       </x:c>
       <x:c r="BV29" s="3" t="n">
-        <x:v>1982</x:v>
+        <x:v>1972</x:v>
       </x:c>
       <x:c r="BW29" s="3" t="n">
-        <x:v>2047</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="BX29" s="3" t="n">
-        <x:v>2063</x:v>
+        <x:v>2050</x:v>
       </x:c>
       <x:c r="BY29" s="3" t="n">
-        <x:v>2123</x:v>
+        <x:v>2106</x:v>
       </x:c>
       <x:c r="BZ29" s="3" t="n">
-        <x:v>2109</x:v>
+        <x:v>2087</x:v>
       </x:c>
       <x:c r="CA29" s="3" t="n">
-        <x:v>2170</x:v>
+        <x:v>2143</x:v>
       </x:c>
       <x:c r="CB29" s="3" t="n">
-        <x:v>2222</x:v>
+        <x:v>2192</x:v>
       </x:c>
       <x:c r="CC29" s="3" t="n">
-        <x:v>2293</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="CD29" s="3" t="n">
-        <x:v>2314</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="CE29" s="3" t="n">
-        <x:v>2283</x:v>
+        <x:v>2254</x:v>
       </x:c>
       <x:c r="CF29" s="3" t="n">
-        <x:v>2354</x:v>
+        <x:v>2325</x:v>
       </x:c>
       <x:c r="CG29" s="3" t="n">
-        <x:v>2361</x:v>
+        <x:v>2332</x:v>
       </x:c>
       <x:c r="CH29" s="3" t="n">
-        <x:v>2433</x:v>
+        <x:v>2403</x:v>
       </x:c>
       <x:c r="CI29" s="3" t="n">
-        <x:v>2479</x:v>
+        <x:v>2449</x:v>
       </x:c>
       <x:c r="CJ29" s="3" t="n">
-        <x:v>2520</x:v>
+        <x:v>2490</x:v>
       </x:c>
       <x:c r="CK29" s="3" t="n">
-        <x:v>2535</x:v>
+        <x:v>2506</x:v>
       </x:c>
       <x:c r="CL29" s="3" t="n">
-        <x:v>2581</x:v>
+        <x:v>2553</x:v>
       </x:c>
       <x:c r="CM29" s="3" t="n">
-        <x:v>2605</x:v>
+        <x:v>2577</x:v>
       </x:c>
       <x:c r="CN29" s="3" t="n">
-        <x:v>2622</x:v>
+        <x:v>2595</x:v>
       </x:c>
       <x:c r="CO29" s="3" t="n">
-        <x:v>2705</x:v>
+        <x:v>2676</x:v>
       </x:c>
       <x:c r="CP29" s="3" t="n">
-        <x:v>2753</x:v>
+        <x:v>2723</x:v>
       </x:c>
       <x:c r="CQ29" s="3" t="n">
-        <x:v>2772</x:v>
+        <x:v>2740</x:v>
       </x:c>
       <x:c r="CR29" s="3" t="n">
-        <x:v>2811</x:v>
+        <x:v>2776</x:v>
       </x:c>
       <x:c r="CS29" s="3" t="n">
-        <x:v>2882</x:v>
+        <x:v>2843</x:v>
       </x:c>
       <x:c r="CT29" s="3" t="n">
-        <x:v>2903</x:v>
+        <x:v>2860</x:v>
       </x:c>
       <x:c r="CU29" s="3" t="n">
-        <x:v>2966</x:v>
+        <x:v>2920</x:v>
       </x:c>
       <x:c r="CV29" s="3" t="n">
-        <x:v>3015</x:v>
+        <x:v>2971</x:v>
       </x:c>
       <x:c r="CW29" s="3" t="n">
-        <x:v>3065</x:v>
+        <x:v>3025</x:v>
       </x:c>
       <x:c r="CX29" s="3" t="n">
+        <x:v>3127</x:v>
+      </x:c>
+      <x:c r="CY29" s="3" t="n">
+        <x:v>3080</x:v>
+      </x:c>
+      <x:c r="CZ29" s="3" t="n">
+        <x:v>3114</x:v>
+      </x:c>
+      <x:c r="DA29" s="3" t="n">
         <x:v>3162</x:v>
       </x:c>
-      <x:c r="CY29" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="DB29" s="3" t="n">
-        <x:v>3315</x:v>
+        <x:v>3271</x:v>
       </x:c>
       <x:c r="DC29" s="3" t="n">
-        <x:v>3291</x:v>
+        <x:v>3263</x:v>
       </x:c>
       <x:c r="DD29" s="3" t="n">
-        <x:v>3356</x:v>
+        <x:v>3304</x:v>
       </x:c>
       <x:c r="DE29" s="3" t="n">
-        <x:v>3384</x:v>
+        <x:v>3308</x:v>
       </x:c>
       <x:c r="DF29" s="3" t="n">
-        <x:v>3531</x:v>
+        <x:v>3489</x:v>
       </x:c>
       <x:c r="DG29" s="3" t="n">
-        <x:v>3658</x:v>
+        <x:v>3619</x:v>
       </x:c>
       <x:c r="DH29" s="3" t="n">
-        <x:v>3689</x:v>
+        <x:v>3623</x:v>
       </x:c>
       <x:c r="DI29" s="3" t="n">
-        <x:v>3758</x:v>
+        <x:v>3672</x:v>
       </x:c>
       <x:c r="DJ29" s="3" t="n">
-        <x:v>3848</x:v>
+        <x:v>3786</x:v>
       </x:c>
       <x:c r="DK29" s="3" t="n">
-        <x:v>3852</x:v>
+        <x:v>3778</x:v>
       </x:c>
       <x:c r="DL29" s="3" t="n">
-        <x:v>4009</x:v>
+        <x:v>3951</x:v>
       </x:c>
       <x:c r="DM29" s="3" t="n">
-        <x:v>4162</x:v>
+        <x:v>4093</x:v>
       </x:c>
       <x:c r="DN29" s="3" t="n">
-        <x:v>4224</x:v>
+        <x:v>4176</x:v>
       </x:c>
       <x:c r="DO29" s="3" t="n">
-        <x:v>4233</x:v>
+        <x:v>4185</x:v>
       </x:c>
       <x:c r="DP29" s="3" t="n">
-        <x:v>4322</x:v>
+        <x:v>4283</x:v>
       </x:c>
       <x:c r="DQ29" s="3" t="n">
-        <x:v>4391</x:v>
+        <x:v>4367</x:v>
       </x:c>
       <x:c r="DR29" s="3" t="n">
-        <x:v>4478</x:v>
+        <x:v>4446</x:v>
       </x:c>
       <x:c r="DS29" s="3" t="n">
-        <x:v>4615</x:v>
+        <x:v>4573</x:v>
+      </x:c>
+      <x:c r="DT29" s="3" t="n">
+        <x:v>4604</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:123">
+    <x:row r="30" spans="1:124">
       <x:c r="A30" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>5191</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
         <x:v>5327</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
         <x:v>5432</x:v>
       </x:c>
       <x:c r="E30" s="3" t="n">
         <x:v>5537</x:v>
       </x:c>
       <x:c r="F30" s="3" t="n">
         <x:v>5798</x:v>
       </x:c>
       <x:c r="G30" s="3" t="n">
         <x:v>5942</x:v>
       </x:c>
       <x:c r="H30" s="3" t="n">
         <x:v>6117</x:v>
       </x:c>
       <x:c r="I30" s="3" t="n">
         <x:v>6438</x:v>
       </x:c>
@@ -10738,350 +10829,353 @@
       <x:c r="Q30" s="3" t="n">
         <x:v>8866</x:v>
       </x:c>
       <x:c r="R30" s="3" t="n">
         <x:v>9162</x:v>
       </x:c>
       <x:c r="S30" s="3" t="n">
         <x:v>9334</x:v>
       </x:c>
       <x:c r="T30" s="3" t="n">
         <x:v>9326</x:v>
       </x:c>
       <x:c r="U30" s="3" t="n">
         <x:v>9569</x:v>
       </x:c>
       <x:c r="V30" s="3" t="n">
         <x:v>9166</x:v>
       </x:c>
       <x:c r="W30" s="3" t="n">
         <x:v>9483</x:v>
       </x:c>
       <x:c r="X30" s="3" t="n">
         <x:v>9723</x:v>
       </x:c>
       <x:c r="Y30" s="3" t="n">
-        <x:v>9870</x:v>
+        <x:v>9869</x:v>
       </x:c>
       <x:c r="Z30" s="3" t="n">
-        <x:v>9990</x:v>
+        <x:v>9989</x:v>
       </x:c>
       <x:c r="AA30" s="3" t="n">
-        <x:v>10321</x:v>
+        <x:v>10319</x:v>
       </x:c>
       <x:c r="AB30" s="3" t="n">
-        <x:v>10333</x:v>
+        <x:v>10329</x:v>
       </x:c>
       <x:c r="AC30" s="3" t="n">
-        <x:v>10632</x:v>
+        <x:v>10625</x:v>
       </x:c>
       <x:c r="AD30" s="3" t="n">
-        <x:v>10704</x:v>
+        <x:v>10694</x:v>
       </x:c>
       <x:c r="AE30" s="3" t="n">
-        <x:v>10800</x:v>
+        <x:v>10787</x:v>
       </x:c>
       <x:c r="AF30" s="3" t="n">
-        <x:v>11154</x:v>
+        <x:v>11139</x:v>
       </x:c>
       <x:c r="AG30" s="3" t="n">
-        <x:v>11279</x:v>
+        <x:v>11262</x:v>
       </x:c>
       <x:c r="AH30" s="3" t="n">
-        <x:v>11714</x:v>
+        <x:v>11695</x:v>
       </x:c>
       <x:c r="AI30" s="3" t="n">
-        <x:v>11749</x:v>
+        <x:v>11729</x:v>
       </x:c>
       <x:c r="AJ30" s="3" t="n">
-        <x:v>11949</x:v>
+        <x:v>11925</x:v>
       </x:c>
       <x:c r="AK30" s="3" t="n">
-        <x:v>12110</x:v>
+        <x:v>12080</x:v>
       </x:c>
       <x:c r="AL30" s="3" t="n">
-        <x:v>11975</x:v>
+        <x:v>11938</x:v>
       </x:c>
       <x:c r="AM30" s="3" t="n">
-        <x:v>12400</x:v>
+        <x:v>12357</x:v>
       </x:c>
       <x:c r="AN30" s="3" t="n">
-        <x:v>12543</x:v>
+        <x:v>12494</x:v>
       </x:c>
       <x:c r="AO30" s="3" t="n">
-        <x:v>12916</x:v>
+        <x:v>12862</x:v>
       </x:c>
       <x:c r="AP30" s="3" t="n">
-        <x:v>13137</x:v>
+        <x:v>13080</x:v>
       </x:c>
       <x:c r="AQ30" s="3" t="n">
-        <x:v>13464</x:v>
+        <x:v>13401</x:v>
       </x:c>
       <x:c r="AR30" s="3" t="n">
-        <x:v>13718</x:v>
+        <x:v>13649</x:v>
       </x:c>
       <x:c r="AS30" s="3" t="n">
-        <x:v>14005</x:v>
+        <x:v>13928</x:v>
       </x:c>
       <x:c r="AT30" s="3" t="n">
-        <x:v>14489</x:v>
+        <x:v>14402</x:v>
       </x:c>
       <x:c r="AU30" s="3" t="n">
-        <x:v>15046</x:v>
+        <x:v>14951</x:v>
       </x:c>
       <x:c r="AV30" s="3" t="n">
-        <x:v>15708</x:v>
+        <x:v>15607</x:v>
       </x:c>
       <x:c r="AW30" s="3" t="n">
-        <x:v>16265</x:v>
+        <x:v>16162</x:v>
       </x:c>
       <x:c r="AX30" s="3" t="n">
-        <x:v>16800</x:v>
+        <x:v>16698</x:v>
       </x:c>
       <x:c r="AY30" s="3" t="n">
-        <x:v>17500</x:v>
+        <x:v>17397</x:v>
       </x:c>
       <x:c r="AZ30" s="3" t="n">
-        <x:v>18338</x:v>
+        <x:v>18229</x:v>
       </x:c>
       <x:c r="BA30" s="3" t="n">
-        <x:v>18851</x:v>
+        <x:v>18736</x:v>
       </x:c>
       <x:c r="BB30" s="3" t="n">
-        <x:v>20184</x:v>
+        <x:v>20055</x:v>
       </x:c>
       <x:c r="BC30" s="3" t="n">
-        <x:v>20913</x:v>
+        <x:v>20774</x:v>
       </x:c>
       <x:c r="BD30" s="3" t="n">
-        <x:v>19620</x:v>
+        <x:v>19487</x:v>
       </x:c>
       <x:c r="BE30" s="3" t="n">
-        <x:v>19372</x:v>
+        <x:v>19238</x:v>
       </x:c>
       <x:c r="BF30" s="3" t="n">
-        <x:v>19698</x:v>
+        <x:v>19561</x:v>
       </x:c>
       <x:c r="BG30" s="3" t="n">
-        <x:v>19528</x:v>
+        <x:v>19392</x:v>
       </x:c>
       <x:c r="BH30" s="3" t="n">
-        <x:v>19694</x:v>
+        <x:v>19559</x:v>
       </x:c>
       <x:c r="BI30" s="3" t="n">
-        <x:v>20152</x:v>
+        <x:v>20020</x:v>
       </x:c>
       <x:c r="BJ30" s="3" t="n">
-        <x:v>19817</x:v>
+        <x:v>19693</x:v>
       </x:c>
       <x:c r="BK30" s="3" t="n">
-        <x:v>19682</x:v>
+        <x:v>19563</x:v>
       </x:c>
       <x:c r="BL30" s="3" t="n">
-        <x:v>19926</x:v>
+        <x:v>19807</x:v>
       </x:c>
       <x:c r="BM30" s="3" t="n">
-        <x:v>20518</x:v>
+        <x:v>20394</x:v>
       </x:c>
       <x:c r="BN30" s="3" t="n">
-        <x:v>20955</x:v>
+        <x:v>20825</x:v>
       </x:c>
       <x:c r="BO30" s="3" t="n">
-        <x:v>21414</x:v>
+        <x:v>21280</x:v>
       </x:c>
       <x:c r="BP30" s="3" t="n">
-        <x:v>21946</x:v>
+        <x:v>21811</x:v>
       </x:c>
       <x:c r="BQ30" s="3" t="n">
-        <x:v>22431</x:v>
+        <x:v>22299</x:v>
       </x:c>
       <x:c r="BR30" s="3" t="n">
-        <x:v>23098</x:v>
+        <x:v>22971</x:v>
       </x:c>
       <x:c r="BS30" s="3" t="n">
-        <x:v>23628</x:v>
+        <x:v>23505</x:v>
       </x:c>
       <x:c r="BT30" s="3" t="n">
-        <x:v>24195</x:v>
+        <x:v>24072</x:v>
       </x:c>
       <x:c r="BU30" s="3" t="n">
-        <x:v>24868</x:v>
+        <x:v>24741</x:v>
       </x:c>
       <x:c r="BV30" s="3" t="n">
-        <x:v>25305</x:v>
+        <x:v>25172</x:v>
       </x:c>
       <x:c r="BW30" s="3" t="n">
-        <x:v>26066</x:v>
+        <x:v>25925</x:v>
       </x:c>
       <x:c r="BX30" s="3" t="n">
-        <x:v>25518</x:v>
+        <x:v>25375</x:v>
       </x:c>
       <x:c r="BY30" s="3" t="n">
-        <x:v>25961</x:v>
+        <x:v>25809</x:v>
       </x:c>
       <x:c r="BZ30" s="3" t="n">
-        <x:v>26448</x:v>
+        <x:v>26286</x:v>
       </x:c>
       <x:c r="CA30" s="3" t="n">
-        <x:v>27068</x:v>
+        <x:v>26896</x:v>
       </x:c>
       <x:c r="CB30" s="3" t="n">
-        <x:v>27117</x:v>
+        <x:v>26942</x:v>
       </x:c>
       <x:c r="CC30" s="3" t="n">
-        <x:v>27794</x:v>
+        <x:v>27614</x:v>
       </x:c>
       <x:c r="CD30" s="3" t="n">
-        <x:v>28283</x:v>
+        <x:v>28101</x:v>
       </x:c>
       <x:c r="CE30" s="3" t="n">
-        <x:v>27472</x:v>
+        <x:v>27296</x:v>
       </x:c>
       <x:c r="CF30" s="3" t="n">
-        <x:v>29183</x:v>
+        <x:v>28997</x:v>
       </x:c>
       <x:c r="CG30" s="3" t="n">
-        <x:v>29337</x:v>
+        <x:v>29151</x:v>
       </x:c>
       <x:c r="CH30" s="3" t="n">
-        <x:v>29467</x:v>
+        <x:v>29281</x:v>
       </x:c>
       <x:c r="CI30" s="3" t="n">
-        <x:v>29830</x:v>
+        <x:v>29644</x:v>
       </x:c>
       <x:c r="CJ30" s="3" t="n">
-        <x:v>30569</x:v>
+        <x:v>30382</x:v>
       </x:c>
       <x:c r="CK30" s="3" t="n">
-        <x:v>30794</x:v>
+        <x:v>30611</x:v>
       </x:c>
       <x:c r="CL30" s="3" t="n">
-        <x:v>31882</x:v>
+        <x:v>31701</x:v>
       </x:c>
       <x:c r="CM30" s="3" t="n">
-        <x:v>32172</x:v>
+        <x:v>31997</x:v>
       </x:c>
       <x:c r="CN30" s="3" t="n">
-        <x:v>32602</x:v>
+        <x:v>32431</x:v>
       </x:c>
       <x:c r="CO30" s="3" t="n">
-        <x:v>33189</x:v>
+        <x:v>33021</x:v>
       </x:c>
       <x:c r="CP30" s="3" t="n">
-        <x:v>33793</x:v>
+        <x:v>33627</x:v>
       </x:c>
       <x:c r="CQ30" s="3" t="n">
-        <x:v>34422</x:v>
+        <x:v>34257</x:v>
       </x:c>
       <x:c r="CR30" s="3" t="n">
-        <x:v>35018</x:v>
+        <x:v>34853</x:v>
       </x:c>
       <x:c r="CS30" s="3" t="n">
-        <x:v>35805</x:v>
+        <x:v>35639</x:v>
       </x:c>
       <x:c r="CT30" s="3" t="n">
-        <x:v>36196</x:v>
+        <x:v>36029</x:v>
       </x:c>
       <x:c r="CU30" s="3" t="n">
-        <x:v>36845</x:v>
+        <x:v>36676</x:v>
       </x:c>
       <x:c r="CV30" s="3" t="n">
-        <x:v>37475</x:v>
+        <x:v>37305</x:v>
       </x:c>
       <x:c r="CW30" s="3" t="n">
-        <x:v>38286</x:v>
+        <x:v>38113</x:v>
       </x:c>
       <x:c r="CX30" s="3" t="n">
-        <x:v>38208</x:v>
+        <x:v>38038</x:v>
       </x:c>
       <x:c r="CY30" s="3" t="n">
-        <x:v>37176</x:v>
+        <x:v>37008</x:v>
       </x:c>
       <x:c r="CZ30" s="3" t="n">
-        <x:v>37242</x:v>
+        <x:v>37069</x:v>
       </x:c>
       <x:c r="DA30" s="3" t="n">
-        <x:v>39017</x:v>
+        <x:v>38827</x:v>
       </x:c>
       <x:c r="DB30" s="3" t="n">
-        <x:v>39471</x:v>
+        <x:v>39275</x:v>
       </x:c>
       <x:c r="DC30" s="3" t="n">
-        <x:v>38937</x:v>
+        <x:v>38776</x:v>
       </x:c>
       <x:c r="DD30" s="3" t="n">
-        <x:v>40420</x:v>
+        <x:v>40207</x:v>
       </x:c>
       <x:c r="DE30" s="3" t="n">
-        <x:v>40955</x:v>
+        <x:v>40769</x:v>
       </x:c>
       <x:c r="DF30" s="3" t="n">
-        <x:v>41907</x:v>
+        <x:v>41631</x:v>
       </x:c>
       <x:c r="DG30" s="3" t="n">
-        <x:v>43375</x:v>
+        <x:v>43725</x:v>
       </x:c>
       <x:c r="DH30" s="3" t="n">
-        <x:v>44297</x:v>
+        <x:v>43947</x:v>
       </x:c>
       <x:c r="DI30" s="3" t="n">
-        <x:v>44873</x:v>
+        <x:v>44393</x:v>
       </x:c>
       <x:c r="DJ30" s="3" t="n">
-        <x:v>47623</x:v>
+        <x:v>47039</x:v>
       </x:c>
       <x:c r="DK30" s="3" t="n">
-        <x:v>45958</x:v>
+        <x:v>45139</x:v>
       </x:c>
       <x:c r="DL30" s="3" t="n">
-        <x:v>46629</x:v>
+        <x:v>45875</x:v>
       </x:c>
       <x:c r="DM30" s="3" t="n">
-        <x:v>47206</x:v>
+        <x:v>46261</x:v>
       </x:c>
       <x:c r="DN30" s="3" t="n">
-        <x:v>47513</x:v>
+        <x:v>47223</x:v>
       </x:c>
       <x:c r="DO30" s="3" t="n">
-        <x:v>47785</x:v>
+        <x:v>47457</x:v>
       </x:c>
       <x:c r="DP30" s="3" t="n">
-        <x:v>47973</x:v>
+        <x:v>47857</x:v>
       </x:c>
       <x:c r="DQ30" s="3" t="n">
-        <x:v>48271</x:v>
+        <x:v>47987</x:v>
       </x:c>
       <x:c r="DR30" s="3" t="n">
-        <x:v>48743</x:v>
+        <x:v>48183</x:v>
       </x:c>
       <x:c r="DS30" s="3" t="n">
-        <x:v>49793</x:v>
+        <x:v>49164</x:v>
+      </x:c>
+      <x:c r="DT30" s="3" t="n">
+        <x:v>48872</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:123">
+    <x:row r="31" spans="1:124">
       <x:c r="A31" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>14696</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>14675</x:v>
       </x:c>
       <x:c r="D31" s="3" t="n">
         <x:v>14955</x:v>
       </x:c>
       <x:c r="E31" s="3" t="n">
         <x:v>15363</x:v>
       </x:c>
       <x:c r="F31" s="3" t="n">
         <x:v>15669</x:v>
       </x:c>
       <x:c r="G31" s="3" t="n">
         <x:v>15998</x:v>
       </x:c>
       <x:c r="H31" s="3" t="n">
         <x:v>16222</x:v>
       </x:c>
       <x:c r="I31" s="3" t="n">
         <x:v>16632</x:v>
       </x:c>
@@ -11097,362 +11191,365 @@
       <x:c r="M31" s="3" t="n">
         <x:v>17984</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>18415</x:v>
       </x:c>
       <x:c r="O31" s="3" t="n">
         <x:v>18909</x:v>
       </x:c>
       <x:c r="P31" s="3" t="n">
         <x:v>19268</x:v>
       </x:c>
       <x:c r="Q31" s="3" t="n">
         <x:v>19511</x:v>
       </x:c>
       <x:c r="R31" s="3" t="n">
         <x:v>19683</x:v>
       </x:c>
       <x:c r="S31" s="3" t="n">
         <x:v>19675</x:v>
       </x:c>
       <x:c r="T31" s="3" t="n">
         <x:v>19844</x:v>
       </x:c>
       <x:c r="U31" s="3" t="n">
-        <x:v>20067</x:v>
+        <x:v>20066</x:v>
       </x:c>
       <x:c r="V31" s="3" t="n">
-        <x:v>20888</x:v>
+        <x:v>20887</x:v>
       </x:c>
       <x:c r="W31" s="3" t="n">
-        <x:v>21187</x:v>
+        <x:v>21186</x:v>
       </x:c>
       <x:c r="X31" s="3" t="n">
         <x:v>21313</x:v>
       </x:c>
       <x:c r="Y31" s="3" t="n">
-        <x:v>21462</x:v>
+        <x:v>21463</x:v>
       </x:c>
       <x:c r="Z31" s="3" t="n">
-        <x:v>21830</x:v>
+        <x:v>21833</x:v>
       </x:c>
       <x:c r="AA31" s="3" t="n">
-        <x:v>21853</x:v>
+        <x:v>21858</x:v>
       </x:c>
       <x:c r="AB31" s="3" t="n">
-        <x:v>21814</x:v>
+        <x:v>21822</x:v>
       </x:c>
       <x:c r="AC31" s="3" t="n">
-        <x:v>22493</x:v>
+        <x:v>22505</x:v>
       </x:c>
       <x:c r="AD31" s="3" t="n">
-        <x:v>22429</x:v>
+        <x:v>22446</x:v>
       </x:c>
       <x:c r="AE31" s="3" t="n">
-        <x:v>22777</x:v>
+        <x:v>22799</x:v>
       </x:c>
       <x:c r="AF31" s="3" t="n">
-        <x:v>22792</x:v>
+        <x:v>22817</x:v>
       </x:c>
       <x:c r="AG31" s="3" t="n">
-        <x:v>22954</x:v>
+        <x:v>22982</x:v>
       </x:c>
       <x:c r="AH31" s="3" t="n">
-        <x:v>23066</x:v>
+        <x:v>23098</x:v>
       </x:c>
       <x:c r="AI31" s="3" t="n">
-        <x:v>23223</x:v>
+        <x:v>23259</x:v>
       </x:c>
       <x:c r="AJ31" s="3" t="n">
-        <x:v>23517</x:v>
+        <x:v>23558</x:v>
       </x:c>
       <x:c r="AK31" s="3" t="n">
-        <x:v>23596</x:v>
+        <x:v>23642</x:v>
       </x:c>
       <x:c r="AL31" s="3" t="n">
-        <x:v>24168</x:v>
+        <x:v>24222</x:v>
       </x:c>
       <x:c r="AM31" s="3" t="n">
-        <x:v>24484</x:v>
+        <x:v>24545</x:v>
       </x:c>
       <x:c r="AN31" s="3" t="n">
-        <x:v>24969</x:v>
+        <x:v>25039</x:v>
       </x:c>
       <x:c r="AO31" s="3" t="n">
-        <x:v>25246</x:v>
+        <x:v>25324</x:v>
       </x:c>
       <x:c r="AP31" s="3" t="n">
-        <x:v>25368</x:v>
+        <x:v>25453</x:v>
       </x:c>
       <x:c r="AQ31" s="3" t="n">
-        <x:v>25858</x:v>
+        <x:v>25953</x:v>
       </x:c>
       <x:c r="AR31" s="3" t="n">
-        <x:v>26110</x:v>
+        <x:v>26214</x:v>
       </x:c>
       <x:c r="AS31" s="3" t="n">
-        <x:v>26185</x:v>
+        <x:v>26297</x:v>
       </x:c>
       <x:c r="AT31" s="3" t="n">
-        <x:v>26173</x:v>
+        <x:v>26293</x:v>
       </x:c>
       <x:c r="AU31" s="3" t="n">
-        <x:v>26779</x:v>
+        <x:v>26909</x:v>
       </x:c>
       <x:c r="AV31" s="3" t="n">
-        <x:v>28156</x:v>
+        <x:v>28302</x:v>
       </x:c>
       <x:c r="AW31" s="3" t="n">
-        <x:v>28182</x:v>
+        <x:v>28337</x:v>
       </x:c>
       <x:c r="AX31" s="3" t="n">
-        <x:v>27861</x:v>
+        <x:v>28022</x:v>
       </x:c>
       <x:c r="AY31" s="3" t="n">
-        <x:v>28965</x:v>
+        <x:v>29141</x:v>
       </x:c>
       <x:c r="AZ31" s="3" t="n">
-        <x:v>30848</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="BA31" s="3" t="n">
-        <x:v>31410</x:v>
+        <x:v>31620</x:v>
       </x:c>
       <x:c r="BB31" s="3" t="n">
-        <x:v>32264</x:v>
+        <x:v>32489</x:v>
       </x:c>
       <x:c r="BC31" s="3" t="n">
-        <x:v>32525</x:v>
+        <x:v>32760</x:v>
       </x:c>
       <x:c r="BD31" s="3" t="n">
-        <x:v>32242</x:v>
+        <x:v>32481</x:v>
       </x:c>
       <x:c r="BE31" s="3" t="n">
-        <x:v>33001</x:v>
+        <x:v>33251</x:v>
       </x:c>
       <x:c r="BF31" s="3" t="n">
-        <x:v>32876</x:v>
+        <x:v>33127</x:v>
       </x:c>
       <x:c r="BG31" s="3" t="n">
-        <x:v>32415</x:v>
+        <x:v>32666</x:v>
       </x:c>
       <x:c r="BH31" s="3" t="n">
-        <x:v>32530</x:v>
+        <x:v>32785</x:v>
       </x:c>
       <x:c r="BI31" s="3" t="n">
-        <x:v>33225</x:v>
+        <x:v>33489</x:v>
       </x:c>
       <x:c r="BJ31" s="3" t="n">
-        <x:v>32980</x:v>
+        <x:v>33245</x:v>
       </x:c>
       <x:c r="BK31" s="3" t="n">
-        <x:v>33205</x:v>
+        <x:v>33473</x:v>
       </x:c>
       <x:c r="BL31" s="3" t="n">
-        <x:v>33554</x:v>
+        <x:v>33823</x:v>
       </x:c>
       <x:c r="BM31" s="3" t="n">
-        <x:v>34038</x:v>
+        <x:v>34307</x:v>
       </x:c>
       <x:c r="BN31" s="3" t="n">
-        <x:v>33976</x:v>
+        <x:v>34238</x:v>
       </x:c>
       <x:c r="BO31" s="3" t="n">
-        <x:v>33479</x:v>
+        <x:v>33734</x:v>
       </x:c>
       <x:c r="BP31" s="3" t="n">
-        <x:v>35241</x:v>
+        <x:v>35508</x:v>
       </x:c>
       <x:c r="BQ31" s="3" t="n">
-        <x:v>34837</x:v>
+        <x:v>35103</x:v>
       </x:c>
       <x:c r="BR31" s="3" t="n">
-        <x:v>35884</x:v>
+        <x:v>36163</x:v>
       </x:c>
       <x:c r="BS31" s="3" t="n">
-        <x:v>35831</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="BT31" s="3" t="n">
-        <x:v>36516</x:v>
+        <x:v>36805</x:v>
       </x:c>
       <x:c r="BU31" s="3" t="n">
-        <x:v>36408</x:v>
+        <x:v>36699</x:v>
       </x:c>
       <x:c r="BV31" s="3" t="n">
-        <x:v>37524</x:v>
+        <x:v>37825</x:v>
       </x:c>
       <x:c r="BW31" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>38019</x:v>
       </x:c>
       <x:c r="BX31" s="3" t="n">
-        <x:v>37913</x:v>
+        <x:v>38216</x:v>
       </x:c>
       <x:c r="BY31" s="3" t="n">
-        <x:v>37535</x:v>
+        <x:v>37832</x:v>
       </x:c>
       <x:c r="BZ31" s="3" t="n">
-        <x:v>37876</x:v>
+        <x:v>38172</x:v>
       </x:c>
       <x:c r="CA31" s="3" t="n">
-        <x:v>38424</x:v>
+        <x:v>38721</x:v>
       </x:c>
       <x:c r="CB31" s="3" t="n">
-        <x:v>38444</x:v>
+        <x:v>38740</x:v>
       </x:c>
       <x:c r="CC31" s="3" t="n">
-        <x:v>39535</x:v>
+        <x:v>39839</x:v>
       </x:c>
       <x:c r="CD31" s="3" t="n">
-        <x:v>39663</x:v>
+        <x:v>39968</x:v>
       </x:c>
       <x:c r="CE31" s="3" t="n">
-        <x:v>39168</x:v>
+        <x:v>39471</x:v>
       </x:c>
       <x:c r="CF31" s="3" t="n">
-        <x:v>39991</x:v>
+        <x:v>40300</x:v>
       </x:c>
       <x:c r="CG31" s="3" t="n">
-        <x:v>40813</x:v>
+        <x:v>41129</x:v>
       </x:c>
       <x:c r="CH31" s="3" t="n">
-        <x:v>40545</x:v>
+        <x:v>40858</x:v>
       </x:c>
       <x:c r="CI31" s="3" t="n">
-        <x:v>40821</x:v>
+        <x:v>41138</x:v>
       </x:c>
       <x:c r="CJ31" s="3" t="n">
-        <x:v>41585</x:v>
+        <x:v>41910</x:v>
       </x:c>
       <x:c r="CK31" s="3" t="n">
-        <x:v>40648</x:v>
+        <x:v>40970</x:v>
       </x:c>
       <x:c r="CL31" s="3" t="n">
-        <x:v>41959</x:v>
+        <x:v>42297</x:v>
       </x:c>
       <x:c r="CM31" s="3" t="n">
-        <x:v>42258</x:v>
+        <x:v>42603</x:v>
       </x:c>
       <x:c r="CN31" s="3" t="n">
-        <x:v>42449</x:v>
+        <x:v>42800</x:v>
       </x:c>
       <x:c r="CO31" s="3" t="n">
-        <x:v>42657</x:v>
+        <x:v>43012</x:v>
       </x:c>
       <x:c r="CP31" s="3" t="n">
-        <x:v>42985</x:v>
+        <x:v>43345</x:v>
       </x:c>
       <x:c r="CQ31" s="3" t="n">
-        <x:v>43564</x:v>
+        <x:v>43930</x:v>
       </x:c>
       <x:c r="CR31" s="3" t="n">
-        <x:v>43661</x:v>
+        <x:v>44029</x:v>
       </x:c>
       <x:c r="CS31" s="3" t="n">
-        <x:v>44016</x:v>
+        <x:v>44387</x:v>
       </x:c>
       <x:c r="CT31" s="3" t="n">
-        <x:v>44425</x:v>
+        <x:v>44798</x:v>
       </x:c>
       <x:c r="CU31" s="3" t="n">
-        <x:v>44717</x:v>
+        <x:v>45092</x:v>
       </x:c>
       <x:c r="CV31" s="3" t="n">
-        <x:v>45139</x:v>
+        <x:v>45516</x:v>
       </x:c>
       <x:c r="CW31" s="3" t="n">
-        <x:v>45616</x:v>
+        <x:v>45996</x:v>
       </x:c>
       <x:c r="CX31" s="3" t="n">
-        <x:v>45656</x:v>
+        <x:v>46035</x:v>
       </x:c>
       <x:c r="CY31" s="3" t="n">
-        <x:v>42007</x:v>
+        <x:v>42359</x:v>
       </x:c>
       <x:c r="CZ31" s="3" t="n">
-        <x:v>44853</x:v>
+        <x:v>45236</x:v>
       </x:c>
       <x:c r="DA31" s="3" t="n">
-        <x:v>47264</x:v>
+        <x:v>47679</x:v>
       </x:c>
       <x:c r="DB31" s="3" t="n">
-        <x:v>47714</x:v>
+        <x:v>48185</x:v>
       </x:c>
       <x:c r="DC31" s="3" t="n">
-        <x:v>47406</x:v>
+        <x:v>47923</x:v>
       </x:c>
       <x:c r="DD31" s="3" t="n">
-        <x:v>48415</x:v>
+        <x:v>48890</x:v>
       </x:c>
       <x:c r="DE31" s="3" t="n">
-        <x:v>49509</x:v>
+        <x:v>49972</x:v>
       </x:c>
       <x:c r="DF31" s="3" t="n">
-        <x:v>50387</x:v>
+        <x:v>51034</x:v>
       </x:c>
       <x:c r="DG31" s="3" t="n">
-        <x:v>51146</x:v>
+        <x:v>51912</x:v>
       </x:c>
       <x:c r="DH31" s="3" t="n">
-        <x:v>51064</x:v>
+        <x:v>51675</x:v>
       </x:c>
       <x:c r="DI31" s="3" t="n">
-        <x:v>51929</x:v>
+        <x:v>52404</x:v>
       </x:c>
       <x:c r="DJ31" s="3" t="n">
-        <x:v>53035</x:v>
+        <x:v>53731</x:v>
       </x:c>
       <x:c r="DK31" s="3" t="n">
-        <x:v>53248</x:v>
+        <x:v>53706</x:v>
       </x:c>
       <x:c r="DL31" s="3" t="n">
-        <x:v>54230</x:v>
+        <x:v>54865</x:v>
       </x:c>
       <x:c r="DM31" s="3" t="n">
-        <x:v>54857</x:v>
+        <x:v>55389</x:v>
       </x:c>
       <x:c r="DN31" s="3" t="n">
-        <x:v>55270</x:v>
+        <x:v>55794</x:v>
       </x:c>
       <x:c r="DO31" s="3" t="n">
-        <x:v>56037</x:v>
+        <x:v>56622</x:v>
       </x:c>
       <x:c r="DP31" s="3" t="n">
-        <x:v>56578</x:v>
+        <x:v>57358</x:v>
       </x:c>
       <x:c r="DQ31" s="3" t="n">
-        <x:v>57075</x:v>
+        <x:v>57633</x:v>
       </x:c>
       <x:c r="DR31" s="3" t="n">
-        <x:v>57894</x:v>
+        <x:v>58310</x:v>
       </x:c>
       <x:c r="DS31" s="3" t="n">
-        <x:v>58581</x:v>
+        <x:v>59025</x:v>
+      </x:c>
+      <x:c r="DT31" s="3" t="n">
+        <x:v>58901</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:123">
+    <x:row r="32" spans="1:124">
       <x:c r="A32" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E32" s="3" t="n">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F32" s="3" t="n">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G32" s="3" t="n">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H32" s="3" t="n">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I32" s="3" t="n">
         <x:v>-11</x:v>
       </x:c>
@@ -11726,846 +11823,855 @@
       <x:c r="CU32" s="3" t="n">
         <x:v>119</x:v>
       </x:c>
       <x:c r="CV32" s="3" t="n">
         <x:v>117</x:v>
       </x:c>
       <x:c r="CW32" s="3" t="n">
         <x:v>124</x:v>
       </x:c>
       <x:c r="CX32" s="3" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="CY32" s="3" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="CZ32" s="3" t="n">
         <x:v>145</x:v>
       </x:c>
       <x:c r="DA32" s="3" t="n">
         <x:v>103</x:v>
       </x:c>
       <x:c r="DB32" s="3" t="n">
         <x:v>126</x:v>
       </x:c>
       <x:c r="DC32" s="3" t="n">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="DD32" s="3" t="n">
-        <x:v>117</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="DE32" s="3" t="n">
         <x:v>102</x:v>
       </x:c>
       <x:c r="DF32" s="3" t="n">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="DG32" s="3" t="n">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="DH32" s="3" t="n">
-        <x:v>128</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="DI32" s="3" t="n">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="DJ32" s="3" t="n">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="DK32" s="3" t="n">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="DL32" s="3" t="n">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="DM32" s="3" t="n">
-        <x:v>145</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="DN32" s="3" t="n">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="DO32" s="3" t="n">
         <x:v>165</x:v>
       </x:c>
       <x:c r="DP32" s="3" t="n">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="DQ32" s="3" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="DR32" s="3" t="n">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="DQ32" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="DS32" s="3" t="n">
-        <x:v>179</x:v>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="DT32" s="3" t="n">
+        <x:v>186</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:123">
+    <x:row r="33" spans="1:124">
       <x:c r="A33" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>1891</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>1896</x:v>
       </x:c>
       <x:c r="D33" s="3" t="n">
         <x:v>1902</x:v>
       </x:c>
       <x:c r="E33" s="3" t="n">
         <x:v>1943</x:v>
       </x:c>
       <x:c r="F33" s="3" t="n">
         <x:v>1892</x:v>
       </x:c>
       <x:c r="G33" s="3" t="n">
         <x:v>1922</x:v>
       </x:c>
       <x:c r="H33" s="3" t="n">
         <x:v>1944</x:v>
       </x:c>
       <x:c r="I33" s="3" t="n">
         <x:v>1985</x:v>
       </x:c>
       <x:c r="J33" s="3" t="n">
         <x:v>2058</x:v>
       </x:c>
       <x:c r="K33" s="3" t="n">
         <x:v>2062</x:v>
       </x:c>
       <x:c r="L33" s="3" t="n">
         <x:v>2120</x:v>
       </x:c>
       <x:c r="M33" s="3" t="n">
         <x:v>2148</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>2336</x:v>
       </x:c>
       <x:c r="O33" s="3" t="n">
         <x:v>2372</x:v>
       </x:c>
       <x:c r="P33" s="3" t="n">
         <x:v>2401</x:v>
       </x:c>
       <x:c r="Q33" s="3" t="n">
-        <x:v>2432</x:v>
+        <x:v>2431</x:v>
       </x:c>
       <x:c r="R33" s="3" t="n">
-        <x:v>2556</x:v>
+        <x:v>2555</x:v>
       </x:c>
       <x:c r="S33" s="3" t="n">
-        <x:v>2596</x:v>
+        <x:v>2595</x:v>
       </x:c>
       <x:c r="T33" s="3" t="n">
         <x:v>2634</x:v>
       </x:c>
       <x:c r="U33" s="3" t="n">
-        <x:v>2697</x:v>
+        <x:v>2699</x:v>
       </x:c>
       <x:c r="V33" s="3" t="n">
-        <x:v>2912</x:v>
+        <x:v>2919</x:v>
       </x:c>
       <x:c r="W33" s="3" t="n">
-        <x:v>2966</x:v>
+        <x:v>2972</x:v>
       </x:c>
       <x:c r="X33" s="3" t="n">
         <x:v>2971</x:v>
       </x:c>
       <x:c r="Y33" s="3" t="n">
-        <x:v>2979</x:v>
+        <x:v>2966</x:v>
       </x:c>
       <x:c r="Z33" s="3" t="n">
-        <x:v>2975</x:v>
+        <x:v>2946</x:v>
       </x:c>
       <x:c r="AA33" s="3" t="n">
-        <x:v>2933</x:v>
+        <x:v>2882</x:v>
       </x:c>
       <x:c r="AB33" s="3" t="n">
-        <x:v>2996</x:v>
+        <x:v>2915</x:v>
       </x:c>
       <x:c r="AC33" s="3" t="n">
-        <x:v>2955</x:v>
+        <x:v>2841</x:v>
       </x:c>
       <x:c r="AD33" s="3" t="n">
-        <x:v>2901</x:v>
+        <x:v>2751</x:v>
       </x:c>
       <x:c r="AE33" s="3" t="n">
-        <x:v>2886</x:v>
+        <x:v>2701</x:v>
       </x:c>
       <x:c r="AF33" s="3" t="n">
-        <x:v>2916</x:v>
+        <x:v>2697</x:v>
       </x:c>
       <x:c r="AG33" s="3" t="n">
-        <x:v>2857</x:v>
+        <x:v>2613</x:v>
       </x:c>
       <x:c r="AH33" s="3" t="n">
-        <x:v>2839</x:v>
+        <x:v>2572</x:v>
       </x:c>
       <x:c r="AI33" s="3" t="n">
+        <x:v>2534</x:v>
+      </x:c>
+      <x:c r="AJ33" s="3" t="n">
+        <x:v>2501</x:v>
+      </x:c>
+      <x:c r="AK33" s="3" t="n">
+        <x:v>2424</x:v>
+      </x:c>
+      <x:c r="AL33" s="3" t="n">
+        <x:v>2209</x:v>
+      </x:c>
+      <x:c r="AM33" s="3" t="n">
+        <x:v>2157</x:v>
+      </x:c>
+      <x:c r="AN33" s="3" t="n">
+        <x:v>2099</x:v>
+      </x:c>
+      <x:c r="AO33" s="3" t="n">
+        <x:v>2067</x:v>
+      </x:c>
+      <x:c r="AP33" s="3" t="n">
+        <x:v>2026</x:v>
+      </x:c>
+      <x:c r="AQ33" s="3" t="n">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="AR33" s="3" t="n">
+        <x:v>1902</x:v>
+      </x:c>
+      <x:c r="AS33" s="3" t="n">
+        <x:v>1858</x:v>
+      </x:c>
+      <x:c r="AT33" s="3" t="n">
+        <x:v>1878</x:v>
+      </x:c>
+      <x:c r="AU33" s="3" t="n">
+        <x:v>1830</x:v>
+      </x:c>
+      <x:c r="AV33" s="3" t="n">
+        <x:v>1749</x:v>
+      </x:c>
+      <x:c r="AW33" s="3" t="n">
+        <x:v>1693</x:v>
+      </x:c>
+      <x:c r="AX33" s="3" t="n">
+        <x:v>1882</x:v>
+      </x:c>
+      <x:c r="AY33" s="3" t="n">
+        <x:v>1814</x:v>
+      </x:c>
+      <x:c r="AZ33" s="3" t="n">
+        <x:v>1735</x:v>
+      </x:c>
+      <x:c r="BA33" s="3" t="n">
+        <x:v>1700</x:v>
+      </x:c>
+      <x:c r="BB33" s="3" t="n">
+        <x:v>1600</x:v>
+      </x:c>
+      <x:c r="BC33" s="3" t="n">
+        <x:v>1542</x:v>
+      </x:c>
+      <x:c r="BD33" s="3" t="n">
+        <x:v>1488</x:v>
+      </x:c>
+      <x:c r="BE33" s="3" t="n">
+        <x:v>1402</x:v>
+      </x:c>
+      <x:c r="BF33" s="3" t="n">
+        <x:v>1214</x:v>
+      </x:c>
+      <x:c r="BG33" s="3" t="n">
+        <x:v>1231</x:v>
+      </x:c>
+      <x:c r="BH33" s="3" t="n">
+        <x:v>1354</x:v>
+      </x:c>
+      <x:c r="BI33" s="3" t="n">
+        <x:v>1608</x:v>
+      </x:c>
+      <x:c r="BJ33" s="3" t="n">
+        <x:v>1936</x:v>
+      </x:c>
+      <x:c r="BK33" s="3" t="n">
+        <x:v>2176</x:v>
+      </x:c>
+      <x:c r="BL33" s="3" t="n">
+        <x:v>2318</x:v>
+      </x:c>
+      <x:c r="BM33" s="3" t="n">
+        <x:v>2254</x:v>
+      </x:c>
+      <x:c r="BN33" s="3" t="n">
+        <x:v>2059</x:v>
+      </x:c>
+      <x:c r="BO33" s="3" t="n">
+        <x:v>2008</x:v>
+      </x:c>
+      <x:c r="BP33" s="3" t="n">
+        <x:v>2263</x:v>
+      </x:c>
+      <x:c r="BQ33" s="3" t="n">
+        <x:v>2717</x:v>
+      </x:c>
+      <x:c r="BR33" s="3" t="n">
+        <x:v>1985</x:v>
+      </x:c>
+      <x:c r="BS33" s="3" t="n">
+        <x:v>2403</x:v>
+      </x:c>
+      <x:c r="BT33" s="3" t="n">
+        <x:v>2716</x:v>
+      </x:c>
+      <x:c r="BU33" s="3" t="n">
+        <x:v>3148</x:v>
+      </x:c>
+      <x:c r="BV33" s="3" t="n">
+        <x:v>2967</x:v>
+      </x:c>
+      <x:c r="BW33" s="3" t="n">
         <x:v>2832</x:v>
       </x:c>
-      <x:c r="AJ33" s="3" t="n">
-[...118 lines deleted...]
-      </x:c>
       <x:c r="BX33" s="3" t="n">
-        <x:v>3549</x:v>
+        <x:v>2598</x:v>
       </x:c>
       <x:c r="BY33" s="3" t="n">
-        <x:v>3317</x:v>
+        <x:v>2264</x:v>
       </x:c>
       <x:c r="BZ33" s="3" t="n">
-        <x:v>3021</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="CA33" s="3" t="n">
-        <x:v>2737</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="CB33" s="3" t="n">
-        <x:v>2576</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="CC33" s="3" t="n">
-        <x:v>2637</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="CD33" s="3" t="n">
-        <x:v>2765</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="CE33" s="3" t="n">
-        <x:v>2844</x:v>
+        <x:v>1614</x:v>
       </x:c>
       <x:c r="CF33" s="3" t="n">
-        <x:v>2848</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="CG33" s="3" t="n">
-        <x:v>2897</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="CH33" s="3" t="n">
-        <x:v>2744</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="CI33" s="3" t="n">
-        <x:v>2775</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="CJ33" s="3" t="n">
-        <x:v>2731</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="CK33" s="3" t="n">
-        <x:v>2820</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="CL33" s="3" t="n">
-        <x:v>2795</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="CM33" s="3" t="n">
-        <x:v>2681</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="CN33" s="3" t="n">
-        <x:v>2735</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="CO33" s="3" t="n">
-        <x:v>2761</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="CP33" s="3" t="n">
-        <x:v>2858</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="CQ33" s="3" t="n">
-        <x:v>2729</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="CR33" s="3" t="n">
-        <x:v>2730</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="CS33" s="3" t="n">
-        <x:v>2796</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="CT33" s="3" t="n">
-        <x:v>2859</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="CU33" s="3" t="n">
-        <x:v>2901</x:v>
+        <x:v>1672</x:v>
       </x:c>
       <x:c r="CV33" s="3" t="n">
-        <x:v>2904</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="CW33" s="3" t="n">
-        <x:v>2900</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="CX33" s="3" t="n">
-        <x:v>2959</x:v>
+        <x:v>1659</x:v>
       </x:c>
       <x:c r="CY33" s="3" t="n">
-        <x:v>2317</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="CZ33" s="3" t="n">
-        <x:v>2677</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="DA33" s="3" t="n">
-        <x:v>2822</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="DB33" s="3" t="n">
-        <x:v>2623</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="DC33" s="3" t="n">
-        <x:v>2497</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="DD33" s="3" t="n">
-        <x:v>2859</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="DE33" s="3" t="n">
-        <x:v>2715</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="DF33" s="3" t="n">
-        <x:v>2658</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="DG33" s="3" t="n">
-        <x:v>2812</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="DH33" s="3" t="n">
-        <x:v>2843</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="DI33" s="3" t="n">
-        <x:v>3175</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="DJ33" s="3" t="n">
-        <x:v>3060</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="DK33" s="3" t="n">
-        <x:v>3037</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="DL33" s="3" t="n">
-        <x:v>2761</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="DM33" s="3" t="n">
-        <x:v>2473</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="DN33" s="3" t="n">
-        <x:v>2427</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="DO33" s="3" t="n">
-        <x:v>2462</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="DP33" s="3" t="n">
-        <x:v>2496</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="DQ33" s="3" t="n">
-        <x:v>2529</x:v>
+        <x:v>1586</x:v>
       </x:c>
       <x:c r="DR33" s="3" t="n">
-        <x:v>2626</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="DS33" s="3" t="n">
-        <x:v>2393</x:v>
+        <x:v>1483</x:v>
+      </x:c>
+      <x:c r="DT33" s="3" t="n">
+        <x:v>1432</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:123">
+    <x:row r="34" spans="1:124">
       <x:c r="A34" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>5426</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
         <x:v>5499</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
         <x:v>5528</x:v>
       </x:c>
       <x:c r="E34" s="3" t="n">
         <x:v>5653</x:v>
       </x:c>
       <x:c r="F34" s="3" t="n">
         <x:v>5704</x:v>
       </x:c>
       <x:c r="G34" s="3" t="n">
         <x:v>5873</x:v>
       </x:c>
       <x:c r="H34" s="3" t="n">
         <x:v>6100</x:v>
       </x:c>
       <x:c r="I34" s="3" t="n">
         <x:v>6181</x:v>
       </x:c>
       <x:c r="J34" s="3" t="n">
         <x:v>6297</x:v>
       </x:c>
       <x:c r="K34" s="3" t="n">
         <x:v>6450</x:v>
       </x:c>
       <x:c r="L34" s="3" t="n">
         <x:v>6390</x:v>
       </x:c>
       <x:c r="M34" s="3" t="n">
         <x:v>6507</x:v>
       </x:c>
       <x:c r="N34" s="3" t="n">
         <x:v>6935</x:v>
       </x:c>
       <x:c r="O34" s="3" t="n">
         <x:v>7077</x:v>
       </x:c>
       <x:c r="P34" s="3" t="n">
         <x:v>7385</x:v>
       </x:c>
       <x:c r="Q34" s="3" t="n">
-        <x:v>7573</x:v>
+        <x:v>7572</x:v>
       </x:c>
       <x:c r="R34" s="3" t="n">
         <x:v>7435</x:v>
       </x:c>
       <x:c r="S34" s="3" t="n">
         <x:v>7818</x:v>
       </x:c>
       <x:c r="T34" s="3" t="n">
         <x:v>7860</x:v>
       </x:c>
       <x:c r="U34" s="3" t="n">
         <x:v>7982</x:v>
       </x:c>
       <x:c r="V34" s="3" t="n">
-        <x:v>7663</x:v>
+        <x:v>7664</x:v>
       </x:c>
       <x:c r="W34" s="3" t="n">
-        <x:v>7920</x:v>
+        <x:v>7921</x:v>
       </x:c>
       <x:c r="X34" s="3" t="n">
         <x:v>7954</x:v>
       </x:c>
       <x:c r="Y34" s="3" t="n">
-        <x:v>7861</x:v>
+        <x:v>7859</x:v>
       </x:c>
       <x:c r="Z34" s="3" t="n">
-        <x:v>7950</x:v>
+        <x:v>7946</x:v>
       </x:c>
       <x:c r="AA34" s="3" t="n">
-        <x:v>8066</x:v>
+        <x:v>8058</x:v>
       </x:c>
       <x:c r="AB34" s="3" t="n">
-        <x:v>8059</x:v>
+        <x:v>8046</x:v>
       </x:c>
       <x:c r="AC34" s="3" t="n">
-        <x:v>8154</x:v>
+        <x:v>8136</x:v>
       </x:c>
       <x:c r="AD34" s="3" t="n">
-        <x:v>8471</x:v>
+        <x:v>8446</x:v>
       </x:c>
       <x:c r="AE34" s="3" t="n">
-        <x:v>8458</x:v>
+        <x:v>8426</x:v>
       </x:c>
       <x:c r="AF34" s="3" t="n">
-        <x:v>8600</x:v>
+        <x:v>8562</x:v>
       </x:c>
       <x:c r="AG34" s="3" t="n">
-        <x:v>8891</x:v>
+        <x:v>8848</x:v>
       </x:c>
       <x:c r="AH34" s="3" t="n">
-        <x:v>8675</x:v>
+        <x:v>8629</x:v>
       </x:c>
       <x:c r="AI34" s="3" t="n">
-        <x:v>8633</x:v>
+        <x:v>8582</x:v>
       </x:c>
       <x:c r="AJ34" s="3" t="n">
-        <x:v>8815</x:v>
+        <x:v>8755</x:v>
       </x:c>
       <x:c r="AK34" s="3" t="n">
-        <x:v>8940</x:v>
+        <x:v>8870</x:v>
       </x:c>
       <x:c r="AL34" s="3" t="n">
-        <x:v>9322</x:v>
+        <x:v>9250</x:v>
       </x:c>
       <x:c r="AM34" s="3" t="n">
-        <x:v>9456</x:v>
+        <x:v>9372</x:v>
       </x:c>
       <x:c r="AN34" s="3" t="n">
-        <x:v>9557</x:v>
+        <x:v>9462</x:v>
       </x:c>
       <x:c r="AO34" s="3" t="n">
-        <x:v>9511</x:v>
+        <x:v>9406</x:v>
       </x:c>
       <x:c r="AP34" s="3" t="n">
-        <x:v>9893</x:v>
+        <x:v>9777</x:v>
       </x:c>
       <x:c r="AQ34" s="3" t="n">
-        <x:v>9986</x:v>
+        <x:v>9862</x:v>
       </x:c>
       <x:c r="AR34" s="3" t="n">
-        <x:v>9967</x:v>
+        <x:v>9831</x:v>
       </x:c>
       <x:c r="AS34" s="3" t="n">
-        <x:v>10051</x:v>
+        <x:v>9902</x:v>
       </x:c>
       <x:c r="AT34" s="3" t="n">
-        <x:v>10477</x:v>
+        <x:v>10317</x:v>
       </x:c>
       <x:c r="AU34" s="3" t="n">
-        <x:v>10707</x:v>
+        <x:v>10539</x:v>
       </x:c>
       <x:c r="AV34" s="3" t="n">
-        <x:v>10931</x:v>
+        <x:v>10743</x:v>
       </x:c>
       <x:c r="AW34" s="3" t="n">
-        <x:v>11060</x:v>
+        <x:v>10862</x:v>
       </x:c>
       <x:c r="AX34" s="3" t="n">
-        <x:v>11273</x:v>
+        <x:v>11051</x:v>
       </x:c>
       <x:c r="AY34" s="3" t="n">
-        <x:v>11578</x:v>
+        <x:v>11347</x:v>
       </x:c>
       <x:c r="AZ34" s="3" t="n">
-        <x:v>11927</x:v>
+        <x:v>11672</x:v>
       </x:c>
       <x:c r="BA34" s="3" t="n">
-        <x:v>12092</x:v>
+        <x:v>11815</x:v>
       </x:c>
       <x:c r="BB34" s="3" t="n">
-        <x:v>12639</x:v>
+        <x:v>12360</x:v>
       </x:c>
       <x:c r="BC34" s="3" t="n">
-        <x:v>12857</x:v>
+        <x:v>12559</x:v>
       </x:c>
       <x:c r="BD34" s="3" t="n">
-        <x:v>12968</x:v>
+        <x:v>12670</x:v>
       </x:c>
       <x:c r="BE34" s="3" t="n">
-        <x:v>13259</x:v>
+        <x:v>12952</x:v>
       </x:c>
       <x:c r="BF34" s="3" t="n">
-        <x:v>13061</x:v>
+        <x:v>12806</x:v>
       </x:c>
       <x:c r="BG34" s="3" t="n">
-        <x:v>13138</x:v>
+        <x:v>12880</x:v>
       </x:c>
       <x:c r="BH34" s="3" t="n">
-        <x:v>13271</x:v>
+        <x:v>13022</x:v>
       </x:c>
       <x:c r="BI34" s="3" t="n">
-        <x:v>13426</x:v>
+        <x:v>13169</x:v>
       </x:c>
       <x:c r="BJ34" s="3" t="n">
-        <x:v>13335</x:v>
+        <x:v>13073</x:v>
       </x:c>
       <x:c r="BK34" s="3" t="n">
-        <x:v>13458</x:v>
+        <x:v>13194</x:v>
       </x:c>
       <x:c r="BL34" s="3" t="n">
-        <x:v>13813</x:v>
+        <x:v>13551</x:v>
       </x:c>
       <x:c r="BM34" s="3" t="n">
-        <x:v>13916</x:v>
+        <x:v>13658</x:v>
       </x:c>
       <x:c r="BN34" s="3" t="n">
-        <x:v>14295</x:v>
+        <x:v>14043</x:v>
       </x:c>
       <x:c r="BO34" s="3" t="n">
-        <x:v>14283</x:v>
+        <x:v>14026</x:v>
       </x:c>
       <x:c r="BP34" s="3" t="n">
-        <x:v>14579</x:v>
+        <x:v>14312</x:v>
       </x:c>
       <x:c r="BQ34" s="3" t="n">
-        <x:v>14251</x:v>
+        <x:v>13946</x:v>
       </x:c>
       <x:c r="BR34" s="3" t="n">
-        <x:v>15763</x:v>
+        <x:v>15528</x:v>
       </x:c>
       <x:c r="BS34" s="3" t="n">
-        <x:v>15011</x:v>
+        <x:v>14725</x:v>
       </x:c>
       <x:c r="BT34" s="3" t="n">
-        <x:v>14323</x:v>
+        <x:v>14001</x:v>
       </x:c>
       <x:c r="BU34" s="3" t="n">
-        <x:v>14273</x:v>
+        <x:v>13923</x:v>
       </x:c>
       <x:c r="BV34" s="3" t="n">
-        <x:v>15365</x:v>
+        <x:v>15056</x:v>
       </x:c>
       <x:c r="BW34" s="3" t="n">
-        <x:v>15781</x:v>
+        <x:v>15460</x:v>
       </x:c>
       <x:c r="BX34" s="3" t="n">
-        <x:v>15711</x:v>
+        <x:v>15392</x:v>
       </x:c>
       <x:c r="BY34" s="3" t="n">
-        <x:v>15672</x:v>
+        <x:v>15355</x:v>
       </x:c>
       <x:c r="BZ34" s="3" t="n">
-        <x:v>16186</x:v>
+        <x:v>15864</x:v>
       </x:c>
       <x:c r="CA34" s="3" t="n">
-        <x:v>15978</x:v>
+        <x:v>15654</x:v>
       </x:c>
       <x:c r="CB34" s="3" t="n">
-        <x:v>16201</x:v>
+        <x:v>15880</x:v>
       </x:c>
       <x:c r="CC34" s="3" t="n">
-        <x:v>16362</x:v>
+        <x:v>16043</x:v>
       </x:c>
       <x:c r="CD34" s="3" t="n">
-        <x:v>16535</x:v>
+        <x:v>16215</x:v>
       </x:c>
       <x:c r="CE34" s="3" t="n">
-        <x:v>16696</x:v>
+        <x:v>16382</x:v>
       </x:c>
       <x:c r="CF34" s="3" t="n">
-        <x:v>16743</x:v>
+        <x:v>16416</x:v>
       </x:c>
       <x:c r="CG34" s="3" t="n">
-        <x:v>17092</x:v>
+        <x:v>16757</x:v>
       </x:c>
       <x:c r="CH34" s="3" t="n">
-        <x:v>17027</x:v>
+        <x:v>16679</x:v>
       </x:c>
       <x:c r="CI34" s="3" t="n">
-        <x:v>16848</x:v>
+        <x:v>16494</x:v>
       </x:c>
       <x:c r="CJ34" s="3" t="n">
-        <x:v>16883</x:v>
+        <x:v>16529</x:v>
       </x:c>
       <x:c r="CK34" s="3" t="n">
-        <x:v>16914</x:v>
+        <x:v>16566</x:v>
       </x:c>
       <x:c r="CL34" s="3" t="n">
-        <x:v>16630</x:v>
+        <x:v>16319</x:v>
       </x:c>
       <x:c r="CM34" s="3" t="n">
-        <x:v>16750</x:v>
+        <x:v>16454</x:v>
       </x:c>
       <x:c r="CN34" s="3" t="n">
-        <x:v>16979</x:v>
+        <x:v>16674</x:v>
       </x:c>
       <x:c r="CO34" s="3" t="n">
-        <x:v>16654</x:v>
+        <x:v>16349</x:v>
       </x:c>
       <x:c r="CP34" s="3" t="n">
-        <x:v>17404</x:v>
+        <x:v>17033</x:v>
       </x:c>
       <x:c r="CQ34" s="3" t="n">
-        <x:v>17865</x:v>
+        <x:v>17487</x:v>
       </x:c>
       <x:c r="CR34" s="3" t="n">
-        <x:v>17968</x:v>
+        <x:v>17587</x:v>
       </x:c>
       <x:c r="CS34" s="3" t="n">
-        <x:v>17783</x:v>
+        <x:v>17402</x:v>
       </x:c>
       <x:c r="CT34" s="3" t="n">
-        <x:v>17959</x:v>
+        <x:v>17571</x:v>
       </x:c>
       <x:c r="CU34" s="3" t="n">
-        <x:v>18233</x:v>
+        <x:v>17835</x:v>
       </x:c>
       <x:c r="CV34" s="3" t="n">
-        <x:v>18904</x:v>
+        <x:v>18505</x:v>
       </x:c>
       <x:c r="CW34" s="3" t="n">
-        <x:v>19852</x:v>
+        <x:v>19440</x:v>
       </x:c>
       <x:c r="CX34" s="3" t="n">
-        <x:v>19119</x:v>
+        <x:v>18684</x:v>
       </x:c>
       <x:c r="CY34" s="3" t="n">
-        <x:v>17132</x:v>
+        <x:v>16707</x:v>
       </x:c>
       <x:c r="CZ34" s="3" t="n">
-        <x:v>17443</x:v>
+        <x:v>17022</x:v>
       </x:c>
       <x:c r="DA34" s="3" t="n">
-        <x:v>17960</x:v>
+        <x:v>17540</x:v>
       </x:c>
       <x:c r="DB34" s="3" t="n">
-        <x:v>17952</x:v>
+        <x:v>17579</x:v>
       </x:c>
       <x:c r="DC34" s="3" t="n">
-        <x:v>18076</x:v>
+        <x:v>17662</x:v>
       </x:c>
       <x:c r="DD34" s="3" t="n">
-        <x:v>18863</x:v>
+        <x:v>18358</x:v>
       </x:c>
       <x:c r="DE34" s="3" t="n">
-        <x:v>19670</x:v>
+        <x:v>19047</x:v>
       </x:c>
       <x:c r="DF34" s="3" t="n">
-        <x:v>20219</x:v>
+        <x:v>19555</x:v>
       </x:c>
       <x:c r="DG34" s="3" t="n">
-        <x:v>20776</x:v>
+        <x:v>20031</x:v>
       </x:c>
       <x:c r="DH34" s="3" t="n">
-        <x:v>21142</x:v>
+        <x:v>20225</x:v>
       </x:c>
       <x:c r="DI34" s="3" t="n">
-        <x:v>21662</x:v>
+        <x:v>20615</x:v>
       </x:c>
       <x:c r="DJ34" s="3" t="n">
-        <x:v>22497</x:v>
+        <x:v>21439</x:v>
       </x:c>
       <x:c r="DK34" s="3" t="n">
-        <x:v>22783</x:v>
+        <x:v>21660</x:v>
       </x:c>
       <x:c r="DL34" s="3" t="n">
-        <x:v>23459</x:v>
+        <x:v>22456</x:v>
       </x:c>
       <x:c r="DM34" s="3" t="n">
-        <x:v>23431</x:v>
+        <x:v>22325</x:v>
       </x:c>
       <x:c r="DN34" s="3" t="n">
-        <x:v>23920</x:v>
+        <x:v>22795</x:v>
       </x:c>
       <x:c r="DO34" s="3" t="n">
-        <x:v>24602</x:v>
+        <x:v>23377</x:v>
       </x:c>
       <x:c r="DP34" s="3" t="n">
-        <x:v>24975</x:v>
+        <x:v>23820</x:v>
       </x:c>
       <x:c r="DQ34" s="3" t="n">
-        <x:v>25513</x:v>
+        <x:v>24253</x:v>
       </x:c>
       <x:c r="DR34" s="3" t="n">
-        <x:v>25685</x:v>
+        <x:v>24367</x:v>
       </x:c>
       <x:c r="DS34" s="3" t="n">
-        <x:v>26129</x:v>
+        <x:v>24790</x:v>
+      </x:c>
+      <x:c r="DT34" s="3" t="n">
+        <x:v>24725</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:123">
+    <x:row r="35" spans="1:124">
       <x:c r="A35" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>1652</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>1666</x:v>
       </x:c>
       <x:c r="D35" s="3" t="n">
         <x:v>1703</x:v>
       </x:c>
       <x:c r="E35" s="3" t="n">
         <x:v>1764</x:v>
       </x:c>
       <x:c r="F35" s="3" t="n">
         <x:v>1666</x:v>
       </x:c>
       <x:c r="G35" s="3" t="n">
         <x:v>1683</x:v>
       </x:c>
       <x:c r="H35" s="3" t="n">
         <x:v>1701</x:v>
       </x:c>
       <x:c r="I35" s="3" t="n">
         <x:v>1723</x:v>
       </x:c>
@@ -12587,356 +12693,359 @@
       <x:c r="O35" s="3" t="n">
         <x:v>1830</x:v>
       </x:c>
       <x:c r="P35" s="3" t="n">
         <x:v>1902</x:v>
       </x:c>
       <x:c r="Q35" s="3" t="n">
         <x:v>1927</x:v>
       </x:c>
       <x:c r="R35" s="3" t="n">
         <x:v>1935</x:v>
       </x:c>
       <x:c r="S35" s="3" t="n">
         <x:v>1944</x:v>
       </x:c>
       <x:c r="T35" s="3" t="n">
         <x:v>1968</x:v>
       </x:c>
       <x:c r="U35" s="3" t="n">
         <x:v>1967</x:v>
       </x:c>
       <x:c r="V35" s="3" t="n">
         <x:v>1939</x:v>
       </x:c>
       <x:c r="W35" s="3" t="n">
-        <x:v>1968</x:v>
+        <x:v>1969</x:v>
       </x:c>
       <x:c r="X35" s="3" t="n">
         <x:v>2001</x:v>
       </x:c>
       <x:c r="Y35" s="3" t="n">
         <x:v>2008</x:v>
       </x:c>
       <x:c r="Z35" s="3" t="n">
-        <x:v>1995</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="AA35" s="3" t="n">
-        <x:v>1973</x:v>
+        <x:v>1972</x:v>
       </x:c>
       <x:c r="AB35" s="3" t="n">
-        <x:v>1958</x:v>
+        <x:v>1956</x:v>
       </x:c>
       <x:c r="AC35" s="3" t="n">
-        <x:v>1923</x:v>
+        <x:v>1921</x:v>
       </x:c>
       <x:c r="AD35" s="3" t="n">
-        <x:v>1862</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="AE35" s="3" t="n">
-        <x:v>1837</x:v>
+        <x:v>1834</x:v>
       </x:c>
       <x:c r="AF35" s="3" t="n">
+        <x:v>1855</x:v>
+      </x:c>
+      <x:c r="AG35" s="3" t="n">
+        <x:v>1847</x:v>
+      </x:c>
+      <x:c r="AH35" s="3" t="n">
+        <x:v>1805</x:v>
+      </x:c>
+      <x:c r="AI35" s="3" t="n">
+        <x:v>1783</x:v>
+      </x:c>
+      <x:c r="AJ35" s="3" t="n">
+        <x:v>1747</x:v>
+      </x:c>
+      <x:c r="AK35" s="3" t="n">
+        <x:v>1698</x:v>
+      </x:c>
+      <x:c r="AL35" s="3" t="n">
+        <x:v>1720</x:v>
+      </x:c>
+      <x:c r="AM35" s="3" t="n">
+        <x:v>1728</x:v>
+      </x:c>
+      <x:c r="AN35" s="3" t="n">
+        <x:v>1691</x:v>
+      </x:c>
+      <x:c r="AO35" s="3" t="n">
+        <x:v>1710</x:v>
+      </x:c>
+      <x:c r="AP35" s="3" t="n">
+        <x:v>1743</x:v>
+      </x:c>
+      <x:c r="AQ35" s="3" t="n">
+        <x:v>1761</x:v>
+      </x:c>
+      <x:c r="AR35" s="3" t="n">
+        <x:v>1766</x:v>
+      </x:c>
+      <x:c r="AS35" s="3" t="n">
+        <x:v>1801</x:v>
+      </x:c>
+      <x:c r="AT35" s="3" t="n">
+        <x:v>1750</x:v>
+      </x:c>
+      <x:c r="AU35" s="3" t="n">
+        <x:v>1790</x:v>
+      </x:c>
+      <x:c r="AV35" s="3" t="n">
+        <x:v>1777</x:v>
+      </x:c>
+      <x:c r="AW35" s="3" t="n">
+        <x:v>1836</x:v>
+      </x:c>
+      <x:c r="AX35" s="3" t="n">
+        <x:v>1864</x:v>
+      </x:c>
+      <x:c r="AY35" s="3" t="n">
+        <x:v>1881</x:v>
+      </x:c>
+      <x:c r="AZ35" s="3" t="n">
+        <x:v>1897</x:v>
+      </x:c>
+      <x:c r="BA35" s="3" t="n">
+        <x:v>2042</x:v>
+      </x:c>
+      <x:c r="BB35" s="3" t="n">
+        <x:v>2078</x:v>
+      </x:c>
+      <x:c r="BC35" s="3" t="n">
+        <x:v>2051</x:v>
+      </x:c>
+      <x:c r="BD35" s="3" t="n">
+        <x:v>1994</x:v>
+      </x:c>
+      <x:c r="BE35" s="3" t="n">
+        <x:v>1863</x:v>
+      </x:c>
+      <x:c r="BF35" s="3" t="n">
+        <x:v>1917</x:v>
+      </x:c>
+      <x:c r="BG35" s="3" t="n">
+        <x:v>1902</x:v>
+      </x:c>
+      <x:c r="BH35" s="3" t="n">
+        <x:v>1944</x:v>
+      </x:c>
+      <x:c r="BI35" s="3" t="n">
         <x:v>1858</x:v>
       </x:c>
-      <x:c r="AG35" s="3" t="n">
-[...44 lines deleted...]
-      <x:c r="AV35" s="3" t="n">
+      <x:c r="BJ35" s="3" t="n">
+        <x:v>1769</x:v>
+      </x:c>
+      <x:c r="BK35" s="3" t="n">
         <x:v>1795</x:v>
       </x:c>
-      <x:c r="AW35" s="3" t="n">
-[...17 lines deleted...]
-      <x:c r="BC35" s="3" t="n">
+      <x:c r="BL35" s="3" t="n">
+        <x:v>1867</x:v>
+      </x:c>
+      <x:c r="BM35" s="3" t="n">
+        <x:v>1827</x:v>
+      </x:c>
+      <x:c r="BN35" s="3" t="n">
+        <x:v>1872</x:v>
+      </x:c>
+      <x:c r="BO35" s="3" t="n">
+        <x:v>1833</x:v>
+      </x:c>
+      <x:c r="BP35" s="3" t="n">
+        <x:v>1849</x:v>
+      </x:c>
+      <x:c r="BQ35" s="3" t="n">
+        <x:v>1934</x:v>
+      </x:c>
+      <x:c r="BR35" s="3" t="n">
+        <x:v>1972</x:v>
+      </x:c>
+      <x:c r="BS35" s="3" t="n">
+        <x:v>1998</x:v>
+      </x:c>
+      <x:c r="BT35" s="3" t="n">
+        <x:v>1951</x:v>
+      </x:c>
+      <x:c r="BU35" s="3" t="n">
+        <x:v>1969</x:v>
+      </x:c>
+      <x:c r="BV35" s="3" t="n">
+        <x:v>1967</x:v>
+      </x:c>
+      <x:c r="BW35" s="3" t="n">
+        <x:v>2001</x:v>
+      </x:c>
+      <x:c r="BX35" s="3" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="BY35" s="3" t="n">
+        <x:v>2000</x:v>
+      </x:c>
+      <x:c r="BZ35" s="3" t="n">
+        <x:v>2014</x:v>
+      </x:c>
+      <x:c r="CA35" s="3" t="n">
+        <x:v>2026</x:v>
+      </x:c>
+      <x:c r="CB35" s="3" t="n">
+        <x:v>2079</x:v>
+      </x:c>
+      <x:c r="CC35" s="3" t="n">
+        <x:v>2088</x:v>
+      </x:c>
+      <x:c r="CD35" s="3" t="n">
+        <x:v>2079</x:v>
+      </x:c>
+      <x:c r="CE35" s="3" t="n">
+        <x:v>2071</x:v>
+      </x:c>
+      <x:c r="CF35" s="3" t="n">
+        <x:v>2107</x:v>
+      </x:c>
+      <x:c r="CG35" s="3" t="n">
+        <x:v>2038</x:v>
+      </x:c>
+      <x:c r="CH35" s="3" t="n">
         <x:v>2080</x:v>
       </x:c>
-      <x:c r="BD35" s="3" t="n">
-[...56 lines deleted...]
-      <x:c r="BW35" s="3" t="n">
+      <x:c r="CI35" s="3" t="n">
+        <x:v>2102</x:v>
+      </x:c>
+      <x:c r="CJ35" s="3" t="n">
+        <x:v>2040</x:v>
+      </x:c>
+      <x:c r="CK35" s="3" t="n">
+        <x:v>2086</x:v>
+      </x:c>
+      <x:c r="CL35" s="3" t="n">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="CM35" s="3" t="n">
+        <x:v>2131</x:v>
+      </x:c>
+      <x:c r="CN35" s="3" t="n">
+        <x:v>2037</x:v>
+      </x:c>
+      <x:c r="CO35" s="3" t="n">
         <x:v>2030</x:v>
       </x:c>
-      <x:c r="BX35" s="3" t="n">
-[...52 lines deleted...]
-      </x:c>
       <x:c r="CP35" s="3" t="n">
-        <x:v>2050</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="CQ35" s="3" t="n">
-        <x:v>2100</x:v>
+        <x:v>2073</x:v>
       </x:c>
       <x:c r="CR35" s="3" t="n">
-        <x:v>2126</x:v>
+        <x:v>2098</x:v>
       </x:c>
       <x:c r="CS35" s="3" t="n">
-        <x:v>2113</x:v>
+        <x:v>2086</x:v>
       </x:c>
       <x:c r="CT35" s="3" t="n">
-        <x:v>2114</x:v>
+        <x:v>2086</x:v>
       </x:c>
       <x:c r="CU35" s="3" t="n">
-        <x:v>2002</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="CV35" s="3" t="n">
-        <x:v>2064</x:v>
+        <x:v>2037</x:v>
       </x:c>
       <x:c r="CW35" s="3" t="n">
+        <x:v>2046</x:v>
+      </x:c>
+      <x:c r="CX35" s="3" t="n">
+        <x:v>2167</x:v>
+      </x:c>
+      <x:c r="CY35" s="3" t="n">
         <x:v>2074</x:v>
       </x:c>
-      <x:c r="CX35" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="CZ35" s="3" t="n">
-        <x:v>2017</x:v>
+        <x:v>1993</x:v>
       </x:c>
       <x:c r="DA35" s="3" t="n">
-        <x:v>2109</x:v>
+        <x:v>2085</x:v>
       </x:c>
       <x:c r="DB35" s="3" t="n">
-        <x:v>2153</x:v>
+        <x:v>2134</x:v>
       </x:c>
       <x:c r="DC35" s="3" t="n">
-        <x:v>2178</x:v>
+        <x:v>2156</x:v>
       </x:c>
       <x:c r="DD35" s="3" t="n">
-        <x:v>2140</x:v>
+        <x:v>2111</x:v>
       </x:c>
       <x:c r="DE35" s="3" t="n">
-        <x:v>2129</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="DF35" s="3" t="n">
-        <x:v>2230</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="DG35" s="3" t="n">
+        <x:v>2217</x:v>
+      </x:c>
+      <x:c r="DH35" s="3" t="n">
+        <x:v>2146</x:v>
+      </x:c>
+      <x:c r="DI35" s="3" t="n">
+        <x:v>2300</x:v>
+      </x:c>
+      <x:c r="DJ35" s="3" t="n">
+        <x:v>2295</x:v>
+      </x:c>
+      <x:c r="DK35" s="3" t="n">
+        <x:v>2307</x:v>
+      </x:c>
+      <x:c r="DL35" s="3" t="n">
+        <x:v>2336</x:v>
+      </x:c>
+      <x:c r="DM35" s="3" t="n">
+        <x:v>2349</x:v>
+      </x:c>
+      <x:c r="DN35" s="3" t="n">
+        <x:v>2326</x:v>
+      </x:c>
+      <x:c r="DO35" s="3" t="n">
+        <x:v>2270</x:v>
+      </x:c>
+      <x:c r="DP35" s="3" t="n">
+        <x:v>2341</x:v>
+      </x:c>
+      <x:c r="DQ35" s="3" t="n">
+        <x:v>2250</x:v>
+      </x:c>
+      <x:c r="DR35" s="3" t="n">
+        <x:v>2290</x:v>
+      </x:c>
+      <x:c r="DS35" s="3" t="n">
+        <x:v>2298</x:v>
+      </x:c>
+      <x:c r="DT35" s="3" t="n">
         <x:v>2266</x:v>
       </x:c>
-      <x:c r="DH35" s="3" t="n">
-[...34 lines deleted...]
-      </x:c>
     </x:row>
-    <x:row r="36" spans="1:123">
+    <x:row r="36" spans="1:124">
       <x:c r="A36" s="2" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>2662</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
         <x:v>2705</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
         <x:v>2744</x:v>
       </x:c>
       <x:c r="E36" s="3" t="n">
         <x:v>2786</x:v>
       </x:c>
       <x:c r="F36" s="3" t="n">
         <x:v>2785</x:v>
       </x:c>
       <x:c r="G36" s="3" t="n">
         <x:v>2902</x:v>
       </x:c>
       <x:c r="H36" s="3" t="n">
         <x:v>3034</x:v>
       </x:c>
       <x:c r="I36" s="3" t="n">
         <x:v>3060</x:v>
       </x:c>
@@ -12970,344 +13079,347 @@
       <x:c r="S36" s="3" t="n">
         <x:v>3682</x:v>
       </x:c>
       <x:c r="T36" s="3" t="n">
         <x:v>3661</x:v>
       </x:c>
       <x:c r="U36" s="3" t="n">
         <x:v>3679</x:v>
       </x:c>
       <x:c r="V36" s="3" t="n">
         <x:v>3749</x:v>
       </x:c>
       <x:c r="W36" s="3" t="n">
         <x:v>3785</x:v>
       </x:c>
       <x:c r="X36" s="3" t="n">
         <x:v>3794</x:v>
       </x:c>
       <x:c r="Y36" s="3" t="n">
         <x:v>3813</x:v>
       </x:c>
       <x:c r="Z36" s="3" t="n">
         <x:v>3833</x:v>
       </x:c>
       <x:c r="AA36" s="3" t="n">
-        <x:v>3846</x:v>
+        <x:v>3845</x:v>
       </x:c>
       <x:c r="AB36" s="3" t="n">
-        <x:v>3782</x:v>
+        <x:v>3780</x:v>
       </x:c>
       <x:c r="AC36" s="3" t="n">
-        <x:v>3816</x:v>
+        <x:v>3813</x:v>
       </x:c>
       <x:c r="AD36" s="3" t="n">
-        <x:v>3896</x:v>
+        <x:v>3892</x:v>
       </x:c>
       <x:c r="AE36" s="3" t="n">
-        <x:v>3918</x:v>
+        <x:v>3913</x:v>
       </x:c>
       <x:c r="AF36" s="3" t="n">
-        <x:v>3993</x:v>
+        <x:v>3987</x:v>
       </x:c>
       <x:c r="AG36" s="3" t="n">
-        <x:v>4031</x:v>
+        <x:v>4024</x:v>
       </x:c>
       <x:c r="AH36" s="3" t="n">
-        <x:v>3978</x:v>
+        <x:v>3970</x:v>
       </x:c>
       <x:c r="AI36" s="3" t="n">
-        <x:v>3934</x:v>
+        <x:v>3925</x:v>
       </x:c>
       <x:c r="AJ36" s="3" t="n">
-        <x:v>4018</x:v>
+        <x:v>4008</x:v>
       </x:c>
       <x:c r="AK36" s="3" t="n">
-        <x:v>3991</x:v>
+        <x:v>3980</x:v>
       </x:c>
       <x:c r="AL36" s="3" t="n">
-        <x:v>3937</x:v>
+        <x:v>3925</x:v>
       </x:c>
       <x:c r="AM36" s="3" t="n">
-        <x:v>3956</x:v>
+        <x:v>3942</x:v>
       </x:c>
       <x:c r="AN36" s="3" t="n">
-        <x:v>4011</x:v>
+        <x:v>3996</x:v>
       </x:c>
       <x:c r="AO36" s="3" t="n">
-        <x:v>4024</x:v>
+        <x:v>4006</x:v>
       </x:c>
       <x:c r="AP36" s="3" t="n">
-        <x:v>4018</x:v>
+        <x:v>3999</x:v>
       </x:c>
       <x:c r="AQ36" s="3" t="n">
-        <x:v>4119</x:v>
+        <x:v>4097</x:v>
       </x:c>
       <x:c r="AR36" s="3" t="n">
-        <x:v>4089</x:v>
+        <x:v>4067</x:v>
       </x:c>
       <x:c r="AS36" s="3" t="n">
-        <x:v>4122</x:v>
+        <x:v>4098</x:v>
       </x:c>
       <x:c r="AT36" s="3" t="n">
-        <x:v>4231</x:v>
+        <x:v>4205</x:v>
       </x:c>
       <x:c r="AU36" s="3" t="n">
-        <x:v>4295</x:v>
+        <x:v>4267</x:v>
       </x:c>
       <x:c r="AV36" s="3" t="n">
-        <x:v>4375</x:v>
+        <x:v>4345</x:v>
       </x:c>
       <x:c r="AW36" s="3" t="n">
-        <x:v>4416</x:v>
+        <x:v>4384</x:v>
       </x:c>
       <x:c r="AX36" s="3" t="n">
-        <x:v>4565</x:v>
+        <x:v>4529</x:v>
       </x:c>
       <x:c r="AY36" s="3" t="n">
-        <x:v>4697</x:v>
+        <x:v>4658</x:v>
       </x:c>
       <x:c r="AZ36" s="3" t="n">
-        <x:v>4863</x:v>
+        <x:v>4821</x:v>
       </x:c>
       <x:c r="BA36" s="3" t="n">
-        <x:v>4890</x:v>
+        <x:v>4846</x:v>
       </x:c>
       <x:c r="BB36" s="3" t="n">
-        <x:v>5012</x:v>
+        <x:v>4965</x:v>
       </x:c>
       <x:c r="BC36" s="3" t="n">
-        <x:v>5087</x:v>
+        <x:v>5038</x:v>
       </x:c>
       <x:c r="BD36" s="3" t="n">
-        <x:v>5056</x:v>
+        <x:v>5006</x:v>
       </x:c>
       <x:c r="BE36" s="3" t="n">
-        <x:v>5155</x:v>
+        <x:v>5104</x:v>
       </x:c>
       <x:c r="BF36" s="3" t="n">
-        <x:v>5057</x:v>
+        <x:v>5007</x:v>
       </x:c>
       <x:c r="BG36" s="3" t="n">
-        <x:v>4955</x:v>
+        <x:v>4906</x:v>
       </x:c>
       <x:c r="BH36" s="3" t="n">
-        <x:v>5171</x:v>
+        <x:v>5120</x:v>
       </x:c>
       <x:c r="BI36" s="3" t="n">
-        <x:v>5275</x:v>
+        <x:v>5223</x:v>
       </x:c>
       <x:c r="BJ36" s="3" t="n">
-        <x:v>5311</x:v>
+        <x:v>5258</x:v>
       </x:c>
       <x:c r="BK36" s="3" t="n">
-        <x:v>5297</x:v>
+        <x:v>5245</x:v>
       </x:c>
       <x:c r="BL36" s="3" t="n">
-        <x:v>5352</x:v>
+        <x:v>5299</x:v>
       </x:c>
       <x:c r="BM36" s="3" t="n">
-        <x:v>5476</x:v>
+        <x:v>5422</x:v>
       </x:c>
       <x:c r="BN36" s="3" t="n">
-        <x:v>5548</x:v>
+        <x:v>5494</x:v>
       </x:c>
       <x:c r="BO36" s="3" t="n">
-        <x:v>5650</x:v>
+        <x:v>5594</x:v>
       </x:c>
       <x:c r="BP36" s="3" t="n">
-        <x:v>5696</x:v>
+        <x:v>5639</x:v>
       </x:c>
       <x:c r="BQ36" s="3" t="n">
-        <x:v>5900</x:v>
+        <x:v>5841</x:v>
       </x:c>
       <x:c r="BR36" s="3" t="n">
-        <x:v>5843</x:v>
+        <x:v>5784</x:v>
       </x:c>
       <x:c r="BS36" s="3" t="n">
-        <x:v>5951</x:v>
+        <x:v>5891</x:v>
       </x:c>
       <x:c r="BT36" s="3" t="n">
-        <x:v>5981</x:v>
+        <x:v>5920</x:v>
       </x:c>
       <x:c r="BU36" s="3" t="n">
-        <x:v>6027</x:v>
+        <x:v>5966</x:v>
       </x:c>
       <x:c r="BV36" s="3" t="n">
-        <x:v>6273</x:v>
+        <x:v>6209</x:v>
       </x:c>
       <x:c r="BW36" s="3" t="n">
-        <x:v>6229</x:v>
+        <x:v>6165</x:v>
       </x:c>
       <x:c r="BX36" s="3" t="n">
-        <x:v>6375</x:v>
+        <x:v>6310</x:v>
       </x:c>
       <x:c r="BY36" s="3" t="n">
-        <x:v>6561</x:v>
+        <x:v>6494</x:v>
       </x:c>
       <x:c r="BZ36" s="3" t="n">
-        <x:v>6665</x:v>
+        <x:v>6597</x:v>
       </x:c>
       <x:c r="CA36" s="3" t="n">
-        <x:v>6768</x:v>
+        <x:v>6699</x:v>
       </x:c>
       <x:c r="CB36" s="3" t="n">
-        <x:v>6824</x:v>
+        <x:v>6755</x:v>
       </x:c>
       <x:c r="CC36" s="3" t="n">
-        <x:v>6822</x:v>
+        <x:v>6753</x:v>
       </x:c>
       <x:c r="CD36" s="3" t="n">
+        <x:v>6902</x:v>
+      </x:c>
+      <x:c r="CE36" s="3" t="n">
         <x:v>6973</x:v>
       </x:c>
-      <x:c r="CE36" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="CF36" s="3" t="n">
-        <x:v>7099</x:v>
+        <x:v>7027</x:v>
       </x:c>
       <x:c r="CG36" s="3" t="n">
-        <x:v>7489</x:v>
+        <x:v>7414</x:v>
       </x:c>
       <x:c r="CH36" s="3" t="n">
-        <x:v>7479</x:v>
+        <x:v>7403</x:v>
       </x:c>
       <x:c r="CI36" s="3" t="n">
-        <x:v>7319</x:v>
+        <x:v>7245</x:v>
       </x:c>
       <x:c r="CJ36" s="3" t="n">
-        <x:v>7470</x:v>
+        <x:v>7394</x:v>
       </x:c>
       <x:c r="CK36" s="3" t="n">
-        <x:v>7586</x:v>
+        <x:v>7507</x:v>
       </x:c>
       <x:c r="CL36" s="3" t="n">
-        <x:v>7684</x:v>
+        <x:v>7603</x:v>
       </x:c>
       <x:c r="CM36" s="3" t="n">
-        <x:v>7788</x:v>
+        <x:v>7705</x:v>
       </x:c>
       <x:c r="CN36" s="3" t="n">
-        <x:v>7887</x:v>
+        <x:v>7802</x:v>
       </x:c>
       <x:c r="CO36" s="3" t="n">
-        <x:v>8033</x:v>
+        <x:v>7947</x:v>
       </x:c>
       <x:c r="CP36" s="3" t="n">
-        <x:v>8172</x:v>
+        <x:v>8085</x:v>
       </x:c>
       <x:c r="CQ36" s="3" t="n">
-        <x:v>8325</x:v>
+        <x:v>8236</x:v>
       </x:c>
       <x:c r="CR36" s="3" t="n">
-        <x:v>8405</x:v>
+        <x:v>8314</x:v>
       </x:c>
       <x:c r="CS36" s="3" t="n">
-        <x:v>8573</x:v>
+        <x:v>8480</x:v>
       </x:c>
       <x:c r="CT36" s="3" t="n">
-        <x:v>8732</x:v>
+        <x:v>8635</x:v>
       </x:c>
       <x:c r="CU36" s="3" t="n">
-        <x:v>8938</x:v>
+        <x:v>8839</x:v>
       </x:c>
       <x:c r="CV36" s="3" t="n">
-        <x:v>9125</x:v>
+        <x:v>9027</x:v>
       </x:c>
       <x:c r="CW36" s="3" t="n">
-        <x:v>9234</x:v>
+        <x:v>9139</x:v>
       </x:c>
       <x:c r="CX36" s="3" t="n">
-        <x:v>9294</x:v>
+        <x:v>9205</x:v>
       </x:c>
       <x:c r="CY36" s="3" t="n">
-        <x:v>5137</x:v>
+        <x:v>5091</x:v>
       </x:c>
       <x:c r="CZ36" s="3" t="n">
-        <x:v>7294</x:v>
+        <x:v>7232</x:v>
       </x:c>
       <x:c r="DA36" s="3" t="n">
-        <x:v>7235</x:v>
+        <x:v>7175</x:v>
       </x:c>
       <x:c r="DB36" s="3" t="n">
-        <x:v>6491</x:v>
+        <x:v>6452</x:v>
       </x:c>
       <x:c r="DC36" s="3" t="n">
-        <x:v>5835</x:v>
+        <x:v>5777</x:v>
       </x:c>
       <x:c r="DD36" s="3" t="n">
-        <x:v>8789</x:v>
+        <x:v>8699</x:v>
       </x:c>
       <x:c r="DE36" s="3" t="n">
-        <x:v>9762</x:v>
+        <x:v>9683</x:v>
       </x:c>
       <x:c r="DF36" s="3" t="n">
-        <x:v>9192</x:v>
+        <x:v>9144</x:v>
       </x:c>
       <x:c r="DG36" s="3" t="n">
-        <x:v>10134</x:v>
+        <x:v>10036</x:v>
       </x:c>
       <x:c r="DH36" s="3" t="n">
-        <x:v>10700</x:v>
+        <x:v>10570</x:v>
       </x:c>
       <x:c r="DI36" s="3" t="n">
-        <x:v>11072</x:v>
+        <x:v>10933</x:v>
       </x:c>
       <x:c r="DJ36" s="3" t="n">
-        <x:v>11031</x:v>
+        <x:v>10907</x:v>
       </x:c>
       <x:c r="DK36" s="3" t="n">
-        <x:v>11185</x:v>
+        <x:v>11032</x:v>
       </x:c>
       <x:c r="DL36" s="3" t="n">
-        <x:v>11355</x:v>
+        <x:v>11218</x:v>
       </x:c>
       <x:c r="DM36" s="3" t="n">
-        <x:v>11473</x:v>
+        <x:v>11341</x:v>
       </x:c>
       <x:c r="DN36" s="3" t="n">
-        <x:v>11761</x:v>
+        <x:v>11669</x:v>
       </x:c>
       <x:c r="DO36" s="3" t="n">
-        <x:v>11909</x:v>
+        <x:v>11802</x:v>
       </x:c>
       <x:c r="DP36" s="3" t="n">
-        <x:v>12091</x:v>
+        <x:v>11983</x:v>
       </x:c>
       <x:c r="DQ36" s="3" t="n">
-        <x:v>12326</x:v>
+        <x:v>12200</x:v>
       </x:c>
       <x:c r="DR36" s="3" t="n">
-        <x:v>12657</x:v>
+        <x:v>12500</x:v>
       </x:c>
       <x:c r="DS36" s="3" t="n">
-        <x:v>12983</x:v>
+        <x:v>12814</x:v>
+      </x:c>
+      <x:c r="DT36" s="3" t="n">
+        <x:v>12993</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:123">
+    <x:row r="37" spans="1:124">
       <x:c r="A37" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>4438</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>4522</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
         <x:v>4636</x:v>
       </x:c>
       <x:c r="E37" s="3" t="n">
         <x:v>4765</x:v>
       </x:c>
       <x:c r="F37" s="3" t="n">
         <x:v>4876</x:v>
       </x:c>
       <x:c r="G37" s="3" t="n">
         <x:v>4997</x:v>
       </x:c>
       <x:c r="H37" s="3" t="n">
         <x:v>5110</x:v>
       </x:c>
       <x:c r="I37" s="3" t="n">
         <x:v>5305</x:v>
       </x:c>
@@ -13323,733 +13435,739 @@
       <x:c r="M37" s="3" t="n">
         <x:v>5873</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>6308</x:v>
       </x:c>
       <x:c r="O37" s="3" t="n">
         <x:v>6561</x:v>
       </x:c>
       <x:c r="P37" s="3" t="n">
         <x:v>6794</x:v>
       </x:c>
       <x:c r="Q37" s="3" t="n">
         <x:v>6966</x:v>
       </x:c>
       <x:c r="R37" s="3" t="n">
         <x:v>6936</x:v>
       </x:c>
       <x:c r="S37" s="3" t="n">
         <x:v>7103</x:v>
       </x:c>
       <x:c r="T37" s="3" t="n">
         <x:v>7246</x:v>
       </x:c>
       <x:c r="U37" s="3" t="n">
-        <x:v>7427</x:v>
+        <x:v>7428</x:v>
       </x:c>
       <x:c r="V37" s="3" t="n">
         <x:v>8168</x:v>
       </x:c>
       <x:c r="W37" s="3" t="n">
         <x:v>8462</x:v>
       </x:c>
       <x:c r="X37" s="3" t="n">
         <x:v>8669</x:v>
       </x:c>
       <x:c r="Y37" s="3" t="n">
         <x:v>8885</x:v>
       </x:c>
       <x:c r="Z37" s="3" t="n">
-        <x:v>9278</x:v>
+        <x:v>9277</x:v>
       </x:c>
       <x:c r="AA37" s="3" t="n">
-        <x:v>9413</x:v>
+        <x:v>9411</x:v>
       </x:c>
       <x:c r="AB37" s="3" t="n">
-        <x:v>9626</x:v>
+        <x:v>9622</x:v>
       </x:c>
       <x:c r="AC37" s="3" t="n">
-        <x:v>9699</x:v>
+        <x:v>9695</x:v>
       </x:c>
       <x:c r="AD37" s="3" t="n">
-        <x:v>9392</x:v>
+        <x:v>9385</x:v>
       </x:c>
       <x:c r="AE37" s="3" t="n">
-        <x:v>9528</x:v>
+        <x:v>9520</x:v>
       </x:c>
       <x:c r="AF37" s="3" t="n">
-        <x:v>9693</x:v>
+        <x:v>9684</x:v>
       </x:c>
       <x:c r="AG37" s="3" t="n">
-        <x:v>9775</x:v>
+        <x:v>9764</x:v>
       </x:c>
       <x:c r="AH37" s="3" t="n">
-        <x:v>9031</x:v>
+        <x:v>9019</x:v>
       </x:c>
       <x:c r="AI37" s="3" t="n">
-        <x:v>9120</x:v>
+        <x:v>9107</x:v>
       </x:c>
       <x:c r="AJ37" s="3" t="n">
-        <x:v>9184</x:v>
+        <x:v>9169</x:v>
       </x:c>
       <x:c r="AK37" s="3" t="n">
-        <x:v>9197</x:v>
+        <x:v>9180</x:v>
       </x:c>
       <x:c r="AL37" s="3" t="n">
-        <x:v>9156</x:v>
+        <x:v>9137</x:v>
       </x:c>
       <x:c r="AM37" s="3" t="n">
-        <x:v>9379</x:v>
+        <x:v>9359</x:v>
       </x:c>
       <x:c r="AN37" s="3" t="n">
-        <x:v>9521</x:v>
+        <x:v>9499</x:v>
       </x:c>
       <x:c r="AO37" s="3" t="n">
-        <x:v>9722</x:v>
+        <x:v>9697</x:v>
       </x:c>
       <x:c r="AP37" s="3" t="n">
-        <x:v>9796</x:v>
+        <x:v>9770</x:v>
       </x:c>
       <x:c r="AQ37" s="3" t="n">
-        <x:v>10014</x:v>
+        <x:v>9985</x:v>
       </x:c>
       <x:c r="AR37" s="3" t="n">
-        <x:v>10088</x:v>
+        <x:v>10056</x:v>
       </x:c>
       <x:c r="AS37" s="3" t="n">
-        <x:v>10277</x:v>
+        <x:v>10241</x:v>
       </x:c>
       <x:c r="AT37" s="3" t="n">
-        <x:v>10407</x:v>
+        <x:v>10373</x:v>
       </x:c>
       <x:c r="AU37" s="3" t="n">
-        <x:v>10755</x:v>
+        <x:v>10719</x:v>
       </x:c>
       <x:c r="AV37" s="3" t="n">
-        <x:v>10912</x:v>
+        <x:v>10874</x:v>
       </x:c>
       <x:c r="AW37" s="3" t="n">
-        <x:v>11171</x:v>
+        <x:v>11132</x:v>
       </x:c>
       <x:c r="AX37" s="3" t="n">
-        <x:v>11588</x:v>
+        <x:v>11543</x:v>
       </x:c>
       <x:c r="AY37" s="3" t="n">
-        <x:v>11964</x:v>
+        <x:v>11917</x:v>
       </x:c>
       <x:c r="AZ37" s="3" t="n">
-        <x:v>12134</x:v>
+        <x:v>12084</x:v>
       </x:c>
       <x:c r="BA37" s="3" t="n">
-        <x:v>12592</x:v>
+        <x:v>12533</x:v>
       </x:c>
       <x:c r="BB37" s="3" t="n">
-        <x:v>12738</x:v>
+        <x:v>12670</x:v>
       </x:c>
       <x:c r="BC37" s="3" t="n">
-        <x:v>12860</x:v>
+        <x:v>12789</x:v>
       </x:c>
       <x:c r="BD37" s="3" t="n">
-        <x:v>13511</x:v>
+        <x:v>13437</x:v>
       </x:c>
       <x:c r="BE37" s="3" t="n">
-        <x:v>13757</x:v>
+        <x:v>13687</x:v>
       </x:c>
       <x:c r="BF37" s="3" t="n">
-        <x:v>13214</x:v>
+        <x:v>13147</x:v>
       </x:c>
       <x:c r="BG37" s="3" t="n">
-        <x:v>13483</x:v>
+        <x:v>13420</x:v>
       </x:c>
       <x:c r="BH37" s="3" t="n">
-        <x:v>13623</x:v>
+        <x:v>13560</x:v>
       </x:c>
       <x:c r="BI37" s="3" t="n">
-        <x:v>13705</x:v>
+        <x:v>13641</x:v>
       </x:c>
       <x:c r="BJ37" s="3" t="n">
-        <x:v>13506</x:v>
+        <x:v>13441</x:v>
       </x:c>
       <x:c r="BK37" s="3" t="n">
-        <x:v>13487</x:v>
+        <x:v>13420</x:v>
       </x:c>
       <x:c r="BL37" s="3" t="n">
-        <x:v>13970</x:v>
+        <x:v>13902</x:v>
       </x:c>
       <x:c r="BM37" s="3" t="n">
-        <x:v>14165</x:v>
+        <x:v>14097</x:v>
       </x:c>
       <x:c r="BN37" s="3" t="n">
-        <x:v>14502</x:v>
+        <x:v>14439</x:v>
       </x:c>
       <x:c r="BO37" s="3" t="n">
-        <x:v>14688</x:v>
+        <x:v>14628</x:v>
       </x:c>
       <x:c r="BP37" s="3" t="n">
-        <x:v>14610</x:v>
+        <x:v>14548</x:v>
       </x:c>
       <x:c r="BQ37" s="3" t="n">
-        <x:v>15120</x:v>
+        <x:v>15061</x:v>
       </x:c>
       <x:c r="BR37" s="3" t="n">
-        <x:v>15348</x:v>
+        <x:v>15288</x:v>
       </x:c>
       <x:c r="BS37" s="3" t="n">
-        <x:v>15998</x:v>
+        <x:v>15938</x:v>
       </x:c>
       <x:c r="BT37" s="3" t="n">
-        <x:v>15560</x:v>
+        <x:v>15501</x:v>
       </x:c>
       <x:c r="BU37" s="3" t="n">
-        <x:v>15742</x:v>
+        <x:v>15684</x:v>
       </x:c>
       <x:c r="BV37" s="3" t="n">
-        <x:v>15999</x:v>
+        <x:v>15943</x:v>
       </x:c>
       <x:c r="BW37" s="3" t="n">
-        <x:v>16144</x:v>
+        <x:v>16090</x:v>
       </x:c>
       <x:c r="BX37" s="3" t="n">
-        <x:v>16538</x:v>
+        <x:v>16486</x:v>
       </x:c>
       <x:c r="BY37" s="3" t="n">
-        <x:v>16680</x:v>
+        <x:v>16628</x:v>
       </x:c>
       <x:c r="BZ37" s="3" t="n">
-        <x:v>17093</x:v>
+        <x:v>17039</x:v>
       </x:c>
       <x:c r="CA37" s="3" t="n">
-        <x:v>17050</x:v>
+        <x:v>16995</x:v>
       </x:c>
       <x:c r="CB37" s="3" t="n">
-        <x:v>17214</x:v>
+        <x:v>17162</x:v>
       </x:c>
       <x:c r="CC37" s="3" t="n">
-        <x:v>17476</x:v>
+        <x:v>17422</x:v>
       </x:c>
       <x:c r="CD37" s="3" t="n">
-        <x:v>17843</x:v>
+        <x:v>17791</x:v>
       </x:c>
       <x:c r="CE37" s="3" t="n">
-        <x:v>17738</x:v>
+        <x:v>17694</x:v>
       </x:c>
       <x:c r="CF37" s="3" t="n">
-        <x:v>18047</x:v>
+        <x:v>18003</x:v>
       </x:c>
       <x:c r="CG37" s="3" t="n">
-        <x:v>18295</x:v>
+        <x:v>18248</x:v>
       </x:c>
       <x:c r="CH37" s="3" t="n">
-        <x:v>17949</x:v>
+        <x:v>17911</x:v>
       </x:c>
       <x:c r="CI37" s="3" t="n">
-        <x:v>18478</x:v>
+        <x:v>18430</x:v>
       </x:c>
       <x:c r="CJ37" s="3" t="n">
-        <x:v>18263</x:v>
+        <x:v>18221</x:v>
       </x:c>
       <x:c r="CK37" s="3" t="n">
-        <x:v>18420</x:v>
+        <x:v>18380</x:v>
       </x:c>
       <x:c r="CL37" s="3" t="n">
-        <x:v>18705</x:v>
+        <x:v>18664</x:v>
       </x:c>
       <x:c r="CM37" s="3" t="n">
-        <x:v>18908</x:v>
+        <x:v>18871</x:v>
       </x:c>
       <x:c r="CN37" s="3" t="n">
-        <x:v>19277</x:v>
+        <x:v>19235</x:v>
       </x:c>
       <x:c r="CO37" s="3" t="n">
-        <x:v>19471</x:v>
+        <x:v>19433</x:v>
       </x:c>
       <x:c r="CP37" s="3" t="n">
-        <x:v>19785</x:v>
+        <x:v>19755</x:v>
       </x:c>
       <x:c r="CQ37" s="3" t="n">
-        <x:v>20205</x:v>
+        <x:v>20175</x:v>
       </x:c>
       <x:c r="CR37" s="3" t="n">
-        <x:v>20220</x:v>
+        <x:v>20201</x:v>
       </x:c>
       <x:c r="CS37" s="3" t="n">
-        <x:v>20449</x:v>
+        <x:v>20433</x:v>
       </x:c>
       <x:c r="CT37" s="3" t="n">
-        <x:v>21068</x:v>
+        <x:v>21048</x:v>
       </x:c>
       <x:c r="CU37" s="3" t="n">
-        <x:v>21368</x:v>
+        <x:v>21347</x:v>
       </x:c>
       <x:c r="CV37" s="3" t="n">
-        <x:v>21996</x:v>
+        <x:v>21972</x:v>
       </x:c>
       <x:c r="CW37" s="3" t="n">
-        <x:v>22586</x:v>
+        <x:v>22556</x:v>
       </x:c>
       <x:c r="CX37" s="3" t="n">
-        <x:v>21868</x:v>
+        <x:v>21847</x:v>
       </x:c>
       <x:c r="CY37" s="3" t="n">
-        <x:v>21534</x:v>
+        <x:v>21510</x:v>
       </x:c>
       <x:c r="CZ37" s="3" t="n">
-        <x:v>21725</x:v>
+        <x:v>21695</x:v>
       </x:c>
       <x:c r="DA37" s="3" t="n">
-        <x:v>23029</x:v>
+        <x:v>22989</x:v>
       </x:c>
       <x:c r="DB37" s="3" t="n">
-        <x:v>23295</x:v>
+        <x:v>23271</x:v>
       </x:c>
       <x:c r="DC37" s="3" t="n">
-        <x:v>24013</x:v>
+        <x:v>24025</x:v>
       </x:c>
       <x:c r="DD37" s="3" t="n">
-        <x:v>24762</x:v>
+        <x:v>24719</x:v>
       </x:c>
       <x:c r="DE37" s="3" t="n">
-        <x:v>25366</x:v>
+        <x:v>25372</x:v>
       </x:c>
       <x:c r="DF37" s="3" t="n">
-        <x:v>25891</x:v>
+        <x:v>26009</x:v>
       </x:c>
       <x:c r="DG37" s="3" t="n">
-        <x:v>26837</x:v>
+        <x:v>27000</x:v>
       </x:c>
       <x:c r="DH37" s="3" t="n">
-        <x:v>27661</x:v>
+        <x:v>27702</x:v>
       </x:c>
       <x:c r="DI37" s="3" t="n">
-        <x:v>28454</x:v>
+        <x:v>28312</x:v>
       </x:c>
       <x:c r="DJ37" s="3" t="n">
-        <x:v>29448</x:v>
+        <x:v>29364</x:v>
       </x:c>
       <x:c r="DK37" s="3" t="n">
-        <x:v>29704</x:v>
+        <x:v>29423</x:v>
       </x:c>
       <x:c r="DL37" s="3" t="n">
-        <x:v>30221</x:v>
+        <x:v>29913</x:v>
       </x:c>
       <x:c r="DM37" s="3" t="n">
-        <x:v>31336</x:v>
+        <x:v>30995</x:v>
       </x:c>
       <x:c r="DN37" s="3" t="n">
-        <x:v>31234</x:v>
+        <x:v>31116</x:v>
       </x:c>
       <x:c r="DO37" s="3" t="n">
-        <x:v>31850</x:v>
+        <x:v>31607</x:v>
       </x:c>
       <x:c r="DP37" s="3" t="n">
-        <x:v>31921</x:v>
+        <x:v>31766</x:v>
       </x:c>
       <x:c r="DQ37" s="3" t="n">
-        <x:v>32291</x:v>
+        <x:v>32078</x:v>
       </x:c>
       <x:c r="DR37" s="3" t="n">
-        <x:v>32531</x:v>
+        <x:v>32336</x:v>
       </x:c>
       <x:c r="DS37" s="3" t="n">
-        <x:v>33065</x:v>
+        <x:v>32835</x:v>
+      </x:c>
+      <x:c r="DT37" s="3" t="n">
+        <x:v>32820</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:123">
+    <x:row r="38" spans="1:124">
       <x:c r="A38" s="2" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>4059</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
         <x:v>4040</x:v>
       </x:c>
       <x:c r="D38" s="3" t="n">
         <x:v>4115</x:v>
       </x:c>
       <x:c r="E38" s="3" t="n">
         <x:v>4154</x:v>
       </x:c>
       <x:c r="F38" s="3" t="n">
         <x:v>4152</x:v>
       </x:c>
       <x:c r="G38" s="3" t="n">
         <x:v>4211</x:v>
       </x:c>
       <x:c r="H38" s="3" t="n">
         <x:v>4211</x:v>
       </x:c>
       <x:c r="I38" s="3" t="n">
         <x:v>4250</x:v>
       </x:c>
       <x:c r="J38" s="3" t="n">
         <x:v>4268</x:v>
       </x:c>
       <x:c r="K38" s="3" t="n">
         <x:v>4261</x:v>
       </x:c>
       <x:c r="L38" s="3" t="n">
         <x:v>4234</x:v>
       </x:c>
       <x:c r="M38" s="3" t="n">
         <x:v>4291</x:v>
       </x:c>
       <x:c r="N38" s="3" t="n">
-        <x:v>4221</x:v>
+        <x:v>4222</x:v>
       </x:c>
       <x:c r="O38" s="3" t="n">
         <x:v>4312</x:v>
       </x:c>
       <x:c r="P38" s="3" t="n">
         <x:v>4418</x:v>
       </x:c>
       <x:c r="Q38" s="3" t="n">
         <x:v>4469</x:v>
       </x:c>
       <x:c r="R38" s="3" t="n">
         <x:v>4594</x:v>
       </x:c>
       <x:c r="S38" s="3" t="n">
         <x:v>4698</x:v>
       </x:c>
       <x:c r="T38" s="3" t="n">
         <x:v>4813</x:v>
       </x:c>
       <x:c r="U38" s="3" t="n">
         <x:v>4915</x:v>
       </x:c>
       <x:c r="V38" s="3" t="n">
-        <x:v>5118</x:v>
+        <x:v>5119</x:v>
       </x:c>
       <x:c r="W38" s="3" t="n">
         <x:v>5206</x:v>
       </x:c>
       <x:c r="X38" s="3" t="n">
         <x:v>5223</x:v>
       </x:c>
       <x:c r="Y38" s="3" t="n">
-        <x:v>5259</x:v>
+        <x:v>5258</x:v>
       </x:c>
       <x:c r="Z38" s="3" t="n">
-        <x:v>5469</x:v>
+        <x:v>5466</x:v>
       </x:c>
       <x:c r="AA38" s="3" t="n">
-        <x:v>5442</x:v>
+        <x:v>5438</x:v>
       </x:c>
       <x:c r="AB38" s="3" t="n">
-        <x:v>5653</x:v>
+        <x:v>5647</x:v>
       </x:c>
       <x:c r="AC38" s="3" t="n">
-        <x:v>5764</x:v>
+        <x:v>5756</x:v>
       </x:c>
       <x:c r="AD38" s="3" t="n">
-        <x:v>5738</x:v>
+        <x:v>5727</x:v>
       </x:c>
       <x:c r="AE38" s="3" t="n">
-        <x:v>5779</x:v>
+        <x:v>5765</x:v>
       </x:c>
       <x:c r="AF38" s="3" t="n">
-        <x:v>5920</x:v>
+        <x:v>5904</x:v>
       </x:c>
       <x:c r="AG38" s="3" t="n">
-        <x:v>6003</x:v>
+        <x:v>5984</x:v>
       </x:c>
       <x:c r="AH38" s="3" t="n">
-        <x:v>6013</x:v>
+        <x:v>5992</x:v>
       </x:c>
       <x:c r="AI38" s="3" t="n">
-        <x:v>6030</x:v>
+        <x:v>6007</x:v>
       </x:c>
       <x:c r="AJ38" s="3" t="n">
-        <x:v>6020</x:v>
+        <x:v>5993</x:v>
       </x:c>
       <x:c r="AK38" s="3" t="n">
-        <x:v>6076</x:v>
+        <x:v>6046</x:v>
       </x:c>
       <x:c r="AL38" s="3" t="n">
-        <x:v>6460</x:v>
+        <x:v>6424</x:v>
       </x:c>
       <x:c r="AM38" s="3" t="n">
-        <x:v>6474</x:v>
+        <x:v>6434</x:v>
       </x:c>
       <x:c r="AN38" s="3" t="n">
-        <x:v>6431</x:v>
+        <x:v>6388</x:v>
       </x:c>
       <x:c r="AO38" s="3" t="n">
-        <x:v>6555</x:v>
+        <x:v>6506</x:v>
       </x:c>
       <x:c r="AP38" s="3" t="n">
-        <x:v>6658</x:v>
+        <x:v>6603</x:v>
       </x:c>
       <x:c r="AQ38" s="3" t="n">
-        <x:v>6787</x:v>
+        <x:v>6727</x:v>
       </x:c>
       <x:c r="AR38" s="3" t="n">
-        <x:v>6994</x:v>
+        <x:v>6927</x:v>
       </x:c>
       <x:c r="AS38" s="3" t="n">
-        <x:v>7134</x:v>
+        <x:v>7061</x:v>
       </x:c>
       <x:c r="AT38" s="3" t="n">
-        <x:v>7136</x:v>
+        <x:v>7058</x:v>
       </x:c>
       <x:c r="AU38" s="3" t="n">
-        <x:v>7347</x:v>
+        <x:v>7263</x:v>
       </x:c>
       <x:c r="AV38" s="3" t="n">
-        <x:v>7571</x:v>
+        <x:v>7482</x:v>
       </x:c>
       <x:c r="AW38" s="3" t="n">
-        <x:v>7768</x:v>
+        <x:v>7674</x:v>
       </x:c>
       <x:c r="AX38" s="3" t="n">
-        <x:v>8248</x:v>
+        <x:v>8146</x:v>
       </x:c>
       <x:c r="AY38" s="3" t="n">
-        <x:v>8282</x:v>
+        <x:v>8176</x:v>
       </x:c>
       <x:c r="AZ38" s="3" t="n">
-        <x:v>8520</x:v>
+        <x:v>8407</x:v>
       </x:c>
       <x:c r="BA38" s="3" t="n">
-        <x:v>8582</x:v>
+        <x:v>8462</x:v>
       </x:c>
       <x:c r="BB38" s="3" t="n">
-        <x:v>8983</x:v>
+        <x:v>8851</x:v>
       </x:c>
       <x:c r="BC38" s="3" t="n">
-        <x:v>9302</x:v>
+        <x:v>9159</x:v>
       </x:c>
       <x:c r="BD38" s="3" t="n">
-        <x:v>9371</x:v>
+        <x:v>9224</x:v>
       </x:c>
       <x:c r="BE38" s="3" t="n">
-        <x:v>9680</x:v>
+        <x:v>9527</x:v>
       </x:c>
       <x:c r="BF38" s="3" t="n">
-        <x:v>9628</x:v>
+        <x:v>9477</x:v>
       </x:c>
       <x:c r="BG38" s="3" t="n">
-        <x:v>9784</x:v>
+        <x:v>9632</x:v>
       </x:c>
       <x:c r="BH38" s="3" t="n">
-        <x:v>9844</x:v>
+        <x:v>9690</x:v>
       </x:c>
       <x:c r="BI38" s="3" t="n">
-        <x:v>9898</x:v>
+        <x:v>9743</x:v>
       </x:c>
       <x:c r="BJ38" s="3" t="n">
-        <x:v>9668</x:v>
+        <x:v>9515</x:v>
       </x:c>
       <x:c r="BK38" s="3" t="n">
-        <x:v>9679</x:v>
+        <x:v>9525</x:v>
       </x:c>
       <x:c r="BL38" s="3" t="n">
-        <x:v>10078</x:v>
+        <x:v>9917</x:v>
       </x:c>
       <x:c r="BM38" s="3" t="n">
-        <x:v>10138</x:v>
+        <x:v>9975</x:v>
       </x:c>
       <x:c r="BN38" s="3" t="n">
-        <x:v>10229</x:v>
+        <x:v>10063</x:v>
       </x:c>
       <x:c r="BO38" s="3" t="n">
-        <x:v>9885</x:v>
+        <x:v>9723</x:v>
       </x:c>
       <x:c r="BP38" s="3" t="n">
-        <x:v>10079</x:v>
+        <x:v>9914</x:v>
       </x:c>
       <x:c r="BQ38" s="3" t="n">
-        <x:v>10223</x:v>
+        <x:v>10056</x:v>
       </x:c>
       <x:c r="BR38" s="3" t="n">
-        <x:v>10406</x:v>
+        <x:v>10237</x:v>
       </x:c>
       <x:c r="BS38" s="3" t="n">
-        <x:v>10752</x:v>
+        <x:v>10577</x:v>
       </x:c>
       <x:c r="BT38" s="3" t="n">
-        <x:v>10360</x:v>
+        <x:v>10191</x:v>
       </x:c>
       <x:c r="BU38" s="3" t="n">
-        <x:v>10708</x:v>
+        <x:v>10532</x:v>
       </x:c>
       <x:c r="BV38" s="3" t="n">
-        <x:v>10771</x:v>
+        <x:v>10592</x:v>
       </x:c>
       <x:c r="BW38" s="3" t="n">
-        <x:v>10842</x:v>
+        <x:v>10661</x:v>
       </x:c>
       <x:c r="BX38" s="3" t="n">
-        <x:v>10891</x:v>
+        <x:v>10709</x:v>
       </x:c>
       <x:c r="BY38" s="3" t="n">
-        <x:v>10901</x:v>
+        <x:v>10719</x:v>
       </x:c>
       <x:c r="BZ38" s="3" t="n">
-        <x:v>11195</x:v>
+        <x:v>11009</x:v>
       </x:c>
       <x:c r="CA38" s="3" t="n">
-        <x:v>11367</x:v>
+        <x:v>11179</x:v>
       </x:c>
       <x:c r="CB38" s="3" t="n">
-        <x:v>11279</x:v>
+        <x:v>11094</x:v>
       </x:c>
       <x:c r="CC38" s="3" t="n">
-        <x:v>11522</x:v>
+        <x:v>11332</x:v>
       </x:c>
       <x:c r="CD38" s="3" t="n">
-        <x:v>12041</x:v>
+        <x:v>11843</x:v>
       </x:c>
       <x:c r="CE38" s="3" t="n">
-        <x:v>11311</x:v>
+        <x:v>11125</x:v>
       </x:c>
       <x:c r="CF38" s="3" t="n">
-        <x:v>11297</x:v>
+        <x:v>11112</x:v>
       </x:c>
       <x:c r="CG38" s="3" t="n">
-        <x:v>11665</x:v>
+        <x:v>11474</x:v>
       </x:c>
       <x:c r="CH38" s="3" t="n">
+        <x:v>11521</x:v>
+      </x:c>
+      <x:c r="CI38" s="3" t="n">
+        <x:v>11523</x:v>
+      </x:c>
+      <x:c r="CJ38" s="3" t="n">
+        <x:v>11560</x:v>
+      </x:c>
+      <x:c r="CK38" s="3" t="n">
+        <x:v>12085</x:v>
+      </x:c>
+      <x:c r="CL38" s="3" t="n">
+        <x:v>11365</x:v>
+      </x:c>
+      <x:c r="CM38" s="3" t="n">
+        <x:v>11762</x:v>
+      </x:c>
+      <x:c r="CN38" s="3" t="n">
         <x:v>11711</x:v>
       </x:c>
-      <x:c r="CI38" s="3" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="CO38" s="3" t="n">
-        <x:v>12092</x:v>
+        <x:v>11895</x:v>
       </x:c>
       <x:c r="CP38" s="3" t="n">
-        <x:v>12175</x:v>
+        <x:v>11976</x:v>
       </x:c>
       <x:c r="CQ38" s="3" t="n">
-        <x:v>12256</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="CR38" s="3" t="n">
-        <x:v>12256</x:v>
+        <x:v>12063</x:v>
       </x:c>
       <x:c r="CS38" s="3" t="n">
-        <x:v>12469</x:v>
+        <x:v>12280</x:v>
       </x:c>
       <x:c r="CT38" s="3" t="n">
-        <x:v>12561</x:v>
+        <x:v>12381</x:v>
       </x:c>
       <x:c r="CU38" s="3" t="n">
-        <x:v>12549</x:v>
+        <x:v>12372</x:v>
       </x:c>
       <x:c r="CV38" s="3" t="n">
-        <x:v>12796</x:v>
+        <x:v>12613</x:v>
       </x:c>
       <x:c r="CW38" s="3" t="n">
-        <x:v>12704</x:v>
+        <x:v>12513</x:v>
       </x:c>
       <x:c r="CX38" s="3" t="n">
-        <x:v>12966</x:v>
+        <x:v>12755</x:v>
       </x:c>
       <x:c r="CY38" s="3" t="n">
-        <x:v>13271</x:v>
+        <x:v>13052</x:v>
       </x:c>
       <x:c r="CZ38" s="3" t="n">
-        <x:v>13132</x:v>
+        <x:v>12926</x:v>
       </x:c>
       <x:c r="DA38" s="3" t="n">
-        <x:v>13385</x:v>
+        <x:v>13196</x:v>
       </x:c>
       <x:c r="DB38" s="3" t="n">
-        <x:v>13820</x:v>
+        <x:v>13676</x:v>
       </x:c>
       <x:c r="DC38" s="3" t="n">
-        <x:v>14255</x:v>
+        <x:v>14145</x:v>
       </x:c>
       <x:c r="DD38" s="3" t="n">
-        <x:v>13959</x:v>
+        <x:v>13846</x:v>
       </x:c>
       <x:c r="DE38" s="3" t="n">
-        <x:v>14280</x:v>
+        <x:v>14129</x:v>
       </x:c>
       <x:c r="DF38" s="3" t="n">
-        <x:v>14726</x:v>
+        <x:v>14742</x:v>
       </x:c>
       <x:c r="DG38" s="3" t="n">
-        <x:v>15115</x:v>
+        <x:v>14991</x:v>
       </x:c>
       <x:c r="DH38" s="3" t="n">
-        <x:v>15199</x:v>
+        <x:v>14995</x:v>
       </x:c>
       <x:c r="DI38" s="3" t="n">
-        <x:v>15237</x:v>
+        <x:v>14894</x:v>
       </x:c>
       <x:c r="DJ38" s="3" t="n">
-        <x:v>16307</x:v>
+        <x:v>15964</x:v>
       </x:c>
       <x:c r="DK38" s="3" t="n">
-        <x:v>16050</x:v>
+        <x:v>15564</x:v>
       </x:c>
       <x:c r="DL38" s="3" t="n">
-        <x:v>16618</x:v>
+        <x:v>16226</x:v>
       </x:c>
       <x:c r="DM38" s="3" t="n">
-        <x:v>17108</x:v>
+        <x:v>16625</x:v>
       </x:c>
       <x:c r="DN38" s="3" t="n">
-        <x:v>16788</x:v>
+        <x:v>16583</x:v>
       </x:c>
       <x:c r="DO38" s="3" t="n">
-        <x:v>17789</x:v>
+        <x:v>17458</x:v>
       </x:c>
       <x:c r="DP38" s="3" t="n">
-        <x:v>17617</x:v>
+        <x:v>17502</x:v>
       </x:c>
       <x:c r="DQ38" s="3" t="n">
-        <x:v>17942</x:v>
+        <x:v>17730</x:v>
       </x:c>
       <x:c r="DR38" s="3" t="n">
-        <x:v>18319</x:v>
+        <x:v>18070</x:v>
       </x:c>
       <x:c r="DS38" s="3" t="n">
-        <x:v>18525</x:v>
+        <x:v>18152</x:v>
+      </x:c>
+      <x:c r="DT38" s="3" t="n">
+        <x:v>18202</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:123">
+    <x:row r="39" spans="1:124">
       <x:c r="A39" s="2" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>509</x:v>
       </x:c>
       <x:c r="D39" s="3" t="n">
         <x:v>531</x:v>
       </x:c>
       <x:c r="E39" s="3" t="n">
         <x:v>550</x:v>
       </x:c>
       <x:c r="F39" s="3" t="n">
         <x:v>563</x:v>
       </x:c>
       <x:c r="G39" s="3" t="n">
         <x:v>591</x:v>
       </x:c>
       <x:c r="H39" s="3" t="n">
         <x:v>613</x:v>
       </x:c>
       <x:c r="I39" s="3" t="n">
         <x:v>648</x:v>
       </x:c>
@@ -14086,341 +14204,344 @@
       <x:c r="T39" s="3" t="n">
         <x:v>1116</x:v>
       </x:c>
       <x:c r="U39" s="3" t="n">
         <x:v>1152</x:v>
       </x:c>
       <x:c r="V39" s="3" t="n">
         <x:v>1234</x:v>
       </x:c>
       <x:c r="W39" s="3" t="n">
         <x:v>1287</x:v>
       </x:c>
       <x:c r="X39" s="3" t="n">
         <x:v>1332</x:v>
       </x:c>
       <x:c r="Y39" s="3" t="n">
         <x:v>1385</x:v>
       </x:c>
       <x:c r="Z39" s="3" t="n">
         <x:v>1376</x:v>
       </x:c>
       <x:c r="AA39" s="3" t="n">
         <x:v>1413</x:v>
       </x:c>
       <x:c r="AB39" s="3" t="n">
-        <x:v>1449</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="AC39" s="3" t="n">
-        <x:v>1478</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="AD39" s="3" t="n">
-        <x:v>1483</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="AE39" s="3" t="n">
-        <x:v>1491</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="AF39" s="3" t="n">
-        <x:v>1524</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="AG39" s="3" t="n">
-        <x:v>1544</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="AH39" s="3" t="n">
-        <x:v>1533</x:v>
+        <x:v>1528</x:v>
       </x:c>
       <x:c r="AI39" s="3" t="n">
-        <x:v>1547</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="AJ39" s="3" t="n">
-        <x:v>1568</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="AK39" s="3" t="n">
-        <x:v>1583</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="AL39" s="3" t="n">
-        <x:v>1619</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="AM39" s="3" t="n">
-        <x:v>1684</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="AN39" s="3" t="n">
-        <x:v>1713</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="AO39" s="3" t="n">
-        <x:v>1762</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="AP39" s="3" t="n">
-        <x:v>1816</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="AQ39" s="3" t="n">
-        <x:v>1835</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="AR39" s="3" t="n">
-        <x:v>1878</x:v>
+        <x:v>1860</x:v>
       </x:c>
       <x:c r="AS39" s="3" t="n">
-        <x:v>1920</x:v>
+        <x:v>1899</x:v>
       </x:c>
       <x:c r="AT39" s="3" t="n">
-        <x:v>1993</x:v>
+        <x:v>1969</x:v>
       </x:c>
       <x:c r="AU39" s="3" t="n">
-        <x:v>2073</x:v>
+        <x:v>2048</x:v>
       </x:c>
       <x:c r="AV39" s="3" t="n">
-        <x:v>2142</x:v>
+        <x:v>2114</x:v>
       </x:c>
       <x:c r="AW39" s="3" t="n">
-        <x:v>2208</x:v>
+        <x:v>2178</x:v>
       </x:c>
       <x:c r="AX39" s="3" t="n">
-        <x:v>2407</x:v>
+        <x:v>2373</x:v>
       </x:c>
       <x:c r="AY39" s="3" t="n">
-        <x:v>2515</x:v>
+        <x:v>2478</x:v>
       </x:c>
       <x:c r="AZ39" s="3" t="n">
-        <x:v>2595</x:v>
+        <x:v>2556</x:v>
       </x:c>
       <x:c r="BA39" s="3" t="n">
-        <x:v>2679</x:v>
+        <x:v>2638</x:v>
       </x:c>
       <x:c r="BB39" s="3" t="n">
-        <x:v>2793</x:v>
+        <x:v>2750</x:v>
       </x:c>
       <x:c r="BC39" s="3" t="n">
-        <x:v>2874</x:v>
+        <x:v>2829</x:v>
       </x:c>
       <x:c r="BD39" s="3" t="n">
-        <x:v>2927</x:v>
+        <x:v>2881</x:v>
       </x:c>
       <x:c r="BE39" s="3" t="n">
-        <x:v>3073</x:v>
+        <x:v>3025</x:v>
       </x:c>
       <x:c r="BF39" s="3" t="n">
-        <x:v>2826</x:v>
+        <x:v>2782</x:v>
       </x:c>
       <x:c r="BG39" s="3" t="n">
-        <x:v>2846</x:v>
+        <x:v>2802</x:v>
       </x:c>
       <x:c r="BH39" s="3" t="n">
-        <x:v>2912</x:v>
+        <x:v>2868</x:v>
       </x:c>
       <x:c r="BI39" s="3" t="n">
-        <x:v>3031</x:v>
+        <x:v>2984</x:v>
       </x:c>
       <x:c r="BJ39" s="3" t="n">
-        <x:v>2908</x:v>
+        <x:v>2862</x:v>
       </x:c>
       <x:c r="BK39" s="3" t="n">
-        <x:v>2930</x:v>
+        <x:v>2883</x:v>
       </x:c>
       <x:c r="BL39" s="3" t="n">
-        <x:v>3036</x:v>
+        <x:v>2986</x:v>
       </x:c>
       <x:c r="BM39" s="3" t="n">
-        <x:v>3128</x:v>
+        <x:v>3077</x:v>
       </x:c>
       <x:c r="BN39" s="3" t="n">
-        <x:v>3203</x:v>
+        <x:v>3151</x:v>
       </x:c>
       <x:c r="BO39" s="3" t="n">
-        <x:v>3257</x:v>
+        <x:v>3204</x:v>
       </x:c>
       <x:c r="BP39" s="3" t="n">
-        <x:v>3350</x:v>
+        <x:v>3296</x:v>
       </x:c>
       <x:c r="BQ39" s="3" t="n">
-        <x:v>3299</x:v>
+        <x:v>3247</x:v>
       </x:c>
       <x:c r="BR39" s="3" t="n">
-        <x:v>3717</x:v>
+        <x:v>3660</x:v>
       </x:c>
       <x:c r="BS39" s="3" t="n">
-        <x:v>3583</x:v>
+        <x:v>3528</x:v>
       </x:c>
       <x:c r="BT39" s="3" t="n">
-        <x:v>3670</x:v>
+        <x:v>3614</x:v>
       </x:c>
       <x:c r="BU39" s="3" t="n">
-        <x:v>3750</x:v>
+        <x:v>3692</x:v>
       </x:c>
       <x:c r="BV39" s="3" t="n">
-        <x:v>3669</x:v>
+        <x:v>3612</x:v>
       </x:c>
       <x:c r="BW39" s="3" t="n">
-        <x:v>3792</x:v>
+        <x:v>3732</x:v>
       </x:c>
       <x:c r="BX39" s="3" t="n">
-        <x:v>3868</x:v>
+        <x:v>3807</x:v>
       </x:c>
       <x:c r="BY39" s="3" t="n">
-        <x:v>3837</x:v>
+        <x:v>3777</x:v>
       </x:c>
       <x:c r="BZ39" s="3" t="n">
-        <x:v>3949</x:v>
+        <x:v>3888</x:v>
       </x:c>
       <x:c r="CA39" s="3" t="n">
-        <x:v>3954</x:v>
+        <x:v>3894</x:v>
       </x:c>
       <x:c r="CB39" s="3" t="n">
-        <x:v>3921</x:v>
+        <x:v>3862</x:v>
       </x:c>
       <x:c r="CC39" s="3" t="n">
-        <x:v>4050</x:v>
+        <x:v>3989</x:v>
       </x:c>
       <x:c r="CD39" s="3" t="n">
-        <x:v>4406</x:v>
+        <x:v>4339</x:v>
       </x:c>
       <x:c r="CE39" s="3" t="n">
-        <x:v>3766</x:v>
+        <x:v>3708</x:v>
       </x:c>
       <x:c r="CF39" s="3" t="n">
+        <x:v>4252</x:v>
+      </x:c>
+      <x:c r="CG39" s="3" t="n">
         <x:v>4319</x:v>
       </x:c>
-      <x:c r="CG39" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="CH39" s="3" t="n">
-        <x:v>4357</x:v>
+        <x:v>4287</x:v>
       </x:c>
       <x:c r="CI39" s="3" t="n">
-        <x:v>4372</x:v>
+        <x:v>4303</x:v>
       </x:c>
       <x:c r="CJ39" s="3" t="n">
-        <x:v>4405</x:v>
+        <x:v>4336</x:v>
       </x:c>
       <x:c r="CK39" s="3" t="n">
-        <x:v>4469</x:v>
+        <x:v>4401</x:v>
       </x:c>
       <x:c r="CL39" s="3" t="n">
-        <x:v>4564</x:v>
+        <x:v>4497</x:v>
       </x:c>
       <x:c r="CM39" s="3" t="n">
-        <x:v>4682</x:v>
+        <x:v>4616</x:v>
       </x:c>
       <x:c r="CN39" s="3" t="n">
-        <x:v>4649</x:v>
+        <x:v>4583</x:v>
       </x:c>
       <x:c r="CO39" s="3" t="n">
-        <x:v>4607</x:v>
+        <x:v>4541</x:v>
       </x:c>
       <x:c r="CP39" s="3" t="n">
-        <x:v>4815</x:v>
+        <x:v>4744</x:v>
       </x:c>
       <x:c r="CQ39" s="3" t="n">
+        <x:v>4847</x:v>
+      </x:c>
+      <x:c r="CR39" s="3" t="n">
+        <x:v>4774</x:v>
+      </x:c>
+      <x:c r="CS39" s="3" t="n">
+        <x:v>4770</x:v>
+      </x:c>
+      <x:c r="CT39" s="3" t="n">
+        <x:v>4816</x:v>
+      </x:c>
+      <x:c r="CU39" s="3" t="n">
+        <x:v>4734</x:v>
+      </x:c>
+      <x:c r="CV39" s="3" t="n">
         <x:v>4922</x:v>
       </x:c>
-      <x:c r="CR39" s="3" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="CW39" s="3" t="n">
-        <x:v>5160</x:v>
+        <x:v>5082</x:v>
       </x:c>
       <x:c r="CX39" s="3" t="n">
-        <x:v>5422</x:v>
+        <x:v>5339</x:v>
       </x:c>
       <x:c r="CY39" s="3" t="n">
-        <x:v>4926</x:v>
+        <x:v>4850</x:v>
       </x:c>
       <x:c r="CZ39" s="3" t="n">
-        <x:v>5428</x:v>
+        <x:v>5346</x:v>
       </x:c>
       <x:c r="DA39" s="3" t="n">
-        <x:v>5407</x:v>
+        <x:v>5326</x:v>
       </x:c>
       <x:c r="DB39" s="3" t="n">
-        <x:v>5680</x:v>
+        <x:v>5608</x:v>
       </x:c>
       <x:c r="DC39" s="3" t="n">
-        <x:v>5652</x:v>
+        <x:v>5623</x:v>
       </x:c>
       <x:c r="DD39" s="3" t="n">
-        <x:v>5888</x:v>
+        <x:v>5770</x:v>
       </x:c>
       <x:c r="DE39" s="3" t="n">
-        <x:v>5902</x:v>
+        <x:v>5772</x:v>
       </x:c>
       <x:c r="DF39" s="3" t="n">
-        <x:v>6188</x:v>
+        <x:v>6118</x:v>
       </x:c>
       <x:c r="DG39" s="3" t="n">
-        <x:v>6334</x:v>
+        <x:v>6329</x:v>
       </x:c>
       <x:c r="DH39" s="3" t="n">
-        <x:v>6244</x:v>
+        <x:v>6098</x:v>
       </x:c>
       <x:c r="DI39" s="3" t="n">
-        <x:v>6365</x:v>
+        <x:v>6166</x:v>
       </x:c>
       <x:c r="DJ39" s="3" t="n">
-        <x:v>6496</x:v>
+        <x:v>6393</x:v>
       </x:c>
       <x:c r="DK39" s="3" t="n">
-        <x:v>6503</x:v>
+        <x:v>6356</x:v>
       </x:c>
       <x:c r="DL39" s="3" t="n">
-        <x:v>6644</x:v>
+        <x:v>6545</x:v>
       </x:c>
       <x:c r="DM39" s="3" t="n">
-        <x:v>6544</x:v>
+        <x:v>6426</x:v>
       </x:c>
       <x:c r="DN39" s="3" t="n">
-        <x:v>6726</x:v>
+        <x:v>6645</x:v>
       </x:c>
       <x:c r="DO39" s="3" t="n">
-        <x:v>6867</x:v>
+        <x:v>6740</x:v>
       </x:c>
       <x:c r="DP39" s="3" t="n">
-        <x:v>6923</x:v>
+        <x:v>6851</x:v>
       </x:c>
       <x:c r="DQ39" s="3" t="n">
-        <x:v>6989</x:v>
+        <x:v>6873</x:v>
       </x:c>
       <x:c r="DR39" s="3" t="n">
-        <x:v>7192</x:v>
+        <x:v>7097</x:v>
       </x:c>
       <x:c r="DS39" s="3" t="n">
-        <x:v>7439</x:v>
+        <x:v>7283</x:v>
+      </x:c>
+      <x:c r="DT39" s="3" t="n">
+        <x:v>7206</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:123">
+    <x:row r="40" spans="1:124">
       <x:c r="A40" s="2" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
@@ -14744,54 +14865,57 @@
       </x:c>
       <x:c r="DL40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DM40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DN40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DO40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DP40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DQ40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DR40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DS40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
+      <x:c r="DT40" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
     </x:row>
-    <x:row r="41" spans="1:123">
+    <x:row r="41" spans="1:124">
       <x:c r="A41" s="2" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
         <x:v>4560</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>4626</x:v>
       </x:c>
       <x:c r="D41" s="3" t="n">
         <x:v>4794</x:v>
       </x:c>
       <x:c r="E41" s="3" t="n">
         <x:v>4908</x:v>
       </x:c>
       <x:c r="F41" s="3" t="n">
         <x:v>4849</x:v>
       </x:c>
       <x:c r="G41" s="3" t="n">
         <x:v>5051</x:v>
       </x:c>
       <x:c r="H41" s="3" t="n">
         <x:v>5201</x:v>
       </x:c>
       <x:c r="I41" s="3" t="n">
         <x:v>5436</x:v>
       </x:c>
@@ -14801,739 +14925,745 @@
       <x:c r="K41" s="3" t="n">
         <x:v>5875</x:v>
       </x:c>
       <x:c r="L41" s="3" t="n">
         <x:v>6027</x:v>
       </x:c>
       <x:c r="M41" s="3" t="n">
         <x:v>6216</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>6445</x:v>
       </x:c>
       <x:c r="O41" s="3" t="n">
         <x:v>6695</x:v>
       </x:c>
       <x:c r="P41" s="3" t="n">
         <x:v>6915</x:v>
       </x:c>
       <x:c r="Q41" s="3" t="n">
         <x:v>6984</x:v>
       </x:c>
       <x:c r="R41" s="3" t="n">
         <x:v>7194</x:v>
       </x:c>
       <x:c r="S41" s="3" t="n">
-        <x:v>7350</x:v>
+        <x:v>7349</x:v>
       </x:c>
       <x:c r="T41" s="3" t="n">
         <x:v>7431</x:v>
       </x:c>
       <x:c r="U41" s="3" t="n">
         <x:v>7606</x:v>
       </x:c>
       <x:c r="V41" s="3" t="n">
-        <x:v>7516</x:v>
+        <x:v>7517</x:v>
       </x:c>
       <x:c r="W41" s="3" t="n">
-        <x:v>7764</x:v>
+        <x:v>7765</x:v>
       </x:c>
       <x:c r="X41" s="3" t="n">
         <x:v>7972</x:v>
       </x:c>
       <x:c r="Y41" s="3" t="n">
-        <x:v>8225</x:v>
+        <x:v>8223</x:v>
       </x:c>
       <x:c r="Z41" s="3" t="n">
-        <x:v>8177</x:v>
+        <x:v>8172</x:v>
       </x:c>
       <x:c r="AA41" s="3" t="n">
-        <x:v>8295</x:v>
+        <x:v>8285</x:v>
       </x:c>
       <x:c r="AB41" s="3" t="n">
-        <x:v>8444</x:v>
+        <x:v>8428</x:v>
       </x:c>
       <x:c r="AC41" s="3" t="n">
-        <x:v>8556</x:v>
+        <x:v>8534</x:v>
       </x:c>
       <x:c r="AD41" s="3" t="n">
-        <x:v>8746</x:v>
+        <x:v>8716</x:v>
       </x:c>
       <x:c r="AE41" s="3" t="n">
-        <x:v>8821</x:v>
+        <x:v>8784</x:v>
       </x:c>
       <x:c r="AF41" s="3" t="n">
-        <x:v>8916</x:v>
+        <x:v>8872</x:v>
       </x:c>
       <x:c r="AG41" s="3" t="n">
-        <x:v>8981</x:v>
+        <x:v>8930</x:v>
       </x:c>
       <x:c r="AH41" s="3" t="n">
-        <x:v>8874</x:v>
+        <x:v>8818</x:v>
       </x:c>
       <x:c r="AI41" s="3" t="n">
-        <x:v>8875</x:v>
+        <x:v>8812</x:v>
       </x:c>
       <x:c r="AJ41" s="3" t="n">
-        <x:v>8959</x:v>
+        <x:v>8887</x:v>
       </x:c>
       <x:c r="AK41" s="3" t="n">
-        <x:v>8972</x:v>
+        <x:v>8889</x:v>
       </x:c>
       <x:c r="AL41" s="3" t="n">
-        <x:v>9124</x:v>
+        <x:v>9029</x:v>
       </x:c>
       <x:c r="AM41" s="3" t="n">
-        <x:v>9417</x:v>
+        <x:v>9307</x:v>
       </x:c>
       <x:c r="AN41" s="3" t="n">
-        <x:v>9537</x:v>
+        <x:v>9414</x:v>
       </x:c>
       <x:c r="AO41" s="3" t="n">
-        <x:v>9746</x:v>
+        <x:v>9610</x:v>
       </x:c>
       <x:c r="AP41" s="3" t="n">
-        <x:v>10041</x:v>
+        <x:v>9889</x:v>
       </x:c>
       <x:c r="AQ41" s="3" t="n">
-        <x:v>10186</x:v>
+        <x:v>10019</x:v>
       </x:c>
       <x:c r="AR41" s="3" t="n">
-        <x:v>10306</x:v>
+        <x:v>10124</x:v>
       </x:c>
       <x:c r="AS41" s="3" t="n">
-        <x:v>10495</x:v>
+        <x:v>10298</x:v>
       </x:c>
       <x:c r="AT41" s="3" t="n">
-        <x:v>11543</x:v>
+        <x:v>11310</x:v>
       </x:c>
       <x:c r="AU41" s="3" t="n">
-        <x:v>11914</x:v>
+        <x:v>11658</x:v>
       </x:c>
       <x:c r="AV41" s="3" t="n">
-        <x:v>12292</x:v>
+        <x:v>12010</x:v>
       </x:c>
       <x:c r="AW41" s="3" t="n">
-        <x:v>12593</x:v>
+        <x:v>12286</x:v>
       </x:c>
       <x:c r="AX41" s="3" t="n">
-        <x:v>13439</x:v>
+        <x:v>13088</x:v>
       </x:c>
       <x:c r="AY41" s="3" t="n">
-        <x:v>13946</x:v>
+        <x:v>13571</x:v>
       </x:c>
       <x:c r="AZ41" s="3" t="n">
-        <x:v>14403</x:v>
+        <x:v>14014</x:v>
       </x:c>
       <x:c r="BA41" s="3" t="n">
-        <x:v>14666</x:v>
+        <x:v>14281</x:v>
       </x:c>
       <x:c r="BB41" s="3" t="n">
-        <x:v>14898</x:v>
+        <x:v>14529</x:v>
       </x:c>
       <x:c r="BC41" s="3" t="n">
-        <x:v>15446</x:v>
+        <x:v>15081</x:v>
       </x:c>
       <x:c r="BD41" s="3" t="n">
-        <x:v>16144</x:v>
+        <x:v>15776</x:v>
       </x:c>
       <x:c r="BE41" s="3" t="n">
-        <x:v>16683</x:v>
+        <x:v>16309</x:v>
       </x:c>
       <x:c r="BF41" s="3" t="n">
-        <x:v>16328</x:v>
+        <x:v>15966</x:v>
       </x:c>
       <x:c r="BG41" s="3" t="n">
-        <x:v>16339</x:v>
+        <x:v>15973</x:v>
       </x:c>
       <x:c r="BH41" s="3" t="n">
-        <x:v>16382</x:v>
+        <x:v>16013</x:v>
       </x:c>
       <x:c r="BI41" s="3" t="n">
-        <x:v>16642</x:v>
+        <x:v>16264</x:v>
       </x:c>
       <x:c r="BJ41" s="3" t="n">
-        <x:v>16672</x:v>
+        <x:v>16291</x:v>
       </x:c>
       <x:c r="BK41" s="3" t="n">
-        <x:v>16764</x:v>
+        <x:v>16379</x:v>
       </x:c>
       <x:c r="BL41" s="3" t="n">
-        <x:v>16983</x:v>
+        <x:v>16592</x:v>
       </x:c>
       <x:c r="BM41" s="3" t="n">
-        <x:v>17470</x:v>
+        <x:v>17067</x:v>
       </x:c>
       <x:c r="BN41" s="3" t="n">
-        <x:v>17314</x:v>
+        <x:v>16913</x:v>
       </x:c>
       <x:c r="BO41" s="3" t="n">
-        <x:v>17542</x:v>
+        <x:v>17137</x:v>
       </x:c>
       <x:c r="BP41" s="3" t="n">
-        <x:v>18166</x:v>
+        <x:v>17746</x:v>
       </x:c>
       <x:c r="BQ41" s="3" t="n">
-        <x:v>18798</x:v>
+        <x:v>18365</x:v>
       </x:c>
       <x:c r="BR41" s="3" t="n">
-        <x:v>19256</x:v>
+        <x:v>18816</x:v>
       </x:c>
       <x:c r="BS41" s="3" t="n">
-        <x:v>19583</x:v>
+        <x:v>19136</x:v>
       </x:c>
       <x:c r="BT41" s="3" t="n">
-        <x:v>19566</x:v>
+        <x:v>19121</x:v>
       </x:c>
       <x:c r="BU41" s="3" t="n">
-        <x:v>20052</x:v>
+        <x:v>19595</x:v>
       </x:c>
       <x:c r="BV41" s="3" t="n">
-        <x:v>20717</x:v>
+        <x:v>20240</x:v>
       </x:c>
       <x:c r="BW41" s="3" t="n">
-        <x:v>21157</x:v>
+        <x:v>20669</x:v>
       </x:c>
       <x:c r="BX41" s="3" t="n">
-        <x:v>21306</x:v>
+        <x:v>20813</x:v>
       </x:c>
       <x:c r="BY41" s="3" t="n">
-        <x:v>21494</x:v>
+        <x:v>20995</x:v>
       </x:c>
       <x:c r="BZ41" s="3" t="n">
-        <x:v>21717</x:v>
+        <x:v>21212</x:v>
       </x:c>
       <x:c r="CA41" s="3" t="n">
-        <x:v>21811</x:v>
+        <x:v>21303</x:v>
       </x:c>
       <x:c r="CB41" s="3" t="n">
-        <x:v>22565</x:v>
+        <x:v>22039</x:v>
       </x:c>
       <x:c r="CC41" s="3" t="n">
-        <x:v>22633</x:v>
+        <x:v>22102</x:v>
       </x:c>
       <x:c r="CD41" s="3" t="n">
-        <x:v>22731</x:v>
+        <x:v>22209</x:v>
       </x:c>
       <x:c r="CE41" s="3" t="n">
-        <x:v>22785</x:v>
+        <x:v>22252</x:v>
       </x:c>
       <x:c r="CF41" s="3" t="n">
-        <x:v>22901</x:v>
+        <x:v>22369</x:v>
       </x:c>
       <x:c r="CG41" s="3" t="n">
-        <x:v>23243</x:v>
+        <x:v>22703</x:v>
       </x:c>
       <x:c r="CH41" s="3" t="n">
-        <x:v>22807</x:v>
+        <x:v>22279</x:v>
       </x:c>
       <x:c r="CI41" s="3" t="n">
-        <x:v>22860</x:v>
+        <x:v>22334</x:v>
       </x:c>
       <x:c r="CJ41" s="3" t="n">
-        <x:v>22540</x:v>
+        <x:v>22019</x:v>
       </x:c>
       <x:c r="CK41" s="3" t="n">
-        <x:v>22557</x:v>
+        <x:v>22042</x:v>
       </x:c>
       <x:c r="CL41" s="3" t="n">
-        <x:v>22882</x:v>
+        <x:v>22369</x:v>
       </x:c>
       <x:c r="CM41" s="3" t="n">
-        <x:v>22962</x:v>
+        <x:v>22455</x:v>
       </x:c>
       <x:c r="CN41" s="3" t="n">
-        <x:v>23474</x:v>
+        <x:v>22956</x:v>
       </x:c>
       <x:c r="CO41" s="3" t="n">
-        <x:v>23793</x:v>
+        <x:v>23263</x:v>
       </x:c>
       <x:c r="CP41" s="3" t="n">
-        <x:v>24491</x:v>
+        <x:v>23937</x:v>
       </x:c>
       <x:c r="CQ41" s="3" t="n">
-        <x:v>24796</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="CR41" s="3" t="n">
-        <x:v>25199</x:v>
+        <x:v>24623</x:v>
       </x:c>
       <x:c r="CS41" s="3" t="n">
-        <x:v>25812</x:v>
+        <x:v>25218</x:v>
       </x:c>
       <x:c r="CT41" s="3" t="n">
-        <x:v>26253</x:v>
+        <x:v>25652</x:v>
       </x:c>
       <x:c r="CU41" s="3" t="n">
-        <x:v>26760</x:v>
+        <x:v>26147</x:v>
       </x:c>
       <x:c r="CV41" s="3" t="n">
-        <x:v>27313</x:v>
+        <x:v>26690</x:v>
       </x:c>
       <x:c r="CW41" s="3" t="n">
-        <x:v>27752</x:v>
+        <x:v>27122</x:v>
       </x:c>
       <x:c r="CX41" s="3" t="n">
-        <x:v>27683</x:v>
+        <x:v>27051</x:v>
       </x:c>
       <x:c r="CY41" s="3" t="n">
-        <x:v>26686</x:v>
+        <x:v>26089</x:v>
       </x:c>
       <x:c r="CZ41" s="3" t="n">
-        <x:v>26681</x:v>
+        <x:v>26083</x:v>
       </x:c>
       <x:c r="DA41" s="3" t="n">
-        <x:v>27890</x:v>
+        <x:v>27261</x:v>
       </x:c>
       <x:c r="DB41" s="3" t="n">
-        <x:v>28551</x:v>
+        <x:v>27539</x:v>
       </x:c>
       <x:c r="DC41" s="3" t="n">
-        <x:v>29297</x:v>
+        <x:v>28448</x:v>
       </x:c>
       <x:c r="DD41" s="3" t="n">
-        <x:v>29613</x:v>
+        <x:v>29121</x:v>
       </x:c>
       <x:c r="DE41" s="3" t="n">
-        <x:v>30499</x:v>
+        <x:v>30349</x:v>
       </x:c>
       <x:c r="DF41" s="3" t="n">
-        <x:v>31454</x:v>
+        <x:v>30351</x:v>
       </x:c>
       <x:c r="DG41" s="3" t="n">
-        <x:v>32394</x:v>
+        <x:v>31494</x:v>
       </x:c>
       <x:c r="DH41" s="3" t="n">
-        <x:v>33194</x:v>
+        <x:v>32626</x:v>
       </x:c>
       <x:c r="DI41" s="3" t="n">
-        <x:v>34194</x:v>
+        <x:v>34121</x:v>
       </x:c>
       <x:c r="DJ41" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>34297</x:v>
       </x:c>
       <x:c r="DK41" s="3" t="n">
-        <x:v>35750</x:v>
+        <x:v>34881</x:v>
       </x:c>
       <x:c r="DL41" s="3" t="n">
-        <x:v>36616</x:v>
+        <x:v>35882</x:v>
       </x:c>
       <x:c r="DM41" s="3" t="n">
-        <x:v>37331</x:v>
+        <x:v>36651</x:v>
       </x:c>
       <x:c r="DN41" s="3" t="n">
-        <x:v>37520</x:v>
+        <x:v>36866</x:v>
       </x:c>
       <x:c r="DO41" s="3" t="n">
-        <x:v>38348</x:v>
+        <x:v>37597</x:v>
       </x:c>
       <x:c r="DP41" s="3" t="n">
-        <x:v>38690</x:v>
+        <x:v>38273</x:v>
       </x:c>
       <x:c r="DQ41" s="3" t="n">
-        <x:v>39540</x:v>
+        <x:v>38864</x:v>
       </x:c>
       <x:c r="DR41" s="3" t="n">
-        <x:v>40429</x:v>
+        <x:v>39634</x:v>
       </x:c>
       <x:c r="DS41" s="3" t="n">
-        <x:v>40815</x:v>
+        <x:v>39915</x:v>
+      </x:c>
+      <x:c r="DT41" s="3" t="n">
+        <x:v>39776</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:123">
+    <x:row r="42" spans="1:124">
       <x:c r="A42" s="2" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>1892</x:v>
       </x:c>
       <x:c r="C42" s="3" t="n">
         <x:v>1943</x:v>
       </x:c>
       <x:c r="D42" s="3" t="n">
         <x:v>2029</x:v>
       </x:c>
       <x:c r="E42" s="3" t="n">
         <x:v>2115</x:v>
       </x:c>
       <x:c r="F42" s="3" t="n">
         <x:v>2207</x:v>
       </x:c>
       <x:c r="G42" s="3" t="n">
         <x:v>2325</x:v>
       </x:c>
       <x:c r="H42" s="3" t="n">
         <x:v>2431</x:v>
       </x:c>
       <x:c r="I42" s="3" t="n">
         <x:v>2559</x:v>
       </x:c>
       <x:c r="J42" s="3" t="n">
         <x:v>2726</x:v>
       </x:c>
       <x:c r="K42" s="3" t="n">
         <x:v>2837</x:v>
       </x:c>
       <x:c r="L42" s="3" t="n">
         <x:v>2944</x:v>
       </x:c>
       <x:c r="M42" s="3" t="n">
         <x:v>3074</x:v>
       </x:c>
       <x:c r="N42" s="3" t="n">
         <x:v>3215</x:v>
       </x:c>
       <x:c r="O42" s="3" t="n">
         <x:v>3384</x:v>
       </x:c>
       <x:c r="P42" s="3" t="n">
         <x:v>3559</x:v>
       </x:c>
       <x:c r="Q42" s="3" t="n">
-        <x:v>3625</x:v>
+        <x:v>3624</x:v>
       </x:c>
       <x:c r="R42" s="3" t="n">
         <x:v>4108</x:v>
       </x:c>
       <x:c r="S42" s="3" t="n">
         <x:v>4235</x:v>
       </x:c>
       <x:c r="T42" s="3" t="n">
-        <x:v>4311</x:v>
+        <x:v>4312</x:v>
       </x:c>
       <x:c r="U42" s="3" t="n">
         <x:v>4426</x:v>
       </x:c>
       <x:c r="V42" s="3" t="n">
-        <x:v>4608</x:v>
+        <x:v>4609</x:v>
       </x:c>
       <x:c r="W42" s="3" t="n">
-        <x:v>4809</x:v>
+        <x:v>4811</x:v>
       </x:c>
       <x:c r="X42" s="3" t="n">
         <x:v>4957</x:v>
       </x:c>
       <x:c r="Y42" s="3" t="n">
-        <x:v>5098</x:v>
+        <x:v>5095</x:v>
       </x:c>
       <x:c r="Z42" s="3" t="n">
-        <x:v>4950</x:v>
+        <x:v>4944</x:v>
       </x:c>
       <x:c r="AA42" s="3" t="n">
-        <x:v>5037</x:v>
+        <x:v>5025</x:v>
       </x:c>
       <x:c r="AB42" s="3" t="n">
-        <x:v>5140</x:v>
+        <x:v>5121</x:v>
       </x:c>
       <x:c r="AC42" s="3" t="n">
-        <x:v>5242</x:v>
+        <x:v>5214</x:v>
       </x:c>
       <x:c r="AD42" s="3" t="n">
-        <x:v>5189</x:v>
+        <x:v>5150</x:v>
       </x:c>
       <x:c r="AE42" s="3" t="n">
-        <x:v>5176</x:v>
+        <x:v>5127</x:v>
       </x:c>
       <x:c r="AF42" s="3" t="n">
-        <x:v>5271</x:v>
+        <x:v>5212</x:v>
       </x:c>
       <x:c r="AG42" s="3" t="n">
-        <x:v>5373</x:v>
+        <x:v>5305</x:v>
       </x:c>
       <x:c r="AH42" s="3" t="n">
-        <x:v>5411</x:v>
+        <x:v>5334</x:v>
       </x:c>
       <x:c r="AI42" s="3" t="n">
+        <x:v>5343</x:v>
+      </x:c>
+      <x:c r="AJ42" s="3" t="n">
+        <x:v>5383</x:v>
+      </x:c>
+      <x:c r="AK42" s="3" t="n">
         <x:v>5430</x:v>
       </x:c>
-      <x:c r="AJ42" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="AL42" s="3" t="n">
-        <x:v>5641</x:v>
+        <x:v>5505</x:v>
       </x:c>
       <x:c r="AM42" s="3" t="n">
-        <x:v>5835</x:v>
+        <x:v>5678</x:v>
       </x:c>
       <x:c r="AN42" s="3" t="n">
-        <x:v>5904</x:v>
+        <x:v>5728</x:v>
       </x:c>
       <x:c r="AO42" s="3" t="n">
-        <x:v>6006</x:v>
+        <x:v>5811</x:v>
       </x:c>
       <x:c r="AP42" s="3" t="n">
-        <x:v>6565</x:v>
+        <x:v>6334</x:v>
       </x:c>
       <x:c r="AQ42" s="3" t="n">
-        <x:v>6619</x:v>
+        <x:v>6368</x:v>
       </x:c>
       <x:c r="AR42" s="3" t="n">
-        <x:v>6710</x:v>
+        <x:v>6435</x:v>
       </x:c>
       <x:c r="AS42" s="3" t="n">
-        <x:v>6826</x:v>
+        <x:v>6526</x:v>
       </x:c>
       <x:c r="AT42" s="3" t="n">
-        <x:v>8007</x:v>
+        <x:v>7628</x:v>
       </x:c>
       <x:c r="AU42" s="3" t="n">
-        <x:v>8327</x:v>
+        <x:v>7908</x:v>
       </x:c>
       <x:c r="AV42" s="3" t="n">
-        <x:v>8526</x:v>
+        <x:v>8073</x:v>
       </x:c>
       <x:c r="AW42" s="3" t="n">
-        <x:v>8747</x:v>
+        <x:v>8260</x:v>
       </x:c>
       <x:c r="AX42" s="3" t="n">
-        <x:v>9236</x:v>
+        <x:v>8702</x:v>
       </x:c>
       <x:c r="AY42" s="3" t="n">
-        <x:v>9652</x:v>
+        <x:v>9064</x:v>
       </x:c>
       <x:c r="AZ42" s="3" t="n">
-        <x:v>9926</x:v>
+        <x:v>9283</x:v>
       </x:c>
       <x:c r="BA42" s="3" t="n">
-        <x:v>10187</x:v>
+        <x:v>9481</x:v>
       </x:c>
       <x:c r="BB42" s="3" t="n">
-        <x:v>10480</x:v>
+        <x:v>9696</x:v>
       </x:c>
       <x:c r="BC42" s="3" t="n">
-        <x:v>11295</x:v>
+        <x:v>10412</x:v>
       </x:c>
       <x:c r="BD42" s="3" t="n">
-        <x:v>11046</x:v>
+        <x:v>10169</x:v>
       </x:c>
       <x:c r="BE42" s="3" t="n">
-        <x:v>11276</x:v>
+        <x:v>10392</x:v>
       </x:c>
       <x:c r="BF42" s="3" t="n">
-        <x:v>10866</x:v>
+        <x:v>10047</x:v>
       </x:c>
       <x:c r="BG42" s="3" t="n">
-        <x:v>10374</x:v>
+        <x:v>9616</x:v>
       </x:c>
       <x:c r="BH42" s="3" t="n">
-        <x:v>10216</x:v>
+        <x:v>9486</x:v>
       </x:c>
       <x:c r="BI42" s="3" t="n">
-        <x:v>10471</x:v>
+        <x:v>9731</x:v>
       </x:c>
       <x:c r="BJ42" s="3" t="n">
-        <x:v>10492</x:v>
+        <x:v>9752</x:v>
       </x:c>
       <x:c r="BK42" s="3" t="n">
-        <x:v>10294</x:v>
+        <x:v>9568</x:v>
       </x:c>
       <x:c r="BL42" s="3" t="n">
-        <x:v>10967</x:v>
+        <x:v>10193</x:v>
       </x:c>
       <x:c r="BM42" s="3" t="n">
-        <x:v>10910</x:v>
+        <x:v>10138</x:v>
       </x:c>
       <x:c r="BN42" s="3" t="n">
-        <x:v>12255</x:v>
+        <x:v>11384</x:v>
       </x:c>
       <x:c r="BO42" s="3" t="n">
-        <x:v>12187</x:v>
+        <x:v>11316</x:v>
       </x:c>
       <x:c r="BP42" s="3" t="n">
-        <x:v>12411</x:v>
+        <x:v>11519</x:v>
       </x:c>
       <x:c r="BQ42" s="3" t="n">
-        <x:v>12652</x:v>
+        <x:v>11737</x:v>
       </x:c>
       <x:c r="BR42" s="3" t="n">
-        <x:v>13205</x:v>
+        <x:v>12244</x:v>
       </x:c>
       <x:c r="BS42" s="3" t="n">
-        <x:v>13419</x:v>
+        <x:v>12436</x:v>
       </x:c>
       <x:c r="BT42" s="3" t="n">
-        <x:v>12874</x:v>
+        <x:v>11927</x:v>
       </x:c>
       <x:c r="BU42" s="3" t="n">
-        <x:v>13696</x:v>
+        <x:v>12686</x:v>
       </x:c>
       <x:c r="BV42" s="3" t="n">
-        <x:v>13743</x:v>
+        <x:v>12729</x:v>
       </x:c>
       <x:c r="BW42" s="3" t="n">
-        <x:v>13920</x:v>
+        <x:v>12891</x:v>
       </x:c>
       <x:c r="BX42" s="3" t="n">
-        <x:v>14031</x:v>
+        <x:v>12993</x:v>
       </x:c>
       <x:c r="BY42" s="3" t="n">
-        <x:v>14059</x:v>
+        <x:v>13017</x:v>
       </x:c>
       <x:c r="BZ42" s="3" t="n">
-        <x:v>14057</x:v>
+        <x:v>13015</x:v>
       </x:c>
       <x:c r="CA42" s="3" t="n">
-        <x:v>14491</x:v>
+        <x:v>13418</x:v>
       </x:c>
       <x:c r="CB42" s="3" t="n">
-        <x:v>14419</x:v>
+        <x:v>13355</x:v>
       </x:c>
       <x:c r="CC42" s="3" t="n">
-        <x:v>14695</x:v>
+        <x:v>13616</x:v>
       </x:c>
       <x:c r="CD42" s="3" t="n">
-        <x:v>14493</x:v>
+        <x:v>13437</x:v>
       </x:c>
       <x:c r="CE42" s="3" t="n">
-        <x:v>14119</x:v>
+        <x:v>13097</x:v>
       </x:c>
       <x:c r="CF42" s="3" t="n">
-        <x:v>14063</x:v>
+        <x:v>13051</x:v>
       </x:c>
       <x:c r="CG42" s="3" t="n">
-        <x:v>14251</x:v>
+        <x:v>13231</x:v>
       </x:c>
       <x:c r="CH42" s="3" t="n">
-        <x:v>14072</x:v>
+        <x:v>13070</x:v>
       </x:c>
       <x:c r="CI42" s="3" t="n">
-        <x:v>14102</x:v>
+        <x:v>13100</x:v>
       </x:c>
       <x:c r="CJ42" s="3" t="n">
-        <x:v>14349</x:v>
+        <x:v>13330</x:v>
       </x:c>
       <x:c r="CK42" s="3" t="n">
-        <x:v>14549</x:v>
+        <x:v>13513</x:v>
       </x:c>
       <x:c r="CL42" s="3" t="n">
-        <x:v>14807</x:v>
+        <x:v>13747</x:v>
       </x:c>
       <x:c r="CM42" s="3" t="n">
-        <x:v>14964</x:v>
+        <x:v>13888</x:v>
       </x:c>
       <x:c r="CN42" s="3" t="n">
-        <x:v>15426</x:v>
+        <x:v>14312</x:v>
       </x:c>
       <x:c r="CO42" s="3" t="n">
-        <x:v>15668</x:v>
+        <x:v>14533</x:v>
       </x:c>
       <x:c r="CP42" s="3" t="n">
-        <x:v>16224</x:v>
+        <x:v>15044</x:v>
       </x:c>
       <x:c r="CQ42" s="3" t="n">
-        <x:v>16421</x:v>
+        <x:v>15222</x:v>
       </x:c>
       <x:c r="CR42" s="3" t="n">
-        <x:v>16716</x:v>
+        <x:v>15490</x:v>
       </x:c>
       <x:c r="CS42" s="3" t="n">
-        <x:v>17351</x:v>
+        <x:v>16070</x:v>
       </x:c>
       <x:c r="CT42" s="3" t="n">
-        <x:v>17677</x:v>
+        <x:v>16362</x:v>
       </x:c>
       <x:c r="CU42" s="3" t="n">
-        <x:v>17972</x:v>
+        <x:v>16634</x:v>
       </x:c>
       <x:c r="CV42" s="3" t="n">
-        <x:v>18139</x:v>
+        <x:v>16797</x:v>
       </x:c>
       <x:c r="CW42" s="3" t="n">
-        <x:v>18592</x:v>
+        <x:v>17236</x:v>
       </x:c>
       <x:c r="CX42" s="3" t="n">
-        <x:v>18613</x:v>
+        <x:v>17285</x:v>
       </x:c>
       <x:c r="CY42" s="3" t="n">
-        <x:v>15592</x:v>
+        <x:v>14480</x:v>
       </x:c>
       <x:c r="CZ42" s="3" t="n">
-        <x:v>15761</x:v>
+        <x:v>14614</x:v>
       </x:c>
       <x:c r="DA42" s="3" t="n">
-        <x:v>16669</x:v>
+        <x:v>15408</x:v>
       </x:c>
       <x:c r="DB42" s="3" t="n">
-        <x:v>17039</x:v>
+        <x:v>15768</x:v>
       </x:c>
       <x:c r="DC42" s="3" t="n">
-        <x:v>16965</x:v>
+        <x:v>15638</x:v>
       </x:c>
       <x:c r="DD42" s="3" t="n">
-        <x:v>17984</x:v>
+        <x:v>16686</x:v>
       </x:c>
       <x:c r="DE42" s="3" t="n">
-        <x:v>19032</x:v>
+        <x:v>17911</x:v>
       </x:c>
       <x:c r="DF42" s="3" t="n">
-        <x:v>19247</x:v>
+        <x:v>18657</x:v>
       </x:c>
       <x:c r="DG42" s="3" t="n">
-        <x:v>20240</x:v>
+        <x:v>19928</x:v>
       </x:c>
       <x:c r="DH42" s="3" t="n">
-        <x:v>20222</x:v>
+        <x:v>20017</x:v>
       </x:c>
       <x:c r="DI42" s="3" t="n">
-        <x:v>20761</x:v>
+        <x:v>20256</x:v>
       </x:c>
       <x:c r="DJ42" s="3" t="n">
-        <x:v>20996</x:v>
+        <x:v>20415</x:v>
       </x:c>
       <x:c r="DK42" s="3" t="n">
-        <x:v>20745</x:v>
+        <x:v>20041</x:v>
       </x:c>
       <x:c r="DL42" s="3" t="n">
-        <x:v>20803</x:v>
+        <x:v>19869</x:v>
       </x:c>
       <x:c r="DM42" s="3" t="n">
-        <x:v>21432</x:v>
+        <x:v>20394</x:v>
       </x:c>
       <x:c r="DN42" s="3" t="n">
-        <x:v>21944</x:v>
+        <x:v>20689</x:v>
       </x:c>
       <x:c r="DO42" s="3" t="n">
-        <x:v>22127</x:v>
+        <x:v>20846</x:v>
       </x:c>
       <x:c r="DP42" s="3" t="n">
-        <x:v>22458</x:v>
+        <x:v>21100</x:v>
       </x:c>
       <x:c r="DQ42" s="3" t="n">
-        <x:v>22223</x:v>
+        <x:v>20871</x:v>
       </x:c>
       <x:c r="DR42" s="3" t="n">
-        <x:v>22429</x:v>
+        <x:v>21189</x:v>
       </x:c>
       <x:c r="DS42" s="3" t="n">
-        <x:v>22979</x:v>
+        <x:v>21703</x:v>
+      </x:c>
+      <x:c r="DT42" s="3" t="n">
+        <x:v>21992</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:123">
+    <x:row r="43" spans="1:124">
       <x:c r="A43" s="2" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
         <x:v>11285</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>11085</x:v>
       </x:c>
       <x:c r="D43" s="3" t="n">
         <x:v>11129</x:v>
       </x:c>
       <x:c r="E43" s="3" t="n">
         <x:v>11338</x:v>
       </x:c>
       <x:c r="F43" s="3" t="n">
         <x:v>11614</x:v>
       </x:c>
       <x:c r="G43" s="3" t="n">
         <x:v>11582</x:v>
       </x:c>
       <x:c r="H43" s="3" t="n">
         <x:v>11887</x:v>
       </x:c>
       <x:c r="I43" s="3" t="n">
         <x:v>11925</x:v>
       </x:c>
@@ -15681,972 +15811,981 @@
       <x:c r="BE43" s="3" t="n">
         <x:v>21997</x:v>
       </x:c>
       <x:c r="BF43" s="3" t="n">
         <x:v>22125</x:v>
       </x:c>
       <x:c r="BG43" s="3" t="n">
         <x:v>22661</x:v>
       </x:c>
       <x:c r="BH43" s="3" t="n">
         <x:v>23167</x:v>
       </x:c>
       <x:c r="BI43" s="3" t="n">
         <x:v>23530</x:v>
       </x:c>
       <x:c r="BJ43" s="3" t="n">
         <x:v>23979</x:v>
       </x:c>
       <x:c r="BK43" s="3" t="n">
         <x:v>24286</x:v>
       </x:c>
       <x:c r="BL43" s="3" t="n">
         <x:v>24296</x:v>
       </x:c>
       <x:c r="BM43" s="3" t="n">
-        <x:v>24441</x:v>
+        <x:v>24442</x:v>
       </x:c>
       <x:c r="BN43" s="3" t="n">
-        <x:v>24706</x:v>
+        <x:v>24707</x:v>
       </x:c>
       <x:c r="BO43" s="3" t="n">
-        <x:v>25264</x:v>
+        <x:v>25265</x:v>
       </x:c>
       <x:c r="BP43" s="3" t="n">
         <x:v>25924</x:v>
       </x:c>
       <x:c r="BQ43" s="3" t="n">
-        <x:v>26629</x:v>
+        <x:v>26626</x:v>
       </x:c>
       <x:c r="BR43" s="3" t="n">
-        <x:v>26835</x:v>
+        <x:v>26829</x:v>
       </x:c>
       <x:c r="BS43" s="3" t="n">
-        <x:v>26913</x:v>
+        <x:v>26908</x:v>
       </x:c>
       <x:c r="BT43" s="3" t="n">
         <x:v>27324</x:v>
       </x:c>
       <x:c r="BU43" s="3" t="n">
-        <x:v>27550</x:v>
+        <x:v>27561</x:v>
       </x:c>
       <x:c r="BV43" s="3" t="n">
-        <x:v>27740</x:v>
+        <x:v>27766</x:v>
       </x:c>
       <x:c r="BW43" s="3" t="n">
-        <x:v>28357</x:v>
+        <x:v>28379</x:v>
       </x:c>
       <x:c r="BX43" s="3" t="n">
-        <x:v>28536</x:v>
+        <x:v>28534</x:v>
       </x:c>
       <x:c r="BY43" s="3" t="n">
-        <x:v>28802</x:v>
+        <x:v>28756</x:v>
       </x:c>
       <x:c r="BZ43" s="3" t="n">
-        <x:v>29295</x:v>
+        <x:v>29183</x:v>
       </x:c>
       <x:c r="CA43" s="3" t="n">
-        <x:v>30025</x:v>
+        <x:v>29866</x:v>
       </x:c>
       <x:c r="CB43" s="3" t="n">
-        <x:v>30577</x:v>
+        <x:v>30394</x:v>
       </x:c>
       <x:c r="CC43" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>30843</x:v>
       </x:c>
       <x:c r="CD43" s="3" t="n">
-        <x:v>30862</x:v>
+        <x:v>30715</x:v>
       </x:c>
       <x:c r="CE43" s="3" t="n">
-        <x:v>32332</x:v>
+        <x:v>32183</x:v>
       </x:c>
       <x:c r="CF43" s="3" t="n">
-        <x:v>32108</x:v>
+        <x:v>31979</x:v>
       </x:c>
       <x:c r="CG43" s="3" t="n">
-        <x:v>30971</x:v>
+        <x:v>30858</x:v>
       </x:c>
       <x:c r="CH43" s="3" t="n">
-        <x:v>32231</x:v>
+        <x:v>32107</x:v>
       </x:c>
       <x:c r="CI43" s="3" t="n">
-        <x:v>32407</x:v>
+        <x:v>32283</x:v>
       </x:c>
       <x:c r="CJ43" s="3" t="n">
-        <x:v>32777</x:v>
+        <x:v>32656</x:v>
       </x:c>
       <x:c r="CK43" s="3" t="n">
-        <x:v>33460</x:v>
+        <x:v>33346</x:v>
       </x:c>
       <x:c r="CL43" s="3" t="n">
-        <x:v>33542</x:v>
+        <x:v>33440</x:v>
       </x:c>
       <x:c r="CM43" s="3" t="n">
-        <x:v>33965</x:v>
+        <x:v>33870</x:v>
       </x:c>
       <x:c r="CN43" s="3" t="n">
-        <x:v>34355</x:v>
+        <x:v>34260</x:v>
       </x:c>
       <x:c r="CO43" s="3" t="n">
-        <x:v>34606</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="CP43" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>34910</x:v>
       </x:c>
       <x:c r="CQ43" s="3" t="n">
-        <x:v>35468</x:v>
+        <x:v>35334</x:v>
       </x:c>
       <x:c r="CR43" s="3" t="n">
-        <x:v>35648</x:v>
+        <x:v>35492</x:v>
       </x:c>
       <x:c r="CS43" s="3" t="n">
-        <x:v>36847</x:v>
+        <x:v>36667</x:v>
       </x:c>
       <x:c r="CT43" s="3" t="n">
-        <x:v>36779</x:v>
+        <x:v>36569</x:v>
       </x:c>
       <x:c r="CU43" s="3" t="n">
-        <x:v>37113</x:v>
+        <x:v>36891</x:v>
       </x:c>
       <x:c r="CV43" s="3" t="n">
-        <x:v>37377</x:v>
+        <x:v>37162</x:v>
       </x:c>
       <x:c r="CW43" s="3" t="n">
-        <x:v>37629</x:v>
+        <x:v>37442</x:v>
       </x:c>
       <x:c r="CX43" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>38200</x:v>
       </x:c>
       <x:c r="CY43" s="3" t="n">
-        <x:v>38200</x:v>
+        <x:v>38109</x:v>
       </x:c>
       <x:c r="CZ43" s="3" t="n">
-        <x:v>39190</x:v>
+        <x:v>39140</x:v>
       </x:c>
       <x:c r="DA43" s="3" t="n">
-        <x:v>38180</x:v>
+        <x:v>38165</x:v>
       </x:c>
       <x:c r="DB43" s="3" t="n">
-        <x:v>39507</x:v>
+        <x:v>39544</x:v>
       </x:c>
       <x:c r="DC43" s="3" t="n">
-        <x:v>39907</x:v>
+        <x:v>39979</x:v>
       </x:c>
       <x:c r="DD43" s="3" t="n">
-        <x:v>40389</x:v>
+        <x:v>40505</x:v>
       </x:c>
       <x:c r="DE43" s="3" t="n">
-        <x:v>41678</x:v>
+        <x:v>41689</x:v>
       </x:c>
       <x:c r="DF43" s="3" t="n">
-        <x:v>41763</x:v>
+        <x:v>41829</x:v>
       </x:c>
       <x:c r="DG43" s="3" t="n">
-        <x:v>42418</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="DH43" s="3" t="n">
-        <x:v>42755</x:v>
+        <x:v>42863</x:v>
       </x:c>
       <x:c r="DI43" s="3" t="n">
-        <x:v>43432</x:v>
+        <x:v>43510</x:v>
       </x:c>
       <x:c r="DJ43" s="3" t="n">
-        <x:v>44231</x:v>
+        <x:v>44432</x:v>
       </x:c>
       <x:c r="DK43" s="3" t="n">
-        <x:v>44783</x:v>
+        <x:v>44924</x:v>
       </x:c>
       <x:c r="DL43" s="3" t="n">
-        <x:v>46765</x:v>
+        <x:v>46891</x:v>
       </x:c>
       <x:c r="DM43" s="3" t="n">
-        <x:v>48763</x:v>
+        <x:v>48980</x:v>
       </x:c>
       <x:c r="DN43" s="3" t="n">
-        <x:v>48120</x:v>
+        <x:v>47963</x:v>
       </x:c>
       <x:c r="DO43" s="3" t="n">
-        <x:v>49013</x:v>
+        <x:v>49017</x:v>
       </x:c>
       <x:c r="DP43" s="3" t="n">
-        <x:v>49184</x:v>
+        <x:v>49563</x:v>
       </x:c>
       <x:c r="DQ43" s="3" t="n">
-        <x:v>49605</x:v>
+        <x:v>49843</x:v>
       </x:c>
       <x:c r="DR43" s="3" t="n">
-        <x:v>51454</x:v>
+        <x:v>50992</x:v>
       </x:c>
       <x:c r="DS43" s="3" t="n">
-        <x:v>53416</x:v>
+        <x:v>52774</x:v>
+      </x:c>
+      <x:c r="DT43" s="3" t="n">
+        <x:v>52574</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:123">
+    <x:row r="44" spans="1:124">
       <x:c r="A44" s="2" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>9291</x:v>
+        <x:v>9293</x:v>
       </x:c>
       <x:c r="C44" s="3" t="n">
-        <x:v>9007</x:v>
+        <x:v>9002</x:v>
       </x:c>
       <x:c r="D44" s="3" t="n">
-        <x:v>9291</x:v>
+        <x:v>9285</x:v>
       </x:c>
       <x:c r="E44" s="3" t="n">
-        <x:v>9251</x:v>
+        <x:v>9247</x:v>
       </x:c>
       <x:c r="F44" s="3" t="n">
-        <x:v>9783</x:v>
+        <x:v>9780</x:v>
       </x:c>
       <x:c r="G44" s="3" t="n">
-        <x:v>9645</x:v>
+        <x:v>9643</x:v>
       </x:c>
       <x:c r="H44" s="3" t="n">
-        <x:v>9768</x:v>
+        <x:v>9764</x:v>
       </x:c>
       <x:c r="I44" s="3" t="n">
-        <x:v>10024</x:v>
+        <x:v>10017</x:v>
       </x:c>
       <x:c r="J44" s="3" t="n">
-        <x:v>9906</x:v>
+        <x:v>9901</x:v>
       </x:c>
       <x:c r="K44" s="3" t="n">
-        <x:v>10460</x:v>
+        <x:v>10455</x:v>
       </x:c>
       <x:c r="L44" s="3" t="n">
-        <x:v>10144</x:v>
+        <x:v>10139</x:v>
       </x:c>
       <x:c r="M44" s="3" t="n">
-        <x:v>10811</x:v>
+        <x:v>10807</x:v>
       </x:c>
       <x:c r="N44" s="3" t="n">
-        <x:v>10873</x:v>
+        <x:v>10869</x:v>
       </x:c>
       <x:c r="O44" s="3" t="n">
-        <x:v>11314</x:v>
+        <x:v>11310</x:v>
       </x:c>
       <x:c r="P44" s="3" t="n">
-        <x:v>11507</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="Q44" s="3" t="n">
-        <x:v>11942</x:v>
+        <x:v>11930</x:v>
       </x:c>
       <x:c r="R44" s="3" t="n">
-        <x:v>11848</x:v>
+        <x:v>11846</x:v>
       </x:c>
       <x:c r="S44" s="3" t="n">
-        <x:v>12184</x:v>
+        <x:v>12176</x:v>
       </x:c>
       <x:c r="T44" s="3" t="n">
-        <x:v>11748</x:v>
+        <x:v>11741</x:v>
       </x:c>
       <x:c r="U44" s="3" t="n">
-        <x:v>12558</x:v>
+        <x:v>12553</x:v>
       </x:c>
       <x:c r="V44" s="3" t="n">
-        <x:v>12680</x:v>
+        <x:v>12676</x:v>
       </x:c>
       <x:c r="W44" s="3" t="n">
-        <x:v>12695</x:v>
+        <x:v>12691</x:v>
       </x:c>
       <x:c r="X44" s="3" t="n">
-        <x:v>13175</x:v>
+        <x:v>13171</x:v>
       </x:c>
       <x:c r="Y44" s="3" t="n">
-        <x:v>12987</x:v>
+        <x:v>12981</x:v>
       </x:c>
       <x:c r="Z44" s="3" t="n">
-        <x:v>13953</x:v>
+        <x:v>13958</x:v>
       </x:c>
       <x:c r="AA44" s="3" t="n">
-        <x:v>13943</x:v>
+        <x:v>13938</x:v>
       </x:c>
       <x:c r="AB44" s="3" t="n">
-        <x:v>14213</x:v>
+        <x:v>14203</x:v>
       </x:c>
       <x:c r="AC44" s="3" t="n">
-        <x:v>14372</x:v>
+        <x:v>14355</x:v>
       </x:c>
       <x:c r="AD44" s="3" t="n">
-        <x:v>14304</x:v>
+        <x:v>14302</x:v>
       </x:c>
       <x:c r="AE44" s="3" t="n">
-        <x:v>14469</x:v>
+        <x:v>14463</x:v>
       </x:c>
       <x:c r="AF44" s="3" t="n">
-        <x:v>15436</x:v>
+        <x:v>15424</x:v>
       </x:c>
       <x:c r="AG44" s="3" t="n">
-        <x:v>15205</x:v>
+        <x:v>15194</x:v>
       </x:c>
       <x:c r="AH44" s="3" t="n">
-        <x:v>15906</x:v>
+        <x:v>15891</x:v>
       </x:c>
       <x:c r="AI44" s="3" t="n">
-        <x:v>16122</x:v>
+        <x:v>16117</x:v>
       </x:c>
       <x:c r="AJ44" s="3" t="n">
-        <x:v>16255</x:v>
+        <x:v>16245</x:v>
       </x:c>
       <x:c r="AK44" s="3" t="n">
-        <x:v>15754</x:v>
+        <x:v>15751</x:v>
       </x:c>
       <x:c r="AL44" s="3" t="n">
-        <x:v>15863</x:v>
+        <x:v>15855</x:v>
       </x:c>
       <x:c r="AM44" s="3" t="n">
-        <x:v>16336</x:v>
+        <x:v>16340</x:v>
       </x:c>
       <x:c r="AN44" s="3" t="n">
-        <x:v>16392</x:v>
+        <x:v>16386</x:v>
       </x:c>
       <x:c r="AO44" s="3" t="n">
-        <x:v>17253</x:v>
+        <x:v>17233</x:v>
       </x:c>
       <x:c r="AP44" s="3" t="n">
-        <x:v>17162</x:v>
+        <x:v>17137</x:v>
       </x:c>
       <x:c r="AQ44" s="3" t="n">
-        <x:v>17182</x:v>
+        <x:v>17155</x:v>
       </x:c>
       <x:c r="AR44" s="3" t="n">
-        <x:v>16303</x:v>
+        <x:v>16304</x:v>
       </x:c>
       <x:c r="AS44" s="3" t="n">
-        <x:v>17975</x:v>
+        <x:v>17996</x:v>
       </x:c>
       <x:c r="AT44" s="3" t="n">
-        <x:v>18166</x:v>
+        <x:v>18118</x:v>
       </x:c>
       <x:c r="AU44" s="3" t="n">
-        <x:v>18216</x:v>
+        <x:v>18188</x:v>
       </x:c>
       <x:c r="AV44" s="3" t="n">
-        <x:v>17271</x:v>
+        <x:v>17279</x:v>
       </x:c>
       <x:c r="AW44" s="3" t="n">
-        <x:v>18379</x:v>
+        <x:v>18415</x:v>
       </x:c>
       <x:c r="AX44" s="3" t="n">
-        <x:v>19049</x:v>
+        <x:v>19024</x:v>
       </x:c>
       <x:c r="AY44" s="3" t="n">
-        <x:v>18899</x:v>
+        <x:v>18877</x:v>
       </x:c>
       <x:c r="AZ44" s="3" t="n">
-        <x:v>18241</x:v>
+        <x:v>18242</x:v>
       </x:c>
       <x:c r="BA44" s="3" t="n">
-        <x:v>19385</x:v>
+        <x:v>19392</x:v>
       </x:c>
       <x:c r="BB44" s="3" t="n">
-        <x:v>19597</x:v>
+        <x:v>19601</x:v>
       </x:c>
       <x:c r="BC44" s="3" t="n">
-        <x:v>20216</x:v>
+        <x:v>20200</x:v>
       </x:c>
       <x:c r="BD44" s="3" t="n">
-        <x:v>20756</x:v>
+        <x:v>20739</x:v>
       </x:c>
       <x:c r="BE44" s="3" t="n">
-        <x:v>21150</x:v>
+        <x:v>21142</x:v>
       </x:c>
       <x:c r="BF44" s="3" t="n">
-        <x:v>21236</x:v>
+        <x:v>21222</x:v>
       </x:c>
       <x:c r="BG44" s="3" t="n">
-        <x:v>21779</x:v>
+        <x:v>21757</x:v>
       </x:c>
       <x:c r="BH44" s="3" t="n">
-        <x:v>22281</x:v>
+        <x:v>22263</x:v>
       </x:c>
       <x:c r="BI44" s="3" t="n">
-        <x:v>22814</x:v>
+        <x:v>22822</x:v>
       </x:c>
       <x:c r="BJ44" s="3" t="n">
-        <x:v>22856</x:v>
+        <x:v>22834</x:v>
       </x:c>
       <x:c r="BK44" s="3" t="n">
-        <x:v>22793</x:v>
+        <x:v>22788</x:v>
       </x:c>
       <x:c r="BL44" s="3" t="n">
-        <x:v>23290</x:v>
+        <x:v>23275</x:v>
       </x:c>
       <x:c r="BM44" s="3" t="n">
-        <x:v>23516</x:v>
+        <x:v>23510</x:v>
       </x:c>
       <x:c r="BN44" s="3" t="n">
-        <x:v>23832</x:v>
+        <x:v>23831</x:v>
       </x:c>
       <x:c r="BO44" s="3" t="n">
-        <x:v>23999</x:v>
+        <x:v>23997</x:v>
       </x:c>
       <x:c r="BP44" s="3" t="n">
-        <x:v>24441</x:v>
+        <x:v>24428</x:v>
       </x:c>
       <x:c r="BQ44" s="3" t="n">
-        <x:v>24491</x:v>
+        <x:v>24458</x:v>
       </x:c>
       <x:c r="BR44" s="3" t="n">
-        <x:v>24755</x:v>
+        <x:v>24751</x:v>
       </x:c>
       <x:c r="BS44" s="3" t="n">
-        <x:v>25014</x:v>
+        <x:v>25016</x:v>
       </x:c>
       <x:c r="BT44" s="3" t="n">
-        <x:v>25556</x:v>
+        <x:v>25547</x:v>
       </x:c>
       <x:c r="BU44" s="3" t="n">
-        <x:v>26108</x:v>
+        <x:v>26076</x:v>
       </x:c>
       <x:c r="BV44" s="3" t="n">
-        <x:v>26364</x:v>
+        <x:v>26374</x:v>
       </x:c>
       <x:c r="BW44" s="3" t="n">
-        <x:v>26705</x:v>
+        <x:v>26684</x:v>
       </x:c>
       <x:c r="BX44" s="3" t="n">
-        <x:v>27024</x:v>
+        <x:v>27004</x:v>
       </x:c>
       <x:c r="BY44" s="3" t="n">
-        <x:v>27232</x:v>
+        <x:v>27201</x:v>
       </x:c>
       <x:c r="BZ44" s="3" t="n">
-        <x:v>27387</x:v>
+        <x:v>27319</x:v>
       </x:c>
       <x:c r="CA44" s="3" t="n">
-        <x:v>27578</x:v>
+        <x:v>27520</x:v>
       </x:c>
       <x:c r="CB44" s="3" t="n">
-        <x:v>27781</x:v>
+        <x:v>27760</x:v>
       </x:c>
       <x:c r="CC44" s="3" t="n">
-        <x:v>28360</x:v>
+        <x:v>28417</x:v>
       </x:c>
       <x:c r="CD44" s="3" t="n">
-        <x:v>28952</x:v>
+        <x:v>28847</x:v>
       </x:c>
       <x:c r="CE44" s="3" t="n">
-        <x:v>28662</x:v>
+        <x:v>28651</x:v>
       </x:c>
       <x:c r="CF44" s="3" t="n">
-        <x:v>29543</x:v>
+        <x:v>29483</x:v>
       </x:c>
       <x:c r="CG44" s="3" t="n">
-        <x:v>29301</x:v>
+        <x:v>29353</x:v>
       </x:c>
       <x:c r="CH44" s="3" t="n">
-        <x:v>29907</x:v>
+        <x:v>29839</x:v>
       </x:c>
       <x:c r="CI44" s="3" t="n">
-        <x:v>30354</x:v>
+        <x:v>30330</x:v>
       </x:c>
       <x:c r="CJ44" s="3" t="n">
-        <x:v>30841</x:v>
+        <x:v>30817</x:v>
       </x:c>
       <x:c r="CK44" s="3" t="n">
-        <x:v>31057</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="CL44" s="3" t="n">
-        <x:v>31312</x:v>
+        <x:v>31322</x:v>
       </x:c>
       <x:c r="CM44" s="3" t="n">
-        <x:v>31689</x:v>
+        <x:v>31660</x:v>
       </x:c>
       <x:c r="CN44" s="3" t="n">
-        <x:v>31761</x:v>
+        <x:v>31714</x:v>
       </x:c>
       <x:c r="CO44" s="3" t="n">
-        <x:v>32322</x:v>
+        <x:v>32257</x:v>
       </x:c>
       <x:c r="CP44" s="3" t="n">
-        <x:v>32608</x:v>
+        <x:v>32572</x:v>
       </x:c>
       <x:c r="CQ44" s="3" t="n">
-        <x:v>32908</x:v>
+        <x:v>32894</x:v>
       </x:c>
       <x:c r="CR44" s="3" t="n">
-        <x:v>33076</x:v>
+        <x:v>33018</x:v>
       </x:c>
       <x:c r="CS44" s="3" t="n">
-        <x:v>33596</x:v>
+        <x:v>33535</x:v>
       </x:c>
       <x:c r="CT44" s="3" t="n">
-        <x:v>33956</x:v>
+        <x:v>33903</x:v>
       </x:c>
       <x:c r="CU44" s="3" t="n">
-        <x:v>34497</x:v>
+        <x:v>34436</x:v>
       </x:c>
       <x:c r="CV44" s="3" t="n">
-        <x:v>35076</x:v>
+        <x:v>35047</x:v>
       </x:c>
       <x:c r="CW44" s="3" t="n">
-        <x:v>35344</x:v>
+        <x:v>35346</x:v>
       </x:c>
       <x:c r="CX44" s="3" t="n">
-        <x:v>35214</x:v>
+        <x:v>35215</x:v>
       </x:c>
       <x:c r="CY44" s="3" t="n">
-        <x:v>34413</x:v>
+        <x:v>34235</x:v>
       </x:c>
       <x:c r="CZ44" s="3" t="n">
-        <x:v>34927</x:v>
+        <x:v>34951</x:v>
       </x:c>
       <x:c r="DA44" s="3" t="n">
-        <x:v>35259</x:v>
+        <x:v>35251</x:v>
       </x:c>
       <x:c r="DB44" s="3" t="n">
-        <x:v>35930</x:v>
+        <x:v>35664</x:v>
       </x:c>
       <x:c r="DC44" s="3" t="n">
-        <x:v>36048</x:v>
+        <x:v>35818</x:v>
       </x:c>
       <x:c r="DD44" s="3" t="n">
-        <x:v>35988</x:v>
+        <x:v>35997</x:v>
       </x:c>
       <x:c r="DE44" s="3" t="n">
-        <x:v>37799</x:v>
+        <x:v>38067</x:v>
       </x:c>
       <x:c r="DF44" s="3" t="n">
-        <x:v>37925</x:v>
+        <x:v>37708</x:v>
       </x:c>
       <x:c r="DG44" s="3" t="n">
-        <x:v>38665</x:v>
+        <x:v>38227</x:v>
       </x:c>
       <x:c r="DH44" s="3" t="n">
-        <x:v>38066</x:v>
+        <x:v>38056</x:v>
       </x:c>
       <x:c r="DI44" s="3" t="n">
-        <x:v>38756</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="DJ44" s="3" t="n">
-        <x:v>39774</x:v>
+        <x:v>39468</x:v>
       </x:c>
       <x:c r="DK44" s="3" t="n">
-        <x:v>40470</x:v>
+        <x:v>40069</x:v>
       </x:c>
       <x:c r="DL44" s="3" t="n">
-        <x:v>41615</x:v>
+        <x:v>41255</x:v>
       </x:c>
       <x:c r="DM44" s="3" t="n">
-        <x:v>42747</x:v>
+        <x:v>42293</x:v>
       </x:c>
       <x:c r="DN44" s="3" t="n">
-        <x:v>42907</x:v>
+        <x:v>42449</x:v>
       </x:c>
       <x:c r="DO44" s="3" t="n">
-        <x:v>43242</x:v>
+        <x:v>42926</x:v>
       </x:c>
       <x:c r="DP44" s="3" t="n">
-        <x:v>43979</x:v>
+        <x:v>43559</x:v>
       </x:c>
       <x:c r="DQ44" s="3" t="n">
-        <x:v>44178</x:v>
+        <x:v>43840</x:v>
       </x:c>
       <x:c r="DR44" s="3" t="n">
-        <x:v>45057</x:v>
+        <x:v>44539</x:v>
       </x:c>
       <x:c r="DS44" s="3" t="n">
-        <x:v>45555</x:v>
+        <x:v>44936</x:v>
+      </x:c>
+      <x:c r="DT44" s="3" t="n">
+        <x:v>44832</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:123">
+    <x:row r="45" spans="1:124">
       <x:c r="A45" s="2" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>14957</x:v>
+        <x:v>14908</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>15109</x:v>
+        <x:v>15061</x:v>
       </x:c>
       <x:c r="D45" s="3" t="n">
-        <x:v>15223</x:v>
+        <x:v>15179</x:v>
       </x:c>
       <x:c r="E45" s="3" t="n">
-        <x:v>15591</x:v>
+        <x:v>15551</x:v>
       </x:c>
       <x:c r="F45" s="3" t="n">
-        <x:v>15944</x:v>
+        <x:v>15894</x:v>
       </x:c>
       <x:c r="G45" s="3" t="n">
-        <x:v>16296</x:v>
+        <x:v>16248</x:v>
       </x:c>
       <x:c r="H45" s="3" t="n">
-        <x:v>16754</x:v>
+        <x:v>16705</x:v>
       </x:c>
       <x:c r="I45" s="3" t="n">
-        <x:v>17103</x:v>
+        <x:v>17056</x:v>
       </x:c>
       <x:c r="J45" s="3" t="n">
-        <x:v>17396</x:v>
+        <x:v>17345</x:v>
       </x:c>
       <x:c r="K45" s="3" t="n">
-        <x:v>17576</x:v>
+        <x:v>17524</x:v>
       </x:c>
       <x:c r="L45" s="3" t="n">
-        <x:v>17928</x:v>
+        <x:v>17873</x:v>
       </x:c>
       <x:c r="M45" s="3" t="n">
-        <x:v>18165</x:v>
+        <x:v>18112</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>18313</x:v>
+        <x:v>18262</x:v>
       </x:c>
       <x:c r="O45" s="3" t="n">
-        <x:v>19037</x:v>
+        <x:v>18983</x:v>
       </x:c>
       <x:c r="P45" s="3" t="n">
-        <x:v>19960</x:v>
+        <x:v>19903</x:v>
       </x:c>
       <x:c r="Q45" s="3" t="n">
-        <x:v>20336</x:v>
+        <x:v>20273</x:v>
       </x:c>
       <x:c r="R45" s="3" t="n">
-        <x:v>20362</x:v>
+        <x:v>20299</x:v>
       </x:c>
       <x:c r="S45" s="3" t="n">
-        <x:v>20996</x:v>
+        <x:v>20935</x:v>
       </x:c>
       <x:c r="T45" s="3" t="n">
-        <x:v>21166</x:v>
+        <x:v>21106</x:v>
       </x:c>
       <x:c r="U45" s="3" t="n">
-        <x:v>21502</x:v>
+        <x:v>21450</x:v>
       </x:c>
       <x:c r="V45" s="3" t="n">
-        <x:v>21971</x:v>
+        <x:v>21908</x:v>
       </x:c>
       <x:c r="W45" s="3" t="n">
-        <x:v>22233</x:v>
+        <x:v>22173</x:v>
       </x:c>
       <x:c r="X45" s="3" t="n">
-        <x:v>22496</x:v>
+        <x:v>22435</x:v>
       </x:c>
       <x:c r="Y45" s="3" t="n">
-        <x:v>23024</x:v>
+        <x:v>22960</x:v>
       </x:c>
       <x:c r="Z45" s="3" t="n">
-        <x:v>23923</x:v>
+        <x:v>23858</x:v>
       </x:c>
       <x:c r="AA45" s="3" t="n">
-        <x:v>24198</x:v>
+        <x:v>24129</x:v>
       </x:c>
       <x:c r="AB45" s="3" t="n">
-        <x:v>24391</x:v>
+        <x:v>24324</x:v>
       </x:c>
       <x:c r="AC45" s="3" t="n">
-        <x:v>25957</x:v>
+        <x:v>25902</x:v>
       </x:c>
       <x:c r="AD45" s="3" t="n">
-        <x:v>25653</x:v>
+        <x:v>25583</x:v>
       </x:c>
       <x:c r="AE45" s="3" t="n">
-        <x:v>26886</x:v>
+        <x:v>26820</x:v>
       </x:c>
       <x:c r="AF45" s="3" t="n">
-        <x:v>27724</x:v>
+        <x:v>27664</x:v>
       </x:c>
       <x:c r="AG45" s="3" t="n">
-        <x:v>27921</x:v>
+        <x:v>27857</x:v>
       </x:c>
       <x:c r="AH45" s="3" t="n">
-        <x:v>28845</x:v>
+        <x:v>28779</x:v>
       </x:c>
       <x:c r="AI45" s="3" t="n">
-        <x:v>28425</x:v>
+        <x:v>28354</x:v>
       </x:c>
       <x:c r="AJ45" s="3" t="n">
-        <x:v>29145</x:v>
+        <x:v>29074</x:v>
       </x:c>
       <x:c r="AK45" s="3" t="n">
-        <x:v>28851</x:v>
+        <x:v>28804</x:v>
       </x:c>
       <x:c r="AL45" s="3" t="n">
-        <x:v>29929</x:v>
+        <x:v>29816</x:v>
       </x:c>
       <x:c r="AM45" s="3" t="n">
-        <x:v>30576</x:v>
+        <x:v>30492</x:v>
       </x:c>
       <x:c r="AN45" s="3" t="n">
-        <x:v>30991</x:v>
+        <x:v>30928</x:v>
       </x:c>
       <x:c r="AO45" s="3" t="n">
-        <x:v>32131</x:v>
+        <x:v>32088</x:v>
       </x:c>
       <x:c r="AP45" s="3" t="n">
-        <x:v>32376</x:v>
+        <x:v>32302</x:v>
       </x:c>
       <x:c r="AQ45" s="3" t="n">
-        <x:v>33306</x:v>
+        <x:v>33221</x:v>
       </x:c>
       <x:c r="AR45" s="3" t="n">
-        <x:v>33035</x:v>
+        <x:v>32966</x:v>
       </x:c>
       <x:c r="AS45" s="3" t="n">
-        <x:v>34177</x:v>
+        <x:v>34104</x:v>
       </x:c>
       <x:c r="AT45" s="3" t="n">
-        <x:v>34811</x:v>
+        <x:v>34781</x:v>
       </x:c>
       <x:c r="AU45" s="3" t="n">
-        <x:v>35106</x:v>
+        <x:v>35031</x:v>
       </x:c>
       <x:c r="AV45" s="3" t="n">
-        <x:v>36483</x:v>
+        <x:v>36410</x:v>
       </x:c>
       <x:c r="AW45" s="3" t="n">
-        <x:v>37018</x:v>
+        <x:v>36941</x:v>
       </x:c>
       <x:c r="AX45" s="3" t="n">
-        <x:v>38148</x:v>
+        <x:v>38084</x:v>
       </x:c>
       <x:c r="AY45" s="3" t="n">
-        <x:v>38928</x:v>
+        <x:v>38846</x:v>
       </x:c>
       <x:c r="AZ45" s="3" t="n">
-        <x:v>40375</x:v>
+        <x:v>40326</x:v>
       </x:c>
       <x:c r="BA45" s="3" t="n">
-        <x:v>40894</x:v>
+        <x:v>40862</x:v>
       </x:c>
       <x:c r="BB45" s="3" t="n">
-        <x:v>42200</x:v>
+        <x:v>42220</x:v>
       </x:c>
       <x:c r="BC45" s="3" t="n">
-        <x:v>43676</x:v>
+        <x:v>43719</x:v>
       </x:c>
       <x:c r="BD45" s="3" t="n">
-        <x:v>44083</x:v>
+        <x:v>43929</x:v>
       </x:c>
       <x:c r="BE45" s="3" t="n">
-        <x:v>44951</x:v>
+        <x:v>44843</x:v>
       </x:c>
       <x:c r="BF45" s="3" t="n">
-        <x:v>45218</x:v>
+        <x:v>45114</x:v>
       </x:c>
       <x:c r="BG45" s="3" t="n">
-        <x:v>46256</x:v>
+        <x:v>46182</x:v>
       </x:c>
       <x:c r="BH45" s="3" t="n">
-        <x:v>47214</x:v>
+        <x:v>47163</x:v>
       </x:c>
       <x:c r="BI45" s="3" t="n">
-        <x:v>48595</x:v>
+        <x:v>48608</x:v>
       </x:c>
       <x:c r="BJ45" s="3" t="n">
-        <x:v>48505</x:v>
+        <x:v>48450</x:v>
       </x:c>
       <x:c r="BK45" s="3" t="n">
-        <x:v>48647</x:v>
+        <x:v>48602</x:v>
       </x:c>
       <x:c r="BL45" s="3" t="n">
-        <x:v>49577</x:v>
+        <x:v>49535</x:v>
       </x:c>
       <x:c r="BM45" s="3" t="n">
-        <x:v>50582</x:v>
+        <x:v>50521</x:v>
       </x:c>
       <x:c r="BN45" s="3" t="n">
-        <x:v>51448</x:v>
+        <x:v>51398</x:v>
       </x:c>
       <x:c r="BO45" s="3" t="n">
-        <x:v>52583</x:v>
+        <x:v>52542</x:v>
       </x:c>
       <x:c r="BP45" s="3" t="n">
-        <x:v>53868</x:v>
+        <x:v>53829</x:v>
       </x:c>
       <x:c r="BQ45" s="3" t="n">
-        <x:v>54613</x:v>
+        <x:v>54531</x:v>
       </x:c>
       <x:c r="BR45" s="3" t="n">
-        <x:v>55608</x:v>
+        <x:v>55571</x:v>
       </x:c>
       <x:c r="BS45" s="3" t="n">
-        <x:v>56221</x:v>
+        <x:v>56186</x:v>
       </x:c>
       <x:c r="BT45" s="3" t="n">
-        <x:v>56769</x:v>
+        <x:v>56682</x:v>
       </x:c>
       <x:c r="BU45" s="3" t="n">
-        <x:v>57877</x:v>
+        <x:v>57833</x:v>
       </x:c>
       <x:c r="BV45" s="3" t="n">
-        <x:v>58532</x:v>
+        <x:v>58495</x:v>
       </x:c>
       <x:c r="BW45" s="3" t="n">
-        <x:v>59951</x:v>
+        <x:v>59933</x:v>
       </x:c>
       <x:c r="BX45" s="3" t="n">
-        <x:v>60954</x:v>
+        <x:v>60911</x:v>
       </x:c>
       <x:c r="BY45" s="3" t="n">
-        <x:v>61781</x:v>
+        <x:v>61648</x:v>
       </x:c>
       <x:c r="BZ45" s="3" t="n">
-        <x:v>62361</x:v>
+        <x:v>62038</x:v>
       </x:c>
       <x:c r="CA45" s="3" t="n">
-        <x:v>63312</x:v>
+        <x:v>62861</x:v>
       </x:c>
       <x:c r="CB45" s="3" t="n">
-        <x:v>64144</x:v>
+        <x:v>63552</x:v>
       </x:c>
       <x:c r="CC45" s="3" t="n">
-        <x:v>64845</x:v>
+        <x:v>64148</x:v>
       </x:c>
       <x:c r="CD45" s="3" t="n">
-        <x:v>66502</x:v>
+        <x:v>65794</x:v>
       </x:c>
       <x:c r="CE45" s="3" t="n">
-        <x:v>65570</x:v>
+        <x:v>64790</x:v>
       </x:c>
       <x:c r="CF45" s="3" t="n">
-        <x:v>67949</x:v>
+        <x:v>67052</x:v>
       </x:c>
       <x:c r="CG45" s="3" t="n">
-        <x:v>67672</x:v>
+        <x:v>66816</x:v>
       </x:c>
       <x:c r="CH45" s="3" t="n">
-        <x:v>68103</x:v>
+        <x:v>67302</x:v>
       </x:c>
       <x:c r="CI45" s="3" t="n">
-        <x:v>69341</x:v>
+        <x:v>68607</x:v>
       </x:c>
       <x:c r="CJ45" s="3" t="n">
-        <x:v>69464</x:v>
+        <x:v>68776</x:v>
       </x:c>
       <x:c r="CK45" s="3" t="n">
-        <x:v>70765</x:v>
+        <x:v>70108</x:v>
       </x:c>
       <x:c r="CL45" s="3" t="n">
-        <x:v>71379</x:v>
+        <x:v>70734</x:v>
       </x:c>
       <x:c r="CM45" s="3" t="n">
-        <x:v>72370</x:v>
+        <x:v>71719</x:v>
       </x:c>
       <x:c r="CN45" s="3" t="n">
-        <x:v>73321</x:v>
+        <x:v>72675</x:v>
       </x:c>
       <x:c r="CO45" s="3" t="n">
-        <x:v>73606</x:v>
+        <x:v>72921</x:v>
       </x:c>
       <x:c r="CP45" s="3" t="n">
-        <x:v>75032</x:v>
+        <x:v>74234</x:v>
       </x:c>
       <x:c r="CQ45" s="3" t="n">
-        <x:v>76187</x:v>
+        <x:v>75296</x:v>
       </x:c>
       <x:c r="CR45" s="3" t="n">
-        <x:v>76159</x:v>
+        <x:v>75214</x:v>
       </x:c>
       <x:c r="CS45" s="3" t="n">
-        <x:v>77653</x:v>
+        <x:v>76567</x:v>
       </x:c>
       <x:c r="CT45" s="3" t="n">
-        <x:v>78417</x:v>
+        <x:v>77236</x:v>
       </x:c>
       <x:c r="CU45" s="3" t="n">
-        <x:v>79519</x:v>
+        <x:v>78296</x:v>
       </x:c>
       <x:c r="CV45" s="3" t="n">
-        <x:v>81478</x:v>
+        <x:v>80272</x:v>
       </x:c>
       <x:c r="CW45" s="3" t="n">
-        <x:v>82301</x:v>
+        <x:v>81262</x:v>
       </x:c>
       <x:c r="CX45" s="3" t="n">
-        <x:v>81599</x:v>
+        <x:v>80819</x:v>
       </x:c>
       <x:c r="CY45" s="3" t="n">
-        <x:v>82561</x:v>
+        <x:v>81976</x:v>
       </x:c>
       <x:c r="CZ45" s="3" t="n">
-        <x:v>81370</x:v>
+        <x:v>80826</x:v>
       </x:c>
       <x:c r="DA45" s="3" t="n">
-        <x:v>82613</x:v>
+        <x:v>81970</x:v>
       </x:c>
       <x:c r="DB45" s="3" t="n">
-        <x:v>85435</x:v>
+        <x:v>84703</x:v>
       </x:c>
       <x:c r="DC45" s="3" t="n">
-        <x:v>86931</x:v>
+        <x:v>85901</x:v>
       </x:c>
       <x:c r="DD45" s="3" t="n">
-        <x:v>86591</x:v>
+        <x:v>85393</x:v>
       </x:c>
       <x:c r="DE45" s="3" t="n">
-        <x:v>90255</x:v>
+        <x:v>88993</x:v>
       </x:c>
       <x:c r="DF45" s="3" t="n">
-        <x:v>92110</x:v>
+        <x:v>91228</x:v>
       </x:c>
       <x:c r="DG45" s="3" t="n">
-        <x:v>92656</x:v>
+        <x:v>91897</x:v>
       </x:c>
       <x:c r="DH45" s="3" t="n">
-        <x:v>93348</x:v>
+        <x:v>92366</x:v>
       </x:c>
       <x:c r="DI45" s="3" t="n">
-        <x:v>93192</x:v>
+        <x:v>92185</x:v>
       </x:c>
       <x:c r="DJ45" s="3" t="n">
-        <x:v>94101</x:v>
+        <x:v>93660</x:v>
       </x:c>
       <x:c r="DK45" s="3" t="n">
-        <x:v>96981</x:v>
+        <x:v>96365</x:v>
       </x:c>
       <x:c r="DL45" s="3" t="n">
-        <x:v>98816</x:v>
+        <x:v>98024</x:v>
       </x:c>
       <x:c r="DM45" s="3" t="n">
-        <x:v>103395</x:v>
+        <x:v>102599</x:v>
       </x:c>
       <x:c r="DN45" s="3" t="n">
-        <x:v>103107</x:v>
+        <x:v>102239</x:v>
       </x:c>
       <x:c r="DO45" s="3" t="n">
-        <x:v>104752</x:v>
+        <x:v>104132</x:v>
       </x:c>
       <x:c r="DP45" s="3" t="n">
-        <x:v>106362</x:v>
+        <x:v>105465</x:v>
       </x:c>
       <x:c r="DQ45" s="3" t="n">
-        <x:v>106385</x:v>
+        <x:v>106415</x:v>
       </x:c>
       <x:c r="DR45" s="3" t="n">
-        <x:v>109130</x:v>
+        <x:v>107876</x:v>
       </x:c>
       <x:c r="DS45" s="3" t="n">
-        <x:v>111272</x:v>
+        <x:v>109955</x:v>
+      </x:c>
+      <x:c r="DT45" s="3" t="n">
+        <x:v>111120</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:123">
+    <x:row r="46" spans="1:124">
       <x:c r="A46" s="2" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
         <x:v>3121</x:v>
       </x:c>
       <x:c r="C46" s="3" t="n">
         <x:v>3154</x:v>
       </x:c>
       <x:c r="D46" s="3" t="n">
         <x:v>3183</x:v>
       </x:c>
       <x:c r="E46" s="3" t="n">
         <x:v>3232</x:v>
       </x:c>
       <x:c r="F46" s="3" t="n">
         <x:v>3286</x:v>
       </x:c>
       <x:c r="G46" s="3" t="n">
         <x:v>3325</x:v>
       </x:c>
       <x:c r="H46" s="3" t="n">
         <x:v>3396</x:v>
       </x:c>
       <x:c r="I46" s="3" t="n">
         <x:v>3438</x:v>
       </x:c>
@@ -16665,359 +16804,362 @@
       <x:c r="N46" s="3" t="n">
         <x:v>3651</x:v>
       </x:c>
       <x:c r="O46" s="3" t="n">
         <x:v>3731</x:v>
       </x:c>
       <x:c r="P46" s="3" t="n">
         <x:v>3820</x:v>
       </x:c>
       <x:c r="Q46" s="3" t="n">
         <x:v>3911</x:v>
       </x:c>
       <x:c r="R46" s="3" t="n">
         <x:v>4038</x:v>
       </x:c>
       <x:c r="S46" s="3" t="n">
         <x:v>4075</x:v>
       </x:c>
       <x:c r="T46" s="3" t="n">
         <x:v>4085</x:v>
       </x:c>
       <x:c r="U46" s="3" t="n">
         <x:v>4133</x:v>
       </x:c>
       <x:c r="V46" s="3" t="n">
-        <x:v>4326</x:v>
+        <x:v>4325</x:v>
       </x:c>
       <x:c r="W46" s="3" t="n">
         <x:v>4347</x:v>
       </x:c>
       <x:c r="X46" s="3" t="n">
         <x:v>4369</x:v>
       </x:c>
       <x:c r="Y46" s="3" t="n">
         <x:v>4418</x:v>
       </x:c>
       <x:c r="Z46" s="3" t="n">
-        <x:v>4402</x:v>
+        <x:v>4403</x:v>
       </x:c>
       <x:c r="AA46" s="3" t="n">
-        <x:v>4399</x:v>
+        <x:v>4400</x:v>
       </x:c>
       <x:c r="AB46" s="3" t="n">
-        <x:v>4411</x:v>
+        <x:v>4413</x:v>
       </x:c>
       <x:c r="AC46" s="3" t="n">
-        <x:v>4474</x:v>
+        <x:v>4477</x:v>
       </x:c>
       <x:c r="AD46" s="3" t="n">
-        <x:v>4522</x:v>
+        <x:v>4526</x:v>
       </x:c>
       <x:c r="AE46" s="3" t="n">
-        <x:v>4705</x:v>
+        <x:v>4710</x:v>
       </x:c>
       <x:c r="AF46" s="3" t="n">
-        <x:v>4784</x:v>
+        <x:v>4789</x:v>
       </x:c>
       <x:c r="AG46" s="3" t="n">
-        <x:v>4814</x:v>
+        <x:v>4820</x:v>
       </x:c>
       <x:c r="AH46" s="3" t="n">
-        <x:v>4638</x:v>
+        <x:v>4645</x:v>
       </x:c>
       <x:c r="AI46" s="3" t="n">
-        <x:v>4711</x:v>
+        <x:v>4720</x:v>
       </x:c>
       <x:c r="AJ46" s="3" t="n">
-        <x:v>4816</x:v>
+        <x:v>4825</x:v>
       </x:c>
       <x:c r="AK46" s="3" t="n">
-        <x:v>4870</x:v>
+        <x:v>4880</x:v>
       </x:c>
       <x:c r="AL46" s="3" t="n">
-        <x:v>4711</x:v>
+        <x:v>4723</x:v>
       </x:c>
       <x:c r="AM46" s="3" t="n">
-        <x:v>4820</x:v>
+        <x:v>4834</x:v>
       </x:c>
       <x:c r="AN46" s="3" t="n">
-        <x:v>4978</x:v>
+        <x:v>4994</x:v>
       </x:c>
       <x:c r="AO46" s="3" t="n">
-        <x:v>5077</x:v>
+        <x:v>5095</x:v>
       </x:c>
       <x:c r="AP46" s="3" t="n">
-        <x:v>5121</x:v>
+        <x:v>5142</x:v>
       </x:c>
       <x:c r="AQ46" s="3" t="n">
-        <x:v>5245</x:v>
+        <x:v>5268</x:v>
       </x:c>
       <x:c r="AR46" s="3" t="n">
-        <x:v>5209</x:v>
+        <x:v>5235</x:v>
       </x:c>
       <x:c r="AS46" s="3" t="n">
-        <x:v>5261</x:v>
+        <x:v>5290</x:v>
       </x:c>
       <x:c r="AT46" s="3" t="n">
-        <x:v>5329</x:v>
+        <x:v>5357</x:v>
       </x:c>
       <x:c r="AU46" s="3" t="n">
-        <x:v>5483</x:v>
+        <x:v>5515</x:v>
       </x:c>
       <x:c r="AV46" s="3" t="n">
-        <x:v>5461</x:v>
+        <x:v>5495</x:v>
       </x:c>
       <x:c r="AW46" s="3" t="n">
-        <x:v>5556</x:v>
+        <x:v>5590</x:v>
       </x:c>
       <x:c r="AX46" s="3" t="n">
-        <x:v>6164</x:v>
+        <x:v>6205</x:v>
       </x:c>
       <x:c r="AY46" s="3" t="n">
-        <x:v>6310</x:v>
+        <x:v>6355</x:v>
       </x:c>
       <x:c r="AZ46" s="3" t="n">
-        <x:v>6305</x:v>
+        <x:v>6353</x:v>
       </x:c>
       <x:c r="BA46" s="3" t="n">
-        <x:v>6471</x:v>
+        <x:v>6527</x:v>
       </x:c>
       <x:c r="BB46" s="3" t="n">
-        <x:v>6725</x:v>
+        <x:v>6787</x:v>
       </x:c>
       <x:c r="BC46" s="3" t="n">
-        <x:v>6802</x:v>
+        <x:v>6864</x:v>
       </x:c>
       <x:c r="BD46" s="3" t="n">
-        <x:v>7062</x:v>
+        <x:v>7134</x:v>
       </x:c>
       <x:c r="BE46" s="3" t="n">
-        <x:v>7159</x:v>
+        <x:v>7229</x:v>
       </x:c>
       <x:c r="BF46" s="3" t="n">
-        <x:v>7157</x:v>
+        <x:v>7217</x:v>
       </x:c>
       <x:c r="BG46" s="3" t="n">
-        <x:v>7412</x:v>
+        <x:v>7485</x:v>
       </x:c>
       <x:c r="BH46" s="3" t="n">
-        <x:v>7530</x:v>
+        <x:v>7608</x:v>
       </x:c>
       <x:c r="BI46" s="3" t="n">
-        <x:v>7693</x:v>
+        <x:v>7776</x:v>
       </x:c>
       <x:c r="BJ46" s="3" t="n">
-        <x:v>7605</x:v>
+        <x:v>7687</x:v>
       </x:c>
       <x:c r="BK46" s="3" t="n">
-        <x:v>7619</x:v>
+        <x:v>7704</x:v>
       </x:c>
       <x:c r="BL46" s="3" t="n">
-        <x:v>7741</x:v>
+        <x:v>7828</x:v>
       </x:c>
       <x:c r="BM46" s="3" t="n">
-        <x:v>7874</x:v>
+        <x:v>7965</x:v>
       </x:c>
       <x:c r="BN46" s="3" t="n">
-        <x:v>7976</x:v>
+        <x:v>8078</x:v>
       </x:c>
       <x:c r="BO46" s="3" t="n">
-        <x:v>8110</x:v>
+        <x:v>8213</x:v>
       </x:c>
       <x:c r="BP46" s="3" t="n">
-        <x:v>8174</x:v>
+        <x:v>8280</x:v>
       </x:c>
       <x:c r="BQ46" s="3" t="n">
-        <x:v>8330</x:v>
+        <x:v>8435</x:v>
       </x:c>
       <x:c r="BR46" s="3" t="n">
-        <x:v>8148</x:v>
+        <x:v>8245</x:v>
       </x:c>
       <x:c r="BS46" s="3" t="n">
-        <x:v>8414</x:v>
+        <x:v>8527</x:v>
       </x:c>
       <x:c r="BT46" s="3" t="n">
-        <x:v>8646</x:v>
+        <x:v>8765</x:v>
       </x:c>
       <x:c r="BU46" s="3" t="n">
-        <x:v>8799</x:v>
+        <x:v>8919</x:v>
       </x:c>
       <x:c r="BV46" s="3" t="n">
-        <x:v>8675</x:v>
+        <x:v>8810</x:v>
       </x:c>
       <x:c r="BW46" s="3" t="n">
-        <x:v>8833</x:v>
+        <x:v>8974</x:v>
       </x:c>
       <x:c r="BX46" s="3" t="n">
-        <x:v>8788</x:v>
+        <x:v>8920</x:v>
       </x:c>
       <x:c r="BY46" s="3" t="n">
-        <x:v>8913</x:v>
+        <x:v>9040</x:v>
       </x:c>
       <x:c r="BZ46" s="3" t="n">
-        <x:v>9009</x:v>
+        <x:v>9121</x:v>
       </x:c>
       <x:c r="CA46" s="3" t="n">
-        <x:v>9142</x:v>
+        <x:v>9249</x:v>
       </x:c>
       <x:c r="CB46" s="3" t="n">
-        <x:v>9296</x:v>
+        <x:v>9404</x:v>
       </x:c>
       <x:c r="CC46" s="3" t="n">
-        <x:v>9237</x:v>
+        <x:v>9336</x:v>
       </x:c>
       <x:c r="CD46" s="3" t="n">
-        <x:v>9455</x:v>
+        <x:v>9575</x:v>
       </x:c>
       <x:c r="CE46" s="3" t="n">
-        <x:v>9290</x:v>
+        <x:v>9410</x:v>
       </x:c>
       <x:c r="CF46" s="3" t="n">
-        <x:v>9481</x:v>
+        <x:v>9611</x:v>
       </x:c>
       <x:c r="CG46" s="3" t="n">
-        <x:v>9367</x:v>
+        <x:v>9477</x:v>
       </x:c>
       <x:c r="CH46" s="3" t="n">
-        <x:v>9339</x:v>
+        <x:v>9480</x:v>
       </x:c>
       <x:c r="CI46" s="3" t="n">
-        <x:v>9282</x:v>
+        <x:v>9403</x:v>
       </x:c>
       <x:c r="CJ46" s="3" t="n">
-        <x:v>9423</x:v>
+        <x:v>9540</x:v>
       </x:c>
       <x:c r="CK46" s="3" t="n">
-        <x:v>9415</x:v>
+        <x:v>9530</x:v>
       </x:c>
       <x:c r="CL46" s="3" t="n">
-        <x:v>9675</x:v>
+        <x:v>9798</x:v>
       </x:c>
       <x:c r="CM46" s="3" t="n">
-        <x:v>9761</x:v>
+        <x:v>9890</x:v>
       </x:c>
       <x:c r="CN46" s="3" t="n">
-        <x:v>9826</x:v>
+        <x:v>9959</x:v>
       </x:c>
       <x:c r="CO46" s="3" t="n">
-        <x:v>9856</x:v>
+        <x:v>9979</x:v>
       </x:c>
       <x:c r="CP46" s="3" t="n">
-        <x:v>10086</x:v>
+        <x:v>10198</x:v>
       </x:c>
       <x:c r="CQ46" s="3" t="n">
-        <x:v>10201</x:v>
+        <x:v>10312</x:v>
       </x:c>
       <x:c r="CR46" s="3" t="n">
-        <x:v>10214</x:v>
+        <x:v>10322</x:v>
       </x:c>
       <x:c r="CS46" s="3" t="n">
-        <x:v>10399</x:v>
+        <x:v>10512</x:v>
       </x:c>
       <x:c r="CT46" s="3" t="n">
-        <x:v>10477</x:v>
+        <x:v>10602</x:v>
       </x:c>
       <x:c r="CU46" s="3" t="n">
-        <x:v>10628</x:v>
+        <x:v>10766</x:v>
       </x:c>
       <x:c r="CV46" s="3" t="n">
-        <x:v>10819</x:v>
+        <x:v>10965</x:v>
       </x:c>
       <x:c r="CW46" s="3" t="n">
-        <x:v>11070</x:v>
+        <x:v>11222</x:v>
       </x:c>
       <x:c r="CX46" s="3" t="n">
-        <x:v>11065</x:v>
+        <x:v>11222</x:v>
       </x:c>
       <x:c r="CY46" s="3" t="n">
-        <x:v>9174</x:v>
+        <x:v>9299</x:v>
       </x:c>
       <x:c r="CZ46" s="3" t="n">
-        <x:v>10425</x:v>
+        <x:v>10555</x:v>
       </x:c>
       <x:c r="DA46" s="3" t="n">
-        <x:v>10932</x:v>
+        <x:v>11084</x:v>
       </x:c>
       <x:c r="DB46" s="3" t="n">
-        <x:v>10872</x:v>
+        <x:v>11034</x:v>
       </x:c>
       <x:c r="DC46" s="3" t="n">
-        <x:v>10774</x:v>
+        <x:v>10927</x:v>
       </x:c>
       <x:c r="DD46" s="3" t="n">
-        <x:v>11566</x:v>
+        <x:v>11799</x:v>
       </x:c>
       <x:c r="DE46" s="3" t="n">
-        <x:v>12049</x:v>
+        <x:v>12275</x:v>
       </x:c>
       <x:c r="DF46" s="3" t="n">
-        <x:v>12121</x:v>
+        <x:v>12346</x:v>
       </x:c>
       <x:c r="DG46" s="3" t="n">
-        <x:v>12561</x:v>
+        <x:v>12830</x:v>
       </x:c>
       <x:c r="DH46" s="3" t="n">
-        <x:v>12803</x:v>
+        <x:v>13006</x:v>
       </x:c>
       <x:c r="DI46" s="3" t="n">
-        <x:v>13016</x:v>
+        <x:v>13168</x:v>
       </x:c>
       <x:c r="DJ46" s="3" t="n">
-        <x:v>13558</x:v>
+        <x:v>13642</x:v>
       </x:c>
       <x:c r="DK46" s="3" t="n">
-        <x:v>13504</x:v>
+        <x:v>13533</x:v>
       </x:c>
       <x:c r="DL46" s="3" t="n">
-        <x:v>14205</x:v>
+        <x:v>14221</x:v>
       </x:c>
       <x:c r="DM46" s="3" t="n">
-        <x:v>14050</x:v>
+        <x:v>14023</x:v>
       </x:c>
       <x:c r="DN46" s="3" t="n">
-        <x:v>14284</x:v>
+        <x:v>14331</x:v>
       </x:c>
       <x:c r="DO46" s="3" t="n">
-        <x:v>14493</x:v>
+        <x:v>14495</x:v>
       </x:c>
       <x:c r="DP46" s="3" t="n">
-        <x:v>14725</x:v>
+        <x:v>14755</x:v>
       </x:c>
       <x:c r="DQ46" s="3" t="n">
-        <x:v>14964</x:v>
+        <x:v>15003</x:v>
       </x:c>
       <x:c r="DR46" s="3" t="n">
-        <x:v>15249</x:v>
+        <x:v>15245</x:v>
       </x:c>
       <x:c r="DS46" s="3" t="n">
-        <x:v>15579</x:v>
+        <x:v>15544</x:v>
+      </x:c>
+      <x:c r="DT46" s="3" t="n">
+        <x:v>15642</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:123">
+    <x:row r="47" spans="1:124">
       <x:c r="A47" s="2" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
         <x:v>32944</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>32555</x:v>
       </x:c>
       <x:c r="D47" s="3" t="n">
         <x:v>32966</x:v>
       </x:c>
       <x:c r="E47" s="3" t="n">
         <x:v>33491</x:v>
       </x:c>
       <x:c r="F47" s="3" t="n">
         <x:v>34594</x:v>
       </x:c>
       <x:c r="G47" s="3" t="n">
         <x:v>34695</x:v>
       </x:c>
       <x:c r="H47" s="3" t="n">
         <x:v>35538</x:v>
       </x:c>
       <x:c r="I47" s="3" t="n">
         <x:v>36124</x:v>
       </x:c>
@@ -17156,239 +17298,242 @@
       <x:c r="BB47" s="3" t="n">
         <x:v>73676</x:v>
       </x:c>
       <x:c r="BC47" s="3" t="n">
         <x:v>76325</x:v>
       </x:c>
       <x:c r="BD47" s="3" t="n">
         <x:v>78326</x:v>
       </x:c>
       <x:c r="BE47" s="3" t="n">
         <x:v>79580</x:v>
       </x:c>
       <x:c r="BF47" s="3" t="n">
         <x:v>79698</x:v>
       </x:c>
       <x:c r="BG47" s="3" t="n">
         <x:v>81556</x:v>
       </x:c>
       <x:c r="BH47" s="3" t="n">
         <x:v>83348</x:v>
       </x:c>
       <x:c r="BI47" s="3" t="n">
         <x:v>85102</x:v>
       </x:c>
       <x:c r="BJ47" s="3" t="n">
-        <x:v>85977</x:v>
+        <x:v>85976</x:v>
       </x:c>
       <x:c r="BK47" s="3" t="n">
-        <x:v>86242</x:v>
+        <x:v>86241</x:v>
       </x:c>
       <x:c r="BL47" s="3" t="n">
         <x:v>87378</x:v>
       </x:c>
       <x:c r="BM47" s="3" t="n">
-        <x:v>88665</x:v>
+        <x:v>88667</x:v>
       </x:c>
       <x:c r="BN47" s="3" t="n">
-        <x:v>89655</x:v>
+        <x:v>89660</x:v>
       </x:c>
       <x:c r="BO47" s="3" t="n">
-        <x:v>91389</x:v>
+        <x:v>91393</x:v>
       </x:c>
       <x:c r="BP47" s="3" t="n">
         <x:v>93505</x:v>
       </x:c>
       <x:c r="BQ47" s="3" t="n">
-        <x:v>95203</x:v>
+        <x:v>95194</x:v>
       </x:c>
       <x:c r="BR47" s="3" t="n">
-        <x:v>96460</x:v>
+        <x:v>96438</x:v>
       </x:c>
       <x:c r="BS47" s="3" t="n">
-        <x:v>96963</x:v>
+        <x:v>96944</x:v>
       </x:c>
       <x:c r="BT47" s="3" t="n">
-        <x:v>98492</x:v>
+        <x:v>98494</x:v>
       </x:c>
       <x:c r="BU47" s="3" t="n">
-        <x:v>100160</x:v>
+        <x:v>100199</x:v>
       </x:c>
       <x:c r="BV47" s="3" t="n">
-        <x:v>101111</x:v>
+        <x:v>101206</x:v>
       </x:c>
       <x:c r="BW47" s="3" t="n">
-        <x:v>103377</x:v>
+        <x:v>103460</x:v>
       </x:c>
       <x:c r="BX47" s="3" t="n">
-        <x:v>104732</x:v>
+        <x:v>104728</x:v>
       </x:c>
       <x:c r="BY47" s="3" t="n">
-        <x:v>105874</x:v>
+        <x:v>105700</x:v>
       </x:c>
       <x:c r="BZ47" s="3" t="n">
-        <x:v>107047</x:v>
+        <x:v>106628</x:v>
       </x:c>
       <x:c r="CA47" s="3" t="n">
-        <x:v>108731</x:v>
+        <x:v>108115</x:v>
       </x:c>
       <x:c r="CB47" s="3" t="n">
-        <x:v>110112</x:v>
+        <x:v>109345</x:v>
       </x:c>
       <x:c r="CC47" s="3" t="n">
-        <x:v>111551</x:v>
+        <x:v>110688</x:v>
       </x:c>
       <x:c r="CD47" s="3" t="n">
-        <x:v>113405</x:v>
+        <x:v>112516</x:v>
       </x:c>
       <x:c r="CE47" s="3" t="n">
-        <x:v>113757</x:v>
+        <x:v>112820</x:v>
       </x:c>
       <x:c r="CF47" s="3" t="n">
-        <x:v>116002</x:v>
+        <x:v>115038</x:v>
       </x:c>
       <x:c r="CG47" s="3" t="n">
-        <x:v>114350</x:v>
+        <x:v>113456</x:v>
       </x:c>
       <x:c r="CH47" s="3" t="n">
-        <x:v>116323</x:v>
+        <x:v>115456</x:v>
       </x:c>
       <x:c r="CI47" s="3" t="n">
-        <x:v>118142</x:v>
+        <x:v>117319</x:v>
       </x:c>
       <x:c r="CJ47" s="3" t="n">
-        <x:v>118946</x:v>
+        <x:v>118174</x:v>
       </x:c>
       <x:c r="CK47" s="3" t="n">
-        <x:v>120977</x:v>
+        <x:v>120245</x:v>
       </x:c>
       <x:c r="CL47" s="3" t="n">
-        <x:v>121812</x:v>
+        <x:v>121122</x:v>
       </x:c>
       <x:c r="CM47" s="3" t="n">
-        <x:v>123450</x:v>
+        <x:v>122770</x:v>
       </x:c>
       <x:c r="CN47" s="3" t="n">
-        <x:v>124792</x:v>
+        <x:v>124083</x:v>
       </x:c>
       <x:c r="CO47" s="3" t="n">
-        <x:v>125912</x:v>
+        <x:v>125136</x:v>
       </x:c>
       <x:c r="CP47" s="3" t="n">
-        <x:v>127783</x:v>
+        <x:v>126906</x:v>
       </x:c>
       <x:c r="CQ47" s="3" t="n">
-        <x:v>129573</x:v>
+        <x:v>128583</x:v>
       </x:c>
       <x:c r="CR47" s="3" t="n">
-        <x:v>129727</x:v>
+        <x:v>128634</x:v>
       </x:c>
       <x:c r="CS47" s="3" t="n">
-        <x:v>132623</x:v>
+        <x:v>131391</x:v>
       </x:c>
       <x:c r="CT47" s="3" t="n">
-        <x:v>133560</x:v>
+        <x:v>132181</x:v>
       </x:c>
       <x:c r="CU47" s="3" t="n">
-        <x:v>135151</x:v>
+        <x:v>133726</x:v>
       </x:c>
       <x:c r="CV47" s="3" t="n">
-        <x:v>137710</x:v>
+        <x:v>136337</x:v>
       </x:c>
       <x:c r="CW47" s="3" t="n">
-        <x:v>138762</x:v>
+        <x:v>137591</x:v>
       </x:c>
       <x:c r="CX47" s="3" t="n">
-        <x:v>138851</x:v>
+        <x:v>138015</x:v>
       </x:c>
       <x:c r="CY47" s="3" t="n">
-        <x:v>139296</x:v>
+        <x:v>138647</x:v>
       </x:c>
       <x:c r="CZ47" s="3" t="n">
-        <x:v>139115</x:v>
+        <x:v>138534</x:v>
       </x:c>
       <x:c r="DA47" s="3" t="n">
-        <x:v>139421</x:v>
+        <x:v>138754</x:v>
       </x:c>
       <x:c r="DB47" s="3" t="n">
-        <x:v>143640</x:v>
+        <x:v>142862</x:v>
       </x:c>
       <x:c r="DC47" s="3" t="n">
-        <x:v>145594</x:v>
+        <x:v>144609</x:v>
       </x:c>
       <x:c r="DD47" s="3" t="n">
-        <x:v>145270</x:v>
+        <x:v>144143</x:v>
       </x:c>
       <x:c r="DE47" s="3" t="n">
-        <x:v>150998</x:v>
+        <x:v>149759</x:v>
       </x:c>
       <x:c r="DF47" s="3" t="n">
-        <x:v>153101</x:v>
+        <x:v>152241</x:v>
       </x:c>
       <x:c r="DG47" s="3" t="n">
-        <x:v>154989</x:v>
+        <x:v>154280</x:v>
       </x:c>
       <x:c r="DH47" s="3" t="n">
-        <x:v>155024</x:v>
+        <x:v>154105</x:v>
       </x:c>
       <x:c r="DI47" s="3" t="n">
-        <x:v>156332</x:v>
+        <x:v>155342</x:v>
       </x:c>
       <x:c r="DJ47" s="3" t="n">
-        <x:v>158466</x:v>
+        <x:v>157765</x:v>
       </x:c>
       <x:c r="DK47" s="3" t="n">
-        <x:v>162386</x:v>
+        <x:v>161536</x:v>
       </x:c>
       <x:c r="DL47" s="3" t="n">
-        <x:v>166382</x:v>
+        <x:v>165363</x:v>
       </x:c>
       <x:c r="DM47" s="3" t="n">
-        <x:v>173903</x:v>
+        <x:v>172792</x:v>
       </x:c>
       <x:c r="DN47" s="3" t="n">
-        <x:v>173245</x:v>
+        <x:v>171745</x:v>
       </x:c>
       <x:c r="DO47" s="3" t="n">
-        <x:v>175712</x:v>
+        <x:v>174693</x:v>
       </x:c>
       <x:c r="DP47" s="3" t="n">
-        <x:v>177958</x:v>
+        <x:v>177114</x:v>
       </x:c>
       <x:c r="DQ47" s="3" t="n">
-        <x:v>178759</x:v>
+        <x:v>178527</x:v>
       </x:c>
       <x:c r="DR47" s="3" t="n">
-        <x:v>183318</x:v>
+        <x:v>181034</x:v>
       </x:c>
       <x:c r="DS47" s="3" t="n">
-        <x:v>187604</x:v>
+        <x:v>184976</x:v>
+      </x:c>
+      <x:c r="DT47" s="3" t="n">
+        <x:v>185813</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:123">
+    <x:row r="48" spans="1:124">
       <x:c r="A48" s="2" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
         <x:v>9742</x:v>
       </x:c>
       <x:c r="C48" s="3" t="n">
         <x:v>9560</x:v>
       </x:c>
       <x:c r="D48" s="3" t="n">
         <x:v>9666</x:v>
       </x:c>
       <x:c r="E48" s="3" t="n">
         <x:v>9836</x:v>
       </x:c>
       <x:c r="F48" s="3" t="n">
         <x:v>10150</x:v>
       </x:c>
       <x:c r="G48" s="3" t="n">
         <x:v>10085</x:v>
       </x:c>
       <x:c r="H48" s="3" t="n">
         <x:v>10394</x:v>
       </x:c>
       <x:c r="I48" s="3" t="n">
         <x:v>10462</x:v>
       </x:c>
@@ -17644,122 +17789,125 @@
       <x:c r="CO48" s="3" t="n">
         <x:v>53656</x:v>
       </x:c>
       <x:c r="CP48" s="3" t="n">
         <x:v>54491</x:v>
       </x:c>
       <x:c r="CQ48" s="3" t="n">
         <x:v>55400</x:v>
       </x:c>
       <x:c r="CR48" s="3" t="n">
         <x:v>55702</x:v>
       </x:c>
       <x:c r="CS48" s="3" t="n">
         <x:v>57461</x:v>
       </x:c>
       <x:c r="CT48" s="3" t="n">
         <x:v>57439</x:v>
       </x:c>
       <x:c r="CU48" s="3" t="n">
         <x:v>57940</x:v>
       </x:c>
       <x:c r="CV48" s="3" t="n">
         <x:v>58484</x:v>
       </x:c>
       <x:c r="CW48" s="3" t="n">
-        <x:v>58950</x:v>
+        <x:v>58951</x:v>
       </x:c>
       <x:c r="CX48" s="3" t="n">
         <x:v>59784</x:v>
       </x:c>
       <x:c r="CY48" s="3" t="n">
-        <x:v>60045</x:v>
+        <x:v>60046</x:v>
       </x:c>
       <x:c r="CZ48" s="3" t="n">
         <x:v>60833</x:v>
       </x:c>
       <x:c r="DA48" s="3" t="n">
         <x:v>60120</x:v>
       </x:c>
       <x:c r="DB48" s="3" t="n">
-        <x:v>62449</x:v>
+        <x:v>62446</x:v>
       </x:c>
       <x:c r="DC48" s="3" t="n">
-        <x:v>63361</x:v>
+        <x:v>63362</x:v>
       </x:c>
       <x:c r="DD48" s="3" t="n">
-        <x:v>63246</x:v>
+        <x:v>63243</x:v>
       </x:c>
       <x:c r="DE48" s="3" t="n">
-        <x:v>66069</x:v>
+        <x:v>66064</x:v>
       </x:c>
       <x:c r="DF48" s="3" t="n">
-        <x:v>66413</x:v>
+        <x:v>66235</x:v>
       </x:c>
       <x:c r="DG48" s="3" t="n">
-        <x:v>67134</x:v>
+        <x:v>67431</x:v>
       </x:c>
       <x:c r="DH48" s="3" t="n">
-        <x:v>67931</x:v>
+        <x:v>67858</x:v>
       </x:c>
       <x:c r="DI48" s="3" t="n">
-        <x:v>69202</x:v>
+        <x:v>69087</x:v>
       </x:c>
       <x:c r="DJ48" s="3" t="n">
-        <x:v>69965</x:v>
+        <x:v>70128</x:v>
       </x:c>
       <x:c r="DK48" s="3" t="n">
-        <x:v>70684</x:v>
+        <x:v>70838</x:v>
       </x:c>
       <x:c r="DL48" s="3" t="n">
-        <x:v>72539</x:v>
+        <x:v>72369</x:v>
       </x:c>
       <x:c r="DM48" s="3" t="n">
-        <x:v>76854</x:v>
+        <x:v>76666</x:v>
       </x:c>
       <x:c r="DN48" s="3" t="n">
-        <x:v>75727</x:v>
+        <x:v>75249</x:v>
       </x:c>
       <x:c r="DO48" s="3" t="n">
-        <x:v>76806</x:v>
+        <x:v>76664</x:v>
       </x:c>
       <x:c r="DP48" s="3" t="n">
-        <x:v>77367</x:v>
+        <x:v>77445</x:v>
       </x:c>
       <x:c r="DQ48" s="3" t="n">
-        <x:v>77675</x:v>
+        <x:v>77889</x:v>
       </x:c>
       <x:c r="DR48" s="3" t="n">
-        <x:v>80229</x:v>
+        <x:v>78992</x:v>
       </x:c>
       <x:c r="DS48" s="3" t="n">
-        <x:v>83410</x:v>
+        <x:v>81951</x:v>
+      </x:c>
+      <x:c r="DT48" s="3" t="n">
+        <x:v>82194</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:123">
+    <x:row r="49" spans="1:124">
       <x:c r="A49" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
         <x:v>7599</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>7466</x:v>
       </x:c>
       <x:c r="D49" s="3" t="n">
         <x:v>7557</x:v>
       </x:c>
       <x:c r="E49" s="3" t="n">
         <x:v>7689</x:v>
       </x:c>
       <x:c r="F49" s="3" t="n">
         <x:v>7905</x:v>
       </x:c>
       <x:c r="G49" s="3" t="n">
         <x:v>7923</x:v>
       </x:c>
       <x:c r="H49" s="3" t="n">
         <x:v>8140</x:v>
       </x:c>
       <x:c r="I49" s="3" t="n">
         <x:v>8205</x:v>
       </x:c>
@@ -17985,152 +18133,155 @@
       <x:c r="CE49" s="3" t="n">
         <x:v>44675</x:v>
       </x:c>
       <x:c r="CF49" s="3" t="n">
         <x:v>45689</x:v>
       </x:c>
       <x:c r="CG49" s="3" t="n">
         <x:v>46377</x:v>
       </x:c>
       <x:c r="CH49" s="3" t="n">
         <x:v>45945</x:v>
       </x:c>
       <x:c r="CI49" s="3" t="n">
         <x:v>46502</x:v>
       </x:c>
       <x:c r="CJ49" s="3" t="n">
         <x:v>46613</x:v>
       </x:c>
       <x:c r="CK49" s="3" t="n">
         <x:v>47691</x:v>
       </x:c>
       <x:c r="CL49" s="3" t="n">
         <x:v>47959</x:v>
       </x:c>
       <x:c r="CM49" s="3" t="n">
-        <x:v>48837</x:v>
+        <x:v>48836</x:v>
       </x:c>
       <x:c r="CN49" s="3" t="n">
         <x:v>49496</x:v>
       </x:c>
       <x:c r="CO49" s="3" t="n">
         <x:v>49152</x:v>
       </x:c>
       <x:c r="CP49" s="3" t="n">
         <x:v>49952</x:v>
       </x:c>
       <x:c r="CQ49" s="3" t="n">
         <x:v>50776</x:v>
       </x:c>
       <x:c r="CR49" s="3" t="n">
         <x:v>51105</x:v>
       </x:c>
       <x:c r="CS49" s="3" t="n">
-        <x:v>52244</x:v>
+        <x:v>52243</x:v>
       </x:c>
       <x:c r="CT49" s="3" t="n">
         <x:v>52653</x:v>
       </x:c>
       <x:c r="CU49" s="3" t="n">
-        <x:v>53097</x:v>
+        <x:v>53096</x:v>
       </x:c>
       <x:c r="CV49" s="3" t="n">
         <x:v>53567</x:v>
       </x:c>
       <x:c r="CW49" s="3" t="n">
-        <x:v>53998</x:v>
+        <x:v>53999</x:v>
       </x:c>
       <x:c r="CX49" s="3" t="n">
-        <x:v>54691</x:v>
+        <x:v>54693</x:v>
       </x:c>
       <x:c r="CY49" s="3" t="n">
-        <x:v>54888</x:v>
+        <x:v>54889</x:v>
       </x:c>
       <x:c r="CZ49" s="3" t="n">
         <x:v>55830</x:v>
       </x:c>
       <x:c r="DA49" s="3" t="n">
-        <x:v>55176</x:v>
+        <x:v>55173</x:v>
       </x:c>
       <x:c r="DB49" s="3" t="n">
-        <x:v>56791</x:v>
+        <x:v>56780</x:v>
       </x:c>
       <x:c r="DC49" s="3" t="n">
-        <x:v>57992</x:v>
+        <x:v>57987</x:v>
       </x:c>
       <x:c r="DD49" s="3" t="n">
-        <x:v>57633</x:v>
+        <x:v>57631</x:v>
       </x:c>
       <x:c r="DE49" s="3" t="n">
-        <x:v>60275</x:v>
+        <x:v>60285</x:v>
       </x:c>
       <x:c r="DF49" s="3" t="n">
-        <x:v>60543</x:v>
+        <x:v>60422</x:v>
       </x:c>
       <x:c r="DG49" s="3" t="n">
-        <x:v>61086</x:v>
+        <x:v>61340</x:v>
       </x:c>
       <x:c r="DH49" s="3" t="n">
-        <x:v>61947</x:v>
+        <x:v>61869</x:v>
       </x:c>
       <x:c r="DI49" s="3" t="n">
-        <x:v>63024</x:v>
+        <x:v>62908</x:v>
       </x:c>
       <x:c r="DJ49" s="3" t="n">
-        <x:v>63704</x:v>
+        <x:v>63735</x:v>
       </x:c>
       <x:c r="DK49" s="3" t="n">
-        <x:v>64517</x:v>
+        <x:v>64384</x:v>
       </x:c>
       <x:c r="DL49" s="3" t="n">
-        <x:v>66018</x:v>
+        <x:v>65574</x:v>
       </x:c>
       <x:c r="DM49" s="3" t="n">
-        <x:v>70058</x:v>
+        <x:v>69567</x:v>
       </x:c>
       <x:c r="DN49" s="3" t="n">
-        <x:v>68745</x:v>
+        <x:v>68080</x:v>
       </x:c>
       <x:c r="DO49" s="3" t="n">
-        <x:v>69740</x:v>
+        <x:v>69347</x:v>
       </x:c>
       <x:c r="DP49" s="3" t="n">
-        <x:v>70323</x:v>
+        <x:v>70085</x:v>
       </x:c>
       <x:c r="DQ49" s="3" t="n">
-        <x:v>70510</x:v>
+        <x:v>70478</x:v>
       </x:c>
       <x:c r="DR49" s="3" t="n">
-        <x:v>72843</x:v>
+        <x:v>71387</x:v>
       </x:c>
       <x:c r="DS49" s="3" t="n">
-        <x:v>75161</x:v>
+        <x:v>73590</x:v>
+      </x:c>
+      <x:c r="DT49" s="3" t="n">
+        <x:v>74126</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:123">
+    <x:row r="50" spans="1:124">
       <x:c r="A50" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
         <x:v>2144</x:v>
       </x:c>
       <x:c r="C50" s="3" t="n">
         <x:v>2094</x:v>
       </x:c>
       <x:c r="D50" s="3" t="n">
         <x:v>2109</x:v>
       </x:c>
       <x:c r="E50" s="3" t="n">
         <x:v>2147</x:v>
       </x:c>
       <x:c r="F50" s="3" t="n">
         <x:v>2244</x:v>
       </x:c>
       <x:c r="G50" s="3" t="n">
         <x:v>2161</x:v>
       </x:c>
       <x:c r="H50" s="3" t="n">
         <x:v>2254</x:v>
       </x:c>
       <x:c r="I50" s="3" t="n">
         <x:v>2257</x:v>
       </x:c>
@@ -18377,131 +18528,134 @@
       <x:c r="CL50" s="3" t="n">
         <x:v>4409</x:v>
       </x:c>
       <x:c r="CM50" s="3" t="n">
         <x:v>4489</x:v>
       </x:c>
       <x:c r="CN50" s="3" t="n">
         <x:v>4471</x:v>
       </x:c>
       <x:c r="CO50" s="3" t="n">
         <x:v>4504</x:v>
       </x:c>
       <x:c r="CP50" s="3" t="n">
         <x:v>4538</x:v>
       </x:c>
       <x:c r="CQ50" s="3" t="n">
         <x:v>4625</x:v>
       </x:c>
       <x:c r="CR50" s="3" t="n">
         <x:v>4597</x:v>
       </x:c>
       <x:c r="CS50" s="3" t="n">
         <x:v>5218</x:v>
       </x:c>
       <x:c r="CT50" s="3" t="n">
-        <x:v>4786</x:v>
+        <x:v>4787</x:v>
       </x:c>
       <x:c r="CU50" s="3" t="n">
         <x:v>4843</x:v>
       </x:c>
       <x:c r="CV50" s="3" t="n">
         <x:v>4917</x:v>
       </x:c>
       <x:c r="CW50" s="3" t="n">
         <x:v>4952</x:v>
       </x:c>
       <x:c r="CX50" s="3" t="n">
-        <x:v>5093</x:v>
+        <x:v>5091</x:v>
       </x:c>
       <x:c r="CY50" s="3" t="n">
-        <x:v>5158</x:v>
+        <x:v>5156</x:v>
       </x:c>
       <x:c r="CZ50" s="3" t="n">
         <x:v>5003</x:v>
       </x:c>
       <x:c r="DA50" s="3" t="n">
-        <x:v>4944</x:v>
+        <x:v>4947</x:v>
       </x:c>
       <x:c r="DB50" s="3" t="n">
-        <x:v>5658</x:v>
+        <x:v>5666</x:v>
       </x:c>
       <x:c r="DC50" s="3" t="n">
-        <x:v>5369</x:v>
+        <x:v>5375</x:v>
       </x:c>
       <x:c r="DD50" s="3" t="n">
-        <x:v>5613</x:v>
+        <x:v>5612</x:v>
       </x:c>
       <x:c r="DE50" s="3" t="n">
-        <x:v>5794</x:v>
+        <x:v>5779</x:v>
       </x:c>
       <x:c r="DF50" s="3" t="n">
-        <x:v>5870</x:v>
+        <x:v>5814</x:v>
       </x:c>
       <x:c r="DG50" s="3" t="n">
-        <x:v>6048</x:v>
+        <x:v>6091</x:v>
       </x:c>
       <x:c r="DH50" s="3" t="n">
-        <x:v>5984</x:v>
+        <x:v>5990</x:v>
       </x:c>
       <x:c r="DI50" s="3" t="n">
-        <x:v>6177</x:v>
+        <x:v>6179</x:v>
       </x:c>
       <x:c r="DJ50" s="3" t="n">
-        <x:v>6261</x:v>
+        <x:v>6392</x:v>
       </x:c>
       <x:c r="DK50" s="3" t="n">
-        <x:v>6167</x:v>
+        <x:v>6454</x:v>
       </x:c>
       <x:c r="DL50" s="3" t="n">
-        <x:v>6521</x:v>
+        <x:v>6794</x:v>
       </x:c>
       <x:c r="DM50" s="3" t="n">
-        <x:v>6796</x:v>
+        <x:v>7098</x:v>
       </x:c>
       <x:c r="DN50" s="3" t="n">
-        <x:v>6983</x:v>
+        <x:v>7169</x:v>
       </x:c>
       <x:c r="DO50" s="3" t="n">
-        <x:v>7065</x:v>
+        <x:v>7317</x:v>
       </x:c>
       <x:c r="DP50" s="3" t="n">
-        <x:v>7044</x:v>
+        <x:v>7360</x:v>
       </x:c>
       <x:c r="DQ50" s="3" t="n">
-        <x:v>7164</x:v>
+        <x:v>7412</x:v>
       </x:c>
       <x:c r="DR50" s="3" t="n">
-        <x:v>7387</x:v>
+        <x:v>7604</x:v>
       </x:c>
       <x:c r="DS50" s="3" t="n">
-        <x:v>8249</x:v>
+        <x:v>8360</x:v>
+      </x:c>
+      <x:c r="DT50" s="3" t="n">
+        <x:v>8069</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:123">
+    <x:row r="51" spans="1:124">
       <x:c r="A51" s="2" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
         <x:v>23202</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>22996</x:v>
       </x:c>
       <x:c r="D51" s="3" t="n">
         <x:v>23300</x:v>
       </x:c>
       <x:c r="E51" s="3" t="n">
         <x:v>23655</x:v>
       </x:c>
       <x:c r="F51" s="3" t="n">
         <x:v>24445</x:v>
       </x:c>
       <x:c r="G51" s="3" t="n">
         <x:v>24610</x:v>
       </x:c>
       <x:c r="H51" s="3" t="n">
         <x:v>25144</x:v>
       </x:c>
       <x:c r="I51" s="3" t="n">
         <x:v>25662</x:v>
       </x:c>
@@ -18625,1893 +18779,1913 @@
       <x:c r="AW51" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="AX51" s="3" t="n">
         <x:v>38579</x:v>
       </x:c>
       <x:c r="AY51" s="3" t="n">
         <x:v>38962</x:v>
       </x:c>
       <x:c r="AZ51" s="3" t="n">
         <x:v>39067</x:v>
       </x:c>
       <x:c r="BA51" s="3" t="n">
         <x:v>40706</x:v>
       </x:c>
       <x:c r="BB51" s="3" t="n">
         <x:v>41730</x:v>
       </x:c>
       <x:c r="BC51" s="3" t="n">
         <x:v>43124</x:v>
       </x:c>
       <x:c r="BD51" s="3" t="n">
         <x:v>44170</x:v>
       </x:c>
       <x:c r="BE51" s="3" t="n">
-        <x:v>44866</x:v>
+        <x:v>44867</x:v>
       </x:c>
       <x:c r="BF51" s="3" t="n">
-        <x:v>45036</x:v>
+        <x:v>45037</x:v>
       </x:c>
       <x:c r="BG51" s="3" t="n">
-        <x:v>46329</x:v>
+        <x:v>46330</x:v>
       </x:c>
       <x:c r="BH51" s="3" t="n">
         <x:v>47455</x:v>
       </x:c>
       <x:c r="BI51" s="3" t="n">
-        <x:v>48750</x:v>
+        <x:v>48749</x:v>
       </x:c>
       <x:c r="BJ51" s="3" t="n">
-        <x:v>49120</x:v>
+        <x:v>49119</x:v>
       </x:c>
       <x:c r="BK51" s="3" t="n">
-        <x:v>48764</x:v>
+        <x:v>48763</x:v>
       </x:c>
       <x:c r="BL51" s="3" t="n">
-        <x:v>49275</x:v>
+        <x:v>49276</x:v>
       </x:c>
       <x:c r="BM51" s="3" t="n">
-        <x:v>50056</x:v>
+        <x:v>50058</x:v>
       </x:c>
       <x:c r="BN51" s="3" t="n">
-        <x:v>50846</x:v>
+        <x:v>50851</x:v>
       </x:c>
       <x:c r="BO51" s="3" t="n">
-        <x:v>51977</x:v>
+        <x:v>51982</x:v>
       </x:c>
       <x:c r="BP51" s="3" t="n">
         <x:v>53507</x:v>
       </x:c>
       <x:c r="BQ51" s="3" t="n">
-        <x:v>54445</x:v>
+        <x:v>54436</x:v>
       </x:c>
       <x:c r="BR51" s="3" t="n">
-        <x:v>55175</x:v>
+        <x:v>55152</x:v>
       </x:c>
       <x:c r="BS51" s="3" t="n">
-        <x:v>55436</x:v>
+        <x:v>55418</x:v>
       </x:c>
       <x:c r="BT51" s="3" t="n">
-        <x:v>56200</x:v>
+        <x:v>56201</x:v>
       </x:c>
       <x:c r="BU51" s="3" t="n">
-        <x:v>57203</x:v>
+        <x:v>57243</x:v>
       </x:c>
       <x:c r="BV51" s="3" t="n">
-        <x:v>57647</x:v>
+        <x:v>57742</x:v>
       </x:c>
       <x:c r="BW51" s="3" t="n">
-        <x:v>59143</x:v>
+        <x:v>59226</x:v>
       </x:c>
       <x:c r="BX51" s="3" t="n">
-        <x:v>60139</x:v>
+        <x:v>60134</x:v>
       </x:c>
       <x:c r="BY51" s="3" t="n">
-        <x:v>60931</x:v>
+        <x:v>60758</x:v>
       </x:c>
       <x:c r="BZ51" s="3" t="n">
-        <x:v>61286</x:v>
+        <x:v>60868</x:v>
       </x:c>
       <x:c r="CA51" s="3" t="n">
-        <x:v>61947</x:v>
+        <x:v>61331</x:v>
       </x:c>
       <x:c r="CB51" s="3" t="n">
-        <x:v>62559</x:v>
+        <x:v>61793</x:v>
       </x:c>
       <x:c r="CC51" s="3" t="n">
-        <x:v>63308</x:v>
+        <x:v>62445</x:v>
       </x:c>
       <x:c r="CD51" s="3" t="n">
-        <x:v>63930</x:v>
+        <x:v>63041</x:v>
       </x:c>
       <x:c r="CE51" s="3" t="n">
-        <x:v>64729</x:v>
+        <x:v>63792</x:v>
       </x:c>
       <x:c r="CF51" s="3" t="n">
-        <x:v>65975</x:v>
+        <x:v>65012</x:v>
       </x:c>
       <x:c r="CG51" s="3" t="n">
-        <x:v>63794</x:v>
+        <x:v>62900</x:v>
       </x:c>
       <x:c r="CH51" s="3" t="n">
-        <x:v>66002</x:v>
+        <x:v>65135</x:v>
       </x:c>
       <x:c r="CI51" s="3" t="n">
-        <x:v>67258</x:v>
+        <x:v>66436</x:v>
       </x:c>
       <x:c r="CJ51" s="3" t="n">
-        <x:v>67922</x:v>
+        <x:v>67151</x:v>
       </x:c>
       <x:c r="CK51" s="3" t="n">
-        <x:v>68891</x:v>
+        <x:v>68159</x:v>
       </x:c>
       <x:c r="CL51" s="3" t="n">
-        <x:v>69444</x:v>
+        <x:v>68754</x:v>
       </x:c>
       <x:c r="CM51" s="3" t="n">
-        <x:v>70125</x:v>
+        <x:v>69445</x:v>
       </x:c>
       <x:c r="CN51" s="3" t="n">
-        <x:v>70825</x:v>
+        <x:v>70116</x:v>
       </x:c>
       <x:c r="CO51" s="3" t="n">
-        <x:v>72256</x:v>
+        <x:v>71480</x:v>
       </x:c>
       <x:c r="CP51" s="3" t="n">
-        <x:v>73292</x:v>
+        <x:v>72415</x:v>
       </x:c>
       <x:c r="CQ51" s="3" t="n">
-        <x:v>74173</x:v>
+        <x:v>73183</x:v>
       </x:c>
       <x:c r="CR51" s="3" t="n">
-        <x:v>74025</x:v>
+        <x:v>72932</x:v>
       </x:c>
       <x:c r="CS51" s="3" t="n">
-        <x:v>75162</x:v>
+        <x:v>73929</x:v>
       </x:c>
       <x:c r="CT51" s="3" t="n">
-        <x:v>76121</x:v>
+        <x:v>74742</x:v>
       </x:c>
       <x:c r="CU51" s="3" t="n">
-        <x:v>77211</x:v>
+        <x:v>75786</x:v>
       </x:c>
       <x:c r="CV51" s="3" t="n">
-        <x:v>79226</x:v>
+        <x:v>77853</x:v>
       </x:c>
       <x:c r="CW51" s="3" t="n">
-        <x:v>79811</x:v>
+        <x:v>78640</x:v>
       </x:c>
       <x:c r="CX51" s="3" t="n">
-        <x:v>79067</x:v>
+        <x:v>78230</x:v>
       </x:c>
       <x:c r="CY51" s="3" t="n">
-        <x:v>79250</x:v>
+        <x:v>78602</x:v>
       </x:c>
       <x:c r="CZ51" s="3" t="n">
-        <x:v>78282</x:v>
+        <x:v>77701</x:v>
       </x:c>
       <x:c r="DA51" s="3" t="n">
-        <x:v>79301</x:v>
+        <x:v>78635</x:v>
       </x:c>
       <x:c r="DB51" s="3" t="n">
-        <x:v>81191</x:v>
+        <x:v>80416</x:v>
       </x:c>
       <x:c r="DC51" s="3" t="n">
-        <x:v>82233</x:v>
+        <x:v>81247</x:v>
       </x:c>
       <x:c r="DD51" s="3" t="n">
-        <x:v>82024</x:v>
+        <x:v>80900</x:v>
       </x:c>
       <x:c r="DE51" s="3" t="n">
-        <x:v>84929</x:v>
+        <x:v>83695</x:v>
       </x:c>
       <x:c r="DF51" s="3" t="n">
-        <x:v>86687</x:v>
+        <x:v>86006</x:v>
       </x:c>
       <x:c r="DG51" s="3" t="n">
-        <x:v>87854</x:v>
+        <x:v>86849</x:v>
       </x:c>
       <x:c r="DH51" s="3" t="n">
-        <x:v>87093</x:v>
+        <x:v>86247</x:v>
       </x:c>
       <x:c r="DI51" s="3" t="n">
-        <x:v>87130</x:v>
+        <x:v>86255</x:v>
       </x:c>
       <x:c r="DJ51" s="3" t="n">
-        <x:v>88501</x:v>
+        <x:v>87637</x:v>
       </x:c>
       <x:c r="DK51" s="3" t="n">
-        <x:v>91702</x:v>
+        <x:v>90697</x:v>
       </x:c>
       <x:c r="DL51" s="3" t="n">
-        <x:v>93842</x:v>
+        <x:v>92994</x:v>
       </x:c>
       <x:c r="DM51" s="3" t="n">
-        <x:v>97049</x:v>
+        <x:v>96126</x:v>
       </x:c>
       <x:c r="DN51" s="3" t="n">
-        <x:v>97518</x:v>
+        <x:v>96496</x:v>
       </x:c>
       <x:c r="DO51" s="3" t="n">
-        <x:v>98906</x:v>
+        <x:v>98029</x:v>
       </x:c>
       <x:c r="DP51" s="3" t="n">
-        <x:v>100591</x:v>
+        <x:v>99669</x:v>
       </x:c>
       <x:c r="DQ51" s="3" t="n">
-        <x:v>101084</x:v>
+        <x:v>100638</x:v>
       </x:c>
       <x:c r="DR51" s="3" t="n">
-        <x:v>103088</x:v>
+        <x:v>102042</x:v>
       </x:c>
       <x:c r="DS51" s="3" t="n">
-        <x:v>104194</x:v>
+        <x:v>103025</x:v>
+      </x:c>
+      <x:c r="DT51" s="3" t="n">
+        <x:v>103618</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:123">
+    <x:row r="52" spans="1:124">
       <x:c r="A52" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>104446</x:v>
+        <x:v>104398</x:v>
       </x:c>
       <x:c r="C52" s="3" t="n">
-        <x:v>104995</x:v>
+        <x:v>104942</x:v>
       </x:c>
       <x:c r="D52" s="3" t="n">
-        <x:v>106573</x:v>
+        <x:v>106525</x:v>
       </x:c>
       <x:c r="E52" s="3" t="n">
-        <x:v>108704</x:v>
+        <x:v>108659</x:v>
       </x:c>
       <x:c r="F52" s="3" t="n">
-        <x:v>110762</x:v>
+        <x:v>110709</x:v>
       </x:c>
       <x:c r="G52" s="3" t="n">
-        <x:v>112514</x:v>
+        <x:v>112463</x:v>
       </x:c>
       <x:c r="H52" s="3" t="n">
-        <x:v>115016</x:v>
+        <x:v>114964</x:v>
       </x:c>
       <x:c r="I52" s="3" t="n">
-        <x:v>117732</x:v>
+        <x:v>117679</x:v>
       </x:c>
       <x:c r="J52" s="3" t="n">
-        <x:v>120331</x:v>
+        <x:v>120275</x:v>
       </x:c>
       <x:c r="K52" s="3" t="n">
-        <x:v>123191</x:v>
+        <x:v>123133</x:v>
       </x:c>
       <x:c r="L52" s="3" t="n">
-        <x:v>124447</x:v>
+        <x:v>124387</x:v>
       </x:c>
       <x:c r="M52" s="3" t="n">
-        <x:v>127278</x:v>
+        <x:v>127222</x:v>
       </x:c>
       <x:c r="N52" s="3" t="n">
-        <x:v>130461</x:v>
+        <x:v>130405</x:v>
       </x:c>
       <x:c r="O52" s="3" t="n">
-        <x:v>134398</x:v>
+        <x:v>134341</x:v>
       </x:c>
       <x:c r="P52" s="3" t="n">
-        <x:v>138558</x:v>
+        <x:v>138496</x:v>
       </x:c>
       <x:c r="Q52" s="3" t="n">
-        <x:v>141801</x:v>
+        <x:v>141725</x:v>
       </x:c>
       <x:c r="R52" s="3" t="n">
-        <x:v>142016</x:v>
+        <x:v>141950</x:v>
       </x:c>
       <x:c r="S52" s="3" t="n">
-        <x:v>145242</x:v>
+        <x:v>145172</x:v>
       </x:c>
       <x:c r="T52" s="3" t="n">
-        <x:v>145752</x:v>
+        <x:v>145685</x:v>
       </x:c>
       <x:c r="U52" s="3" t="n">
-        <x:v>148589</x:v>
+        <x:v>148534</x:v>
       </x:c>
       <x:c r="V52" s="3" t="n">
-        <x:v>150404</x:v>
+        <x:v>150342</x:v>
       </x:c>
       <x:c r="W52" s="3" t="n">
-        <x:v>152757</x:v>
+        <x:v>152697</x:v>
       </x:c>
       <x:c r="X52" s="3" t="n">
-        <x:v>154845</x:v>
+        <x:v>154780</x:v>
       </x:c>
       <x:c r="Y52" s="3" t="n">
-        <x:v>156602</x:v>
+        <x:v>156521</x:v>
       </x:c>
       <x:c r="Z52" s="3" t="n">
-        <x:v>160259</x:v>
+        <x:v>160173</x:v>
       </x:c>
       <x:c r="AA52" s="3" t="n">
-        <x:v>161710</x:v>
+        <x:v>161589</x:v>
       </x:c>
       <x:c r="AB52" s="3" t="n">
-        <x:v>163042</x:v>
+        <x:v>162893</x:v>
       </x:c>
       <x:c r="AC52" s="3" t="n">
-        <x:v>167262</x:v>
+        <x:v>167083</x:v>
       </x:c>
       <x:c r="AD52" s="3" t="n">
-        <x:v>166901</x:v>
+        <x:v>166681</x:v>
       </x:c>
       <x:c r="AE52" s="3" t="n">
-        <x:v>169660</x:v>
+        <x:v>169403</x:v>
       </x:c>
       <x:c r="AF52" s="3" t="n">
-        <x:v>173674</x:v>
+        <x:v>173383</x:v>
       </x:c>
       <x:c r="AG52" s="3" t="n">
-        <x:v>174742</x:v>
+        <x:v>174416</x:v>
       </x:c>
       <x:c r="AH52" s="3" t="n">
-        <x:v>174650</x:v>
+        <x:v>174292</x:v>
       </x:c>
       <x:c r="AI52" s="3" t="n">
-        <x:v>174997</x:v>
+        <x:v>174608</x:v>
       </x:c>
       <x:c r="AJ52" s="3" t="n">
-        <x:v>177341</x:v>
+        <x:v>176901</x:v>
       </x:c>
       <x:c r="AK52" s="3" t="n">
-        <x:v>177003</x:v>
+        <x:v>176540</x:v>
       </x:c>
       <x:c r="AL52" s="3" t="n">
-        <x:v>179597</x:v>
+        <x:v>179008</x:v>
       </x:c>
       <x:c r="AM52" s="3" t="n">
-        <x:v>183545</x:v>
+        <x:v>182928</x:v>
       </x:c>
       <x:c r="AN52" s="3" t="n">
-        <x:v>186254</x:v>
+        <x:v>185587</x:v>
       </x:c>
       <x:c r="AO52" s="3" t="n">
-        <x:v>190764</x:v>
+        <x:v>190037</x:v>
       </x:c>
       <x:c r="AP52" s="3" t="n">
-        <x:v>193103</x:v>
+        <x:v>192257</x:v>
       </x:c>
       <x:c r="AQ52" s="3" t="n">
-        <x:v>196522</x:v>
+        <x:v>195598</x:v>
       </x:c>
       <x:c r="AR52" s="3" t="n">
-        <x:v>196788</x:v>
+        <x:v>195835</x:v>
       </x:c>
       <x:c r="AS52" s="3" t="n">
-        <x:v>201677</x:v>
+        <x:v>200659</x:v>
       </x:c>
       <x:c r="AT52" s="3" t="n">
-        <x:v>209096</x:v>
+        <x:v>207887</x:v>
       </x:c>
       <x:c r="AU52" s="3" t="n">
-        <x:v>213185</x:v>
+        <x:v>211849</x:v>
       </x:c>
       <x:c r="AV52" s="3" t="n">
-        <x:v>218295</x:v>
+        <x:v>216889</x:v>
       </x:c>
       <x:c r="AW52" s="3" t="n">
-        <x:v>222935</x:v>
+        <x:v>221453</x:v>
       </x:c>
       <x:c r="AX52" s="3" t="n">
-        <x:v>230349</x:v>
+        <x:v>228671</x:v>
       </x:c>
       <x:c r="AY52" s="3" t="n">
-        <x:v>235603</x:v>
+        <x:v>233799</x:v>
       </x:c>
       <x:c r="AZ52" s="3" t="n">
-        <x:v>242973</x:v>
+        <x:v>241101</x:v>
       </x:c>
       <x:c r="BA52" s="3" t="n">
-        <x:v>247573</x:v>
+        <x:v>245618</x:v>
       </x:c>
       <x:c r="BB52" s="3" t="n">
-        <x:v>254179</x:v>
+        <x:v>252178</x:v>
       </x:c>
       <x:c r="BC52" s="3" t="n">
-        <x:v>261457</x:v>
+        <x:v>259304</x:v>
       </x:c>
       <x:c r="BD52" s="3" t="n">
-        <x:v>264372</x:v>
+        <x:v>262000</x:v>
       </x:c>
       <x:c r="BE52" s="3" t="n">
-        <x:v>269215</x:v>
+        <x:v>266849</x:v>
       </x:c>
       <x:c r="BF52" s="3" t="n">
-        <x:v>265802</x:v>
+        <x:v>263600</x:v>
       </x:c>
       <x:c r="BG52" s="3" t="n">
-        <x:v>267278</x:v>
+        <x:v>265155</x:v>
       </x:c>
       <x:c r="BH52" s="3" t="n">
-        <x:v>270281</x:v>
+        <x:v>268215</x:v>
       </x:c>
       <x:c r="BI52" s="3" t="n">
-        <x:v>275093</x:v>
+        <x:v>273096</x:v>
       </x:c>
       <x:c r="BJ52" s="3" t="n">
-        <x:v>273530</x:v>
+        <x:v>271438</x:v>
       </x:c>
       <x:c r="BK52" s="3" t="n">
-        <x:v>274204</x:v>
+        <x:v>272156</x:v>
       </x:c>
       <x:c r="BL52" s="3" t="n">
-        <x:v>278560</x:v>
+        <x:v>276454</x:v>
       </x:c>
       <x:c r="BM52" s="3" t="n">
-        <x:v>283372</x:v>
+        <x:v>281236</x:v>
       </x:c>
       <x:c r="BN52" s="3" t="n">
-        <x:v>288510</x:v>
+        <x:v>286295</x:v>
       </x:c>
       <x:c r="BO52" s="3" t="n">
-        <x:v>290584</x:v>
+        <x:v>288374</x:v>
       </x:c>
       <x:c r="BP52" s="3" t="n">
-        <x:v>298155</x:v>
+        <x:v>295887</x:v>
       </x:c>
       <x:c r="BQ52" s="3" t="n">
-        <x:v>301583</x:v>
+        <x:v>299172</x:v>
       </x:c>
       <x:c r="BR52" s="3" t="n">
-        <x:v>310167</x:v>
+        <x:v>307820</x:v>
       </x:c>
       <x:c r="BS52" s="3" t="n">
-        <x:v>312547</x:v>
+        <x:v>310151</x:v>
       </x:c>
       <x:c r="BT52" s="3" t="n">
-        <x:v>314241</x:v>
+        <x:v>311802</x:v>
       </x:c>
       <x:c r="BU52" s="3" t="n">
-        <x:v>319913</x:v>
+        <x:v>317384</x:v>
       </x:c>
       <x:c r="BV52" s="3" t="n">
-        <x:v>325764</x:v>
+        <x:v>323322</x:v>
       </x:c>
       <x:c r="BW52" s="3" t="n">
-        <x:v>331318</x:v>
+        <x:v>328813</x:v>
       </x:c>
       <x:c r="BX52" s="3" t="n">
-        <x:v>334057</x:v>
+        <x:v>331473</x:v>
       </x:c>
       <x:c r="BY52" s="3" t="n">
-        <x:v>337061</x:v>
+        <x:v>334290</x:v>
       </x:c>
       <x:c r="BZ52" s="3" t="n">
-        <x:v>341489</x:v>
+        <x:v>338366</x:v>
       </x:c>
       <x:c r="CA52" s="3" t="n">
-        <x:v>345891</x:v>
+        <x:v>342548</x:v>
       </x:c>
       <x:c r="CB52" s="3" t="n">
-        <x:v>349025</x:v>
+        <x:v>345535</x:v>
       </x:c>
       <x:c r="CC52" s="3" t="n">
-        <x:v>353182</x:v>
+        <x:v>349643</x:v>
       </x:c>
       <x:c r="CD52" s="3" t="n">
-        <x:v>357927</x:v>
+        <x:v>354287</x:v>
       </x:c>
       <x:c r="CE52" s="3" t="n">
-        <x:v>354608</x:v>
+        <x:v>351048</x:v>
       </x:c>
       <x:c r="CF52" s="3" t="n">
-        <x:v>360676</x:v>
+        <x:v>356979</x:v>
       </x:c>
       <x:c r="CG52" s="3" t="n">
-        <x:v>361625</x:v>
+        <x:v>358052</x:v>
       </x:c>
       <x:c r="CH52" s="3" t="n">
-        <x:v>362406</x:v>
+        <x:v>358809</x:v>
       </x:c>
       <x:c r="CI52" s="3" t="n">
-        <x:v>364413</x:v>
+        <x:v>360914</x:v>
       </x:c>
       <x:c r="CJ52" s="3" t="n">
-        <x:v>365825</x:v>
+        <x:v>362389</x:v>
       </x:c>
       <x:c r="CK52" s="3" t="n">
-        <x:v>368360</x:v>
+        <x:v>364970</x:v>
       </x:c>
       <x:c r="CL52" s="3" t="n">
-        <x:v>371891</x:v>
+        <x:v>368602</x:v>
       </x:c>
       <x:c r="CM52" s="3" t="n">
-        <x:v>375954</x:v>
+        <x:v>372649</x:v>
       </x:c>
       <x:c r="CN52" s="3" t="n">
-        <x:v>380309</x:v>
+        <x:v>376941</x:v>
       </x:c>
       <x:c r="CO52" s="3" t="n">
-        <x:v>383432</x:v>
+        <x:v>379966</x:v>
       </x:c>
       <x:c r="CP52" s="3" t="n">
-        <x:v>389870</x:v>
+        <x:v>386170</x:v>
       </x:c>
       <x:c r="CQ52" s="3" t="n">
-        <x:v>395359</x:v>
+        <x:v>391532</x:v>
       </x:c>
       <x:c r="CR52" s="3" t="n">
-        <x:v>398489</x:v>
+        <x:v>394510</x:v>
       </x:c>
       <x:c r="CS52" s="3" t="n">
-        <x:v>404897</x:v>
+        <x:v>400695</x:v>
       </x:c>
       <x:c r="CT52" s="3" t="n">
-        <x:v>410053</x:v>
+        <x:v>405680</x:v>
       </x:c>
       <x:c r="CU52" s="3" t="n">
-        <x:v>415484</x:v>
+        <x:v>411014</x:v>
       </x:c>
       <x:c r="CV52" s="3" t="n">
-        <x:v>423744</x:v>
+        <x:v>419292</x:v>
       </x:c>
       <x:c r="CW52" s="3" t="n">
-        <x:v>430685</x:v>
+        <x:v>426385</x:v>
       </x:c>
       <x:c r="CX52" s="3" t="n">
-        <x:v>429562</x:v>
+        <x:v>425576</x:v>
       </x:c>
       <x:c r="CY52" s="3" t="n">
-        <x:v>409535</x:v>
+        <x:v>405896</x:v>
       </x:c>
       <x:c r="CZ52" s="3" t="n">
-        <x:v>417303</x:v>
+        <x:v>413954</x:v>
       </x:c>
       <x:c r="DA52" s="3" t="n">
-        <x:v>428412</x:v>
+        <x:v>424917</x:v>
       </x:c>
       <x:c r="DB52" s="3" t="n">
-        <x:v>436957</x:v>
+        <x:v>433180</x:v>
       </x:c>
       <x:c r="DC52" s="3" t="n">
-        <x:v>439444</x:v>
+        <x:v>435704</x:v>
       </x:c>
       <x:c r="DD52" s="3" t="n">
-        <x:v>449819</x:v>
+        <x:v>445884</x:v>
       </x:c>
       <x:c r="DE52" s="3" t="n">
-        <x:v>463900</x:v>
+        <x:v>460125</x:v>
       </x:c>
       <x:c r="DF52" s="3" t="n">
-        <x:v>471860</x:v>
+        <x:v>468121</x:v>
       </x:c>
       <x:c r="DG52" s="3" t="n">
-        <x:v>483521</x:v>
+        <x:v>480981</x:v>
       </x:c>
       <x:c r="DH52" s="3" t="n">
-        <x:v>488103</x:v>
+        <x:v>483759</x:v>
       </x:c>
       <x:c r="DI52" s="3" t="n">
-        <x:v>495906</x:v>
+        <x:v>491069</x:v>
       </x:c>
       <x:c r="DJ52" s="3" t="n">
-        <x:v>509814</x:v>
+        <x:v>504645</x:v>
       </x:c>
       <x:c r="DK52" s="3" t="n">
-        <x:v>513477</x:v>
+        <x:v>506738</x:v>
       </x:c>
       <x:c r="DL52" s="3" t="n">
-        <x:v>526431</x:v>
+        <x:v>520155</x:v>
       </x:c>
       <x:c r="DM52" s="3" t="n">
-        <x:v>539222</x:v>
+        <x:v>532195</x:v>
       </x:c>
       <x:c r="DN52" s="3" t="n">
-        <x:v>541291</x:v>
+        <x:v>535463</x:v>
       </x:c>
       <x:c r="DO52" s="3" t="n">
-        <x:v>550042</x:v>
+        <x:v>544315</x:v>
       </x:c>
       <x:c r="DP52" s="3" t="n">
-        <x:v>556177</x:v>
+        <x:v>551815</x:v>
       </x:c>
       <x:c r="DQ52" s="3" t="n">
-        <x:v>561940</x:v>
+        <x:v>557295</x:v>
       </x:c>
       <x:c r="DR52" s="3" t="n">
-        <x:v>572873</x:v>
+        <x:v>565372</x:v>
       </x:c>
       <x:c r="DS52" s="3" t="n">
-        <x:v>584191</x:v>
+        <x:v>575939</x:v>
+      </x:c>
+      <x:c r="DT52" s="3" t="n">
+        <x:v>576996</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:123">
+    <x:row r="53" spans="1:124">
       <x:c r="A53" s="2" t="s">
-        <x:v>172</x:v>
-[...365 lines deleted...]
-        <x:v>378943</x:v>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="G53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="I53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="K53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="L53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="M53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="N53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="O53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="P53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="R53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="S53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="T53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="U53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="V53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="W53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="X53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Y53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Z53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AA53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AB53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AC53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AD53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AE53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AF53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AG53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AH53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AI53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AJ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AK53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AL53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AM53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AN53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AO53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AP53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AQ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AR53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AS53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AT53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AU53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AV53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AW53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AX53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AY53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AZ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BA53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BB53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BC53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BD53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BE53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BF53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BG53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BH53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BI53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BJ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BK53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BL53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BM53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BN53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BO53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BP53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BQ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BR53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BS53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BT53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BU53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BV53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BW53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BX53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BY53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BZ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CA53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CB53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CC53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CD53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CE53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CF53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CG53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CH53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CI53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CJ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CK53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CL53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CM53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CN53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CO53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CP53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CQ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CR53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CS53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CT53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CU53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CV53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CW53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CX53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CY53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CZ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DA53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DB53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DC53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DD53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DE53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DF53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DG53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DH53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DI53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DJ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DK53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DL53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DM53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DN53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DO53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DP53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DQ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DR53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DS53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DT53" s="4" t="s">
+        <x:v>174</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:123">
+    <x:row r="54" spans="1:124">
       <x:c r="A54" s="2" t="s">
-        <x:v>173</x:v>
-[...365 lines deleted...]
-        <x:v>396335</x:v>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="G54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="I54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="K54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="L54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="M54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="N54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="O54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="P54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Q54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="R54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="S54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="T54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="U54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="V54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="W54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="X54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Y54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Z54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AA54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AB54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AC54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AD54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AE54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AF54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AG54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AH54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AI54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AJ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AK54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AL54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AM54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AN54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AO54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AP54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AQ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AR54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AS54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AT54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AU54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AV54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AW54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AX54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AY54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AZ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BA54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BB54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BC54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BD54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BE54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BF54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BG54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BH54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BI54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BJ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BK54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BL54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BM54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BN54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BO54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BP54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BQ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BR54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BS54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BT54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BU54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BV54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BW54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BX54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BY54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BZ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CA54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CB54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CC54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CD54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CE54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CF54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CG54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CH54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CI54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CJ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CK54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CL54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CM54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CN54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CO54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CP54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CQ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CR54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CS54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CT54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CU54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CV54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CW54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CX54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CY54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CZ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DA54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DB54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DC54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DD54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DE54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DF54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DG54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DH54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DI54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DJ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DK54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DL54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DM54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DN54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DO54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DP54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DQ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DR54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DS54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DT54" s="4" t="s">
+        <x:v>174</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:123">
+    <x:row r="55" spans="1:124">
       <x:c r="A55" s="2" t="s">
-        <x:v>174</x:v>
-[...365 lines deleted...]
-        <x:v>205248</x:v>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="G55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="I55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="K55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="L55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="M55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="N55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="O55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="P55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="R55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="S55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="T55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="U55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="V55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="W55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="X55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Y55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Z55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AA55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AB55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AC55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AD55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AE55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AF55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AG55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AH55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AI55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AJ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AK55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AL55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AM55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AN55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AO55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AP55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AQ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AR55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AS55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AT55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AU55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AV55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AW55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AX55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AY55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AZ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BA55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BB55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BC55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BD55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BE55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BF55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BG55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BH55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BI55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BJ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BK55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BL55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BM55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BN55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BO55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BP55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BQ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BR55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BS55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BT55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BU55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BV55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BW55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BX55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BY55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BZ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CA55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CB55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CC55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CD55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CE55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CF55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CG55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CH55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CI55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CJ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CK55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CL55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CM55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CN55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CO55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CP55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CQ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CR55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CS55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CT55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CU55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CV55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CW55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CX55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CY55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CZ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DA55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DB55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DC55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DD55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DE55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DF55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DG55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DH55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DI55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DJ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DK55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DL55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DM55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DN55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DO55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DP55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DQ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DR55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DS55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DT55" s="4" t="s">
+        <x:v>174</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:123">
+    <x:row r="57" spans="1:124">
       <x:c r="A57" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:123">
-[...1 lines deleted...]
-        <x:v>176</x:v>
+    <x:row r="58" spans="1:124">
+      <x:c r="A58" s="0" t="s">
+        <x:v>178</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:123">
+    <x:row r="60" spans="1:124">
       <x:c r="A60" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:123">
+    <x:row r="61" spans="1:124">
       <x:c r="A61" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:123">
-[...1 lines deleted...]
-        <x:v>179</x:v>
+    <x:row r="62" spans="1:124">
+      <x:c r="A62" s="0" t="s">
+        <x:v>181</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:123">
+    <x:row r="64" spans="1:124">
       <x:c r="A64" s="0" t="s">
+        <x:v>182</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:124">
+      <x:c r="A65" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:124">
+      <x:c r="A67" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:124">
+      <x:c r="A68" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:123">
-[...1 lines deleted...]
-        <x:v>181</x:v>
+    <x:row r="69" spans="1:124">
+      <x:c r="A69" s="0" t="s">
+        <x:v>185</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:123">
-[...1 lines deleted...]
-        <x:v>177</x:v>
+    <x:row r="70" spans="1:124">
+      <x:c r="A70" s="0" t="s">
+        <x:v>186</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:123">
-[...1 lines deleted...]
-        <x:v>182</x:v>
+    <x:row r="71" spans="1:124">
+      <x:c r="A71" s="0" t="s">
+        <x:v>187</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:123">
-[...1 lines deleted...]
-        <x:v>183</x:v>
+    <x:row r="73" spans="1:124">
+      <x:c r="A73" s="0" t="s">
+        <x:v>188</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:123">
-[...1 lines deleted...]
-        <x:v>184</x:v>
+    <x:row r="74" spans="1:124">
+      <x:c r="A74" s="0" t="s">
+        <x:v>189</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:123">
-[...1 lines deleted...]
-        <x:v>185</x:v>
+    <x:row r="75" spans="1:124">
+      <x:c r="A75" s="0" t="s">
+        <x:v>190</x:v>
       </x:c>
     </x:row>
-    <x:row r="73" spans="1:123">
-[...1 lines deleted...]
-        <x:v>186</x:v>
+    <x:row r="80" spans="1:124">
+      <x:c r="A80" s="0" t="s">
+        <x:v>191</x:v>
       </x:c>
     </x:row>
-    <x:row r="74" spans="1:123">
-[...1 lines deleted...]
-        <x:v>187</x:v>
+    <x:row r="81" spans="1:124">
+      <x:c r="A81" s="0" t="s">
+        <x:v>180</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:123">
-[...1 lines deleted...]
-        <x:v>188</x:v>
+    <x:row r="82" spans="1:124">
+      <x:c r="A82" s="0" t="s">
+        <x:v>192</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:123">
-[...1 lines deleted...]
-        <x:v>177</x:v>
+    <x:row r="83" spans="1:124">
+      <x:c r="A83" s="0" t="s">
+        <x:v>193</x:v>
       </x:c>
     </x:row>
-    <x:row r="81" spans="1:123">
-[...1 lines deleted...]
-        <x:v>189</x:v>
+    <x:row r="84" spans="1:124">
+      <x:c r="A84" s="0" t="s">
+        <x:v>180</x:v>
       </x:c>
     </x:row>
-    <x:row r="82" spans="1:123">
-[...1 lines deleted...]
-        <x:v>190</x:v>
+    <x:row r="85" spans="1:124">
+      <x:c r="A85" s="0" t="s">
+        <x:v>194</x:v>
       </x:c>
     </x:row>
-    <x:row r="83" spans="1:123">
-[...1 lines deleted...]
-        <x:v>177</x:v>
+    <x:row r="87" spans="1:124">
+      <x:c r="A87" s="0" t="s">
+        <x:v>195</x:v>
       </x:c>
     </x:row>
-    <x:row r="84" spans="1:123">
-[...1 lines deleted...]
-        <x:v>191</x:v>
+    <x:row r="88" spans="1:124">
+      <x:c r="A88" s="0" t="s">
+        <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:123">
-[...1 lines deleted...]
-        <x:v>192</x:v>
+    <x:row r="89" spans="1:124">
+      <x:c r="A89" s="0" t="s">
+        <x:v>196</x:v>
       </x:c>
     </x:row>
-    <x:row r="87" spans="1:123">
-[...1 lines deleted...]
-        <x:v>1</x:v>
+    <x:row r="93" spans="1:124">
+      <x:c r="A93" s="0" t="s">
+        <x:v>180</x:v>
       </x:c>
     </x:row>
-    <x:row r="88" spans="1:123">
-[...1 lines deleted...]
-        <x:v>193</x:v>
+    <x:row r="94" spans="1:124">
+      <x:c r="A94" s="0" t="s">
+        <x:v>197</x:v>
       </x:c>
     </x:row>
-    <x:row r="92" spans="1:123">
-[...1 lines deleted...]
-        <x:v>177</x:v>
+    <x:row r="96" spans="1:124">
+      <x:c r="A96" s="0" t="s">
+        <x:v>180</x:v>
       </x:c>
     </x:row>
-    <x:row r="93" spans="1:123">
-[...1 lines deleted...]
-        <x:v>194</x:v>
+    <x:row r="97" spans="1:124">
+      <x:c r="A97" s="0" t="s">
+        <x:v>198</x:v>
       </x:c>
     </x:row>
-    <x:row r="95" spans="1:123">
-[...1 lines deleted...]
-        <x:v>177</x:v>
+    <x:row r="99" spans="1:124">
+      <x:c r="A99" s="0" t="s">
+        <x:v>199</x:v>
       </x:c>
     </x:row>
-    <x:row r="96" spans="1:123">
-[...1 lines deleted...]
-        <x:v>195</x:v>
+    <x:row r="101" spans="1:124">
+      <x:c r="A101" s="0" t="s">
+        <x:v>200</x:v>
       </x:c>
     </x:row>
-    <x:row r="98" spans="1:123">
-[...1 lines deleted...]
-        <x:v>196</x:v>
+    <x:row r="102" spans="1:124">
+      <x:c r="A102" s="0" t="s">
+        <x:v>201</x:v>
       </x:c>
     </x:row>
-    <x:row r="100" spans="1:123">
-[...1 lines deleted...]
-        <x:v>197</x:v>
+    <x:row r="104" spans="1:124">
+      <x:c r="A104" s="0" t="s">
+        <x:v>202</x:v>
       </x:c>
     </x:row>
-    <x:row r="101" spans="1:123">
-[...11 lines deleted...]
-        <x:v>200</x:v>
+    <x:row r="105" spans="1:124">
+      <x:c r="A105" s="0" t="s">
+        <x:v>203</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>LKostnader2</vt:lpstr>
       <vt:lpstr>LKostnader2!Print_Area</vt:lpstr>
       <vt:lpstr>LKostnader2!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>