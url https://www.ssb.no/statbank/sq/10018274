--- v1 (2025-12-15)
+++ v2 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc36c11b4420449dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cc591ed369824acda13f89b38729455d.psmdcp" Id="R45681dbdf239425a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7b82ab276c340e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5bfb88b69d184df9b0034359789c89ab.psmdcp" Id="R572e7da98dd5455b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LKostnader2" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="204">
   <x:si>
     <x:t>09175: Lønn og sysselsetting, etter næring, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Lønnskostnader, sesongjustert (mill. kr)</x:t>
   </x:si>
   <x:si>