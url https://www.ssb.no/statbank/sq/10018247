--- v0 (2025-11-15)
+++ v1 (2025-12-15)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5d22e948d0443e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f91ffa52ab0e470b852e907371667e2d.psmdcp" Id="Rf0d15414c8fa4489" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13a6720a2fac4f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4916983f989b4ae4b008587bd7875e0d.psmdcp" Id="R352711c0ea1e4136" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Priseendring" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="266">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="267" uniqueCount="267">
   <x:si>
     <x:t>09178: Import, etter produkt, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Prisendring fra samme periode året før (prosent)</x:t>
   </x:si>
   <x:si>
     <x:t>1978K1</x:t>
   </x:si>
   <x:si>
     <x:t>1978K2</x:t>
   </x:si>
   <x:si>
     <x:t>1978K3</x:t>
   </x:si>
   <x:si>
     <x:t>1978K4</x:t>
   </x:si>
   <x:si>
     <x:t>1979K1</x:t>
   </x:si>
   <x:si>
     <x:t>1979K2</x:t>
   </x:si>
   <x:si>
@@ -586,50 +586,53 @@
   <x:si>
     <x:t>2023K3</x:t>
   </x:si>
   <x:si>
     <x:t>2023K4</x:t>
   </x:si>
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
+    <x:t>2025K3</x:t>
+  </x:si>
+  <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>
     <x:t>..</x:t>
   </x:si>
   <x:si>
     <x:t>Varer</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Råolje og naturgass</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Skip, plattformer og fly</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Tradisjonelle varer</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Produkter fra jordbruk, skogbruk og fiske</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Bergverksprodukter</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Industriprodukter</x:t>
@@ -730,66 +733,66 @@
   <x:si>
     <x:t>¬¬ Tjenester ellers</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Bygg og anlegg, reparasjon og installasjon</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Gjenvinning og søppelhåndtering</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Varehandel, hotell og restaurant</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Forlagsvirksomhet, film, musikk og kringkasting</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Teletjenester</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Informasjonstjenester</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Offentlige og private tjenester ellers</x:t>
   </x:si>
   <x:si>
-    <x:t>Ujusterte tall etter basisår (endelig årsregnskap) er foreløpige.</x:t>
+    <x:t>Tallene etter år 2023 (basisåret) er foreløpige.</x:t>
   </x:si>
   <x:si>
     <x:t>Seriene i faste priser er kjeda volumtall fra basisåret og bakover, og fastpristall fra basisår og fremover. Additivitet i komponentene i volum forekommer kun f.o.m. basisår.</x:t>
   </x:si>
   <x:si>
     <x:t>.. = Tallgrunnlag mangler. Tall er ikke kommet inn i våre databaser eller er for usikre til å publiseres.</x:t>
   </x:si>
   <x:si>
     <x:t>Sist endret:</x:t>
   </x:si>
   <x:si>
     <x:t>Prisendring fra samme periode året før (prosent):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250821 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kilde:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t>Kontakt:</x:t>
   </x:si>
   <x:si>
     <x:t>Arne Eidshagen, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 93 23 58 78</x:t>
   </x:si>
   <x:si>
     <x:t>new@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Øyvind Woxmyhr Bersaas, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 93 87 28 36</x:t>
   </x:si>
@@ -1201,70 +1204,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:GI98"/>
+  <x:dimension ref="A1:GJ98"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="191" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="192" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:191">
+    <x:row r="1" spans="1:192">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:191">
+    <x:row r="3" spans="1:192">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:191">
+    <x:row r="4" spans="1:192">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -1791,641 +1794,647 @@
       </x:c>
       <x:c r="GB4" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="GC4" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="GD4" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="GE4" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="GF4" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="GG4" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="GH4" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="GI4" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
+      <x:c r="GJ4" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:191">
+    <x:row r="5" spans="1:192">
       <x:c r="A5" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B5" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E5" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G5" s="4" t="n">
         <x:v>9.7</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
-        <x:v>16.2</x:v>
+        <x:v>16.1</x:v>
       </x:c>
       <x:c r="I5" s="4" t="n">
-        <x:v>24.6</x:v>
+        <x:v>24.5</x:v>
       </x:c>
       <x:c r="J5" s="4" t="n">
         <x:v>15.6</x:v>
       </x:c>
       <x:c r="K5" s="4" t="n">
         <x:v>16.2</x:v>
       </x:c>
       <x:c r="L5" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>15.1</x:v>
       </x:c>
       <x:c r="M5" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="N5" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="O5" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="P5" s="4" t="n">
         <x:v>10.1</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="R5" s="4" t="n">
         <x:v>8.5</x:v>
       </x:c>
       <x:c r="S5" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="T5" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="U5" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="V5" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="W5" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="X5" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="Y5" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="Z5" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="AA5" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="AB5" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="AC5" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="AD5" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="AE5" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="AF5" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="AG5" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="AH5" s="4" t="n">
-        <x:v>-4.9</x:v>
+        <x:v>-4.8</x:v>
       </x:c>
       <x:c r="AI5" s="4" t="n">
         <x:v>-4.9</x:v>
       </x:c>
       <x:c r="AJ5" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="AK5" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="AL5" s="4" t="n">
         <x:v>12.2</x:v>
       </x:c>
       <x:c r="AM5" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>12.9</x:v>
       </x:c>
       <x:c r="AN5" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="AO5" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="AP5" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="AQ5" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
-      <x:c r="AQ5" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="AR5" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="AS5" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="AT5" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="AU5" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="AV5" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="AW5" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="AX5" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="AY5" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="AZ5" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="BA5" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="BB5" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="BC5" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>-2.8</x:v>
       </x:c>
       <x:c r="BD5" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="BE5" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="BF5" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="BG5" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="BH5" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>-3.3</x:v>
       </x:c>
       <x:c r="BI5" s="4" t="n">
         <x:v>-2.7</x:v>
       </x:c>
       <x:c r="BJ5" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="BK5" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="BL5" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="BM5" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="BN5" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="BO5" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="BP5" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="BQ5" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="BR5" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="BS5" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="BT5" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="BU5" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="BV5" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="BW5" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="BX5" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="BY5" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
       <x:c r="BZ5" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="CA5" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="CB5" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="CC5" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="CD5" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="CE5" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="CF5" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="CG5" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="CH5" s="4" t="n">
+        <x:v>-0.8</x:v>
+      </x:c>
+      <x:c r="CI5" s="4" t="n">
+        <x:v>-2.6</x:v>
+      </x:c>
+      <x:c r="CJ5" s="4" t="n">
+        <x:v>-2.1</x:v>
+      </x:c>
+      <x:c r="CK5" s="4" t="n">
         <x:v>0.3</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>0.6</x:v>
       </x:c>
       <x:c r="CL5" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="CM5" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="CN5" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="CO5" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="CP5" s="4" t="n">
         <x:v>7.8</x:v>
       </x:c>
       <x:c r="CQ5" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="CR5" s="4" t="n">
         <x:v>-2.6</x:v>
       </x:c>
       <x:c r="CS5" s="4" t="n">
         <x:v>-5.9</x:v>
       </x:c>
       <x:c r="CT5" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>-5.8</x:v>
       </x:c>
       <x:c r="CU5" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>-5.3</x:v>
       </x:c>
       <x:c r="CV5" s="4" t="n">
-        <x:v>-4.1</x:v>
+        <x:v>-3.7</x:v>
       </x:c>
       <x:c r="CW5" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>-2.8</x:v>
       </x:c>
       <x:c r="CX5" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="CY5" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="CZ5" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="DA5" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="DB5" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="DC5" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="DD5" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="DE5" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="DF5" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="DG5" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="DH5" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="DI5" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="DJ5" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="DK5" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="DL5" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="DM5" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="DN5" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="DO5" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="DP5" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="DQ5" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="DR5" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="DS5" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="DT5" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="DU5" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="DV5" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="DW5" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="DX5" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="DY5" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>-6.6</x:v>
       </x:c>
       <x:c r="DZ5" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="EA5" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="EB5" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="EC5" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="ED5" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="EE5" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="EF5" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="EG5" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="EH5" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="EI5" s="4" t="n">
         <x:v>0</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="EJ5" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="EK5" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="EL5" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="EM5" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="EN5" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="EO5" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="EP5" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="EQ5" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="ER5" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="ES5" s="4" t="n">
+        <x:v>6.1</x:v>
+      </x:c>
+      <x:c r="ET5" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="EU5" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
-      <x:c r="ET5" s="4" t="n">
+      <x:c r="EV5" s="4" t="n">
+        <x:v>7.9</x:v>
+      </x:c>
+      <x:c r="EW5" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="EX5" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="EY5" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
-      <x:c r="EU5" s="4" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="EZ5" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="FA5" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="FB5" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="FC5" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="FD5" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="FE5" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="FF5" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="FG5" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="FH5" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="FI5" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="FJ5" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="FK5" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="FL5" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="FM5" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="FN5" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="FO5" s="4" t="n">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="FP5" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="FQ5" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="FR5" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="FS5" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="FT5" s="4" t="n">
+        <x:v>6.9</x:v>
+      </x:c>
+      <x:c r="FU5" s="4" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="FV5" s="4" t="n">
+        <x:v>10.9</x:v>
+      </x:c>
+      <x:c r="FW5" s="4" t="n">
+        <x:v>13.2</x:v>
+      </x:c>
+      <x:c r="FX5" s="4" t="n">
+        <x:v>13.5</x:v>
+      </x:c>
+      <x:c r="FY5" s="4" t="n">
+        <x:v>11.7</x:v>
+      </x:c>
+      <x:c r="FZ5" s="4" t="n">
+        <x:v>10.2</x:v>
+      </x:c>
+      <x:c r="GA5" s="4" t="n">
+        <x:v>8.3</x:v>
+      </x:c>
+      <x:c r="GB5" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="GC5" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="GD5" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="GE5" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
-      <x:c r="FM5" s="4" t="n">
-[...55 lines deleted...]
-      </x:c>
       <x:c r="GF5" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="GG5" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="GH5" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="GI5" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="GJ5" s="4" t="n">
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:191">
+    <x:row r="6" spans="1:192">
       <x:c r="A6" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>-2.8</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
         <x:v>16.8</x:v>
       </x:c>
       <x:c r="I6" s="4" t="n">
         <x:v>27.1</x:v>
       </x:c>
       <x:c r="J6" s="4" t="n">
         <x:v>15.2</x:v>
       </x:c>
       <x:c r="K6" s="4" t="n">
         <x:v>15.9</x:v>
       </x:c>
       <x:c r="L6" s="4" t="n">
         <x:v>16.9</x:v>
       </x:c>
       <x:c r="M6" s="4" t="n">
         <x:v>12.1</x:v>
       </x:c>
@@ -2828,179 +2837,182 @@
       <x:c r="EP6" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="EQ6" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="ER6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="ES6" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="ET6" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="EU6" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="EV6" s="4" t="n">
         <x:v>8.7</x:v>
       </x:c>
       <x:c r="EW6" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="EX6" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="EY6" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="EZ6" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="FA6" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="FB6" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="FC6" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="FD6" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="FE6" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="FF6" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="FG6" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="FH6" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="FI6" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="FJ6" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="FK6" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="FL6" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="FM6" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="FN6" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
-      <x:c r="FN6" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="FO6" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="FP6" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="FQ6" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="FR6" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="FS6" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="FT6" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="FU6" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="FV6" s="4" t="n">
-        <x:v>14.5</x:v>
+        <x:v>13.5</x:v>
       </x:c>
       <x:c r="FW6" s="4" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.3</x:v>
       </x:c>
       <x:c r="FX6" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="FY6" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>13.9</x:v>
       </x:c>
       <x:c r="FZ6" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>11.7</x:v>
       </x:c>
       <x:c r="GA6" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="GB6" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="GC6" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="GD6" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="GE6" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="GF6" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="GG6" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="GH6" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="GI6" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="GJ6" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
-      <x:c r="GF6" s="4" t="n">
-[...10 lines deleted...]
-      </x:c>
     </x:row>
-    <x:row r="7" spans="1:191">
+    <x:row r="7" spans="1:192">
       <x:c r="A7" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>-5.3</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
         <x:v>50.9</x:v>
       </x:c>
       <x:c r="I7" s="4" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J7" s="4" t="n">
         <x:v>71.4</x:v>
       </x:c>
       <x:c r="K7" s="4" t="n">
         <x:v>63.2</x:v>
       </x:c>
       <x:c r="L7" s="4" t="n">
         <x:v>54.8</x:v>
       </x:c>
       <x:c r="M7" s="4" t="n">
         <x:v>34.6</x:v>
       </x:c>
@@ -3403,179 +3415,182 @@
       <x:c r="EP7" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
       <x:c r="EQ7" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="ER7" s="4" t="n">
         <x:v>-3.8</x:v>
       </x:c>
       <x:c r="ES7" s="4" t="n">
         <x:v>-13.8</x:v>
       </x:c>
       <x:c r="ET7" s="4" t="n">
         <x:v>-24.9</x:v>
       </x:c>
       <x:c r="EU7" s="4" t="n">
         <x:v>-9.8</x:v>
       </x:c>
       <x:c r="EV7" s="4" t="n">
         <x:v>-23</x:v>
       </x:c>
       <x:c r="EW7" s="4" t="n">
         <x:v>-23.6</x:v>
       </x:c>
       <x:c r="EX7" s="4" t="n">
-        <x:v>-25.5</x:v>
+        <x:v>-24.8</x:v>
       </x:c>
       <x:c r="EY7" s="4" t="n">
-        <x:v>-26.9</x:v>
+        <x:v>-28</x:v>
       </x:c>
       <x:c r="EZ7" s="4" t="n">
-        <x:v>-10.3</x:v>
+        <x:v>-9.6</x:v>
       </x:c>
       <x:c r="FA7" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="FB7" s="4" t="n">
-        <x:v>28.7</x:v>
+        <x:v>26.3</x:v>
       </x:c>
       <x:c r="FC7" s="4" t="n">
-        <x:v>21.7</x:v>
+        <x:v>23.4</x:v>
       </x:c>
       <x:c r="FD7" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="FE7" s="4" t="n">
-        <x:v>27.6</x:v>
+        <x:v>28.9</x:v>
       </x:c>
       <x:c r="FF7" s="4" t="n">
-        <x:v>21.9</x:v>
+        <x:v>24.5</x:v>
       </x:c>
       <x:c r="FG7" s="4" t="n">
-        <x:v>37.7</x:v>
+        <x:v>37.5</x:v>
       </x:c>
       <x:c r="FH7" s="4" t="n">
-        <x:v>42.8</x:v>
+        <x:v>42.6</x:v>
       </x:c>
       <x:c r="FI7" s="4" t="n">
-        <x:v>14.9</x:v>
+        <x:v>12.8</x:v>
       </x:c>
       <x:c r="FJ7" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="FK7" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="FL7" s="4" t="n">
-        <x:v>-7.2</x:v>
+        <x:v>-8.9</x:v>
       </x:c>
       <x:c r="FM7" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="FN7" s="4" t="n">
-        <x:v>-6.8</x:v>
+        <x:v>-7</x:v>
       </x:c>
       <x:c r="FO7" s="4" t="n">
-        <x:v>-33.9</x:v>
+        <x:v>-35.4</x:v>
       </x:c>
       <x:c r="FP7" s="4" t="n">
-        <x:v>-25.3</x:v>
+        <x:v>-23.9</x:v>
       </x:c>
       <x:c r="FQ7" s="4" t="n">
-        <x:v>-28.6</x:v>
+        <x:v>-28.4</x:v>
       </x:c>
       <x:c r="FR7" s="4" t="n">
+        <x:v>-1.3</x:v>
+      </x:c>
+      <x:c r="FS7" s="4" t="n">
+        <x:v>47.2</x:v>
+      </x:c>
+      <x:c r="FT7" s="4" t="n">
+        <x:v>42.9</x:v>
+      </x:c>
+      <x:c r="FU7" s="4" t="n">
+        <x:v>56.5</x:v>
+      </x:c>
+      <x:c r="FV7" s="4" t="n">
+        <x:v>68.3</x:v>
+      </x:c>
+      <x:c r="FW7" s="4" t="n">
+        <x:v>56.7</x:v>
+      </x:c>
+      <x:c r="FX7" s="4" t="n">
+        <x:v>47.7</x:v>
+      </x:c>
+      <x:c r="FY7" s="4" t="n">
+        <x:v>34.7</x:v>
+      </x:c>
+      <x:c r="FZ7" s="4" t="n">
+        <x:v>-0.9</x:v>
+      </x:c>
+      <x:c r="GA7" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="GB7" s="4" t="n">
+        <x:v>-3.4</x:v>
+      </x:c>
+      <x:c r="GC7" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="GD7" s="4" t="n">
+        <x:v>-4.9</x:v>
+      </x:c>
+      <x:c r="GE7" s="4" t="n">
+        <x:v>-11.6</x:v>
+      </x:c>
+      <x:c r="GF7" s="4" t="n">
+        <x:v>-7.3</x:v>
+      </x:c>
+      <x:c r="GG7" s="4" t="n">
+        <x:v>-14</x:v>
+      </x:c>
+      <x:c r="GH7" s="4" t="n">
         <x:v>-2.6</x:v>
       </x:c>
-      <x:c r="FS7" s="4" t="n">
-[...46 lines deleted...]
-      </x:c>
       <x:c r="GI7" s="4" t="n">
-        <x:v>-16</x:v>
+        <x:v>-14.4</x:v>
+      </x:c>
+      <x:c r="GJ7" s="4" t="n">
+        <x:v>-17.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:191">
+    <x:row r="8" spans="1:192">
       <x:c r="A8" s="2" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="J8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K8" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="L8" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="M8" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
@@ -3978,179 +3993,182 @@
       <x:c r="EP8" s="4" t="n">
         <x:v>37.2</x:v>
       </x:c>
       <x:c r="EQ8" s="4" t="n">
         <x:v>13.5</x:v>
       </x:c>
       <x:c r="ER8" s="4" t="n">
         <x:v>-19.5</x:v>
       </x:c>
       <x:c r="ES8" s="4" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="ET8" s="4" t="n">
         <x:v>-20.1</x:v>
       </x:c>
       <x:c r="EU8" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="EV8" s="4" t="n">
         <x:v>47.2</x:v>
       </x:c>
       <x:c r="EW8" s="4" t="n">
         <x:v>-11.7</x:v>
       </x:c>
       <x:c r="EX8" s="4" t="n">
-        <x:v>22.7</x:v>
+        <x:v>26.8</x:v>
       </x:c>
       <x:c r="EY8" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="EZ8" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>-9.2</x:v>
       </x:c>
       <x:c r="FA8" s="4" t="n">
-        <x:v>-3.7</x:v>
+        <x:v>-5.3</x:v>
       </x:c>
       <x:c r="FB8" s="4" t="n">
-        <x:v>-7</x:v>
+        <x:v>-10.8</x:v>
       </x:c>
       <x:c r="FC8" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="FD8" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="FE8" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="FF8" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="FG8" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
       <x:c r="FH8" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="FI8" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="FJ8" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>12.9</x:v>
       </x:c>
       <x:c r="FK8" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>16.4</x:v>
       </x:c>
       <x:c r="FL8" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FM8" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-5.6</x:v>
       </x:c>
       <x:c r="FN8" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="FO8" s="4" t="n">
+        <x:v>9.7</x:v>
+      </x:c>
+      <x:c r="FP8" s="4" t="n">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="FQ8" s="4" t="n">
+        <x:v>14.1</x:v>
+      </x:c>
+      <x:c r="FR8" s="4" t="n">
+        <x:v>-2.5</x:v>
+      </x:c>
+      <x:c r="FS8" s="4" t="n">
+        <x:v>-3.2</x:v>
+      </x:c>
+      <x:c r="FT8" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
-      <x:c r="FO8" s="4" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="FU8" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="FV8" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="FW8" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="FX8" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="FY8" s="4" t="n">
-        <x:v>15.9</x:v>
+        <x:v>15.4</x:v>
       </x:c>
       <x:c r="FZ8" s="4" t="n">
-        <x:v>18.4</x:v>
+        <x:v>15.1</x:v>
       </x:c>
       <x:c r="GA8" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="GB8" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="GC8" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="GD8" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="GE8" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="GF8" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="GG8" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="GH8" s="4" t="n">
-        <x:v>19</x:v>
+        <x:v>18.6</x:v>
       </x:c>
       <x:c r="GI8" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>8.4</x:v>
+      </x:c>
+      <x:c r="GJ8" s="4" t="n">
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:191">
+    <x:row r="9" spans="1:192">
       <x:c r="A9" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-2.7</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
         <x:v>18.8</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>24.9</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
         <x:v>14.4</x:v>
       </x:c>
       <x:c r="K9" s="4" t="n">
         <x:v>13.1</x:v>
       </x:c>
       <x:c r="L9" s="4" t="n">
         <x:v>10.6</x:v>
       </x:c>
       <x:c r="M9" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
@@ -4553,179 +4571,182 @@
       <x:c r="EP9" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="EQ9" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="ER9" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="ES9" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="ET9" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="EU9" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="EV9" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="EW9" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="EX9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="EY9" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="EZ9" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="FA9" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="FB9" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="FB9" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="FC9" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="FD9" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="FE9" s="4" t="n">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="FF9" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="FG9" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="FH9" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="FI9" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="FJ9" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="FK9" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="FL9" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="FM9" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="FN9" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="FO9" s="4" t="n">
+        <x:v>6.3</x:v>
+      </x:c>
+      <x:c r="FP9" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
-      <x:c r="FF9" s="4" t="n">
-[...5 lines deleted...]
-      <x:c r="FH9" s="4" t="n">
+      <x:c r="FQ9" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="FR9" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="FS9" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="FT9" s="4" t="n">
+        <x:v>6.4</x:v>
+      </x:c>
+      <x:c r="FU9" s="4" t="n">
+        <x:v>8.3</x:v>
+      </x:c>
+      <x:c r="FV9" s="4" t="n">
+        <x:v>12.4</x:v>
+      </x:c>
+      <x:c r="FW9" s="4" t="n">
+        <x:v>16.6</x:v>
+      </x:c>
+      <x:c r="FX9" s="4" t="n">
+        <x:v>17.8</x:v>
+      </x:c>
+      <x:c r="FY9" s="4" t="n">
+        <x:v>13.4</x:v>
+      </x:c>
+      <x:c r="FZ9" s="4" t="n">
+        <x:v>11.9</x:v>
+      </x:c>
+      <x:c r="GA9" s="4" t="n">
+        <x:v>7.4</x:v>
+      </x:c>
+      <x:c r="GB9" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="GC9" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="FI9" s="4" t="n">
-[...5 lines deleted...]
-      <x:c r="FK9" s="4" t="n">
+      <x:c r="GD9" s="4" t="n">
+        <x:v>-0.3</x:v>
+      </x:c>
+      <x:c r="GE9" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="GF9" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
-      <x:c r="FL9" s="4" t="n">
-[...61 lines deleted...]
-      </x:c>
       <x:c r="GG9" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="GH9" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="GI9" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
+      <x:c r="GJ9" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
     </x:row>
-    <x:row r="10" spans="1:191">
+    <x:row r="10" spans="1:192">
       <x:c r="A10" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>-4.4</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>-11.9</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>10.6</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>18.4</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>16.8</x:v>
       </x:c>
       <x:c r="K10" s="4" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="L10" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="M10" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
@@ -5128,179 +5149,182 @@
       <x:c r="EP10" s="4" t="n">
         <x:v>10.2</x:v>
       </x:c>
       <x:c r="EQ10" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="ER10" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="ES10" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="ET10" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="EU10" s="4" t="n">
         <x:v>10.4</x:v>
       </x:c>
       <x:c r="EV10" s="4" t="n">
         <x:v>17.8</x:v>
       </x:c>
       <x:c r="EW10" s="4" t="n">
         <x:v>13.5</x:v>
       </x:c>
       <x:c r="EX10" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="EY10" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="EZ10" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="FA10" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="FB10" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="FC10" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="FD10" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="FE10" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="FF10" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="FG10" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>-3.3</x:v>
       </x:c>
       <x:c r="FH10" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="FI10" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="FJ10" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="FK10" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="FL10" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="FM10" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="FN10" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="FO10" s="4" t="n">
-        <x:v>16.9</x:v>
+        <x:v>17.5</x:v>
       </x:c>
       <x:c r="FP10" s="4" t="n">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="FQ10" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="FR10" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="FS10" s="4" t="n">
+        <x:v>-6</x:v>
+      </x:c>
+      <x:c r="FT10" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="FU10" s="4" t="n">
         <x:v>8.1</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>7.8</x:v>
       </x:c>
       <x:c r="FV10" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
       <x:c r="FW10" s="4" t="n">
         <x:v>19.5</x:v>
       </x:c>
       <x:c r="FX10" s="4" t="n">
-        <x:v>22.5</x:v>
+        <x:v>22.6</x:v>
       </x:c>
       <x:c r="FY10" s="4" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="FZ10" s="4" t="n">
-        <x:v>19.7</x:v>
+        <x:v>19.5</x:v>
       </x:c>
       <x:c r="GA10" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="GB10" s="4" t="n">
         <x:v>-3.6</x:v>
       </x:c>
       <x:c r="GC10" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="GD10" s="4" t="n">
-        <x:v>-5.6</x:v>
+        <x:v>-5.4</x:v>
       </x:c>
       <x:c r="GE10" s="4" t="n">
-        <x:v>-3.3</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="GF10" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="GG10" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="GH10" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>14.4</x:v>
       </x:c>
       <x:c r="GI10" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>10.9</x:v>
+      </x:c>
+      <x:c r="GJ10" s="4" t="n">
+        <x:v>7.6</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:191">
+    <x:row r="11" spans="1:192">
       <x:c r="A11" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
         <x:v>11.5</x:v>
       </x:c>
       <x:c r="K11" s="4" t="n">
         <x:v>21.9</x:v>
       </x:c>
       <x:c r="L11" s="4" t="n">
         <x:v>14.1</x:v>
       </x:c>
       <x:c r="M11" s="4" t="n">
         <x:v>13.7</x:v>
       </x:c>
@@ -5703,179 +5727,182 @@
       <x:c r="EP11" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="EQ11" s="4" t="n">
         <x:v>-5.3</x:v>
       </x:c>
       <x:c r="ER11" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="ES11" s="4" t="n">
         <x:v>10.6</x:v>
       </x:c>
       <x:c r="ET11" s="4" t="n">
         <x:v>13.4</x:v>
       </x:c>
       <x:c r="EU11" s="4" t="n">
         <x:v>23.6</x:v>
       </x:c>
       <x:c r="EV11" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="EW11" s="4" t="n">
         <x:v>-3.1</x:v>
       </x:c>
       <x:c r="EX11" s="4" t="n">
-        <x:v>-8.8</x:v>
+        <x:v>-5.3</x:v>
       </x:c>
       <x:c r="EY11" s="4" t="n">
-        <x:v>-12.1</x:v>
+        <x:v>-10.1</x:v>
       </x:c>
       <x:c r="EZ11" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="FA11" s="4" t="n">
-        <x:v>19.6</x:v>
+        <x:v>13.7</x:v>
       </x:c>
       <x:c r="FB11" s="4" t="n">
-        <x:v>43.5</x:v>
+        <x:v>33.1</x:v>
       </x:c>
       <x:c r="FC11" s="4" t="n">
-        <x:v>37.2</x:v>
+        <x:v>28.4</x:v>
       </x:c>
       <x:c r="FD11" s="4" t="n">
-        <x:v>22</x:v>
+        <x:v>22.3</x:v>
       </x:c>
       <x:c r="FE11" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>25.5</x:v>
       </x:c>
       <x:c r="FF11" s="4" t="n">
-        <x:v>16.1</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="FG11" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="FH11" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="FI11" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-5.9</x:v>
       </x:c>
       <x:c r="FJ11" s="4" t="n">
-        <x:v>-13.8</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="FK11" s="4" t="n">
-        <x:v>-6.2</x:v>
+        <x:v>-7.2</x:v>
       </x:c>
       <x:c r="FL11" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="FM11" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="FN11" s="4" t="n">
         <x:v>-17.5</x:v>
       </x:c>
       <x:c r="FO11" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="FP11" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="FQ11" s="4" t="n">
         <x:v>-10.6</x:v>
       </x:c>
       <x:c r="FR11" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="FS11" s="4" t="n">
         <x:v>-13.8</x:v>
       </x:c>
       <x:c r="FT11" s="4" t="n">
         <x:v>-2.7</x:v>
       </x:c>
       <x:c r="FU11" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="FV11" s="4" t="n">
         <x:v>31.7</x:v>
       </x:c>
       <x:c r="FW11" s="4" t="n">
         <x:v>50.5</x:v>
       </x:c>
       <x:c r="FX11" s="4" t="n">
         <x:v>60.2</x:v>
       </x:c>
       <x:c r="FY11" s="4" t="n">
         <x:v>45.9</x:v>
       </x:c>
       <x:c r="FZ11" s="4" t="n">
-        <x:v>41.4</x:v>
+        <x:v>34.5</x:v>
       </x:c>
       <x:c r="GA11" s="4" t="n">
-        <x:v>18.3</x:v>
+        <x:v>12.6</x:v>
       </x:c>
       <x:c r="GB11" s="4" t="n">
-        <x:v>-11</x:v>
+        <x:v>-15.3</x:v>
       </x:c>
       <x:c r="GC11" s="4" t="n">
-        <x:v>-8.1</x:v>
+        <x:v>-12.5</x:v>
       </x:c>
       <x:c r="GD11" s="4" t="n">
         <x:v>-23.3</x:v>
       </x:c>
       <x:c r="GE11" s="4" t="n">
         <x:v>-16.5</x:v>
       </x:c>
       <x:c r="GF11" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="GG11" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="GH11" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="GI11" s="4" t="n">
-        <x:v>-3.6</x:v>
+        <x:v>-1.9</x:v>
+      </x:c>
+      <x:c r="GJ11" s="4" t="n">
+        <x:v>-15</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:191">
+    <x:row r="12" spans="1:192">
       <x:c r="A12" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
         <x:v>-2.7</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
         <x:v>19.3</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
         <x:v>26.2</x:v>
       </x:c>
       <x:c r="J12" s="4" t="n">
         <x:v>14.4</x:v>
       </x:c>
       <x:c r="K12" s="4" t="n">
         <x:v>12.7</x:v>
       </x:c>
       <x:c r="L12" s="4" t="n">
         <x:v>10.5</x:v>
       </x:c>
       <x:c r="M12" s="4" t="n">
         <x:v>10.2</x:v>
       </x:c>
@@ -6278,179 +6305,182 @@
       <x:c r="EP12" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="EQ12" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="ER12" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="ES12" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="ET12" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="EU12" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="EV12" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="EW12" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="EX12" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="EY12" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="EZ12" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="FA12" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="FB12" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="FC12" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="FD12" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="FE12" s="4" t="n">
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="FF12" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="FG12" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="FH12" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="FI12" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="FJ12" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="FK12" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="FL12" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="FM12" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="FN12" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="FO12" s="4" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="FP12" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
-      <x:c r="FF12" s="4" t="n">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="FQ12" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="FR12" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="FS12" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="FT12" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="FU12" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="FV12" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="FW12" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="FX12" s="4" t="n">
-        <x:v>14.4</x:v>
+        <x:v>13.8</x:v>
       </x:c>
       <x:c r="FY12" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>12.8</x:v>
       </x:c>
       <x:c r="FZ12" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>12.4</x:v>
       </x:c>
       <x:c r="GA12" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="GB12" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="GC12" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="GD12" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="GE12" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="GF12" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="GG12" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="GH12" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="GI12" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="GJ12" s="4" t="n">
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:191">
+    <x:row r="13" spans="1:192">
       <x:c r="A13" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E13" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
         <x:v>12.3</x:v>
       </x:c>
       <x:c r="G13" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="I13" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="J13" s="4" t="n">
         <x:v>11.2</x:v>
       </x:c>
       <x:c r="K13" s="4" t="n">
         <x:v>9.1</x:v>
       </x:c>
       <x:c r="L13" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="M13" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
@@ -6853,179 +6883,182 @@
       <x:c r="EP13" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="EQ13" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="ER13" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="ES13" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="ET13" s="4" t="n">
         <x:v>8.5</x:v>
       </x:c>
       <x:c r="EU13" s="4" t="n">
         <x:v>7.6</x:v>
       </x:c>
       <x:c r="EV13" s="4" t="n">
         <x:v>10.6</x:v>
       </x:c>
       <x:c r="EW13" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="EX13" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="EY13" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="EZ13" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="FA13" s="4" t="n">
         <x:v>-0.5</x:v>
       </x:c>
       <x:c r="FB13" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="FC13" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="FD13" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="FE13" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="FF13" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="FG13" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="FH13" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="FI13" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="FJ13" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="FK13" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="FL13" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="FM13" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="FN13" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="FO13" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>11.5</x:v>
       </x:c>
       <x:c r="FP13" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="FQ13" s="4" t="n">
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="FR13" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="FS13" s="4" t="n">
+        <x:v>-2.1</x:v>
+      </x:c>
+      <x:c r="FT13" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
-      <x:c r="FR13" s="4" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="FU13" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="FV13" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="FW13" s="4" t="n">
         <x:v>12.3</x:v>
       </x:c>
       <x:c r="FX13" s="4" t="n">
         <x:v>15.6</x:v>
       </x:c>
       <x:c r="FY13" s="4" t="n">
         <x:v>14.9</x:v>
       </x:c>
       <x:c r="FZ13" s="4" t="n">
-        <x:v>20.8</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="GA13" s="4" t="n">
-        <x:v>18.4</x:v>
+        <x:v>18.5</x:v>
       </x:c>
       <x:c r="GB13" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="GC13" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="GD13" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="GE13" s="4" t="n">
         <x:v>-1</x:v>
       </x:c>
       <x:c r="GF13" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="GG13" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="GH13" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="GI13" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>-0.4</x:v>
+      </x:c>
+      <x:c r="GJ13" s="4" t="n">
+        <x:v>-3.1</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:191">
+    <x:row r="14" spans="1:192">
       <x:c r="A14" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E14" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="G14" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="H14" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
         <x:v>20.5</x:v>
       </x:c>
       <x:c r="J14" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
       <x:c r="K14" s="4" t="n">
         <x:v>11.2</x:v>
       </x:c>
       <x:c r="L14" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="M14" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
@@ -7431,176 +7464,179 @@
       <x:c r="EQ14" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="ER14" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="ES14" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="ET14" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="EU14" s="4" t="n">
         <x:v>11.3</x:v>
       </x:c>
       <x:c r="EV14" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="EW14" s="4" t="n">
         <x:v>12.9</x:v>
       </x:c>
       <x:c r="EX14" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="EY14" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="EZ14" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="FA14" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="FB14" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="FC14" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="FD14" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="FE14" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="FF14" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="FG14" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="FH14" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="FI14" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="FJ14" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="FK14" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="FL14" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="FM14" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="FN14" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="FO14" s="4" t="n">
         <x:v>15.1</x:v>
       </x:c>
       <x:c r="FP14" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="FQ14" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="FR14" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="FS14" s="4" t="n">
         <x:v>-1</x:v>
       </x:c>
       <x:c r="FT14" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="FU14" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="FV14" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="FW14" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="FX14" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="FY14" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="FZ14" s="4" t="n">
         <x:v>12.6</x:v>
       </x:c>
       <x:c r="GA14" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>13.7</x:v>
       </x:c>
       <x:c r="GB14" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.5</x:v>
       </x:c>
       <x:c r="GC14" s="4" t="n">
-        <x:v>13.7</x:v>
+        <x:v>13.8</x:v>
       </x:c>
       <x:c r="GD14" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="GE14" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="GF14" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="GG14" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="GH14" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="GI14" s="4" t="n">
-        <x:v>-2.8</x:v>
+        <x:v>-3.2</x:v>
+      </x:c>
+      <x:c r="GJ14" s="4" t="n">
+        <x:v>-4.7</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:191">
+    <x:row r="15" spans="1:192">
       <x:c r="A15" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E15" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
       <x:c r="G15" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
         <x:v>23.3</x:v>
       </x:c>
       <x:c r="J15" s="4" t="n">
         <x:v>20.5</x:v>
       </x:c>
       <x:c r="K15" s="4" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L15" s="4" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="M15" s="4" t="n">
         <x:v>12.3</x:v>
       </x:c>
@@ -8063,119 +8099,122 @@
       <x:c r="FJ15" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="FK15" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="FL15" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="FM15" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="FN15" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="FO15" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="FP15" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="FQ15" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="FR15" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="FS15" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="FT15" s="4" t="n">
         <x:v>30.6</x:v>
       </x:c>
       <x:c r="FU15" s="4" t="n">
         <x:v>25.4</x:v>
       </x:c>
       <x:c r="FV15" s="4" t="n">
         <x:v>23.8</x:v>
       </x:c>
       <x:c r="FW15" s="4" t="n">
         <x:v>21.7</x:v>
       </x:c>
       <x:c r="FX15" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="FY15" s="4" t="n">
         <x:v>10.5</x:v>
       </x:c>
       <x:c r="FZ15" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="GA15" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="GB15" s="4" t="n">
         <x:v>-6.1</x:v>
       </x:c>
       <x:c r="GC15" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="GD15" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="GE15" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
       <x:c r="GF15" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="GG15" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="GH15" s="4" t="n">
+        <x:v>8.1</x:v>
+      </x:c>
+      <x:c r="GI15" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="GI15" s="4" t="n">
-        <x:v>8.3</x:v>
+      <x:c r="GJ15" s="4" t="n">
+        <x:v>7.8</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:191">
+    <x:row r="16" spans="1:192">
       <x:c r="A16" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="G16" s="4" t="n">
         <x:v>18.8</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="I16" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="J16" s="4" t="n">
         <x:v>21.1</x:v>
       </x:c>
       <x:c r="K16" s="4" t="n">
         <x:v>18.7</x:v>
       </x:c>
       <x:c r="L16" s="4" t="n">
         <x:v>17.3</x:v>
       </x:c>
       <x:c r="M16" s="4" t="n">
         <x:v>12.7</x:v>
       </x:c>
@@ -8578,179 +8617,182 @@
       <x:c r="EP16" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="EQ16" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="ER16" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="ES16" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="ET16" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="EU16" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="EV16" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="EW16" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="EX16" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="EY16" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="EZ16" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="FA16" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="FB16" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>-4.5</x:v>
       </x:c>
       <x:c r="FC16" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="FD16" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="FE16" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="FF16" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="FG16" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="FH16" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="FI16" s="4" t="n">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="FJ16" s="4" t="n">
+        <x:v>11.6</x:v>
+      </x:c>
+      <x:c r="FK16" s="4" t="n">
+        <x:v>8.9</x:v>
+      </x:c>
+      <x:c r="FL16" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="FM16" s="4" t="n">
+        <x:v>-9</x:v>
+      </x:c>
+      <x:c r="FN16" s="4" t="n">
         <x:v>7.6</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>7.7</x:v>
       </x:c>
       <x:c r="FO16" s="4" t="n">
         <x:v>-0.5</x:v>
       </x:c>
       <x:c r="FP16" s="4" t="n">
         <x:v>-3.6</x:v>
       </x:c>
       <x:c r="FQ16" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="FR16" s="4" t="n">
         <x:v>-9.3</x:v>
       </x:c>
       <x:c r="FS16" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="FT16" s="4" t="n">
         <x:v>15.3</x:v>
       </x:c>
       <x:c r="FU16" s="4" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.9</x:v>
       </x:c>
       <x:c r="FV16" s="4" t="n">
         <x:v>15.9</x:v>
       </x:c>
       <x:c r="FW16" s="4" t="n">
         <x:v>23.7</x:v>
       </x:c>
       <x:c r="FX16" s="4" t="n">
         <x:v>21.1</x:v>
       </x:c>
       <x:c r="FY16" s="4" t="n">
         <x:v>25.3</x:v>
       </x:c>
       <x:c r="FZ16" s="4" t="n">
-        <x:v>22.2</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="GA16" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="GB16" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="GC16" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="GD16" s="4" t="n">
         <x:v>-5.4</x:v>
       </x:c>
       <x:c r="GE16" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
       <x:c r="GF16" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="GG16" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="GH16" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="GI16" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="GJ16" s="4" t="n">
+        <x:v>-0.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:191">
+    <x:row r="17" spans="1:192">
       <x:c r="A17" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>-6.7</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>-1.9</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="K17" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="L17" s="4" t="n">
         <x:v>-1.5</x:v>
       </x:c>
       <x:c r="M17" s="4" t="n">
         <x:v>-6.9</x:v>
       </x:c>
@@ -9177,155 +9219,158 @@
       <x:c r="EX17" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="EY17" s="4" t="n">
         <x:v>11.7</x:v>
       </x:c>
       <x:c r="EZ17" s="4" t="n">
         <x:v>-8.4</x:v>
       </x:c>
       <x:c r="FA17" s="4" t="n">
         <x:v>-16.1</x:v>
       </x:c>
       <x:c r="FB17" s="4" t="n">
         <x:v>27.5</x:v>
       </x:c>
       <x:c r="FC17" s="4" t="n">
         <x:v>-17</x:v>
       </x:c>
       <x:c r="FD17" s="4" t="n">
         <x:v>10.7</x:v>
       </x:c>
       <x:c r="FE17" s="4" t="n">
         <x:v>20.1</x:v>
       </x:c>
       <x:c r="FF17" s="4" t="n">
-        <x:v>-17.8</x:v>
+        <x:v>-17.9</x:v>
       </x:c>
       <x:c r="FG17" s="4" t="n">
         <x:v>9.7</x:v>
       </x:c>
       <x:c r="FH17" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="FI17" s="4" t="n">
-        <x:v>27.7</x:v>
+        <x:v>27.9</x:v>
       </x:c>
       <x:c r="FJ17" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="FK17" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="FL17" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="FM17" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
       <x:c r="FN17" s="4" t="n">
-        <x:v>23.6</x:v>
+        <x:v>23.5</x:v>
       </x:c>
       <x:c r="FO17" s="4" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="FP17" s="4" t="n">
-        <x:v>-14.6</x:v>
+        <x:v>-14.7</x:v>
       </x:c>
       <x:c r="FQ17" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>11.7</x:v>
       </x:c>
       <x:c r="FR17" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="FS17" s="4" t="n">
-        <x:v>-21.7</x:v>
+        <x:v>-21.8</x:v>
       </x:c>
       <x:c r="FT17" s="4" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="FU17" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="FV17" s="4" t="n">
         <x:v>33.6</x:v>
       </x:c>
       <x:c r="FW17" s="4" t="n">
         <x:v>24.9</x:v>
       </x:c>
       <x:c r="FX17" s="4" t="n">
         <x:v>-1.1</x:v>
       </x:c>
       <x:c r="FY17" s="4" t="n">
         <x:v>-2.7</x:v>
       </x:c>
       <x:c r="FZ17" s="4" t="n">
         <x:v>34.5</x:v>
       </x:c>
       <x:c r="GA17" s="4" t="n">
         <x:v>41.1</x:v>
       </x:c>
       <x:c r="GB17" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="GC17" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="GD17" s="4" t="n">
         <x:v>-29.4</x:v>
       </x:c>
       <x:c r="GE17" s="4" t="n">
         <x:v>10.3</x:v>
       </x:c>
       <x:c r="GF17" s="4" t="n">
         <x:v>17.6</x:v>
       </x:c>
       <x:c r="GG17" s="4" t="n">
         <x:v>17.6</x:v>
       </x:c>
       <x:c r="GH17" s="4" t="n">
         <x:v>48.2</x:v>
       </x:c>
       <x:c r="GI17" s="4" t="n">
-        <x:v>-15.3</x:v>
+        <x:v>-32.2</x:v>
+      </x:c>
+      <x:c r="GJ17" s="4" t="n">
+        <x:v>85.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:191">
+    <x:row r="18" spans="1:192">
       <x:c r="A18" s="2" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>57.2</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>57.9</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
         <x:v>81.1</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>75.2</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
         <x:v>43.7</x:v>
       </x:c>
       <x:c r="K18" s="4" t="n">
         <x:v>36.1</x:v>
       </x:c>
       <x:c r="L18" s="4" t="n">
         <x:v>30.8</x:v>
       </x:c>
       <x:c r="M18" s="4" t="n">
         <x:v>20.6</x:v>
       </x:c>
@@ -9731,176 +9776,179 @@
       <x:c r="EQ18" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="ER18" s="4" t="n">
         <x:v>-2.5</x:v>
       </x:c>
       <x:c r="ES18" s="4" t="n">
         <x:v>-18.3</x:v>
       </x:c>
       <x:c r="ET18" s="4" t="n">
         <x:v>-10.6</x:v>
       </x:c>
       <x:c r="EU18" s="4" t="n">
         <x:v>-16.4</x:v>
       </x:c>
       <x:c r="EV18" s="4" t="n">
         <x:v>-32.2</x:v>
       </x:c>
       <x:c r="EW18" s="4" t="n">
         <x:v>-31.1</x:v>
       </x:c>
       <x:c r="EX18" s="4" t="n">
         <x:v>-43</x:v>
       </x:c>
       <x:c r="EY18" s="4" t="n">
-        <x:v>-22.9</x:v>
+        <x:v>-23</x:v>
       </x:c>
       <x:c r="EZ18" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="FA18" s="4" t="n">
-        <x:v>32.2</x:v>
+        <x:v>32.4</x:v>
       </x:c>
       <x:c r="FB18" s="4" t="n">
-        <x:v>58.8</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="FC18" s="4" t="n">
-        <x:v>22</x:v>
+        <x:v>22.1</x:v>
       </x:c>
       <x:c r="FD18" s="4" t="n">
         <x:v>17.6</x:v>
       </x:c>
       <x:c r="FE18" s="4" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.6</x:v>
       </x:c>
       <x:c r="FF18" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="FG18" s="4" t="n">
-        <x:v>32.1</x:v>
+        <x:v>31.7</x:v>
       </x:c>
       <x:c r="FH18" s="4" t="n">
-        <x:v>36.6</x:v>
+        <x:v>36.5</x:v>
       </x:c>
       <x:c r="FI18" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>13.7</x:v>
       </x:c>
       <x:c r="FJ18" s="4" t="n">
-        <x:v>-4.9</x:v>
+        <x:v>-3.5</x:v>
       </x:c>
       <x:c r="FK18" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="FL18" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-4</x:v>
       </x:c>
       <x:c r="FM18" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="FN18" s="4" t="n">
-        <x:v>15.7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="FO18" s="4" t="n">
-        <x:v>-7.2</x:v>
+        <x:v>-10.9</x:v>
       </x:c>
       <x:c r="FP18" s="4" t="n">
-        <x:v>-9.9</x:v>
+        <x:v>-9.7</x:v>
       </x:c>
       <x:c r="FQ18" s="4" t="n">
-        <x:v>-25.7</x:v>
+        <x:v>-20.5</x:v>
       </x:c>
       <x:c r="FR18" s="4" t="n">
-        <x:v>-8.1</x:v>
+        <x:v>-5.4</x:v>
       </x:c>
       <x:c r="FS18" s="4" t="n">
-        <x:v>16.3</x:v>
+        <x:v>20.4</x:v>
       </x:c>
       <x:c r="FT18" s="4" t="n">
-        <x:v>42.4</x:v>
+        <x:v>42.8</x:v>
       </x:c>
       <x:c r="FU18" s="4" t="n">
-        <x:v>82.6</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="FV18" s="4" t="n">
-        <x:v>69.7</x:v>
+        <x:v>56.1</x:v>
       </x:c>
       <x:c r="FW18" s="4" t="n">
-        <x:v>67.9</x:v>
+        <x:v>54.4</x:v>
       </x:c>
       <x:c r="FX18" s="4" t="n">
-        <x:v>52.5</x:v>
+        <x:v>40.7</x:v>
       </x:c>
       <x:c r="FY18" s="4" t="n">
-        <x:v>39.8</x:v>
+        <x:v>30.8</x:v>
       </x:c>
       <x:c r="FZ18" s="4" t="n">
-        <x:v>18.2</x:v>
+        <x:v>17.8</x:v>
       </x:c>
       <x:c r="GA18" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-6.6</x:v>
       </x:c>
       <x:c r="GB18" s="4" t="n">
         <x:v>-14.1</x:v>
       </x:c>
       <x:c r="GC18" s="4" t="n">
-        <x:v>-4.9</x:v>
+        <x:v>-5.1</x:v>
       </x:c>
       <x:c r="GD18" s="4" t="n">
-        <x:v>-19.9</x:v>
+        <x:v>-20.1</x:v>
       </x:c>
       <x:c r="GE18" s="4" t="n">
-        <x:v>-3.5</x:v>
+        <x:v>-3.3</x:v>
       </x:c>
       <x:c r="GF18" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>-6.2</x:v>
       </x:c>
       <x:c r="GG18" s="4" t="n">
-        <x:v>-16.9</x:v>
+        <x:v>-16.7</x:v>
       </x:c>
       <x:c r="GH18" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="GI18" s="4" t="n">
-        <x:v>-21.4</x:v>
+        <x:v>-21.7</x:v>
+      </x:c>
+      <x:c r="GJ18" s="4" t="n">
+        <x:v>-4</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:191">
+    <x:row r="19" spans="1:192">
       <x:c r="A19" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>21.4</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="K19" s="4" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="L19" s="4" t="n">
         <x:v>11.7</x:v>
       </x:c>
       <x:c r="M19" s="4" t="n">
         <x:v>12.8</x:v>
       </x:c>
@@ -10303,179 +10351,182 @@
       <x:c r="EP19" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
       <x:c r="EQ19" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="ER19" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="ES19" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="ET19" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="EU19" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="EV19" s="4" t="n">
         <x:v>10.1</x:v>
       </x:c>
       <x:c r="EW19" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="EX19" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="EY19" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="EZ19" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="FA19" s="4" t="n">
-        <x:v>-4</x:v>
+        <x:v>-3.3</x:v>
       </x:c>
       <x:c r="FB19" s="4" t="n">
-        <x:v>-3.5</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="FC19" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="FD19" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="FE19" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="FF19" s="4" t="n">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="FG19" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="FH19" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
-      <x:c r="FF19" s="4" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="FI19" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="FJ19" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="FK19" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="FL19" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FM19" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="FN19" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="FO19" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="FP19" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="FQ19" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="FR19" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="FS19" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="FT19" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11.8</x:v>
       </x:c>
       <x:c r="FU19" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="FV19" s="4" t="n">
-        <x:v>18.2</x:v>
+        <x:v>18.3</x:v>
       </x:c>
       <x:c r="FW19" s="4" t="n">
-        <x:v>23.5</x:v>
+        <x:v>23.4</x:v>
       </x:c>
       <x:c r="FX19" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>19.6</x:v>
       </x:c>
       <x:c r="FY19" s="4" t="n">
-        <x:v>19.3</x:v>
+        <x:v>19.2</x:v>
       </x:c>
       <x:c r="FZ19" s="4" t="n">
-        <x:v>13.8</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="GA19" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="GB19" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="GC19" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="GD19" s="4" t="n">
-        <x:v>-4.5</x:v>
+        <x:v>-4</x:v>
       </x:c>
       <x:c r="GE19" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="GF19" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="GG19" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="GH19" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="GI19" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="GJ19" s="4" t="n">
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:191">
+    <x:row r="20" spans="1:192">
       <x:c r="A20" s="2" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D20" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E20" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
       <x:c r="H20" s="4" t="n">
         <x:v>20.4</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
         <x:v>34.8</x:v>
       </x:c>
       <x:c r="J20" s="4" t="n">
         <x:v>17.2</x:v>
       </x:c>
       <x:c r="K20" s="4" t="n">
         <x:v>12.2</x:v>
       </x:c>
       <x:c r="L20" s="4" t="n">
         <x:v>10.2</x:v>
       </x:c>
       <x:c r="M20" s="4" t="n">
         <x:v>11.3</x:v>
       </x:c>
@@ -10878,179 +10929,182 @@
       <x:c r="EP20" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="EQ20" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="ER20" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="ES20" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="ET20" s="4" t="n">
         <x:v>14.6</x:v>
       </x:c>
       <x:c r="EU20" s="4" t="n">
         <x:v>10.5</x:v>
       </x:c>
       <x:c r="EV20" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
       <x:c r="EW20" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="EX20" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="EY20" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="EZ20" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="FA20" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="FB20" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="FC20" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="FD20" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="FE20" s="4" t="n">
+        <x:v>8.9</x:v>
+      </x:c>
+      <x:c r="FF20" s="4" t="n">
+        <x:v>8.5</x:v>
+      </x:c>
+      <x:c r="FG20" s="4" t="n">
+        <x:v>8.4</x:v>
+      </x:c>
+      <x:c r="FH20" s="4" t="n">
+        <x:v>10.5</x:v>
+      </x:c>
+      <x:c r="FI20" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="FJ20" s="4" t="n">
+        <x:v>-2.2</x:v>
+      </x:c>
+      <x:c r="FK20" s="4" t="n">
+        <x:v>-2.4</x:v>
+      </x:c>
+      <x:c r="FL20" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
-      <x:c r="FD20" s="4" t="n">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="FM20" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="FN20" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="FO20" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="FP20" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="FQ20" s="4" t="n">
         <x:v>-3.6</x:v>
       </x:c>
       <x:c r="FR20" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="FS20" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="FT20" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="FU20" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>14.1</x:v>
       </x:c>
       <x:c r="FV20" s="4" t="n">
-        <x:v>19.2</x:v>
+        <x:v>18.3</x:v>
       </x:c>
       <x:c r="FW20" s="4" t="n">
-        <x:v>23.5</x:v>
+        <x:v>24.7</x:v>
       </x:c>
       <x:c r="FX20" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="FY20" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="FZ20" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="GA20" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="GB20" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="GC20" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="GD20" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="GE20" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="GF20" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="GG20" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="GH20" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="GI20" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="GJ20" s="4" t="n">
+        <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:191">
+    <x:row r="21" spans="1:192">
       <x:c r="A21" s="2" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E21" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
         <x:v>-16.2</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H21" s="4" t="n">
         <x:v>13.7</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
         <x:v>19.7</x:v>
       </x:c>
       <x:c r="J21" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="K21" s="4" t="n">
         <x:v>8.9</x:v>
       </x:c>
       <x:c r="L21" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="M21" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
@@ -11453,179 +11507,182 @@
       <x:c r="EP21" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="EQ21" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="ER21" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="ES21" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="ET21" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="EU21" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="EV21" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="EW21" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="EX21" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="EY21" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="EZ21" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="FA21" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="FB21" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="FC21" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="FD21" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="FE21" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="FF21" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="FG21" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="FH21" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="FI21" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FJ21" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="FK21" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FL21" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="FM21" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="FN21" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="FO21" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="FP21" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="FQ21" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="FR21" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="FS21" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="FT21" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FU21" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="FV21" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="FW21" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="FX21" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="FY21" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="FZ21" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="GA21" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="GB21" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="GC21" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="GD21" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="GE21" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="GF21" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="GG21" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="GH21" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="GI21" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
+      <x:c r="GJ21" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
     </x:row>
-    <x:row r="22" spans="1:191">
+    <x:row r="22" spans="1:192">
       <x:c r="A22" s="2" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D22" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E22" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="G22" s="4" t="n">
         <x:v>-4.9</x:v>
       </x:c>
       <x:c r="H22" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="I22" s="4" t="n">
         <x:v>17.3</x:v>
       </x:c>
       <x:c r="J22" s="4" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="K22" s="4" t="n">
         <x:v>11.2</x:v>
       </x:c>
       <x:c r="L22" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="M22" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
@@ -12043,164 +12100,167 @@
       <x:c r="EU22" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="EV22" s="4" t="n">
         <x:v>7.6</x:v>
       </x:c>
       <x:c r="EW22" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="EX22" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="EY22" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="EZ22" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="FA22" s="4" t="n">
         <x:v>-1.6</x:v>
       </x:c>
       <x:c r="FB22" s="4" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="FC22" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="FD22" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="FE22" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="FF22" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="FG22" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="FH22" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="FI22" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="FJ22" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="FK22" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="FL22" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="FM22" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="FN22" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="FO22" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="FP22" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="FQ22" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="FR22" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="FS22" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="FT22" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="FU22" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="FV22" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="FW22" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="FX22" s="4" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="FY22" s="4" t="n">
         <x:v>9.7</x:v>
       </x:c>
       <x:c r="FZ22" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="GA22" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="GB22" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="GC22" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="GD22" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="GE22" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="GF22" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="GG22" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
       <x:c r="GH22" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="GI22" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="GJ22" s="4" t="n">
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:191">
+    <x:row r="23" spans="1:192">
       <x:c r="A23" s="2" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E23" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
         <x:v>-40.7</x:v>
       </x:c>
       <x:c r="G23" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H23" s="4" t="n">
         <x:v>33.3</x:v>
       </x:c>
       <x:c r="I23" s="4" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J23" s="4" t="n">
         <x:v>-8</x:v>
       </x:c>
       <x:c r="K23" s="4" t="n">
         <x:v>-5.9</x:v>
       </x:c>
       <x:c r="L23" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
       <x:c r="M23" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
@@ -12639,143 +12699,146 @@
       <x:c r="FB23" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="FC23" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="FD23" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="FE23" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="FF23" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="FG23" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="FH23" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="FI23" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="FJ23" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="FK23" s="4" t="n">
         <x:v>-2.7</x:v>
       </x:c>
       <x:c r="FL23" s="4" t="n">
         <x:v>-3.5</x:v>
       </x:c>
       <x:c r="FM23" s="4" t="n">
-        <x:v>-4.7</x:v>
+        <x:v>-4.8</x:v>
       </x:c>
       <x:c r="FN23" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
       <x:c r="FO23" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="FP23" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="FQ23" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="FR23" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="FS23" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="FT23" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="FU23" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="FV23" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="FW23" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="FX23" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="FY23" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="FZ23" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="GA23" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="GB23" s="4" t="n">
-        <x:v>-3.6</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="GC23" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="GD23" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="GE23" s="4" t="n">
         <x:v>-1.3</x:v>
       </x:c>
       <x:c r="GF23" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="GG23" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
       <x:c r="GH23" s="4" t="n">
         <x:v>-1.8</x:v>
       </x:c>
       <x:c r="GI23" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
+      <x:c r="GJ23" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
     </x:row>
-    <x:row r="24" spans="1:191">
+    <x:row r="24" spans="1:192">
       <x:c r="A24" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
         <x:v>54.7</x:v>
       </x:c>
       <x:c r="G24" s="4" t="n">
         <x:v>28.2</x:v>
       </x:c>
       <x:c r="H24" s="4" t="n">
         <x:v>-36.3</x:v>
       </x:c>
       <x:c r="I24" s="4" t="n">
         <x:v>-35</x:v>
       </x:c>
       <x:c r="J24" s="4" t="n">
         <x:v>-1.3</x:v>
       </x:c>
       <x:c r="K24" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="L24" s="4" t="n">
         <x:v>18.9</x:v>
       </x:c>
       <x:c r="M24" s="4" t="n">
         <x:v>28.8</x:v>
       </x:c>
@@ -13181,176 +13244,179 @@
       <x:c r="EQ24" s="4" t="n">
         <x:v>-32.6</x:v>
       </x:c>
       <x:c r="ER24" s="4" t="n">
         <x:v>-5.9</x:v>
       </x:c>
       <x:c r="ES24" s="4" t="n">
         <x:v>-9.3</x:v>
       </x:c>
       <x:c r="ET24" s="4" t="n">
         <x:v>-1.3</x:v>
       </x:c>
       <x:c r="EU24" s="4" t="n">
         <x:v>-8.3</x:v>
       </x:c>
       <x:c r="EV24" s="4" t="n">
         <x:v>-56.8</x:v>
       </x:c>
       <x:c r="EW24" s="4" t="n">
         <x:v>-24.5</x:v>
       </x:c>
       <x:c r="EX24" s="4" t="n">
         <x:v>-7.4</x:v>
       </x:c>
       <x:c r="EY24" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="EZ24" s="4" t="n">
         <x:v>102.9</x:v>
       </x:c>
       <x:c r="FA24" s="4" t="n">
         <x:v>56</x:v>
       </x:c>
       <x:c r="FB24" s="4" t="n">
-        <x:v>22.6</x:v>
+        <x:v>22.7</x:v>
       </x:c>
       <x:c r="FC24" s="4" t="n">
-        <x:v>23.1</x:v>
+        <x:v>23.2</x:v>
       </x:c>
       <x:c r="FD24" s="4" t="n">
         <x:v>12.2</x:v>
       </x:c>
       <x:c r="FE24" s="4" t="n">
+        <x:v>-5.2</x:v>
+      </x:c>
+      <x:c r="FF24" s="4" t="n">
+        <x:v>33.7</x:v>
+      </x:c>
+      <x:c r="FG24" s="4" t="n">
+        <x:v>39.9</x:v>
+      </x:c>
+      <x:c r="FH24" s="4" t="n">
+        <x:v>83.1</x:v>
+      </x:c>
+      <x:c r="FI24" s="4" t="n">
+        <x:v>62.4</x:v>
+      </x:c>
+      <x:c r="FJ24" s="4" t="n">
+        <x:v>19.8</x:v>
+      </x:c>
+      <x:c r="FK24" s="4" t="n">
         <x:v>-5.1</x:v>
       </x:c>
-      <x:c r="FF24" s="4" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="FL24" s="4" t="n">
-        <x:v>-29</x:v>
+        <x:v>-29.2</x:v>
       </x:c>
       <x:c r="FM24" s="4" t="n">
-        <x:v>-19.4</x:v>
+        <x:v>-20.7</x:v>
       </x:c>
       <x:c r="FN24" s="4" t="n">
-        <x:v>-62.7</x:v>
+        <x:v>-63</x:v>
       </x:c>
       <x:c r="FO24" s="4" t="n">
-        <x:v>-80</x:v>
+        <x:v>-80.1</x:v>
       </x:c>
       <x:c r="FP24" s="4" t="n">
         <x:v>-85.6</x:v>
       </x:c>
       <x:c r="FQ24" s="4" t="n">
-        <x:v>-63.5</x:v>
+        <x:v>-63</x:v>
       </x:c>
       <x:c r="FR24" s="4" t="n">
         <x:v>148.7</x:v>
       </x:c>
       <x:c r="FS24" s="4" t="n">
         <x:v>418.4</x:v>
       </x:c>
       <x:c r="FT24" s="4" t="n">
         <x:v>1551.1</x:v>
       </x:c>
       <x:c r="FU24" s="4" t="n">
         <x:v>659.1</x:v>
       </x:c>
       <x:c r="FV24" s="4" t="n">
         <x:v>241.9</x:v>
       </x:c>
       <x:c r="FW24" s="4" t="n">
         <x:v>336.2</x:v>
       </x:c>
       <x:c r="FX24" s="4" t="n">
         <x:v>296.3</x:v>
       </x:c>
       <x:c r="FY24" s="4" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="FZ24" s="4" t="n">
-        <x:v>-29.7</x:v>
+        <x:v>-29.8</x:v>
       </x:c>
       <x:c r="GA24" s="4" t="n">
-        <x:v>-53.3</x:v>
+        <x:v>-53.4</x:v>
       </x:c>
       <x:c r="GB24" s="4" t="n">
-        <x:v>-93.9</x:v>
+        <x:v>-94</x:v>
       </x:c>
       <x:c r="GC24" s="4" t="n">
-        <x:v>-51.3</x:v>
+        <x:v>-51.4</x:v>
       </x:c>
       <x:c r="GD24" s="4" t="n">
         <x:v>-36.5</x:v>
       </x:c>
       <x:c r="GE24" s="4" t="n">
         <x:v>-59.8</x:v>
       </x:c>
       <x:c r="GF24" s="4" t="n">
         <x:v>-12</x:v>
       </x:c>
       <x:c r="GG24" s="4" t="n">
         <x:v>-51.8</x:v>
       </x:c>
       <x:c r="GH24" s="4" t="n">
         <x:v>-34.1</x:v>
       </x:c>
       <x:c r="GI24" s="4" t="n">
         <x:v>48.7</x:v>
       </x:c>
+      <x:c r="GJ24" s="4" t="n">
+        <x:v>162.2</x:v>
+      </x:c>
     </x:row>
-    <x:row r="25" spans="1:191">
+    <x:row r="25" spans="1:192">
       <x:c r="A25" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
         <x:v>-6.6</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="H25" s="4" t="n">
         <x:v>14.1</x:v>
       </x:c>
       <x:c r="I25" s="4" t="n">
         <x:v>20.9</x:v>
       </x:c>
       <x:c r="J25" s="4" t="n">
         <x:v>10.7</x:v>
       </x:c>
       <x:c r="K25" s="4" t="n">
         <x:v>10.7</x:v>
       </x:c>
       <x:c r="L25" s="4" t="n">
         <x:v>8.7</x:v>
       </x:c>
       <x:c r="M25" s="4" t="n">
         <x:v>9.1</x:v>
       </x:c>
@@ -13711,1371 +13777,1380 @@
       <x:c r="EB25" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="EC25" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="ED25" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="EE25" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="EF25" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="EG25" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="EH25" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="EI25" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="EJ25" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="EK25" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="EL25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="EM25" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="EN25" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="EO25" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="EP25" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="EQ25" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="ER25" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="ES25" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="ET25" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="EU25" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="EV25" s="4" t="n">
         <x:v>8.5</x:v>
       </x:c>
       <x:c r="EW25" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="EX25" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="EY25" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="EZ25" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="FA25" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="FB25" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="FC25" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FD25" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="FE25" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="FF25" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="FG25" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="FH25" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="FI25" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="FJ25" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="FK25" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="FL25" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="FM25" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="FN25" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="FO25" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="FP25" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="FQ25" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="FR25" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="FS25" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="FT25" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="FU25" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="FV25" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="FW25" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="FX25" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="FY25" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>11.5</x:v>
       </x:c>
       <x:c r="FZ25" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="GA25" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="GB25" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="GC25" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="GD25" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="GE25" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="GF25" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="GG25" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="GH25" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="GI25" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="GJ25" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
-      <x:c r="GE25" s="4" t="n">
-[...13 lines deleted...]
-      </x:c>
     </x:row>
-    <x:row r="26" spans="1:191">
+    <x:row r="26" spans="1:192">
       <x:c r="A26" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D26" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E26" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>15.5</x:v>
+        <x:v>15.4</x:v>
       </x:c>
       <x:c r="G26" s="4" t="n">
         <x:v>14.2</x:v>
       </x:c>
       <x:c r="H26" s="4" t="n">
         <x:v>12.7</x:v>
       </x:c>
       <x:c r="I26" s="4" t="n">
-        <x:v>19.1</x:v>
+        <x:v>18.9</x:v>
       </x:c>
       <x:c r="J26" s="4" t="n">
-        <x:v>15.3</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="K26" s="4" t="n">
-        <x:v>16.9</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="L26" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="M26" s="4" t="n">
-        <x:v>12.4</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="N26" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="O26" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="P26" s="4" t="n">
-        <x:v>15.2</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="Q26" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="R26" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="S26" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="T26" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="U26" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="V26" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="W26" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="X26" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="Y26" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="Z26" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="AA26" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="AB26" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="AC26" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="AD26" s="4" t="n">
-        <x:v>19.1</x:v>
+        <x:v>19.5</x:v>
       </x:c>
       <x:c r="AE26" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="AF26" s="4" t="n">
-        <x:v>-3.6</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="AG26" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="AH26" s="4" t="n">
-        <x:v>-7</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="AI26" s="4" t="n">
-        <x:v>-4.8</x:v>
+        <x:v>-4.5</x:v>
       </x:c>
       <x:c r="AJ26" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="AK26" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="AL26" s="4" t="n">
         <x:v>13.9</x:v>
       </x:c>
       <x:c r="AM26" s="4" t="n">
-        <x:v>12.4</x:v>
+        <x:v>12.6</x:v>
       </x:c>
       <x:c r="AN26" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>13.7</x:v>
       </x:c>
       <x:c r="AO26" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="AP26" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="AQ26" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="AR26" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="AS26" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="AT26" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="AU26" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="AV26" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="AW26" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="AX26" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="AY26" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="AZ26" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="BA26" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="BB26" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="BC26" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="BD26" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="BE26" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="BF26" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="BG26" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="BH26" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="BI26" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="BJ26" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="BK26" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="BL26" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="BM26" s="4" t="n">
+        <x:v>-0.2</x:v>
+      </x:c>
+      <x:c r="BN26" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="BO26" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="BP26" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="BQ26" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="BR26" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="BS26" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="BT26" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="BU26" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="BV26" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="BW26" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="BX26" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="BY26" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="BZ26" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CA26" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="CB26" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="CC26" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="CD26" s="4" t="n">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="CE26" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="CF26" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
-      <x:c r="BJ26" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="BK26" s="4" t="n">
+      <x:c r="CG26" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
-      <x:c r="BL26" s="4" t="n">
-[...17 lines deleted...]
-      <x:c r="BR26" s="4" t="n">
+      <x:c r="CH26" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="CI26" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
-      <x:c r="BS26" s="4" t="n">
-[...38 lines deleted...]
-      <x:c r="CF26" s="4" t="n">
+      <x:c r="CJ26" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
-      <x:c r="CG26" s="4" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="CK26" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="CL26" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="CM26" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="CN26" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="CO26" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="CP26" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="CQ26" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="CR26" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="CS26" s="4" t="n">
         <x:v>-1.5</x:v>
       </x:c>
       <x:c r="CT26" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="CU26" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="CV26" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="CW26" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="CX26" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="CY26" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="CZ26" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="DA26" s="4" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="DB26" s="4" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="DC26" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
-      <x:c r="DB26" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="DD26" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="DE26" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="DF26" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="DG26" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="DH26" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="DI26" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="DJ26" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="DK26" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="DL26" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="DM26" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="DN26" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="DO26" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="DP26" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="DQ26" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="DR26" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="DS26" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="DT26" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="DU26" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="DV26" s="4" t="n">
+        <x:v>5.2</x:v>
+      </x:c>
+      <x:c r="DW26" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="DX26" s="4" t="n">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="DY26" s="4" t="n">
+        <x:v>-7.8</x:v>
+      </x:c>
+      <x:c r="DZ26" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="EA26" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="EB26" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+      <x:c r="EC26" s="4" t="n">
+        <x:v>9.2</x:v>
+      </x:c>
+      <x:c r="ED26" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="EE26" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="EF26" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="EG26" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="EH26" s="4" t="n">
+        <x:v>-1.5</x:v>
+      </x:c>
+      <x:c r="EI26" s="4" t="n">
+        <x:v>-1.9</x:v>
+      </x:c>
+      <x:c r="EJ26" s="4" t="n">
+        <x:v>-2.6</x:v>
+      </x:c>
+      <x:c r="EK26" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="EL26" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="EM26" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="EN26" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="EO26" s="4" t="n">
+        <x:v>-0.9</x:v>
+      </x:c>
+      <x:c r="EP26" s="4" t="n">
+        <x:v>8.1</x:v>
+      </x:c>
+      <x:c r="EQ26" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="ER26" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="ES26" s="4" t="n">
+        <x:v>8.4</x:v>
+      </x:c>
+      <x:c r="ET26" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
-      <x:c r="DW26" s="4" t="n">
-[...62 lines deleted...]
-      <x:c r="ER26" s="4" t="n">
+      <x:c r="EU26" s="4" t="n">
+        <x:v>7.7</x:v>
+      </x:c>
+      <x:c r="EV26" s="4" t="n">
+        <x:v>6.6</x:v>
+      </x:c>
+      <x:c r="EW26" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="EX26" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
-      <x:c r="ES26" s="4" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="EY26" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="EZ26" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="FA26" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="FB26" s="4" t="n">
         <x:v>-3.1</x:v>
       </x:c>
       <x:c r="FC26" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="FD26" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="FD26" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="FE26" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="FF26" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="FG26" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="FH26" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="FI26" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="FJ26" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="FK26" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
-      <x:c r="FG26" s="4" t="n">
+      <x:c r="FL26" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="FM26" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
-      <x:c r="FH26" s="4" t="n">
-[...11 lines deleted...]
-      <x:c r="FL26" s="4" t="n">
+      <x:c r="FN26" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="FO26" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="FM26" s="4" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="FP26" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="FQ26" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="FR26" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="FS26" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="FT26" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="FU26" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="FV26" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="FW26" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="FX26" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="FY26" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="FZ26" s="4" t="n">
-        <x:v>13.2</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="GA26" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="GB26" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="GC26" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="GD26" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="GE26" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="GF26" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="GG26" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="GH26" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="GI26" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="GJ26" s="4" t="n">
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:191">
+    <x:row r="27" spans="1:192">
       <x:c r="A27" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="M27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="O27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="T27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="V27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="W27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="X27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Y27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Z27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AA27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AB27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AC27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AD27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AE27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AF27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AG27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AH27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AI27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AJ27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AK27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AL27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AM27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AN27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AO27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AP27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AQ27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AR27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AS27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AT27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AU27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AV27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AW27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AX27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AY27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AZ27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BA27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BB27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BC27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BD27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BE27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BF27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BG27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BH27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BI27" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BJ27" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>-9</x:v>
       </x:c>
       <x:c r="BK27" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>-6.7</x:v>
       </x:c>
       <x:c r="BL27" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="BM27" s="4" t="n">
-        <x:v>-7.3</x:v>
+        <x:v>-5.3</x:v>
       </x:c>
       <x:c r="BN27" s="4" t="n">
-        <x:v>-5.3</x:v>
+        <x:v>-9.3</x:v>
       </x:c>
       <x:c r="BO27" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="BP27" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>15.8</x:v>
       </x:c>
       <x:c r="BQ27" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>-14</x:v>
       </x:c>
       <x:c r="BR27" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>-11.6</x:v>
       </x:c>
       <x:c r="BS27" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-4.8</x:v>
       </x:c>
       <x:c r="BT27" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="BU27" s="4" t="n">
-        <x:v>18.2</x:v>
+        <x:v>28.9</x:v>
       </x:c>
       <x:c r="BV27" s="4" t="n">
-        <x:v>24.3</x:v>
+        <x:v>30.2</x:v>
       </x:c>
       <x:c r="BW27" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-8.5</x:v>
       </x:c>
       <x:c r="BX27" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="BY27" s="4" t="n">
-        <x:v>16.4</x:v>
+        <x:v>21.1</x:v>
       </x:c>
       <x:c r="BZ27" s="4" t="n">
-        <x:v>-23.1</x:v>
+        <x:v>-27</x:v>
       </x:c>
       <x:c r="CA27" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>28.3</x:v>
       </x:c>
       <x:c r="CB27" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>19.1</x:v>
       </x:c>
       <x:c r="CC27" s="4" t="n">
-        <x:v>-14.2</x:v>
+        <x:v>-20.6</x:v>
       </x:c>
       <x:c r="CD27" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>-3.6</x:v>
       </x:c>
       <x:c r="CE27" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>14.4</x:v>
       </x:c>
       <x:c r="CF27" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="CG27" s="4" t="n">
-        <x:v>-4.1</x:v>
+        <x:v>-7.4</x:v>
       </x:c>
       <x:c r="CH27" s="4" t="n">
-        <x:v>21.3</x:v>
+        <x:v>37.5</x:v>
       </x:c>
       <x:c r="CI27" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="CJ27" s="4" t="n">
-        <x:v>-5.6</x:v>
+        <x:v>-10.5</x:v>
       </x:c>
       <x:c r="CK27" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>16.3</x:v>
       </x:c>
       <x:c r="CL27" s="4" t="n">
-        <x:v>-23.8</x:v>
+        <x:v>-30.8</x:v>
       </x:c>
       <x:c r="CM27" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="CN27" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="CO27" s="4" t="n">
-        <x:v>18.8</x:v>
+        <x:v>29.9</x:v>
       </x:c>
       <x:c r="CP27" s="4" t="n">
-        <x:v>29.9</x:v>
+        <x:v>26.3</x:v>
       </x:c>
       <x:c r="CQ27" s="4" t="n">
-        <x:v>24.7</x:v>
+        <x:v>31.6</x:v>
       </x:c>
       <x:c r="CR27" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="CS27" s="4" t="n">
-        <x:v>-8.7</x:v>
+        <x:v>-12.5</x:v>
       </x:c>
       <x:c r="CT27" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>19.5</x:v>
       </x:c>
       <x:c r="CU27" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>-6.9</x:v>
       </x:c>
       <x:c r="CV27" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>14.6</x:v>
       </x:c>
       <x:c r="CW27" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="CX27" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
       <x:c r="CY27" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="CZ27" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>12.4</x:v>
       </x:c>
       <x:c r="DA27" s="4" t="n">
-        <x:v>-9.3</x:v>
+        <x:v>-15.5</x:v>
       </x:c>
       <x:c r="DB27" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="DC27" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>18.5</x:v>
       </x:c>
       <x:c r="DD27" s="4" t="n">
-        <x:v>-51.5</x:v>
+        <x:v>-63</x:v>
       </x:c>
       <x:c r="DE27" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="DF27" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="DG27" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="DH27" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="DI27" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="DJ27" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="DK27" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="DL27" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="DM27" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="DN27" s="4" t="n">
-        <x:v>21.8</x:v>
+        <x:v>29.7</x:v>
       </x:c>
       <x:c r="DO27" s="4" t="n">
-        <x:v>-10.4</x:v>
+        <x:v>-19.7</x:v>
       </x:c>
       <x:c r="DP27" s="4" t="n">
-        <x:v>104.3</x:v>
+        <x:v>156.6</x:v>
       </x:c>
       <x:c r="DQ27" s="4" t="n">
-        <x:v>15.9</x:v>
+        <x:v>20.7</x:v>
       </x:c>
       <x:c r="DR27" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="DS27" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="DT27" s="4" t="n">
+        <x:v>12.9</x:v>
+      </x:c>
+      <x:c r="DU27" s="4" t="n">
+        <x:v>-1.4</x:v>
+      </x:c>
+      <x:c r="DV27" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="DW27" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="DX27" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="DY27" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="DZ27" s="4" t="n">
+        <x:v>6.8</x:v>
+      </x:c>
+      <x:c r="EA27" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="EB27" s="4" t="n">
+        <x:v>-5.4</x:v>
+      </x:c>
+      <x:c r="EC27" s="4" t="n">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="ED27" s="4" t="n">
+        <x:v>-6.6</x:v>
+      </x:c>
+      <x:c r="EE27" s="4" t="n">
+        <x:v>-11.1</x:v>
+      </x:c>
+      <x:c r="EF27" s="4" t="n">
+        <x:v>-6.6</x:v>
+      </x:c>
+      <x:c r="EG27" s="4" t="n">
+        <x:v>-0.5</x:v>
+      </x:c>
+      <x:c r="EH27" s="4" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="EI27" s="4" t="n">
+        <x:v>9.8</x:v>
+      </x:c>
+      <x:c r="EJ27" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="EK27" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="EL27" s="4" t="n">
+        <x:v>-2.2</x:v>
+      </x:c>
+      <x:c r="EM27" s="4" t="n">
+        <x:v>-1.9</x:v>
+      </x:c>
+      <x:c r="EN27" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="EO27" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="EP27" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="EQ27" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="ER27" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="ES27" s="4" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="ET27" s="4" t="n">
+        <x:v>9.5</x:v>
+      </x:c>
+      <x:c r="EU27" s="4" t="n">
         <x:v>2.5</x:v>
-      </x:c>
-[...85 lines deleted...]
-        <x:v>2</x:v>
       </x:c>
       <x:c r="EV27" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="EW27" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="EX27" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>18.4</x:v>
       </x:c>
       <x:c r="EY27" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="EZ27" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>-4.1</x:v>
       </x:c>
       <x:c r="FA27" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="FB27" s="4" t="n">
-        <x:v>-6.6</x:v>
+        <x:v>-6.3</x:v>
       </x:c>
       <x:c r="FC27" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="FD27" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="FE27" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="FF27" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="FG27" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FH27" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="FI27" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="FJ27" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="FK27" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="FL27" s="4" t="n">
+        <x:v>5.6</x:v>
+      </x:c>
+      <x:c r="FM27" s="4" t="n">
+        <x:v>-5.7</x:v>
+      </x:c>
+      <x:c r="FN27" s="4" t="n">
+        <x:v>6.5</x:v>
+      </x:c>
+      <x:c r="FO27" s="4" t="n">
         <x:v>-3.5</x:v>
       </x:c>
-      <x:c r="FK27" s="4" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="FP27" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="FQ27" s="4" t="n">
-        <x:v>44.4</x:v>
+        <x:v>62.4</x:v>
       </x:c>
       <x:c r="FR27" s="4" t="n">
-        <x:v>-13.5</x:v>
+        <x:v>-11.5</x:v>
       </x:c>
       <x:c r="FS27" s="4" t="n">
-        <x:v>42.3</x:v>
+        <x:v>45.4</x:v>
       </x:c>
       <x:c r="FT27" s="4" t="n">
-        <x:v>48</x:v>
+        <x:v>47.4</x:v>
       </x:c>
       <x:c r="FU27" s="4" t="n">
-        <x:v>-4.4</x:v>
+        <x:v>-9.4</x:v>
       </x:c>
       <x:c r="FV27" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>42.1</x:v>
       </x:c>
       <x:c r="FW27" s="4" t="n">
-        <x:v>-26.8</x:v>
+        <x:v>-9</x:v>
       </x:c>
       <x:c r="FX27" s="4" t="n">
-        <x:v>-26.6</x:v>
+        <x:v>-8.7</x:v>
       </x:c>
       <x:c r="FY27" s="4" t="n">
-        <x:v>-12.6</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="FZ27" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="GA27" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="GB27" s="4" t="n">
-        <x:v>-9.9</x:v>
+        <x:v>-9.4</x:v>
       </x:c>
       <x:c r="GC27" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="GD27" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>-14</x:v>
       </x:c>
       <x:c r="GE27" s="4" t="n">
-        <x:v>18.9</x:v>
+        <x:v>-17.2</x:v>
       </x:c>
       <x:c r="GF27" s="4" t="n">
-        <x:v>-9</x:v>
+        <x:v>-7.4</x:v>
       </x:c>
       <x:c r="GG27" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>-13</x:v>
       </x:c>
       <x:c r="GH27" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>-11.5</x:v>
       </x:c>
       <x:c r="GI27" s="4" t="n">
-        <x:v>13.8</x:v>
+        <x:v>-18</x:v>
+      </x:c>
+      <x:c r="GJ27" s="4" t="n">
+        <x:v>-2.1</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:191">
+    <x:row r="28" spans="1:192">
       <x:c r="A28" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D28" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E28" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
         <x:v>32.8</x:v>
       </x:c>
       <x:c r="G28" s="4" t="n">
         <x:v>27.7</x:v>
       </x:c>
       <x:c r="H28" s="4" t="n">
         <x:v>38.9</x:v>
       </x:c>
       <x:c r="I28" s="4" t="n">
         <x:v>42.4</x:v>
       </x:c>
       <x:c r="J28" s="4" t="n">
         <x:v>23.5</x:v>
       </x:c>
       <x:c r="K28" s="4" t="n">
         <x:v>21.4</x:v>
       </x:c>
       <x:c r="L28" s="4" t="n">
         <x:v>12.4</x:v>
       </x:c>
       <x:c r="M28" s="4" t="n">
         <x:v>25.8</x:v>
       </x:c>
@@ -15481,176 +15556,179 @@
       <x:c r="EQ28" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="ER28" s="4" t="n">
         <x:v>17.4</x:v>
       </x:c>
       <x:c r="ES28" s="4" t="n">
         <x:v>30.9</x:v>
       </x:c>
       <x:c r="ET28" s="4" t="n">
         <x:v>24.3</x:v>
       </x:c>
       <x:c r="EU28" s="4" t="n">
         <x:v>54.1</x:v>
       </x:c>
       <x:c r="EV28" s="4" t="n">
         <x:v>18.6</x:v>
       </x:c>
       <x:c r="EW28" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="EX28" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="EY28" s="4" t="n">
-        <x:v>-6.7</x:v>
+        <x:v>-6.6</x:v>
       </x:c>
       <x:c r="EZ28" s="4" t="n">
         <x:v>-6.7</x:v>
       </x:c>
       <x:c r="FA28" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="FB28" s="4" t="n">
         <x:v>-13.1</x:v>
       </x:c>
       <x:c r="FC28" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="FD28" s="4" t="n">
         <x:v>-9.3</x:v>
       </x:c>
       <x:c r="FE28" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="FF28" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>15.4</x:v>
       </x:c>
       <x:c r="FG28" s="4" t="n">
-        <x:v>13.7</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="FH28" s="4" t="n">
         <x:v>28.8</x:v>
       </x:c>
       <x:c r="FI28" s="4" t="n">
-        <x:v>18.6</x:v>
+        <x:v>17.9</x:v>
       </x:c>
       <x:c r="FJ28" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="FK28" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="FL28" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="FM28" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="FN28" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="FO28" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="FP28" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="FQ28" s="4" t="n">
-        <x:v>13.2</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="FR28" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="FS28" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="FT28" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="FU28" s="4" t="n">
-        <x:v>-4</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="FV28" s="4" t="n">
         <x:v>16.9</x:v>
       </x:c>
       <x:c r="FW28" s="4" t="n">
         <x:v>-12.9</x:v>
       </x:c>
       <x:c r="FX28" s="4" t="n">
         <x:v>10.4</x:v>
       </x:c>
       <x:c r="FY28" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="FZ28" s="4" t="n">
-        <x:v>50.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="GA28" s="4" t="n">
-        <x:v>71.1</x:v>
+        <x:v>16.3</x:v>
       </x:c>
       <x:c r="GB28" s="4" t="n">
-        <x:v>18.3</x:v>
+        <x:v>-19.6</x:v>
       </x:c>
       <x:c r="GC28" s="4" t="n">
-        <x:v>41.9</x:v>
+        <x:v>-3.5</x:v>
       </x:c>
       <x:c r="GD28" s="4" t="n">
-        <x:v>21.8</x:v>
+        <x:v>40.3</x:v>
       </x:c>
       <x:c r="GE28" s="4" t="n">
-        <x:v>28.7</x:v>
+        <x:v>39.5</x:v>
       </x:c>
       <x:c r="GF28" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>59.7</x:v>
       </x:c>
       <x:c r="GG28" s="4" t="n">
-        <x:v>13.2</x:v>
+        <x:v>44.4</x:v>
       </x:c>
       <x:c r="GH28" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>-14.7</x:v>
       </x:c>
       <x:c r="GI28" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>-21.4</x:v>
+      </x:c>
+      <x:c r="GJ28" s="4" t="n">
+        <x:v>-23.7</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:191">
+    <x:row r="29" spans="1:192">
       <x:c r="A29" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E29" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
         <x:v>12.1</x:v>
       </x:c>
       <x:c r="G29" s="4" t="n">
         <x:v>14.9</x:v>
       </x:c>
       <x:c r="H29" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="I29" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="J29" s="4" t="n">
         <x:v>9.7</x:v>
       </x:c>
       <x:c r="K29" s="4" t="n">
         <x:v>17.7</x:v>
       </x:c>
       <x:c r="L29" s="4" t="n">
         <x:v>13.2</x:v>
       </x:c>
       <x:c r="M29" s="4" t="n">
         <x:v>14</x:v>
       </x:c>
@@ -16056,751 +16134,757 @@
       <x:c r="EQ29" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="ER29" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="ES29" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="ET29" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="EU29" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="EV29" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="EW29" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="EX29" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="EY29" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="EZ29" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="FA29" s="4" t="n">
-        <x:v>-7.5</x:v>
+        <x:v>-7.7</x:v>
       </x:c>
       <x:c r="FB29" s="4" t="n">
-        <x:v>-13.7</x:v>
+        <x:v>-13.8</x:v>
       </x:c>
       <x:c r="FC29" s="4" t="n">
         <x:v>-13.1</x:v>
       </x:c>
       <x:c r="FD29" s="4" t="n">
-        <x:v>-14.6</x:v>
+        <x:v>-14.7</x:v>
       </x:c>
       <x:c r="FE29" s="4" t="n">
-        <x:v>-11.6</x:v>
+        <x:v>-11.4</x:v>
       </x:c>
       <x:c r="FF29" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>-6.3</x:v>
       </x:c>
       <x:c r="FG29" s="4" t="n">
-        <x:v>-9.4</x:v>
+        <x:v>-9.8</x:v>
       </x:c>
       <x:c r="FH29" s="4" t="n">
         <x:v>-3.8</x:v>
       </x:c>
       <x:c r="FI29" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="FJ29" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="FK29" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="FL29" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="FM29" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="FN29" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="FO29" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="FP29" s="4" t="n">
         <x:v>-1.2</x:v>
       </x:c>
       <x:c r="FQ29" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FR29" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="FS29" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>-3.3</x:v>
       </x:c>
       <x:c r="FT29" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="FU29" s="4" t="n">
-        <x:v>-4.8</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="FV29" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="FW29" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="FX29" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="FY29" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="FZ29" s="4" t="n">
-        <x:v>14.7</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="GA29" s="4" t="n">
-        <x:v>14.5</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="GB29" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="GC29" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="GD29" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="GE29" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="GF29" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="GG29" s="4" t="n">
         <x:v>8.7</x:v>
       </x:c>
       <x:c r="GH29" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="GI29" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.5</x:v>
+      </x:c>
+      <x:c r="GJ29" s="4" t="n">
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:191">
+    <x:row r="30" spans="1:192">
       <x:c r="A30" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="M30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="O30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="T30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="V30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="W30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="X30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Y30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Z30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AA30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AB30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AC30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AD30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AE30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AF30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AG30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AH30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AI30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AJ30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AK30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AL30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AM30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AN30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AO30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AP30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AQ30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AR30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AS30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AT30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AU30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AV30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AW30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AX30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AY30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AZ30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BA30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BB30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BC30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BD30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BE30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BF30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BG30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BH30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BI30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BJ30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BK30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BL30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BM30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BN30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BO30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BP30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BQ30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BR30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BS30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BT30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BU30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BV30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BW30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BX30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BY30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BZ30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CA30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CB30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CC30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CD30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CE30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CF30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CG30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CH30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CI30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CJ30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CK30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CL30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CM30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CN30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CO30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CP30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CQ30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CR30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CS30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CT30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CU30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CV30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CW30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CX30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CY30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CZ30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DA30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DB30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DC30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DD30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DE30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DF30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DG30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DH30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DI30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DJ30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DK30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DL30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DM30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DN30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DO30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DP30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DQ30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DR30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DS30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DT30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DU30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DV30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DW30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DX30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DY30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DZ30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EA30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EB30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EC30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="ED30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EE30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EF30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EG30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EH30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EI30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EJ30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EK30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EL30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EM30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EN30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EO30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EP30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EQ30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="ER30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="ES30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="ET30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EU30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EV30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EW30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EX30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EY30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EZ30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FA30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FB30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FC30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FD30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FE30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FF30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FG30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FH30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FI30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FJ30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FK30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FL30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FM30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FN30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FO30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FP30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FQ30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FR30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FS30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FT30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FU30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FV30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FW30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FX30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FY30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FZ30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="GA30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="GB30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="GC30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="GD30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="GE30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="GF30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="GG30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="GH30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="GI30" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="GJ30" s="3" t="s">
+        <x:v>194</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:191">
+    <x:row r="31" spans="1:192">
       <x:c r="A31" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E31" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
         <x:v>13.1</x:v>
       </x:c>
       <x:c r="G31" s="4" t="n">
         <x:v>13.1</x:v>
       </x:c>
       <x:c r="H31" s="4" t="n">
         <x:v>13.1</x:v>
       </x:c>
       <x:c r="I31" s="4" t="n">
         <x:v>13.1</x:v>
       </x:c>
       <x:c r="J31" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
       <x:c r="K31" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
       <x:c r="L31" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
       <x:c r="M31" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
@@ -17203,754 +17287,760 @@
       <x:c r="EP31" s="4" t="n">
         <x:v>10.8</x:v>
       </x:c>
       <x:c r="EQ31" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="ER31" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="ES31" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="ET31" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="EU31" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="EV31" s="4" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="EW31" s="4" t="n">
         <x:v>9.7</x:v>
       </x:c>
       <x:c r="EX31" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="EY31" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="EZ31" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="FA31" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="FB31" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="FC31" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="FD31" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="FE31" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="FF31" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="FG31" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="FH31" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="FI31" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="FJ31" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="FK31" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="FL31" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="FM31" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="FN31" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="FO31" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="FP31" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="FQ31" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="FR31" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="FS31" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>-5.1</x:v>
       </x:c>
       <x:c r="FT31" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="FU31" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="FV31" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="FW31" s="4" t="n">
         <x:v>8.7</x:v>
       </x:c>
       <x:c r="FX31" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
       <x:c r="FY31" s="4" t="n">
         <x:v>15.1</x:v>
       </x:c>
       <x:c r="FZ31" s="4" t="n">
-        <x:v>19.2</x:v>
+        <x:v>19.3</x:v>
       </x:c>
       <x:c r="GA31" s="4" t="n">
         <x:v>20.8</x:v>
       </x:c>
       <x:c r="GB31" s="4" t="n">
         <x:v>15.8</x:v>
       </x:c>
       <x:c r="GC31" s="4" t="n">
         <x:v>14.2</x:v>
       </x:c>
       <x:c r="GD31" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="GE31" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="GF31" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="GG31" s="4" t="n">
-        <x:v>-4.5</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="GH31" s="4" t="n">
-        <x:v>-3.5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="GI31" s="4" t="n">
-        <x:v>-3.6</x:v>
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="GJ31" s="4" t="n">
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:191">
+    <x:row r="32" spans="1:192">
       <x:c r="A32" s="2" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D32" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E32" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="G32" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="H32" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="I32" s="4" t="n">
+        <x:v>7.1</x:v>
+      </x:c>
+      <x:c r="J32" s="4" t="n">
+        <x:v>11.3</x:v>
+      </x:c>
+      <x:c r="K32" s="4" t="n">
+        <x:v>14.9</x:v>
+      </x:c>
+      <x:c r="L32" s="4" t="n">
+        <x:v>10.7</x:v>
+      </x:c>
+      <x:c r="M32" s="4" t="n">
+        <x:v>9.5</x:v>
+      </x:c>
+      <x:c r="N32" s="4" t="n">
+        <x:v>7.4</x:v>
+      </x:c>
+      <x:c r="O32" s="4" t="n">
+        <x:v>6.5</x:v>
+      </x:c>
+      <x:c r="P32" s="4" t="n">
+        <x:v>11.7</x:v>
+      </x:c>
+      <x:c r="Q32" s="4" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="R32" s="4" t="n">
+        <x:v>9.1</x:v>
+      </x:c>
+      <x:c r="S32" s="4" t="n">
+        <x:v>9.2</x:v>
+      </x:c>
+      <x:c r="T32" s="4" t="n">
+        <x:v>8.1</x:v>
+      </x:c>
+      <x:c r="U32" s="4" t="n">
+        <x:v>8.7</x:v>
+      </x:c>
+      <x:c r="V32" s="4" t="n">
+        <x:v>11.3</x:v>
+      </x:c>
+      <x:c r="W32" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="X32" s="4" t="n">
+        <x:v>18.2</x:v>
+      </x:c>
+      <x:c r="Y32" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="Z32" s="4" t="n">
+        <x:v>6.8</x:v>
+      </x:c>
+      <x:c r="AA32" s="4" t="n">
+        <x:v>9.6</x:v>
+      </x:c>
+      <x:c r="AB32" s="4" t="n">
+        <x:v>-3.8</x:v>
+      </x:c>
+      <x:c r="AC32" s="4" t="n">
+        <x:v>8.2</x:v>
+      </x:c>
+      <x:c r="AD32" s="4" t="n">
+        <x:v>8.5</x:v>
+      </x:c>
+      <x:c r="AE32" s="4" t="n">
+        <x:v>9.9</x:v>
+      </x:c>
+      <x:c r="AF32" s="4" t="n">
+        <x:v>-0.6</x:v>
+      </x:c>
+      <x:c r="AG32" s="4" t="n">
+        <x:v>14.6</x:v>
+      </x:c>
+      <x:c r="AH32" s="4" t="n">
+        <x:v>-0.6</x:v>
+      </x:c>
+      <x:c r="AI32" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="AJ32" s="4" t="n">
+        <x:v>20.9</x:v>
+      </x:c>
+      <x:c r="AK32" s="4" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="AL32" s="4" t="n">
+        <x:v>18.6</x:v>
+      </x:c>
+      <x:c r="AM32" s="4" t="n">
+        <x:v>14.7</x:v>
+      </x:c>
+      <x:c r="AN32" s="4" t="n">
+        <x:v>15.2</x:v>
+      </x:c>
+      <x:c r="AO32" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="AP32" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="AQ32" s="4" t="n">
+        <x:v>6.3</x:v>
+      </x:c>
+      <x:c r="AR32" s="4" t="n">
+        <x:v>-0.4</x:v>
+      </x:c>
+      <x:c r="AS32" s="4" t="n">
+        <x:v>9.8</x:v>
+      </x:c>
+      <x:c r="AT32" s="4" t="n">
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="AU32" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="AV32" s="4" t="n">
+        <x:v>5.8</x:v>
+      </x:c>
+      <x:c r="AW32" s="4" t="n">
+        <x:v>7.6</x:v>
+      </x:c>
+      <x:c r="AX32" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="AY32" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="AZ32" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="BA32" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="BB32" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="BC32" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="BD32" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="BE32" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="BF32" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="BG32" s="4" t="n">
+        <x:v>-1.6</x:v>
+      </x:c>
+      <x:c r="BH32" s="4" t="n">
+        <x:v>-0.7</x:v>
+      </x:c>
+      <x:c r="BI32" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="BJ32" s="4" t="n">
+        <x:v>-3.3</x:v>
+      </x:c>
+      <x:c r="BK32" s="4" t="n">
+        <x:v>-2.7</x:v>
+      </x:c>
+      <x:c r="BL32" s="4" t="n">
+        <x:v>-1.2</x:v>
+      </x:c>
+      <x:c r="BM32" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+      <x:c r="BN32" s="4" t="n">
+        <x:v>6.1</x:v>
+      </x:c>
+      <x:c r="BO32" s="4" t="n">
+        <x:v>6.6</x:v>
+      </x:c>
+      <x:c r="BP32" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="I32" s="4" t="n">
-[...95 lines deleted...]
-      <x:c r="AO32" s="4" t="n">
+      <x:c r="BQ32" s="4" t="n">
+        <x:v>5.2</x:v>
+      </x:c>
+      <x:c r="BR32" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="BS32" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
-      <x:c r="AP32" s="4" t="n">
-[...88 lines deleted...]
-      </x:c>
       <x:c r="BT32" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="BU32" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="BV32" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="BW32" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="BX32" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="BY32" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="BZ32" s="4" t="n">
+        <x:v>-1.6</x:v>
+      </x:c>
+      <x:c r="CA32" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="CB32" s="4" t="n">
+        <x:v>-0.8</x:v>
+      </x:c>
+      <x:c r="CC32" s="4" t="n">
+        <x:v>-0.5</x:v>
+      </x:c>
+      <x:c r="CD32" s="4" t="n">
+        <x:v>5.8</x:v>
+      </x:c>
+      <x:c r="CE32" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="CF32" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="CG32" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="CH32" s="4" t="n">
+        <x:v>-2.7</x:v>
+      </x:c>
+      <x:c r="CI32" s="4" t="n">
+        <x:v>-3.7</x:v>
+      </x:c>
+      <x:c r="CJ32" s="4" t="n">
+        <x:v>-2.7</x:v>
+      </x:c>
+      <x:c r="CK32" s="4" t="n">
+        <x:v>-2.6</x:v>
+      </x:c>
+      <x:c r="CL32" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="CM32" s="4" t="n">
+        <x:v>6.2</x:v>
+      </x:c>
+      <x:c r="CN32" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="CO32" s="4" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="CP32" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="CQ32" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="CR32" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="CS32" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="CT32" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="CU32" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="CV32" s="4" t="n">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="CW32" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
-      <x:c r="BY32" s="4" t="n">
-[...62 lines deleted...]
-      <x:c r="CT32" s="4" t="n">
+      <x:c r="CX32" s="4" t="n">
+        <x:v>-0.6</x:v>
+      </x:c>
+      <x:c r="CY32" s="4" t="n">
         <x:v>2.6</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>2</x:v>
       </x:c>
       <x:c r="CZ32" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="DA32" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="DB32" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="DC32" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="DD32" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="DE32" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="DF32" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="DG32" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="DH32" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="DI32" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="DJ32" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="DK32" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="DL32" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="DM32" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="DN32" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="DO32" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="DP32" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="DQ32" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="DR32" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="DS32" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="DT32" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="DU32" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="DV32" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="DW32" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="DX32" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="DY32" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="DZ32" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="EA32" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="EB32" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="EC32" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="ED32" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="EE32" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="EF32" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="EG32" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="EH32" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="EI32" s="4" t="n">
+        <x:v>-0.4</x:v>
+      </x:c>
+      <x:c r="EJ32" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+      <x:c r="EK32" s="4" t="n">
+        <x:v>6.9</x:v>
+      </x:c>
+      <x:c r="EL32" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="EM32" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="EN32" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="ED32" s="4" t="n">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="EO32" s="4" t="n">
-        <x:v>-5.3</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="EP32" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="EQ32" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="ER32" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="ES32" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="ET32" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="EU32" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="EV32" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="EW32" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="EX32" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="EY32" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="EZ32" s="4" t="n">
+        <x:v>-1</x:v>
+      </x:c>
+      <x:c r="FA32" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="FB32" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
-      <x:c r="EY32" s="4" t="n">
+      <x:c r="FC32" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="FD32" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="FE32" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="FF32" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
-      <x:c r="EZ32" s="4" t="n">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="FG32" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="FH32" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="FI32" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="FJ32" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="FK32" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="FL32" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="FM32" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="FN32" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="FO32" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FP32" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="FQ32" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="FR32" s="4" t="n">
         <x:v>-1.8</x:v>
       </x:c>
       <x:c r="FS32" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="FT32" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="FU32" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="FV32" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FW32" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="FX32" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="FY32" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="FZ32" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="GA32" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="GB32" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="GC32" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="GD32" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="GE32" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="GF32" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="GG32" s="4" t="n">
         <x:v>3.2</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>4.6</x:v>
       </x:c>
       <x:c r="GH32" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="GI32" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="GJ32" s="4" t="n">
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:191">
+    <x:row r="33" spans="1:192">
       <x:c r="A33" s="2" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E33" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="G33" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="H33" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="I33" s="4" t="n">
         <x:v>10.9</x:v>
       </x:c>
       <x:c r="J33" s="4" t="n">
         <x:v>15.7</x:v>
       </x:c>
       <x:c r="K33" s="4" t="n">
         <x:v>19.9</x:v>
       </x:c>
       <x:c r="L33" s="4" t="n">
         <x:v>16.5</x:v>
       </x:c>
       <x:c r="M33" s="4" t="n">
         <x:v>9</x:v>
       </x:c>
@@ -18251,281 +18341,284 @@
       <x:c r="DH33" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="DI33" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="DJ33" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="DK33" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="DL33" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="DM33" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="DN33" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="DO33" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="DP33" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="DQ33" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="DR33" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="DS33" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="DT33" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="DU33" s="4" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="DV33" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="DW33" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="DX33" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="DY33" s="4" t="n">
         <x:v>-7.4</x:v>
       </x:c>
       <x:c r="DZ33" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="EA33" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="EB33" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="EC33" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="ED33" s="4" t="n">
-        <x:v>-5.4</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
       <x:c r="EE33" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="EF33" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="EG33" s="4" t="n">
+        <x:v>-2.6</x:v>
+      </x:c>
+      <x:c r="EH33" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="EI33" s="4" t="n">
         <x:v>-3.3</x:v>
       </x:c>
-      <x:c r="EH33" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="EJ33" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="EK33" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="EL33" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="EM33" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="EN33" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="EO33" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="EP33" s="4" t="n">
-        <x:v>-7.2</x:v>
+        <x:v>-7.3</x:v>
       </x:c>
       <x:c r="EQ33" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="ER33" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="ES33" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="ET33" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="EU33" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="EV33" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="EW33" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="EX33" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="EY33" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="EZ33" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="FA33" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="FB33" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>-2.8</x:v>
       </x:c>
       <x:c r="FC33" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="FD33" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="FE33" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FF33" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="FG33" s="4" t="n">
         <x:v>-2.4</x:v>
       </x:c>
       <x:c r="FH33" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="FI33" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="FJ33" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="FK33" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="FL33" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="FM33" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="FN33" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="FO33" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="FP33" s="4" t="n">
-        <x:v>-9.8</x:v>
+        <x:v>-10.5</x:v>
       </x:c>
       <x:c r="FQ33" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="FR33" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-6.5</x:v>
       </x:c>
       <x:c r="FS33" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="FT33" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>12.3</x:v>
       </x:c>
       <x:c r="FU33" s="4" t="n">
+        <x:v>10.4</x:v>
+      </x:c>
+      <x:c r="FV33" s="4" t="n">
+        <x:v>-7.2</x:v>
+      </x:c>
+      <x:c r="FW33" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="FX33" s="4" t="n">
+        <x:v>-2</x:v>
+      </x:c>
+      <x:c r="FY33" s="4" t="n">
+        <x:v>-2.9</x:v>
+      </x:c>
+      <x:c r="FZ33" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="GA33" s="4" t="n">
+        <x:v>-0.3</x:v>
+      </x:c>
+      <x:c r="GB33" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
-      <x:c r="FV33" s="4" t="n">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="GC33" s="4" t="n">
-        <x:v>13.2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="GD33" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="GE33" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="GF33" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="GG33" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="GH33" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="GI33" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="GJ33" s="4" t="n">
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:191">
+    <x:row r="34" spans="1:192">
       <x:c r="A34" s="2" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D34" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
         <x:v>-1.3</x:v>
       </x:c>
       <x:c r="G34" s="4" t="n">
         <x:v>-3.5</x:v>
       </x:c>
       <x:c r="H34" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="I34" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="J34" s="4" t="n">
         <x:v>9.6</x:v>
       </x:c>
       <x:c r="K34" s="4" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="L34" s="4" t="n">
         <x:v>10.2</x:v>
       </x:c>
       <x:c r="M34" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
@@ -18802,63 +18895,63 @@
       <x:c r="CZ34" s="4" t="n">
         <x:v>12.5</x:v>
       </x:c>
       <x:c r="DA34" s="4" t="n">
         <x:v>-22.8</x:v>
       </x:c>
       <x:c r="DB34" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="DC34" s="4" t="n">
         <x:v>-0.7</x:v>
       </x:c>
       <x:c r="DD34" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="DE34" s="4" t="n">
         <x:v>-0.5</x:v>
       </x:c>
       <x:c r="DF34" s="4" t="n">
         <x:v>10.5</x:v>
       </x:c>
       <x:c r="DG34" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="DH34" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DI34" s="4" t="n">
         <x:v>-2.4</x:v>
       </x:c>
       <x:c r="DJ34" s="4" t="n">
         <x:v>-4.4</x:v>
       </x:c>
       <x:c r="DK34" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="DL34" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DM34" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="DN34" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="DO34" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="DP34" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="DQ34" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="DR34" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="DS34" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="DT34" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
@@ -19012,670 +19105,676 @@
       <x:c r="FR34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="FS34" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="FT34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="FU34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="FV34" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="FW34" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="FX34" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="FY34" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="FZ34" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="GA34" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="GB34" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="GC34" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="GD34" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="GE34" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="GF34" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="GG34" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="GH34" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="GI34" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="GJ34" s="3" t="s">
+        <x:v>194</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:191">
+    <x:row r="35" spans="1:192">
       <x:c r="A35" s="2" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="M35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="O35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="T35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="V35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="W35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="X35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Y35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Z35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AA35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AB35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AC35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AD35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AE35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AF35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AG35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AH35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AI35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AJ35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AK35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AL35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AM35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AN35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AO35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AP35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AQ35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AR35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AS35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="AT35" s="4" t="n">
         <x:v>-5.2</x:v>
       </x:c>
       <x:c r="AU35" s="4" t="n">
         <x:v>-5.2</x:v>
       </x:c>
       <x:c r="AV35" s="4" t="n">
         <x:v>-5.2</x:v>
       </x:c>
       <x:c r="AW35" s="4" t="n">
         <x:v>-5.2</x:v>
       </x:c>
       <x:c r="AX35" s="4" t="n">
         <x:v>27.5</x:v>
       </x:c>
       <x:c r="AY35" s="4" t="n">
         <x:v>27.5</x:v>
       </x:c>
       <x:c r="AZ35" s="4" t="n">
         <x:v>27.5</x:v>
       </x:c>
       <x:c r="BA35" s="4" t="n">
         <x:v>27.5</x:v>
       </x:c>
       <x:c r="BB35" s="4" t="n">
         <x:v>13.8</x:v>
       </x:c>
       <x:c r="BC35" s="4" t="n">
         <x:v>13.8</x:v>
       </x:c>
       <x:c r="BD35" s="4" t="n">
         <x:v>13.8</x:v>
       </x:c>
       <x:c r="BE35" s="4" t="n">
         <x:v>13.8</x:v>
       </x:c>
       <x:c r="BF35" s="4" t="n">
         <x:v>-8.1</x:v>
       </x:c>
       <x:c r="BG35" s="4" t="n">
         <x:v>-8.1</x:v>
       </x:c>
       <x:c r="BH35" s="4" t="n">
         <x:v>-8.1</x:v>
       </x:c>
       <x:c r="BI35" s="4" t="n">
         <x:v>-8.1</x:v>
       </x:c>
       <x:c r="BJ35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BK35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BL35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BM35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BN35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BO35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BP35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BQ35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BR35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BS35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BT35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BU35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BV35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BW35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BX35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BY35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="BZ35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CA35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CB35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CC35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CD35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CE35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CF35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CG35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CH35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CI35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CJ35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CK35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CL35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CM35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CN35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CO35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CP35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CQ35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CR35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CS35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CT35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CU35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CV35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CW35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CX35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CY35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="CZ35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DA35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DB35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DC35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DD35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DE35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DF35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DG35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DH35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DI35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DJ35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DK35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DL35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DM35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DN35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DO35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DP35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DQ35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DR35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DS35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DT35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DU35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DV35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DW35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DX35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DY35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="DZ35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EA35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EB35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EC35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="ED35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EE35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EF35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EG35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EH35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EI35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EJ35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EK35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EL35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EM35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EN35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EO35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EP35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EQ35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="ER35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="ES35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="ET35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EU35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EV35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EW35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EX35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EY35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="EZ35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FA35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FB35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FC35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FD35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FE35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FF35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FG35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FH35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FI35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FJ35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FK35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FL35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FM35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FN35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FO35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FP35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FQ35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FR35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FS35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FT35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FU35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FV35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FW35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FX35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FY35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="FZ35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="GA35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="GB35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="GC35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="GD35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="GE35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="GF35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="GG35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="GH35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="GI35" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="GJ35" s="3" t="s">
+        <x:v>194</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:191">
+    <x:row r="36" spans="1:192">
       <x:c r="A36" s="2" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D36" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E36" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="G36" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="H36" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="I36" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="J36" s="4" t="n">
         <x:v>19.3</x:v>
       </x:c>
       <x:c r="K36" s="4" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L36" s="4" t="n">
         <x:v>24.1</x:v>
       </x:c>
       <x:c r="M36" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
@@ -20150,107 +20249,110 @@
       <x:c r="FN36" s="4" t="n">
         <x:v>42.5</x:v>
       </x:c>
       <x:c r="FO36" s="4" t="n">
         <x:v>9.9</x:v>
       </x:c>
       <x:c r="FP36" s="4" t="n">
         <x:v>-3</x:v>
       </x:c>
       <x:c r="FQ36" s="4" t="n">
         <x:v>-17</x:v>
       </x:c>
       <x:c r="FR36" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="FS36" s="4" t="n">
         <x:v>20.9</x:v>
       </x:c>
       <x:c r="FT36" s="4" t="n">
         <x:v>24.3</x:v>
       </x:c>
       <x:c r="FU36" s="4" t="n">
         <x:v>48.9</x:v>
       </x:c>
       <x:c r="FV36" s="4" t="n">
-        <x:v>-33.4</x:v>
+        <x:v>-33.7</x:v>
       </x:c>
       <x:c r="FW36" s="4" t="n">
-        <x:v>-10.7</x:v>
+        <x:v>-11</x:v>
       </x:c>
       <x:c r="FX36" s="4" t="n">
-        <x:v>-13.1</x:v>
+        <x:v>-13.5</x:v>
       </x:c>
       <x:c r="FY36" s="4" t="n">
-        <x:v>-8.9</x:v>
+        <x:v>-9.3</x:v>
       </x:c>
       <x:c r="FZ36" s="4" t="n">
-        <x:v>33.5</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="GA36" s="4" t="n">
-        <x:v>30.6</x:v>
+        <x:v>-5</x:v>
       </x:c>
       <x:c r="GB36" s="4" t="n">
-        <x:v>41.3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="GC36" s="4" t="n">
-        <x:v>36.1</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="GD36" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="GE36" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="GF36" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="GG36" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="GH36" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="GI36" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
+      <x:c r="GJ36" s="4" t="n">
+        <x:v>6.3</x:v>
+      </x:c>
     </x:row>
-    <x:row r="37" spans="1:191">
+    <x:row r="37" spans="1:192">
       <x:c r="A37" s="2" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E37" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="G37" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="H37" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="I37" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="J37" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="K37" s="4" t="n">
         <x:v>16.7</x:v>
       </x:c>
       <x:c r="L37" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="M37" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
@@ -20560,272 +20662,275 @@
       <x:c r="DK37" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="DL37" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="DM37" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="DN37" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="DO37" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="DP37" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="DQ37" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="DR37" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="DS37" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="DT37" s="4" t="n">
         <x:v>10.9</x:v>
       </x:c>
       <x:c r="DU37" s="4" t="n">
         <x:v>11.8</x:v>
       </x:c>
       <x:c r="DV37" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="DW37" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="DX37" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="DY37" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="DZ37" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="EA37" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="EB37" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="EC37" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="ED37" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="EE37" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="EF37" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="EG37" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="EH37" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="EI37" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="EJ37" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="EK37" s="4" t="n">
         <x:v>1.8</x:v>
-      </x:c>
-[...28 lines deleted...]
-        <x:v>1.3</x:v>
       </x:c>
       <x:c r="EL37" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="EM37" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="EN37" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="EO37" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="EP37" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="EQ37" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="ER37" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="ES37" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="ET37" s="4" t="n">
+        <x:v>-3.1</x:v>
+      </x:c>
+      <x:c r="EU37" s="4" t="n">
+        <x:v>-2.4</x:v>
+      </x:c>
+      <x:c r="EV37" s="4" t="n">
+        <x:v>-3.2</x:v>
+      </x:c>
+      <x:c r="EW37" s="4" t="n">
+        <x:v>-5</x:v>
+      </x:c>
+      <x:c r="EX37" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="EY37" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="EZ37" s="4" t="n">
+        <x:v>-3.6</x:v>
+      </x:c>
+      <x:c r="FA37" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="FB37" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="ET37" s="4" t="n">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="FC37" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="FD37" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="FE37" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="FF37" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="FG37" s="4" t="n">
+        <x:v>-1.3</x:v>
+      </x:c>
+      <x:c r="FH37" s="4" t="n">
+        <x:v>-0.7</x:v>
+      </x:c>
+      <x:c r="FI37" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="FJ37" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="FK37" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="FL37" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="FM37" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="FN37" s="4" t="n">
+        <x:v>-1.3</x:v>
+      </x:c>
+      <x:c r="FO37" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="FP37" s="4" t="n">
+        <x:v>-7.3</x:v>
+      </x:c>
+      <x:c r="FQ37" s="4" t="n">
+        <x:v>-2</x:v>
+      </x:c>
+      <x:c r="FR37" s="4" t="n">
         <x:v>1.6</x:v>
-      </x:c>
-[...34 lines deleted...]
-        <x:v>1.5</x:v>
       </x:c>
       <x:c r="FS37" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="FT37" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="FU37" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="FV37" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="FW37" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="FX37" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="FY37" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="FZ37" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="GA37" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="GB37" s="4" t="n">
+        <x:v>11.7</x:v>
+      </x:c>
+      <x:c r="GC37" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="GD37" s="4" t="n">
+        <x:v>6.7</x:v>
+      </x:c>
+      <x:c r="GE37" s="4" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="GF37" s="4" t="n">
+        <x:v>-1.1</x:v>
+      </x:c>
+      <x:c r="GG37" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
-      <x:c r="GA37" s="4" t="n">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="GH37" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="GI37" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="GJ37" s="4" t="n">
+        <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:191">
+    <x:row r="38" spans="1:192">
       <x:c r="A38" s="2" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D38" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E38" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="G38" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="H38" s="4" t="n">
         <x:v>-2.3</x:v>
       </x:c>
       <x:c r="I38" s="4" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="J38" s="4" t="n">
         <x:v>12.6</x:v>
       </x:c>
       <x:c r="K38" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="L38" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="M38" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
@@ -21312,1245 +21417,1254 @@
       <x:c r="FR38" s="4" t="n">
         <x:v>-12.2</x:v>
       </x:c>
       <x:c r="FS38" s="4" t="n">
         <x:v>-9.1</x:v>
       </x:c>
       <x:c r="FT38" s="4" t="n">
         <x:v>-8</x:v>
       </x:c>
       <x:c r="FU38" s="4" t="n">
         <x:v>-5.9</x:v>
       </x:c>
       <x:c r="FV38" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="FW38" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="FX38" s="4" t="n">
         <x:v>7.6</x:v>
       </x:c>
       <x:c r="FY38" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="FZ38" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>11.5</x:v>
       </x:c>
       <x:c r="GA38" s="4" t="n">
+        <x:v>8.7</x:v>
+      </x:c>
+      <x:c r="GB38" s="4" t="n">
+        <x:v>9.4</x:v>
+      </x:c>
+      <x:c r="GC38" s="4" t="n">
+        <x:v>11.5</x:v>
+      </x:c>
+      <x:c r="GD38" s="4" t="n">
+        <x:v>8.4</x:v>
+      </x:c>
+      <x:c r="GE38" s="4" t="n">
+        <x:v>11.9</x:v>
+      </x:c>
+      <x:c r="GF38" s="4" t="n">
+        <x:v>9.3</x:v>
+      </x:c>
+      <x:c r="GG38" s="4" t="n">
+        <x:v>5.8</x:v>
+      </x:c>
+      <x:c r="GH38" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="GI38" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="GJ38" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:192">
+      <x:c r="A39" s="2" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="B39" s="3" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="D39" s="3" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="E39" s="3" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="F39" s="4" t="n">
+        <x:v>6.9</x:v>
+      </x:c>
+      <x:c r="G39" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="H39" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="I39" s="4" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="J39" s="4" t="n">
+        <x:v>18.8</x:v>
+      </x:c>
+      <x:c r="K39" s="4" t="n">
+        <x:v>24.2</x:v>
+      </x:c>
+      <x:c r="L39" s="4" t="n">
+        <x:v>14.4</x:v>
+      </x:c>
+      <x:c r="M39" s="4" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="N39" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="O39" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="P39" s="4" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="Q39" s="4" t="n">
+        <x:v>19.3</x:v>
+      </x:c>
+      <x:c r="R39" s="4" t="n">
+        <x:v>10.9</x:v>
+      </x:c>
+      <x:c r="S39" s="4" t="n">
+        <x:v>8.9</x:v>
+      </x:c>
+      <x:c r="T39" s="4" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="U39" s="4" t="n">
+        <x:v>9.1</x:v>
+      </x:c>
+      <x:c r="V39" s="4" t="n">
+        <x:v>16.7</x:v>
+      </x:c>
+      <x:c r="W39" s="4" t="n">
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="X39" s="4" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="Y39" s="4" t="n">
+        <x:v>-6.6</x:v>
+      </x:c>
+      <x:c r="Z39" s="4" t="n">
+        <x:v>-4.9</x:v>
+      </x:c>
+      <x:c r="AA39" s="4" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="AB39" s="4" t="n">
+        <x:v>-18</x:v>
+      </x:c>
+      <x:c r="AC39" s="4" t="n">
+        <x:v>15.8</x:v>
+      </x:c>
+      <x:c r="AD39" s="4" t="n">
+        <x:v>22.2</x:v>
+      </x:c>
+      <x:c r="AE39" s="4" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="AF39" s="4" t="n">
+        <x:v>-1.1</x:v>
+      </x:c>
+      <x:c r="AG39" s="4" t="n">
+        <x:v>15.4</x:v>
+      </x:c>
+      <x:c r="AH39" s="4" t="n">
+        <x:v>-2.5</x:v>
+      </x:c>
+      <x:c r="AI39" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="AJ39" s="4" t="n">
+        <x:v>28.9</x:v>
+      </x:c>
+      <x:c r="AK39" s="4" t="n">
+        <x:v>5.6</x:v>
+      </x:c>
+      <x:c r="AL39" s="4" t="n">
+        <x:v>26.6</x:v>
+      </x:c>
+      <x:c r="AM39" s="4" t="n">
+        <x:v>22.6</x:v>
+      </x:c>
+      <x:c r="AN39" s="4" t="n">
+        <x:v>29.9</x:v>
+      </x:c>
+      <x:c r="AO39" s="4" t="n">
+        <x:v>-12.5</x:v>
+      </x:c>
+      <x:c r="AP39" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="AQ39" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="AR39" s="4" t="n">
+        <x:v>-5.1</x:v>
+      </x:c>
+      <x:c r="AS39" s="4" t="n">
+        <x:v>11.9</x:v>
+      </x:c>
+      <x:c r="AT39" s="4" t="n">
+        <x:v>8.8</x:v>
+      </x:c>
+      <x:c r="AU39" s="4" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="AV39" s="4" t="n">
+        <x:v>-1.7</x:v>
+      </x:c>
+      <x:c r="AW39" s="4" t="n">
+        <x:v>28.9</x:v>
+      </x:c>
+      <x:c r="AX39" s="4" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="AY39" s="4" t="n">
+        <x:v>-8.1</x:v>
+      </x:c>
+      <x:c r="AZ39" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="BA39" s="4" t="n">
+        <x:v>7.6</x:v>
+      </x:c>
+      <x:c r="BB39" s="4" t="n">
+        <x:v>-3.3</x:v>
+      </x:c>
+      <x:c r="BC39" s="4" t="n">
+        <x:v>9.4</x:v>
+      </x:c>
+      <x:c r="BD39" s="4" t="n">
+        <x:v>-2</x:v>
+      </x:c>
+      <x:c r="BE39" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="BF39" s="4" t="n">
+        <x:v>-2.4</x:v>
+      </x:c>
+      <x:c r="BG39" s="4" t="n">
+        <x:v>-0.5</x:v>
+      </x:c>
+      <x:c r="BH39" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="BI39" s="4" t="n">
+        <x:v>-5</x:v>
+      </x:c>
+      <x:c r="BJ39" s="4" t="n">
+        <x:v>-6.9</x:v>
+      </x:c>
+      <x:c r="BK39" s="4" t="n">
+        <x:v>-5</x:v>
+      </x:c>
+      <x:c r="BL39" s="4" t="n">
+        <x:v>-3.5</x:v>
+      </x:c>
+      <x:c r="BM39" s="4" t="n">
+        <x:v>-4.2</x:v>
+      </x:c>
+      <x:c r="BN39" s="4" t="n">
+        <x:v>15.7</x:v>
+      </x:c>
+      <x:c r="BO39" s="4" t="n">
+        <x:v>10.2</x:v>
+      </x:c>
+      <x:c r="BP39" s="4" t="n">
+        <x:v>7.7</x:v>
+      </x:c>
+      <x:c r="BQ39" s="4" t="n">
+        <x:v>7.9</x:v>
+      </x:c>
+      <x:c r="BR39" s="4" t="n">
+        <x:v>-2.4</x:v>
+      </x:c>
+      <x:c r="BS39" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="BT39" s="4" t="n">
+        <x:v>-2.6</x:v>
+      </x:c>
+      <x:c r="BU39" s="4" t="n">
+        <x:v>-0.3</x:v>
+      </x:c>
+      <x:c r="BV39" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="BW39" s="4" t="n">
+        <x:v>-0.6</x:v>
+      </x:c>
+      <x:c r="BX39" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="BY39" s="4" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="BZ39" s="4" t="n">
+        <x:v>-5.4</x:v>
+      </x:c>
+      <x:c r="CA39" s="4" t="n">
+        <x:v>-0.5</x:v>
+      </x:c>
+      <x:c r="CB39" s="4" t="n">
+        <x:v>-2.4</x:v>
+      </x:c>
+      <x:c r="CC39" s="4" t="n">
+        <x:v>-1.5</x:v>
+      </x:c>
+      <x:c r="CD39" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
-      <x:c r="GB38" s="4" t="n">
-[...14 lines deleted...]
-      <x:c r="GG38" s="4" t="n">
+      <x:c r="CE39" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="CF39" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="CG39" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="CH39" s="4" t="n">
+        <x:v>-4.8</x:v>
+      </x:c>
+      <x:c r="CI39" s="4" t="n">
+        <x:v>-6</x:v>
+      </x:c>
+      <x:c r="CJ39" s="4" t="n">
+        <x:v>-5.4</x:v>
+      </x:c>
+      <x:c r="CK39" s="4" t="n">
+        <x:v>-5.4</x:v>
+      </x:c>
+      <x:c r="CL39" s="4" t="n">
+        <x:v>5.4</x:v>
+      </x:c>
+      <x:c r="CM39" s="4" t="n">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="CN39" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="CO39" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="CP39" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="CQ39" s="4" t="n">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="CR39" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="CS39" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="CT39" s="4" t="n">
+        <x:v>11.4</x:v>
+      </x:c>
+      <x:c r="CU39" s="4" t="n">
+        <x:v>6.1</x:v>
+      </x:c>
+      <x:c r="CV39" s="4" t="n">
+        <x:v>9.5</x:v>
+      </x:c>
+      <x:c r="CW39" s="4" t="n">
+        <x:v>8.5</x:v>
+      </x:c>
+      <x:c r="CX39" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="CY39" s="4" t="n">
+        <x:v>6.1</x:v>
+      </x:c>
+      <x:c r="CZ39" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="DA39" s="4" t="n">
+        <x:v>7.9</x:v>
+      </x:c>
+      <x:c r="DB39" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="DC39" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="DD39" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="DE39" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="DF39" s="4" t="n">
+        <x:v>6.1</x:v>
+      </x:c>
+      <x:c r="DG39" s="4" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="DH39" s="4" t="n">
+        <x:v>5.6</x:v>
+      </x:c>
+      <x:c r="DI39" s="4" t="n">
+        <x:v>7.8</x:v>
+      </x:c>
+      <x:c r="DJ39" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="DK39" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="DL39" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="DM39" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="DN39" s="4" t="n">
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="DO39" s="4" t="n">
+        <x:v>8.5</x:v>
+      </x:c>
+      <x:c r="DP39" s="4" t="n">
+        <x:v>11.6</x:v>
+      </x:c>
+      <x:c r="DQ39" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="DR39" s="4" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="DS39" s="4" t="n">
+        <x:v>6.6</x:v>
+      </x:c>
+      <x:c r="DT39" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="DU39" s="4" t="n">
+        <x:v>8.6</x:v>
+      </x:c>
+      <x:c r="DV39" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="DW39" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="DX39" s="4" t="n">
+        <x:v>6.8</x:v>
+      </x:c>
+      <x:c r="DY39" s="4" t="n">
+        <x:v>-0.5</x:v>
+      </x:c>
+      <x:c r="DZ39" s="4" t="n">
+        <x:v>8.1</x:v>
+      </x:c>
+      <x:c r="EA39" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="EB39" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="EC39" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="ED39" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="EE39" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="EF39" s="4" t="n">
+        <x:v>-1.2</x:v>
+      </x:c>
+      <x:c r="EG39" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
-      <x:c r="GH38" s="4" t="n">
-[...22 lines deleted...]
-      <x:c r="F39" s="4" t="n">
+      <x:c r="EH39" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="EI39" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="EJ39" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="EK39" s="4" t="n">
+        <x:v>-0.9</x:v>
+      </x:c>
+      <x:c r="EL39" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="EM39" s="4" t="n">
+        <x:v>5.7</x:v>
+      </x:c>
+      <x:c r="EN39" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="EO39" s="4" t="n">
+        <x:v>-2.6</x:v>
+      </x:c>
+      <x:c r="EP39" s="4" t="n">
+        <x:v>5.2</x:v>
+      </x:c>
+      <x:c r="EQ39" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="ER39" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="ES39" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
-      <x:c r="G39" s="4" t="n">
-[...56 lines deleted...]
-      <x:c r="Z39" s="4" t="n">
+      <x:c r="ET39" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="EU39" s="4" t="n">
+        <x:v>-0.6</x:v>
+      </x:c>
+      <x:c r="EV39" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="EW39" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="EX39" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="EY39" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="EZ39" s="4" t="n">
         <x:v>-2.5</x:v>
       </x:c>
-      <x:c r="AA39" s="4" t="n">
-[...68 lines deleted...]
-      <x:c r="AX39" s="4" t="n">
+      <x:c r="FA39" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="FB39" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="FC39" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="FD39" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="FE39" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="FF39" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
-      <x:c r="AY39" s="4" t="n">
-[...23 lines deleted...]
-      <x:c r="BG39" s="4" t="n">
+      <x:c r="FG39" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
-      <x:c r="BH39" s="4" t="n">
-[...110 lines deleted...]
-      <x:c r="CS39" s="4" t="n">
+      <x:c r="FH39" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="FI39" s="4" t="n">
         <x:v>1.8</x:v>
-      </x:c>
-[...202 lines deleted...]
-        <x:v>0.5</x:v>
       </x:c>
       <x:c r="FJ39" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="FK39" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="FL39" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="FM39" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="FN39" s="4" t="n">
+        <x:v>-0.3</x:v>
+      </x:c>
+      <x:c r="FO39" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="FP39" s="4" t="n">
+        <x:v>-2.6</x:v>
+      </x:c>
+      <x:c r="FQ39" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="FR39" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
-      <x:c r="FO39" s="4" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="FS39" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="FT39" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="FU39" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="FV39" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="FW39" s="4" t="n">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="FX39" s="4" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="FY39" s="4" t="n">
+        <x:v>6.4</x:v>
+      </x:c>
+      <x:c r="FZ39" s="4" t="n">
+        <x:v>6.1</x:v>
+      </x:c>
+      <x:c r="GA39" s="4" t="n">
+        <x:v>6.5</x:v>
+      </x:c>
+      <x:c r="GB39" s="4" t="n">
+        <x:v>5.6</x:v>
+      </x:c>
+      <x:c r="GC39" s="4" t="n">
+        <x:v>5.6</x:v>
+      </x:c>
+      <x:c r="GD39" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="GE39" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="GF39" s="4" t="n">
+        <x:v>-1.9</x:v>
+      </x:c>
+      <x:c r="GG39" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="GH39" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="GI39" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="GJ39" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:192">
+      <x:c r="A40" s="2" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="B40" s="3" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C40" s="3" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="D40" s="3" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="E40" s="3" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="F40" s="4" t="n">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="G40" s="4" t="n">
+        <x:v>9.2</x:v>
+      </x:c>
+      <x:c r="H40" s="4" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="I40" s="4" t="n">
+        <x:v>11.1</x:v>
+      </x:c>
+      <x:c r="J40" s="4" t="n">
+        <x:v>25.8</x:v>
+      </x:c>
+      <x:c r="K40" s="4" t="n">
+        <x:v>24.3</x:v>
+      </x:c>
+      <x:c r="L40" s="4" t="n">
+        <x:v>19.6</x:v>
+      </x:c>
+      <x:c r="M40" s="4" t="n">
+        <x:v>17.6</x:v>
+      </x:c>
+      <x:c r="N40" s="4" t="n">
+        <x:v>10.1</x:v>
+      </x:c>
+      <x:c r="O40" s="4" t="n">
+        <x:v>9.6</x:v>
+      </x:c>
+      <x:c r="P40" s="4" t="n">
+        <x:v>13.2</x:v>
+      </x:c>
+      <x:c r="Q40" s="4" t="n">
+        <x:v>12.3</x:v>
+      </x:c>
+      <x:c r="R40" s="4" t="n">
+        <x:v>12.9</x:v>
+      </x:c>
+      <x:c r="S40" s="4" t="n">
+        <x:v>13.7</x:v>
+      </x:c>
+      <x:c r="T40" s="4" t="n">
+        <x:v>15.3</x:v>
+      </x:c>
+      <x:c r="U40" s="4" t="n">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="V40" s="4" t="n">
+        <x:v>15.8</x:v>
+      </x:c>
+      <x:c r="W40" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+      <x:c r="X40" s="4" t="n">
+        <x:v>42.4</x:v>
+      </x:c>
+      <x:c r="Y40" s="4" t="n">
+        <x:v>5.6</x:v>
+      </x:c>
+      <x:c r="Z40" s="4" t="n">
+        <x:v>-2.3</x:v>
+      </x:c>
+      <x:c r="AA40" s="4" t="n">
+        <x:v>8.1</x:v>
+      </x:c>
+      <x:c r="AB40" s="4" t="n">
+        <x:v>-30.2</x:v>
+      </x:c>
+      <x:c r="AC40" s="4" t="n">
+        <x:v>-2.8</x:v>
+      </x:c>
+      <x:c r="AD40" s="4" t="n">
+        <x:v>6.2</x:v>
+      </x:c>
+      <x:c r="AE40" s="4" t="n">
+        <x:v>13.6</x:v>
+      </x:c>
+      <x:c r="AF40" s="4" t="n">
+        <x:v>15.8</x:v>
+      </x:c>
+      <x:c r="AG40" s="4" t="n">
+        <x:v>32.8</x:v>
+      </x:c>
+      <x:c r="AH40" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="AI40" s="4" t="n">
+        <x:v>6.8</x:v>
+      </x:c>
+      <x:c r="AJ40" s="4" t="n">
+        <x:v>16.1</x:v>
+      </x:c>
+      <x:c r="AK40" s="4" t="n">
+        <x:v>12.9</x:v>
+      </x:c>
+      <x:c r="AL40" s="4" t="n">
+        <x:v>36.8</x:v>
+      </x:c>
+      <x:c r="AM40" s="4" t="n">
+        <x:v>29.6</x:v>
+      </x:c>
+      <x:c r="AN40" s="4" t="n">
+        <x:v>54.6</x:v>
+      </x:c>
+      <x:c r="AO40" s="4" t="n">
+        <x:v>-8.2</x:v>
+      </x:c>
+      <x:c r="AP40" s="4" t="n">
+        <x:v>-0.9</x:v>
+      </x:c>
+      <x:c r="AQ40" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="AR40" s="4" t="n">
+        <x:v>-14.6</x:v>
+      </x:c>
+      <x:c r="AS40" s="4" t="n">
+        <x:v>13.9</x:v>
+      </x:c>
+      <x:c r="AT40" s="4" t="n">
+        <x:v>15.4</x:v>
+      </x:c>
+      <x:c r="AU40" s="4" t="n">
+        <x:v>11.1</x:v>
+      </x:c>
+      <x:c r="AV40" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="AW40" s="4" t="n">
+        <x:v>26.9</x:v>
+      </x:c>
+      <x:c r="AX40" s="4" t="n">
+        <x:v>6.6</x:v>
+      </x:c>
+      <x:c r="AY40" s="4" t="n">
+        <x:v>-4.8</x:v>
+      </x:c>
+      <x:c r="AZ40" s="4" t="n">
+        <x:v>6.7</x:v>
+      </x:c>
+      <x:c r="BA40" s="4" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="BB40" s="4" t="n">
+        <x:v>-4.6</x:v>
+      </x:c>
+      <x:c r="BC40" s="4" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="BD40" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+      <x:c r="BE40" s="4" t="n">
+        <x:v>-2.6</x:v>
+      </x:c>
+      <x:c r="BF40" s="4" t="n">
+        <x:v>-5.4</x:v>
+      </x:c>
+      <x:c r="BG40" s="4" t="n">
+        <x:v>-4.2</x:v>
+      </x:c>
+      <x:c r="BH40" s="4" t="n">
+        <x:v>-4.7</x:v>
+      </x:c>
+      <x:c r="BI40" s="4" t="n">
+        <x:v>-6.6</x:v>
+      </x:c>
+      <x:c r="BJ40" s="4" t="n">
+        <x:v>-13</x:v>
+      </x:c>
+      <x:c r="BK40" s="4" t="n">
+        <x:v>-11</x:v>
+      </x:c>
+      <x:c r="BL40" s="4" t="n">
+        <x:v>-10.4</x:v>
+      </x:c>
+      <x:c r="BM40" s="4" t="n">
+        <x:v>-9.6</x:v>
+      </x:c>
+      <x:c r="BN40" s="4" t="n">
+        <x:v>21.8</x:v>
+      </x:c>
+      <x:c r="BO40" s="4" t="n">
+        <x:v>21.6</x:v>
+      </x:c>
+      <x:c r="BP40" s="4" t="n">
+        <x:v>22.4</x:v>
+      </x:c>
+      <x:c r="BQ40" s="4" t="n">
+        <x:v>18.9</x:v>
+      </x:c>
+      <x:c r="BR40" s="4" t="n">
+        <x:v>-2</x:v>
+      </x:c>
+      <x:c r="BS40" s="4" t="n">
+        <x:v>-7.4</x:v>
+      </x:c>
+      <x:c r="BT40" s="4" t="n">
+        <x:v>-9.3</x:v>
+      </x:c>
+      <x:c r="BU40" s="4" t="n">
+        <x:v>-7.2</x:v>
+      </x:c>
+      <x:c r="BV40" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
-      <x:c r="FX39" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="FY39" s="4" t="n">
+      <x:c r="BW40" s="4" t="n">
+        <x:v>6.2</x:v>
+      </x:c>
+      <x:c r="BX40" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="BY40" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="BZ40" s="4" t="n">
+        <x:v>-14.1</x:v>
+      </x:c>
+      <x:c r="CA40" s="4" t="n">
+        <x:v>-14.4</x:v>
+      </x:c>
+      <x:c r="CB40" s="4" t="n">
+        <x:v>-10.6</x:v>
+      </x:c>
+      <x:c r="CC40" s="4" t="n">
+        <x:v>-11</x:v>
+      </x:c>
+      <x:c r="CD40" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="CE40" s="4" t="n">
+        <x:v>7.1</x:v>
+      </x:c>
+      <x:c r="CF40" s="4" t="n">
+        <x:v>6.2</x:v>
+      </x:c>
+      <x:c r="CG40" s="4" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="CH40" s="4" t="n">
+        <x:v>-18.7</x:v>
+      </x:c>
+      <x:c r="CI40" s="4" t="n">
+        <x:v>-20.4</x:v>
+      </x:c>
+      <x:c r="CJ40" s="4" t="n">
+        <x:v>-22.7</x:v>
+      </x:c>
+      <x:c r="CK40" s="4" t="n">
+        <x:v>-25.7</x:v>
+      </x:c>
+      <x:c r="CL40" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="CM40" s="4" t="n">
+        <x:v>6.3</x:v>
+      </x:c>
+      <x:c r="CN40" s="4" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="CO40" s="4" t="n">
+        <x:v>12.5</x:v>
+      </x:c>
+      <x:c r="CP40" s="4" t="n">
+        <x:v>6.3</x:v>
+      </x:c>
+      <x:c r="CQ40" s="4" t="n">
+        <x:v>7.9</x:v>
+      </x:c>
+      <x:c r="CR40" s="4" t="n">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="CS40" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="CT40" s="4" t="n">
+        <x:v>31.9</x:v>
+      </x:c>
+      <x:c r="CU40" s="4" t="n">
+        <x:v>19.9</x:v>
+      </x:c>
+      <x:c r="CV40" s="4" t="n">
+        <x:v>32.3</x:v>
+      </x:c>
+      <x:c r="CW40" s="4" t="n">
+        <x:v>23.7</x:v>
+      </x:c>
+      <x:c r="CX40" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="CY40" s="4" t="n">
+        <x:v>10.2</x:v>
+      </x:c>
+      <x:c r="CZ40" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="DA40" s="4" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="DB40" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="DC40" s="4" t="n">
+        <x:v>10.1</x:v>
+      </x:c>
+      <x:c r="DD40" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="DE40" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="DF40" s="4" t="n">
+        <x:v>25.8</x:v>
+      </x:c>
+      <x:c r="DG40" s="4" t="n">
+        <x:v>18.6</x:v>
+      </x:c>
+      <x:c r="DH40" s="4" t="n">
+        <x:v>12.1</x:v>
+      </x:c>
+      <x:c r="DI40" s="4" t="n">
+        <x:v>16.9</x:v>
+      </x:c>
+      <x:c r="DJ40" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="DK40" s="4" t="n">
+        <x:v>-10.5</x:v>
+      </x:c>
+      <x:c r="DL40" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="DM40" s="4" t="n">
+        <x:v>12.2</x:v>
+      </x:c>
+      <x:c r="DN40" s="4" t="n">
+        <x:v>7.9</x:v>
+      </x:c>
+      <x:c r="DO40" s="4" t="n">
+        <x:v>23.9</x:v>
+      </x:c>
+      <x:c r="DP40" s="4" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="DQ40" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="DR40" s="4" t="n">
+        <x:v>-1.4</x:v>
+      </x:c>
+      <x:c r="DS40" s="4" t="n">
+        <x:v>11.6</x:v>
+      </x:c>
+      <x:c r="DT40" s="4" t="n">
+        <x:v>-10.2</x:v>
+      </x:c>
+      <x:c r="DU40" s="4" t="n">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="DV40" s="4" t="n">
+        <x:v>22.2</x:v>
+      </x:c>
+      <x:c r="DW40" s="4" t="n">
+        <x:v>7.5</x:v>
+      </x:c>
+      <x:c r="DX40" s="4" t="n">
+        <x:v>22.9</x:v>
+      </x:c>
+      <x:c r="DY40" s="4" t="n">
+        <x:v>-6.2</x:v>
+      </x:c>
+      <x:c r="DZ40" s="4" t="n">
+        <x:v>34.1</x:v>
+      </x:c>
+      <x:c r="EA40" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="EB40" s="4" t="n">
+        <x:v>23.8</x:v>
+      </x:c>
+      <x:c r="EC40" s="4" t="n">
+        <x:v>-1.2</x:v>
+      </x:c>
+      <x:c r="ED40" s="4" t="n">
+        <x:v>-1</x:v>
+      </x:c>
+      <x:c r="EE40" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="EF40" s="4" t="n">
+        <x:v>-10.3</x:v>
+      </x:c>
+      <x:c r="EG40" s="4" t="n">
+        <x:v>40.4</x:v>
+      </x:c>
+      <x:c r="EH40" s="4" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="EI40" s="4" t="n">
+        <x:v>32.7</x:v>
+      </x:c>
+      <x:c r="EJ40" s="4" t="n">
+        <x:v>6.8</x:v>
+      </x:c>
+      <x:c r="EK40" s="4" t="n">
+        <x:v>-7.4</x:v>
+      </x:c>
+      <x:c r="EL40" s="4" t="n">
+        <x:v>-9.3</x:v>
+      </x:c>
+      <x:c r="EM40" s="4" t="n">
+        <x:v>15.4</x:v>
+      </x:c>
+      <x:c r="EN40" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="EO40" s="4" t="n">
+        <x:v>-20.5</x:v>
+      </x:c>
+      <x:c r="EP40" s="4" t="n">
+        <x:v>18.3</x:v>
+      </x:c>
+      <x:c r="EQ40" s="4" t="n">
+        <x:v>-6.4</x:v>
+      </x:c>
+      <x:c r="ER40" s="4" t="n">
+        <x:v>-8</x:v>
+      </x:c>
+      <x:c r="ES40" s="4" t="n">
+        <x:v>32.8</x:v>
+      </x:c>
+      <x:c r="ET40" s="4" t="n">
+        <x:v>-7.6</x:v>
+      </x:c>
+      <x:c r="EU40" s="4" t="n">
+        <x:v>-15.9</x:v>
+      </x:c>
+      <x:c r="EV40" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="EW40" s="4" t="n">
+        <x:v>-13.1</x:v>
+      </x:c>
+      <x:c r="EX40" s="4" t="n">
+        <x:v>12.3</x:v>
+      </x:c>
+      <x:c r="EY40" s="4" t="n">
+        <x:v>7.9</x:v>
+      </x:c>
+      <x:c r="EZ40" s="4" t="n">
+        <x:v>-7.4</x:v>
+      </x:c>
+      <x:c r="FA40" s="4" t="n">
+        <x:v>6.1</x:v>
+      </x:c>
+      <x:c r="FB40" s="4" t="n">
+        <x:v>-2</x:v>
+      </x:c>
+      <x:c r="FC40" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="FD40" s="4" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="FE40" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="FF40" s="4" t="n">
+        <x:v>7.3</x:v>
+      </x:c>
+      <x:c r="FG40" s="4" t="n">
+        <x:v>-2.3</x:v>
+      </x:c>
+      <x:c r="FH40" s="4" t="n">
+        <x:v>-0.8</x:v>
+      </x:c>
+      <x:c r="FI40" s="4" t="n">
+        <x:v>-2.1</x:v>
+      </x:c>
+      <x:c r="FJ40" s="4" t="n">
+        <x:v>-8.8</x:v>
+      </x:c>
+      <x:c r="FK40" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="FL40" s="4" t="n">
+        <x:v>-1.9</x:v>
+      </x:c>
+      <x:c r="FM40" s="4" t="n">
+        <x:v>-1.3</x:v>
+      </x:c>
+      <x:c r="FN40" s="4" t="n">
+        <x:v>-4.8</x:v>
+      </x:c>
+      <x:c r="FO40" s="4" t="n">
+        <x:v>-3.6</x:v>
+      </x:c>
+      <x:c r="FP40" s="4" t="n">
+        <x:v>-1.1</x:v>
+      </x:c>
+      <x:c r="FQ40" s="4" t="n">
+        <x:v>7.2</x:v>
+      </x:c>
+      <x:c r="FR40" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="FS40" s="4" t="n">
+        <x:v>10.5</x:v>
+      </x:c>
+      <x:c r="FT40" s="4" t="n">
+        <x:v>6.6</x:v>
+      </x:c>
+      <x:c r="FU40" s="4" t="n">
+        <x:v>6.5</x:v>
+      </x:c>
+      <x:c r="FV40" s="4" t="n">
+        <x:v>9.6</x:v>
+      </x:c>
+      <x:c r="FW40" s="4" t="n">
+        <x:v>6.5</x:v>
+      </x:c>
+      <x:c r="FX40" s="4" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="FY40" s="4" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="FZ40" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="GA40" s="4" t="n">
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="GB40" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="GC40" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="GD40" s="4" t="n">
+        <x:v>-0.8</x:v>
+      </x:c>
+      <x:c r="GE40" s="4" t="n">
+        <x:v>-8.8</x:v>
+      </x:c>
+      <x:c r="GF40" s="4" t="n">
+        <x:v>-16.8</x:v>
+      </x:c>
+      <x:c r="GG40" s="4" t="n">
+        <x:v>-10.9</x:v>
+      </x:c>
+      <x:c r="GH40" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GI40" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="GJ40" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
-      <x:c r="FZ39" s="4" t="n">
-[...28 lines deleted...]
-      </x:c>
     </x:row>
-    <x:row r="40" spans="1:191">
-[...574 lines deleted...]
-    <x:row r="41" spans="1:191">
+    <x:row r="41" spans="1:192">
       <x:c r="A41" s="2" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E41" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="G41" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="H41" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="I41" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="J41" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="K41" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
       <x:c r="L41" s="4" t="n">
         <x:v>11.7</x:v>
       </x:c>
       <x:c r="M41" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
@@ -23031,101 +23145,104 @@
       <x:c r="FP41" s="4" t="n">
         <x:v>-1.5</x:v>
       </x:c>
       <x:c r="FQ41" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="FR41" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
       <x:c r="FS41" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="FT41" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="FU41" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="FV41" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="FW41" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="FX41" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="FY41" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="FZ41" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="GA41" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="GB41" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="GC41" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="GD41" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="GE41" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="GF41" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="GG41" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="GH41" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="GI41" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="GJ41" s="4" t="n">
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:191">
+    <x:row r="42" spans="1:192">
       <x:c r="A42" s="2" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D42" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E42" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G42" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="H42" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="I42" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="J42" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="K42" s="4" t="n">
         <x:v>9.7</x:v>
       </x:c>
       <x:c r="L42" s="4" t="n">
         <x:v>12.9</x:v>
       </x:c>
       <x:c r="M42" s="4" t="n">
         <x:v>12.6</x:v>
       </x:c>
@@ -23600,107 +23717,110 @@
       <x:c r="FN42" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="FO42" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="FP42" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="FQ42" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="FR42" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="FS42" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="FT42" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="FU42" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="FV42" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="FW42" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="FX42" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
-      <x:c r="FW42" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="FY42" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="FZ42" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="GA42" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="GB42" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="GC42" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="GD42" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="GE42" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="GF42" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="GG42" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="GH42" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="GI42" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="GJ42" s="4" t="n">
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:191">
+    <x:row r="43" spans="1:192">
       <x:c r="A43" s="2" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E43" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
         <x:v>-1.9</x:v>
       </x:c>
       <x:c r="G43" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="H43" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="I43" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="J43" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="K43" s="4" t="n">
         <x:v>9.6</x:v>
       </x:c>
       <x:c r="L43" s="4" t="n">
         <x:v>12.9</x:v>
       </x:c>
       <x:c r="M43" s="4" t="n">
         <x:v>12.6</x:v>
       </x:c>
@@ -24001,281 +24121,284 @@
       <x:c r="DH43" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="DI43" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="DJ43" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="DK43" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="DL43" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="DM43" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="DN43" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="DO43" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="DP43" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="DQ43" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="DR43" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="DS43" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="DT43" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="DU43" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="DV43" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="DW43" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="DX43" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="DY43" s="4" t="n">
         <x:v>-2.4</x:v>
       </x:c>
       <x:c r="DZ43" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="EA43" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="EB43" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="EC43" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="ED43" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="EE43" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="EF43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="EG43" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="EH43" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="EI43" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="EJ43" s="4" t="n">
         <x:v>-1.8</x:v>
       </x:c>
       <x:c r="EK43" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="EL43" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="EM43" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="EN43" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="EO43" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="EP43" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="EQ43" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="ER43" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="ES43" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="ET43" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="EU43" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="EV43" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="EW43" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="EX43" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="EY43" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="EZ43" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="FA43" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="FB43" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="FC43" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="FD43" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="FE43" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="FF43" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="FG43" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="FH43" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="FI43" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="FJ43" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="FK43" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="FL43" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="FM43" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="FN43" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="FO43" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="FP43" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-3.7</x:v>
       </x:c>
       <x:c r="FQ43" s="4" t="n">
-        <x:v>-3.5</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="FR43" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="FS43" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="FT43" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="FU43" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="FV43" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="FW43" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="FX43" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="FY43" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="FZ43" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="GA43" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="GB43" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="GC43" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="GD43" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="GE43" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="GF43" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="GG43" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="GH43" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="GI43" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="GJ43" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:191">
+    <x:row r="44" spans="1:192">
       <x:c r="A44" s="2" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D44" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E44" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
         <x:v>7.6</x:v>
       </x:c>
       <x:c r="G44" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="H44" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="I44" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="J44" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="K44" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="L44" s="4" t="n">
         <x:v>10.1</x:v>
       </x:c>
       <x:c r="M44" s="4" t="n">
         <x:v>12.9</x:v>
       </x:c>
@@ -24582,275 +24705,278 @@
       <x:c r="DJ44" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="DK44" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="DL44" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="DM44" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="DN44" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="DO44" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="DP44" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="DQ44" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="DR44" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="DS44" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="DT44" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="DU44" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="DV44" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="DW44" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="DX44" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="DY44" s="4" t="n">
+        <x:v>-1.4</x:v>
+      </x:c>
+      <x:c r="DZ44" s="4" t="n">
         <x:v>0.5</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>0.6</x:v>
       </x:c>
       <x:c r="EA44" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="EB44" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="EC44" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="ED44" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="EE44" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="EF44" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="EG44" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="EH44" s="4" t="n">
+        <x:v>-3.5</x:v>
+      </x:c>
+      <x:c r="EI44" s="4" t="n">
+        <x:v>-4.2</x:v>
+      </x:c>
+      <x:c r="EJ44" s="4" t="n">
+        <x:v>-6.7</x:v>
+      </x:c>
+      <x:c r="EK44" s="4" t="n">
+        <x:v>15.4</x:v>
+      </x:c>
+      <x:c r="EL44" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="EM44" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="EN44" s="4" t="n">
+        <x:v>9.3</x:v>
+      </x:c>
+      <x:c r="EO44" s="4" t="n">
+        <x:v>-10.8</x:v>
+      </x:c>
+      <x:c r="EP44" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="EQ44" s="4" t="n">
+        <x:v>6.2</x:v>
+      </x:c>
+      <x:c r="ER44" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="ES44" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="ET44" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="EU44" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="EV44" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="EW44" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="EX44" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="EY44" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="EZ44" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="FA44" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="FB44" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="FC44" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="FD44" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
-      <x:c r="EF44" s="4" t="n">
-[...17 lines deleted...]
-      <x:c r="EL44" s="4" t="n">
+      <x:c r="FE44" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="FF44" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="FG44" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="FH44" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="FI44" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="FJ44" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="FK44" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="FL44" s="4" t="n">
         <x:v>3.2</x:v>
-      </x:c>
-[...76 lines deleted...]
-        <x:v>3.4</x:v>
       </x:c>
       <x:c r="FM44" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="FN44" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="FO44" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="FP44" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="FQ44" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="FR44" s="4" t="n">
-        <x:v>-2.8</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="FS44" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="FT44" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="FU44" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="FV44" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="FW44" s="4" t="n">
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="FX44" s="4" t="n">
+        <x:v>5.8</x:v>
+      </x:c>
+      <x:c r="FY44" s="4" t="n">
+        <x:v>6.4</x:v>
+      </x:c>
+      <x:c r="FZ44" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="GA44" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="GB44" s="4" t="n">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="GC44" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="GD44" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
-      <x:c r="FX44" s="4" t="n">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="GE44" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="GF44" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="GG44" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="GH44" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="GI44" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="GJ44" s="4" t="n">
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:191">
+    <x:row r="45" spans="1:192">
       <x:c r="A45" s="2" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E45" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="G45" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="H45" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="I45" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="J45" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="K45" s="4" t="n">
         <x:v>8.9</x:v>
       </x:c>
       <x:c r="L45" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="M45" s="4" t="n">
         <x:v>14.4</x:v>
       </x:c>
@@ -25151,281 +25277,284 @@
       <x:c r="DH45" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="DI45" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="DJ45" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="DK45" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="DL45" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="DM45" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="DN45" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="DO45" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="DP45" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="DQ45" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="DR45" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="DS45" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="DT45" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="DU45" s="4" t="n">
         <x:v>7.8</x:v>
       </x:c>
       <x:c r="DV45" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="DW45" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="DX45" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="DY45" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="DZ45" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="EA45" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="EB45" s="4" t="n">
         <x:v>-0.5</x:v>
       </x:c>
       <x:c r="EC45" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="ED45" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="EE45" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="EF45" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="EG45" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="EH45" s="4" t="n">
+        <x:v>-0.2</x:v>
+      </x:c>
+      <x:c r="EI45" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="EJ45" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="EK45" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="EL45" s="4" t="n">
+        <x:v>-0.3</x:v>
+      </x:c>
+      <x:c r="EM45" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="EN45" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="EO45" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="EP45" s="4" t="n">
+        <x:v>6.5</x:v>
+      </x:c>
+      <x:c r="EQ45" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="ER45" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="ES45" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="ET45" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="EU45" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="EV45" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="EW45" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="EX45" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="EY45" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="EZ45" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="FA45" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="FB45" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="FC45" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="FD45" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="FE45" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="FF45" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="FG45" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="FH45" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="FI45" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="FJ45" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="FK45" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="FL45" s="4" t="n">
         <x:v>2.5</x:v>
-      </x:c>
-[...91 lines deleted...]
-        <x:v>2.2</x:v>
       </x:c>
       <x:c r="FM45" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="FN45" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="FO45" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="FP45" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="FQ45" s="4" t="n">
-        <x:v>-5.6</x:v>
+        <x:v>-7.3</x:v>
       </x:c>
       <x:c r="FR45" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="FS45" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>-3.6</x:v>
       </x:c>
       <x:c r="FT45" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="FU45" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="FV45" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="FW45" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="FX45" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="FY45" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="FZ45" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="GA45" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="GB45" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="GC45" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="GD45" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="GE45" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="GF45" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="GG45" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="GH45" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
       <x:c r="GI45" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>9.1</x:v>
+      </x:c>
+      <x:c r="GJ45" s="4" t="n">
+        <x:v>6.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:191">
+    <x:row r="46" spans="1:192">
       <x:c r="A46" s="2" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D46" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E46" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="G46" s="4" t="n">
         <x:v>11.1</x:v>
       </x:c>
       <x:c r="H46" s="4" t="n">
         <x:v>16.1</x:v>
       </x:c>
       <x:c r="I46" s="4" t="n">
         <x:v>31.4</x:v>
       </x:c>
       <x:c r="J46" s="4" t="n">
         <x:v>19.5</x:v>
       </x:c>
       <x:c r="K46" s="4" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="L46" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
       <x:c r="M46" s="4" t="n">
         <x:v>13.7</x:v>
       </x:c>
@@ -25912,95 +26041,98 @@
       <x:c r="FR46" s="4" t="n">
         <x:v>9.4</x:v>
       </x:c>
       <x:c r="FS46" s="4" t="n">
         <x:v>11.3</x:v>
       </x:c>
       <x:c r="FT46" s="4" t="n">
         <x:v>19.4</x:v>
       </x:c>
       <x:c r="FU46" s="4" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="FV46" s="4" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="FW46" s="4" t="n">
         <x:v>25.1</x:v>
       </x:c>
       <x:c r="FX46" s="4" t="n">
         <x:v>11.5</x:v>
       </x:c>
       <x:c r="FY46" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="FZ46" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="GA46" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="GB46" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="GC46" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="GD46" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="GE46" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="GF46" s="4" t="n">
-        <x:v>19.6</x:v>
+        <x:v>19.7</x:v>
       </x:c>
       <x:c r="GG46" s="4" t="n">
         <x:v>18.5</x:v>
       </x:c>
       <x:c r="GH46" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="GI46" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.7</x:v>
+      </x:c>
+      <x:c r="GJ46" s="4" t="n">
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:191">
+    <x:row r="47" spans="1:192">
       <x:c r="A47" s="2" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E47" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
         <x:v>23.9</x:v>
       </x:c>
       <x:c r="G47" s="4" t="n">
         <x:v>12.8</x:v>
       </x:c>
       <x:c r="H47" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="I47" s="4" t="n">
         <x:v>-8</x:v>
       </x:c>
       <x:c r="J47" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="K47" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="L47" s="4" t="n">
         <x:v>11.7</x:v>
       </x:c>
       <x:c r="M47" s="4" t="n">
         <x:v>22.8</x:v>
       </x:c>
@@ -26403,179 +26535,182 @@
       <x:c r="EP47" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="EQ47" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="ER47" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="ES47" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="ET47" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="EU47" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="EV47" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="EW47" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="EX47" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="EY47" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="EZ47" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="FA47" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="FB47" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="FC47" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="FD47" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="FE47" s="4" t="n">
+        <x:v>-2.1</x:v>
+      </x:c>
+      <x:c r="FF47" s="4" t="n">
         <x:v>-1.9</x:v>
       </x:c>
-      <x:c r="FF47" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="FG47" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="FH47" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="FI47" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="FJ47" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="FK47" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="FL47" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="FM47" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="FN47" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="FO47" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="FP47" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="FQ47" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="FR47" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="FS47" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="FT47" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="FU47" s="4" t="n">
-        <x:v>16.1</x:v>
+        <x:v>12.8</x:v>
       </x:c>
       <x:c r="FV47" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="FW47" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="FX47" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="FY47" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="FZ47" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>28.1</x:v>
       </x:c>
       <x:c r="GA47" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>34.6</x:v>
       </x:c>
       <x:c r="GB47" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>32.9</x:v>
       </x:c>
       <x:c r="GC47" s="4" t="n">
+        <x:v>29.2</x:v>
+      </x:c>
+      <x:c r="GD47" s="4" t="n">
+        <x:v>13.3</x:v>
+      </x:c>
+      <x:c r="GE47" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
-      <x:c r="GD47" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="GE47" s="4" t="n">
+      <x:c r="GF47" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="GG47" s="4" t="n">
+        <x:v>-1.1</x:v>
+      </x:c>
+      <x:c r="GH47" s="4" t="n">
+        <x:v>5.2</x:v>
+      </x:c>
+      <x:c r="GI47" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
-      <x:c r="GF47" s="4" t="n">
-[...9 lines deleted...]
-        <x:v>2.5</x:v>
+      <x:c r="GJ47" s="4" t="n">
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:191">
+    <x:row r="48" spans="1:192">
       <x:c r="A48" s="2" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D48" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E48" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="G48" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="H48" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
       <x:c r="I48" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="J48" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="K48" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="L48" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="M48" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
@@ -27050,107 +27185,110 @@
       <x:c r="FN48" s="4" t="n">
         <x:v>10.6</x:v>
       </x:c>
       <x:c r="FO48" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="FP48" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="FQ48" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="FR48" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="FS48" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="FT48" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="FU48" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="FV48" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="FW48" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="FX48" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="FY48" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="FZ48" s="4" t="n">
-        <x:v>19.1</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="GA48" s="4" t="n">
-        <x:v>23.8</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="GB48" s="4" t="n">
-        <x:v>31.2</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="GC48" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="GD48" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="GE48" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="GF48" s="4" t="n">
         <x:v>-3.1</x:v>
       </x:c>
       <x:c r="GG48" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="GH48" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="GI48" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="GJ48" s="4" t="n">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:191">
+    <x:row r="49" spans="1:192">
       <x:c r="A49" s="2" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E49" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="G49" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="H49" s="4" t="n">
         <x:v>-2.3</x:v>
       </x:c>
       <x:c r="I49" s="4" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="J49" s="4" t="n">
         <x:v>10.8</x:v>
       </x:c>
       <x:c r="K49" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="L49" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="M49" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
@@ -27637,95 +27775,98 @@
       <x:c r="FR49" s="4" t="n">
         <x:v>-9.2</x:v>
       </x:c>
       <x:c r="FS49" s="4" t="n">
         <x:v>-1.5</x:v>
       </x:c>
       <x:c r="FT49" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="FU49" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="FV49" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="FW49" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="FX49" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="FY49" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="FZ49" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="GA49" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="GB49" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="GC49" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="GD49" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="GE49" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="GF49" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="GG49" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="GH49" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="GI49" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="GJ49" s="4" t="n">
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:191">
+    <x:row r="50" spans="1:192">
       <x:c r="A50" s="2" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D50" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E50" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
         <x:v>-1.8</x:v>
       </x:c>
       <x:c r="G50" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="H50" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="I50" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="J50" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="K50" s="4" t="n">
         <x:v>10.3</x:v>
       </x:c>
       <x:c r="L50" s="4" t="n">
         <x:v>13.6</x:v>
       </x:c>
       <x:c r="M50" s="4" t="n">
         <x:v>13.3</x:v>
       </x:c>
@@ -28200,107 +28341,110 @@
       <x:c r="FN50" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="FO50" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="FP50" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="FQ50" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="FR50" s="4" t="n">
         <x:v>-3</x:v>
       </x:c>
       <x:c r="FS50" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="FT50" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="FU50" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="FV50" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="FW50" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="FX50" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="FY50" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="FZ50" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="GA50" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="GB50" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
-      <x:c r="FZ50" s="4" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="GC50" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="GD50" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="GE50" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="GF50" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="GG50" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="GH50" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="GI50" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="GJ50" s="4" t="n">
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:191">
+    <x:row r="51" spans="1:192">
       <x:c r="A51" s="2" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E51" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
         <x:v>10.7</x:v>
       </x:c>
       <x:c r="G51" s="4" t="n">
         <x:v>10.6</x:v>
       </x:c>
       <x:c r="H51" s="4" t="n">
         <x:v>10.3</x:v>
       </x:c>
       <x:c r="I51" s="4" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="J51" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
       <x:c r="K51" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
       <x:c r="L51" s="4" t="n">
         <x:v>11.2</x:v>
       </x:c>
       <x:c r="M51" s="4" t="n">
         <x:v>10.8</x:v>
       </x:c>
@@ -28703,312 +28847,315 @@
       <x:c r="EP51" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="EQ51" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="ER51" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="ES51" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="ET51" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="EU51" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="EV51" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="EW51" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="EX51" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
       <x:c r="EY51" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="EZ51" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="FA51" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="FB51" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="FC51" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="FD51" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="FE51" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="FF51" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="FG51" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="FH51" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="FI51" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="FJ51" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="FK51" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="FL51" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="FM51" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="FN51" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>15.4</x:v>
       </x:c>
       <x:c r="FO51" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="FP51" s="4" t="n">
         <x:v>-11.3</x:v>
       </x:c>
       <x:c r="FQ51" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="FR51" s="4" t="n">
-        <x:v>-10.6</x:v>
+        <x:v>-10.2</x:v>
       </x:c>
       <x:c r="FS51" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="FT51" s="4" t="n">
-        <x:v>18</x:v>
+        <x:v>17.8</x:v>
       </x:c>
       <x:c r="FU51" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="FV51" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="FW51" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="FX51" s="4" t="n">
+        <x:v>6.5</x:v>
+      </x:c>
+      <x:c r="FY51" s="4" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="FZ51" s="4" t="n">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="GA51" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="GB51" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="GC51" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="GD51" s="4" t="n">
+        <x:v>6.1</x:v>
+      </x:c>
+      <x:c r="GE51" s="4" t="n">
+        <x:v>6.3</x:v>
+      </x:c>
+      <x:c r="GF51" s="4" t="n">
+        <x:v>6.6</x:v>
+      </x:c>
+      <x:c r="GG51" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
-      <x:c r="FX51" s="4" t="n">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="GH51" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="GI51" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="GJ51" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:191">
+    <x:row r="53" spans="1:192">
       <x:c r="A53" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:191">
+    <x:row r="54" spans="1:192">
       <x:c r="A54" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:191">
+    <x:row r="55" spans="1:192">
       <x:c r="A55" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:191">
+    <x:row r="57" spans="1:192">
       <x:c r="A57" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:191">
+    <x:row r="58" spans="1:192">
       <x:c r="A58" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:191">
+    <x:row r="59" spans="1:192">
       <x:c r="A59" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:192">
+      <x:c r="A61" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:192">
+      <x:c r="A62" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:192">
+      <x:c r="A64" s="0" t="s">
+        <x:v>249</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:192">
+      <x:c r="A65" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:191">
-[...1 lines deleted...]
-        <x:v>246</x:v>
+    <x:row r="66" spans="1:192">
+      <x:c r="A66" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:191">
-[...1 lines deleted...]
-        <x:v>247</x:v>
+    <x:row r="67" spans="1:192">
+      <x:c r="A67" s="0" t="s">
+        <x:v>251</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:191">
-[...1 lines deleted...]
-        <x:v>248</x:v>
+    <x:row r="68" spans="1:192">
+      <x:c r="A68" s="0" t="s">
+        <x:v>252</x:v>
       </x:c>
     </x:row>
-    <x:row r="65" spans="1:191">
-[...1 lines deleted...]
-        <x:v>244</x:v>
+    <x:row r="70" spans="1:192">
+      <x:c r="A70" s="0" t="s">
+        <x:v>253</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:191">
-[...1 lines deleted...]
-        <x:v>249</x:v>
+    <x:row r="71" spans="1:192">
+      <x:c r="A71" s="0" t="s">
+        <x:v>254</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:191">
-[...1 lines deleted...]
-        <x:v>250</x:v>
+    <x:row r="72" spans="1:192">
+      <x:c r="A72" s="0" t="s">
+        <x:v>255</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:191">
-[...1 lines deleted...]
-        <x:v>251</x:v>
+    <x:row r="77" spans="1:192">
+      <x:c r="A77" s="0" t="s">
+        <x:v>256</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:191">
-[...1 lines deleted...]
-        <x:v>252</x:v>
+    <x:row r="78" spans="1:192">
+      <x:c r="A78" s="0" t="s">
+        <x:v>245</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:191">
-[...1 lines deleted...]
-        <x:v>253</x:v>
+    <x:row r="79" spans="1:192">
+      <x:c r="A79" s="0" t="s">
+        <x:v>257</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:191">
-[...1 lines deleted...]
-        <x:v>254</x:v>
+    <x:row r="80" spans="1:192">
+      <x:c r="A80" s="0" t="s">
+        <x:v>258</x:v>
       </x:c>
     </x:row>
-    <x:row r="77" spans="1:191">
-[...1 lines deleted...]
-        <x:v>255</x:v>
+    <x:row r="81" spans="1:192">
+      <x:c r="A81" s="0" t="s">
+        <x:v>245</x:v>
       </x:c>
     </x:row>
-    <x:row r="78" spans="1:191">
-[...1 lines deleted...]
-        <x:v>244</x:v>
+    <x:row r="82" spans="1:192">
+      <x:c r="A82" s="0" t="s">
+        <x:v>259</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:191">
-[...1 lines deleted...]
-        <x:v>256</x:v>
+    <x:row r="84" spans="1:192">
+      <x:c r="A84" s="0" t="s">
+        <x:v>260</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:191">
-[...19 lines deleted...]
-    <x:row r="85" spans="1:191">
+    <x:row r="85" spans="1:192">
       <x:c r="A85" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:191">
+    <x:row r="86" spans="1:192">
       <x:c r="A86" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
-    <x:row r="92" spans="1:191">
+    <x:row r="92" spans="1:192">
       <x:c r="A92" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
-    <x:row r="94" spans="1:191">
+    <x:row r="94" spans="1:192">
       <x:c r="A94" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
-    <x:row r="95" spans="1:191">
+    <x:row r="95" spans="1:192">
       <x:c r="A95" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
-    <x:row r="97" spans="1:191">
+    <x:row r="97" spans="1:192">
       <x:c r="A97" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
-    <x:row r="98" spans="1:191">
+    <x:row r="98" spans="1:192">
       <x:c r="A98" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Priseendring</vt:lpstr>
       <vt:lpstr>Priseendring!Print_Area</vt:lpstr>
       <vt:lpstr>Priseendring!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>