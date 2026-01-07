--- v1 (2025-12-15)
+++ v2 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13a6720a2fac4f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4916983f989b4ae4b008587bd7875e0d.psmdcp" Id="R352711c0ea1e4136" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12b591d30a6e46cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0df599857e3b41f98d896d79f670720a.psmdcp" Id="Rab79e96ccd6c4345" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Priseendring" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="267" uniqueCount="267">
   <x:si>
     <x:t>09178: Import, etter produkt, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Prisendring fra samme periode året før (prosent)</x:t>
   </x:si>
   <x:si>