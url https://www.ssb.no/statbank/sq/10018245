--- v0 (2025-10-31)
+++ v1 (2025-11-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45f121be3f7f4e11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2f2a07ee7e704564b994bc2af7021b40.psmdcp" Id="R6dd931809bec4e9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R832f875c92434d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9f9e007b42ac45d2a513cc4745e1400e.psmdcp" Id="R02154559a53c42f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lpriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="129">
   <x:si>
     <x:t>07336: Eksport, etter produkt, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Løpende priser (mill. kr)</x:t>
   </x:si>
   <x:si>