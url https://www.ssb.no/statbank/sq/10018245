--- v1 (2025-11-20)
+++ v2 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R832f875c92434d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9f9e007b42ac45d2a513cc4745e1400e.psmdcp" Id="R02154559a53c42f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d8eccf28e3b41ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/726e1c66ba6f466ca19e8435cdbed388.psmdcp" Id="Rcfe3e1d1cb5742b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lpriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="129">
   <x:si>
     <x:t>07336: Eksport, etter produkt, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Løpende priser (mill. kr)</x:t>
   </x:si>
   <x:si>
@@ -325,60 +325,60 @@
   <x:si>
     <x:t>¬¬¬ Bygg og anlegg, reparasjon og installasjon</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Gjenvinning og søppelhåndtering</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Varehandel, hotell og restaurant</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Forlagsvirksomhet, film, musikk og kringkasting</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Teletjenester</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Informasjonstjenester</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Offentlige og private tjenester ellers</x:t>
   </x:si>
   <x:si>
     <x:t>De enkelte tallene i faste priser summerer seg ikke opp til del- og totalsummene på grunn av kjedingsavvik.</x:t>
   </x:si>
   <x:si>
-    <x:t>Tall fra og med 2022 er foreløpige.</x:t>
+    <x:t>Tallene etter år 2023 (basisåret) er foreløpige.</x:t>
   </x:si>
   <x:si>
     <x:t>Sist endret:</x:t>
   </x:si>
   <x:si>
     <x:t>Løpende priser (mill. kr):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250515 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kilde:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t>Kontakt:</x:t>
   </x:si>
   <x:si>
     <x:t>Arne Eidshagen, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 93 23 58 78</x:t>
   </x:si>
   <x:si>
     <x:t>new@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Øyvind Woxmyhr Bersaas, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 93 87 28 36</x:t>
   </x:si>
@@ -1088,102 +1088,102 @@
       <x:c r="AE5" s="3" t="n">
         <x:v>486152</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
         <x:v>688357</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
         <x:v>704786</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
         <x:v>632992</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
         <x:v>644316</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
         <x:v>735100</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
         <x:v>867554</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
         <x:v>990898</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>1013873</x:v>
+        <x:v>1015854</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>1211901</x:v>
+        <x:v>1215864</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>971253</x:v>
+        <x:v>976538</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>1046057</x:v>
+        <x:v>1052663</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>1170652</x:v>
+        <x:v>1178578</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>1231627</x:v>
+        <x:v>1240874</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>1231848</x:v>
+        <x:v>1242417</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>1256100</x:v>
+        <x:v>1267988</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>1207474</x:v>
+        <x:v>1220682</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>1119846</x:v>
+        <x:v>1129406</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>1220651</x:v>
+        <x:v>1230227</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>1367006</x:v>
+        <x:v>1379026</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>1317951</x:v>
+        <x:v>1332623</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>1114985</x:v>
+        <x:v>1128226</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>1860860</x:v>
+        <x:v>1872153</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>3181752</x:v>
+        <x:v>3179965</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>2444264</x:v>
+        <x:v>2461728</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>2467957</x:v>
+        <x:v>2475143</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:56">
       <x:c r="A6" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>16097</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>16667</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>20222</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>25601</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
         <x:v>32854</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
         <x:v>36193</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
@@ -1303,57 +1303,57 @@
       <x:c r="AT6" s="3" t="n">
         <x:v>935182</x:v>
       </x:c>
       <x:c r="AU6" s="3" t="n">
         <x:v>860771</x:v>
       </x:c>
       <x:c r="AV6" s="3" t="n">
         <x:v>765980</x:v>
       </x:c>
       <x:c r="AW6" s="3" t="n">
         <x:v>878235</x:v>
       </x:c>
       <x:c r="AX6" s="3" t="n">
         <x:v>1013871</x:v>
       </x:c>
       <x:c r="AY6" s="3" t="n">
         <x:v>930050</x:v>
       </x:c>
       <x:c r="AZ6" s="3" t="n">
         <x:v>789250</x:v>
       </x:c>
       <x:c r="BA6" s="3" t="n">
         <x:v>1494638</x:v>
       </x:c>
       <x:c r="BB6" s="3" t="n">
-        <x:v>2659783</x:v>
+        <x:v>2659749</x:v>
       </x:c>
       <x:c r="BC6" s="3" t="n">
-        <x:v>1875354</x:v>
+        <x:v>1893580</x:v>
       </x:c>
       <x:c r="BD6" s="3" t="n">
-        <x:v>1850412</x:v>
+        <x:v>1853109</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:56">
       <x:c r="A7" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>366</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>553</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
         <x:v>1221</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
         <x:v>4022</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
@@ -1476,54 +1476,54 @@
       <x:c r="AU7" s="3" t="n">
         <x:v>460291</x:v>
       </x:c>
       <x:c r="AV7" s="3" t="n">
         <x:v>387850</x:v>
       </x:c>
       <x:c r="AW7" s="3" t="n">
         <x:v>479187</x:v>
       </x:c>
       <x:c r="AX7" s="3" t="n">
         <x:v>593230</x:v>
       </x:c>
       <x:c r="AY7" s="3" t="n">
         <x:v>488128</x:v>
       </x:c>
       <x:c r="AZ7" s="3" t="n">
         <x:v>369020</x:v>
       </x:c>
       <x:c r="BA7" s="3" t="n">
         <x:v>981348</x:v>
       </x:c>
       <x:c r="BB7" s="3" t="n">
         <x:v>2015909</x:v>
       </x:c>
       <x:c r="BC7" s="3" t="n">
-        <x:v>1201777</x:v>
+        <x:v>1225902</x:v>
       </x:c>
       <x:c r="BD7" s="3" t="n">
-        <x:v>1169313</x:v>
+        <x:v>1169314</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:56">
       <x:c r="A8" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>2360</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>2075</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>3781</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>5562</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
         <x:v>6506</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
         <x:v>7924</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
@@ -1643,57 +1643,57 @@
       <x:c r="AT8" s="3" t="n">
         <x:v>10133</x:v>
       </x:c>
       <x:c r="AU8" s="3" t="n">
         <x:v>11700</x:v>
       </x:c>
       <x:c r="AV8" s="3" t="n">
         <x:v>17449</x:v>
       </x:c>
       <x:c r="AW8" s="3" t="n">
         <x:v>18019</x:v>
       </x:c>
       <x:c r="AX8" s="3" t="n">
         <x:v>12346</x:v>
       </x:c>
       <x:c r="AY8" s="3" t="n">
         <x:v>12644</x:v>
       </x:c>
       <x:c r="AZ8" s="3" t="n">
         <x:v>9605</x:v>
       </x:c>
       <x:c r="BA8" s="3" t="n">
         <x:v>20085</x:v>
       </x:c>
       <x:c r="BB8" s="3" t="n">
-        <x:v>12004</x:v>
+        <x:v>11970</x:v>
       </x:c>
       <x:c r="BC8" s="3" t="n">
-        <x:v>8281</x:v>
+        <x:v>9090</x:v>
       </x:c>
       <x:c r="BD8" s="3" t="n">
-        <x:v>11909</x:v>
+        <x:v>12115</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:56">
       <x:c r="A9" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>13574</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>14473</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>16075</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>19486</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>25127</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>24247</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
@@ -1816,54 +1816,54 @@
       <x:c r="AU9" s="3" t="n">
         <x:v>388780</x:v>
       </x:c>
       <x:c r="AV9" s="3" t="n">
         <x:v>360681</x:v>
       </x:c>
       <x:c r="AW9" s="3" t="n">
         <x:v>381029</x:v>
       </x:c>
       <x:c r="AX9" s="3" t="n">
         <x:v>408295</x:v>
       </x:c>
       <x:c r="AY9" s="3" t="n">
         <x:v>429278</x:v>
       </x:c>
       <x:c r="AZ9" s="3" t="n">
         <x:v>410625</x:v>
       </x:c>
       <x:c r="BA9" s="3" t="n">
         <x:v>493205</x:v>
       </x:c>
       <x:c r="BB9" s="3" t="n">
         <x:v>631870</x:v>
       </x:c>
       <x:c r="BC9" s="3" t="n">
-        <x:v>665296</x:v>
+        <x:v>658588</x:v>
       </x:c>
       <x:c r="BD9" s="3" t="n">
-        <x:v>669190</x:v>
+        <x:v>671680</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:56">
       <x:c r="A10" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>292</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>304</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>327</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>372</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>347</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
@@ -1986,54 +1986,54 @@
       <x:c r="AU10" s="3" t="n">
         <x:v>44598</x:v>
       </x:c>
       <x:c r="AV10" s="3" t="n">
         <x:v>57285</x:v>
       </x:c>
       <x:c r="AW10" s="3" t="n">
         <x:v>58567</x:v>
       </x:c>
       <x:c r="AX10" s="3" t="n">
         <x:v>63083</x:v>
       </x:c>
       <x:c r="AY10" s="3" t="n">
         <x:v>66000</x:v>
       </x:c>
       <x:c r="AZ10" s="3" t="n">
         <x:v>62346</x:v>
       </x:c>
       <x:c r="BA10" s="3" t="n">
         <x:v>71529</x:v>
       </x:c>
       <x:c r="BB10" s="3" t="n">
         <x:v>89979</x:v>
       </x:c>
       <x:c r="BC10" s="3" t="n">
-        <x:v>104384</x:v>
+        <x:v>104296</x:v>
       </x:c>
       <x:c r="BD10" s="3" t="n">
-        <x:v>101590</x:v>
+        <x:v>101598</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:56">
       <x:c r="A11" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>585</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>612</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>709</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>784</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>934</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
@@ -2156,51 +2156,51 @@
       <x:c r="AU11" s="3" t="n">
         <x:v>6357</x:v>
       </x:c>
       <x:c r="AV11" s="3" t="n">
         <x:v>5261</x:v>
       </x:c>
       <x:c r="AW11" s="3" t="n">
         <x:v>5046</x:v>
       </x:c>
       <x:c r="AX11" s="3" t="n">
         <x:v>5361</x:v>
       </x:c>
       <x:c r="AY11" s="3" t="n">
         <x:v>5850</x:v>
       </x:c>
       <x:c r="AZ11" s="3" t="n">
         <x:v>6251</x:v>
       </x:c>
       <x:c r="BA11" s="3" t="n">
         <x:v>7106</x:v>
       </x:c>
       <x:c r="BB11" s="3" t="n">
         <x:v>7733</x:v>
       </x:c>
       <x:c r="BC11" s="3" t="n">
-        <x:v>9302</x:v>
+        <x:v>9412</x:v>
       </x:c>
       <x:c r="BD11" s="3" t="n">
         <x:v>9068</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:56">
       <x:c r="A12" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>12647</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>13514</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>15047</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>18300</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>23637</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
@@ -2326,54 +2326,54 @@
       <x:c r="AU12" s="3" t="n">
         <x:v>333728</x:v>
       </x:c>
       <x:c r="AV12" s="3" t="n">
         <x:v>292686</x:v>
       </x:c>
       <x:c r="AW12" s="3" t="n">
         <x:v>311607</x:v>
       </x:c>
       <x:c r="AX12" s="3" t="n">
         <x:v>331971</x:v>
       </x:c>
       <x:c r="AY12" s="3" t="n">
         <x:v>352798</x:v>
       </x:c>
       <x:c r="AZ12" s="3" t="n">
         <x:v>339135</x:v>
       </x:c>
       <x:c r="BA12" s="3" t="n">
         <x:v>394353</x:v>
       </x:c>
       <x:c r="BB12" s="3" t="n">
         <x:v>489391</x:v>
       </x:c>
       <x:c r="BC12" s="3" t="n">
-        <x:v>524274</x:v>
+        <x:v>517544</x:v>
       </x:c>
       <x:c r="BD12" s="3" t="n">
-        <x:v>538248</x:v>
+        <x:v>540730</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:56">
       <x:c r="A13" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>2310</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>2685</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>2995</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>3769</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>3929</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>3444</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
@@ -2496,54 +2496,54 @@
       <x:c r="AU13" s="3" t="n">
         <x:v>39580</x:v>
       </x:c>
       <x:c r="AV13" s="3" t="n">
         <x:v>44697</x:v>
       </x:c>
       <x:c r="AW13" s="3" t="n">
         <x:v>46607</x:v>
       </x:c>
       <x:c r="AX13" s="3" t="n">
         <x:v>47628</x:v>
       </x:c>
       <x:c r="AY13" s="3" t="n">
         <x:v>54017</x:v>
       </x:c>
       <x:c r="AZ13" s="3" t="n">
         <x:v>56307</x:v>
       </x:c>
       <x:c r="BA13" s="3" t="n">
         <x:v>64269</x:v>
       </x:c>
       <x:c r="BB13" s="3" t="n">
         <x:v>77609</x:v>
       </x:c>
       <x:c r="BC13" s="3" t="n">
-        <x:v>85257</x:v>
+        <x:v>85201</x:v>
       </x:c>
       <x:c r="BD13" s="3" t="n">
-        <x:v>92086</x:v>
+        <x:v>92187</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:56">
       <x:c r="A14" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>465</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
         <x:v>531</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
         <x:v>623</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
         <x:v>711</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
         <x:v>675</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
@@ -2666,54 +2666,54 @@
       <x:c r="AU14" s="3" t="n">
         <x:v>3004</x:v>
       </x:c>
       <x:c r="AV14" s="3" t="n">
         <x:v>3210</x:v>
       </x:c>
       <x:c r="AW14" s="3" t="n">
         <x:v>3484</x:v>
       </x:c>
       <x:c r="AX14" s="3" t="n">
         <x:v>3569</x:v>
       </x:c>
       <x:c r="AY14" s="3" t="n">
         <x:v>4866</x:v>
       </x:c>
       <x:c r="AZ14" s="3" t="n">
         <x:v>4915</x:v>
       </x:c>
       <x:c r="BA14" s="3" t="n">
         <x:v>5730</x:v>
       </x:c>
       <x:c r="BB14" s="3" t="n">
         <x:v>6438</x:v>
       </x:c>
       <x:c r="BC14" s="3" t="n">
-        <x:v>7876</x:v>
+        <x:v>7929</x:v>
       </x:c>
       <x:c r="BD14" s="3" t="n">
-        <x:v>7904</x:v>
+        <x:v>7920</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:56">
       <x:c r="A15" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>182</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
         <x:v>273</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>577</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
         <x:v>604</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
@@ -2836,51 +2836,51 @@
       <x:c r="AU15" s="3" t="n">
         <x:v>2723</x:v>
       </x:c>
       <x:c r="AV15" s="3" t="n">
         <x:v>2967</x:v>
       </x:c>
       <x:c r="AW15" s="3" t="n">
         <x:v>3238</x:v>
       </x:c>
       <x:c r="AX15" s="3" t="n">
         <x:v>3521</x:v>
       </x:c>
       <x:c r="AY15" s="3" t="n">
         <x:v>3442</x:v>
       </x:c>
       <x:c r="AZ15" s="3" t="n">
         <x:v>4116</x:v>
       </x:c>
       <x:c r="BA15" s="3" t="n">
         <x:v>4886</x:v>
       </x:c>
       <x:c r="BB15" s="3" t="n">
         <x:v>5620</x:v>
       </x:c>
       <x:c r="BC15" s="3" t="n">
-        <x:v>5430</x:v>
+        <x:v>5425</x:v>
       </x:c>
       <x:c r="BD15" s="3" t="n">
         <x:v>6210</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:56">
       <x:c r="A16" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>2048</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>1892</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>1896</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>2266</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
         <x:v>3525</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
@@ -3006,54 +3006,54 @@
       <x:c r="AU16" s="3" t="n">
         <x:v>10433</x:v>
       </x:c>
       <x:c r="AV16" s="3" t="n">
         <x:v>11099</x:v>
       </x:c>
       <x:c r="AW16" s="3" t="n">
         <x:v>11328</x:v>
       </x:c>
       <x:c r="AX16" s="3" t="n">
         <x:v>12470</x:v>
       </x:c>
       <x:c r="AY16" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="AZ16" s="3" t="n">
         <x:v>13077</x:v>
       </x:c>
       <x:c r="BA16" s="3" t="n">
         <x:v>13477</x:v>
       </x:c>
       <x:c r="BB16" s="3" t="n">
         <x:v>17000</x:v>
       </x:c>
       <x:c r="BC16" s="3" t="n">
-        <x:v>17143</x:v>
+        <x:v>17159</x:v>
       </x:c>
       <x:c r="BD16" s="3" t="n">
-        <x:v>18421</x:v>
+        <x:v>18422</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:56">
       <x:c r="A17" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
@@ -3176,51 +3176,51 @@
       <x:c r="AU17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="AV17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AW17" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="AX17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AY17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AZ17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="BA17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="BB17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="BC17" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="BD17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:56">
       <x:c r="A18" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
         <x:v>296</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
         <x:v>292</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
         <x:v>308</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
         <x:v>757</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
@@ -3346,54 +3346,54 @@
       <x:c r="AU18" s="3" t="n">
         <x:v>32327</x:v>
       </x:c>
       <x:c r="AV18" s="3" t="n">
         <x:v>19061</x:v>
       </x:c>
       <x:c r="AW18" s="3" t="n">
         <x:v>34386</x:v>
       </x:c>
       <x:c r="AX18" s="3" t="n">
         <x:v>44057</x:v>
       </x:c>
       <x:c r="AY18" s="3" t="n">
         <x:v>43715</x:v>
       </x:c>
       <x:c r="AZ18" s="3" t="n">
         <x:v>27209</x:v>
       </x:c>
       <x:c r="BA18" s="3" t="n">
         <x:v>43161</x:v>
       </x:c>
       <x:c r="BB18" s="3" t="n">
         <x:v>59307</x:v>
       </x:c>
       <x:c r="BC18" s="3" t="n">
-        <x:v>59026</x:v>
+        <x:v>58651</x:v>
       </x:c>
       <x:c r="BD18" s="3" t="n">
-        <x:v>47728</x:v>
+        <x:v>47777</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:56">
       <x:c r="A19" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>1683</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>1819</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
         <x:v>1983</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
         <x:v>2348</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
         <x:v>3294</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
         <x:v>3157</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
@@ -3516,54 +3516,54 @@
       <x:c r="AU19" s="3" t="n">
         <x:v>55330</x:v>
       </x:c>
       <x:c r="AV19" s="3" t="n">
         <x:v>51823</x:v>
       </x:c>
       <x:c r="AW19" s="3" t="n">
         <x:v>54957</x:v>
       </x:c>
       <x:c r="AX19" s="3" t="n">
         <x:v>54396</x:v>
       </x:c>
       <x:c r="AY19" s="3" t="n">
         <x:v>55707</x:v>
       </x:c>
       <x:c r="AZ19" s="3" t="n">
         <x:v>58222</x:v>
       </x:c>
       <x:c r="BA19" s="3" t="n">
         <x:v>68145</x:v>
       </x:c>
       <x:c r="BB19" s="3" t="n">
         <x:v>89398</x:v>
       </x:c>
       <x:c r="BC19" s="3" t="n">
-        <x:v>86719</x:v>
+        <x:v>87226</x:v>
       </x:c>
       <x:c r="BD19" s="3" t="n">
-        <x:v>86177</x:v>
+        <x:v>86274</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:56">
       <x:c r="A20" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>3765</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
         <x:v>3705</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
         <x:v>4138</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
         <x:v>4875</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
         <x:v>6348</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
         <x:v>6074</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
@@ -3686,54 +3686,54 @@
       <x:c r="AU20" s="3" t="n">
         <x:v>59853</x:v>
       </x:c>
       <x:c r="AV20" s="3" t="n">
         <x:v>55215</x:v>
       </x:c>
       <x:c r="AW20" s="3" t="n">
         <x:v>64195</x:v>
       </x:c>
       <x:c r="AX20" s="3" t="n">
         <x:v>67272</x:v>
       </x:c>
       <x:c r="AY20" s="3" t="n">
         <x:v>62283</x:v>
       </x:c>
       <x:c r="AZ20" s="3" t="n">
         <x:v>62457</x:v>
       </x:c>
       <x:c r="BA20" s="3" t="n">
         <x:v>79351</x:v>
       </x:c>
       <x:c r="BB20" s="3" t="n">
         <x:v>103920</x:v>
       </x:c>
       <x:c r="BC20" s="3" t="n">
-        <x:v>94838</x:v>
+        <x:v>93501</x:v>
       </x:c>
       <x:c r="BD20" s="3" t="n">
-        <x:v>101721</x:v>
+        <x:v>102300</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:56">
       <x:c r="A21" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>1792</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>2158</x:v>
       </x:c>
       <x:c r="D21" s="3" t="n">
         <x:v>2554</x:v>
       </x:c>
       <x:c r="E21" s="3" t="n">
         <x:v>3030</x:v>
       </x:c>
       <x:c r="F21" s="3" t="n">
         <x:v>3922</x:v>
       </x:c>
       <x:c r="G21" s="3" t="n">
         <x:v>4616</x:v>
       </x:c>
       <x:c r="H21" s="3" t="n">
@@ -3856,54 +3856,54 @@
       <x:c r="AU21" s="3" t="n">
         <x:v>123507</x:v>
       </x:c>
       <x:c r="AV21" s="3" t="n">
         <x:v>97669</x:v>
       </x:c>
       <x:c r="AW21" s="3" t="n">
         <x:v>86643</x:v>
       </x:c>
       <x:c r="AX21" s="3" t="n">
         <x:v>92554</x:v>
       </x:c>
       <x:c r="AY21" s="3" t="n">
         <x:v>108560</x:v>
       </x:c>
       <x:c r="AZ21" s="3" t="n">
         <x:v>105009</x:v>
       </x:c>
       <x:c r="BA21" s="3" t="n">
         <x:v>105912</x:v>
       </x:c>
       <x:c r="BB21" s="3" t="n">
         <x:v>118984</x:v>
       </x:c>
       <x:c r="BC21" s="3" t="n">
-        <x:v>154922</x:v>
+        <x:v>146712</x:v>
       </x:c>
       <x:c r="BD21" s="3" t="n">
-        <x:v>168327</x:v>
+        <x:v>169330</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:56">
       <x:c r="A22" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
         <x:v>311</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
         <x:v>383</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
         <x:v>503</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
         <x:v>546</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H22" s="3" t="n">
@@ -4026,54 +4026,54 @@
       <x:c r="AU22" s="3" t="n">
         <x:v>6575</x:v>
       </x:c>
       <x:c r="AV22" s="3" t="n">
         <x:v>6470</x:v>
       </x:c>
       <x:c r="AW22" s="3" t="n">
         <x:v>6293</x:v>
       </x:c>
       <x:c r="AX22" s="3" t="n">
         <x:v>6167</x:v>
       </x:c>
       <x:c r="AY22" s="3" t="n">
         <x:v>6799</x:v>
       </x:c>
       <x:c r="AZ22" s="3" t="n">
         <x:v>7317</x:v>
       </x:c>
       <x:c r="BA22" s="3" t="n">
         <x:v>8719</x:v>
       </x:c>
       <x:c r="BB22" s="3" t="n">
         <x:v>9520</x:v>
       </x:c>
       <x:c r="BC22" s="3" t="n">
-        <x:v>7801</x:v>
+        <x:v>10476</x:v>
       </x:c>
       <x:c r="BD22" s="3" t="n">
-        <x:v>7465</x:v>
+        <x:v>8101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:56">
       <x:c r="A23" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H23" s="3" t="n">
@@ -4196,51 +4196,51 @@
       <x:c r="AU23" s="3" t="n">
         <x:v>395</x:v>
       </x:c>
       <x:c r="AV23" s="3" t="n">
         <x:v>475</x:v>
       </x:c>
       <x:c r="AW23" s="3" t="n">
         <x:v>472</x:v>
       </x:c>
       <x:c r="AX23" s="3" t="n">
         <x:v>337</x:v>
       </x:c>
       <x:c r="AY23" s="3" t="n">
         <x:v>379</x:v>
       </x:c>
       <x:c r="AZ23" s="3" t="n">
         <x:v>505</x:v>
       </x:c>
       <x:c r="BA23" s="3" t="n">
         <x:v>702</x:v>
       </x:c>
       <x:c r="BB23" s="3" t="n">
         <x:v>1595</x:v>
       </x:c>
       <x:c r="BC23" s="3" t="n">
-        <x:v>5262</x:v>
+        <x:v>5261</x:v>
       </x:c>
       <x:c r="BD23" s="3" t="n">
         <x:v>2209</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:56">
       <x:c r="A24" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E24" s="3" t="n">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F24" s="3" t="n">
         <x:v>334</x:v>
       </x:c>
       <x:c r="G24" s="3" t="n">
@@ -4536,54 +4536,54 @@
       <x:c r="AU25" s="3" t="n">
         <x:v>356453</x:v>
       </x:c>
       <x:c r="AV25" s="3" t="n">
         <x:v>341620</x:v>
       </x:c>
       <x:c r="AW25" s="3" t="n">
         <x:v>346643</x:v>
       </x:c>
       <x:c r="AX25" s="3" t="n">
         <x:v>364238</x:v>
       </x:c>
       <x:c r="AY25" s="3" t="n">
         <x:v>385563</x:v>
       </x:c>
       <x:c r="AZ25" s="3" t="n">
         <x:v>383416</x:v>
       </x:c>
       <x:c r="BA25" s="3" t="n">
         <x:v>450044</x:v>
       </x:c>
       <x:c r="BB25" s="3" t="n">
         <x:v>572563</x:v>
       </x:c>
       <x:c r="BC25" s="3" t="n">
-        <x:v>606270</x:v>
+        <x:v>599937</x:v>
       </x:c>
       <x:c r="BD25" s="3" t="n">
-        <x:v>621462</x:v>
+        <x:v>623903</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:56">
       <x:c r="A26" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>16094</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
         <x:v>17888</x:v>
       </x:c>
       <x:c r="D26" s="3" t="n">
         <x:v>18501</x:v>
       </x:c>
       <x:c r="E26" s="3" t="n">
         <x:v>21619</x:v>
       </x:c>
       <x:c r="F26" s="3" t="n">
         <x:v>25363</x:v>
       </x:c>
       <x:c r="G26" s="3" t="n">
         <x:v>24371</x:v>
       </x:c>
       <x:c r="H26" s="3" t="n">
@@ -4658,102 +4658,102 @@
       <x:c r="AE26" s="3" t="n">
         <x:v>131955</x:v>
       </x:c>
       <x:c r="AF26" s="3" t="n">
         <x:v>160951</x:v>
       </x:c>
       <x:c r="AG26" s="3" t="n">
         <x:v>173273</x:v>
       </x:c>
       <x:c r="AH26" s="3" t="n">
         <x:v>163135</x:v>
       </x:c>
       <x:c r="AI26" s="3" t="n">
         <x:v>162036</x:v>
       </x:c>
       <x:c r="AJ26" s="3" t="n">
         <x:v>179349</x:v>
       </x:c>
       <x:c r="AK26" s="3" t="n">
         <x:v>199078</x:v>
       </x:c>
       <x:c r="AL26" s="3" t="n">
         <x:v>212149</x:v>
       </x:c>
       <x:c r="AM26" s="3" t="n">
-        <x:v>227848</x:v>
+        <x:v>229829</x:v>
       </x:c>
       <x:c r="AN26" s="3" t="n">
-        <x:v>244327</x:v>
+        <x:v>248290</x:v>
       </x:c>
       <x:c r="AO26" s="3" t="n">
-        <x:v>225769</x:v>
+        <x:v>231054</x:v>
       </x:c>
       <x:c r="AP26" s="3" t="n">
-        <x:v>254134</x:v>
+        <x:v>260740</x:v>
       </x:c>
       <x:c r="AQ26" s="3" t="n">
-        <x:v>257625</x:v>
+        <x:v>265551</x:v>
       </x:c>
       <x:c r="AR26" s="3" t="n">
-        <x:v>280220</x:v>
+        <x:v>289467</x:v>
       </x:c>
       <x:c r="AS26" s="3" t="n">
-        <x:v>292704</x:v>
+        <x:v>303273</x:v>
       </x:c>
       <x:c r="AT26" s="3" t="n">
-        <x:v>320918</x:v>
+        <x:v>332806</x:v>
       </x:c>
       <x:c r="AU26" s="3" t="n">
-        <x:v>346703</x:v>
+        <x:v>359911</x:v>
       </x:c>
       <x:c r="AV26" s="3" t="n">
-        <x:v>353866</x:v>
+        <x:v>363426</x:v>
       </x:c>
       <x:c r="AW26" s="3" t="n">
-        <x:v>342416</x:v>
+        <x:v>351992</x:v>
       </x:c>
       <x:c r="AX26" s="3" t="n">
-        <x:v>353135</x:v>
+        <x:v>365155</x:v>
       </x:c>
       <x:c r="AY26" s="3" t="n">
-        <x:v>387901</x:v>
+        <x:v>402573</x:v>
       </x:c>
       <x:c r="AZ26" s="3" t="n">
-        <x:v>325735</x:v>
+        <x:v>338976</x:v>
       </x:c>
       <x:c r="BA26" s="3" t="n">
-        <x:v>366222</x:v>
+        <x:v>377515</x:v>
       </x:c>
       <x:c r="BB26" s="3" t="n">
-        <x:v>521969</x:v>
+        <x:v>520216</x:v>
       </x:c>
       <x:c r="BC26" s="3" t="n">
-        <x:v>568910</x:v>
+        <x:v>568148</x:v>
       </x:c>
       <x:c r="BD26" s="3" t="n">
-        <x:v>617545</x:v>
+        <x:v>622034</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:56">
       <x:c r="A27" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>12408</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>13892</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
         <x:v>14071</x:v>
       </x:c>
       <x:c r="E27" s="3" t="n">
         <x:v>16515</x:v>
       </x:c>
       <x:c r="F27" s="3" t="n">
         <x:v>18968</x:v>
       </x:c>
       <x:c r="G27" s="3" t="n">
         <x:v>16444</x:v>
       </x:c>
       <x:c r="H27" s="3" t="n">
@@ -4873,57 +4873,57 @@
       <x:c r="AT27" s="3" t="n">
         <x:v>80821</x:v>
       </x:c>
       <x:c r="AU27" s="3" t="n">
         <x:v>82996</x:v>
       </x:c>
       <x:c r="AV27" s="3" t="n">
         <x:v>88873</x:v>
       </x:c>
       <x:c r="AW27" s="3" t="n">
         <x:v>89566</x:v>
       </x:c>
       <x:c r="AX27" s="3" t="n">
         <x:v>99259</x:v>
       </x:c>
       <x:c r="AY27" s="3" t="n">
         <x:v>109129</x:v>
       </x:c>
       <x:c r="AZ27" s="3" t="n">
         <x:v>92007</x:v>
       </x:c>
       <x:c r="BA27" s="3" t="n">
         <x:v>117737</x:v>
       </x:c>
       <x:c r="BB27" s="3" t="n">
-        <x:v>178134</x:v>
+        <x:v>153128</x:v>
       </x:c>
       <x:c r="BC27" s="3" t="n">
-        <x:v>163071</x:v>
+        <x:v>145764</x:v>
       </x:c>
       <x:c r="BD27" s="3" t="n">
-        <x:v>164438</x:v>
+        <x:v>168488</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:56">
       <x:c r="A28" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H28" s="3" t="n">
@@ -5213,57 +5213,57 @@
       <x:c r="AT29" s="3" t="n">
         <x:v>27125</x:v>
       </x:c>
       <x:c r="AU29" s="3" t="n">
         <x:v>27469</x:v>
       </x:c>
       <x:c r="AV29" s="3" t="n">
         <x:v>31753</x:v>
       </x:c>
       <x:c r="AW29" s="3" t="n">
         <x:v>19256</x:v>
       </x:c>
       <x:c r="AX29" s="3" t="n">
         <x:v>18622</x:v>
       </x:c>
       <x:c r="AY29" s="3" t="n">
         <x:v>20118</x:v>
       </x:c>
       <x:c r="AZ29" s="3" t="n">
         <x:v>20785</x:v>
       </x:c>
       <x:c r="BA29" s="3" t="n">
         <x:v>22912</x:v>
       </x:c>
       <x:c r="BB29" s="3" t="n">
-        <x:v>30677</x:v>
+        <x:v>28595</x:v>
       </x:c>
       <x:c r="BC29" s="3" t="n">
-        <x:v>32471</x:v>
+        <x:v>32502</x:v>
       </x:c>
       <x:c r="BD29" s="3" t="n">
-        <x:v>35831</x:v>
+        <x:v>35913</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:56">
       <x:c r="A30" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G30" s="3" t="n">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H30" s="3" t="n">
@@ -5386,51 +5386,51 @@
       <x:c r="AU30" s="3" t="n">
         <x:v>12079</x:v>
       </x:c>
       <x:c r="AV30" s="3" t="n">
         <x:v>12808</x:v>
       </x:c>
       <x:c r="AW30" s="3" t="n">
         <x:v>12808</x:v>
       </x:c>
       <x:c r="AX30" s="3" t="n">
         <x:v>12630</x:v>
       </x:c>
       <x:c r="AY30" s="3" t="n">
         <x:v>12790</x:v>
       </x:c>
       <x:c r="AZ30" s="3" t="n">
         <x:v>13121</x:v>
       </x:c>
       <x:c r="BA30" s="3" t="n">
         <x:v>11958</x:v>
       </x:c>
       <x:c r="BB30" s="3" t="n">
         <x:v>12653</x:v>
       </x:c>
       <x:c r="BC30" s="3" t="n">
-        <x:v>10038</x:v>
+        <x:v>9931</x:v>
       </x:c>
       <x:c r="BD30" s="3" t="n">
         <x:v>11220</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:56">
       <x:c r="A31" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>1237</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>1333</x:v>
       </x:c>
       <x:c r="D31" s="3" t="n">
         <x:v>1465</x:v>
       </x:c>
       <x:c r="E31" s="3" t="n">
         <x:v>1581</x:v>
       </x:c>
       <x:c r="F31" s="3" t="n">
         <x:v>1609</x:v>
       </x:c>
       <x:c r="G31" s="3" t="n">
@@ -5556,54 +5556,54 @@
       <x:c r="AU31" s="3" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="AV31" s="3" t="n">
         <x:v>43715</x:v>
       </x:c>
       <x:c r="AW31" s="3" t="n">
         <x:v>45974</x:v>
       </x:c>
       <x:c r="AX31" s="3" t="n">
         <x:v>48215</x:v>
       </x:c>
       <x:c r="AY31" s="3" t="n">
         <x:v>51870</x:v>
       </x:c>
       <x:c r="AZ31" s="3" t="n">
         <x:v>17126</x:v>
       </x:c>
       <x:c r="BA31" s="3" t="n">
         <x:v>16795</x:v>
       </x:c>
       <x:c r="BB31" s="3" t="n">
         <x:v>54927</x:v>
       </x:c>
       <x:c r="BC31" s="3" t="n">
-        <x:v>71128</x:v>
+        <x:v>69185</x:v>
       </x:c>
       <x:c r="BD31" s="3" t="n">
-        <x:v>83947</x:v>
+        <x:v>81556</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:56">
       <x:c r="A32" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
         <x:v>2449</x:v>
       </x:c>
       <x:c r="C32" s="3" t="n">
         <x:v>2663</x:v>
       </x:c>
       <x:c r="D32" s="3" t="n">
         <x:v>2965</x:v>
       </x:c>
       <x:c r="E32" s="3" t="n">
         <x:v>3485</x:v>
       </x:c>
       <x:c r="F32" s="3" t="n">
         <x:v>4503</x:v>
       </x:c>
       <x:c r="G32" s="3" t="n">
         <x:v>5158</x:v>
       </x:c>
       <x:c r="H32" s="3" t="n">
@@ -5678,102 +5678,102 @@
       <x:c r="AE32" s="3" t="n">
         <x:v>50106</x:v>
       </x:c>
       <x:c r="AF32" s="3" t="n">
         <x:v>62922</x:v>
       </x:c>
       <x:c r="AG32" s="3" t="n">
         <x:v>61097</x:v>
       </x:c>
       <x:c r="AH32" s="3" t="n">
         <x:v>59966</x:v>
       </x:c>
       <x:c r="AI32" s="3" t="n">
         <x:v>62694</x:v>
       </x:c>
       <x:c r="AJ32" s="3" t="n">
         <x:v>67351</x:v>
       </x:c>
       <x:c r="AK32" s="3" t="n">
         <x:v>74262</x:v>
       </x:c>
       <x:c r="AL32" s="3" t="n">
         <x:v>91410</x:v>
       </x:c>
       <x:c r="AM32" s="3" t="n">
-        <x:v>94742</x:v>
+        <x:v>96723</x:v>
       </x:c>
       <x:c r="AN32" s="3" t="n">
-        <x:v>107197</x:v>
+        <x:v>111160</x:v>
       </x:c>
       <x:c r="AO32" s="3" t="n">
-        <x:v>103257</x:v>
+        <x:v>108542</x:v>
       </x:c>
       <x:c r="AP32" s="3" t="n">
-        <x:v>123882</x:v>
+        <x:v>130488</x:v>
       </x:c>
       <x:c r="AQ32" s="3" t="n">
-        <x:v>132405</x:v>
+        <x:v>140331</x:v>
       </x:c>
       <x:c r="AR32" s="3" t="n">
-        <x:v>138181</x:v>
+        <x:v>147428</x:v>
       </x:c>
       <x:c r="AS32" s="3" t="n">
-        <x:v>151541</x:v>
+        <x:v>162110</x:v>
       </x:c>
       <x:c r="AT32" s="3" t="n">
-        <x:v>166324</x:v>
+        <x:v>178212</x:v>
       </x:c>
       <x:c r="AU32" s="3" t="n">
-        <x:v>184862</x:v>
+        <x:v>198070</x:v>
       </x:c>
       <x:c r="AV32" s="3" t="n">
-        <x:v>176717</x:v>
+        <x:v>186277</x:v>
       </x:c>
       <x:c r="AW32" s="3" t="n">
-        <x:v>174812</x:v>
+        <x:v>184388</x:v>
       </x:c>
       <x:c r="AX32" s="3" t="n">
-        <x:v>174409</x:v>
+        <x:v>186429</x:v>
       </x:c>
       <x:c r="AY32" s="3" t="n">
-        <x:v>193994</x:v>
+        <x:v>208666</x:v>
       </x:c>
       <x:c r="AZ32" s="3" t="n">
-        <x:v>182695</x:v>
+        <x:v>195936</x:v>
       </x:c>
       <x:c r="BA32" s="3" t="n">
-        <x:v>192663</x:v>
+        <x:v>203956</x:v>
       </x:c>
       <x:c r="BB32" s="3" t="n">
-        <x:v>236185</x:v>
+        <x:v>261520</x:v>
       </x:c>
       <x:c r="BC32" s="3" t="n">
-        <x:v>286891</x:v>
+        <x:v>305455</x:v>
       </x:c>
       <x:c r="BD32" s="3" t="n">
-        <x:v>314998</x:v>
+        <x:v>317744</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:56">
       <x:c r="A33" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>659</x:v>
       </x:c>
       <x:c r="D33" s="3" t="n">
         <x:v>789</x:v>
       </x:c>
       <x:c r="E33" s="3" t="n">
         <x:v>938</x:v>
       </x:c>
       <x:c r="F33" s="3" t="n">
         <x:v>1315</x:v>
       </x:c>
       <x:c r="G33" s="3" t="n">
         <x:v>1598</x:v>
       </x:c>
       <x:c r="H33" s="3" t="n">
@@ -5848,102 +5848,102 @@
       <x:c r="AE33" s="3" t="n">
         <x:v>8915</x:v>
       </x:c>
       <x:c r="AF33" s="3" t="n">
         <x:v>12521</x:v>
       </x:c>
       <x:c r="AG33" s="3" t="n">
         <x:v>14463</x:v>
       </x:c>
       <x:c r="AH33" s="3" t="n">
         <x:v>14836</x:v>
       </x:c>
       <x:c r="AI33" s="3" t="n">
         <x:v>15792</x:v>
       </x:c>
       <x:c r="AJ33" s="3" t="n">
         <x:v>16325</x:v>
       </x:c>
       <x:c r="AK33" s="3" t="n">
         <x:v>17490</x:v>
       </x:c>
       <x:c r="AL33" s="3" t="n">
         <x:v>22843</x:v>
       </x:c>
       <x:c r="AM33" s="3" t="n">
-        <x:v>23001</x:v>
+        <x:v>24317</x:v>
       </x:c>
       <x:c r="AN33" s="3" t="n">
-        <x:v>26145</x:v>
+        <x:v>28776</x:v>
       </x:c>
       <x:c r="AO33" s="3" t="n">
-        <x:v>30614</x:v>
+        <x:v>34123</x:v>
       </x:c>
       <x:c r="AP33" s="3" t="n">
-        <x:v>34691</x:v>
+        <x:v>39077</x:v>
       </x:c>
       <x:c r="AQ33" s="3" t="n">
-        <x:v>37921</x:v>
+        <x:v>43184</x:v>
       </x:c>
       <x:c r="AR33" s="3" t="n">
-        <x:v>41776</x:v>
+        <x:v>47916</x:v>
       </x:c>
       <x:c r="AS33" s="3" t="n">
-        <x:v>45397</x:v>
+        <x:v>52414</x:v>
       </x:c>
       <x:c r="AT33" s="3" t="n">
-        <x:v>54749</x:v>
+        <x:v>62643</x:v>
       </x:c>
       <x:c r="AU33" s="3" t="n">
-        <x:v>54919</x:v>
+        <x:v>63690</x:v>
       </x:c>
       <x:c r="AV33" s="3" t="n">
-        <x:v>47145</x:v>
+        <x:v>53474</x:v>
       </x:c>
       <x:c r="AW33" s="3" t="n">
-        <x:v>50299</x:v>
+        <x:v>55212</x:v>
       </x:c>
       <x:c r="AX33" s="3" t="n">
-        <x:v>41999</x:v>
+        <x:v>47896</x:v>
       </x:c>
       <x:c r="AY33" s="3" t="n">
-        <x:v>45096</x:v>
+        <x:v>51313</x:v>
       </x:c>
       <x:c r="AZ33" s="3" t="n">
-        <x:v>23221</x:v>
+        <x:v>30381</x:v>
       </x:c>
       <x:c r="BA33" s="3" t="n">
-        <x:v>24589</x:v>
+        <x:v>29629</x:v>
       </x:c>
       <x:c r="BB33" s="3" t="n">
-        <x:v>35792</x:v>
+        <x:v>43536</x:v>
       </x:c>
       <x:c r="BC33" s="3" t="n">
-        <x:v>50061</x:v>
+        <x:v>51574</x:v>
       </x:c>
       <x:c r="BD33" s="3" t="n">
-        <x:v>53522</x:v>
+        <x:v>53578</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:56">
       <x:c r="A34" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E34" s="3" t="n">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F34" s="3" t="n">
         <x:v>132</x:v>
       </x:c>
       <x:c r="G34" s="3" t="n">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H34" s="3" t="n">
@@ -6069,51 +6069,51 @@
       <x:c r="AV34" s="3" t="n">
         <x:v>3747</x:v>
       </x:c>
       <x:c r="AW34" s="3" t="n">
         <x:v>3600</x:v>
       </x:c>
       <x:c r="AX34" s="3" t="n">
         <x:v>3043</x:v>
       </x:c>
       <x:c r="AY34" s="3" t="n">
         <x:v>4574</x:v>
       </x:c>
       <x:c r="AZ34" s="3" t="n">
         <x:v>5535</x:v>
       </x:c>
       <x:c r="BA34" s="3" t="n">
         <x:v>5666</x:v>
       </x:c>
       <x:c r="BB34" s="3" t="n">
         <x:v>5411</x:v>
       </x:c>
       <x:c r="BC34" s="3" t="n">
         <x:v>6881</x:v>
       </x:c>
       <x:c r="BD34" s="3" t="n">
-        <x:v>7127</x:v>
+        <x:v>7165</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:56">
       <x:c r="A35" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D35" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E35" s="3" t="n">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F35" s="3" t="n">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G35" s="3" t="n">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H35" s="3" t="n">
@@ -6233,57 +6233,57 @@
       <x:c r="AT35" s="3" t="n">
         <x:v>25889</x:v>
       </x:c>
       <x:c r="AU35" s="3" t="n">
         <x:v>21471</x:v>
       </x:c>
       <x:c r="AV35" s="3" t="n">
         <x:v>19422</x:v>
       </x:c>
       <x:c r="AW35" s="3" t="n">
         <x:v>17849</x:v>
       </x:c>
       <x:c r="AX35" s="3" t="n">
         <x:v>13859</x:v>
       </x:c>
       <x:c r="AY35" s="3" t="n">
         <x:v>12274</x:v>
       </x:c>
       <x:c r="AZ35" s="3" t="n">
         <x:v>4353</x:v>
       </x:c>
       <x:c r="BA35" s="3" t="n">
         <x:v>5401</x:v>
       </x:c>
       <x:c r="BB35" s="3" t="n">
-        <x:v>8422</x:v>
+        <x:v>5218</x:v>
       </x:c>
       <x:c r="BC35" s="3" t="n">
-        <x:v>17486</x:v>
+        <x:v>10235</x:v>
       </x:c>
       <x:c r="BD35" s="3" t="n">
-        <x:v>16061</x:v>
+        <x:v>16081</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:56">
       <x:c r="A36" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
         <x:v>406</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
         <x:v>426</x:v>
       </x:c>
       <x:c r="E36" s="3" t="n">
         <x:v>456</x:v>
       </x:c>
       <x:c r="F36" s="3" t="n">
         <x:v>564</x:v>
       </x:c>
       <x:c r="G36" s="3" t="n">
         <x:v>674</x:v>
       </x:c>
       <x:c r="H36" s="3" t="n">
@@ -6403,57 +6403,57 @@
       <x:c r="AT36" s="3" t="n">
         <x:v>11370</x:v>
       </x:c>
       <x:c r="AU36" s="3" t="n">
         <x:v>11307</x:v>
       </x:c>
       <x:c r="AV36" s="3" t="n">
         <x:v>8029</x:v>
       </x:c>
       <x:c r="AW36" s="3" t="n">
         <x:v>14926</x:v>
       </x:c>
       <x:c r="AX36" s="3" t="n">
         <x:v>18045</x:v>
       </x:c>
       <x:c r="AY36" s="3" t="n">
         <x:v>18456</x:v>
       </x:c>
       <x:c r="AZ36" s="3" t="n">
         <x:v>3707</x:v>
       </x:c>
       <x:c r="BA36" s="3" t="n">
         <x:v>4919</x:v>
       </x:c>
       <x:c r="BB36" s="3" t="n">
-        <x:v>8552</x:v>
+        <x:v>10004</x:v>
       </x:c>
       <x:c r="BC36" s="3" t="n">
-        <x:v>11822</x:v>
+        <x:v>11673</x:v>
       </x:c>
       <x:c r="BD36" s="3" t="n">
-        <x:v>14907</x:v>
+        <x:v>14905</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:56">
       <x:c r="A37" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
         <x:v>274</x:v>
       </x:c>
       <x:c r="E37" s="3" t="n">
         <x:v>307</x:v>
       </x:c>
       <x:c r="F37" s="3" t="n">
         <x:v>478</x:v>
       </x:c>
       <x:c r="G37" s="3" t="n">
         <x:v>585</x:v>
       </x:c>
       <x:c r="H37" s="3" t="n">
@@ -6528,99 +6528,99 @@
       <x:c r="AE37" s="3" t="n">
         <x:v>3035</x:v>
       </x:c>
       <x:c r="AF37" s="3" t="n">
         <x:v>4745</x:v>
       </x:c>
       <x:c r="AG37" s="3" t="n">
         <x:v>6244</x:v>
       </x:c>
       <x:c r="AH37" s="3" t="n">
         <x:v>5890</x:v>
       </x:c>
       <x:c r="AI37" s="3" t="n">
         <x:v>5904</x:v>
       </x:c>
       <x:c r="AJ37" s="3" t="n">
         <x:v>6706</x:v>
       </x:c>
       <x:c r="AK37" s="3" t="n">
         <x:v>7254</x:v>
       </x:c>
       <x:c r="AL37" s="3" t="n">
         <x:v>7632</x:v>
       </x:c>
       <x:c r="AM37" s="3" t="n">
-        <x:v>4570</x:v>
+        <x:v>5886</x:v>
       </x:c>
       <x:c r="AN37" s="3" t="n">
-        <x:v>5809</x:v>
+        <x:v>8440</x:v>
       </x:c>
       <x:c r="AO37" s="3" t="n">
-        <x:v>5677</x:v>
+        <x:v>9186</x:v>
       </x:c>
       <x:c r="AP37" s="3" t="n">
-        <x:v>8138</x:v>
+        <x:v>12524</x:v>
       </x:c>
       <x:c r="AQ37" s="3" t="n">
-        <x:v>7338</x:v>
+        <x:v>12601</x:v>
       </x:c>
       <x:c r="AR37" s="3" t="n">
-        <x:v>6817</x:v>
+        <x:v>12957</x:v>
       </x:c>
       <x:c r="AS37" s="3" t="n">
-        <x:v>10498</x:v>
+        <x:v>17515</x:v>
       </x:c>
       <x:c r="AT37" s="3" t="n">
-        <x:v>11827</x:v>
+        <x:v>19721</x:v>
       </x:c>
       <x:c r="AU37" s="3" t="n">
-        <x:v>15330</x:v>
+        <x:v>24101</x:v>
       </x:c>
       <x:c r="AV37" s="3" t="n">
-        <x:v>13130</x:v>
+        <x:v>19459</x:v>
       </x:c>
       <x:c r="AW37" s="3" t="n">
-        <x:v>11841</x:v>
+        <x:v>16754</x:v>
       </x:c>
       <x:c r="AX37" s="3" t="n">
-        <x:v>5084</x:v>
+        <x:v>10981</x:v>
       </x:c>
       <x:c r="AY37" s="3" t="n">
-        <x:v>7435</x:v>
+        <x:v>13652</x:v>
       </x:c>
       <x:c r="AZ37" s="3" t="n">
-        <x:v>7211</x:v>
+        <x:v>14371</x:v>
       </x:c>
       <x:c r="BA37" s="3" t="n">
-        <x:v>5967</x:v>
+        <x:v>11007</x:v>
       </x:c>
       <x:c r="BB37" s="3" t="n">
-        <x:v>10625</x:v>
+        <x:v>20121</x:v>
       </x:c>
       <x:c r="BC37" s="3" t="n">
-        <x:v>10756</x:v>
+        <x:v>19608</x:v>
       </x:c>
       <x:c r="BD37" s="3" t="n">
         <x:v>12334</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:56">
       <x:c r="A38" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D38" s="3" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="E38" s="3" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F38" s="3" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G38" s="3" t="n">
@@ -6746,51 +6746,51 @@
       <x:c r="AU38" s="3" t="n">
         <x:v>2415</x:v>
       </x:c>
       <x:c r="AV38" s="3" t="n">
         <x:v>2817</x:v>
       </x:c>
       <x:c r="AW38" s="3" t="n">
         <x:v>2083</x:v>
       </x:c>
       <x:c r="AX38" s="3" t="n">
         <x:v>1968</x:v>
       </x:c>
       <x:c r="AY38" s="3" t="n">
         <x:v>2357</x:v>
       </x:c>
       <x:c r="AZ38" s="3" t="n">
         <x:v>2415</x:v>
       </x:c>
       <x:c r="BA38" s="3" t="n">
         <x:v>2636</x:v>
       </x:c>
       <x:c r="BB38" s="3" t="n">
         <x:v>2782</x:v>
       </x:c>
       <x:c r="BC38" s="3" t="n">
-        <x:v>3116</x:v>
+        <x:v>3177</x:v>
       </x:c>
       <x:c r="BD38" s="3" t="n">
         <x:v>3093</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:56">
       <x:c r="A39" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>759</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>807</x:v>
       </x:c>
       <x:c r="D39" s="3" t="n">
         <x:v>842</x:v>
       </x:c>
       <x:c r="E39" s="3" t="n">
         <x:v>1078</x:v>
       </x:c>
       <x:c r="F39" s="3" t="n">
         <x:v>1450</x:v>
       </x:c>
       <x:c r="G39" s="3" t="n">
@@ -6871,99 +6871,99 @@
       <x:c r="AF39" s="3" t="n">
         <x:v>30462</x:v>
       </x:c>
       <x:c r="AG39" s="3" t="n">
         <x:v>26365</x:v>
       </x:c>
       <x:c r="AH39" s="3" t="n">
         <x:v>26970</x:v>
       </x:c>
       <x:c r="AI39" s="3" t="n">
         <x:v>27744</x:v>
       </x:c>
       <x:c r="AJ39" s="3" t="n">
         <x:v>30074</x:v>
       </x:c>
       <x:c r="AK39" s="3" t="n">
         <x:v>33652</x:v>
       </x:c>
       <x:c r="AL39" s="3" t="n">
         <x:v>41098</x:v>
       </x:c>
       <x:c r="AM39" s="3" t="n">
         <x:v>45651</x:v>
       </x:c>
       <x:c r="AN39" s="3" t="n">
-        <x:v>51686</x:v>
+        <x:v>51687</x:v>
       </x:c>
       <x:c r="AO39" s="3" t="n">
-        <x:v>40553</x:v>
+        <x:v>40554</x:v>
       </x:c>
       <x:c r="AP39" s="3" t="n">
-        <x:v>51538</x:v>
+        <x:v>51540</x:v>
       </x:c>
       <x:c r="AQ39" s="3" t="n">
-        <x:v>53516</x:v>
+        <x:v>53518</x:v>
       </x:c>
       <x:c r="AR39" s="3" t="n">
-        <x:v>57029</x:v>
+        <x:v>57031</x:v>
       </x:c>
       <x:c r="AS39" s="3" t="n">
-        <x:v>67832</x:v>
+        <x:v>67835</x:v>
       </x:c>
       <x:c r="AT39" s="3" t="n">
-        <x:v>73603</x:v>
+        <x:v>73606</x:v>
       </x:c>
       <x:c r="AU39" s="3" t="n">
-        <x:v>84816</x:v>
+        <x:v>84819</x:v>
       </x:c>
       <x:c r="AV39" s="3" t="n">
-        <x:v>82249</x:v>
+        <x:v>82251</x:v>
       </x:c>
       <x:c r="AW39" s="3" t="n">
-        <x:v>75765</x:v>
+        <x:v>75787</x:v>
       </x:c>
       <x:c r="AX39" s="3" t="n">
-        <x:v>77187</x:v>
+        <x:v>77195</x:v>
       </x:c>
       <x:c r="AY39" s="3" t="n">
-        <x:v>85056</x:v>
+        <x:v>85069</x:v>
       </x:c>
       <x:c r="AZ39" s="3" t="n">
-        <x:v>91022</x:v>
+        <x:v>91043</x:v>
       </x:c>
       <x:c r="BA39" s="3" t="n">
-        <x:v>95682</x:v>
+        <x:v>95683</x:v>
       </x:c>
       <x:c r="BB39" s="3" t="n">
-        <x:v>115140</x:v>
+        <x:v>119011</x:v>
       </x:c>
       <x:c r="BC39" s="3" t="n">
-        <x:v>134970</x:v>
+        <x:v>138517</x:v>
       </x:c>
       <x:c r="BD39" s="3" t="n">
-        <x:v>142087</x:v>
+        <x:v>143426</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:56">
       <x:c r="A40" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C40" s="3" t="n">
         <x:v>190</x:v>
       </x:c>
       <x:c r="D40" s="3" t="n">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E40" s="3" t="n">
         <x:v>262</x:v>
       </x:c>
       <x:c r="F40" s="3" t="n">
         <x:v>342</x:v>
       </x:c>
       <x:c r="G40" s="3" t="n">
         <x:v>375</x:v>
       </x:c>
       <x:c r="H40" s="3" t="n">
@@ -7083,57 +7083,57 @@
       <x:c r="AT40" s="3" t="n">
         <x:v>21679</x:v>
       </x:c>
       <x:c r="AU40" s="3" t="n">
         <x:v>28126</x:v>
       </x:c>
       <x:c r="AV40" s="3" t="n">
         <x:v>29125</x:v>
       </x:c>
       <x:c r="AW40" s="3" t="n">
         <x:v>28761</x:v>
       </x:c>
       <x:c r="AX40" s="3" t="n">
         <x:v>28774</x:v>
       </x:c>
       <x:c r="AY40" s="3" t="n">
         <x:v>30422</x:v>
       </x:c>
       <x:c r="AZ40" s="3" t="n">
         <x:v>31575</x:v>
       </x:c>
       <x:c r="BA40" s="3" t="n">
         <x:v>35054</x:v>
       </x:c>
       <x:c r="BB40" s="3" t="n">
-        <x:v>45616</x:v>
+        <x:v>39764</x:v>
       </x:c>
       <x:c r="BC40" s="3" t="n">
-        <x:v>44811</x:v>
+        <x:v>48306</x:v>
       </x:c>
       <x:c r="BD40" s="3" t="n">
-        <x:v>50495</x:v>
+        <x:v>51832</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:56">
       <x:c r="A41" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D41" s="3" t="n">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E41" s="3" t="n">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F41" s="3" t="n">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G41" s="3" t="n">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H41" s="3" t="n">
@@ -7253,57 +7253,57 @@
       <x:c r="AT41" s="3" t="n">
         <x:v>20778</x:v>
       </x:c>
       <x:c r="AU41" s="3" t="n">
         <x:v>21251</x:v>
       </x:c>
       <x:c r="AV41" s="3" t="n">
         <x:v>19276</x:v>
       </x:c>
       <x:c r="AW41" s="3" t="n">
         <x:v>17257</x:v>
       </x:c>
       <x:c r="AX41" s="3" t="n">
         <x:v>20050</x:v>
       </x:c>
       <x:c r="AY41" s="3" t="n">
         <x:v>27453</x:v>
       </x:c>
       <x:c r="AZ41" s="3" t="n">
         <x:v>25300</x:v>
       </x:c>
       <x:c r="BA41" s="3" t="n">
         <x:v>22922</x:v>
       </x:c>
       <x:c r="BB41" s="3" t="n">
-        <x:v>27999</x:v>
+        <x:v>37112</x:v>
       </x:c>
       <x:c r="BC41" s="3" t="n">
-        <x:v>31212</x:v>
+        <x:v>31234</x:v>
       </x:c>
       <x:c r="BD41" s="3" t="n">
-        <x:v>33655</x:v>
+        <x:v>33654</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:56">
       <x:c r="A42" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C42" s="3" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D42" s="3" t="n">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E42" s="3" t="n">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F42" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G42" s="3" t="n">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H42" s="3" t="n">
@@ -7426,51 +7426,51 @@
       <x:c r="AU42" s="3" t="n">
         <x:v>3633</x:v>
       </x:c>
       <x:c r="AV42" s="3" t="n">
         <x:v>3298</x:v>
       </x:c>
       <x:c r="AW42" s="3" t="n">
         <x:v>3901</x:v>
       </x:c>
       <x:c r="AX42" s="3" t="n">
         <x:v>2990</x:v>
       </x:c>
       <x:c r="AY42" s="3" t="n">
         <x:v>3983</x:v>
       </x:c>
       <x:c r="AZ42" s="3" t="n">
         <x:v>4186</x:v>
       </x:c>
       <x:c r="BA42" s="3" t="n">
         <x:v>5300</x:v>
       </x:c>
       <x:c r="BB42" s="3" t="n">
         <x:v>5069</x:v>
       </x:c>
       <x:c r="BC42" s="3" t="n">
-        <x:v>7110</x:v>
+        <x:v>7121</x:v>
       </x:c>
       <x:c r="BD42" s="3" t="n">
         <x:v>7093</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:56">
       <x:c r="A43" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="D43" s="3" t="n">
         <x:v>510</x:v>
       </x:c>
       <x:c r="E43" s="3" t="n">
         <x:v>658</x:v>
       </x:c>
       <x:c r="F43" s="3" t="n">
         <x:v>1013</x:v>
       </x:c>
       <x:c r="G43" s="3" t="n">
@@ -7551,99 +7551,99 @@
       <x:c r="AF43" s="3" t="n">
         <x:v>18467</x:v>
       </x:c>
       <x:c r="AG43" s="3" t="n">
         <x:v>14833</x:v>
       </x:c>
       <x:c r="AH43" s="3" t="n">
         <x:v>15072</x:v>
       </x:c>
       <x:c r="AI43" s="3" t="n">
         <x:v>15277</x:v>
       </x:c>
       <x:c r="AJ43" s="3" t="n">
         <x:v>17728</x:v>
       </x:c>
       <x:c r="AK43" s="3" t="n">
         <x:v>17031</x:v>
       </x:c>
       <x:c r="AL43" s="3" t="n">
         <x:v>17221</x:v>
       </x:c>
       <x:c r="AM43" s="3" t="n">
         <x:v>18689</x:v>
       </x:c>
       <x:c r="AN43" s="3" t="n">
-        <x:v>21879</x:v>
+        <x:v>21880</x:v>
       </x:c>
       <x:c r="AO43" s="3" t="n">
-        <x:v>12093</x:v>
+        <x:v>12094</x:v>
       </x:c>
       <x:c r="AP43" s="3" t="n">
-        <x:v>21021</x:v>
+        <x:v>21023</x:v>
       </x:c>
       <x:c r="AQ43" s="3" t="n">
-        <x:v>20152</x:v>
+        <x:v>20154</x:v>
       </x:c>
       <x:c r="AR43" s="3" t="n">
-        <x:v>22359</x:v>
+        <x:v>22361</x:v>
       </x:c>
       <x:c r="AS43" s="3" t="n">
-        <x:v>28145</x:v>
+        <x:v>28148</x:v>
       </x:c>
       <x:c r="AT43" s="3" t="n">
-        <x:v>28786</x:v>
+        <x:v>28789</x:v>
       </x:c>
       <x:c r="AU43" s="3" t="n">
-        <x:v>31806</x:v>
+        <x:v>31809</x:v>
       </x:c>
       <x:c r="AV43" s="3" t="n">
-        <x:v>30550</x:v>
+        <x:v>30552</x:v>
       </x:c>
       <x:c r="AW43" s="3" t="n">
-        <x:v>25846</x:v>
+        <x:v>25868</x:v>
       </x:c>
       <x:c r="AX43" s="3" t="n">
-        <x:v>25373</x:v>
+        <x:v>25381</x:v>
       </x:c>
       <x:c r="AY43" s="3" t="n">
-        <x:v>23198</x:v>
+        <x:v>23211</x:v>
       </x:c>
       <x:c r="AZ43" s="3" t="n">
-        <x:v>29961</x:v>
+        <x:v>29982</x:v>
       </x:c>
       <x:c r="BA43" s="3" t="n">
-        <x:v>32406</x:v>
+        <x:v>32407</x:v>
       </x:c>
       <x:c r="BB43" s="3" t="n">
-        <x:v>36456</x:v>
+        <x:v>37066</x:v>
       </x:c>
       <x:c r="BC43" s="3" t="n">
-        <x:v>51837</x:v>
+        <x:v>51856</x:v>
       </x:c>
       <x:c r="BD43" s="3" t="n">
-        <x:v>50844</x:v>
+        <x:v>50847</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:56">
       <x:c r="A44" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="C44" s="3" t="n">
         <x:v>1197</x:v>
       </x:c>
       <x:c r="D44" s="3" t="n">
         <x:v>1334</x:v>
       </x:c>
       <x:c r="E44" s="3" t="n">
         <x:v>1469</x:v>
       </x:c>
       <x:c r="F44" s="3" t="n">
         <x:v>1738</x:v>
       </x:c>
       <x:c r="G44" s="3" t="n">
         <x:v>1676</x:v>
       </x:c>
       <x:c r="H44" s="3" t="n">
@@ -7718,102 +7718,102 @@
       <x:c r="AE44" s="3" t="n">
         <x:v>15861</x:v>
       </x:c>
       <x:c r="AF44" s="3" t="n">
         <x:v>19939</x:v>
       </x:c>
       <x:c r="AG44" s="3" t="n">
         <x:v>20269</x:v>
       </x:c>
       <x:c r="AH44" s="3" t="n">
         <x:v>18160</x:v>
       </x:c>
       <x:c r="AI44" s="3" t="n">
         <x:v>19158</x:v>
       </x:c>
       <x:c r="AJ44" s="3" t="n">
         <x:v>20952</x:v>
       </x:c>
       <x:c r="AK44" s="3" t="n">
         <x:v>23120</x:v>
       </x:c>
       <x:c r="AL44" s="3" t="n">
         <x:v>27469</x:v>
       </x:c>
       <x:c r="AM44" s="3" t="n">
-        <x:v>26090</x:v>
+        <x:v>26755</x:v>
       </x:c>
       <x:c r="AN44" s="3" t="n">
-        <x:v>29366</x:v>
+        <x:v>30697</x:v>
       </x:c>
       <x:c r="AO44" s="3" t="n">
-        <x:v>32090</x:v>
+        <x:v>33865</x:v>
       </x:c>
       <x:c r="AP44" s="3" t="n">
-        <x:v>37653</x:v>
+        <x:v>39871</x:v>
       </x:c>
       <x:c r="AQ44" s="3" t="n">
-        <x:v>40968</x:v>
+        <x:v>43629</x:v>
       </x:c>
       <x:c r="AR44" s="3" t="n">
-        <x:v>39376</x:v>
+        <x:v>42481</x:v>
       </x:c>
       <x:c r="AS44" s="3" t="n">
-        <x:v>38312</x:v>
+        <x:v>41861</x:v>
       </x:c>
       <x:c r="AT44" s="3" t="n">
-        <x:v>37972</x:v>
+        <x:v>41963</x:v>
       </x:c>
       <x:c r="AU44" s="3" t="n">
-        <x:v>45127</x:v>
+        <x:v>49561</x:v>
       </x:c>
       <x:c r="AV44" s="3" t="n">
-        <x:v>47323</x:v>
+        <x:v>50552</x:v>
       </x:c>
       <x:c r="AW44" s="3" t="n">
-        <x:v>48748</x:v>
+        <x:v>53389</x:v>
       </x:c>
       <x:c r="AX44" s="3" t="n">
-        <x:v>55223</x:v>
+        <x:v>61338</x:v>
       </x:c>
       <x:c r="AY44" s="3" t="n">
-        <x:v>63842</x:v>
+        <x:v>72284</x:v>
       </x:c>
       <x:c r="AZ44" s="3" t="n">
-        <x:v>68452</x:v>
+        <x:v>74512</x:v>
       </x:c>
       <x:c r="BA44" s="3" t="n">
-        <x:v>72392</x:v>
+        <x:v>78644</x:v>
       </x:c>
       <x:c r="BB44" s="3" t="n">
-        <x:v>85253</x:v>
+        <x:v>98973</x:v>
       </x:c>
       <x:c r="BC44" s="3" t="n">
-        <x:v>101860</x:v>
+        <x:v>115364</x:v>
       </x:c>
       <x:c r="BD44" s="3" t="n">
-        <x:v>119389</x:v>
+        <x:v>120740</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:56">
       <x:c r="A45" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>238</x:v>
       </x:c>
       <x:c r="D45" s="3" t="n">
         <x:v>305</x:v>
       </x:c>
       <x:c r="E45" s="3" t="n">
         <x:v>326</x:v>
       </x:c>
       <x:c r="F45" s="3" t="n">
         <x:v>413</x:v>
       </x:c>
       <x:c r="G45" s="3" t="n">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H45" s="3" t="n">
@@ -7888,102 +7888,102 @@
       <x:c r="AE45" s="3" t="n">
         <x:v>3114</x:v>
       </x:c>
       <x:c r="AF45" s="3" t="n">
         <x:v>3483</x:v>
       </x:c>
       <x:c r="AG45" s="3" t="n">
         <x:v>4028</x:v>
       </x:c>
       <x:c r="AH45" s="3" t="n">
         <x:v>4703</x:v>
       </x:c>
       <x:c r="AI45" s="3" t="n">
         <x:v>5066</x:v>
       </x:c>
       <x:c r="AJ45" s="3" t="n">
         <x:v>5393</x:v>
       </x:c>
       <x:c r="AK45" s="3" t="n">
         <x:v>6970</x:v>
       </x:c>
       <x:c r="AL45" s="3" t="n">
         <x:v>9205</x:v>
       </x:c>
       <x:c r="AM45" s="3" t="n">
-        <x:v>7891</x:v>
+        <x:v>8556</x:v>
       </x:c>
       <x:c r="AN45" s="3" t="n">
-        <x:v>9516</x:v>
+        <x:v>10847</x:v>
       </x:c>
       <x:c r="AO45" s="3" t="n">
-        <x:v>10554</x:v>
+        <x:v>12329</x:v>
       </x:c>
       <x:c r="AP45" s="3" t="n">
-        <x:v>10900</x:v>
+        <x:v>13118</x:v>
       </x:c>
       <x:c r="AQ45" s="3" t="n">
-        <x:v>12673</x:v>
+        <x:v>15334</x:v>
       </x:c>
       <x:c r="AR45" s="3" t="n">
-        <x:v>10633</x:v>
+        <x:v>13738</x:v>
       </x:c>
       <x:c r="AS45" s="3" t="n">
-        <x:v>9195</x:v>
+        <x:v>12744</x:v>
       </x:c>
       <x:c r="AT45" s="3" t="n">
-        <x:v>8257</x:v>
+        <x:v>12248</x:v>
       </x:c>
       <x:c r="AU45" s="3" t="n">
-        <x:v>11580</x:v>
+        <x:v>16014</x:v>
       </x:c>
       <x:c r="AV45" s="3" t="n">
-        <x:v>10452</x:v>
+        <x:v>13681</x:v>
       </x:c>
       <x:c r="AW45" s="3" t="n">
-        <x:v>13289</x:v>
+        <x:v>17930</x:v>
       </x:c>
       <x:c r="AX45" s="3" t="n">
-        <x:v>16682</x:v>
+        <x:v>22797</x:v>
       </x:c>
       <x:c r="AY45" s="3" t="n">
-        <x:v>19390</x:v>
+        <x:v>27832</x:v>
       </x:c>
       <x:c r="AZ45" s="3" t="n">
-        <x:v>17045</x:v>
+        <x:v>23105</x:v>
       </x:c>
       <x:c r="BA45" s="3" t="n">
-        <x:v>17533</x:v>
+        <x:v>23785</x:v>
       </x:c>
       <x:c r="BB45" s="3" t="n">
-        <x:v>22277</x:v>
+        <x:v>35441</x:v>
       </x:c>
       <x:c r="BC45" s="3" t="n">
-        <x:v>26030</x:v>
+        <x:v>39976</x:v>
       </x:c>
       <x:c r="BD45" s="3" t="n">
-        <x:v>32528</x:v>
+        <x:v>32773</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:56">
       <x:c r="A46" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C46" s="3" t="n">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D46" s="3" t="n">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E46" s="3" t="n">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F46" s="3" t="n">
         <x:v>168</x:v>
       </x:c>
       <x:c r="G46" s="3" t="n">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H46" s="3" t="n">
@@ -8103,54 +8103,54 @@
       <x:c r="AT46" s="3" t="n">
         <x:v>4203</x:v>
       </x:c>
       <x:c r="AU46" s="3" t="n">
         <x:v>4025</x:v>
       </x:c>
       <x:c r="AV46" s="3" t="n">
         <x:v>3998</x:v>
       </x:c>
       <x:c r="AW46" s="3" t="n">
         <x:v>5254</x:v>
       </x:c>
       <x:c r="AX46" s="3" t="n">
         <x:v>5606</x:v>
       </x:c>
       <x:c r="AY46" s="3" t="n">
         <x:v>5985</x:v>
       </x:c>
       <x:c r="AZ46" s="3" t="n">
         <x:v>6226</x:v>
       </x:c>
       <x:c r="BA46" s="3" t="n">
         <x:v>8389</x:v>
       </x:c>
       <x:c r="BB46" s="3" t="n">
-        <x:v>9889</x:v>
+        <x:v>10445</x:v>
       </x:c>
       <x:c r="BC46" s="3" t="n">
-        <x:v>10183</x:v>
+        <x:v>10173</x:v>
       </x:c>
       <x:c r="BD46" s="3" t="n">
         <x:v>12338</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:56">
       <x:c r="A47" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>621</x:v>
       </x:c>
       <x:c r="D47" s="3" t="n">
         <x:v>667</x:v>
       </x:c>
       <x:c r="E47" s="3" t="n">
         <x:v>696</x:v>
       </x:c>
       <x:c r="F47" s="3" t="n">
         <x:v>713</x:v>
       </x:c>
       <x:c r="G47" s="3" t="n">
@@ -8446,54 +8446,54 @@
       <x:c r="AU48" s="3" t="n">
         <x:v>1469</x:v>
       </x:c>
       <x:c r="AV48" s="3" t="n">
         <x:v>1905</x:v>
       </x:c>
       <x:c r="AW48" s="3" t="n">
         <x:v>1457</x:v>
       </x:c>
       <x:c r="AX48" s="3" t="n">
         <x:v>1873</x:v>
       </x:c>
       <x:c r="AY48" s="3" t="n">
         <x:v>2485</x:v>
       </x:c>
       <x:c r="AZ48" s="3" t="n">
         <x:v>3162</x:v>
       </x:c>
       <x:c r="BA48" s="3" t="n">
         <x:v>3106</x:v>
       </x:c>
       <x:c r="BB48" s="3" t="n">
         <x:v>2319</x:v>
       </x:c>
       <x:c r="BC48" s="3" t="n">
-        <x:v>2285</x:v>
+        <x:v>1879</x:v>
       </x:c>
       <x:c r="BD48" s="3" t="n">
-        <x:v>2024</x:v>
+        <x:v>1994</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:56">
       <x:c r="A49" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D49" s="3" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="E49" s="3" t="n">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F49" s="3" t="n">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G49" s="3" t="n">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H49" s="3" t="n">
@@ -8616,51 +8616,51 @@
       <x:c r="AU49" s="3" t="n">
         <x:v>6857</x:v>
       </x:c>
       <x:c r="AV49" s="3" t="n">
         <x:v>7398</x:v>
       </x:c>
       <x:c r="AW49" s="3" t="n">
         <x:v>7436</x:v>
       </x:c>
       <x:c r="AX49" s="3" t="n">
         <x:v>7384</x:v>
       </x:c>
       <x:c r="AY49" s="3" t="n">
         <x:v>7683</x:v>
       </x:c>
       <x:c r="AZ49" s="3" t="n">
         <x:v>7216</x:v>
       </x:c>
       <x:c r="BA49" s="3" t="n">
         <x:v>7797</x:v>
       </x:c>
       <x:c r="BB49" s="3" t="n">
         <x:v>9499</x:v>
       </x:c>
       <x:c r="BC49" s="3" t="n">
-        <x:v>12457</x:v>
+        <x:v>12455</x:v>
       </x:c>
       <x:c r="BD49" s="3" t="n">
         <x:v>12311</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:56">
       <x:c r="A50" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C50" s="3" t="n">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D50" s="3" t="n">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E50" s="3" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F50" s="3" t="n">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G50" s="3" t="n">
@@ -8786,54 +8786,54 @@
       <x:c r="AU50" s="3" t="n">
         <x:v>12930</x:v>
       </x:c>
       <x:c r="AV50" s="3" t="n">
         <x:v>14415</x:v>
       </x:c>
       <x:c r="AW50" s="3" t="n">
         <x:v>13470</x:v>
       </x:c>
       <x:c r="AX50" s="3" t="n">
         <x:v>14968</x:v>
       </x:c>
       <x:c r="AY50" s="3" t="n">
         <x:v>18765</x:v>
       </x:c>
       <x:c r="AZ50" s="3" t="n">
         <x:v>25989</x:v>
       </x:c>
       <x:c r="BA50" s="3" t="n">
         <x:v>27206</x:v>
       </x:c>
       <x:c r="BB50" s="3" t="n">
         <x:v>29882</x:v>
       </x:c>
       <x:c r="BC50" s="3" t="n">
-        <x:v>39112</x:v>
+        <x:v>39093</x:v>
       </x:c>
       <x:c r="BD50" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>45666</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:56">
       <x:c r="A51" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D51" s="3" t="n">
         <x:v>103</x:v>
       </x:c>
       <x:c r="E51" s="3" t="n">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F51" s="3" t="n">
         <x:v>208</x:v>
       </x:c>
       <x:c r="G51" s="3" t="n">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H51" s="3" t="n">
@@ -8956,51 +8956,51 @@
       <x:c r="AU51" s="3" t="n">
         <x:v>4017</x:v>
       </x:c>
       <x:c r="AV51" s="3" t="n">
         <x:v>5374</x:v>
       </x:c>
       <x:c r="AW51" s="3" t="n">
         <x:v>3731</x:v>
       </x:c>
       <x:c r="AX51" s="3" t="n">
         <x:v>4451</x:v>
       </x:c>
       <x:c r="AY51" s="3" t="n">
         <x:v>5220</x:v>
       </x:c>
       <x:c r="AZ51" s="3" t="n">
         <x:v>4652</x:v>
       </x:c>
       <x:c r="BA51" s="3" t="n">
         <x:v>4807</x:v>
       </x:c>
       <x:c r="BB51" s="3" t="n">
         <x:v>5530</x:v>
       </x:c>
       <x:c r="BC51" s="3" t="n">
-        <x:v>5510</x:v>
+        <x:v>5505</x:v>
       </x:c>
       <x:c r="BD51" s="3" t="n">
         <x:v>6959</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:56">
       <x:c r="A53" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:56">
       <x:c r="A54" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:56">
       <x:c r="A56" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:56">
       <x:c r="A57" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>