--- v2 (2025-12-15)
+++ v3 (2026-01-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d8eccf28e3b41ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/726e1c66ba6f466ca19e8435cdbed388.psmdcp" Id="Rcfe3e1d1cb5742b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e9980710dce40a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf015b77bc854203aa67d0d6f4ee10d5.psmdcp" Id="R066291045a19404a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lpriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="129">
   <x:si>
     <x:t>07336: Eksport, etter produkt, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Løpende priser (mill. kr)</x:t>
   </x:si>
   <x:si>