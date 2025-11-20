--- v0 (2025-10-31)
+++ v1 (2025-11-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a005d92b6df427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4442e2d2b655465781d17431351ca823.psmdcp" Id="R580e17f65a814fe2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f6d958aefaf40a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ffa278345ade48ba9ed5e2a1bb1e4c78.psmdcp" Id="R40dec856db2a4d31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prisendring" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="101" uniqueCount="101">
   <x:si>
     <x:t>09185: Hovedtall for konsum, etter næring, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Prisendring, årlig (prosent)</x:t>
   </x:si>
   <x:si>