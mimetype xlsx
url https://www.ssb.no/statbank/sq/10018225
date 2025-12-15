--- v1 (2025-11-20)
+++ v2 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f6d958aefaf40a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ffa278345ade48ba9ed5e2a1bb1e4c78.psmdcp" Id="R40dec856db2a4d31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77c31d1a1ce046e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b67046cdb7414c7ca8ccf3fd9a76492c.psmdcp" Id="R49faab2c944a4480" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prisendring" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="101" uniqueCount="101">
   <x:si>
     <x:t>09185: Hovedtall for konsum, etter næring, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Prisendring, årlig (prosent)</x:t>
   </x:si>
   <x:si>
@@ -229,63 +229,63 @@
   <x:si>
     <x:t>¬¬ Konsum i statsforvaltningen, kollektivt</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Konsum i statsforvaltningen, forsvar</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Konsum i kommuneforvaltningen</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Konsum i kommuneforvaltningen, individuelt</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Konsum i kommuneforvaltningen, kollektivt</x:t>
   </x:si>
   <x:si>
     <x:t>Personlig konsum</x:t>
   </x:si>
   <x:si>
     <x:t>Kollektivt konsum</x:t>
   </x:si>
   <x:si>
     <x:t>De enkelte tallene i faste priser summerer seg ikke opp til del- og totalsummene på grunn av kjedingsavvik.</x:t>
   </x:si>
   <x:si>
-    <x:t>Tall fra og med 2022 er foreløpige.</x:t>
+    <x:t>Tallene etter år 2023 (basisåret) er foreløpige.</x:t>
   </x:si>
   <x:si>
     <x:t>.. = Tallgrunnlag mangler. Tall er ikke kommet inn i våre databaser eller er for usikre til å publiseres.</x:t>
   </x:si>
   <x:si>
     <x:t>Sist endret:</x:t>
   </x:si>
   <x:si>
     <x:t>Prisendring, årlig (prosent):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250515 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kilde:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t>Kontakt:</x:t>
   </x:si>
   <x:si>
     <x:t>Johan Nitter-Hauge, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 83</x:t>
   </x:si>
   <x:si>
     <x:t>jni@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Steinar Todsen, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 95 91 00 74</x:t>
   </x:si>
@@ -903,60 +903,60 @@
       </x:c>
       <x:c r="BA4" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="BB4" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="BC4" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="BD4" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:56">
       <x:c r="A5" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B5" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C5" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="D5" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="E5" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="G5" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>9.4</x:v>
       </x:c>
       <x:c r="I5" s="4" t="n">
         <x:v>8.9</x:v>
       </x:c>
       <x:c r="J5" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="K5" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="L5" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
       <x:c r="M5" s="4" t="n">
         <x:v>12.2</x:v>
       </x:c>
       <x:c r="N5" s="4" t="n">
         <x:v>11.1</x:v>
       </x:c>
       <x:c r="O5" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
@@ -999,111 +999,111 @@
       <x:c r="AB5" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="AC5" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="AD5" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="AE5" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="AF5" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AG5" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="AH5" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AI5" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AJ5" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="AK5" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="AL5" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="AM5" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="AN5" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="AO5" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="AP5" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="AQ5" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AR5" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
-      <x:c r="AK5" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="AL5" s="4" t="n">
+      <x:c r="AS5" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
-      <x:c r="AM5" s="4" t="n">
+      <x:c r="AT5" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="AU5" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="AV5" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
-      <x:c r="AN5" s="4" t="n">
-[...5 lines deleted...]
-      <x:c r="AP5" s="4" t="n">
+      <x:c r="AW5" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="AX5" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
-      <x:c r="AQ5" s="4" t="n">
-[...8 lines deleted...]
-      <x:c r="AT5" s="4" t="n">
+      <x:c r="AY5" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="AZ5" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="BA5" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
-      <x:c r="AU5" s="4" t="n">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="BB5" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="BC5" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="BD5" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:56">
       <x:c r="A6" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>9.7</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
         <x:v>11.1</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
@@ -1169,111 +1169,111 @@
       <x:c r="AB6" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="AC6" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="AD6" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="AE6" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AG6" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AH6" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="AI6" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AJ6" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="AK6" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="AL6" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="AM6" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AN6" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="AO6" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="AP6" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
-      <x:c r="AM6" s="4" t="n">
-[...5 lines deleted...]
-      <x:c r="AO6" s="4" t="n">
+      <x:c r="AQ6" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="AR6" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="AS6" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="AT6" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="AU6" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="AV6" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
-      <x:c r="AP6" s="4" t="n">
+      <x:c r="AW6" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="AX6" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="AY6" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="AZ6" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="BA6" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
-      <x:c r="AQ6" s="4" t="n">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="BB6" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="BC6" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="BD6" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:56">
       <x:c r="A7" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
         <x:v>11.1</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
@@ -1339,281 +1339,281 @@
       <x:c r="AB7" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="AC7" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="AD7" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="AE7" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="AF7" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AG7" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="AH7" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="AI7" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AJ7" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="AK7" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="AL7" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="AM7" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="AN7" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="AO7" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="AP7" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
-      <x:c r="AM7" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="AN7" s="4" t="n">
+      <x:c r="AQ7" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="AR7" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="AS7" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="AT7" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="AU7" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="AV7" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="AW7" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="AX7" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="AY7" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="AZ7" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="BA7" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="BB7" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="BC7" s="4" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="BD7" s="4" t="n">
         <x:v>3.4</x:v>
-      </x:c>
-[...46 lines deleted...]
-        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:56">
       <x:c r="A8" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>12.5</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>11.7</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
+        <x:v>9.1</x:v>
+      </x:c>
+      <x:c r="J8" s="4" t="n">
+        <x:v>8.5</x:v>
+      </x:c>
+      <x:c r="K8" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="L8" s="4" t="n">
+        <x:v>8.7</x:v>
+      </x:c>
+      <x:c r="M8" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
-      <x:c r="J8" s="4" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="N8" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="O8" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="P8" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="Q8" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="R8" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="S8" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="T8" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="U8" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="V8" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="W8" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="X8" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="Y8" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="Z8" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="AA8" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="AB8" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="AC8" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="AD8" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="AE8" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AF8" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="AG8" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="AH8" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="AI8" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="AJ8" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="AK8" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="AL8" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="AM8" s="4" t="n">
+        <x:v>5.8</x:v>
+      </x:c>
+      <x:c r="AN8" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="AO8" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="AP8" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="AQ8" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
-      <x:c r="AG8" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="AH8" s="4" t="n">
+      <x:c r="AR8" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="AS8" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="AT8" s="4" t="n">
         <x:v>2.8</x:v>
-      </x:c>
-[...34 lines deleted...]
-        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AU8" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AV8" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="AW8" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="AX8" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="AY8" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="AZ8" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="BA8" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="BB8" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="BC8" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="BD8" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:56">
       <x:c r="A9" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>10.2</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>13.1</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>12.4</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
@@ -1670,120 +1670,120 @@
       <x:c r="Y9" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="Z9" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AA9" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="AB9" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AC9" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AD9" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="AE9" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="AF9" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="AG9" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="AH9" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="AI9" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="AJ9" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AK9" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="AL9" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="AM9" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="AN9" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="AO9" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="AP9" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="AQ9" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
-      <x:c r="AP9" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="AR9" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="AS9" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="AT9" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="AU9" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AV9" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="AW9" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="AX9" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="AY9" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="AZ9" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="BA9" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="BB9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="BC9" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="BD9" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:56">
       <x:c r="A10" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>13.3</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
@@ -1822,138 +1822,138 @@
       <x:c r="S10" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="T10" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="U10" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="V10" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="W10" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="X10" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="Y10" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="Z10" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="AA10" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="AB10" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="AC10" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="AD10" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="AE10" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="AF10" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="AG10" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="AH10" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="AI10" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="AJ10" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AK10" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="AL10" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="AM10" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="AN10" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="AO10" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AP10" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="AQ10" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="AR10" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="AS10" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="AT10" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="AU10" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="AV10" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AW10" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="AX10" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="AY10" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="AZ10" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="BA10" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="BB10" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="BC10" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="BD10" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:56">
       <x:c r="A11" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>10.3</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>12.1</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
@@ -1992,138 +1992,138 @@
       <x:c r="S11" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="T11" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="U11" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="V11" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="W11" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="X11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="Y11" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="Z11" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="AA11" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="AB11" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="AC11" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="AD11" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="AE11" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AF11" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="AG11" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="AH11" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="AI11" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="AJ11" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="AK11" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="AL11" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="AM11" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AN11" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="AO11" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="AP11" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="AQ11" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="AR11" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AS11" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AT11" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AU11" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="AV11" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="AW11" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="AX11" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="AY11" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="AZ11" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="BA11" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="BB11" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
-      <x:c r="BB11" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="BC11" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="BD11" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:56">
       <x:c r="A12" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
         <x:v>14.7</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
@@ -2162,138 +2162,138 @@
       <x:c r="S12" s="4" t="n">
         <x:v>8.7</x:v>
       </x:c>
       <x:c r="T12" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="U12" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="V12" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="W12" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="X12" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="Y12" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="Z12" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="AA12" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="AB12" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="AC12" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AD12" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="AE12" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="AF12" s="4" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="AG12" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
-      <x:c r="AG12" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="AH12" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="AI12" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="AJ12" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AK12" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="AL12" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="AM12" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="AN12" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="AO12" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="AP12" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="AQ12" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="AR12" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="AS12" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="AT12" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="AU12" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="AV12" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AW12" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="AX12" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="AY12" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AZ12" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="BA12" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="BB12" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="BC12" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="BD12" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:56">
       <x:c r="A13" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
         <x:v>14.7</x:v>
       </x:c>
       <x:c r="G13" s="4" t="n">
         <x:v>11.2</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
@@ -2371,99 +2371,99 @@
       <x:c r="AF13" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="AG13" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="AH13" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="AI13" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="AJ13" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AK13" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="AL13" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="AM13" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="AN13" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="AO13" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="AP13" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="AQ13" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="AR13" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="AS13" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="AT13" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="AU13" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="AV13" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="AW13" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="AX13" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="AY13" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="AZ13" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="BA13" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="BB13" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="BC13" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="BD13" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:56">
       <x:c r="A14" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>11.9</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>9.9</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
         <x:v>12.9</x:v>
       </x:c>
       <x:c r="G14" s="4" t="n">
         <x:v>12.8</x:v>
       </x:c>
       <x:c r="H14" s="4" t="n">
@@ -2508,132 +2508,132 @@
       <x:c r="U14" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="V14" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="W14" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="X14" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="Y14" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="Z14" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="AA14" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="AB14" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AC14" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="AD14" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="AE14" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="AF14" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="AG14" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="AH14" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="AI14" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="AJ14" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="AK14" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AL14" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="AM14" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="AN14" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="AO14" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="AP14" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AQ14" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="AR14" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="AS14" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="AT14" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="AU14" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="AV14" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="AW14" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="AX14" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="AY14" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="AZ14" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="BA14" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="BB14" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="BC14" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="BD14" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:56">
       <x:c r="A15" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>12.9</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>10.7</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>9.4</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>12.7</x:v>
       </x:c>
       <x:c r="G15" s="4" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
@@ -2672,138 +2672,138 @@
       <x:c r="S15" s="4" t="n">
         <x:v>10.4</x:v>
       </x:c>
       <x:c r="T15" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="U15" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="V15" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="W15" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="X15" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="Y15" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="Z15" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="AA15" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="AB15" s="4" t="n">
         <x:v>3.7</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3.6</x:v>
       </x:c>
       <x:c r="AC15" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="AD15" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="AE15" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="AF15" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="AG15" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="AH15" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="AI15" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="AJ15" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="AK15" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="AL15" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="AM15" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="AN15" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="AO15" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="AP15" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="AQ15" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="AR15" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="AS15" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="AT15" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="AU15" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="AV15" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="AW15" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="AX15" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="AY15" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="AZ15" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="BA15" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
-      <x:c r="AU15" s="4" t="n">
-[...17 lines deleted...]
-      <x:c r="BA15" s="4" t="n">
+      <x:c r="BB15" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="BC15" s="4" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="BD15" s="4" t="n">
         <x:v>4.2</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:56">
       <x:c r="A16" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>8.7</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>13.6</x:v>
       </x:c>
       <x:c r="G16" s="4" t="n">
         <x:v>11.9</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
@@ -2902,122 +2902,122 @@
       <x:c r="AM16" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="AN16" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="AO16" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="AP16" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="AQ16" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AR16" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="AS16" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AT16" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="AU16" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="AV16" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AW16" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="AX16" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AY16" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AZ16" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="BA16" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="BB16" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="BC16" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="BD16" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:56">
       <x:c r="A17" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>10.1</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>9.1</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>8.9</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="K17" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="L17" s="4" t="n">
         <x:v>9.6</x:v>
       </x:c>
       <x:c r="M17" s="4" t="n">
         <x:v>12.5</x:v>
       </x:c>
       <x:c r="N17" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="O17" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="P17" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="R17" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="S17" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="T17" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="U17" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="V17" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
@@ -3030,120 +3030,120 @@
       <x:c r="Y17" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="Z17" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="AA17" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="AB17" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="AC17" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="AD17" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AE17" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="AF17" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="AG17" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="AH17" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AI17" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="AJ17" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AK17" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="AL17" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="AM17" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="AN17" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="AO17" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="AP17" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="AQ17" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="AR17" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="AS17" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
-      <x:c r="AM17" s="4" t="n">
+      <x:c r="AT17" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="AU17" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="AV17" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="AW17" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
-      <x:c r="AN17" s="4" t="n">
-[...5 lines deleted...]
-      <x:c r="AP17" s="4" t="n">
+      <x:c r="AX17" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="AY17" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="AZ17" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="BA17" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
-      <x:c r="AQ17" s="4" t="n">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="BB17" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="BC17" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="BD17" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:56">
       <x:c r="A18" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>8.5</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>9.1</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>14.4</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
@@ -3185,132 +3185,132 @@
       <x:c r="T18" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="U18" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="V18" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="W18" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="X18" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="Y18" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="Z18" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="AA18" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AB18" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="AC18" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AD18" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="AE18" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="AF18" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="AG18" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="AH18" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="AI18" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="AJ18" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="AK18" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
-      <x:c r="AJ18" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="AL18" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="AM18" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="AN18" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="AO18" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="AP18" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="AQ18" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="AR18" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="AS18" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="AT18" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="AU18" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="AV18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="AW18" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="AX18" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AY18" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AZ18" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="BA18" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="BB18" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="BC18" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="BD18" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:56">
       <x:c r="A20" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:56">
       <x:c r="A21" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:56">
       <x:c r="A22" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:56">
       <x:c r="A24" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>