--- v2 (2025-12-15)
+++ v3 (2026-01-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77c31d1a1ce046e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b67046cdb7414c7ca8ccf3fd9a76492c.psmdcp" Id="R49faab2c944a4480" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbc5046b05d342d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a42027d48924d6786f7f032da0f316d.psmdcp" Id="Reb46cfc8bda94642" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Prisendring" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="101" uniqueCount="101">
   <x:si>
     <x:t>09185: Hovedtall for konsum, etter næring, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Prisendring, årlig (prosent)</x:t>
   </x:si>
   <x:si>