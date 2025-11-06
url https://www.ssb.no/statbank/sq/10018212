--- v0 (2025-10-16)
+++ v1 (2025-11-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raea116cb63a74aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3e66e99801ca4f96b844140531afc274.psmdcp" Id="R87c952b331a146f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f7d690a33714ceb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5c66f03ac1474397a367b9743e85f8c2.psmdcp" Id="R3ed6b70934714301" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Volumendring" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="236">
   <x:si>
     <x:t>09173: Konsum i husholdninger, etter utgift, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Volumendring fra samme periode året før (prosent)</x:t>
   </x:si>
   <x:si>
@@ -592,51 +592,51 @@
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
     <x:t>Konsum i husholdninger</x:t>
   </x:si>
   <x:si>
     <x:t>..</x:t>
   </x:si>
   <x:si>
-    <x:t>Matvarer og alkolholfrie drikkevarer</x:t>
+    <x:t>Matvarer og alkoholfrie drikkevarer</x:t>
   </x:si>
   <x:si>
     <x:t>Alkoholdrikker og tobakk mv.</x:t>
   </x:si>
   <x:si>
     <x:t>Klær og skotøy</x:t>
   </x:si>
   <x:si>
     <x:t>Bolig lys og brensel</x:t>
   </x:si>
   <x:si>
     <x:t>Møbler og husholdningsartikler mv.</x:t>
   </x:si>
   <x:si>
     <x:t>Helsepleie</x:t>
   </x:si>
   <x:si>
     <x:t>Transport</x:t>
   </x:si>
   <x:si>
     <x:t>Post- og teletjenester</x:t>
   </x:si>
   <x:si>
     <x:t>Kultur og fritid</x:t>
   </x:si>