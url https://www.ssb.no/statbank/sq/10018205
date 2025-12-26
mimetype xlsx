--- v0 (2025-11-06)
+++ v1 (2025-12-26)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4456ef9a416d4960" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20ed28b770f244f7b0751ed0a3b97adb.psmdcp" Id="Re323bf9961a248b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83b6ec0e1a3c4a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/de9aa08fcf63456b8878c5343f73ad90.psmdcp" Id="R004e2e3002474e06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BNPB2" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="266">
   <x:si>
     <x:t>09171: Produksjon og inntekt, etter næring, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
-    <x:t>Bruttoprodukt i basisverdi. Faste 2022-priser (mill. kr)</x:t>
+    <x:t>Bruttoprodukt i basisverdi. Faste 2023-priser (mill. kr)</x:t>
   </x:si>
   <x:si>
     <x:t>1978K1</x:t>
   </x:si>
   <x:si>
     <x:t>1978K2</x:t>
   </x:si>
   <x:si>
     <x:t>1978K3</x:t>
   </x:si>
   <x:si>
     <x:t>1978K4</x:t>
   </x:si>
   <x:si>
     <x:t>1979K1</x:t>
   </x:si>
   <x:si>
     <x:t>1979K2</x:t>
   </x:si>
   <x:si>
     <x:t>1979K3</x:t>
   </x:si>
   <x:si>
     <x:t>1979K4</x:t>
   </x:si>
@@ -586,50 +586,53 @@
   <x:si>
     <x:t>2023K3</x:t>
   </x:si>
   <x:si>
     <x:t>2023K4</x:t>
   </x:si>
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
+    <x:t>2025K3</x:t>
+  </x:si>
+  <x:si>
     <x:t>Totalt for næringer</x:t>
   </x:si>
   <x:si>
     <x:t>Jordbruk og skogbruk</x:t>
   </x:si>
   <x:si>
     <x:t>Fiske, fangst og akvakultur</x:t>
   </x:si>
   <x:si>
     <x:t>Bergverksdrift</x:t>
   </x:si>
   <x:si>
     <x:t>Utvinning av råolje og naturgass, inkl. tjenester</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Utvinning av råolje og naturgass</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Tjenester tilknyttet utvinning av råolje og naturgass</x:t>
   </x:si>
   <x:si>
     <x:t>Industri</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Nærings-, drikkevare- og tobakksindustri</x:t>
@@ -739,66 +742,63 @@
   <x:si>
     <x:t>¬¬ Statsforvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Sivil forvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Forsvar</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Kommuneforvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>Fastlands-Norge</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Markedsrettet virksomhet Fastlands-Norge</x:t>
   </x:si>
   <x:si>
     <x:t>Markedsrettet virksomhet</x:t>
   </x:si>
   <x:si>
     <x:t>Ikke-markedsrettet virksomhet</x:t>
   </x:si>
   <x:si>
-    <x:t>Ujusterte tall etter basisår (endelig årsregnskap) er foreløpige.</x:t>
+    <x:t>Tallene etter år 2023 (basisåret) er foreløpige.</x:t>
   </x:si>
   <x:si>
     <x:t>Seriene i faste priser er kjeda volumtall fra basisåret og bakover, og fastpristall fra basisår og fremover. Additivitet i komponentene i volum forekommer kun f.o.m. basisår.</x:t>
   </x:si>
   <x:si>
-    <x:t>Feil i sesongjusterte tall ble rettet 29. november 2024 kl. 11.35.</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Sist endret:</x:t>
   </x:si>
   <x:si>
-    <x:t>Bruttoprodukt i basisverdi. Faste 2022-priser (mill. kr):</x:t>
+    <x:t>Bruttoprodukt i basisverdi. Faste 2023-priser (mill. kr):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250821 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kilde:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t>Kontakt:</x:t>
   </x:si>
   <x:si>
     <x:t>Achraf Bougroug, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 15</x:t>
   </x:si>
   <x:si>
     <x:t>acb@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Måleenhet:</x:t>
   </x:si>
   <x:si>
     <x:t>mill. kr</x:t>
   </x:si>
@@ -1197,70 +1197,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:GI98"/>
+  <x:dimension ref="A1:GJ97"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="191" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="192" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:191">
+    <x:row r="1" spans="1:192">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:191">
+    <x:row r="3" spans="1:192">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:191">
+    <x:row r="4" spans="1:192">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -1787,29508 +1787,29659 @@
       </x:c>
       <x:c r="GB4" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="GC4" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="GD4" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="GE4" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="GF4" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="GG4" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="GH4" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="GI4" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
+      <x:c r="GJ4" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:191">
+    <x:row r="5" spans="1:192">
       <x:c r="A5" s="2" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="B5" s="3" t="n">
+        <x:v>382825</x:v>
+      </x:c>
+      <x:c r="C5" s="3" t="n">
+        <x:v>394127</x:v>
+      </x:c>
+      <x:c r="D5" s="3" t="n">
+        <x:v>394654</x:v>
+      </x:c>
+      <x:c r="E5" s="3" t="n">
+        <x:v>412980</x:v>
+      </x:c>
+      <x:c r="F5" s="3" t="n">
+        <x:v>403400</x:v>
+      </x:c>
+      <x:c r="G5" s="3" t="n">
+        <x:v>387578</x:v>
+      </x:c>
+      <x:c r="H5" s="3" t="n">
+        <x:v>416519</x:v>
+      </x:c>
+      <x:c r="I5" s="3" t="n">
+        <x:v>442400</x:v>
+      </x:c>
+      <x:c r="J5" s="3" t="n">
+        <x:v>448489</x:v>
+      </x:c>
+      <x:c r="K5" s="3" t="n">
+        <x:v>427378</x:v>
+      </x:c>
+      <x:c r="L5" s="3" t="n">
+        <x:v>412458</x:v>
+      </x:c>
+      <x:c r="M5" s="3" t="n">
+        <x:v>448694</x:v>
+      </x:c>
+      <x:c r="N5" s="3" t="n">
+        <x:v>447198</x:v>
+      </x:c>
+      <x:c r="O5" s="3" t="n">
+        <x:v>434268</x:v>
+      </x:c>
+      <x:c r="P5" s="3" t="n">
+        <x:v>427171</x:v>
+      </x:c>
+      <x:c r="Q5" s="3" t="n">
+        <x:v>451124</x:v>
+      </x:c>
+      <x:c r="R5" s="3" t="n">
+        <x:v>448105</x:v>
+      </x:c>
+      <x:c r="S5" s="3" t="n">
+        <x:v>433840</x:v>
+      </x:c>
+      <x:c r="T5" s="3" t="n">
+        <x:v>429063</x:v>
+      </x:c>
+      <x:c r="U5" s="3" t="n">
+        <x:v>457193</x:v>
+      </x:c>
+      <x:c r="V5" s="3" t="n">
+        <x:v>454654</x:v>
+      </x:c>
+      <x:c r="W5" s="3" t="n">
+        <x:v>457214</x:v>
+      </x:c>
+      <x:c r="X5" s="3" t="n">
+        <x:v>446889</x:v>
+      </x:c>
+      <x:c r="Y5" s="3" t="n">
+        <x:v>477524</x:v>
+      </x:c>
+      <x:c r="Z5" s="3" t="n">
+        <x:v>488190</x:v>
+      </x:c>
+      <x:c r="AA5" s="3" t="n">
+        <x:v>477933</x:v>
+      </x:c>
+      <x:c r="AB5" s="3" t="n">
+        <x:v>487463</x:v>
+      </x:c>
+      <x:c r="AC5" s="3" t="n">
+        <x:v>509579</x:v>
+      </x:c>
+      <x:c r="AD5" s="3" t="n">
+        <x:v>517561</x:v>
+      </x:c>
+      <x:c r="AE5" s="3" t="n">
+        <x:v>494797</x:v>
+      </x:c>
+      <x:c r="AF5" s="3" t="n">
+        <x:v>505126</x:v>
+      </x:c>
+      <x:c r="AG5" s="3" t="n">
+        <x:v>540203</x:v>
+      </x:c>
+      <x:c r="AH5" s="3" t="n">
+        <x:v>527748</x:v>
+      </x:c>
+      <x:c r="AI5" s="3" t="n">
+        <x:v>518949</x:v>
+      </x:c>
+      <x:c r="AJ5" s="3" t="n">
+        <x:v>521331</x:v>
+      </x:c>
+      <x:c r="AK5" s="3" t="n">
+        <x:v>561058</x:v>
+      </x:c>
+      <x:c r="AL5" s="3" t="n">
+        <x:v>546257</x:v>
+      </x:c>
+      <x:c r="AM5" s="3" t="n">
+        <x:v>544949</x:v>
+      </x:c>
+      <x:c r="AN5" s="3" t="n">
+        <x:v>522338</x:v>
+      </x:c>
+      <x:c r="AO5" s="3" t="n">
+        <x:v>573132</x:v>
+      </x:c>
+      <x:c r="AP5" s="3" t="n">
+        <x:v>560103</x:v>
+      </x:c>
+      <x:c r="AQ5" s="3" t="n">
+        <x:v>539195</x:v>
+      </x:c>
+      <x:c r="AR5" s="3" t="n">
+        <x:v>533863</x:v>
+      </x:c>
+      <x:c r="AS5" s="3" t="n">
+        <x:v>572504</x:v>
+      </x:c>
+      <x:c r="AT5" s="3" t="n">
+        <x:v>550008</x:v>
+      </x:c>
+      <x:c r="AU5" s="3" t="n">
+        <x:v>564507</x:v>
+      </x:c>
+      <x:c r="AV5" s="3" t="n">
+        <x:v>547533</x:v>
+      </x:c>
+      <x:c r="AW5" s="3" t="n">
+        <x:v>588875</x:v>
+      </x:c>
+      <x:c r="AX5" s="3" t="n">
+        <x:v>575169</x:v>
+      </x:c>
+      <x:c r="AY5" s="3" t="n">
+        <x:v>559359</x:v>
+      </x:c>
+      <x:c r="AZ5" s="3" t="n">
+        <x:v>551373</x:v>
+      </x:c>
+      <x:c r="BA5" s="3" t="n">
+        <x:v>607412</x:v>
+      </x:c>
+      <x:c r="BB5" s="3" t="n">
+        <x:v>584794</x:v>
+      </x:c>
+      <x:c r="BC5" s="3" t="n">
+        <x:v>593918</x:v>
+      </x:c>
+      <x:c r="BD5" s="3" t="n">
+        <x:v>571988</x:v>
+      </x:c>
+      <x:c r="BE5" s="3" t="n">
+        <x:v>613971</x:v>
+      </x:c>
+      <x:c r="BF5" s="3" t="n">
+        <x:v>619334</x:v>
+      </x:c>
+      <x:c r="BG5" s="3" t="n">
+        <x:v>595667</x:v>
+      </x:c>
+      <x:c r="BH5" s="3" t="n">
+        <x:v>602488</x:v>
+      </x:c>
+      <x:c r="BI5" s="3" t="n">
+        <x:v>632680</x:v>
+      </x:c>
+      <x:c r="BJ5" s="3" t="n">
+        <x:v>617141</x:v>
+      </x:c>
+      <x:c r="BK5" s="3" t="n">
+        <x:v>606418</x:v>
+      </x:c>
+      <x:c r="BL5" s="3" t="n">
+        <x:v>615091</x:v>
+      </x:c>
+      <x:c r="BM5" s="3" t="n">
+        <x:v>676130</x:v>
+      </x:c>
+      <x:c r="BN5" s="3" t="n">
+        <x:v>651491</x:v>
+      </x:c>
+      <x:c r="BO5" s="3" t="n">
+        <x:v>655248</x:v>
+      </x:c>
+      <x:c r="BP5" s="3" t="n">
+        <x:v>637071</x:v>
+      </x:c>
+      <x:c r="BQ5" s="3" t="n">
+        <x:v>703689</x:v>
+      </x:c>
+      <x:c r="BR5" s="3" t="n">
+        <x:v>685060</x:v>
+      </x:c>
+      <x:c r="BS5" s="3" t="n">
+        <x:v>660144</x:v>
+      </x:c>
+      <x:c r="BT5" s="3" t="n">
+        <x:v>677197</x:v>
+      </x:c>
+      <x:c r="BU5" s="3" t="n">
+        <x:v>728058</x:v>
+      </x:c>
+      <x:c r="BV5" s="3" t="n">
+        <x:v>719439</x:v>
+      </x:c>
+      <x:c r="BW5" s="3" t="n">
+        <x:v>695755</x:v>
+      </x:c>
+      <x:c r="BX5" s="3" t="n">
+        <x:v>716019</x:v>
+      </x:c>
+      <x:c r="BY5" s="3" t="n">
+        <x:v>744411</x:v>
+      </x:c>
+      <x:c r="BZ5" s="3" t="n">
+        <x:v>734193</x:v>
+      </x:c>
+      <x:c r="CA5" s="3" t="n">
+        <x:v>756801</x:v>
+      </x:c>
+      <x:c r="CB5" s="3" t="n">
+        <x:v>735049</x:v>
+      </x:c>
+      <x:c r="CC5" s="3" t="n">
+        <x:v>793764</x:v>
+      </x:c>
+      <x:c r="CD5" s="3" t="n">
+        <x:v>789626</x:v>
+      </x:c>
+      <x:c r="CE5" s="3" t="n">
+        <x:v>762110</x:v>
+      </x:c>
+      <x:c r="CF5" s="3" t="n">
+        <x:v>744194</x:v>
+      </x:c>
+      <x:c r="CG5" s="3" t="n">
+        <x:v>796555</x:v>
+      </x:c>
+      <x:c r="CH5" s="3" t="n">
+        <x:v>786294</x:v>
+      </x:c>
+      <x:c r="CI5" s="3" t="n">
+        <x:v>765454</x:v>
+      </x:c>
+      <x:c r="CJ5" s="3" t="n">
+        <x:v>773193</x:v>
+      </x:c>
+      <x:c r="CK5" s="3" t="n">
+        <x:v>833905</x:v>
+      </x:c>
+      <x:c r="CL5" s="3" t="n">
+        <x:v>842268</x:v>
+      </x:c>
+      <x:c r="CM5" s="3" t="n">
+        <x:v>786923</x:v>
+      </x:c>
+      <x:c r="CN5" s="3" t="n">
+        <x:v>793517</x:v>
+      </x:c>
+      <x:c r="CO5" s="3" t="n">
+        <x:v>847468</x:v>
+      </x:c>
+      <x:c r="CP5" s="3" t="n">
+        <x:v>845503</x:v>
+      </x:c>
+      <x:c r="CQ5" s="3" t="n">
+        <x:v>802197</x:v>
+      </x:c>
+      <x:c r="CR5" s="3" t="n">
+        <x:v>814411</x:v>
+      </x:c>
+      <x:c r="CS5" s="3" t="n">
+        <x:v>872051</x:v>
+      </x:c>
+      <x:c r="CT5" s="3" t="n">
+        <x:v>832801</x:v>
+      </x:c>
+      <x:c r="CU5" s="3" t="n">
+        <x:v>847855</x:v>
+      </x:c>
+      <x:c r="CV5" s="3" t="n">
+        <x:v>812424</x:v>
+      </x:c>
+      <x:c r="CW5" s="3" t="n">
+        <x:v>879161</x:v>
+      </x:c>
+      <x:c r="CX5" s="3" t="n">
+        <x:v>867631</x:v>
+      </x:c>
+      <x:c r="CY5" s="3" t="n">
+        <x:v>821700</x:v>
+      </x:c>
+      <x:c r="CZ5" s="3" t="n">
+        <x:v>830853</x:v>
+      </x:c>
+      <x:c r="DA5" s="3" t="n">
+        <x:v>887266</x:v>
+      </x:c>
+      <x:c r="DB5" s="3" t="n">
+        <x:v>909541</x:v>
+      </x:c>
+      <x:c r="DC5" s="3" t="n">
+        <x:v>868104</x:v>
+      </x:c>
+      <x:c r="DD5" s="3" t="n">
+        <x:v>850117</x:v>
+      </x:c>
+      <x:c r="DE5" s="3" t="n">
+        <x:v>920740</x:v>
+      </x:c>
+      <x:c r="DF5" s="3" t="n">
+        <x:v>899835</x:v>
+      </x:c>
+      <x:c r="DG5" s="3" t="n">
+        <x:v>908672</x:v>
+      </x:c>
+      <x:c r="DH5" s="3" t="n">
+        <x:v>889623</x:v>
+      </x:c>
+      <x:c r="DI5" s="3" t="n">
+        <x:v>951469</x:v>
+      </x:c>
+      <x:c r="DJ5" s="3" t="n">
+        <x:v>944547</x:v>
+      </x:c>
+      <x:c r="DK5" s="3" t="n">
+        <x:v>901496</x:v>
+      </x:c>
+      <x:c r="DL5" s="3" t="n">
+        <x:v>907137</x:v>
+      </x:c>
+      <x:c r="DM5" s="3" t="n">
+        <x:v>985471</x:v>
+      </x:c>
+      <x:c r="DN5" s="3" t="n">
+        <x:v>966823</x:v>
+      </x:c>
+      <x:c r="DO5" s="3" t="n">
+        <x:v>925128</x:v>
+      </x:c>
+      <x:c r="DP5" s="3" t="n">
+        <x:v>937578</x:v>
+      </x:c>
+      <x:c r="DQ5" s="3" t="n">
+        <x:v>1020891</x:v>
+      </x:c>
+      <x:c r="DR5" s="3" t="n">
+        <x:v>964527</x:v>
+      </x:c>
+      <x:c r="DS5" s="3" t="n">
+        <x:v>965890</x:v>
+      </x:c>
+      <x:c r="DT5" s="3" t="n">
+        <x:v>942586</x:v>
+      </x:c>
+      <x:c r="DU5" s="3" t="n">
+        <x:v>1019037</x:v>
+      </x:c>
+      <x:c r="DV5" s="3" t="n">
+        <x:v>980806</x:v>
+      </x:c>
+      <x:c r="DW5" s="3" t="n">
+        <x:v>923975</x:v>
+      </x:c>
+      <x:c r="DX5" s="3" t="n">
+        <x:v>926434</x:v>
+      </x:c>
+      <x:c r="DY5" s="3" t="n">
+        <x:v>993042</x:v>
+      </x:c>
+      <x:c r="DZ5" s="3" t="n">
+        <x:v>985549</x:v>
+      </x:c>
+      <x:c r="EA5" s="3" t="n">
+        <x:v>949923</x:v>
+      </x:c>
+      <x:c r="EB5" s="3" t="n">
+        <x:v>912239</x:v>
+      </x:c>
+      <x:c r="EC5" s="3" t="n">
+        <x:v>1005526</x:v>
+      </x:c>
+      <x:c r="ED5" s="3" t="n">
+        <x:v>985747</x:v>
+      </x:c>
+      <x:c r="EE5" s="3" t="n">
+        <x:v>938470</x:v>
+      </x:c>
+      <x:c r="EF5" s="3" t="n">
+        <x:v>953800</x:v>
+      </x:c>
+      <x:c r="EG5" s="3" t="n">
+        <x:v>1019760</x:v>
+      </x:c>
+      <x:c r="EH5" s="3" t="n">
+        <x:v>1021275</x:v>
+      </x:c>
+      <x:c r="EI5" s="3" t="n">
+        <x:v>984314</x:v>
+      </x:c>
+      <x:c r="EJ5" s="3" t="n">
+        <x:v>961576</x:v>
+      </x:c>
+      <x:c r="EK5" s="3" t="n">
+        <x:v>1037900</x:v>
+      </x:c>
+      <x:c r="EL5" s="3" t="n">
+        <x:v>991285</x:v>
+      </x:c>
+      <x:c r="EM5" s="3" t="n">
+        <x:v>1011438</x:v>
+      </x:c>
+      <x:c r="EN5" s="3" t="n">
+        <x:v>995099</x:v>
+      </x:c>
+      <x:c r="EO5" s="3" t="n">
+        <x:v>1056671</x:v>
+      </x:c>
+      <x:c r="EP5" s="3" t="n">
+        <x:v>1029216</x:v>
+      </x:c>
+      <x:c r="EQ5" s="3" t="n">
+        <x:v>1010778</x:v>
+      </x:c>
+      <x:c r="ER5" s="3" t="n">
+        <x:v>1015398</x:v>
+      </x:c>
+      <x:c r="ES5" s="3" t="n">
+        <x:v>1084495</x:v>
+      </x:c>
+      <x:c r="ET5" s="3" t="n">
+        <x:v>1047381</x:v>
+      </x:c>
+      <x:c r="EU5" s="3" t="n">
+        <x:v>1038435</x:v>
+      </x:c>
+      <x:c r="EV5" s="3" t="n">
+        <x:v>1046624</x:v>
+      </x:c>
+      <x:c r="EW5" s="3" t="n">
+        <x:v>1091021</x:v>
+      </x:c>
+      <x:c r="EX5" s="3" t="n">
+        <x:v>1064737</x:v>
+      </x:c>
+      <x:c r="EY5" s="3" t="n">
+        <x:v>1059911</x:v>
+      </x:c>
+      <x:c r="EZ5" s="3" t="n">
+        <x:v>1025115</x:v>
+      </x:c>
+      <x:c r="FA5" s="3" t="n">
+        <x:v>1123686</x:v>
+      </x:c>
+      <x:c r="FB5" s="3" t="n">
+        <x:v>1114761</x:v>
+      </x:c>
+      <x:c r="FC5" s="3" t="n">
+        <x:v>1068091</x:v>
+      </x:c>
+      <x:c r="FD5" s="3" t="n">
+        <x:v>1070726</x:v>
+      </x:c>
+      <x:c r="FE5" s="3" t="n">
+        <x:v>1132937</x:v>
+      </x:c>
+      <x:c r="FF5" s="3" t="n">
+        <x:v>1112463</x:v>
+      </x:c>
+      <x:c r="FG5" s="3" t="n">
+        <x:v>1089954</x:v>
+      </x:c>
+      <x:c r="FH5" s="3" t="n">
+        <x:v>1078739</x:v>
+      </x:c>
+      <x:c r="FI5" s="3" t="n">
+        <x:v>1151917</x:v>
+      </x:c>
+      <x:c r="FJ5" s="3" t="n">
+        <x:v>1133966</x:v>
+      </x:c>
+      <x:c r="FK5" s="3" t="n">
+        <x:v>1083233</x:v>
+      </x:c>
+      <x:c r="FL5" s="3" t="n">
+        <x:v>1089075</x:v>
+      </x:c>
+      <x:c r="FM5" s="3" t="n">
+        <x:v>1198529</x:v>
+      </x:c>
+      <x:c r="FN5" s="3" t="n">
+        <x:v>1148860</x:v>
+      </x:c>
+      <x:c r="FO5" s="3" t="n">
+        <x:v>1052251</x:v>
+      </x:c>
+      <x:c r="FP5" s="3" t="n">
+        <x:v>1085199</x:v>
+      </x:c>
+      <x:c r="FQ5" s="3" t="n">
+        <x:v>1158335</x:v>
+      </x:c>
+      <x:c r="FR5" s="3" t="n">
+        <x:v>1142820</x:v>
+      </x:c>
+      <x:c r="FS5" s="3" t="n">
+        <x:v>1103049</x:v>
+      </x:c>
+      <x:c r="FT5" s="3" t="n">
+        <x:v>1144284</x:v>
+      </x:c>
+      <x:c r="FU5" s="3" t="n">
+        <x:v>1236189</x:v>
+      </x:c>
+      <x:c r="FV5" s="3" t="n">
+        <x:v>1206668</x:v>
+      </x:c>
+      <x:c r="FW5" s="3" t="n">
+        <x:v>1166752</x:v>
+      </x:c>
+      <x:c r="FX5" s="3" t="n">
+        <x:v>1194450</x:v>
+      </x:c>
+      <x:c r="FY5" s="3" t="n">
+        <x:v>1266407</x:v>
+      </x:c>
+      <x:c r="FZ5" s="3" t="n">
+        <x:v>1248741</x:v>
+      </x:c>
+      <x:c r="GA5" s="3" t="n">
+        <x:v>1167648</x:v>
+      </x:c>
+      <x:c r="GB5" s="3" t="n">
+        <x:v>1163625</x:v>
+      </x:c>
+      <x:c r="GC5" s="3" t="n">
+        <x:v>1272005</x:v>
+      </x:c>
+      <x:c r="GD5" s="3" t="n">
+        <x:v>1237121</x:v>
+      </x:c>
+      <x:c r="GE5" s="3" t="n">
+        <x:v>1223000</x:v>
+      </x:c>
+      <x:c r="GF5" s="3" t="n">
+        <x:v>1203418</x:v>
+      </x:c>
+      <x:c r="GG5" s="3" t="n">
+        <x:v>1269421</x:v>
+      </x:c>
+      <x:c r="GH5" s="3" t="n">
+        <x:v>1247836</x:v>
+      </x:c>
+      <x:c r="GI5" s="3" t="n">
+        <x:v>1213560</x:v>
+      </x:c>
+      <x:c r="GJ5" s="3" t="n">
+        <x:v>1229974</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:192">
+      <x:c r="A6" s="2" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="B6" s="3" t="n">
+        <x:v>2699</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="n">
+        <x:v>2520</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="n">
+        <x:v>10547</x:v>
+      </x:c>
+      <x:c r="E6" s="3" t="n">
+        <x:v>4298</x:v>
+      </x:c>
+      <x:c r="F6" s="3" t="n">
+        <x:v>2282</x:v>
+      </x:c>
+      <x:c r="G6" s="3" t="n">
+        <x:v>2058</x:v>
+      </x:c>
+      <x:c r="H6" s="3" t="n">
+        <x:v>9310</x:v>
+      </x:c>
+      <x:c r="I6" s="3" t="n">
+        <x:v>4736</x:v>
+      </x:c>
+      <x:c r="J6" s="3" t="n">
+        <x:v>2436</x:v>
+      </x:c>
+      <x:c r="K6" s="3" t="n">
+        <x:v>1966</x:v>
+      </x:c>
+      <x:c r="L6" s="3" t="n">
+        <x:v>10627</x:v>
+      </x:c>
+      <x:c r="M6" s="3" t="n">
+        <x:v>4710</x:v>
+      </x:c>
+      <x:c r="N6" s="3" t="n">
+        <x:v>2656</x:v>
+      </x:c>
+      <x:c r="O6" s="3" t="n">
+        <x:v>2135</x:v>
+      </x:c>
+      <x:c r="P6" s="3" t="n">
+        <x:v>10448</x:v>
+      </x:c>
+      <x:c r="Q6" s="3" t="n">
+        <x:v>5118</x:v>
+      </x:c>
+      <x:c r="R6" s="3" t="n">
+        <x:v>2842</x:v>
+      </x:c>
+      <x:c r="S6" s="3" t="n">
+        <x:v>2290</x:v>
+      </x:c>
+      <x:c r="T6" s="3" t="n">
+        <x:v>10720</x:v>
+      </x:c>
+      <x:c r="U6" s="3" t="n">
+        <x:v>4676</x:v>
+      </x:c>
+      <x:c r="V6" s="3" t="n">
+        <x:v>2976</x:v>
+      </x:c>
+      <x:c r="W6" s="3" t="n">
+        <x:v>2228</x:v>
+      </x:c>
+      <x:c r="X6" s="3" t="n">
+        <x:v>9617</x:v>
+      </x:c>
+      <x:c r="Y6" s="3" t="n">
+        <x:v>4830</x:v>
+      </x:c>
+      <x:c r="Z6" s="3" t="n">
+        <x:v>2905</x:v>
+      </x:c>
+      <x:c r="AA6" s="3" t="n">
+        <x:v>1626</x:v>
+      </x:c>
+      <x:c r="AB6" s="3" t="n">
+        <x:v>12075</x:v>
+      </x:c>
+      <x:c r="AC6" s="3" t="n">
+        <x:v>5342</x:v>
+      </x:c>
+      <x:c r="AD6" s="3" t="n">
+        <x:v>2631</x:v>
+      </x:c>
+      <x:c r="AE6" s="3" t="n">
+        <x:v>1675</x:v>
+      </x:c>
+      <x:c r="AF6" s="3" t="n">
+        <x:v>10714</x:v>
+      </x:c>
+      <x:c r="AG6" s="3" t="n">
+        <x:v>4731</x:v>
+      </x:c>
+      <x:c r="AH6" s="3" t="n">
+        <x:v>3063</x:v>
+      </x:c>
+      <x:c r="AI6" s="3" t="n">
+        <x:v>2301</x:v>
+      </x:c>
+      <x:c r="AJ6" s="3" t="n">
+        <x:v>8111</x:v>
+      </x:c>
+      <x:c r="AK6" s="3" t="n">
+        <x:v>4371</x:v>
+      </x:c>
+      <x:c r="AL6" s="3" t="n">
+        <x:v>3157</x:v>
+      </x:c>
+      <x:c r="AM6" s="3" t="n">
+        <x:v>2453</x:v>
+      </x:c>
+      <x:c r="AN6" s="3" t="n">
+        <x:v>8267</x:v>
+      </x:c>
+      <x:c r="AO6" s="3" t="n">
+        <x:v>4382</x:v>
+      </x:c>
+      <x:c r="AP6" s="3" t="n">
+        <x:v>3625</x:v>
+      </x:c>
+      <x:c r="AQ6" s="3" t="n">
+        <x:v>1934</x:v>
+      </x:c>
+      <x:c r="AR6" s="3" t="n">
+        <x:v>7962</x:v>
+      </x:c>
+      <x:c r="AS6" s="3" t="n">
+        <x:v>4363</x:v>
+      </x:c>
+      <x:c r="AT6" s="3" t="n">
+        <x:v>3730</x:v>
+      </x:c>
+      <x:c r="AU6" s="3" t="n">
+        <x:v>1688</x:v>
+      </x:c>
+      <x:c r="AV6" s="3" t="n">
+        <x:v>8752</x:v>
+      </x:c>
+      <x:c r="AW6" s="3" t="n">
+        <x:v>4581</x:v>
+      </x:c>
+      <x:c r="AX6" s="3" t="n">
+        <x:v>4105</x:v>
+      </x:c>
+      <x:c r="AY6" s="3" t="n">
+        <x:v>2112</x:v>
+      </x:c>
+      <x:c r="AZ6" s="3" t="n">
+        <x:v>9980</x:v>
+      </x:c>
+      <x:c r="BA6" s="3" t="n">
+        <x:v>4309</x:v>
+      </x:c>
+      <x:c r="BB6" s="3" t="n">
+        <x:v>4297</x:v>
+      </x:c>
+      <x:c r="BC6" s="3" t="n">
+        <x:v>2128</x:v>
+      </x:c>
+      <x:c r="BD6" s="3" t="n">
+        <x:v>10104</x:v>
+      </x:c>
+      <x:c r="BE6" s="3" t="n">
+        <x:v>4768</x:v>
+      </x:c>
+      <x:c r="BF6" s="3" t="n">
+        <x:v>4318</x:v>
+      </x:c>
+      <x:c r="BG6" s="3" t="n">
+        <x:v>2315</x:v>
+      </x:c>
+      <x:c r="BH6" s="3" t="n">
+        <x:v>8322</x:v>
+      </x:c>
+      <x:c r="BI6" s="3" t="n">
+        <x:v>4683</x:v>
+      </x:c>
+      <x:c r="BJ6" s="3" t="n">
+        <x:v>4483</x:v>
+      </x:c>
+      <x:c r="BK6" s="3" t="n">
+        <x:v>2099</x:v>
+      </x:c>
+      <x:c r="BL6" s="3" t="n">
+        <x:v>10358</x:v>
+      </x:c>
+      <x:c r="BM6" s="3" t="n">
+        <x:v>4795</x:v>
+      </x:c>
+      <x:c r="BN6" s="3" t="n">
+        <x:v>4346</x:v>
+      </x:c>
+      <x:c r="BO6" s="3" t="n">
+        <x:v>2935</x:v>
+      </x:c>
+      <x:c r="BP6" s="3" t="n">
+        <x:v>9035</x:v>
+      </x:c>
+      <x:c r="BQ6" s="3" t="n">
+        <x:v>5184</x:v>
+      </x:c>
+      <x:c r="BR6" s="3" t="n">
+        <x:v>4728</x:v>
+      </x:c>
+      <x:c r="BS6" s="3" t="n">
+        <x:v>1206</x:v>
+      </x:c>
+      <x:c r="BT6" s="3" t="n">
+        <x:v>10656</x:v>
+      </x:c>
+      <x:c r="BU6" s="3" t="n">
+        <x:v>5951</x:v>
+      </x:c>
+      <x:c r="BV6" s="3" t="n">
+        <x:v>4327</x:v>
+      </x:c>
+      <x:c r="BW6" s="3" t="n">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="BX6" s="3" t="n">
+        <x:v>10503</x:v>
+      </x:c>
+      <x:c r="BY6" s="3" t="n">
+        <x:v>6055</x:v>
+      </x:c>
+      <x:c r="BZ6" s="3" t="n">
+        <x:v>4305</x:v>
+      </x:c>
+      <x:c r="CA6" s="3" t="n">
+        <x:v>2432</x:v>
+      </x:c>
+      <x:c r="CB6" s="3" t="n">
+        <x:v>9895</x:v>
+      </x:c>
+      <x:c r="CC6" s="3" t="n">
+        <x:v>5074</x:v>
+      </x:c>
+      <x:c r="CD6" s="3" t="n">
+        <x:v>3982</x:v>
+      </x:c>
+      <x:c r="CE6" s="3" t="n">
+        <x:v>1956</x:v>
+      </x:c>
+      <x:c r="CF6" s="3" t="n">
+        <x:v>9403</x:v>
+      </x:c>
+      <x:c r="CG6" s="3" t="n">
+        <x:v>5569</x:v>
+      </x:c>
+      <x:c r="CH6" s="3" t="n">
+        <x:v>4083</x:v>
+      </x:c>
+      <x:c r="CI6" s="3" t="n">
+        <x:v>1616</x:v>
+      </x:c>
+      <x:c r="CJ6" s="3" t="n">
+        <x:v>9795</x:v>
+      </x:c>
+      <x:c r="CK6" s="3" t="n">
+        <x:v>5576</x:v>
+      </x:c>
+      <x:c r="CL6" s="3" t="n">
+        <x:v>4036</x:v>
+      </x:c>
+      <x:c r="CM6" s="3" t="n">
+        <x:v>2281</x:v>
+      </x:c>
+      <x:c r="CN6" s="3" t="n">
+        <x:v>9022</x:v>
+      </x:c>
+      <x:c r="CO6" s="3" t="n">
+        <x:v>5001</x:v>
+      </x:c>
+      <x:c r="CP6" s="3" t="n">
+        <x:v>4083</x:v>
+      </x:c>
+      <x:c r="CQ6" s="3" t="n">
+        <x:v>2043</x:v>
+      </x:c>
+      <x:c r="CR6" s="3" t="n">
+        <x:v>8602</x:v>
+      </x:c>
+      <x:c r="CS6" s="3" t="n">
+        <x:v>4583</x:v>
+      </x:c>
+      <x:c r="CT6" s="3" t="n">
+        <x:v>4131</x:v>
+      </x:c>
+      <x:c r="CU6" s="3" t="n">
+        <x:v>1494</x:v>
+      </x:c>
+      <x:c r="CV6" s="3" t="n">
+        <x:v>8753</x:v>
+      </x:c>
+      <x:c r="CW6" s="3" t="n">
+        <x:v>4902</x:v>
+      </x:c>
+      <x:c r="CX6" s="3" t="n">
+        <x:v>3918</x:v>
+      </x:c>
+      <x:c r="CY6" s="3" t="n">
+        <x:v>1175</x:v>
+      </x:c>
+      <x:c r="CZ6" s="3" t="n">
+        <x:v>8736</x:v>
+      </x:c>
+      <x:c r="DA6" s="3" t="n">
+        <x:v>4396</x:v>
+      </x:c>
+      <x:c r="DB6" s="3" t="n">
+        <x:v>4233</x:v>
+      </x:c>
+      <x:c r="DC6" s="3" t="n">
+        <x:v>1113</x:v>
+      </x:c>
+      <x:c r="DD6" s="3" t="n">
+        <x:v>10002</x:v>
+      </x:c>
+      <x:c r="DE6" s="3" t="n">
+        <x:v>4828</x:v>
+      </x:c>
+      <x:c r="DF6" s="3" t="n">
+        <x:v>4127</x:v>
+      </x:c>
+      <x:c r="DG6" s="3" t="n">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="DH6" s="3" t="n">
+        <x:v>10169</x:v>
+      </x:c>
+      <x:c r="DI6" s="3" t="n">
+        <x:v>5502</x:v>
+      </x:c>
+      <x:c r="DJ6" s="3" t="n">
+        <x:v>4618</x:v>
+      </x:c>
+      <x:c r="DK6" s="3" t="n">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="DL6" s="3" t="n">
+        <x:v>11054</x:v>
+      </x:c>
+      <x:c r="DM6" s="3" t="n">
+        <x:v>5818</x:v>
+      </x:c>
+      <x:c r="DN6" s="3" t="n">
+        <x:v>4920</x:v>
+      </x:c>
+      <x:c r="DO6" s="3" t="n">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="B5" s="3" t="n">
-[...567 lines deleted...]
-        <x:v>1311715</x:v>
+      <x:c r="DP6" s="3" t="n">
+        <x:v>11255</x:v>
+      </x:c>
+      <x:c r="DQ6" s="3" t="n">
+        <x:v>6436</x:v>
+      </x:c>
+      <x:c r="DR6" s="3" t="n">
+        <x:v>5633</x:v>
+      </x:c>
+      <x:c r="DS6" s="3" t="n">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="DT6" s="3" t="n">
+        <x:v>12014</x:v>
+      </x:c>
+      <x:c r="DU6" s="3" t="n">
+        <x:v>6166</x:v>
+      </x:c>
+      <x:c r="DV6" s="3" t="n">
+        <x:v>5480</x:v>
+      </x:c>
+      <x:c r="DW6" s="3" t="n">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="DX6" s="3" t="n">
+        <x:v>11190</x:v>
+      </x:c>
+      <x:c r="DY6" s="3" t="n">
+        <x:v>6434</x:v>
+      </x:c>
+      <x:c r="DZ6" s="3" t="n">
+        <x:v>5477</x:v>
+      </x:c>
+      <x:c r="EA6" s="3" t="n">
+        <x:v>1951</x:v>
+      </x:c>
+      <x:c r="EB6" s="3" t="n">
+        <x:v>10721</x:v>
+      </x:c>
+      <x:c r="EC6" s="3" t="n">
+        <x:v>6217</x:v>
+      </x:c>
+      <x:c r="ED6" s="3" t="n">
+        <x:v>5361</x:v>
+      </x:c>
+      <x:c r="EE6" s="3" t="n">
+        <x:v>1330</x:v>
+      </x:c>
+      <x:c r="EF6" s="3" t="n">
+        <x:v>9877</x:v>
+      </x:c>
+      <x:c r="EG6" s="3" t="n">
+        <x:v>5886</x:v>
+      </x:c>
+      <x:c r="EH6" s="3" t="n">
+        <x:v>5875</x:v>
+      </x:c>
+      <x:c r="EI6" s="3" t="n">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="EJ6" s="3" t="n">
+        <x:v>9292</x:v>
+      </x:c>
+      <x:c r="EK6" s="3" t="n">
+        <x:v>6603</x:v>
+      </x:c>
+      <x:c r="EL6" s="3" t="n">
+        <x:v>5222</x:v>
+      </x:c>
+      <x:c r="EM6" s="3" t="n">
+        <x:v>1005</x:v>
+      </x:c>
+      <x:c r="EN6" s="3" t="n">
+        <x:v>9400</x:v>
+      </x:c>
+      <x:c r="EO6" s="3" t="n">
+        <x:v>6202</x:v>
+      </x:c>
+      <x:c r="EP6" s="3" t="n">
+        <x:v>4749</x:v>
+      </x:c>
+      <x:c r="EQ6" s="3" t="n">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="ER6" s="3" t="n">
+        <x:v>11216</x:v>
+      </x:c>
+      <x:c r="ES6" s="3" t="n">
+        <x:v>5828</x:v>
+      </x:c>
+      <x:c r="ET6" s="3" t="n">
+        <x:v>4721</x:v>
+      </x:c>
+      <x:c r="EU6" s="3" t="n">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="EV6" s="3" t="n">
+        <x:v>12255</x:v>
+      </x:c>
+      <x:c r="EW6" s="3" t="n">
+        <x:v>5786</x:v>
+      </x:c>
+      <x:c r="EX6" s="3" t="n">
+        <x:v>4752</x:v>
+      </x:c>
+      <x:c r="EY6" s="3" t="n">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="EZ6" s="3" t="n">
+        <x:v>12298</x:v>
+      </x:c>
+      <x:c r="FA6" s="3" t="n">
+        <x:v>5710</x:v>
+      </x:c>
+      <x:c r="FB6" s="3" t="n">
+        <x:v>4986</x:v>
+      </x:c>
+      <x:c r="FC6" s="3" t="n">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="FD6" s="3" t="n">
+        <x:v>12212</x:v>
+      </x:c>
+      <x:c r="FE6" s="3" t="n">
+        <x:v>5867</x:v>
+      </x:c>
+      <x:c r="FF6" s="3" t="n">
+        <x:v>4867</x:v>
+      </x:c>
+      <x:c r="FG6" s="3" t="n">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="FH6" s="3" t="n">
+        <x:v>10132</x:v>
+      </x:c>
+      <x:c r="FI6" s="3" t="n">
+        <x:v>5814</x:v>
+      </x:c>
+      <x:c r="FJ6" s="3" t="n">
+        <x:v>5008</x:v>
+      </x:c>
+      <x:c r="FK6" s="3" t="n">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="FL6" s="3" t="n">
+        <x:v>12522</x:v>
+      </x:c>
+      <x:c r="FM6" s="3" t="n">
+        <x:v>5663</x:v>
+      </x:c>
+      <x:c r="FN6" s="3" t="n">
+        <x:v>4876</x:v>
+      </x:c>
+      <x:c r="FO6" s="3" t="n">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="FP6" s="3" t="n">
+        <x:v>11866</x:v>
+      </x:c>
+      <x:c r="FQ6" s="3" t="n">
+        <x:v>5235</x:v>
+      </x:c>
+      <x:c r="FR6" s="3" t="n">
+        <x:v>4992</x:v>
+      </x:c>
+      <x:c r="FS6" s="3" t="n">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="FT6" s="3" t="n">
+        <x:v>11721</x:v>
+      </x:c>
+      <x:c r="FU6" s="3" t="n">
+        <x:v>5694</x:v>
+      </x:c>
+      <x:c r="FV6" s="3" t="n">
+        <x:v>5690</x:v>
+      </x:c>
+      <x:c r="FW6" s="3" t="n">
+        <x:v>1189</x:v>
+      </x:c>
+      <x:c r="FX6" s="3" t="n">
+        <x:v>13376</x:v>
+      </x:c>
+      <x:c r="FY6" s="3" t="n">
+        <x:v>6205</x:v>
+      </x:c>
+      <x:c r="FZ6" s="3" t="n">
+        <x:v>4876</x:v>
+      </x:c>
+      <x:c r="GA6" s="3" t="n">
+        <x:v>-182</x:v>
+      </x:c>
+      <x:c r="GB6" s="3" t="n">
+        <x:v>10908</x:v>
+      </x:c>
+      <x:c r="GC6" s="3" t="n">
+        <x:v>5328</x:v>
+      </x:c>
+      <x:c r="GD6" s="3" t="n">
+        <x:v>4877</x:v>
+      </x:c>
+      <x:c r="GE6" s="3" t="n">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="GF6" s="3" t="n">
+        <x:v>12660</x:v>
+      </x:c>
+      <x:c r="GG6" s="3" t="n">
+        <x:v>5778</x:v>
+      </x:c>
+      <x:c r="GH6" s="3" t="n">
+        <x:v>5316</x:v>
+      </x:c>
+      <x:c r="GI6" s="3" t="n">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="GJ6" s="3" t="n">
+        <x:v>13014</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:191">
-[...36 lines deleted...]
-      <x:c r="M6" s="3" t="n">
+    <x:row r="7" spans="1:192">
+      <x:c r="A7" s="2" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="n">
+        <x:v>2341</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="n">
+        <x:v>2625</x:v>
+      </x:c>
+      <x:c r="D7" s="3" t="n">
+        <x:v>2137</x:v>
+      </x:c>
+      <x:c r="E7" s="3" t="n">
+        <x:v>2086</x:v>
+      </x:c>
+      <x:c r="F7" s="3" t="n">
+        <x:v>2583</x:v>
+      </x:c>
+      <x:c r="G7" s="3" t="n">
+        <x:v>2653</x:v>
+      </x:c>
+      <x:c r="H7" s="3" t="n">
+        <x:v>2398</x:v>
+      </x:c>
+      <x:c r="I7" s="3" t="n">
+        <x:v>1641</x:v>
+      </x:c>
+      <x:c r="J7" s="3" t="n">
+        <x:v>3455</x:v>
+      </x:c>
+      <x:c r="K7" s="3" t="n">
+        <x:v>2893</x:v>
+      </x:c>
+      <x:c r="L7" s="3" t="n">
+        <x:v>2407</x:v>
+      </x:c>
+      <x:c r="M7" s="3" t="n">
+        <x:v>1581</x:v>
+      </x:c>
+      <x:c r="N7" s="3" t="n">
+        <x:v>3880</x:v>
+      </x:c>
+      <x:c r="O7" s="3" t="n">
+        <x:v>3710</x:v>
+      </x:c>
+      <x:c r="P7" s="3" t="n">
+        <x:v>3444</x:v>
+      </x:c>
+      <x:c r="Q7" s="3" t="n">
+        <x:v>1884</x:v>
+      </x:c>
+      <x:c r="R7" s="3" t="n">
+        <x:v>3725</x:v>
+      </x:c>
+      <x:c r="S7" s="3" t="n">
+        <x:v>3086</x:v>
+      </x:c>
+      <x:c r="T7" s="3" t="n">
+        <x:v>3093</x:v>
+      </x:c>
+      <x:c r="U7" s="3" t="n">
+        <x:v>1940</x:v>
+      </x:c>
+      <x:c r="V7" s="3" t="n">
+        <x:v>3301</x:v>
+      </x:c>
+      <x:c r="W7" s="3" t="n">
+        <x:v>3291</x:v>
+      </x:c>
+      <x:c r="X7" s="3" t="n">
+        <x:v>3124</x:v>
+      </x:c>
+      <x:c r="Y7" s="3" t="n">
+        <x:v>2232</x:v>
+      </x:c>
+      <x:c r="Z7" s="3" t="n">
+        <x:v>3555</x:v>
+      </x:c>
+      <x:c r="AA7" s="3" t="n">
+        <x:v>3677</x:v>
+      </x:c>
+      <x:c r="AB7" s="3" t="n">
+        <x:v>3181</x:v>
+      </x:c>
+      <x:c r="AC7" s="3" t="n">
+        <x:v>2302</x:v>
+      </x:c>
+      <x:c r="AD7" s="3" t="n">
+        <x:v>2956</x:v>
+      </x:c>
+      <x:c r="AE7" s="3" t="n">
+        <x:v>3719</x:v>
+      </x:c>
+      <x:c r="AF7" s="3" t="n">
+        <x:v>2883</x:v>
+      </x:c>
+      <x:c r="AG7" s="3" t="n">
+        <x:v>2304</x:v>
+      </x:c>
+      <x:c r="AH7" s="3" t="n">
+        <x:v>2558</x:v>
+      </x:c>
+      <x:c r="AI7" s="3" t="n">
+        <x:v>3729</x:v>
+      </x:c>
+      <x:c r="AJ7" s="3" t="n">
+        <x:v>3025</x:v>
+      </x:c>
+      <x:c r="AK7" s="3" t="n">
+        <x:v>2815</x:v>
+      </x:c>
+      <x:c r="AL7" s="3" t="n">
+        <x:v>3176</x:v>
+      </x:c>
+      <x:c r="AM7" s="3" t="n">
+        <x:v>3410</x:v>
+      </x:c>
+      <x:c r="AN7" s="3" t="n">
+        <x:v>3365</x:v>
+      </x:c>
+      <x:c r="AO7" s="3" t="n">
+        <x:v>3692</x:v>
+      </x:c>
+      <x:c r="AP7" s="3" t="n">
+        <x:v>4867</x:v>
+      </x:c>
+      <x:c r="AQ7" s="3" t="n">
+        <x:v>2849</x:v>
+      </x:c>
+      <x:c r="AR7" s="3" t="n">
+        <x:v>3475</x:v>
+      </x:c>
+      <x:c r="AS7" s="3" t="n">
+        <x:v>3764</x:v>
+      </x:c>
+      <x:c r="AT7" s="3" t="n">
+        <x:v>4541</x:v>
+      </x:c>
+      <x:c r="AU7" s="3" t="n">
+        <x:v>3036</x:v>
+      </x:c>
+      <x:c r="AV7" s="3" t="n">
+        <x:v>3755</x:v>
+      </x:c>
+      <x:c r="AW7" s="3" t="n">
+        <x:v>3705</x:v>
+      </x:c>
+      <x:c r="AX7" s="3" t="n">
+        <x:v>3549</x:v>
+      </x:c>
+      <x:c r="AY7" s="3" t="n">
+        <x:v>2824</x:v>
+      </x:c>
+      <x:c r="AZ7" s="3" t="n">
+        <x:v>3589</x:v>
+      </x:c>
+      <x:c r="BA7" s="3" t="n">
+        <x:v>3228</x:v>
+      </x:c>
+      <x:c r="BB7" s="3" t="n">
+        <x:v>5216</x:v>
+      </x:c>
+      <x:c r="BC7" s="3" t="n">
+        <x:v>3649</x:v>
+      </x:c>
+      <x:c r="BD7" s="3" t="n">
+        <x:v>4538</x:v>
+      </x:c>
+      <x:c r="BE7" s="3" t="n">
+        <x:v>4571</x:v>
+      </x:c>
+      <x:c r="BF7" s="3" t="n">
+        <x:v>5765</x:v>
+      </x:c>
+      <x:c r="BG7" s="3" t="n">
+        <x:v>3550</x:v>
+      </x:c>
+      <x:c r="BH7" s="3" t="n">
+        <x:v>4488</x:v>
+      </x:c>
+      <x:c r="BI7" s="3" t="n">
+        <x:v>4859</x:v>
+      </x:c>
+      <x:c r="BJ7" s="3" t="n">
+        <x:v>7199</x:v>
+      </x:c>
+      <x:c r="BK7" s="3" t="n">
+        <x:v>5522</x:v>
+      </x:c>
+      <x:c r="BL7" s="3" t="n">
+        <x:v>6091</x:v>
+      </x:c>
+      <x:c r="BM7" s="3" t="n">
+        <x:v>5242</x:v>
+      </x:c>
+      <x:c r="BN7" s="3" t="n">
+        <x:v>7897</x:v>
+      </x:c>
+      <x:c r="BO7" s="3" t="n">
+        <x:v>5773</x:v>
+      </x:c>
+      <x:c r="BP7" s="3" t="n">
+        <x:v>7075</x:v>
+      </x:c>
+      <x:c r="BQ7" s="3" t="n">
+        <x:v>6742</x:v>
+      </x:c>
+      <x:c r="BR7" s="3" t="n">
+        <x:v>8639</x:v>
+      </x:c>
+      <x:c r="BS7" s="3" t="n">
+        <x:v>6825</x:v>
+      </x:c>
+      <x:c r="BT7" s="3" t="n">
+        <x:v>7476</x:v>
+      </x:c>
+      <x:c r="BU7" s="3" t="n">
+        <x:v>7504</x:v>
+      </x:c>
+      <x:c r="BV7" s="3" t="n">
+        <x:v>9898</x:v>
+      </x:c>
+      <x:c r="BW7" s="3" t="n">
+        <x:v>6467</x:v>
+      </x:c>
+      <x:c r="BX7" s="3" t="n">
+        <x:v>7023</x:v>
+      </x:c>
+      <x:c r="BY7" s="3" t="n">
+        <x:v>7052</x:v>
+      </x:c>
+      <x:c r="BZ7" s="3" t="n">
+        <x:v>8367</x:v>
+      </x:c>
+      <x:c r="CA7" s="3" t="n">
+        <x:v>8229</x:v>
+      </x:c>
+      <x:c r="CB7" s="3" t="n">
+        <x:v>7526</x:v>
+      </x:c>
+      <x:c r="CC7" s="3" t="n">
+        <x:v>7168</x:v>
+      </x:c>
+      <x:c r="CD7" s="3" t="n">
+        <x:v>8523</x:v>
+      </x:c>
+      <x:c r="CE7" s="3" t="n">
+        <x:v>8538</x:v>
+      </x:c>
+      <x:c r="CF7" s="3" t="n">
+        <x:v>7551</x:v>
+      </x:c>
+      <x:c r="CG7" s="3" t="n">
+        <x:v>8078</x:v>
+      </x:c>
+      <x:c r="CH7" s="3" t="n">
+        <x:v>8773</x:v>
+      </x:c>
+      <x:c r="CI7" s="3" t="n">
+        <x:v>7331</x:v>
+      </x:c>
+      <x:c r="CJ7" s="3" t="n">
+        <x:v>8104</x:v>
+      </x:c>
+      <x:c r="CK7" s="3" t="n">
+        <x:v>8096</x:v>
+      </x:c>
+      <x:c r="CL7" s="3" t="n">
+        <x:v>8084</x:v>
+      </x:c>
+      <x:c r="CM7" s="3" t="n">
+        <x:v>7129</x:v>
+      </x:c>
+      <x:c r="CN7" s="3" t="n">
+        <x:v>7220</x:v>
+      </x:c>
+      <x:c r="CO7" s="3" t="n">
+        <x:v>7608</x:v>
+      </x:c>
+      <x:c r="CP7" s="3" t="n">
+        <x:v>10031</x:v>
+      </x:c>
+      <x:c r="CQ7" s="3" t="n">
+        <x:v>6125</x:v>
+      </x:c>
+      <x:c r="CR7" s="3" t="n">
+        <x:v>6660</x:v>
+      </x:c>
+      <x:c r="CS7" s="3" t="n">
+        <x:v>7122</x:v>
+      </x:c>
+      <x:c r="CT7" s="3" t="n">
+        <x:v>10776</x:v>
+      </x:c>
+      <x:c r="CU7" s="3" t="n">
+        <x:v>7311</x:v>
+      </x:c>
+      <x:c r="CV7" s="3" t="n">
+        <x:v>10083</x:v>
+      </x:c>
+      <x:c r="CW7" s="3" t="n">
+        <x:v>7828</x:v>
+      </x:c>
+      <x:c r="CX7" s="3" t="n">
+        <x:v>10379</x:v>
+      </x:c>
+      <x:c r="CY7" s="3" t="n">
+        <x:v>7611</x:v>
+      </x:c>
+      <x:c r="CZ7" s="3" t="n">
+        <x:v>9097</x:v>
+      </x:c>
+      <x:c r="DA7" s="3" t="n">
+        <x:v>9877</x:v>
+      </x:c>
+      <x:c r="DB7" s="3" t="n">
+        <x:v>12901</x:v>
+      </x:c>
+      <x:c r="DC7" s="3" t="n">
+        <x:v>8675</x:v>
+      </x:c>
+      <x:c r="DD7" s="3" t="n">
+        <x:v>10643</x:v>
+      </x:c>
+      <x:c r="DE7" s="3" t="n">
+        <x:v>10654</x:v>
+      </x:c>
+      <x:c r="DF7" s="3" t="n">
+        <x:v>12880</x:v>
+      </x:c>
+      <x:c r="DG7" s="3" t="n">
+        <x:v>9706</x:v>
+      </x:c>
+      <x:c r="DH7" s="3" t="n">
+        <x:v>9688</x:v>
+      </x:c>
+      <x:c r="DI7" s="3" t="n">
+        <x:v>13007</x:v>
+      </x:c>
+      <x:c r="DJ7" s="3" t="n">
+        <x:v>13707</x:v>
+      </x:c>
+      <x:c r="DK7" s="3" t="n">
+        <x:v>9436</x:v>
+      </x:c>
+      <x:c r="DL7" s="3" t="n">
+        <x:v>8434</x:v>
+      </x:c>
+      <x:c r="DM7" s="3" t="n">
+        <x:v>13210</x:v>
+      </x:c>
+      <x:c r="DN7" s="3" t="n">
+        <x:v>15717</x:v>
+      </x:c>
+      <x:c r="DO7" s="3" t="n">
+        <x:v>10647</x:v>
+      </x:c>
+      <x:c r="DP7" s="3" t="n">
+        <x:v>9015</x:v>
+      </x:c>
+      <x:c r="DQ7" s="3" t="n">
+        <x:v>14276</x:v>
+      </x:c>
+      <x:c r="DR7" s="3" t="n">
+        <x:v>15546</x:v>
+      </x:c>
+      <x:c r="DS7" s="3" t="n">
+        <x:v>10051</x:v>
+      </x:c>
+      <x:c r="DT7" s="3" t="n">
+        <x:v>10071</x:v>
+      </x:c>
+      <x:c r="DU7" s="3" t="n">
+        <x:v>14347</x:v>
+      </x:c>
+      <x:c r="DV7" s="3" t="n">
+        <x:v>16044</x:v>
+      </x:c>
+      <x:c r="DW7" s="3" t="n">
+        <x:v>9798</x:v>
+      </x:c>
+      <x:c r="DX7" s="3" t="n">
+        <x:v>11978</x:v>
+      </x:c>
+      <x:c r="DY7" s="3" t="n">
+        <x:v>16850</x:v>
+      </x:c>
+      <x:c r="DZ7" s="3" t="n">
+        <x:v>20204</x:v>
+      </x:c>
+      <x:c r="EA7" s="3" t="n">
+        <x:v>12749</x:v>
+      </x:c>
+      <x:c r="EB7" s="3" t="n">
+        <x:v>16003</x:v>
+      </x:c>
+      <x:c r="EC7" s="3" t="n">
+        <x:v>14992</x:v>
+      </x:c>
+      <x:c r="ED7" s="3" t="n">
+        <x:v>19884</x:v>
+      </x:c>
+      <x:c r="EE7" s="3" t="n">
+        <x:v>14550</x:v>
+      </x:c>
+      <x:c r="EF7" s="3" t="n">
+        <x:v>18887</x:v>
+      </x:c>
+      <x:c r="EG7" s="3" t="n">
+        <x:v>18672</x:v>
+      </x:c>
+      <x:c r="EH7" s="3" t="n">
+        <x:v>23235</x:v>
+      </x:c>
+      <x:c r="EI7" s="3" t="n">
+        <x:v>16419</x:v>
+      </x:c>
+      <x:c r="EJ7" s="3" t="n">
+        <x:v>16550</x:v>
+      </x:c>
+      <x:c r="EK7" s="3" t="n">
+        <x:v>20997</x:v>
+      </x:c>
+      <x:c r="EL7" s="3" t="n">
+        <x:v>18375</x:v>
+      </x:c>
+      <x:c r="EM7" s="3" t="n">
+        <x:v>15519</x:v>
+      </x:c>
+      <x:c r="EN7" s="3" t="n">
+        <x:v>15735</x:v>
+      </x:c>
+      <x:c r="EO7" s="3" t="n">
+        <x:v>21057</x:v>
+      </x:c>
+      <x:c r="EP7" s="3" t="n">
+        <x:v>20405</x:v>
+      </x:c>
+      <x:c r="EQ7" s="3" t="n">
+        <x:v>19054</x:v>
+      </x:c>
+      <x:c r="ER7" s="3" t="n">
+        <x:v>19225</x:v>
+      </x:c>
+      <x:c r="ES7" s="3" t="n">
+        <x:v>20617</x:v>
+      </x:c>
+      <x:c r="ET7" s="3" t="n">
+        <x:v>17789</x:v>
+      </x:c>
+      <x:c r="EU7" s="3" t="n">
+        <x:v>17092</x:v>
+      </x:c>
+      <x:c r="EV7" s="3" t="n">
+        <x:v>16554</x:v>
+      </x:c>
+      <x:c r="EW7" s="3" t="n">
+        <x:v>17882</x:v>
+      </x:c>
+      <x:c r="EX7" s="3" t="n">
+        <x:v>15451</x:v>
+      </x:c>
+      <x:c r="EY7" s="3" t="n">
+        <x:v>14357</x:v>
+      </x:c>
+      <x:c r="EZ7" s="3" t="n">
+        <x:v>15630</x:v>
+      </x:c>
+      <x:c r="FA7" s="3" t="n">
+        <x:v>15966</x:v>
+      </x:c>
+      <x:c r="FB7" s="3" t="n">
+        <x:v>16034</x:v>
+      </x:c>
+      <x:c r="FC7" s="3" t="n">
+        <x:v>13755</x:v>
+      </x:c>
+      <x:c r="FD7" s="3" t="n">
+        <x:v>15891</x:v>
+      </x:c>
+      <x:c r="FE7" s="3" t="n">
+        <x:v>18964</x:v>
+      </x:c>
+      <x:c r="FF7" s="3" t="n">
+        <x:v>17079</x:v>
+      </x:c>
+      <x:c r="FG7" s="3" t="n">
+        <x:v>14740</x:v>
+      </x:c>
+      <x:c r="FH7" s="3" t="n">
+        <x:v>15720</x:v>
+      </x:c>
+      <x:c r="FI7" s="3" t="n">
+        <x:v>18528</x:v>
+      </x:c>
+      <x:c r="FJ7" s="3" t="n">
+        <x:v>15378</x:v>
+      </x:c>
+      <x:c r="FK7" s="3" t="n">
+        <x:v>14876</x:v>
+      </x:c>
+      <x:c r="FL7" s="3" t="n">
+        <x:v>16031</x:v>
+      </x:c>
+      <x:c r="FM7" s="3" t="n">
+        <x:v>17428</x:v>
+      </x:c>
+      <x:c r="FN7" s="3" t="n">
+        <x:v>16024</x:v>
+      </x:c>
+      <x:c r="FO7" s="3" t="n">
+        <x:v>16784</x:v>
+      </x:c>
+      <x:c r="FP7" s="3" t="n">
+        <x:v>17345</x:v>
+      </x:c>
+      <x:c r="FQ7" s="3" t="n">
+        <x:v>21771</x:v>
+      </x:c>
+      <x:c r="FR7" s="3" t="n">
+        <x:v>18791</x:v>
+      </x:c>
+      <x:c r="FS7" s="3" t="n">
+        <x:v>17095</x:v>
+      </x:c>
+      <x:c r="FT7" s="3" t="n">
+        <x:v>22234</x:v>
+      </x:c>
+      <x:c r="FU7" s="3" t="n">
+        <x:v>21265</x:v>
+      </x:c>
+      <x:c r="FV7" s="3" t="n">
+        <x:v>20887</x:v>
+      </x:c>
+      <x:c r="FW7" s="3" t="n">
+        <x:v>16983</x:v>
+      </x:c>
+      <x:c r="FX7" s="3" t="n">
+        <x:v>22307</x:v>
+      </x:c>
+      <x:c r="FY7" s="3" t="n">
+        <x:v>20893</x:v>
+      </x:c>
+      <x:c r="FZ7" s="3" t="n">
+        <x:v>17158</x:v>
+      </x:c>
+      <x:c r="GA7" s="3" t="n">
+        <x:v>14500</x:v>
+      </x:c>
+      <x:c r="GB7" s="3" t="n">
+        <x:v>17170</x:v>
+      </x:c>
+      <x:c r="GC7" s="3" t="n">
+        <x:v>17464</x:v>
+      </x:c>
+      <x:c r="GD7" s="3" t="n">
+        <x:v>15730</x:v>
+      </x:c>
+      <x:c r="GE7" s="3" t="n">
+        <x:v>12377</x:v>
+      </x:c>
+      <x:c r="GF7" s="3" t="n">
+        <x:v>18615</x:v>
+      </x:c>
+      <x:c r="GG7" s="3" t="n">
+        <x:v>15985</x:v>
+      </x:c>
+      <x:c r="GH7" s="3" t="n">
+        <x:v>15942</x:v>
+      </x:c>
+      <x:c r="GI7" s="3" t="n">
+        <x:v>15676</x:v>
+      </x:c>
+      <x:c r="GJ7" s="3" t="n">
+        <x:v>19466</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:192">
+      <x:c r="A8" s="2" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="n">
+        <x:v>2027</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="n">
+        <x:v>2359</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="n">
+        <x:v>1941</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="n">
+        <x:v>2409</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="n">
+        <x:v>2160</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="n">
+        <x:v>2252</x:v>
+      </x:c>
+      <x:c r="H8" s="3" t="n">
+        <x:v>2062</x:v>
+      </x:c>
+      <x:c r="I8" s="3" t="n">
+        <x:v>2280</x:v>
+      </x:c>
+      <x:c r="J8" s="3" t="n">
+        <x:v>2085</x:v>
+      </x:c>
+      <x:c r="K8" s="3" t="n">
+        <x:v>2074</x:v>
+      </x:c>
+      <x:c r="L8" s="3" t="n">
+        <x:v>1827</x:v>
+      </x:c>
+      <x:c r="M8" s="3" t="n">
+        <x:v>1831</x:v>
+      </x:c>
+      <x:c r="N8" s="3" t="n">
+        <x:v>1888</x:v>
+      </x:c>
+      <x:c r="O8" s="3" t="n">
+        <x:v>1999</x:v>
+      </x:c>
+      <x:c r="P8" s="3" t="n">
+        <x:v>1770</x:v>
+      </x:c>
+      <x:c r="Q8" s="3" t="n">
+        <x:v>1896</x:v>
+      </x:c>
+      <x:c r="R8" s="3" t="n">
+        <x:v>1934</x:v>
+      </x:c>
+      <x:c r="S8" s="3" t="n">
+        <x:v>1894</x:v>
+      </x:c>
+      <x:c r="T8" s="3" t="n">
+        <x:v>1697</x:v>
+      </x:c>
+      <x:c r="U8" s="3" t="n">
+        <x:v>1435</x:v>
+      </x:c>
+      <x:c r="V8" s="3" t="n">
+        <x:v>1775</x:v>
+      </x:c>
+      <x:c r="W8" s="3" t="n">
+        <x:v>2240</x:v>
+      </x:c>
+      <x:c r="X8" s="3" t="n">
+        <x:v>1869</x:v>
+      </x:c>
+      <x:c r="Y8" s="3" t="n">
+        <x:v>2170</x:v>
+      </x:c>
+      <x:c r="Z8" s="3" t="n">
+        <x:v>1946</x:v>
+      </x:c>
+      <x:c r="AA8" s="3" t="n">
+        <x:v>2006</x:v>
+      </x:c>
+      <x:c r="AB8" s="3" t="n">
+        <x:v>1851</x:v>
+      </x:c>
+      <x:c r="AC8" s="3" t="n">
+        <x:v>2107</x:v>
+      </x:c>
+      <x:c r="AD8" s="3" t="n">
+        <x:v>1841</x:v>
+      </x:c>
+      <x:c r="AE8" s="3" t="n">
+        <x:v>1846</x:v>
+      </x:c>
+      <x:c r="AF8" s="3" t="n">
+        <x:v>1789</x:v>
+      </x:c>
+      <x:c r="AG8" s="3" t="n">
+        <x:v>2099</x:v>
+      </x:c>
+      <x:c r="AH8" s="3" t="n">
+        <x:v>1804</x:v>
+      </x:c>
+      <x:c r="AI8" s="3" t="n">
+        <x:v>2375</x:v>
+      </x:c>
+      <x:c r="AJ8" s="3" t="n">
+        <x:v>2005</x:v>
+      </x:c>
+      <x:c r="AK8" s="3" t="n">
+        <x:v>2228</x:v>
+      </x:c>
+      <x:c r="AL8" s="3" t="n">
+        <x:v>2042</x:v>
+      </x:c>
+      <x:c r="AM8" s="3" t="n">
+        <x:v>2252</x:v>
+      </x:c>
+      <x:c r="AN8" s="3" t="n">
+        <x:v>2092</x:v>
+      </x:c>
+      <x:c r="AO8" s="3" t="n">
+        <x:v>2200</x:v>
+      </x:c>
+      <x:c r="AP8" s="3" t="n">
+        <x:v>1806</x:v>
+      </x:c>
+      <x:c r="AQ8" s="3" t="n">
+        <x:v>2073</x:v>
+      </x:c>
+      <x:c r="AR8" s="3" t="n">
+        <x:v>1926</x:v>
+      </x:c>
+      <x:c r="AS8" s="3" t="n">
+        <x:v>1858</x:v>
+      </x:c>
+      <x:c r="AT8" s="3" t="n">
+        <x:v>1949</x:v>
+      </x:c>
+      <x:c r="AU8" s="3" t="n">
+        <x:v>2246</x:v>
+      </x:c>
+      <x:c r="AV8" s="3" t="n">
+        <x:v>2088</x:v>
+      </x:c>
+      <x:c r="AW8" s="3" t="n">
+        <x:v>2144</x:v>
+      </x:c>
+      <x:c r="AX8" s="3" t="n">
+        <x:v>2004</x:v>
+      </x:c>
+      <x:c r="AY8" s="3" t="n">
+        <x:v>2077</x:v>
+      </x:c>
+      <x:c r="AZ8" s="3" t="n">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="BA8" s="3" t="n">
+        <x:v>2143</x:v>
+      </x:c>
+      <x:c r="BB8" s="3" t="n">
+        <x:v>2001</x:v>
+      </x:c>
+      <x:c r="BC8" s="3" t="n">
+        <x:v>2216</x:v>
+      </x:c>
+      <x:c r="BD8" s="3" t="n">
+        <x:v>1991</x:v>
+      </x:c>
+      <x:c r="BE8" s="3" t="n">
+        <x:v>2060</x:v>
+      </x:c>
+      <x:c r="BF8" s="3" t="n">
+        <x:v>2146</x:v>
+      </x:c>
+      <x:c r="BG8" s="3" t="n">
+        <x:v>2231</x:v>
+      </x:c>
+      <x:c r="BH8" s="3" t="n">
+        <x:v>2157</x:v>
+      </x:c>
+      <x:c r="BI8" s="3" t="n">
+        <x:v>2195</x:v>
+      </x:c>
+      <x:c r="BJ8" s="3" t="n">
+        <x:v>1790</x:v>
+      </x:c>
+      <x:c r="BK8" s="3" t="n">
+        <x:v>1920</x:v>
+      </x:c>
+      <x:c r="BL8" s="3" t="n">
+        <x:v>1912</x:v>
+      </x:c>
+      <x:c r="BM8" s="3" t="n">
+        <x:v>1847</x:v>
+      </x:c>
+      <x:c r="BN8" s="3" t="n">
+        <x:v>1944</x:v>
+      </x:c>
+      <x:c r="BO8" s="3" t="n">
+        <x:v>2372</x:v>
+      </x:c>
+      <x:c r="BP8" s="3" t="n">
+        <x:v>2362</x:v>
+      </x:c>
+      <x:c r="BQ8" s="3" t="n">
+        <x:v>2471</x:v>
+      </x:c>
+      <x:c r="BR8" s="3" t="n">
+        <x:v>2116</x:v>
+      </x:c>
+      <x:c r="BS8" s="3" t="n">
+        <x:v>2439</x:v>
+      </x:c>
+      <x:c r="BT8" s="3" t="n">
+        <x:v>2237</x:v>
+      </x:c>
+      <x:c r="BU8" s="3" t="n">
+        <x:v>2396</x:v>
+      </x:c>
+      <x:c r="BV8" s="3" t="n">
+        <x:v>2636</x:v>
+      </x:c>
+      <x:c r="BW8" s="3" t="n">
+        <x:v>2821</x:v>
+      </x:c>
+      <x:c r="BX8" s="3" t="n">
+        <x:v>2554</x:v>
+      </x:c>
+      <x:c r="BY8" s="3" t="n">
+        <x:v>2891</x:v>
+      </x:c>
+      <x:c r="BZ8" s="3" t="n">
+        <x:v>2705</x:v>
+      </x:c>
+      <x:c r="CA8" s="3" t="n">
+        <x:v>3205</x:v>
+      </x:c>
+      <x:c r="CB8" s="3" t="n">
+        <x:v>3045</x:v>
+      </x:c>
+      <x:c r="CC8" s="3" t="n">
+        <x:v>3068</x:v>
+      </x:c>
+      <x:c r="CD8" s="3" t="n">
+        <x:v>2500</x:v>
+      </x:c>
+      <x:c r="CE8" s="3" t="n">
+        <x:v>2759</x:v>
+      </x:c>
+      <x:c r="CF8" s="3" t="n">
+        <x:v>2652</x:v>
+      </x:c>
+      <x:c r="CG8" s="3" t="n">
+        <x:v>2552</x:v>
+      </x:c>
+      <x:c r="CH8" s="3" t="n">
+        <x:v>2678</x:v>
+      </x:c>
+      <x:c r="CI8" s="3" t="n">
+        <x:v>2861</x:v>
+      </x:c>
+      <x:c r="CJ8" s="3" t="n">
+        <x:v>3026</x:v>
+      </x:c>
+      <x:c r="CK8" s="3" t="n">
+        <x:v>2998</x:v>
+      </x:c>
+      <x:c r="CL8" s="3" t="n">
+        <x:v>2650</x:v>
+      </x:c>
+      <x:c r="CM8" s="3" t="n">
+        <x:v>2879</x:v>
+      </x:c>
+      <x:c r="CN8" s="3" t="n">
+        <x:v>2778</x:v>
+      </x:c>
+      <x:c r="CO8" s="3" t="n">
+        <x:v>3144</x:v>
+      </x:c>
+      <x:c r="CP8" s="3" t="n">
+        <x:v>3083</x:v>
+      </x:c>
+      <x:c r="CQ8" s="3" t="n">
+        <x:v>3246</x:v>
+      </x:c>
+      <x:c r="CR8" s="3" t="n">
+        <x:v>3313</x:v>
+      </x:c>
+      <x:c r="CS8" s="3" t="n">
+        <x:v>3535</x:v>
+      </x:c>
+      <x:c r="CT8" s="3" t="n">
+        <x:v>3299</x:v>
+      </x:c>
+      <x:c r="CU8" s="3" t="n">
+        <x:v>3718</x:v>
+      </x:c>
+      <x:c r="CV8" s="3" t="n">
+        <x:v>3729</x:v>
+      </x:c>
+      <x:c r="CW8" s="3" t="n">
+        <x:v>3301</x:v>
+      </x:c>
+      <x:c r="CX8" s="3" t="n">
+        <x:v>2945</x:v>
+      </x:c>
+      <x:c r="CY8" s="3" t="n">
+        <x:v>3301</x:v>
+      </x:c>
+      <x:c r="CZ8" s="3" t="n">
+        <x:v>2998</x:v>
+      </x:c>
+      <x:c r="DA8" s="3" t="n">
+        <x:v>3408</x:v>
+      </x:c>
+      <x:c r="DB8" s="3" t="n">
+        <x:v>2808</x:v>
+      </x:c>
+      <x:c r="DC8" s="3" t="n">
+        <x:v>3365</x:v>
+      </x:c>
+      <x:c r="DD8" s="3" t="n">
+        <x:v>3659</x:v>
+      </x:c>
+      <x:c r="DE8" s="3" t="n">
+        <x:v>3578</x:v>
+      </x:c>
+      <x:c r="DF8" s="3" t="n">
+        <x:v>2963</x:v>
+      </x:c>
+      <x:c r="DG8" s="3" t="n">
+        <x:v>3709</x:v>
+      </x:c>
+      <x:c r="DH8" s="3" t="n">
+        <x:v>3030</x:v>
+      </x:c>
+      <x:c r="DI8" s="3" t="n">
+        <x:v>3164</x:v>
+      </x:c>
+      <x:c r="DJ8" s="3" t="n">
+        <x:v>2832</x:v>
+      </x:c>
+      <x:c r="DK8" s="3" t="n">
+        <x:v>3907</x:v>
+      </x:c>
+      <x:c r="DL8" s="3" t="n">
+        <x:v>3464</x:v>
+      </x:c>
+      <x:c r="DM8" s="3" t="n">
+        <x:v>3980</x:v>
+      </x:c>
+      <x:c r="DN8" s="3" t="n">
+        <x:v>3735</x:v>
+      </x:c>
+      <x:c r="DO8" s="3" t="n">
+        <x:v>3755</x:v>
+      </x:c>
+      <x:c r="DP8" s="3" t="n">
+        <x:v>4133</x:v>
+      </x:c>
+      <x:c r="DQ8" s="3" t="n">
+        <x:v>4465</x:v>
+      </x:c>
+      <x:c r="DR8" s="3" t="n">
+        <x:v>3529</x:v>
+      </x:c>
+      <x:c r="DS8" s="3" t="n">
+        <x:v>4974</x:v>
+      </x:c>
+      <x:c r="DT8" s="3" t="n">
+        <x:v>3918</x:v>
+      </x:c>
+      <x:c r="DU8" s="3" t="n">
+        <x:v>4215</x:v>
+      </x:c>
+      <x:c r="DV8" s="3" t="n">
+        <x:v>2633</x:v>
+      </x:c>
+      <x:c r="DW8" s="3" t="n">
+        <x:v>3321</x:v>
+      </x:c>
+      <x:c r="DX8" s="3" t="n">
+        <x:v>3110</x:v>
+      </x:c>
+      <x:c r="DY8" s="3" t="n">
+        <x:v>3415</x:v>
+      </x:c>
+      <x:c r="DZ8" s="3" t="n">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="EA8" s="3" t="n">
+        <x:v>4237</x:v>
+      </x:c>
+      <x:c r="EB8" s="3" t="n">
+        <x:v>3690</x:v>
+      </x:c>
+      <x:c r="EC8" s="3" t="n">
+        <x:v>3631</x:v>
+      </x:c>
+      <x:c r="ED8" s="3" t="n">
+        <x:v>3653</x:v>
+      </x:c>
+      <x:c r="EE8" s="3" t="n">
+        <x:v>3738</x:v>
+      </x:c>
+      <x:c r="EF8" s="3" t="n">
+        <x:v>3424</x:v>
+      </x:c>
+      <x:c r="EG8" s="3" t="n">
+        <x:v>3606</x:v>
+      </x:c>
+      <x:c r="EH8" s="3" t="n">
+        <x:v>3641</x:v>
+      </x:c>
+      <x:c r="EI8" s="3" t="n">
+        <x:v>3693</x:v>
+      </x:c>
+      <x:c r="EJ8" s="3" t="n">
+        <x:v>3270</x:v>
+      </x:c>
+      <x:c r="EK8" s="3" t="n">
+        <x:v>3541</x:v>
+      </x:c>
+      <x:c r="EL8" s="3" t="n">
+        <x:v>3292</x:v>
+      </x:c>
+      <x:c r="EM8" s="3" t="n">
+        <x:v>4063</x:v>
+      </x:c>
+      <x:c r="EN8" s="3" t="n">
+        <x:v>3407</x:v>
+      </x:c>
+      <x:c r="EO8" s="3" t="n">
+        <x:v>3337</x:v>
+      </x:c>
+      <x:c r="EP8" s="3" t="n">
+        <x:v>3009</x:v>
+      </x:c>
+      <x:c r="EQ8" s="3" t="n">
+        <x:v>3579</x:v>
+      </x:c>
+      <x:c r="ER8" s="3" t="n">
+        <x:v>3420</x:v>
+      </x:c>
+      <x:c r="ES8" s="3" t="n">
+        <x:v>3565</x:v>
+      </x:c>
+      <x:c r="ET8" s="3" t="n">
+        <x:v>3144</x:v>
+      </x:c>
+      <x:c r="EU8" s="3" t="n">
+        <x:v>3727</x:v>
+      </x:c>
+      <x:c r="EV8" s="3" t="n">
+        <x:v>3473</x:v>
+      </x:c>
+      <x:c r="EW8" s="3" t="n">
+        <x:v>3182</x:v>
+      </x:c>
+      <x:c r="EX8" s="3" t="n">
+        <x:v>3270</x:v>
+      </x:c>
+      <x:c r="EY8" s="3" t="n">
+        <x:v>3335</x:v>
+      </x:c>
+      <x:c r="EZ8" s="3" t="n">
+        <x:v>3404</x:v>
+      </x:c>
+      <x:c r="FA8" s="3" t="n">
+        <x:v>3161</x:v>
+      </x:c>
+      <x:c r="FB8" s="3" t="n">
+        <x:v>2859</x:v>
+      </x:c>
+      <x:c r="FC8" s="3" t="n">
+        <x:v>3100</x:v>
+      </x:c>
+      <x:c r="FD8" s="3" t="n">
+        <x:v>3084</x:v>
+      </x:c>
+      <x:c r="FE8" s="3" t="n">
+        <x:v>2731</x:v>
+      </x:c>
+      <x:c r="FF8" s="3" t="n">
+        <x:v>2632</x:v>
+      </x:c>
+      <x:c r="FG8" s="3" t="n">
+        <x:v>3028</x:v>
+      </x:c>
+      <x:c r="FH8" s="3" t="n">
+        <x:v>2855</x:v>
+      </x:c>
+      <x:c r="FI8" s="3" t="n">
+        <x:v>2908</x:v>
+      </x:c>
+      <x:c r="FJ8" s="3" t="n">
+        <x:v>2983</x:v>
+      </x:c>
+      <x:c r="FK8" s="3" t="n">
+        <x:v>3006</x:v>
+      </x:c>
+      <x:c r="FL8" s="3" t="n">
+        <x:v>3515</x:v>
+      </x:c>
+      <x:c r="FM8" s="3" t="n">
+        <x:v>3254</x:v>
+      </x:c>
+      <x:c r="FN8" s="3" t="n">
+        <x:v>2734</x:v>
+      </x:c>
+      <x:c r="FO8" s="3" t="n">
+        <x:v>2431</x:v>
+      </x:c>
+      <x:c r="FP8" s="3" t="n">
+        <x:v>2470</x:v>
+      </x:c>
+      <x:c r="FQ8" s="3" t="n">
+        <x:v>2669</x:v>
+      </x:c>
+      <x:c r="FR8" s="3" t="n">
+        <x:v>2304</x:v>
+      </x:c>
+      <x:c r="FS8" s="3" t="n">
+        <x:v>2825</x:v>
+      </x:c>
+      <x:c r="FT8" s="3" t="n">
+        <x:v>2839</x:v>
+      </x:c>
+      <x:c r="FU8" s="3" t="n">
+        <x:v>2833</x:v>
+      </x:c>
+      <x:c r="FV8" s="3" t="n">
+        <x:v>2479</x:v>
+      </x:c>
+      <x:c r="FW8" s="3" t="n">
+        <x:v>2380</x:v>
+      </x:c>
+      <x:c r="FX8" s="3" t="n">
+        <x:v>2522</x:v>
+      </x:c>
+      <x:c r="FY8" s="3" t="n">
+        <x:v>2234</x:v>
+      </x:c>
+      <x:c r="FZ8" s="3" t="n">
+        <x:v>1974</x:v>
+      </x:c>
+      <x:c r="GA8" s="3" t="n">
+        <x:v>1815</x:v>
+      </x:c>
+      <x:c r="GB8" s="3" t="n">
+        <x:v>1831</x:v>
+      </x:c>
+      <x:c r="GC8" s="3" t="n">
+        <x:v>1691</x:v>
+      </x:c>
+      <x:c r="GD8" s="3" t="n">
+        <x:v>1492</x:v>
+      </x:c>
+      <x:c r="GE8" s="3" t="n">
+        <x:v>1790</x:v>
+      </x:c>
+      <x:c r="GF8" s="3" t="n">
+        <x:v>1769</x:v>
+      </x:c>
+      <x:c r="GG8" s="3" t="n">
+        <x:v>1797</x:v>
+      </x:c>
+      <x:c r="GH8" s="3" t="n">
+        <x:v>1549</x:v>
+      </x:c>
+      <x:c r="GI8" s="3" t="n">
+        <x:v>1690</x:v>
+      </x:c>
+      <x:c r="GJ8" s="3" t="n">
+        <x:v>1713</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:192">
+      <x:c r="A9" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="n">
+        <x:v>44980</x:v>
+      </x:c>
+      <x:c r="C9" s="3" t="n">
+        <x:v>45351</x:v>
+      </x:c>
+      <x:c r="D9" s="3" t="n">
+        <x:v>55415</x:v>
+      </x:c>
+      <x:c r="E9" s="3" t="n">
+        <x:v>49593</x:v>
+      </x:c>
+      <x:c r="F9" s="3" t="n">
+        <x:v>48744</x:v>
+      </x:c>
+      <x:c r="G9" s="3" t="n">
+        <x:v>43618</x:v>
+      </x:c>
+      <x:c r="H9" s="3" t="n">
+        <x:v>70504</x:v>
+      </x:c>
+      <x:c r="I9" s="3" t="n">
+        <x:v>72017</x:v>
+      </x:c>
+      <x:c r="J9" s="3" t="n">
+        <x:v>79268</x:v>
+      </x:c>
+      <x:c r="K9" s="3" t="n">
+        <x:v>73574</x:v>
+      </x:c>
+      <x:c r="L9" s="3" t="n">
+        <x:v>63339</x:v>
+      </x:c>
+      <x:c r="M9" s="3" t="n">
+        <x:v>76451</x:v>
+      </x:c>
+      <x:c r="N9" s="3" t="n">
+        <x:v>71754</x:v>
+      </x:c>
+      <x:c r="O9" s="3" t="n">
+        <x:v>74455</x:v>
+      </x:c>
+      <x:c r="P9" s="3" t="n">
+        <x:v>68619</x:v>
+      </x:c>
+      <x:c r="Q9" s="3" t="n">
+        <x:v>70145</x:v>
+      </x:c>
+      <x:c r="R9" s="3" t="n">
+        <x:v>70765</x:v>
+      </x:c>
+      <x:c r="S9" s="3" t="n">
+        <x:v>72459</x:v>
+      </x:c>
+      <x:c r="T9" s="3" t="n">
+        <x:v>72731</x:v>
+      </x:c>
+      <x:c r="U9" s="3" t="n">
+        <x:v>73392</x:v>
+      </x:c>
+      <x:c r="V9" s="3" t="n">
+        <x:v>80262</x:v>
+      </x:c>
+      <x:c r="W9" s="3" t="n">
+        <x:v>85663</x:v>
+      </x:c>
+      <x:c r="X9" s="3" t="n">
+        <x:v>82459</x:v>
+      </x:c>
+      <x:c r="Y9" s="3" t="n">
+        <x:v>87032</x:v>
+      </x:c>
+      <x:c r="Z9" s="3" t="n">
+        <x:v>89879</x:v>
+      </x:c>
+      <x:c r="AA9" s="3" t="n">
+        <x:v>99871</x:v>
+      </x:c>
+      <x:c r="AB9" s="3" t="n">
+        <x:v>103618</x:v>
+      </x:c>
+      <x:c r="AC9" s="3" t="n">
+        <x:v>94836</x:v>
+      </x:c>
+      <x:c r="AD9" s="3" t="n">
+        <x:v>96490</x:v>
+      </x:c>
+      <x:c r="AE9" s="3" t="n">
+        <x:v>93563</x:v>
+      </x:c>
+      <x:c r="AF9" s="3" t="n">
+        <x:v>105665</x:v>
+      </x:c>
+      <x:c r="AG9" s="3" t="n">
+        <x:v>109058</x:v>
+      </x:c>
+      <x:c r="AH9" s="3" t="n">
+        <x:v>113060</x:v>
+      </x:c>
+      <x:c r="AI9" s="3" t="n">
+        <x:v>86609</x:v>
+      </x:c>
+      <x:c r="AJ9" s="3" t="n">
+        <x:v>111430</x:v>
+      </x:c>
+      <x:c r="AK9" s="3" t="n">
+        <x:v>119312</x:v>
+      </x:c>
+      <x:c r="AL9" s="3" t="n">
+        <x:v>115893</x:v>
+      </x:c>
+      <x:c r="AM9" s="3" t="n">
+        <x:v>118659</x:v>
+      </x:c>
+      <x:c r="AN9" s="3" t="n">
+        <x:v>112319</x:v>
+      </x:c>
+      <x:c r="AO9" s="3" t="n">
+        <x:v>125654</x:v>
+      </x:c>
+      <x:c r="AP9" s="3" t="n">
+        <x:v>128351</x:v>
+      </x:c>
+      <x:c r="AQ9" s="3" t="n">
+        <x:v>118057</x:v>
+      </x:c>
+      <x:c r="AR9" s="3" t="n">
+        <x:v>123371</x:v>
+      </x:c>
+      <x:c r="AS9" s="3" t="n">
+        <x:v>136593</x:v>
+      </x:c>
+      <x:c r="AT9" s="3" t="n">
+        <x:v>155410</x:v>
+      </x:c>
+      <x:c r="AU9" s="3" t="n">
+        <x:v>161698</x:v>
+      </x:c>
+      <x:c r="AV9" s="3" t="n">
+        <x:v>163790</x:v>
+      </x:c>
+      <x:c r="AW9" s="3" t="n">
+        <x:v>170526</x:v>
+      </x:c>
+      <x:c r="AX9" s="3" t="n">
+        <x:v>169229</x:v>
+      </x:c>
+      <x:c r="AY9" s="3" t="n">
+        <x:v>167408</x:v>
+      </x:c>
+      <x:c r="AZ9" s="3" t="n">
+        <x:v>160466</x:v>
+      </x:c>
+      <x:c r="BA9" s="3" t="n">
+        <x:v>194367</x:v>
+      </x:c>
+      <x:c r="BB9" s="3" t="n">
+        <x:v>197257</x:v>
+      </x:c>
+      <x:c r="BC9" s="3" t="n">
+        <x:v>196471</x:v>
+      </x:c>
+      <x:c r="BD9" s="3" t="n">
+        <x:v>184162</x:v>
+      </x:c>
+      <x:c r="BE9" s="3" t="n">
+        <x:v>210480</x:v>
+      </x:c>
+      <x:c r="BF9" s="3" t="n">
+        <x:v>219576</x:v>
+      </x:c>
+      <x:c r="BG9" s="3" t="n">
+        <x:v>214402</x:v>
+      </x:c>
+      <x:c r="BH9" s="3" t="n">
+        <x:v>215644</x:v>
+      </x:c>
+      <x:c r="BI9" s="3" t="n">
+        <x:v>230713</x:v>
+      </x:c>
+      <x:c r="BJ9" s="3" t="n">
+        <x:v>216395</x:v>
+      </x:c>
+      <x:c r="BK9" s="3" t="n">
+        <x:v>219261</x:v>
+      </x:c>
+      <x:c r="BL9" s="3" t="n">
+        <x:v>224424</x:v>
+      </x:c>
+      <x:c r="BM9" s="3" t="n">
+        <x:v>254824</x:v>
+      </x:c>
+      <x:c r="BN9" s="3" t="n">
+        <x:v>259847</x:v>
+      </x:c>
+      <x:c r="BO9" s="3" t="n">
+        <x:v>260641</x:v>
+      </x:c>
+      <x:c r="BP9" s="3" t="n">
+        <x:v>240293</x:v>
+      </x:c>
+      <x:c r="BQ9" s="3" t="n">
+        <x:v>287564</x:v>
+      </x:c>
+      <x:c r="BR9" s="3" t="n">
+        <x:v>274012</x:v>
+      </x:c>
+      <x:c r="BS9" s="3" t="n">
+        <x:v>272204</x:v>
+      </x:c>
+      <x:c r="BT9" s="3" t="n">
+        <x:v>280558</x:v>
+      </x:c>
+      <x:c r="BU9" s="3" t="n">
+        <x:v>316061</x:v>
+      </x:c>
+      <x:c r="BV9" s="3" t="n">
+        <x:v>311624</x:v>
+      </x:c>
+      <x:c r="BW9" s="3" t="n">
+        <x:v>311016</x:v>
+      </x:c>
+      <x:c r="BX9" s="3" t="n">
+        <x:v>321448</x:v>
+      </x:c>
+      <x:c r="BY9" s="3" t="n">
+        <x:v>327571</x:v>
+      </x:c>
+      <x:c r="BZ9" s="3" t="n">
+        <x:v>341009</x:v>
+      </x:c>
+      <x:c r="CA9" s="3" t="n">
+        <x:v>333380</x:v>
+      </x:c>
+      <x:c r="CB9" s="3" t="n">
+        <x:v>318889</x:v>
+      </x:c>
+      <x:c r="CC9" s="3" t="n">
+        <x:v>351024</x:v>
+      </x:c>
+      <x:c r="CD9" s="3" t="n">
+        <x:v>339629</x:v>
+      </x:c>
+      <x:c r="CE9" s="3" t="n">
+        <x:v>324003</x:v>
+      </x:c>
+      <x:c r="CF9" s="3" t="n">
+        <x:v>296203</x:v>
+      </x:c>
+      <x:c r="CG9" s="3" t="n">
+        <x:v>324515</x:v>
+      </x:c>
+      <x:c r="CH9" s="3" t="n">
+        <x:v>319660</x:v>
+      </x:c>
+      <x:c r="CI9" s="3" t="n">
+        <x:v>306932</x:v>
+      </x:c>
+      <x:c r="CJ9" s="3" t="n">
+        <x:v>311484</x:v>
+      </x:c>
+      <x:c r="CK9" s="3" t="n">
+        <x:v>348191</x:v>
+      </x:c>
+      <x:c r="CL9" s="3" t="n">
+        <x:v>363739</x:v>
+      </x:c>
+      <x:c r="CM9" s="3" t="n">
+        <x:v>332065</x:v>
+      </x:c>
+      <x:c r="CN9" s="3" t="n">
+        <x:v>334146</x:v>
+      </x:c>
+      <x:c r="CO9" s="3" t="n">
+        <x:v>367941</x:v>
+      </x:c>
+      <x:c r="CP9" s="3" t="n">
+        <x:v>358359</x:v>
+      </x:c>
+      <x:c r="CQ9" s="3" t="n">
+        <x:v>341042</x:v>
+      </x:c>
+      <x:c r="CR9" s="3" t="n">
+        <x:v>354513</x:v>
+      </x:c>
+      <x:c r="CS9" s="3" t="n">
+        <x:v>386114</x:v>
+      </x:c>
+      <x:c r="CT9" s="3" t="n">
+        <x:v>359634</x:v>
+      </x:c>
+      <x:c r="CU9" s="3" t="n">
+        <x:v>366026</x:v>
+      </x:c>
+      <x:c r="CV9" s="3" t="n">
+        <x:v>340273</x:v>
+      </x:c>
+      <x:c r="CW9" s="3" t="n">
+        <x:v>393785</x:v>
+      </x:c>
+      <x:c r="CX9" s="3" t="n">
+        <x:v>379159</x:v>
+      </x:c>
+      <x:c r="CY9" s="3" t="n">
+        <x:v>349115</x:v>
+      </x:c>
+      <x:c r="CZ9" s="3" t="n">
+        <x:v>351634</x:v>
+      </x:c>
+      <x:c r="DA9" s="3" t="n">
+        <x:v>387814</x:v>
+      </x:c>
+      <x:c r="DB9" s="3" t="n">
+        <x:v>396728</x:v>
+      </x:c>
+      <x:c r="DC9" s="3" t="n">
+        <x:v>374448</x:v>
+      </x:c>
+      <x:c r="DD9" s="3" t="n">
+        <x:v>341160</x:v>
+      </x:c>
+      <x:c r="DE9" s="3" t="n">
+        <x:v>380045</x:v>
+      </x:c>
+      <x:c r="DF9" s="3" t="n">
+        <x:v>371590</x:v>
+      </x:c>
+      <x:c r="DG9" s="3" t="n">
+        <x:v>354016</x:v>
+      </x:c>
+      <x:c r="DH9" s="3" t="n">
+        <x:v>350218</x:v>
+      </x:c>
+      <x:c r="DI9" s="3" t="n">
+        <x:v>364051</x:v>
+      </x:c>
+      <x:c r="DJ9" s="3" t="n">
+        <x:v>357428</x:v>
+      </x:c>
+      <x:c r="DK9" s="3" t="n">
+        <x:v>330012</x:v>
+      </x:c>
+      <x:c r="DL9" s="3" t="n">
+        <x:v>330813</x:v>
+      </x:c>
+      <x:c r="DM9" s="3" t="n">
+        <x:v>348060</x:v>
+      </x:c>
+      <x:c r="DN9" s="3" t="n">
+        <x:v>343097</x:v>
+      </x:c>
+      <x:c r="DO9" s="3" t="n">
+        <x:v>310623</x:v>
+      </x:c>
+      <x:c r="DP9" s="3" t="n">
+        <x:v>312402</x:v>
+      </x:c>
+      <x:c r="DQ9" s="3" t="n">
+        <x:v>341256</x:v>
+      </x:c>
+      <x:c r="DR9" s="3" t="n">
+        <x:v>332290</x:v>
+      </x:c>
+      <x:c r="DS9" s="3" t="n">
+        <x:v>304818</x:v>
+      </x:c>
+      <x:c r="DT9" s="3" t="n">
+        <x:v>297992</x:v>
+      </x:c>
+      <x:c r="DU9" s="3" t="n">
+        <x:v>340296</x:v>
+      </x:c>
+      <x:c r="DV9" s="3" t="n">
+        <x:v>340547</x:v>
+      </x:c>
+      <x:c r="DW9" s="3" t="n">
+        <x:v>293877</x:v>
+      </x:c>
+      <x:c r="DX9" s="3" t="n">
+        <x:v>295101</x:v>
+      </x:c>
+      <x:c r="DY9" s="3" t="n">
+        <x:v>320651</x:v>
+      </x:c>
+      <x:c r="DZ9" s="3" t="n">
+        <x:v>329183</x:v>
+      </x:c>
+      <x:c r="EA9" s="3" t="n">
+        <x:v>294123</x:v>
+      </x:c>
+      <x:c r="EB9" s="3" t="n">
+        <x:v>256167</x:v>
+      </x:c>
+      <x:c r="EC9" s="3" t="n">
+        <x:v>317262</x:v>
+      </x:c>
+      <x:c r="ED9" s="3" t="n">
+        <x:v>315645</x:v>
+      </x:c>
+      <x:c r="EE9" s="3" t="n">
+        <x:v>264003</x:v>
+      </x:c>
+      <x:c r="EF9" s="3" t="n">
+        <x:v>277248</x:v>
+      </x:c>
+      <x:c r="EG9" s="3" t="n">
+        <x:v>304883</x:v>
+      </x:c>
+      <x:c r="EH9" s="3" t="n">
+        <x:v>315946</x:v>
+      </x:c>
+      <x:c r="EI9" s="3" t="n">
+        <x:v>285360</x:v>
+      </x:c>
+      <x:c r="EJ9" s="3" t="n">
+        <x:v>257218</x:v>
+      </x:c>
+      <x:c r="EK9" s="3" t="n">
+        <x:v>292662</x:v>
+      </x:c>
+      <x:c r="EL9" s="3" t="n">
+        <x:v>283261</x:v>
+      </x:c>
+      <x:c r="EM9" s="3" t="n">
+        <x:v>276976</x:v>
+      </x:c>
+      <x:c r="EN9" s="3" t="n">
+        <x:v>269067</x:v>
+      </x:c>
+      <x:c r="EO9" s="3" t="n">
+        <x:v>292986</x:v>
+      </x:c>
+      <x:c r="EP9" s="3" t="n">
+        <x:v>293756</x:v>
+      </x:c>
+      <x:c r="EQ9" s="3" t="n">
+        <x:v>263072</x:v>
+      </x:c>
+      <x:c r="ER9" s="3" t="n">
+        <x:v>266907</x:v>
+      </x:c>
+      <x:c r="ES9" s="3" t="n">
+        <x:v>306314</x:v>
+      </x:c>
+      <x:c r="ET9" s="3" t="n">
+        <x:v>298566</x:v>
+      </x:c>
+      <x:c r="EU9" s="3" t="n">
+        <x:v>276502</x:v>
+      </x:c>
+      <x:c r="EV9" s="3" t="n">
+        <x:v>289688</x:v>
+      </x:c>
+      <x:c r="EW9" s="3" t="n">
+        <x:v>302463</x:v>
+      </x:c>
+      <x:c r="EX9" s="3" t="n">
+        <x:v>307470</x:v>
+      </x:c>
+      <x:c r="EY9" s="3" t="n">
+        <x:v>284734</x:v>
+      </x:c>
+      <x:c r="EZ9" s="3" t="n">
+        <x:v>271388</x:v>
+      </x:c>
+      <x:c r="FA9" s="3" t="n">
+        <x:v>325599</x:v>
+      </x:c>
+      <x:c r="FB9" s="3" t="n">
+        <x:v>325707</x:v>
+      </x:c>
+      <x:c r="FC9" s="3" t="n">
+        <x:v>309180</x:v>
+      </x:c>
+      <x:c r="FD9" s="3" t="n">
+        <x:v>307379</x:v>
+      </x:c>
+      <x:c r="FE9" s="3" t="n">
+        <x:v>316816</x:v>
+      </x:c>
+      <x:c r="FF9" s="3" t="n">
+        <x:v>314026</x:v>
+      </x:c>
+      <x:c r="FG9" s="3" t="n">
+        <x:v>287145</x:v>
+      </x:c>
+      <x:c r="FH9" s="3" t="n">
+        <x:v>292236</x:v>
+      </x:c>
+      <x:c r="FI9" s="3" t="n">
+        <x:v>306608</x:v>
+      </x:c>
+      <x:c r="FJ9" s="3" t="n">
+        <x:v>302077</x:v>
+      </x:c>
+      <x:c r="FK9" s="3" t="n">
+        <x:v>273059</x:v>
+      </x:c>
+      <x:c r="FL9" s="3" t="n">
+        <x:v>268569</x:v>
+      </x:c>
+      <x:c r="FM9" s="3" t="n">
+        <x:v>329844</x:v>
+      </x:c>
+      <x:c r="FN9" s="3" t="n">
+        <x:v>337207</x:v>
+      </x:c>
+      <x:c r="FO9" s="3" t="n">
+        <x:v>310574</x:v>
+      </x:c>
+      <x:c r="FP9" s="3" t="n">
+        <x:v>310880</x:v>
+      </x:c>
+      <x:c r="FQ9" s="3" t="n">
+        <x:v>324687</x:v>
+      </x:c>
+      <x:c r="FR9" s="3" t="n">
+        <x:v>332904</x:v>
+      </x:c>
+      <x:c r="FS9" s="3" t="n">
+        <x:v>298173</x:v>
+      </x:c>
+      <x:c r="FT9" s="3" t="n">
+        <x:v>321421</x:v>
+      </x:c>
+      <x:c r="FU9" s="3" t="n">
+        <x:v>341049</x:v>
+      </x:c>
+      <x:c r="FV9" s="3" t="n">
+        <x:v>325592</x:v>
+      </x:c>
+      <x:c r="FW9" s="3" t="n">
+        <x:v>302100</x:v>
+      </x:c>
+      <x:c r="FX9" s="3" t="n">
+        <x:v>322442</x:v>
+      </x:c>
+      <x:c r="FY9" s="3" t="n">
+        <x:v>338912</x:v>
+      </x:c>
+      <x:c r="FZ9" s="3" t="n">
+        <x:v>337842</x:v>
+      </x:c>
+      <x:c r="GA9" s="3" t="n">
+        <x:v>301978</x:v>
+      </x:c>
+      <x:c r="GB9" s="3" t="n">
+        <x:v>298329</x:v>
+      </x:c>
+      <x:c r="GC9" s="3" t="n">
+        <x:v>351830</x:v>
+      </x:c>
+      <x:c r="GD9" s="3" t="n">
+        <x:v>348296</x:v>
+      </x:c>
+      <x:c r="GE9" s="3" t="n">
+        <x:v>329750</x:v>
+      </x:c>
+      <x:c r="GF9" s="3" t="n">
+        <x:v>318855</x:v>
+      </x:c>
+      <x:c r="GG9" s="3" t="n">
+        <x:v>341734</x:v>
+      </x:c>
+      <x:c r="GH9" s="3" t="n">
+        <x:v>330248</x:v>
+      </x:c>
+      <x:c r="GI9" s="3" t="n">
+        <x:v>314971</x:v>
+      </x:c>
+      <x:c r="GJ9" s="3" t="n">
+        <x:v>334331</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:192">
+      <x:c r="A10" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="n">
+        <x:v>45179</x:v>
+      </x:c>
+      <x:c r="C10" s="3" t="n">
+        <x:v>41372</x:v>
+      </x:c>
+      <x:c r="D10" s="3" t="n">
+        <x:v>47411</x:v>
+      </x:c>
+      <x:c r="E10" s="3" t="n">
+        <x:v>46561</x:v>
+      </x:c>
+      <x:c r="F10" s="3" t="n">
+        <x:v>49589</x:v>
+      </x:c>
+      <x:c r="G10" s="3" t="n">
+        <x:v>51366</x:v>
+      </x:c>
+      <x:c r="H10" s="3" t="n">
+        <x:v>57361</x:v>
+      </x:c>
+      <x:c r="I10" s="3" t="n">
+        <x:v>63872</x:v>
+      </x:c>
+      <x:c r="J10" s="3" t="n">
+        <x:v>77839</x:v>
+      </x:c>
+      <x:c r="K10" s="3" t="n">
+        <x:v>72959</x:v>
+      </x:c>
+      <x:c r="L10" s="3" t="n">
+        <x:v>57666</x:v>
+      </x:c>
+      <x:c r="M10" s="3" t="n">
+        <x:v>72651</x:v>
+      </x:c>
+      <x:c r="N10" s="3" t="n">
+        <x:v>69811</x:v>
+      </x:c>
+      <x:c r="O10" s="3" t="n">
+        <x:v>73201</x:v>
+      </x:c>
+      <x:c r="P10" s="3" t="n">
+        <x:v>64124</x:v>
+      </x:c>
+      <x:c r="Q10" s="3" t="n">
+        <x:v>67037</x:v>
+      </x:c>
+      <x:c r="R10" s="3" t="n">
+        <x:v>70528</x:v>
+      </x:c>
+      <x:c r="S10" s="3" t="n">
+        <x:v>68721</x:v>
+      </x:c>
+      <x:c r="T10" s="3" t="n">
+        <x:v>68352</x:v>
+      </x:c>
+      <x:c r="U10" s="3" t="n">
+        <x:v>70754</x:v>
+      </x:c>
+      <x:c r="V10" s="3" t="n">
+        <x:v>75853</x:v>
+      </x:c>
+      <x:c r="W10" s="3" t="n">
+        <x:v>82373</x:v>
+      </x:c>
+      <x:c r="X10" s="3" t="n">
+        <x:v>80514</x:v>
+      </x:c>
+      <x:c r="Y10" s="3" t="n">
+        <x:v>85905</x:v>
+      </x:c>
+      <x:c r="Z10" s="3" t="n">
+        <x:v>89932</x:v>
+      </x:c>
+      <x:c r="AA10" s="3" t="n">
+        <x:v>90290</x:v>
+      </x:c>
+      <x:c r="AB10" s="3" t="n">
+        <x:v>92314</x:v>
+      </x:c>
+      <x:c r="AC10" s="3" t="n">
+        <x:v>102437</x:v>
+      </x:c>
+      <x:c r="AD10" s="3" t="n">
+        <x:v>90601</x:v>
+      </x:c>
+      <x:c r="AE10" s="3" t="n">
+        <x:v>89365</x:v>
+      </x:c>
+      <x:c r="AF10" s="3" t="n">
+        <x:v>102421</x:v>
+      </x:c>
+      <x:c r="AG10" s="3" t="n">
+        <x:v>109836</x:v>
+      </x:c>
+      <x:c r="AH10" s="3" t="n">
+        <x:v>105592</x:v>
+      </x:c>
+      <x:c r="AI10" s="3" t="n">
+        <x:v>81689</x:v>
+      </x:c>
+      <x:c r="AJ10" s="3" t="n">
+        <x:v>110953</x:v>
+      </x:c>
+      <x:c r="AK10" s="3" t="n">
+        <x:v>124405</x:v>
+      </x:c>
+      <x:c r="AL10" s="3" t="n">
+        <x:v>117197</x:v>
+      </x:c>
+      <x:c r="AM10" s="3" t="n">
+        <x:v>116203</x:v>
+      </x:c>
+      <x:c r="AN10" s="3" t="n">
+        <x:v>111401</x:v>
+      </x:c>
+      <x:c r="AO10" s="3" t="n">
+        <x:v>125519</x:v>
+      </x:c>
+      <x:c r="AP10" s="3" t="n">
+        <x:v>129613</x:v>
+      </x:c>
+      <x:c r="AQ10" s="3" t="n">
+        <x:v>118630</x:v>
+      </x:c>
+      <x:c r="AR10" s="3" t="n">
+        <x:v>123697</x:v>
+      </x:c>
+      <x:c r="AS10" s="3" t="n">
+        <x:v>138333</x:v>
+      </x:c>
+      <x:c r="AT10" s="3" t="n">
+        <x:v>159979</x:v>
+      </x:c>
+      <x:c r="AU10" s="3" t="n">
+        <x:v>165868</x:v>
+      </x:c>
+      <x:c r="AV10" s="3" t="n">
+        <x:v>168206</x:v>
+      </x:c>
+      <x:c r="AW10" s="3" t="n">
+        <x:v>173793</x:v>
+      </x:c>
+      <x:c r="AX10" s="3" t="n">
+        <x:v>176172</x:v>
+      </x:c>
+      <x:c r="AY10" s="3" t="n">
+        <x:v>173054</x:v>
+      </x:c>
+      <x:c r="AZ10" s="3" t="n">
+        <x:v>161232</x:v>
+      </x:c>
+      <x:c r="BA10" s="3" t="n">
+        <x:v>198168</x:v>
+      </x:c>
+      <x:c r="BB10" s="3" t="n">
+        <x:v>202243</x:v>
+      </x:c>
+      <x:c r="BC10" s="3" t="n">
+        <x:v>201774</x:v>
+      </x:c>
+      <x:c r="BD10" s="3" t="n">
+        <x:v>188292</x:v>
+      </x:c>
+      <x:c r="BE10" s="3" t="n">
+        <x:v>216473</x:v>
+      </x:c>
+      <x:c r="BF10" s="3" t="n">
+        <x:v>228285</x:v>
+      </x:c>
+      <x:c r="BG10" s="3" t="n">
+        <x:v>220253</x:v>
+      </x:c>
+      <x:c r="BH10" s="3" t="n">
+        <x:v>222505</x:v>
+      </x:c>
+      <x:c r="BI10" s="3" t="n">
+        <x:v>240535</x:v>
+      </x:c>
+      <x:c r="BJ10" s="3" t="n">
+        <x:v>226105</x:v>
+      </x:c>
+      <x:c r="BK10" s="3" t="n">
+        <x:v>229634</x:v>
+      </x:c>
+      <x:c r="BL10" s="3" t="n">
+        <x:v>236038</x:v>
+      </x:c>
+      <x:c r="BM10" s="3" t="n">
+        <x:v>266878</x:v>
+      </x:c>
+      <x:c r="BN10" s="3" t="n">
+        <x:v>269829</x:v>
+      </x:c>
+      <x:c r="BO10" s="3" t="n">
+        <x:v>273742</x:v>
+      </x:c>
+      <x:c r="BP10" s="3" t="n">
+        <x:v>253185</x:v>
+      </x:c>
+      <x:c r="BQ10" s="3" t="n">
+        <x:v>303132</x:v>
+      </x:c>
+      <x:c r="BR10" s="3" t="n">
+        <x:v>287634</x:v>
+      </x:c>
+      <x:c r="BS10" s="3" t="n">
+        <x:v>286856</x:v>
+      </x:c>
+      <x:c r="BT10" s="3" t="n">
+        <x:v>293584</x:v>
+      </x:c>
+      <x:c r="BU10" s="3" t="n">
+        <x:v>330583</x:v>
+      </x:c>
+      <x:c r="BV10" s="3" t="n">
+        <x:v>327342</x:v>
+      </x:c>
+      <x:c r="BW10" s="3" t="n">
+        <x:v>326568</x:v>
+      </x:c>
+      <x:c r="BX10" s="3" t="n">
+        <x:v>335816</x:v>
+      </x:c>
+      <x:c r="BY10" s="3" t="n">
+        <x:v>340743</x:v>
+      </x:c>
+      <x:c r="BZ10" s="3" t="n">
+        <x:v>353310</x:v>
+      </x:c>
+      <x:c r="CA10" s="3" t="n">
+        <x:v>347534</x:v>
+      </x:c>
+      <x:c r="CB10" s="3" t="n">
+        <x:v>332800</x:v>
+      </x:c>
+      <x:c r="CC10" s="3" t="n">
+        <x:v>364025</x:v>
+      </x:c>
+      <x:c r="CD10" s="3" t="n">
+        <x:v>355858</x:v>
+      </x:c>
+      <x:c r="CE10" s="3" t="n">
+        <x:v>339823</x:v>
+      </x:c>
+      <x:c r="CF10" s="3" t="n">
+        <x:v>310913</x:v>
+      </x:c>
+      <x:c r="CG10" s="3" t="n">
+        <x:v>342546</x:v>
+      </x:c>
+      <x:c r="CH10" s="3" t="n">
+        <x:v>339444</x:v>
+      </x:c>
+      <x:c r="CI10" s="3" t="n">
+        <x:v>326654</x:v>
+      </x:c>
+      <x:c r="CJ10" s="3" t="n">
+        <x:v>330813</x:v>
+      </x:c>
+      <x:c r="CK10" s="3" t="n">
+        <x:v>372361</x:v>
+      </x:c>
+      <x:c r="CL10" s="3" t="n">
+        <x:v>384681</x:v>
+      </x:c>
+      <x:c r="CM10" s="3" t="n">
+        <x:v>349431</x:v>
+      </x:c>
+      <x:c r="CN10" s="3" t="n">
+        <x:v>351742</x:v>
+      </x:c>
+      <x:c r="CO10" s="3" t="n">
+        <x:v>383705</x:v>
+      </x:c>
+      <x:c r="CP10" s="3" t="n">
+        <x:v>380199</x:v>
+      </x:c>
+      <x:c r="CQ10" s="3" t="n">
+        <x:v>360471</x:v>
+      </x:c>
+      <x:c r="CR10" s="3" t="n">
+        <x:v>376568</x:v>
+      </x:c>
+      <x:c r="CS10" s="3" t="n">
+        <x:v>407966</x:v>
+      </x:c>
+      <x:c r="CT10" s="3" t="n">
+        <x:v>372807</x:v>
+      </x:c>
+      <x:c r="CU10" s="3" t="n">
+        <x:v>382988</x:v>
+      </x:c>
+      <x:c r="CV10" s="3" t="n">
+        <x:v>361099</x:v>
+      </x:c>
+      <x:c r="CW10" s="3" t="n">
+        <x:v>418856</x:v>
+      </x:c>
+      <x:c r="CX10" s="3" t="n">
+        <x:v>404067</x:v>
+      </x:c>
+      <x:c r="CY10" s="3" t="n">
+        <x:v>365261</x:v>
+      </x:c>
+      <x:c r="CZ10" s="3" t="n">
+        <x:v>369212</x:v>
+      </x:c>
+      <x:c r="DA10" s="3" t="n">
+        <x:v>408555</x:v>
+      </x:c>
+      <x:c r="DB10" s="3" t="n">
+        <x:v>415965</x:v>
+      </x:c>
+      <x:c r="DC10" s="3" t="n">
+        <x:v>390066</x:v>
+      </x:c>
+      <x:c r="DD10" s="3" t="n">
+        <x:v>356573</x:v>
+      </x:c>
+      <x:c r="DE10" s="3" t="n">
+        <x:v>396224</x:v>
+      </x:c>
+      <x:c r="DF10" s="3" t="n">
+        <x:v>385453</x:v>
+      </x:c>
+      <x:c r="DG10" s="3" t="n">
+        <x:v>363905</x:v>
+      </x:c>
+      <x:c r="DH10" s="3" t="n">
+        <x:v>360972</x:v>
+      </x:c>
+      <x:c r="DI10" s="3" t="n">
+        <x:v>374632</x:v>
+      </x:c>
+      <x:c r="DJ10" s="3" t="n">
+        <x:v>368891</x:v>
+      </x:c>
+      <x:c r="DK10" s="3" t="n">
+        <x:v>334885</x:v>
+      </x:c>
+      <x:c r="DL10" s="3" t="n">
+        <x:v>339041</x:v>
+      </x:c>
+      <x:c r="DM10" s="3" t="n">
+        <x:v>356752</x:v>
+      </x:c>
+      <x:c r="DN10" s="3" t="n">
+        <x:v>348680</x:v>
+      </x:c>
+      <x:c r="DO10" s="3" t="n">
+        <x:v>314833</x:v>
+      </x:c>
+      <x:c r="DP10" s="3" t="n">
+        <x:v>314569</x:v>
+      </x:c>
+      <x:c r="DQ10" s="3" t="n">
+        <x:v>349011</x:v>
+      </x:c>
+      <x:c r="DR10" s="3" t="n">
+        <x:v>338227</x:v>
+      </x:c>
+      <x:c r="DS10" s="3" t="n">
+        <x:v>305572</x:v>
+      </x:c>
+      <x:c r="DT10" s="3" t="n">
+        <x:v>295507</x:v>
+      </x:c>
+      <x:c r="DU10" s="3" t="n">
+        <x:v>345717</x:v>
+      </x:c>
+      <x:c r="DV10" s="3" t="n">
+        <x:v>342882</x:v>
+      </x:c>
+      <x:c r="DW10" s="3" t="n">
+        <x:v>292441</x:v>
+      </x:c>
+      <x:c r="DX10" s="3" t="n">
+        <x:v>297111</x:v>
+      </x:c>
+      <x:c r="DY10" s="3" t="n">
+        <x:v>323948</x:v>
+      </x:c>
+      <x:c r="DZ10" s="3" t="n">
+        <x:v>332215</x:v>
+      </x:c>
+      <x:c r="EA10" s="3" t="n">
+        <x:v>294120</x:v>
+      </x:c>
+      <x:c r="EB10" s="3" t="n">
+        <x:v>255192</x:v>
+      </x:c>
+      <x:c r="EC10" s="3" t="n">
+        <x:v>319213</x:v>
+      </x:c>
+      <x:c r="ED10" s="3" t="n">
+        <x:v>320162</x:v>
+      </x:c>
+      <x:c r="EE10" s="3" t="n">
+        <x:v>263523</x:v>
+      </x:c>
+      <x:c r="EF10" s="3" t="n">
+        <x:v>278192</x:v>
+      </x:c>
+      <x:c r="EG10" s="3" t="n">
+        <x:v>306993</x:v>
+      </x:c>
+      <x:c r="EH10" s="3" t="n">
+        <x:v>318427</x:v>
+      </x:c>
+      <x:c r="EI10" s="3" t="n">
+        <x:v>286029</x:v>
+      </x:c>
+      <x:c r="EJ10" s="3" t="n">
+        <x:v>255357</x:v>
+      </x:c>
+      <x:c r="EK10" s="3" t="n">
+        <x:v>291677</x:v>
+      </x:c>
+      <x:c r="EL10" s="3" t="n">
+        <x:v>281104</x:v>
+      </x:c>
+      <x:c r="EM10" s="3" t="n">
+        <x:v>273042</x:v>
+      </x:c>
+      <x:c r="EN10" s="3" t="n">
+        <x:v>265158</x:v>
+      </x:c>
+      <x:c r="EO10" s="3" t="n">
+        <x:v>290452</x:v>
+      </x:c>
+      <x:c r="EP10" s="3" t="n">
+        <x:v>293459</x:v>
+      </x:c>
+      <x:c r="EQ10" s="3" t="n">
+        <x:v>260363</x:v>
+      </x:c>
+      <x:c r="ER10" s="3" t="n">
+        <x:v>264235</x:v>
+      </x:c>
+      <x:c r="ES10" s="3" t="n">
+        <x:v>306999</x:v>
+      </x:c>
+      <x:c r="ET10" s="3" t="n">
+        <x:v>298316</x:v>
+      </x:c>
+      <x:c r="EU10" s="3" t="n">
+        <x:v>273952</x:v>
+      </x:c>
+      <x:c r="EV10" s="3" t="n">
+        <x:v>289780</x:v>
+      </x:c>
+      <x:c r="EW10" s="3" t="n">
+        <x:v>305806</x:v>
+      </x:c>
+      <x:c r="EX10" s="3" t="n">
+        <x:v>309331</x:v>
+      </x:c>
+      <x:c r="EY10" s="3" t="n">
+        <x:v>285427</x:v>
+      </x:c>
+      <x:c r="EZ10" s="3" t="n">
+        <x:v>271700</x:v>
+      </x:c>
+      <x:c r="FA10" s="3" t="n">
+        <x:v>327037</x:v>
+      </x:c>
+      <x:c r="FB10" s="3" t="n">
+        <x:v>324257</x:v>
+      </x:c>
+      <x:c r="FC10" s="3" t="n">
+        <x:v>306697</x:v>
+      </x:c>
+      <x:c r="FD10" s="3" t="n">
+        <x:v>304672</x:v>
+      </x:c>
+      <x:c r="FE10" s="3" t="n">
+        <x:v>314565</x:v>
+      </x:c>
+      <x:c r="FF10" s="3" t="n">
+        <x:v>312262</x:v>
+      </x:c>
+      <x:c r="FG10" s="3" t="n">
+        <x:v>284546</x:v>
+      </x:c>
+      <x:c r="FH10" s="3" t="n">
+        <x:v>289689</x:v>
+      </x:c>
+      <x:c r="FI10" s="3" t="n">
+        <x:v>303306</x:v>
+      </x:c>
+      <x:c r="FJ10" s="3" t="n">
+        <x:v>293778</x:v>
+      </x:c>
+      <x:c r="FK10" s="3" t="n">
+        <x:v>263347</x:v>
+      </x:c>
+      <x:c r="FL10" s="3" t="n">
+        <x:v>258036</x:v>
+      </x:c>
+      <x:c r="FM10" s="3" t="n">
+        <x:v>319037</x:v>
+      </x:c>
+      <x:c r="FN10" s="3" t="n">
+        <x:v>329871</x:v>
+      </x:c>
+      <x:c r="FO10" s="3" t="n">
+        <x:v>304395</x:v>
+      </x:c>
+      <x:c r="FP10" s="3" t="n">
+        <x:v>304620</x:v>
+      </x:c>
+      <x:c r="FQ10" s="3" t="n">
+        <x:v>317811</x:v>
+      </x:c>
+      <x:c r="FR10" s="3" t="n">
+        <x:v>322083</x:v>
+      </x:c>
+      <x:c r="FS10" s="3" t="n">
+        <x:v>286807</x:v>
+      </x:c>
+      <x:c r="FT10" s="3" t="n">
+        <x:v>309845</x:v>
+      </x:c>
+      <x:c r="FU10" s="3" t="n">
+        <x:v>328299</x:v>
+      </x:c>
+      <x:c r="FV10" s="3" t="n">
+        <x:v>310686</x:v>
+      </x:c>
+      <x:c r="FW10" s="3" t="n">
+        <x:v>285919</x:v>
+      </x:c>
+      <x:c r="FX10" s="3" t="n">
+        <x:v>306018</x:v>
+      </x:c>
+      <x:c r="FY10" s="3" t="n">
+        <x:v>321460</x:v>
+      </x:c>
+      <x:c r="FZ10" s="3" t="n">
+        <x:v>321151</x:v>
+      </x:c>
+      <x:c r="GA10" s="3" t="n">
+        <x:v>284521</x:v>
+      </x:c>
+      <x:c r="GB10" s="3" t="n">
+        <x:v>280611</x:v>
+      </x:c>
+      <x:c r="GC10" s="3" t="n">
+        <x:v>333356</x:v>
+      </x:c>
+      <x:c r="GD10" s="3" t="n">
+        <x:v>330520</x:v>
+      </x:c>
+      <x:c r="GE10" s="3" t="n">
+        <x:v>311664</x:v>
+      </x:c>
+      <x:c r="GF10" s="3" t="n">
+        <x:v>301050</x:v>
+      </x:c>
+      <x:c r="GG10" s="3" t="n">
+        <x:v>323042</x:v>
+      </x:c>
+      <x:c r="GH10" s="3" t="n">
+        <x:v>311597</x:v>
+      </x:c>
+      <x:c r="GI10" s="3" t="n">
+        <x:v>295711</x:v>
+      </x:c>
+      <x:c r="GJ10" s="3" t="n">
+        <x:v>315794</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:192">
+      <x:c r="A11" s="2" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="n">
+        <x:v>7470</x:v>
+      </x:c>
+      <x:c r="C11" s="3" t="n">
+        <x:v>9045</x:v>
+      </x:c>
+      <x:c r="D11" s="3" t="n">
+        <x:v>12190</x:v>
+      </x:c>
+      <x:c r="E11" s="3" t="n">
+        <x:v>9414</x:v>
+      </x:c>
+      <x:c r="F11" s="3" t="n">
+        <x:v>5999</x:v>
+      </x:c>
+      <x:c r="G11" s="3" t="n">
+        <x:v>2837</x:v>
+      </x:c>
+      <x:c r="H11" s="3" t="n">
+        <x:v>13879</x:v>
+      </x:c>
+      <x:c r="I11" s="3" t="n">
+        <x:v>12265</x:v>
+      </x:c>
+      <x:c r="J11" s="3" t="n">
+        <x:v>8198</x:v>
+      </x:c>
+      <x:c r="K11" s="3" t="n">
+        <x:v>7352</x:v>
+      </x:c>
+      <x:c r="L11" s="3" t="n">
+        <x:v>8192</x:v>
+      </x:c>
+      <x:c r="M11" s="3" t="n">
+        <x:v>8784</x:v>
+      </x:c>
+      <x:c r="N11" s="3" t="n">
+        <x:v>7381</x:v>
+      </x:c>
+      <x:c r="O11" s="3" t="n">
+        <x:v>7383</x:v>
+      </x:c>
+      <x:c r="P11" s="3" t="n">
+        <x:v>8013</x:v>
+      </x:c>
+      <x:c r="Q11" s="3" t="n">
+        <x:v>7653</x:v>
+      </x:c>
+      <x:c r="R11" s="3" t="n">
+        <x:v>6680</x:v>
+      </x:c>
+      <x:c r="S11" s="3" t="n">
+        <x:v>8106</x:v>
+      </x:c>
+      <x:c r="T11" s="3" t="n">
+        <x:v>8363</x:v>
+      </x:c>
+      <x:c r="U11" s="3" t="n">
+        <x:v>7795</x:v>
+      </x:c>
+      <x:c r="V11" s="3" t="n">
+        <x:v>8537</x:v>
+      </x:c>
+      <x:c r="W11" s="3" t="n">
+        <x:v>8599</x:v>
+      </x:c>
+      <x:c r="X11" s="3" t="n">
+        <x:v>7835</x:v>
+      </x:c>
+      <x:c r="Y11" s="3" t="n">
+        <x:v>7934</x:v>
+      </x:c>
+      <x:c r="Z11" s="3" t="n">
+        <x:v>7999</x:v>
+      </x:c>
+      <x:c r="AA11" s="3" t="n">
+        <x:v>12379</x:v>
+      </x:c>
+      <x:c r="AB11" s="3" t="n">
+        <x:v>13337</x:v>
+      </x:c>
+      <x:c r="AC11" s="3" t="n">
+        <x:v>5708</x:v>
+      </x:c>
+      <x:c r="AD11" s="3" t="n">
+        <x:v>10157</x:v>
+      </x:c>
+      <x:c r="AE11" s="3" t="n">
+        <x:v>9301</x:v>
+      </x:c>
+      <x:c r="AF11" s="3" t="n">
+        <x:v>9962</x:v>
+      </x:c>
+      <x:c r="AG11" s="3" t="n">
+        <x:v>8788</x:v>
+      </x:c>
+      <x:c r="AH11" s="3" t="n">
+        <x:v>9377</x:v>
+      </x:c>
+      <x:c r="AI11" s="3" t="n">
+        <x:v>6893</x:v>
+      </x:c>
+      <x:c r="AJ11" s="3" t="n">
+        <x:v>6749</x:v>
+      </x:c>
+      <x:c r="AK11" s="3" t="n">
+        <x:v>5197</x:v>
+      </x:c>
+      <x:c r="AL11" s="3" t="n">
+        <x:v>5023</x:v>
+      </x:c>
+      <x:c r="AM11" s="3" t="n">
+        <x:v>6516</x:v>
+      </x:c>
+      <x:c r="AN11" s="3" t="n">
+        <x:v>5659</x:v>
+      </x:c>
+      <x:c r="AO11" s="3" t="n">
+        <x:v>6007</x:v>
+      </x:c>
+      <x:c r="AP11" s="3" t="n">
+        <x:v>4553</x:v>
+      </x:c>
+      <x:c r="AQ11" s="3" t="n">
+        <x:v>4400</x:v>
+      </x:c>
+      <x:c r="AR11" s="3" t="n">
+        <x:v>4697</x:v>
+      </x:c>
+      <x:c r="AS11" s="3" t="n">
+        <x:v>4702</x:v>
+      </x:c>
+      <x:c r="AT11" s="3" t="n">
+        <x:v>3526</x:v>
+      </x:c>
+      <x:c r="AU11" s="3" t="n">
+        <x:v>3880</x:v>
+      </x:c>
+      <x:c r="AV11" s="3" t="n">
+        <x:v>3860</x:v>
+      </x:c>
+      <x:c r="AW11" s="3" t="n">
+        <x:v>4501</x:v>
+      </x:c>
+      <x:c r="AX11" s="3" t="n">
+        <x:v>3154</x:v>
+      </x:c>
+      <x:c r="AY11" s="3" t="n">
+        <x:v>3563</x:v>
+      </x:c>
+      <x:c r="AZ11" s="3" t="n">
+        <x:v>5097</x:v>
+      </x:c>
+      <x:c r="BA11" s="3" t="n">
+        <x:v>5133</x:v>
+      </x:c>
+      <x:c r="BB11" s="3" t="n">
+        <x:v>4645</x:v>
+      </x:c>
+      <x:c r="BC11" s="3" t="n">
+        <x:v>4504</x:v>
+      </x:c>
+      <x:c r="BD11" s="3" t="n">
+        <x:v>4527</x:v>
+      </x:c>
+      <x:c r="BE11" s="3" t="n">
+        <x:v>4713</x:v>
+      </x:c>
+      <x:c r="BF11" s="3" t="n">
+        <x:v>3040</x:v>
+      </x:c>
+      <x:c r="BG11" s="3" t="n">
+        <x:v>3930</x:v>
+      </x:c>
+      <x:c r="BH11" s="3" t="n">
+        <x:v>3599</x:v>
+      </x:c>
+      <x:c r="BI11" s="3" t="n">
+        <x:v>2951</x:v>
+      </x:c>
+      <x:c r="BJ11" s="3" t="n">
+        <x:v>2290</x:v>
+      </x:c>
+      <x:c r="BK11" s="3" t="n">
+        <x:v>2127</x:v>
+      </x:c>
+      <x:c r="BL11" s="3" t="n">
+        <x:v>1816</x:v>
+      </x:c>
+      <x:c r="BM11" s="3" t="n">
+        <x:v>2473</x:v>
+      </x:c>
+      <x:c r="BN11" s="3" t="n">
+        <x:v>3360</x:v>
+      </x:c>
+      <x:c r="BO11" s="3" t="n">
+        <x:v>2252</x:v>
+      </x:c>
+      <x:c r="BP11" s="3" t="n">
+        <x:v>1781</x:v>
+      </x:c>
+      <x:c r="BQ11" s="3" t="n">
+        <x:v>2081</x:v>
+      </x:c>
+      <x:c r="BR11" s="3" t="n">
+        <x:v>2418</x:v>
+      </x:c>
+      <x:c r="BS11" s="3" t="n">
+        <x:v>1997</x:v>
+      </x:c>
+      <x:c r="BT11" s="3" t="n">
+        <x:v>2810</x:v>
+      </x:c>
+      <x:c r="BU11" s="3" t="n">
+        <x:v>3221</x:v>
+      </x:c>
+      <x:c r="BV11" s="3" t="n">
+        <x:v>2625</x:v>
+      </x:c>
+      <x:c r="BW11" s="3" t="n">
+        <x:v>2669</x:v>
+      </x:c>
+      <x:c r="BX11" s="3" t="n">
+        <x:v>3377</x:v>
+      </x:c>
+      <x:c r="BY11" s="3" t="n">
+        <x:v>3973</x:v>
+      </x:c>
+      <x:c r="BZ11" s="3" t="n">
+        <x:v>4589</x:v>
+      </x:c>
+      <x:c r="CA11" s="3" t="n">
+        <x:v>3715</x:v>
+      </x:c>
+      <x:c r="CB11" s="3" t="n">
+        <x:v>3419</x:v>
+      </x:c>
+      <x:c r="CC11" s="3" t="n">
+        <x:v>4601</x:v>
+      </x:c>
+      <x:c r="CD11" s="3" t="n">
+        <x:v>3373</x:v>
+      </x:c>
+      <x:c r="CE11" s="3" t="n">
+        <x:v>3096</x:v>
+      </x:c>
+      <x:c r="CF11" s="3" t="n">
+        <x:v>2741</x:v>
+      </x:c>
+      <x:c r="CG11" s="3" t="n">
+        <x:v>2312</x:v>
+      </x:c>
+      <x:c r="CH11" s="3" t="n">
+        <x:v>2403</x:v>
+      </x:c>
+      <x:c r="CI11" s="3" t="n">
+        <x:v>2047</x:v>
+      </x:c>
+      <x:c r="CJ11" s="3" t="n">
+        <x:v>2323</x:v>
+      </x:c>
+      <x:c r="CK11" s="3" t="n">
+        <x:v>1678</x:v>
+      </x:c>
+      <x:c r="CL11" s="3" t="n">
+        <x:v>2492</x:v>
+      </x:c>
+      <x:c r="CM11" s="3" t="n">
+        <x:v>2884</x:v>
+      </x:c>
+      <x:c r="CN11" s="3" t="n">
+        <x:v>2860</x:v>
+      </x:c>
+      <x:c r="CO11" s="3" t="n">
+        <x:v>4404</x:v>
+      </x:c>
+      <x:c r="CP11" s="3" t="n">
+        <x:v>1695</x:v>
+      </x:c>
+      <x:c r="CQ11" s="3" t="n">
+        <x:v>2078</x:v>
+      </x:c>
+      <x:c r="CR11" s="3" t="n">
+        <x:v>1523</x:v>
+      </x:c>
+      <x:c r="CS11" s="3" t="n">
+        <x:v>2403</x:v>
+      </x:c>
+      <x:c r="CT11" s="3" t="n">
+        <x:v>4436</x:v>
+      </x:c>
+      <x:c r="CU11" s="3" t="n">
+        <x:v>3277</x:v>
+      </x:c>
+      <x:c r="CV11" s="3" t="n">
+        <x:v>1286</x:v>
+      </x:c>
+      <x:c r="CW11" s="3" t="n">
+        <x:v>1150</x:v>
+      </x:c>
+      <x:c r="CX11" s="3" t="n">
+        <x:v>938</x:v>
+      </x:c>
+      <x:c r="CY11" s="3" t="n">
+        <x:v>3241</x:v>
+      </x:c>
+      <x:c r="CZ11" s="3" t="n">
+        <x:v>2804</x:v>
+      </x:c>
+      <x:c r="DA11" s="3" t="n">
+        <x:v>2618</x:v>
+      </x:c>
+      <x:c r="DB11" s="3" t="n">
+        <x:v>2754</x:v>
+      </x:c>
+      <x:c r="DC11" s="3" t="n">
+        <x:v>3490</x:v>
+      </x:c>
+      <x:c r="DD11" s="3" t="n">
+        <x:v>2765</x:v>
+      </x:c>
+      <x:c r="DE11" s="3" t="n">
+        <x:v>3428</x:v>
+      </x:c>
+      <x:c r="DF11" s="3" t="n">
+        <x:v>3712</x:v>
+      </x:c>
+      <x:c r="DG11" s="3" t="n">
+        <x:v>4700</x:v>
+      </x:c>
+      <x:c r="DH11" s="3" t="n">
+        <x:v>4309</x:v>
+      </x:c>
+      <x:c r="DI11" s="3" t="n">
+        <x:v>4688</x:v>
+      </x:c>
+      <x:c r="DJ11" s="3" t="n">
+        <x:v>4231</x:v>
+      </x:c>
+      <x:c r="DK11" s="3" t="n">
+        <x:v>5907</x:v>
+      </x:c>
+      <x:c r="DL11" s="3" t="n">
+        <x:v>4750</x:v>
+      </x:c>
+      <x:c r="DM11" s="3" t="n">
+        <x:v>4985</x:v>
+      </x:c>
+      <x:c r="DN11" s="3" t="n">
+        <x:v>6119</x:v>
+      </x:c>
+      <x:c r="DO11" s="3" t="n">
+        <x:v>5837</x:v>
+      </x:c>
+      <x:c r="DP11" s="3" t="n">
+        <x:v>6600</x:v>
+      </x:c>
+      <x:c r="DQ11" s="3" t="n">
+        <x:v>5309</x:v>
+      </x:c>
+      <x:c r="DR11" s="3" t="n">
+        <x:v>5746</x:v>
+      </x:c>
+      <x:c r="DS11" s="3" t="n">
+        <x:v>6931</x:v>
+      </x:c>
+      <x:c r="DT11" s="3" t="n">
+        <x:v>7916</x:v>
+      </x:c>
+      <x:c r="DU11" s="3" t="n">
+        <x:v>6117</x:v>
+      </x:c>
+      <x:c r="DV11" s="3" t="n">
+        <x:v>7266</x:v>
+      </x:c>
+      <x:c r="DW11" s="3" t="n">
+        <x:v>7510</x:v>
+      </x:c>
+      <x:c r="DX11" s="3" t="n">
+        <x:v>6301</x:v>
+      </x:c>
+      <x:c r="DY11" s="3" t="n">
+        <x:v>6447</x:v>
+      </x:c>
+      <x:c r="DZ11" s="3" t="n">
+        <x:v>6674</x:v>
+      </x:c>
+      <x:c r="EA11" s="3" t="n">
+        <x:v>6941</x:v>
+      </x:c>
+      <x:c r="EB11" s="3" t="n">
+        <x:v>6396</x:v>
+      </x:c>
+      <x:c r="EC11" s="3" t="n">
+        <x:v>6783</x:v>
+      </x:c>
+      <x:c r="ED11" s="3" t="n">
+        <x:v>5907</x:v>
+      </x:c>
+      <x:c r="EE11" s="3" t="n">
+        <x:v>6471</x:v>
+      </x:c>
+      <x:c r="EF11" s="3" t="n">
+        <x:v>6275</x:v>
+      </x:c>
+      <x:c r="EG11" s="3" t="n">
+        <x:v>6515</x:v>
+      </x:c>
+      <x:c r="EH11" s="3" t="n">
+        <x:v>6559</x:v>
+      </x:c>
+      <x:c r="EI11" s="3" t="n">
+        <x:v>6491</x:v>
+      </x:c>
+      <x:c r="EJ11" s="3" t="n">
+        <x:v>6739</x:v>
+      </x:c>
+      <x:c r="EK11" s="3" t="n">
+        <x:v>7259</x:v>
+      </x:c>
+      <x:c r="EL11" s="3" t="n">
+        <x:v>7519</x:v>
+      </x:c>
+      <x:c r="EM11" s="3" t="n">
+        <x:v>7864</x:v>
+      </x:c>
+      <x:c r="EN11" s="3" t="n">
+        <x:v>7663</x:v>
+      </x:c>
+      <x:c r="EO11" s="3" t="n">
+        <x:v>7862</x:v>
+      </x:c>
+      <x:c r="EP11" s="3" t="n">
+        <x:v>7215</x:v>
+      </x:c>
+      <x:c r="EQ11" s="3" t="n">
+        <x:v>6997</x:v>
+      </x:c>
+      <x:c r="ER11" s="3" t="n">
+        <x:v>7082</x:v>
+      </x:c>
+      <x:c r="ES11" s="3" t="n">
+        <x:v>7305</x:v>
+      </x:c>
+      <x:c r="ET11" s="3" t="n">
+        <x:v>7239</x:v>
+      </x:c>
+      <x:c r="EU11" s="3" t="n">
+        <x:v>7219</x:v>
+      </x:c>
+      <x:c r="EV11" s="3" t="n">
+        <x:v>6950</x:v>
+      </x:c>
+      <x:c r="EW11" s="3" t="n">
+        <x:v>6535</x:v>
+      </x:c>
+      <x:c r="EX11" s="3" t="n">
+        <x:v>6408</x:v>
+      </x:c>
+      <x:c r="EY11" s="3" t="n">
+        <x:v>6963</x:v>
+      </x:c>
+      <x:c r="EZ11" s="3" t="n">
+        <x:v>6986</x:v>
+      </x:c>
+      <x:c r="FA11" s="3" t="n">
+        <x:v>7317</x:v>
+      </x:c>
+      <x:c r="FB11" s="3" t="n">
+        <x:v>7532</x:v>
+      </x:c>
+      <x:c r="FC11" s="3" t="n">
+        <x:v>8257</x:v>
+      </x:c>
+      <x:c r="FD11" s="3" t="n">
+        <x:v>8448</x:v>
+      </x:c>
+      <x:c r="FE11" s="3" t="n">
+        <x:v>8168</x:v>
+      </x:c>
+      <x:c r="FF11" s="3" t="n">
+        <x:v>7345</x:v>
+      </x:c>
+      <x:c r="FG11" s="3" t="n">
+        <x:v>7702</x:v>
+      </x:c>
+      <x:c r="FH11" s="3" t="n">
+        <x:v>7741</x:v>
+      </x:c>
+      <x:c r="FI11" s="3" t="n">
+        <x:v>8752</x:v>
+      </x:c>
+      <x:c r="FJ11" s="3" t="n">
+        <x:v>9872</x:v>
+      </x:c>
+      <x:c r="FK11" s="3" t="n">
+        <x:v>11134</x:v>
+      </x:c>
+      <x:c r="FL11" s="3" t="n">
+        <x:v>11932</x:v>
+      </x:c>
+      <x:c r="FM11" s="3" t="n">
+        <x:v>12525</x:v>
+      </x:c>
+      <x:c r="FN11" s="3" t="n">
+        <x:v>11387</x:v>
+      </x:c>
+      <x:c r="FO11" s="3" t="n">
+        <x:v>9909</x:v>
+      </x:c>
+      <x:c r="FP11" s="3" t="n">
+        <x:v>9995</x:v>
+      </x:c>
+      <x:c r="FQ11" s="3" t="n">
+        <x:v>10776</x:v>
+      </x:c>
+      <x:c r="FR11" s="3" t="n">
+        <x:v>10979</x:v>
+      </x:c>
+      <x:c r="FS11" s="3" t="n">
+        <x:v>11507</x:v>
+      </x:c>
+      <x:c r="FT11" s="3" t="n">
+        <x:v>11728</x:v>
+      </x:c>
+      <x:c r="FU11" s="3" t="n">
+        <x:v>12912</x:v>
+      </x:c>
+      <x:c r="FV11" s="3" t="n">
+        <x:v>14051</x:v>
+      </x:c>
+      <x:c r="FW11" s="3" t="n">
+        <x:v>15388</x:v>
+      </x:c>
+      <x:c r="FX11" s="3" t="n">
+        <x:v>15578</x:v>
+      </x:c>
+      <x:c r="FY11" s="3" t="n">
+        <x:v>16563</x:v>
+      </x:c>
+      <x:c r="FZ11" s="3" t="n">
+        <x:v>16691</x:v>
+      </x:c>
+      <x:c r="GA11" s="3" t="n">
+        <x:v>17457</x:v>
+      </x:c>
+      <x:c r="GB11" s="3" t="n">
+        <x:v>17718</x:v>
+      </x:c>
+      <x:c r="GC11" s="3" t="n">
+        <x:v>18474</x:v>
+      </x:c>
+      <x:c r="GD11" s="3" t="n">
+        <x:v>17775</x:v>
+      </x:c>
+      <x:c r="GE11" s="3" t="n">
+        <x:v>18086</x:v>
+      </x:c>
+      <x:c r="GF11" s="3" t="n">
+        <x:v>17806</x:v>
+      </x:c>
+      <x:c r="GG11" s="3" t="n">
+        <x:v>18692</x:v>
+      </x:c>
+      <x:c r="GH11" s="3" t="n">
+        <x:v>18651</x:v>
+      </x:c>
+      <x:c r="GI11" s="3" t="n">
+        <x:v>19260</x:v>
+      </x:c>
+      <x:c r="GJ11" s="3" t="n">
+        <x:v>18537</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:192">
+      <x:c r="A12" s="2" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="n">
+        <x:v>53600</x:v>
+      </x:c>
+      <x:c r="C12" s="3" t="n">
+        <x:v>57227</x:v>
+      </x:c>
+      <x:c r="D12" s="3" t="n">
+        <x:v>48004</x:v>
+      </x:c>
+      <x:c r="E12" s="3" t="n">
+        <x:v>56848</x:v>
+      </x:c>
+      <x:c r="F12" s="3" t="n">
+        <x:v>58195</x:v>
+      </x:c>
+      <x:c r="G12" s="3" t="n">
+        <x:v>55569</x:v>
+      </x:c>
+      <x:c r="H12" s="3" t="n">
+        <x:v>51922</x:v>
+      </x:c>
+      <x:c r="I12" s="3" t="n">
+        <x:v>59493</x:v>
+      </x:c>
+      <x:c r="J12" s="3" t="n">
+        <x:v>58690</x:v>
+      </x:c>
+      <x:c r="K12" s="3" t="n">
+        <x:v>55917</x:v>
+      </x:c>
+      <x:c r="L12" s="3" t="n">
+        <x:v>50241</x:v>
+      </x:c>
+      <x:c r="M12" s="3" t="n">
+        <x:v>57712</x:v>
+      </x:c>
+      <x:c r="N12" s="3" t="n">
+        <x:v>57544</x:v>
+      </x:c>
+      <x:c r="O12" s="3" t="n">
+        <x:v>54091</x:v>
+      </x:c>
+      <x:c r="P12" s="3" t="n">
+        <x:v>49723</x:v>
+      </x:c>
+      <x:c r="Q12" s="3" t="n">
+        <x:v>57174</x:v>
+      </x:c>
+      <x:c r="R12" s="3" t="n">
+        <x:v>58794</x:v>
+      </x:c>
+      <x:c r="S12" s="3" t="n">
+        <x:v>54632</x:v>
+      </x:c>
+      <x:c r="T12" s="3" t="n">
+        <x:v>49149</x:v>
+      </x:c>
+      <x:c r="U12" s="3" t="n">
+        <x:v>56155</x:v>
+      </x:c>
+      <x:c r="V12" s="3" t="n">
+        <x:v>55096</x:v>
+      </x:c>
+      <x:c r="W12" s="3" t="n">
+        <x:v>54461</x:v>
+      </x:c>
+      <x:c r="X12" s="3" t="n">
+        <x:v>47971</x:v>
+      </x:c>
+      <x:c r="Y12" s="3" t="n">
+        <x:v>56287</x:v>
+      </x:c>
+      <x:c r="Z12" s="3" t="n">
+        <x:v>58999</x:v>
+      </x:c>
+      <x:c r="AA12" s="3" t="n">
+        <x:v>55883</x:v>
+      </x:c>
+      <x:c r="AB12" s="3" t="n">
+        <x:v>51401</x:v>
+      </x:c>
+      <x:c r="AC12" s="3" t="n">
+        <x:v>60001</x:v>
+      </x:c>
+      <x:c r="AD12" s="3" t="n">
+        <x:v>61131</x:v>
+      </x:c>
+      <x:c r="AE12" s="3" t="n">
+        <x:v>58807</x:v>
+      </x:c>
+      <x:c r="AF12" s="3" t="n">
+        <x:v>53944</x:v>
+      </x:c>
+      <x:c r="AG12" s="3" t="n">
+        <x:v>62105</x:v>
+      </x:c>
+      <x:c r="AH12" s="3" t="n">
+        <x:v>57797</x:v>
+      </x:c>
+      <x:c r="AI12" s="3" t="n">
+        <x:v>60122</x:v>
+      </x:c>
+      <x:c r="AJ12" s="3" t="n">
+        <x:v>55211</x:v>
+      </x:c>
+      <x:c r="AK12" s="3" t="n">
+        <x:v>62031</x:v>
+      </x:c>
+      <x:c r="AL12" s="3" t="n">
+        <x:v>61435</x:v>
+      </x:c>
+      <x:c r="AM12" s="3" t="n">
+        <x:v>58989</x:v>
+      </x:c>
+      <x:c r="AN12" s="3" t="n">
+        <x:v>56396</x:v>
+      </x:c>
+      <x:c r="AO12" s="3" t="n">
+        <x:v>62975</x:v>
+      </x:c>
+      <x:c r="AP12" s="3" t="n">
+        <x:v>58903</x:v>
+      </x:c>
+      <x:c r="AQ12" s="3" t="n">
+        <x:v>58328</x:v>
+      </x:c>
+      <x:c r="AR12" s="3" t="n">
+        <x:v>51254</x:v>
+      </x:c>
+      <x:c r="AS12" s="3" t="n">
+        <x:v>59466</x:v>
+      </x:c>
+      <x:c r="AT12" s="3" t="n">
+        <x:v>54783</x:v>
+      </x:c>
+      <x:c r="AU12" s="3" t="n">
+        <x:v>56426</x:v>
+      </x:c>
+      <x:c r="AV12" s="3" t="n">
+        <x:v>50081</x:v>
+      </x:c>
+      <x:c r="AW12" s="3" t="n">
+        <x:v>57474</x:v>
+      </x:c>
+      <x:c r="AX12" s="3" t="n">
+        <x:v>55711</x:v>
+      </x:c>
+      <x:c r="AY12" s="3" t="n">
+        <x:v>53798</x:v>
+      </x:c>
+      <x:c r="AZ12" s="3" t="n">
+        <x:v>49987</x:v>
+      </x:c>
+      <x:c r="BA12" s="3" t="n">
+        <x:v>56691</x:v>
+      </x:c>
+      <x:c r="BB12" s="3" t="n">
+        <x:v>52284</x:v>
+      </x:c>
+      <x:c r="BC12" s="3" t="n">
+        <x:v>54844</x:v>
+      </x:c>
+      <x:c r="BD12" s="3" t="n">
+        <x:v>48346</x:v>
+      </x:c>
+      <x:c r="BE12" s="3" t="n">
+        <x:v>55170</x:v>
+      </x:c>
+      <x:c r="BF12" s="3" t="n">
+        <x:v>54399</x:v>
+      </x:c>
+      <x:c r="BG12" s="3" t="n">
+        <x:v>53701</x:v>
+      </x:c>
+      <x:c r="BH12" s="3" t="n">
+        <x:v>49155</x:v>
+      </x:c>
+      <x:c r="BI12" s="3" t="n">
+        <x:v>55485</x:v>
+      </x:c>
+      <x:c r="BJ12" s="3" t="n">
+        <x:v>54329</x:v>
+      </x:c>
+      <x:c r="BK12" s="3" t="n">
+        <x:v>54208</x:v>
+      </x:c>
+      <x:c r="BL12" s="3" t="n">
+        <x:v>50923</x:v>
+      </x:c>
+      <x:c r="BM12" s="3" t="n">
+        <x:v>57073</x:v>
+      </x:c>
+      <x:c r="BN12" s="3" t="n">
+        <x:v>54528</x:v>
+      </x:c>
+      <x:c r="BO12" s="3" t="n">
+        <x:v>57241</x:v>
+      </x:c>
+      <x:c r="BP12" s="3" t="n">
+        <x:v>52299</x:v>
+      </x:c>
+      <x:c r="BQ12" s="3" t="n">
+        <x:v>58477</x:v>
+      </x:c>
+      <x:c r="BR12" s="3" t="n">
+        <x:v>58174</x:v>
+      </x:c>
+      <x:c r="BS12" s="3" t="n">
+        <x:v>56356</x:v>
+      </x:c>
+      <x:c r="BT12" s="3" t="n">
+        <x:v>51401</x:v>
+      </x:c>
+      <x:c r="BU12" s="3" t="n">
+        <x:v>57281</x:v>
+      </x:c>
+      <x:c r="BV12" s="3" t="n">
+        <x:v>60753</x:v>
+      </x:c>
+      <x:c r="BW12" s="3" t="n">
+        <x:v>57283</x:v>
+      </x:c>
+      <x:c r="BX12" s="3" t="n">
+        <x:v>54761</x:v>
+      </x:c>
+      <x:c r="BY12" s="3" t="n">
+        <x:v>60266</x:v>
+      </x:c>
+      <x:c r="BZ12" s="3" t="n">
+        <x:v>59508</x:v>
+      </x:c>
+      <x:c r="CA12" s="3" t="n">
+        <x:v>63054</x:v>
+      </x:c>
+      <x:c r="CB12" s="3" t="n">
+        <x:v>57352</x:v>
+      </x:c>
+      <x:c r="CC12" s="3" t="n">
+        <x:v>64544</x:v>
+      </x:c>
+      <x:c r="CD12" s="3" t="n">
+        <x:v>62480</x:v>
+      </x:c>
+      <x:c r="CE12" s="3" t="n">
+        <x:v>60608</x:v>
+      </x:c>
+      <x:c r="CF12" s="3" t="n">
+        <x:v>56689</x:v>
+      </x:c>
+      <x:c r="CG12" s="3" t="n">
+        <x:v>62859</x:v>
+      </x:c>
+      <x:c r="CH12" s="3" t="n">
+        <x:v>63598</x:v>
+      </x:c>
+      <x:c r="CI12" s="3" t="n">
+        <x:v>61521</x:v>
+      </x:c>
+      <x:c r="CJ12" s="3" t="n">
+        <x:v>56539</x:v>
+      </x:c>
+      <x:c r="CK12" s="3" t="n">
+        <x:v>62191</x:v>
+      </x:c>
+      <x:c r="CL12" s="3" t="n">
+        <x:v>66099</x:v>
+      </x:c>
+      <x:c r="CM12" s="3" t="n">
+        <x:v>60299</x:v>
+      </x:c>
+      <x:c r="CN12" s="3" t="n">
+        <x:v>57311</x:v>
+      </x:c>
+      <x:c r="CO12" s="3" t="n">
+        <x:v>62686</x:v>
+      </x:c>
+      <x:c r="CP12" s="3" t="n">
+        <x:v>64795</x:v>
+      </x:c>
+      <x:c r="CQ12" s="3" t="n">
+        <x:v>60348</x:v>
+      </x:c>
+      <x:c r="CR12" s="3" t="n">
+        <x:v>56289</x:v>
+      </x:c>
+      <x:c r="CS12" s="3" t="n">
+        <x:v>62958</x:v>
+      </x:c>
+      <x:c r="CT12" s="3" t="n">
+        <x:v>61064</x:v>
+      </x:c>
+      <x:c r="CU12" s="3" t="n">
+        <x:v>63665</x:v>
+      </x:c>
+      <x:c r="CV12" s="3" t="n">
+        <x:v>56925</x:v>
+      </x:c>
+      <x:c r="CW12" s="3" t="n">
+        <x:v>61331</x:v>
+      </x:c>
+      <x:c r="CX12" s="3" t="n">
+        <x:v>65794</x:v>
+      </x:c>
+      <x:c r="CY12" s="3" t="n">
+        <x:v>61382</x:v>
+      </x:c>
+      <x:c r="CZ12" s="3" t="n">
+        <x:v>59133</x:v>
+      </x:c>
+      <x:c r="DA12" s="3" t="n">
+        <x:v>64638</x:v>
+      </x:c>
+      <x:c r="DB12" s="3" t="n">
+        <x:v>67480</x:v>
+      </x:c>
+      <x:c r="DC12" s="3" t="n">
+        <x:v>64022</x:v>
+      </x:c>
+      <x:c r="DD12" s="3" t="n">
+        <x:v>62302</x:v>
+      </x:c>
+      <x:c r="DE12" s="3" t="n">
+        <x:v>68720</x:v>
+      </x:c>
+      <x:c r="DF12" s="3" t="n">
+        <x:v>66826</x:v>
+      </x:c>
+      <x:c r="DG12" s="3" t="n">
+        <x:v>70333</x:v>
+      </x:c>
+      <x:c r="DH12" s="3" t="n">
+        <x:v>64265</x:v>
+      </x:c>
+      <x:c r="DI12" s="3" t="n">
+        <x:v>71635</x:v>
+      </x:c>
+      <x:c r="DJ12" s="3" t="n">
+        <x:v>72194</x:v>
+      </x:c>
+      <x:c r="DK12" s="3" t="n">
+        <x:v>67768</x:v>
+      </x:c>
+      <x:c r="DL12" s="3" t="n">
+        <x:v>64814</x:v>
+      </x:c>
+      <x:c r="DM12" s="3" t="n">
+        <x:v>74497</x:v>
+      </x:c>
+      <x:c r="DN12" s="3" t="n">
+        <x:v>75467</x:v>
+      </x:c>
+      <x:c r="DO12" s="3" t="n">
+        <x:v>71512</x:v>
+      </x:c>
+      <x:c r="DP12" s="3" t="n">
+        <x:v>67421</x:v>
+      </x:c>
+      <x:c r="DQ12" s="3" t="n">
+        <x:v>76180</x:v>
+      </x:c>
+      <x:c r="DR12" s="3" t="n">
+        <x:v>73706</x:v>
+      </x:c>
+      <x:c r="DS12" s="3" t="n">
+        <x:v>79461</x:v>
+      </x:c>
+      <x:c r="DT12" s="3" t="n">
+        <x:v>70467</x:v>
+      </x:c>
+      <x:c r="DU12" s="3" t="n">
+        <x:v>75725</x:v>
+      </x:c>
+      <x:c r="DV12" s="3" t="n">
+        <x:v>73680</x:v>
+      </x:c>
+      <x:c r="DW12" s="3" t="n">
+        <x:v>68165</x:v>
+      </x:c>
+      <x:c r="DX12" s="3" t="n">
+        <x:v>65111</x:v>
+      </x:c>
+      <x:c r="DY12" s="3" t="n">
+        <x:v>72897</x:v>
+      </x:c>
+      <x:c r="DZ12" s="3" t="n">
+        <x:v>71718</x:v>
+      </x:c>
+      <x:c r="EA12" s="3" t="n">
+        <x:v>70600</x:v>
+      </x:c>
+      <x:c r="EB12" s="3" t="n">
+        <x:v>66852</x:v>
+      </x:c>
+      <x:c r="EC12" s="3" t="n">
+        <x:v>74518</x:v>
+      </x:c>
+      <x:c r="ED12" s="3" t="n">
+        <x:v>75627</x:v>
+      </x:c>
+      <x:c r="EE12" s="3" t="n">
+        <x:v>70661</x:v>
+      </x:c>
+      <x:c r="EF12" s="3" t="n">
+        <x:v>68036</x:v>
+      </x:c>
+      <x:c r="EG12" s="3" t="n">
+        <x:v>74752</x:v>
+      </x:c>
+      <x:c r="EH12" s="3" t="n">
+        <x:v>77413</x:v>
+      </x:c>
+      <x:c r="EI12" s="3" t="n">
+        <x:v>71118</x:v>
+      </x:c>
+      <x:c r="EJ12" s="3" t="n">
+        <x:v>69596</x:v>
+      </x:c>
+      <x:c r="EK12" s="3" t="n">
+        <x:v>76311</x:v>
+      </x:c>
+      <x:c r="EL12" s="3" t="n">
+        <x:v>73693</x:v>
+      </x:c>
+      <x:c r="EM12" s="3" t="n">
+        <x:v>77445</x:v>
+      </x:c>
+      <x:c r="EN12" s="3" t="n">
+        <x:v>73367</x:v>
+      </x:c>
+      <x:c r="EO12" s="3" t="n">
+        <x:v>78732</x:v>
+      </x:c>
+      <x:c r="EP12" s="3" t="n">
+        <x:v>78739</x:v>
+      </x:c>
+      <x:c r="EQ12" s="3" t="n">
+        <x:v>76272</x:v>
+      </x:c>
+      <x:c r="ER12" s="3" t="n">
+        <x:v>75021</x:v>
+      </x:c>
+      <x:c r="ES12" s="3" t="n">
+        <x:v>80578</x:v>
+      </x:c>
+      <x:c r="ET12" s="3" t="n">
+        <x:v>77716</x:v>
+      </x:c>
+      <x:c r="EU12" s="3" t="n">
+        <x:v>75186</x:v>
+      </x:c>
+      <x:c r="EV12" s="3" t="n">
+        <x:v>70048</x:v>
+      </x:c>
+      <x:c r="EW12" s="3" t="n">
+        <x:v>74220</x:v>
+      </x:c>
+      <x:c r="EX12" s="3" t="n">
+        <x:v>70541</x:v>
+      </x:c>
+      <x:c r="EY12" s="3" t="n">
+        <x:v>73448</x:v>
+      </x:c>
+      <x:c r="EZ12" s="3" t="n">
+        <x:v>67699</x:v>
+      </x:c>
+      <x:c r="FA12" s="3" t="n">
+        <x:v>72329</x:v>
+      </x:c>
+      <x:c r="FB12" s="3" t="n">
+        <x:v>73408</x:v>
+      </x:c>
+      <x:c r="FC12" s="3" t="n">
+        <x:v>69583</x:v>
+      </x:c>
+      <x:c r="FD12" s="3" t="n">
+        <x:v>67445</x:v>
+      </x:c>
+      <x:c r="FE12" s="3" t="n">
+        <x:v>74123</x:v>
+      </x:c>
+      <x:c r="FF12" s="3" t="n">
+        <x:v>70992</x:v>
+      </x:c>
+      <x:c r="FG12" s="3" t="n">
+        <x:v>73237</x:v>
+      </x:c>
+      <x:c r="FH12" s="3" t="n">
+        <x:v>69203</x:v>
+      </x:c>
+      <x:c r="FI12" s="3" t="n">
+        <x:v>76121</x:v>
+      </x:c>
+      <x:c r="FJ12" s="3" t="n">
+        <x:v>74866</x:v>
+      </x:c>
+      <x:c r="FK12" s="3" t="n">
+        <x:v>73293</x:v>
+      </x:c>
+      <x:c r="FL12" s="3" t="n">
+        <x:v>71062</x:v>
+      </x:c>
+      <x:c r="FM12" s="3" t="n">
+        <x:v>76244</x:v>
+      </x:c>
+      <x:c r="FN12" s="3" t="n">
+        <x:v>72974</x:v>
+      </x:c>
+      <x:c r="FO12" s="3" t="n">
+        <x:v>67285</x:v>
+      </x:c>
+      <x:c r="FP12" s="3" t="n">
+        <x:v>66867</x:v>
+      </x:c>
+      <x:c r="FQ12" s="3" t="n">
+        <x:v>74287</x:v>
+      </x:c>
+      <x:c r="FR12" s="3" t="n">
+        <x:v>74446</x:v>
+      </x:c>
+      <x:c r="FS12" s="3" t="n">
+        <x:v>74250</x:v>
+      </x:c>
+      <x:c r="FT12" s="3" t="n">
+        <x:v>71726</x:v>
+      </x:c>
+      <x:c r="FU12" s="3" t="n">
+        <x:v>76697</x:v>
+      </x:c>
+      <x:c r="FV12" s="3" t="n">
+        <x:v>77007</x:v>
+      </x:c>
+      <x:c r="FW12" s="3" t="n">
+        <x:v>73168</x:v>
+      </x:c>
+      <x:c r="FX12" s="3" t="n">
+        <x:v>72357</x:v>
+      </x:c>
+      <x:c r="FY12" s="3" t="n">
+        <x:v>76735</x:v>
+      </x:c>
+      <x:c r="FZ12" s="3" t="n">
+        <x:v>77906</x:v>
+      </x:c>
+      <x:c r="GA12" s="3" t="n">
+        <x:v>73373</x:v>
+      </x:c>
+      <x:c r="GB12" s="3" t="n">
+        <x:v>71011</x:v>
+      </x:c>
+      <x:c r="GC12" s="3" t="n">
+        <x:v>76957</x:v>
+      </x:c>
+      <x:c r="GD12" s="3" t="n">
+        <x:v>74506</x:v>
+      </x:c>
+      <x:c r="GE12" s="3" t="n">
+        <x:v>76064</x:v>
+      </x:c>
+      <x:c r="GF12" s="3" t="n">
+        <x:v>73985</x:v>
+      </x:c>
+      <x:c r="GG12" s="3" t="n">
+        <x:v>79080</x:v>
+      </x:c>
+      <x:c r="GH12" s="3" t="n">
+        <x:v>79538</x:v>
+      </x:c>
+      <x:c r="GI12" s="3" t="n">
+        <x:v>79286</x:v>
+      </x:c>
+      <x:c r="GJ12" s="3" t="n">
+        <x:v>76454</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:192">
+      <x:c r="A13" s="2" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="B13" s="3" t="n">
+        <x:v>13133</x:v>
+      </x:c>
+      <x:c r="C13" s="3" t="n">
+        <x:v>15855</x:v>
+      </x:c>
+      <x:c r="D13" s="3" t="n">
+        <x:v>13582</x:v>
+      </x:c>
+      <x:c r="E13" s="3" t="n">
+        <x:v>14602</x:v>
+      </x:c>
+      <x:c r="F13" s="3" t="n">
+        <x:v>14474</x:v>
+      </x:c>
+      <x:c r="G13" s="3" t="n">
+        <x:v>15829</x:v>
+      </x:c>
+      <x:c r="H13" s="3" t="n">
+        <x:v>15134</x:v>
+      </x:c>
+      <x:c r="I13" s="3" t="n">
+        <x:v>15785</x:v>
+      </x:c>
+      <x:c r="J13" s="3" t="n">
+        <x:v>15016</x:v>
+      </x:c>
+      <x:c r="K13" s="3" t="n">
+        <x:v>16000</x:v>
+      </x:c>
+      <x:c r="L13" s="3" t="n">
+        <x:v>14571</x:v>
+      </x:c>
+      <x:c r="M13" s="3" t="n">
+        <x:v>15833</x:v>
+      </x:c>
+      <x:c r="N13" s="3" t="n">
+        <x:v>13521</x:v>
+      </x:c>
+      <x:c r="O13" s="3" t="n">
+        <x:v>14287</x:v>
+      </x:c>
+      <x:c r="P13" s="3" t="n">
+        <x:v>13171</x:v>
+      </x:c>
+      <x:c r="Q13" s="3" t="n">
+        <x:v>14188</x:v>
+      </x:c>
+      <x:c r="R13" s="3" t="n">
+        <x:v>13353</x:v>
+      </x:c>
+      <x:c r="S13" s="3" t="n">
+        <x:v>14231</x:v>
+      </x:c>
+      <x:c r="T13" s="3" t="n">
+        <x:v>13316</x:v>
+      </x:c>
+      <x:c r="U13" s="3" t="n">
+        <x:v>13842</x:v>
+      </x:c>
+      <x:c r="V13" s="3" t="n">
+        <x:v>12510</x:v>
+      </x:c>
+      <x:c r="W13" s="3" t="n">
+        <x:v>13670</x:v>
+      </x:c>
+      <x:c r="X13" s="3" t="n">
+        <x:v>12462</x:v>
+      </x:c>
+      <x:c r="Y13" s="3" t="n">
+        <x:v>12925</x:v>
+      </x:c>
+      <x:c r="Z13" s="3" t="n">
+        <x:v>12163</x:v>
+      </x:c>
+      <x:c r="AA13" s="3" t="n">
+        <x:v>13042</x:v>
+      </x:c>
+      <x:c r="AB13" s="3" t="n">
+        <x:v>12238</x:v>
+      </x:c>
+      <x:c r="AC13" s="3" t="n">
+        <x:v>12839</x:v>
+      </x:c>
+      <x:c r="AD13" s="3" t="n">
+        <x:v>12388</x:v>
+      </x:c>
+      <x:c r="AE13" s="3" t="n">
+        <x:v>13736</x:v>
+      </x:c>
+      <x:c r="AF13" s="3" t="n">
+        <x:v>12891</x:v>
+      </x:c>
+      <x:c r="AG13" s="3" t="n">
+        <x:v>12831</x:v>
+      </x:c>
+      <x:c r="AH13" s="3" t="n">
+        <x:v>11460</x:v>
+      </x:c>
+      <x:c r="AI13" s="3" t="n">
+        <x:v>14113</x:v>
+      </x:c>
+      <x:c r="AJ13" s="3" t="n">
+        <x:v>12922</x:v>
+      </x:c>
+      <x:c r="AK13" s="3" t="n">
+        <x:v>13120</x:v>
+      </x:c>
+      <x:c r="AL13" s="3" t="n">
+        <x:v>11457</x:v>
+      </x:c>
+      <x:c r="AM13" s="3" t="n">
+        <x:v>12525</x:v>
+      </x:c>
+      <x:c r="AN13" s="3" t="n">
+        <x:v>12649</x:v>
+      </x:c>
+      <x:c r="AO13" s="3" t="n">
+        <x:v>13408</x:v>
+      </x:c>
+      <x:c r="AP13" s="3" t="n">
+        <x:v>11603</x:v>
+      </x:c>
+      <x:c r="AQ13" s="3" t="n">
+        <x:v>12572</x:v>
+      </x:c>
+      <x:c r="AR13" s="3" t="n">
+        <x:v>11263</x:v>
+      </x:c>
+      <x:c r="AS13" s="3" t="n">
+        <x:v>12775</x:v>
+      </x:c>
+      <x:c r="AT13" s="3" t="n">
+        <x:v>11014</x:v>
+      </x:c>
+      <x:c r="AU13" s="3" t="n">
+        <x:v>12881</x:v>
+      </x:c>
+      <x:c r="AV13" s="3" t="n">
+        <x:v>12212</x:v>
+      </x:c>
+      <x:c r="AW13" s="3" t="n">
+        <x:v>12535</x:v>
+      </x:c>
+      <x:c r="AX13" s="3" t="n">
+        <x:v>9652</x:v>
+      </x:c>
+      <x:c r="AY13" s="3" t="n">
+        <x:v>11173</x:v>
+      </x:c>
+      <x:c r="AZ13" s="3" t="n">
+        <x:v>10297</x:v>
+      </x:c>
+      <x:c r="BA13" s="3" t="n">
+        <x:v>10774</x:v>
+      </x:c>
+      <x:c r="BB13" s="3" t="n">
+        <x:v>9704</x:v>
+      </x:c>
+      <x:c r="BC13" s="3" t="n">
+        <x:v>11718</x:v>
+      </x:c>
+      <x:c r="BD13" s="3" t="n">
+        <x:v>9995</x:v>
+      </x:c>
+      <x:c r="BE13" s="3" t="n">
+        <x:v>10607</x:v>
+      </x:c>
+      <x:c r="BF13" s="3" t="n">
+        <x:v>10690</x:v>
+      </x:c>
+      <x:c r="BG13" s="3" t="n">
+        <x:v>12133</x:v>
+      </x:c>
+      <x:c r="BH13" s="3" t="n">
+        <x:v>10746</x:v>
+      </x:c>
+      <x:c r="BI13" s="3" t="n">
+        <x:v>11863</x:v>
+      </x:c>
+      <x:c r="BJ13" s="3" t="n">
+        <x:v>11025</x:v>
+      </x:c>
+      <x:c r="BK13" s="3" t="n">
+        <x:v>12092</x:v>
+      </x:c>
+      <x:c r="BL13" s="3" t="n">
+        <x:v>11103</x:v>
+      </x:c>
+      <x:c r="BM13" s="3" t="n">
+        <x:v>12466</x:v>
+      </x:c>
+      <x:c r="BN13" s="3" t="n">
+        <x:v>10820</x:v>
+      </x:c>
+      <x:c r="BO13" s="3" t="n">
+        <x:v>12414</x:v>
+      </x:c>
+      <x:c r="BP13" s="3" t="n">
+        <x:v>11473</x:v>
+      </x:c>
+      <x:c r="BQ13" s="3" t="n">
+        <x:v>12073</x:v>
+      </x:c>
+      <x:c r="BR13" s="3" t="n">
+        <x:v>12256</x:v>
+      </x:c>
+      <x:c r="BS13" s="3" t="n">
+        <x:v>13577</x:v>
+      </x:c>
+      <x:c r="BT13" s="3" t="n">
+        <x:v>12383</x:v>
+      </x:c>
+      <x:c r="BU13" s="3" t="n">
+        <x:v>13251</x:v>
+      </x:c>
+      <x:c r="BV13" s="3" t="n">
+        <x:v>12192</x:v>
+      </x:c>
+      <x:c r="BW13" s="3" t="n">
+        <x:v>13099</x:v>
+      </x:c>
+      <x:c r="BX13" s="3" t="n">
+        <x:v>11944</x:v>
+      </x:c>
+      <x:c r="BY13" s="3" t="n">
+        <x:v>12724</x:v>
+      </x:c>
+      <x:c r="BZ13" s="3" t="n">
+        <x:v>11936</x:v>
+      </x:c>
+      <x:c r="CA13" s="3" t="n">
+        <x:v>12490</x:v>
+      </x:c>
+      <x:c r="CB13" s="3" t="n">
+        <x:v>11651</x:v>
+      </x:c>
+      <x:c r="CC13" s="3" t="n">
+        <x:v>12465</x:v>
+      </x:c>
+      <x:c r="CD13" s="3" t="n">
+        <x:v>12024</x:v>
+      </x:c>
+      <x:c r="CE13" s="3" t="n">
+        <x:v>11935</x:v>
+      </x:c>
+      <x:c r="CF13" s="3" t="n">
+        <x:v>11253</x:v>
+      </x:c>
+      <x:c r="CG13" s="3" t="n">
+        <x:v>11981</x:v>
+      </x:c>
+      <x:c r="CH13" s="3" t="n">
+        <x:v>12205</x:v>
+      </x:c>
+      <x:c r="CI13" s="3" t="n">
+        <x:v>11760</x:v>
+      </x:c>
+      <x:c r="CJ13" s="3" t="n">
+        <x:v>11412</x:v>
+      </x:c>
+      <x:c r="CK13" s="3" t="n">
+        <x:v>12677</x:v>
+      </x:c>
+      <x:c r="CL13" s="3" t="n">
+        <x:v>14611</x:v>
+      </x:c>
+      <x:c r="CM13" s="3" t="n">
+        <x:v>13747</x:v>
+      </x:c>
+      <x:c r="CN13" s="3" t="n">
+        <x:v>12761</x:v>
+      </x:c>
+      <x:c r="CO13" s="3" t="n">
+        <x:v>14013</x:v>
+      </x:c>
+      <x:c r="CP13" s="3" t="n">
+        <x:v>14067</x:v>
+      </x:c>
+      <x:c r="CQ13" s="3" t="n">
+        <x:v>13668</x:v>
+      </x:c>
+      <x:c r="CR13" s="3" t="n">
+        <x:v>13123</x:v>
+      </x:c>
+      <x:c r="CS13" s="3" t="n">
+        <x:v>14338</x:v>
+      </x:c>
+      <x:c r="CT13" s="3" t="n">
+        <x:v>13695</x:v>
+      </x:c>
+      <x:c r="CU13" s="3" t="n">
+        <x:v>14412</x:v>
+      </x:c>
+      <x:c r="CV13" s="3" t="n">
+        <x:v>13295</x:v>
+      </x:c>
+      <x:c r="CW13" s="3" t="n">
+        <x:v>13848</x:v>
+      </x:c>
+      <x:c r="CX13" s="3" t="n">
+        <x:v>14774</x:v>
+      </x:c>
+      <x:c r="CY13" s="3" t="n">
+        <x:v>14526</x:v>
+      </x:c>
+      <x:c r="CZ13" s="3" t="n">
+        <x:v>14209</x:v>
+      </x:c>
+      <x:c r="DA13" s="3" t="n">
+        <x:v>15361</x:v>
+      </x:c>
+      <x:c r="DB13" s="3" t="n">
+        <x:v>15106</x:v>
+      </x:c>
+      <x:c r="DC13" s="3" t="n">
+        <x:v>14409</x:v>
+      </x:c>
+      <x:c r="DD13" s="3" t="n">
+        <x:v>14358</x:v>
+      </x:c>
+      <x:c r="DE13" s="3" t="n">
+        <x:v>15119</x:v>
+      </x:c>
+      <x:c r="DF13" s="3" t="n">
+        <x:v>14281</x:v>
+      </x:c>
+      <x:c r="DG13" s="3" t="n">
+        <x:v>14798</x:v>
+      </x:c>
+      <x:c r="DH13" s="3" t="n">
+        <x:v>14329</x:v>
+      </x:c>
+      <x:c r="DI13" s="3" t="n">
+        <x:v>15800</x:v>
+      </x:c>
+      <x:c r="DJ13" s="3" t="n">
+        <x:v>14038</x:v>
+      </x:c>
+      <x:c r="DK13" s="3" t="n">
+        <x:v>13329</x:v>
+      </x:c>
+      <x:c r="DL13" s="3" t="n">
+        <x:v>13053</x:v>
+      </x:c>
+      <x:c r="DM13" s="3" t="n">
+        <x:v>15007</x:v>
+      </x:c>
+      <x:c r="DN13" s="3" t="n">
+        <x:v>13455</x:v>
+      </x:c>
+      <x:c r="DO13" s="3" t="n">
+        <x:v>13045</x:v>
+      </x:c>
+      <x:c r="DP13" s="3" t="n">
+        <x:v>12813</x:v>
+      </x:c>
+      <x:c r="DQ13" s="3" t="n">
+        <x:v>14304</x:v>
+      </x:c>
+      <x:c r="DR13" s="3" t="n">
+        <x:v>12982</x:v>
+      </x:c>
+      <x:c r="DS13" s="3" t="n">
+        <x:v>13373</x:v>
+      </x:c>
+      <x:c r="DT13" s="3" t="n">
+        <x:v>12793</x:v>
+      </x:c>
+      <x:c r="DU13" s="3" t="n">
+        <x:v>14299</x:v>
+      </x:c>
+      <x:c r="DV13" s="3" t="n">
+        <x:v>13847</x:v>
+      </x:c>
+      <x:c r="DW13" s="3" t="n">
+        <x:v>13081</x:v>
+      </x:c>
+      <x:c r="DX13" s="3" t="n">
+        <x:v>13552</x:v>
+      </x:c>
+      <x:c r="DY13" s="3" t="n">
+        <x:v>15044</x:v>
+      </x:c>
+      <x:c r="DZ13" s="3" t="n">
+        <x:v>14903</x:v>
+      </x:c>
+      <x:c r="EA13" s="3" t="n">
+        <x:v>13951</x:v>
+      </x:c>
+      <x:c r="EB13" s="3" t="n">
+        <x:v>14078</x:v>
+      </x:c>
+      <x:c r="EC13" s="3" t="n">
+        <x:v>15191</x:v>
+      </x:c>
+      <x:c r="ED13" s="3" t="n">
+        <x:v>14302</x:v>
+      </x:c>
+      <x:c r="EE13" s="3" t="n">
+        <x:v>13868</x:v>
+      </x:c>
+      <x:c r="EF13" s="3" t="n">
+        <x:v>14307</x:v>
+      </x:c>
+      <x:c r="EG13" s="3" t="n">
+        <x:v>15324</x:v>
+      </x:c>
+      <x:c r="EH13" s="3" t="n">
+        <x:v>15063</x:v>
+      </x:c>
+      <x:c r="EI13" s="3" t="n">
+        <x:v>14257</x:v>
+      </x:c>
+      <x:c r="EJ13" s="3" t="n">
+        <x:v>14797</x:v>
+      </x:c>
+      <x:c r="EK13" s="3" t="n">
+        <x:v>16276</x:v>
+      </x:c>
+      <x:c r="EL13" s="3" t="n">
+        <x:v>14035</x:v>
+      </x:c>
+      <x:c r="EM13" s="3" t="n">
+        <x:v>14167</x:v>
+      </x:c>
+      <x:c r="EN13" s="3" t="n">
+        <x:v>15582</x:v>
+      </x:c>
+      <x:c r="EO13" s="3" t="n">
+        <x:v>16421</x:v>
+      </x:c>
+      <x:c r="EP13" s="3" t="n">
+        <x:v>14531</x:v>
+      </x:c>
+      <x:c r="EQ13" s="3" t="n">
+        <x:v>14994</x:v>
+      </x:c>
+      <x:c r="ER13" s="3" t="n">
+        <x:v>15851</x:v>
+      </x:c>
+      <x:c r="ES13" s="3" t="n">
+        <x:v>16664</x:v>
+      </x:c>
+      <x:c r="ET13" s="3" t="n">
+        <x:v>14966</x:v>
+      </x:c>
+      <x:c r="EU13" s="3" t="n">
+        <x:v>14872</x:v>
+      </x:c>
+      <x:c r="EV13" s="3" t="n">
+        <x:v>15941</x:v>
+      </x:c>
+      <x:c r="EW13" s="3" t="n">
+        <x:v>16870</x:v>
+      </x:c>
+      <x:c r="EX13" s="3" t="n">
+        <x:v>16050</x:v>
+      </x:c>
+      <x:c r="EY13" s="3" t="n">
+        <x:v>16383</x:v>
+      </x:c>
+      <x:c r="EZ13" s="3" t="n">
+        <x:v>17190</x:v>
+      </x:c>
+      <x:c r="FA13" s="3" t="n">
+        <x:v>17297</x:v>
+      </x:c>
+      <x:c r="FB13" s="3" t="n">
+        <x:v>16172</x:v>
+      </x:c>
+      <x:c r="FC13" s="3" t="n">
+        <x:v>15090</x:v>
+      </x:c>
+      <x:c r="FD13" s="3" t="n">
+        <x:v>16777</x:v>
+      </x:c>
+      <x:c r="FE13" s="3" t="n">
+        <x:v>18032</x:v>
+      </x:c>
+      <x:c r="FF13" s="3" t="n">
+        <x:v>15853</x:v>
+      </x:c>
+      <x:c r="FG13" s="3" t="n">
+        <x:v>16395</x:v>
+      </x:c>
+      <x:c r="FH13" s="3" t="n">
+        <x:v>17468</x:v>
+      </x:c>
+      <x:c r="FI13" s="3" t="n">
+        <x:v>18392</x:v>
+      </x:c>
+      <x:c r="FJ13" s="3" t="n">
+        <x:v>16086</x:v>
+      </x:c>
+      <x:c r="FK13" s="3" t="n">
+        <x:v>16204</x:v>
+      </x:c>
+      <x:c r="FL13" s="3" t="n">
+        <x:v>17453</x:v>
+      </x:c>
+      <x:c r="FM13" s="3" t="n">
+        <x:v>17991</x:v>
+      </x:c>
+      <x:c r="FN13" s="3" t="n">
+        <x:v>15853</x:v>
+      </x:c>
+      <x:c r="FO13" s="3" t="n">
+        <x:v>15080</x:v>
+      </x:c>
+      <x:c r="FP13" s="3" t="n">
+        <x:v>16908</x:v>
+      </x:c>
+      <x:c r="FQ13" s="3" t="n">
+        <x:v>17380</x:v>
+      </x:c>
+      <x:c r="FR13" s="3" t="n">
+        <x:v>16174</x:v>
+      </x:c>
+      <x:c r="FS13" s="3" t="n">
+        <x:v>15310</x:v>
+      </x:c>
+      <x:c r="FT13" s="3" t="n">
+        <x:v>17866</x:v>
+      </x:c>
+      <x:c r="FU13" s="3" t="n">
+        <x:v>17688</x:v>
+      </x:c>
+      <x:c r="FV13" s="3" t="n">
+        <x:v>15890</x:v>
+      </x:c>
+      <x:c r="FW13" s="3" t="n">
+        <x:v>16321</x:v>
+      </x:c>
+      <x:c r="FX13" s="3" t="n">
+        <x:v>18341</x:v>
+      </x:c>
+      <x:c r="FY13" s="3" t="n">
+        <x:v>17469</x:v>
+      </x:c>
+      <x:c r="FZ13" s="3" t="n">
+        <x:v>14333</x:v>
+      </x:c>
+      <x:c r="GA13" s="3" t="n">
+        <x:v>13843</x:v>
+      </x:c>
+      <x:c r="GB13" s="3" t="n">
+        <x:v>15631</x:v>
+      </x:c>
+      <x:c r="GC13" s="3" t="n">
+        <x:v>15147</x:v>
+      </x:c>
+      <x:c r="GD13" s="3" t="n">
+        <x:v>13433</x:v>
+      </x:c>
+      <x:c r="GE13" s="3" t="n">
+        <x:v>14095</x:v>
+      </x:c>
+      <x:c r="GF13" s="3" t="n">
+        <x:v>16284</x:v>
+      </x:c>
+      <x:c r="GG13" s="3" t="n">
+        <x:v>15971</x:v>
+      </x:c>
+      <x:c r="GH13" s="3" t="n">
+        <x:v>14147</x:v>
+      </x:c>
+      <x:c r="GI13" s="3" t="n">
+        <x:v>14727</x:v>
+      </x:c>
+      <x:c r="GJ13" s="3" t="n">
+        <x:v>16377</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:192">
+      <x:c r="A14" s="2" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="B14" s="3" t="n">
+        <x:v>8914</x:v>
+      </x:c>
+      <x:c r="C14" s="3" t="n">
+        <x:v>9580</x:v>
+      </x:c>
+      <x:c r="D14" s="3" t="n">
+        <x:v>8902</x:v>
+      </x:c>
+      <x:c r="E14" s="3" t="n">
+        <x:v>10740</x:v>
+      </x:c>
+      <x:c r="F14" s="3" t="n">
+        <x:v>9486</x:v>
+      </x:c>
+      <x:c r="G14" s="3" t="n">
+        <x:v>9667</x:v>
+      </x:c>
+      <x:c r="H14" s="3" t="n">
+        <x:v>9431</x:v>
+      </x:c>
+      <x:c r="I14" s="3" t="n">
+        <x:v>11088</x:v>
+      </x:c>
+      <x:c r="J14" s="3" t="n">
+        <x:v>10055</x:v>
+      </x:c>
+      <x:c r="K14" s="3" t="n">
+        <x:v>9976</x:v>
+      </x:c>
+      <x:c r="L14" s="3" t="n">
+        <x:v>9755</x:v>
+      </x:c>
+      <x:c r="M14" s="3" t="n">
+        <x:v>11523</x:v>
+      </x:c>
+      <x:c r="N14" s="3" t="n">
+        <x:v>9125</x:v>
+      </x:c>
+      <x:c r="O14" s="3" t="n">
+        <x:v>9154</x:v>
+      </x:c>
+      <x:c r="P14" s="3" t="n">
+        <x:v>8834</x:v>
+      </x:c>
+      <x:c r="Q14" s="3" t="n">
+        <x:v>10734</x:v>
+      </x:c>
+      <x:c r="R14" s="3" t="n">
+        <x:v>8833</x:v>
+      </x:c>
+      <x:c r="S14" s="3" t="n">
+        <x:v>8791</x:v>
+      </x:c>
+      <x:c r="T14" s="3" t="n">
+        <x:v>8771</x:v>
+      </x:c>
+      <x:c r="U14" s="3" t="n">
+        <x:v>9994</x:v>
+      </x:c>
+      <x:c r="V14" s="3" t="n">
+        <x:v>8299</x:v>
+      </x:c>
+      <x:c r="W14" s="3" t="n">
+        <x:v>8380</x:v>
+      </x:c>
+      <x:c r="X14" s="3" t="n">
+        <x:v>8051</x:v>
+      </x:c>
+      <x:c r="Y14" s="3" t="n">
+        <x:v>9350</x:v>
+      </x:c>
+      <x:c r="Z14" s="3" t="n">
+        <x:v>8123</x:v>
+      </x:c>
+      <x:c r="AA14" s="3" t="n">
+        <x:v>8161</x:v>
+      </x:c>
+      <x:c r="AB14" s="3" t="n">
+        <x:v>8210</x:v>
+      </x:c>
+      <x:c r="AC14" s="3" t="n">
+        <x:v>9283</x:v>
+      </x:c>
+      <x:c r="AD14" s="3" t="n">
+        <x:v>8432</x:v>
+      </x:c>
+      <x:c r="AE14" s="3" t="n">
+        <x:v>8568</x:v>
+      </x:c>
+      <x:c r="AF14" s="3" t="n">
+        <x:v>8757</x:v>
+      </x:c>
+      <x:c r="AG14" s="3" t="n">
+        <x:v>9777</x:v>
+      </x:c>
+      <x:c r="AH14" s="3" t="n">
+        <x:v>8029</x:v>
+      </x:c>
+      <x:c r="AI14" s="3" t="n">
+        <x:v>8672</x:v>
+      </x:c>
+      <x:c r="AJ14" s="3" t="n">
+        <x:v>9029</x:v>
+      </x:c>
+      <x:c r="AK14" s="3" t="n">
+        <x:v>9831</x:v>
+      </x:c>
+      <x:c r="AL14" s="3" t="n">
+        <x:v>8189</x:v>
+      </x:c>
+      <x:c r="AM14" s="3" t="n">
+        <x:v>8715</x:v>
+      </x:c>
+      <x:c r="AN14" s="3" t="n">
+        <x:v>9099</x:v>
+      </x:c>
+      <x:c r="AO14" s="3" t="n">
+        <x:v>10036</x:v>
+      </x:c>
+      <x:c r="AP14" s="3" t="n">
+        <x:v>8338</x:v>
+      </x:c>
+      <x:c r="AQ14" s="3" t="n">
+        <x:v>9007</x:v>
+      </x:c>
+      <x:c r="AR14" s="3" t="n">
+        <x:v>8779</x:v>
+      </x:c>
+      <x:c r="AS14" s="3" t="n">
+        <x:v>10056</x:v>
+      </x:c>
+      <x:c r="AT14" s="3" t="n">
+        <x:v>8168</x:v>
+      </x:c>
+      <x:c r="AU14" s="3" t="n">
+        <x:v>9066</x:v>
+      </x:c>
+      <x:c r="AV14" s="3" t="n">
+        <x:v>8688</x:v>
+      </x:c>
+      <x:c r="AW14" s="3" t="n">
+        <x:v>9632</x:v>
+      </x:c>
+      <x:c r="AX14" s="3" t="n">
+        <x:v>7026</x:v>
+      </x:c>
+      <x:c r="AY14" s="3" t="n">
+        <x:v>7722</x:v>
+      </x:c>
+      <x:c r="AZ14" s="3" t="n">
+        <x:v>7334</x:v>
+      </x:c>
+      <x:c r="BA14" s="3" t="n">
+        <x:v>8140</x:v>
+      </x:c>
+      <x:c r="BB14" s="3" t="n">
+        <x:v>7349</x:v>
+      </x:c>
+      <x:c r="BC14" s="3" t="n">
+        <x:v>8203</x:v>
+      </x:c>
+      <x:c r="BD14" s="3" t="n">
+        <x:v>7574</x:v>
+      </x:c>
+      <x:c r="BE14" s="3" t="n">
+        <x:v>8433</x:v>
+      </x:c>
+      <x:c r="BF14" s="3" t="n">
+        <x:v>8387</x:v>
+      </x:c>
+      <x:c r="BG14" s="3" t="n">
+        <x:v>9106</x:v>
+      </x:c>
+      <x:c r="BH14" s="3" t="n">
+        <x:v>8455</x:v>
+      </x:c>
+      <x:c r="BI14" s="3" t="n">
+        <x:v>9524</x:v>
+      </x:c>
+      <x:c r="BJ14" s="3" t="n">
+        <x:v>8623</x:v>
+      </x:c>
+      <x:c r="BK14" s="3" t="n">
+        <x:v>9458</x:v>
+      </x:c>
+      <x:c r="BL14" s="3" t="n">
+        <x:v>8801</x:v>
+      </x:c>
+      <x:c r="BM14" s="3" t="n">
+        <x:v>10041</x:v>
+      </x:c>
+      <x:c r="BN14" s="3" t="n">
+        <x:v>7885</x:v>
+      </x:c>
+      <x:c r="BO14" s="3" t="n">
+        <x:v>8654</x:v>
+      </x:c>
+      <x:c r="BP14" s="3" t="n">
+        <x:v>8213</x:v>
+      </x:c>
+      <x:c r="BQ14" s="3" t="n">
+        <x:v>9058</x:v>
+      </x:c>
+      <x:c r="BR14" s="3" t="n">
+        <x:v>8991</x:v>
+      </x:c>
+      <x:c r="BS14" s="3" t="n">
+        <x:v>9562</x:v>
+      </x:c>
+      <x:c r="BT14" s="3" t="n">
+        <x:v>9117</x:v>
+      </x:c>
+      <x:c r="BU14" s="3" t="n">
+        <x:v>10015</x:v>
+      </x:c>
+      <x:c r="BV14" s="3" t="n">
+        <x:v>8440</x:v>
+      </x:c>
+      <x:c r="BW14" s="3" t="n">
+        <x:v>9019</x:v>
+      </x:c>
+      <x:c r="BX14" s="3" t="n">
+        <x:v>8487</x:v>
+      </x:c>
+      <x:c r="BY14" s="3" t="n">
+        <x:v>9153</x:v>
+      </x:c>
+      <x:c r="BZ14" s="3" t="n">
+        <x:v>8080</x:v>
+      </x:c>
+      <x:c r="CA14" s="3" t="n">
+        <x:v>8423</x:v>
+      </x:c>
+      <x:c r="CB14" s="3" t="n">
+        <x:v>7982</x:v>
+      </x:c>
+      <x:c r="CC14" s="3" t="n">
+        <x:v>8701</x:v>
+      </x:c>
+      <x:c r="CD14" s="3" t="n">
+        <x:v>8062</x:v>
+      </x:c>
+      <x:c r="CE14" s="3" t="n">
+        <x:v>8258</x:v>
+      </x:c>
+      <x:c r="CF14" s="3" t="n">
+        <x:v>8034</x:v>
+      </x:c>
+      <x:c r="CG14" s="3" t="n">
+        <x:v>8316</x:v>
+      </x:c>
+      <x:c r="CH14" s="3" t="n">
+        <x:v>8462</x:v>
+      </x:c>
+      <x:c r="CI14" s="3" t="n">
+        <x:v>8758</x:v>
+      </x:c>
+      <x:c r="CJ14" s="3" t="n">
+        <x:v>8728</x:v>
+      </x:c>
+      <x:c r="CK14" s="3" t="n">
+        <x:v>9248</x:v>
+      </x:c>
+      <x:c r="CL14" s="3" t="n">
+        <x:v>10105</x:v>
+      </x:c>
+      <x:c r="CM14" s="3" t="n">
+        <x:v>10056</x:v>
+      </x:c>
+      <x:c r="CN14" s="3" t="n">
+        <x:v>9564</x:v>
+      </x:c>
+      <x:c r="CO14" s="3" t="n">
+        <x:v>10271</x:v>
+      </x:c>
+      <x:c r="CP14" s="3" t="n">
+        <x:v>10082</x:v>
+      </x:c>
+      <x:c r="CQ14" s="3" t="n">
+        <x:v>10219</x:v>
+      </x:c>
+      <x:c r="CR14" s="3" t="n">
+        <x:v>10086</x:v>
+      </x:c>
+      <x:c r="CS14" s="3" t="n">
+        <x:v>11025</x:v>
+      </x:c>
+      <x:c r="CT14" s="3" t="n">
+        <x:v>10128</x:v>
+      </x:c>
+      <x:c r="CU14" s="3" t="n">
+        <x:v>11010</x:v>
+      </x:c>
+      <x:c r="CV14" s="3" t="n">
+        <x:v>10305</x:v>
+      </x:c>
+      <x:c r="CW14" s="3" t="n">
+        <x:v>10651</x:v>
+      </x:c>
+      <x:c r="CX14" s="3" t="n">
+        <x:v>11095</x:v>
+      </x:c>
+      <x:c r="CY14" s="3" t="n">
+        <x:v>11282</x:v>
+      </x:c>
+      <x:c r="CZ14" s="3" t="n">
+        <x:v>11071</x:v>
+      </x:c>
+      <x:c r="DA14" s="3" t="n">
+        <x:v>11663</x:v>
+      </x:c>
+      <x:c r="DB14" s="3" t="n">
+        <x:v>10670</x:v>
+      </x:c>
+      <x:c r="DC14" s="3" t="n">
+        <x:v>10393</x:v>
+      </x:c>
+      <x:c r="DD14" s="3" t="n">
+        <x:v>10624</x:v>
+      </x:c>
+      <x:c r="DE14" s="3" t="n">
+        <x:v>10926</x:v>
+      </x:c>
+      <x:c r="DF14" s="3" t="n">
+        <x:v>9578</x:v>
+      </x:c>
+      <x:c r="DG14" s="3" t="n">
+        <x:v>10587</x:v>
+      </x:c>
+      <x:c r="DH14" s="3" t="n">
+        <x:v>10493</x:v>
+      </x:c>
+      <x:c r="DI14" s="3" t="n">
+        <x:v>11001</x:v>
+      </x:c>
+      <x:c r="DJ14" s="3" t="n">
+        <x:v>9411</x:v>
+      </x:c>
+      <x:c r="DK14" s="3" t="n">
+        <x:v>9564</x:v>
+      </x:c>
+      <x:c r="DL14" s="3" t="n">
+        <x:v>9432</x:v>
+      </x:c>
+      <x:c r="DM14" s="3" t="n">
+        <x:v>9907</x:v>
+      </x:c>
+      <x:c r="DN14" s="3" t="n">
+        <x:v>9890</x:v>
+      </x:c>
+      <x:c r="DO14" s="3" t="n">
+        <x:v>9933</x:v>
+      </x:c>
+      <x:c r="DP14" s="3" t="n">
+        <x:v>9861</x:v>
+      </x:c>
+      <x:c r="DQ14" s="3" t="n">
+        <x:v>10516</x:v>
+      </x:c>
+      <x:c r="DR14" s="3" t="n">
+        <x:v>9558</x:v>
+      </x:c>
+      <x:c r="DS14" s="3" t="n">
+        <x:v>10312</x:v>
+      </x:c>
+      <x:c r="DT14" s="3" t="n">
+        <x:v>10008</x:v>
+      </x:c>
+      <x:c r="DU14" s="3" t="n">
+        <x:v>10623</x:v>
+      </x:c>
+      <x:c r="DV14" s="3" t="n">
+        <x:v>10313</x:v>
+      </x:c>
+      <x:c r="DW14" s="3" t="n">
+        <x:v>10185</x:v>
+      </x:c>
+      <x:c r="DX14" s="3" t="n">
+        <x:v>10326</x:v>
+      </x:c>
+      <x:c r="DY14" s="3" t="n">
+        <x:v>11114</x:v>
+      </x:c>
+      <x:c r="DZ14" s="3" t="n">
+        <x:v>10748</x:v>
+      </x:c>
+      <x:c r="EA14" s="3" t="n">
+        <x:v>10442</x:v>
+      </x:c>
+      <x:c r="EB14" s="3" t="n">
+        <x:v>10566</x:v>
+      </x:c>
+      <x:c r="EC14" s="3" t="n">
+        <x:v>11212</x:v>
+      </x:c>
+      <x:c r="ED14" s="3" t="n">
+        <x:v>10461</x:v>
+      </x:c>
+      <x:c r="EE14" s="3" t="n">
+        <x:v>10410</x:v>
+      </x:c>
+      <x:c r="EF14" s="3" t="n">
+        <x:v>10672</x:v>
+      </x:c>
+      <x:c r="EG14" s="3" t="n">
+        <x:v>11041</x:v>
+      </x:c>
+      <x:c r="EH14" s="3" t="n">
+        <x:v>10741</x:v>
+      </x:c>
+      <x:c r="EI14" s="3" t="n">
+        <x:v>10202</x:v>
+      </x:c>
+      <x:c r="EJ14" s="3" t="n">
+        <x:v>10679</x:v>
+      </x:c>
+      <x:c r="EK14" s="3" t="n">
+        <x:v>11564</x:v>
+      </x:c>
+      <x:c r="EL14" s="3" t="n">
+        <x:v>9638</x:v>
+      </x:c>
+      <x:c r="EM14" s="3" t="n">
+        <x:v>10489</x:v>
+      </x:c>
+      <x:c r="EN14" s="3" t="n">
+        <x:v>11547</x:v>
+      </x:c>
+      <x:c r="EO14" s="3" t="n">
+        <x:v>11519</x:v>
+      </x:c>
+      <x:c r="EP14" s="3" t="n">
+        <x:v>10295</x:v>
+      </x:c>
+      <x:c r="EQ14" s="3" t="n">
+        <x:v>10712</x:v>
+      </x:c>
+      <x:c r="ER14" s="3" t="n">
+        <x:v>11354</x:v>
+      </x:c>
+      <x:c r="ES14" s="3" t="n">
+        <x:v>11866</x:v>
+      </x:c>
+      <x:c r="ET14" s="3" t="n">
+        <x:v>10943</x:v>
+      </x:c>
+      <x:c r="EU14" s="3" t="n">
+        <x:v>11014</x:v>
+      </x:c>
+      <x:c r="EV14" s="3" t="n">
+        <x:v>12140</x:v>
+      </x:c>
+      <x:c r="EW14" s="3" t="n">
+        <x:v>12670</x:v>
+      </x:c>
+      <x:c r="EX14" s="3" t="n">
+        <x:v>11490</x:v>
+      </x:c>
+      <x:c r="EY14" s="3" t="n">
+        <x:v>12130</x:v>
+      </x:c>
+      <x:c r="EZ14" s="3" t="n">
+        <x:v>12700</x:v>
+      </x:c>
+      <x:c r="FA14" s="3" t="n">
+        <x:v>12679</x:v>
+      </x:c>
+      <x:c r="FB14" s="3" t="n">
+        <x:v>11422</x:v>
+      </x:c>
+      <x:c r="FC14" s="3" t="n">
+        <x:v>11315</x:v>
+      </x:c>
+      <x:c r="FD14" s="3" t="n">
+        <x:v>12358</x:v>
+      </x:c>
+      <x:c r="FE14" s="3" t="n">
+        <x:v>12573</x:v>
+      </x:c>
+      <x:c r="FF14" s="3" t="n">
+        <x:v>11001</x:v>
+      </x:c>
+      <x:c r="FG14" s="3" t="n">
+        <x:v>11828</x:v>
+      </x:c>
+      <x:c r="FH14" s="3" t="n">
+        <x:v>12657</x:v>
+      </x:c>
+      <x:c r="FI14" s="3" t="n">
+        <x:v>12847</x:v>
+      </x:c>
+      <x:c r="FJ14" s="3" t="n">
+        <x:v>11328</x:v>
+      </x:c>
+      <x:c r="FK14" s="3" t="n">
+        <x:v>11823</x:v>
+      </x:c>
+      <x:c r="FL14" s="3" t="n">
+        <x:v>12656</x:v>
+      </x:c>
+      <x:c r="FM14" s="3" t="n">
+        <x:v>12503</x:v>
+      </x:c>
+      <x:c r="FN14" s="3" t="n">
+        <x:v>11528</x:v>
+      </x:c>
+      <x:c r="FO14" s="3" t="n">
+        <x:v>11965</x:v>
+      </x:c>
+      <x:c r="FP14" s="3" t="n">
+        <x:v>13597</x:v>
+      </x:c>
+      <x:c r="FQ14" s="3" t="n">
+        <x:v>13599</x:v>
+      </x:c>
+      <x:c r="FR14" s="3" t="n">
+        <x:v>12305</x:v>
+      </x:c>
+      <x:c r="FS14" s="3" t="n">
+        <x:v>13138</x:v>
+      </x:c>
+      <x:c r="FT14" s="3" t="n">
+        <x:v>14356</x:v>
+      </x:c>
+      <x:c r="FU14" s="3" t="n">
+        <x:v>13924</x:v>
+      </x:c>
+      <x:c r="FV14" s="3" t="n">
+        <x:v>12263</x:v>
+      </x:c>
+      <x:c r="FW14" s="3" t="n">
+        <x:v>12796</x:v>
+      </x:c>
+      <x:c r="FX14" s="3" t="n">
+        <x:v>13318</x:v>
+      </x:c>
+      <x:c r="FY14" s="3" t="n">
+        <x:v>12398</x:v>
+      </x:c>
+      <x:c r="FZ14" s="3" t="n">
+        <x:v>10346</x:v>
+      </x:c>
+      <x:c r="GA14" s="3" t="n">
+        <x:v>10098</x:v>
+      </x:c>
+      <x:c r="GB14" s="3" t="n">
+        <x:v>10893</x:v>
+      </x:c>
+      <x:c r="GC14" s="3" t="n">
+        <x:v>10113</x:v>
+      </x:c>
+      <x:c r="GD14" s="3" t="n">
+        <x:v>9361</x:v>
+      </x:c>
+      <x:c r="GE14" s="3" t="n">
+        <x:v>10337</x:v>
+      </x:c>
+      <x:c r="GF14" s="3" t="n">
+        <x:v>11210</x:v>
+      </x:c>
+      <x:c r="GG14" s="3" t="n">
+        <x:v>10915</x:v>
+      </x:c>
+      <x:c r="GH14" s="3" t="n">
+        <x:v>10029</x:v>
+      </x:c>
+      <x:c r="GI14" s="3" t="n">
+        <x:v>10503</x:v>
+      </x:c>
+      <x:c r="GJ14" s="3" t="n">
+        <x:v>11295</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:192">
+      <x:c r="A15" s="2" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="B15" s="3" t="n">
+        <x:v>5310</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="n">
+        <x:v>8463</x:v>
+      </x:c>
+      <x:c r="D15" s="3" t="n">
+        <x:v>6041</x:v>
+      </x:c>
+      <x:c r="E15" s="3" t="n">
+        <x:v>4466</x:v>
+      </x:c>
+      <x:c r="F15" s="3" t="n">
+        <x:v>6438</x:v>
+      </x:c>
+      <x:c r="G15" s="3" t="n">
+        <x:v>8269</x:v>
+      </x:c>
+      <x:c r="H15" s="3" t="n">
+        <x:v>7578</x:v>
+      </x:c>
+      <x:c r="I15" s="3" t="n">
+        <x:v>5731</x:v>
+      </x:c>
+      <x:c r="J15" s="3" t="n">
+        <x:v>6208</x:v>
+      </x:c>
+      <x:c r="K15" s="3" t="n">
+        <x:v>7896</x:v>
+      </x:c>
+      <x:c r="L15" s="3" t="n">
+        <x:v>6028</x:v>
+      </x:c>
+      <x:c r="M15" s="3" t="n">
+        <x:v>4946</x:v>
+      </x:c>
+      <x:c r="N15" s="3" t="n">
+        <x:v>5422</x:v>
+      </x:c>
+      <x:c r="O15" s="3" t="n">
+        <x:v>6575</x:v>
+      </x:c>
+      <x:c r="P15" s="3" t="n">
+        <x:v>5377</x:v>
+      </x:c>
+      <x:c r="Q15" s="3" t="n">
+        <x:v>3676</x:v>
+      </x:c>
+      <x:c r="R15" s="3" t="n">
+        <x:v>5727</x:v>
+      </x:c>
+      <x:c r="S15" s="3" t="n">
+        <x:v>7186</x:v>
+      </x:c>
+      <x:c r="T15" s="3" t="n">
+        <x:v>5778</x:v>
+      </x:c>
+      <x:c r="U15" s="3" t="n">
+        <x:v>4483</x:v>
+      </x:c>
+      <x:c r="V15" s="3" t="n">
+        <x:v>5352</x:v>
+      </x:c>
+      <x:c r="W15" s="3" t="n">
+        <x:v>7045</x:v>
+      </x:c>
+      <x:c r="X15" s="3" t="n">
+        <x:v>5707</x:v>
+      </x:c>
+      <x:c r="Y15" s="3" t="n">
+        <x:v>4183</x:v>
+      </x:c>
+      <x:c r="Z15" s="3" t="n">
+        <x:v>5037</x:v>
+      </x:c>
+      <x:c r="AA15" s="3" t="n">
+        <x:v>6355</x:v>
+      </x:c>
+      <x:c r="AB15" s="3" t="n">
+        <x:v>5006</x:v>
+      </x:c>
+      <x:c r="AC15" s="3" t="n">
+        <x:v>4087</x:v>
+      </x:c>
+      <x:c r="AD15" s="3" t="n">
+        <x:v>4763</x:v>
+      </x:c>
+      <x:c r="AE15" s="3" t="n">
+        <x:v>6637</x:v>
+      </x:c>
+      <x:c r="AF15" s="3" t="n">
+        <x:v>4985</x:v>
+      </x:c>
+      <x:c r="AG15" s="3" t="n">
+        <x:v>3119</x:v>
+      </x:c>
+      <x:c r="AH15" s="3" t="n">
+        <x:v>3981</x:v>
+      </x:c>
+      <x:c r="AI15" s="3" t="n">
+        <x:v>7015</x:v>
+      </x:c>
+      <x:c r="AJ15" s="3" t="n">
+        <x:v>4532</x:v>
+      </x:c>
+      <x:c r="AK15" s="3" t="n">
+        <x:v>3449</x:v>
+      </x:c>
+      <x:c r="AL15" s="3" t="n">
+        <x:v>3542</x:v>
+      </x:c>
+      <x:c r="AM15" s="3" t="n">
+        <x:v>4284</x:v>
+      </x:c>
+      <x:c r="AN15" s="3" t="n">
+        <x:v>3809</x:v>
+      </x:c>
+      <x:c r="AO15" s="3" t="n">
+        <x:v>3357</x:v>
+      </x:c>
+      <x:c r="AP15" s="3" t="n">
+        <x:v>3386</x:v>
+      </x:c>
+      <x:c r="AQ15" s="3" t="n">
+        <x:v>3716</x:v>
+      </x:c>
+      <x:c r="AR15" s="3" t="n">
+        <x:v>2097</x:v>
+      </x:c>
+      <x:c r="AS15" s="3" t="n">
+        <x:v>2207</x:v>
+      </x:c>
+      <x:c r="AT15" s="3" t="n">
+        <x:v>2774</x:v>
+      </x:c>
+      <x:c r="AU15" s="3" t="n">
+        <x:v>4089</x:v>
+      </x:c>
+      <x:c r="AV15" s="3" t="n">
+        <x:v>3716</x:v>
+      </x:c>
+      <x:c r="AW15" s="3" t="n">
+        <x:v>2574</x:v>
+      </x:c>
+      <x:c r="AX15" s="3" t="n">
+        <x:v>2677</x:v>
+      </x:c>
+      <x:c r="AY15" s="3" t="n">
+        <x:v>3811</x:v>
+      </x:c>
+      <x:c r="AZ15" s="3" t="n">
+        <x:v>3136</x:v>
+      </x:c>
+      <x:c r="BA15" s="3" t="n">
+        <x:v>2471</x:v>
+      </x:c>
+      <x:c r="BB15" s="3" t="n">
+        <x:v>2146</x:v>
+      </x:c>
+      <x:c r="BC15" s="3" t="n">
+        <x:v>3757</x:v>
+      </x:c>
+      <x:c r="BD15" s="3" t="n">
+        <x:v>2202</x:v>
+      </x:c>
+      <x:c r="BE15" s="3" t="n">
+        <x:v>1650</x:v>
+      </x:c>
+      <x:c r="BF15" s="3" t="n">
+        <x:v>1937</x:v>
+      </x:c>
+      <x:c r="BG15" s="3" t="n">
+        <x:v>2916</x:v>
+      </x:c>
+      <x:c r="BH15" s="3" t="n">
+        <x:v>1905</x:v>
+      </x:c>
+      <x:c r="BI15" s="3" t="n">
+        <x:v>1775</x:v>
+      </x:c>
+      <x:c r="BJ15" s="3" t="n">
+        <x:v>2091</x:v>
+      </x:c>
+      <x:c r="BK15" s="3" t="n">
+        <x:v>2291</x:v>
+      </x:c>
+      <x:c r="BL15" s="3" t="n">
+        <x:v>1902</x:v>
+      </x:c>
+      <x:c r="BM15" s="3" t="n">
+        <x:v>1858</x:v>
+      </x:c>
+      <x:c r="BN15" s="3" t="n">
+        <x:v>2579</x:v>
+      </x:c>
+      <x:c r="BO15" s="3" t="n">
+        <x:v>3641</x:v>
+      </x:c>
+      <x:c r="BP15" s="3" t="n">
+        <x:v>2992</x:v>
+      </x:c>
+      <x:c r="BQ15" s="3" t="n">
+        <x:v>2427</x:v>
+      </x:c>
+      <x:c r="BR15" s="3" t="n">
+        <x:v>2848</x:v>
+      </x:c>
+      <x:c r="BS15" s="3" t="n">
+        <x:v>3847</x:v>
+      </x:c>
+      <x:c r="BT15" s="3" t="n">
+        <x:v>2821</x:v>
+      </x:c>
+      <x:c r="BU15" s="3" t="n">
+        <x:v>2569</x:v>
+      </x:c>
+      <x:c r="BV15" s="3" t="n">
+        <x:v>3631</x:v>
+      </x:c>
+      <x:c r="BW15" s="3" t="n">
+        <x:v>3987</x:v>
+      </x:c>
+      <x:c r="BX15" s="3" t="n">
+        <x:v>3179</x:v>
+      </x:c>
+      <x:c r="BY15" s="3" t="n">
+        <x:v>3191</x:v>
+      </x:c>
+      <x:c r="BZ15" s="3" t="n">
+        <x:v>3816</x:v>
+      </x:c>
+      <x:c r="CA15" s="3" t="n">
+        <x:v>4048</x:v>
+      </x:c>
+      <x:c r="CB15" s="3" t="n">
+        <x:v>3560</x:v>
+      </x:c>
+      <x:c r="CC15" s="3" t="n">
+        <x:v>3529</x:v>
+      </x:c>
+      <x:c r="CD15" s="3" t="n">
+        <x:v>3998</x:v>
+      </x:c>
+      <x:c r="CE15" s="3" t="n">
+        <x:v>3523</x:v>
+      </x:c>
+      <x:c r="CF15" s="3" t="n">
+        <x:v>2893</x:v>
+      </x:c>
+      <x:c r="CG15" s="3" t="n">
+        <x:v>3492</x:v>
+      </x:c>
+      <x:c r="CH15" s="3" t="n">
+        <x:v>3809</x:v>
+      </x:c>
+      <x:c r="CI15" s="3" t="n">
+        <x:v>2620</x:v>
+      </x:c>
+      <x:c r="CJ15" s="3" t="n">
+        <x:v>2146</x:v>
+      </x:c>
+      <x:c r="CK15" s="3" t="n">
+        <x:v>3160</x:v>
+      </x:c>
+      <x:c r="CL15" s="3" t="n">
+        <x:v>4567</x:v>
+      </x:c>
+      <x:c r="CM15" s="3" t="n">
+        <x:v>3343</x:v>
+      </x:c>
+      <x:c r="CN15" s="3" t="n">
+        <x:v>2704</x:v>
+      </x:c>
+      <x:c r="CO15" s="3" t="n">
+        <x:v>3372</x:v>
+      </x:c>
+      <x:c r="CP15" s="3" t="n">
+        <x:v>3868</x:v>
+      </x:c>
+      <x:c r="CQ15" s="3" t="n">
+        <x:v>3021</x:v>
+      </x:c>
+      <x:c r="CR15" s="3" t="n">
+        <x:v>2424</x:v>
+      </x:c>
+      <x:c r="CS15" s="3" t="n">
+        <x:v>2640</x:v>
+      </x:c>
+      <x:c r="CT15" s="3" t="n">
+        <x:v>3305</x:v>
+      </x:c>
+      <x:c r="CU15" s="3" t="n">
+        <x:v>2868</x:v>
+      </x:c>
+      <x:c r="CV15" s="3" t="n">
+        <x:v>2387</x:v>
+      </x:c>
+      <x:c r="CW15" s="3" t="n">
+        <x:v>2631</x:v>
+      </x:c>
+      <x:c r="CX15" s="3" t="n">
+        <x:v>3288</x:v>
+      </x:c>
+      <x:c r="CY15" s="3" t="n">
+        <x:v>2590</x:v>
+      </x:c>
+      <x:c r="CZ15" s="3" t="n">
+        <x:v>2472</x:v>
+      </x:c>
+      <x:c r="DA15" s="3" t="n">
+        <x:v>3198</x:v>
+      </x:c>
+      <x:c r="DB15" s="3" t="n">
+        <x:v>4346</x:v>
+      </x:c>
+      <x:c r="DC15" s="3" t="n">
+        <x:v>3781</x:v>
+      </x:c>
+      <x:c r="DD15" s="3" t="n">
+        <x:v>3317</x:v>
+      </x:c>
+      <x:c r="DE15" s="3" t="n">
+        <x:v>3933</x:v>
+      </x:c>
+      <x:c r="DF15" s="3" t="n">
+        <x:v>4987</x:v>
+      </x:c>
+      <x:c r="DG15" s="3" t="n">
+        <x:v>4054</x:v>
+      </x:c>
+      <x:c r="DH15" s="3" t="n">
+        <x:v>3518</x:v>
+      </x:c>
+      <x:c r="DI15" s="3" t="n">
+        <x:v>4837</x:v>
+      </x:c>
+      <x:c r="DJ15" s="3" t="n">
+        <x:v>4951</x:v>
+      </x:c>
+      <x:c r="DK15" s="3" t="n">
+        <x:v>3649</x:v>
+      </x:c>
+      <x:c r="DL15" s="3" t="n">
+        <x:v>3464</x:v>
+      </x:c>
+      <x:c r="DM15" s="3" t="n">
+        <x:v>5551</x:v>
+      </x:c>
+      <x:c r="DN15" s="3" t="n">
+        <x:v>3438</x:v>
+      </x:c>
+      <x:c r="DO15" s="3" t="n">
+        <x:v>2752</x:v>
+      </x:c>
+      <x:c r="DP15" s="3" t="n">
+        <x:v>2525</x:v>
+      </x:c>
+      <x:c r="DQ15" s="3" t="n">
+        <x:v>3651</x:v>
+      </x:c>
+      <x:c r="DR15" s="3" t="n">
+        <x:v>3314</x:v>
+      </x:c>
+      <x:c r="DS15" s="3" t="n">
+        <x:v>2630</x:v>
+      </x:c>
+      <x:c r="DT15" s="3" t="n">
+        <x:v>2275</x:v>
+      </x:c>
+      <x:c r="DU15" s="3" t="n">
+        <x:v>3489</x:v>
+      </x:c>
+      <x:c r="DV15" s="3" t="n">
+        <x:v>3337</x:v>
+      </x:c>
+      <x:c r="DW15" s="3" t="n">
+        <x:v>2411</x:v>
+      </x:c>
+      <x:c r="DX15" s="3" t="n">
+        <x:v>2876</x:v>
+      </x:c>
+      <x:c r="DY15" s="3" t="n">
+        <x:v>3776</x:v>
+      </x:c>
+      <x:c r="DZ15" s="3" t="n">
+        <x:v>4094</x:v>
+      </x:c>
+      <x:c r="EA15" s="3" t="n">
+        <x:v>3202</x:v>
+      </x:c>
+      <x:c r="EB15" s="3" t="n">
+        <x:v>3192</x:v>
+      </x:c>
+      <x:c r="EC15" s="3" t="n">
+        <x:v>3778</x:v>
+      </x:c>
+      <x:c r="ED15" s="3" t="n">
+        <x:v>3731</x:v>
+      </x:c>
+      <x:c r="EE15" s="3" t="n">
+        <x:v>3173</x:v>
+      </x:c>
+      <x:c r="EF15" s="3" t="n">
+        <x:v>3345</x:v>
+      </x:c>
+      <x:c r="EG15" s="3" t="n">
+        <x:v>4150</x:v>
+      </x:c>
+      <x:c r="EH15" s="3" t="n">
+        <x:v>4107</x:v>
+      </x:c>
+      <x:c r="EI15" s="3" t="n">
+        <x:v>3858</x:v>
+      </x:c>
+      <x:c r="EJ15" s="3" t="n">
+        <x:v>4017</x:v>
+      </x:c>
+      <x:c r="EK15" s="3" t="n">
+        <x:v>5035</x:v>
+      </x:c>
+      <x:c r="EL15" s="3" t="n">
+        <x:v>4405</x:v>
+      </x:c>
+      <x:c r="EM15" s="3" t="n">
+        <x:v>3552</x:v>
+      </x:c>
+      <x:c r="EN15" s="3" t="n">
+        <x:v>3896</x:v>
+      </x:c>
+      <x:c r="EO15" s="3" t="n">
+        <x:v>4871</x:v>
+      </x:c>
+      <x:c r="EP15" s="3" t="n">
+        <x:v>4190</x:v>
+      </x:c>
+      <x:c r="EQ15" s="3" t="n">
+        <x:v>4228</x:v>
+      </x:c>
+      <x:c r="ER15" s="3" t="n">
+        <x:v>4436</x:v>
+      </x:c>
+      <x:c r="ES15" s="3" t="n">
+        <x:v>4741</x:v>
+      </x:c>
+      <x:c r="ET15" s="3" t="n">
+        <x:v>3871</x:v>
+      </x:c>
+      <x:c r="EU15" s="3" t="n">
+        <x:v>3694</x:v>
+      </x:c>
+      <x:c r="EV15" s="3" t="n">
+        <x:v>3592</x:v>
+      </x:c>
+      <x:c r="EW15" s="3" t="n">
+        <x:v>3996</x:v>
+      </x:c>
+      <x:c r="EX15" s="3" t="n">
+        <x:v>4410</x:v>
+      </x:c>
+      <x:c r="EY15" s="3" t="n">
+        <x:v>4100</x:v>
+      </x:c>
+      <x:c r="EZ15" s="3" t="n">
+        <x:v>4329</x:v>
+      </x:c>
+      <x:c r="FA15" s="3" t="n">
+        <x:v>4456</x:v>
+      </x:c>
+      <x:c r="FB15" s="3" t="n">
+        <x:v>4659</x:v>
+      </x:c>
+      <x:c r="FC15" s="3" t="n">
+        <x:v>3690</x:v>
+      </x:c>
+      <x:c r="FD15" s="3" t="n">
+        <x:v>4323</x:v>
+      </x:c>
+      <x:c r="FE15" s="3" t="n">
+        <x:v>5356</x:v>
+      </x:c>
+      <x:c r="FF15" s="3" t="n">
+        <x:v>4782</x:v>
+      </x:c>
+      <x:c r="FG15" s="3" t="n">
+        <x:v>4495</x:v>
+      </x:c>
+      <x:c r="FH15" s="3" t="n">
+        <x:v>4734</x:v>
+      </x:c>
+      <x:c r="FI15" s="3" t="n">
+        <x:v>5463</x:v>
+      </x:c>
+      <x:c r="FJ15" s="3" t="n">
+        <x:v>4685</x:v>
+      </x:c>
+      <x:c r="FK15" s="3" t="n">
+        <x:v>4307</x:v>
+      </x:c>
+      <x:c r="FL15" s="3" t="n">
+        <x:v>4717</x:v>
+      </x:c>
+      <x:c r="FM15" s="3" t="n">
+        <x:v>5406</x:v>
+      </x:c>
+      <x:c r="FN15" s="3" t="n">
+        <x:v>4259</x:v>
+      </x:c>
+      <x:c r="FO15" s="3" t="n">
+        <x:v>3052</x:v>
+      </x:c>
+      <x:c r="FP15" s="3" t="n">
+        <x:v>3240</x:v>
+      </x:c>
+      <x:c r="FQ15" s="3" t="n">
+        <x:v>3707</x:v>
+      </x:c>
+      <x:c r="FR15" s="3" t="n">
+        <x:v>3830</x:v>
+      </x:c>
+      <x:c r="FS15" s="3" t="n">
+        <x:v>2136</x:v>
+      </x:c>
+      <x:c r="FT15" s="3" t="n">
+        <x:v>3468</x:v>
+      </x:c>
+      <x:c r="FU15" s="3" t="n">
+        <x:v>3722</x:v>
+      </x:c>
+      <x:c r="FV15" s="3" t="n">
+        <x:v>3666</x:v>
+      </x:c>
+      <x:c r="FW15" s="3" t="n">
+        <x:v>3565</x:v>
+      </x:c>
+      <x:c r="FX15" s="3" t="n">
+        <x:v>5068</x:v>
+      </x:c>
+      <x:c r="FY15" s="3" t="n">
+        <x:v>5114</x:v>
+      </x:c>
+      <x:c r="FZ15" s="3" t="n">
+        <x:v>3988</x:v>
+      </x:c>
+      <x:c r="GA15" s="3" t="n">
+        <x:v>3745</x:v>
+      </x:c>
+      <x:c r="GB15" s="3" t="n">
+        <x:v>4737</x:v>
+      </x:c>
+      <x:c r="GC15" s="3" t="n">
+        <x:v>5033</x:v>
+      </x:c>
+      <x:c r="GD15" s="3" t="n">
+        <x:v>4073</x:v>
+      </x:c>
+      <x:c r="GE15" s="3" t="n">
+        <x:v>3759</x:v>
+      </x:c>
+      <x:c r="GF15" s="3" t="n">
+        <x:v>5074</x:v>
+      </x:c>
+      <x:c r="GG15" s="3" t="n">
+        <x:v>5056</x:v>
+      </x:c>
+      <x:c r="GH15" s="3" t="n">
+        <x:v>4119</x:v>
+      </x:c>
+      <x:c r="GI15" s="3" t="n">
+        <x:v>4224</x:v>
+      </x:c>
+      <x:c r="GJ15" s="3" t="n">
+        <x:v>5082</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:192">
+      <x:c r="A16" s="2" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="B16" s="3" t="n">
+        <x:v>1797</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="n">
+        <x:v>1746</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="n">
+        <x:v>1354</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="n">
+        <x:v>1729</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="n">
+        <x:v>1831</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="n">
+        <x:v>1563</x:v>
+      </x:c>
+      <x:c r="H16" s="3" t="n">
+        <x:v>1452</x:v>
+      </x:c>
+      <x:c r="I16" s="3" t="n">
+        <x:v>1779</x:v>
+      </x:c>
+      <x:c r="J16" s="3" t="n">
+        <x:v>1930</x:v>
+      </x:c>
+      <x:c r="K16" s="3" t="n">
+        <x:v>1708</x:v>
+      </x:c>
+      <x:c r="L16" s="3" t="n">
+        <x:v>1478</x:v>
+      </x:c>
+      <x:c r="M16" s="3" t="n">
+        <x:v>1772</x:v>
+      </x:c>
+      <x:c r="N16" s="3" t="n">
+        <x:v>1883</x:v>
+      </x:c>
+      <x:c r="O16" s="3" t="n">
+        <x:v>1652</x:v>
+      </x:c>
+      <x:c r="P16" s="3" t="n">
+        <x:v>1408</x:v>
+      </x:c>
+      <x:c r="Q16" s="3" t="n">
+        <x:v>1670</x:v>
+      </x:c>
+      <x:c r="R16" s="3" t="n">
+        <x:v>1817</x:v>
+      </x:c>
+      <x:c r="S16" s="3" t="n">
+        <x:v>1530</x:v>
+      </x:c>
+      <x:c r="T16" s="3" t="n">
+        <x:v>1312</x:v>
+      </x:c>
+      <x:c r="U16" s="3" t="n">
+        <x:v>1477</x:v>
+      </x:c>
+      <x:c r="V16" s="3" t="n">
+        <x:v>1570</x:v>
+      </x:c>
+      <x:c r="W16" s="3" t="n">
+        <x:v>1476</x:v>
+      </x:c>
+      <x:c r="X16" s="3" t="n">
+        <x:v>1197</x:v>
+      </x:c>
+      <x:c r="Y16" s="3" t="n">
+        <x:v>1460</x:v>
+      </x:c>
+      <x:c r="Z16" s="3" t="n">
+        <x:v>1620</x:v>
+      </x:c>
+      <x:c r="AA16" s="3" t="n">
+        <x:v>1411</x:v>
+      </x:c>
+      <x:c r="AB16" s="3" t="n">
+        <x:v>1255</x:v>
+      </x:c>
+      <x:c r="AC16" s="3" t="n">
+        <x:v>1512</x:v>
+      </x:c>
+      <x:c r="AD16" s="3" t="n">
+        <x:v>1647</x:v>
+      </x:c>
+      <x:c r="AE16" s="3" t="n">
+        <x:v>1488</x:v>
+      </x:c>
+      <x:c r="AF16" s="3" t="n">
+        <x:v>1311</x:v>
+      </x:c>
+      <x:c r="AG16" s="3" t="n">
+        <x:v>1614</x:v>
+      </x:c>
+      <x:c r="AH16" s="3" t="n">
+        <x:v>1580</x:v>
+      </x:c>
+      <x:c r="AI16" s="3" t="n">
+        <x:v>1598</x:v>
+      </x:c>
+      <x:c r="AJ16" s="3" t="n">
+        <x:v>1377</x:v>
+      </x:c>
+      <x:c r="AK16" s="3" t="n">
+        <x:v>1591</x:v>
+      </x:c>
+      <x:c r="AL16" s="3" t="n">
+        <x:v>1597</x:v>
+      </x:c>
+      <x:c r="AM16" s="3" t="n">
+        <x:v>1438</x:v>
+      </x:c>
+      <x:c r="AN16" s="3" t="n">
+        <x:v>1241</x:v>
+      </x:c>
+      <x:c r="AO16" s="3" t="n">
+        <x:v>1439</x:v>
+      </x:c>
+      <x:c r="AP16" s="3" t="n">
+        <x:v>1512</x:v>
+      </x:c>
+      <x:c r="AQ16" s="3" t="n">
+        <x:v>1398</x:v>
+      </x:c>
+      <x:c r="AR16" s="3" t="n">
+        <x:v>1059</x:v>
+      </x:c>
+      <x:c r="AS16" s="3" t="n">
+        <x:v>1285</x:v>
+      </x:c>
+      <x:c r="AT16" s="3" t="n">
+        <x:v>1133</x:v>
+      </x:c>
+      <x:c r="AU16" s="3" t="n">
+        <x:v>1159</x:v>
+      </x:c>
+      <x:c r="AV16" s="3" t="n">
+        <x:v>916</x:v>
+      </x:c>
+      <x:c r="AW16" s="3" t="n">
+        <x:v>1158</x:v>
+      </x:c>
+      <x:c r="AX16" s="3" t="n">
+        <x:v>1265</x:v>
+      </x:c>
+      <x:c r="AY16" s="3" t="n">
+        <x:v>1158</x:v>
+      </x:c>
+      <x:c r="AZ16" s="3" t="n">
+        <x:v>999</x:v>
+      </x:c>
+      <x:c r="BA16" s="3" t="n">
+        <x:v>1224</x:v>
+      </x:c>
+      <x:c r="BB16" s="3" t="n">
+        <x:v>1206</x:v>
+      </x:c>
+      <x:c r="BC16" s="3" t="n">
+        <x:v>1263</x:v>
+      </x:c>
+      <x:c r="BD16" s="3" t="n">
+        <x:v>1021</x:v>
+      </x:c>
+      <x:c r="BE16" s="3" t="n">
+        <x:v>1237</x:v>
+      </x:c>
+      <x:c r="BF16" s="3" t="n">
+        <x:v>1381</x:v>
+      </x:c>
+      <x:c r="BG16" s="3" t="n">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="BH16" s="3" t="n">
+        <x:v>1088</x:v>
+      </x:c>
+      <x:c r="BI16" s="3" t="n">
+        <x:v>1287</x:v>
+      </x:c>
+      <x:c r="BJ16" s="3" t="n">
+        <x:v>1407</x:v>
+      </x:c>
+      <x:c r="BK16" s="3" t="n">
+        <x:v>1289</x:v>
+      </x:c>
+      <x:c r="BL16" s="3" t="n">
+        <x:v>1134</x:v>
+      </x:c>
+      <x:c r="BM16" s="3" t="n">
+        <x:v>1420</x:v>
+      </x:c>
+      <x:c r="BN16" s="3" t="n">
+        <x:v>1310</x:v>
+      </x:c>
+      <x:c r="BO16" s="3" t="n">
+        <x:v>1349</x:v>
+      </x:c>
+      <x:c r="BP16" s="3" t="n">
+        <x:v>1150</x:v>
+      </x:c>
+      <x:c r="BQ16" s="3" t="n">
+        <x:v>1457</x:v>
+      </x:c>
+      <x:c r="BR16" s="3" t="n">
+        <x:v>1416</x:v>
+      </x:c>
+      <x:c r="BS16" s="3" t="n">
+        <x:v>1259</x:v>
+      </x:c>
+      <x:c r="BT16" s="3" t="n">
+        <x:v>1051</x:v>
+      </x:c>
+      <x:c r="BU16" s="3" t="n">
+        <x:v>1181</x:v>
+      </x:c>
+      <x:c r="BV16" s="3" t="n">
+        <x:v>1385</x:v>
+      </x:c>
+      <x:c r="BW16" s="3" t="n">
+        <x:v>1310</x:v>
+      </x:c>
+      <x:c r="BX16" s="3" t="n">
+        <x:v>1233</x:v>
+      </x:c>
+      <x:c r="BY16" s="3" t="n">
+        <x:v>1463</x:v>
+      </x:c>
+      <x:c r="BZ16" s="3" t="n">
+        <x:v>1305</x:v>
+      </x:c>
+      <x:c r="CA16" s="3" t="n">
+        <x:v>1475</x:v>
+      </x:c>
+      <x:c r="CB16" s="3" t="n">
+        <x:v>1129</x:v>
+      </x:c>
+      <x:c r="CC16" s="3" t="n">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="CD16" s="3" t="n">
+        <x:v>1441</x:v>
+      </x:c>
+      <x:c r="CE16" s="3" t="n">
+        <x:v>1408</x:v>
+      </x:c>
+      <x:c r="CF16" s="3" t="n">
+        <x:v>1176</x:v>
+      </x:c>
+      <x:c r="CG16" s="3" t="n">
+        <x:v>1426</x:v>
+      </x:c>
+      <x:c r="CH16" s="3" t="n">
+        <x:v>1297</x:v>
+      </x:c>
+      <x:c r="CI16" s="3" t="n">
+        <x:v>1179</x:v>
+      </x:c>
+      <x:c r="CJ16" s="3" t="n">
+        <x:v>928</x:v>
+      </x:c>
+      <x:c r="CK16" s="3" t="n">
+        <x:v>1119</x:v>
+      </x:c>
+      <x:c r="CL16" s="3" t="n">
+        <x:v>1277</x:v>
+      </x:c>
+      <x:c r="CM16" s="3" t="n">
+        <x:v>1057</x:v>
+      </x:c>
+      <x:c r="CN16" s="3" t="n">
+        <x:v>934</x:v>
+      </x:c>
+      <x:c r="CO16" s="3" t="n">
+        <x:v>1130</x:v>
+      </x:c>
+      <x:c r="CP16" s="3" t="n">
+        <x:v>1372</x:v>
+      </x:c>
+      <x:c r="CQ16" s="3" t="n">
+        <x:v>1166</x:v>
+      </x:c>
+      <x:c r="CR16" s="3" t="n">
+        <x:v>1030</x:v>
+      </x:c>
+      <x:c r="CS16" s="3" t="n">
+        <x:v>1323</x:v>
+      </x:c>
+      <x:c r="CT16" s="3" t="n">
+        <x:v>1148</x:v>
+      </x:c>
+      <x:c r="CU16" s="3" t="n">
+        <x:v>1155</x:v>
+      </x:c>
+      <x:c r="CV16" s="3" t="n">
+        <x:v>928</x:v>
+      </x:c>
+      <x:c r="CW16" s="3" t="n">
+        <x:v>1051</x:v>
+      </x:c>
+      <x:c r="CX16" s="3" t="n">
+        <x:v>1301</x:v>
+      </x:c>
+      <x:c r="CY16" s="3" t="n">
+        <x:v>1046</x:v>
+      </x:c>
+      <x:c r="CZ16" s="3" t="n">
+        <x:v>930</x:v>
+      </x:c>
+      <x:c r="DA16" s="3" t="n">
+        <x:v>1077</x:v>
+      </x:c>
+      <x:c r="DB16" s="3" t="n">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="DC16" s="3" t="n">
+        <x:v>1048</x:v>
+      </x:c>
+      <x:c r="DD16" s="3" t="n">
+        <x:v>960</x:v>
+      </x:c>
+      <x:c r="DE16" s="3" t="n">
+        <x:v>1168</x:v>
+      </x:c>
+      <x:c r="DF16" s="3" t="n">
+        <x:v>1222</x:v>
+      </x:c>
+      <x:c r="DG16" s="3" t="n">
+        <x:v>1187</x:v>
+      </x:c>
+      <x:c r="DH16" s="3" t="n">
+        <x:v>1020</x:v>
+      </x:c>
+      <x:c r="DI16" s="3" t="n">
+        <x:v>1333</x:v>
+      </x:c>
+      <x:c r="DJ16" s="3" t="n">
+        <x:v>1381</x:v>
+      </x:c>
+      <x:c r="DK16" s="3" t="n">
+        <x:v>1246</x:v>
+      </x:c>
+      <x:c r="DL16" s="3" t="n">
+        <x:v>1155</x:v>
+      </x:c>
+      <x:c r="DM16" s="3" t="n">
+        <x:v>1373</x:v>
+      </x:c>
+      <x:c r="DN16" s="3" t="n">
+        <x:v>1531</x:v>
+      </x:c>
+      <x:c r="DO16" s="3" t="n">
+        <x:v>1384</x:v>
+      </x:c>
+      <x:c r="DP16" s="3" t="n">
+        <x:v>1147</x:v>
+      </x:c>
+      <x:c r="DQ16" s="3" t="n">
+        <x:v>1257</x:v>
+      </x:c>
+      <x:c r="DR16" s="3" t="n">
+        <x:v>1600</x:v>
+      </x:c>
+      <x:c r="DS16" s="3" t="n">
+        <x:v>1403</x:v>
+      </x:c>
+      <x:c r="DT16" s="3" t="n">
+        <x:v>1311</x:v>
+      </x:c>
+      <x:c r="DU16" s="3" t="n">
+        <x:v>1404</x:v>
+      </x:c>
+      <x:c r="DV16" s="3" t="n">
+        <x:v>1218</x:v>
+      </x:c>
+      <x:c r="DW16" s="3" t="n">
+        <x:v>1045</x:v>
+      </x:c>
+      <x:c r="DX16" s="3" t="n">
+        <x:v>945</x:v>
+      </x:c>
+      <x:c r="DY16" s="3" t="n">
+        <x:v>1048</x:v>
+      </x:c>
+      <x:c r="DZ16" s="3" t="n">
+        <x:v>1294</x:v>
+      </x:c>
+      <x:c r="EA16" s="3" t="n">
+        <x:v>1098</x:v>
+      </x:c>
+      <x:c r="EB16" s="3" t="n">
+        <x:v>1053</x:v>
+      </x:c>
+      <x:c r="EC16" s="3" t="n">
+        <x:v>1250</x:v>
+      </x:c>
+      <x:c r="ED16" s="3" t="n">
+        <x:v>1455</x:v>
+      </x:c>
+      <x:c r="EE16" s="3" t="n">
+        <x:v>1345</x:v>
+      </x:c>
+      <x:c r="EF16" s="3" t="n">
+        <x:v>1228</x:v>
+      </x:c>
+      <x:c r="EG16" s="3" t="n">
+        <x:v>1458</x:v>
+      </x:c>
+      <x:c r="EH16" s="3" t="n">
+        <x:v>1462</x:v>
+      </x:c>
+      <x:c r="EI16" s="3" t="n">
+        <x:v>1295</x:v>
+      </x:c>
+      <x:c r="EJ16" s="3" t="n">
+        <x:v>1107</x:v>
+      </x:c>
+      <x:c r="EK16" s="3" t="n">
+        <x:v>1211</x:v>
+      </x:c>
+      <x:c r="EL16" s="3" t="n">
+        <x:v>1414</x:v>
+      </x:c>
+      <x:c r="EM16" s="3" t="n">
+        <x:v>1502</x:v>
+      </x:c>
+      <x:c r="EN16" s="3" t="n">
+        <x:v>1319</x:v>
+      </x:c>
+      <x:c r="EO16" s="3" t="n">
+        <x:v>1472</x:v>
+      </x:c>
+      <x:c r="EP16" s="3" t="n">
+        <x:v>1434</x:v>
+      </x:c>
+      <x:c r="EQ16" s="3" t="n">
+        <x:v>1352</x:v>
+      </x:c>
+      <x:c r="ER16" s="3" t="n">
+        <x:v>1278</x:v>
+      </x:c>
+      <x:c r="ES16" s="3" t="n">
+        <x:v>1444</x:v>
+      </x:c>
+      <x:c r="ET16" s="3" t="n">
+        <x:v>1396</x:v>
+      </x:c>
+      <x:c r="EU16" s="3" t="n">
+        <x:v>1296</x:v>
+      </x:c>
+      <x:c r="EV16" s="3" t="n">
+        <x:v>1128</x:v>
+      </x:c>
+      <x:c r="EW16" s="3" t="n">
+        <x:v>1311</x:v>
+      </x:c>
+      <x:c r="EX16" s="3" t="n">
+        <x:v>1223</x:v>
+      </x:c>
+      <x:c r="EY16" s="3" t="n">
+        <x:v>1342</x:v>
+      </x:c>
+      <x:c r="EZ16" s="3" t="n">
+        <x:v>1196</x:v>
+      </x:c>
+      <x:c r="FA16" s="3" t="n">
+        <x:v>1488</x:v>
+      </x:c>
+      <x:c r="FB16" s="3" t="n">
+        <x:v>1434</x:v>
+      </x:c>
+      <x:c r="FC16" s="3" t="n">
+        <x:v>1410</x:v>
+      </x:c>
+      <x:c r="FD16" s="3" t="n">
+        <x:v>1226</x:v>
+      </x:c>
+      <x:c r="FE16" s="3" t="n">
+        <x:v>1477</x:v>
+      </x:c>
+      <x:c r="FF16" s="3" t="n">
+        <x:v>1352</x:v>
+      </x:c>
+      <x:c r="FG16" s="3" t="n">
+        <x:v>1322</x:v>
+      </x:c>
+      <x:c r="FH16" s="3" t="n">
+        <x:v>1125</x:v>
+      </x:c>
+      <x:c r="FI16" s="3" t="n">
+        <x:v>1317</x:v>
+      </x:c>
+      <x:c r="FJ16" s="3" t="n">
+        <x:v>1247</x:v>
+      </x:c>
+      <x:c r="FK16" s="3" t="n">
+        <x:v>1202</x:v>
+      </x:c>
+      <x:c r="FL16" s="3" t="n">
+        <x:v>1138</x:v>
+      </x:c>
+      <x:c r="FM16" s="3" t="n">
+        <x:v>1277</x:v>
+      </x:c>
+      <x:c r="FN16" s="3" t="n">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="FO16" s="3" t="n">
+        <x:v>1310</x:v>
+      </x:c>
+      <x:c r="FP16" s="3" t="n">
+        <x:v>1271</x:v>
+      </x:c>
+      <x:c r="FQ16" s="3" t="n">
+        <x:v>1432</x:v>
+      </x:c>
+      <x:c r="FR16" s="3" t="n">
+        <x:v>1393</x:v>
+      </x:c>
+      <x:c r="FS16" s="3" t="n">
+        <x:v>1393</x:v>
+      </x:c>
+      <x:c r="FT16" s="3" t="n">
+        <x:v>1225</x:v>
+      </x:c>
+      <x:c r="FU16" s="3" t="n">
+        <x:v>1338</x:v>
+      </x:c>
+      <x:c r="FV16" s="3" t="n">
+        <x:v>1307</x:v>
+      </x:c>
+      <x:c r="FW16" s="3" t="n">
+        <x:v>1234</x:v>
+      </x:c>
+      <x:c r="FX16" s="3" t="n">
+        <x:v>1024</x:v>
+      </x:c>
+      <x:c r="FY16" s="3" t="n">
+        <x:v>1152</x:v>
+      </x:c>
+      <x:c r="FZ16" s="3" t="n">
+        <x:v>1148</x:v>
+      </x:c>
+      <x:c r="GA16" s="3" t="n">
+        <x:v>1070</x:v>
+      </x:c>
+      <x:c r="GB16" s="3" t="n">
+        <x:v>955</x:v>
+      </x:c>
+      <x:c r="GC16" s="3" t="n">
+        <x:v>1082</x:v>
+      </x:c>
+      <x:c r="GD16" s="3" t="n">
+        <x:v>1108</x:v>
+      </x:c>
+      <x:c r="GE16" s="3" t="n">
+        <x:v>1113</x:v>
+      </x:c>
+      <x:c r="GF16" s="3" t="n">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="GG16" s="3" t="n">
+        <x:v>1102</x:v>
+      </x:c>
+      <x:c r="GH16" s="3" t="n">
+        <x:v>1116</x:v>
+      </x:c>
+      <x:c r="GI16" s="3" t="n">
+        <x:v>1090</x:v>
+      </x:c>
+      <x:c r="GJ16" s="3" t="n">
+        <x:v>1023</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:192">
+      <x:c r="A17" s="2" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B17" s="3" t="n">
+        <x:v>4770</x:v>
+      </x:c>
+      <x:c r="C17" s="3" t="n">
+        <x:v>5403</x:v>
+      </x:c>
+      <x:c r="D17" s="3" t="n">
+        <x:v>4455</x:v>
+      </x:c>
+      <x:c r="E17" s="3" t="n">
+        <x:v>5171</x:v>
+      </x:c>
+      <x:c r="F17" s="3" t="n">
+        <x:v>5117</x:v>
+      </x:c>
+      <x:c r="G17" s="3" t="n">
+        <x:v>5019</x:v>
+      </x:c>
+      <x:c r="H17" s="3" t="n">
+        <x:v>4648</x:v>
+      </x:c>
+      <x:c r="I17" s="3" t="n">
+        <x:v>5397</x:v>
+      </x:c>
+      <x:c r="J17" s="3" t="n">
+        <x:v>5002</x:v>
+      </x:c>
+      <x:c r="K17" s="3" t="n">
+        <x:v>5069</x:v>
+      </x:c>
+      <x:c r="L17" s="3" t="n">
+        <x:v>4325</x:v>
+      </x:c>
+      <x:c r="M17" s="3" t="n">
+        <x:v>5036</x:v>
+      </x:c>
+      <x:c r="N17" s="3" t="n">
+        <x:v>4725</x:v>
+      </x:c>
+      <x:c r="O17" s="3" t="n">
+        <x:v>4495</x:v>
+      </x:c>
+      <x:c r="P17" s="3" t="n">
+        <x:v>4081</x:v>
+      </x:c>
+      <x:c r="Q17" s="3" t="n">
+        <x:v>4639</x:v>
+      </x:c>
+      <x:c r="R17" s="3" t="n">
+        <x:v>4560</x:v>
+      </x:c>
+      <x:c r="S17" s="3" t="n">
+        <x:v>4394</x:v>
+      </x:c>
+      <x:c r="T17" s="3" t="n">
+        <x:v>3935</x:v>
+      </x:c>
+      <x:c r="U17" s="3" t="n">
+        <x:v>4695</x:v>
+      </x:c>
+      <x:c r="V17" s="3" t="n">
+        <x:v>4494</x:v>
+      </x:c>
+      <x:c r="W17" s="3" t="n">
+        <x:v>4456</x:v>
+      </x:c>
+      <x:c r="X17" s="3" t="n">
+        <x:v>3884</x:v>
+      </x:c>
+      <x:c r="Y17" s="3" t="n">
+        <x:v>4814</x:v>
+      </x:c>
+      <x:c r="Z17" s="3" t="n">
+        <x:v>4483</x:v>
+      </x:c>
+      <x:c r="AA17" s="3" t="n">
+        <x:v>4134</x:v>
+      </x:c>
+      <x:c r="AB17" s="3" t="n">
+        <x:v>3953</x:v>
+      </x:c>
+      <x:c r="AC17" s="3" t="n">
+        <x:v>4809</x:v>
+      </x:c>
+      <x:c r="AD17" s="3" t="n">
+        <x:v>4724</x:v>
+      </x:c>
+      <x:c r="AE17" s="3" t="n">
+        <x:v>4360</x:v>
+      </x:c>
+      <x:c r="AF17" s="3" t="n">
+        <x:v>4141</x:v>
+      </x:c>
+      <x:c r="AG17" s="3" t="n">
+        <x:v>4934</x:v>
+      </x:c>
+      <x:c r="AH17" s="3" t="n">
         <x:v>4385</x:v>
       </x:c>
-      <x:c r="N6" s="3" t="n">
+      <x:c r="AI17" s="3" t="n">
+        <x:v>4752</x:v>
+      </x:c>
+      <x:c r="AJ17" s="3" t="n">
+        <x:v>4461</x:v>
+      </x:c>
+      <x:c r="AK17" s="3" t="n">
+        <x:v>5026</x:v>
+      </x:c>
+      <x:c r="AL17" s="3" t="n">
+        <x:v>5104</x:v>
+      </x:c>
+      <x:c r="AM17" s="3" t="n">
+        <x:v>4734</x:v>
+      </x:c>
+      <x:c r="AN17" s="3" t="n">
+        <x:v>4534</x:v>
+      </x:c>
+      <x:c r="AO17" s="3" t="n">
+        <x:v>5122</x:v>
+      </x:c>
+      <x:c r="AP17" s="3" t="n">
+        <x:v>4903</x:v>
+      </x:c>
+      <x:c r="AQ17" s="3" t="n">
+        <x:v>4807</x:v>
+      </x:c>
+      <x:c r="AR17" s="3" t="n">
+        <x:v>4113</x:v>
+      </x:c>
+      <x:c r="AS17" s="3" t="n">
+        <x:v>4733</x:v>
+      </x:c>
+      <x:c r="AT17" s="3" t="n">
+        <x:v>4316</x:v>
+      </x:c>
+      <x:c r="AU17" s="3" t="n">
+        <x:v>4376</x:v>
+      </x:c>
+      <x:c r="AV17" s="3" t="n">
+        <x:v>3795</x:v>
+      </x:c>
+      <x:c r="AW17" s="3" t="n">
+        <x:v>4653</x:v>
+      </x:c>
+      <x:c r="AX17" s="3" t="n">
+        <x:v>4501</x:v>
+      </x:c>
+      <x:c r="AY17" s="3" t="n">
+        <x:v>3994</x:v>
+      </x:c>
+      <x:c r="AZ17" s="3" t="n">
+        <x:v>3648</x:v>
+      </x:c>
+      <x:c r="BA17" s="3" t="n">
+        <x:v>4255</x:v>
+      </x:c>
+      <x:c r="BB17" s="3" t="n">
+        <x:v>3564</x:v>
+      </x:c>
+      <x:c r="BC17" s="3" t="n">
+        <x:v>3854</x:v>
+      </x:c>
+      <x:c r="BD17" s="3" t="n">
+        <x:v>3305</x:v>
+      </x:c>
+      <x:c r="BE17" s="3" t="n">
+        <x:v>3919</x:v>
+      </x:c>
+      <x:c r="BF17" s="3" t="n">
+        <x:v>3586</x:v>
+      </x:c>
+      <x:c r="BG17" s="3" t="n">
+        <x:v>3403</x:v>
+      </x:c>
+      <x:c r="BH17" s="3" t="n">
+        <x:v>3142</x:v>
+      </x:c>
+      <x:c r="BI17" s="3" t="n">
+        <x:v>3584</x:v>
+      </x:c>
+      <x:c r="BJ17" s="3" t="n">
+        <x:v>2980</x:v>
+      </x:c>
+      <x:c r="BK17" s="3" t="n">
+        <x:v>2947</x:v>
+      </x:c>
+      <x:c r="BL17" s="3" t="n">
+        <x:v>2852</x:v>
+      </x:c>
+      <x:c r="BM17" s="3" t="n">
+        <x:v>3337</x:v>
+      </x:c>
+      <x:c r="BN17" s="3" t="n">
+        <x:v>2707</x:v>
+      </x:c>
+      <x:c r="BO17" s="3" t="n">
+        <x:v>3022</x:v>
+      </x:c>
+      <x:c r="BP17" s="3" t="n">
+        <x:v>2805</x:v>
+      </x:c>
+      <x:c r="BQ17" s="3" t="n">
+        <x:v>3346</x:v>
+      </x:c>
+      <x:c r="BR17" s="3" t="n">
+        <x:v>3123</x:v>
+      </x:c>
+      <x:c r="BS17" s="3" t="n">
+        <x:v>2934</x:v>
+      </x:c>
+      <x:c r="BT17" s="3" t="n">
+        <x:v>2621</x:v>
+      </x:c>
+      <x:c r="BU17" s="3" t="n">
+        <x:v>3126</x:v>
+      </x:c>
+      <x:c r="BV17" s="3" t="n">
+        <x:v>3141</x:v>
+      </x:c>
+      <x:c r="BW17" s="3" t="n">
+        <x:v>3077</x:v>
+      </x:c>
+      <x:c r="BX17" s="3" t="n">
+        <x:v>2811</x:v>
+      </x:c>
+      <x:c r="BY17" s="3" t="n">
+        <x:v>3348</x:v>
+      </x:c>
+      <x:c r="BZ17" s="3" t="n">
+        <x:v>2968</x:v>
+      </x:c>
+      <x:c r="CA17" s="3" t="n">
+        <x:v>3122</x:v>
+      </x:c>
+      <x:c r="CB17" s="3" t="n">
+        <x:v>3132</x:v>
+      </x:c>
+      <x:c r="CC17" s="3" t="n">
+        <x:v>3687</x:v>
+      </x:c>
+      <x:c r="CD17" s="3" t="n">
+        <x:v>3849</x:v>
+      </x:c>
+      <x:c r="CE17" s="3" t="n">
+        <x:v>3666</x:v>
+      </x:c>
+      <x:c r="CF17" s="3" t="n">
+        <x:v>3360</x:v>
+      </x:c>
+      <x:c r="CG17" s="3" t="n">
+        <x:v>3269</x:v>
+      </x:c>
+      <x:c r="CH17" s="3" t="n">
+        <x:v>3328</x:v>
+      </x:c>
+      <x:c r="CI17" s="3" t="n">
+        <x:v>3464</x:v>
+      </x:c>
+      <x:c r="CJ17" s="3" t="n">
+        <x:v>3137</x:v>
+      </x:c>
+      <x:c r="CK17" s="3" t="n">
+        <x:v>3551</x:v>
+      </x:c>
+      <x:c r="CL17" s="3" t="n">
+        <x:v>3782</x:v>
+      </x:c>
+      <x:c r="CM17" s="3" t="n">
+        <x:v>3610</x:v>
+      </x:c>
+      <x:c r="CN17" s="3" t="n">
+        <x:v>3350</x:v>
+      </x:c>
+      <x:c r="CO17" s="3" t="n">
+        <x:v>3660</x:v>
+      </x:c>
+      <x:c r="CP17" s="3" t="n">
+        <x:v>4557</x:v>
+      </x:c>
+      <x:c r="CQ17" s="3" t="n">
+        <x:v>4328</x:v>
+      </x:c>
+      <x:c r="CR17" s="3" t="n">
+        <x:v>3852</x:v>
+      </x:c>
+      <x:c r="CS17" s="3" t="n">
+        <x:v>4381</x:v>
+      </x:c>
+      <x:c r="CT17" s="3" t="n">
+        <x:v>3896</x:v>
+      </x:c>
+      <x:c r="CU17" s="3" t="n">
+        <x:v>4325</x:v>
+      </x:c>
+      <x:c r="CV17" s="3" t="n">
+        <x:v>3591</x:v>
+      </x:c>
+      <x:c r="CW17" s="3" t="n">
+        <x:v>3876</x:v>
+      </x:c>
+      <x:c r="CX17" s="3" t="n">
+        <x:v>4185</x:v>
+      </x:c>
+      <x:c r="CY17" s="3" t="n">
+        <x:v>3973</x:v>
+      </x:c>
+      <x:c r="CZ17" s="3" t="n">
+        <x:v>3605</x:v>
+      </x:c>
+      <x:c r="DA17" s="3" t="n">
+        <x:v>3976</x:v>
+      </x:c>
+      <x:c r="DB17" s="3" t="n">
+        <x:v>4744</x:v>
+      </x:c>
+      <x:c r="DC17" s="3" t="n">
+        <x:v>4902</x:v>
+      </x:c>
+      <x:c r="DD17" s="3" t="n">
+        <x:v>4323</x:v>
+      </x:c>
+      <x:c r="DE17" s="3" t="n">
+        <x:v>5058</x:v>
+      </x:c>
+      <x:c r="DF17" s="3" t="n">
+        <x:v>4502</x:v>
+      </x:c>
+      <x:c r="DG17" s="3" t="n">
+        <x:v>5171</x:v>
+      </x:c>
+      <x:c r="DH17" s="3" t="n">
+        <x:v>4290</x:v>
+      </x:c>
+      <x:c r="DI17" s="3" t="n">
+        <x:v>4917</x:v>
+      </x:c>
+      <x:c r="DJ17" s="3" t="n">
+        <x:v>5171</x:v>
+      </x:c>
+      <x:c r="DK17" s="3" t="n">
+        <x:v>4874</x:v>
+      </x:c>
+      <x:c r="DL17" s="3" t="n">
+        <x:v>4407</x:v>
+      </x:c>
+      <x:c r="DM17" s="3" t="n">
+        <x:v>5372</x:v>
+      </x:c>
+      <x:c r="DN17" s="3" t="n">
+        <x:v>4956</x:v>
+      </x:c>
+      <x:c r="DO17" s="3" t="n">
+        <x:v>4734</x:v>
+      </x:c>
+      <x:c r="DP17" s="3" t="n">
+        <x:v>4124</x:v>
+      </x:c>
+      <x:c r="DQ17" s="3" t="n">
+        <x:v>4674</x:v>
+      </x:c>
+      <x:c r="DR17" s="3" t="n">
+        <x:v>3918</x:v>
+      </x:c>
+      <x:c r="DS17" s="3" t="n">
+        <x:v>4392</x:v>
+      </x:c>
+      <x:c r="DT17" s="3" t="n">
+        <x:v>3559</x:v>
+      </x:c>
+      <x:c r="DU17" s="3" t="n">
+        <x:v>3760</x:v>
+      </x:c>
+      <x:c r="DV17" s="3" t="n">
+        <x:v>2829</x:v>
+      </x:c>
+      <x:c r="DW17" s="3" t="n">
+        <x:v>3210</x:v>
+      </x:c>
+      <x:c r="DX17" s="3" t="n">
+        <x:v>2888</x:v>
+      </x:c>
+      <x:c r="DY17" s="3" t="n">
+        <x:v>3297</x:v>
+      </x:c>
+      <x:c r="DZ17" s="3" t="n">
+        <x:v>2938</x:v>
+      </x:c>
+      <x:c r="EA17" s="3" t="n">
+        <x:v>3421</x:v>
+      </x:c>
+      <x:c r="EB17" s="3" t="n">
+        <x:v>3228</x:v>
+      </x:c>
+      <x:c r="EC17" s="3" t="n">
+        <x:v>3473</x:v>
+      </x:c>
+      <x:c r="ED17" s="3" t="n">
+        <x:v>3651</x:v>
+      </x:c>
+      <x:c r="EE17" s="3" t="n">
+        <x:v>3946</x:v>
+      </x:c>
+      <x:c r="EF17" s="3" t="n">
+        <x:v>3254</x:v>
+      </x:c>
+      <x:c r="EG17" s="3" t="n">
+        <x:v>3700</x:v>
+      </x:c>
+      <x:c r="EH17" s="3" t="n">
+        <x:v>3810</x:v>
+      </x:c>
+      <x:c r="EI17" s="3" t="n">
+        <x:v>3737</x:v>
+      </x:c>
+      <x:c r="EJ17" s="3" t="n">
+        <x:v>3224</x:v>
+      </x:c>
+      <x:c r="EK17" s="3" t="n">
+        <x:v>3516</x:v>
+      </x:c>
+      <x:c r="EL17" s="3" t="n">
+        <x:v>3077</x:v>
+      </x:c>
+      <x:c r="EM17" s="3" t="n">
+        <x:v>3593</x:v>
+      </x:c>
+      <x:c r="EN17" s="3" t="n">
+        <x:v>3010</x:v>
+      </x:c>
+      <x:c r="EO17" s="3" t="n">
+        <x:v>3421</x:v>
+      </x:c>
+      <x:c r="EP17" s="3" t="n">
+        <x:v>3197</x:v>
+      </x:c>
+      <x:c r="EQ17" s="3" t="n">
+        <x:v>3297</x:v>
+      </x:c>
+      <x:c r="ER17" s="3" t="n">
+        <x:v>3049</x:v>
+      </x:c>
+      <x:c r="ES17" s="3" t="n">
+        <x:v>3399</x:v>
+      </x:c>
+      <x:c r="ET17" s="3" t="n">
+        <x:v>3340</x:v>
+      </x:c>
+      <x:c r="EU17" s="3" t="n">
+        <x:v>3760</x:v>
+      </x:c>
+      <x:c r="EV17" s="3" t="n">
+        <x:v>3404</x:v>
+      </x:c>
+      <x:c r="EW17" s="3" t="n">
+        <x:v>3720</x:v>
+      </x:c>
+      <x:c r="EX17" s="3" t="n">
+        <x:v>3367</x:v>
+      </x:c>
+      <x:c r="EY17" s="3" t="n">
+        <x:v>4264</x:v>
+      </x:c>
+      <x:c r="EZ17" s="3" t="n">
+        <x:v>3514</x:v>
+      </x:c>
+      <x:c r="FA17" s="3" t="n">
+        <x:v>3948</x:v>
+      </x:c>
+      <x:c r="FB17" s="3" t="n">
+        <x:v>3989</x:v>
+      </x:c>
+      <x:c r="FC17" s="3" t="n">
+        <x:v>3970</x:v>
+      </x:c>
+      <x:c r="FD17" s="3" t="n">
+        <x:v>3544</x:v>
+      </x:c>
+      <x:c r="FE17" s="3" t="n">
+        <x:v>4059</x:v>
+      </x:c>
+      <x:c r="FF17" s="3" t="n">
+        <x:v>3589</x:v>
+      </x:c>
+      <x:c r="FG17" s="3" t="n">
+        <x:v>4199</x:v>
+      </x:c>
+      <x:c r="FH17" s="3" t="n">
+        <x:v>3552</x:v>
+      </x:c>
+      <x:c r="FI17" s="3" t="n">
+        <x:v>4265</x:v>
+      </x:c>
+      <x:c r="FJ17" s="3" t="n">
+        <x:v>3983</x:v>
+      </x:c>
+      <x:c r="FK17" s="3" t="n">
+        <x:v>4036</x:v>
+      </x:c>
+      <x:c r="FL17" s="3" t="n">
+        <x:v>3691</x:v>
+      </x:c>
+      <x:c r="FM17" s="3" t="n">
+        <x:v>4016</x:v>
+      </x:c>
+      <x:c r="FN17" s="3" t="n">
+        <x:v>3902</x:v>
+      </x:c>
+      <x:c r="FO17" s="3" t="n">
+        <x:v>4016</x:v>
+      </x:c>
+      <x:c r="FP17" s="3" t="n">
+        <x:v>3745</x:v>
+      </x:c>
+      <x:c r="FQ17" s="3" t="n">
+        <x:v>4284</x:v>
+      </x:c>
+      <x:c r="FR17" s="3" t="n">
+        <x:v>4196</x:v>
+      </x:c>
+      <x:c r="FS17" s="3" t="n">
+        <x:v>4568</x:v>
+      </x:c>
+      <x:c r="FT17" s="3" t="n">
+        <x:v>3848</x:v>
+      </x:c>
+      <x:c r="FU17" s="3" t="n">
+        <x:v>4259</x:v>
+      </x:c>
+      <x:c r="FV17" s="3" t="n">
+        <x:v>4054</x:v>
+      </x:c>
+      <x:c r="FW17" s="3" t="n">
+        <x:v>3471</x:v>
+      </x:c>
+      <x:c r="FX17" s="3" t="n">
+        <x:v>2842</x:v>
+      </x:c>
+      <x:c r="FY17" s="3" t="n">
+        <x:v>2991</x:v>
+      </x:c>
+      <x:c r="FZ17" s="3" t="n">
+        <x:v>2883</x:v>
+      </x:c>
+      <x:c r="GA17" s="3" t="n">
+        <x:v>2603</x:v>
+      </x:c>
+      <x:c r="GB17" s="3" t="n">
+        <x:v>2178</x:v>
+      </x:c>
+      <x:c r="GC17" s="3" t="n">
+        <x:v>2355</x:v>
+      </x:c>
+      <x:c r="GD17" s="3" t="n">
+        <x:v>2269</x:v>
+      </x:c>
+      <x:c r="GE17" s="3" t="n">
+        <x:v>2583</x:v>
+      </x:c>
+      <x:c r="GF17" s="3" t="n">
+        <x:v>2135</x:v>
+      </x:c>
+      <x:c r="GG17" s="3" t="n">
+        <x:v>2488</x:v>
+      </x:c>
+      <x:c r="GH17" s="3" t="n">
+        <x:v>2528</x:v>
+      </x:c>
+      <x:c r="GI17" s="3" t="n">
+        <x:v>2394</x:v>
+      </x:c>
+      <x:c r="GJ17" s="3" t="n">
+        <x:v>2116</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:192">
+      <x:c r="A18" s="2" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="B18" s="3" t="n">
+        <x:v>1300</x:v>
+      </x:c>
+      <x:c r="C18" s="3" t="n">
+        <x:v>1365</x:v>
+      </x:c>
+      <x:c r="D18" s="3" t="n">
+        <x:v>1173</x:v>
+      </x:c>
+      <x:c r="E18" s="3" t="n">
+        <x:v>1462</x:v>
+      </x:c>
+      <x:c r="F18" s="3" t="n">
+        <x:v>1478</x:v>
+      </x:c>
+      <x:c r="G18" s="3" t="n">
+        <x:v>1383</x:v>
+      </x:c>
+      <x:c r="H18" s="3" t="n">
+        <x:v>1349</x:v>
+      </x:c>
+      <x:c r="I18" s="3" t="n">
+        <x:v>1523</x:v>
+      </x:c>
+      <x:c r="J18" s="3" t="n">
+        <x:v>1523</x:v>
+      </x:c>
+      <x:c r="K18" s="3" t="n">
+        <x:v>1449</x:v>
+      </x:c>
+      <x:c r="L18" s="3" t="n">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="M18" s="3" t="n">
+        <x:v>1436</x:v>
+      </x:c>
+      <x:c r="N18" s="3" t="n">
+        <x:v>1555</x:v>
+      </x:c>
+      <x:c r="O18" s="3" t="n">
+        <x:v>1441</x:v>
+      </x:c>
+      <x:c r="P18" s="3" t="n">
+        <x:v>1452</x:v>
+      </x:c>
+      <x:c r="Q18" s="3" t="n">
+        <x:v>1581</x:v>
+      </x:c>
+      <x:c r="R18" s="3" t="n">
+        <x:v>1618</x:v>
+      </x:c>
+      <x:c r="S18" s="3" t="n">
+        <x:v>1422</x:v>
+      </x:c>
+      <x:c r="T18" s="3" t="n">
+        <x:v>1283</x:v>
+      </x:c>
+      <x:c r="U18" s="3" t="n">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="V18" s="3" t="n">
+        <x:v>1476</x:v>
+      </x:c>
+      <x:c r="W18" s="3" t="n">
+        <x:v>1510</x:v>
+      </x:c>
+      <x:c r="X18" s="3" t="n">
+        <x:v>1476</x:v>
+      </x:c>
+      <x:c r="Y18" s="3" t="n">
+        <x:v>1667</x:v>
+      </x:c>
+      <x:c r="Z18" s="3" t="n">
+        <x:v>1823</x:v>
+      </x:c>
+      <x:c r="AA18" s="3" t="n">
+        <x:v>1674</x:v>
+      </x:c>
+      <x:c r="AB18" s="3" t="n">
+        <x:v>1604</x:v>
+      </x:c>
+      <x:c r="AC18" s="3" t="n">
+        <x:v>1811</x:v>
+      </x:c>
+      <x:c r="AD18" s="3" t="n">
+        <x:v>1808</x:v>
+      </x:c>
+      <x:c r="AE18" s="3" t="n">
+        <x:v>1673</x:v>
+      </x:c>
+      <x:c r="AF18" s="3" t="n">
+        <x:v>1614</x:v>
+      </x:c>
+      <x:c r="AG18" s="3" t="n">
+        <x:v>1681</x:v>
+      </x:c>
+      <x:c r="AH18" s="3" t="n">
+        <x:v>1695</x:v>
+      </x:c>
+      <x:c r="AI18" s="3" t="n">
+        <x:v>1778</x:v>
+      </x:c>
+      <x:c r="AJ18" s="3" t="n">
+        <x:v>1672</x:v>
+      </x:c>
+      <x:c r="AK18" s="3" t="n">
+        <x:v>1815</x:v>
+      </x:c>
+      <x:c r="AL18" s="3" t="n">
+        <x:v>1862</x:v>
+      </x:c>
+      <x:c r="AM18" s="3" t="n">
+        <x:v>1762</x:v>
+      </x:c>
+      <x:c r="AN18" s="3" t="n">
+        <x:v>1766</x:v>
+      </x:c>
+      <x:c r="AO18" s="3" t="n">
+        <x:v>1764</x:v>
+      </x:c>
+      <x:c r="AP18" s="3" t="n">
+        <x:v>1978</x:v>
+      </x:c>
+      <x:c r="AQ18" s="3" t="n">
+        <x:v>1947</x:v>
+      </x:c>
+      <x:c r="AR18" s="3" t="n">
+        <x:v>1845</x:v>
+      </x:c>
+      <x:c r="AS18" s="3" t="n">
+        <x:v>2074</x:v>
+      </x:c>
+      <x:c r="AT18" s="3" t="n">
+        <x:v>1944</x:v>
+      </x:c>
+      <x:c r="AU18" s="3" t="n">
+        <x:v>2039</x:v>
+      </x:c>
+      <x:c r="AV18" s="3" t="n">
+        <x:v>1885</x:v>
+      </x:c>
+      <x:c r="AW18" s="3" t="n">
+        <x:v>2061</x:v>
+      </x:c>
+      <x:c r="AX18" s="3" t="n">
+        <x:v>2095</x:v>
+      </x:c>
+      <x:c r="AY18" s="3" t="n">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="AZ18" s="3" t="n">
+        <x:v>1927</x:v>
+      </x:c>
+      <x:c r="BA18" s="3" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="BB18" s="3" t="n">
+        <x:v>2105</x:v>
+      </x:c>
+      <x:c r="BC18" s="3" t="n">
+        <x:v>2056</x:v>
+      </x:c>
+      <x:c r="BD18" s="3" t="n">
+        <x:v>1948</x:v>
+      </x:c>
+      <x:c r="BE18" s="3" t="n">
+        <x:v>1988</x:v>
+      </x:c>
+      <x:c r="BF18" s="3" t="n">
+        <x:v>2096</x:v>
+      </x:c>
+      <x:c r="BG18" s="3" t="n">
+        <x:v>1908</x:v>
+      </x:c>
+      <x:c r="BH18" s="3" t="n">
+        <x:v>1864</x:v>
+      </x:c>
+      <x:c r="BI18" s="3" t="n">
+        <x:v>1938</x:v>
+      </x:c>
+      <x:c r="BJ18" s="3" t="n">
+        <x:v>2207</x:v>
+      </x:c>
+      <x:c r="BK18" s="3" t="n">
+        <x:v>2172</x:v>
+      </x:c>
+      <x:c r="BL18" s="3" t="n">
+        <x:v>1983</x:v>
+      </x:c>
+      <x:c r="BM18" s="3" t="n">
+        <x:v>2242</x:v>
+      </x:c>
+      <x:c r="BN18" s="3" t="n">
         <x:v>2473</x:v>
       </x:c>
-      <x:c r="O6" s="3" t="n">
-[...158 lines deleted...]
-      <x:c r="BP6" s="3" t="n">
+      <x:c r="BO18" s="3" t="n">
+        <x:v>2445</x:v>
+      </x:c>
+      <x:c r="BP18" s="3" t="n">
+        <x:v>2397</x:v>
+      </x:c>
+      <x:c r="BQ18" s="3" t="n">
+        <x:v>2643</x:v>
+      </x:c>
+      <x:c r="BR18" s="3" t="n">
+        <x:v>2456</x:v>
+      </x:c>
+      <x:c r="BS18" s="3" t="n">
+        <x:v>2362</x:v>
+      </x:c>
+      <x:c r="BT18" s="3" t="n">
+        <x:v>2273</x:v>
+      </x:c>
+      <x:c r="BU18" s="3" t="n">
+        <x:v>2347</x:v>
+      </x:c>
+      <x:c r="BV18" s="3" t="n">
+        <x:v>2653</x:v>
+      </x:c>
+      <x:c r="BW18" s="3" t="n">
+        <x:v>2403</x:v>
+      </x:c>
+      <x:c r="BX18" s="3" t="n">
+        <x:v>2404</x:v>
+      </x:c>
+      <x:c r="BY18" s="3" t="n">
+        <x:v>2553</x:v>
+      </x:c>
+      <x:c r="BZ18" s="3" t="n">
+        <x:v>2773</x:v>
+      </x:c>
+      <x:c r="CA18" s="3" t="n">
+        <x:v>2881</x:v>
+      </x:c>
+      <x:c r="CB18" s="3" t="n">
+        <x:v>2795</x:v>
+      </x:c>
+      <x:c r="CC18" s="3" t="n">
+        <x:v>3016</x:v>
+      </x:c>
+      <x:c r="CD18" s="3" t="n">
+        <x:v>3019</x:v>
+      </x:c>
+      <x:c r="CE18" s="3" t="n">
+        <x:v>2875</x:v>
+      </x:c>
+      <x:c r="CF18" s="3" t="n">
+        <x:v>2910</x:v>
+      </x:c>
+      <x:c r="CG18" s="3" t="n">
+        <x:v>2894</x:v>
+      </x:c>
+      <x:c r="CH18" s="3" t="n">
+        <x:v>3038</x:v>
+      </x:c>
+      <x:c r="CI18" s="3" t="n">
+        <x:v>2873</x:v>
+      </x:c>
+      <x:c r="CJ18" s="3" t="n">
+        <x:v>2825</x:v>
+      </x:c>
+      <x:c r="CK18" s="3" t="n">
+        <x:v>2964</x:v>
+      </x:c>
+      <x:c r="CL18" s="3" t="n">
+        <x:v>3157</x:v>
+      </x:c>
+      <x:c r="CM18" s="3" t="n">
+        <x:v>3122</x:v>
+      </x:c>
+      <x:c r="CN18" s="3" t="n">
+        <x:v>3018</x:v>
+      </x:c>
+      <x:c r="CO18" s="3" t="n">
+        <x:v>3143</x:v>
+      </x:c>
+      <x:c r="CP18" s="3" t="n">
+        <x:v>3302</x:v>
+      </x:c>
+      <x:c r="CQ18" s="3" t="n">
+        <x:v>3111</x:v>
+      </x:c>
+      <x:c r="CR18" s="3" t="n">
+        <x:v>2980</x:v>
+      </x:c>
+      <x:c r="CS18" s="3" t="n">
+        <x:v>2806</x:v>
+      </x:c>
+      <x:c r="CT18" s="3" t="n">
+        <x:v>2801</x:v>
+      </x:c>
+      <x:c r="CU18" s="3" t="n">
+        <x:v>2861</x:v>
+      </x:c>
+      <x:c r="CV18" s="3" t="n">
+        <x:v>2604</x:v>
+      </x:c>
+      <x:c r="CW18" s="3" t="n">
+        <x:v>2798</x:v>
+      </x:c>
+      <x:c r="CX18" s="3" t="n">
+        <x:v>3156</x:v>
+      </x:c>
+      <x:c r="CY18" s="3" t="n">
+        <x:v>2964</x:v>
+      </x:c>
+      <x:c r="CZ18" s="3" t="n">
+        <x:v>3274</x:v>
+      </x:c>
+      <x:c r="DA18" s="3" t="n">
+        <x:v>3287</x:v>
+      </x:c>
+      <x:c r="DB18" s="3" t="n">
+        <x:v>3386</x:v>
+      </x:c>
+      <x:c r="DC18" s="3" t="n">
+        <x:v>3313</x:v>
+      </x:c>
+      <x:c r="DD18" s="3" t="n">
+        <x:v>3375</x:v>
+      </x:c>
+      <x:c r="DE18" s="3" t="n">
+        <x:v>3527</x:v>
+      </x:c>
+      <x:c r="DF18" s="3" t="n">
+        <x:v>3220</x:v>
+      </x:c>
+      <x:c r="DG18" s="3" t="n">
+        <x:v>3300</x:v>
+      </x:c>
+      <x:c r="DH18" s="3" t="n">
+        <x:v>3166</x:v>
+      </x:c>
+      <x:c r="DI18" s="3" t="n">
+        <x:v>3122</x:v>
+      </x:c>
+      <x:c r="DJ18" s="3" t="n">
+        <x:v>3796</x:v>
+      </x:c>
+      <x:c r="DK18" s="3" t="n">
+        <x:v>3365</x:v>
+      </x:c>
+      <x:c r="DL18" s="3" t="n">
+        <x:v>3431</x:v>
+      </x:c>
+      <x:c r="DM18" s="3" t="n">
+        <x:v>3481</x:v>
+      </x:c>
+      <x:c r="DN18" s="3" t="n">
+        <x:v>3759</x:v>
+      </x:c>
+      <x:c r="DO18" s="3" t="n">
+        <x:v>3703</x:v>
+      </x:c>
+      <x:c r="DP18" s="3" t="n">
+        <x:v>3648</x:v>
+      </x:c>
+      <x:c r="DQ18" s="3" t="n">
+        <x:v>3648</x:v>
+      </x:c>
+      <x:c r="DR18" s="3" t="n">
+        <x:v>3533</x:v>
+      </x:c>
+      <x:c r="DS18" s="3" t="n">
+        <x:v>3618</x:v>
+      </x:c>
+      <x:c r="DT18" s="3" t="n">
+        <x:v>3404</x:v>
+      </x:c>
+      <x:c r="DU18" s="3" t="n">
+        <x:v>3186</x:v>
+      </x:c>
+      <x:c r="DV18" s="3" t="n">
+        <x:v>2882</x:v>
+      </x:c>
+      <x:c r="DW18" s="3" t="n">
+        <x:v>2671</x:v>
+      </x:c>
+      <x:c r="DX18" s="3" t="n">
+        <x:v>2873</x:v>
+      </x:c>
+      <x:c r="DY18" s="3" t="n">
+        <x:v>3105</x:v>
+      </x:c>
+      <x:c r="DZ18" s="3" t="n">
+        <x:v>3127</x:v>
+      </x:c>
+      <x:c r="EA18" s="3" t="n">
+        <x:v>3115</x:v>
+      </x:c>
+      <x:c r="EB18" s="3" t="n">
+        <x:v>3068</x:v>
+      </x:c>
+      <x:c r="EC18" s="3" t="n">
+        <x:v>3271</x:v>
+      </x:c>
+      <x:c r="ED18" s="3" t="n">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="EE18" s="3" t="n">
+        <x:v>1545</x:v>
+      </x:c>
+      <x:c r="EF18" s="3" t="n">
+        <x:v>1641</x:v>
+      </x:c>
+      <x:c r="EG18" s="3" t="n">
+        <x:v>1541</x:v>
+      </x:c>
+      <x:c r="EH18" s="3" t="n">
+        <x:v>2854</x:v>
+      </x:c>
+      <x:c r="EI18" s="3" t="n">
+        <x:v>2600</x:v>
+      </x:c>
+      <x:c r="EJ18" s="3" t="n">
+        <x:v>2348</x:v>
+      </x:c>
+      <x:c r="EK18" s="3" t="n">
+        <x:v>2352</x:v>
+      </x:c>
+      <x:c r="EL18" s="3" t="n">
+        <x:v>2692</x:v>
+      </x:c>
+      <x:c r="EM18" s="3" t="n">
+        <x:v>2440</x:v>
+      </x:c>
+      <x:c r="EN18" s="3" t="n">
+        <x:v>2292</x:v>
+      </x:c>
+      <x:c r="EO18" s="3" t="n">
+        <x:v>2112</x:v>
+      </x:c>
+      <x:c r="EP18" s="3" t="n">
+        <x:v>2084</x:v>
+      </x:c>
+      <x:c r="EQ18" s="3" t="n">
+        <x:v>2070</x:v>
+      </x:c>
+      <x:c r="ER18" s="3" t="n">
+        <x:v>1999</x:v>
+      </x:c>
+      <x:c r="ES18" s="3" t="n">
+        <x:v>1994</x:v>
+      </x:c>
+      <x:c r="ET18" s="3" t="n">
+        <x:v>2029</x:v>
+      </x:c>
+      <x:c r="EU18" s="3" t="n">
+        <x:v>1766</x:v>
+      </x:c>
+      <x:c r="EV18" s="3" t="n">
+        <x:v>1862</x:v>
+      </x:c>
+      <x:c r="EW18" s="3" t="n">
+        <x:v>2032</x:v>
+      </x:c>
+      <x:c r="EX18" s="3" t="n">
+        <x:v>2052</x:v>
+      </x:c>
+      <x:c r="EY18" s="3" t="n">
+        <x:v>2035</x:v>
+      </x:c>
+      <x:c r="EZ18" s="3" t="n">
+        <x:v>2061</x:v>
+      </x:c>
+      <x:c r="FA18" s="3" t="n">
+        <x:v>1974</x:v>
+      </x:c>
+      <x:c r="FB18" s="3" t="n">
+        <x:v>2005</x:v>
+      </x:c>
+      <x:c r="FC18" s="3" t="n">
+        <x:v>1879</x:v>
+      </x:c>
+      <x:c r="FD18" s="3" t="n">
+        <x:v>1851</x:v>
+      </x:c>
+      <x:c r="FE18" s="3" t="n">
+        <x:v>1734</x:v>
+      </x:c>
+      <x:c r="FF18" s="3" t="n">
+        <x:v>1687</x:v>
+      </x:c>
+      <x:c r="FG18" s="3" t="n">
+        <x:v>1684</x:v>
+      </x:c>
+      <x:c r="FH18" s="3" t="n">
+        <x:v>1774</x:v>
+      </x:c>
+      <x:c r="FI18" s="3" t="n">
+        <x:v>1841</x:v>
+      </x:c>
+      <x:c r="FJ18" s="3" t="n">
+        <x:v>1847</x:v>
+      </x:c>
+      <x:c r="FK18" s="3" t="n">
+        <x:v>1848</x:v>
+      </x:c>
+      <x:c r="FL18" s="3" t="n">
+        <x:v>1959</x:v>
+      </x:c>
+      <x:c r="FM18" s="3" t="n">
+        <x:v>1832</x:v>
+      </x:c>
+      <x:c r="FN18" s="3" t="n">
+        <x:v>1791</x:v>
+      </x:c>
+      <x:c r="FO18" s="3" t="n">
+        <x:v>1555</x:v>
+      </x:c>
+      <x:c r="FP18" s="3" t="n">
+        <x:v>1431</x:v>
+      </x:c>
+      <x:c r="FQ18" s="3" t="n">
+        <x:v>1599</x:v>
+      </x:c>
+      <x:c r="FR18" s="3" t="n">
+        <x:v>1680</x:v>
+      </x:c>
+      <x:c r="FS18" s="3" t="n">
+        <x:v>1622</x:v>
+      </x:c>
+      <x:c r="FT18" s="3" t="n">
+        <x:v>1673</x:v>
+      </x:c>
+      <x:c r="FU18" s="3" t="n">
+        <x:v>1761</x:v>
+      </x:c>
+      <x:c r="FV18" s="3" t="n">
+        <x:v>1928</x:v>
+      </x:c>
+      <x:c r="FW18" s="3" t="n">
+        <x:v>1864</x:v>
+      </x:c>
+      <x:c r="FX18" s="3" t="n">
+        <x:v>1808</x:v>
+      </x:c>
+      <x:c r="FY18" s="3" t="n">
+        <x:v>1692</x:v>
+      </x:c>
+      <x:c r="FZ18" s="3" t="n">
+        <x:v>1619</x:v>
+      </x:c>
+      <x:c r="GA18" s="3" t="n">
+        <x:v>1363</x:v>
+      </x:c>
+      <x:c r="GB18" s="3" t="n">
+        <x:v>1354</x:v>
+      </x:c>
+      <x:c r="GC18" s="3" t="n">
+        <x:v>1384</x:v>
+      </x:c>
+      <x:c r="GD18" s="3" t="n">
+        <x:v>1440</x:v>
+      </x:c>
+      <x:c r="GE18" s="3" t="n">
+        <x:v>1495</x:v>
+      </x:c>
+      <x:c r="GF18" s="3" t="n">
+        <x:v>1496</x:v>
+      </x:c>
+      <x:c r="GG18" s="3" t="n">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="GH18" s="3" t="n">
+        <x:v>1506</x:v>
+      </x:c>
+      <x:c r="GI18" s="3" t="n">
+        <x:v>1485</x:v>
+      </x:c>
+      <x:c r="GJ18" s="3" t="n">
+        <x:v>1438</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:192">
+      <x:c r="A19" s="2" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="B19" s="3" t="n">
+        <x:v>3275</x:v>
+      </x:c>
+      <x:c r="C19" s="3" t="n">
+        <x:v>3180</x:v>
+      </x:c>
+      <x:c r="D19" s="3" t="n">
+        <x:v>2800</x:v>
+      </x:c>
+      <x:c r="E19" s="3" t="n">
+        <x:v>3351</x:v>
+      </x:c>
+      <x:c r="F19" s="3" t="n">
+        <x:v>3552</x:v>
+      </x:c>
+      <x:c r="G19" s="3" t="n">
+        <x:v>3173</x:v>
+      </x:c>
+      <x:c r="H19" s="3" t="n">
+        <x:v>2973</x:v>
+      </x:c>
+      <x:c r="I19" s="3" t="n">
+        <x:v>3469</x:v>
+      </x:c>
+      <x:c r="J19" s="3" t="n">
+        <x:v>3302</x:v>
+      </x:c>
+      <x:c r="K19" s="3" t="n">
+        <x:v>2983</x:v>
+      </x:c>
+      <x:c r="L19" s="3" t="n">
+        <x:v>2783</x:v>
+      </x:c>
+      <x:c r="M19" s="3" t="n">
+        <x:v>3244</x:v>
+      </x:c>
+      <x:c r="N19" s="3" t="n">
+        <x:v>3636</x:v>
+      </x:c>
+      <x:c r="O19" s="3" t="n">
+        <x:v>3265</x:v>
+      </x:c>
+      <x:c r="P19" s="3" t="n">
+        <x:v>3085</x:v>
+      </x:c>
+      <x:c r="Q19" s="3" t="n">
+        <x:v>3535</x:v>
+      </x:c>
+      <x:c r="R19" s="3" t="n">
+        <x:v>3905</x:v>
+      </x:c>
+      <x:c r="S19" s="3" t="n">
+        <x:v>3516</x:v>
+      </x:c>
+      <x:c r="T19" s="3" t="n">
+        <x:v>3290</x:v>
+      </x:c>
+      <x:c r="U19" s="3" t="n">
+        <x:v>3751</x:v>
+      </x:c>
+      <x:c r="V19" s="3" t="n">
+        <x:v>2948</x:v>
+      </x:c>
+      <x:c r="W19" s="3" t="n">
+        <x:v>2814</x:v>
+      </x:c>
+      <x:c r="X19" s="3" t="n">
+        <x:v>2625</x:v>
+      </x:c>
+      <x:c r="Y19" s="3" t="n">
+        <x:v>2988</x:v>
+      </x:c>
+      <x:c r="Z19" s="3" t="n">
+        <x:v>3296</x:v>
+      </x:c>
+      <x:c r="AA19" s="3" t="n">
+        <x:v>3033</x:v>
+      </x:c>
+      <x:c r="AB19" s="3" t="n">
+        <x:v>2880</x:v>
+      </x:c>
+      <x:c r="AC19" s="3" t="n">
+        <x:v>3295</x:v>
+      </x:c>
+      <x:c r="AD19" s="3" t="n">
+        <x:v>3442</x:v>
+      </x:c>
+      <x:c r="AE19" s="3" t="n">
+        <x:v>3188</x:v>
+      </x:c>
+      <x:c r="AF19" s="3" t="n">
+        <x:v>3012</x:v>
+      </x:c>
+      <x:c r="AG19" s="3" t="n">
+        <x:v>3470</x:v>
+      </x:c>
+      <x:c r="AH19" s="3" t="n">
+        <x:v>3157</x:v>
+      </x:c>
+      <x:c r="AI19" s="3" t="n">
+        <x:v>3209</x:v>
+      </x:c>
+      <x:c r="AJ19" s="3" t="n">
+        <x:v>3047</x:v>
+      </x:c>
+      <x:c r="AK19" s="3" t="n">
+        <x:v>3388</x:v>
+      </x:c>
+      <x:c r="AL19" s="3" t="n">
+        <x:v>2875</x:v>
+      </x:c>
+      <x:c r="AM19" s="3" t="n">
+        <x:v>2706</x:v>
+      </x:c>
+      <x:c r="AN19" s="3" t="n">
+        <x:v>2627</x:v>
+      </x:c>
+      <x:c r="AO19" s="3" t="n">
+        <x:v>3009</x:v>
+      </x:c>
+      <x:c r="AP19" s="3" t="n">
+        <x:v>2685</x:v>
+      </x:c>
+      <x:c r="AQ19" s="3" t="n">
+        <x:v>2593</x:v>
+      </x:c>
+      <x:c r="AR19" s="3" t="n">
+        <x:v>2387</x:v>
+      </x:c>
+      <x:c r="AS19" s="3" t="n">
+        <x:v>2744</x:v>
+      </x:c>
+      <x:c r="AT19" s="3" t="n">
+        <x:v>2652</x:v>
+      </x:c>
+      <x:c r="AU19" s="3" t="n">
+        <x:v>2605</x:v>
+      </x:c>
+      <x:c r="AV19" s="3" t="n">
+        <x:v>2331</x:v>
+      </x:c>
+      <x:c r="AW19" s="3" t="n">
+        <x:v>2673</x:v>
+      </x:c>
+      <x:c r="AX19" s="3" t="n">
+        <x:v>2549</x:v>
+      </x:c>
+      <x:c r="AY19" s="3" t="n">
+        <x:v>2326</x:v>
+      </x:c>
+      <x:c r="AZ19" s="3" t="n">
+        <x:v>2259</x:v>
+      </x:c>
+      <x:c r="BA19" s="3" t="n">
+        <x:v>2561</x:v>
+      </x:c>
+      <x:c r="BB19" s="3" t="n">
+        <x:v>2415</x:v>
+      </x:c>
+      <x:c r="BC19" s="3" t="n">
+        <x:v>2347</x:v>
+      </x:c>
+      <x:c r="BD19" s="3" t="n">
+        <x:v>2215</x:v>
+      </x:c>
+      <x:c r="BE19" s="3" t="n">
+        <x:v>2448</x:v>
+      </x:c>
+      <x:c r="BF19" s="3" t="n">
+        <x:v>2484</x:v>
+      </x:c>
+      <x:c r="BG19" s="3" t="n">
+        <x:v>2303</x:v>
+      </x:c>
+      <x:c r="BH19" s="3" t="n">
+        <x:v>2205</x:v>
+      </x:c>
+      <x:c r="BI19" s="3" t="n">
+        <x:v>2428</x:v>
+      </x:c>
+      <x:c r="BJ19" s="3" t="n">
+        <x:v>2612</x:v>
+      </x:c>
+      <x:c r="BK19" s="3" t="n">
+        <x:v>2458</x:v>
+      </x:c>
+      <x:c r="BL19" s="3" t="n">
+        <x:v>2403</x:v>
+      </x:c>
+      <x:c r="BM19" s="3" t="n">
+        <x:v>2705</x:v>
+      </x:c>
+      <x:c r="BN19" s="3" t="n">
+        <x:v>2644</x:v>
+      </x:c>
+      <x:c r="BO19" s="3" t="n">
+        <x:v>2582</x:v>
+      </x:c>
+      <x:c r="BP19" s="3" t="n">
+        <x:v>2458</x:v>
+      </x:c>
+      <x:c r="BQ19" s="3" t="n">
+        <x:v>2750</x:v>
+      </x:c>
+      <x:c r="BR19" s="3" t="n">
+        <x:v>2636</x:v>
+      </x:c>
+      <x:c r="BS19" s="3" t="n">
+        <x:v>2502</x:v>
+      </x:c>
+      <x:c r="BT19" s="3" t="n">
+        <x:v>2416</x:v>
+      </x:c>
+      <x:c r="BU19" s="3" t="n">
+        <x:v>2743</x:v>
+      </x:c>
+      <x:c r="BV19" s="3" t="n">
+        <x:v>2673</x:v>
+      </x:c>
+      <x:c r="BW19" s="3" t="n">
+        <x:v>2549</x:v>
+      </x:c>
+      <x:c r="BX19" s="3" t="n">
+        <x:v>2446</x:v>
+      </x:c>
+      <x:c r="BY19" s="3" t="n">
+        <x:v>2711</x:v>
+      </x:c>
+      <x:c r="BZ19" s="3" t="n">
+        <x:v>2310</x:v>
+      </x:c>
+      <x:c r="CA19" s="3" t="n">
+        <x:v>2295</x:v>
+      </x:c>
+      <x:c r="CB19" s="3" t="n">
+        <x:v>2278</x:v>
+      </x:c>
+      <x:c r="CC19" s="3" t="n">
+        <x:v>2530</x:v>
+      </x:c>
+      <x:c r="CD19" s="3" t="n">
+        <x:v>2056</x:v>
+      </x:c>
+      <x:c r="CE19" s="3" t="n">
+        <x:v>1970</x:v>
+      </x:c>
+      <x:c r="CF19" s="3" t="n">
+        <x:v>1889</x:v>
+      </x:c>
+      <x:c r="CG19" s="3" t="n">
+        <x:v>2097</x:v>
+      </x:c>
+      <x:c r="CH19" s="3" t="n">
+        <x:v>1984</x:v>
+      </x:c>
+      <x:c r="CI19" s="3" t="n">
+        <x:v>1965</x:v>
+      </x:c>
+      <x:c r="CJ19" s="3" t="n">
+        <x:v>1868</x:v>
+      </x:c>
+      <x:c r="CK19" s="3" t="n">
+        <x:v>1976</x:v>
+      </x:c>
+      <x:c r="CL19" s="3" t="n">
+        <x:v>2114</x:v>
+      </x:c>
+      <x:c r="CM19" s="3" t="n">
+        <x:v>1947</x:v>
+      </x:c>
+      <x:c r="CN19" s="3" t="n">
+        <x:v>1854</x:v>
+      </x:c>
+      <x:c r="CO19" s="3" t="n">
+        <x:v>2051</x:v>
+      </x:c>
+      <x:c r="CP19" s="3" t="n">
+        <x:v>2035</x:v>
+      </x:c>
+      <x:c r="CQ19" s="3" t="n">
+        <x:v>1890</x:v>
+      </x:c>
+      <x:c r="CR19" s="3" t="n">
+        <x:v>1810</x:v>
+      </x:c>
+      <x:c r="CS19" s="3" t="n">
+        <x:v>1955</x:v>
+      </x:c>
+      <x:c r="CT19" s="3" t="n">
+        <x:v>1871</x:v>
+      </x:c>
+      <x:c r="CU19" s="3" t="n">
+        <x:v>1866</x:v>
+      </x:c>
+      <x:c r="CV19" s="3" t="n">
+        <x:v>1742</x:v>
+      </x:c>
+      <x:c r="CW19" s="3" t="n">
+        <x:v>1860</x:v>
+      </x:c>
+      <x:c r="CX19" s="3" t="n">
+        <x:v>1869</x:v>
+      </x:c>
+      <x:c r="CY19" s="3" t="n">
+        <x:v>1670</x:v>
+      </x:c>
+      <x:c r="CZ19" s="3" t="n">
+        <x:v>1698</x:v>
+      </x:c>
+      <x:c r="DA19" s="3" t="n">
+        <x:v>1832</x:v>
+      </x:c>
+      <x:c r="DB19" s="3" t="n">
+        <x:v>2033</x:v>
+      </x:c>
+      <x:c r="DC19" s="3" t="n">
+        <x:v>1791</x:v>
+      </x:c>
+      <x:c r="DD19" s="3" t="n">
+        <x:v>1788</x:v>
+      </x:c>
+      <x:c r="DE19" s="3" t="n">
+        <x:v>1923</x:v>
+      </x:c>
+      <x:c r="DF19" s="3" t="n">
+        <x:v>1757</x:v>
+      </x:c>
+      <x:c r="DG19" s="3" t="n">
+        <x:v>1824</x:v>
+      </x:c>
+      <x:c r="DH19" s="3" t="n">
+        <x:v>1683</x:v>
+      </x:c>
+      <x:c r="DI19" s="3" t="n">
+        <x:v>1814</x:v>
+      </x:c>
+      <x:c r="DJ19" s="3" t="n">
+        <x:v>1874</x:v>
+      </x:c>
+      <x:c r="DK19" s="3" t="n">
+        <x:v>1690</x:v>
+      </x:c>
+      <x:c r="DL19" s="3" t="n">
+        <x:v>1653</x:v>
+      </x:c>
+      <x:c r="DM19" s="3" t="n">
+        <x:v>1778</x:v>
+      </x:c>
+      <x:c r="DN19" s="3" t="n">
+        <x:v>1799</x:v>
+      </x:c>
+      <x:c r="DO19" s="3" t="n">
+        <x:v>1623</x:v>
+      </x:c>
+      <x:c r="DP19" s="3" t="n">
+        <x:v>1572</x:v>
+      </x:c>
+      <x:c r="DQ19" s="3" t="n">
+        <x:v>1731</x:v>
+      </x:c>
+      <x:c r="DR19" s="3" t="n">
+        <x:v>1714</x:v>
+      </x:c>
+      <x:c r="DS19" s="3" t="n">
+        <x:v>1723</x:v>
+      </x:c>
+      <x:c r="DT19" s="3" t="n">
+        <x:v>1582</x:v>
+      </x:c>
+      <x:c r="DU19" s="3" t="n">
+        <x:v>1696</x:v>
+      </x:c>
+      <x:c r="DV19" s="3" t="n">
+        <x:v>1646</x:v>
+      </x:c>
+      <x:c r="DW19" s="3" t="n">
+        <x:v>1541</x:v>
+      </x:c>
+      <x:c r="DX19" s="3" t="n">
+        <x:v>1444</x:v>
+      </x:c>
+      <x:c r="DY19" s="3" t="n">
+        <x:v>1601</x:v>
+      </x:c>
+      <x:c r="DZ19" s="3" t="n">
+        <x:v>1752</x:v>
+      </x:c>
+      <x:c r="EA19" s="3" t="n">
+        <x:v>1632</x:v>
+      </x:c>
+      <x:c r="EB19" s="3" t="n">
+        <x:v>1490</x:v>
+      </x:c>
+      <x:c r="EC19" s="3" t="n">
+        <x:v>1626</x:v>
+      </x:c>
+      <x:c r="ED19" s="3" t="n">
+        <x:v>1638</x:v>
+      </x:c>
+      <x:c r="EE19" s="3" t="n">
+        <x:v>1567</x:v>
+      </x:c>
+      <x:c r="EF19" s="3" t="n">
+        <x:v>1427</x:v>
+      </x:c>
+      <x:c r="EG19" s="3" t="n">
+        <x:v>1548</x:v>
+      </x:c>
+      <x:c r="EH19" s="3" t="n">
+        <x:v>1652</x:v>
+      </x:c>
+      <x:c r="EI19" s="3" t="n">
+        <x:v>1411</x:v>
+      </x:c>
+      <x:c r="EJ19" s="3" t="n">
+        <x:v>1380</x:v>
+      </x:c>
+      <x:c r="EK19" s="3" t="n">
+        <x:v>1467</x:v>
+      </x:c>
+      <x:c r="EL19" s="3" t="n">
+        <x:v>1375</x:v>
+      </x:c>
+      <x:c r="EM19" s="3" t="n">
+        <x:v>1393</x:v>
+      </x:c>
+      <x:c r="EN19" s="3" t="n">
+        <x:v>1325</x:v>
+      </x:c>
+      <x:c r="EO19" s="3" t="n">
+        <x:v>1419</x:v>
+      </x:c>
+      <x:c r="EP19" s="3" t="n">
+        <x:v>1307</x:v>
+      </x:c>
+      <x:c r="EQ19" s="3" t="n">
+        <x:v>1252</x:v>
+      </x:c>
+      <x:c r="ER19" s="3" t="n">
+        <x:v>1228</x:v>
+      </x:c>
+      <x:c r="ES19" s="3" t="n">
+        <x:v>1315</x:v>
+      </x:c>
+      <x:c r="ET19" s="3" t="n">
+        <x:v>1289</x:v>
+      </x:c>
+      <x:c r="EU19" s="3" t="n">
+        <x:v>1275</x:v>
+      </x:c>
+      <x:c r="EV19" s="3" t="n">
+        <x:v>1237</x:v>
+      </x:c>
+      <x:c r="EW19" s="3" t="n">
+        <x:v>1249</x:v>
+      </x:c>
+      <x:c r="EX19" s="3" t="n">
+        <x:v>1433</x:v>
+      </x:c>
+      <x:c r="EY19" s="3" t="n">
+        <x:v>1452</x:v>
+      </x:c>
+      <x:c r="EZ19" s="3" t="n">
+        <x:v>1413</x:v>
+      </x:c>
+      <x:c r="FA19" s="3" t="n">
+        <x:v>1538</x:v>
+      </x:c>
+      <x:c r="FB19" s="3" t="n">
+        <x:v>1566</x:v>
+      </x:c>
+      <x:c r="FC19" s="3" t="n">
+        <x:v>1557</x:v>
+      </x:c>
+      <x:c r="FD19" s="3" t="n">
+        <x:v>1506</x:v>
+      </x:c>
+      <x:c r="FE19" s="3" t="n">
+        <x:v>1657</x:v>
+      </x:c>
+      <x:c r="FF19" s="3" t="n">
+        <x:v>1619</x:v>
+      </x:c>
+      <x:c r="FG19" s="3" t="n">
+        <x:v>1628</x:v>
+      </x:c>
+      <x:c r="FH19" s="3" t="n">
+        <x:v>1519</x:v>
+      </x:c>
+      <x:c r="FI19" s="3" t="n">
+        <x:v>1656</x:v>
+      </x:c>
+      <x:c r="FJ19" s="3" t="n">
+        <x:v>1618</x:v>
+      </x:c>
+      <x:c r="FK19" s="3" t="n">
+        <x:v>1544</x:v>
+      </x:c>
+      <x:c r="FL19" s="3" t="n">
+        <x:v>1517</x:v>
+      </x:c>
+      <x:c r="FM19" s="3" t="n">
+        <x:v>1584</x:v>
+      </x:c>
+      <x:c r="FN19" s="3" t="n">
+        <x:v>1534</x:v>
+      </x:c>
+      <x:c r="FO19" s="3" t="n">
+        <x:v>1211</x:v>
+      </x:c>
+      <x:c r="FP19" s="3" t="n">
+        <x:v>1120</x:v>
+      </x:c>
+      <x:c r="FQ19" s="3" t="n">
+        <x:v>1280</x:v>
+      </x:c>
+      <x:c r="FR19" s="3" t="n">
+        <x:v>1327</x:v>
+      </x:c>
+      <x:c r="FS19" s="3" t="n">
+        <x:v>1368</x:v>
+      </x:c>
+      <x:c r="FT19" s="3" t="n">
+        <x:v>1356</x:v>
+      </x:c>
+      <x:c r="FU19" s="3" t="n">
+        <x:v>1521</x:v>
+      </x:c>
+      <x:c r="FV19" s="3" t="n">
+        <x:v>1508</x:v>
+      </x:c>
+      <x:c r="FW19" s="3" t="n">
+        <x:v>1447</x:v>
+      </x:c>
+      <x:c r="FX19" s="3" t="n">
+        <x:v>1322</x:v>
+      </x:c>
+      <x:c r="FY19" s="3" t="n">
+        <x:v>1278</x:v>
+      </x:c>
+      <x:c r="FZ19" s="3" t="n">
+        <x:v>1077</x:v>
+      </x:c>
+      <x:c r="GA19" s="3" t="n">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="GB19" s="3" t="n">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="GC19" s="3" t="n">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="GD19" s="3" t="n">
+        <x:v>809</x:v>
+      </x:c>
+      <x:c r="GE19" s="3" t="n">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="GF19" s="3" t="n">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="GG19" s="3" t="n">
+        <x:v>801</x:v>
+      </x:c>
+      <x:c r="GH19" s="3" t="n">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="GI19" s="3" t="n">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="GJ19" s="3" t="n">
+        <x:v>746</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:192">
+      <x:c r="A20" s="2" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="B20" s="3" t="n">
+        <x:v>4848</x:v>
+      </x:c>
+      <x:c r="C20" s="3" t="n">
+        <x:v>6092</x:v>
+      </x:c>
+      <x:c r="D20" s="3" t="n">
+        <x:v>5400</x:v>
+      </x:c>
+      <x:c r="E20" s="3" t="n">
+        <x:v>5416</x:v>
+      </x:c>
+      <x:c r="F20" s="3" t="n">
+        <x:v>7121</x:v>
+      </x:c>
+      <x:c r="G20" s="3" t="n">
+        <x:v>6949</x:v>
+      </x:c>
+      <x:c r="H20" s="3" t="n">
+        <x:v>6366</x:v>
+      </x:c>
+      <x:c r="I20" s="3" t="n">
+        <x:v>6943</x:v>
+      </x:c>
+      <x:c r="J20" s="3" t="n">
+        <x:v>6988</x:v>
+      </x:c>
+      <x:c r="K20" s="3" t="n">
+        <x:v>6719</x:v>
+      </x:c>
+      <x:c r="L20" s="3" t="n">
+        <x:v>6169</x:v>
+      </x:c>
+      <x:c r="M20" s="3" t="n">
+        <x:v>6589</x:v>
+      </x:c>
+      <x:c r="N20" s="3" t="n">
+        <x:v>6841</x:v>
+      </x:c>
+      <x:c r="O20" s="3" t="n">
+        <x:v>6483</x:v>
+      </x:c>
+      <x:c r="P20" s="3" t="n">
+        <x:v>6222</x:v>
+      </x:c>
+      <x:c r="Q20" s="3" t="n">
+        <x:v>6309</x:v>
+      </x:c>
+      <x:c r="R20" s="3" t="n">
+        <x:v>7109</x:v>
+      </x:c>
+      <x:c r="S20" s="3" t="n">
+        <x:v>6816</x:v>
+      </x:c>
+      <x:c r="T20" s="3" t="n">
+        <x:v>6387</x:v>
+      </x:c>
+      <x:c r="U20" s="3" t="n">
+        <x:v>6882</x:v>
+      </x:c>
+      <x:c r="V20" s="3" t="n">
+        <x:v>7417</x:v>
+      </x:c>
+      <x:c r="W20" s="3" t="n">
+        <x:v>7484</x:v>
+      </x:c>
+      <x:c r="X20" s="3" t="n">
+        <x:v>6892</x:v>
+      </x:c>
+      <x:c r="Y20" s="3" t="n">
+        <x:v>7578</x:v>
+      </x:c>
+      <x:c r="Z20" s="3" t="n">
+        <x:v>9564</x:v>
+      </x:c>
+      <x:c r="AA20" s="3" t="n">
+        <x:v>9208</x:v>
+      </x:c>
+      <x:c r="AB20" s="3" t="n">
+        <x:v>8894</x:v>
+      </x:c>
+      <x:c r="AC20" s="3" t="n">
+        <x:v>9672</x:v>
+      </x:c>
+      <x:c r="AD20" s="3" t="n">
+        <x:v>8747</x:v>
+      </x:c>
+      <x:c r="AE20" s="3" t="n">
+        <x:v>9109</x:v>
+      </x:c>
+      <x:c r="AF20" s="3" t="n">
+        <x:v>8718</x:v>
+      </x:c>
+      <x:c r="AG20" s="3" t="n">
+        <x:v>9177</x:v>
+      </x:c>
+      <x:c r="AH20" s="3" t="n">
+        <x:v>7973</x:v>
+      </x:c>
+      <x:c r="AI20" s="3" t="n">
+        <x:v>8143</x:v>
+      </x:c>
+      <x:c r="AJ20" s="3" t="n">
+        <x:v>7714</x:v>
+      </x:c>
+      <x:c r="AK20" s="3" t="n">
+        <x:v>7905</x:v>
+      </x:c>
+      <x:c r="AL20" s="3" t="n">
+        <x:v>10818</x:v>
+      </x:c>
+      <x:c r="AM20" s="3" t="n">
+        <x:v>10897</x:v>
+      </x:c>
+      <x:c r="AN20" s="3" t="n">
+        <x:v>10620</x:v>
+      </x:c>
+      <x:c r="AO20" s="3" t="n">
+        <x:v>11197</x:v>
+      </x:c>
+      <x:c r="AP20" s="3" t="n">
+        <x:v>10500</x:v>
+      </x:c>
+      <x:c r="AQ20" s="3" t="n">
+        <x:v>10491</x:v>
+      </x:c>
+      <x:c r="AR20" s="3" t="n">
+        <x:v>9909</x:v>
+      </x:c>
+      <x:c r="AS20" s="3" t="n">
+        <x:v>10235</x:v>
+      </x:c>
+      <x:c r="AT20" s="3" t="n">
+        <x:v>10010</x:v>
+      </x:c>
+      <x:c r="AU20" s="3" t="n">
+        <x:v>9433</x:v>
+      </x:c>
+      <x:c r="AV20" s="3" t="n">
+        <x:v>9567</x:v>
+      </x:c>
+      <x:c r="AW20" s="3" t="n">
+        <x:v>10273</x:v>
+      </x:c>
+      <x:c r="AX20" s="3" t="n">
+        <x:v>11269</x:v>
+      </x:c>
+      <x:c r="AY20" s="3" t="n">
+        <x:v>11035</x:v>
+      </x:c>
+      <x:c r="AZ20" s="3" t="n">
+        <x:v>10803</x:v>
+      </x:c>
+      <x:c r="BA20" s="3" t="n">
+        <x:v>10968</x:v>
+      </x:c>
+      <x:c r="BB20" s="3" t="n">
+        <x:v>10090</x:v>
+      </x:c>
+      <x:c r="BC20" s="3" t="n">
+        <x:v>10262</x:v>
+      </x:c>
+      <x:c r="BD20" s="3" t="n">
+        <x:v>9606</x:v>
+      </x:c>
+      <x:c r="BE20" s="3" t="n">
+        <x:v>10504</x:v>
+      </x:c>
+      <x:c r="BF20" s="3" t="n">
+        <x:v>10427</x:v>
+      </x:c>
+      <x:c r="BG20" s="3" t="n">
+        <x:v>10383</x:v>
+      </x:c>
+      <x:c r="BH20" s="3" t="n">
+        <x:v>9839</x:v>
+      </x:c>
+      <x:c r="BI20" s="3" t="n">
+        <x:v>10234</x:v>
+      </x:c>
+      <x:c r="BJ20" s="3" t="n">
+        <x:v>11197</x:v>
+      </x:c>
+      <x:c r="BK20" s="3" t="n">
+        <x:v>11172</x:v>
+      </x:c>
+      <x:c r="BL20" s="3" t="n">
+        <x:v>10680</x:v>
+      </x:c>
+      <x:c r="BM20" s="3" t="n">
+        <x:v>11225</x:v>
+      </x:c>
+      <x:c r="BN20" s="3" t="n">
+        <x:v>11029</x:v>
+      </x:c>
+      <x:c r="BO20" s="3" t="n">
+        <x:v>11177</x:v>
+      </x:c>
+      <x:c r="BP20" s="3" t="n">
+        <x:v>10724</x:v>
+      </x:c>
+      <x:c r="BQ20" s="3" t="n">
+        <x:v>11323</x:v>
+      </x:c>
+      <x:c r="BR20" s="3" t="n">
+        <x:v>11085</x:v>
+      </x:c>
+      <x:c r="BS20" s="3" t="n">
+        <x:v>10224</x:v>
+      </x:c>
+      <x:c r="BT20" s="3" t="n">
+        <x:v>9637</x:v>
+      </x:c>
+      <x:c r="BU20" s="3" t="n">
+        <x:v>10212</x:v>
+      </x:c>
+      <x:c r="BV20" s="3" t="n">
+        <x:v>11863</x:v>
+      </x:c>
+      <x:c r="BW20" s="3" t="n">
+        <x:v>10613</x:v>
+      </x:c>
+      <x:c r="BX20" s="3" t="n">
+        <x:v>11018</x:v>
+      </x:c>
+      <x:c r="BY20" s="3" t="n">
+        <x:v>11505</x:v>
+      </x:c>
+      <x:c r="BZ20" s="3" t="n">
+        <x:v>10875</x:v>
+      </x:c>
+      <x:c r="CA20" s="3" t="n">
+        <x:v>11291</x:v>
+      </x:c>
+      <x:c r="CB20" s="3" t="n">
+        <x:v>10268</x:v>
+      </x:c>
+      <x:c r="CC20" s="3" t="n">
+        <x:v>11003</x:v>
+      </x:c>
+      <x:c r="CD20" s="3" t="n">
+        <x:v>9054</x:v>
+      </x:c>
+      <x:c r="CE20" s="3" t="n">
+        <x:v>8971</x:v>
+      </x:c>
+      <x:c r="CF20" s="3" t="n">
+        <x:v>8133</x:v>
+      </x:c>
+      <x:c r="CG20" s="3" t="n">
+        <x:v>8429</x:v>
+      </x:c>
+      <x:c r="CH20" s="3" t="n">
+        <x:v>10768</x:v>
+      </x:c>
+      <x:c r="CI20" s="3" t="n">
+        <x:v>10322</x:v>
+      </x:c>
+      <x:c r="CJ20" s="3" t="n">
+        <x:v>10246</x:v>
+      </x:c>
+      <x:c r="CK20" s="3" t="n">
+        <x:v>10724</x:v>
+      </x:c>
+      <x:c r="CL20" s="3" t="n">
+        <x:v>10788</x:v>
+      </x:c>
+      <x:c r="CM20" s="3" t="n">
+        <x:v>10188</x:v>
+      </x:c>
+      <x:c r="CN20" s="3" t="n">
+        <x:v>10470</x:v>
+      </x:c>
+      <x:c r="CO20" s="3" t="n">
+        <x:v>10708</x:v>
+      </x:c>
+      <x:c r="CP20" s="3" t="n">
+        <x:v>8928</x:v>
+      </x:c>
+      <x:c r="CQ20" s="3" t="n">
+        <x:v>8551</x:v>
+      </x:c>
+      <x:c r="CR20" s="3" t="n">
+        <x:v>7908</x:v>
+      </x:c>
+      <x:c r="CS20" s="3" t="n">
+        <x:v>8294</x:v>
+      </x:c>
+      <x:c r="CT20" s="3" t="n">
+        <x:v>9175</x:v>
+      </x:c>
+      <x:c r="CU20" s="3" t="n">
+        <x:v>9154</x:v>
+      </x:c>
+      <x:c r="CV20" s="3" t="n">
         <x:v>8411</x:v>
       </x:c>
-      <x:c r="BQ6" s="3" t="n">
-[...47 lines deleted...]
-      <x:c r="CG6" s="3" t="n">
+      <x:c r="CW20" s="3" t="n">
+        <x:v>8787</x:v>
+      </x:c>
+      <x:c r="CX20" s="3" t="n">
+        <x:v>9838</x:v>
+      </x:c>
+      <x:c r="CY20" s="3" t="n">
+        <x:v>10472</x:v>
+      </x:c>
+      <x:c r="CZ20" s="3" t="n">
+        <x:v>9913</x:v>
+      </x:c>
+      <x:c r="DA20" s="3" t="n">
+        <x:v>10709</x:v>
+      </x:c>
+      <x:c r="DB20" s="3" t="n">
+        <x:v>11182</x:v>
+      </x:c>
+      <x:c r="DC20" s="3" t="n">
+        <x:v>10818</x:v>
+      </x:c>
+      <x:c r="DD20" s="3" t="n">
+        <x:v>10400</x:v>
+      </x:c>
+      <x:c r="DE20" s="3" t="n">
+        <x:v>11254</x:v>
+      </x:c>
+      <x:c r="DF20" s="3" t="n">
+        <x:v>11915</x:v>
+      </x:c>
+      <x:c r="DG20" s="3" t="n">
+        <x:v>11628</x:v>
+      </x:c>
+      <x:c r="DH20" s="3" t="n">
+        <x:v>11307</x:v>
+      </x:c>
+      <x:c r="DI20" s="3" t="n">
+        <x:v>11634</x:v>
+      </x:c>
+      <x:c r="DJ20" s="3" t="n">
+        <x:v>11932</x:v>
+      </x:c>
+      <x:c r="DK20" s="3" t="n">
+        <x:v>11281</x:v>
+      </x:c>
+      <x:c r="DL20" s="3" t="n">
+        <x:v>10639</x:v>
+      </x:c>
+      <x:c r="DM20" s="3" t="n">
+        <x:v>11879</x:v>
+      </x:c>
+      <x:c r="DN20" s="3" t="n">
+        <x:v>12866</x:v>
+      </x:c>
+      <x:c r="DO20" s="3" t="n">
+        <x:v>12301</x:v>
+      </x:c>
+      <x:c r="DP20" s="3" t="n">
+        <x:v>11514</x:v>
+      </x:c>
+      <x:c r="DQ20" s="3" t="n">
+        <x:v>12612</x:v>
+      </x:c>
+      <x:c r="DR20" s="3" t="n">
+        <x:v>12646</x:v>
+      </x:c>
+      <x:c r="DS20" s="3" t="n">
+        <x:v>13565</x:v>
+      </x:c>
+      <x:c r="DT20" s="3" t="n">
+        <x:v>11804</x:v>
+      </x:c>
+      <x:c r="DU20" s="3" t="n">
+        <x:v>12701</x:v>
+      </x:c>
+      <x:c r="DV20" s="3" t="n">
+        <x:v>14207</x:v>
+      </x:c>
+      <x:c r="DW20" s="3" t="n">
+        <x:v>13226</x:v>
+      </x:c>
+      <x:c r="DX20" s="3" t="n">
+        <x:v>12234</x:v>
+      </x:c>
+      <x:c r="DY20" s="3" t="n">
+        <x:v>14523</x:v>
+      </x:c>
+      <x:c r="DZ20" s="3" t="n">
+        <x:v>14206</x:v>
+      </x:c>
+      <x:c r="EA20" s="3" t="n">
+        <x:v>13737</x:v>
+      </x:c>
+      <x:c r="EB20" s="3" t="n">
+        <x:v>14281</x:v>
+      </x:c>
+      <x:c r="EC20" s="3" t="n">
+        <x:v>16626</x:v>
+      </x:c>
+      <x:c r="ED20" s="3" t="n">
+        <x:v>16605</x:v>
+      </x:c>
+      <x:c r="EE20" s="3" t="n">
+        <x:v>16118</x:v>
+      </x:c>
+      <x:c r="EF20" s="3" t="n">
+        <x:v>13897</x:v>
+      </x:c>
+      <x:c r="EG20" s="3" t="n">
+        <x:v>14590</x:v>
+      </x:c>
+      <x:c r="EH20" s="3" t="n">
+        <x:v>14363</x:v>
+      </x:c>
+      <x:c r="EI20" s="3" t="n">
+        <x:v>14059</x:v>
+      </x:c>
+      <x:c r="EJ20" s="3" t="n">
+        <x:v>13502</x:v>
+      </x:c>
+      <x:c r="EK20" s="3" t="n">
+        <x:v>13876</x:v>
+      </x:c>
+      <x:c r="EL20" s="3" t="n">
+        <x:v>15086</x:v>
+      </x:c>
+      <x:c r="EM20" s="3" t="n">
+        <x:v>15066</x:v>
+      </x:c>
+      <x:c r="EN20" s="3" t="n">
+        <x:v>13460</x:v>
+      </x:c>
+      <x:c r="EO20" s="3" t="n">
+        <x:v>13712</x:v>
+      </x:c>
+      <x:c r="EP20" s="3" t="n">
+        <x:v>14129</x:v>
+      </x:c>
+      <x:c r="EQ20" s="3" t="n">
+        <x:v>13617</x:v>
+      </x:c>
+      <x:c r="ER20" s="3" t="n">
+        <x:v>12704</x:v>
+      </x:c>
+      <x:c r="ES20" s="3" t="n">
+        <x:v>13137</x:v>
+      </x:c>
+      <x:c r="ET20" s="3" t="n">
+        <x:v>14708</x:v>
+      </x:c>
+      <x:c r="EU20" s="3" t="n">
+        <x:v>14828</x:v>
+      </x:c>
+      <x:c r="EV20" s="3" t="n">
+        <x:v>13971</x:v>
+      </x:c>
+      <x:c r="EW20" s="3" t="n">
+        <x:v>14390</x:v>
+      </x:c>
+      <x:c r="EX20" s="3" t="n">
+        <x:v>13994</x:v>
+      </x:c>
+      <x:c r="EY20" s="3" t="n">
+        <x:v>14200</x:v>
+      </x:c>
+      <x:c r="EZ20" s="3" t="n">
+        <x:v>13397</x:v>
+      </x:c>
+      <x:c r="FA20" s="3" t="n">
+        <x:v>12938</x:v>
+      </x:c>
+      <x:c r="FB20" s="3" t="n">
+        <x:v>15472</x:v>
+      </x:c>
+      <x:c r="FC20" s="3" t="n">
+        <x:v>13894</x:v>
+      </x:c>
+      <x:c r="FD20" s="3" t="n">
+        <x:v>12829</x:v>
+      </x:c>
+      <x:c r="FE20" s="3" t="n">
+        <x:v>13225</x:v>
+      </x:c>
+      <x:c r="FF20" s="3" t="n">
+        <x:v>13950</x:v>
+      </x:c>
+      <x:c r="FG20" s="3" t="n">
+        <x:v>14177</x:v>
+      </x:c>
+      <x:c r="FH20" s="3" t="n">
+        <x:v>13769</x:v>
+      </x:c>
+      <x:c r="FI20" s="3" t="n">
+        <x:v>14324</x:v>
+      </x:c>
+      <x:c r="FJ20" s="3" t="n">
+        <x:v>15223</x:v>
+      </x:c>
+      <x:c r="FK20" s="3" t="n">
+        <x:v>14461</x:v>
+      </x:c>
+      <x:c r="FL20" s="3" t="n">
+        <x:v>14374</x:v>
+      </x:c>
+      <x:c r="FM20" s="3" t="n">
+        <x:v>14385</x:v>
+      </x:c>
+      <x:c r="FN20" s="3" t="n">
+        <x:v>11143</x:v>
+      </x:c>
+      <x:c r="FO20" s="3" t="n">
+        <x:v>10056</x:v>
+      </x:c>
+      <x:c r="FP20" s="3" t="n">
+        <x:v>9702</x:v>
+      </x:c>
+      <x:c r="FQ20" s="3" t="n">
+        <x:v>10256</x:v>
+      </x:c>
+      <x:c r="FR20" s="3" t="n">
+        <x:v>12138</x:v>
+      </x:c>
+      <x:c r="FS20" s="3" t="n">
+        <x:v>12678</x:v>
+      </x:c>
+      <x:c r="FT20" s="3" t="n">
+        <x:v>12410</x:v>
+      </x:c>
+      <x:c r="FU20" s="3" t="n">
+        <x:v>11415</x:v>
+      </x:c>
+      <x:c r="FV20" s="3" t="n">
+        <x:v>11120</x:v>
+      </x:c>
+      <x:c r="FW20" s="3" t="n">
+        <x:v>8343</x:v>
+      </x:c>
+      <x:c r="FX20" s="3" t="n">
+        <x:v>10068</x:v>
+      </x:c>
+      <x:c r="FY20" s="3" t="n">
+        <x:v>10239</x:v>
+      </x:c>
+      <x:c r="FZ20" s="3" t="n">
+        <x:v>11381</x:v>
+      </x:c>
+      <x:c r="GA20" s="3" t="n">
+        <x:v>10723</x:v>
+      </x:c>
+      <x:c r="GB20" s="3" t="n">
+        <x:v>10111</x:v>
+      </x:c>
+      <x:c r="GC20" s="3" t="n">
+        <x:v>10930</x:v>
+      </x:c>
+      <x:c r="GD20" s="3" t="n">
+        <x:v>10808</x:v>
+      </x:c>
+      <x:c r="GE20" s="3" t="n">
+        <x:v>9815</x:v>
+      </x:c>
+      <x:c r="GF20" s="3" t="n">
+        <x:v>10510</x:v>
+      </x:c>
+      <x:c r="GG20" s="3" t="n">
+        <x:v>10431</x:v>
+      </x:c>
+      <x:c r="GH20" s="3" t="n">
+        <x:v>11601</x:v>
+      </x:c>
+      <x:c r="GI20" s="3" t="n">
+        <x:v>11571</x:v>
+      </x:c>
+      <x:c r="GJ20" s="3" t="n">
+        <x:v>10774</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:192">
+      <x:c r="A21" s="2" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="B21" s="3" t="n">
+        <x:v>2627</x:v>
+      </x:c>
+      <x:c r="C21" s="3" t="n">
+        <x:v>2765</x:v>
+      </x:c>
+      <x:c r="D21" s="3" t="n">
+        <x:v>2982</x:v>
+      </x:c>
+      <x:c r="E21" s="3" t="n">
+        <x:v>3203</x:v>
+      </x:c>
+      <x:c r="F21" s="3" t="n">
+        <x:v>4103</x:v>
+      </x:c>
+      <x:c r="G21" s="3" t="n">
+        <x:v>4032</x:v>
+      </x:c>
+      <x:c r="H21" s="3" t="n">
+        <x:v>3499</x:v>
+      </x:c>
+      <x:c r="I21" s="3" t="n">
+        <x:v>3852</x:v>
+      </x:c>
+      <x:c r="J21" s="3" t="n">
+        <x:v>4140</x:v>
+      </x:c>
+      <x:c r="K21" s="3" t="n">
+        <x:v>3979</x:v>
+      </x:c>
+      <x:c r="L21" s="3" t="n">
+        <x:v>3514</x:v>
+      </x:c>
+      <x:c r="M21" s="3" t="n">
+        <x:v>3813</x:v>
+      </x:c>
+      <x:c r="N21" s="3" t="n">
+        <x:v>4481</x:v>
+      </x:c>
+      <x:c r="O21" s="3" t="n">
+        <x:v>4207</x:v>
+      </x:c>
+      <x:c r="P21" s="3" t="n">
+        <x:v>4007</x:v>
+      </x:c>
+      <x:c r="Q21" s="3" t="n">
+        <x:v>3952</x:v>
+      </x:c>
+      <x:c r="R21" s="3" t="n">
+        <x:v>4504</x:v>
+      </x:c>
+      <x:c r="S21" s="3" t="n">
+        <x:v>4347</x:v>
+      </x:c>
+      <x:c r="T21" s="3" t="n">
+        <x:v>4021</x:v>
+      </x:c>
+      <x:c r="U21" s="3" t="n">
+        <x:v>4366</x:v>
+      </x:c>
+      <x:c r="V21" s="3" t="n">
+        <x:v>4539</x:v>
+      </x:c>
+      <x:c r="W21" s="3" t="n">
+        <x:v>4657</x:v>
+      </x:c>
+      <x:c r="X21" s="3" t="n">
+        <x:v>4211</x:v>
+      </x:c>
+      <x:c r="Y21" s="3" t="n">
+        <x:v>4675</x:v>
+      </x:c>
+      <x:c r="Z21" s="3" t="n">
+        <x:v>6251</x:v>
+      </x:c>
+      <x:c r="AA21" s="3" t="n">
+        <x:v>5974</x:v>
+      </x:c>
+      <x:c r="AB21" s="3" t="n">
+        <x:v>5730</x:v>
+      </x:c>
+      <x:c r="AC21" s="3" t="n">
+        <x:v>6285</x:v>
+      </x:c>
+      <x:c r="AD21" s="3" t="n">
+        <x:v>5290</x:v>
+      </x:c>
+      <x:c r="AE21" s="3" t="n">
+        <x:v>5734</x:v>
+      </x:c>
+      <x:c r="AF21" s="3" t="n">
+        <x:v>5433</x:v>
+      </x:c>
+      <x:c r="AG21" s="3" t="n">
+        <x:v>5659</x:v>
+      </x:c>
+      <x:c r="AH21" s="3" t="n">
+        <x:v>4903</x:v>
+      </x:c>
+      <x:c r="AI21" s="3" t="n">
+        <x:v>5010</x:v>
+      </x:c>
+      <x:c r="AJ21" s="3" t="n">
+        <x:v>4622</x:v>
+      </x:c>
+      <x:c r="AK21" s="3" t="n">
+        <x:v>4664</x:v>
+      </x:c>
+      <x:c r="AL21" s="3" t="n">
+        <x:v>5465</x:v>
+      </x:c>
+      <x:c r="AM21" s="3" t="n">
+        <x:v>5618</x:v>
+      </x:c>
+      <x:c r="AN21" s="3" t="n">
+        <x:v>5291</x:v>
+      </x:c>
+      <x:c r="AO21" s="3" t="n">
+        <x:v>5775</x:v>
+      </x:c>
+      <x:c r="AP21" s="3" t="n">
+        <x:v>5361</x:v>
+      </x:c>
+      <x:c r="AQ21" s="3" t="n">
+        <x:v>5357</x:v>
+      </x:c>
+      <x:c r="AR21" s="3" t="n">
+        <x:v>5018</x:v>
+      </x:c>
+      <x:c r="AS21" s="3" t="n">
+        <x:v>5102</x:v>
+      </x:c>
+      <x:c r="AT21" s="3" t="n">
+        <x:v>5486</x:v>
+      </x:c>
+      <x:c r="AU21" s="3" t="n">
+        <x:v>4817</x:v>
+      </x:c>
+      <x:c r="AV21" s="3" t="n">
+        <x:v>5240</x:v>
+      </x:c>
+      <x:c r="AW21" s="3" t="n">
+        <x:v>5589</x:v>
+      </x:c>
+      <x:c r="AX21" s="3" t="n">
+        <x:v>5880</x:v>
+      </x:c>
+      <x:c r="AY21" s="3" t="n">
+        <x:v>5745</x:v>
+      </x:c>
+      <x:c r="AZ21" s="3" t="n">
+        <x:v>5577</x:v>
+      </x:c>
+      <x:c r="BA21" s="3" t="n">
+        <x:v>5518</x:v>
+      </x:c>
+      <x:c r="BB21" s="3" t="n">
+        <x:v>5245</x:v>
+      </x:c>
+      <x:c r="BC21" s="3" t="n">
+        <x:v>5426</x:v>
+      </x:c>
+      <x:c r="BD21" s="3" t="n">
+        <x:v>4839</x:v>
+      </x:c>
+      <x:c r="BE21" s="3" t="n">
+        <x:v>5567</x:v>
+      </x:c>
+      <x:c r="BF21" s="3" t="n">
+        <x:v>5063</x:v>
+      </x:c>
+      <x:c r="BG21" s="3" t="n">
+        <x:v>5147</x:v>
+      </x:c>
+      <x:c r="BH21" s="3" t="n">
+        <x:v>4728</x:v>
+      </x:c>
+      <x:c r="BI21" s="3" t="n">
+        <x:v>4863</x:v>
+      </x:c>
+      <x:c r="BJ21" s="3" t="n">
+        <x:v>4949</x:v>
+      </x:c>
+      <x:c r="BK21" s="3" t="n">
+        <x:v>4953</x:v>
+      </x:c>
+      <x:c r="BL21" s="3" t="n">
+        <x:v>4673</x:v>
+      </x:c>
+      <x:c r="BM21" s="3" t="n">
+        <x:v>4884</x:v>
+      </x:c>
+      <x:c r="BN21" s="3" t="n">
+        <x:v>5327</x:v>
+      </x:c>
+      <x:c r="BO21" s="3" t="n">
+        <x:v>5234</x:v>
+      </x:c>
+      <x:c r="BP21" s="3" t="n">
+        <x:v>5179</x:v>
+      </x:c>
+      <x:c r="BQ21" s="3" t="n">
+        <x:v>5313</x:v>
+      </x:c>
+      <x:c r="BR21" s="3" t="n">
+        <x:v>6102</x:v>
+      </x:c>
+      <x:c r="BS21" s="3" t="n">
+        <x:v>5615</x:v>
+      </x:c>
+      <x:c r="BT21" s="3" t="n">
         <x:v>5413</x:v>
       </x:c>
-      <x:c r="CH6" s="3" t="n">
-[...56 lines deleted...]
-      <x:c r="DA6" s="3" t="n">
+      <x:c r="BU21" s="3" t="n">
+        <x:v>5515</x:v>
+      </x:c>
+      <x:c r="BV21" s="3" t="n">
+        <x:v>5535</x:v>
+      </x:c>
+      <x:c r="BW21" s="3" t="n">
+        <x:v>4677</x:v>
+      </x:c>
+      <x:c r="BX21" s="3" t="n">
+        <x:v>5270</x:v>
+      </x:c>
+      <x:c r="BY21" s="3" t="n">
+        <x:v>5318</x:v>
+      </x:c>
+      <x:c r="BZ21" s="3" t="n">
+        <x:v>5517</x:v>
+      </x:c>
+      <x:c r="CA21" s="3" t="n">
+        <x:v>5584</x:v>
+      </x:c>
+      <x:c r="CB21" s="3" t="n">
+        <x:v>5236</x:v>
+      </x:c>
+      <x:c r="CC21" s="3" t="n">
+        <x:v>5600</x:v>
+      </x:c>
+      <x:c r="CD21" s="3" t="n">
+        <x:v>4669</x:v>
+      </x:c>
+      <x:c r="CE21" s="3" t="n">
+        <x:v>4664</x:v>
+      </x:c>
+      <x:c r="CF21" s="3" t="n">
+        <x:v>4343</x:v>
+      </x:c>
+      <x:c r="CG21" s="3" t="n">
+        <x:v>4370</x:v>
+      </x:c>
+      <x:c r="CH21" s="3" t="n">
+        <x:v>5125</x:v>
+      </x:c>
+      <x:c r="CI21" s="3" t="n">
+        <x:v>4711</x:v>
+      </x:c>
+      <x:c r="CJ21" s="3" t="n">
+        <x:v>4841</x:v>
+      </x:c>
+      <x:c r="CK21" s="3" t="n">
+        <x:v>4981</x:v>
+      </x:c>
+      <x:c r="CL21" s="3" t="n">
+        <x:v>5041</x:v>
+      </x:c>
+      <x:c r="CM21" s="3" t="n">
+        <x:v>4579</x:v>
+      </x:c>
+      <x:c r="CN21" s="3" t="n">
+        <x:v>4915</x:v>
+      </x:c>
+      <x:c r="CO21" s="3" t="n">
+        <x:v>5020</x:v>
+      </x:c>
+      <x:c r="CP21" s="3" t="n">
+        <x:v>5716</x:v>
+      </x:c>
+      <x:c r="CQ21" s="3" t="n">
+        <x:v>5471</x:v>
+      </x:c>
+      <x:c r="CR21" s="3" t="n">
+        <x:v>5105</x:v>
+      </x:c>
+      <x:c r="CS21" s="3" t="n">
+        <x:v>5256</x:v>
+      </x:c>
+      <x:c r="CT21" s="3" t="n">
+        <x:v>5556</x:v>
+      </x:c>
+      <x:c r="CU21" s="3" t="n">
+        <x:v>5338</x:v>
+      </x:c>
+      <x:c r="CV21" s="3" t="n">
+        <x:v>5058</x:v>
+      </x:c>
+      <x:c r="CW21" s="3" t="n">
+        <x:v>5248</x:v>
+      </x:c>
+      <x:c r="CX21" s="3" t="n">
+        <x:v>5185</x:v>
+      </x:c>
+      <x:c r="CY21" s="3" t="n">
+        <x:v>5629</x:v>
+      </x:c>
+      <x:c r="CZ21" s="3" t="n">
+        <x:v>5273</x:v>
+      </x:c>
+      <x:c r="DA21" s="3" t="n">
+        <x:v>5520</x:v>
+      </x:c>
+      <x:c r="DB21" s="3" t="n">
+        <x:v>5053</x:v>
+      </x:c>
+      <x:c r="DC21" s="3" t="n">
+        <x:v>4928</x:v>
+      </x:c>
+      <x:c r="DD21" s="3" t="n">
+        <x:v>5000</x:v>
+      </x:c>
+      <x:c r="DE21" s="3" t="n">
+        <x:v>5154</x:v>
+      </x:c>
+      <x:c r="DF21" s="3" t="n">
+        <x:v>5602</x:v>
+      </x:c>
+      <x:c r="DG21" s="3" t="n">
+        <x:v>5470</x:v>
+      </x:c>
+      <x:c r="DH21" s="3" t="n">
+        <x:v>5296</x:v>
+      </x:c>
+      <x:c r="DI21" s="3" t="n">
+        <x:v>5184</x:v>
+      </x:c>
+      <x:c r="DJ21" s="3" t="n">
+        <x:v>5091</x:v>
+      </x:c>
+      <x:c r="DK21" s="3" t="n">
+        <x:v>5073</x:v>
+      </x:c>
+      <x:c r="DL21" s="3" t="n">
+        <x:v>4865</x:v>
+      </x:c>
+      <x:c r="DM21" s="3" t="n">
+        <x:v>5071</x:v>
+      </x:c>
+      <x:c r="DN21" s="3" t="n">
+        <x:v>5787</x:v>
+      </x:c>
+      <x:c r="DO21" s="3" t="n">
+        <x:v>5461</x:v>
+      </x:c>
+      <x:c r="DP21" s="3" t="n">
+        <x:v>5516</x:v>
+      </x:c>
+      <x:c r="DQ21" s="3" t="n">
+        <x:v>5665</x:v>
+      </x:c>
+      <x:c r="DR21" s="3" t="n">
+        <x:v>6224</x:v>
+      </x:c>
+      <x:c r="DS21" s="3" t="n">
+        <x:v>7131</x:v>
+      </x:c>
+      <x:c r="DT21" s="3" t="n">
+        <x:v>6705</x:v>
+      </x:c>
+      <x:c r="DU21" s="3" t="n">
+        <x:v>7178</x:v>
+      </x:c>
+      <x:c r="DV21" s="3" t="n">
+        <x:v>5414</x:v>
+      </x:c>
+      <x:c r="DW21" s="3" t="n">
+        <x:v>5299</x:v>
+      </x:c>
+      <x:c r="DX21" s="3" t="n">
+        <x:v>4709</x:v>
+      </x:c>
+      <x:c r="DY21" s="3" t="n">
+        <x:v>6215</x:v>
+      </x:c>
+      <x:c r="DZ21" s="3" t="n">
+        <x:v>6180</x:v>
+      </x:c>
+      <x:c r="EA21" s="3" t="n">
+        <x:v>6047</x:v>
+      </x:c>
+      <x:c r="EB21" s="3" t="n">
+        <x:v>6408</x:v>
+      </x:c>
+      <x:c r="EC21" s="3" t="n">
+        <x:v>6515</x:v>
+      </x:c>
+      <x:c r="ED21" s="3" t="n">
+        <x:v>6627</x:v>
+      </x:c>
+      <x:c r="EE21" s="3" t="n">
+        <x:v>6703</x:v>
+      </x:c>
+      <x:c r="EF21" s="3" t="n">
+        <x:v>6033</x:v>
+      </x:c>
+      <x:c r="EG21" s="3" t="n">
+        <x:v>5845</x:v>
+      </x:c>
+      <x:c r="EH21" s="3" t="n">
+        <x:v>4821</x:v>
+      </x:c>
+      <x:c r="EI21" s="3" t="n">
+        <x:v>4330</x:v>
+      </x:c>
+      <x:c r="EJ21" s="3" t="n">
+        <x:v>4483</x:v>
+      </x:c>
+      <x:c r="EK21" s="3" t="n">
+        <x:v>4449</x:v>
+      </x:c>
+      <x:c r="EL21" s="3" t="n">
+        <x:v>4545</x:v>
+      </x:c>
+      <x:c r="EM21" s="3" t="n">
+        <x:v>4158</x:v>
+      </x:c>
+      <x:c r="EN21" s="3" t="n">
+        <x:v>4597</x:v>
+      </x:c>
+      <x:c r="EO21" s="3" t="n">
         <x:v>4412</x:v>
       </x:c>
-      <x:c r="DB6" s="3" t="n">
-[...4925 lines deleted...]
-      <x:c r="W15" s="3" t="n">
+      <x:c r="EP21" s="3" t="n">
+        <x:v>5237</x:v>
+      </x:c>
+      <x:c r="EQ21" s="3" t="n">
+        <x:v>4854</x:v>
+      </x:c>
+      <x:c r="ER21" s="3" t="n">
+        <x:v>5229</x:v>
+      </x:c>
+      <x:c r="ES21" s="3" t="n">
+        <x:v>4881</x:v>
+      </x:c>
+      <x:c r="ET21" s="3" t="n">
+        <x:v>5384</x:v>
+      </x:c>
+      <x:c r="EU21" s="3" t="n">
+        <x:v>5436</x:v>
+      </x:c>
+      <x:c r="EV21" s="3" t="n">
+        <x:v>4956</x:v>
+      </x:c>
+      <x:c r="EW21" s="3" t="n">
+        <x:v>4705</x:v>
+      </x:c>
+      <x:c r="EX21" s="3" t="n">
         <x:v>5760</x:v>
-      </x:c>
-[...3841 lines deleted...]
-        <x:v>5763</x:v>
       </x:c>
       <x:c r="EY21" s="3" t="n">
         <x:v>5119</x:v>
       </x:c>
       <x:c r="EZ21" s="3" t="n">
+        <x:v>5039</x:v>
+      </x:c>
+      <x:c r="FA21" s="3" t="n">
+        <x:v>4936</x:v>
+      </x:c>
+      <x:c r="FB21" s="3" t="n">
+        <x:v>5299</x:v>
+      </x:c>
+      <x:c r="FC21" s="3" t="n">
+        <x:v>5109</x:v>
+      </x:c>
+      <x:c r="FD21" s="3" t="n">
+        <x:v>4943</x:v>
+      </x:c>
+      <x:c r="FE21" s="3" t="n">
+        <x:v>5120</x:v>
+      </x:c>
+      <x:c r="FF21" s="3" t="n">
+        <x:v>5243</x:v>
+      </x:c>
+      <x:c r="FG21" s="3" t="n">
+        <x:v>5029</x:v>
+      </x:c>
+      <x:c r="FH21" s="3" t="n">
+        <x:v>5376</x:v>
+      </x:c>
+      <x:c r="FI21" s="3" t="n">
+        <x:v>5672</x:v>
+      </x:c>
+      <x:c r="FJ21" s="3" t="n">
+        <x:v>5754</x:v>
+      </x:c>
+      <x:c r="FK21" s="3" t="n">
+        <x:v>5229</x:v>
+      </x:c>
+      <x:c r="FL21" s="3" t="n">
+        <x:v>5860</x:v>
+      </x:c>
+      <x:c r="FM21" s="3" t="n">
+        <x:v>5801</x:v>
+      </x:c>
+      <x:c r="FN21" s="3" t="n">
+        <x:v>5593</x:v>
+      </x:c>
+      <x:c r="FO21" s="3" t="n">
+        <x:v>5467</x:v>
+      </x:c>
+      <x:c r="FP21" s="3" t="n">
+        <x:v>5716</x:v>
+      </x:c>
+      <x:c r="FQ21" s="3" t="n">
+        <x:v>6142</x:v>
+      </x:c>
+      <x:c r="FR21" s="3" t="n">
+        <x:v>6745</x:v>
+      </x:c>
+      <x:c r="FS21" s="3" t="n">
+        <x:v>7347</x:v>
+      </x:c>
+      <x:c r="FT21" s="3" t="n">
+        <x:v>7344</x:v>
+      </x:c>
+      <x:c r="FU21" s="3" t="n">
+        <x:v>6352</x:v>
+      </x:c>
+      <x:c r="FV21" s="3" t="n">
+        <x:v>5178</x:v>
+      </x:c>
+      <x:c r="FW21" s="3" t="n">
+        <x:v>3819</x:v>
+      </x:c>
+      <x:c r="FX21" s="3" t="n">
+        <x:v>4124</x:v>
+      </x:c>
+      <x:c r="FY21" s="3" t="n">
+        <x:v>3919</x:v>
+      </x:c>
+      <x:c r="FZ21" s="3" t="n">
+        <x:v>3641</x:v>
+      </x:c>
+      <x:c r="GA21" s="3" t="n">
+        <x:v>3588</x:v>
+      </x:c>
+      <x:c r="GB21" s="3" t="n">
+        <x:v>3579</x:v>
+      </x:c>
+      <x:c r="GC21" s="3" t="n">
+        <x:v>3725</x:v>
+      </x:c>
+      <x:c r="GD21" s="3" t="n">
+        <x:v>3821</x:v>
+      </x:c>
+      <x:c r="GE21" s="3" t="n">
+        <x:v>3639</x:v>
+      </x:c>
+      <x:c r="GF21" s="3" t="n">
+        <x:v>3433</x:v>
+      </x:c>
+      <x:c r="GG21" s="3" t="n">
+        <x:v>3553</x:v>
+      </x:c>
+      <x:c r="GH21" s="3" t="n">
+        <x:v>3989</x:v>
+      </x:c>
+      <x:c r="GI21" s="3" t="n">
+        <x:v>3877</x:v>
+      </x:c>
+      <x:c r="GJ21" s="3" t="n">
+        <x:v>3995</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:192">
+      <x:c r="A22" s="2" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="B22" s="3" t="n">
+        <x:v>3838</x:v>
+      </x:c>
+      <x:c r="C22" s="3" t="n">
+        <x:v>3991</x:v>
+      </x:c>
+      <x:c r="D22" s="3" t="n">
+        <x:v>3431</x:v>
+      </x:c>
+      <x:c r="E22" s="3" t="n">
+        <x:v>3977</x:v>
+      </x:c>
+      <x:c r="F22" s="3" t="n">
+        <x:v>3929</x:v>
+      </x:c>
+      <x:c r="G22" s="3" t="n">
+        <x:v>3705</x:v>
+      </x:c>
+      <x:c r="H22" s="3" t="n">
+        <x:v>3698</x:v>
+      </x:c>
+      <x:c r="I22" s="3" t="n">
+        <x:v>4119</x:v>
+      </x:c>
+      <x:c r="J22" s="3" t="n">
+        <x:v>4037</x:v>
+      </x:c>
+      <x:c r="K22" s="3" t="n">
+        <x:v>3708</x:v>
+      </x:c>
+      <x:c r="L22" s="3" t="n">
+        <x:v>3414</x:v>
+      </x:c>
+      <x:c r="M22" s="3" t="n">
+        <x:v>3749</x:v>
+      </x:c>
+      <x:c r="N22" s="3" t="n">
+        <x:v>3838</x:v>
+      </x:c>
+      <x:c r="O22" s="3" t="n">
+        <x:v>3587</x:v>
+      </x:c>
+      <x:c r="P22" s="3" t="n">
+        <x:v>3397</x:v>
+      </x:c>
+      <x:c r="Q22" s="3" t="n">
+        <x:v>3761</x:v>
+      </x:c>
+      <x:c r="R22" s="3" t="n">
+        <x:v>4226</x:v>
+      </x:c>
+      <x:c r="S22" s="3" t="n">
+        <x:v>3774</x:v>
+      </x:c>
+      <x:c r="T22" s="3" t="n">
+        <x:v>3412</x:v>
+      </x:c>
+      <x:c r="U22" s="3" t="n">
+        <x:v>3878</x:v>
+      </x:c>
+      <x:c r="V22" s="3" t="n">
+        <x:v>4097</x:v>
+      </x:c>
+      <x:c r="W22" s="3" t="n">
+        <x:v>3922</x:v>
+      </x:c>
+      <x:c r="X22" s="3" t="n">
+        <x:v>3506</x:v>
+      </x:c>
+      <x:c r="Y22" s="3" t="n">
+        <x:v>4103</x:v>
+      </x:c>
+      <x:c r="Z22" s="3" t="n">
+        <x:v>4067</x:v>
+      </x:c>
+      <x:c r="AA22" s="3" t="n">
+        <x:v>3837</x:v>
+      </x:c>
+      <x:c r="AB22" s="3" t="n">
+        <x:v>3630</x:v>
+      </x:c>
+      <x:c r="AC22" s="3" t="n">
+        <x:v>4196</x:v>
+      </x:c>
+      <x:c r="AD22" s="3" t="n">
+        <x:v>4195</x:v>
+      </x:c>
+      <x:c r="AE22" s="3" t="n">
+        <x:v>3952</x:v>
+      </x:c>
+      <x:c r="AF22" s="3" t="n">
+        <x:v>3723</x:v>
+      </x:c>
+      <x:c r="AG22" s="3" t="n">
+        <x:v>4272</x:v>
+      </x:c>
+      <x:c r="AH22" s="3" t="n">
+        <x:v>4039</x:v>
+      </x:c>
+      <x:c r="AI22" s="3" t="n">
+        <x:v>4180</x:v>
+      </x:c>
+      <x:c r="AJ22" s="3" t="n">
+        <x:v>4054</x:v>
+      </x:c>
+      <x:c r="AK22" s="3" t="n">
+        <x:v>4412</x:v>
+      </x:c>
+      <x:c r="AL22" s="3" t="n">
+        <x:v>4280</x:v>
+      </x:c>
+      <x:c r="AM22" s="3" t="n">
+        <x:v>4083</x:v>
+      </x:c>
+      <x:c r="AN22" s="3" t="n">
+        <x:v>4099</x:v>
+      </x:c>
+      <x:c r="AO22" s="3" t="n">
+        <x:v>4353</x:v>
+      </x:c>
+      <x:c r="AP22" s="3" t="n">
+        <x:v>4105</x:v>
+      </x:c>
+      <x:c r="AQ22" s="3" t="n">
+        <x:v>4052</x:v>
+      </x:c>
+      <x:c r="AR22" s="3" t="n">
+        <x:v>3414</x:v>
+      </x:c>
+      <x:c r="AS22" s="3" t="n">
+        <x:v>3940</x:v>
+      </x:c>
+      <x:c r="AT22" s="3" t="n">
+        <x:v>3599</x:v>
+      </x:c>
+      <x:c r="AU22" s="3" t="n">
+        <x:v>3753</x:v>
+      </x:c>
+      <x:c r="AV22" s="3" t="n">
+        <x:v>3206</x:v>
+      </x:c>
+      <x:c r="AW22" s="3" t="n">
+        <x:v>3816</x:v>
+      </x:c>
+      <x:c r="AX22" s="3" t="n">
+        <x:v>3812</x:v>
+      </x:c>
+      <x:c r="AY22" s="3" t="n">
+        <x:v>3571</x:v>
+      </x:c>
+      <x:c r="AZ22" s="3" t="n">
+        <x:v>3392</x:v>
+      </x:c>
+      <x:c r="BA22" s="3" t="n">
+        <x:v>3771</x:v>
+      </x:c>
+      <x:c r="BB22" s="3" t="n">
+        <x:v>3414</x:v>
+      </x:c>
+      <x:c r="BC22" s="3" t="n">
+        <x:v>3392</x:v>
+      </x:c>
+      <x:c r="BD22" s="3" t="n">
+        <x:v>3132</x:v>
+      </x:c>
+      <x:c r="BE22" s="3" t="n">
+        <x:v>3542</x:v>
+      </x:c>
+      <x:c r="BF22" s="3" t="n">
+        <x:v>3338</x:v>
+      </x:c>
+      <x:c r="BG22" s="3" t="n">
+        <x:v>3163</x:v>
+      </x:c>
+      <x:c r="BH22" s="3" t="n">
+        <x:v>3005</x:v>
+      </x:c>
+      <x:c r="BI22" s="3" t="n">
+        <x:v>3305</x:v>
+      </x:c>
+      <x:c r="BJ22" s="3" t="n">
+        <x:v>3218</x:v>
+      </x:c>
+      <x:c r="BK22" s="3" t="n">
+        <x:v>3169</x:v>
+      </x:c>
+      <x:c r="BL22" s="3" t="n">
+        <x:v>2937</x:v>
+      </x:c>
+      <x:c r="BM22" s="3" t="n">
+        <x:v>3275</x:v>
+      </x:c>
+      <x:c r="BN22" s="3" t="n">
+        <x:v>3153</x:v>
+      </x:c>
+      <x:c r="BO22" s="3" t="n">
+        <x:v>3422</x:v>
+      </x:c>
+      <x:c r="BP22" s="3" t="n">
+        <x:v>3007</x:v>
+      </x:c>
+      <x:c r="BQ22" s="3" t="n">
+        <x:v>3459</x:v>
+      </x:c>
+      <x:c r="BR22" s="3" t="n">
+        <x:v>3663</x:v>
+      </x:c>
+      <x:c r="BS22" s="3" t="n">
+        <x:v>3457</x:v>
+      </x:c>
+      <x:c r="BT22" s="3" t="n">
+        <x:v>3143</x:v>
+      </x:c>
+      <x:c r="BU22" s="3" t="n">
+        <x:v>3588</x:v>
+      </x:c>
+      <x:c r="BV22" s="3" t="n">
+        <x:v>3812</x:v>
+      </x:c>
+      <x:c r="BW22" s="3" t="n">
+        <x:v>3589</x:v>
+      </x:c>
+      <x:c r="BX22" s="3" t="n">
+        <x:v>3220</x:v>
+      </x:c>
+      <x:c r="BY22" s="3" t="n">
+        <x:v>3686</x:v>
+      </x:c>
+      <x:c r="BZ22" s="3" t="n">
+        <x:v>3695</x:v>
+      </x:c>
+      <x:c r="CA22" s="3" t="n">
+        <x:v>4130</x:v>
+      </x:c>
+      <x:c r="CB22" s="3" t="n">
+        <x:v>3342</x:v>
+      </x:c>
+      <x:c r="CC22" s="3" t="n">
+        <x:v>3703</x:v>
+      </x:c>
+      <x:c r="CD22" s="3" t="n">
+        <x:v>3740</x:v>
+      </x:c>
+      <x:c r="CE22" s="3" t="n">
+        <x:v>3703</x:v>
+      </x:c>
+      <x:c r="CF22" s="3" t="n">
+        <x:v>3586</x:v>
+      </x:c>
+      <x:c r="CG22" s="3" t="n">
+        <x:v>3801</x:v>
+      </x:c>
+      <x:c r="CH22" s="3" t="n">
+        <x:v>3664</x:v>
+      </x:c>
+      <x:c r="CI22" s="3" t="n">
+        <x:v>3668</x:v>
+      </x:c>
+      <x:c r="CJ22" s="3" t="n">
+        <x:v>3334</x:v>
+      </x:c>
+      <x:c r="CK22" s="3" t="n">
+        <x:v>3776</x:v>
+      </x:c>
+      <x:c r="CL22" s="3" t="n">
+        <x:v>3943</x:v>
+      </x:c>
+      <x:c r="CM22" s="3" t="n">
+        <x:v>3669</x:v>
+      </x:c>
+      <x:c r="CN22" s="3" t="n">
+        <x:v>3514</x:v>
+      </x:c>
+      <x:c r="CO22" s="3" t="n">
+        <x:v>3730</x:v>
+      </x:c>
+      <x:c r="CP22" s="3" t="n">
+        <x:v>3584</x:v>
+      </x:c>
+      <x:c r="CQ22" s="3" t="n">
+        <x:v>3473</x:v>
+      </x:c>
+      <x:c r="CR22" s="3" t="n">
+        <x:v>3193</x:v>
+      </x:c>
+      <x:c r="CS22" s="3" t="n">
+        <x:v>3477</x:v>
+      </x:c>
+      <x:c r="CT22" s="3" t="n">
+        <x:v>3428</x:v>
+      </x:c>
+      <x:c r="CU22" s="3" t="n">
+        <x:v>3717</x:v>
+      </x:c>
+      <x:c r="CV22" s="3" t="n">
+        <x:v>3272</x:v>
+      </x:c>
+      <x:c r="CW22" s="3" t="n">
+        <x:v>3435</x:v>
+      </x:c>
+      <x:c r="CX22" s="3" t="n">
+        <x:v>3475</x:v>
+      </x:c>
+      <x:c r="CY22" s="3" t="n">
+        <x:v>3625</x:v>
+      </x:c>
+      <x:c r="CZ22" s="3" t="n">
+        <x:v>3436</x:v>
+      </x:c>
+      <x:c r="DA22" s="3" t="n">
+        <x:v>4032</x:v>
+      </x:c>
+      <x:c r="DB22" s="3" t="n">
+        <x:v>3984</x:v>
+      </x:c>
+      <x:c r="DC22" s="3" t="n">
+        <x:v>4154</x:v>
+      </x:c>
+      <x:c r="DD22" s="3" t="n">
+        <x:v>3851</x:v>
+      </x:c>
+      <x:c r="DE22" s="3" t="n">
+        <x:v>4094</x:v>
+      </x:c>
+      <x:c r="DF22" s="3" t="n">
+        <x:v>4101</x:v>
+      </x:c>
+      <x:c r="DG22" s="3" t="n">
+        <x:v>4797</x:v>
+      </x:c>
+      <x:c r="DH22" s="3" t="n">
+        <x:v>4143</x:v>
+      </x:c>
+      <x:c r="DI22" s="3" t="n">
+        <x:v>4677</x:v>
+      </x:c>
+      <x:c r="DJ22" s="3" t="n">
+        <x:v>4553</x:v>
+      </x:c>
+      <x:c r="DK22" s="3" t="n">
+        <x:v>4691</x:v>
+      </x:c>
+      <x:c r="DL22" s="3" t="n">
+        <x:v>4474</x:v>
+      </x:c>
+      <x:c r="DM22" s="3" t="n">
+        <x:v>4928</x:v>
+      </x:c>
+      <x:c r="DN22" s="3" t="n">
+        <x:v>4884</x:v>
+      </x:c>
+      <x:c r="DO22" s="3" t="n">
+        <x:v>4703</x:v>
+      </x:c>
+      <x:c r="DP22" s="3" t="n">
+        <x:v>4674</x:v>
+      </x:c>
+      <x:c r="DQ22" s="3" t="n">
+        <x:v>5133</x:v>
+      </x:c>
+      <x:c r="DR22" s="3" t="n">
+        <x:v>5355</x:v>
+      </x:c>
+      <x:c r="DS22" s="3" t="n">
+        <x:v>6175</x:v>
+      </x:c>
+      <x:c r="DT22" s="3" t="n">
+        <x:v>4914</x:v>
+      </x:c>
+      <x:c r="DU22" s="3" t="n">
+        <x:v>4642</x:v>
+      </x:c>
+      <x:c r="DV22" s="3" t="n">
+        <x:v>4148</x:v>
+      </x:c>
+      <x:c r="DW22" s="3" t="n">
+        <x:v>3944</x:v>
+      </x:c>
+      <x:c r="DX22" s="3" t="n">
+        <x:v>3926</x:v>
+      </x:c>
+      <x:c r="DY22" s="3" t="n">
+        <x:v>4117</x:v>
+      </x:c>
+      <x:c r="DZ22" s="3" t="n">
+        <x:v>3575</x:v>
+      </x:c>
+      <x:c r="EA22" s="3" t="n">
+        <x:v>4362</x:v>
+      </x:c>
+      <x:c r="EB22" s="3" t="n">
+        <x:v>4114</x:v>
+      </x:c>
+      <x:c r="EC22" s="3" t="n">
+        <x:v>4542</x:v>
+      </x:c>
+      <x:c r="ED22" s="3" t="n">
+        <x:v>4762</x:v>
+      </x:c>
+      <x:c r="EE22" s="3" t="n">
+        <x:v>4911</x:v>
+      </x:c>
+      <x:c r="EF22" s="3" t="n">
+        <x:v>4634</x:v>
+      </x:c>
+      <x:c r="EG22" s="3" t="n">
+        <x:v>4858</x:v>
+      </x:c>
+      <x:c r="EH22" s="3" t="n">
+        <x:v>5100</x:v>
+      </x:c>
+      <x:c r="EI22" s="3" t="n">
+        <x:v>5081</x:v>
+      </x:c>
+      <x:c r="EJ22" s="3" t="n">
+        <x:v>4643</x:v>
+      </x:c>
+      <x:c r="EK22" s="3" t="n">
+        <x:v>4728</x:v>
+      </x:c>
+      <x:c r="EL22" s="3" t="n">
+        <x:v>4475</x:v>
+      </x:c>
+      <x:c r="EM22" s="3" t="n">
+        <x:v>5473</x:v>
+      </x:c>
+      <x:c r="EN22" s="3" t="n">
+        <x:v>5039</x:v>
+      </x:c>
+      <x:c r="EO22" s="3" t="n">
+        <x:v>5211</x:v>
+      </x:c>
+      <x:c r="EP22" s="3" t="n">
+        <x:v>5245</x:v>
+      </x:c>
+      <x:c r="EQ22" s="3" t="n">
+        <x:v>5699</x:v>
+      </x:c>
+      <x:c r="ER22" s="3" t="n">
+        <x:v>5113</x:v>
+      </x:c>
+      <x:c r="ES22" s="3" t="n">
+        <x:v>5141</x:v>
+      </x:c>
+      <x:c r="ET22" s="3" t="n">
+        <x:v>4836</x:v>
+      </x:c>
+      <x:c r="EU22" s="3" t="n">
+        <x:v>5651</x:v>
+      </x:c>
+      <x:c r="EV22" s="3" t="n">
+        <x:v>5052</x:v>
+      </x:c>
+      <x:c r="EW22" s="3" t="n">
+        <x:v>5132</x:v>
+      </x:c>
+      <x:c r="EX22" s="3" t="n">
+        <x:v>4669</x:v>
+      </x:c>
+      <x:c r="EY22" s="3" t="n">
+        <x:v>5752</x:v>
+      </x:c>
+      <x:c r="EZ22" s="3" t="n">
+        <x:v>5155</x:v>
+      </x:c>
+      <x:c r="FA22" s="3" t="n">
+        <x:v>5338</x:v>
+      </x:c>
+      <x:c r="FB22" s="3" t="n">
+        <x:v>5172</x:v>
+      </x:c>
+      <x:c r="FC22" s="3" t="n">
+        <x:v>5805</x:v>
+      </x:c>
+      <x:c r="FD22" s="3" t="n">
+        <x:v>5721</x:v>
+      </x:c>
+      <x:c r="FE22" s="3" t="n">
+        <x:v>5896</x:v>
+      </x:c>
+      <x:c r="FF22" s="3" t="n">
+        <x:v>5505</x:v>
+      </x:c>
+      <x:c r="FG22" s="3" t="n">
+        <x:v>6513</x:v>
+      </x:c>
+      <x:c r="FH22" s="3" t="n">
+        <x:v>5825</x:v>
+      </x:c>
+      <x:c r="FI22" s="3" t="n">
+        <x:v>6143</x:v>
+      </x:c>
+      <x:c r="FJ22" s="3" t="n">
+        <x:v>5616</x:v>
+      </x:c>
+      <x:c r="FK22" s="3" t="n">
+        <x:v>5954</x:v>
+      </x:c>
+      <x:c r="FL22" s="3" t="n">
+        <x:v>5586</x:v>
+      </x:c>
+      <x:c r="FM22" s="3" t="n">
+        <x:v>5755</x:v>
+      </x:c>
+      <x:c r="FN22" s="3" t="n">
+        <x:v>5638</x:v>
+      </x:c>
+      <x:c r="FO22" s="3" t="n">
+        <x:v>5867</x:v>
+      </x:c>
+      <x:c r="FP22" s="3" t="n">
+        <x:v>5279</x:v>
+      </x:c>
+      <x:c r="FQ22" s="3" t="n">
+        <x:v>5421</x:v>
+      </x:c>
+      <x:c r="FR22" s="3" t="n">
+        <x:v>4661</x:v>
+      </x:c>
+      <x:c r="FS22" s="3" t="n">
+        <x:v>5028</x:v>
+      </x:c>
+      <x:c r="FT22" s="3" t="n">
+        <x:v>4405</x:v>
+      </x:c>
+      <x:c r="FU22" s="3" t="n">
+        <x:v>4843</x:v>
+      </x:c>
+      <x:c r="FV22" s="3" t="n">
         <x:v>5033</x:v>
       </x:c>
-      <x:c r="FA21" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="FD21" s="3" t="n">
+      <x:c r="FW22" s="3" t="n">
+        <x:v>5590</x:v>
+      </x:c>
+      <x:c r="FX22" s="3" t="n">
+        <x:v>5064</x:v>
+      </x:c>
+      <x:c r="FY22" s="3" t="n">
+        <x:v>5343</x:v>
+      </x:c>
+      <x:c r="FZ22" s="3" t="n">
+        <x:v>5069</x:v>
+      </x:c>
+      <x:c r="GA22" s="3" t="n">
+        <x:v>5106</x:v>
+      </x:c>
+      <x:c r="GB22" s="3" t="n">
+        <x:v>4699</x:v>
+      </x:c>
+      <x:c r="GC22" s="3" t="n">
+        <x:v>4761</x:v>
+      </x:c>
+      <x:c r="GD22" s="3" t="n">
+        <x:v>4210</x:v>
+      </x:c>
+      <x:c r="GE22" s="3" t="n">
+        <x:v>4805</x:v>
+      </x:c>
+      <x:c r="GF22" s="3" t="n">
+        <x:v>4233</x:v>
+      </x:c>
+      <x:c r="GG22" s="3" t="n">
+        <x:v>4669</x:v>
+      </x:c>
+      <x:c r="GH22" s="3" t="n">
+        <x:v>4486</x:v>
+      </x:c>
+      <x:c r="GI22" s="3" t="n">
+        <x:v>4728</x:v>
+      </x:c>
+      <x:c r="GJ22" s="3" t="n">
+        <x:v>4564</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:192">
+      <x:c r="A23" s="2" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B23" s="3" t="n">
+        <x:v>6890</x:v>
+      </x:c>
+      <x:c r="C23" s="3" t="n">
+        <x:v>6976</x:v>
+      </x:c>
+      <x:c r="D23" s="3" t="n">
+        <x:v>6154</x:v>
+      </x:c>
+      <x:c r="E23" s="3" t="n">
+        <x:v>7616</x:v>
+      </x:c>
+      <x:c r="F23" s="3" t="n">
+        <x:v>7957</x:v>
+      </x:c>
+      <x:c r="G23" s="3" t="n">
+        <x:v>7899</x:v>
+      </x:c>
+      <x:c r="H23" s="3" t="n">
+        <x:v>7181</x:v>
+      </x:c>
+      <x:c r="I23" s="3" t="n">
+        <x:v>8232</x:v>
+      </x:c>
+      <x:c r="J23" s="3" t="n">
+        <x:v>8010</x:v>
+      </x:c>
+      <x:c r="K23" s="3" t="n">
+        <x:v>7392</x:v>
+      </x:c>
+      <x:c r="L23" s="3" t="n">
+        <x:v>6842</x:v>
+      </x:c>
+      <x:c r="M23" s="3" t="n">
+        <x:v>7095</x:v>
+      </x:c>
+      <x:c r="N23" s="3" t="n">
+        <x:v>7347</x:v>
+      </x:c>
+      <x:c r="O23" s="3" t="n">
+        <x:v>7281</x:v>
+      </x:c>
+      <x:c r="P23" s="3" t="n">
+        <x:v>6687</x:v>
+      </x:c>
+      <x:c r="Q23" s="3" t="n">
+        <x:v>7205</x:v>
+      </x:c>
+      <x:c r="R23" s="3" t="n">
+        <x:v>7522</x:v>
+      </x:c>
+      <x:c r="S23" s="3" t="n">
+        <x:v>7706</x:v>
+      </x:c>
+      <x:c r="T23" s="3" t="n">
+        <x:v>5771</x:v>
+      </x:c>
+      <x:c r="U23" s="3" t="n">
+        <x:v>6736</x:v>
+      </x:c>
+      <x:c r="V23" s="3" t="n">
+        <x:v>8164</x:v>
+      </x:c>
+      <x:c r="W23" s="3" t="n">
+        <x:v>9199</x:v>
+      </x:c>
+      <x:c r="X23" s="3" t="n">
+        <x:v>8031</x:v>
+      </x:c>
+      <x:c r="Y23" s="3" t="n">
+        <x:v>9551</x:v>
+      </x:c>
+      <x:c r="Z23" s="3" t="n">
+        <x:v>9484</x:v>
+      </x:c>
+      <x:c r="AA23" s="3" t="n">
+        <x:v>9317</x:v>
+      </x:c>
+      <x:c r="AB23" s="3" t="n">
+        <x:v>8790</x:v>
+      </x:c>
+      <x:c r="AC23" s="3" t="n">
+        <x:v>9615</x:v>
+      </x:c>
+      <x:c r="AD23" s="3" t="n">
+        <x:v>9419</x:v>
+      </x:c>
+      <x:c r="AE23" s="3" t="n">
+        <x:v>9245</x:v>
+      </x:c>
+      <x:c r="AF23" s="3" t="n">
+        <x:v>8901</x:v>
+      </x:c>
+      <x:c r="AG23" s="3" t="n">
+        <x:v>9225</x:v>
+      </x:c>
+      <x:c r="AH23" s="3" t="n">
+        <x:v>9166</x:v>
+      </x:c>
+      <x:c r="AI23" s="3" t="n">
+        <x:v>8929</x:v>
+      </x:c>
+      <x:c r="AJ23" s="3" t="n">
+        <x:v>8819</x:v>
+      </x:c>
+      <x:c r="AK23" s="3" t="n">
+        <x:v>9597</x:v>
+      </x:c>
+      <x:c r="AL23" s="3" t="n">
+        <x:v>9638</x:v>
+      </x:c>
+      <x:c r="AM23" s="3" t="n">
+        <x:v>9577</x:v>
+      </x:c>
+      <x:c r="AN23" s="3" t="n">
+        <x:v>9119</x:v>
+      </x:c>
+      <x:c r="AO23" s="3" t="n">
+        <x:v>10119</x:v>
+      </x:c>
+      <x:c r="AP23" s="3" t="n">
+        <x:v>10390</x:v>
+      </x:c>
+      <x:c r="AQ23" s="3" t="n">
+        <x:v>10289</x:v>
+      </x:c>
+      <x:c r="AR23" s="3" t="n">
+        <x:v>10070</x:v>
+      </x:c>
+      <x:c r="AS23" s="3" t="n">
+        <x:v>10880</x:v>
+      </x:c>
+      <x:c r="AT23" s="3" t="n">
+        <x:v>9859</x:v>
+      </x:c>
+      <x:c r="AU23" s="3" t="n">
+        <x:v>10247</x:v>
+      </x:c>
+      <x:c r="AV23" s="3" t="n">
+        <x:v>9630</x:v>
+      </x:c>
+      <x:c r="AW23" s="3" t="n">
+        <x:v>9833</x:v>
+      </x:c>
+      <x:c r="AX23" s="3" t="n">
+        <x:v>9744</x:v>
+      </x:c>
+      <x:c r="AY23" s="3" t="n">
+        <x:v>9691</x:v>
+      </x:c>
+      <x:c r="AZ23" s="3" t="n">
+        <x:v>9486</x:v>
+      </x:c>
+      <x:c r="BA23" s="3" t="n">
+        <x:v>9970</x:v>
+      </x:c>
+      <x:c r="BB23" s="3" t="n">
+        <x:v>9889</x:v>
+      </x:c>
+      <x:c r="BC23" s="3" t="n">
+        <x:v>10062</x:v>
+      </x:c>
+      <x:c r="BD23" s="3" t="n">
+        <x:v>9651</x:v>
+      </x:c>
+      <x:c r="BE23" s="3" t="n">
+        <x:v>10065</x:v>
+      </x:c>
+      <x:c r="BF23" s="3" t="n">
+        <x:v>10634</x:v>
+      </x:c>
+      <x:c r="BG23" s="3" t="n">
+        <x:v>10712</x:v>
+      </x:c>
+      <x:c r="BH23" s="3" t="n">
+        <x:v>9951</x:v>
+      </x:c>
+      <x:c r="BI23" s="3" t="n">
+        <x:v>10642</x:v>
+      </x:c>
+      <x:c r="BJ23" s="3" t="n">
+        <x:v>8816</x:v>
+      </x:c>
+      <x:c r="BK23" s="3" t="n">
+        <x:v>9208</x:v>
+      </x:c>
+      <x:c r="BL23" s="3" t="n">
+        <x:v>9509</x:v>
+      </x:c>
+      <x:c r="BM23" s="3" t="n">
+        <x:v>9951</x:v>
+      </x:c>
+      <x:c r="BN23" s="3" t="n">
+        <x:v>9542</x:v>
+      </x:c>
+      <x:c r="BO23" s="3" t="n">
+        <x:v>10017</x:v>
+      </x:c>
+      <x:c r="BP23" s="3" t="n">
+        <x:v>9806</x:v>
+      </x:c>
+      <x:c r="BQ23" s="3" t="n">
+        <x:v>10028</x:v>
+      </x:c>
+      <x:c r="BR23" s="3" t="n">
+        <x:v>5759</x:v>
+      </x:c>
+      <x:c r="BS23" s="3" t="n">
+        <x:v>5499</x:v>
+      </x:c>
+      <x:c r="BT23" s="3" t="n">
+        <x:v>5330</x:v>
+      </x:c>
+      <x:c r="BU23" s="3" t="n">
+        <x:v>5486</x:v>
+      </x:c>
+      <x:c r="BV23" s="3" t="n">
+        <x:v>6599</x:v>
+      </x:c>
+      <x:c r="BW23" s="3" t="n">
+        <x:v>6449</x:v>
+      </x:c>
+      <x:c r="BX23" s="3" t="n">
+        <x:v>6234</x:v>
+      </x:c>
+      <x:c r="BY23" s="3" t="n">
+        <x:v>6477</x:v>
+      </x:c>
+      <x:c r="BZ23" s="3" t="n">
+        <x:v>6915</x:v>
+      </x:c>
+      <x:c r="CA23" s="3" t="n">
+        <x:v>7117</x:v>
+      </x:c>
+      <x:c r="CB23" s="3" t="n">
+        <x:v>6462</x:v>
+      </x:c>
+      <x:c r="CC23" s="3" t="n">
+        <x:v>7045</x:v>
+      </x:c>
+      <x:c r="CD23" s="3" t="n">
+        <x:v>6580</x:v>
+      </x:c>
+      <x:c r="CE23" s="3" t="n">
+        <x:v>6648</x:v>
+      </x:c>
+      <x:c r="CF23" s="3" t="n">
+        <x:v>6500</x:v>
+      </x:c>
+      <x:c r="CG23" s="3" t="n">
+        <x:v>6760</x:v>
+      </x:c>
+      <x:c r="CH23" s="3" t="n">
+        <x:v>6458</x:v>
+      </x:c>
+      <x:c r="CI23" s="3" t="n">
+        <x:v>6520</x:v>
+      </x:c>
+      <x:c r="CJ23" s="3" t="n">
+        <x:v>6307</x:v>
+      </x:c>
+      <x:c r="CK23" s="3" t="n">
+        <x:v>6551</x:v>
+      </x:c>
+      <x:c r="CL23" s="3" t="n">
+        <x:v>7367</x:v>
+      </x:c>
+      <x:c r="CM23" s="3" t="n">
+        <x:v>7222</x:v>
+      </x:c>
+      <x:c r="CN23" s="3" t="n">
+        <x:v>6626</x:v>
+      </x:c>
+      <x:c r="CO23" s="3" t="n">
+        <x:v>6830</x:v>
+      </x:c>
+      <x:c r="CP23" s="3" t="n">
+        <x:v>7795</x:v>
+      </x:c>
+      <x:c r="CQ23" s="3" t="n">
+        <x:v>7556</x:v>
+      </x:c>
+      <x:c r="CR23" s="3" t="n">
+        <x:v>7117</x:v>
+      </x:c>
+      <x:c r="CS23" s="3" t="n">
+        <x:v>7796</x:v>
+      </x:c>
+      <x:c r="CT23" s="3" t="n">
+        <x:v>6584</x:v>
+      </x:c>
+      <x:c r="CU23" s="3" t="n">
+        <x:v>6846</x:v>
+      </x:c>
+      <x:c r="CV23" s="3" t="n">
+        <x:v>6385</x:v>
+      </x:c>
+      <x:c r="CW23" s="3" t="n">
+        <x:v>6806</x:v>
+      </x:c>
+      <x:c r="CX23" s="3" t="n">
+        <x:v>7739</x:v>
+      </x:c>
+      <x:c r="CY23" s="3" t="n">
+        <x:v>7890</x:v>
+      </x:c>
+      <x:c r="CZ23" s="3" t="n">
+        <x:v>7652</x:v>
+      </x:c>
+      <x:c r="DA23" s="3" t="n">
+        <x:v>8299</x:v>
+      </x:c>
+      <x:c r="DB23" s="3" t="n">
+        <x:v>9281</x:v>
+      </x:c>
+      <x:c r="DC23" s="3" t="n">
+        <x:v>9317</x:v>
+      </x:c>
+      <x:c r="DD23" s="3" t="n">
+        <x:v>9064</x:v>
+      </x:c>
+      <x:c r="DE23" s="3" t="n">
+        <x:v>9771</x:v>
+      </x:c>
+      <x:c r="DF23" s="3" t="n">
+        <x:v>9251</x:v>
+      </x:c>
+      <x:c r="DG23" s="3" t="n">
+        <x:v>9740</x:v>
+      </x:c>
+      <x:c r="DH23" s="3" t="n">
+        <x:v>9159</x:v>
+      </x:c>
+      <x:c r="DI23" s="3" t="n">
+        <x:v>9035</x:v>
+      </x:c>
+      <x:c r="DJ23" s="3" t="n">
+        <x:v>6991</x:v>
+      </x:c>
+      <x:c r="DK23" s="3" t="n">
+        <x:v>6688</x:v>
+      </x:c>
+      <x:c r="DL23" s="3" t="n">
+        <x:v>6211</x:v>
+      </x:c>
+      <x:c r="DM23" s="3" t="n">
+        <x:v>6705</x:v>
+      </x:c>
+      <x:c r="DN23" s="3" t="n">
+        <x:v>6542</x:v>
+      </x:c>
+      <x:c r="DO23" s="3" t="n">
+        <x:v>6456</x:v>
+      </x:c>
+      <x:c r="DP23" s="3" t="n">
+        <x:v>6227</x:v>
+      </x:c>
+      <x:c r="DQ23" s="3" t="n">
+        <x:v>6518</x:v>
+      </x:c>
+      <x:c r="DR23" s="3" t="n">
+        <x:v>8040</x:v>
+      </x:c>
+      <x:c r="DS23" s="3" t="n">
+        <x:v>8340</x:v>
+      </x:c>
+      <x:c r="DT23" s="3" t="n">
+        <x:v>7790</x:v>
+      </x:c>
+      <x:c r="DU23" s="3" t="n">
+        <x:v>6958</x:v>
+      </x:c>
+      <x:c r="DV23" s="3" t="n">
+        <x:v>4915</x:v>
+      </x:c>
+      <x:c r="DW23" s="3" t="n">
+        <x:v>4798</x:v>
+      </x:c>
+      <x:c r="DX23" s="3" t="n">
+        <x:v>5072</x:v>
+      </x:c>
+      <x:c r="DY23" s="3" t="n">
+        <x:v>5594</x:v>
+      </x:c>
+      <x:c r="DZ23" s="3" t="n">
+        <x:v>5579</x:v>
+      </x:c>
+      <x:c r="EA23" s="3" t="n">
+        <x:v>5613</x:v>
+      </x:c>
+      <x:c r="EB23" s="3" t="n">
+        <x:v>5527</x:v>
+      </x:c>
+      <x:c r="EC23" s="3" t="n">
+        <x:v>5581</x:v>
+      </x:c>
+      <x:c r="ED23" s="3" t="n">
+        <x:v>5744</x:v>
+      </x:c>
+      <x:c r="EE23" s="3" t="n">
+        <x:v>5499</x:v>
+      </x:c>
+      <x:c r="EF23" s="3" t="n">
+        <x:v>5042</x:v>
+      </x:c>
+      <x:c r="EG23" s="3" t="n">
+        <x:v>5096</x:v>
+      </x:c>
+      <x:c r="EH23" s="3" t="n">
+        <x:v>5238</x:v>
+      </x:c>
+      <x:c r="EI23" s="3" t="n">
+        <x:v>5111</x:v>
+      </x:c>
+      <x:c r="EJ23" s="3" t="n">
+        <x:v>4830</x:v>
+      </x:c>
+      <x:c r="EK23" s="3" t="n">
+        <x:v>4758</x:v>
+      </x:c>
+      <x:c r="EL23" s="3" t="n">
+        <x:v>4701</x:v>
+      </x:c>
+      <x:c r="EM23" s="3" t="n">
+        <x:v>4692</x:v>
+      </x:c>
+      <x:c r="EN23" s="3" t="n">
+        <x:v>4634</x:v>
+      </x:c>
+      <x:c r="EO23" s="3" t="n">
+        <x:v>4779</x:v>
+      </x:c>
+      <x:c r="EP23" s="3" t="n">
+        <x:v>5151</x:v>
+      </x:c>
+      <x:c r="EQ23" s="3" t="n">
+        <x:v>5213</x:v>
+      </x:c>
+      <x:c r="ER23" s="3" t="n">
+        <x:v>5103</x:v>
+      </x:c>
+      <x:c r="ES23" s="3" t="n">
+        <x:v>5092</x:v>
+      </x:c>
+      <x:c r="ET23" s="3" t="n">
+        <x:v>4702</x:v>
+      </x:c>
+      <x:c r="EU23" s="3" t="n">
+        <x:v>4850</x:v>
+      </x:c>
+      <x:c r="EV23" s="3" t="n">
+        <x:v>4826</x:v>
+      </x:c>
+      <x:c r="EW23" s="3" t="n">
+        <x:v>4844</x:v>
+      </x:c>
+      <x:c r="EX23" s="3" t="n">
+        <x:v>4466</x:v>
+      </x:c>
+      <x:c r="EY23" s="3" t="n">
+        <x:v>4662</x:v>
+      </x:c>
+      <x:c r="EZ23" s="3" t="n">
+        <x:v>4411</x:v>
+      </x:c>
+      <x:c r="FA23" s="3" t="n">
+        <x:v>4501</x:v>
+      </x:c>
+      <x:c r="FB23" s="3" t="n">
+        <x:v>4566</x:v>
+      </x:c>
+      <x:c r="FC23" s="3" t="n">
+        <x:v>4663</x:v>
+      </x:c>
+      <x:c r="FD23" s="3" t="n">
+        <x:v>4514</x:v>
+      </x:c>
+      <x:c r="FE23" s="3" t="n">
+        <x:v>4671</x:v>
+      </x:c>
+      <x:c r="FF23" s="3" t="n">
+        <x:v>4715</x:v>
+      </x:c>
+      <x:c r="FG23" s="3" t="n">
+        <x:v>4859</x:v>
+      </x:c>
+      <x:c r="FH23" s="3" t="n">
+        <x:v>4603</x:v>
+      </x:c>
+      <x:c r="FI23" s="3" t="n">
+        <x:v>4449</x:v>
+      </x:c>
+      <x:c r="FJ23" s="3" t="n">
+        <x:v>4201</x:v>
+      </x:c>
+      <x:c r="FK23" s="3" t="n">
+        <x:v>3984</x:v>
+      </x:c>
+      <x:c r="FL23" s="3" t="n">
+        <x:v>3801</x:v>
+      </x:c>
+      <x:c r="FM23" s="3" t="n">
+        <x:v>3764</x:v>
+      </x:c>
+      <x:c r="FN23" s="3" t="n">
+        <x:v>4361</x:v>
+      </x:c>
+      <x:c r="FO23" s="3" t="n">
+        <x:v>4780</x:v>
+      </x:c>
+      <x:c r="FP23" s="3" t="n">
+        <x:v>5252</x:v>
+      </x:c>
+      <x:c r="FQ23" s="3" t="n">
+        <x:v>5410</x:v>
+      </x:c>
+      <x:c r="FR23" s="3" t="n">
+        <x:v>4850</x:v>
+      </x:c>
+      <x:c r="FS23" s="3" t="n">
+        <x:v>4539</x:v>
+      </x:c>
+      <x:c r="FT23" s="3" t="n">
+        <x:v>4228</x:v>
+      </x:c>
+      <x:c r="FU23" s="3" t="n">
+        <x:v>4506</x:v>
+      </x:c>
+      <x:c r="FV23" s="3" t="n">
+        <x:v>4872</x:v>
+      </x:c>
+      <x:c r="FW23" s="3" t="n">
+        <x:v>4750</x:v>
+      </x:c>
+      <x:c r="FX23" s="3" t="n">
+        <x:v>4406</x:v>
+      </x:c>
+      <x:c r="FY23" s="3" t="n">
+        <x:v>4417</x:v>
+      </x:c>
+      <x:c r="FZ23" s="3" t="n">
+        <x:v>4860</x:v>
+      </x:c>
+      <x:c r="GA23" s="3" t="n">
+        <x:v>4880</x:v>
+      </x:c>
+      <x:c r="GB23" s="3" t="n">
+        <x:v>4689</x:v>
+      </x:c>
+      <x:c r="GC23" s="3" t="n">
+        <x:v>4904</x:v>
+      </x:c>
+      <x:c r="GD23" s="3" t="n">
+        <x:v>4938</x:v>
+      </x:c>
+      <x:c r="GE23" s="3" t="n">
+        <x:v>5100</x:v>
+      </x:c>
+      <x:c r="GF23" s="3" t="n">
+        <x:v>4773</x:v>
+      </x:c>
+      <x:c r="GG23" s="3" t="n">
+        <x:v>4790</x:v>
+      </x:c>
+      <x:c r="GH23" s="3" t="n">
+        <x:v>4827</x:v>
+      </x:c>
+      <x:c r="GI23" s="3" t="n">
+        <x:v>5089</x:v>
+      </x:c>
+      <x:c r="GJ23" s="3" t="n">
+        <x:v>4878</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:192">
+      <x:c r="A24" s="2" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="B24" s="3" t="n">
+        <x:v>8998</x:v>
+      </x:c>
+      <x:c r="C24" s="3" t="n">
+        <x:v>9087</x:v>
+      </x:c>
+      <x:c r="D24" s="3" t="n">
+        <x:v>7524</x:v>
+      </x:c>
+      <x:c r="E24" s="3" t="n">
+        <x:v>9477</x:v>
+      </x:c>
+      <x:c r="F24" s="3" t="n">
+        <x:v>9228</x:v>
+      </x:c>
+      <x:c r="G24" s="3" t="n">
+        <x:v>8014</x:v>
+      </x:c>
+      <x:c r="H24" s="3" t="n">
+        <x:v>7452</x:v>
+      </x:c>
+      <x:c r="I24" s="3" t="n">
+        <x:v>9114</x:v>
+      </x:c>
+      <x:c r="J24" s="3" t="n">
+        <x:v>9095</x:v>
+      </x:c>
+      <x:c r="K24" s="3" t="n">
+        <x:v>8260</x:v>
+      </x:c>
+      <x:c r="L24" s="3" t="n">
+        <x:v>7436</x:v>
+      </x:c>
+      <x:c r="M24" s="3" t="n">
+        <x:v>8986</x:v>
+      </x:c>
+      <x:c r="N24" s="3" t="n">
+        <x:v>9348</x:v>
+      </x:c>
+      <x:c r="O24" s="3" t="n">
+        <x:v>8327</x:v>
+      </x:c>
+      <x:c r="P24" s="3" t="n">
+        <x:v>7523</x:v>
+      </x:c>
+      <x:c r="Q24" s="3" t="n">
+        <x:v>9177</x:v>
+      </x:c>
+      <x:c r="R24" s="3" t="n">
+        <x:v>9464</x:v>
+      </x:c>
+      <x:c r="S24" s="3" t="n">
+        <x:v>8150</x:v>
+      </x:c>
+      <x:c r="T24" s="3" t="n">
+        <x:v>7330</x:v>
+      </x:c>
+      <x:c r="U24" s="3" t="n">
+        <x:v>8945</x:v>
+      </x:c>
+      <x:c r="V24" s="3" t="n">
+        <x:v>8691</x:v>
+      </x:c>
+      <x:c r="W24" s="3" t="n">
+        <x:v>8189</x:v>
+      </x:c>
+      <x:c r="X24" s="3" t="n">
+        <x:v>7064</x:v>
+      </x:c>
+      <x:c r="Y24" s="3" t="n">
+        <x:v>8791</x:v>
+      </x:c>
+      <x:c r="Z24" s="3" t="n">
+        <x:v>9427</x:v>
+      </x:c>
+      <x:c r="AA24" s="3" t="n">
+        <x:v>8400</x:v>
+      </x:c>
+      <x:c r="AB24" s="3" t="n">
+        <x:v>7592</x:v>
+      </x:c>
+      <x:c r="AC24" s="3" t="n">
+        <x:v>9499</x:v>
+      </x:c>
+      <x:c r="AD24" s="3" t="n">
+        <x:v>10382</x:v>
+      </x:c>
+      <x:c r="AE24" s="3" t="n">
+        <x:v>9514</x:v>
+      </x:c>
+      <x:c r="AF24" s="3" t="n">
+        <x:v>8500</x:v>
+      </x:c>
+      <x:c r="AG24" s="3" t="n">
+        <x:v>10634</x:v>
+      </x:c>
+      <x:c r="AH24" s="3" t="n">
+        <x:v>10227</x:v>
+      </x:c>
+      <x:c r="AI24" s="3" t="n">
+        <x:v>10244</x:v>
+      </x:c>
+      <x:c r="AJ24" s="3" t="n">
+        <x:v>9319</x:v>
+      </x:c>
+      <x:c r="AK24" s="3" t="n">
+        <x:v>11392</x:v>
+      </x:c>
+      <x:c r="AL24" s="3" t="n">
+        <x:v>10808</x:v>
+      </x:c>
+      <x:c r="AM24" s="3" t="n">
+        <x:v>9791</x:v>
+      </x:c>
+      <x:c r="AN24" s="3" t="n">
+        <x:v>9018</x:v>
+      </x:c>
+      <x:c r="AO24" s="3" t="n">
+        <x:v>10810</x:v>
+      </x:c>
+      <x:c r="AP24" s="3" t="n">
+        <x:v>9708</x:v>
+      </x:c>
+      <x:c r="AQ24" s="3" t="n">
+        <x:v>9470</x:v>
+      </x:c>
+      <x:c r="AR24" s="3" t="n">
+        <x:v>7790</x:v>
+      </x:c>
+      <x:c r="AS24" s="3" t="n">
+        <x:v>9922</x:v>
+      </x:c>
+      <x:c r="AT24" s="3" t="n">
+        <x:v>8893</x:v>
+      </x:c>
+      <x:c r="AU24" s="3" t="n">
+        <x:v>9149</x:v>
+      </x:c>
+      <x:c r="AV24" s="3" t="n">
+        <x:v>7492</x:v>
+      </x:c>
+      <x:c r="AW24" s="3" t="n">
+        <x:v>9647</x:v>
+      </x:c>
+      <x:c r="AX24" s="3" t="n">
+        <x:v>9291</x:v>
+      </x:c>
+      <x:c r="AY24" s="3" t="n">
+        <x:v>8597</x:v>
+      </x:c>
+      <x:c r="AZ24" s="3" t="n">
+        <x:v>7643</x:v>
+      </x:c>
+      <x:c r="BA24" s="3" t="n">
+        <x:v>9635</x:v>
+      </x:c>
+      <x:c r="BB24" s="3" t="n">
+        <x:v>8603</x:v>
+      </x:c>
+      <x:c r="BC24" s="3" t="n">
+        <x:v>8980</x:v>
+      </x:c>
+      <x:c r="BD24" s="3" t="n">
+        <x:v>7413</x:v>
+      </x:c>
+      <x:c r="BE24" s="3" t="n">
+        <x:v>9146</x:v>
+      </x:c>
+      <x:c r="BF24" s="3" t="n">
+        <x:v>8739</x:v>
+      </x:c>
+      <x:c r="BG24" s="3" t="n">
+        <x:v>8475</x:v>
+      </x:c>
+      <x:c r="BH24" s="3" t="n">
+        <x:v>7458</x:v>
+      </x:c>
+      <x:c r="BI24" s="3" t="n">
+        <x:v>8949</x:v>
+      </x:c>
+      <x:c r="BJ24" s="3" t="n">
+        <x:v>8269</x:v>
+      </x:c>
+      <x:c r="BK24" s="3" t="n">
+        <x:v>8460</x:v>
+      </x:c>
+      <x:c r="BL24" s="3" t="n">
+        <x:v>7664</x:v>
+      </x:c>
+      <x:c r="BM24" s="3" t="n">
+        <x:v>8744</x:v>
+      </x:c>
+      <x:c r="BN24" s="3" t="n">
+        <x:v>8804</x:v>
+      </x:c>
+      <x:c r="BO24" s="3" t="n">
+        <x:v>9349</x:v>
+      </x:c>
+      <x:c r="BP24" s="3" t="n">
+        <x:v>8329</x:v>
+      </x:c>
+      <x:c r="BQ24" s="3" t="n">
+        <x:v>10032</x:v>
+      </x:c>
+      <x:c r="BR24" s="3" t="n">
+        <x:v>10587</x:v>
+      </x:c>
+      <x:c r="BS24" s="3" t="n">
+        <x:v>10186</x:v>
+      </x:c>
+      <x:c r="BT24" s="3" t="n">
+        <x:v>9142</x:v>
+      </x:c>
+      <x:c r="BU24" s="3" t="n">
+        <x:v>10705</x:v>
+      </x:c>
+      <x:c r="BV24" s="3" t="n">
+        <x:v>10927</x:v>
+      </x:c>
+      <x:c r="BW24" s="3" t="n">
+        <x:v>10077</x:v>
+      </x:c>
+      <x:c r="BX24" s="3" t="n">
+        <x:v>9705</x:v>
+      </x:c>
+      <x:c r="BY24" s="3" t="n">
+        <x:v>11271</x:v>
+      </x:c>
+      <x:c r="BZ24" s="3" t="n">
+        <x:v>10794</x:v>
+      </x:c>
+      <x:c r="CA24" s="3" t="n">
+        <x:v>11524</x:v>
+      </x:c>
+      <x:c r="CB24" s="3" t="n">
+        <x:v>10267</x:v>
+      </x:c>
+      <x:c r="CC24" s="3" t="n">
+        <x:v>12240</x:v>
+      </x:c>
+      <x:c r="CD24" s="3" t="n">
+        <x:v>12262</x:v>
+      </x:c>
+      <x:c r="CE24" s="3" t="n">
+        <x:v>11867</x:v>
+      </x:c>
+      <x:c r="CF24" s="3" t="n">
+        <x:v>10830</x:v>
+      </x:c>
+      <x:c r="CG24" s="3" t="n">
+        <x:v>12588</x:v>
+      </x:c>
+      <x:c r="CH24" s="3" t="n">
+        <x:v>12767</x:v>
+      </x:c>
+      <x:c r="CI24" s="3" t="n">
+        <x:v>12149</x:v>
+      </x:c>
+      <x:c r="CJ24" s="3" t="n">
+        <x:v>10721</x:v>
+      </x:c>
+      <x:c r="CK24" s="3" t="n">
+        <x:v>11986</x:v>
+      </x:c>
+      <x:c r="CL24" s="3" t="n">
+        <x:v>12502</x:v>
+      </x:c>
+      <x:c r="CM24" s="3" t="n">
+        <x:v>11008</x:v>
+      </x:c>
+      <x:c r="CN24" s="3" t="n">
+        <x:v>10484</x:v>
+      </x:c>
+      <x:c r="CO24" s="3" t="n">
+        <x:v>11760</x:v>
+      </x:c>
+      <x:c r="CP24" s="3" t="n">
+        <x:v>12734</x:v>
+      </x:c>
+      <x:c r="CQ24" s="3" t="n">
+        <x:v>11369</x:v>
+      </x:c>
+      <x:c r="CR24" s="3" t="n">
+        <x:v>10391</x:v>
+      </x:c>
+      <x:c r="CS24" s="3" t="n">
+        <x:v>12037</x:v>
+      </x:c>
+      <x:c r="CT24" s="3" t="n">
+        <x:v>11414</x:v>
+      </x:c>
+      <x:c r="CU24" s="3" t="n">
+        <x:v>11985</x:v>
+      </x:c>
+      <x:c r="CV24" s="3" t="n">
+        <x:v>10471</x:v>
+      </x:c>
+      <x:c r="CW24" s="3" t="n">
+        <x:v>11723</x:v>
+      </x:c>
+      <x:c r="CX24" s="3" t="n">
+        <x:v>12438</x:v>
+      </x:c>
+      <x:c r="CY24" s="3" t="n">
+        <x:v>10939</x:v>
+      </x:c>
+      <x:c r="CZ24" s="3" t="n">
+        <x:v>10493</x:v>
+      </x:c>
+      <x:c r="DA24" s="3" t="n">
+        <x:v>11591</x:v>
+      </x:c>
+      <x:c r="DB24" s="3" t="n">
+        <x:v>11863</x:v>
+      </x:c>
+      <x:c r="DC24" s="3" t="n">
+        <x:v>10672</x:v>
+      </x:c>
+      <x:c r="DD24" s="3" t="n">
+        <x:v>10558</x:v>
+      </x:c>
+      <x:c r="DE24" s="3" t="n">
+        <x:v>12049</x:v>
+      </x:c>
+      <x:c r="DF24" s="3" t="n">
+        <x:v>11757</x:v>
+      </x:c>
+      <x:c r="DG24" s="3" t="n">
+        <x:v>12345</x:v>
+      </x:c>
+      <x:c r="DH24" s="3" t="n">
+        <x:v>11053</x:v>
+      </x:c>
+      <x:c r="DI24" s="3" t="n">
+        <x:v>12800</x:v>
+      </x:c>
+      <x:c r="DJ24" s="3" t="n">
+        <x:v>13765</x:v>
+      </x:c>
+      <x:c r="DK24" s="3" t="n">
+        <x:v>12555</x:v>
+      </x:c>
+      <x:c r="DL24" s="3" t="n">
+        <x:v>12101</x:v>
+      </x:c>
+      <x:c r="DM24" s="3" t="n">
+        <x:v>14123</x:v>
+      </x:c>
+      <x:c r="DN24" s="3" t="n">
+        <x:v>16452</x:v>
+      </x:c>
+      <x:c r="DO24" s="3" t="n">
+        <x:v>15355</x:v>
+      </x:c>
+      <x:c r="DP24" s="3" t="n">
+        <x:v>14330</x:v>
+      </x:c>
+      <x:c r="DQ24" s="3" t="n">
+        <x:v>16691</x:v>
+      </x:c>
+      <x:c r="DR24" s="3" t="n">
+        <x:v>16164</x:v>
+      </x:c>
+      <x:c r="DS24" s="3" t="n">
+        <x:v>17995</x:v>
+      </x:c>
+      <x:c r="DT24" s="3" t="n">
+        <x:v>16026</x:v>
+      </x:c>
+      <x:c r="DU24" s="3" t="n">
+        <x:v>17873</x:v>
+      </x:c>
+      <x:c r="DV24" s="3" t="n">
+        <x:v>18639</x:v>
+      </x:c>
+      <x:c r="DW24" s="3" t="n">
+        <x:v>16703</x:v>
+      </x:c>
+      <x:c r="DX24" s="3" t="n">
+        <x:v>15508</x:v>
+      </x:c>
+      <x:c r="DY24" s="3" t="n">
+        <x:v>17363</x:v>
+      </x:c>
+      <x:c r="DZ24" s="3" t="n">
+        <x:v>16725</x:v>
+      </x:c>
+      <x:c r="EA24" s="3" t="n">
+        <x:v>16313</x:v>
+      </x:c>
+      <x:c r="EB24" s="3" t="n">
+        <x:v>14761</x:v>
+      </x:c>
+      <x:c r="EC24" s="3" t="n">
+        <x:v>16904</x:v>
+      </x:c>
+      <x:c r="ED24" s="3" t="n">
+        <x:v>17821</x:v>
+      </x:c>
+      <x:c r="EE24" s="3" t="n">
+        <x:v>15921</x:v>
+      </x:c>
+      <x:c r="EF24" s="3" t="n">
+        <x:v>15819</x:v>
+      </x:c>
+      <x:c r="EG24" s="3" t="n">
+        <x:v>17769</x:v>
+      </x:c>
+      <x:c r="EH24" s="3" t="n">
+        <x:v>18666</x:v>
+      </x:c>
+      <x:c r="EI24" s="3" t="n">
+        <x:v>16543</x:v>
+      </x:c>
+      <x:c r="EJ24" s="3" t="n">
+        <x:v>16271</x:v>
+      </x:c>
+      <x:c r="EK24" s="3" t="n">
+        <x:v>18374</x:v>
+      </x:c>
+      <x:c r="EL24" s="3" t="n">
+        <x:v>17449</x:v>
+      </x:c>
+      <x:c r="EM24" s="3" t="n">
+        <x:v>18522</x:v>
+      </x:c>
+      <x:c r="EN24" s="3" t="n">
+        <x:v>17225</x:v>
+      </x:c>
+      <x:c r="EO24" s="3" t="n">
+        <x:v>18926</x:v>
+      </x:c>
+      <x:c r="EP24" s="3" t="n">
+        <x:v>20336</x:v>
+      </x:c>
+      <x:c r="EQ24" s="3" t="n">
+        <x:v>18520</x:v>
+      </x:c>
+      <x:c r="ER24" s="3" t="n">
+        <x:v>18214</x:v>
+      </x:c>
+      <x:c r="ES24" s="3" t="n">
+        <x:v>20233</x:v>
+      </x:c>
+      <x:c r="ET24" s="3" t="n">
+        <x:v>19547</x:v>
+      </x:c>
+      <x:c r="EU24" s="3" t="n">
+        <x:v>17844</x:v>
+      </x:c>
+      <x:c r="EV24" s="3" t="n">
+        <x:v>15340</x:v>
+      </x:c>
+      <x:c r="EW24" s="3" t="n">
+        <x:v>16936</x:v>
+      </x:c>
+      <x:c r="EX24" s="3" t="n">
+        <x:v>15349</x:v>
+      </x:c>
+      <x:c r="EY24" s="3" t="n">
+        <x:v>15303</x:v>
+      </x:c>
+      <x:c r="EZ24" s="3" t="n">
+        <x:v>12907</x:v>
+      </x:c>
+      <x:c r="FA24" s="3" t="n">
+        <x:v>15253</x:v>
+      </x:c>
+      <x:c r="FB24" s="3" t="n">
+        <x:v>15554</x:v>
+      </x:c>
+      <x:c r="FC24" s="3" t="n">
+        <x:v>14124</x:v>
+      </x:c>
+      <x:c r="FD24" s="3" t="n">
+        <x:v>13010</x:v>
+      </x:c>
+      <x:c r="FE24" s="3" t="n">
+        <x:v>15704</x:v>
+      </x:c>
+      <x:c r="FF24" s="3" t="n">
+        <x:v>15515</x:v>
+      </x:c>
+      <x:c r="FG24" s="3" t="n">
+        <x:v>15598</x:v>
+      </x:c>
+      <x:c r="FH24" s="3" t="n">
+        <x:v>13899</x:v>
+      </x:c>
+      <x:c r="FI24" s="3" t="n">
+        <x:v>16566</x:v>
+      </x:c>
+      <x:c r="FJ24" s="3" t="n">
+        <x:v>17040</x:v>
+      </x:c>
+      <x:c r="FK24" s="3" t="n">
+        <x:v>16127</x:v>
+      </x:c>
+      <x:c r="FL24" s="3" t="n">
+        <x:v>14485</x:v>
+      </x:c>
+      <x:c r="FM24" s="3" t="n">
+        <x:v>16895</x:v>
+      </x:c>
+      <x:c r="FN24" s="3" t="n">
+        <x:v>17426</x:v>
+      </x:c>
+      <x:c r="FO24" s="3" t="n">
+        <x:v>15964</x:v>
+      </x:c>
+      <x:c r="FP24" s="3" t="n">
+        <x:v>14493</x:v>
+      </x:c>
+      <x:c r="FQ24" s="3" t="n">
+        <x:v>17905</x:v>
+      </x:c>
+      <x:c r="FR24" s="3" t="n">
+        <x:v>18069</x:v>
+      </x:c>
+      <x:c r="FS24" s="3" t="n">
+        <x:v>18008</x:v>
+      </x:c>
+      <x:c r="FT24" s="3" t="n">
+        <x:v>15968</x:v>
+      </x:c>
+      <x:c r="FU24" s="3" t="n">
+        <x:v>18867</x:v>
+      </x:c>
+      <x:c r="FV24" s="3" t="n">
+        <x:v>19388</x:v>
+      </x:c>
+      <x:c r="FW24" s="3" t="n">
+        <x:v>18588</x:v>
+      </x:c>
+      <x:c r="FX24" s="3" t="n">
+        <x:v>16532</x:v>
+      </x:c>
+      <x:c r="FY24" s="3" t="n">
+        <x:v>19101</x:v>
+      </x:c>
+      <x:c r="FZ24" s="3" t="n">
+        <x:v>20240</x:v>
+      </x:c>
+      <x:c r="GA24" s="3" t="n">
+        <x:v>18261</x:v>
+      </x:c>
+      <x:c r="GB24" s="3" t="n">
+        <x:v>16638</x:v>
+      </x:c>
+      <x:c r="GC24" s="3" t="n">
+        <x:v>19506</x:v>
+      </x:c>
+      <x:c r="GD24" s="3" t="n">
+        <x:v>19442</x:v>
+      </x:c>
+      <x:c r="GE24" s="3" t="n">
+        <x:v>19741</x:v>
+      </x:c>
+      <x:c r="GF24" s="3" t="n">
+        <x:v>17626</x:v>
+      </x:c>
+      <x:c r="GG24" s="3" t="n">
+        <x:v>20162</x:v>
+      </x:c>
+      <x:c r="GH24" s="3" t="n">
+        <x:v>21330</x:v>
+      </x:c>
+      <x:c r="GI24" s="3" t="n">
+        <x:v>20500</x:v>
+      </x:c>
+      <x:c r="GJ24" s="3" t="n">
+        <x:v>18776</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:192">
+      <x:c r="A25" s="2" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="B25" s="3" t="n">
+        <x:v>4688</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="n">
+        <x:v>4666</x:v>
+      </x:c>
+      <x:c r="D25" s="3" t="n">
+        <x:v>3756</x:v>
+      </x:c>
+      <x:c r="E25" s="3" t="n">
+        <x:v>4662</x:v>
+      </x:c>
+      <x:c r="F25" s="3" t="n">
+        <x:v>4969</x:v>
+      </x:c>
+      <x:c r="G25" s="3" t="n">
+        <x:v>4434</x:v>
+      </x:c>
+      <x:c r="H25" s="3" t="n">
+        <x:v>3953</x:v>
+      </x:c>
+      <x:c r="I25" s="3" t="n">
+        <x:v>4622</x:v>
+      </x:c>
+      <x:c r="J25" s="3" t="n">
+        <x:v>5370</x:v>
+      </x:c>
+      <x:c r="K25" s="3" t="n">
+        <x:v>4967</x:v>
+      </x:c>
+      <x:c r="L25" s="3" t="n">
+        <x:v>4335</x:v>
+      </x:c>
+      <x:c r="M25" s="3" t="n">
+        <x:v>5200</x:v>
+      </x:c>
+      <x:c r="N25" s="3" t="n">
+        <x:v>5374</x:v>
+      </x:c>
+      <x:c r="O25" s="3" t="n">
+        <x:v>4866</x:v>
+      </x:c>
+      <x:c r="P25" s="3" t="n">
+        <x:v>4431</x:v>
+      </x:c>
+      <x:c r="Q25" s="3" t="n">
+        <x:v>5352</x:v>
+      </x:c>
+      <x:c r="R25" s="3" t="n">
+        <x:v>5988</x:v>
+      </x:c>
+      <x:c r="S25" s="3" t="n">
+        <x:v>5289</x:v>
+      </x:c>
+      <x:c r="T25" s="3" t="n">
+        <x:v>4754</x:v>
+      </x:c>
+      <x:c r="U25" s="3" t="n">
+        <x:v>5495</x:v>
+      </x:c>
+      <x:c r="V25" s="3" t="n">
+        <x:v>4787</x:v>
+      </x:c>
+      <x:c r="W25" s="3" t="n">
+        <x:v>4283</x:v>
+      </x:c>
+      <x:c r="X25" s="3" t="n">
+        <x:v>3623</x:v>
+      </x:c>
+      <x:c r="Y25" s="3" t="n">
+        <x:v>4461</x:v>
+      </x:c>
+      <x:c r="Z25" s="3" t="n">
+        <x:v>5064</x:v>
+      </x:c>
+      <x:c r="AA25" s="3" t="n">
+        <x:v>4608</x:v>
+      </x:c>
+      <x:c r="AB25" s="3" t="n">
+        <x:v>3942</x:v>
+      </x:c>
+      <x:c r="AC25" s="3" t="n">
+        <x:v>4923</x:v>
+      </x:c>
+      <x:c r="AD25" s="3" t="n">
+        <x:v>5421</x:v>
+      </x:c>
+      <x:c r="AE25" s="3" t="n">
+        <x:v>4946</x:v>
+      </x:c>
+      <x:c r="AF25" s="3" t="n">
+        <x:v>4251</x:v>
+      </x:c>
+      <x:c r="AG25" s="3" t="n">
+        <x:v>5362</x:v>
+      </x:c>
+      <x:c r="AH25" s="3" t="n">
+        <x:v>4786</x:v>
+      </x:c>
+      <x:c r="AI25" s="3" t="n">
+        <x:v>4653</x:v>
+      </x:c>
+      <x:c r="AJ25" s="3" t="n">
+        <x:v>3987</x:v>
+      </x:c>
+      <x:c r="AK25" s="3" t="n">
+        <x:v>4618</x:v>
+      </x:c>
+      <x:c r="AL25" s="3" t="n">
+        <x:v>4906</x:v>
+      </x:c>
+      <x:c r="AM25" s="3" t="n">
+        <x:v>4534</x:v>
+      </x:c>
+      <x:c r="AN25" s="3" t="n">
+        <x:v>4176</x:v>
+      </x:c>
+      <x:c r="AO25" s="3" t="n">
+        <x:v>4607</x:v>
+      </x:c>
+      <x:c r="AP25" s="3" t="n">
+        <x:v>4339</x:v>
+      </x:c>
+      <x:c r="AQ25" s="3" t="n">
+        <x:v>4126</x:v>
+      </x:c>
+      <x:c r="AR25" s="3" t="n">
+        <x:v>3542</x:v>
+      </x:c>
+      <x:c r="AS25" s="3" t="n">
+        <x:v>4142</x:v>
+      </x:c>
+      <x:c r="AT25" s="3" t="n">
+        <x:v>4048</x:v>
+      </x:c>
+      <x:c r="AU25" s="3" t="n">
+        <x:v>3869</x:v>
+      </x:c>
+      <x:c r="AV25" s="3" t="n">
+        <x:v>3285</x:v>
+      </x:c>
+      <x:c r="AW25" s="3" t="n">
+        <x:v>3827</x:v>
+      </x:c>
+      <x:c r="AX25" s="3" t="n">
+        <x:v>4231</x:v>
+      </x:c>
+      <x:c r="AY25" s="3" t="n">
+        <x:v>3871</x:v>
+      </x:c>
+      <x:c r="AZ25" s="3" t="n">
+        <x:v>3525</x:v>
+      </x:c>
+      <x:c r="BA25" s="3" t="n">
+        <x:v>4168</x:v>
+      </x:c>
+      <x:c r="BB25" s="3" t="n">
+        <x:v>4100</x:v>
+      </x:c>
+      <x:c r="BC25" s="3" t="n">
+        <x:v>4132</x:v>
+      </x:c>
+      <x:c r="BD25" s="3" t="n">
+        <x:v>3651</x:v>
+      </x:c>
+      <x:c r="BE25" s="3" t="n">
+        <x:v>4388</x:v>
+      </x:c>
+      <x:c r="BF25" s="3" t="n">
+        <x:v>4283</x:v>
+      </x:c>
+      <x:c r="BG25" s="3" t="n">
+        <x:v>3944</x:v>
+      </x:c>
+      <x:c r="BH25" s="3" t="n">
+        <x:v>3722</x:v>
+      </x:c>
+      <x:c r="BI25" s="3" t="n">
+        <x:v>4334</x:v>
+      </x:c>
+      <x:c r="BJ25" s="3" t="n">
+        <x:v>4902</x:v>
+      </x:c>
+      <x:c r="BK25" s="3" t="n">
+        <x:v>4411</x:v>
+      </x:c>
+      <x:c r="BL25" s="3" t="n">
+        <x:v>4076</x:v>
+      </x:c>
+      <x:c r="BM25" s="3" t="n">
+        <x:v>4631</x:v>
+      </x:c>
+      <x:c r="BN25" s="3" t="n">
+        <x:v>4426</x:v>
+      </x:c>
+      <x:c r="BO25" s="3" t="n">
+        <x:v>4387</x:v>
+      </x:c>
+      <x:c r="BP25" s="3" t="n">
+        <x:v>3762</x:v>
+      </x:c>
+      <x:c r="BQ25" s="3" t="n">
+        <x:v>4155</x:v>
+      </x:c>
+      <x:c r="BR25" s="3" t="n">
+        <x:v>4890</x:v>
+      </x:c>
+      <x:c r="BS25" s="3" t="n">
+        <x:v>4493</x:v>
+      </x:c>
+      <x:c r="BT25" s="3" t="n">
+        <x:v>4012</x:v>
+      </x:c>
+      <x:c r="BU25" s="3" t="n">
+        <x:v>4400</x:v>
+      </x:c>
+      <x:c r="BV25" s="3" t="n">
+        <x:v>5147</x:v>
+      </x:c>
+      <x:c r="BW25" s="3" t="n">
+        <x:v>4446</x:v>
+      </x:c>
+      <x:c r="BX25" s="3" t="n">
+        <x:v>4307</x:v>
+      </x:c>
+      <x:c r="BY25" s="3" t="n">
+        <x:v>4524</x:v>
+      </x:c>
+      <x:c r="BZ25" s="3" t="n">
+        <x:v>5317</x:v>
+      </x:c>
+      <x:c r="CA25" s="3" t="n">
+        <x:v>5657</x:v>
+      </x:c>
+      <x:c r="CB25" s="3" t="n">
+        <x:v>5253</x:v>
+      </x:c>
+      <x:c r="CC25" s="3" t="n">
+        <x:v>5780</x:v>
+      </x:c>
+      <x:c r="CD25" s="3" t="n">
+        <x:v>6434</x:v>
+      </x:c>
+      <x:c r="CE25" s="3" t="n">
+        <x:v>6105</x:v>
+      </x:c>
+      <x:c r="CF25" s="3" t="n">
+        <x:v>5745</x:v>
+      </x:c>
+      <x:c r="CG25" s="3" t="n">
+        <x:v>6615</x:v>
+      </x:c>
+      <x:c r="CH25" s="3" t="n">
+        <x:v>6254</x:v>
+      </x:c>
+      <x:c r="CI25" s="3" t="n">
+        <x:v>6060</x:v>
+      </x:c>
+      <x:c r="CJ25" s="3" t="n">
+        <x:v>5383</x:v>
+      </x:c>
+      <x:c r="CK25" s="3" t="n">
+        <x:v>5816</x:v>
+      </x:c>
+      <x:c r="CL25" s="3" t="n">
+        <x:v>5771</x:v>
+      </x:c>
+      <x:c r="CM25" s="3" t="n">
+        <x:v>4957</x:v>
+      </x:c>
+      <x:c r="CN25" s="3" t="n">
+        <x:v>4729</x:v>
+      </x:c>
+      <x:c r="CO25" s="3" t="n">
+        <x:v>5263</x:v>
+      </x:c>
+      <x:c r="CP25" s="3" t="n">
+        <x:v>5531</x:v>
+      </x:c>
+      <x:c r="CQ25" s="3" t="n">
+        <x:v>5038</x:v>
+      </x:c>
+      <x:c r="CR25" s="3" t="n">
+        <x:v>4807</x:v>
+      </x:c>
+      <x:c r="CS25" s="3" t="n">
+        <x:v>5406</x:v>
+      </x:c>
+      <x:c r="CT25" s="3" t="n">
+        <x:v>6047</x:v>
+      </x:c>
+      <x:c r="CU25" s="3" t="n">
+        <x:v>6148</x:v>
+      </x:c>
+      <x:c r="CV25" s="3" t="n">
+        <x:v>5534</x:v>
+      </x:c>
+      <x:c r="CW25" s="3" t="n">
+        <x:v>5920</x:v>
+      </x:c>
+      <x:c r="CX25" s="3" t="n">
+        <x:v>5991</x:v>
+      </x:c>
+      <x:c r="CY25" s="3" t="n">
+        <x:v>5083</x:v>
+      </x:c>
+      <x:c r="CZ25" s="3" t="n">
+        <x:v>4879</x:v>
+      </x:c>
+      <x:c r="DA25" s="3" t="n">
+        <x:v>5200</x:v>
+      </x:c>
+      <x:c r="DB25" s="3" t="n">
+        <x:v>5513</x:v>
+      </x:c>
+      <x:c r="DC25" s="3" t="n">
+        <x:v>5172</x:v>
+      </x:c>
+      <x:c r="DD25" s="3" t="n">
+        <x:v>5066</x:v>
+      </x:c>
+      <x:c r="DE25" s="3" t="n">
+        <x:v>5705</x:v>
+      </x:c>
+      <x:c r="DF25" s="3" t="n">
+        <x:v>5762</x:v>
+      </x:c>
+      <x:c r="DG25" s="3" t="n">
+        <x:v>6071</x:v>
+      </x:c>
+      <x:c r="DH25" s="3" t="n">
+        <x:v>5449</x:v>
+      </x:c>
+      <x:c r="DI25" s="3" t="n">
+        <x:v>6493</x:v>
+      </x:c>
+      <x:c r="DJ25" s="3" t="n">
+        <x:v>6766</x:v>
+      </x:c>
+      <x:c r="DK25" s="3" t="n">
+        <x:v>6396</x:v>
+      </x:c>
+      <x:c r="DL25" s="3" t="n">
+        <x:v>6180</x:v>
+      </x:c>
+      <x:c r="DM25" s="3" t="n">
+        <x:v>7152</x:v>
+      </x:c>
+      <x:c r="DN25" s="3" t="n">
+        <x:v>6511</x:v>
+      </x:c>
+      <x:c r="DO25" s="3" t="n">
+        <x:v>6228</x:v>
+      </x:c>
+      <x:c r="DP25" s="3" t="n">
+        <x:v>5803</x:v>
+      </x:c>
+      <x:c r="DQ25" s="3" t="n">
+        <x:v>6675</x:v>
+      </x:c>
+      <x:c r="DR25" s="3" t="n">
+        <x:v>6240</x:v>
+      </x:c>
+      <x:c r="DS25" s="3" t="n">
+        <x:v>6771</x:v>
+      </x:c>
+      <x:c r="DT25" s="3" t="n">
+        <x:v>5871</x:v>
+      </x:c>
+      <x:c r="DU25" s="3" t="n">
+        <x:v>6506</x:v>
+      </x:c>
+      <x:c r="DV25" s="3" t="n">
+        <x:v>5687</x:v>
+      </x:c>
+      <x:c r="DW25" s="3" t="n">
+        <x:v>5147</x:v>
+      </x:c>
+      <x:c r="DX25" s="3" t="n">
+        <x:v>4662</x:v>
+      </x:c>
+      <x:c r="DY25" s="3" t="n">
+        <x:v>5187</x:v>
+      </x:c>
+      <x:c r="DZ25" s="3" t="n">
+        <x:v>5184</x:v>
+      </x:c>
+      <x:c r="EA25" s="3" t="n">
+        <x:v>5075</x:v>
+      </x:c>
+      <x:c r="EB25" s="3" t="n">
+        <x:v>4601</x:v>
+      </x:c>
+      <x:c r="EC25" s="3" t="n">
+        <x:v>5159</x:v>
+      </x:c>
+      <x:c r="ED25" s="3" t="n">
+        <x:v>5204</x:v>
+      </x:c>
+      <x:c r="EE25" s="3" t="n">
+        <x:v>4794</x:v>
+      </x:c>
+      <x:c r="EF25" s="3" t="n">
+        <x:v>4699</x:v>
+      </x:c>
+      <x:c r="EG25" s="3" t="n">
+        <x:v>5440</x:v>
+      </x:c>
+      <x:c r="EH25" s="3" t="n">
+        <x:v>5400</x:v>
+      </x:c>
+      <x:c r="EI25" s="3" t="n">
+        <x:v>4878</x:v>
+      </x:c>
+      <x:c r="EJ25" s="3" t="n">
+        <x:v>4970</x:v>
+      </x:c>
+      <x:c r="EK25" s="3" t="n">
+        <x:v>5676</x:v>
+      </x:c>
+      <x:c r="EL25" s="3" t="n">
+        <x:v>5566</x:v>
+      </x:c>
+      <x:c r="EM25" s="3" t="n">
+        <x:v>6124</x:v>
+      </x:c>
+      <x:c r="EN25" s="3" t="n">
+        <x:v>5591</x:v>
+      </x:c>
+      <x:c r="EO25" s="3" t="n">
+        <x:v>6174</x:v>
+      </x:c>
+      <x:c r="EP25" s="3" t="n">
+        <x:v>6123</x:v>
+      </x:c>
+      <x:c r="EQ25" s="3" t="n">
+        <x:v>5932</x:v>
+      </x:c>
+      <x:c r="ER25" s="3" t="n">
+        <x:v>5880</x:v>
+      </x:c>
+      <x:c r="ES25" s="3" t="n">
+        <x:v>6286</x:v>
+      </x:c>
+      <x:c r="ET25" s="3" t="n">
+        <x:v>5882</x:v>
+      </x:c>
+      <x:c r="EU25" s="3" t="n">
+        <x:v>5084</x:v>
+      </x:c>
+      <x:c r="EV25" s="3" t="n">
+        <x:v>4418</x:v>
+      </x:c>
+      <x:c r="EW25" s="3" t="n">
+        <x:v>4772</x:v>
+      </x:c>
+      <x:c r="EX25" s="3" t="n">
+        <x:v>4599</x:v>
+      </x:c>
+      <x:c r="EY25" s="3" t="n">
+        <x:v>4952</x:v>
+      </x:c>
+      <x:c r="EZ25" s="3" t="n">
+        <x:v>4072</x:v>
+      </x:c>
+      <x:c r="FA25" s="3" t="n">
+        <x:v>4801</x:v>
+      </x:c>
+      <x:c r="FB25" s="3" t="n">
+        <x:v>4694</x:v>
+      </x:c>
+      <x:c r="FC25" s="3" t="n">
+        <x:v>4411</x:v>
+      </x:c>
+      <x:c r="FD25" s="3" t="n">
+        <x:v>3881</x:v>
+      </x:c>
+      <x:c r="FE25" s="3" t="n">
+        <x:v>4391</x:v>
+      </x:c>
+      <x:c r="FF25" s="3" t="n">
+        <x:v>4310</x:v>
+      </x:c>
+      <x:c r="FG25" s="3" t="n">
+        <x:v>4183</x:v>
+      </x:c>
+      <x:c r="FH25" s="3" t="n">
+        <x:v>3700</x:v>
+      </x:c>
+      <x:c r="FI25" s="3" t="n">
+        <x:v>4434</x:v>
+      </x:c>
+      <x:c r="FJ25" s="3" t="n">
+        <x:v>4997</x:v>
+      </x:c>
+      <x:c r="FK25" s="3" t="n">
+        <x:v>5015</x:v>
+      </x:c>
+      <x:c r="FL25" s="3" t="n">
+        <x:v>4655</x:v>
+      </x:c>
+      <x:c r="FM25" s="3" t="n">
+        <x:v>5462</x:v>
+      </x:c>
+      <x:c r="FN25" s="3" t="n">
+        <x:v>5431</x:v>
+      </x:c>
+      <x:c r="FO25" s="3" t="n">
+        <x:v>3427</x:v>
+      </x:c>
+      <x:c r="FP25" s="3" t="n">
+        <x:v>3671</x:v>
+      </x:c>
+      <x:c r="FQ25" s="3" t="n">
+        <x:v>4670</x:v>
+      </x:c>
+      <x:c r="FR25" s="3" t="n">
+        <x:v>4849</x:v>
+      </x:c>
+      <x:c r="FS25" s="3" t="n">
+        <x:v>4621</x:v>
+      </x:c>
+      <x:c r="FT25" s="3" t="n">
+        <x:v>4222</x:v>
+      </x:c>
+      <x:c r="FU25" s="3" t="n">
         <x:v>4899</x:v>
       </x:c>
-      <x:c r="FE21" s="3" t="n">
-[...90 lines deleted...]
-        <x:v>4008</x:v>
+      <x:c r="FV25" s="3" t="n">
+        <x:v>5196</x:v>
+      </x:c>
+      <x:c r="FW25" s="3" t="n">
+        <x:v>5050</x:v>
+      </x:c>
+      <x:c r="FX25" s="3" t="n">
+        <x:v>4840</x:v>
+      </x:c>
+      <x:c r="FY25" s="3" t="n">
+        <x:v>5819</x:v>
+      </x:c>
+      <x:c r="FZ25" s="3" t="n">
+        <x:v>6576</x:v>
+      </x:c>
+      <x:c r="GA25" s="3" t="n">
+        <x:v>6232</x:v>
+      </x:c>
+      <x:c r="GB25" s="3" t="n">
+        <x:v>6031</x:v>
+      </x:c>
+      <x:c r="GC25" s="3" t="n">
+        <x:v>7095</x:v>
+      </x:c>
+      <x:c r="GD25" s="3" t="n">
+        <x:v>7205</x:v>
+      </x:c>
+      <x:c r="GE25" s="3" t="n">
+        <x:v>7279</x:v>
+      </x:c>
+      <x:c r="GF25" s="3" t="n">
+        <x:v>6681</x:v>
+      </x:c>
+      <x:c r="GG25" s="3" t="n">
+        <x:v>7586</x:v>
+      </x:c>
+      <x:c r="GH25" s="3" t="n">
+        <x:v>7840</x:v>
+      </x:c>
+      <x:c r="GI25" s="3" t="n">
+        <x:v>7879</x:v>
+      </x:c>
+      <x:c r="GJ25" s="3" t="n">
+        <x:v>7181</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:191">
-[...63 lines deleted...]
-      <x:c r="V22" s="3" t="n">
+    <x:row r="26" spans="1:192">
+      <x:c r="A26" s="2" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="B26" s="3" t="n">
+        <x:v>2528</x:v>
+      </x:c>
+      <x:c r="C26" s="3" t="n">
+        <x:v>2604</x:v>
+      </x:c>
+      <x:c r="D26" s="3" t="n">
+        <x:v>2166</x:v>
+      </x:c>
+      <x:c r="E26" s="3" t="n">
+        <x:v>2820</x:v>
+      </x:c>
+      <x:c r="F26" s="3" t="n">
+        <x:v>2640</x:v>
+      </x:c>
+      <x:c r="G26" s="3" t="n">
+        <x:v>2338</x:v>
+      </x:c>
+      <x:c r="H26" s="3" t="n">
+        <x:v>2181</x:v>
+      </x:c>
+      <x:c r="I26" s="3" t="n">
+        <x:v>2793</x:v>
+      </x:c>
+      <x:c r="J26" s="3" t="n">
+        <x:v>2591</x:v>
+      </x:c>
+      <x:c r="K26" s="3" t="n">
+        <x:v>2276</x:v>
+      </x:c>
+      <x:c r="L26" s="3" t="n">
+        <x:v>1954</x:v>
+      </x:c>
+      <x:c r="M26" s="3" t="n">
+        <x:v>2575</x:v>
+      </x:c>
+      <x:c r="N26" s="3" t="n">
+        <x:v>2637</x:v>
+      </x:c>
+      <x:c r="O26" s="3" t="n">
+        <x:v>2263</x:v>
+      </x:c>
+      <x:c r="P26" s="3" t="n">
+        <x:v>2053</x:v>
+      </x:c>
+      <x:c r="Q26" s="3" t="n">
+        <x:v>2670</x:v>
+      </x:c>
+      <x:c r="R26" s="3" t="n">
+        <x:v>2493</x:v>
+      </x:c>
+      <x:c r="S26" s="3" t="n">
+        <x:v>2073</x:v>
+      </x:c>
+      <x:c r="T26" s="3" t="n">
+        <x:v>1914</x:v>
+      </x:c>
+      <x:c r="U26" s="3" t="n">
+        <x:v>2388</x:v>
+      </x:c>
+      <x:c r="V26" s="3" t="n">
+        <x:v>2299</x:v>
+      </x:c>
+      <x:c r="W26" s="3" t="n">
+        <x:v>2212</x:v>
+      </x:c>
+      <x:c r="X26" s="3" t="n">
+        <x:v>1863</x:v>
+      </x:c>
+      <x:c r="Y26" s="3" t="n">
+        <x:v>2411</x:v>
+      </x:c>
+      <x:c r="Z26" s="3" t="n">
+        <x:v>2349</x:v>
+      </x:c>
+      <x:c r="AA26" s="3" t="n">
+        <x:v>2160</x:v>
+      </x:c>
+      <x:c r="AB26" s="3" t="n">
+        <x:v>1961</x:v>
+      </x:c>
+      <x:c r="AC26" s="3" t="n">
+        <x:v>2514</x:v>
+      </x:c>
+      <x:c r="AD26" s="3" t="n">
+        <x:v>2602</x:v>
+      </x:c>
+      <x:c r="AE26" s="3" t="n">
+        <x:v>2292</x:v>
+      </x:c>
+      <x:c r="AF26" s="3" t="n">
+        <x:v>2093</x:v>
+      </x:c>
+      <x:c r="AG26" s="3" t="n">
+        <x:v>2696</x:v>
+      </x:c>
+      <x:c r="AH26" s="3" t="n">
+        <x:v>2493</x:v>
+      </x:c>
+      <x:c r="AI26" s="3" t="n">
+        <x:v>2494</x:v>
+      </x:c>
+      <x:c r="AJ26" s="3" t="n">
+        <x:v>2237</x:v>
+      </x:c>
+      <x:c r="AK26" s="3" t="n">
+        <x:v>2719</x:v>
+      </x:c>
+      <x:c r="AL26" s="3" t="n">
+        <x:v>2520</x:v>
+      </x:c>
+      <x:c r="AM26" s="3" t="n">
+        <x:v>2180</x:v>
+      </x:c>
+      <x:c r="AN26" s="3" t="n">
+        <x:v>2071</x:v>
+      </x:c>
+      <x:c r="AO26" s="3" t="n">
+        <x:v>2505</x:v>
+      </x:c>
+      <x:c r="AP26" s="3" t="n">
+        <x:v>2318</x:v>
+      </x:c>
+      <x:c r="AQ26" s="3" t="n">
+        <x:v>2155</x:v>
+      </x:c>
+      <x:c r="AR26" s="3" t="n">
+        <x:v>1808</x:v>
+      </x:c>
+      <x:c r="AS26" s="3" t="n">
+        <x:v>2249</x:v>
+      </x:c>
+      <x:c r="AT26" s="3" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="AU26" s="3" t="n">
+        <x:v>2051</x:v>
+      </x:c>
+      <x:c r="AV26" s="3" t="n">
+        <x:v>1700</x:v>
+      </x:c>
+      <x:c r="AW26" s="3" t="n">
+        <x:v>2216</x:v>
+      </x:c>
+      <x:c r="AX26" s="3" t="n">
+        <x:v>2123</x:v>
+      </x:c>
+      <x:c r="AY26" s="3" t="n">
+        <x:v>1859</x:v>
+      </x:c>
+      <x:c r="AZ26" s="3" t="n">
+        <x:v>1717</x:v>
+      </x:c>
+      <x:c r="BA26" s="3" t="n">
+        <x:v>2155</x:v>
+      </x:c>
+      <x:c r="BB26" s="3" t="n">
+        <x:v>1900</x:v>
+      </x:c>
+      <x:c r="BC26" s="3" t="n">
+        <x:v>1906</x:v>
+      </x:c>
+      <x:c r="BD26" s="3" t="n">
+        <x:v>1632</x:v>
+      </x:c>
+      <x:c r="BE26" s="3" t="n">
+        <x:v>1994</x:v>
+      </x:c>
+      <x:c r="BF26" s="3" t="n">
+        <x:v>1988</x:v>
+      </x:c>
+      <x:c r="BG26" s="3" t="n">
+        <x:v>1772</x:v>
+      </x:c>
+      <x:c r="BH26" s="3" t="n">
+        <x:v>1598</x:v>
+      </x:c>
+      <x:c r="BI26" s="3" t="n">
+        <x:v>1969</x:v>
+      </x:c>
+      <x:c r="BJ26" s="3" t="n">
+        <x:v>1803</x:v>
+      </x:c>
+      <x:c r="BK26" s="3" t="n">
+        <x:v>1635</x:v>
+      </x:c>
+      <x:c r="BL26" s="3" t="n">
+        <x:v>1590</x:v>
+      </x:c>
+      <x:c r="BM26" s="3" t="n">
+        <x:v>1978</x:v>
+      </x:c>
+      <x:c r="BN26" s="3" t="n">
+        <x:v>1982</x:v>
+      </x:c>
+      <x:c r="BO26" s="3" t="n">
+        <x:v>1896</x:v>
+      </x:c>
+      <x:c r="BP26" s="3" t="n">
+        <x:v>1762</x:v>
+      </x:c>
+      <x:c r="BQ26" s="3" t="n">
+        <x:v>2215</x:v>
+      </x:c>
+      <x:c r="BR26" s="3" t="n">
+        <x:v>2072</x:v>
+      </x:c>
+      <x:c r="BS26" s="3" t="n">
+        <x:v>1833</x:v>
+      </x:c>
+      <x:c r="BT26" s="3" t="n">
+        <x:v>1725</x:v>
+      </x:c>
+      <x:c r="BU26" s="3" t="n">
+        <x:v>2157</x:v>
+      </x:c>
+      <x:c r="BV26" s="3" t="n">
+        <x:v>2112</x:v>
+      </x:c>
+      <x:c r="BW26" s="3" t="n">
+        <x:v>1854</x:v>
+      </x:c>
+      <x:c r="BX26" s="3" t="n">
+        <x:v>1802</x:v>
+      </x:c>
+      <x:c r="BY26" s="3" t="n">
+        <x:v>2212</x:v>
+      </x:c>
+      <x:c r="BZ26" s="3" t="n">
+        <x:v>2135</x:v>
+      </x:c>
+      <x:c r="CA26" s="3" t="n">
+        <x:v>2359</x:v>
+      </x:c>
+      <x:c r="CB26" s="3" t="n">
+        <x:v>2086</x:v>
+      </x:c>
+      <x:c r="CC26" s="3" t="n">
+        <x:v>2514</x:v>
+      </x:c>
+      <x:c r="CD26" s="3" t="n">
+        <x:v>2495</x:v>
+      </x:c>
+      <x:c r="CE26" s="3" t="n">
+        <x:v>2296</x:v>
+      </x:c>
+      <x:c r="CF26" s="3" t="n">
+        <x:v>2145</x:v>
+      </x:c>
+      <x:c r="CG26" s="3" t="n">
+        <x:v>2529</x:v>
+      </x:c>
+      <x:c r="CH26" s="3" t="n">
+        <x:v>2464</x:v>
+      </x:c>
+      <x:c r="CI26" s="3" t="n">
+        <x:v>2288</x:v>
+      </x:c>
+      <x:c r="CJ26" s="3" t="n">
+        <x:v>1974</x:v>
+      </x:c>
+      <x:c r="CK26" s="3" t="n">
+        <x:v>2391</x:v>
+      </x:c>
+      <x:c r="CL26" s="3" t="n">
+        <x:v>2580</x:v>
+      </x:c>
+      <x:c r="CM26" s="3" t="n">
+        <x:v>2336</x:v>
+      </x:c>
+      <x:c r="CN26" s="3" t="n">
+        <x:v>2152</x:v>
+      </x:c>
+      <x:c r="CO26" s="3" t="n">
+        <x:v>2559</x:v>
+      </x:c>
+      <x:c r="CP26" s="3" t="n">
+        <x:v>2452</x:v>
+      </x:c>
+      <x:c r="CQ26" s="3" t="n">
+        <x:v>2216</x:v>
+      </x:c>
+      <x:c r="CR26" s="3" t="n">
+        <x:v>1979</x:v>
+      </x:c>
+      <x:c r="CS26" s="3" t="n">
+        <x:v>2408</x:v>
+      </x:c>
+      <x:c r="CT26" s="3" t="n">
+        <x:v>2267</x:v>
+      </x:c>
+      <x:c r="CU26" s="3" t="n">
+        <x:v>2378</x:v>
+      </x:c>
+      <x:c r="CV26" s="3" t="n">
+        <x:v>2028</x:v>
+      </x:c>
+      <x:c r="CW26" s="3" t="n">
+        <x:v>2285</x:v>
+      </x:c>
+      <x:c r="CX26" s="3" t="n">
+        <x:v>2609</x:v>
+      </x:c>
+      <x:c r="CY26" s="3" t="n">
+        <x:v>2286</x:v>
+      </x:c>
+      <x:c r="CZ26" s="3" t="n">
+        <x:v>2191</x:v>
+      </x:c>
+      <x:c r="DA26" s="3" t="n">
+        <x:v>2500</x:v>
+      </x:c>
+      <x:c r="DB26" s="3" t="n">
+        <x:v>2725</x:v>
+      </x:c>
+      <x:c r="DC26" s="3" t="n">
+        <x:v>2472</x:v>
+      </x:c>
+      <x:c r="DD26" s="3" t="n">
+        <x:v>2392</x:v>
+      </x:c>
+      <x:c r="DE26" s="3" t="n">
+        <x:v>2677</x:v>
+      </x:c>
+      <x:c r="DF26" s="3" t="n">
+        <x:v>2548</x:v>
+      </x:c>
+      <x:c r="DG26" s="3" t="n">
+        <x:v>2736</x:v>
+      </x:c>
+      <x:c r="DH26" s="3" t="n">
+        <x:v>2373</x:v>
+      </x:c>
+      <x:c r="DI26" s="3" t="n">
+        <x:v>2607</x:v>
+      </x:c>
+      <x:c r="DJ26" s="3" t="n">
+        <x:v>2590</x:v>
+      </x:c>
+      <x:c r="DK26" s="3" t="n">
+        <x:v>2433</x:v>
+      </x:c>
+      <x:c r="DL26" s="3" t="n">
+        <x:v>2250</x:v>
+      </x:c>
+      <x:c r="DM26" s="3" t="n">
+        <x:v>2765</x:v>
+      </x:c>
+      <x:c r="DN26" s="3" t="n">
+        <x:v>2890</x:v>
+      </x:c>
+      <x:c r="DO26" s="3" t="n">
+        <x:v>2547</x:v>
+      </x:c>
+      <x:c r="DP26" s="3" t="n">
+        <x:v>2309</x:v>
+      </x:c>
+      <x:c r="DQ26" s="3" t="n">
+        <x:v>2719</x:v>
+      </x:c>
+      <x:c r="DR26" s="3" t="n">
+        <x:v>2446</x:v>
+      </x:c>
+      <x:c r="DS26" s="3" t="n">
+        <x:v>2464</x:v>
+      </x:c>
+      <x:c r="DT26" s="3" t="n">
+        <x:v>1839</x:v>
+      </x:c>
+      <x:c r="DU26" s="3" t="n">
+        <x:v>2127</x:v>
+      </x:c>
+      <x:c r="DV26" s="3" t="n">
+        <x:v>2000</x:v>
+      </x:c>
+      <x:c r="DW26" s="3" t="n">
+        <x:v>1767</x:v>
+      </x:c>
+      <x:c r="DX26" s="3" t="n">
+        <x:v>1526</x:v>
+      </x:c>
+      <x:c r="DY26" s="3" t="n">
+        <x:v>1826</x:v>
+      </x:c>
+      <x:c r="DZ26" s="3" t="n">
+        <x:v>1873</x:v>
+      </x:c>
+      <x:c r="EA26" s="3" t="n">
+        <x:v>1710</x:v>
+      </x:c>
+      <x:c r="EB26" s="3" t="n">
+        <x:v>1569</x:v>
+      </x:c>
+      <x:c r="EC26" s="3" t="n">
+        <x:v>1878</x:v>
+      </x:c>
+      <x:c r="ED26" s="3" t="n">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="EE26" s="3" t="n">
+        <x:v>1601</x:v>
+      </x:c>
+      <x:c r="EF26" s="3" t="n">
+        <x:v>1474</x:v>
+      </x:c>
+      <x:c r="EG26" s="3" t="n">
+        <x:v>1730</x:v>
+      </x:c>
+      <x:c r="EH26" s="3" t="n">
+        <x:v>1892</x:v>
+      </x:c>
+      <x:c r="EI26" s="3" t="n">
+        <x:v>1603</x:v>
+      </x:c>
+      <x:c r="EJ26" s="3" t="n">
+        <x:v>1478</x:v>
+      </x:c>
+      <x:c r="EK26" s="3" t="n">
+        <x:v>1721</x:v>
+      </x:c>
+      <x:c r="EL26" s="3" t="n">
+        <x:v>1799</x:v>
+      </x:c>
+      <x:c r="EM26" s="3" t="n">
+        <x:v>1709</x:v>
+      </x:c>
+      <x:c r="EN26" s="3" t="n">
+        <x:v>1483</x:v>
+      </x:c>
+      <x:c r="EO26" s="3" t="n">
+        <x:v>1738</x:v>
+      </x:c>
+      <x:c r="EP26" s="3" t="n">
+        <x:v>1687</x:v>
+      </x:c>
+      <x:c r="EQ26" s="3" t="n">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="ER26" s="3" t="n">
+        <x:v>1438</x:v>
+      </x:c>
+      <x:c r="ES26" s="3" t="n">
+        <x:v>1673</x:v>
+      </x:c>
+      <x:c r="ET26" s="3" t="n">
+        <x:v>1664</x:v>
+      </x:c>
+      <x:c r="EU26" s="3" t="n">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="EV26" s="3" t="n">
+        <x:v>1342</x:v>
+      </x:c>
+      <x:c r="EW26" s="3" t="n">
+        <x:v>1509</x:v>
+      </x:c>
+      <x:c r="EX26" s="3" t="n">
+        <x:v>1833</x:v>
+      </x:c>
+      <x:c r="EY26" s="3" t="n">
+        <x:v>1730</x:v>
+      </x:c>
+      <x:c r="EZ26" s="3" t="n">
+        <x:v>1559</x:v>
+      </x:c>
+      <x:c r="FA26" s="3" t="n">
+        <x:v>1813</x:v>
+      </x:c>
+      <x:c r="FB26" s="3" t="n">
+        <x:v>1859</x:v>
+      </x:c>
+      <x:c r="FC26" s="3" t="n">
+        <x:v>1625</x:v>
+      </x:c>
+      <x:c r="FD26" s="3" t="n">
+        <x:v>1508</x:v>
+      </x:c>
+      <x:c r="FE26" s="3" t="n">
+        <x:v>1821</x:v>
+      </x:c>
+      <x:c r="FF26" s="3" t="n">
+        <x:v>1783</x:v>
+      </x:c>
+      <x:c r="FG26" s="3" t="n">
+        <x:v>1683</x:v>
+      </x:c>
+      <x:c r="FH26" s="3" t="n">
+        <x:v>1456</x:v>
+      </x:c>
+      <x:c r="FI26" s="3" t="n">
+        <x:v>1797</x:v>
+      </x:c>
+      <x:c r="FJ26" s="3" t="n">
+        <x:v>1865</x:v>
+      </x:c>
+      <x:c r="FK26" s="3" t="n">
+        <x:v>1687</x:v>
+      </x:c>
+      <x:c r="FL26" s="3" t="n">
+        <x:v>1494</x:v>
+      </x:c>
+      <x:c r="FM26" s="3" t="n">
+        <x:v>1834</x:v>
+      </x:c>
+      <x:c r="FN26" s="3" t="n">
+        <x:v>1817</x:v>
+      </x:c>
+      <x:c r="FO26" s="3" t="n">
+        <x:v>1260</x:v>
+      </x:c>
+      <x:c r="FP26" s="3" t="n">
+        <x:v>1557</x:v>
+      </x:c>
+      <x:c r="FQ26" s="3" t="n">
+        <x:v>1832</x:v>
+      </x:c>
+      <x:c r="FR26" s="3" t="n">
+        <x:v>1931</x:v>
+      </x:c>
+      <x:c r="FS26" s="3" t="n">
+        <x:v>1912</x:v>
+      </x:c>
+      <x:c r="FT26" s="3" t="n">
+        <x:v>1715</x:v>
+      </x:c>
+      <x:c r="FU26" s="3" t="n">
+        <x:v>2278</x:v>
+      </x:c>
+      <x:c r="FV26" s="3" t="n">
+        <x:v>2441</x:v>
+      </x:c>
+      <x:c r="FW26" s="3" t="n">
+        <x:v>2349</x:v>
+      </x:c>
+      <x:c r="FX26" s="3" t="n">
+        <x:v>2163</x:v>
+      </x:c>
+      <x:c r="FY26" s="3" t="n">
+        <x:v>2376</x:v>
+      </x:c>
+      <x:c r="FZ26" s="3" t="n">
+        <x:v>2294</x:v>
+      </x:c>
+      <x:c r="GA26" s="3" t="n">
+        <x:v>2062</x:v>
+      </x:c>
+      <x:c r="GB26" s="3" t="n">
+        <x:v>1936</x:v>
+      </x:c>
+      <x:c r="GC26" s="3" t="n">
+        <x:v>2193</x:v>
+      </x:c>
+      <x:c r="GD26" s="3" t="n">
+        <x:v>2089</x:v>
+      </x:c>
+      <x:c r="GE26" s="3" t="n">
+        <x:v>2383</x:v>
+      </x:c>
+      <x:c r="GF26" s="3" t="n">
+        <x:v>2041</x:v>
+      </x:c>
+      <x:c r="GG26" s="3" t="n">
+        <x:v>2372</x:v>
+      </x:c>
+      <x:c r="GH26" s="3" t="n">
+        <x:v>2296</x:v>
+      </x:c>
+      <x:c r="GI26" s="3" t="n">
+        <x:v>2037</x:v>
+      </x:c>
+      <x:c r="GJ26" s="3" t="n">
+        <x:v>1890</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:192">
+      <x:c r="A27" s="2" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="B27" s="3" t="n">
+        <x:v>4147</x:v>
+      </x:c>
+      <x:c r="C27" s="3" t="n">
+        <x:v>4364</x:v>
+      </x:c>
+      <x:c r="D27" s="3" t="n">
+        <x:v>3458</x:v>
+      </x:c>
+      <x:c r="E27" s="3" t="n">
+        <x:v>4181</x:v>
+      </x:c>
+      <x:c r="F27" s="3" t="n">
+        <x:v>4351</x:v>
+      </x:c>
+      <x:c r="G27" s="3" t="n">
+        <x:v>4265</x:v>
+      </x:c>
+      <x:c r="H27" s="3" t="n">
+        <x:v>4009</x:v>
+      </x:c>
+      <x:c r="I27" s="3" t="n">
+        <x:v>4683</x:v>
+      </x:c>
+      <x:c r="J27" s="3" t="n">
+        <x:v>4279</x:v>
+      </x:c>
+      <x:c r="K27" s="3" t="n">
+        <x:v>3971</x:v>
+      </x:c>
+      <x:c r="L27" s="3" t="n">
+        <x:v>3529</x:v>
+      </x:c>
+      <x:c r="M27" s="3" t="n">
+        <x:v>4219</x:v>
+      </x:c>
+      <x:c r="N27" s="3" t="n">
+        <x:v>4122</x:v>
+      </x:c>
+      <x:c r="O27" s="3" t="n">
+        <x:v>3722</x:v>
+      </x:c>
+      <x:c r="P27" s="3" t="n">
+        <x:v>3420</x:v>
+      </x:c>
+      <x:c r="Q27" s="3" t="n">
+        <x:v>4132</x:v>
+      </x:c>
+      <x:c r="R27" s="3" t="n">
+        <x:v>4317</x:v>
+      </x:c>
+      <x:c r="S27" s="3" t="n">
+        <x:v>3817</x:v>
+      </x:c>
+      <x:c r="T27" s="3" t="n">
+        <x:v>3452</x:v>
+      </x:c>
+      <x:c r="U27" s="3" t="n">
+        <x:v>4042</x:v>
+      </x:c>
+      <x:c r="V27" s="3" t="n">
+        <x:v>4191</x:v>
+      </x:c>
+      <x:c r="W27" s="3" t="n">
+        <x:v>3856</x:v>
+      </x:c>
+      <x:c r="X27" s="3" t="n">
+        <x:v>3325</x:v>
+      </x:c>
+      <x:c r="Y27" s="3" t="n">
+        <x:v>4111</x:v>
+      </x:c>
+      <x:c r="Z27" s="3" t="n">
+        <x:v>4128</x:v>
+      </x:c>
+      <x:c r="AA27" s="3" t="n">
+        <x:v>3721</x:v>
+      </x:c>
+      <x:c r="AB27" s="3" t="n">
+        <x:v>3261</x:v>
+      </x:c>
+      <x:c r="AC27" s="3" t="n">
+        <x:v>4100</x:v>
+      </x:c>
+      <x:c r="AD27" s="3" t="n">
+        <x:v>4281</x:v>
+      </x:c>
+      <x:c r="AE27" s="3" t="n">
+        <x:v>3889</x:v>
+      </x:c>
+      <x:c r="AF27" s="3" t="n">
+        <x:v>3371</x:v>
+      </x:c>
+      <x:c r="AG27" s="3" t="n">
+        <x:v>4291</x:v>
+      </x:c>
+      <x:c r="AH27" s="3" t="n">
+        <x:v>3948</x:v>
+      </x:c>
+      <x:c r="AI27" s="3" t="n">
+        <x:v>3881</x:v>
+      </x:c>
+      <x:c r="AJ27" s="3" t="n">
+        <x:v>3403</x:v>
+      </x:c>
+      <x:c r="AK27" s="3" t="n">
+        <x:v>4062</x:v>
+      </x:c>
+      <x:c r="AL27" s="3" t="n">
+        <x:v>3842</x:v>
+      </x:c>
+      <x:c r="AM27" s="3" t="n">
         <x:v>3537</x:v>
       </x:c>
-      <x:c r="W22" s="3" t="n">
-[...83 lines deleted...]
-      <x:c r="AY22" s="3" t="n">
+      <x:c r="AN27" s="3" t="n">
+        <x:v>3267</x:v>
+      </x:c>
+      <x:c r="AO27" s="3" t="n">
+        <x:v>3709</x:v>
+      </x:c>
+      <x:c r="AP27" s="3" t="n">
+        <x:v>3686</x:v>
+      </x:c>
+      <x:c r="AQ27" s="3" t="n">
+        <x:v>3533</x:v>
+      </x:c>
+      <x:c r="AR27" s="3" t="n">
+        <x:v>2989</x:v>
+      </x:c>
+      <x:c r="AS27" s="3" t="n">
+        <x:v>3616</x:v>
+      </x:c>
+      <x:c r="AT27" s="3" t="n">
+        <x:v>3760</x:v>
+      </x:c>
+      <x:c r="AU27" s="3" t="n">
+        <x:v>3686</x:v>
+      </x:c>
+      <x:c r="AV27" s="3" t="n">
         <x:v>3083</x:v>
       </x:c>
-      <x:c r="AZ22" s="3" t="n">
-[...44 lines deleted...]
-      <x:c r="BO22" s="3" t="n">
+      <x:c r="AW27" s="3" t="n">
+        <x:v>3727</x:v>
+      </x:c>
+      <x:c r="AX27" s="3" t="n">
+        <x:v>3499</x:v>
+      </x:c>
+      <x:c r="AY27" s="3" t="n">
+        <x:v>3230</x:v>
+      </x:c>
+      <x:c r="AZ27" s="3" t="n">
+        <x:v>2923</x:v>
+      </x:c>
+      <x:c r="BA27" s="3" t="n">
+        <x:v>3496</x:v>
+      </x:c>
+      <x:c r="BB27" s="3" t="n">
+        <x:v>3198</x:v>
+      </x:c>
+      <x:c r="BC27" s="3" t="n">
+        <x:v>3270</x:v>
+      </x:c>
+      <x:c r="BD27" s="3" t="n">
+        <x:v>2839</x:v>
+      </x:c>
+      <x:c r="BE27" s="3" t="n">
+        <x:v>3373</x:v>
+      </x:c>
+      <x:c r="BF27" s="3" t="n">
+        <x:v>3333</x:v>
+      </x:c>
+      <x:c r="BG27" s="3" t="n">
+        <x:v>3189</x:v>
+      </x:c>
+      <x:c r="BH27" s="3" t="n">
+        <x:v>2972</x:v>
+      </x:c>
+      <x:c r="BI27" s="3" t="n">
+        <x:v>3438</x:v>
+      </x:c>
+      <x:c r="BJ27" s="3" t="n">
+        <x:v>3551</x:v>
+      </x:c>
+      <x:c r="BK27" s="3" t="n">
+        <x:v>3409</x:v>
+      </x:c>
+      <x:c r="BL27" s="3" t="n">
+        <x:v>3133</x:v>
+      </x:c>
+      <x:c r="BM27" s="3" t="n">
+        <x:v>3569</x:v>
+      </x:c>
+      <x:c r="BN27" s="3" t="n">
+        <x:v>3175</x:v>
+      </x:c>
+      <x:c r="BO27" s="3" t="n">
+        <x:v>3233</x:v>
+      </x:c>
+      <x:c r="BP27" s="3" t="n">
+        <x:v>2811</x:v>
+      </x:c>
+      <x:c r="BQ27" s="3" t="n">
+        <x:v>3185</x:v>
+      </x:c>
+      <x:c r="BR27" s="3" t="n">
+        <x:v>3382</x:v>
+      </x:c>
+      <x:c r="BS27" s="3" t="n">
+        <x:v>3177</x:v>
+      </x:c>
+      <x:c r="BT27" s="3" t="n">
+        <x:v>2784</x:v>
+      </x:c>
+      <x:c r="BU27" s="3" t="n">
+        <x:v>3024</x:v>
+      </x:c>
+      <x:c r="BV27" s="3" t="n">
+        <x:v>3365</x:v>
+      </x:c>
+      <x:c r="BW27" s="3" t="n">
+        <x:v>3045</x:v>
+      </x:c>
+      <x:c r="BX27" s="3" t="n">
         <x:v>2955</x:v>
       </x:c>
-      <x:c r="BP22" s="3" t="n">
-[...2149 lines deleted...]
-      <x:c r="R26" s="3" t="n">
+      <x:c r="BY27" s="3" t="n">
+        <x:v>3100</x:v>
+      </x:c>
+      <x:c r="BZ27" s="3" t="n">
+        <x:v>3219</x:v>
+      </x:c>
+      <x:c r="CA27" s="3" t="n">
+        <x:v>3437</x:v>
+      </x:c>
+      <x:c r="CB27" s="3" t="n">
+        <x:v>3135</x:v>
+      </x:c>
+      <x:c r="CC27" s="3" t="n">
+        <x:v>3582</x:v>
+      </x:c>
+      <x:c r="CD27" s="3" t="n">
+        <x:v>2908</x:v>
+      </x:c>
+      <x:c r="CE27" s="3" t="n">
+        <x:v>2798</x:v>
+      </x:c>
+      <x:c r="CF27" s="3" t="n">
+        <x:v>2627</x:v>
+      </x:c>
+      <x:c r="CG27" s="3" t="n">
+        <x:v>3018</x:v>
+      </x:c>
+      <x:c r="CH27" s="3" t="n">
+        <x:v>2888</x:v>
+      </x:c>
+      <x:c r="CI27" s="3" t="n">
+        <x:v>2787</x:v>
+      </x:c>
+      <x:c r="CJ27" s="3" t="n">
+        <x:v>2494</x:v>
+      </x:c>
+      <x:c r="CK27" s="3" t="n">
+        <x:v>2720</x:v>
+      </x:c>
+      <x:c r="CL27" s="3" t="n">
+        <x:v>2595</x:v>
+      </x:c>
+      <x:c r="CM27" s="3" t="n">
+        <x:v>2262</x:v>
+      </x:c>
+      <x:c r="CN27" s="3" t="n">
+        <x:v>2169</x:v>
+      </x:c>
+      <x:c r="CO27" s="3" t="n">
+        <x:v>2364</x:v>
+      </x:c>
+      <x:c r="CP27" s="3" t="n">
+        <x:v>2564</x:v>
+      </x:c>
+      <x:c r="CQ27" s="3" t="n">
+        <x:v>2370</x:v>
+      </x:c>
+      <x:c r="CR27" s="3" t="n">
+        <x:v>2245</x:v>
+      </x:c>
+      <x:c r="CS27" s="3" t="n">
+        <x:v>2532</x:v>
+      </x:c>
+      <x:c r="CT27" s="3" t="n">
+        <x:v>2529</x:v>
+      </x:c>
+      <x:c r="CU27" s="3" t="n">
+        <x:v>2647</x:v>
+      </x:c>
+      <x:c r="CV27" s="3" t="n">
+        <x:v>2372</x:v>
+      </x:c>
+      <x:c r="CW27" s="3" t="n">
+        <x:v>2565</x:v>
+      </x:c>
+      <x:c r="CX27" s="3" t="n">
         <x:v>2555</x:v>
       </x:c>
-      <x:c r="S26" s="3" t="n">
-[...77 lines deleted...]
-      <x:c r="AS26" s="3" t="n">
+      <x:c r="CY27" s="3" t="n">
+        <x:v>2215</x:v>
+      </x:c>
+      <x:c r="CZ27" s="3" t="n">
+        <x:v>2140</x:v>
+      </x:c>
+      <x:c r="DA27" s="3" t="n">
         <x:v>2305</x:v>
       </x:c>
-      <x:c r="AT26" s="3" t="n">
-[...753 lines deleted...]
-      </x:c>
       <x:c r="DB27" s="3" t="n">
-        <x:v>2525</x:v>
+        <x:v>2542</x:v>
       </x:c>
       <x:c r="DC27" s="3" t="n">
-        <x:v>2328</x:v>
+        <x:v>2344</x:v>
       </x:c>
       <x:c r="DD27" s="3" t="n">
-        <x:v>2276</x:v>
+        <x:v>2292</x:v>
       </x:c>
       <x:c r="DE27" s="3" t="n">
-        <x:v>2587</x:v>
+        <x:v>2605</x:v>
       </x:c>
       <x:c r="DF27" s="3" t="n">
-        <x:v>2637</x:v>
+        <x:v>2652</x:v>
       </x:c>
       <x:c r="DG27" s="3" t="n">
-        <x:v>2761</x:v>
+        <x:v>2777</x:v>
       </x:c>
       <x:c r="DH27" s="3" t="n">
-        <x:v>2465</x:v>
+        <x:v>2479</x:v>
       </x:c>
       <x:c r="DI27" s="3" t="n">
-        <x:v>2890</x:v>
+        <x:v>2907</x:v>
       </x:c>
       <x:c r="DJ27" s="3" t="n">
-        <x:v>3821</x:v>
+        <x:v>3843</x:v>
       </x:c>
       <x:c r="DK27" s="3" t="n">
-        <x:v>3533</x:v>
+        <x:v>3553</x:v>
       </x:c>
       <x:c r="DL27" s="3" t="n">
-        <x:v>3342</x:v>
+        <x:v>3361</x:v>
       </x:c>
       <x:c r="DM27" s="3" t="n">
-        <x:v>3932</x:v>
+        <x:v>3954</x:v>
       </x:c>
       <x:c r="DN27" s="3" t="n">
-        <x:v>3796</x:v>
+        <x:v>3808</x:v>
       </x:c>
       <x:c r="DO27" s="3" t="n">
-        <x:v>3572</x:v>
+        <x:v>3583</x:v>
       </x:c>
       <x:c r="DP27" s="3" t="n">
-        <x:v>3344</x:v>
+        <x:v>3354</x:v>
       </x:c>
       <x:c r="DQ27" s="3" t="n">
-        <x:v>3873</x:v>
+        <x:v>3885</x:v>
       </x:c>
       <x:c r="DR27" s="3" t="n">
-        <x:v>3273</x:v>
+        <x:v>3280</x:v>
       </x:c>
       <x:c r="DS27" s="3" t="n">
-        <x:v>3629</x:v>
+        <x:v>3637</x:v>
       </x:c>
       <x:c r="DT27" s="3" t="n">
-        <x:v>3374</x:v>
+        <x:v>3381</x:v>
       </x:c>
       <x:c r="DU27" s="3" t="n">
-        <x:v>3629</x:v>
+        <x:v>3636</x:v>
       </x:c>
       <x:c r="DV27" s="3" t="n">
         <x:v>3812</x:v>
       </x:c>
       <x:c r="DW27" s="3" t="n">
-        <x:v>3527</x:v>
+        <x:v>3528</x:v>
       </x:c>
       <x:c r="DX27" s="3" t="n">
         <x:v>3410</x:v>
       </x:c>
       <x:c r="DY27" s="3" t="n">
         <x:v>3758</x:v>
       </x:c>
       <x:c r="DZ27" s="3" t="n">
-        <x:v>3914</x:v>
+        <x:v>3903</x:v>
       </x:c>
       <x:c r="EA27" s="3" t="n">
-        <x:v>3907</x:v>
+        <x:v>3897</x:v>
       </x:c>
       <x:c r="EB27" s="3" t="n">
-        <x:v>3514</x:v>
+        <x:v>3505</x:v>
       </x:c>
       <x:c r="EC27" s="3" t="n">
-        <x:v>3822</x:v>
+        <x:v>3812</x:v>
       </x:c>
       <x:c r="ED27" s="3" t="n">
-        <x:v>3955</x:v>
+        <x:v>3936</x:v>
       </x:c>
       <x:c r="EE27" s="3" t="n">
-        <x:v>3507</x:v>
+        <x:v>3490</x:v>
       </x:c>
       <x:c r="EF27" s="3" t="n">
-        <x:v>3445</x:v>
+        <x:v>3428</x:v>
       </x:c>
       <x:c r="EG27" s="3" t="n">
-        <x:v>3851</x:v>
+        <x:v>3832</x:v>
       </x:c>
       <x:c r="EH27" s="3" t="n">
-        <x:v>4454</x:v>
+        <x:v>4422</x:v>
       </x:c>
       <x:c r="EI27" s="3" t="n">
+        <x:v>3838</x:v>
+      </x:c>
+      <x:c r="EJ27" s="3" t="n">
+        <x:v>3807</x:v>
+      </x:c>
+      <x:c r="EK27" s="3" t="n">
+        <x:v>4248</x:v>
+      </x:c>
+      <x:c r="EL27" s="3" t="n">
+        <x:v>4583</x:v>
+      </x:c>
+      <x:c r="EM27" s="3" t="n">
+        <x:v>4787</x:v>
+      </x:c>
+      <x:c r="EN27" s="3" t="n">
+        <x:v>4327</x:v>
+      </x:c>
+      <x:c r="EO27" s="3" t="n">
+        <x:v>4626</x:v>
+      </x:c>
+      <x:c r="EP27" s="3" t="n">
+        <x:v>4623</x:v>
+      </x:c>
+      <x:c r="EQ27" s="3" t="n">
+        <x:v>4418</x:v>
+      </x:c>
+      <x:c r="ER27" s="3" t="n">
+        <x:v>4430</x:v>
+      </x:c>
+      <x:c r="ES27" s="3" t="n">
+        <x:v>4969</x:v>
+      </x:c>
+      <x:c r="ET27" s="3" t="n">
+        <x:v>4760</x:v>
+      </x:c>
+      <x:c r="EU27" s="3" t="n">
+        <x:v>4622</x:v>
+      </x:c>
+      <x:c r="EV27" s="3" t="n">
+        <x:v>4340</x:v>
+      </x:c>
+      <x:c r="EW27" s="3" t="n">
+        <x:v>4238</x:v>
+      </x:c>
+      <x:c r="EX27" s="3" t="n">
+        <x:v>4506</x:v>
+      </x:c>
+      <x:c r="EY27" s="3" t="n">
+        <x:v>4378</x:v>
+      </x:c>
+      <x:c r="EZ27" s="3" t="n">
+        <x:v>3750</x:v>
+      </x:c>
+      <x:c r="FA27" s="3" t="n">
+        <x:v>4135</x:v>
+      </x:c>
+      <x:c r="FB27" s="3" t="n">
+        <x:v>4391</x:v>
+      </x:c>
+      <x:c r="FC27" s="3" t="n">
+        <x:v>4233</x:v>
+      </x:c>
+      <x:c r="FD27" s="3" t="n">
+        <x:v>3953</x:v>
+      </x:c>
+      <x:c r="FE27" s="3" t="n">
+        <x:v>4352</x:v>
+      </x:c>
+      <x:c r="FF27" s="3" t="n">
+        <x:v>4221</x:v>
+      </x:c>
+      <x:c r="FG27" s="3" t="n">
+        <x:v>4173</x:v>
+      </x:c>
+      <x:c r="FH27" s="3" t="n">
+        <x:v>3659</x:v>
+      </x:c>
+      <x:c r="FI27" s="3" t="n">
+        <x:v>4126</x:v>
+      </x:c>
+      <x:c r="FJ27" s="3" t="n">
+        <x:v>4261</x:v>
+      </x:c>
+      <x:c r="FK27" s="3" t="n">
+        <x:v>4148</x:v>
+      </x:c>
+      <x:c r="FL27" s="3" t="n">
+        <x:v>3877</x:v>
+      </x:c>
+      <x:c r="FM27" s="3" t="n">
+        <x:v>4281</x:v>
+      </x:c>
+      <x:c r="FN27" s="3" t="n">
+        <x:v>4442</x:v>
+      </x:c>
+      <x:c r="FO27" s="3" t="n">
+        <x:v>4332</x:v>
+      </x:c>
+      <x:c r="FP27" s="3" t="n">
+        <x:v>4013</x:v>
+      </x:c>
+      <x:c r="FQ27" s="3" t="n">
+        <x:v>4528</x:v>
+      </x:c>
+      <x:c r="FR27" s="3" t="n">
+        <x:v>4643</x:v>
+      </x:c>
+      <x:c r="FS27" s="3" t="n">
+        <x:v>4635</x:v>
+      </x:c>
+      <x:c r="FT27" s="3" t="n">
+        <x:v>4209</x:v>
+      </x:c>
+      <x:c r="FU27" s="3" t="n">
+        <x:v>4887</x:v>
+      </x:c>
+      <x:c r="FV27" s="3" t="n">
+        <x:v>5196</x:v>
+      </x:c>
+      <x:c r="FW27" s="3" t="n">
+        <x:v>5058</x:v>
+      </x:c>
+      <x:c r="FX27" s="3" t="n">
+        <x:v>4820</x:v>
+      </x:c>
+      <x:c r="FY27" s="3" t="n">
+        <x:v>5779</x:v>
+      </x:c>
+      <x:c r="FZ27" s="3" t="n">
+        <x:v>6426</x:v>
+      </x:c>
+      <x:c r="GA27" s="3" t="n">
+        <x:v>6381</x:v>
+      </x:c>
+      <x:c r="GB27" s="3" t="n">
+        <x:v>6064</x:v>
+      </x:c>
+      <x:c r="GC27" s="3" t="n">
+        <x:v>6910</x:v>
+      </x:c>
+      <x:c r="GD27" s="3" t="n">
+        <x:v>6753</x:v>
+      </x:c>
+      <x:c r="GE27" s="3" t="n">
+        <x:v>6857</x:v>
+      </x:c>
+      <x:c r="GF27" s="3" t="n">
+        <x:v>6440</x:v>
+      </x:c>
+      <x:c r="GG27" s="3" t="n">
+        <x:v>7205</x:v>
+      </x:c>
+      <x:c r="GH27" s="3" t="n">
+        <x:v>7085</x:v>
+      </x:c>
+      <x:c r="GI27" s="3" t="n">
+        <x:v>6997</x:v>
+      </x:c>
+      <x:c r="GJ27" s="3" t="n">
+        <x:v>6692</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:192">
+      <x:c r="A28" s="2" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="B28" s="3" t="n">
+        <x:v>18660</x:v>
+      </x:c>
+      <x:c r="C28" s="3" t="n">
+        <x:v>14271</x:v>
+      </x:c>
+      <x:c r="D28" s="3" t="n">
+        <x:v>12707</x:v>
+      </x:c>
+      <x:c r="E28" s="3" t="n">
+        <x:v>18604</x:v>
+      </x:c>
+      <x:c r="F28" s="3" t="n">
+        <x:v>19311</x:v>
+      </x:c>
+      <x:c r="G28" s="3" t="n">
+        <x:v>14904</x:v>
+      </x:c>
+      <x:c r="H28" s="3" t="n">
+        <x:v>14722</x:v>
+      </x:c>
+      <x:c r="I28" s="3" t="n">
+        <x:v>19076</x:v>
+      </x:c>
+      <x:c r="J28" s="3" t="n">
+        <x:v>21364</x:v>
+      </x:c>
+      <x:c r="K28" s="3" t="n">
+        <x:v>15350</x:v>
+      </x:c>
+      <x:c r="L28" s="3" t="n">
+        <x:v>12916</x:v>
+      </x:c>
+      <x:c r="M28" s="3" t="n">
+        <x:v>18855</x:v>
+      </x:c>
+      <x:c r="N28" s="3" t="n">
+        <x:v>21133</x:v>
+      </x:c>
+      <x:c r="O28" s="3" t="n">
+        <x:v>16698</x:v>
+      </x:c>
+      <x:c r="P28" s="3" t="n">
+        <x:v>14740</x:v>
+      </x:c>
+      <x:c r="Q28" s="3" t="n">
+        <x:v>21205</x:v>
+      </x:c>
+      <x:c r="R28" s="3" t="n">
+        <x:v>22705</x:v>
+      </x:c>
+      <x:c r="S28" s="3" t="n">
+        <x:v>16707</x:v>
+      </x:c>
+      <x:c r="T28" s="3" t="n">
+        <x:v>14231</x:v>
+      </x:c>
+      <x:c r="U28" s="3" t="n">
+        <x:v>20414</x:v>
+      </x:c>
+      <x:c r="V28" s="3" t="n">
+        <x:v>22349</x:v>
+      </x:c>
+      <x:c r="W28" s="3" t="n">
+        <x:v>18136</x:v>
+      </x:c>
+      <x:c r="X28" s="3" t="n">
+        <x:v>16491</x:v>
+      </x:c>
+      <x:c r="Y28" s="3" t="n">
+        <x:v>22111</x:v>
+      </x:c>
+      <x:c r="Z28" s="3" t="n">
+        <x:v>24345</x:v>
+      </x:c>
+      <x:c r="AA28" s="3" t="n">
+        <x:v>17563</x:v>
+      </x:c>
+      <x:c r="AB28" s="3" t="n">
+        <x:v>16520</x:v>
+      </x:c>
+      <x:c r="AC28" s="3" t="n">
+        <x:v>20944</x:v>
+      </x:c>
+      <x:c r="AD28" s="3" t="n">
+        <x:v>25866</x:v>
+      </x:c>
+      <x:c r="AE28" s="3" t="n">
+        <x:v>16681</x:v>
+      </x:c>
+      <x:c r="AF28" s="3" t="n">
+        <x:v>14034</x:v>
+      </x:c>
+      <x:c r="AG28" s="3" t="n">
+        <x:v>21970</x:v>
+      </x:c>
+      <x:c r="AH28" s="3" t="n">
+        <x:v>23122</x:v>
+      </x:c>
+      <x:c r="AI28" s="3" t="n">
+        <x:v>16525</x:v>
+      </x:c>
+      <x:c r="AJ28" s="3" t="n">
+        <x:v>15025</x:v>
+      </x:c>
+      <x:c r="AK28" s="3" t="n">
+        <x:v>20256</x:v>
+      </x:c>
+      <x:c r="AL28" s="3" t="n">
+        <x:v>23727</x:v>
+      </x:c>
+      <x:c r="AM28" s="3" t="n">
+        <x:v>16352</x:v>
+      </x:c>
+      <x:c r="AN28" s="3" t="n">
+        <x:v>14244</x:v>
+      </x:c>
+      <x:c r="AO28" s="3" t="n">
+        <x:v>21306</x:v>
+      </x:c>
+      <x:c r="AP28" s="3" t="n">
+        <x:v>22187</x:v>
+      </x:c>
+      <x:c r="AQ28" s="3" t="n">
+        <x:v>16797</x:v>
+      </x:c>
+      <x:c r="AR28" s="3" t="n">
+        <x:v>16761</x:v>
+      </x:c>
+      <x:c r="AS28" s="3" t="n">
+        <x:v>22855</x:v>
+      </x:c>
+      <x:c r="AT28" s="3" t="n">
+        <x:v>22003</x:v>
+      </x:c>
+      <x:c r="AU28" s="3" t="n">
+        <x:v>19018</x:v>
+      </x:c>
+      <x:c r="AV28" s="3" t="n">
+        <x:v>17565</x:v>
+      </x:c>
+      <x:c r="AW28" s="3" t="n">
+        <x:v>23392</x:v>
+      </x:c>
+      <x:c r="AX28" s="3" t="n">
+        <x:v>22838</x:v>
+      </x:c>
+      <x:c r="AY28" s="3" t="n">
+        <x:v>19048</x:v>
+      </x:c>
+      <x:c r="AZ28" s="3" t="n">
+        <x:v>17993</x:v>
+      </x:c>
+      <x:c r="BA28" s="3" t="n">
+        <x:v>23084</x:v>
+      </x:c>
+      <x:c r="BB28" s="3" t="n">
+        <x:v>25837</x:v>
+      </x:c>
+      <x:c r="BC28" s="3" t="n">
+        <x:v>19429</x:v>
+      </x:c>
+      <x:c r="BD28" s="3" t="n">
+        <x:v>15580</x:v>
+      </x:c>
+      <x:c r="BE28" s="3" t="n">
+        <x:v>21307</x:v>
+      </x:c>
+      <x:c r="BF28" s="3" t="n">
+        <x:v>24200</x:v>
+      </x:c>
+      <x:c r="BG28" s="3" t="n">
+        <x:v>19905</x:v>
+      </x:c>
+      <x:c r="BH28" s="3" t="n">
+        <x:v>18420</x:v>
+      </x:c>
+      <x:c r="BI28" s="3" t="n">
+        <x:v>24269</x:v>
+      </x:c>
+      <x:c r="BJ28" s="3" t="n">
+        <x:v>24263</x:v>
+      </x:c>
+      <x:c r="BK28" s="3" t="n">
+        <x:v>18592</x:v>
+      </x:c>
+      <x:c r="BL28" s="3" t="n">
+        <x:v>17828</x:v>
+      </x:c>
+      <x:c r="BM28" s="3" t="n">
+        <x:v>25383</x:v>
+      </x:c>
+      <x:c r="BN28" s="3" t="n">
+        <x:v>24607</x:v>
+      </x:c>
+      <x:c r="BO28" s="3" t="n">
+        <x:v>17972</x:v>
+      </x:c>
+      <x:c r="BP28" s="3" t="n">
+        <x:v>16888</x:v>
+      </x:c>
+      <x:c r="BQ28" s="3" t="n">
+        <x:v>22557</x:v>
+      </x:c>
+      <x:c r="BR28" s="3" t="n">
+        <x:v>25659</x:v>
+      </x:c>
+      <x:c r="BS28" s="3" t="n">
+        <x:v>19901</x:v>
+      </x:c>
+      <x:c r="BT28" s="3" t="n">
+        <x:v>18718</x:v>
+      </x:c>
+      <x:c r="BU28" s="3" t="n">
+        <x:v>26951</x:v>
+      </x:c>
+      <x:c r="BV28" s="3" t="n">
+        <x:v>28452</x:v>
+      </x:c>
+      <x:c r="BW28" s="3" t="n">
+        <x:v>17661</x:v>
+      </x:c>
+      <x:c r="BX28" s="3" t="n">
+        <x:v>13583</x:v>
+      </x:c>
+      <x:c r="BY28" s="3" t="n">
+        <x:v>20148</x:v>
+      </x:c>
+      <x:c r="BZ28" s="3" t="n">
+        <x:v>21613</x:v>
+      </x:c>
+      <x:c r="CA28" s="3" t="n">
+        <x:v>19511</x:v>
+      </x:c>
+      <x:c r="CB28" s="3" t="n">
+        <x:v>18922</x:v>
+      </x:c>
+      <x:c r="CC28" s="3" t="n">
+        <x:v>26006</x:v>
+      </x:c>
+      <x:c r="CD28" s="3" t="n">
+        <x:v>25508</x:v>
+      </x:c>
+      <x:c r="CE28" s="3" t="n">
+        <x:v>19409</x:v>
+      </x:c>
+      <x:c r="CF28" s="3" t="n">
+        <x:v>19641</x:v>
+      </x:c>
+      <x:c r="CG28" s="3" t="n">
+        <x:v>25700</x:v>
+      </x:c>
+      <x:c r="CH28" s="3" t="n">
+        <x:v>24630</x:v>
+      </x:c>
+      <x:c r="CI28" s="3" t="n">
+        <x:v>19582</x:v>
+      </x:c>
+      <x:c r="CJ28" s="3" t="n">
+        <x:v>20391</x:v>
+      </x:c>
+      <x:c r="CK28" s="3" t="n">
+        <x:v>24989</x:v>
+      </x:c>
+      <x:c r="CL28" s="3" t="n">
+        <x:v>27822</x:v>
+      </x:c>
+      <x:c r="CM28" s="3" t="n">
+        <x:v>23780</x:v>
+      </x:c>
+      <x:c r="CN28" s="3" t="n">
+        <x:v>22383</x:v>
+      </x:c>
+      <x:c r="CO28" s="3" t="n">
+        <x:v>26145</x:v>
+      </x:c>
+      <x:c r="CP28" s="3" t="n">
+        <x:v>31746</x:v>
+      </x:c>
+      <x:c r="CQ28" s="3" t="n">
+        <x:v>22779</x:v>
+      </x:c>
+      <x:c r="CR28" s="3" t="n">
+        <x:v>20578</x:v>
+      </x:c>
+      <x:c r="CS28" s="3" t="n">
+        <x:v>29580</x:v>
+      </x:c>
+      <x:c r="CT28" s="3" t="n">
+        <x:v>29007</x:v>
+      </x:c>
+      <x:c r="CU28" s="3" t="n">
+        <x:v>23240</x:v>
+      </x:c>
+      <x:c r="CV28" s="3" t="n">
+        <x:v>22319</x:v>
+      </x:c>
+      <x:c r="CW28" s="3" t="n">
+        <x:v>28295</x:v>
+      </x:c>
+      <x:c r="CX28" s="3" t="n">
+        <x:v>23353</x:v>
+      </x:c>
+      <x:c r="CY28" s="3" t="n">
+        <x:v>18309</x:v>
+      </x:c>
+      <x:c r="CZ28" s="3" t="n">
+        <x:v>18007</x:v>
+      </x:c>
+      <x:c r="DA28" s="3" t="n">
+        <x:v>23949</x:v>
+      </x:c>
+      <x:c r="DB28" s="3" t="n">
+        <x:v>27661</x:v>
+      </x:c>
+      <x:c r="DC28" s="3" t="n">
+        <x:v>20538</x:v>
+      </x:c>
+      <x:c r="DD28" s="3" t="n">
+        <x:v>19386</x:v>
+      </x:c>
+      <x:c r="DE28" s="3" t="n">
+        <x:v>26627</x:v>
+      </x:c>
+      <x:c r="DF28" s="3" t="n">
+        <x:v>33540</x:v>
+      </x:c>
+      <x:c r="DG28" s="3" t="n">
+        <x:v>26253</x:v>
+      </x:c>
+      <x:c r="DH28" s="3" t="n">
+        <x:v>24137</x:v>
+      </x:c>
+      <x:c r="DI28" s="3" t="n">
+        <x:v>32544</x:v>
+      </x:c>
+      <x:c r="DJ28" s="3" t="n">
+        <x:v>35812</x:v>
+      </x:c>
+      <x:c r="DK28" s="3" t="n">
+        <x:v>24377</x:v>
+      </x:c>
+      <x:c r="DL28" s="3" t="n">
+        <x:v>22072</x:v>
+      </x:c>
+      <x:c r="DM28" s="3" t="n">
+        <x:v>27928</x:v>
+      </x:c>
+      <x:c r="DN28" s="3" t="n">
+        <x:v>29695</x:v>
+      </x:c>
+      <x:c r="DO28" s="3" t="n">
+        <x:v>24612</x:v>
+      </x:c>
+      <x:c r="DP28" s="3" t="n">
+        <x:v>26292</x:v>
+      </x:c>
+      <x:c r="DQ28" s="3" t="n">
+        <x:v>29164</x:v>
+      </x:c>
+      <x:c r="DR28" s="3" t="n">
+        <x:v>29681</x:v>
+      </x:c>
+      <x:c r="DS28" s="3" t="n">
+        <x:v>24348</x:v>
+      </x:c>
+      <x:c r="DT28" s="3" t="n">
+        <x:v>22562</x:v>
+      </x:c>
+      <x:c r="DU28" s="3" t="n">
+        <x:v>28967</x:v>
+      </x:c>
+      <x:c r="DV28" s="3" t="n">
+        <x:v>28867</x:v>
+      </x:c>
+      <x:c r="DW28" s="3" t="n">
+        <x:v>20108</x:v>
+      </x:c>
+      <x:c r="DX28" s="3" t="n">
+        <x:v>20627</x:v>
+      </x:c>
+      <x:c r="DY28" s="3" t="n">
+        <x:v>29095</x:v>
+      </x:c>
+      <x:c r="DZ28" s="3" t="n">
+        <x:v>31105</x:v>
+      </x:c>
+      <x:c r="EA28" s="3" t="n">
+        <x:v>18854</x:v>
+      </x:c>
+      <x:c r="EB28" s="3" t="n">
+        <x:v>18191</x:v>
+      </x:c>
+      <x:c r="EC28" s="3" t="n">
+        <x:v>27944</x:v>
+      </x:c>
+      <x:c r="ED28" s="3" t="n">
+        <x:v>24559</x:v>
+      </x:c>
+      <x:c r="EE28" s="3" t="n">
+        <x:v>19188</x:v>
+      </x:c>
+      <x:c r="EF28" s="3" t="n">
+        <x:v>22822</x:v>
+      </x:c>
+      <x:c r="EG28" s="3" t="n">
+        <x:v>30377</x:v>
+      </x:c>
+      <x:c r="EH28" s="3" t="n">
+        <x:v>31087</x:v>
+      </x:c>
+      <x:c r="EI28" s="3" t="n">
+        <x:v>25497</x:v>
+      </x:c>
+      <x:c r="EJ28" s="3" t="n">
+        <x:v>25289</x:v>
+      </x:c>
+      <x:c r="EK28" s="3" t="n">
+        <x:v>32019</x:v>
+      </x:c>
+      <x:c r="EL28" s="3" t="n">
+        <x:v>31801</x:v>
+      </x:c>
+      <x:c r="EM28" s="3" t="n">
+        <x:v>24627</x:v>
+      </x:c>
+      <x:c r="EN28" s="3" t="n">
+        <x:v>24431</x:v>
+      </x:c>
+      <x:c r="EO28" s="3" t="n">
+        <x:v>30432</x:v>
+      </x:c>
+      <x:c r="EP28" s="3" t="n">
+        <x:v>33030</x:v>
+      </x:c>
+      <x:c r="EQ28" s="3" t="n">
+        <x:v>27759</x:v>
+      </x:c>
+      <x:c r="ER28" s="3" t="n">
+        <x:v>25330</x:v>
+      </x:c>
+      <x:c r="ES28" s="3" t="n">
+        <x:v>33305</x:v>
+      </x:c>
+      <x:c r="ET28" s="3" t="n">
+        <x:v>34656</x:v>
+      </x:c>
+      <x:c r="EU28" s="3" t="n">
+        <x:v>28133</x:v>
+      </x:c>
+      <x:c r="EV28" s="3" t="n">
+        <x:v>27039</x:v>
+      </x:c>
+      <x:c r="EW28" s="3" t="n">
+        <x:v>33379</x:v>
+      </x:c>
+      <x:c r="EX28" s="3" t="n">
+        <x:v>36784</x:v>
+      </x:c>
+      <x:c r="EY28" s="3" t="n">
+        <x:v>28551</x:v>
+      </x:c>
+      <x:c r="EZ28" s="3" t="n">
+        <x:v>25903</x:v>
+      </x:c>
+      <x:c r="FA28" s="3" t="n">
+        <x:v>33125</x:v>
+      </x:c>
+      <x:c r="FB28" s="3" t="n">
+        <x:v>34927</x:v>
+      </x:c>
+      <x:c r="FC28" s="3" t="n">
+        <x:v>28396</x:v>
+      </x:c>
+      <x:c r="FD28" s="3" t="n">
+        <x:v>27438</x:v>
+      </x:c>
+      <x:c r="FE28" s="3" t="n">
+        <x:v>34934</x:v>
+      </x:c>
+      <x:c r="FF28" s="3" t="n">
+        <x:v>38124</x:v>
+      </x:c>
+      <x:c r="FG28" s="3" t="n">
+        <x:v>27091</x:v>
+      </x:c>
+      <x:c r="FH28" s="3" t="n">
+        <x:v>26893</x:v>
+      </x:c>
+      <x:c r="FI28" s="3" t="n">
+        <x:v>35372</x:v>
+      </x:c>
+      <x:c r="FJ28" s="3" t="n">
+        <x:v>33731</x:v>
+      </x:c>
+      <x:c r="FK28" s="3" t="n">
+        <x:v>25794</x:v>
+      </x:c>
+      <x:c r="FL28" s="3" t="n">
+        <x:v>26141</x:v>
+      </x:c>
+      <x:c r="FM28" s="3" t="n">
+        <x:v>32157</x:v>
+      </x:c>
+      <x:c r="FN28" s="3" t="n">
+        <x:v>34014</x:v>
+      </x:c>
+      <x:c r="FO28" s="3" t="n">
+        <x:v>28186</x:v>
+      </x:c>
+      <x:c r="FP28" s="3" t="n">
+        <x:v>27139</x:v>
+      </x:c>
+      <x:c r="FQ28" s="3" t="n">
+        <x:v>34857</x:v>
+      </x:c>
+      <x:c r="FR28" s="3" t="n">
+        <x:v>39470</x:v>
+      </x:c>
+      <x:c r="FS28" s="3" t="n">
+        <x:v>30724</x:v>
+      </x:c>
+      <x:c r="FT28" s="3" t="n">
+        <x:v>27927</x:v>
+      </x:c>
+      <x:c r="FU28" s="3" t="n">
+        <x:v>37390</x:v>
+      </x:c>
+      <x:c r="FV28" s="3" t="n">
+        <x:v>37180</x:v>
+      </x:c>
+      <x:c r="FW28" s="3" t="n">
+        <x:v>29228</x:v>
+      </x:c>
+      <x:c r="FX28" s="3" t="n">
+        <x:v>26104</x:v>
+      </x:c>
+      <x:c r="FY28" s="3" t="n">
+        <x:v>35451</x:v>
+      </x:c>
+      <x:c r="FZ28" s="3" t="n">
+        <x:v>36233</x:v>
+      </x:c>
+      <x:c r="GA28" s="3" t="n">
+        <x:v>29078</x:v>
+      </x:c>
+      <x:c r="GB28" s="3" t="n">
+        <x:v>29827</x:v>
+      </x:c>
+      <x:c r="GC28" s="3" t="n">
+        <x:v>35773</x:v>
+      </x:c>
+      <x:c r="GD28" s="3" t="n">
+        <x:v>36762</x:v>
+      </x:c>
+      <x:c r="GE28" s="3" t="n">
+        <x:v>29725</x:v>
+      </x:c>
+      <x:c r="GF28" s="3" t="n">
+        <x:v>28200</x:v>
+      </x:c>
+      <x:c r="GG28" s="3" t="n">
+        <x:v>36315</x:v>
+      </x:c>
+      <x:c r="GH28" s="3" t="n">
+        <x:v>40074</x:v>
+      </x:c>
+      <x:c r="GI28" s="3" t="n">
+        <x:v>29845</x:v>
+      </x:c>
+      <x:c r="GJ28" s="3" t="n">
+        <x:v>28560</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:192">
+      <x:c r="A29" s="2" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="B29" s="3" t="n">
+        <x:v>4014</x:v>
+      </x:c>
+      <x:c r="C29" s="3" t="n">
+        <x:v>4080</x:v>
+      </x:c>
+      <x:c r="D29" s="3" t="n">
+        <x:v>4095</x:v>
+      </x:c>
+      <x:c r="E29" s="3" t="n">
+        <x:v>4209</x:v>
+      </x:c>
+      <x:c r="F29" s="3" t="n">
+        <x:v>3973</x:v>
+      </x:c>
+      <x:c r="G29" s="3" t="n">
+        <x:v>3963</x:v>
+      </x:c>
+      <x:c r="H29" s="3" t="n">
+        <x:v>3900</x:v>
+      </x:c>
+      <x:c r="I29" s="3" t="n">
+        <x:v>4004</x:v>
+      </x:c>
+      <x:c r="J29" s="3" t="n">
+        <x:v>3584</x:v>
+      </x:c>
+      <x:c r="K29" s="3" t="n">
+        <x:v>3610</x:v>
+      </x:c>
+      <x:c r="L29" s="3" t="n">
+        <x:v>3627</x:v>
+      </x:c>
+      <x:c r="M29" s="3" t="n">
+        <x:v>3712</x:v>
+      </x:c>
+      <x:c r="N29" s="3" t="n">
+        <x:v>4198</x:v>
+      </x:c>
+      <x:c r="O29" s="3" t="n">
+        <x:v>4165</x:v>
+      </x:c>
+      <x:c r="P29" s="3" t="n">
+        <x:v>4145</x:v>
+      </x:c>
+      <x:c r="Q29" s="3" t="n">
+        <x:v>4160</x:v>
+      </x:c>
+      <x:c r="R29" s="3" t="n">
+        <x:v>4372</x:v>
+      </x:c>
+      <x:c r="S29" s="3" t="n">
+        <x:v>4273</x:v>
+      </x:c>
+      <x:c r="T29" s="3" t="n">
+        <x:v>4271</x:v>
+      </x:c>
+      <x:c r="U29" s="3" t="n">
+        <x:v>4396</x:v>
+      </x:c>
+      <x:c r="V29" s="3" t="n">
+        <x:v>4710</x:v>
+      </x:c>
+      <x:c r="W29" s="3" t="n">
+        <x:v>4701</x:v>
+      </x:c>
+      <x:c r="X29" s="3" t="n">
+        <x:v>4644</x:v>
+      </x:c>
+      <x:c r="Y29" s="3" t="n">
+        <x:v>4666</x:v>
+      </x:c>
+      <x:c r="Z29" s="3" t="n">
+        <x:v>4968</x:v>
+      </x:c>
+      <x:c r="AA29" s="3" t="n">
+        <x:v>4940</x:v>
+      </x:c>
+      <x:c r="AB29" s="3" t="n">
+        <x:v>4989</x:v>
+      </x:c>
+      <x:c r="AC29" s="3" t="n">
+        <x:v>5061</x:v>
+      </x:c>
+      <x:c r="AD29" s="3" t="n">
+        <x:v>5288</x:v>
+      </x:c>
+      <x:c r="AE29" s="3" t="n">
+        <x:v>5286</x:v>
+      </x:c>
+      <x:c r="AF29" s="3" t="n">
+        <x:v>5256</x:v>
+      </x:c>
+      <x:c r="AG29" s="3" t="n">
+        <x:v>5388</x:v>
+      </x:c>
+      <x:c r="AH29" s="3" t="n">
+        <x:v>4958</x:v>
+      </x:c>
+      <x:c r="AI29" s="3" t="n">
+        <x:v>5241</x:v>
+      </x:c>
+      <x:c r="AJ29" s="3" t="n">
+        <x:v>5415</x:v>
+      </x:c>
+      <x:c r="AK29" s="3" t="n">
+        <x:v>5721</x:v>
+      </x:c>
+      <x:c r="AL29" s="3" t="n">
+        <x:v>5087</x:v>
+      </x:c>
+      <x:c r="AM29" s="3" t="n">
+        <x:v>5362</x:v>
+      </x:c>
+      <x:c r="AN29" s="3" t="n">
+        <x:v>5654</x:v>
+      </x:c>
+      <x:c r="AO29" s="3" t="n">
+        <x:v>6021</x:v>
+      </x:c>
+      <x:c r="AP29" s="3" t="n">
+        <x:v>5976</x:v>
+      </x:c>
+      <x:c r="AQ29" s="3" t="n">
+        <x:v>5785</x:v>
+      </x:c>
+      <x:c r="AR29" s="3" t="n">
+        <x:v>5901</x:v>
+      </x:c>
+      <x:c r="AS29" s="3" t="n">
+        <x:v>6027</x:v>
+      </x:c>
+      <x:c r="AT29" s="3" t="n">
+        <x:v>6840</x:v>
+      </x:c>
+      <x:c r="AU29" s="3" t="n">
+        <x:v>6730</x:v>
+      </x:c>
+      <x:c r="AV29" s="3" t="n">
+        <x:v>6674</x:v>
+      </x:c>
+      <x:c r="AW29" s="3" t="n">
+        <x:v>6878</x:v>
+      </x:c>
+      <x:c r="AX29" s="3" t="n">
+        <x:v>6538</x:v>
+      </x:c>
+      <x:c r="AY29" s="3" t="n">
+        <x:v>6504</x:v>
+      </x:c>
+      <x:c r="AZ29" s="3" t="n">
+        <x:v>6545</x:v>
+      </x:c>
+      <x:c r="BA29" s="3" t="n">
+        <x:v>6720</x:v>
+      </x:c>
+      <x:c r="BB29" s="3" t="n">
+        <x:v>6431</x:v>
+      </x:c>
+      <x:c r="BC29" s="3" t="n">
+        <x:v>6395</x:v>
+      </x:c>
+      <x:c r="BD29" s="3" t="n">
+        <x:v>6391</x:v>
+      </x:c>
+      <x:c r="BE29" s="3" t="n">
+        <x:v>6409</x:v>
+      </x:c>
+      <x:c r="BF29" s="3" t="n">
+        <x:v>6226</x:v>
+      </x:c>
+      <x:c r="BG29" s="3" t="n">
+        <x:v>6165</x:v>
+      </x:c>
+      <x:c r="BH29" s="3" t="n">
+        <x:v>6121</x:v>
+      </x:c>
+      <x:c r="BI29" s="3" t="n">
+        <x:v>6181</x:v>
+      </x:c>
+      <x:c r="BJ29" s="3" t="n">
+        <x:v>5825</x:v>
+      </x:c>
+      <x:c r="BK29" s="3" t="n">
+        <x:v>5782</x:v>
+      </x:c>
+      <x:c r="BL29" s="3" t="n">
+        <x:v>5767</x:v>
+      </x:c>
+      <x:c r="BM29" s="3" t="n">
+        <x:v>5867</x:v>
+      </x:c>
+      <x:c r="BN29" s="3" t="n">
+        <x:v>5884</x:v>
+      </x:c>
+      <x:c r="BO29" s="3" t="n">
+        <x:v>5867</x:v>
+      </x:c>
+      <x:c r="BP29" s="3" t="n">
+        <x:v>5842</x:v>
+      </x:c>
+      <x:c r="BQ29" s="3" t="n">
+        <x:v>5859</x:v>
+      </x:c>
+      <x:c r="BR29" s="3" t="n">
+        <x:v>5749</x:v>
+      </x:c>
+      <x:c r="BS29" s="3" t="n">
+        <x:v>5720</x:v>
+      </x:c>
+      <x:c r="BT29" s="3" t="n">
+        <x:v>5690</x:v>
+      </x:c>
+      <x:c r="BU29" s="3" t="n">
+        <x:v>5755</x:v>
+      </x:c>
+      <x:c r="BV29" s="3" t="n">
+        <x:v>5868</x:v>
+      </x:c>
+      <x:c r="BW29" s="3" t="n">
+        <x:v>5791</x:v>
+      </x:c>
+      <x:c r="BX29" s="3" t="n">
+        <x:v>5776</x:v>
+      </x:c>
+      <x:c r="BY29" s="3" t="n">
+        <x:v>5847</x:v>
+      </x:c>
+      <x:c r="BZ29" s="3" t="n">
+        <x:v>6123</x:v>
+      </x:c>
+      <x:c r="CA29" s="3" t="n">
+        <x:v>6090</x:v>
+      </x:c>
+      <x:c r="CB29" s="3" t="n">
+        <x:v>6068</x:v>
+      </x:c>
+      <x:c r="CC29" s="3" t="n">
+        <x:v>6158</x:v>
+      </x:c>
+      <x:c r="CD29" s="3" t="n">
+        <x:v>6224</x:v>
+      </x:c>
+      <x:c r="CE29" s="3" t="n">
+        <x:v>6178</x:v>
+      </x:c>
+      <x:c r="CF29" s="3" t="n">
+        <x:v>6224</x:v>
+      </x:c>
+      <x:c r="CG29" s="3" t="n">
+        <x:v>6276</x:v>
+      </x:c>
+      <x:c r="CH29" s="3" t="n">
+        <x:v>6076</x:v>
+      </x:c>
+      <x:c r="CI29" s="3" t="n">
+        <x:v>6055</x:v>
+      </x:c>
+      <x:c r="CJ29" s="3" t="n">
+        <x:v>6071</x:v>
+      </x:c>
+      <x:c r="CK29" s="3" t="n">
+        <x:v>6139</x:v>
+      </x:c>
+      <x:c r="CL29" s="3" t="n">
+        <x:v>6178</x:v>
+      </x:c>
+      <x:c r="CM29" s="3" t="n">
+        <x:v>6150</x:v>
+      </x:c>
+      <x:c r="CN29" s="3" t="n">
+        <x:v>6170</x:v>
+      </x:c>
+      <x:c r="CO29" s="3" t="n">
+        <x:v>6285</x:v>
+      </x:c>
+      <x:c r="CP29" s="3" t="n">
+        <x:v>6388</x:v>
+      </x:c>
+      <x:c r="CQ29" s="3" t="n">
+        <x:v>6311</x:v>
+      </x:c>
+      <x:c r="CR29" s="3" t="n">
+        <x:v>6240</x:v>
+      </x:c>
+      <x:c r="CS29" s="3" t="n">
+        <x:v>6624</x:v>
+      </x:c>
+      <x:c r="CT29" s="3" t="n">
+        <x:v>6303</x:v>
+      </x:c>
+      <x:c r="CU29" s="3" t="n">
+        <x:v>6388</x:v>
+      </x:c>
+      <x:c r="CV29" s="3" t="n">
+        <x:v>6312</x:v>
+      </x:c>
+      <x:c r="CW29" s="3" t="n">
+        <x:v>6397</x:v>
+      </x:c>
+      <x:c r="CX29" s="3" t="n">
+        <x:v>6332</x:v>
+      </x:c>
+      <x:c r="CY29" s="3" t="n">
+        <x:v>6327</x:v>
+      </x:c>
+      <x:c r="CZ29" s="3" t="n">
+        <x:v>6276</x:v>
+      </x:c>
+      <x:c r="DA29" s="3" t="n">
+        <x:v>6402</x:v>
+      </x:c>
+      <x:c r="DB29" s="3" t="n">
+        <x:v>5886</x:v>
+      </x:c>
+      <x:c r="DC29" s="3" t="n">
+        <x:v>5908</x:v>
+      </x:c>
+      <x:c r="DD29" s="3" t="n">
+        <x:v>5947</x:v>
+      </x:c>
+      <x:c r="DE29" s="3" t="n">
+        <x:v>6122</x:v>
+      </x:c>
+      <x:c r="DF29" s="3" t="n">
+        <x:v>6155</x:v>
+      </x:c>
+      <x:c r="DG29" s="3" t="n">
+        <x:v>6398</x:v>
+      </x:c>
+      <x:c r="DH29" s="3" t="n">
+        <x:v>6174</x:v>
+      </x:c>
+      <x:c r="DI29" s="3" t="n">
+        <x:v>6464</x:v>
+      </x:c>
+      <x:c r="DJ29" s="3" t="n">
+        <x:v>6559</x:v>
+      </x:c>
+      <x:c r="DK29" s="3" t="n">
+        <x:v>6493</x:v>
+      </x:c>
+      <x:c r="DL29" s="3" t="n">
+        <x:v>6164</x:v>
+      </x:c>
+      <x:c r="DM29" s="3" t="n">
+        <x:v>6624</x:v>
+      </x:c>
+      <x:c r="DN29" s="3" t="n">
+        <x:v>5035</x:v>
+      </x:c>
+      <x:c r="DO29" s="3" t="n">
+        <x:v>5078</x:v>
+      </x:c>
+      <x:c r="DP29" s="3" t="n">
+        <x:v>4983</x:v>
+      </x:c>
+      <x:c r="DQ29" s="3" t="n">
+        <x:v>5406</x:v>
+      </x:c>
+      <x:c r="DR29" s="3" t="n">
+        <x:v>5176</x:v>
+      </x:c>
+      <x:c r="DS29" s="3" t="n">
+        <x:v>5527</x:v>
+      </x:c>
+      <x:c r="DT29" s="3" t="n">
+        <x:v>5529</x:v>
+      </x:c>
+      <x:c r="DU29" s="3" t="n">
+        <x:v>5419</x:v>
+      </x:c>
+      <x:c r="DV29" s="3" t="n">
+        <x:v>4777</x:v>
+      </x:c>
+      <x:c r="DW29" s="3" t="n">
+        <x:v>5024</x:v>
+      </x:c>
+      <x:c r="DX29" s="3" t="n">
+        <x:v>5177</x:v>
+      </x:c>
+      <x:c r="DY29" s="3" t="n">
+        <x:v>5658</x:v>
+      </x:c>
+      <x:c r="DZ29" s="3" t="n">
+        <x:v>4772</x:v>
+      </x:c>
+      <x:c r="EA29" s="3" t="n">
+        <x:v>5081</x:v>
+      </x:c>
+      <x:c r="EB29" s="3" t="n">
+        <x:v>5197</x:v>
+      </x:c>
+      <x:c r="EC29" s="3" t="n">
+        <x:v>5504</x:v>
+      </x:c>
+      <x:c r="ED29" s="3" t="n">
+        <x:v>4675</x:v>
+      </x:c>
+      <x:c r="EE29" s="3" t="n">
+        <x:v>4953</x:v>
+      </x:c>
+      <x:c r="EF29" s="3" t="n">
+        <x:v>5036</x:v>
+      </x:c>
+      <x:c r="EG29" s="3" t="n">
+        <x:v>5403</x:v>
+      </x:c>
+      <x:c r="EH29" s="3" t="n">
+        <x:v>5102</x:v>
+      </x:c>
+      <x:c r="EI29" s="3" t="n">
+        <x:v>5293</x:v>
+      </x:c>
+      <x:c r="EJ29" s="3" t="n">
+        <x:v>5246</x:v>
+      </x:c>
+      <x:c r="EK29" s="3" t="n">
+        <x:v>5271</x:v>
+      </x:c>
+      <x:c r="EL29" s="3" t="n">
+        <x:v>4941</x:v>
+      </x:c>
+      <x:c r="EM29" s="3" t="n">
+        <x:v>5110</x:v>
+      </x:c>
+      <x:c r="EN29" s="3" t="n">
+        <x:v>5318</x:v>
+      </x:c>
+      <x:c r="EO29" s="3" t="n">
+        <x:v>5366</x:v>
+      </x:c>
+      <x:c r="EP29" s="3" t="n">
+        <x:v>5145</x:v>
+      </x:c>
+      <x:c r="EQ29" s="3" t="n">
+        <x:v>5376</x:v>
+      </x:c>
+      <x:c r="ER29" s="3" t="n">
+        <x:v>5368</x:v>
+      </x:c>
+      <x:c r="ES29" s="3" t="n">
+        <x:v>5597</x:v>
+      </x:c>
+      <x:c r="ET29" s="3" t="n">
+        <x:v>5233</x:v>
+      </x:c>
+      <x:c r="EU29" s="3" t="n">
+        <x:v>5522</x:v>
+      </x:c>
+      <x:c r="EV29" s="3" t="n">
+        <x:v>5569</x:v>
+      </x:c>
+      <x:c r="EW29" s="3" t="n">
+        <x:v>5649</x:v>
+      </x:c>
+      <x:c r="EX29" s="3" t="n">
+        <x:v>5241</x:v>
+      </x:c>
+      <x:c r="EY29" s="3" t="n">
+        <x:v>5464</x:v>
+      </x:c>
+      <x:c r="EZ29" s="3" t="n">
+        <x:v>5459</x:v>
+      </x:c>
+      <x:c r="FA29" s="3" t="n">
+        <x:v>5876</x:v>
+      </x:c>
+      <x:c r="FB29" s="3" t="n">
+        <x:v>5995</x:v>
+      </x:c>
+      <x:c r="FC29" s="3" t="n">
+        <x:v>5781</x:v>
+      </x:c>
+      <x:c r="FD29" s="3" t="n">
+        <x:v>5712</x:v>
+      </x:c>
+      <x:c r="FE29" s="3" t="n">
+        <x:v>5949</x:v>
+      </x:c>
+      <x:c r="FF29" s="3" t="n">
+        <x:v>5723</x:v>
+      </x:c>
+      <x:c r="FG29" s="3" t="n">
+        <x:v>5626</x:v>
+      </x:c>
+      <x:c r="FH29" s="3" t="n">
+        <x:v>5442</x:v>
+      </x:c>
+      <x:c r="FI29" s="3" t="n">
+        <x:v>5738</x:v>
+      </x:c>
+      <x:c r="FJ29" s="3" t="n">
+        <x:v>5733</x:v>
+      </x:c>
+      <x:c r="FK29" s="3" t="n">
+        <x:v>5677</x:v>
+      </x:c>
+      <x:c r="FL29" s="3" t="n">
+        <x:v>5809</x:v>
+      </x:c>
+      <x:c r="FM29" s="3" t="n">
+        <x:v>6089</x:v>
+      </x:c>
+      <x:c r="FN29" s="3" t="n">
+        <x:v>6042</x:v>
+      </x:c>
+      <x:c r="FO29" s="3" t="n">
+        <x:v>5793</x:v>
+      </x:c>
+      <x:c r="FP29" s="3" t="n">
+        <x:v>6020</x:v>
+      </x:c>
+      <x:c r="FQ29" s="3" t="n">
+        <x:v>6582</x:v>
+      </x:c>
+      <x:c r="FR29" s="3" t="n">
+        <x:v>6665</x:v>
+      </x:c>
+      <x:c r="FS29" s="3" t="n">
+        <x:v>6762</x:v>
+      </x:c>
+      <x:c r="FT29" s="3" t="n">
+        <x:v>6930</x:v>
+      </x:c>
+      <x:c r="FU29" s="3" t="n">
+        <x:v>7531</x:v>
+      </x:c>
+      <x:c r="FV29" s="3" t="n">
+        <x:v>7578</x:v>
+      </x:c>
+      <x:c r="FW29" s="3" t="n">
+        <x:v>7499</x:v>
+      </x:c>
+      <x:c r="FX29" s="3" t="n">
+        <x:v>7594</x:v>
+      </x:c>
+      <x:c r="FY29" s="3" t="n">
+        <x:v>8003</x:v>
+      </x:c>
+      <x:c r="FZ29" s="3" t="n">
+        <x:v>7960</x:v>
+      </x:c>
+      <x:c r="GA29" s="3" t="n">
+        <x:v>7654</x:v>
+      </x:c>
+      <x:c r="GB29" s="3" t="n">
+        <x:v>7699</x:v>
+      </x:c>
+      <x:c r="GC29" s="3" t="n">
+        <x:v>8152</x:v>
+      </x:c>
+      <x:c r="GD29" s="3" t="n">
+        <x:v>8078</x:v>
+      </x:c>
+      <x:c r="GE29" s="3" t="n">
+        <x:v>8086</x:v>
+      </x:c>
+      <x:c r="GF29" s="3" t="n">
+        <x:v>8042</x:v>
+      </x:c>
+      <x:c r="GG29" s="3" t="n">
+        <x:v>8463</x:v>
+      </x:c>
+      <x:c r="GH29" s="3" t="n">
+        <x:v>8452</x:v>
+      </x:c>
+      <x:c r="GI29" s="3" t="n">
+        <x:v>8273</x:v>
+      </x:c>
+      <x:c r="GJ29" s="3" t="n">
+        <x:v>8331</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:192">
+      <x:c r="A30" s="2" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="B30" s="3" t="n">
+        <x:v>29351</x:v>
+      </x:c>
+      <x:c r="C30" s="3" t="n">
+        <x:v>31205</x:v>
+      </x:c>
+      <x:c r="D30" s="3" t="n">
+        <x:v>28264</x:v>
+      </x:c>
+      <x:c r="E30" s="3" t="n">
+        <x:v>32594</x:v>
+      </x:c>
+      <x:c r="F30" s="3" t="n">
+        <x:v>27882</x:v>
+      </x:c>
+      <x:c r="G30" s="3" t="n">
+        <x:v>26498</x:v>
+      </x:c>
+      <x:c r="H30" s="3" t="n">
+        <x:v>25464</x:v>
+      </x:c>
+      <x:c r="I30" s="3" t="n">
+        <x:v>29354</x:v>
+      </x:c>
+      <x:c r="J30" s="3" t="n">
+        <x:v>28512</x:v>
+      </x:c>
+      <x:c r="K30" s="3" t="n">
+        <x:v>27467</x:v>
+      </x:c>
+      <x:c r="L30" s="3" t="n">
+        <x:v>26521</x:v>
+      </x:c>
+      <x:c r="M30" s="3" t="n">
+        <x:v>30091</x:v>
+      </x:c>
+      <x:c r="N30" s="3" t="n">
+        <x:v>27148</x:v>
+      </x:c>
+      <x:c r="O30" s="3" t="n">
+        <x:v>26553</x:v>
+      </x:c>
+      <x:c r="P30" s="3" t="n">
+        <x:v>25583</x:v>
+      </x:c>
+      <x:c r="Q30" s="3" t="n">
+        <x:v>29434</x:v>
+      </x:c>
+      <x:c r="R30" s="3" t="n">
+        <x:v>27820</x:v>
+      </x:c>
+      <x:c r="S30" s="3" t="n">
+        <x:v>27284</x:v>
+      </x:c>
+      <x:c r="T30" s="3" t="n">
+        <x:v>26269</x:v>
+      </x:c>
+      <x:c r="U30" s="3" t="n">
+        <x:v>30764</x:v>
+      </x:c>
+      <x:c r="V30" s="3" t="n">
+        <x:v>28350</x:v>
+      </x:c>
+      <x:c r="W30" s="3" t="n">
+        <x:v>29179</x:v>
+      </x:c>
+      <x:c r="X30" s="3" t="n">
+        <x:v>27249</x:v>
+      </x:c>
+      <x:c r="Y30" s="3" t="n">
+        <x:v>31405</x:v>
+      </x:c>
+      <x:c r="Z30" s="3" t="n">
+        <x:v>30386</x:v>
+      </x:c>
+      <x:c r="AA30" s="3" t="n">
+        <x:v>28445</x:v>
+      </x:c>
+      <x:c r="AB30" s="3" t="n">
+        <x:v>27457</x:v>
+      </x:c>
+      <x:c r="AC30" s="3" t="n">
+        <x:v>31798</x:v>
+      </x:c>
+      <x:c r="AD30" s="3" t="n">
+        <x:v>31182</x:v>
+      </x:c>
+      <x:c r="AE30" s="3" t="n">
+        <x:v>29974</x:v>
+      </x:c>
+      <x:c r="AF30" s="3" t="n">
+        <x:v>29455</x:v>
+      </x:c>
+      <x:c r="AG30" s="3" t="n">
+        <x:v>33428</x:v>
+      </x:c>
+      <x:c r="AH30" s="3" t="n">
+        <x:v>31535</x:v>
+      </x:c>
+      <x:c r="AI30" s="3" t="n">
+        <x:v>35025</x:v>
+      </x:c>
+      <x:c r="AJ30" s="3" t="n">
+        <x:v>31707</x:v>
+      </x:c>
+      <x:c r="AK30" s="3" t="n">
+        <x:v>36011</x:v>
+      </x:c>
+      <x:c r="AL30" s="3" t="n">
+        <x:v>34792</x:v>
+      </x:c>
+      <x:c r="AM30" s="3" t="n">
+        <x:v>35802</x:v>
+      </x:c>
+      <x:c r="AN30" s="3" t="n">
+        <x:v>31775</x:v>
+      </x:c>
+      <x:c r="AO30" s="3" t="n">
+        <x:v>37437</x:v>
+      </x:c>
+      <x:c r="AP30" s="3" t="n">
+        <x:v>34910</x:v>
+      </x:c>
+      <x:c r="AQ30" s="3" t="n">
+        <x:v>35199</x:v>
+      </x:c>
+      <x:c r="AR30" s="3" t="n">
+        <x:v>32913</x:v>
+      </x:c>
+      <x:c r="AS30" s="3" t="n">
+        <x:v>37362</x:v>
+      </x:c>
+      <x:c r="AT30" s="3" t="n">
+        <x:v>33451</x:v>
+      </x:c>
+      <x:c r="AU30" s="3" t="n">
+        <x:v>35357</x:v>
+      </x:c>
+      <x:c r="AV30" s="3" t="n">
+        <x:v>31932</x:v>
+      </x:c>
+      <x:c r="AW30" s="3" t="n">
+        <x:v>36907</x:v>
+      </x:c>
+      <x:c r="AX30" s="3" t="n">
+        <x:v>34345</x:v>
+      </x:c>
+      <x:c r="AY30" s="3" t="n">
+        <x:v>32552</x:v>
+      </x:c>
+      <x:c r="AZ30" s="3" t="n">
+        <x:v>31334</x:v>
+      </x:c>
+      <x:c r="BA30" s="3" t="n">
+        <x:v>36199</x:v>
+      </x:c>
+      <x:c r="BB30" s="3" t="n">
+        <x:v>29033</x:v>
+      </x:c>
+      <x:c r="BC30" s="3" t="n">
+        <x:v>30711</x:v>
+      </x:c>
+      <x:c r="BD30" s="3" t="n">
+        <x:v>28670</x:v>
+      </x:c>
+      <x:c r="BE30" s="3" t="n">
+        <x:v>32529</x:v>
+      </x:c>
+      <x:c r="BF30" s="3" t="n">
+        <x:v>30774</x:v>
+      </x:c>
+      <x:c r="BG30" s="3" t="n">
+        <x:v>29668</x:v>
+      </x:c>
+      <x:c r="BH30" s="3" t="n">
+        <x:v>28689</x:v>
+      </x:c>
+      <x:c r="BI30" s="3" t="n">
+        <x:v>32980</x:v>
+      </x:c>
+      <x:c r="BJ30" s="3" t="n">
+        <x:v>28876</x:v>
+      </x:c>
+      <x:c r="BK30" s="3" t="n">
+        <x:v>28286</x:v>
+      </x:c>
+      <x:c r="BL30" s="3" t="n">
+        <x:v>27288</x:v>
+      </x:c>
+      <x:c r="BM30" s="3" t="n">
+        <x:v>31932</x:v>
+      </x:c>
+      <x:c r="BN30" s="3" t="n">
+        <x:v>29651</x:v>
+      </x:c>
+      <x:c r="BO30" s="3" t="n">
+        <x:v>30438</x:v>
+      </x:c>
+      <x:c r="BP30" s="3" t="n">
+        <x:v>28463</x:v>
+      </x:c>
+      <x:c r="BQ30" s="3" t="n">
+        <x:v>32785</x:v>
+      </x:c>
+      <x:c r="BR30" s="3" t="n">
+        <x:v>30419</x:v>
+      </x:c>
+      <x:c r="BS30" s="3" t="n">
+        <x:v>31803</x:v>
+      </x:c>
+      <x:c r="BT30" s="3" t="n">
+        <x:v>32815</x:v>
+      </x:c>
+      <x:c r="BU30" s="3" t="n">
+        <x:v>34126</x:v>
+      </x:c>
+      <x:c r="BV30" s="3" t="n">
+        <x:v>31573</x:v>
+      </x:c>
+      <x:c r="BW30" s="3" t="n">
+        <x:v>32969</x:v>
+      </x:c>
+      <x:c r="BX30" s="3" t="n">
+        <x:v>34223</x:v>
+      </x:c>
+      <x:c r="BY30" s="3" t="n">
+        <x:v>36132</x:v>
+      </x:c>
+      <x:c r="BZ30" s="3" t="n">
+        <x:v>33834</x:v>
+      </x:c>
+      <x:c r="CA30" s="3" t="n">
+        <x:v>37521</x:v>
+      </x:c>
+      <x:c r="CB30" s="3" t="n">
+        <x:v>37277</x:v>
+      </x:c>
+      <x:c r="CC30" s="3" t="n">
+        <x:v>40340</x:v>
+      </x:c>
+      <x:c r="CD30" s="3" t="n">
+        <x:v>39047</x:v>
+      </x:c>
+      <x:c r="CE30" s="3" t="n">
+        <x:v>39386</x:v>
+      </x:c>
+      <x:c r="CF30" s="3" t="n">
+        <x:v>39275</x:v>
+      </x:c>
+      <x:c r="CG30" s="3" t="n">
+        <x:v>41141</x:v>
+      </x:c>
+      <x:c r="CH30" s="3" t="n">
+        <x:v>40429</x:v>
+      </x:c>
+      <x:c r="CI30" s="3" t="n">
+        <x:v>39380</x:v>
+      </x:c>
+      <x:c r="CJ30" s="3" t="n">
+        <x:v>37387</x:v>
+      </x:c>
+      <x:c r="CK30" s="3" t="n">
+        <x:v>41580</x:v>
+      </x:c>
+      <x:c r="CL30" s="3" t="n">
+        <x:v>41481</x:v>
+      </x:c>
+      <x:c r="CM30" s="3" t="n">
+        <x:v>39121</x:v>
+      </x:c>
+      <x:c r="CN30" s="3" t="n">
+        <x:v>37707</x:v>
+      </x:c>
+      <x:c r="CO30" s="3" t="n">
+        <x:v>41771</x:v>
+      </x:c>
+      <x:c r="CP30" s="3" t="n">
+        <x:v>39915</x:v>
+      </x:c>
+      <x:c r="CQ30" s="3" t="n">
+        <x:v>38525</x:v>
+      </x:c>
+      <x:c r="CR30" s="3" t="n">
+        <x:v>37668</x:v>
+      </x:c>
+      <x:c r="CS30" s="3" t="n">
+        <x:v>41335</x:v>
+      </x:c>
+      <x:c r="CT30" s="3" t="n">
+        <x:v>39705</x:v>
+      </x:c>
+      <x:c r="CU30" s="3" t="n">
+        <x:v>40624</x:v>
+      </x:c>
+      <x:c r="CV30" s="3" t="n">
+        <x:v>38131</x:v>
+      </x:c>
+      <x:c r="CW30" s="3" t="n">
+        <x:v>41607</x:v>
+      </x:c>
+      <x:c r="CX30" s="3" t="n">
+        <x:v>42215</x:v>
+      </x:c>
+      <x:c r="CY30" s="3" t="n">
+        <x:v>40795</x:v>
+      </x:c>
+      <x:c r="CZ30" s="3" t="n">
+        <x:v>39349</x:v>
+      </x:c>
+      <x:c r="DA30" s="3" t="n">
+        <x:v>43871</x:v>
+      </x:c>
+      <x:c r="DB30" s="3" t="n">
+        <x:v>41407</x:v>
+      </x:c>
+      <x:c r="DC30" s="3" t="n">
+        <x:v>42613</x:v>
+      </x:c>
+      <x:c r="DD30" s="3" t="n">
+        <x:v>41237</x:v>
+      </x:c>
+      <x:c r="DE30" s="3" t="n">
+        <x:v>46610</x:v>
+      </x:c>
+      <x:c r="DF30" s="3" t="n">
+        <x:v>42803</x:v>
+      </x:c>
+      <x:c r="DG30" s="3" t="n">
+        <x:v>45886</x:v>
+      </x:c>
+      <x:c r="DH30" s="3" t="n">
+        <x:v>42653</x:v>
+      </x:c>
+      <x:c r="DI30" s="3" t="n">
+        <x:v>47663</x:v>
+      </x:c>
+      <x:c r="DJ30" s="3" t="n">
+        <x:v>48644</x:v>
+      </x:c>
+      <x:c r="DK30" s="3" t="n">
+        <x:v>47712</x:v>
+      </x:c>
+      <x:c r="DL30" s="3" t="n">
+        <x:v>45299</x:v>
+      </x:c>
+      <x:c r="DM30" s="3" t="n">
+        <x:v>50955</x:v>
+      </x:c>
+      <x:c r="DN30" s="3" t="n">
+        <x:v>51128</x:v>
+      </x:c>
+      <x:c r="DO30" s="3" t="n">
+        <x:v>51847</x:v>
+      </x:c>
+      <x:c r="DP30" s="3" t="n">
+        <x:v>50675</x:v>
+      </x:c>
+      <x:c r="DQ30" s="3" t="n">
+        <x:v>59016</x:v>
+      </x:c>
+      <x:c r="DR30" s="3" t="n">
+        <x:v>53854</x:v>
+      </x:c>
+      <x:c r="DS30" s="3" t="n">
+        <x:v>56571</x:v>
+      </x:c>
+      <x:c r="DT30" s="3" t="n">
+        <x:v>50254</x:v>
+      </x:c>
+      <x:c r="DU30" s="3" t="n">
+        <x:v>54872</x:v>
+      </x:c>
+      <x:c r="DV30" s="3" t="n">
+        <x:v>52208</x:v>
+      </x:c>
+      <x:c r="DW30" s="3" t="n">
+        <x:v>49428</x:v>
+      </x:c>
+      <x:c r="DX30" s="3" t="n">
+        <x:v>46764</x:v>
+      </x:c>
+      <x:c r="DY30" s="3" t="n">
+        <x:v>51223</x:v>
+      </x:c>
+      <x:c r="DZ30" s="3" t="n">
+        <x:v>48038</x:v>
+      </x:c>
+      <x:c r="EA30" s="3" t="n">
+        <x:v>49041</x:v>
+      </x:c>
+      <x:c r="EB30" s="3" t="n">
+        <x:v>46185</x:v>
+      </x:c>
+      <x:c r="EC30" s="3" t="n">
+        <x:v>51641</x:v>
+      </x:c>
+      <x:c r="ED30" s="3" t="n">
+        <x:v>49753</x:v>
+      </x:c>
+      <x:c r="EE30" s="3" t="n">
+        <x:v>48996</x:v>
+      </x:c>
+      <x:c r="EF30" s="3" t="n">
+        <x:v>46628</x:v>
+      </x:c>
+      <x:c r="EG30" s="3" t="n">
+        <x:v>54374</x:v>
+      </x:c>
+      <x:c r="EH30" s="3" t="n">
+        <x:v>54374</x:v>
+      </x:c>
+      <x:c r="EI30" s="3" t="n">
+        <x:v>53233</x:v>
+      </x:c>
+      <x:c r="EJ30" s="3" t="n">
+        <x:v>49603</x:v>
+      </x:c>
+      <x:c r="EK30" s="3" t="n">
+        <x:v>56381</x:v>
+      </x:c>
+      <x:c r="EL30" s="3" t="n">
+        <x:v>52017</x:v>
+      </x:c>
+      <x:c r="EM30" s="3" t="n">
+        <x:v>55235</x:v>
+      </x:c>
+      <x:c r="EN30" s="3" t="n">
+        <x:v>51407</x:v>
+      </x:c>
+      <x:c r="EO30" s="3" t="n">
+        <x:v>58573</x:v>
+      </x:c>
+      <x:c r="EP30" s="3" t="n">
+        <x:v>55028</x:v>
+      </x:c>
+      <x:c r="EQ30" s="3" t="n">
+        <x:v>54957</x:v>
+      </x:c>
+      <x:c r="ER30" s="3" t="n">
+        <x:v>52740</x:v>
+      </x:c>
+      <x:c r="ES30" s="3" t="n">
+        <x:v>58278</x:v>
+      </x:c>
+      <x:c r="ET30" s="3" t="n">
+        <x:v>54958</x:v>
+      </x:c>
+      <x:c r="EU30" s="3" t="n">
+        <x:v>56773</x:v>
+      </x:c>
+      <x:c r="EV30" s="3" t="n">
+        <x:v>53452</x:v>
+      </x:c>
+      <x:c r="EW30" s="3" t="n">
+        <x:v>59620</x:v>
+      </x:c>
+      <x:c r="EX30" s="3" t="n">
+        <x:v>54649</x:v>
+      </x:c>
+      <x:c r="EY30" s="3" t="n">
+        <x:v>60014</x:v>
+      </x:c>
+      <x:c r="EZ30" s="3" t="n">
+        <x:v>54039</x:v>
+      </x:c>
+      <x:c r="FA30" s="3" t="n">
+        <x:v>64553</x:v>
+      </x:c>
+      <x:c r="FB30" s="3" t="n">
+        <x:v>62895</x:v>
+      </x:c>
+      <x:c r="FC30" s="3" t="n">
+        <x:v>57305</x:v>
+      </x:c>
+      <x:c r="FD30" s="3" t="n">
+        <x:v>55035</x:v>
+      </x:c>
+      <x:c r="FE30" s="3" t="n">
+        <x:v>65457</x:v>
+      </x:c>
+      <x:c r="FF30" s="3" t="n">
+        <x:v>59662</x:v>
+      </x:c>
+      <x:c r="FG30" s="3" t="n">
+        <x:v>61314</x:v>
+      </x:c>
+      <x:c r="FH30" s="3" t="n">
+        <x:v>55775</x:v>
+      </x:c>
+      <x:c r="FI30" s="3" t="n">
+        <x:v>67076</x:v>
+      </x:c>
+      <x:c r="FJ30" s="3" t="n">
+        <x:v>64230</x:v>
+      </x:c>
+      <x:c r="FK30" s="3" t="n">
+        <x:v>60680</x:v>
+      </x:c>
+      <x:c r="FL30" s="3" t="n">
+        <x:v>59279</x:v>
+      </x:c>
+      <x:c r="FM30" s="3" t="n">
+        <x:v>68998</x:v>
+      </x:c>
+      <x:c r="FN30" s="3" t="n">
+        <x:v>62926</x:v>
+      </x:c>
+      <x:c r="FO30" s="3" t="n">
+        <x:v>57740</x:v>
+      </x:c>
+      <x:c r="FP30" s="3" t="n">
+        <x:v>57082</x:v>
+      </x:c>
+      <x:c r="FQ30" s="3" t="n">
+        <x:v>66737</x:v>
+      </x:c>
+      <x:c r="FR30" s="3" t="n">
+        <x:v>61319</x:v>
+      </x:c>
+      <x:c r="FS30" s="3" t="n">
+        <x:v>60296</x:v>
+      </x:c>
+      <x:c r="FT30" s="3" t="n">
+        <x:v>58370</x:v>
+      </x:c>
+      <x:c r="FU30" s="3" t="n">
+        <x:v>70295</x:v>
+      </x:c>
+      <x:c r="FV30" s="3" t="n">
+        <x:v>65771</x:v>
+      </x:c>
+      <x:c r="FW30" s="3" t="n">
+        <x:v>62340</x:v>
+      </x:c>
+      <x:c r="FX30" s="3" t="n">
+        <x:v>60359</x:v>
+      </x:c>
+      <x:c r="FY30" s="3" t="n">
+        <x:v>69618</x:v>
+      </x:c>
+      <x:c r="FZ30" s="3" t="n">
+        <x:v>66254</x:v>
+      </x:c>
+      <x:c r="GA30" s="3" t="n">
+        <x:v>60174</x:v>
+      </x:c>
+      <x:c r="GB30" s="3" t="n">
+        <x:v>58014</x:v>
+      </x:c>
+      <x:c r="GC30" s="3" t="n">
+        <x:v>66452</x:v>
+      </x:c>
+      <x:c r="GD30" s="3" t="n">
+        <x:v>60424</x:v>
+      </x:c>
+      <x:c r="GE30" s="3" t="n">
+        <x:v>60910</x:v>
+      </x:c>
+      <x:c r="GF30" s="3" t="n">
+        <x:v>56737</x:v>
+      </x:c>
+      <x:c r="GG30" s="3" t="n">
+        <x:v>63717</x:v>
+      </x:c>
+      <x:c r="GH30" s="3" t="n">
+        <x:v>60375</x:v>
+      </x:c>
+      <x:c r="GI30" s="3" t="n">
+        <x:v>57610</x:v>
+      </x:c>
+      <x:c r="GJ30" s="3" t="n">
+        <x:v>55712</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:192">
+      <x:c r="A31" s="2" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="B31" s="3" t="n">
+        <x:v>16205</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="n">
+        <x:v>17623</x:v>
+      </x:c>
+      <x:c r="D31" s="3" t="n">
+        <x:v>16935</x:v>
+      </x:c>
+      <x:c r="E31" s="3" t="n">
+        <x:v>18826</x:v>
+      </x:c>
+      <x:c r="F31" s="3" t="n">
+        <x:v>18544</x:v>
+      </x:c>
+      <x:c r="G31" s="3" t="n">
+        <x:v>18746</x:v>
+      </x:c>
+      <x:c r="H31" s="3" t="n">
+        <x:v>17939</x:v>
+      </x:c>
+      <x:c r="I31" s="3" t="n">
+        <x:v>20200</x:v>
+      </x:c>
+      <x:c r="J31" s="3" t="n">
+        <x:v>19655</x:v>
+      </x:c>
+      <x:c r="K31" s="3" t="n">
+        <x:v>19897</x:v>
+      </x:c>
+      <x:c r="L31" s="3" t="n">
+        <x:v>19246</x:v>
+      </x:c>
+      <x:c r="M31" s="3" t="n">
+        <x:v>21101</x:v>
+      </x:c>
+      <x:c r="N31" s="3" t="n">
+        <x:v>20245</x:v>
+      </x:c>
+      <x:c r="O31" s="3" t="n">
+        <x:v>20101</x:v>
+      </x:c>
+      <x:c r="P31" s="3" t="n">
+        <x:v>19178</x:v>
+      </x:c>
+      <x:c r="Q31" s="3" t="n">
+        <x:v>21495</x:v>
+      </x:c>
+      <x:c r="R31" s="3" t="n">
+        <x:v>20713</x:v>
+      </x:c>
+      <x:c r="S31" s="3" t="n">
+        <x:v>20820</x:v>
+      </x:c>
+      <x:c r="T31" s="3" t="n">
+        <x:v>19736</x:v>
+      </x:c>
+      <x:c r="U31" s="3" t="n">
+        <x:v>21637</x:v>
+      </x:c>
+      <x:c r="V31" s="3" t="n">
+        <x:v>20354</x:v>
+      </x:c>
+      <x:c r="W31" s="3" t="n">
+        <x:v>21045</x:v>
+      </x:c>
+      <x:c r="X31" s="3" t="n">
+        <x:v>20280</x:v>
+      </x:c>
+      <x:c r="Y31" s="3" t="n">
+        <x:v>22850</x:v>
+      </x:c>
+      <x:c r="Z31" s="3" t="n">
+        <x:v>21326</x:v>
+      </x:c>
+      <x:c r="AA31" s="3" t="n">
+        <x:v>21730</x:v>
+      </x:c>
+      <x:c r="AB31" s="3" t="n">
+        <x:v>20981</x:v>
+      </x:c>
+      <x:c r="AC31" s="3" t="n">
+        <x:v>23653</x:v>
+      </x:c>
+      <x:c r="AD31" s="3" t="n">
+        <x:v>24853</x:v>
+      </x:c>
+      <x:c r="AE31" s="3" t="n">
+        <x:v>25112</x:v>
+      </x:c>
+      <x:c r="AF31" s="3" t="n">
+        <x:v>23673</x:v>
+      </x:c>
+      <x:c r="AG31" s="3" t="n">
+        <x:v>26606</x:v>
+      </x:c>
+      <x:c r="AH31" s="3" t="n">
+        <x:v>25426</x:v>
+      </x:c>
+      <x:c r="AI31" s="3" t="n">
+        <x:v>27792</x:v>
+      </x:c>
+      <x:c r="AJ31" s="3" t="n">
+        <x:v>25465</x:v>
+      </x:c>
+      <x:c r="AK31" s="3" t="n">
+        <x:v>28451</x:v>
+      </x:c>
+      <x:c r="AL31" s="3" t="n">
+        <x:v>26822</x:v>
+      </x:c>
+      <x:c r="AM31" s="3" t="n">
+        <x:v>27220</x:v>
+      </x:c>
+      <x:c r="AN31" s="3" t="n">
+        <x:v>25498</x:v>
+      </x:c>
+      <x:c r="AO31" s="3" t="n">
+        <x:v>28299</x:v>
+      </x:c>
+      <x:c r="AP31" s="3" t="n">
+        <x:v>25759</x:v>
+      </x:c>
+      <x:c r="AQ31" s="3" t="n">
+        <x:v>25839</x:v>
+      </x:c>
+      <x:c r="AR31" s="3" t="n">
+        <x:v>24290</x:v>
+      </x:c>
+      <x:c r="AS31" s="3" t="n">
+        <x:v>26764</x:v>
+      </x:c>
+      <x:c r="AT31" s="3" t="n">
+        <x:v>23400</x:v>
+      </x:c>
+      <x:c r="AU31" s="3" t="n">
+        <x:v>24896</x:v>
+      </x:c>
+      <x:c r="AV31" s="3" t="n">
+        <x:v>23418</x:v>
+      </x:c>
+      <x:c r="AW31" s="3" t="n">
+        <x:v>26209</x:v>
+      </x:c>
+      <x:c r="AX31" s="3" t="n">
+        <x:v>23659</x:v>
+      </x:c>
+      <x:c r="AY31" s="3" t="n">
+        <x:v>24462</x:v>
+      </x:c>
+      <x:c r="AZ31" s="3" t="n">
+        <x:v>23768</x:v>
+      </x:c>
+      <x:c r="BA31" s="3" t="n">
+        <x:v>26194</x:v>
+      </x:c>
+      <x:c r="BB31" s="3" t="n">
+        <x:v>23863</x:v>
+      </x:c>
+      <x:c r="BC31" s="3" t="n">
+        <x:v>25209</x:v>
+      </x:c>
+      <x:c r="BD31" s="3" t="n">
+        <x:v>24138</x:v>
+      </x:c>
+      <x:c r="BE31" s="3" t="n">
+        <x:v>27077</x:v>
+      </x:c>
+      <x:c r="BF31" s="3" t="n">
+        <x:v>24741</x:v>
+      </x:c>
+      <x:c r="BG31" s="3" t="n">
+        <x:v>25447</x:v>
+      </x:c>
+      <x:c r="BH31" s="3" t="n">
+        <x:v>24881</x:v>
+      </x:c>
+      <x:c r="BI31" s="3" t="n">
+        <x:v>28316</x:v>
+      </x:c>
+      <x:c r="BJ31" s="3" t="n">
+        <x:v>24724</x:v>
+      </x:c>
+      <x:c r="BK31" s="3" t="n">
+        <x:v>26029</x:v>
+      </x:c>
+      <x:c r="BL31" s="3" t="n">
+        <x:v>25806</x:v>
+      </x:c>
+      <x:c r="BM31" s="3" t="n">
+        <x:v>29394</x:v>
+      </x:c>
+      <x:c r="BN31" s="3" t="n">
+        <x:v>27243</x:v>
+      </x:c>
+      <x:c r="BO31" s="3" t="n">
+        <x:v>28423</x:v>
+      </x:c>
+      <x:c r="BP31" s="3" t="n">
+        <x:v>28180</x:v>
+      </x:c>
+      <x:c r="BQ31" s="3" t="n">
+        <x:v>32021</x:v>
+      </x:c>
+      <x:c r="BR31" s="3" t="n">
+        <x:v>29489</x:v>
+      </x:c>
+      <x:c r="BS31" s="3" t="n">
+        <x:v>29858</x:v>
+      </x:c>
+      <x:c r="BT31" s="3" t="n">
+        <x:v>30103</x:v>
+      </x:c>
+      <x:c r="BU31" s="3" t="n">
+        <x:v>33158</x:v>
+      </x:c>
+      <x:c r="BV31" s="3" t="n">
+        <x:v>32338</x:v>
+      </x:c>
+      <x:c r="BW31" s="3" t="n">
+        <x:v>32286</x:v>
+      </x:c>
+      <x:c r="BX31" s="3" t="n">
+        <x:v>32672</x:v>
+      </x:c>
+      <x:c r="BY31" s="3" t="n">
+        <x:v>37168</x:v>
+      </x:c>
+      <x:c r="BZ31" s="3" t="n">
+        <x:v>32382</x:v>
+      </x:c>
+      <x:c r="CA31" s="3" t="n">
+        <x:v>35522</x:v>
+      </x:c>
+      <x:c r="CB31" s="3" t="n">
+        <x:v>35004</x:v>
+      </x:c>
+      <x:c r="CC31" s="3" t="n">
+        <x:v>39919</x:v>
+      </x:c>
+      <x:c r="CD31" s="3" t="n">
+        <x:v>36668</x:v>
+      </x:c>
+      <x:c r="CE31" s="3" t="n">
+        <x:v>38144</x:v>
+      </x:c>
+      <x:c r="CF31" s="3" t="n">
+        <x:v>38331</x:v>
+      </x:c>
+      <x:c r="CG31" s="3" t="n">
+        <x:v>42745</x:v>
+      </x:c>
+      <x:c r="CH31" s="3" t="n">
+        <x:v>37353</x:v>
+      </x:c>
+      <x:c r="CI31" s="3" t="n">
+        <x:v>37024</x:v>
+      </x:c>
+      <x:c r="CJ31" s="3" t="n">
+        <x:v>37930</x:v>
+      </x:c>
+      <x:c r="CK31" s="3" t="n">
+        <x:v>43182</x:v>
+      </x:c>
+      <x:c r="CL31" s="3" t="n">
+        <x:v>40847</x:v>
+      </x:c>
+      <x:c r="CM31" s="3" t="n">
+        <x:v>41283</x:v>
+      </x:c>
+      <x:c r="CN31" s="3" t="n">
+        <x:v>40538</x:v>
+      </x:c>
+      <x:c r="CO31" s="3" t="n">
+        <x:v>45789</x:v>
+      </x:c>
+      <x:c r="CP31" s="3" t="n">
+        <x:v>42349</x:v>
+      </x:c>
+      <x:c r="CQ31" s="3" t="n">
+        <x:v>42742</x:v>
+      </x:c>
+      <x:c r="CR31" s="3" t="n">
+        <x:v>42122</x:v>
+      </x:c>
+      <x:c r="CS31" s="3" t="n">
+        <x:v>49212</x:v>
+      </x:c>
+      <x:c r="CT31" s="3" t="n">
+        <x:v>42028</x:v>
+      </x:c>
+      <x:c r="CU31" s="3" t="n">
+        <x:v>44339</x:v>
+      </x:c>
+      <x:c r="CV31" s="3" t="n">
+        <x:v>43194</x:v>
+      </x:c>
+      <x:c r="CW31" s="3" t="n">
+        <x:v>48975</x:v>
+      </x:c>
+      <x:c r="CX31" s="3" t="n">
+        <x:v>44622</x:v>
+      </x:c>
+      <x:c r="CY31" s="3" t="n">
+        <x:v>45153</x:v>
+      </x:c>
+      <x:c r="CZ31" s="3" t="n">
+        <x:v>46055</x:v>
+      </x:c>
+      <x:c r="DA31" s="3" t="n">
+        <x:v>52363</x:v>
+      </x:c>
+      <x:c r="DB31" s="3" t="n">
+        <x:v>46070</x:v>
+      </x:c>
+      <x:c r="DC31" s="3" t="n">
+        <x:v>46655</x:v>
+      </x:c>
+      <x:c r="DD31" s="3" t="n">
+        <x:v>47315</x:v>
+      </x:c>
+      <x:c r="DE31" s="3" t="n">
+        <x:v>53957</x:v>
+      </x:c>
+      <x:c r="DF31" s="3" t="n">
+        <x:v>45735</x:v>
+      </x:c>
+      <x:c r="DG31" s="3" t="n">
+        <x:v>49884</x:v>
+      </x:c>
+      <x:c r="DH31" s="3" t="n">
+        <x:v>49010</x:v>
+      </x:c>
+      <x:c r="DI31" s="3" t="n">
+        <x:v>54454</x:v>
+      </x:c>
+      <x:c r="DJ31" s="3" t="n">
+        <x:v>49330</x:v>
+      </x:c>
+      <x:c r="DK31" s="3" t="n">
+        <x:v>51584</x:v>
+      </x:c>
+      <x:c r="DL31" s="3" t="n">
+        <x:v>51840</x:v>
+      </x:c>
+      <x:c r="DM31" s="3" t="n">
+        <x:v>59770</x:v>
+      </x:c>
+      <x:c r="DN31" s="3" t="n">
+        <x:v>53904</x:v>
+      </x:c>
+      <x:c r="DO31" s="3" t="n">
+        <x:v>55573</x:v>
+      </x:c>
+      <x:c r="DP31" s="3" t="n">
+        <x:v>54073</x:v>
+      </x:c>
+      <x:c r="DQ31" s="3" t="n">
+        <x:v>62823</x:v>
+      </x:c>
+      <x:c r="DR31" s="3" t="n">
+        <x:v>55940</x:v>
+      </x:c>
+      <x:c r="DS31" s="3" t="n">
+        <x:v>59986</x:v>
+      </x:c>
+      <x:c r="DT31" s="3" t="n">
+        <x:v>55988</x:v>
+      </x:c>
+      <x:c r="DU31" s="3" t="n">
+        <x:v>60718</x:v>
+      </x:c>
+      <x:c r="DV31" s="3" t="n">
+        <x:v>52623</x:v>
+      </x:c>
+      <x:c r="DW31" s="3" t="n">
+        <x:v>55499</x:v>
+      </x:c>
+      <x:c r="DX31" s="3" t="n">
+        <x:v>55093</x:v>
+      </x:c>
+      <x:c r="DY31" s="3" t="n">
+        <x:v>61308</x:v>
+      </x:c>
+      <x:c r="DZ31" s="3" t="n">
+        <x:v>56664</x:v>
+      </x:c>
+      <x:c r="EA31" s="3" t="n">
+        <x:v>58574</x:v>
+      </x:c>
+      <x:c r="EB31" s="3" t="n">
+        <x:v>57494</x:v>
+      </x:c>
+      <x:c r="EC31" s="3" t="n">
+        <x:v>62983</x:v>
+      </x:c>
+      <x:c r="ED31" s="3" t="n">
+        <x:v>56873</x:v>
+      </x:c>
+      <x:c r="EE31" s="3" t="n">
+        <x:v>60831</x:v>
+      </x:c>
+      <x:c r="EF31" s="3" t="n">
+        <x:v>58352</x:v>
+      </x:c>
+      <x:c r="EG31" s="3" t="n">
+        <x:v>64136</x:v>
+      </x:c>
+      <x:c r="EH31" s="3" t="n">
+        <x:v>59729</x:v>
+      </x:c>
+      <x:c r="EI31" s="3" t="n">
+        <x:v>62533</x:v>
+      </x:c>
+      <x:c r="EJ31" s="3" t="n">
+        <x:v>61531</x:v>
+      </x:c>
+      <x:c r="EK31" s="3" t="n">
+        <x:v>68035</x:v>
+      </x:c>
+      <x:c r="EL31" s="3" t="n">
+        <x:v>59959</x:v>
+      </x:c>
+      <x:c r="EM31" s="3" t="n">
+        <x:v>64913</x:v>
+      </x:c>
+      <x:c r="EN31" s="3" t="n">
+        <x:v>63018</x:v>
+      </x:c>
+      <x:c r="EO31" s="3" t="n">
+        <x:v>66798</x:v>
+      </x:c>
+      <x:c r="EP31" s="3" t="n">
+        <x:v>63847</x:v>
+      </x:c>
+      <x:c r="EQ31" s="3" t="n">
+        <x:v>67181</x:v>
+      </x:c>
+      <x:c r="ER31" s="3" t="n">
+        <x:v>65235</x:v>
+      </x:c>
+      <x:c r="ES31" s="3" t="n">
+        <x:v>71431</x:v>
+      </x:c>
+      <x:c r="ET31" s="3" t="n">
+        <x:v>65986</x:v>
+      </x:c>
+      <x:c r="EU31" s="3" t="n">
+        <x:v>69753</x:v>
+      </x:c>
+      <x:c r="EV31" s="3" t="n">
+        <x:v>67825</x:v>
+      </x:c>
+      <x:c r="EW31" s="3" t="n">
+        <x:v>73893</x:v>
+      </x:c>
+      <x:c r="EX31" s="3" t="n">
+        <x:v>67213</x:v>
+      </x:c>
+      <x:c r="EY31" s="3" t="n">
+        <x:v>73717</x:v>
+      </x:c>
+      <x:c r="EZ31" s="3" t="n">
+        <x:v>69517</x:v>
+      </x:c>
+      <x:c r="FA31" s="3" t="n">
+        <x:v>74808</x:v>
+      </x:c>
+      <x:c r="FB31" s="3" t="n">
+        <x:v>69166</x:v>
+      </x:c>
+      <x:c r="FC31" s="3" t="n">
+        <x:v>72387</x:v>
+      </x:c>
+      <x:c r="FD31" s="3" t="n">
+        <x:v>71102</x:v>
+      </x:c>
+      <x:c r="FE31" s="3" t="n">
+        <x:v>78505</x:v>
+      </x:c>
+      <x:c r="FF31" s="3" t="n">
+        <x:v>69643</x:v>
+      </x:c>
+      <x:c r="FG31" s="3" t="n">
+        <x:v>76528</x:v>
+      </x:c>
+      <x:c r="FH31" s="3" t="n">
+        <x:v>72277</x:v>
+      </x:c>
+      <x:c r="FI31" s="3" t="n">
+        <x:v>79570</x:v>
+      </x:c>
+      <x:c r="FJ31" s="3" t="n">
+        <x:v>72944</x:v>
+      </x:c>
+      <x:c r="FK31" s="3" t="n">
+        <x:v>76613</x:v>
+      </x:c>
+      <x:c r="FL31" s="3" t="n">
+        <x:v>74986</x:v>
+      </x:c>
+      <x:c r="FM31" s="3" t="n">
+        <x:v>82408</x:v>
+      </x:c>
+      <x:c r="FN31" s="3" t="n">
+        <x:v>74469</x:v>
+      </x:c>
+      <x:c r="FO31" s="3" t="n">
+        <x:v>79094</x:v>
+      </x:c>
+      <x:c r="FP31" s="3" t="n">
+        <x:v>80649</x:v>
+      </x:c>
+      <x:c r="FQ31" s="3" t="n">
+        <x:v>90076</x:v>
+      </x:c>
+      <x:c r="FR31" s="3" t="n">
+        <x:v>78018</x:v>
+      </x:c>
+      <x:c r="FS31" s="3" t="n">
+        <x:v>84458</x:v>
+      </x:c>
+      <x:c r="FT31" s="3" t="n">
+        <x:v>82523</x:v>
+      </x:c>
+      <x:c r="FU31" s="3" t="n">
+        <x:v>90557</x:v>
+      </x:c>
+      <x:c r="FV31" s="3" t="n">
+        <x:v>80751</x:v>
+      </x:c>
+      <x:c r="FW31" s="3" t="n">
+        <x:v>84033</x:v>
+      </x:c>
+      <x:c r="FX31" s="3" t="n">
+        <x:v>83350</x:v>
+      </x:c>
+      <x:c r="FY31" s="3" t="n">
+        <x:v>91526</x:v>
+      </x:c>
+      <x:c r="FZ31" s="3" t="n">
+        <x:v>78753</x:v>
+      </x:c>
+      <x:c r="GA31" s="3" t="n">
+        <x:v>80129</x:v>
+      </x:c>
+      <x:c r="GB31" s="3" t="n">
+        <x:v>76288</x:v>
+      </x:c>
+      <x:c r="GC31" s="3" t="n">
+        <x:v>83349</x:v>
+      </x:c>
+      <x:c r="GD31" s="3" t="n">
+        <x:v>74515</x:v>
+      </x:c>
+      <x:c r="GE31" s="3" t="n">
+        <x:v>82363</x:v>
+      </x:c>
+      <x:c r="GF31" s="3" t="n">
+        <x:v>79869</x:v>
+      </x:c>
+      <x:c r="GG31" s="3" t="n">
+        <x:v>86963</x:v>
+      </x:c>
+      <x:c r="GH31" s="3" t="n">
+        <x:v>77519</x:v>
+      </x:c>
+      <x:c r="GI31" s="3" t="n">
+        <x:v>83368</x:v>
+      </x:c>
+      <x:c r="GJ31" s="3" t="n">
+        <x:v>82824</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:192">
+      <x:c r="A32" s="2" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="B32" s="3" t="n">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C32" s="3" t="n">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D32" s="3" t="n">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="E32" s="3" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="F32" s="3" t="n">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="G32" s="3" t="n">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="H32" s="3" t="n">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="I32" s="3" t="n">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="J32" s="3" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="K32" s="3" t="n">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="L32" s="3" t="n">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="M32" s="3" t="n">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="N32" s="3" t="n">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="O32" s="3" t="n">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="P32" s="3" t="n">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="Q32" s="3" t="n">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="R32" s="3" t="n">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="S32" s="3" t="n">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="T32" s="3" t="n">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="U32" s="3" t="n">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="V32" s="3" t="n">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="W32" s="3" t="n">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="X32" s="3" t="n">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="Y32" s="3" t="n">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="Z32" s="3" t="n">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="AA32" s="3" t="n">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="AB32" s="3" t="n">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="AC32" s="3" t="n">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="AD32" s="3" t="n">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="AE32" s="3" t="n">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="AF32" s="3" t="n">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="AG32" s="3" t="n">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="AH32" s="3" t="n">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="AI32" s="3" t="n">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="AJ32" s="3" t="n">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="AK32" s="3" t="n">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="AL32" s="3" t="n">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="AM32" s="3" t="n">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="AN32" s="3" t="n">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="AO32" s="3" t="n">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="AP32" s="3" t="n">
+        <x:v>864</x:v>
+      </x:c>
+      <x:c r="AQ32" s="3" t="n">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="AR32" s="3" t="n">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="AS32" s="3" t="n">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="AT32" s="3" t="n">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="AU32" s="3" t="n">
+        <x:v>870</x:v>
+      </x:c>
+      <x:c r="AV32" s="3" t="n">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="AW32" s="3" t="n">
+        <x:v>936</x:v>
+      </x:c>
+      <x:c r="AX32" s="3" t="n">
+        <x:v>977</x:v>
+      </x:c>
+      <x:c r="AY32" s="3" t="n">
+        <x:v>902</x:v>
+      </x:c>
+      <x:c r="AZ32" s="3" t="n">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="BA32" s="3" t="n">
+        <x:v>1053</x:v>
+      </x:c>
+      <x:c r="BB32" s="3" t="n">
+        <x:v>1078</x:v>
+      </x:c>
+      <x:c r="BC32" s="3" t="n">
+        <x:v>1061</x:v>
+      </x:c>
+      <x:c r="BD32" s="3" t="n">
+        <x:v>929</x:v>
+      </x:c>
+      <x:c r="BE32" s="3" t="n">
+        <x:v>1142</x:v>
+      </x:c>
+      <x:c r="BF32" s="3" t="n">
+        <x:v>1198</x:v>
+      </x:c>
+      <x:c r="BG32" s="3" t="n">
+        <x:v>1146</x:v>
+      </x:c>
+      <x:c r="BH32" s="3" t="n">
+        <x:v>1154</x:v>
+      </x:c>
+      <x:c r="BI32" s="3" t="n">
+        <x:v>1239</x:v>
+      </x:c>
+      <x:c r="BJ32" s="3" t="n">
+        <x:v>1077</x:v>
+      </x:c>
+      <x:c r="BK32" s="3" t="n">
+        <x:v>1064</x:v>
+      </x:c>
+      <x:c r="BL32" s="3" t="n">
+        <x:v>1084</x:v>
+      </x:c>
+      <x:c r="BM32" s="3" t="n">
+        <x:v>1359</x:v>
+      </x:c>
+      <x:c r="BN32" s="3" t="n">
+        <x:v>1353</x:v>
+      </x:c>
+      <x:c r="BO32" s="3" t="n">
+        <x:v>1353</x:v>
+      </x:c>
+      <x:c r="BP32" s="3" t="n">
+        <x:v>1229</x:v>
+      </x:c>
+      <x:c r="BQ32" s="3" t="n">
+        <x:v>1437</x:v>
+      </x:c>
+      <x:c r="BR32" s="3" t="n">
+        <x:v>1558</x:v>
+      </x:c>
+      <x:c r="BS32" s="3" t="n">
+        <x:v>1498</x:v>
+      </x:c>
+      <x:c r="BT32" s="3" t="n">
+        <x:v>1525</x:v>
+      </x:c>
+      <x:c r="BU32" s="3" t="n">
+        <x:v>1669</x:v>
+      </x:c>
+      <x:c r="BV32" s="3" t="n">
+        <x:v>1825</x:v>
+      </x:c>
+      <x:c r="BW32" s="3" t="n">
+        <x:v>1781</x:v>
+      </x:c>
+      <x:c r="BX32" s="3" t="n">
+        <x:v>1915</x:v>
+      </x:c>
+      <x:c r="BY32" s="3" t="n">
+        <x:v>2106</x:v>
+      </x:c>
+      <x:c r="BZ32" s="3" t="n">
+        <x:v>2307</x:v>
+      </x:c>
+      <x:c r="CA32" s="3" t="n">
+        <x:v>2116</x:v>
+      </x:c>
+      <x:c r="CB32" s="3" t="n">
+        <x:v>2056</x:v>
+      </x:c>
+      <x:c r="CC32" s="3" t="n">
+        <x:v>2449</x:v>
+      </x:c>
+      <x:c r="CD32" s="3" t="n">
+        <x:v>2188</x:v>
+      </x:c>
+      <x:c r="CE32" s="3" t="n">
+        <x:v>2010</x:v>
+      </x:c>
+      <x:c r="CF32" s="3" t="n">
+        <x:v>1839</x:v>
+      </x:c>
+      <x:c r="CG32" s="3" t="n">
+        <x:v>2259</x:v>
+      </x:c>
+      <x:c r="CH32" s="3" t="n">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="CI32" s="3" t="n">
+        <x:v>1854</x:v>
+      </x:c>
+      <x:c r="CJ32" s="3" t="n">
+        <x:v>1811</x:v>
+      </x:c>
+      <x:c r="CK32" s="3" t="n">
+        <x:v>2050</x:v>
+      </x:c>
+      <x:c r="CL32" s="3" t="n">
+        <x:v>1824</x:v>
+      </x:c>
+      <x:c r="CM32" s="3" t="n">
+        <x:v>1494</x:v>
+      </x:c>
+      <x:c r="CN32" s="3" t="n">
+        <x:v>1443</x:v>
+      </x:c>
+      <x:c r="CO32" s="3" t="n">
+        <x:v>1682</x:v>
+      </x:c>
+      <x:c r="CP32" s="3" t="n">
+        <x:v>2077</x:v>
+      </x:c>
+      <x:c r="CQ32" s="3" t="n">
+        <x:v>1938</x:v>
+      </x:c>
+      <x:c r="CR32" s="3" t="n">
+        <x:v>2068</x:v>
+      </x:c>
+      <x:c r="CS32" s="3" t="n">
+        <x:v>2123</x:v>
+      </x:c>
+      <x:c r="CT32" s="3" t="n">
+        <x:v>2356</x:v>
+      </x:c>
+      <x:c r="CU32" s="3" t="n">
+        <x:v>2667</x:v>
+      </x:c>
+      <x:c r="CV32" s="3" t="n">
+        <x:v>2395</x:v>
+      </x:c>
+      <x:c r="CW32" s="3" t="n">
+        <x:v>2504</x:v>
+      </x:c>
+      <x:c r="CX32" s="3" t="n">
+        <x:v>2846</x:v>
+      </x:c>
+      <x:c r="CY32" s="3" t="n">
+        <x:v>2188</x:v>
+      </x:c>
+      <x:c r="CZ32" s="3" t="n">
+        <x:v>2280</x:v>
+      </x:c>
+      <x:c r="DA32" s="3" t="n">
+        <x:v>2953</x:v>
+      </x:c>
+      <x:c r="DB32" s="3" t="n">
+        <x:v>3166</x:v>
+      </x:c>
+      <x:c r="DC32" s="3" t="n">
+        <x:v>2700</x:v>
+      </x:c>
+      <x:c r="DD32" s="3" t="n">
+        <x:v>2261</x:v>
+      </x:c>
+      <x:c r="DE32" s="3" t="n">
+        <x:v>3086</x:v>
+      </x:c>
+      <x:c r="DF32" s="3" t="n">
+        <x:v>3152</x:v>
+      </x:c>
+      <x:c r="DG32" s="3" t="n">
+        <x:v>2837</x:v>
+      </x:c>
+      <x:c r="DH32" s="3" t="n">
+        <x:v>2676</x:v>
+      </x:c>
+      <x:c r="DI32" s="3" t="n">
+        <x:v>3161</x:v>
+      </x:c>
+      <x:c r="DJ32" s="3" t="n">
+        <x:v>3321</x:v>
+      </x:c>
+      <x:c r="DK32" s="3" t="n">
+        <x:v>2848</x:v>
+      </x:c>
+      <x:c r="DL32" s="3" t="n">
+        <x:v>2823</x:v>
+      </x:c>
+      <x:c r="DM32" s="3" t="n">
+        <x:v>3221</x:v>
+      </x:c>
+      <x:c r="DN32" s="3" t="n">
+        <x:v>3339</x:v>
+      </x:c>
+      <x:c r="DO32" s="3" t="n">
+        <x:v>3070</x:v>
+      </x:c>
+      <x:c r="DP32" s="3" t="n">
+        <x:v>2906</x:v>
+      </x:c>
+      <x:c r="DQ32" s="3" t="n">
+        <x:v>3670</x:v>
+      </x:c>
+      <x:c r="DR32" s="3" t="n">
+        <x:v>3694</x:v>
+      </x:c>
+      <x:c r="DS32" s="3" t="n">
+        <x:v>3150</x:v>
+      </x:c>
+      <x:c r="DT32" s="3" t="n">
+        <x:v>2642</x:v>
+      </x:c>
+      <x:c r="DU32" s="3" t="n">
+        <x:v>3655</x:v>
+      </x:c>
+      <x:c r="DV32" s="3" t="n">
+        <x:v>3653</x:v>
+      </x:c>
+      <x:c r="DW32" s="3" t="n">
+        <x:v>2895</x:v>
+      </x:c>
+      <x:c r="DX32" s="3" t="n">
+        <x:v>2833</x:v>
+      </x:c>
+      <x:c r="DY32" s="3" t="n">
+        <x:v>3395</x:v>
+      </x:c>
+      <x:c r="DZ32" s="3" t="n">
+        <x:v>3852</x:v>
+      </x:c>
+      <x:c r="EA32" s="3" t="n">
+        <x:v>3220</x:v>
+      </x:c>
+      <x:c r="EB32" s="3" t="n">
+        <x:v>2454</x:v>
+      </x:c>
+      <x:c r="EC32" s="3" t="n">
+        <x:v>3769</x:v>
+      </x:c>
+      <x:c r="ED32" s="3" t="n">
+        <x:v>3580</x:v>
+      </x:c>
+      <x:c r="EE32" s="3" t="n">
+        <x:v>2550</x:v>
+      </x:c>
+      <x:c r="EF32" s="3" t="n">
+        <x:v>2775</x:v>
+      </x:c>
+      <x:c r="EG32" s="3" t="n">
+        <x:v>3401</x:v>
+      </x:c>
+      <x:c r="EH32" s="3" t="n">
+        <x:v>4117</x:v>
+      </x:c>
+      <x:c r="EI32" s="3" t="n">
+        <x:v>3441</x:v>
+      </x:c>
+      <x:c r="EJ32" s="3" t="n">
+        <x:v>3078</x:v>
+      </x:c>
+      <x:c r="EK32" s="3" t="n">
+        <x:v>3836</x:v>
+      </x:c>
+      <x:c r="EL32" s="3" t="n">
+        <x:v>3691</x:v>
+      </x:c>
+      <x:c r="EM32" s="3" t="n">
+        <x:v>3357</x:v>
+      </x:c>
+      <x:c r="EN32" s="3" t="n">
+        <x:v>3076</x:v>
+      </x:c>
+      <x:c r="EO32" s="3" t="n">
+        <x:v>3594</x:v>
+      </x:c>
+      <x:c r="EP32" s="3" t="n">
+        <x:v>3682</x:v>
+      </x:c>
+      <x:c r="EQ32" s="3" t="n">
+        <x:v>3140</x:v>
+      </x:c>
+      <x:c r="ER32" s="3" t="n">
+        <x:v>2939</x:v>
+      </x:c>
+      <x:c r="ES32" s="3" t="n">
+        <x:v>3942</x:v>
+      </x:c>
+      <x:c r="ET32" s="3" t="n">
+        <x:v>3872</x:v>
+      </x:c>
+      <x:c r="EU32" s="3" t="n">
+        <x:v>3108</x:v>
+      </x:c>
+      <x:c r="EV32" s="3" t="n">
+        <x:v>3550</x:v>
+      </x:c>
+      <x:c r="EW32" s="3" t="n">
+        <x:v>4038</x:v>
+      </x:c>
+      <x:c r="EX32" s="3" t="n">
+        <x:v>4001</x:v>
+      </x:c>
+      <x:c r="EY32" s="3" t="n">
+        <x:v>3409</x:v>
+      </x:c>
+      <x:c r="EZ32" s="3" t="n">
+        <x:v>2888</x:v>
+      </x:c>
+      <x:c r="FA32" s="3" t="n">
+        <x:v>3909</x:v>
+      </x:c>
+      <x:c r="FB32" s="3" t="n">
+        <x:v>3951</x:v>
+      </x:c>
+      <x:c r="FC32" s="3" t="n">
+        <x:v>3502</x:v>
+      </x:c>
+      <x:c r="FD32" s="3" t="n">
+        <x:v>3644</x:v>
+      </x:c>
+      <x:c r="FE32" s="3" t="n">
+        <x:v>3919</x:v>
+      </x:c>
+      <x:c r="FF32" s="3" t="n">
+        <x:v>3893</x:v>
+      </x:c>
+      <x:c r="FG32" s="3" t="n">
+        <x:v>3116</x:v>
+      </x:c>
+      <x:c r="FH32" s="3" t="n">
+        <x:v>3544</x:v>
+      </x:c>
+      <x:c r="FI32" s="3" t="n">
+        <x:v>3713</x:v>
+      </x:c>
+      <x:c r="FJ32" s="3" t="n">
+        <x:v>3754</x:v>
+      </x:c>
+      <x:c r="FK32" s="3" t="n">
+        <x:v>3295</x:v>
+      </x:c>
+      <x:c r="FL32" s="3" t="n">
+        <x:v>2676</x:v>
+      </x:c>
+      <x:c r="FM32" s="3" t="n">
+        <x:v>3384</x:v>
+      </x:c>
+      <x:c r="FN32" s="3" t="n">
+        <x:v>3520</x:v>
+      </x:c>
+      <x:c r="FO32" s="3" t="n">
+        <x:v>2956</x:v>
+      </x:c>
+      <x:c r="FP32" s="3" t="n">
+        <x:v>3021</x:v>
+      </x:c>
+      <x:c r="FQ32" s="3" t="n">
+        <x:v>3381</x:v>
+      </x:c>
+      <x:c r="FR32" s="3" t="n">
+        <x:v>3405</x:v>
+      </x:c>
+      <x:c r="FS32" s="3" t="n">
+        <x:v>3141</x:v>
+      </x:c>
+      <x:c r="FT32" s="3" t="n">
+        <x:v>3217</x:v>
+      </x:c>
+      <x:c r="FU32" s="3" t="n">
+        <x:v>3642</x:v>
+      </x:c>
+      <x:c r="FV32" s="3" t="n">
+        <x:v>3452</x:v>
+      </x:c>
+      <x:c r="FW32" s="3" t="n">
+        <x:v>3381</x:v>
+      </x:c>
+      <x:c r="FX32" s="3" t="n">
+        <x:v>3394</x:v>
+      </x:c>
+      <x:c r="FY32" s="3" t="n">
+        <x:v>3436</x:v>
+      </x:c>
+      <x:c r="FZ32" s="3" t="n">
+        <x:v>3479</x:v>
+      </x:c>
+      <x:c r="GA32" s="3" t="n">
+        <x:v>2933</x:v>
+      </x:c>
+      <x:c r="GB32" s="3" t="n">
+        <x:v>2792</x:v>
+      </x:c>
+      <x:c r="GC32" s="3" t="n">
+        <x:v>3517</x:v>
+      </x:c>
+      <x:c r="GD32" s="3" t="n">
+        <x:v>3557</x:v>
+      </x:c>
+      <x:c r="GE32" s="3" t="n">
+        <x:v>3340</x:v>
+      </x:c>
+      <x:c r="GF32" s="3" t="n">
+        <x:v>3157</x:v>
+      </x:c>
+      <x:c r="GG32" s="3" t="n">
+        <x:v>3509</x:v>
+      </x:c>
+      <x:c r="GH32" s="3" t="n">
+        <x:v>3407</x:v>
+      </x:c>
+      <x:c r="GI32" s="3" t="n">
+        <x:v>3153</x:v>
+      </x:c>
+      <x:c r="GJ32" s="3" t="n">
+        <x:v>3172</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:192">
+      <x:c r="A33" s="2" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="B33" s="3" t="n">
+        <x:v>28237</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="n">
+        <x:v>29696</x:v>
+      </x:c>
+      <x:c r="D33" s="3" t="n">
+        <x:v>29232</x:v>
+      </x:c>
+      <x:c r="E33" s="3" t="n">
+        <x:v>33507</x:v>
+      </x:c>
+      <x:c r="F33" s="3" t="n">
+        <x:v>23563</x:v>
+      </x:c>
+      <x:c r="G33" s="3" t="n">
+        <x:v>27639</x:v>
+      </x:c>
+      <x:c r="H33" s="3" t="n">
+        <x:v>29499</x:v>
+      </x:c>
+      <x:c r="I33" s="3" t="n">
+        <x:v>32683</x:v>
+      </x:c>
+      <x:c r="J33" s="3" t="n">
+        <x:v>30550</x:v>
+      </x:c>
+      <x:c r="K33" s="3" t="n">
+        <x:v>32829</x:v>
+      </x:c>
+      <x:c r="L33" s="3" t="n">
+        <x:v>31443</x:v>
+      </x:c>
+      <x:c r="M33" s="3" t="n">
+        <x:v>31983</x:v>
+      </x:c>
+      <x:c r="N33" s="3" t="n">
+        <x:v>35321</x:v>
+      </x:c>
+      <x:c r="O33" s="3" t="n">
+        <x:v>36812</x:v>
+      </x:c>
+      <x:c r="P33" s="3" t="n">
+        <x:v>39008</x:v>
+      </x:c>
+      <x:c r="Q33" s="3" t="n">
+        <x:v>38198</x:v>
+      </x:c>
+      <x:c r="R33" s="3" t="n">
+        <x:v>31487</x:v>
+      </x:c>
+      <x:c r="S33" s="3" t="n">
+        <x:v>33562</x:v>
+      </x:c>
+      <x:c r="T33" s="3" t="n">
+        <x:v>32230</x:v>
+      </x:c>
+      <x:c r="U33" s="3" t="n">
+        <x:v>35062</x:v>
+      </x:c>
+      <x:c r="V33" s="3" t="n">
+        <x:v>31598</x:v>
+      </x:c>
+      <x:c r="W33" s="3" t="n">
+        <x:v>31838</x:v>
+      </x:c>
+      <x:c r="X33" s="3" t="n">
+        <x:v>32051</x:v>
+      </x:c>
+      <x:c r="Y33" s="3" t="n">
+        <x:v>32981</x:v>
+      </x:c>
+      <x:c r="Z33" s="3" t="n">
+        <x:v>34516</x:v>
+      </x:c>
+      <x:c r="AA33" s="3" t="n">
+        <x:v>37181</x:v>
+      </x:c>
+      <x:c r="AB33" s="3" t="n">
+        <x:v>39223</x:v>
+      </x:c>
+      <x:c r="AC33" s="3" t="n">
+        <x:v>41972</x:v>
+      </x:c>
+      <x:c r="AD33" s="3" t="n">
+        <x:v>34858</x:v>
+      </x:c>
+      <x:c r="AE33" s="3" t="n">
+        <x:v>38927</x:v>
+      </x:c>
+      <x:c r="AF33" s="3" t="n">
+        <x:v>35431</x:v>
+      </x:c>
+      <x:c r="AG33" s="3" t="n">
+        <x:v>38659</x:v>
+      </x:c>
+      <x:c r="AH33" s="3" t="n">
+        <x:v>31695</x:v>
+      </x:c>
+      <x:c r="AI33" s="3" t="n">
+        <x:v>31980</x:v>
+      </x:c>
+      <x:c r="AJ33" s="3" t="n">
+        <x:v>29151</x:v>
+      </x:c>
+      <x:c r="AK33" s="3" t="n">
+        <x:v>30898</x:v>
+      </x:c>
+      <x:c r="AL33" s="3" t="n">
+        <x:v>20099</x:v>
+      </x:c>
+      <x:c r="AM33" s="3" t="n">
+        <x:v>22234</x:v>
+      </x:c>
+      <x:c r="AN33" s="3" t="n">
+        <x:v>19846</x:v>
+      </x:c>
+      <x:c r="AO33" s="3" t="n">
+        <x:v>19565</x:v>
+      </x:c>
+      <x:c r="AP33" s="3" t="n">
+        <x:v>20468</x:v>
+      </x:c>
+      <x:c r="AQ33" s="3" t="n">
+        <x:v>21620</x:v>
+      </x:c>
+      <x:c r="AR33" s="3" t="n">
+        <x:v>20994</x:v>
+      </x:c>
+      <x:c r="AS33" s="3" t="n">
+        <x:v>20355</x:v>
+      </x:c>
+      <x:c r="AT33" s="3" t="n">
+        <x:v>24724</x:v>
+      </x:c>
+      <x:c r="AU33" s="3" t="n">
+        <x:v>26125</x:v>
+      </x:c>
+      <x:c r="AV33" s="3" t="n">
+        <x:v>26117</x:v>
+      </x:c>
+      <x:c r="AW33" s="3" t="n">
+        <x:v>27043</x:v>
+      </x:c>
+      <x:c r="AX33" s="3" t="n">
+        <x:v>30910</x:v>
+      </x:c>
+      <x:c r="AY33" s="3" t="n">
+        <x:v>31978</x:v>
+      </x:c>
+      <x:c r="AZ33" s="3" t="n">
+        <x:v>31467</x:v>
+      </x:c>
+      <x:c r="BA33" s="3" t="n">
+        <x:v>32184</x:v>
+      </x:c>
+      <x:c r="BB33" s="3" t="n">
+        <x:v>32609</x:v>
+      </x:c>
+      <x:c r="BC33" s="3" t="n">
+        <x:v>32804</x:v>
+      </x:c>
+      <x:c r="BD33" s="3" t="n">
+        <x:v>33491</x:v>
+      </x:c>
+      <x:c r="BE33" s="3" t="n">
+        <x:v>31526</x:v>
+      </x:c>
+      <x:c r="BF33" s="3" t="n">
+        <x:v>29592</x:v>
+      </x:c>
+      <x:c r="BG33" s="3" t="n">
+        <x:v>30264</x:v>
+      </x:c>
+      <x:c r="BH33" s="3" t="n">
+        <x:v>31837</x:v>
+      </x:c>
+      <x:c r="BI33" s="3" t="n">
+        <x:v>27790</x:v>
+      </x:c>
+      <x:c r="BJ33" s="3" t="n">
+        <x:v>29532</x:v>
+      </x:c>
+      <x:c r="BK33" s="3" t="n">
+        <x:v>29532</x:v>
+      </x:c>
+      <x:c r="BL33" s="3" t="n">
+        <x:v>29433</x:v>
+      </x:c>
+      <x:c r="BM33" s="3" t="n">
+        <x:v>28980</x:v>
+      </x:c>
+      <x:c r="BN33" s="3" t="n">
+        <x:v>29242</x:v>
+      </x:c>
+      <x:c r="BO33" s="3" t="n">
+        <x:v>31527</x:v>
+      </x:c>
+      <x:c r="BP33" s="3" t="n">
+        <x:v>32184</x:v>
+      </x:c>
+      <x:c r="BQ33" s="3" t="n">
+        <x:v>30305</x:v>
+      </x:c>
+      <x:c r="BR33" s="3" t="n">
+        <x:v>32350</x:v>
+      </x:c>
+      <x:c r="BS33" s="3" t="n">
+        <x:v>31808</x:v>
+      </x:c>
+      <x:c r="BT33" s="3" t="n">
+        <x:v>31702</x:v>
+      </x:c>
+      <x:c r="BU33" s="3" t="n">
+        <x:v>31837</x:v>
+      </x:c>
+      <x:c r="BV33" s="3" t="n">
+        <x:v>31683</x:v>
+      </x:c>
+      <x:c r="BW33" s="3" t="n">
+        <x:v>31857</x:v>
+      </x:c>
+      <x:c r="BX33" s="3" t="n">
+        <x:v>32905</x:v>
+      </x:c>
+      <x:c r="BY33" s="3" t="n">
+        <x:v>33575</x:v>
+      </x:c>
+      <x:c r="BZ33" s="3" t="n">
+        <x:v>33033</x:v>
+      </x:c>
+      <x:c r="CA33" s="3" t="n">
+        <x:v>34181</x:v>
+      </x:c>
+      <x:c r="CB33" s="3" t="n">
+        <x:v>33334</x:v>
+      </x:c>
+      <x:c r="CC33" s="3" t="n">
+        <x:v>33671</x:v>
+      </x:c>
+      <x:c r="CD33" s="3" t="n">
+        <x:v>35234</x:v>
+      </x:c>
+      <x:c r="CE33" s="3" t="n">
+        <x:v>34802</x:v>
+      </x:c>
+      <x:c r="CF33" s="3" t="n">
+        <x:v>35146</x:v>
+      </x:c>
+      <x:c r="CG33" s="3" t="n">
+        <x:v>35420</x:v>
+      </x:c>
+      <x:c r="CH33" s="3" t="n">
+        <x:v>34525</x:v>
+      </x:c>
+      <x:c r="CI33" s="3" t="n">
+        <x:v>32481</x:v>
+      </x:c>
+      <x:c r="CJ33" s="3" t="n">
+        <x:v>33376</x:v>
+      </x:c>
+      <x:c r="CK33" s="3" t="n">
+        <x:v>34715</x:v>
+      </x:c>
+      <x:c r="CL33" s="3" t="n">
+        <x:v>37023</x:v>
+      </x:c>
+      <x:c r="CM33" s="3" t="n">
+        <x:v>35284</x:v>
+      </x:c>
+      <x:c r="CN33" s="3" t="n">
+        <x:v>36190</x:v>
+      </x:c>
+      <x:c r="CO33" s="3" t="n">
+        <x:v>37308</x:v>
+      </x:c>
+      <x:c r="CP33" s="3" t="n">
+        <x:v>29140</x:v>
+      </x:c>
+      <x:c r="CQ33" s="3" t="n">
+        <x:v>29034</x:v>
+      </x:c>
+      <x:c r="CR33" s="3" t="n">
+        <x:v>29496</x:v>
+      </x:c>
+      <x:c r="CS33" s="3" t="n">
+        <x:v>29583</x:v>
+      </x:c>
+      <x:c r="CT33" s="3" t="n">
+        <x:v>29263</x:v>
+      </x:c>
+      <x:c r="CU33" s="3" t="n">
+        <x:v>28486</x:v>
+      </x:c>
+      <x:c r="CV33" s="3" t="n">
+        <x:v>26018</x:v>
+      </x:c>
+      <x:c r="CW33" s="3" t="n">
+        <x:v>27123</x:v>
+      </x:c>
+      <x:c r="CX33" s="3" t="n">
+        <x:v>24897</x:v>
+      </x:c>
+      <x:c r="CY33" s="3" t="n">
+        <x:v>25322</x:v>
+      </x:c>
+      <x:c r="CZ33" s="3" t="n">
+        <x:v>23687</x:v>
+      </x:c>
+      <x:c r="DA33" s="3" t="n">
+        <x:v>23168</x:v>
+      </x:c>
+      <x:c r="DB33" s="3" t="n">
+        <x:v>21232</x:v>
+      </x:c>
+      <x:c r="DC33" s="3" t="n">
+        <x:v>21560</x:v>
+      </x:c>
+      <x:c r="DD33" s="3" t="n">
+        <x:v>19801</x:v>
+      </x:c>
+      <x:c r="DE33" s="3" t="n">
+        <x:v>19655</x:v>
+      </x:c>
+      <x:c r="DF33" s="3" t="n">
+        <x:v>18629</x:v>
+      </x:c>
+      <x:c r="DG33" s="3" t="n">
+        <x:v>19700</x:v>
+      </x:c>
+      <x:c r="DH33" s="3" t="n">
+        <x:v>17697</x:v>
+      </x:c>
+      <x:c r="DI33" s="3" t="n">
+        <x:v>18153</x:v>
+      </x:c>
+      <x:c r="DJ33" s="3" t="n">
+        <x:v>16377</x:v>
+      </x:c>
+      <x:c r="DK33" s="3" t="n">
+        <x:v>18093</x:v>
+      </x:c>
+      <x:c r="DL33" s="3" t="n">
+        <x:v>16482</x:v>
+      </x:c>
+      <x:c r="DM33" s="3" t="n">
+        <x:v>17619</x:v>
+      </x:c>
+      <x:c r="DN33" s="3" t="n">
+        <x:v>12899</x:v>
+      </x:c>
+      <x:c r="DO33" s="3" t="n">
+        <x:v>14812</x:v>
+      </x:c>
+      <x:c r="DP33" s="3" t="n">
+        <x:v>13150</x:v>
+      </x:c>
+      <x:c r="DQ33" s="3" t="n">
+        <x:v>14563</x:v>
+      </x:c>
+      <x:c r="DR33" s="3" t="n">
+        <x:v>9311</x:v>
+      </x:c>
+      <x:c r="DS33" s="3" t="n">
+        <x:v>10278</x:v>
+      </x:c>
+      <x:c r="DT33" s="3" t="n">
+        <x:v>9692</x:v>
+      </x:c>
+      <x:c r="DU33" s="3" t="n">
+        <x:v>10307</x:v>
+      </x:c>
+      <x:c r="DV33" s="3" t="n">
+        <x:v>9054</x:v>
+      </x:c>
+      <x:c r="DW33" s="3" t="n">
+        <x:v>9172</x:v>
+      </x:c>
+      <x:c r="DX33" s="3" t="n">
+        <x:v>9158</x:v>
+      </x:c>
+      <x:c r="DY33" s="3" t="n">
+        <x:v>9552</x:v>
+      </x:c>
+      <x:c r="DZ33" s="3" t="n">
+        <x:v>8370</x:v>
+      </x:c>
+      <x:c r="EA33" s="3" t="n">
+        <x:v>9302</x:v>
+      </x:c>
+      <x:c r="EB33" s="3" t="n">
+        <x:v>8831</x:v>
+      </x:c>
+      <x:c r="EC33" s="3" t="n">
+        <x:v>8917</x:v>
+      </x:c>
+      <x:c r="ED33" s="3" t="n">
+        <x:v>9252</x:v>
+      </x:c>
+      <x:c r="EE33" s="3" t="n">
+        <x:v>10683</x:v>
+      </x:c>
+      <x:c r="EF33" s="3" t="n">
+        <x:v>10612</x:v>
+      </x:c>
+      <x:c r="EG33" s="3" t="n">
+        <x:v>11513</x:v>
+      </x:c>
+      <x:c r="EH33" s="3" t="n">
+        <x:v>10467</x:v>
+      </x:c>
+      <x:c r="EI33" s="3" t="n">
+        <x:v>11969</x:v>
+      </x:c>
+      <x:c r="EJ33" s="3" t="n">
+        <x:v>12130</x:v>
+      </x:c>
+      <x:c r="EK33" s="3" t="n">
+        <x:v>11229</x:v>
+      </x:c>
+      <x:c r="EL33" s="3" t="n">
+        <x:v>11902</x:v>
+      </x:c>
+      <x:c r="EM33" s="3" t="n">
+        <x:v>13796</x:v>
+      </x:c>
+      <x:c r="EN33" s="3" t="n">
+        <x:v>12878</x:v>
+      </x:c>
+      <x:c r="EO33" s="3" t="n">
+        <x:v>12014</x:v>
+      </x:c>
+      <x:c r="EP33" s="3" t="n">
+        <x:v>12241</x:v>
+      </x:c>
+      <x:c r="EQ33" s="3" t="n">
+        <x:v>14616</x:v>
+      </x:c>
+      <x:c r="ER33" s="3" t="n">
+        <x:v>13338</x:v>
+      </x:c>
+      <x:c r="ES33" s="3" t="n">
+        <x:v>12778</x:v>
+      </x:c>
+      <x:c r="ET33" s="3" t="n">
+        <x:v>12337</x:v>
+      </x:c>
+      <x:c r="EU33" s="3" t="n">
+        <x:v>13824</x:v>
+      </x:c>
+      <x:c r="EV33" s="3" t="n">
+        <x:v>13114</x:v>
+      </x:c>
+      <x:c r="EW33" s="3" t="n">
+        <x:v>12571</x:v>
+      </x:c>
+      <x:c r="EX33" s="3" t="n">
+        <x:v>13460</x:v>
+      </x:c>
+      <x:c r="EY33" s="3" t="n">
+        <x:v>15257</x:v>
+      </x:c>
+      <x:c r="EZ33" s="3" t="n">
+        <x:v>14557</x:v>
+      </x:c>
+      <x:c r="FA33" s="3" t="n">
+        <x:v>13805</x:v>
+      </x:c>
+      <x:c r="FB33" s="3" t="n">
+        <x:v>13149</x:v>
+      </x:c>
+      <x:c r="FC33" s="3" t="n">
+        <x:v>15676</x:v>
+      </x:c>
+      <x:c r="FD33" s="3" t="n">
+        <x:v>14844</x:v>
+      </x:c>
+      <x:c r="FE33" s="3" t="n">
+        <x:v>14117</x:v>
+      </x:c>
+      <x:c r="FF33" s="3" t="n">
+        <x:v>13437</x:v>
+      </x:c>
+      <x:c r="FG33" s="3" t="n">
+        <x:v>15701</x:v>
+      </x:c>
+      <x:c r="FH33" s="3" t="n">
+        <x:v>14722</x:v>
+      </x:c>
+      <x:c r="FI33" s="3" t="n">
+        <x:v>14265</x:v>
+      </x:c>
+      <x:c r="FJ33" s="3" t="n">
+        <x:v>14903</x:v>
+      </x:c>
+      <x:c r="FK33" s="3" t="n">
+        <x:v>16795</x:v>
+      </x:c>
+      <x:c r="FL33" s="3" t="n">
+        <x:v>15737</x:v>
+      </x:c>
+      <x:c r="FM33" s="3" t="n">
+        <x:v>15359</x:v>
+      </x:c>
+      <x:c r="FN33" s="3" t="n">
+        <x:v>7661</x:v>
+      </x:c>
+      <x:c r="FO33" s="3" t="n">
+        <x:v>8314</x:v>
+      </x:c>
+      <x:c r="FP33" s="3" t="n">
+        <x:v>7616</x:v>
+      </x:c>
+      <x:c r="FQ33" s="3" t="n">
+        <x:v>6809</x:v>
+      </x:c>
+      <x:c r="FR33" s="3" t="n">
+        <x:v>6971</x:v>
+      </x:c>
+      <x:c r="FS33" s="3" t="n">
+        <x:v>7923</x:v>
+      </x:c>
+      <x:c r="FT33" s="3" t="n">
+        <x:v>8304</x:v>
+      </x:c>
+      <x:c r="FU33" s="3" t="n">
+        <x:v>8918</x:v>
+      </x:c>
+      <x:c r="FV33" s="3" t="n">
+        <x:v>11745</x:v>
+      </x:c>
+      <x:c r="FW33" s="3" t="n">
+        <x:v>17110</x:v>
+      </x:c>
+      <x:c r="FX33" s="3" t="n">
+        <x:v>15222</x:v>
+      </x:c>
+      <x:c r="FY33" s="3" t="n">
+        <x:v>12982</x:v>
+      </x:c>
+      <x:c r="FZ33" s="3" t="n">
+        <x:v>12328</x:v>
+      </x:c>
+      <x:c r="GA33" s="3" t="n">
+        <x:v>14389</x:v>
+      </x:c>
+      <x:c r="GB33" s="3" t="n">
+        <x:v>13229</x:v>
+      </x:c>
+      <x:c r="GC33" s="3" t="n">
+        <x:v>10963</x:v>
+      </x:c>
+      <x:c r="GD33" s="3" t="n">
+        <x:v>14259</x:v>
+      </x:c>
+      <x:c r="GE33" s="3" t="n">
+        <x:v>18608</x:v>
+      </x:c>
+      <x:c r="GF33" s="3" t="n">
+        <x:v>15604</x:v>
+      </x:c>
+      <x:c r="GG33" s="3" t="n">
+        <x:v>12555</x:v>
+      </x:c>
+      <x:c r="GH33" s="3" t="n">
+        <x:v>16180</x:v>
+      </x:c>
+      <x:c r="GI33" s="3" t="n">
+        <x:v>20819</x:v>
+      </x:c>
+      <x:c r="GJ33" s="3" t="n">
+        <x:v>15102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:192">
+      <x:c r="A34" s="2" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="B34" s="3" t="n">
+        <x:v>14945</x:v>
+      </x:c>
+      <x:c r="C34" s="3" t="n">
+        <x:v>16666</x:v>
+      </x:c>
+      <x:c r="D34" s="3" t="n">
+        <x:v>16986</x:v>
+      </x:c>
+      <x:c r="E34" s="3" t="n">
+        <x:v>15575</x:v>
+      </x:c>
+      <x:c r="F34" s="3" t="n">
+        <x:v>16290</x:v>
+      </x:c>
+      <x:c r="G34" s="3" t="n">
+        <x:v>17685</x:v>
+      </x:c>
+      <x:c r="H34" s="3" t="n">
+        <x:v>18133</x:v>
+      </x:c>
+      <x:c r="I34" s="3" t="n">
+        <x:v>16903</x:v>
+      </x:c>
+      <x:c r="J34" s="3" t="n">
+        <x:v>16560</x:v>
+      </x:c>
+      <x:c r="K34" s="3" t="n">
+        <x:v>17636</x:v>
+      </x:c>
+      <x:c r="L34" s="3" t="n">
+        <x:v>17677</x:v>
+      </x:c>
+      <x:c r="M34" s="3" t="n">
+        <x:v>17010</x:v>
+      </x:c>
+      <x:c r="N34" s="3" t="n">
+        <x:v>15658</x:v>
+      </x:c>
+      <x:c r="O34" s="3" t="n">
+        <x:v>16909</x:v>
+      </x:c>
+      <x:c r="P34" s="3" t="n">
+        <x:v>16900</x:v>
+      </x:c>
+      <x:c r="Q34" s="3" t="n">
+        <x:v>16400</x:v>
+      </x:c>
+      <x:c r="R34" s="3" t="n">
+        <x:v>15418</x:v>
+      </x:c>
+      <x:c r="S34" s="3" t="n">
+        <x:v>16457</x:v>
+      </x:c>
+      <x:c r="T34" s="3" t="n">
+        <x:v>16473</x:v>
+      </x:c>
+      <x:c r="U34" s="3" t="n">
+        <x:v>15976</x:v>
+      </x:c>
+      <x:c r="V34" s="3" t="n">
+        <x:v>14899</x:v>
+      </x:c>
+      <x:c r="W34" s="3" t="n">
+        <x:v>16560</x:v>
+      </x:c>
+      <x:c r="X34" s="3" t="n">
+        <x:v>17044</x:v>
+      </x:c>
+      <x:c r="Y34" s="3" t="n">
+        <x:v>16414</x:v>
+      </x:c>
+      <x:c r="Z34" s="3" t="n">
+        <x:v>15810</x:v>
+      </x:c>
+      <x:c r="AA34" s="3" t="n">
+        <x:v>16809</x:v>
+      </x:c>
+      <x:c r="AB34" s="3" t="n">
+        <x:v>17843</x:v>
+      </x:c>
+      <x:c r="AC34" s="3" t="n">
+        <x:v>16832</x:v>
+      </x:c>
+      <x:c r="AD34" s="3" t="n">
+        <x:v>16876</x:v>
+      </x:c>
+      <x:c r="AE34" s="3" t="n">
+        <x:v>18401</x:v>
+      </x:c>
+      <x:c r="AF34" s="3" t="n">
+        <x:v>18911</x:v>
+      </x:c>
+      <x:c r="AG34" s="3" t="n">
+        <x:v>18042</x:v>
+      </x:c>
+      <x:c r="AH34" s="3" t="n">
+        <x:v>16311</x:v>
+      </x:c>
+      <x:c r="AI34" s="3" t="n">
+        <x:v>17127</x:v>
+      </x:c>
+      <x:c r="AJ34" s="3" t="n">
+        <x:v>19229</x:v>
+      </x:c>
+      <x:c r="AK34" s="3" t="n">
+        <x:v>18084</x:v>
+      </x:c>
+      <x:c r="AL34" s="3" t="n">
+        <x:v>16747</x:v>
+      </x:c>
+      <x:c r="AM34" s="3" t="n">
+        <x:v>17921</x:v>
+      </x:c>
+      <x:c r="AN34" s="3" t="n">
+        <x:v>18417</x:v>
+      </x:c>
+      <x:c r="AO34" s="3" t="n">
+        <x:v>17871</x:v>
+      </x:c>
+      <x:c r="AP34" s="3" t="n">
+        <x:v>17052</x:v>
+      </x:c>
+      <x:c r="AQ34" s="3" t="n">
+        <x:v>18976</x:v>
+      </x:c>
+      <x:c r="AR34" s="3" t="n">
+        <x:v>18634</x:v>
+      </x:c>
+      <x:c r="AS34" s="3" t="n">
+        <x:v>17180</x:v>
+      </x:c>
+      <x:c r="AT34" s="3" t="n">
+        <x:v>15918</x:v>
+      </x:c>
+      <x:c r="AU34" s="3" t="n">
+        <x:v>18027</x:v>
+      </x:c>
+      <x:c r="AV34" s="3" t="n">
+        <x:v>18461</x:v>
+      </x:c>
+      <x:c r="AW34" s="3" t="n">
+        <x:v>17826</x:v>
+      </x:c>
+      <x:c r="AX34" s="3" t="n">
+        <x:v>16840</x:v>
+      </x:c>
+      <x:c r="AY34" s="3" t="n">
+        <x:v>18890</x:v>
+      </x:c>
+      <x:c r="AZ34" s="3" t="n">
+        <x:v>19179</x:v>
+      </x:c>
+      <x:c r="BA34" s="3" t="n">
+        <x:v>17856</x:v>
+      </x:c>
+      <x:c r="BB34" s="3" t="n">
+        <x:v>15189</x:v>
+      </x:c>
+      <x:c r="BC34" s="3" t="n">
+        <x:v>19757</x:v>
+      </x:c>
+      <x:c r="BD34" s="3" t="n">
+        <x:v>19069</x:v>
+      </x:c>
+      <x:c r="BE34" s="3" t="n">
+        <x:v>18557</x:v>
+      </x:c>
+      <x:c r="BF34" s="3" t="n">
+        <x:v>16394</x:v>
+      </x:c>
+      <x:c r="BG34" s="3" t="n">
+        <x:v>18186</x:v>
+      </x:c>
+      <x:c r="BH34" s="3" t="n">
+        <x:v>18739</x:v>
+      </x:c>
+      <x:c r="BI34" s="3" t="n">
+        <x:v>17826</x:v>
+      </x:c>
+      <x:c r="BJ34" s="3" t="n">
+        <x:v>16981</x:v>
+      </x:c>
+      <x:c r="BK34" s="3" t="n">
+        <x:v>19282</x:v>
+      </x:c>
+      <x:c r="BL34" s="3" t="n">
+        <x:v>20267</x:v>
+      </x:c>
+      <x:c r="BM34" s="3" t="n">
+        <x:v>19086</x:v>
+      </x:c>
+      <x:c r="BN34" s="3" t="n">
+        <x:v>17013</x:v>
+      </x:c>
+      <x:c r="BO34" s="3" t="n">
+        <x:v>19503</x:v>
+      </x:c>
+      <x:c r="BP34" s="3" t="n">
+        <x:v>20480</x:v>
+      </x:c>
+      <x:c r="BQ34" s="3" t="n">
+        <x:v>19517</x:v>
+      </x:c>
+      <x:c r="BR34" s="3" t="n">
+        <x:v>18525</x:v>
+      </x:c>
+      <x:c r="BS34" s="3" t="n">
+        <x:v>20398</x:v>
+      </x:c>
+      <x:c r="BT34" s="3" t="n">
+        <x:v>21089</x:v>
+      </x:c>
+      <x:c r="BU34" s="3" t="n">
+        <x:v>19968</x:v>
+      </x:c>
+      <x:c r="BV34" s="3" t="n">
+        <x:v>19630</x:v>
+      </x:c>
+      <x:c r="BW34" s="3" t="n">
+        <x:v>21674</x:v>
+      </x:c>
+      <x:c r="BX34" s="3" t="n">
+        <x:v>22631</x:v>
+      </x:c>
+      <x:c r="BY34" s="3" t="n">
+        <x:v>21172</x:v>
+      </x:c>
+      <x:c r="BZ34" s="3" t="n">
+        <x:v>19570</x:v>
+      </x:c>
+      <x:c r="CA34" s="3" t="n">
+        <x:v>23311</x:v>
+      </x:c>
+      <x:c r="CB34" s="3" t="n">
+        <x:v>22976</x:v>
+      </x:c>
+      <x:c r="CC34" s="3" t="n">
+        <x:v>21470</x:v>
+      </x:c>
+      <x:c r="CD34" s="3" t="n">
+        <x:v>20951</x:v>
+      </x:c>
+      <x:c r="CE34" s="3" t="n">
+        <x:v>22631</x:v>
+      </x:c>
+      <x:c r="CF34" s="3" t="n">
+        <x:v>23483</x:v>
+      </x:c>
+      <x:c r="CG34" s="3" t="n">
+        <x:v>22540</x:v>
+      </x:c>
+      <x:c r="CH34" s="3" t="n">
+        <x:v>19784</x:v>
+      </x:c>
+      <x:c r="CI34" s="3" t="n">
+        <x:v>22881</x:v>
+      </x:c>
+      <x:c r="CJ34" s="3" t="n">
+        <x:v>23372</x:v>
+      </x:c>
+      <x:c r="CK34" s="3" t="n">
+        <x:v>22450</x:v>
+      </x:c>
+      <x:c r="CL34" s="3" t="n">
+        <x:v>20419</x:v>
+      </x:c>
+      <x:c r="CM34" s="3" t="n">
+        <x:v>22050</x:v>
+      </x:c>
+      <x:c r="CN34" s="3" t="n">
+        <x:v>22296</x:v>
+      </x:c>
+      <x:c r="CO34" s="3" t="n">
+        <x:v>21473</x:v>
+      </x:c>
+      <x:c r="CP34" s="3" t="n">
+        <x:v>21269</x:v>
+      </x:c>
+      <x:c r="CQ34" s="3" t="n">
+        <x:v>22685</x:v>
+      </x:c>
+      <x:c r="CR34" s="3" t="n">
+        <x:v>21429</x:v>
+      </x:c>
+      <x:c r="CS34" s="3" t="n">
+        <x:v>18979</x:v>
+      </x:c>
+      <x:c r="CT34" s="3" t="n">
+        <x:v>18038</x:v>
+      </x:c>
+      <x:c r="CU34" s="3" t="n">
+        <x:v>22731</x:v>
+      </x:c>
+      <x:c r="CV34" s="3" t="n">
+        <x:v>21681</x:v>
+      </x:c>
+      <x:c r="CW34" s="3" t="n">
+        <x:v>22054</x:v>
+      </x:c>
+      <x:c r="CX34" s="3" t="n">
+        <x:v>19583</x:v>
+      </x:c>
+      <x:c r="CY34" s="3" t="n">
+        <x:v>21750</x:v>
+      </x:c>
+      <x:c r="CZ34" s="3" t="n">
+        <x:v>21605</x:v>
+      </x:c>
+      <x:c r="DA34" s="3" t="n">
+        <x:v>21410</x:v>
+      </x:c>
+      <x:c r="DB34" s="3" t="n">
+        <x:v>23231</x:v>
+      </x:c>
+      <x:c r="DC34" s="3" t="n">
+        <x:v>24843</x:v>
+      </x:c>
+      <x:c r="DD34" s="3" t="n">
+        <x:v>25780</x:v>
+      </x:c>
+      <x:c r="DE34" s="3" t="n">
+        <x:v>25684</x:v>
+      </x:c>
+      <x:c r="DF34" s="3" t="n">
+        <x:v>24083</x:v>
+      </x:c>
+      <x:c r="DG34" s="3" t="n">
+        <x:v>27271</x:v>
+      </x:c>
+      <x:c r="DH34" s="3" t="n">
+        <x:v>27509</x:v>
+      </x:c>
+      <x:c r="DI34" s="3" t="n">
+        <x:v>27679</x:v>
+      </x:c>
+      <x:c r="DJ34" s="3" t="n">
+        <x:v>28208</x:v>
+      </x:c>
+      <x:c r="DK34" s="3" t="n">
+        <x:v>31027</x:v>
+      </x:c>
+      <x:c r="DL34" s="3" t="n">
+        <x:v>31085</x:v>
+      </x:c>
+      <x:c r="DM34" s="3" t="n">
+        <x:v>31559</x:v>
+      </x:c>
+      <x:c r="DN34" s="3" t="n">
+        <x:v>30622</x:v>
+      </x:c>
+      <x:c r="DO34" s="3" t="n">
+        <x:v>31917</x:v>
+      </x:c>
+      <x:c r="DP34" s="3" t="n">
+        <x:v>33250</x:v>
+      </x:c>
+      <x:c r="DQ34" s="3" t="n">
+        <x:v>33643</x:v>
+      </x:c>
+      <x:c r="DR34" s="3" t="n">
+        <x:v>28491</x:v>
+      </x:c>
+      <x:c r="DS34" s="3" t="n">
+        <x:v>32201</x:v>
+      </x:c>
+      <x:c r="DT34" s="3" t="n">
+        <x:v>31646</x:v>
+      </x:c>
+      <x:c r="DU34" s="3" t="n">
+        <x:v>31517</x:v>
+      </x:c>
+      <x:c r="DV34" s="3" t="n">
+        <x:v>28501</x:v>
+      </x:c>
+      <x:c r="DW34" s="3" t="n">
+        <x:v>30538</x:v>
+      </x:c>
+      <x:c r="DX34" s="3" t="n">
+        <x:v>31319</x:v>
+      </x:c>
+      <x:c r="DY34" s="3" t="n">
+        <x:v>31747</x:v>
+      </x:c>
+      <x:c r="DZ34" s="3" t="n">
+        <x:v>29060</x:v>
+      </x:c>
+      <x:c r="EA34" s="3" t="n">
+        <x:v>32332</x:v>
+      </x:c>
+      <x:c r="EB34" s="3" t="n">
+        <x:v>33503</x:v>
+      </x:c>
+      <x:c r="EC34" s="3" t="n">
+        <x:v>33346</x:v>
+      </x:c>
+      <x:c r="ED34" s="3" t="n">
+        <x:v>30546</x:v>
+      </x:c>
+      <x:c r="EE34" s="3" t="n">
+        <x:v>33455</x:v>
+      </x:c>
+      <x:c r="EF34" s="3" t="n">
+        <x:v>35157</x:v>
+      </x:c>
+      <x:c r="EG34" s="3" t="n">
+        <x:v>34716</x:v>
+      </x:c>
+      <x:c r="EH34" s="3" t="n">
+        <x:v>30392</x:v>
+      </x:c>
+      <x:c r="EI34" s="3" t="n">
+        <x:v>32585</x:v>
+      </x:c>
+      <x:c r="EJ34" s="3" t="n">
+        <x:v>34018</x:v>
+      </x:c>
+      <x:c r="EK34" s="3" t="n">
+        <x:v>33847</x:v>
+      </x:c>
+      <x:c r="EL34" s="3" t="n">
+        <x:v>30448</x:v>
+      </x:c>
+      <x:c r="EM34" s="3" t="n">
+        <x:v>34155</x:v>
+      </x:c>
+      <x:c r="EN34" s="3" t="n">
+        <x:v>35291</x:v>
+      </x:c>
+      <x:c r="EO34" s="3" t="n">
+        <x:v>36190</x:v>
+      </x:c>
+      <x:c r="EP34" s="3" t="n">
+        <x:v>30545</x:v>
+      </x:c>
+      <x:c r="EQ34" s="3" t="n">
+        <x:v>33064</x:v>
+      </x:c>
+      <x:c r="ER34" s="3" t="n">
+        <x:v>34435</x:v>
+      </x:c>
+      <x:c r="ES34" s="3" t="n">
+        <x:v>36252</x:v>
+      </x:c>
+      <x:c r="ET34" s="3" t="n">
+        <x:v>30907</x:v>
+      </x:c>
+      <x:c r="EU34" s="3" t="n">
+        <x:v>34364</x:v>
+      </x:c>
+      <x:c r="EV34" s="3" t="n">
+        <x:v>34413</x:v>
+      </x:c>
+      <x:c r="EW34" s="3" t="n">
+        <x:v>34428</x:v>
+      </x:c>
+      <x:c r="EX34" s="3" t="n">
+        <x:v>31388</x:v>
+      </x:c>
+      <x:c r="EY34" s="3" t="n">
+        <x:v>32640</x:v>
+      </x:c>
+      <x:c r="EZ34" s="3" t="n">
+        <x:v>30534</x:v>
+      </x:c>
+      <x:c r="FA34" s="3" t="n">
+        <x:v>32377</x:v>
+      </x:c>
+      <x:c r="FB34" s="3" t="n">
+        <x:v>32688</x:v>
+      </x:c>
+      <x:c r="FC34" s="3" t="n">
+        <x:v>30482</x:v>
+      </x:c>
+      <x:c r="FD34" s="3" t="n">
+        <x:v>30417</x:v>
+      </x:c>
+      <x:c r="FE34" s="3" t="n">
+        <x:v>33575</x:v>
+      </x:c>
+      <x:c r="FF34" s="3" t="n">
+        <x:v>32305</x:v>
+      </x:c>
+      <x:c r="FG34" s="3" t="n">
+        <x:v>33636</x:v>
+      </x:c>
+      <x:c r="FH34" s="3" t="n">
+        <x:v>32107</x:v>
+      </x:c>
+      <x:c r="FI34" s="3" t="n">
+        <x:v>34772</x:v>
+      </x:c>
+      <x:c r="FJ34" s="3" t="n">
+        <x:v>32820</x:v>
+      </x:c>
+      <x:c r="FK34" s="3" t="n">
+        <x:v>30977</x:v>
+      </x:c>
+      <x:c r="FL34" s="3" t="n">
+        <x:v>31573</x:v>
+      </x:c>
+      <x:c r="FM34" s="3" t="n">
+        <x:v>34306</x:v>
+      </x:c>
+      <x:c r="FN34" s="3" t="n">
+        <x:v>22396</x:v>
+      </x:c>
+      <x:c r="FO34" s="3" t="n">
+        <x:v>12492</x:v>
+      </x:c>
+      <x:c r="FP34" s="3" t="n">
+        <x:v>13234</x:v>
+      </x:c>
+      <x:c r="FQ34" s="3" t="n">
+        <x:v>15159</x:v>
+      </x:c>
+      <x:c r="FR34" s="3" t="n">
+        <x:v>15217</x:v>
+      </x:c>
+      <x:c r="FS34" s="3" t="n">
+        <x:v>16384</x:v>
+      </x:c>
+      <x:c r="FT34" s="3" t="n">
+        <x:v>18715</x:v>
+      </x:c>
+      <x:c r="FU34" s="3" t="n">
+        <x:v>23771</x:v>
+      </x:c>
+      <x:c r="FV34" s="3" t="n">
+        <x:v>25881</x:v>
+      </x:c>
+      <x:c r="FW34" s="3" t="n">
+        <x:v>26267</x:v>
+      </x:c>
+      <x:c r="FX34" s="3" t="n">
+        <x:v>26218</x:v>
+      </x:c>
+      <x:c r="FY34" s="3" t="n">
+        <x:v>29660</x:v>
+      </x:c>
+      <x:c r="FZ34" s="3" t="n">
+        <x:v>29486</x:v>
+      </x:c>
+      <x:c r="GA34" s="3" t="n">
+        <x:v>27402</x:v>
+      </x:c>
+      <x:c r="GB34" s="3" t="n">
+        <x:v>27313</x:v>
+      </x:c>
+      <x:c r="GC34" s="3" t="n">
+        <x:v>29721</x:v>
+      </x:c>
+      <x:c r="GD34" s="3" t="n">
+        <x:v>28341</x:v>
+      </x:c>
+      <x:c r="GE34" s="3" t="n">
+        <x:v>29015</x:v>
+      </x:c>
+      <x:c r="GF34" s="3" t="n">
+        <x:v>28331</x:v>
+      </x:c>
+      <x:c r="GG34" s="3" t="n">
+        <x:v>30476</x:v>
+      </x:c>
+      <x:c r="GH34" s="3" t="n">
+        <x:v>29765</x:v>
+      </x:c>
+      <x:c r="GI34" s="3" t="n">
+        <x:v>28884</x:v>
+      </x:c>
+      <x:c r="GJ34" s="3" t="n">
+        <x:v>29392</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:192">
+      <x:c r="A35" s="2" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="B35" s="3" t="n">
+        <x:v>2760</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="n">
+        <x:v>2671</x:v>
+      </x:c>
+      <x:c r="D35" s="3" t="n">
+        <x:v>2692</x:v>
+      </x:c>
+      <x:c r="E35" s="3" t="n">
+        <x:v>3226</x:v>
+      </x:c>
+      <x:c r="F35" s="3" t="n">
+        <x:v>2881</x:v>
+      </x:c>
+      <x:c r="G35" s="3" t="n">
+        <x:v>2753</x:v>
+      </x:c>
+      <x:c r="H35" s="3" t="n">
+        <x:v>2717</x:v>
+      </x:c>
+      <x:c r="I35" s="3" t="n">
+        <x:v>3329</x:v>
+      </x:c>
+      <x:c r="J35" s="3" t="n">
+        <x:v>2922</x:v>
+      </x:c>
+      <x:c r="K35" s="3" t="n">
+        <x:v>2746</x:v>
+      </x:c>
+      <x:c r="L35" s="3" t="n">
+        <x:v>2652</x:v>
+      </x:c>
+      <x:c r="M35" s="3" t="n">
+        <x:v>3203</x:v>
+      </x:c>
+      <x:c r="N35" s="3" t="n">
+        <x:v>3077</x:v>
+      </x:c>
+      <x:c r="O35" s="3" t="n">
+        <x:v>3009</x:v>
+      </x:c>
+      <x:c r="P35" s="3" t="n">
+        <x:v>3087</x:v>
+      </x:c>
+      <x:c r="Q35" s="3" t="n">
+        <x:v>3620</x:v>
+      </x:c>
+      <x:c r="R35" s="3" t="n">
+        <x:v>3229</x:v>
+      </x:c>
+      <x:c r="S35" s="3" t="n">
+        <x:v>3105</x:v>
+      </x:c>
+      <x:c r="T35" s="3" t="n">
+        <x:v>3122</x:v>
+      </x:c>
+      <x:c r="U35" s="3" t="n">
+        <x:v>3703</x:v>
+      </x:c>
+      <x:c r="V35" s="3" t="n">
+        <x:v>3306</x:v>
+      </x:c>
+      <x:c r="W35" s="3" t="n">
+        <x:v>2842</x:v>
+      </x:c>
+      <x:c r="X35" s="3" t="n">
+        <x:v>2797</x:v>
+      </x:c>
+      <x:c r="Y35" s="3" t="n">
+        <x:v>3440</x:v>
+      </x:c>
+      <x:c r="Z35" s="3" t="n">
+        <x:v>3058</x:v>
+      </x:c>
+      <x:c r="AA35" s="3" t="n">
+        <x:v>2859</x:v>
+      </x:c>
+      <x:c r="AB35" s="3" t="n">
+        <x:v>2916</x:v>
+      </x:c>
+      <x:c r="AC35" s="3" t="n">
+        <x:v>3439</x:v>
+      </x:c>
+      <x:c r="AD35" s="3" t="n">
+        <x:v>3296</x:v>
+      </x:c>
+      <x:c r="AE35" s="3" t="n">
+        <x:v>3231</x:v>
+      </x:c>
+      <x:c r="AF35" s="3" t="n">
+        <x:v>3196</x:v>
+      </x:c>
+      <x:c r="AG35" s="3" t="n">
+        <x:v>3700</x:v>
+      </x:c>
+      <x:c r="AH35" s="3" t="n">
+        <x:v>3548</x:v>
+      </x:c>
+      <x:c r="AI35" s="3" t="n">
+        <x:v>3678</x:v>
+      </x:c>
+      <x:c r="AJ35" s="3" t="n">
+        <x:v>3556</x:v>
+      </x:c>
+      <x:c r="AK35" s="3" t="n">
+        <x:v>4159</x:v>
+      </x:c>
+      <x:c r="AL35" s="3" t="n">
+        <x:v>3719</x:v>
+      </x:c>
+      <x:c r="AM35" s="3" t="n">
+        <x:v>3473</x:v>
+      </x:c>
+      <x:c r="AN35" s="3" t="n">
+        <x:v>3431</x:v>
+      </x:c>
+      <x:c r="AO35" s="3" t="n">
+        <x:v>4117</x:v>
+      </x:c>
+      <x:c r="AP35" s="3" t="n">
+        <x:v>3757</x:v>
+      </x:c>
+      <x:c r="AQ35" s="3" t="n">
+        <x:v>3690</x:v>
+      </x:c>
+      <x:c r="AR35" s="3" t="n">
+        <x:v>3696</x:v>
+      </x:c>
+      <x:c r="AS35" s="3" t="n">
+        <x:v>4084</x:v>
+      </x:c>
+      <x:c r="AT35" s="3" t="n">
+        <x:v>3721</x:v>
+      </x:c>
+      <x:c r="AU35" s="3" t="n">
+        <x:v>3699</x:v>
+      </x:c>
+      <x:c r="AV35" s="3" t="n">
+        <x:v>3772</x:v>
+      </x:c>
+      <x:c r="AW35" s="3" t="n">
+        <x:v>4153</x:v>
+      </x:c>
+      <x:c r="AX35" s="3" t="n">
+        <x:v>4011</x:v>
+      </x:c>
+      <x:c r="AY35" s="3" t="n">
+        <x:v>3581</x:v>
+      </x:c>
+      <x:c r="AZ35" s="3" t="n">
+        <x:v>3745</x:v>
+      </x:c>
+      <x:c r="BA35" s="3" t="n">
+        <x:v>4325</x:v>
+      </x:c>
+      <x:c r="BB35" s="3" t="n">
         <x:v>3866</x:v>
       </x:c>
-      <x:c r="EJ27" s="3" t="n">
-[...17 lines deleted...]
-      <x:c r="EP27" s="3" t="n">
+      <x:c r="BC35" s="3" t="n">
+        <x:v>3837</x:v>
+      </x:c>
+      <x:c r="BD35" s="3" t="n">
+        <x:v>3951</x:v>
+      </x:c>
+      <x:c r="BE35" s="3" t="n">
+        <x:v>4398</x:v>
+      </x:c>
+      <x:c r="BF35" s="3" t="n">
+        <x:v>4063</x:v>
+      </x:c>
+      <x:c r="BG35" s="3" t="n">
+        <x:v>4113</x:v>
+      </x:c>
+      <x:c r="BH35" s="3" t="n">
+        <x:v>4157</x:v>
+      </x:c>
+      <x:c r="BI35" s="3" t="n">
+        <x:v>4804</x:v>
+      </x:c>
+      <x:c r="BJ35" s="3" t="n">
+        <x:v>4450</x:v>
+      </x:c>
+      <x:c r="BK35" s="3" t="n">
+        <x:v>4184</x:v>
+      </x:c>
+      <x:c r="BL35" s="3" t="n">
+        <x:v>4746</x:v>
+      </x:c>
+      <x:c r="BM35" s="3" t="n">
+        <x:v>4657</x:v>
+      </x:c>
+      <x:c r="BN35" s="3" t="n">
+        <x:v>4322</x:v>
+      </x:c>
+      <x:c r="BO35" s="3" t="n">
+        <x:v>4169</x:v>
+      </x:c>
+      <x:c r="BP35" s="3" t="n">
+        <x:v>4297</x:v>
+      </x:c>
+      <x:c r="BQ35" s="3" t="n">
+        <x:v>4856</x:v>
+      </x:c>
+      <x:c r="BR35" s="3" t="n">
+        <x:v>4490</x:v>
+      </x:c>
+      <x:c r="BS35" s="3" t="n">
+        <x:v>4415</x:v>
+      </x:c>
+      <x:c r="BT35" s="3" t="n">
+        <x:v>4502</x:v>
+      </x:c>
+      <x:c r="BU35" s="3" t="n">
+        <x:v>5046</x:v>
+      </x:c>
+      <x:c r="BV35" s="3" t="n">
+        <x:v>4204</x:v>
+      </x:c>
+      <x:c r="BW35" s="3" t="n">
+        <x:v>4134</x:v>
+      </x:c>
+      <x:c r="BX35" s="3" t="n">
+        <x:v>4169</x:v>
+      </x:c>
+      <x:c r="BY35" s="3" t="n">
+        <x:v>4562</x:v>
+      </x:c>
+      <x:c r="BZ35" s="3" t="n">
+        <x:v>4393</x:v>
+      </x:c>
+      <x:c r="CA35" s="3" t="n">
+        <x:v>4540</x:v>
+      </x:c>
+      <x:c r="CB35" s="3" t="n">
+        <x:v>4522</x:v>
+      </x:c>
+      <x:c r="CC35" s="3" t="n">
+        <x:v>4964</x:v>
+      </x:c>
+      <x:c r="CD35" s="3" t="n">
+        <x:v>4816</x:v>
+      </x:c>
+      <x:c r="CE35" s="3" t="n">
+        <x:v>5056</x:v>
+      </x:c>
+      <x:c r="CF35" s="3" t="n">
+        <x:v>5054</x:v>
+      </x:c>
+      <x:c r="CG35" s="3" t="n">
+        <x:v>5551</x:v>
+      </x:c>
+      <x:c r="CH35" s="3" t="n">
+        <x:v>4397</x:v>
+      </x:c>
+      <x:c r="CI35" s="3" t="n">
+        <x:v>4693</x:v>
+      </x:c>
+      <x:c r="CJ35" s="3" t="n">
+        <x:v>4771</x:v>
+      </x:c>
+      <x:c r="CK35" s="3" t="n">
+        <x:v>5233</x:v>
+      </x:c>
+      <x:c r="CL35" s="3" t="n">
+        <x:v>4420</x:v>
+      </x:c>
+      <x:c r="CM35" s="3" t="n">
+        <x:v>4603</x:v>
+      </x:c>
+      <x:c r="CN35" s="3" t="n">
+        <x:v>4580</x:v>
+      </x:c>
+      <x:c r="CO35" s="3" t="n">
+        <x:v>5014</x:v>
+      </x:c>
+      <x:c r="CP35" s="3" t="n">
+        <x:v>3544</x:v>
+      </x:c>
+      <x:c r="CQ35" s="3" t="n">
+        <x:v>3733</x:v>
+      </x:c>
+      <x:c r="CR35" s="3" t="n">
+        <x:v>3725</x:v>
+      </x:c>
+      <x:c r="CS35" s="3" t="n">
+        <x:v>4020</x:v>
+      </x:c>
+      <x:c r="CT35" s="3" t="n">
+        <x:v>3379</x:v>
+      </x:c>
+      <x:c r="CU35" s="3" t="n">
+        <x:v>3447</x:v>
+      </x:c>
+      <x:c r="CV35" s="3" t="n">
+        <x:v>3318</x:v>
+      </x:c>
+      <x:c r="CW35" s="3" t="n">
+        <x:v>3518</x:v>
+      </x:c>
+      <x:c r="CX35" s="3" t="n">
+        <x:v>3465</x:v>
+      </x:c>
+      <x:c r="CY35" s="3" t="n">
+        <x:v>3308</x:v>
+      </x:c>
+      <x:c r="CZ35" s="3" t="n">
+        <x:v>3390</x:v>
+      </x:c>
+      <x:c r="DA35" s="3" t="n">
+        <x:v>3713</x:v>
+      </x:c>
+      <x:c r="DB35" s="3" t="n">
+        <x:v>3395</x:v>
+      </x:c>
+      <x:c r="DC35" s="3" t="n">
+        <x:v>3358</x:v>
+      </x:c>
+      <x:c r="DD35" s="3" t="n">
+        <x:v>3408</x:v>
+      </x:c>
+      <x:c r="DE35" s="3" t="n">
+        <x:v>3651</x:v>
+      </x:c>
+      <x:c r="DF35" s="3" t="n">
+        <x:v>3207</x:v>
+      </x:c>
+      <x:c r="DG35" s="3" t="n">
+        <x:v>3342</x:v>
+      </x:c>
+      <x:c r="DH35" s="3" t="n">
+        <x:v>3299</x:v>
+      </x:c>
+      <x:c r="DI35" s="3" t="n">
+        <x:v>3550</x:v>
+      </x:c>
+      <x:c r="DJ35" s="3" t="n">
+        <x:v>2821</x:v>
+      </x:c>
+      <x:c r="DK35" s="3" t="n">
+        <x:v>2753</x:v>
+      </x:c>
+      <x:c r="DL35" s="3" t="n">
+        <x:v>2885</x:v>
+      </x:c>
+      <x:c r="DM35" s="3" t="n">
+        <x:v>3308</x:v>
+      </x:c>
+      <x:c r="DN35" s="3" t="n">
+        <x:v>2653</x:v>
+      </x:c>
+      <x:c r="DO35" s="3" t="n">
+        <x:v>2587</x:v>
+      </x:c>
+      <x:c r="DP35" s="3" t="n">
+        <x:v>2620</x:v>
+      </x:c>
+      <x:c r="DQ35" s="3" t="n">
+        <x:v>2886</x:v>
+      </x:c>
+      <x:c r="DR35" s="3" t="n">
+        <x:v>2759</x:v>
+      </x:c>
+      <x:c r="DS35" s="3" t="n">
+        <x:v>2866</x:v>
+      </x:c>
+      <x:c r="DT35" s="3" t="n">
+        <x:v>2566</x:v>
+      </x:c>
+      <x:c r="DU35" s="3" t="n">
+        <x:v>3073</x:v>
+      </x:c>
+      <x:c r="DV35" s="3" t="n">
+        <x:v>2820</x:v>
+      </x:c>
+      <x:c r="DW35" s="3" t="n">
+        <x:v>2825</x:v>
+      </x:c>
+      <x:c r="DX35" s="3" t="n">
+        <x:v>2571</x:v>
+      </x:c>
+      <x:c r="DY35" s="3" t="n">
+        <x:v>2937</x:v>
+      </x:c>
+      <x:c r="DZ35" s="3" t="n">
+        <x:v>2853</x:v>
+      </x:c>
+      <x:c r="EA35" s="3" t="n">
+        <x:v>2920</x:v>
+      </x:c>
+      <x:c r="EB35" s="3" t="n">
+        <x:v>2650</x:v>
+      </x:c>
+      <x:c r="EC35" s="3" t="n">
+        <x:v>3176</x:v>
+      </x:c>
+      <x:c r="ED35" s="3" t="n">
+        <x:v>2896</x:v>
+      </x:c>
+      <x:c r="EE35" s="3" t="n">
+        <x:v>2895</x:v>
+      </x:c>
+      <x:c r="EF35" s="3" t="n">
+        <x:v>2753</x:v>
+      </x:c>
+      <x:c r="EG35" s="3" t="n">
+        <x:v>3117</x:v>
+      </x:c>
+      <x:c r="EH35" s="3" t="n">
+        <x:v>2860</x:v>
+      </x:c>
+      <x:c r="EI35" s="3" t="n">
+        <x:v>2652</x:v>
+      </x:c>
+      <x:c r="EJ35" s="3" t="n">
+        <x:v>2478</x:v>
+      </x:c>
+      <x:c r="EK35" s="3" t="n">
+        <x:v>2824</x:v>
+      </x:c>
+      <x:c r="EL35" s="3" t="n">
+        <x:v>3165</x:v>
+      </x:c>
+      <x:c r="EM35" s="3" t="n">
+        <x:v>3077</x:v>
+      </x:c>
+      <x:c r="EN35" s="3" t="n">
+        <x:v>2835</x:v>
+      </x:c>
+      <x:c r="EO35" s="3" t="n">
+        <x:v>3223</x:v>
+      </x:c>
+      <x:c r="EP35" s="3" t="n">
+        <x:v>3093</x:v>
+      </x:c>
+      <x:c r="EQ35" s="3" t="n">
+        <x:v>2816</x:v>
+      </x:c>
+      <x:c r="ER35" s="3" t="n">
+        <x:v>2650</x:v>
+      </x:c>
+      <x:c r="ES35" s="3" t="n">
+        <x:v>3116</x:v>
+      </x:c>
+      <x:c r="ET35" s="3" t="n">
+        <x:v>2968</x:v>
+      </x:c>
+      <x:c r="EU35" s="3" t="n">
+        <x:v>2777</x:v>
+      </x:c>
+      <x:c r="EV35" s="3" t="n">
+        <x:v>2587</x:v>
+      </x:c>
+      <x:c r="EW35" s="3" t="n">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="EX35" s="3" t="n">
+        <x:v>2737</x:v>
+      </x:c>
+      <x:c r="EY35" s="3" t="n">
+        <x:v>2791</x:v>
+      </x:c>
+      <x:c r="EZ35" s="3" t="n">
+        <x:v>2503</x:v>
+      </x:c>
+      <x:c r="FA35" s="3" t="n">
+        <x:v>2727</x:v>
+      </x:c>
+      <x:c r="FB35" s="3" t="n">
+        <x:v>2675</x:v>
+      </x:c>
+      <x:c r="FC35" s="3" t="n">
+        <x:v>2323</x:v>
+      </x:c>
+      <x:c r="FD35" s="3" t="n">
+        <x:v>2284</x:v>
+      </x:c>
+      <x:c r="FE35" s="3" t="n">
+        <x:v>2573</x:v>
+      </x:c>
+      <x:c r="FF35" s="3" t="n">
+        <x:v>2416</x:v>
+      </x:c>
+      <x:c r="FG35" s="3" t="n">
+        <x:v>2404</x:v>
+      </x:c>
+      <x:c r="FH35" s="3" t="n">
+        <x:v>2200</x:v>
+      </x:c>
+      <x:c r="FI35" s="3" t="n">
+        <x:v>2486</x:v>
+      </x:c>
+      <x:c r="FJ35" s="3" t="n">
+        <x:v>2387</x:v>
+      </x:c>
+      <x:c r="FK35" s="3" t="n">
+        <x:v>2115</x:v>
+      </x:c>
+      <x:c r="FL35" s="3" t="n">
+        <x:v>2056</x:v>
+      </x:c>
+      <x:c r="FM35" s="3" t="n">
+        <x:v>2330</x:v>
+      </x:c>
+      <x:c r="FN35" s="3" t="n">
+        <x:v>2314</x:v>
+      </x:c>
+      <x:c r="FO35" s="3" t="n">
+        <x:v>2322</x:v>
+      </x:c>
+      <x:c r="FP35" s="3" t="n">
+        <x:v>2203</x:v>
+      </x:c>
+      <x:c r="FQ35" s="3" t="n">
+        <x:v>2731</x:v>
+      </x:c>
+      <x:c r="FR35" s="3" t="n">
+        <x:v>2908</x:v>
+      </x:c>
+      <x:c r="FS35" s="3" t="n">
+        <x:v>2673</x:v>
+      </x:c>
+      <x:c r="FT35" s="3" t="n">
+        <x:v>2579</x:v>
+      </x:c>
+      <x:c r="FU35" s="3" t="n">
+        <x:v>3068</x:v>
+      </x:c>
+      <x:c r="FV35" s="3" t="n">
+        <x:v>2799</x:v>
+      </x:c>
+      <x:c r="FW35" s="3" t="n">
+        <x:v>2461</x:v>
+      </x:c>
+      <x:c r="FX35" s="3" t="n">
+        <x:v>2396</x:v>
+      </x:c>
+      <x:c r="FY35" s="3" t="n">
+        <x:v>2909</x:v>
+      </x:c>
+      <x:c r="FZ35" s="3" t="n">
+        <x:v>2868</x:v>
+      </x:c>
+      <x:c r="GA35" s="3" t="n">
+        <x:v>2547</x:v>
+      </x:c>
+      <x:c r="GB35" s="3" t="n">
+        <x:v>2519</x:v>
+      </x:c>
+      <x:c r="GC35" s="3" t="n">
+        <x:v>2898</x:v>
+      </x:c>
+      <x:c r="GD35" s="3" t="n">
+        <x:v>2606</x:v>
+      </x:c>
+      <x:c r="GE35" s="3" t="n">
+        <x:v>2452</x:v>
+      </x:c>
+      <x:c r="GF35" s="3" t="n">
+        <x:v>2295</x:v>
+      </x:c>
+      <x:c r="GG35" s="3" t="n">
+        <x:v>2550</x:v>
+      </x:c>
+      <x:c r="GH35" s="3" t="n">
+        <x:v>2470</x:v>
+      </x:c>
+      <x:c r="GI35" s="3" t="n">
+        <x:v>2223</x:v>
+      </x:c>
+      <x:c r="GJ35" s="3" t="n">
+        <x:v>2160</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:192">
+      <x:c r="A36" s="2" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="B36" s="3" t="n">
+        <x:v>9549</x:v>
+      </x:c>
+      <x:c r="C36" s="3" t="n">
+        <x:v>11790</x:v>
+      </x:c>
+      <x:c r="D36" s="3" t="n">
+        <x:v>13107</x:v>
+      </x:c>
+      <x:c r="E36" s="3" t="n">
+        <x:v>11586</x:v>
+      </x:c>
+      <x:c r="F36" s="3" t="n">
+        <x:v>9137</x:v>
+      </x:c>
+      <x:c r="G36" s="3" t="n">
+        <x:v>11355</x:v>
+      </x:c>
+      <x:c r="H36" s="3" t="n">
+        <x:v>12688</x:v>
+      </x:c>
+      <x:c r="I36" s="3" t="n">
+        <x:v>11210</x:v>
+      </x:c>
+      <x:c r="J36" s="3" t="n">
+        <x:v>9355</x:v>
+      </x:c>
+      <x:c r="K36" s="3" t="n">
+        <x:v>11219</x:v>
+      </x:c>
+      <x:c r="L36" s="3" t="n">
+        <x:v>12128</x:v>
+      </x:c>
+      <x:c r="M36" s="3" t="n">
+        <x:v>10609</x:v>
+      </x:c>
+      <x:c r="N36" s="3" t="n">
+        <x:v>8270</x:v>
+      </x:c>
+      <x:c r="O36" s="3" t="n">
+        <x:v>10101</x:v>
+      </x:c>
+      <x:c r="P36" s="3" t="n">
+        <x:v>10710</x:v>
+      </x:c>
+      <x:c r="Q36" s="3" t="n">
+        <x:v>9217</x:v>
+      </x:c>
+      <x:c r="R36" s="3" t="n">
+        <x:v>6820</x:v>
+      </x:c>
+      <x:c r="S36" s="3" t="n">
+        <x:v>8150</x:v>
+      </x:c>
+      <x:c r="T36" s="3" t="n">
+        <x:v>8915</x:v>
+      </x:c>
+      <x:c r="U36" s="3" t="n">
+        <x:v>7635</x:v>
+      </x:c>
+      <x:c r="V36" s="3" t="n">
+        <x:v>6406</x:v>
+      </x:c>
+      <x:c r="W36" s="3" t="n">
+        <x:v>7876</x:v>
+      </x:c>
+      <x:c r="X36" s="3" t="n">
+        <x:v>8827</x:v>
+      </x:c>
+      <x:c r="Y36" s="3" t="n">
+        <x:v>7715</x:v>
+      </x:c>
+      <x:c r="Z36" s="3" t="n">
+        <x:v>6814</x:v>
+      </x:c>
+      <x:c r="AA36" s="3" t="n">
+        <x:v>8206</x:v>
+      </x:c>
+      <x:c r="AB36" s="3" t="n">
+        <x:v>9234</x:v>
+      </x:c>
+      <x:c r="AC36" s="3" t="n">
+        <x:v>8108</x:v>
+      </x:c>
+      <x:c r="AD36" s="3" t="n">
+        <x:v>7122</x:v>
+      </x:c>
+      <x:c r="AE36" s="3" t="n">
+        <x:v>8765</x:v>
+      </x:c>
+      <x:c r="AF36" s="3" t="n">
+        <x:v>10278</x:v>
+      </x:c>
+      <x:c r="AG36" s="3" t="n">
+        <x:v>8272</x:v>
+      </x:c>
+      <x:c r="AH36" s="3" t="n">
+        <x:v>7890</x:v>
+      </x:c>
+      <x:c r="AI36" s="3" t="n">
+        <x:v>9345</x:v>
+      </x:c>
+      <x:c r="AJ36" s="3" t="n">
+        <x:v>10667</x:v>
+      </x:c>
+      <x:c r="AK36" s="3" t="n">
+        <x:v>8851</x:v>
+      </x:c>
+      <x:c r="AL36" s="3" t="n">
+        <x:v>7610</x:v>
+      </x:c>
+      <x:c r="AM36" s="3" t="n">
+        <x:v>9315</x:v>
+      </x:c>
+      <x:c r="AN36" s="3" t="n">
+        <x:v>10965</x:v>
+      </x:c>
+      <x:c r="AO36" s="3" t="n">
+        <x:v>9174</x:v>
+      </x:c>
+      <x:c r="AP36" s="3" t="n">
+        <x:v>7541</x:v>
+      </x:c>
+      <x:c r="AQ36" s="3" t="n">
+        <x:v>8914</x:v>
+      </x:c>
+      <x:c r="AR36" s="3" t="n">
+        <x:v>10220</x:v>
+      </x:c>
+      <x:c r="AS36" s="3" t="n">
+        <x:v>8596</x:v>
+      </x:c>
+      <x:c r="AT36" s="3" t="n">
+        <x:v>6694</x:v>
+      </x:c>
+      <x:c r="AU36" s="3" t="n">
+        <x:v>8095</x:v>
+      </x:c>
+      <x:c r="AV36" s="3" t="n">
+        <x:v>9395</x:v>
+      </x:c>
+      <x:c r="AW36" s="3" t="n">
+        <x:v>7882</x:v>
+      </x:c>
+      <x:c r="AX36" s="3" t="n">
+        <x:v>6606</x:v>
+      </x:c>
+      <x:c r="AY36" s="3" t="n">
+        <x:v>7982</x:v>
+      </x:c>
+      <x:c r="AZ36" s="3" t="n">
+        <x:v>9197</x:v>
+      </x:c>
+      <x:c r="BA36" s="3" t="n">
+        <x:v>7599</x:v>
+      </x:c>
+      <x:c r="BB36" s="3" t="n">
+        <x:v>6738</x:v>
+      </x:c>
+      <x:c r="BC36" s="3" t="n">
+        <x:v>8185</x:v>
+      </x:c>
+      <x:c r="BD36" s="3" t="n">
+        <x:v>9478</x:v>
+      </x:c>
+      <x:c r="BE36" s="3" t="n">
+        <x:v>7868</x:v>
+      </x:c>
+      <x:c r="BF36" s="3" t="n">
+        <x:v>6694</x:v>
+      </x:c>
+      <x:c r="BG36" s="3" t="n">
+        <x:v>8017</x:v>
+      </x:c>
+      <x:c r="BH36" s="3" t="n">
+        <x:v>9444</x:v>
+      </x:c>
+      <x:c r="BI36" s="3" t="n">
+        <x:v>7725</x:v>
+      </x:c>
+      <x:c r="BJ36" s="3" t="n">
+        <x:v>6416</x:v>
+      </x:c>
+      <x:c r="BK36" s="3" t="n">
+        <x:v>7829</x:v>
+      </x:c>
+      <x:c r="BL36" s="3" t="n">
+        <x:v>9275</x:v>
+      </x:c>
+      <x:c r="BM36" s="3" t="n">
+        <x:v>7546</x:v>
+      </x:c>
+      <x:c r="BN36" s="3" t="n">
+        <x:v>6933</x:v>
+      </x:c>
+      <x:c r="BO36" s="3" t="n">
+        <x:v>8516</x:v>
+      </x:c>
+      <x:c r="BP36" s="3" t="n">
+        <x:v>9955</x:v>
+      </x:c>
+      <x:c r="BQ36" s="3" t="n">
+        <x:v>8121</x:v>
+      </x:c>
+      <x:c r="BR36" s="3" t="n">
+        <x:v>7481</x:v>
+      </x:c>
+      <x:c r="BS36" s="3" t="n">
+        <x:v>9041</x:v>
+      </x:c>
+      <x:c r="BT36" s="3" t="n">
+        <x:v>10501</x:v>
+      </x:c>
+      <x:c r="BU36" s="3" t="n">
+        <x:v>8699</x:v>
+      </x:c>
+      <x:c r="BV36" s="3" t="n">
+        <x:v>8064</x:v>
+      </x:c>
+      <x:c r="BW36" s="3" t="n">
+        <x:v>9696</x:v>
+      </x:c>
+      <x:c r="BX36" s="3" t="n">
+        <x:v>11207</x:v>
+      </x:c>
+      <x:c r="BY36" s="3" t="n">
+        <x:v>9364</x:v>
+      </x:c>
+      <x:c r="BZ36" s="3" t="n">
+        <x:v>8300</x:v>
+      </x:c>
+      <x:c r="CA36" s="3" t="n">
+        <x:v>10179</x:v>
+      </x:c>
+      <x:c r="CB36" s="3" t="n">
+        <x:v>11920</x:v>
+      </x:c>
+      <x:c r="CC36" s="3" t="n">
+        <x:v>10234</x:v>
+      </x:c>
+      <x:c r="CD36" s="3" t="n">
+        <x:v>8608</x:v>
+      </x:c>
+      <x:c r="CE36" s="3" t="n">
+        <x:v>10233</x:v>
+      </x:c>
+      <x:c r="CF36" s="3" t="n">
+        <x:v>11999</x:v>
+      </x:c>
+      <x:c r="CG36" s="3" t="n">
+        <x:v>10336</x:v>
+      </x:c>
+      <x:c r="CH36" s="3" t="n">
+        <x:v>8942</x:v>
+      </x:c>
+      <x:c r="CI36" s="3" t="n">
+        <x:v>10805</x:v>
+      </x:c>
+      <x:c r="CJ36" s="3" t="n">
+        <x:v>12469</x:v>
+      </x:c>
+      <x:c r="CK36" s="3" t="n">
+        <x:v>10623</x:v>
+      </x:c>
+      <x:c r="CL36" s="3" t="n">
+        <x:v>9314</x:v>
+      </x:c>
+      <x:c r="CM36" s="3" t="n">
+        <x:v>10765</x:v>
+      </x:c>
+      <x:c r="CN36" s="3" t="n">
+        <x:v>12634</x:v>
+      </x:c>
+      <x:c r="CO36" s="3" t="n">
+        <x:v>10829</x:v>
+      </x:c>
+      <x:c r="CP36" s="3" t="n">
+        <x:v>9195</x:v>
+      </x:c>
+      <x:c r="CQ36" s="3" t="n">
+        <x:v>10819</x:v>
+      </x:c>
+      <x:c r="CR36" s="3" t="n">
+        <x:v>11429</x:v>
+      </x:c>
+      <x:c r="CS36" s="3" t="n">
+        <x:v>9941</x:v>
+      </x:c>
+      <x:c r="CT36" s="3" t="n">
+        <x:v>9051</x:v>
+      </x:c>
+      <x:c r="CU36" s="3" t="n">
+        <x:v>10658</x:v>
+      </x:c>
+      <x:c r="CV36" s="3" t="n">
+        <x:v>11272</x:v>
+      </x:c>
+      <x:c r="CW36" s="3" t="n">
+        <x:v>10025</x:v>
+      </x:c>
+      <x:c r="CX36" s="3" t="n">
+        <x:v>8386</x:v>
+      </x:c>
+      <x:c r="CY36" s="3" t="n">
+        <x:v>9847</x:v>
+      </x:c>
+      <x:c r="CZ36" s="3" t="n">
+        <x:v>10763</x:v>
+      </x:c>
+      <x:c r="DA36" s="3" t="n">
+        <x:v>9561</x:v>
+      </x:c>
+      <x:c r="DB36" s="3" t="n">
+        <x:v>8815</x:v>
+      </x:c>
+      <x:c r="DC36" s="3" t="n">
+        <x:v>10327</x:v>
+      </x:c>
+      <x:c r="DD36" s="3" t="n">
+        <x:v>11296</x:v>
+      </x:c>
+      <x:c r="DE36" s="3" t="n">
+        <x:v>9715</x:v>
+      </x:c>
+      <x:c r="DF36" s="3" t="n">
+        <x:v>8538</x:v>
+      </x:c>
+      <x:c r="DG36" s="3" t="n">
+        <x:v>10626</x:v>
+      </x:c>
+      <x:c r="DH36" s="3" t="n">
+        <x:v>12096</x:v>
+      </x:c>
+      <x:c r="DI36" s="3" t="n">
+        <x:v>10478</x:v>
+      </x:c>
+      <x:c r="DJ36" s="3" t="n">
+        <x:v>9430</x:v>
+      </x:c>
+      <x:c r="DK36" s="3" t="n">
+        <x:v>11451</x:v>
+      </x:c>
+      <x:c r="DL36" s="3" t="n">
+        <x:v>12890</x:v>
+      </x:c>
+      <x:c r="DM36" s="3" t="n">
+        <x:v>11688</x:v>
+      </x:c>
+      <x:c r="DN36" s="3" t="n">
+        <x:v>10282</x:v>
+      </x:c>
+      <x:c r="DO36" s="3" t="n">
+        <x:v>12462</x:v>
+      </x:c>
+      <x:c r="DP36" s="3" t="n">
+        <x:v>13501</x:v>
+      </x:c>
+      <x:c r="DQ36" s="3" t="n">
+        <x:v>12059</x:v>
+      </x:c>
+      <x:c r="DR36" s="3" t="n">
+        <x:v>10771</x:v>
+      </x:c>
+      <x:c r="DS36" s="3" t="n">
+        <x:v>12882</x:v>
+      </x:c>
+      <x:c r="DT36" s="3" t="n">
+        <x:v>13606</x:v>
+      </x:c>
+      <x:c r="DU36" s="3" t="n">
+        <x:v>11892</x:v>
+      </x:c>
+      <x:c r="DV36" s="3" t="n">
+        <x:v>10162</x:v>
+      </x:c>
+      <x:c r="DW36" s="3" t="n">
+        <x:v>12029</x:v>
+      </x:c>
+      <x:c r="DX36" s="3" t="n">
+        <x:v>12921</x:v>
+      </x:c>
+      <x:c r="DY36" s="3" t="n">
+        <x:v>11427</x:v>
+      </x:c>
+      <x:c r="DZ36" s="3" t="n">
+        <x:v>9567</x:v>
+      </x:c>
+      <x:c r="EA36" s="3" t="n">
+        <x:v>11777</x:v>
+      </x:c>
+      <x:c r="EB36" s="3" t="n">
+        <x:v>12863</x:v>
+      </x:c>
+      <x:c r="EC36" s="3" t="n">
+        <x:v>11080</x:v>
+      </x:c>
+      <x:c r="ED36" s="3" t="n">
+        <x:v>9962</x:v>
+      </x:c>
+      <x:c r="EE36" s="3" t="n">
+        <x:v>11927</x:v>
+      </x:c>
+      <x:c r="EF36" s="3" t="n">
+        <x:v>12912</x:v>
+      </x:c>
+      <x:c r="EG36" s="3" t="n">
+        <x:v>11607</x:v>
+      </x:c>
+      <x:c r="EH36" s="3" t="n">
+        <x:v>10182</x:v>
+      </x:c>
+      <x:c r="EI36" s="3" t="n">
+        <x:v>11890</x:v>
+      </x:c>
+      <x:c r="EJ36" s="3" t="n">
+        <x:v>12994</x:v>
+      </x:c>
+      <x:c r="EK36" s="3" t="n">
+        <x:v>11778</x:v>
+      </x:c>
+      <x:c r="EL36" s="3" t="n">
+        <x:v>10501</x:v>
+      </x:c>
+      <x:c r="EM36" s="3" t="n">
+        <x:v>12766</x:v>
+      </x:c>
+      <x:c r="EN36" s="3" t="n">
+        <x:v>13536</x:v>
+      </x:c>
+      <x:c r="EO36" s="3" t="n">
+        <x:v>12245</x:v>
+      </x:c>
+      <x:c r="EP36" s="3" t="n">
+        <x:v>10886</x:v>
+      </x:c>
+      <x:c r="EQ36" s="3" t="n">
+        <x:v>13254</x:v>
+      </x:c>
+      <x:c r="ER36" s="3" t="n">
+        <x:v>14417</x:v>
+      </x:c>
+      <x:c r="ES36" s="3" t="n">
+        <x:v>12837</x:v>
+      </x:c>
+      <x:c r="ET36" s="3" t="n">
+        <x:v>11208</x:v>
+      </x:c>
+      <x:c r="EU36" s="3" t="n">
+        <x:v>13550</x:v>
+      </x:c>
+      <x:c r="EV36" s="3" t="n">
+        <x:v>15122</x:v>
+      </x:c>
+      <x:c r="EW36" s="3" t="n">
+        <x:v>13936</x:v>
+      </x:c>
+      <x:c r="EX36" s="3" t="n">
+        <x:v>12420</x:v>
+      </x:c>
+      <x:c r="EY36" s="3" t="n">
+        <x:v>14090</x:v>
+      </x:c>
+      <x:c r="EZ36" s="3" t="n">
+        <x:v>15433</x:v>
+      </x:c>
+      <x:c r="FA36" s="3" t="n">
+        <x:v>13019</x:v>
+      </x:c>
+      <x:c r="FB36" s="3" t="n">
+        <x:v>12672</x:v>
+      </x:c>
+      <x:c r="FC36" s="3" t="n">
+        <x:v>13859</x:v>
+      </x:c>
+      <x:c r="FD36" s="3" t="n">
+        <x:v>15500</x:v>
+      </x:c>
+      <x:c r="FE36" s="3" t="n">
+        <x:v>13170</x:v>
+      </x:c>
+      <x:c r="FF36" s="3" t="n">
+        <x:v>12580</x:v>
+      </x:c>
+      <x:c r="FG36" s="3" t="n">
+        <x:v>14371</x:v>
+      </x:c>
+      <x:c r="FH36" s="3" t="n">
+        <x:v>15716</x:v>
+      </x:c>
+      <x:c r="FI36" s="3" t="n">
+        <x:v>13504</x:v>
+      </x:c>
+      <x:c r="FJ36" s="3" t="n">
+        <x:v>13265</x:v>
+      </x:c>
+      <x:c r="FK36" s="3" t="n">
+        <x:v>14782</x:v>
+      </x:c>
+      <x:c r="FL36" s="3" t="n">
+        <x:v>16604</x:v>
+      </x:c>
+      <x:c r="FM36" s="3" t="n">
+        <x:v>14117</x:v>
+      </x:c>
+      <x:c r="FN36" s="3" t="n">
+        <x:v>11252</x:v>
+      </x:c>
+      <x:c r="FO36" s="3" t="n">
+        <x:v>5606</x:v>
+      </x:c>
+      <x:c r="FP36" s="3" t="n">
+        <x:v>11087</x:v>
+      </x:c>
+      <x:c r="FQ36" s="3" t="n">
+        <x:v>8108</x:v>
+      </x:c>
+      <x:c r="FR36" s="3" t="n">
+        <x:v>6815</x:v>
+      </x:c>
+      <x:c r="FS36" s="3" t="n">
+        <x:v>8622</x:v>
+      </x:c>
+      <x:c r="FT36" s="3" t="n">
+        <x:v>14899</x:v>
+      </x:c>
+      <x:c r="FU36" s="3" t="n">
+        <x:v>13080</x:v>
+      </x:c>
+      <x:c r="FV36" s="3" t="n">
+        <x:v>11961</x:v>
+      </x:c>
+      <x:c r="FW36" s="3" t="n">
+        <x:v>16337</x:v>
+      </x:c>
+      <x:c r="FX36" s="3" t="n">
+        <x:v>18331</x:v>
+      </x:c>
+      <x:c r="FY36" s="3" t="n">
+        <x:v>15425</x:v>
+      </x:c>
+      <x:c r="FZ36" s="3" t="n">
+        <x:v>14474</x:v>
+      </x:c>
+      <x:c r="GA36" s="3" t="n">
+        <x:v>16187</x:v>
+      </x:c>
+      <x:c r="GB36" s="3" t="n">
+        <x:v>18245</x:v>
+      </x:c>
+      <x:c r="GC36" s="3" t="n">
+        <x:v>15153</x:v>
+      </x:c>
+      <x:c r="GD36" s="3" t="n">
+        <x:v>14507</x:v>
+      </x:c>
+      <x:c r="GE36" s="3" t="n">
+        <x:v>16528</x:v>
+      </x:c>
+      <x:c r="GF36" s="3" t="n">
+        <x:v>18620</x:v>
+      </x:c>
+      <x:c r="GG36" s="3" t="n">
+        <x:v>15447</x:v>
+      </x:c>
+      <x:c r="GH36" s="3" t="n">
+        <x:v>15173</x:v>
+      </x:c>
+      <x:c r="GI36" s="3" t="n">
+        <x:v>17088</x:v>
+      </x:c>
+      <x:c r="GJ36" s="3" t="n">
+        <x:v>19510</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:192">
+      <x:c r="A37" s="2" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="B37" s="3" t="n">
+        <x:v>3328</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="n">
+        <x:v>3307</x:v>
+      </x:c>
+      <x:c r="D37" s="3" t="n">
+        <x:v>3017</x:v>
+      </x:c>
+      <x:c r="E37" s="3" t="n">
+        <x:v>3481</x:v>
+      </x:c>
+      <x:c r="F37" s="3" t="n">
+        <x:v>3689</x:v>
+      </x:c>
+      <x:c r="G37" s="3" t="n">
+        <x:v>3381</x:v>
+      </x:c>
+      <x:c r="H37" s="3" t="n">
+        <x:v>3185</x:v>
+      </x:c>
+      <x:c r="I37" s="3" t="n">
+        <x:v>3621</x:v>
+      </x:c>
+      <x:c r="J37" s="3" t="n">
+        <x:v>3900</x:v>
+      </x:c>
+      <x:c r="K37" s="3" t="n">
+        <x:v>3565</x:v>
+      </x:c>
+      <x:c r="L37" s="3" t="n">
+        <x:v>3389</x:v>
+      </x:c>
+      <x:c r="M37" s="3" t="n">
+        <x:v>3858</x:v>
+      </x:c>
+      <x:c r="N37" s="3" t="n">
+        <x:v>3930</x:v>
+      </x:c>
+      <x:c r="O37" s="3" t="n">
+        <x:v>3595</x:v>
+      </x:c>
+      <x:c r="P37" s="3" t="n">
+        <x:v>3417</x:v>
+      </x:c>
+      <x:c r="Q37" s="3" t="n">
+        <x:v>3838</x:v>
+      </x:c>
+      <x:c r="R37" s="3" t="n">
+        <x:v>3862</x:v>
+      </x:c>
+      <x:c r="S37" s="3" t="n">
+        <x:v>3579</x:v>
+      </x:c>
+      <x:c r="T37" s="3" t="n">
+        <x:v>3368</x:v>
+      </x:c>
+      <x:c r="U37" s="3" t="n">
+        <x:v>3856</x:v>
+      </x:c>
+      <x:c r="V37" s="3" t="n">
+        <x:v>4257</x:v>
+      </x:c>
+      <x:c r="W37" s="3" t="n">
+        <x:v>4124</x:v>
+      </x:c>
+      <x:c r="X37" s="3" t="n">
+        <x:v>3862</x:v>
+      </x:c>
+      <x:c r="Y37" s="3" t="n">
+        <x:v>4367</x:v>
+      </x:c>
+      <x:c r="Z37" s="3" t="n">
         <x:v>4673</x:v>
       </x:c>
-      <x:c r="EQ27" s="3" t="n">
-[...65 lines deleted...]
-      <x:c r="FM27" s="3" t="n">
+      <x:c r="AA37" s="3" t="n">
+        <x:v>4310</x:v>
+      </x:c>
+      <x:c r="AB37" s="3" t="n">
+        <x:v>4169</x:v>
+      </x:c>
+      <x:c r="AC37" s="3" t="n">
+        <x:v>4786</x:v>
+      </x:c>
+      <x:c r="AD37" s="3" t="n">
+        <x:v>5261</x:v>
+      </x:c>
+      <x:c r="AE37" s="3" t="n">
+        <x:v>4820</x:v>
+      </x:c>
+      <x:c r="AF37" s="3" t="n">
+        <x:v>4689</x:v>
+      </x:c>
+      <x:c r="AG37" s="3" t="n">
+        <x:v>5295</x:v>
+      </x:c>
+      <x:c r="AH37" s="3" t="n">
+        <x:v>5221</x:v>
+      </x:c>
+      <x:c r="AI37" s="3" t="n">
+        <x:v>5416</x:v>
+      </x:c>
+      <x:c r="AJ37" s="3" t="n">
+        <x:v>5013</x:v>
+      </x:c>
+      <x:c r="AK37" s="3" t="n">
+        <x:v>5603</x:v>
+      </x:c>
+      <x:c r="AL37" s="3" t="n">
+        <x:v>5903</x:v>
+      </x:c>
+      <x:c r="AM37" s="3" t="n">
+        <x:v>5741</x:v>
+      </x:c>
+      <x:c r="AN37" s="3" t="n">
+        <x:v>5358</x:v>
+      </x:c>
+      <x:c r="AO37" s="3" t="n">
+        <x:v>6205</x:v>
+      </x:c>
+      <x:c r="AP37" s="3" t="n">
+        <x:v>6298</x:v>
+      </x:c>
+      <x:c r="AQ37" s="3" t="n">
+        <x:v>5928</x:v>
+      </x:c>
+      <x:c r="AR37" s="3" t="n">
+        <x:v>5544</x:v>
+      </x:c>
+      <x:c r="AS37" s="3" t="n">
+        <x:v>6248</x:v>
+      </x:c>
+      <x:c r="AT37" s="3" t="n">
+        <x:v>6360</x:v>
+      </x:c>
+      <x:c r="AU37" s="3" t="n">
+        <x:v>6247</x:v>
+      </x:c>
+      <x:c r="AV37" s="3" t="n">
+        <x:v>5657</x:v>
+      </x:c>
+      <x:c r="AW37" s="3" t="n">
+        <x:v>6407</x:v>
+      </x:c>
+      <x:c r="AX37" s="3" t="n">
+        <x:v>6861</x:v>
+      </x:c>
+      <x:c r="AY37" s="3" t="n">
+        <x:v>6254</x:v>
+      </x:c>
+      <x:c r="AZ37" s="3" t="n">
+        <x:v>6048</x:v>
+      </x:c>
+      <x:c r="BA37" s="3" t="n">
+        <x:v>6815</x:v>
+      </x:c>
+      <x:c r="BB37" s="3" t="n">
+        <x:v>7284</x:v>
+      </x:c>
+      <x:c r="BC37" s="3" t="n">
+        <x:v>7191</x:v>
+      </x:c>
+      <x:c r="BD37" s="3" t="n">
+        <x:v>6801</x:v>
+      </x:c>
+      <x:c r="BE37" s="3" t="n">
+        <x:v>7465</x:v>
+      </x:c>
+      <x:c r="BF37" s="3" t="n">
+        <x:v>7849</x:v>
+      </x:c>
+      <x:c r="BG37" s="3" t="n">
+        <x:v>7353</x:v>
+      </x:c>
+      <x:c r="BH37" s="3" t="n">
+        <x:v>7192</x:v>
+      </x:c>
+      <x:c r="BI37" s="3" t="n">
+        <x:v>7891</x:v>
+      </x:c>
+      <x:c r="BJ37" s="3" t="n">
+        <x:v>8194</x:v>
+      </x:c>
+      <x:c r="BK37" s="3" t="n">
+        <x:v>7765</x:v>
+      </x:c>
+      <x:c r="BL37" s="3" t="n">
+        <x:v>7639</x:v>
+      </x:c>
+      <x:c r="BM37" s="3" t="n">
+        <x:v>8528</x:v>
+      </x:c>
+      <x:c r="BN37" s="3" t="n">
+        <x:v>8917</x:v>
+      </x:c>
+      <x:c r="BO37" s="3" t="n">
+        <x:v>8747</x:v>
+      </x:c>
+      <x:c r="BP37" s="3" t="n">
+        <x:v>8365</x:v>
+      </x:c>
+      <x:c r="BQ37" s="3" t="n">
+        <x:v>9312</x:v>
+      </x:c>
+      <x:c r="BR37" s="3" t="n">
+        <x:v>9484</x:v>
+      </x:c>
+      <x:c r="BS37" s="3" t="n">
+        <x:v>8886</x:v>
+      </x:c>
+      <x:c r="BT37" s="3" t="n">
+        <x:v>8645</x:v>
+      </x:c>
+      <x:c r="BU37" s="3" t="n">
+        <x:v>9784</x:v>
+      </x:c>
+      <x:c r="BV37" s="3" t="n">
+        <x:v>10088</x:v>
+      </x:c>
+      <x:c r="BW37" s="3" t="n">
+        <x:v>9458</x:v>
+      </x:c>
+      <x:c r="BX37" s="3" t="n">
+        <x:v>9359</x:v>
+      </x:c>
+      <x:c r="BY37" s="3" t="n">
+        <x:v>10432</x:v>
+      </x:c>
+      <x:c r="BZ37" s="3" t="n">
+        <x:v>10552</x:v>
+      </x:c>
+      <x:c r="CA37" s="3" t="n">
+        <x:v>11027</x:v>
+      </x:c>
+      <x:c r="CB37" s="3" t="n">
+        <x:v>10501</x:v>
+      </x:c>
+      <x:c r="CC37" s="3" t="n">
+        <x:v>11742</x:v>
+      </x:c>
+      <x:c r="CD37" s="3" t="n">
+        <x:v>12502</x:v>
+      </x:c>
+      <x:c r="CE37" s="3" t="n">
+        <x:v>12109</x:v>
+      </x:c>
+      <x:c r="CF37" s="3" t="n">
+        <x:v>11775</x:v>
+      </x:c>
+      <x:c r="CG37" s="3" t="n">
+        <x:v>13147</x:v>
+      </x:c>
+      <x:c r="CH37" s="3" t="n">
+        <x:v>14058</x:v>
+      </x:c>
+      <x:c r="CI37" s="3" t="n">
+        <x:v>13897</x:v>
+      </x:c>
+      <x:c r="CJ37" s="3" t="n">
+        <x:v>13380</x:v>
+      </x:c>
+      <x:c r="CK37" s="3" t="n">
+        <x:v>14908</x:v>
+      </x:c>
+      <x:c r="CL37" s="3" t="n">
+        <x:v>15594</x:v>
+      </x:c>
+      <x:c r="CM37" s="3" t="n">
+        <x:v>14568</x:v>
+      </x:c>
+      <x:c r="CN37" s="3" t="n">
+        <x:v>14071</x:v>
+      </x:c>
+      <x:c r="CO37" s="3" t="n">
+        <x:v>15819</x:v>
+      </x:c>
+      <x:c r="CP37" s="3" t="n">
+        <x:v>17010</x:v>
+      </x:c>
+      <x:c r="CQ37" s="3" t="n">
+        <x:v>16006</x:v>
+      </x:c>
+      <x:c r="CR37" s="3" t="n">
+        <x:v>15551</x:v>
+      </x:c>
+      <x:c r="CS37" s="3" t="n">
+        <x:v>17133</x:v>
+      </x:c>
+      <x:c r="CT37" s="3" t="n">
+        <x:v>17067</x:v>
+      </x:c>
+      <x:c r="CU37" s="3" t="n">
+        <x:v>17347</x:v>
+      </x:c>
+      <x:c r="CV37" s="3" t="n">
+        <x:v>16220</x:v>
+      </x:c>
+      <x:c r="CW37" s="3" t="n">
+        <x:v>17526</x:v>
+      </x:c>
+      <x:c r="CX37" s="3" t="n">
+        <x:v>18351</x:v>
+      </x:c>
+      <x:c r="CY37" s="3" t="n">
+        <x:v>17255</x:v>
+      </x:c>
+      <x:c r="CZ37" s="3" t="n">
+        <x:v>17076</x:v>
+      </x:c>
+      <x:c r="DA37" s="3" t="n">
+        <x:v>18754</x:v>
+      </x:c>
+      <x:c r="DB37" s="3" t="n">
+        <x:v>20756</x:v>
+      </x:c>
+      <x:c r="DC37" s="3" t="n">
+        <x:v>19553</x:v>
+      </x:c>
+      <x:c r="DD37" s="3" t="n">
+        <x:v>19449</x:v>
+      </x:c>
+      <x:c r="DE37" s="3" t="n">
+        <x:v>21459</x:v>
+      </x:c>
+      <x:c r="DF37" s="3" t="n">
+        <x:v>20696</x:v>
+      </x:c>
+      <x:c r="DG37" s="3" t="n">
+        <x:v>21984</x:v>
+      </x:c>
+      <x:c r="DH37" s="3" t="n">
+        <x:v>20623</x:v>
+      </x:c>
+      <x:c r="DI37" s="3" t="n">
+        <x:v>23752</x:v>
+      </x:c>
+      <x:c r="DJ37" s="3" t="n">
+        <x:v>21989</x:v>
+      </x:c>
+      <x:c r="DK37" s="3" t="n">
+        <x:v>21659</x:v>
+      </x:c>
+      <x:c r="DL37" s="3" t="n">
+        <x:v>21383</x:v>
+      </x:c>
+      <x:c r="DM37" s="3" t="n">
+        <x:v>25692</x:v>
+      </x:c>
+      <x:c r="DN37" s="3" t="n">
+        <x:v>24246</x:v>
+      </x:c>
+      <x:c r="DO37" s="3" t="n">
+        <x:v>23973</x:v>
+      </x:c>
+      <x:c r="DP37" s="3" t="n">
+        <x:v>23581</x:v>
+      </x:c>
+      <x:c r="DQ37" s="3" t="n">
+        <x:v>27372</x:v>
+      </x:c>
+      <x:c r="DR37" s="3" t="n">
+        <x:v>25355</x:v>
+      </x:c>
+      <x:c r="DS37" s="3" t="n">
+        <x:v>26031</x:v>
+      </x:c>
+      <x:c r="DT37" s="3" t="n">
+        <x:v>24145</x:v>
+      </x:c>
+      <x:c r="DU37" s="3" t="n">
+        <x:v>28717</x:v>
+      </x:c>
+      <x:c r="DV37" s="3" t="n">
+        <x:v>27775</x:v>
+      </x:c>
+      <x:c r="DW37" s="3" t="n">
+        <x:v>25886</x:v>
+      </x:c>
+      <x:c r="DX37" s="3" t="n">
+        <x:v>24607</x:v>
+      </x:c>
+      <x:c r="DY37" s="3" t="n">
+        <x:v>28558</x:v>
+      </x:c>
+      <x:c r="DZ37" s="3" t="n">
+        <x:v>29794</x:v>
+      </x:c>
+      <x:c r="EA37" s="3" t="n">
+        <x:v>28768</x:v>
+      </x:c>
+      <x:c r="EB37" s="3" t="n">
+        <x:v>26712</x:v>
+      </x:c>
+      <x:c r="EC37" s="3" t="n">
+        <x:v>32209</x:v>
+      </x:c>
+      <x:c r="ED37" s="3" t="n">
+        <x:v>30723</x:v>
+      </x:c>
+      <x:c r="EE37" s="3" t="n">
+        <x:v>29255</x:v>
+      </x:c>
+      <x:c r="EF37" s="3" t="n">
+        <x:v>27738</x:v>
+      </x:c>
+      <x:c r="EG37" s="3" t="n">
+        <x:v>33155</x:v>
+      </x:c>
+      <x:c r="EH37" s="3" t="n">
+        <x:v>31923</x:v>
+      </x:c>
+      <x:c r="EI37" s="3" t="n">
+        <x:v>30076</x:v>
+      </x:c>
+      <x:c r="EJ37" s="3" t="n">
+        <x:v>28553</x:v>
+      </x:c>
+      <x:c r="EK37" s="3" t="n">
+        <x:v>34147</x:v>
+      </x:c>
+      <x:c r="EL37" s="3" t="n">
+        <x:v>31486</x:v>
+      </x:c>
+      <x:c r="EM37" s="3" t="n">
+        <x:v>32329</x:v>
+      </x:c>
+      <x:c r="EN37" s="3" t="n">
+        <x:v>29427</x:v>
+      </x:c>
+      <x:c r="EO37" s="3" t="n">
+        <x:v>35435</x:v>
+      </x:c>
+      <x:c r="EP37" s="3" t="n">
+        <x:v>33064</x:v>
+      </x:c>
+      <x:c r="EQ37" s="3" t="n">
+        <x:v>31687</x:v>
+      </x:c>
+      <x:c r="ER37" s="3" t="n">
+        <x:v>30117</x:v>
+      </x:c>
+      <x:c r="ES37" s="3" t="n">
+        <x:v>35724</x:v>
+      </x:c>
+      <x:c r="ET37" s="3" t="n">
+        <x:v>34035</x:v>
+      </x:c>
+      <x:c r="EU37" s="3" t="n">
+        <x:v>33311</x:v>
+      </x:c>
+      <x:c r="EV37" s="3" t="n">
+        <x:v>30973</x:v>
+      </x:c>
+      <x:c r="EW37" s="3" t="n">
+        <x:v>36711</x:v>
+      </x:c>
+      <x:c r="EX37" s="3" t="n">
+        <x:v>34468</x:v>
+      </x:c>
+      <x:c r="EY37" s="3" t="n">
+        <x:v>35302</x:v>
+      </x:c>
+      <x:c r="EZ37" s="3" t="n">
+        <x:v>31495</x:v>
+      </x:c>
+      <x:c r="FA37" s="3" t="n">
+        <x:v>36770</x:v>
+      </x:c>
+      <x:c r="FB37" s="3" t="n">
+        <x:v>38007</x:v>
+      </x:c>
+      <x:c r="FC37" s="3" t="n">
+        <x:v>33334</x:v>
+      </x:c>
+      <x:c r="FD37" s="3" t="n">
+        <x:v>32283</x:v>
+      </x:c>
+      <x:c r="FE37" s="3" t="n">
+        <x:v>38480</x:v>
+      </x:c>
+      <x:c r="FF37" s="3" t="n">
+        <x:v>38504</x:v>
+      </x:c>
+      <x:c r="FG37" s="3" t="n">
+        <x:v>38552</x:v>
+      </x:c>
+      <x:c r="FH37" s="3" t="n">
+        <x:v>35177</x:v>
+      </x:c>
+      <x:c r="FI37" s="3" t="n">
+        <x:v>41583</x:v>
+      </x:c>
+      <x:c r="FJ37" s="3" t="n">
+        <x:v>42624</x:v>
+      </x:c>
+      <x:c r="FK37" s="3" t="n">
+        <x:v>38538</x:v>
+      </x:c>
+      <x:c r="FL37" s="3" t="n">
+        <x:v>37837</x:v>
+      </x:c>
+      <x:c r="FM37" s="3" t="n">
+        <x:v>43626</x:v>
+      </x:c>
+      <x:c r="FN37" s="3" t="n">
+        <x:v>43349</x:v>
+      </x:c>
+      <x:c r="FO37" s="3" t="n">
+        <x:v>38014</x:v>
+      </x:c>
+      <x:c r="FP37" s="3" t="n">
+        <x:v>36901</x:v>
+      </x:c>
+      <x:c r="FQ37" s="3" t="n">
+        <x:v>43345</x:v>
+      </x:c>
+      <x:c r="FR37" s="3" t="n">
+        <x:v>43005</x:v>
+      </x:c>
+      <x:c r="FS37" s="3" t="n">
+        <x:v>41026</x:v>
+      </x:c>
+      <x:c r="FT37" s="3" t="n">
+        <x:v>38928</x:v>
+      </x:c>
+      <x:c r="FU37" s="3" t="n">
+        <x:v>45963</x:v>
+      </x:c>
+      <x:c r="FV37" s="3" t="n">
+        <x:v>45575</x:v>
+      </x:c>
+      <x:c r="FW37" s="3" t="n">
+        <x:v>41336</x:v>
+      </x:c>
+      <x:c r="FX37" s="3" t="n">
+        <x:v>40504</x:v>
+      </x:c>
+      <x:c r="FY37" s="3" t="n">
+        <x:v>47911</x:v>
+      </x:c>
+      <x:c r="FZ37" s="3" t="n">
+        <x:v>51253</x:v>
+      </x:c>
+      <x:c r="GA37" s="3" t="n">
+        <x:v>45427</x:v>
+      </x:c>
+      <x:c r="GB37" s="3" t="n">
+        <x:v>44347</x:v>
+      </x:c>
+      <x:c r="GC37" s="3" t="n">
+        <x:v>51731</x:v>
+      </x:c>
+      <x:c r="GD37" s="3" t="n">
+        <x:v>49243</x:v>
+      </x:c>
+      <x:c r="GE37" s="3" t="n">
+        <x:v>48024</x:v>
+      </x:c>
+      <x:c r="GF37" s="3" t="n">
+        <x:v>44104</x:v>
+      </x:c>
+      <x:c r="GG37" s="3" t="n">
+        <x:v>50299</x:v>
+      </x:c>
+      <x:c r="GH37" s="3" t="n">
+        <x:v>50299</x:v>
+      </x:c>
+      <x:c r="GI37" s="3" t="n">
+        <x:v>45649</x:v>
+      </x:c>
+      <x:c r="GJ37" s="3" t="n">
+        <x:v>43339</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:192">
+      <x:c r="A38" s="2" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="B38" s="3" t="n">
+        <x:v>12829</x:v>
+      </x:c>
+      <x:c r="C38" s="3" t="n">
+        <x:v>12785</x:v>
+      </x:c>
+      <x:c r="D38" s="3" t="n">
+        <x:v>13548</x:v>
+      </x:c>
+      <x:c r="E38" s="3" t="n">
+        <x:v>13640</x:v>
+      </x:c>
+      <x:c r="F38" s="3" t="n">
+        <x:v>13400</x:v>
+      </x:c>
+      <x:c r="G38" s="3" t="n">
+        <x:v>12434</x:v>
+      </x:c>
+      <x:c r="H38" s="3" t="n">
+        <x:v>11865</x:v>
+      </x:c>
+      <x:c r="I38" s="3" t="n">
+        <x:v>11800</x:v>
+      </x:c>
+      <x:c r="J38" s="3" t="n">
+        <x:v>12967</x:v>
+      </x:c>
+      <x:c r="K38" s="3" t="n">
+        <x:v>11462</x:v>
+      </x:c>
+      <x:c r="L38" s="3" t="n">
+        <x:v>12125</x:v>
+      </x:c>
+      <x:c r="M38" s="3" t="n">
+        <x:v>12589</x:v>
+      </x:c>
+      <x:c r="N38" s="3" t="n">
+        <x:v>14881</x:v>
+      </x:c>
+      <x:c r="O38" s="3" t="n">
+        <x:v>13339</x:v>
+      </x:c>
+      <x:c r="P38" s="3" t="n">
+        <x:v>13132</x:v>
+      </x:c>
+      <x:c r="Q38" s="3" t="n">
+        <x:v>12986</x:v>
+      </x:c>
+      <x:c r="R38" s="3" t="n">
+        <x:v>14072</x:v>
+      </x:c>
+      <x:c r="S38" s="3" t="n">
+        <x:v>13749</x:v>
+      </x:c>
+      <x:c r="T38" s="3" t="n">
+        <x:v>13197</x:v>
+      </x:c>
+      <x:c r="U38" s="3" t="n">
+        <x:v>13886</x:v>
+      </x:c>
+      <x:c r="V38" s="3" t="n">
+        <x:v>13301</x:v>
+      </x:c>
+      <x:c r="W38" s="3" t="n">
+        <x:v>13378</x:v>
+      </x:c>
+      <x:c r="X38" s="3" t="n">
+        <x:v>13665</x:v>
+      </x:c>
+      <x:c r="Y38" s="3" t="n">
+        <x:v>14051</x:v>
+      </x:c>
+      <x:c r="Z38" s="3" t="n">
+        <x:v>13360</x:v>
+      </x:c>
+      <x:c r="AA38" s="3" t="n">
+        <x:v>12740</x:v>
+      </x:c>
+      <x:c r="AB38" s="3" t="n">
+        <x:v>14567</x:v>
+      </x:c>
+      <x:c r="AC38" s="3" t="n">
+        <x:v>15991</x:v>
+      </x:c>
+      <x:c r="AD38" s="3" t="n">
+        <x:v>16480</x:v>
+      </x:c>
+      <x:c r="AE38" s="3" t="n">
+        <x:v>13819</x:v>
+      </x:c>
+      <x:c r="AF38" s="3" t="n">
+        <x:v>15460</x:v>
+      </x:c>
+      <x:c r="AG38" s="3" t="n">
+        <x:v>15002</x:v>
+      </x:c>
+      <x:c r="AH38" s="3" t="n">
+        <x:v>17601</x:v>
+      </x:c>
+      <x:c r="AI38" s="3" t="n">
+        <x:v>16630</x:v>
+      </x:c>
+      <x:c r="AJ38" s="3" t="n">
+        <x:v>16828</x:v>
+      </x:c>
+      <x:c r="AK38" s="3" t="n">
+        <x:v>16856</x:v>
+      </x:c>
+      <x:c r="AL38" s="3" t="n">
+        <x:v>18057</x:v>
+      </x:c>
+      <x:c r="AM38" s="3" t="n">
+        <x:v>17147</x:v>
+      </x:c>
+      <x:c r="AN38" s="3" t="n">
+        <x:v>17326</x:v>
+      </x:c>
+      <x:c r="AO38" s="3" t="n">
+        <x:v>17950</x:v>
+      </x:c>
+      <x:c r="AP38" s="3" t="n">
+        <x:v>17870</x:v>
+      </x:c>
+      <x:c r="AQ38" s="3" t="n">
+        <x:v>18300</x:v>
+      </x:c>
+      <x:c r="AR38" s="3" t="n">
+        <x:v>17222</x:v>
+      </x:c>
+      <x:c r="AS38" s="3" t="n">
+        <x:v>16808</x:v>
+      </x:c>
+      <x:c r="AT38" s="3" t="n">
+        <x:v>15907</x:v>
+      </x:c>
+      <x:c r="AU38" s="3" t="n">
+        <x:v>18313</x:v>
+      </x:c>
+      <x:c r="AV38" s="3" t="n">
+        <x:v>15038</x:v>
+      </x:c>
+      <x:c r="AW38" s="3" t="n">
+        <x:v>15788</x:v>
+      </x:c>
+      <x:c r="AX38" s="3" t="n">
+        <x:v>15445</x:v>
+      </x:c>
+      <x:c r="AY38" s="3" t="n">
+        <x:v>17100</x:v>
+      </x:c>
+      <x:c r="AZ38" s="3" t="n">
+        <x:v>14921</x:v>
+      </x:c>
+      <x:c r="BA38" s="3" t="n">
+        <x:v>14160</x:v>
+      </x:c>
+      <x:c r="BB38" s="3" t="n">
+        <x:v>15181</x:v>
+      </x:c>
+      <x:c r="BC38" s="3" t="n">
+        <x:v>17724</x:v>
+      </x:c>
+      <x:c r="BD38" s="3" t="n">
+        <x:v>15645</x:v>
+      </x:c>
+      <x:c r="BE38" s="3" t="n">
+        <x:v>13147</x:v>
+      </x:c>
+      <x:c r="BF38" s="3" t="n">
+        <x:v>19226</x:v>
+      </x:c>
+      <x:c r="BG38" s="3" t="n">
+        <x:v>16760</x:v>
+      </x:c>
+      <x:c r="BH38" s="3" t="n">
+        <x:v>18524</x:v>
+      </x:c>
+      <x:c r="BI38" s="3" t="n">
+        <x:v>14913</x:v>
+      </x:c>
+      <x:c r="BJ38" s="3" t="n">
+        <x:v>16093</x:v>
+      </x:c>
+      <x:c r="BK38" s="3" t="n">
+        <x:v>16262</x:v>
+      </x:c>
+      <x:c r="BL38" s="3" t="n">
+        <x:v>17283</x:v>
+      </x:c>
+      <x:c r="BM38" s="3" t="n">
+        <x:v>20395</x:v>
+      </x:c>
+      <x:c r="BN38" s="3" t="n">
+        <x:v>18174</x:v>
+      </x:c>
+      <x:c r="BO38" s="3" t="n">
+        <x:v>18281</x:v>
+      </x:c>
+      <x:c r="BP38" s="3" t="n">
+        <x:v>17733</x:v>
+      </x:c>
+      <x:c r="BQ38" s="3" t="n">
+        <x:v>19061</x:v>
+      </x:c>
+      <x:c r="BR38" s="3" t="n">
+        <x:v>19297</x:v>
+      </x:c>
+      <x:c r="BS38" s="3" t="n">
+        <x:v>18559</x:v>
+      </x:c>
+      <x:c r="BT38" s="3" t="n">
+        <x:v>19592</x:v>
+      </x:c>
+      <x:c r="BU38" s="3" t="n">
+        <x:v>16587</x:v>
+      </x:c>
+      <x:c r="BV38" s="3" t="n">
+        <x:v>15817</x:v>
+      </x:c>
+      <x:c r="BW38" s="3" t="n">
+        <x:v>16815</x:v>
+      </x:c>
+      <x:c r="BX38" s="3" t="n">
+        <x:v>16613</x:v>
+      </x:c>
+      <x:c r="BY38" s="3" t="n">
+        <x:v>15651</x:v>
+      </x:c>
+      <x:c r="BZ38" s="3" t="n">
+        <x:v>13577</x:v>
+      </x:c>
+      <x:c r="CA38" s="3" t="n">
+        <x:v>17736</x:v>
+      </x:c>
+      <x:c r="CB38" s="3" t="n">
+        <x:v>17116</x:v>
+      </x:c>
+      <x:c r="CC38" s="3" t="n">
+        <x:v>19208</x:v>
+      </x:c>
+      <x:c r="CD38" s="3" t="n">
+        <x:v>18356</x:v>
+      </x:c>
+      <x:c r="CE38" s="3" t="n">
+        <x:v>18308</x:v>
+      </x:c>
+      <x:c r="CF38" s="3" t="n">
+        <x:v>17102</x:v>
+      </x:c>
+      <x:c r="CG38" s="3" t="n">
+        <x:v>17062</x:v>
+      </x:c>
+      <x:c r="CH38" s="3" t="n">
+        <x:v>18639</x:v>
+      </x:c>
+      <x:c r="CI38" s="3" t="n">
+        <x:v>18636</x:v>
+      </x:c>
+      <x:c r="CJ38" s="3" t="n">
+        <x:v>19920</x:v>
+      </x:c>
+      <x:c r="CK38" s="3" t="n">
+        <x:v>17680</x:v>
+      </x:c>
+      <x:c r="CL38" s="3" t="n">
+        <x:v>20332</x:v>
+      </x:c>
+      <x:c r="CM38" s="3" t="n">
+        <x:v>20174</x:v>
+      </x:c>
+      <x:c r="CN38" s="3" t="n">
+        <x:v>21713</x:v>
+      </x:c>
+      <x:c r="CO38" s="3" t="n">
+        <x:v>19402</x:v>
+      </x:c>
+      <x:c r="CP38" s="3" t="n">
+        <x:v>21532</x:v>
+      </x:c>
+      <x:c r="CQ38" s="3" t="n">
+        <x:v>22030</x:v>
+      </x:c>
+      <x:c r="CR38" s="3" t="n">
+        <x:v>22876</x:v>
+      </x:c>
+      <x:c r="CS38" s="3" t="n">
+        <x:v>21998</x:v>
+      </x:c>
+      <x:c r="CT38" s="3" t="n">
+        <x:v>22841</x:v>
+      </x:c>
+      <x:c r="CU38" s="3" t="n">
+        <x:v>23416</x:v>
+      </x:c>
+      <x:c r="CV38" s="3" t="n">
+        <x:v>22121</x:v>
+      </x:c>
+      <x:c r="CW38" s="3" t="n">
+        <x:v>21483</x:v>
+      </x:c>
+      <x:c r="CX38" s="3" t="n">
+        <x:v>24262</x:v>
+      </x:c>
+      <x:c r="CY38" s="3" t="n">
+        <x:v>25642</x:v>
+      </x:c>
+      <x:c r="CZ38" s="3" t="n">
+        <x:v>26046</x:v>
+      </x:c>
+      <x:c r="DA38" s="3" t="n">
+        <x:v>24224</x:v>
+      </x:c>
+      <x:c r="DB38" s="3" t="n">
+        <x:v>27188</x:v>
+      </x:c>
+      <x:c r="DC38" s="3" t="n">
+        <x:v>27638</x:v>
+      </x:c>
+      <x:c r="DD38" s="3" t="n">
+        <x:v>27374</x:v>
+      </x:c>
+      <x:c r="DE38" s="3" t="n">
+        <x:v>26421</x:v>
+      </x:c>
+      <x:c r="DF38" s="3" t="n">
+        <x:v>27657</x:v>
+      </x:c>
+      <x:c r="DG38" s="3" t="n">
+        <x:v>28874</x:v>
+      </x:c>
+      <x:c r="DH38" s="3" t="n">
+        <x:v>30189</x:v>
+      </x:c>
+      <x:c r="DI38" s="3" t="n">
+        <x:v>31079</x:v>
+      </x:c>
+      <x:c r="DJ38" s="3" t="n">
+        <x:v>30572</x:v>
+      </x:c>
+      <x:c r="DK38" s="3" t="n">
+        <x:v>31430</x:v>
+      </x:c>
+      <x:c r="DL38" s="3" t="n">
+        <x:v>32700</x:v>
+      </x:c>
+      <x:c r="DM38" s="3" t="n">
+        <x:v>34375</x:v>
+      </x:c>
+      <x:c r="DN38" s="3" t="n">
+        <x:v>34342</x:v>
+      </x:c>
+      <x:c r="DO38" s="3" t="n">
+        <x:v>33287</x:v>
+      </x:c>
+      <x:c r="DP38" s="3" t="n">
+        <x:v>35793</x:v>
+      </x:c>
+      <x:c r="DQ38" s="3" t="n">
+        <x:v>36381</x:v>
+      </x:c>
+      <x:c r="DR38" s="3" t="n">
+        <x:v>32836</x:v>
+      </x:c>
+      <x:c r="DS38" s="3" t="n">
+        <x:v>34830</x:v>
+      </x:c>
+      <x:c r="DT38" s="3" t="n">
+        <x:v>34645</x:v>
+      </x:c>
+      <x:c r="DU38" s="3" t="n">
+        <x:v>37928</x:v>
+      </x:c>
+      <x:c r="DV38" s="3" t="n">
+        <x:v>36189</x:v>
+      </x:c>
+      <x:c r="DW38" s="3" t="n">
+        <x:v>35714</x:v>
+      </x:c>
+      <x:c r="DX38" s="3" t="n">
+        <x:v>35261</x:v>
+      </x:c>
+      <x:c r="DY38" s="3" t="n">
+        <x:v>36397</x:v>
+      </x:c>
+      <x:c r="DZ38" s="3" t="n">
+        <x:v>33962</x:v>
+      </x:c>
+      <x:c r="EA38" s="3" t="n">
+        <x:v>34351</x:v>
+      </x:c>
+      <x:c r="EB38" s="3" t="n">
+        <x:v>34476</x:v>
+      </x:c>
+      <x:c r="EC38" s="3" t="n">
+        <x:v>34926</x:v>
+      </x:c>
+      <x:c r="ED38" s="3" t="n">
+        <x:v>32183</x:v>
+      </x:c>
+      <x:c r="EE38" s="3" t="n">
+        <x:v>32578</x:v>
+      </x:c>
+      <x:c r="EF38" s="3" t="n">
+        <x:v>33110</x:v>
+      </x:c>
+      <x:c r="EG38" s="3" t="n">
+        <x:v>34476</x:v>
+      </x:c>
+      <x:c r="EH38" s="3" t="n">
+        <x:v>34596</x:v>
+      </x:c>
+      <x:c r="EI38" s="3" t="n">
+        <x:v>34038</x:v>
+      </x:c>
+      <x:c r="EJ38" s="3" t="n">
+        <x:v>33384</x:v>
+      </x:c>
+      <x:c r="EK38" s="3" t="n">
+        <x:v>35209</x:v>
+      </x:c>
+      <x:c r="EL38" s="3" t="n">
+        <x:v>34752</x:v>
+      </x:c>
+      <x:c r="EM38" s="3" t="n">
+        <x:v>35835</x:v>
+      </x:c>
+      <x:c r="EN38" s="3" t="n">
+        <x:v>36155</x:v>
+      </x:c>
+      <x:c r="EO38" s="3" t="n">
+        <x:v>36717</x:v>
+      </x:c>
+      <x:c r="EP38" s="3" t="n">
+        <x:v>36943</x:v>
+      </x:c>
+      <x:c r="EQ38" s="3" t="n">
+        <x:v>36919</x:v>
+      </x:c>
+      <x:c r="ER38" s="3" t="n">
+        <x:v>37628</x:v>
+      </x:c>
+      <x:c r="ES38" s="3" t="n">
+        <x:v>38221</x:v>
+      </x:c>
+      <x:c r="ET38" s="3" t="n">
+        <x:v>39345</x:v>
+      </x:c>
+      <x:c r="EU38" s="3" t="n">
+        <x:v>39036</x:v>
+      </x:c>
+      <x:c r="EV38" s="3" t="n">
+        <x:v>40073</x:v>
+      </x:c>
+      <x:c r="EW38" s="3" t="n">
+        <x:v>41624</x:v>
+      </x:c>
+      <x:c r="EX38" s="3" t="n">
+        <x:v>40858</x:v>
+      </x:c>
+      <x:c r="EY38" s="3" t="n">
+        <x:v>42266</x:v>
+      </x:c>
+      <x:c r="EZ38" s="3" t="n">
+        <x:v>41940</x:v>
+      </x:c>
+      <x:c r="FA38" s="3" t="n">
+        <x:v>43928</x:v>
+      </x:c>
+      <x:c r="FB38" s="3" t="n">
+        <x:v>43353</x:v>
+      </x:c>
+      <x:c r="FC38" s="3" t="n">
+        <x:v>42957</x:v>
+      </x:c>
+      <x:c r="FD38" s="3" t="n">
+        <x:v>43027</x:v>
+      </x:c>
+      <x:c r="FE38" s="3" t="n">
+        <x:v>44792</x:v>
+      </x:c>
+      <x:c r="FF38" s="3" t="n">
+        <x:v>42215</x:v>
+      </x:c>
+      <x:c r="FG38" s="3" t="n">
+        <x:v>42757</x:v>
+      </x:c>
+      <x:c r="FH38" s="3" t="n">
+        <x:v>41603</x:v>
+      </x:c>
+      <x:c r="FI38" s="3" t="n">
+        <x:v>42879</x:v>
+      </x:c>
+      <x:c r="FJ38" s="3" t="n">
+        <x:v>41536</x:v>
+      </x:c>
+      <x:c r="FK38" s="3" t="n">
+        <x:v>41434</x:v>
+      </x:c>
+      <x:c r="FL38" s="3" t="n">
+        <x:v>42069</x:v>
+      </x:c>
+      <x:c r="FM38" s="3" t="n">
+        <x:v>44014</x:v>
+      </x:c>
+      <x:c r="FN38" s="3" t="n">
+        <x:v>44802</x:v>
+      </x:c>
+      <x:c r="FO38" s="3" t="n">
+        <x:v>45021</x:v>
+      </x:c>
+      <x:c r="FP38" s="3" t="n">
+        <x:v>46148</x:v>
+      </x:c>
+      <x:c r="FQ38" s="3" t="n">
+        <x:v>48615</x:v>
+      </x:c>
+      <x:c r="FR38" s="3" t="n">
+        <x:v>46285</x:v>
+      </x:c>
+      <x:c r="FS38" s="3" t="n">
+        <x:v>46631</x:v>
+      </x:c>
+      <x:c r="FT38" s="3" t="n">
+        <x:v>46428</x:v>
+      </x:c>
+      <x:c r="FU38" s="3" t="n">
+        <x:v>48359</x:v>
+      </x:c>
+      <x:c r="FV38" s="3" t="n">
+        <x:v>46215</x:v>
+      </x:c>
+      <x:c r="FW38" s="3" t="n">
+        <x:v>45701</x:v>
+      </x:c>
+      <x:c r="FX38" s="3" t="n">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="FY38" s="3" t="n">
+        <x:v>47726</x:v>
+      </x:c>
+      <x:c r="FZ38" s="3" t="n">
+        <x:v>46714</x:v>
+      </x:c>
+      <x:c r="GA38" s="3" t="n">
+        <x:v>45947</x:v>
+      </x:c>
+      <x:c r="GB38" s="3" t="n">
+        <x:v>45981</x:v>
+      </x:c>
+      <x:c r="GC38" s="3" t="n">
+        <x:v>47851</x:v>
+      </x:c>
+      <x:c r="GD38" s="3" t="n">
+        <x:v>45930</x:v>
+      </x:c>
+      <x:c r="GE38" s="3" t="n">
+        <x:v>47042</x:v>
+      </x:c>
+      <x:c r="GF38" s="3" t="n">
+        <x:v>46829</x:v>
+      </x:c>
+      <x:c r="GG38" s="3" t="n">
+        <x:v>48728</x:v>
+      </x:c>
+      <x:c r="GH38" s="3" t="n">
+        <x:v>46884</x:v>
+      </x:c>
+      <x:c r="GI38" s="3" t="n">
+        <x:v>47132</x:v>
+      </x:c>
+      <x:c r="GJ38" s="3" t="n">
+        <x:v>47141</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:192">
+      <x:c r="A39" s="2" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="B39" s="3" t="n">
+        <x:v>2296</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="n">
+        <x:v>2526</x:v>
+      </x:c>
+      <x:c r="D39" s="3" t="n">
+        <x:v>2275</x:v>
+      </x:c>
+      <x:c r="E39" s="3" t="n">
+        <x:v>2601</x:v>
+      </x:c>
+      <x:c r="F39" s="3" t="n">
+        <x:v>2584</x:v>
+      </x:c>
+      <x:c r="G39" s="3" t="n">
+        <x:v>2365</x:v>
+      </x:c>
+      <x:c r="H39" s="3" t="n">
+        <x:v>2109</x:v>
+      </x:c>
+      <x:c r="I39" s="3" t="n">
+        <x:v>2392</x:v>
+      </x:c>
+      <x:c r="J39" s="3" t="n">
+        <x:v>2517</x:v>
+      </x:c>
+      <x:c r="K39" s="3" t="n">
+        <x:v>2222</x:v>
+      </x:c>
+      <x:c r="L39" s="3" t="n">
+        <x:v>2108</x:v>
+      </x:c>
+      <x:c r="M39" s="3" t="n">
+        <x:v>2433</x:v>
+      </x:c>
+      <x:c r="N39" s="3" t="n">
+        <x:v>2286</x:v>
+      </x:c>
+      <x:c r="O39" s="3" t="n">
+        <x:v>2052</x:v>
+      </x:c>
+      <x:c r="P39" s="3" t="n">
+        <x:v>1856</x:v>
+      </x:c>
+      <x:c r="Q39" s="3" t="n">
+        <x:v>2135</x:v>
+      </x:c>
+      <x:c r="R39" s="3" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="S39" s="3" t="n">
+        <x:v>1922</x:v>
+      </x:c>
+      <x:c r="T39" s="3" t="n">
+        <x:v>1704</x:v>
+      </x:c>
+      <x:c r="U39" s="3" t="n">
+        <x:v>2113</x:v>
+      </x:c>
+      <x:c r="V39" s="3" t="n">
+        <x:v>1975</x:v>
+      </x:c>
+      <x:c r="W39" s="3" t="n">
+        <x:v>2039</x:v>
+      </x:c>
+      <x:c r="X39" s="3" t="n">
+        <x:v>1803</x:v>
+      </x:c>
+      <x:c r="Y39" s="3" t="n">
+        <x:v>2132</x:v>
+      </x:c>
+      <x:c r="Z39" s="3" t="n">
+        <x:v>2112</x:v>
+      </x:c>
+      <x:c r="AA39" s="3" t="n">
+        <x:v>1870</x:v>
+      </x:c>
+      <x:c r="AB39" s="3" t="n">
+        <x:v>1830</x:v>
+      </x:c>
+      <x:c r="AC39" s="3" t="n">
+        <x:v>2273</x:v>
+      </x:c>
+      <x:c r="AD39" s="3" t="n">
+        <x:v>2386</x:v>
+      </x:c>
+      <x:c r="AE39" s="3" t="n">
+        <x:v>2050</x:v>
+      </x:c>
+      <x:c r="AF39" s="3" t="n">
+        <x:v>2054</x:v>
+      </x:c>
+      <x:c r="AG39" s="3" t="n">
+        <x:v>2349</x:v>
+      </x:c>
+      <x:c r="AH39" s="3" t="n">
+        <x:v>2267</x:v>
+      </x:c>
+      <x:c r="AI39" s="3" t="n">
+        <x:v>2466</x:v>
+      </x:c>
+      <x:c r="AJ39" s="3" t="n">
+        <x:v>2104</x:v>
+      </x:c>
+      <x:c r="AK39" s="3" t="n">
+        <x:v>2457</x:v>
+      </x:c>
+      <x:c r="AL39" s="3" t="n">
+        <x:v>2596</x:v>
+      </x:c>
+      <x:c r="AM39" s="3" t="n">
+        <x:v>2640</x:v>
+      </x:c>
+      <x:c r="AN39" s="3" t="n">
+        <x:v>2236</x:v>
+      </x:c>
+      <x:c r="AO39" s="3" t="n">
+        <x:v>2777</x:v>
+      </x:c>
+      <x:c r="AP39" s="3" t="n">
+        <x:v>2726</x:v>
+      </x:c>
+      <x:c r="AQ39" s="3" t="n">
+        <x:v>2432</x:v>
+      </x:c>
+      <x:c r="AR39" s="3" t="n">
+        <x:v>2219</x:v>
+      </x:c>
+      <x:c r="AS39" s="3" t="n">
+        <x:v>2568</x:v>
+      </x:c>
+      <x:c r="AT39" s="3" t="n">
+        <x:v>2825</x:v>
+      </x:c>
+      <x:c r="AU39" s="3" t="n">
+        <x:v>2770</x:v>
+      </x:c>
+      <x:c r="AV39" s="3" t="n">
+        <x:v>2377</x:v>
+      </x:c>
+      <x:c r="AW39" s="3" t="n">
+        <x:v>2808</x:v>
+      </x:c>
+      <x:c r="AX39" s="3" t="n">
+        <x:v>3144</x:v>
+      </x:c>
+      <x:c r="AY39" s="3" t="n">
+        <x:v>2769</x:v>
+      </x:c>
+      <x:c r="AZ39" s="3" t="n">
+        <x:v>2565</x:v>
+      </x:c>
+      <x:c r="BA39" s="3" t="n">
+        <x:v>2991</x:v>
+      </x:c>
+      <x:c r="BB39" s="3" t="n">
+        <x:v>2968</x:v>
+      </x:c>
+      <x:c r="BC39" s="3" t="n">
+        <x:v>2983</x:v>
+      </x:c>
+      <x:c r="BD39" s="3" t="n">
+        <x:v>2695</x:v>
+      </x:c>
+      <x:c r="BE39" s="3" t="n">
+        <x:v>3034</x:v>
+      </x:c>
+      <x:c r="BF39" s="3" t="n">
+        <x:v>3105</x:v>
+      </x:c>
+      <x:c r="BG39" s="3" t="n">
+        <x:v>2823</x:v>
+      </x:c>
+      <x:c r="BH39" s="3" t="n">
+        <x:v>2777</x:v>
+      </x:c>
+      <x:c r="BI39" s="3" t="n">
+        <x:v>3083</x:v>
+      </x:c>
+      <x:c r="BJ39" s="3" t="n">
+        <x:v>3332</x:v>
+      </x:c>
+      <x:c r="BK39" s="3" t="n">
+        <x:v>3129</x:v>
+      </x:c>
+      <x:c r="BL39" s="3" t="n">
+        <x:v>2953</x:v>
+      </x:c>
+      <x:c r="BM39" s="3" t="n">
+        <x:v>3515</x:v>
+      </x:c>
+      <x:c r="BN39" s="3" t="n">
+        <x:v>4110</x:v>
+      </x:c>
+      <x:c r="BO39" s="3" t="n">
+        <x:v>4026</x:v>
+      </x:c>
+      <x:c r="BP39" s="3" t="n">
+        <x:v>3718</x:v>
+      </x:c>
+      <x:c r="BQ39" s="3" t="n">
+        <x:v>4282</x:v>
+      </x:c>
+      <x:c r="BR39" s="3" t="n">
+        <x:v>4705</x:v>
+      </x:c>
+      <x:c r="BS39" s="3" t="n">
+        <x:v>4188</x:v>
+      </x:c>
+      <x:c r="BT39" s="3" t="n">
+        <x:v>4007</x:v>
+      </x:c>
+      <x:c r="BU39" s="3" t="n">
+        <x:v>4740</x:v>
+      </x:c>
+      <x:c r="BV39" s="3" t="n">
+        <x:v>5615</x:v>
+      </x:c>
+      <x:c r="BW39" s="3" t="n">
+        <x:v>5069</x:v>
+      </x:c>
+      <x:c r="BX39" s="3" t="n">
+        <x:v>5082</x:v>
+      </x:c>
+      <x:c r="BY39" s="3" t="n">
+        <x:v>5874</x:v>
+      </x:c>
+      <x:c r="BZ39" s="3" t="n">
+        <x:v>6805</x:v>
+      </x:c>
+      <x:c r="CA39" s="3" t="n">
+        <x:v>7517</x:v>
+      </x:c>
+      <x:c r="CB39" s="3" t="n">
+        <x:v>6742</x:v>
+      </x:c>
+      <x:c r="CC39" s="3" t="n">
+        <x:v>7802</x:v>
+      </x:c>
+      <x:c r="CD39" s="3" t="n">
+        <x:v>9580</x:v>
+      </x:c>
+      <x:c r="CE39" s="3" t="n">
+        <x:v>9122</x:v>
+      </x:c>
+      <x:c r="CF39" s="3" t="n">
+        <x:v>8773</x:v>
+      </x:c>
+      <x:c r="CG39" s="3" t="n">
+        <x:v>10126</x:v>
+      </x:c>
+      <x:c r="CH39" s="3" t="n">
+        <x:v>12673</x:v>
+      </x:c>
+      <x:c r="CI39" s="3" t="n">
+        <x:v>12271</x:v>
+      </x:c>
+      <x:c r="CJ39" s="3" t="n">
+        <x:v>11521</x:v>
+      </x:c>
+      <x:c r="CK39" s="3" t="n">
+        <x:v>13566</x:v>
+      </x:c>
+      <x:c r="CL39" s="3" t="n">
+        <x:v>12164</x:v>
+      </x:c>
+      <x:c r="CM39" s="3" t="n">
+        <x:v>11000</x:v>
+      </x:c>
+      <x:c r="CN39" s="3" t="n">
+        <x:v>10484</x:v>
+      </x:c>
+      <x:c r="CO39" s="3" t="n">
+        <x:v>12225</x:v>
+      </x:c>
+      <x:c r="CP39" s="3" t="n">
+        <x:v>13809</x:v>
+      </x:c>
+      <x:c r="CQ39" s="3" t="n">
+        <x:v>12516</x:v>
+      </x:c>
+      <x:c r="CR39" s="3" t="n">
+        <x:v>12022</x:v>
+      </x:c>
+      <x:c r="CS39" s="3" t="n">
+        <x:v>13654</x:v>
+      </x:c>
+      <x:c r="CT39" s="3" t="n">
+        <x:v>14266</x:v>
+      </x:c>
+      <x:c r="CU39" s="3" t="n">
+        <x:v>14548</x:v>
+      </x:c>
+      <x:c r="CV39" s="3" t="n">
+        <x:v>13284</x:v>
+      </x:c>
+      <x:c r="CW39" s="3" t="n">
+        <x:v>14711</x:v>
+      </x:c>
+      <x:c r="CX39" s="3" t="n">
+        <x:v>15555</x:v>
+      </x:c>
+      <x:c r="CY39" s="3" t="n">
+        <x:v>14524</x:v>
+      </x:c>
+      <x:c r="CZ39" s="3" t="n">
+        <x:v>13964</x:v>
+      </x:c>
+      <x:c r="DA39" s="3" t="n">
+        <x:v>15780</x:v>
+      </x:c>
+      <x:c r="DB39" s="3" t="n">
+        <x:v>16620</x:v>
+      </x:c>
+      <x:c r="DC39" s="3" t="n">
+        <x:v>15517</x:v>
+      </x:c>
+      <x:c r="DD39" s="3" t="n">
+        <x:v>15220</x:v>
+      </x:c>
+      <x:c r="DE39" s="3" t="n">
+        <x:v>17492</x:v>
+      </x:c>
+      <x:c r="DF39" s="3" t="n">
+        <x:v>14641</x:v>
+      </x:c>
+      <x:c r="DG39" s="3" t="n">
+        <x:v>15867</x:v>
+      </x:c>
+      <x:c r="DH39" s="3" t="n">
+        <x:v>14629</x:v>
+      </x:c>
+      <x:c r="DI39" s="3" t="n">
+        <x:v>18033</x:v>
+      </x:c>
+      <x:c r="DJ39" s="3" t="n">
+        <x:v>14670</x:v>
+      </x:c>
+      <x:c r="DK39" s="3" t="n">
+        <x:v>15157</x:v>
+      </x:c>
+      <x:c r="DL39" s="3" t="n">
+        <x:v>14710</x:v>
+      </x:c>
+      <x:c r="DM39" s="3" t="n">
+        <x:v>19269</x:v>
+      </x:c>
+      <x:c r="DN39" s="3" t="n">
+        <x:v>15158</x:v>
+      </x:c>
+      <x:c r="DO39" s="3" t="n">
+        <x:v>15772</x:v>
+      </x:c>
+      <x:c r="DP39" s="3" t="n">
+        <x:v>15472</x:v>
+      </x:c>
+      <x:c r="DQ39" s="3" t="n">
+        <x:v>18931</x:v>
+      </x:c>
+      <x:c r="DR39" s="3" t="n">
+        <x:v>15765</x:v>
+      </x:c>
+      <x:c r="DS39" s="3" t="n">
+        <x:v>15887</x:v>
+      </x:c>
+      <x:c r="DT39" s="3" t="n">
+        <x:v>16227</x:v>
+      </x:c>
+      <x:c r="DU39" s="3" t="n">
+        <x:v>17122</x:v>
+      </x:c>
+      <x:c r="DV39" s="3" t="n">
+        <x:v>18057</x:v>
+      </x:c>
+      <x:c r="DW39" s="3" t="n">
+        <x:v>18864</x:v>
+      </x:c>
+      <x:c r="DX39" s="3" t="n">
+        <x:v>18247</x:v>
+      </x:c>
+      <x:c r="DY39" s="3" t="n">
+        <x:v>19318</x:v>
+      </x:c>
+      <x:c r="DZ39" s="3" t="n">
+        <x:v>18399</x:v>
+      </x:c>
+      <x:c r="EA39" s="3" t="n">
+        <x:v>18737</x:v>
+      </x:c>
+      <x:c r="EB39" s="3" t="n">
+        <x:v>18391</x:v>
+      </x:c>
+      <x:c r="EC39" s="3" t="n">
+        <x:v>18661</x:v>
+      </x:c>
+      <x:c r="ED39" s="3" t="n">
+        <x:v>19913</x:v>
+      </x:c>
+      <x:c r="EE39" s="3" t="n">
+        <x:v>19966</x:v>
+      </x:c>
+      <x:c r="EF39" s="3" t="n">
+        <x:v>19168</x:v>
+      </x:c>
+      <x:c r="EG39" s="3" t="n">
+        <x:v>19112</x:v>
+      </x:c>
+      <x:c r="EH39" s="3" t="n">
+        <x:v>20866</x:v>
+      </x:c>
+      <x:c r="EI39" s="3" t="n">
+        <x:v>20676</x:v>
+      </x:c>
+      <x:c r="EJ39" s="3" t="n">
+        <x:v>20658</x:v>
+      </x:c>
+      <x:c r="EK39" s="3" t="n">
+        <x:v>20250</x:v>
+      </x:c>
+      <x:c r="EL39" s="3" t="n">
+        <x:v>20913</x:v>
+      </x:c>
+      <x:c r="EM39" s="3" t="n">
+        <x:v>21220</x:v>
+      </x:c>
+      <x:c r="EN39" s="3" t="n">
+        <x:v>20871</x:v>
+      </x:c>
+      <x:c r="EO39" s="3" t="n">
+        <x:v>20694</x:v>
+      </x:c>
+      <x:c r="EP39" s="3" t="n">
+        <x:v>21535</x:v>
+      </x:c>
+      <x:c r="EQ39" s="3" t="n">
+        <x:v>21848</x:v>
+      </x:c>
+      <x:c r="ER39" s="3" t="n">
+        <x:v>21061</x:v>
+      </x:c>
+      <x:c r="ES39" s="3" t="n">
+        <x:v>21249</x:v>
+      </x:c>
+      <x:c r="ET39" s="3" t="n">
+        <x:v>22143</x:v>
+      </x:c>
+      <x:c r="EU39" s="3" t="n">
+        <x:v>22393</x:v>
+      </x:c>
+      <x:c r="EV39" s="3" t="n">
+        <x:v>21436</x:v>
+      </x:c>
+      <x:c r="EW39" s="3" t="n">
+        <x:v>20978</x:v>
+      </x:c>
+      <x:c r="EX39" s="3" t="n">
+        <x:v>21573</x:v>
+      </x:c>
+      <x:c r="EY39" s="3" t="n">
+        <x:v>23585</x:v>
+      </x:c>
+      <x:c r="EZ39" s="3" t="n">
+        <x:v>20814</x:v>
+      </x:c>
+      <x:c r="FA39" s="3" t="n">
+        <x:v>24351</x:v>
+      </x:c>
+      <x:c r="FB39" s="3" t="n">
+        <x:v>24086</x:v>
+      </x:c>
+      <x:c r="FC39" s="3" t="n">
+        <x:v>21891</x:v>
+      </x:c>
+      <x:c r="FD39" s="3" t="n">
+        <x:v>20798</x:v>
+      </x:c>
+      <x:c r="FE39" s="3" t="n">
+        <x:v>24420</x:v>
+      </x:c>
+      <x:c r="FF39" s="3" t="n">
+        <x:v>22409</x:v>
+      </x:c>
+      <x:c r="FG39" s="3" t="n">
+        <x:v>23047</x:v>
+      </x:c>
+      <x:c r="FH39" s="3" t="n">
+        <x:v>20600</x:v>
+      </x:c>
+      <x:c r="FI39" s="3" t="n">
+        <x:v>24463</x:v>
+      </x:c>
+      <x:c r="FJ39" s="3" t="n">
+        <x:v>23787</x:v>
+      </x:c>
+      <x:c r="FK39" s="3" t="n">
+        <x:v>22274</x:v>
+      </x:c>
+      <x:c r="FL39" s="3" t="n">
+        <x:v>21845</x:v>
+      </x:c>
+      <x:c r="FM39" s="3" t="n">
+        <x:v>25354</x:v>
+      </x:c>
+      <x:c r="FN39" s="3" t="n">
+        <x:v>25886</x:v>
+      </x:c>
+      <x:c r="FO39" s="3" t="n">
+        <x:v>21974</x:v>
+      </x:c>
+      <x:c r="FP39" s="3" t="n">
+        <x:v>21752</x:v>
+      </x:c>
+      <x:c r="FQ39" s="3" t="n">
+        <x:v>26419</x:v>
+      </x:c>
+      <x:c r="FR39" s="3" t="n">
+        <x:v>25527</x:v>
+      </x:c>
+      <x:c r="FS39" s="3" t="n">
+        <x:v>24919</x:v>
+      </x:c>
+      <x:c r="FT39" s="3" t="n">
+        <x:v>23887</x:v>
+      </x:c>
+      <x:c r="FU39" s="3" t="n">
+        <x:v>29573</x:v>
+      </x:c>
+      <x:c r="FV39" s="3" t="n">
+        <x:v>27932</x:v>
+      </x:c>
+      <x:c r="FW39" s="3" t="n">
+        <x:v>26393</x:v>
+      </x:c>
+      <x:c r="FX39" s="3" t="n">
+        <x:v>24973</x:v>
+      </x:c>
+      <x:c r="FY39" s="3" t="n">
+        <x:v>29742</x:v>
+      </x:c>
+      <x:c r="FZ39" s="3" t="n">
+        <x:v>29712</x:v>
+      </x:c>
+      <x:c r="GA39" s="3" t="n">
+        <x:v>26419</x:v>
+      </x:c>
+      <x:c r="GB39" s="3" t="n">
+        <x:v>25050</x:v>
+      </x:c>
+      <x:c r="GC39" s="3" t="n">
+        <x:v>29823</x:v>
+      </x:c>
+      <x:c r="GD39" s="3" t="n">
+        <x:v>27808</x:v>
+      </x:c>
+      <x:c r="GE39" s="3" t="n">
+        <x:v>28220</x:v>
+      </x:c>
+      <x:c r="GF39" s="3" t="n">
+        <x:v>25529</x:v>
+      </x:c>
+      <x:c r="GG39" s="3" t="n">
+        <x:v>29500</x:v>
+      </x:c>
+      <x:c r="GH39" s="3" t="n">
+        <x:v>28897</x:v>
+      </x:c>
+      <x:c r="GI39" s="3" t="n">
+        <x:v>27544</x:v>
+      </x:c>
+      <x:c r="GJ39" s="3" t="n">
+        <x:v>25967</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:192">
+      <x:c r="A40" s="2" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="B40" s="3" t="n">
+        <x:v>19305</x:v>
+      </x:c>
+      <x:c r="C40" s="3" t="n">
+        <x:v>19351</x:v>
+      </x:c>
+      <x:c r="D40" s="3" t="n">
+        <x:v>19398</x:v>
+      </x:c>
+      <x:c r="E40" s="3" t="n">
+        <x:v>19446</x:v>
+      </x:c>
+      <x:c r="F40" s="3" t="n">
+        <x:v>20246</x:v>
+      </x:c>
+      <x:c r="G40" s="3" t="n">
+        <x:v>20296</x:v>
+      </x:c>
+      <x:c r="H40" s="3" t="n">
+        <x:v>20347</x:v>
+      </x:c>
+      <x:c r="I40" s="3" t="n">
+        <x:v>20397</x:v>
+      </x:c>
+      <x:c r="J40" s="3" t="n">
+        <x:v>20697</x:v>
+      </x:c>
+      <x:c r="K40" s="3" t="n">
+        <x:v>20750</x:v>
+      </x:c>
+      <x:c r="L40" s="3" t="n">
+        <x:v>20803</x:v>
+      </x:c>
+      <x:c r="M40" s="3" t="n">
+        <x:v>20856</x:v>
+      </x:c>
+      <x:c r="N40" s="3" t="n">
+        <x:v>20692</x:v>
+      </x:c>
+      <x:c r="O40" s="3" t="n">
+        <x:v>20746</x:v>
+      </x:c>
+      <x:c r="P40" s="3" t="n">
+        <x:v>20801</x:v>
+      </x:c>
+      <x:c r="Q40" s="3" t="n">
+        <x:v>20856</x:v>
+      </x:c>
+      <x:c r="R40" s="3" t="n">
+        <x:v>21070</x:v>
+      </x:c>
+      <x:c r="S40" s="3" t="n">
+        <x:v>21126</x:v>
+      </x:c>
+      <x:c r="T40" s="3" t="n">
+        <x:v>21183</x:v>
+      </x:c>
+      <x:c r="U40" s="3" t="n">
+        <x:v>21241</x:v>
+      </x:c>
+      <x:c r="V40" s="3" t="n">
+        <x:v>20787</x:v>
+      </x:c>
+      <x:c r="W40" s="3" t="n">
+        <x:v>20845</x:v>
+      </x:c>
+      <x:c r="X40" s="3" t="n">
+        <x:v>20903</x:v>
+      </x:c>
+      <x:c r="Y40" s="3" t="n">
+        <x:v>20962</x:v>
+      </x:c>
+      <x:c r="Z40" s="3" t="n">
+        <x:v>21056</x:v>
+      </x:c>
+      <x:c r="AA40" s="3" t="n">
+        <x:v>21116</x:v>
+      </x:c>
+      <x:c r="AB40" s="3" t="n">
+        <x:v>21177</x:v>
+      </x:c>
+      <x:c r="AC40" s="3" t="n">
+        <x:v>21238</x:v>
+      </x:c>
+      <x:c r="AD40" s="3" t="n">
+        <x:v>20652</x:v>
+      </x:c>
+      <x:c r="AE40" s="3" t="n">
+        <x:v>20714</x:v>
+      </x:c>
+      <x:c r="AF40" s="3" t="n">
+        <x:v>20775</x:v>
+      </x:c>
+      <x:c r="AG40" s="3" t="n">
+        <x:v>20837</x:v>
+      </x:c>
+      <x:c r="AH40" s="3" t="n">
+        <x:v>20308</x:v>
+      </x:c>
+      <x:c r="AI40" s="3" t="n">
+        <x:v>20371</x:v>
+      </x:c>
+      <x:c r="AJ40" s="3" t="n">
+        <x:v>20434</x:v>
+      </x:c>
+      <x:c r="AK40" s="3" t="n">
+        <x:v>20497</x:v>
+      </x:c>
+      <x:c r="AL40" s="3" t="n">
+        <x:v>20250</x:v>
+      </x:c>
+      <x:c r="AM40" s="3" t="n">
+        <x:v>20315</x:v>
+      </x:c>
+      <x:c r="AN40" s="3" t="n">
+        <x:v>20380</x:v>
+      </x:c>
+      <x:c r="AO40" s="3" t="n">
+        <x:v>20446</x:v>
+      </x:c>
+      <x:c r="AP40" s="3" t="n">
+        <x:v>22211</x:v>
+      </x:c>
+      <x:c r="AQ40" s="3" t="n">
+        <x:v>22313</x:v>
+      </x:c>
+      <x:c r="AR40" s="3" t="n">
+        <x:v>22398</x:v>
+      </x:c>
+      <x:c r="AS40" s="3" t="n">
+        <x:v>22511</x:v>
+      </x:c>
+      <x:c r="AT40" s="3" t="n">
+        <x:v>25185</x:v>
+      </x:c>
+      <x:c r="AU40" s="3" t="n">
+        <x:v>25278</x:v>
+      </x:c>
+      <x:c r="AV40" s="3" t="n">
+        <x:v>25357</x:v>
+      </x:c>
+      <x:c r="AW40" s="3" t="n">
+        <x:v>25458</x:v>
+      </x:c>
+      <x:c r="AX40" s="3" t="n">
+        <x:v>26049</x:v>
+      </x:c>
+      <x:c r="AY40" s="3" t="n">
+        <x:v>26121</x:v>
+      </x:c>
+      <x:c r="AZ40" s="3" t="n">
+        <x:v>26196</x:v>
+      </x:c>
+      <x:c r="BA40" s="3" t="n">
+        <x:v>26284</x:v>
+      </x:c>
+      <x:c r="BB40" s="3" t="n">
+        <x:v>26465</x:v>
+      </x:c>
+      <x:c r="BC40" s="3" t="n">
+        <x:v>26524</x:v>
+      </x:c>
+      <x:c r="BD40" s="3" t="n">
+        <x:v>26575</x:v>
+      </x:c>
+      <x:c r="BE40" s="3" t="n">
+        <x:v>26621</x:v>
+      </x:c>
+      <x:c r="BF40" s="3" t="n">
+        <x:v>26187</x:v>
+      </x:c>
+      <x:c r="BG40" s="3" t="n">
+        <x:v>26235</x:v>
+      </x:c>
+      <x:c r="BH40" s="3" t="n">
+        <x:v>26280</x:v>
+      </x:c>
+      <x:c r="BI40" s="3" t="n">
+        <x:v>26335</x:v>
+      </x:c>
+      <x:c r="BJ40" s="3" t="n">
+        <x:v>26472</x:v>
+      </x:c>
+      <x:c r="BK40" s="3" t="n">
+        <x:v>26510</x:v>
+      </x:c>
+      <x:c r="BL40" s="3" t="n">
+        <x:v>26552</x:v>
+      </x:c>
+      <x:c r="BM40" s="3" t="n">
+        <x:v>26610</x:v>
+      </x:c>
+      <x:c r="BN40" s="3" t="n">
+        <x:v>26050</x:v>
+      </x:c>
+      <x:c r="BO40" s="3" t="n">
+        <x:v>26089</x:v>
+      </x:c>
+      <x:c r="BP40" s="3" t="n">
+        <x:v>26138</x:v>
+      </x:c>
+      <x:c r="BQ40" s="3" t="n">
+        <x:v>26209</x:v>
+      </x:c>
+      <x:c r="BR40" s="3" t="n">
+        <x:v>26573</x:v>
+      </x:c>
+      <x:c r="BS40" s="3" t="n">
+        <x:v>26627</x:v>
+      </x:c>
+      <x:c r="BT40" s="3" t="n">
+        <x:v>26692</x:v>
+      </x:c>
+      <x:c r="BU40" s="3" t="n">
+        <x:v>26762</x:v>
+      </x:c>
+      <x:c r="BV40" s="3" t="n">
+        <x:v>26651</x:v>
+      </x:c>
+      <x:c r="BW40" s="3" t="n">
+        <x:v>26702</x:v>
+      </x:c>
+      <x:c r="BX40" s="3" t="n">
+        <x:v>26746</x:v>
+      </x:c>
+      <x:c r="BY40" s="3" t="n">
+        <x:v>26803</x:v>
+      </x:c>
+      <x:c r="BZ40" s="3" t="n">
+        <x:v>25688</x:v>
+      </x:c>
+      <x:c r="CA40" s="3" t="n">
+        <x:v>25743</x:v>
+      </x:c>
+      <x:c r="CB40" s="3" t="n">
+        <x:v>25790</x:v>
+      </x:c>
+      <x:c r="CC40" s="3" t="n">
+        <x:v>25861</x:v>
+      </x:c>
+      <x:c r="CD40" s="3" t="n">
+        <x:v>25727</x:v>
+      </x:c>
+      <x:c r="CE40" s="3" t="n">
+        <x:v>25782</x:v>
+      </x:c>
+      <x:c r="CF40" s="3" t="n">
+        <x:v>25838</x:v>
+      </x:c>
+      <x:c r="CG40" s="3" t="n">
+        <x:v>25916</x:v>
+      </x:c>
+      <x:c r="CH40" s="3" t="n">
+        <x:v>26853</x:v>
+      </x:c>
+      <x:c r="CI40" s="3" t="n">
+        <x:v>26917</x:v>
+      </x:c>
+      <x:c r="CJ40" s="3" t="n">
+        <x:v>26983</x:v>
+      </x:c>
+      <x:c r="CK40" s="3" t="n">
+        <x:v>27075</x:v>
+      </x:c>
+      <x:c r="CL40" s="3" t="n">
+        <x:v>28320</x:v>
+      </x:c>
+      <x:c r="CM40" s="3" t="n">
+        <x:v>28397</x:v>
+      </x:c>
+      <x:c r="CN40" s="3" t="n">
+        <x:v>28478</x:v>
+      </x:c>
+      <x:c r="CO40" s="3" t="n">
+        <x:v>28588</x:v>
+      </x:c>
+      <x:c r="CP40" s="3" t="n">
+        <x:v>28996</x:v>
+      </x:c>
+      <x:c r="CQ40" s="3" t="n">
+        <x:v>29104</x:v>
+      </x:c>
+      <x:c r="CR40" s="3" t="n">
+        <x:v>29220</x:v>
+      </x:c>
+      <x:c r="CS40" s="3" t="n">
+        <x:v>29376</x:v>
+      </x:c>
+      <x:c r="CT40" s="3" t="n">
+        <x:v>29534</x:v>
+      </x:c>
+      <x:c r="CU40" s="3" t="n">
+        <x:v>29661</x:v>
+      </x:c>
+      <x:c r="CV40" s="3" t="n">
+        <x:v>29803</x:v>
+      </x:c>
+      <x:c r="CW40" s="3" t="n">
+        <x:v>29989</x:v>
+      </x:c>
+      <x:c r="CX40" s="3" t="n">
+        <x:v>29108</x:v>
+      </x:c>
+      <x:c r="CY40" s="3" t="n">
+        <x:v>29256</x:v>
+      </x:c>
+      <x:c r="CZ40" s="3" t="n">
+        <x:v>29424</x:v>
+      </x:c>
+      <x:c r="DA40" s="3" t="n">
+        <x:v>29643</x:v>
+      </x:c>
+      <x:c r="DB40" s="3" t="n">
+        <x:v>30053</x:v>
+      </x:c>
+      <x:c r="DC40" s="3" t="n">
+        <x:v>30053</x:v>
+      </x:c>
+      <x:c r="DD40" s="3" t="n">
+        <x:v>30383</x:v>
+      </x:c>
+      <x:c r="DE40" s="3" t="n">
+        <x:v>30383</x:v>
+      </x:c>
+      <x:c r="DF40" s="3" t="n">
+        <x:v>32211</x:v>
+      </x:c>
+      <x:c r="DG40" s="3" t="n">
+        <x:v>32508</x:v>
+      </x:c>
+      <x:c r="DH40" s="3" t="n">
+        <x:v>32620</x:v>
+      </x:c>
+      <x:c r="DI40" s="3" t="n">
+        <x:v>32575</x:v>
+      </x:c>
+      <x:c r="DJ40" s="3" t="n">
+        <x:v>35447</x:v>
+      </x:c>
+      <x:c r="DK40" s="3" t="n">
+        <x:v>35745</x:v>
+      </x:c>
+      <x:c r="DL40" s="3" t="n">
+        <x:v>35863</x:v>
+      </x:c>
+      <x:c r="DM40" s="3" t="n">
+        <x:v>35728</x:v>
+      </x:c>
+      <x:c r="DN40" s="3" t="n">
+        <x:v>38465</x:v>
+      </x:c>
+      <x:c r="DO40" s="3" t="n">
+        <x:v>39015</x:v>
+      </x:c>
+      <x:c r="DP40" s="3" t="n">
+        <x:v>39671</x:v>
+      </x:c>
+      <x:c r="DQ40" s="3" t="n">
+        <x:v>39209</x:v>
+      </x:c>
+      <x:c r="DR40" s="3" t="n">
+        <x:v>41504</x:v>
+      </x:c>
+      <x:c r="DS40" s="3" t="n">
+        <x:v>41331</x:v>
+      </x:c>
+      <x:c r="DT40" s="3" t="n">
+        <x:v>41089</x:v>
+      </x:c>
+      <x:c r="DU40" s="3" t="n">
+        <x:v>40998</x:v>
+      </x:c>
+      <x:c r="DV40" s="3" t="n">
+        <x:v>40034</x:v>
+      </x:c>
+      <x:c r="DW40" s="3" t="n">
+        <x:v>40111</x:v>
+      </x:c>
+      <x:c r="DX40" s="3" t="n">
+        <x:v>40103</x:v>
+      </x:c>
+      <x:c r="DY40" s="3" t="n">
+        <x:v>40301</x:v>
+      </x:c>
+      <x:c r="DZ40" s="3" t="n">
+        <x:v>43702</x:v>
+      </x:c>
+      <x:c r="EA40" s="3" t="n">
+        <x:v>43153</x:v>
+      </x:c>
+      <x:c r="EB40" s="3" t="n">
+        <x:v>42705</x:v>
+      </x:c>
+      <x:c r="EC40" s="3" t="n">
+        <x:v>42643</x:v>
+      </x:c>
+      <x:c r="ED40" s="3" t="n">
+        <x:v>46046</x:v>
+      </x:c>
+      <x:c r="EE40" s="3" t="n">
+        <x:v>45700</x:v>
+      </x:c>
+      <x:c r="EF40" s="3" t="n">
+        <x:v>45269</x:v>
+      </x:c>
+      <x:c r="EG40" s="3" t="n">
+        <x:v>45204</x:v>
+      </x:c>
+      <x:c r="EH40" s="3" t="n">
+        <x:v>47764</x:v>
+      </x:c>
+      <x:c r="EI40" s="3" t="n">
+        <x:v>47620</x:v>
+      </x:c>
+      <x:c r="EJ40" s="3" t="n">
+        <x:v>47383</x:v>
+      </x:c>
+      <x:c r="EK40" s="3" t="n">
+        <x:v>47590</x:v>
+      </x:c>
+      <x:c r="EL40" s="3" t="n">
+        <x:v>51633</x:v>
+      </x:c>
+      <x:c r="EM40" s="3" t="n">
+        <x:v>51564</x:v>
+      </x:c>
+      <x:c r="EN40" s="3" t="n">
+        <x:v>51206</x:v>
+      </x:c>
+      <x:c r="EO40" s="3" t="n">
+        <x:v>51284</x:v>
+      </x:c>
+      <x:c r="EP40" s="3" t="n">
+        <x:v>53552</x:v>
+      </x:c>
+      <x:c r="EQ40" s="3" t="n">
+        <x:v>53625</x:v>
+      </x:c>
+      <x:c r="ER40" s="3" t="n">
+        <x:v>53598</x:v>
+      </x:c>
+      <x:c r="ES40" s="3" t="n">
+        <x:v>54282</x:v>
+      </x:c>
+      <x:c r="ET40" s="3" t="n">
+        <x:v>57960</x:v>
+      </x:c>
+      <x:c r="EU40" s="3" t="n">
+        <x:v>58336</x:v>
+      </x:c>
+      <x:c r="EV40" s="3" t="n">
+        <x:v>57980</x:v>
+      </x:c>
+      <x:c r="EW40" s="3" t="n">
+        <x:v>58401</x:v>
+      </x:c>
+      <x:c r="EX40" s="3" t="n">
+        <x:v>59062</x:v>
+      </x:c>
+      <x:c r="EY40" s="3" t="n">
+        <x:v>59678</x:v>
+      </x:c>
+      <x:c r="EZ40" s="3" t="n">
+        <x:v>59791</x:v>
+      </x:c>
+      <x:c r="FA40" s="3" t="n">
+        <x:v>60530</x:v>
+      </x:c>
+      <x:c r="FB40" s="3" t="n">
+        <x:v>61343</x:v>
+      </x:c>
+      <x:c r="FC40" s="3" t="n">
+        <x:v>61969</x:v>
+      </x:c>
+      <x:c r="FD40" s="3" t="n">
+        <x:v>62358</x:v>
+      </x:c>
+      <x:c r="FE40" s="3" t="n">
+        <x:v>62837</x:v>
+      </x:c>
+      <x:c r="FF40" s="3" t="n">
+        <x:v>63910</x:v>
+      </x:c>
+      <x:c r="FG40" s="3" t="n">
+        <x:v>64989</x:v>
+      </x:c>
+      <x:c r="FH40" s="3" t="n">
+        <x:v>65959</x:v>
+      </x:c>
+      <x:c r="FI40" s="3" t="n">
+        <x:v>67710</x:v>
+      </x:c>
+      <x:c r="FJ40" s="3" t="n">
+        <x:v>69550</x:v>
+      </x:c>
+      <x:c r="FK40" s="3" t="n">
+        <x:v>71277</x:v>
+      </x:c>
+      <x:c r="FL40" s="3" t="n">
+        <x:v>72281</x:v>
+      </x:c>
+      <x:c r="FM40" s="3" t="n">
+        <x:v>73469</x:v>
+      </x:c>
+      <x:c r="FN40" s="3" t="n">
+        <x:v>70993</x:v>
+      </x:c>
+      <x:c r="FO40" s="3" t="n">
+        <x:v>72127</x:v>
+      </x:c>
+      <x:c r="FP40" s="3" t="n">
+        <x:v>71837</x:v>
+      </x:c>
+      <x:c r="FQ40" s="3" t="n">
+        <x:v>71815</x:v>
+      </x:c>
+      <x:c r="FR40" s="3" t="n">
+        <x:v>74251</x:v>
+      </x:c>
+      <x:c r="FS40" s="3" t="n">
+        <x:v>75701</x:v>
+      </x:c>
+      <x:c r="FT40" s="3" t="n">
+        <x:v>77001</x:v>
+      </x:c>
+      <x:c r="FU40" s="3" t="n">
+        <x:v>79616</x:v>
+      </x:c>
+      <x:c r="FV40" s="3" t="n">
+        <x:v>82387</x:v>
+      </x:c>
+      <x:c r="FW40" s="3" t="n">
+        <x:v>84261</x:v>
+      </x:c>
+      <x:c r="FX40" s="3" t="n">
+        <x:v>84631</x:v>
+      </x:c>
+      <x:c r="FY40" s="3" t="n">
+        <x:v>84746</x:v>
+      </x:c>
+      <x:c r="FZ40" s="3" t="n">
+        <x:v>84663</x:v>
+      </x:c>
+      <x:c r="GA40" s="3" t="n">
+        <x:v>84949</x:v>
+      </x:c>
+      <x:c r="GB40" s="3" t="n">
+        <x:v>85013</x:v>
+      </x:c>
+      <x:c r="GC40" s="3" t="n">
+        <x:v>85346</x:v>
+      </x:c>
+      <x:c r="GD40" s="3" t="n">
+        <x:v>85347</x:v>
+      </x:c>
+      <x:c r="GE40" s="3" t="n">
+        <x:v>85614</x:v>
+      </x:c>
+      <x:c r="GF40" s="3" t="n">
+        <x:v>85740</x:v>
+      </x:c>
+      <x:c r="GG40" s="3" t="n">
+        <x:v>85965</x:v>
+      </x:c>
+      <x:c r="GH40" s="3" t="n">
+        <x:v>86243</x:v>
+      </x:c>
+      <x:c r="GI40" s="3" t="n">
+        <x:v>86434</x:v>
+      </x:c>
+      <x:c r="GJ40" s="3" t="n">
+        <x:v>86543</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:192">
+      <x:c r="A41" s="2" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="B41" s="3" t="n">
+        <x:v>8120</x:v>
+      </x:c>
+      <x:c r="C41" s="3" t="n">
+        <x:v>8927</x:v>
+      </x:c>
+      <x:c r="D41" s="3" t="n">
+        <x:v>8042</x:v>
+      </x:c>
+      <x:c r="E41" s="3" t="n">
+        <x:v>9186</x:v>
+      </x:c>
+      <x:c r="F41" s="3" t="n">
+        <x:v>10952</x:v>
+      </x:c>
+      <x:c r="G41" s="3" t="n">
+        <x:v>10030</x:v>
+      </x:c>
+      <x:c r="H41" s="3" t="n">
+        <x:v>8950</x:v>
+      </x:c>
+      <x:c r="I41" s="3" t="n">
+        <x:v>10143</x:v>
+      </x:c>
+      <x:c r="J41" s="3" t="n">
+        <x:v>13638</x:v>
+      </x:c>
+      <x:c r="K41" s="3" t="n">
+        <x:v>12057</x:v>
+      </x:c>
+      <x:c r="L41" s="3" t="n">
+        <x:v>11449</x:v>
+      </x:c>
+      <x:c r="M41" s="3" t="n">
+        <x:v>13195</x:v>
+      </x:c>
+      <x:c r="N41" s="3" t="n">
+        <x:v>13215</x:v>
+      </x:c>
+      <x:c r="O41" s="3" t="n">
+        <x:v>11872</x:v>
+      </x:c>
+      <x:c r="P41" s="3" t="n">
+        <x:v>10738</x:v>
+      </x:c>
+      <x:c r="Q41" s="3" t="n">
+        <x:v>12337</x:v>
+      </x:c>
+      <x:c r="R41" s="3" t="n">
+        <x:v>12696</x:v>
+      </x:c>
+      <x:c r="S41" s="3" t="n">
+        <x:v>12062</x:v>
+      </x:c>
+      <x:c r="T41" s="3" t="n">
+        <x:v>10712</x:v>
+      </x:c>
+      <x:c r="U41" s="3" t="n">
+        <x:v>13255</x:v>
+      </x:c>
+      <x:c r="V41" s="3" t="n">
+        <x:v>12935</x:v>
+      </x:c>
+      <x:c r="W41" s="3" t="n">
+        <x:v>13340</x:v>
+      </x:c>
+      <x:c r="X41" s="3" t="n">
+        <x:v>11807</x:v>
+      </x:c>
+      <x:c r="Y41" s="3" t="n">
+        <x:v>13942</x:v>
+      </x:c>
+      <x:c r="Z41" s="3" t="n">
+        <x:v>17123</x:v>
+      </x:c>
+      <x:c r="AA41" s="3" t="n">
+        <x:v>15176</x:v>
+      </x:c>
+      <x:c r="AB41" s="3" t="n">
+        <x:v>14850</x:v>
+      </x:c>
+      <x:c r="AC41" s="3" t="n">
+        <x:v>18416</x:v>
+      </x:c>
+      <x:c r="AD41" s="3" t="n">
+        <x:v>19650</x:v>
+      </x:c>
+      <x:c r="AE41" s="3" t="n">
+        <x:v>16903</x:v>
+      </x:c>
+      <x:c r="AF41" s="3" t="n">
+        <x:v>16931</x:v>
+      </x:c>
+      <x:c r="AG41" s="3" t="n">
+        <x:v>19346</x:v>
+      </x:c>
+      <x:c r="AH41" s="3" t="n">
+        <x:v>19860</x:v>
+      </x:c>
+      <x:c r="AI41" s="3" t="n">
+        <x:v>21582</x:v>
+      </x:c>
+      <x:c r="AJ41" s="3" t="n">
+        <x:v>18432</x:v>
+      </x:c>
+      <x:c r="AK41" s="3" t="n">
+        <x:v>21492</x:v>
+      </x:c>
+      <x:c r="AL41" s="3" t="n">
+        <x:v>20331</x:v>
+      </x:c>
+      <x:c r="AM41" s="3" t="n">
+        <x:v>20671</x:v>
+      </x:c>
+      <x:c r="AN41" s="3" t="n">
+        <x:v>17534</x:v>
+      </x:c>
+      <x:c r="AO41" s="3" t="n">
+        <x:v>21730</x:v>
+      </x:c>
+      <x:c r="AP41" s="3" t="n">
+        <x:v>22314</x:v>
+      </x:c>
+      <x:c r="AQ41" s="3" t="n">
+        <x:v>19931</x:v>
+      </x:c>
+      <x:c r="AR41" s="3" t="n">
+        <x:v>18208</x:v>
+      </x:c>
+      <x:c r="AS41" s="3" t="n">
+        <x:v>21040</x:v>
+      </x:c>
+      <x:c r="AT41" s="3" t="n">
+        <x:v>20060</x:v>
+      </x:c>
+      <x:c r="AU41" s="3" t="n">
+        <x:v>19673</x:v>
+      </x:c>
+      <x:c r="AV41" s="3" t="n">
+        <x:v>16911</x:v>
+      </x:c>
+      <x:c r="AW41" s="3" t="n">
+        <x:v>19938</x:v>
+      </x:c>
+      <x:c r="AX41" s="3" t="n">
+        <x:v>18464</x:v>
+      </x:c>
+      <x:c r="AY41" s="3" t="n">
+        <x:v>16275</x:v>
+      </x:c>
+      <x:c r="AZ41" s="3" t="n">
+        <x:v>15099</x:v>
+      </x:c>
+      <x:c r="BA41" s="3" t="n">
+        <x:v>17580</x:v>
+      </x:c>
+      <x:c r="BB41" s="3" t="n">
+        <x:v>17408</x:v>
+      </x:c>
+      <x:c r="BC41" s="3" t="n">
+        <x:v>17501</x:v>
+      </x:c>
+      <x:c r="BD41" s="3" t="n">
+        <x:v>15691</x:v>
+      </x:c>
+      <x:c r="BE41" s="3" t="n">
+        <x:v>17815</x:v>
+      </x:c>
+      <x:c r="BF41" s="3" t="n">
+        <x:v>19334</x:v>
+      </x:c>
+      <x:c r="BG41" s="3" t="n">
+        <x:v>17455</x:v>
+      </x:c>
+      <x:c r="BH41" s="3" t="n">
+        <x:v>17153</x:v>
+      </x:c>
+      <x:c r="BI41" s="3" t="n">
+        <x:v>19185</x:v>
+      </x:c>
+      <x:c r="BJ41" s="3" t="n">
+        <x:v>20303</x:v>
+      </x:c>
+      <x:c r="BK41" s="3" t="n">
+        <x:v>18992</x:v>
+      </x:c>
+      <x:c r="BL41" s="3" t="n">
+        <x:v>17850</x:v>
+      </x:c>
+      <x:c r="BM41" s="3" t="n">
+        <x:v>21473</x:v>
+      </x:c>
+      <x:c r="BN41" s="3" t="n">
+        <x:v>20994</x:v>
+      </x:c>
+      <x:c r="BO41" s="3" t="n">
+        <x:v>20534</x:v>
+      </x:c>
+      <x:c r="BP41" s="3" t="n">
+        <x:v>18869</x:v>
+      </x:c>
+      <x:c r="BQ41" s="3" t="n">
+        <x:v>21918</x:v>
+      </x:c>
+      <x:c r="BR41" s="3" t="n">
+        <x:v>22630</x:v>
+      </x:c>
+      <x:c r="BS41" s="3" t="n">
+        <x:v>20006</x:v>
+      </x:c>
+      <x:c r="BT41" s="3" t="n">
+        <x:v>19083</x:v>
+      </x:c>
+      <x:c r="BU41" s="3" t="n">
+        <x:v>22796</x:v>
+      </x:c>
+      <x:c r="BV41" s="3" t="n">
+        <x:v>22740</x:v>
+      </x:c>
+      <x:c r="BW41" s="3" t="n">
+        <x:v>20416</x:v>
+      </x:c>
+      <x:c r="BX41" s="3" t="n">
+        <x:v>20471</x:v>
+      </x:c>
+      <x:c r="BY41" s="3" t="n">
+        <x:v>23834</x:v>
+      </x:c>
+      <x:c r="BZ41" s="3" t="n">
+        <x:v>22396</x:v>
+      </x:c>
+      <x:c r="CA41" s="3" t="n">
+        <x:v>24833</x:v>
+      </x:c>
+      <x:c r="CB41" s="3" t="n">
+        <x:v>22181</x:v>
+      </x:c>
+      <x:c r="CC41" s="3" t="n">
+        <x:v>25810</x:v>
+      </x:c>
+      <x:c r="CD41" s="3" t="n">
+        <x:v>24453</x:v>
+      </x:c>
+      <x:c r="CE41" s="3" t="n">
+        <x:v>23243</x:v>
+      </x:c>
+      <x:c r="CF41" s="3" t="n">
+        <x:v>22324</x:v>
+      </x:c>
+      <x:c r="CG41" s="3" t="n">
+        <x:v>25885</x:v>
+      </x:c>
+      <x:c r="CH41" s="3" t="n">
+        <x:v>23764</x:v>
+      </x:c>
+      <x:c r="CI41" s="3" t="n">
+        <x:v>22988</x:v>
+      </x:c>
+      <x:c r="CJ41" s="3" t="n">
+        <x:v>21549</x:v>
+      </x:c>
+      <x:c r="CK41" s="3" t="n">
+        <x:v>25473</x:v>
+      </x:c>
+      <x:c r="CL41" s="3" t="n">
+        <x:v>25823</x:v>
+      </x:c>
+      <x:c r="CM41" s="3" t="n">
+        <x:v>23300</x:v>
+      </x:c>
+      <x:c r="CN41" s="3" t="n">
+        <x:v>22181</x:v>
+      </x:c>
+      <x:c r="CO41" s="3" t="n">
+        <x:v>25951</x:v>
+      </x:c>
+      <x:c r="CP41" s="3" t="n">
+        <x:v>27384</x:v>
+      </x:c>
+      <x:c r="CQ41" s="3" t="n">
+        <x:v>24768</x:v>
+      </x:c>
+      <x:c r="CR41" s="3" t="n">
+        <x:v>23772</x:v>
+      </x:c>
+      <x:c r="CS41" s="3" t="n">
+        <x:v>27065</x:v>
+      </x:c>
+      <x:c r="CT41" s="3" t="n">
+        <x:v>26023</x:v>
+      </x:c>
+      <x:c r="CU41" s="3" t="n">
+        <x:v>26545</x:v>
+      </x:c>
+      <x:c r="CV41" s="3" t="n">
+        <x:v>24198</x:v>
+      </x:c>
+      <x:c r="CW41" s="3" t="n">
+        <x:v>26842</x:v>
+      </x:c>
+      <x:c r="CX41" s="3" t="n">
+        <x:v>26784</x:v>
+      </x:c>
+      <x:c r="CY41" s="3" t="n">
+        <x:v>24982</x:v>
+      </x:c>
+      <x:c r="CZ41" s="3" t="n">
+        <x:v>24004</x:v>
+      </x:c>
+      <x:c r="DA41" s="3" t="n">
+        <x:v>27165</x:v>
+      </x:c>
+      <x:c r="DB41" s="3" t="n">
+        <x:v>27629</x:v>
+      </x:c>
+      <x:c r="DC41" s="3" t="n">
+        <x:v>25763</x:v>
+      </x:c>
+      <x:c r="DD41" s="3" t="n">
+        <x:v>25252</x:v>
+      </x:c>
+      <x:c r="DE41" s="3" t="n">
+        <x:v>29101</x:v>
+      </x:c>
+      <x:c r="DF41" s="3" t="n">
+        <x:v>26405</x:v>
+      </x:c>
+      <x:c r="DG41" s="3" t="n">
+        <x:v>28655</x:v>
+      </x:c>
+      <x:c r="DH41" s="3" t="n">
+        <x:v>26375</x:v>
+      </x:c>
+      <x:c r="DI41" s="3" t="n">
+        <x:v>32633</x:v>
+      </x:c>
+      <x:c r="DJ41" s="3" t="n">
+        <x:v>29231</x:v>
+      </x:c>
+      <x:c r="DK41" s="3" t="n">
+        <x:v>30215</x:v>
+      </x:c>
+      <x:c r="DL41" s="3" t="n">
+        <x:v>29308</x:v>
+      </x:c>
+      <x:c r="DM41" s="3" t="n">
+        <x:v>38567</x:v>
+      </x:c>
+      <x:c r="DN41" s="3" t="n">
+        <x:v>32282</x:v>
+      </x:c>
+      <x:c r="DO41" s="3" t="n">
+        <x:v>33601</x:v>
+      </x:c>
+      <x:c r="DP41" s="3" t="n">
+        <x:v>32940</x:v>
+      </x:c>
+      <x:c r="DQ41" s="3" t="n">
+        <x:v>40445</x:v>
+      </x:c>
+      <x:c r="DR41" s="3" t="n">
+        <x:v>32082</x:v>
+      </x:c>
+      <x:c r="DS41" s="3" t="n">
+        <x:v>39141</x:v>
+      </x:c>
+      <x:c r="DT41" s="3" t="n">
+        <x:v>33910</x:v>
+      </x:c>
+      <x:c r="DU41" s="3" t="n">
+        <x:v>44353</x:v>
+      </x:c>
+      <x:c r="DV41" s="3" t="n">
+        <x:v>35409</x:v>
+      </x:c>
+      <x:c r="DW41" s="3" t="n">
+        <x:v>37853</x:v>
+      </x:c>
+      <x:c r="DX41" s="3" t="n">
+        <x:v>30935</x:v>
+      </x:c>
+      <x:c r="DY41" s="3" t="n">
+        <x:v>40178</x:v>
+      </x:c>
+      <x:c r="DZ41" s="3" t="n">
+        <x:v>34297</x:v>
+      </x:c>
+      <x:c r="EA41" s="3" t="n">
+        <x:v>36923</x:v>
+      </x:c>
+      <x:c r="EB41" s="3" t="n">
+        <x:v>32234</x:v>
+      </x:c>
+      <x:c r="EC41" s="3" t="n">
+        <x:v>40543</x:v>
+      </x:c>
+      <x:c r="ED41" s="3" t="n">
+        <x:v>33689</x:v>
+      </x:c>
+      <x:c r="EE41" s="3" t="n">
+        <x:v>36698</x:v>
+      </x:c>
+      <x:c r="EF41" s="3" t="n">
+        <x:v>32456</x:v>
+      </x:c>
+      <x:c r="EG41" s="3" t="n">
+        <x:v>40310</x:v>
+      </x:c>
+      <x:c r="EH41" s="3" t="n">
+        <x:v>35853</x:v>
+      </x:c>
+      <x:c r="EI41" s="3" t="n">
+        <x:v>38592</x:v>
+      </x:c>
+      <x:c r="EJ41" s="3" t="n">
+        <x:v>34764</x:v>
+      </x:c>
+      <x:c r="EK41" s="3" t="n">
+        <x:v>45706</x:v>
+      </x:c>
+      <x:c r="EL41" s="3" t="n">
+        <x:v>36407</x:v>
+      </x:c>
+      <x:c r="EM41" s="3" t="n">
+        <x:v>42729</x:v>
+      </x:c>
+      <x:c r="EN41" s="3" t="n">
+        <x:v>35764</x:v>
+      </x:c>
+      <x:c r="EO41" s="3" t="n">
+        <x:v>46408</x:v>
+      </x:c>
+      <x:c r="EP41" s="3" t="n">
+        <x:v>39171</x:v>
+      </x:c>
+      <x:c r="EQ41" s="3" t="n">
+        <x:v>41555</x:v>
+      </x:c>
+      <x:c r="ER41" s="3" t="n">
+        <x:v>36324</x:v>
+      </x:c>
+      <x:c r="ES41" s="3" t="n">
+        <x:v>46405</x:v>
+      </x:c>
+      <x:c r="ET41" s="3" t="n">
+        <x:v>37423</x:v>
+      </x:c>
+      <x:c r="EU41" s="3" t="n">
+        <x:v>39940</x:v>
+      </x:c>
+      <x:c r="EV41" s="3" t="n">
+        <x:v>35700</x:v>
+      </x:c>
+      <x:c r="EW41" s="3" t="n">
+        <x:v>44803</x:v>
+      </x:c>
+      <x:c r="EX41" s="3" t="n">
+        <x:v>38058</x:v>
+      </x:c>
+      <x:c r="EY41" s="3" t="n">
+        <x:v>39185</x:v>
+      </x:c>
+      <x:c r="EZ41" s="3" t="n">
+        <x:v>34233</x:v>
+      </x:c>
+      <x:c r="FA41" s="3" t="n">
+        <x:v>40449</x:v>
+      </x:c>
+      <x:c r="FB41" s="3" t="n">
+        <x:v>42077</x:v>
+      </x:c>
+      <x:c r="FC41" s="3" t="n">
+        <x:v>36997</x:v>
+      </x:c>
+      <x:c r="FD41" s="3" t="n">
+        <x:v>35341</x:v>
+      </x:c>
+      <x:c r="FE41" s="3" t="n">
+        <x:v>42081</x:v>
+      </x:c>
+      <x:c r="FF41" s="3" t="n">
+        <x:v>41602</x:v>
+      </x:c>
+      <x:c r="FG41" s="3" t="n">
+        <x:v>41811</x:v>
+      </x:c>
+      <x:c r="FH41" s="3" t="n">
+        <x:v>38379</x:v>
+      </x:c>
+      <x:c r="FI41" s="3" t="n">
+        <x:v>46251</x:v>
+      </x:c>
+      <x:c r="FJ41" s="3" t="n">
+        <x:v>47421</x:v>
+      </x:c>
+      <x:c r="FK41" s="3" t="n">
+        <x:v>43864</x:v>
+      </x:c>
+      <x:c r="FL41" s="3" t="n">
+        <x:v>42736</x:v>
+      </x:c>
+      <x:c r="FM41" s="3" t="n">
+        <x:v>49495</x:v>
+      </x:c>
+      <x:c r="FN41" s="3" t="n">
+        <x:v>49920</x:v>
+      </x:c>
+      <x:c r="FO41" s="3" t="n">
+        <x:v>43121</x:v>
+      </x:c>
+      <x:c r="FP41" s="3" t="n">
+        <x:v>40756</x:v>
+      </x:c>
+      <x:c r="FQ41" s="3" t="n">
+        <x:v>48006</x:v>
+      </x:c>
+      <x:c r="FR41" s="3" t="n">
+        <x:v>46694</x:v>
+      </x:c>
+      <x:c r="FS41" s="3" t="n">
+        <x:v>44547</x:v>
+      </x:c>
+      <x:c r="FT41" s="3" t="n">
+        <x:v>42652</x:v>
+      </x:c>
+      <x:c r="FU41" s="3" t="n">
+        <x:v>52021</x:v>
+      </x:c>
+      <x:c r="FV41" s="3" t="n">
+        <x:v>52702</x:v>
+      </x:c>
+      <x:c r="FW41" s="3" t="n">
+        <x:v>48621</x:v>
+      </x:c>
+      <x:c r="FX41" s="3" t="n">
+        <x:v>47076</x:v>
+      </x:c>
+      <x:c r="FY41" s="3" t="n">
+        <x:v>55401</x:v>
+      </x:c>
+      <x:c r="FZ41" s="3" t="n">
+        <x:v>56978</x:v>
+      </x:c>
+      <x:c r="GA41" s="3" t="n">
+        <x:v>49570</x:v>
+      </x:c>
+      <x:c r="GB41" s="3" t="n">
+        <x:v>47705</x:v>
+      </x:c>
+      <x:c r="GC41" s="3" t="n">
+        <x:v>56215</x:v>
+      </x:c>
+      <x:c r="GD41" s="3" t="n">
+        <x:v>54050</x:v>
+      </x:c>
+      <x:c r="GE41" s="3" t="n">
+        <x:v>52768</x:v>
+      </x:c>
+      <x:c r="GF41" s="3" t="n">
+        <x:v>48371</x:v>
+      </x:c>
+      <x:c r="GG41" s="3" t="n">
+        <x:v>56493</x:v>
+      </x:c>
+      <x:c r="GH41" s="3" t="n">
+        <x:v>56537</x:v>
+      </x:c>
+      <x:c r="GI41" s="3" t="n">
+        <x:v>51102</x:v>
+      </x:c>
+      <x:c r="GJ41" s="3" t="n">
+        <x:v>48565</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:192">
+      <x:c r="A42" s="2" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="B42" s="3" t="n">
+        <x:v>3960</x:v>
+      </x:c>
+      <x:c r="C42" s="3" t="n">
         <x:v>4386</x:v>
       </x:c>
-      <x:c r="FN27" s="3" t="n">
-[...20 lines deleted...]
-      <x:c r="FU27" s="3" t="n">
+      <x:c r="D42" s="3" t="n">
+        <x:v>4095</x:v>
+      </x:c>
+      <x:c r="E42" s="3" t="n">
+        <x:v>4441</x:v>
+      </x:c>
+      <x:c r="F42" s="3" t="n">
+        <x:v>4722</x:v>
+      </x:c>
+      <x:c r="G42" s="3" t="n">
+        <x:v>4511</x:v>
+      </x:c>
+      <x:c r="H42" s="3" t="n">
+        <x:v>4168</x:v>
+      </x:c>
+      <x:c r="I42" s="3" t="n">
+        <x:v>4492</x:v>
+      </x:c>
+      <x:c r="J42" s="3" t="n">
+        <x:v>4148</x:v>
+      </x:c>
+      <x:c r="K42" s="3" t="n">
+        <x:v>3915</x:v>
+      </x:c>
+      <x:c r="L42" s="3" t="n">
+        <x:v>3728</x:v>
+      </x:c>
+      <x:c r="M42" s="3" t="n">
+        <x:v>4102</x:v>
+      </x:c>
+      <x:c r="N42" s="3" t="n">
+        <x:v>4379</x:v>
+      </x:c>
+      <x:c r="O42" s="3" t="n">
+        <x:v>4146</x:v>
+      </x:c>
+      <x:c r="P42" s="3" t="n">
+        <x:v>3893</x:v>
+      </x:c>
+      <x:c r="Q42" s="3" t="n">
+        <x:v>4247</x:v>
+      </x:c>
+      <x:c r="R42" s="3" t="n">
+        <x:v>4238</x:v>
+      </x:c>
+      <x:c r="S42" s="3" t="n">
+        <x:v>4236</x:v>
+      </x:c>
+      <x:c r="T42" s="3" t="n">
+        <x:v>3940</x:v>
+      </x:c>
+      <x:c r="U42" s="3" t="n">
+        <x:v>4494</x:v>
+      </x:c>
+      <x:c r="V42" s="3" t="n">
+        <x:v>4297</x:v>
+      </x:c>
+      <x:c r="W42" s="3" t="n">
+        <x:v>4564</x:v>
+      </x:c>
+      <x:c r="X42" s="3" t="n">
+        <x:v>4252</x:v>
+      </x:c>
+      <x:c r="Y42" s="3" t="n">
+        <x:v>4670</x:v>
+      </x:c>
+      <x:c r="Z42" s="3" t="n">
+        <x:v>5392</x:v>
+      </x:c>
+      <x:c r="AA42" s="3" t="n">
         <x:v>5081</x:v>
       </x:c>
-      <x:c r="FV27" s="3" t="n">
-[...39 lines deleted...]
-        <x:v>6273</x:v>
+      <x:c r="AB42" s="3" t="n">
+        <x:v>5104</x:v>
+      </x:c>
+      <x:c r="AC42" s="3" t="n">
+        <x:v>5859</x:v>
+      </x:c>
+      <x:c r="AD42" s="3" t="n">
+        <x:v>6131</x:v>
+      </x:c>
+      <x:c r="AE42" s="3" t="n">
+        <x:v>5654</x:v>
+      </x:c>
+      <x:c r="AF42" s="3" t="n">
+        <x:v>5748</x:v>
+      </x:c>
+      <x:c r="AG42" s="3" t="n">
+        <x:v>6175</x:v>
+      </x:c>
+      <x:c r="AH42" s="3" t="n">
+        <x:v>5351</x:v>
+      </x:c>
+      <x:c r="AI42" s="3" t="n">
+        <x:v>5903</x:v>
+      </x:c>
+      <x:c r="AJ42" s="3" t="n">
+        <x:v>5332</x:v>
+      </x:c>
+      <x:c r="AK42" s="3" t="n">
+        <x:v>5815</x:v>
+      </x:c>
+      <x:c r="AL42" s="3" t="n">
+        <x:v>5396</x:v>
+      </x:c>
+      <x:c r="AM42" s="3" t="n">
+        <x:v>5670</x:v>
+      </x:c>
+      <x:c r="AN42" s="3" t="n">
+        <x:v>5113</x:v>
+      </x:c>
+      <x:c r="AO42" s="3" t="n">
+        <x:v>5832</x:v>
+      </x:c>
+      <x:c r="AP42" s="3" t="n">
+        <x:v>6498</x:v>
+      </x:c>
+      <x:c r="AQ42" s="3" t="n">
+        <x:v>6094</x:v>
+      </x:c>
+      <x:c r="AR42" s="3" t="n">
+        <x:v>5771</x:v>
+      </x:c>
+      <x:c r="AS42" s="3" t="n">
+        <x:v>6199</x:v>
+      </x:c>
+      <x:c r="AT42" s="3" t="n">
+        <x:v>5777</x:v>
+      </x:c>
+      <x:c r="AU42" s="3" t="n">
+        <x:v>5831</x:v>
+      </x:c>
+      <x:c r="AV42" s="3" t="n">
+        <x:v>5272</x:v>
+      </x:c>
+      <x:c r="AW42" s="3" t="n">
+        <x:v>5869</x:v>
+      </x:c>
+      <x:c r="AX42" s="3" t="n">
+        <x:v>5907</x:v>
+      </x:c>
+      <x:c r="AY42" s="3" t="n">
+        <x:v>5567</x:v>
+      </x:c>
+      <x:c r="AZ42" s="3" t="n">
+        <x:v>5386</x:v>
+      </x:c>
+      <x:c r="BA42" s="3" t="n">
+        <x:v>5820</x:v>
+      </x:c>
+      <x:c r="BB42" s="3" t="n">
+        <x:v>5698</x:v>
+      </x:c>
+      <x:c r="BC42" s="3" t="n">
+        <x:v>5907</x:v>
+      </x:c>
+      <x:c r="BD42" s="3" t="n">
+        <x:v>5582</x:v>
+      </x:c>
+      <x:c r="BE42" s="3" t="n">
+        <x:v>5994</x:v>
+      </x:c>
+      <x:c r="BF42" s="3" t="n">
+        <x:v>6043</x:v>
+      </x:c>
+      <x:c r="BG42" s="3" t="n">
+        <x:v>5812</x:v>
+      </x:c>
+      <x:c r="BH42" s="3" t="n">
+        <x:v>5883</x:v>
+      </x:c>
+      <x:c r="BI42" s="3" t="n">
+        <x:v>6177</x:v>
+      </x:c>
+      <x:c r="BJ42" s="3" t="n">
+        <x:v>6571</x:v>
+      </x:c>
+      <x:c r="BK42" s="3" t="n">
+        <x:v>6480</x:v>
+      </x:c>
+      <x:c r="BL42" s="3" t="n">
+        <x:v>6381</x:v>
+      </x:c>
+      <x:c r="BM42" s="3" t="n">
+        <x:v>7088</x:v>
+      </x:c>
+      <x:c r="BN42" s="3" t="n">
+        <x:v>7228</x:v>
+      </x:c>
+      <x:c r="BO42" s="3" t="n">
+        <x:v>7405</x:v>
+      </x:c>
+      <x:c r="BP42" s="3" t="n">
+        <x:v>7164</x:v>
+      </x:c>
+      <x:c r="BQ42" s="3" t="n">
+        <x:v>7781</x:v>
+      </x:c>
+      <x:c r="BR42" s="3" t="n">
+        <x:v>8415</x:v>
+      </x:c>
+      <x:c r="BS42" s="3" t="n">
+        <x:v>7870</x:v>
+      </x:c>
+      <x:c r="BT42" s="3" t="n">
+        <x:v>7801</x:v>
+      </x:c>
+      <x:c r="BU42" s="3" t="n">
+        <x:v>8711</x:v>
+      </x:c>
+      <x:c r="BV42" s="3" t="n">
+        <x:v>9410</x:v>
+      </x:c>
+      <x:c r="BW42" s="3" t="n">
+        <x:v>8849</x:v>
+      </x:c>
+      <x:c r="BX42" s="3" t="n">
+        <x:v>9141</x:v>
+      </x:c>
+      <x:c r="BY42" s="3" t="n">
+        <x:v>9958</x:v>
+      </x:c>
+      <x:c r="BZ42" s="3" t="n">
+        <x:v>9981</x:v>
+      </x:c>
+      <x:c r="CA42" s="3" t="n">
+        <x:v>11193</x:v>
+      </x:c>
+      <x:c r="CB42" s="3" t="n">
+        <x:v>10303</x:v>
+      </x:c>
+      <x:c r="CC42" s="3" t="n">
+        <x:v>11382</x:v>
+      </x:c>
+      <x:c r="CD42" s="3" t="n">
+        <x:v>12189</x:v>
+      </x:c>
+      <x:c r="CE42" s="3" t="n">
+        <x:v>11933</x:v>
+      </x:c>
+      <x:c r="CF42" s="3" t="n">
+        <x:v>11696</x:v>
+      </x:c>
+      <x:c r="CG42" s="3" t="n">
+        <x:v>12941</x:v>
+      </x:c>
+      <x:c r="CH42" s="3" t="n">
+        <x:v>13682</x:v>
+      </x:c>
+      <x:c r="CI42" s="3" t="n">
+        <x:v>13677</x:v>
+      </x:c>
+      <x:c r="CJ42" s="3" t="n">
+        <x:v>13057</x:v>
+      </x:c>
+      <x:c r="CK42" s="3" t="n">
+        <x:v>14722</x:v>
+      </x:c>
+      <x:c r="CL42" s="3" t="n">
+        <x:v>15867</x:v>
+      </x:c>
+      <x:c r="CM42" s="3" t="n">
+        <x:v>14813</x:v>
+      </x:c>
+      <x:c r="CN42" s="3" t="n">
+        <x:v>14335</x:v>
+      </x:c>
+      <x:c r="CO42" s="3" t="n">
+        <x:v>16065</x:v>
+      </x:c>
+      <x:c r="CP42" s="3" t="n">
+        <x:v>15851</x:v>
+      </x:c>
+      <x:c r="CQ42" s="3" t="n">
+        <x:v>14825</x:v>
+      </x:c>
+      <x:c r="CR42" s="3" t="n">
+        <x:v>14362</x:v>
+      </x:c>
+      <x:c r="CS42" s="3" t="n">
+        <x:v>15630</x:v>
+      </x:c>
+      <x:c r="CT42" s="3" t="n">
+        <x:v>14655</x:v>
+      </x:c>
+      <x:c r="CU42" s="3" t="n">
+        <x:v>15183</x:v>
+      </x:c>
+      <x:c r="CV42" s="3" t="n">
+        <x:v>14055</x:v>
+      </x:c>
+      <x:c r="CW42" s="3" t="n">
+        <x:v>15099</x:v>
+      </x:c>
+      <x:c r="CX42" s="3" t="n">
+        <x:v>15054</x:v>
+      </x:c>
+      <x:c r="CY42" s="3" t="n">
+        <x:v>14311</x:v>
+      </x:c>
+      <x:c r="CZ42" s="3" t="n">
+        <x:v>13939</x:v>
+      </x:c>
+      <x:c r="DA42" s="3" t="n">
+        <x:v>15358</x:v>
+      </x:c>
+      <x:c r="DB42" s="3" t="n">
+        <x:v>15882</x:v>
+      </x:c>
+      <x:c r="DC42" s="3" t="n">
+        <x:v>15115</x:v>
+      </x:c>
+      <x:c r="DD42" s="3" t="n">
+        <x:v>14989</x:v>
+      </x:c>
+      <x:c r="DE42" s="3" t="n">
+        <x:v>16802</x:v>
+      </x:c>
+      <x:c r="DF42" s="3" t="n">
+        <x:v>16871</x:v>
+      </x:c>
+      <x:c r="DG42" s="3" t="n">
+        <x:v>18352</x:v>
+      </x:c>
+      <x:c r="DH42" s="3" t="n">
+        <x:v>17186</x:v>
+      </x:c>
+      <x:c r="DI42" s="3" t="n">
+        <x:v>20647</x:v>
+      </x:c>
+      <x:c r="DJ42" s="3" t="n">
+        <x:v>19394</x:v>
+      </x:c>
+      <x:c r="DK42" s="3" t="n">
+        <x:v>20221</x:v>
+      </x:c>
+      <x:c r="DL42" s="3" t="n">
+        <x:v>19760</x:v>
+      </x:c>
+      <x:c r="DM42" s="3" t="n">
+        <x:v>25193</x:v>
+      </x:c>
+      <x:c r="DN42" s="3" t="n">
+        <x:v>21509</x:v>
+      </x:c>
+      <x:c r="DO42" s="3" t="n">
+        <x:v>22484</x:v>
+      </x:c>
+      <x:c r="DP42" s="3" t="n">
+        <x:v>22166</x:v>
+      </x:c>
+      <x:c r="DQ42" s="3" t="n">
+        <x:v>26742</x:v>
+      </x:c>
+      <x:c r="DR42" s="3" t="n">
+        <x:v>21311</x:v>
+      </x:c>
+      <x:c r="DS42" s="3" t="n">
+        <x:v>23989</x:v>
+      </x:c>
+      <x:c r="DT42" s="3" t="n">
+        <x:v>24513</x:v>
+      </x:c>
+      <x:c r="DU42" s="3" t="n">
+        <x:v>24074</x:v>
+      </x:c>
+      <x:c r="DV42" s="3" t="n">
+        <x:v>20999</x:v>
+      </x:c>
+      <x:c r="DW42" s="3" t="n">
+        <x:v>22552</x:v>
+      </x:c>
+      <x:c r="DX42" s="3" t="n">
+        <x:v>23668</x:v>
+      </x:c>
+      <x:c r="DY42" s="3" t="n">
+        <x:v>23473</x:v>
+      </x:c>
+      <x:c r="DZ42" s="3" t="n">
+        <x:v>20394</x:v>
+      </x:c>
+      <x:c r="EA42" s="3" t="n">
+        <x:v>22370</x:v>
+      </x:c>
+      <x:c r="EB42" s="3" t="n">
+        <x:v>24290</x:v>
+      </x:c>
+      <x:c r="EC42" s="3" t="n">
+        <x:v>23328</x:v>
+      </x:c>
+      <x:c r="ED42" s="3" t="n">
+        <x:v>22083</x:v>
+      </x:c>
+      <x:c r="EE42" s="3" t="n">
+        <x:v>24536</x:v>
+      </x:c>
+      <x:c r="EF42" s="3" t="n">
+        <x:v>26327</x:v>
+      </x:c>
+      <x:c r="EG42" s="3" t="n">
+        <x:v>26065</x:v>
+      </x:c>
+      <x:c r="EH42" s="3" t="n">
+        <x:v>23848</x:v>
+      </x:c>
+      <x:c r="EI42" s="3" t="n">
+        <x:v>25799</x:v>
+      </x:c>
+      <x:c r="EJ42" s="3" t="n">
+        <x:v>28980</x:v>
+      </x:c>
+      <x:c r="EK42" s="3" t="n">
+        <x:v>27912</x:v>
+      </x:c>
+      <x:c r="EL42" s="3" t="n">
+        <x:v>23392</x:v>
+      </x:c>
+      <x:c r="EM42" s="3" t="n">
+        <x:v>28116</x:v>
+      </x:c>
+      <x:c r="EN42" s="3" t="n">
+        <x:v>29496</x:v>
+      </x:c>
+      <x:c r="EO42" s="3" t="n">
+        <x:v>28316</x:v>
+      </x:c>
+      <x:c r="EP42" s="3" t="n">
+        <x:v>25764</x:v>
+      </x:c>
+      <x:c r="EQ42" s="3" t="n">
+        <x:v>26971</x:v>
+      </x:c>
+      <x:c r="ER42" s="3" t="n">
+        <x:v>29676</x:v>
+      </x:c>
+      <x:c r="ES42" s="3" t="n">
+        <x:v>28565</x:v>
+      </x:c>
+      <x:c r="ET42" s="3" t="n">
+        <x:v>24846</x:v>
+      </x:c>
+      <x:c r="EU42" s="3" t="n">
+        <x:v>26549</x:v>
+      </x:c>
+      <x:c r="EV42" s="3" t="n">
+        <x:v>27745</x:v>
+      </x:c>
+      <x:c r="EW42" s="3" t="n">
+        <x:v>26298</x:v>
+      </x:c>
+      <x:c r="EX42" s="3" t="n">
+        <x:v>23573</x:v>
+      </x:c>
+      <x:c r="EY42" s="3" t="n">
+        <x:v>26578</x:v>
+      </x:c>
+      <x:c r="EZ42" s="3" t="n">
+        <x:v>27175</x:v>
+      </x:c>
+      <x:c r="FA42" s="3" t="n">
+        <x:v>27108</x:v>
+      </x:c>
+      <x:c r="FB42" s="3" t="n">
+        <x:v>26652</x:v>
+      </x:c>
+      <x:c r="FC42" s="3" t="n">
+        <x:v>26366</x:v>
+      </x:c>
+      <x:c r="FD42" s="3" t="n">
+        <x:v>28995</x:v>
+      </x:c>
+      <x:c r="FE42" s="3" t="n">
+        <x:v>28811</x:v>
+      </x:c>
+      <x:c r="FF42" s="3" t="n">
+        <x:v>27619</x:v>
+      </x:c>
+      <x:c r="FG42" s="3" t="n">
+        <x:v>30506</x:v>
+      </x:c>
+      <x:c r="FH42" s="3" t="n">
+        <x:v>31470</x:v>
+      </x:c>
+      <x:c r="FI42" s="3" t="n">
+        <x:v>31156</x:v>
+      </x:c>
+      <x:c r="FJ42" s="3" t="n">
+        <x:v>29447</x:v>
+      </x:c>
+      <x:c r="FK42" s="3" t="n">
+        <x:v>29379</x:v>
+      </x:c>
+      <x:c r="FL42" s="3" t="n">
+        <x:v>31601</x:v>
+      </x:c>
+      <x:c r="FM42" s="3" t="n">
+        <x:v>30535</x:v>
+      </x:c>
+      <x:c r="FN42" s="3" t="n">
+        <x:v>30092</x:v>
+      </x:c>
+      <x:c r="FO42" s="3" t="n">
+        <x:v>25971</x:v>
+      </x:c>
+      <x:c r="FP42" s="3" t="n">
+        <x:v>28376</x:v>
+      </x:c>
+      <x:c r="FQ42" s="3" t="n">
+        <x:v>29197</x:v>
+      </x:c>
+      <x:c r="FR42" s="3" t="n">
+        <x:v>26860</x:v>
+      </x:c>
+      <x:c r="FS42" s="3" t="n">
+        <x:v>26448</x:v>
+      </x:c>
+      <x:c r="FT42" s="3" t="n">
+        <x:v>26952</x:v>
+      </x:c>
+      <x:c r="FU42" s="3" t="n">
+        <x:v>32579</x:v>
+      </x:c>
+      <x:c r="FV42" s="3" t="n">
+        <x:v>31317</x:v>
+      </x:c>
+      <x:c r="FW42" s="3" t="n">
+        <x:v>30336</x:v>
+      </x:c>
+      <x:c r="FX42" s="3" t="n">
+        <x:v>29212</x:v>
+      </x:c>
+      <x:c r="FY42" s="3" t="n">
+        <x:v>33066</x:v>
+      </x:c>
+      <x:c r="FZ42" s="3" t="n">
+        <x:v>32011</x:v>
+      </x:c>
+      <x:c r="GA42" s="3" t="n">
+        <x:v>28454</x:v>
+      </x:c>
+      <x:c r="GB42" s="3" t="n">
+        <x:v>26957</x:v>
+      </x:c>
+      <x:c r="GC42" s="3" t="n">
+        <x:v>30367</x:v>
+      </x:c>
+      <x:c r="GD42" s="3" t="n">
+        <x:v>28376</x:v>
+      </x:c>
+      <x:c r="GE42" s="3" t="n">
+        <x:v>29053</x:v>
+      </x:c>
+      <x:c r="GF42" s="3" t="n">
+        <x:v>27407</x:v>
+      </x:c>
+      <x:c r="GG42" s="3" t="n">
+        <x:v>30093</x:v>
+      </x:c>
+      <x:c r="GH42" s="3" t="n">
+        <x:v>29121</x:v>
+      </x:c>
+      <x:c r="GI42" s="3" t="n">
+        <x:v>28118</x:v>
+      </x:c>
+      <x:c r="GJ42" s="3" t="n">
+        <x:v>27314</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:191">
-[...105 lines deleted...]
-      <x:c r="AJ28" s="3" t="n">
+    <x:row r="43" spans="1:192">
+      <x:c r="A43" s="2" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="B43" s="3" t="n">
+        <x:v>27016</x:v>
+      </x:c>
+      <x:c r="C43" s="3" t="n">
+        <x:v>27016</x:v>
+      </x:c>
+      <x:c r="D43" s="3" t="n">
+        <x:v>26329</x:v>
+      </x:c>
+      <x:c r="E43" s="3" t="n">
+        <x:v>27700</x:v>
+      </x:c>
+      <x:c r="F43" s="3" t="n">
+        <x:v>28537</x:v>
+      </x:c>
+      <x:c r="G43" s="3" t="n">
+        <x:v>25842</x:v>
+      </x:c>
+      <x:c r="H43" s="3" t="n">
+        <x:v>26828</x:v>
+      </x:c>
+      <x:c r="I43" s="3" t="n">
+        <x:v>28238</x:v>
+      </x:c>
+      <x:c r="J43" s="3" t="n">
+        <x:v>29317</x:v>
+      </x:c>
+      <x:c r="K43" s="3" t="n">
+        <x:v>26735</x:v>
+      </x:c>
+      <x:c r="L43" s="3" t="n">
+        <x:v>27688</x:v>
+      </x:c>
+      <x:c r="M43" s="3" t="n">
+        <x:v>28647</x:v>
+      </x:c>
+      <x:c r="N43" s="3" t="n">
+        <x:v>30405</x:v>
+      </x:c>
+      <x:c r="O43" s="3" t="n">
+        <x:v>28205</x:v>
+      </x:c>
+      <x:c r="P43" s="3" t="n">
+        <x:v>29257</x:v>
+      </x:c>
+      <x:c r="Q43" s="3" t="n">
+        <x:v>30591</x:v>
+      </x:c>
+      <x:c r="R43" s="3" t="n">
+        <x:v>30843</x:v>
+      </x:c>
+      <x:c r="S43" s="3" t="n">
+        <x:v>28574</x:v>
+      </x:c>
+      <x:c r="T43" s="3" t="n">
+        <x:v>29588</x:v>
+      </x:c>
+      <x:c r="U43" s="3" t="n">
+        <x:v>31505</x:v>
+      </x:c>
+      <x:c r="V43" s="3" t="n">
+        <x:v>31538</x:v>
+      </x:c>
+      <x:c r="W43" s="3" t="n">
+        <x:v>30644</x:v>
+      </x:c>
+      <x:c r="X43" s="3" t="n">
+        <x:v>30650</x:v>
+      </x:c>
+      <x:c r="Y43" s="3" t="n">
+        <x:v>32071</x:v>
+      </x:c>
+      <x:c r="Z43" s="3" t="n">
+        <x:v>34031</x:v>
+      </x:c>
+      <x:c r="AA43" s="3" t="n">
+        <x:v>30328</x:v>
+      </x:c>
+      <x:c r="AB43" s="3" t="n">
+        <x:v>31095</x:v>
+      </x:c>
+      <x:c r="AC43" s="3" t="n">
+        <x:v>32597</x:v>
+      </x:c>
+      <x:c r="AD43" s="3" t="n">
+        <x:v>33859</x:v>
+      </x:c>
+      <x:c r="AE43" s="3" t="n">
+        <x:v>31028</x:v>
+      </x:c>
+      <x:c r="AF43" s="3" t="n">
+        <x:v>32680</x:v>
+      </x:c>
+      <x:c r="AG43" s="3" t="n">
+        <x:v>33814</x:v>
+      </x:c>
+      <x:c r="AH43" s="3" t="n">
+        <x:v>31402</x:v>
+      </x:c>
+      <x:c r="AI43" s="3" t="n">
+        <x:v>34287</x:v>
+      </x:c>
+      <x:c r="AJ43" s="3" t="n">
+        <x:v>32904</x:v>
+      </x:c>
+      <x:c r="AK43" s="3" t="n">
+        <x:v>34515</x:v>
+      </x:c>
+      <x:c r="AL43" s="3" t="n">
+        <x:v>33387</x:v>
+      </x:c>
+      <x:c r="AM43" s="3" t="n">
+        <x:v>34871</x:v>
+      </x:c>
+      <x:c r="AN43" s="3" t="n">
+        <x:v>32738</x:v>
+      </x:c>
+      <x:c r="AO43" s="3" t="n">
+        <x:v>35364</x:v>
+      </x:c>
+      <x:c r="AP43" s="3" t="n">
+        <x:v>35492</x:v>
+      </x:c>
+      <x:c r="AQ43" s="3" t="n">
+        <x:v>34045</x:v>
+      </x:c>
+      <x:c r="AR43" s="3" t="n">
+        <x:v>34681</x:v>
+      </x:c>
+      <x:c r="AS43" s="3" t="n">
+        <x:v>35649</x:v>
+      </x:c>
+      <x:c r="AT43" s="3" t="n">
+        <x:v>35752</x:v>
+      </x:c>
+      <x:c r="AU43" s="3" t="n">
+        <x:v>35344</x:v>
+      </x:c>
+      <x:c r="AV43" s="3" t="n">
+        <x:v>34819</x:v>
+      </x:c>
+      <x:c r="AW43" s="3" t="n">
+        <x:v>37398</x:v>
+      </x:c>
+      <x:c r="AX43" s="3" t="n">
+        <x:v>39320</x:v>
+      </x:c>
+      <x:c r="AY43" s="3" t="n">
+        <x:v>36374</x:v>
+      </x:c>
+      <x:c r="AZ43" s="3" t="n">
+        <x:v>37541</x:v>
+      </x:c>
+      <x:c r="BA43" s="3" t="n">
+        <x:v>39370</x:v>
+      </x:c>
+      <x:c r="BB43" s="3" t="n">
+        <x:v>39229</x:v>
+      </x:c>
+      <x:c r="BC43" s="3" t="n">
+        <x:v>39738</x:v>
+      </x:c>
+      <x:c r="BD43" s="3" t="n">
+        <x:v>40561</x:v>
+      </x:c>
+      <x:c r="BE43" s="3" t="n">
+        <x:v>41489</x:v>
+      </x:c>
+      <x:c r="BF43" s="3" t="n">
+        <x:v>42870</x:v>
+      </x:c>
+      <x:c r="BG43" s="3" t="n">
+        <x:v>39670</x:v>
+      </x:c>
+      <x:c r="BH43" s="3" t="n">
+        <x:v>41338</x:v>
+      </x:c>
+      <x:c r="BI43" s="3" t="n">
+        <x:v>43235</x:v>
+      </x:c>
+      <x:c r="BJ43" s="3" t="n">
+        <x:v>43125</x:v>
+      </x:c>
+      <x:c r="BK43" s="3" t="n">
+        <x:v>40429</x:v>
+      </x:c>
+      <x:c r="BL43" s="3" t="n">
+        <x:v>42083</x:v>
+      </x:c>
+      <x:c r="BM43" s="3" t="n">
+        <x:v>44565</x:v>
+      </x:c>
+      <x:c r="BN43" s="3" t="n">
+        <x:v>42700</x:v>
+      </x:c>
+      <x:c r="BO43" s="3" t="n">
+        <x:v>41768</x:v>
+      </x:c>
+      <x:c r="BP43" s="3" t="n">
+        <x:v>42467</x:v>
+      </x:c>
+      <x:c r="BQ43" s="3" t="n">
+        <x:v>44551</x:v>
+      </x:c>
+      <x:c r="BR43" s="3" t="n">
+        <x:v>44261</x:v>
+      </x:c>
+      <x:c r="BS43" s="3" t="n">
+        <x:v>39654</x:v>
+      </x:c>
+      <x:c r="BT43" s="3" t="n">
+        <x:v>41373</x:v>
+      </x:c>
+      <x:c r="BU43" s="3" t="n">
+        <x:v>43628</x:v>
+      </x:c>
+      <x:c r="BV43" s="3" t="n">
+        <x:v>44138</x:v>
+      </x:c>
+      <x:c r="BW43" s="3" t="n">
+        <x:v>40111</x:v>
+      </x:c>
+      <x:c r="BX43" s="3" t="n">
+        <x:v>42234</x:v>
+      </x:c>
+      <x:c r="BY43" s="3" t="n">
+        <x:v>43720</x:v>
+      </x:c>
+      <x:c r="BZ43" s="3" t="n">
+        <x:v>41253</x:v>
+      </x:c>
+      <x:c r="CA43" s="3" t="n">
+        <x:v>43061</x:v>
+      </x:c>
+      <x:c r="CB43" s="3" t="n">
+        <x:v>42296</x:v>
+      </x:c>
+      <x:c r="CC43" s="3" t="n">
+        <x:v>43868</x:v>
+      </x:c>
+      <x:c r="CD43" s="3" t="n">
+        <x:v>44198</x:v>
+      </x:c>
+      <x:c r="CE43" s="3" t="n">
+        <x:v>40433</x:v>
+      </x:c>
+      <x:c r="CF43" s="3" t="n">
+        <x:v>42364</x:v>
+      </x:c>
+      <x:c r="CG43" s="3" t="n">
+        <x:v>44306</x:v>
+      </x:c>
+      <x:c r="CH43" s="3" t="n">
+        <x:v>43563</x:v>
+      </x:c>
+      <x:c r="CI43" s="3" t="n">
+        <x:v>41901</x:v>
+      </x:c>
+      <x:c r="CJ43" s="3" t="n">
+        <x:v>43326</x:v>
+      </x:c>
+      <x:c r="CK43" s="3" t="n">
+        <x:v>44733</x:v>
+      </x:c>
+      <x:c r="CL43" s="3" t="n">
+        <x:v>44731</x:v>
+      </x:c>
+      <x:c r="CM43" s="3" t="n">
+        <x:v>40547</x:v>
+      </x:c>
+      <x:c r="CN43" s="3" t="n">
+        <x:v>42119</x:v>
+      </x:c>
+      <x:c r="CO43" s="3" t="n">
+        <x:v>43334</x:v>
+      </x:c>
+      <x:c r="CP43" s="3" t="n">
+        <x:v>43604</x:v>
+      </x:c>
+      <x:c r="CQ43" s="3" t="n">
+        <x:v>39828</x:v>
+      </x:c>
+      <x:c r="CR43" s="3" t="n">
+        <x:v>41535</x:v>
+      </x:c>
+      <x:c r="CS43" s="3" t="n">
+        <x:v>43080</x:v>
+      </x:c>
+      <x:c r="CT43" s="3" t="n">
+        <x:v>40185</x:v>
+      </x:c>
+      <x:c r="CU43" s="3" t="n">
+        <x:v>40293</x:v>
+      </x:c>
+      <x:c r="CV43" s="3" t="n">
+        <x:v>41199</x:v>
+      </x:c>
+      <x:c r="CW43" s="3" t="n">
+        <x:v>40805</x:v>
+      </x:c>
+      <x:c r="CX43" s="3" t="n">
+        <x:v>41649</x:v>
+      </x:c>
+      <x:c r="CY43" s="3" t="n">
+        <x:v>39076</x:v>
+      </x:c>
+      <x:c r="CZ43" s="3" t="n">
+        <x:v>41203</x:v>
+      </x:c>
+      <x:c r="DA43" s="3" t="n">
+        <x:v>41008</x:v>
+      </x:c>
+      <x:c r="DB43" s="3" t="n">
+        <x:v>41495</x:v>
+      </x:c>
+      <x:c r="DC43" s="3" t="n">
+        <x:v>38731</x:v>
+      </x:c>
+      <x:c r="DD43" s="3" t="n">
+        <x:v>41418</x:v>
+      </x:c>
+      <x:c r="DE43" s="3" t="n">
+        <x:v>42840</x:v>
+      </x:c>
+      <x:c r="DF43" s="3" t="n">
+        <x:v>39803</x:v>
+      </x:c>
+      <x:c r="DG43" s="3" t="n">
+        <x:v>41807</x:v>
+      </x:c>
+      <x:c r="DH43" s="3" t="n">
+        <x:v>41181</x:v>
+      </x:c>
+      <x:c r="DI43" s="3" t="n">
+        <x:v>41388</x:v>
+      </x:c>
+      <x:c r="DJ43" s="3" t="n">
+        <x:v>42918</x:v>
+      </x:c>
+      <x:c r="DK43" s="3" t="n">
+        <x:v>39282</x:v>
+      </x:c>
+      <x:c r="DL43" s="3" t="n">
+        <x:v>41450</x:v>
+      </x:c>
+      <x:c r="DM43" s="3" t="n">
+        <x:v>41628</x:v>
+      </x:c>
+      <x:c r="DN43" s="3" t="n">
+        <x:v>43674</x:v>
+      </x:c>
+      <x:c r="DO43" s="3" t="n">
+        <x:v>40929</x:v>
+      </x:c>
+      <x:c r="DP43" s="3" t="n">
+        <x:v>42556</x:v>
+      </x:c>
+      <x:c r="DQ43" s="3" t="n">
+        <x:v>43141</x:v>
+      </x:c>
+      <x:c r="DR43" s="3" t="n">
+        <x:v>43732</x:v>
+      </x:c>
+      <x:c r="DS43" s="3" t="n">
+        <x:v>44056</x:v>
+      </x:c>
+      <x:c r="DT43" s="3" t="n">
+        <x:v>43984</x:v>
+      </x:c>
+      <x:c r="DU43" s="3" t="n">
+        <x:v>44497</x:v>
+      </x:c>
+      <x:c r="DV43" s="3" t="n">
+        <x:v>45526</x:v>
+      </x:c>
+      <x:c r="DW43" s="3" t="n">
+        <x:v>45255</x:v>
+      </x:c>
+      <x:c r="DX43" s="3" t="n">
+        <x:v>46022</x:v>
+      </x:c>
+      <x:c r="DY43" s="3" t="n">
+        <x:v>46553</x:v>
+      </x:c>
+      <x:c r="DZ43" s="3" t="n">
+        <x:v>48183</x:v>
+      </x:c>
+      <x:c r="EA43" s="3" t="n">
+        <x:v>47959</x:v>
+      </x:c>
+      <x:c r="EB43" s="3" t="n">
+        <x:v>47269</x:v>
+      </x:c>
+      <x:c r="EC43" s="3" t="n">
+        <x:v>47247</x:v>
+      </x:c>
+      <x:c r="ED43" s="3" t="n">
+        <x:v>48465</x:v>
+      </x:c>
+      <x:c r="EE43" s="3" t="n">
+        <x:v>48877</x:v>
+      </x:c>
+      <x:c r="EF43" s="3" t="n">
+        <x:v>49458</x:v>
+      </x:c>
+      <x:c r="EG43" s="3" t="n">
+        <x:v>49964</x:v>
+      </x:c>
+      <x:c r="EH43" s="3" t="n">
+        <x:v>50354</x:v>
+      </x:c>
+      <x:c r="EI43" s="3" t="n">
+        <x:v>50140</x:v>
+      </x:c>
+      <x:c r="EJ43" s="3" t="n">
+        <x:v>50191</x:v>
+      </x:c>
+      <x:c r="EK43" s="3" t="n">
+        <x:v>49902</x:v>
+      </x:c>
+      <x:c r="EL43" s="3" t="n">
+        <x:v>49802</x:v>
+      </x:c>
+      <x:c r="EM43" s="3" t="n">
+        <x:v>50083</x:v>
+      </x:c>
+      <x:c r="EN43" s="3" t="n">
+        <x:v>50364</x:v>
+      </x:c>
+      <x:c r="EO43" s="3" t="n">
+        <x:v>50448</x:v>
+      </x:c>
+      <x:c r="EP43" s="3" t="n">
+        <x:v>52111</x:v>
+      </x:c>
+      <x:c r="EQ43" s="3" t="n">
+        <x:v>52538</x:v>
+      </x:c>
+      <x:c r="ER43" s="3" t="n">
+        <x:v>52983</x:v>
+      </x:c>
+      <x:c r="ES43" s="3" t="n">
+        <x:v>53427</x:v>
+      </x:c>
+      <x:c r="ET43" s="3" t="n">
+        <x:v>54313</x:v>
+      </x:c>
+      <x:c r="EU43" s="3" t="n">
+        <x:v>54754</x:v>
+      </x:c>
+      <x:c r="EV43" s="3" t="n">
+        <x:v>55758</x:v>
+      </x:c>
+      <x:c r="EW43" s="3" t="n">
+        <x:v>55796</x:v>
+      </x:c>
+      <x:c r="EX43" s="3" t="n">
+        <x:v>55626</x:v>
+      </x:c>
+      <x:c r="EY43" s="3" t="n">
+        <x:v>56073</x:v>
+      </x:c>
+      <x:c r="EZ43" s="3" t="n">
+        <x:v>56773</x:v>
+      </x:c>
+      <x:c r="FA43" s="3" t="n">
+        <x:v>56996</x:v>
+      </x:c>
+      <x:c r="FB43" s="3" t="n">
+        <x:v>56477</x:v>
+      </x:c>
+      <x:c r="FC43" s="3" t="n">
+        <x:v>57434</x:v>
+      </x:c>
+      <x:c r="FD43" s="3" t="n">
+        <x:v>58204</x:v>
+      </x:c>
+      <x:c r="FE43" s="3" t="n">
+        <x:v>58509</x:v>
+      </x:c>
+      <x:c r="FF43" s="3" t="n">
+        <x:v>58426</x:v>
+      </x:c>
+      <x:c r="FG43" s="3" t="n">
+        <x:v>59016</x:v>
+      </x:c>
+      <x:c r="FH43" s="3" t="n">
+        <x:v>59607</x:v>
+      </x:c>
+      <x:c r="FI43" s="3" t="n">
+        <x:v>59727</x:v>
+      </x:c>
+      <x:c r="FJ43" s="3" t="n">
+        <x:v>59676</x:v>
+      </x:c>
+      <x:c r="FK43" s="3" t="n">
+        <x:v>60037</x:v>
+      </x:c>
+      <x:c r="FL43" s="3" t="n">
+        <x:v>60501</x:v>
+      </x:c>
+      <x:c r="FM43" s="3" t="n">
+        <x:v>60853</x:v>
+      </x:c>
+      <x:c r="FN43" s="3" t="n">
+        <x:v>62432</x:v>
+      </x:c>
+      <x:c r="FO43" s="3" t="n">
+        <x:v>62936</x:v>
+      </x:c>
+      <x:c r="FP43" s="3" t="n">
+        <x:v>63677</x:v>
+      </x:c>
+      <x:c r="FQ43" s="3" t="n">
+        <x:v>63952</x:v>
+      </x:c>
+      <x:c r="FR43" s="3" t="n">
+        <x:v>63781</x:v>
+      </x:c>
+      <x:c r="FS43" s="3" t="n">
+        <x:v>64206</x:v>
+      </x:c>
+      <x:c r="FT43" s="3" t="n">
+        <x:v>65518</x:v>
+      </x:c>
+      <x:c r="FU43" s="3" t="n">
+        <x:v>66152</x:v>
+      </x:c>
+      <x:c r="FV43" s="3" t="n">
+        <x:v>66875</x:v>
+      </x:c>
+      <x:c r="FW43" s="3" t="n">
+        <x:v>67721</x:v>
+      </x:c>
+      <x:c r="FX43" s="3" t="n">
+        <x:v>68733</x:v>
+      </x:c>
+      <x:c r="FY43" s="3" t="n">
+        <x:v>69077</x:v>
+      </x:c>
+      <x:c r="FZ43" s="3" t="n">
+        <x:v>69462</x:v>
+      </x:c>
+      <x:c r="GA43" s="3" t="n">
+        <x:v>69771</x:v>
+      </x:c>
+      <x:c r="GB43" s="3" t="n">
+        <x:v>70436</x:v>
+      </x:c>
+      <x:c r="GC43" s="3" t="n">
+        <x:v>70611</x:v>
+      </x:c>
+      <x:c r="GD43" s="3" t="n">
+        <x:v>70760</x:v>
+      </x:c>
+      <x:c r="GE43" s="3" t="n">
+        <x:v>71365</x:v>
+      </x:c>
+      <x:c r="GF43" s="3" t="n">
+        <x:v>72101</x:v>
+      </x:c>
+      <x:c r="GG43" s="3" t="n">
+        <x:v>72546</x:v>
+      </x:c>
+      <x:c r="GH43" s="3" t="n">
+        <x:v>72795</x:v>
+      </x:c>
+      <x:c r="GI43" s="3" t="n">
+        <x:v>73379</x:v>
+      </x:c>
+      <x:c r="GJ43" s="3" t="n">
+        <x:v>74139</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:192">
+      <x:c r="A44" s="2" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="B44" s="3" t="n">
+        <x:v>23894</x:v>
+      </x:c>
+      <x:c r="C44" s="3" t="n">
+        <x:v>23751</x:v>
+      </x:c>
+      <x:c r="D44" s="3" t="n">
+        <x:v>20252</x:v>
+      </x:c>
+      <x:c r="E44" s="3" t="n">
+        <x:v>25736</x:v>
+      </x:c>
+      <x:c r="F44" s="3" t="n">
+        <x:v>26804</x:v>
+      </x:c>
+      <x:c r="G44" s="3" t="n">
+        <x:v>23743</x:v>
+      </x:c>
+      <x:c r="H44" s="3" t="n">
+        <x:v>19988</x:v>
+      </x:c>
+      <x:c r="I44" s="3" t="n">
+        <x:v>26856</x:v>
+      </x:c>
+      <x:c r="J44" s="3" t="n">
+        <x:v>27868</x:v>
+      </x:c>
+      <x:c r="K44" s="3" t="n">
+        <x:v>24865</x:v>
+      </x:c>
+      <x:c r="L44" s="3" t="n">
+        <x:v>20012</x:v>
+      </x:c>
+      <x:c r="M44" s="3" t="n">
+        <x:v>27806</x:v>
+      </x:c>
+      <x:c r="N44" s="3" t="n">
+        <x:v>28787</x:v>
+      </x:c>
+      <x:c r="O44" s="3" t="n">
+        <x:v>25098</x:v>
+      </x:c>
+      <x:c r="P44" s="3" t="n">
+        <x:v>21910</x:v>
+      </x:c>
+      <x:c r="Q44" s="3" t="n">
+        <x:v>29168</x:v>
+      </x:c>
+      <x:c r="R44" s="3" t="n">
+        <x:v>30062</x:v>
+      </x:c>
+      <x:c r="S44" s="3" t="n">
+        <x:v>25685</x:v>
+      </x:c>
+      <x:c r="T44" s="3" t="n">
+        <x:v>23361</x:v>
+      </x:c>
+      <x:c r="U44" s="3" t="n">
+        <x:v>29868</x:v>
+      </x:c>
+      <x:c r="V44" s="3" t="n">
+        <x:v>29561</x:v>
+      </x:c>
+      <x:c r="W44" s="3" t="n">
+        <x:v>27383</x:v>
+      </x:c>
+      <x:c r="X44" s="3" t="n">
+        <x:v>24457</x:v>
+      </x:c>
+      <x:c r="Y44" s="3" t="n">
+        <x:v>29443</x:v>
+      </x:c>
+      <x:c r="Z44" s="3" t="n">
+        <x:v>31117</x:v>
+      </x:c>
+      <x:c r="AA44" s="3" t="n">
+        <x:v>27007</x:v>
+      </x:c>
+      <x:c r="AB44" s="3" t="n">
+        <x:v>22741</x:v>
+      </x:c>
+      <x:c r="AC44" s="3" t="n">
+        <x:v>30866</x:v>
+      </x:c>
+      <x:c r="AD44" s="3" t="n">
+        <x:v>31593</x:v>
+      </x:c>
+      <x:c r="AE44" s="3" t="n">
+        <x:v>28073</x:v>
+      </x:c>
+      <x:c r="AF44" s="3" t="n">
+        <x:v>22616</x:v>
+      </x:c>
+      <x:c r="AG44" s="3" t="n">
+        <x:v>32688</x:v>
+      </x:c>
+      <x:c r="AH44" s="3" t="n">
+        <x:v>28897</x:v>
+      </x:c>
+      <x:c r="AI44" s="3" t="n">
+        <x:v>31850</x:v>
+      </x:c>
+      <x:c r="AJ44" s="3" t="n">
+        <x:v>23771</x:v>
+      </x:c>
+      <x:c r="AK44" s="3" t="n">
+        <x:v>33086</x:v>
+      </x:c>
+      <x:c r="AL44" s="3" t="n">
+        <x:v>32653</x:v>
+      </x:c>
+      <x:c r="AM44" s="3" t="n">
+        <x:v>30121</x:v>
+      </x:c>
+      <x:c r="AN44" s="3" t="n">
+        <x:v>25003</x:v>
+      </x:c>
+      <x:c r="AO44" s="3" t="n">
+        <x:v>34038</x:v>
+      </x:c>
+      <x:c r="AP44" s="3" t="n">
+        <x:v>32702</x:v>
+      </x:c>
+      <x:c r="AQ44" s="3" t="n">
+        <x:v>30062</x:v>
+      </x:c>
+      <x:c r="AR44" s="3" t="n">
+        <x:v>26983</x:v>
+      </x:c>
+      <x:c r="AS44" s="3" t="n">
+        <x:v>32699</x:v>
+      </x:c>
+      <x:c r="AT44" s="3" t="n">
+        <x:v>30917</x:v>
+      </x:c>
+      <x:c r="AU44" s="3" t="n">
+        <x:v>32620</x:v>
+      </x:c>
+      <x:c r="AV44" s="3" t="n">
+        <x:v>25966</x:v>
+      </x:c>
+      <x:c r="AW44" s="3" t="n">
+        <x:v>35210</x:v>
+      </x:c>
+      <x:c r="AX44" s="3" t="n">
+        <x:v>35215</x:v>
+      </x:c>
+      <x:c r="AY44" s="3" t="n">
+        <x:v>30973</x:v>
+      </x:c>
+      <x:c r="AZ44" s="3" t="n">
+        <x:v>26423</x:v>
+      </x:c>
+      <x:c r="BA44" s="3" t="n">
+        <x:v>34103</x:v>
+      </x:c>
+      <x:c r="BB44" s="3" t="n">
+        <x:v>32066</x:v>
+      </x:c>
+      <x:c r="BC44" s="3" t="n">
+        <x:v>32719</x:v>
+      </x:c>
+      <x:c r="BD44" s="3" t="n">
+        <x:v>27656</x:v>
+      </x:c>
+      <x:c r="BE44" s="3" t="n">
+        <x:v>34616</x:v>
+      </x:c>
+      <x:c r="BF44" s="3" t="n">
+        <x:v>36140</x:v>
+      </x:c>
+      <x:c r="BG44" s="3" t="n">
+        <x:v>31337</x:v>
+      </x:c>
+      <x:c r="BH44" s="3" t="n">
+        <x:v>29111</x:v>
+      </x:c>
+      <x:c r="BI44" s="3" t="n">
+        <x:v>33919</x:v>
+      </x:c>
+      <x:c r="BJ44" s="3" t="n">
+        <x:v>36577</x:v>
+      </x:c>
+      <x:c r="BK44" s="3" t="n">
+        <x:v>32585</x:v>
+      </x:c>
+      <x:c r="BL44" s="3" t="n">
+        <x:v>26418</x:v>
+      </x:c>
+      <x:c r="BM44" s="3" t="n">
+        <x:v>36963</x:v>
+      </x:c>
+      <x:c r="BN44" s="3" t="n">
+        <x:v>32790</x:v>
+      </x:c>
+      <x:c r="BO44" s="3" t="n">
+        <x:v>33893</x:v>
+      </x:c>
+      <x:c r="BP44" s="3" t="n">
+        <x:v>31870</x:v>
+      </x:c>
+      <x:c r="BQ44" s="3" t="n">
+        <x:v>37306</x:v>
+      </x:c>
+      <x:c r="BR44" s="3" t="n">
+        <x:v>37467</x:v>
+      </x:c>
+      <x:c r="BS44" s="3" t="n">
+        <x:v>31999</x:v>
+      </x:c>
+      <x:c r="BT44" s="3" t="n">
+        <x:v>30944</x:v>
+      </x:c>
+      <x:c r="BU44" s="3" t="n">
+        <x:v>35500</x:v>
+      </x:c>
+      <x:c r="BV44" s="3" t="n">
+        <x:v>37767</x:v>
+      </x:c>
+      <x:c r="BW44" s="3" t="n">
+        <x:v>33833</x:v>
+      </x:c>
+      <x:c r="BX44" s="3" t="n">
+        <x:v>31284</x:v>
+      </x:c>
+      <x:c r="BY44" s="3" t="n">
+        <x:v>37110</x:v>
+      </x:c>
+      <x:c r="BZ44" s="3" t="n">
+        <x:v>34957</x:v>
+      </x:c>
+      <x:c r="CA44" s="3" t="n">
+        <x:v>37785</x:v>
+      </x:c>
+      <x:c r="CB44" s="3" t="n">
+        <x:v>31572</x:v>
+      </x:c>
+      <x:c r="CC44" s="3" t="n">
+        <x:v>39000</x:v>
+      </x:c>
+      <x:c r="CD44" s="3" t="n">
+        <x:v>39790</x:v>
+      </x:c>
+      <x:c r="CE44" s="3" t="n">
+        <x:v>36381</x:v>
+      </x:c>
+      <x:c r="CF44" s="3" t="n">
+        <x:v>33362</x:v>
+      </x:c>
+      <x:c r="CG44" s="3" t="n">
+        <x:v>40382</x:v>
+      </x:c>
+      <x:c r="CH44" s="3" t="n">
+        <x:v>39228</x:v>
+      </x:c>
+      <x:c r="CI44" s="3" t="n">
+        <x:v>38975</x:v>
+      </x:c>
+      <x:c r="CJ44" s="3" t="n">
+        <x:v>33652</x:v>
+      </x:c>
+      <x:c r="CK44" s="3" t="n">
+        <x:v>41377</x:v>
+      </x:c>
+      <x:c r="CL44" s="3" t="n">
+        <x:v>42665</x:v>
+      </x:c>
+      <x:c r="CM44" s="3" t="n">
+        <x:v>37926</x:v>
+      </x:c>
+      <x:c r="CN44" s="3" t="n">
+        <x:v>35642</x:v>
+      </x:c>
+      <x:c r="CO44" s="3" t="n">
+        <x:v>40280</x:v>
+      </x:c>
+      <x:c r="CP44" s="3" t="n">
+        <x:v>42463</x:v>
+      </x:c>
+      <x:c r="CQ44" s="3" t="n">
+        <x:v>37814</x:v>
+      </x:c>
+      <x:c r="CR44" s="3" t="n">
+        <x:v>36169</x:v>
+      </x:c>
+      <x:c r="CS44" s="3" t="n">
+        <x:v>41497</x:v>
+      </x:c>
+      <x:c r="CT44" s="3" t="n">
+        <x:v>39222</x:v>
+      </x:c>
+      <x:c r="CU44" s="3" t="n">
+        <x:v>40245</x:v>
+      </x:c>
+      <x:c r="CV44" s="3" t="n">
+        <x:v>36986</x:v>
+      </x:c>
+      <x:c r="CW44" s="3" t="n">
+        <x:v>40386</x:v>
+      </x:c>
+      <x:c r="CX44" s="3" t="n">
+        <x:v>42229</x:v>
+      </x:c>
+      <x:c r="CY44" s="3" t="n">
+        <x:v>38793</x:v>
+      </x:c>
+      <x:c r="CZ44" s="3" t="n">
+        <x:v>37260</x:v>
+      </x:c>
+      <x:c r="DA44" s="3" t="n">
+        <x:v>41246</x:v>
+      </x:c>
+      <x:c r="DB44" s="3" t="n">
+        <x:v>42678</x:v>
+      </x:c>
+      <x:c r="DC44" s="3" t="n">
+        <x:v>38552</x:v>
+      </x:c>
+      <x:c r="DD44" s="3" t="n">
+        <x:v>35896</x:v>
+      </x:c>
+      <x:c r="DE44" s="3" t="n">
+        <x:v>43491</x:v>
+      </x:c>
+      <x:c r="DF44" s="3" t="n">
+        <x:v>41040</x:v>
+      </x:c>
+      <x:c r="DG44" s="3" t="n">
+        <x:v>42934</x:v>
+      </x:c>
+      <x:c r="DH44" s="3" t="n">
+        <x:v>35680</x:v>
+      </x:c>
+      <x:c r="DI44" s="3" t="n">
+        <x:v>44597</x:v>
+      </x:c>
+      <x:c r="DJ44" s="3" t="n">
+        <x:v>45361</x:v>
+      </x:c>
+      <x:c r="DK44" s="3" t="n">
+        <x:v>40797</x:v>
+      </x:c>
+      <x:c r="DL44" s="3" t="n">
+        <x:v>36771</x:v>
+      </x:c>
+      <x:c r="DM44" s="3" t="n">
+        <x:v>43609</x:v>
+      </x:c>
+      <x:c r="DN44" s="3" t="n">
+        <x:v>45551</x:v>
+      </x:c>
+      <x:c r="DO44" s="3" t="n">
+        <x:v>41798</x:v>
+      </x:c>
+      <x:c r="DP44" s="3" t="n">
+        <x:v>38689</x:v>
+      </x:c>
+      <x:c r="DQ44" s="3" t="n">
+        <x:v>44697</x:v>
+      </x:c>
+      <x:c r="DR44" s="3" t="n">
+        <x:v>42605</x:v>
+      </x:c>
+      <x:c r="DS44" s="3" t="n">
+        <x:v>43003</x:v>
+      </x:c>
+      <x:c r="DT44" s="3" t="n">
+        <x:v>42563</x:v>
+      </x:c>
+      <x:c r="DU44" s="3" t="n">
+        <x:v>43570</x:v>
+      </x:c>
+      <x:c r="DV44" s="3" t="n">
+        <x:v>43196</x:v>
+      </x:c>
+      <x:c r="DW44" s="3" t="n">
+        <x:v>42460</x:v>
+      </x:c>
+      <x:c r="DX44" s="3" t="n">
+        <x:v>42906</x:v>
+      </x:c>
+      <x:c r="DY44" s="3" t="n">
+        <x:v>44457</x:v>
+      </x:c>
+      <x:c r="DZ44" s="3" t="n">
+        <x:v>45078</x:v>
+      </x:c>
+      <x:c r="EA44" s="3" t="n">
+        <x:v>44125</x:v>
+      </x:c>
+      <x:c r="EB44" s="3" t="n">
+        <x:v>43927</x:v>
+      </x:c>
+      <x:c r="EC44" s="3" t="n">
+        <x:v>44271</x:v>
+      </x:c>
+      <x:c r="ED44" s="3" t="n">
+        <x:v>45089</x:v>
+      </x:c>
+      <x:c r="EE44" s="3" t="n">
+        <x:v>44835</x:v>
+      </x:c>
+      <x:c r="EF44" s="3" t="n">
+        <x:v>44562</x:v>
+      </x:c>
+      <x:c r="EG44" s="3" t="n">
+        <x:v>45095</x:v>
+      </x:c>
+      <x:c r="EH44" s="3" t="n">
+        <x:v>45451</x:v>
+      </x:c>
+      <x:c r="EI44" s="3" t="n">
+        <x:v>45168</x:v>
+      </x:c>
+      <x:c r="EJ44" s="3" t="n">
+        <x:v>44821</x:v>
+      </x:c>
+      <x:c r="EK44" s="3" t="n">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="EL44" s="3" t="n">
+        <x:v>46264</x:v>
+      </x:c>
+      <x:c r="EM44" s="3" t="n">
+        <x:v>46192</x:v>
+      </x:c>
+      <x:c r="EN44" s="3" t="n">
+        <x:v>46311</x:v>
+      </x:c>
+      <x:c r="EO44" s="3" t="n">
+        <x:v>46692</x:v>
+      </x:c>
+      <x:c r="EP44" s="3" t="n">
+        <x:v>46340</x:v>
+      </x:c>
+      <x:c r="EQ44" s="3" t="n">
+        <x:v>46185</x:v>
+      </x:c>
+      <x:c r="ER44" s="3" t="n">
+        <x:v>46164</x:v>
+      </x:c>
+      <x:c r="ES44" s="3" t="n">
+        <x:v>46418</x:v>
+      </x:c>
+      <x:c r="ET44" s="3" t="n">
+        <x:v>47072</x:v>
+      </x:c>
+      <x:c r="EU44" s="3" t="n">
+        <x:v>47289</x:v>
+      </x:c>
+      <x:c r="EV44" s="3" t="n">
+        <x:v>45486</x:v>
+      </x:c>
+      <x:c r="EW44" s="3" t="n">
+        <x:v>47667</x:v>
+      </x:c>
+      <x:c r="EX44" s="3" t="n">
+        <x:v>49095</x:v>
+      </x:c>
+      <x:c r="EY44" s="3" t="n">
+        <x:v>50357</x:v>
+      </x:c>
+      <x:c r="EZ44" s="3" t="n">
+        <x:v>47384</x:v>
+      </x:c>
+      <x:c r="FA44" s="3" t="n">
+        <x:v>50452</x:v>
+      </x:c>
+      <x:c r="FB44" s="3" t="n">
+        <x:v>50156</x:v>
+      </x:c>
+      <x:c r="FC44" s="3" t="n">
+        <x:v>50319</x:v>
+      </x:c>
+      <x:c r="FD44" s="3" t="n">
+        <x:v>47068</x:v>
+      </x:c>
+      <x:c r="FE44" s="3" t="n">
+        <x:v>50400</x:v>
+      </x:c>
+      <x:c r="FF44" s="3" t="n">
+        <x:v>49958</x:v>
+      </x:c>
+      <x:c r="FG44" s="3" t="n">
+        <x:v>50401</x:v>
+      </x:c>
+      <x:c r="FH44" s="3" t="n">
+        <x:v>47016</x:v>
+      </x:c>
+      <x:c r="FI44" s="3" t="n">
+        <x:v>50233</x:v>
+      </x:c>
+      <x:c r="FJ44" s="3" t="n">
+        <x:v>49955</x:v>
+      </x:c>
+      <x:c r="FK44" s="3" t="n">
+        <x:v>50135</x:v>
+      </x:c>
+      <x:c r="FL44" s="3" t="n">
+        <x:v>47483</x:v>
+      </x:c>
+      <x:c r="FM44" s="3" t="n">
+        <x:v>50948</x:v>
+      </x:c>
+      <x:c r="FN44" s="3" t="n">
+        <x:v>50171</x:v>
+      </x:c>
+      <x:c r="FO44" s="3" t="n">
+        <x:v>47582</x:v>
+      </x:c>
+      <x:c r="FP44" s="3" t="n">
+        <x:v>47144</x:v>
+      </x:c>
+      <x:c r="FQ44" s="3" t="n">
+        <x:v>50465</x:v>
+      </x:c>
+      <x:c r="FR44" s="3" t="n">
+        <x:v>50125</x:v>
+      </x:c>
+      <x:c r="FS44" s="3" t="n">
+        <x:v>49765</x:v>
+      </x:c>
+      <x:c r="FT44" s="3" t="n">
+        <x:v>47384</x:v>
+      </x:c>
+      <x:c r="FU44" s="3" t="n">
+        <x:v>51650</x:v>
+      </x:c>
+      <x:c r="FV44" s="3" t="n">
+        <x:v>51314</x:v>
+      </x:c>
+      <x:c r="FW44" s="3" t="n">
+        <x:v>51751</x:v>
+      </x:c>
+      <x:c r="FX44" s="3" t="n">
+        <x:v>48964</x:v>
+      </x:c>
+      <x:c r="FY44" s="3" t="n">
+        <x:v>53223</x:v>
+      </x:c>
+      <x:c r="FZ44" s="3" t="n">
+        <x:v>53248</x:v>
+      </x:c>
+      <x:c r="GA44" s="3" t="n">
+        <x:v>53045</x:v>
+      </x:c>
+      <x:c r="GB44" s="3" t="n">
+        <x:v>49838</x:v>
+      </x:c>
+      <x:c r="GC44" s="3" t="n">
+        <x:v>54135</x:v>
+      </x:c>
+      <x:c r="GD44" s="3" t="n">
+        <x:v>53508</x:v>
+      </x:c>
+      <x:c r="GE44" s="3" t="n">
+        <x:v>54027</x:v>
+      </x:c>
+      <x:c r="GF44" s="3" t="n">
+        <x:v>50421</x:v>
+      </x:c>
+      <x:c r="GG44" s="3" t="n">
+        <x:v>54076</x:v>
+      </x:c>
+      <x:c r="GH44" s="3" t="n">
+        <x:v>53664</x:v>
+      </x:c>
+      <x:c r="GI44" s="3" t="n">
+        <x:v>53637</x:v>
+      </x:c>
+      <x:c r="GJ44" s="3" t="n">
+        <x:v>50089</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:192">
+      <x:c r="A45" s="2" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="B45" s="3" t="n">
+        <x:v>36878</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="n">
+        <x:v>36815</x:v>
+      </x:c>
+      <x:c r="D45" s="3" t="n">
+        <x:v>36321</x:v>
+      </x:c>
+      <x:c r="E45" s="3" t="n">
+        <x:v>36861</x:v>
+      </x:c>
+      <x:c r="F45" s="3" t="n">
+        <x:v>39965</x:v>
+      </x:c>
+      <x:c r="G45" s="3" t="n">
+        <x:v>38882</x:v>
+      </x:c>
+      <x:c r="H45" s="3" t="n">
+        <x:v>39584</x:v>
+      </x:c>
+      <x:c r="I45" s="3" t="n">
+        <x:v>40186</x:v>
+      </x:c>
+      <x:c r="J45" s="3" t="n">
+        <x:v>41279</x:v>
+      </x:c>
+      <x:c r="K45" s="3" t="n">
+        <x:v>40637</x:v>
+      </x:c>
+      <x:c r="L45" s="3" t="n">
+        <x:v>41624</x:v>
+      </x:c>
+      <x:c r="M45" s="3" t="n">
+        <x:v>41989</x:v>
+      </x:c>
+      <x:c r="N45" s="3" t="n">
+        <x:v>43851</x:v>
+      </x:c>
+      <x:c r="O45" s="3" t="n">
+        <x:v>42606</x:v>
+      </x:c>
+      <x:c r="P45" s="3" t="n">
+        <x:v>42805</x:v>
+      </x:c>
+      <x:c r="Q45" s="3" t="n">
+        <x:v>43498</x:v>
+      </x:c>
+      <x:c r="R45" s="3" t="n">
+        <x:v>44039</x:v>
+      </x:c>
+      <x:c r="S45" s="3" t="n">
+        <x:v>43195</x:v>
+      </x:c>
+      <x:c r="T45" s="3" t="n">
+        <x:v>43942</x:v>
+      </x:c>
+      <x:c r="U45" s="3" t="n">
+        <x:v>44672</x:v>
+      </x:c>
+      <x:c r="V45" s="3" t="n">
+        <x:v>45428</x:v>
+      </x:c>
+      <x:c r="W45" s="3" t="n">
+        <x:v>44879</x:v>
+      </x:c>
+      <x:c r="X45" s="3" t="n">
+        <x:v>44764</x:v>
+      </x:c>
+      <x:c r="Y45" s="3" t="n">
+        <x:v>45514</x:v>
+      </x:c>
+      <x:c r="Z45" s="3" t="n">
+        <x:v>47200</x:v>
+      </x:c>
+      <x:c r="AA45" s="3" t="n">
+        <x:v>45556</x:v>
+      </x:c>
+      <x:c r="AB45" s="3" t="n">
+        <x:v>45674</x:v>
+      </x:c>
+      <x:c r="AC45" s="3" t="n">
+        <x:v>46346</x:v>
+      </x:c>
+      <x:c r="AD45" s="3" t="n">
+        <x:v>47555</x:v>
+      </x:c>
+      <x:c r="AE45" s="3" t="n">
+        <x:v>46346</x:v>
+      </x:c>
+      <x:c r="AF45" s="3" t="n">
+        <x:v>47473</x:v>
+      </x:c>
+      <x:c r="AG45" s="3" t="n">
+        <x:v>48162</x:v>
+      </x:c>
+      <x:c r="AH45" s="3" t="n">
+        <x:v>48230</x:v>
+      </x:c>
+      <x:c r="AI45" s="3" t="n">
+        <x:v>50419</x:v>
+      </x:c>
+      <x:c r="AJ45" s="3" t="n">
+        <x:v>48230</x:v>
+      </x:c>
+      <x:c r="AK45" s="3" t="n">
+        <x:v>49071</x:v>
+      </x:c>
+      <x:c r="AL45" s="3" t="n">
+        <x:v>50646</x:v>
+      </x:c>
+      <x:c r="AM45" s="3" t="n">
+        <x:v>51162</x:v>
+      </x:c>
+      <x:c r="AN45" s="3" t="n">
+        <x:v>51139</x:v>
+      </x:c>
+      <x:c r="AO45" s="3" t="n">
+        <x:v>51914</x:v>
+      </x:c>
+      <x:c r="AP45" s="3" t="n">
+        <x:v>52225</x:v>
+      </x:c>
+      <x:c r="AQ45" s="3" t="n">
+        <x:v>51584</x:v>
+      </x:c>
+      <x:c r="AR45" s="3" t="n">
+        <x:v>52536</x:v>
+      </x:c>
+      <x:c r="AS45" s="3" t="n">
+        <x:v>53222</x:v>
+      </x:c>
+      <x:c r="AT45" s="3" t="n">
+        <x:v>51959</x:v>
+      </x:c>
+      <x:c r="AU45" s="3" t="n">
+        <x:v>52438</x:v>
+      </x:c>
+      <x:c r="AV45" s="3" t="n">
+        <x:v>52445</x:v>
+      </x:c>
+      <x:c r="AW45" s="3" t="n">
+        <x:v>54791</x:v>
+      </x:c>
+      <x:c r="AX45" s="3" t="n">
+        <x:v>53370</x:v>
+      </x:c>
+      <x:c r="AY45" s="3" t="n">
+        <x:v>52564</x:v>
+      </x:c>
+      <x:c r="AZ45" s="3" t="n">
+        <x:v>55117</x:v>
+      </x:c>
+      <x:c r="BA45" s="3" t="n">
+        <x:v>57799</x:v>
+      </x:c>
+      <x:c r="BB45" s="3" t="n">
+        <x:v>54989</x:v>
+      </x:c>
+      <x:c r="BC45" s="3" t="n">
+        <x:v>55731</x:v>
+      </x:c>
+      <x:c r="BD45" s="3" t="n">
+        <x:v>56873</x:v>
+      </x:c>
+      <x:c r="BE45" s="3" t="n">
+        <x:v>57864</x:v>
+      </x:c>
+      <x:c r="BF45" s="3" t="n">
+        <x:v>58584</x:v>
+      </x:c>
+      <x:c r="BG45" s="3" t="n">
+        <x:v>56785</x:v>
+      </x:c>
+      <x:c r="BH45" s="3" t="n">
+        <x:v>58696</x:v>
+      </x:c>
+      <x:c r="BI45" s="3" t="n">
+        <x:v>60163</x:v>
+      </x:c>
+      <x:c r="BJ45" s="3" t="n">
+        <x:v>60070</x:v>
+      </x:c>
+      <x:c r="BK45" s="3" t="n">
+        <x:v>58768</x:v>
+      </x:c>
+      <x:c r="BL45" s="3" t="n">
+        <x:v>60726</x:v>
+      </x:c>
+      <x:c r="BM45" s="3" t="n">
+        <x:v>62549</x:v>
+      </x:c>
+      <x:c r="BN45" s="3" t="n">
+        <x:v>60806</x:v>
+      </x:c>
+      <x:c r="BO45" s="3" t="n">
+        <x:v>60709</x:v>
+      </x:c>
+      <x:c r="BP45" s="3" t="n">
+        <x:v>62198</x:v>
+      </x:c>
+      <x:c r="BQ45" s="3" t="n">
+        <x:v>63934</x:v>
+      </x:c>
+      <x:c r="BR45" s="3" t="n">
+        <x:v>63397</x:v>
+      </x:c>
+      <x:c r="BS45" s="3" t="n">
+        <x:v>60584</x:v>
+      </x:c>
+      <x:c r="BT45" s="3" t="n">
+        <x:v>62686</x:v>
+      </x:c>
+      <x:c r="BU45" s="3" t="n">
+        <x:v>64395</x:v>
+      </x:c>
+      <x:c r="BV45" s="3" t="n">
+        <x:v>65948</x:v>
+      </x:c>
+      <x:c r="BW45" s="3" t="n">
+        <x:v>63637</x:v>
+      </x:c>
+      <x:c r="BX45" s="3" t="n">
+        <x:v>66723</x:v>
+      </x:c>
+      <x:c r="BY45" s="3" t="n">
+        <x:v>67718</x:v>
+      </x:c>
+      <x:c r="BZ45" s="3" t="n">
+        <x:v>65907</x:v>
+      </x:c>
+      <x:c r="CA45" s="3" t="n">
+        <x:v>67340</x:v>
+      </x:c>
+      <x:c r="CB45" s="3" t="n">
+        <x:v>68518</x:v>
+      </x:c>
+      <x:c r="CC45" s="3" t="n">
+        <x:v>69536</x:v>
+      </x:c>
+      <x:c r="CD45" s="3" t="n">
+        <x:v>68621</x:v>
+      </x:c>
+      <x:c r="CE45" s="3" t="n">
+        <x:v>67005</x:v>
+      </x:c>
+      <x:c r="CF45" s="3" t="n">
+        <x:v>69660</x:v>
+      </x:c>
+      <x:c r="CG45" s="3" t="n">
+        <x:v>70098</x:v>
+      </x:c>
+      <x:c r="CH45" s="3" t="n">
+        <x:v>69552</x:v>
+      </x:c>
+      <x:c r="CI45" s="3" t="n">
+        <x:v>69164</x:v>
+      </x:c>
+      <x:c r="CJ45" s="3" t="n">
+        <x:v>71672</x:v>
+      </x:c>
+      <x:c r="CK45" s="3" t="n">
+        <x:v>72501</x:v>
+      </x:c>
+      <x:c r="CL45" s="3" t="n">
+        <x:v>73121</x:v>
+      </x:c>
+      <x:c r="CM45" s="3" t="n">
+        <x:v>69724</x:v>
+      </x:c>
+      <x:c r="CN45" s="3" t="n">
+        <x:v>72085</x:v>
+      </x:c>
+      <x:c r="CO45" s="3" t="n">
+        <x:v>73007</x:v>
+      </x:c>
+      <x:c r="CP45" s="3" t="n">
+        <x:v>74195</x:v>
+      </x:c>
+      <x:c r="CQ45" s="3" t="n">
+        <x:v>71598</x:v>
+      </x:c>
+      <x:c r="CR45" s="3" t="n">
+        <x:v>73798</x:v>
+      </x:c>
+      <x:c r="CS45" s="3" t="n">
+        <x:v>74460</x:v>
+      </x:c>
+      <x:c r="CT45" s="3" t="n">
+        <x:v>74627</x:v>
+      </x:c>
+      <x:c r="CU45" s="3" t="n">
+        <x:v>76428</x:v>
+      </x:c>
+      <x:c r="CV45" s="3" t="n">
+        <x:v>76955</x:v>
+      </x:c>
+      <x:c r="CW45" s="3" t="n">
+        <x:v>76989</x:v>
+      </x:c>
+      <x:c r="CX45" s="3" t="n">
+        <x:v>77525</x:v>
+      </x:c>
+      <x:c r="CY45" s="3" t="n">
+        <x:v>75390</x:v>
+      </x:c>
+      <x:c r="CZ45" s="3" t="n">
+        <x:v>77540</x:v>
+      </x:c>
+      <x:c r="DA45" s="3" t="n">
+        <x:v>77273</x:v>
+      </x:c>
+      <x:c r="DB45" s="3" t="n">
+        <x:v>79625</x:v>
+      </x:c>
+      <x:c r="DC45" s="3" t="n">
+        <x:v>77357</x:v>
+      </x:c>
+      <x:c r="DD45" s="3" t="n">
+        <x:v>80048</x:v>
+      </x:c>
+      <x:c r="DE45" s="3" t="n">
+        <x:v>81212</x:v>
+      </x:c>
+      <x:c r="DF45" s="3" t="n">
+        <x:v>80708</x:v>
+      </x:c>
+      <x:c r="DG45" s="3" t="n">
+        <x:v>83788</x:v>
+      </x:c>
+      <x:c r="DH45" s="3" t="n">
+        <x:v>83100</x:v>
+      </x:c>
+      <x:c r="DI45" s="3" t="n">
+        <x:v>83538</x:v>
+      </x:c>
+      <x:c r="DJ45" s="3" t="n">
+        <x:v>85985</x:v>
+      </x:c>
+      <x:c r="DK45" s="3" t="n">
+        <x:v>83169</x:v>
+      </x:c>
+      <x:c r="DL45" s="3" t="n">
+        <x:v>86294</x:v>
+      </x:c>
+      <x:c r="DM45" s="3" t="n">
+        <x:v>86919</x:v>
+      </x:c>
+      <x:c r="DN45" s="3" t="n">
+        <x:v>90513</x:v>
+      </x:c>
+      <x:c r="DO45" s="3" t="n">
+        <x:v>89180</x:v>
+      </x:c>
+      <x:c r="DP45" s="3" t="n">
+        <x:v>92184</x:v>
+      </x:c>
+      <x:c r="DQ45" s="3" t="n">
+        <x:v>92884</x:v>
+      </x:c>
+      <x:c r="DR45" s="3" t="n">
+        <x:v>93527</x:v>
+      </x:c>
+      <x:c r="DS45" s="3" t="n">
+        <x:v>95139</x:v>
+      </x:c>
+      <x:c r="DT45" s="3" t="n">
+        <x:v>95693</x:v>
+      </x:c>
+      <x:c r="DU45" s="3" t="n">
+        <x:v>96252</x:v>
+      </x:c>
+      <x:c r="DV45" s="3" t="n">
+        <x:v>97100</x:v>
+      </x:c>
+      <x:c r="DW45" s="3" t="n">
+        <x:v>95385</x:v>
+      </x:c>
+      <x:c r="DX45" s="3" t="n">
+        <x:v>95568</x:v>
+      </x:c>
+      <x:c r="DY45" s="3" t="n">
+        <x:v>96542</x:v>
+      </x:c>
+      <x:c r="DZ45" s="3" t="n">
+        <x:v>98070</x:v>
+      </x:c>
+      <x:c r="EA45" s="3" t="n">
+        <x:v>97361</x:v>
+      </x:c>
+      <x:c r="EB45" s="3" t="n">
+        <x:v>97372</x:v>
+      </x:c>
+      <x:c r="EC45" s="3" t="n">
+        <x:v>98063</x:v>
+      </x:c>
+      <x:c r="ED45" s="3" t="n">
+        <x:v>98333</x:v>
+      </x:c>
+      <x:c r="EE45" s="3" t="n">
+        <x:v>98505</x:v>
+      </x:c>
+      <x:c r="EF45" s="3" t="n">
+        <x:v>98547</x:v>
+      </x:c>
+      <x:c r="EG45" s="3" t="n">
+        <x:v>98499</x:v>
+      </x:c>
+      <x:c r="EH45" s="3" t="n">
+        <x:v>99510</x:v>
+      </x:c>
+      <x:c r="EI45" s="3" t="n">
+        <x:v>100761</x:v>
+      </x:c>
+      <x:c r="EJ45" s="3" t="n">
+        <x:v>101807</x:v>
+      </x:c>
+      <x:c r="EK45" s="3" t="n">
+        <x:v>101397</x:v>
+      </x:c>
+      <x:c r="EL45" s="3" t="n">
+        <x:v>101092</x:v>
+      </x:c>
+      <x:c r="EM45" s="3" t="n">
+        <x:v>101382</x:v>
+      </x:c>
+      <x:c r="EN45" s="3" t="n">
+        <x:v>101485</x:v>
+      </x:c>
+      <x:c r="EO45" s="3" t="n">
+        <x:v>102737</x:v>
+      </x:c>
+      <x:c r="EP45" s="3" t="n">
+        <x:v>101440</x:v>
+      </x:c>
+      <x:c r="EQ45" s="3" t="n">
+        <x:v>101991</x:v>
+      </x:c>
+      <x:c r="ER45" s="3" t="n">
+        <x:v>101722</x:v>
+      </x:c>
+      <x:c r="ES45" s="3" t="n">
+        <x:v>102400</x:v>
+      </x:c>
+      <x:c r="ET45" s="3" t="n">
+        <x:v>102498</x:v>
+      </x:c>
+      <x:c r="EU45" s="3" t="n">
+        <x:v>102971</x:v>
+      </x:c>
+      <x:c r="EV45" s="3" t="n">
+        <x:v>105904</x:v>
+      </x:c>
+      <x:c r="EW45" s="3" t="n">
+        <x:v>104704</x:v>
+      </x:c>
+      <x:c r="EX45" s="3" t="n">
+        <x:v>103062</x:v>
+      </x:c>
+      <x:c r="EY45" s="3" t="n">
+        <x:v>104911</x:v>
+      </x:c>
+      <x:c r="EZ45" s="3" t="n">
+        <x:v>106263</x:v>
+      </x:c>
+      <x:c r="FA45" s="3" t="n">
+        <x:v>106486</x:v>
+      </x:c>
+      <x:c r="FB45" s="3" t="n">
+        <x:v>106419</x:v>
+      </x:c>
+      <x:c r="FC45" s="3" t="n">
+        <x:v>106258</x:v>
+      </x:c>
+      <x:c r="FD45" s="3" t="n">
+        <x:v>107213</x:v>
+      </x:c>
+      <x:c r="FE45" s="3" t="n">
+        <x:v>107480</x:v>
+      </x:c>
+      <x:c r="FF45" s="3" t="n">
+        <x:v>106084</x:v>
+      </x:c>
+      <x:c r="FG45" s="3" t="n">
+        <x:v>106749</x:v>
+      </x:c>
+      <x:c r="FH45" s="3" t="n">
+        <x:v>107455</x:v>
+      </x:c>
+      <x:c r="FI45" s="3" t="n">
+        <x:v>107472</x:v>
+      </x:c>
+      <x:c r="FJ45" s="3" t="n">
+        <x:v>106691</x:v>
+      </x:c>
+      <x:c r="FK45" s="3" t="n">
+        <x:v>106708</x:v>
+      </x:c>
+      <x:c r="FL45" s="3" t="n">
+        <x:v>108600</x:v>
+      </x:c>
+      <x:c r="FM45" s="3" t="n">
+        <x:v>109230</x:v>
+      </x:c>
+      <x:c r="FN45" s="3" t="n">
+        <x:v>102844</x:v>
+      </x:c>
+      <x:c r="FO45" s="3" t="n">
+        <x:v>91681</x:v>
+      </x:c>
+      <x:c r="FP45" s="3" t="n">
+        <x:v>103808</x:v>
+      </x:c>
+      <x:c r="FQ45" s="3" t="n">
+        <x:v>105571</x:v>
+      </x:c>
+      <x:c r="FR45" s="3" t="n">
+        <x:v>101591</x:v>
+      </x:c>
+      <x:c r="FS45" s="3" t="n">
+        <x:v>102872</x:v>
+      </x:c>
+      <x:c r="FT45" s="3" t="n">
+        <x:v>106264</x:v>
+      </x:c>
+      <x:c r="FU45" s="3" t="n">
+        <x:v>106959</x:v>
+      </x:c>
+      <x:c r="FV45" s="3" t="n">
+        <x:v>105661</x:v>
+      </x:c>
+      <x:c r="FW45" s="3" t="n">
+        <x:v>107661</x:v>
+      </x:c>
+      <x:c r="FX45" s="3" t="n">
+        <x:v>111367</x:v>
+      </x:c>
+      <x:c r="FY45" s="3" t="n">
+        <x:v>112553</x:v>
+      </x:c>
+      <x:c r="FZ45" s="3" t="n">
+        <x:v>112487</x:v>
+      </x:c>
+      <x:c r="GA45" s="3" t="n">
+        <x:v>112326</x:v>
+      </x:c>
+      <x:c r="GB45" s="3" t="n">
+        <x:v>114214</x:v>
+      </x:c>
+      <x:c r="GC45" s="3" t="n">
+        <x:v>116133</x:v>
+      </x:c>
+      <x:c r="GD45" s="3" t="n">
+        <x:v>114013</x:v>
+      </x:c>
+      <x:c r="GE45" s="3" t="n">
+        <x:v>115116</x:v>
+      </x:c>
+      <x:c r="GF45" s="3" t="n">
+        <x:v>116733</x:v>
+      </x:c>
+      <x:c r="GG45" s="3" t="n">
+        <x:v>116508</x:v>
+      </x:c>
+      <x:c r="GH45" s="3" t="n">
+        <x:v>116494</x:v>
+      </x:c>
+      <x:c r="GI45" s="3" t="n">
+        <x:v>116526</x:v>
+      </x:c>
+      <x:c r="GJ45" s="3" t="n">
+        <x:v>117277</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:192">
+      <x:c r="A46" s="2" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="B46" s="3" t="n">
+        <x:v>11000</x:v>
+      </x:c>
+      <x:c r="C46" s="3" t="n">
+        <x:v>11075</x:v>
+      </x:c>
+      <x:c r="D46" s="3" t="n">
+        <x:v>11020</x:v>
+      </x:c>
+      <x:c r="E46" s="3" t="n">
+        <x:v>11359</x:v>
+      </x:c>
+      <x:c r="F46" s="3" t="n">
+        <x:v>10924</x:v>
+      </x:c>
+      <x:c r="G46" s="3" t="n">
+        <x:v>10743</x:v>
+      </x:c>
+      <x:c r="H46" s="3" t="n">
+        <x:v>10683</x:v>
+      </x:c>
+      <x:c r="I46" s="3" t="n">
+        <x:v>10951</x:v>
+      </x:c>
+      <x:c r="J46" s="3" t="n">
+        <x:v>11469</x:v>
+      </x:c>
+      <x:c r="K46" s="3" t="n">
+        <x:v>11352</x:v>
+      </x:c>
+      <x:c r="L46" s="3" t="n">
+        <x:v>11307</x:v>
+      </x:c>
+      <x:c r="M46" s="3" t="n">
+        <x:v>11520</x:v>
+      </x:c>
+      <x:c r="N46" s="3" t="n">
+        <x:v>11719</x:v>
+      </x:c>
+      <x:c r="O46" s="3" t="n">
+        <x:v>11435</x:v>
+      </x:c>
+      <x:c r="P46" s="3" t="n">
+        <x:v>11357</x:v>
+      </x:c>
+      <x:c r="Q46" s="3" t="n">
+        <x:v>11577</x:v>
+      </x:c>
+      <x:c r="R46" s="3" t="n">
+        <x:v>11433</x:v>
+      </x:c>
+      <x:c r="S46" s="3" t="n">
+        <x:v>11214</x:v>
+      </x:c>
+      <x:c r="T46" s="3" t="n">
+        <x:v>11155</x:v>
+      </x:c>
+      <x:c r="U46" s="3" t="n">
+        <x:v>11488</x:v>
+      </x:c>
+      <x:c r="V46" s="3" t="n">
+        <x:v>11591</x:v>
+      </x:c>
+      <x:c r="W46" s="3" t="n">
+        <x:v>11572</x:v>
+      </x:c>
+      <x:c r="X46" s="3" t="n">
+        <x:v>11486</x:v>
+      </x:c>
+      <x:c r="Y46" s="3" t="n">
+        <x:v>11759</x:v>
+      </x:c>
+      <x:c r="Z46" s="3" t="n">
+        <x:v>12282</x:v>
+      </x:c>
+      <x:c r="AA46" s="3" t="n">
+        <x:v>12100</x:v>
+      </x:c>
+      <x:c r="AB46" s="3" t="n">
+        <x:v>12024</x:v>
+      </x:c>
+      <x:c r="AC46" s="3" t="n">
+        <x:v>12306</x:v>
+      </x:c>
+      <x:c r="AD46" s="3" t="n">
+        <x:v>12801</x:v>
+      </x:c>
+      <x:c r="AE46" s="3" t="n">
+        <x:v>12600</x:v>
+      </x:c>
+      <x:c r="AF46" s="3" t="n">
+        <x:v>12588</x:v>
+      </x:c>
+      <x:c r="AG46" s="3" t="n">
+        <x:v>12840</x:v>
+      </x:c>
+      <x:c r="AH46" s="3" t="n">
+        <x:v>12733</x:v>
+      </x:c>
+      <x:c r="AI46" s="3" t="n">
+        <x:v>12994</x:v>
+      </x:c>
+      <x:c r="AJ46" s="3" t="n">
+        <x:v>12809</x:v>
+      </x:c>
+      <x:c r="AK46" s="3" t="n">
+        <x:v>13010</x:v>
+      </x:c>
+      <x:c r="AL46" s="3" t="n">
+        <x:v>13463</x:v>
+      </x:c>
+      <x:c r="AM46" s="3" t="n">
+        <x:v>13378</x:v>
+      </x:c>
+      <x:c r="AN46" s="3" t="n">
+        <x:v>13180</x:v>
+      </x:c>
+      <x:c r="AO46" s="3" t="n">
+        <x:v>13417</x:v>
+      </x:c>
+      <x:c r="AP46" s="3" t="n">
+        <x:v>13373</x:v>
+      </x:c>
+      <x:c r="AQ46" s="3" t="n">
+        <x:v>13245</x:v>
+      </x:c>
+      <x:c r="AR46" s="3" t="n">
+        <x:v>13220</x:v>
+      </x:c>
+      <x:c r="AS46" s="3" t="n">
+        <x:v>13409</x:v>
+      </x:c>
+      <x:c r="AT46" s="3" t="n">
+        <x:v>12906</x:v>
+      </x:c>
+      <x:c r="AU46" s="3" t="n">
+        <x:v>12861</x:v>
+      </x:c>
+      <x:c r="AV46" s="3" t="n">
+        <x:v>12804</x:v>
+      </x:c>
+      <x:c r="AW46" s="3" t="n">
+        <x:v>13047</x:v>
+      </x:c>
+      <x:c r="AX46" s="3" t="n">
+        <x:v>12801</x:v>
+      </x:c>
+      <x:c r="AY46" s="3" t="n">
+        <x:v>12657</x:v>
+      </x:c>
+      <x:c r="AZ46" s="3" t="n">
+        <x:v>12740</x:v>
+      </x:c>
+      <x:c r="BA46" s="3" t="n">
+        <x:v>13042</x:v>
+      </x:c>
+      <x:c r="BB46" s="3" t="n">
+        <x:v>12424</x:v>
+      </x:c>
+      <x:c r="BC46" s="3" t="n">
+        <x:v>12444</x:v>
+      </x:c>
+      <x:c r="BD46" s="3" t="n">
+        <x:v>12528</x:v>
+      </x:c>
+      <x:c r="BE46" s="3" t="n">
+        <x:v>12690</x:v>
+      </x:c>
+      <x:c r="BF46" s="3" t="n">
+        <x:v>12515</x:v>
+      </x:c>
+      <x:c r="BG46" s="3" t="n">
+        <x:v>12378</x:v>
+      </x:c>
+      <x:c r="BH46" s="3" t="n">
+        <x:v>12439</x:v>
+      </x:c>
+      <x:c r="BI46" s="3" t="n">
+        <x:v>12734</x:v>
+      </x:c>
+      <x:c r="BJ46" s="3" t="n">
+        <x:v>12580</x:v>
+      </x:c>
+      <x:c r="BK46" s="3" t="n">
+        <x:v>12466</x:v>
+      </x:c>
+      <x:c r="BL46" s="3" t="n">
+        <x:v>12588</x:v>
+      </x:c>
+      <x:c r="BM46" s="3" t="n">
+        <x:v>12861</x:v>
+      </x:c>
+      <x:c r="BN46" s="3" t="n">
+        <x:v>12647</x:v>
+      </x:c>
+      <x:c r="BO46" s="3" t="n">
+        <x:v>12693</x:v>
+      </x:c>
+      <x:c r="BP46" s="3" t="n">
+        <x:v>12701</x:v>
+      </x:c>
+      <x:c r="BQ46" s="3" t="n">
+        <x:v>12914</x:v>
+      </x:c>
+      <x:c r="BR46" s="3" t="n">
+        <x:v>12922</x:v>
+      </x:c>
+      <x:c r="BS46" s="3" t="n">
+        <x:v>12822</x:v>
+      </x:c>
+      <x:c r="BT46" s="3" t="n">
+        <x:v>12926</x:v>
+      </x:c>
+      <x:c r="BU46" s="3" t="n">
+        <x:v>13209</x:v>
+      </x:c>
+      <x:c r="BV46" s="3" t="n">
+        <x:v>13250</x:v>
+      </x:c>
+      <x:c r="BW46" s="3" t="n">
+        <x:v>12990</x:v>
+      </x:c>
+      <x:c r="BX46" s="3" t="n">
+        <x:v>13178</x:v>
+      </x:c>
+      <x:c r="BY46" s="3" t="n">
+        <x:v>13521</x:v>
+      </x:c>
+      <x:c r="BZ46" s="3" t="n">
+        <x:v>13262</x:v>
+      </x:c>
+      <x:c r="CA46" s="3" t="n">
+        <x:v>13371</x:v>
+      </x:c>
+      <x:c r="CB46" s="3" t="n">
+        <x:v>13438</x:v>
+      </x:c>
+      <x:c r="CC46" s="3" t="n">
+        <x:v>13823</x:v>
+      </x:c>
+      <x:c r="CD46" s="3" t="n">
+        <x:v>13552</x:v>
+      </x:c>
+      <x:c r="CE46" s="3" t="n">
+        <x:v>13417</x:v>
+      </x:c>
+      <x:c r="CF46" s="3" t="n">
+        <x:v>13584</x:v>
+      </x:c>
+      <x:c r="CG46" s="3" t="n">
+        <x:v>13861</x:v>
+      </x:c>
+      <x:c r="CH46" s="3" t="n">
+        <x:v>13907</x:v>
+      </x:c>
+      <x:c r="CI46" s="3" t="n">
+        <x:v>13859</x:v>
+      </x:c>
+      <x:c r="CJ46" s="3" t="n">
+        <x:v>14039</x:v>
+      </x:c>
+      <x:c r="CK46" s="3" t="n">
+        <x:v>14163</x:v>
+      </x:c>
+      <x:c r="CL46" s="3" t="n">
+        <x:v>14298</x:v>
+      </x:c>
+      <x:c r="CM46" s="3" t="n">
+        <x:v>14084</x:v>
+      </x:c>
+      <x:c r="CN46" s="3" t="n">
+        <x:v>14187</x:v>
+      </x:c>
+      <x:c r="CO46" s="3" t="n">
+        <x:v>14439</x:v>
+      </x:c>
+      <x:c r="CP46" s="3" t="n">
+        <x:v>13614</x:v>
+      </x:c>
+      <x:c r="CQ46" s="3" t="n">
+        <x:v>13486</x:v>
+      </x:c>
+      <x:c r="CR46" s="3" t="n">
+        <x:v>13562</x:v>
+      </x:c>
+      <x:c r="CS46" s="3" t="n">
+        <x:v>13793</x:v>
+      </x:c>
+      <x:c r="CT46" s="3" t="n">
+        <x:v>13702</x:v>
+      </x:c>
+      <x:c r="CU46" s="3" t="n">
+        <x:v>13955</x:v>
+      </x:c>
+      <x:c r="CV46" s="3" t="n">
+        <x:v>13875</x:v>
+      </x:c>
+      <x:c r="CW46" s="3" t="n">
+        <x:v>14097</x:v>
+      </x:c>
+      <x:c r="CX46" s="3" t="n">
+        <x:v>13342</x:v>
+      </x:c>
+      <x:c r="CY46" s="3" t="n">
+        <x:v>13482</x:v>
+      </x:c>
+      <x:c r="CZ46" s="3" t="n">
+        <x:v>13516</x:v>
+      </x:c>
+      <x:c r="DA46" s="3" t="n">
+        <x:v>13789</x:v>
+      </x:c>
+      <x:c r="DB46" s="3" t="n">
+        <x:v>13224</x:v>
+      </x:c>
+      <x:c r="DC46" s="3" t="n">
+        <x:v>13365</x:v>
+      </x:c>
+      <x:c r="DD46" s="3" t="n">
+        <x:v>13451</x:v>
+      </x:c>
+      <x:c r="DE46" s="3" t="n">
+        <x:v>13753</x:v>
+      </x:c>
+      <x:c r="DF46" s="3" t="n">
+        <x:v>13695</x:v>
+      </x:c>
+      <x:c r="DG46" s="3" t="n">
+        <x:v>14218</x:v>
+      </x:c>
+      <x:c r="DH46" s="3" t="n">
+        <x:v>13661</x:v>
+      </x:c>
+      <x:c r="DI46" s="3" t="n">
+        <x:v>14291</x:v>
+      </x:c>
+      <x:c r="DJ46" s="3" t="n">
+        <x:v>14477</x:v>
+      </x:c>
+      <x:c r="DK46" s="3" t="n">
+        <x:v>14288</x:v>
+      </x:c>
+      <x:c r="DL46" s="3" t="n">
+        <x:v>13895</x:v>
+      </x:c>
+      <x:c r="DM46" s="3" t="n">
+        <x:v>14726</x:v>
+      </x:c>
+      <x:c r="DN46" s="3" t="n">
+        <x:v>16025</x:v>
+      </x:c>
+      <x:c r="DO46" s="3" t="n">
+        <x:v>15798</x:v>
+      </x:c>
+      <x:c r="DP46" s="3" t="n">
+        <x:v>15465</x:v>
+      </x:c>
+      <x:c r="DQ46" s="3" t="n">
+        <x:v>16498</x:v>
+      </x:c>
+      <x:c r="DR46" s="3" t="n">
+        <x:v>16823</x:v>
+      </x:c>
+      <x:c r="DS46" s="3" t="n">
+        <x:v>17076</x:v>
+      </x:c>
+      <x:c r="DT46" s="3" t="n">
+        <x:v>16736</x:v>
+      </x:c>
+      <x:c r="DU46" s="3" t="n">
+        <x:v>17403</x:v>
+      </x:c>
+      <x:c r="DV46" s="3" t="n">
+        <x:v>16885</x:v>
+      </x:c>
+      <x:c r="DW46" s="3" t="n">
+        <x:v>17123</x:v>
+      </x:c>
+      <x:c r="DX46" s="3" t="n">
+        <x:v>16982</x:v>
+      </x:c>
+      <x:c r="DY46" s="3" t="n">
+        <x:v>17774</x:v>
+      </x:c>
+      <x:c r="DZ46" s="3" t="n">
+        <x:v>17039</x:v>
+      </x:c>
+      <x:c r="EA46" s="3" t="n">
+        <x:v>16922</x:v>
+      </x:c>
+      <x:c r="EB46" s="3" t="n">
+        <x:v>16539</x:v>
+      </x:c>
+      <x:c r="EC46" s="3" t="n">
+        <x:v>17414</x:v>
+      </x:c>
+      <x:c r="ED46" s="3" t="n">
+        <x:v>17502</x:v>
+      </x:c>
+      <x:c r="EE46" s="3" t="n">
+        <x:v>17465</x:v>
+      </x:c>
+      <x:c r="EF46" s="3" t="n">
+        <x:v>17090</x:v>
+      </x:c>
+      <x:c r="EG46" s="3" t="n">
+        <x:v>17946</x:v>
+      </x:c>
+      <x:c r="EH46" s="3" t="n">
+        <x:v>17839</x:v>
+      </x:c>
+      <x:c r="EI46" s="3" t="n">
+        <x:v>17820</x:v>
+      </x:c>
+      <x:c r="EJ46" s="3" t="n">
+        <x:v>17475</x:v>
+      </x:c>
+      <x:c r="EK46" s="3" t="n">
+        <x:v>18230</x:v>
+      </x:c>
+      <x:c r="EL46" s="3" t="n">
+        <x:v>18092</x:v>
+      </x:c>
+      <x:c r="EM46" s="3" t="n">
+        <x:v>18395</x:v>
+      </x:c>
+      <x:c r="EN46" s="3" t="n">
+        <x:v>18108</x:v>
+      </x:c>
+      <x:c r="EO46" s="3" t="n">
+        <x:v>18955</x:v>
+      </x:c>
+      <x:c r="EP46" s="3" t="n">
+        <x:v>18988</x:v>
+      </x:c>
+      <x:c r="EQ46" s="3" t="n">
+        <x:v>18375</x:v>
+      </x:c>
+      <x:c r="ER46" s="3" t="n">
+        <x:v>18425</x:v>
+      </x:c>
+      <x:c r="ES46" s="3" t="n">
+        <x:v>19246</x:v>
+      </x:c>
+      <x:c r="ET46" s="3" t="n">
+        <x:v>18776</x:v>
+      </x:c>
+      <x:c r="EU46" s="3" t="n">
+        <x:v>18369</x:v>
+      </x:c>
+      <x:c r="EV46" s="3" t="n">
+        <x:v>18088</x:v>
+      </x:c>
+      <x:c r="EW46" s="3" t="n">
+        <x:v>19342</x:v>
+      </x:c>
+      <x:c r="EX46" s="3" t="n">
+        <x:v>17880</x:v>
+      </x:c>
+      <x:c r="EY46" s="3" t="n">
+        <x:v>18666</x:v>
+      </x:c>
+      <x:c r="EZ46" s="3" t="n">
+        <x:v>17090</x:v>
+      </x:c>
+      <x:c r="FA46" s="3" t="n">
+        <x:v>18431</x:v>
+      </x:c>
+      <x:c r="FB46" s="3" t="n">
+        <x:v>18594</x:v>
+      </x:c>
+      <x:c r="FC46" s="3" t="n">
+        <x:v>17804</x:v>
+      </x:c>
+      <x:c r="FD46" s="3" t="n">
+        <x:v>16958</x:v>
+      </x:c>
+      <x:c r="FE46" s="3" t="n">
+        <x:v>18515</x:v>
+      </x:c>
+      <x:c r="FF46" s="3" t="n">
+        <x:v>18516</x:v>
+      </x:c>
+      <x:c r="FG46" s="3" t="n">
+        <x:v>19031</x:v>
+      </x:c>
+      <x:c r="FH46" s="3" t="n">
+        <x:v>17619</x:v>
+      </x:c>
+      <x:c r="FI46" s="3" t="n">
+        <x:v>18990</x:v>
+      </x:c>
+      <x:c r="FJ46" s="3" t="n">
+        <x:v>18861</x:v>
+      </x:c>
+      <x:c r="FK46" s="3" t="n">
+        <x:v>18296</x:v>
+      </x:c>
+      <x:c r="FL46" s="3" t="n">
+        <x:v>17718</x:v>
+      </x:c>
+      <x:c r="FM46" s="3" t="n">
+        <x:v>19261</x:v>
+      </x:c>
+      <x:c r="FN46" s="3" t="n">
+        <x:v>18158</x:v>
+      </x:c>
+      <x:c r="FO46" s="3" t="n">
+        <x:v>12594</x:v>
+      </x:c>
+      <x:c r="FP46" s="3" t="n">
+        <x:v>16343</x:v>
+      </x:c>
+      <x:c r="FQ46" s="3" t="n">
+        <x:v>16959</x:v>
+      </x:c>
+      <x:c r="FR46" s="3" t="n">
+        <x:v>13719</x:v>
+      </x:c>
+      <x:c r="FS46" s="3" t="n">
+        <x:v>16160</x:v>
+      </x:c>
+      <x:c r="FT46" s="3" t="n">
+        <x:v>19020</x:v>
+      </x:c>
+      <x:c r="FU46" s="3" t="n">
+        <x:v>20871</x:v>
+      </x:c>
+      <x:c r="FV46" s="3" t="n">
+        <x:v>18937</x:v>
+      </x:c>
+      <x:c r="FW46" s="3" t="n">
+        <x:v>19507</x:v>
+      </x:c>
+      <x:c r="FX46" s="3" t="n">
+        <x:v>18467</x:v>
+      </x:c>
+      <x:c r="FY46" s="3" t="n">
+        <x:v>20123</x:v>
+      </x:c>
+      <x:c r="FZ46" s="3" t="n">
+        <x:v>20623</x:v>
+      </x:c>
+      <x:c r="GA46" s="3" t="n">
+        <x:v>19765</x:v>
+      </x:c>
+      <x:c r="GB46" s="3" t="n">
+        <x:v>18909</x:v>
+      </x:c>
+      <x:c r="GC46" s="3" t="n">
+        <x:v>20543</x:v>
+      </x:c>
+      <x:c r="GD46" s="3" t="n">
+        <x:v>20133</x:v>
+      </x:c>
+      <x:c r="GE46" s="3" t="n">
+        <x:v>20496</x:v>
+      </x:c>
+      <x:c r="GF46" s="3" t="n">
+        <x:v>19445</x:v>
+      </x:c>
+      <x:c r="GG46" s="3" t="n">
+        <x:v>20845</x:v>
+      </x:c>
+      <x:c r="GH46" s="3" t="n">
+        <x:v>20893</x:v>
+      </x:c>
+      <x:c r="GI46" s="3" t="n">
+        <x:v>20620</x:v>
+      </x:c>
+      <x:c r="GJ46" s="3" t="n">
+        <x:v>19859</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:192">
+      <x:c r="A47" s="2" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="B47" s="3" t="n">
+        <x:v>80194</x:v>
+      </x:c>
+      <x:c r="C47" s="3" t="n">
+        <x:v>80361</x:v>
+      </x:c>
+      <x:c r="D47" s="3" t="n">
+        <x:v>75876</x:v>
+      </x:c>
+      <x:c r="E47" s="3" t="n">
+        <x:v>83742</x:v>
+      </x:c>
+      <x:c r="F47" s="3" t="n">
+        <x:v>87578</x:v>
+      </x:c>
+      <x:c r="G47" s="3" t="n">
+        <x:v>80151</x:v>
+      </x:c>
+      <x:c r="H47" s="3" t="n">
+        <x:v>78048</x:v>
+      </x:c>
+      <x:c r="I47" s="3" t="n">
+        <x:v>87452</x:v>
+      </x:c>
+      <x:c r="J47" s="3" t="n">
+        <x:v>91511</x:v>
+      </x:c>
+      <x:c r="K47" s="3" t="n">
+        <x:v>84223</x:v>
+      </x:c>
+      <x:c r="L47" s="3" t="n">
+        <x:v>81064</x:v>
+      </x:c>
+      <x:c r="M47" s="3" t="n">
+        <x:v>90744</x:v>
+      </x:c>
+      <x:c r="N47" s="3" t="n">
+        <x:v>95076</x:v>
+      </x:c>
+      <x:c r="O47" s="3" t="n">
+        <x:v>87903</x:v>
+      </x:c>
+      <x:c r="P47" s="3" t="n">
+        <x:v>86619</x:v>
+      </x:c>
+      <x:c r="Q47" s="3" t="n">
+        <x:v>96266</x:v>
+      </x:c>
+      <x:c r="R47" s="3" t="n">
+        <x:v>97451</x:v>
+      </x:c>
+      <x:c r="S47" s="3" t="n">
+        <x:v>89258</x:v>
+      </x:c>
+      <x:c r="T47" s="3" t="n">
+        <x:v>88690</x:v>
+      </x:c>
+      <x:c r="U47" s="3" t="n">
+        <x:v>98434</x:v>
+      </x:c>
+      <x:c r="V47" s="3" t="n">
+        <x:v>98582</x:v>
+      </x:c>
+      <x:c r="W47" s="3" t="n">
+        <x:v>95063</x:v>
+      </x:c>
+      <x:c r="X47" s="3" t="n">
+        <x:v>92256</x:v>
+      </x:c>
+      <x:c r="Y47" s="3" t="n">
+        <x:v>99613</x:v>
+      </x:c>
+      <x:c r="Z47" s="3" t="n">
+        <x:v>105406</x:v>
+      </x:c>
+      <x:c r="AA47" s="3" t="n">
+        <x:v>95195</x:v>
+      </x:c>
+      <x:c r="AB47" s="3" t="n">
+        <x:v>92006</x:v>
+      </x:c>
+      <x:c r="AC47" s="3" t="n">
+        <x:v>102749</x:v>
+      </x:c>
+      <x:c r="AD47" s="3" t="n">
+        <x:v>106205</x:v>
+      </x:c>
+      <x:c r="AE47" s="3" t="n">
+        <x:v>98148</x:v>
+      </x:c>
+      <x:c r="AF47" s="3" t="n">
+        <x:v>95514</x:v>
+      </x:c>
+      <x:c r="AG47" s="3" t="n">
+        <x:v>107849</x:v>
+      </x:c>
+      <x:c r="AH47" s="3" t="n">
+        <x:v>99890</x:v>
+      </x:c>
+      <x:c r="AI47" s="3" t="n">
+        <x:v>108924</x:v>
+      </x:c>
+      <x:c r="AJ47" s="3" t="n">
+        <x:v>97282</x:v>
+      </x:c>
+      <x:c r="AK47" s="3" t="n">
+        <x:v>109813</x:v>
+      </x:c>
+      <x:c r="AL47" s="3" t="n">
+        <x:v>107594</x:v>
+      </x:c>
+      <x:c r="AM47" s="3" t="n">
+        <x:v>107634</x:v>
+      </x:c>
+      <x:c r="AN47" s="3" t="n">
+        <x:v>100264</x:v>
+      </x:c>
+      <x:c r="AO47" s="3" t="n">
+        <x:v>113687</x:v>
+      </x:c>
+      <x:c r="AP47" s="3" t="n">
+        <x:v>112291</x:v>
+      </x:c>
+      <x:c r="AQ47" s="3" t="n">
+        <x:v>107153</x:v>
+      </x:c>
+      <x:c r="AR47" s="3" t="n">
+        <x:v>105611</x:v>
+      </x:c>
+      <x:c r="AS47" s="3" t="n">
+        <x:v>113268</x:v>
+      </x:c>
+      <x:c r="AT47" s="3" t="n">
+        <x:v>110760</x:v>
+      </x:c>
+      <x:c r="AU47" s="3" t="n">
+        <x:v>112483</x:v>
+      </x:c>
+      <x:c r="AV47" s="3" t="n">
+        <x:v>104858</x:v>
+      </x:c>
+      <x:c r="AW47" s="3" t="n">
+        <x:v>119644</x:v>
+      </x:c>
+      <x:c r="AX47" s="3" t="n">
+        <x:v>120520</x:v>
+      </x:c>
+      <x:c r="AY47" s="3" t="n">
+        <x:v>112006</x:v>
+      </x:c>
+      <x:c r="AZ47" s="3" t="n">
+        <x:v>110321</x:v>
+      </x:c>
+      <x:c r="BA47" s="3" t="n">
+        <x:v>123012</x:v>
+      </x:c>
+      <x:c r="BB47" s="3" t="n">
+        <x:v>119813</x:v>
+      </x:c>
+      <x:c r="BC47" s="3" t="n">
+        <x:v>121817</x:v>
+      </x:c>
+      <x:c r="BD47" s="3" t="n">
+        <x:v>118601</x:v>
+      </x:c>
+      <x:c r="BE47" s="3" t="n">
+        <x:v>127680</x:v>
+      </x:c>
+      <x:c r="BF47" s="3" t="n">
+        <x:v>131810</x:v>
+      </x:c>
+      <x:c r="BG47" s="3" t="n">
+        <x:v>121352</x:v>
+      </x:c>
+      <x:c r="BH47" s="3" t="n">
+        <x:v>122353</x:v>
+      </x:c>
+      <x:c r="BI47" s="3" t="n">
+        <x:v>130845</x:v>
+      </x:c>
+      <x:c r="BJ47" s="3" t="n">
+        <x:v>133351</x:v>
+      </x:c>
+      <x:c r="BK47" s="3" t="n">
+        <x:v>124799</x:v>
+      </x:c>
+      <x:c r="BL47" s="3" t="n">
+        <x:v>122269</x:v>
+      </x:c>
+      <x:c r="BM47" s="3" t="n">
+        <x:v>137791</x:v>
+      </x:c>
+      <x:c r="BN47" s="3" t="n">
+        <x:v>129507</x:v>
+      </x:c>
+      <x:c r="BO47" s="3" t="n">
+        <x:v>129425</x:v>
+      </x:c>
+      <x:c r="BP47" s="3" t="n">
+        <x:v>129438</x:v>
+      </x:c>
+      <x:c r="BQ47" s="3" t="n">
+        <x:v>138914</x:v>
+      </x:c>
+      <x:c r="BR47" s="3" t="n">
+        <x:v>138462</x:v>
+      </x:c>
+      <x:c r="BS47" s="3" t="n">
+        <x:v>124723</x:v>
+      </x:c>
+      <x:c r="BT47" s="3" t="n">
+        <x:v>127622</x:v>
+      </x:c>
+      <x:c r="BU47" s="3" t="n">
+        <x:v>136545</x:v>
+      </x:c>
+      <x:c r="BV47" s="3" t="n">
+        <x:v>139789</x:v>
+      </x:c>
+      <x:c r="BW47" s="3" t="n">
+        <x:v>128845</x:v>
+      </x:c>
+      <x:c r="BX47" s="3" t="n">
+        <x:v>131422</x:v>
+      </x:c>
+      <x:c r="BY47" s="3" t="n">
+        <x:v>139954</x:v>
+      </x:c>
+      <x:c r="BZ47" s="3" t="n">
+        <x:v>133401</x:v>
+      </x:c>
+      <x:c r="CA47" s="3" t="n">
+        <x:v>139907</x:v>
+      </x:c>
+      <x:c r="CB47" s="3" t="n">
+        <x:v>133240</x:v>
+      </x:c>
+      <x:c r="CC47" s="3" t="n">
+        <x:v>143604</x:v>
+      </x:c>
+      <x:c r="CD47" s="3" t="n">
+        <x:v>144814</x:v>
+      </x:c>
+      <x:c r="CE47" s="3" t="n">
+        <x:v>135446</x:v>
+      </x:c>
+      <x:c r="CF47" s="3" t="n">
+        <x:v>137082</x:v>
+      </x:c>
+      <x:c r="CG47" s="3" t="n">
+        <x:v>146784</x:v>
+      </x:c>
+      <x:c r="CH47" s="3" t="n">
+        <x:v>144261</x:v>
+      </x:c>
+      <x:c r="CI47" s="3" t="n">
+        <x:v>141769</x:v>
+      </x:c>
+      <x:c r="CJ47" s="3" t="n">
+        <x:v>140243</x:v>
+      </x:c>
+      <x:c r="CK47" s="3" t="n">
+        <x:v>150577</x:v>
+      </x:c>
+      <x:c r="CL47" s="3" t="n">
+        <x:v>152356</x:v>
+      </x:c>
+      <x:c r="CM47" s="3" t="n">
+        <x:v>139460</x:v>
+      </x:c>
+      <x:c r="CN47" s="3" t="n">
+        <x:v>141120</x:v>
+      </x:c>
+      <x:c r="CO47" s="3" t="n">
+        <x:v>148043</x:v>
+      </x:c>
+      <x:c r="CP47" s="3" t="n">
+        <x:v>150967</x:v>
+      </x:c>
+      <x:c r="CQ47" s="3" t="n">
+        <x:v>139380</x:v>
+      </x:c>
+      <x:c r="CR47" s="3" t="n">
+        <x:v>141456</x:v>
+      </x:c>
+      <x:c r="CS47" s="3" t="n">
+        <x:v>149501</x:v>
+      </x:c>
+      <x:c r="CT47" s="3" t="n">
+        <x:v>143390</x:v>
+      </x:c>
+      <x:c r="CU47" s="3" t="n">
+        <x:v>146199</x:v>
+      </x:c>
+      <x:c r="CV47" s="3" t="n">
+        <x:v>144397</x:v>
+      </x:c>
+      <x:c r="CW47" s="3" t="n">
+        <x:v>147279</x:v>
+      </x:c>
+      <x:c r="CX47" s="3" t="n">
+        <x:v>150205</x:v>
+      </x:c>
+      <x:c r="CY47" s="3" t="n">
+        <x:v>141641</x:v>
+      </x:c>
+      <x:c r="CZ47" s="3" t="n">
+        <x:v>144528</x:v>
+      </x:c>
+      <x:c r="DA47" s="3" t="n">
+        <x:v>148236</x:v>
+      </x:c>
+      <x:c r="DB47" s="3" t="n">
+        <x:v>150530</x:v>
+      </x:c>
+      <x:c r="DC47" s="3" t="n">
+        <x:v>140967</x:v>
+      </x:c>
+      <x:c r="DD47" s="3" t="n">
+        <x:v>143835</x:v>
+      </x:c>
+      <x:c r="DE47" s="3" t="n">
+        <x:v>154167</x:v>
+      </x:c>
+      <x:c r="DF47" s="3" t="n">
+        <x:v>147671</x:v>
+      </x:c>
+      <x:c r="DG47" s="3" t="n">
+        <x:v>154482</x:v>
+      </x:c>
+      <x:c r="DH47" s="3" t="n">
+        <x:v>146340</x:v>
+      </x:c>
+      <x:c r="DI47" s="3" t="n">
+        <x:v>155663</x:v>
+      </x:c>
+      <x:c r="DJ47" s="3" t="n">
+        <x:v>159182</x:v>
+      </x:c>
+      <x:c r="DK47" s="3" t="n">
+        <x:v>147805</x:v>
+      </x:c>
+      <x:c r="DL47" s="3" t="n">
+        <x:v>149207</x:v>
+      </x:c>
+      <x:c r="DM47" s="3" t="n">
+        <x:v>156446</x:v>
+      </x:c>
+      <x:c r="DN47" s="3" t="n">
+        <x:v>162318</x:v>
+      </x:c>
+      <x:c r="DO47" s="3" t="n">
+        <x:v>154207</x:v>
+      </x:c>
+      <x:c r="DP47" s="3" t="n">
+        <x:v>156150</x:v>
+      </x:c>
+      <x:c r="DQ47" s="3" t="n">
+        <x:v>163236</x:v>
+      </x:c>
+      <x:c r="DR47" s="3" t="n">
+        <x:v>160723</x:v>
+      </x:c>
+      <x:c r="DS47" s="3" t="n">
+        <x:v>162805</x:v>
+      </x:c>
+      <x:c r="DT47" s="3" t="n">
+        <x:v>163034</x:v>
+      </x:c>
+      <x:c r="DU47" s="3" t="n">
+        <x:v>164787</x:v>
+      </x:c>
+      <x:c r="DV47" s="3" t="n">
+        <x:v>165973</x:v>
+      </x:c>
+      <x:c r="DW47" s="3" t="n">
+        <x:v>163375</x:v>
+      </x:c>
+      <x:c r="DX47" s="3" t="n">
+        <x:v>164956</x:v>
+      </x:c>
+      <x:c r="DY47" s="3" t="n">
+        <x:v>167716</x:v>
+      </x:c>
+      <x:c r="DZ47" s="3" t="n">
+        <x:v>171017</x:v>
+      </x:c>
+      <x:c r="EA47" s="3" t="n">
+        <x:v>168989</x:v>
+      </x:c>
+      <x:c r="EB47" s="3" t="n">
+        <x:v>168403</x:v>
+      </x:c>
+      <x:c r="EC47" s="3" t="n">
+        <x:v>169186</x:v>
+      </x:c>
+      <x:c r="ED47" s="3" t="n">
+        <x:v>170750</x:v>
+      </x:c>
+      <x:c r="EE47" s="3" t="n">
+        <x:v>171360</x:v>
+      </x:c>
+      <x:c r="EF47" s="3" t="n">
+        <x:v>172125</x:v>
+      </x:c>
+      <x:c r="EG47" s="3" t="n">
+        <x:v>173298</x:v>
+      </x:c>
+      <x:c r="EH47" s="3" t="n">
+        <x:v>174611</x:v>
+      </x:c>
+      <x:c r="EI47" s="3" t="n">
+        <x:v>175610</x:v>
+      </x:c>
+      <x:c r="EJ47" s="3" t="n">
+        <x:v>176374</x:v>
+      </x:c>
+      <x:c r="EK47" s="3" t="n">
+        <x:v>176540</x:v>
+      </x:c>
+      <x:c r="EL47" s="3" t="n">
+        <x:v>176246</x:v>
+      </x:c>
+      <x:c r="EM47" s="3" t="n">
+        <x:v>176622</x:v>
+      </x:c>
+      <x:c r="EN47" s="3" t="n">
+        <x:v>177254</x:v>
+      </x:c>
+      <x:c r="EO47" s="3" t="n">
+        <x:v>178376</x:v>
+      </x:c>
+      <x:c r="EP47" s="3" t="n">
+        <x:v>178658</x:v>
+      </x:c>
+      <x:c r="EQ47" s="3" t="n">
+        <x:v>179594</x:v>
+      </x:c>
+      <x:c r="ER47" s="3" t="n">
+        <x:v>179879</x:v>
+      </x:c>
+      <x:c r="ES47" s="3" t="n">
+        <x:v>181004</x:v>
+      </x:c>
+      <x:c r="ET47" s="3" t="n">
+        <x:v>181699</x:v>
+      </x:c>
+      <x:c r="EU47" s="3" t="n">
+        <x:v>182882</x:v>
+      </x:c>
+      <x:c r="EV47" s="3" t="n">
+        <x:v>185035</x:v>
+      </x:c>
+      <x:c r="EW47" s="3" t="n">
+        <x:v>185159</x:v>
+      </x:c>
+      <x:c r="EX47" s="3" t="n">
+        <x:v>184850</x:v>
+      </x:c>
+      <x:c r="EY47" s="3" t="n">
+        <x:v>187781</x:v>
+      </x:c>
+      <x:c r="EZ47" s="3" t="n">
+        <x:v>188784</x:v>
+      </x:c>
+      <x:c r="FA47" s="3" t="n">
+        <x:v>190039</x:v>
+      </x:c>
+      <x:c r="FB47" s="3" t="n">
+        <x:v>188861</x:v>
+      </x:c>
+      <x:c r="FC47" s="3" t="n">
+        <x:v>191611</x:v>
+      </x:c>
+      <x:c r="FD47" s="3" t="n">
+        <x:v>190950</x:v>
+      </x:c>
+      <x:c r="FE47" s="3" t="n">
+        <x:v>192668</x:v>
+      </x:c>
+      <x:c r="FF47" s="3" t="n">
+        <x:v>191064</x:v>
+      </x:c>
+      <x:c r="FG47" s="3" t="n">
+        <x:v>192679</x:v>
+      </x:c>
+      <x:c r="FH47" s="3" t="n">
+        <x:v>192421</x:v>
+      </x:c>
+      <x:c r="FI47" s="3" t="n">
+        <x:v>193244</x:v>
+      </x:c>
+      <x:c r="FJ47" s="3" t="n">
+        <x:v>192006</x:v>
+      </x:c>
+      <x:c r="FK47" s="3" t="n">
+        <x:v>193847</x:v>
+      </x:c>
+      <x:c r="FL47" s="3" t="n">
+        <x:v>194048</x:v>
+      </x:c>
+      <x:c r="FM47" s="3" t="n">
+        <x:v>195913</x:v>
+      </x:c>
+      <x:c r="FN47" s="3" t="n">
+        <x:v>192464</x:v>
+      </x:c>
+      <x:c r="FO47" s="3" t="n">
+        <x:v>182484</x:v>
+      </x:c>
+      <x:c r="FP47" s="3" t="n">
+        <x:v>191192</x:v>
+      </x:c>
+      <x:c r="FQ47" s="3" t="n">
+        <x:v>193371</x:v>
+      </x:c>
+      <x:c r="FR47" s="3" t="n">
+        <x:v>190438</x:v>
+      </x:c>
+      <x:c r="FS47" s="3" t="n">
+        <x:v>193224</x:v>
+      </x:c>
+      <x:c r="FT47" s="3" t="n">
+        <x:v>197203</x:v>
+      </x:c>
+      <x:c r="FU47" s="3" t="n">
+        <x:v>199368</x:v>
+      </x:c>
+      <x:c r="FV47" s="3" t="n">
+        <x:v>197655</x:v>
+      </x:c>
+      <x:c r="FW47" s="3" t="n">
+        <x:v>202021</x:v>
+      </x:c>
+      <x:c r="FX47" s="3" t="n">
+        <x:v>204465</x:v>
+      </x:c>
+      <x:c r="FY47" s="3" t="n">
+        <x:v>206958</x:v>
+      </x:c>
+      <x:c r="FZ47" s="3" t="n">
+        <x:v>206613</x:v>
+      </x:c>
+      <x:c r="GA47" s="3" t="n">
+        <x:v>208841</x:v>
+      </x:c>
+      <x:c r="GB47" s="3" t="n">
+        <x:v>209009</x:v>
+      </x:c>
+      <x:c r="GC47" s="3" t="n">
+        <x:v>212408</x:v>
+      </x:c>
+      <x:c r="GD47" s="3" t="n">
+        <x:v>210786</x:v>
+      </x:c>
+      <x:c r="GE47" s="3" t="n">
+        <x:v>213365</x:v>
+      </x:c>
+      <x:c r="GF47" s="3" t="n">
+        <x:v>213706</x:v>
+      </x:c>
+      <x:c r="GG47" s="3" t="n">
+        <x:v>214942</x:v>
+      </x:c>
+      <x:c r="GH47" s="3" t="n">
+        <x:v>214452</x:v>
+      </x:c>
+      <x:c r="GI47" s="3" t="n">
+        <x:v>216669</x:v>
+      </x:c>
+      <x:c r="GJ47" s="3" t="n">
+        <x:v>215891</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:192">
+      <x:c r="A48" s="2" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="B48" s="3" t="n">
+        <x:v>27154</x:v>
+      </x:c>
+      <x:c r="C48" s="3" t="n">
+        <x:v>27085</x:v>
+      </x:c>
+      <x:c r="D48" s="3" t="n">
+        <x:v>26496</x:v>
+      </x:c>
+      <x:c r="E48" s="3" t="n">
+        <x:v>27731</x:v>
+      </x:c>
+      <x:c r="F48" s="3" t="n">
+        <x:v>28960</x:v>
+      </x:c>
+      <x:c r="G48" s="3" t="n">
+        <x:v>26211</x:v>
+      </x:c>
+      <x:c r="H48" s="3" t="n">
+        <x:v>27306</x:v>
+      </x:c>
+      <x:c r="I48" s="3" t="n">
+        <x:v>28589</x:v>
+      </x:c>
+      <x:c r="J48" s="3" t="n">
+        <x:v>29541</x:v>
+      </x:c>
+      <x:c r="K48" s="3" t="n">
+        <x:v>26940</x:v>
+      </x:c>
+      <x:c r="L48" s="3" t="n">
+        <x:v>27989</x:v>
+      </x:c>
+      <x:c r="M48" s="3" t="n">
+        <x:v>28778</x:v>
+      </x:c>
+      <x:c r="N48" s="3" t="n">
+        <x:v>30750</x:v>
+      </x:c>
+      <x:c r="O48" s="3" t="n">
+        <x:v>28532</x:v>
+      </x:c>
+      <x:c r="P48" s="3" t="n">
+        <x:v>29692</x:v>
+      </x:c>
+      <x:c r="Q48" s="3" t="n">
+        <x:v>30803</x:v>
+      </x:c>
+      <x:c r="R48" s="3" t="n">
+        <x:v>31381</x:v>
+      </x:c>
+      <x:c r="S48" s="3" t="n">
+        <x:v>29114</x:v>
+      </x:c>
+      <x:c r="T48" s="3" t="n">
+        <x:v>30304</x:v>
+      </x:c>
+      <x:c r="U48" s="3" t="n">
+        <x:v>32121</x:v>
+      </x:c>
+      <x:c r="V48" s="3" t="n">
+        <x:v>31578</x:v>
+      </x:c>
+      <x:c r="W48" s="3" t="n">
+        <x:v>30670</x:v>
+      </x:c>
+      <x:c r="X48" s="3" t="n">
+        <x:v>30780</x:v>
+      </x:c>
+      <x:c r="Y48" s="3" t="n">
+        <x:v>32023</x:v>
+      </x:c>
+      <x:c r="Z48" s="3" t="n">
+        <x:v>33319</x:v>
+      </x:c>
+      <x:c r="AA48" s="3" t="n">
+        <x:v>29614</x:v>
+      </x:c>
+      <x:c r="AB48" s="3" t="n">
+        <x:v>30500</x:v>
+      </x:c>
+      <x:c r="AC48" s="3" t="n">
+        <x:v>31814</x:v>
+      </x:c>
+      <x:c r="AD48" s="3" t="n">
+        <x:v>32860</x:v>
+      </x:c>
+      <x:c r="AE48" s="3" t="n">
+        <x:v>30084</x:v>
+      </x:c>
+      <x:c r="AF48" s="3" t="n">
+        <x:v>31778</x:v>
+      </x:c>
+      <x:c r="AG48" s="3" t="n">
+        <x:v>32692</x:v>
+      </x:c>
+      <x:c r="AH48" s="3" t="n">
+        <x:v>30416</x:v>
+      </x:c>
+      <x:c r="AI48" s="3" t="n">
+        <x:v>33749</x:v>
+      </x:c>
+      <x:c r="AJ48" s="3" t="n">
+        <x:v>31736</x:v>
+      </x:c>
+      <x:c r="AK48" s="3" t="n">
+        <x:v>34482</x:v>
+      </x:c>
+      <x:c r="AL48" s="3" t="n">
+        <x:v>32439</x:v>
+      </x:c>
+      <x:c r="AM48" s="3" t="n">
+        <x:v>34942</x:v>
+      </x:c>
+      <x:c r="AN48" s="3" t="n">
+        <x:v>31915</x:v>
+      </x:c>
+      <x:c r="AO48" s="3" t="n">
+        <x:v>35125</x:v>
+      </x:c>
+      <x:c r="AP48" s="3" t="n">
+        <x:v>35031</x:v>
+      </x:c>
+      <x:c r="AQ48" s="3" t="n">
+        <x:v>33460</x:v>
+      </x:c>
+      <x:c r="AR48" s="3" t="n">
+        <x:v>34241</x:v>
+      </x:c>
+      <x:c r="AS48" s="3" t="n">
+        <x:v>34950</x:v>
+      </x:c>
+      <x:c r="AT48" s="3" t="n">
+        <x:v>35283</x:v>
+      </x:c>
+      <x:c r="AU48" s="3" t="n">
+        <x:v>34723</x:v>
+      </x:c>
+      <x:c r="AV48" s="3" t="n">
+        <x:v>34348</x:v>
+      </x:c>
+      <x:c r="AW48" s="3" t="n">
+        <x:v>36727</x:v>
+      </x:c>
+      <x:c r="AX48" s="3" t="n">
+        <x:v>39006</x:v>
+      </x:c>
+      <x:c r="AY48" s="3" t="n">
+        <x:v>35977</x:v>
+      </x:c>
+      <x:c r="AZ48" s="3" t="n">
+        <x:v>37295</x:v>
+      </x:c>
+      <x:c r="BA48" s="3" t="n">
+        <x:v>38472</x:v>
+      </x:c>
+      <x:c r="BB48" s="3" t="n">
+        <x:v>39240</x:v>
+      </x:c>
+      <x:c r="BC48" s="3" t="n">
+        <x:v>39737</x:v>
+      </x:c>
+      <x:c r="BD48" s="3" t="n">
+        <x:v>40791</x:v>
+      </x:c>
+      <x:c r="BE48" s="3" t="n">
+        <x:v>41309</x:v>
+      </x:c>
+      <x:c r="BF48" s="3" t="n">
+        <x:v>42808</x:v>
+      </x:c>
+      <x:c r="BG48" s="3" t="n">
+        <x:v>39600</x:v>
+      </x:c>
+      <x:c r="BH48" s="3" t="n">
+        <x:v>41494</x:v>
+      </x:c>
+      <x:c r="BI48" s="3" t="n">
+        <x:v>43129</x:v>
+      </x:c>
+      <x:c r="BJ48" s="3" t="n">
+        <x:v>43173</x:v>
+      </x:c>
+      <x:c r="BK48" s="3" t="n">
+        <x:v>40385</x:v>
+      </x:c>
+      <x:c r="BL48" s="3" t="n">
+        <x:v>42063</x:v>
+      </x:c>
+      <x:c r="BM48" s="3" t="n">
+        <x:v>44304</x:v>
+      </x:c>
+      <x:c r="BN48" s="3" t="n">
+        <x:v>42895</x:v>
+      </x:c>
+      <x:c r="BO48" s="3" t="n">
+        <x:v>41849</x:v>
+      </x:c>
+      <x:c r="BP48" s="3" t="n">
+        <x:v>42638</x:v>
+      </x:c>
+      <x:c r="BQ48" s="3" t="n">
+        <x:v>44531</x:v>
+      </x:c>
+      <x:c r="BR48" s="3" t="n">
+        <x:v>45148</x:v>
+      </x:c>
+      <x:c r="BS48" s="3" t="n">
+        <x:v>40422</x:v>
+      </x:c>
+      <x:c r="BT48" s="3" t="n">
+        <x:v>42165</x:v>
+      </x:c>
+      <x:c r="BU48" s="3" t="n">
+        <x:v>44200</x:v>
+      </x:c>
+      <x:c r="BV48" s="3" t="n">
+        <x:v>45233</x:v>
+      </x:c>
+      <x:c r="BW48" s="3" t="n">
+        <x:v>40975</x:v>
+      </x:c>
+      <x:c r="BX48" s="3" t="n">
+        <x:v>43268</x:v>
+      </x:c>
+      <x:c r="BY48" s="3" t="n">
+        <x:v>44594</x:v>
+      </x:c>
+      <x:c r="BZ48" s="3" t="n">
+        <x:v>42872</x:v>
+      </x:c>
+      <x:c r="CA48" s="3" t="n">
+        <x:v>44802</x:v>
+      </x:c>
+      <x:c r="CB48" s="3" t="n">
+        <x:v>44064</x:v>
+      </x:c>
+      <x:c r="CC48" s="3" t="n">
+        <x:v>45520</x:v>
+      </x:c>
+      <x:c r="CD48" s="3" t="n">
+        <x:v>46117</x:v>
+      </x:c>
+      <x:c r="CE48" s="3" t="n">
+        <x:v>42383</x:v>
+      </x:c>
+      <x:c r="CF48" s="3" t="n">
+        <x:v>44407</x:v>
+      </x:c>
+      <x:c r="CG48" s="3" t="n">
+        <x:v>46312</x:v>
+      </x:c>
+      <x:c r="CH48" s="3" t="n">
+        <x:v>45830</x:v>
+      </x:c>
+      <x:c r="CI48" s="3" t="n">
+        <x:v>44213</x:v>
+      </x:c>
+      <x:c r="CJ48" s="3" t="n">
+        <x:v>45522</x:v>
+      </x:c>
+      <x:c r="CK48" s="3" t="n">
+        <x:v>47025</x:v>
+      </x:c>
+      <x:c r="CL48" s="3" t="n">
+        <x:v>47755</x:v>
+      </x:c>
+      <x:c r="CM48" s="3" t="n">
+        <x:v>43488</x:v>
+      </x:c>
+      <x:c r="CN48" s="3" t="n">
+        <x:v>45131</x:v>
+      </x:c>
+      <x:c r="CO48" s="3" t="n">
+        <x:v>46454</x:v>
+      </x:c>
+      <x:c r="CP48" s="3" t="n">
+        <x:v>46678</x:v>
+      </x:c>
+      <x:c r="CQ48" s="3" t="n">
+        <x:v>42769</x:v>
+      </x:c>
+      <x:c r="CR48" s="3" t="n">
+        <x:v>44736</x:v>
+      </x:c>
+      <x:c r="CS48" s="3" t="n">
+        <x:v>45446</x:v>
+      </x:c>
+      <x:c r="CT48" s="3" t="n">
+        <x:v>63634</x:v>
+      </x:c>
+      <x:c r="CU48" s="3" t="n">
+        <x:v>64817</x:v>
+      </x:c>
+      <x:c r="CV48" s="3" t="n">
+        <x:v>66140</x:v>
+      </x:c>
+      <x:c r="CW48" s="3" t="n">
+        <x:v>65045</x:v>
+      </x:c>
+      <x:c r="CX48" s="3" t="n">
+        <x:v>67053</x:v>
+      </x:c>
+      <x:c r="CY48" s="3" t="n">
+        <x:v>63846</x:v>
+      </x:c>
+      <x:c r="CZ48" s="3" t="n">
+        <x:v>66849</x:v>
+      </x:c>
+      <x:c r="DA48" s="3" t="n">
+        <x:v>66305</x:v>
+      </x:c>
+      <x:c r="DB48" s="3" t="n">
+        <x:v>68497</x:v>
+      </x:c>
+      <x:c r="DC48" s="3" t="n">
+        <x:v>64820</x:v>
+      </x:c>
+      <x:c r="DD48" s="3" t="n">
+        <x:v>68433</x:v>
+      </x:c>
+      <x:c r="DE48" s="3" t="n">
+        <x:v>70480</x:v>
+      </x:c>
+      <x:c r="DF48" s="3" t="n">
+        <x:v>67303</x:v>
+      </x:c>
+      <x:c r="DG48" s="3" t="n">
+        <x:v>70468</x:v>
+      </x:c>
+      <x:c r="DH48" s="3" t="n">
+        <x:v>69804</x:v>
+      </x:c>
+      <x:c r="DI48" s="3" t="n">
+        <x:v>70574</x:v>
+      </x:c>
+      <x:c r="DJ48" s="3" t="n">
+        <x:v>72424</x:v>
+      </x:c>
+      <x:c r="DK48" s="3" t="n">
+        <x:v>67249</x:v>
+      </x:c>
+      <x:c r="DL48" s="3" t="n">
+        <x:v>70141</x:v>
+      </x:c>
+      <x:c r="DM48" s="3" t="n">
+        <x:v>71179</x:v>
+      </x:c>
+      <x:c r="DN48" s="3" t="n">
+        <x:v>73847</x:v>
+      </x:c>
+      <x:c r="DO48" s="3" t="n">
+        <x:v>69836</x:v>
+      </x:c>
+      <x:c r="DP48" s="3" t="n">
+        <x:v>72763</x:v>
+      </x:c>
+      <x:c r="DQ48" s="3" t="n">
+        <x:v>73800</x:v>
+      </x:c>
+      <x:c r="DR48" s="3" t="n">
+        <x:v>72614</x:v>
+      </x:c>
+      <x:c r="DS48" s="3" t="n">
+        <x:v>73730</x:v>
+      </x:c>
+      <x:c r="DT48" s="3" t="n">
+        <x:v>73983</x:v>
+      </x:c>
+      <x:c r="DU48" s="3" t="n">
+        <x:v>74619</x:v>
+      </x:c>
+      <x:c r="DV48" s="3" t="n">
+        <x:v>75674</x:v>
+      </x:c>
+      <x:c r="DW48" s="3" t="n">
+        <x:v>74729</x:v>
+      </x:c>
+      <x:c r="DX48" s="3" t="n">
+        <x:v>75208</x:v>
+      </x:c>
+      <x:c r="DY48" s="3" t="n">
+        <x:v>75082</x:v>
+      </x:c>
+      <x:c r="DZ48" s="3" t="n">
+        <x:v>76146</x:v>
+      </x:c>
+      <x:c r="EA48" s="3" t="n">
+        <x:v>75193</x:v>
+      </x:c>
+      <x:c r="EB48" s="3" t="n">
+        <x:v>74591</x:v>
+      </x:c>
+      <x:c r="EC48" s="3" t="n">
+        <x:v>74260</x:v>
+      </x:c>
+      <x:c r="ED48" s="3" t="n">
+        <x:v>74545</x:v>
+      </x:c>
+      <x:c r="EE48" s="3" t="n">
+        <x:v>74965</x:v>
+      </x:c>
+      <x:c r="EF48" s="3" t="n">
+        <x:v>75412</x:v>
+      </x:c>
+      <x:c r="EG48" s="3" t="n">
+        <x:v>75529</x:v>
+      </x:c>
+      <x:c r="EH48" s="3" t="n">
+        <x:v>76476</x:v>
+      </x:c>
+      <x:c r="EI48" s="3" t="n">
+        <x:v>76723</x:v>
+      </x:c>
+      <x:c r="EJ48" s="3" t="n">
+        <x:v>77317</x:v>
+      </x:c>
+      <x:c r="EK48" s="3" t="n">
+        <x:v>77517</x:v>
+      </x:c>
+      <x:c r="EL48" s="3" t="n">
+        <x:v>77631</x:v>
+      </x:c>
+      <x:c r="EM48" s="3" t="n">
+        <x:v>77948</x:v>
+      </x:c>
+      <x:c r="EN48" s="3" t="n">
+        <x:v>78438</x:v>
+      </x:c>
+      <x:c r="EO48" s="3" t="n">
+        <x:v>78967</x:v>
+      </x:c>
+      <x:c r="EP48" s="3" t="n">
+        <x:v>79334</x:v>
+      </x:c>
+      <x:c r="EQ48" s="3" t="n">
+        <x:v>79917</x:v>
+      </x:c>
+      <x:c r="ER48" s="3" t="n">
+        <x:v>80391</x:v>
+      </x:c>
+      <x:c r="ES48" s="3" t="n">
+        <x:v>81205</x:v>
+      </x:c>
+      <x:c r="ET48" s="3" t="n">
+        <x:v>82425</x:v>
+      </x:c>
+      <x:c r="EU48" s="3" t="n">
+        <x:v>82848</x:v>
+      </x:c>
+      <x:c r="EV48" s="3" t="n">
+        <x:v>83934</x:v>
+      </x:c>
+      <x:c r="EW48" s="3" t="n">
+        <x:v>84289</x:v>
+      </x:c>
+      <x:c r="EX48" s="3" t="n">
+        <x:v>84093</x:v>
+      </x:c>
+      <x:c r="EY48" s="3" t="n">
+        <x:v>84850</x:v>
+      </x:c>
+      <x:c r="EZ48" s="3" t="n">
+        <x:v>85581</x:v>
+      </x:c>
+      <x:c r="FA48" s="3" t="n">
+        <x:v>86664</x:v>
+      </x:c>
+      <x:c r="FB48" s="3" t="n">
+        <x:v>85720</x:v>
+      </x:c>
+      <x:c r="FC48" s="3" t="n">
+        <x:v>87160</x:v>
+      </x:c>
+      <x:c r="FD48" s="3" t="n">
+        <x:v>87649</x:v>
+      </x:c>
+      <x:c r="FE48" s="3" t="n">
+        <x:v>88212</x:v>
+      </x:c>
+      <x:c r="FF48" s="3" t="n">
+        <x:v>87633</x:v>
+      </x:c>
+      <x:c r="FG48" s="3" t="n">
+        <x:v>88213</x:v>
+      </x:c>
+      <x:c r="FH48" s="3" t="n">
+        <x:v>88322</x:v>
+      </x:c>
+      <x:c r="FI48" s="3" t="n">
+        <x:v>89056</x:v>
+      </x:c>
+      <x:c r="FJ48" s="3" t="n">
+        <x:v>88522</x:v>
+      </x:c>
+      <x:c r="FK48" s="3" t="n">
+        <x:v>89107</x:v>
+      </x:c>
+      <x:c r="FL48" s="3" t="n">
+        <x:v>89192</x:v>
+      </x:c>
+      <x:c r="FM48" s="3" t="n">
+        <x:v>90191</x:v>
+      </x:c>
+      <x:c r="FN48" s="3" t="n">
+        <x:v>89079</x:v>
+      </x:c>
+      <x:c r="FO48" s="3" t="n">
+        <x:v>82733</x:v>
+      </x:c>
+      <x:c r="FP48" s="3" t="n">
+        <x:v>87516</x:v>
+      </x:c>
+      <x:c r="FQ48" s="3" t="n">
+        <x:v>88064</x:v>
+      </x:c>
+      <x:c r="FR48" s="3" t="n">
+        <x:v>87765</x:v>
+      </x:c>
+      <x:c r="FS48" s="3" t="n">
+        <x:v>89195</x:v>
+      </x:c>
+      <x:c r="FT48" s="3" t="n">
+        <x:v>91110</x:v>
+      </x:c>
+      <x:c r="FU48" s="3" t="n">
+        <x:v>92673</x:v>
+      </x:c>
+      <x:c r="FV48" s="3" t="n">
+        <x:v>91332</x:v>
+      </x:c>
+      <x:c r="FW48" s="3" t="n">
+        <x:v>94368</x:v>
+      </x:c>
+      <x:c r="FX48" s="3" t="n">
+        <x:v>96021</x:v>
+      </x:c>
+      <x:c r="FY48" s="3" t="n">
+        <x:v>98663</x:v>
+      </x:c>
+      <x:c r="FZ48" s="3" t="n">
+        <x:v>98376</x:v>
+      </x:c>
+      <x:c r="GA48" s="3" t="n">
+        <x:v>99260</x:v>
+      </x:c>
+      <x:c r="GB48" s="3" t="n">
+        <x:v>99880</x:v>
+      </x:c>
+      <x:c r="GC48" s="3" t="n">
+        <x:v>102065</x:v>
+      </x:c>
+      <x:c r="GD48" s="3" t="n">
+        <x:v>100429</x:v>
+      </x:c>
+      <x:c r="GE48" s="3" t="n">
+        <x:v>101441</x:v>
+      </x:c>
+      <x:c r="GF48" s="3" t="n">
+        <x:v>102052</x:v>
+      </x:c>
+      <x:c r="GG48" s="3" t="n">
+        <x:v>103100</x:v>
+      </x:c>
+      <x:c r="GH48" s="3" t="n">
+        <x:v>103206</x:v>
+      </x:c>
+      <x:c r="GI48" s="3" t="n">
+        <x:v>103942</x:v>
+      </x:c>
+      <x:c r="GJ48" s="3" t="n">
+        <x:v>104137</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:192">
+      <x:c r="A49" s="2" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="B49" s="3" t="n">
+        <x:v>19037</x:v>
+      </x:c>
+      <x:c r="C49" s="3" t="n">
+        <x:v>18974</x:v>
+      </x:c>
+      <x:c r="D49" s="3" t="n">
+        <x:v>18858</x:v>
+      </x:c>
+      <x:c r="E49" s="3" t="n">
+        <x:v>19422</x:v>
+      </x:c>
+      <x:c r="F49" s="3" t="n">
+        <x:v>20532</x:v>
+      </x:c>
+      <x:c r="G49" s="3" t="n">
+        <x:v>18660</x:v>
+      </x:c>
+      <x:c r="H49" s="3" t="n">
+        <x:v>19722</x:v>
+      </x:c>
+      <x:c r="I49" s="3" t="n">
+        <x:v>20331</x:v>
+      </x:c>
+      <x:c r="J49" s="3" t="n">
+        <x:v>21290</x:v>
+      </x:c>
+      <x:c r="K49" s="3" t="n">
+        <x:v>19427</x:v>
+      </x:c>
+      <x:c r="L49" s="3" t="n">
+        <x:v>20439</x:v>
+      </x:c>
+      <x:c r="M49" s="3" t="n">
+        <x:v>20704</x:v>
+      </x:c>
+      <x:c r="N49" s="3" t="n">
+        <x:v>22510</x:v>
+      </x:c>
+      <x:c r="O49" s="3" t="n">
+        <x:v>20916</x:v>
+      </x:c>
+      <x:c r="P49" s="3" t="n">
+        <x:v>22040</x:v>
+      </x:c>
+      <x:c r="Q49" s="3" t="n">
+        <x:v>22490</x:v>
+      </x:c>
+      <x:c r="R49" s="3" t="n">
+        <x:v>22676</x:v>
+      </x:c>
+      <x:c r="S49" s="3" t="n">
+        <x:v>21081</x:v>
+      </x:c>
+      <x:c r="T49" s="3" t="n">
+        <x:v>22229</x:v>
+      </x:c>
+      <x:c r="U49" s="3" t="n">
+        <x:v>23191</x:v>
+      </x:c>
+      <x:c r="V49" s="3" t="n">
+        <x:v>22740</x:v>
+      </x:c>
+      <x:c r="W49" s="3" t="n">
+        <x:v>22103</x:v>
+      </x:c>
+      <x:c r="X49" s="3" t="n">
+        <x:v>22507</x:v>
+      </x:c>
+      <x:c r="Y49" s="3" t="n">
+        <x:v>23066</x:v>
+      </x:c>
+      <x:c r="Z49" s="3" t="n">
+        <x:v>23911</x:v>
+      </x:c>
+      <x:c r="AA49" s="3" t="n">
+        <x:v>21334</x:v>
+      </x:c>
+      <x:c r="AB49" s="3" t="n">
+        <x:v>22258</x:v>
+      </x:c>
+      <x:c r="AC49" s="3" t="n">
+        <x:v>22865</x:v>
+      </x:c>
+      <x:c r="AD49" s="3" t="n">
+        <x:v>23613</x:v>
+      </x:c>
+      <x:c r="AE49" s="3" t="n">
+        <x:v>21671</x:v>
+      </x:c>
+      <x:c r="AF49" s="3" t="n">
+        <x:v>23186</x:v>
+      </x:c>
+      <x:c r="AG49" s="3" t="n">
+        <x:v>23502</x:v>
+      </x:c>
+      <x:c r="AH49" s="3" t="n">
+        <x:v>22087</x:v>
+      </x:c>
+      <x:c r="AI49" s="3" t="n">
+        <x:v>24341</x:v>
+      </x:c>
+      <x:c r="AJ49" s="3" t="n">
+        <x:v>22870</x:v>
+      </x:c>
+      <x:c r="AK49" s="3" t="n">
+        <x:v>24741</x:v>
+      </x:c>
+      <x:c r="AL49" s="3" t="n">
+        <x:v>23388</x:v>
+      </x:c>
+      <x:c r="AM49" s="3" t="n">
+        <x:v>24991</x:v>
+      </x:c>
+      <x:c r="AN49" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
-      <x:c r="AK28" s="3" t="n">
-[...462 lines deleted...]
-        <x:v>47261</x:v>
+      <x:c r="AO49" s="3" t="n">
+        <x:v>24910</x:v>
+      </x:c>
+      <x:c r="AP49" s="3" t="n">
+        <x:v>24931</x:v>
+      </x:c>
+      <x:c r="AQ49" s="3" t="n">
+        <x:v>23860</x:v>
+      </x:c>
+      <x:c r="AR49" s="3" t="n">
+        <x:v>24735</x:v>
+      </x:c>
+      <x:c r="AS49" s="3" t="n">
+        <x:v>24851</x:v>
+      </x:c>
+      <x:c r="AT49" s="3" t="n">
+        <x:v>24815</x:v>
+      </x:c>
+      <x:c r="AU49" s="3" t="n">
+        <x:v>24548</x:v>
+      </x:c>
+      <x:c r="AV49" s="3" t="n">
+        <x:v>24570</x:v>
+      </x:c>
+      <x:c r="AW49" s="3" t="n">
+        <x:v>25846</x:v>
+      </x:c>
+      <x:c r="AX49" s="3" t="n">
+        <x:v>27272</x:v>
+      </x:c>
+      <x:c r="AY49" s="3" t="n">
+        <x:v>25052</x:v>
+      </x:c>
+      <x:c r="AZ49" s="3" t="n">
+        <x:v>26362</x:v>
+      </x:c>
+      <x:c r="BA49" s="3" t="n">
+        <x:v>26821</x:v>
+      </x:c>
+      <x:c r="BB49" s="3" t="n">
+        <x:v>28028</x:v>
+      </x:c>
+      <x:c r="BC49" s="3" t="n">
+        <x:v>28483</x:v>
+      </x:c>
+      <x:c r="BD49" s="3" t="n">
+        <x:v>29781</x:v>
+      </x:c>
+      <x:c r="BE49" s="3" t="n">
+        <x:v>29767</x:v>
+      </x:c>
+      <x:c r="BF49" s="3" t="n">
+        <x:v>30695</x:v>
+      </x:c>
+      <x:c r="BG49" s="3" t="n">
+        <x:v>28507</x:v>
+      </x:c>
+      <x:c r="BH49" s="3" t="n">
+        <x:v>30497</x:v>
+      </x:c>
+      <x:c r="BI49" s="3" t="n">
+        <x:v>31394</x:v>
+      </x:c>
+      <x:c r="BJ49" s="3" t="n">
+        <x:v>31177</x:v>
+      </x:c>
+      <x:c r="BK49" s="3" t="n">
+        <x:v>29058</x:v>
+      </x:c>
+      <x:c r="BL49" s="3" t="n">
+        <x:v>30701</x:v>
+      </x:c>
+      <x:c r="BM49" s="3" t="n">
+        <x:v>32014</x:v>
+      </x:c>
+      <x:c r="BN49" s="3" t="n">
+        <x:v>31209</x:v>
+      </x:c>
+      <x:c r="BO49" s="3" t="n">
+        <x:v>30444</x:v>
+      </x:c>
+      <x:c r="BP49" s="3" t="n">
+        <x:v>31384</x:v>
+      </x:c>
+      <x:c r="BQ49" s="3" t="n">
+        <x:v>32326</x:v>
+      </x:c>
+      <x:c r="BR49" s="3" t="n">
+        <x:v>33032</x:v>
+      </x:c>
+      <x:c r="BS49" s="3" t="n">
+        <x:v>29573</x:v>
+      </x:c>
+      <x:c r="BT49" s="3" t="n">
+        <x:v>31225</x:v>
+      </x:c>
+      <x:c r="BU49" s="3" t="n">
+        <x:v>32342</x:v>
+      </x:c>
+      <x:c r="BV49" s="3" t="n">
+        <x:v>33166</x:v>
+      </x:c>
+      <x:c r="BW49" s="3" t="n">
+        <x:v>30064</x:v>
+      </x:c>
+      <x:c r="BX49" s="3" t="n">
+        <x:v>32140</x:v>
+      </x:c>
+      <x:c r="BY49" s="3" t="n">
+        <x:v>32767</x:v>
+      </x:c>
+      <x:c r="BZ49" s="3" t="n">
+        <x:v>31472</x:v>
+      </x:c>
+      <x:c r="CA49" s="3" t="n">
+        <x:v>33022</x:v>
+      </x:c>
+      <x:c r="CB49" s="3" t="n">
+        <x:v>32850</x:v>
+      </x:c>
+      <x:c r="CC49" s="3" t="n">
+        <x:v>33656</x:v>
+      </x:c>
+      <x:c r="CD49" s="3" t="n">
+        <x:v>33924</x:v>
+      </x:c>
+      <x:c r="CE49" s="3" t="n">
+        <x:v>31195</x:v>
+      </x:c>
+      <x:c r="CF49" s="3" t="n">
+        <x:v>33128</x:v>
+      </x:c>
+      <x:c r="CG49" s="3" t="n">
+        <x:v>34168</x:v>
+      </x:c>
+      <x:c r="CH49" s="3" t="n">
+        <x:v>33854</x:v>
+      </x:c>
+      <x:c r="CI49" s="3" t="n">
+        <x:v>32432</x:v>
+      </x:c>
+      <x:c r="CJ49" s="3" t="n">
+        <x:v>34015</x:v>
+      </x:c>
+      <x:c r="CK49" s="3" t="n">
+        <x:v>34600</x:v>
+      </x:c>
+      <x:c r="CL49" s="3" t="n">
+        <x:v>35345</x:v>
+      </x:c>
+      <x:c r="CM49" s="3" t="n">
+        <x:v>32096</x:v>
+      </x:c>
+      <x:c r="CN49" s="3" t="n">
+        <x:v>33953</x:v>
+      </x:c>
+      <x:c r="CO49" s="3" t="n">
+        <x:v>34392</x:v>
+      </x:c>
+      <x:c r="CP49" s="3" t="n">
+        <x:v>35039</x:v>
+      </x:c>
+      <x:c r="CQ49" s="3" t="n">
+        <x:v>32094</x:v>
+      </x:c>
+      <x:c r="CR49" s="3" t="n">
+        <x:v>34222</x:v>
+      </x:c>
+      <x:c r="CS49" s="3" t="n">
+        <x:v>34264</x:v>
+      </x:c>
+      <x:c r="CT49" s="3" t="n">
+        <x:v>53226</x:v>
+      </x:c>
+      <x:c r="CU49" s="3" t="n">
+        <x:v>54525</x:v>
+      </x:c>
+      <x:c r="CV49" s="3" t="n">
+        <x:v>56141</x:v>
+      </x:c>
+      <x:c r="CW49" s="3" t="n">
+        <x:v>54725</x:v>
+      </x:c>
+      <x:c r="CX49" s="3" t="n">
+        <x:v>56904</x:v>
+      </x:c>
+      <x:c r="CY49" s="3" t="n">
+        <x:v>54302</x:v>
+      </x:c>
+      <x:c r="CZ49" s="3" t="n">
+        <x:v>57260</x:v>
+      </x:c>
+      <x:c r="DA49" s="3" t="n">
+        <x:v>56253</x:v>
+      </x:c>
+      <x:c r="DB49" s="3" t="n">
+        <x:v>58247</x:v>
+      </x:c>
+      <x:c r="DC49" s="3" t="n">
+        <x:v>55414</x:v>
+      </x:c>
+      <x:c r="DD49" s="3" t="n">
+        <x:v>58850</x:v>
+      </x:c>
+      <x:c r="DE49" s="3" t="n">
+        <x:v>59855</x:v>
+      </x:c>
+      <x:c r="DF49" s="3" t="n">
+        <x:v>58067</x:v>
+      </x:c>
+      <x:c r="DG49" s="3" t="n">
+        <x:v>60781</x:v>
+      </x:c>
+      <x:c r="DH49" s="3" t="n">
+        <x:v>60766</x:v>
+      </x:c>
+      <x:c r="DI49" s="3" t="n">
+        <x:v>60976</x:v>
+      </x:c>
+      <x:c r="DJ49" s="3" t="n">
+        <x:v>62983</x:v>
+      </x:c>
+      <x:c r="DK49" s="3" t="n">
+        <x:v>58694</x:v>
+      </x:c>
+      <x:c r="DL49" s="3" t="n">
+        <x:v>61496</x:v>
+      </x:c>
+      <x:c r="DM49" s="3" t="n">
+        <x:v>61915</x:v>
+      </x:c>
+      <x:c r="DN49" s="3" t="n">
+        <x:v>64567</x:v>
+      </x:c>
+      <x:c r="DO49" s="3" t="n">
+        <x:v>61121</x:v>
+      </x:c>
+      <x:c r="DP49" s="3" t="n">
+        <x:v>64202</x:v>
+      </x:c>
+      <x:c r="DQ49" s="3" t="n">
+        <x:v>64678</x:v>
+      </x:c>
+      <x:c r="DR49" s="3" t="n">
+        <x:v>63657</x:v>
+      </x:c>
+      <x:c r="DS49" s="3" t="n">
+        <x:v>64737</x:v>
+      </x:c>
+      <x:c r="DT49" s="3" t="n">
+        <x:v>65029</x:v>
+      </x:c>
+      <x:c r="DU49" s="3" t="n">
+        <x:v>65483</x:v>
+      </x:c>
+      <x:c r="DV49" s="3" t="n">
+        <x:v>66460</x:v>
+      </x:c>
+      <x:c r="DW49" s="3" t="n">
+        <x:v>65459</x:v>
+      </x:c>
+      <x:c r="DX49" s="3" t="n">
+        <x:v>65867</x:v>
+      </x:c>
+      <x:c r="DY49" s="3" t="n">
+        <x:v>65704</x:v>
+      </x:c>
+      <x:c r="DZ49" s="3" t="n">
+        <x:v>66599</x:v>
+      </x:c>
+      <x:c r="EA49" s="3" t="n">
+        <x:v>65826</x:v>
+      </x:c>
+      <x:c r="EB49" s="3" t="n">
+        <x:v>65376</x:v>
+      </x:c>
+      <x:c r="EC49" s="3" t="n">
+        <x:v>65131</x:v>
+      </x:c>
+      <x:c r="ED49" s="3" t="n">
+        <x:v>65479</x:v>
+      </x:c>
+      <x:c r="EE49" s="3" t="n">
+        <x:v>65699</x:v>
+      </x:c>
+      <x:c r="EF49" s="3" t="n">
+        <x:v>66070</x:v>
+      </x:c>
+      <x:c r="EG49" s="3" t="n">
+        <x:v>66003</x:v>
+      </x:c>
+      <x:c r="EH49" s="3" t="n">
+        <x:v>67007</x:v>
+      </x:c>
+      <x:c r="EI49" s="3" t="n">
+        <x:v>67468</x:v>
+      </x:c>
+      <x:c r="EJ49" s="3" t="n">
+        <x:v>68142</x:v>
+      </x:c>
+      <x:c r="EK49" s="3" t="n">
+        <x:v>68421</x:v>
+      </x:c>
+      <x:c r="EL49" s="3" t="n">
+        <x:v>68580</x:v>
+      </x:c>
+      <x:c r="EM49" s="3" t="n">
+        <x:v>68964</x:v>
+      </x:c>
+      <x:c r="EN49" s="3" t="n">
+        <x:v>69495</x:v>
+      </x:c>
+      <x:c r="EO49" s="3" t="n">
+        <x:v>70132</x:v>
+      </x:c>
+      <x:c r="EP49" s="3" t="n">
+        <x:v>70418</x:v>
+      </x:c>
+      <x:c r="EQ49" s="3" t="n">
+        <x:v>70928</x:v>
+      </x:c>
+      <x:c r="ER49" s="3" t="n">
+        <x:v>71349</x:v>
+      </x:c>
+      <x:c r="ES49" s="3" t="n">
+        <x:v>72124</x:v>
+      </x:c>
+      <x:c r="ET49" s="3" t="n">
+        <x:v>73051</x:v>
+      </x:c>
+      <x:c r="EU49" s="3" t="n">
+        <x:v>73524</x:v>
+      </x:c>
+      <x:c r="EV49" s="3" t="n">
+        <x:v>74576</x:v>
+      </x:c>
+      <x:c r="EW49" s="3" t="n">
+        <x:v>74931</x:v>
+      </x:c>
+      <x:c r="EX49" s="3" t="n">
+        <x:v>74832</x:v>
+      </x:c>
+      <x:c r="EY49" s="3" t="n">
+        <x:v>75672</x:v>
+      </x:c>
+      <x:c r="EZ49" s="3" t="n">
+        <x:v>76359</x:v>
+      </x:c>
+      <x:c r="FA49" s="3" t="n">
+        <x:v>77425</x:v>
+      </x:c>
+      <x:c r="FB49" s="3" t="n">
+        <x:v>76500</x:v>
+      </x:c>
+      <x:c r="FC49" s="3" t="n">
+        <x:v>77968</x:v>
+      </x:c>
+      <x:c r="FD49" s="3" t="n">
+        <x:v>78347</x:v>
+      </x:c>
+      <x:c r="FE49" s="3" t="n">
+        <x:v>78899</x:v>
+      </x:c>
+      <x:c r="FF49" s="3" t="n">
+        <x:v>78181</x:v>
+      </x:c>
+      <x:c r="FG49" s="3" t="n">
+        <x:v>78754</x:v>
+      </x:c>
+      <x:c r="FH49" s="3" t="n">
+        <x:v>78801</x:v>
+      </x:c>
+      <x:c r="FI49" s="3" t="n">
+        <x:v>79438</x:v>
+      </x:c>
+      <x:c r="FJ49" s="3" t="n">
+        <x:v>78814</x:v>
+      </x:c>
+      <x:c r="FK49" s="3" t="n">
+        <x:v>79428</x:v>
+      </x:c>
+      <x:c r="FL49" s="3" t="n">
+        <x:v>79369</x:v>
+      </x:c>
+      <x:c r="FM49" s="3" t="n">
+        <x:v>80207</x:v>
+      </x:c>
+      <x:c r="FN49" s="3" t="n">
+        <x:v>78792</x:v>
+      </x:c>
+      <x:c r="FO49" s="3" t="n">
+        <x:v>72434</x:v>
+      </x:c>
+      <x:c r="FP49" s="3" t="n">
+        <x:v>77101</x:v>
+      </x:c>
+      <x:c r="FQ49" s="3" t="n">
+        <x:v>77607</x:v>
+      </x:c>
+      <x:c r="FR49" s="3" t="n">
+        <x:v>77316</x:v>
+      </x:c>
+      <x:c r="FS49" s="3" t="n">
+        <x:v>78772</x:v>
+      </x:c>
+      <x:c r="FT49" s="3" t="n">
+        <x:v>80492</x:v>
+      </x:c>
+      <x:c r="FU49" s="3" t="n">
+        <x:v>81691</x:v>
+      </x:c>
+      <x:c r="FV49" s="3" t="n">
+        <x:v>79884</x:v>
+      </x:c>
+      <x:c r="FW49" s="3" t="n">
+        <x:v>82736</x:v>
+      </x:c>
+      <x:c r="FX49" s="3" t="n">
+        <x:v>84206</x:v>
+      </x:c>
+      <x:c r="FY49" s="3" t="n">
+        <x:v>86673</x:v>
+      </x:c>
+      <x:c r="FZ49" s="3" t="n">
+        <x:v>86203</x:v>
+      </x:c>
+      <x:c r="GA49" s="3" t="n">
+        <x:v>87138</x:v>
+      </x:c>
+      <x:c r="GB49" s="3" t="n">
+        <x:v>87671</x:v>
+      </x:c>
+      <x:c r="GC49" s="3" t="n">
+        <x:v>89720</x:v>
+      </x:c>
+      <x:c r="GD49" s="3" t="n">
+        <x:v>87756</x:v>
+      </x:c>
+      <x:c r="GE49" s="3" t="n">
+        <x:v>88671</x:v>
+      </x:c>
+      <x:c r="GF49" s="3" t="n">
+        <x:v>89094</x:v>
+      </x:c>
+      <x:c r="GG49" s="3" t="n">
+        <x:v>89769</x:v>
+      </x:c>
+      <x:c r="GH49" s="3" t="n">
+        <x:v>89613</x:v>
+      </x:c>
+      <x:c r="GI49" s="3" t="n">
+        <x:v>90209</x:v>
+      </x:c>
+      <x:c r="GJ49" s="3" t="n">
+        <x:v>90304</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:191">
-[...571 lines deleted...]
-        <x:v>8093</x:v>
+    <x:row r="50" spans="1:192">
+      <x:c r="A50" s="2" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="B50" s="3" t="n">
+        <x:v>7528</x:v>
+      </x:c>
+      <x:c r="C50" s="3" t="n">
+        <x:v>7523</x:v>
+      </x:c>
+      <x:c r="D50" s="3" t="n">
+        <x:v>7082</x:v>
+      </x:c>
+      <x:c r="E50" s="3" t="n">
+        <x:v>7707</x:v>
+      </x:c>
+      <x:c r="F50" s="3" t="n">
+        <x:v>7843</x:v>
+      </x:c>
+      <x:c r="G50" s="3" t="n">
+        <x:v>7027</x:v>
+      </x:c>
+      <x:c r="H50" s="3" t="n">
+        <x:v>7057</x:v>
+      </x:c>
+      <x:c r="I50" s="3" t="n">
+        <x:v>7685</x:v>
+      </x:c>
+      <x:c r="J50" s="3" t="n">
+        <x:v>7702</x:v>
+      </x:c>
+      <x:c r="K50" s="3" t="n">
+        <x:v>7014</x:v>
+      </x:c>
+      <x:c r="L50" s="3" t="n">
+        <x:v>7047</x:v>
+      </x:c>
+      <x:c r="M50" s="3" t="n">
+        <x:v>7537</x:v>
+      </x:c>
+      <x:c r="N50" s="3" t="n">
+        <x:v>7723</x:v>
+      </x:c>
+      <x:c r="O50" s="3" t="n">
+        <x:v>7138</x:v>
+      </x:c>
+      <x:c r="P50" s="3" t="n">
+        <x:v>7172</x:v>
+      </x:c>
+      <x:c r="Q50" s="3" t="n">
+        <x:v>7791</x:v>
+      </x:c>
+      <x:c r="R50" s="3" t="n">
+        <x:v>8134</x:v>
+      </x:c>
+      <x:c r="S50" s="3" t="n">
+        <x:v>7507</x:v>
+      </x:c>
+      <x:c r="T50" s="3" t="n">
+        <x:v>7545</x:v>
+      </x:c>
+      <x:c r="U50" s="3" t="n">
+        <x:v>8344</x:v>
+      </x:c>
+      <x:c r="V50" s="3" t="n">
+        <x:v>8253</x:v>
+      </x:c>
+      <x:c r="W50" s="3" t="n">
+        <x:v>7999</x:v>
+      </x:c>
+      <x:c r="X50" s="3" t="n">
+        <x:v>7724</x:v>
+      </x:c>
+      <x:c r="Y50" s="3" t="n">
+        <x:v>8363</x:v>
+      </x:c>
+      <x:c r="Z50" s="3" t="n">
+        <x:v>8780</x:v>
+      </x:c>
+      <x:c r="AA50" s="3" t="n">
+        <x:v>7727</x:v>
+      </x:c>
+      <x:c r="AB50" s="3" t="n">
+        <x:v>7692</x:v>
+      </x:c>
+      <x:c r="AC50" s="3" t="n">
+        <x:v>8351</x:v>
+      </x:c>
+      <x:c r="AD50" s="3" t="n">
+        <x:v>8630</x:v>
+      </x:c>
+      <x:c r="AE50" s="3" t="n">
+        <x:v>7852</x:v>
+      </x:c>
+      <x:c r="AF50" s="3" t="n">
+        <x:v>8019</x:v>
+      </x:c>
+      <x:c r="AG50" s="3" t="n">
+        <x:v>8577</x:v>
+      </x:c>
+      <x:c r="AH50" s="3" t="n">
+        <x:v>7773</x:v>
+      </x:c>
+      <x:c r="AI50" s="3" t="n">
+        <x:v>8779</x:v>
+      </x:c>
+      <x:c r="AJ50" s="3" t="n">
+        <x:v>8274</x:v>
+      </x:c>
+      <x:c r="AK50" s="3" t="n">
+        <x:v>9090</x:v>
+      </x:c>
+      <x:c r="AL50" s="3" t="n">
+        <x:v>8435</x:v>
+      </x:c>
+      <x:c r="AM50" s="3" t="n">
+        <x:v>9274</x:v>
+      </x:c>
+      <x:c r="AN50" s="3" t="n">
+        <x:v>8259</x:v>
+      </x:c>
+      <x:c r="AO50" s="3" t="n">
+        <x:v>9520</x:v>
+      </x:c>
+      <x:c r="AP50" s="3" t="n">
+        <x:v>9409</x:v>
+      </x:c>
+      <x:c r="AQ50" s="3" t="n">
+        <x:v>8942</x:v>
+      </x:c>
+      <x:c r="AR50" s="3" t="n">
+        <x:v>8855</x:v>
+      </x:c>
+      <x:c r="AS50" s="3" t="n">
+        <x:v>9408</x:v>
+      </x:c>
+      <x:c r="AT50" s="3" t="n">
+        <x:v>9735</x:v>
+      </x:c>
+      <x:c r="AU50" s="3" t="n">
+        <x:v>9463</x:v>
+      </x:c>
+      <x:c r="AV50" s="3" t="n">
+        <x:v>9094</x:v>
+      </x:c>
+      <x:c r="AW50" s="3" t="n">
+        <x:v>10120</x:v>
+      </x:c>
+      <x:c r="AX50" s="3" t="n">
+        <x:v>10895</x:v>
+      </x:c>
+      <x:c r="AY50" s="3" t="n">
+        <x:v>10144</x:v>
+      </x:c>
+      <x:c r="AZ50" s="3" t="n">
+        <x:v>10151</x:v>
+      </x:c>
+      <x:c r="BA50" s="3" t="n">
+        <x:v>10818</x:v>
+      </x:c>
+      <x:c r="BB50" s="3" t="n">
+        <x:v>10441</x:v>
+      </x:c>
+      <x:c r="BC50" s="3" t="n">
+        <x:v>10480</x:v>
+      </x:c>
+      <x:c r="BD50" s="3" t="n">
+        <x:v>10254</x:v>
+      </x:c>
+      <x:c r="BE50" s="3" t="n">
+        <x:v>10749</x:v>
+      </x:c>
+      <x:c r="BF50" s="3" t="n">
+        <x:v>11288</x:v>
+      </x:c>
+      <x:c r="BG50" s="3" t="n">
+        <x:v>10337</x:v>
+      </x:c>
+      <x:c r="BH50" s="3" t="n">
+        <x:v>10250</x:v>
+      </x:c>
+      <x:c r="BI50" s="3" t="n">
+        <x:v>10936</x:v>
+      </x:c>
+      <x:c r="BJ50" s="3" t="n">
+        <x:v>11177</x:v>
+      </x:c>
+      <x:c r="BK50" s="3" t="n">
+        <x:v>10553</x:v>
+      </x:c>
+      <x:c r="BL50" s="3" t="n">
+        <x:v>10587</x:v>
+      </x:c>
+      <x:c r="BM50" s="3" t="n">
+        <x:v>11450</x:v>
+      </x:c>
+      <x:c r="BN50" s="3" t="n">
+        <x:v>10901</x:v>
+      </x:c>
+      <x:c r="BO50" s="3" t="n">
+        <x:v>10640</x:v>
+      </x:c>
+      <x:c r="BP50" s="3" t="n">
+        <x:v>10500</x:v>
+      </x:c>
+      <x:c r="BQ50" s="3" t="n">
+        <x:v>11386</x:v>
+      </x:c>
+      <x:c r="BR50" s="3" t="n">
+        <x:v>11314</x:v>
+      </x:c>
+      <x:c r="BS50" s="3" t="n">
+        <x:v>10131</x:v>
+      </x:c>
+      <x:c r="BT50" s="3" t="n">
+        <x:v>10218</x:v>
+      </x:c>
+      <x:c r="BU50" s="3" t="n">
+        <x:v>11073</x:v>
+      </x:c>
+      <x:c r="BV50" s="3" t="n">
+        <x:v>11272</x:v>
+      </x:c>
+      <x:c r="BW50" s="3" t="n">
+        <x:v>10192</x:v>
+      </x:c>
+      <x:c r="BX50" s="3" t="n">
+        <x:v>10397</x:v>
+      </x:c>
+      <x:c r="BY50" s="3" t="n">
+        <x:v>11048</x:v>
+      </x:c>
+      <x:c r="BZ50" s="3" t="n">
+        <x:v>10653</x:v>
+      </x:c>
+      <x:c r="CA50" s="3" t="n">
+        <x:v>11009</x:v>
+      </x:c>
+      <x:c r="CB50" s="3" t="n">
+        <x:v>10481</x:v>
+      </x:c>
+      <x:c r="CC50" s="3" t="n">
+        <x:v>11087</x:v>
+      </x:c>
+      <x:c r="CD50" s="3" t="n">
+        <x:v>11393</x:v>
+      </x:c>
+      <x:c r="CE50" s="3" t="n">
+        <x:v>10455</x:v>
+      </x:c>
+      <x:c r="CF50" s="3" t="n">
+        <x:v>10542</x:v>
+      </x:c>
+      <x:c r="CG50" s="3" t="n">
+        <x:v>11349</x:v>
+      </x:c>
+      <x:c r="CH50" s="3" t="n">
+        <x:v>11192</x:v>
+      </x:c>
+      <x:c r="CI50" s="3" t="n">
+        <x:v>11009</x:v>
+      </x:c>
+      <x:c r="CJ50" s="3" t="n">
+        <x:v>10756</x:v>
+      </x:c>
+      <x:c r="CK50" s="3" t="n">
+        <x:v>11611</x:v>
+      </x:c>
+      <x:c r="CL50" s="3" t="n">
+        <x:v>11602</x:v>
+      </x:c>
+      <x:c r="CM50" s="3" t="n">
+        <x:v>10649</x:v>
+      </x:c>
+      <x:c r="CN50" s="3" t="n">
+        <x:v>10454</x:v>
+      </x:c>
+      <x:c r="CO50" s="3" t="n">
+        <x:v>11277</x:v>
+      </x:c>
+      <x:c r="CP50" s="3" t="n">
+        <x:v>10910</x:v>
+      </x:c>
+      <x:c r="CQ50" s="3" t="n">
+        <x:v>10007</x:v>
+      </x:c>
+      <x:c r="CR50" s="3" t="n">
+        <x:v>9862</x:v>
+      </x:c>
+      <x:c r="CS50" s="3" t="n">
+        <x:v>10483</x:v>
+      </x:c>
+      <x:c r="CT50" s="3" t="n">
+        <x:v>10108</x:v>
+      </x:c>
+      <x:c r="CU50" s="3" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="CV50" s="3" t="n">
+        <x:v>9720</x:v>
+      </x:c>
+      <x:c r="CW50" s="3" t="n">
+        <x:v>10026</x:v>
+      </x:c>
+      <x:c r="CX50" s="3" t="n">
+        <x:v>9915</x:v>
+      </x:c>
+      <x:c r="CY50" s="3" t="n">
+        <x:v>9326</x:v>
+      </x:c>
+      <x:c r="CZ50" s="3" t="n">
+        <x:v>9377</x:v>
+      </x:c>
+      <x:c r="DA50" s="3" t="n">
+        <x:v>9820</x:v>
+      </x:c>
+      <x:c r="DB50" s="3" t="n">
+        <x:v>10030</x:v>
+      </x:c>
+      <x:c r="DC50" s="3" t="n">
+        <x:v>9209</x:v>
+      </x:c>
+      <x:c r="DD50" s="3" t="n">
+        <x:v>9391</x:v>
+      </x:c>
+      <x:c r="DE50" s="3" t="n">
+        <x:v>10395</x:v>
+      </x:c>
+      <x:c r="DF50" s="3" t="n">
+        <x:v>9102</x:v>
+      </x:c>
+      <x:c r="DG50" s="3" t="n">
+        <x:v>9546</x:v>
+      </x:c>
+      <x:c r="DH50" s="3" t="n">
+        <x:v>8922</x:v>
+      </x:c>
+      <x:c r="DI50" s="3" t="n">
+        <x:v>9461</x:v>
+      </x:c>
+      <x:c r="DJ50" s="3" t="n">
+        <x:v>9363</x:v>
+      </x:c>
+      <x:c r="DK50" s="3" t="n">
+        <x:v>8491</x:v>
+      </x:c>
+      <x:c r="DL50" s="3" t="n">
+        <x:v>8590</x:v>
+      </x:c>
+      <x:c r="DM50" s="3" t="n">
+        <x:v>9189</x:v>
+      </x:c>
+      <x:c r="DN50" s="3" t="n">
+        <x:v>9250</x:v>
+      </x:c>
+      <x:c r="DO50" s="3" t="n">
+        <x:v>8689</x:v>
+      </x:c>
+      <x:c r="DP50" s="3" t="n">
+        <x:v>8556</x:v>
+      </x:c>
+      <x:c r="DQ50" s="3" t="n">
+        <x:v>9098</x:v>
+      </x:c>
+      <x:c r="DR50" s="3" t="n">
+        <x:v>8940</x:v>
+      </x:c>
+      <x:c r="DS50" s="3" t="n">
+        <x:v>8979</x:v>
+      </x:c>
+      <x:c r="DT50" s="3" t="n">
+        <x:v>8944</x:v>
+      </x:c>
+      <x:c r="DU50" s="3" t="n">
+        <x:v>9122</x:v>
+      </x:c>
+      <x:c r="DV50" s="3" t="n">
+        <x:v>9192</x:v>
+      </x:c>
+      <x:c r="DW50" s="3" t="n">
+        <x:v>9241</x:v>
+      </x:c>
+      <x:c r="DX50" s="3" t="n">
+        <x:v>9312</x:v>
+      </x:c>
+      <x:c r="DY50" s="3" t="n">
+        <x:v>9346</x:v>
+      </x:c>
+      <x:c r="DZ50" s="3" t="n">
+        <x:v>9511</x:v>
+      </x:c>
+      <x:c r="EA50" s="3" t="n">
+        <x:v>9333</x:v>
+      </x:c>
+      <x:c r="EB50" s="3" t="n">
+        <x:v>9185</x:v>
+      </x:c>
+      <x:c r="EC50" s="3" t="n">
+        <x:v>9102</x:v>
+      </x:c>
+      <x:c r="ED50" s="3" t="n">
+        <x:v>9044</x:v>
+      </x:c>
+      <x:c r="EE50" s="3" t="n">
+        <x:v>9238</x:v>
+      </x:c>
+      <x:c r="EF50" s="3" t="n">
+        <x:v>9312</x:v>
+      </x:c>
+      <x:c r="EG50" s="3" t="n">
+        <x:v>9488</x:v>
+      </x:c>
+      <x:c r="EH50" s="3" t="n">
+        <x:v>9436</x:v>
+      </x:c>
+      <x:c r="EI50" s="3" t="n">
+        <x:v>9234</x:v>
+      </x:c>
+      <x:c r="EJ50" s="3" t="n">
+        <x:v>9160</x:v>
+      </x:c>
+      <x:c r="EK50" s="3" t="n">
+        <x:v>9086</x:v>
+      </x:c>
+      <x:c r="EL50" s="3" t="n">
+        <x:v>9050</x:v>
+      </x:c>
+      <x:c r="EM50" s="3" t="n">
+        <x:v>8989</x:v>
+      </x:c>
+      <x:c r="EN50" s="3" t="n">
+        <x:v>8953</x:v>
+      </x:c>
+      <x:c r="EO50" s="3" t="n">
+        <x:v>8853</x:v>
+      </x:c>
+      <x:c r="EP50" s="3" t="n">
+        <x:v>8934</x:v>
+      </x:c>
+      <x:c r="EQ50" s="3" t="n">
+        <x:v>9008</x:v>
+      </x:c>
+      <x:c r="ER50" s="3" t="n">
+        <x:v>9061</x:v>
+      </x:c>
+      <x:c r="ES50" s="3" t="n">
+        <x:v>9100</x:v>
+      </x:c>
+      <x:c r="ET50" s="3" t="n">
+        <x:v>9393</x:v>
+      </x:c>
+      <x:c r="EU50" s="3" t="n">
+        <x:v>9344</x:v>
+      </x:c>
+      <x:c r="EV50" s="3" t="n">
+        <x:v>9378</x:v>
+      </x:c>
+      <x:c r="EW50" s="3" t="n">
+        <x:v>9379</x:v>
+      </x:c>
+      <x:c r="EX50" s="3" t="n">
+        <x:v>9294</x:v>
+      </x:c>
+      <x:c r="EY50" s="3" t="n">
+        <x:v>9210</x:v>
+      </x:c>
+      <x:c r="EZ50" s="3" t="n">
+        <x:v>9254</x:v>
+      </x:c>
+      <x:c r="FA50" s="3" t="n">
+        <x:v>9269</x:v>
+      </x:c>
+      <x:c r="FB50" s="3" t="n">
+        <x:v>9261</x:v>
+      </x:c>
+      <x:c r="FC50" s="3" t="n">
+        <x:v>9232</x:v>
+      </x:c>
+      <x:c r="FD50" s="3" t="n">
+        <x:v>9342</x:v>
+      </x:c>
+      <x:c r="FE50" s="3" t="n">
+        <x:v>9353</x:v>
+      </x:c>
+      <x:c r="FF50" s="3" t="n">
+        <x:v>9488</x:v>
+      </x:c>
+      <x:c r="FG50" s="3" t="n">
+        <x:v>9495</x:v>
+      </x:c>
+      <x:c r="FH50" s="3" t="n">
+        <x:v>9557</x:v>
+      </x:c>
+      <x:c r="FI50" s="3" t="n">
+        <x:v>9654</x:v>
+      </x:c>
+      <x:c r="FJ50" s="3" t="n">
+        <x:v>9735</x:v>
+      </x:c>
+      <x:c r="FK50" s="3" t="n">
+        <x:v>9706</x:v>
+      </x:c>
+      <x:c r="FL50" s="3" t="n">
+        <x:v>9852</x:v>
+      </x:c>
+      <x:c r="FM50" s="3" t="n">
+        <x:v>10013</x:v>
+      </x:c>
+      <x:c r="FN50" s="3" t="n">
+        <x:v>10298</x:v>
+      </x:c>
+      <x:c r="FO50" s="3" t="n">
+        <x:v>10311</x:v>
+      </x:c>
+      <x:c r="FP50" s="3" t="n">
+        <x:v>10426</x:v>
+      </x:c>
+      <x:c r="FQ50" s="3" t="n">
+        <x:v>10468</x:v>
+      </x:c>
+      <x:c r="FR50" s="3" t="n">
+        <x:v>10454</x:v>
+      </x:c>
+      <x:c r="FS50" s="3" t="n">
+        <x:v>10428</x:v>
+      </x:c>
+      <x:c r="FT50" s="3" t="n">
+        <x:v>10623</x:v>
+      </x:c>
+      <x:c r="FU50" s="3" t="n">
+        <x:v>10988</x:v>
+      </x:c>
+      <x:c r="FV50" s="3" t="n">
+        <x:v>11451</x:v>
+      </x:c>
+      <x:c r="FW50" s="3" t="n">
+        <x:v>11636</x:v>
+      </x:c>
+      <x:c r="FX50" s="3" t="n">
+        <x:v>11819</x:v>
+      </x:c>
+      <x:c r="FY50" s="3" t="n">
+        <x:v>11995</x:v>
+      </x:c>
+      <x:c r="FZ50" s="3" t="n">
+        <x:v>12173</x:v>
+      </x:c>
+      <x:c r="GA50" s="3" t="n">
+        <x:v>12122</x:v>
+      </x:c>
+      <x:c r="GB50" s="3" t="n">
+        <x:v>12210</x:v>
+      </x:c>
+      <x:c r="GC50" s="3" t="n">
+        <x:v>12345</x:v>
+      </x:c>
+      <x:c r="GD50" s="3" t="n">
+        <x:v>12674</x:v>
+      </x:c>
+      <x:c r="GE50" s="3" t="n">
+        <x:v>12770</x:v>
+      </x:c>
+      <x:c r="GF50" s="3" t="n">
+        <x:v>12958</x:v>
+      </x:c>
+      <x:c r="GG50" s="3" t="n">
+        <x:v>13331</x:v>
+      </x:c>
+      <x:c r="GH50" s="3" t="n">
+        <x:v>13592</x:v>
+      </x:c>
+      <x:c r="GI50" s="3" t="n">
+        <x:v>13733</x:v>
+      </x:c>
+      <x:c r="GJ50" s="3" t="n">
+        <x:v>13832</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:191">
-[...571 lines deleted...]
-        <x:v>55586</x:v>
+    <x:row r="51" spans="1:192">
+      <x:c r="A51" s="2" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="B51" s="3" t="n">
+        <x:v>53732</x:v>
+      </x:c>
+      <x:c r="C51" s="3" t="n">
+        <x:v>53982</x:v>
+      </x:c>
+      <x:c r="D51" s="3" t="n">
+        <x:v>49949</x:v>
+      </x:c>
+      <x:c r="E51" s="3" t="n">
+        <x:v>56800</x:v>
+      </x:c>
+      <x:c r="F51" s="3" t="n">
+        <x:v>59501</x:v>
+      </x:c>
+      <x:c r="G51" s="3" t="n">
+        <x:v>54779</x:v>
+      </x:c>
+      <x:c r="H51" s="3" t="n">
+        <x:v>51363</x:v>
+      </x:c>
+      <x:c r="I51" s="3" t="n">
+        <x:v>59781</x:v>
+      </x:c>
+      <x:c r="J51" s="3" t="n">
+        <x:v>63037</x:v>
+      </x:c>
+      <x:c r="K51" s="3" t="n">
+        <x:v>58292</x:v>
+      </x:c>
+      <x:c r="L51" s="3" t="n">
+        <x:v>53812</x:v>
+      </x:c>
+      <x:c r="M51" s="3" t="n">
+        <x:v>63082</x:v>
+      </x:c>
+      <x:c r="N51" s="3" t="n">
+        <x:v>65413</x:v>
+      </x:c>
+      <x:c r="O51" s="3" t="n">
+        <x:v>60365</x:v>
+      </x:c>
+      <x:c r="P51" s="3" t="n">
+        <x:v>57734</x:v>
+      </x:c>
+      <x:c r="Q51" s="3" t="n">
+        <x:v>66599</x:v>
+      </x:c>
+      <x:c r="R51" s="3" t="n">
+        <x:v>67185</x:v>
+      </x:c>
+      <x:c r="S51" s="3" t="n">
+        <x:v>61126</x:v>
+      </x:c>
+      <x:c r="T51" s="3" t="n">
+        <x:v>59218</x:v>
+      </x:c>
+      <x:c r="U51" s="3" t="n">
+        <x:v>67395</x:v>
+      </x:c>
+      <x:c r="V51" s="3" t="n">
+        <x:v>68184</x:v>
+      </x:c>
+      <x:c r="W51" s="3" t="n">
+        <x:v>65509</x:v>
+      </x:c>
+      <x:c r="X51" s="3" t="n">
+        <x:v>62452</x:v>
+      </x:c>
+      <x:c r="Y51" s="3" t="n">
+        <x:v>68771</x:v>
+      </x:c>
+      <x:c r="Z51" s="3" t="n">
+        <x:v>73462</x:v>
+      </x:c>
+      <x:c r="AA51" s="3" t="n">
+        <x:v>66873</x:v>
+      </x:c>
+      <x:c r="AB51" s="3" t="n">
+        <x:v>62561</x:v>
+      </x:c>
+      <x:c r="AC51" s="3" t="n">
+        <x:v>72345</x:v>
+      </x:c>
+      <x:c r="AD51" s="3" t="n">
+        <x:v>74849</x:v>
+      </x:c>
+      <x:c r="AE51" s="3" t="n">
+        <x:v>69481</x:v>
+      </x:c>
+      <x:c r="AF51" s="3" t="n">
+        <x:v>64868</x:v>
+      </x:c>
+      <x:c r="AG51" s="3" t="n">
+        <x:v>76751</x:v>
+      </x:c>
+      <x:c r="AH51" s="3" t="n">
+        <x:v>70926</x:v>
+      </x:c>
+      <x:c r="AI51" s="3" t="n">
+        <x:v>76701</x:v>
+      </x:c>
+      <x:c r="AJ51" s="3" t="n">
+        <x:v>66751</x:v>
+      </x:c>
+      <x:c r="AK51" s="3" t="n">
+        <x:v>76824</x:v>
+      </x:c>
+      <x:c r="AL51" s="3" t="n">
+        <x:v>76752</x:v>
+      </x:c>
+      <x:c r="AM51" s="3" t="n">
+        <x:v>74047</x:v>
+      </x:c>
+      <x:c r="AN51" s="3" t="n">
+        <x:v>69673</x:v>
+      </x:c>
+      <x:c r="AO51" s="3" t="n">
+        <x:v>80167</x:v>
+      </x:c>
+      <x:c r="AP51" s="3" t="n">
+        <x:v>78800</x:v>
+      </x:c>
+      <x:c r="AQ51" s="3" t="n">
+        <x:v>75160</x:v>
+      </x:c>
+      <x:c r="AR51" s="3" t="n">
+        <x:v>72715</x:v>
+      </x:c>
+      <x:c r="AS51" s="3" t="n">
+        <x:v>79901</x:v>
+      </x:c>
+      <x:c r="AT51" s="3" t="n">
+        <x:v>76931</x:v>
+      </x:c>
+      <x:c r="AU51" s="3" t="n">
+        <x:v>79316</x:v>
+      </x:c>
+      <x:c r="AV51" s="3" t="n">
+        <x:v>71820</x:v>
+      </x:c>
+      <x:c r="AW51" s="3" t="n">
+        <x:v>84588</x:v>
+      </x:c>
+      <x:c r="AX51" s="3" t="n">
+        <x:v>82963</x:v>
+      </x:c>
+      <x:c r="AY51" s="3" t="n">
+        <x:v>77396</x:v>
+      </x:c>
+      <x:c r="AZ51" s="3" t="n">
+        <x:v>74236</x:v>
+      </x:c>
+      <x:c r="BA51" s="3" t="n">
+        <x:v>86118</x:v>
+      </x:c>
+      <x:c r="BB51" s="3" t="n">
+        <x:v>81922</x:v>
+      </x:c>
+      <x:c r="BC51" s="3" t="n">
+        <x:v>83464</x:v>
+      </x:c>
+      <x:c r="BD51" s="3" t="n">
+        <x:v>79001</x:v>
+      </x:c>
+      <x:c r="BE51" s="3" t="n">
+        <x:v>87846</x:v>
+      </x:c>
+      <x:c r="BF51" s="3" t="n">
+        <x:v>90517</x:v>
+      </x:c>
+      <x:c r="BG51" s="3" t="n">
+        <x:v>83133</x:v>
+      </x:c>
+      <x:c r="BH51" s="3" t="n">
+        <x:v>82134</x:v>
+      </x:c>
+      <x:c r="BI51" s="3" t="n">
+        <x:v>89173</x:v>
+      </x:c>
+      <x:c r="BJ51" s="3" t="n">
+        <x:v>91744</x:v>
+      </x:c>
+      <x:c r="BK51" s="3" t="n">
+        <x:v>85881</x:v>
+      </x:c>
+      <x:c r="BL51" s="3" t="n">
+        <x:v>81450</x:v>
+      </x:c>
+      <x:c r="BM51" s="3" t="n">
+        <x:v>95129</x:v>
+      </x:c>
+      <x:c r="BN51" s="3" t="n">
+        <x:v>88078</x:v>
+      </x:c>
+      <x:c r="BO51" s="3" t="n">
+        <x:v>89121</x:v>
+      </x:c>
+      <x:c r="BP51" s="3" t="n">
+        <x:v>88284</x:v>
+      </x:c>
+      <x:c r="BQ51" s="3" t="n">
+        <x:v>96071</x:v>
+      </x:c>
+      <x:c r="BR51" s="3" t="n">
+        <x:v>94938</x:v>
+      </x:c>
+      <x:c r="BS51" s="3" t="n">
+        <x:v>85782</x:v>
+      </x:c>
+      <x:c r="BT51" s="3" t="n">
+        <x:v>86911</x:v>
+      </x:c>
+      <x:c r="BU51" s="3" t="n">
+        <x:v>93970</x:v>
+      </x:c>
+      <x:c r="BV51" s="3" t="n">
+        <x:v>96251</x:v>
+      </x:c>
+      <x:c r="BW51" s="3" t="n">
+        <x:v>89487</x:v>
+      </x:c>
+      <x:c r="BX51" s="3" t="n">
+        <x:v>89691</x:v>
+      </x:c>
+      <x:c r="BY51" s="3" t="n">
+        <x:v>97110</x:v>
+      </x:c>
+      <x:c r="BZ51" s="3" t="n">
+        <x:v>92170</x:v>
+      </x:c>
+      <x:c r="CA51" s="3" t="n">
+        <x:v>96839</x:v>
+      </x:c>
+      <x:c r="CB51" s="3" t="n">
+        <x:v>90719</x:v>
+      </x:c>
+      <x:c r="CC51" s="3" t="n">
+        <x:v>99899</x:v>
+      </x:c>
+      <x:c r="CD51" s="3" t="n">
+        <x:v>100549</x:v>
+      </x:c>
+      <x:c r="CE51" s="3" t="n">
+        <x:v>94852</x:v>
+      </x:c>
+      <x:c r="CF51" s="3" t="n">
+        <x:v>94370</x:v>
+      </x:c>
+      <x:c r="CG51" s="3" t="n">
+        <x:v>102382</x:v>
+      </x:c>
+      <x:c r="CH51" s="3" t="n">
+        <x:v>100292</x:v>
+      </x:c>
+      <x:c r="CI51" s="3" t="n">
+        <x:v>99448</x:v>
+      </x:c>
+      <x:c r="CJ51" s="3" t="n">
+        <x:v>96457</x:v>
+      </x:c>
+      <x:c r="CK51" s="3" t="n">
+        <x:v>105557</x:v>
+      </x:c>
+      <x:c r="CL51" s="3" t="n">
+        <x:v>106632</x:v>
+      </x:c>
+      <x:c r="CM51" s="3" t="n">
+        <x:v>97847</x:v>
+      </x:c>
+      <x:c r="CN51" s="3" t="n">
+        <x:v>97801</x:v>
+      </x:c>
+      <x:c r="CO51" s="3" t="n">
+        <x:v>103558</x:v>
+      </x:c>
+      <x:c r="CP51" s="3" t="n">
+        <x:v>106391</x:v>
+      </x:c>
+      <x:c r="CQ51" s="3" t="n">
+        <x:v>98577</x:v>
+      </x:c>
+      <x:c r="CR51" s="3" t="n">
+        <x:v>98615</x:v>
+      </x:c>
+      <x:c r="CS51" s="3" t="n">
+        <x:v>106196</x:v>
+      </x:c>
+      <x:c r="CT51" s="3" t="n">
+        <x:v>79964</x:v>
+      </x:c>
+      <x:c r="CU51" s="3" t="n">
+        <x:v>81601</x:v>
+      </x:c>
+      <x:c r="CV51" s="3" t="n">
+        <x:v>78270</x:v>
+      </x:c>
+      <x:c r="CW51" s="3" t="n">
+        <x:v>82479</x:v>
+      </x:c>
+      <x:c r="CX51" s="3" t="n">
+        <x:v>83347</x:v>
+      </x:c>
+      <x:c r="CY51" s="3" t="n">
+        <x:v>77920</x:v>
+      </x:c>
+      <x:c r="CZ51" s="3" t="n">
+        <x:v>77644</x:v>
+      </x:c>
+      <x:c r="DA51" s="3" t="n">
+        <x:v>82111</x:v>
+      </x:c>
+      <x:c r="DB51" s="3" t="n">
+        <x:v>82171</x:v>
+      </x:c>
+      <x:c r="DC51" s="3" t="n">
+        <x:v>76212</x:v>
+      </x:c>
+      <x:c r="DD51" s="3" t="n">
+        <x:v>75251</x:v>
+      </x:c>
+      <x:c r="DE51" s="3" t="n">
+        <x:v>83797</x:v>
+      </x:c>
+      <x:c r="DF51" s="3" t="n">
+        <x:v>80485</x:v>
+      </x:c>
+      <x:c r="DG51" s="3" t="n">
+        <x:v>84131</x:v>
+      </x:c>
+      <x:c r="DH51" s="3" t="n">
+        <x:v>76354</x:v>
+      </x:c>
+      <x:c r="DI51" s="3" t="n">
+        <x:v>85248</x:v>
+      </x:c>
+      <x:c r="DJ51" s="3" t="n">
+        <x:v>86884</x:v>
+      </x:c>
+      <x:c r="DK51" s="3" t="n">
+        <x:v>80674</x:v>
+      </x:c>
+      <x:c r="DL51" s="3" t="n">
+        <x:v>78967</x:v>
+      </x:c>
+      <x:c r="DM51" s="3" t="n">
+        <x:v>85392</x:v>
+      </x:c>
+      <x:c r="DN51" s="3" t="n">
+        <x:v>88595</x:v>
+      </x:c>
+      <x:c r="DO51" s="3" t="n">
+        <x:v>84520</x:v>
+      </x:c>
+      <x:c r="DP51" s="3" t="n">
+        <x:v>83340</x:v>
+      </x:c>
+      <x:c r="DQ51" s="3" t="n">
+        <x:v>89606</x:v>
+      </x:c>
+      <x:c r="DR51" s="3" t="n">
+        <x:v>88271</x:v>
+      </x:c>
+      <x:c r="DS51" s="3" t="n">
+        <x:v>89223</x:v>
+      </x:c>
+      <x:c r="DT51" s="3" t="n">
+        <x:v>89185</x:v>
+      </x:c>
+      <x:c r="DU51" s="3" t="n">
+        <x:v>90318</x:v>
+      </x:c>
+      <x:c r="DV51" s="3" t="n">
+        <x:v>90407</x:v>
+      </x:c>
+      <x:c r="DW51" s="3" t="n">
+        <x:v>88729</x:v>
+      </x:c>
+      <x:c r="DX51" s="3" t="n">
+        <x:v>89854</x:v>
+      </x:c>
+      <x:c r="DY51" s="3" t="n">
+        <x:v>92876</x:v>
+      </x:c>
+      <x:c r="DZ51" s="3" t="n">
+        <x:v>95086</x:v>
+      </x:c>
+      <x:c r="EA51" s="3" t="n">
+        <x:v>94015</x:v>
+      </x:c>
+      <x:c r="EB51" s="3" t="n">
+        <x:v>94064</x:v>
+      </x:c>
+      <x:c r="EC51" s="3" t="n">
+        <x:v>95246</x:v>
+      </x:c>
+      <x:c r="ED51" s="3" t="n">
+        <x:v>96543</x:v>
+      </x:c>
+      <x:c r="EE51" s="3" t="n">
+        <x:v>96719</x:v>
+      </x:c>
+      <x:c r="EF51" s="3" t="n">
+        <x:v>97027</x:v>
+      </x:c>
+      <x:c r="EG51" s="3" t="n">
+        <x:v>98125</x:v>
+      </x:c>
+      <x:c r="EH51" s="3" t="n">
+        <x:v>98458</x:v>
+      </x:c>
+      <x:c r="EI51" s="3" t="n">
+        <x:v>99230</x:v>
+      </x:c>
+      <x:c r="EJ51" s="3" t="n">
+        <x:v>99376</x:v>
+      </x:c>
+      <x:c r="EK51" s="3" t="n">
+        <x:v>99330</x:v>
+      </x:c>
+      <x:c r="EL51" s="3" t="n">
+        <x:v>98906</x:v>
+      </x:c>
+      <x:c r="EM51" s="3" t="n">
+        <x:v>98953</x:v>
+      </x:c>
+      <x:c r="EN51" s="3" t="n">
+        <x:v>99079</x:v>
+      </x:c>
+      <x:c r="EO51" s="3" t="n">
+        <x:v>99672</x:v>
+      </x:c>
+      <x:c r="EP51" s="3" t="n">
+        <x:v>99579</x:v>
+      </x:c>
+      <x:c r="EQ51" s="3" t="n">
+        <x:v>99923</x:v>
+      </x:c>
+      <x:c r="ER51" s="3" t="n">
+        <x:v>99712</x:v>
+      </x:c>
+      <x:c r="ES51" s="3" t="n">
+        <x:v>100005</x:v>
+      </x:c>
+      <x:c r="ET51" s="3" t="n">
+        <x:v>99427</x:v>
+      </x:c>
+      <x:c r="EU51" s="3" t="n">
+        <x:v>100195</x:v>
+      </x:c>
+      <x:c r="EV51" s="3" t="n">
+        <x:v>101257</x:v>
+      </x:c>
+      <x:c r="EW51" s="3" t="n">
+        <x:v>101009</x:v>
+      </x:c>
+      <x:c r="EX51" s="3" t="n">
+        <x:v>100908</x:v>
+      </x:c>
+      <x:c r="EY51" s="3" t="n">
+        <x:v>103085</x:v>
+      </x:c>
+      <x:c r="EZ51" s="3" t="n">
+        <x:v>103358</x:v>
+      </x:c>
+      <x:c r="FA51" s="3" t="n">
+        <x:v>103530</x:v>
+      </x:c>
+      <x:c r="FB51" s="3" t="n">
+        <x:v>103281</x:v>
+      </x:c>
+      <x:c r="FC51" s="3" t="n">
+        <x:v>104593</x:v>
+      </x:c>
+      <x:c r="FD51" s="3" t="n">
+        <x:v>103440</x:v>
+      </x:c>
+      <x:c r="FE51" s="3" t="n">
+        <x:v>104597</x:v>
+      </x:c>
+      <x:c r="FF51" s="3" t="n">
+        <x:v>103561</x:v>
+      </x:c>
+      <x:c r="FG51" s="3" t="n">
+        <x:v>104596</x:v>
+      </x:c>
+      <x:c r="FH51" s="3" t="n">
+        <x:v>104229</x:v>
+      </x:c>
+      <x:c r="FI51" s="3" t="n">
+        <x:v>104319</x:v>
+      </x:c>
+      <x:c r="FJ51" s="3" t="n">
+        <x:v>103611</x:v>
+      </x:c>
+      <x:c r="FK51" s="3" t="n">
+        <x:v>104869</x:v>
+      </x:c>
+      <x:c r="FL51" s="3" t="n">
+        <x:v>104985</x:v>
+      </x:c>
+      <x:c r="FM51" s="3" t="n">
+        <x:v>105852</x:v>
+      </x:c>
+      <x:c r="FN51" s="3" t="n">
+        <x:v>103519</x:v>
+      </x:c>
+      <x:c r="FO51" s="3" t="n">
+        <x:v>99878</x:v>
+      </x:c>
+      <x:c r="FP51" s="3" t="n">
+        <x:v>103809</x:v>
+      </x:c>
+      <x:c r="FQ51" s="3" t="n">
+        <x:v>105442</x:v>
+      </x:c>
+      <x:c r="FR51" s="3" t="n">
+        <x:v>102763</x:v>
+      </x:c>
+      <x:c r="FS51" s="3" t="n">
+        <x:v>104119</x:v>
+      </x:c>
+      <x:c r="FT51" s="3" t="n">
+        <x:v>106184</x:v>
+      </x:c>
+      <x:c r="FU51" s="3" t="n">
+        <x:v>106788</x:v>
+      </x:c>
+      <x:c r="FV51" s="3" t="n">
+        <x:v>106363</x:v>
+      </x:c>
+      <x:c r="FW51" s="3" t="n">
+        <x:v>107692</x:v>
+      </x:c>
+      <x:c r="FX51" s="3" t="n">
+        <x:v>108484</x:v>
+      </x:c>
+      <x:c r="FY51" s="3" t="n">
+        <x:v>108334</x:v>
+      </x:c>
+      <x:c r="FZ51" s="3" t="n">
+        <x:v>108237</x:v>
+      </x:c>
+      <x:c r="GA51" s="3" t="n">
+        <x:v>109581</x:v>
+      </x:c>
+      <x:c r="GB51" s="3" t="n">
+        <x:v>109129</x:v>
+      </x:c>
+      <x:c r="GC51" s="3" t="n">
+        <x:v>110344</x:v>
+      </x:c>
+      <x:c r="GD51" s="3" t="n">
+        <x:v>110357</x:v>
+      </x:c>
+      <x:c r="GE51" s="3" t="n">
+        <x:v>111924</x:v>
+      </x:c>
+      <x:c r="GF51" s="3" t="n">
+        <x:v>111654</x:v>
+      </x:c>
+      <x:c r="GG51" s="3" t="n">
+        <x:v>111842</x:v>
+      </x:c>
+      <x:c r="GH51" s="3" t="n">
+        <x:v>111247</x:v>
+      </x:c>
+      <x:c r="GI51" s="3" t="n">
+        <x:v>112726</x:v>
+      </x:c>
+      <x:c r="GJ51" s="3" t="n">
+        <x:v>111754</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:191">
-[...571 lines deleted...]
-        <x:v>83315</x:v>
+    <x:row r="52" spans="1:192">
+      <x:c r="A52" s="2" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="B52" s="3" t="n">
+        <x:v>286666</x:v>
+      </x:c>
+      <x:c r="C52" s="3" t="n">
+        <x:v>294758</x:v>
+      </x:c>
+      <x:c r="D52" s="3" t="n">
+        <x:v>284520</x:v>
+      </x:c>
+      <x:c r="E52" s="3" t="n">
+        <x:v>305364</x:v>
+      </x:c>
+      <x:c r="F52" s="3" t="n">
+        <x:v>307018</x:v>
+      </x:c>
+      <x:c r="G52" s="3" t="n">
+        <x:v>294160</x:v>
+      </x:c>
+      <x:c r="H52" s="3" t="n">
+        <x:v>292421</x:v>
+      </x:c>
+      <x:c r="I52" s="3" t="n">
+        <x:v>312818</x:v>
+      </x:c>
+      <x:c r="J52" s="3" t="n">
+        <x:v>318485</x:v>
+      </x:c>
+      <x:c r="K52" s="3" t="n">
+        <x:v>302277</x:v>
+      </x:c>
+      <x:c r="L52" s="3" t="n">
+        <x:v>298155</x:v>
+      </x:c>
+      <x:c r="M52" s="3" t="n">
+        <x:v>319613</x:v>
+      </x:c>
+      <x:c r="N52" s="3" t="n">
+        <x:v>321802</x:v>
+      </x:c>
+      <x:c r="O52" s="3" t="n">
+        <x:v>305970</x:v>
+      </x:c>
+      <x:c r="P52" s="3" t="n">
+        <x:v>302596</x:v>
+      </x:c>
+      <x:c r="Q52" s="3" t="n">
+        <x:v>324657</x:v>
+      </x:c>
+      <x:c r="R52" s="3" t="n">
+        <x:v>325095</x:v>
+      </x:c>
+      <x:c r="S52" s="3" t="n">
+        <x:v>308173</x:v>
+      </x:c>
+      <x:c r="T52" s="3" t="n">
+        <x:v>303964</x:v>
+      </x:c>
+      <x:c r="U52" s="3" t="n">
+        <x:v>327484</x:v>
+      </x:c>
+      <x:c r="V52" s="3" t="n">
+        <x:v>321634</x:v>
+      </x:c>
+      <x:c r="W52" s="3" t="n">
+        <x:v>318173</x:v>
+      </x:c>
+      <x:c r="X52" s="3" t="n">
+        <x:v>311053</x:v>
+      </x:c>
+      <x:c r="Y52" s="3" t="n">
+        <x:v>334751</x:v>
+      </x:c>
+      <x:c r="Z52" s="3" t="n">
+        <x:v>344895</x:v>
+      </x:c>
+      <x:c r="AA52" s="3" t="n">
+        <x:v>323480</x:v>
+      </x:c>
+      <x:c r="AB52" s="3" t="n">
+        <x:v>325243</x:v>
+      </x:c>
+      <x:c r="AC52" s="3" t="n">
+        <x:v>352717</x:v>
+      </x:c>
+      <x:c r="AD52" s="3" t="n">
+        <x:v>363502</x:v>
+      </x:c>
+      <x:c r="AE52" s="3" t="n">
+        <x:v>341575</x:v>
+      </x:c>
+      <x:c r="AF52" s="3" t="n">
+        <x:v>340153</x:v>
+      </x:c>
+      <x:c r="AG52" s="3" t="n">
+        <x:v>368735</x:v>
+      </x:c>
+      <x:c r="AH52" s="3" t="n">
+        <x:v>353637</x:v>
+      </x:c>
+      <x:c r="AI52" s="3" t="n">
+        <x:v>367834</x:v>
+      </x:c>
+      <x:c r="AJ52" s="3" t="n">
+        <x:v>349885</x:v>
+      </x:c>
+      <x:c r="AK52" s="3" t="n">
+        <x:v>377603</x:v>
+      </x:c>
+      <x:c r="AL52" s="3" t="n">
+        <x:v>373134</x:v>
+      </x:c>
+      <x:c r="AM52" s="3" t="n">
+        <x:v>366523</x:v>
+      </x:c>
+      <x:c r="AN52" s="3" t="n">
+        <x:v>353956</x:v>
+      </x:c>
+      <x:c r="AO52" s="3" t="n">
+        <x:v>388434</x:v>
+      </x:c>
+      <x:c r="AP52" s="3" t="n">
+        <x:v>377074</x:v>
+      </x:c>
+      <x:c r="AQ52" s="3" t="n">
+        <x:v>365148</x:v>
+      </x:c>
+      <x:c r="AR52" s="3" t="n">
+        <x:v>356796</x:v>
+      </x:c>
+      <x:c r="AS52" s="3" t="n">
+        <x:v>381661</x:v>
+      </x:c>
+      <x:c r="AT52" s="3" t="n">
+        <x:v>362836</x:v>
+      </x:c>
+      <x:c r="AU52" s="3" t="n">
+        <x:v>369332</x:v>
+      </x:c>
+      <x:c r="AV52" s="3" t="n">
+        <x:v>352428</x:v>
+      </x:c>
+      <x:c r="AW52" s="3" t="n">
+        <x:v>384729</x:v>
+      </x:c>
+      <x:c r="AX52" s="3" t="n">
+        <x:v>375533</x:v>
+      </x:c>
+      <x:c r="AY52" s="3" t="n">
+        <x:v>361037</x:v>
+      </x:c>
+      <x:c r="AZ52" s="3" t="n">
+        <x:v>359762</x:v>
+      </x:c>
+      <x:c r="BA52" s="3" t="n">
+        <x:v>384382</x:v>
+      </x:c>
+      <x:c r="BB52" s="3" t="n">
+        <x:v>370008</x:v>
+      </x:c>
+      <x:c r="BC52" s="3" t="n">
+        <x:v>377220</x:v>
+      </x:c>
+      <x:c r="BD52" s="3" t="n">
+        <x:v>365851</x:v>
+      </x:c>
+      <x:c r="BE52" s="3" t="n">
+        <x:v>386584</x:v>
+      </x:c>
+      <x:c r="BF52" s="3" t="n">
+        <x:v>391418</x:v>
+      </x:c>
+      <x:c r="BG52" s="3" t="n">
+        <x:v>372371</x:v>
+      </x:c>
+      <x:c r="BH52" s="3" t="n">
+        <x:v>375989</x:v>
+      </x:c>
+      <x:c r="BI52" s="3" t="n">
+        <x:v>397045</x:v>
+      </x:c>
+      <x:c r="BJ52" s="3" t="n">
+        <x:v>393367</x:v>
+      </x:c>
+      <x:c r="BK52" s="3" t="n">
+        <x:v>379839</x:v>
+      </x:c>
+      <x:c r="BL52" s="3" t="n">
+        <x:v>383601</x:v>
+      </x:c>
+      <x:c r="BM52" s="3" t="n">
+        <x:v>418037</x:v>
+      </x:c>
+      <x:c r="BN52" s="3" t="n">
+        <x:v>401506</x:v>
+      </x:c>
+      <x:c r="BO52" s="3" t="n">
+        <x:v>401774</x:v>
+      </x:c>
+      <x:c r="BP52" s="3" t="n">
+        <x:v>400348</x:v>
+      </x:c>
+      <x:c r="BQ52" s="3" t="n">
+        <x:v>428471</x:v>
+      </x:c>
+      <x:c r="BR52" s="3" t="n">
+        <x:v>426566</x:v>
+      </x:c>
+      <x:c r="BS52" s="3" t="n">
+        <x:v>403594</x:v>
+      </x:c>
+      <x:c r="BT52" s="3" t="n">
+        <x:v>413438</x:v>
+      </x:c>
+      <x:c r="BU52" s="3" t="n">
+        <x:v>435680</x:v>
+      </x:c>
+      <x:c r="BV52" s="3" t="n">
+        <x:v>441357</x:v>
+      </x:c>
+      <x:c r="BW52" s="3" t="n">
+        <x:v>416751</x:v>
+      </x:c>
+      <x:c r="BX52" s="3" t="n">
+        <x:v>426721</x:v>
+      </x:c>
+      <x:c r="BY52" s="3" t="n">
+        <x:v>450409</x:v>
+      </x:c>
+      <x:c r="BZ52" s="3" t="n">
+        <x:v>430560</x:v>
+      </x:c>
+      <x:c r="CA52" s="3" t="n">
+        <x:v>458067</x:v>
+      </x:c>
+      <x:c r="CB52" s="3" t="n">
+        <x:v>449002</x:v>
+      </x:c>
+      <x:c r="CC52" s="3" t="n">
+        <x:v>481462</x:v>
+      </x:c>
+      <x:c r="CD52" s="3" t="n">
+        <x:v>472456</x:v>
+      </x:c>
+      <x:c r="CE52" s="3" t="n">
+        <x:v>458394</x:v>
+      </x:c>
+      <x:c r="CF52" s="3" t="n">
+        <x:v>463653</x:v>
+      </x:c>
+      <x:c r="CG52" s="3" t="n">
+        <x:v>492231</x:v>
+      </x:c>
+      <x:c r="CH52" s="3" t="n">
+        <x:v>481219</x:v>
+      </x:c>
+      <x:c r="CI52" s="3" t="n">
+        <x:v>472334</x:v>
+      </x:c>
+      <x:c r="CJ52" s="3" t="n">
+        <x:v>475737</x:v>
+      </x:c>
+      <x:c r="CK52" s="3" t="n">
+        <x:v>504796</x:v>
+      </x:c>
+      <x:c r="CL52" s="3" t="n">
+        <x:v>510835</x:v>
+      </x:c>
+      <x:c r="CM52" s="3" t="n">
+        <x:v>483413</x:v>
+      </x:c>
+      <x:c r="CN52" s="3" t="n">
+        <x:v>487025</x:v>
+      </x:c>
+      <x:c r="CO52" s="3" t="n">
+        <x:v>512852</x:v>
+      </x:c>
+      <x:c r="CP52" s="3" t="n">
+        <x:v>520043</x:v>
+      </x:c>
+      <x:c r="CQ52" s="3" t="n">
+        <x:v>490286</x:v>
+      </x:c>
+      <x:c r="CR52" s="3" t="n">
+        <x:v>490585</x:v>
+      </x:c>
+      <x:c r="CS52" s="3" t="n">
+        <x:v>523711</x:v>
+      </x:c>
+      <x:c r="CT52" s="3" t="n">
+        <x:v>506031</x:v>
+      </x:c>
+      <x:c r="CU52" s="3" t="n">
+        <x:v>514173</x:v>
+      </x:c>
+      <x:c r="CV52" s="3" t="n">
+        <x:v>503036</x:v>
+      </x:c>
+      <x:c r="CW52" s="3" t="n">
+        <x:v>525285</x:v>
+      </x:c>
+      <x:c r="CX52" s="3" t="n">
+        <x:v>524206</x:v>
+      </x:c>
+      <x:c r="CY52" s="3" t="n">
+        <x:v>502965</x:v>
+      </x:c>
+      <x:c r="CZ52" s="3" t="n">
+        <x:v>511502</x:v>
+      </x:c>
+      <x:c r="DA52" s="3" t="n">
+        <x:v>538466</x:v>
+      </x:c>
+      <x:c r="DB52" s="3" t="n">
+        <x:v>547818</x:v>
+      </x:c>
+      <x:c r="DC52" s="3" t="n">
+        <x:v>527558</x:v>
+      </x:c>
+      <x:c r="DD52" s="3" t="n">
+        <x:v>537460</x:v>
+      </x:c>
+      <x:c r="DE52" s="3" t="n">
+        <x:v>575005</x:v>
+      </x:c>
+      <x:c r="DF52" s="3" t="n">
+        <x:v>552322</x:v>
+      </x:c>
+      <x:c r="DG52" s="3" t="n">
+        <x:v>576628</x:v>
+      </x:c>
+      <x:c r="DH52" s="3" t="n">
+        <x:v>562428</x:v>
+      </x:c>
+      <x:c r="DI52" s="3" t="n">
+        <x:v>610299</x:v>
+      </x:c>
+      <x:c r="DJ52" s="3" t="n">
+        <x:v>601738</x:v>
+      </x:c>
+      <x:c r="DK52" s="3" t="n">
+        <x:v>585773</x:v>
+      </x:c>
+      <x:c r="DL52" s="3" t="n">
+        <x:v>589330</x:v>
+      </x:c>
+      <x:c r="DM52" s="3" t="n">
+        <x:v>648918</x:v>
+      </x:c>
+      <x:c r="DN52" s="3" t="n">
+        <x:v>636172</x:v>
+      </x:c>
+      <x:c r="DO52" s="3" t="n">
+        <x:v>621264</x:v>
+      </x:c>
+      <x:c r="DP52" s="3" t="n">
+        <x:v>634871</x:v>
+      </x:c>
+      <x:c r="DQ52" s="3" t="n">
+        <x:v>685367</x:v>
+      </x:c>
+      <x:c r="DR52" s="3" t="n">
+        <x:v>641416</x:v>
+      </x:c>
+      <x:c r="DS52" s="3" t="n">
+        <x:v>667817</x:v>
+      </x:c>
+      <x:c r="DT52" s="3" t="n">
+        <x:v>654718</x:v>
+      </x:c>
+      <x:c r="DU52" s="3" t="n">
+        <x:v>686585</x:v>
+      </x:c>
+      <x:c r="DV52" s="3" t="n">
+        <x:v>653473</x:v>
+      </x:c>
+      <x:c r="DW52" s="3" t="n">
+        <x:v>639646</x:v>
+      </x:c>
+      <x:c r="DX52" s="3" t="n">
+        <x:v>638469</x:v>
+      </x:c>
+      <x:c r="DY52" s="3" t="n">
+        <x:v>679784</x:v>
+      </x:c>
+      <x:c r="DZ52" s="3" t="n">
+        <x:v>662272</x:v>
+      </x:c>
+      <x:c r="EA52" s="3" t="n">
+        <x:v>658365</x:v>
+      </x:c>
+      <x:c r="EB52" s="3" t="n">
+        <x:v>654513</x:v>
+      </x:c>
+      <x:c r="EC52" s="3" t="n">
+        <x:v>690976</x:v>
+      </x:c>
+      <x:c r="ED52" s="3" t="n">
+        <x:v>669270</x:v>
+      </x:c>
+      <x:c r="EE52" s="3" t="n">
+        <x:v>668989</x:v>
+      </x:c>
+      <x:c r="EF52" s="3" t="n">
+        <x:v>671798</x:v>
+      </x:c>
+      <x:c r="EG52" s="3" t="n">
+        <x:v>710028</x:v>
+      </x:c>
+      <x:c r="EH52" s="3" t="n">
+        <x:v>701811</x:v>
+      </x:c>
+      <x:c r="EI52" s="3" t="n">
+        <x:v>691904</x:v>
+      </x:c>
+      <x:c r="EJ52" s="3" t="n">
+        <x:v>694671</x:v>
+      </x:c>
+      <x:c r="EK52" s="3" t="n">
+        <x:v>738064</x:v>
+      </x:c>
+      <x:c r="EL52" s="3" t="n">
+        <x:v>702966</x:v>
+      </x:c>
+      <x:c r="EM52" s="3" t="n">
+        <x:v>725915</x:v>
+      </x:c>
+      <x:c r="EN52" s="3" t="n">
+        <x:v>717458</x:v>
+      </x:c>
+      <x:c r="EO52" s="3" t="n">
+        <x:v>756627</x:v>
+      </x:c>
+      <x:c r="EP52" s="3" t="n">
+        <x:v>731657</x:v>
+      </x:c>
+      <x:c r="EQ52" s="3" t="n">
+        <x:v>731253</x:v>
+      </x:c>
+      <x:c r="ER52" s="3" t="n">
+        <x:v>734636</x:v>
+      </x:c>
+      <x:c r="ES52" s="3" t="n">
+        <x:v>772074</x:v>
+      </x:c>
+      <x:c r="ET52" s="3" t="n">
+        <x:v>743709</x:v>
+      </x:c>
+      <x:c r="EU52" s="3" t="n">
+        <x:v>748365</x:v>
+      </x:c>
+      <x:c r="EV52" s="3" t="n">
+        <x:v>747293</x:v>
+      </x:c>
+      <x:c r="EW52" s="3" t="n">
+        <x:v>777425</x:v>
+      </x:c>
+      <x:c r="EX52" s="3" t="n">
+        <x:v>746714</x:v>
+      </x:c>
+      <x:c r="EY52" s="3" t="n">
+        <x:v>764272</x:v>
+      </x:c>
+      <x:c r="EZ52" s="3" t="n">
+        <x:v>744083</x:v>
+      </x:c>
+      <x:c r="FA52" s="3" t="n">
+        <x:v>788188</x:v>
+      </x:c>
+      <x:c r="FB52" s="3" t="n">
+        <x:v>786192</x:v>
+      </x:c>
+      <x:c r="FC52" s="3" t="n">
+        <x:v>754456</x:v>
+      </x:c>
+      <x:c r="FD52" s="3" t="n">
+        <x:v>759797</x:v>
+      </x:c>
+      <x:c r="FE52" s="3" t="n">
+        <x:v>813177</x:v>
+      </x:c>
+      <x:c r="FF52" s="3" t="n">
+        <x:v>786157</x:v>
+      </x:c>
+      <x:c r="FG52" s="3" t="n">
+        <x:v>789585</x:v>
+      </x:c>
+      <x:c r="FH52" s="3" t="n">
+        <x:v>773837</x:v>
+      </x:c>
+      <x:c r="FI52" s="3" t="n">
+        <x:v>833808</x:v>
+      </x:c>
+      <x:c r="FJ52" s="3" t="n">
+        <x:v>818135</x:v>
+      </x:c>
+      <x:c r="FK52" s="3" t="n">
+        <x:v>796425</x:v>
+      </x:c>
+      <x:c r="FL52" s="3" t="n">
+        <x:v>809164</x:v>
+      </x:c>
+      <x:c r="FM52" s="3" t="n">
+        <x:v>857224</x:v>
+      </x:c>
+      <x:c r="FN52" s="3" t="n">
+        <x:v>818565</x:v>
+      </x:c>
+      <x:c r="FO52" s="3" t="n">
+        <x:v>746474</x:v>
+      </x:c>
+      <x:c r="FP52" s="3" t="n">
+        <x:v>780029</x:v>
+      </x:c>
+      <x:c r="FQ52" s="3" t="n">
+        <x:v>841009</x:v>
+      </x:c>
+      <x:c r="FR52" s="3" t="n">
+        <x:v>810977</x:v>
+      </x:c>
+      <x:c r="FS52" s="3" t="n">
+        <x:v>805595</x:v>
+      </x:c>
+      <x:c r="FT52" s="3" t="n">
+        <x:v>823446</x:v>
+      </x:c>
+      <x:c r="FU52" s="3" t="n">
+        <x:v>895852</x:v>
+      </x:c>
+      <x:c r="FV52" s="3" t="n">
+        <x:v>879509</x:v>
+      </x:c>
+      <x:c r="FW52" s="3" t="n">
+        <x:v>859079</x:v>
+      </x:c>
+      <x:c r="FX52" s="3" t="n">
+        <x:v>868560</x:v>
+      </x:c>
+      <x:c r="FY52" s="3" t="n">
+        <x:v>927176</x:v>
+      </x:c>
+      <x:c r="FZ52" s="3" t="n">
+        <x:v>911783</x:v>
+      </x:c>
+      <x:c r="GA52" s="3" t="n">
+        <x:v>865805</x:v>
+      </x:c>
+      <x:c r="GB52" s="3" t="n">
+        <x:v>866993</x:v>
+      </x:c>
+      <x:c r="GC52" s="3" t="n">
+        <x:v>924168</x:v>
+      </x:c>
+      <x:c r="GD52" s="3" t="n">
+        <x:v>888784</x:v>
+      </x:c>
+      <x:c r="GE52" s="3" t="n">
+        <x:v>889388</x:v>
+      </x:c>
+      <x:c r="GF52" s="3" t="n">
+        <x:v>883607</x:v>
+      </x:c>
+      <x:c r="GG52" s="3" t="n">
+        <x:v>930316</x:v>
+      </x:c>
+      <x:c r="GH52" s="3" t="n">
+        <x:v>916652</x:v>
+      </x:c>
+      <x:c r="GI52" s="3" t="n">
+        <x:v>893878</x:v>
+      </x:c>
+      <x:c r="GJ52" s="3" t="n">
+        <x:v>895905</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:191">
-[...18 lines deleted...]
-      <x:c r="G32" s="3" t="n">
+    <x:row r="53" spans="1:192">
+      <x:c r="A53" s="2" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="B53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="L53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="M53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="N53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="P53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Q53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="R53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="T53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="U53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="V53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="X53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Y53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Z53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AA53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AB53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AC53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AD53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AE53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AF53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AG53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AH53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AI53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AJ53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AK53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AL53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AM53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AN53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AO53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AP53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AQ53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AR53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AS53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AT53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AU53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AV53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AW53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AX53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AY53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AZ53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BA53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BB53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BC53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BD53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BE53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BF53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BG53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BH53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BI53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BJ53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BK53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BL53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BM53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BN53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BO53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BP53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BQ53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BR53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BS53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BT53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BU53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BV53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BW53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BX53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BY53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BZ53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CA53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CB53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CC53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CD53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CE53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CF53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CG53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CH53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CI53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CJ53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CK53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CL53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CM53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CN53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CO53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CP53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CQ53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CR53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CS53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CT53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CU53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CV53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CW53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CX53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CY53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CZ53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DA53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DB53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DC53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DD53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DE53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DF53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DG53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DH53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DI53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DJ53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DK53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DL53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DM53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DN53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DO53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DP53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DQ53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DR53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DS53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DT53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DU53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DV53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DW53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DX53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DY53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DZ53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EA53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EB53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EC53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="ED53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EE53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EF53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EG53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EH53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EI53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EJ53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EK53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EL53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EM53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EN53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EO53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EP53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EQ53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="ER53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="ES53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="ET53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EU53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EV53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EW53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EX53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EY53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EZ53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FA53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FB53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FC53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FD53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FE53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FF53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FG53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FH53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FI53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FJ53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FK53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FL53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FM53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FN53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FO53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FP53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FQ53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FR53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FS53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FT53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FU53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FV53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FW53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FX53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FY53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FZ53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GA53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GB53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GC53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GD53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GE53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GF53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GG53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GH53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GI53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GJ53" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:192">
+      <x:c r="A54" s="2" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="B54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="L54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="M54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="N54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="P54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Q54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="R54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="T54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="U54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="V54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="X54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Y54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Z54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AA54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AB54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AC54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AD54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AE54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AF54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AG54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AH54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AI54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AJ54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AK54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AL54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AM54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AN54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AO54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AP54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AQ54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AR54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AS54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AT54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AU54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AV54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AW54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AX54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AY54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AZ54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BA54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BB54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BC54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BD54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BE54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BF54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BG54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BH54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BI54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BJ54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BK54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BL54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BM54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BN54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BO54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BP54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BQ54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BR54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BS54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BT54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BU54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BV54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BW54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BX54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BY54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BZ54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CA54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CB54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CC54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CD54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CE54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CF54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CG54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CH54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CI54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CJ54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CK54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CL54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CM54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CN54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CO54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CP54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CQ54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CR54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CS54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CT54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CU54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CV54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CW54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CX54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CY54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CZ54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DA54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DB54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DC54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DD54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DE54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DF54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DG54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DH54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DI54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DJ54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DK54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DL54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DM54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DN54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DO54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DP54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DQ54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DR54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DS54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DT54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DU54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DV54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DW54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DX54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DY54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DZ54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EA54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EB54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EC54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="ED54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EE54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EF54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EG54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EH54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EI54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EJ54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EK54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EL54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EM54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EN54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EO54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EP54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EQ54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="ER54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="ES54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="ET54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EU54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EV54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EW54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EX54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EY54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EZ54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FA54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FB54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FC54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FD54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FE54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FF54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FG54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FH54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FI54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FJ54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FK54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FL54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FM54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FN54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FO54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FP54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FQ54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FR54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FS54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FT54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FU54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FV54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FW54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FX54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FY54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FZ54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GA54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GB54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GC54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GD54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GE54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GF54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GG54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GH54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GI54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GJ54" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:192">
+      <x:c r="A55" s="2" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="B55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="L55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="M55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="N55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="P55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Q55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="R55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="T55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="U55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="V55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="X55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Y55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Z55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AA55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AB55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AC55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AD55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AE55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AF55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AG55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AH55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AI55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AJ55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AK55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AL55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AM55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AN55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AO55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AP55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AQ55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AR55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AS55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AT55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AU55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AV55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AW55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AX55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AY55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AZ55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BA55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BB55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BC55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BD55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BE55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BF55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BG55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BH55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BI55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BJ55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BK55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BL55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BM55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BN55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BO55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BP55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BQ55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BR55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BS55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BT55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BU55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BV55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BW55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BX55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BY55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BZ55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CA55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CB55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CC55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CD55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CE55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CF55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CG55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CH55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CI55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CJ55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CK55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CL55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CM55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CN55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CO55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CP55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CQ55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CR55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CS55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CT55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CU55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CV55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CW55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CX55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CY55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CZ55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DA55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DB55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DC55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DD55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DE55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DF55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DG55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DH55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DI55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DJ55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DK55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DL55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DM55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DN55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DO55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DP55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DQ55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DR55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DS55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DT55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DU55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DV55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DW55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DX55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DY55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DZ55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EA55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EB55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EC55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="ED55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EE55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EF55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EG55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EH55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EI55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EJ55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EK55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EL55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EM55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EN55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EO55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EP55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EQ55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="ER55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="ES55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="ET55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EU55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EV55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EW55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EX55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EY55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EZ55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FA55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FB55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FC55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FD55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FE55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FF55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FG55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FH55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FI55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FJ55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FK55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FL55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FM55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FN55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FO55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FP55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FQ55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FR55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FS55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FT55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FU55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FV55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FW55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FX55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FY55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FZ55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GA55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GB55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GC55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GD55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GE55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GF55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GG55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GH55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GI55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GJ55" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:192">
+      <x:c r="A57" s="0" t="s">
+        <x:v>244</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:192">
+      <x:c r="A58" s="0" t="s">
+        <x:v>245</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:192">
+      <x:c r="A60" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:192">
+      <x:c r="A61" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:192">
+      <x:c r="A62" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:192">
+      <x:c r="A64" s="0" t="s">
+        <x:v>249</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:192">
+      <x:c r="A65" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:192">
+      <x:c r="A67" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:192">
+      <x:c r="A68" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:192">
+      <x:c r="A69" s="0" t="s">
+        <x:v>252</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:192">
+      <x:c r="A70" s="0" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:192">
+      <x:c r="A71" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:192">
+      <x:c r="A76" s="0" t="s">
+        <x:v>255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:192">
+      <x:c r="A77" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:192">
+      <x:c r="A78" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:192">
+      <x:c r="A79" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="H32" s="3" t="n">
-[...550 lines deleted...]
-      </x:c>
     </x:row>
-    <x:row r="33" spans="1:191">
-[...571 lines deleted...]
-        <x:v>6561</x:v>
+    <x:row r="80" spans="1:192">
+      <x:c r="A80" s="0" t="s">
+        <x:v>247</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:191">
-[...571 lines deleted...]
-        <x:v>22955</x:v>
+    <x:row r="81" spans="1:192">
+      <x:c r="A81" s="0" t="s">
+        <x:v>258</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:191">
-[...571 lines deleted...]
-        <x:v>1786</x:v>
+    <x:row r="83" spans="1:192">
+      <x:c r="A83" s="0" t="s">
+        <x:v>259</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:191">
-[...571 lines deleted...]
-        <x:v>15847</x:v>
+    <x:row r="84" spans="1:192">
+      <x:c r="A84" s="0" t="s">
+        <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:191">
-[...571 lines deleted...]
-        <x:v>40386</x:v>
+    <x:row r="85" spans="1:192">
+      <x:c r="A85" s="0" t="s">
+        <x:v>260</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:191">
-[...571 lines deleted...]
-        <x:v>43431</x:v>
+    <x:row r="91" spans="1:192">
+      <x:c r="A91" s="0" t="s">
+        <x:v>261</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:191">
-[...571 lines deleted...]
-        <x:v>25465</x:v>
+    <x:row r="93" spans="1:192">
+      <x:c r="A93" s="0" t="s">
+        <x:v>262</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:191">
-[...571 lines deleted...]
-        <x:v>49437</x:v>
+    <x:row r="94" spans="1:192">
+      <x:c r="A94" s="0" t="s">
+        <x:v>263</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:191">
-[...571 lines deleted...]
-        <x:v>49337</x:v>
+    <x:row r="96" spans="1:192">
+      <x:c r="A96" s="0" t="s">
+        <x:v>264</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:191">
-[...8174 lines deleted...]
-    <x:row r="97" spans="1:191">
+    <x:row r="97" spans="1:192">
       <x:c r="A97" s="0" t="s">
-        <x:v>264</x:v>
-[...3 lines deleted...]
-      <x:c r="A98" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>BNPB2</vt:lpstr>
       <vt:lpstr>BNPB2!Print_Area</vt:lpstr>
       <vt:lpstr>BNPB2!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>