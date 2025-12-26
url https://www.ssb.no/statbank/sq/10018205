--- v1 (2025-12-26)
+++ v2 (2025-12-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83b6ec0e1a3c4a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/de9aa08fcf63456b8878c5343f73ad90.psmdcp" Id="R004e2e3002474e06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5e321e45d874ca8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cae0f181731b4970ad25818c1a28133b.psmdcp" Id="R8bd3c14ec4bd4b28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BNPB2" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="266">
   <x:si>
     <x:t>09171: Produksjon og inntekt, etter næring, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Bruttoprodukt i basisverdi. Faste 2023-priser (mill. kr)</x:t>
   </x:si>
   <x:si>