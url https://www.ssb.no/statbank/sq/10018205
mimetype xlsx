--- v2 (2025-12-26)
+++ v3 (2026-01-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5e321e45d874ca8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cae0f181731b4970ad25818c1a28133b.psmdcp" Id="R8bd3c14ec4bd4b28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5d008757a1e4094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6185ea79f7dc4313b1fb687b2ed33872.psmdcp" Id="Rf28420d8052d4fe5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BNPB2" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="266">
   <x:si>
     <x:t>09171: Produksjon og inntekt, etter næring, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Bruttoprodukt i basisverdi. Faste 2023-priser (mill. kr)</x:t>
   </x:si>
   <x:si>