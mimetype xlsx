--- v0 (2025-10-21)
+++ v1 (2025-11-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca2e67c0cb9344dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eb626b4d80d94e7ab0af02f30a4c28dc.psmdcp" Id="R807e4e01b15444a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45be5267099d425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a33d1deebb874578a75e3b2d0459312e.psmdcp" Id="R5ff4ff52a6d94e54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BNPB" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="266">
   <x:si>
     <x:t>09171: Produksjon og inntekt, etter næring, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Bruttoprodukt i basisverdi. Løpende priser (mill. kr)</x:t>
   </x:si>
   <x:si>