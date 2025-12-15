--- v1 (2025-11-15)
+++ v2 (2025-12-15)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45be5267099d425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a33d1deebb874578a75e3b2d0459312e.psmdcp" Id="R5ff4ff52a6d94e54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1b91d7115a9445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a449355bfe344d689ca25ac53be04d59.psmdcp" Id="Rae9257b6d436482d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BNPB" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="266">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="268">
   <x:si>
     <x:t>09171: Produksjon og inntekt, etter næring, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Bruttoprodukt i basisverdi. Løpende priser (mill. kr)</x:t>
   </x:si>
   <x:si>
     <x:t>1978K1</x:t>
   </x:si>
   <x:si>
     <x:t>1978K2</x:t>
   </x:si>
   <x:si>
     <x:t>1978K3</x:t>
   </x:si>
   <x:si>
     <x:t>1978K4</x:t>
   </x:si>
   <x:si>
     <x:t>1979K1</x:t>
   </x:si>
   <x:si>
     <x:t>1979K2</x:t>
   </x:si>
   <x:si>
@@ -586,50 +586,53 @@
   <x:si>
     <x:t>2023K3</x:t>
   </x:si>
   <x:si>
     <x:t>2023K4</x:t>
   </x:si>
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
+    <x:t>2025K3</x:t>
+  </x:si>
+  <x:si>
     <x:t>Totalt for næringer</x:t>
   </x:si>
   <x:si>
     <x:t>Jordbruk og skogbruk</x:t>
   </x:si>
   <x:si>
     <x:t>Fiske, fangst og akvakultur</x:t>
   </x:si>
   <x:si>
     <x:t>Bergverksdrift</x:t>
   </x:si>
   <x:si>
     <x:t>Utvinning av råolje og naturgass, inkl. tjenester</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Utvinning av råolje og naturgass</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Tjenester tilknyttet utvinning av råolje og naturgass</x:t>
   </x:si>
   <x:si>
     <x:t>Industri</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Nærings-, drikkevare- og tobakksindustri</x:t>
@@ -733,72 +736,75 @@
   <x:si>
     <x:t>Kultur, underholdning og annen tjenesteyting</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Offentlig forvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Statsforvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Sivil forvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Forsvar</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Kommuneforvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>Fastlands-Norge</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Markedsrettet virksomhet Fastlands-Norge</x:t>
   </x:si>
   <x:si>
+    <x:t>.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Markedsrettet virksomhet</x:t>
   </x:si>
   <x:si>
     <x:t>Ikke-markedsrettet virksomhet</x:t>
   </x:si>
   <x:si>
-    <x:t>Ujusterte tall etter basisår (endelig årsregnskap) er foreløpige.</x:t>
+    <x:t>Tallene etter år 2023 (basisåret) er foreløpige.</x:t>
   </x:si>
   <x:si>
     <x:t>Seriene i faste priser er kjeda volumtall fra basisåret og bakover, og fastpristall fra basisår og fremover. Additivitet i komponentene i volum forekommer kun f.o.m. basisår.</x:t>
   </x:si>
   <x:si>
-    <x:t>Feil i sesongjusterte tall ble rettet 29. november 2024 kl. 11.35.</x:t>
+    <x:t>. = Ikke mulig å oppgi tall. Tall finnes ikke på dette tidspunktet fordi kategorien ikke var i bruk da tallene ble samlet inn.</x:t>
   </x:si>
   <x:si>
     <x:t>Sist endret:</x:t>
   </x:si>
   <x:si>
     <x:t>Bruttoprodukt i basisverdi. Løpende priser (mill. kr):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250821 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kilde:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t>Kontakt:</x:t>
   </x:si>
   <x:si>
     <x:t>Achraf Bougroug, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 15</x:t>
   </x:si>
   <x:si>
     <x:t>acb@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Måleenhet:</x:t>
   </x:si>
   <x:si>
     <x:t>mill. kr</x:t>
   </x:si>
@@ -882,65 +888,69 @@
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="4">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -1197,70 +1207,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:GI98"/>
+  <x:dimension ref="A1:GJ98"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="191" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="192" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:191">
+    <x:row r="1" spans="1:192">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:191">
+    <x:row r="3" spans="1:192">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:191">
+    <x:row r="4" spans="1:192">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -1787,629 +1797,635 @@
       </x:c>
       <x:c r="GB4" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="GC4" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="GD4" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="GE4" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="GF4" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="GG4" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="GH4" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="GI4" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
+      <x:c r="GJ4" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:191">
+    <x:row r="5" spans="1:192">
       <x:c r="A5" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>49719</x:v>
+        <x:v>49510</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>53451</x:v>
+        <x:v>53236</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>56111</x:v>
+        <x:v>55892</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>56753</x:v>
+        <x:v>56520</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>56563</x:v>
+        <x:v>56322</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>58282</x:v>
+        <x:v>58038</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>61127</x:v>
+        <x:v>60879</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>62789</x:v>
+        <x:v>62527</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>69380</x:v>
+        <x:v>69075</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>70666</x:v>
+        <x:v>70349</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>70774</x:v>
+        <x:v>70442</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>73747</x:v>
+        <x:v>73405</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>78375</x:v>
+        <x:v>78086</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>81288</x:v>
+        <x:v>80999</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>82146</x:v>
+        <x:v>81855</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>82573</x:v>
+        <x:v>82271</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>86907</x:v>
+        <x:v>86600</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>87534</x:v>
+        <x:v>87228</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>91673</x:v>
+        <x:v>91363</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>94023</x:v>
+        <x:v>93695</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>95657</x:v>
+        <x:v>95278</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>98703</x:v>
+        <x:v>98325</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>100560</x:v>
+        <x:v>100182</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>104490</x:v>
+        <x:v>104095</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>109579</x:v>
+        <x:v>109183</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>108537</x:v>
+        <x:v>108149</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>115044</x:v>
+        <x:v>114663</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>117872</x:v>
+        <x:v>117472</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>120240</x:v>
+        <x:v>119813</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>115999</x:v>
+        <x:v>115567</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>126949</x:v>
+        <x:v>126509</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>131740</x:v>
+        <x:v>131275</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>123780</x:v>
+        <x:v>123329</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>119221</x:v>
+        <x:v>118759</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>124119</x:v>
+        <x:v>123644</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>134084</x:v>
+        <x:v>133587</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>134053</x:v>
+        <x:v>133521</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>133568</x:v>
+        <x:v>133041</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>136631</x:v>
+        <x:v>136102</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>146445</x:v>
+        <x:v>145899</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>145222</x:v>
+        <x:v>144570</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>143233</x:v>
+        <x:v>142586</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>142462</x:v>
+        <x:v>141810</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>150588</x:v>
+        <x:v>149915</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>151904</x:v>
+        <x:v>151211</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>157196</x:v>
+        <x:v>156497</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>155580</x:v>
+        <x:v>154881</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>163079</x:v>
+        <x:v>162362</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>161859</x:v>
+        <x:v>161178</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>157430</x:v>
+        <x:v>156743</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>164131</x:v>
+        <x:v>163431</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>183001</x:v>
+        <x:v>182270</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>171921</x:v>
+        <x:v>170767</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>174898</x:v>
+        <x:v>173741</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>173247</x:v>
+        <x:v>172077</x:v>
       </x:c>
       <x:c r="BE5" s="3" t="n">
-        <x:v>180906</x:v>
+        <x:v>179701</x:v>
       </x:c>
       <x:c r="BF5" s="3" t="n">
-        <x:v>180897</x:v>
+        <x:v>179629</x:v>
       </x:c>
       <x:c r="BG5" s="3" t="n">
-        <x:v>173519</x:v>
+        <x:v>172236</x:v>
       </x:c>
       <x:c r="BH5" s="3" t="n">
-        <x:v>177348</x:v>
+        <x:v>176038</x:v>
       </x:c>
       <x:c r="BI5" s="3" t="n">
-        <x:v>186642</x:v>
+        <x:v>185288</x:v>
       </x:c>
       <x:c r="BJ5" s="3" t="n">
-        <x:v>183234</x:v>
+        <x:v>181942</x:v>
       </x:c>
       <x:c r="BK5" s="3" t="n">
-        <x:v>179739</x:v>
+        <x:v>178445</x:v>
       </x:c>
       <x:c r="BL5" s="3" t="n">
-        <x:v>187004</x:v>
+        <x:v>185700</x:v>
       </x:c>
       <x:c r="BM5" s="3" t="n">
-        <x:v>201584</x:v>
+        <x:v>200241</x:v>
       </x:c>
       <x:c r="BN5" s="3" t="n">
-        <x:v>188063</x:v>
+        <x:v>186674</x:v>
       </x:c>
       <x:c r="BO5" s="3" t="n">
-        <x:v>192571</x:v>
+        <x:v>191149</x:v>
       </x:c>
       <x:c r="BP5" s="3" t="n">
-        <x:v>194027</x:v>
+        <x:v>192601</x:v>
       </x:c>
       <x:c r="BQ5" s="3" t="n">
-        <x:v>207778</x:v>
+        <x:v>206321</x:v>
       </x:c>
       <x:c r="BR5" s="3" t="n">
-        <x:v>208624</x:v>
+        <x:v>207149</x:v>
       </x:c>
       <x:c r="BS5" s="3" t="n">
-        <x:v>201886</x:v>
+        <x:v>200399</x:v>
       </x:c>
       <x:c r="BT5" s="3" t="n">
-        <x:v>205912</x:v>
+        <x:v>204421</x:v>
       </x:c>
       <x:c r="BU5" s="3" t="n">
-        <x:v>218795</x:v>
+        <x:v>217254</x:v>
       </x:c>
       <x:c r="BV5" s="3" t="n">
-        <x:v>223425</x:v>
+        <x:v>221719</x:v>
       </x:c>
       <x:c r="BW5" s="3" t="n">
-        <x:v>217370</x:v>
+        <x:v>215653</x:v>
       </x:c>
       <x:c r="BX5" s="3" t="n">
-        <x:v>229378</x:v>
+        <x:v>227610</x:v>
       </x:c>
       <x:c r="BY5" s="3" t="n">
-        <x:v>244857</x:v>
+        <x:v>243003</x:v>
       </x:c>
       <x:c r="BZ5" s="3" t="n">
-        <x:v>237294</x:v>
+        <x:v>234974</x:v>
       </x:c>
       <x:c r="CA5" s="3" t="n">
-        <x:v>245718</x:v>
+        <x:v>243380</x:v>
       </x:c>
       <x:c r="CB5" s="3" t="n">
-        <x:v>244899</x:v>
+        <x:v>242508</x:v>
       </x:c>
       <x:c r="CC5" s="3" t="n">
-        <x:v>262210</x:v>
+        <x:v>259760</x:v>
       </x:c>
       <x:c r="CD5" s="3" t="n">
-        <x:v>251047</x:v>
+        <x:v>248788</x:v>
       </x:c>
       <x:c r="CE5" s="3" t="n">
-        <x:v>243892</x:v>
+        <x:v>241723</x:v>
       </x:c>
       <x:c r="CF5" s="3" t="n">
-        <x:v>250026</x:v>
+        <x:v>247376</x:v>
       </x:c>
       <x:c r="CG5" s="3" t="n">
-        <x:v>260821</x:v>
+        <x:v>258283</x:v>
       </x:c>
       <x:c r="CH5" s="3" t="n">
-        <x:v>253743</x:v>
+        <x:v>251773</x:v>
       </x:c>
       <x:c r="CI5" s="3" t="n">
-        <x:v>258911</x:v>
+        <x:v>257023</x:v>
       </x:c>
       <x:c r="CJ5" s="3" t="n">
-        <x:v>278426</x:v>
+        <x:v>276045</x:v>
       </x:c>
       <x:c r="CK5" s="3" t="n">
-        <x:v>308020</x:v>
+        <x:v>305843</x:v>
       </x:c>
       <x:c r="CL5" s="3" t="n">
-        <x:v>323636</x:v>
+        <x:v>321874</x:v>
       </x:c>
       <x:c r="CM5" s="3" t="n">
-        <x:v>314064</x:v>
+        <x:v>312434</x:v>
       </x:c>
       <x:c r="CN5" s="3" t="n">
-        <x:v>334370</x:v>
+        <x:v>332296</x:v>
       </x:c>
       <x:c r="CO5" s="3" t="n">
-        <x:v>359214</x:v>
+        <x:v>357311</x:v>
       </x:c>
       <x:c r="CP5" s="3" t="n">
-        <x:v>353229</x:v>
+        <x:v>351851</x:v>
       </x:c>
       <x:c r="CQ5" s="3" t="n">
-        <x:v>342864</x:v>
+        <x:v>341614</x:v>
       </x:c>
       <x:c r="CR5" s="3" t="n">
-        <x:v>340210</x:v>
+        <x:v>338475</x:v>
       </x:c>
       <x:c r="CS5" s="3" t="n">
-        <x:v>348010</x:v>
+        <x:v>346545</x:v>
       </x:c>
       <x:c r="CT5" s="3" t="n">
-        <x:v>333696</x:v>
+        <x:v>332721</x:v>
       </x:c>
       <x:c r="CU5" s="3" t="n">
-        <x:v>346646</x:v>
+        <x:v>345835</x:v>
       </x:c>
       <x:c r="CV5" s="3" t="n">
-        <x:v>339481</x:v>
+        <x:v>337986</x:v>
       </x:c>
       <x:c r="CW5" s="3" t="n">
-        <x:v>360769</x:v>
+        <x:v>359623</x:v>
       </x:c>
       <x:c r="CX5" s="3" t="n">
-        <x:v>365818</x:v>
+        <x:v>365556</x:v>
       </x:c>
       <x:c r="CY5" s="3" t="n">
-        <x:v>342427</x:v>
+        <x:v>342414</x:v>
       </x:c>
       <x:c r="CZ5" s="3" t="n">
-        <x:v>356715</x:v>
+        <x:v>356019</x:v>
       </x:c>
       <x:c r="DA5" s="3" t="n">
-        <x:v>374713</x:v>
+        <x:v>374321</x:v>
       </x:c>
       <x:c r="DB5" s="3" t="n">
-        <x:v>388946</x:v>
+        <x:v>389785</x:v>
       </x:c>
       <x:c r="DC5" s="3" t="n">
-        <x:v>380640</x:v>
+        <x:v>381617</x:v>
       </x:c>
       <x:c r="DD5" s="3" t="n">
-        <x:v>392548</x:v>
+        <x:v>392852</x:v>
       </x:c>
       <x:c r="DE5" s="3" t="n">
-        <x:v>426414</x:v>
+        <x:v>426955</x:v>
       </x:c>
       <x:c r="DF5" s="3" t="n">
-        <x:v>416245</x:v>
+        <x:v>418446</x:v>
       </x:c>
       <x:c r="DG5" s="3" t="n">
-        <x:v>436195</x:v>
+        <x:v>438803</x:v>
       </x:c>
       <x:c r="DH5" s="3" t="n">
-        <x:v>444502</x:v>
+        <x:v>446692</x:v>
       </x:c>
       <x:c r="DI5" s="3" t="n">
-        <x:v>485710</x:v>
+        <x:v>487982</x:v>
       </x:c>
       <x:c r="DJ5" s="3" t="n">
-        <x:v>496429</x:v>
+        <x:v>500823</x:v>
       </x:c>
       <x:c r="DK5" s="3" t="n">
-        <x:v>480312</x:v>
+        <x:v>485075</x:v>
       </x:c>
       <x:c r="DL5" s="3" t="n">
-        <x:v>487590</x:v>
+        <x:v>492160</x:v>
       </x:c>
       <x:c r="DM5" s="3" t="n">
-        <x:v>521772</x:v>
+        <x:v>526378</x:v>
       </x:c>
       <x:c r="DN5" s="3" t="n">
-        <x:v>507127</x:v>
+        <x:v>514414</x:v>
       </x:c>
       <x:c r="DO5" s="3" t="n">
-        <x:v>501881</x:v>
+        <x:v>510070</x:v>
       </x:c>
       <x:c r="DP5" s="3" t="n">
-        <x:v>509902</x:v>
+        <x:v>517470</x:v>
       </x:c>
       <x:c r="DQ5" s="3" t="n">
-        <x:v>576609</x:v>
+        <x:v>583877</x:v>
       </x:c>
       <x:c r="DR5" s="3" t="n">
-        <x:v>565914</x:v>
+        <x:v>575571</x:v>
       </x:c>
       <x:c r="DS5" s="3" t="n">
-        <x:v>594412</x:v>
+        <x:v>604406</x:v>
       </x:c>
       <x:c r="DT5" s="3" t="n">
-        <x:v>589708</x:v>
+        <x:v>599741</x:v>
       </x:c>
       <x:c r="DU5" s="3" t="n">
-        <x:v>611640</x:v>
+        <x:v>622257</x:v>
       </x:c>
       <x:c r="DV5" s="3" t="n">
-        <x:v>537799</x:v>
+        <x:v>549871</x:v>
       </x:c>
       <x:c r="DW5" s="3" t="n">
-        <x:v>530009</x:v>
+        <x:v>542384</x:v>
       </x:c>
       <x:c r="DX5" s="3" t="n">
-        <x:v>537575</x:v>
+        <x:v>549529</x:v>
       </x:c>
       <x:c r="DY5" s="3" t="n">
-        <x:v>573239</x:v>
+        <x:v>585185</x:v>
       </x:c>
       <x:c r="DZ5" s="3" t="n">
-        <x:v>572599</x:v>
+        <x:v>585975</x:v>
       </x:c>
       <x:c r="EA5" s="3" t="n">
-        <x:v>568838</x:v>
+        <x:v>583318</x:v>
       </x:c>
       <x:c r="EB5" s="3" t="n">
-        <x:v>556901</x:v>
+        <x:v>570489</x:v>
       </x:c>
       <x:c r="EC5" s="3" t="n">
-        <x:v>623567</x:v>
+        <x:v>637008</x:v>
       </x:c>
       <x:c r="ED5" s="3" t="n">
-        <x:v>625321</x:v>
+        <x:v>640840</x:v>
       </x:c>
       <x:c r="EE5" s="3" t="n">
-        <x:v>605926</x:v>
+        <x:v>622826</x:v>
       </x:c>
       <x:c r="EF5" s="3" t="n">
-        <x:v>614008</x:v>
+        <x:v>630399</x:v>
       </x:c>
       <x:c r="EG5" s="3" t="n">
-        <x:v>669819</x:v>
+        <x:v>685512</x:v>
       </x:c>
       <x:c r="EH5" s="3" t="n">
-        <x:v>691929</x:v>
+        <x:v>709339</x:v>
       </x:c>
       <x:c r="EI5" s="3" t="n">
-        <x:v>654574</x:v>
+        <x:v>673430</x:v>
       </x:c>
       <x:c r="EJ5" s="3" t="n">
-        <x:v>636802</x:v>
+        <x:v>654817</x:v>
       </x:c>
       <x:c r="EK5" s="3" t="n">
-        <x:v>691056</x:v>
+        <x:v>708368</x:v>
       </x:c>
       <x:c r="EL5" s="3" t="n">
-        <x:v>675887</x:v>
+        <x:v>696169</x:v>
       </x:c>
       <x:c r="EM5" s="3" t="n">
-        <x:v>683735</x:v>
+        <x:v>705454</x:v>
       </x:c>
       <x:c r="EN5" s="3" t="n">
-        <x:v>675282</x:v>
+        <x:v>695765</x:v>
       </x:c>
       <x:c r="EO5" s="3" t="n">
-        <x:v>733557</x:v>
+        <x:v>754020</x:v>
       </x:c>
       <x:c r="EP5" s="3" t="n">
-        <x:v>723539</x:v>
+        <x:v>743988</x:v>
       </x:c>
       <x:c r="EQ5" s="3" t="n">
-        <x:v>691095</x:v>
+        <x:v>713444</x:v>
       </x:c>
       <x:c r="ER5" s="3" t="n">
-        <x:v>684110</x:v>
+        <x:v>705963</x:v>
       </x:c>
       <x:c r="ES5" s="3" t="n">
-        <x:v>730792</x:v>
+        <x:v>754954</x:v>
       </x:c>
       <x:c r="ET5" s="3" t="n">
-        <x:v>702690</x:v>
+        <x:v>727004</x:v>
       </x:c>
       <x:c r="EU5" s="3" t="n">
-        <x:v>699089</x:v>
+        <x:v>724155</x:v>
       </x:c>
       <x:c r="EV5" s="3" t="n">
-        <x:v>681147</x:v>
+        <x:v>706860</x:v>
       </x:c>
       <x:c r="EW5" s="3" t="n">
-        <x:v>704935</x:v>
+        <x:v>730716</x:v>
       </x:c>
       <x:c r="EX5" s="3" t="n">
-        <x:v>671707</x:v>
+        <x:v>698119</x:v>
       </x:c>
       <x:c r="EY5" s="3" t="n">
-        <x:v>691853</x:v>
+        <x:v>716565</x:v>
       </x:c>
       <x:c r="EZ5" s="3" t="n">
-        <x:v>659963</x:v>
+        <x:v>685736</x:v>
       </x:c>
       <x:c r="FA5" s="3" t="n">
-        <x:v>734051</x:v>
+        <x:v>760705</x:v>
       </x:c>
       <x:c r="FB5" s="3" t="n">
-        <x:v>751414</x:v>
+        <x:v>780242</x:v>
       </x:c>
       <x:c r="FC5" s="3" t="n">
-        <x:v>716721</x:v>
+        <x:v>745639</x:v>
       </x:c>
       <x:c r="FD5" s="3" t="n">
-        <x:v>702506</x:v>
+        <x:v>731105</x:v>
       </x:c>
       <x:c r="FE5" s="3" t="n">
-        <x:v>776895</x:v>
+        <x:v>805757</x:v>
       </x:c>
       <x:c r="FF5" s="3" t="n">
-        <x:v>777234</x:v>
+        <x:v>806571</x:v>
       </x:c>
       <x:c r="FG5" s="3" t="n">
-        <x:v>785990</x:v>
+        <x:v>814439</x:v>
       </x:c>
       <x:c r="FH5" s="3" t="n">
-        <x:v>775107</x:v>
+        <x:v>803582</x:v>
       </x:c>
       <x:c r="FI5" s="3" t="n">
-        <x:v>845893</x:v>
+        <x:v>879999</x:v>
       </x:c>
       <x:c r="FJ5" s="3" t="n">
-        <x:v>818310</x:v>
+        <x:v>849298</x:v>
       </x:c>
       <x:c r="FK5" s="3" t="n">
-        <x:v>782752</x:v>
+        <x:v>816057</x:v>
       </x:c>
       <x:c r="FL5" s="3" t="n">
-        <x:v>759678</x:v>
+        <x:v>794354</x:v>
       </x:c>
       <x:c r="FM5" s="3" t="n">
-        <x:v>837556</x:v>
+        <x:v>875005</x:v>
       </x:c>
       <x:c r="FN5" s="3" t="n">
-        <x:v>812291</x:v>
+        <x:v>847955</x:v>
       </x:c>
       <x:c r="FO5" s="3" t="n">
-        <x:v>706917</x:v>
+        <x:v>739831</x:v>
       </x:c>
       <x:c r="FP5" s="3" t="n">
-        <x:v>732098</x:v>
+        <x:v>766554</x:v>
       </x:c>
       <x:c r="FQ5" s="3" t="n">
-        <x:v>806345</x:v>
+        <x:v>840962</x:v>
       </x:c>
       <x:c r="FR5" s="3" t="n">
-        <x:v>843160</x:v>
+        <x:v>877901</x:v>
       </x:c>
       <x:c r="FS5" s="3" t="n">
-        <x:v>861772</x:v>
+        <x:v>896338</x:v>
       </x:c>
       <x:c r="FT5" s="3" t="n">
-        <x:v>962886</x:v>
+        <x:v>1002078</x:v>
       </x:c>
       <x:c r="FU5" s="3" t="n">
-        <x:v>1226662</x:v>
+        <x:v>1274712</x:v>
       </x:c>
       <x:c r="FV5" s="3" t="n">
-        <x:v>1253863</x:v>
+        <x:v>1304231</x:v>
       </x:c>
       <x:c r="FW5" s="3" t="n">
-        <x:v>1230082</x:v>
+        <x:v>1281664</x:v>
       </x:c>
       <x:c r="FX5" s="3" t="n">
-        <x:v>1481935</x:v>
+        <x:v>1529651</x:v>
       </x:c>
       <x:c r="FY5" s="3" t="n">
-        <x:v>1342022</x:v>
+        <x:v>1394552</x:v>
       </x:c>
       <x:c r="FZ5" s="3" t="n">
-        <x:v>1225329</x:v>
+        <x:v>1286005</x:v>
       </x:c>
       <x:c r="GA5" s="3" t="n">
-        <x:v>1101332</x:v>
+        <x:v>1145800</x:v>
       </x:c>
       <x:c r="GB5" s="3" t="n">
-        <x:v>1089483</x:v>
+        <x:v>1132873</x:v>
       </x:c>
       <x:c r="GC5" s="3" t="n">
-        <x:v>1231605</x:v>
+        <x:v>1287341</x:v>
       </x:c>
       <x:c r="GD5" s="3" t="n">
-        <x:v>1159654</x:v>
+        <x:v>1199330</x:v>
       </x:c>
       <x:c r="GE5" s="3" t="n">
-        <x:v>1171394</x:v>
+        <x:v>1215533</x:v>
       </x:c>
       <x:c r="GF5" s="3" t="n">
-        <x:v>1138806</x:v>
+        <x:v>1186344</x:v>
       </x:c>
       <x:c r="GG5" s="3" t="n">
-        <x:v>1250633</x:v>
+        <x:v>1291948</x:v>
       </x:c>
       <x:c r="GH5" s="3" t="n">
-        <x:v>1277055</x:v>
+        <x:v>1314597</x:v>
       </x:c>
       <x:c r="GI5" s="3" t="n">
-        <x:v>1175438</x:v>
+        <x:v>1210076</x:v>
+      </x:c>
+      <x:c r="GJ5" s="3" t="n">
+        <x:v>1206024</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:191">
+    <x:row r="6" spans="1:192">
       <x:c r="A6" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>917</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>850</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>4748</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>1886</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
         <x:v>915</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
         <x:v>918</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
         <x:v>4197</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
         <x:v>2042</x:v>
       </x:c>
@@ -2608,383 +2624,386 @@
       <x:c r="BV6" s="3" t="n">
         <x:v>3191</x:v>
       </x:c>
       <x:c r="BW6" s="3" t="n">
         <x:v>1353</x:v>
       </x:c>
       <x:c r="BX6" s="3" t="n">
         <x:v>7627</x:v>
       </x:c>
       <x:c r="BY6" s="3" t="n">
         <x:v>4313</x:v>
       </x:c>
       <x:c r="BZ6" s="3" t="n">
         <x:v>3230</x:v>
       </x:c>
       <x:c r="CA6" s="3" t="n">
         <x:v>1781</x:v>
       </x:c>
       <x:c r="CB6" s="3" t="n">
         <x:v>7388</x:v>
       </x:c>
       <x:c r="CC6" s="3" t="n">
         <x:v>3615</x:v>
       </x:c>
       <x:c r="CD6" s="3" t="n">
-        <x:v>3156</x:v>
+        <x:v>3022</x:v>
       </x:c>
       <x:c r="CE6" s="3" t="n">
-        <x:v>1684</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="CF6" s="3" t="n">
-        <x:v>7589</x:v>
+        <x:v>7176</x:v>
       </x:c>
       <x:c r="CG6" s="3" t="n">
-        <x:v>4229</x:v>
+        <x:v>4060</x:v>
       </x:c>
       <x:c r="CH6" s="3" t="n">
-        <x:v>3083</x:v>
+        <x:v>2952</x:v>
       </x:c>
       <x:c r="CI6" s="3" t="n">
         <x:v>1366</x:v>
       </x:c>
       <x:c r="CJ6" s="3" t="n">
-        <x:v>7572</x:v>
+        <x:v>7161</x:v>
       </x:c>
       <x:c r="CK6" s="3" t="n">
-        <x:v>3919</x:v>
+        <x:v>3751</x:v>
       </x:c>
       <x:c r="CL6" s="3" t="n">
-        <x:v>3056</x:v>
+        <x:v>2924</x:v>
       </x:c>
       <x:c r="CM6" s="3" t="n">
-        <x:v>1604</x:v>
+        <x:v>1614</x:v>
       </x:c>
       <x:c r="CN6" s="3" t="n">
-        <x:v>7007</x:v>
+        <x:v>6611</x:v>
       </x:c>
       <x:c r="CO6" s="3" t="n">
-        <x:v>3726</x:v>
+        <x:v>3562</x:v>
       </x:c>
       <x:c r="CP6" s="3" t="n">
-        <x:v>3168</x:v>
+        <x:v>3037</x:v>
       </x:c>
       <x:c r="CQ6" s="3" t="n">
-        <x:v>1477</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="CR6" s="3" t="n">
-        <x:v>6858</x:v>
+        <x:v>6444</x:v>
       </x:c>
       <x:c r="CS6" s="3" t="n">
+        <x:v>3311</x:v>
+      </x:c>
+      <x:c r="CT6" s="3" t="n">
+        <x:v>2490</x:v>
+      </x:c>
+      <x:c r="CU6" s="3" t="n">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="CV6" s="3" t="n">
+        <x:v>6540</x:v>
+      </x:c>
+      <x:c r="CW6" s="3" t="n">
+        <x:v>3724</x:v>
+      </x:c>
+      <x:c r="CX6" s="3" t="n">
+        <x:v>2348</x:v>
+      </x:c>
+      <x:c r="CY6" s="3" t="n">
+        <x:v>809</x:v>
+      </x:c>
+      <x:c r="CZ6" s="3" t="n">
+        <x:v>6620</x:v>
+      </x:c>
+      <x:c r="DA6" s="3" t="n">
+        <x:v>3417</x:v>
+      </x:c>
+      <x:c r="DB6" s="3" t="n">
+        <x:v>2981</x:v>
+      </x:c>
+      <x:c r="DC6" s="3" t="n">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c r="DD6" s="3" t="n">
+        <x:v>6932</x:v>
+      </x:c>
+      <x:c r="DE6" s="3" t="n">
+        <x:v>3342</x:v>
+      </x:c>
+      <x:c r="DF6" s="3" t="n">
+        <x:v>2833</x:v>
+      </x:c>
+      <x:c r="DG6" s="3" t="n">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="DH6" s="3" t="n">
+        <x:v>6672</x:v>
+      </x:c>
+      <x:c r="DI6" s="3" t="n">
+        <x:v>3755</x:v>
+      </x:c>
+      <x:c r="DJ6" s="3" t="n">
+        <x:v>3116</x:v>
+      </x:c>
+      <x:c r="DK6" s="3" t="n">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="DL6" s="3" t="n">
+        <x:v>7230</x:v>
+      </x:c>
+      <x:c r="DM6" s="3" t="n">
+        <x:v>3809</x:v>
+      </x:c>
+      <x:c r="DN6" s="3" t="n">
+        <x:v>3354</x:v>
+      </x:c>
+      <x:c r="DO6" s="3" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="DP6" s="3" t="n">
+        <x:v>7534</x:v>
+      </x:c>
+      <x:c r="DQ6" s="3" t="n">
+        <x:v>4371</x:v>
+      </x:c>
+      <x:c r="DR6" s="3" t="n">
+        <x:v>3798</x:v>
+      </x:c>
+      <x:c r="DS6" s="3" t="n">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="DT6" s="3" t="n">
+        <x:v>7591</x:v>
+      </x:c>
+      <x:c r="DU6" s="3" t="n">
+        <x:v>3834</x:v>
+      </x:c>
+      <x:c r="DV6" s="3" t="n">
         <x:v>3486</x:v>
       </x:c>
-      <x:c r="CT6" s="3" t="n">
-[...26 lines deleted...]
-      <x:c r="DC6" s="3" t="n">
+      <x:c r="DW6" s="3" t="n">
+        <x:v>-26</x:v>
+      </x:c>
+      <x:c r="DX6" s="3" t="n">
+        <x:v>7245</x:v>
+      </x:c>
+      <x:c r="DY6" s="3" t="n">
+        <x:v>4300</x:v>
+      </x:c>
+      <x:c r="DZ6" s="3" t="n">
+        <x:v>3619</x:v>
+      </x:c>
+      <x:c r="EA6" s="3" t="n">
+        <x:v>1104</x:v>
+      </x:c>
+      <x:c r="EB6" s="3" t="n">
+        <x:v>7453</x:v>
+      </x:c>
+      <x:c r="EC6" s="3" t="n">
+        <x:v>4341</x:v>
+      </x:c>
+      <x:c r="ED6" s="3" t="n">
+        <x:v>3733</x:v>
+      </x:c>
+      <x:c r="EE6" s="3" t="n">
         <x:v>789</x:v>
       </x:c>
-      <x:c r="DD6" s="3" t="n">
-[...53 lines deleted...]
-      <x:c r="DV6" s="3" t="n">
+      <x:c r="EF6" s="3" t="n">
+        <x:v>6882</x:v>
+      </x:c>
+      <x:c r="EG6" s="3" t="n">
+        <x:v>4091</x:v>
+      </x:c>
+      <x:c r="EH6" s="3" t="n">
+        <x:v>4035</x:v>
+      </x:c>
+      <x:c r="EI6" s="3" t="n">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="EJ6" s="3" t="n">
+        <x:v>6442</x:v>
+      </x:c>
+      <x:c r="EK6" s="3" t="n">
+        <x:v>4545</x:v>
+      </x:c>
+      <x:c r="EL6" s="3" t="n">
+        <x:v>3419</x:v>
+      </x:c>
+      <x:c r="EM6" s="3" t="n">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="EN6" s="3" t="n">
+        <x:v>6222</x:v>
+      </x:c>
+      <x:c r="EO6" s="3" t="n">
+        <x:v>4244</x:v>
+      </x:c>
+      <x:c r="EP6" s="3" t="n">
+        <x:v>3366</x:v>
+      </x:c>
+      <x:c r="EQ6" s="3" t="n">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="ER6" s="3" t="n">
+        <x:v>8277</x:v>
+      </x:c>
+      <x:c r="ES6" s="3" t="n">
+        <x:v>4267</x:v>
+      </x:c>
+      <x:c r="ET6" s="3" t="n">
+        <x:v>3633</x:v>
+      </x:c>
+      <x:c r="EU6" s="3" t="n">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="EV6" s="3" t="n">
+        <x:v>9695</x:v>
+      </x:c>
+      <x:c r="EW6" s="3" t="n">
+        <x:v>4463</x:v>
+      </x:c>
+      <x:c r="EX6" s="3" t="n">
+        <x:v>3742</x:v>
+      </x:c>
+      <x:c r="EY6" s="3" t="n">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="EZ6" s="3" t="n">
+        <x:v>9757</x:v>
+      </x:c>
+      <x:c r="FA6" s="3" t="n">
+        <x:v>4618</x:v>
+      </x:c>
+      <x:c r="FB6" s="3" t="n">
         <x:v>3763</x:v>
       </x:c>
-      <x:c r="DW6" s="3" t="n">
-[...94 lines deleted...]
-      </x:c>
       <x:c r="FC6" s="3" t="n">
-        <x:v>557</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="FD6" s="3" t="n">
-        <x:v>10625</x:v>
+        <x:v>9594</x:v>
       </x:c>
       <x:c r="FE6" s="3" t="n">
-        <x:v>5187</x:v>
+        <x:v>4644</x:v>
       </x:c>
       <x:c r="FF6" s="3" t="n">
-        <x:v>4453</x:v>
+        <x:v>3882</x:v>
       </x:c>
       <x:c r="FG6" s="3" t="n">
-        <x:v>473</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="FH6" s="3" t="n">
-        <x:v>9600</x:v>
+        <x:v>8420</x:v>
       </x:c>
       <x:c r="FI6" s="3" t="n">
-        <x:v>5544</x:v>
+        <x:v>4821</x:v>
       </x:c>
       <x:c r="FJ6" s="3" t="n">
-        <x:v>4690</x:v>
+        <x:v>4036</x:v>
       </x:c>
       <x:c r="FK6" s="3" t="n">
-        <x:v>440</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="FL6" s="3" t="n">
-        <x:v>11524</x:v>
+        <x:v>10056</x:v>
       </x:c>
       <x:c r="FM6" s="3" t="n">
-        <x:v>5066</x:v>
+        <x:v>4385</x:v>
       </x:c>
       <x:c r="FN6" s="3" t="n">
-        <x:v>4563</x:v>
+        <x:v>3944</x:v>
       </x:c>
       <x:c r="FO6" s="3" t="n">
-        <x:v>-268</x:v>
+        <x:v>-300</x:v>
       </x:c>
       <x:c r="FP6" s="3" t="n">
-        <x:v>12541</x:v>
+        <x:v>10998</x:v>
       </x:c>
       <x:c r="FQ6" s="3" t="n">
-        <x:v>5286</x:v>
+        <x:v>4597</x:v>
       </x:c>
       <x:c r="FR6" s="3" t="n">
+        <x:v>4439</x:v>
+      </x:c>
+      <x:c r="FS6" s="3" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="FT6" s="3" t="n">
+        <x:v>11383</x:v>
+      </x:c>
+      <x:c r="FU6" s="3" t="n">
         <x:v>5034</x:v>
       </x:c>
-      <x:c r="FS6" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="FV6" s="3" t="n">
-        <x:v>5652</x:v>
+        <x:v>4878</x:v>
       </x:c>
       <x:c r="FW6" s="3" t="n">
-        <x:v>-913</x:v>
+        <x:v>-970</x:v>
       </x:c>
       <x:c r="FX6" s="3" t="n">
-        <x:v>15735</x:v>
+        <x:v>13885</x:v>
       </x:c>
       <x:c r="FY6" s="3" t="n">
-        <x:v>5970</x:v>
+        <x:v>5177</x:v>
       </x:c>
       <x:c r="FZ6" s="3" t="n">
-        <x:v>5437</x:v>
+        <x:v>4581</x:v>
       </x:c>
       <x:c r="GA6" s="3" t="n">
-        <x:v>-619</x:v>
+        <x:v>-582</x:v>
       </x:c>
       <x:c r="GB6" s="3" t="n">
-        <x:v>13465</x:v>
+        <x:v>11470</x:v>
       </x:c>
       <x:c r="GC6" s="3" t="n">
-        <x:v>6442</x:v>
+        <x:v>5461</x:v>
       </x:c>
       <x:c r="GD6" s="3" t="n">
-        <x:v>6349</x:v>
+        <x:v>5630</x:v>
       </x:c>
       <x:c r="GE6" s="3" t="n">
-        <x:v>775</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="GF6" s="3" t="n">
-        <x:v>16789</x:v>
+        <x:v>13995</x:v>
       </x:c>
       <x:c r="GG6" s="3" t="n">
-        <x:v>7897</x:v>
+        <x:v>7207</x:v>
       </x:c>
       <x:c r="GH6" s="3" t="n">
-        <x:v>8293</x:v>
+        <x:v>7382</x:v>
       </x:c>
       <x:c r="GI6" s="3" t="n">
-        <x:v>2681</x:v>
+        <x:v>2960</x:v>
+      </x:c>
+      <x:c r="GJ6" s="3" t="n">
+        <x:v>15483</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:191">
+    <x:row r="7" spans="1:192">
       <x:c r="A7" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>334</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>528</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>561</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
         <x:v>575</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
         <x:v>410</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
         <x:v>587</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
         <x:v>526</x:v>
       </x:c>
@@ -3219,347 +3238,350 @@
       <x:c r="CH7" s="3" t="n">
         <x:v>2513</x:v>
       </x:c>
       <x:c r="CI7" s="3" t="n">
         <x:v>2115</x:v>
       </x:c>
       <x:c r="CJ7" s="3" t="n">
         <x:v>2477</x:v>
       </x:c>
       <x:c r="CK7" s="3" t="n">
         <x:v>2925</x:v>
       </x:c>
       <x:c r="CL7" s="3" t="n">
         <x:v>2853</x:v>
       </x:c>
       <x:c r="CM7" s="3" t="n">
         <x:v>3098</x:v>
       </x:c>
       <x:c r="CN7" s="3" t="n">
         <x:v>2430</x:v>
       </x:c>
       <x:c r="CO7" s="3" t="n">
         <x:v>3151</x:v>
       </x:c>
       <x:c r="CP7" s="3" t="n">
-        <x:v>2812</x:v>
+        <x:v>2807</x:v>
       </x:c>
       <x:c r="CQ7" s="3" t="n">
-        <x:v>1987</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="CR7" s="3" t="n">
-        <x:v>1997</x:v>
+        <x:v>1993</x:v>
       </x:c>
       <x:c r="CS7" s="3" t="n">
-        <x:v>2416</x:v>
+        <x:v>2411</x:v>
       </x:c>
       <x:c r="CT7" s="3" t="n">
-        <x:v>2534</x:v>
+        <x:v>2524</x:v>
       </x:c>
       <x:c r="CU7" s="3" t="n">
-        <x:v>1384</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="CV7" s="3" t="n">
-        <x:v>2553</x:v>
+        <x:v>2542</x:v>
       </x:c>
       <x:c r="CW7" s="3" t="n">
-        <x:v>1688</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="CX7" s="3" t="n">
-        <x:v>1970</x:v>
+        <x:v>1958</x:v>
       </x:c>
       <x:c r="CY7" s="3" t="n">
-        <x:v>1112</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="CZ7" s="3" t="n">
-        <x:v>1024</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="DA7" s="3" t="n">
-        <x:v>1985</x:v>
+        <x:v>1974</x:v>
       </x:c>
       <x:c r="DB7" s="3" t="n">
-        <x:v>2585</x:v>
+        <x:v>2565</x:v>
       </x:c>
       <x:c r="DC7" s="3" t="n">
-        <x:v>1783</x:v>
+        <x:v>1771</x:v>
       </x:c>
       <x:c r="DD7" s="3" t="n">
-        <x:v>2168</x:v>
+        <x:v>2153</x:v>
       </x:c>
       <x:c r="DE7" s="3" t="n">
-        <x:v>2159</x:v>
+        <x:v>2144</x:v>
       </x:c>
       <x:c r="DF7" s="3" t="n">
-        <x:v>3075</x:v>
+        <x:v>3049</x:v>
       </x:c>
       <x:c r="DG7" s="3" t="n">
-        <x:v>2429</x:v>
+        <x:v>2412</x:v>
       </x:c>
       <x:c r="DH7" s="3" t="n">
-        <x:v>2872</x:v>
+        <x:v>2853</x:v>
       </x:c>
       <x:c r="DI7" s="3" t="n">
-        <x:v>3976</x:v>
+        <x:v>3947</x:v>
       </x:c>
       <x:c r="DJ7" s="3" t="n">
-        <x:v>3654</x:v>
+        <x:v>3618</x:v>
       </x:c>
       <x:c r="DK7" s="3" t="n">
-        <x:v>3895</x:v>
+        <x:v>3869</x:v>
       </x:c>
       <x:c r="DL7" s="3" t="n">
-        <x:v>3123</x:v>
+        <x:v>3101</x:v>
       </x:c>
       <x:c r="DM7" s="3" t="n">
-        <x:v>3937</x:v>
+        <x:v>3901</x:v>
       </x:c>
       <x:c r="DN7" s="3" t="n">
-        <x:v>4241</x:v>
+        <x:v>4193</x:v>
       </x:c>
       <x:c r="DO7" s="3" t="n">
-        <x:v>2619</x:v>
+        <x:v>2592</x:v>
       </x:c>
       <x:c r="DP7" s="3" t="n">
-        <x:v>2138</x:v>
+        <x:v>2117</x:v>
       </x:c>
       <x:c r="DQ7" s="3" t="n">
-        <x:v>2835</x:v>
+        <x:v>2801</x:v>
       </x:c>
       <x:c r="DR7" s="3" t="n">
-        <x:v>3409</x:v>
+        <x:v>3361</x:v>
       </x:c>
       <x:c r="DS7" s="3" t="n">
-        <x:v>2390</x:v>
+        <x:v>2361</x:v>
       </x:c>
       <x:c r="DT7" s="3" t="n">
-        <x:v>2304</x:v>
+        <x:v>2279</x:v>
       </x:c>
       <x:c r="DU7" s="3" t="n">
-        <x:v>3406</x:v>
+        <x:v>3359</x:v>
       </x:c>
       <x:c r="DV7" s="3" t="n">
-        <x:v>3597</x:v>
+        <x:v>3544</x:v>
       </x:c>
       <x:c r="DW7" s="3" t="n">
-        <x:v>3369</x:v>
+        <x:v>3337</x:v>
       </x:c>
       <x:c r="DX7" s="3" t="n">
-        <x:v>3402</x:v>
+        <x:v>3366</x:v>
       </x:c>
       <x:c r="DY7" s="3" t="n">
-        <x:v>3608</x:v>
+        <x:v>3560</x:v>
       </x:c>
       <x:c r="DZ7" s="3" t="n">
-        <x:v>4944</x:v>
+        <x:v>4873</x:v>
       </x:c>
       <x:c r="EA7" s="3" t="n">
-        <x:v>4837</x:v>
+        <x:v>4790</x:v>
       </x:c>
       <x:c r="EB7" s="3" t="n">
-        <x:v>5685</x:v>
+        <x:v>5622</x:v>
       </x:c>
       <x:c r="EC7" s="3" t="n">
-        <x:v>6506</x:v>
+        <x:v>6435</x:v>
       </x:c>
       <x:c r="ED7" s="3" t="n">
-        <x:v>6599</x:v>
+        <x:v>6505</x:v>
       </x:c>
       <x:c r="EE7" s="3" t="n">
-        <x:v>5150</x:v>
+        <x:v>5087</x:v>
       </x:c>
       <x:c r="EF7" s="3" t="n">
-        <x:v>4228</x:v>
+        <x:v>4150</x:v>
       </x:c>
       <x:c r="EG7" s="3" t="n">
-        <x:v>3740</x:v>
+        <x:v>3660</x:v>
       </x:c>
       <x:c r="EH7" s="3" t="n">
-        <x:v>4727</x:v>
+        <x:v>4630</x:v>
       </x:c>
       <x:c r="EI7" s="3" t="n">
-        <x:v>3295</x:v>
+        <x:v>3243</x:v>
       </x:c>
       <x:c r="EJ7" s="3" t="n">
-        <x:v>3011</x:v>
+        <x:v>2960</x:v>
       </x:c>
       <x:c r="EK7" s="3" t="n">
-        <x:v>4044</x:v>
+        <x:v>3971</x:v>
       </x:c>
       <x:c r="EL7" s="3" t="n">
-        <x:v>4883</x:v>
+        <x:v>4802</x:v>
       </x:c>
       <x:c r="EM7" s="3" t="n">
-        <x:v>5149</x:v>
+        <x:v>5089</x:v>
       </x:c>
       <x:c r="EN7" s="3" t="n">
-        <x:v>4928</x:v>
+        <x:v>4868</x:v>
       </x:c>
       <x:c r="EO7" s="3" t="n">
-        <x:v>7372</x:v>
+        <x:v>7271</x:v>
       </x:c>
       <x:c r="EP7" s="3" t="n">
-        <x:v>7616</x:v>
+        <x:v>7510</x:v>
       </x:c>
       <x:c r="EQ7" s="3" t="n">
-        <x:v>5825</x:v>
+        <x:v>5749</x:v>
       </x:c>
       <x:c r="ER7" s="3" t="n">
-        <x:v>5311</x:v>
+        <x:v>5226</x:v>
       </x:c>
       <x:c r="ES7" s="3" t="n">
-        <x:v>7172</x:v>
+        <x:v>7055</x:v>
       </x:c>
       <x:c r="ET7" s="3" t="n">
-        <x:v>6673</x:v>
+        <x:v>6542</x:v>
       </x:c>
       <x:c r="EU7" s="3" t="n">
-        <x:v>5579</x:v>
+        <x:v>5471</x:v>
       </x:c>
       <x:c r="EV7" s="3" t="n">
-        <x:v>6312</x:v>
+        <x:v>6201</x:v>
       </x:c>
       <x:c r="EW7" s="3" t="n">
-        <x:v>7923</x:v>
+        <x:v>7786</x:v>
       </x:c>
       <x:c r="EX7" s="3" t="n">
-        <x:v>9806</x:v>
+        <x:v>9625</x:v>
       </x:c>
       <x:c r="EY7" s="3" t="n">
-        <x:v>9842</x:v>
+        <x:v>9697</x:v>
       </x:c>
       <x:c r="EZ7" s="3" t="n">
-        <x:v>10652</x:v>
+        <x:v>10490</x:v>
       </x:c>
       <x:c r="FA7" s="3" t="n">
-        <x:v>12577</x:v>
+        <x:v>12381</x:v>
       </x:c>
       <x:c r="FB7" s="3" t="n">
-        <x:v>12507</x:v>
+        <x:v>12296</x:v>
       </x:c>
       <x:c r="FC7" s="3" t="n">
-        <x:v>10800</x:v>
+        <x:v>10639</x:v>
       </x:c>
       <x:c r="FD7" s="3" t="n">
-        <x:v>10333</x:v>
+        <x:v>10166</x:v>
       </x:c>
       <x:c r="FE7" s="3" t="n">
-        <x:v>9549</x:v>
+        <x:v>9378</x:v>
       </x:c>
       <x:c r="FF7" s="3" t="n">
-        <x:v>11395</x:v>
+        <x:v>11176</x:v>
       </x:c>
       <x:c r="FG7" s="3" t="n">
-        <x:v>11782</x:v>
+        <x:v>11600</x:v>
       </x:c>
       <x:c r="FH7" s="3" t="n">
-        <x:v>9489</x:v>
+        <x:v>9337</x:v>
       </x:c>
       <x:c r="FI7" s="3" t="n">
-        <x:v>12043</x:v>
+        <x:v>11794</x:v>
       </x:c>
       <x:c r="FJ7" s="3" t="n">
-        <x:v>11444</x:v>
+        <x:v>11204</x:v>
       </x:c>
       <x:c r="FK7" s="3" t="n">
-        <x:v>10993</x:v>
+        <x:v>10782</x:v>
       </x:c>
       <x:c r="FL7" s="3" t="n">
-        <x:v>8424</x:v>
+        <x:v>8263</x:v>
       </x:c>
       <x:c r="FM7" s="3" t="n">
-        <x:v>11533</x:v>
+        <x:v>11298</x:v>
       </x:c>
       <x:c r="FN7" s="3" t="n">
-        <x:v>13485</x:v>
+        <x:v>13234</x:v>
       </x:c>
       <x:c r="FO7" s="3" t="n">
-        <x:v>11000</x:v>
+        <x:v>10785</x:v>
       </x:c>
       <x:c r="FP7" s="3" t="n">
-        <x:v>7529</x:v>
+        <x:v>7382</x:v>
       </x:c>
       <x:c r="FQ7" s="3" t="n">
-        <x:v>9693</x:v>
+        <x:v>9380</x:v>
       </x:c>
       <x:c r="FR7" s="3" t="n">
-        <x:v>10170</x:v>
+        <x:v>9801</x:v>
       </x:c>
       <x:c r="FS7" s="3" t="n">
-        <x:v>10928</x:v>
+        <x:v>10591</x:v>
       </x:c>
       <x:c r="FT7" s="3" t="n">
-        <x:v>11509</x:v>
+        <x:v>11251</x:v>
       </x:c>
       <x:c r="FU7" s="3" t="n">
-        <x:v>12861</x:v>
+        <x:v>12804</x:v>
       </x:c>
       <x:c r="FV7" s="3" t="n">
-        <x:v>17084</x:v>
+        <x:v>17405</x:v>
       </x:c>
       <x:c r="FW7" s="3" t="n">
-        <x:v>18821</x:v>
+        <x:v>19245</x:v>
       </x:c>
       <x:c r="FX7" s="3" t="n">
-        <x:v>15670</x:v>
+        <x:v>15629</x:v>
       </x:c>
       <x:c r="FY7" s="3" t="n">
-        <x:v>15679</x:v>
+        <x:v>14818</x:v>
       </x:c>
       <x:c r="FZ7" s="3" t="n">
-        <x:v>23000</x:v>
+        <x:v>20184</x:v>
       </x:c>
       <x:c r="GA7" s="3" t="n">
-        <x:v>21189</x:v>
+        <x:v>17209</x:v>
       </x:c>
       <x:c r="GB7" s="3" t="n">
-        <x:v>17365</x:v>
+        <x:v>13563</x:v>
       </x:c>
       <x:c r="GC7" s="3" t="n">
-        <x:v>19841</x:v>
+        <x:v>15334</x:v>
       </x:c>
       <x:c r="GD7" s="3" t="n">
-        <x:v>23524</x:v>
+        <x:v>20037</x:v>
       </x:c>
       <x:c r="GE7" s="3" t="n">
-        <x:v>18550</x:v>
+        <x:v>15368</x:v>
       </x:c>
       <x:c r="GF7" s="3" t="n">
-        <x:v>17183</x:v>
+        <x:v>13341</x:v>
       </x:c>
       <x:c r="GG7" s="3" t="n">
-        <x:v>16812</x:v>
+        <x:v>13275</x:v>
       </x:c>
       <x:c r="GH7" s="3" t="n">
-        <x:v>23000</x:v>
+        <x:v>19564</x:v>
       </x:c>
       <x:c r="GI7" s="3" t="n">
-        <x:v>14603</x:v>
+        <x:v>11459</x:v>
+      </x:c>
+      <x:c r="GJ7" s="3" t="n">
+        <x:v>12024</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:191">
+    <x:row r="8" spans="1:192">
       <x:c r="A8" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>249</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>218</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>266</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
         <x:v>240</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
         <x:v>254</x:v>
       </x:c>
@@ -3794,347 +3816,350 @@
       <x:c r="CH8" s="3" t="n">
         <x:v>589</x:v>
       </x:c>
       <x:c r="CI8" s="3" t="n">
         <x:v>536</x:v>
       </x:c>
       <x:c r="CJ8" s="3" t="n">
         <x:v>639</x:v>
       </x:c>
       <x:c r="CK8" s="3" t="n">
         <x:v>710</x:v>
       </x:c>
       <x:c r="CL8" s="3" t="n">
         <x:v>634</x:v>
       </x:c>
       <x:c r="CM8" s="3" t="n">
         <x:v>667</x:v>
       </x:c>
       <x:c r="CN8" s="3" t="n">
         <x:v>626</x:v>
       </x:c>
       <x:c r="CO8" s="3" t="n">
         <x:v>694</x:v>
       </x:c>
       <x:c r="CP8" s="3" t="n">
-        <x:v>725</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="CQ8" s="3" t="n">
-        <x:v>789</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="CR8" s="3" t="n">
-        <x:v>789</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="CS8" s="3" t="n">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="CT8" s="3" t="n">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="CU8" s="3" t="n">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="CV8" s="3" t="n">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="CW8" s="3" t="n">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="CX8" s="3" t="n">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="CY8" s="3" t="n">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="CZ8" s="3" t="n">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="DA8" s="3" t="n">
         <x:v>832</x:v>
       </x:c>
-      <x:c r="CT8" s="3" t="n">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="DB8" s="3" t="n">
-        <x:v>770</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="DC8" s="3" t="n">
-        <x:v>931</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="DD8" s="3" t="n">
-        <x:v>1065</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="DE8" s="3" t="n">
-        <x:v>969</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="DF8" s="3" t="n">
-        <x:v>944</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="DG8" s="3" t="n">
-        <x:v>1106</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="DH8" s="3" t="n">
-        <x:v>856</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="DI8" s="3" t="n">
-        <x:v>889</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="DJ8" s="3" t="n">
-        <x:v>782</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="DK8" s="3" t="n">
-        <x:v>1045</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="DL8" s="3" t="n">
-        <x:v>988</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="DM8" s="3" t="n">
-        <x:v>1173</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="DN8" s="3" t="n">
-        <x:v>1018</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="DO8" s="3" t="n">
-        <x:v>1065</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="DP8" s="3" t="n">
-        <x:v>1134</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="DQ8" s="3" t="n">
-        <x:v>1233</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="DR8" s="3" t="n">
-        <x:v>1032</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="DS8" s="3" t="n">
-        <x:v>1554</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="DT8" s="3" t="n">
-        <x:v>1583</x:v>
+        <x:v>1628</x:v>
       </x:c>
       <x:c r="DU8" s="3" t="n">
-        <x:v>1408</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="DV8" s="3" t="n">
-        <x:v>854</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="DW8" s="3" t="n">
-        <x:v>1162</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="DX8" s="3" t="n">
-        <x:v>1066</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="DY8" s="3" t="n">
-        <x:v>1126</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="DZ8" s="3" t="n">
-        <x:v>937</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="EA8" s="3" t="n">
-        <x:v>1321</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="EB8" s="3" t="n">
-        <x:v>1104</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="EC8" s="3" t="n">
-        <x:v>1166</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="ED8" s="3" t="n">
-        <x:v>1085</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="EE8" s="3" t="n">
-        <x:v>1244</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="EF8" s="3" t="n">
-        <x:v>1439</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="EG8" s="3" t="n">
-        <x:v>1408</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="EH8" s="3" t="n">
-        <x:v>1304</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="EI8" s="3" t="n">
-        <x:v>1438</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="EJ8" s="3" t="n">
-        <x:v>1331</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="EK8" s="3" t="n">
-        <x:v>1230</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="EL8" s="3" t="n">
-        <x:v>1228</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="EM8" s="3" t="n">
-        <x:v>1655</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="EN8" s="3" t="n">
-        <x:v>1357</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="EO8" s="3" t="n">
-        <x:v>1256</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="EP8" s="3" t="n">
-        <x:v>1143</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="EQ8" s="3" t="n">
-        <x:v>1289</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="ER8" s="3" t="n">
-        <x:v>1244</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="ES8" s="3" t="n">
-        <x:v>1264</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="ET8" s="3" t="n">
-        <x:v>1221</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="EU8" s="3" t="n">
-        <x:v>1460</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="EV8" s="3" t="n">
-        <x:v>1479</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="EW8" s="3" t="n">
-        <x:v>1358</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="EX8" s="3" t="n">
-        <x:v>1350</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="EY8" s="3" t="n">
-        <x:v>1308</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="EZ8" s="3" t="n">
-        <x:v>1322</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="FA8" s="3" t="n">
-        <x:v>1146</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="FB8" s="3" t="n">
-        <x:v>1194</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="FC8" s="3" t="n">
-        <x:v>1445</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="FD8" s="3" t="n">
-        <x:v>1388</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="FE8" s="3" t="n">
-        <x:v>1269</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="FF8" s="3" t="n">
-        <x:v>1265</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="FG8" s="3" t="n">
-        <x:v>1482</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="FH8" s="3" t="n">
-        <x:v>1427</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="FI8" s="3" t="n">
-        <x:v>1427</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="FJ8" s="3" t="n">
-        <x:v>1505</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="FK8" s="3" t="n">
-        <x:v>1440</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="FL8" s="3" t="n">
-        <x:v>1836</x:v>
+        <x:v>1974</x:v>
       </x:c>
       <x:c r="FM8" s="3" t="n">
-        <x:v>1645</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="FN8" s="3" t="n">
-        <x:v>1641</x:v>
+        <x:v>1756</x:v>
       </x:c>
       <x:c r="FO8" s="3" t="n">
-        <x:v>1548</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="FP8" s="3" t="n">
-        <x:v>1544</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="FQ8" s="3" t="n">
-        <x:v>1748</x:v>
+        <x:v>1883</x:v>
       </x:c>
       <x:c r="FR8" s="3" t="n">
-        <x:v>1279</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="FS8" s="3" t="n">
-        <x:v>1630</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="FT8" s="3" t="n">
-        <x:v>1787</x:v>
+        <x:v>1912</x:v>
       </x:c>
       <x:c r="FU8" s="3" t="n">
-        <x:v>1768</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="FV8" s="3" t="n">
-        <x:v>1637</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="FW8" s="3" t="n">
-        <x:v>1747</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="FX8" s="3" t="n">
-        <x:v>1707</x:v>
+        <x:v>1680</x:v>
       </x:c>
       <x:c r="FY8" s="3" t="n">
-        <x:v>1697</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="FZ8" s="3" t="n">
-        <x:v>1783</x:v>
+        <x:v>1815</x:v>
       </x:c>
       <x:c r="GA8" s="3" t="n">
-        <x:v>1820</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="GB8" s="3" t="n">
-        <x:v>1843</x:v>
+        <x:v>1936</x:v>
       </x:c>
       <x:c r="GC8" s="3" t="n">
-        <x:v>1581</x:v>
+        <x:v>1671</x:v>
       </x:c>
       <x:c r="GD8" s="3" t="n">
-        <x:v>1435</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="GE8" s="3" t="n">
-        <x:v>1711</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="GF8" s="3" t="n">
-        <x:v>1722</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="GG8" s="3" t="n">
-        <x:v>1805</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="GH8" s="3" t="n">
-        <x:v>1557</x:v>
+        <x:v>1602</x:v>
       </x:c>
       <x:c r="GI8" s="3" t="n">
-        <x:v>1646</x:v>
+        <x:v>1782</x:v>
+      </x:c>
+      <x:c r="GJ8" s="3" t="n">
+        <x:v>1727</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:191">
+    <x:row r="9" spans="1:192">
       <x:c r="A9" s="2" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>4034</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>3067</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>3818</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>3026</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>3387</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>4509</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
         <x:v>6274</x:v>
       </x:c>
       <x:c r="I9" s="3" t="n">
         <x:v>7806</x:v>
       </x:c>
@@ -4369,347 +4394,350 @@
       <x:c r="CH9" s="3" t="n">
         <x:v>25365</x:v>
       </x:c>
       <x:c r="CI9" s="3" t="n">
         <x:v>32648</x:v>
       </x:c>
       <x:c r="CJ9" s="3" t="n">
         <x:v>45739</x:v>
       </x:c>
       <x:c r="CK9" s="3" t="n">
         <x:v>59831</x:v>
       </x:c>
       <x:c r="CL9" s="3" t="n">
         <x:v>74282</x:v>
       </x:c>
       <x:c r="CM9" s="3" t="n">
         <x:v>72712</x:v>
       </x:c>
       <x:c r="CN9" s="3" t="n">
         <x:v>85902</x:v>
       </x:c>
       <x:c r="CO9" s="3" t="n">
         <x:v>97956</x:v>
       </x:c>
       <x:c r="CP9" s="3" t="n">
-        <x:v>82703</x:v>
+        <x:v>82746</x:v>
       </x:c>
       <x:c r="CQ9" s="3" t="n">
-        <x:v>84456</x:v>
+        <x:v>84501</x:v>
       </x:c>
       <x:c r="CR9" s="3" t="n">
-        <x:v>80247</x:v>
+        <x:v>80288</x:v>
       </x:c>
       <x:c r="CS9" s="3" t="n">
-        <x:v>69670</x:v>
+        <x:v>69709</x:v>
       </x:c>
       <x:c r="CT9" s="3" t="n">
-        <x:v>67196</x:v>
+        <x:v>67283</x:v>
       </x:c>
       <x:c r="CU9" s="3" t="n">
-        <x:v>71792</x:v>
+        <x:v>71874</x:v>
       </x:c>
       <x:c r="CV9" s="3" t="n">
-        <x:v>65852</x:v>
+        <x:v>65921</x:v>
       </x:c>
       <x:c r="CW9" s="3" t="n">
-        <x:v>71727</x:v>
+        <x:v>71799</x:v>
       </x:c>
       <x:c r="CX9" s="3" t="n">
-        <x:v>79301</x:v>
+        <x:v>79414</x:v>
       </x:c>
       <x:c r="CY9" s="3" t="n">
-        <x:v>63173</x:v>
+        <x:v>63281</x:v>
       </x:c>
       <x:c r="CZ9" s="3" t="n">
-        <x:v>70914</x:v>
+        <x:v>71047</x:v>
       </x:c>
       <x:c r="DA9" s="3" t="n">
-        <x:v>74499</x:v>
+        <x:v>74630</x:v>
       </x:c>
       <x:c r="DB9" s="3" t="n">
-        <x:v>84005</x:v>
+        <x:v>84184</x:v>
       </x:c>
       <x:c r="DC9" s="3" t="n">
-        <x:v>83379</x:v>
+        <x:v>83559</x:v>
       </x:c>
       <x:c r="DD9" s="3" t="n">
-        <x:v>88208</x:v>
+        <x:v>88401</x:v>
       </x:c>
       <x:c r="DE9" s="3" t="n">
-        <x:v>99030</x:v>
+        <x:v>99248</x:v>
       </x:c>
       <x:c r="DF9" s="3" t="n">
-        <x:v>102838</x:v>
+        <x:v>103121</x:v>
       </x:c>
       <x:c r="DG9" s="3" t="n">
-        <x:v>104147</x:v>
+        <x:v>104451</x:v>
       </x:c>
       <x:c r="DH9" s="3" t="n">
-        <x:v>121425</x:v>
+        <x:v>121757</x:v>
       </x:c>
       <x:c r="DI9" s="3" t="n">
-        <x:v>130958</x:v>
+        <x:v>131326</x:v>
       </x:c>
       <x:c r="DJ9" s="3" t="n">
-        <x:v>143174</x:v>
+        <x:v>143629</x:v>
       </x:c>
       <x:c r="DK9" s="3" t="n">
-        <x:v>131609</x:v>
+        <x:v>132074</x:v>
       </x:c>
       <x:c r="DL9" s="3" t="n">
-        <x:v>134360</x:v>
+        <x:v>134818</x:v>
       </x:c>
       <x:c r="DM9" s="3" t="n">
-        <x:v>132843</x:v>
+        <x:v>133310</x:v>
       </x:c>
       <x:c r="DN9" s="3" t="n">
-        <x:v>121074</x:v>
+        <x:v>121592</x:v>
       </x:c>
       <x:c r="DO9" s="3" t="n">
-        <x:v>119026</x:v>
+        <x:v>119561</x:v>
       </x:c>
       <x:c r="DP9" s="3" t="n">
-        <x:v>123336</x:v>
+        <x:v>123884</x:v>
       </x:c>
       <x:c r="DQ9" s="3" t="n">
-        <x:v>153981</x:v>
+        <x:v>154607</x:v>
       </x:c>
       <x:c r="DR9" s="3" t="n">
-        <x:v>161117</x:v>
+        <x:v>161861</x:v>
       </x:c>
       <x:c r="DS9" s="3" t="n">
-        <x:v>171504</x:v>
+        <x:v>172356</x:v>
       </x:c>
       <x:c r="DT9" s="3" t="n">
-        <x:v>170224</x:v>
+        <x:v>171063</x:v>
       </x:c>
       <x:c r="DU9" s="3" t="n">
-        <x:v>164235</x:v>
+        <x:v>165071</x:v>
       </x:c>
       <x:c r="DV9" s="3" t="n">
-        <x:v>119061</x:v>
+        <x:v>119855</x:v>
       </x:c>
       <x:c r="DW9" s="3" t="n">
-        <x:v>113598</x:v>
+        <x:v>114419</x:v>
       </x:c>
       <x:c r="DX9" s="3" t="n">
-        <x:v>119198</x:v>
+        <x:v>120032</x:v>
       </x:c>
       <x:c r="DY9" s="3" t="n">
-        <x:v>128107</x:v>
+        <x:v>128892</x:v>
       </x:c>
       <x:c r="DZ9" s="3" t="n">
-        <x:v>134168</x:v>
+        <x:v>135049</x:v>
       </x:c>
       <x:c r="EA9" s="3" t="n">
-        <x:v>126512</x:v>
+        <x:v>127467</x:v>
       </x:c>
       <x:c r="EB9" s="3" t="n">
-        <x:v>114610</x:v>
+        <x:v>115540</x:v>
       </x:c>
       <x:c r="EC9" s="3" t="n">
-        <x:v>154408</x:v>
+        <x:v>155446</x:v>
       </x:c>
       <x:c r="ED9" s="3" t="n">
-        <x:v>169190</x:v>
+        <x:v>170344</x:v>
       </x:c>
       <x:c r="EE9" s="3" t="n">
-        <x:v>148153</x:v>
+        <x:v>149229</x:v>
       </x:c>
       <x:c r="EF9" s="3" t="n">
-        <x:v>153777</x:v>
+        <x:v>154946</x:v>
       </x:c>
       <x:c r="EG9" s="3" t="n">
-        <x:v>183218</x:v>
+        <x:v>184631</x:v>
       </x:c>
       <x:c r="EH9" s="3" t="n">
-        <x:v>200343</x:v>
+        <x:v>201909</x:v>
       </x:c>
       <x:c r="EI9" s="3" t="n">
-        <x:v>167616</x:v>
+        <x:v>168934</x:v>
       </x:c>
       <x:c r="EJ9" s="3" t="n">
-        <x:v>149747</x:v>
+        <x:v>150959</x:v>
       </x:c>
       <x:c r="EK9" s="3" t="n">
-        <x:v>172568</x:v>
+        <x:v>173950</x:v>
       </x:c>
       <x:c r="EL9" s="3" t="n">
-        <x:v>169506</x:v>
+        <x:v>171096</x:v>
       </x:c>
       <x:c r="EM9" s="3" t="n">
-        <x:v>157172</x:v>
+        <x:v>158668</x:v>
       </x:c>
       <x:c r="EN9" s="3" t="n">
-        <x:v>162522</x:v>
+        <x:v>164033</x:v>
       </x:c>
       <x:c r="EO9" s="3" t="n">
-        <x:v>188052</x:v>
+        <x:v>189736</x:v>
       </x:c>
       <x:c r="EP9" s="3" t="n">
-        <x:v>183873</x:v>
+        <x:v>185658</x:v>
       </x:c>
       <x:c r="EQ9" s="3" t="n">
-        <x:v>149924</x:v>
+        <x:v>151482</x:v>
       </x:c>
       <x:c r="ER9" s="3" t="n">
-        <x:v>143637</x:v>
+        <x:v>145179</x:v>
       </x:c>
       <x:c r="ES9" s="3" t="n">
-        <x:v>156084</x:v>
+        <x:v>157727</x:v>
       </x:c>
       <x:c r="ET9" s="3" t="n">
-        <x:v>139967</x:v>
+        <x:v>141607</x:v>
       </x:c>
       <x:c r="EU9" s="3" t="n">
-        <x:v>129971</x:v>
+        <x:v>131517</x:v>
       </x:c>
       <x:c r="EV9" s="3" t="n">
-        <x:v>126405</x:v>
+        <x:v>127900</x:v>
       </x:c>
       <x:c r="EW9" s="3" t="n">
-        <x:v>122063</x:v>
+        <x:v>123488</x:v>
       </x:c>
       <x:c r="EX9" s="3" t="n">
-        <x:v>99797</x:v>
+        <x:v>101017</x:v>
       </x:c>
       <x:c r="EY9" s="3" t="n">
-        <x:v>98136</x:v>
+        <x:v>99389</x:v>
       </x:c>
       <x:c r="EZ9" s="3" t="n">
-        <x:v>91163</x:v>
+        <x:v>92335</x:v>
       </x:c>
       <x:c r="FA9" s="3" t="n">
-        <x:v>125476</x:v>
+        <x:v>126855</x:v>
       </x:c>
       <x:c r="FB9" s="3" t="n">
-        <x:v>136638</x:v>
+        <x:v>138103</x:v>
       </x:c>
       <x:c r="FC9" s="3" t="n">
-        <x:v>116632</x:v>
+        <x:v>117983</x:v>
       </x:c>
       <x:c r="FD9" s="3" t="n">
-        <x:v>113309</x:v>
+        <x:v>114680</x:v>
       </x:c>
       <x:c r="FE9" s="3" t="n">
-        <x:v>146471</x:v>
+        <x:v>148082</x:v>
       </x:c>
       <x:c r="FF9" s="3" t="n">
-        <x:v>153306</x:v>
+        <x:v>154991</x:v>
       </x:c>
       <x:c r="FG9" s="3" t="n">
-        <x:v>146566</x:v>
+        <x:v>148148</x:v>
       </x:c>
       <x:c r="FH9" s="3" t="n">
-        <x:v>163023</x:v>
+        <x:v>164837</x:v>
       </x:c>
       <x:c r="FI9" s="3" t="n">
-        <x:v>172488</x:v>
+        <x:v>174468</x:v>
       </x:c>
       <x:c r="FJ9" s="3" t="n">
-        <x:v>149945</x:v>
+        <x:v>151730</x:v>
       </x:c>
       <x:c r="FK9" s="3" t="n">
-        <x:v>122572</x:v>
+        <x:v>124206</x:v>
       </x:c>
       <x:c r="FL9" s="3" t="n">
-        <x:v>106689</x:v>
+        <x:v>108352</x:v>
       </x:c>
       <x:c r="FM9" s="3" t="n">
-        <x:v>145115</x:v>
+        <x:v>147138</x:v>
       </x:c>
       <x:c r="FN9" s="3" t="n">
-        <x:v>121344</x:v>
+        <x:v>123194</x:v>
       </x:c>
       <x:c r="FO9" s="3" t="n">
-        <x:v>69937</x:v>
+        <x:v>71403</x:v>
       </x:c>
       <x:c r="FP9" s="3" t="n">
-        <x:v>91303</x:v>
+        <x:v>92928</x:v>
       </x:c>
       <x:c r="FQ9" s="3" t="n">
-        <x:v>120850</x:v>
+        <x:v>122835</x:v>
       </x:c>
       <x:c r="FR9" s="3" t="n">
-        <x:v>154235</x:v>
+        <x:v>156512</x:v>
       </x:c>
       <x:c r="FS9" s="3" t="n">
-        <x:v>162255</x:v>
+        <x:v>164674</x:v>
       </x:c>
       <x:c r="FT9" s="3" t="n">
-        <x:v>259290</x:v>
+        <x:v>262763</x:v>
       </x:c>
       <x:c r="FU9" s="3" t="n">
-        <x:v>439650</x:v>
+        <x:v>444279</x:v>
       </x:c>
       <x:c r="FV9" s="3" t="n">
-        <x:v>461319</x:v>
+        <x:v>464773</x:v>
       </x:c>
       <x:c r="FW9" s="3" t="n">
-        <x:v>433940</x:v>
+        <x:v>436659</x:v>
       </x:c>
       <x:c r="FX9" s="3" t="n">
-        <x:v>684088</x:v>
+        <x:v>687951</x:v>
       </x:c>
       <x:c r="FY9" s="3" t="n">
-        <x:v>475745</x:v>
+        <x:v>481115</x:v>
       </x:c>
       <x:c r="FZ9" s="3" t="n">
-        <x:v>368105</x:v>
+        <x:v>374149</x:v>
       </x:c>
       <x:c r="GA9" s="3" t="n">
-        <x:v>275434</x:v>
+        <x:v>280739</x:v>
       </x:c>
       <x:c r="GB9" s="3" t="n">
-        <x:v>277894</x:v>
+        <x:v>283734</x:v>
       </x:c>
       <x:c r="GC9" s="3" t="n">
-        <x:v>343653</x:v>
+        <x:v>351357</x:v>
       </x:c>
       <x:c r="GD9" s="3" t="n">
-        <x:v>286689</x:v>
+        <x:v>294651</x:v>
       </x:c>
       <x:c r="GE9" s="3" t="n">
-        <x:v>288847</x:v>
+        <x:v>296601</x:v>
       </x:c>
       <x:c r="GF9" s="3" t="n">
-        <x:v>286834</x:v>
+        <x:v>294065</x:v>
       </x:c>
       <x:c r="GG9" s="3" t="n">
-        <x:v>335859</x:v>
+        <x:v>343435</x:v>
       </x:c>
       <x:c r="GH9" s="3" t="n">
-        <x:v>343635</x:v>
+        <x:v>351575</x:v>
       </x:c>
       <x:c r="GI9" s="3" t="n">
-        <x:v>254668</x:v>
+        <x:v>261682</x:v>
+      </x:c>
+      <x:c r="GJ9" s="3" t="n">
+        <x:v>268929</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:191">
+    <x:row r="10" spans="1:192">
       <x:c r="A10" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>3808</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>2759</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>3407</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>2707</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>3184</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>4402</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
         <x:v>5758</x:v>
       </x:c>
       <x:c r="I10" s="3" t="n">
         <x:v>7365</x:v>
       </x:c>
@@ -4944,347 +4972,350 @@
       <x:c r="CH10" s="3" t="n">
         <x:v>23911</x:v>
       </x:c>
       <x:c r="CI10" s="3" t="n">
         <x:v>31338</x:v>
       </x:c>
       <x:c r="CJ10" s="3" t="n">
         <x:v>44273</x:v>
       </x:c>
       <x:c r="CK10" s="3" t="n">
         <x:v>58818</x:v>
       </x:c>
       <x:c r="CL10" s="3" t="n">
         <x:v>73266</x:v>
       </x:c>
       <x:c r="CM10" s="3" t="n">
         <x:v>71385</x:v>
       </x:c>
       <x:c r="CN10" s="3" t="n">
         <x:v>84561</x:v>
       </x:c>
       <x:c r="CO10" s="3" t="n">
         <x:v>95683</x:v>
       </x:c>
       <x:c r="CP10" s="3" t="n">
-        <x:v>81208</x:v>
+        <x:v>81244</x:v>
       </x:c>
       <x:c r="CQ10" s="3" t="n">
-        <x:v>82532</x:v>
+        <x:v>82569</x:v>
       </x:c>
       <x:c r="CR10" s="3" t="n">
-        <x:v>78916</x:v>
+        <x:v>78951</x:v>
       </x:c>
       <x:c r="CS10" s="3" t="n">
-        <x:v>67562</x:v>
+        <x:v>67592</x:v>
       </x:c>
       <x:c r="CT10" s="3" t="n">
-        <x:v>63545</x:v>
+        <x:v>63602</x:v>
       </x:c>
       <x:c r="CU10" s="3" t="n">
-        <x:v>69391</x:v>
+        <x:v>69453</x:v>
       </x:c>
       <x:c r="CV10" s="3" t="n">
-        <x:v>64496</x:v>
+        <x:v>64554</x:v>
       </x:c>
       <x:c r="CW10" s="3" t="n">
-        <x:v>70615</x:v>
+        <x:v>70678</x:v>
       </x:c>
       <x:c r="CX10" s="3" t="n">
-        <x:v>78724</x:v>
+        <x:v>78829</x:v>
       </x:c>
       <x:c r="CY10" s="3" t="n">
-        <x:v>61056</x:v>
+        <x:v>61138</x:v>
       </x:c>
       <x:c r="CZ10" s="3" t="n">
-        <x:v>67334</x:v>
+        <x:v>67424</x:v>
       </x:c>
       <x:c r="DA10" s="3" t="n">
-        <x:v>71651</x:v>
+        <x:v>71747</x:v>
       </x:c>
       <x:c r="DB10" s="3" t="n">
-        <x:v>81996</x:v>
+        <x:v>82142</x:v>
       </x:c>
       <x:c r="DC10" s="3" t="n">
-        <x:v>81211</x:v>
+        <x:v>81356</x:v>
       </x:c>
       <x:c r="DD10" s="3" t="n">
-        <x:v>85756</x:v>
+        <x:v>85909</x:v>
       </x:c>
       <x:c r="DE10" s="3" t="n">
-        <x:v>96115</x:v>
+        <x:v>96287</x:v>
       </x:c>
       <x:c r="DF10" s="3" t="n">
-        <x:v>99852</x:v>
+        <x:v>100075</x:v>
       </x:c>
       <x:c r="DG10" s="3" t="n">
-        <x:v>100187</x:v>
+        <x:v>100411</x:v>
       </x:c>
       <x:c r="DH10" s="3" t="n">
-        <x:v>118003</x:v>
+        <x:v>118267</x:v>
       </x:c>
       <x:c r="DI10" s="3" t="n">
-        <x:v>126767</x:v>
+        <x:v>127050</x:v>
       </x:c>
       <x:c r="DJ10" s="3" t="n">
-        <x:v>139864</x:v>
+        <x:v>140239</x:v>
       </x:c>
       <x:c r="DK10" s="3" t="n">
-        <x:v>126394</x:v>
+        <x:v>126733</x:v>
       </x:c>
       <x:c r="DL10" s="3" t="n">
-        <x:v>129847</x:v>
+        <x:v>130196</x:v>
       </x:c>
       <x:c r="DM10" s="3" t="n">
-        <x:v>127703</x:v>
+        <x:v>128045</x:v>
       </x:c>
       <x:c r="DN10" s="3" t="n">
-        <x:v>115535</x:v>
+        <x:v>115896</x:v>
       </x:c>
       <x:c r="DO10" s="3" t="n">
-        <x:v>112543</x:v>
+        <x:v>112895</x:v>
       </x:c>
       <x:c r="DP10" s="3" t="n">
-        <x:v>116881</x:v>
+        <x:v>117247</x:v>
       </x:c>
       <x:c r="DQ10" s="3" t="n">
-        <x:v>148223</x:v>
+        <x:v>148686</x:v>
       </x:c>
       <x:c r="DR10" s="3" t="n">
-        <x:v>155226</x:v>
+        <x:v>155781</x:v>
       </x:c>
       <x:c r="DS10" s="3" t="n">
-        <x:v>163180</x:v>
+        <x:v>163763</x:v>
       </x:c>
       <x:c r="DT10" s="3" t="n">
-        <x:v>162188</x:v>
+        <x:v>162768</x:v>
       </x:c>
       <x:c r="DU10" s="3" t="n">
-        <x:v>155532</x:v>
+        <x:v>156088</x:v>
       </x:c>
       <x:c r="DV10" s="3" t="n">
-        <x:v>109257</x:v>
+        <x:v>109696</x:v>
       </x:c>
       <x:c r="DW10" s="3" t="n">
-        <x:v>102318</x:v>
+        <x:v>102729</x:v>
       </x:c>
       <x:c r="DX10" s="3" t="n">
-        <x:v>108204</x:v>
+        <x:v>108639</x:v>
       </x:c>
       <x:c r="DY10" s="3" t="n">
-        <x:v>119734</x:v>
+        <x:v>120216</x:v>
       </x:c>
       <x:c r="DZ10" s="3" t="n">
-        <x:v>126318</x:v>
+        <x:v>126883</x:v>
       </x:c>
       <x:c r="EA10" s="3" t="n">
-        <x:v>115634</x:v>
+        <x:v>116151</x:v>
       </x:c>
       <x:c r="EB10" s="3" t="n">
-        <x:v>102945</x:v>
+        <x:v>103405</x:v>
       </x:c>
       <x:c r="EC10" s="3" t="n">
-        <x:v>144661</x:v>
+        <x:v>145307</x:v>
       </x:c>
       <x:c r="ED10" s="3" t="n">
-        <x:v>161017</x:v>
+        <x:v>161808</x:v>
       </x:c>
       <x:c r="EE10" s="3" t="n">
-        <x:v>139328</x:v>
+        <x:v>140013</x:v>
       </x:c>
       <x:c r="EF10" s="3" t="n">
-        <x:v>143257</x:v>
+        <x:v>143961</x:v>
       </x:c>
       <x:c r="EG10" s="3" t="n">
-        <x:v>170179</x:v>
+        <x:v>171015</x:v>
       </x:c>
       <x:c r="EH10" s="3" t="n">
-        <x:v>188914</x:v>
+        <x:v>189927</x:v>
       </x:c>
       <x:c r="EI10" s="3" t="n">
-        <x:v>157871</x:v>
+        <x:v>158718</x:v>
       </x:c>
       <x:c r="EJ10" s="3" t="n">
-        <x:v>140225</x:v>
+        <x:v>140977</x:v>
       </x:c>
       <x:c r="EK10" s="3" t="n">
-        <x:v>161936</x:v>
+        <x:v>162805</x:v>
       </x:c>
       <x:c r="EL10" s="3" t="n">
-        <x:v>156489</x:v>
+        <x:v>157398</x:v>
       </x:c>
       <x:c r="EM10" s="3" t="n">
-        <x:v>144633</x:v>
+        <x:v>145473</x:v>
       </x:c>
       <x:c r="EN10" s="3" t="n">
-        <x:v>150338</x:v>
+        <x:v>151211</x:v>
       </x:c>
       <x:c r="EO10" s="3" t="n">
-        <x:v>175330</x:v>
+        <x:v>176348</x:v>
       </x:c>
       <x:c r="EP10" s="3" t="n">
-        <x:v>171205</x:v>
+        <x:v>172276</x:v>
       </x:c>
       <x:c r="EQ10" s="3" t="n">
-        <x:v>137552</x:v>
+        <x:v>138412</x:v>
       </x:c>
       <x:c r="ER10" s="3" t="n">
-        <x:v>130808</x:v>
+        <x:v>131626</x:v>
       </x:c>
       <x:c r="ES10" s="3" t="n">
-        <x:v>142775</x:v>
+        <x:v>143668</x:v>
       </x:c>
       <x:c r="ET10" s="3" t="n">
-        <x:v>126878</x:v>
+        <x:v>127729</x:v>
       </x:c>
       <x:c r="EU10" s="3" t="n">
-        <x:v>117404</x:v>
+        <x:v>118191</x:v>
       </x:c>
       <x:c r="EV10" s="3" t="n">
-        <x:v>114339</x:v>
+        <x:v>115106</x:v>
       </x:c>
       <x:c r="EW10" s="3" t="n">
-        <x:v>110769</x:v>
+        <x:v>111511</x:v>
       </x:c>
       <x:c r="EX10" s="3" t="n">
-        <x:v>90669</x:v>
+        <x:v>91308</x:v>
       </x:c>
       <x:c r="EY10" s="3" t="n">
-        <x:v>88332</x:v>
+        <x:v>88958</x:v>
       </x:c>
       <x:c r="EZ10" s="3" t="n">
-        <x:v>82116</x:v>
+        <x:v>82704</x:v>
       </x:c>
       <x:c r="FA10" s="3" t="n">
-        <x:v>117466</x:v>
+        <x:v>118320</x:v>
       </x:c>
       <x:c r="FB10" s="3" t="n">
-        <x:v>129013</x:v>
+        <x:v>129969</x:v>
       </x:c>
       <x:c r="FC10" s="3" t="n">
-        <x:v>108814</x:v>
+        <x:v>109635</x:v>
       </x:c>
       <x:c r="FD10" s="3" t="n">
-        <x:v>105109</x:v>
+        <x:v>105914</x:v>
       </x:c>
       <x:c r="FE10" s="3" t="n">
-        <x:v>138871</x:v>
+        <x:v>139949</x:v>
       </x:c>
       <x:c r="FF10" s="3" t="n">
-        <x:v>145670</x:v>
+        <x:v>146813</x:v>
       </x:c>
       <x:c r="FG10" s="3" t="n">
-        <x:v>140059</x:v>
+        <x:v>141172</x:v>
       </x:c>
       <x:c r="FH10" s="3" t="n">
-        <x:v>155381</x:v>
+        <x:v>156638</x:v>
       </x:c>
       <x:c r="FI10" s="3" t="n">
-        <x:v>163987</x:v>
+        <x:v>165342</x:v>
       </x:c>
       <x:c r="FJ10" s="3" t="n">
-        <x:v>142069</x:v>
+        <x:v>143271</x:v>
       </x:c>
       <x:c r="FK10" s="3" t="n">
-        <x:v>113763</x:v>
+        <x:v>114735</x:v>
       </x:c>
       <x:c r="FL10" s="3" t="n">
-        <x:v>95647</x:v>
+        <x:v>96465</x:v>
       </x:c>
       <x:c r="FM10" s="3" t="n">
-        <x:v>133810</x:v>
+        <x:v>134940</x:v>
       </x:c>
       <x:c r="FN10" s="3" t="n">
-        <x:v>109896</x:v>
+        <x:v>110811</x:v>
       </x:c>
       <x:c r="FO10" s="3" t="n">
-        <x:v>58181</x:v>
+        <x:v>58677</x:v>
       </x:c>
       <x:c r="FP10" s="3" t="n">
-        <x:v>80075</x:v>
+        <x:v>80792</x:v>
       </x:c>
       <x:c r="FQ10" s="3" t="n">
-        <x:v>108869</x:v>
+        <x:v>109930</x:v>
       </x:c>
       <x:c r="FR10" s="3" t="n">
-        <x:v>143970</x:v>
+        <x:v>145504</x:v>
       </x:c>
       <x:c r="FS10" s="3" t="n">
-        <x:v>152090</x:v>
+        <x:v>153754</x:v>
       </x:c>
       <x:c r="FT10" s="3" t="n">
-        <x:v>248230</x:v>
+        <x:v>250767</x:v>
       </x:c>
       <x:c r="FU10" s="3" t="n">
-        <x:v>427615</x:v>
+        <x:v>431001</x:v>
       </x:c>
       <x:c r="FV10" s="3" t="n">
-        <x:v>448321</x:v>
+        <x:v>450115</x:v>
       </x:c>
       <x:c r="FW10" s="3" t="n">
-        <x:v>420815</x:v>
+        <x:v>421751</x:v>
       </x:c>
       <x:c r="FX10" s="3" t="n">
-        <x:v>670740</x:v>
+        <x:v>672964</x:v>
       </x:c>
       <x:c r="FY10" s="3" t="n">
-        <x:v>459920</x:v>
+        <x:v>463874</x:v>
       </x:c>
       <x:c r="FZ10" s="3" t="n">
-        <x:v>351857</x:v>
+        <x:v>357324</x:v>
       </x:c>
       <x:c r="GA10" s="3" t="n">
-        <x:v>258283</x:v>
+        <x:v>263783</x:v>
       </x:c>
       <x:c r="GB10" s="3" t="n">
-        <x:v>259874</x:v>
+        <x:v>266479</x:v>
       </x:c>
       <x:c r="GC10" s="3" t="n">
-        <x:v>323146</x:v>
+        <x:v>332052</x:v>
       </x:c>
       <x:c r="GD10" s="3" t="n">
-        <x:v>265995</x:v>
+        <x:v>274407</x:v>
       </x:c>
       <x:c r="GE10" s="3" t="n">
-        <x:v>267975</x:v>
+        <x:v>276059</x:v>
       </x:c>
       <x:c r="GF10" s="3" t="n">
-        <x:v>265650</x:v>
+        <x:v>273497</x:v>
       </x:c>
       <x:c r="GG10" s="3" t="n">
-        <x:v>313326</x:v>
+        <x:v>321693</x:v>
       </x:c>
       <x:c r="GH10" s="3" t="n">
-        <x:v>321680</x:v>
+        <x:v>330456</x:v>
       </x:c>
       <x:c r="GI10" s="3" t="n">
-        <x:v>233446</x:v>
+        <x:v>241491</x:v>
+      </x:c>
+      <x:c r="GJ10" s="3" t="n">
+        <x:v>250154</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:191">
+    <x:row r="11" spans="1:192">
       <x:c r="A11" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>411</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>319</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>203</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
         <x:v>517</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
         <x:v>441</x:v>
       </x:c>
@@ -5519,347 +5550,350 @@
       <x:c r="CH11" s="3" t="n">
         <x:v>1454</x:v>
       </x:c>
       <x:c r="CI11" s="3" t="n">
         <x:v>1310</x:v>
       </x:c>
       <x:c r="CJ11" s="3" t="n">
         <x:v>1466</x:v>
       </x:c>
       <x:c r="CK11" s="3" t="n">
         <x:v>1012</x:v>
       </x:c>
       <x:c r="CL11" s="3" t="n">
         <x:v>1016</x:v>
       </x:c>
       <x:c r="CM11" s="3" t="n">
         <x:v>1327</x:v>
       </x:c>
       <x:c r="CN11" s="3" t="n">
         <x:v>1340</x:v>
       </x:c>
       <x:c r="CO11" s="3" t="n">
         <x:v>2273</x:v>
       </x:c>
       <x:c r="CP11" s="3" t="n">
-        <x:v>1496</x:v>
+        <x:v>1502</x:v>
       </x:c>
       <x:c r="CQ11" s="3" t="n">
-        <x:v>1925</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="CR11" s="3" t="n">
-        <x:v>1331</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="CS11" s="3" t="n">
-        <x:v>2109</x:v>
+        <x:v>2117</x:v>
       </x:c>
       <x:c r="CT11" s="3" t="n">
-        <x:v>3651</x:v>
+        <x:v>3681</x:v>
       </x:c>
       <x:c r="CU11" s="3" t="n">
-        <x:v>2402</x:v>
+        <x:v>2421</x:v>
       </x:c>
       <x:c r="CV11" s="3" t="n">
-        <x:v>1356</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="CW11" s="3" t="n">
-        <x:v>1112</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="CX11" s="3" t="n">
-        <x:v>578</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="CY11" s="3" t="n">
-        <x:v>2117</x:v>
+        <x:v>2143</x:v>
       </x:c>
       <x:c r="CZ11" s="3" t="n">
-        <x:v>3580</x:v>
+        <x:v>3623</x:v>
       </x:c>
       <x:c r="DA11" s="3" t="n">
-        <x:v>2849</x:v>
+        <x:v>2883</x:v>
       </x:c>
       <x:c r="DB11" s="3" t="n">
-        <x:v>2009</x:v>
+        <x:v>2041</x:v>
       </x:c>
       <x:c r="DC11" s="3" t="n">
-        <x:v>2168</x:v>
+        <x:v>2203</x:v>
       </x:c>
       <x:c r="DD11" s="3" t="n">
-        <x:v>2452</x:v>
+        <x:v>2492</x:v>
       </x:c>
       <x:c r="DE11" s="3" t="n">
-        <x:v>2914</x:v>
+        <x:v>2961</x:v>
       </x:c>
       <x:c r="DF11" s="3" t="n">
-        <x:v>2986</x:v>
+        <x:v>3046</x:v>
       </x:c>
       <x:c r="DG11" s="3" t="n">
-        <x:v>3960</x:v>
+        <x:v>4039</x:v>
       </x:c>
       <x:c r="DH11" s="3" t="n">
-        <x:v>3421</x:v>
+        <x:v>3490</x:v>
       </x:c>
       <x:c r="DI11" s="3" t="n">
-        <x:v>4191</x:v>
+        <x:v>4276</x:v>
       </x:c>
       <x:c r="DJ11" s="3" t="n">
-        <x:v>3310</x:v>
+        <x:v>3390</x:v>
       </x:c>
       <x:c r="DK11" s="3" t="n">
-        <x:v>5215</x:v>
+        <x:v>5341</x:v>
       </x:c>
       <x:c r="DL11" s="3" t="n">
-        <x:v>4513</x:v>
+        <x:v>4622</x:v>
       </x:c>
       <x:c r="DM11" s="3" t="n">
-        <x:v>5141</x:v>
+        <x:v>5265</x:v>
       </x:c>
       <x:c r="DN11" s="3" t="n">
-        <x:v>5540</x:v>
+        <x:v>5696</x:v>
       </x:c>
       <x:c r="DO11" s="3" t="n">
-        <x:v>6483</x:v>
+        <x:v>6666</x:v>
       </x:c>
       <x:c r="DP11" s="3" t="n">
-        <x:v>6455</x:v>
+        <x:v>6637</x:v>
       </x:c>
       <x:c r="DQ11" s="3" t="n">
-        <x:v>5758</x:v>
+        <x:v>5920</x:v>
       </x:c>
       <x:c r="DR11" s="3" t="n">
-        <x:v>5890</x:v>
+        <x:v>6080</x:v>
       </x:c>
       <x:c r="DS11" s="3" t="n">
-        <x:v>8324</x:v>
+        <x:v>8593</x:v>
       </x:c>
       <x:c r="DT11" s="3" t="n">
-        <x:v>8036</x:v>
+        <x:v>8295</x:v>
       </x:c>
       <x:c r="DU11" s="3" t="n">
-        <x:v>8703</x:v>
+        <x:v>8983</x:v>
       </x:c>
       <x:c r="DV11" s="3" t="n">
-        <x:v>9804</x:v>
+        <x:v>10160</x:v>
       </x:c>
       <x:c r="DW11" s="3" t="n">
-        <x:v>11280</x:v>
+        <x:v>11689</x:v>
       </x:c>
       <x:c r="DX11" s="3" t="n">
-        <x:v>10994</x:v>
+        <x:v>11393</x:v>
       </x:c>
       <x:c r="DY11" s="3" t="n">
-        <x:v>8373</x:v>
+        <x:v>8677</x:v>
       </x:c>
       <x:c r="DZ11" s="3" t="n">
-        <x:v>7850</x:v>
+        <x:v>8166</x:v>
       </x:c>
       <x:c r="EA11" s="3" t="n">
-        <x:v>10878</x:v>
+        <x:v>11316</x:v>
       </x:c>
       <x:c r="EB11" s="3" t="n">
-        <x:v>11665</x:v>
+        <x:v>12135</x:v>
       </x:c>
       <x:c r="EC11" s="3" t="n">
-        <x:v>9747</x:v>
+        <x:v>10139</x:v>
       </x:c>
       <x:c r="ED11" s="3" t="n">
-        <x:v>8174</x:v>
+        <x:v>8536</x:v>
       </x:c>
       <x:c r="EE11" s="3" t="n">
-        <x:v>8825</x:v>
+        <x:v>9216</x:v>
       </x:c>
       <x:c r="EF11" s="3" t="n">
-        <x:v>10520</x:v>
+        <x:v>10986</x:v>
       </x:c>
       <x:c r="EG11" s="3" t="n">
-        <x:v>13039</x:v>
+        <x:v>13616</x:v>
       </x:c>
       <x:c r="EH11" s="3" t="n">
-        <x:v>11430</x:v>
+        <x:v>11982</x:v>
       </x:c>
       <x:c r="EI11" s="3" t="n">
-        <x:v>9745</x:v>
+        <x:v>10215</x:v>
       </x:c>
       <x:c r="EJ11" s="3" t="n">
-        <x:v>9522</x:v>
+        <x:v>9982</x:v>
       </x:c>
       <x:c r="EK11" s="3" t="n">
-        <x:v>10632</x:v>
+        <x:v>11145</x:v>
       </x:c>
       <x:c r="EL11" s="3" t="n">
-        <x:v>13017</x:v>
+        <x:v>13698</x:v>
       </x:c>
       <x:c r="EM11" s="3" t="n">
-        <x:v>12540</x:v>
+        <x:v>13196</x:v>
       </x:c>
       <x:c r="EN11" s="3" t="n">
-        <x:v>12185</x:v>
+        <x:v>12822</x:v>
       </x:c>
       <x:c r="EO11" s="3" t="n">
-        <x:v>12722</x:v>
+        <x:v>13387</x:v>
       </x:c>
       <x:c r="EP11" s="3" t="n">
-        <x:v>12668</x:v>
+        <x:v>13382</x:v>
       </x:c>
       <x:c r="EQ11" s="3" t="n">
-        <x:v>12372</x:v>
+        <x:v>13069</x:v>
       </x:c>
       <x:c r="ER11" s="3" t="n">
-        <x:v>12829</x:v>
+        <x:v>13552</x:v>
       </x:c>
       <x:c r="ES11" s="3" t="n">
-        <x:v>13309</x:v>
+        <x:v>14059</x:v>
       </x:c>
       <x:c r="ET11" s="3" t="n">
-        <x:v>13089</x:v>
+        <x:v>13879</x:v>
       </x:c>
       <x:c r="EU11" s="3" t="n">
-        <x:v>12567</x:v>
+        <x:v>13326</x:v>
       </x:c>
       <x:c r="EV11" s="3" t="n">
-        <x:v>12065</x:v>
+        <x:v>12794</x:v>
       </x:c>
       <x:c r="EW11" s="3" t="n">
-        <x:v>11295</x:v>
+        <x:v>11977</x:v>
       </x:c>
       <x:c r="EX11" s="3" t="n">
-        <x:v>9128</x:v>
+        <x:v>9709</x:v>
       </x:c>
       <x:c r="EY11" s="3" t="n">
-        <x:v>9804</x:v>
+        <x:v>10431</x:v>
       </x:c>
       <x:c r="EZ11" s="3" t="n">
-        <x:v>9047</x:v>
+        <x:v>9632</x:v>
       </x:c>
       <x:c r="FA11" s="3" t="n">
-        <x:v>8010</x:v>
+        <x:v>8534</x:v>
       </x:c>
       <x:c r="FB11" s="3" t="n">
-        <x:v>7625</x:v>
+        <x:v>8134</x:v>
       </x:c>
       <x:c r="FC11" s="3" t="n">
-        <x:v>7818</x:v>
+        <x:v>8349</x:v>
       </x:c>
       <x:c r="FD11" s="3" t="n">
-        <x:v>8200</x:v>
+        <x:v>8766</x:v>
       </x:c>
       <x:c r="FE11" s="3" t="n">
-        <x:v>7600</x:v>
+        <x:v>8133</x:v>
       </x:c>
       <x:c r="FF11" s="3" t="n">
-        <x:v>7635</x:v>
+        <x:v>8178</x:v>
       </x:c>
       <x:c r="FG11" s="3" t="n">
-        <x:v>6507</x:v>
+        <x:v>6976</x:v>
       </x:c>
       <x:c r="FH11" s="3" t="n">
-        <x:v>7641</x:v>
+        <x:v>8198</x:v>
       </x:c>
       <x:c r="FI11" s="3" t="n">
-        <x:v>8502</x:v>
+        <x:v>9126</x:v>
       </x:c>
       <x:c r="FJ11" s="3" t="n">
-        <x:v>7876</x:v>
+        <x:v>8459</x:v>
       </x:c>
       <x:c r="FK11" s="3" t="n">
-        <x:v>8809</x:v>
+        <x:v>9471</x:v>
       </x:c>
       <x:c r="FL11" s="3" t="n">
-        <x:v>11041</x:v>
+        <x:v>11888</x:v>
       </x:c>
       <x:c r="FM11" s="3" t="n">
-        <x:v>11305</x:v>
+        <x:v>12198</x:v>
       </x:c>
       <x:c r="FN11" s="3" t="n">
-        <x:v>11448</x:v>
+        <x:v>12383</x:v>
       </x:c>
       <x:c r="FO11" s="3" t="n">
-        <x:v>11756</x:v>
+        <x:v>12726</x:v>
       </x:c>
       <x:c r="FP11" s="3" t="n">
-        <x:v>11228</x:v>
+        <x:v>12135</x:v>
       </x:c>
       <x:c r="FQ11" s="3" t="n">
-        <x:v>11981</x:v>
+        <x:v>12906</x:v>
       </x:c>
       <x:c r="FR11" s="3" t="n">
-        <x:v>10266</x:v>
+        <x:v>11008</x:v>
       </x:c>
       <x:c r="FS11" s="3" t="n">
-        <x:v>10165</x:v>
+        <x:v>10919</x:v>
       </x:c>
       <x:c r="FT11" s="3" t="n">
-        <x:v>11059</x:v>
+        <x:v>11996</x:v>
       </x:c>
       <x:c r="FU11" s="3" t="n">
-        <x:v>12034</x:v>
+        <x:v>13278</x:v>
       </x:c>
       <x:c r="FV11" s="3" t="n">
-        <x:v>12999</x:v>
+        <x:v>14658</x:v>
       </x:c>
       <x:c r="FW11" s="3" t="n">
-        <x:v>13125</x:v>
+        <x:v>14908</x:v>
       </x:c>
       <x:c r="FX11" s="3" t="n">
-        <x:v>13348</x:v>
+        <x:v>14987</x:v>
       </x:c>
       <x:c r="FY11" s="3" t="n">
-        <x:v>15824</x:v>
+        <x:v>17241</x:v>
       </x:c>
       <x:c r="FZ11" s="3" t="n">
-        <x:v>16248</x:v>
+        <x:v>16824</x:v>
       </x:c>
       <x:c r="GA11" s="3" t="n">
-        <x:v>17151</x:v>
+        <x:v>16956</x:v>
       </x:c>
       <x:c r="GB11" s="3" t="n">
-        <x:v>18020</x:v>
+        <x:v>17255</x:v>
       </x:c>
       <x:c r="GC11" s="3" t="n">
-        <x:v>20507</x:v>
+        <x:v>19305</x:v>
       </x:c>
       <x:c r="GD11" s="3" t="n">
-        <x:v>20694</x:v>
+        <x:v>20244</x:v>
       </x:c>
       <x:c r="GE11" s="3" t="n">
-        <x:v>20872</x:v>
+        <x:v>20542</x:v>
       </x:c>
       <x:c r="GF11" s="3" t="n">
-        <x:v>21184</x:v>
+        <x:v>20568</x:v>
       </x:c>
       <x:c r="GG11" s="3" t="n">
-        <x:v>22533</x:v>
+        <x:v>21742</x:v>
       </x:c>
       <x:c r="GH11" s="3" t="n">
-        <x:v>21956</x:v>
+        <x:v>21119</x:v>
       </x:c>
       <x:c r="GI11" s="3" t="n">
-        <x:v>21222</x:v>
+        <x:v>20191</x:v>
+      </x:c>
+      <x:c r="GJ11" s="3" t="n">
+        <x:v>18775</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:191">
+    <x:row r="12" spans="1:192">
       <x:c r="A12" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>7636</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>9576</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>8373</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>10554</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>10732</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
         <x:v>10402</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
         <x:v>9785</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
         <x:v>11299</x:v>
       </x:c>
@@ -6094,347 +6128,350 @@
       <x:c r="CH12" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="CI12" s="3" t="n">
         <x:v>31877</x:v>
       </x:c>
       <x:c r="CJ12" s="3" t="n">
         <x:v>30506</x:v>
       </x:c>
       <x:c r="CK12" s="3" t="n">
         <x:v>33727</x:v>
       </x:c>
       <x:c r="CL12" s="3" t="n">
         <x:v>34819</x:v>
       </x:c>
       <x:c r="CM12" s="3" t="n">
         <x:v>34196</x:v>
       </x:c>
       <x:c r="CN12" s="3" t="n">
         <x:v>32318</x:v>
       </x:c>
       <x:c r="CO12" s="3" t="n">
         <x:v>34106</x:v>
       </x:c>
       <x:c r="CP12" s="3" t="n">
-        <x:v>37083</x:v>
+        <x:v>37110</x:v>
       </x:c>
       <x:c r="CQ12" s="3" t="n">
-        <x:v>34998</x:v>
+        <x:v>35033</x:v>
       </x:c>
       <x:c r="CR12" s="3" t="n">
-        <x:v>32882</x:v>
+        <x:v>32912</x:v>
       </x:c>
       <x:c r="CS12" s="3" t="n">
-        <x:v>36483</x:v>
+        <x:v>36550</x:v>
       </x:c>
       <x:c r="CT12" s="3" t="n">
-        <x:v>35240</x:v>
+        <x:v>35283</x:v>
       </x:c>
       <x:c r="CU12" s="3" t="n">
-        <x:v>38272</x:v>
+        <x:v>38315</x:v>
       </x:c>
       <x:c r="CV12" s="3" t="n">
-        <x:v>32711</x:v>
+        <x:v>32726</x:v>
       </x:c>
       <x:c r="CW12" s="3" t="n">
-        <x:v>34645</x:v>
+        <x:v>34750</x:v>
       </x:c>
       <x:c r="CX12" s="3" t="n">
-        <x:v>35527</x:v>
+        <x:v>35696</x:v>
       </x:c>
       <x:c r="CY12" s="3" t="n">
-        <x:v>37774</x:v>
+        <x:v>37974</x:v>
       </x:c>
       <x:c r="CZ12" s="3" t="n">
-        <x:v>34954</x:v>
+        <x:v>35055</x:v>
       </x:c>
       <x:c r="DA12" s="3" t="n">
-        <x:v>37505</x:v>
+        <x:v>37683</x:v>
       </x:c>
       <x:c r="DB12" s="3" t="n">
-        <x:v>39067</x:v>
+        <x:v>39340</x:v>
       </x:c>
       <x:c r="DC12" s="3" t="n">
-        <x:v>38016</x:v>
+        <x:v>38279</x:v>
       </x:c>
       <x:c r="DD12" s="3" t="n">
-        <x:v>36741</x:v>
+        <x:v>36929</x:v>
       </x:c>
       <x:c r="DE12" s="3" t="n">
-        <x:v>40622</x:v>
+        <x:v>40840</x:v>
       </x:c>
       <x:c r="DF12" s="3" t="n">
-        <x:v>40165</x:v>
+        <x:v>40509</x:v>
       </x:c>
       <x:c r="DG12" s="3" t="n">
-        <x:v>42823</x:v>
+        <x:v>43224</x:v>
       </x:c>
       <x:c r="DH12" s="3" t="n">
-        <x:v>37746</x:v>
+        <x:v>38112</x:v>
       </x:c>
       <x:c r="DI12" s="3" t="n">
-        <x:v>43649</x:v>
+        <x:v>44032</x:v>
       </x:c>
       <x:c r="DJ12" s="3" t="n">
-        <x:v>47148</x:v>
+        <x:v>47439</x:v>
       </x:c>
       <x:c r="DK12" s="3" t="n">
-        <x:v>45890</x:v>
+        <x:v>46325</x:v>
       </x:c>
       <x:c r="DL12" s="3" t="n">
-        <x:v>44051</x:v>
+        <x:v>44456</x:v>
       </x:c>
       <x:c r="DM12" s="3" t="n">
-        <x:v>48766</x:v>
+        <x:v>49107</x:v>
       </x:c>
       <x:c r="DN12" s="3" t="n">
-        <x:v>50767</x:v>
+        <x:v>51410</x:v>
       </x:c>
       <x:c r="DO12" s="3" t="n">
-        <x:v>50021</x:v>
+        <x:v>50843</x:v>
       </x:c>
       <x:c r="DP12" s="3" t="n">
-        <x:v>46279</x:v>
+        <x:v>46912</x:v>
       </x:c>
       <x:c r="DQ12" s="3" t="n">
-        <x:v>50046</x:v>
+        <x:v>50461</x:v>
       </x:c>
       <x:c r="DR12" s="3" t="n">
-        <x:v>49217</x:v>
+        <x:v>49676</x:v>
       </x:c>
       <x:c r="DS12" s="3" t="n">
-        <x:v>53598</x:v>
+        <x:v>53982</x:v>
       </x:c>
       <x:c r="DT12" s="3" t="n">
-        <x:v>48918</x:v>
+        <x:v>49707</x:v>
       </x:c>
       <x:c r="DU12" s="3" t="n">
-        <x:v>53189</x:v>
+        <x:v>54220</x:v>
       </x:c>
       <x:c r="DV12" s="3" t="n">
-        <x:v>47820</x:v>
+        <x:v>48785</x:v>
       </x:c>
       <x:c r="DW12" s="3" t="n">
-        <x:v>44507</x:v>
+        <x:v>45193</x:v>
       </x:c>
       <x:c r="DX12" s="3" t="n">
-        <x:v>43270</x:v>
+        <x:v>44049</x:v>
       </x:c>
       <x:c r="DY12" s="3" t="n">
-        <x:v>46709</x:v>
+        <x:v>47356</x:v>
       </x:c>
       <x:c r="DZ12" s="3" t="n">
-        <x:v>46535</x:v>
+        <x:v>47300</x:v>
       </x:c>
       <x:c r="EA12" s="3" t="n">
-        <x:v>47755</x:v>
+        <x:v>48828</x:v>
       </x:c>
       <x:c r="EB12" s="3" t="n">
-        <x:v>45761</x:v>
+        <x:v>46450</x:v>
       </x:c>
       <x:c r="EC12" s="3" t="n">
-        <x:v>49557</x:v>
+        <x:v>50187</x:v>
       </x:c>
       <x:c r="ED12" s="3" t="n">
-        <x:v>49538</x:v>
+        <x:v>50202</x:v>
       </x:c>
       <x:c r="EE12" s="3" t="n">
-        <x:v>47209</x:v>
+        <x:v>48219</x:v>
       </x:c>
       <x:c r="EF12" s="3" t="n">
-        <x:v>46531</x:v>
+        <x:v>47494</x:v>
       </x:c>
       <x:c r="EG12" s="3" t="n">
-        <x:v>48675</x:v>
+        <x:v>48890</x:v>
       </x:c>
       <x:c r="EH12" s="3" t="n">
-        <x:v>51901</x:v>
+        <x:v>52090</x:v>
       </x:c>
       <x:c r="EI12" s="3" t="n">
-        <x:v>49625</x:v>
+        <x:v>50752</x:v>
       </x:c>
       <x:c r="EJ12" s="3" t="n">
-        <x:v>47936</x:v>
+        <x:v>48812</x:v>
       </x:c>
       <x:c r="EK12" s="3" t="n">
-        <x:v>50612</x:v>
+        <x:v>51250</x:v>
       </x:c>
       <x:c r="EL12" s="3" t="n">
-        <x:v>49640</x:v>
+        <x:v>50290</x:v>
       </x:c>
       <x:c r="EM12" s="3" t="n">
-        <x:v>53825</x:v>
+        <x:v>54810</x:v>
       </x:c>
       <x:c r="EN12" s="3" t="n">
-        <x:v>50080</x:v>
+        <x:v>50682</x:v>
       </x:c>
       <x:c r="EO12" s="3" t="n">
-        <x:v>53797</x:v>
+        <x:v>54288</x:v>
       </x:c>
       <x:c r="EP12" s="3" t="n">
-        <x:v>53321</x:v>
+        <x:v>53496</x:v>
       </x:c>
       <x:c r="EQ12" s="3" t="n">
-        <x:v>53237</x:v>
+        <x:v>53336</x:v>
       </x:c>
       <x:c r="ER12" s="3" t="n">
-        <x:v>53299</x:v>
+        <x:v>53936</x:v>
       </x:c>
       <x:c r="ES12" s="3" t="n">
-        <x:v>57898</x:v>
+        <x:v>59343</x:v>
       </x:c>
       <x:c r="ET12" s="3" t="n">
-        <x:v>56718</x:v>
+        <x:v>57517</x:v>
       </x:c>
       <x:c r="EU12" s="3" t="n">
-        <x:v>55095</x:v>
+        <x:v>55890</x:v>
       </x:c>
       <x:c r="EV12" s="3" t="n">
-        <x:v>52349</x:v>
+        <x:v>53758</x:v>
       </x:c>
       <x:c r="EW12" s="3" t="n">
-        <x:v>53748</x:v>
+        <x:v>54795</x:v>
       </x:c>
       <x:c r="EX12" s="3" t="n">
-        <x:v>52490</x:v>
+        <x:v>54001</x:v>
       </x:c>
       <x:c r="EY12" s="3" t="n">
-        <x:v>52392</x:v>
+        <x:v>52305</x:v>
       </x:c>
       <x:c r="EZ12" s="3" t="n">
-        <x:v>51073</x:v>
+        <x:v>52131</x:v>
       </x:c>
       <x:c r="FA12" s="3" t="n">
-        <x:v>51874</x:v>
+        <x:v>52078</x:v>
       </x:c>
       <x:c r="FB12" s="3" t="n">
-        <x:v>55837</x:v>
+        <x:v>57227</x:v>
       </x:c>
       <x:c r="FC12" s="3" t="n">
-        <x:v>53404</x:v>
+        <x:v>54976</x:v>
       </x:c>
       <x:c r="FD12" s="3" t="n">
-        <x:v>51118</x:v>
+        <x:v>51936</x:v>
       </x:c>
       <x:c r="FE12" s="3" t="n">
-        <x:v>54900</x:v>
+        <x:v>54869</x:v>
       </x:c>
       <x:c r="FF12" s="3" t="n">
-        <x:v>53479</x:v>
+        <x:v>54041</x:v>
       </x:c>
       <x:c r="FG12" s="3" t="n">
-        <x:v>53425</x:v>
+        <x:v>53003</x:v>
       </x:c>
       <x:c r="FH12" s="3" t="n">
-        <x:v>50028</x:v>
+        <x:v>49826</x:v>
       </x:c>
       <x:c r="FI12" s="3" t="n">
-        <x:v>61381</x:v>
+        <x:v>65372</x:v>
       </x:c>
       <x:c r="FJ12" s="3" t="n">
-        <x:v>54353</x:v>
+        <x:v>53235</x:v>
       </x:c>
       <x:c r="FK12" s="3" t="n">
-        <x:v>56989</x:v>
+        <x:v>58321</x:v>
       </x:c>
       <x:c r="FL12" s="3" t="n">
-        <x:v>56266</x:v>
+        <x:v>58159</x:v>
       </x:c>
       <x:c r="FM12" s="3" t="n">
-        <x:v>58139</x:v>
+        <x:v>59693</x:v>
       </x:c>
       <x:c r="FN12" s="3" t="n">
-        <x:v>59206</x:v>
+        <x:v>60175</x:v>
       </x:c>
       <x:c r="FO12" s="3" t="n">
-        <x:v>54844</x:v>
+        <x:v>55604</x:v>
       </x:c>
       <x:c r="FP12" s="3" t="n">
-        <x:v>54325</x:v>
+        <x:v>55168</x:v>
       </x:c>
       <x:c r="FQ12" s="3" t="n">
-        <x:v>59672</x:v>
+        <x:v>60758</x:v>
       </x:c>
       <x:c r="FR12" s="3" t="n">
-        <x:v>58791</x:v>
+        <x:v>59272</x:v>
       </x:c>
       <x:c r="FS12" s="3" t="n">
-        <x:v>60886</x:v>
+        <x:v>61471</x:v>
       </x:c>
       <x:c r="FT12" s="3" t="n">
-        <x:v>60829</x:v>
+        <x:v>61892</x:v>
       </x:c>
       <x:c r="FU12" s="3" t="n">
-        <x:v>62295</x:v>
+        <x:v>64410</x:v>
       </x:c>
       <x:c r="FV12" s="3" t="n">
-        <x:v>66459</x:v>
+        <x:v>67429</x:v>
       </x:c>
       <x:c r="FW12" s="3" t="n">
-        <x:v>69375</x:v>
+        <x:v>71007</x:v>
       </x:c>
       <x:c r="FX12" s="3" t="n">
-        <x:v>66299</x:v>
+        <x:v>67252</x:v>
       </x:c>
       <x:c r="FY12" s="3" t="n">
-        <x:v>77831</x:v>
+        <x:v>77989</x:v>
       </x:c>
       <x:c r="FZ12" s="3" t="n">
-        <x:v>77470</x:v>
+        <x:v>76698</x:v>
       </x:c>
       <x:c r="GA12" s="3" t="n">
-        <x:v>75385</x:v>
+        <x:v>73366</x:v>
       </x:c>
       <x:c r="GB12" s="3" t="n">
-        <x:v>77050</x:v>
+        <x:v>73972</x:v>
       </x:c>
       <x:c r="GC12" s="3" t="n">
-        <x:v>78614</x:v>
+        <x:v>75210</x:v>
       </x:c>
       <x:c r="GD12" s="3" t="n">
-        <x:v>75734</x:v>
+        <x:v>73498</x:v>
       </x:c>
       <x:c r="GE12" s="3" t="n">
-        <x:v>80080</x:v>
+        <x:v>78986</x:v>
       </x:c>
       <x:c r="GF12" s="3" t="n">
-        <x:v>80689</x:v>
+        <x:v>77435</x:v>
       </x:c>
       <x:c r="GG12" s="3" t="n">
-        <x:v>84169</x:v>
+        <x:v>76430</x:v>
       </x:c>
       <x:c r="GH12" s="3" t="n">
-        <x:v>85641</x:v>
+        <x:v>80596</x:v>
       </x:c>
       <x:c r="GI12" s="3" t="n">
-        <x:v>90298</x:v>
+        <x:v>84970</x:v>
+      </x:c>
+      <x:c r="GJ12" s="3" t="n">
+        <x:v>76202</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:191">
+    <x:row r="13" spans="1:192">
       <x:c r="A13" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>957</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>1340</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>1298</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>1234</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>1294</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>1494</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
         <x:v>1276</x:v>
       </x:c>
       <x:c r="I13" s="3" t="n">
         <x:v>1141</x:v>
       </x:c>
@@ -6669,347 +6706,350 @@
       <x:c r="CH13" s="3" t="n">
         <x:v>4881</x:v>
       </x:c>
       <x:c r="CI13" s="3" t="n">
         <x:v>4857</x:v>
       </x:c>
       <x:c r="CJ13" s="3" t="n">
         <x:v>4792</x:v>
       </x:c>
       <x:c r="CK13" s="3" t="n">
         <x:v>5704</x:v>
       </x:c>
       <x:c r="CL13" s="3" t="n">
         <x:v>6353</x:v>
       </x:c>
       <x:c r="CM13" s="3" t="n">
         <x:v>5886</x:v>
       </x:c>
       <x:c r="CN13" s="3" t="n">
         <x:v>5983</x:v>
       </x:c>
       <x:c r="CO13" s="3" t="n">
         <x:v>5402</x:v>
       </x:c>
       <x:c r="CP13" s="3" t="n">
-        <x:v>6775</x:v>
+        <x:v>6776</x:v>
       </x:c>
       <x:c r="CQ13" s="3" t="n">
-        <x:v>6466</x:v>
+        <x:v>6469</x:v>
       </x:c>
       <x:c r="CR13" s="3" t="n">
-        <x:v>6347</x:v>
+        <x:v>6350</x:v>
       </x:c>
       <x:c r="CS13" s="3" t="n">
-        <x:v>6595</x:v>
+        <x:v>6599</x:v>
       </x:c>
       <x:c r="CT13" s="3" t="n">
-        <x:v>6835</x:v>
+        <x:v>6840</x:v>
       </x:c>
       <x:c r="CU13" s="3" t="n">
-        <x:v>7706</x:v>
+        <x:v>7712</x:v>
       </x:c>
       <x:c r="CV13" s="3" t="n">
-        <x:v>6633</x:v>
+        <x:v>6645</x:v>
       </x:c>
       <x:c r="CW13" s="3" t="n">
-        <x:v>6607</x:v>
+        <x:v>6621</x:v>
       </x:c>
       <x:c r="CX13" s="3" t="n">
-        <x:v>6391</x:v>
+        <x:v>6411</x:v>
       </x:c>
       <x:c r="CY13" s="3" t="n">
-        <x:v>7910</x:v>
+        <x:v>7919</x:v>
       </x:c>
       <x:c r="CZ13" s="3" t="n">
-        <x:v>7870</x:v>
+        <x:v>7882</x:v>
       </x:c>
       <x:c r="DA13" s="3" t="n">
-        <x:v>7712</x:v>
+        <x:v>7728</x:v>
       </x:c>
       <x:c r="DB13" s="3" t="n">
-        <x:v>7669</x:v>
+        <x:v>7682</x:v>
       </x:c>
       <x:c r="DC13" s="3" t="n">
-        <x:v>7628</x:v>
+        <x:v>7643</x:v>
       </x:c>
       <x:c r="DD13" s="3" t="n">
-        <x:v>7711</x:v>
+        <x:v>7728</x:v>
       </x:c>
       <x:c r="DE13" s="3" t="n">
-        <x:v>8294</x:v>
+        <x:v>8308</x:v>
       </x:c>
       <x:c r="DF13" s="3" t="n">
-        <x:v>7394</x:v>
+        <x:v>7406</x:v>
       </x:c>
       <x:c r="DG13" s="3" t="n">
-        <x:v>8109</x:v>
+        <x:v>8128</x:v>
       </x:c>
       <x:c r="DH13" s="3" t="n">
-        <x:v>7495</x:v>
+        <x:v>7515</x:v>
       </x:c>
       <x:c r="DI13" s="3" t="n">
-        <x:v>9233</x:v>
+        <x:v>9255</x:v>
       </x:c>
       <x:c r="DJ13" s="3" t="n">
-        <x:v>8598</x:v>
+        <x:v>8599</x:v>
       </x:c>
       <x:c r="DK13" s="3" t="n">
-        <x:v>8185</x:v>
+        <x:v>8196</x:v>
       </x:c>
       <x:c r="DL13" s="3" t="n">
-        <x:v>8296</x:v>
+        <x:v>8303</x:v>
       </x:c>
       <x:c r="DM13" s="3" t="n">
-        <x:v>8815</x:v>
+        <x:v>8817</x:v>
       </x:c>
       <x:c r="DN13" s="3" t="n">
-        <x:v>8139</x:v>
+        <x:v>8158</x:v>
       </x:c>
       <x:c r="DO13" s="3" t="n">
-        <x:v>8280</x:v>
+        <x:v>8302</x:v>
       </x:c>
       <x:c r="DP13" s="3" t="n">
-        <x:v>8225</x:v>
+        <x:v>8253</x:v>
       </x:c>
       <x:c r="DQ13" s="3" t="n">
-        <x:v>8933</x:v>
+        <x:v>8956</x:v>
       </x:c>
       <x:c r="DR13" s="3" t="n">
-        <x:v>7426</x:v>
+        <x:v>7474</x:v>
       </x:c>
       <x:c r="DS13" s="3" t="n">
-        <x:v>7526</x:v>
+        <x:v>7591</x:v>
       </x:c>
       <x:c r="DT13" s="3" t="n">
-        <x:v>8219</x:v>
+        <x:v>8277</x:v>
       </x:c>
       <x:c r="DU13" s="3" t="n">
-        <x:v>9045</x:v>
+        <x:v>9085</x:v>
       </x:c>
       <x:c r="DV13" s="3" t="n">
-        <x:v>7748</x:v>
+        <x:v>7784</x:v>
       </x:c>
       <x:c r="DW13" s="3" t="n">
-        <x:v>7180</x:v>
+        <x:v>7231</x:v>
       </x:c>
       <x:c r="DX13" s="3" t="n">
-        <x:v>7899</x:v>
+        <x:v>7940</x:v>
       </x:c>
       <x:c r="DY13" s="3" t="n">
-        <x:v>8300</x:v>
+        <x:v>8349</x:v>
       </x:c>
       <x:c r="DZ13" s="3" t="n">
-        <x:v>8550</x:v>
+        <x:v>8590</x:v>
       </x:c>
       <x:c r="EA13" s="3" t="n">
-        <x:v>8480</x:v>
+        <x:v>8522</x:v>
       </x:c>
       <x:c r="EB13" s="3" t="n">
-        <x:v>8584</x:v>
+        <x:v>8633</x:v>
       </x:c>
       <x:c r="EC13" s="3" t="n">
-        <x:v>8849</x:v>
+        <x:v>8903</x:v>
       </x:c>
       <x:c r="ED13" s="3" t="n">
-        <x:v>8482</x:v>
+        <x:v>8525</x:v>
       </x:c>
       <x:c r="EE13" s="3" t="n">
-        <x:v>8430</x:v>
+        <x:v>8486</x:v>
       </x:c>
       <x:c r="EF13" s="3" t="n">
-        <x:v>8901</x:v>
+        <x:v>8974</x:v>
       </x:c>
       <x:c r="EG13" s="3" t="n">
-        <x:v>9193</x:v>
+        <x:v>9266</x:v>
       </x:c>
       <x:c r="EH13" s="3" t="n">
-        <x:v>9410</x:v>
+        <x:v>9465</x:v>
       </x:c>
       <x:c r="EI13" s="3" t="n">
-        <x:v>8892</x:v>
+        <x:v>8937</x:v>
       </x:c>
       <x:c r="EJ13" s="3" t="n">
-        <x:v>8626</x:v>
+        <x:v>8684</x:v>
       </x:c>
       <x:c r="EK13" s="3" t="n">
-        <x:v>9013</x:v>
+        <x:v>9088</x:v>
       </x:c>
       <x:c r="EL13" s="3" t="n">
-        <x:v>8678</x:v>
+        <x:v>8711</x:v>
       </x:c>
       <x:c r="EM13" s="3" t="n">
-        <x:v>9018</x:v>
+        <x:v>9053</x:v>
       </x:c>
       <x:c r="EN13" s="3" t="n">
-        <x:v>9684</x:v>
+        <x:v>9725</x:v>
       </x:c>
       <x:c r="EO13" s="3" t="n">
-        <x:v>10193</x:v>
+        <x:v>10212</x:v>
       </x:c>
       <x:c r="EP13" s="3" t="n">
-        <x:v>9309</x:v>
+        <x:v>9331</x:v>
       </x:c>
       <x:c r="EQ13" s="3" t="n">
-        <x:v>10284</x:v>
+        <x:v>10300</x:v>
       </x:c>
       <x:c r="ER13" s="3" t="n">
-        <x:v>10436</x:v>
+        <x:v>10492</x:v>
       </x:c>
       <x:c r="ES13" s="3" t="n">
-        <x:v>10273</x:v>
+        <x:v>10340</x:v>
       </x:c>
       <x:c r="ET13" s="3" t="n">
-        <x:v>9670</x:v>
+        <x:v>9711</x:v>
       </x:c>
       <x:c r="EU13" s="3" t="n">
-        <x:v>10063</x:v>
+        <x:v>10115</x:v>
       </x:c>
       <x:c r="EV13" s="3" t="n">
-        <x:v>10829</x:v>
+        <x:v>10909</x:v>
       </x:c>
       <x:c r="EW13" s="3" t="n">
-        <x:v>10993</x:v>
+        <x:v>11072</x:v>
       </x:c>
       <x:c r="EX13" s="3" t="n">
-        <x:v>10086</x:v>
+        <x:v>10155</x:v>
       </x:c>
       <x:c r="EY13" s="3" t="n">
-        <x:v>10694</x:v>
+        <x:v>10783</x:v>
       </x:c>
       <x:c r="EZ13" s="3" t="n">
-        <x:v>11943</x:v>
+        <x:v>12027</x:v>
       </x:c>
       <x:c r="FA13" s="3" t="n">
-        <x:v>11311</x:v>
+        <x:v>11399</x:v>
       </x:c>
       <x:c r="FB13" s="3" t="n">
-        <x:v>10993</x:v>
+        <x:v>11045</x:v>
       </x:c>
       <x:c r="FC13" s="3" t="n">
-        <x:v>10523</x:v>
+        <x:v>10590</x:v>
       </x:c>
       <x:c r="FD13" s="3" t="n">
-        <x:v>12326</x:v>
+        <x:v>12402</x:v>
       </x:c>
       <x:c r="FE13" s="3" t="n">
-        <x:v>13295</x:v>
+        <x:v>13294</x:v>
       </x:c>
       <x:c r="FF13" s="3" t="n">
-        <x:v>11173</x:v>
+        <x:v>11178</x:v>
       </x:c>
       <x:c r="FG13" s="3" t="n">
-        <x:v>11686</x:v>
+        <x:v>11718</x:v>
       </x:c>
       <x:c r="FH13" s="3" t="n">
-        <x:v>13150</x:v>
+        <x:v>13145</x:v>
       </x:c>
       <x:c r="FI13" s="3" t="n">
-        <x:v>12975</x:v>
+        <x:v>12967</x:v>
       </x:c>
       <x:c r="FJ13" s="3" t="n">
-        <x:v>11795</x:v>
+        <x:v>11787</x:v>
       </x:c>
       <x:c r="FK13" s="3" t="n">
-        <x:v>12506</x:v>
+        <x:v>12508</x:v>
       </x:c>
       <x:c r="FL13" s="3" t="n">
-        <x:v>14213</x:v>
+        <x:v>14203</x:v>
       </x:c>
       <x:c r="FM13" s="3" t="n">
-        <x:v>13409</x:v>
+        <x:v>13426</x:v>
       </x:c>
       <x:c r="FN13" s="3" t="n">
-        <x:v>11151</x:v>
+        <x:v>11225</x:v>
       </x:c>
       <x:c r="FO13" s="3" t="n">
-        <x:v>11912</x:v>
+        <x:v>11968</x:v>
       </x:c>
       <x:c r="FP13" s="3" t="n">
-        <x:v>14250</x:v>
+        <x:v>14327</x:v>
       </x:c>
       <x:c r="FQ13" s="3" t="n">
-        <x:v>13854</x:v>
+        <x:v>13880</x:v>
       </x:c>
       <x:c r="FR13" s="3" t="n">
-        <x:v>11248</x:v>
+        <x:v>11266</x:v>
       </x:c>
       <x:c r="FS13" s="3" t="n">
-        <x:v>11101</x:v>
+        <x:v>11185</x:v>
       </x:c>
       <x:c r="FT13" s="3" t="n">
-        <x:v>14596</x:v>
+        <x:v>14642</x:v>
       </x:c>
       <x:c r="FU13" s="3" t="n">
-        <x:v>11646</x:v>
+        <x:v>11957</x:v>
       </x:c>
       <x:c r="FV13" s="3" t="n">
-        <x:v>10842</x:v>
+        <x:v>11164</x:v>
       </x:c>
       <x:c r="FW13" s="3" t="n">
-        <x:v>10396</x:v>
+        <x:v>10783</x:v>
       </x:c>
       <x:c r="FX13" s="3" t="n">
-        <x:v>15194</x:v>
+        <x:v>15288</x:v>
       </x:c>
       <x:c r="FY13" s="3" t="n">
-        <x:v>16828</x:v>
+        <x:v>16529</x:v>
       </x:c>
       <x:c r="FZ13" s="3" t="n">
-        <x:v>13042</x:v>
+        <x:v>12234</x:v>
       </x:c>
       <x:c r="GA13" s="3" t="n">
-        <x:v>14980</x:v>
+        <x:v>13504</x:v>
       </x:c>
       <x:c r="GB13" s="3" t="n">
-        <x:v>20453</x:v>
+        <x:v>18046</x:v>
       </x:c>
       <x:c r="GC13" s="3" t="n">
-        <x:v>17546</x:v>
+        <x:v>15170</x:v>
       </x:c>
       <x:c r="GD13" s="3" t="n">
-        <x:v>13954</x:v>
+        <x:v>12394</x:v>
       </x:c>
       <x:c r="GE13" s="3" t="n">
-        <x:v>16269</x:v>
+        <x:v>15028</x:v>
       </x:c>
       <x:c r="GF13" s="3" t="n">
-        <x:v>21025</x:v>
+        <x:v>17761</x:v>
       </x:c>
       <x:c r="GG13" s="3" t="n">
-        <x:v>18592</x:v>
+        <x:v>12331</x:v>
       </x:c>
       <x:c r="GH13" s="3" t="n">
-        <x:v>13452</x:v>
+        <x:v>8571</x:v>
       </x:c>
       <x:c r="GI13" s="3" t="n">
-        <x:v>17931</x:v>
+        <x:v>13475</x:v>
+      </x:c>
+      <x:c r="GJ13" s="3" t="n">
+        <x:v>10238</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:191">
+    <x:row r="14" spans="1:192">
       <x:c r="A14" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>724</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>831</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
         <x:v>958</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
         <x:v>1013</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
         <x:v>1040</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
         <x:v>892</x:v>
       </x:c>
       <x:c r="I14" s="3" t="n">
         <x:v>906</x:v>
       </x:c>
@@ -7244,347 +7284,350 @@
       <x:c r="CH14" s="3" t="n">
         <x:v>3584</x:v>
       </x:c>
       <x:c r="CI14" s="3" t="n">
         <x:v>3876</x:v>
       </x:c>
       <x:c r="CJ14" s="3" t="n">
         <x:v>4095</x:v>
       </x:c>
       <x:c r="CK14" s="3" t="n">
         <x:v>4701</x:v>
       </x:c>
       <x:c r="CL14" s="3" t="n">
         <x:v>4802</x:v>
       </x:c>
       <x:c r="CM14" s="3" t="n">
         <x:v>4865</x:v>
       </x:c>
       <x:c r="CN14" s="3" t="n">
         <x:v>4706</x:v>
       </x:c>
       <x:c r="CO14" s="3" t="n">
         <x:v>4773</x:v>
       </x:c>
       <x:c r="CP14" s="3" t="n">
-        <x:v>4952</x:v>
+        <x:v>4958</x:v>
       </x:c>
       <x:c r="CQ14" s="3" t="n">
-        <x:v>5207</x:v>
+        <x:v>5213</x:v>
       </x:c>
       <x:c r="CR14" s="3" t="n">
-        <x:v>5266</x:v>
+        <x:v>5273</x:v>
       </x:c>
       <x:c r="CS14" s="3" t="n">
-        <x:v>5697</x:v>
+        <x:v>5704</x:v>
       </x:c>
       <x:c r="CT14" s="3" t="n">
-        <x:v>5316</x:v>
+        <x:v>5330</x:v>
       </x:c>
       <x:c r="CU14" s="3" t="n">
-        <x:v>5957</x:v>
+        <x:v>5973</x:v>
       </x:c>
       <x:c r="CV14" s="3" t="n">
-        <x:v>6013</x:v>
+        <x:v>6028</x:v>
       </x:c>
       <x:c r="CW14" s="3" t="n">
-        <x:v>6160</x:v>
+        <x:v>6177</x:v>
       </x:c>
       <x:c r="CX14" s="3" t="n">
-        <x:v>6075</x:v>
+        <x:v>6098</x:v>
       </x:c>
       <x:c r="CY14" s="3" t="n">
-        <x:v>6230</x:v>
+        <x:v>6254</x:v>
       </x:c>
       <x:c r="CZ14" s="3" t="n">
+        <x:v>6407</x:v>
+      </x:c>
+      <x:c r="DA14" s="3" t="n">
+        <x:v>6735</x:v>
+      </x:c>
+      <x:c r="DB14" s="3" t="n">
+        <x:v>6310</x:v>
+      </x:c>
+      <x:c r="DC14" s="3" t="n">
         <x:v>6383</x:v>
       </x:c>
-      <x:c r="DA14" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="DD14" s="3" t="n">
-        <x:v>6554</x:v>
+        <x:v>6585</x:v>
       </x:c>
       <x:c r="DE14" s="3" t="n">
-        <x:v>6737</x:v>
+        <x:v>6768</x:v>
       </x:c>
       <x:c r="DF14" s="3" t="n">
-        <x:v>5791</x:v>
+        <x:v>5825</x:v>
       </x:c>
       <x:c r="DG14" s="3" t="n">
-        <x:v>6721</x:v>
+        <x:v>6760</x:v>
       </x:c>
       <x:c r="DH14" s="3" t="n">
-        <x:v>6331</x:v>
+        <x:v>6368</x:v>
       </x:c>
       <x:c r="DI14" s="3" t="n">
-        <x:v>7584</x:v>
+        <x:v>7628</x:v>
       </x:c>
       <x:c r="DJ14" s="3" t="n">
-        <x:v>6360</x:v>
+        <x:v>6400</x:v>
       </x:c>
       <x:c r="DK14" s="3" t="n">
-        <x:v>6482</x:v>
+        <x:v>6523</x:v>
       </x:c>
       <x:c r="DL14" s="3" t="n">
-        <x:v>6372</x:v>
+        <x:v>6412</x:v>
       </x:c>
       <x:c r="DM14" s="3" t="n">
-        <x:v>6540</x:v>
+        <x:v>6581</x:v>
       </x:c>
       <x:c r="DN14" s="3" t="n">
-        <x:v>6565</x:v>
+        <x:v>6615</x:v>
       </x:c>
       <x:c r="DO14" s="3" t="n">
-        <x:v>6778</x:v>
+        <x:v>6830</x:v>
       </x:c>
       <x:c r="DP14" s="3" t="n">
-        <x:v>6924</x:v>
+        <x:v>6977</x:v>
       </x:c>
       <x:c r="DQ14" s="3" t="n">
-        <x:v>7267</x:v>
+        <x:v>7323</x:v>
       </x:c>
       <x:c r="DR14" s="3" t="n">
-        <x:v>6301</x:v>
+        <x:v>6374</x:v>
       </x:c>
       <x:c r="DS14" s="3" t="n">
-        <x:v>6880</x:v>
+        <x:v>6960</x:v>
       </x:c>
       <x:c r="DT14" s="3" t="n">
-        <x:v>7108</x:v>
+        <x:v>7191</x:v>
       </x:c>
       <x:c r="DU14" s="3" t="n">
-        <x:v>7139</x:v>
+        <x:v>7222</x:v>
       </x:c>
       <x:c r="DV14" s="3" t="n">
-        <x:v>6131</x:v>
+        <x:v>6208</x:v>
       </x:c>
       <x:c r="DW14" s="3" t="n">
-        <x:v>6134</x:v>
+        <x:v>6212</x:v>
       </x:c>
       <x:c r="DX14" s="3" t="n">
-        <x:v>6370</x:v>
+        <x:v>6450</x:v>
       </x:c>
       <x:c r="DY14" s="3" t="n">
-        <x:v>6822</x:v>
+        <x:v>6908</x:v>
       </x:c>
       <x:c r="DZ14" s="3" t="n">
-        <x:v>6765</x:v>
+        <x:v>6855</x:v>
       </x:c>
       <x:c r="EA14" s="3" t="n">
-        <x:v>6763</x:v>
+        <x:v>6853</x:v>
       </x:c>
       <x:c r="EB14" s="3" t="n">
-        <x:v>7000</x:v>
+        <x:v>7093</x:v>
       </x:c>
       <x:c r="EC14" s="3" t="n">
-        <x:v>7322</x:v>
+        <x:v>7419</x:v>
       </x:c>
       <x:c r="ED14" s="3" t="n">
-        <x:v>6517</x:v>
+        <x:v>6621</x:v>
       </x:c>
       <x:c r="EE14" s="3" t="n">
-        <x:v>6758</x:v>
+        <x:v>6866</x:v>
       </x:c>
       <x:c r="EF14" s="3" t="n">
-        <x:v>7444</x:v>
+        <x:v>7563</x:v>
       </x:c>
       <x:c r="EG14" s="3" t="n">
-        <x:v>7622</x:v>
+        <x:v>7743</x:v>
       </x:c>
       <x:c r="EH14" s="3" t="n">
-        <x:v>7455</x:v>
+        <x:v>7577</x:v>
       </x:c>
       <x:c r="EI14" s="3" t="n">
-        <x:v>6899</x:v>
+        <x:v>7012</x:v>
       </x:c>
       <x:c r="EJ14" s="3" t="n">
-        <x:v>6978</x:v>
+        <x:v>7092</x:v>
       </x:c>
       <x:c r="EK14" s="3" t="n">
-        <x:v>7578</x:v>
+        <x:v>7702</x:v>
       </x:c>
       <x:c r="EL14" s="3" t="n">
-        <x:v>6640</x:v>
+        <x:v>6748</x:v>
       </x:c>
       <x:c r="EM14" s="3" t="n">
-        <x:v>6912</x:v>
+        <x:v>7024</x:v>
       </x:c>
       <x:c r="EN14" s="3" t="n">
-        <x:v>7490</x:v>
+        <x:v>7611</x:v>
       </x:c>
       <x:c r="EO14" s="3" t="n">
-        <x:v>7436</x:v>
+        <x:v>7556</x:v>
       </x:c>
       <x:c r="EP14" s="3" t="n">
-        <x:v>6699</x:v>
+        <x:v>6825</x:v>
       </x:c>
       <x:c r="EQ14" s="3" t="n">
-        <x:v>7249</x:v>
+        <x:v>7386</x:v>
       </x:c>
       <x:c r="ER14" s="3" t="n">
-        <x:v>8024</x:v>
+        <x:v>8175</x:v>
       </x:c>
       <x:c r="ES14" s="3" t="n">
-        <x:v>8110</x:v>
+        <x:v>8263</x:v>
       </x:c>
       <x:c r="ET14" s="3" t="n">
-        <x:v>7166</x:v>
+        <x:v>7313</x:v>
       </x:c>
       <x:c r="EU14" s="3" t="n">
-        <x:v>7610</x:v>
+        <x:v>7766</x:v>
       </x:c>
       <x:c r="EV14" s="3" t="n">
-        <x:v>8576</x:v>
+        <x:v>8752</x:v>
       </x:c>
       <x:c r="EW14" s="3" t="n">
-        <x:v>8661</x:v>
+        <x:v>8840</x:v>
       </x:c>
       <x:c r="EX14" s="3" t="n">
-        <x:v>7797</x:v>
+        <x:v>7968</x:v>
       </x:c>
       <x:c r="EY14" s="3" t="n">
-        <x:v>8495</x:v>
+        <x:v>8682</x:v>
       </x:c>
       <x:c r="EZ14" s="3" t="n">
-        <x:v>9250</x:v>
+        <x:v>9457</x:v>
       </x:c>
       <x:c r="FA14" s="3" t="n">
-        <x:v>8842</x:v>
+        <x:v>9043</x:v>
       </x:c>
       <x:c r="FB14" s="3" t="n">
-        <x:v>8089</x:v>
+        <x:v>8277</x:v>
       </x:c>
       <x:c r="FC14" s="3" t="n">
-        <x:v>7997</x:v>
+        <x:v>8185</x:v>
       </x:c>
       <x:c r="FD14" s="3" t="n">
-        <x:v>9362</x:v>
+        <x:v>9582</x:v>
       </x:c>
       <x:c r="FE14" s="3" t="n">
-        <x:v>9030</x:v>
+        <x:v>9238</x:v>
       </x:c>
       <x:c r="FF14" s="3" t="n">
-        <x:v>7777</x:v>
+        <x:v>7951</x:v>
       </x:c>
       <x:c r="FG14" s="3" t="n">
-        <x:v>8590</x:v>
+        <x:v>8778</x:v>
       </x:c>
       <x:c r="FH14" s="3" t="n">
-        <x:v>9172</x:v>
+        <x:v>9370</x:v>
       </x:c>
       <x:c r="FI14" s="3" t="n">
-        <x:v>9053</x:v>
+        <x:v>9249</x:v>
       </x:c>
       <x:c r="FJ14" s="3" t="n">
-        <x:v>8227</x:v>
+        <x:v>8407</x:v>
       </x:c>
       <x:c r="FK14" s="3" t="n">
-        <x:v>8831</x:v>
+        <x:v>9029</x:v>
       </x:c>
       <x:c r="FL14" s="3" t="n">
-        <x:v>9788</x:v>
+        <x:v>10016</x:v>
       </x:c>
       <x:c r="FM14" s="3" t="n">
-        <x:v>9459</x:v>
+        <x:v>9692</x:v>
       </x:c>
       <x:c r="FN14" s="3" t="n">
-        <x:v>8484</x:v>
+        <x:v>8706</x:v>
       </x:c>
       <x:c r="FO14" s="3" t="n">
-        <x:v>8789</x:v>
+        <x:v>9020</x:v>
       </x:c>
       <x:c r="FP14" s="3" t="n">
-        <x:v>10834</x:v>
+        <x:v>11106</x:v>
       </x:c>
       <x:c r="FQ14" s="3" t="n">
-        <x:v>10350</x:v>
+        <x:v>10577</x:v>
       </x:c>
       <x:c r="FR14" s="3" t="n">
-        <x:v>8827</x:v>
+        <x:v>8987</x:v>
       </x:c>
       <x:c r="FS14" s="3" t="n">
-        <x:v>9464</x:v>
+        <x:v>9645</x:v>
       </x:c>
       <x:c r="FT14" s="3" t="n">
-        <x:v>10639</x:v>
+        <x:v>10921</x:v>
       </x:c>
       <x:c r="FU14" s="3" t="n">
-        <x:v>10078</x:v>
+        <x:v>10483</x:v>
       </x:c>
       <x:c r="FV14" s="3" t="n">
-        <x:v>8254</x:v>
+        <x:v>8734</x:v>
       </x:c>
       <x:c r="FW14" s="3" t="n">
-        <x:v>8460</x:v>
+        <x:v>8963</x:v>
       </x:c>
       <x:c r="FX14" s="3" t="n">
-        <x:v>9916</x:v>
+        <x:v>10311</x:v>
       </x:c>
       <x:c r="FY14" s="3" t="n">
-        <x:v>11450</x:v>
+        <x:v>11424</x:v>
       </x:c>
       <x:c r="FZ14" s="3" t="n">
-        <x:v>10356</x:v>
+        <x:v>9660</x:v>
       </x:c>
       <x:c r="GA14" s="3" t="n">
-        <x:v>11012</x:v>
+        <x:v>9660</x:v>
       </x:c>
       <x:c r="GB14" s="3" t="n">
-        <x:v>13958</x:v>
+        <x:v>11714</x:v>
       </x:c>
       <x:c r="GC14" s="3" t="n">
-        <x:v>12684</x:v>
+        <x:v>10417</x:v>
       </x:c>
       <x:c r="GD14" s="3" t="n">
-        <x:v>11645</x:v>
+        <x:v>10245</x:v>
       </x:c>
       <x:c r="GE14" s="3" t="n">
-        <x:v>12624</x:v>
+        <x:v>11070</x:v>
       </x:c>
       <x:c r="GF14" s="3" t="n">
-        <x:v>14397</x:v>
+        <x:v>12554</x:v>
       </x:c>
       <x:c r="GG14" s="3" t="n">
-        <x:v>13330</x:v>
+        <x:v>11700</x:v>
       </x:c>
       <x:c r="GH14" s="3" t="n">
-        <x:v>11200</x:v>
+        <x:v>9761</x:v>
       </x:c>
       <x:c r="GI14" s="3" t="n">
-        <x:v>12523</x:v>
+        <x:v>11086</x:v>
+      </x:c>
+      <x:c r="GJ14" s="3" t="n">
+        <x:v>13089</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:191">
+    <x:row r="15" spans="1:192">
       <x:c r="A15" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>509</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
         <x:v>339</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>219</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
         <x:v>281</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I15" s="3" t="n">
         <x:v>235</x:v>
       </x:c>
@@ -7819,347 +7862,350 @@
       <x:c r="CH15" s="3" t="n">
         <x:v>1298</x:v>
       </x:c>
       <x:c r="CI15" s="3" t="n">
         <x:v>981</x:v>
       </x:c>
       <x:c r="CJ15" s="3" t="n">
         <x:v>697</x:v>
       </x:c>
       <x:c r="CK15" s="3" t="n">
         <x:v>1003</x:v>
       </x:c>
       <x:c r="CL15" s="3" t="n">
         <x:v>1551</x:v>
       </x:c>
       <x:c r="CM15" s="3" t="n">
         <x:v>1021</x:v>
       </x:c>
       <x:c r="CN15" s="3" t="n">
         <x:v>1278</x:v>
       </x:c>
       <x:c r="CO15" s="3" t="n">
         <x:v>629</x:v>
       </x:c>
       <x:c r="CP15" s="3" t="n">
-        <x:v>1824</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="CQ15" s="3" t="n">
+        <x:v>1256</x:v>
+      </x:c>
+      <x:c r="CR15" s="3" t="n">
+        <x:v>1078</x:v>
+      </x:c>
+      <x:c r="CS15" s="3" t="n">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="CT15" s="3" t="n">
+        <x:v>1510</x:v>
+      </x:c>
+      <x:c r="CU15" s="3" t="n">
+        <x:v>1739</x:v>
+      </x:c>
+      <x:c r="CV15" s="3" t="n">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="CW15" s="3" t="n">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="CX15" s="3" t="n">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="CY15" s="3" t="n">
+        <x:v>1666</x:v>
+      </x:c>
+      <x:c r="CZ15" s="3" t="n">
+        <x:v>1475</x:v>
+      </x:c>
+      <x:c r="DA15" s="3" t="n">
+        <x:v>993</x:v>
+      </x:c>
+      <x:c r="DB15" s="3" t="n">
+        <x:v>1372</x:v>
+      </x:c>
+      <x:c r="DC15" s="3" t="n">
         <x:v>1260</x:v>
       </x:c>
-      <x:c r="CR15" s="3" t="n">
-[...34 lines deleted...]
-      </x:c>
       <x:c r="DD15" s="3" t="n">
-        <x:v>1157</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="DE15" s="3" t="n">
-        <x:v>1557</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="DF15" s="3" t="n">
-        <x:v>1603</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="DG15" s="3" t="n">
-        <x:v>1388</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="DH15" s="3" t="n">
-        <x:v>1163</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="DI15" s="3" t="n">
-        <x:v>1650</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="DJ15" s="3" t="n">
-        <x:v>2238</x:v>
+        <x:v>2200</x:v>
       </x:c>
       <x:c r="DK15" s="3" t="n">
-        <x:v>1703</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="DL15" s="3" t="n">
-        <x:v>1924</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="DM15" s="3" t="n">
-        <x:v>2275</x:v>
+        <x:v>2237</x:v>
       </x:c>
       <x:c r="DN15" s="3" t="n">
-        <x:v>1574</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="DO15" s="3" t="n">
-        <x:v>1502</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="DP15" s="3" t="n">
-        <x:v>1302</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="DQ15" s="3" t="n">
-        <x:v>1666</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="DR15" s="3" t="n">
-        <x:v>1126</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="DS15" s="3" t="n">
-        <x:v>645</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="DT15" s="3" t="n">
-        <x:v>1111</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="DU15" s="3" t="n">
-        <x:v>1906</x:v>
+        <x:v>1863</x:v>
       </x:c>
       <x:c r="DV15" s="3" t="n">
-        <x:v>1617</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="DW15" s="3" t="n">
-        <x:v>1046</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="DX15" s="3" t="n">
-        <x:v>1529</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="DY15" s="3" t="n">
-        <x:v>1478</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="DZ15" s="3" t="n">
-        <x:v>1785</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="EA15" s="3" t="n">
-        <x:v>1717</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="EB15" s="3" t="n">
-        <x:v>1584</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="EC15" s="3" t="n">
-        <x:v>1527</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="ED15" s="3" t="n">
-        <x:v>1965</x:v>
+        <x:v>1904</x:v>
       </x:c>
       <x:c r="EE15" s="3" t="n">
-        <x:v>1672</x:v>
+        <x:v>1620</x:v>
       </x:c>
       <x:c r="EF15" s="3" t="n">
-        <x:v>1456</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="EG15" s="3" t="n">
-        <x:v>1572</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="EH15" s="3" t="n">
-        <x:v>1955</x:v>
+        <x:v>1888</x:v>
       </x:c>
       <x:c r="EI15" s="3" t="n">
-        <x:v>1993</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="EJ15" s="3" t="n">
-        <x:v>1649</x:v>
+        <x:v>1592</x:v>
       </x:c>
       <x:c r="EK15" s="3" t="n">
-        <x:v>1435</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="EL15" s="3" t="n">
-        <x:v>2038</x:v>
+        <x:v>1963</x:v>
       </x:c>
       <x:c r="EM15" s="3" t="n">
-        <x:v>2107</x:v>
+        <x:v>2029</x:v>
       </x:c>
       <x:c r="EN15" s="3" t="n">
-        <x:v>2194</x:v>
+        <x:v>2113</x:v>
       </x:c>
       <x:c r="EO15" s="3" t="n">
-        <x:v>2757</x:v>
+        <x:v>2655</x:v>
       </x:c>
       <x:c r="EP15" s="3" t="n">
-        <x:v>2610</x:v>
+        <x:v>2507</x:v>
       </x:c>
       <x:c r="EQ15" s="3" t="n">
-        <x:v>3034</x:v>
+        <x:v>2914</x:v>
       </x:c>
       <x:c r="ER15" s="3" t="n">
-        <x:v>2412</x:v>
+        <x:v>2316</x:v>
       </x:c>
       <x:c r="ES15" s="3" t="n">
-        <x:v>2163</x:v>
+        <x:v>2077</x:v>
       </x:c>
       <x:c r="ET15" s="3" t="n">
-        <x:v>2504</x:v>
+        <x:v>2398</x:v>
       </x:c>
       <x:c r="EU15" s="3" t="n">
-        <x:v>2453</x:v>
+        <x:v>2349</x:v>
       </x:c>
       <x:c r="EV15" s="3" t="n">
-        <x:v>2253</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="EW15" s="3" t="n">
-        <x:v>2331</x:v>
+        <x:v>2233</x:v>
       </x:c>
       <x:c r="EX15" s="3" t="n">
-        <x:v>2289</x:v>
+        <x:v>2187</x:v>
       </x:c>
       <x:c r="EY15" s="3" t="n">
-        <x:v>2199</x:v>
+        <x:v>2101</x:v>
       </x:c>
       <x:c r="EZ15" s="3" t="n">
-        <x:v>2693</x:v>
+        <x:v>2571</x:v>
       </x:c>
       <x:c r="FA15" s="3" t="n">
-        <x:v>2469</x:v>
+        <x:v>2356</x:v>
       </x:c>
       <x:c r="FB15" s="3" t="n">
-        <x:v>2905</x:v>
+        <x:v>2769</x:v>
       </x:c>
       <x:c r="FC15" s="3" t="n">
-        <x:v>2526</x:v>
+        <x:v>2406</x:v>
       </x:c>
       <x:c r="FD15" s="3" t="n">
-        <x:v>2964</x:v>
+        <x:v>2821</x:v>
       </x:c>
       <x:c r="FE15" s="3" t="n">
-        <x:v>4265</x:v>
+        <x:v>4056</x:v>
       </x:c>
       <x:c r="FF15" s="3" t="n">
-        <x:v>3396</x:v>
+        <x:v>3227</x:v>
       </x:c>
       <x:c r="FG15" s="3" t="n">
-        <x:v>3096</x:v>
+        <x:v>2940</x:v>
       </x:c>
       <x:c r="FH15" s="3" t="n">
-        <x:v>3978</x:v>
+        <x:v>3775</x:v>
       </x:c>
       <x:c r="FI15" s="3" t="n">
-        <x:v>3922</x:v>
+        <x:v>3718</x:v>
       </x:c>
       <x:c r="FJ15" s="3" t="n">
-        <x:v>3569</x:v>
+        <x:v>3381</x:v>
       </x:c>
       <x:c r="FK15" s="3" t="n">
-        <x:v>3675</x:v>
+        <x:v>3478</x:v>
       </x:c>
       <x:c r="FL15" s="3" t="n">
-        <x:v>4426</x:v>
+        <x:v>4186</x:v>
       </x:c>
       <x:c r="FM15" s="3" t="n">
-        <x:v>3951</x:v>
+        <x:v>3734</x:v>
       </x:c>
       <x:c r="FN15" s="3" t="n">
-        <x:v>2667</x:v>
+        <x:v>2519</x:v>
       </x:c>
       <x:c r="FO15" s="3" t="n">
-        <x:v>3123</x:v>
+        <x:v>2948</x:v>
       </x:c>
       <x:c r="FP15" s="3" t="n">
-        <x:v>3416</x:v>
+        <x:v>3222</x:v>
       </x:c>
       <x:c r="FQ15" s="3" t="n">
-        <x:v>3504</x:v>
+        <x:v>3302</x:v>
       </x:c>
       <x:c r="FR15" s="3" t="n">
-        <x:v>2420</x:v>
+        <x:v>2279</x:v>
       </x:c>
       <x:c r="FS15" s="3" t="n">
-        <x:v>1637</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="FT15" s="3" t="n">
-        <x:v>3957</x:v>
+        <x:v>3720</x:v>
       </x:c>
       <x:c r="FU15" s="3" t="n">
-        <x:v>1568</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="FV15" s="3" t="n">
-        <x:v>2588</x:v>
+        <x:v>2430</x:v>
       </x:c>
       <x:c r="FW15" s="3" t="n">
-        <x:v>1936</x:v>
+        <x:v>1820</x:v>
       </x:c>
       <x:c r="FX15" s="3" t="n">
-        <x:v>5278</x:v>
+        <x:v>4977</x:v>
       </x:c>
       <x:c r="FY15" s="3" t="n">
-        <x:v>5378</x:v>
+        <x:v>5105</x:v>
       </x:c>
       <x:c r="FZ15" s="3" t="n">
-        <x:v>2686</x:v>
+        <x:v>2575</x:v>
       </x:c>
       <x:c r="GA15" s="3" t="n">
-        <x:v>3968</x:v>
+        <x:v>3844</x:v>
       </x:c>
       <x:c r="GB15" s="3" t="n">
-        <x:v>6495</x:v>
+        <x:v>6332</x:v>
       </x:c>
       <x:c r="GC15" s="3" t="n">
-        <x:v>4861</x:v>
+        <x:v>4753</x:v>
       </x:c>
       <x:c r="GD15" s="3" t="n">
-        <x:v>2309</x:v>
+        <x:v>2149</x:v>
       </x:c>
       <x:c r="GE15" s="3" t="n">
-        <x:v>3644</x:v>
+        <x:v>3958</x:v>
       </x:c>
       <x:c r="GF15" s="3" t="n">
-        <x:v>6627</x:v>
+        <x:v>5207</x:v>
       </x:c>
       <x:c r="GG15" s="3" t="n">
-        <x:v>5262</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="GH15" s="3" t="n">
-        <x:v>2252</x:v>
+        <x:v>-1190</x:v>
       </x:c>
       <x:c r="GI15" s="3" t="n">
-        <x:v>5409</x:v>
+        <x:v>2389</x:v>
+      </x:c>
+      <x:c r="GJ15" s="3" t="n">
+        <x:v>-2851</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:191">
+    <x:row r="16" spans="1:192">
       <x:c r="A16" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>393</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>317</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>422</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
         <x:v>447</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H16" s="3" t="n">
         <x:v>347</x:v>
       </x:c>
       <x:c r="I16" s="3" t="n">
         <x:v>422</x:v>
       </x:c>
@@ -8415,326 +8461,329 @@
       <x:c r="CO16" s="3" t="n">
         <x:v>554</x:v>
       </x:c>
       <x:c r="CP16" s="3" t="n">
         <x:v>679</x:v>
       </x:c>
       <x:c r="CQ16" s="3" t="n">
         <x:v>606</x:v>
       </x:c>
       <x:c r="CR16" s="3" t="n">
         <x:v>526</x:v>
       </x:c>
       <x:c r="CS16" s="3" t="n">
         <x:v>703</x:v>
       </x:c>
       <x:c r="CT16" s="3" t="n">
         <x:v>593</x:v>
       </x:c>
       <x:c r="CU16" s="3" t="n">
         <x:v>635</x:v>
       </x:c>
       <x:c r="CV16" s="3" t="n">
         <x:v>497</x:v>
       </x:c>
       <x:c r="CW16" s="3" t="n">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="CX16" s="3" t="n">
         <x:v>648</x:v>
       </x:c>
       <x:c r="CY16" s="3" t="n">
-        <x:v>586</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="CZ16" s="3" t="n">
         <x:v>489</x:v>
       </x:c>
       <x:c r="DA16" s="3" t="n">
         <x:v>555</x:v>
       </x:c>
       <x:c r="DB16" s="3" t="n">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="DC16" s="3" t="n">
-        <x:v>569</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="DD16" s="3" t="n">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="DE16" s="3" t="n">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="DF16" s="3" t="n">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="DG16" s="3" t="n">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="DH16" s="3" t="n">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="DI16" s="3" t="n">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="DJ16" s="3" t="n">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="DK16" s="3" t="n">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="DL16" s="3" t="n">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="DM16" s="3" t="n">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="DN16" s="3" t="n">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="DO16" s="3" t="n">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="DP16" s="3" t="n">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="DQ16" s="3" t="n">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="DR16" s="3" t="n">
+        <x:v>803</x:v>
+      </x:c>
+      <x:c r="DS16" s="3" t="n">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="DT16" s="3" t="n">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="DU16" s="3" t="n">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="DV16" s="3" t="n">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="DW16" s="3" t="n">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="DX16" s="3" t="n">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="DE16" s="3" t="n">
+      <x:c r="DY16" s="3" t="n">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="DZ16" s="3" t="n">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="EA16" s="3" t="n">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="EB16" s="3" t="n">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="EC16" s="3" t="n">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="ED16" s="3" t="n">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="EE16" s="3" t="n">
         <x:v>641</x:v>
       </x:c>
-      <x:c r="DF16" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="DI16" s="3" t="n">
+      <x:c r="EF16" s="3" t="n">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="EG16" s="3" t="n">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="EH16" s="3" t="n">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="EI16" s="3" t="n">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="EJ16" s="3" t="n">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="EK16" s="3" t="n">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="EL16" s="3" t="n">
         <x:v>705</x:v>
       </x:c>
-      <x:c r="DJ16" s="3" t="n">
-[...85 lines deleted...]
-      </x:c>
       <x:c r="EM16" s="3" t="n">
-        <x:v>724</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="EN16" s="3" t="n">
-        <x:v>648</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="EO16" s="3" t="n">
-        <x:v>692</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="EP16" s="3" t="n">
-        <x:v>706</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="EQ16" s="3" t="n">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="ER16" s="3" t="n">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="ES16" s="3" t="n">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="ET16" s="3" t="n">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="EU16" s="3" t="n">
         <x:v>679</x:v>
       </x:c>
-      <x:c r="ER16" s="3" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="EV16" s="3" t="n">
-        <x:v>611</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="EW16" s="3" t="n">
-        <x:v>739</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="EX16" s="3" t="n">
-        <x:v>713</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="EY16" s="3" t="n">
-        <x:v>771</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="EZ16" s="3" t="n">
-        <x:v>687</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="FA16" s="3" t="n">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="FB16" s="3" t="n">
-        <x:v>845</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="FC16" s="3" t="n">
-        <x:v>814</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="FD16" s="3" t="n">
-        <x:v>724</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="FE16" s="3" t="n">
+        <x:v>828</x:v>
+      </x:c>
+      <x:c r="FF16" s="3" t="n">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="FG16" s="3" t="n">
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="FH16" s="3" t="n">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="FI16" s="3" t="n">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="FJ16" s="3" t="n">
         <x:v>824</x:v>
       </x:c>
-      <x:c r="FF16" s="3" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="FK16" s="3" t="n">
-        <x:v>800</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="FL16" s="3" t="n">
-        <x:v>743</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="FM16" s="3" t="n">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="FN16" s="3" t="n">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="FO16" s="3" t="n">
+        <x:v>940</x:v>
+      </x:c>
+      <x:c r="FP16" s="3" t="n">
+        <x:v>941</x:v>
+      </x:c>
+      <x:c r="FQ16" s="3" t="n">
+        <x:v>1038</x:v>
+      </x:c>
+      <x:c r="FR16" s="3" t="n">
+        <x:v>1070</x:v>
+      </x:c>
+      <x:c r="FS16" s="3" t="n">
+        <x:v>1112</x:v>
+      </x:c>
+      <x:c r="FT16" s="3" t="n">
+        <x:v>972</x:v>
+      </x:c>
+      <x:c r="FU16" s="3" t="n">
+        <x:v>1050</x:v>
+      </x:c>
+      <x:c r="FV16" s="3" t="n">
+        <x:v>1047</x:v>
+      </x:c>
+      <x:c r="FW16" s="3" t="n">
+        <x:v>1093</x:v>
+      </x:c>
+      <x:c r="FX16" s="3" t="n">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="FY16" s="3" t="n">
+        <x:v>1087</x:v>
+      </x:c>
+      <x:c r="FZ16" s="3" t="n">
+        <x:v>1173</x:v>
+      </x:c>
+      <x:c r="GA16" s="3" t="n">
+        <x:v>1077</x:v>
+      </x:c>
+      <x:c r="GB16" s="3" t="n">
         <x:v>949</x:v>
       </x:c>
-      <x:c r="FO16" s="3" t="n">
-[...40 lines deleted...]
-      </x:c>
       <x:c r="GC16" s="3" t="n">
-        <x:v>1182</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="GD16" s="3" t="n">
-        <x:v>1254</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="GE16" s="3" t="n">
-        <x:v>1337</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="GF16" s="3" t="n">
-        <x:v>1138</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="GG16" s="3" t="n">
-        <x:v>1172</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="GH16" s="3" t="n">
-        <x:v>1230</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="GI16" s="3" t="n">
-        <x:v>1238</x:v>
+        <x:v>1107</x:v>
+      </x:c>
+      <x:c r="GJ16" s="3" t="n">
+        <x:v>1118</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:191">
+    <x:row r="17" spans="1:192">
       <x:c r="A17" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>586</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>715</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
         <x:v>583</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
         <x:v>705</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
         <x:v>724</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
         <x:v>713</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
         <x:v>617</x:v>
       </x:c>
       <x:c r="I17" s="3" t="n">
         <x:v>776</x:v>
       </x:c>
@@ -8969,347 +9018,350 @@
       <x:c r="CH17" s="3" t="n">
         <x:v>1245</x:v>
       </x:c>
       <x:c r="CI17" s="3" t="n">
         <x:v>1231</x:v>
       </x:c>
       <x:c r="CJ17" s="3" t="n">
         <x:v>1165</x:v>
       </x:c>
       <x:c r="CK17" s="3" t="n">
         <x:v>1367</x:v>
       </x:c>
       <x:c r="CL17" s="3" t="n">
         <x:v>1465</x:v>
       </x:c>
       <x:c r="CM17" s="3" t="n">
         <x:v>1374</x:v>
       </x:c>
       <x:c r="CN17" s="3" t="n">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="CO17" s="3" t="n">
         <x:v>1449</x:v>
       </x:c>
       <x:c r="CP17" s="3" t="n">
-        <x:v>1753</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="CQ17" s="3" t="n">
-        <x:v>1666</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="CR17" s="3" t="n">
         <x:v>1507</x:v>
       </x:c>
       <x:c r="CS17" s="3" t="n">
-        <x:v>1673</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="CT17" s="3" t="n">
-        <x:v>1469</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="CU17" s="3" t="n">
-        <x:v>1724</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="CV17" s="3" t="n">
-        <x:v>1459</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="CW17" s="3" t="n">
-        <x:v>1497</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="CX17" s="3" t="n">
-        <x:v>1620</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="CY17" s="3" t="n">
-        <x:v>1619</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="CZ17" s="3" t="n">
-        <x:v>1470</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="DA17" s="3" t="n">
-        <x:v>1496</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="DB17" s="3" t="n">
-        <x:v>1849</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="DC17" s="3" t="n">
-        <x:v>1913</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="DD17" s="3" t="n">
-        <x:v>1671</x:v>
+        <x:v>1675</x:v>
       </x:c>
       <x:c r="DE17" s="3" t="n">
-        <x:v>1940</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="DF17" s="3" t="n">
-        <x:v>1734</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="DG17" s="3" t="n">
-        <x:v>2096</x:v>
+        <x:v>2102</x:v>
       </x:c>
       <x:c r="DH17" s="3" t="n">
-        <x:v>1750</x:v>
+        <x:v>1755</x:v>
       </x:c>
       <x:c r="DI17" s="3" t="n">
-        <x:v>1989</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="DJ17" s="3" t="n">
-        <x:v>2102</x:v>
+        <x:v>2109</x:v>
       </x:c>
       <x:c r="DK17" s="3" t="n">
-        <x:v>2022</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="DL17" s="3" t="n">
-        <x:v>1851</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="DM17" s="3" t="n">
-        <x:v>2265</x:v>
+        <x:v>2272</x:v>
       </x:c>
       <x:c r="DN17" s="3" t="n">
+        <x:v>2098</x:v>
+      </x:c>
+      <x:c r="DO17" s="3" t="n">
+        <x:v>2391</x:v>
+      </x:c>
+      <x:c r="DP17" s="3" t="n">
+        <x:v>2131</x:v>
+      </x:c>
+      <x:c r="DQ17" s="3" t="n">
+        <x:v>2379</x:v>
+      </x:c>
+      <x:c r="DR17" s="3" t="n">
+        <x:v>1997</x:v>
+      </x:c>
+      <x:c r="DS17" s="3" t="n">
+        <x:v>2257</x:v>
+      </x:c>
+      <x:c r="DT17" s="3" t="n">
+        <x:v>1757</x:v>
+      </x:c>
+      <x:c r="DU17" s="3" t="n">
+        <x:v>1819</x:v>
+      </x:c>
+      <x:c r="DV17" s="3" t="n">
+        <x:v>1478</x:v>
+      </x:c>
+      <x:c r="DW17" s="3" t="n">
+        <x:v>1770</x:v>
+      </x:c>
+      <x:c r="DX17" s="3" t="n">
+        <x:v>1625</x:v>
+      </x:c>
+      <x:c r="DY17" s="3" t="n">
+        <x:v>1876</x:v>
+      </x:c>
+      <x:c r="DZ17" s="3" t="n">
+        <x:v>1595</x:v>
+      </x:c>
+      <x:c r="EA17" s="3" t="n">
+        <x:v>1926</x:v>
+      </x:c>
+      <x:c r="EB17" s="3" t="n">
+        <x:v>1825</x:v>
+      </x:c>
+      <x:c r="EC17" s="3" t="n">
+        <x:v>1847</x:v>
+      </x:c>
+      <x:c r="ED17" s="3" t="n">
+        <x:v>1900</x:v>
+      </x:c>
+      <x:c r="EE17" s="3" t="n">
+        <x:v>2112</x:v>
+      </x:c>
+      <x:c r="EF17" s="3" t="n">
+        <x:v>1822</x:v>
+      </x:c>
+      <x:c r="EG17" s="3" t="n">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="EH17" s="3" t="n">
+        <x:v>2048</x:v>
+      </x:c>
+      <x:c r="EI17" s="3" t="n">
+        <x:v>2068</x:v>
+      </x:c>
+      <x:c r="EJ17" s="3" t="n">
+        <x:v>1838</x:v>
+      </x:c>
+      <x:c r="EK17" s="3" t="n">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="EL17" s="3" t="n">
+        <x:v>1711</x:v>
+      </x:c>
+      <x:c r="EM17" s="3" t="n">
+        <x:v>2027</x:v>
+      </x:c>
+      <x:c r="EN17" s="3" t="n">
+        <x:v>1772</x:v>
+      </x:c>
+      <x:c r="EO17" s="3" t="n">
+        <x:v>2010</x:v>
+      </x:c>
+      <x:c r="EP17" s="3" t="n">
+        <x:v>1846</x:v>
+      </x:c>
+      <x:c r="EQ17" s="3" t="n">
+        <x:v>2006</x:v>
+      </x:c>
+      <x:c r="ER17" s="3" t="n">
+        <x:v>1814</x:v>
+      </x:c>
+      <x:c r="ES17" s="3" t="n">
+        <x:v>1980</x:v>
+      </x:c>
+      <x:c r="ET17" s="3" t="n">
+        <x:v>1924</x:v>
+      </x:c>
+      <x:c r="EU17" s="3" t="n">
+        <x:v>2255</x:v>
+      </x:c>
+      <x:c r="EV17" s="3" t="n">
+        <x:v>2092</x:v>
+      </x:c>
+      <x:c r="EW17" s="3" t="n">
+        <x:v>2186</x:v>
+      </x:c>
+      <x:c r="EX17" s="3" t="n">
+        <x:v>1914</x:v>
+      </x:c>
+      <x:c r="EY17" s="3" t="n">
+        <x:v>2506</x:v>
+      </x:c>
+      <x:c r="EZ17" s="3" t="n">
+        <x:v>2104</x:v>
+      </x:c>
+      <x:c r="FA17" s="3" t="n">
+        <x:v>2287</x:v>
+      </x:c>
+      <x:c r="FB17" s="3" t="n">
+        <x:v>2377</x:v>
+      </x:c>
+      <x:c r="FC17" s="3" t="n">
+        <x:v>2354</x:v>
+      </x:c>
+      <x:c r="FD17" s="3" t="n">
+        <x:v>2138</x:v>
+      </x:c>
+      <x:c r="FE17" s="3" t="n">
+        <x:v>2401</x:v>
+      </x:c>
+      <x:c r="FF17" s="3" t="n">
+        <x:v>2073</x:v>
+      </x:c>
+      <x:c r="FG17" s="3" t="n">
+        <x:v>2545</x:v>
+      </x:c>
+      <x:c r="FH17" s="3" t="n">
+        <x:v>2202</x:v>
+      </x:c>
+      <x:c r="FI17" s="3" t="n">
+        <x:v>2651</x:v>
+      </x:c>
+      <x:c r="FJ17" s="3" t="n">
+        <x:v>2341</x:v>
+      </x:c>
+      <x:c r="FK17" s="3" t="n">
+        <x:v>2419</x:v>
+      </x:c>
+      <x:c r="FL17" s="3" t="n">
+        <x:v>2219</x:v>
+      </x:c>
+      <x:c r="FM17" s="3" t="n">
+        <x:v>2330</x:v>
+      </x:c>
+      <x:c r="FN17" s="3" t="n">
+        <x:v>2332</x:v>
+      </x:c>
+      <x:c r="FO17" s="3" t="n">
+        <x:v>2496</x:v>
+      </x:c>
+      <x:c r="FP17" s="3" t="n">
+        <x:v>2584</x:v>
+      </x:c>
+      <x:c r="FQ17" s="3" t="n">
+        <x:v>2940</x:v>
+      </x:c>
+      <x:c r="FR17" s="3" t="n">
+        <x:v>2728</x:v>
+      </x:c>
+      <x:c r="FS17" s="3" t="n">
+        <x:v>3542</x:v>
+      </x:c>
+      <x:c r="FT17" s="3" t="n">
+        <x:v>3599</x:v>
+      </x:c>
+      <x:c r="FU17" s="3" t="n">
+        <x:v>4400</x:v>
+      </x:c>
+      <x:c r="FV17" s="3" t="n">
+        <x:v>3900</x:v>
+      </x:c>
+      <x:c r="FW17" s="3" t="n">
+        <x:v>3501</x:v>
+      </x:c>
+      <x:c r="FX17" s="3" t="n">
+        <x:v>2779</x:v>
+      </x:c>
+      <x:c r="FY17" s="3" t="n">
+        <x:v>2790</x:v>
+      </x:c>
+      <x:c r="FZ17" s="3" t="n">
+        <x:v>2860</x:v>
+      </x:c>
+      <x:c r="GA17" s="3" t="n">
+        <x:v>2631</x:v>
+      </x:c>
+      <x:c r="GB17" s="3" t="n">
+        <x:v>2244</x:v>
+      </x:c>
+      <x:c r="GC17" s="3" t="n">
+        <x:v>2283</x:v>
+      </x:c>
+      <x:c r="GD17" s="3" t="n">
+        <x:v>2060</x:v>
+      </x:c>
+      <x:c r="GE17" s="3" t="n">
+        <x:v>2517</x:v>
+      </x:c>
+      <x:c r="GF17" s="3" t="n">
         <x:v>2090</x:v>
       </x:c>
-      <x:c r="DO17" s="3" t="n">
-[...110 lines deleted...]
-      <x:c r="EZ17" s="3" t="n">
+      <x:c r="GG17" s="3" t="n">
+        <x:v>2272</x:v>
+      </x:c>
+      <x:c r="GH17" s="3" t="n">
+        <x:v>2177</x:v>
+      </x:c>
+      <x:c r="GI17" s="3" t="n">
+        <x:v>2290</x:v>
+      </x:c>
+      <x:c r="GJ17" s="3" t="n">
         <x:v>2087</x:v>
       </x:c>
-      <x:c r="FA17" s="3" t="n">
-[...103 lines deleted...]
-      </x:c>
     </x:row>
-    <x:row r="18" spans="1:191">
+    <x:row r="18" spans="1:192">
       <x:c r="A18" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
         <x:v>440</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
         <x:v>303</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
         <x:v>618</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
         <x:v>512</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
         <x:v>515</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
         <x:v>477</x:v>
       </x:c>
       <x:c r="I18" s="3" t="n">
         <x:v>550</x:v>
       </x:c>
@@ -9544,347 +9596,350 @@
       <x:c r="CH18" s="3" t="n">
         <x:v>1538</x:v>
       </x:c>
       <x:c r="CI18" s="3" t="n">
         <x:v>1485</x:v>
       </x:c>
       <x:c r="CJ18" s="3" t="n">
         <x:v>1453</x:v>
       </x:c>
       <x:c r="CK18" s="3" t="n">
         <x:v>1493</x:v>
       </x:c>
       <x:c r="CL18" s="3" t="n">
         <x:v>1498</x:v>
       </x:c>
       <x:c r="CM18" s="3" t="n">
         <x:v>1736</x:v>
       </x:c>
       <x:c r="CN18" s="3" t="n">
         <x:v>1763</x:v>
       </x:c>
       <x:c r="CO18" s="3" t="n">
         <x:v>1671</x:v>
       </x:c>
       <x:c r="CP18" s="3" t="n">
-        <x:v>2272</x:v>
+        <x:v>2270</x:v>
       </x:c>
       <x:c r="CQ18" s="3" t="n">
-        <x:v>1974</x:v>
+        <x:v>1972</x:v>
       </x:c>
       <x:c r="CR18" s="3" t="n">
-        <x:v>1775</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="CS18" s="3" t="n">
+        <x:v>1507</x:v>
+      </x:c>
+      <x:c r="CT18" s="3" t="n">
+        <x:v>1538</x:v>
+      </x:c>
+      <x:c r="CU18" s="3" t="n">
+        <x:v>1534</x:v>
+      </x:c>
+      <x:c r="CV18" s="3" t="n">
+        <x:v>1235</x:v>
+      </x:c>
+      <x:c r="CW18" s="3" t="n">
+        <x:v>1087</x:v>
+      </x:c>
+      <x:c r="CX18" s="3" t="n">
+        <x:v>1136</x:v>
+      </x:c>
+      <x:c r="CY18" s="3" t="n">
+        <x:v>1336</x:v>
+      </x:c>
+      <x:c r="CZ18" s="3" t="n">
+        <x:v>1459</x:v>
+      </x:c>
+      <x:c r="DA18" s="3" t="n">
+        <x:v>1231</x:v>
+      </x:c>
+      <x:c r="DB18" s="3" t="n">
+        <x:v>1315</x:v>
+      </x:c>
+      <x:c r="DC18" s="3" t="n">
+        <x:v>1300</x:v>
+      </x:c>
+      <x:c r="DD18" s="3" t="n">
+        <x:v>1315</x:v>
+      </x:c>
+      <x:c r="DE18" s="3" t="n">
+        <x:v>1249</x:v>
+      </x:c>
+      <x:c r="DF18" s="3" t="n">
+        <x:v>1243</x:v>
+      </x:c>
+      <x:c r="DG18" s="3" t="n">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="DH18" s="3" t="n">
+        <x:v>1173</x:v>
+      </x:c>
+      <x:c r="DI18" s="3" t="n">
+        <x:v>1116</x:v>
+      </x:c>
+      <x:c r="DJ18" s="3" t="n">
+        <x:v>1415</x:v>
+      </x:c>
+      <x:c r="DK18" s="3" t="n">
+        <x:v>1186</x:v>
+      </x:c>
+      <x:c r="DL18" s="3" t="n">
+        <x:v>1189</x:v>
+      </x:c>
+      <x:c r="DM18" s="3" t="n">
+        <x:v>1287</x:v>
+      </x:c>
+      <x:c r="DN18" s="3" t="n">
+        <x:v>1186</x:v>
+      </x:c>
+      <x:c r="DO18" s="3" t="n">
+        <x:v>1152</x:v>
+      </x:c>
+      <x:c r="DP18" s="3" t="n">
+        <x:v>1138</x:v>
+      </x:c>
+      <x:c r="DQ18" s="3" t="n">
+        <x:v>943</x:v>
+      </x:c>
+      <x:c r="DR18" s="3" t="n">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c r="DS18" s="3" t="n">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="DT18" s="3" t="n">
+        <x:v>801</x:v>
+      </x:c>
+      <x:c r="DU18" s="3" t="n">
+        <x:v>1175</x:v>
+      </x:c>
+      <x:c r="DV18" s="3" t="n">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="DW18" s="3" t="n">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="DX18" s="3" t="n">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="DY18" s="3" t="n">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="DZ18" s="3" t="n">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="EA18" s="3" t="n">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="EB18" s="3" t="n">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="EC18" s="3" t="n">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="ED18" s="3" t="n">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="EE18" s="3" t="n">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="EF18" s="3" t="n">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="EG18" s="3" t="n">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="EH18" s="3" t="n">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="EI18" s="3" t="n">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="EJ18" s="3" t="n">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="EK18" s="3" t="n">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="EL18" s="3" t="n">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="EM18" s="3" t="n">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="EN18" s="3" t="n">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="EO18" s="3" t="n">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="EP18" s="3" t="n">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="EQ18" s="3" t="n">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="ER18" s="3" t="n">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="ES18" s="3" t="n">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="ET18" s="3" t="n">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="EU18" s="3" t="n">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="EV18" s="3" t="n">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="EW18" s="3" t="n">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="EX18" s="3" t="n">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="EY18" s="3" t="n">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="EZ18" s="3" t="n">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="FA18" s="3" t="n">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="FB18" s="3" t="n">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="FC18" s="3" t="n">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="FD18" s="3" t="n">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="FE18" s="3" t="n">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="FF18" s="3" t="n">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="FG18" s="3" t="n">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="FH18" s="3" t="n">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="FI18" s="3" t="n">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="FJ18" s="3" t="n">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="FK18" s="3" t="n">
+        <x:v>880</x:v>
+      </x:c>
+      <x:c r="FL18" s="3" t="n">
+        <x:v>979</x:v>
+      </x:c>
+      <x:c r="FM18" s="3" t="n">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="FN18" s="3" t="n">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="FO18" s="3" t="n">
+        <x:v>1011</x:v>
+      </x:c>
+      <x:c r="FP18" s="3" t="n">
+        <x:v>896</x:v>
+      </x:c>
+      <x:c r="FQ18" s="3" t="n">
+        <x:v>923</x:v>
+      </x:c>
+      <x:c r="FR18" s="3" t="n">
+        <x:v>799</x:v>
+      </x:c>
+      <x:c r="FS18" s="3" t="n">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="FT18" s="3" t="n">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="FU18" s="3" t="n">
+        <x:v>762</x:v>
+      </x:c>
+      <x:c r="FV18" s="3" t="n">
+        <x:v>1059</x:v>
+      </x:c>
+      <x:c r="FW18" s="3" t="n">
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="FX18" s="3" t="n">
+        <x:v>1173</x:v>
+      </x:c>
+      <x:c r="FY18" s="3" t="n">
+        <x:v>1483</x:v>
+      </x:c>
+      <x:c r="FZ18" s="3" t="n">
+        <x:v>1837</x:v>
+      </x:c>
+      <x:c r="GA18" s="3" t="n">
         <x:v>1508</x:v>
       </x:c>
-      <x:c r="CT18" s="3" t="n">
-[...256 lines deleted...]
-      </x:c>
       <x:c r="GB18" s="3" t="n">
-        <x:v>1374</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="GC18" s="3" t="n">
-        <x:v>1269</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="GD18" s="3" t="n">
-        <x:v>1142</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="GE18" s="3" t="n">
-        <x:v>1260</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="GF18" s="3" t="n">
-        <x:v>1350</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="GG18" s="3" t="n">
-        <x:v>1337</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="GH18" s="3" t="n">
-        <x:v>1225</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="GI18" s="3" t="n">
-        <x:v>1228</x:v>
+        <x:v>880</x:v>
+      </x:c>
+      <x:c r="GJ18" s="3" t="n">
+        <x:v>773</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:191">
+    <x:row r="19" spans="1:192">
       <x:c r="A19" s="2" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>299</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
         <x:v>270</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
         <x:v>348</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
         <x:v>349</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I19" s="3" t="n">
         <x:v>326</x:v>
       </x:c>
@@ -10119,347 +10174,350 @@
       <x:c r="CH19" s="3" t="n">
         <x:v>1178</x:v>
       </x:c>
       <x:c r="CI19" s="3" t="n">
         <x:v>1190</x:v>
       </x:c>
       <x:c r="CJ19" s="3" t="n">
         <x:v>1159</x:v>
       </x:c>
       <x:c r="CK19" s="3" t="n">
         <x:v>1254</x:v>
       </x:c>
       <x:c r="CL19" s="3" t="n">
         <x:v>1356</x:v>
       </x:c>
       <x:c r="CM19" s="3" t="n">
         <x:v>1228</x:v>
       </x:c>
       <x:c r="CN19" s="3" t="n">
         <x:v>1148</x:v>
       </x:c>
       <x:c r="CO19" s="3" t="n">
         <x:v>1251</x:v>
       </x:c>
       <x:c r="CP19" s="3" t="n">
-        <x:v>1286</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="CQ19" s="3" t="n">
-        <x:v>1203</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="CR19" s="3" t="n">
+        <x:v>1173</x:v>
+      </x:c>
+      <x:c r="CS19" s="3" t="n">
+        <x:v>1258</x:v>
+      </x:c>
+      <x:c r="CT19" s="3" t="n">
+        <x:v>1212</x:v>
+      </x:c>
+      <x:c r="CU19" s="3" t="n">
+        <x:v>1227</x:v>
+      </x:c>
+      <x:c r="CV19" s="3" t="n">
+        <x:v>1146</x:v>
+      </x:c>
+      <x:c r="CW19" s="3" t="n">
+        <x:v>1234</x:v>
+      </x:c>
+      <x:c r="CX19" s="3" t="n">
+        <x:v>1275</x:v>
+      </x:c>
+      <x:c r="CY19" s="3" t="n">
+        <x:v>1148</x:v>
+      </x:c>
+      <x:c r="CZ19" s="3" t="n">
+        <x:v>1164</x:v>
+      </x:c>
+      <x:c r="DA19" s="3" t="n">
+        <x:v>1247</x:v>
+      </x:c>
+      <x:c r="DB19" s="3" t="n">
+        <x:v>1415</x:v>
+      </x:c>
+      <x:c r="DC19" s="3" t="n">
+        <x:v>1248</x:v>
+      </x:c>
+      <x:c r="DD19" s="3" t="n">
+        <x:v>1246</x:v>
+      </x:c>
+      <x:c r="DE19" s="3" t="n">
+        <x:v>1332</x:v>
+      </x:c>
+      <x:c r="DF19" s="3" t="n">
+        <x:v>1263</x:v>
+      </x:c>
+      <x:c r="DG19" s="3" t="n">
+        <x:v>1312</x:v>
+      </x:c>
+      <x:c r="DH19" s="3" t="n">
+        <x:v>1208</x:v>
+      </x:c>
+      <x:c r="DI19" s="3" t="n">
+        <x:v>1303</x:v>
+      </x:c>
+      <x:c r="DJ19" s="3" t="n">
+        <x:v>1397</x:v>
+      </x:c>
+      <x:c r="DK19" s="3" t="n">
+        <x:v>1254</x:v>
+      </x:c>
+      <x:c r="DL19" s="3" t="n">
+        <x:v>1224</x:v>
+      </x:c>
+      <x:c r="DM19" s="3" t="n">
+        <x:v>1297</x:v>
+      </x:c>
+      <x:c r="DN19" s="3" t="n">
+        <x:v>1346</x:v>
+      </x:c>
+      <x:c r="DO19" s="3" t="n">
+        <x:v>1205</x:v>
+      </x:c>
+      <x:c r="DP19" s="3" t="n">
+        <x:v>1167</x:v>
+      </x:c>
+      <x:c r="DQ19" s="3" t="n">
+        <x:v>1265</x:v>
+      </x:c>
+      <x:c r="DR19" s="3" t="n">
+        <x:v>1291</x:v>
+      </x:c>
+      <x:c r="DS19" s="3" t="n">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="DT19" s="3" t="n">
+        <x:v>1190</x:v>
+      </x:c>
+      <x:c r="DU19" s="3" t="n">
+        <x:v>1273</x:v>
+      </x:c>
+      <x:c r="DV19" s="3" t="n">
+        <x:v>1112</x:v>
+      </x:c>
+      <x:c r="DW19" s="3" t="n">
+        <x:v>1039</x:v>
+      </x:c>
+      <x:c r="DX19" s="3" t="n">
+        <x:v>996</x:v>
+      </x:c>
+      <x:c r="DY19" s="3" t="n">
+        <x:v>1158</x:v>
+      </x:c>
+      <x:c r="DZ19" s="3" t="n">
+        <x:v>1233</x:v>
+      </x:c>
+      <x:c r="EA19" s="3" t="n">
+        <x:v>1114</x:v>
+      </x:c>
+      <x:c r="EB19" s="3" t="n">
+        <x:v>1073</x:v>
+      </x:c>
+      <x:c r="EC19" s="3" t="n">
         <x:v>1170</x:v>
       </x:c>
-      <x:c r="CS19" s="3" t="n">
-[...86 lines deleted...]
-      <x:c r="DV19" s="3" t="n">
+      <x:c r="ED19" s="3" t="n">
+        <x:v>1117</x:v>
+      </x:c>
+      <x:c r="EE19" s="3" t="n">
+        <x:v>1093</x:v>
+      </x:c>
+      <x:c r="EF19" s="3" t="n">
+        <x:v>1087</x:v>
+      </x:c>
+      <x:c r="EG19" s="3" t="n">
+        <x:v>1247</x:v>
+      </x:c>
+      <x:c r="EH19" s="3" t="n">
+        <x:v>1247</x:v>
+      </x:c>
+      <x:c r="EI19" s="3" t="n">
         <x:v>1089</x:v>
       </x:c>
-      <x:c r="DW19" s="3" t="n">
-[...23 lines deleted...]
-      <x:c r="EE19" s="3" t="n">
+      <x:c r="EJ19" s="3" t="n">
+        <x:v>1038</x:v>
+      </x:c>
+      <x:c r="EK19" s="3" t="n">
+        <x:v>1138</x:v>
+      </x:c>
+      <x:c r="EL19" s="3" t="n">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="EM19" s="3" t="n">
+        <x:v>1149</x:v>
+      </x:c>
+      <x:c r="EN19" s="3" t="n">
+        <x:v>1059</x:v>
+      </x:c>
+      <x:c r="EO19" s="3" t="n">
+        <x:v>1136</x:v>
+      </x:c>
+      <x:c r="EP19" s="3" t="n">
+        <x:v>976</x:v>
+      </x:c>
+      <x:c r="EQ19" s="3" t="n">
+        <x:v>1092</x:v>
+      </x:c>
+      <x:c r="ER19" s="3" t="n">
+        <x:v>966</x:v>
+      </x:c>
+      <x:c r="ES19" s="3" t="n">
         <x:v>1065</x:v>
       </x:c>
-      <x:c r="EF19" s="3" t="n">
-[...40 lines deleted...]
-      </x:c>
       <x:c r="ET19" s="3" t="n">
-        <x:v>999</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="EU19" s="3" t="n">
-        <x:v>976</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="EV19" s="3" t="n">
-        <x:v>1028</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="EW19" s="3" t="n">
-        <x:v>998</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="EX19" s="3" t="n">
-        <x:v>924</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="EY19" s="3" t="n">
-        <x:v>930</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="EZ19" s="3" t="n">
-        <x:v>909</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="FA19" s="3" t="n">
-        <x:v>955</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="FB19" s="3" t="n">
-        <x:v>959</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="FC19" s="3" t="n">
-        <x:v>924</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="FD19" s="3" t="n">
-        <x:v>891</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="FE19" s="3" t="n">
+        <x:v>1005</x:v>
+      </x:c>
+      <x:c r="FF19" s="3" t="n">
+        <x:v>981</x:v>
+      </x:c>
+      <x:c r="FG19" s="3" t="n">
+        <x:v>972</x:v>
+      </x:c>
+      <x:c r="FH19" s="3" t="n">
+        <x:v>905</x:v>
+      </x:c>
+      <x:c r="FI19" s="3" t="n">
         <x:v>966</x:v>
       </x:c>
-      <x:c r="FF19" s="3" t="n">
+      <x:c r="FJ19" s="3" t="n">
+        <x:v>913</x:v>
+      </x:c>
+      <x:c r="FK19" s="3" t="n">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="FL19" s="3" t="n">
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="FM19" s="3" t="n">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="FN19" s="3" t="n">
+        <x:v>913</x:v>
+      </x:c>
+      <x:c r="FO19" s="3" t="n">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="FP19" s="3" t="n">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="FQ19" s="3" t="n">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="FR19" s="3" t="n">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="FS19" s="3" t="n">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="FT19" s="3" t="n">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="FU19" s="3" t="n">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="FV19" s="3" t="n">
+        <x:v>943</x:v>
+      </x:c>
+      <x:c r="FW19" s="3" t="n">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="FX19" s="3" t="n">
+        <x:v>759</x:v>
+      </x:c>
+      <x:c r="FY19" s="3" t="n">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="FZ19" s="3" t="n">
+        <x:v>824</x:v>
+      </x:c>
+      <x:c r="GA19" s="3" t="n">
+        <x:v>905</x:v>
+      </x:c>
+      <x:c r="GB19" s="3" t="n">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="GC19" s="3" t="n">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c r="GD19" s="3" t="n">
+        <x:v>926</x:v>
+      </x:c>
+      <x:c r="GE19" s="3" t="n">
+        <x:v>923</x:v>
+      </x:c>
+      <x:c r="GF19" s="3" t="n">
         <x:v>942</x:v>
       </x:c>
-      <x:c r="FG19" s="3" t="n">
-[...76 lines deleted...]
-      </x:c>
       <x:c r="GG19" s="3" t="n">
-        <x:v>1233</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="GH19" s="3" t="n">
-        <x:v>1164</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="GI19" s="3" t="n">
-        <x:v>1081</x:v>
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="GJ19" s="3" t="n">
+        <x:v>763</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:191">
+    <x:row r="20" spans="1:192">
       <x:c r="A20" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>581</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
         <x:v>907</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
         <x:v>728</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
         <x:v>837</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
         <x:v>1358</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
         <x:v>1526</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
         <x:v>1575</x:v>
       </x:c>
       <x:c r="I20" s="3" t="n">
         <x:v>1766</x:v>
       </x:c>
@@ -10694,347 +10752,350 @@
       <x:c r="CH20" s="3" t="n">
         <x:v>3135</x:v>
       </x:c>
       <x:c r="CI20" s="3" t="n">
         <x:v>3150</x:v>
       </x:c>
       <x:c r="CJ20" s="3" t="n">
         <x:v>3429</x:v>
       </x:c>
       <x:c r="CK20" s="3" t="n">
         <x:v>3641</x:v>
       </x:c>
       <x:c r="CL20" s="3" t="n">
         <x:v>3533</x:v>
       </x:c>
       <x:c r="CM20" s="3" t="n">
         <x:v>3636</x:v>
       </x:c>
       <x:c r="CN20" s="3" t="n">
         <x:v>3409</x:v>
       </x:c>
       <x:c r="CO20" s="3" t="n">
         <x:v>4053</x:v>
       </x:c>
       <x:c r="CP20" s="3" t="n">
+        <x:v>3462</x:v>
+      </x:c>
+      <x:c r="CQ20" s="3" t="n">
+        <x:v>3665</x:v>
+      </x:c>
+      <x:c r="CR20" s="3" t="n">
+        <x:v>3267</x:v>
+      </x:c>
+      <x:c r="CS20" s="3" t="n">
+        <x:v>3996</x:v>
+      </x:c>
+      <x:c r="CT20" s="3" t="n">
+        <x:v>3469</x:v>
+      </x:c>
+      <x:c r="CU20" s="3" t="n">
+        <x:v>3566</x:v>
+      </x:c>
+      <x:c r="CV20" s="3" t="n">
+        <x:v>2789</x:v>
+      </x:c>
+      <x:c r="CW20" s="3" t="n">
         <x:v>3435</x:v>
       </x:c>
-      <x:c r="CQ20" s="3" t="n">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="CX20" s="3" t="n">
-        <x:v>3665</x:v>
+        <x:v>3810</x:v>
       </x:c>
       <x:c r="CY20" s="3" t="n">
-        <x:v>4543</x:v>
+        <x:v>4735</x:v>
       </x:c>
       <x:c r="CZ20" s="3" t="n">
-        <x:v>3448</x:v>
+        <x:v>3546</x:v>
       </x:c>
       <x:c r="DA20" s="3" t="n">
-        <x:v>4112</x:v>
+        <x:v>4271</x:v>
       </x:c>
       <x:c r="DB20" s="3" t="n">
-        <x:v>4471</x:v>
+        <x:v>4731</x:v>
       </x:c>
       <x:c r="DC20" s="3" t="n">
-        <x:v>4271</x:v>
+        <x:v>4524</x:v>
       </x:c>
       <x:c r="DD20" s="3" t="n">
-        <x:v>3732</x:v>
+        <x:v>3909</x:v>
       </x:c>
       <x:c r="DE20" s="3" t="n">
-        <x:v>4413</x:v>
+        <x:v>4624</x:v>
       </x:c>
       <x:c r="DF20" s="3" t="n">
-        <x:v>4764</x:v>
+        <x:v>5094</x:v>
       </x:c>
       <x:c r="DG20" s="3" t="n">
-        <x:v>4979</x:v>
+        <x:v>5352</x:v>
       </x:c>
       <x:c r="DH20" s="3" t="n">
-        <x:v>4358</x:v>
+        <x:v>4698</x:v>
       </x:c>
       <x:c r="DI20" s="3" t="n">
-        <x:v>4848</x:v>
+        <x:v>5204</x:v>
       </x:c>
       <x:c r="DJ20" s="3" t="n">
-        <x:v>5200</x:v>
+        <x:v>5489</x:v>
       </x:c>
       <x:c r="DK20" s="3" t="n">
-        <x:v>5346</x:v>
+        <x:v>5774</x:v>
       </x:c>
       <x:c r="DL20" s="3" t="n">
-        <x:v>4928</x:v>
+        <x:v>5333</x:v>
       </x:c>
       <x:c r="DM20" s="3" t="n">
-        <x:v>5567</x:v>
+        <x:v>5912</x:v>
       </x:c>
       <x:c r="DN20" s="3" t="n">
-        <x:v>6493</x:v>
+        <x:v>7147</x:v>
       </x:c>
       <x:c r="DO20" s="3" t="n">
+        <x:v>7573</x:v>
+      </x:c>
+      <x:c r="DP20" s="3" t="n">
+        <x:v>6628</x:v>
+      </x:c>
+      <x:c r="DQ20" s="3" t="n">
+        <x:v>6195</x:v>
+      </x:c>
+      <x:c r="DR20" s="3" t="n">
+        <x:v>6621</x:v>
+      </x:c>
+      <x:c r="DS20" s="3" t="n">
+        <x:v>6421</x:v>
+      </x:c>
+      <x:c r="DT20" s="3" t="n">
+        <x:v>7583</x:v>
+      </x:c>
+      <x:c r="DU20" s="3" t="n">
+        <x:v>8616</x:v>
+      </x:c>
+      <x:c r="DV20" s="3" t="n">
+        <x:v>7096</x:v>
+      </x:c>
+      <x:c r="DW20" s="3" t="n">
+        <x:v>6158</x:v>
+      </x:c>
+      <x:c r="DX20" s="3" t="n">
+        <x:v>5703</x:v>
+      </x:c>
+      <x:c r="DY20" s="3" t="n">
+        <x:v>6267</x:v>
+      </x:c>
+      <x:c r="DZ20" s="3" t="n">
+        <x:v>6239</x:v>
+      </x:c>
+      <x:c r="EA20" s="3" t="n">
+        <x:v>7099</x:v>
+      </x:c>
+      <x:c r="EB20" s="3" t="n">
+        <x:v>6562</x:v>
+      </x:c>
+      <x:c r="EC20" s="3" t="n">
         <x:v>6732</x:v>
       </x:c>
-      <x:c r="DP20" s="3" t="n">
-[...40 lines deleted...]
-      </x:c>
       <x:c r="ED20" s="3" t="n">
-        <x:v>5729</x:v>
+        <x:v>6446</x:v>
       </x:c>
       <x:c r="EE20" s="3" t="n">
-        <x:v>6319</x:v>
+        <x:v>7341</x:v>
       </x:c>
       <x:c r="EF20" s="3" t="n">
-        <x:v>5210</x:v>
+        <x:v>6177</x:v>
       </x:c>
       <x:c r="EG20" s="3" t="n">
-        <x:v>3846</x:v>
+        <x:v>4069</x:v>
       </x:c>
       <x:c r="EH20" s="3" t="n">
-        <x:v>4120</x:v>
+        <x:v>4362</x:v>
       </x:c>
       <x:c r="EI20" s="3" t="n">
-        <x:v>5708</x:v>
+        <x:v>6888</x:v>
       </x:c>
       <x:c r="EJ20" s="3" t="n">
-        <x:v>4924</x:v>
+        <x:v>5855</x:v>
       </x:c>
       <x:c r="EK20" s="3" t="n">
-        <x:v>4442</x:v>
+        <x:v>5125</x:v>
       </x:c>
       <x:c r="EL20" s="3" t="n">
-        <x:v>5191</x:v>
+        <x:v>5943</x:v>
       </x:c>
       <x:c r="EM20" s="3" t="n">
-        <x:v>5963</x:v>
+        <x:v>7047</x:v>
       </x:c>
       <x:c r="EN20" s="3" t="n">
-        <x:v>4933</x:v>
+        <x:v>5633</x:v>
       </x:c>
       <x:c r="EO20" s="3" t="n">
-        <x:v>4971</x:v>
+        <x:v>5586</x:v>
       </x:c>
       <x:c r="EP20" s="3" t="n">
-        <x:v>4855</x:v>
+        <x:v>5165</x:v>
       </x:c>
       <x:c r="EQ20" s="3" t="n">
-        <x:v>4681</x:v>
+        <x:v>4923</x:v>
       </x:c>
       <x:c r="ER20" s="3" t="n">
-        <x:v>5235</x:v>
+        <x:v>6004</x:v>
       </x:c>
       <x:c r="ES20" s="3" t="n">
-        <x:v>6494</x:v>
+        <x:v>8068</x:v>
       </x:c>
       <x:c r="ET20" s="3" t="n">
-        <x:v>6196</x:v>
+        <x:v>7168</x:v>
       </x:c>
       <x:c r="EU20" s="3" t="n">
-        <x:v>6582</x:v>
+        <x:v>7499</x:v>
       </x:c>
       <x:c r="EV20" s="3" t="n">
-        <x:v>7377</x:v>
+        <x:v>8854</x:v>
       </x:c>
       <x:c r="EW20" s="3" t="n">
-        <x:v>6798</x:v>
+        <x:v>7900</x:v>
       </x:c>
       <x:c r="EX20" s="3" t="n">
-        <x:v>7837</x:v>
+        <x:v>9394</x:v>
       </x:c>
       <x:c r="EY20" s="3" t="n">
-        <x:v>5493</x:v>
+        <x:v>5409</x:v>
       </x:c>
       <x:c r="EZ20" s="3" t="n">
-        <x:v>7021</x:v>
+        <x:v>8089</x:v>
       </x:c>
       <x:c r="FA20" s="3" t="n">
-        <x:v>5263</x:v>
+        <x:v>5480</x:v>
       </x:c>
       <x:c r="FB20" s="3" t="n">
-        <x:v>8366</x:v>
+        <x:v>9831</x:v>
       </x:c>
       <x:c r="FC20" s="3" t="n">
-        <x:v>8072</x:v>
+        <x:v>9705</x:v>
       </x:c>
       <x:c r="FD20" s="3" t="n">
-        <x:v>6467</x:v>
+        <x:v>7330</x:v>
       </x:c>
       <x:c r="FE20" s="3" t="n">
-        <x:v>5110</x:v>
+        <x:v>5215</x:v>
       </x:c>
       <x:c r="FF20" s="3" t="n">
-        <x:v>6551</x:v>
+        <x:v>7247</x:v>
       </x:c>
       <x:c r="FG20" s="3" t="n">
-        <x:v>5261</x:v>
+        <x:v>4930</x:v>
       </x:c>
       <x:c r="FH20" s="3" t="n">
-        <x:v>5270</x:v>
+        <x:v>5186</x:v>
       </x:c>
       <x:c r="FI20" s="3" t="n">
-        <x:v>12341</x:v>
+        <x:v>16454</x:v>
       </x:c>
       <x:c r="FJ20" s="3" t="n">
-        <x:v>4282</x:v>
+        <x:v>3312</x:v>
       </x:c>
       <x:c r="FK20" s="3" t="n">
-        <x:v>7538</x:v>
+        <x:v>9012</x:v>
       </x:c>
       <x:c r="FL20" s="3" t="n">
-        <x:v>8061</x:v>
+        <x:v>10106</x:v>
       </x:c>
       <x:c r="FM20" s="3" t="n">
-        <x:v>7598</x:v>
+        <x:v>9266</x:v>
       </x:c>
       <x:c r="FN20" s="3" t="n">
-        <x:v>7752</x:v>
+        <x:v>8762</x:v>
       </x:c>
       <x:c r="FO20" s="3" t="n">
-        <x:v>6651</x:v>
+        <x:v>7509</x:v>
       </x:c>
       <x:c r="FP20" s="3" t="n">
-        <x:v>5319</x:v>
+        <x:v>6202</x:v>
       </x:c>
       <x:c r="FQ20" s="3" t="n">
-        <x:v>5194</x:v>
+        <x:v>6458</x:v>
       </x:c>
       <x:c r="FR20" s="3" t="n">
-        <x:v>6626</x:v>
+        <x:v>7333</x:v>
       </x:c>
       <x:c r="FS20" s="3" t="n">
-        <x:v>7829</x:v>
+        <x:v>8579</x:v>
       </x:c>
       <x:c r="FT20" s="3" t="n">
-        <x:v>8187</x:v>
+        <x:v>9394</x:v>
       </x:c>
       <x:c r="FU20" s="3" t="n">
-        <x:v>8551</x:v>
+        <x:v>10362</x:v>
       </x:c>
       <x:c r="FV20" s="3" t="n">
-        <x:v>7324</x:v>
+        <x:v>7790</x:v>
       </x:c>
       <x:c r="FW20" s="3" t="n">
-        <x:v>9091</x:v>
+        <x:v>10019</x:v>
       </x:c>
       <x:c r="FX20" s="3" t="n">
-        <x:v>10777</x:v>
+        <x:v>11267</x:v>
       </x:c>
       <x:c r="FY20" s="3" t="n">
-        <x:v>12045</x:v>
+        <x:v>12200</x:v>
       </x:c>
       <x:c r="FZ20" s="3" t="n">
-        <x:v>11684</x:v>
+        <x:v>12062</x:v>
       </x:c>
       <x:c r="GA20" s="3" t="n">
-        <x:v>10169</x:v>
+        <x:v>10415</x:v>
       </x:c>
       <x:c r="GB20" s="3" t="n">
-        <x:v>9831</x:v>
+        <x:v>10310</x:v>
       </x:c>
       <x:c r="GC20" s="3" t="n">
-        <x:v>9889</x:v>
+        <x:v>10359</x:v>
       </x:c>
       <x:c r="GD20" s="3" t="n">
-        <x:v>9455</x:v>
+        <x:v>9913</x:v>
       </x:c>
       <x:c r="GE20" s="3" t="n">
-        <x:v>8796</x:v>
+        <x:v>9368</x:v>
       </x:c>
       <x:c r="GF20" s="3" t="n">
-        <x:v>8986</x:v>
+        <x:v>9628</x:v>
       </x:c>
       <x:c r="GG20" s="3" t="n">
-        <x:v>9170</x:v>
+        <x:v>8773</x:v>
       </x:c>
       <x:c r="GH20" s="3" t="n">
-        <x:v>10131</x:v>
+        <x:v>10535</x:v>
       </x:c>
       <x:c r="GI20" s="3" t="n">
-        <x:v>11018</x:v>
+        <x:v>11113</x:v>
+      </x:c>
+      <x:c r="GJ20" s="3" t="n">
+        <x:v>10217</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:191">
+    <x:row r="21" spans="1:192">
       <x:c r="A21" s="2" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>233</x:v>
       </x:c>
       <x:c r="D21" s="3" t="n">
         <x:v>288</x:v>
       </x:c>
       <x:c r="E21" s="3" t="n">
         <x:v>463</x:v>
       </x:c>
       <x:c r="F21" s="3" t="n">
         <x:v>490</x:v>
       </x:c>
       <x:c r="G21" s="3" t="n">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H21" s="3" t="n">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I21" s="3" t="n">
         <x:v>516</x:v>
       </x:c>
@@ -11269,347 +11330,350 @@
       <x:c r="CH21" s="3" t="n">
         <x:v>1250</x:v>
       </x:c>
       <x:c r="CI21" s="3" t="n">
         <x:v>1278</x:v>
       </x:c>
       <x:c r="CJ21" s="3" t="n">
         <x:v>1375</x:v>
       </x:c>
       <x:c r="CK21" s="3" t="n">
         <x:v>1408</x:v>
       </x:c>
       <x:c r="CL21" s="3" t="n">
         <x:v>1407</x:v>
       </x:c>
       <x:c r="CM21" s="3" t="n">
         <x:v>1384</x:v>
       </x:c>
       <x:c r="CN21" s="3" t="n">
         <x:v>1287</x:v>
       </x:c>
       <x:c r="CO21" s="3" t="n">
         <x:v>1251</x:v>
       </x:c>
       <x:c r="CP21" s="3" t="n">
-        <x:v>1657</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="CQ21" s="3" t="n">
-        <x:v>1689</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="CR21" s="3" t="n">
-        <x:v>1497</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="CS21" s="3" t="n">
-        <x:v>1471</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="CT21" s="3" t="n">
-        <x:v>1567</x:v>
+        <x:v>1591</x:v>
       </x:c>
       <x:c r="CU21" s="3" t="n">
-        <x:v>1537</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="CV21" s="3" t="n">
-        <x:v>1342</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="CW21" s="3" t="n">
-        <x:v>1074</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="CX21" s="3" t="n">
-        <x:v>1235</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="CY21" s="3" t="n">
-        <x:v>1679</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="CZ21" s="3" t="n">
-        <x:v>1382</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="DA21" s="3" t="n">
-        <x:v>1413</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="DB21" s="3" t="n">
-        <x:v>1430</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="DC21" s="3" t="n">
-        <x:v>1385</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="DD21" s="3" t="n">
-        <x:v>1486</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="DE21" s="3" t="n">
-        <x:v>1596</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="DF21" s="3" t="n">
-        <x:v>1899</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="DG21" s="3" t="n">
-        <x:v>1776</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="DH21" s="3" t="n">
-        <x:v>1641</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="DI21" s="3" t="n">
-        <x:v>1716</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="DJ21" s="3" t="n">
-        <x:v>2012</x:v>
+        <x:v>2105</x:v>
       </x:c>
       <x:c r="DK21" s="3" t="n">
-        <x:v>2006</x:v>
+        <x:v>2099</x:v>
       </x:c>
       <x:c r="DL21" s="3" t="n">
-        <x:v>1881</x:v>
+        <x:v>1968</x:v>
       </x:c>
       <x:c r="DM21" s="3" t="n">
-        <x:v>2184</x:v>
+        <x:v>2285</x:v>
       </x:c>
       <x:c r="DN21" s="3" t="n">
-        <x:v>2489</x:v>
+        <x:v>2624</x:v>
       </x:c>
       <x:c r="DO21" s="3" t="n">
-        <x:v>2227</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="DP21" s="3" t="n">
-        <x:v>2397</x:v>
+        <x:v>2527</x:v>
       </x:c>
       <x:c r="DQ21" s="3" t="n">
-        <x:v>2401</x:v>
+        <x:v>2531</x:v>
       </x:c>
       <x:c r="DR21" s="3" t="n">
-        <x:v>2840</x:v>
+        <x:v>3016</x:v>
       </x:c>
       <x:c r="DS21" s="3" t="n">
-        <x:v>2987</x:v>
+        <x:v>3171</x:v>
       </x:c>
       <x:c r="DT21" s="3" t="n">
-        <x:v>3305</x:v>
+        <x:v>3509</x:v>
       </x:c>
       <x:c r="DU21" s="3" t="n">
-        <x:v>3398</x:v>
+        <x:v>3608</x:v>
       </x:c>
       <x:c r="DV21" s="3" t="n">
-        <x:v>2181</x:v>
+        <x:v>2333</x:v>
       </x:c>
       <x:c r="DW21" s="3" t="n">
-        <x:v>2275</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="DX21" s="3" t="n">
-        <x:v>1515</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="DY21" s="3" t="n">
-        <x:v>2112</x:v>
+        <x:v>2259</x:v>
       </x:c>
       <x:c r="DZ21" s="3" t="n">
-        <x:v>2151</x:v>
+        <x:v>2318</x:v>
       </x:c>
       <x:c r="EA21" s="3" t="n">
-        <x:v>2230</x:v>
+        <x:v>2403</x:v>
       </x:c>
       <x:c r="EB21" s="3" t="n">
-        <x:v>2383</x:v>
+        <x:v>2568</x:v>
       </x:c>
       <x:c r="EC21" s="3" t="n">
-        <x:v>2525</x:v>
+        <x:v>2721</x:v>
       </x:c>
       <x:c r="ED21" s="3" t="n">
-        <x:v>1970</x:v>
+        <x:v>2138</x:v>
       </x:c>
       <x:c r="EE21" s="3" t="n">
-        <x:v>2205</x:v>
+        <x:v>2393</x:v>
       </x:c>
       <x:c r="EF21" s="3" t="n">
-        <x:v>1878</x:v>
+        <x:v>2038</x:v>
       </x:c>
       <x:c r="EG21" s="3" t="n">
-        <x:v>1892</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="EH21" s="3" t="n">
-        <x:v>1568</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="EI21" s="3" t="n">
-        <x:v>1556</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="EJ21" s="3" t="n">
-        <x:v>1374</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="EK21" s="3" t="n">
-        <x:v>1251</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="EL21" s="3" t="n">
-        <x:v>1682</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="EM21" s="3" t="n">
-        <x:v>1583</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="EN21" s="3" t="n">
-        <x:v>1841</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="EO21" s="3" t="n">
-        <x:v>1742</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="EP21" s="3" t="n">
-        <x:v>2285</x:v>
+        <x:v>2533</x:v>
       </x:c>
       <x:c r="EQ21" s="3" t="n">
-        <x:v>2072</x:v>
+        <x:v>2297</x:v>
       </x:c>
       <x:c r="ER21" s="3" t="n">
-        <x:v>2170</x:v>
+        <x:v>2405</x:v>
       </x:c>
       <x:c r="ES21" s="3" t="n">
-        <x:v>1987</x:v>
+        <x:v>2202</x:v>
       </x:c>
       <x:c r="ET21" s="3" t="n">
-        <x:v>2325</x:v>
+        <x:v>2594</x:v>
       </x:c>
       <x:c r="EU21" s="3" t="n">
-        <x:v>2523</x:v>
+        <x:v>2816</x:v>
       </x:c>
       <x:c r="EV21" s="3" t="n">
-        <x:v>2450</x:v>
+        <x:v>2734</x:v>
       </x:c>
       <x:c r="EW21" s="3" t="n">
-        <x:v>2316</x:v>
+        <x:v>2585</x:v>
       </x:c>
       <x:c r="EX21" s="3" t="n">
-        <x:v>2492</x:v>
+        <x:v>2796</x:v>
       </x:c>
       <x:c r="EY21" s="3" t="n">
-        <x:v>2159</x:v>
+        <x:v>2424</x:v>
       </x:c>
       <x:c r="EZ21" s="3" t="n">
-        <x:v>2013</x:v>
+        <x:v>2264</x:v>
       </x:c>
       <x:c r="FA21" s="3" t="n">
-        <x:v>1874</x:v>
+        <x:v>2110</x:v>
       </x:c>
       <x:c r="FB21" s="3" t="n">
-        <x:v>2208</x:v>
+        <x:v>2491</x:v>
       </x:c>
       <x:c r="FC21" s="3" t="n">
-        <x:v>2287</x:v>
+        <x:v>2586</x:v>
       </x:c>
       <x:c r="FD21" s="3" t="n">
-        <x:v>2179</x:v>
+        <x:v>2468</x:v>
       </x:c>
       <x:c r="FE21" s="3" t="n">
-        <x:v>2154</x:v>
+        <x:v>2444</x:v>
       </x:c>
       <x:c r="FF21" s="3" t="n">
-        <x:v>2304</x:v>
+        <x:v>2619</x:v>
       </x:c>
       <x:c r="FG21" s="3" t="n">
-        <x:v>2283</x:v>
+        <x:v>2599</x:v>
       </x:c>
       <x:c r="FH21" s="3" t="n">
-        <x:v>2398</x:v>
+        <x:v>2734</x:v>
       </x:c>
       <x:c r="FI21" s="3" t="n">
-        <x:v>2478</x:v>
+        <x:v>2830</x:v>
       </x:c>
       <x:c r="FJ21" s="3" t="n">
-        <x:v>2513</x:v>
+        <x:v>2874</x:v>
       </x:c>
       <x:c r="FK21" s="3" t="n">
-        <x:v>2329</x:v>
+        <x:v>2669</x:v>
       </x:c>
       <x:c r="FL21" s="3" t="n">
-        <x:v>2709</x:v>
+        <x:v>3110</x:v>
       </x:c>
       <x:c r="FM21" s="3" t="n">
-        <x:v>2555</x:v>
+        <x:v>2939</x:v>
       </x:c>
       <x:c r="FN21" s="3" t="n">
-        <x:v>2661</x:v>
+        <x:v>3067</x:v>
       </x:c>
       <x:c r="FO21" s="3" t="n">
-        <x:v>2724</x:v>
+        <x:v>3144</x:v>
       </x:c>
       <x:c r="FP21" s="3" t="n">
-        <x:v>2713</x:v>
+        <x:v>3135</x:v>
       </x:c>
       <x:c r="FQ21" s="3" t="n">
-        <x:v>2759</x:v>
+        <x:v>3190</x:v>
       </x:c>
       <x:c r="FR21" s="3" t="n">
-        <x:v>2860</x:v>
+        <x:v>3307</x:v>
       </x:c>
       <x:c r="FS21" s="3" t="n">
-        <x:v>3182</x:v>
+        <x:v>3686</x:v>
       </x:c>
       <x:c r="FT21" s="3" t="n">
-        <x:v>3665</x:v>
+        <x:v>4262</x:v>
       </x:c>
       <x:c r="FU21" s="3" t="n">
-        <x:v>3432</x:v>
+        <x:v>4016</x:v>
       </x:c>
       <x:c r="FV21" s="3" t="n">
-        <x:v>4171</x:v>
+        <x:v>4902</x:v>
       </x:c>
       <x:c r="FW21" s="3" t="n">
-        <x:v>3998</x:v>
+        <x:v>4624</x:v>
       </x:c>
       <x:c r="FX21" s="3" t="n">
-        <x:v>3884</x:v>
+        <x:v>4320</x:v>
       </x:c>
       <x:c r="FY21" s="3" t="n">
-        <x:v>4295</x:v>
+        <x:v>4461</x:v>
       </x:c>
       <x:c r="FZ21" s="3" t="n">
-        <x:v>4600</x:v>
+        <x:v>4372</x:v>
       </x:c>
       <x:c r="GA21" s="3" t="n">
-        <x:v>4450</x:v>
+        <x:v>3898</x:v>
       </x:c>
       <x:c r="GB21" s="3" t="n">
-        <x:v>3762</x:v>
+        <x:v>3123</x:v>
       </x:c>
       <x:c r="GC21" s="3" t="n">
-        <x:v>3894</x:v>
+        <x:v>3140</x:v>
       </x:c>
       <x:c r="GD21" s="3" t="n">
-        <x:v>3950</x:v>
+        <x:v>3574</x:v>
       </x:c>
       <x:c r="GE21" s="3" t="n">
-        <x:v>3556</x:v>
+        <x:v>3267</x:v>
       </x:c>
       <x:c r="GF21" s="3" t="n">
-        <x:v>3624</x:v>
+        <x:v>3139</x:v>
       </x:c>
       <x:c r="GG21" s="3" t="n">
-        <x:v>4263</x:v>
+        <x:v>3535</x:v>
       </x:c>
       <x:c r="GH21" s="3" t="n">
-        <x:v>4203</x:v>
+        <x:v>3808</x:v>
       </x:c>
       <x:c r="GI21" s="3" t="n">
-        <x:v>4288</x:v>
+        <x:v>3824</x:v>
+      </x:c>
+      <x:c r="GJ21" s="3" t="n">
+        <x:v>4070</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:191">
+    <x:row r="22" spans="1:192">
       <x:c r="A22" s="2" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
         <x:v>669</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
         <x:v>597</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
         <x:v>744</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
         <x:v>689</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
         <x:v>670</x:v>
       </x:c>
       <x:c r="H22" s="3" t="n">
         <x:v>668</x:v>
       </x:c>
       <x:c r="I22" s="3" t="n">
         <x:v>788</x:v>
       </x:c>
@@ -11844,347 +11908,350 @@
       <x:c r="CH22" s="3" t="n">
         <x:v>1919</x:v>
       </x:c>
       <x:c r="CI22" s="3" t="n">
         <x:v>1955</x:v>
       </x:c>
       <x:c r="CJ22" s="3" t="n">
         <x:v>1837</x:v>
       </x:c>
       <x:c r="CK22" s="3" t="n">
         <x:v>2058</x:v>
       </x:c>
       <x:c r="CL22" s="3" t="n">
         <x:v>2067</x:v>
       </x:c>
       <x:c r="CM22" s="3" t="n">
         <x:v>2004</x:v>
       </x:c>
       <x:c r="CN22" s="3" t="n">
         <x:v>1861</x:v>
       </x:c>
       <x:c r="CO22" s="3" t="n">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="CP22" s="3" t="n">
-        <x:v>1959</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="CQ22" s="3" t="n">
-        <x:v>1984</x:v>
+        <x:v>1986</x:v>
       </x:c>
       <x:c r="CR22" s="3" t="n">
-        <x:v>1879</x:v>
+        <x:v>1881</x:v>
       </x:c>
       <x:c r="CS22" s="3" t="n">
-        <x:v>1978</x:v>
+        <x:v>1979</x:v>
       </x:c>
       <x:c r="CT22" s="3" t="n">
-        <x:v>2074</x:v>
+        <x:v>2077</x:v>
       </x:c>
       <x:c r="CU22" s="3" t="n">
-        <x:v>2251</x:v>
+        <x:v>2254</x:v>
       </x:c>
       <x:c r="CV22" s="3" t="n">
-        <x:v>1968</x:v>
+        <x:v>1970</x:v>
       </x:c>
       <x:c r="CW22" s="3" t="n">
-        <x:v>2059</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="CX22" s="3" t="n">
-        <x:v>2088</x:v>
+        <x:v>2092</x:v>
       </x:c>
       <x:c r="CY22" s="3" t="n">
+        <x:v>2201</x:v>
+      </x:c>
+      <x:c r="CZ22" s="3" t="n">
+        <x:v>1964</x:v>
+      </x:c>
+      <x:c r="DA22" s="3" t="n">
+        <x:v>2311</x:v>
+      </x:c>
+      <x:c r="DB22" s="3" t="n">
+        <x:v>2240</x:v>
+      </x:c>
+      <x:c r="DC22" s="3" t="n">
+        <x:v>2406</x:v>
+      </x:c>
+      <x:c r="DD22" s="3" t="n">
+        <x:v>2167</x:v>
+      </x:c>
+      <x:c r="DE22" s="3" t="n">
         <x:v>2197</x:v>
       </x:c>
-      <x:c r="CZ22" s="3" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="DF22" s="3" t="n">
-        <x:v>2345</x:v>
+        <x:v>2352</x:v>
       </x:c>
       <x:c r="DG22" s="3" t="n">
-        <x:v>2793</x:v>
+        <x:v>2801</x:v>
       </x:c>
       <x:c r="DH22" s="3" t="n">
-        <x:v>2385</x:v>
+        <x:v>2391</x:v>
       </x:c>
       <x:c r="DI22" s="3" t="n">
-        <x:v>2683</x:v>
+        <x:v>2690</x:v>
       </x:c>
       <x:c r="DJ22" s="3" t="n">
-        <x:v>2619</x:v>
+        <x:v>2628</x:v>
       </x:c>
       <x:c r="DK22" s="3" t="n">
+        <x:v>2829</x:v>
+      </x:c>
+      <x:c r="DL22" s="3" t="n">
+        <x:v>2624</x:v>
+      </x:c>
+      <x:c r="DM22" s="3" t="n">
+        <x:v>2853</x:v>
+      </x:c>
+      <x:c r="DN22" s="3" t="n">
+        <x:v>3009</x:v>
+      </x:c>
+      <x:c r="DO22" s="3" t="n">
+        <x:v>2968</x:v>
+      </x:c>
+      <x:c r="DP22" s="3" t="n">
+        <x:v>3058</x:v>
+      </x:c>
+      <x:c r="DQ22" s="3" t="n">
+        <x:v>3182</x:v>
+      </x:c>
+      <x:c r="DR22" s="3" t="n">
+        <x:v>3188</x:v>
+      </x:c>
+      <x:c r="DS22" s="3" t="n">
+        <x:v>3780</x:v>
+      </x:c>
+      <x:c r="DT22" s="3" t="n">
+        <x:v>3007</x:v>
+      </x:c>
+      <x:c r="DU22" s="3" t="n">
         <x:v>2820</x:v>
       </x:c>
-      <x:c r="DL22" s="3" t="n">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="DV22" s="3" t="n">
-        <x:v>2867</x:v>
+        <x:v>2881</x:v>
       </x:c>
       <x:c r="DW22" s="3" t="n">
-        <x:v>2779</x:v>
+        <x:v>2794</x:v>
       </x:c>
       <x:c r="DX22" s="3" t="n">
-        <x:v>2715</x:v>
+        <x:v>2729</x:v>
       </x:c>
       <x:c r="DY22" s="3" t="n">
-        <x:v>2677</x:v>
+        <x:v>2691</x:v>
       </x:c>
       <x:c r="DZ22" s="3" t="n">
-        <x:v>2514</x:v>
+        <x:v>2529</x:v>
       </x:c>
       <x:c r="EA22" s="3" t="n">
-        <x:v>3018</x:v>
+        <x:v>3036</x:v>
       </x:c>
       <x:c r="EB22" s="3" t="n">
-        <x:v>2719</x:v>
+        <x:v>2734</x:v>
       </x:c>
       <x:c r="EC22" s="3" t="n">
-        <x:v>2709</x:v>
+        <x:v>2725</x:v>
       </x:c>
       <x:c r="ED22" s="3" t="n">
-        <x:v>2881</x:v>
+        <x:v>2899</x:v>
       </x:c>
       <x:c r="EE22" s="3" t="n">
-        <x:v>3134</x:v>
+        <x:v>3152</x:v>
       </x:c>
       <x:c r="EF22" s="3" t="n">
-        <x:v>2969</x:v>
+        <x:v>2986</x:v>
       </x:c>
       <x:c r="EG22" s="3" t="n">
-        <x:v>3041</x:v>
+        <x:v>3059</x:v>
       </x:c>
       <x:c r="EH22" s="3" t="n">
-        <x:v>3143</x:v>
+        <x:v>3164</x:v>
       </x:c>
       <x:c r="EI22" s="3" t="n">
-        <x:v>3240</x:v>
+        <x:v>3261</x:v>
       </x:c>
       <x:c r="EJ22" s="3" t="n">
-        <x:v>3070</x:v>
+        <x:v>3089</x:v>
       </x:c>
       <x:c r="EK22" s="3" t="n">
-        <x:v>3129</x:v>
+        <x:v>3149</x:v>
       </x:c>
       <x:c r="EL22" s="3" t="n">
-        <x:v>2861</x:v>
+        <x:v>2882</x:v>
       </x:c>
       <x:c r="EM22" s="3" t="n">
-        <x:v>3489</x:v>
+        <x:v>3514</x:v>
       </x:c>
       <x:c r="EN22" s="3" t="n">
-        <x:v>3240</x:v>
+        <x:v>3263</x:v>
       </x:c>
       <x:c r="EO22" s="3" t="n">
-        <x:v>3245</x:v>
+        <x:v>3269</x:v>
       </x:c>
       <x:c r="EP22" s="3" t="n">
-        <x:v>3469</x:v>
+        <x:v>3495</x:v>
       </x:c>
       <x:c r="EQ22" s="3" t="n">
-        <x:v>3804</x:v>
+        <x:v>3833</x:v>
       </x:c>
       <x:c r="ER22" s="3" t="n">
-        <x:v>3426</x:v>
+        <x:v>3452</x:v>
       </x:c>
       <x:c r="ES22" s="3" t="n">
-        <x:v>3337</x:v>
+        <x:v>3363</x:v>
       </x:c>
       <x:c r="ET22" s="3" t="n">
-        <x:v>3174</x:v>
+        <x:v>3200</x:v>
       </x:c>
       <x:c r="EU22" s="3" t="n">
-        <x:v>3793</x:v>
+        <x:v>3824</x:v>
       </x:c>
       <x:c r="EV22" s="3" t="n">
-        <x:v>3396</x:v>
+        <x:v>3423</x:v>
       </x:c>
       <x:c r="EW22" s="3" t="n">
-        <x:v>3433</x:v>
+        <x:v>3459</x:v>
       </x:c>
       <x:c r="EX22" s="3" t="n">
-        <x:v>3198</x:v>
+        <x:v>3226</x:v>
       </x:c>
       <x:c r="EY22" s="3" t="n">
-        <x:v>4014</x:v>
+        <x:v>4049</x:v>
       </x:c>
       <x:c r="EZ22" s="3" t="n">
-        <x:v>3673</x:v>
+        <x:v>3705</x:v>
       </x:c>
       <x:c r="FA22" s="3" t="n">
-        <x:v>3633</x:v>
+        <x:v>3666</x:v>
       </x:c>
       <x:c r="FB22" s="3" t="n">
-        <x:v>3496</x:v>
+        <x:v>3528</x:v>
       </x:c>
       <x:c r="FC22" s="3" t="n">
-        <x:v>4048</x:v>
+        <x:v>4085</x:v>
       </x:c>
       <x:c r="FD22" s="3" t="n">
-        <x:v>3984</x:v>
+        <x:v>4022</x:v>
       </x:c>
       <x:c r="FE22" s="3" t="n">
-        <x:v>3751</x:v>
+        <x:v>3786</x:v>
       </x:c>
       <x:c r="FF22" s="3" t="n">
-        <x:v>3397</x:v>
+        <x:v>3429</x:v>
       </x:c>
       <x:c r="FG22" s="3" t="n">
-        <x:v>4174</x:v>
+        <x:v>4213</x:v>
       </x:c>
       <x:c r="FH22" s="3" t="n">
-        <x:v>3616</x:v>
+        <x:v>3651</x:v>
       </x:c>
       <x:c r="FI22" s="3" t="n">
-        <x:v>3962</x:v>
+        <x:v>4000</x:v>
       </x:c>
       <x:c r="FJ22" s="3" t="n">
-        <x:v>4150</x:v>
+        <x:v>4190</x:v>
       </x:c>
       <x:c r="FK22" s="3" t="n">
-        <x:v>4066</x:v>
+        <x:v>4108</x:v>
       </x:c>
       <x:c r="FL22" s="3" t="n">
-        <x:v>3848</x:v>
+        <x:v>3889</x:v>
       </x:c>
       <x:c r="FM22" s="3" t="n">
-        <x:v>3518</x:v>
+        <x:v>3557</x:v>
       </x:c>
       <x:c r="FN22" s="3" t="n">
-        <x:v>4163</x:v>
+        <x:v>4209</x:v>
       </x:c>
       <x:c r="FO22" s="3" t="n">
-        <x:v>3872</x:v>
+        <x:v>3916</x:v>
       </x:c>
       <x:c r="FP22" s="3" t="n">
-        <x:v>3844</x:v>
+        <x:v>3885</x:v>
       </x:c>
       <x:c r="FQ22" s="3" t="n">
-        <x:v>4093</x:v>
+        <x:v>4129</x:v>
       </x:c>
       <x:c r="FR22" s="3" t="n">
-        <x:v>3619</x:v>
+        <x:v>3645</x:v>
       </x:c>
       <x:c r="FS22" s="3" t="n">
-        <x:v>4298</x:v>
+        <x:v>4334</x:v>
       </x:c>
       <x:c r="FT22" s="3" t="n">
-        <x:v>3977</x:v>
+        <x:v>4022</x:v>
       </x:c>
       <x:c r="FU22" s="3" t="n">
-        <x:v>4016</x:v>
+        <x:v>4083</x:v>
       </x:c>
       <x:c r="FV22" s="3" t="n">
-        <x:v>4238</x:v>
+        <x:v>4341</x:v>
       </x:c>
       <x:c r="FW22" s="3" t="n">
-        <x:v>5225</x:v>
+        <x:v>5375</x:v>
       </x:c>
       <x:c r="FX22" s="3" t="n">
-        <x:v>4191</x:v>
+        <x:v>4283</x:v>
       </x:c>
       <x:c r="FY22" s="3" t="n">
-        <x:v>4259</x:v>
+        <x:v>4304</x:v>
       </x:c>
       <x:c r="FZ22" s="3" t="n">
-        <x:v>5200</x:v>
+        <x:v>5087</x:v>
       </x:c>
       <x:c r="GA22" s="3" t="n">
-        <x:v>5196</x:v>
+        <x:v>4972</x:v>
       </x:c>
       <x:c r="GB22" s="3" t="n">
-        <x:v>5170</x:v>
+        <x:v>4857</x:v>
       </x:c>
       <x:c r="GC22" s="3" t="n">
-        <x:v>5074</x:v>
+        <x:v>4720</x:v>
       </x:c>
       <x:c r="GD22" s="3" t="n">
-        <x:v>4706</x:v>
+        <x:v>4467</x:v>
       </x:c>
       <x:c r="GE22" s="3" t="n">
-        <x:v>5428</x:v>
+        <x:v>5180</x:v>
       </x:c>
       <x:c r="GF22" s="3" t="n">
-        <x:v>4724</x:v>
+        <x:v>4517</x:v>
       </x:c>
       <x:c r="GG22" s="3" t="n">
-        <x:v>5031</x:v>
+        <x:v>4697</x:v>
       </x:c>
       <x:c r="GH22" s="3" t="n">
-        <x:v>5010</x:v>
+        <x:v>4767</x:v>
       </x:c>
       <x:c r="GI22" s="3" t="n">
-        <x:v>5293</x:v>
+        <x:v>4929</x:v>
+      </x:c>
+      <x:c r="GJ22" s="3" t="n">
+        <x:v>4941</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:191">
+    <x:row r="23" spans="1:192">
       <x:c r="A23" s="2" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>751</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
         <x:v>716</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
         <x:v>970</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="H23" s="3" t="n">
         <x:v>1033</x:v>
       </x:c>
       <x:c r="I23" s="3" t="n">
         <x:v>1274</x:v>
       </x:c>
@@ -12419,347 +12486,350 @@
       <x:c r="CH23" s="3" t="n">
         <x:v>2429</x:v>
       </x:c>
       <x:c r="CI23" s="3" t="n">
         <x:v>2353</x:v>
       </x:c>
       <x:c r="CJ23" s="3" t="n">
         <x:v>2599</x:v>
       </x:c>
       <x:c r="CK23" s="3" t="n">
         <x:v>2898</x:v>
       </x:c>
       <x:c r="CL23" s="3" t="n">
         <x:v>2482</x:v>
       </x:c>
       <x:c r="CM23" s="3" t="n">
         <x:v>4104</x:v>
       </x:c>
       <x:c r="CN23" s="3" t="n">
         <x:v>3348</x:v>
       </x:c>
       <x:c r="CO23" s="3" t="n">
         <x:v>3155</x:v>
       </x:c>
       <x:c r="CP23" s="3" t="n">
-        <x:v>3636</x:v>
+        <x:v>3631</x:v>
       </x:c>
       <x:c r="CQ23" s="3" t="n">
-        <x:v>3153</x:v>
+        <x:v>3149</x:v>
       </x:c>
       <x:c r="CR23" s="3" t="n">
-        <x:v>2847</x:v>
+        <x:v>2843</x:v>
       </x:c>
       <x:c r="CS23" s="3" t="n">
-        <x:v>2504</x:v>
+        <x:v>2500</x:v>
       </x:c>
       <x:c r="CT23" s="3" t="n">
-        <x:v>2635</x:v>
+        <x:v>2627</x:v>
       </x:c>
       <x:c r="CU23" s="3" t="n">
-        <x:v>2729</x:v>
+        <x:v>2721</x:v>
       </x:c>
       <x:c r="CV23" s="3" t="n">
-        <x:v>2205</x:v>
+        <x:v>2199</x:v>
       </x:c>
       <x:c r="CW23" s="3" t="n">
-        <x:v>1680</x:v>
+        <x:v>1675</x:v>
       </x:c>
       <x:c r="CX23" s="3" t="n">
-        <x:v>2095</x:v>
+        <x:v>2085</x:v>
       </x:c>
       <x:c r="CY23" s="3" t="n">
-        <x:v>2732</x:v>
+        <x:v>2720</x:v>
       </x:c>
       <x:c r="CZ23" s="3" t="n">
+        <x:v>2716</x:v>
+      </x:c>
+      <x:c r="DA23" s="3" t="n">
+        <x:v>2692</x:v>
+      </x:c>
+      <x:c r="DB23" s="3" t="n">
+        <x:v>3151</x:v>
+      </x:c>
+      <x:c r="DC23" s="3" t="n">
+        <x:v>3225</x:v>
+      </x:c>
+      <x:c r="DD23" s="3" t="n">
+        <x:v>3311</x:v>
+      </x:c>
+      <x:c r="DE23" s="3" t="n">
+        <x:v>3346</x:v>
+      </x:c>
+      <x:c r="DF23" s="3" t="n">
+        <x:v>3705</x:v>
+      </x:c>
+      <x:c r="DG23" s="3" t="n">
+        <x:v>3507</x:v>
+      </x:c>
+      <x:c r="DH23" s="3" t="n">
+        <x:v>2712</x:v>
+      </x:c>
+      <x:c r="DI23" s="3" t="n">
+        <x:v>2818</x:v>
+      </x:c>
+      <x:c r="DJ23" s="3" t="n">
+        <x:v>3215</x:v>
+      </x:c>
+      <x:c r="DK23" s="3" t="n">
+        <x:v>3984</x:v>
+      </x:c>
+      <x:c r="DL23" s="3" t="n">
+        <x:v>4139</x:v>
+      </x:c>
+      <x:c r="DM23" s="3" t="n">
+        <x:v>4299</x:v>
+      </x:c>
+      <x:c r="DN23" s="3" t="n">
+        <x:v>4584</x:v>
+      </x:c>
+      <x:c r="DO23" s="3" t="n">
+        <x:v>4679</x:v>
+      </x:c>
+      <x:c r="DP23" s="3" t="n">
+        <x:v>3288</x:v>
+      </x:c>
+      <x:c r="DQ23" s="3" t="n">
+        <x:v>2672</x:v>
+      </x:c>
+      <x:c r="DR23" s="3" t="n">
+        <x:v>4654</x:v>
+      </x:c>
+      <x:c r="DS23" s="3" t="n">
+        <x:v>5540</x:v>
+      </x:c>
+      <x:c r="DT23" s="3" t="n">
+        <x:v>4032</x:v>
+      </x:c>
+      <x:c r="DU23" s="3" t="n">
+        <x:v>2065</x:v>
+      </x:c>
+      <x:c r="DV23" s="3" t="n">
+        <x:v>1379</x:v>
+      </x:c>
+      <x:c r="DW23" s="3" t="n">
+        <x:v>1050</x:v>
+      </x:c>
+      <x:c r="DX23" s="3" t="n">
+        <x:v>2079</x:v>
+      </x:c>
+      <x:c r="DY23" s="3" t="n">
+        <x:v>2067</x:v>
+      </x:c>
+      <x:c r="DZ23" s="3" t="n">
+        <x:v>1924</x:v>
+      </x:c>
+      <x:c r="EA23" s="3" t="n">
+        <x:v>2220</x:v>
+      </x:c>
+      <x:c r="EB23" s="3" t="n">
+        <x:v>2755</x:v>
+      </x:c>
+      <x:c r="EC23" s="3" t="n">
+        <x:v>2980</x:v>
+      </x:c>
+      <x:c r="ED23" s="3" t="n">
+        <x:v>2754</x:v>
+      </x:c>
+      <x:c r="EE23" s="3" t="n">
+        <x:v>2736</x:v>
+      </x:c>
+      <x:c r="EF23" s="3" t="n">
+        <x:v>2454</x:v>
+      </x:c>
+      <x:c r="EG23" s="3" t="n">
+        <x:v>2107</x:v>
+      </x:c>
+      <x:c r="EH23" s="3" t="n">
+        <x:v>2518</x:v>
+      </x:c>
+      <x:c r="EI23" s="3" t="n">
+        <x:v>2671</x:v>
+      </x:c>
+      <x:c r="EJ23" s="3" t="n">
+        <x:v>2244</x:v>
+      </x:c>
+      <x:c r="EK23" s="3" t="n">
+        <x:v>1856</x:v>
+      </x:c>
+      <x:c r="EL23" s="3" t="n">
+        <x:v>2091</x:v>
+      </x:c>
+      <x:c r="EM23" s="3" t="n">
+        <x:v>1956</x:v>
+      </x:c>
+      <x:c r="EN23" s="3" t="n">
+        <x:v>1906</x:v>
+      </x:c>
+      <x:c r="EO23" s="3" t="n">
+        <x:v>1791</x:v>
+      </x:c>
+      <x:c r="EP23" s="3" t="n">
+        <x:v>2117</x:v>
+      </x:c>
+      <x:c r="EQ23" s="3" t="n">
+        <x:v>2281</x:v>
+      </x:c>
+      <x:c r="ER23" s="3" t="n">
+        <x:v>2786</x:v>
+      </x:c>
+      <x:c r="ES23" s="3" t="n">
+        <x:v>3325</x:v>
+      </x:c>
+      <x:c r="ET23" s="3" t="n">
+        <x:v>3599</x:v>
+      </x:c>
+      <x:c r="EU23" s="3" t="n">
+        <x:v>3313</x:v>
+      </x:c>
+      <x:c r="EV23" s="3" t="n">
+        <x:v>2557</x:v>
+      </x:c>
+      <x:c r="EW23" s="3" t="n">
+        <x:v>2370</x:v>
+      </x:c>
+      <x:c r="EX23" s="3" t="n">
+        <x:v>2463</x:v>
+      </x:c>
+      <x:c r="EY23" s="3" t="n">
+        <x:v>2405</x:v>
+      </x:c>
+      <x:c r="EZ23" s="3" t="n">
+        <x:v>2939</x:v>
+      </x:c>
+      <x:c r="FA23" s="3" t="n">
+        <x:v>2814</x:v>
+      </x:c>
+      <x:c r="FB23" s="3" t="n">
+        <x:v>3305</x:v>
+      </x:c>
+      <x:c r="FC23" s="3" t="n">
+        <x:v>3367</x:v>
+      </x:c>
+      <x:c r="FD23" s="3" t="n">
+        <x:v>3239</x:v>
+      </x:c>
+      <x:c r="FE23" s="3" t="n">
+        <x:v>3878</x:v>
+      </x:c>
+      <x:c r="FF23" s="3" t="n">
+        <x:v>3959</x:v>
+      </x:c>
+      <x:c r="FG23" s="3" t="n">
+        <x:v>3814</x:v>
+      </x:c>
+      <x:c r="FH23" s="3" t="n">
+        <x:v>2925</x:v>
+      </x:c>
+      <x:c r="FI23" s="3" t="n">
+        <x:v>2484</x:v>
+      </x:c>
+      <x:c r="FJ23" s="3" t="n">
         <x:v>2728</x:v>
       </x:c>
-      <x:c r="DA23" s="3" t="n">
-[...184 lines deleted...]
-      </x:c>
       <x:c r="FK23" s="3" t="n">
-        <x:v>2690</x:v>
+        <x:v>2601</x:v>
       </x:c>
       <x:c r="FL23" s="3" t="n">
-        <x:v>2560</x:v>
+        <x:v>2473</x:v>
       </x:c>
       <x:c r="FM23" s="3" t="n">
-        <x:v>2581</x:v>
+        <x:v>2494</x:v>
       </x:c>
       <x:c r="FN23" s="3" t="n">
-        <x:v>2855</x:v>
+        <x:v>2764</x:v>
       </x:c>
       <x:c r="FO23" s="3" t="n">
-        <x:v>3172</x:v>
+        <x:v>3072</x:v>
       </x:c>
       <x:c r="FP23" s="3" t="n">
-        <x:v>3076</x:v>
+        <x:v>2977</x:v>
       </x:c>
       <x:c r="FQ23" s="3" t="n">
-        <x:v>4142</x:v>
+        <x:v>3999</x:v>
       </x:c>
       <x:c r="FR23" s="3" t="n">
-        <x:v>2455</x:v>
+        <x:v>2361</x:v>
       </x:c>
       <x:c r="FS23" s="3" t="n">
-        <x:v>3200</x:v>
+        <x:v>3066</x:v>
       </x:c>
       <x:c r="FT23" s="3" t="n">
-        <x:v>4043</x:v>
+        <x:v>3859</x:v>
       </x:c>
       <x:c r="FU23" s="3" t="n">
-        <x:v>4829</x:v>
+        <x:v>4594</x:v>
       </x:c>
       <x:c r="FV23" s="3" t="n">
-        <x:v>7304</x:v>
+        <x:v>6943</x:v>
       </x:c>
       <x:c r="FW23" s="3" t="n">
-        <x:v>8979</x:v>
+        <x:v>8668</x:v>
       </x:c>
       <x:c r="FX23" s="3" t="n">
-        <x:v>4965</x:v>
+        <x:v>4947</x:v>
       </x:c>
       <x:c r="FY23" s="3" t="n">
-        <x:v>5500</x:v>
+        <x:v>5751</x:v>
       </x:c>
       <x:c r="FZ23" s="3" t="n">
-        <x:v>4788</x:v>
+        <x:v>5295</x:v>
       </x:c>
       <x:c r="GA23" s="3" t="n">
-        <x:v>4745</x:v>
+        <x:v>5453</x:v>
       </x:c>
       <x:c r="GB23" s="3" t="n">
-        <x:v>3923</x:v>
+        <x:v>4612</x:v>
       </x:c>
       <x:c r="GC23" s="3" t="n">
-        <x:v>3343</x:v>
+        <x:v>3973</x:v>
       </x:c>
       <x:c r="GD23" s="3" t="n">
-        <x:v>3252</x:v>
+        <x:v>3920</x:v>
       </x:c>
       <x:c r="GE23" s="3" t="n">
-        <x:v>4083</x:v>
+        <x:v>4969</x:v>
       </x:c>
       <x:c r="GF23" s="3" t="n">
-        <x:v>4365</x:v>
+        <x:v>5358</x:v>
       </x:c>
       <x:c r="GG23" s="3" t="n">
-        <x:v>4392</x:v>
+        <x:v>5258</x:v>
       </x:c>
       <x:c r="GH23" s="3" t="n">
-        <x:v>4786</x:v>
+        <x:v>6069</x:v>
       </x:c>
       <x:c r="GI23" s="3" t="n">
-        <x:v>4760</x:v>
+        <x:v>5591</x:v>
+      </x:c>
+      <x:c r="GJ23" s="3" t="n">
+        <x:v>5277</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:191">
+    <x:row r="24" spans="1:192">
       <x:c r="A24" s="2" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>1834</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
         <x:v>2198</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="E24" s="3" t="n">
         <x:v>2596</x:v>
       </x:c>
       <x:c r="F24" s="3" t="n">
         <x:v>2409</x:v>
       </x:c>
       <x:c r="G24" s="3" t="n">
         <x:v>1976</x:v>
       </x:c>
       <x:c r="H24" s="3" t="n">
         <x:v>1865</x:v>
       </x:c>
       <x:c r="I24" s="3" t="n">
         <x:v>2275</x:v>
       </x:c>
@@ -12994,347 +13064,350 @@
       <x:c r="CH24" s="3" t="n">
         <x:v>8188</x:v>
       </x:c>
       <x:c r="CI24" s="3" t="n">
         <x:v>8127</x:v>
       </x:c>
       <x:c r="CJ24" s="3" t="n">
         <x:v>7319</x:v>
       </x:c>
       <x:c r="CK24" s="3" t="n">
         <x:v>7760</x:v>
       </x:c>
       <x:c r="CL24" s="3" t="n">
         <x:v>8459</x:v>
       </x:c>
       <x:c r="CM24" s="3" t="n">
         <x:v>7459</x:v>
       </x:c>
       <x:c r="CN24" s="3" t="n">
         <x:v>7138</x:v>
       </x:c>
       <x:c r="CO24" s="3" t="n">
         <x:v>8005</x:v>
       </x:c>
       <x:c r="CP24" s="3" t="n">
-        <x:v>8662</x:v>
+        <x:v>8660</x:v>
       </x:c>
       <x:c r="CQ24" s="3" t="n">
-        <x:v>8014</x:v>
+        <x:v>8012</x:v>
       </x:c>
       <x:c r="CR24" s="3" t="n">
-        <x:v>7472</x:v>
+        <x:v>7470</x:v>
       </x:c>
       <x:c r="CS24" s="3" t="n">
-        <x:v>9046</x:v>
+        <x:v>9044</x:v>
       </x:c>
       <x:c r="CT24" s="3" t="n">
-        <x:v>8244</x:v>
+        <x:v>8240</x:v>
       </x:c>
       <x:c r="CU24" s="3" t="n">
-        <x:v>9072</x:v>
+        <x:v>9068</x:v>
       </x:c>
       <x:c r="CV24" s="3" t="n">
-        <x:v>7708</x:v>
+        <x:v>7705</x:v>
       </x:c>
       <x:c r="CW24" s="3" t="n">
-        <x:v>8706</x:v>
+        <x:v>8702</x:v>
       </x:c>
       <x:c r="CX24" s="3" t="n">
-        <x:v>8680</x:v>
+        <x:v>8675</x:v>
       </x:c>
       <x:c r="CY24" s="3" t="n">
-        <x:v>8494</x:v>
+        <x:v>8489</x:v>
       </x:c>
       <x:c r="CZ24" s="3" t="n">
-        <x:v>8020</x:v>
+        <x:v>8016</x:v>
       </x:c>
       <x:c r="DA24" s="3" t="n">
-        <x:v>8656</x:v>
+        <x:v>8650</x:v>
       </x:c>
       <x:c r="DB24" s="3" t="n">
-        <x:v>8645</x:v>
+        <x:v>8638</x:v>
       </x:c>
       <x:c r="DC24" s="3" t="n">
-        <x:v>8062</x:v>
+        <x:v>8055</x:v>
       </x:c>
       <x:c r="DD24" s="3" t="n">
-        <x:v>7925</x:v>
+        <x:v>7919</x:v>
       </x:c>
       <x:c r="DE24" s="3" t="n">
-        <x:v>9081</x:v>
+        <x:v>9074</x:v>
       </x:c>
       <x:c r="DF24" s="3" t="n">
-        <x:v>8948</x:v>
+        <x:v>8939</x:v>
       </x:c>
       <x:c r="DG24" s="3" t="n">
-        <x:v>9366</x:v>
+        <x:v>9358</x:v>
       </x:c>
       <x:c r="DH24" s="3" t="n">
-        <x:v>8353</x:v>
+        <x:v>8344</x:v>
       </x:c>
       <x:c r="DI24" s="3" t="n">
-        <x:v>9787</x:v>
+        <x:v>9778</x:v>
       </x:c>
       <x:c r="DJ24" s="3" t="n">
-        <x:v>11345</x:v>
+        <x:v>11323</x:v>
       </x:c>
       <x:c r="DK24" s="3" t="n">
-        <x:v>10316</x:v>
+        <x:v>10296</x:v>
       </x:c>
       <x:c r="DL24" s="3" t="n">
-        <x:v>9698</x:v>
+        <x:v>9681</x:v>
       </x:c>
       <x:c r="DM24" s="3" t="n">
-        <x:v>10765</x:v>
+        <x:v>10747</x:v>
       </x:c>
       <x:c r="DN24" s="3" t="n">
-        <x:v>12949</x:v>
+        <x:v>12922</x:v>
       </x:c>
       <x:c r="DO24" s="3" t="n">
-        <x:v>12158</x:v>
+        <x:v>12129</x:v>
       </x:c>
       <x:c r="DP24" s="3" t="n">
-        <x:v>11501</x:v>
+        <x:v>11474</x:v>
       </x:c>
       <x:c r="DQ24" s="3" t="n">
-        <x:v>13407</x:v>
+        <x:v>13377</x:v>
       </x:c>
       <x:c r="DR24" s="3" t="n">
-        <x:v>13202</x:v>
+        <x:v>13152</x:v>
       </x:c>
       <x:c r="DS24" s="3" t="n">
-        <x:v>14681</x:v>
+        <x:v>14628</x:v>
       </x:c>
       <x:c r="DT24" s="3" t="n">
-        <x:v>13291</x:v>
+        <x:v>13243</x:v>
       </x:c>
       <x:c r="DU24" s="3" t="n">
-        <x:v>15903</x:v>
+        <x:v>15844</x:v>
       </x:c>
       <x:c r="DV24" s="3" t="n">
-        <x:v>15678</x:v>
+        <x:v>15609</x:v>
       </x:c>
       <x:c r="DW24" s="3" t="n">
-        <x:v>14376</x:v>
+        <x:v>14304</x:v>
       </x:c>
       <x:c r="DX24" s="3" t="n">
-        <x:v>13236</x:v>
+        <x:v>13168</x:v>
       </x:c>
       <x:c r="DY24" s="3" t="n">
-        <x:v>13903</x:v>
+        <x:v>13843</x:v>
       </x:c>
       <x:c r="DZ24" s="3" t="n">
-        <x:v>13942</x:v>
+        <x:v>13880</x:v>
       </x:c>
       <x:c r="EA24" s="3" t="n">
-        <x:v>13546</x:v>
+        <x:v>13487</x:v>
       </x:c>
       <x:c r="EB24" s="3" t="n">
-        <x:v>12892</x:v>
+        <x:v>12835</x:v>
       </x:c>
       <x:c r="EC24" s="3" t="n">
-        <x:v>14460</x:v>
+        <x:v>14404</x:v>
       </x:c>
       <x:c r="ED24" s="3" t="n">
-        <x:v>14852</x:v>
+        <x:v>14776</x:v>
       </x:c>
       <x:c r="EE24" s="3" t="n">
-        <x:v>13262</x:v>
+        <x:v>13203</x:v>
       </x:c>
       <x:c r="EF24" s="3" t="n">
-        <x:v>13964</x:v>
+        <x:v>13898</x:v>
       </x:c>
       <x:c r="EG24" s="3" t="n">
-        <x:v>15641</x:v>
+        <x:v>15563</x:v>
       </x:c>
       <x:c r="EH24" s="3" t="n">
-        <x:v>16570</x:v>
+        <x:v>16492</x:v>
       </x:c>
       <x:c r="EI24" s="3" t="n">
-        <x:v>14761</x:v>
+        <x:v>14692</x:v>
       </x:c>
       <x:c r="EJ24" s="3" t="n">
-        <x:v>14838</x:v>
+        <x:v>14759</x:v>
       </x:c>
       <x:c r="EK24" s="3" t="n">
-        <x:v>16349</x:v>
+        <x:v>16261</x:v>
       </x:c>
       <x:c r="EL24" s="3" t="n">
-        <x:v>15321</x:v>
+        <x:v>15239</x:v>
       </x:c>
       <x:c r="EM24" s="3" t="n">
-        <x:v>16470</x:v>
+        <x:v>16387</x:v>
       </x:c>
       <x:c r="EN24" s="3" t="n">
-        <x:v>15169</x:v>
+        <x:v>15086</x:v>
       </x:c>
       <x:c r="EO24" s="3" t="n">
-        <x:v>17036</x:v>
+        <x:v>16937</x:v>
       </x:c>
       <x:c r="EP24" s="3" t="n">
-        <x:v>17675</x:v>
+        <x:v>17560</x:v>
       </x:c>
       <x:c r="EQ24" s="3" t="n">
-        <x:v>16252</x:v>
+        <x:v>16142</x:v>
       </x:c>
       <x:c r="ER24" s="3" t="n">
-        <x:v>16039</x:v>
+        <x:v>15922</x:v>
       </x:c>
       <x:c r="ES24" s="3" t="n">
-        <x:v>17761</x:v>
+        <x:v>17646</x:v>
       </x:c>
       <x:c r="ET24" s="3" t="n">
-        <x:v>17650</x:v>
+        <x:v>17514</x:v>
       </x:c>
       <x:c r="EU24" s="3" t="n">
-        <x:v>15843</x:v>
+        <x:v>15727</x:v>
       </x:c>
       <x:c r="EV24" s="3" t="n">
-        <x:v>13819</x:v>
+        <x:v>13720</x:v>
       </x:c>
       <x:c r="EW24" s="3" t="n">
-        <x:v>15330</x:v>
+        <x:v>15225</x:v>
       </x:c>
       <x:c r="EX24" s="3" t="n">
-        <x:v>13671</x:v>
+        <x:v>13602</x:v>
       </x:c>
       <x:c r="EY24" s="3" t="n">
-        <x:v>13506</x:v>
+        <x:v>13446</x:v>
       </x:c>
       <x:c r="EZ24" s="3" t="n">
-        <x:v>11629</x:v>
+        <x:v>11583</x:v>
       </x:c>
       <x:c r="FA24" s="3" t="n">
-        <x:v>13052</x:v>
+        <x:v>13001</x:v>
       </x:c>
       <x:c r="FB24" s="3" t="n">
-        <x:v>13470</x:v>
+        <x:v>13420</x:v>
       </x:c>
       <x:c r="FC24" s="3" t="n">
-        <x:v>12010</x:v>
+        <x:v>11969</x:v>
       </x:c>
       <x:c r="FD24" s="3" t="n">
-        <x:v>11342</x:v>
+        <x:v>11300</x:v>
       </x:c>
       <x:c r="FE24" s="3" t="n">
-        <x:v>13454</x:v>
+        <x:v>13399</x:v>
       </x:c>
       <x:c r="FF24" s="3" t="n">
-        <x:v>13590</x:v>
+        <x:v>13527</x:v>
       </x:c>
       <x:c r="FG24" s="3" t="n">
-        <x:v>13513</x:v>
+        <x:v>13446</x:v>
       </x:c>
       <x:c r="FH24" s="3" t="n">
-        <x:v>11984</x:v>
+        <x:v>11917</x:v>
       </x:c>
       <x:c r="FI24" s="3" t="n">
-        <x:v>14517</x:v>
+        <x:v>14440</x:v>
       </x:c>
       <x:c r="FJ24" s="3" t="n">
-        <x:v>15423</x:v>
+        <x:v>15341</x:v>
       </x:c>
       <x:c r="FK24" s="3" t="n">
-        <x:v>14446</x:v>
+        <x:v>14378</x:v>
       </x:c>
       <x:c r="FL24" s="3" t="n">
-        <x:v>12973</x:v>
+        <x:v>12919</x:v>
       </x:c>
       <x:c r="FM24" s="3" t="n">
-        <x:v>14757</x:v>
+        <x:v>14710</x:v>
       </x:c>
       <x:c r="FN24" s="3" t="n">
-        <x:v>15946</x:v>
+        <x:v>15917</x:v>
       </x:c>
       <x:c r="FO24" s="3" t="n">
-        <x:v>14215</x:v>
+        <x:v>14189</x:v>
       </x:c>
       <x:c r="FP24" s="3" t="n">
-        <x:v>13174</x:v>
+        <x:v>13137</x:v>
       </x:c>
       <x:c r="FQ24" s="3" t="n">
-        <x:v>15760</x:v>
+        <x:v>15680</x:v>
       </x:c>
       <x:c r="FR24" s="3" t="n">
-        <x:v>16568</x:v>
+        <x:v>16408</x:v>
       </x:c>
       <x:c r="FS24" s="3" t="n">
-        <x:v>16226</x:v>
+        <x:v>16090</x:v>
       </x:c>
       <x:c r="FT24" s="3" t="n">
-        <x:v>13740</x:v>
+        <x:v>13710</x:v>
       </x:c>
       <x:c r="FU24" s="3" t="n">
-        <x:v>15977</x:v>
+        <x:v>16093</x:v>
       </x:c>
       <x:c r="FV24" s="3" t="n">
-        <x:v>17230</x:v>
+        <x:v>17578</x:v>
       </x:c>
       <x:c r="FW24" s="3" t="n">
-        <x:v>16845</x:v>
+        <x:v>17239</x:v>
       </x:c>
       <x:c r="FX24" s="3" t="n">
-        <x:v>15217</x:v>
+        <x:v>15447</x:v>
       </x:c>
       <x:c r="FY24" s="3" t="n">
-        <x:v>19305</x:v>
+        <x:v>19242</x:v>
       </x:c>
       <x:c r="FZ24" s="3" t="n">
-        <x:v>21136</x:v>
+        <x:v>20358</x:v>
       </x:c>
       <x:c r="GA24" s="3" t="n">
-        <x:v>19470</x:v>
+        <x:v>18221</x:v>
       </x:c>
       <x:c r="GB24" s="3" t="n">
-        <x:v>18466</x:v>
+        <x:v>16907</x:v>
       </x:c>
       <x:c r="GC24" s="3" t="n">
-        <x:v>21076</x:v>
+        <x:v>19159</x:v>
       </x:c>
       <x:c r="GD24" s="3" t="n">
-        <x:v>22542</x:v>
+        <x:v>20939</x:v>
       </x:c>
       <x:c r="GE24" s="3" t="n">
-        <x:v>22316</x:v>
+        <x:v>21170</x:v>
       </x:c>
       <x:c r="GF24" s="3" t="n">
-        <x:v>20169</x:v>
+        <x:v>18904</x:v>
       </x:c>
       <x:c r="GG24" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>21306</x:v>
       </x:c>
       <x:c r="GH24" s="3" t="n">
-        <x:v>26658</x:v>
+        <x:v>25212</x:v>
       </x:c>
       <x:c r="GI24" s="3" t="n">
-        <x:v>25398</x:v>
+        <x:v>24010</x:v>
+      </x:c>
+      <x:c r="GJ24" s="3" t="n">
+        <x:v>22074</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:191">
+    <x:row r="25" spans="1:192">
       <x:c r="A25" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>949</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
         <x:v>815</x:v>
       </x:c>
       <x:c r="E25" s="3" t="n">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="F25" s="3" t="n">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="G25" s="3" t="n">
         <x:v>979</x:v>
       </x:c>
       <x:c r="H25" s="3" t="n">
         <x:v>873</x:v>
       </x:c>
       <x:c r="I25" s="3" t="n">
         <x:v>1013</x:v>
       </x:c>
@@ -13569,347 +13642,350 @@
       <x:c r="CH25" s="3" t="n">
         <x:v>4033</x:v>
       </x:c>
       <x:c r="CI25" s="3" t="n">
         <x:v>4130</x:v>
       </x:c>
       <x:c r="CJ25" s="3" t="n">
         <x:v>3783</x:v>
       </x:c>
       <x:c r="CK25" s="3" t="n">
         <x:v>4076</x:v>
       </x:c>
       <x:c r="CL25" s="3" t="n">
         <x:v>3975</x:v>
       </x:c>
       <x:c r="CM25" s="3" t="n">
         <x:v>3515</x:v>
       </x:c>
       <x:c r="CN25" s="3" t="n">
         <x:v>3369</x:v>
       </x:c>
       <x:c r="CO25" s="3" t="n">
         <x:v>3765</x:v>
       </x:c>
       <x:c r="CP25" s="3" t="n">
-        <x:v>3702</x:v>
+        <x:v>3701</x:v>
       </x:c>
       <x:c r="CQ25" s="3" t="n">
-        <x:v>3549</x:v>
+        <x:v>3548</x:v>
       </x:c>
       <x:c r="CR25" s="3" t="n">
-        <x:v>3525</x:v>
+        <x:v>3524</x:v>
       </x:c>
       <x:c r="CS25" s="3" t="n">
-        <x:v>4178</x:v>
+        <x:v>4177</x:v>
       </x:c>
       <x:c r="CT25" s="3" t="n">
-        <x:v>4086</x:v>
+        <x:v>4083</x:v>
       </x:c>
       <x:c r="CU25" s="3" t="n">
-        <x:v>4535</x:v>
+        <x:v>4533</x:v>
       </x:c>
       <x:c r="CV25" s="3" t="n">
-        <x:v>4160</x:v>
+        <x:v>4158</x:v>
       </x:c>
       <x:c r="CW25" s="3" t="n">
-        <x:v>4654</x:v>
+        <x:v>4651</x:v>
       </x:c>
       <x:c r="CX25" s="3" t="n">
-        <x:v>4340</x:v>
+        <x:v>4336</x:v>
       </x:c>
       <x:c r="CY25" s="3" t="n">
-        <x:v>3946</x:v>
+        <x:v>3943</x:v>
       </x:c>
       <x:c r="CZ25" s="3" t="n">
-        <x:v>3774</x:v>
+        <x:v>3771</x:v>
       </x:c>
       <x:c r="DA25" s="3" t="n">
-        <x:v>4051</x:v>
+        <x:v>4048</x:v>
       </x:c>
       <x:c r="DB25" s="3" t="n">
-        <x:v>4117</x:v>
+        <x:v>4114</x:v>
       </x:c>
       <x:c r="DC25" s="3" t="n">
-        <x:v>4005</x:v>
+        <x:v>4002</x:v>
       </x:c>
       <x:c r="DD25" s="3" t="n">
-        <x:v>3881</x:v>
+        <x:v>3878</x:v>
       </x:c>
       <x:c r="DE25" s="3" t="n">
-        <x:v>4423</x:v>
+        <x:v>4419</x:v>
       </x:c>
       <x:c r="DF25" s="3" t="n">
-        <x:v>4416</x:v>
+        <x:v>4410</x:v>
       </x:c>
       <x:c r="DG25" s="3" t="n">
-        <x:v>4830</x:v>
+        <x:v>4824</x:v>
       </x:c>
       <x:c r="DH25" s="3" t="n">
-        <x:v>4317</x:v>
+        <x:v>4312</x:v>
       </x:c>
       <x:c r="DI25" s="3" t="n">
+        <x:v>5202</x:v>
+      </x:c>
+      <x:c r="DJ25" s="3" t="n">
+        <x:v>5565</x:v>
+      </x:c>
+      <x:c r="DK25" s="3" t="n">
+        <x:v>5447</x:v>
+      </x:c>
+      <x:c r="DL25" s="3" t="n">
+        <x:v>5207</x:v>
+      </x:c>
+      <x:c r="DM25" s="3" t="n">
+        <x:v>5952</x:v>
+      </x:c>
+      <x:c r="DN25" s="3" t="n">
+        <x:v>5127</x:v>
+      </x:c>
+      <x:c r="DO25" s="3" t="n">
+        <x:v>5058</x:v>
+      </x:c>
+      <x:c r="DP25" s="3" t="n">
+        <x:v>4807</x:v>
+      </x:c>
+      <x:c r="DQ25" s="3" t="n">
+        <x:v>5693</x:v>
+      </x:c>
+      <x:c r="DR25" s="3" t="n">
+        <x:v>5141</x:v>
+      </x:c>
+      <x:c r="DS25" s="3" t="n">
+        <x:v>6019</x:v>
+      </x:c>
+      <x:c r="DT25" s="3" t="n">
+        <x:v>4836</x:v>
+      </x:c>
+      <x:c r="DU25" s="3" t="n">
+        <x:v>6029</x:v>
+      </x:c>
+      <x:c r="DV25" s="3" t="n">
+        <x:v>5389</x:v>
+      </x:c>
+      <x:c r="DW25" s="3" t="n">
+        <x:v>5173</x:v>
+      </x:c>
+      <x:c r="DX25" s="3" t="n">
+        <x:v>4464</x:v>
+      </x:c>
+      <x:c r="DY25" s="3" t="n">
         <x:v>5209</x:v>
       </x:c>
-      <x:c r="DJ25" s="3" t="n">
-[...46 lines deleted...]
-      </x:c>
       <x:c r="DZ25" s="3" t="n">
-        <x:v>5173</x:v>
+        <x:v>5150</x:v>
       </x:c>
       <x:c r="EA25" s="3" t="n">
-        <x:v>5269</x:v>
+        <x:v>5246</x:v>
       </x:c>
       <x:c r="EB25" s="3" t="n">
-        <x:v>4456</x:v>
+        <x:v>4438</x:v>
       </x:c>
       <x:c r="EC25" s="3" t="n">
-        <x:v>5137</x:v>
+        <x:v>5116</x:v>
       </x:c>
       <x:c r="ED25" s="3" t="n">
-        <x:v>5408</x:v>
+        <x:v>5383</x:v>
       </x:c>
       <x:c r="EE25" s="3" t="n">
-        <x:v>4754</x:v>
+        <x:v>4734</x:v>
       </x:c>
       <x:c r="EF25" s="3" t="n">
-        <x:v>4836</x:v>
+        <x:v>4815</x:v>
       </x:c>
       <x:c r="EG25" s="3" t="n">
-        <x:v>5314</x:v>
+        <x:v>5292</x:v>
       </x:c>
       <x:c r="EH25" s="3" t="n">
-        <x:v>5527</x:v>
+        <x:v>5503</x:v>
       </x:c>
       <x:c r="EI25" s="3" t="n">
-        <x:v>4821</x:v>
+        <x:v>4802</x:v>
       </x:c>
       <x:c r="EJ25" s="3" t="n">
-        <x:v>5118</x:v>
+        <x:v>5097</x:v>
       </x:c>
       <x:c r="EK25" s="3" t="n">
-        <x:v>5906</x:v>
+        <x:v>5880</x:v>
       </x:c>
       <x:c r="EL25" s="3" t="n">
-        <x:v>5550</x:v>
+        <x:v>5522</x:v>
       </x:c>
       <x:c r="EM25" s="3" t="n">
-        <x:v>6229</x:v>
+        <x:v>6198</x:v>
       </x:c>
       <x:c r="EN25" s="3" t="n">
-        <x:v>5414</x:v>
+        <x:v>5390</x:v>
       </x:c>
       <x:c r="EO25" s="3" t="n">
-        <x:v>6136</x:v>
+        <x:v>6106</x:v>
       </x:c>
       <x:c r="EP25" s="3" t="n">
-        <x:v>5788</x:v>
+        <x:v>5759</x:v>
       </x:c>
       <x:c r="EQ25" s="3" t="n">
-        <x:v>5833</x:v>
+        <x:v>5803</x:v>
       </x:c>
       <x:c r="ER25" s="3" t="n">
-        <x:v>5592</x:v>
+        <x:v>5566</x:v>
       </x:c>
       <x:c r="ES25" s="3" t="n">
-        <x:v>5997</x:v>
+        <x:v>5967</x:v>
       </x:c>
       <x:c r="ET25" s="3" t="n">
-        <x:v>5909</x:v>
+        <x:v>5876</x:v>
       </x:c>
       <x:c r="EU25" s="3" t="n">
-        <x:v>4993</x:v>
+        <x:v>4967</x:v>
       </x:c>
       <x:c r="EV25" s="3" t="n">
-        <x:v>4397</x:v>
+        <x:v>4375</x:v>
       </x:c>
       <x:c r="EW25" s="3" t="n">
-        <x:v>4576</x:v>
+        <x:v>4554</x:v>
       </x:c>
       <x:c r="EX25" s="3" t="n">
-        <x:v>4572</x:v>
+        <x:v>4552</x:v>
       </x:c>
       <x:c r="EY25" s="3" t="n">
-        <x:v>5102</x:v>
+        <x:v>5078</x:v>
       </x:c>
       <x:c r="EZ25" s="3" t="n">
-        <x:v>3932</x:v>
+        <x:v>3913</x:v>
       </x:c>
       <x:c r="FA25" s="3" t="n">
-        <x:v>4936</x:v>
+        <x:v>4908</x:v>
       </x:c>
       <x:c r="FB25" s="3" t="n">
-        <x:v>4826</x:v>
+        <x:v>4802</x:v>
       </x:c>
       <x:c r="FC25" s="3" t="n">
-        <x:v>4523</x:v>
+        <x:v>4502</x:v>
       </x:c>
       <x:c r="FD25" s="3" t="n">
-        <x:v>3527</x:v>
+        <x:v>3514</x:v>
       </x:c>
       <x:c r="FE25" s="3" t="n">
-        <x:v>4125</x:v>
+        <x:v>4109</x:v>
       </x:c>
       <x:c r="FF25" s="3" t="n">
-        <x:v>3959</x:v>
+        <x:v>3945</x:v>
       </x:c>
       <x:c r="FG25" s="3" t="n">
-        <x:v>3785</x:v>
+        <x:v>3773</x:v>
       </x:c>
       <x:c r="FH25" s="3" t="n">
-        <x:v>3022</x:v>
+        <x:v>3014</x:v>
       </x:c>
       <x:c r="FI25" s="3" t="n">
-        <x:v>3597</x:v>
+        <x:v>3586</x:v>
       </x:c>
       <x:c r="FJ25" s="3" t="n">
-        <x:v>4300</x:v>
+        <x:v>4284</x:v>
       </x:c>
       <x:c r="FK25" s="3" t="n">
-        <x:v>4487</x:v>
+        <x:v>4467</x:v>
       </x:c>
       <x:c r="FL25" s="3" t="n">
-        <x:v>3853</x:v>
+        <x:v>3830</x:v>
       </x:c>
       <x:c r="FM25" s="3" t="n">
-        <x:v>4856</x:v>
+        <x:v>4829</x:v>
       </x:c>
       <x:c r="FN25" s="3" t="n">
-        <x:v>5503</x:v>
+        <x:v>5477</x:v>
       </x:c>
       <x:c r="FO25" s="3" t="n">
-        <x:v>3706</x:v>
+        <x:v>3681</x:v>
       </x:c>
       <x:c r="FP25" s="3" t="n">
-        <x:v>3348</x:v>
+        <x:v>3327</x:v>
       </x:c>
       <x:c r="FQ25" s="3" t="n">
-        <x:v>4233</x:v>
+        <x:v>4211</x:v>
       </x:c>
       <x:c r="FR25" s="3" t="n">
-        <x:v>5772</x:v>
+        <x:v>5751</x:v>
       </x:c>
       <x:c r="FS25" s="3" t="n">
-        <x:v>5153</x:v>
+        <x:v>5136</x:v>
       </x:c>
       <x:c r="FT25" s="3" t="n">
-        <x:v>3900</x:v>
+        <x:v>3871</x:v>
       </x:c>
       <x:c r="FU25" s="3" t="n">
-        <x:v>3167</x:v>
+        <x:v>3135</x:v>
       </x:c>
       <x:c r="FV25" s="3" t="n">
-        <x:v>4904</x:v>
+        <x:v>4891</x:v>
       </x:c>
       <x:c r="FW25" s="3" t="n">
-        <x:v>5144</x:v>
+        <x:v>5135</x:v>
       </x:c>
       <x:c r="FX25" s="3" t="n">
-        <x:v>3629</x:v>
+        <x:v>3660</x:v>
       </x:c>
       <x:c r="FY25" s="3" t="n">
-        <x:v>5703</x:v>
+        <x:v>5834</x:v>
       </x:c>
       <x:c r="FZ25" s="3" t="n">
-        <x:v>6120</x:v>
+        <x:v>6428</x:v>
       </x:c>
       <x:c r="GA25" s="3" t="n">
-        <x:v>6030</x:v>
+        <x:v>6461</x:v>
       </x:c>
       <x:c r="GB25" s="3" t="n">
-        <x:v>5192</x:v>
+        <x:v>5711</x:v>
       </x:c>
       <x:c r="GC25" s="3" t="n">
-        <x:v>6706</x:v>
+        <x:v>7334</x:v>
       </x:c>
       <x:c r="GD25" s="3" t="n">
-        <x:v>6778</x:v>
+        <x:v>7418</x:v>
       </x:c>
       <x:c r="GE25" s="3" t="n">
-        <x:v>7124</x:v>
+        <x:v>7897</x:v>
       </x:c>
       <x:c r="GF25" s="3" t="n">
-        <x:v>6263</x:v>
+        <x:v>6889</x:v>
       </x:c>
       <x:c r="GG25" s="3" t="n">
-        <x:v>7493</x:v>
+        <x:v>8198</x:v>
       </x:c>
       <x:c r="GH25" s="3" t="n">
-        <x:v>8276</x:v>
+        <x:v>9016</x:v>
       </x:c>
       <x:c r="GI25" s="3" t="n">
-        <x:v>8854</x:v>
+        <x:v>9831</x:v>
+      </x:c>
+      <x:c r="GJ25" s="3" t="n">
+        <x:v>8198</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:191">
+    <x:row r="26" spans="1:192">
       <x:c r="A26" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
         <x:v>460</x:v>
       </x:c>
       <x:c r="D26" s="3" t="n">
         <x:v>398</x:v>
       </x:c>
       <x:c r="E26" s="3" t="n">
         <x:v>550</x:v>
       </x:c>
       <x:c r="F26" s="3" t="n">
         <x:v>478</x:v>
       </x:c>
       <x:c r="G26" s="3" t="n">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H26" s="3" t="n">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I26" s="3" t="n">
         <x:v>533</x:v>
       </x:c>
@@ -14144,347 +14220,350 @@
       <x:c r="CH26" s="3" t="n">
         <x:v>1484</x:v>
       </x:c>
       <x:c r="CI26" s="3" t="n">
         <x:v>1430</x:v>
       </x:c>
       <x:c r="CJ26" s="3" t="n">
         <x:v>1284</x:v>
       </x:c>
       <x:c r="CK26" s="3" t="n">
         <x:v>1634</x:v>
       </x:c>
       <x:c r="CL26" s="3" t="n">
         <x:v>1670</x:v>
       </x:c>
       <x:c r="CM26" s="3" t="n">
         <x:v>1545</x:v>
       </x:c>
       <x:c r="CN26" s="3" t="n">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="CO26" s="3" t="n">
         <x:v>1558</x:v>
       </x:c>
       <x:c r="CP26" s="3" t="n">
-        <x:v>1597</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="CQ26" s="3" t="n">
-        <x:v>1458</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="CR26" s="3" t="n">
-        <x:v>1335</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="CS26" s="3" t="n">
-        <x:v>1666</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="CT26" s="3" t="n">
-        <x:v>1617</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="CU26" s="3" t="n">
-        <x:v>1691</x:v>
+        <x:v>1707</x:v>
       </x:c>
       <x:c r="CV26" s="3" t="n">
-        <x:v>1437</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="CW26" s="3" t="n">
-        <x:v>1613</x:v>
+        <x:v>1628</x:v>
       </x:c>
       <x:c r="CX26" s="3" t="n">
-        <x:v>1976</x:v>
+        <x:v>2003</x:v>
       </x:c>
       <x:c r="CY26" s="3" t="n">
-        <x:v>1782</x:v>
+        <x:v>1806</x:v>
       </x:c>
       <x:c r="CZ26" s="3" t="n">
-        <x:v>1139</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="DA26" s="3" t="n">
-        <x:v>1910</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="DB26" s="3" t="n">
-        <x:v>1913</x:v>
+        <x:v>1948</x:v>
       </x:c>
       <x:c r="DC26" s="3" t="n">
-        <x:v>1757</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="DD26" s="3" t="n">
-        <x:v>1670</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="DE26" s="3" t="n">
-        <x:v>1882</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="DF26" s="3" t="n">
-        <x:v>1803</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="DG26" s="3" t="n">
-        <x:v>1937</x:v>
+        <x:v>1981</x:v>
       </x:c>
       <x:c r="DH26" s="3" t="n">
-        <x:v>1643</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="DI26" s="3" t="n">
-        <x:v>1807</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="DJ26" s="3" t="n">
-        <x:v>1977</x:v>
+        <x:v>2032</x:v>
       </x:c>
       <x:c r="DK26" s="3" t="n">
-        <x:v>1839</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="DL26" s="3" t="n">
-        <x:v>1632</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="DM26" s="3" t="n">
-        <x:v>1894</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="DN26" s="3" t="n">
-        <x:v>2011</x:v>
+        <x:v>2079</x:v>
       </x:c>
       <x:c r="DO26" s="3" t="n">
-        <x:v>1738</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="DP26" s="3" t="n">
-        <x:v>1587</x:v>
+        <x:v>1641</x:v>
       </x:c>
       <x:c r="DQ26" s="3" t="n">
-        <x:v>1919</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="DR26" s="3" t="n">
-        <x:v>1697</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="DS26" s="3" t="n">
-        <x:v>1711</x:v>
+        <x:v>1779</x:v>
       </x:c>
       <x:c r="DT26" s="3" t="n">
-        <x:v>1315</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="DU26" s="3" t="n">
-        <x:v>1563</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="DV26" s="3" t="n">
+        <x:v>1671</x:v>
+      </x:c>
+      <x:c r="DW26" s="3" t="n">
+        <x:v>1515</x:v>
+      </x:c>
+      <x:c r="DX26" s="3" t="n">
+        <x:v>1313</x:v>
+      </x:c>
+      <x:c r="DY26" s="3" t="n">
+        <x:v>1532</x:v>
+      </x:c>
+      <x:c r="DZ26" s="3" t="n">
+        <x:v>1559</x:v>
+      </x:c>
+      <x:c r="EA26" s="3" t="n">
+        <x:v>1488</x:v>
+      </x:c>
+      <x:c r="EB26" s="3" t="n">
+        <x:v>1367</x:v>
+      </x:c>
+      <x:c r="EC26" s="3" t="n">
+        <x:v>1672</x:v>
+      </x:c>
+      <x:c r="ED26" s="3" t="n">
+        <x:v>1655</x:v>
+      </x:c>
+      <x:c r="EE26" s="3" t="n">
+        <x:v>1429</x:v>
+      </x:c>
+      <x:c r="EF26" s="3" t="n">
+        <x:v>1347</x:v>
+      </x:c>
+      <x:c r="EG26" s="3" t="n">
+        <x:v>1621</x:v>
+      </x:c>
+      <x:c r="EH26" s="3" t="n">
+        <x:v>1736</x:v>
+      </x:c>
+      <x:c r="EI26" s="3" t="n">
+        <x:v>1483</x:v>
+      </x:c>
+      <x:c r="EJ26" s="3" t="n">
+        <x:v>1388</x:v>
+      </x:c>
+      <x:c r="EK26" s="3" t="n">
+        <x:v>1539</x:v>
+      </x:c>
+      <x:c r="EL26" s="3" t="n">
+        <x:v>1655</x:v>
+      </x:c>
+      <x:c r="EM26" s="3" t="n">
+        <x:v>1664</x:v>
+      </x:c>
+      <x:c r="EN26" s="3" t="n">
+        <x:v>1407</x:v>
+      </x:c>
+      <x:c r="EO26" s="3" t="n">
+        <x:v>1625</x:v>
+      </x:c>
+      <x:c r="EP26" s="3" t="n">
         <x:v>1604</x:v>
       </x:c>
-      <x:c r="DW26" s="3" t="n">
-[...58 lines deleted...]
-      </x:c>
       <x:c r="EQ26" s="3" t="n">
-        <x:v>1351</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="ER26" s="3" t="n">
-        <x:v>1279</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="ES26" s="3" t="n">
-        <x:v>1475</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="ET26" s="3" t="n">
-        <x:v>1471</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="EU26" s="3" t="n">
-        <x:v>1420</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="EV26" s="3" t="n">
-        <x:v>1238</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="EW26" s="3" t="n">
-        <x:v>1413</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="EX26" s="3" t="n">
-        <x:v>1671</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="EY26" s="3" t="n">
-        <x:v>1694</x:v>
+        <x:v>1816</x:v>
       </x:c>
       <x:c r="EZ26" s="3" t="n">
-        <x:v>1453</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="FA26" s="3" t="n">
-        <x:v>1716</x:v>
+        <x:v>1843</x:v>
       </x:c>
       <x:c r="FB26" s="3" t="n">
-        <x:v>1764</x:v>
+        <x:v>1899</x:v>
       </x:c>
       <x:c r="FC26" s="3" t="n">
-        <x:v>1520</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="FD26" s="3" t="n">
-        <x:v>1427</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="FE26" s="3" t="n">
-        <x:v>1731</x:v>
+        <x:v>1870</x:v>
       </x:c>
       <x:c r="FF26" s="3" t="n">
-        <x:v>1689</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="FG26" s="3" t="n">
-        <x:v>1634</x:v>
+        <x:v>1767</x:v>
       </x:c>
       <x:c r="FH26" s="3" t="n">
-        <x:v>1410</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="FI26" s="3" t="n">
-        <x:v>1671</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="FJ26" s="3" t="n">
-        <x:v>1865</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="FK26" s="3" t="n">
-        <x:v>1664</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="FL26" s="3" t="n">
-        <x:v>1513</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="FM26" s="3" t="n">
-        <x:v>1718</x:v>
+        <x:v>1871</x:v>
       </x:c>
       <x:c r="FN26" s="3" t="n">
-        <x:v>1693</x:v>
+        <x:v>1848</x:v>
       </x:c>
       <x:c r="FO26" s="3" t="n">
-        <x:v>1340</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="FP26" s="3" t="n">
-        <x:v>1712</x:v>
+        <x:v>1870</x:v>
       </x:c>
       <x:c r="FQ26" s="3" t="n">
-        <x:v>1928</x:v>
+        <x:v>2103</x:v>
       </x:c>
       <x:c r="FR26" s="3" t="n">
-        <x:v>2068</x:v>
+        <x:v>2249</x:v>
       </x:c>
       <x:c r="FS26" s="3" t="n">
-        <x:v>1960</x:v>
+        <x:v>2137</x:v>
       </x:c>
       <x:c r="FT26" s="3" t="n">
-        <x:v>1661</x:v>
+        <x:v>1824</x:v>
       </x:c>
       <x:c r="FU26" s="3" t="n">
-        <x:v>2091</x:v>
+        <x:v>2320</x:v>
       </x:c>
       <x:c r="FV26" s="3" t="n">
-        <x:v>2247</x:v>
+        <x:v>2527</x:v>
       </x:c>
       <x:c r="FW26" s="3" t="n">
-        <x:v>2105</x:v>
+        <x:v>2356</x:v>
       </x:c>
       <x:c r="FX26" s="3" t="n">
-        <x:v>1977</x:v>
+        <x:v>2154</x:v>
       </x:c>
       <x:c r="FY26" s="3" t="n">
-        <x:v>2364</x:v>
+        <x:v>2463</x:v>
       </x:c>
       <x:c r="FZ26" s="3" t="n">
-        <x:v>2428</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="GA26" s="3" t="n">
-        <x:v>2297</x:v>
+        <x:v>2093</x:v>
       </x:c>
       <x:c r="GB26" s="3" t="n">
-        <x:v>2211</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="GC26" s="3" t="n">
-        <x:v>2464</x:v>
+        <x:v>2106</x:v>
       </x:c>
       <x:c r="GD26" s="3" t="n">
-        <x:v>2373</x:v>
+        <x:v>2125</x:v>
       </x:c>
       <x:c r="GE26" s="3" t="n">
-        <x:v>2738</x:v>
+        <x:v>2447</x:v>
       </x:c>
       <x:c r="GF26" s="3" t="n">
-        <x:v>2306</x:v>
+        <x:v>2067</x:v>
       </x:c>
       <x:c r="GG26" s="3" t="n">
-        <x:v>2640</x:v>
+        <x:v>2384</x:v>
       </x:c>
       <x:c r="GH26" s="3" t="n">
-        <x:v>2856</x:v>
+        <x:v>2552</x:v>
       </x:c>
       <x:c r="GI26" s="3" t="n">
-        <x:v>2574</x:v>
+        <x:v>2284</x:v>
+      </x:c>
+      <x:c r="GJ26" s="3" t="n">
+        <x:v>2110</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:191">
+    <x:row r="27" spans="1:192">
       <x:c r="A27" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>400</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
         <x:v>325</x:v>
       </x:c>
       <x:c r="E27" s="3" t="n">
         <x:v>388</x:v>
       </x:c>
       <x:c r="F27" s="3" t="n">
         <x:v>387</x:v>
       </x:c>
       <x:c r="G27" s="3" t="n">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H27" s="3" t="n">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I27" s="3" t="n">
         <x:v>435</x:v>
       </x:c>
@@ -14719,347 +14798,350 @@
       <x:c r="CH27" s="3" t="n">
         <x:v>1399</x:v>
       </x:c>
       <x:c r="CI27" s="3" t="n">
         <x:v>1385</x:v>
       </x:c>
       <x:c r="CJ27" s="3" t="n">
         <x:v>1242</x:v>
       </x:c>
       <x:c r="CK27" s="3" t="n">
         <x:v>1281</x:v>
       </x:c>
       <x:c r="CL27" s="3" t="n">
         <x:v>1307</x:v>
       </x:c>
       <x:c r="CM27" s="3" t="n">
         <x:v>1161</x:v>
       </x:c>
       <x:c r="CN27" s="3" t="n">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="CO27" s="3" t="n">
         <x:v>1227</x:v>
       </x:c>
       <x:c r="CP27" s="3" t="n">
-        <x:v>1327</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="CQ27" s="3" t="n">
-        <x:v>1291</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="CR27" s="3" t="n">
-        <x:v>1259</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="CS27" s="3" t="n">
-        <x:v>1442</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="CT27" s="3" t="n">
-        <x:v>1510</x:v>
+        <x:v>1502</x:v>
       </x:c>
       <x:c r="CU27" s="3" t="n">
-        <x:v>1642</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="CV27" s="3" t="n">
-        <x:v>1479</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="CW27" s="3" t="n">
-        <x:v>1605</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="CX27" s="3" t="n">
-        <x:v>1619</x:v>
+        <x:v>1603</x:v>
       </x:c>
       <x:c r="CY27" s="3" t="n">
-        <x:v>1485</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="CZ27" s="3" t="n">
-        <x:v>1437</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="DA27" s="3" t="n">
-        <x:v>1530</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="DB27" s="3" t="n">
-        <x:v>1688</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="DC27" s="3" t="n">
-        <x:v>1618</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="DD27" s="3" t="n">
-        <x:v>1579</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="DE27" s="3" t="n">
-        <x:v>1810</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="DF27" s="3" t="n">
-        <x:v>1897</x:v>
+        <x:v>1873</x:v>
       </x:c>
       <x:c r="DG27" s="3" t="n">
-        <x:v>2008</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="DH27" s="3" t="n">
-        <x:v>1814</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="DI27" s="3" t="n">
-        <x:v>2143</x:v>
+        <x:v>2116</x:v>
       </x:c>
       <x:c r="DJ27" s="3" t="n">
-        <x:v>2967</x:v>
+        <x:v>2930</x:v>
       </x:c>
       <x:c r="DK27" s="3" t="n">
-        <x:v>2779</x:v>
+        <x:v>2744</x:v>
       </x:c>
       <x:c r="DL27" s="3" t="n">
-        <x:v>2621</x:v>
+        <x:v>2588</x:v>
       </x:c>
       <x:c r="DM27" s="3" t="n">
-        <x:v>3024</x:v>
+        <x:v>2986</x:v>
       </x:c>
       <x:c r="DN27" s="3" t="n">
-        <x:v>3018</x:v>
+        <x:v>2971</x:v>
       </x:c>
       <x:c r="DO27" s="3" t="n">
-        <x:v>2927</x:v>
+        <x:v>2881</x:v>
       </x:c>
       <x:c r="DP27" s="3" t="n">
-        <x:v>2785</x:v>
+        <x:v>2742</x:v>
       </x:c>
       <x:c r="DQ27" s="3" t="n">
-        <x:v>3231</x:v>
+        <x:v>3180</x:v>
       </x:c>
       <x:c r="DR27" s="3" t="n">
-        <x:v>2738</x:v>
+        <x:v>2692</x:v>
       </x:c>
       <x:c r="DS27" s="3" t="n">
-        <x:v>3149</x:v>
+        <x:v>3096</x:v>
       </x:c>
       <x:c r="DT27" s="3" t="n">
-        <x:v>3007</x:v>
+        <x:v>2957</x:v>
       </x:c>
       <x:c r="DU27" s="3" t="n">
-        <x:v>3217</x:v>
+        <x:v>3162</x:v>
       </x:c>
       <x:c r="DV27" s="3" t="n">
-        <x:v>3118</x:v>
+        <x:v>3060</x:v>
       </x:c>
       <x:c r="DW27" s="3" t="n">
-        <x:v>3000</x:v>
+        <x:v>2943</x:v>
       </x:c>
       <x:c r="DX27" s="3" t="n">
-        <x:v>2866</x:v>
+        <x:v>2812</x:v>
       </x:c>
       <x:c r="DY27" s="3" t="n">
-        <x:v>3241</x:v>
+        <x:v>3180</x:v>
       </x:c>
       <x:c r="DZ27" s="3" t="n">
-        <x:v>3351</x:v>
+        <x:v>3279</x:v>
       </x:c>
       <x:c r="EA27" s="3" t="n">
-        <x:v>3531</x:v>
+        <x:v>3455</x:v>
       </x:c>
       <x:c r="EB27" s="3" t="n">
-        <x:v>2933</x:v>
+        <x:v>2870</x:v>
       </x:c>
       <x:c r="EC27" s="3" t="n">
-        <x:v>3311</x:v>
+        <x:v>3239</x:v>
       </x:c>
       <x:c r="ED27" s="3" t="n">
-        <x:v>3689</x:v>
+        <x:v>3601</x:v>
       </x:c>
       <x:c r="EE27" s="3" t="n">
-        <x:v>3011</x:v>
+        <x:v>2939</x:v>
       </x:c>
       <x:c r="EF27" s="3" t="n">
-        <x:v>2899</x:v>
+        <x:v>2830</x:v>
       </x:c>
       <x:c r="EG27" s="3" t="n">
-        <x:v>3611</x:v>
+        <x:v>3525</x:v>
       </x:c>
       <x:c r="EH27" s="3" t="n">
-        <x:v>4154</x:v>
+        <x:v>4047</x:v>
       </x:c>
       <x:c r="EI27" s="3" t="n">
-        <x:v>3521</x:v>
+        <x:v>3430</x:v>
       </x:c>
       <x:c r="EJ27" s="3" t="n">
-        <x:v>3680</x:v>
+        <x:v>3585</x:v>
       </x:c>
       <x:c r="EK27" s="3" t="n">
-        <x:v>4144</x:v>
+        <x:v>4037</x:v>
       </x:c>
       <x:c r="EL27" s="3" t="n">
-        <x:v>4277</x:v>
+        <x:v>4159</x:v>
       </x:c>
       <x:c r="EM27" s="3" t="n">
-        <x:v>4644</x:v>
+        <x:v>4516</x:v>
       </x:c>
       <x:c r="EN27" s="3" t="n">
-        <x:v>4273</x:v>
+        <x:v>4155</x:v>
       </x:c>
       <x:c r="EO27" s="3" t="n">
-        <x:v>4495</x:v>
+        <x:v>4371</x:v>
       </x:c>
       <x:c r="EP27" s="3" t="n">
-        <x:v>4473</x:v>
+        <x:v>4342</x:v>
       </x:c>
       <x:c r="EQ27" s="3" t="n">
-        <x:v>4389</x:v>
+        <x:v>4260</x:v>
       </x:c>
       <x:c r="ER27" s="3" t="n">
-        <x:v>4458</x:v>
+        <x:v>4328</x:v>
       </x:c>
       <x:c r="ES27" s="3" t="n">
-        <x:v>4851</x:v>
+        <x:v>4708</x:v>
       </x:c>
       <x:c r="ET27" s="3" t="n">
-        <x:v>4685</x:v>
+        <x:v>4536</x:v>
       </x:c>
       <x:c r="EU27" s="3" t="n">
-        <x:v>4575</x:v>
+        <x:v>4429</x:v>
       </x:c>
       <x:c r="EV27" s="3" t="n">
-        <x:v>4321</x:v>
+        <x:v>4183</x:v>
       </x:c>
       <x:c r="EW27" s="3" t="n">
-        <x:v>4161</x:v>
+        <x:v>4028</x:v>
       </x:c>
       <x:c r="EX27" s="3" t="n">
-        <x:v>4575</x:v>
+        <x:v>4419</x:v>
       </x:c>
       <x:c r="EY27" s="3" t="n">
-        <x:v>4439</x:v>
+        <x:v>4287</x:v>
       </x:c>
       <x:c r="EZ27" s="3" t="n">
-        <x:v>3894</x:v>
+        <x:v>3758</x:v>
       </x:c>
       <x:c r="FA27" s="3" t="n">
-        <x:v>4278</x:v>
+        <x:v>4126</x:v>
       </x:c>
       <x:c r="FB27" s="3" t="n">
-        <x:v>4531</x:v>
+        <x:v>4367</x:v>
       </x:c>
       <x:c r="FC27" s="3" t="n">
-        <x:v>4332</x:v>
+        <x:v>4172</x:v>
       </x:c>
       <x:c r="FD27" s="3" t="n">
-        <x:v>4128</x:v>
+        <x:v>3972</x:v>
       </x:c>
       <x:c r="FE27" s="3" t="n">
-        <x:v>4515</x:v>
+        <x:v>4342</x:v>
       </x:c>
       <x:c r="FF27" s="3" t="n">
-        <x:v>4539</x:v>
+        <x:v>4362</x:v>
       </x:c>
       <x:c r="FG27" s="3" t="n">
-        <x:v>4458</x:v>
+        <x:v>4282</x:v>
       </x:c>
       <x:c r="FH27" s="3" t="n">
-        <x:v>4015</x:v>
+        <x:v>3854</x:v>
       </x:c>
       <x:c r="FI27" s="3" t="n">
-        <x:v>4613</x:v>
+        <x:v>4426</x:v>
       </x:c>
       <x:c r="FJ27" s="3" t="n">
-        <x:v>4853</x:v>
+        <x:v>4654</x:v>
       </x:c>
       <x:c r="FK27" s="3" t="n">
-        <x:v>4689</x:v>
+        <x:v>4493</x:v>
       </x:c>
       <x:c r="FL27" s="3" t="n">
-        <x:v>4512</x:v>
+        <x:v>4318</x:v>
       </x:c>
       <x:c r="FM27" s="3" t="n">
-        <x:v>4895</x:v>
+        <x:v>4679</x:v>
       </x:c>
       <x:c r="FN27" s="3" t="n">
-        <x:v>5117</x:v>
+        <x:v>4884</x:v>
       </x:c>
       <x:c r="FO27" s="3" t="n">
-        <x:v>4874</x:v>
+        <x:v>4651</x:v>
       </x:c>
       <x:c r="FP27" s="3" t="n">
-        <x:v>4577</x:v>
+        <x:v>4374</x:v>
       </x:c>
       <x:c r="FQ27" s="3" t="n">
-        <x:v>4903</x:v>
+        <x:v>4699</x:v>
       </x:c>
       <x:c r="FR27" s="3" t="n">
-        <x:v>5049</x:v>
+        <x:v>4855</x:v>
       </x:c>
       <x:c r="FS27" s="3" t="n">
-        <x:v>5032</x:v>
+        <x:v>4830</x:v>
       </x:c>
       <x:c r="FT27" s="3" t="n">
-        <x:v>4597</x:v>
+        <x:v>4376</x:v>
       </x:c>
       <x:c r="FU27" s="3" t="n">
-        <x:v>5112</x:v>
+        <x:v>4803</x:v>
       </x:c>
       <x:c r="FV27" s="3" t="n">
-        <x:v>5680</x:v>
+        <x:v>5245</x:v>
       </x:c>
       <x:c r="FW27" s="3" t="n">
-        <x:v>5330</x:v>
+        <x:v>4927</x:v>
       </x:c>
       <x:c r="FX27" s="3" t="n">
-        <x:v>4810</x:v>
+        <x:v>4545</x:v>
       </x:c>
       <x:c r="FY27" s="3" t="n">
-        <x:v>5635</x:v>
+        <x:v>5526</x:v>
       </x:c>
       <x:c r="FZ27" s="3" t="n">
-        <x:v>5977</x:v>
+        <x:v>6183</x:v>
       </x:c>
       <x:c r="GA27" s="3" t="n">
-        <x:v>5681</x:v>
+        <x:v>6125</x:v>
       </x:c>
       <x:c r="GB27" s="3" t="n">
-        <x:v>5717</x:v>
+        <x:v>6336</x:v>
       </x:c>
       <x:c r="GC27" s="3" t="n">
-        <x:v>6357</x:v>
+        <x:v>7135</x:v>
       </x:c>
       <x:c r="GD27" s="3" t="n">
-        <x:v>6832</x:v>
+        <x:v>7314</x:v>
       </x:c>
       <x:c r="GE27" s="3" t="n">
-        <x:v>6827</x:v>
+        <x:v>7288</x:v>
       </x:c>
       <x:c r="GF27" s="3" t="n">
-        <x:v>6886</x:v>
+        <x:v>7204</x:v>
       </x:c>
       <x:c r="GG27" s="3" t="n">
-        <x:v>8048</x:v>
+        <x:v>8239</x:v>
       </x:c>
       <x:c r="GH27" s="3" t="n">
-        <x:v>8530</x:v>
+        <x:v>8810</x:v>
       </x:c>
       <x:c r="GI27" s="3" t="n">
-        <x:v>8466</x:v>
+        <x:v>8663</x:v>
+      </x:c>
+      <x:c r="GJ27" s="3" t="n">
+        <x:v>8407</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:191">
+    <x:row r="28" spans="1:192">
       <x:c r="A28" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>1724</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
         <x:v>1353</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
         <x:v>1274</x:v>
       </x:c>
       <x:c r="E28" s="3" t="n">
         <x:v>1748</x:v>
       </x:c>
       <x:c r="F28" s="3" t="n">
         <x:v>1700</x:v>
       </x:c>
       <x:c r="G28" s="3" t="n">
         <x:v>1541</x:v>
       </x:c>
       <x:c r="H28" s="3" t="n">
         <x:v>1546</x:v>
       </x:c>
       <x:c r="I28" s="3" t="n">
         <x:v>2106</x:v>
       </x:c>
@@ -15375,266 +15457,269 @@
       <x:c r="DI28" s="3" t="n">
         <x:v>12657</x:v>
       </x:c>
       <x:c r="DJ28" s="3" t="n">
         <x:v>14332</x:v>
       </x:c>
       <x:c r="DK28" s="3" t="n">
         <x:v>10079</x:v>
       </x:c>
       <x:c r="DL28" s="3" t="n">
         <x:v>9971</x:v>
       </x:c>
       <x:c r="DM28" s="3" t="n">
         <x:v>13448</x:v>
       </x:c>
       <x:c r="DN28" s="3" t="n">
         <x:v>11781</x:v>
       </x:c>
       <x:c r="DO28" s="3" t="n">
         <x:v>8225</x:v>
       </x:c>
       <x:c r="DP28" s="3" t="n">
         <x:v>7820</x:v>
       </x:c>
       <x:c r="DQ28" s="3" t="n">
-        <x:v>13943</x:v>
+        <x:v>13944</x:v>
       </x:c>
       <x:c r="DR28" s="3" t="n">
-        <x:v>15355</x:v>
+        <x:v>15356</x:v>
       </x:c>
       <x:c r="DS28" s="3" t="n">
-        <x:v>9661</x:v>
+        <x:v>9662</x:v>
       </x:c>
       <x:c r="DT28" s="3" t="n">
-        <x:v>12410</x:v>
+        <x:v>12411</x:v>
       </x:c>
       <x:c r="DU28" s="3" t="n">
         <x:v>18552</x:v>
       </x:c>
       <x:c r="DV28" s="3" t="n">
         <x:v>16234</x:v>
       </x:c>
       <x:c r="DW28" s="3" t="n">
         <x:v>9825</x:v>
       </x:c>
       <x:c r="DX28" s="3" t="n">
         <x:v>9749</x:v>
       </x:c>
       <x:c r="DY28" s="3" t="n">
-        <x:v>14434</x:v>
+        <x:v>14435</x:v>
       </x:c>
       <x:c r="DZ28" s="3" t="n">
-        <x:v>19867</x:v>
+        <x:v>19868</x:v>
       </x:c>
       <x:c r="EA28" s="3" t="n">
         <x:v>11087</x:v>
       </x:c>
       <x:c r="EB28" s="3" t="n">
         <x:v>9881</x:v>
       </x:c>
       <x:c r="EC28" s="3" t="n">
-        <x:v>17768</x:v>
+        <x:v>17769</x:v>
       </x:c>
       <x:c r="ED28" s="3" t="n">
         <x:v>17743</x:v>
       </x:c>
       <x:c r="EE28" s="3" t="n">
         <x:v>12050</x:v>
       </x:c>
       <x:c r="EF28" s="3" t="n">
         <x:v>11437</x:v>
       </x:c>
       <x:c r="EG28" s="3" t="n">
         <x:v>14366</x:v>
       </x:c>
       <x:c r="EH28" s="3" t="n">
-        <x:v>17703</x:v>
+        <x:v>17704</x:v>
       </x:c>
       <x:c r="EI28" s="3" t="n">
         <x:v>11329</x:v>
       </x:c>
       <x:c r="EJ28" s="3" t="n">
         <x:v>9431</x:v>
       </x:c>
       <x:c r="EK28" s="3" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="EL28" s="3" t="n">
-        <x:v>16949</x:v>
+        <x:v>16950</x:v>
       </x:c>
       <x:c r="EM28" s="3" t="n">
         <x:v>12334</x:v>
       </x:c>
       <x:c r="EN28" s="3" t="n">
         <x:v>11585</x:v>
       </x:c>
       <x:c r="EO28" s="3" t="n">
-        <x:v>15221</x:v>
+        <x:v>15222</x:v>
       </x:c>
       <x:c r="EP28" s="3" t="n">
-        <x:v>15902</x:v>
+        <x:v>15904</x:v>
       </x:c>
       <x:c r="EQ28" s="3" t="n">
-        <x:v>11902</x:v>
+        <x:v>11903</x:v>
       </x:c>
       <x:c r="ER28" s="3" t="n">
         <x:v>11802</x:v>
       </x:c>
       <x:c r="ES28" s="3" t="n">
-        <x:v>15915</x:v>
+        <x:v>15916</x:v>
       </x:c>
       <x:c r="ET28" s="3" t="n">
         <x:v>16580</x:v>
       </x:c>
       <x:c r="EU28" s="3" t="n">
         <x:v>11651</x:v>
       </x:c>
       <x:c r="EV28" s="3" t="n">
         <x:v>9879</x:v>
       </x:c>
       <x:c r="EW28" s="3" t="n">
         <x:v>14836</x:v>
       </x:c>
       <x:c r="EX28" s="3" t="n">
-        <x:v>16648</x:v>
+        <x:v>16649</x:v>
       </x:c>
       <x:c r="EY28" s="3" t="n">
         <x:v>12845</x:v>
       </x:c>
       <x:c r="EZ28" s="3" t="n">
         <x:v>12129</x:v>
       </x:c>
       <x:c r="FA28" s="3" t="n">
-        <x:v>18571</x:v>
+        <x:v>18567</x:v>
       </x:c>
       <x:c r="FB28" s="3" t="n">
-        <x:v>17767</x:v>
+        <x:v>17762</x:v>
       </x:c>
       <x:c r="FC28" s="3" t="n">
-        <x:v>14083</x:v>
+        <x:v>14080</x:v>
       </x:c>
       <x:c r="FD28" s="3" t="n">
-        <x:v>13459</x:v>
+        <x:v>13460</x:v>
       </x:c>
       <x:c r="FE28" s="3" t="n">
-        <x:v>18960</x:v>
+        <x:v>18974</x:v>
       </x:c>
       <x:c r="FF28" s="3" t="n">
-        <x:v>22389</x:v>
+        <x:v>22412</x:v>
       </x:c>
       <x:c r="FG28" s="3" t="n">
-        <x:v>16032</x:v>
+        <x:v>16044</x:v>
       </x:c>
       <x:c r="FH28" s="3" t="n">
         <x:v>19041</x:v>
       </x:c>
       <x:c r="FI28" s="3" t="n">
-        <x:v>24871</x:v>
+        <x:v>24843</x:v>
       </x:c>
       <x:c r="FJ28" s="3" t="n">
-        <x:v>24052</x:v>
+        <x:v>23983</x:v>
       </x:c>
       <x:c r="FK28" s="3" t="n">
-        <x:v>16390</x:v>
+        <x:v>16338</x:v>
       </x:c>
       <x:c r="FL28" s="3" t="n">
         <x:v>16183</x:v>
       </x:c>
       <x:c r="FM28" s="3" t="n">
-        <x:v>21400</x:v>
+        <x:v>21533</x:v>
       </x:c>
       <x:c r="FN28" s="3" t="n">
-        <x:v>16187</x:v>
+        <x:v>16496</x:v>
       </x:c>
       <x:c r="FO28" s="3" t="n">
-        <x:v>10058</x:v>
+        <x:v>10274</x:v>
       </x:c>
       <x:c r="FP28" s="3" t="n">
-        <x:v>10442</x:v>
+        <x:v>10458</x:v>
       </x:c>
       <x:c r="FQ28" s="3" t="n">
-        <x:v>16306</x:v>
+        <x:v>15773</x:v>
       </x:c>
       <x:c r="FR28" s="3" t="n">
-        <x:v>28326</x:v>
+        <x:v>27064</x:v>
       </x:c>
       <x:c r="FS28" s="3" t="n">
-        <x:v>21572</x:v>
+        <x:v>20740</x:v>
       </x:c>
       <x:c r="FT28" s="3" t="n">
-        <x:v>24857</x:v>
+        <x:v>25151</x:v>
       </x:c>
       <x:c r="FU28" s="3" t="n">
-        <x:v>44267</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="FV28" s="3" t="n">
-        <x:v>44331</x:v>
+        <x:v>46615</x:v>
       </x:c>
       <x:c r="FW28" s="3" t="n">
-        <x:v>38651</x:v>
+        <x:v>40585</x:v>
       </x:c>
       <x:c r="FX28" s="3" t="n">
-        <x:v>54967</x:v>
+        <x:v>53573</x:v>
       </x:c>
       <x:c r="FY28" s="3" t="n">
-        <x:v>59648</x:v>
+        <x:v>60208</x:v>
       </x:c>
       <x:c r="FZ28" s="3" t="n">
-        <x:v>45089</x:v>
+        <x:v>45524</x:v>
       </x:c>
       <x:c r="GA28" s="3" t="n">
-        <x:v>31327</x:v>
+        <x:v>30525</x:v>
       </x:c>
       <x:c r="GB28" s="3" t="n">
-        <x:v>22319</x:v>
+        <x:v>20659</x:v>
       </x:c>
       <x:c r="GC28" s="3" t="n">
-        <x:v>38517</x:v>
+        <x:v>34203</x:v>
       </x:c>
       <x:c r="GD28" s="3" t="n">
-        <x:v>39581</x:v>
+        <x:v>34481</x:v>
       </x:c>
       <x:c r="GE28" s="3" t="n">
-        <x:v>25079</x:v>
+        <x:v>22817</x:v>
       </x:c>
       <x:c r="GF28" s="3" t="n">
-        <x:v>19753</x:v>
+        <x:v>17988</x:v>
       </x:c>
       <x:c r="GG28" s="3" t="n">
-        <x:v>33275</x:v>
+        <x:v>28992</x:v>
       </x:c>
       <x:c r="GH28" s="3" t="n">
-        <x:v>41312</x:v>
+        <x:v>36936</x:v>
       </x:c>
       <x:c r="GI28" s="3" t="n">
-        <x:v>26661</x:v>
+        <x:v>24418</x:v>
+      </x:c>
+      <x:c r="GJ28" s="3" t="n">
+        <x:v>25800</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:191">
+    <x:row r="29" spans="1:192">
       <x:c r="A29" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
         <x:v>245</x:v>
       </x:c>
       <x:c r="E29" s="3" t="n">
         <x:v>255</x:v>
       </x:c>
       <x:c r="F29" s="3" t="n">
         <x:v>238</x:v>
       </x:c>
       <x:c r="G29" s="3" t="n">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H29" s="3" t="n">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I29" s="3" t="n">
         <x:v>250</x:v>
       </x:c>
@@ -15875,341 +15960,344 @@
       <x:c r="CJ29" s="3" t="n">
         <x:v>2207</x:v>
       </x:c>
       <x:c r="CK29" s="3" t="n">
         <x:v>2242</x:v>
       </x:c>
       <x:c r="CL29" s="3" t="n">
         <x:v>2499</x:v>
       </x:c>
       <x:c r="CM29" s="3" t="n">
         <x:v>2494</x:v>
       </x:c>
       <x:c r="CN29" s="3" t="n">
         <x:v>2493</x:v>
       </x:c>
       <x:c r="CO29" s="3" t="n">
         <x:v>2536</x:v>
       </x:c>
       <x:c r="CP29" s="3" t="n">
         <x:v>2709</x:v>
       </x:c>
       <x:c r="CQ29" s="3" t="n">
         <x:v>2687</x:v>
       </x:c>
       <x:c r="CR29" s="3" t="n">
-        <x:v>2699</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="CS29" s="3" t="n">
         <x:v>2894</x:v>
       </x:c>
       <x:c r="CT29" s="3" t="n">
         <x:v>2856</x:v>
       </x:c>
       <x:c r="CU29" s="3" t="n">
         <x:v>2870</x:v>
       </x:c>
       <x:c r="CV29" s="3" t="n">
-        <x:v>2867</x:v>
+        <x:v>2868</x:v>
       </x:c>
       <x:c r="CW29" s="3" t="n">
         <x:v>2915</x:v>
       </x:c>
       <x:c r="CX29" s="3" t="n">
-        <x:v>2931</x:v>
+        <x:v>2932</x:v>
       </x:c>
       <x:c r="CY29" s="3" t="n">
         <x:v>2933</x:v>
       </x:c>
       <x:c r="CZ29" s="3" t="n">
         <x:v>2816</x:v>
       </x:c>
       <x:c r="DA29" s="3" t="n">
         <x:v>2983</x:v>
       </x:c>
       <x:c r="DB29" s="3" t="n">
-        <x:v>2793</x:v>
+        <x:v>2794</x:v>
       </x:c>
       <x:c r="DC29" s="3" t="n">
-        <x:v>2821</x:v>
+        <x:v>2822</x:v>
       </x:c>
       <x:c r="DD29" s="3" t="n">
-        <x:v>2834</x:v>
+        <x:v>2835</x:v>
       </x:c>
       <x:c r="DE29" s="3" t="n">
-        <x:v>2872</x:v>
+        <x:v>2873</x:v>
       </x:c>
       <x:c r="DF29" s="3" t="n">
-        <x:v>3018</x:v>
+        <x:v>3019</x:v>
       </x:c>
       <x:c r="DG29" s="3" t="n">
-        <x:v>3121</x:v>
+        <x:v>3123</x:v>
       </x:c>
       <x:c r="DH29" s="3" t="n">
-        <x:v>3030</x:v>
+        <x:v>3031</x:v>
       </x:c>
       <x:c r="DI29" s="3" t="n">
-        <x:v>3123</x:v>
+        <x:v>3124</x:v>
       </x:c>
       <x:c r="DJ29" s="3" t="n">
-        <x:v>3253</x:v>
+        <x:v>3255</x:v>
       </x:c>
       <x:c r="DK29" s="3" t="n">
-        <x:v>3259</x:v>
+        <x:v>3261</x:v>
       </x:c>
       <x:c r="DL29" s="3" t="n">
-        <x:v>3091</x:v>
+        <x:v>3093</x:v>
       </x:c>
       <x:c r="DM29" s="3" t="n">
-        <x:v>3211</x:v>
+        <x:v>3214</x:v>
       </x:c>
       <x:c r="DN29" s="3" t="n">
-        <x:v>2659</x:v>
+        <x:v>2660</x:v>
       </x:c>
       <x:c r="DO29" s="3" t="n">
-        <x:v>2620</x:v>
+        <x:v>2622</x:v>
       </x:c>
       <x:c r="DP29" s="3" t="n">
-        <x:v>2695</x:v>
+        <x:v>2696</x:v>
       </x:c>
       <x:c r="DQ29" s="3" t="n">
-        <x:v>2760</x:v>
+        <x:v>2761</x:v>
       </x:c>
       <x:c r="DR29" s="3" t="n">
-        <x:v>3031</x:v>
+        <x:v>3033</x:v>
       </x:c>
       <x:c r="DS29" s="3" t="n">
-        <x:v>3263</x:v>
+        <x:v>3265</x:v>
       </x:c>
       <x:c r="DT29" s="3" t="n">
-        <x:v>3195</x:v>
+        <x:v>3197</x:v>
       </x:c>
       <x:c r="DU29" s="3" t="n">
-        <x:v>2946</x:v>
+        <x:v>2947</x:v>
       </x:c>
       <x:c r="DV29" s="3" t="n">
-        <x:v>2843</x:v>
+        <x:v>2845</x:v>
       </x:c>
       <x:c r="DW29" s="3" t="n">
-        <x:v>3055</x:v>
+        <x:v>3057</x:v>
       </x:c>
       <x:c r="DX29" s="3" t="n">
-        <x:v>3171</x:v>
+        <x:v>3173</x:v>
       </x:c>
       <x:c r="DY29" s="3" t="n">
-        <x:v>3313</x:v>
+        <x:v>3315</x:v>
       </x:c>
       <x:c r="DZ29" s="3" t="n">
-        <x:v>3117</x:v>
+        <x:v>3119</x:v>
       </x:c>
       <x:c r="EA29" s="3" t="n">
-        <x:v>3440</x:v>
+        <x:v>3443</x:v>
       </x:c>
       <x:c r="EB29" s="3" t="n">
-        <x:v>3477</x:v>
+        <x:v>3480</x:v>
       </x:c>
       <x:c r="EC29" s="3" t="n">
-        <x:v>3713</x:v>
+        <x:v>3717</x:v>
       </x:c>
       <x:c r="ED29" s="3" t="n">
-        <x:v>3364</x:v>
+        <x:v>3367</x:v>
       </x:c>
       <x:c r="EE29" s="3" t="n">
-        <x:v>3669</x:v>
+        <x:v>3673</x:v>
       </x:c>
       <x:c r="EF29" s="3" t="n">
-        <x:v>3708</x:v>
+        <x:v>3712</x:v>
       </x:c>
       <x:c r="EG29" s="3" t="n">
-        <x:v>3921</x:v>
+        <x:v>3925</x:v>
       </x:c>
       <x:c r="EH29" s="3" t="n">
-        <x:v>3790</x:v>
+        <x:v>3794</x:v>
       </x:c>
       <x:c r="EI29" s="3" t="n">
-        <x:v>3961</x:v>
+        <x:v>3965</x:v>
       </x:c>
       <x:c r="EJ29" s="3" t="n">
-        <x:v>3911</x:v>
+        <x:v>3915</x:v>
       </x:c>
       <x:c r="EK29" s="3" t="n">
-        <x:v>3911</x:v>
+        <x:v>3916</x:v>
       </x:c>
       <x:c r="EL29" s="3" t="n">
-        <x:v>3663</x:v>
+        <x:v>3668</x:v>
       </x:c>
       <x:c r="EM29" s="3" t="n">
-        <x:v>3874</x:v>
+        <x:v>3879</x:v>
       </x:c>
       <x:c r="EN29" s="3" t="n">
-        <x:v>4108</x:v>
+        <x:v>4112</x:v>
       </x:c>
       <x:c r="EO29" s="3" t="n">
-        <x:v>4101</x:v>
+        <x:v>4102</x:v>
       </x:c>
       <x:c r="EP29" s="3" t="n">
-        <x:v>3946</x:v>
+        <x:v>3940</x:v>
       </x:c>
       <x:c r="EQ29" s="3" t="n">
-        <x:v>4301</x:v>
+        <x:v>4291</x:v>
       </x:c>
       <x:c r="ER29" s="3" t="n">
-        <x:v>4155</x:v>
+        <x:v>4142</x:v>
       </x:c>
       <x:c r="ES29" s="3" t="n">
-        <x:v>4331</x:v>
+        <x:v>4317</x:v>
       </x:c>
       <x:c r="ET29" s="3" t="n">
-        <x:v>4323</x:v>
+        <x:v>4311</x:v>
       </x:c>
       <x:c r="EU29" s="3" t="n">
-        <x:v>4720</x:v>
+        <x:v>4708</x:v>
       </x:c>
       <x:c r="EV29" s="3" t="n">
-        <x:v>4446</x:v>
+        <x:v>4435</x:v>
       </x:c>
       <x:c r="EW29" s="3" t="n">
-        <x:v>4595</x:v>
+        <x:v>4584</x:v>
       </x:c>
       <x:c r="EX29" s="3" t="n">
-        <x:v>4372</x:v>
+        <x:v>4359</x:v>
       </x:c>
       <x:c r="EY29" s="3" t="n">
-        <x:v>4623</x:v>
+        <x:v>4609</x:v>
       </x:c>
       <x:c r="EZ29" s="3" t="n">
-        <x:v>4564</x:v>
+        <x:v>4552</x:v>
       </x:c>
       <x:c r="FA29" s="3" t="n">
-        <x:v>4952</x:v>
+        <x:v>4941</x:v>
       </x:c>
       <x:c r="FB29" s="3" t="n">
-        <x:v>5149</x:v>
+        <x:v>5141</x:v>
       </x:c>
       <x:c r="FC29" s="3" t="n">
-        <x:v>5125</x:v>
+        <x:v>5116</x:v>
       </x:c>
       <x:c r="FD29" s="3" t="n">
-        <x:v>5076</x:v>
+        <x:v>5067</x:v>
       </x:c>
       <x:c r="FE29" s="3" t="n">
-        <x:v>5355</x:v>
+        <x:v>5346</x:v>
       </x:c>
       <x:c r="FF29" s="3" t="n">
-        <x:v>5280</x:v>
+        <x:v>5268</x:v>
       </x:c>
       <x:c r="FG29" s="3" t="n">
-        <x:v>5389</x:v>
+        <x:v>5372</x:v>
       </x:c>
       <x:c r="FH29" s="3" t="n">
-        <x:v>5093</x:v>
+        <x:v>5073</x:v>
       </x:c>
       <x:c r="FI29" s="3" t="n">
-        <x:v>5480</x:v>
+        <x:v>5458</x:v>
       </x:c>
       <x:c r="FJ29" s="3" t="n">
-        <x:v>5471</x:v>
+        <x:v>5444</x:v>
       </x:c>
       <x:c r="FK29" s="3" t="n">
-        <x:v>5561</x:v>
+        <x:v>5532</x:v>
       </x:c>
       <x:c r="FL29" s="3" t="n">
-        <x:v>5602</x:v>
+        <x:v>5578</x:v>
       </x:c>
       <x:c r="FM29" s="3" t="n">
-        <x:v>5807</x:v>
+        <x:v>5792</x:v>
       </x:c>
       <x:c r="FN29" s="3" t="n">
-        <x:v>6095</x:v>
+        <x:v>6092</x:v>
       </x:c>
       <x:c r="FO29" s="3" t="n">
-        <x:v>5769</x:v>
+        <x:v>5766</x:v>
       </x:c>
       <x:c r="FP29" s="3" t="n">
-        <x:v>5868</x:v>
+        <x:v>5861</x:v>
       </x:c>
       <x:c r="FQ29" s="3" t="n">
-        <x:v>6225</x:v>
+        <x:v>6203</x:v>
       </x:c>
       <x:c r="FR29" s="3" t="n">
-        <x:v>6598</x:v>
+        <x:v>6550</x:v>
       </x:c>
       <x:c r="FS29" s="3" t="n">
-        <x:v>6512</x:v>
+        <x:v>6460</x:v>
       </x:c>
       <x:c r="FT29" s="3" t="n">
-        <x:v>6674</x:v>
+        <x:v>6646</x:v>
       </x:c>
       <x:c r="FU29" s="3" t="n">
-        <x:v>7205</x:v>
+        <x:v>7230</x:v>
       </x:c>
       <x:c r="FV29" s="3" t="n">
-        <x:v>7424</x:v>
+        <x:v>7465</x:v>
       </x:c>
       <x:c r="FW29" s="3" t="n">
-        <x:v>7469</x:v>
+        <x:v>7544</x:v>
       </x:c>
       <x:c r="FX29" s="3" t="n">
-        <x:v>7140</x:v>
+        <x:v>7202</x:v>
       </x:c>
       <x:c r="FY29" s="3" t="n">
-        <x:v>7809</x:v>
+        <x:v>7866</x:v>
       </x:c>
       <x:c r="FZ29" s="3" t="n">
-        <x:v>7804</x:v>
+        <x:v>7799</x:v>
       </x:c>
       <x:c r="GA29" s="3" t="n">
-        <x:v>7784</x:v>
+        <x:v>7712</x:v>
       </x:c>
       <x:c r="GB29" s="3" t="n">
-        <x:v>7810</x:v>
+        <x:v>7697</x:v>
       </x:c>
       <x:c r="GC29" s="3" t="n">
-        <x:v>8397</x:v>
+        <x:v>8257</x:v>
       </x:c>
       <x:c r="GD29" s="3" t="n">
-        <x:v>8406</x:v>
+        <x:v>8329</x:v>
       </x:c>
       <x:c r="GE29" s="3" t="n">
-        <x:v>8483</x:v>
+        <x:v>8448</x:v>
       </x:c>
       <x:c r="GF29" s="3" t="n">
-        <x:v>8581</x:v>
+        <x:v>8472</x:v>
       </x:c>
       <x:c r="GG29" s="3" t="n">
-        <x:v>9010</x:v>
+        <x:v>8941</x:v>
       </x:c>
       <x:c r="GH29" s="3" t="n">
-        <x:v>8933</x:v>
+        <x:v>8936</x:v>
       </x:c>
       <x:c r="GI29" s="3" t="n">
-        <x:v>9023</x:v>
+        <x:v>8925</x:v>
+      </x:c>
+      <x:c r="GJ29" s="3" t="n">
+        <x:v>9084</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:191">
+    <x:row r="30" spans="1:192">
       <x:c r="A30" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>3110</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
         <x:v>3594</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
         <x:v>3379</x:v>
       </x:c>
       <x:c r="E30" s="3" t="n">
         <x:v>4011</x:v>
       </x:c>
       <x:c r="F30" s="3" t="n">
         <x:v>3443</x:v>
       </x:c>
       <x:c r="G30" s="3" t="n">
         <x:v>3262</x:v>
       </x:c>
       <x:c r="H30" s="3" t="n">
         <x:v>3085</x:v>
       </x:c>
       <x:c r="I30" s="3" t="n">
         <x:v>3534</x:v>
       </x:c>
@@ -16444,347 +16532,350 @@
       <x:c r="CH30" s="3" t="n">
         <x:v>11908</x:v>
       </x:c>
       <x:c r="CI30" s="3" t="n">
         <x:v>11916</x:v>
       </x:c>
       <x:c r="CJ30" s="3" t="n">
         <x:v>11448</x:v>
       </x:c>
       <x:c r="CK30" s="3" t="n">
         <x:v>12919</x:v>
       </x:c>
       <x:c r="CL30" s="3" t="n">
         <x:v>13169</x:v>
       </x:c>
       <x:c r="CM30" s="3" t="n">
         <x:v>12711</x:v>
       </x:c>
       <x:c r="CN30" s="3" t="n">
         <x:v>12139</x:v>
       </x:c>
       <x:c r="CO30" s="3" t="n">
         <x:v>13876</x:v>
       </x:c>
       <x:c r="CP30" s="3" t="n">
-        <x:v>13883</x:v>
+        <x:v>13866</x:v>
       </x:c>
       <x:c r="CQ30" s="3" t="n">
-        <x:v>13700</x:v>
+        <x:v>13684</x:v>
       </x:c>
       <x:c r="CR30" s="3" t="n">
-        <x:v>13525</x:v>
+        <x:v>13509</x:v>
       </x:c>
       <x:c r="CS30" s="3" t="n">
-        <x:v>15357</x:v>
+        <x:v>15339</x:v>
       </x:c>
       <x:c r="CT30" s="3" t="n">
-        <x:v>14703</x:v>
+        <x:v>14668</x:v>
       </x:c>
       <x:c r="CU30" s="3" t="n">
-        <x:v>15651</x:v>
+        <x:v>15614</x:v>
       </x:c>
       <x:c r="CV30" s="3" t="n">
-        <x:v>14611</x:v>
+        <x:v>14576</x:v>
       </x:c>
       <x:c r="CW30" s="3" t="n">
-        <x:v>16683</x:v>
+        <x:v>16644</x:v>
       </x:c>
       <x:c r="CX30" s="3" t="n">
-        <x:v>16420</x:v>
+        <x:v>16348</x:v>
       </x:c>
       <x:c r="CY30" s="3" t="n">
-        <x:v>16118</x:v>
+        <x:v>16048</x:v>
       </x:c>
       <x:c r="CZ30" s="3" t="n">
-        <x:v>15334</x:v>
+        <x:v>15267</x:v>
       </x:c>
       <x:c r="DA30" s="3" t="n">
-        <x:v>17442</x:v>
+        <x:v>17365</x:v>
       </x:c>
       <x:c r="DB30" s="3" t="n">
-        <x:v>17493</x:v>
+        <x:v>17390</x:v>
       </x:c>
       <x:c r="DC30" s="3" t="n">
-        <x:v>18518</x:v>
+        <x:v>18409</x:v>
       </x:c>
       <x:c r="DD30" s="3" t="n">
-        <x:v>18038</x:v>
+        <x:v>17932</x:v>
       </x:c>
       <x:c r="DE30" s="3" t="n">
-        <x:v>20647</x:v>
+        <x:v>20526</x:v>
       </x:c>
       <x:c r="DF30" s="3" t="n">
-        <x:v>19674</x:v>
+        <x:v>19537</x:v>
       </x:c>
       <x:c r="DG30" s="3" t="n">
-        <x:v>21511</x:v>
+        <x:v>21361</x:v>
       </x:c>
       <x:c r="DH30" s="3" t="n">
-        <x:v>19984</x:v>
+        <x:v>19845</x:v>
       </x:c>
       <x:c r="DI30" s="3" t="n">
-        <x:v>23011</x:v>
+        <x:v>22850</x:v>
       </x:c>
       <x:c r="DJ30" s="3" t="n">
-        <x:v>24398</x:v>
+        <x:v>24215</x:v>
       </x:c>
       <x:c r="DK30" s="3" t="n">
-        <x:v>24285</x:v>
+        <x:v>24102</x:v>
       </x:c>
       <x:c r="DL30" s="3" t="n">
-        <x:v>23217</x:v>
+        <x:v>23044</x:v>
       </x:c>
       <x:c r="DM30" s="3" t="n">
-        <x:v>26826</x:v>
+        <x:v>26625</x:v>
       </x:c>
       <x:c r="DN30" s="3" t="n">
-        <x:v>28597</x:v>
+        <x:v>28406</x:v>
       </x:c>
       <x:c r="DO30" s="3" t="n">
-        <x:v>28605</x:v>
+        <x:v>28413</x:v>
       </x:c>
       <x:c r="DP30" s="3" t="n">
-        <x:v>27295</x:v>
+        <x:v>27113</x:v>
       </x:c>
       <x:c r="DQ30" s="3" t="n">
-        <x:v>31897</x:v>
+        <x:v>31684</x:v>
       </x:c>
       <x:c r="DR30" s="3" t="n">
-        <x:v>30613</x:v>
+        <x:v>30401</x:v>
       </x:c>
       <x:c r="DS30" s="3" t="n">
-        <x:v>32894</x:v>
+        <x:v>32666</x:v>
       </x:c>
       <x:c r="DT30" s="3" t="n">
-        <x:v>29409</x:v>
+        <x:v>29204</x:v>
       </x:c>
       <x:c r="DU30" s="3" t="n">
-        <x:v>31227</x:v>
+        <x:v>31009</x:v>
       </x:c>
       <x:c r="DV30" s="3" t="n">
-        <x:v>30660</x:v>
+        <x:v>30405</x:v>
       </x:c>
       <x:c r="DW30" s="3" t="n">
-        <x:v>29925</x:v>
+        <x:v>29676</x:v>
       </x:c>
       <x:c r="DX30" s="3" t="n">
-        <x:v>28871</x:v>
+        <x:v>28631</x:v>
       </x:c>
       <x:c r="DY30" s="3" t="n">
-        <x:v>32148</x:v>
+        <x:v>31881</x:v>
       </x:c>
       <x:c r="DZ30" s="3" t="n">
-        <x:v>29664</x:v>
+        <x:v>29386</x:v>
       </x:c>
       <x:c r="EA30" s="3" t="n">
-        <x:v>31136</x:v>
+        <x:v>30844</x:v>
       </x:c>
       <x:c r="EB30" s="3" t="n">
-        <x:v>29521</x:v>
+        <x:v>29244</x:v>
       </x:c>
       <x:c r="EC30" s="3" t="n">
-        <x:v>33430</x:v>
+        <x:v>33116</x:v>
       </x:c>
       <x:c r="ED30" s="3" t="n">
-        <x:v>33033</x:v>
+        <x:v>32701</x:v>
       </x:c>
       <x:c r="EE30" s="3" t="n">
-        <x:v>33028</x:v>
+        <x:v>32697</x:v>
       </x:c>
       <x:c r="EF30" s="3" t="n">
-        <x:v>31940</x:v>
+        <x:v>31620</x:v>
       </x:c>
       <x:c r="EG30" s="3" t="n">
-        <x:v>37497</x:v>
+        <x:v>37121</x:v>
       </x:c>
       <x:c r="EH30" s="3" t="n">
-        <x:v>38943</x:v>
+        <x:v>38512</x:v>
       </x:c>
       <x:c r="EI30" s="3" t="n">
-        <x:v>38321</x:v>
+        <x:v>37898</x:v>
       </x:c>
       <x:c r="EJ30" s="3" t="n">
-        <x:v>35789</x:v>
+        <x:v>35393</x:v>
       </x:c>
       <x:c r="EK30" s="3" t="n">
-        <x:v>39980</x:v>
+        <x:v>39539</x:v>
       </x:c>
       <x:c r="EL30" s="3" t="n">
-        <x:v>38186</x:v>
+        <x:v>37727</x:v>
       </x:c>
       <x:c r="EM30" s="3" t="n">
-        <x:v>40499</x:v>
+        <x:v>40011</x:v>
       </x:c>
       <x:c r="EN30" s="3" t="n">
-        <x:v>37753</x:v>
+        <x:v>37298</x:v>
       </x:c>
       <x:c r="EO30" s="3" t="n">
-        <x:v>42623</x:v>
+        <x:v>42112</x:v>
       </x:c>
       <x:c r="EP30" s="3" t="n">
-        <x:v>40709</x:v>
+        <x:v>40166</x:v>
       </x:c>
       <x:c r="EQ30" s="3" t="n">
-        <x:v>41848</x:v>
+        <x:v>41289</x:v>
       </x:c>
       <x:c r="ER30" s="3" t="n">
-        <x:v>40811</x:v>
+        <x:v>40267</x:v>
       </x:c>
       <x:c r="ES30" s="3" t="n">
-        <x:v>44474</x:v>
+        <x:v>43880</x:v>
       </x:c>
       <x:c r="ET30" s="3" t="n">
-        <x:v>42301</x:v>
+        <x:v>41658</x:v>
       </x:c>
       <x:c r="EU30" s="3" t="n">
-        <x:v>44942</x:v>
+        <x:v>44258</x:v>
       </x:c>
       <x:c r="EV30" s="3" t="n">
-        <x:v>42204</x:v>
+        <x:v>41561</x:v>
       </x:c>
       <x:c r="EW30" s="3" t="n">
-        <x:v>46783</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="EX30" s="3" t="n">
-        <x:v>41872</x:v>
+        <x:v>41196</x:v>
       </x:c>
       <x:c r="EY30" s="3" t="n">
-        <x:v>46243</x:v>
+        <x:v>45493</x:v>
       </x:c>
       <x:c r="EZ30" s="3" t="n">
-        <x:v>43368</x:v>
+        <x:v>42660</x:v>
       </x:c>
       <x:c r="FA30" s="3" t="n">
-        <x:v>51309</x:v>
+        <x:v>50465</x:v>
       </x:c>
       <x:c r="FB30" s="3" t="n">
-        <x:v>50711</x:v>
+        <x:v>49868</x:v>
       </x:c>
       <x:c r="FC30" s="3" t="n">
-        <x:v>45737</x:v>
+        <x:v>44969</x:v>
       </x:c>
       <x:c r="FD30" s="3" t="n">
-        <x:v>44975</x:v>
+        <x:v>44216</x:v>
       </x:c>
       <x:c r="FE30" s="3" t="n">
-        <x:v>53322</x:v>
+        <x:v>52419</x:v>
       </x:c>
       <x:c r="FF30" s="3" t="n">
-        <x:v>49524</x:v>
+        <x:v>48684</x:v>
       </x:c>
       <x:c r="FG30" s="3" t="n">
-        <x:v>50768</x:v>
+        <x:v>49897</x:v>
       </x:c>
       <x:c r="FH30" s="3" t="n">
-        <x:v>47752</x:v>
+        <x:v>46915</x:v>
       </x:c>
       <x:c r="FI30" s="3" t="n">
-        <x:v>56645</x:v>
+        <x:v>55625</x:v>
       </x:c>
       <x:c r="FJ30" s="3" t="n">
-        <x:v>54183</x:v>
+        <x:v>53175</x:v>
       </x:c>
       <x:c r="FK30" s="3" t="n">
-        <x:v>51295</x:v>
+        <x:v>50320</x:v>
       </x:c>
       <x:c r="FL30" s="3" t="n">
-        <x:v>51431</x:v>
+        <x:v>50444</x:v>
       </x:c>
       <x:c r="FM30" s="3" t="n">
-        <x:v>58898</x:v>
+        <x:v>57773</x:v>
       </x:c>
       <x:c r="FN30" s="3" t="n">
-        <x:v>54714</x:v>
+        <x:v>53680</x:v>
       </x:c>
       <x:c r="FO30" s="3" t="n">
-        <x:v>50185</x:v>
+        <x:v>49209</x:v>
       </x:c>
       <x:c r="FP30" s="3" t="n">
-        <x:v>51605</x:v>
+        <x:v>50531</x:v>
       </x:c>
       <x:c r="FQ30" s="3" t="n">
-        <x:v>59167</x:v>
+        <x:v>57816</x:v>
       </x:c>
       <x:c r="FR30" s="3" t="n">
-        <x:v>52559</x:v>
+        <x:v>51225</x:v>
       </x:c>
       <x:c r="FS30" s="3" t="n">
-        <x:v>52690</x:v>
+        <x:v>51349</x:v>
       </x:c>
       <x:c r="FT30" s="3" t="n">
-        <x:v>55699</x:v>
+        <x:v>54469</x:v>
       </x:c>
       <x:c r="FU30" s="3" t="n">
-        <x:v>67200</x:v>
+        <x:v>66148</x:v>
       </x:c>
       <x:c r="FV30" s="3" t="n">
-        <x:v>62520</x:v>
+        <x:v>62156</x:v>
       </x:c>
       <x:c r="FW30" s="3" t="n">
-        <x:v>58784</x:v>
+        <x:v>58960</x:v>
       </x:c>
       <x:c r="FX30" s="3" t="n">
-        <x:v>58660</x:v>
+        <x:v>59342</x:v>
       </x:c>
       <x:c r="FY30" s="3" t="n">
-        <x:v>67263</x:v>
+        <x:v>68520</x:v>
       </x:c>
       <x:c r="FZ30" s="3" t="n">
-        <x:v>63684</x:v>
+        <x:v>65268</x:v>
       </x:c>
       <x:c r="GA30" s="3" t="n">
-        <x:v>57317</x:v>
+        <x:v>59081</x:v>
       </x:c>
       <x:c r="GB30" s="3" t="n">
-        <x:v>57344</x:v>
+        <x:v>59260</x:v>
       </x:c>
       <x:c r="GC30" s="3" t="n">
-        <x:v>64956</x:v>
+        <x:v>67284</x:v>
       </x:c>
       <x:c r="GD30" s="3" t="n">
-        <x:v>60038</x:v>
+        <x:v>62000</x:v>
       </x:c>
       <x:c r="GE30" s="3" t="n">
-        <x:v>60216</x:v>
+        <x:v>62762</x:v>
       </x:c>
       <x:c r="GF30" s="3" t="n">
-        <x:v>57969</x:v>
+        <x:v>59649</x:v>
       </x:c>
       <x:c r="GG30" s="3" t="n">
-        <x:v>64398</x:v>
+        <x:v>66733</x:v>
       </x:c>
       <x:c r="GH30" s="3" t="n">
-        <x:v>61648</x:v>
+        <x:v>63879</x:v>
       </x:c>
       <x:c r="GI30" s="3" t="n">
-        <x:v>60554</x:v>
+        <x:v>62691</x:v>
+      </x:c>
+      <x:c r="GJ30" s="3" t="n">
+        <x:v>61376</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:191">
+    <x:row r="31" spans="1:192">
       <x:c r="A31" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>6264</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>8377</x:v>
       </x:c>
       <x:c r="D31" s="3" t="n">
         <x:v>7240</x:v>
       </x:c>
       <x:c r="E31" s="3" t="n">
         <x:v>7679</x:v>
       </x:c>
       <x:c r="F31" s="3" t="n">
         <x:v>7280</x:v>
       </x:c>
       <x:c r="G31" s="3" t="n">
         <x:v>8255</x:v>
       </x:c>
       <x:c r="H31" s="3" t="n">
         <x:v>6780</x:v>
       </x:c>
       <x:c r="I31" s="3" t="n">
         <x:v>6360</x:v>
       </x:c>
@@ -17019,347 +17110,350 @@
       <x:c r="CH31" s="3" t="n">
         <x:v>25272</x:v>
       </x:c>
       <x:c r="CI31" s="3" t="n">
         <x:v>25858</x:v>
       </x:c>
       <x:c r="CJ31" s="3" t="n">
         <x:v>27394</x:v>
       </x:c>
       <x:c r="CK31" s="3" t="n">
         <x:v>31138</x:v>
       </x:c>
       <x:c r="CL31" s="3" t="n">
         <x:v>27855</x:v>
       </x:c>
       <x:c r="CM31" s="3" t="n">
         <x:v>27930</x:v>
       </x:c>
       <x:c r="CN31" s="3" t="n">
         <x:v>28811</x:v>
       </x:c>
       <x:c r="CO31" s="3" t="n">
         <x:v>32265</x:v>
       </x:c>
       <x:c r="CP31" s="3" t="n">
-        <x:v>30010</x:v>
+        <x:v>29937</x:v>
       </x:c>
       <x:c r="CQ31" s="3" t="n">
-        <x:v>30142</x:v>
+        <x:v>30068</x:v>
       </x:c>
       <x:c r="CR31" s="3" t="n">
-        <x:v>29094</x:v>
+        <x:v>29023</x:v>
       </x:c>
       <x:c r="CS31" s="3" t="n">
-        <x:v>33445</x:v>
+        <x:v>33364</x:v>
       </x:c>
       <x:c r="CT31" s="3" t="n">
-        <x:v>27735</x:v>
+        <x:v>27623</x:v>
       </x:c>
       <x:c r="CU31" s="3" t="n">
-        <x:v>29967</x:v>
+        <x:v>29845</x:v>
       </x:c>
       <x:c r="CV31" s="3" t="n">
-        <x:v>29933</x:v>
+        <x:v>29812</x:v>
       </x:c>
       <x:c r="CW31" s="3" t="n">
-        <x:v>35187</x:v>
+        <x:v>35044</x:v>
       </x:c>
       <x:c r="CX31" s="3" t="n">
-        <x:v>27842</x:v>
+        <x:v>27673</x:v>
       </x:c>
       <x:c r="CY31" s="3" t="n">
-        <x:v>30584</x:v>
+        <x:v>30399</x:v>
       </x:c>
       <x:c r="CZ31" s="3" t="n">
-        <x:v>31000</x:v>
+        <x:v>30812</x:v>
       </x:c>
       <x:c r="DA31" s="3" t="n">
-        <x:v>35121</x:v>
+        <x:v>34908</x:v>
       </x:c>
       <x:c r="DB31" s="3" t="n">
-        <x:v>30576</x:v>
+        <x:v>30301</x:v>
       </x:c>
       <x:c r="DC31" s="3" t="n">
-        <x:v>32281</x:v>
+        <x:v>31991</x:v>
       </x:c>
       <x:c r="DD31" s="3" t="n">
-        <x:v>31907</x:v>
+        <x:v>31621</x:v>
       </x:c>
       <x:c r="DE31" s="3" t="n">
-        <x:v>37398</x:v>
+        <x:v>37062</x:v>
       </x:c>
       <x:c r="DF31" s="3" t="n">
-        <x:v>29806</x:v>
+        <x:v>29482</x:v>
       </x:c>
       <x:c r="DG31" s="3" t="n">
-        <x:v>35792</x:v>
+        <x:v>35403</x:v>
       </x:c>
       <x:c r="DH31" s="3" t="n">
-        <x:v>34061</x:v>
+        <x:v>33691</x:v>
       </x:c>
       <x:c r="DI31" s="3" t="n">
-        <x:v>38925</x:v>
+        <x:v>38503</x:v>
       </x:c>
       <x:c r="DJ31" s="3" t="n">
-        <x:v>34784</x:v>
+        <x:v>34275</x:v>
       </x:c>
       <x:c r="DK31" s="3" t="n">
-        <x:v>37631</x:v>
+        <x:v>37080</x:v>
       </x:c>
       <x:c r="DL31" s="3" t="n">
-        <x:v>36829</x:v>
+        <x:v>36290</x:v>
       </x:c>
       <x:c r="DM31" s="3" t="n">
-        <x:v>41625</x:v>
+        <x:v>41016</x:v>
       </x:c>
       <x:c r="DN31" s="3" t="n">
-        <x:v>41415</x:v>
+        <x:v>40805</x:v>
       </x:c>
       <x:c r="DO31" s="3" t="n">
-        <x:v>43977</x:v>
+        <x:v>43329</x:v>
       </x:c>
       <x:c r="DP31" s="3" t="n">
-        <x:v>41870</x:v>
+        <x:v>41253</x:v>
       </x:c>
       <x:c r="DQ31" s="3" t="n">
-        <x:v>48654</x:v>
+        <x:v>47937</x:v>
       </x:c>
       <x:c r="DR31" s="3" t="n">
-        <x:v>43514</x:v>
+        <x:v>42774</x:v>
       </x:c>
       <x:c r="DS31" s="3" t="n">
-        <x:v>49080</x:v>
+        <x:v>48246</x:v>
       </x:c>
       <x:c r="DT31" s="3" t="n">
-        <x:v>45490</x:v>
+        <x:v>44717</x:v>
       </x:c>
       <x:c r="DU31" s="3" t="n">
-        <x:v>46815</x:v>
+        <x:v>46019</x:v>
       </x:c>
       <x:c r="DV31" s="3" t="n">
-        <x:v>38411</x:v>
+        <x:v>37741</x:v>
       </x:c>
       <x:c r="DW31" s="3" t="n">
-        <x:v>42733</x:v>
+        <x:v>41988</x:v>
       </x:c>
       <x:c r="DX31" s="3" t="n">
-        <x:v>42273</x:v>
+        <x:v>41535</x:v>
       </x:c>
       <x:c r="DY31" s="3" t="n">
-        <x:v>46877</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="DZ31" s="3" t="n">
-        <x:v>43197</x:v>
+        <x:v>42359</x:v>
       </x:c>
       <x:c r="EA31" s="3" t="n">
-        <x:v>46551</x:v>
+        <x:v>45649</x:v>
       </x:c>
       <x:c r="EB31" s="3" t="n">
-        <x:v>44111</x:v>
+        <x:v>43256</x:v>
       </x:c>
       <x:c r="EC31" s="3" t="n">
-        <x:v>48018</x:v>
+        <x:v>47087</x:v>
       </x:c>
       <x:c r="ED31" s="3" t="n">
-        <x:v>43345</x:v>
+        <x:v>42464</x:v>
       </x:c>
       <x:c r="EE31" s="3" t="n">
-        <x:v>47397</x:v>
+        <x:v>46434</x:v>
       </x:c>
       <x:c r="EF31" s="3" t="n">
-        <x:v>44622</x:v>
+        <x:v>43715</x:v>
       </x:c>
       <x:c r="EG31" s="3" t="n">
-        <x:v>48692</x:v>
+        <x:v>47702</x:v>
       </x:c>
       <x:c r="EH31" s="3" t="n">
-        <x:v>46151</x:v>
+        <x:v>45061</x:v>
       </x:c>
       <x:c r="EI31" s="3" t="n">
-        <x:v>49339</x:v>
+        <x:v>48174</x:v>
       </x:c>
       <x:c r="EJ31" s="3" t="n">
-        <x:v>47781</x:v>
+        <x:v>46653</x:v>
       </x:c>
       <x:c r="EK31" s="3" t="n">
-        <x:v>51925</x:v>
+        <x:v>50698</x:v>
       </x:c>
       <x:c r="EL31" s="3" t="n">
-        <x:v>44618</x:v>
+        <x:v>43516</x:v>
       </x:c>
       <x:c r="EM31" s="3" t="n">
-        <x:v>50252</x:v>
+        <x:v>49011</x:v>
       </x:c>
       <x:c r="EN31" s="3" t="n">
-        <x:v>48276</x:v>
+        <x:v>47083</x:v>
       </x:c>
       <x:c r="EO31" s="3" t="n">
-        <x:v>51700</x:v>
+        <x:v>50423</x:v>
       </x:c>
       <x:c r="EP31" s="3" t="n">
-        <x:v>49556</x:v>
+        <x:v>48179</x:v>
       </x:c>
       <x:c r="EQ31" s="3" t="n">
-        <x:v>52736</x:v>
+        <x:v>51271</x:v>
       </x:c>
       <x:c r="ER31" s="3" t="n">
-        <x:v>52159</x:v>
+        <x:v>50710</x:v>
       </x:c>
       <x:c r="ES31" s="3" t="n">
-        <x:v>55982</x:v>
+        <x:v>54427</x:v>
       </x:c>
       <x:c r="ET31" s="3" t="n">
-        <x:v>51376</x:v>
+        <x:v>49993</x:v>
       </x:c>
       <x:c r="EU31" s="3" t="n">
-        <x:v>55502</x:v>
+        <x:v>54008</x:v>
       </x:c>
       <x:c r="EV31" s="3" t="n">
-        <x:v>53209</x:v>
+        <x:v>51777</x:v>
       </x:c>
       <x:c r="EW31" s="3" t="n">
-        <x:v>56514</x:v>
+        <x:v>54993</x:v>
       </x:c>
       <x:c r="EX31" s="3" t="n">
-        <x:v>52182</x:v>
+        <x:v>50744</x:v>
       </x:c>
       <x:c r="EY31" s="3" t="n">
-        <x:v>58386</x:v>
+        <x:v>56770</x:v>
       </x:c>
       <x:c r="EZ31" s="3" t="n">
-        <x:v>56723</x:v>
+        <x:v>55138</x:v>
       </x:c>
       <x:c r="FA31" s="3" t="n">
-        <x:v>59851</x:v>
+        <x:v>58155</x:v>
       </x:c>
       <x:c r="FB31" s="3" t="n">
-        <x:v>55614</x:v>
+        <x:v>54008</x:v>
       </x:c>
       <x:c r="FC31" s="3" t="n">
-        <x:v>57611</x:v>
+        <x:v>55911</x:v>
       </x:c>
       <x:c r="FD31" s="3" t="n">
-        <x:v>57584</x:v>
+        <x:v>55847</x:v>
       </x:c>
       <x:c r="FE31" s="3" t="n">
-        <x:v>62634</x:v>
+        <x:v>60698</x:v>
       </x:c>
       <x:c r="FF31" s="3" t="n">
-        <x:v>57120</x:v>
+        <x:v>55308</x:v>
       </x:c>
       <x:c r="FG31" s="3" t="n">
-        <x:v>64189</x:v>
+        <x:v>62098</x:v>
       </x:c>
       <x:c r="FH31" s="3" t="n">
-        <x:v>62161</x:v>
+        <x:v>60082</x:v>
       </x:c>
       <x:c r="FI31" s="3" t="n">
-        <x:v>67552</x:v>
+        <x:v>65232</x:v>
       </x:c>
       <x:c r="FJ31" s="3" t="n">
-        <x:v>63114</x:v>
+        <x:v>60890</x:v>
       </x:c>
       <x:c r="FK31" s="3" t="n">
-        <x:v>66230</x:v>
+        <x:v>63865</x:v>
       </x:c>
       <x:c r="FL31" s="3" t="n">
-        <x:v>64134</x:v>
+        <x:v>61844</x:v>
       </x:c>
       <x:c r="FM31" s="3" t="n">
-        <x:v>67076</x:v>
+        <x:v>64714</x:v>
       </x:c>
       <x:c r="FN31" s="3" t="n">
-        <x:v>66513</x:v>
+        <x:v>64222</x:v>
       </x:c>
       <x:c r="FO31" s="3" t="n">
-        <x:v>67834</x:v>
+        <x:v>65488</x:v>
       </x:c>
       <x:c r="FP31" s="3" t="n">
-        <x:v>70610</x:v>
+        <x:v>68081</x:v>
       </x:c>
       <x:c r="FQ31" s="3" t="n">
-        <x:v>76577</x:v>
+        <x:v>73652</x:v>
       </x:c>
       <x:c r="FR31" s="3" t="n">
-        <x:v>69457</x:v>
+        <x:v>66595</x:v>
       </x:c>
       <x:c r="FS31" s="3" t="n">
-        <x:v>76247</x:v>
+        <x:v>73088</x:v>
       </x:c>
       <x:c r="FT31" s="3" t="n">
-        <x:v>75546</x:v>
+        <x:v>72679</x:v>
       </x:c>
       <x:c r="FU31" s="3" t="n">
-        <x:v>79922</x:v>
+        <x:v>77460</x:v>
       </x:c>
       <x:c r="FV31" s="3" t="n">
-        <x:v>73962</x:v>
+        <x:v>72416</x:v>
       </x:c>
       <x:c r="FW31" s="3" t="n">
-        <x:v>78104</x:v>
+        <x:v>76888</x:v>
       </x:c>
       <x:c r="FX31" s="3" t="n">
-        <x:v>78989</x:v>
+        <x:v>77707</x:v>
       </x:c>
       <x:c r="FY31" s="3" t="n">
-        <x:v>86997</x:v>
+        <x:v>84995</x:v>
       </x:c>
       <x:c r="FZ31" s="3" t="n">
-        <x:v>78746</x:v>
+        <x:v>75963</x:v>
       </x:c>
       <x:c r="GA31" s="3" t="n">
-        <x:v>84210</x:v>
+        <x:v>80367</x:v>
       </x:c>
       <x:c r="GB31" s="3" t="n">
-        <x:v>83065</x:v>
+        <x:v>78701</x:v>
       </x:c>
       <x:c r="GC31" s="3" t="n">
-        <x:v>88440</x:v>
+        <x:v>83488</x:v>
       </x:c>
       <x:c r="GD31" s="3" t="n">
-        <x:v>78138</x:v>
+        <x:v>75352</x:v>
       </x:c>
       <x:c r="GE31" s="3" t="n">
-        <x:v>89821</x:v>
+        <x:v>85158</x:v>
       </x:c>
       <x:c r="GF31" s="3" t="n">
-        <x:v>87197</x:v>
+        <x:v>84300</x:v>
       </x:c>
       <x:c r="GG31" s="3" t="n">
-        <x:v>92860</x:v>
+        <x:v>90303</x:v>
       </x:c>
       <x:c r="GH31" s="3" t="n">
-        <x:v>86722</x:v>
+        <x:v>84010</x:v>
       </x:c>
       <x:c r="GI31" s="3" t="n">
-        <x:v>94203</x:v>
+        <x:v>88824</x:v>
+      </x:c>
+      <x:c r="GJ31" s="3" t="n">
+        <x:v>91118</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:191">
+    <x:row r="32" spans="1:192">
       <x:c r="A32" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C32" s="3" t="n">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D32" s="3" t="n">
         <x:v>241</x:v>
       </x:c>
       <x:c r="E32" s="3" t="n">
         <x:v>303</x:v>
       </x:c>
       <x:c r="F32" s="3" t="n">
         <x:v>366</x:v>
       </x:c>
       <x:c r="G32" s="3" t="n">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H32" s="3" t="n">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I32" s="3" t="n">
         <x:v>500</x:v>
       </x:c>
@@ -17600,341 +17694,344 @@
       <x:c r="CJ32" s="3" t="n">
         <x:v>3589</x:v>
       </x:c>
       <x:c r="CK32" s="3" t="n">
         <x:v>3831</x:v>
       </x:c>
       <x:c r="CL32" s="3" t="n">
         <x:v>3844</x:v>
       </x:c>
       <x:c r="CM32" s="3" t="n">
         <x:v>3657</x:v>
       </x:c>
       <x:c r="CN32" s="3" t="n">
         <x:v>3693</x:v>
       </x:c>
       <x:c r="CO32" s="3" t="n">
         <x:v>3867</x:v>
       </x:c>
       <x:c r="CP32" s="3" t="n">
         <x:v>4099</x:v>
       </x:c>
       <x:c r="CQ32" s="3" t="n">
         <x:v>3781</x:v>
       </x:c>
       <x:c r="CR32" s="3" t="n">
-        <x:v>3975</x:v>
+        <x:v>3974</x:v>
       </x:c>
       <x:c r="CS32" s="3" t="n">
         <x:v>3883</x:v>
       </x:c>
       <x:c r="CT32" s="3" t="n">
         <x:v>3534</x:v>
       </x:c>
       <x:c r="CU32" s="3" t="n">
-        <x:v>3942</x:v>
+        <x:v>3941</x:v>
       </x:c>
       <x:c r="CV32" s="3" t="n">
         <x:v>3561</x:v>
       </x:c>
       <x:c r="CW32" s="3" t="n">
-        <x:v>3688</x:v>
+        <x:v>3687</x:v>
       </x:c>
       <x:c r="CX32" s="3" t="n">
-        <x:v>4018</x:v>
+        <x:v>4017</x:v>
       </x:c>
       <x:c r="CY32" s="3" t="n">
-        <x:v>3700</x:v>
+        <x:v>3699</x:v>
       </x:c>
       <x:c r="CZ32" s="3" t="n">
+        <x:v>3653</x:v>
+      </x:c>
+      <x:c r="DA32" s="3" t="n">
+        <x:v>3736</x:v>
+      </x:c>
+      <x:c r="DB32" s="3" t="n">
+        <x:v>4288</x:v>
+      </x:c>
+      <x:c r="DC32" s="3" t="n">
+        <x:v>3854</x:v>
+      </x:c>
+      <x:c r="DD32" s="3" t="n">
+        <x:v>3425</x:v>
+      </x:c>
+      <x:c r="DE32" s="3" t="n">
+        <x:v>4422</x:v>
+      </x:c>
+      <x:c r="DF32" s="3" t="n">
+        <x:v>4542</x:v>
+      </x:c>
+      <x:c r="DG32" s="3" t="n">
+        <x:v>4152</x:v>
+      </x:c>
+      <x:c r="DH32" s="3" t="n">
+        <x:v>4273</x:v>
+      </x:c>
+      <x:c r="DI32" s="3" t="n">
+        <x:v>4787</x:v>
+      </x:c>
+      <x:c r="DJ32" s="3" t="n">
+        <x:v>4881</x:v>
+      </x:c>
+      <x:c r="DK32" s="3" t="n">
+        <x:v>4597</x:v>
+      </x:c>
+      <x:c r="DL32" s="3" t="n">
+        <x:v>4669</x:v>
+      </x:c>
+      <x:c r="DM32" s="3" t="n">
+        <x:v>5275</x:v>
+      </x:c>
+      <x:c r="DN32" s="3" t="n">
+        <x:v>4274</x:v>
+      </x:c>
+      <x:c r="DO32" s="3" t="n">
+        <x:v>3842</x:v>
+      </x:c>
+      <x:c r="DP32" s="3" t="n">
+        <x:v>4206</x:v>
+      </x:c>
+      <x:c r="DQ32" s="3" t="n">
+        <x:v>4723</x:v>
+      </x:c>
+      <x:c r="DR32" s="3" t="n">
+        <x:v>4673</x:v>
+      </x:c>
+      <x:c r="DS32" s="3" t="n">
+        <x:v>4532</x:v>
+      </x:c>
+      <x:c r="DT32" s="3" t="n">
+        <x:v>4715</x:v>
+      </x:c>
+      <x:c r="DU32" s="3" t="n">
+        <x:v>5252</x:v>
+      </x:c>
+      <x:c r="DV32" s="3" t="n">
+        <x:v>4656</x:v>
+      </x:c>
+      <x:c r="DW32" s="3" t="n">
+        <x:v>4453</x:v>
+      </x:c>
+      <x:c r="DX32" s="3" t="n">
+        <x:v>4363</x:v>
+      </x:c>
+      <x:c r="DY32" s="3" t="n">
+        <x:v>4850</x:v>
+      </x:c>
+      <x:c r="DZ32" s="3" t="n">
+        <x:v>4880</x:v>
+      </x:c>
+      <x:c r="EA32" s="3" t="n">
+        <x:v>4290</x:v>
+      </x:c>
+      <x:c r="EB32" s="3" t="n">
+        <x:v>4428</x:v>
+      </x:c>
+      <x:c r="EC32" s="3" t="n">
+        <x:v>4770</x:v>
+      </x:c>
+      <x:c r="ED32" s="3" t="n">
+        <x:v>4088</x:v>
+      </x:c>
+      <x:c r="EE32" s="3" t="n">
+        <x:v>4045</x:v>
+      </x:c>
+      <x:c r="EF32" s="3" t="n">
+        <x:v>3507</x:v>
+      </x:c>
+      <x:c r="EG32" s="3" t="n">
+        <x:v>4041</x:v>
+      </x:c>
+      <x:c r="EH32" s="3" t="n">
+        <x:v>4235</x:v>
+      </x:c>
+      <x:c r="EI32" s="3" t="n">
         <x:v>3654</x:v>
       </x:c>
-      <x:c r="DA32" s="3" t="n">
-[...20 lines deleted...]
-      <x:c r="DH32" s="3" t="n">
+      <x:c r="EJ32" s="3" t="n">
+        <x:v>3798</x:v>
+      </x:c>
+      <x:c r="EK32" s="3" t="n">
+        <x:v>4493</x:v>
+      </x:c>
+      <x:c r="EL32" s="3" t="n">
+        <x:v>4684</x:v>
+      </x:c>
+      <x:c r="EM32" s="3" t="n">
+        <x:v>4218</x:v>
+      </x:c>
+      <x:c r="EN32" s="3" t="n">
+        <x:v>3891</x:v>
+      </x:c>
+      <x:c r="EO32" s="3" t="n">
+        <x:v>4456</x:v>
+      </x:c>
+      <x:c r="EP32" s="3" t="n">
+        <x:v>4292</x:v>
+      </x:c>
+      <x:c r="EQ32" s="3" t="n">
+        <x:v>4304</x:v>
+      </x:c>
+      <x:c r="ER32" s="3" t="n">
+        <x:v>4408</x:v>
+      </x:c>
+      <x:c r="ES32" s="3" t="n">
+        <x:v>4324</x:v>
+      </x:c>
+      <x:c r="ET32" s="3" t="n">
+        <x:v>4531</x:v>
+      </x:c>
+      <x:c r="EU32" s="3" t="n">
+        <x:v>4029</x:v>
+      </x:c>
+      <x:c r="EV32" s="3" t="n">
+        <x:v>3721</x:v>
+      </x:c>
+      <x:c r="EW32" s="3" t="n">
+        <x:v>4650</x:v>
+      </x:c>
+      <x:c r="EX32" s="3" t="n">
+        <x:v>4415</x:v>
+      </x:c>
+      <x:c r="EY32" s="3" t="n">
+        <x:v>4106</x:v>
+      </x:c>
+      <x:c r="EZ32" s="3" t="n">
+        <x:v>4602</x:v>
+      </x:c>
+      <x:c r="FA32" s="3" t="n">
+        <x:v>4580</x:v>
+      </x:c>
+      <x:c r="FB32" s="3" t="n">
+        <x:v>4377</x:v>
+      </x:c>
+      <x:c r="FC32" s="3" t="n">
         <x:v>4274</x:v>
       </x:c>
-      <x:c r="DI32" s="3" t="n">
-[...139 lines deleted...]
-      </x:c>
       <x:c r="FD32" s="3" t="n">
-        <x:v>4321</x:v>
+        <x:v>4315</x:v>
       </x:c>
       <x:c r="FE32" s="3" t="n">
-        <x:v>4649</x:v>
+        <x:v>4643</x:v>
       </x:c>
       <x:c r="FF32" s="3" t="n">
-        <x:v>4642</x:v>
+        <x:v>4636</x:v>
       </x:c>
       <x:c r="FG32" s="3" t="n">
-        <x:v>4300</x:v>
+        <x:v>4295</x:v>
       </x:c>
       <x:c r="FH32" s="3" t="n">
-        <x:v>4366</x:v>
+        <x:v>4360</x:v>
       </x:c>
       <x:c r="FI32" s="3" t="n">
-        <x:v>4518</x:v>
+        <x:v>4511</x:v>
       </x:c>
       <x:c r="FJ32" s="3" t="n">
-        <x:v>4586</x:v>
+        <x:v>4579</x:v>
       </x:c>
       <x:c r="FK32" s="3" t="n">
-        <x:v>4673</x:v>
+        <x:v>4666</x:v>
       </x:c>
       <x:c r="FL32" s="3" t="n">
-        <x:v>4833</x:v>
+        <x:v>4826</x:v>
       </x:c>
       <x:c r="FM32" s="3" t="n">
-        <x:v>4647</x:v>
+        <x:v>4641</x:v>
       </x:c>
       <x:c r="FN32" s="3" t="n">
-        <x:v>4982</x:v>
+        <x:v>4977</x:v>
       </x:c>
       <x:c r="FO32" s="3" t="n">
-        <x:v>4736</x:v>
+        <x:v>4730</x:v>
       </x:c>
       <x:c r="FP32" s="3" t="n">
-        <x:v>4665</x:v>
+        <x:v>4657</x:v>
       </x:c>
       <x:c r="FQ32" s="3" t="n">
-        <x:v>4186</x:v>
+        <x:v>4176</x:v>
       </x:c>
       <x:c r="FR32" s="3" t="n">
-        <x:v>4088</x:v>
+        <x:v>4074</x:v>
       </x:c>
       <x:c r="FS32" s="3" t="n">
-        <x:v>4257</x:v>
+        <x:v>4245</x:v>
       </x:c>
       <x:c r="FT32" s="3" t="n">
-        <x:v>3988</x:v>
+        <x:v>3983</x:v>
       </x:c>
       <x:c r="FU32" s="3" t="n">
-        <x:v>3764</x:v>
+        <x:v>3769</x:v>
       </x:c>
       <x:c r="FV32" s="3" t="n">
-        <x:v>3950</x:v>
+        <x:v>3969</x:v>
       </x:c>
       <x:c r="FW32" s="3" t="n">
-        <x:v>3801</x:v>
+        <x:v>3818</x:v>
       </x:c>
       <x:c r="FX32" s="3" t="n">
-        <x:v>4226</x:v>
+        <x:v>4228</x:v>
       </x:c>
       <x:c r="FY32" s="3" t="n">
-        <x:v>4299</x:v>
+        <x:v>4263</x:v>
       </x:c>
       <x:c r="FZ32" s="3" t="n">
-        <x:v>3329</x:v>
+        <x:v>3261</x:v>
       </x:c>
       <x:c r="GA32" s="3" t="n">
-        <x:v>3494</x:v>
+        <x:v>3388</x:v>
       </x:c>
       <x:c r="GB32" s="3" t="n">
-        <x:v>3120</x:v>
+        <x:v>3005</x:v>
       </x:c>
       <x:c r="GC32" s="3" t="n">
-        <x:v>3195</x:v>
+        <x:v>3068</x:v>
       </x:c>
       <x:c r="GD32" s="3" t="n">
-        <x:v>3659</x:v>
+        <x:v>3574</x:v>
       </x:c>
       <x:c r="GE32" s="3" t="n">
-        <x:v>3680</x:v>
+        <x:v>3571</x:v>
       </x:c>
       <x:c r="GF32" s="3" t="n">
-        <x:v>3413</x:v>
+        <x:v>3306</x:v>
       </x:c>
       <x:c r="GG32" s="3" t="n">
-        <x:v>3465</x:v>
+        <x:v>3369</x:v>
       </x:c>
       <x:c r="GH32" s="3" t="n">
-        <x:v>4187</x:v>
+        <x:v>4135</x:v>
       </x:c>
       <x:c r="GI32" s="3" t="n">
-        <x:v>4326</x:v>
+        <x:v>3724</x:v>
+      </x:c>
+      <x:c r="GJ32" s="3" t="n">
+        <x:v>3882</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:191">
+    <x:row r="33" spans="1:192">
       <x:c r="A33" s="2" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>1840</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>1839</x:v>
       </x:c>
       <x:c r="D33" s="3" t="n">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="E33" s="3" t="n">
         <x:v>2190</x:v>
       </x:c>
       <x:c r="F33" s="3" t="n">
         <x:v>2065</x:v>
       </x:c>
       <x:c r="G33" s="3" t="n">
         <x:v>2314</x:v>
       </x:c>
       <x:c r="H33" s="3" t="n">
         <x:v>2280</x:v>
       </x:c>
       <x:c r="I33" s="3" t="n">
         <x:v>2271</x:v>
       </x:c>
@@ -18169,347 +18266,350 @@
       <x:c r="CH33" s="3" t="n">
         <x:v>4179</x:v>
       </x:c>
       <x:c r="CI33" s="3" t="n">
         <x:v>4767</x:v>
       </x:c>
       <x:c r="CJ33" s="3" t="n">
         <x:v>4460</x:v>
       </x:c>
       <x:c r="CK33" s="3" t="n">
         <x:v>5101</x:v>
       </x:c>
       <x:c r="CL33" s="3" t="n">
         <x:v>5294</x:v>
       </x:c>
       <x:c r="CM33" s="3" t="n">
         <x:v>6361</x:v>
       </x:c>
       <x:c r="CN33" s="3" t="n">
         <x:v>7651</x:v>
       </x:c>
       <x:c r="CO33" s="3" t="n">
         <x:v>7070</x:v>
       </x:c>
       <x:c r="CP33" s="3" t="n">
-        <x:v>8649</x:v>
+        <x:v>8745</x:v>
       </x:c>
       <x:c r="CQ33" s="3" t="n">
-        <x:v>8216</x:v>
+        <x:v>8306</x:v>
       </x:c>
       <x:c r="CR33" s="3" t="n">
-        <x:v>7777</x:v>
+        <x:v>7863</x:v>
       </x:c>
       <x:c r="CS33" s="3" t="n">
-        <x:v>7033</x:v>
+        <x:v>7111</x:v>
       </x:c>
       <x:c r="CT33" s="3" t="n">
-        <x:v>5641</x:v>
+        <x:v>5766</x:v>
       </x:c>
       <x:c r="CU33" s="3" t="n">
-        <x:v>5540</x:v>
+        <x:v>5662</x:v>
       </x:c>
       <x:c r="CV33" s="3" t="n">
-        <x:v>6303</x:v>
+        <x:v>6442</x:v>
       </x:c>
       <x:c r="CW33" s="3" t="n">
-        <x:v>6491</x:v>
+        <x:v>6635</x:v>
       </x:c>
       <x:c r="CX33" s="3" t="n">
-        <x:v>4621</x:v>
+        <x:v>4773</x:v>
       </x:c>
       <x:c r="CY33" s="3" t="n">
-        <x:v>5603</x:v>
+        <x:v>5786</x:v>
       </x:c>
       <x:c r="CZ33" s="3" t="n">
-        <x:v>6687</x:v>
+        <x:v>6906</x:v>
       </x:c>
       <x:c r="DA33" s="3" t="n">
-        <x:v>6319</x:v>
+        <x:v>6526</x:v>
       </x:c>
       <x:c r="DB33" s="3" t="n">
-        <x:v>4935</x:v>
+        <x:v>5149</x:v>
       </x:c>
       <x:c r="DC33" s="3" t="n">
-        <x:v>5088</x:v>
+        <x:v>5309</x:v>
       </x:c>
       <x:c r="DD33" s="3" t="n">
-        <x:v>4998</x:v>
+        <x:v>5215</x:v>
       </x:c>
       <x:c r="DE33" s="3" t="n">
-        <x:v>4975</x:v>
+        <x:v>5191</x:v>
       </x:c>
       <x:c r="DF33" s="3" t="n">
-        <x:v>5634</x:v>
+        <x:v>5952</x:v>
       </x:c>
       <x:c r="DG33" s="3" t="n">
+        <x:v>5484</x:v>
+      </x:c>
+      <x:c r="DH33" s="3" t="n">
+        <x:v>5630</x:v>
+      </x:c>
+      <x:c r="DI33" s="3" t="n">
+        <x:v>4801</x:v>
+      </x:c>
+      <x:c r="DJ33" s="3" t="n">
+        <x:v>5948</x:v>
+      </x:c>
+      <x:c r="DK33" s="3" t="n">
+        <x:v>4443</x:v>
+      </x:c>
+      <x:c r="DL33" s="3" t="n">
+        <x:v>5936</x:v>
+      </x:c>
+      <x:c r="DM33" s="3" t="n">
+        <x:v>5407</x:v>
+      </x:c>
+      <x:c r="DN33" s="3" t="n">
+        <x:v>5092</x:v>
+      </x:c>
+      <x:c r="DO33" s="3" t="n">
+        <x:v>5974</x:v>
+      </x:c>
+      <x:c r="DP33" s="3" t="n">
+        <x:v>5817</x:v>
+      </x:c>
+      <x:c r="DQ33" s="3" t="n">
+        <x:v>5943</x:v>
+      </x:c>
+      <x:c r="DR33" s="3" t="n">
+        <x:v>6713</x:v>
+      </x:c>
+      <x:c r="DS33" s="3" t="n">
+        <x:v>6533</x:v>
+      </x:c>
+      <x:c r="DT33" s="3" t="n">
+        <x:v>6485</x:v>
+      </x:c>
+      <x:c r="DU33" s="3" t="n">
+        <x:v>5073</x:v>
+      </x:c>
+      <x:c r="DV33" s="3" t="n">
+        <x:v>6090</x:v>
+      </x:c>
+      <x:c r="DW33" s="3" t="n">
+        <x:v>5525</x:v>
+      </x:c>
+      <x:c r="DX33" s="3" t="n">
+        <x:v>5595</x:v>
+      </x:c>
+      <x:c r="DY33" s="3" t="n">
+        <x:v>5086</x:v>
+      </x:c>
+      <x:c r="DZ33" s="3" t="n">
+        <x:v>5981</x:v>
+      </x:c>
+      <x:c r="EA33" s="3" t="n">
+        <x:v>7626</x:v>
+      </x:c>
+      <x:c r="EB33" s="3" t="n">
+        <x:v>6963</x:v>
+      </x:c>
+      <x:c r="EC33" s="3" t="n">
+        <x:v>4033</x:v>
+      </x:c>
+      <x:c r="ED33" s="3" t="n">
+        <x:v>6492</x:v>
+      </x:c>
+      <x:c r="EE33" s="3" t="n">
+        <x:v>5184</x:v>
+      </x:c>
+      <x:c r="EF33" s="3" t="n">
+        <x:v>6559</x:v>
+      </x:c>
+      <x:c r="EG33" s="3" t="n">
+        <x:v>7365</x:v>
+      </x:c>
+      <x:c r="EH33" s="3" t="n">
+        <x:v>7394</x:v>
+      </x:c>
+      <x:c r="EI33" s="3" t="n">
+        <x:v>7801</x:v>
+      </x:c>
+      <x:c r="EJ33" s="3" t="n">
+        <x:v>7294</x:v>
+      </x:c>
+      <x:c r="EK33" s="3" t="n">
+        <x:v>5139</x:v>
+      </x:c>
+      <x:c r="EL33" s="3" t="n">
+        <x:v>7336</x:v>
+      </x:c>
+      <x:c r="EM33" s="3" t="n">
+        <x:v>9383</x:v>
+      </x:c>
+      <x:c r="EN33" s="3" t="n">
+        <x:v>7980</x:v>
+      </x:c>
+      <x:c r="EO33" s="3" t="n">
+        <x:v>7712</x:v>
+      </x:c>
+      <x:c r="EP33" s="3" t="n">
+        <x:v>5748</x:v>
+      </x:c>
+      <x:c r="EQ33" s="3" t="n">
+        <x:v>10798</x:v>
+      </x:c>
+      <x:c r="ER33" s="3" t="n">
+        <x:v>8008</x:v>
+      </x:c>
+      <x:c r="ES33" s="3" t="n">
+        <x:v>8996</x:v>
+      </x:c>
+      <x:c r="ET33" s="3" t="n">
+        <x:v>8567</x:v>
+      </x:c>
+      <x:c r="EU33" s="3" t="n">
+        <x:v>7778</x:v>
+      </x:c>
+      <x:c r="EV33" s="3" t="n">
+        <x:v>8879</x:v>
+      </x:c>
+      <x:c r="EW33" s="3" t="n">
+        <x:v>9379</x:v>
+      </x:c>
+      <x:c r="EX33" s="3" t="n">
+        <x:v>11659</x:v>
+      </x:c>
+      <x:c r="EY33" s="3" t="n">
+        <x:v>7504</x:v>
+      </x:c>
+      <x:c r="EZ33" s="3" t="n">
+        <x:v>6682</x:v>
+      </x:c>
+      <x:c r="FA33" s="3" t="n">
+        <x:v>6850</x:v>
+      </x:c>
+      <x:c r="FB33" s="3" t="n">
+        <x:v>7205</x:v>
+      </x:c>
+      <x:c r="FC33" s="3" t="n">
+        <x:v>7582</x:v>
+      </x:c>
+      <x:c r="FD33" s="3" t="n">
+        <x:v>8565</x:v>
+      </x:c>
+      <x:c r="FE33" s="3" t="n">
+        <x:v>7822</x:v>
+      </x:c>
+      <x:c r="FF33" s="3" t="n">
+        <x:v>7490</x:v>
+      </x:c>
+      <x:c r="FG33" s="3" t="n">
+        <x:v>6610</x:v>
+      </x:c>
+      <x:c r="FH33" s="3" t="n">
+        <x:v>6445</x:v>
+      </x:c>
+      <x:c r="FI33" s="3" t="n">
+        <x:v>7322</x:v>
+      </x:c>
+      <x:c r="FJ33" s="3" t="n">
+        <x:v>8644</x:v>
+      </x:c>
+      <x:c r="FK33" s="3" t="n">
+        <x:v>7507</x:v>
+      </x:c>
+      <x:c r="FL33" s="3" t="n">
+        <x:v>8411</x:v>
+      </x:c>
+      <x:c r="FM33" s="3" t="n">
+        <x:v>6916</x:v>
+      </x:c>
+      <x:c r="FN33" s="3" t="n">
+        <x:v>7866</x:v>
+      </x:c>
+      <x:c r="FO33" s="3" t="n">
         <x:v>5191</x:v>
       </x:c>
-      <x:c r="DH33" s="3" t="n">
-[...178 lines deleted...]
-      </x:c>
       <x:c r="FP33" s="3" t="n">
-        <x:v>4506</x:v>
+        <x:v>5473</x:v>
       </x:c>
       <x:c r="FQ33" s="3" t="n">
-        <x:v>3390</x:v>
+        <x:v>4117</x:v>
       </x:c>
       <x:c r="FR33" s="3" t="n">
-        <x:v>3281</x:v>
+        <x:v>4027</x:v>
       </x:c>
       <x:c r="FS33" s="3" t="n">
-        <x:v>2898</x:v>
+        <x:v>3556</x:v>
       </x:c>
       <x:c r="FT33" s="3" t="n">
-        <x:v>6593</x:v>
+        <x:v>8092</x:v>
       </x:c>
       <x:c r="FU33" s="3" t="n">
-        <x:v>7839</x:v>
+        <x:v>9621</x:v>
       </x:c>
       <x:c r="FV33" s="3" t="n">
-        <x:v>8200</x:v>
+        <x:v>9708</x:v>
       </x:c>
       <x:c r="FW33" s="3" t="n">
-        <x:v>9421</x:v>
+        <x:v>11153</x:v>
       </x:c>
       <x:c r="FX33" s="3" t="n">
-        <x:v>10644</x:v>
+        <x:v>12602</x:v>
       </x:c>
       <x:c r="FY33" s="3" t="n">
-        <x:v>9894</x:v>
+        <x:v>11713</x:v>
       </x:c>
       <x:c r="FZ33" s="3" t="n">
-        <x:v>5229</x:v>
+        <x:v>16073</x:v>
       </x:c>
       <x:c r="GA33" s="3" t="n">
-        <x:v>1518</x:v>
+        <x:v>4667</x:v>
       </x:c>
       <x:c r="GB33" s="3" t="n">
-        <x:v>2911</x:v>
+        <x:v>8948</x:v>
       </x:c>
       <x:c r="GC33" s="3" t="n">
-        <x:v>6904</x:v>
+        <x:v>21221</x:v>
       </x:c>
       <x:c r="GD33" s="3" t="n">
-        <x:v>7152</x:v>
+        <x:v>5511</x:v>
       </x:c>
       <x:c r="GE33" s="3" t="n">
-        <x:v>4408</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="GF33" s="3" t="n">
-        <x:v>291</x:v>
+        <x:v>5811</x:v>
       </x:c>
       <x:c r="GG33" s="3" t="n">
-        <x:v>7454</x:v>
+        <x:v>8097</x:v>
       </x:c>
       <x:c r="GH33" s="3" t="n">
-        <x:v>7984</x:v>
+        <x:v>2921</x:v>
       </x:c>
       <x:c r="GI33" s="3" t="n">
-        <x:v>7050</x:v>
+        <x:v>-2210</x:v>
+      </x:c>
+      <x:c r="GJ33" s="3" t="n">
+        <x:v>7763</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:191">
+    <x:row r="34" spans="1:192">
       <x:c r="A34" s="2" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>1992</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
         <x:v>2387</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
         <x:v>2478</x:v>
       </x:c>
       <x:c r="E34" s="3" t="n">
         <x:v>2199</x:v>
       </x:c>
       <x:c r="F34" s="3" t="n">
         <x:v>2351</x:v>
       </x:c>
       <x:c r="G34" s="3" t="n">
         <x:v>2595</x:v>
       </x:c>
       <x:c r="H34" s="3" t="n">
         <x:v>2552</x:v>
       </x:c>
       <x:c r="I34" s="3" t="n">
         <x:v>2122</x:v>
       </x:c>
@@ -18744,347 +18844,350 @@
       <x:c r="CH34" s="3" t="n">
         <x:v>8769</x:v>
       </x:c>
       <x:c r="CI34" s="3" t="n">
         <x:v>10378</x:v>
       </x:c>
       <x:c r="CJ34" s="3" t="n">
         <x:v>10492</x:v>
       </x:c>
       <x:c r="CK34" s="3" t="n">
         <x:v>10039</x:v>
       </x:c>
       <x:c r="CL34" s="3" t="n">
         <x:v>9657</x:v>
       </x:c>
       <x:c r="CM34" s="3" t="n">
         <x:v>10624</x:v>
       </x:c>
       <x:c r="CN34" s="3" t="n">
         <x:v>10743</x:v>
       </x:c>
       <x:c r="CO34" s="3" t="n">
         <x:v>10440</x:v>
       </x:c>
       <x:c r="CP34" s="3" t="n">
-        <x:v>10573</x:v>
+        <x:v>10630</x:v>
       </x:c>
       <x:c r="CQ34" s="3" t="n">
+        <x:v>11685</x:v>
+      </x:c>
+      <x:c r="CR34" s="3" t="n">
+        <x:v>10554</x:v>
+      </x:c>
+      <x:c r="CS34" s="3" t="n">
+        <x:v>10755</x:v>
+      </x:c>
+      <x:c r="CT34" s="3" t="n">
+        <x:v>10742</x:v>
+      </x:c>
+      <x:c r="CU34" s="3" t="n">
+        <x:v>11909</x:v>
+      </x:c>
+      <x:c r="CV34" s="3" t="n">
+        <x:v>12192</x:v>
+      </x:c>
+      <x:c r="CW34" s="3" t="n">
+        <x:v>11527</x:v>
+      </x:c>
+      <x:c r="CX34" s="3" t="n">
+        <x:v>10645</x:v>
+      </x:c>
+      <x:c r="CY34" s="3" t="n">
+        <x:v>11364</x:v>
+      </x:c>
+      <x:c r="CZ34" s="3" t="n">
+        <x:v>12659</x:v>
+      </x:c>
+      <x:c r="DA34" s="3" t="n">
         <x:v>11621</x:v>
       </x:c>
-      <x:c r="CR34" s="3" t="n">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="DB34" s="3" t="n">
-        <x:v>12462</x:v>
+        <x:v>12833</x:v>
       </x:c>
       <x:c r="DC34" s="3" t="n">
-        <x:v>13386</x:v>
+        <x:v>13825</x:v>
       </x:c>
       <x:c r="DD34" s="3" t="n">
-        <x:v>13680</x:v>
+        <x:v>14196</x:v>
       </x:c>
       <x:c r="DE34" s="3" t="n">
-        <x:v>14050</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="DF34" s="3" t="n">
-        <x:v>12319</x:v>
+        <x:v>12788</x:v>
       </x:c>
       <x:c r="DG34" s="3" t="n">
-        <x:v>15582</x:v>
+        <x:v>16296</x:v>
       </x:c>
       <x:c r="DH34" s="3" t="n">
-        <x:v>14997</x:v>
+        <x:v>15766</x:v>
       </x:c>
       <x:c r="DI34" s="3" t="n">
-        <x:v>15803</x:v>
+        <x:v>16405</x:v>
       </x:c>
       <x:c r="DJ34" s="3" t="n">
-        <x:v>15013</x:v>
+        <x:v>15720</x:v>
       </x:c>
       <x:c r="DK34" s="3" t="n">
-        <x:v>17096</x:v>
+        <x:v>18026</x:v>
       </x:c>
       <x:c r="DL34" s="3" t="n">
-        <x:v>17369</x:v>
+        <x:v>18492</x:v>
       </x:c>
       <x:c r="DM34" s="3" t="n">
-        <x:v>19070</x:v>
+        <x:v>19999</x:v>
       </x:c>
       <x:c r="DN34" s="3" t="n">
-        <x:v>16919</x:v>
+        <x:v>17793</x:v>
       </x:c>
       <x:c r="DO34" s="3" t="n">
-        <x:v>19225</x:v>
+        <x:v>20565</x:v>
       </x:c>
       <x:c r="DP34" s="3" t="n">
-        <x:v>19382</x:v>
+        <x:v>20825</x:v>
       </x:c>
       <x:c r="DQ34" s="3" t="n">
-        <x:v>19041</x:v>
+        <x:v>19935</x:v>
       </x:c>
       <x:c r="DR34" s="3" t="n">
-        <x:v>17787</x:v>
+        <x:v>18999</x:v>
       </x:c>
       <x:c r="DS34" s="3" t="n">
-        <x:v>19523</x:v>
+        <x:v>20760</x:v>
       </x:c>
       <x:c r="DT34" s="3" t="n">
-        <x:v>19466</x:v>
+        <x:v>20837</x:v>
       </x:c>
       <x:c r="DU34" s="3" t="n">
-        <x:v>21052</x:v>
+        <x:v>22689</x:v>
       </x:c>
       <x:c r="DV34" s="3" t="n">
-        <x:v>17605</x:v>
+        <x:v>18957</x:v>
       </x:c>
       <x:c r="DW34" s="3" t="n">
-        <x:v>19468</x:v>
+        <x:v>21165</x:v>
       </x:c>
       <x:c r="DX34" s="3" t="n">
-        <x:v>19393</x:v>
+        <x:v>21020</x:v>
       </x:c>
       <x:c r="DY34" s="3" t="n">
-        <x:v>19190</x:v>
+        <x:v>20542</x:v>
       </x:c>
       <x:c r="DZ34" s="3" t="n">
-        <x:v>17998</x:v>
+        <x:v>19569</x:v>
       </x:c>
       <x:c r="EA34" s="3" t="n">
-        <x:v>20460</x:v>
+        <x:v>22375</x:v>
       </x:c>
       <x:c r="EB34" s="3" t="n">
-        <x:v>20038</x:v>
+        <x:v>21831</x:v>
       </x:c>
       <x:c r="EC34" s="3" t="n">
-        <x:v>19215</x:v>
+        <x:v>20690</x:v>
       </x:c>
       <x:c r="ED34" s="3" t="n">
-        <x:v>17908</x:v>
+        <x:v>19463</x:v>
       </x:c>
       <x:c r="EE34" s="3" t="n">
-        <x:v>22197</x:v>
+        <x:v>24731</x:v>
       </x:c>
       <x:c r="EF34" s="3" t="n">
-        <x:v>21595</x:v>
+        <x:v>23806</x:v>
       </x:c>
       <x:c r="EG34" s="3" t="n">
-        <x:v>20017</x:v>
+        <x:v>21592</x:v>
       </x:c>
       <x:c r="EH34" s="3" t="n">
-        <x:v>19113</x:v>
+        <x:v>21125</x:v>
       </x:c>
       <x:c r="EI34" s="3" t="n">
-        <x:v>21611</x:v>
+        <x:v>24078</x:v>
       </x:c>
       <x:c r="EJ34" s="3" t="n">
-        <x:v>23061</x:v>
+        <x:v>25836</x:v>
       </x:c>
       <x:c r="EK34" s="3" t="n">
-        <x:v>21911</x:v>
+        <x:v>24122</x:v>
       </x:c>
       <x:c r="EL34" s="3" t="n">
-        <x:v>20378</x:v>
+        <x:v>22981</x:v>
       </x:c>
       <x:c r="EM34" s="3" t="n">
-        <x:v>24219</x:v>
+        <x:v>27375</x:v>
       </x:c>
       <x:c r="EN34" s="3" t="n">
-        <x:v>24349</x:v>
+        <x:v>27479</x:v>
       </x:c>
       <x:c r="EO34" s="3" t="n">
-        <x:v>24279</x:v>
+        <x:v>27135</x:v>
       </x:c>
       <x:c r="EP34" s="3" t="n">
-        <x:v>20029</x:v>
+        <x:v>22497</x:v>
       </x:c>
       <x:c r="EQ34" s="3" t="n">
-        <x:v>23400</x:v>
+        <x:v>26816</x:v>
       </x:c>
       <x:c r="ER34" s="3" t="n">
-        <x:v>24067</x:v>
+        <x:v>27477</x:v>
       </x:c>
       <x:c r="ES34" s="3" t="n">
-        <x:v>26819</x:v>
+        <x:v>31036</x:v>
       </x:c>
       <x:c r="ET34" s="3" t="n">
-        <x:v>21224</x:v>
+        <x:v>23918</x:v>
       </x:c>
       <x:c r="EU34" s="3" t="n">
-        <x:v>25152</x:v>
+        <x:v>28462</x:v>
       </x:c>
       <x:c r="EV34" s="3" t="n">
-        <x:v>25475</x:v>
+        <x:v>29045</x:v>
       </x:c>
       <x:c r="EW34" s="3" t="n">
-        <x:v>25656</x:v>
+        <x:v>29283</x:v>
       </x:c>
       <x:c r="EX34" s="3" t="n">
-        <x:v>21440</x:v>
+        <x:v>24076</x:v>
       </x:c>
       <x:c r="EY34" s="3" t="n">
-        <x:v>22900</x:v>
+        <x:v>25501</x:v>
       </x:c>
       <x:c r="EZ34" s="3" t="n">
-        <x:v>22050</x:v>
+        <x:v>24804</x:v>
       </x:c>
       <x:c r="FA34" s="3" t="n">
-        <x:v>24430</x:v>
+        <x:v>27414</x:v>
       </x:c>
       <x:c r="FB34" s="3" t="n">
-        <x:v>22735</x:v>
+        <x:v>25518</x:v>
       </x:c>
       <x:c r="FC34" s="3" t="n">
-        <x:v>21822</x:v>
+        <x:v>24362</x:v>
       </x:c>
       <x:c r="FD34" s="3" t="n">
-        <x:v>21676</x:v>
+        <x:v>24422</x:v>
       </x:c>
       <x:c r="FE34" s="3" t="n">
-        <x:v>23499</x:v>
+        <x:v>26326</x:v>
       </x:c>
       <x:c r="FF34" s="3" t="n">
-        <x:v>21374</x:v>
+        <x:v>23269</x:v>
       </x:c>
       <x:c r="FG34" s="3" t="n">
-        <x:v>21950</x:v>
+        <x:v>23591</x:v>
       </x:c>
       <x:c r="FH34" s="3" t="n">
-        <x:v>20369</x:v>
+        <x:v>21987</x:v>
       </x:c>
       <x:c r="FI34" s="3" t="n">
+        <x:v>23961</x:v>
+      </x:c>
+      <x:c r="FJ34" s="3" t="n">
+        <x:v>26964</x:v>
+      </x:c>
+      <x:c r="FK34" s="3" t="n">
+        <x:v>23677</x:v>
+      </x:c>
+      <x:c r="FL34" s="3" t="n">
+        <x:v>22354</x:v>
+      </x:c>
+      <x:c r="FM34" s="3" t="n">
+        <x:v>23978</x:v>
+      </x:c>
+      <x:c r="FN34" s="3" t="n">
+        <x:v>23989</x:v>
+      </x:c>
+      <x:c r="FO34" s="3" t="n">
+        <x:v>13790</x:v>
+      </x:c>
+      <x:c r="FP34" s="3" t="n">
+        <x:v>13782</x:v>
+      </x:c>
+      <x:c r="FQ34" s="3" t="n">
+        <x:v>12334</x:v>
+      </x:c>
+      <x:c r="FR34" s="3" t="n">
+        <x:v>15285</x:v>
+      </x:c>
+      <x:c r="FS34" s="3" t="n">
+        <x:v>15825</x:v>
+      </x:c>
+      <x:c r="FT34" s="3" t="n">
+        <x:v>17077</x:v>
+      </x:c>
+      <x:c r="FU34" s="3" t="n">
+        <x:v>22596</x:v>
+      </x:c>
+      <x:c r="FV34" s="3" t="n">
+        <x:v>24563</x:v>
+      </x:c>
+      <x:c r="FW34" s="3" t="n">
+        <x:v>25120</x:v>
+      </x:c>
+      <x:c r="FX34" s="3" t="n">
         <x:v>22260</x:v>
       </x:c>
-      <x:c r="FJ34" s="3" t="n">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="FY34" s="3" t="n">
-        <x:v>23627</x:v>
+        <x:v>28940</x:v>
       </x:c>
       <x:c r="FZ34" s="3" t="n">
-        <x:v>24661</x:v>
+        <x:v>30844</x:v>
       </x:c>
       <x:c r="GA34" s="3" t="n">
-        <x:v>25359</x:v>
+        <x:v>27426</x:v>
       </x:c>
       <x:c r="GB34" s="3" t="n">
-        <x:v>25627</x:v>
+        <x:v>25747</x:v>
       </x:c>
       <x:c r="GC34" s="3" t="n">
-        <x:v>25459</x:v>
+        <x:v>29906</x:v>
       </x:c>
       <x:c r="GD34" s="3" t="n">
-        <x:v>24971</x:v>
+        <x:v>28732</x:v>
       </x:c>
       <x:c r="GE34" s="3" t="n">
-        <x:v>27010</x:v>
+        <x:v>30583</x:v>
       </x:c>
       <x:c r="GF34" s="3" t="n">
-        <x:v>27207</x:v>
+        <x:v>29508</x:v>
       </x:c>
       <x:c r="GG34" s="3" t="n">
-        <x:v>28240</x:v>
+        <x:v>31347</x:v>
       </x:c>
       <x:c r="GH34" s="3" t="n">
-        <x:v>27499</x:v>
+        <x:v>31983</x:v>
       </x:c>
       <x:c r="GI34" s="3" t="n">
-        <x:v>29121</x:v>
+        <x:v>33500</x:v>
+      </x:c>
+      <x:c r="GJ34" s="3" t="n">
+        <x:v>32542</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:191">
+    <x:row r="35" spans="1:192">
       <x:c r="A35" s="2" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>247</x:v>
       </x:c>
       <x:c r="D35" s="3" t="n">
         <x:v>293</x:v>
       </x:c>
       <x:c r="E35" s="3" t="n">
         <x:v>304</x:v>
       </x:c>
       <x:c r="F35" s="3" t="n">
         <x:v>247</x:v>
       </x:c>
       <x:c r="G35" s="3" t="n">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H35" s="3" t="n">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I35" s="3" t="n">
         <x:v>307</x:v>
       </x:c>
@@ -19319,347 +19422,350 @@
       <x:c r="CH35" s="3" t="n">
         <x:v>2162</x:v>
       </x:c>
       <x:c r="CI35" s="3" t="n">
         <x:v>2174</x:v>
       </x:c>
       <x:c r="CJ35" s="3" t="n">
         <x:v>2155</x:v>
       </x:c>
       <x:c r="CK35" s="3" t="n">
         <x:v>2280</x:v>
       </x:c>
       <x:c r="CL35" s="3" t="n">
         <x:v>2056</x:v>
       </x:c>
       <x:c r="CM35" s="3" t="n">
         <x:v>2135</x:v>
       </x:c>
       <x:c r="CN35" s="3" t="n">
         <x:v>2150</x:v>
       </x:c>
       <x:c r="CO35" s="3" t="n">
         <x:v>2313</x:v>
       </x:c>
       <x:c r="CP35" s="3" t="n">
-        <x:v>2150</x:v>
+        <x:v>2151</x:v>
       </x:c>
       <x:c r="CQ35" s="3" t="n">
         <x:v>2264</x:v>
       </x:c>
       <x:c r="CR35" s="3" t="n">
         <x:v>2188</x:v>
       </x:c>
       <x:c r="CS35" s="3" t="n">
         <x:v>2325</x:v>
       </x:c>
       <x:c r="CT35" s="3" t="n">
         <x:v>1962</x:v>
       </x:c>
       <x:c r="CU35" s="3" t="n">
         <x:v>1993</x:v>
       </x:c>
       <x:c r="CV35" s="3" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="CW35" s="3" t="n">
         <x:v>2092</x:v>
       </x:c>
       <x:c r="CX35" s="3" t="n">
         <x:v>2142</x:v>
       </x:c>
       <x:c r="CY35" s="3" t="n">
         <x:v>1945</x:v>
       </x:c>
       <x:c r="CZ35" s="3" t="n">
-        <x:v>2081</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="DA35" s="3" t="n">
-        <x:v>2180</x:v>
+        <x:v>2181</x:v>
       </x:c>
       <x:c r="DB35" s="3" t="n">
-        <x:v>2264</x:v>
+        <x:v>2265</x:v>
       </x:c>
       <x:c r="DC35" s="3" t="n">
-        <x:v>2211</x:v>
+        <x:v>2212</x:v>
       </x:c>
       <x:c r="DD35" s="3" t="n">
-        <x:v>2220</x:v>
+        <x:v>2221</x:v>
       </x:c>
       <x:c r="DE35" s="3" t="n">
-        <x:v>2343</x:v>
+        <x:v>2344</x:v>
       </x:c>
       <x:c r="DF35" s="3" t="n">
-        <x:v>2298</x:v>
+        <x:v>2299</x:v>
       </x:c>
       <x:c r="DG35" s="3" t="n">
-        <x:v>2382</x:v>
+        <x:v>2383</x:v>
       </x:c>
       <x:c r="DH35" s="3" t="n">
-        <x:v>2362</x:v>
+        <x:v>2363</x:v>
       </x:c>
       <x:c r="DI35" s="3" t="n">
-        <x:v>2530</x:v>
+        <x:v>2531</x:v>
       </x:c>
       <x:c r="DJ35" s="3" t="n">
-        <x:v>2234</x:v>
+        <x:v>2236</x:v>
       </x:c>
       <x:c r="DK35" s="3" t="n">
-        <x:v>2207</x:v>
+        <x:v>2208</x:v>
       </x:c>
       <x:c r="DL35" s="3" t="n">
-        <x:v>2172</x:v>
+        <x:v>2173</x:v>
       </x:c>
       <x:c r="DM35" s="3" t="n">
-        <x:v>2385</x:v>
+        <x:v>2387</x:v>
       </x:c>
       <x:c r="DN35" s="3" t="n">
-        <x:v>2216</x:v>
+        <x:v>2218</x:v>
       </x:c>
       <x:c r="DO35" s="3" t="n">
-        <x:v>2172</x:v>
+        <x:v>2174</x:v>
       </x:c>
       <x:c r="DP35" s="3" t="n">
-        <x:v>2188</x:v>
+        <x:v>2190</x:v>
       </x:c>
       <x:c r="DQ35" s="3" t="n">
-        <x:v>2355</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="DR35" s="3" t="n">
-        <x:v>2283</x:v>
+        <x:v>2285</x:v>
       </x:c>
       <x:c r="DS35" s="3" t="n">
-        <x:v>2344</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="DT35" s="3" t="n">
-        <x:v>2071</x:v>
+        <x:v>2073</x:v>
       </x:c>
       <x:c r="DU35" s="3" t="n">
-        <x:v>2484</x:v>
+        <x:v>2487</x:v>
       </x:c>
       <x:c r="DV35" s="3" t="n">
+        <x:v>2749</x:v>
+      </x:c>
+      <x:c r="DW35" s="3" t="n">
+        <x:v>2767</x:v>
+      </x:c>
+      <x:c r="DX35" s="3" t="n">
+        <x:v>2509</x:v>
+      </x:c>
+      <x:c r="DY35" s="3" t="n">
+        <x:v>2878</x:v>
+      </x:c>
+      <x:c r="DZ35" s="3" t="n">
+        <x:v>2760</x:v>
+      </x:c>
+      <x:c r="EA35" s="3" t="n">
+        <x:v>2818</x:v>
+      </x:c>
+      <x:c r="EB35" s="3" t="n">
+        <x:v>2526</x:v>
+      </x:c>
+      <x:c r="EC35" s="3" t="n">
+        <x:v>3018</x:v>
+      </x:c>
+      <x:c r="ED35" s="3" t="n">
+        <x:v>2802</x:v>
+      </x:c>
+      <x:c r="EE35" s="3" t="n">
+        <x:v>2761</x:v>
+      </x:c>
+      <x:c r="EF35" s="3" t="n">
+        <x:v>2651</x:v>
+      </x:c>
+      <x:c r="EG35" s="3" t="n">
+        <x:v>2997</x:v>
+      </x:c>
+      <x:c r="EH35" s="3" t="n">
+        <x:v>2595</x:v>
+      </x:c>
+      <x:c r="EI35" s="3" t="n">
+        <x:v>2387</x:v>
+      </x:c>
+      <x:c r="EJ35" s="3" t="n">
+        <x:v>2248</x:v>
+      </x:c>
+      <x:c r="EK35" s="3" t="n">
+        <x:v>2452</x:v>
+      </x:c>
+      <x:c r="EL35" s="3" t="n">
+        <x:v>2690</x:v>
+      </x:c>
+      <x:c r="EM35" s="3" t="n">
+        <x:v>2602</x:v>
+      </x:c>
+      <x:c r="EN35" s="3" t="n">
+        <x:v>2415</x:v>
+      </x:c>
+      <x:c r="EO35" s="3" t="n">
+        <x:v>2636</x:v>
+      </x:c>
+      <x:c r="EP35" s="3" t="n">
+        <x:v>2639</x:v>
+      </x:c>
+      <x:c r="EQ35" s="3" t="n">
+        <x:v>2542</x:v>
+      </x:c>
+      <x:c r="ER35" s="3" t="n">
+        <x:v>2394</x:v>
+      </x:c>
+      <x:c r="ES35" s="3" t="n">
+        <x:v>2684</x:v>
+      </x:c>
+      <x:c r="ET35" s="3" t="n">
+        <x:v>2714</x:v>
+      </x:c>
+      <x:c r="EU35" s="3" t="n">
+        <x:v>2585</x:v>
+      </x:c>
+      <x:c r="EV35" s="3" t="n">
+        <x:v>2500</x:v>
+      </x:c>
+      <x:c r="EW35" s="3" t="n">
+        <x:v>2735</x:v>
+      </x:c>
+      <x:c r="EX35" s="3" t="n">
+        <x:v>2574</x:v>
+      </x:c>
+      <x:c r="EY35" s="3" t="n">
         <x:v>2746</x:v>
       </x:c>
-      <x:c r="DW35" s="3" t="n">
-[...5 lines deleted...]
-      <x:c r="DY35" s="3" t="n">
+      <x:c r="EZ35" s="3" t="n">
+        <x:v>2549</x:v>
+      </x:c>
+      <x:c r="FA35" s="3" t="n">
+        <x:v>2508</x:v>
+      </x:c>
+      <x:c r="FB35" s="3" t="n">
+        <x:v>2457</x:v>
+      </x:c>
+      <x:c r="FC35" s="3" t="n">
+        <x:v>2392</x:v>
+      </x:c>
+      <x:c r="FD35" s="3" t="n">
+        <x:v>2559</x:v>
+      </x:c>
+      <x:c r="FE35" s="3" t="n">
+        <x:v>2965</x:v>
+      </x:c>
+      <x:c r="FF35" s="3" t="n">
+        <x:v>2383</x:v>
+      </x:c>
+      <x:c r="FG35" s="3" t="n">
+        <x:v>2549</x:v>
+      </x:c>
+      <x:c r="FH35" s="3" t="n">
+        <x:v>2445</x:v>
+      </x:c>
+      <x:c r="FI35" s="3" t="n">
+        <x:v>2740</x:v>
+      </x:c>
+      <x:c r="FJ35" s="3" t="n">
+        <x:v>2748</x:v>
+      </x:c>
+      <x:c r="FK35" s="3" t="n">
+        <x:v>2377</x:v>
+      </x:c>
+      <x:c r="FL35" s="3" t="n">
+        <x:v>2338</x:v>
+      </x:c>
+      <x:c r="FM35" s="3" t="n">
+        <x:v>2617</x:v>
+      </x:c>
+      <x:c r="FN35" s="3" t="n">
+        <x:v>2776</x:v>
+      </x:c>
+      <x:c r="FO35" s="3" t="n">
+        <x:v>2594</x:v>
+      </x:c>
+      <x:c r="FP35" s="3" t="n">
+        <x:v>2401</x:v>
+      </x:c>
+      <x:c r="FQ35" s="3" t="n">
+        <x:v>2694</x:v>
+      </x:c>
+      <x:c r="FR35" s="3" t="n">
+        <x:v>2736</x:v>
+      </x:c>
+      <x:c r="FS35" s="3" t="n">
+        <x:v>2330</x:v>
+      </x:c>
+      <x:c r="FT35" s="3" t="n">
+        <x:v>2235</x:v>
+      </x:c>
+      <x:c r="FU35" s="3" t="n">
+        <x:v>2537</x:v>
+      </x:c>
+      <x:c r="FV35" s="3" t="n">
+        <x:v>2573</x:v>
+      </x:c>
+      <x:c r="FW35" s="3" t="n">
+        <x:v>2212</x:v>
+      </x:c>
+      <x:c r="FX35" s="3" t="n">
+        <x:v>2115</x:v>
+      </x:c>
+      <x:c r="FY35" s="3" t="n">
+        <x:v>2523</x:v>
+      </x:c>
+      <x:c r="FZ35" s="3" t="n">
+        <x:v>2899</x:v>
+      </x:c>
+      <x:c r="GA35" s="3" t="n">
+        <x:v>2427</x:v>
+      </x:c>
+      <x:c r="GB35" s="3" t="n">
+        <x:v>2540</x:v>
+      </x:c>
+      <x:c r="GC35" s="3" t="n">
+        <x:v>2967</x:v>
+      </x:c>
+      <x:c r="GD35" s="3" t="n">
+        <x:v>2991</x:v>
+      </x:c>
+      <x:c r="GE35" s="3" t="n">
         <x:v>2875</x:v>
       </x:c>
-      <x:c r="DZ35" s="3" t="n">
-[...164 lines deleted...]
-      <x:c r="GC35" s="3" t="n">
+      <x:c r="GF35" s="3" t="n">
+        <x:v>2688</x:v>
+      </x:c>
+      <x:c r="GG35" s="3" t="n">
+        <x:v>2854</x:v>
+      </x:c>
+      <x:c r="GH35" s="3" t="n">
+        <x:v>2945</x:v>
+      </x:c>
+      <x:c r="GI35" s="3" t="n">
+        <x:v>2627</x:v>
+      </x:c>
+      <x:c r="GJ35" s="3" t="n">
         <x:v>2619</x:v>
       </x:c>
-      <x:c r="GD35" s="3" t="n">
-[...16 lines deleted...]
-      </x:c>
     </x:row>
-    <x:row r="36" spans="1:191">
+    <x:row r="36" spans="1:192">
       <x:c r="A36" s="2" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
         <x:v>686</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
         <x:v>792</x:v>
       </x:c>
       <x:c r="E36" s="3" t="n">
         <x:v>689</x:v>
       </x:c>
       <x:c r="F36" s="3" t="n">
         <x:v>592</x:v>
       </x:c>
       <x:c r="G36" s="3" t="n">
         <x:v>761</x:v>
       </x:c>
       <x:c r="H36" s="3" t="n">
         <x:v>831</x:v>
       </x:c>
       <x:c r="I36" s="3" t="n">
         <x:v>732</x:v>
       </x:c>
@@ -19894,347 +20000,350 @@
       <x:c r="CH36" s="3" t="n">
         <x:v>3839</x:v>
       </x:c>
       <x:c r="CI36" s="3" t="n">
         <x:v>4521</x:v>
       </x:c>
       <x:c r="CJ36" s="3" t="n">
         <x:v>5302</x:v>
       </x:c>
       <x:c r="CK36" s="3" t="n">
         <x:v>4712</x:v>
       </x:c>
       <x:c r="CL36" s="3" t="n">
         <x:v>4158</x:v>
       </x:c>
       <x:c r="CM36" s="3" t="n">
         <x:v>4532</x:v>
       </x:c>
       <x:c r="CN36" s="3" t="n">
         <x:v>5493</x:v>
       </x:c>
       <x:c r="CO36" s="3" t="n">
         <x:v>4780</x:v>
       </x:c>
       <x:c r="CP36" s="3" t="n">
-        <x:v>4296</x:v>
+        <x:v>4297</x:v>
       </x:c>
       <x:c r="CQ36" s="3" t="n">
         <x:v>4881</x:v>
       </x:c>
       <x:c r="CR36" s="3" t="n">
         <x:v>5429</x:v>
       </x:c>
       <x:c r="CS36" s="3" t="n">
         <x:v>4744</x:v>
       </x:c>
       <x:c r="CT36" s="3" t="n">
         <x:v>4437</x:v>
       </x:c>
       <x:c r="CU36" s="3" t="n">
-        <x:v>5092</x:v>
+        <x:v>5091</x:v>
       </x:c>
       <x:c r="CV36" s="3" t="n">
         <x:v>5983</x:v>
       </x:c>
       <x:c r="CW36" s="3" t="n">
         <x:v>5319</x:v>
       </x:c>
       <x:c r="CX36" s="3" t="n">
         <x:v>4028</x:v>
       </x:c>
       <x:c r="CY36" s="3" t="n">
-        <x:v>4971</x:v>
+        <x:v>4970</x:v>
       </x:c>
       <x:c r="CZ36" s="3" t="n">
-        <x:v>5840</x:v>
+        <x:v>5839</x:v>
       </x:c>
       <x:c r="DA36" s="3" t="n">
-        <x:v>5171</x:v>
+        <x:v>5170</x:v>
       </x:c>
       <x:c r="DB36" s="3" t="n">
-        <x:v>4654</x:v>
+        <x:v>4653</x:v>
       </x:c>
       <x:c r="DC36" s="3" t="n">
-        <x:v>5493</x:v>
+        <x:v>5492</x:v>
       </x:c>
       <x:c r="DD36" s="3" t="n">
         <x:v>5914</x:v>
       </x:c>
       <x:c r="DE36" s="3" t="n">
         <x:v>5212</x:v>
       </x:c>
       <x:c r="DF36" s="3" t="n">
         <x:v>4527</x:v>
       </x:c>
       <x:c r="DG36" s="3" t="n">
         <x:v>5796</x:v>
       </x:c>
       <x:c r="DH36" s="3" t="n">
         <x:v>6345</x:v>
       </x:c>
       <x:c r="DI36" s="3" t="n">
         <x:v>5713</x:v>
       </x:c>
       <x:c r="DJ36" s="3" t="n">
-        <x:v>5197</x:v>
+        <x:v>5196</x:v>
       </x:c>
       <x:c r="DK36" s="3" t="n">
         <x:v>6327</x:v>
       </x:c>
       <x:c r="DL36" s="3" t="n">
-        <x:v>7092</x:v>
+        <x:v>7091</x:v>
       </x:c>
       <x:c r="DM36" s="3" t="n">
         <x:v>6557</x:v>
       </x:c>
       <x:c r="DN36" s="3" t="n">
-        <x:v>5603</x:v>
+        <x:v>5604</x:v>
       </x:c>
       <x:c r="DO36" s="3" t="n">
-        <x:v>6967</x:v>
+        <x:v>6968</x:v>
       </x:c>
       <x:c r="DP36" s="3" t="n">
-        <x:v>7627</x:v>
+        <x:v>7628</x:v>
       </x:c>
       <x:c r="DQ36" s="3" t="n">
-        <x:v>6901</x:v>
+        <x:v>6902</x:v>
       </x:c>
       <x:c r="DR36" s="3" t="n">
         <x:v>6197</x:v>
       </x:c>
       <x:c r="DS36" s="3" t="n">
         <x:v>7584</x:v>
       </x:c>
       <x:c r="DT36" s="3" t="n">
         <x:v>7948</x:v>
       </x:c>
       <x:c r="DU36" s="3" t="n">
         <x:v>6962</x:v>
       </x:c>
       <x:c r="DV36" s="3" t="n">
-        <x:v>6163</x:v>
+        <x:v>6159</x:v>
       </x:c>
       <x:c r="DW36" s="3" t="n">
-        <x:v>7463</x:v>
+        <x:v>7458</x:v>
       </x:c>
       <x:c r="DX36" s="3" t="n">
-        <x:v>8069</x:v>
+        <x:v>8064</x:v>
       </x:c>
       <x:c r="DY36" s="3" t="n">
-        <x:v>7239</x:v>
+        <x:v>7235</x:v>
       </x:c>
       <x:c r="DZ36" s="3" t="n">
-        <x:v>6205</x:v>
+        <x:v>6200</x:v>
       </x:c>
       <x:c r="EA36" s="3" t="n">
-        <x:v>7758</x:v>
+        <x:v>7751</x:v>
       </x:c>
       <x:c r="EB36" s="3" t="n">
-        <x:v>8372</x:v>
+        <x:v>8364</x:v>
       </x:c>
       <x:c r="EC36" s="3" t="n">
-        <x:v>7153</x:v>
+        <x:v>7146</x:v>
       </x:c>
       <x:c r="ED36" s="3" t="n">
-        <x:v>6704</x:v>
+        <x:v>6699</x:v>
       </x:c>
       <x:c r="EE36" s="3" t="n">
-        <x:v>8080</x:v>
+        <x:v>8075</x:v>
       </x:c>
       <x:c r="EF36" s="3" t="n">
-        <x:v>8829</x:v>
+        <x:v>8823</x:v>
       </x:c>
       <x:c r="EG36" s="3" t="n">
-        <x:v>7956</x:v>
+        <x:v>7950</x:v>
       </x:c>
       <x:c r="EH36" s="3" t="n">
-        <x:v>7120</x:v>
+        <x:v>7112</x:v>
       </x:c>
       <x:c r="EI36" s="3" t="n">
-        <x:v>8546</x:v>
+        <x:v>8537</x:v>
       </x:c>
       <x:c r="EJ36" s="3" t="n">
-        <x:v>9342</x:v>
+        <x:v>9332</x:v>
       </x:c>
       <x:c r="EK36" s="3" t="n">
-        <x:v>8496</x:v>
+        <x:v>8487</x:v>
       </x:c>
       <x:c r="EL36" s="3" t="n">
-        <x:v>7514</x:v>
+        <x:v>7502</x:v>
       </x:c>
       <x:c r="EM36" s="3" t="n">
-        <x:v>9247</x:v>
+        <x:v>9233</x:v>
       </x:c>
       <x:c r="EN36" s="3" t="n">
-        <x:v>9737</x:v>
+        <x:v>9722</x:v>
       </x:c>
       <x:c r="EO36" s="3" t="n">
-        <x:v>8951</x:v>
+        <x:v>8937</x:v>
       </x:c>
       <x:c r="EP36" s="3" t="n">
-        <x:v>7845</x:v>
+        <x:v>7833</x:v>
       </x:c>
       <x:c r="EQ36" s="3" t="n">
-        <x:v>9662</x:v>
+        <x:v>9646</x:v>
       </x:c>
       <x:c r="ER36" s="3" t="n">
-        <x:v>10495</x:v>
+        <x:v>10478</x:v>
       </x:c>
       <x:c r="ES36" s="3" t="n">
-        <x:v>9343</x:v>
+        <x:v>9328</x:v>
       </x:c>
       <x:c r="ET36" s="3" t="n">
-        <x:v>8108</x:v>
+        <x:v>8091</x:v>
       </x:c>
       <x:c r="EU36" s="3" t="n">
-        <x:v>9945</x:v>
+        <x:v>9925</x:v>
       </x:c>
       <x:c r="EV36" s="3" t="n">
-        <x:v>11104</x:v>
+        <x:v>11081</x:v>
       </x:c>
       <x:c r="EW36" s="3" t="n">
-        <x:v>10239</x:v>
+        <x:v>10218</x:v>
       </x:c>
       <x:c r="EX36" s="3" t="n">
-        <x:v>9249</x:v>
+        <x:v>9227</x:v>
       </x:c>
       <x:c r="EY36" s="3" t="n">
-        <x:v>10497</x:v>
+        <x:v>10472</x:v>
       </x:c>
       <x:c r="EZ36" s="3" t="n">
-        <x:v>11852</x:v>
+        <x:v>11823</x:v>
       </x:c>
       <x:c r="FA36" s="3" t="n">
-        <x:v>9953</x:v>
+        <x:v>9929</x:v>
       </x:c>
       <x:c r="FB36" s="3" t="n">
-        <x:v>10046</x:v>
+        <x:v>10021</x:v>
       </x:c>
       <x:c r="FC36" s="3" t="n">
-        <x:v>10952</x:v>
+        <x:v>10925</x:v>
       </x:c>
       <x:c r="FD36" s="3" t="n">
-        <x:v>12498</x:v>
+        <x:v>12465</x:v>
       </x:c>
       <x:c r="FE36" s="3" t="n">
-        <x:v>10368</x:v>
+        <x:v>10339</x:v>
       </x:c>
       <x:c r="FF36" s="3" t="n">
-        <x:v>9926</x:v>
+        <x:v>9896</x:v>
       </x:c>
       <x:c r="FG36" s="3" t="n">
-        <x:v>11421</x:v>
+        <x:v>11385</x:v>
       </x:c>
       <x:c r="FH36" s="3" t="n">
-        <x:v>12761</x:v>
+        <x:v>12723</x:v>
       </x:c>
       <x:c r="FI36" s="3" t="n">
-        <x:v>10688</x:v>
+        <x:v>10659</x:v>
       </x:c>
       <x:c r="FJ36" s="3" t="n">
-        <x:v>10718</x:v>
+        <x:v>10693</x:v>
       </x:c>
       <x:c r="FK36" s="3" t="n">
-        <x:v>11961</x:v>
+        <x:v>11932</x:v>
       </x:c>
       <x:c r="FL36" s="3" t="n">
-        <x:v>13683</x:v>
+        <x:v>13640</x:v>
       </x:c>
       <x:c r="FM36" s="3" t="n">
-        <x:v>11546</x:v>
+        <x:v>11494</x:v>
       </x:c>
       <x:c r="FN36" s="3" t="n">
-        <x:v>9235</x:v>
+        <x:v>9176</x:v>
       </x:c>
       <x:c r="FO36" s="3" t="n">
-        <x:v>4720</x:v>
+        <x:v>4681</x:v>
       </x:c>
       <x:c r="FP36" s="3" t="n">
-        <x:v>9871</x:v>
+        <x:v>9776</x:v>
       </x:c>
       <x:c r="FQ36" s="3" t="n">
-        <x:v>6900</x:v>
+        <x:v>6825</x:v>
       </x:c>
       <x:c r="FR36" s="3" t="n">
-        <x:v>6075</x:v>
+        <x:v>6005</x:v>
       </x:c>
       <x:c r="FS36" s="3" t="n">
-        <x:v>7444</x:v>
+        <x:v>7367</x:v>
       </x:c>
       <x:c r="FT36" s="3" t="n">
-        <x:v>13236</x:v>
+        <x:v>13152</x:v>
       </x:c>
       <x:c r="FU36" s="3" t="n">
-        <x:v>11747</x:v>
+        <x:v>11768</x:v>
       </x:c>
       <x:c r="FV36" s="3" t="n">
-        <x:v>10440</x:v>
+        <x:v>10597</x:v>
       </x:c>
       <x:c r="FW36" s="3" t="n">
-        <x:v>14740</x:v>
+        <x:v>15087</x:v>
       </x:c>
       <x:c r="FX36" s="3" t="n">
-        <x:v>16925</x:v>
+        <x:v>17374</x:v>
       </x:c>
       <x:c r="FY36" s="3" t="n">
-        <x:v>14871</x:v>
+        <x:v>15219</x:v>
       </x:c>
       <x:c r="FZ36" s="3" t="n">
-        <x:v>13793</x:v>
+        <x:v>14002</x:v>
       </x:c>
       <x:c r="GA36" s="3" t="n">
-        <x:v>15776</x:v>
+        <x:v>15900</x:v>
       </x:c>
       <x:c r="GB36" s="3" t="n">
-        <x:v>18790</x:v>
+        <x:v>18852</x:v>
       </x:c>
       <x:c r="GC36" s="3" t="n">
-        <x:v>15290</x:v>
+        <x:v>15306</x:v>
       </x:c>
       <x:c r="GD36" s="3" t="n">
-        <x:v>14789</x:v>
+        <x:v>14798</x:v>
       </x:c>
       <x:c r="GE36" s="3" t="n">
-        <x:v>16954</x:v>
+        <x:v>17059</x:v>
       </x:c>
       <x:c r="GF36" s="3" t="n">
-        <x:v>19740</x:v>
+        <x:v>20015</x:v>
       </x:c>
       <x:c r="GG36" s="3" t="n">
-        <x:v>16236</x:v>
+        <x:v>16197</x:v>
       </x:c>
       <x:c r="GH36" s="3" t="n">
-        <x:v>15976</x:v>
+        <x:v>15950</x:v>
       </x:c>
       <x:c r="GI36" s="3" t="n">
-        <x:v>18272</x:v>
+        <x:v>18288</x:v>
+      </x:c>
+      <x:c r="GJ36" s="3" t="n">
+        <x:v>21671</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:191">
+    <x:row r="37" spans="1:192">
       <x:c r="A37" s="2" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>1296</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>1418</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
         <x:v>1501</x:v>
       </x:c>
       <x:c r="E37" s="3" t="n">
         <x:v>1692</x:v>
       </x:c>
       <x:c r="F37" s="3" t="n">
         <x:v>1575</x:v>
       </x:c>
       <x:c r="G37" s="3" t="n">
         <x:v>1551</x:v>
       </x:c>
       <x:c r="H37" s="3" t="n">
         <x:v>1568</x:v>
       </x:c>
       <x:c r="I37" s="3" t="n">
         <x:v>1716</x:v>
       </x:c>
@@ -20469,922 +20578,928 @@
       <x:c r="CH37" s="3" t="n">
         <x:v>11673</x:v>
       </x:c>
       <x:c r="CI37" s="3" t="n">
         <x:v>11671</x:v>
       </x:c>
       <x:c r="CJ37" s="3" t="n">
         <x:v>11298</x:v>
       </x:c>
       <x:c r="CK37" s="3" t="n">
         <x:v>12498</x:v>
       </x:c>
       <x:c r="CL37" s="3" t="n">
         <x:v>12825</x:v>
       </x:c>
       <x:c r="CM37" s="3" t="n">
         <x:v>12211</x:v>
       </x:c>
       <x:c r="CN37" s="3" t="n">
         <x:v>11812</x:v>
       </x:c>
       <x:c r="CO37" s="3" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="CP37" s="3" t="n">
-        <x:v>13629</x:v>
+        <x:v>13642</x:v>
       </x:c>
       <x:c r="CQ37" s="3" t="n">
-        <x:v>13171</x:v>
+        <x:v>13185</x:v>
       </x:c>
       <x:c r="CR37" s="3" t="n">
-        <x:v>12984</x:v>
+        <x:v>12997</x:v>
       </x:c>
       <x:c r="CS37" s="3" t="n">
-        <x:v>14231</x:v>
+        <x:v>14246</x:v>
       </x:c>
       <x:c r="CT37" s="3" t="n">
-        <x:v>14418</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="CU37" s="3" t="n">
-        <x:v>14769</x:v>
+        <x:v>14798</x:v>
       </x:c>
       <x:c r="CV37" s="3" t="n">
-        <x:v>14081</x:v>
+        <x:v>14110</x:v>
       </x:c>
       <x:c r="CW37" s="3" t="n">
-        <x:v>15165</x:v>
+        <x:v>15195</x:v>
       </x:c>
       <x:c r="CX37" s="3" t="n">
-        <x:v>15887</x:v>
+        <x:v>15937</x:v>
       </x:c>
       <x:c r="CY37" s="3" t="n">
-        <x:v>14796</x:v>
+        <x:v>14842</x:v>
       </x:c>
       <x:c r="CZ37" s="3" t="n">
-        <x:v>14793</x:v>
+        <x:v>14839</x:v>
       </x:c>
       <x:c r="DA37" s="3" t="n">
-        <x:v>16051</x:v>
+        <x:v>16101</x:v>
       </x:c>
       <x:c r="DB37" s="3" t="n">
-        <x:v>16979</x:v>
+        <x:v>17049</x:v>
       </x:c>
       <x:c r="DC37" s="3" t="n">
-        <x:v>16137</x:v>
+        <x:v>16203</x:v>
       </x:c>
       <x:c r="DD37" s="3" t="n">
-        <x:v>16038</x:v>
+        <x:v>16104</x:v>
       </x:c>
       <x:c r="DE37" s="3" t="n">
-        <x:v>17558</x:v>
+        <x:v>17629</x:v>
       </x:c>
       <x:c r="DF37" s="3" t="n">
-        <x:v>16872</x:v>
+        <x:v>16958</x:v>
       </x:c>
       <x:c r="DG37" s="3" t="n">
-        <x:v>17997</x:v>
+        <x:v>18088</x:v>
       </x:c>
       <x:c r="DH37" s="3" t="n">
-        <x:v>17030</x:v>
+        <x:v>17116</x:v>
       </x:c>
       <x:c r="DI37" s="3" t="n">
-        <x:v>19439</x:v>
+        <x:v>19535</x:v>
       </x:c>
       <x:c r="DJ37" s="3" t="n">
-        <x:v>18088</x:v>
+        <x:v>18200</x:v>
       </x:c>
       <x:c r="DK37" s="3" t="n">
-        <x:v>18012</x:v>
+        <x:v>18122</x:v>
       </x:c>
       <x:c r="DL37" s="3" t="n">
-        <x:v>17433</x:v>
+        <x:v>17539</x:v>
       </x:c>
       <x:c r="DM37" s="3" t="n">
-        <x:v>20363</x:v>
+        <x:v>20483</x:v>
       </x:c>
       <x:c r="DN37" s="3" t="n">
-        <x:v>19840</x:v>
+        <x:v>19982</x:v>
       </x:c>
       <x:c r="DO37" s="3" t="n">
-        <x:v>19724</x:v>
+        <x:v>19862</x:v>
       </x:c>
       <x:c r="DP37" s="3" t="n">
-        <x:v>19412</x:v>
+        <x:v>19548</x:v>
       </x:c>
       <x:c r="DQ37" s="3" t="n">
-        <x:v>22138</x:v>
+        <x:v>22289</x:v>
       </x:c>
       <x:c r="DR37" s="3" t="n">
-        <x:v>21074</x:v>
+        <x:v>21238</x:v>
       </x:c>
       <x:c r="DS37" s="3" t="n">
-        <x:v>21366</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="DT37" s="3" t="n">
-        <x:v>20181</x:v>
+        <x:v>20337</x:v>
       </x:c>
       <x:c r="DU37" s="3" t="n">
-        <x:v>22838</x:v>
+        <x:v>23010</x:v>
       </x:c>
       <x:c r="DV37" s="3" t="n">
-        <x:v>22674</x:v>
+        <x:v>22870</x:v>
       </x:c>
       <x:c r="DW37" s="3" t="n">
-        <x:v>21249</x:v>
+        <x:v>21431</x:v>
       </x:c>
       <x:c r="DX37" s="3" t="n">
-        <x:v>20152</x:v>
+        <x:v>20331</x:v>
       </x:c>
       <x:c r="DY37" s="3" t="n">
-        <x:v>23398</x:v>
+        <x:v>23599</x:v>
       </x:c>
       <x:c r="DZ37" s="3" t="n">
-        <x:v>24250</x:v>
+        <x:v>24480</x:v>
       </x:c>
       <x:c r="EA37" s="3" t="n">
-        <x:v>23111</x:v>
+        <x:v>23330</x:v>
       </x:c>
       <x:c r="EB37" s="3" t="n">
-        <x:v>22058</x:v>
+        <x:v>22271</x:v>
       </x:c>
       <x:c r="EC37" s="3" t="n">
-        <x:v>25923</x:v>
+        <x:v>26167</x:v>
       </x:c>
       <x:c r="ED37" s="3" t="n">
-        <x:v>25460</x:v>
+        <x:v>25717</x:v>
       </x:c>
       <x:c r="EE37" s="3" t="n">
-        <x:v>23848</x:v>
+        <x:v>24090</x:v>
       </x:c>
       <x:c r="EF37" s="3" t="n">
-        <x:v>22575</x:v>
+        <x:v>22807</x:v>
       </x:c>
       <x:c r="EG37" s="3" t="n">
-        <x:v>26744</x:v>
+        <x:v>27008</x:v>
       </x:c>
       <x:c r="EH37" s="3" t="n">
-        <x:v>26381</x:v>
+        <x:v>26667</x:v>
       </x:c>
       <x:c r="EI37" s="3" t="n">
-        <x:v>25003</x:v>
+        <x:v>25276</x:v>
       </x:c>
       <x:c r="EJ37" s="3" t="n">
-        <x:v>23871</x:v>
+        <x:v>24131</x:v>
       </x:c>
       <x:c r="EK37" s="3" t="n">
-        <x:v>28402</x:v>
+        <x:v>28706</x:v>
       </x:c>
       <x:c r="EL37" s="3" t="n">
-        <x:v>26722</x:v>
+        <x:v>27039</x:v>
       </x:c>
       <x:c r="EM37" s="3" t="n">
-        <x:v>27118</x:v>
+        <x:v>27430</x:v>
       </x:c>
       <x:c r="EN37" s="3" t="n">
-        <x:v>24872</x:v>
+        <x:v>25166</x:v>
       </x:c>
       <x:c r="EO37" s="3" t="n">
-        <x:v>29588</x:v>
+        <x:v>29924</x:v>
       </x:c>
       <x:c r="EP37" s="3" t="n">
-        <x:v>27994</x:v>
+        <x:v>28352</x:v>
       </x:c>
       <x:c r="EQ37" s="3" t="n">
-        <x:v>26746</x:v>
+        <x:v>27080</x:v>
       </x:c>
       <x:c r="ER37" s="3" t="n">
-        <x:v>25693</x:v>
+        <x:v>26019</x:v>
       </x:c>
       <x:c r="ES37" s="3" t="n">
-        <x:v>30129</x:v>
+        <x:v>30502</x:v>
       </x:c>
       <x:c r="ET37" s="3" t="n">
-        <x:v>28733</x:v>
+        <x:v>29114</x:v>
       </x:c>
       <x:c r="EU37" s="3" t="n">
-        <x:v>28207</x:v>
+        <x:v>28581</x:v>
       </x:c>
       <x:c r="EV37" s="3" t="n">
-        <x:v>26105</x:v>
+        <x:v>26456</x:v>
       </x:c>
       <x:c r="EW37" s="3" t="n">
-        <x:v>31115</x:v>
+        <x:v>31526</x:v>
       </x:c>
       <x:c r="EX37" s="3" t="n">
-        <x:v>29215</x:v>
+        <x:v>29616</x:v>
       </x:c>
       <x:c r="EY37" s="3" t="n">
-        <x:v>30321</x:v>
+        <x:v>30743</x:v>
       </x:c>
       <x:c r="EZ37" s="3" t="n">
-        <x:v>26537</x:v>
+        <x:v>26897</x:v>
       </x:c>
       <x:c r="FA37" s="3" t="n">
-        <x:v>31307</x:v>
+        <x:v>31745</x:v>
       </x:c>
       <x:c r="FB37" s="3" t="n">
-        <x:v>32992</x:v>
+        <x:v>33460</x:v>
       </x:c>
       <x:c r="FC37" s="3" t="n">
-        <x:v>28762</x:v>
+        <x:v>29183</x:v>
       </x:c>
       <x:c r="FD37" s="3" t="n">
-        <x:v>27397</x:v>
+        <x:v>27792</x:v>
       </x:c>
       <x:c r="FE37" s="3" t="n">
-        <x:v>32771</x:v>
+        <x:v>33252</x:v>
       </x:c>
       <x:c r="FF37" s="3" t="n">
-        <x:v>33259</x:v>
+        <x:v>33755</x:v>
       </x:c>
       <x:c r="FG37" s="3" t="n">
-        <x:v>33582</x:v>
+        <x:v>34092</x:v>
       </x:c>
       <x:c r="FH37" s="3" t="n">
-        <x:v>30202</x:v>
+        <x:v>30653</x:v>
       </x:c>
       <x:c r="FI37" s="3" t="n">
-        <x:v>36052</x:v>
+        <x:v>36594</x:v>
       </x:c>
       <x:c r="FJ37" s="3" t="n">
-        <x:v>38146</x:v>
+        <x:v>38725</x:v>
       </x:c>
       <x:c r="FK37" s="3" t="n">
-        <x:v>34742</x:v>
+        <x:v>35279</x:v>
       </x:c>
       <x:c r="FL37" s="3" t="n">
-        <x:v>33778</x:v>
+        <x:v>34290</x:v>
       </x:c>
       <x:c r="FM37" s="3" t="n">
-        <x:v>39734</x:v>
+        <x:v>40340</x:v>
       </x:c>
       <x:c r="FN37" s="3" t="n">
-        <x:v>40406</x:v>
+        <x:v>41020</x:v>
       </x:c>
       <x:c r="FO37" s="3" t="n">
-        <x:v>35004</x:v>
+        <x:v>35549</x:v>
       </x:c>
       <x:c r="FP37" s="3" t="n">
-        <x:v>33865</x:v>
+        <x:v>34413</x:v>
       </x:c>
       <x:c r="FQ37" s="3" t="n">
-        <x:v>39898</x:v>
+        <x:v>40594</x:v>
       </x:c>
       <x:c r="FR37" s="3" t="n">
-        <x:v>40044</x:v>
+        <x:v>40800</x:v>
       </x:c>
       <x:c r="FS37" s="3" t="n">
-        <x:v>38464</x:v>
+        <x:v>39191</x:v>
       </x:c>
       <x:c r="FT37" s="3" t="n">
-        <x:v>36782</x:v>
+        <x:v>37380</x:v>
       </x:c>
       <x:c r="FU37" s="3" t="n">
-        <x:v>43422</x:v>
+        <x:v>43971</x:v>
       </x:c>
       <x:c r="FV37" s="3" t="n">
-        <x:v>44061</x:v>
+        <x:v>44417</x:v>
       </x:c>
       <x:c r="FW37" s="3" t="n">
-        <x:v>39706</x:v>
+        <x:v>40122</x:v>
       </x:c>
       <x:c r="FX37" s="3" t="n">
-        <x:v>38326</x:v>
+        <x:v>39120</x:v>
       </x:c>
       <x:c r="FY37" s="3" t="n">
-        <x:v>45122</x:v>
+        <x:v>46797</x:v>
       </x:c>
       <x:c r="FZ37" s="3" t="n">
-        <x:v>48247</x:v>
+        <x:v>51206</x:v>
       </x:c>
       <x:c r="GA37" s="3" t="n">
-        <x:v>41536</x:v>
+        <x:v>44927</x:v>
       </x:c>
       <x:c r="GB37" s="3" t="n">
-        <x:v>40865</x:v>
+        <x:v>44752</x:v>
       </x:c>
       <x:c r="GC37" s="3" t="n">
-        <x:v>47102</x:v>
+        <x:v>51873</x:v>
       </x:c>
       <x:c r="GD37" s="3" t="n">
-        <x:v>46929</x:v>
+        <x:v>50796</x:v>
       </x:c>
       <x:c r="GE37" s="3" t="n">
-        <x:v>45839</x:v>
+        <x:v>49748</x:v>
       </x:c>
       <x:c r="GF37" s="3" t="n">
-        <x:v>42390</x:v>
+        <x:v>46102</x:v>
       </x:c>
       <x:c r="GG37" s="3" t="n">
-        <x:v>48254</x:v>
+        <x:v>52308</x:v>
       </x:c>
       <x:c r="GH37" s="3" t="n">
-        <x:v>49363</x:v>
+        <x:v>53868</x:v>
       </x:c>
       <x:c r="GI37" s="3" t="n">
-        <x:v>44949</x:v>
+        <x:v>50007</x:v>
+      </x:c>
+      <x:c r="GJ37" s="3" t="n">
+        <x:v>47465</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:191">
+    <x:row r="38" spans="1:192">
       <x:c r="A38" s="2" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>1820</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
         <x:v>1797</x:v>
       </x:c>
       <x:c r="D38" s="3" t="n">
         <x:v>1838</x:v>
       </x:c>
       <x:c r="E38" s="3" t="n">
         <x:v>1927</x:v>
       </x:c>
       <x:c r="F38" s="3" t="n">
         <x:v>2138</x:v>
       </x:c>
       <x:c r="G38" s="3" t="n">
         <x:v>2044</x:v>
       </x:c>
       <x:c r="H38" s="3" t="n">
         <x:v>1979</x:v>
       </x:c>
       <x:c r="I38" s="3" t="n">
-        <x:v>2066</x:v>
+        <x:v>2065</x:v>
       </x:c>
       <x:c r="J38" s="3" t="n">
         <x:v>2583</x:v>
       </x:c>
       <x:c r="K38" s="3" t="n">
         <x:v>2389</x:v>
       </x:c>
       <x:c r="L38" s="3" t="n">
         <x:v>2385</x:v>
       </x:c>
       <x:c r="M38" s="3" t="n">
         <x:v>2551</x:v>
       </x:c>
       <x:c r="N38" s="3" t="n">
         <x:v>3379</x:v>
       </x:c>
       <x:c r="O38" s="3" t="n">
         <x:v>3155</x:v>
       </x:c>
       <x:c r="P38" s="3" t="n">
-        <x:v>3094</x:v>
+        <x:v>3093</x:v>
       </x:c>
       <x:c r="Q38" s="3" t="n">
         <x:v>3313</x:v>
       </x:c>
       <x:c r="R38" s="3" t="n">
         <x:v>3816</x:v>
       </x:c>
       <x:c r="S38" s="3" t="n">
         <x:v>3756</x:v>
       </x:c>
       <x:c r="T38" s="3" t="n">
         <x:v>3647</x:v>
       </x:c>
       <x:c r="U38" s="3" t="n">
         <x:v>4062</x:v>
       </x:c>
       <x:c r="V38" s="3" t="n">
         <x:v>4176</x:v>
       </x:c>
       <x:c r="W38" s="3" t="n">
-        <x:v>4085</x:v>
+        <x:v>4084</x:v>
       </x:c>
       <x:c r="X38" s="3" t="n">
-        <x:v>4033</x:v>
+        <x:v>4032</x:v>
       </x:c>
       <x:c r="Y38" s="3" t="n">
         <x:v>4376</x:v>
       </x:c>
       <x:c r="Z38" s="3" t="n">
         <x:v>3957</x:v>
       </x:c>
       <x:c r="AA38" s="3" t="n">
         <x:v>3681</x:v>
       </x:c>
       <x:c r="AB38" s="3" t="n">
-        <x:v>3828</x:v>
+        <x:v>3827</x:v>
       </x:c>
       <x:c r="AC38" s="3" t="n">
-        <x:v>4241</x:v>
+        <x:v>4240</x:v>
       </x:c>
       <x:c r="AD38" s="3" t="n">
         <x:v>4714</x:v>
       </x:c>
       <x:c r="AE38" s="3" t="n">
-        <x:v>4161</x:v>
+        <x:v>4160</x:v>
       </x:c>
       <x:c r="AF38" s="3" t="n">
-        <x:v>4376</x:v>
+        <x:v>4375</x:v>
       </x:c>
       <x:c r="AG38" s="3" t="n">
-        <x:v>4793</x:v>
+        <x:v>4792</x:v>
       </x:c>
       <x:c r="AH38" s="3" t="n">
         <x:v>5958</x:v>
       </x:c>
       <x:c r="AI38" s="3" t="n">
         <x:v>5626</x:v>
       </x:c>
       <x:c r="AJ38" s="3" t="n">
         <x:v>5884</x:v>
       </x:c>
       <x:c r="AK38" s="3" t="n">
         <x:v>6648</x:v>
       </x:c>
       <x:c r="AL38" s="3" t="n">
         <x:v>8339</x:v>
       </x:c>
       <x:c r="AM38" s="3" t="n">
-        <x:v>8048</x:v>
+        <x:v>8047</x:v>
       </x:c>
       <x:c r="AN38" s="3" t="n">
         <x:v>8018</x:v>
       </x:c>
       <x:c r="AO38" s="3" t="n">
-        <x:v>8902</x:v>
+        <x:v>8901</x:v>
       </x:c>
       <x:c r="AP38" s="3" t="n">
         <x:v>8110</x:v>
       </x:c>
       <x:c r="AQ38" s="3" t="n">
-        <x:v>9392</x:v>
+        <x:v>9391</x:v>
       </x:c>
       <x:c r="AR38" s="3" t="n">
         <x:v>7811</x:v>
       </x:c>
       <x:c r="AS38" s="3" t="n">
-        <x:v>7583</x:v>
+        <x:v>7582</x:v>
       </x:c>
       <x:c r="AT38" s="3" t="n">
         <x:v>8336</x:v>
       </x:c>
       <x:c r="AU38" s="3" t="n">
-        <x:v>9689</x:v>
+        <x:v>9688</x:v>
       </x:c>
       <x:c r="AV38" s="3" t="n">
         <x:v>8009</x:v>
       </x:c>
       <x:c r="AW38" s="3" t="n">
-        <x:v>7646</x:v>
+        <x:v>7645</x:v>
       </x:c>
       <x:c r="AX38" s="3" t="n">
-        <x:v>8494</x:v>
+        <x:v>8493</x:v>
       </x:c>
       <x:c r="AY38" s="3" t="n">
-        <x:v>9699</x:v>
+        <x:v>9698</x:v>
       </x:c>
       <x:c r="AZ38" s="3" t="n">
         <x:v>8177</x:v>
       </x:c>
       <x:c r="BA38" s="3" t="n">
-        <x:v>7628</x:v>
+        <x:v>7627</x:v>
       </x:c>
       <x:c r="BB38" s="3" t="n">
-        <x:v>8751</x:v>
+        <x:v>8750</x:v>
       </x:c>
       <x:c r="BC38" s="3" t="n">
         <x:v>9838</x:v>
       </x:c>
       <x:c r="BD38" s="3" t="n">
-        <x:v>8153</x:v>
+        <x:v>8152</x:v>
       </x:c>
       <x:c r="BE38" s="3" t="n">
         <x:v>7366</x:v>
       </x:c>
       <x:c r="BF38" s="3" t="n">
-        <x:v>12176</x:v>
+        <x:v>12175</x:v>
       </x:c>
       <x:c r="BG38" s="3" t="n">
         <x:v>8229</x:v>
       </x:c>
       <x:c r="BH38" s="3" t="n">
         <x:v>8116</x:v>
       </x:c>
       <x:c r="BI38" s="3" t="n">
-        <x:v>7106</x:v>
+        <x:v>7105</x:v>
       </x:c>
       <x:c r="BJ38" s="3" t="n">
         <x:v>7614</x:v>
       </x:c>
       <x:c r="BK38" s="3" t="n">
         <x:v>7638</x:v>
       </x:c>
       <x:c r="BL38" s="3" t="n">
         <x:v>8047</x:v>
       </x:c>
       <x:c r="BM38" s="3" t="n">
         <x:v>13470</x:v>
       </x:c>
       <x:c r="BN38" s="3" t="n">
-        <x:v>8708</x:v>
+        <x:v>8707</x:v>
       </x:c>
       <x:c r="BO38" s="3" t="n">
         <x:v>9626</x:v>
       </x:c>
       <x:c r="BP38" s="3" t="n">
         <x:v>9503</x:v>
       </x:c>
       <x:c r="BQ38" s="3" t="n">
-        <x:v>9110</x:v>
+        <x:v>9109</x:v>
       </x:c>
       <x:c r="BR38" s="3" t="n">
-        <x:v>9343</x:v>
+        <x:v>9351</x:v>
       </x:c>
       <x:c r="BS38" s="3" t="n">
-        <x:v>8779</x:v>
+        <x:v>8786</x:v>
       </x:c>
       <x:c r="BT38" s="3" t="n">
-        <x:v>8828</x:v>
+        <x:v>8836</x:v>
       </x:c>
       <x:c r="BU38" s="3" t="n">
-        <x:v>8906</x:v>
+        <x:v>8914</x:v>
       </x:c>
       <x:c r="BV38" s="3" t="n">
-        <x:v>8471</x:v>
+        <x:v>8480</x:v>
       </x:c>
       <x:c r="BW38" s="3" t="n">
-        <x:v>8898</x:v>
+        <x:v>8907</x:v>
       </x:c>
       <x:c r="BX38" s="3" t="n">
-        <x:v>8627</x:v>
+        <x:v>8636</x:v>
       </x:c>
       <x:c r="BY38" s="3" t="n">
-        <x:v>7778</x:v>
+        <x:v>7785</x:v>
       </x:c>
       <x:c r="BZ38" s="3" t="n">
-        <x:v>9134</x:v>
+        <x:v>9143</x:v>
       </x:c>
       <x:c r="CA38" s="3" t="n">
-        <x:v>9265</x:v>
+        <x:v>9273</x:v>
       </x:c>
       <x:c r="CB38" s="3" t="n">
-        <x:v>8592</x:v>
+        <x:v>8600</x:v>
       </x:c>
       <x:c r="CC38" s="3" t="n">
-        <x:v>9152</x:v>
+        <x:v>9160</x:v>
       </x:c>
       <x:c r="CD38" s="3" t="n">
-        <x:v>8686</x:v>
+        <x:v>8694</x:v>
       </x:c>
       <x:c r="CE38" s="3" t="n">
-        <x:v>8944</x:v>
+        <x:v>8953</x:v>
       </x:c>
       <x:c r="CF38" s="3" t="n">
-        <x:v>10620</x:v>
+        <x:v>10630</x:v>
       </x:c>
       <x:c r="CG38" s="3" t="n">
-        <x:v>9769</x:v>
+        <x:v>9778</x:v>
       </x:c>
       <x:c r="CH38" s="3" t="n">
-        <x:v>8906</x:v>
+        <x:v>8916</x:v>
       </x:c>
       <x:c r="CI38" s="3" t="n">
-        <x:v>8998</x:v>
+        <x:v>9008</x:v>
       </x:c>
       <x:c r="CJ38" s="3" t="n">
-        <x:v>9668</x:v>
+        <x:v>9679</x:v>
       </x:c>
       <x:c r="CK38" s="3" t="n">
-        <x:v>8539</x:v>
+        <x:v>8549</x:v>
       </x:c>
       <x:c r="CL38" s="3" t="n">
-        <x:v>9885</x:v>
+        <x:v>9882</x:v>
       </x:c>
       <x:c r="CM38" s="3" t="n">
-        <x:v>9925</x:v>
+        <x:v>9923</x:v>
       </x:c>
       <x:c r="CN38" s="3" t="n">
-        <x:v>10944</x:v>
+        <x:v>10942</x:v>
       </x:c>
       <x:c r="CO38" s="3" t="n">
-        <x:v>9515</x:v>
+        <x:v>9513</x:v>
       </x:c>
       <x:c r="CP38" s="3" t="n">
-        <x:v>10007</x:v>
+        <x:v>10033</x:v>
       </x:c>
       <x:c r="CQ38" s="3" t="n">
-        <x:v>10453</x:v>
+        <x:v>10480</x:v>
       </x:c>
       <x:c r="CR38" s="3" t="n">
-        <x:v>10781</x:v>
+        <x:v>10809</x:v>
       </x:c>
       <x:c r="CS38" s="3" t="n">
-        <x:v>10275</x:v>
+        <x:v>10302</x:v>
       </x:c>
       <x:c r="CT38" s="3" t="n">
-        <x:v>10269</x:v>
+        <x:v>10314</x:v>
       </x:c>
       <x:c r="CU38" s="3" t="n">
-        <x:v>11651</x:v>
+        <x:v>11701</x:v>
       </x:c>
       <x:c r="CV38" s="3" t="n">
-        <x:v>10296</x:v>
+        <x:v>10340</x:v>
       </x:c>
       <x:c r="CW38" s="3" t="n">
-        <x:v>10415</x:v>
+        <x:v>10460</x:v>
       </x:c>
       <x:c r="CX38" s="3" t="n">
-        <x:v>13221</x:v>
+        <x:v>13312</x:v>
       </x:c>
       <x:c r="CY38" s="3" t="n">
-        <x:v>15183</x:v>
+        <x:v>15287</x:v>
       </x:c>
       <x:c r="CZ38" s="3" t="n">
-        <x:v>14681</x:v>
+        <x:v>14782</x:v>
       </x:c>
       <x:c r="DA38" s="3" t="n">
-        <x:v>13908</x:v>
+        <x:v>14004</x:v>
       </x:c>
       <x:c r="DB38" s="3" t="n">
-        <x:v>16414</x:v>
+        <x:v>16523</x:v>
       </x:c>
       <x:c r="DC38" s="3" t="n">
-        <x:v>17253</x:v>
+        <x:v>17368</x:v>
       </x:c>
       <x:c r="DD38" s="3" t="n">
-        <x:v>17284</x:v>
+        <x:v>17399</x:v>
       </x:c>
       <x:c r="DE38" s="3" t="n">
-        <x:v>17305</x:v>
+        <x:v>17421</x:v>
       </x:c>
       <x:c r="DF38" s="3" t="n">
-        <x:v>17045</x:v>
+        <x:v>17215</x:v>
       </x:c>
       <x:c r="DG38" s="3" t="n">
-        <x:v>17390</x:v>
+        <x:v>17563</x:v>
       </x:c>
       <x:c r="DH38" s="3" t="n">
-        <x:v>17974</x:v>
+        <x:v>18153</x:v>
       </x:c>
       <x:c r="DI38" s="3" t="n">
-        <x:v>18056</x:v>
+        <x:v>18235</x:v>
       </x:c>
       <x:c r="DJ38" s="3" t="n">
-        <x:v>16456</x:v>
+        <x:v>16552</x:v>
       </x:c>
       <x:c r="DK38" s="3" t="n">
-        <x:v>16981</x:v>
+        <x:v>17081</x:v>
       </x:c>
       <x:c r="DL38" s="3" t="n">
-        <x:v>16999</x:v>
+        <x:v>17099</x:v>
       </x:c>
       <x:c r="DM38" s="3" t="n">
-        <x:v>17589</x:v>
+        <x:v>17693</x:v>
       </x:c>
       <x:c r="DN38" s="3" t="n">
-        <x:v>18972</x:v>
+        <x:v>18855</x:v>
       </x:c>
       <x:c r="DO38" s="3" t="n">
-        <x:v>19441</x:v>
+        <x:v>19321</x:v>
       </x:c>
       <x:c r="DP38" s="3" t="n">
-        <x:v>21394</x:v>
+        <x:v>21262</x:v>
       </x:c>
       <x:c r="DQ38" s="3" t="n">
-        <x:v>21188</x:v>
+        <x:v>21057</x:v>
       </x:c>
       <x:c r="DR38" s="3" t="n">
-        <x:v>18811</x:v>
+        <x:v>18737</x:v>
       </x:c>
       <x:c r="DS38" s="3" t="n">
-        <x:v>20587</x:v>
+        <x:v>20506</x:v>
       </x:c>
       <x:c r="DT38" s="3" t="n">
-        <x:v>19628</x:v>
+        <x:v>19551</x:v>
       </x:c>
       <x:c r="DU38" s="3" t="n">
-        <x:v>25032</x:v>
+        <x:v>24933</x:v>
       </x:c>
       <x:c r="DV38" s="3" t="n">
-        <x:v>25036</x:v>
+        <x:v>25289</x:v>
       </x:c>
       <x:c r="DW38" s="3" t="n">
-        <x:v>25514</x:v>
+        <x:v>25773</x:v>
       </x:c>
       <x:c r="DX38" s="3" t="n">
-        <x:v>24926</x:v>
+        <x:v>25179</x:v>
       </x:c>
       <x:c r="DY38" s="3" t="n">
-        <x:v>25280</x:v>
+        <x:v>25535</x:v>
       </x:c>
       <x:c r="DZ38" s="3" t="n">
-        <x:v>24974</x:v>
+        <x:v>25255</x:v>
       </x:c>
       <x:c r="EA38" s="3" t="n">
-        <x:v>25196</x:v>
+        <x:v>25479</x:v>
       </x:c>
       <x:c r="EB38" s="3" t="n">
-        <x:v>25107</x:v>
+        <x:v>25390</x:v>
       </x:c>
       <x:c r="EC38" s="3" t="n">
-        <x:v>24765</x:v>
+        <x:v>25043</x:v>
       </x:c>
       <x:c r="ED38" s="3" t="n">
-        <x:v>23697</x:v>
+        <x:v>23868</x:v>
       </x:c>
       <x:c r="EE38" s="3" t="n">
-        <x:v>23944</x:v>
+        <x:v>24116</x:v>
       </x:c>
       <x:c r="EF38" s="3" t="n">
-        <x:v>23989</x:v>
+        <x:v>24161</x:v>
       </x:c>
       <x:c r="EG38" s="3" t="n">
-        <x:v>25680</x:v>
+        <x:v>25865</x:v>
       </x:c>
       <x:c r="EH38" s="3" t="n">
-        <x:v>28536</x:v>
+        <x:v>28960</x:v>
       </x:c>
       <x:c r="EI38" s="3" t="n">
-        <x:v>28650</x:v>
+        <x:v>29076</x:v>
       </x:c>
       <x:c r="EJ38" s="3" t="n">
-        <x:v>29471</x:v>
+        <x:v>29909</x:v>
       </x:c>
       <x:c r="EK38" s="3" t="n">
-        <x:v>32877</x:v>
+        <x:v>33366</x:v>
       </x:c>
       <x:c r="EL38" s="3" t="n">
-        <x:v>37926</x:v>
+        <x:v>38552</x:v>
       </x:c>
       <x:c r="EM38" s="3" t="n">
-        <x:v>34215</x:v>
+        <x:v>34780</x:v>
       </x:c>
       <x:c r="EN38" s="3" t="n">
-        <x:v>29874</x:v>
+        <x:v>30367</x:v>
       </x:c>
       <x:c r="EO38" s="3" t="n">
-        <x:v>32455</x:v>
+        <x:v>32991</x:v>
       </x:c>
       <x:c r="EP38" s="3" t="n">
-        <x:v>43399</x:v>
+        <x:v>43815</x:v>
       </x:c>
       <x:c r="EQ38" s="3" t="n">
-        <x:v>35171</x:v>
+        <x:v>35508</x:v>
       </x:c>
       <x:c r="ER38" s="3" t="n">
-        <x:v>29756</x:v>
+        <x:v>30041</x:v>
       </x:c>
       <x:c r="ES38" s="3" t="n">
-        <x:v>32012</x:v>
+        <x:v>32319</x:v>
       </x:c>
       <x:c r="ET38" s="3" t="n">
-        <x:v>44345</x:v>
+        <x:v>44854</x:v>
       </x:c>
       <x:c r="EU38" s="3" t="n">
-        <x:v>35596</x:v>
+        <x:v>36005</x:v>
       </x:c>
       <x:c r="EV38" s="3" t="n">
-        <x:v>29800</x:v>
+        <x:v>30142</x:v>
       </x:c>
       <x:c r="EW38" s="3" t="n">
-        <x:v>33629</x:v>
+        <x:v>34015</x:v>
       </x:c>
       <x:c r="EX38" s="3" t="n">
-        <x:v>43831</x:v>
+        <x:v>44003</x:v>
       </x:c>
       <x:c r="EY38" s="3" t="n">
-        <x:v>39376</x:v>
+        <x:v>39583</x:v>
       </x:c>
       <x:c r="EZ38" s="3" t="n">
-        <x:v>34193</x:v>
+        <x:v>34461</x:v>
       </x:c>
       <x:c r="FA38" s="3" t="n">
-        <x:v>37033</x:v>
+        <x:v>37458</x:v>
       </x:c>
       <x:c r="FB38" s="3" t="n">
-        <x:v>45072</x:v>
+        <x:v>45783</x:v>
       </x:c>
       <x:c r="FC38" s="3" t="n">
-        <x:v>40782</x:v>
+        <x:v>41528</x:v>
       </x:c>
       <x:c r="FD38" s="3" t="n">
-        <x:v>36351</x:v>
+        <x:v>37031</x:v>
       </x:c>
       <x:c r="FE38" s="3" t="n">
-        <x:v>39669</x:v>
+        <x:v>40352</x:v>
       </x:c>
       <x:c r="FF38" s="3" t="n">
-        <x:v>44533</x:v>
+        <x:v>45158</x:v>
       </x:c>
       <x:c r="FG38" s="3" t="n">
-        <x:v>39773</x:v>
+        <x:v>40203</x:v>
       </x:c>
       <x:c r="FH38" s="3" t="n">
-        <x:v>34503</x:v>
+        <x:v>34779</x:v>
       </x:c>
       <x:c r="FI38" s="3" t="n">
-        <x:v>38000</x:v>
+        <x:v>38207</x:v>
       </x:c>
       <x:c r="FJ38" s="3" t="n">
-        <x:v>44548</x:v>
+        <x:v>44720</x:v>
       </x:c>
       <x:c r="FK38" s="3" t="n">
-        <x:v>39469</x:v>
+        <x:v>39723</x:v>
       </x:c>
       <x:c r="FL38" s="3" t="n">
-        <x:v>34933</x:v>
+        <x:v>35397</x:v>
       </x:c>
       <x:c r="FM38" s="3" t="n">
-        <x:v>38034</x:v>
+        <x:v>38952</x:v>
       </x:c>
       <x:c r="FN38" s="3" t="n">
-        <x:v>51574</x:v>
+        <x:v>53496</x:v>
       </x:c>
       <x:c r="FO38" s="3" t="n">
-        <x:v>45987</x:v>
+        <x:v>47988</x:v>
       </x:c>
       <x:c r="FP38" s="3" t="n">
-        <x:v>39227</x:v>
+        <x:v>40873</x:v>
       </x:c>
       <x:c r="FQ38" s="3" t="n">
-        <x:v>40380</x:v>
+        <x:v>41735</x:v>
       </x:c>
       <x:c r="FR38" s="3" t="n">
-        <x:v>50120</x:v>
+        <x:v>51147</x:v>
       </x:c>
       <x:c r="FS38" s="3" t="n">
-        <x:v>45837</x:v>
+        <x:v>46460</x:v>
       </x:c>
       <x:c r="FT38" s="3" t="n">
-        <x:v>36911</x:v>
+        <x:v>37441</x:v>
       </x:c>
       <x:c r="FU38" s="3" t="n">
-        <x:v>40385</x:v>
+        <x:v>41263</x:v>
       </x:c>
       <x:c r="FV38" s="3" t="n">
-        <x:v>48372</x:v>
+        <x:v>49963</x:v>
       </x:c>
       <x:c r="FW38" s="3" t="n">
-        <x:v>42738</x:v>
+        <x:v>44209</x:v>
       </x:c>
       <x:c r="FX38" s="3" t="n">
-        <x:v>34413</x:v>
+        <x:v>35260</x:v>
       </x:c>
       <x:c r="FY38" s="3" t="n">
-        <x:v>43861</x:v>
+        <x:v>44074</x:v>
       </x:c>
       <x:c r="FZ38" s="3" t="n">
-        <x:v>55611</x:v>
+        <x:v>54359</x:v>
       </x:c>
       <x:c r="GA38" s="3" t="n">
-        <x:v>47935</x:v>
+        <x:v>45777</x:v>
       </x:c>
       <x:c r="GB38" s="3" t="n">
-        <x:v>42371</x:v>
+        <x:v>39837</x:v>
       </x:c>
       <x:c r="GC38" s="3" t="n">
-        <x:v>49884</x:v>
+        <x:v>46520</x:v>
       </x:c>
       <x:c r="GD38" s="3" t="n">
-        <x:v>59115</x:v>
+        <x:v>55026</x:v>
       </x:c>
       <x:c r="GE38" s="3" t="n">
-        <x:v>52915</x:v>
+        <x:v>50529</x:v>
       </x:c>
       <x:c r="GF38" s="3" t="n">
-        <x:v>45681</x:v>
+        <x:v>44440</x:v>
       </x:c>
       <x:c r="GG38" s="3" t="n">
-        <x:v>50254</x:v>
+        <x:v>48545</x:v>
       </x:c>
       <x:c r="GH38" s="3" t="n">
-        <x:v>60460</x:v>
+        <x:v>56452</x:v>
       </x:c>
       <x:c r="GI38" s="3" t="n">
-        <x:v>51683</x:v>
+        <x:v>50544</x:v>
+      </x:c>
+      <x:c r="GJ38" s="3" t="n">
+        <x:v>44554</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:191">
+    <x:row r="39" spans="1:192">
       <x:c r="A39" s="2" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>578</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>626</x:v>
       </x:c>
       <x:c r="D39" s="3" t="n">
         <x:v>576</x:v>
       </x:c>
       <x:c r="E39" s="3" t="n">
         <x:v>656</x:v>
       </x:c>
       <x:c r="F39" s="3" t="n">
         <x:v>672</x:v>
       </x:c>
       <x:c r="G39" s="3" t="n">
         <x:v>618</x:v>
       </x:c>
       <x:c r="H39" s="3" t="n">
         <x:v>557</x:v>
       </x:c>
       <x:c r="I39" s="3" t="n">
         <x:v>635</x:v>
       </x:c>
@@ -21619,347 +21734,350 @@
       <x:c r="CH39" s="3" t="n">
         <x:v>6328</x:v>
       </x:c>
       <x:c r="CI39" s="3" t="n">
         <x:v>6240</x:v>
       </x:c>
       <x:c r="CJ39" s="3" t="n">
         <x:v>5932</x:v>
       </x:c>
       <x:c r="CK39" s="3" t="n">
         <x:v>7007</x:v>
       </x:c>
       <x:c r="CL39" s="3" t="n">
         <x:v>6495</x:v>
       </x:c>
       <x:c r="CM39" s="3" t="n">
         <x:v>5976</x:v>
       </x:c>
       <x:c r="CN39" s="3" t="n">
         <x:v>5768</x:v>
       </x:c>
       <x:c r="CO39" s="3" t="n">
         <x:v>6741</x:v>
       </x:c>
       <x:c r="CP39" s="3" t="n">
-        <x:v>7713</x:v>
+        <x:v>7733</x:v>
       </x:c>
       <x:c r="CQ39" s="3" t="n">
-        <x:v>7082</x:v>
+        <x:v>7100</x:v>
       </x:c>
       <x:c r="CR39" s="3" t="n">
-        <x:v>6833</x:v>
+        <x:v>6851</x:v>
       </x:c>
       <x:c r="CS39" s="3" t="n">
-        <x:v>7787</x:v>
+        <x:v>7807</x:v>
       </x:c>
       <x:c r="CT39" s="3" t="n">
-        <x:v>8332</x:v>
+        <x:v>8376</x:v>
       </x:c>
       <x:c r="CU39" s="3" t="n">
-        <x:v>8573</x:v>
+        <x:v>8619</x:v>
       </x:c>
       <x:c r="CV39" s="3" t="n">
-        <x:v>7699</x:v>
+        <x:v>7740</x:v>
       </x:c>
       <x:c r="CW39" s="3" t="n">
-        <x:v>8553</x:v>
+        <x:v>8599</x:v>
       </x:c>
       <x:c r="CX39" s="3" t="n">
-        <x:v>9177</x:v>
+        <x:v>9250</x:v>
       </x:c>
       <x:c r="CY39" s="3" t="n">
-        <x:v>8668</x:v>
+        <x:v>8737</x:v>
       </x:c>
       <x:c r="CZ39" s="3" t="n">
-        <x:v>8198</x:v>
+        <x:v>8263</x:v>
       </x:c>
       <x:c r="DA39" s="3" t="n">
-        <x:v>9306</x:v>
+        <x:v>9380</x:v>
       </x:c>
       <x:c r="DB39" s="3" t="n">
-        <x:v>9864</x:v>
+        <x:v>9969</x:v>
       </x:c>
       <x:c r="DC39" s="3" t="n">
-        <x:v>9359</x:v>
+        <x:v>9459</x:v>
       </x:c>
       <x:c r="DD39" s="3" t="n">
-        <x:v>9277</x:v>
+        <x:v>9375</x:v>
       </x:c>
       <x:c r="DE39" s="3" t="n">
-        <x:v>10751</x:v>
+        <x:v>10864</x:v>
       </x:c>
       <x:c r="DF39" s="3" t="n">
-        <x:v>9294</x:v>
+        <x:v>9417</x:v>
       </x:c>
       <x:c r="DG39" s="3" t="n">
-        <x:v>10211</x:v>
+        <x:v>10346</x:v>
       </x:c>
       <x:c r="DH39" s="3" t="n">
-        <x:v>9432</x:v>
+        <x:v>9557</x:v>
       </x:c>
       <x:c r="DI39" s="3" t="n">
-        <x:v>11690</x:v>
+        <x:v>11845</x:v>
       </x:c>
       <x:c r="DJ39" s="3" t="n">
-        <x:v>9686</x:v>
+        <x:v>9840</x:v>
       </x:c>
       <x:c r="DK39" s="3" t="n">
-        <x:v>10224</x:v>
+        <x:v>10386</x:v>
       </x:c>
       <x:c r="DL39" s="3" t="n">
-        <x:v>10010</x:v>
+        <x:v>10169</x:v>
       </x:c>
       <x:c r="DM39" s="3" t="n">
-        <x:v>13166</x:v>
+        <x:v>13375</x:v>
       </x:c>
       <x:c r="DN39" s="3" t="n">
-        <x:v>10510</x:v>
+        <x:v>10705</x:v>
       </x:c>
       <x:c r="DO39" s="3" t="n">
-        <x:v>11099</x:v>
+        <x:v>11305</x:v>
       </x:c>
       <x:c r="DP39" s="3" t="n">
-        <x:v>10905</x:v>
+        <x:v>11107</x:v>
       </x:c>
       <x:c r="DQ39" s="3" t="n">
-        <x:v>13418</x:v>
+        <x:v>13667</x:v>
       </x:c>
       <x:c r="DR39" s="3" t="n">
-        <x:v>11568</x:v>
+        <x:v>11813</x:v>
       </x:c>
       <x:c r="DS39" s="3" t="n">
-        <x:v>11772</x:v>
+        <x:v>12022</x:v>
       </x:c>
       <x:c r="DT39" s="3" t="n">
-        <x:v>11931</x:v>
+        <x:v>12184</x:v>
       </x:c>
       <x:c r="DU39" s="3" t="n">
-        <x:v>12666</x:v>
+        <x:v>12934</x:v>
       </x:c>
       <x:c r="DV39" s="3" t="n">
-        <x:v>12978</x:v>
+        <x:v>13288</x:v>
       </x:c>
       <x:c r="DW39" s="3" t="n">
-        <x:v>13623</x:v>
+        <x:v>13948</x:v>
       </x:c>
       <x:c r="DX39" s="3" t="n">
-        <x:v>13331</x:v>
+        <x:v>13649</x:v>
       </x:c>
       <x:c r="DY39" s="3" t="n">
-        <x:v>14324</x:v>
+        <x:v>14665</x:v>
       </x:c>
       <x:c r="DZ39" s="3" t="n">
-        <x:v>13110</x:v>
+        <x:v>13457</x:v>
       </x:c>
       <x:c r="EA39" s="3" t="n">
-        <x:v>13867</x:v>
+        <x:v>14234</x:v>
       </x:c>
       <x:c r="EB39" s="3" t="n">
-        <x:v>14479</x:v>
+        <x:v>14862</x:v>
       </x:c>
       <x:c r="EC39" s="3" t="n">
-        <x:v>14854</x:v>
+        <x:v>15248</x:v>
       </x:c>
       <x:c r="ED39" s="3" t="n">
-        <x:v>14631</x:v>
+        <x:v>15057</x:v>
       </x:c>
       <x:c r="EE39" s="3" t="n">
-        <x:v>15068</x:v>
+        <x:v>15507</x:v>
       </x:c>
       <x:c r="EF39" s="3" t="n">
-        <x:v>15499</x:v>
+        <x:v>15951</x:v>
       </x:c>
       <x:c r="EG39" s="3" t="n">
-        <x:v>16044</x:v>
+        <x:v>16511</x:v>
       </x:c>
       <x:c r="EH39" s="3" t="n">
-        <x:v>16550</x:v>
+        <x:v>17076</x:v>
       </x:c>
       <x:c r="EI39" s="3" t="n">
-        <x:v>16687</x:v>
+        <x:v>17217</x:v>
       </x:c>
       <x:c r="EJ39" s="3" t="n">
-        <x:v>16745</x:v>
+        <x:v>17277</x:v>
       </x:c>
       <x:c r="EK39" s="3" t="n">
-        <x:v>16625</x:v>
+        <x:v>17153</x:v>
       </x:c>
       <x:c r="EL39" s="3" t="n">
-        <x:v>16744</x:v>
+        <x:v>17320</x:v>
       </x:c>
       <x:c r="EM39" s="3" t="n">
-        <x:v>17211</x:v>
+        <x:v>17803</x:v>
       </x:c>
       <x:c r="EN39" s="3" t="n">
-        <x:v>17059</x:v>
+        <x:v>17646</x:v>
       </x:c>
       <x:c r="EO39" s="3" t="n">
-        <x:v>17000</x:v>
+        <x:v>17585</x:v>
       </x:c>
       <x:c r="EP39" s="3" t="n">
-        <x:v>17670</x:v>
+        <x:v>18325</x:v>
       </x:c>
       <x:c r="EQ39" s="3" t="n">
-        <x:v>18147</x:v>
+        <x:v>18819</x:v>
       </x:c>
       <x:c r="ER39" s="3" t="n">
-        <x:v>17653</x:v>
+        <x:v>18308</x:v>
       </x:c>
       <x:c r="ES39" s="3" t="n">
-        <x:v>17853</x:v>
+        <x:v>18515</x:v>
       </x:c>
       <x:c r="ET39" s="3" t="n">
-        <x:v>18639</x:v>
+        <x:v>19379</x:v>
       </x:c>
       <x:c r="EU39" s="3" t="n">
-        <x:v>19163</x:v>
+        <x:v>19924</x:v>
       </x:c>
       <x:c r="EV39" s="3" t="n">
-        <x:v>18581</x:v>
+        <x:v>19319</x:v>
       </x:c>
       <x:c r="EW39" s="3" t="n">
-        <x:v>18246</x:v>
+        <x:v>18971</x:v>
       </x:c>
       <x:c r="EX39" s="3" t="n">
-        <x:v>18734</x:v>
+        <x:v>19517</x:v>
       </x:c>
       <x:c r="EY39" s="3" t="n">
-        <x:v>20640</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="EZ39" s="3" t="n">
-        <x:v>18767</x:v>
+        <x:v>19565</x:v>
       </x:c>
       <x:c r="FA39" s="3" t="n">
-        <x:v>21722</x:v>
+        <x:v>22658</x:v>
       </x:c>
       <x:c r="FB39" s="3" t="n">
-        <x:v>21370</x:v>
+        <x:v>22308</x:v>
       </x:c>
       <x:c r="FC39" s="3" t="n">
-        <x:v>19396</x:v>
+        <x:v>20263</x:v>
       </x:c>
       <x:c r="FD39" s="3" t="n">
-        <x:v>18834</x:v>
+        <x:v>19690</x:v>
       </x:c>
       <x:c r="FE39" s="3" t="n">
-        <x:v>22014</x:v>
+        <x:v>23027</x:v>
       </x:c>
       <x:c r="FF39" s="3" t="n">
-        <x:v>20243</x:v>
+        <x:v>21186</x:v>
       </x:c>
       <x:c r="FG39" s="3" t="n">
-        <x:v>20951</x:v>
+        <x:v>21941</x:v>
       </x:c>
       <x:c r="FH39" s="3" t="n">
-        <x:v>19149</x:v>
+        <x:v>20068</x:v>
       </x:c>
       <x:c r="FI39" s="3" t="n">
-        <x:v>22366</x:v>
+        <x:v>23455</x:v>
       </x:c>
       <x:c r="FJ39" s="3" t="n">
-        <x:v>21361</x:v>
+        <x:v>22418</x:v>
       </x:c>
       <x:c r="FK39" s="3" t="n">
-        <x:v>20122</x:v>
+        <x:v>21130</x:v>
       </x:c>
       <x:c r="FL39" s="3" t="n">
-        <x:v>20612</x:v>
+        <x:v>21656</x:v>
       </x:c>
       <x:c r="FM39" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>25674</x:v>
       </x:c>
       <x:c r="FN39" s="3" t="n">
-        <x:v>22531</x:v>
+        <x:v>23683</x:v>
       </x:c>
       <x:c r="FO39" s="3" t="n">
-        <x:v>19788</x:v>
+        <x:v>20815</x:v>
       </x:c>
       <x:c r="FP39" s="3" t="n">
-        <x:v>21439</x:v>
+        <x:v>22582</x:v>
       </x:c>
       <x:c r="FQ39" s="3" t="n">
-        <x:v>26165</x:v>
+        <x:v>27606</x:v>
       </x:c>
       <x:c r="FR39" s="3" t="n">
-        <x:v>23669</x:v>
+        <x:v>25028</x:v>
       </x:c>
       <x:c r="FS39" s="3" t="n">
-        <x:v>22672</x:v>
+        <x:v>23982</x:v>
       </x:c>
       <x:c r="FT39" s="3" t="n">
-        <x:v>22832</x:v>
+        <x:v>24108</x:v>
       </x:c>
       <x:c r="FU39" s="3" t="n">
-        <x:v>27753</x:v>
+        <x:v>29198</x:v>
       </x:c>
       <x:c r="FV39" s="3" t="n">
-        <x:v>25797</x:v>
+        <x:v>26976</x:v>
       </x:c>
       <x:c r="FW39" s="3" t="n">
-        <x:v>24347</x:v>
+        <x:v>25308</x:v>
       </x:c>
       <x:c r="FX39" s="3" t="n">
-        <x:v>23373</x:v>
+        <x:v>24166</x:v>
       </x:c>
       <x:c r="FY39" s="3" t="n">
-        <x:v>28060</x:v>
+        <x:v>28895</x:v>
       </x:c>
       <x:c r="FZ39" s="3" t="n">
-        <x:v>28212</x:v>
+        <x:v>28943</x:v>
       </x:c>
       <x:c r="GA39" s="3" t="n">
-        <x:v>25713</x:v>
+        <x:v>26302</x:v>
       </x:c>
       <x:c r="GB39" s="3" t="n">
-        <x:v>25348</x:v>
+        <x:v>25879</x:v>
       </x:c>
       <x:c r="GC39" s="3" t="n">
-        <x:v>29293</x:v>
+        <x:v>29880</x:v>
       </x:c>
       <x:c r="GD39" s="3" t="n">
-        <x:v>27432</x:v>
+        <x:v>28023</x:v>
       </x:c>
       <x:c r="GE39" s="3" t="n">
-        <x:v>28133</x:v>
+        <x:v>28811</x:v>
       </x:c>
       <x:c r="GF39" s="3" t="n">
-        <x:v>26345</x:v>
+        <x:v>26852</x:v>
       </x:c>
       <x:c r="GG39" s="3" t="n">
-        <x:v>29822</x:v>
+        <x:v>30756</x:v>
       </x:c>
       <x:c r="GH39" s="3" t="n">
-        <x:v>29427</x:v>
+        <x:v>29999</x:v>
       </x:c>
       <x:c r="GI39" s="3" t="n">
-        <x:v>28503</x:v>
+        <x:v>28981</x:v>
+      </x:c>
+      <x:c r="GJ39" s="3" t="n">
+        <x:v>28134</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:191">
+    <x:row r="40" spans="1:192">
       <x:c r="A40" s="2" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
         <x:v>3509</x:v>
       </x:c>
       <x:c r="C40" s="3" t="n">
         <x:v>3519</x:v>
       </x:c>
       <x:c r="D40" s="3" t="n">
         <x:v>3529</x:v>
       </x:c>
       <x:c r="E40" s="3" t="n">
         <x:v>3547</x:v>
       </x:c>
       <x:c r="F40" s="3" t="n">
         <x:v>3821</x:v>
       </x:c>
       <x:c r="G40" s="3" t="n">
         <x:v>3840</x:v>
       </x:c>
       <x:c r="H40" s="3" t="n">
         <x:v>3839</x:v>
       </x:c>
       <x:c r="I40" s="3" t="n">
         <x:v>3834</x:v>
       </x:c>
@@ -22170,371 +22288,374 @@
       <x:c r="BZ40" s="3" t="n">
         <x:v>13458</x:v>
       </x:c>
       <x:c r="CA40" s="3" t="n">
         <x:v>13557</x:v>
       </x:c>
       <x:c r="CB40" s="3" t="n">
         <x:v>13645</x:v>
       </x:c>
       <x:c r="CC40" s="3" t="n">
         <x:v>13759</x:v>
       </x:c>
       <x:c r="CD40" s="3" t="n">
         <x:v>13781</x:v>
       </x:c>
       <x:c r="CE40" s="3" t="n">
         <x:v>13897</x:v>
       </x:c>
       <x:c r="CF40" s="3" t="n">
         <x:v>13963</x:v>
       </x:c>
       <x:c r="CG40" s="3" t="n">
         <x:v>13945</x:v>
       </x:c>
       <x:c r="CH40" s="3" t="n">
-        <x:v>14425</x:v>
+        <x:v>14726</x:v>
       </x:c>
       <x:c r="CI40" s="3" t="n">
-        <x:v>14726</x:v>
+        <x:v>15034</x:v>
       </x:c>
       <x:c r="CJ40" s="3" t="n">
-        <x:v>14877</x:v>
+        <x:v>15188</x:v>
       </x:c>
       <x:c r="CK40" s="3" t="n">
-        <x:v>15062</x:v>
+        <x:v>15376</x:v>
       </x:c>
       <x:c r="CL40" s="3" t="n">
-        <x:v>15729</x:v>
+        <x:v>16394</x:v>
       </x:c>
       <x:c r="CM40" s="3" t="n">
-        <x:v>15895</x:v>
+        <x:v>16566</x:v>
       </x:c>
       <x:c r="CN40" s="3" t="n">
-        <x:v>16190</x:v>
+        <x:v>16874</x:v>
       </x:c>
       <x:c r="CO40" s="3" t="n">
-        <x:v>16399</x:v>
+        <x:v>17092</x:v>
       </x:c>
       <x:c r="CP40" s="3" t="n">
-        <x:v>16550</x:v>
+        <x:v>17580</x:v>
       </x:c>
       <x:c r="CQ40" s="3" t="n">
-        <x:v>16759</x:v>
+        <x:v>17802</x:v>
       </x:c>
       <x:c r="CR40" s="3" t="n">
-        <x:v>16944</x:v>
+        <x:v>17999</x:v>
       </x:c>
       <x:c r="CS40" s="3" t="n">
-        <x:v>17340</x:v>
+        <x:v>18419</x:v>
       </x:c>
       <x:c r="CT40" s="3" t="n">
-        <x:v>17518</x:v>
+        <x:v>18972</x:v>
       </x:c>
       <x:c r="CU40" s="3" t="n">
-        <x:v>17873</x:v>
+        <x:v>19356</x:v>
       </x:c>
       <x:c r="CV40" s="3" t="n">
-        <x:v>18085</x:v>
+        <x:v>19586</x:v>
       </x:c>
       <x:c r="CW40" s="3" t="n">
-        <x:v>18190</x:v>
+        <x:v>19700</x:v>
       </x:c>
       <x:c r="CX40" s="3" t="n">
-        <x:v>17540</x:v>
+        <x:v>19401</x:v>
       </x:c>
       <x:c r="CY40" s="3" t="n">
-        <x:v>18010</x:v>
+        <x:v>19921</x:v>
       </x:c>
       <x:c r="CZ40" s="3" t="n">
-        <x:v>18184</x:v>
+        <x:v>20113</x:v>
       </x:c>
       <x:c r="DA40" s="3" t="n">
-        <x:v>18246</x:v>
+        <x:v>20182</x:v>
       </x:c>
       <x:c r="DB40" s="3" t="n">
-        <x:v>18252</x:v>
+        <x:v>20568</x:v>
       </x:c>
       <x:c r="DC40" s="3" t="n">
-        <x:v>18191</x:v>
+        <x:v>20499</x:v>
       </x:c>
       <x:c r="DD40" s="3" t="n">
-        <x:v>18357</x:v>
+        <x:v>20686</x:v>
       </x:c>
       <x:c r="DE40" s="3" t="n">
-        <x:v>18292</x:v>
+        <x:v>20612</x:v>
       </x:c>
       <x:c r="DF40" s="3" t="n">
-        <x:v>19149</x:v>
+        <x:v>22394</x:v>
       </x:c>
       <x:c r="DG40" s="3" t="n">
-        <x:v>19596</x:v>
+        <x:v>22917</x:v>
       </x:c>
       <x:c r="DH40" s="3" t="n">
-        <x:v>19838</x:v>
+        <x:v>23200</x:v>
       </x:c>
       <x:c r="DI40" s="3" t="n">
-        <x:v>20022</x:v>
+        <x:v>23416</x:v>
       </x:c>
       <x:c r="DJ40" s="3" t="n">
-        <x:v>21365</x:v>
+        <x:v>25919</x:v>
       </x:c>
       <x:c r="DK40" s="3" t="n">
-        <x:v>21625</x:v>
+        <x:v>26233</x:v>
       </x:c>
       <x:c r="DL40" s="3" t="n">
-        <x:v>21866</x:v>
+        <x:v>26525</x:v>
       </x:c>
       <x:c r="DM40" s="3" t="n">
-        <x:v>21899</x:v>
+        <x:v>26566</x:v>
       </x:c>
       <x:c r="DN40" s="3" t="n">
-        <x:v>22817</x:v>
+        <x:v>28687</x:v>
       </x:c>
       <x:c r="DO40" s="3" t="n">
-        <x:v>22806</x:v>
+        <x:v>28673</x:v>
       </x:c>
       <x:c r="DP40" s="3" t="n">
-        <x:v>23191</x:v>
+        <x:v>29157</x:v>
       </x:c>
       <x:c r="DQ40" s="3" t="n">
-        <x:v>23137</x:v>
+        <x:v>29089</x:v>
       </x:c>
       <x:c r="DR40" s="3" t="n">
-        <x:v>23823</x:v>
+        <x:v>30995</x:v>
       </x:c>
       <x:c r="DS40" s="3" t="n">
-        <x:v>23820</x:v>
+        <x:v>30983</x:v>
       </x:c>
       <x:c r="DT40" s="3" t="n">
-        <x:v>24052</x:v>
+        <x:v>31284</x:v>
       </x:c>
       <x:c r="DU40" s="3" t="n">
-        <x:v>23300</x:v>
+        <x:v>30278</x:v>
       </x:c>
       <x:c r="DV40" s="3" t="n">
-        <x:v>22412</x:v>
+        <x:v>30022</x:v>
       </x:c>
       <x:c r="DW40" s="3" t="n">
-        <x:v>22587</x:v>
+        <x:v>30253</x:v>
       </x:c>
       <x:c r="DX40" s="3" t="n">
-        <x:v>22747</x:v>
+        <x:v>30473</x:v>
       </x:c>
       <x:c r="DY40" s="3" t="n">
-        <x:v>22976</x:v>
+        <x:v>30786</x:v>
       </x:c>
       <x:c r="DZ40" s="3" t="n">
-        <x:v>24174</x:v>
+        <x:v>33372</x:v>
       </x:c>
       <x:c r="EA40" s="3" t="n">
-        <x:v>24112</x:v>
+        <x:v>33279</x:v>
       </x:c>
       <x:c r="EB40" s="3" t="n">
-        <x:v>24309</x:v>
+        <x:v>33550</x:v>
       </x:c>
       <x:c r="EC40" s="3" t="n">
-        <x:v>24716</x:v>
+        <x:v>34121</x:v>
       </x:c>
       <x:c r="ED40" s="3" t="n">
-        <x:v>25553</x:v>
+        <x:v>36305</x:v>
       </x:c>
       <x:c r="EE40" s="3" t="n">
-        <x:v>25659</x:v>
+        <x:v>36458</x:v>
       </x:c>
       <x:c r="EF40" s="3" t="n">
-        <x:v>25741</x:v>
+        <x:v>36569</x:v>
       </x:c>
       <x:c r="EG40" s="3" t="n">
-        <x:v>25664</x:v>
+        <x:v>36447</x:v>
       </x:c>
       <x:c r="EH40" s="3" t="n">
-        <x:v>25756</x:v>
+        <x:v>37538</x:v>
       </x:c>
       <x:c r="EI40" s="3" t="n">
-        <x:v>25659</x:v>
+        <x:v>37382</x:v>
       </x:c>
       <x:c r="EJ40" s="3" t="n">
-        <x:v>25303</x:v>
+        <x:v>36832</x:v>
       </x:c>
       <x:c r="EK40" s="3" t="n">
-        <x:v>25058</x:v>
+        <x:v>36447</x:v>
       </x:c>
       <x:c r="EL40" s="3" t="n">
-        <x:v>26576</x:v>
+        <x:v>39768</x:v>
       </x:c>
       <x:c r="EM40" s="3" t="n">
-        <x:v>26719</x:v>
+        <x:v>39965</x:v>
       </x:c>
       <x:c r="EN40" s="3" t="n">
-        <x:v>27155</x:v>
+        <x:v>40616</x:v>
       </x:c>
       <x:c r="EO40" s="3" t="n">
-        <x:v>27375</x:v>
+        <x:v>40942</x:v>
       </x:c>
       <x:c r="EP40" s="3" t="n">
-        <x:v>27473</x:v>
+        <x:v>42245</x:v>
       </x:c>
       <x:c r="EQ40" s="3" t="n">
-        <x:v>28545</x:v>
+        <x:v>43948</x:v>
       </x:c>
       <x:c r="ER40" s="3" t="n">
-        <x:v>29189</x:v>
+        <x:v>44957</x:v>
       </x:c>
       <x:c r="ES40" s="3" t="n">
-        <x:v>29581</x:v>
+        <x:v>45572</x:v>
       </x:c>
       <x:c r="ET40" s="3" t="n">
-        <x:v>30483</x:v>
+        <x:v>48176</x:v>
       </x:c>
       <x:c r="EU40" s="3" t="n">
-        <x:v>31653</x:v>
+        <x:v>50087</x:v>
       </x:c>
       <x:c r="EV40" s="3" t="n">
-        <x:v>32153</x:v>
+        <x:v>50888</x:v>
       </x:c>
       <x:c r="EW40" s="3" t="n">
-        <x:v>32119</x:v>
+        <x:v>50822</x:v>
       </x:c>
       <x:c r="EX40" s="3" t="n">
-        <x:v>32038</x:v>
+        <x:v>51739</x:v>
       </x:c>
       <x:c r="EY40" s="3" t="n">
-        <x:v>32561</x:v>
+        <x:v>52708</x:v>
       </x:c>
       <x:c r="EZ40" s="3" t="n">
-        <x:v>33045</x:v>
+        <x:v>53739</x:v>
       </x:c>
       <x:c r="FA40" s="3" t="n">
-        <x:v>33294</x:v>
+        <x:v>54507</x:v>
       </x:c>
       <x:c r="FB40" s="3" t="n">
-        <x:v>33179</x:v>
+        <x:v>54749</x:v>
       </x:c>
       <x:c r="FC40" s="3" t="n">
-        <x:v>33231</x:v>
+        <x:v>55245</x:v>
       </x:c>
       <x:c r="FD40" s="3" t="n">
-        <x:v>33550</x:v>
+        <x:v>56143</x:v>
       </x:c>
       <x:c r="FE40" s="3" t="n">
-        <x:v>33564</x:v>
+        <x:v>56450</x:v>
       </x:c>
       <x:c r="FF40" s="3" t="n">
-        <x:v>33984</x:v>
+        <x:v>57426</x:v>
       </x:c>
       <x:c r="FG40" s="3" t="n">
-        <x:v>34545</x:v>
+        <x:v>58676</x:v>
       </x:c>
       <x:c r="FH40" s="3" t="n">
-        <x:v>35195</x:v>
+        <x:v>60143</x:v>
       </x:c>
       <x:c r="FI40" s="3" t="n">
-        <x:v>35658</x:v>
+        <x:v>61340</x:v>
       </x:c>
       <x:c r="FJ40" s="3" t="n">
-        <x:v>36342</x:v>
+        <x:v>62985</x:v>
       </x:c>
       <x:c r="FK40" s="3" t="n">
-        <x:v>37241</x:v>
+        <x:v>64980</x:v>
       </x:c>
       <x:c r="FL40" s="3" t="n">
-        <x:v>38026</x:v>
+        <x:v>66731</x:v>
       </x:c>
       <x:c r="FM40" s="3" t="n">
-        <x:v>38478</x:v>
+        <x:v>67825</x:v>
       </x:c>
       <x:c r="FN40" s="3" t="n">
-        <x:v>35386</x:v>
+        <x:v>62229</x:v>
       </x:c>
       <x:c r="FO40" s="3" t="n">
-        <x:v>35677</x:v>
+        <x:v>63159</x:v>
       </x:c>
       <x:c r="FP40" s="3" t="n">
-        <x:v>36629</x:v>
+        <x:v>65531</x:v>
       </x:c>
       <x:c r="FQ40" s="3" t="n">
-        <x:v>36769</x:v>
+        <x:v>66618</x:v>
       </x:c>
       <x:c r="FR40" s="3" t="n">
-        <x:v>37008</x:v>
+        <x:v>67945</x:v>
       </x:c>
       <x:c r="FS40" s="3" t="n">
-        <x:v>37005</x:v>
+        <x:v>68188</x:v>
       </x:c>
       <x:c r="FT40" s="3" t="n">
-        <x:v>39487</x:v>
+        <x:v>72479</x:v>
       </x:c>
       <x:c r="FU40" s="3" t="n">
-        <x:v>42247</x:v>
+        <x:v>76247</x:v>
       </x:c>
       <x:c r="FV40" s="3" t="n">
-        <x:v>45219</x:v>
+        <x:v>79383</x:v>
       </x:c>
       <x:c r="FW40" s="3" t="n">
-        <x:v>47116</x:v>
+        <x:v>80881</x:v>
       </x:c>
       <x:c r="FX40" s="3" t="n">
-        <x:v>50037</x:v>
+        <x:v>84967</x:v>
       </x:c>
       <x:c r="FY40" s="3" t="n">
-        <x:v>47653</x:v>
+        <x:v>80699</x:v>
       </x:c>
       <x:c r="FZ40" s="3" t="n">
-        <x:v>47939</x:v>
+        <x:v>81917</x:v>
       </x:c>
       <x:c r="GA40" s="3" t="n">
-        <x:v>48994</x:v>
+        <x:v>84454</x:v>
       </x:c>
       <x:c r="GB40" s="3" t="n">
-        <x:v>49986</x:v>
+        <x:v>86661</x:v>
       </x:c>
       <x:c r="GC40" s="3" t="n">
-        <x:v>50031</x:v>
+        <x:v>86939</x:v>
       </x:c>
       <x:c r="GD40" s="3" t="n">
-        <x:v>50710</x:v>
+        <x:v>87603</x:v>
       </x:c>
       <x:c r="GE40" s="3" t="n">
-        <x:v>51582</x:v>
+        <x:v>88782</x:v>
       </x:c>
       <x:c r="GF40" s="3" t="n">
-        <x:v>52768</x:v>
+        <x:v>90347</x:v>
       </x:c>
       <x:c r="GG40" s="3" t="n">
-        <x:v>53256</x:v>
+        <x:v>91367</x:v>
       </x:c>
       <x:c r="GH40" s="3" t="n">
-        <x:v>53487</x:v>
+        <x:v>92229</x:v>
       </x:c>
       <x:c r="GI40" s="3" t="n">
-        <x:v>54362</x:v>
+        <x:v>92907</x:v>
+      </x:c>
+      <x:c r="GJ40" s="3" t="n">
+        <x:v>94406</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:191">
+    <x:row r="41" spans="1:192">
       <x:c r="A41" s="2" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
         <x:v>971</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>1066</x:v>
       </x:c>
       <x:c r="D41" s="3" t="n">
         <x:v>990</x:v>
       </x:c>
       <x:c r="E41" s="3" t="n">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="F41" s="3" t="n">
         <x:v>1347</x:v>
       </x:c>
       <x:c r="G41" s="3" t="n">
         <x:v>1239</x:v>
       </x:c>
       <x:c r="H41" s="3" t="n">
         <x:v>1115</x:v>
       </x:c>
       <x:c r="I41" s="3" t="n">
         <x:v>1265</x:v>
       </x:c>
@@ -22769,347 +22890,350 @@
       <x:c r="CH41" s="3" t="n">
         <x:v>9543</x:v>
       </x:c>
       <x:c r="CI41" s="3" t="n">
         <x:v>9445</x:v>
       </x:c>
       <x:c r="CJ41" s="3" t="n">
         <x:v>9001</x:v>
       </x:c>
       <x:c r="CK41" s="3" t="n">
         <x:v>10617</x:v>
       </x:c>
       <x:c r="CL41" s="3" t="n">
         <x:v>10951</x:v>
       </x:c>
       <x:c r="CM41" s="3" t="n">
         <x:v>10093</x:v>
       </x:c>
       <x:c r="CN41" s="3" t="n">
         <x:v>9740</x:v>
       </x:c>
       <x:c r="CO41" s="3" t="n">
         <x:v>11376</x:v>
       </x:c>
       <x:c r="CP41" s="3" t="n">
-        <x:v>12262</x:v>
+        <x:v>12267</x:v>
       </x:c>
       <x:c r="CQ41" s="3" t="n">
-        <x:v>11276</x:v>
+        <x:v>11280</x:v>
       </x:c>
       <x:c r="CR41" s="3" t="n">
-        <x:v>10948</x:v>
+        <x:v>10952</x:v>
       </x:c>
       <x:c r="CS41" s="3" t="n">
-        <x:v>12477</x:v>
+        <x:v>12482</x:v>
       </x:c>
       <x:c r="CT41" s="3" t="n">
-        <x:v>12319</x:v>
+        <x:v>12328</x:v>
       </x:c>
       <x:c r="CU41" s="3" t="n">
-        <x:v>12704</x:v>
+        <x:v>12713</x:v>
       </x:c>
       <x:c r="CV41" s="3" t="n">
-        <x:v>11411</x:v>
+        <x:v>11419</x:v>
       </x:c>
       <x:c r="CW41" s="3" t="n">
-        <x:v>12711</x:v>
+        <x:v>12720</x:v>
       </x:c>
       <x:c r="CX41" s="3" t="n">
-        <x:v>13149</x:v>
+        <x:v>13164</x:v>
       </x:c>
       <x:c r="CY41" s="3" t="n">
-        <x:v>12429</x:v>
+        <x:v>12443</x:v>
       </x:c>
       <x:c r="CZ41" s="3" t="n">
-        <x:v>11757</x:v>
+        <x:v>11770</x:v>
       </x:c>
       <x:c r="DA41" s="3" t="n">
-        <x:v>13356</x:v>
+        <x:v>13371</x:v>
       </x:c>
       <x:c r="DB41" s="3" t="n">
-        <x:v>13826</x:v>
+        <x:v>13847</x:v>
       </x:c>
       <x:c r="DC41" s="3" t="n">
-        <x:v>13146</x:v>
+        <x:v>13165</x:v>
       </x:c>
       <x:c r="DD41" s="3" t="n">
-        <x:v>13038</x:v>
+        <x:v>13058</x:v>
       </x:c>
       <x:c r="DE41" s="3" t="n">
-        <x:v>15127</x:v>
+        <x:v>15150</x:v>
       </x:c>
       <x:c r="DF41" s="3" t="n">
-        <x:v>13919</x:v>
+        <x:v>13946</x:v>
       </x:c>
       <x:c r="DG41" s="3" t="n">
-        <x:v>15309</x:v>
+        <x:v>15340</x:v>
       </x:c>
       <x:c r="DH41" s="3" t="n">
-        <x:v>14131</x:v>
+        <x:v>14159</x:v>
       </x:c>
       <x:c r="DI41" s="3" t="n">
-        <x:v>17539</x:v>
+        <x:v>17574</x:v>
       </x:c>
       <x:c r="DJ41" s="3" t="n">
-        <x:v>15633</x:v>
+        <x:v>15667</x:v>
       </x:c>
       <x:c r="DK41" s="3" t="n">
-        <x:v>16542</x:v>
+        <x:v>16578</x:v>
       </x:c>
       <x:c r="DL41" s="3" t="n">
-        <x:v>16199</x:v>
+        <x:v>16235</x:v>
       </x:c>
       <x:c r="DM41" s="3" t="n">
-        <x:v>21325</x:v>
+        <x:v>21372</x:v>
       </x:c>
       <x:c r="DN41" s="3" t="n">
-        <x:v>19073</x:v>
+        <x:v>19121</x:v>
       </x:c>
       <x:c r="DO41" s="3" t="n">
-        <x:v>20173</x:v>
+        <x:v>20225</x:v>
       </x:c>
       <x:c r="DP41" s="3" t="n">
-        <x:v>19791</x:v>
+        <x:v>19841</x:v>
       </x:c>
       <x:c r="DQ41" s="3" t="n">
-        <x:v>24377</x:v>
+        <x:v>24439</x:v>
       </x:c>
       <x:c r="DR41" s="3" t="n">
-        <x:v>20242</x:v>
+        <x:v>20302</x:v>
       </x:c>
       <x:c r="DS41" s="3" t="n">
-        <x:v>24905</x:v>
+        <x:v>24980</x:v>
       </x:c>
       <x:c r="DT41" s="3" t="n">
-        <x:v>21906</x:v>
+        <x:v>21970</x:v>
       </x:c>
       <x:c r="DU41" s="3" t="n">
-        <x:v>29053</x:v>
+        <x:v>29135</x:v>
       </x:c>
       <x:c r="DV41" s="3" t="n">
-        <x:v>23662</x:v>
+        <x:v>23737</x:v>
       </x:c>
       <x:c r="DW41" s="3" t="n">
-        <x:v>25286</x:v>
+        <x:v>25366</x:v>
       </x:c>
       <x:c r="DX41" s="3" t="n">
-        <x:v>20598</x:v>
+        <x:v>20663</x:v>
       </x:c>
       <x:c r="DY41" s="3" t="n">
-        <x:v>27180</x:v>
+        <x:v>27265</x:v>
       </x:c>
       <x:c r="DZ41" s="3" t="n">
-        <x:v>23307</x:v>
+        <x:v>23388</x:v>
       </x:c>
       <x:c r="EA41" s="3" t="n">
-        <x:v>25136</x:v>
+        <x:v>25224</x:v>
       </x:c>
       <x:c r="EB41" s="3" t="n">
-        <x:v>22207</x:v>
+        <x:v>22283</x:v>
       </x:c>
       <x:c r="EC41" s="3" t="n">
-        <x:v>29515</x:v>
+        <x:v>29612</x:v>
       </x:c>
       <x:c r="ED41" s="3" t="n">
-        <x:v>23361</x:v>
+        <x:v>23451</x:v>
       </x:c>
       <x:c r="EE41" s="3" t="n">
-        <x:v>25746</x:v>
+        <x:v>25847</x:v>
       </x:c>
       <x:c r="EF41" s="3" t="n">
-        <x:v>23346</x:v>
+        <x:v>23437</x:v>
       </x:c>
       <x:c r="EG41" s="3" t="n">
-        <x:v>29944</x:v>
+        <x:v>30060</x:v>
       </x:c>
       <x:c r="EH41" s="3" t="n">
-        <x:v>26851</x:v>
+        <x:v>26967</x:v>
       </x:c>
       <x:c r="EI41" s="3" t="n">
-        <x:v>28647</x:v>
+        <x:v>28771</x:v>
       </x:c>
       <x:c r="EJ41" s="3" t="n">
-        <x:v>25783</x:v>
+        <x:v>25893</x:v>
       </x:c>
       <x:c r="EK41" s="3" t="n">
-        <x:v>34629</x:v>
+        <x:v>34774</x:v>
       </x:c>
       <x:c r="EL41" s="3" t="n">
-        <x:v>28467</x:v>
+        <x:v>28596</x:v>
       </x:c>
       <x:c r="EM41" s="3" t="n">
-        <x:v>32930</x:v>
+        <x:v>33084</x:v>
       </x:c>
       <x:c r="EN41" s="3" t="n">
-        <x:v>27558</x:v>
+        <x:v>27686</x:v>
       </x:c>
       <x:c r="EO41" s="3" t="n">
-        <x:v>35870</x:v>
+        <x:v>36033</x:v>
       </x:c>
       <x:c r="EP41" s="3" t="n">
-        <x:v>31200</x:v>
+        <x:v>31357</x:v>
       </x:c>
       <x:c r="EQ41" s="3" t="n">
-        <x:v>32603</x:v>
+        <x:v>32767</x:v>
       </x:c>
       <x:c r="ER41" s="3" t="n">
-        <x:v>29031</x:v>
+        <x:v>29175</x:v>
       </x:c>
       <x:c r="ES41" s="3" t="n">
-        <x:v>37326</x:v>
+        <x:v>37509</x:v>
       </x:c>
       <x:c r="ET41" s="3" t="n">
-        <x:v>30146</x:v>
+        <x:v>30304</x:v>
       </x:c>
       <x:c r="EU41" s="3" t="n">
-        <x:v>32359</x:v>
+        <x:v>32528</x:v>
       </x:c>
       <x:c r="EV41" s="3" t="n">
-        <x:v>28585</x:v>
+        <x:v>28734</x:v>
       </x:c>
       <x:c r="EW41" s="3" t="n">
-        <x:v>36523</x:v>
+        <x:v>36708</x:v>
       </x:c>
       <x:c r="EX41" s="3" t="n">
-        <x:v>30364</x:v>
+        <x:v>30523</x:v>
       </x:c>
       <x:c r="EY41" s="3" t="n">
-        <x:v>33307</x:v>
+        <x:v>33485</x:v>
       </x:c>
       <x:c r="EZ41" s="3" t="n">
-        <x:v>26538</x:v>
+        <x:v>26683</x:v>
       </x:c>
       <x:c r="FA41" s="3" t="n">
-        <x:v>33755</x:v>
+        <x:v>33942</x:v>
       </x:c>
       <x:c r="FB41" s="3" t="n">
-        <x:v>34237</x:v>
+        <x:v>34426</x:v>
       </x:c>
       <x:c r="FC41" s="3" t="n">
-        <x:v>31888</x:v>
+        <x:v>32068</x:v>
       </x:c>
       <x:c r="FD41" s="3" t="n">
-        <x:v>28285</x:v>
+        <x:v>28445</x:v>
       </x:c>
       <x:c r="FE41" s="3" t="n">
-        <x:v>36106</x:v>
+        <x:v>36315</x:v>
       </x:c>
       <x:c r="FF41" s="3" t="n">
-        <x:v>35128</x:v>
+        <x:v>35332</x:v>
       </x:c>
       <x:c r="FG41" s="3" t="n">
-        <x:v>36896</x:v>
+        <x:v>37117</x:v>
       </x:c>
       <x:c r="FH41" s="3" t="n">
-        <x:v>31264</x:v>
+        <x:v>31452</x:v>
       </x:c>
       <x:c r="FI41" s="3" t="n">
-        <x:v>40271</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="FJ41" s="3" t="n">
-        <x:v>40627</x:v>
+        <x:v>40887</x:v>
       </x:c>
       <x:c r="FK41" s="3" t="n">
-        <x:v>39488</x:v>
+        <x:v>39747</x:v>
       </x:c>
       <x:c r="FL41" s="3" t="n">
-        <x:v>36382</x:v>
+        <x:v>36616</x:v>
       </x:c>
       <x:c r="FM41" s="3" t="n">
-        <x:v>44686</x:v>
+        <x:v>44967</x:v>
       </x:c>
       <x:c r="FN41" s="3" t="n">
-        <x:v>43523</x:v>
+        <x:v>43768</x:v>
       </x:c>
       <x:c r="FO41" s="3" t="n">
-        <x:v>39834</x:v>
+        <x:v>40057</x:v>
       </x:c>
       <x:c r="FP41" s="3" t="n">
-        <x:v>34777</x:v>
+        <x:v>34988</x:v>
       </x:c>
       <x:c r="FQ41" s="3" t="n">
-        <x:v>44821</x:v>
+        <x:v>45135</x:v>
       </x:c>
       <x:c r="FR41" s="3" t="n">
-        <x:v>41802</x:v>
+        <x:v>42145</x:v>
       </x:c>
       <x:c r="FS41" s="3" t="n">
-        <x:v>42735</x:v>
+        <x:v>43084</x:v>
       </x:c>
       <x:c r="FT41" s="3" t="n">
-        <x:v>37493</x:v>
+        <x:v>37745</x:v>
       </x:c>
       <x:c r="FU41" s="3" t="n">
-        <x:v>49127</x:v>
+        <x:v>49334</x:v>
       </x:c>
       <x:c r="FV41" s="3" t="n">
-        <x:v>48955</x:v>
+        <x:v>48944</x:v>
       </x:c>
       <x:c r="FW41" s="3" t="n">
-        <x:v>47712</x:v>
+        <x:v>47527</x:v>
       </x:c>
       <x:c r="FX41" s="3" t="n">
-        <x:v>43231</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="FY41" s="3" t="n">
-        <x:v>55001</x:v>
+        <x:v>54375</x:v>
       </x:c>
       <x:c r="FZ41" s="3" t="n">
-        <x:v>56049</x:v>
+        <x:v>55258</x:v>
       </x:c>
       <x:c r="GA41" s="3" t="n">
-        <x:v>51746</x:v>
+        <x:v>50887</x:v>
       </x:c>
       <x:c r="GB41" s="3" t="n">
-        <x:v>46963</x:v>
+        <x:v>46132</x:v>
       </x:c>
       <x:c r="GC41" s="3" t="n">
-        <x:v>59286</x:v>
+        <x:v>58191</x:v>
       </x:c>
       <x:c r="GD41" s="3" t="n">
-        <x:v>55848</x:v>
+        <x:v>54953</x:v>
       </x:c>
       <x:c r="GE41" s="3" t="n">
-        <x:v>57949</x:v>
+        <x:v>56976</x:v>
       </x:c>
       <x:c r="GF41" s="3" t="n">
-        <x:v>50187</x:v>
+        <x:v>49393</x:v>
       </x:c>
       <x:c r="GG41" s="3" t="n">
-        <x:v>62905</x:v>
+        <x:v>61295</x:v>
       </x:c>
       <x:c r="GH41" s="3" t="n">
-        <x:v>62332</x:v>
+        <x:v>61230</x:v>
       </x:c>
       <x:c r="GI41" s="3" t="n">
-        <x:v>59084</x:v>
+        <x:v>57962</x:v>
+      </x:c>
+      <x:c r="GJ41" s="3" t="n">
+        <x:v>51081</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:191">
+    <x:row r="42" spans="1:192">
       <x:c r="A42" s="2" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C42" s="3" t="n">
         <x:v>558</x:v>
       </x:c>
       <x:c r="D42" s="3" t="n">
         <x:v>530</x:v>
       </x:c>
       <x:c r="E42" s="3" t="n">
         <x:v>566</x:v>
       </x:c>
       <x:c r="F42" s="3" t="n">
         <x:v>637</x:v>
       </x:c>
       <x:c r="G42" s="3" t="n">
         <x:v>603</x:v>
       </x:c>
       <x:c r="H42" s="3" t="n">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I42" s="3" t="n">
         <x:v>581</x:v>
       </x:c>
@@ -23344,347 +23468,350 @@
       <x:c r="CH42" s="3" t="n">
         <x:v>5687</x:v>
       </x:c>
       <x:c r="CI42" s="3" t="n">
         <x:v>5739</x:v>
       </x:c>
       <x:c r="CJ42" s="3" t="n">
         <x:v>5526</x:v>
       </x:c>
       <x:c r="CK42" s="3" t="n">
         <x:v>6329</x:v>
       </x:c>
       <x:c r="CL42" s="3" t="n">
         <x:v>6829</x:v>
       </x:c>
       <x:c r="CM42" s="3" t="n">
         <x:v>6392</x:v>
       </x:c>
       <x:c r="CN42" s="3" t="n">
         <x:v>6246</x:v>
       </x:c>
       <x:c r="CO42" s="3" t="n">
         <x:v>7095</x:v>
       </x:c>
       <x:c r="CP42" s="3" t="n">
-        <x:v>7425</x:v>
+        <x:v>7450</x:v>
       </x:c>
       <x:c r="CQ42" s="3" t="n">
-        <x:v>6888</x:v>
+        <x:v>6911</x:v>
       </x:c>
       <x:c r="CR42" s="3" t="n">
-        <x:v>6519</x:v>
+        <x:v>6541</x:v>
       </x:c>
       <x:c r="CS42" s="3" t="n">
+        <x:v>7477</x:v>
+      </x:c>
+      <x:c r="CT42" s="3" t="n">
+        <x:v>7162</x:v>
+      </x:c>
+      <x:c r="CU42" s="3" t="n">
         <x:v>7452</x:v>
       </x:c>
-      <x:c r="CT42" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="CV42" s="3" t="n">
-        <x:v>6791</x:v>
+        <x:v>6840</x:v>
       </x:c>
       <x:c r="CW42" s="3" t="n">
-        <x:v>7437</x:v>
+        <x:v>7490</x:v>
       </x:c>
       <x:c r="CX42" s="3" t="n">
-        <x:v>7574</x:v>
+        <x:v>7653</x:v>
       </x:c>
       <x:c r="CY42" s="3" t="n">
-        <x:v>7200</x:v>
+        <x:v>7275</x:v>
       </x:c>
       <x:c r="CZ42" s="3" t="n">
-        <x:v>6950</x:v>
+        <x:v>7023</x:v>
       </x:c>
       <x:c r="DA42" s="3" t="n">
-        <x:v>7776</x:v>
+        <x:v>7858</x:v>
       </x:c>
       <x:c r="DB42" s="3" t="n">
-        <x:v>7837</x:v>
+        <x:v>7947</x:v>
       </x:c>
       <x:c r="DC42" s="3" t="n">
-        <x:v>7444</x:v>
+        <x:v>7548</x:v>
       </x:c>
       <x:c r="DD42" s="3" t="n">
-        <x:v>7268</x:v>
+        <x:v>7369</x:v>
       </x:c>
       <x:c r="DE42" s="3" t="n">
-        <x:v>8593</x:v>
+        <x:v>8713</x:v>
       </x:c>
       <x:c r="DF42" s="3" t="n">
-        <x:v>8394</x:v>
+        <x:v>8544</x:v>
       </x:c>
       <x:c r="DG42" s="3" t="n">
-        <x:v>9228</x:v>
+        <x:v>9394</x:v>
       </x:c>
       <x:c r="DH42" s="3" t="n">
-        <x:v>8409</x:v>
+        <x:v>8559</x:v>
       </x:c>
       <x:c r="DI42" s="3" t="n">
-        <x:v>10557</x:v>
+        <x:v>10746</x:v>
       </x:c>
       <x:c r="DJ42" s="3" t="n">
-        <x:v>9726</x:v>
+        <x:v>9941</x:v>
       </x:c>
       <x:c r="DK42" s="3" t="n">
-        <x:v>10224</x:v>
+        <x:v>10450</x:v>
       </x:c>
       <x:c r="DL42" s="3" t="n">
-        <x:v>9846</x:v>
+        <x:v>10064</x:v>
       </x:c>
       <x:c r="DM42" s="3" t="n">
-        <x:v>13168</x:v>
+        <x:v>13459</x:v>
       </x:c>
       <x:c r="DN42" s="3" t="n">
-        <x:v>12252</x:v>
+        <x:v>12573</x:v>
       </x:c>
       <x:c r="DO42" s="3" t="n">
-        <x:v>12838</x:v>
+        <x:v>13174</x:v>
       </x:c>
       <x:c r="DP42" s="3" t="n">
-        <x:v>12549</x:v>
+        <x:v>12877</x:v>
       </x:c>
       <x:c r="DQ42" s="3" t="n">
-        <x:v>15612</x:v>
+        <x:v>16020</x:v>
       </x:c>
       <x:c r="DR42" s="3" t="n">
-        <x:v>12338</x:v>
+        <x:v>12703</x:v>
       </x:c>
       <x:c r="DS42" s="3" t="n">
-        <x:v>14575</x:v>
+        <x:v>15007</x:v>
       </x:c>
       <x:c r="DT42" s="3" t="n">
-        <x:v>14938</x:v>
+        <x:v>15381</x:v>
       </x:c>
       <x:c r="DU42" s="3" t="n">
-        <x:v>14852</x:v>
+        <x:v>15292</x:v>
       </x:c>
       <x:c r="DV42" s="3" t="n">
-        <x:v>12877</x:v>
+        <x:v>13300</x:v>
       </x:c>
       <x:c r="DW42" s="3" t="n">
-        <x:v>13962</x:v>
+        <x:v>14420</x:v>
       </x:c>
       <x:c r="DX42" s="3" t="n">
-        <x:v>14965</x:v>
+        <x:v>15457</x:v>
       </x:c>
       <x:c r="DY42" s="3" t="n">
-        <x:v>14717</x:v>
+        <x:v>15200</x:v>
       </x:c>
       <x:c r="DZ42" s="3" t="n">
-        <x:v>12413</x:v>
+        <x:v>12857</x:v>
       </x:c>
       <x:c r="EA42" s="3" t="n">
-        <x:v>13855</x:v>
+        <x:v>14351</x:v>
       </x:c>
       <x:c r="EB42" s="3" t="n">
-        <x:v>15969</x:v>
+        <x:v>16541</x:v>
       </x:c>
       <x:c r="EC42" s="3" t="n">
-        <x:v>15084</x:v>
+        <x:v>15624</x:v>
       </x:c>
       <x:c r="ED42" s="3" t="n">
-        <x:v>14217</x:v>
+        <x:v>14784</x:v>
       </x:c>
       <x:c r="EE42" s="3" t="n">
-        <x:v>15954</x:v>
+        <x:v>16589</x:v>
       </x:c>
       <x:c r="EF42" s="3" t="n">
-        <x:v>17592</x:v>
+        <x:v>18293</x:v>
       </x:c>
       <x:c r="EG42" s="3" t="n">
-        <x:v>17391</x:v>
+        <x:v>18083</x:v>
       </x:c>
       <x:c r="EH42" s="3" t="n">
-        <x:v>15813</x:v>
+        <x:v>16513</x:v>
       </x:c>
       <x:c r="EI42" s="3" t="n">
-        <x:v>17541</x:v>
+        <x:v>18317</x:v>
       </x:c>
       <x:c r="EJ42" s="3" t="n">
-        <x:v>18978</x:v>
+        <x:v>19818</x:v>
       </x:c>
       <x:c r="EK42" s="3" t="n">
-        <x:v>18470</x:v>
+        <x:v>19288</x:v>
       </x:c>
       <x:c r="EL42" s="3" t="n">
-        <x:v>15750</x:v>
+        <x:v>16519</x:v>
       </x:c>
       <x:c r="EM42" s="3" t="n">
-        <x:v>19113</x:v>
+        <x:v>20047</x:v>
       </x:c>
       <x:c r="EN42" s="3" t="n">
-        <x:v>19953</x:v>
+        <x:v>20928</x:v>
       </x:c>
       <x:c r="EO42" s="3" t="n">
-        <x:v>18960</x:v>
+        <x:v>19886</x:v>
       </x:c>
       <x:c r="EP42" s="3" t="n">
-        <x:v>17479</x:v>
+        <x:v>18391</x:v>
       </x:c>
       <x:c r="EQ42" s="3" t="n">
-        <x:v>18863</x:v>
+        <x:v>19847</x:v>
       </x:c>
       <x:c r="ER42" s="3" t="n">
-        <x:v>20394</x:v>
+        <x:v>21458</x:v>
       </x:c>
       <x:c r="ES42" s="3" t="n">
-        <x:v>19820</x:v>
+        <x:v>20853</x:v>
       </x:c>
       <x:c r="ET42" s="3" t="n">
-        <x:v>17294</x:v>
+        <x:v>18232</x:v>
       </x:c>
       <x:c r="EU42" s="3" t="n">
-        <x:v>18374</x:v>
+        <x:v>19371</x:v>
       </x:c>
       <x:c r="EV42" s="3" t="n">
-        <x:v>19240</x:v>
+        <x:v>20284</x:v>
       </x:c>
       <x:c r="EW42" s="3" t="n">
-        <x:v>19210</x:v>
+        <x:v>20252</x:v>
       </x:c>
       <x:c r="EX42" s="3" t="n">
-        <x:v>16473</x:v>
+        <x:v>17402</x:v>
       </x:c>
       <x:c r="EY42" s="3" t="n">
-        <x:v>20615</x:v>
+        <x:v>21785</x:v>
       </x:c>
       <x:c r="EZ42" s="3" t="n">
-        <x:v>18856</x:v>
+        <x:v>19938</x:v>
       </x:c>
       <x:c r="FA42" s="3" t="n">
-        <x:v>19252</x:v>
+        <x:v>20375</x:v>
       </x:c>
       <x:c r="FB42" s="3" t="n">
-        <x:v>18732</x:v>
+        <x:v>19848</x:v>
       </x:c>
       <x:c r="FC42" s="3" t="n">
-        <x:v>20541</x:v>
+        <x:v>21794</x:v>
       </x:c>
       <x:c r="FD42" s="3" t="n">
-        <x:v>20383</x:v>
+        <x:v>21655</x:v>
       </x:c>
       <x:c r="FE42" s="3" t="n">
-        <x:v>20551</x:v>
+        <x:v>21862</x:v>
       </x:c>
       <x:c r="FF42" s="3" t="n">
-        <x:v>19540</x:v>
+        <x:v>20815</x:v>
       </x:c>
       <x:c r="FG42" s="3" t="n">
-        <x:v>23874</x:v>
+        <x:v>25465</x:v>
       </x:c>
       <x:c r="FH42" s="3" t="n">
-        <x:v>22649</x:v>
+        <x:v>24180</x:v>
       </x:c>
       <x:c r="FI42" s="3" t="n">
-        <x:v>22932</x:v>
+        <x:v>24499</x:v>
       </x:c>
       <x:c r="FJ42" s="3" t="n">
-        <x:v>21615</x:v>
+        <x:v>23105</x:v>
       </x:c>
       <x:c r="FK42" s="3" t="n">
-        <x:v>24069</x:v>
+        <x:v>25757</x:v>
       </x:c>
       <x:c r="FL42" s="3" t="n">
-        <x:v>23670</x:v>
+        <x:v>25375</x:v>
       </x:c>
       <x:c r="FM42" s="3" t="n">
-        <x:v>23390</x:v>
+        <x:v>25134</x:v>
       </x:c>
       <x:c r="FN42" s="3" t="n">
-        <x:v>24993</x:v>
+        <x:v>26938</x:v>
       </x:c>
       <x:c r="FO42" s="3" t="n">
-        <x:v>21972</x:v>
+        <x:v>23736</x:v>
       </x:c>
       <x:c r="FP42" s="3" t="n">
-        <x:v>19784</x:v>
+        <x:v>21396</x:v>
       </x:c>
       <x:c r="FQ42" s="3" t="n">
-        <x:v>21870</x:v>
+        <x:v>23658</x:v>
       </x:c>
       <x:c r="FR42" s="3" t="n">
-        <x:v>21095</x:v>
+        <x:v>22809</x:v>
       </x:c>
       <x:c r="FS42" s="3" t="n">
-        <x:v>23553</x:v>
+        <x:v>25474</x:v>
       </x:c>
       <x:c r="FT42" s="3" t="n">
-        <x:v>20859</x:v>
+        <x:v>22588</x:v>
       </x:c>
       <x:c r="FU42" s="3" t="n">
-        <x:v>26504</x:v>
+        <x:v>28761</x:v>
       </x:c>
       <x:c r="FV42" s="3" t="n">
-        <x:v>25552</x:v>
+        <x:v>27799</x:v>
       </x:c>
       <x:c r="FW42" s="3" t="n">
-        <x:v>28033</x:v>
+        <x:v>30472</x:v>
       </x:c>
       <x:c r="FX42" s="3" t="n">
-        <x:v>24331</x:v>
+        <x:v>26307</x:v>
       </x:c>
       <x:c r="FY42" s="3" t="n">
-        <x:v>29143</x:v>
+        <x:v>31233</x:v>
       </x:c>
       <x:c r="FZ42" s="3" t="n">
-        <x:v>28402</x:v>
+        <x:v>30041</x:v>
       </x:c>
       <x:c r="GA42" s="3" t="n">
-        <x:v>28814</x:v>
+        <x:v>30127</x:v>
       </x:c>
       <x:c r="GB42" s="3" t="n">
-        <x:v>25275</x:v>
+        <x:v>26235</x:v>
       </x:c>
       <x:c r="GC42" s="3" t="n">
-        <x:v>30341</x:v>
+        <x:v>31384</x:v>
       </x:c>
       <x:c r="GD42" s="3" t="n">
-        <x:v>28595</x:v>
+        <x:v>28957</x:v>
       </x:c>
       <x:c r="GE42" s="3" t="n">
-        <x:v>32354</x:v>
+        <x:v>32671</x:v>
       </x:c>
       <x:c r="GF42" s="3" t="n">
-        <x:v>28319</x:v>
+        <x:v>27989</x:v>
       </x:c>
       <x:c r="GG42" s="3" t="n">
-        <x:v>32109</x:v>
+        <x:v>31593</x:v>
       </x:c>
       <x:c r="GH42" s="3" t="n">
-        <x:v>30485</x:v>
+        <x:v>30435</x:v>
       </x:c>
       <x:c r="GI42" s="3" t="n">
-        <x:v>32396</x:v>
+        <x:v>32657</x:v>
+      </x:c>
+      <x:c r="GJ42" s="3" t="n">
+        <x:v>28762</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:191">
+    <x:row r="43" spans="1:192">
       <x:c r="A43" s="2" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
         <x:v>4193</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>4044</x:v>
       </x:c>
       <x:c r="D43" s="3" t="n">
         <x:v>4036</x:v>
       </x:c>
       <x:c r="E43" s="3" t="n">
         <x:v>4034</x:v>
       </x:c>
       <x:c r="F43" s="3" t="n">
         <x:v>4213</x:v>
       </x:c>
       <x:c r="G43" s="3" t="n">
         <x:v>4225</x:v>
       </x:c>
       <x:c r="H43" s="3" t="n">
         <x:v>4282</x:v>
       </x:c>
       <x:c r="I43" s="3" t="n">
         <x:v>4320</x:v>
       </x:c>
@@ -24030,1961 +24157,1973 @@
       <x:c r="DS43" s="3" t="n">
         <x:v>29157</x:v>
       </x:c>
       <x:c r="DT43" s="3" t="n">
         <x:v>29865</x:v>
       </x:c>
       <x:c r="DU43" s="3" t="n">
         <x:v>30498</x:v>
       </x:c>
       <x:c r="DV43" s="3" t="n">
         <x:v>31129</x:v>
       </x:c>
       <x:c r="DW43" s="3" t="n">
         <x:v>31657</x:v>
       </x:c>
       <x:c r="DX43" s="3" t="n">
         <x:v>32280</x:v>
       </x:c>
       <x:c r="DY43" s="3" t="n">
         <x:v>32614</x:v>
       </x:c>
       <x:c r="DZ43" s="3" t="n">
         <x:v>33535</x:v>
       </x:c>
       <x:c r="EA43" s="3" t="n">
-        <x:v>33957</x:v>
+        <x:v>33956</x:v>
       </x:c>
       <x:c r="EB43" s="3" t="n">
         <x:v>34017</x:v>
       </x:c>
       <x:c r="EC43" s="3" t="n">
-        <x:v>34282</x:v>
+        <x:v>34283</x:v>
       </x:c>
       <x:c r="ED43" s="3" t="n">
-        <x:v>34874</x:v>
+        <x:v>34876</x:v>
       </x:c>
       <x:c r="EE43" s="3" t="n">
-        <x:v>35545</x:v>
+        <x:v>35546</x:v>
       </x:c>
       <x:c r="EF43" s="3" t="n">
         <x:v>36264</x:v>
       </x:c>
       <x:c r="EG43" s="3" t="n">
-        <x:v>37106</x:v>
+        <x:v>37103</x:v>
       </x:c>
       <x:c r="EH43" s="3" t="n">
-        <x:v>38059</x:v>
+        <x:v>38053</x:v>
       </x:c>
       <x:c r="EI43" s="3" t="n">
-        <x:v>38170</x:v>
+        <x:v>38165</x:v>
       </x:c>
       <x:c r="EJ43" s="3" t="n">
         <x:v>38584</x:v>
       </x:c>
       <x:c r="EK43" s="3" t="n">
-        <x:v>38830</x:v>
+        <x:v>38841</x:v>
       </x:c>
       <x:c r="EL43" s="3" t="n">
-        <x:v>39072</x:v>
+        <x:v>39098</x:v>
       </x:c>
       <x:c r="EM43" s="3" t="n">
-        <x:v>39810</x:v>
+        <x:v>39832</x:v>
       </x:c>
       <x:c r="EN43" s="3" t="n">
-        <x:v>40058</x:v>
+        <x:v>40056</x:v>
       </x:c>
       <x:c r="EO43" s="3" t="n">
+        <x:v>40409</x:v>
+      </x:c>
+      <x:c r="EP43" s="3" t="n">
+        <x:v>41373</x:v>
+      </x:c>
+      <x:c r="EQ43" s="3" t="n">
+        <x:v>42168</x:v>
+      </x:c>
+      <x:c r="ER43" s="3" t="n">
+        <x:v>42874</x:v>
+      </x:c>
+      <x:c r="ES43" s="3" t="n">
+        <x:v>43518</x:v>
+      </x:c>
+      <x:c r="ET43" s="3" t="n">
+        <x:v>42958</x:v>
+      </x:c>
+      <x:c r="EU43" s="3" t="n">
+        <x:v>47351</x:v>
+      </x:c>
+      <x:c r="EV43" s="3" t="n">
+        <x:v>44611</x:v>
+      </x:c>
+      <x:c r="EW43" s="3" t="n">
+        <x:v>45119</x:v>
+      </x:c>
+      <x:c r="EX43" s="3" t="n">
+        <x:v>44927</x:v>
+      </x:c>
+      <x:c r="EY43" s="3" t="n">
+        <x:v>47985</x:v>
+      </x:c>
+      <x:c r="EZ43" s="3" t="n">
+        <x:v>45823</x:v>
+      </x:c>
+      <x:c r="FA43" s="3" t="n">
+        <x:v>48109</x:v>
+      </x:c>
+      <x:c r="FB43" s="3" t="n">
+        <x:v>46886</x:v>
+      </x:c>
+      <x:c r="FC43" s="3" t="n">
+        <x:v>50312</x:v>
+      </x:c>
+      <x:c r="FD43" s="3" t="n">
+        <x:v>48150</x:v>
+      </x:c>
+      <x:c r="FE43" s="3" t="n">
+        <x:v>50101</x:v>
+      </x:c>
+      <x:c r="FF43" s="3" t="n">
+        <x:v>49302</x:v>
+      </x:c>
+      <x:c r="FG43" s="3" t="n">
+        <x:v>52756</x:v>
+      </x:c>
+      <x:c r="FH43" s="3" t="n">
+        <x:v>50482</x:v>
+      </x:c>
+      <x:c r="FI43" s="3" t="n">
+        <x:v>53574</x:v>
+      </x:c>
+      <x:c r="FJ43" s="3" t="n">
+        <x:v>52199</x:v>
+      </x:c>
+      <x:c r="FK43" s="3" t="n">
+        <x:v>55553</x:v>
+      </x:c>
+      <x:c r="FL43" s="3" t="n">
+        <x:v>53251</x:v>
+      </x:c>
+      <x:c r="FM43" s="3" t="n">
+        <x:v>55520</x:v>
+      </x:c>
+      <x:c r="FN43" s="3" t="n">
+        <x:v>55162</x:v>
+      </x:c>
+      <x:c r="FO43" s="3" t="n">
+        <x:v>58090</x:v>
+      </x:c>
+      <x:c r="FP43" s="3" t="n">
+        <x:v>56414</x:v>
+      </x:c>
+      <x:c r="FQ43" s="3" t="n">
+        <x:v>57772</x:v>
+      </x:c>
+      <x:c r="FR43" s="3" t="n">
+        <x:v>57601</x:v>
+      </x:c>
+      <x:c r="FS43" s="3" t="n">
+        <x:v>61324</x:v>
+      </x:c>
+      <x:c r="FT43" s="3" t="n">
+        <x:v>59392</x:v>
+      </x:c>
+      <x:c r="FU43" s="3" t="n">
+        <x:v>63167</x:v>
+      </x:c>
+      <x:c r="FV43" s="3" t="n">
+        <x:v>61815</x:v>
+      </x:c>
+      <x:c r="FW43" s="3" t="n">
+        <x:v>66178</x:v>
+      </x:c>
+      <x:c r="FX43" s="3" t="n">
+        <x:v>63857</x:v>
+      </x:c>
+      <x:c r="FY43" s="3" t="n">
+        <x:v>67458</x:v>
+      </x:c>
+      <x:c r="FZ43" s="3" t="n">
+        <x:v>66161</x:v>
+      </x:c>
+      <x:c r="GA43" s="3" t="n">
+        <x:v>70450</x:v>
+      </x:c>
+      <x:c r="GB43" s="3" t="n">
+        <x:v>69321</x:v>
+      </x:c>
+      <x:c r="GC43" s="3" t="n">
+        <x:v>74348</x:v>
+      </x:c>
+      <x:c r="GD43" s="3" t="n">
+        <x:v>71349</x:v>
+      </x:c>
+      <x:c r="GE43" s="3" t="n">
+        <x:v>76509</x:v>
+      </x:c>
+      <x:c r="GF43" s="3" t="n">
+        <x:v>73705</x:v>
+      </x:c>
+      <x:c r="GG43" s="3" t="n">
+        <x:v>77170</x:v>
+      </x:c>
+      <x:c r="GH43" s="3" t="n">
+        <x:v>76330</x:v>
+      </x:c>
+      <x:c r="GI43" s="3" t="n">
+        <x:v>82284</x:v>
+      </x:c>
+      <x:c r="GJ43" s="3" t="n">
+        <x:v>78455</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:192">
+      <x:c r="A44" s="2" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="B44" s="3" t="n">
+        <x:v>2849</x:v>
+      </x:c>
+      <x:c r="C44" s="3" t="n">
+        <x:v>2843</x:v>
+      </x:c>
+      <x:c r="D44" s="3" t="n">
+        <x:v>2861</x:v>
+      </x:c>
+      <x:c r="E44" s="3" t="n">
+        <x:v>2862</x:v>
+      </x:c>
+      <x:c r="F44" s="3" t="n">
+        <x:v>3023</x:v>
+      </x:c>
+      <x:c r="G44" s="3" t="n">
+        <x:v>3045</x:v>
+      </x:c>
+      <x:c r="H44" s="3" t="n">
+        <x:v>3079</x:v>
+      </x:c>
+      <x:c r="I44" s="3" t="n">
+        <x:v>3091</x:v>
+      </x:c>
+      <x:c r="J44" s="3" t="n">
+        <x:v>3378</x:v>
+      </x:c>
+      <x:c r="K44" s="3" t="n">
+        <x:v>3397</x:v>
+      </x:c>
+      <x:c r="L44" s="3" t="n">
+        <x:v>3448</x:v>
+      </x:c>
+      <x:c r="M44" s="3" t="n">
+        <x:v>3490</x:v>
+      </x:c>
+      <x:c r="N44" s="3" t="n">
+        <x:v>3812</x:v>
+      </x:c>
+      <x:c r="O44" s="3" t="n">
+        <x:v>3859</x:v>
+      </x:c>
+      <x:c r="P44" s="3" t="n">
+        <x:v>3918</x:v>
+      </x:c>
+      <x:c r="Q44" s="3" t="n">
+        <x:v>3946</x:v>
+      </x:c>
+      <x:c r="R44" s="3" t="n">
+        <x:v>4351</x:v>
+      </x:c>
+      <x:c r="S44" s="3" t="n">
+        <x:v>4406</x:v>
+      </x:c>
+      <x:c r="T44" s="3" t="n">
+        <x:v>4484</x:v>
+      </x:c>
+      <x:c r="U44" s="3" t="n">
+        <x:v>4510</x:v>
+      </x:c>
+      <x:c r="V44" s="3" t="n">
+        <x:v>4766</x:v>
+      </x:c>
+      <x:c r="W44" s="3" t="n">
+        <x:v>4810</x:v>
+      </x:c>
+      <x:c r="X44" s="3" t="n">
+        <x:v>4880</x:v>
+      </x:c>
+      <x:c r="Y44" s="3" t="n">
+        <x:v>4918</x:v>
+      </x:c>
+      <x:c r="Z44" s="3" t="n">
+        <x:v>5219</x:v>
+      </x:c>
+      <x:c r="AA44" s="3" t="n">
+        <x:v>5238</x:v>
+      </x:c>
+      <x:c r="AB44" s="3" t="n">
+        <x:v>5307</x:v>
+      </x:c>
+      <x:c r="AC44" s="3" t="n">
+        <x:v>5344</x:v>
+      </x:c>
+      <x:c r="AD44" s="3" t="n">
+        <x:v>5713</x:v>
+      </x:c>
+      <x:c r="AE44" s="3" t="n">
+        <x:v>5771</x:v>
+      </x:c>
+      <x:c r="AF44" s="3" t="n">
+        <x:v>5853</x:v>
+      </x:c>
+      <x:c r="AG44" s="3" t="n">
+        <x:v>5880</x:v>
+      </x:c>
+      <x:c r="AH44" s="3" t="n">
+        <x:v>6304</x:v>
+      </x:c>
+      <x:c r="AI44" s="3" t="n">
+        <x:v>6390</x:v>
+      </x:c>
+      <x:c r="AJ44" s="3" t="n">
+        <x:v>6497</x:v>
+      </x:c>
+      <x:c r="AK44" s="3" t="n">
+        <x:v>6534</x:v>
+      </x:c>
+      <x:c r="AL44" s="3" t="n">
+        <x:v>7106</x:v>
+      </x:c>
+      <x:c r="AM44" s="3" t="n">
+        <x:v>7189</x:v>
+      </x:c>
+      <x:c r="AN44" s="3" t="n">
+        <x:v>7273</x:v>
+      </x:c>
+      <x:c r="AO44" s="3" t="n">
+        <x:v>7331</x:v>
+      </x:c>
+      <x:c r="AP44" s="3" t="n">
+        <x:v>7712</x:v>
+      </x:c>
+      <x:c r="AQ44" s="3" t="n">
+        <x:v>7737</x:v>
+      </x:c>
+      <x:c r="AR44" s="3" t="n">
+        <x:v>7813</x:v>
+      </x:c>
+      <x:c r="AS44" s="3" t="n">
+        <x:v>7860</x:v>
+      </x:c>
+      <x:c r="AT44" s="3" t="n">
+        <x:v>8171</x:v>
+      </x:c>
+      <x:c r="AU44" s="3" t="n">
+        <x:v>8258</x:v>
+      </x:c>
+      <x:c r="AV44" s="3" t="n">
+        <x:v>8385</x:v>
+      </x:c>
+      <x:c r="AW44" s="3" t="n">
+        <x:v>8454</x:v>
+      </x:c>
+      <x:c r="AX44" s="3" t="n">
+        <x:v>8696</x:v>
+      </x:c>
+      <x:c r="AY44" s="3" t="n">
+        <x:v>8774</x:v>
+      </x:c>
+      <x:c r="AZ44" s="3" t="n">
+        <x:v>8867</x:v>
+      </x:c>
+      <x:c r="BA44" s="3" t="n">
+        <x:v>8845</x:v>
+      </x:c>
+      <x:c r="BB44" s="3" t="n">
+        <x:v>9087</x:v>
+      </x:c>
+      <x:c r="BC44" s="3" t="n">
+        <x:v>9223</x:v>
+      </x:c>
+      <x:c r="BD44" s="3" t="n">
+        <x:v>8482</x:v>
+      </x:c>
+      <x:c r="BE44" s="3" t="n">
+        <x:v>10036</x:v>
+      </x:c>
+      <x:c r="BF44" s="3" t="n">
+        <x:v>10644</x:v>
+      </x:c>
+      <x:c r="BG44" s="3" t="n">
+        <x:v>9254</x:v>
+      </x:c>
+      <x:c r="BH44" s="3" t="n">
+        <x:v>9141</x:v>
+      </x:c>
+      <x:c r="BI44" s="3" t="n">
+        <x:v>9990</x:v>
+      </x:c>
+      <x:c r="BJ44" s="3" t="n">
+        <x:v>10746</x:v>
+      </x:c>
+      <x:c r="BK44" s="3" t="n">
+        <x:v>9760</x:v>
+      </x:c>
+      <x:c r="BL44" s="3" t="n">
+        <x:v>8600</x:v>
+      </x:c>
+      <x:c r="BM44" s="3" t="n">
+        <x:v>11031</x:v>
+      </x:c>
+      <x:c r="BN44" s="3" t="n">
+        <x:v>10062</x:v>
+      </x:c>
+      <x:c r="BO44" s="3" t="n">
+        <x:v>10453</x:v>
+      </x:c>
+      <x:c r="BP44" s="3" t="n">
+        <x:v>9923</x:v>
+      </x:c>
+      <x:c r="BQ44" s="3" t="n">
+        <x:v>11498</x:v>
+      </x:c>
+      <x:c r="BR44" s="3" t="n">
+        <x:v>11814</x:v>
+      </x:c>
+      <x:c r="BS44" s="3" t="n">
+        <x:v>10314</x:v>
+      </x:c>
+      <x:c r="BT44" s="3" t="n">
+        <x:v>10030</x:v>
+      </x:c>
+      <x:c r="BU44" s="3" t="n">
+        <x:v>11472</x:v>
+      </x:c>
+      <x:c r="BV44" s="3" t="n">
+        <x:v>12264</x:v>
+      </x:c>
+      <x:c r="BW44" s="3" t="n">
+        <x:v>11219</x:v>
+      </x:c>
+      <x:c r="BX44" s="3" t="n">
+        <x:v>10467</x:v>
+      </x:c>
+      <x:c r="BY44" s="3" t="n">
+        <x:v>12487</x:v>
+      </x:c>
+      <x:c r="BZ44" s="3" t="n">
+        <x:v>11833</x:v>
+      </x:c>
+      <x:c r="CA44" s="3" t="n">
+        <x:v>12818</x:v>
+      </x:c>
+      <x:c r="CB44" s="3" t="n">
+        <x:v>10869</x:v>
+      </x:c>
+      <x:c r="CC44" s="3" t="n">
+        <x:v>13462</x:v>
+      </x:c>
+      <x:c r="CD44" s="3" t="n">
+        <x:v>13876</x:v>
+      </x:c>
+      <x:c r="CE44" s="3" t="n">
+        <x:v>13005</x:v>
+      </x:c>
+      <x:c r="CF44" s="3" t="n">
+        <x:v>12217</x:v>
+      </x:c>
+      <x:c r="CG44" s="3" t="n">
+        <x:v>14892</x:v>
+      </x:c>
+      <x:c r="CH44" s="3" t="n">
+        <x:v>14574</x:v>
+      </x:c>
+      <x:c r="CI44" s="3" t="n">
+        <x:v>14513</x:v>
+      </x:c>
+      <x:c r="CJ44" s="3" t="n">
+        <x:v>12661</x:v>
+      </x:c>
+      <x:c r="CK44" s="3" t="n">
+        <x:v>15656</x:v>
+      </x:c>
+      <x:c r="CL44" s="3" t="n">
+        <x:v>16190</x:v>
+      </x:c>
+      <x:c r="CM44" s="3" t="n">
+        <x:v>14625</x:v>
+      </x:c>
+      <x:c r="CN44" s="3" t="n">
+        <x:v>14124</x:v>
+      </x:c>
+      <x:c r="CO44" s="3" t="n">
+        <x:v>16200</x:v>
+      </x:c>
+      <x:c r="CP44" s="3" t="n">
+        <x:v>17740</x:v>
+      </x:c>
+      <x:c r="CQ44" s="3" t="n">
+        <x:v>15888</x:v>
+      </x:c>
+      <x:c r="CR44" s="3" t="n">
+        <x:v>15239</x:v>
+      </x:c>
+      <x:c r="CS44" s="3" t="n">
+        <x:v>17707</x:v>
+      </x:c>
+      <x:c r="CT44" s="3" t="n">
+        <x:v>17058</x:v>
+      </x:c>
+      <x:c r="CU44" s="3" t="n">
+        <x:v>17628</x:v>
+      </x:c>
+      <x:c r="CV44" s="3" t="n">
+        <x:v>16437</x:v>
+      </x:c>
+      <x:c r="CW44" s="3" t="n">
+        <x:v>18606</x:v>
+      </x:c>
+      <x:c r="CX44" s="3" t="n">
+        <x:v>20054</x:v>
+      </x:c>
+      <x:c r="CY44" s="3" t="n">
+        <x:v>18219</x:v>
+      </x:c>
+      <x:c r="CZ44" s="3" t="n">
+        <x:v>17289</x:v>
+      </x:c>
+      <x:c r="DA44" s="3" t="n">
+        <x:v>19389</x:v>
+      </x:c>
+      <x:c r="DB44" s="3" t="n">
+        <x:v>20283</x:v>
+      </x:c>
+      <x:c r="DC44" s="3" t="n">
+        <x:v>18760</x:v>
+      </x:c>
+      <x:c r="DD44" s="3" t="n">
+        <x:v>17610</x:v>
+      </x:c>
+      <x:c r="DE44" s="3" t="n">
+        <x:v>21146</x:v>
+      </x:c>
+      <x:c r="DF44" s="3" t="n">
+        <x:v>20321</x:v>
+      </x:c>
+      <x:c r="DG44" s="3" t="n">
+        <x:v>21346</x:v>
+      </x:c>
+      <x:c r="DH44" s="3" t="n">
+        <x:v>17683</x:v>
+      </x:c>
+      <x:c r="DI44" s="3" t="n">
+        <x:v>22237</x:v>
+      </x:c>
+      <x:c r="DJ44" s="3" t="n">
+        <x:v>23117</x:v>
+      </x:c>
+      <x:c r="DK44" s="3" t="n">
+        <x:v>21162</x:v>
+      </x:c>
+      <x:c r="DL44" s="3" t="n">
+        <x:v>19012</x:v>
+      </x:c>
+      <x:c r="DM44" s="3" t="n">
+        <x:v>22983</x:v>
+      </x:c>
+      <x:c r="DN44" s="3" t="n">
+        <x:v>24130</x:v>
+      </x:c>
+      <x:c r="DO44" s="3" t="n">
+        <x:v>22467</x:v>
+      </x:c>
+      <x:c r="DP44" s="3" t="n">
+        <x:v>20696</x:v>
+      </x:c>
+      <x:c r="DQ44" s="3" t="n">
+        <x:v>24335</x:v>
+      </x:c>
+      <x:c r="DR44" s="3" t="n">
+        <x:v>23921</x:v>
+      </x:c>
+      <x:c r="DS44" s="3" t="n">
+        <x:v>24678</x:v>
+      </x:c>
+      <x:c r="DT44" s="3" t="n">
+        <x:v>24927</x:v>
+      </x:c>
+      <x:c r="DU44" s="3" t="n">
+        <x:v>25736</x:v>
+      </x:c>
+      <x:c r="DV44" s="3" t="n">
+        <x:v>26051</x:v>
+      </x:c>
+      <x:c r="DW44" s="3" t="n">
+        <x:v>26395</x:v>
+      </x:c>
+      <x:c r="DX44" s="3" t="n">
+        <x:v>26799</x:v>
+      </x:c>
+      <x:c r="DY44" s="3" t="n">
+        <x:v>27833</x:v>
+      </x:c>
+      <x:c r="DZ44" s="3" t="n">
+        <x:v>28006</x:v>
+      </x:c>
+      <x:c r="EA44" s="3" t="n">
+        <x:v>27908</x:v>
+      </x:c>
+      <x:c r="EB44" s="3" t="n">
+        <x:v>28213</x:v>
+      </x:c>
+      <x:c r="EC44" s="3" t="n">
+        <x:v>28890</x:v>
+      </x:c>
+      <x:c r="ED44" s="3" t="n">
+        <x:v>29572</x:v>
+      </x:c>
+      <x:c r="EE44" s="3" t="n">
+        <x:v>29474</x:v>
+      </x:c>
+      <x:c r="EF44" s="3" t="n">
+        <x:v>29786</x:v>
+      </x:c>
+      <x:c r="EG44" s="3" t="n">
+        <x:v>30347</x:v>
+      </x:c>
+      <x:c r="EH44" s="3" t="n">
+        <x:v>31093</x:v>
+      </x:c>
+      <x:c r="EI44" s="3" t="n">
+        <x:v>31064</x:v>
+      </x:c>
+      <x:c r="EJ44" s="3" t="n">
+        <x:v>31455</x:v>
+      </x:c>
+      <x:c r="EK44" s="3" t="n">
+        <x:v>32611</x:v>
+      </x:c>
+      <x:c r="EL44" s="3" t="n">
+        <x:v>32714</x:v>
+      </x:c>
+      <x:c r="EM44" s="3" t="n">
+        <x:v>33089</x:v>
+      </x:c>
+      <x:c r="EN44" s="3" t="n">
+        <x:v>33178</x:v>
+      </x:c>
+      <x:c r="EO44" s="3" t="n">
+        <x:v>34001</x:v>
+      </x:c>
+      <x:c r="EP44" s="3" t="n">
+        <x:v>34084</x:v>
+      </x:c>
+      <x:c r="EQ44" s="3" t="n">
+        <x:v>34089</x:v>
+      </x:c>
+      <x:c r="ER44" s="3" t="n">
+        <x:v>34171</x:v>
+      </x:c>
+      <x:c r="ES44" s="3" t="n">
+        <x:v>35193</x:v>
+      </x:c>
+      <x:c r="ET44" s="3" t="n">
+        <x:v>35957</x:v>
+      </x:c>
+      <x:c r="EU44" s="3" t="n">
+        <x:v>36588</x:v>
+      </x:c>
+      <x:c r="EV44" s="3" t="n">
+        <x:v>35371</x:v>
+      </x:c>
+      <x:c r="EW44" s="3" t="n">
+        <x:v>36438</x:v>
+      </x:c>
+      <x:c r="EX44" s="3" t="n">
+        <x:v>36955</x:v>
+      </x:c>
+      <x:c r="EY44" s="3" t="n">
+        <x:v>38781</x:v>
+      </x:c>
+      <x:c r="EZ44" s="3" t="n">
+        <x:v>37097</x:v>
+      </x:c>
+      <x:c r="FA44" s="3" t="n">
+        <x:v>38905</x:v>
+      </x:c>
+      <x:c r="FB44" s="3" t="n">
+        <x:v>39116</x:v>
+      </x:c>
+      <x:c r="FC44" s="3" t="n">
+        <x:v>40180</x:v>
+      </x:c>
+      <x:c r="FD44" s="3" t="n">
+        <x:v>38323</x:v>
+      </x:c>
+      <x:c r="FE44" s="3" t="n">
         <x:v>40455</x:v>
       </x:c>
-      <x:c r="EP43" s="3" t="n">
-[...135 lines deleted...]
-        <x:v>82636</x:v>
+      <x:c r="FF44" s="3" t="n">
+        <x:v>40675</x:v>
+      </x:c>
+      <x:c r="FG44" s="3" t="n">
+        <x:v>42198</x:v>
+      </x:c>
+      <x:c r="FH44" s="3" t="n">
+        <x:v>40145</x:v>
+      </x:c>
+      <x:c r="FI44" s="3" t="n">
+        <x:v>42347</x:v>
+      </x:c>
+      <x:c r="FJ44" s="3" t="n">
+        <x:v>42684</x:v>
+      </x:c>
+      <x:c r="FK44" s="3" t="n">
+        <x:v>43984</x:v>
+      </x:c>
+      <x:c r="FL44" s="3" t="n">
+        <x:v>42810</x:v>
+      </x:c>
+      <x:c r="FM44" s="3" t="n">
+        <x:v>44958</x:v>
+      </x:c>
+      <x:c r="FN44" s="3" t="n">
+        <x:v>44349</x:v>
+      </x:c>
+      <x:c r="FO44" s="3" t="n">
+        <x:v>43178</x:v>
+      </x:c>
+      <x:c r="FP44" s="3" t="n">
+        <x:v>43285</x:v>
+      </x:c>
+      <x:c r="FQ44" s="3" t="n">
+        <x:v>45402</x:v>
+      </x:c>
+      <x:c r="FR44" s="3" t="n">
+        <x:v>45523</x:v>
+      </x:c>
+      <x:c r="FS44" s="3" t="n">
+        <x:v>46638</x:v>
+      </x:c>
+      <x:c r="FT44" s="3" t="n">
+        <x:v>44409</x:v>
+      </x:c>
+      <x:c r="FU44" s="3" t="n">
+        <x:v>48357</x:v>
+      </x:c>
+      <x:c r="FV44" s="3" t="n">
+        <x:v>48357</x:v>
+      </x:c>
+      <x:c r="FW44" s="3" t="n">
+        <x:v>49865</x:v>
+      </x:c>
+      <x:c r="FX44" s="3" t="n">
+        <x:v>47371</x:v>
+      </x:c>
+      <x:c r="FY44" s="3" t="n">
+        <x:v>50252</x:v>
+      </x:c>
+      <x:c r="FZ44" s="3" t="n">
+        <x:v>51364</x:v>
+      </x:c>
+      <x:c r="GA44" s="3" t="n">
+        <x:v>52315</x:v>
+      </x:c>
+      <x:c r="GB44" s="3" t="n">
+        <x:v>51552</x:v>
+      </x:c>
+      <x:c r="GC44" s="3" t="n">
+        <x:v>55035</x:v>
+      </x:c>
+      <x:c r="GD44" s="3" t="n">
+        <x:v>54809</x:v>
+      </x:c>
+      <x:c r="GE44" s="3" t="n">
+        <x:v>56082</x:v>
+      </x:c>
+      <x:c r="GF44" s="3" t="n">
+        <x:v>54711</x:v>
+      </x:c>
+      <x:c r="GG44" s="3" t="n">
+        <x:v>57256</x:v>
+      </x:c>
+      <x:c r="GH44" s="3" t="n">
+        <x:v>57858</x:v>
+      </x:c>
+      <x:c r="GI44" s="3" t="n">
+        <x:v>58689</x:v>
+      </x:c>
+      <x:c r="GJ44" s="3" t="n">
+        <x:v>56620</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:191">
-[...39 lines deleted...]
-      <x:c r="N44" s="3" t="n">
+    <x:row r="45" spans="1:192">
+      <x:c r="A45" s="2" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="B45" s="3" t="n">
+        <x:v>3429</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="n">
+        <x:v>3426</x:v>
+      </x:c>
+      <x:c r="D45" s="3" t="n">
+        <x:v>3431</x:v>
+      </x:c>
+      <x:c r="E45" s="3" t="n">
+        <x:v>3436</x:v>
+      </x:c>
+      <x:c r="F45" s="3" t="n">
+        <x:v>3758</x:v>
+      </x:c>
+      <x:c r="G45" s="3" t="n">
+        <x:v>3781</x:v>
+      </x:c>
+      <x:c r="H45" s="3" t="n">
+        <x:v>3820</x:v>
+      </x:c>
+      <x:c r="I45" s="3" t="n">
+        <x:v>3832</x:v>
+      </x:c>
+      <x:c r="J45" s="3" t="n">
+        <x:v>4280</x:v>
+      </x:c>
+      <x:c r="K45" s="3" t="n">
+        <x:v>4376</x:v>
+      </x:c>
+      <x:c r="L45" s="3" t="n">
+        <x:v>4466</x:v>
+      </x:c>
+      <x:c r="M45" s="3" t="n">
+        <x:v>4482</x:v>
+      </x:c>
+      <x:c r="N45" s="3" t="n">
+        <x:v>5070</x:v>
+      </x:c>
+      <x:c r="O45" s="3" t="n">
+        <x:v>5113</x:v>
+      </x:c>
+      <x:c r="P45" s="3" t="n">
+        <x:v>5134</x:v>
+      </x:c>
+      <x:c r="Q45" s="3" t="n">
+        <x:v>5159</x:v>
+      </x:c>
+      <x:c r="R45" s="3" t="n">
+        <x:v>5713</x:v>
+      </x:c>
+      <x:c r="S45" s="3" t="n">
+        <x:v>5818</x:v>
+      </x:c>
+      <x:c r="T45" s="3" t="n">
+        <x:v>5921</x:v>
+      </x:c>
+      <x:c r="U45" s="3" t="n">
+        <x:v>5934</x:v>
+      </x:c>
+      <x:c r="V45" s="3" t="n">
+        <x:v>6405</x:v>
+      </x:c>
+      <x:c r="W45" s="3" t="n">
+        <x:v>6453</x:v>
+      </x:c>
+      <x:c r="X45" s="3" t="n">
+        <x:v>6501</x:v>
+      </x:c>
+      <x:c r="Y45" s="3" t="n">
+        <x:v>6533</x:v>
+      </x:c>
+      <x:c r="Z45" s="3" t="n">
+        <x:v>6998</x:v>
+      </x:c>
+      <x:c r="AA45" s="3" t="n">
+        <x:v>7027</x:v>
+      </x:c>
+      <x:c r="AB45" s="3" t="n">
+        <x:v>7103</x:v>
+      </x:c>
+      <x:c r="AC45" s="3" t="n">
+        <x:v>7141</x:v>
+      </x:c>
+      <x:c r="AD45" s="3" t="n">
+        <x:v>7612</x:v>
+      </x:c>
+      <x:c r="AE45" s="3" t="n">
+        <x:v>7701</x:v>
+      </x:c>
+      <x:c r="AF45" s="3" t="n">
+        <x:v>7809</x:v>
+      </x:c>
+      <x:c r="AG45" s="3" t="n">
+        <x:v>7847</x:v>
+      </x:c>
+      <x:c r="AH45" s="3" t="n">
+        <x:v>8548</x:v>
+      </x:c>
+      <x:c r="AI45" s="3" t="n">
+        <x:v>8634</x:v>
+      </x:c>
+      <x:c r="AJ45" s="3" t="n">
+        <x:v>8785</x:v>
+      </x:c>
+      <x:c r="AK45" s="3" t="n">
+        <x:v>8839</x:v>
+      </x:c>
+      <x:c r="AL45" s="3" t="n">
+        <x:v>9977</x:v>
+      </x:c>
+      <x:c r="AM45" s="3" t="n">
+        <x:v>10056</x:v>
+      </x:c>
+      <x:c r="AN45" s="3" t="n">
+        <x:v>10128</x:v>
+      </x:c>
+      <x:c r="AO45" s="3" t="n">
+        <x:v>10189</x:v>
+      </x:c>
+      <x:c r="AP45" s="3" t="n">
+        <x:v>10802</x:v>
+      </x:c>
+      <x:c r="AQ45" s="3" t="n">
+        <x:v>10829</x:v>
+      </x:c>
+      <x:c r="AR45" s="3" t="n">
+        <x:v>10941</x:v>
+      </x:c>
+      <x:c r="AS45" s="3" t="n">
+        <x:v>10972</x:v>
+      </x:c>
+      <x:c r="AT45" s="3" t="n">
+        <x:v>11283</x:v>
+      </x:c>
+      <x:c r="AU45" s="3" t="n">
+        <x:v>11418</x:v>
+      </x:c>
+      <x:c r="AV45" s="3" t="n">
+        <x:v>11580</x:v>
+      </x:c>
+      <x:c r="AW45" s="3" t="n">
+        <x:v>11636</x:v>
+      </x:c>
+      <x:c r="AX45" s="3" t="n">
+        <x:v>12146</x:v>
+      </x:c>
+      <x:c r="AY45" s="3" t="n">
+        <x:v>12246</x:v>
+      </x:c>
+      <x:c r="AZ45" s="3" t="n">
+        <x:v>12561</x:v>
+      </x:c>
+      <x:c r="BA45" s="3" t="n">
+        <x:v>12541</x:v>
+      </x:c>
+      <x:c r="BB45" s="3" t="n">
+        <x:v>13091</x:v>
+      </x:c>
+      <x:c r="BC45" s="3" t="n">
+        <x:v>13185</x:v>
+      </x:c>
+      <x:c r="BD45" s="3" t="n">
+        <x:v>13594</x:v>
+      </x:c>
+      <x:c r="BE45" s="3" t="n">
+        <x:v>13785</x:v>
+      </x:c>
+      <x:c r="BF45" s="3" t="n">
+        <x:v>14303</x:v>
+      </x:c>
+      <x:c r="BG45" s="3" t="n">
+        <x:v>13904</x:v>
+      </x:c>
+      <x:c r="BH45" s="3" t="n">
+        <x:v>14596</x:v>
+      </x:c>
+      <x:c r="BI45" s="3" t="n">
+        <x:v>14902</x:v>
+      </x:c>
+      <x:c r="BJ45" s="3" t="n">
+        <x:v>14921</x:v>
+      </x:c>
+      <x:c r="BK45" s="3" t="n">
+        <x:v>14717</x:v>
+      </x:c>
+      <x:c r="BL45" s="3" t="n">
+        <x:v>15347</x:v>
+      </x:c>
+      <x:c r="BM45" s="3" t="n">
+        <x:v>15708</x:v>
+      </x:c>
+      <x:c r="BN45" s="3" t="n">
+        <x:v>15531</x:v>
+      </x:c>
+      <x:c r="BO45" s="3" t="n">
+        <x:v>15596</x:v>
+      </x:c>
+      <x:c r="BP45" s="3" t="n">
+        <x:v>16141</x:v>
+      </x:c>
+      <x:c r="BQ45" s="3" t="n">
+        <x:v>16527</x:v>
+      </x:c>
+      <x:c r="BR45" s="3" t="n">
+        <x:v>17077</x:v>
+      </x:c>
+      <x:c r="BS45" s="3" t="n">
+        <x:v>16617</x:v>
+      </x:c>
+      <x:c r="BT45" s="3" t="n">
+        <x:v>17174</x:v>
+      </x:c>
+      <x:c r="BU45" s="3" t="n">
+        <x:v>17617</x:v>
+      </x:c>
+      <x:c r="BV45" s="3" t="n">
+        <x:v>18174</x:v>
+      </x:c>
+      <x:c r="BW45" s="3" t="n">
+        <x:v>17800</x:v>
+      </x:c>
+      <x:c r="BX45" s="3" t="n">
+        <x:v>19023</x:v>
+      </x:c>
+      <x:c r="BY45" s="3" t="n">
+        <x:v>19428</x:v>
+      </x:c>
+      <x:c r="BZ45" s="3" t="n">
+        <x:v>19120</x:v>
+      </x:c>
+      <x:c r="CA45" s="3" t="n">
+        <x:v>19745</x:v>
+      </x:c>
+      <x:c r="CB45" s="3" t="n">
+        <x:v>20290</x:v>
+      </x:c>
+      <x:c r="CC45" s="3" t="n">
+        <x:v>20611</x:v>
+      </x:c>
+      <x:c r="CD45" s="3" t="n">
+        <x:v>20761</x:v>
+      </x:c>
+      <x:c r="CE45" s="3" t="n">
+        <x:v>20718</x:v>
+      </x:c>
+      <x:c r="CF45" s="3" t="n">
+        <x:v>22467</x:v>
+      </x:c>
+      <x:c r="CG45" s="3" t="n">
+        <x:v>22998</x:v>
+      </x:c>
+      <x:c r="CH45" s="3" t="n">
+        <x:v>22881</x:v>
+      </x:c>
+      <x:c r="CI45" s="3" t="n">
+        <x:v>22821</x:v>
+      </x:c>
+      <x:c r="CJ45" s="3" t="n">
+        <x:v>23917</x:v>
+      </x:c>
+      <x:c r="CK45" s="3" t="n">
+        <x:v>24312</x:v>
+      </x:c>
+      <x:c r="CL45" s="3" t="n">
+        <x:v>24925</x:v>
+      </x:c>
+      <x:c r="CM45" s="3" t="n">
+        <x:v>24266</x:v>
+      </x:c>
+      <x:c r="CN45" s="3" t="n">
+        <x:v>25357</x:v>
+      </x:c>
+      <x:c r="CO45" s="3" t="n">
+        <x:v>25936</x:v>
+      </x:c>
+      <x:c r="CP45" s="3" t="n">
+        <x:v>27187</x:v>
+      </x:c>
+      <x:c r="CQ45" s="3" t="n">
+        <x:v>26433</x:v>
+      </x:c>
+      <x:c r="CR45" s="3" t="n">
+        <x:v>27406</x:v>
+      </x:c>
+      <x:c r="CS45" s="3" t="n">
+        <x:v>29333</x:v>
+      </x:c>
+      <x:c r="CT45" s="3" t="n">
+        <x:v>28439</x:v>
+      </x:c>
+      <x:c r="CU45" s="3" t="n">
+        <x:v>30100</x:v>
+      </x:c>
+      <x:c r="CV45" s="3" t="n">
+        <x:v>31482</x:v>
+      </x:c>
+      <x:c r="CW45" s="3" t="n">
+        <x:v>31199</x:v>
+      </x:c>
+      <x:c r="CX45" s="3" t="n">
+        <x:v>32585</x:v>
+      </x:c>
+      <x:c r="CY45" s="3" t="n">
+        <x:v>31302</x:v>
+      </x:c>
+      <x:c r="CZ45" s="3" t="n">
+        <x:v>32981</x:v>
+      </x:c>
+      <x:c r="DA45" s="3" t="n">
+        <x:v>32473</x:v>
+      </x:c>
+      <x:c r="DB45" s="3" t="n">
+        <x:v>34144</x:v>
+      </x:c>
+      <x:c r="DC45" s="3" t="n">
+        <x:v>33812</x:v>
+      </x:c>
+      <x:c r="DD45" s="3" t="n">
+        <x:v>35467</x:v>
+      </x:c>
+      <x:c r="DE45" s="3" t="n">
+        <x:v>36124</x:v>
+      </x:c>
+      <x:c r="DF45" s="3" t="n">
+        <x:v>35859</x:v>
+      </x:c>
+      <x:c r="DG45" s="3" t="n">
+        <x:v>37568</x:v>
+      </x:c>
+      <x:c r="DH45" s="3" t="n">
+        <x:v>37704</x:v>
+      </x:c>
+      <x:c r="DI45" s="3" t="n">
+        <x:v>38066</x:v>
+      </x:c>
+      <x:c r="DJ45" s="3" t="n">
+        <x:v>39926</x:v>
+      </x:c>
+      <x:c r="DK45" s="3" t="n">
+        <x:v>39305</x:v>
+      </x:c>
+      <x:c r="DL45" s="3" t="n">
+        <x:v>41250</x:v>
+      </x:c>
+      <x:c r="DM45" s="3" t="n">
+        <x:v>41593</x:v>
+      </x:c>
+      <x:c r="DN45" s="3" t="n">
+        <x:v>43804</x:v>
+      </x:c>
+      <x:c r="DO45" s="3" t="n">
+        <x:v>43820</x:v>
+      </x:c>
+      <x:c r="DP45" s="3" t="n">
+        <x:v>45804</x:v>
+      </x:c>
+      <x:c r="DQ45" s="3" t="n">
+        <x:v>46383</x:v>
+      </x:c>
+      <x:c r="DR45" s="3" t="n">
+        <x:v>47842</x:v>
+      </x:c>
+      <x:c r="DS45" s="3" t="n">
+        <x:v>49319</x:v>
+      </x:c>
+      <x:c r="DT45" s="3" t="n">
+        <x:v>50587</x:v>
+      </x:c>
+      <x:c r="DU45" s="3" t="n">
+        <x:v>51331</x:v>
+      </x:c>
+      <x:c r="DV45" s="3" t="n">
+        <x:v>51650</x:v>
+      </x:c>
+      <x:c r="DW45" s="3" t="n">
+        <x:v>52669</x:v>
+      </x:c>
+      <x:c r="DX45" s="3" t="n">
+        <x:v>53862</x:v>
+      </x:c>
+      <x:c r="DY45" s="3" t="n">
+        <x:v>55077</x:v>
+      </x:c>
+      <x:c r="DZ45" s="3" t="n">
+        <x:v>55101</x:v>
+      </x:c>
+      <x:c r="EA45" s="3" t="n">
+        <x:v>55425</x:v>
+      </x:c>
+      <x:c r="EB45" s="3" t="n">
+        <x:v>56494</x:v>
+      </x:c>
+      <x:c r="EC45" s="3" t="n">
+        <x:v>57686</x:v>
+      </x:c>
+      <x:c r="ED45" s="3" t="n">
+        <x:v>58374</x:v>
+      </x:c>
+      <x:c r="EE45" s="3" t="n">
+        <x:v>59689</x:v>
+      </x:c>
+      <x:c r="EF45" s="3" t="n">
+        <x:v>61185</x:v>
+      </x:c>
+      <x:c r="EG45" s="3" t="n">
+        <x:v>62420</x:v>
+      </x:c>
+      <x:c r="EH45" s="3" t="n">
+        <x:v>63343</x:v>
+      </x:c>
+      <x:c r="EI45" s="3" t="n">
+        <x:v>63682</x:v>
+      </x:c>
+      <x:c r="EJ45" s="3" t="n">
+        <x:v>64690</x:v>
+      </x:c>
+      <x:c r="EK45" s="3" t="n">
+        <x:v>65649</x:v>
+      </x:c>
+      <x:c r="EL45" s="3" t="n">
+        <x:v>66539</x:v>
+      </x:c>
+      <x:c r="EM45" s="3" t="n">
+        <x:v>67961</x:v>
+      </x:c>
+      <x:c r="EN45" s="3" t="n">
+        <x:v>69082</x:v>
+      </x:c>
+      <x:c r="EO45" s="3" t="n">
+        <x:v>69757</x:v>
+      </x:c>
+      <x:c r="EP45" s="3" t="n">
+        <x:v>70649</x:v>
+      </x:c>
+      <x:c r="EQ45" s="3" t="n">
+        <x:v>71551</x:v>
+      </x:c>
+      <x:c r="ER45" s="3" t="n">
+        <x:v>72516</x:v>
+      </x:c>
+      <x:c r="ES45" s="3" t="n">
+        <x:v>72962</x:v>
+      </x:c>
+      <x:c r="ET45" s="3" t="n">
+        <x:v>73717</x:v>
+      </x:c>
+      <x:c r="EU45" s="3" t="n">
+        <x:v>78381</x:v>
+      </x:c>
+      <x:c r="EV45" s="3" t="n">
+        <x:v>76181</x:v>
+      </x:c>
+      <x:c r="EW45" s="3" t="n">
+        <x:v>74112</x:v>
+      </x:c>
+      <x:c r="EX45" s="3" t="n">
+        <x:v>75654</x:v>
+      </x:c>
+      <x:c r="EY45" s="3" t="n">
+        <x:v>82635</x:v>
+      </x:c>
+      <x:c r="EZ45" s="3" t="n">
+        <x:v>77855</x:v>
+      </x:c>
+      <x:c r="FA45" s="3" t="n">
+        <x:v>78224</x:v>
+      </x:c>
+      <x:c r="FB45" s="3" t="n">
+        <x:v>80405</x:v>
+      </x:c>
+      <x:c r="FC45" s="3" t="n">
+        <x:v>85730</x:v>
+      </x:c>
+      <x:c r="FD45" s="3" t="n">
+        <x:v>81977</x:v>
+      </x:c>
+      <x:c r="FE45" s="3" t="n">
+        <x:v>81319</x:v>
+      </x:c>
+      <x:c r="FF45" s="3" t="n">
+        <x:v>83782</x:v>
+      </x:c>
+      <x:c r="FG45" s="3" t="n">
+        <x:v>90346</x:v>
+      </x:c>
+      <x:c r="FH45" s="3" t="n">
+        <x:v>85083</x:v>
+      </x:c>
+      <x:c r="FI45" s="3" t="n">
+        <x:v>85655</x:v>
+      </x:c>
+      <x:c r="FJ45" s="3" t="n">
+        <x:v>87516</x:v>
+      </x:c>
+      <x:c r="FK45" s="3" t="n">
+        <x:v>93258</x:v>
+      </x:c>
+      <x:c r="FL45" s="3" t="n">
+        <x:v>91123</x:v>
+      </x:c>
+      <x:c r="FM45" s="3" t="n">
+        <x:v>91064</x:v>
+      </x:c>
+      <x:c r="FN45" s="3" t="n">
+        <x:v>90664</x:v>
+      </x:c>
+      <x:c r="FO45" s="3" t="n">
+        <x:v>93816</x:v>
+      </x:c>
+      <x:c r="FP45" s="3" t="n">
+        <x:v>93532</x:v>
+      </x:c>
+      <x:c r="FQ45" s="3" t="n">
+        <x:v>93212</x:v>
+      </x:c>
+      <x:c r="FR45" s="3" t="n">
+        <x:v>95368</x:v>
+      </x:c>
+      <x:c r="FS45" s="3" t="n">
+        <x:v>102927</x:v>
+      </x:c>
+      <x:c r="FT45" s="3" t="n">
+        <x:v>97966</x:v>
+      </x:c>
+      <x:c r="FU45" s="3" t="n">
+        <x:v>100779</x:v>
+      </x:c>
+      <x:c r="FV45" s="3" t="n">
+        <x:v>103550</x:v>
+      </x:c>
+      <x:c r="FW45" s="3" t="n">
+        <x:v>109846</x:v>
+      </x:c>
+      <x:c r="FX45" s="3" t="n">
+        <x:v>105668</x:v>
+      </x:c>
+      <x:c r="FY45" s="3" t="n">
+        <x:v>106296</x:v>
+      </x:c>
+      <x:c r="FZ45" s="3" t="n">
+        <x:v>107712</x:v>
+      </x:c>
+      <x:c r="GA45" s="3" t="n">
+        <x:v>116810</x:v>
+      </x:c>
+      <x:c r="GB45" s="3" t="n">
+        <x:v>113161</x:v>
+      </x:c>
+      <x:c r="GC45" s="3" t="n">
+        <x:v>117477</x:v>
+      </x:c>
+      <x:c r="GD45" s="3" t="n">
+        <x:v>116148</x:v>
+      </x:c>
+      <x:c r="GE45" s="3" t="n">
+        <x:v>124970</x:v>
+      </x:c>
+      <x:c r="GF45" s="3" t="n">
+        <x:v>120018</x:v>
+      </x:c>
+      <x:c r="GG45" s="3" t="n">
+        <x:v>120310</x:v>
+      </x:c>
+      <x:c r="GH45" s="3" t="n">
+        <x:v>121602</x:v>
+      </x:c>
+      <x:c r="GI45" s="3" t="n">
+        <x:v>129908</x:v>
+      </x:c>
+      <x:c r="GJ45" s="3" t="n">
+        <x:v>124895</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:192">
+      <x:c r="A46" s="2" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="B46" s="3" t="n">
+        <x:v>942</x:v>
+      </x:c>
+      <x:c r="C46" s="3" t="n">
+        <x:v>948</x:v>
+      </x:c>
+      <x:c r="D46" s="3" t="n">
+        <x:v>959</x:v>
+      </x:c>
+      <x:c r="E46" s="3" t="n">
+        <x:v>1004</x:v>
+      </x:c>
+      <x:c r="F46" s="3" t="n">
+        <x:v>1008</x:v>
+      </x:c>
+      <x:c r="G46" s="3" t="n">
+        <x:v>1017</x:v>
+      </x:c>
+      <x:c r="H46" s="3" t="n">
+        <x:v>1031</x:v>
+      </x:c>
+      <x:c r="I46" s="3" t="n">
+        <x:v>1077</x:v>
+      </x:c>
+      <x:c r="J46" s="3" t="n">
+        <x:v>1119</x:v>
+      </x:c>
+      <x:c r="K46" s="3" t="n">
+        <x:v>1142</x:v>
+      </x:c>
+      <x:c r="L46" s="3" t="n">
+        <x:v>1182</x:v>
+      </x:c>
+      <x:c r="M46" s="3" t="n">
+        <x:v>1229</x:v>
+      </x:c>
+      <x:c r="N46" s="3" t="n">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="O46" s="3" t="n">
+        <x:v>1309</x:v>
+      </x:c>
+      <x:c r="P46" s="3" t="n">
+        <x:v>1329</x:v>
+      </x:c>
+      <x:c r="Q46" s="3" t="n">
+        <x:v>1375</x:v>
+      </x:c>
+      <x:c r="R46" s="3" t="n">
+        <x:v>1470</x:v>
+      </x:c>
+      <x:c r="S46" s="3" t="n">
+        <x:v>1477</x:v>
+      </x:c>
+      <x:c r="T46" s="3" t="n">
+        <x:v>1508</x:v>
+      </x:c>
+      <x:c r="U46" s="3" t="n">
+        <x:v>1581</x:v>
+      </x:c>
+      <x:c r="V46" s="3" t="n">
+        <x:v>1676</x:v>
+      </x:c>
+      <x:c r="W46" s="3" t="n">
+        <x:v>1681</x:v>
+      </x:c>
+      <x:c r="X46" s="3" t="n">
+        <x:v>1691</x:v>
+      </x:c>
+      <x:c r="Y46" s="3" t="n">
+        <x:v>1759</x:v>
+      </x:c>
+      <x:c r="Z46" s="3" t="n">
+        <x:v>1886</x:v>
+      </x:c>
+      <x:c r="AA46" s="3" t="n">
+        <x:v>1874</x:v>
+      </x:c>
+      <x:c r="AB46" s="3" t="n">
+        <x:v>1863</x:v>
+      </x:c>
+      <x:c r="AC46" s="3" t="n">
+        <x:v>1941</x:v>
+      </x:c>
+      <x:c r="AD46" s="3" t="n">
+        <x:v>2071</x:v>
+      </x:c>
+      <x:c r="AE46" s="3" t="n">
+        <x:v>2093</x:v>
+      </x:c>
+      <x:c r="AF46" s="3" t="n">
+        <x:v>2137</x:v>
+      </x:c>
+      <x:c r="AG46" s="3" t="n">
+        <x:v>2223</x:v>
+      </x:c>
+      <x:c r="AH46" s="3" t="n">
+        <x:v>2272</x:v>
+      </x:c>
+      <x:c r="AI46" s="3" t="n">
+        <x:v>2319</x:v>
+      </x:c>
+      <x:c r="AJ46" s="3" t="n">
+        <x:v>2385</x:v>
+      </x:c>
+      <x:c r="AK46" s="3" t="n">
+        <x:v>2476</x:v>
+      </x:c>
+      <x:c r="AL46" s="3" t="n">
+        <x:v>2617</x:v>
+      </x:c>
+      <x:c r="AM46" s="3" t="n">
+        <x:v>2620</x:v>
+      </x:c>
+      <x:c r="AN46" s="3" t="n">
+        <x:v>2632</x:v>
+      </x:c>
+      <x:c r="AO46" s="3" t="n">
+        <x:v>2718</x:v>
+      </x:c>
+      <x:c r="AP46" s="3" t="n">
+        <x:v>2860</x:v>
+      </x:c>
+      <x:c r="AQ46" s="3" t="n">
+        <x:v>2861</x:v>
+      </x:c>
+      <x:c r="AR46" s="3" t="n">
+        <x:v>2874</x:v>
+      </x:c>
+      <x:c r="AS46" s="3" t="n">
+        <x:v>2957</x:v>
+      </x:c>
+      <x:c r="AT46" s="3" t="n">
+        <x:v>2912</x:v>
+      </x:c>
+      <x:c r="AU46" s="3" t="n">
+        <x:v>2940</x:v>
+      </x:c>
+      <x:c r="AV46" s="3" t="n">
+        <x:v>2971</x:v>
+      </x:c>
+      <x:c r="AW46" s="3" t="n">
+        <x:v>3053</x:v>
+      </x:c>
+      <x:c r="AX46" s="3" t="n">
+        <x:v>3062</x:v>
+      </x:c>
+      <x:c r="AY46" s="3" t="n">
+        <x:v>3079</x:v>
+      </x:c>
+      <x:c r="AZ46" s="3" t="n">
+        <x:v>3118</x:v>
+      </x:c>
+      <x:c r="BA46" s="3" t="n">
+        <x:v>3197</x:v>
+      </x:c>
+      <x:c r="BB46" s="3" t="n">
+        <x:v>3206</x:v>
+      </x:c>
+      <x:c r="BC46" s="3" t="n">
+        <x:v>3214</x:v>
+      </x:c>
+      <x:c r="BD46" s="3" t="n">
+        <x:v>3246</x:v>
+      </x:c>
+      <x:c r="BE46" s="3" t="n">
+        <x:v>3342</x:v>
+      </x:c>
+      <x:c r="BF46" s="3" t="n">
+        <x:v>3365</x:v>
+      </x:c>
+      <x:c r="BG46" s="3" t="n">
+        <x:v>3365</x:v>
+      </x:c>
+      <x:c r="BH46" s="3" t="n">
+        <x:v>3407</x:v>
+      </x:c>
+      <x:c r="BI46" s="3" t="n">
+        <x:v>3527</x:v>
+      </x:c>
+      <x:c r="BJ46" s="3" t="n">
+        <x:v>3500</x:v>
+      </x:c>
+      <x:c r="BK46" s="3" t="n">
+        <x:v>3481</x:v>
+      </x:c>
+      <x:c r="BL46" s="3" t="n">
+        <x:v>3535</x:v>
+      </x:c>
+      <x:c r="BM46" s="3" t="n">
+        <x:v>3644</x:v>
+      </x:c>
+      <x:c r="BN46" s="3" t="n">
+        <x:v>3641</x:v>
+      </x:c>
+      <x:c r="BO46" s="3" t="n">
+        <x:v>3696</x:v>
+      </x:c>
+      <x:c r="BP46" s="3" t="n">
+        <x:v>3705</x:v>
+      </x:c>
+      <x:c r="BQ46" s="3" t="n">
         <x:v>3783</x:v>
       </x:c>
-      <x:c r="O44" s="3" t="n">
-[...528 lines deleted...]
-        <x:v>58076</x:v>
+      <x:c r="BR46" s="3" t="n">
+        <x:v>3866</x:v>
+      </x:c>
+      <x:c r="BS46" s="3" t="n">
+        <x:v>3859</x:v>
+      </x:c>
+      <x:c r="BT46" s="3" t="n">
+        <x:v>3904</x:v>
+      </x:c>
+      <x:c r="BU46" s="3" t="n">
+        <x:v>4037</x:v>
+      </x:c>
+      <x:c r="BV46" s="3" t="n">
+        <x:v>4052</x:v>
+      </x:c>
+      <x:c r="BW46" s="3" t="n">
+        <x:v>4053</x:v>
+      </x:c>
+      <x:c r="BX46" s="3" t="n">
+        <x:v>4183</x:v>
+      </x:c>
+      <x:c r="BY46" s="3" t="n">
+        <x:v>4354</x:v>
+      </x:c>
+      <x:c r="BZ46" s="3" t="n">
+        <x:v>4253</x:v>
+      </x:c>
+      <x:c r="CA46" s="3" t="n">
+        <x:v>4344</x:v>
+      </x:c>
+      <x:c r="CB46" s="3" t="n">
+        <x:v>4408</x:v>
+      </x:c>
+      <x:c r="CC46" s="3" t="n">
+        <x:v>4568</x:v>
+      </x:c>
+      <x:c r="CD46" s="3" t="n">
+        <x:v>4492</x:v>
+      </x:c>
+      <x:c r="CE46" s="3" t="n">
+        <x:v>4579</x:v>
+      </x:c>
+      <x:c r="CF46" s="3" t="n">
+        <x:v>4747</x:v>
+      </x:c>
+      <x:c r="CG46" s="3" t="n">
+        <x:v>5001</x:v>
+      </x:c>
+      <x:c r="CH46" s="3" t="n">
+        <x:v>4943</x:v>
+      </x:c>
+      <x:c r="CI46" s="3" t="n">
+        <x:v>5020</x:v>
+      </x:c>
+      <x:c r="CJ46" s="3" t="n">
+        <x:v>5179</x:v>
+      </x:c>
+      <x:c r="CK46" s="3" t="n">
+        <x:v>5292</x:v>
+      </x:c>
+      <x:c r="CL46" s="3" t="n">
+        <x:v>5394</x:v>
+      </x:c>
+      <x:c r="CM46" s="3" t="n">
+        <x:v>5403</x:v>
+      </x:c>
+      <x:c r="CN46" s="3" t="n">
+        <x:v>5531</x:v>
+      </x:c>
+      <x:c r="CO46" s="3" t="n">
+        <x:v>5697</x:v>
+      </x:c>
+      <x:c r="CP46" s="3" t="n">
+        <x:v>5521</x:v>
+      </x:c>
+      <x:c r="CQ46" s="3" t="n">
+        <x:v>5536</x:v>
+      </x:c>
+      <x:c r="CR46" s="3" t="n">
+        <x:v>5700</x:v>
+      </x:c>
+      <x:c r="CS46" s="3" t="n">
+        <x:v>5802</x:v>
+      </x:c>
+      <x:c r="CT46" s="3" t="n">
+        <x:v>5943</x:v>
+      </x:c>
+      <x:c r="CU46" s="3" t="n">
+        <x:v>6107</x:v>
+      </x:c>
+      <x:c r="CV46" s="3" t="n">
+        <x:v>6219</x:v>
+      </x:c>
+      <x:c r="CW46" s="3" t="n">
+        <x:v>6365</x:v>
+      </x:c>
+      <x:c r="CX46" s="3" t="n">
+        <x:v>6217</x:v>
+      </x:c>
+      <x:c r="CY46" s="3" t="n">
+        <x:v>6293</x:v>
+      </x:c>
+      <x:c r="CZ46" s="3" t="n">
+        <x:v>6336</x:v>
+      </x:c>
+      <x:c r="DA46" s="3" t="n">
+        <x:v>6528</x:v>
+      </x:c>
+      <x:c r="DB46" s="3" t="n">
+        <x:v>6452</x:v>
+      </x:c>
+      <x:c r="DC46" s="3" t="n">
+        <x:v>6632</x:v>
+      </x:c>
+      <x:c r="DD46" s="3" t="n">
+        <x:v>6807</x:v>
+      </x:c>
+      <x:c r="DE46" s="3" t="n">
+        <x:v>6926</x:v>
+      </x:c>
+      <x:c r="DF46" s="3" t="n">
+        <x:v>6934</x:v>
+      </x:c>
+      <x:c r="DG46" s="3" t="n">
+        <x:v>7302</x:v>
+      </x:c>
+      <x:c r="DH46" s="3" t="n">
+        <x:v>7077</x:v>
+      </x:c>
+      <x:c r="DI46" s="3" t="n">
+        <x:v>7320</x:v>
+      </x:c>
+      <x:c r="DJ46" s="3" t="n">
+        <x:v>7596</x:v>
+      </x:c>
+      <x:c r="DK46" s="3" t="n">
+        <x:v>7749</x:v>
+      </x:c>
+      <x:c r="DL46" s="3" t="n">
+        <x:v>7651</x:v>
+      </x:c>
+      <x:c r="DM46" s="3" t="n">
+        <x:v>8027</x:v>
+      </x:c>
+      <x:c r="DN46" s="3" t="n">
+        <x:v>8891</x:v>
+      </x:c>
+      <x:c r="DO46" s="3" t="n">
+        <x:v>9013</x:v>
+      </x:c>
+      <x:c r="DP46" s="3" t="n">
+        <x:v>8935</x:v>
+      </x:c>
+      <x:c r="DQ46" s="3" t="n">
+        <x:v>9328</x:v>
+      </x:c>
+      <x:c r="DR46" s="3" t="n">
+        <x:v>9583</x:v>
+      </x:c>
+      <x:c r="DS46" s="3" t="n">
+        <x:v>9906</x:v>
+      </x:c>
+      <x:c r="DT46" s="3" t="n">
+        <x:v>9801</x:v>
+      </x:c>
+      <x:c r="DU46" s="3" t="n">
+        <x:v>10186</x:v>
+      </x:c>
+      <x:c r="DV46" s="3" t="n">
+        <x:v>10146</x:v>
+      </x:c>
+      <x:c r="DW46" s="3" t="n">
+        <x:v>10433</x:v>
+      </x:c>
+      <x:c r="DX46" s="3" t="n">
+        <x:v>10405</x:v>
+      </x:c>
+      <x:c r="DY46" s="3" t="n">
+        <x:v>11058</x:v>
+      </x:c>
+      <x:c r="DZ46" s="3" t="n">
+        <x:v>10588</x:v>
+      </x:c>
+      <x:c r="EA46" s="3" t="n">
+        <x:v>10687</x:v>
+      </x:c>
+      <x:c r="EB46" s="3" t="n">
+        <x:v>10684</x:v>
+      </x:c>
+      <x:c r="EC46" s="3" t="n">
+        <x:v>11369</x:v>
+      </x:c>
+      <x:c r="ED46" s="3" t="n">
+        <x:v>11106</x:v>
+      </x:c>
+      <x:c r="EE46" s="3" t="n">
+        <x:v>11245</x:v>
+      </x:c>
+      <x:c r="EF46" s="3" t="n">
+        <x:v>11148</x:v>
+      </x:c>
+      <x:c r="EG46" s="3" t="n">
+        <x:v>11871</x:v>
+      </x:c>
+      <x:c r="EH46" s="3" t="n">
+        <x:v>11575</x:v>
+      </x:c>
+      <x:c r="EI46" s="3" t="n">
+        <x:v>11762</x:v>
+      </x:c>
+      <x:c r="EJ46" s="3" t="n">
+        <x:v>11768</x:v>
+      </x:c>
+      <x:c r="EK46" s="3" t="n">
+        <x:v>12454</x:v>
+      </x:c>
+      <x:c r="EL46" s="3" t="n">
+        <x:v>12078</x:v>
+      </x:c>
+      <x:c r="EM46" s="3" t="n">
+        <x:v>12404</x:v>
+      </x:c>
+      <x:c r="EN46" s="3" t="n">
+        <x:v>12247</x:v>
+      </x:c>
+      <x:c r="EO46" s="3" t="n">
+        <x:v>12903</x:v>
+      </x:c>
+      <x:c r="EP46" s="3" t="n">
+        <x:v>12961</x:v>
+      </x:c>
+      <x:c r="EQ46" s="3" t="n">
+        <x:v>12635</x:v>
+      </x:c>
+      <x:c r="ER46" s="3" t="n">
+        <x:v>12821</x:v>
+      </x:c>
+      <x:c r="ES46" s="3" t="n">
+        <x:v>13373</x:v>
+      </x:c>
+      <x:c r="ET46" s="3" t="n">
+        <x:v>13353</x:v>
+      </x:c>
+      <x:c r="EU46" s="3" t="n">
+        <x:v>13272</x:v>
+      </x:c>
+      <x:c r="EV46" s="3" t="n">
+        <x:v>12872</x:v>
+      </x:c>
+      <x:c r="EW46" s="3" t="n">
+        <x:v>14031</x:v>
+      </x:c>
+      <x:c r="EX46" s="3" t="n">
+        <x:v>13058</x:v>
+      </x:c>
+      <x:c r="EY46" s="3" t="n">
+        <x:v>14041</x:v>
+      </x:c>
+      <x:c r="EZ46" s="3" t="n">
+        <x:v>12614</x:v>
+      </x:c>
+      <x:c r="FA46" s="3" t="n">
+        <x:v>14219</x:v>
+      </x:c>
+      <x:c r="FB46" s="3" t="n">
+        <x:v>14237</x:v>
+      </x:c>
+      <x:c r="FC46" s="3" t="n">
+        <x:v>14131</x:v>
+      </x:c>
+      <x:c r="FD46" s="3" t="n">
+        <x:v>13119</x:v>
+      </x:c>
+      <x:c r="FE46" s="3" t="n">
+        <x:v>14757</x:v>
+      </x:c>
+      <x:c r="FF46" s="3" t="n">
+        <x:v>14343</x:v>
+      </x:c>
+      <x:c r="FG46" s="3" t="n">
+        <x:v>15098</x:v>
+      </x:c>
+      <x:c r="FH46" s="3" t="n">
+        <x:v>13567</x:v>
+      </x:c>
+      <x:c r="FI46" s="3" t="n">
+        <x:v>15459</x:v>
+      </x:c>
+      <x:c r="FJ46" s="3" t="n">
+        <x:v>15111</x:v>
+      </x:c>
+      <x:c r="FK46" s="3" t="n">
+        <x:v>15264</x:v>
+      </x:c>
+      <x:c r="FL46" s="3" t="n">
+        <x:v>14684</x:v>
+      </x:c>
+      <x:c r="FM46" s="3" t="n">
+        <x:v>16833</x:v>
+      </x:c>
+      <x:c r="FN46" s="3" t="n">
+        <x:v>15066</x:v>
+      </x:c>
+      <x:c r="FO46" s="3" t="n">
+        <x:v>12570</x:v>
+      </x:c>
+      <x:c r="FP46" s="3" t="n">
+        <x:v>14389</x:v>
+      </x:c>
+      <x:c r="FQ46" s="3" t="n">
+        <x:v>16186</x:v>
+      </x:c>
+      <x:c r="FR46" s="3" t="n">
+        <x:v>14565</x:v>
+      </x:c>
+      <x:c r="FS46" s="3" t="n">
+        <x:v>15586</x:v>
+      </x:c>
+      <x:c r="FT46" s="3" t="n">
+        <x:v>15883</x:v>
+      </x:c>
+      <x:c r="FU46" s="3" t="n">
+        <x:v>18050</x:v>
+      </x:c>
+      <x:c r="FV46" s="3" t="n">
+        <x:v>16825</x:v>
+      </x:c>
+      <x:c r="FW46" s="3" t="n">
+        <x:v>18217</x:v>
+      </x:c>
+      <x:c r="FX46" s="3" t="n">
+        <x:v>17263</x:v>
+      </x:c>
+      <x:c r="FY46" s="3" t="n">
+        <x:v>19441</x:v>
+      </x:c>
+      <x:c r="FZ46" s="3" t="n">
+        <x:v>19984</x:v>
+      </x:c>
+      <x:c r="GA46" s="3" t="n">
+        <x:v>19636</x:v>
+      </x:c>
+      <x:c r="GB46" s="3" t="n">
+        <x:v>19258</x:v>
+      </x:c>
+      <x:c r="GC46" s="3" t="n">
+        <x:v>20961</x:v>
+      </x:c>
+      <x:c r="GD46" s="3" t="n">
+        <x:v>20631</x:v>
+      </x:c>
+      <x:c r="GE46" s="3" t="n">
+        <x:v>21618</x:v>
+      </x:c>
+      <x:c r="GF46" s="3" t="n">
+        <x:v>20400</x:v>
+      </x:c>
+      <x:c r="GG46" s="3" t="n">
+        <x:v>22268</x:v>
+      </x:c>
+      <x:c r="GH46" s="3" t="n">
+        <x:v>22180</x:v>
+      </x:c>
+      <x:c r="GI46" s="3" t="n">
+        <x:v>22496</x:v>
+      </x:c>
+      <x:c r="GJ46" s="3" t="n">
+        <x:v>21432</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:191">
-[...1149 lines deleted...]
-    <x:row r="47" spans="1:191">
+    <x:row r="47" spans="1:192">
       <x:c r="A47" s="2" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
         <x:v>9580</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>9423</x:v>
       </x:c>
       <x:c r="D47" s="3" t="n">
         <x:v>9455</x:v>
       </x:c>
       <x:c r="E47" s="3" t="n">
         <x:v>9456</x:v>
       </x:c>
       <x:c r="F47" s="3" t="n">
         <x:v>10037</x:v>
       </x:c>
       <x:c r="G47" s="3" t="n">
         <x:v>10094</x:v>
       </x:c>
       <x:c r="H47" s="3" t="n">
         <x:v>10219</x:v>
       </x:c>
       <x:c r="I47" s="3" t="n">
         <x:v>10277</x:v>
       </x:c>
@@ -26324,242 +26463,245 @@
       <x:c r="DQ47" s="3" t="n">
         <x:v>88236</x:v>
       </x:c>
       <x:c r="DR47" s="3" t="n">
         <x:v>89462</x:v>
       </x:c>
       <x:c r="DS47" s="3" t="n">
         <x:v>92268</x:v>
       </x:c>
       <x:c r="DT47" s="3" t="n">
         <x:v>94492</x:v>
       </x:c>
       <x:c r="DU47" s="3" t="n">
         <x:v>96045</x:v>
       </x:c>
       <x:c r="DV47" s="3" t="n">
         <x:v>97048</x:v>
       </x:c>
       <x:c r="DW47" s="3" t="n">
         <x:v>98904</x:v>
       </x:c>
       <x:c r="DX47" s="3" t="n">
         <x:v>100881</x:v>
       </x:c>
       <x:c r="DY47" s="3" t="n">
-        <x:v>102624</x:v>
+        <x:v>102623</x:v>
       </x:c>
       <x:c r="DZ47" s="3" t="n">
-        <x:v>104391</x:v>
+        <x:v>104390</x:v>
       </x:c>
       <x:c r="EA47" s="3" t="n">
-        <x:v>104886</x:v>
+        <x:v>104885</x:v>
       </x:c>
       <x:c r="EB47" s="3" t="n">
         <x:v>106124</x:v>
       </x:c>
       <x:c r="EC47" s="3" t="n">
-        <x:v>107592</x:v>
+        <x:v>107594</x:v>
       </x:c>
       <x:c r="ED47" s="3" t="n">
-        <x:v>109526</x:v>
+        <x:v>109531</x:v>
       </x:c>
       <x:c r="EE47" s="3" t="n">
-        <x:v>111469</x:v>
+        <x:v>111473</x:v>
       </x:c>
       <x:c r="EF47" s="3" t="n">
         <x:v>113706</x:v>
       </x:c>
       <x:c r="EG47" s="3" t="n">
-        <x:v>115602</x:v>
+        <x:v>115593</x:v>
       </x:c>
       <x:c r="EH47" s="3" t="n">
-        <x:v>118282</x:v>
+        <x:v>118260</x:v>
       </x:c>
       <x:c r="EI47" s="3" t="n">
-        <x:v>118893</x:v>
+        <x:v>118874</x:v>
       </x:c>
       <x:c r="EJ47" s="3" t="n">
-        <x:v>120478</x:v>
+        <x:v>120480</x:v>
       </x:c>
       <x:c r="EK47" s="3" t="n">
-        <x:v>122185</x:v>
+        <x:v>122224</x:v>
       </x:c>
       <x:c r="EL47" s="3" t="n">
-        <x:v>123365</x:v>
+        <x:v>123460</x:v>
       </x:c>
       <x:c r="EM47" s="3" t="n">
-        <x:v>125860</x:v>
+        <x:v>125943</x:v>
       </x:c>
       <x:c r="EN47" s="3" t="n">
-        <x:v>127348</x:v>
+        <x:v>127343</x:v>
       </x:c>
       <x:c r="EO47" s="3" t="n">
-        <x:v>128731</x:v>
+        <x:v>128557</x:v>
       </x:c>
       <x:c r="EP47" s="3" t="n">
-        <x:v>130725</x:v>
+        <x:v>130306</x:v>
       </x:c>
       <x:c r="EQ47" s="3" t="n">
-        <x:v>132716</x:v>
+        <x:v>132101</x:v>
       </x:c>
       <x:c r="ER47" s="3" t="n">
-        <x:v>134440</x:v>
+        <x:v>133673</x:v>
       </x:c>
       <x:c r="ES47" s="3" t="n">
-        <x:v>136222</x:v>
+        <x:v>135360</x:v>
       </x:c>
       <x:c r="ET47" s="3" t="n">
-        <x:v>136504</x:v>
+        <x:v>135632</x:v>
       </x:c>
       <x:c r="EU47" s="3" t="n">
-        <x:v>146425</x:v>
+        <x:v>145419</x:v>
       </x:c>
       <x:c r="EV47" s="3" t="n">
-        <x:v>140250</x:v>
+        <x:v>139289</x:v>
       </x:c>
       <x:c r="EW47" s="3" t="n">
-        <x:v>138762</x:v>
+        <x:v>137917</x:v>
       </x:c>
       <x:c r="EX47" s="3" t="n">
-        <x:v>140731</x:v>
+        <x:v>139879</x:v>
       </x:c>
       <x:c r="EY47" s="3" t="n">
-        <x:v>152054</x:v>
+        <x:v>151174</x:v>
       </x:c>
       <x:c r="EZ47" s="3" t="n">
-        <x:v>144494</x:v>
+        <x:v>143724</x:v>
       </x:c>
       <x:c r="FA47" s="3" t="n">
-        <x:v>146547</x:v>
+        <x:v>145851</x:v>
       </x:c>
       <x:c r="FB47" s="3" t="n">
-        <x:v>147400</x:v>
+        <x:v>146722</x:v>
       </x:c>
       <x:c r="FC47" s="3" t="n">
-        <x:v>158715</x:v>
+        <x:v>157990</x:v>
       </x:c>
       <x:c r="FD47" s="3" t="n">
-        <x:v>151659</x:v>
+        <x:v>150951</x:v>
       </x:c>
       <x:c r="FE47" s="3" t="n">
-        <x:v>152923</x:v>
+        <x:v>152183</x:v>
       </x:c>
       <x:c r="FF47" s="3" t="n">
-        <x:v>154959</x:v>
+        <x:v>154096</x:v>
       </x:c>
       <x:c r="FG47" s="3" t="n">
-        <x:v>166542</x:v>
+        <x:v>165490</x:v>
       </x:c>
       <x:c r="FH47" s="3" t="n">
-        <x:v>158543</x:v>
+        <x:v>157450</x:v>
       </x:c>
       <x:c r="FI47" s="3" t="n">
-        <x:v>161744</x:v>
+        <x:v>160566</x:v>
       </x:c>
       <x:c r="FJ47" s="3" t="n">
-        <x:v>162759</x:v>
+        <x:v>161404</x:v>
       </x:c>
       <x:c r="FK47" s="3" t="n">
-        <x:v>174303</x:v>
+        <x:v>172790</x:v>
       </x:c>
       <x:c r="FL47" s="3" t="n">
-        <x:v>168486</x:v>
+        <x:v>167112</x:v>
       </x:c>
       <x:c r="FM47" s="3" t="n">
-        <x:v>169680</x:v>
+        <x:v>168560</x:v>
       </x:c>
       <x:c r="FN47" s="3" t="n">
-        <x:v>170006</x:v>
+        <x:v>169188</x:v>
       </x:c>
       <x:c r="FO47" s="3" t="n">
-        <x:v>178598</x:v>
+        <x:v>177910</x:v>
       </x:c>
       <x:c r="FP47" s="3" t="n">
-        <x:v>172069</x:v>
+        <x:v>171484</x:v>
       </x:c>
       <x:c r="FQ47" s="3" t="n">
-        <x:v>172750</x:v>
+        <x:v>172117</x:v>
       </x:c>
       <x:c r="FR47" s="3" t="n">
-        <x:v>176654</x:v>
+        <x:v>175771</x:v>
       </x:c>
       <x:c r="FS47" s="3" t="n">
-        <x:v>189526</x:v>
+        <x:v>188408</x:v>
       </x:c>
       <x:c r="FT47" s="3" t="n">
-        <x:v>181027</x:v>
+        <x:v>179937</x:v>
       </x:c>
       <x:c r="FU47" s="3" t="n">
-        <x:v>188073</x:v>
+        <x:v>187068</x:v>
       </x:c>
       <x:c r="FV47" s="3" t="n">
-        <x:v>189369</x:v>
+        <x:v>188465</x:v>
       </x:c>
       <x:c r="FW47" s="3" t="n">
-        <x:v>202973</x:v>
+        <x:v>202076</x:v>
       </x:c>
       <x:c r="FX47" s="3" t="n">
-        <x:v>194407</x:v>
+        <x:v>193651</x:v>
       </x:c>
       <x:c r="FY47" s="3" t="n">
-        <x:v>197796</x:v>
+        <x:v>197114</x:v>
       </x:c>
       <x:c r="FZ47" s="3" t="n">
-        <x:v>198563</x:v>
+        <x:v>197635</x:v>
       </x:c>
       <x:c r="GA47" s="3" t="n">
-        <x:v>214376</x:v>
+        <x:v>213360</x:v>
       </x:c>
       <x:c r="GB47" s="3" t="n">
-        <x:v>209083</x:v>
+        <x:v>208031</x:v>
       </x:c>
       <x:c r="GC47" s="3" t="n">
-        <x:v>218979</x:v>
+        <x:v>217845</x:v>
       </x:c>
       <x:c r="GD47" s="3" t="n">
-        <x:v>215991</x:v>
+        <x:v>214487</x:v>
       </x:c>
       <x:c r="GE47" s="3" t="n">
-        <x:v>230990</x:v>
+        <x:v>230037</x:v>
       </x:c>
       <x:c r="GF47" s="3" t="n">
-        <x:v>223514</x:v>
+        <x:v>222812</x:v>
       </x:c>
       <x:c r="GG47" s="3" t="n">
-        <x:v>226997</x:v>
+        <x:v>226958</x:v>
       </x:c>
       <x:c r="GH47" s="3" t="n">
-        <x:v>228598</x:v>
+        <x:v>226815</x:v>
       </x:c>
       <x:c r="GI47" s="3" t="n">
-        <x:v>245222</x:v>
+        <x:v>243637</x:v>
+      </x:c>
+      <x:c r="GJ47" s="3" t="n">
+        <x:v>234423</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:191">
+    <x:row r="48" spans="1:192">
       <x:c r="A48" s="2" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
         <x:v>3724</x:v>
       </x:c>
       <x:c r="C48" s="3" t="n">
         <x:v>3581</x:v>
       </x:c>
       <x:c r="D48" s="3" t="n">
         <x:v>3569</x:v>
       </x:c>
       <x:c r="E48" s="3" t="n">
         <x:v>3564</x:v>
       </x:c>
       <x:c r="F48" s="3" t="n">
         <x:v>3738</x:v>
       </x:c>
       <x:c r="G48" s="3" t="n">
         <x:v>3748</x:v>
       </x:c>
       <x:c r="H48" s="3" t="n">
         <x:v>3801</x:v>
       </x:c>
       <x:c r="I48" s="3" t="n">
         <x:v>3833</x:v>
       </x:c>
@@ -27022,119 +27164,122 @@
       <x:c r="FF48" s="3" t="n">
         <x:v>70273</x:v>
       </x:c>
       <x:c r="FG48" s="3" t="n">
         <x:v>75982</x:v>
       </x:c>
       <x:c r="FH48" s="3" t="n">
         <x:v>72288</x:v>
       </x:c>
       <x:c r="FI48" s="3" t="n">
         <x:v>76042</x:v>
       </x:c>
       <x:c r="FJ48" s="3" t="n">
         <x:v>74690</x:v>
       </x:c>
       <x:c r="FK48" s="3" t="n">
         <x:v>80006</x:v>
       </x:c>
       <x:c r="FL48" s="3" t="n">
         <x:v>76406</x:v>
       </x:c>
       <x:c r="FM48" s="3" t="n">
         <x:v>78893</x:v>
       </x:c>
       <x:c r="FN48" s="3" t="n">
-        <x:v>78450</x:v>
+        <x:v>78451</x:v>
       </x:c>
       <x:c r="FO48" s="3" t="n">
         <x:v>83159</x:v>
       </x:c>
       <x:c r="FP48" s="3" t="n">
         <x:v>80010</x:v>
       </x:c>
       <x:c r="FQ48" s="3" t="n">
         <x:v>81942</x:v>
       </x:c>
       <x:c r="FR48" s="3" t="n">
-        <x:v>82436</x:v>
+        <x:v>82434</x:v>
       </x:c>
       <x:c r="FS48" s="3" t="n">
-        <x:v>88477</x:v>
+        <x:v>88474</x:v>
       </x:c>
       <x:c r="FT48" s="3" t="n">
-        <x:v>84098</x:v>
+        <x:v>84095</x:v>
       </x:c>
       <x:c r="FU48" s="3" t="n">
-        <x:v>90158</x:v>
+        <x:v>90153</x:v>
       </x:c>
       <x:c r="FV48" s="3" t="n">
-        <x:v>88201</x:v>
+        <x:v>88318</x:v>
       </x:c>
       <x:c r="FW48" s="3" t="n">
-        <x:v>94946</x:v>
+        <x:v>95062</x:v>
       </x:c>
       <x:c r="FX48" s="3" t="n">
-        <x:v>90958</x:v>
+        <x:v>91080</x:v>
       </x:c>
       <x:c r="FY48" s="3" t="n">
-        <x:v>96163</x:v>
+        <x:v>96297</x:v>
       </x:c>
       <x:c r="FZ48" s="3" t="n">
-        <x:v>94309</x:v>
+        <x:v>94156</x:v>
       </x:c>
       <x:c r="GA48" s="3" t="n">
-        <x:v>101418</x:v>
+        <x:v>101276</x:v>
       </x:c>
       <x:c r="GB48" s="3" t="n">
-        <x:v>97957</x:v>
+        <x:v>97807</x:v>
       </x:c>
       <x:c r="GC48" s="3" t="n">
-        <x:v>106487</x:v>
+        <x:v>106342</x:v>
       </x:c>
       <x:c r="GD48" s="3" t="n">
-        <x:v>101934</x:v>
+        <x:v>101295</x:v>
       </x:c>
       <x:c r="GE48" s="3" t="n">
-        <x:v>109954</x:v>
+        <x:v>109624</x:v>
       </x:c>
       <x:c r="GF48" s="3" t="n">
-        <x:v>104692</x:v>
+        <x:v>104970</x:v>
       </x:c>
       <x:c r="GG48" s="3" t="n">
-        <x:v>109474</x:v>
+        <x:v>109859</x:v>
       </x:c>
       <x:c r="GH48" s="3" t="n">
-        <x:v>108005</x:v>
+        <x:v>106989</x:v>
       </x:c>
       <x:c r="GI48" s="3" t="n">
-        <x:v>117966</x:v>
+        <x:v>117135</x:v>
+      </x:c>
+      <x:c r="GJ48" s="3" t="n">
+        <x:v>111573</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:191">
+    <x:row r="49" spans="1:192">
       <x:c r="A49" s="2" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
         <x:v>2451</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>2449</x:v>
       </x:c>
       <x:c r="D49" s="3" t="n">
         <x:v>2470</x:v>
       </x:c>
       <x:c r="E49" s="3" t="n">
         <x:v>2473</x:v>
       </x:c>
       <x:c r="F49" s="3" t="n">
         <x:v>2589</x:v>
       </x:c>
       <x:c r="G49" s="3" t="n">
         <x:v>2608</x:v>
       </x:c>
       <x:c r="H49" s="3" t="n">
         <x:v>2638</x:v>
       </x:c>
       <x:c r="I49" s="3" t="n">
         <x:v>2649</x:v>
       </x:c>
@@ -27570,146 +27715,149 @@
       <x:c r="EW49" s="3" t="n">
         <x:v>58595</x:v>
       </x:c>
       <x:c r="EX49" s="3" t="n">
         <x:v>57296</x:v>
       </x:c>
       <x:c r="EY49" s="3" t="n">
         <x:v>61708</x:v>
       </x:c>
       <x:c r="EZ49" s="3" t="n">
         <x:v>58483</x:v>
       </x:c>
       <x:c r="FA49" s="3" t="n">
         <x:v>60625</x:v>
       </x:c>
       <x:c r="FB49" s="3" t="n">
         <x:v>59953</x:v>
       </x:c>
       <x:c r="FC49" s="3" t="n">
         <x:v>64702</x:v>
       </x:c>
       <x:c r="FD49" s="3" t="n">
         <x:v>61951</x:v>
       </x:c>
       <x:c r="FE49" s="3" t="n">
-        <x:v>62731</x:v>
+        <x:v>62732</x:v>
       </x:c>
       <x:c r="FF49" s="3" t="n">
-        <x:v>62632</x:v>
+        <x:v>62633</x:v>
       </x:c>
       <x:c r="FG49" s="3" t="n">
         <x:v>67471</x:v>
       </x:c>
       <x:c r="FH49" s="3" t="n">
         <x:v>64475</x:v>
       </x:c>
       <x:c r="FI49" s="3" t="n">
         <x:v>66857</x:v>
       </x:c>
       <x:c r="FJ49" s="3" t="n">
-        <x:v>66526</x:v>
+        <x:v>66525</x:v>
       </x:c>
       <x:c r="FK49" s="3" t="n">
-        <x:v>70975</x:v>
+        <x:v>70974</x:v>
       </x:c>
       <x:c r="FL49" s="3" t="n">
         <x:v>68040</x:v>
       </x:c>
       <x:c r="FM49" s="3" t="n">
-        <x:v>69754</x:v>
+        <x:v>69755</x:v>
       </x:c>
       <x:c r="FN49" s="3" t="n">
-        <x:v>69663</x:v>
+        <x:v>69664</x:v>
       </x:c>
       <x:c r="FO49" s="3" t="n">
-        <x:v>73224</x:v>
+        <x:v>73226</x:v>
       </x:c>
       <x:c r="FP49" s="3" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="FQ49" s="3" t="n">
-        <x:v>72201</x:v>
+        <x:v>72198</x:v>
       </x:c>
       <x:c r="FR49" s="3" t="n">
-        <x:v>72714</x:v>
+        <x:v>72705</x:v>
       </x:c>
       <x:c r="FS49" s="3" t="n">
-        <x:v>77999</x:v>
+        <x:v>77990</x:v>
       </x:c>
       <x:c r="FT49" s="3" t="n">
-        <x:v>74289</x:v>
+        <x:v>74287</x:v>
       </x:c>
       <x:c r="FU49" s="3" t="n">
-        <x:v>79346</x:v>
+        <x:v>79357</x:v>
       </x:c>
       <x:c r="FV49" s="3" t="n">
-        <x:v>78008</x:v>
+        <x:v>78165</x:v>
       </x:c>
       <x:c r="FW49" s="3" t="n">
-        <x:v>83343</x:v>
+        <x:v>83502</x:v>
       </x:c>
       <x:c r="FX49" s="3" t="n">
-        <x:v>80420</x:v>
+        <x:v>80549</x:v>
       </x:c>
       <x:c r="FY49" s="3" t="n">
-        <x:v>84405</x:v>
+        <x:v>84483</x:v>
       </x:c>
       <x:c r="FZ49" s="3" t="n">
-        <x:v>83022</x:v>
+        <x:v>82968</x:v>
       </x:c>
       <x:c r="GA49" s="3" t="n">
-        <x:v>88808</x:v>
+        <x:v>88664</x:v>
       </x:c>
       <x:c r="GB49" s="3" t="n">
-        <x:v>86118</x:v>
+        <x:v>85952</x:v>
       </x:c>
       <x:c r="GC49" s="3" t="n">
-        <x:v>93375</x:v>
+        <x:v>93147</x:v>
       </x:c>
       <x:c r="GD49" s="3" t="n">
-        <x:v>89392</x:v>
+        <x:v>88730</x:v>
       </x:c>
       <x:c r="GE49" s="3" t="n">
-        <x:v>95774</x:v>
+        <x:v>95433</x:v>
       </x:c>
       <x:c r="GF49" s="3" t="n">
-        <x:v>91777</x:v>
+        <x:v>91913</x:v>
       </x:c>
       <x:c r="GG49" s="3" t="n">
-        <x:v>95266</x:v>
+        <x:v>95530</x:v>
       </x:c>
       <x:c r="GH49" s="3" t="n">
-        <x:v>94238</x:v>
+        <x:v>93159</x:v>
       </x:c>
       <x:c r="GI49" s="3" t="n">
-        <x:v>101735</x:v>
+        <x:v>101077</x:v>
+      </x:c>
+      <x:c r="GJ49" s="3" t="n">
+        <x:v>97201</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:191">
+    <x:row r="50" spans="1:192">
       <x:c r="A50" s="2" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
         <x:v>1273</x:v>
       </x:c>
       <x:c r="C50" s="3" t="n">
         <x:v>1131</x:v>
       </x:c>
       <x:c r="D50" s="3" t="n">
         <x:v>1099</x:v>
       </x:c>
       <x:c r="E50" s="3" t="n">
         <x:v>1091</x:v>
       </x:c>
       <x:c r="F50" s="3" t="n">
         <x:v>1149</x:v>
       </x:c>
       <x:c r="G50" s="3" t="n">
         <x:v>1140</x:v>
       </x:c>
       <x:c r="H50" s="3" t="n">
         <x:v>1163</x:v>
       </x:c>
       <x:c r="I50" s="3" t="n">
         <x:v>1183</x:v>
       </x:c>
@@ -28163,128 +28311,131 @@
       <x:c r="FC50" s="3" t="n">
         <x:v>8157</x:v>
       </x:c>
       <x:c r="FD50" s="3" t="n">
         <x:v>7427</x:v>
       </x:c>
       <x:c r="FE50" s="3" t="n">
         <x:v>8098</x:v>
       </x:c>
       <x:c r="FF50" s="3" t="n">
         <x:v>7640</x:v>
       </x:c>
       <x:c r="FG50" s="3" t="n">
         <x:v>8511</x:v>
       </x:c>
       <x:c r="FH50" s="3" t="n">
         <x:v>7813</x:v>
       </x:c>
       <x:c r="FI50" s="3" t="n">
         <x:v>9185</x:v>
       </x:c>
       <x:c r="FJ50" s="3" t="n">
         <x:v>8164</x:v>
       </x:c>
       <x:c r="FK50" s="3" t="n">
-        <x:v>9031</x:v>
+        <x:v>9032</x:v>
       </x:c>
       <x:c r="FL50" s="3" t="n">
         <x:v>8366</x:v>
       </x:c>
       <x:c r="FM50" s="3" t="n">
-        <x:v>9139</x:v>
+        <x:v>9138</x:v>
       </x:c>
       <x:c r="FN50" s="3" t="n">
-        <x:v>8788</x:v>
+        <x:v>8786</x:v>
       </x:c>
       <x:c r="FO50" s="3" t="n">
-        <x:v>9935</x:v>
+        <x:v>9933</x:v>
       </x:c>
       <x:c r="FP50" s="3" t="n">
         <x:v>8877</x:v>
       </x:c>
       <x:c r="FQ50" s="3" t="n">
-        <x:v>9741</x:v>
+        <x:v>9744</x:v>
       </x:c>
       <x:c r="FR50" s="3" t="n">
-        <x:v>9722</x:v>
+        <x:v>9729</x:v>
       </x:c>
       <x:c r="FS50" s="3" t="n">
-        <x:v>10477</x:v>
+        <x:v>10484</x:v>
       </x:c>
       <x:c r="FT50" s="3" t="n">
-        <x:v>9809</x:v>
+        <x:v>9808</x:v>
       </x:c>
       <x:c r="FU50" s="3" t="n">
-        <x:v>10812</x:v>
+        <x:v>10797</x:v>
       </x:c>
       <x:c r="FV50" s="3" t="n">
-        <x:v>10193</x:v>
+        <x:v>10152</x:v>
       </x:c>
       <x:c r="FW50" s="3" t="n">
-        <x:v>11604</x:v>
+        <x:v>11559</x:v>
       </x:c>
       <x:c r="FX50" s="3" t="n">
-        <x:v>10539</x:v>
+        <x:v>10531</x:v>
       </x:c>
       <x:c r="FY50" s="3" t="n">
-        <x:v>11758</x:v>
+        <x:v>11813</x:v>
       </x:c>
       <x:c r="FZ50" s="3" t="n">
-        <x:v>11287</x:v>
+        <x:v>11188</x:v>
       </x:c>
       <x:c r="GA50" s="3" t="n">
-        <x:v>12610</x:v>
+        <x:v>12611</x:v>
       </x:c>
       <x:c r="GB50" s="3" t="n">
-        <x:v>11840</x:v>
+        <x:v>11855</x:v>
       </x:c>
       <x:c r="GC50" s="3" t="n">
-        <x:v>13111</x:v>
+        <x:v>13195</x:v>
       </x:c>
       <x:c r="GD50" s="3" t="n">
-        <x:v>12541</x:v>
+        <x:v>12565</x:v>
       </x:c>
       <x:c r="GE50" s="3" t="n">
-        <x:v>14180</x:v>
+        <x:v>14190</x:v>
       </x:c>
       <x:c r="GF50" s="3" t="n">
-        <x:v>12915</x:v>
+        <x:v>13057</x:v>
       </x:c>
       <x:c r="GG50" s="3" t="n">
-        <x:v>14208</x:v>
+        <x:v>14329</x:v>
       </x:c>
       <x:c r="GH50" s="3" t="n">
-        <x:v>13767</x:v>
+        <x:v>13830</x:v>
       </x:c>
       <x:c r="GI50" s="3" t="n">
-        <x:v>16230</x:v>
+        <x:v>16058</x:v>
+      </x:c>
+      <x:c r="GJ50" s="3" t="n">
+        <x:v>14371</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:191">
+    <x:row r="51" spans="1:192">
       <x:c r="A51" s="2" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
         <x:v>5856</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>5842</x:v>
       </x:c>
       <x:c r="D51" s="3" t="n">
         <x:v>5887</x:v>
       </x:c>
       <x:c r="E51" s="3" t="n">
         <x:v>5892</x:v>
       </x:c>
       <x:c r="F51" s="3" t="n">
         <x:v>6298</x:v>
       </x:c>
       <x:c r="G51" s="3" t="n">
         <x:v>6346</x:v>
       </x:c>
       <x:c r="H51" s="3" t="n">
         <x:v>6418</x:v>
       </x:c>
       <x:c r="I51" s="3" t="n">
         <x:v>6444</x:v>
       </x:c>
@@ -28615,2681 +28766,2696 @@
       <x:c r="DN51" s="3" t="n">
         <x:v>44882</x:v>
       </x:c>
       <x:c r="DO51" s="3" t="n">
         <x:v>43358</x:v>
       </x:c>
       <x:c r="DP51" s="3" t="n">
         <x:v>43261</x:v>
       </x:c>
       <x:c r="DQ51" s="3" t="n">
         <x:v>47170</x:v>
       </x:c>
       <x:c r="DR51" s="3" t="n">
         <x:v>47481</x:v>
       </x:c>
       <x:c r="DS51" s="3" t="n">
         <x:v>48979</x:v>
       </x:c>
       <x:c r="DT51" s="3" t="n">
         <x:v>50142</x:v>
       </x:c>
       <x:c r="DU51" s="3" t="n">
         <x:v>50890</x:v>
       </x:c>
       <x:c r="DV51" s="3" t="n">
-        <x:v>51155</x:v>
+        <x:v>51156</x:v>
       </x:c>
       <x:c r="DW51" s="3" t="n">
         <x:v>52478</x:v>
       </x:c>
       <x:c r="DX51" s="3" t="n">
         <x:v>53724</x:v>
       </x:c>
       <x:c r="DY51" s="3" t="n">
-        <x:v>55030</x:v>
+        <x:v>55029</x:v>
       </x:c>
       <x:c r="DZ51" s="3" t="n">
-        <x:v>56659</x:v>
+        <x:v>56658</x:v>
       </x:c>
       <x:c r="EA51" s="3" t="n">
-        <x:v>56486</x:v>
+        <x:v>56485</x:v>
       </x:c>
       <x:c r="EB51" s="3" t="n">
         <x:v>57131</x:v>
       </x:c>
       <x:c r="EC51" s="3" t="n">
-        <x:v>58030</x:v>
+        <x:v>58032</x:v>
       </x:c>
       <x:c r="ED51" s="3" t="n">
-        <x:v>58990</x:v>
+        <x:v>58994</x:v>
       </x:c>
       <x:c r="EE51" s="3" t="n">
-        <x:v>60259</x:v>
+        <x:v>60263</x:v>
       </x:c>
       <x:c r="EF51" s="3" t="n">
         <x:v>61912</x:v>
       </x:c>
       <x:c r="EG51" s="3" t="n">
-        <x:v>62924</x:v>
+        <x:v>62915</x:v>
       </x:c>
       <x:c r="EH51" s="3" t="n">
-        <x:v>64391</x:v>
+        <x:v>64368</x:v>
       </x:c>
       <x:c r="EI51" s="3" t="n">
-        <x:v>64708</x:v>
+        <x:v>64689</x:v>
       </x:c>
       <x:c r="EJ51" s="3" t="n">
-        <x:v>65494</x:v>
+        <x:v>65496</x:v>
       </x:c>
       <x:c r="EK51" s="3" t="n">
-        <x:v>66438</x:v>
+        <x:v>66477</x:v>
       </x:c>
       <x:c r="EL51" s="3" t="n">
-        <x:v>66974</x:v>
+        <x:v>67069</x:v>
       </x:c>
       <x:c r="EM51" s="3" t="n">
-        <x:v>68533</x:v>
+        <x:v>68617</x:v>
       </x:c>
       <x:c r="EN51" s="3" t="n">
-        <x:v>69567</x:v>
+        <x:v>69562</x:v>
       </x:c>
       <x:c r="EO51" s="3" t="n">
-        <x:v>70401</x:v>
+        <x:v>70228</x:v>
       </x:c>
       <x:c r="EP51" s="3" t="n">
-        <x:v>71196</x:v>
+        <x:v>70778</x:v>
       </x:c>
       <x:c r="EQ51" s="3" t="n">
-        <x:v>72023</x:v>
+        <x:v>71407</x:v>
       </x:c>
       <x:c r="ER51" s="3" t="n">
-        <x:v>72758</x:v>
+        <x:v>71991</x:v>
       </x:c>
       <x:c r="ES51" s="3" t="n">
-        <x:v>73564</x:v>
+        <x:v>72702</x:v>
       </x:c>
       <x:c r="ET51" s="3" t="n">
-        <x:v>73641</x:v>
+        <x:v>72769</x:v>
       </x:c>
       <x:c r="EU51" s="3" t="n">
-        <x:v>79437</x:v>
+        <x:v>78431</x:v>
       </x:c>
       <x:c r="EV51" s="3" t="n">
-        <x:v>76280</x:v>
+        <x:v>75319</x:v>
       </x:c>
       <x:c r="EW51" s="3" t="n">
-        <x:v>72440</x:v>
+        <x:v>71595</x:v>
       </x:c>
       <x:c r="EX51" s="3" t="n">
-        <x:v>76170</x:v>
+        <x:v>75318</x:v>
       </x:c>
       <x:c r="EY51" s="3" t="n">
-        <x:v>82342</x:v>
+        <x:v>81462</x:v>
       </x:c>
       <x:c r="EZ51" s="3" t="n">
-        <x:v>78743</x:v>
+        <x:v>77973</x:v>
       </x:c>
       <x:c r="FA51" s="3" t="n">
-        <x:v>78041</x:v>
+        <x:v>77345</x:v>
       </x:c>
       <x:c r="FB51" s="3" t="n">
-        <x:v>80183</x:v>
+        <x:v>79505</x:v>
       </x:c>
       <x:c r="FC51" s="3" t="n">
-        <x:v>85856</x:v>
+        <x:v>85131</x:v>
       </x:c>
       <x:c r="FD51" s="3" t="n">
-        <x:v>82281</x:v>
+        <x:v>81573</x:v>
       </x:c>
       <x:c r="FE51" s="3" t="n">
-        <x:v>82093</x:v>
+        <x:v>81354</x:v>
       </x:c>
       <x:c r="FF51" s="3" t="n">
-        <x:v>84686</x:v>
+        <x:v>83824</x:v>
       </x:c>
       <x:c r="FG51" s="3" t="n">
-        <x:v>90560</x:v>
+        <x:v>89508</x:v>
       </x:c>
       <x:c r="FH51" s="3" t="n">
-        <x:v>86255</x:v>
+        <x:v>85162</x:v>
       </x:c>
       <x:c r="FI51" s="3" t="n">
-        <x:v>85702</x:v>
+        <x:v>84524</x:v>
       </x:c>
       <x:c r="FJ51" s="3" t="n">
-        <x:v>88069</x:v>
+        <x:v>86715</x:v>
       </x:c>
       <x:c r="FK51" s="3" t="n">
-        <x:v>94297</x:v>
+        <x:v>92784</x:v>
       </x:c>
       <x:c r="FL51" s="3" t="n">
-        <x:v>92081</x:v>
+        <x:v>90707</x:v>
       </x:c>
       <x:c r="FM51" s="3" t="n">
-        <x:v>90788</x:v>
+        <x:v>89668</x:v>
       </x:c>
       <x:c r="FN51" s="3" t="n">
-        <x:v>91555</x:v>
+        <x:v>90737</x:v>
       </x:c>
       <x:c r="FO51" s="3" t="n">
-        <x:v>95439</x:v>
+        <x:v>94751</x:v>
       </x:c>
       <x:c r="FP51" s="3" t="n">
-        <x:v>92058</x:v>
+        <x:v>91474</x:v>
       </x:c>
       <x:c r="FQ51" s="3" t="n">
-        <x:v>90808</x:v>
+        <x:v>90175</x:v>
       </x:c>
       <x:c r="FR51" s="3" t="n">
-        <x:v>94218</x:v>
+        <x:v>93337</x:v>
       </x:c>
       <x:c r="FS51" s="3" t="n">
-        <x:v>101050</x:v>
+        <x:v>99933</x:v>
       </x:c>
       <x:c r="FT51" s="3" t="n">
-        <x:v>96929</x:v>
+        <x:v>95842</x:v>
       </x:c>
       <x:c r="FU51" s="3" t="n">
-        <x:v>97915</x:v>
+        <x:v>96915</x:v>
       </x:c>
       <x:c r="FV51" s="3" t="n">
-        <x:v>101168</x:v>
+        <x:v>100147</x:v>
       </x:c>
       <x:c r="FW51" s="3" t="n">
-        <x:v>108027</x:v>
+        <x:v>107015</x:v>
       </x:c>
       <x:c r="FX51" s="3" t="n">
-        <x:v>103449</x:v>
+        <x:v>102571</x:v>
       </x:c>
       <x:c r="FY51" s="3" t="n">
-        <x:v>101633</x:v>
+        <x:v>100817</x:v>
       </x:c>
       <x:c r="FZ51" s="3" t="n">
-        <x:v>104253</x:v>
+        <x:v>103479</x:v>
       </x:c>
       <x:c r="GA51" s="3" t="n">
-        <x:v>112957</x:v>
+        <x:v>112084</x:v>
       </x:c>
       <x:c r="GB51" s="3" t="n">
-        <x:v>111125</x:v>
+        <x:v>110224</x:v>
       </x:c>
       <x:c r="GC51" s="3" t="n">
-        <x:v>112492</x:v>
+        <x:v>111503</x:v>
       </x:c>
       <x:c r="GD51" s="3" t="n">
-        <x:v>114057</x:v>
+        <x:v>113192</x:v>
       </x:c>
       <x:c r="GE51" s="3" t="n">
-        <x:v>121036</x:v>
+        <x:v>120413</x:v>
       </x:c>
       <x:c r="GF51" s="3" t="n">
-        <x:v>118822</x:v>
+        <x:v>117842</x:v>
       </x:c>
       <x:c r="GG51" s="3" t="n">
-        <x:v>117524</x:v>
+        <x:v>117099</x:v>
       </x:c>
       <x:c r="GH51" s="3" t="n">
-        <x:v>120593</x:v>
+        <x:v>119826</x:v>
       </x:c>
       <x:c r="GI51" s="3" t="n">
-        <x:v>127256</x:v>
+        <x:v>126502</x:v>
+      </x:c>
+      <x:c r="GJ51" s="3" t="n">
+        <x:v>122850</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:191">
+    <x:row r="52" spans="1:192">
       <x:c r="A52" s="2" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>43878</x:v>
+        <x:v>43669</x:v>
       </x:c>
       <x:c r="C52" s="3" t="n">
-        <x:v>48660</x:v>
+        <x:v>48445</x:v>
       </x:c>
       <x:c r="D52" s="3" t="n">
-        <x:v>50450</x:v>
+        <x:v>50231</x:v>
       </x:c>
       <x:c r="E52" s="3" t="n">
-        <x:v>51553</x:v>
+        <x:v>51321</x:v>
       </x:c>
       <x:c r="F52" s="3" t="n">
-        <x:v>50948</x:v>
+        <x:v>50708</x:v>
       </x:c>
       <x:c r="G52" s="3" t="n">
-        <x:v>51226</x:v>
+        <x:v>50982</x:v>
       </x:c>
       <x:c r="H52" s="3" t="n">
-        <x:v>52714</x:v>
+        <x:v>52465</x:v>
       </x:c>
       <x:c r="I52" s="3" t="n">
-        <x:v>52653</x:v>
+        <x:v>52392</x:v>
       </x:c>
       <x:c r="J52" s="3" t="n">
-        <x:v>55620</x:v>
+        <x:v>55314</x:v>
       </x:c>
       <x:c r="K52" s="3" t="n">
-        <x:v>56697</x:v>
+        <x:v>56380</x:v>
       </x:c>
       <x:c r="L52" s="3" t="n">
-        <x:v>59014</x:v>
+        <x:v>58682</x:v>
       </x:c>
       <x:c r="M52" s="3" t="n">
-        <x:v>59577</x:v>
+        <x:v>59235</x:v>
       </x:c>
       <x:c r="N52" s="3" t="n">
-        <x:v>62721</x:v>
+        <x:v>62432</x:v>
       </x:c>
       <x:c r="O52" s="3" t="n">
-        <x:v>63861</x:v>
+        <x:v>63572</x:v>
       </x:c>
       <x:c r="P52" s="3" t="n">
-        <x:v>66803</x:v>
+        <x:v>66512</x:v>
       </x:c>
       <x:c r="Q52" s="3" t="n">
-        <x:v>67436</x:v>
+        <x:v>67134</x:v>
       </x:c>
       <x:c r="R52" s="3" t="n">
-        <x:v>70959</x:v>
+        <x:v>70651</x:v>
       </x:c>
       <x:c r="S52" s="3" t="n">
-        <x:v>72040</x:v>
+        <x:v>71734</x:v>
       </x:c>
       <x:c r="T52" s="3" t="n">
-        <x:v>74148</x:v>
+        <x:v>73837</x:v>
       </x:c>
       <x:c r="U52" s="3" t="n">
-        <x:v>75415</x:v>
+        <x:v>75086</x:v>
       </x:c>
       <x:c r="V52" s="3" t="n">
-        <x:v>77008</x:v>
+        <x:v>76629</x:v>
       </x:c>
       <x:c r="W52" s="3" t="n">
-        <x:v>78878</x:v>
+        <x:v>78500</x:v>
       </x:c>
       <x:c r="X52" s="3" t="n">
-        <x:v>80619</x:v>
+        <x:v>80242</x:v>
       </x:c>
       <x:c r="Y52" s="3" t="n">
-        <x:v>83677</x:v>
+        <x:v>83282</x:v>
       </x:c>
       <x:c r="Z52" s="3" t="n">
-        <x:v>87171</x:v>
+        <x:v>86775</x:v>
       </x:c>
       <x:c r="AA52" s="3" t="n">
-        <x:v>85538</x:v>
+        <x:v>85150</x:v>
       </x:c>
       <x:c r="AB52" s="3" t="n">
-        <x:v>90415</x:v>
+        <x:v>90033</x:v>
       </x:c>
       <x:c r="AC52" s="3" t="n">
-        <x:v>90586</x:v>
+        <x:v>90186</x:v>
       </x:c>
       <x:c r="AD52" s="3" t="n">
-        <x:v>93751</x:v>
+        <x:v>93325</x:v>
       </x:c>
       <x:c r="AE52" s="3" t="n">
-        <x:v>90931</x:v>
+        <x:v>90499</x:v>
       </x:c>
       <x:c r="AF52" s="3" t="n">
-        <x:v>101298</x:v>
+        <x:v>100858</x:v>
       </x:c>
       <x:c r="AG52" s="3" t="n">
-        <x:v>105339</x:v>
+        <x:v>104875</x:v>
       </x:c>
       <x:c r="AH52" s="3" t="n">
-        <x:v>102063</x:v>
+        <x:v>101612</x:v>
       </x:c>
       <x:c r="AI52" s="3" t="n">
-        <x:v>106960</x:v>
+        <x:v>106499</x:v>
       </x:c>
       <x:c r="AJ52" s="3" t="n">
-        <x:v>110124</x:v>
+        <x:v>109649</x:v>
       </x:c>
       <x:c r="AK52" s="3" t="n">
-        <x:v>115648</x:v>
+        <x:v>115151</x:v>
       </x:c>
       <x:c r="AL52" s="3" t="n">
-        <x:v>117923</x:v>
+        <x:v>117392</x:v>
       </x:c>
       <x:c r="AM52" s="3" t="n">
-        <x:v>117943</x:v>
+        <x:v>117416</x:v>
       </x:c>
       <x:c r="AN52" s="3" t="n">
-        <x:v>121209</x:v>
+        <x:v>120680</x:v>
       </x:c>
       <x:c r="AO52" s="3" t="n">
-        <x:v>130355</x:v>
+        <x:v>129809</x:v>
       </x:c>
       <x:c r="AP52" s="3" t="n">
-        <x:v>129492</x:v>
+        <x:v>128841</x:v>
       </x:c>
       <x:c r="AQ52" s="3" t="n">
-        <x:v>129211</x:v>
+        <x:v>128564</x:v>
       </x:c>
       <x:c r="AR52" s="3" t="n">
-        <x:v>128901</x:v>
+        <x:v>128249</x:v>
       </x:c>
       <x:c r="AS52" s="3" t="n">
-        <x:v>136561</x:v>
+        <x:v>135887</x:v>
       </x:c>
       <x:c r="AT52" s="3" t="n">
-        <x:v>131787</x:v>
+        <x:v>131094</x:v>
       </x:c>
       <x:c r="AU52" s="3" t="n">
-        <x:v>134481</x:v>
+        <x:v>133783</x:v>
       </x:c>
       <x:c r="AV52" s="3" t="n">
-        <x:v>133551</x:v>
+        <x:v>132851</x:v>
       </x:c>
       <x:c r="AW52" s="3" t="n">
-        <x:v>138906</x:v>
+        <x:v>138189</x:v>
       </x:c>
       <x:c r="AX52" s="3" t="n">
-        <x:v>136772</x:v>
+        <x:v>136091</x:v>
       </x:c>
       <x:c r="AY52" s="3" t="n">
-        <x:v>135625</x:v>
+        <x:v>134938</x:v>
       </x:c>
       <x:c r="AZ52" s="3" t="n">
-        <x:v>139247</x:v>
+        <x:v>138547</x:v>
       </x:c>
       <x:c r="BA52" s="3" t="n">
-        <x:v>144649</x:v>
+        <x:v>143919</x:v>
       </x:c>
       <x:c r="BB52" s="3" t="n">
-        <x:v>142283</x:v>
+        <x:v>141129</x:v>
       </x:c>
       <x:c r="BC52" s="3" t="n">
-        <x:v>144014</x:v>
+        <x:v>142856</x:v>
       </x:c>
       <x:c r="BD52" s="3" t="n">
-        <x:v>144725</x:v>
+        <x:v>143554</x:v>
       </x:c>
       <x:c r="BE52" s="3" t="n">
-        <x:v>149880</x:v>
+        <x:v>148675</x:v>
       </x:c>
       <x:c r="BF52" s="3" t="n">
-        <x:v>152771</x:v>
+        <x:v>151502</x:v>
       </x:c>
       <x:c r="BG52" s="3" t="n">
-        <x:v>144728</x:v>
+        <x:v>143445</x:v>
       </x:c>
       <x:c r="BH52" s="3" t="n">
-        <x:v>149479</x:v>
+        <x:v>148169</x:v>
       </x:c>
       <x:c r="BI52" s="3" t="n">
-        <x:v>155753</x:v>
+        <x:v>154399</x:v>
       </x:c>
       <x:c r="BJ52" s="3" t="n">
-        <x:v>152217</x:v>
+        <x:v>150924</x:v>
       </x:c>
       <x:c r="BK52" s="3" t="n">
-        <x:v>148754</x:v>
+        <x:v>147460</x:v>
       </x:c>
       <x:c r="BL52" s="3" t="n">
-        <x:v>156004</x:v>
+        <x:v>154701</x:v>
       </x:c>
       <x:c r="BM52" s="3" t="n">
-        <x:v>170228</x:v>
+        <x:v>168886</x:v>
       </x:c>
       <x:c r="BN52" s="3" t="n">
-        <x:v>158524</x:v>
+        <x:v>157134</x:v>
       </x:c>
       <x:c r="BO52" s="3" t="n">
-        <x:v>160123</x:v>
+        <x:v>158700</x:v>
       </x:c>
       <x:c r="BP52" s="3" t="n">
-        <x:v>163559</x:v>
+        <x:v>162134</x:v>
       </x:c>
       <x:c r="BQ52" s="3" t="n">
-        <x:v>172879</x:v>
+        <x:v>171422</x:v>
       </x:c>
       <x:c r="BR52" s="3" t="n">
-        <x:v>175817</x:v>
+        <x:v>174343</x:v>
       </x:c>
       <x:c r="BS52" s="3" t="n">
-        <x:v>168075</x:v>
+        <x:v>166588</x:v>
       </x:c>
       <x:c r="BT52" s="3" t="n">
-        <x:v>173969</x:v>
+        <x:v>172478</x:v>
       </x:c>
       <x:c r="BU52" s="3" t="n">
-        <x:v>182868</x:v>
+        <x:v>181327</x:v>
       </x:c>
       <x:c r="BV52" s="3" t="n">
-        <x:v>183460</x:v>
+        <x:v>181754</x:v>
       </x:c>
       <x:c r="BW52" s="3" t="n">
-        <x:v>175488</x:v>
+        <x:v>173771</x:v>
       </x:c>
       <x:c r="BX52" s="3" t="n">
-        <x:v>183697</x:v>
+        <x:v>181930</x:v>
       </x:c>
       <x:c r="BY52" s="3" t="n">
-        <x:v>194138</x:v>
+        <x:v>192284</x:v>
       </x:c>
       <x:c r="BZ52" s="3" t="n">
-        <x:v>187766</x:v>
+        <x:v>185446</x:v>
       </x:c>
       <x:c r="CA52" s="3" t="n">
-        <x:v>198668</x:v>
+        <x:v>196330</x:v>
       </x:c>
       <x:c r="CB52" s="3" t="n">
-        <x:v>197129</x:v>
+        <x:v>194737</x:v>
       </x:c>
       <x:c r="CC52" s="3" t="n">
-        <x:v>211785</x:v>
+        <x:v>209334</x:v>
       </x:c>
       <x:c r="CD52" s="3" t="n">
-        <x:v>208961</x:v>
+        <x:v>206702</x:v>
       </x:c>
       <x:c r="CE52" s="3" t="n">
-        <x:v>207627</x:v>
+        <x:v>205457</x:v>
       </x:c>
       <x:c r="CF52" s="3" t="n">
-        <x:v>217484</x:v>
+        <x:v>214834</x:v>
       </x:c>
       <x:c r="CG52" s="3" t="n">
-        <x:v>228079</x:v>
+        <x:v>225541</x:v>
       </x:c>
       <x:c r="CH52" s="3" t="n">
-        <x:v>221657</x:v>
+        <x:v>219687</x:v>
       </x:c>
       <x:c r="CI52" s="3" t="n">
-        <x:v>219084</x:v>
+        <x:v>217197</x:v>
       </x:c>
       <x:c r="CJ52" s="3" t="n">
-        <x:v>226104</x:v>
+        <x:v>223723</x:v>
       </x:c>
       <x:c r="CK52" s="3" t="n">
-        <x:v>240270</x:v>
+        <x:v>238093</x:v>
       </x:c>
       <x:c r="CL52" s="3" t="n">
-        <x:v>241233</x:v>
+        <x:v>239470</x:v>
       </x:c>
       <x:c r="CM52" s="3" t="n">
-        <x:v>232661</x:v>
+        <x:v>231032</x:v>
       </x:c>
       <x:c r="CN52" s="3" t="n">
-        <x:v>238464</x:v>
+        <x:v>236391</x:v>
       </x:c>
       <x:c r="CO52" s="3" t="n">
-        <x:v>252593</x:v>
+        <x:v>250690</x:v>
       </x:c>
       <x:c r="CP52" s="3" t="n">
-        <x:v>259273</x:v>
+        <x:v>257763</x:v>
       </x:c>
       <x:c r="CQ52" s="3" t="n">
-        <x:v>248335</x:v>
+        <x:v>246958</x:v>
       </x:c>
       <x:c r="CR52" s="3" t="n">
-        <x:v>249543</x:v>
+        <x:v>247687</x:v>
       </x:c>
       <x:c r="CS52" s="3" t="n">
-        <x:v>269532</x:v>
+        <x:v>267958</x:v>
       </x:c>
       <x:c r="CT52" s="3" t="n">
-        <x:v>260975</x:v>
+        <x:v>259819</x:v>
       </x:c>
       <x:c r="CU52" s="3" t="n">
-        <x:v>267773</x:v>
+        <x:v>266778</x:v>
       </x:c>
       <x:c r="CV52" s="3" t="n">
-        <x:v>265121</x:v>
+        <x:v>263430</x:v>
       </x:c>
       <x:c r="CW52" s="3" t="n">
-        <x:v>279975</x:v>
+        <x:v>278623</x:v>
       </x:c>
       <x:c r="CX52" s="3" t="n">
-        <x:v>278455</x:v>
+        <x:v>277937</x:v>
       </x:c>
       <x:c r="CY52" s="3" t="n">
-        <x:v>272069</x:v>
+        <x:v>271792</x:v>
       </x:c>
       <x:c r="CZ52" s="3" t="n">
-        <x:v>279041</x:v>
+        <x:v>278036</x:v>
       </x:c>
       <x:c r="DA52" s="3" t="n">
-        <x:v>293007</x:v>
+        <x:v>292312</x:v>
       </x:c>
       <x:c r="DB52" s="3" t="n">
-        <x:v>297725</x:v>
+        <x:v>298206</x:v>
       </x:c>
       <x:c r="DC52" s="3" t="n">
-        <x:v>290486</x:v>
+        <x:v>291099</x:v>
       </x:c>
       <x:c r="DD52" s="3" t="n">
-        <x:v>298367</x:v>
+        <x:v>298302</x:v>
       </x:c>
       <x:c r="DE52" s="3" t="n">
-        <x:v>320900</x:v>
+        <x:v>321055</x:v>
       </x:c>
       <x:c r="DF52" s="3" t="n">
-        <x:v>306216</x:v>
+        <x:v>307878</x:v>
       </x:c>
       <x:c r="DG52" s="3" t="n">
-        <x:v>326663</x:v>
+        <x:v>328756</x:v>
       </x:c>
       <x:c r="DH52" s="3" t="n">
-        <x:v>316895</x:v>
+        <x:v>318523</x:v>
       </x:c>
       <x:c r="DI52" s="3" t="n">
-        <x:v>349609</x:v>
+        <x:v>351344</x:v>
       </x:c>
       <x:c r="DJ52" s="3" t="n">
-        <x:v>346108</x:v>
+        <x:v>349755</x:v>
       </x:c>
       <x:c r="DK52" s="3" t="n">
-        <x:v>345155</x:v>
+        <x:v>349302</x:v>
       </x:c>
       <x:c r="DL52" s="3" t="n">
-        <x:v>347510</x:v>
+        <x:v>351360</x:v>
       </x:c>
       <x:c r="DM52" s="3" t="n">
-        <x:v>383726</x:v>
+        <x:v>387651</x:v>
       </x:c>
       <x:c r="DN52" s="3" t="n">
-        <x:v>382596</x:v>
+        <x:v>389153</x:v>
       </x:c>
       <x:c r="DO52" s="3" t="n">
-        <x:v>379956</x:v>
+        <x:v>387359</x:v>
       </x:c>
       <x:c r="DP52" s="3" t="n">
-        <x:v>383420</x:v>
+        <x:v>390201</x:v>
       </x:c>
       <x:c r="DQ52" s="3" t="n">
-        <x:v>418151</x:v>
+        <x:v>424524</x:v>
       </x:c>
       <x:c r="DR52" s="3" t="n">
-        <x:v>399841</x:v>
+        <x:v>408404</x:v>
       </x:c>
       <x:c r="DS52" s="3" t="n">
-        <x:v>420691</x:v>
+        <x:v>429578</x:v>
       </x:c>
       <x:c r="DT52" s="3" t="n">
-        <x:v>416841</x:v>
+        <x:v>425773</x:v>
       </x:c>
       <x:c r="DU52" s="3" t="n">
-        <x:v>446189</x:v>
+        <x:v>455844</x:v>
       </x:c>
       <x:c r="DV52" s="3" t="n">
-        <x:v>418395</x:v>
+        <x:v>429429</x:v>
       </x:c>
       <x:c r="DW52" s="3" t="n">
-        <x:v>418256</x:v>
+        <x:v>429677</x:v>
       </x:c>
       <x:c r="DX52" s="3" t="n">
-        <x:v>419964</x:v>
+        <x:v>430933</x:v>
       </x:c>
       <x:c r="DY52" s="3" t="n">
-        <x:v>444068</x:v>
+        <x:v>455034</x:v>
       </x:c>
       <x:c r="DZ52" s="3" t="n">
-        <x:v>436051</x:v>
+        <x:v>448231</x:v>
       </x:c>
       <x:c r="EA52" s="3" t="n">
-        <x:v>442094</x:v>
+        <x:v>455250</x:v>
       </x:c>
       <x:c r="EB52" s="3" t="n">
-        <x:v>443301</x:v>
+        <x:v>455692</x:v>
       </x:c>
       <x:c r="EC52" s="3" t="n">
-        <x:v>470528</x:v>
+        <x:v>482899</x:v>
       </x:c>
       <x:c r="ED52" s="3" t="n">
-        <x:v>454473</x:v>
+        <x:v>468452</x:v>
       </x:c>
       <x:c r="EE52" s="3" t="n">
-        <x:v>457966</x:v>
+        <x:v>473584</x:v>
       </x:c>
       <x:c r="EF52" s="3" t="n">
-        <x:v>461442</x:v>
+        <x:v>476373</x:v>
       </x:c>
       <x:c r="EG52" s="3" t="n">
-        <x:v>489082</x:v>
+        <x:v>503090</x:v>
       </x:c>
       <x:c r="EH52" s="3" t="n">
-        <x:v>492309</x:v>
+        <x:v>507783</x:v>
       </x:c>
       <x:c r="EI52" s="3" t="n">
-        <x:v>486223</x:v>
+        <x:v>503257</x:v>
       </x:c>
       <x:c r="EJ52" s="3" t="n">
-        <x:v>486395</x:v>
+        <x:v>502747</x:v>
       </x:c>
       <x:c r="EK52" s="3" t="n">
-        <x:v>520128</x:v>
+        <x:v>535932</x:v>
       </x:c>
       <x:c r="EL52" s="3" t="n">
-        <x:v>508328</x:v>
+        <x:v>526751</x:v>
       </x:c>
       <x:c r="EM52" s="3" t="n">
-        <x:v>526718</x:v>
+        <x:v>546380</x:v>
       </x:c>
       <x:c r="EN52" s="3" t="n">
-        <x:v>514107</x:v>
+        <x:v>532683</x:v>
       </x:c>
       <x:c r="EO52" s="3" t="n">
-        <x:v>547058</x:v>
+        <x:v>565503</x:v>
       </x:c>
       <x:c r="EP52" s="3" t="n">
-        <x:v>543073</x:v>
+        <x:v>561673</x:v>
       </x:c>
       <x:c r="EQ52" s="3" t="n">
-        <x:v>539907</x:v>
+        <x:v>559930</x:v>
       </x:c>
       <x:c r="ER52" s="3" t="n">
-        <x:v>541972</x:v>
+        <x:v>561920</x:v>
       </x:c>
       <x:c r="ES52" s="3" t="n">
-        <x:v>575917</x:v>
+        <x:v>597966</x:v>
       </x:c>
       <x:c r="ET52" s="3" t="n">
-        <x:v>563946</x:v>
+        <x:v>586177</x:v>
       </x:c>
       <x:c r="EU52" s="3" t="n">
-        <x:v>570997</x:v>
+        <x:v>594157</x:v>
       </x:c>
       <x:c r="EV52" s="3" t="n">
-        <x:v>555486</x:v>
+        <x:v>579153</x:v>
       </x:c>
       <x:c r="EW52" s="3" t="n">
-        <x:v>581487</x:v>
+        <x:v>605176</x:v>
       </x:c>
       <x:c r="EX52" s="3" t="n">
-        <x:v>566765</x:v>
+        <x:v>590737</x:v>
       </x:c>
       <x:c r="EY52" s="3" t="n">
-        <x:v>593068</x:v>
+        <x:v>615997</x:v>
       </x:c>
       <x:c r="EZ52" s="3" t="n">
-        <x:v>567593</x:v>
+        <x:v>591748</x:v>
       </x:c>
       <x:c r="FA52" s="3" t="n">
-        <x:v>606210</x:v>
+        <x:v>630955</x:v>
       </x:c>
       <x:c r="FB52" s="3" t="n">
-        <x:v>612000</x:v>
+        <x:v>638691</x:v>
       </x:c>
       <x:c r="FC52" s="3" t="n">
-        <x:v>597294</x:v>
+        <x:v>624148</x:v>
       </x:c>
       <x:c r="FD52" s="3" t="n">
-        <x:v>585922</x:v>
+        <x:v>612311</x:v>
       </x:c>
       <x:c r="FE52" s="3" t="n">
-        <x:v>626841</x:v>
+        <x:v>653344</x:v>
       </x:c>
       <x:c r="FF52" s="3" t="n">
-        <x:v>620722</x:v>
+        <x:v>647633</x:v>
       </x:c>
       <x:c r="FG52" s="3" t="n">
-        <x:v>636160</x:v>
+        <x:v>662361</x:v>
       </x:c>
       <x:c r="FH52" s="3" t="n">
-        <x:v>610025</x:v>
+        <x:v>636139</x:v>
       </x:c>
       <x:c r="FI52" s="3" t="n">
-        <x:v>671328</x:v>
+        <x:v>702823</x:v>
       </x:c>
       <x:c r="FJ52" s="3" t="n">
-        <x:v>664557</x:v>
+        <x:v>692805</x:v>
       </x:c>
       <x:c r="FK52" s="3" t="n">
-        <x:v>658151</x:v>
+        <x:v>689149</x:v>
       </x:c>
       <x:c r="FL52" s="3" t="n">
-        <x:v>652290</x:v>
+        <x:v>684653</x:v>
       </x:c>
       <x:c r="FM52" s="3" t="n">
-        <x:v>693419</x:v>
+        <x:v>728507</x:v>
       </x:c>
       <x:c r="FN52" s="3" t="n">
-        <x:v>690936</x:v>
+        <x:v>724301</x:v>
       </x:c>
       <x:c r="FO52" s="3" t="n">
-        <x:v>639726</x:v>
+        <x:v>671233</x:v>
       </x:c>
       <x:c r="FP52" s="3" t="n">
-        <x:v>642852</x:v>
+        <x:v>675631</x:v>
       </x:c>
       <x:c r="FQ52" s="3" t="n">
-        <x:v>689900</x:v>
+        <x:v>722739</x:v>
       </x:c>
       <x:c r="FR52" s="3" t="n">
-        <x:v>691822</x:v>
+        <x:v>724296</x:v>
       </x:c>
       <x:c r="FS52" s="3" t="n">
-        <x:v>702527</x:v>
+        <x:v>734782</x:v>
       </x:c>
       <x:c r="FT52" s="3" t="n">
-        <x:v>704074</x:v>
+        <x:v>739237</x:v>
       </x:c>
       <x:c r="FU52" s="3" t="n">
-        <x:v>787445</x:v>
+        <x:v>830321</x:v>
       </x:c>
       <x:c r="FV52" s="3" t="n">
-        <x:v>793392</x:v>
+        <x:v>840439</x:v>
       </x:c>
       <x:c r="FW52" s="3" t="n">
-        <x:v>796046</x:v>
+        <x:v>844942</x:v>
       </x:c>
       <x:c r="FX52" s="3" t="n">
-        <x:v>796325</x:v>
+        <x:v>839858</x:v>
       </x:c>
       <x:c r="FY52" s="3" t="n">
-        <x:v>867909</x:v>
+        <x:v>914702</x:v>
       </x:c>
       <x:c r="FZ52" s="3" t="n">
-        <x:v>864913</x:v>
+        <x:v>909347</x:v>
       </x:c>
       <x:c r="GA52" s="3" t="n">
-        <x:v>838036</x:v>
+        <x:v>873961</x:v>
       </x:c>
       <x:c r="GB52" s="3" t="n">
-        <x:v>823578</x:v>
+        <x:v>854441</x:v>
       </x:c>
       <x:c r="GC52" s="3" t="n">
-        <x:v>898359</x:v>
+        <x:v>931000</x:v>
       </x:c>
       <x:c r="GD52" s="3" t="n">
-        <x:v>882847</x:v>
+        <x:v>915838</x:v>
       </x:c>
       <x:c r="GE52" s="3" t="n">
-        <x:v>895330</x:v>
+        <x:v>934266</x:v>
       </x:c>
       <x:c r="GF52" s="3" t="n">
-        <x:v>869451</x:v>
+        <x:v>903730</x:v>
       </x:c>
       <x:c r="GG52" s="3" t="n">
-        <x:v>926389</x:v>
+        <x:v>958789</x:v>
       </x:c>
       <x:c r="GH52" s="3" t="n">
-        <x:v>943205</x:v>
+        <x:v>977085</x:v>
       </x:c>
       <x:c r="GI52" s="3" t="n">
-        <x:v>930616</x:v>
+        <x:v>967071</x:v>
+      </x:c>
+      <x:c r="GJ52" s="3" t="n">
+        <x:v>944225</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:191">
+    <x:row r="53" spans="1:192">
       <x:c r="A53" s="2" t="s">
-        <x:v>240</x:v>
-[...569 lines deleted...]
-        <x:v>620355</x:v>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="G53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="I53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="J53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="K53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="L53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="M53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="N53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="O53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="P53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="R53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="S53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="T53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="U53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="V53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="W53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="X53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Y53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Z53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AR53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AS53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AT53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BR53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BS53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BT53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CR53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CS53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CT53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DR53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DS53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DT53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ED53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ER53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ES53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ET53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FR53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FS53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FT53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GJ53" s="4" t="s">
+        <x:v>242</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:191">
+    <x:row r="54" spans="1:192">
       <x:c r="A54" s="2" t="s">
-        <x:v>241</x:v>
-[...569 lines deleted...]
-        <x:v>865177</x:v>
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="G54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="I54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="J54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="K54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="L54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="M54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="N54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="O54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="P54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Q54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="R54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="S54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="T54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="U54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="V54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="W54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="X54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Y54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Z54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AR54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AS54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AT54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BR54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BS54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BT54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CR54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CS54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CT54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DR54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DS54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DT54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ED54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ER54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ES54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ET54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FR54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FS54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FT54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GJ54" s="4" t="s">
+        <x:v>242</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:191">
+    <x:row r="55" spans="1:192">
       <x:c r="A55" s="2" t="s">
-        <x:v>242</x:v>
-[...569 lines deleted...]
-        <x:v>310261</x:v>
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="G55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="I55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="J55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="K55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="L55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="M55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="N55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="O55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="P55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="R55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="S55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="T55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="U55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="V55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="W55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="X55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Y55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Z55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AR55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AS55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AT55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BR55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BS55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BT55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CR55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CS55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CT55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DR55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DS55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DT55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ED55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ER55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ES55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ET55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FR55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FS55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FT55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GJ55" s="4" t="s">
+        <x:v>242</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:191">
+    <x:row r="57" spans="1:192">
       <x:c r="A57" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:191">
+    <x:row r="58" spans="1:192">
       <x:c r="A58" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:191">
+    <x:row r="59" spans="1:192">
       <x:c r="A59" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:191">
+    <x:row r="61" spans="1:192">
       <x:c r="A61" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:191">
+    <x:row r="62" spans="1:192">
       <x:c r="A62" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:191">
+    <x:row r="63" spans="1:192">
       <x:c r="A63" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
-    <x:row r="65" spans="1:191">
+    <x:row r="65" spans="1:192">
       <x:c r="A65" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:192">
+      <x:c r="A66" s="0" t="s">
+        <x:v>252</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:192">
+      <x:c r="A68" s="0" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:192">
+      <x:c r="A69" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:191">
-[...1 lines deleted...]
-        <x:v>250</x:v>
+    <x:row r="70" spans="1:192">
+      <x:c r="A70" s="0" t="s">
+        <x:v>254</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:191">
-[...1 lines deleted...]
-        <x:v>251</x:v>
+    <x:row r="71" spans="1:192">
+      <x:c r="A71" s="0" t="s">
+        <x:v>255</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:191">
-[...1 lines deleted...]
-        <x:v>247</x:v>
+    <x:row r="72" spans="1:192">
+      <x:c r="A72" s="0" t="s">
+        <x:v>256</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:191">
-[...1 lines deleted...]
-        <x:v>252</x:v>
+    <x:row r="77" spans="1:192">
+      <x:c r="A77" s="0" t="s">
+        <x:v>257</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:191">
-[...1 lines deleted...]
-        <x:v>253</x:v>
+    <x:row r="78" spans="1:192">
+      <x:c r="A78" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:191">
-[...1 lines deleted...]
-        <x:v>254</x:v>
+    <x:row r="79" spans="1:192">
+      <x:c r="A79" s="0" t="s">
+        <x:v>258</x:v>
       </x:c>
     </x:row>
-    <x:row r="77" spans="1:191">
-[...1 lines deleted...]
-        <x:v>255</x:v>
+    <x:row r="80" spans="1:192">
+      <x:c r="A80" s="0" t="s">
+        <x:v>259</x:v>
       </x:c>
     </x:row>
-    <x:row r="78" spans="1:191">
-[...1 lines deleted...]
-        <x:v>247</x:v>
+    <x:row r="81" spans="1:192">
+      <x:c r="A81" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:191">
-[...1 lines deleted...]
-        <x:v>256</x:v>
+    <x:row r="82" spans="1:192">
+      <x:c r="A82" s="0" t="s">
+        <x:v>260</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:191">
-[...1 lines deleted...]
-        <x:v>257</x:v>
+    <x:row r="84" spans="1:192">
+      <x:c r="A84" s="0" t="s">
+        <x:v>261</x:v>
       </x:c>
     </x:row>
-    <x:row r="81" spans="1:191">
-[...14 lines deleted...]
-    <x:row r="85" spans="1:191">
+    <x:row r="85" spans="1:192">
       <x:c r="A85" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:191">
+    <x:row r="86" spans="1:192">
       <x:c r="A86" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
-    <x:row r="92" spans="1:191">
+    <x:row r="92" spans="1:192">
       <x:c r="A92" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
-    <x:row r="94" spans="1:191">
+    <x:row r="94" spans="1:192">
       <x:c r="A94" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
-    <x:row r="95" spans="1:191">
+    <x:row r="95" spans="1:192">
       <x:c r="A95" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
-    <x:row r="97" spans="1:191">
+    <x:row r="97" spans="1:192">
       <x:c r="A97" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
-    <x:row r="98" spans="1:191">
+    <x:row r="98" spans="1:192">
       <x:c r="A98" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>BNPB</vt:lpstr>
       <vt:lpstr>BNPB!Print_Area</vt:lpstr>
       <vt:lpstr>BNPB!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>