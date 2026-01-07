--- v2 (2025-12-15)
+++ v3 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1b91d7115a9445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a449355bfe344d689ca25ac53be04d59.psmdcp" Id="Rae9257b6d436482d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd39414eeb2b34975" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/de23738c1043440abc38bb049ad8631a.psmdcp" Id="Radb4891054a34f9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BNPB" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="268">
   <x:si>
     <x:t>09171: Produksjon og inntekt, etter næring, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Bruttoprodukt i basisverdi. Løpende priser (mill. kr)</x:t>
   </x:si>
   <x:si>