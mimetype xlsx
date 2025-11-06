--- v0 (2025-10-16)
+++ v1 (2025-11-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9aa51532e8e045bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a99fefa9d2742a2af5cbd102cd4775b.psmdcp" Id="R64767e1bbccf47ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb30e436aa9f44403" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2d46b6138db74129a09105d80e28cc5b.psmdcp" Id="R2dfd8fe23f9b4dbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="FastePriserSesJust" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="275" uniqueCount="275">
   <x:si>
     <x:t>09190: Makroøkonomiske hovedstørrelser, etter makrostørrelse, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Faste 2022-priser, sesongjustert (mill. kr)</x:t>
   </x:si>
   <x:si>