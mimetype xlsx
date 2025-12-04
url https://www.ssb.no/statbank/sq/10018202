--- v1 (2025-11-06)
+++ v2 (2025-12-04)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb30e436aa9f44403" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2d46b6138db74129a09105d80e28cc5b.psmdcp" Id="R2dfd8fe23f9b4dbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33d8d00d9f51445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26700b58b71f426081f7285877955888.psmdcp" Id="R0b203e08e54347fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="FastePriserSesJust" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="275" uniqueCount="275">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="276">
   <x:si>
     <x:t>09190: Makroøkonomiske hovedstørrelser, etter makrostørrelse, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
-    <x:t>Faste 2022-priser, sesongjustert (mill. kr)</x:t>
+    <x:t>Faste 2023-priser, sesongjustert (mill. kr)</x:t>
   </x:si>
   <x:si>
     <x:t>1978K1</x:t>
   </x:si>
   <x:si>
     <x:t>1978K2</x:t>
   </x:si>
   <x:si>
     <x:t>1978K3</x:t>
   </x:si>
   <x:si>
     <x:t>1978K4</x:t>
   </x:si>
   <x:si>
     <x:t>1979K1</x:t>
   </x:si>
   <x:si>
     <x:t>1979K2</x:t>
   </x:si>
   <x:si>
     <x:t>1979K3</x:t>
   </x:si>
   <x:si>
     <x:t>1979K4</x:t>
   </x:si>
@@ -586,50 +586,53 @@
   <x:si>
     <x:t>2023K3</x:t>
   </x:si>
   <x:si>
     <x:t>2023K4</x:t>
   </x:si>
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
+    <x:t>2025K3</x:t>
+  </x:si>
+  <x:si>
     <x:t>Konsum i husholdninger og ideelle organisasjoner</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Konsum i husholdninger</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Varekonsum</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Tjenestekonsum</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Husholdningenes kjøp i utlandet</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Utlendingers kjøp i Norge</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Konsum i ideelle organisasjoner</x:t>
   </x:si>
   <x:si>
     <x:t>Konsum i offentlig forvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Konsum i statsforvaltningen</x:t>
@@ -739,66 +742,66 @@
   <x:si>
     <x:t>Oljevirksomhet og utenriks sjøfart</x:t>
   </x:si>
   <x:si>
     <x:t>Bruttoprodukt Fastlands-Norge, basisverdi</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Fastlands-Norge utenom offentlig forvaltning (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Industri og bergverk (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Annen vareproduksjon (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Tjenester inkl. boligtjenester (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Offentlig forvaltning (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>Produktavgifter og -subsidier</x:t>
   </x:si>
   <x:si>
-    <x:t>Ujusterte tall etter basisår (endelig årsregnskap) er foreløpige.</x:t>
+    <x:t>Tallene etter år 2023 (basisåret) er foreløpige.</x:t>
   </x:si>
   <x:si>
     <x:t>Seriene i faste priser er kjeda volumtall fra basisåret og bakover, og fastpristall fra basisår og fremover. Additivitet i komponentene i volum forekommer kun f.o.m. basisår.</x:t>
   </x:si>
   <x:si>
-    <x:t>Feil i sesongjusterte tall ble rettet 29. november 2024 kl. 11.35.</x:t>
+    <x:t>Feil i sesongjusterte tall for seriene «Lagerendring og statistiske avvik», «Bruttoinvestering i alt», «Innenlandsk sluttanvendelse» og «Samlet sluttanvendelse» for perioden 2016 til 2023 er rettet 27.11.2025.</x:t>
   </x:si>
   <x:si>
     <x:t>Sist endret:</x:t>
   </x:si>
   <x:si>
-    <x:t>Faste 2022-priser, sesongjustert (mill. kr):</x:t>
+    <x:t>Faste 2023-priser, sesongjustert (mill. kr):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250821 08:00</x:t>
+    <x:t>20251127 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kilde:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t>Kontakt:</x:t>
   </x:si>
   <x:si>
     <x:t>Achraf Bougroug, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 15</x:t>
   </x:si>
   <x:si>
     <x:t>acb@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Julian Paulsen Blytt, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 23 26</x:t>
   </x:si>
@@ -1224,70 +1227,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:GI112"/>
+  <x:dimension ref="A1:GJ112"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="191" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="192" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:191">
+    <x:row r="1" spans="1:192">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:191">
+    <x:row r="3" spans="1:192">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:191">
+    <x:row r="4" spans="1:192">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -1814,29569 +1817,29725 @@
       </x:c>
       <x:c r="GB4" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="GC4" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="GD4" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="GE4" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="GF4" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="GG4" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="GH4" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="GI4" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
+      <x:c r="GJ4" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:191">
+    <x:row r="5" spans="1:192">
       <x:c r="A5" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>144948</x:v>
+        <x:v>140606</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>145796</x:v>
+        <x:v>141455</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>147528</x:v>
+        <x:v>143186</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>146584</x:v>
+        <x:v>142242</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>149652</x:v>
+        <x:v>145009</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>152749</x:v>
+        <x:v>148106</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>152839</x:v>
+        <x:v>148196</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>154181</x:v>
+        <x:v>149539</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>155106</x:v>
+        <x:v>150309</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>154246</x:v>
+        <x:v>149450</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>155634</x:v>
+        <x:v>150837</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>157051</x:v>
+        <x:v>152254</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>155483</x:v>
+        <x:v>150615</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>155613</x:v>
+        <x:v>150745</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>154054</x:v>
+        <x:v>149187</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>158767</x:v>
+        <x:v>153899</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>157014</x:v>
+        <x:v>152078</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>158645</x:v>
+        <x:v>153709</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>157949</x:v>
+        <x:v>153013</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>157306</x:v>
+        <x:v>152369</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>160081</x:v>
+        <x:v>155043</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>160047</x:v>
+        <x:v>155010</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>161915</x:v>
+        <x:v>156877</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>161365</x:v>
+        <x:v>156328</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>162622</x:v>
+        <x:v>157449</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>165304</x:v>
+        <x:v>160130</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>166519</x:v>
+        <x:v>161346</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>169498</x:v>
+        <x:v>164324</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>177474</x:v>
+        <x:v>171823</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>179247</x:v>
+        <x:v>173596</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>183025</x:v>
+        <x:v>177374</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>185447</x:v>
+        <x:v>179797</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>190355</x:v>
+        <x:v>184428</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>193702</x:v>
+        <x:v>187775</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>188104</x:v>
+        <x:v>182177</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>189649</x:v>
+        <x:v>183722</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>188884</x:v>
+        <x:v>182904</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>190215</x:v>
+        <x:v>184235</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>188703</x:v>
+        <x:v>182722</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>189305</x:v>
+        <x:v>183324</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>187013</x:v>
+        <x:v>181226</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>185981</x:v>
+        <x:v>180195</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
+        <x:v>178914</x:v>
+      </x:c>
+      <x:c r="AS5" s="3" t="n">
+        <x:v>177641</x:v>
+      </x:c>
+      <x:c r="AT5" s="3" t="n">
+        <x:v>177126</x:v>
+      </x:c>
+      <x:c r="AU5" s="3" t="n">
+        <x:v>178569</x:v>
+      </x:c>
+      <x:c r="AV5" s="3" t="n">
+        <x:v>178551</x:v>
+      </x:c>
+      <x:c r="AW5" s="3" t="n">
+        <x:v>178824</x:v>
+      </x:c>
+      <x:c r="AX5" s="3" t="n">
+        <x:v>176678</x:v>
+      </x:c>
+      <x:c r="AY5" s="3" t="n">
+        <x:v>180501</x:v>
+      </x:c>
+      <x:c r="AZ5" s="3" t="n">
+        <x:v>181420</x:v>
+      </x:c>
+      <x:c r="BA5" s="3" t="n">
+        <x:v>180303</x:v>
+      </x:c>
+      <x:c r="BB5" s="3" t="n">
+        <x:v>183294</x:v>
+      </x:c>
+      <x:c r="BC5" s="3" t="n">
+        <x:v>181197</x:v>
+      </x:c>
+      <x:c r="BD5" s="3" t="n">
         <x:v>184700</x:v>
       </x:c>
-      <x:c r="AS5" s="3" t="n">
-[...34 lines deleted...]
-      </x:c>
       <x:c r="BE5" s="3" t="n">
-        <x:v>189988</x:v>
+        <x:v>183996</x:v>
       </x:c>
       <x:c r="BF5" s="3" t="n">
-        <x:v>192631</x:v>
+        <x:v>186606</x:v>
       </x:c>
       <x:c r="BG5" s="3" t="n">
-        <x:v>195716</x:v>
+        <x:v>189691</x:v>
       </x:c>
       <x:c r="BH5" s="3" t="n">
-        <x:v>191900</x:v>
+        <x:v>185875</x:v>
       </x:c>
       <x:c r="BI5" s="3" t="n">
-        <x:v>194807</x:v>
+        <x:v>188782</x:v>
       </x:c>
       <x:c r="BJ5" s="3" t="n">
-        <x:v>196044</x:v>
+        <x:v>190009</x:v>
       </x:c>
       <x:c r="BK5" s="3" t="n">
-        <x:v>196760</x:v>
+        <x:v>190726</x:v>
       </x:c>
       <x:c r="BL5" s="3" t="n">
-        <x:v>198310</x:v>
+        <x:v>192276</x:v>
       </x:c>
       <x:c r="BM5" s="3" t="n">
-        <x:v>201540</x:v>
+        <x:v>195505</x:v>
       </x:c>
       <x:c r="BN5" s="3" t="n">
-        <x:v>204100</x:v>
+        <x:v>197831</x:v>
       </x:c>
       <x:c r="BO5" s="3" t="n">
-        <x:v>204571</x:v>
+        <x:v>198301</x:v>
       </x:c>
       <x:c r="BP5" s="3" t="n">
-        <x:v>205369</x:v>
+        <x:v>199099</x:v>
       </x:c>
       <x:c r="BQ5" s="3" t="n">
-        <x:v>205522</x:v>
+        <x:v>199252</x:v>
       </x:c>
       <x:c r="BR5" s="3" t="n">
-        <x:v>208687</x:v>
+        <x:v>202380</x:v>
       </x:c>
       <x:c r="BS5" s="3" t="n">
-        <x:v>212606</x:v>
+        <x:v>206299</x:v>
       </x:c>
       <x:c r="BT5" s="3" t="n">
-        <x:v>213699</x:v>
+        <x:v>207392</x:v>
       </x:c>
       <x:c r="BU5" s="3" t="n">
-        <x:v>214175</x:v>
+        <x:v>207869</x:v>
       </x:c>
       <x:c r="BV5" s="3" t="n">
-        <x:v>222803</x:v>
+        <x:v>216332</x:v>
       </x:c>
       <x:c r="BW5" s="3" t="n">
-        <x:v>223963</x:v>
+        <x:v>217492</x:v>
       </x:c>
       <x:c r="BX5" s="3" t="n">
-        <x:v>227696</x:v>
+        <x:v>221224</x:v>
       </x:c>
       <x:c r="BY5" s="3" t="n">
-        <x:v>228399</x:v>
+        <x:v>221927</x:v>
       </x:c>
       <x:c r="BZ5" s="3" t="n">
-        <x:v>228016</x:v>
+        <x:v>221442</x:v>
       </x:c>
       <x:c r="CA5" s="3" t="n">
-        <x:v>232056</x:v>
+        <x:v>225482</x:v>
       </x:c>
       <x:c r="CB5" s="3" t="n">
-        <x:v>234160</x:v>
+        <x:v>227586</x:v>
       </x:c>
       <x:c r="CC5" s="3" t="n">
-        <x:v>236807</x:v>
+        <x:v>230233</x:v>
       </x:c>
       <x:c r="CD5" s="3" t="n">
-        <x:v>236649</x:v>
+        <x:v>229959</x:v>
       </x:c>
       <x:c r="CE5" s="3" t="n">
-        <x:v>241753</x:v>
+        <x:v>235063</x:v>
       </x:c>
       <x:c r="CF5" s="3" t="n">
-        <x:v>239754</x:v>
+        <x:v>233064</x:v>
       </x:c>
       <x:c r="CG5" s="3" t="n">
-        <x:v>239218</x:v>
+        <x:v>232528</x:v>
       </x:c>
       <x:c r="CH5" s="3" t="n">
-        <x:v>247661</x:v>
+        <x:v>241212</x:v>
       </x:c>
       <x:c r="CI5" s="3" t="n">
-        <x:v>244540</x:v>
+        <x:v>238091</x:v>
       </x:c>
       <x:c r="CJ5" s="3" t="n">
-        <x:v>248806</x:v>
+        <x:v>242357</x:v>
       </x:c>
       <x:c r="CK5" s="3" t="n">
-        <x:v>252116</x:v>
+        <x:v>245667</x:v>
       </x:c>
       <x:c r="CL5" s="3" t="n">
-        <x:v>256042</x:v>
+        <x:v>249844</x:v>
       </x:c>
       <x:c r="CM5" s="3" t="n">
-        <x:v>259982</x:v>
+        <x:v>253784</x:v>
       </x:c>
       <x:c r="CN5" s="3" t="n">
-        <x:v>259976</x:v>
+        <x:v>253778</x:v>
       </x:c>
       <x:c r="CO5" s="3" t="n">
-        <x:v>258544</x:v>
+        <x:v>252346</x:v>
       </x:c>
       <x:c r="CP5" s="3" t="n">
-        <x:v>261277</x:v>
+        <x:v>255772</x:v>
       </x:c>
       <x:c r="CQ5" s="3" t="n">
-        <x:v>263219</x:v>
+        <x:v>257714</x:v>
       </x:c>
       <x:c r="CR5" s="3" t="n">
-        <x:v>264131</x:v>
+        <x:v>258626</x:v>
       </x:c>
       <x:c r="CS5" s="3" t="n">
-        <x:v>267257</x:v>
+        <x:v>261752</x:v>
       </x:c>
       <x:c r="CT5" s="3" t="n">
-        <x:v>269677</x:v>
+        <x:v>265418</x:v>
       </x:c>
       <x:c r="CU5" s="3" t="n">
-        <x:v>268703</x:v>
+        <x:v>264443</x:v>
       </x:c>
       <x:c r="CV5" s="3" t="n">
-        <x:v>273192</x:v>
+        <x:v>268932</x:v>
       </x:c>
       <x:c r="CW5" s="3" t="n">
-        <x:v>277425</x:v>
+        <x:v>273165</x:v>
       </x:c>
       <x:c r="CX5" s="3" t="n">
-        <x:v>277084</x:v>
+        <x:v>273472</x:v>
       </x:c>
       <x:c r="CY5" s="3" t="n">
-        <x:v>278487</x:v>
+        <x:v>274875</x:v>
       </x:c>
       <x:c r="CZ5" s="3" t="n">
-        <x:v>282265</x:v>
+        <x:v>278653</x:v>
       </x:c>
       <x:c r="DA5" s="3" t="n">
-        <x:v>285927</x:v>
+        <x:v>282315</x:v>
       </x:c>
       <x:c r="DB5" s="3" t="n">
-        <x:v>292824</x:v>
+        <x:v>291053</x:v>
       </x:c>
       <x:c r="DC5" s="3" t="n">
-        <x:v>296396</x:v>
+        <x:v>294625</x:v>
       </x:c>
       <x:c r="DD5" s="3" t="n">
-        <x:v>297261</x:v>
+        <x:v>295490</x:v>
       </x:c>
       <x:c r="DE5" s="3" t="n">
-        <x:v>298521</x:v>
+        <x:v>296750</x:v>
       </x:c>
       <x:c r="DF5" s="3" t="n">
-        <x:v>304424</x:v>
+        <x:v>305859</x:v>
       </x:c>
       <x:c r="DG5" s="3" t="n">
-        <x:v>308327</x:v>
+        <x:v>309762</x:v>
       </x:c>
       <x:c r="DH5" s="3" t="n">
-        <x:v>313824</x:v>
+        <x:v>315260</x:v>
       </x:c>
       <x:c r="DI5" s="3" t="n">
-        <x:v>310600</x:v>
+        <x:v>312035</x:v>
       </x:c>
       <x:c r="DJ5" s="3" t="n">
-        <x:v>318236</x:v>
+        <x:v>323279</x:v>
       </x:c>
       <x:c r="DK5" s="3" t="n">
-        <x:v>324081</x:v>
+        <x:v>329125</x:v>
       </x:c>
       <x:c r="DL5" s="3" t="n">
-        <x:v>327321</x:v>
+        <x:v>332365</x:v>
       </x:c>
       <x:c r="DM5" s="3" t="n">
-        <x:v>328905</x:v>
+        <x:v>333949</x:v>
       </x:c>
       <x:c r="DN5" s="3" t="n">
-        <x:v>336462</x:v>
+        <x:v>343826</x:v>
       </x:c>
       <x:c r="DO5" s="3" t="n">
-        <x:v>339867</x:v>
+        <x:v>347230</x:v>
       </x:c>
       <x:c r="DP5" s="3" t="n">
-        <x:v>344154</x:v>
+        <x:v>351518</x:v>
       </x:c>
       <x:c r="DQ5" s="3" t="n">
-        <x:v>346974</x:v>
+        <x:v>354337</x:v>
       </x:c>
       <x:c r="DR5" s="3" t="n">
-        <x:v>350972</x:v>
+        <x:v>358094</x:v>
       </x:c>
       <x:c r="DS5" s="3" t="n">
-        <x:v>351390</x:v>
+        <x:v>358513</x:v>
       </x:c>
       <x:c r="DT5" s="3" t="n">
-        <x:v>345594</x:v>
+        <x:v>352717</x:v>
       </x:c>
       <x:c r="DU5" s="3" t="n">
-        <x:v>342440</x:v>
+        <x:v>349563</x:v>
       </x:c>
       <x:c r="DV5" s="3" t="n">
-        <x:v>340487</x:v>
+        <x:v>351125</x:v>
       </x:c>
       <x:c r="DW5" s="3" t="n">
-        <x:v>346820</x:v>
+        <x:v>357459</x:v>
       </x:c>
       <x:c r="DX5" s="3" t="n">
-        <x:v>350636</x:v>
+        <x:v>361274</x:v>
       </x:c>
       <x:c r="DY5" s="3" t="n">
-        <x:v>352876</x:v>
+        <x:v>363515</x:v>
       </x:c>
       <x:c r="DZ5" s="3" t="n">
-        <x:v>359277</x:v>
+        <x:v>372643</x:v>
       </x:c>
       <x:c r="EA5" s="3" t="n">
-        <x:v>358662</x:v>
+        <x:v>372028</x:v>
       </x:c>
       <x:c r="EB5" s="3" t="n">
-        <x:v>361852</x:v>
+        <x:v>375218</x:v>
       </x:c>
       <x:c r="EC5" s="3" t="n">
-        <x:v>364012</x:v>
+        <x:v>377378</x:v>
       </x:c>
       <x:c r="ED5" s="3" t="n">
-        <x:v>366286</x:v>
+        <x:v>382724</x:v>
       </x:c>
       <x:c r="EE5" s="3" t="n">
-        <x:v>368454</x:v>
+        <x:v>384892</x:v>
       </x:c>
       <x:c r="EF5" s="3" t="n">
-        <x:v>369700</x:v>
+        <x:v>386138</x:v>
       </x:c>
       <x:c r="EG5" s="3" t="n">
-        <x:v>373503</x:v>
+        <x:v>389941</x:v>
       </x:c>
       <x:c r="EH5" s="3" t="n">
-        <x:v>378489</x:v>
+        <x:v>397628</x:v>
       </x:c>
       <x:c r="EI5" s="3" t="n">
-        <x:v>381946</x:v>
+        <x:v>401085</x:v>
       </x:c>
       <x:c r="EJ5" s="3" t="n">
-        <x:v>384327</x:v>
+        <x:v>403466</x:v>
       </x:c>
       <x:c r="EK5" s="3" t="n">
-        <x:v>384950</x:v>
+        <x:v>404089</x:v>
       </x:c>
       <x:c r="EL5" s="3" t="n">
-        <x:v>390755</x:v>
+        <x:v>414308</x:v>
       </x:c>
       <x:c r="EM5" s="3" t="n">
-        <x:v>392086</x:v>
+        <x:v>415638</x:v>
       </x:c>
       <x:c r="EN5" s="3" t="n">
-        <x:v>394564</x:v>
+        <x:v>418117</x:v>
       </x:c>
       <x:c r="EO5" s="3" t="n">
-        <x:v>395311</x:v>
+        <x:v>418863</x:v>
       </x:c>
       <x:c r="EP5" s="3" t="n">
-        <x:v>397889</x:v>
+        <x:v>425476</x:v>
       </x:c>
       <x:c r="EQ5" s="3" t="n">
-        <x:v>401147</x:v>
+        <x:v>428733</x:v>
       </x:c>
       <x:c r="ER5" s="3" t="n">
-        <x:v>401760</x:v>
+        <x:v>429346</x:v>
       </x:c>
       <x:c r="ES5" s="3" t="n">
-        <x:v>404496</x:v>
+        <x:v>432083</x:v>
       </x:c>
       <x:c r="ET5" s="3" t="n">
-        <x:v>409370</x:v>
+        <x:v>441859</x:v>
       </x:c>
       <x:c r="EU5" s="3" t="n">
-        <x:v>411606</x:v>
+        <x:v>444096</x:v>
       </x:c>
       <x:c r="EV5" s="3" t="n">
-        <x:v>413221</x:v>
+        <x:v>445711</x:v>
       </x:c>
       <x:c r="EW5" s="3" t="n">
-        <x:v>414597</x:v>
+        <x:v>447087</x:v>
       </x:c>
       <x:c r="EX5" s="3" t="n">
-        <x:v>416267</x:v>
+        <x:v>454043</x:v>
       </x:c>
       <x:c r="EY5" s="3" t="n">
-        <x:v>414343</x:v>
+        <x:v>450293</x:v>
       </x:c>
       <x:c r="EZ5" s="3" t="n">
-        <x:v>414856</x:v>
+        <x:v>448764</x:v>
       </x:c>
       <x:c r="FA5" s="3" t="n">
-        <x:v>420710</x:v>
+        <x:v>458516</x:v>
       </x:c>
       <x:c r="FB5" s="3" t="n">
-        <x:v>424550</x:v>
+        <x:v>466104</x:v>
       </x:c>
       <x:c r="FC5" s="3" t="n">
-        <x:v>426419</x:v>
+        <x:v>464600</x:v>
       </x:c>
       <x:c r="FD5" s="3" t="n">
-        <x:v>426928</x:v>
+        <x:v>467091</x:v>
       </x:c>
       <x:c r="FE5" s="3" t="n">
-        <x:v>432172</x:v>
+        <x:v>476995</x:v>
       </x:c>
       <x:c r="FF5" s="3" t="n">
-        <x:v>430964</x:v>
+        <x:v>477773</x:v>
       </x:c>
       <x:c r="FG5" s="3" t="n">
-        <x:v>435317</x:v>
+        <x:v>481520</x:v>
       </x:c>
       <x:c r="FH5" s="3" t="n">
-        <x:v>433493</x:v>
+        <x:v>480362</x:v>
       </x:c>
       <x:c r="FI5" s="3" t="n">
-        <x:v>436729</x:v>
+        <x:v>485451</x:v>
       </x:c>
       <x:c r="FJ5" s="3" t="n">
-        <x:v>437320</x:v>
+        <x:v>490798</x:v>
       </x:c>
       <x:c r="FK5" s="3" t="n">
-        <x:v>437924</x:v>
+        <x:v>488626</x:v>
       </x:c>
       <x:c r="FL5" s="3" t="n">
-        <x:v>441925</x:v>
+        <x:v>492928</x:v>
       </x:c>
       <x:c r="FM5" s="3" t="n">
-        <x:v>440261</x:v>
+        <x:v>492743</x:v>
       </x:c>
       <x:c r="FN5" s="3" t="n">
-        <x:v>426053</x:v>
+        <x:v>489380</x:v>
       </x:c>
       <x:c r="FO5" s="3" t="n">
-        <x:v>379354</x:v>
+        <x:v>435418</x:v>
       </x:c>
       <x:c r="FP5" s="3" t="n">
-        <x:v>415302</x:v>
+        <x:v>474310</x:v>
       </x:c>
       <x:c r="FQ5" s="3" t="n">
-        <x:v>420324</x:v>
+        <x:v>474164</x:v>
       </x:c>
       <x:c r="FR5" s="3" t="n">
-        <x:v>405106</x:v>
+        <x:v>468078</x:v>
       </x:c>
       <x:c r="FS5" s="3" t="n">
-        <x:v>414238</x:v>
+        <x:v>476162</x:v>
       </x:c>
       <x:c r="FT5" s="3" t="n">
-        <x:v>445938</x:v>
+        <x:v>511182</x:v>
       </x:c>
       <x:c r="FU5" s="3" t="n">
-        <x:v>454702</x:v>
+        <x:v>526187</x:v>
       </x:c>
       <x:c r="FV5" s="3" t="n">
-        <x:v>445774</x:v>
+        <x:v>516153</x:v>
       </x:c>
       <x:c r="FW5" s="3" t="n">
-        <x:v>462262</x:v>
+        <x:v>531501</x:v>
       </x:c>
       <x:c r="FX5" s="3" t="n">
-        <x:v>463340</x:v>
+        <x:v>529168</x:v>
       </x:c>
       <x:c r="FY5" s="3" t="n">
-        <x:v>487577</x:v>
+        <x:v>545850</x:v>
       </x:c>
       <x:c r="FZ5" s="3" t="n">
-        <x:v>456885</x:v>
+        <x:v>530914</x:v>
       </x:c>
       <x:c r="GA5" s="3" t="n">
-        <x:v>460076</x:v>
+        <x:v>527717</x:v>
       </x:c>
       <x:c r="GB5" s="3" t="n">
-        <x:v>460081</x:v>
+        <x:v>523682</x:v>
       </x:c>
       <x:c r="GC5" s="3" t="n">
-        <x:v>460057</x:v>
+        <x:v>524991</x:v>
       </x:c>
       <x:c r="GD5" s="3" t="n">
-        <x:v>456504</x:v>
+        <x:v>526109</x:v>
       </x:c>
       <x:c r="GE5" s="3" t="n">
-        <x:v>467680</x:v>
+        <x:v>537796</x:v>
       </x:c>
       <x:c r="GF5" s="3" t="n">
-        <x:v>468758</x:v>
+        <x:v>538320</x:v>
       </x:c>
       <x:c r="GG5" s="3" t="n">
-        <x:v>467642</x:v>
+        <x:v>536935</x:v>
       </x:c>
       <x:c r="GH5" s="3" t="n">
-        <x:v>475709</x:v>
+        <x:v>541024</x:v>
       </x:c>
       <x:c r="GI5" s="3" t="n">
-        <x:v>476603</x:v>
+        <x:v>545404</x:v>
+      </x:c>
+      <x:c r="GJ5" s="3" t="n">
+        <x:v>551426</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:191">
+    <x:row r="6" spans="1:192">
       <x:c r="A6" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>136039</x:v>
+        <x:v>131362</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>136757</x:v>
+        <x:v>132080</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>138489</x:v>
+        <x:v>133812</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>137418</x:v>
+        <x:v>132741</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>140172</x:v>
+        <x:v>135305</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>143171</x:v>
+        <x:v>138304</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
-        <x:v>143152</x:v>
+        <x:v>138285</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
-        <x:v>144448</x:v>
+        <x:v>139581</x:v>
       </x:c>
       <x:c r="J6" s="3" t="n">
+        <x:v>140322</x:v>
+      </x:c>
+      <x:c r="K6" s="3" t="n">
+        <x:v>139376</x:v>
+      </x:c>
+      <x:c r="L6" s="3" t="n">
+        <x:v>140633</x:v>
+      </x:c>
+      <x:c r="M6" s="3" t="n">
+        <x:v>142038</x:v>
+      </x:c>
+      <x:c r="N6" s="3" t="n">
+        <x:v>140309</x:v>
+      </x:c>
+      <x:c r="O6" s="3" t="n">
+        <x:v>140364</x:v>
+      </x:c>
+      <x:c r="P6" s="3" t="n">
+        <x:v>138745</x:v>
+      </x:c>
+      <x:c r="Q6" s="3" t="n">
+        <x:v>143395</x:v>
+      </x:c>
+      <x:c r="R6" s="3" t="n">
+        <x:v>141323</x:v>
+      </x:c>
+      <x:c r="S6" s="3" t="n">
+        <x:v>142869</x:v>
+      </x:c>
+      <x:c r="T6" s="3" t="n">
+        <x:v>142103</x:v>
+      </x:c>
+      <x:c r="U6" s="3" t="n">
+        <x:v>141463</x:v>
+      </x:c>
+      <x:c r="V6" s="3" t="n">
+        <x:v>144071</x:v>
+      </x:c>
+      <x:c r="W6" s="3" t="n">
+        <x:v>143965</x:v>
+      </x:c>
+      <x:c r="X6" s="3" t="n">
+        <x:v>145755</x:v>
+      </x:c>
+      <x:c r="Y6" s="3" t="n">
+        <x:v>145275</x:v>
+      </x:c>
+      <x:c r="Z6" s="3" t="n">
+        <x:v>146282</x:v>
+      </x:c>
+      <x:c r="AA6" s="3" t="n">
+        <x:v>148915</x:v>
+      </x:c>
+      <x:c r="AB6" s="3" t="n">
+        <x:v>150051</x:v>
+      </x:c>
+      <x:c r="AC6" s="3" t="n">
+        <x:v>153028</x:v>
+      </x:c>
+      <x:c r="AD6" s="3" t="n">
+        <x:v>160343</x:v>
+      </x:c>
+      <x:c r="AE6" s="3" t="n">
+        <x:v>162098</x:v>
+      </x:c>
+      <x:c r="AF6" s="3" t="n">
+        <x:v>165823</x:v>
+      </x:c>
+      <x:c r="AG6" s="3" t="n">
+        <x:v>168093</x:v>
+      </x:c>
+      <x:c r="AH6" s="3" t="n">
+        <x:v>172421</x:v>
+      </x:c>
+      <x:c r="AI6" s="3" t="n">
+        <x:v>175566</x:v>
+      </x:c>
+      <x:c r="AJ6" s="3" t="n">
+        <x:v>169923</x:v>
+      </x:c>
+      <x:c r="AK6" s="3" t="n">
+        <x:v>171472</x:v>
+      </x:c>
+      <x:c r="AL6" s="3" t="n">
+        <x:v>170696</x:v>
+      </x:c>
+      <x:c r="AM6" s="3" t="n">
+        <x:v>172026</x:v>
+      </x:c>
+      <x:c r="AN6" s="3" t="n">
+        <x:v>170452</x:v>
+      </x:c>
+      <x:c r="AO6" s="3" t="n">
+        <x:v>170988</x:v>
+      </x:c>
+      <x:c r="AP6" s="3" t="n">
+        <x:v>168881</x:v>
+      </x:c>
+      <x:c r="AQ6" s="3" t="n">
+        <x:v>167858</x:v>
+      </x:c>
+      <x:c r="AR6" s="3" t="n">
+        <x:v>166475</x:v>
+      </x:c>
+      <x:c r="AS6" s="3" t="n">
+        <x:v>165274</x:v>
+      </x:c>
+      <x:c r="AT6" s="3" t="n">
+        <x:v>164729</x:v>
+      </x:c>
+      <x:c r="AU6" s="3" t="n">
+        <x:v>166143</x:v>
+      </x:c>
+      <x:c r="AV6" s="3" t="n">
+        <x:v>166135</x:v>
+      </x:c>
+      <x:c r="AW6" s="3" t="n">
+        <x:v>166319</x:v>
+      </x:c>
+      <x:c r="AX6" s="3" t="n">
+        <x:v>163847</x:v>
+      </x:c>
+      <x:c r="AY6" s="3" t="n">
+        <x:v>167671</x:v>
+      </x:c>
+      <x:c r="AZ6" s="3" t="n">
+        <x:v>168452</x:v>
+      </x:c>
+      <x:c r="BA6" s="3" t="n">
+        <x:v>167323</x:v>
+      </x:c>
+      <x:c r="BB6" s="3" t="n">
+        <x:v>170516</x:v>
+      </x:c>
+      <x:c r="BC6" s="3" t="n">
+        <x:v>168923</x:v>
+      </x:c>
+      <x:c r="BD6" s="3" t="n">
+        <x:v>172032</x:v>
+      </x:c>
+      <x:c r="BE6" s="3" t="n">
+        <x:v>171379</x:v>
+      </x:c>
+      <x:c r="BF6" s="3" t="n">
+        <x:v>173791</x:v>
+      </x:c>
+      <x:c r="BG6" s="3" t="n">
+        <x:v>176804</x:v>
+      </x:c>
+      <x:c r="BH6" s="3" t="n">
+        <x:v>172784</x:v>
+      </x:c>
+      <x:c r="BI6" s="3" t="n">
+        <x:v>175687</x:v>
+      </x:c>
+      <x:c r="BJ6" s="3" t="n">
+        <x:v>176703</x:v>
+      </x:c>
+      <x:c r="BK6" s="3" t="n">
+        <x:v>177581</x:v>
+      </x:c>
+      <x:c r="BL6" s="3" t="n">
+        <x:v>179057</x:v>
+      </x:c>
+      <x:c r="BM6" s="3" t="n">
+        <x:v>182526</x:v>
+      </x:c>
+      <x:c r="BN6" s="3" t="n">
+        <x:v>184370</x:v>
+      </x:c>
+      <x:c r="BO6" s="3" t="n">
+        <x:v>184947</x:v>
+      </x:c>
+      <x:c r="BP6" s="3" t="n">
+        <x:v>185603</x:v>
+      </x:c>
+      <x:c r="BQ6" s="3" t="n">
+        <x:v>185969</x:v>
+      </x:c>
+      <x:c r="BR6" s="3" t="n">
+        <x:v>189002</x:v>
+      </x:c>
+      <x:c r="BS6" s="3" t="n">
+        <x:v>192781</x:v>
+      </x:c>
+      <x:c r="BT6" s="3" t="n">
+        <x:v>194039</x:v>
+      </x:c>
+      <x:c r="BU6" s="3" t="n">
+        <x:v>194484</x:v>
+      </x:c>
+      <x:c r="BV6" s="3" t="n">
+        <x:v>202713</x:v>
+      </x:c>
+      <x:c r="BW6" s="3" t="n">
+        <x:v>203701</x:v>
+      </x:c>
+      <x:c r="BX6" s="3" t="n">
+        <x:v>207425</x:v>
+      </x:c>
+      <x:c r="BY6" s="3" t="n">
+        <x:v>208033</x:v>
+      </x:c>
+      <x:c r="BZ6" s="3" t="n">
+        <x:v>207444</x:v>
+      </x:c>
+      <x:c r="CA6" s="3" t="n">
+        <x:v>211636</x:v>
+      </x:c>
+      <x:c r="CB6" s="3" t="n">
+        <x:v>213678</x:v>
+      </x:c>
+      <x:c r="CC6" s="3" t="n">
+        <x:v>216420</x:v>
+      </x:c>
+      <x:c r="CD6" s="3" t="n">
+        <x:v>215877</x:v>
+      </x:c>
+      <x:c r="CE6" s="3" t="n">
+        <x:v>220949</x:v>
+      </x:c>
+      <x:c r="CF6" s="3" t="n">
+        <x:v>218969</x:v>
+      </x:c>
+      <x:c r="CG6" s="3" t="n">
+        <x:v>218319</x:v>
+      </x:c>
+      <x:c r="CH6" s="3" t="n">
+        <x:v>226688</x:v>
+      </x:c>
+      <x:c r="CI6" s="3" t="n">
+        <x:v>223466</x:v>
+      </x:c>
+      <x:c r="CJ6" s="3" t="n">
+        <x:v>227640</x:v>
+      </x:c>
+      <x:c r="CK6" s="3" t="n">
+        <x:v>231034</x:v>
+      </x:c>
+      <x:c r="CL6" s="3" t="n">
+        <x:v>235209</x:v>
+      </x:c>
+      <x:c r="CM6" s="3" t="n">
+        <x:v>238703</x:v>
+      </x:c>
+      <x:c r="CN6" s="3" t="n">
+        <x:v>238559</x:v>
+      </x:c>
+      <x:c r="CO6" s="3" t="n">
+        <x:v>237505</x:v>
+      </x:c>
+      <x:c r="CP6" s="3" t="n">
+        <x:v>240598</x:v>
+      </x:c>
+      <x:c r="CQ6" s="3" t="n">
+        <x:v>242792</x:v>
+      </x:c>
+      <x:c r="CR6" s="3" t="n">
+        <x:v>243605</x:v>
+      </x:c>
+      <x:c r="CS6" s="3" t="n">
+        <x:v>246250</x:v>
+      </x:c>
+      <x:c r="CT6" s="3" t="n">
+        <x:v>249868</x:v>
+      </x:c>
+      <x:c r="CU6" s="3" t="n">
+        <x:v>248785</x:v>
+      </x:c>
+      <x:c r="CV6" s="3" t="n">
+        <x:v>253399</x:v>
+      </x:c>
+      <x:c r="CW6" s="3" t="n">
+        <x:v>257109</x:v>
+      </x:c>
+      <x:c r="CX6" s="3" t="n">
+        <x:v>257567</x:v>
+      </x:c>
+      <x:c r="CY6" s="3" t="n">
+        <x:v>258934</x:v>
+      </x:c>
+      <x:c r="CZ6" s="3" t="n">
+        <x:v>262557</x:v>
+      </x:c>
+      <x:c r="DA6" s="3" t="n">
+        <x:v>266000</x:v>
+      </x:c>
+      <x:c r="DB6" s="3" t="n">
+        <x:v>273634</x:v>
+      </x:c>
+      <x:c r="DC6" s="3" t="n">
+        <x:v>277204</x:v>
+      </x:c>
+      <x:c r="DD6" s="3" t="n">
+        <x:v>277923</x:v>
+      </x:c>
+      <x:c r="DE6" s="3" t="n">
+        <x:v>278941</x:v>
+      </x:c>
+      <x:c r="DF6" s="3" t="n">
+        <x:v>287712</x:v>
+      </x:c>
+      <x:c r="DG6" s="3" t="n">
+        <x:v>291488</x:v>
+      </x:c>
+      <x:c r="DH6" s="3" t="n">
+        <x:v>296708</x:v>
+      </x:c>
+      <x:c r="DI6" s="3" t="n">
+        <x:v>293405</x:v>
+      </x:c>
+      <x:c r="DJ6" s="3" t="n">
+        <x:v>304624</x:v>
+      </x:c>
+      <x:c r="DK6" s="3" t="n">
+        <x:v>310233</x:v>
+      </x:c>
+      <x:c r="DL6" s="3" t="n">
+        <x:v>313689</x:v>
+      </x:c>
+      <x:c r="DM6" s="3" t="n">
+        <x:v>315283</x:v>
+      </x:c>
+      <x:c r="DN6" s="3" t="n">
+        <x:v>325112</x:v>
+      </x:c>
+      <x:c r="DO6" s="3" t="n">
+        <x:v>328329</x:v>
+      </x:c>
+      <x:c r="DP6" s="3" t="n">
+        <x:v>332523</x:v>
+      </x:c>
+      <x:c r="DQ6" s="3" t="n">
+        <x:v>335484</x:v>
+      </x:c>
+      <x:c r="DR6" s="3" t="n">
+        <x:v>338945</x:v>
+      </x:c>
+      <x:c r="DS6" s="3" t="n">
+        <x:v>338734</x:v>
+      </x:c>
+      <x:c r="DT6" s="3" t="n">
+        <x:v>333550</x:v>
+      </x:c>
+      <x:c r="DU6" s="3" t="n">
+        <x:v>330274</x:v>
+      </x:c>
+      <x:c r="DV6" s="3" t="n">
+        <x:v>331284</x:v>
+      </x:c>
+      <x:c r="DW6" s="3" t="n">
+        <x:v>337686</x:v>
+      </x:c>
+      <x:c r="DX6" s="3" t="n">
+        <x:v>341205</x:v>
+      </x:c>
+      <x:c r="DY6" s="3" t="n">
+        <x:v>342858</x:v>
+      </x:c>
+      <x:c r="DZ6" s="3" t="n">
+        <x:v>352800</x:v>
+      </x:c>
+      <x:c r="EA6" s="3" t="n">
+        <x:v>351935</x:v>
+      </x:c>
+      <x:c r="EB6" s="3" t="n">
+        <x:v>355190</x:v>
+      </x:c>
+      <x:c r="EC6" s="3" t="n">
+        <x:v>357153</x:v>
+      </x:c>
+      <x:c r="ED6" s="3" t="n">
+        <x:v>361971</x:v>
+      </x:c>
+      <x:c r="EE6" s="3" t="n">
+        <x:v>364202</x:v>
+      </x:c>
+      <x:c r="EF6" s="3" t="n">
+        <x:v>365190</x:v>
+      </x:c>
+      <x:c r="EG6" s="3" t="n">
+        <x:v>368822</x:v>
+      </x:c>
+      <x:c r="EH6" s="3" t="n">
+        <x:v>376217</x:v>
+      </x:c>
+      <x:c r="EI6" s="3" t="n">
+        <x:v>379878</x:v>
+      </x:c>
+      <x:c r="EJ6" s="3" t="n">
+        <x:v>382273</x:v>
+      </x:c>
+      <x:c r="EK6" s="3" t="n">
+        <x:v>382827</x:v>
+      </x:c>
+      <x:c r="EL6" s="3" t="n">
+        <x:v>392769</x:v>
+      </x:c>
+      <x:c r="EM6" s="3" t="n">
+        <x:v>393708</x:v>
+      </x:c>
+      <x:c r="EN6" s="3" t="n">
+        <x:v>396275</x:v>
+      </x:c>
+      <x:c r="EO6" s="3" t="n">
+        <x:v>396905</x:v>
+      </x:c>
+      <x:c r="EP6" s="3" t="n">
+        <x:v>403006</x:v>
+      </x:c>
+      <x:c r="EQ6" s="3" t="n">
+        <x:v>405851</x:v>
+      </x:c>
+      <x:c r="ER6" s="3" t="n">
+        <x:v>406444</x:v>
+      </x:c>
+      <x:c r="ES6" s="3" t="n">
+        <x:v>409033</x:v>
+      </x:c>
+      <x:c r="ET6" s="3" t="n">
+        <x:v>417673</x:v>
+      </x:c>
+      <x:c r="EU6" s="3" t="n">
+        <x:v>420176</x:v>
+      </x:c>
+      <x:c r="EV6" s="3" t="n">
+        <x:v>421251</x:v>
+      </x:c>
+      <x:c r="EW6" s="3" t="n">
+        <x:v>422678</x:v>
+      </x:c>
+      <x:c r="EX6" s="3" t="n">
+        <x:v>430147</x:v>
+      </x:c>
+      <x:c r="EY6" s="3" t="n">
+        <x:v>426105</x:v>
+      </x:c>
+      <x:c r="EZ6" s="3" t="n">
+        <x:v>425148</x:v>
+      </x:c>
+      <x:c r="FA6" s="3" t="n">
+        <x:v>434507</x:v>
+      </x:c>
+      <x:c r="FB6" s="3" t="n">
+        <x:v>442134</x:v>
+      </x:c>
+      <x:c r="FC6" s="3" t="n">
+        <x:v>440617</x:v>
+      </x:c>
+      <x:c r="FD6" s="3" t="n">
+        <x:v>443053</x:v>
+      </x:c>
+      <x:c r="FE6" s="3" t="n">
+        <x:v>452815</x:v>
+      </x:c>
+      <x:c r="FF6" s="3" t="n">
+        <x:v>452810</x:v>
+      </x:c>
+      <x:c r="FG6" s="3" t="n">
+        <x:v>456277</x:v>
+      </x:c>
+      <x:c r="FH6" s="3" t="n">
+        <x:v>455817</x:v>
+      </x:c>
+      <x:c r="FI6" s="3" t="n">
+        <x:v>461028</x:v>
+      </x:c>
+      <x:c r="FJ6" s="3" t="n">
+        <x:v>466468</x:v>
+      </x:c>
+      <x:c r="FK6" s="3" t="n">
+        <x:v>464141</x:v>
+      </x:c>
+      <x:c r="FL6" s="3" t="n">
+        <x:v>468023</x:v>
+      </x:c>
+      <x:c r="FM6" s="3" t="n">
+        <x:v>466679</x:v>
+      </x:c>
+      <x:c r="FN6" s="3" t="n">
+        <x:v>463550</x:v>
+      </x:c>
+      <x:c r="FO6" s="3" t="n">
+        <x:v>413826</x:v>
+      </x:c>
+      <x:c r="FP6" s="3" t="n">
+        <x:v>448989</x:v>
+      </x:c>
+      <x:c r="FQ6" s="3" t="n">
+        <x:v>448851</x:v>
+      </x:c>
+      <x:c r="FR6" s="3" t="n">
+        <x:v>446609</x:v>
+      </x:c>
+      <x:c r="FS6" s="3" t="n">
+        <x:v>451671</x:v>
+      </x:c>
+      <x:c r="FT6" s="3" t="n">
+        <x:v>481002</x:v>
+      </x:c>
+      <x:c r="FU6" s="3" t="n">
+        <x:v>494902</x:v>
+      </x:c>
+      <x:c r="FV6" s="3" t="n">
+        <x:v>488132</x:v>
+      </x:c>
+      <x:c r="FW6" s="3" t="n">
+        <x:v>502349</x:v>
+      </x:c>
+      <x:c r="FX6" s="3" t="n">
+        <x:v>500373</x:v>
+      </x:c>
+      <x:c r="FY6" s="3" t="n">
+        <x:v>516411</x:v>
+      </x:c>
+      <x:c r="FZ6" s="3" t="n">
+        <x:v>500228</x:v>
+      </x:c>
+      <x:c r="GA6" s="3" t="n">
+        <x:v>497530</x:v>
+      </x:c>
+      <x:c r="GB6" s="3" t="n">
+        <x:v>493770</x:v>
+      </x:c>
+      <x:c r="GC6" s="3" t="n">
+        <x:v>494172</x:v>
+      </x:c>
+      <x:c r="GD6" s="3" t="n">
+        <x:v>495746</x:v>
+      </x:c>
+      <x:c r="GE6" s="3" t="n">
+        <x:v>506676</x:v>
+      </x:c>
+      <x:c r="GF6" s="3" t="n">
+        <x:v>505402</x:v>
+      </x:c>
+      <x:c r="GG6" s="3" t="n">
+        <x:v>505957</x:v>
+      </x:c>
+      <x:c r="GH6" s="3" t="n">
+        <x:v>509947</x:v>
+      </x:c>
+      <x:c r="GI6" s="3" t="n">
+        <x:v>513401</x:v>
+      </x:c>
+      <x:c r="GJ6" s="3" t="n">
+        <x:v>518047</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:192">
+      <x:c r="A7" s="2" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="n">
+        <x:v>74214</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="n">
+        <x:v>74215</x:v>
+      </x:c>
+      <x:c r="D7" s="3" t="n">
+        <x:v>75277</x:v>
+      </x:c>
+      <x:c r="E7" s="3" t="n">
+        <x:v>73562</x:v>
+      </x:c>
+      <x:c r="F7" s="3" t="n">
+        <x:v>75359</x:v>
+      </x:c>
+      <x:c r="G7" s="3" t="n">
+        <x:v>77713</x:v>
+      </x:c>
+      <x:c r="H7" s="3" t="n">
+        <x:v>78093</x:v>
+      </x:c>
+      <x:c r="I7" s="3" t="n">
+        <x:v>78480</x:v>
+      </x:c>
+      <x:c r="J7" s="3" t="n">
+        <x:v>79613</x:v>
+      </x:c>
+      <x:c r="K7" s="3" t="n">
+        <x:v>78361</x:v>
+      </x:c>
+      <x:c r="L7" s="3" t="n">
+        <x:v>79513</x:v>
+      </x:c>
+      <x:c r="M7" s="3" t="n">
+        <x:v>79828</x:v>
+      </x:c>
+      <x:c r="N7" s="3" t="n">
+        <x:v>77666</x:v>
+      </x:c>
+      <x:c r="O7" s="3" t="n">
+        <x:v>78282</x:v>
+      </x:c>
+      <x:c r="P7" s="3" t="n">
+        <x:v>77869</x:v>
+      </x:c>
+      <x:c r="Q7" s="3" t="n">
+        <x:v>80470</x:v>
+      </x:c>
+      <x:c r="R7" s="3" t="n">
+        <x:v>77442</x:v>
+      </x:c>
+      <x:c r="S7" s="3" t="n">
+        <x:v>78668</x:v>
+      </x:c>
+      <x:c r="T7" s="3" t="n">
+        <x:v>78175</x:v>
+      </x:c>
+      <x:c r="U7" s="3" t="n">
+        <x:v>76692</x:v>
+      </x:c>
+      <x:c r="V7" s="3" t="n">
+        <x:v>77519</x:v>
+      </x:c>
+      <x:c r="W7" s="3" t="n">
+        <x:v>77154</x:v>
+      </x:c>
+      <x:c r="X7" s="3" t="n">
+        <x:v>78568</x:v>
+      </x:c>
+      <x:c r="Y7" s="3" t="n">
+        <x:v>77924</x:v>
+      </x:c>
+      <x:c r="Z7" s="3" t="n">
+        <x:v>78328</x:v>
+      </x:c>
+      <x:c r="AA7" s="3" t="n">
+        <x:v>79556</x:v>
+      </x:c>
+      <x:c r="AB7" s="3" t="n">
+        <x:v>80040</x:v>
+      </x:c>
+      <x:c r="AC7" s="3" t="n">
+        <x:v>81544</x:v>
+      </x:c>
+      <x:c r="AD7" s="3" t="n">
+        <x:v>87178</x:v>
+      </x:c>
+      <x:c r="AE7" s="3" t="n">
+        <x:v>89100</x:v>
+      </x:c>
+      <x:c r="AF7" s="3" t="n">
+        <x:v>91509</x:v>
+      </x:c>
+      <x:c r="AG7" s="3" t="n">
+        <x:v>92423</x:v>
+      </x:c>
+      <x:c r="AH7" s="3" t="n">
+        <x:v>94562</x:v>
+      </x:c>
+      <x:c r="AI7" s="3" t="n">
+        <x:v>96574</x:v>
+      </x:c>
+      <x:c r="AJ7" s="3" t="n">
+        <x:v>91537</x:v>
+      </x:c>
+      <x:c r="AK7" s="3" t="n">
+        <x:v>92472</x:v>
+      </x:c>
+      <x:c r="AL7" s="3" t="n">
+        <x:v>90653</x:v>
+      </x:c>
+      <x:c r="AM7" s="3" t="n">
+        <x:v>91358</x:v>
+      </x:c>
+      <x:c r="AN7" s="3" t="n">
+        <x:v>89631</x:v>
+      </x:c>
+      <x:c r="AO7" s="3" t="n">
+        <x:v>89289</x:v>
+      </x:c>
+      <x:c r="AP7" s="3" t="n">
+        <x:v>87325</x:v>
+      </x:c>
+      <x:c r="AQ7" s="3" t="n">
+        <x:v>85734</x:v>
+      </x:c>
+      <x:c r="AR7" s="3" t="n">
+        <x:v>85155</x:v>
+      </x:c>
+      <x:c r="AS7" s="3" t="n">
+        <x:v>83988</x:v>
+      </x:c>
+      <x:c r="AT7" s="3" t="n">
+        <x:v>83031</x:v>
+      </x:c>
+      <x:c r="AU7" s="3" t="n">
+        <x:v>83917</x:v>
+      </x:c>
+      <x:c r="AV7" s="3" t="n">
+        <x:v>83533</x:v>
+      </x:c>
+      <x:c r="AW7" s="3" t="n">
+        <x:v>83724</x:v>
+      </x:c>
+      <x:c r="AX7" s="3" t="n">
+        <x:v>82510</x:v>
+      </x:c>
+      <x:c r="AY7" s="3" t="n">
+        <x:v>85551</x:v>
+      </x:c>
+      <x:c r="AZ7" s="3" t="n">
+        <x:v>86026</x:v>
+      </x:c>
+      <x:c r="BA7" s="3" t="n">
+        <x:v>84656</x:v>
+      </x:c>
+      <x:c r="BB7" s="3" t="n">
+        <x:v>88124</x:v>
+      </x:c>
+      <x:c r="BC7" s="3" t="n">
+        <x:v>86377</x:v>
+      </x:c>
+      <x:c r="BD7" s="3" t="n">
+        <x:v>89039</x:v>
+      </x:c>
+      <x:c r="BE7" s="3" t="n">
+        <x:v>87551</x:v>
+      </x:c>
+      <x:c r="BF7" s="3" t="n">
+        <x:v>87339</x:v>
+      </x:c>
+      <x:c r="BG7" s="3" t="n">
+        <x:v>91215</x:v>
+      </x:c>
+      <x:c r="BH7" s="3" t="n">
+        <x:v>87515</x:v>
+      </x:c>
+      <x:c r="BI7" s="3" t="n">
+        <x:v>89578</x:v>
+      </x:c>
+      <x:c r="BJ7" s="3" t="n">
+        <x:v>89118</x:v>
+      </x:c>
+      <x:c r="BK7" s="3" t="n">
+        <x:v>90071</x:v>
+      </x:c>
+      <x:c r="BL7" s="3" t="n">
+        <x:v>91599</x:v>
+      </x:c>
+      <x:c r="BM7" s="3" t="n">
+        <x:v>93017</x:v>
+      </x:c>
+      <x:c r="BN7" s="3" t="n">
+        <x:v>94207</x:v>
+      </x:c>
+      <x:c r="BO7" s="3" t="n">
+        <x:v>93975</x:v>
+      </x:c>
+      <x:c r="BP7" s="3" t="n">
+        <x:v>94021</x:v>
+      </x:c>
+      <x:c r="BQ7" s="3" t="n">
+        <x:v>93729</x:v>
+      </x:c>
+      <x:c r="BR7" s="3" t="n">
+        <x:v>95167</x:v>
+      </x:c>
+      <x:c r="BS7" s="3" t="n">
+        <x:v>97407</x:v>
+      </x:c>
+      <x:c r="BT7" s="3" t="n">
+        <x:v>98099</x:v>
+      </x:c>
+      <x:c r="BU7" s="3" t="n">
+        <x:v>98241</x:v>
+      </x:c>
+      <x:c r="BV7" s="3" t="n">
+        <x:v>104757</x:v>
+      </x:c>
+      <x:c r="BW7" s="3" t="n">
+        <x:v>104457</x:v>
+      </x:c>
+      <x:c r="BX7" s="3" t="n">
+        <x:v>107017</x:v>
+      </x:c>
+      <x:c r="BY7" s="3" t="n">
+        <x:v>106558</x:v>
+      </x:c>
+      <x:c r="BZ7" s="3" t="n">
+        <x:v>106097</x:v>
+      </x:c>
+      <x:c r="CA7" s="3" t="n">
+        <x:v>108886</x:v>
+      </x:c>
+      <x:c r="CB7" s="3" t="n">
+        <x:v>109644</x:v>
+      </x:c>
+      <x:c r="CC7" s="3" t="n">
+        <x:v>111397</x:v>
+      </x:c>
+      <x:c r="CD7" s="3" t="n">
+        <x:v>109477</x:v>
+      </x:c>
+      <x:c r="CE7" s="3" t="n">
+        <x:v>114432</x:v>
+      </x:c>
+      <x:c r="CF7" s="3" t="n">
+        <x:v>113602</x:v>
+      </x:c>
+      <x:c r="CG7" s="3" t="n">
+        <x:v>111033</x:v>
+      </x:c>
+      <x:c r="CH7" s="3" t="n">
+        <x:v>115323</x:v>
+      </x:c>
+      <x:c r="CI7" s="3" t="n">
+        <x:v>111729</x:v>
+      </x:c>
+      <x:c r="CJ7" s="3" t="n">
+        <x:v>116029</x:v>
+      </x:c>
+      <x:c r="CK7" s="3" t="n">
+        <x:v>117321</x:v>
+      </x:c>
+      <x:c r="CL7" s="3" t="n">
+        <x:v>118829</x:v>
+      </x:c>
+      <x:c r="CM7" s="3" t="n">
+        <x:v>121082</x:v>
+      </x:c>
+      <x:c r="CN7" s="3" t="n">
+        <x:v>120413</x:v>
+      </x:c>
+      <x:c r="CO7" s="3" t="n">
+        <x:v>119907</x:v>
+      </x:c>
+      <x:c r="CP7" s="3" t="n">
+        <x:v>121220</x:v>
+      </x:c>
+      <x:c r="CQ7" s="3" t="n">
+        <x:v>122739</x:v>
+      </x:c>
+      <x:c r="CR7" s="3" t="n">
+        <x:v>123921</x:v>
+      </x:c>
+      <x:c r="CS7" s="3" t="n">
+        <x:v>126086</x:v>
+      </x:c>
+      <x:c r="CT7" s="3" t="n">
+        <x:v>127199</x:v>
+      </x:c>
+      <x:c r="CU7" s="3" t="n">
+        <x:v>127122</x:v>
+      </x:c>
+      <x:c r="CV7" s="3" t="n">
+        <x:v>129352</x:v>
+      </x:c>
+      <x:c r="CW7" s="3" t="n">
+        <x:v>131203</x:v>
+      </x:c>
+      <x:c r="CX7" s="3" t="n">
+        <x:v>130388</x:v>
+      </x:c>
+      <x:c r="CY7" s="3" t="n">
+        <x:v>133734</x:v>
+      </x:c>
+      <x:c r="CZ7" s="3" t="n">
+        <x:v>134482</x:v>
+      </x:c>
+      <x:c r="DA7" s="3" t="n">
+        <x:v>135617</x:v>
+      </x:c>
+      <x:c r="DB7" s="3" t="n">
+        <x:v>139912</x:v>
+      </x:c>
+      <x:c r="DC7" s="3" t="n">
+        <x:v>140576</x:v>
+      </x:c>
+      <x:c r="DD7" s="3" t="n">
+        <x:v>140022</x:v>
+      </x:c>
+      <x:c r="DE7" s="3" t="n">
+        <x:v>142473</x:v>
+      </x:c>
+      <x:c r="DF7" s="3" t="n">
+        <x:v>145425</x:v>
+      </x:c>
+      <x:c r="DG7" s="3" t="n">
+        <x:v>146935</x:v>
+      </x:c>
+      <x:c r="DH7" s="3" t="n">
+        <x:v>149938</x:v>
+      </x:c>
+      <x:c r="DI7" s="3" t="n">
+        <x:v>147794</x:v>
+      </x:c>
+      <x:c r="DJ7" s="3" t="n">
+        <x:v>151770</x:v>
+      </x:c>
+      <x:c r="DK7" s="3" t="n">
+        <x:v>155605</x:v>
+      </x:c>
+      <x:c r="DL7" s="3" t="n">
+        <x:v>157250</x:v>
+      </x:c>
+      <x:c r="DM7" s="3" t="n">
+        <x:v>158000</x:v>
+      </x:c>
+      <x:c r="DN7" s="3" t="n">
+        <x:v>162169</x:v>
+      </x:c>
+      <x:c r="DO7" s="3" t="n">
+        <x:v>164469</x:v>
+      </x:c>
+      <x:c r="DP7" s="3" t="n">
+        <x:v>167452</x:v>
+      </x:c>
+      <x:c r="DQ7" s="3" t="n">
+        <x:v>168624</x:v>
+      </x:c>
+      <x:c r="DR7" s="3" t="n">
+        <x:v>166872</x:v>
+      </x:c>
+      <x:c r="DS7" s="3" t="n">
+        <x:v>167471</x:v>
+      </x:c>
+      <x:c r="DT7" s="3" t="n">
+        <x:v>163155</x:v>
+      </x:c>
+      <x:c r="DU7" s="3" t="n">
+        <x:v>159591</x:v>
+      </x:c>
+      <x:c r="DV7" s="3" t="n">
+        <x:v>157773</x:v>
+      </x:c>
+      <x:c r="DW7" s="3" t="n">
+        <x:v>162892</x:v>
+      </x:c>
+      <x:c r="DX7" s="3" t="n">
+        <x:v>166278</x:v>
+      </x:c>
+      <x:c r="DY7" s="3" t="n">
+        <x:v>166514</x:v>
+      </x:c>
+      <x:c r="DZ7" s="3" t="n">
+        <x:v>170368</x:v>
+      </x:c>
+      <x:c r="EA7" s="3" t="n">
+        <x:v>169465</x:v>
+      </x:c>
+      <x:c r="EB7" s="3" t="n">
+        <x:v>170954</x:v>
+      </x:c>
+      <x:c r="EC7" s="3" t="n">
+        <x:v>172959</x:v>
+      </x:c>
+      <x:c r="ED7" s="3" t="n">
+        <x:v>171391</x:v>
+      </x:c>
+      <x:c r="EE7" s="3" t="n">
+        <x:v>172050</x:v>
+      </x:c>
+      <x:c r="EF7" s="3" t="n">
+        <x:v>173099</x:v>
+      </x:c>
+      <x:c r="EG7" s="3" t="n">
+        <x:v>174762</x:v>
+      </x:c>
+      <x:c r="EH7" s="3" t="n">
+        <x:v>175008</x:v>
+      </x:c>
+      <x:c r="EI7" s="3" t="n">
+        <x:v>178468</x:v>
+      </x:c>
+      <x:c r="EJ7" s="3" t="n">
+        <x:v>179182</x:v>
+      </x:c>
+      <x:c r="EK7" s="3" t="n">
+        <x:v>179057</x:v>
+      </x:c>
+      <x:c r="EL7" s="3" t="n">
+        <x:v>182198</x:v>
+      </x:c>
+      <x:c r="EM7" s="3" t="n">
+        <x:v>180954</x:v>
+      </x:c>
+      <x:c r="EN7" s="3" t="n">
+        <x:v>180142</x:v>
+      </x:c>
+      <x:c r="EO7" s="3" t="n">
+        <x:v>180058</x:v>
+      </x:c>
+      <x:c r="EP7" s="3" t="n">
+        <x:v>181736</x:v>
+      </x:c>
+      <x:c r="EQ7" s="3" t="n">
+        <x:v>182281</x:v>
+      </x:c>
+      <x:c r="ER7" s="3" t="n">
+        <x:v>182066</x:v>
+      </x:c>
+      <x:c r="ES7" s="3" t="n">
+        <x:v>183459</x:v>
+      </x:c>
+      <x:c r="ET7" s="3" t="n">
+        <x:v>184150</x:v>
+      </x:c>
+      <x:c r="EU7" s="3" t="n">
+        <x:v>185238</x:v>
+      </x:c>
+      <x:c r="EV7" s="3" t="n">
+        <x:v>184715</x:v>
+      </x:c>
+      <x:c r="EW7" s="3" t="n">
+        <x:v>184802</x:v>
+      </x:c>
+      <x:c r="EX7" s="3" t="n">
+        <x:v>188228</x:v>
+      </x:c>
+      <x:c r="EY7" s="3" t="n">
+        <x:v>183035</x:v>
+      </x:c>
+      <x:c r="EZ7" s="3" t="n">
+        <x:v>184614</x:v>
+      </x:c>
+      <x:c r="FA7" s="3" t="n">
+        <x:v>185302</x:v>
+      </x:c>
+      <x:c r="FB7" s="3" t="n">
+        <x:v>189220</x:v>
+      </x:c>
+      <x:c r="FC7" s="3" t="n">
+        <x:v>188148</x:v>
+      </x:c>
+      <x:c r="FD7" s="3" t="n">
+        <x:v>191377</x:v>
+      </x:c>
+      <x:c r="FE7" s="3" t="n">
+        <x:v>193665</x:v>
+      </x:c>
+      <x:c r="FF7" s="3" t="n">
+        <x:v>194756</x:v>
+      </x:c>
+      <x:c r="FG7" s="3" t="n">
+        <x:v>195781</x:v>
+      </x:c>
+      <x:c r="FH7" s="3" t="n">
+        <x:v>196334</x:v>
+      </x:c>
+      <x:c r="FI7" s="3" t="n">
+        <x:v>193266</x:v>
+      </x:c>
+      <x:c r="FJ7" s="3" t="n">
+        <x:v>195342</x:v>
+      </x:c>
+      <x:c r="FK7" s="3" t="n">
+        <x:v>194556</x:v>
+      </x:c>
+      <x:c r="FL7" s="3" t="n">
+        <x:v>195976</x:v>
+      </x:c>
+      <x:c r="FM7" s="3" t="n">
+        <x:v>191995</x:v>
+      </x:c>
+      <x:c r="FN7" s="3" t="n">
+        <x:v>196127</x:v>
+      </x:c>
+      <x:c r="FO7" s="3" t="n">
+        <x:v>202977</x:v>
+      </x:c>
+      <x:c r="FP7" s="3" t="n">
+        <x:v>217471</x:v>
+      </x:c>
+      <x:c r="FQ7" s="3" t="n">
+        <x:v>216227</x:v>
+      </x:c>
+      <x:c r="FR7" s="3" t="n">
+        <x:v>220580</x:v>
+      </x:c>
+      <x:c r="FS7" s="3" t="n">
+        <x:v>221787</x:v>
+      </x:c>
+      <x:c r="FT7" s="3" t="n">
+        <x:v>226375</x:v>
+      </x:c>
+      <x:c r="FU7" s="3" t="n">
+        <x:v>220349</x:v>
+      </x:c>
+      <x:c r="FV7" s="3" t="n">
+        <x:v>214706</x:v>
+      </x:c>
+      <x:c r="FW7" s="3" t="n">
+        <x:v>209447</x:v>
+      </x:c>
+      <x:c r="FX7" s="3" t="n">
+        <x:v>206828</x:v>
+      </x:c>
+      <x:c r="FY7" s="3" t="n">
+        <x:v>217831</x:v>
+      </x:c>
+      <x:c r="FZ7" s="3" t="n">
+        <x:v>200825</x:v>
+      </x:c>
+      <x:c r="GA7" s="3" t="n">
+        <x:v>200998</x:v>
+      </x:c>
+      <x:c r="GB7" s="3" t="n">
+        <x:v>200312</x:v>
+      </x:c>
+      <x:c r="GC7" s="3" t="n">
+        <x:v>201395</x:v>
+      </x:c>
+      <x:c r="GD7" s="3" t="n">
+        <x:v>199246</x:v>
+      </x:c>
+      <x:c r="GE7" s="3" t="n">
+        <x:v>206982</x:v>
+      </x:c>
+      <x:c r="GF7" s="3" t="n">
+        <x:v>203720</x:v>
+      </x:c>
+      <x:c r="GG7" s="3" t="n">
+        <x:v>206195</x:v>
+      </x:c>
+      <x:c r="GH7" s="3" t="n">
+        <x:v>208425</x:v>
+      </x:c>
+      <x:c r="GI7" s="3" t="n">
+        <x:v>213518</x:v>
+      </x:c>
+      <x:c r="GJ7" s="3" t="n">
+        <x:v>216299</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:192">
+      <x:c r="A8" s="2" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="n">
+        <x:v>53215</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="n">
+        <x:v>53973</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="n">
+        <x:v>55230</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="n">
+        <x:v>55646</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="n">
+        <x:v>56125</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="n">
+        <x:v>56764</x:v>
+      </x:c>
+      <x:c r="H8" s="3" t="n">
+        <x:v>57319</x:v>
+      </x:c>
+      <x:c r="I8" s="3" t="n">
+        <x:v>57648</x:v>
+      </x:c>
+      <x:c r="J8" s="3" t="n">
+        <x:v>57458</x:v>
+      </x:c>
+      <x:c r="K8" s="3" t="n">
+        <x:v>57762</x:v>
+      </x:c>
+      <x:c r="L8" s="3" t="n">
+        <x:v>58031</x:v>
+      </x:c>
+      <x:c r="M8" s="3" t="n">
+        <x:v>58445</x:v>
+      </x:c>
+      <x:c r="N8" s="3" t="n">
+        <x:v>59134</x:v>
+      </x:c>
+      <x:c r="O8" s="3" t="n">
+        <x:v>58940</x:v>
+      </x:c>
+      <x:c r="P8" s="3" t="n">
+        <x:v>58743</x:v>
+      </x:c>
+      <x:c r="Q8" s="3" t="n">
+        <x:v>58899</x:v>
+      </x:c>
+      <x:c r="R8" s="3" t="n">
+        <x:v>59385</x:v>
+      </x:c>
+      <x:c r="S8" s="3" t="n">
+        <x:v>60038</x:v>
+      </x:c>
+      <x:c r="T8" s="3" t="n">
+        <x:v>60120</x:v>
+      </x:c>
+      <x:c r="U8" s="3" t="n">
+        <x:v>60781</x:v>
+      </x:c>
+      <x:c r="V8" s="3" t="n">
+        <x:v>61458</x:v>
+      </x:c>
+      <x:c r="W8" s="3" t="n">
+        <x:v>62156</x:v>
+      </x:c>
+      <x:c r="X8" s="3" t="n">
+        <x:v>62864</x:v>
+      </x:c>
+      <x:c r="Y8" s="3" t="n">
+        <x:v>63605</x:v>
+      </x:c>
+      <x:c r="Z8" s="3" t="n">
+        <x:v>63678</x:v>
+      </x:c>
+      <x:c r="AA8" s="3" t="n">
+        <x:v>64519</x:v>
+      </x:c>
+      <x:c r="AB8" s="3" t="n">
+        <x:v>65525</x:v>
+      </x:c>
+      <x:c r="AC8" s="3" t="n">
+        <x:v>66805</x:v>
+      </x:c>
+      <x:c r="AD8" s="3" t="n">
+        <x:v>67802</x:v>
+      </x:c>
+      <x:c r="AE8" s="3" t="n">
+        <x:v>67950</x:v>
+      </x:c>
+      <x:c r="AF8" s="3" t="n">
+        <x:v>69093</x:v>
+      </x:c>
+      <x:c r="AG8" s="3" t="n">
+        <x:v>69303</x:v>
+      </x:c>
+      <x:c r="AH8" s="3" t="n">
+        <x:v>71954</x:v>
+      </x:c>
+      <x:c r="AI8" s="3" t="n">
+        <x:v>72665</x:v>
+      </x:c>
+      <x:c r="AJ8" s="3" t="n">
+        <x:v>72611</x:v>
+      </x:c>
+      <x:c r="AK8" s="3" t="n">
+        <x:v>73036</x:v>
+      </x:c>
+      <x:c r="AL8" s="3" t="n">
+        <x:v>73550</x:v>
+      </x:c>
+      <x:c r="AM8" s="3" t="n">
+        <x:v>74520</x:v>
+      </x:c>
+      <x:c r="AN8" s="3" t="n">
+        <x:v>74790</x:v>
+      </x:c>
+      <x:c r="AO8" s="3" t="n">
+        <x:v>75893</x:v>
+      </x:c>
+      <x:c r="AP8" s="3" t="n">
+        <x:v>76639</x:v>
+      </x:c>
+      <x:c r="AQ8" s="3" t="n">
+        <x:v>76679</x:v>
+      </x:c>
+      <x:c r="AR8" s="3" t="n">
+        <x:v>77267</x:v>
+      </x:c>
+      <x:c r="AS8" s="3" t="n">
+        <x:v>77030</x:v>
+      </x:c>
+      <x:c r="AT8" s="3" t="n">
+        <x:v>77307</x:v>
+      </x:c>
+      <x:c r="AU8" s="3" t="n">
+        <x:v>77745</x:v>
+      </x:c>
+      <x:c r="AV8" s="3" t="n">
+        <x:v>77875</x:v>
+      </x:c>
+      <x:c r="AW8" s="3" t="n">
+        <x:v>78506</x:v>
+      </x:c>
+      <x:c r="AX8" s="3" t="n">
+        <x:v>77721</x:v>
+      </x:c>
+      <x:c r="AY8" s="3" t="n">
+        <x:v>78539</x:v>
+      </x:c>
+      <x:c r="AZ8" s="3" t="n">
+        <x:v>78778</x:v>
+      </x:c>
+      <x:c r="BA8" s="3" t="n">
+        <x:v>79278</x:v>
+      </x:c>
+      <x:c r="BB8" s="3" t="n">
+        <x:v>79389</x:v>
+      </x:c>
+      <x:c r="BC8" s="3" t="n">
+        <x:v>80247</x:v>
+      </x:c>
+      <x:c r="BD8" s="3" t="n">
+        <x:v>80720</x:v>
+      </x:c>
+      <x:c r="BE8" s="3" t="n">
+        <x:v>80573</x:v>
+      </x:c>
+      <x:c r="BF8" s="3" t="n">
+        <x:v>83593</x:v>
+      </x:c>
+      <x:c r="BG8" s="3" t="n">
+        <x:v>82000</x:v>
+      </x:c>
+      <x:c r="BH8" s="3" t="n">
+        <x:v>83218</x:v>
+      </x:c>
+      <x:c r="BI8" s="3" t="n">
+        <x:v>82998</x:v>
+      </x:c>
+      <x:c r="BJ8" s="3" t="n">
+        <x:v>83843</x:v>
+      </x:c>
+      <x:c r="BK8" s="3" t="n">
+        <x:v>84513</x:v>
+      </x:c>
+      <x:c r="BL8" s="3" t="n">
+        <x:v>85763</x:v>
+      </x:c>
+      <x:c r="BM8" s="3" t="n">
+        <x:v>87324</x:v>
+      </x:c>
+      <x:c r="BN8" s="3" t="n">
+        <x:v>87633</x:v>
+      </x:c>
+      <x:c r="BO8" s="3" t="n">
+        <x:v>88503</x:v>
+      </x:c>
+      <x:c r="BP8" s="3" t="n">
+        <x:v>89338</x:v>
+      </x:c>
+      <x:c r="BQ8" s="3" t="n">
+        <x:v>89680</x:v>
+      </x:c>
+      <x:c r="BR8" s="3" t="n">
+        <x:v>91097</x:v>
+      </x:c>
+      <x:c r="BS8" s="3" t="n">
+        <x:v>92147</x:v>
+      </x:c>
+      <x:c r="BT8" s="3" t="n">
+        <x:v>92789</x:v>
+      </x:c>
+      <x:c r="BU8" s="3" t="n">
+        <x:v>93459</x:v>
+      </x:c>
+      <x:c r="BV8" s="3" t="n">
+        <x:v>94841</x:v>
+      </x:c>
+      <x:c r="BW8" s="3" t="n">
+        <x:v>95237</x:v>
+      </x:c>
+      <x:c r="BX8" s="3" t="n">
+        <x:v>96245</x:v>
+      </x:c>
+      <x:c r="BY8" s="3" t="n">
+        <x:v>96957</x:v>
+      </x:c>
+      <x:c r="BZ8" s="3" t="n">
+        <x:v>96600</x:v>
+      </x:c>
+      <x:c r="CA8" s="3" t="n">
+        <x:v>97836</x:v>
+      </x:c>
+      <x:c r="CB8" s="3" t="n">
+        <x:v>99069</x:v>
+      </x:c>
+      <x:c r="CC8" s="3" t="n">
+        <x:v>100314</x:v>
+      </x:c>
+      <x:c r="CD8" s="3" t="n">
+        <x:v>100015</x:v>
+      </x:c>
+      <x:c r="CE8" s="3" t="n">
+        <x:v>100975</x:v>
+      </x:c>
+      <x:c r="CF8" s="3" t="n">
+        <x:v>101067</x:v>
+      </x:c>
+      <x:c r="CG8" s="3" t="n">
+        <x:v>101891</x:v>
+      </x:c>
+      <x:c r="CH8" s="3" t="n">
+        <x:v>104789</x:v>
+      </x:c>
+      <x:c r="CI8" s="3" t="n">
+        <x:v>106128</x:v>
+      </x:c>
+      <x:c r="CJ8" s="3" t="n">
+        <x:v>107643</x:v>
+      </x:c>
+      <x:c r="CK8" s="3" t="n">
+        <x:v>108359</x:v>
+      </x:c>
+      <x:c r="CL8" s="3" t="n">
+        <x:v>110259</x:v>
+      </x:c>
+      <x:c r="CM8" s="3" t="n">
+        <x:v>111046</x:v>
+      </x:c>
+      <x:c r="CN8" s="3" t="n">
+        <x:v>111839</x:v>
+      </x:c>
+      <x:c r="CO8" s="3" t="n">
+        <x:v>112312</x:v>
+      </x:c>
+      <x:c r="CP8" s="3" t="n">
+        <x:v>112734</x:v>
+      </x:c>
+      <x:c r="CQ8" s="3" t="n">
+        <x:v>113876</x:v>
+      </x:c>
+      <x:c r="CR8" s="3" t="n">
+        <x:v>113406</x:v>
+      </x:c>
+      <x:c r="CS8" s="3" t="n">
+        <x:v>113679</x:v>
+      </x:c>
+      <x:c r="CT8" s="3" t="n">
+        <x:v>115529</x:v>
+      </x:c>
+      <x:c r="CU8" s="3" t="n">
+        <x:v>114928</x:v>
+      </x:c>
+      <x:c r="CV8" s="3" t="n">
+        <x:v>116036</x:v>
+      </x:c>
+      <x:c r="CW8" s="3" t="n">
+        <x:v>117434</x:v>
+      </x:c>
+      <x:c r="CX8" s="3" t="n">
+        <x:v>118187</x:v>
+      </x:c>
+      <x:c r="CY8" s="3" t="n">
+        <x:v>117380</x:v>
+      </x:c>
+      <x:c r="CZ8" s="3" t="n">
+        <x:v>119557</x:v>
+      </x:c>
+      <x:c r="DA8" s="3" t="n">
+        <x:v>121399</x:v>
+      </x:c>
+      <x:c r="DB8" s="3" t="n">
+        <x:v>124672</x:v>
+      </x:c>
+      <x:c r="DC8" s="3" t="n">
+        <x:v>126161</x:v>
+      </x:c>
+      <x:c r="DD8" s="3" t="n">
+        <x:v>126635</x:v>
+      </x:c>
+      <x:c r="DE8" s="3" t="n">
+        <x:v>126802</x:v>
+      </x:c>
+      <x:c r="DF8" s="3" t="n">
+        <x:v>130832</x:v>
+      </x:c>
+      <x:c r="DG8" s="3" t="n">
+        <x:v>132373</x:v>
+      </x:c>
+      <x:c r="DH8" s="3" t="n">
+        <x:v>133863</x:v>
+      </x:c>
+      <x:c r="DI8" s="3" t="n">
+        <x:v>134419</x:v>
+      </x:c>
+      <x:c r="DJ8" s="3" t="n">
+        <x:v>138256</x:v>
+      </x:c>
+      <x:c r="DK8" s="3" t="n">
+        <x:v>140933</x:v>
+      </x:c>
+      <x:c r="DL8" s="3" t="n">
+        <x:v>142786</x:v>
+      </x:c>
+      <x:c r="DM8" s="3" t="n">
+        <x:v>145538</x:v>
+      </x:c>
+      <x:c r="DN8" s="3" t="n">
+        <x:v>148647</x:v>
+      </x:c>
+      <x:c r="DO8" s="3" t="n">
+        <x:v>150058</x:v>
+      </x:c>
+      <x:c r="DP8" s="3" t="n">
+        <x:v>150990</x:v>
+      </x:c>
+      <x:c r="DQ8" s="3" t="n">
+        <x:v>152937</x:v>
+      </x:c>
+      <x:c r="DR8" s="3" t="n">
+        <x:v>155485</x:v>
+      </x:c>
+      <x:c r="DS8" s="3" t="n">
+        <x:v>156086</x:v>
+      </x:c>
+      <x:c r="DT8" s="3" t="n">
+        <x:v>155901</x:v>
+      </x:c>
+      <x:c r="DU8" s="3" t="n">
+        <x:v>156538</x:v>
+      </x:c>
+      <x:c r="DV8" s="3" t="n">
+        <x:v>159172</x:v>
+      </x:c>
+      <x:c r="DW8" s="3" t="n">
+        <x:v>159978</x:v>
+      </x:c>
+      <x:c r="DX8" s="3" t="n">
+        <x:v>160206</x:v>
+      </x:c>
+      <x:c r="DY8" s="3" t="n">
+        <x:v>161362</x:v>
+      </x:c>
+      <x:c r="DZ8" s="3" t="n">
+        <x:v>165641</x:v>
+      </x:c>
+      <x:c r="EA8" s="3" t="n">
+        <x:v>166189</x:v>
+      </x:c>
+      <x:c r="EB8" s="3" t="n">
+        <x:v>167235</x:v>
+      </x:c>
+      <x:c r="EC8" s="3" t="n">
+        <x:v>167353</x:v>
+      </x:c>
+      <x:c r="ED8" s="3" t="n">
+        <x:v>172664</x:v>
+      </x:c>
+      <x:c r="EE8" s="3" t="n">
+        <x:v>173455</x:v>
+      </x:c>
+      <x:c r="EF8" s="3" t="n">
+        <x:v>173450</x:v>
+      </x:c>
+      <x:c r="EG8" s="3" t="n">
+        <x:v>174361</x:v>
+      </x:c>
+      <x:c r="EH8" s="3" t="n">
+        <x:v>180545</x:v>
+      </x:c>
+      <x:c r="EI8" s="3" t="n">
+        <x:v>180501</x:v>
+      </x:c>
+      <x:c r="EJ8" s="3" t="n">
+        <x:v>181710</x:v>
+      </x:c>
+      <x:c r="EK8" s="3" t="n">
+        <x:v>182156</x:v>
+      </x:c>
+      <x:c r="EL8" s="3" t="n">
+        <x:v>187496</x:v>
+      </x:c>
+      <x:c r="EM8" s="3" t="n">
+        <x:v>189715</x:v>
+      </x:c>
+      <x:c r="EN8" s="3" t="n">
+        <x:v>191673</x:v>
+      </x:c>
+      <x:c r="EO8" s="3" t="n">
+        <x:v>192084</x:v>
+      </x:c>
+      <x:c r="EP8" s="3" t="n">
+        <x:v>196594</x:v>
+      </x:c>
+      <x:c r="EQ8" s="3" t="n">
+        <x:v>198022</x:v>
+      </x:c>
+      <x:c r="ER8" s="3" t="n">
+        <x:v>199225</x:v>
+      </x:c>
+      <x:c r="ES8" s="3" t="n">
+        <x:v>200900</x:v>
+      </x:c>
+      <x:c r="ET8" s="3" t="n">
+        <x:v>208367</x:v>
+      </x:c>
+      <x:c r="EU8" s="3" t="n">
+        <x:v>210031</x:v>
+      </x:c>
+      <x:c r="EV8" s="3" t="n">
+        <x:v>211451</x:v>
+      </x:c>
+      <x:c r="EW8" s="3" t="n">
+        <x:v>212709</x:v>
+      </x:c>
+      <x:c r="EX8" s="3" t="n">
+        <x:v>218375</x:v>
+      </x:c>
+      <x:c r="EY8" s="3" t="n">
+        <x:v>217974</x:v>
+      </x:c>
+      <x:c r="EZ8" s="3" t="n">
+        <x:v>216808</x:v>
+      </x:c>
+      <x:c r="FA8" s="3" t="n">
+        <x:v>222618</x:v>
+      </x:c>
+      <x:c r="FB8" s="3" t="n">
+        <x:v>226126</x:v>
+      </x:c>
+      <x:c r="FC8" s="3" t="n">
+        <x:v>227057</x:v>
+      </x:c>
+      <x:c r="FD8" s="3" t="n">
+        <x:v>227282</x:v>
+      </x:c>
+      <x:c r="FE8" s="3" t="n">
+        <x:v>233077</x:v>
+      </x:c>
+      <x:c r="FF8" s="3" t="n">
+        <x:v>232994</x:v>
+      </x:c>
+      <x:c r="FG8" s="3" t="n">
+        <x:v>234942</x:v>
+      </x:c>
+      <x:c r="FH8" s="3" t="n">
+        <x:v>234783</x:v>
+      </x:c>
+      <x:c r="FI8" s="3" t="n">
+        <x:v>240160</x:v>
+      </x:c>
+      <x:c r="FJ8" s="3" t="n">
+        <x:v>244079</x:v>
+      </x:c>
+      <x:c r="FK8" s="3" t="n">
+        <x:v>245217</x:v>
+      </x:c>
+      <x:c r="FL8" s="3" t="n">
+        <x:v>246968</x:v>
+      </x:c>
+      <x:c r="FM8" s="3" t="n">
+        <x:v>251112</x:v>
+      </x:c>
+      <x:c r="FN8" s="3" t="n">
+        <x:v>240813</x:v>
+      </x:c>
+      <x:c r="FO8" s="3" t="n">
+        <x:v>209705</x:v>
+      </x:c>
+      <x:c r="FP8" s="3" t="n">
+        <x:v>227382</x:v>
+      </x:c>
+      <x:c r="FQ8" s="3" t="n">
+        <x:v>232399</x:v>
+      </x:c>
+      <x:c r="FR8" s="3" t="n">
+        <x:v>225005</x:v>
+      </x:c>
+      <x:c r="FS8" s="3" t="n">
+        <x:v>228491</x:v>
+      </x:c>
+      <x:c r="FT8" s="3" t="n">
+        <x:v>246103</x:v>
+      </x:c>
+      <x:c r="FU8" s="3" t="n">
+        <x:v>258897</x:v>
+      </x:c>
+      <x:c r="FV8" s="3" t="n">
+        <x:v>259073</x:v>
+      </x:c>
+      <x:c r="FW8" s="3" t="n">
+        <x:v>269744</x:v>
+      </x:c>
+      <x:c r="FX8" s="3" t="n">
+        <x:v>270681</x:v>
+      </x:c>
+      <x:c r="FY8" s="3" t="n">
+        <x:v>275208</x:v>
+      </x:c>
+      <x:c r="FZ8" s="3" t="n">
+        <x:v>276877</x:v>
+      </x:c>
+      <x:c r="GA8" s="3" t="n">
+        <x:v>275008</x:v>
+      </x:c>
+      <x:c r="GB8" s="3" t="n">
+        <x:v>273656</x:v>
+      </x:c>
+      <x:c r="GC8" s="3" t="n">
+        <x:v>274448</x:v>
+      </x:c>
+      <x:c r="GD8" s="3" t="n">
+        <x:v>276801</x:v>
+      </x:c>
+      <x:c r="GE8" s="3" t="n">
+        <x:v>277720</x:v>
+      </x:c>
+      <x:c r="GF8" s="3" t="n">
+        <x:v>279908</x:v>
+      </x:c>
+      <x:c r="GG8" s="3" t="n">
+        <x:v>281268</x:v>
+      </x:c>
+      <x:c r="GH8" s="3" t="n">
+        <x:v>281299</x:v>
+      </x:c>
+      <x:c r="GI8" s="3" t="n">
+        <x:v>281683</x:v>
+      </x:c>
+      <x:c r="GJ8" s="3" t="n">
+        <x:v>282709</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:192">
+      <x:c r="A9" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="n">
+        <x:v>6867</x:v>
+      </x:c>
+      <x:c r="C9" s="3" t="n">
+        <x:v>6234</x:v>
+      </x:c>
+      <x:c r="D9" s="3" t="n">
+        <x:v>6598</x:v>
+      </x:c>
+      <x:c r="E9" s="3" t="n">
+        <x:v>6457</x:v>
+      </x:c>
+      <x:c r="F9" s="3" t="n">
+        <x:v>6226</x:v>
+      </x:c>
+      <x:c r="G9" s="3" t="n">
+        <x:v>6849</x:v>
+      </x:c>
+      <x:c r="H9" s="3" t="n">
+        <x:v>6159</x:v>
+      </x:c>
+      <x:c r="I9" s="3" t="n">
+        <x:v>6275</x:v>
+      </x:c>
+      <x:c r="J9" s="3" t="n">
+        <x:v>6265</x:v>
+      </x:c>
+      <x:c r="K9" s="3" t="n">
+        <x:v>5856</x:v>
+      </x:c>
+      <x:c r="L9" s="3" t="n">
+        <x:v>6073</x:v>
+      </x:c>
+      <x:c r="M9" s="3" t="n">
+        <x:v>6164</x:v>
+      </x:c>
+      <x:c r="N9" s="3" t="n">
+        <x:v>5678</x:v>
+      </x:c>
+      <x:c r="O9" s="3" t="n">
+        <x:v>6841</x:v>
+      </x:c>
+      <x:c r="P9" s="3" t="n">
+        <x:v>6458</x:v>
+      </x:c>
+      <x:c r="Q9" s="3" t="n">
+        <x:v>6705</x:v>
+      </x:c>
+      <x:c r="R9" s="3" t="n">
+        <x:v>7171</x:v>
+      </x:c>
+      <x:c r="S9" s="3" t="n">
+        <x:v>7317</x:v>
+      </x:c>
+      <x:c r="T9" s="3" t="n">
+        <x:v>7502</x:v>
+      </x:c>
+      <x:c r="U9" s="3" t="n">
+        <x:v>8361</x:v>
+      </x:c>
+      <x:c r="V9" s="3" t="n">
+        <x:v>8358</x:v>
+      </x:c>
+      <x:c r="W9" s="3" t="n">
+        <x:v>8363</x:v>
+      </x:c>
+      <x:c r="X9" s="3" t="n">
+        <x:v>8560</x:v>
+      </x:c>
+      <x:c r="Y9" s="3" t="n">
+        <x:v>7531</x:v>
+      </x:c>
+      <x:c r="Z9" s="3" t="n">
+        <x:v>8189</x:v>
+      </x:c>
+      <x:c r="AA9" s="3" t="n">
+        <x:v>8381</x:v>
+      </x:c>
+      <x:c r="AB9" s="3" t="n">
+        <x:v>9039</x:v>
+      </x:c>
+      <x:c r="AC9" s="3" t="n">
+        <x:v>8781</x:v>
+      </x:c>
+      <x:c r="AD9" s="3" t="n">
+        <x:v>8967</x:v>
+      </x:c>
+      <x:c r="AE9" s="3" t="n">
+        <x:v>9346</x:v>
+      </x:c>
+      <x:c r="AF9" s="3" t="n">
+        <x:v>9754</x:v>
+      </x:c>
+      <x:c r="AG9" s="3" t="n">
+        <x:v>10298</x:v>
+      </x:c>
+      <x:c r="AH9" s="3" t="n">
+        <x:v>11089</x:v>
+      </x:c>
+      <x:c r="AI9" s="3" t="n">
+        <x:v>10932</x:v>
+      </x:c>
+      <x:c r="AJ9" s="3" t="n">
+        <x:v>10505</x:v>
+      </x:c>
+      <x:c r="AK9" s="3" t="n">
+        <x:v>10994</x:v>
+      </x:c>
+      <x:c r="AL9" s="3" t="n">
+        <x:v>11774</x:v>
+      </x:c>
+      <x:c r="AM9" s="3" t="n">
+        <x:v>11434</x:v>
+      </x:c>
+      <x:c r="AN9" s="3" t="n">
+        <x:v>12349</x:v>
+      </x:c>
+      <x:c r="AO9" s="3" t="n">
+        <x:v>12286</x:v>
+      </x:c>
+      <x:c r="AP9" s="3" t="n">
+        <x:v>11723</x:v>
+      </x:c>
+      <x:c r="AQ9" s="3" t="n">
+        <x:v>11858</x:v>
+      </x:c>
+      <x:c r="AR9" s="3" t="n">
+        <x:v>11030</x:v>
+      </x:c>
+      <x:c r="AS9" s="3" t="n">
+        <x:v>10437</x:v>
+      </x:c>
+      <x:c r="AT9" s="3" t="n">
+        <x:v>11553</x:v>
+      </x:c>
+      <x:c r="AU9" s="3" t="n">
+        <x:v>10940</x:v>
+      </x:c>
+      <x:c r="AV9" s="3" t="n">
+        <x:v>10726</x:v>
+      </x:c>
+      <x:c r="AW9" s="3" t="n">
+        <x:v>10587</x:v>
+      </x:c>
+      <x:c r="AX9" s="3" t="n">
+        <x:v>9625</x:v>
+      </x:c>
+      <x:c r="AY9" s="3" t="n">
+        <x:v>9872</x:v>
+      </x:c>
+      <x:c r="AZ9" s="3" t="n">
+        <x:v>9516</x:v>
+      </x:c>
+      <x:c r="BA9" s="3" t="n">
+        <x:v>9237</x:v>
+      </x:c>
+      <x:c r="BB9" s="3" t="n">
+        <x:v>8324</x:v>
+      </x:c>
+      <x:c r="BC9" s="3" t="n">
+        <x:v>8342</x:v>
+      </x:c>
+      <x:c r="BD9" s="3" t="n">
+        <x:v>8576</x:v>
+      </x:c>
+      <x:c r="BE9" s="3" t="n">
+        <x:v>9055</x:v>
+      </x:c>
+      <x:c r="BF9" s="3" t="n">
+        <x:v>9747</x:v>
+      </x:c>
+      <x:c r="BG9" s="3" t="n">
+        <x:v>9368</x:v>
+      </x:c>
+      <x:c r="BH9" s="3" t="n">
+        <x:v>9556</x:v>
+      </x:c>
+      <x:c r="BI9" s="3" t="n">
+        <x:v>9495</x:v>
+      </x:c>
+      <x:c r="BJ9" s="3" t="n">
+        <x:v>9805</x:v>
+      </x:c>
+      <x:c r="BK9" s="3" t="n">
+        <x:v>9579</x:v>
+      </x:c>
+      <x:c r="BL9" s="3" t="n">
+        <x:v>9807</x:v>
+      </x:c>
+      <x:c r="BM9" s="3" t="n">
+        <x:v>9743</x:v>
+      </x:c>
+      <x:c r="BN9" s="3" t="n">
+        <x:v>9622</x:v>
+      </x:c>
+      <x:c r="BO9" s="3" t="n">
+        <x:v>9894</x:v>
+      </x:c>
+      <x:c r="BP9" s="3" t="n">
+        <x:v>9603</x:v>
+      </x:c>
+      <x:c r="BQ9" s="3" t="n">
+        <x:v>13136</x:v>
+      </x:c>
+      <x:c r="BR9" s="3" t="n">
+        <x:v>10029</x:v>
+      </x:c>
+      <x:c r="BS9" s="3" t="n">
+        <x:v>11015</x:v>
+      </x:c>
+      <x:c r="BT9" s="3" t="n">
+        <x:v>10666</x:v>
+      </x:c>
+      <x:c r="BU9" s="3" t="n">
+        <x:v>10855</x:v>
+      </x:c>
+      <x:c r="BV9" s="3" t="n">
+        <x:v>11140</x:v>
+      </x:c>
+      <x:c r="BW9" s="3" t="n">
+        <x:v>11166</x:v>
+      </x:c>
+      <x:c r="BX9" s="3" t="n">
+        <x:v>11618</x:v>
+      </x:c>
+      <x:c r="BY9" s="3" t="n">
+        <x:v>11588</x:v>
+      </x:c>
+      <x:c r="BZ9" s="3" t="n">
+        <x:v>12212</x:v>
+      </x:c>
+      <x:c r="CA9" s="3" t="n">
+        <x:v>12548</x:v>
+      </x:c>
+      <x:c r="CB9" s="3" t="n">
+        <x:v>12642</x:v>
+      </x:c>
+      <x:c r="CC9" s="3" t="n">
+        <x:v>12890</x:v>
+      </x:c>
+      <x:c r="CD9" s="3" t="n">
+        <x:v>13094</x:v>
+      </x:c>
+      <x:c r="CE9" s="3" t="n">
+        <x:v>12972</x:v>
+      </x:c>
+      <x:c r="CF9" s="3" t="n">
+        <x:v>13393</x:v>
+      </x:c>
+      <x:c r="CG9" s="3" t="n">
+        <x:v>13882</x:v>
+      </x:c>
+      <x:c r="CH9" s="3" t="n">
+        <x:v>14244</x:v>
+      </x:c>
+      <x:c r="CI9" s="3" t="n">
+        <x:v>14219</x:v>
+      </x:c>
+      <x:c r="CJ9" s="3" t="n">
+        <x:v>13813</x:v>
+      </x:c>
+      <x:c r="CK9" s="3" t="n">
+        <x:v>14292</x:v>
+      </x:c>
+      <x:c r="CL9" s="3" t="n">
+        <x:v>14620</x:v>
+      </x:c>
+      <x:c r="CM9" s="3" t="n">
+        <x:v>14840</x:v>
+      </x:c>
+      <x:c r="CN9" s="3" t="n">
+        <x:v>14249</x:v>
+      </x:c>
+      <x:c r="CO9" s="3" t="n">
+        <x:v>15006</x:v>
+      </x:c>
+      <x:c r="CP9" s="3" t="n">
+        <x:v>14528</x:v>
+      </x:c>
+      <x:c r="CQ9" s="3" t="n">
+        <x:v>14641</x:v>
+      </x:c>
+      <x:c r="CR9" s="3" t="n">
+        <x:v>14739</x:v>
+      </x:c>
+      <x:c r="CS9" s="3" t="n">
+        <x:v>14313</x:v>
+      </x:c>
+      <x:c r="CT9" s="3" t="n">
+        <x:v>14874</x:v>
+      </x:c>
+      <x:c r="CU9" s="3" t="n">
+        <x:v>15351</x:v>
+      </x:c>
+      <x:c r="CV9" s="3" t="n">
+        <x:v>16141</x:v>
+      </x:c>
+      <x:c r="CW9" s="3" t="n">
+        <x:v>16271</x:v>
+      </x:c>
+      <x:c r="CX9" s="3" t="n">
+        <x:v>16851</x:v>
+      </x:c>
+      <x:c r="CY9" s="3" t="n">
+        <x:v>16271</x:v>
+      </x:c>
+      <x:c r="CZ9" s="3" t="n">
+        <x:v>17018</x:v>
+      </x:c>
+      <x:c r="DA9" s="3" t="n">
+        <x:v>17891</x:v>
+      </x:c>
+      <x:c r="DB9" s="3" t="n">
+        <x:v>18688</x:v>
+      </x:c>
+      <x:c r="DC9" s="3" t="n">
+        <x:v>20191</x:v>
+      </x:c>
+      <x:c r="DD9" s="3" t="n">
+        <x:v>21028</x:v>
+      </x:c>
+      <x:c r="DE9" s="3" t="n">
+        <x:v>19993</x:v>
+      </x:c>
+      <x:c r="DF9" s="3" t="n">
+        <x:v>20244</x:v>
+      </x:c>
+      <x:c r="DG9" s="3" t="n">
+        <x:v>23367</x:v>
+      </x:c>
+      <x:c r="DH9" s="3" t="n">
+        <x:v>24514</x:v>
+      </x:c>
+      <x:c r="DI9" s="3" t="n">
+        <x:v>22429</x:v>
+      </x:c>
+      <x:c r="DJ9" s="3" t="n">
+        <x:v>25677</x:v>
+      </x:c>
+      <x:c r="DK9" s="3" t="n">
+        <x:v>24922</x:v>
+      </x:c>
+      <x:c r="DL9" s="3" t="n">
+        <x:v>24228</x:v>
+      </x:c>
+      <x:c r="DM9" s="3" t="n">
+        <x:v>24671</x:v>
+      </x:c>
+      <x:c r="DN9" s="3" t="n">
+        <x:v>25017</x:v>
+      </x:c>
+      <x:c r="DO9" s="3" t="n">
+        <x:v>25614</x:v>
+      </x:c>
+      <x:c r="DP9" s="3" t="n">
+        <x:v>25840</x:v>
+      </x:c>
+      <x:c r="DQ9" s="3" t="n">
+        <x:v>27558</x:v>
+      </x:c>
+      <x:c r="DR9" s="3" t="n">
+        <x:v>28424</x:v>
+      </x:c>
+      <x:c r="DS9" s="3" t="n">
+        <x:v>27222</x:v>
+      </x:c>
+      <x:c r="DT9" s="3" t="n">
+        <x:v>26463</x:v>
+      </x:c>
+      <x:c r="DU9" s="3" t="n">
+        <x:v>25979</x:v>
+      </x:c>
+      <x:c r="DV9" s="3" t="n">
+        <x:v>25281</x:v>
+      </x:c>
+      <x:c r="DW9" s="3" t="n">
+        <x:v>25387</x:v>
+      </x:c>
+      <x:c r="DX9" s="3" t="n">
+        <x:v>25206</x:v>
+      </x:c>
+      <x:c r="DY9" s="3" t="n">
+        <x:v>26656</x:v>
+      </x:c>
+      <x:c r="DZ9" s="3" t="n">
+        <x:v>28572</x:v>
+      </x:c>
+      <x:c r="EA9" s="3" t="n">
+        <x:v>28173</x:v>
+      </x:c>
+      <x:c r="EB9" s="3" t="n">
+        <x:v>29113</x:v>
+      </x:c>
+      <x:c r="EC9" s="3" t="n">
+        <x:v>29551</x:v>
+      </x:c>
+      <x:c r="ED9" s="3" t="n">
+        <x:v>30441</x:v>
+      </x:c>
+      <x:c r="EE9" s="3" t="n">
+        <x:v>31594</x:v>
+      </x:c>
+      <x:c r="EF9" s="3" t="n">
+        <x:v>31603</x:v>
+      </x:c>
+      <x:c r="EG9" s="3" t="n">
+        <x:v>32699</x:v>
+      </x:c>
+      <x:c r="EH9" s="3" t="n">
+        <x:v>34640</x:v>
+      </x:c>
+      <x:c r="EI9" s="3" t="n">
+        <x:v>34794</x:v>
+      </x:c>
+      <x:c r="EJ9" s="3" t="n">
+        <x:v>35221</x:v>
+      </x:c>
+      <x:c r="EK9" s="3" t="n">
+        <x:v>35587</x:v>
+      </x:c>
+      <x:c r="EL9" s="3" t="n">
+        <x:v>37638</x:v>
+      </x:c>
+      <x:c r="EM9" s="3" t="n">
+        <x:v>37765</x:v>
+      </x:c>
+      <x:c r="EN9" s="3" t="n">
+        <x:v>39177</x:v>
+      </x:c>
+      <x:c r="EO9" s="3" t="n">
+        <x:v>39914</x:v>
+      </x:c>
+      <x:c r="EP9" s="3" t="n">
+        <x:v>39740</x:v>
+      </x:c>
+      <x:c r="EQ9" s="3" t="n">
+        <x:v>40360</x:v>
+      </x:c>
+      <x:c r="ER9" s="3" t="n">
+        <x:v>40136</x:v>
+      </x:c>
+      <x:c r="ES9" s="3" t="n">
+        <x:v>40321</x:v>
+      </x:c>
+      <x:c r="ET9" s="3" t="n">
+        <x:v>40514</x:v>
+      </x:c>
+      <x:c r="EU9" s="3" t="n">
+        <x:v>40409</x:v>
+      </x:c>
+      <x:c r="EV9" s="3" t="n">
+        <x:v>40758</x:v>
+      </x:c>
+      <x:c r="EW9" s="3" t="n">
+        <x:v>41369</x:v>
+      </x:c>
+      <x:c r="EX9" s="3" t="n">
+        <x:v>39612</x:v>
+      </x:c>
+      <x:c r="EY9" s="3" t="n">
+        <x:v>41405</x:v>
+      </x:c>
+      <x:c r="EZ9" s="3" t="n">
+        <x:v>40623</x:v>
+      </x:c>
+      <x:c r="FA9" s="3" t="n">
+        <x:v>42152</x:v>
+      </x:c>
+      <x:c r="FB9" s="3" t="n">
+        <x:v>41994</x:v>
+      </x:c>
+      <x:c r="FC9" s="3" t="n">
+        <x:v>41669</x:v>
+      </x:c>
+      <x:c r="FD9" s="3" t="n">
+        <x:v>42008</x:v>
+      </x:c>
+      <x:c r="FE9" s="3" t="n">
+        <x:v>42316</x:v>
+      </x:c>
+      <x:c r="FF9" s="3" t="n">
+        <x:v>41490</x:v>
+      </x:c>
+      <x:c r="FG9" s="3" t="n">
+        <x:v>42312</x:v>
+      </x:c>
+      <x:c r="FH9" s="3" t="n">
+        <x:v>41992</x:v>
+      </x:c>
+      <x:c r="FI9" s="3" t="n">
+        <x:v>43546</x:v>
+      </x:c>
+      <x:c r="FJ9" s="3" t="n">
+        <x:v>43079</x:v>
+      </x:c>
+      <x:c r="FK9" s="3" t="n">
+        <x:v>41243</x:v>
+      </x:c>
+      <x:c r="FL9" s="3" t="n">
+        <x:v>42468</x:v>
+      </x:c>
+      <x:c r="FM9" s="3" t="n">
+        <x:v>40614</x:v>
+      </x:c>
+      <x:c r="FN9" s="3" t="n">
+        <x:v>38334</x:v>
+      </x:c>
+      <x:c r="FO9" s="3" t="n">
+        <x:v>1039</x:v>
+      </x:c>
+      <x:c r="FP9" s="3" t="n">
+        <x:v>5828</x:v>
+      </x:c>
+      <x:c r="FQ9" s="3" t="n">
+        <x:v>3265</x:v>
+      </x:c>
+      <x:c r="FR9" s="3" t="n">
+        <x:v>2383</x:v>
+      </x:c>
+      <x:c r="FS9" s="3" t="n">
+        <x:v>2219</x:v>
+      </x:c>
+      <x:c r="FT9" s="3" t="n">
+        <x:v>12108</x:v>
+      </x:c>
+      <x:c r="FU9" s="3" t="n">
+        <x:v>23209</x:v>
+      </x:c>
+      <x:c r="FV9" s="3" t="n">
+        <x:v>25223</x:v>
+      </x:c>
+      <x:c r="FW9" s="3" t="n">
+        <x:v>38296</x:v>
+      </x:c>
+      <x:c r="FX9" s="3" t="n">
+        <x:v>38927</x:v>
+      </x:c>
+      <x:c r="FY9" s="3" t="n">
+        <x:v>37894</x:v>
+      </x:c>
+      <x:c r="FZ9" s="3" t="n">
+        <x:v>38477</x:v>
+      </x:c>
+      <x:c r="GA9" s="3" t="n">
+        <x:v>38465</x:v>
+      </x:c>
+      <x:c r="GB9" s="3" t="n">
+        <x:v>37558</x:v>
+      </x:c>
+      <x:c r="GC9" s="3" t="n">
+        <x:v>36656</x:v>
+      </x:c>
+      <x:c r="GD9" s="3" t="n">
+        <x:v>38650</x:v>
+      </x:c>
+      <x:c r="GE9" s="3" t="n">
+        <x:v>40363</x:v>
+      </x:c>
+      <x:c r="GF9" s="3" t="n">
+        <x:v>41341</x:v>
+      </x:c>
+      <x:c r="GG9" s="3" t="n">
+        <x:v>42018</x:v>
+      </x:c>
+      <x:c r="GH9" s="3" t="n">
+        <x:v>42522</x:v>
+      </x:c>
+      <x:c r="GI9" s="3" t="n">
+        <x:v>40924</x:v>
+      </x:c>
+      <x:c r="GJ9" s="3" t="n">
+        <x:v>42335</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:192">
+      <x:c r="A10" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="n">
+        <x:v>-5309</x:v>
+      </x:c>
+      <x:c r="C10" s="3" t="n">
+        <x:v>-4833</x:v>
+      </x:c>
+      <x:c r="D10" s="3" t="n">
+        <x:v>-5673</x:v>
+      </x:c>
+      <x:c r="E10" s="3" t="n">
+        <x:v>-5114</x:v>
+      </x:c>
+      <x:c r="F10" s="3" t="n">
+        <x:v>-5354</x:v>
+      </x:c>
+      <x:c r="G10" s="3" t="n">
+        <x:v>-5376</x:v>
+      </x:c>
+      <x:c r="H10" s="3" t="n">
+        <x:v>-5292</x:v>
+      </x:c>
+      <x:c r="I10" s="3" t="n">
+        <x:v>-5727</x:v>
+      </x:c>
+      <x:c r="J10" s="3" t="n">
+        <x:v>-5556</x:v>
+      </x:c>
+      <x:c r="K10" s="3" t="n">
+        <x:v>-5462</x:v>
+      </x:c>
+      <x:c r="L10" s="3" t="n">
+        <x:v>-5511</x:v>
+      </x:c>
+      <x:c r="M10" s="3" t="n">
+        <x:v>-5444</x:v>
+      </x:c>
+      <x:c r="N10" s="3" t="n">
+        <x:v>-5492</x:v>
+      </x:c>
+      <x:c r="O10" s="3" t="n">
+        <x:v>-6053</x:v>
+      </x:c>
+      <x:c r="P10" s="3" t="n">
+        <x:v>-6055</x:v>
+      </x:c>
+      <x:c r="Q10" s="3" t="n">
+        <x:v>-5431</x:v>
+      </x:c>
+      <x:c r="R10" s="3" t="n">
+        <x:v>-5357</x:v>
+      </x:c>
+      <x:c r="S10" s="3" t="n">
+        <x:v>-5294</x:v>
+      </x:c>
+      <x:c r="T10" s="3" t="n">
+        <x:v>-5122</x:v>
+      </x:c>
+      <x:c r="U10" s="3" t="n">
+        <x:v>-5518</x:v>
+      </x:c>
+      <x:c r="V10" s="3" t="n">
+        <x:v>-5184</x:v>
+      </x:c>
+      <x:c r="W10" s="3" t="n">
+        <x:v>-5098</x:v>
+      </x:c>
+      <x:c r="X10" s="3" t="n">
+        <x:v>-4673</x:v>
+      </x:c>
+      <x:c r="Y10" s="3" t="n">
+        <x:v>-5511</x:v>
+      </x:c>
+      <x:c r="Z10" s="3" t="n">
+        <x:v>-5150</x:v>
+      </x:c>
+      <x:c r="AA10" s="3" t="n">
+        <x:v>-4953</x:v>
+      </x:c>
+      <x:c r="AB10" s="3" t="n">
+        <x:v>-5542</x:v>
+      </x:c>
+      <x:c r="AC10" s="3" t="n">
+        <x:v>-5574</x:v>
+      </x:c>
+      <x:c r="AD10" s="3" t="n">
+        <x:v>-5706</x:v>
+      </x:c>
+      <x:c r="AE10" s="3" t="n">
+        <x:v>-6071</x:v>
+      </x:c>
+      <x:c r="AF10" s="3" t="n">
+        <x:v>-6158</x:v>
+      </x:c>
+      <x:c r="AG10" s="3" t="n">
+        <x:v>-6347</x:v>
+      </x:c>
+      <x:c r="AH10" s="3" t="n">
+        <x:v>-7033</x:v>
+      </x:c>
+      <x:c r="AI10" s="3" t="n">
+        <x:v>-6574</x:v>
+      </x:c>
+      <x:c r="AJ10" s="3" t="n">
+        <x:v>-6451</x:v>
+      </x:c>
+      <x:c r="AK10" s="3" t="n">
+        <x:v>-6624</x:v>
+      </x:c>
+      <x:c r="AL10" s="3" t="n">
+        <x:v>-6892</x:v>
+      </x:c>
+      <x:c r="AM10" s="3" t="n">
+        <x:v>-6201</x:v>
+      </x:c>
+      <x:c r="AN10" s="3" t="n">
+        <x:v>-6952</x:v>
+      </x:c>
+      <x:c r="AO10" s="3" t="n">
+        <x:v>-6772</x:v>
+      </x:c>
+      <x:c r="AP10" s="3" t="n">
+        <x:v>-6877</x:v>
+      </x:c>
+      <x:c r="AQ10" s="3" t="n">
+        <x:v>-7078</x:v>
+      </x:c>
+      <x:c r="AR10" s="3" t="n">
+        <x:v>-6959</x:v>
+      </x:c>
+      <x:c r="AS10" s="3" t="n">
+        <x:v>-7051</x:v>
+      </x:c>
+      <x:c r="AT10" s="3" t="n">
+        <x:v>-7149</x:v>
+      </x:c>
+      <x:c r="AU10" s="3" t="n">
+        <x:v>-6594</x:v>
+      </x:c>
+      <x:c r="AV10" s="3" t="n">
+        <x:v>-6238</x:v>
+      </x:c>
+      <x:c r="AW10" s="3" t="n">
+        <x:v>-6516</x:v>
+      </x:c>
+      <x:c r="AX10" s="3" t="n">
+        <x:v>-6804</x:v>
+      </x:c>
+      <x:c r="AY10" s="3" t="n">
+        <x:v>-6791</x:v>
+      </x:c>
+      <x:c r="AZ10" s="3" t="n">
+        <x:v>-6007</x:v>
+      </x:c>
+      <x:c r="BA10" s="3" t="n">
+        <x:v>-6661</x:v>
+      </x:c>
+      <x:c r="BB10" s="3" t="n">
+        <x:v>-6604</x:v>
+      </x:c>
+      <x:c r="BC10" s="3" t="n">
+        <x:v>-7141</x:v>
+      </x:c>
+      <x:c r="BD10" s="3" t="n">
+        <x:v>-6983</x:v>
+      </x:c>
+      <x:c r="BE10" s="3" t="n">
+        <x:v>-7232</x:v>
+      </x:c>
+      <x:c r="BF10" s="3" t="n">
+        <x:v>-7096</x:v>
+      </x:c>
+      <x:c r="BG10" s="3" t="n">
+        <x:v>-7309</x:v>
+      </x:c>
+      <x:c r="BH10" s="3" t="n">
+        <x:v>-8153</x:v>
+      </x:c>
+      <x:c r="BI10" s="3" t="n">
+        <x:v>-7527</x:v>
+      </x:c>
+      <x:c r="BJ10" s="3" t="n">
+        <x:v>-7445</x:v>
+      </x:c>
+      <x:c r="BK10" s="3" t="n">
+        <x:v>-7778</x:v>
+      </x:c>
+      <x:c r="BL10" s="3" t="n">
+        <x:v>-8775</x:v>
+      </x:c>
+      <x:c r="BM10" s="3" t="n">
+        <x:v>-8108</x:v>
+      </x:c>
+      <x:c r="BN10" s="3" t="n">
+        <x:v>-9087</x:v>
+      </x:c>
+      <x:c r="BO10" s="3" t="n">
+        <x:v>-8918</x:v>
+      </x:c>
+      <x:c r="BP10" s="3" t="n">
+        <x:v>-7383</x:v>
+      </x:c>
+      <x:c r="BQ10" s="3" t="n">
+        <x:v>-11021</x:v>
+      </x:c>
+      <x:c r="BR10" s="3" t="n">
+        <x:v>-8387</x:v>
+      </x:c>
+      <x:c r="BS10" s="3" t="n">
+        <x:v>-8636</x:v>
+      </x:c>
+      <x:c r="BT10" s="3" t="n">
+        <x:v>-8425</x:v>
+      </x:c>
+      <x:c r="BU10" s="3" t="n">
+        <x:v>-8548</x:v>
+      </x:c>
+      <x:c r="BV10" s="3" t="n">
+        <x:v>-8838</x:v>
+      </x:c>
+      <x:c r="BW10" s="3" t="n">
+        <x:v>-8531</x:v>
+      </x:c>
+      <x:c r="BX10" s="3" t="n">
+        <x:v>-8695</x:v>
+      </x:c>
+      <x:c r="BY10" s="3" t="n">
+        <x:v>-8503</x:v>
+      </x:c>
+      <x:c r="BZ10" s="3" t="n">
+        <x:v>-8753</x:v>
+      </x:c>
+      <x:c r="CA10" s="3" t="n">
+        <x:v>-8654</x:v>
+      </x:c>
+      <x:c r="CB10" s="3" t="n">
+        <x:v>-8818</x:v>
+      </x:c>
+      <x:c r="CC10" s="3" t="n">
+        <x:v>-8846</x:v>
+      </x:c>
+      <x:c r="CD10" s="3" t="n">
+        <x:v>-8572</x:v>
+      </x:c>
+      <x:c r="CE10" s="3" t="n">
+        <x:v>-8500</x:v>
+      </x:c>
+      <x:c r="CF10" s="3" t="n">
+        <x:v>-9624</x:v>
+      </x:c>
+      <x:c r="CG10" s="3" t="n">
+        <x:v>-8755</x:v>
+      </x:c>
+      <x:c r="CH10" s="3" t="n">
+        <x:v>-9231</x:v>
+      </x:c>
+      <x:c r="CI10" s="3" t="n">
+        <x:v>-9475</x:v>
+      </x:c>
+      <x:c r="CJ10" s="3" t="n">
+        <x:v>-10256</x:v>
+      </x:c>
+      <x:c r="CK10" s="3" t="n">
+        <x:v>-8943</x:v>
+      </x:c>
+      <x:c r="CL10" s="3" t="n">
+        <x:v>-8803</x:v>
+      </x:c>
+      <x:c r="CM10" s="3" t="n">
+        <x:v>-8955</x:v>
+      </x:c>
+      <x:c r="CN10" s="3" t="n">
+        <x:v>-8838</x:v>
+      </x:c>
+      <x:c r="CO10" s="3" t="n">
+        <x:v>-10294</x:v>
+      </x:c>
+      <x:c r="CP10" s="3" t="n">
+        <x:v>-9218</x:v>
+      </x:c>
+      <x:c r="CQ10" s="3" t="n">
+        <x:v>-8720</x:v>
+      </x:c>
+      <x:c r="CR10" s="3" t="n">
+        <x:v>-8437</x:v>
+      </x:c>
+      <x:c r="CS10" s="3" t="n">
+        <x:v>-9129</x:v>
+      </x:c>
+      <x:c r="CT10" s="3" t="n">
+        <x:v>-8836</x:v>
+      </x:c>
+      <x:c r="CU10" s="3" t="n">
+        <x:v>-8710</x:v>
+      </x:c>
+      <x:c r="CV10" s="3" t="n">
+        <x:v>-8209</x:v>
+      </x:c>
+      <x:c r="CW10" s="3" t="n">
+        <x:v>-8743</x:v>
+      </x:c>
+      <x:c r="CX10" s="3" t="n">
+        <x:v>-8513</x:v>
+      </x:c>
+      <x:c r="CY10" s="3" t="n">
+        <x:v>-8622</x:v>
+      </x:c>
+      <x:c r="CZ10" s="3" t="n">
+        <x:v>-8820</x:v>
+      </x:c>
+      <x:c r="DA10" s="3" t="n">
+        <x:v>-8898</x:v>
+      </x:c>
+      <x:c r="DB10" s="3" t="n">
+        <x:v>-9611</x:v>
+      </x:c>
+      <x:c r="DC10" s="3" t="n">
+        <x:v>-9749</x:v>
+      </x:c>
+      <x:c r="DD10" s="3" t="n">
+        <x:v>-9641</x:v>
+      </x:c>
+      <x:c r="DE10" s="3" t="n">
+        <x:v>-9585</x:v>
+      </x:c>
+      <x:c r="DF10" s="3" t="n">
+        <x:v>-9975</x:v>
+      </x:c>
+      <x:c r="DG10" s="3" t="n">
+        <x:v>-10000</x:v>
+      </x:c>
+      <x:c r="DH10" s="3" t="n">
+        <x:v>-10034</x:v>
+      </x:c>
+      <x:c r="DI10" s="3" t="n">
+        <x:v>-10089</x:v>
+      </x:c>
+      <x:c r="DJ10" s="3" t="n">
+        <x:v>-9983</x:v>
+      </x:c>
+      <x:c r="DK10" s="3" t="n">
+        <x:v>-10403</x:v>
+      </x:c>
+      <x:c r="DL10" s="3" t="n">
+        <x:v>-10714</x:v>
+      </x:c>
+      <x:c r="DM10" s="3" t="n">
+        <x:v>-10794</x:v>
+      </x:c>
+      <x:c r="DN10" s="3" t="n">
+        <x:v>-10780</x:v>
+      </x:c>
+      <x:c r="DO10" s="3" t="n">
+        <x:v>-10949</x:v>
+      </x:c>
+      <x:c r="DP10" s="3" t="n">
+        <x:v>-11276</x:v>
+      </x:c>
+      <x:c r="DQ10" s="3" t="n">
+        <x:v>-11149</x:v>
+      </x:c>
+      <x:c r="DR10" s="3" t="n">
+        <x:v>-11001</x:v>
+      </x:c>
+      <x:c r="DS10" s="3" t="n">
+        <x:v>-11012</x:v>
+      </x:c>
+      <x:c r="DT10" s="3" t="n">
+        <x:v>-10601</x:v>
+      </x:c>
+      <x:c r="DU10" s="3" t="n">
+        <x:v>-10694</x:v>
+      </x:c>
+      <x:c r="DV10" s="3" t="n">
+        <x:v>-10400</x:v>
+      </x:c>
+      <x:c r="DW10" s="3" t="n">
+        <x:v>-9971</x:v>
+      </x:c>
+      <x:c r="DX10" s="3" t="n">
+        <x:v>-10001</x:v>
+      </x:c>
+      <x:c r="DY10" s="3" t="n">
+        <x:v>-10609</x:v>
+      </x:c>
+      <x:c r="DZ10" s="3" t="n">
+        <x:v>-10729</x:v>
+      </x:c>
+      <x:c r="EA10" s="3" t="n">
+        <x:v>-10970</x:v>
+      </x:c>
+      <x:c r="EB10" s="3" t="n">
+        <x:v>-10831</x:v>
+      </x:c>
+      <x:c r="EC10" s="3" t="n">
+        <x:v>-10967</x:v>
+      </x:c>
+      <x:c r="ED10" s="3" t="n">
+        <x:v>-10899</x:v>
+      </x:c>
+      <x:c r="EE10" s="3" t="n">
+        <x:v>-11169</x:v>
+      </x:c>
+      <x:c r="EF10" s="3" t="n">
+        <x:v>-11192</x:v>
+      </x:c>
+      <x:c r="EG10" s="3" t="n">
+        <x:v>-11068</x:v>
+      </x:c>
+      <x:c r="EH10" s="3" t="n">
+        <x:v>-11542</x:v>
+      </x:c>
+      <x:c r="EI10" s="3" t="n">
+        <x:v>-11647</x:v>
+      </x:c>
+      <x:c r="EJ10" s="3" t="n">
+        <x:v>-11352</x:v>
+      </x:c>
+      <x:c r="EK10" s="3" t="n">
+        <x:v>-11397</x:v>
+      </x:c>
+      <x:c r="EL10" s="3" t="n">
+        <x:v>-11755</x:v>
+      </x:c>
+      <x:c r="EM10" s="3" t="n">
+        <x:v>-11868</x:v>
+      </x:c>
+      <x:c r="EN10" s="3" t="n">
+        <x:v>-11601</x:v>
+      </x:c>
+      <x:c r="EO10" s="3" t="n">
+        <x:v>-11976</x:v>
+      </x:c>
+      <x:c r="EP10" s="3" t="n">
+        <x:v>-12240</x:v>
+      </x:c>
+      <x:c r="EQ10" s="3" t="n">
+        <x:v>-11925</x:v>
+      </x:c>
+      <x:c r="ER10" s="3" t="n">
+        <x:v>-12106</x:v>
+      </x:c>
+      <x:c r="ES10" s="3" t="n">
+        <x:v>-12774</x:v>
+      </x:c>
+      <x:c r="ET10" s="3" t="n">
+        <x:v>-12983</x:v>
+      </x:c>
+      <x:c r="EU10" s="3" t="n">
+        <x:v>-13445</x:v>
+      </x:c>
+      <x:c r="EV10" s="3" t="n">
+        <x:v>-13680</x:v>
+      </x:c>
+      <x:c r="EW10" s="3" t="n">
+        <x:v>-13728</x:v>
+      </x:c>
+      <x:c r="EX10" s="3" t="n">
+        <x:v>-14592</x:v>
+      </x:c>
+      <x:c r="EY10" s="3" t="n">
+        <x:v>-14517</x:v>
+      </x:c>
+      <x:c r="EZ10" s="3" t="n">
+        <x:v>-14581</x:v>
+      </x:c>
+      <x:c r="FA10" s="3" t="n">
+        <x:v>-14209</x:v>
+      </x:c>
+      <x:c r="FB10" s="3" t="n">
+        <x:v>-13942</x:v>
+      </x:c>
+      <x:c r="FC10" s="3" t="n">
+        <x:v>-14666</x:v>
+      </x:c>
+      <x:c r="FD10" s="3" t="n">
+        <x:v>-15374</x:v>
+      </x:c>
+      <x:c r="FE10" s="3" t="n">
+        <x:v>-15029</x:v>
+      </x:c>
+      <x:c r="FF10" s="3" t="n">
+        <x:v>-15359</x:v>
+      </x:c>
+      <x:c r="FG10" s="3" t="n">
+        <x:v>-15181</x:v>
+      </x:c>
+      <x:c r="FH10" s="3" t="n">
+        <x:v>-15190</x:v>
+      </x:c>
+      <x:c r="FI10" s="3" t="n">
+        <x:v>-14922</x:v>
+      </x:c>
+      <x:c r="FJ10" s="3" t="n">
+        <x:v>-15703</x:v>
+      </x:c>
+      <x:c r="FK10" s="3" t="n">
+        <x:v>-15801</x:v>
+      </x:c>
+      <x:c r="FL10" s="3" t="n">
+        <x:v>-15881</x:v>
+      </x:c>
+      <x:c r="FM10" s="3" t="n">
+        <x:v>-16664</x:v>
+      </x:c>
+      <x:c r="FN10" s="3" t="n">
+        <x:v>-15064</x:v>
+      </x:c>
+      <x:c r="FO10" s="3" t="n">
+        <x:v>-1886</x:v>
+      </x:c>
+      <x:c r="FP10" s="3" t="n">
+        <x:v>-3607</x:v>
+      </x:c>
+      <x:c r="FQ10" s="3" t="n">
+        <x:v>-5370</x:v>
+      </x:c>
+      <x:c r="FR10" s="3" t="n">
+        <x:v>-3706</x:v>
+      </x:c>
+      <x:c r="FS10" s="3" t="n">
+        <x:v>-2975</x:v>
+      </x:c>
+      <x:c r="FT10" s="3" t="n">
+        <x:v>-5636</x:v>
+      </x:c>
+      <x:c r="FU10" s="3" t="n">
+        <x:v>-10265</x:v>
+      </x:c>
+      <x:c r="FV10" s="3" t="n">
+        <x:v>-11260</x:v>
+      </x:c>
+      <x:c r="FW10" s="3" t="n">
+        <x:v>-15281</x:v>
+      </x:c>
+      <x:c r="FX10" s="3" t="n">
+        <x:v>-15542</x:v>
+      </x:c>
+      <x:c r="FY10" s="3" t="n">
+        <x:v>-14808</x:v>
+      </x:c>
+      <x:c r="FZ10" s="3" t="n">
+        <x:v>-15952</x:v>
+      </x:c>
+      <x:c r="GA10" s="3" t="n">
+        <x:v>-16941</x:v>
+      </x:c>
+      <x:c r="GB10" s="3" t="n">
+        <x:v>-17756</x:v>
+      </x:c>
+      <x:c r="GC10" s="3" t="n">
+        <x:v>-18328</x:v>
+      </x:c>
+      <x:c r="GD10" s="3" t="n">
+        <x:v>-18951</x:v>
+      </x:c>
+      <x:c r="GE10" s="3" t="n">
+        <x:v>-18389</x:v>
+      </x:c>
+      <x:c r="GF10" s="3" t="n">
+        <x:v>-19567</x:v>
+      </x:c>
+      <x:c r="GG10" s="3" t="n">
+        <x:v>-23524</x:v>
+      </x:c>
+      <x:c r="GH10" s="3" t="n">
+        <x:v>-22299</x:v>
+      </x:c>
+      <x:c r="GI10" s="3" t="n">
+        <x:v>-22724</x:v>
+      </x:c>
+      <x:c r="GJ10" s="3" t="n">
+        <x:v>-23297</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:192">
+      <x:c r="A11" s="2" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="n">
+        <x:v>10149</x:v>
+      </x:c>
+      <x:c r="C11" s="3" t="n">
+        <x:v>10311</x:v>
+      </x:c>
+      <x:c r="D11" s="3" t="n">
+        <x:v>10404</x:v>
+      </x:c>
+      <x:c r="E11" s="3" t="n">
+        <x:v>10505</x:v>
+      </x:c>
+      <x:c r="F11" s="3" t="n">
+        <x:v>10713</x:v>
+      </x:c>
+      <x:c r="G11" s="3" t="n">
+        <x:v>10832</x:v>
+      </x:c>
+      <x:c r="H11" s="3" t="n">
+        <x:v>10956</x:v>
+      </x:c>
+      <x:c r="I11" s="3" t="n">
+        <x:v>11058</x:v>
+      </x:c>
+      <x:c r="J11" s="3" t="n">
+        <x:v>11113</x:v>
+      </x:c>
+      <x:c r="K11" s="3" t="n">
+        <x:v>11163</x:v>
+      </x:c>
+      <x:c r="L11" s="3" t="n">
+        <x:v>11263</x:v>
+      </x:c>
+      <x:c r="M11" s="3" t="n">
+        <x:v>11359</x:v>
+      </x:c>
+      <x:c r="N11" s="3" t="n">
+        <x:v>11473</x:v>
+      </x:c>
+      <x:c r="O11" s="3" t="n">
+        <x:v>11598</x:v>
+      </x:c>
+      <x:c r="P11" s="3" t="n">
+        <x:v>11710</x:v>
+      </x:c>
+      <x:c r="Q11" s="3" t="n">
+        <x:v>11794</x:v>
+      </x:c>
+      <x:c r="R11" s="3" t="n">
+        <x:v>12111</x:v>
+      </x:c>
+      <x:c r="S11" s="3" t="n">
+        <x:v>12253</x:v>
+      </x:c>
+      <x:c r="T11" s="3" t="n">
+        <x:v>12344</x:v>
+      </x:c>
+      <x:c r="U11" s="3" t="n">
+        <x:v>12421</x:v>
+      </x:c>
+      <x:c r="V11" s="3" t="n">
+        <x:v>12319</x:v>
+      </x:c>
+      <x:c r="W11" s="3" t="n">
+        <x:v>12488</x:v>
+      </x:c>
+      <x:c r="X11" s="3" t="n">
+        <x:v>12551</x:v>
+      </x:c>
+      <x:c r="Y11" s="3" t="n">
+        <x:v>12618</x:v>
+      </x:c>
+      <x:c r="Z11" s="3" t="n">
+        <x:v>12607</x:v>
+      </x:c>
+      <x:c r="AA11" s="3" t="n">
+        <x:v>12574</x:v>
+      </x:c>
+      <x:c r="AB11" s="3" t="n">
+        <x:v>12662</x:v>
+      </x:c>
+      <x:c r="AC11" s="3" t="n">
+        <x:v>12724</x:v>
+      </x:c>
+      <x:c r="AD11" s="3" t="n">
+        <x:v>12524</x:v>
+      </x:c>
+      <x:c r="AE11" s="3" t="n">
+        <x:v>12651</x:v>
+      </x:c>
+      <x:c r="AF11" s="3" t="n">
+        <x:v>12714</x:v>
+      </x:c>
+      <x:c r="AG11" s="3" t="n">
+        <x:v>12773</x:v>
+      </x:c>
+      <x:c r="AH11" s="3" t="n">
+        <x:v>13213</x:v>
+      </x:c>
+      <x:c r="AI11" s="3" t="n">
+        <x:v>13360</x:v>
+      </x:c>
+      <x:c r="AJ11" s="3" t="n">
+        <x:v>13411</x:v>
+      </x:c>
+      <x:c r="AK11" s="3" t="n">
+        <x:v>13478</x:v>
+      </x:c>
+      <x:c r="AL11" s="3" t="n">
+        <x:v>13406</x:v>
+      </x:c>
+      <x:c r="AM11" s="3" t="n">
+        <x:v>13475</x:v>
+      </x:c>
+      <x:c r="AN11" s="3" t="n">
+        <x:v>13564</x:v>
+      </x:c>
+      <x:c r="AO11" s="3" t="n">
+        <x:v>13636</x:v>
+      </x:c>
+      <x:c r="AP11" s="3" t="n">
+        <x:v>13776</x:v>
+      </x:c>
+      <x:c r="AQ11" s="3" t="n">
+        <x:v>13765</x:v>
+      </x:c>
+      <x:c r="AR11" s="3" t="n">
+        <x:v>13816</x:v>
+      </x:c>
+      <x:c r="AS11" s="3" t="n">
+        <x:v>13906</x:v>
+      </x:c>
+      <x:c r="AT11" s="3" t="n">
+        <x:v>13795</x:v>
+      </x:c>
+      <x:c r="AU11" s="3" t="n">
+        <x:v>13943</x:v>
+      </x:c>
+      <x:c r="AV11" s="3" t="n">
+        <x:v>13971</x:v>
+      </x:c>
+      <x:c r="AW11" s="3" t="n">
+        <x:v>14096</x:v>
+      </x:c>
+      <x:c r="AX11" s="3" t="n">
+        <x:v>14506</x:v>
+      </x:c>
+      <x:c r="AY11" s="3" t="n">
+        <x:v>14596</x:v>
+      </x:c>
+      <x:c r="AZ11" s="3" t="n">
+        <x:v>14640</x:v>
+      </x:c>
+      <x:c r="BA11" s="3" t="n">
+        <x:v>14816</x:v>
+      </x:c>
+      <x:c r="BB11" s="3" t="n">
+        <x:v>14219</x:v>
+      </x:c>
+      <x:c r="BC11" s="3" t="n">
+        <x:v>13712</x:v>
+      </x:c>
+      <x:c r="BD11" s="3" t="n">
+        <x:v>14089</x:v>
+      </x:c>
+      <x:c r="BE11" s="3" t="n">
+        <x:v>14029</x:v>
+      </x:c>
+      <x:c r="BF11" s="3" t="n">
+        <x:v>14384</x:v>
+      </x:c>
+      <x:c r="BG11" s="3" t="n">
+        <x:v>14406</x:v>
+      </x:c>
+      <x:c r="BH11" s="3" t="n">
+        <x:v>14562</x:v>
+      </x:c>
+      <x:c r="BI11" s="3" t="n">
+        <x:v>14585</x:v>
+      </x:c>
+      <x:c r="BJ11" s="3" t="n">
+        <x:v>14814</x:v>
+      </x:c>
+      <x:c r="BK11" s="3" t="n">
+        <x:v>14713</x:v>
+      </x:c>
+      <x:c r="BL11" s="3" t="n">
+        <x:v>14677</x:v>
+      </x:c>
+      <x:c r="BM11" s="3" t="n">
+        <x:v>14360</x:v>
+      </x:c>
+      <x:c r="BN11" s="3" t="n">
+        <x:v>14832</x:v>
+      </x:c>
+      <x:c r="BO11" s="3" t="n">
+        <x:v>14804</x:v>
+      </x:c>
+      <x:c r="BP11" s="3" t="n">
+        <x:v>14848</x:v>
+      </x:c>
+      <x:c r="BQ11" s="3" t="n">
+        <x:v>14702</x:v>
+      </x:c>
+      <x:c r="BR11" s="3" t="n">
+        <x:v>14471</x:v>
+      </x:c>
+      <x:c r="BS11" s="3" t="n">
+        <x:v>14714</x:v>
+      </x:c>
+      <x:c r="BT11" s="3" t="n">
+        <x:v>14576</x:v>
+      </x:c>
+      <x:c r="BU11" s="3" t="n">
+        <x:v>14470</x:v>
+      </x:c>
+      <x:c r="BV11" s="3" t="n">
+        <x:v>14641</x:v>
+      </x:c>
+      <x:c r="BW11" s="3" t="n">
+        <x:v>14749</x:v>
+      </x:c>
+      <x:c r="BX11" s="3" t="n">
+        <x:v>14728</x:v>
+      </x:c>
+      <x:c r="BY11" s="3" t="n">
+        <x:v>14680</x:v>
+      </x:c>
+      <x:c r="BZ11" s="3" t="n">
+        <x:v>14911</x:v>
+      </x:c>
+      <x:c r="CA11" s="3" t="n">
+        <x:v>14577</x:v>
+      </x:c>
+      <x:c r="CB11" s="3" t="n">
+        <x:v>14629</x:v>
+      </x:c>
+      <x:c r="CC11" s="3" t="n">
+        <x:v>14530</x:v>
+      </x:c>
+      <x:c r="CD11" s="3" t="n">
+        <x:v>14733</x:v>
+      </x:c>
+      <x:c r="CE11" s="3" t="n">
+        <x:v>14820</x:v>
+      </x:c>
+      <x:c r="CF11" s="3" t="n">
+        <x:v>14825</x:v>
+      </x:c>
+      <x:c r="CG11" s="3" t="n">
+        <x:v>14935</x:v>
+      </x:c>
+      <x:c r="CH11" s="3" t="n">
+        <x:v>15138</x:v>
+      </x:c>
+      <x:c r="CI11" s="3" t="n">
+        <x:v>15357</x:v>
+      </x:c>
+      <x:c r="CJ11" s="3" t="n">
+        <x:v>15467</x:v>
+      </x:c>
+      <x:c r="CK11" s="3" t="n">
+        <x:v>15339</x:v>
+      </x:c>
+      <x:c r="CL11" s="3" t="n">
+        <x:v>15173</x:v>
+      </x:c>
+      <x:c r="CM11" s="3" t="n">
+        <x:v>15552</x:v>
+      </x:c>
+      <x:c r="CN11" s="3" t="n">
+        <x:v>15931</x:v>
+      </x:c>
+      <x:c r="CO11" s="3" t="n">
+        <x:v>15379</x:v>
+      </x:c>
+      <x:c r="CP11" s="3" t="n">
+        <x:v>15592</x:v>
+      </x:c>
+      <x:c r="CQ11" s="3" t="n">
+        <x:v>15377</x:v>
+      </x:c>
+      <x:c r="CR11" s="3" t="n">
+        <x:v>15592</x:v>
+      </x:c>
+      <x:c r="CS11" s="3" t="n">
+        <x:v>16077</x:v>
+      </x:c>
+      <x:c r="CT11" s="3" t="n">
+        <x:v>16052</x:v>
+      </x:c>
+      <x:c r="CU11" s="3" t="n">
+        <x:v>16107</x:v>
+      </x:c>
+      <x:c r="CV11" s="3" t="n">
+        <x:v>16188</x:v>
+      </x:c>
+      <x:c r="CW11" s="3" t="n">
+        <x:v>16519</x:v>
+      </x:c>
+      <x:c r="CX11" s="3" t="n">
+        <x:v>16310</x:v>
+      </x:c>
+      <x:c r="CY11" s="3" t="n">
+        <x:v>16403</x:v>
+      </x:c>
+      <x:c r="CZ11" s="3" t="n">
+        <x:v>16572</x:v>
+      </x:c>
+      <x:c r="DA11" s="3" t="n">
+        <x:v>16780</x:v>
+      </x:c>
+      <x:c r="DB11" s="3" t="n">
+        <x:v>18081</x:v>
+      </x:c>
+      <x:c r="DC11" s="3" t="n">
+        <x:v>18148</x:v>
+      </x:c>
+      <x:c r="DD11" s="3" t="n">
+        <x:v>18308</x:v>
+      </x:c>
+      <x:c r="DE11" s="3" t="n">
+        <x:v>18503</x:v>
+      </x:c>
+      <x:c r="DF11" s="3" t="n">
+        <x:v>18679</x:v>
+      </x:c>
+      <x:c r="DG11" s="3" t="n">
+        <x:v>18907</x:v>
+      </x:c>
+      <x:c r="DH11" s="3" t="n">
+        <x:v>19281</x:v>
+      </x:c>
+      <x:c r="DI11" s="3" t="n">
+        <x:v>19492</x:v>
+      </x:c>
+      <x:c r="DJ11" s="3" t="n">
+        <x:v>18671</x:v>
+      </x:c>
+      <x:c r="DK11" s="3" t="n">
+        <x:v>19415</x:v>
+      </x:c>
+      <x:c r="DL11" s="3" t="n">
+        <x:v>19283</x:v>
+      </x:c>
+      <x:c r="DM11" s="3" t="n">
+        <x:v>19073</x:v>
+      </x:c>
+      <x:c r="DN11" s="3" t="n">
+        <x:v>18474</x:v>
+      </x:c>
+      <x:c r="DO11" s="3" t="n">
+        <x:v>19117</x:v>
+      </x:c>
+      <x:c r="DP11" s="3" t="n">
+        <x:v>19089</x:v>
+      </x:c>
+      <x:c r="DQ11" s="3" t="n">
+        <x:v>18916</x:v>
+      </x:c>
+      <x:c r="DR11" s="3" t="n">
+        <x:v>19149</x:v>
+      </x:c>
+      <x:c r="DS11" s="3" t="n">
+        <x:v>19895</x:v>
+      </x:c>
+      <x:c r="DT11" s="3" t="n">
+        <x:v>19298</x:v>
+      </x:c>
+      <x:c r="DU11" s="3" t="n">
+        <x:v>19419</x:v>
+      </x:c>
+      <x:c r="DV11" s="3" t="n">
+        <x:v>20059</x:v>
+      </x:c>
+      <x:c r="DW11" s="3" t="n">
+        <x:v>20009</x:v>
+      </x:c>
+      <x:c r="DX11" s="3" t="n">
+        <x:v>20339</x:v>
+      </x:c>
+      <x:c r="DY11" s="3" t="n">
+        <x:v>20949</x:v>
+      </x:c>
+      <x:c r="DZ11" s="3" t="n">
+        <x:v>19822</x:v>
+      </x:c>
+      <x:c r="EA11" s="3" t="n">
+        <x:v>20104</x:v>
+      </x:c>
+      <x:c r="EB11" s="3" t="n">
+        <x:v>20030</x:v>
+      </x:c>
+      <x:c r="EC11" s="3" t="n">
+        <x:v>20231</x:v>
+      </x:c>
+      <x:c r="ED11" s="3" t="n">
+        <x:v>20812</x:v>
+      </x:c>
+      <x:c r="EE11" s="3" t="n">
+        <x:v>20736</x:v>
+      </x:c>
+      <x:c r="EF11" s="3" t="n">
+        <x:v>21007</x:v>
+      </x:c>
+      <x:c r="EG11" s="3" t="n">
+        <x:v>21176</x:v>
+      </x:c>
+      <x:c r="EH11" s="3" t="n">
+        <x:v>21391</x:v>
+      </x:c>
+      <x:c r="EI11" s="3" t="n">
+        <x:v>21159</x:v>
+      </x:c>
+      <x:c r="EJ11" s="3" t="n">
+        <x:v>21135</x:v>
+      </x:c>
+      <x:c r="EK11" s="3" t="n">
+        <x:v>21206</x:v>
+      </x:c>
+      <x:c r="EL11" s="3" t="n">
+        <x:v>21432</x:v>
+      </x:c>
+      <x:c r="EM11" s="3" t="n">
+        <x:v>21843</x:v>
+      </x:c>
+      <x:c r="EN11" s="3" t="n">
+        <x:v>21741</x:v>
+      </x:c>
+      <x:c r="EO11" s="3" t="n">
+        <x:v>21861</x:v>
+      </x:c>
+      <x:c r="EP11" s="3" t="n">
+        <x:v>22426</x:v>
+      </x:c>
+      <x:c r="EQ11" s="3" t="n">
+        <x:v>22852</x:v>
+      </x:c>
+      <x:c r="ER11" s="3" t="n">
+        <x:v>22872</x:v>
+      </x:c>
+      <x:c r="ES11" s="3" t="n">
+        <x:v>23018</x:v>
+      </x:c>
+      <x:c r="ET11" s="3" t="n">
+        <x:v>24254</x:v>
+      </x:c>
+      <x:c r="EU11" s="3" t="n">
+        <x:v>23964</x:v>
+      </x:c>
+      <x:c r="EV11" s="3" t="n">
+        <x:v>24531</x:v>
+      </x:c>
+      <x:c r="EW11" s="3" t="n">
+        <x:v>24472</x:v>
+      </x:c>
+      <x:c r="EX11" s="3" t="n">
+        <x:v>23841</x:v>
+      </x:c>
+      <x:c r="EY11" s="3" t="n">
+        <x:v>24137</x:v>
+      </x:c>
+      <x:c r="EZ11" s="3" t="n">
+        <x:v>23589</x:v>
+      </x:c>
+      <x:c r="FA11" s="3" t="n">
+        <x:v>23952</x:v>
+      </x:c>
+      <x:c r="FB11" s="3" t="n">
+        <x:v>23782</x:v>
+      </x:c>
+      <x:c r="FC11" s="3" t="n">
+        <x:v>23825</x:v>
+      </x:c>
+      <x:c r="FD11" s="3" t="n">
+        <x:v>23898</x:v>
+      </x:c>
+      <x:c r="FE11" s="3" t="n">
+        <x:v>24012</x:v>
+      </x:c>
+      <x:c r="FF11" s="3" t="n">
+        <x:v>24787</x:v>
+      </x:c>
+      <x:c r="FG11" s="3" t="n">
+        <x:v>25076</x:v>
+      </x:c>
+      <x:c r="FH11" s="3" t="n">
+        <x:v>24398</x:v>
+      </x:c>
+      <x:c r="FI11" s="3" t="n">
+        <x:v>24251</x:v>
+      </x:c>
+      <x:c r="FJ11" s="3" t="n">
+        <x:v>24110</x:v>
+      </x:c>
+      <x:c r="FK11" s="3" t="n">
+        <x:v>24272</x:v>
+      </x:c>
+      <x:c r="FL11" s="3" t="n">
+        <x:v>24711</x:v>
+      </x:c>
+      <x:c r="FM11" s="3" t="n">
+        <x:v>25851</x:v>
+      </x:c>
+      <x:c r="FN11" s="3" t="n">
+        <x:v>25657</x:v>
+      </x:c>
+      <x:c r="FO11" s="3" t="n">
+        <x:v>21485</x:v>
+      </x:c>
+      <x:c r="FP11" s="3" t="n">
+        <x:v>25189</x:v>
+      </x:c>
+      <x:c r="FQ11" s="3" t="n">
+        <x:v>25178</x:v>
+      </x:c>
+      <x:c r="FR11" s="3" t="n">
+        <x:v>21388</x:v>
+      </x:c>
+      <x:c r="FS11" s="3" t="n">
+        <x:v>24422</x:v>
+      </x:c>
+      <x:c r="FT11" s="3" t="n">
+        <x:v>30086</x:v>
+      </x:c>
+      <x:c r="FU11" s="3" t="n">
+        <x:v>31164</x:v>
+      </x:c>
+      <x:c r="FV11" s="3" t="n">
+        <x:v>27933</x:v>
+      </x:c>
+      <x:c r="FW11" s="3" t="n">
+        <x:v>29072</x:v>
+      </x:c>
+      <x:c r="FX11" s="3" t="n">
+        <x:v>28730</x:v>
+      </x:c>
+      <x:c r="FY11" s="3" t="n">
+        <x:v>29350</x:v>
+      </x:c>
+      <x:c r="FZ11" s="3" t="n">
+        <x:v>30686</x:v>
+      </x:c>
+      <x:c r="GA11" s="3" t="n">
+        <x:v>30187</x:v>
+      </x:c>
+      <x:c r="GB11" s="3" t="n">
+        <x:v>29912</x:v>
+      </x:c>
+      <x:c r="GC11" s="3" t="n">
+        <x:v>30819</x:v>
+      </x:c>
+      <x:c r="GD11" s="3" t="n">
+        <x:v>30363</x:v>
+      </x:c>
+      <x:c r="GE11" s="3" t="n">
+        <x:v>31120</x:v>
+      </x:c>
+      <x:c r="GF11" s="3" t="n">
+        <x:v>32917</x:v>
+      </x:c>
+      <x:c r="GG11" s="3" t="n">
+        <x:v>30978</x:v>
+      </x:c>
+      <x:c r="GH11" s="3" t="n">
+        <x:v>31076</x:v>
+      </x:c>
+      <x:c r="GI11" s="3" t="n">
+        <x:v>32004</x:v>
+      </x:c>
+      <x:c r="GJ11" s="3" t="n">
+        <x:v>33379</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:192">
+      <x:c r="A12" s="2" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="n">
+        <x:v>85877</x:v>
+      </x:c>
+      <x:c r="C12" s="3" t="n">
+        <x:v>84369</x:v>
+      </x:c>
+      <x:c r="D12" s="3" t="n">
+        <x:v>86516</x:v>
+      </x:c>
+      <x:c r="E12" s="3" t="n">
+        <x:v>87601</x:v>
+      </x:c>
+      <x:c r="F12" s="3" t="n">
+        <x:v>88548</x:v>
+      </x:c>
+      <x:c r="G12" s="3" t="n">
+        <x:v>90339</x:v>
+      </x:c>
+      <x:c r="H12" s="3" t="n">
+        <x:v>91083</x:v>
+      </x:c>
+      <x:c r="I12" s="3" t="n">
+        <x:v>91906</x:v>
+      </x:c>
+      <x:c r="J12" s="3" t="n">
+        <x:v>93491</x:v>
+      </x:c>
+      <x:c r="K12" s="3" t="n">
+        <x:v>93663</x:v>
+      </x:c>
+      <x:c r="L12" s="3" t="n">
+        <x:v>94776</x:v>
+      </x:c>
+      <x:c r="M12" s="3" t="n">
+        <x:v>95741</x:v>
+      </x:c>
+      <x:c r="N12" s="3" t="n">
+        <x:v>96068</x:v>
+      </x:c>
+      <x:c r="O12" s="3" t="n">
+        <x:v>97571</x:v>
+      </x:c>
+      <x:c r="P12" s="3" t="n">
+        <x:v>98047</x:v>
+      </x:c>
+      <x:c r="Q12" s="3" t="n">
+        <x:v>98789</x:v>
+      </x:c>
+      <x:c r="R12" s="3" t="n">
+        <x:v>98802</x:v>
+      </x:c>
+      <x:c r="S12" s="3" t="n">
+        <x:v>100179</x:v>
+      </x:c>
+      <x:c r="T12" s="3" t="n">
+        <x:v>100512</x:v>
+      </x:c>
+      <x:c r="U12" s="3" t="n">
+        <x:v>100617</x:v>
+      </x:c>
+      <x:c r="V12" s="3" t="n">
+        <x:v>103679</x:v>
+      </x:c>
+      <x:c r="W12" s="3" t="n">
+        <x:v>101643</x:v>
+      </x:c>
+      <x:c r="X12" s="3" t="n">
+        <x:v>102629</x:v>
+      </x:c>
+      <x:c r="Y12" s="3" t="n">
+        <x:v>104227</x:v>
+      </x:c>
+      <x:c r="Z12" s="3" t="n">
+        <x:v>102992</x:v>
+      </x:c>
+      <x:c r="AA12" s="3" t="n">
+        <x:v>104659</x:v>
+      </x:c>
+      <x:c r="AB12" s="3" t="n">
+        <x:v>105154</x:v>
+      </x:c>
+      <x:c r="AC12" s="3" t="n">
+        <x:v>105631</x:v>
+      </x:c>
+      <x:c r="AD12" s="3" t="n">
+        <x:v>106119</x:v>
+      </x:c>
+      <x:c r="AE12" s="3" t="n">
+        <x:v>107211</x:v>
+      </x:c>
+      <x:c r="AF12" s="3" t="n">
+        <x:v>107960</x:v>
+      </x:c>
+      <x:c r="AG12" s="3" t="n">
+        <x:v>108354</x:v>
+      </x:c>
+      <x:c r="AH12" s="3" t="n">
+        <x:v>110013</x:v>
+      </x:c>
+      <x:c r="AI12" s="3" t="n">
+        <x:v>108189</x:v>
+      </x:c>
+      <x:c r="AJ12" s="3" t="n">
+        <x:v>110193</x:v>
+      </x:c>
+      <x:c r="AK12" s="3" t="n">
+        <x:v>110755</x:v>
+      </x:c>
+      <x:c r="AL12" s="3" t="n">
+        <x:v>112316</x:v>
+      </x:c>
+      <x:c r="AM12" s="3" t="n">
+        <x:v>115083</x:v>
+      </x:c>
+      <x:c r="AN12" s="3" t="n">
+        <x:v>115085</x:v>
+      </x:c>
+      <x:c r="AO12" s="3" t="n">
+        <x:v>115374</x:v>
+      </x:c>
+      <x:c r="AP12" s="3" t="n">
+        <x:v>112579</x:v>
+      </x:c>
+      <x:c r="AQ12" s="3" t="n">
+        <x:v>112700</x:v>
+      </x:c>
+      <x:c r="AR12" s="3" t="n">
+        <x:v>113502</x:v>
+      </x:c>
+      <x:c r="AS12" s="3" t="n">
+        <x:v>114566</x:v>
+      </x:c>
+      <x:c r="AT12" s="3" t="n">
+        <x:v>115703</x:v>
+      </x:c>
+      <x:c r="AU12" s="3" t="n">
+        <x:v>115684</x:v>
+      </x:c>
+      <x:c r="AV12" s="3" t="n">
+        <x:v>118240</x:v>
+      </x:c>
+      <x:c r="AW12" s="3" t="n">
+        <x:v>117879</x:v>
+      </x:c>
+      <x:c r="AX12" s="3" t="n">
+        <x:v>117969</x:v>
+      </x:c>
+      <x:c r="AY12" s="3" t="n">
+        <x:v>123561</x:v>
+      </x:c>
+      <x:c r="AZ12" s="3" t="n">
+        <x:v>124296</x:v>
+      </x:c>
+      <x:c r="BA12" s="3" t="n">
+        <x:v>122644</x:v>
+      </x:c>
+      <x:c r="BB12" s="3" t="n">
+        <x:v>127589</x:v>
+      </x:c>
+      <x:c r="BC12" s="3" t="n">
+        <x:v>127708</x:v>
+      </x:c>
+      <x:c r="BD12" s="3" t="n">
+        <x:v>129488</x:v>
+      </x:c>
+      <x:c r="BE12" s="3" t="n">
+        <x:v>132174</x:v>
+      </x:c>
+      <x:c r="BF12" s="3" t="n">
+        <x:v>136190</x:v>
+      </x:c>
+      <x:c r="BG12" s="3" t="n">
+        <x:v>135965</x:v>
+      </x:c>
+      <x:c r="BH12" s="3" t="n">
+        <x:v>136900</x:v>
+      </x:c>
+      <x:c r="BI12" s="3" t="n">
+        <x:v>139242</x:v>
+      </x:c>
+      <x:c r="BJ12" s="3" t="n">
+        <x:v>141519</x:v>
+      </x:c>
+      <x:c r="BK12" s="3" t="n">
+        <x:v>142135</x:v>
+      </x:c>
+      <x:c r="BL12" s="3" t="n">
+        <x:v>139023</x:v>
+      </x:c>
+      <x:c r="BM12" s="3" t="n">
+        <x:v>145502</x:v>
+      </x:c>
+      <x:c r="BN12" s="3" t="n">
+        <x:v>140774</x:v>
+      </x:c>
+      <x:c r="BO12" s="3" t="n">
+        <x:v>143869</x:v>
+      </x:c>
+      <x:c r="BP12" s="3" t="n">
+        <x:v>144371</x:v>
+      </x:c>
+      <x:c r="BQ12" s="3" t="n">
+        <x:v>147351</x:v>
+      </x:c>
+      <x:c r="BR12" s="3" t="n">
+        <x:v>146380</x:v>
+      </x:c>
+      <x:c r="BS12" s="3" t="n">
+        <x:v>143961</x:v>
+      </x:c>
+      <x:c r="BT12" s="3" t="n">
+        <x:v>146004</x:v>
+      </x:c>
+      <x:c r="BU12" s="3" t="n">
+        <x:v>147064</x:v>
+      </x:c>
+      <x:c r="BV12" s="3" t="n">
+        <x:v>149006</x:v>
+      </x:c>
+      <x:c r="BW12" s="3" t="n">
+        <x:v>148359</x:v>
+      </x:c>
+      <x:c r="BX12" s="3" t="n">
+        <x:v>150982</x:v>
+      </x:c>
+      <x:c r="BY12" s="3" t="n">
+        <x:v>151436</x:v>
+      </x:c>
+      <x:c r="BZ12" s="3" t="n">
+        <x:v>149007</x:v>
+      </x:c>
+      <x:c r="CA12" s="3" t="n">
+        <x:v>157573</x:v>
+      </x:c>
+      <x:c r="CB12" s="3" t="n">
+        <x:v>154262</x:v>
+      </x:c>
+      <x:c r="CC12" s="3" t="n">
+        <x:v>156374</x:v>
+      </x:c>
+      <x:c r="CD12" s="3" t="n">
+        <x:v>157672</x:v>
+      </x:c>
+      <x:c r="CE12" s="3" t="n">
+        <x:v>159667</x:v>
+      </x:c>
+      <x:c r="CF12" s="3" t="n">
+        <x:v>160167</x:v>
+      </x:c>
+      <x:c r="CG12" s="3" t="n">
+        <x:v>161445</x:v>
+      </x:c>
+      <x:c r="CH12" s="3" t="n">
+        <x:v>163155</x:v>
+      </x:c>
+      <x:c r="CI12" s="3" t="n">
+        <x:v>164751</x:v>
+      </x:c>
+      <x:c r="CJ12" s="3" t="n">
+        <x:v>165070</x:v>
+      </x:c>
+      <x:c r="CK12" s="3" t="n">
+        <x:v>166172</x:v>
+      </x:c>
+      <x:c r="CL12" s="3" t="n">
+        <x:v>168876</x:v>
+      </x:c>
+      <x:c r="CM12" s="3" t="n">
+        <x:v>167401</x:v>
+      </x:c>
+      <x:c r="CN12" s="3" t="n">
+        <x:v>168282</x:v>
+      </x:c>
+      <x:c r="CO12" s="3" t="n">
+        <x:v>168749</x:v>
+      </x:c>
+      <x:c r="CP12" s="3" t="n">
+        <x:v>175198</x:v>
+      </x:c>
+      <x:c r="CQ12" s="3" t="n">
+        <x:v>173603</x:v>
+      </x:c>
+      <x:c r="CR12" s="3" t="n">
+        <x:v>175183</x:v>
+      </x:c>
+      <x:c r="CS12" s="3" t="n">
+        <x:v>176560</x:v>
+      </x:c>
+      <x:c r="CT12" s="3" t="n">
+        <x:v>178759</x:v>
+      </x:c>
+      <x:c r="CU12" s="3" t="n">
+        <x:v>182586</x:v>
+      </x:c>
+      <x:c r="CV12" s="3" t="n">
+        <x:v>183842</x:v>
+      </x:c>
+      <x:c r="CW12" s="3" t="n">
+        <x:v>181878</x:v>
+      </x:c>
+      <x:c r="CX12" s="3" t="n">
+        <x:v>184062</x:v>
+      </x:c>
+      <x:c r="CY12" s="3" t="n">
+        <x:v>184225</x:v>
+      </x:c>
+      <x:c r="CZ12" s="3" t="n">
+        <x:v>185031</x:v>
+      </x:c>
+      <x:c r="DA12" s="3" t="n">
+        <x:v>183250</x:v>
+      </x:c>
+      <x:c r="DB12" s="3" t="n">
+        <x:v>184299</x:v>
+      </x:c>
+      <x:c r="DC12" s="3" t="n">
+        <x:v>186009</x:v>
+      </x:c>
+      <x:c r="DD12" s="3" t="n">
+        <x:v>186395</x:v>
+      </x:c>
+      <x:c r="DE12" s="3" t="n">
+        <x:v>188664</x:v>
+      </x:c>
+      <x:c r="DF12" s="3" t="n">
+        <x:v>187430</x:v>
+      </x:c>
+      <x:c r="DG12" s="3" t="n">
+        <x:v>192961</x:v>
+      </x:c>
+      <x:c r="DH12" s="3" t="n">
+        <x:v>186997</x:v>
+      </x:c>
+      <x:c r="DI12" s="3" t="n">
+        <x:v>192004</x:v>
+      </x:c>
+      <x:c r="DJ12" s="3" t="n">
+        <x:v>193605</x:v>
+      </x:c>
+      <x:c r="DK12" s="3" t="n">
+        <x:v>192915</x:v>
+      </x:c>
+      <x:c r="DL12" s="3" t="n">
+        <x:v>193953</x:v>
+      </x:c>
+      <x:c r="DM12" s="3" t="n">
+        <x:v>194810</x:v>
+      </x:c>
+      <x:c r="DN12" s="3" t="n">
+        <x:v>195375</x:v>
+      </x:c>
+      <x:c r="DO12" s="3" t="n">
+        <x:v>197040</x:v>
+      </x:c>
+      <x:c r="DP12" s="3" t="n">
+        <x:v>199575</x:v>
+      </x:c>
+      <x:c r="DQ12" s="3" t="n">
+        <x:v>199757</x:v>
+      </x:c>
+      <x:c r="DR12" s="3" t="n">
+        <x:v>199791</x:v>
+      </x:c>
+      <x:c r="DS12" s="3" t="n">
+        <x:v>203822</x:v>
+      </x:c>
+      <x:c r="DT12" s="3" t="n">
+        <x:v>204683</x:v>
+      </x:c>
+      <x:c r="DU12" s="3" t="n">
+        <x:v>204787</x:v>
+      </x:c>
+      <x:c r="DV12" s="3" t="n">
+        <x:v>210013</x:v>
+      </x:c>
+      <x:c r="DW12" s="3" t="n">
+        <x:v>212299</x:v>
+      </x:c>
+      <x:c r="DX12" s="3" t="n">
+        <x:v>212787</x:v>
+      </x:c>
+      <x:c r="DY12" s="3" t="n">
+        <x:v>212708</x:v>
+      </x:c>
+      <x:c r="DZ12" s="3" t="n">
+        <x:v>218270</x:v>
+      </x:c>
+      <x:c r="EA12" s="3" t="n">
+        <x:v>216989</x:v>
+      </x:c>
+      <x:c r="EB12" s="3" t="n">
+        <x:v>216893</x:v>
+      </x:c>
+      <x:c r="EC12" s="3" t="n">
+        <x:v>215902</x:v>
+      </x:c>
+      <x:c r="ED12" s="3" t="n">
+        <x:v>219038</x:v>
+      </x:c>
+      <x:c r="EE12" s="3" t="n">
+        <x:v>219332</x:v>
+      </x:c>
+      <x:c r="EF12" s="3" t="n">
+        <x:v>220947</x:v>
+      </x:c>
+      <x:c r="EG12" s="3" t="n">
+        <x:v>218899</x:v>
+      </x:c>
+      <x:c r="EH12" s="3" t="n">
+        <x:v>222515</x:v>
+      </x:c>
+      <x:c r="EI12" s="3" t="n">
+        <x:v>224000</x:v>
+      </x:c>
+      <x:c r="EJ12" s="3" t="n">
+        <x:v>225065</x:v>
+      </x:c>
+      <x:c r="EK12" s="3" t="n">
+        <x:v>224406</x:v>
+      </x:c>
+      <x:c r="EL12" s="3" t="n">
+        <x:v>225534</x:v>
+      </x:c>
+      <x:c r="EM12" s="3" t="n">
+        <x:v>225587</x:v>
+      </x:c>
+      <x:c r="EN12" s="3" t="n">
+        <x:v>226984</x:v>
+      </x:c>
+      <x:c r="EO12" s="3" t="n">
+        <x:v>228635</x:v>
+      </x:c>
+      <x:c r="EP12" s="3" t="n">
+        <x:v>229532</x:v>
+      </x:c>
+      <x:c r="EQ12" s="3" t="n">
+        <x:v>231516</x:v>
+      </x:c>
+      <x:c r="ER12" s="3" t="n">
+        <x:v>233113</x:v>
+      </x:c>
+      <x:c r="ES12" s="3" t="n">
+        <x:v>234845</x:v>
+      </x:c>
+      <x:c r="ET12" s="3" t="n">
+        <x:v>236895</x:v>
+      </x:c>
+      <x:c r="EU12" s="3" t="n">
+        <x:v>238841</x:v>
+      </x:c>
+      <x:c r="EV12" s="3" t="n">
+        <x:v>239054</x:v>
+      </x:c>
+      <x:c r="EW12" s="3" t="n">
+        <x:v>237495</x:v>
+      </x:c>
+      <x:c r="EX12" s="3" t="n">
+        <x:v>240613</x:v>
+      </x:c>
+      <x:c r="EY12" s="3" t="n">
+        <x:v>242375</x:v>
+      </x:c>
+      <x:c r="EZ12" s="3" t="n">
+        <x:v>245355</x:v>
+      </x:c>
+      <x:c r="FA12" s="3" t="n">
+        <x:v>246226</x:v>
+      </x:c>
+      <x:c r="FB12" s="3" t="n">
+        <x:v>246217</x:v>
+      </x:c>
+      <x:c r="FC12" s="3" t="n">
+        <x:v>248476</x:v>
+      </x:c>
+      <x:c r="FD12" s="3" t="n">
+        <x:v>249231</x:v>
+      </x:c>
+      <x:c r="FE12" s="3" t="n">
+        <x:v>250190</x:v>
+      </x:c>
+      <x:c r="FF12" s="3" t="n">
+        <x:v>249735</x:v>
+      </x:c>
+      <x:c r="FG12" s="3" t="n">
+        <x:v>249805</x:v>
+      </x:c>
+      <x:c r="FH12" s="3" t="n">
+        <x:v>249733</x:v>
+      </x:c>
+      <x:c r="FI12" s="3" t="n">
+        <x:v>250921</x:v>
+      </x:c>
+      <x:c r="FJ12" s="3" t="n">
+        <x:v>251223</x:v>
+      </x:c>
+      <x:c r="FK12" s="3" t="n">
+        <x:v>251947</x:v>
+      </x:c>
+      <x:c r="FL12" s="3" t="n">
+        <x:v>252879</x:v>
+      </x:c>
+      <x:c r="FM12" s="3" t="n">
+        <x:v>254416</x:v>
+      </x:c>
+      <x:c r="FN12" s="3" t="n">
+        <x:v>254929</x:v>
+      </x:c>
+      <x:c r="FO12" s="3" t="n">
+        <x:v>243280</x:v>
+      </x:c>
+      <x:c r="FP12" s="3" t="n">
+        <x:v>253732</x:v>
+      </x:c>
+      <x:c r="FQ12" s="3" t="n">
+        <x:v>256628</x:v>
+      </x:c>
+      <x:c r="FR12" s="3" t="n">
+        <x:v>255968</x:v>
+      </x:c>
+      <x:c r="FS12" s="3" t="n">
+        <x:v>259422</x:v>
+      </x:c>
+      <x:c r="FT12" s="3" t="n">
+        <x:v>264414</x:v>
+      </x:c>
+      <x:c r="FU12" s="3" t="n">
+        <x:v>265170</x:v>
+      </x:c>
+      <x:c r="FV12" s="3" t="n">
+        <x:v>265518</x:v>
+      </x:c>
+      <x:c r="FW12" s="3" t="n">
+        <x:v>267755</x:v>
+      </x:c>
+      <x:c r="FX12" s="3" t="n">
+        <x:v>269642</x:v>
+      </x:c>
+      <x:c r="FY12" s="3" t="n">
+        <x:v>273738</x:v>
+      </x:c>
+      <x:c r="FZ12" s="3" t="n">
+        <x:v>276850</x:v>
+      </x:c>
+      <x:c r="GA12" s="3" t="n">
+        <x:v>279596</x:v>
+      </x:c>
+      <x:c r="GB12" s="3" t="n">
+        <x:v>282268</x:v>
+      </x:c>
+      <x:c r="GC12" s="3" t="n">
+        <x:v>285163</x:v>
+      </x:c>
+      <x:c r="GD12" s="3" t="n">
+        <x:v>284240</x:v>
+      </x:c>
+      <x:c r="GE12" s="3" t="n">
+        <x:v>285592</x:v>
+      </x:c>
+      <x:c r="GF12" s="3" t="n">
+        <x:v>286927</x:v>
+      </x:c>
+      <x:c r="GG12" s="3" t="n">
+        <x:v>287229</x:v>
+      </x:c>
+      <x:c r="GH12" s="3" t="n">
+        <x:v>289011</x:v>
+      </x:c>
+      <x:c r="GI12" s="3" t="n">
+        <x:v>290253</x:v>
+      </x:c>
+      <x:c r="GJ12" s="3" t="n">
+        <x:v>290069</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:192">
+      <x:c r="A13" s="2" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="B13" s="3" t="n">
+        <x:v>31343</x:v>
+      </x:c>
+      <x:c r="C13" s="3" t="n">
+        <x:v>31731</x:v>
+      </x:c>
+      <x:c r="D13" s="3" t="n">
+        <x:v>32047</x:v>
+      </x:c>
+      <x:c r="E13" s="3" t="n">
+        <x:v>32232</x:v>
+      </x:c>
+      <x:c r="F13" s="3" t="n">
+        <x:v>32678</x:v>
+      </x:c>
+      <x:c r="G13" s="3" t="n">
+        <x:v>33052</x:v>
+      </x:c>
+      <x:c r="H13" s="3" t="n">
+        <x:v>33367</x:v>
+      </x:c>
+      <x:c r="I13" s="3" t="n">
+        <x:v>33540</x:v>
+      </x:c>
+      <x:c r="J13" s="3" t="n">
+        <x:v>33523</x:v>
+      </x:c>
+      <x:c r="K13" s="3" t="n">
+        <x:v>33507</x:v>
+      </x:c>
+      <x:c r="L13" s="3" t="n">
+        <x:v>33794</x:v>
+      </x:c>
+      <x:c r="M13" s="3" t="n">
+        <x:v>33927</x:v>
+      </x:c>
+      <x:c r="N13" s="3" t="n">
+        <x:v>34669</x:v>
+      </x:c>
+      <x:c r="O13" s="3" t="n">
+        <x:v>34971</x:v>
+      </x:c>
+      <x:c r="P13" s="3" t="n">
+        <x:v>35208</x:v>
+      </x:c>
+      <x:c r="Q13" s="3" t="n">
+        <x:v>35298</x:v>
+      </x:c>
+      <x:c r="R13" s="3" t="n">
+        <x:v>35346</x:v>
+      </x:c>
+      <x:c r="S13" s="3" t="n">
+        <x:v>35573</x:v>
+      </x:c>
+      <x:c r="T13" s="3" t="n">
+        <x:v>35759</x:v>
+      </x:c>
+      <x:c r="U13" s="3" t="n">
+        <x:v>35807</x:v>
+      </x:c>
+      <x:c r="V13" s="3" t="n">
+        <x:v>36153</x:v>
+      </x:c>
+      <x:c r="W13" s="3" t="n">
+        <x:v>36308</x:v>
+      </x:c>
+      <x:c r="X13" s="3" t="n">
+        <x:v>36445</x:v>
+      </x:c>
+      <x:c r="Y13" s="3" t="n">
+        <x:v>36517</x:v>
+      </x:c>
+      <x:c r="Z13" s="3" t="n">
+        <x:v>36003</x:v>
+      </x:c>
+      <x:c r="AA13" s="3" t="n">
+        <x:v>35752</x:v>
+      </x:c>
+      <x:c r="AB13" s="3" t="n">
+        <x:v>35876</x:v>
+      </x:c>
+      <x:c r="AC13" s="3" t="n">
+        <x:v>35987</x:v>
+      </x:c>
+      <x:c r="AD13" s="3" t="n">
+        <x:v>35660</x:v>
+      </x:c>
+      <x:c r="AE13" s="3" t="n">
+        <x:v>35815</x:v>
+      </x:c>
+      <x:c r="AF13" s="3" t="n">
+        <x:v>35954</x:v>
+      </x:c>
+      <x:c r="AG13" s="3" t="n">
+        <x:v>36138</x:v>
+      </x:c>
+      <x:c r="AH13" s="3" t="n">
+        <x:v>36346</x:v>
+      </x:c>
+      <x:c r="AI13" s="3" t="n">
+        <x:v>36568</x:v>
+      </x:c>
+      <x:c r="AJ13" s="3" t="n">
+        <x:v>36776</x:v>
+      </x:c>
+      <x:c r="AK13" s="3" t="n">
+        <x:v>37037</x:v>
+      </x:c>
+      <x:c r="AL13" s="3" t="n">
+        <x:v>37942</x:v>
+      </x:c>
+      <x:c r="AM13" s="3" t="n">
+        <x:v>38283</x:v>
+      </x:c>
+      <x:c r="AN13" s="3" t="n">
+        <x:v>38588</x:v>
+      </x:c>
+      <x:c r="AO13" s="3" t="n">
+        <x:v>38950</x:v>
+      </x:c>
+      <x:c r="AP13" s="3" t="n">
+        <x:v>36939</x:v>
+      </x:c>
+      <x:c r="AQ13" s="3" t="n">
+        <x:v>37083</x:v>
+      </x:c>
+      <x:c r="AR13" s="3" t="n">
+        <x:v>37459</x:v>
+      </x:c>
+      <x:c r="AS13" s="3" t="n">
+        <x:v>37800</x:v>
+      </x:c>
+      <x:c r="AT13" s="3" t="n">
+        <x:v>39299</x:v>
+      </x:c>
+      <x:c r="AU13" s="3" t="n">
+        <x:v>40189</x:v>
+      </x:c>
+      <x:c r="AV13" s="3" t="n">
+        <x:v>40602</x:v>
+      </x:c>
+      <x:c r="AW13" s="3" t="n">
+        <x:v>40871</x:v>
+      </x:c>
+      <x:c r="AX13" s="3" t="n">
+        <x:v>42156</x:v>
+      </x:c>
+      <x:c r="AY13" s="3" t="n">
+        <x:v>43494</x:v>
+      </x:c>
+      <x:c r="AZ13" s="3" t="n">
+        <x:v>43873</x:v>
+      </x:c>
+      <x:c r="BA13" s="3" t="n">
+        <x:v>43946</x:v>
+      </x:c>
+      <x:c r="BB13" s="3" t="n">
+        <x:v>45859</x:v>
+      </x:c>
+      <x:c r="BC13" s="3" t="n">
+        <x:v>45438</x:v>
+      </x:c>
+      <x:c r="BD13" s="3" t="n">
+        <x:v>48767</x:v>
+      </x:c>
+      <x:c r="BE13" s="3" t="n">
+        <x:v>46766</x:v>
+      </x:c>
+      <x:c r="BF13" s="3" t="n">
+        <x:v>49481</x:v>
+      </x:c>
+      <x:c r="BG13" s="3" t="n">
+        <x:v>49368</x:v>
+      </x:c>
+      <x:c r="BH13" s="3" t="n">
+        <x:v>50871</x:v>
+      </x:c>
+      <x:c r="BI13" s="3" t="n">
+        <x:v>51208</x:v>
+      </x:c>
+      <x:c r="BJ13" s="3" t="n">
+        <x:v>52160</x:v>
+      </x:c>
+      <x:c r="BK13" s="3" t="n">
+        <x:v>52752</x:v>
+      </x:c>
+      <x:c r="BL13" s="3" t="n">
+        <x:v>53276</x:v>
+      </x:c>
+      <x:c r="BM13" s="3" t="n">
+        <x:v>53897</x:v>
+      </x:c>
+      <x:c r="BN13" s="3" t="n">
+        <x:v>51704</x:v>
+      </x:c>
+      <x:c r="BO13" s="3" t="n">
+        <x:v>53704</x:v>
+      </x:c>
+      <x:c r="BP13" s="3" t="n">
+        <x:v>53474</x:v>
+      </x:c>
+      <x:c r="BQ13" s="3" t="n">
+        <x:v>53931</x:v>
+      </x:c>
+      <x:c r="BR13" s="3" t="n">
+        <x:v>52749</x:v>
+      </x:c>
+      <x:c r="BS13" s="3" t="n">
+        <x:v>52299</x:v>
+      </x:c>
+      <x:c r="BT13" s="3" t="n">
+        <x:v>52541</x:v>
+      </x:c>
+      <x:c r="BU13" s="3" t="n">
+        <x:v>52975</x:v>
+      </x:c>
+      <x:c r="BV13" s="3" t="n">
+        <x:v>54447</x:v>
+      </x:c>
+      <x:c r="BW13" s="3" t="n">
+        <x:v>53920</x:v>
+      </x:c>
+      <x:c r="BX13" s="3" t="n">
+        <x:v>54583</x:v>
+      </x:c>
+      <x:c r="BY13" s="3" t="n">
+        <x:v>54662</x:v>
+      </x:c>
+      <x:c r="BZ13" s="3" t="n">
+        <x:v>53637</x:v>
+      </x:c>
+      <x:c r="CA13" s="3" t="n">
+        <x:v>57812</x:v>
+      </x:c>
+      <x:c r="CB13" s="3" t="n">
+        <x:v>56055</x:v>
+      </x:c>
+      <x:c r="CC13" s="3" t="n">
+        <x:v>56395</x:v>
+      </x:c>
+      <x:c r="CD13" s="3" t="n">
+        <x:v>56728</x:v>
+      </x:c>
+      <x:c r="CE13" s="3" t="n">
+        <x:v>56476</x:v>
+      </x:c>
+      <x:c r="CF13" s="3" t="n">
+        <x:v>56796</x:v>
+      </x:c>
+      <x:c r="CG13" s="3" t="n">
+        <x:v>57859</x:v>
+      </x:c>
+      <x:c r="CH13" s="3" t="n">
+        <x:v>58067</x:v>
+      </x:c>
+      <x:c r="CI13" s="3" t="n">
+        <x:v>58788</x:v>
+      </x:c>
+      <x:c r="CJ13" s="3" t="n">
+        <x:v>58789</x:v>
+      </x:c>
+      <x:c r="CK13" s="3" t="n">
+        <x:v>59012</x:v>
+      </x:c>
+      <x:c r="CL13" s="3" t="n">
+        <x:v>61360</x:v>
+      </x:c>
+      <x:c r="CM13" s="3" t="n">
+        <x:v>60052</x:v>
+      </x:c>
+      <x:c r="CN13" s="3" t="n">
+        <x:v>60021</x:v>
+      </x:c>
+      <x:c r="CO13" s="3" t="n">
+        <x:v>60715</x:v>
+      </x:c>
+      <x:c r="CP13" s="3" t="n">
+        <x:v>62606</x:v>
+      </x:c>
+      <x:c r="CQ13" s="3" t="n">
+        <x:v>61618</x:v>
+      </x:c>
+      <x:c r="CR13" s="3" t="n">
+        <x:v>62124</x:v>
+      </x:c>
+      <x:c r="CS13" s="3" t="n">
+        <x:v>62584</x:v>
+      </x:c>
+      <x:c r="CT13" s="3" t="n">
+        <x:v>85578</x:v>
+      </x:c>
+      <x:c r="CU13" s="3" t="n">
+        <x:v>89288</x:v>
+      </x:c>
+      <x:c r="CV13" s="3" t="n">
+        <x:v>89222</x:v>
+      </x:c>
+      <x:c r="CW13" s="3" t="n">
+        <x:v>88833</x:v>
+      </x:c>
+      <x:c r="CX13" s="3" t="n">
+        <x:v>88683</x:v>
+      </x:c>
+      <x:c r="CY13" s="3" t="n">
+        <x:v>89151</x:v>
+      </x:c>
+      <x:c r="CZ13" s="3" t="n">
+        <x:v>89722</x:v>
+      </x:c>
+      <x:c r="DA13" s="3" t="n">
+        <x:v>89382</x:v>
+      </x:c>
+      <x:c r="DB13" s="3" t="n">
+        <x:v>90235</x:v>
+      </x:c>
+      <x:c r="DC13" s="3" t="n">
+        <x:v>90860</x:v>
+      </x:c>
+      <x:c r="DD13" s="3" t="n">
+        <x:v>91737</x:v>
+      </x:c>
+      <x:c r="DE13" s="3" t="n">
+        <x:v>93151</x:v>
+      </x:c>
+      <x:c r="DF13" s="3" t="n">
+        <x:v>89721</x:v>
+      </x:c>
+      <x:c r="DG13" s="3" t="n">
+        <x:v>95665</x:v>
+      </x:c>
+      <x:c r="DH13" s="3" t="n">
+        <x:v>93625</x:v>
+      </x:c>
+      <x:c r="DI13" s="3" t="n">
+        <x:v>94785</x:v>
+      </x:c>
+      <x:c r="DJ13" s="3" t="n">
+        <x:v>94387</x:v>
+      </x:c>
+      <x:c r="DK13" s="3" t="n">
+        <x:v>94212</x:v>
+      </x:c>
+      <x:c r="DL13" s="3" t="n">
+        <x:v>95167</x:v>
+      </x:c>
+      <x:c r="DM13" s="3" t="n">
+        <x:v>95875</x:v>
+      </x:c>
+      <x:c r="DN13" s="3" t="n">
+        <x:v>95480</x:v>
+      </x:c>
+      <x:c r="DO13" s="3" t="n">
+        <x:v>96040</x:v>
+      </x:c>
+      <x:c r="DP13" s="3" t="n">
+        <x:v>96979</x:v>
+      </x:c>
+      <x:c r="DQ13" s="3" t="n">
+        <x:v>97643</x:v>
+      </x:c>
+      <x:c r="DR13" s="3" t="n">
+        <x:v>95628</x:v>
+      </x:c>
+      <x:c r="DS13" s="3" t="n">
+        <x:v>98971</x:v>
+      </x:c>
+      <x:c r="DT13" s="3" t="n">
+        <x:v>99082</x:v>
+      </x:c>
+      <x:c r="DU13" s="3" t="n">
+        <x:v>99352</x:v>
+      </x:c>
+      <x:c r="DV13" s="3" t="n">
+        <x:v>101610</x:v>
+      </x:c>
+      <x:c r="DW13" s="3" t="n">
+        <x:v>103505</x:v>
+      </x:c>
+      <x:c r="DX13" s="3" t="n">
+        <x:v>102901</x:v>
+      </x:c>
+      <x:c r="DY13" s="3" t="n">
+        <x:v>103441</x:v>
+      </x:c>
+      <x:c r="DZ13" s="3" t="n">
+        <x:v>105225</x:v>
+      </x:c>
+      <x:c r="EA13" s="3" t="n">
+        <x:v>104716</x:v>
+      </x:c>
+      <x:c r="EB13" s="3" t="n">
+        <x:v>104295</x:v>
+      </x:c>
+      <x:c r="EC13" s="3" t="n">
+        <x:v>102967</x:v>
+      </x:c>
+      <x:c r="ED13" s="3" t="n">
+        <x:v>104304</x:v>
+      </x:c>
+      <x:c r="EE13" s="3" t="n">
+        <x:v>104207</x:v>
+      </x:c>
+      <x:c r="EF13" s="3" t="n">
+        <x:v>105247</x:v>
+      </x:c>
+      <x:c r="EG13" s="3" t="n">
+        <x:v>103751</x:v>
+      </x:c>
+      <x:c r="EH13" s="3" t="n">
+        <x:v>106178</x:v>
+      </x:c>
+      <x:c r="EI13" s="3" t="n">
+        <x:v>107029</x:v>
+      </x:c>
+      <x:c r="EJ13" s="3" t="n">
+        <x:v>107551</x:v>
+      </x:c>
+      <x:c r="EK13" s="3" t="n">
+        <x:v>107365</x:v>
+      </x:c>
+      <x:c r="EL13" s="3" t="n">
+        <x:v>108066</x:v>
+      </x:c>
+      <x:c r="EM13" s="3" t="n">
+        <x:v>107687</x:v>
+      </x:c>
+      <x:c r="EN13" s="3" t="n">
+        <x:v>108333</x:v>
+      </x:c>
+      <x:c r="EO13" s="3" t="n">
+        <x:v>109381</x:v>
+      </x:c>
+      <x:c r="EP13" s="3" t="n">
+        <x:v>110514</x:v>
+      </x:c>
+      <x:c r="EQ13" s="3" t="n">
+        <x:v>112001</x:v>
+      </x:c>
+      <x:c r="ER13" s="3" t="n">
+        <x:v>112896</x:v>
+      </x:c>
+      <x:c r="ES13" s="3" t="n">
+        <x:v>113926</x:v>
+      </x:c>
+      <x:c r="ET13" s="3" t="n">
+        <x:v>115915</x:v>
+      </x:c>
+      <x:c r="EU13" s="3" t="n">
+        <x:v>115968</x:v>
+      </x:c>
+      <x:c r="EV13" s="3" t="n">
+        <x:v>116459</x:v>
+      </x:c>
+      <x:c r="EW13" s="3" t="n">
+        <x:v>116086</x:v>
+      </x:c>
+      <x:c r="EX13" s="3" t="n">
+        <x:v>117818</x:v>
+      </x:c>
+      <x:c r="EY13" s="3" t="n">
+        <x:v>117806</x:v>
+      </x:c>
+      <x:c r="EZ13" s="3" t="n">
+        <x:v>119360</x:v>
+      </x:c>
+      <x:c r="FA13" s="3" t="n">
+        <x:v>120457</x:v>
+      </x:c>
+      <x:c r="FB13" s="3" t="n">
+        <x:v>119394</x:v>
+      </x:c>
+      <x:c r="FC13" s="3" t="n">
+        <x:v>120948</x:v>
+      </x:c>
+      <x:c r="FD13" s="3" t="n">
+        <x:v>121675</x:v>
+      </x:c>
+      <x:c r="FE13" s="3" t="n">
+        <x:v>121663</x:v>
+      </x:c>
+      <x:c r="FF13" s="3" t="n">
+        <x:v>121043</x:v>
+      </x:c>
+      <x:c r="FG13" s="3" t="n">
+        <x:v>120957</x:v>
+      </x:c>
+      <x:c r="FH13" s="3" t="n">
+        <x:v>121423</x:v>
+      </x:c>
+      <x:c r="FI13" s="3" t="n">
+        <x:v>121823</x:v>
+      </x:c>
+      <x:c r="FJ13" s="3" t="n">
+        <x:v>122209</x:v>
+      </x:c>
+      <x:c r="FK13" s="3" t="n">
+        <x:v>122847</x:v>
+      </x:c>
+      <x:c r="FL13" s="3" t="n">
+        <x:v>123323</x:v>
+      </x:c>
+      <x:c r="FM13" s="3" t="n">
+        <x:v>123927</x:v>
+      </x:c>
+      <x:c r="FN13" s="3" t="n">
+        <x:v>125435</x:v>
+      </x:c>
+      <x:c r="FO13" s="3" t="n">
+        <x:v>118317</x:v>
+      </x:c>
+      <x:c r="FP13" s="3" t="n">
+        <x:v>124052</x:v>
+      </x:c>
+      <x:c r="FQ13" s="3" t="n">
+        <x:v>125095</x:v>
+      </x:c>
+      <x:c r="FR13" s="3" t="n">
+        <x:v>124816</x:v>
+      </x:c>
+      <x:c r="FS13" s="3" t="n">
+        <x:v>126774</x:v>
+      </x:c>
+      <x:c r="FT13" s="3" t="n">
+        <x:v>129062</x:v>
+      </x:c>
+      <x:c r="FU13" s="3" t="n">
+        <x:v>130632</x:v>
+      </x:c>
+      <x:c r="FV13" s="3" t="n">
+        <x:v>129905</x:v>
+      </x:c>
+      <x:c r="FW13" s="3" t="n">
+        <x:v>132868</x:v>
+      </x:c>
+      <x:c r="FX13" s="3" t="n">
+        <x:v>134544</x:v>
+      </x:c>
+      <x:c r="FY13" s="3" t="n">
+        <x:v>138198</x:v>
+      </x:c>
+      <x:c r="FZ13" s="3" t="n">
+        <x:v>139406</x:v>
+      </x:c>
+      <x:c r="GA13" s="3" t="n">
+        <x:v>141455</x:v>
+      </x:c>
+      <x:c r="GB13" s="3" t="n">
+        <x:v>143367</x:v>
+      </x:c>
+      <x:c r="GC13" s="3" t="n">
+        <x:v>145932</x:v>
+      </x:c>
+      <x:c r="GD13" s="3" t="n">
         <x:v>145285</x:v>
       </x:c>
-      <x:c r="K6" s="3" t="n">
-[...242 lines deleted...]
-      <x:c r="CN6" s="3" t="n">
+      <x:c r="GE13" s="3" t="n">
+        <x:v>146398</x:v>
+      </x:c>
+      <x:c r="GF13" s="3" t="n">
+        <x:v>147252</x:v>
+      </x:c>
+      <x:c r="GG13" s="3" t="n">
+        <x:v>147365</x:v>
+      </x:c>
+      <x:c r="GH13" s="3" t="n">
+        <x:v>149121</x:v>
+      </x:c>
+      <x:c r="GI13" s="3" t="n">
+        <x:v>150219</x:v>
+      </x:c>
+      <x:c r="GJ13" s="3" t="n">
+        <x:v>150532</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:192">
+      <x:c r="A14" s="2" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="B14" s="3" t="n">
+        <x:v>21435</x:v>
+      </x:c>
+      <x:c r="C14" s="3" t="n">
+        <x:v>21174</x:v>
+      </x:c>
+      <x:c r="D14" s="3" t="n">
+        <x:v>21555</x:v>
+      </x:c>
+      <x:c r="E14" s="3" t="n">
+        <x:v>21732</x:v>
+      </x:c>
+      <x:c r="F14" s="3" t="n">
+        <x:v>21915</x:v>
+      </x:c>
+      <x:c r="G14" s="3" t="n">
+        <x:v>22343</x:v>
+      </x:c>
+      <x:c r="H14" s="3" t="n">
+        <x:v>22387</x:v>
+      </x:c>
+      <x:c r="I14" s="3" t="n">
+        <x:v>22552</x:v>
+      </x:c>
+      <x:c r="J14" s="3" t="n">
+        <x:v>22643</x:v>
+      </x:c>
+      <x:c r="K14" s="3" t="n">
+        <x:v>22533</x:v>
+      </x:c>
+      <x:c r="L14" s="3" t="n">
+        <x:v>22723</x:v>
+      </x:c>
+      <x:c r="M14" s="3" t="n">
+        <x:v>22853</x:v>
+      </x:c>
+      <x:c r="N14" s="3" t="n">
+        <x:v>23674</x:v>
+      </x:c>
+      <x:c r="O14" s="3" t="n">
+        <x:v>24089</x:v>
+      </x:c>
+      <x:c r="P14" s="3" t="n">
+        <x:v>24123</x:v>
+      </x:c>
+      <x:c r="Q14" s="3" t="n">
+        <x:v>24218</x:v>
+      </x:c>
+      <x:c r="R14" s="3" t="n">
+        <x:v>24112</x:v>
+      </x:c>
+      <x:c r="S14" s="3" t="n">
+        <x:v>24508</x:v>
+      </x:c>
+      <x:c r="T14" s="3" t="n">
+        <x:v>24525</x:v>
+      </x:c>
+      <x:c r="U14" s="3" t="n">
+        <x:v>24570</x:v>
+      </x:c>
+      <x:c r="V14" s="3" t="n">
+        <x:v>24883</x:v>
+      </x:c>
+      <x:c r="W14" s="3" t="n">
+        <x:v>24681</x:v>
+      </x:c>
+      <x:c r="X14" s="3" t="n">
+        <x:v>24955</x:v>
+      </x:c>
+      <x:c r="Y14" s="3" t="n">
+        <x:v>24991</x:v>
+      </x:c>
+      <x:c r="Z14" s="3" t="n">
+        <x:v>24277</x:v>
+      </x:c>
+      <x:c r="AA14" s="3" t="n">
+        <x:v>24423</x:v>
+      </x:c>
+      <x:c r="AB14" s="3" t="n">
+        <x:v>24374</x:v>
+      </x:c>
+      <x:c r="AC14" s="3" t="n">
+        <x:v>24427</x:v>
+      </x:c>
+      <x:c r="AD14" s="3" t="n">
+        <x:v>24013</x:v>
+      </x:c>
+      <x:c r="AE14" s="3" t="n">
+        <x:v>24265</x:v>
+      </x:c>
+      <x:c r="AF14" s="3" t="n">
+        <x:v>24304</x:v>
+      </x:c>
+      <x:c r="AG14" s="3" t="n">
+        <x:v>24401</x:v>
+      </x:c>
+      <x:c r="AH14" s="3" t="n">
+        <x:v>24617</x:v>
+      </x:c>
+      <x:c r="AI14" s="3" t="n">
+        <x:v>24324</x:v>
+      </x:c>
+      <x:c r="AJ14" s="3" t="n">
+        <x:v>24679</x:v>
+      </x:c>
+      <x:c r="AK14" s="3" t="n">
+        <x:v>24849</x:v>
+      </x:c>
+      <x:c r="AL14" s="3" t="n">
+        <x:v>25033</x:v>
+      </x:c>
+      <x:c r="AM14" s="3" t="n">
+        <x:v>25663</x:v>
+      </x:c>
+      <x:c r="AN14" s="3" t="n">
+        <x:v>25622</x:v>
+      </x:c>
+      <x:c r="AO14" s="3" t="n">
+        <x:v>25876</x:v>
+      </x:c>
+      <x:c r="AP14" s="3" t="n">
+        <x:v>26773</x:v>
+      </x:c>
+      <x:c r="AQ14" s="3" t="n">
+        <x:v>26630</x:v>
+      </x:c>
+      <x:c r="AR14" s="3" t="n">
+        <x:v>26910</x:v>
+      </x:c>
+      <x:c r="AS14" s="3" t="n">
+        <x:v>27244</x:v>
+      </x:c>
+      <x:c r="AT14" s="3" t="n">
+        <x:v>26906</x:v>
+      </x:c>
+      <x:c r="AU14" s="3" t="n">
+        <x:v>27029</x:v>
+      </x:c>
+      <x:c r="AV14" s="3" t="n">
+        <x:v>27368</x:v>
+      </x:c>
+      <x:c r="AW14" s="3" t="n">
+        <x:v>27723</x:v>
+      </x:c>
+      <x:c r="AX14" s="3" t="n">
+        <x:v>29014</x:v>
+      </x:c>
+      <x:c r="AY14" s="3" t="n">
+        <x:v>30329</x:v>
+      </x:c>
+      <x:c r="AZ14" s="3" t="n">
+        <x:v>30112</x:v>
+      </x:c>
+      <x:c r="BA14" s="3" t="n">
+        <x:v>30475</x:v>
+      </x:c>
+      <x:c r="BB14" s="3" t="n">
+        <x:v>31740</x:v>
+      </x:c>
+      <x:c r="BC14" s="3" t="n">
+        <x:v>32738</x:v>
+      </x:c>
+      <x:c r="BD14" s="3" t="n">
+        <x:v>33679</x:v>
+      </x:c>
+      <x:c r="BE14" s="3" t="n">
+        <x:v>34269</x:v>
+      </x:c>
+      <x:c r="BF14" s="3" t="n">
+        <x:v>34735</x:v>
+      </x:c>
+      <x:c r="BG14" s="3" t="n">
+        <x:v>35014</x:v>
+      </x:c>
+      <x:c r="BH14" s="3" t="n">
+        <x:v>36062</x:v>
+      </x:c>
+      <x:c r="BI14" s="3" t="n">
+        <x:v>36658</x:v>
+      </x:c>
+      <x:c r="BJ14" s="3" t="n">
+        <x:v>37639</x:v>
+      </x:c>
+      <x:c r="BK14" s="3" t="n">
+        <x:v>38245</x:v>
+      </x:c>
+      <x:c r="BL14" s="3" t="n">
+        <x:v>38475</x:v>
+      </x:c>
+      <x:c r="BM14" s="3" t="n">
+        <x:v>39296</x:v>
+      </x:c>
+      <x:c r="BN14" s="3" t="n">
+        <x:v>37927</x:v>
+      </x:c>
+      <x:c r="BO14" s="3" t="n">
+        <x:v>38687</x:v>
+      </x:c>
+      <x:c r="BP14" s="3" t="n">
+        <x:v>38899</x:v>
+      </x:c>
+      <x:c r="BQ14" s="3" t="n">
+        <x:v>39501</x:v>
+      </x:c>
+      <x:c r="BR14" s="3" t="n">
+        <x:v>38584</x:v>
+      </x:c>
+      <x:c r="BS14" s="3" t="n">
+        <x:v>38458</x:v>
+      </x:c>
+      <x:c r="BT14" s="3" t="n">
+        <x:v>38668</x:v>
+      </x:c>
+      <x:c r="BU14" s="3" t="n">
+        <x:v>39142</x:v>
+      </x:c>
+      <x:c r="BV14" s="3" t="n">
+        <x:v>40134</x:v>
+      </x:c>
+      <x:c r="BW14" s="3" t="n">
+        <x:v>39707</x:v>
+      </x:c>
+      <x:c r="BX14" s="3" t="n">
+        <x:v>40409</x:v>
+      </x:c>
+      <x:c r="BY14" s="3" t="n">
+        <x:v>40646</x:v>
+      </x:c>
+      <x:c r="BZ14" s="3" t="n">
+        <x:v>39959</x:v>
+      </x:c>
+      <x:c r="CA14" s="3" t="n">
+        <x:v>42176</x:v>
+      </x:c>
+      <x:c r="CB14" s="3" t="n">
+        <x:v>41671</x:v>
+      </x:c>
+      <x:c r="CC14" s="3" t="n">
+        <x:v>42064</x:v>
+      </x:c>
+      <x:c r="CD14" s="3" t="n">
+        <x:v>41629</x:v>
+      </x:c>
+      <x:c r="CE14" s="3" t="n">
+        <x:v>41803</x:v>
+      </x:c>
+      <x:c r="CF14" s="3" t="n">
+        <x:v>42143</x:v>
+      </x:c>
+      <x:c r="CG14" s="3" t="n">
+        <x:v>43001</x:v>
+      </x:c>
+      <x:c r="CH14" s="3" t="n">
+        <x:v>43282</x:v>
+      </x:c>
+      <x:c r="CI14" s="3" t="n">
+        <x:v>43159</x:v>
+      </x:c>
+      <x:c r="CJ14" s="3" t="n">
+        <x:v>43746</x:v>
+      </x:c>
+      <x:c r="CK14" s="3" t="n">
+        <x:v>43905</x:v>
+      </x:c>
+      <x:c r="CL14" s="3" t="n">
+        <x:v>45726</x:v>
+      </x:c>
+      <x:c r="CM14" s="3" t="n">
+        <x:v>45051</x:v>
+      </x:c>
+      <x:c r="CN14" s="3" t="n">
+        <x:v>45107</x:v>
+      </x:c>
+      <x:c r="CO14" s="3" t="n">
+        <x:v>45577</x:v>
+      </x:c>
+      <x:c r="CP14" s="3" t="n">
+        <x:v>47445</x:v>
+      </x:c>
+      <x:c r="CQ14" s="3" t="n">
+        <x:v>47047</x:v>
+      </x:c>
+      <x:c r="CR14" s="3" t="n">
+        <x:v>47369</x:v>
+      </x:c>
+      <x:c r="CS14" s="3" t="n">
+        <x:v>47594</x:v>
+      </x:c>
+      <x:c r="CT14" s="3" t="n">
+        <x:v>72015</x:v>
+      </x:c>
+      <x:c r="CU14" s="3" t="n">
+        <x:v>73411</x:v>
+      </x:c>
+      <x:c r="CV14" s="3" t="n">
+        <x:v>74183</x:v>
+      </x:c>
+      <x:c r="CW14" s="3" t="n">
+        <x:v>73892</x:v>
+      </x:c>
+      <x:c r="CX14" s="3" t="n">
+        <x:v>74278</x:v>
+      </x:c>
+      <x:c r="CY14" s="3" t="n">
+        <x:v>74889</x:v>
+      </x:c>
+      <x:c r="CZ14" s="3" t="n">
+        <x:v>75076</x:v>
+      </x:c>
+      <x:c r="DA14" s="3" t="n">
+        <x:v>74588</x:v>
+      </x:c>
+      <x:c r="DB14" s="3" t="n">
+        <x:v>75685</x:v>
+      </x:c>
+      <x:c r="DC14" s="3" t="n">
+        <x:v>76542</x:v>
+      </x:c>
+      <x:c r="DD14" s="3" t="n">
+        <x:v>77048</x:v>
+      </x:c>
+      <x:c r="DE14" s="3" t="n">
+        <x:v>77944</x:v>
+      </x:c>
+      <x:c r="DF14" s="3" t="n">
+        <x:v>76605</x:v>
+      </x:c>
+      <x:c r="DG14" s="3" t="n">
+        <x:v>79659</x:v>
+      </x:c>
+      <x:c r="DH14" s="3" t="n">
+        <x:v>79482</x:v>
+      </x:c>
+      <x:c r="DI14" s="3" t="n">
+        <x:v>80586</x:v>
+      </x:c>
+      <x:c r="DJ14" s="3" t="n">
+        <x:v>80803</x:v>
+      </x:c>
+      <x:c r="DK14" s="3" t="n">
+        <x:v>80761</x:v>
+      </x:c>
+      <x:c r="DL14" s="3" t="n">
+        <x:v>81284</x:v>
+      </x:c>
+      <x:c r="DM14" s="3" t="n">
+        <x:v>81618</x:v>
+      </x:c>
+      <x:c r="DN14" s="3" t="n">
+        <x:v>82327</x:v>
+      </x:c>
+      <x:c r="DO14" s="3" t="n">
+        <x:v>82500</x:v>
+      </x:c>
+      <x:c r="DP14" s="3" t="n">
+        <x:v>83302</x:v>
+      </x:c>
+      <x:c r="DQ14" s="3" t="n">
+        <x:v>83744</x:v>
+      </x:c>
+      <x:c r="DR14" s="3" t="n">
+        <x:v>82471</x:v>
+      </x:c>
+      <x:c r="DS14" s="3" t="n">
+        <x:v>85576</x:v>
+      </x:c>
+      <x:c r="DT14" s="3" t="n">
+        <x:v>85576</x:v>
+      </x:c>
+      <x:c r="DU14" s="3" t="n">
+        <x:v>85709</x:v>
+      </x:c>
+      <x:c r="DV14" s="3" t="n">
+        <x:v>88240</x:v>
+      </x:c>
+      <x:c r="DW14" s="3" t="n">
+        <x:v>89533</x:v>
+      </x:c>
+      <x:c r="DX14" s="3" t="n">
+        <x:v>89245</x:v>
+      </x:c>
+      <x:c r="DY14" s="3" t="n">
+        <x:v>90327</x:v>
+      </x:c>
+      <x:c r="DZ14" s="3" t="n">
+        <x:v>91065</x:v>
+      </x:c>
+      <x:c r="EA14" s="3" t="n">
+        <x:v>90632</x:v>
+      </x:c>
+      <x:c r="EB14" s="3" t="n">
+        <x:v>90494</x:v>
+      </x:c>
+      <x:c r="EC14" s="3" t="n">
+        <x:v>89543</x:v>
+      </x:c>
+      <x:c r="ED14" s="3" t="n">
+        <x:v>90831</x:v>
+      </x:c>
+      <x:c r="EE14" s="3" t="n">
+        <x:v>90756</x:v>
+      </x:c>
+      <x:c r="EF14" s="3" t="n">
+        <x:v>91701</x:v>
+      </x:c>
+      <x:c r="EG14" s="3" t="n">
+        <x:v>90185</x:v>
+      </x:c>
+      <x:c r="EH14" s="3" t="n">
+        <x:v>92314</x:v>
+      </x:c>
+      <x:c r="EI14" s="3" t="n">
+        <x:v>93306</x:v>
+      </x:c>
+      <x:c r="EJ14" s="3" t="n">
+        <x:v>93893</x:v>
+      </x:c>
+      <x:c r="EK14" s="3" t="n">
+        <x:v>93737</x:v>
+      </x:c>
+      <x:c r="EL14" s="3" t="n">
+        <x:v>94512</x:v>
+      </x:c>
+      <x:c r="EM14" s="3" t="n">
+        <x:v>94102</x:v>
+      </x:c>
+      <x:c r="EN14" s="3" t="n">
+        <x:v>94733</x:v>
+      </x:c>
+      <x:c r="EO14" s="3" t="n">
+        <x:v>96055</x:v>
+      </x:c>
+      <x:c r="EP14" s="3" t="n">
+        <x:v>96988</x:v>
+      </x:c>
+      <x:c r="EQ14" s="3" t="n">
+        <x:v>98438</x:v>
+      </x:c>
+      <x:c r="ER14" s="3" t="n">
+        <x:v>99315</x:v>
+      </x:c>
+      <x:c r="ES14" s="3" t="n">
+        <x:v>100398</x:v>
+      </x:c>
+      <x:c r="ET14" s="3" t="n">
+        <x:v>101946</x:v>
+      </x:c>
+      <x:c r="EU14" s="3" t="n">
+        <x:v>101938</x:v>
+      </x:c>
+      <x:c r="EV14" s="3" t="n">
+        <x:v>102427</x:v>
+      </x:c>
+      <x:c r="EW14" s="3" t="n">
+        <x:v>102017</x:v>
+      </x:c>
+      <x:c r="EX14" s="3" t="n">
+        <x:v>103950</x:v>
+      </x:c>
+      <x:c r="EY14" s="3" t="n">
+        <x:v>103905</x:v>
+      </x:c>
+      <x:c r="EZ14" s="3" t="n">
+        <x:v>105370</x:v>
+      </x:c>
+      <x:c r="FA14" s="3" t="n">
+        <x:v>106396</x:v>
+      </x:c>
+      <x:c r="FB14" s="3" t="n">
+        <x:v>105293</x:v>
+      </x:c>
+      <x:c r="FC14" s="3" t="n">
+        <x:v>106775</x:v>
+      </x:c>
+      <x:c r="FD14" s="3" t="n">
+        <x:v>107400</x:v>
+      </x:c>
+      <x:c r="FE14" s="3" t="n">
+        <x:v>107472</x:v>
+      </x:c>
+      <x:c r="FF14" s="3" t="n">
+        <x:v>106855</x:v>
+      </x:c>
+      <x:c r="FG14" s="3" t="n">
+        <x:v>106767</x:v>
+      </x:c>
+      <x:c r="FH14" s="3" t="n">
+        <x:v>107230</x:v>
+      </x:c>
+      <x:c r="FI14" s="3" t="n">
+        <x:v>107475</x:v>
+      </x:c>
+      <x:c r="FJ14" s="3" t="n">
+        <x:v>107732</x:v>
+      </x:c>
+      <x:c r="FK14" s="3" t="n">
+        <x:v>108258</x:v>
+      </x:c>
+      <x:c r="FL14" s="3" t="n">
+        <x:v>108599</x:v>
+      </x:c>
+      <x:c r="FM14" s="3" t="n">
+        <x:v>109139</x:v>
+      </x:c>
+      <x:c r="FN14" s="3" t="n">
+        <x:v>110459</x:v>
+      </x:c>
+      <x:c r="FO14" s="3" t="n">
+        <x:v>103233</x:v>
+      </x:c>
+      <x:c r="FP14" s="3" t="n">
+        <x:v>108920</x:v>
+      </x:c>
+      <x:c r="FQ14" s="3" t="n">
+        <x:v>110104</x:v>
+      </x:c>
+      <x:c r="FR14" s="3" t="n">
+        <x:v>110068</x:v>
+      </x:c>
+      <x:c r="FS14" s="3" t="n">
+        <x:v>112035</x:v>
+      </x:c>
+      <x:c r="FT14" s="3" t="n">
+        <x:v>114128</x:v>
+      </x:c>
+      <x:c r="FU14" s="3" t="n">
+        <x:v>115126</x:v>
+      </x:c>
+      <x:c r="FV14" s="3" t="n">
+        <x:v>113721</x:v>
+      </x:c>
+      <x:c r="FW14" s="3" t="n">
+        <x:v>116293</x:v>
+      </x:c>
+      <x:c r="FX14" s="3" t="n">
+        <x:v>117787</x:v>
+      </x:c>
+      <x:c r="FY14" s="3" t="n">
+        <x:v>121055</x:v>
+      </x:c>
+      <x:c r="FZ14" s="3" t="n">
+        <x:v>122076</x:v>
+      </x:c>
+      <x:c r="GA14" s="3" t="n">
+        <x:v>123964</x:v>
+      </x:c>
+      <x:c r="GB14" s="3" t="n">
+        <x:v>125520</x:v>
+      </x:c>
+      <x:c r="GC14" s="3" t="n">
+        <x:v>127894</x:v>
+      </x:c>
+      <x:c r="GD14" s="3" t="n">
+        <x:v>126796</x:v>
+      </x:c>
+      <x:c r="GE14" s="3" t="n">
+        <x:v>127512</x:v>
+      </x:c>
+      <x:c r="GF14" s="3" t="n">
+        <x:v>127934</x:v>
+      </x:c>
+      <x:c r="GG14" s="3" t="n">
+        <x:v>127649</x:v>
+      </x:c>
+      <x:c r="GH14" s="3" t="n">
+        <x:v>129122</x:v>
+      </x:c>
+      <x:c r="GI14" s="3" t="n">
+        <x:v>129779</x:v>
+      </x:c>
+      <x:c r="GJ14" s="3" t="n">
+        <x:v>129861</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:192">
+      <x:c r="A15" s="2" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="B15" s="3" t="n">
+        <x:v>10476</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="n">
+        <x:v>10559</x:v>
+      </x:c>
+      <x:c r="D15" s="3" t="n">
+        <x:v>10607</x:v>
+      </x:c>
+      <x:c r="E15" s="3" t="n">
+        <x:v>10635</x:v>
+      </x:c>
+      <x:c r="F15" s="3" t="n">
+        <x:v>10981</x:v>
+      </x:c>
+      <x:c r="G15" s="3" t="n">
+        <x:v>11064</x:v>
+      </x:c>
+      <x:c r="H15" s="3" t="n">
+        <x:v>11113</x:v>
+      </x:c>
+      <x:c r="I15" s="3" t="n">
+        <x:v>11144</x:v>
+      </x:c>
+      <x:c r="J15" s="3" t="n">
+        <x:v>11209</x:v>
+      </x:c>
+      <x:c r="K15" s="3" t="n">
+        <x:v>11179</x:v>
+      </x:c>
+      <x:c r="L15" s="3" t="n">
+        <x:v>11225</x:v>
+      </x:c>
+      <x:c r="M15" s="3" t="n">
+        <x:v>11257</x:v>
+      </x:c>
+      <x:c r="N15" s="3" t="n">
+        <x:v>11133</x:v>
+      </x:c>
+      <x:c r="O15" s="3" t="n">
+        <x:v>11213</x:v>
+      </x:c>
+      <x:c r="P15" s="3" t="n">
+        <x:v>11253</x:v>
+      </x:c>
+      <x:c r="Q15" s="3" t="n">
+        <x:v>11289</x:v>
+      </x:c>
+      <x:c r="R15" s="3" t="n">
+        <x:v>11321</x:v>
+      </x:c>
+      <x:c r="S15" s="3" t="n">
+        <x:v>11396</x:v>
+      </x:c>
+      <x:c r="T15" s="3" t="n">
+        <x:v>11436</x:v>
+      </x:c>
+      <x:c r="U15" s="3" t="n">
+        <x:v>11479</x:v>
+      </x:c>
+      <x:c r="V15" s="3" t="n">
+        <x:v>11607</x:v>
+      </x:c>
+      <x:c r="W15" s="3" t="n">
+        <x:v>11681</x:v>
+      </x:c>
+      <x:c r="X15" s="3" t="n">
+        <x:v>11729</x:v>
+      </x:c>
+      <x:c r="Y15" s="3" t="n">
+        <x:v>11783</x:v>
+      </x:c>
+      <x:c r="Z15" s="3" t="n">
+        <x:v>11739</x:v>
+      </x:c>
+      <x:c r="AA15" s="3" t="n">
+        <x:v>11696</x:v>
+      </x:c>
+      <x:c r="AB15" s="3" t="n">
+        <x:v>11758</x:v>
+      </x:c>
+      <x:c r="AC15" s="3" t="n">
+        <x:v>11821</x:v>
+      </x:c>
+      <x:c r="AD15" s="3" t="n">
+        <x:v>11756</x:v>
+      </x:c>
+      <x:c r="AE15" s="3" t="n">
+        <x:v>11841</x:v>
+      </x:c>
+      <x:c r="AF15" s="3" t="n">
+        <x:v>11914</x:v>
+      </x:c>
+      <x:c r="AG15" s="3" t="n">
+        <x:v>11985</x:v>
+      </x:c>
+      <x:c r="AH15" s="3" t="n">
+        <x:v>12165</x:v>
+      </x:c>
+      <x:c r="AI15" s="3" t="n">
+        <x:v>12265</x:v>
+      </x:c>
+      <x:c r="AJ15" s="3" t="n">
+        <x:v>12352</x:v>
+      </x:c>
+      <x:c r="AK15" s="3" t="n">
+        <x:v>12428</x:v>
+      </x:c>
+      <x:c r="AL15" s="3" t="n">
+        <x:v>12991</x:v>
+      </x:c>
+      <x:c r="AM15" s="3" t="n">
+        <x:v>13117</x:v>
+      </x:c>
+      <x:c r="AN15" s="3" t="n">
+        <x:v>13216</x:v>
+      </x:c>
+      <x:c r="AO15" s="3" t="n">
+        <x:v>13289</x:v>
+      </x:c>
+      <x:c r="AP15" s="3" t="n">
+        <x:v>10484</x:v>
+      </x:c>
+      <x:c r="AQ15" s="3" t="n">
+        <x:v>10504</x:v>
+      </x:c>
+      <x:c r="AR15" s="3" t="n">
+        <x:v>10585</x:v>
+      </x:c>
+      <x:c r="AS15" s="3" t="n">
+        <x:v>10621</x:v>
+      </x:c>
+      <x:c r="AT15" s="3" t="n">
+        <x:v>13018</x:v>
+      </x:c>
+      <x:c r="AU15" s="3" t="n">
+        <x:v>13229</x:v>
+      </x:c>
+      <x:c r="AV15" s="3" t="n">
+        <x:v>13320</x:v>
+      </x:c>
+      <x:c r="AW15" s="3" t="n">
+        <x:v>13307</x:v>
+      </x:c>
+      <x:c r="AX15" s="3" t="n">
+        <x:v>13370</x:v>
+      </x:c>
+      <x:c r="AY15" s="3" t="n">
+        <x:v>13655</x:v>
+      </x:c>
+      <x:c r="AZ15" s="3" t="n">
+        <x:v>13735</x:v>
+      </x:c>
+      <x:c r="BA15" s="3" t="n">
+        <x:v>13635</x:v>
+      </x:c>
+      <x:c r="BB15" s="3" t="n">
+        <x:v>14824</x:v>
+      </x:c>
+      <x:c r="BC15" s="3" t="n">
+        <x:v>12595</x:v>
+      </x:c>
+      <x:c r="BD15" s="3" t="n">
+        <x:v>14913</x:v>
+      </x:c>
+      <x:c r="BE15" s="3" t="n">
+        <x:v>12692</x:v>
+      </x:c>
+      <x:c r="BF15" s="3" t="n">
+        <x:v>15005</x:v>
+      </x:c>
+      <x:c r="BG15" s="3" t="n">
+        <x:v>14674</x:v>
+      </x:c>
+      <x:c r="BH15" s="3" t="n">
+        <x:v>14672</x:v>
+      </x:c>
+      <x:c r="BI15" s="3" t="n">
+        <x:v>14770</x:v>
+      </x:c>
+      <x:c r="BJ15" s="3" t="n">
+        <x:v>14716</x:v>
+      </x:c>
+      <x:c r="BK15" s="3" t="n">
+        <x:v>14695</x:v>
+      </x:c>
+      <x:c r="BL15" s="3" t="n">
+        <x:v>14671</x:v>
+      </x:c>
+      <x:c r="BM15" s="3" t="n">
+        <x:v>14853</x:v>
+      </x:c>
+      <x:c r="BN15" s="3" t="n">
+        <x:v>14361</x:v>
+      </x:c>
+      <x:c r="BO15" s="3" t="n">
+        <x:v>14649</x:v>
+      </x:c>
+      <x:c r="BP15" s="3" t="n">
+        <x:v>14558</x:v>
+      </x:c>
+      <x:c r="BQ15" s="3" t="n">
+        <x:v>14702</x:v>
+      </x:c>
+      <x:c r="BR15" s="3" t="n">
+        <x:v>14176</x:v>
+      </x:c>
+      <x:c r="BS15" s="3" t="n">
+        <x:v>13884</x:v>
+      </x:c>
+      <x:c r="BT15" s="3" t="n">
+        <x:v>13957</x:v>
+      </x:c>
+      <x:c r="BU15" s="3" t="n">
+        <x:v>14095</x:v>
+      </x:c>
+      <x:c r="BV15" s="3" t="n">
+        <x:v>14390</x:v>
+      </x:c>
+      <x:c r="BW15" s="3" t="n">
+        <x:v>14084</x:v>
+      </x:c>
+      <x:c r="BX15" s="3" t="n">
+        <x:v>14328</x:v>
+      </x:c>
+      <x:c r="BY15" s="3" t="n">
+        <x:v>14271</x:v>
+      </x:c>
+      <x:c r="BZ15" s="3" t="n">
+        <x:v>14204</x:v>
+      </x:c>
+      <x:c r="CA15" s="3" t="n">
+        <x:v>15000</x:v>
+      </x:c>
+      <x:c r="CB15" s="3" t="n">
+        <x:v>14580</x:v>
+      </x:c>
+      <x:c r="CC15" s="3" t="n">
+        <x:v>14598</x:v>
+      </x:c>
+      <x:c r="CD15" s="3" t="n">
+        <x:v>14901</x:v>
+      </x:c>
+      <x:c r="CE15" s="3" t="n">
+        <x:v>14824</x:v>
+      </x:c>
+      <x:c r="CF15" s="3" t="n">
+        <x:v>14872</x:v>
+      </x:c>
+      <x:c r="CG15" s="3" t="n">
+        <x:v>15055</x:v>
+      </x:c>
+      <x:c r="CH15" s="3" t="n">
+        <x:v>15067</x:v>
+      </x:c>
+      <x:c r="CI15" s="3" t="n">
+        <x:v>15390</x:v>
+      </x:c>
+      <x:c r="CJ15" s="3" t="n">
+        <x:v>15241</x:v>
+      </x:c>
+      <x:c r="CK15" s="3" t="n">
+        <x:v>15219</x:v>
+      </x:c>
+      <x:c r="CL15" s="3" t="n">
+        <x:v>15504</x:v>
+      </x:c>
+      <x:c r="CM15" s="3" t="n">
+        <x:v>15261</x:v>
+      </x:c>
+      <x:c r="CN15" s="3" t="n">
+        <x:v>15063</x:v>
+      </x:c>
+      <x:c r="CO15" s="3" t="n">
+        <x:v>15133</x:v>
+      </x:c>
+      <x:c r="CP15" s="3" t="n">
+        <x:v>15118</x:v>
+      </x:c>
+      <x:c r="CQ15" s="3" t="n">
+        <x:v>14862</x:v>
+      </x:c>
+      <x:c r="CR15" s="3" t="n">
+        <x:v>14840</x:v>
+      </x:c>
+      <x:c r="CS15" s="3" t="n">
+        <x:v>14874</x:v>
+      </x:c>
+      <x:c r="CT15" s="3" t="n">
+        <x:v>14737</x:v>
+      </x:c>
+      <x:c r="CU15" s="3" t="n">
+        <x:v>15029</x:v>
+      </x:c>
+      <x:c r="CV15" s="3" t="n">
+        <x:v>14970</x:v>
+      </x:c>
+      <x:c r="CW15" s="3" t="n">
+        <x:v>14675</x:v>
+      </x:c>
+      <x:c r="CX15" s="3" t="n">
+        <x:v>14546</x:v>
+      </x:c>
+      <x:c r="CY15" s="3" t="n">
+        <x:v>14551</x:v>
+      </x:c>
+      <x:c r="CZ15" s="3" t="n">
+        <x:v>14559</x:v>
+      </x:c>
+      <x:c r="DA15" s="3" t="n">
+        <x:v>14416</x:v>
+      </x:c>
+      <x:c r="DB15" s="3" t="n">
+        <x:v>14772</x:v>
+      </x:c>
+      <x:c r="DC15" s="3" t="n">
+        <x:v>14578</x:v>
+      </x:c>
+      <x:c r="DD15" s="3" t="n">
+        <x:v>14583</x:v>
+      </x:c>
+      <x:c r="DE15" s="3" t="n">
+        <x:v>14779</x:v>
+      </x:c>
+      <x:c r="DF15" s="3" t="n">
+        <x:v>14608</x:v>
+      </x:c>
+      <x:c r="DG15" s="3" t="n">
+        <x:v>14894</x:v>
+      </x:c>
+      <x:c r="DH15" s="3" t="n">
+        <x:v>14014</x:v>
+      </x:c>
+      <x:c r="DI15" s="3" t="n">
+        <x:v>13826</x:v>
+      </x:c>
+      <x:c r="DJ15" s="3" t="n">
+        <x:v>13907</x:v>
+      </x:c>
+      <x:c r="DK15" s="3" t="n">
+        <x:v>13600</x:v>
+      </x:c>
+      <x:c r="DL15" s="3" t="n">
+        <x:v>13703</x:v>
+      </x:c>
+      <x:c r="DM15" s="3" t="n">
+        <x:v>13846</x:v>
+      </x:c>
+      <x:c r="DN15" s="3" t="n">
+        <x:v>13691</x:v>
+      </x:c>
+      <x:c r="DO15" s="3" t="n">
+        <x:v>13463</x:v>
+      </x:c>
+      <x:c r="DP15" s="3" t="n">
+        <x:v>13468</x:v>
+      </x:c>
+      <x:c r="DQ15" s="3" t="n">
+        <x:v>13573</x:v>
+      </x:c>
+      <x:c r="DR15" s="3" t="n">
+        <x:v>13172</x:v>
+      </x:c>
+      <x:c r="DS15" s="3" t="n">
+        <x:v>13444</x:v>
+      </x:c>
+      <x:c r="DT15" s="3" t="n">
+        <x:v>13502</x:v>
+      </x:c>
+      <x:c r="DU15" s="3" t="n">
+        <x:v>13560</x:v>
+      </x:c>
+      <x:c r="DV15" s="3" t="n">
+        <x:v>13486</x:v>
+      </x:c>
+      <x:c r="DW15" s="3" t="n">
+        <x:v>13884</x:v>
+      </x:c>
+      <x:c r="DX15" s="3" t="n">
+        <x:v>13648</x:v>
+      </x:c>
+      <x:c r="DY15" s="3" t="n">
+        <x:v>13125</x:v>
+      </x:c>
+      <x:c r="DZ15" s="3" t="n">
+        <x:v>14190</x:v>
+      </x:c>
+      <x:c r="EA15" s="3" t="n">
+        <x:v>14076</x:v>
+      </x:c>
+      <x:c r="EB15" s="3" t="n">
+        <x:v>13809</x:v>
+      </x:c>
+      <x:c r="EC15" s="3" t="n">
+        <x:v>13400</x:v>
+      </x:c>
+      <x:c r="ED15" s="3" t="n">
+        <x:v>13496</x:v>
+      </x:c>
+      <x:c r="EE15" s="3" t="n">
+        <x:v>13469</x:v>
+      </x:c>
+      <x:c r="EF15" s="3" t="n">
+        <x:v>13565</x:v>
+      </x:c>
+      <x:c r="EG15" s="3" t="n">
+        <x:v>13535</x:v>
+      </x:c>
+      <x:c r="EH15" s="3" t="n">
+        <x:v>13855</x:v>
+      </x:c>
+      <x:c r="EI15" s="3" t="n">
+        <x:v>13729</x:v>
+      </x:c>
+      <x:c r="EJ15" s="3" t="n">
+        <x:v>13665</x:v>
+      </x:c>
+      <x:c r="EK15" s="3" t="n">
+        <x:v>13648</x:v>
+      </x:c>
+      <x:c r="EL15" s="3" t="n">
+        <x:v>13557</x:v>
+      </x:c>
+      <x:c r="EM15" s="3" t="n">
+        <x:v>13565</x:v>
+      </x:c>
+      <x:c r="EN15" s="3" t="n">
+        <x:v>13610</x:v>
+      </x:c>
+      <x:c r="EO15" s="3" t="n">
+        <x:v>13368</x:v>
+      </x:c>
+      <x:c r="EP15" s="3" t="n">
+        <x:v>13541</x:v>
+      </x:c>
+      <x:c r="EQ15" s="3" t="n">
+        <x:v>13579</x:v>
+      </x:c>
+      <x:c r="ER15" s="3" t="n">
+        <x:v>13598</x:v>
+      </x:c>
+      <x:c r="ES15" s="3" t="n">
+        <x:v>13544</x:v>
+      </x:c>
+      <x:c r="ET15" s="3" t="n">
+        <x:v>13936</x:v>
+      </x:c>
+      <x:c r="EU15" s="3" t="n">
+        <x:v>14030</x:v>
+      </x:c>
+      <x:c r="EV15" s="3" t="n">
+        <x:v>14084</x:v>
+      </x:c>
+      <x:c r="EW15" s="3" t="n">
+        <x:v>14116</x:v>
+      </x:c>
+      <x:c r="EX15" s="3" t="n">
+        <x:v>13877</x:v>
+      </x:c>
+      <x:c r="EY15" s="3" t="n">
+        <x:v>13908</x:v>
+      </x:c>
+      <x:c r="EZ15" s="3" t="n">
+        <x:v>14001</x:v>
+      </x:c>
+      <x:c r="FA15" s="3" t="n">
+        <x:v>14076</x:v>
+      </x:c>
+      <x:c r="FB15" s="3" t="n">
+        <x:v>14110</x:v>
+      </x:c>
+      <x:c r="FC15" s="3" t="n">
+        <x:v>14182</x:v>
+      </x:c>
+      <x:c r="FD15" s="3" t="n">
+        <x:v>14285</x:v>
+      </x:c>
+      <x:c r="FE15" s="3" t="n">
+        <x:v>14208</x:v>
+      </x:c>
+      <x:c r="FF15" s="3" t="n">
+        <x:v>14198</x:v>
+      </x:c>
+      <x:c r="FG15" s="3" t="n">
+        <x:v>14198</x:v>
+      </x:c>
+      <x:c r="FH15" s="3" t="n">
+        <x:v>14200</x:v>
+      </x:c>
+      <x:c r="FI15" s="3" t="n">
+        <x:v>14369</x:v>
+      </x:c>
+      <x:c r="FJ15" s="3" t="n">
+        <x:v>14484</x:v>
+      </x:c>
+      <x:c r="FK15" s="3" t="n">
+        <x:v>14606</x:v>
+      </x:c>
+      <x:c r="FL15" s="3" t="n">
+        <x:v>14724</x:v>
+      </x:c>
+      <x:c r="FM15" s="3" t="n">
+        <x:v>14814</x:v>
+      </x:c>
+      <x:c r="FN15" s="3" t="n">
+        <x:v>14981</x:v>
+      </x:c>
+      <x:c r="FO15" s="3" t="n">
+        <x:v>15103</x:v>
+      </x:c>
+      <x:c r="FP15" s="3" t="n">
+        <x:v>15178</x:v>
+      </x:c>
+      <x:c r="FQ15" s="3" t="n">
+        <x:v>14999</x:v>
+      </x:c>
+      <x:c r="FR15" s="3" t="n">
+        <x:v>14739</x:v>
+      </x:c>
+      <x:c r="FS15" s="3" t="n">
+        <x:v>14725</x:v>
+      </x:c>
+      <x:c r="FT15" s="3" t="n">
+        <x:v>14921</x:v>
+      </x:c>
+      <x:c r="FU15" s="3" t="n">
+        <x:v>15493</x:v>
+      </x:c>
+      <x:c r="FV15" s="3" t="n">
+        <x:v>16166</x:v>
+      </x:c>
+      <x:c r="FW15" s="3" t="n">
+        <x:v>16551</x:v>
+      </x:c>
+      <x:c r="FX15" s="3" t="n">
+        <x:v>16758</x:v>
+      </x:c>
+      <x:c r="FY15" s="3" t="n">
+        <x:v>17205</x:v>
+      </x:c>
+      <x:c r="FZ15" s="3" t="n">
+        <x:v>17329</x:v>
+      </x:c>
+      <x:c r="GA15" s="3" t="n">
+        <x:v>17492</x:v>
+      </x:c>
+      <x:c r="GB15" s="3" t="n">
+        <x:v>17847</x:v>
+      </x:c>
+      <x:c r="GC15" s="3" t="n">
+        <x:v>18038</x:v>
+      </x:c>
+      <x:c r="GD15" s="3" t="n">
+        <x:v>18488</x:v>
+      </x:c>
+      <x:c r="GE15" s="3" t="n">
+        <x:v>18886</x:v>
+      </x:c>
+      <x:c r="GF15" s="3" t="n">
+        <x:v>19318</x:v>
+      </x:c>
+      <x:c r="GG15" s="3" t="n">
+        <x:v>19716</x:v>
+      </x:c>
+      <x:c r="GH15" s="3" t="n">
+        <x:v>19999</x:v>
+      </x:c>
+      <x:c r="GI15" s="3" t="n">
+        <x:v>20440</x:v>
+      </x:c>
+      <x:c r="GJ15" s="3" t="n">
+        <x:v>20672</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:192">
+      <x:c r="A16" s="2" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="B16" s="3" t="n">
+        <x:v>55782</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="n">
+        <x:v>54642</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="n">
+        <x:v>56049</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="n">
+        <x:v>56697</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="n">
+        <x:v>57750</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="n">
+        <x:v>59086</x:v>
+      </x:c>
+      <x:c r="H16" s="3" t="n">
+        <x:v>59284</x:v>
+      </x:c>
+      <x:c r="I16" s="3" t="n">
+        <x:v>59933</x:v>
+      </x:c>
+      <x:c r="J16" s="3" t="n">
+        <x:v>62516</x:v>
+      </x:c>
+      <x:c r="K16" s="3" t="n">
+        <x:v>62081</x:v>
+      </x:c>
+      <x:c r="L16" s="3" t="n">
+        <x:v>62913</x:v>
+      </x:c>
+      <x:c r="M16" s="3" t="n">
+        <x:v>63528</x:v>
+      </x:c>
+      <x:c r="N16" s="3" t="n">
+        <x:v>63428</x:v>
+      </x:c>
+      <x:c r="O16" s="3" t="n">
+        <x:v>64597</x:v>
+      </x:c>
+      <x:c r="P16" s="3" t="n">
+        <x:v>64951</x:v>
+      </x:c>
+      <x:c r="Q16" s="3" t="n">
+        <x:v>65511</x:v>
+      </x:c>
+      <x:c r="R16" s="3" t="n">
+        <x:v>65400</x:v>
+      </x:c>
+      <x:c r="S16" s="3" t="n">
+        <x:v>66520</x:v>
+      </x:c>
+      <x:c r="T16" s="3" t="n">
+        <x:v>66930</x:v>
+      </x:c>
+      <x:c r="U16" s="3" t="n">
+        <x:v>67439</x:v>
+      </x:c>
+      <x:c r="V16" s="3" t="n">
+        <x:v>68923</x:v>
+      </x:c>
+      <x:c r="W16" s="3" t="n">
+        <x:v>67872</x:v>
+      </x:c>
+      <x:c r="X16" s="3" t="n">
+        <x:v>69363</x:v>
+      </x:c>
+      <x:c r="Y16" s="3" t="n">
+        <x:v>69875</x:v>
+      </x:c>
+      <x:c r="Z16" s="3" t="n">
+        <x:v>70501</x:v>
+      </x:c>
+      <x:c r="AA16" s="3" t="n">
+        <x:v>71270</x:v>
+      </x:c>
+      <x:c r="AB16" s="3" t="n">
+        <x:v>71511</x:v>
+      </x:c>
+      <x:c r="AC16" s="3" t="n">
+        <x:v>72002</x:v>
+      </x:c>
+      <x:c r="AD16" s="3" t="n">
+        <x:v>73379</x:v>
+      </x:c>
+      <x:c r="AE16" s="3" t="n">
+        <x:v>74350</x:v>
+      </x:c>
+      <x:c r="AF16" s="3" t="n">
+        <x:v>74834</x:v>
+      </x:c>
+      <x:c r="AG16" s="3" t="n">
+        <x:v>75294</x:v>
+      </x:c>
+      <x:c r="AH16" s="3" t="n">
+        <x:v>76217</x:v>
+      </x:c>
+      <x:c r="AI16" s="3" t="n">
+        <x:v>74906</x:v>
+      </x:c>
+      <x:c r="AJ16" s="3" t="n">
+        <x:v>76490</x:v>
+      </x:c>
+      <x:c r="AK16" s="3" t="n">
+        <x:v>76856</x:v>
+      </x:c>
+      <x:c r="AL16" s="3" t="n">
+        <x:v>77359</x:v>
+      </x:c>
+      <x:c r="AM16" s="3" t="n">
+        <x:v>79802</x:v>
+      </x:c>
+      <x:c r="AN16" s="3" t="n">
+        <x:v>79509</x:v>
+      </x:c>
+      <x:c r="AO16" s="3" t="n">
+        <x:v>79786</x:v>
+      </x:c>
+      <x:c r="AP16" s="3" t="n">
+        <x:v>79281</x:v>
+      </x:c>
+      <x:c r="AQ16" s="3" t="n">
+        <x:v>78423</x:v>
+      </x:c>
+      <x:c r="AR16" s="3" t="n">
+        <x:v>79727</x:v>
+      </x:c>
+      <x:c r="AS16" s="3" t="n">
+        <x:v>79551</x:v>
+      </x:c>
+      <x:c r="AT16" s="3" t="n">
+        <x:v>79196</x:v>
+      </x:c>
+      <x:c r="AU16" s="3" t="n">
+        <x:v>78536</x:v>
+      </x:c>
+      <x:c r="AV16" s="3" t="n">
+        <x:v>80743</x:v>
+      </x:c>
+      <x:c r="AW16" s="3" t="n">
+        <x:v>79845</x:v>
+      </x:c>
+      <x:c r="AX16" s="3" t="n">
+        <x:v>78930</x:v>
+      </x:c>
+      <x:c r="AY16" s="3" t="n">
+        <x:v>82395</x:v>
+      </x:c>
+      <x:c r="AZ16" s="3" t="n">
+        <x:v>83414</x:v>
+      </x:c>
+      <x:c r="BA16" s="3" t="n">
+        <x:v>81427</x:v>
+      </x:c>
+      <x:c r="BB16" s="3" t="n">
+        <x:v>84067</x:v>
+      </x:c>
+      <x:c r="BC16" s="3" t="n">
+        <x:v>85078</x:v>
+      </x:c>
+      <x:c r="BD16" s="3" t="n">
+        <x:v>83746</x:v>
+      </x:c>
+      <x:c r="BE16" s="3" t="n">
+        <x:v>88374</x:v>
+      </x:c>
+      <x:c r="BF16" s="3" t="n">
+        <x:v>90345</x:v>
+      </x:c>
+      <x:c r="BG16" s="3" t="n">
+        <x:v>88589</x:v>
+      </x:c>
+      <x:c r="BH16" s="3" t="n">
+        <x:v>88996</x:v>
+      </x:c>
+      <x:c r="BI16" s="3" t="n">
+        <x:v>90644</x:v>
+      </x:c>
+      <x:c r="BJ16" s="3" t="n">
+        <x:v>91355</x:v>
+      </x:c>
+      <x:c r="BK16" s="3" t="n">
+        <x:v>91674</x:v>
+      </x:c>
+      <x:c r="BL16" s="3" t="n">
+        <x:v>88606</x:v>
+      </x:c>
+      <x:c r="BM16" s="3" t="n">
+        <x:v>95231</x:v>
+      </x:c>
+      <x:c r="BN16" s="3" t="n">
+        <x:v>90087</x:v>
+      </x:c>
+      <x:c r="BO16" s="3" t="n">
+        <x:v>93562</x:v>
+      </x:c>
+      <x:c r="BP16" s="3" t="n">
+        <x:v>95136</x:v>
+      </x:c>
+      <x:c r="BQ16" s="3" t="n">
+        <x:v>96223</x:v>
+      </x:c>
+      <x:c r="BR16" s="3" t="n">
+        <x:v>96745</x:v>
+      </x:c>
+      <x:c r="BS16" s="3" t="n">
+        <x:v>95152</x:v>
+      </x:c>
+      <x:c r="BT16" s="3" t="n">
+        <x:v>96602</x:v>
+      </x:c>
+      <x:c r="BU16" s="3" t="n">
+        <x:v>97023</x:v>
+      </x:c>
+      <x:c r="BV16" s="3" t="n">
+        <x:v>98492</x:v>
+      </x:c>
+      <x:c r="BW16" s="3" t="n">
+        <x:v>97642</x:v>
+      </x:c>
+      <x:c r="BX16" s="3" t="n">
+        <x:v>99092</x:v>
+      </x:c>
+      <x:c r="BY16" s="3" t="n">
+        <x:v>99728</x:v>
+      </x:c>
+      <x:c r="BZ16" s="3" t="n">
+        <x:v>97797</x:v>
+      </x:c>
+      <x:c r="CA16" s="3" t="n">
+        <x:v>103892</x:v>
+      </x:c>
+      <x:c r="CB16" s="3" t="n">
+        <x:v>101582</x:v>
+      </x:c>
+      <x:c r="CC16" s="3" t="n">
+        <x:v>103208</x:v>
+      </x:c>
+      <x:c r="CD16" s="3" t="n">
+        <x:v>104423</x:v>
+      </x:c>
+      <x:c r="CE16" s="3" t="n">
+        <x:v>106880</x:v>
+      </x:c>
+      <x:c r="CF16" s="3" t="n">
+        <x:v>106971</x:v>
+      </x:c>
+      <x:c r="CG16" s="3" t="n">
+        <x:v>107262</x:v>
+      </x:c>
+      <x:c r="CH16" s="3" t="n">
+        <x:v>107711</x:v>
+      </x:c>
+      <x:c r="CI16" s="3" t="n">
+        <x:v>110074</x:v>
+      </x:c>
+      <x:c r="CJ16" s="3" t="n">
+        <x:v>109866</x:v>
+      </x:c>
+      <x:c r="CK16" s="3" t="n">
+        <x:v>111827</x:v>
+      </x:c>
+      <x:c r="CL16" s="3" t="n">
+        <x:v>112172</x:v>
+      </x:c>
+      <x:c r="CM16" s="3" t="n">
+        <x:v>111211</x:v>
+      </x:c>
+      <x:c r="CN16" s="3" t="n">
+        <x:v>111527</x:v>
+      </x:c>
+      <x:c r="CO16" s="3" t="n">
+        <x:v>111037</x:v>
+      </x:c>
+      <x:c r="CP16" s="3" t="n">
+        <x:v>116242</x:v>
+      </x:c>
+      <x:c r="CQ16" s="3" t="n">
+        <x:v>116682</x:v>
+      </x:c>
+      <x:c r="CR16" s="3" t="n">
+        <x:v>116909</x:v>
+      </x:c>
+      <x:c r="CS16" s="3" t="n">
+        <x:v>117769</x:v>
+      </x:c>
+      <x:c r="CT16" s="3" t="n">
+        <x:v>91524</x:v>
+      </x:c>
+      <x:c r="CU16" s="3" t="n">
+        <x:v>95064</x:v>
+      </x:c>
+      <x:c r="CV16" s="3" t="n">
+        <x:v>94294</x:v>
+      </x:c>
+      <x:c r="CW16" s="3" t="n">
+        <x:v>93700</x:v>
+      </x:c>
+      <x:c r="CX16" s="3" t="n">
+        <x:v>94433</x:v>
+      </x:c>
+      <x:c r="CY16" s="3" t="n">
+        <x:v>95645</x:v>
+      </x:c>
+      <x:c r="CZ16" s="3" t="n">
+        <x:v>95695</x:v>
+      </x:c>
+      <x:c r="DA16" s="3" t="n">
+        <x:v>94390</x:v>
+      </x:c>
+      <x:c r="DB16" s="3" t="n">
+        <x:v>94040</x:v>
+      </x:c>
+      <x:c r="DC16" s="3" t="n">
+        <x:v>94568</x:v>
+      </x:c>
+      <x:c r="DD16" s="3" t="n">
+        <x:v>94357</x:v>
+      </x:c>
+      <x:c r="DE16" s="3" t="n">
+        <x:v>96346</x:v>
+      </x:c>
+      <x:c r="DF16" s="3" t="n">
+        <x:v>94160</x:v>
+      </x:c>
+      <x:c r="DG16" s="3" t="n">
+        <x:v>98801</x:v>
+      </x:c>
+      <x:c r="DH16" s="3" t="n">
+        <x:v>95166</x:v>
+      </x:c>
+      <x:c r="DI16" s="3" t="n">
+        <x:v>97272</x:v>
+      </x:c>
+      <x:c r="DJ16" s="3" t="n">
+        <x:v>98808</x:v>
+      </x:c>
+      <x:c r="DK16" s="3" t="n">
+        <x:v>98772</x:v>
+      </x:c>
+      <x:c r="DL16" s="3" t="n">
+        <x:v>99208</x:v>
+      </x:c>
+      <x:c r="DM16" s="3" t="n">
+        <x:v>98893</x:v>
+      </x:c>
+      <x:c r="DN16" s="3" t="n">
+        <x:v>99587</x:v>
+      </x:c>
+      <x:c r="DO16" s="3" t="n">
+        <x:v>101176</x:v>
+      </x:c>
+      <x:c r="DP16" s="3" t="n">
+        <x:v>102711</x:v>
+      </x:c>
+      <x:c r="DQ16" s="3" t="n">
+        <x:v>102364</x:v>
+      </x:c>
+      <x:c r="DR16" s="3" t="n">
+        <x:v>104342</x:v>
+      </x:c>
+      <x:c r="DS16" s="3" t="n">
+        <x:v>104986</x:v>
+      </x:c>
+      <x:c r="DT16" s="3" t="n">
+        <x:v>105765</x:v>
+      </x:c>
+      <x:c r="DU16" s="3" t="n">
+        <x:v>105578</x:v>
+      </x:c>
+      <x:c r="DV16" s="3" t="n">
+        <x:v>108532</x:v>
+      </x:c>
+      <x:c r="DW16" s="3" t="n">
+        <x:v>108905</x:v>
+      </x:c>
+      <x:c r="DX16" s="3" t="n">
+        <x:v>110024</x:v>
+      </x:c>
+      <x:c r="DY16" s="3" t="n">
+        <x:v>109380</x:v>
+      </x:c>
+      <x:c r="DZ16" s="3" t="n">
+        <x:v>113234</x:v>
+      </x:c>
+      <x:c r="EA16" s="3" t="n">
+        <x:v>112462</x:v>
+      </x:c>
+      <x:c r="EB16" s="3" t="n">
+        <x:v>112804</x:v>
+      </x:c>
+      <x:c r="EC16" s="3" t="n">
+        <x:v>113158</x:v>
+      </x:c>
+      <x:c r="ED16" s="3" t="n">
+        <x:v>115022</x:v>
+      </x:c>
+      <x:c r="EE16" s="3" t="n">
+        <x:v>115419</x:v>
+      </x:c>
+      <x:c r="EF16" s="3" t="n">
+        <x:v>115987</x:v>
+      </x:c>
+      <x:c r="EG16" s="3" t="n">
+        <x:v>115448</x:v>
+      </x:c>
+      <x:c r="EH16" s="3" t="n">
+        <x:v>116592</x:v>
+      </x:c>
+      <x:c r="EI16" s="3" t="n">
+        <x:v>117224</x:v>
+      </x:c>
+      <x:c r="EJ16" s="3" t="n">
+        <x:v>117768</x:v>
+      </x:c>
+      <x:c r="EK16" s="3" t="n">
+        <x:v>117293</x:v>
+      </x:c>
+      <x:c r="EL16" s="3" t="n">
+        <x:v>117719</x:v>
+      </x:c>
+      <x:c r="EM16" s="3" t="n">
+        <x:v>118153</x:v>
+      </x:c>
+      <x:c r="EN16" s="3" t="n">
+        <x:v>118906</x:v>
+      </x:c>
+      <x:c r="EO16" s="3" t="n">
+        <x:v>119507</x:v>
+      </x:c>
+      <x:c r="EP16" s="3" t="n">
+        <x:v>119217</x:v>
+      </x:c>
+      <x:c r="EQ16" s="3" t="n">
+        <x:v>119708</x:v>
+      </x:c>
+      <x:c r="ER16" s="3" t="n">
+        <x:v>120408</x:v>
+      </x:c>
+      <x:c r="ES16" s="3" t="n">
+        <x:v>121108</x:v>
+      </x:c>
+      <x:c r="ET16" s="3" t="n">
+        <x:v>121128</x:v>
+      </x:c>
+      <x:c r="EU16" s="3" t="n">
+        <x:v>123032</x:v>
+      </x:c>
+      <x:c r="EV16" s="3" t="n">
+        <x:v>122750</x:v>
+      </x:c>
+      <x:c r="EW16" s="3" t="n">
+        <x:v>121559</x:v>
+      </x:c>
+      <x:c r="EX16" s="3" t="n">
+        <x:v>122946</x:v>
+      </x:c>
+      <x:c r="EY16" s="3" t="n">
+        <x:v>124721</x:v>
+      </x:c>
+      <x:c r="EZ16" s="3" t="n">
+        <x:v>126156</x:v>
+      </x:c>
+      <x:c r="FA16" s="3" t="n">
+        <x:v>125926</x:v>
+      </x:c>
+      <x:c r="FB16" s="3" t="n">
+        <x:v>126992</x:v>
+      </x:c>
+      <x:c r="FC16" s="3" t="n">
+        <x:v>127699</x:v>
+      </x:c>
+      <x:c r="FD16" s="3" t="n">
+        <x:v>127731</x:v>
+      </x:c>
+      <x:c r="FE16" s="3" t="n">
+        <x:v>128701</x:v>
+      </x:c>
+      <x:c r="FF16" s="3" t="n">
+        <x:v>128876</x:v>
+      </x:c>
+      <x:c r="FG16" s="3" t="n">
+        <x:v>129033</x:v>
+      </x:c>
+      <x:c r="FH16" s="3" t="n">
+        <x:v>128500</x:v>
+      </x:c>
+      <x:c r="FI16" s="3" t="n">
+        <x:v>129286</x:v>
+      </x:c>
+      <x:c r="FJ16" s="3" t="n">
+        <x:v>129177</x:v>
+      </x:c>
+      <x:c r="FK16" s="3" t="n">
+        <x:v>129268</x:v>
+      </x:c>
+      <x:c r="FL16" s="3" t="n">
+        <x:v>129734</x:v>
+      </x:c>
+      <x:c r="FM16" s="3" t="n">
+        <x:v>130659</x:v>
+      </x:c>
+      <x:c r="FN16" s="3" t="n">
+        <x:v>129654</x:v>
+      </x:c>
+      <x:c r="FO16" s="3" t="n">
+        <x:v>125118</x:v>
+      </x:c>
+      <x:c r="FP16" s="3" t="n">
+        <x:v>129837</x:v>
+      </x:c>
+      <x:c r="FQ16" s="3" t="n">
+        <x:v>131696</x:v>
+      </x:c>
+      <x:c r="FR16" s="3" t="n">
+        <x:v>131309</x:v>
+      </x:c>
+      <x:c r="FS16" s="3" t="n">
+        <x:v>132806</x:v>
+      </x:c>
+      <x:c r="FT16" s="3" t="n">
+        <x:v>135512</x:v>
+      </x:c>
+      <x:c r="FU16" s="3" t="n">
+        <x:v>134696</x:v>
+      </x:c>
+      <x:c r="FV16" s="3" t="n">
+        <x:v>135685</x:v>
+      </x:c>
+      <x:c r="FW16" s="3" t="n">
+        <x:v>134961</x:v>
+      </x:c>
+      <x:c r="FX16" s="3" t="n">
+        <x:v>135171</x:v>
+      </x:c>
+      <x:c r="FY16" s="3" t="n">
+        <x:v>135613</x:v>
+      </x:c>
+      <x:c r="FZ16" s="3" t="n">
+        <x:v>137444</x:v>
+      </x:c>
+      <x:c r="GA16" s="3" t="n">
+        <x:v>138141</x:v>
+      </x:c>
+      <x:c r="GB16" s="3" t="n">
+        <x:v>138901</x:v>
+      </x:c>
+      <x:c r="GC16" s="3" t="n">
+        <x:v>139232</x:v>
+      </x:c>
+      <x:c r="GD16" s="3" t="n">
+        <x:v>138956</x:v>
+      </x:c>
+      <x:c r="GE16" s="3" t="n">
+        <x:v>139194</x:v>
+      </x:c>
+      <x:c r="GF16" s="3" t="n">
+        <x:v>139675</x:v>
+      </x:c>
+      <x:c r="GG16" s="3" t="n">
+        <x:v>139864</x:v>
+      </x:c>
+      <x:c r="GH16" s="3" t="n">
+        <x:v>139890</x:v>
+      </x:c>
+      <x:c r="GI16" s="3" t="n">
+        <x:v>140034</x:v>
+      </x:c>
+      <x:c r="GJ16" s="3" t="n">
+        <x:v>139536</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:192">
+      <x:c r="A17" s="2" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B17" s="3" t="n">
+        <x:v>109024</x:v>
+      </x:c>
+      <x:c r="C17" s="3" t="n">
+        <x:v>106424</x:v>
+      </x:c>
+      <x:c r="D17" s="3" t="n">
+        <x:v>105923</x:v>
+      </x:c>
+      <x:c r="E17" s="3" t="n">
+        <x:v>111004</x:v>
+      </x:c>
+      <x:c r="F17" s="3" t="n">
+        <x:v>105950</x:v>
+      </x:c>
+      <x:c r="G17" s="3" t="n">
+        <x:v>113061</x:v>
+      </x:c>
+      <x:c r="H17" s="3" t="n">
+        <x:v>113303</x:v>
+      </x:c>
+      <x:c r="I17" s="3" t="n">
+        <x:v>108377</x:v>
+      </x:c>
+      <x:c r="J17" s="3" t="n">
+        <x:v>104529</x:v>
+      </x:c>
+      <x:c r="K17" s="3" t="n">
+        <x:v>109337</x:v>
+      </x:c>
+      <x:c r="L17" s="3" t="n">
+        <x:v>112403</x:v>
+      </x:c>
+      <x:c r="M17" s="3" t="n">
+        <x:v>109090</x:v>
+      </x:c>
+      <x:c r="N17" s="3" t="n">
+        <x:v>114747</x:v>
+      </x:c>
+      <x:c r="O17" s="3" t="n">
+        <x:v>111074</x:v>
+      </x:c>
+      <x:c r="P17" s="3" t="n">
+        <x:v>115883</x:v>
+      </x:c>
+      <x:c r="Q17" s="3" t="n">
+        <x:v>115626</x:v>
+      </x:c>
+      <x:c r="R17" s="3" t="n">
+        <x:v>119772</x:v>
+      </x:c>
+      <x:c r="S17" s="3" t="n">
+        <x:v>112663</x:v>
+      </x:c>
+      <x:c r="T17" s="3" t="n">
+        <x:v>113128</x:v>
+      </x:c>
+      <x:c r="U17" s="3" t="n">
+        <x:v>115621</x:v>
+      </x:c>
+      <x:c r="V17" s="3" t="n">
+        <x:v>124348</x:v>
+      </x:c>
+      <x:c r="W17" s="3" t="n">
+        <x:v>121583</x:v>
+      </x:c>
+      <x:c r="X17" s="3" t="n">
+        <x:v>117725</x:v>
+      </x:c>
+      <x:c r="Y17" s="3" t="n">
+        <x:v>122681</x:v>
+      </x:c>
+      <x:c r="Z17" s="3" t="n">
+        <x:v>121632</x:v>
+      </x:c>
+      <x:c r="AA17" s="3" t="n">
+        <x:v>127778</x:v>
+      </x:c>
+      <x:c r="AB17" s="3" t="n">
+        <x:v>124314</x:v>
+      </x:c>
+      <x:c r="AC17" s="3" t="n">
+        <x:v>118878</x:v>
+      </x:c>
+      <x:c r="AD17" s="3" t="n">
+        <x:v>125113</x:v>
+      </x:c>
+      <x:c r="AE17" s="3" t="n">
+        <x:v>119883</x:v>
+      </x:c>
+      <x:c r="AF17" s="3" t="n">
+        <x:v>125182</x:v>
+      </x:c>
+      <x:c r="AG17" s="3" t="n">
+        <x:v>106839</x:v>
+      </x:c>
+      <x:c r="AH17" s="3" t="n">
+        <x:v>128572</x:v>
+      </x:c>
+      <x:c r="AI17" s="3" t="n">
+        <x:v>132952</x:v>
+      </x:c>
+      <x:c r="AJ17" s="3" t="n">
+        <x:v>128718</x:v>
+      </x:c>
+      <x:c r="AK17" s="3" t="n">
+        <x:v>122346</x:v>
+      </x:c>
+      <x:c r="AL17" s="3" t="n">
+        <x:v>124931</x:v>
+      </x:c>
+      <x:c r="AM17" s="3" t="n">
+        <x:v>124232</x:v>
+      </x:c>
+      <x:c r="AN17" s="3" t="n">
+        <x:v>135751</x:v>
+      </x:c>
+      <x:c r="AO17" s="3" t="n">
+        <x:v>131509</x:v>
+      </x:c>
+      <x:c r="AP17" s="3" t="n">
+        <x:v>126035</x:v>
+      </x:c>
+      <x:c r="AQ17" s="3" t="n">
+        <x:v>131300</x:v>
+      </x:c>
+      <x:c r="AR17" s="3" t="n">
+        <x:v>124746</x:v>
+      </x:c>
+      <x:c r="AS17" s="3" t="n">
+        <x:v>129209</x:v>
+      </x:c>
+      <x:c r="AT17" s="3" t="n">
+        <x:v>115382</x:v>
+      </x:c>
+      <x:c r="AU17" s="3" t="n">
+        <x:v>116769</x:v>
+      </x:c>
+      <x:c r="AV17" s="3" t="n">
+        <x:v>118346</x:v>
+      </x:c>
+      <x:c r="AW17" s="3" t="n">
+        <x:v>126374</x:v>
+      </x:c>
+      <x:c r="AX17" s="3" t="n">
+        <x:v>120648</x:v>
+      </x:c>
+      <x:c r="AY17" s="3" t="n">
+        <x:v>108401</x:v>
+      </x:c>
+      <x:c r="AZ17" s="3" t="n">
+        <x:v>98939</x:v>
+      </x:c>
+      <x:c r="BA17" s="3" t="n">
+        <x:v>99781</x:v>
+      </x:c>
+      <x:c r="BB17" s="3" t="n">
+        <x:v>108596</x:v>
+      </x:c>
+      <x:c r="BC17" s="3" t="n">
+        <x:v>101658</x:v>
+      </x:c>
+      <x:c r="BD17" s="3" t="n">
+        <x:v>113456</x:v>
+      </x:c>
+      <x:c r="BE17" s="3" t="n">
+        <x:v>102471</x:v>
+      </x:c>
+      <x:c r="BF17" s="3" t="n">
+        <x:v>92458</x:v>
+      </x:c>
+      <x:c r="BG17" s="3" t="n">
+        <x:v>106272</x:v>
+      </x:c>
+      <x:c r="BH17" s="3" t="n">
+        <x:v>105545</x:v>
+      </x:c>
+      <x:c r="BI17" s="3" t="n">
+        <x:v>113472</x:v>
+      </x:c>
+      <x:c r="BJ17" s="3" t="n">
+        <x:v>104082</x:v>
+      </x:c>
+      <x:c r="BK17" s="3" t="n">
+        <x:v>109452</x:v>
+      </x:c>
+      <x:c r="BL17" s="3" t="n">
+        <x:v>112229</x:v>
+      </x:c>
+      <x:c r="BM17" s="3" t="n">
+        <x:v>115517</x:v>
+      </x:c>
+      <x:c r="BN17" s="3" t="n">
+        <x:v>109705</x:v>
+      </x:c>
+      <x:c r="BO17" s="3" t="n">
+        <x:v>119398</x:v>
+      </x:c>
+      <x:c r="BP17" s="3" t="n">
+        <x:v>115693</x:v>
+      </x:c>
+      <x:c r="BQ17" s="3" t="n">
+        <x:v>118147</x:v>
+      </x:c>
+      <x:c r="BR17" s="3" t="n">
+        <x:v>116092</x:v>
+      </x:c>
+      <x:c r="BS17" s="3" t="n">
+        <x:v>116329</x:v>
+      </x:c>
+      <x:c r="BT17" s="3" t="n">
+        <x:v>119268</x:v>
+      </x:c>
+      <x:c r="BU17" s="3" t="n">
+        <x:v>126985</x:v>
+      </x:c>
+      <x:c r="BV17" s="3" t="n">
+        <x:v>135248</x:v>
+      </x:c>
+      <x:c r="BW17" s="3" t="n">
+        <x:v>133973</x:v>
+      </x:c>
+      <x:c r="BX17" s="3" t="n">
+        <x:v>127615</x:v>
+      </x:c>
+      <x:c r="BY17" s="3" t="n">
+        <x:v>125811</x:v>
+      </x:c>
+      <x:c r="BZ17" s="3" t="n">
+        <x:v>139856</x:v>
+      </x:c>
+      <x:c r="CA17" s="3" t="n">
+        <x:v>154424</x:v>
+      </x:c>
+      <x:c r="CB17" s="3" t="n">
+        <x:v>151189</x:v>
+      </x:c>
+      <x:c r="CC17" s="3" t="n">
+        <x:v>154341</x:v>
+      </x:c>
+      <x:c r="CD17" s="3" t="n">
+        <x:v>158413</x:v>
+      </x:c>
+      <x:c r="CE17" s="3" t="n">
+        <x:v>163525</x:v>
+      </x:c>
+      <x:c r="CF17" s="3" t="n">
+        <x:v>170492</x:v>
+      </x:c>
+      <x:c r="CG17" s="3" t="n">
+        <x:v>180963</x:v>
+      </x:c>
+      <x:c r="CH17" s="3" t="n">
+        <x:v>149911</x:v>
+      </x:c>
+      <x:c r="CI17" s="3" t="n">
+        <x:v>158572</x:v>
+      </x:c>
+      <x:c r="CJ17" s="3" t="n">
+        <x:v>161355</x:v>
+      </x:c>
+      <x:c r="CK17" s="3" t="n">
+        <x:v>170823</x:v>
+      </x:c>
+      <x:c r="CL17" s="3" t="n">
+        <x:v>158544</x:v>
+      </x:c>
+      <x:c r="CM17" s="3" t="n">
+        <x:v>156505</x:v>
+      </x:c>
+      <x:c r="CN17" s="3" t="n">
+        <x:v>151073</x:v>
+      </x:c>
+      <x:c r="CO17" s="3" t="n">
+        <x:v>153561</x:v>
+      </x:c>
+      <x:c r="CP17" s="3" t="n">
+        <x:v>157764</x:v>
+      </x:c>
+      <x:c r="CQ17" s="3" t="n">
+        <x:v>154636</x:v>
+      </x:c>
+      <x:c r="CR17" s="3" t="n">
+        <x:v>157082</x:v>
+      </x:c>
+      <x:c r="CS17" s="3" t="n">
+        <x:v>149343</x:v>
+      </x:c>
+      <x:c r="CT17" s="3" t="n">
+        <x:v>154651</x:v>
+      </x:c>
+      <x:c r="CU17" s="3" t="n">
+        <x:v>151810</x:v>
+      </x:c>
+      <x:c r="CV17" s="3" t="n">
+        <x:v>157200</x:v>
+      </x:c>
+      <x:c r="CW17" s="3" t="n">
+        <x:v>156514</x:v>
+      </x:c>
+      <x:c r="CX17" s="3" t="n">
+        <x:v>160188</x:v>
+      </x:c>
+      <x:c r="CY17" s="3" t="n">
+        <x:v>155635</x:v>
+      </x:c>
+      <x:c r="CZ17" s="3" t="n">
+        <x:v>158823</x:v>
+      </x:c>
+      <x:c r="DA17" s="3" t="n">
+        <x:v>148195</x:v>
+      </x:c>
+      <x:c r="DB17" s="3" t="n">
+        <x:v>165028</x:v>
+      </x:c>
+      <x:c r="DC17" s="3" t="n">
+        <x:v>168123</x:v>
+      </x:c>
+      <x:c r="DD17" s="3" t="n">
+        <x:v>176768</x:v>
+      </x:c>
+      <x:c r="DE17" s="3" t="n">
+        <x:v>187674</x:v>
+      </x:c>
+      <x:c r="DF17" s="3" t="n">
+        <x:v>184306</x:v>
+      </x:c>
+      <x:c r="DG17" s="3" t="n">
+        <x:v>191647</x:v>
+      </x:c>
+      <x:c r="DH17" s="3" t="n">
+        <x:v>191525</x:v>
+      </x:c>
+      <x:c r="DI17" s="3" t="n">
+        <x:v>204622</x:v>
+      </x:c>
+      <x:c r="DJ17" s="3" t="n">
+        <x:v>205338</x:v>
+      </x:c>
+      <x:c r="DK17" s="3" t="n">
+        <x:v>216655</x:v>
+      </x:c>
+      <x:c r="DL17" s="3" t="n">
+        <x:v>215932</x:v>
+      </x:c>
+      <x:c r="DM17" s="3" t="n">
+        <x:v>215463</x:v>
+      </x:c>
+      <x:c r="DN17" s="3" t="n">
+        <x:v>231276</x:v>
+      </x:c>
+      <x:c r="DO17" s="3" t="n">
+        <x:v>239740</x:v>
+      </x:c>
+      <x:c r="DP17" s="3" t="n">
+        <x:v>246299</x:v>
+      </x:c>
+      <x:c r="DQ17" s="3" t="n">
+        <x:v>252131</x:v>
+      </x:c>
+      <x:c r="DR17" s="3" t="n">
+        <x:v>249346</x:v>
+      </x:c>
+      <x:c r="DS17" s="3" t="n">
+        <x:v>246470</x:v>
+      </x:c>
+      <x:c r="DT17" s="3" t="n">
+        <x:v>252233</x:v>
+      </x:c>
+      <x:c r="DU17" s="3" t="n">
+        <x:v>248701</x:v>
+      </x:c>
+      <x:c r="DV17" s="3" t="n">
+        <x:v>233594</x:v>
+      </x:c>
+      <x:c r="DW17" s="3" t="n">
+        <x:v>228846</x:v>
+      </x:c>
+      <x:c r="DX17" s="3" t="n">
+        <x:v>223741</x:v>
+      </x:c>
+      <x:c r="DY17" s="3" t="n">
+        <x:v>236243</x:v>
+      </x:c>
+      <x:c r="DZ17" s="3" t="n">
+        <x:v>212176</x:v>
+      </x:c>
+      <x:c r="EA17" s="3" t="n">
+        <x:v>215546</x:v>
+      </x:c>
+      <x:c r="EB17" s="3" t="n">
+        <x:v>212372</x:v>
+      </x:c>
+      <x:c r="EC17" s="3" t="n">
+        <x:v>219791</x:v>
+      </x:c>
+      <x:c r="ED17" s="3" t="n">
+        <x:v>234559</x:v>
+      </x:c>
+      <x:c r="EE17" s="3" t="n">
+        <x:v>228336</x:v>
+      </x:c>
+      <x:c r="EF17" s="3" t="n">
+        <x:v>233456</x:v>
+      </x:c>
+      <x:c r="EG17" s="3" t="n">
+        <x:v>236093</x:v>
+      </x:c>
+      <x:c r="EH17" s="3" t="n">
+        <x:v>240979</x:v>
+      </x:c>
+      <x:c r="EI17" s="3" t="n">
+        <x:v>243395</x:v>
+      </x:c>
+      <x:c r="EJ17" s="3" t="n">
+        <x:v>253892</x:v>
+      </x:c>
+      <x:c r="EK17" s="3" t="n">
+        <x:v>264999</x:v>
+      </x:c>
+      <x:c r="EL17" s="3" t="n">
+        <x:v>255878</x:v>
+      </x:c>
+      <x:c r="EM17" s="3" t="n">
+        <x:v>268158</x:v>
+      </x:c>
+      <x:c r="EN17" s="3" t="n">
+        <x:v>271064</x:v>
+      </x:c>
+      <x:c r="EO17" s="3" t="n">
+        <x:v>272119</x:v>
+      </x:c>
+      <x:c r="EP17" s="3" t="n">
+        <x:v>269330</x:v>
+      </x:c>
+      <x:c r="EQ17" s="3" t="n">
+        <x:v>271708</x:v>
+      </x:c>
+      <x:c r="ER17" s="3" t="n">
+        <x:v>268427</x:v>
+      </x:c>
+      <x:c r="ES17" s="3" t="n">
+        <x:v>263997</x:v>
+      </x:c>
+      <x:c r="ET17" s="3" t="n">
+        <x:v>260942</x:v>
+      </x:c>
+      <x:c r="EU17" s="3" t="n">
+        <x:v>260869</x:v>
+      </x:c>
+      <x:c r="EV17" s="3" t="n">
+        <x:v>256421</x:v>
+      </x:c>
+      <x:c r="EW17" s="3" t="n">
+        <x:v>256032</x:v>
+      </x:c>
+      <x:c r="EX17" s="3" t="n">
+        <x:v>262764</x:v>
+      </x:c>
+      <x:c r="EY17" s="3" t="n">
+        <x:v>271659</x:v>
+      </x:c>
+      <x:c r="EZ17" s="3" t="n">
+        <x:v>278165</x:v>
+      </x:c>
+      <x:c r="FA17" s="3" t="n">
+        <x:v>272041</x:v>
+      </x:c>
+      <x:c r="FB17" s="3" t="n">
+        <x:v>281530</x:v>
+      </x:c>
+      <x:c r="FC17" s="3" t="n">
+        <x:v>276551</x:v>
+      </x:c>
+      <x:c r="FD17" s="3" t="n">
+        <x:v>275949</x:v>
+      </x:c>
+      <x:c r="FE17" s="3" t="n">
+        <x:v>277822</x:v>
+      </x:c>
+      <x:c r="FF17" s="3" t="n">
+        <x:v>276568</x:v>
+      </x:c>
+      <x:c r="FG17" s="3" t="n">
+        <x:v>283428</x:v>
+      </x:c>
+      <x:c r="FH17" s="3" t="n">
+        <x:v>287530</x:v>
+      </x:c>
+      <x:c r="FI17" s="3" t="n">
+        <x:v>289710</x:v>
+      </x:c>
+      <x:c r="FJ17" s="3" t="n">
+        <x:v>304933</x:v>
+      </x:c>
+      <x:c r="FK17" s="3" t="n">
+        <x:v>312313</x:v>
+      </x:c>
+      <x:c r="FL17" s="3" t="n">
+        <x:v>321660</x:v>
+      </x:c>
+      <x:c r="FM17" s="3" t="n">
+        <x:v>319832</x:v>
+      </x:c>
+      <x:c r="FN17" s="3" t="n">
+        <x:v>311912</x:v>
+      </x:c>
+      <x:c r="FO17" s="3" t="n">
+        <x:v>298232</x:v>
+      </x:c>
+      <x:c r="FP17" s="3" t="n">
+        <x:v>301172</x:v>
+      </x:c>
+      <x:c r="FQ17" s="3" t="n">
+        <x:v>299912</x:v>
+      </x:c>
+      <x:c r="FR17" s="3" t="n">
+        <x:v>314144</x:v>
+      </x:c>
+      <x:c r="FS17" s="3" t="n">
+        <x:v>302503</x:v>
+      </x:c>
+      <x:c r="FT17" s="3" t="n">
+        <x:v>304685</x:v>
+      </x:c>
+      <x:c r="FU17" s="3" t="n">
+        <x:v>308673</x:v>
+      </x:c>
+      <x:c r="FV17" s="3" t="n">
+        <x:v>311138</x:v>
+      </x:c>
+      <x:c r="FW17" s="3" t="n">
+        <x:v>305702</x:v>
+      </x:c>
+      <x:c r="FX17" s="3" t="n">
+        <x:v>307362</x:v>
+      </x:c>
+      <x:c r="FY17" s="3" t="n">
+        <x:v>303994</x:v>
+      </x:c>
+      <x:c r="FZ17" s="3" t="n">
+        <x:v>303689</x:v>
+      </x:c>
+      <x:c r="GA17" s="3" t="n">
+        <x:v>294124</x:v>
+      </x:c>
+      <x:c r="GB17" s="3" t="n">
+        <x:v>299532</x:v>
+      </x:c>
+      <x:c r="GC17" s="3" t="n">
+        <x:v>299932</x:v>
+      </x:c>
+      <x:c r="GD17" s="3" t="n">
+        <x:v>283110</x:v>
+      </x:c>
+      <x:c r="GE17" s="3" t="n">
+        <x:v>292545</x:v>
+      </x:c>
+      <x:c r="GF17" s="3" t="n">
+        <x:v>299580</x:v>
+      </x:c>
+      <x:c r="GG17" s="3" t="n">
+        <x:v>305320</x:v>
+      </x:c>
+      <x:c r="GH17" s="3" t="n">
+        <x:v>287576</x:v>
+      </x:c>
+      <x:c r="GI17" s="3" t="n">
+        <x:v>297420</x:v>
+      </x:c>
+      <x:c r="GJ17" s="3" t="n">
+        <x:v>293416</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:192">
+      <x:c r="A18" s="2" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="B18" s="3" t="n">
+        <x:v>12256</x:v>
+      </x:c>
+      <x:c r="C18" s="3" t="n">
+        <x:v>10155</x:v>
+      </x:c>
+      <x:c r="D18" s="3" t="n">
+        <x:v>11139</x:v>
+      </x:c>
+      <x:c r="E18" s="3" t="n">
+        <x:v>11643</x:v>
+      </x:c>
+      <x:c r="F18" s="3" t="n">
+        <x:v>14993</x:v>
+      </x:c>
+      <x:c r="G18" s="3" t="n">
+        <x:v>18326</x:v>
+      </x:c>
+      <x:c r="H18" s="3" t="n">
+        <x:v>17180</x:v>
+      </x:c>
+      <x:c r="I18" s="3" t="n">
+        <x:v>18640</x:v>
+      </x:c>
+      <x:c r="J18" s="3" t="n">
+        <x:v>15774</x:v>
+      </x:c>
+      <x:c r="K18" s="3" t="n">
+        <x:v>15706</x:v>
+      </x:c>
+      <x:c r="L18" s="3" t="n">
+        <x:v>16018</x:v>
+      </x:c>
+      <x:c r="M18" s="3" t="n">
+        <x:v>15595</x:v>
+      </x:c>
+      <x:c r="N18" s="3" t="n">
+        <x:v>14514</x:v>
+      </x:c>
+      <x:c r="O18" s="3" t="n">
+        <x:v>12298</x:v>
+      </x:c>
+      <x:c r="P18" s="3" t="n">
+        <x:v>15846</x:v>
+      </x:c>
+      <x:c r="Q18" s="3" t="n">
+        <x:v>14687</x:v>
+      </x:c>
+      <x:c r="R18" s="3" t="n">
+        <x:v>17851</x:v>
+      </x:c>
+      <x:c r="S18" s="3" t="n">
+        <x:v>16099</x:v>
+      </x:c>
+      <x:c r="T18" s="3" t="n">
+        <x:v>15690</x:v>
+      </x:c>
+      <x:c r="U18" s="3" t="n">
+        <x:v>16386</x:v>
+      </x:c>
+      <x:c r="V18" s="3" t="n">
+        <x:v>28503</x:v>
+      </x:c>
+      <x:c r="W18" s="3" t="n">
+        <x:v>29149</x:v>
+      </x:c>
+      <x:c r="X18" s="3" t="n">
+        <x:v>24504</x:v>
+      </x:c>
+      <x:c r="Y18" s="3" t="n">
+        <x:v>31425</x:v>
+      </x:c>
+      <x:c r="Z18" s="3" t="n">
+        <x:v>26637</x:v>
+      </x:c>
+      <x:c r="AA18" s="3" t="n">
+        <x:v>38103</x:v>
+      </x:c>
+      <x:c r="AB18" s="3" t="n">
+        <x:v>34271</x:v>
+      </x:c>
+      <x:c r="AC18" s="3" t="n">
+        <x:v>31015</x:v>
+      </x:c>
+      <x:c r="AD18" s="3" t="n">
+        <x:v>29495</x:v>
+      </x:c>
+      <x:c r="AE18" s="3" t="n">
+        <x:v>26022</x:v>
+      </x:c>
+      <x:c r="AF18" s="3" t="n">
+        <x:v>31377</x:v>
+      </x:c>
+      <x:c r="AG18" s="3" t="n">
+        <x:v>30585</x:v>
+      </x:c>
+      <x:c r="AH18" s="3" t="n">
+        <x:v>32958</x:v>
+      </x:c>
+      <x:c r="AI18" s="3" t="n">
+        <x:v>30450</x:v>
+      </x:c>
+      <x:c r="AJ18" s="3" t="n">
+        <x:v>25051</x:v>
+      </x:c>
+      <x:c r="AK18" s="3" t="n">
+        <x:v>24138</x:v>
+      </x:c>
+      <x:c r="AL18" s="3" t="n">
+        <x:v>24979</x:v>
+      </x:c>
+      <x:c r="AM18" s="3" t="n">
+        <x:v>26842</x:v>
+      </x:c>
+      <x:c r="AN18" s="3" t="n">
+        <x:v>29395</x:v>
+      </x:c>
+      <x:c r="AO18" s="3" t="n">
+        <x:v>24073</x:v>
+      </x:c>
+      <x:c r="AP18" s="3" t="n">
+        <x:v>18607</x:v>
+      </x:c>
+      <x:c r="AQ18" s="3" t="n">
+        <x:v>20653</x:v>
+      </x:c>
+      <x:c r="AR18" s="3" t="n">
+        <x:v>20902</x:v>
+      </x:c>
+      <x:c r="AS18" s="3" t="n">
+        <x:v>25370</x:v>
+      </x:c>
+      <x:c r="AT18" s="3" t="n">
+        <x:v>20744</x:v>
+      </x:c>
+      <x:c r="AU18" s="3" t="n">
+        <x:v>21770</x:v>
+      </x:c>
+      <x:c r="AV18" s="3" t="n">
+        <x:v>20540</x:v>
+      </x:c>
+      <x:c r="AW18" s="3" t="n">
+        <x:v>25642</x:v>
+      </x:c>
+      <x:c r="AX18" s="3" t="n">
+        <x:v>22312</x:v>
+      </x:c>
+      <x:c r="AY18" s="3" t="n">
+        <x:v>20652</x:v>
+      </x:c>
+      <x:c r="AZ18" s="3" t="n">
+        <x:v>21047</x:v>
+      </x:c>
+      <x:c r="BA18" s="3" t="n">
+        <x:v>22702</x:v>
+      </x:c>
+      <x:c r="BB18" s="3" t="n">
+        <x:v>26430</x:v>
+      </x:c>
+      <x:c r="BC18" s="3" t="n">
+        <x:v>26772</x:v>
+      </x:c>
+      <x:c r="BD18" s="3" t="n">
+        <x:v>29873</x:v>
+      </x:c>
+      <x:c r="BE18" s="3" t="n">
+        <x:v>30030</x:v>
+      </x:c>
+      <x:c r="BF18" s="3" t="n">
+        <x:v>30664</x:v>
+      </x:c>
+      <x:c r="BG18" s="3" t="n">
+        <x:v>30961</x:v>
+      </x:c>
+      <x:c r="BH18" s="3" t="n">
+        <x:v>32253</x:v>
+      </x:c>
+      <x:c r="BI18" s="3" t="n">
+        <x:v>32937</x:v>
+      </x:c>
+      <x:c r="BJ18" s="3" t="n">
+        <x:v>34333</x:v>
+      </x:c>
+      <x:c r="BK18" s="3" t="n">
+        <x:v>34942</x:v>
+      </x:c>
+      <x:c r="BL18" s="3" t="n">
+        <x:v>35230</x:v>
+      </x:c>
+      <x:c r="BM18" s="3" t="n">
+        <x:v>37346</x:v>
+      </x:c>
+      <x:c r="BN18" s="3" t="n">
+        <x:v>34271</x:v>
+      </x:c>
+      <x:c r="BO18" s="3" t="n">
+        <x:v>40130</x:v>
+      </x:c>
+      <x:c r="BP18" s="3" t="n">
+        <x:v>32575</x:v>
+      </x:c>
+      <x:c r="BQ18" s="3" t="n">
+        <x:v>27959</x:v>
+      </x:c>
+      <x:c r="BR18" s="3" t="n">
+        <x:v>28352</x:v>
+      </x:c>
+      <x:c r="BS18" s="3" t="n">
+        <x:v>27701</x:v>
+      </x:c>
+      <x:c r="BT18" s="3" t="n">
+        <x:v>29058</x:v>
+      </x:c>
+      <x:c r="BU18" s="3" t="n">
+        <x:v>30809</x:v>
+      </x:c>
+      <x:c r="BV18" s="3" t="n">
+        <x:v>26633</x:v>
+      </x:c>
+      <x:c r="BW18" s="3" t="n">
+        <x:v>26767</x:v>
+      </x:c>
+      <x:c r="BX18" s="3" t="n">
+        <x:v>27949</x:v>
+      </x:c>
+      <x:c r="BY18" s="3" t="n">
+        <x:v>28279</x:v>
+      </x:c>
+      <x:c r="BZ18" s="3" t="n">
+        <x:v>31787</x:v>
+      </x:c>
+      <x:c r="CA18" s="3" t="n">
+        <x:v>36143</x:v>
+      </x:c>
+      <x:c r="CB18" s="3" t="n">
+        <x:v>32922</x:v>
+      </x:c>
+      <x:c r="CC18" s="3" t="n">
+        <x:v>35211</x:v>
+      </x:c>
+      <x:c r="CD18" s="3" t="n">
+        <x:v>38147</x:v>
+      </x:c>
+      <x:c r="CE18" s="3" t="n">
+        <x:v>40843</x:v>
+      </x:c>
+      <x:c r="CF18" s="3" t="n">
+        <x:v>43191</x:v>
+      </x:c>
+      <x:c r="CG18" s="3" t="n">
+        <x:v>43342</x:v>
+      </x:c>
+      <x:c r="CH18" s="3" t="n">
+        <x:v>42016</x:v>
+      </x:c>
+      <x:c r="CI18" s="3" t="n">
+        <x:v>38990</x:v>
+      </x:c>
+      <x:c r="CJ18" s="3" t="n">
+        <x:v>35338</x:v>
+      </x:c>
+      <x:c r="CK18" s="3" t="n">
+        <x:v>28433</x:v>
+      </x:c>
+      <x:c r="CL18" s="3" t="n">
+        <x:v>30383</x:v>
+      </x:c>
+      <x:c r="CM18" s="3" t="n">
+        <x:v>28885</x:v>
+      </x:c>
+      <x:c r="CN18" s="3" t="n">
+        <x:v>27074</x:v>
+      </x:c>
+      <x:c r="CO18" s="3" t="n">
+        <x:v>26437</x:v>
+      </x:c>
+      <x:c r="CP18" s="3" t="n">
+        <x:v>26601</x:v>
+      </x:c>
+      <x:c r="CQ18" s="3" t="n">
+        <x:v>25846</x:v>
+      </x:c>
+      <x:c r="CR18" s="3" t="n">
+        <x:v>27176</x:v>
+      </x:c>
+      <x:c r="CS18" s="3" t="n">
+        <x:v>30185</x:v>
+      </x:c>
+      <x:c r="CT18" s="3" t="n">
+        <x:v>26468</x:v>
+      </x:c>
+      <x:c r="CU18" s="3" t="n">
+        <x:v>24615</x:v>
+      </x:c>
+      <x:c r="CV18" s="3" t="n">
+        <x:v>25807</x:v>
+      </x:c>
+      <x:c r="CW18" s="3" t="n">
+        <x:v>27427</x:v>
+      </x:c>
+      <x:c r="CX18" s="3" t="n">
+        <x:v>29725</x:v>
+      </x:c>
+      <x:c r="CY18" s="3" t="n">
+        <x:v>30388</x:v>
+      </x:c>
+      <x:c r="CZ18" s="3" t="n">
+        <x:v>30668</x:v>
+      </x:c>
+      <x:c r="DA18" s="3" t="n">
+        <x:v>28403</x:v>
+      </x:c>
+      <x:c r="DB18" s="3" t="n">
+        <x:v>32086</x:v>
+      </x:c>
+      <x:c r="DC18" s="3" t="n">
+        <x:v>32562</x:v>
+      </x:c>
+      <x:c r="DD18" s="3" t="n">
+        <x:v>32744</x:v>
+      </x:c>
+      <x:c r="DE18" s="3" t="n">
+        <x:v>34745</x:v>
+      </x:c>
+      <x:c r="DF18" s="3" t="n">
+        <x:v>37506</x:v>
+      </x:c>
+      <x:c r="DG18" s="3" t="n">
+        <x:v>39968</x:v>
+      </x:c>
+      <x:c r="DH18" s="3" t="n">
+        <x:v>38427</x:v>
+      </x:c>
+      <x:c r="DI18" s="3" t="n">
+        <x:v>42789</x:v>
+      </x:c>
+      <x:c r="DJ18" s="3" t="n">
+        <x:v>39202</x:v>
+      </x:c>
+      <x:c r="DK18" s="3" t="n">
+        <x:v>40656</x:v>
+      </x:c>
+      <x:c r="DL18" s="3" t="n">
+        <x:v>42362</x:v>
+      </x:c>
+      <x:c r="DM18" s="3" t="n">
+        <x:v>42314</x:v>
+      </x:c>
+      <x:c r="DN18" s="3" t="n">
+        <x:v>42025</x:v>
+      </x:c>
+      <x:c r="DO18" s="3" t="n">
+        <x:v>45121</x:v>
+      </x:c>
+      <x:c r="DP18" s="3" t="n">
+        <x:v>47100</x:v>
+      </x:c>
+      <x:c r="DQ18" s="3" t="n">
+        <x:v>46436</x:v>
+      </x:c>
+      <x:c r="DR18" s="3" t="n">
+        <x:v>46673</x:v>
+      </x:c>
+      <x:c r="DS18" s="3" t="n">
+        <x:v>46821</x:v>
+      </x:c>
+      <x:c r="DT18" s="3" t="n">
+        <x:v>50067</x:v>
+      </x:c>
+      <x:c r="DU18" s="3" t="n">
+        <x:v>47854</x:v>
+      </x:c>
+      <x:c r="DV18" s="3" t="n">
+        <x:v>52569</x:v>
+      </x:c>
+      <x:c r="DW18" s="3" t="n">
+        <x:v>49865</x:v>
+      </x:c>
+      <x:c r="DX18" s="3" t="n">
+        <x:v>47959</x:v>
+      </x:c>
+      <x:c r="DY18" s="3" t="n">
+        <x:v>47394</x:v>
+      </x:c>
+      <x:c r="DZ18" s="3" t="n">
+        <x:v>46105</x:v>
+      </x:c>
+      <x:c r="EA18" s="3" t="n">
+        <x:v>47287</x:v>
+      </x:c>
+      <x:c r="EB18" s="3" t="n">
+        <x:v>43069</x:v>
+      </x:c>
+      <x:c r="EC18" s="3" t="n">
+        <x:v>46206</x:v>
+      </x:c>
+      <x:c r="ED18" s="3" t="n">
+        <x:v>49961</x:v>
+      </x:c>
+      <x:c r="EE18" s="3" t="n">
+        <x:v>49047</x:v>
+      </x:c>
+      <x:c r="EF18" s="3" t="n">
+        <x:v>52858</x:v>
+      </x:c>
+      <x:c r="EG18" s="3" t="n">
+        <x:v>52502</x:v>
+      </x:c>
+      <x:c r="EH18" s="3" t="n">
+        <x:v>56043</x:v>
+      </x:c>
+      <x:c r="EI18" s="3" t="n">
+        <x:v>58286</x:v>
+      </x:c>
+      <x:c r="EJ18" s="3" t="n">
+        <x:v>58221</x:v>
+      </x:c>
+      <x:c r="EK18" s="3" t="n">
+        <x:v>62629</x:v>
+      </x:c>
+      <x:c r="EL18" s="3" t="n">
+        <x:v>65530</x:v>
+      </x:c>
+      <x:c r="EM18" s="3" t="n">
+        <x:v>69691</x:v>
+      </x:c>
+      <x:c r="EN18" s="3" t="n">
+        <x:v>73244</x:v>
+      </x:c>
+      <x:c r="EO18" s="3" t="n">
+        <x:v>72288</x:v>
+      </x:c>
+      <x:c r="EP18" s="3" t="n">
+        <x:v>72270</x:v>
+      </x:c>
+      <x:c r="EQ18" s="3" t="n">
+        <x:v>70688</x:v>
+      </x:c>
+      <x:c r="ER18" s="3" t="n">
+        <x:v>68575</x:v>
+      </x:c>
+      <x:c r="ES18" s="3" t="n">
+        <x:v>65257</x:v>
+      </x:c>
+      <x:c r="ET18" s="3" t="n">
+        <x:v>64553</x:v>
+      </x:c>
+      <x:c r="EU18" s="3" t="n">
+        <x:v>62790</x:v>
+      </x:c>
+      <x:c r="EV18" s="3" t="n">
+        <x:v>59298</x:v>
+      </x:c>
+      <x:c r="EW18" s="3" t="n">
+        <x:v>57154</x:v>
+      </x:c>
+      <x:c r="EX18" s="3" t="n">
+        <x:v>51981</x:v>
+      </x:c>
+      <x:c r="EY18" s="3" t="n">
+        <x:v>52634</x:v>
+      </x:c>
+      <x:c r="EZ18" s="3" t="n">
+        <x:v>51619</x:v>
+      </x:c>
+      <x:c r="FA18" s="3" t="n">
+        <x:v>49522</x:v>
+      </x:c>
+      <x:c r="FB18" s="3" t="n">
+        <x:v>49640</x:v>
+      </x:c>
+      <x:c r="FC18" s="3" t="n">
+        <x:v>50659</x:v>
+      </x:c>
+      <x:c r="FD18" s="3" t="n">
+        <x:v>46193</x:v>
+      </x:c>
+      <x:c r="FE18" s="3" t="n">
+        <x:v>48946</x:v>
+      </x:c>
+      <x:c r="FF18" s="3" t="n">
+        <x:v>44288</x:v>
+      </x:c>
+      <x:c r="FG18" s="3" t="n">
+        <x:v>49587</x:v>
+      </x:c>
+      <x:c r="FH18" s="3" t="n">
+        <x:v>51065</x:v>
+      </x:c>
+      <x:c r="FI18" s="3" t="n">
+        <x:v>52855</x:v>
+      </x:c>
+      <x:c r="FJ18" s="3" t="n">
+        <x:v>53056</x:v>
+      </x:c>
+      <x:c r="FK18" s="3" t="n">
+        <x:v>56835</x:v>
+      </x:c>
+      <x:c r="FL18" s="3" t="n">
+        <x:v>57623</x:v>
+      </x:c>
+      <x:c r="FM18" s="3" t="n">
+        <x:v>59617</x:v>
+      </x:c>
+      <x:c r="FN18" s="3" t="n">
+        <x:v>58191</x:v>
+      </x:c>
+      <x:c r="FO18" s="3" t="n">
+        <x:v>54137</x:v>
+      </x:c>
+      <x:c r="FP18" s="3" t="n">
+        <x:v>53212</x:v>
+      </x:c>
+      <x:c r="FQ18" s="3" t="n">
+        <x:v>54775</x:v>
+      </x:c>
+      <x:c r="FR18" s="3" t="n">
+        <x:v>54044</x:v>
+      </x:c>
+      <x:c r="FS18" s="3" t="n">
+        <x:v>54157</x:v>
+      </x:c>
+      <x:c r="FT18" s="3" t="n">
+        <x:v>54804</x:v>
+      </x:c>
+      <x:c r="FU18" s="3" t="n">
+        <x:v>56166</x:v>
+      </x:c>
+      <x:c r="FV18" s="3" t="n">
+        <x:v>51186</x:v>
+      </x:c>
+      <x:c r="FW18" s="3" t="n">
+        <x:v>52069</x:v>
+      </x:c>
+      <x:c r="FX18" s="3" t="n">
+        <x:v>51162</x:v>
+      </x:c>
+      <x:c r="FY18" s="3" t="n">
+        <x:v>52477</x:v>
+      </x:c>
+      <x:c r="FZ18" s="3" t="n">
+        <x:v>52574</x:v>
+      </x:c>
+      <x:c r="GA18" s="3" t="n">
+        <x:v>55852</x:v>
+      </x:c>
+      <x:c r="GB18" s="3" t="n">
+        <x:v>61158</x:v>
+      </x:c>
+      <x:c r="GC18" s="3" t="n">
+        <x:v>63437</x:v>
+      </x:c>
+      <x:c r="GD18" s="3" t="n">
+        <x:v>56845</x:v>
+      </x:c>
+      <x:c r="GE18" s="3" t="n">
+        <x:v>61888</x:v>
+      </x:c>
+      <x:c r="GF18" s="3" t="n">
+        <x:v>61653</x:v>
+      </x:c>
+      <x:c r="GG18" s="3" t="n">
+        <x:v>63848</x:v>
+      </x:c>
+      <x:c r="GH18" s="3" t="n">
+        <x:v>59751</x:v>
+      </x:c>
+      <x:c r="GI18" s="3" t="n">
+        <x:v>67206</x:v>
+      </x:c>
+      <x:c r="GJ18" s="3" t="n">
+        <x:v>66752</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:192">
+      <x:c r="A19" s="2" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="B19" s="3" t="n">
+        <x:v>13064</x:v>
+      </x:c>
+      <x:c r="C19" s="3" t="n">
+        <x:v>13575</x:v>
+      </x:c>
+      <x:c r="D19" s="3" t="n">
+        <x:v>9938</x:v>
+      </x:c>
+      <x:c r="E19" s="3" t="n">
+        <x:v>11016</x:v>
+      </x:c>
+      <x:c r="F19" s="3" t="n">
+        <x:v>13838</x:v>
+      </x:c>
+      <x:c r="G19" s="3" t="n">
+        <x:v>12389</x:v>
+      </x:c>
+      <x:c r="H19" s="3" t="n">
+        <x:v>11982</x:v>
+      </x:c>
+      <x:c r="I19" s="3" t="n">
+        <x:v>10432</x:v>
+      </x:c>
+      <x:c r="J19" s="3" t="n">
+        <x:v>8957</x:v>
+      </x:c>
+      <x:c r="K19" s="3" t="n">
+        <x:v>8152</x:v>
+      </x:c>
+      <x:c r="L19" s="3" t="n">
+        <x:v>7840</x:v>
+      </x:c>
+      <x:c r="M19" s="3" t="n">
+        <x:v>6312</x:v>
+      </x:c>
+      <x:c r="N19" s="3" t="n">
+        <x:v>14914</x:v>
+      </x:c>
+      <x:c r="O19" s="3" t="n">
+        <x:v>12543</x:v>
+      </x:c>
+      <x:c r="P19" s="3" t="n">
+        <x:v>14051</x:v>
+      </x:c>
+      <x:c r="Q19" s="3" t="n">
+        <x:v>14077</x:v>
+      </x:c>
+      <x:c r="R19" s="3" t="n">
+        <x:v>18037</x:v>
+      </x:c>
+      <x:c r="S19" s="3" t="n">
+        <x:v>19515</x:v>
+      </x:c>
+      <x:c r="T19" s="3" t="n">
+        <x:v>15262</x:v>
+      </x:c>
+      <x:c r="U19" s="3" t="n">
+        <x:v>17011</x:v>
+      </x:c>
+      <x:c r="V19" s="3" t="n">
+        <x:v>15969</x:v>
+      </x:c>
+      <x:c r="W19" s="3" t="n">
+        <x:v>12139</x:v>
+      </x:c>
+      <x:c r="X19" s="3" t="n">
+        <x:v>9858</x:v>
+      </x:c>
+      <x:c r="Y19" s="3" t="n">
+        <x:v>10130</x:v>
+      </x:c>
+      <x:c r="Z19" s="3" t="n">
+        <x:v>13307</x:v>
+      </x:c>
+      <x:c r="AA19" s="3" t="n">
+        <x:v>10164</x:v>
+      </x:c>
+      <x:c r="AB19" s="3" t="n">
+        <x:v>8760</x:v>
+      </x:c>
+      <x:c r="AC19" s="3" t="n">
+        <x:v>8118</x:v>
+      </x:c>
+      <x:c r="AD19" s="3" t="n">
+        <x:v>16401</x:v>
+      </x:c>
+      <x:c r="AE19" s="3" t="n">
+        <x:v>14458</x:v>
+      </x:c>
+      <x:c r="AF19" s="3" t="n">
+        <x:v>12456</x:v>
+      </x:c>
+      <x:c r="AG19" s="3" t="n">
+        <x:v>6574</x:v>
+      </x:c>
+      <x:c r="AH19" s="3" t="n">
+        <x:v>7543</x:v>
+      </x:c>
+      <x:c r="AI19" s="3" t="n">
+        <x:v>11320</x:v>
+      </x:c>
+      <x:c r="AJ19" s="3" t="n">
+        <x:v>10232</x:v>
+      </x:c>
+      <x:c r="AK19" s="3" t="n">
+        <x:v>5082</x:v>
+      </x:c>
+      <x:c r="AL19" s="3" t="n">
+        <x:v>3329</x:v>
+      </x:c>
+      <x:c r="AM19" s="3" t="n">
+        <x:v>4080</x:v>
+      </x:c>
+      <x:c r="AN19" s="3" t="n">
+        <x:v>11030</x:v>
+      </x:c>
+      <x:c r="AO19" s="3" t="n">
+        <x:v>13645</x:v>
+      </x:c>
+      <x:c r="AP19" s="3" t="n">
+        <x:v>9369</x:v>
+      </x:c>
+      <x:c r="AQ19" s="3" t="n">
+        <x:v>10632</x:v>
+      </x:c>
+      <x:c r="AR19" s="3" t="n">
+        <x:v>9807</x:v>
+      </x:c>
+      <x:c r="AS19" s="3" t="n">
+        <x:v>15419</x:v>
+      </x:c>
+      <x:c r="AT19" s="3" t="n">
+        <x:v>14197</x:v>
+      </x:c>
+      <x:c r="AU19" s="3" t="n">
+        <x:v>14034</x:v>
+      </x:c>
+      <x:c r="AV19" s="3" t="n">
+        <x:v>13835</x:v>
+      </x:c>
+      <x:c r="AW19" s="3" t="n">
+        <x:v>21763</x:v>
+      </x:c>
+      <x:c r="AX19" s="3" t="n">
+        <x:v>14264</x:v>
+      </x:c>
+      <x:c r="AY19" s="3" t="n">
+        <x:v>15517</x:v>
+      </x:c>
+      <x:c r="AZ19" s="3" t="n">
+        <x:v>8963</x:v>
+      </x:c>
+      <x:c r="BA19" s="3" t="n">
+        <x:v>4327</x:v>
+      </x:c>
+      <x:c r="BB19" s="3" t="n">
+        <x:v>13828</x:v>
+      </x:c>
+      <x:c r="BC19" s="3" t="n">
+        <x:v>7176</x:v>
+      </x:c>
+      <x:c r="BD19" s="3" t="n">
+        <x:v>6887</x:v>
+      </x:c>
+      <x:c r="BE19" s="3" t="n">
+        <x:v>11678</x:v>
+      </x:c>
+      <x:c r="BF19" s="3" t="n">
+        <x:v>2730</x:v>
+      </x:c>
+      <x:c r="BG19" s="3" t="n">
+        <x:v>7331</x:v>
+      </x:c>
+      <x:c r="BH19" s="3" t="n">
+        <x:v>6920</x:v>
+      </x:c>
+      <x:c r="BI19" s="3" t="n">
+        <x:v>5501</x:v>
+      </x:c>
+      <x:c r="BJ19" s="3" t="n">
+        <x:v>9299</x:v>
+      </x:c>
+      <x:c r="BK19" s="3" t="n">
+        <x:v>4436</x:v>
+      </x:c>
+      <x:c r="BL19" s="3" t="n">
+        <x:v>9580</x:v>
+      </x:c>
+      <x:c r="BM19" s="3" t="n">
+        <x:v>9861</x:v>
+      </x:c>
+      <x:c r="BN19" s="3" t="n">
+        <x:v>9396</x:v>
+      </x:c>
+      <x:c r="BO19" s="3" t="n">
+        <x:v>9185</x:v>
+      </x:c>
+      <x:c r="BP19" s="3" t="n">
+        <x:v>5825</x:v>
+      </x:c>
+      <x:c r="BQ19" s="3" t="n">
+        <x:v>4061</x:v>
+      </x:c>
+      <x:c r="BR19" s="3" t="n">
+        <x:v>7478</x:v>
+      </x:c>
+      <x:c r="BS19" s="3" t="n">
+        <x:v>6317</x:v>
+      </x:c>
+      <x:c r="BT19" s="3" t="n">
+        <x:v>4121</x:v>
+      </x:c>
+      <x:c r="BU19" s="3" t="n">
+        <x:v>8540</x:v>
+      </x:c>
+      <x:c r="BV19" s="3" t="n">
+        <x:v>5761</x:v>
+      </x:c>
+      <x:c r="BW19" s="3" t="n">
+        <x:v>5894</x:v>
+      </x:c>
+      <x:c r="BX19" s="3" t="n">
+        <x:v>7166</x:v>
+      </x:c>
+      <x:c r="BY19" s="3" t="n">
+        <x:v>7447</x:v>
+      </x:c>
+      <x:c r="BZ19" s="3" t="n">
+        <x:v>10182</x:v>
+      </x:c>
+      <x:c r="CA19" s="3" t="n">
+        <x:v>10392</x:v>
+      </x:c>
+      <x:c r="CB19" s="3" t="n">
+        <x:v>10986</x:v>
+      </x:c>
+      <x:c r="CC19" s="3" t="n">
+        <x:v>9090</x:v>
+      </x:c>
+      <x:c r="CD19" s="3" t="n">
+        <x:v>13068</x:v>
+      </x:c>
+      <x:c r="CE19" s="3" t="n">
+        <x:v>8900</x:v>
+      </x:c>
+      <x:c r="CF19" s="3" t="n">
+        <x:v>10122</x:v>
+      </x:c>
+      <x:c r="CG19" s="3" t="n">
+        <x:v>10975</x:v>
+      </x:c>
+      <x:c r="CH19" s="3" t="n">
+        <x:v>6840</x:v>
+      </x:c>
+      <x:c r="CI19" s="3" t="n">
+        <x:v>6172</x:v>
+      </x:c>
+      <x:c r="CJ19" s="3" t="n">
+        <x:v>16467</x:v>
+      </x:c>
+      <x:c r="CK19" s="3" t="n">
+        <x:v>10421</x:v>
+      </x:c>
+      <x:c r="CL19" s="3" t="n">
+        <x:v>13475</x:v>
+      </x:c>
+      <x:c r="CM19" s="3" t="n">
+        <x:v>15474</x:v>
+      </x:c>
+      <x:c r="CN19" s="3" t="n">
+        <x:v>11166</x:v>
+      </x:c>
+      <x:c r="CO19" s="3" t="n">
+        <x:v>8556</x:v>
+      </x:c>
+      <x:c r="CP19" s="3" t="n">
+        <x:v>12617</x:v>
+      </x:c>
+      <x:c r="CQ19" s="3" t="n">
+        <x:v>8441</x:v>
+      </x:c>
+      <x:c r="CR19" s="3" t="n">
+        <x:v>8390</x:v>
+      </x:c>
+      <x:c r="CS19" s="3" t="n">
+        <x:v>9774</x:v>
+      </x:c>
+      <x:c r="CT19" s="3" t="n">
+        <x:v>2220</x:v>
+      </x:c>
+      <x:c r="CU19" s="3" t="n">
+        <x:v>4135</x:v>
+      </x:c>
+      <x:c r="CV19" s="3" t="n">
+        <x:v>3836</x:v>
+      </x:c>
+      <x:c r="CW19" s="3" t="n">
+        <x:v>4481</x:v>
+      </x:c>
+      <x:c r="CX19" s="3" t="n">
+        <x:v>9504</x:v>
+      </x:c>
+      <x:c r="CY19" s="3" t="n">
+        <x:v>9291</x:v>
+      </x:c>
+      <x:c r="CZ19" s="3" t="n">
+        <x:v>8277</x:v>
+      </x:c>
+      <x:c r="DA19" s="3" t="n">
+        <x:v>6273</x:v>
+      </x:c>
+      <x:c r="DB19" s="3" t="n">
+        <x:v>5307</x:v>
+      </x:c>
+      <x:c r="DC19" s="3" t="n">
+        <x:v>5174</x:v>
+      </x:c>
+      <x:c r="DD19" s="3" t="n">
+        <x:v>6550</x:v>
+      </x:c>
+      <x:c r="DE19" s="3" t="n">
+        <x:v>10829</x:v>
+      </x:c>
+      <x:c r="DF19" s="3" t="n">
+        <x:v>4723</x:v>
+      </x:c>
+      <x:c r="DG19" s="3" t="n">
+        <x:v>5483</x:v>
+      </x:c>
+      <x:c r="DH19" s="3" t="n">
+        <x:v>2533</x:v>
+      </x:c>
+      <x:c r="DI19" s="3" t="n">
+        <x:v>6328</x:v>
+      </x:c>
+      <x:c r="DJ19" s="3" t="n">
+        <x:v>8552</x:v>
+      </x:c>
+      <x:c r="DK19" s="3" t="n">
+        <x:v>8693</x:v>
+      </x:c>
+      <x:c r="DL19" s="3" t="n">
+        <x:v>8612</x:v>
+      </x:c>
+      <x:c r="DM19" s="3" t="n">
+        <x:v>5631</x:v>
+      </x:c>
+      <x:c r="DN19" s="3" t="n">
+        <x:v>7364</x:v>
+      </x:c>
+      <x:c r="DO19" s="3" t="n">
+        <x:v>6830</x:v>
+      </x:c>
+      <x:c r="DP19" s="3" t="n">
+        <x:v>8482</x:v>
+      </x:c>
+      <x:c r="DQ19" s="3" t="n">
+        <x:v>6157</x:v>
+      </x:c>
+      <x:c r="DR19" s="3" t="n">
+        <x:v>3763</x:v>
+      </x:c>
+      <x:c r="DS19" s="3" t="n">
+        <x:v>3596</x:v>
+      </x:c>
+      <x:c r="DT19" s="3" t="n">
+        <x:v>3315</x:v>
+      </x:c>
+      <x:c r="DU19" s="3" t="n">
+        <x:v>4647</x:v>
+      </x:c>
+      <x:c r="DV19" s="3" t="n">
+        <x:v>4948</x:v>
+      </x:c>
+      <x:c r="DW19" s="3" t="n">
+        <x:v>5696</x:v>
+      </x:c>
+      <x:c r="DX19" s="3" t="n">
+        <x:v>5574</x:v>
+      </x:c>
+      <x:c r="DY19" s="3" t="n">
+        <x:v>5784</x:v>
+      </x:c>
+      <x:c r="DZ19" s="3" t="n">
+        <x:v>5684</x:v>
+      </x:c>
+      <x:c r="EA19" s="3" t="n">
+        <x:v>6600</x:v>
+      </x:c>
+      <x:c r="EB19" s="3" t="n">
+        <x:v>6489</x:v>
+      </x:c>
+      <x:c r="EC19" s="3" t="n">
+        <x:v>5698</x:v>
+      </x:c>
+      <x:c r="ED19" s="3" t="n">
+        <x:v>9525</x:v>
+      </x:c>
+      <x:c r="EE19" s="3" t="n">
+        <x:v>7881</x:v>
+      </x:c>
+      <x:c r="EF19" s="3" t="n">
+        <x:v>8514</x:v>
+      </x:c>
+      <x:c r="EG19" s="3" t="n">
+        <x:v>9569</x:v>
+      </x:c>
+      <x:c r="EH19" s="3" t="n">
+        <x:v>5405</x:v>
+      </x:c>
+      <x:c r="EI19" s="3" t="n">
+        <x:v>4479</x:v>
+      </x:c>
+      <x:c r="EJ19" s="3" t="n">
+        <x:v>4228</x:v>
+      </x:c>
+      <x:c r="EK19" s="3" t="n">
+        <x:v>4630</x:v>
+      </x:c>
+      <x:c r="EL19" s="3" t="n">
+        <x:v>1933</x:v>
+      </x:c>
+      <x:c r="EM19" s="3" t="n">
+        <x:v>2058</x:v>
+      </x:c>
+      <x:c r="EN19" s="3" t="n">
+        <x:v>1474</x:v>
+      </x:c>
+      <x:c r="EO19" s="3" t="n">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="EP19" s="3" t="n">
+        <x:v>1867</x:v>
+      </x:c>
+      <x:c r="EQ19" s="3" t="n">
+        <x:v>2321</x:v>
+      </x:c>
+      <x:c r="ER19" s="3" t="n">
+        <x:v>2727</x:v>
+      </x:c>
+      <x:c r="ES19" s="3" t="n">
+        <x:v>2609</x:v>
+      </x:c>
+      <x:c r="ET19" s="3" t="n">
+        <x:v>-149</x:v>
+      </x:c>
+      <x:c r="EU19" s="3" t="n">
+        <x:v>-296</x:v>
+      </x:c>
+      <x:c r="EV19" s="3" t="n">
+        <x:v>-597</x:v>
+      </x:c>
+      <x:c r="EW19" s="3" t="n">
+        <x:v>-356</x:v>
+      </x:c>
+      <x:c r="EX19" s="3" t="n">
+        <x:v>3394</x:v>
+      </x:c>
+      <x:c r="EY19" s="3" t="n">
+        <x:v>5552</x:v>
+      </x:c>
+      <x:c r="EZ19" s="3" t="n">
+        <x:v>8878</x:v>
+      </x:c>
+      <x:c r="FA19" s="3" t="n">
+        <x:v>6852</x:v>
+      </x:c>
+      <x:c r="FB19" s="3" t="n">
+        <x:v>3777</x:v>
+      </x:c>
+      <x:c r="FC19" s="3" t="n">
+        <x:v>3771</x:v>
+      </x:c>
+      <x:c r="FD19" s="3" t="n">
+        <x:v>5700</x:v>
+      </x:c>
+      <x:c r="FE19" s="3" t="n">
+        <x:v>4137</x:v>
+      </x:c>
+      <x:c r="FF19" s="3" t="n">
+        <x:v>4846</x:v>
+      </x:c>
+      <x:c r="FG19" s="3" t="n">
+        <x:v>4300</x:v>
+      </x:c>
+      <x:c r="FH19" s="3" t="n">
+        <x:v>4021</x:v>
+      </x:c>
+      <x:c r="FI19" s="3" t="n">
+        <x:v>4726</x:v>
+      </x:c>
+      <x:c r="FJ19" s="3" t="n">
+        <x:v>5082</x:v>
+      </x:c>
+      <x:c r="FK19" s="3" t="n">
+        <x:v>5245</x:v>
+      </x:c>
+      <x:c r="FL19" s="3" t="n">
+        <x:v>8542</x:v>
+      </x:c>
+      <x:c r="FM19" s="3" t="n">
+        <x:v>11912</x:v>
+      </x:c>
+      <x:c r="FN19" s="3" t="n">
+        <x:v>7855</x:v>
+      </x:c>
+      <x:c r="FO19" s="3" t="n">
+        <x:v>3836</x:v>
+      </x:c>
+      <x:c r="FP19" s="3" t="n">
+        <x:v>7115</x:v>
+      </x:c>
+      <x:c r="FQ19" s="3" t="n">
+        <x:v>5935</x:v>
+      </x:c>
+      <x:c r="FR19" s="3" t="n">
+        <x:v>9567</x:v>
+      </x:c>
+      <x:c r="FS19" s="3" t="n">
+        <x:v>2274</x:v>
+      </x:c>
+      <x:c r="FT19" s="3" t="n">
+        <x:v>2089</x:v>
+      </x:c>
+      <x:c r="FU19" s="3" t="n">
+        <x:v>6444</x:v>
+      </x:c>
+      <x:c r="FV19" s="3" t="n">
+        <x:v>7695</x:v>
+      </x:c>
+      <x:c r="FW19" s="3" t="n">
+        <x:v>3605</x:v>
+      </x:c>
+      <x:c r="FX19" s="3" t="n">
+        <x:v>1645</x:v>
+      </x:c>
+      <x:c r="FY19" s="3" t="n">
+        <x:v>6909</x:v>
+      </x:c>
+      <x:c r="FZ19" s="3" t="n">
+        <x:v>5242</x:v>
+      </x:c>
+      <x:c r="GA19" s="3" t="n">
+        <x:v>3605</x:v>
+      </x:c>
+      <x:c r="GB19" s="3" t="n">
+        <x:v>11495</x:v>
+      </x:c>
+      <x:c r="GC19" s="3" t="n">
+        <x:v>1056</x:v>
+      </x:c>
+      <x:c r="GD19" s="3" t="n">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="GE19" s="3" t="n">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c r="GF19" s="3" t="n">
+        <x:v>2734</x:v>
+      </x:c>
+      <x:c r="GG19" s="3" t="n">
+        <x:v>5211</x:v>
+      </x:c>
+      <x:c r="GH19" s="3" t="n">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="GI19" s="3" t="n">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="GJ19" s="3" t="n">
+        <x:v>174</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:192">
+      <x:c r="A20" s="2" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="B20" s="3" t="n">
+        <x:v>83086</x:v>
+      </x:c>
+      <x:c r="C20" s="3" t="n">
+        <x:v>85063</x:v>
+      </x:c>
+      <x:c r="D20" s="3" t="n">
+        <x:v>79193</x:v>
+      </x:c>
+      <x:c r="E20" s="3" t="n">
+        <x:v>84276</x:v>
+      </x:c>
+      <x:c r="F20" s="3" t="n">
+        <x:v>78163</x:v>
+      </x:c>
+      <x:c r="G20" s="3" t="n">
+        <x:v>79649</x:v>
+      </x:c>
+      <x:c r="H20" s="3" t="n">
+        <x:v>80412</x:v>
+      </x:c>
+      <x:c r="I20" s="3" t="n">
+        <x:v>79082</x:v>
+      </x:c>
+      <x:c r="J20" s="3" t="n">
+        <x:v>79240</x:v>
+      </x:c>
+      <x:c r="K20" s="3" t="n">
+        <x:v>80118</x:v>
+      </x:c>
+      <x:c r="L20" s="3" t="n">
+        <x:v>82381</x:v>
+      </x:c>
+      <x:c r="M20" s="3" t="n">
+        <x:v>80164</x:v>
+      </x:c>
+      <x:c r="N20" s="3" t="n">
+        <x:v>83345</x:v>
+      </x:c>
+      <x:c r="O20" s="3" t="n">
+        <x:v>81988</x:v>
+      </x:c>
+      <x:c r="P20" s="3" t="n">
+        <x:v>83998</x:v>
+      </x:c>
+      <x:c r="Q20" s="3" t="n">
+        <x:v>83786</x:v>
+      </x:c>
+      <x:c r="R20" s="3" t="n">
+        <x:v>84196</x:v>
+      </x:c>
+      <x:c r="S20" s="3" t="n">
+        <x:v>81882</x:v>
+      </x:c>
+      <x:c r="T20" s="3" t="n">
+        <x:v>82197</x:v>
+      </x:c>
+      <x:c r="U20" s="3" t="n">
+        <x:v>81411</x:v>
+      </x:c>
+      <x:c r="V20" s="3" t="n">
+        <x:v>82672</x:v>
+      </x:c>
+      <x:c r="W20" s="3" t="n">
+        <x:v>82508</x:v>
+      </x:c>
+      <x:c r="X20" s="3" t="n">
+        <x:v>81249</x:v>
+      </x:c>
+      <x:c r="Y20" s="3" t="n">
+        <x:v>79822</x:v>
+      </x:c>
+      <x:c r="Z20" s="3" t="n">
+        <x:v>85243</x:v>
+      </x:c>
+      <x:c r="AA20" s="3" t="n">
+        <x:v>80452</x:v>
+      </x:c>
+      <x:c r="AB20" s="3" t="n">
+        <x:v>83762</x:v>
+      </x:c>
+      <x:c r="AC20" s="3" t="n">
+        <x:v>81037</x:v>
+      </x:c>
+      <x:c r="AD20" s="3" t="n">
+        <x:v>88202</x:v>
+      </x:c>
+      <x:c r="AE20" s="3" t="n">
+        <x:v>90050</x:v>
+      </x:c>
+      <x:c r="AF20" s="3" t="n">
+        <x:v>91325</x:v>
+      </x:c>
+      <x:c r="AG20" s="3" t="n">
+        <x:v>82060</x:v>
+      </x:c>
+      <x:c r="AH20" s="3" t="n">
+        <x:v>99056</x:v>
+      </x:c>
+      <x:c r="AI20" s="3" t="n">
+        <x:v>99830</x:v>
+      </x:c>
+      <x:c r="AJ20" s="3" t="n">
+        <x:v>102080</x:v>
+      </x:c>
+      <x:c r="AK20" s="3" t="n">
+        <x:v>98565</x:v>
+      </x:c>
+      <x:c r="AL20" s="3" t="n">
+        <x:v>99894</x:v>
+      </x:c>
+      <x:c r="AM20" s="3" t="n">
+        <x:v>93142</x:v>
+      </x:c>
+      <x:c r="AN20" s="3" t="n">
+        <x:v>99034</x:v>
+      </x:c>
+      <x:c r="AO20" s="3" t="n">
+        <x:v>106296</x:v>
+      </x:c>
+      <x:c r="AP20" s="3" t="n">
+        <x:v>95707</x:v>
+      </x:c>
+      <x:c r="AQ20" s="3" t="n">
+        <x:v>98605</x:v>
+      </x:c>
+      <x:c r="AR20" s="3" t="n">
+        <x:v>92755</x:v>
+      </x:c>
+      <x:c r="AS20" s="3" t="n">
+        <x:v>89316</x:v>
+      </x:c>
+      <x:c r="AT20" s="3" t="n">
+        <x:v>81897</x:v>
+      </x:c>
+      <x:c r="AU20" s="3" t="n">
+        <x:v>82075</x:v>
+      </x:c>
+      <x:c r="AV20" s="3" t="n">
+        <x:v>83266</x:v>
+      </x:c>
+      <x:c r="AW20" s="3" t="n">
+        <x:v>78796</x:v>
+      </x:c>
+      <x:c r="AX20" s="3" t="n">
+        <x:v>83263</x:v>
+      </x:c>
+      <x:c r="AY20" s="3" t="n">
+        <x:v>81391</x:v>
+      </x:c>
+      <x:c r="AZ20" s="3" t="n">
+        <x:v>73981</x:v>
+      </x:c>
+      <x:c r="BA20" s="3" t="n">
+        <x:v>74840</x:v>
+      </x:c>
+      <x:c r="BB20" s="3" t="n">
+        <x:v>75391</x:v>
+      </x:c>
+      <x:c r="BC20" s="3" t="n">
+        <x:v>75177</x:v>
+      </x:c>
+      <x:c r="BD20" s="3" t="n">
+        <x:v>74588</x:v>
+      </x:c>
+      <x:c r="BE20" s="3" t="n">
+        <x:v>72265</x:v>
+      </x:c>
+      <x:c r="BF20" s="3" t="n">
+        <x:v>66940</x:v>
+      </x:c>
+      <x:c r="BG20" s="3" t="n">
+        <x:v>72564</x:v>
+      </x:c>
+      <x:c r="BH20" s="3" t="n">
+        <x:v>71862</x:v>
+      </x:c>
+      <x:c r="BI20" s="3" t="n">
+        <x:v>76196</x:v>
+      </x:c>
+      <x:c r="BJ20" s="3" t="n">
+        <x:v>67414</x:v>
+      </x:c>
+      <x:c r="BK20" s="3" t="n">
+        <x:v>75799</x:v>
+      </x:c>
+      <x:c r="BL20" s="3" t="n">
+        <x:v>71107</x:v>
+      </x:c>
+      <x:c r="BM20" s="3" t="n">
+        <x:v>69889</x:v>
+      </x:c>
+      <x:c r="BN20" s="3" t="n">
+        <x:v>74330</x:v>
+      </x:c>
+      <x:c r="BO20" s="3" t="n">
+        <x:v>76146</x:v>
+      </x:c>
+      <x:c r="BP20" s="3" t="n">
+        <x:v>80318</x:v>
+      </x:c>
+      <x:c r="BQ20" s="3" t="n">
+        <x:v>83592</x:v>
+      </x:c>
+      <x:c r="BR20" s="3" t="n">
+        <x:v>87044</x:v>
+      </x:c>
+      <x:c r="BS20" s="3" t="n">
+        <x:v>87505</x:v>
+      </x:c>
+      <x:c r="BT20" s="3" t="n">
+        <x:v>88468</x:v>
+      </x:c>
+      <x:c r="BU20" s="3" t="n">
+        <x:v>88224</x:v>
+      </x:c>
+      <x:c r="BV20" s="3" t="n">
+        <x:v>95756</x:v>
+      </x:c>
+      <x:c r="BW20" s="3" t="n">
+        <x:v>96340</x:v>
+      </x:c>
+      <x:c r="BX20" s="3" t="n">
+        <x:v>100113</x:v>
+      </x:c>
+      <x:c r="BY20" s="3" t="n">
+        <x:v>102568</x:v>
+      </x:c>
+      <x:c r="BZ20" s="3" t="n">
+        <x:v>104967</x:v>
+      </x:c>
+      <x:c r="CA20" s="3" t="n">
+        <x:v>109523</x:v>
+      </x:c>
+      <x:c r="CB20" s="3" t="n">
+        <x:v>109686</x:v>
+      </x:c>
+      <x:c r="CC20" s="3" t="n">
+        <x:v>106352</x:v>
+      </x:c>
+      <x:c r="CD20" s="3" t="n">
+        <x:v>115871</x:v>
+      </x:c>
+      <x:c r="CE20" s="3" t="n">
+        <x:v>115836</x:v>
+      </x:c>
+      <x:c r="CF20" s="3" t="n">
+        <x:v>117170</x:v>
+      </x:c>
+      <x:c r="CG20" s="3" t="n">
+        <x:v>119034</x:v>
+      </x:c>
+      <x:c r="CH20" s="3" t="n">
+        <x:v>103658</x:v>
+      </x:c>
+      <x:c r="CI20" s="3" t="n">
+        <x:v>114491</x:v>
+      </x:c>
+      <x:c r="CJ20" s="3" t="n">
+        <x:v>111884</x:v>
+      </x:c>
+      <x:c r="CK20" s="3" t="n">
+        <x:v>131361</x:v>
+      </x:c>
+      <x:c r="CL20" s="3" t="n">
+        <x:v>115435</x:v>
+      </x:c>
+      <x:c r="CM20" s="3" t="n">
+        <x:v>117075</x:v>
+      </x:c>
+      <x:c r="CN20" s="3" t="n">
+        <x:v>116523</x:v>
+      </x:c>
+      <x:c r="CO20" s="3" t="n">
+        <x:v>118324</x:v>
+      </x:c>
+      <x:c r="CP20" s="3" t="n">
+        <x:v>127962</x:v>
+      </x:c>
+      <x:c r="CQ20" s="3" t="n">
+        <x:v>121450</x:v>
+      </x:c>
+      <x:c r="CR20" s="3" t="n">
+        <x:v>126070</x:v>
+      </x:c>
+      <x:c r="CS20" s="3" t="n">
+        <x:v>108655</x:v>
+      </x:c>
+      <x:c r="CT20" s="3" t="n">
+        <x:v>125653</x:v>
+      </x:c>
+      <x:c r="CU20" s="3" t="n">
+        <x:v>130747</x:v>
+      </x:c>
+      <x:c r="CV20" s="3" t="n">
+        <x:v>127618</x:v>
+      </x:c>
+      <x:c r="CW20" s="3" t="n">
+        <x:v>123148</x:v>
+      </x:c>
+      <x:c r="CX20" s="3" t="n">
+        <x:v>121504</x:v>
+      </x:c>
+      <x:c r="CY20" s="3" t="n">
+        <x:v>119233</x:v>
+      </x:c>
+      <x:c r="CZ20" s="3" t="n">
+        <x:v>121469</x:v>
+      </x:c>
+      <x:c r="DA20" s="3" t="n">
+        <x:v>119759</x:v>
+      </x:c>
+      <x:c r="DB20" s="3" t="n">
+        <x:v>129171</x:v>
+      </x:c>
+      <x:c r="DC20" s="3" t="n">
+        <x:v>131510</x:v>
+      </x:c>
+      <x:c r="DD20" s="3" t="n">
+        <x:v>136716</x:v>
+      </x:c>
+      <x:c r="DE20" s="3" t="n">
+        <x:v>148816</x:v>
+      </x:c>
+      <x:c r="DF20" s="3" t="n">
+        <x:v>143343</x:v>
+      </x:c>
+      <x:c r="DG20" s="3" t="n">
+        <x:v>146140</x:v>
+      </x:c>
+      <x:c r="DH20" s="3" t="n">
+        <x:v>149056</x:v>
+      </x:c>
+      <x:c r="DI20" s="3" t="n">
+        <x:v>159015</x:v>
+      </x:c>
+      <x:c r="DJ20" s="3" t="n">
+        <x:v>158868</x:v>
+      </x:c>
+      <x:c r="DK20" s="3" t="n">
+        <x:v>167526</x:v>
+      </x:c>
+      <x:c r="DL20" s="3" t="n">
+        <x:v>163792</x:v>
+      </x:c>
+      <x:c r="DM20" s="3" t="n">
+        <x:v>172122</x:v>
+      </x:c>
+      <x:c r="DN20" s="3" t="n">
+        <x:v>183451</x:v>
+      </x:c>
+      <x:c r="DO20" s="3" t="n">
+        <x:v>187737</x:v>
+      </x:c>
+      <x:c r="DP20" s="3" t="n">
+        <x:v>191279</x:v>
+      </x:c>
+      <x:c r="DQ20" s="3" t="n">
+        <x:v>204751</x:v>
+      </x:c>
+      <x:c r="DR20" s="3" t="n">
+        <x:v>200702</x:v>
+      </x:c>
+      <x:c r="DS20" s="3" t="n">
+        <x:v>197156</x:v>
+      </x:c>
+      <x:c r="DT20" s="3" t="n">
+        <x:v>197398</x:v>
+      </x:c>
+      <x:c r="DU20" s="3" t="n">
+        <x:v>195783</x:v>
+      </x:c>
+      <x:c r="DV20" s="3" t="n">
+        <x:v>176776</x:v>
+      </x:c>
+      <x:c r="DW20" s="3" t="n">
+        <x:v>172257</x:v>
+      </x:c>
+      <x:c r="DX20" s="3" t="n">
+        <x:v>169830</x:v>
+      </x:c>
+      <x:c r="DY20" s="3" t="n">
+        <x:v>182771</x:v>
+      </x:c>
+      <x:c r="DZ20" s="3" t="n">
+        <x:v>160401</x:v>
+      </x:c>
+      <x:c r="EA20" s="3" t="n">
+        <x:v>161493</x:v>
+      </x:c>
+      <x:c r="EB20" s="3" t="n">
+        <x:v>162870</x:v>
+      </x:c>
+      <x:c r="EC20" s="3" t="n">
+        <x:v>167294</x:v>
+      </x:c>
+      <x:c r="ED20" s="3" t="n">
+        <x:v>175006</x:v>
+      </x:c>
+      <x:c r="EE20" s="3" t="n">
+        <x:v>171461</x:v>
+      </x:c>
+      <x:c r="EF20" s="3" t="n">
+        <x:v>171947</x:v>
+      </x:c>
+      <x:c r="EG20" s="3" t="n">
+        <x:v>173981</x:v>
+      </x:c>
+      <x:c r="EH20" s="3" t="n">
+        <x:v>178175</x:v>
+      </x:c>
+      <x:c r="EI20" s="3" t="n">
+        <x:v>179162</x:v>
+      </x:c>
+      <x:c r="EJ20" s="3" t="n">
+        <x:v>190093</x:v>
+      </x:c>
+      <x:c r="EK20" s="3" t="n">
+        <x:v>196278</x:v>
+      </x:c>
+      <x:c r="EL20" s="3" t="n">
+        <x:v>184941</x:v>
+      </x:c>
+      <x:c r="EM20" s="3" t="n">
+        <x:v>192720</x:v>
+      </x:c>
+      <x:c r="EN20" s="3" t="n">
+        <x:v>192333</x:v>
+      </x:c>
+      <x:c r="EO20" s="3" t="n">
+        <x:v>195615</x:v>
+      </x:c>
+      <x:c r="EP20" s="3" t="n">
+        <x:v>192241</x:v>
+      </x:c>
+      <x:c r="EQ20" s="3" t="n">
+        <x:v>195980</x:v>
+      </x:c>
+      <x:c r="ER20" s="3" t="n">
+        <x:v>194543</x:v>
+      </x:c>
+      <x:c r="ES20" s="3" t="n">
+        <x:v>193881</x:v>
+      </x:c>
+      <x:c r="ET20" s="3" t="n">
+        <x:v>192657</x:v>
+      </x:c>
+      <x:c r="EU20" s="3" t="n">
+        <x:v>194749</x:v>
+      </x:c>
+      <x:c r="EV20" s="3" t="n">
+        <x:v>194496</x:v>
+      </x:c>
+      <x:c r="EW20" s="3" t="n">
+        <x:v>196254</x:v>
+      </x:c>
+      <x:c r="EX20" s="3" t="n">
+        <x:v>207427</x:v>
+      </x:c>
+      <x:c r="EY20" s="3" t="n">
+        <x:v>213553</x:v>
+      </x:c>
+      <x:c r="EZ20" s="3" t="n">
+        <x:v>217786</x:v>
+      </x:c>
+      <x:c r="FA20" s="3" t="n">
+        <x:v>215739</x:v>
+      </x:c>
+      <x:c r="FB20" s="3" t="n">
+        <x:v>230935</x:v>
+      </x:c>
+      <x:c r="FC20" s="3" t="n">
+        <x:v>224916</x:v>
+      </x:c>
+      <x:c r="FD20" s="3" t="n">
+        <x:v>226852</x:v>
+      </x:c>
+      <x:c r="FE20" s="3" t="n">
+        <x:v>227529</x:v>
+      </x:c>
+      <x:c r="FF20" s="3" t="n">
+        <x:v>227950</x:v>
+      </x:c>
+      <x:c r="FG20" s="3" t="n">
+        <x:v>230115</x:v>
+      </x:c>
+      <x:c r="FH20" s="3" t="n">
+        <x:v>233060</x:v>
+      </x:c>
+      <x:c r="FI20" s="3" t="n">
+        <x:v>232714</x:v>
+      </x:c>
+      <x:c r="FJ20" s="3" t="n">
+        <x:v>245134</x:v>
+      </x:c>
+      <x:c r="FK20" s="3" t="n">
+        <x:v>248619</x:v>
+      </x:c>
+      <x:c r="FL20" s="3" t="n">
+        <x:v>253869</x:v>
+      </x:c>
+      <x:c r="FM20" s="3" t="n">
+        <x:v>246626</x:v>
+      </x:c>
+      <x:c r="FN20" s="3" t="n">
         <x:v>245847</x:v>
       </x:c>
-      <x:c r="CO6" s="3" t="n">
-[...294 lines deleted...]
-        <x:v>448803</x:v>
+      <x:c r="FO20" s="3" t="n">
+        <x:v>240189</x:v>
+      </x:c>
+      <x:c r="FP20" s="3" t="n">
+        <x:v>240807</x:v>
+      </x:c>
+      <x:c r="FQ20" s="3" t="n">
+        <x:v>239154</x:v>
+      </x:c>
+      <x:c r="FR20" s="3" t="n">
+        <x:v>250792</x:v>
+      </x:c>
+      <x:c r="FS20" s="3" t="n">
+        <x:v>246203</x:v>
+      </x:c>
+      <x:c r="FT20" s="3" t="n">
+        <x:v>248005</x:v>
+      </x:c>
+      <x:c r="FU20" s="3" t="n">
+        <x:v>246183</x:v>
+      </x:c>
+      <x:c r="FV20" s="3" t="n">
+        <x:v>252370</x:v>
+      </x:c>
+      <x:c r="FW20" s="3" t="n">
+        <x:v>250123</x:v>
+      </x:c>
+      <x:c r="FX20" s="3" t="n">
+        <x:v>254684</x:v>
+      </x:c>
+      <x:c r="FY20" s="3" t="n">
+        <x:v>244674</x:v>
+      </x:c>
+      <x:c r="FZ20" s="3" t="n">
+        <x:v>245872</x:v>
+      </x:c>
+      <x:c r="GA20" s="3" t="n">
+        <x:v>234668</x:v>
+      </x:c>
+      <x:c r="GB20" s="3" t="n">
+        <x:v>226879</x:v>
+      </x:c>
+      <x:c r="GC20" s="3" t="n">
+        <x:v>235440</x:v>
+      </x:c>
+      <x:c r="GD20" s="3" t="n">
+        <x:v>226038</x:v>
+      </x:c>
+      <x:c r="GE20" s="3" t="n">
+        <x:v>229816</x:v>
+      </x:c>
+      <x:c r="GF20" s="3" t="n">
+        <x:v>235193</x:v>
+      </x:c>
+      <x:c r="GG20" s="3" t="n">
+        <x:v>236262</x:v>
+      </x:c>
+      <x:c r="GH20" s="3" t="n">
+        <x:v>227355</x:v>
+      </x:c>
+      <x:c r="GI20" s="3" t="n">
+        <x:v>229969</x:v>
+      </x:c>
+      <x:c r="GJ20" s="3" t="n">
+        <x:v>226489</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:191">
-[...571 lines deleted...]
-        <x:v>211986</x:v>
+    <x:row r="21" spans="1:192">
+      <x:c r="A21" s="2" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="B21" s="3" t="n">
+        <x:v>65166</x:v>
+      </x:c>
+      <x:c r="C21" s="3" t="n">
+        <x:v>64320</x:v>
+      </x:c>
+      <x:c r="D21" s="3" t="n">
+        <x:v>62666</x:v>
+      </x:c>
+      <x:c r="E21" s="3" t="n">
+        <x:v>67648</x:v>
+      </x:c>
+      <x:c r="F21" s="3" t="n">
+        <x:v>60125</x:v>
+      </x:c>
+      <x:c r="G21" s="3" t="n">
+        <x:v>65055</x:v>
+      </x:c>
+      <x:c r="H21" s="3" t="n">
+        <x:v>65089</x:v>
+      </x:c>
+      <x:c r="I21" s="3" t="n">
+        <x:v>60313</x:v>
+      </x:c>
+      <x:c r="J21" s="3" t="n">
+        <x:v>59238</x:v>
+      </x:c>
+      <x:c r="K21" s="3" t="n">
+        <x:v>63641</x:v>
+      </x:c>
+      <x:c r="L21" s="3" t="n">
+        <x:v>65352</x:v>
+      </x:c>
+      <x:c r="M21" s="3" t="n">
+        <x:v>63760</x:v>
+      </x:c>
+      <x:c r="N21" s="3" t="n">
+        <x:v>64624</x:v>
+      </x:c>
+      <x:c r="O21" s="3" t="n">
+        <x:v>64774</x:v>
+      </x:c>
+      <x:c r="P21" s="3" t="n">
+        <x:v>65307</x:v>
+      </x:c>
+      <x:c r="Q21" s="3" t="n">
+        <x:v>65962</x:v>
+      </x:c>
+      <x:c r="R21" s="3" t="n">
+        <x:v>68325</x:v>
+      </x:c>
+      <x:c r="S21" s="3" t="n">
+        <x:v>62771</x:v>
+      </x:c>
+      <x:c r="T21" s="3" t="n">
+        <x:v>65214</x:v>
+      </x:c>
+      <x:c r="U21" s="3" t="n">
+        <x:v>64971</x:v>
+      </x:c>
+      <x:c r="V21" s="3" t="n">
+        <x:v>63882</x:v>
+      </x:c>
+      <x:c r="W21" s="3" t="n">
+        <x:v>63070</x:v>
+      </x:c>
+      <x:c r="X21" s="3" t="n">
+        <x:v>65514</x:v>
+      </x:c>
+      <x:c r="Y21" s="3" t="n">
+        <x:v>62586</x:v>
+      </x:c>
+      <x:c r="Z21" s="3" t="n">
+        <x:v>66624</x:v>
+      </x:c>
+      <x:c r="AA21" s="3" t="n">
+        <x:v>64393</x:v>
+      </x:c>
+      <x:c r="AB21" s="3" t="n">
+        <x:v>65343</x:v>
+      </x:c>
+      <x:c r="AC21" s="3" t="n">
+        <x:v>63848</x:v>
+      </x:c>
+      <x:c r="AD21" s="3" t="n">
+        <x:v>62865</x:v>
+      </x:c>
+      <x:c r="AE21" s="3" t="n">
+        <x:v>69463</x:v>
+      </x:c>
+      <x:c r="AF21" s="3" t="n">
+        <x:v>85927</x:v>
+      </x:c>
+      <x:c r="AG21" s="3" t="n">
+        <x:v>62196</x:v>
+      </x:c>
+      <x:c r="AH21" s="3" t="n">
+        <x:v>77299</x:v>
+      </x:c>
+      <x:c r="AI21" s="3" t="n">
+        <x:v>79252</x:v>
+      </x:c>
+      <x:c r="AJ21" s="3" t="n">
+        <x:v>81309</x:v>
+      </x:c>
+      <x:c r="AK21" s="3" t="n">
+        <x:v>82703</x:v>
+      </x:c>
+      <x:c r="AL21" s="3" t="n">
+        <x:v>78719</x:v>
+      </x:c>
+      <x:c r="AM21" s="3" t="n">
+        <x:v>77451</x:v>
+      </x:c>
+      <x:c r="AN21" s="3" t="n">
+        <x:v>77550</x:v>
+      </x:c>
+      <x:c r="AO21" s="3" t="n">
+        <x:v>77434</x:v>
+      </x:c>
+      <x:c r="AP21" s="3" t="n">
+        <x:v>72766</x:v>
+      </x:c>
+      <x:c r="AQ21" s="3" t="n">
+        <x:v>75029</x:v>
+      </x:c>
+      <x:c r="AR21" s="3" t="n">
+        <x:v>68653</x:v>
+      </x:c>
+      <x:c r="AS21" s="3" t="n">
+        <x:v>65751</x:v>
+      </x:c>
+      <x:c r="AT21" s="3" t="n">
+        <x:v>59421</x:v>
+      </x:c>
+      <x:c r="AU21" s="3" t="n">
+        <x:v>57095</x:v>
+      </x:c>
+      <x:c r="AV21" s="3" t="n">
+        <x:v>61367</x:v>
+      </x:c>
+      <x:c r="AW21" s="3" t="n">
+        <x:v>54935</x:v>
+      </x:c>
+      <x:c r="AX21" s="3" t="n">
+        <x:v>64136</x:v>
+      </x:c>
+      <x:c r="AY21" s="3" t="n">
+        <x:v>53500</x:v>
+      </x:c>
+      <x:c r="AZ21" s="3" t="n">
+        <x:v>50324</x:v>
+      </x:c>
+      <x:c r="BA21" s="3" t="n">
+        <x:v>51987</x:v>
+      </x:c>
+      <x:c r="BB21" s="3" t="n">
+        <x:v>51172</x:v>
+      </x:c>
+      <x:c r="BC21" s="3" t="n">
+        <x:v>49752</x:v>
+      </x:c>
+      <x:c r="BD21" s="3" t="n">
+        <x:v>52871</x:v>
+      </x:c>
+      <x:c r="BE21" s="3" t="n">
+        <x:v>42741</x:v>
+      </x:c>
+      <x:c r="BF21" s="3" t="n">
+        <x:v>40157</x:v>
+      </x:c>
+      <x:c r="BG21" s="3" t="n">
+        <x:v>46360</x:v>
+      </x:c>
+      <x:c r="BH21" s="3" t="n">
+        <x:v>47644</x:v>
+      </x:c>
+      <x:c r="BI21" s="3" t="n">
+        <x:v>49832</x:v>
+      </x:c>
+      <x:c r="BJ21" s="3" t="n">
+        <x:v>43630</x:v>
+      </x:c>
+      <x:c r="BK21" s="3" t="n">
+        <x:v>52696</x:v>
+      </x:c>
+      <x:c r="BL21" s="3" t="n">
+        <x:v>47986</x:v>
+      </x:c>
+      <x:c r="BM21" s="3" t="n">
+        <x:v>46197</x:v>
+      </x:c>
+      <x:c r="BN21" s="3" t="n">
+        <x:v>49939</x:v>
+      </x:c>
+      <x:c r="BO21" s="3" t="n">
+        <x:v>52095</x:v>
+      </x:c>
+      <x:c r="BP21" s="3" t="n">
+        <x:v>56314</x:v>
+      </x:c>
+      <x:c r="BQ21" s="3" t="n">
+        <x:v>60805</x:v>
+      </x:c>
+      <x:c r="BR21" s="3" t="n">
+        <x:v>62769</x:v>
+      </x:c>
+      <x:c r="BS21" s="3" t="n">
+        <x:v>64452</x:v>
+      </x:c>
+      <x:c r="BT21" s="3" t="n">
+        <x:v>63318</x:v>
+      </x:c>
+      <x:c r="BU21" s="3" t="n">
+        <x:v>63623</x:v>
+      </x:c>
+      <x:c r="BV21" s="3" t="n">
+        <x:v>71054</x:v>
+      </x:c>
+      <x:c r="BW21" s="3" t="n">
+        <x:v>71547</x:v>
+      </x:c>
+      <x:c r="BX21" s="3" t="n">
+        <x:v>74645</x:v>
+      </x:c>
+      <x:c r="BY21" s="3" t="n">
+        <x:v>76245</x:v>
+      </x:c>
+      <x:c r="BZ21" s="3" t="n">
+        <x:v>76035</x:v>
+      </x:c>
+      <x:c r="CA21" s="3" t="n">
+        <x:v>79951</x:v>
+      </x:c>
+      <x:c r="CB21" s="3" t="n">
+        <x:v>79401</x:v>
+      </x:c>
+      <x:c r="CC21" s="3" t="n">
+        <x:v>78373</x:v>
+      </x:c>
+      <x:c r="CD21" s="3" t="n">
+        <x:v>83136</x:v>
+      </x:c>
+      <x:c r="CE21" s="3" t="n">
+        <x:v>86256</x:v>
+      </x:c>
+      <x:c r="CF21" s="3" t="n">
+        <x:v>85968</x:v>
+      </x:c>
+      <x:c r="CG21" s="3" t="n">
+        <x:v>88474</x:v>
+      </x:c>
+      <x:c r="CH21" s="3" t="n">
+        <x:v>74574</x:v>
+      </x:c>
+      <x:c r="CI21" s="3" t="n">
+        <x:v>84016</x:v>
+      </x:c>
+      <x:c r="CJ21" s="3" t="n">
+        <x:v>80227</x:v>
+      </x:c>
+      <x:c r="CK21" s="3" t="n">
+        <x:v>98934</x:v>
+      </x:c>
+      <x:c r="CL21" s="3" t="n">
+        <x:v>87503</x:v>
+      </x:c>
+      <x:c r="CM21" s="3" t="n">
+        <x:v>88601</x:v>
+      </x:c>
+      <x:c r="CN21" s="3" t="n">
+        <x:v>88202</x:v>
+      </x:c>
+      <x:c r="CO21" s="3" t="n">
+        <x:v>90489</x:v>
+      </x:c>
+      <x:c r="CP21" s="3" t="n">
+        <x:v>95758</x:v>
+      </x:c>
+      <x:c r="CQ21" s="3" t="n">
+        <x:v>92559</x:v>
+      </x:c>
+      <x:c r="CR21" s="3" t="n">
+        <x:v>95884</x:v>
+      </x:c>
+      <x:c r="CS21" s="3" t="n">
+        <x:v>85837</x:v>
+      </x:c>
+      <x:c r="CT21" s="3" t="n">
+        <x:v>100843</x:v>
+      </x:c>
+      <x:c r="CU21" s="3" t="n">
+        <x:v>92242</x:v>
+      </x:c>
+      <x:c r="CV21" s="3" t="n">
+        <x:v>95089</x:v>
+      </x:c>
+      <x:c r="CW21" s="3" t="n">
+        <x:v>97883</x:v>
+      </x:c>
+      <x:c r="CX21" s="3" t="n">
+        <x:v>91095</x:v>
+      </x:c>
+      <x:c r="CY21" s="3" t="n">
+        <x:v>85566</x:v>
+      </x:c>
+      <x:c r="CZ21" s="3" t="n">
+        <x:v>85266</x:v>
+      </x:c>
+      <x:c r="DA21" s="3" t="n">
+        <x:v>86847</x:v>
+      </x:c>
+      <x:c r="DB21" s="3" t="n">
+        <x:v>96745</x:v>
+      </x:c>
+      <x:c r="DC21" s="3" t="n">
+        <x:v>98642</x:v>
+      </x:c>
+      <x:c r="DD21" s="3" t="n">
+        <x:v>103616</x:v>
+      </x:c>
+      <x:c r="DE21" s="3" t="n">
+        <x:v>109020</x:v>
+      </x:c>
+      <x:c r="DF21" s="3" t="n">
+        <x:v>108932</x:v>
+      </x:c>
+      <x:c r="DG21" s="3" t="n">
+        <x:v>114713</x:v>
+      </x:c>
+      <x:c r="DH21" s="3" t="n">
+        <x:v>115151</x:v>
+      </x:c>
+      <x:c r="DI21" s="3" t="n">
+        <x:v>121330</x:v>
+      </x:c>
+      <x:c r="DJ21" s="3" t="n">
+        <x:v>125557</x:v>
+      </x:c>
+      <x:c r="DK21" s="3" t="n">
+        <x:v>126349</x:v>
+      </x:c>
+      <x:c r="DL21" s="3" t="n">
+        <x:v>129619</x:v>
+      </x:c>
+      <x:c r="DM21" s="3" t="n">
+        <x:v>132312</x:v>
+      </x:c>
+      <x:c r="DN21" s="3" t="n">
+        <x:v>146252</x:v>
+      </x:c>
+      <x:c r="DO21" s="3" t="n">
+        <x:v>148897</x:v>
+      </x:c>
+      <x:c r="DP21" s="3" t="n">
+        <x:v>152862</x:v>
+      </x:c>
+      <x:c r="DQ21" s="3" t="n">
+        <x:v>156934</x:v>
+      </x:c>
+      <x:c r="DR21" s="3" t="n">
+        <x:v>156293</x:v>
+      </x:c>
+      <x:c r="DS21" s="3" t="n">
+        <x:v>155831</x:v>
+      </x:c>
+      <x:c r="DT21" s="3" t="n">
+        <x:v>150826</x:v>
+      </x:c>
+      <x:c r="DU21" s="3" t="n">
+        <x:v>154347</x:v>
+      </x:c>
+      <x:c r="DV21" s="3" t="n">
+        <x:v>129900</x:v>
+      </x:c>
+      <x:c r="DW21" s="3" t="n">
+        <x:v>131884</x:v>
+      </x:c>
+      <x:c r="DX21" s="3" t="n">
+        <x:v>127579</x:v>
+      </x:c>
+      <x:c r="DY21" s="3" t="n">
+        <x:v>128396</x:v>
+      </x:c>
+      <x:c r="DZ21" s="3" t="n">
+        <x:v>116624</x:v>
+      </x:c>
+      <x:c r="EA21" s="3" t="n">
+        <x:v>119301</x:v>
+      </x:c>
+      <x:c r="EB21" s="3" t="n">
+        <x:v>118364</x:v>
+      </x:c>
+      <x:c r="EC21" s="3" t="n">
+        <x:v>123855</x:v>
+      </x:c>
+      <x:c r="ED21" s="3" t="n">
+        <x:v>128542</x:v>
+      </x:c>
+      <x:c r="EE21" s="3" t="n">
+        <x:v>129346</x:v>
+      </x:c>
+      <x:c r="EF21" s="3" t="n">
+        <x:v>128233</x:v>
+      </x:c>
+      <x:c r="EG21" s="3" t="n">
+        <x:v>130028</x:v>
+      </x:c>
+      <x:c r="EH21" s="3" t="n">
+        <x:v>138115</x:v>
+      </x:c>
+      <x:c r="EI21" s="3" t="n">
+        <x:v>138523</x:v>
+      </x:c>
+      <x:c r="EJ21" s="3" t="n">
+        <x:v>145130</x:v>
+      </x:c>
+      <x:c r="EK21" s="3" t="n">
+        <x:v>148187</x:v>
+      </x:c>
+      <x:c r="EL21" s="3" t="n">
+        <x:v>137980</x:v>
+      </x:c>
+      <x:c r="EM21" s="3" t="n">
+        <x:v>146515</x:v>
+      </x:c>
+      <x:c r="EN21" s="3" t="n">
+        <x:v>142094</x:v>
+      </x:c>
+      <x:c r="EO21" s="3" t="n">
+        <x:v>145410</x:v>
+      </x:c>
+      <x:c r="EP21" s="3" t="n">
+        <x:v>142893</x:v>
+      </x:c>
+      <x:c r="EQ21" s="3" t="n">
+        <x:v>144241</x:v>
+      </x:c>
+      <x:c r="ER21" s="3" t="n">
+        <x:v>143450</x:v>
+      </x:c>
+      <x:c r="ES21" s="3" t="n">
+        <x:v>144002</x:v>
+      </x:c>
+      <x:c r="ET21" s="3" t="n">
+        <x:v>141957</x:v>
+      </x:c>
+      <x:c r="EU21" s="3" t="n">
+        <x:v>146646</x:v>
+      </x:c>
+      <x:c r="EV21" s="3" t="n">
+        <x:v>142324</x:v>
+      </x:c>
+      <x:c r="EW21" s="3" t="n">
+        <x:v>144819</x:v>
+      </x:c>
+      <x:c r="EX21" s="3" t="n">
+        <x:v>153150</x:v>
+      </x:c>
+      <x:c r="EY21" s="3" t="n">
+        <x:v>159797</x:v>
+      </x:c>
+      <x:c r="EZ21" s="3" t="n">
+        <x:v>161595</x:v>
+      </x:c>
+      <x:c r="FA21" s="3" t="n">
+        <x:v>164294</x:v>
+      </x:c>
+      <x:c r="FB21" s="3" t="n">
+        <x:v>175467</x:v>
+      </x:c>
+      <x:c r="FC21" s="3" t="n">
+        <x:v>168895</x:v>
+      </x:c>
+      <x:c r="FD21" s="3" t="n">
+        <x:v>174876</x:v>
+      </x:c>
+      <x:c r="FE21" s="3" t="n">
+        <x:v>169823</x:v>
+      </x:c>
+      <x:c r="FF21" s="3" t="n">
+        <x:v>168630</x:v>
+      </x:c>
+      <x:c r="FG21" s="3" t="n">
+        <x:v>169943</x:v>
+      </x:c>
+      <x:c r="FH21" s="3" t="n">
+        <x:v>171220</x:v>
+      </x:c>
+      <x:c r="FI21" s="3" t="n">
+        <x:v>175095</x:v>
+      </x:c>
+      <x:c r="FJ21" s="3" t="n">
+        <x:v>183385</x:v>
+      </x:c>
+      <x:c r="FK21" s="3" t="n">
+        <x:v>182795</x:v>
+      </x:c>
+      <x:c r="FL21" s="3" t="n">
+        <x:v>188440</x:v>
+      </x:c>
+      <x:c r="FM21" s="3" t="n">
+        <x:v>182804</x:v>
+      </x:c>
+      <x:c r="FN21" s="3" t="n">
+        <x:v>182926</x:v>
+      </x:c>
+      <x:c r="FO21" s="3" t="n">
+        <x:v>174186</x:v>
+      </x:c>
+      <x:c r="FP21" s="3" t="n">
+        <x:v>175532</x:v>
+      </x:c>
+      <x:c r="FQ21" s="3" t="n">
+        <x:v>179531</x:v>
+      </x:c>
+      <x:c r="FR21" s="3" t="n">
+        <x:v>187579</x:v>
+      </x:c>
+      <x:c r="FS21" s="3" t="n">
+        <x:v>185163</x:v>
+      </x:c>
+      <x:c r="FT21" s="3" t="n">
+        <x:v>185019</x:v>
+      </x:c>
+      <x:c r="FU21" s="3" t="n">
+        <x:v>185939</x:v>
+      </x:c>
+      <x:c r="FV21" s="3" t="n">
+        <x:v>190754</x:v>
+      </x:c>
+      <x:c r="FW21" s="3" t="n">
+        <x:v>186915</x:v>
+      </x:c>
+      <x:c r="FX21" s="3" t="n">
+        <x:v>189482</x:v>
+      </x:c>
+      <x:c r="FY21" s="3" t="n">
+        <x:v>181282</x:v>
+      </x:c>
+      <x:c r="FZ21" s="3" t="n">
+        <x:v>180272</x:v>
+      </x:c>
+      <x:c r="GA21" s="3" t="n">
+        <x:v>170181</x:v>
+      </x:c>
+      <x:c r="GB21" s="3" t="n">
+        <x:v>163743</x:v>
+      </x:c>
+      <x:c r="GC21" s="3" t="n">
+        <x:v>166776</x:v>
+      </x:c>
+      <x:c r="GD21" s="3" t="n">
+        <x:v>160043</x:v>
+      </x:c>
+      <x:c r="GE21" s="3" t="n">
+        <x:v>163801</x:v>
+      </x:c>
+      <x:c r="GF21" s="3" t="n">
+        <x:v>163110</x:v>
+      </x:c>
+      <x:c r="GG21" s="3" t="n">
+        <x:v>163849</x:v>
+      </x:c>
+      <x:c r="GH21" s="3" t="n">
+        <x:v>162307</x:v>
+      </x:c>
+      <x:c r="GI21" s="3" t="n">
+        <x:v>164506</x:v>
+      </x:c>
+      <x:c r="GJ21" s="3" t="n">
+        <x:v>163685</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:191">
-[...39 lines deleted...]
-      <x:c r="N8" s="3" t="n">
+    <x:row r="22" spans="1:192">
+      <x:c r="A22" s="2" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="B22" s="3" t="n">
+        <x:v>37928</x:v>
+      </x:c>
+      <x:c r="C22" s="3" t="n">
+        <x:v>38183</x:v>
+      </x:c>
+      <x:c r="D22" s="3" t="n">
+        <x:v>33545</x:v>
+      </x:c>
+      <x:c r="E22" s="3" t="n">
+        <x:v>38037</x:v>
+      </x:c>
+      <x:c r="F22" s="3" t="n">
+        <x:v>33757</x:v>
+      </x:c>
+      <x:c r="G22" s="3" t="n">
+        <x:v>35539</x:v>
+      </x:c>
+      <x:c r="H22" s="3" t="n">
+        <x:v>36340</x:v>
+      </x:c>
+      <x:c r="I22" s="3" t="n">
+        <x:v>35008</x:v>
+      </x:c>
+      <x:c r="J22" s="3" t="n">
+        <x:v>33893</x:v>
+      </x:c>
+      <x:c r="K22" s="3" t="n">
+        <x:v>34515</x:v>
+      </x:c>
+      <x:c r="L22" s="3" t="n">
+        <x:v>37080</x:v>
+      </x:c>
+      <x:c r="M22" s="3" t="n">
+        <x:v>34806</x:v>
+      </x:c>
+      <x:c r="N22" s="3" t="n">
+        <x:v>36784</x:v>
+      </x:c>
+      <x:c r="O22" s="3" t="n">
+        <x:v>36357</x:v>
+      </x:c>
+      <x:c r="P22" s="3" t="n">
+        <x:v>38119</x:v>
+      </x:c>
+      <x:c r="Q22" s="3" t="n">
+        <x:v>37982</x:v>
+      </x:c>
+      <x:c r="R22" s="3" t="n">
+        <x:v>37646</x:v>
+      </x:c>
+      <x:c r="S22" s="3" t="n">
+        <x:v>36582</x:v>
+      </x:c>
+      <x:c r="T22" s="3" t="n">
+        <x:v>36292</x:v>
+      </x:c>
+      <x:c r="U22" s="3" t="n">
+        <x:v>35941</x:v>
+      </x:c>
+      <x:c r="V22" s="3" t="n">
+        <x:v>37294</x:v>
+      </x:c>
+      <x:c r="W22" s="3" t="n">
+        <x:v>35346</x:v>
+      </x:c>
+      <x:c r="X22" s="3" t="n">
+        <x:v>34394</x:v>
+      </x:c>
+      <x:c r="Y22" s="3" t="n">
+        <x:v>34326</x:v>
+      </x:c>
+      <x:c r="Z22" s="3" t="n">
+        <x:v>37769</x:v>
+      </x:c>
+      <x:c r="AA22" s="3" t="n">
+        <x:v>35213</x:v>
+      </x:c>
+      <x:c r="AB22" s="3" t="n">
+        <x:v>37308</x:v>
+      </x:c>
+      <x:c r="AC22" s="3" t="n">
+        <x:v>35706</x:v>
+      </x:c>
+      <x:c r="AD22" s="3" t="n">
+        <x:v>41274</x:v>
+      </x:c>
+      <x:c r="AE22" s="3" t="n">
+        <x:v>43464</x:v>
+      </x:c>
+      <x:c r="AF22" s="3" t="n">
+        <x:v>43229</x:v>
+      </x:c>
+      <x:c r="AG22" s="3" t="n">
+        <x:v>35049</x:v>
+      </x:c>
+      <x:c r="AH22" s="3" t="n">
+        <x:v>50215</x:v>
+      </x:c>
+      <x:c r="AI22" s="3" t="n">
+        <x:v>48509</x:v>
+      </x:c>
+      <x:c r="AJ22" s="3" t="n">
+        <x:v>48057</x:v>
+      </x:c>
+      <x:c r="AK22" s="3" t="n">
+        <x:v>43748</x:v>
+      </x:c>
+      <x:c r="AL22" s="3" t="n">
+        <x:v>45423</x:v>
+      </x:c>
+      <x:c r="AM22" s="3" t="n">
+        <x:v>40930</x:v>
+      </x:c>
+      <x:c r="AN22" s="3" t="n">
+        <x:v>44686</x:v>
+      </x:c>
+      <x:c r="AO22" s="3" t="n">
+        <x:v>49646</x:v>
+      </x:c>
+      <x:c r="AP22" s="3" t="n">
+        <x:v>39642</x:v>
+      </x:c>
+      <x:c r="AQ22" s="3" t="n">
+        <x:v>44628</x:v>
+      </x:c>
+      <x:c r="AR22" s="3" t="n">
+        <x:v>39400</x:v>
+      </x:c>
+      <x:c r="AS22" s="3" t="n">
+        <x:v>38444</x:v>
+      </x:c>
+      <x:c r="AT22" s="3" t="n">
+        <x:v>32526</x:v>
+      </x:c>
+      <x:c r="AU22" s="3" t="n">
+        <x:v>32614</x:v>
+      </x:c>
+      <x:c r="AV22" s="3" t="n">
+        <x:v>34725</x:v>
+      </x:c>
+      <x:c r="AW22" s="3" t="n">
+        <x:v>30419</x:v>
+      </x:c>
+      <x:c r="AX22" s="3" t="n">
+        <x:v>34138</x:v>
+      </x:c>
+      <x:c r="AY22" s="3" t="n">
+        <x:v>35594</x:v>
+      </x:c>
+      <x:c r="AZ22" s="3" t="n">
+        <x:v>29720</x:v>
+      </x:c>
+      <x:c r="BA22" s="3" t="n">
+        <x:v>30957</x:v>
+      </x:c>
+      <x:c r="BB22" s="3" t="n">
+        <x:v>30002</x:v>
+      </x:c>
+      <x:c r="BC22" s="3" t="n">
+        <x:v>30717</x:v>
+      </x:c>
+      <x:c r="BD22" s="3" t="n">
+        <x:v>29890</x:v>
+      </x:c>
+      <x:c r="BE22" s="3" t="n">
+        <x:v>28121</x:v>
+      </x:c>
+      <x:c r="BF22" s="3" t="n">
+        <x:v>23373</x:v>
+      </x:c>
+      <x:c r="BG22" s="3" t="n">
+        <x:v>27891</x:v>
+      </x:c>
+      <x:c r="BH22" s="3" t="n">
+        <x:v>29359</x:v>
+      </x:c>
+      <x:c r="BI22" s="3" t="n">
+        <x:v>31686</x:v>
+      </x:c>
+      <x:c r="BJ22" s="3" t="n">
+        <x:v>27507</x:v>
+      </x:c>
+      <x:c r="BK22" s="3" t="n">
+        <x:v>35374</x:v>
+      </x:c>
+      <x:c r="BL22" s="3" t="n">
+        <x:v>29138</x:v>
+      </x:c>
+      <x:c r="BM22" s="3" t="n">
+        <x:v>25908</x:v>
+      </x:c>
+      <x:c r="BN22" s="3" t="n">
+        <x:v>32787</x:v>
+      </x:c>
+      <x:c r="BO22" s="3" t="n">
+        <x:v>31999</x:v>
+      </x:c>
+      <x:c r="BP22" s="3" t="n">
+        <x:v>33522</x:v>
+      </x:c>
+      <x:c r="BQ22" s="3" t="n">
+        <x:v>33778</x:v>
+      </x:c>
+      <x:c r="BR22" s="3" t="n">
+        <x:v>38077</x:v>
+      </x:c>
+      <x:c r="BS22" s="3" t="n">
+        <x:v>39146</x:v>
+      </x:c>
+      <x:c r="BT22" s="3" t="n">
+        <x:v>38998</x:v>
+      </x:c>
+      <x:c r="BU22" s="3" t="n">
+        <x:v>39568</x:v>
+      </x:c>
+      <x:c r="BV22" s="3" t="n">
+        <x:v>45159</x:v>
+      </x:c>
+      <x:c r="BW22" s="3" t="n">
+        <x:v>45473</x:v>
+      </x:c>
+      <x:c r="BX22" s="3" t="n">
+        <x:v>47134</x:v>
+      </x:c>
+      <x:c r="BY22" s="3" t="n">
+        <x:v>49065</x:v>
+      </x:c>
+      <x:c r="BZ22" s="3" t="n">
+        <x:v>48462</x:v>
+      </x:c>
+      <x:c r="CA22" s="3" t="n">
+        <x:v>48663</x:v>
+      </x:c>
+      <x:c r="CB22" s="3" t="n">
+        <x:v>49968</x:v>
+      </x:c>
+      <x:c r="CC22" s="3" t="n">
+        <x:v>49631</x:v>
+      </x:c>
+      <x:c r="CD22" s="3" t="n">
+        <x:v>52591</x:v>
+      </x:c>
+      <x:c r="CE22" s="3" t="n">
+        <x:v>53882</x:v>
+      </x:c>
+      <x:c r="CF22" s="3" t="n">
+        <x:v>55104</x:v>
+      </x:c>
+      <x:c r="CG22" s="3" t="n">
+        <x:v>55265</x:v>
+      </x:c>
+      <x:c r="CH22" s="3" t="n">
+        <x:v>43508</x:v>
+      </x:c>
+      <x:c r="CI22" s="3" t="n">
+        <x:v>53042</x:v>
+      </x:c>
+      <x:c r="CJ22" s="3" t="n">
+        <x:v>48900</x:v>
+      </x:c>
+      <x:c r="CK22" s="3" t="n">
+        <x:v>64028</x:v>
+      </x:c>
+      <x:c r="CL22" s="3" t="n">
+        <x:v>54327</x:v>
+      </x:c>
+      <x:c r="CM22" s="3" t="n">
+        <x:v>55757</x:v>
+      </x:c>
+      <x:c r="CN22" s="3" t="n">
+        <x:v>54713</x:v>
+      </x:c>
+      <x:c r="CO22" s="3" t="n">
+        <x:v>54847</x:v>
+      </x:c>
+      <x:c r="CP22" s="3" t="n">
+        <x:v>62010</x:v>
+      </x:c>
+      <x:c r="CQ22" s="3" t="n">
+        <x:v>57121</x:v>
+      </x:c>
+      <x:c r="CR22" s="3" t="n">
+        <x:v>61183</x:v>
+      </x:c>
+      <x:c r="CS22" s="3" t="n">
+        <x:v>45521</x:v>
+      </x:c>
+      <x:c r="CT22" s="3" t="n">
+        <x:v>58397</x:v>
+      </x:c>
+      <x:c r="CU22" s="3" t="n">
+        <x:v>62003</x:v>
+      </x:c>
+      <x:c r="CV22" s="3" t="n">
+        <x:v>61026</x:v>
+      </x:c>
+      <x:c r="CW22" s="3" t="n">
+        <x:v>58909</x:v>
+      </x:c>
+      <x:c r="CX22" s="3" t="n">
+        <x:v>51539</x:v>
+      </x:c>
+      <x:c r="CY22" s="3" t="n">
+        <x:v>51168</x:v>
+      </x:c>
+      <x:c r="CZ22" s="3" t="n">
+        <x:v>50713</x:v>
+      </x:c>
+      <x:c r="DA22" s="3" t="n">
+        <x:v>52288</x:v>
+      </x:c>
+      <x:c r="DB22" s="3" t="n">
+        <x:v>56083</x:v>
+      </x:c>
+      <x:c r="DC22" s="3" t="n">
+        <x:v>57024</x:v>
+      </x:c>
+      <x:c r="DD22" s="3" t="n">
+        <x:v>59327</x:v>
+      </x:c>
+      <x:c r="DE22" s="3" t="n">
+        <x:v>68975</x:v>
+      </x:c>
+      <x:c r="DF22" s="3" t="n">
+        <x:v>65789</x:v>
+      </x:c>
+      <x:c r="DG22" s="3" t="n">
+        <x:v>65694</x:v>
+      </x:c>
+      <x:c r="DH22" s="3" t="n">
+        <x:v>69335</x:v>
+      </x:c>
+      <x:c r="DI22" s="3" t="n">
+        <x:v>75348</x:v>
+      </x:c>
+      <x:c r="DJ22" s="3" t="n">
+        <x:v>75306</x:v>
+      </x:c>
+      <x:c r="DK22" s="3" t="n">
+        <x:v>78227</x:v>
+      </x:c>
+      <x:c r="DL22" s="3" t="n">
+        <x:v>82232</x:v>
+      </x:c>
+      <x:c r="DM22" s="3" t="n">
+        <x:v>84338</x:v>
+      </x:c>
+      <x:c r="DN22" s="3" t="n">
+        <x:v>92914</x:v>
+      </x:c>
+      <x:c r="DO22" s="3" t="n">
+        <x:v>99365</x:v>
+      </x:c>
+      <x:c r="DP22" s="3" t="n">
+        <x:v>102752</x:v>
+      </x:c>
+      <x:c r="DQ22" s="3" t="n">
+        <x:v>105904</x:v>
+      </x:c>
+      <x:c r="DR22" s="3" t="n">
+        <x:v>109785</x:v>
+      </x:c>
+      <x:c r="DS22" s="3" t="n">
+        <x:v>109775</x:v>
+      </x:c>
+      <x:c r="DT22" s="3" t="n">
+        <x:v>101121</x:v>
+      </x:c>
+      <x:c r="DU22" s="3" t="n">
+        <x:v>107380</x:v>
+      </x:c>
+      <x:c r="DV22" s="3" t="n">
+        <x:v>90592</x:v>
+      </x:c>
+      <x:c r="DW22" s="3" t="n">
+        <x:v>84671</x:v>
+      </x:c>
+      <x:c r="DX22" s="3" t="n">
+        <x:v>82334</x:v>
+      </x:c>
+      <x:c r="DY22" s="3" t="n">
+        <x:v>89202</x:v>
+      </x:c>
+      <x:c r="DZ22" s="3" t="n">
+        <x:v>76313</x:v>
+      </x:c>
+      <x:c r="EA22" s="3" t="n">
+        <x:v>78064</x:v>
+      </x:c>
+      <x:c r="EB22" s="3" t="n">
+        <x:v>76061</x:v>
+      </x:c>
+      <x:c r="EC22" s="3" t="n">
+        <x:v>81175</x:v>
+      </x:c>
+      <x:c r="ED22" s="3" t="n">
+        <x:v>81816</x:v>
+      </x:c>
+      <x:c r="EE22" s="3" t="n">
+        <x:v>80367</x:v>
+      </x:c>
+      <x:c r="EF22" s="3" t="n">
+        <x:v>80097</x:v>
+      </x:c>
+      <x:c r="EG22" s="3" t="n">
+        <x:v>80910</x:v>
+      </x:c>
+      <x:c r="EH22" s="3" t="n">
+        <x:v>87648</x:v>
+      </x:c>
+      <x:c r="EI22" s="3" t="n">
+        <x:v>85857</x:v>
+      </x:c>
+      <x:c r="EJ22" s="3" t="n">
+        <x:v>89997</x:v>
+      </x:c>
+      <x:c r="EK22" s="3" t="n">
+        <x:v>92523</x:v>
+      </x:c>
+      <x:c r="EL22" s="3" t="n">
+        <x:v>81613</x:v>
+      </x:c>
+      <x:c r="EM22" s="3" t="n">
+        <x:v>90907</x:v>
+      </x:c>
+      <x:c r="EN22" s="3" t="n">
+        <x:v>86109</x:v>
+      </x:c>
+      <x:c r="EO22" s="3" t="n">
+        <x:v>88958</x:v>
+      </x:c>
+      <x:c r="EP22" s="3" t="n">
+        <x:v>86899</x:v>
+      </x:c>
+      <x:c r="EQ22" s="3" t="n">
+        <x:v>88225</x:v>
+      </x:c>
+      <x:c r="ER22" s="3" t="n">
+        <x:v>88156</x:v>
+      </x:c>
+      <x:c r="ES22" s="3" t="n">
+        <x:v>89848</x:v>
+      </x:c>
+      <x:c r="ET22" s="3" t="n">
+        <x:v>86278</x:v>
+      </x:c>
+      <x:c r="EU22" s="3" t="n">
+        <x:v>89998</x:v>
+      </x:c>
+      <x:c r="EV22" s="3" t="n">
+        <x:v>85154</x:v>
+      </x:c>
+      <x:c r="EW22" s="3" t="n">
+        <x:v>86038</x:v>
+      </x:c>
+      <x:c r="EX22" s="3" t="n">
+        <x:v>96661</x:v>
+      </x:c>
+      <x:c r="EY22" s="3" t="n">
+        <x:v>98905</x:v>
+      </x:c>
+      <x:c r="EZ22" s="3" t="n">
+        <x:v>100234</x:v>
+      </x:c>
+      <x:c r="FA22" s="3" t="n">
+        <x:v>99558</x:v>
+      </x:c>
+      <x:c r="FB22" s="3" t="n">
+        <x:v>109866</x:v>
+      </x:c>
+      <x:c r="FC22" s="3" t="n">
+        <x:v>102910</x:v>
+      </x:c>
+      <x:c r="FD22" s="3" t="n">
+        <x:v>109437</x:v>
+      </x:c>
+      <x:c r="FE22" s="3" t="n">
+        <x:v>105430</x:v>
+      </x:c>
+      <x:c r="FF22" s="3" t="n">
+        <x:v>106959</x:v>
+      </x:c>
+      <x:c r="FG22" s="3" t="n">
+        <x:v>109095</x:v>
+      </x:c>
+      <x:c r="FH22" s="3" t="n">
+        <x:v>110813</x:v>
+      </x:c>
+      <x:c r="FI22" s="3" t="n">
+        <x:v>112963</x:v>
+      </x:c>
+      <x:c r="FJ22" s="3" t="n">
+        <x:v>122666</x:v>
+      </x:c>
+      <x:c r="FK22" s="3" t="n">
+        <x:v>120948</x:v>
+      </x:c>
+      <x:c r="FL22" s="3" t="n">
+        <x:v>127245</x:v>
+      </x:c>
+      <x:c r="FM22" s="3" t="n">
+        <x:v>123415</x:v>
+      </x:c>
+      <x:c r="FN22" s="3" t="n">
+        <x:v>124532</x:v>
+      </x:c>
+      <x:c r="FO22" s="3" t="n">
+        <x:v>113414</x:v>
+      </x:c>
+      <x:c r="FP22" s="3" t="n">
+        <x:v>116071</x:v>
+      </x:c>
+      <x:c r="FQ22" s="3" t="n">
+        <x:v>118995</x:v>
+      </x:c>
+      <x:c r="FR22" s="3" t="n">
+        <x:v>126839</x:v>
+      </x:c>
+      <x:c r="FS22" s="3" t="n">
+        <x:v>121368</x:v>
+      </x:c>
+      <x:c r="FT22" s="3" t="n">
+        <x:v>124712</x:v>
+      </x:c>
+      <x:c r="FU22" s="3" t="n">
+        <x:v>123215</x:v>
+      </x:c>
+      <x:c r="FV22" s="3" t="n">
+        <x:v>127397</x:v>
+      </x:c>
+      <x:c r="FW22" s="3" t="n">
+        <x:v>123602</x:v>
+      </x:c>
+      <x:c r="FX22" s="3" t="n">
+        <x:v>127378</x:v>
+      </x:c>
+      <x:c r="FY22" s="3" t="n">
+        <x:v>118184</x:v>
+      </x:c>
+      <x:c r="FZ22" s="3" t="n">
+        <x:v>117310</x:v>
+      </x:c>
+      <x:c r="GA22" s="3" t="n">
+        <x:v>112914</x:v>
+      </x:c>
+      <x:c r="GB22" s="3" t="n">
+        <x:v>109173</x:v>
+      </x:c>
+      <x:c r="GC22" s="3" t="n">
+        <x:v>113999</x:v>
+      </x:c>
+      <x:c r="GD22" s="3" t="n">
+        <x:v>110278</x:v>
+      </x:c>
+      <x:c r="GE22" s="3" t="n">
+        <x:v>115058</x:v>
+      </x:c>
+      <x:c r="GF22" s="3" t="n">
+        <x:v>115427</x:v>
+      </x:c>
+      <x:c r="GG22" s="3" t="n">
+        <x:v>118368</x:v>
+      </x:c>
+      <x:c r="GH22" s="3" t="n">
+        <x:v>116646</x:v>
+      </x:c>
+      <x:c r="GI22" s="3" t="n">
+        <x:v>116765</x:v>
+      </x:c>
+      <x:c r="GJ22" s="3" t="n">
+        <x:v>115948</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:192">
+      <x:c r="A23" s="2" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B23" s="3" t="n">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="C23" s="3" t="n">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="D23" s="3" t="n">
+        <x:v>1404</x:v>
+      </x:c>
+      <x:c r="E23" s="3" t="n">
+        <x:v>2761</x:v>
+      </x:c>
+      <x:c r="F23" s="3" t="n">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="G23" s="3" t="n">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="H23" s="3" t="n">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="I23" s="3" t="n">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="J23" s="3" t="n">
+        <x:v>-23</x:v>
+      </x:c>
+      <x:c r="K23" s="3" t="n">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="L23" s="3" t="n">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="M23" s="3" t="n">
+        <x:v>-23</x:v>
+      </x:c>
+      <x:c r="N23" s="3" t="n">
+        <x:v>-43</x:v>
+      </x:c>
+      <x:c r="O23" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="P23" s="3" t="n">
+        <x:v>-319</x:v>
+      </x:c>
+      <x:c r="Q23" s="3" t="n">
+        <x:v>-110</x:v>
+      </x:c>
+      <x:c r="R23" s="3" t="n">
+        <x:v>2168</x:v>
+      </x:c>
+      <x:c r="S23" s="3" t="n">
+        <x:v>1496</x:v>
+      </x:c>
+      <x:c r="T23" s="3" t="n">
+        <x:v>1732</x:v>
+      </x:c>
+      <x:c r="U23" s="3" t="n">
+        <x:v>1838</x:v>
+      </x:c>
+      <x:c r="V23" s="3" t="n">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="W23" s="3" t="n">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="X23" s="3" t="n">
+        <x:v>3473</x:v>
+      </x:c>
+      <x:c r="Y23" s="3" t="n">
+        <x:v>1170</x:v>
+      </x:c>
+      <x:c r="Z23" s="3" t="n">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="AA23" s="3" t="n">
+        <x:v>1738</x:v>
+      </x:c>
+      <x:c r="AB23" s="3" t="n">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="AC23" s="3" t="n">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="AD23" s="3" t="n">
+        <x:v>1394</x:v>
+      </x:c>
+      <x:c r="AE23" s="3" t="n">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="AF23" s="3" t="n">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="AG23" s="3" t="n">
+        <x:v>1020</x:v>
+      </x:c>
+      <x:c r="AH23" s="3" t="n">
+        <x:v>873</x:v>
+      </x:c>
+      <x:c r="AI23" s="3" t="n">
+        <x:v>1603</x:v>
+      </x:c>
+      <x:c r="AJ23" s="3" t="n">
+        <x:v>2079</x:v>
+      </x:c>
+      <x:c r="AK23" s="3" t="n">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="AL23" s="3" t="n">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="AM23" s="3" t="n">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="AN23" s="3" t="n">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="AO23" s="3" t="n">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="AP23" s="3" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="AQ23" s="3" t="n">
+        <x:v>-110</x:v>
+      </x:c>
+      <x:c r="AR23" s="3" t="n">
+        <x:v>-361</x:v>
+      </x:c>
+      <x:c r="AS23" s="3" t="n">
+        <x:v>-263</x:v>
+      </x:c>
+      <x:c r="AT23" s="3" t="n">
+        <x:v>-173</x:v>
+      </x:c>
+      <x:c r="AU23" s="3" t="n">
+        <x:v>-68</x:v>
+      </x:c>
+      <x:c r="AV23" s="3" t="n">
+        <x:v>-245</x:v>
+      </x:c>
+      <x:c r="AW23" s="3" t="n">
+        <x:v>-562</x:v>
+      </x:c>
+      <x:c r="AX23" s="3" t="n">
+        <x:v>6472</x:v>
+      </x:c>
+      <x:c r="AY23" s="3" t="n">
+        <x:v>-379</x:v>
+      </x:c>
+      <x:c r="AZ23" s="3" t="n">
+        <x:v>1058</x:v>
+      </x:c>
+      <x:c r="BA23" s="3" t="n">
+        <x:v>2302</x:v>
+      </x:c>
+      <x:c r="BB23" s="3" t="n">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="BC23" s="3" t="n">
+        <x:v>-68</x:v>
+      </x:c>
+      <x:c r="BD23" s="3" t="n">
+        <x:v>6566</x:v>
+      </x:c>
+      <x:c r="BE23" s="3" t="n">
+        <x:v>-3554</x:v>
+      </x:c>
+      <x:c r="BF23" s="3" t="n">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="BG23" s="3" t="n">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="BH23" s="3" t="n">
+        <x:v>-133</x:v>
+      </x:c>
+      <x:c r="BI23" s="3" t="n">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="BJ23" s="3" t="n">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="BK23" s="3" t="n">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="BL23" s="3" t="n">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="BM23" s="3" t="n">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BN23" s="3" t="n">
+        <x:v>-641</x:v>
+      </x:c>
+      <x:c r="BO23" s="3" t="n">
+        <x:v>-231</x:v>
+      </x:c>
+      <x:c r="BP23" s="3" t="n">
+        <x:v>-283</x:v>
+      </x:c>
+      <x:c r="BQ23" s="3" t="n">
+        <x:v>-113</x:v>
+      </x:c>
+      <x:c r="BR23" s="3" t="n">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="BS23" s="3" t="n">
+        <x:v>-10</x:v>
+      </x:c>
+      <x:c r="BT23" s="3" t="n">
+        <x:v>-87</x:v>
+      </x:c>
+      <x:c r="BU23" s="3" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="BV23" s="3" t="n">
+        <x:v>14954</x:v>
+      </x:c>
+      <x:c r="BW23" s="3" t="n">
+        <x:v>10669</x:v>
+      </x:c>
+      <x:c r="BX23" s="3" t="n">
+        <x:v>-3968</x:v>
+      </x:c>
+      <x:c r="BY23" s="3" t="n">
+        <x:v>-11281</x:v>
+      </x:c>
+      <x:c r="BZ23" s="3" t="n">
+        <x:v>-188</x:v>
+      </x:c>
+      <x:c r="CA23" s="3" t="n">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="CB23" s="3" t="n">
+        <x:v>1022</x:v>
+      </x:c>
+      <x:c r="CC23" s="3" t="n">
+        <x:v>-76</x:v>
+      </x:c>
+      <x:c r="CD23" s="3" t="n">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="CE23" s="3" t="n">
+        <x:v>873</x:v>
+      </x:c>
+      <x:c r="CF23" s="3" t="n">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="CG23" s="3" t="n">
+        <x:v>2246</x:v>
+      </x:c>
+      <x:c r="CH23" s="3" t="n">
+        <x:v>-382</x:v>
+      </x:c>
+      <x:c r="CI23" s="3" t="n">
+        <x:v>-989</x:v>
+      </x:c>
+      <x:c r="CJ23" s="3" t="n">
+        <x:v>-432</x:v>
+      </x:c>
+      <x:c r="CK23" s="3" t="n">
+        <x:v>-2724</x:v>
+      </x:c>
+      <x:c r="CL23" s="3" t="n">
+        <x:v>7369</x:v>
+      </x:c>
+      <x:c r="CM23" s="3" t="n">
+        <x:v>957</x:v>
+      </x:c>
+      <x:c r="CN23" s="3" t="n">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="CO23" s="3" t="n">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="CP23" s="3" t="n">
+        <x:v>1984</x:v>
+      </x:c>
+      <x:c r="CQ23" s="3" t="n">
+        <x:v>4448</x:v>
+      </x:c>
+      <x:c r="CR23" s="3" t="n">
+        <x:v>2486</x:v>
+      </x:c>
+      <x:c r="CS23" s="3" t="n">
+        <x:v>-695</x:v>
+      </x:c>
+      <x:c r="CT23" s="3" t="n">
+        <x:v>2357</x:v>
+      </x:c>
+      <x:c r="CU23" s="3" t="n">
+        <x:v>3638</x:v>
+      </x:c>
+      <x:c r="CV23" s="3" t="n">
+        <x:v>5866</x:v>
+      </x:c>
+      <x:c r="CW23" s="3" t="n">
+        <x:v>2976</x:v>
+      </x:c>
+      <x:c r="CX23" s="3" t="n">
+        <x:v>1654</x:v>
+      </x:c>
+      <x:c r="CY23" s="3" t="n">
+        <x:v>998</x:v>
+      </x:c>
+      <x:c r="CZ23" s="3" t="n">
+        <x:v>947</x:v>
+      </x:c>
+      <x:c r="DA23" s="3" t="n">
+        <x:v>-2178</x:v>
+      </x:c>
+      <x:c r="DB23" s="3" t="n">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="DC23" s="3" t="n">
+        <x:v>1311</x:v>
+      </x:c>
+      <x:c r="DD23" s="3" t="n">
+        <x:v>1645</x:v>
+      </x:c>
+      <x:c r="DE23" s="3" t="n">
+        <x:v>4652</x:v>
+      </x:c>
+      <x:c r="DF23" s="3" t="n">
+        <x:v>3208</x:v>
+      </x:c>
+      <x:c r="DG23" s="3" t="n">
+        <x:v>-2182</x:v>
+      </x:c>
+      <x:c r="DH23" s="3" t="n">
+        <x:v>1631</x:v>
+      </x:c>
+      <x:c r="DI23" s="3" t="n">
+        <x:v>2050</x:v>
+      </x:c>
+      <x:c r="DJ23" s="3" t="n">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="DK23" s="3" t="n">
+        <x:v>1518</x:v>
+      </x:c>
+      <x:c r="DL23" s="3" t="n">
+        <x:v>2425</x:v>
+      </x:c>
+      <x:c r="DM23" s="3" t="n">
+        <x:v>3308</x:v>
+      </x:c>
+      <x:c r="DN23" s="3" t="n">
+        <x:v>2513</x:v>
+      </x:c>
+      <x:c r="DO23" s="3" t="n">
+        <x:v>5630</x:v>
+      </x:c>
+      <x:c r="DP23" s="3" t="n">
+        <x:v>4591</x:v>
+      </x:c>
+      <x:c r="DQ23" s="3" t="n">
+        <x:v>3007</x:v>
+      </x:c>
+      <x:c r="DR23" s="3" t="n">
+        <x:v>7172</x:v>
+      </x:c>
+      <x:c r="DS23" s="3" t="n">
+        <x:v>6241</x:v>
+      </x:c>
+      <x:c r="DT23" s="3" t="n">
+        <x:v>2183</x:v>
+      </x:c>
+      <x:c r="DU23" s="3" t="n">
+        <x:v>2935</x:v>
+      </x:c>
+      <x:c r="DV23" s="3" t="n">
+        <x:v>7217</x:v>
+      </x:c>
+      <x:c r="DW23" s="3" t="n">
+        <x:v>1713</x:v>
+      </x:c>
+      <x:c r="DX23" s="3" t="n">
+        <x:v>1812</x:v>
+      </x:c>
+      <x:c r="DY23" s="3" t="n">
+        <x:v>7030</x:v>
+      </x:c>
+      <x:c r="DZ23" s="3" t="n">
+        <x:v>961</x:v>
+      </x:c>
+      <x:c r="EA23" s="3" t="n">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="EB23" s="3" t="n">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="EC23" s="3" t="n">
+        <x:v>1011</x:v>
+      </x:c>
+      <x:c r="ED23" s="3" t="n">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="EE23" s="3" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="EF23" s="3" t="n">
+        <x:v>-690</x:v>
+      </x:c>
+      <x:c r="EG23" s="3" t="n">
+        <x:v>-176</x:v>
+      </x:c>
+      <x:c r="EH23" s="3" t="n">
+        <x:v>2627</x:v>
+      </x:c>
+      <x:c r="EI23" s="3" t="n">
+        <x:v>2789</x:v>
+      </x:c>
+      <x:c r="EJ23" s="3" t="n">
+        <x:v>5020</x:v>
+      </x:c>
+      <x:c r="EK23" s="3" t="n">
+        <x:v>5491</x:v>
+      </x:c>
+      <x:c r="EL23" s="3" t="n">
+        <x:v>-846</x:v>
+      </x:c>
+      <x:c r="EM23" s="3" t="n">
+        <x:v>3346</x:v>
+      </x:c>
+      <x:c r="EN23" s="3" t="n">
+        <x:v>1716</x:v>
+      </x:c>
+      <x:c r="EO23" s="3" t="n">
+        <x:v>4152</x:v>
+      </x:c>
+      <x:c r="EP23" s="3" t="n">
+        <x:v>1556</x:v>
+      </x:c>
+      <x:c r="EQ23" s="3" t="n">
+        <x:v>2116</x:v>
+      </x:c>
+      <x:c r="ER23" s="3" t="n">
+        <x:v>1691</x:v>
+      </x:c>
+      <x:c r="ES23" s="3" t="n">
+        <x:v>1686</x:v>
+      </x:c>
+      <x:c r="ET23" s="3" t="n">
+        <x:v>2263</x:v>
+      </x:c>
+      <x:c r="EU23" s="3" t="n">
+        <x:v>2456</x:v>
+      </x:c>
+      <x:c r="EV23" s="3" t="n">
+        <x:v>1618</x:v>
+      </x:c>
+      <x:c r="EW23" s="3" t="n">
+        <x:v>1435</x:v>
+      </x:c>
+      <x:c r="EX23" s="3" t="n">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="EY23" s="3" t="n">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="EZ23" s="3" t="n">
+        <x:v>819</x:v>
+      </x:c>
+      <x:c r="FA23" s="3" t="n">
+        <x:v>839</x:v>
+      </x:c>
+      <x:c r="FB23" s="3" t="n">
+        <x:v>1353</x:v>
+      </x:c>
+      <x:c r="FC23" s="3" t="n">
+        <x:v>1323</x:v>
+      </x:c>
+      <x:c r="FD23" s="3" t="n">
+        <x:v>2009</x:v>
+      </x:c>
+      <x:c r="FE23" s="3" t="n">
+        <x:v>1628</x:v>
+      </x:c>
+      <x:c r="FF23" s="3" t="n">
+        <x:v>1092</x:v>
+      </x:c>
+      <x:c r="FG23" s="3" t="n">
+        <x:v>1062</x:v>
+      </x:c>
+      <x:c r="FH23" s="3" t="n">
+        <x:v>884</x:v>
+      </x:c>
+      <x:c r="FI23" s="3" t="n">
+        <x:v>979</x:v>
+      </x:c>
+      <x:c r="FJ23" s="3" t="n">
+        <x:v>1291</x:v>
+      </x:c>
+      <x:c r="FK23" s="3" t="n">
+        <x:v>1486</x:v>
+      </x:c>
+      <x:c r="FL23" s="3" t="n">
+        <x:v>1596</x:v>
+      </x:c>
+      <x:c r="FM23" s="3" t="n">
+        <x:v>1614</x:v>
+      </x:c>
+      <x:c r="FN23" s="3" t="n">
+        <x:v>2774</x:v>
+      </x:c>
+      <x:c r="FO23" s="3" t="n">
+        <x:v>2399</x:v>
+      </x:c>
+      <x:c r="FP23" s="3" t="n">
+        <x:v>2062</x:v>
+      </x:c>
+      <x:c r="FQ23" s="3" t="n">
+        <x:v>1685</x:v>
+      </x:c>
+      <x:c r="FR23" s="3" t="n">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="FS23" s="3" t="n">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="FT23" s="3" t="n">
+        <x:v>824</x:v>
+      </x:c>
+      <x:c r="FU23" s="3" t="n">
+        <x:v>919</x:v>
+      </x:c>
+      <x:c r="FV23" s="3" t="n">
+        <x:v>1432</x:v>
+      </x:c>
+      <x:c r="FW23" s="3" t="n">
+        <x:v>1826</x:v>
+      </x:c>
+      <x:c r="FX23" s="3" t="n">
+        <x:v>1454</x:v>
+      </x:c>
+      <x:c r="FY23" s="3" t="n">
+        <x:v>1830</x:v>
+      </x:c>
+      <x:c r="FZ23" s="3" t="n">
+        <x:v>1017</x:v>
+      </x:c>
+      <x:c r="GA23" s="3" t="n">
+        <x:v>1080</x:v>
+      </x:c>
+      <x:c r="GB23" s="3" t="n">
+        <x:v>894</x:v>
+      </x:c>
+      <x:c r="GC23" s="3" t="n">
+        <x:v>1157</x:v>
+      </x:c>
+      <x:c r="GD23" s="3" t="n">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="GE23" s="3" t="n">
+        <x:v>2210</x:v>
+      </x:c>
+      <x:c r="GF23" s="3" t="n">
+        <x:v>3202</x:v>
+      </x:c>
+      <x:c r="GG23" s="3" t="n">
+        <x:v>2605</x:v>
+      </x:c>
+      <x:c r="GH23" s="3" t="n">
+        <x:v>1841</x:v>
+      </x:c>
+      <x:c r="GI23" s="3" t="n">
+        <x:v>1707</x:v>
+      </x:c>
+      <x:c r="GJ23" s="3" t="n">
+        <x:v>1856</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:192">
+      <x:c r="A24" s="2" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="B24" s="3" t="n">
+        <x:v>13894</x:v>
+      </x:c>
+      <x:c r="C24" s="3" t="n">
+        <x:v>13698</x:v>
+      </x:c>
+      <x:c r="D24" s="3" t="n">
+        <x:v>13893</x:v>
+      </x:c>
+      <x:c r="E24" s="3" t="n">
+        <x:v>14252</x:v>
+      </x:c>
+      <x:c r="F24" s="3" t="n">
+        <x:v>14756</x:v>
+      </x:c>
+      <x:c r="G24" s="3" t="n">
+        <x:v>11111</x:v>
+      </x:c>
+      <x:c r="H24" s="3" t="n">
+        <x:v>11076</x:v>
+      </x:c>
+      <x:c r="I24" s="3" t="n">
+        <x:v>21419</x:v>
+      </x:c>
+      <x:c r="J24" s="3" t="n">
+        <x:v>17894</x:v>
+      </x:c>
+      <x:c r="K24" s="3" t="n">
+        <x:v>11706</x:v>
+      </x:c>
+      <x:c r="L24" s="3" t="n">
+        <x:v>12965</x:v>
+      </x:c>
+      <x:c r="M24" s="3" t="n">
+        <x:v>13567</x:v>
+      </x:c>
+      <x:c r="N24" s="3" t="n">
+        <x:v>14598</x:v>
+      </x:c>
+      <x:c r="O24" s="3" t="n">
+        <x:v>15124</x:v>
+      </x:c>
+      <x:c r="P24" s="3" t="n">
+        <x:v>15590</x:v>
+      </x:c>
+      <x:c r="Q24" s="3" t="n">
+        <x:v>15496</x:v>
+      </x:c>
+      <x:c r="R24" s="3" t="n">
+        <x:v>13804</x:v>
+      </x:c>
+      <x:c r="S24" s="3" t="n">
+        <x:v>19939</x:v>
+      </x:c>
+      <x:c r="T24" s="3" t="n">
+        <x:v>15043</x:v>
+      </x:c>
+      <x:c r="U24" s="3" t="n">
+        <x:v>15278</x:v>
+      </x:c>
+      <x:c r="V24" s="3" t="n">
+        <x:v>16254</x:v>
+      </x:c>
+      <x:c r="W24" s="3" t="n">
+        <x:v>16641</x:v>
+      </x:c>
+      <x:c r="X24" s="3" t="n">
+        <x:v>16497</x:v>
+      </x:c>
+      <x:c r="Y24" s="3" t="n">
+        <x:v>16882</x:v>
+      </x:c>
+      <x:c r="Z24" s="3" t="n">
+        <x:v>14594</x:v>
+      </x:c>
+      <x:c r="AA24" s="3" t="n">
+        <x:v>18099</x:v>
+      </x:c>
+      <x:c r="AB24" s="3" t="n">
+        <x:v>18490</x:v>
+      </x:c>
+      <x:c r="AC24" s="3" t="n">
+        <x:v>19798</x:v>
+      </x:c>
+      <x:c r="AD24" s="3" t="n">
+        <x:v>17434</x:v>
+      </x:c>
+      <x:c r="AE24" s="3" t="n">
+        <x:v>18372</x:v>
+      </x:c>
+      <x:c r="AF24" s="3" t="n">
+        <x:v>18152</x:v>
+      </x:c>
+      <x:c r="AG24" s="3" t="n">
+        <x:v>24650</x:v>
+      </x:c>
+      <x:c r="AH24" s="3" t="n">
+        <x:v>24909</x:v>
+      </x:c>
+      <x:c r="AI24" s="3" t="n">
+        <x:v>25558</x:v>
+      </x:c>
+      <x:c r="AJ24" s="3" t="n">
+        <x:v>23533</x:v>
+      </x:c>
+      <x:c r="AK24" s="3" t="n">
+        <x:v>16641</x:v>
+      </x:c>
+      <x:c r="AL24" s="3" t="n">
+        <x:v>20351</x:v>
+      </x:c>
+      <x:c r="AM24" s="3" t="n">
+        <x:v>20795</x:v>
+      </x:c>
+      <x:c r="AN24" s="3" t="n">
+        <x:v>19853</x:v>
+      </x:c>
+      <x:c r="AO24" s="3" t="n">
+        <x:v>20719</x:v>
+      </x:c>
+      <x:c r="AP24" s="3" t="n">
+        <x:v>20172</x:v>
+      </x:c>
+      <x:c r="AQ24" s="3" t="n">
+        <x:v>19079</x:v>
+      </x:c>
+      <x:c r="AR24" s="3" t="n">
+        <x:v>18234</x:v>
+      </x:c>
+      <x:c r="AS24" s="3" t="n">
+        <x:v>17402</x:v>
+      </x:c>
+      <x:c r="AT24" s="3" t="n">
+        <x:v>17772</x:v>
+      </x:c>
+      <x:c r="AU24" s="3" t="n">
+        <x:v>17537</x:v>
+      </x:c>
+      <x:c r="AV24" s="3" t="n">
+        <x:v>12838</x:v>
+      </x:c>
+      <x:c r="AW24" s="3" t="n">
+        <x:v>15703</x:v>
+      </x:c>
+      <x:c r="AX24" s="3" t="n">
+        <x:v>14286</x:v>
+      </x:c>
+      <x:c r="AY24" s="3" t="n">
+        <x:v>16523</x:v>
+      </x:c>
+      <x:c r="AZ24" s="3" t="n">
+        <x:v>14278</x:v>
+      </x:c>
+      <x:c r="BA24" s="3" t="n">
+        <x:v>14527</x:v>
+      </x:c>
+      <x:c r="BB24" s="3" t="n">
+        <x:v>13048</x:v>
+      </x:c>
+      <x:c r="BC24" s="3" t="n">
+        <x:v>14572</x:v>
+      </x:c>
+      <x:c r="BD24" s="3" t="n">
+        <x:v>12676</x:v>
+      </x:c>
+      <x:c r="BE24" s="3" t="n">
+        <x:v>18934</x:v>
+      </x:c>
+      <x:c r="BF24" s="3" t="n">
+        <x:v>15153</x:v>
+      </x:c>
+      <x:c r="BG24" s="3" t="n">
+        <x:v>13031</x:v>
+      </x:c>
+      <x:c r="BH24" s="3" t="n">
+        <x:v>13405</x:v>
+      </x:c>
+      <x:c r="BI24" s="3" t="n">
+        <x:v>13871</x:v>
+      </x:c>
+      <x:c r="BJ24" s="3" t="n">
+        <x:v>14654</x:v>
+      </x:c>
+      <x:c r="BK24" s="3" t="n">
+        <x:v>16021</x:v>
+      </x:c>
+      <x:c r="BL24" s="3" t="n">
+        <x:v>15744</x:v>
+      </x:c>
+      <x:c r="BM24" s="3" t="n">
+        <x:v>17046</x:v>
+      </x:c>
+      <x:c r="BN24" s="3" t="n">
+        <x:v>18648</x:v>
+      </x:c>
+      <x:c r="BO24" s="3" t="n">
+        <x:v>18438</x:v>
+      </x:c>
+      <x:c r="BP24" s="3" t="n">
+        <x:v>19313</x:v>
+      </x:c>
+      <x:c r="BQ24" s="3" t="n">
+        <x:v>17772</x:v>
+      </x:c>
+      <x:c r="BR24" s="3" t="n">
+        <x:v>20647</x:v>
+      </x:c>
+      <x:c r="BS24" s="3" t="n">
+        <x:v>20666</x:v>
+      </x:c>
+      <x:c r="BT24" s="3" t="n">
+        <x:v>21846</x:v>
+      </x:c>
+      <x:c r="BU24" s="3" t="n">
+        <x:v>21951</x:v>
+      </x:c>
+      <x:c r="BV24" s="3" t="n">
+        <x:v>23409</x:v>
+      </x:c>
+      <x:c r="BW24" s="3" t="n">
+        <x:v>24712</x:v>
+      </x:c>
+      <x:c r="BX24" s="3" t="n">
+        <x:v>25063</x:v>
+      </x:c>
+      <x:c r="BY24" s="3" t="n">
+        <x:v>27643</x:v>
+      </x:c>
+      <x:c r="BZ24" s="3" t="n">
+        <x:v>23879</x:v>
+      </x:c>
+      <x:c r="CA24" s="3" t="n">
+        <x:v>25503</x:v>
+      </x:c>
+      <x:c r="CB24" s="3" t="n">
+        <x:v>31311</x:v>
+      </x:c>
+      <x:c r="CC24" s="3" t="n">
+        <x:v>31192</x:v>
+      </x:c>
+      <x:c r="CD24" s="3" t="n">
+        <x:v>32014</x:v>
+      </x:c>
+      <x:c r="CE24" s="3" t="n">
+        <x:v>30043</x:v>
+      </x:c>
+      <x:c r="CF24" s="3" t="n">
+        <x:v>31748</x:v>
+      </x:c>
+      <x:c r="CG24" s="3" t="n">
+        <x:v>31542</x:v>
+      </x:c>
+      <x:c r="CH24" s="3" t="n">
+        <x:v>30296</x:v>
+      </x:c>
+      <x:c r="CI24" s="3" t="n">
+        <x:v>31509</x:v>
+      </x:c>
+      <x:c r="CJ24" s="3" t="n">
+        <x:v>32160</x:v>
+      </x:c>
+      <x:c r="CK24" s="3" t="n">
+        <x:v>33623</x:v>
+      </x:c>
+      <x:c r="CL24" s="3" t="n">
+        <x:v>32684</x:v>
+      </x:c>
+      <x:c r="CM24" s="3" t="n">
+        <x:v>32788</x:v>
+      </x:c>
+      <x:c r="CN24" s="3" t="n">
+        <x:v>31433</x:v>
+      </x:c>
+      <x:c r="CO24" s="3" t="n">
+        <x:v>32951</x:v>
+      </x:c>
+      <x:c r="CP24" s="3" t="n">
+        <x:v>35970</x:v>
+      </x:c>
+      <x:c r="CQ24" s="3" t="n">
+        <x:v>34231</x:v>
+      </x:c>
+      <x:c r="CR24" s="3" t="n">
+        <x:v>35175</x:v>
+      </x:c>
+      <x:c r="CS24" s="3" t="n">
+        <x:v>28832</x:v>
+      </x:c>
+      <x:c r="CT24" s="3" t="n">
+        <x:v>34829</x:v>
+      </x:c>
+      <x:c r="CU24" s="3" t="n">
+        <x:v>34741</x:v>
+      </x:c>
+      <x:c r="CV24" s="3" t="n">
+        <x:v>33228</x:v>
+      </x:c>
+      <x:c r="CW24" s="3" t="n">
+        <x:v>32029</x:v>
+      </x:c>
+      <x:c r="CX24" s="3" t="n">
+        <x:v>27651</x:v>
+      </x:c>
+      <x:c r="CY24" s="3" t="n">
+        <x:v>28923</x:v>
+      </x:c>
+      <x:c r="CZ24" s="3" t="n">
+        <x:v>29393</x:v>
+      </x:c>
+      <x:c r="DA24" s="3" t="n">
+        <x:v>30648</x:v>
+      </x:c>
+      <x:c r="DB24" s="3" t="n">
+        <x:v>33820</x:v>
+      </x:c>
+      <x:c r="DC24" s="3" t="n">
+        <x:v>32211</x:v>
+      </x:c>
+      <x:c r="DD24" s="3" t="n">
+        <x:v>35786</x:v>
+      </x:c>
+      <x:c r="DE24" s="3" t="n">
+        <x:v>40893</x:v>
+      </x:c>
+      <x:c r="DF24" s="3" t="n">
+        <x:v>40998</x:v>
+      </x:c>
+      <x:c r="DG24" s="3" t="n">
+        <x:v>42811</x:v>
+      </x:c>
+      <x:c r="DH24" s="3" t="n">
+        <x:v>41936</x:v>
+      </x:c>
+      <x:c r="DI24" s="3" t="n">
+        <x:v>44062</x:v>
+      </x:c>
+      <x:c r="DJ24" s="3" t="n">
+        <x:v>51325</x:v>
+      </x:c>
+      <x:c r="DK24" s="3" t="n">
+        <x:v>50542</x:v>
+      </x:c>
+      <x:c r="DL24" s="3" t="n">
+        <x:v>51528</x:v>
+      </x:c>
+      <x:c r="DM24" s="3" t="n">
+        <x:v>48838</x:v>
+      </x:c>
+      <x:c r="DN24" s="3" t="n">
+        <x:v>64708</x:v>
+      </x:c>
+      <x:c r="DO24" s="3" t="n">
+        <x:v>63070</x:v>
+      </x:c>
+      <x:c r="DP24" s="3" t="n">
+        <x:v>64881</x:v>
+      </x:c>
+      <x:c r="DQ24" s="3" t="n">
+        <x:v>65413</x:v>
+      </x:c>
+      <x:c r="DR24" s="3" t="n">
+        <x:v>68369</x:v>
+      </x:c>
+      <x:c r="DS24" s="3" t="n">
+        <x:v>68489</x:v>
+      </x:c>
+      <x:c r="DT24" s="3" t="n">
+        <x:v>65389</x:v>
+      </x:c>
+      <x:c r="DU24" s="3" t="n">
         <x:v>66468</x:v>
       </x:c>
-      <x:c r="O8" s="3" t="n">
-[...528 lines deleted...]
-        <x:v>221688</x:v>
+      <x:c r="DV24" s="3" t="n">
+        <x:v>54315</x:v>
+      </x:c>
+      <x:c r="DW24" s="3" t="n">
+        <x:v>57603</x:v>
+      </x:c>
+      <x:c r="DX24" s="3" t="n">
+        <x:v>56316</x:v>
+      </x:c>
+      <x:c r="DY24" s="3" t="n">
+        <x:v>55829</x:v>
+      </x:c>
+      <x:c r="DZ24" s="3" t="n">
+        <x:v>50716</x:v>
+      </x:c>
+      <x:c r="EA24" s="3" t="n">
+        <x:v>52154</x:v>
+      </x:c>
+      <x:c r="EB24" s="3" t="n">
+        <x:v>50767</x:v>
+      </x:c>
+      <x:c r="EC24" s="3" t="n">
+        <x:v>52953</x:v>
+      </x:c>
+      <x:c r="ED24" s="3" t="n">
+        <x:v>54475</x:v>
+      </x:c>
+      <x:c r="EE24" s="3" t="n">
+        <x:v>52196</x:v>
+      </x:c>
+      <x:c r="EF24" s="3" t="n">
+        <x:v>52117</x:v>
+      </x:c>
+      <x:c r="EG24" s="3" t="n">
+        <x:v>52436</x:v>
+      </x:c>
+      <x:c r="EH24" s="3" t="n">
+        <x:v>54630</x:v>
+      </x:c>
+      <x:c r="EI24" s="3" t="n">
+        <x:v>53871</x:v>
+      </x:c>
+      <x:c r="EJ24" s="3" t="n">
+        <x:v>55743</x:v>
+      </x:c>
+      <x:c r="EK24" s="3" t="n">
+        <x:v>55413</x:v>
+      </x:c>
+      <x:c r="EL24" s="3" t="n">
+        <x:v>54583</x:v>
+      </x:c>
+      <x:c r="EM24" s="3" t="n">
+        <x:v>57118</x:v>
+      </x:c>
+      <x:c r="EN24" s="3" t="n">
+        <x:v>55062</x:v>
+      </x:c>
+      <x:c r="EO24" s="3" t="n">
+        <x:v>54629</x:v>
+      </x:c>
+      <x:c r="EP24" s="3" t="n">
+        <x:v>55190</x:v>
+      </x:c>
+      <x:c r="EQ24" s="3" t="n">
+        <x:v>55557</x:v>
+      </x:c>
+      <x:c r="ER24" s="3" t="n">
+        <x:v>56207</x:v>
+      </x:c>
+      <x:c r="ES24" s="3" t="n">
+        <x:v>57353</x:v>
+      </x:c>
+      <x:c r="ET24" s="3" t="n">
+        <x:v>55351</x:v>
+      </x:c>
+      <x:c r="EU24" s="3" t="n">
+        <x:v>58108</x:v>
+      </x:c>
+      <x:c r="EV24" s="3" t="n">
+        <x:v>54000</x:v>
+      </x:c>
+      <x:c r="EW24" s="3" t="n">
+        <x:v>55578</x:v>
+      </x:c>
+      <x:c r="EX24" s="3" t="n">
+        <x:v>60543</x:v>
+      </x:c>
+      <x:c r="EY24" s="3" t="n">
+        <x:v>64355</x:v>
+      </x:c>
+      <x:c r="EZ24" s="3" t="n">
+        <x:v>66455</x:v>
+      </x:c>
+      <x:c r="FA24" s="3" t="n">
+        <x:v>64021</x:v>
+      </x:c>
+      <x:c r="FB24" s="3" t="n">
+        <x:v>71282</x:v>
+      </x:c>
+      <x:c r="FC24" s="3" t="n">
+        <x:v>67657</x:v>
+      </x:c>
+      <x:c r="FD24" s="3" t="n">
+        <x:v>71268</x:v>
+      </x:c>
+      <x:c r="FE24" s="3" t="n">
+        <x:v>69110</x:v>
+      </x:c>
+      <x:c r="FF24" s="3" t="n">
+        <x:v>68411</x:v>
+      </x:c>
+      <x:c r="FG24" s="3" t="n">
+        <x:v>69679</x:v>
+      </x:c>
+      <x:c r="FH24" s="3" t="n">
+        <x:v>71777</x:v>
+      </x:c>
+      <x:c r="FI24" s="3" t="n">
+        <x:v>73865</x:v>
+      </x:c>
+      <x:c r="FJ24" s="3" t="n">
+        <x:v>76674</x:v>
+      </x:c>
+      <x:c r="FK24" s="3" t="n">
+        <x:v>76622</x:v>
+      </x:c>
+      <x:c r="FL24" s="3" t="n">
+        <x:v>80290</x:v>
+      </x:c>
+      <x:c r="FM24" s="3" t="n">
+        <x:v>77339</x:v>
+      </x:c>
+      <x:c r="FN24" s="3" t="n">
+        <x:v>79220</x:v>
+      </x:c>
+      <x:c r="FO24" s="3" t="n">
+        <x:v>72045</x:v>
+      </x:c>
+      <x:c r="FP24" s="3" t="n">
+        <x:v>75264</x:v>
+      </x:c>
+      <x:c r="FQ24" s="3" t="n">
+        <x:v>80659</x:v>
+      </x:c>
+      <x:c r="FR24" s="3" t="n">
+        <x:v>84520</x:v>
+      </x:c>
+      <x:c r="FS24" s="3" t="n">
+        <x:v>82242</x:v>
+      </x:c>
+      <x:c r="FT24" s="3" t="n">
+        <x:v>88117</x:v>
+      </x:c>
+      <x:c r="FU24" s="3" t="n">
+        <x:v>85510</x:v>
+      </x:c>
+      <x:c r="FV24" s="3" t="n">
+        <x:v>87976</x:v>
+      </x:c>
+      <x:c r="FW24" s="3" t="n">
+        <x:v>83851</x:v>
+      </x:c>
+      <x:c r="FX24" s="3" t="n">
+        <x:v>88520</x:v>
+      </x:c>
+      <x:c r="FY24" s="3" t="n">
+        <x:v>77876</x:v>
+      </x:c>
+      <x:c r="FZ24" s="3" t="n">
+        <x:v>78093</x:v>
+      </x:c>
+      <x:c r="GA24" s="3" t="n">
+        <x:v>76044</x:v>
+      </x:c>
+      <x:c r="GB24" s="3" t="n">
+        <x:v>72671</x:v>
+      </x:c>
+      <x:c r="GC24" s="3" t="n">
+        <x:v>73903</x:v>
+      </x:c>
+      <x:c r="GD24" s="3" t="n">
+        <x:v>72724</x:v>
+      </x:c>
+      <x:c r="GE24" s="3" t="n">
+        <x:v>76466</x:v>
+      </x:c>
+      <x:c r="GF24" s="3" t="n">
+        <x:v>76779</x:v>
+      </x:c>
+      <x:c r="GG24" s="3" t="n">
+        <x:v>80719</x:v>
+      </x:c>
+      <x:c r="GH24" s="3" t="n">
+        <x:v>78285</x:v>
+      </x:c>
+      <x:c r="GI24" s="3" t="n">
+        <x:v>77320</x:v>
+      </x:c>
+      <x:c r="GJ24" s="3" t="n">
+        <x:v>77020</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:191">
-[...219 lines deleted...]
-      <x:c r="BV9" s="3" t="n">
+    <x:row r="25" spans="1:192">
+      <x:c r="A25" s="2" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="B25" s="3" t="n">
+        <x:v>10406</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="n">
+        <x:v>9544</x:v>
+      </x:c>
+      <x:c r="D25" s="3" t="n">
         <x:v>9495</x:v>
       </x:c>
-      <x:c r="BW9" s="3" t="n">
-[...348 lines deleted...]
-        <x:v>37238</x:v>
+      <x:c r="E25" s="3" t="n">
+        <x:v>9558</x:v>
+      </x:c>
+      <x:c r="F25" s="3" t="n">
+        <x:v>8162</x:v>
+      </x:c>
+      <x:c r="G25" s="3" t="n">
+        <x:v>8247</x:v>
+      </x:c>
+      <x:c r="H25" s="3" t="n">
+        <x:v>8275</x:v>
+      </x:c>
+      <x:c r="I25" s="3" t="n">
+        <x:v>8849</x:v>
+      </x:c>
+      <x:c r="J25" s="3" t="n">
+        <x:v>9139</x:v>
+      </x:c>
+      <x:c r="K25" s="3" t="n">
+        <x:v>9473</x:v>
+      </x:c>
+      <x:c r="L25" s="3" t="n">
+        <x:v>9813</x:v>
+      </x:c>
+      <x:c r="M25" s="3" t="n">
+        <x:v>9656</x:v>
+      </x:c>
+      <x:c r="N25" s="3" t="n">
+        <x:v>10665</x:v>
+      </x:c>
+      <x:c r="O25" s="3" t="n">
+        <x:v>10905</x:v>
+      </x:c>
+      <x:c r="P25" s="3" t="n">
+        <x:v>10501</x:v>
+      </x:c>
+      <x:c r="Q25" s="3" t="n">
+        <x:v>11270</x:v>
+      </x:c>
+      <x:c r="R25" s="3" t="n">
+        <x:v>9124</x:v>
+      </x:c>
+      <x:c r="S25" s="3" t="n">
+        <x:v>9083</x:v>
+      </x:c>
+      <x:c r="T25" s="3" t="n">
+        <x:v>8005</x:v>
+      </x:c>
+      <x:c r="U25" s="3" t="n">
+        <x:v>7381</x:v>
+      </x:c>
+      <x:c r="V25" s="3" t="n">
+        <x:v>7659</x:v>
+      </x:c>
+      <x:c r="W25" s="3" t="n">
+        <x:v>7342</x:v>
+      </x:c>
+      <x:c r="X25" s="3" t="n">
+        <x:v>7041</x:v>
+      </x:c>
+      <x:c r="Y25" s="3" t="n">
+        <x:v>6971</x:v>
+      </x:c>
+      <x:c r="Z25" s="3" t="n">
+        <x:v>7548</x:v>
+      </x:c>
+      <x:c r="AA25" s="3" t="n">
+        <x:v>7428</x:v>
+      </x:c>
+      <x:c r="AB25" s="3" t="n">
+        <x:v>8506</x:v>
+      </x:c>
+      <x:c r="AC25" s="3" t="n">
+        <x:v>8247</x:v>
+      </x:c>
+      <x:c r="AD25" s="3" t="n">
+        <x:v>8466</x:v>
+      </x:c>
+      <x:c r="AE25" s="3" t="n">
+        <x:v>9746</x:v>
+      </x:c>
+      <x:c r="AF25" s="3" t="n">
+        <x:v>9721</x:v>
+      </x:c>
+      <x:c r="AG25" s="3" t="n">
+        <x:v>11512</x:v>
+      </x:c>
+      <x:c r="AH25" s="3" t="n">
+        <x:v>11685</x:v>
+      </x:c>
+      <x:c r="AI25" s="3" t="n">
+        <x:v>11935</x:v>
+      </x:c>
+      <x:c r="AJ25" s="3" t="n">
+        <x:v>12936</x:v>
+      </x:c>
+      <x:c r="AK25" s="3" t="n">
+        <x:v>12780</x:v>
+      </x:c>
+      <x:c r="AL25" s="3" t="n">
+        <x:v>12311</x:v>
+      </x:c>
+      <x:c r="AM25" s="3" t="n">
+        <x:v>11914</x:v>
+      </x:c>
+      <x:c r="AN25" s="3" t="n">
+        <x:v>13254</x:v>
+      </x:c>
+      <x:c r="AO25" s="3" t="n">
+        <x:v>15990</x:v>
+      </x:c>
+      <x:c r="AP25" s="3" t="n">
+        <x:v>12432</x:v>
+      </x:c>
+      <x:c r="AQ25" s="3" t="n">
+        <x:v>12158</x:v>
+      </x:c>
+      <x:c r="AR25" s="3" t="n">
+        <x:v>10918</x:v>
+      </x:c>
+      <x:c r="AS25" s="3" t="n">
+        <x:v>10111</x:v>
+      </x:c>
+      <x:c r="AT25" s="3" t="n">
+        <x:v>9895</x:v>
+      </x:c>
+      <x:c r="AU25" s="3" t="n">
+        <x:v>8699</x:v>
+      </x:c>
+      <x:c r="AV25" s="3" t="n">
+        <x:v>8278</x:v>
+      </x:c>
+      <x:c r="AW25" s="3" t="n">
+        <x:v>7296</x:v>
+      </x:c>
+      <x:c r="AX25" s="3" t="n">
+        <x:v>8767</x:v>
+      </x:c>
+      <x:c r="AY25" s="3" t="n">
+        <x:v>9100</x:v>
+      </x:c>
+      <x:c r="AZ25" s="3" t="n">
+        <x:v>8855</x:v>
+      </x:c>
+      <x:c r="BA25" s="3" t="n">
+        <x:v>9800</x:v>
+      </x:c>
+      <x:c r="BB25" s="3" t="n">
+        <x:v>8643</x:v>
+      </x:c>
+      <x:c r="BC25" s="3" t="n">
+        <x:v>9024</x:v>
+      </x:c>
+      <x:c r="BD25" s="3" t="n">
+        <x:v>8270</x:v>
+      </x:c>
+      <x:c r="BE25" s="3" t="n">
+        <x:v>7231</x:v>
+      </x:c>
+      <x:c r="BF25" s="3" t="n">
+        <x:v>8046</x:v>
+      </x:c>
+      <x:c r="BG25" s="3" t="n">
+        <x:v>7798</x:v>
+      </x:c>
+      <x:c r="BH25" s="3" t="n">
+        <x:v>8310</x:v>
+      </x:c>
+      <x:c r="BI25" s="3" t="n">
+        <x:v>8924</x:v>
+      </x:c>
+      <x:c r="BJ25" s="3" t="n">
+        <x:v>6994</x:v>
+      </x:c>
+      <x:c r="BK25" s="3" t="n">
+        <x:v>6804</x:v>
+      </x:c>
+      <x:c r="BL25" s="3" t="n">
+        <x:v>7073</x:v>
+      </x:c>
+      <x:c r="BM25" s="3" t="n">
+        <x:v>6488</x:v>
+      </x:c>
+      <x:c r="BN25" s="3" t="n">
+        <x:v>7535</x:v>
+      </x:c>
+      <x:c r="BO25" s="3" t="n">
+        <x:v>7151</x:v>
+      </x:c>
+      <x:c r="BP25" s="3" t="n">
+        <x:v>7727</x:v>
+      </x:c>
+      <x:c r="BQ25" s="3" t="n">
+        <x:v>8182</x:v>
+      </x:c>
+      <x:c r="BR25" s="3" t="n">
+        <x:v>9135</x:v>
+      </x:c>
+      <x:c r="BS25" s="3" t="n">
+        <x:v>10008</x:v>
+      </x:c>
+      <x:c r="BT25" s="3" t="n">
+        <x:v>10504</x:v>
+      </x:c>
+      <x:c r="BU25" s="3" t="n">
+        <x:v>9914</x:v>
+      </x:c>
+      <x:c r="BV25" s="3" t="n">
+        <x:v>11257</x:v>
+      </x:c>
+      <x:c r="BW25" s="3" t="n">
+        <x:v>10681</x:v>
+      </x:c>
+      <x:c r="BX25" s="3" t="n">
+        <x:v>10954</x:v>
+      </x:c>
+      <x:c r="BY25" s="3" t="n">
+        <x:v>10740</x:v>
+      </x:c>
+      <x:c r="BZ25" s="3" t="n">
+        <x:v>11093</x:v>
+      </x:c>
+      <x:c r="CA25" s="3" t="n">
+        <x:v>11425</x:v>
+      </x:c>
+      <x:c r="CB25" s="3" t="n">
+        <x:v>10868</x:v>
+      </x:c>
+      <x:c r="CC25" s="3" t="n">
+        <x:v>11785</x:v>
+      </x:c>
+      <x:c r="CD25" s="3" t="n">
+        <x:v>11561</x:v>
+      </x:c>
+      <x:c r="CE25" s="3" t="n">
+        <x:v>12418</x:v>
+      </x:c>
+      <x:c r="CF25" s="3" t="n">
+        <x:v>13559</x:v>
+      </x:c>
+      <x:c r="CG25" s="3" t="n">
+        <x:v>14171</x:v>
+      </x:c>
+      <x:c r="CH25" s="3" t="n">
+        <x:v>11831</x:v>
+      </x:c>
+      <x:c r="CI25" s="3" t="n">
+        <x:v>11471</x:v>
+      </x:c>
+      <x:c r="CJ25" s="3" t="n">
+        <x:v>11498</x:v>
+      </x:c>
+      <x:c r="CK25" s="3" t="n">
+        <x:v>12395</x:v>
+      </x:c>
+      <x:c r="CL25" s="3" t="n">
+        <x:v>10946</x:v>
+      </x:c>
+      <x:c r="CM25" s="3" t="n">
+        <x:v>11702</x:v>
+      </x:c>
+      <x:c r="CN25" s="3" t="n">
+        <x:v>10787</x:v>
+      </x:c>
+      <x:c r="CO25" s="3" t="n">
+        <x:v>10532</x:v>
+      </x:c>
+      <x:c r="CP25" s="3" t="n">
+        <x:v>11451</x:v>
+      </x:c>
+      <x:c r="CQ25" s="3" t="n">
+        <x:v>11283</x:v>
+      </x:c>
+      <x:c r="CR25" s="3" t="n">
+        <x:v>11708</x:v>
+      </x:c>
+      <x:c r="CS25" s="3" t="n">
+        <x:v>12285</x:v>
+      </x:c>
+      <x:c r="CT25" s="3" t="n">
+        <x:v>13294</x:v>
+      </x:c>
+      <x:c r="CU25" s="3" t="n">
+        <x:v>13626</x:v>
+      </x:c>
+      <x:c r="CV25" s="3" t="n">
+        <x:v>13966</x:v>
+      </x:c>
+      <x:c r="CW25" s="3" t="n">
+        <x:v>13680</x:v>
+      </x:c>
+      <x:c r="CX25" s="3" t="n">
+        <x:v>12819</x:v>
+      </x:c>
+      <x:c r="CY25" s="3" t="n">
+        <x:v>12317</x:v>
+      </x:c>
+      <x:c r="CZ25" s="3" t="n">
+        <x:v>11184</x:v>
+      </x:c>
+      <x:c r="DA25" s="3" t="n">
+        <x:v>10830</x:v>
+      </x:c>
+      <x:c r="DB25" s="3" t="n">
+        <x:v>13585</x:v>
+      </x:c>
+      <x:c r="DC25" s="3" t="n">
+        <x:v>12931</x:v>
+      </x:c>
+      <x:c r="DD25" s="3" t="n">
+        <x:v>13316</x:v>
+      </x:c>
+      <x:c r="DE25" s="3" t="n">
+        <x:v>11819</x:v>
+      </x:c>
+      <x:c r="DF25" s="3" t="n">
+        <x:v>12383</x:v>
+      </x:c>
+      <x:c r="DG25" s="3" t="n">
+        <x:v>13319</x:v>
+      </x:c>
+      <x:c r="DH25" s="3" t="n">
+        <x:v>13207</x:v>
+      </x:c>
+      <x:c r="DI25" s="3" t="n">
+        <x:v>16066</x:v>
+      </x:c>
+      <x:c r="DJ25" s="3" t="n">
+        <x:v>14066</x:v>
+      </x:c>
+      <x:c r="DK25" s="3" t="n">
+        <x:v>13326</x:v>
+      </x:c>
+      <x:c r="DL25" s="3" t="n">
+        <x:v>15059</x:v>
+      </x:c>
+      <x:c r="DM25" s="3" t="n">
+        <x:v>15648</x:v>
+      </x:c>
+      <x:c r="DN25" s="3" t="n">
+        <x:v>15062</x:v>
+      </x:c>
+      <x:c r="DO25" s="3" t="n">
+        <x:v>17297</x:v>
+      </x:c>
+      <x:c r="DP25" s="3" t="n">
+        <x:v>19024</x:v>
+      </x:c>
+      <x:c r="DQ25" s="3" t="n">
+        <x:v>19866</x:v>
+      </x:c>
+      <x:c r="DR25" s="3" t="n">
+        <x:v>20921</x:v>
+      </x:c>
+      <x:c r="DS25" s="3" t="n">
+        <x:v>21687</x:v>
+      </x:c>
+      <x:c r="DT25" s="3" t="n">
+        <x:v>22173</x:v>
+      </x:c>
+      <x:c r="DU25" s="3" t="n">
+        <x:v>22201</x:v>
+      </x:c>
+      <x:c r="DV25" s="3" t="n">
+        <x:v>17020</x:v>
+      </x:c>
+      <x:c r="DW25" s="3" t="n">
+        <x:v>15671</x:v>
+      </x:c>
+      <x:c r="DX25" s="3" t="n">
+        <x:v>14206</x:v>
+      </x:c>
+      <x:c r="DY25" s="3" t="n">
+        <x:v>13886</x:v>
+      </x:c>
+      <x:c r="DZ25" s="3" t="n">
+        <x:v>12738</x:v>
+      </x:c>
+      <x:c r="EA25" s="3" t="n">
+        <x:v>12596</x:v>
+      </x:c>
+      <x:c r="EB25" s="3" t="n">
+        <x:v>11558</x:v>
+      </x:c>
+      <x:c r="EC25" s="3" t="n">
+        <x:v>12460</x:v>
+      </x:c>
+      <x:c r="ED25" s="3" t="n">
+        <x:v>12589</x:v>
+      </x:c>
+      <x:c r="EE25" s="3" t="n">
+        <x:v>13009</x:v>
+      </x:c>
+      <x:c r="EF25" s="3" t="n">
+        <x:v>13739</x:v>
+      </x:c>
+      <x:c r="EG25" s="3" t="n">
+        <x:v>13746</x:v>
+      </x:c>
+      <x:c r="EH25" s="3" t="n">
+        <x:v>14255</x:v>
+      </x:c>
+      <x:c r="EI25" s="3" t="n">
+        <x:v>14333</x:v>
+      </x:c>
+      <x:c r="EJ25" s="3" t="n">
+        <x:v>13649</x:v>
+      </x:c>
+      <x:c r="EK25" s="3" t="n">
+        <x:v>14508</x:v>
+      </x:c>
+      <x:c r="EL25" s="3" t="n">
+        <x:v>13071</x:v>
+      </x:c>
+      <x:c r="EM25" s="3" t="n">
+        <x:v>13995</x:v>
+      </x:c>
+      <x:c r="EN25" s="3" t="n">
+        <x:v>13299</x:v>
+      </x:c>
+      <x:c r="EO25" s="3" t="n">
+        <x:v>13496</x:v>
+      </x:c>
+      <x:c r="EP25" s="3" t="n">
+        <x:v>14032</x:v>
+      </x:c>
+      <x:c r="EQ25" s="3" t="n">
+        <x:v>14032</x:v>
+      </x:c>
+      <x:c r="ER25" s="3" t="n">
+        <x:v>14174</x:v>
+      </x:c>
+      <x:c r="ES25" s="3" t="n">
+        <x:v>14865</x:v>
+      </x:c>
+      <x:c r="ET25" s="3" t="n">
+        <x:v>12205</x:v>
+      </x:c>
+      <x:c r="EU25" s="3" t="n">
+        <x:v>12719</x:v>
+      </x:c>
+      <x:c r="EV25" s="3" t="n">
+        <x:v>12997</x:v>
+      </x:c>
+      <x:c r="EW25" s="3" t="n">
+        <x:v>12519</x:v>
+      </x:c>
+      <x:c r="EX25" s="3" t="n">
+        <x:v>15209</x:v>
+      </x:c>
+      <x:c r="EY25" s="3" t="n">
+        <x:v>15264</x:v>
+      </x:c>
+      <x:c r="EZ25" s="3" t="n">
+        <x:v>15093</x:v>
+      </x:c>
+      <x:c r="FA25" s="3" t="n">
+        <x:v>14802</x:v>
+      </x:c>
+      <x:c r="FB25" s="3" t="n">
+        <x:v>15625</x:v>
+      </x:c>
+      <x:c r="FC25" s="3" t="n">
+        <x:v>14545</x:v>
+      </x:c>
+      <x:c r="FD25" s="3" t="n">
+        <x:v>14816</x:v>
+      </x:c>
+      <x:c r="FE25" s="3" t="n">
+        <x:v>14299</x:v>
+      </x:c>
+      <x:c r="FF25" s="3" t="n">
+        <x:v>15653</x:v>
+      </x:c>
+      <x:c r="FG25" s="3" t="n">
+        <x:v>15936</x:v>
+      </x:c>
+      <x:c r="FH25" s="3" t="n">
+        <x:v>15974</x:v>
+      </x:c>
+      <x:c r="FI25" s="3" t="n">
+        <x:v>15202</x:v>
+      </x:c>
+      <x:c r="FJ25" s="3" t="n">
+        <x:v>20269</x:v>
+      </x:c>
+      <x:c r="FK25" s="3" t="n">
+        <x:v>19428</x:v>
+      </x:c>
+      <x:c r="FL25" s="3" t="n">
+        <x:v>21020</x:v>
+      </x:c>
+      <x:c r="FM25" s="3" t="n">
+        <x:v>19777</x:v>
+      </x:c>
+      <x:c r="FN25" s="3" t="n">
+        <x:v>18384</x:v>
+      </x:c>
+      <x:c r="FO25" s="3" t="n">
+        <x:v>15548</x:v>
+      </x:c>
+      <x:c r="FP25" s="3" t="n">
+        <x:v>16327</x:v>
+      </x:c>
+      <x:c r="FQ25" s="3" t="n">
+        <x:v>14704</x:v>
+      </x:c>
+      <x:c r="FR25" s="3" t="n">
+        <x:v>18350</x:v>
+      </x:c>
+      <x:c r="FS25" s="3" t="n">
+        <x:v>16462</x:v>
+      </x:c>
+      <x:c r="FT25" s="3" t="n">
+        <x:v>16478</x:v>
+      </x:c>
+      <x:c r="FU25" s="3" t="n">
+        <x:v>17060</x:v>
+      </x:c>
+      <x:c r="FV25" s="3" t="n">
+        <x:v>18000</x:v>
+      </x:c>
+      <x:c r="FW25" s="3" t="n">
+        <x:v>19100</x:v>
+      </x:c>
+      <x:c r="FX25" s="3" t="n">
+        <x:v>18596</x:v>
+      </x:c>
+      <x:c r="FY25" s="3" t="n">
+        <x:v>19233</x:v>
+      </x:c>
+      <x:c r="FZ25" s="3" t="n">
+        <x:v>18039</x:v>
+      </x:c>
+      <x:c r="GA25" s="3" t="n">
+        <x:v>16927</x:v>
+      </x:c>
+      <x:c r="GB25" s="3" t="n">
+        <x:v>17328</x:v>
+      </x:c>
+      <x:c r="GC25" s="3" t="n">
+        <x:v>18615</x:v>
+      </x:c>
+      <x:c r="GD25" s="3" t="n">
+        <x:v>17925</x:v>
+      </x:c>
+      <x:c r="GE25" s="3" t="n">
+        <x:v>17394</x:v>
+      </x:c>
+      <x:c r="GF25" s="3" t="n">
+        <x:v>17190</x:v>
+      </x:c>
+      <x:c r="GG25" s="3" t="n">
+        <x:v>17700</x:v>
+      </x:c>
+      <x:c r="GH25" s="3" t="n">
+        <x:v>16676</x:v>
+      </x:c>
+      <x:c r="GI25" s="3" t="n">
+        <x:v>17405</x:v>
+      </x:c>
+      <x:c r="GJ25" s="3" t="n">
+        <x:v>18233</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:191">
-[...571 lines deleted...]
-        <x:v>-22110</x:v>
+    <x:row r="26" spans="1:192">
+      <x:c r="A26" s="2" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="B26" s="3" t="n">
+        <x:v>14891</x:v>
+      </x:c>
+      <x:c r="C26" s="3" t="n">
+        <x:v>15592</x:v>
+      </x:c>
+      <x:c r="D26" s="3" t="n">
+        <x:v>12128</x:v>
+      </x:c>
+      <x:c r="E26" s="3" t="n">
+        <x:v>15605</x:v>
+      </x:c>
+      <x:c r="F26" s="3" t="n">
+        <x:v>13297</x:v>
+      </x:c>
+      <x:c r="G26" s="3" t="n">
+        <x:v>13697</x:v>
+      </x:c>
+      <x:c r="H26" s="3" t="n">
+        <x:v>14044</x:v>
+      </x:c>
+      <x:c r="I26" s="3" t="n">
+        <x:v>13562</x:v>
+      </x:c>
+      <x:c r="J26" s="3" t="n">
+        <x:v>13423</x:v>
+      </x:c>
+      <x:c r="K26" s="3" t="n">
+        <x:v>13081</x:v>
+      </x:c>
+      <x:c r="L26" s="3" t="n">
+        <x:v>13971</x:v>
+      </x:c>
+      <x:c r="M26" s="3" t="n">
+        <x:v>13018</x:v>
+      </x:c>
+      <x:c r="N26" s="3" t="n">
+        <x:v>13017</x:v>
+      </x:c>
+      <x:c r="O26" s="3" t="n">
+        <x:v>12687</x:v>
+      </x:c>
+      <x:c r="P26" s="3" t="n">
+        <x:v>13660</x:v>
+      </x:c>
+      <x:c r="Q26" s="3" t="n">
+        <x:v>13403</x:v>
+      </x:c>
+      <x:c r="R26" s="3" t="n">
+        <x:v>12408</x:v>
+      </x:c>
+      <x:c r="S26" s="3" t="n">
+        <x:v>12753</x:v>
+      </x:c>
+      <x:c r="T26" s="3" t="n">
+        <x:v>11696</x:v>
+      </x:c>
+      <x:c r="U26" s="3" t="n">
+        <x:v>12568</x:v>
+      </x:c>
+      <x:c r="V26" s="3" t="n">
+        <x:v>12306</x:v>
+      </x:c>
+      <x:c r="W26" s="3" t="n">
+        <x:v>11515</x:v>
+      </x:c>
+      <x:c r="X26" s="3" t="n">
+        <x:v>10694</x:v>
+      </x:c>
+      <x:c r="Y26" s="3" t="n">
+        <x:v>11093</x:v>
+      </x:c>
+      <x:c r="Z26" s="3" t="n">
+        <x:v>12251</x:v>
+      </x:c>
+      <x:c r="AA26" s="3" t="n">
+        <x:v>10541</x:v>
+      </x:c>
+      <x:c r="AB26" s="3" t="n">
+        <x:v>11146</x:v>
+      </x:c>
+      <x:c r="AC26" s="3" t="n">
+        <x:v>10694</x:v>
+      </x:c>
+      <x:c r="AD26" s="3" t="n">
+        <x:v>11556</x:v>
+      </x:c>
+      <x:c r="AE26" s="3" t="n">
+        <x:v>11716</x:v>
+      </x:c>
+      <x:c r="AF26" s="3" t="n">
+        <x:v>11135</x:v>
+      </x:c>
+      <x:c r="AG26" s="3" t="n">
+        <x:v>11968</x:v>
+      </x:c>
+      <x:c r="AH26" s="3" t="n">
+        <x:v>13840</x:v>
+      </x:c>
+      <x:c r="AI26" s="3" t="n">
+        <x:v>12664</x:v>
+      </x:c>
+      <x:c r="AJ26" s="3" t="n">
+        <x:v>12754</x:v>
+      </x:c>
+      <x:c r="AK26" s="3" t="n">
+        <x:v>11993</x:v>
+      </x:c>
+      <x:c r="AL26" s="3" t="n">
+        <x:v>12462</x:v>
+      </x:c>
+      <x:c r="AM26" s="3" t="n">
+        <x:v>9779</x:v>
+      </x:c>
+      <x:c r="AN26" s="3" t="n">
+        <x:v>12219</x:v>
+      </x:c>
+      <x:c r="AO26" s="3" t="n">
+        <x:v>16775</x:v>
+      </x:c>
+      <x:c r="AP26" s="3" t="n">
+        <x:v>11227</x:v>
+      </x:c>
+      <x:c r="AQ26" s="3" t="n">
+        <x:v>11977</x:v>
+      </x:c>
+      <x:c r="AR26" s="3" t="n">
+        <x:v>10969</x:v>
+      </x:c>
+      <x:c r="AS26" s="3" t="n">
+        <x:v>14268</x:v>
+      </x:c>
+      <x:c r="AT26" s="3" t="n">
+        <x:v>9843</x:v>
+      </x:c>
+      <x:c r="AU26" s="3" t="n">
+        <x:v>8007</x:v>
+      </x:c>
+      <x:c r="AV26" s="3" t="n">
+        <x:v>9108</x:v>
+      </x:c>
+      <x:c r="AW26" s="3" t="n">
+        <x:v>9838</x:v>
+      </x:c>
+      <x:c r="AX26" s="3" t="n">
+        <x:v>8273</x:v>
+      </x:c>
+      <x:c r="AY26" s="3" t="n">
+        <x:v>8264</x:v>
+      </x:c>
+      <x:c r="AZ26" s="3" t="n">
+        <x:v>7460</x:v>
+      </x:c>
+      <x:c r="BA26" s="3" t="n">
+        <x:v>7037</x:v>
+      </x:c>
+      <x:c r="BB26" s="3" t="n">
+        <x:v>6821</x:v>
+      </x:c>
+      <x:c r="BC26" s="3" t="n">
+        <x:v>6257</x:v>
+      </x:c>
+      <x:c r="BD26" s="3" t="n">
+        <x:v>6402</x:v>
+      </x:c>
+      <x:c r="BE26" s="3" t="n">
+        <x:v>7022</x:v>
+      </x:c>
+      <x:c r="BF26" s="3" t="n">
+        <x:v>6635</x:v>
+      </x:c>
+      <x:c r="BG26" s="3" t="n">
+        <x:v>6857</x:v>
+      </x:c>
+      <x:c r="BH26" s="3" t="n">
+        <x:v>6285</x:v>
+      </x:c>
+      <x:c r="BI26" s="3" t="n">
+        <x:v>6702</x:v>
+      </x:c>
+      <x:c r="BJ26" s="3" t="n">
+        <x:v>6915</x:v>
+      </x:c>
+      <x:c r="BK26" s="3" t="n">
+        <x:v>6893</x:v>
+      </x:c>
+      <x:c r="BL26" s="3" t="n">
+        <x:v>7283</x:v>
+      </x:c>
+      <x:c r="BM26" s="3" t="n">
+        <x:v>6564</x:v>
+      </x:c>
+      <x:c r="BN26" s="3" t="n">
+        <x:v>7429</x:v>
+      </x:c>
+      <x:c r="BO26" s="3" t="n">
+        <x:v>7422</x:v>
+      </x:c>
+      <x:c r="BP26" s="3" t="n">
+        <x:v>7501</x:v>
+      </x:c>
+      <x:c r="BQ26" s="3" t="n">
+        <x:v>7492</x:v>
+      </x:c>
+      <x:c r="BR26" s="3" t="n">
+        <x:v>9188</x:v>
+      </x:c>
+      <x:c r="BS26" s="3" t="n">
+        <x:v>9329</x:v>
+      </x:c>
+      <x:c r="BT26" s="3" t="n">
+        <x:v>7709</x:v>
+      </x:c>
+      <x:c r="BU26" s="3" t="n">
+        <x:v>6772</x:v>
+      </x:c>
+      <x:c r="BV26" s="3" t="n">
+        <x:v>8766</x:v>
+      </x:c>
+      <x:c r="BW26" s="3" t="n">
+        <x:v>8721</x:v>
+      </x:c>
+      <x:c r="BX26" s="3" t="n">
+        <x:v>9126</x:v>
+      </x:c>
+      <x:c r="BY26" s="3" t="n">
+        <x:v>9953</x:v>
+      </x:c>
+      <x:c r="BZ26" s="3" t="n">
+        <x:v>10719</x:v>
+      </x:c>
+      <x:c r="CA26" s="3" t="n">
+        <x:v>10028</x:v>
+      </x:c>
+      <x:c r="CB26" s="3" t="n">
+        <x:v>10601</x:v>
+      </x:c>
+      <x:c r="CC26" s="3" t="n">
+        <x:v>9052</x:v>
+      </x:c>
+      <x:c r="CD26" s="3" t="n">
+        <x:v>10029</x:v>
+      </x:c>
+      <x:c r="CE26" s="3" t="n">
+        <x:v>9374</x:v>
+      </x:c>
+      <x:c r="CF26" s="3" t="n">
+        <x:v>9196</x:v>
+      </x:c>
+      <x:c r="CG26" s="3" t="n">
+        <x:v>9115</x:v>
+      </x:c>
+      <x:c r="CH26" s="3" t="n">
+        <x:v>9040</x:v>
+      </x:c>
+      <x:c r="CI26" s="3" t="n">
+        <x:v>9111</x:v>
+      </x:c>
+      <x:c r="CJ26" s="3" t="n">
+        <x:v>10335</x:v>
+      </x:c>
+      <x:c r="CK26" s="3" t="n">
+        <x:v>9815</x:v>
+      </x:c>
+      <x:c r="CL26" s="3" t="n">
+        <x:v>9664</x:v>
+      </x:c>
+      <x:c r="CM26" s="3" t="n">
+        <x:v>9901</x:v>
+      </x:c>
+      <x:c r="CN26" s="3" t="n">
+        <x:v>9293</x:v>
+      </x:c>
+      <x:c r="CO26" s="3" t="n">
+        <x:v>9279</x:v>
+      </x:c>
+      <x:c r="CP26" s="3" t="n">
+        <x:v>11085</x:v>
+      </x:c>
+      <x:c r="CQ26" s="3" t="n">
+        <x:v>9086</x:v>
+      </x:c>
+      <x:c r="CR26" s="3" t="n">
+        <x:v>9729</x:v>
+      </x:c>
+      <x:c r="CS26" s="3" t="n">
+        <x:v>9097</x:v>
+      </x:c>
+      <x:c r="CT26" s="3" t="n">
+        <x:v>13094</x:v>
+      </x:c>
+      <x:c r="CU26" s="3" t="n">
+        <x:v>5408</x:v>
+      </x:c>
+      <x:c r="CV26" s="3" t="n">
+        <x:v>8625</x:v>
+      </x:c>
+      <x:c r="CW26" s="3" t="n">
+        <x:v>13879</x:v>
+      </x:c>
+      <x:c r="CX26" s="3" t="n">
+        <x:v>12333</x:v>
+      </x:c>
+      <x:c r="CY26" s="3" t="n">
+        <x:v>9501</x:v>
+      </x:c>
+      <x:c r="CZ26" s="3" t="n">
+        <x:v>9883</x:v>
+      </x:c>
+      <x:c r="DA26" s="3" t="n">
+        <x:v>10598</x:v>
+      </x:c>
+      <x:c r="DB26" s="3" t="n">
+        <x:v>10497</x:v>
+      </x:c>
+      <x:c r="DC26" s="3" t="n">
+        <x:v>10173</x:v>
+      </x:c>
+      <x:c r="DD26" s="3" t="n">
+        <x:v>10523</x:v>
+      </x:c>
+      <x:c r="DE26" s="3" t="n">
+        <x:v>10900</x:v>
+      </x:c>
+      <x:c r="DF26" s="3" t="n">
+        <x:v>11403</x:v>
+      </x:c>
+      <x:c r="DG26" s="3" t="n">
+        <x:v>11695</x:v>
+      </x:c>
+      <x:c r="DH26" s="3" t="n">
+        <x:v>12703</x:v>
+      </x:c>
+      <x:c r="DI26" s="3" t="n">
+        <x:v>12448</x:v>
+      </x:c>
+      <x:c r="DJ26" s="3" t="n">
+        <x:v>12506</x:v>
+      </x:c>
+      <x:c r="DK26" s="3" t="n">
+        <x:v>13540</x:v>
+      </x:c>
+      <x:c r="DL26" s="3" t="n">
+        <x:v>13303</x:v>
+      </x:c>
+      <x:c r="DM26" s="3" t="n">
+        <x:v>14369</x:v>
+      </x:c>
+      <x:c r="DN26" s="3" t="n">
+        <x:v>13133</x:v>
+      </x:c>
+      <x:c r="DO26" s="3" t="n">
+        <x:v>14243</x:v>
+      </x:c>
+      <x:c r="DP26" s="3" t="n">
+        <x:v>14828</x:v>
+      </x:c>
+      <x:c r="DQ26" s="3" t="n">
+        <x:v>15393</x:v>
+      </x:c>
+      <x:c r="DR26" s="3" t="n">
+        <x:v>15308</x:v>
+      </x:c>
+      <x:c r="DS26" s="3" t="n">
+        <x:v>14215</x:v>
+      </x:c>
+      <x:c r="DT26" s="3" t="n">
+        <x:v>14057</x:v>
+      </x:c>
+      <x:c r="DU26" s="3" t="n">
+        <x:v>13306</x:v>
+      </x:c>
+      <x:c r="DV26" s="3" t="n">
+        <x:v>11912</x:v>
+      </x:c>
+      <x:c r="DW26" s="3" t="n">
+        <x:v>11314</x:v>
+      </x:c>
+      <x:c r="DX26" s="3" t="n">
+        <x:v>11625</x:v>
+      </x:c>
+      <x:c r="DY26" s="3" t="n">
+        <x:v>11306</x:v>
+      </x:c>
+      <x:c r="DZ26" s="3" t="n">
+        <x:v>12431</x:v>
+      </x:c>
+      <x:c r="EA26" s="3" t="n">
+        <x:v>13396</x:v>
+      </x:c>
+      <x:c r="EB26" s="3" t="n">
+        <x:v>13646</x:v>
+      </x:c>
+      <x:c r="EC26" s="3" t="n">
+        <x:v>13780</x:v>
+      </x:c>
+      <x:c r="ED26" s="3" t="n">
+        <x:v>14594</x:v>
+      </x:c>
+      <x:c r="EE26" s="3" t="n">
+        <x:v>15230</x:v>
+      </x:c>
+      <x:c r="EF26" s="3" t="n">
+        <x:v>15074</x:v>
+      </x:c>
+      <x:c r="EG26" s="3" t="n">
+        <x:v>15021</x:v>
+      </x:c>
+      <x:c r="EH26" s="3" t="n">
+        <x:v>16313</x:v>
+      </x:c>
+      <x:c r="EI26" s="3" t="n">
+        <x:v>14999</x:v>
+      </x:c>
+      <x:c r="EJ26" s="3" t="n">
+        <x:v>15502</x:v>
+      </x:c>
+      <x:c r="EK26" s="3" t="n">
+        <x:v>17073</x:v>
+      </x:c>
+      <x:c r="EL26" s="3" t="n">
+        <x:v>15110</x:v>
+      </x:c>
+      <x:c r="EM26" s="3" t="n">
+        <x:v>16362</x:v>
+      </x:c>
+      <x:c r="EN26" s="3" t="n">
+        <x:v>16114</x:v>
+      </x:c>
+      <x:c r="EO26" s="3" t="n">
+        <x:v>16546</x:v>
+      </x:c>
+      <x:c r="EP26" s="3" t="n">
+        <x:v>16214</x:v>
+      </x:c>
+      <x:c r="EQ26" s="3" t="n">
+        <x:v>16615</x:v>
+      </x:c>
+      <x:c r="ER26" s="3" t="n">
+        <x:v>16166</x:v>
+      </x:c>
+      <x:c r="ES26" s="3" t="n">
+        <x:v>16015</x:v>
+      </x:c>
+      <x:c r="ET26" s="3" t="n">
+        <x:v>16471</x:v>
+      </x:c>
+      <x:c r="EU26" s="3" t="n">
+        <x:v>16707</x:v>
+      </x:c>
+      <x:c r="EV26" s="3" t="n">
+        <x:v>16579</x:v>
+      </x:c>
+      <x:c r="EW26" s="3" t="n">
+        <x:v>16523</x:v>
+      </x:c>
+      <x:c r="EX26" s="3" t="n">
+        <x:v>19497</x:v>
+      </x:c>
+      <x:c r="EY26" s="3" t="n">
+        <x:v>18756</x:v>
+      </x:c>
+      <x:c r="EZ26" s="3" t="n">
+        <x:v>18360</x:v>
+      </x:c>
+      <x:c r="FA26" s="3" t="n">
+        <x:v>19998</x:v>
+      </x:c>
+      <x:c r="FB26" s="3" t="n">
+        <x:v>21055</x:v>
+      </x:c>
+      <x:c r="FC26" s="3" t="n">
+        <x:v>19502</x:v>
+      </x:c>
+      <x:c r="FD26" s="3" t="n">
+        <x:v>21740</x:v>
+      </x:c>
+      <x:c r="FE26" s="3" t="n">
+        <x:v>20494</x:v>
+      </x:c>
+      <x:c r="FF26" s="3" t="n">
+        <x:v>21181</x:v>
+      </x:c>
+      <x:c r="FG26" s="3" t="n">
+        <x:v>22517</x:v>
+      </x:c>
+      <x:c r="FH26" s="3" t="n">
+        <x:v>22734</x:v>
+      </x:c>
+      <x:c r="FI26" s="3" t="n">
+        <x:v>22986</x:v>
+      </x:c>
+      <x:c r="FJ26" s="3" t="n">
+        <x:v>23987</x:v>
+      </x:c>
+      <x:c r="FK26" s="3" t="n">
+        <x:v>23652</x:v>
+      </x:c>
+      <x:c r="FL26" s="3" t="n">
+        <x:v>24990</x:v>
+      </x:c>
+      <x:c r="FM26" s="3" t="n">
+        <x:v>24870</x:v>
+      </x:c>
+      <x:c r="FN26" s="3" t="n">
+        <x:v>23533</x:v>
+      </x:c>
+      <x:c r="FO26" s="3" t="n">
+        <x:v>23337</x:v>
+      </x:c>
+      <x:c r="FP26" s="3" t="n">
+        <x:v>23205</x:v>
+      </x:c>
+      <x:c r="FQ26" s="3" t="n">
+        <x:v>22268</x:v>
+      </x:c>
+      <x:c r="FR26" s="3" t="n">
+        <x:v>22401</x:v>
+      </x:c>
+      <x:c r="FS26" s="3" t="n">
+        <x:v>21833</x:v>
+      </x:c>
+      <x:c r="FT26" s="3" t="n">
+        <x:v>19886</x:v>
+      </x:c>
+      <x:c r="FU26" s="3" t="n">
+        <x:v>20025</x:v>
+      </x:c>
+      <x:c r="FV26" s="3" t="n">
+        <x:v>19968</x:v>
+      </x:c>
+      <x:c r="FW26" s="3" t="n">
+        <x:v>18708</x:v>
+      </x:c>
+      <x:c r="FX26" s="3" t="n">
+        <x:v>18965</x:v>
+      </x:c>
+      <x:c r="FY26" s="3" t="n">
+        <x:v>19264</x:v>
+      </x:c>
+      <x:c r="FZ26" s="3" t="n">
+        <x:v>20160</x:v>
+      </x:c>
+      <x:c r="GA26" s="3" t="n">
+        <x:v>18864</x:v>
+      </x:c>
+      <x:c r="GB26" s="3" t="n">
+        <x:v>18280</x:v>
+      </x:c>
+      <x:c r="GC26" s="3" t="n">
+        <x:v>20324</x:v>
+      </x:c>
+      <x:c r="GD26" s="3" t="n">
+        <x:v>17612</x:v>
+      </x:c>
+      <x:c r="GE26" s="3" t="n">
+        <x:v>18987</x:v>
+      </x:c>
+      <x:c r="GF26" s="3" t="n">
+        <x:v>18257</x:v>
+      </x:c>
+      <x:c r="GG26" s="3" t="n">
+        <x:v>17343</x:v>
+      </x:c>
+      <x:c r="GH26" s="3" t="n">
+        <x:v>19844</x:v>
+      </x:c>
+      <x:c r="GI26" s="3" t="n">
+        <x:v>20332</x:v>
+      </x:c>
+      <x:c r="GJ26" s="3" t="n">
+        <x:v>18839</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:191">
-[...486 lines deleted...]
-      <x:c r="FG11" s="3" t="n">
+    <x:row r="27" spans="1:192">
+      <x:c r="A27" s="2" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="B27" s="3" t="n">
+        <x:v>31165</x:v>
+      </x:c>
+      <x:c r="C27" s="3" t="n">
+        <x:v>31172</x:v>
+      </x:c>
+      <x:c r="D27" s="3" t="n">
+        <x:v>31189</x:v>
+      </x:c>
+      <x:c r="E27" s="3" t="n">
+        <x:v>31204</x:v>
+      </x:c>
+      <x:c r="F27" s="3" t="n">
+        <x:v>31000</x:v>
+      </x:c>
+      <x:c r="G27" s="3" t="n">
+        <x:v>30971</x:v>
+      </x:c>
+      <x:c r="H27" s="3" t="n">
+        <x:v>30955</x:v>
+      </x:c>
+      <x:c r="I27" s="3" t="n">
+        <x:v>30994</x:v>
+      </x:c>
+      <x:c r="J27" s="3" t="n">
+        <x:v>31666</x:v>
+      </x:c>
+      <x:c r="K27" s="3" t="n">
+        <x:v>31686</x:v>
+      </x:c>
+      <x:c r="L27" s="3" t="n">
+        <x:v>31737</x:v>
+      </x:c>
+      <x:c r="M27" s="3" t="n">
+        <x:v>31791</x:v>
+      </x:c>
+      <x:c r="N27" s="3" t="n">
+        <x:v>30837</x:v>
+      </x:c>
+      <x:c r="O27" s="3" t="n">
+        <x:v>30820</x:v>
+      </x:c>
+      <x:c r="P27" s="3" t="n">
+        <x:v>30698</x:v>
+      </x:c>
+      <x:c r="Q27" s="3" t="n">
+        <x:v>30738</x:v>
+      </x:c>
+      <x:c r="R27" s="3" t="n">
+        <x:v>32369</x:v>
+      </x:c>
+      <x:c r="S27" s="3" t="n">
+        <x:v>32453</x:v>
+      </x:c>
+      <x:c r="T27" s="3" t="n">
+        <x:v>32357</x:v>
+      </x:c>
+      <x:c r="U27" s="3" t="n">
+        <x:v>32270</x:v>
+      </x:c>
+      <x:c r="V27" s="3" t="n">
+        <x:v>31556</x:v>
+      </x:c>
+      <x:c r="W27" s="3" t="n">
+        <x:v>32871</x:v>
+      </x:c>
+      <x:c r="X27" s="3" t="n">
+        <x:v>32825</x:v>
+      </x:c>
+      <x:c r="Y27" s="3" t="n">
+        <x:v>32201</x:v>
+      </x:c>
+      <x:c r="Z27" s="3" t="n">
+        <x:v>32528</x:v>
+      </x:c>
+      <x:c r="AA27" s="3" t="n">
+        <x:v>31956</x:v>
+      </x:c>
+      <x:c r="AB27" s="3" t="n">
+        <x:v>32219</x:v>
+      </x:c>
+      <x:c r="AC27" s="3" t="n">
+        <x:v>31886</x:v>
+      </x:c>
+      <x:c r="AD27" s="3" t="n">
+        <x:v>30927</x:v>
+      </x:c>
+      <x:c r="AE27" s="3" t="n">
+        <x:v>31360</x:v>
+      </x:c>
+      <x:c r="AF27" s="3" t="n">
+        <x:v>32272</x:v>
+      </x:c>
+      <x:c r="AG27" s="3" t="n">
+        <x:v>32896</x:v>
+      </x:c>
+      <x:c r="AH27" s="3" t="n">
+        <x:v>32226</x:v>
+      </x:c>
+      <x:c r="AI27" s="3" t="n">
+        <x:v>33878</x:v>
+      </x:c>
+      <x:c r="AJ27" s="3" t="n">
+        <x:v>35206</x:v>
+      </x:c>
+      <x:c r="AK27" s="3" t="n">
+        <x:v>36066</x:v>
+      </x:c>
+      <x:c r="AL27" s="3" t="n">
+        <x:v>35141</x:v>
+      </x:c>
+      <x:c r="AM27" s="3" t="n">
+        <x:v>34902</x:v>
+      </x:c>
+      <x:c r="AN27" s="3" t="n">
+        <x:v>35383</x:v>
+      </x:c>
+      <x:c r="AO27" s="3" t="n">
+        <x:v>36284</x:v>
+      </x:c>
+      <x:c r="AP27" s="3" t="n">
+        <x:v>34891</x:v>
+      </x:c>
+      <x:c r="AQ27" s="3" t="n">
+        <x:v>33438</x:v>
+      </x:c>
+      <x:c r="AR27" s="3" t="n">
+        <x:v>32309</x:v>
+      </x:c>
+      <x:c r="AS27" s="3" t="n">
+        <x:v>31329</x:v>
+      </x:c>
+      <x:c r="AT27" s="3" t="n">
+        <x:v>30371</x:v>
+      </x:c>
+      <x:c r="AU27" s="3" t="n">
+        <x:v>29402</x:v>
+      </x:c>
+      <x:c r="AV27" s="3" t="n">
+        <x:v>28265</x:v>
+      </x:c>
+      <x:c r="AW27" s="3" t="n">
+        <x:v>27420</x:v>
+      </x:c>
+      <x:c r="AX27" s="3" t="n">
+        <x:v>25643</x:v>
+      </x:c>
+      <x:c r="AY27" s="3" t="n">
+        <x:v>24391</x:v>
+      </x:c>
+      <x:c r="AZ27" s="3" t="n">
+        <x:v>22888</x:v>
+      </x:c>
+      <x:c r="BA27" s="3" t="n">
+        <x:v>21964</x:v>
+      </x:c>
+      <x:c r="BB27" s="3" t="n">
+        <x:v>21777</x:v>
+      </x:c>
+      <x:c r="BC27" s="3" t="n">
+        <x:v>20882</x:v>
+      </x:c>
+      <x:c r="BD27" s="3" t="n">
+        <x:v>19356</x:v>
+      </x:c>
+      <x:c r="BE27" s="3" t="n">
+        <x:v>18467</x:v>
+      </x:c>
+      <x:c r="BF27" s="3" t="n">
+        <x:v>19156</x:v>
+      </x:c>
+      <x:c r="BG27" s="3" t="n">
+        <x:v>18579</x:v>
+      </x:c>
+      <x:c r="BH27" s="3" t="n">
+        <x:v>18182</x:v>
+      </x:c>
+      <x:c r="BI27" s="3" t="n">
+        <x:v>17177</x:v>
+      </x:c>
+      <x:c r="BJ27" s="3" t="n">
+        <x:v>17061</x:v>
+      </x:c>
+      <x:c r="BK27" s="3" t="n">
+        <x:v>17475</x:v>
+      </x:c>
+      <x:c r="BL27" s="3" t="n">
+        <x:v>18264</x:v>
+      </x:c>
+      <x:c r="BM27" s="3" t="n">
+        <x:v>19696</x:v>
+      </x:c>
+      <x:c r="BN27" s="3" t="n">
+        <x:v>20091</x:v>
+      </x:c>
+      <x:c r="BO27" s="3" t="n">
+        <x:v>21654</x:v>
+      </x:c>
+      <x:c r="BP27" s="3" t="n">
+        <x:v>23509</x:v>
+      </x:c>
+      <x:c r="BQ27" s="3" t="n">
+        <x:v>25035</x:v>
+      </x:c>
+      <x:c r="BR27" s="3" t="n">
+        <x:v>25134</x:v>
+      </x:c>
+      <x:c r="BS27" s="3" t="n">
+        <x:v>24983</x:v>
+      </x:c>
+      <x:c r="BT27" s="3" t="n">
+        <x:v>24768</x:v>
+      </x:c>
+      <x:c r="BU27" s="3" t="n">
+        <x:v>24911</x:v>
+      </x:c>
+      <x:c r="BV27" s="3" t="n">
+        <x:v>25232</x:v>
+      </x:c>
+      <x:c r="BW27" s="3" t="n">
+        <x:v>25023</x:v>
+      </x:c>
+      <x:c r="BX27" s="3" t="n">
+        <x:v>26102</x:v>
+      </x:c>
+      <x:c r="BY27" s="3" t="n">
+        <x:v>26268</x:v>
+      </x:c>
+      <x:c r="BZ27" s="3" t="n">
+        <x:v>26388</x:v>
+      </x:c>
+      <x:c r="CA27" s="3" t="n">
+        <x:v>29143</x:v>
+      </x:c>
+      <x:c r="CB27" s="3" t="n">
+        <x:v>31018</x:v>
+      </x:c>
+      <x:c r="CC27" s="3" t="n">
+        <x:v>28491</x:v>
+      </x:c>
+      <x:c r="CD27" s="3" t="n">
+        <x:v>31843</x:v>
+      </x:c>
+      <x:c r="CE27" s="3" t="n">
+        <x:v>31320</x:v>
+      </x:c>
+      <x:c r="CF27" s="3" t="n">
+        <x:v>30306</x:v>
+      </x:c>
+      <x:c r="CG27" s="3" t="n">
+        <x:v>30457</x:v>
+      </x:c>
+      <x:c r="CH27" s="3" t="n">
+        <x:v>30553</x:v>
+      </x:c>
+      <x:c r="CI27" s="3" t="n">
+        <x:v>31103</x:v>
+      </x:c>
+      <x:c r="CJ27" s="3" t="n">
+        <x:v>32385</x:v>
+      </x:c>
+      <x:c r="CK27" s="3" t="n">
+        <x:v>33609</x:v>
+      </x:c>
+      <x:c r="CL27" s="3" t="n">
+        <x:v>33318</x:v>
+      </x:c>
+      <x:c r="CM27" s="3" t="n">
+        <x:v>32884</x:v>
+      </x:c>
+      <x:c r="CN27" s="3" t="n">
+        <x:v>33876</x:v>
+      </x:c>
+      <x:c r="CO27" s="3" t="n">
+        <x:v>34673</x:v>
+      </x:c>
+      <x:c r="CP27" s="3" t="n">
+        <x:v>36270</x:v>
+      </x:c>
+      <x:c r="CQ27" s="3" t="n">
+        <x:v>36478</x:v>
+      </x:c>
+      <x:c r="CR27" s="3" t="n">
+        <x:v>36963</x:v>
+      </x:c>
+      <x:c r="CS27" s="3" t="n">
+        <x:v>36020</x:v>
+      </x:c>
+      <x:c r="CT27" s="3" t="n">
+        <x:v>37409</x:v>
+      </x:c>
+      <x:c r="CU27" s="3" t="n">
+        <x:v>36831</x:v>
+      </x:c>
+      <x:c r="CV27" s="3" t="n">
+        <x:v>35768</x:v>
+      </x:c>
+      <x:c r="CW27" s="3" t="n">
+        <x:v>34774</x:v>
+      </x:c>
+      <x:c r="CX27" s="3" t="n">
+        <x:v>37364</x:v>
+      </x:c>
+      <x:c r="CY27" s="3" t="n">
+        <x:v>36486</x:v>
+      </x:c>
+      <x:c r="CZ27" s="3" t="n">
+        <x:v>36917</x:v>
+      </x:c>
+      <x:c r="DA27" s="3" t="n">
+        <x:v>36692</x:v>
+      </x:c>
+      <x:c r="DB27" s="3" t="n">
+        <x:v>39250</x:v>
+      </x:c>
+      <x:c r="DC27" s="3" t="n">
+        <x:v>42104</x:v>
+      </x:c>
+      <x:c r="DD27" s="3" t="n">
+        <x:v>44227</x:v>
+      </x:c>
+      <x:c r="DE27" s="3" t="n">
+        <x:v>45866</x:v>
+      </x:c>
+      <x:c r="DF27" s="3" t="n">
+        <x:v>45734</x:v>
+      </x:c>
+      <x:c r="DG27" s="3" t="n">
+        <x:v>46942</x:v>
+      </x:c>
+      <x:c r="DH27" s="3" t="n">
+        <x:v>47187</x:v>
+      </x:c>
+      <x:c r="DI27" s="3" t="n">
+        <x:v>48239</x:v>
+      </x:c>
+      <x:c r="DJ27" s="3" t="n">
+        <x:v>48520</x:v>
+      </x:c>
+      <x:c r="DK27" s="3" t="n">
+        <x:v>48313</x:v>
+      </x:c>
+      <x:c r="DL27" s="3" t="n">
+        <x:v>48390</x:v>
+      </x:c>
+      <x:c r="DM27" s="3" t="n">
+        <x:v>50342</x:v>
+      </x:c>
+      <x:c r="DN27" s="3" t="n">
+        <x:v>50994</x:v>
+      </x:c>
+      <x:c r="DO27" s="3" t="n">
+        <x:v>50567</x:v>
+      </x:c>
+      <x:c r="DP27" s="3" t="n">
+        <x:v>49947</x:v>
+      </x:c>
+      <x:c r="DQ27" s="3" t="n">
+        <x:v>49382</x:v>
+      </x:c>
+      <x:c r="DR27" s="3" t="n">
+        <x:v>47572</x:v>
+      </x:c>
+      <x:c r="DS27" s="3" t="n">
+        <x:v>45973</x:v>
+      </x:c>
+      <x:c r="DT27" s="3" t="n">
+        <x:v>45433</x:v>
+      </x:c>
+      <x:c r="DU27" s="3" t="n">
+        <x:v>43742</x:v>
+      </x:c>
+      <x:c r="DV27" s="3" t="n">
+        <x:v>42622</x:v>
+      </x:c>
+      <x:c r="DW27" s="3" t="n">
+        <x:v>42653</x:v>
+      </x:c>
+      <x:c r="DX27" s="3" t="n">
+        <x:v>41385</x:v>
+      </x:c>
+      <x:c r="DY27" s="3" t="n">
+        <x:v>41191</x:v>
+      </x:c>
+      <x:c r="DZ27" s="3" t="n">
+        <x:v>40723</x:v>
+      </x:c>
+      <x:c r="EA27" s="3" t="n">
+        <x:v>40477</x:v>
+      </x:c>
+      <x:c r="EB27" s="3" t="n">
+        <x:v>41602</x:v>
+      </x:c>
+      <x:c r="EC27" s="3" t="n">
+        <x:v>42437</x:v>
+      </x:c>
+      <x:c r="ED27" s="3" t="n">
+        <x:v>46770</x:v>
+      </x:c>
+      <x:c r="EE27" s="3" t="n">
+        <x:v>49106</x:v>
+      </x:c>
+      <x:c r="EF27" s="3" t="n">
+        <x:v>48244</x:v>
+      </x:c>
+      <x:c r="EG27" s="3" t="n">
+        <x:v>49240</x:v>
+      </x:c>
+      <x:c r="EH27" s="3" t="n">
+        <x:v>50569</x:v>
+      </x:c>
+      <x:c r="EI27" s="3" t="n">
+        <x:v>52821</x:v>
+      </x:c>
+      <x:c r="EJ27" s="3" t="n">
+        <x:v>55280</x:v>
+      </x:c>
+      <x:c r="EK27" s="3" t="n">
+        <x:v>55789</x:v>
+      </x:c>
+      <x:c r="EL27" s="3" t="n">
+        <x:v>56747</x:v>
+      </x:c>
+      <x:c r="EM27" s="3" t="n">
+        <x:v>55917</x:v>
+      </x:c>
+      <x:c r="EN27" s="3" t="n">
+        <x:v>56331</x:v>
+      </x:c>
+      <x:c r="EO27" s="3" t="n">
+        <x:v>56782</x:v>
+      </x:c>
+      <x:c r="EP27" s="3" t="n">
+        <x:v>56280</x:v>
+      </x:c>
+      <x:c r="EQ27" s="3" t="n">
+        <x:v>56294</x:v>
+      </x:c>
+      <x:c r="ER27" s="3" t="n">
+        <x:v>55568</x:v>
+      </x:c>
+      <x:c r="ES27" s="3" t="n">
+        <x:v>54411</x:v>
+      </x:c>
+      <x:c r="ET27" s="3" t="n">
+        <x:v>56043</x:v>
+      </x:c>
+      <x:c r="EU27" s="3" t="n">
+        <x:v>56998</x:v>
+      </x:c>
+      <x:c r="EV27" s="3" t="n">
+        <x:v>57551</x:v>
+      </x:c>
+      <x:c r="EW27" s="3" t="n">
+        <x:v>59169</x:v>
+      </x:c>
+      <x:c r="EX27" s="3" t="n">
+        <x:v>57595</x:v>
+      </x:c>
+      <x:c r="EY27" s="3" t="n">
+        <x:v>61087</x:v>
+      </x:c>
+      <x:c r="EZ27" s="3" t="n">
+        <x:v>61818</x:v>
+      </x:c>
+      <x:c r="FA27" s="3" t="n">
+        <x:v>64363</x:v>
+      </x:c>
+      <x:c r="FB27" s="3" t="n">
+        <x:v>66747</x:v>
+      </x:c>
+      <x:c r="FC27" s="3" t="n">
+        <x:v>66200</x:v>
+      </x:c>
+      <x:c r="FD27" s="3" t="n">
+        <x:v>65791</x:v>
+      </x:c>
+      <x:c r="FE27" s="3" t="n">
+        <x:v>63975</x:v>
+      </x:c>
+      <x:c r="FF27" s="3" t="n">
+        <x:v>62822</x:v>
+      </x:c>
+      <x:c r="FG27" s="3" t="n">
+        <x:v>60897</x:v>
+      </x:c>
+      <x:c r="FH27" s="3" t="n">
+        <x:v>60484</x:v>
+      </x:c>
+      <x:c r="FI27" s="3" t="n">
+        <x:v>61554</x:v>
+      </x:c>
+      <x:c r="FJ27" s="3" t="n">
+        <x:v>61915</x:v>
+      </x:c>
+      <x:c r="FK27" s="3" t="n">
+        <x:v>61997</x:v>
+      </x:c>
+      <x:c r="FL27" s="3" t="n">
+        <x:v>60697</x:v>
+      </x:c>
+      <x:c r="FM27" s="3" t="n">
+        <x:v>58453</x:v>
+      </x:c>
+      <x:c r="FN27" s="3" t="n">
+        <x:v>59379</x:v>
+      </x:c>
+      <x:c r="FO27" s="3" t="n">
+        <x:v>60612</x:v>
+      </x:c>
+      <x:c r="FP27" s="3" t="n">
+        <x:v>59666</x:v>
+      </x:c>
+      <x:c r="FQ27" s="3" t="n">
+        <x:v>59569</x:v>
+      </x:c>
+      <x:c r="FR27" s="3" t="n">
+        <x:v>61688</x:v>
+      </x:c>
+      <x:c r="FS27" s="3" t="n">
+        <x:v>63948</x:v>
+      </x:c>
+      <x:c r="FT27" s="3" t="n">
+        <x:v>60417</x:v>
+      </x:c>
+      <x:c r="FU27" s="3" t="n">
+        <x:v>61610</x:v>
+      </x:c>
+      <x:c r="FV27" s="3" t="n">
+        <x:v>64112</x:v>
+      </x:c>
+      <x:c r="FW27" s="3" t="n">
+        <x:v>63490</x:v>
+      </x:c>
+      <x:c r="FX27" s="3" t="n">
+        <x:v>61737</x:v>
+      </x:c>
+      <x:c r="FY27" s="3" t="n">
+        <x:v>62463</x:v>
+      </x:c>
+      <x:c r="FZ27" s="3" t="n">
+        <x:v>62963</x:v>
+      </x:c>
+      <x:c r="GA27" s="3" t="n">
+        <x:v>57266</x:v>
+      </x:c>
+      <x:c r="GB27" s="3" t="n">
+        <x:v>54569</x:v>
+      </x:c>
+      <x:c r="GC27" s="3" t="n">
+        <x:v>52777</x:v>
+      </x:c>
+      <x:c r="GD27" s="3" t="n">
+        <x:v>49764</x:v>
+      </x:c>
+      <x:c r="GE27" s="3" t="n">
+        <x:v>48743</x:v>
+      </x:c>
+      <x:c r="GF27" s="3" t="n">
+        <x:v>47683</x:v>
+      </x:c>
+      <x:c r="GG27" s="3" t="n">
+        <x:v>45482</x:v>
+      </x:c>
+      <x:c r="GH27" s="3" t="n">
+        <x:v>45662</x:v>
+      </x:c>
+      <x:c r="GI27" s="3" t="n">
+        <x:v>47742</x:v>
+      </x:c>
+      <x:c r="GJ27" s="3" t="n">
+        <x:v>47738</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:192">
+      <x:c r="A28" s="2" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="B28" s="3" t="n">
+        <x:v>17148</x:v>
+      </x:c>
+      <x:c r="C28" s="3" t="n">
+        <x:v>17488</x:v>
+      </x:c>
+      <x:c r="D28" s="3" t="n">
+        <x:v>17695</x:v>
+      </x:c>
+      <x:c r="E28" s="3" t="n">
+        <x:v>17594</x:v>
+      </x:c>
+      <x:c r="F28" s="3" t="n">
+        <x:v>16187</x:v>
+      </x:c>
+      <x:c r="G28" s="3" t="n">
+        <x:v>16282</x:v>
+      </x:c>
+      <x:c r="H28" s="3" t="n">
+        <x:v>16214</x:v>
+      </x:c>
+      <x:c r="I28" s="3" t="n">
+        <x:v>16092</x:v>
+      </x:c>
+      <x:c r="J28" s="3" t="n">
+        <x:v>17200</x:v>
+      </x:c>
+      <x:c r="K28" s="3" t="n">
+        <x:v>17132</x:v>
+      </x:c>
+      <x:c r="L28" s="3" t="n">
+        <x:v>16940</x:v>
+      </x:c>
+      <x:c r="M28" s="3" t="n">
+        <x:v>16801</x:v>
+      </x:c>
+      <x:c r="N28" s="3" t="n">
+        <x:v>17844</x:v>
+      </x:c>
+      <x:c r="O28" s="3" t="n">
+        <x:v>17750</x:v>
+      </x:c>
+      <x:c r="P28" s="3" t="n">
+        <x:v>17592</x:v>
+      </x:c>
+      <x:c r="Q28" s="3" t="n">
+        <x:v>17368</x:v>
+      </x:c>
+      <x:c r="R28" s="3" t="n">
+        <x:v>16756</x:v>
+      </x:c>
+      <x:c r="S28" s="3" t="n">
+        <x:v>16714</x:v>
+      </x:c>
+      <x:c r="T28" s="3" t="n">
+        <x:v>16587</x:v>
+      </x:c>
+      <x:c r="U28" s="3" t="n">
+        <x:v>16243</x:v>
+      </x:c>
+      <x:c r="V28" s="3" t="n">
+        <x:v>17497</x:v>
+      </x:c>
+      <x:c r="W28" s="3" t="n">
+        <x:v>17642</x:v>
+      </x:c>
+      <x:c r="X28" s="3" t="n">
+        <x:v>17453</x:v>
+      </x:c>
+      <x:c r="Y28" s="3" t="n">
+        <x:v>16721</x:v>
+      </x:c>
+      <x:c r="Z28" s="3" t="n">
+        <x:v>17238</x:v>
+      </x:c>
+      <x:c r="AA28" s="3" t="n">
+        <x:v>17343</x:v>
+      </x:c>
+      <x:c r="AB28" s="3" t="n">
+        <x:v>17311</x:v>
+      </x:c>
+      <x:c r="AC28" s="3" t="n">
+        <x:v>16350</x:v>
+      </x:c>
+      <x:c r="AD28" s="3" t="n">
+        <x:v>17406</x:v>
+      </x:c>
+      <x:c r="AE28" s="3" t="n">
+        <x:v>17930</x:v>
+      </x:c>
+      <x:c r="AF28" s="3" t="n">
+        <x:v>17512</x:v>
+      </x:c>
+      <x:c r="AG28" s="3" t="n">
+        <x:v>15889</x:v>
+      </x:c>
+      <x:c r="AH28" s="3" t="n">
+        <x:v>18078</x:v>
+      </x:c>
+      <x:c r="AI28" s="3" t="n">
+        <x:v>18909</x:v>
+      </x:c>
+      <x:c r="AJ28" s="3" t="n">
+        <x:v>20151</x:v>
+      </x:c>
+      <x:c r="AK28" s="3" t="n">
+        <x:v>18905</x:v>
+      </x:c>
+      <x:c r="AL28" s="3" t="n">
+        <x:v>21135</x:v>
+      </x:c>
+      <x:c r="AM28" s="3" t="n">
+        <x:v>21165</x:v>
+      </x:c>
+      <x:c r="AN28" s="3" t="n">
+        <x:v>21083</x:v>
+      </x:c>
+      <x:c r="AO28" s="3" t="n">
+        <x:v>21625</x:v>
+      </x:c>
+      <x:c r="AP28" s="3" t="n">
+        <x:v>23715</x:v>
+      </x:c>
+      <x:c r="AQ28" s="3" t="n">
+        <x:v>23055</x:v>
+      </x:c>
+      <x:c r="AR28" s="3" t="n">
+        <x:v>23816</x:v>
+      </x:c>
+      <x:c r="AS28" s="3" t="n">
+        <x:v>22606</x:v>
+      </x:c>
+      <x:c r="AT28" s="3" t="n">
+        <x:v>21182</x:v>
+      </x:c>
+      <x:c r="AU28" s="3" t="n">
         <x:v>23421</x:v>
       </x:c>
-      <x:c r="FH11" s="3" t="n">
-[...81 lines deleted...]
-        <x:v>27799</x:v>
+      <x:c r="AV28" s="3" t="n">
+        <x:v>22995</x:v>
+      </x:c>
+      <x:c r="AW28" s="3" t="n">
+        <x:v>25925</x:v>
+      </x:c>
+      <x:c r="AX28" s="3" t="n">
+        <x:v>23674</x:v>
+      </x:c>
+      <x:c r="AY28" s="3" t="n">
+        <x:v>23740</x:v>
+      </x:c>
+      <x:c r="AZ28" s="3" t="n">
+        <x:v>22647</x:v>
+      </x:c>
+      <x:c r="BA28" s="3" t="n">
+        <x:v>24167</x:v>
+      </x:c>
+      <x:c r="BB28" s="3" t="n">
+        <x:v>24659</x:v>
+      </x:c>
+      <x:c r="BC28" s="3" t="n">
+        <x:v>23449</x:v>
+      </x:c>
+      <x:c r="BD28" s="3" t="n">
+        <x:v>26065</x:v>
+      </x:c>
+      <x:c r="BE28" s="3" t="n">
+        <x:v>28511</x:v>
+      </x:c>
+      <x:c r="BF28" s="3" t="n">
+        <x:v>24407</x:v>
+      </x:c>
+      <x:c r="BG28" s="3" t="n">
+        <x:v>28413</x:v>
+      </x:c>
+      <x:c r="BH28" s="3" t="n">
+        <x:v>24056</x:v>
+      </x:c>
+      <x:c r="BI28" s="3" t="n">
+        <x:v>28992</x:v>
+      </x:c>
+      <x:c r="BJ28" s="3" t="n">
+        <x:v>22975</x:v>
+      </x:c>
+      <x:c r="BK28" s="3" t="n">
+        <x:v>23624</x:v>
+      </x:c>
+      <x:c r="BL28" s="3" t="n">
+        <x:v>24191</x:v>
+      </x:c>
+      <x:c r="BM28" s="3" t="n">
+        <x:v>24429</x:v>
+      </x:c>
+      <x:c r="BN28" s="3" t="n">
+        <x:v>22971</x:v>
+      </x:c>
+      <x:c r="BO28" s="3" t="n">
+        <x:v>23397</x:v>
+      </x:c>
+      <x:c r="BP28" s="3" t="n">
+        <x:v>23872</x:v>
+      </x:c>
+      <x:c r="BQ28" s="3" t="n">
+        <x:v>25965</x:v>
+      </x:c>
+      <x:c r="BR28" s="3" t="n">
+        <x:v>23981</x:v>
+      </x:c>
+      <x:c r="BS28" s="3" t="n">
+        <x:v>24596</x:v>
+      </x:c>
+      <x:c r="BT28" s="3" t="n">
+        <x:v>25117</x:v>
+      </x:c>
+      <x:c r="BU28" s="3" t="n">
+        <x:v>23645</x:v>
+      </x:c>
+      <x:c r="BV28" s="3" t="n">
+        <x:v>24010</x:v>
+      </x:c>
+      <x:c r="BW28" s="3" t="n">
+        <x:v>25310</x:v>
+      </x:c>
+      <x:c r="BX28" s="3" t="n">
+        <x:v>25309</x:v>
+      </x:c>
+      <x:c r="BY28" s="3" t="n">
+        <x:v>26158</x:v>
+      </x:c>
+      <x:c r="BZ28" s="3" t="n">
+        <x:v>29879</x:v>
+      </x:c>
+      <x:c r="CA28" s="3" t="n">
+        <x:v>30458</x:v>
+      </x:c>
+      <x:c r="CB28" s="3" t="n">
+        <x:v>27657</x:v>
+      </x:c>
+      <x:c r="CC28" s="3" t="n">
+        <x:v>28864</x:v>
+      </x:c>
+      <x:c r="CD28" s="3" t="n">
+        <x:v>29484</x:v>
+      </x:c>
+      <x:c r="CE28" s="3" t="n">
+        <x:v>30043</x:v>
+      </x:c>
+      <x:c r="CF28" s="3" t="n">
+        <x:v>30792</x:v>
+      </x:c>
+      <x:c r="CG28" s="3" t="n">
+        <x:v>33596</x:v>
+      </x:c>
+      <x:c r="CH28" s="3" t="n">
+        <x:v>29564</x:v>
+      </x:c>
+      <x:c r="CI28" s="3" t="n">
+        <x:v>29545</x:v>
+      </x:c>
+      <x:c r="CJ28" s="3" t="n">
+        <x:v>30729</x:v>
+      </x:c>
+      <x:c r="CK28" s="3" t="n">
+        <x:v>33740</x:v>
+      </x:c>
+      <x:c r="CL28" s="3" t="n">
+        <x:v>26383</x:v>
+      </x:c>
+      <x:c r="CM28" s="3" t="n">
+        <x:v>28806</x:v>
+      </x:c>
+      <x:c r="CN28" s="3" t="n">
+        <x:v>27392</x:v>
+      </x:c>
+      <x:c r="CO28" s="3" t="n">
+        <x:v>29141</x:v>
+      </x:c>
+      <x:c r="CP28" s="3" t="n">
+        <x:v>29069</x:v>
+      </x:c>
+      <x:c r="CQ28" s="3" t="n">
+        <x:v>28456</x:v>
+      </x:c>
+      <x:c r="CR28" s="3" t="n">
+        <x:v>27396</x:v>
+      </x:c>
+      <x:c r="CS28" s="3" t="n">
+        <x:v>28173</x:v>
+      </x:c>
+      <x:c r="CT28" s="3" t="n">
+        <x:v>30512</x:v>
+      </x:c>
+      <x:c r="CU28" s="3" t="n">
+        <x:v>31266</x:v>
+      </x:c>
+      <x:c r="CV28" s="3" t="n">
+        <x:v>30004</x:v>
+      </x:c>
+      <x:c r="CW28" s="3" t="n">
+        <x:v>28368</x:v>
+      </x:c>
+      <x:c r="CX28" s="3" t="n">
+        <x:v>33370</x:v>
+      </x:c>
+      <x:c r="CY28" s="3" t="n">
+        <x:v>33450</x:v>
+      </x:c>
+      <x:c r="CZ28" s="3" t="n">
+        <x:v>34897</x:v>
+      </x:c>
+      <x:c r="DA28" s="3" t="n">
+        <x:v>31185</x:v>
+      </x:c>
+      <x:c r="DB28" s="3" t="n">
+        <x:v>34698</x:v>
+      </x:c>
+      <x:c r="DC28" s="3" t="n">
+        <x:v>34333</x:v>
+      </x:c>
+      <x:c r="DD28" s="3" t="n">
+        <x:v>34581</x:v>
+      </x:c>
+      <x:c r="DE28" s="3" t="n">
+        <x:v>33963</x:v>
+      </x:c>
+      <x:c r="DF28" s="3" t="n">
+        <x:v>33404</x:v>
+      </x:c>
+      <x:c r="DG28" s="3" t="n">
+        <x:v>34293</x:v>
+      </x:c>
+      <x:c r="DH28" s="3" t="n">
+        <x:v>33777</x:v>
+      </x:c>
+      <x:c r="DI28" s="3" t="n">
+        <x:v>34894</x:v>
+      </x:c>
+      <x:c r="DJ28" s="3" t="n">
+        <x:v>35179</x:v>
+      </x:c>
+      <x:c r="DK28" s="3" t="n">
+        <x:v>42383</x:v>
+      </x:c>
+      <x:c r="DL28" s="3" t="n">
+        <x:v>33680</x:v>
+      </x:c>
+      <x:c r="DM28" s="3" t="n">
+        <x:v>35892</x:v>
+      </x:c>
+      <x:c r="DN28" s="3" t="n">
+        <x:v>38929</x:v>
+      </x:c>
+      <x:c r="DO28" s="3" t="n">
+        <x:v>37475</x:v>
+      </x:c>
+      <x:c r="DP28" s="3" t="n">
+        <x:v>37625</x:v>
+      </x:c>
+      <x:c r="DQ28" s="3" t="n">
+        <x:v>46256</x:v>
+      </x:c>
+      <x:c r="DR28" s="3" t="n">
+        <x:v>41413</x:v>
+      </x:c>
+      <x:c r="DS28" s="3" t="n">
+        <x:v>39288</x:v>
+      </x:c>
+      <x:c r="DT28" s="3" t="n">
+        <x:v>48979</x:v>
+      </x:c>
+      <x:c r="DU28" s="3" t="n">
+        <x:v>42390</x:v>
+      </x:c>
+      <x:c r="DV28" s="3" t="n">
+        <x:v>43441</x:v>
+      </x:c>
+      <x:c r="DW28" s="3" t="n">
+        <x:v>44314</x:v>
+      </x:c>
+      <x:c r="DX28" s="3" t="n">
+        <x:v>45406</x:v>
+      </x:c>
+      <x:c r="DY28" s="3" t="n">
+        <x:v>51078</x:v>
+      </x:c>
+      <x:c r="DZ28" s="3" t="n">
+        <x:v>43946</x:v>
+      </x:c>
+      <x:c r="EA28" s="3" t="n">
+        <x:v>42762</x:v>
+      </x:c>
+      <x:c r="EB28" s="3" t="n">
+        <x:v>44877</x:v>
+      </x:c>
+      <x:c r="EC28" s="3" t="n">
+        <x:v>42827</x:v>
+      </x:c>
+      <x:c r="ED28" s="3" t="n">
+        <x:v>46571</x:v>
+      </x:c>
+      <x:c r="EE28" s="3" t="n">
+        <x:v>42096</x:v>
+      </x:c>
+      <x:c r="EF28" s="3" t="n">
+        <x:v>43752</x:v>
+      </x:c>
+      <x:c r="EG28" s="3" t="n">
+        <x:v>43975</x:v>
+      </x:c>
+      <x:c r="EH28" s="3" t="n">
+        <x:v>39890</x:v>
+      </x:c>
+      <x:c r="EI28" s="3" t="n">
+        <x:v>40480</x:v>
+      </x:c>
+      <x:c r="EJ28" s="3" t="n">
+        <x:v>44848</x:v>
+      </x:c>
+      <x:c r="EK28" s="3" t="n">
+        <x:v>48025</x:v>
+      </x:c>
+      <x:c r="EL28" s="3" t="n">
+        <x:v>46975</x:v>
+      </x:c>
+      <x:c r="EM28" s="3" t="n">
+        <x:v>46181</x:v>
+      </x:c>
+      <x:c r="EN28" s="3" t="n">
+        <x:v>50270</x:v>
+      </x:c>
+      <x:c r="EO28" s="3" t="n">
+        <x:v>50223</x:v>
+      </x:c>
+      <x:c r="EP28" s="3" t="n">
+        <x:v>49411</x:v>
+      </x:c>
+      <x:c r="EQ28" s="3" t="n">
+        <x:v>51796</x:v>
+      </x:c>
+      <x:c r="ER28" s="3" t="n">
+        <x:v>51150</x:v>
+      </x:c>
+      <x:c r="ES28" s="3" t="n">
+        <x:v>49942</x:v>
+      </x:c>
+      <x:c r="ET28" s="3" t="n">
+        <x:v>50757</x:v>
+      </x:c>
+      <x:c r="EU28" s="3" t="n">
+        <x:v>48177</x:v>
+      </x:c>
+      <x:c r="EV28" s="3" t="n">
+        <x:v>52224</x:v>
+      </x:c>
+      <x:c r="EW28" s="3" t="n">
+        <x:v>51494</x:v>
+      </x:c>
+      <x:c r="EX28" s="3" t="n">
+        <x:v>53585</x:v>
+      </x:c>
+      <x:c r="EY28" s="3" t="n">
+        <x:v>53672</x:v>
+      </x:c>
+      <x:c r="EZ28" s="3" t="n">
+        <x:v>56135</x:v>
+      </x:c>
+      <x:c r="FA28" s="3" t="n">
+        <x:v>52466</x:v>
+      </x:c>
+      <x:c r="FB28" s="3" t="n">
+        <x:v>54855</x:v>
+      </x:c>
+      <x:c r="FC28" s="3" t="n">
+        <x:v>55940</x:v>
+      </x:c>
+      <x:c r="FD28" s="3" t="n">
+        <x:v>51898</x:v>
+      </x:c>
+      <x:c r="FE28" s="3" t="n">
+        <x:v>58762</x:v>
+      </x:c>
+      <x:c r="FF28" s="3" t="n">
+        <x:v>58646</x:v>
+      </x:c>
+      <x:c r="FG28" s="3" t="n">
+        <x:v>60071</x:v>
+      </x:c>
+      <x:c r="FH28" s="3" t="n">
+        <x:v>61738</x:v>
+      </x:c>
+      <x:c r="FI28" s="3" t="n">
+        <x:v>58666</x:v>
+      </x:c>
+      <x:c r="FJ28" s="3" t="n">
+        <x:v>60945</x:v>
+      </x:c>
+      <x:c r="FK28" s="3" t="n">
+        <x:v>65689</x:v>
+      </x:c>
+      <x:c r="FL28" s="3" t="n">
+        <x:v>65302</x:v>
+      </x:c>
+      <x:c r="FM28" s="3" t="n">
+        <x:v>65110</x:v>
+      </x:c>
+      <x:c r="FN28" s="3" t="n">
+        <x:v>62100</x:v>
+      </x:c>
+      <x:c r="FO28" s="3" t="n">
+        <x:v>65822</x:v>
+      </x:c>
+      <x:c r="FP28" s="3" t="n">
+        <x:v>65144</x:v>
+      </x:c>
+      <x:c r="FQ28" s="3" t="n">
+        <x:v>60985</x:v>
+      </x:c>
+      <x:c r="FR28" s="3" t="n">
+        <x:v>62211</x:v>
+      </x:c>
+      <x:c r="FS28" s="3" t="n">
+        <x:v>60778</x:v>
+      </x:c>
+      <x:c r="FT28" s="3" t="n">
+        <x:v>62874</x:v>
+      </x:c>
+      <x:c r="FU28" s="3" t="n">
+        <x:v>61864</x:v>
+      </x:c>
+      <x:c r="FV28" s="3" t="n">
+        <x:v>61712</x:v>
+      </x:c>
+      <x:c r="FW28" s="3" t="n">
+        <x:v>63253</x:v>
+      </x:c>
+      <x:c r="FX28" s="3" t="n">
+        <x:v>65267</x:v>
+      </x:c>
+      <x:c r="FY28" s="3" t="n">
+        <x:v>63680</x:v>
+      </x:c>
+      <x:c r="FZ28" s="3" t="n">
+        <x:v>65600</x:v>
+      </x:c>
+      <x:c r="GA28" s="3" t="n">
+        <x:v>64487</x:v>
+      </x:c>
+      <x:c r="GB28" s="3" t="n">
+        <x:v>63136</x:v>
+      </x:c>
+      <x:c r="GC28" s="3" t="n">
+        <x:v>68664</x:v>
+      </x:c>
+      <x:c r="GD28" s="3" t="n">
+        <x:v>65995</x:v>
+      </x:c>
+      <x:c r="GE28" s="3" t="n">
+        <x:v>66015</x:v>
+      </x:c>
+      <x:c r="GF28" s="3" t="n">
+        <x:v>72084</x:v>
+      </x:c>
+      <x:c r="GG28" s="3" t="n">
+        <x:v>72412</x:v>
+      </x:c>
+      <x:c r="GH28" s="3" t="n">
+        <x:v>65048</x:v>
+      </x:c>
+      <x:c r="GI28" s="3" t="n">
+        <x:v>65463</x:v>
+      </x:c>
+      <x:c r="GJ28" s="3" t="n">
+        <x:v>62804</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:191">
-[...9774 lines deleted...]
-    <x:row r="29" spans="1:191">
+    <x:row r="29" spans="1:192">
       <x:c r="A29" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="J29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="K29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="L29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="M29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="N29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="O29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="P29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="Q29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="R29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="S29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="T29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="U29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="V29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="W29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="X29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="Y29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="Z29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AA29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AB29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AC29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AD29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AE29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AF29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AG29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AH29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AI29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AJ29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AK29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AL29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AM29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AN29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AO29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AP29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AQ29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AR29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AS29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AT29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AU29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AV29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AW29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AX29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AY29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AZ29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="BA29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="BB29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="BC29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="BD29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="BE29" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="BF29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="C29" s="3" t="n">
+      <x:c r="BG29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="D29" s="3" t="n">
+      <x:c r="BH29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="E29" s="3" t="n">
+      <x:c r="BI29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="F29" s="3" t="n">
+      <x:c r="BJ29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="G29" s="3" t="n">
+      <x:c r="BK29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="H29" s="3" t="n">
+      <x:c r="BL29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="I29" s="3" t="n">
+      <x:c r="BM29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="J29" s="3" t="n">
+      <x:c r="BN29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="K29" s="3" t="n">
+      <x:c r="BO29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="L29" s="3" t="n">
+      <x:c r="BP29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="M29" s="3" t="n">
+      <x:c r="BQ29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="N29" s="3" t="n">
+      <x:c r="BR29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="O29" s="3" t="n">
+      <x:c r="BS29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="P29" s="3" t="n">
+      <x:c r="BT29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Q29" s="3" t="n">
+      <x:c r="BU29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="R29" s="3" t="n">
+      <x:c r="BV29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="S29" s="3" t="n">
+      <x:c r="BW29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="T29" s="3" t="n">
+      <x:c r="BX29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="U29" s="3" t="n">
+      <x:c r="BY29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="V29" s="3" t="n">
+      <x:c r="BZ29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="W29" s="3" t="n">
+      <x:c r="CA29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="X29" s="3" t="n">
+      <x:c r="CB29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Y29" s="3" t="n">
+      <x:c r="CC29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="Z29" s="3" t="n">
-[...35 lines deleted...]
-      <x:c r="AL29" s="3" t="n">
+      <x:c r="CD29" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="AM29" s="3" t="n">
+      <x:c r="CE29" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="AN29" s="3" t="n">
+      <x:c r="CF29" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="AO29" s="3" t="n">
+      <x:c r="CG29" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="AP29" s="3" t="n">
-[...83 lines deleted...]
-      <x:c r="BR29" s="3" t="n">
+      <x:c r="CH29" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="BS29" s="3" t="n">
+      <x:c r="CI29" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="BT29" s="3" t="n">
+      <x:c r="CJ29" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="BU29" s="3" t="n">
+      <x:c r="CK29" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="BV29" s="3" t="n">
+      <x:c r="CL29" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="BW29" s="3" t="n">
+      <x:c r="CM29" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="BX29" s="3" t="n">
+      <x:c r="CN29" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="BY29" s="3" t="n">
+      <x:c r="CO29" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="BZ29" s="3" t="n">
-[...11 lines deleted...]
-      <x:c r="CD29" s="3" t="n">
+      <x:c r="CP29" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="CE29" s="3" t="n">
+      <x:c r="CQ29" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="CF29" s="3" t="n">
+      <x:c r="CR29" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="CG29" s="3" t="n">
+      <x:c r="CS29" s="3" t="n">
         <x:v>5</x:v>
-      </x:c>
-[...34 lines deleted...]
-        <x:v>6</x:v>
       </x:c>
       <x:c r="CT29" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="CU29" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="CV29" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="CW29" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="CX29" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="CY29" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="CZ29" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="DA29" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="DB29" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="DC29" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="DD29" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="DE29" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="DF29" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="DG29" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="DH29" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="DI29" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="DJ29" s="3" t="n">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="DK29" s="3" t="n">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="DL29" s="3" t="n">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="DM29" s="3" t="n">
-        <x:v>7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="DN29" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="DO29" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="DP29" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="DQ29" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="DR29" s="3" t="n">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="DS29" s="3" t="n">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="DT29" s="3" t="n">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="DU29" s="3" t="n">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="DV29" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="DW29" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="DX29" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="DY29" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="DZ29" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="EA29" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="EB29" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="EC29" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="ED29" s="3" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="EE29" s="3" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="EF29" s="3" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="EG29" s="3" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="EH29" s="3" t="n">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="EI29" s="3" t="n">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="EJ29" s="3" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="EK29" s="3" t="n">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="EL29" s="3" t="n">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="EM29" s="3" t="n">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="EN29" s="3" t="n">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="EO29" s="3" t="n">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="EP29" s="3" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="EQ29" s="3" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="ER29" s="3" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="ES29" s="3" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="ET29" s="3" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="EU29" s="3" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="EV29" s="3" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="EW29" s="3" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="EX29" s="3" t="n">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="EE29" s="3" t="n">
-[...58 lines deleted...]
-      </x:c>
       <x:c r="EY29" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="EZ29" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="FA29" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="FB29" s="3" t="n">
-        <x:v>178</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="FC29" s="3" t="n">
-        <x:v>170</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="FD29" s="3" t="n">
-        <x:v>182</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="FE29" s="3" t="n">
-        <x:v>181</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="FF29" s="3" t="n">
-        <x:v>165</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="FG29" s="3" t="n">
-        <x:v>168</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="FH29" s="3" t="n">
-        <x:v>170</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="FI29" s="3" t="n">
-        <x:v>173</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="FJ29" s="3" t="n">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="FK29" s="3" t="n">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="FL29" s="3" t="n">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="FM29" s="3" t="n">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="FN29" s="3" t="n">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="FO29" s="3" t="n">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="FP29" s="3" t="n">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="FQ29" s="3" t="n">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="FK29" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="FP29" s="3" t="n">
+      <x:c r="FR29" s="3" t="n">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="FS29" s="3" t="n">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="FT29" s="3" t="n">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="FU29" s="3" t="n">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="FV29" s="3" t="n">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="FW29" s="3" t="n">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="FX29" s="3" t="n">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="FQ29" s="3" t="n">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="FY29" s="3" t="n">
-        <x:v>143</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="FZ29" s="3" t="n">
-        <x:v>160</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="GA29" s="3" t="n">
-        <x:v>152</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="GB29" s="3" t="n">
-        <x:v>149</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="GC29" s="3" t="n">
-        <x:v>164</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="GD29" s="3" t="n">
-        <x:v>155</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="GE29" s="3" t="n">
-        <x:v>171</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="GF29" s="3" t="n">
-        <x:v>163</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="GG29" s="3" t="n">
-        <x:v>174</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="GH29" s="3" t="n">
-        <x:v>171</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="GI29" s="3" t="n">
-        <x:v>177</x:v>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="GJ29" s="3" t="n">
+        <x:v>73</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:191">
+    <x:row r="30" spans="1:192">
       <x:c r="A30" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>-15293</x:v>
+        <x:v>-64906</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
-        <x:v>-29776</x:v>
+        <x:v>-79389</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
-        <x:v>-17267</x:v>
+        <x:v>-66880</x:v>
       </x:c>
       <x:c r="E30" s="3" t="n">
-        <x:v>-22344</x:v>
+        <x:v>-71957</x:v>
       </x:c>
       <x:c r="F30" s="3" t="n">
-        <x:v>-22979</x:v>
+        <x:v>-70032</x:v>
       </x:c>
       <x:c r="G30" s="3" t="n">
-        <x:v>-21149</x:v>
+        <x:v>-68202</x:v>
       </x:c>
       <x:c r="H30" s="3" t="n">
-        <x:v>-17932</x:v>
+        <x:v>-64985</x:v>
       </x:c>
       <x:c r="I30" s="3" t="n">
-        <x:v>-17499</x:v>
+        <x:v>-64552</x:v>
       </x:c>
       <x:c r="J30" s="3" t="n">
-        <x:v>15025</x:v>
+        <x:v>21495</x:v>
       </x:c>
       <x:c r="K30" s="3" t="n">
-        <x:v>10222</x:v>
+        <x:v>16693</x:v>
       </x:c>
       <x:c r="L30" s="3" t="n">
-        <x:v>3620</x:v>
+        <x:v>10091</x:v>
       </x:c>
       <x:c r="M30" s="3" t="n">
-        <x:v>567</x:v>
+        <x:v>7037</x:v>
       </x:c>
       <x:c r="N30" s="3" t="n">
-        <x:v>-886</x:v>
+        <x:v>-8598</x:v>
       </x:c>
       <x:c r="O30" s="3" t="n">
-        <x:v>-5462</x:v>
+        <x:v>-13174</x:v>
       </x:c>
       <x:c r="P30" s="3" t="n">
-        <x:v>-1514</x:v>
+        <x:v>-9226</x:v>
       </x:c>
       <x:c r="Q30" s="3" t="n">
-        <x:v>1342</x:v>
+        <x:v>-6370</x:v>
       </x:c>
       <x:c r="R30" s="3" t="n">
-        <x:v>-279</x:v>
+        <x:v>7289</x:v>
       </x:c>
       <x:c r="S30" s="3" t="n">
-        <x:v>5884</x:v>
+        <x:v>13451</x:v>
       </x:c>
       <x:c r="T30" s="3" t="n">
-        <x:v>2666</x:v>
+        <x:v>10234</x:v>
       </x:c>
       <x:c r="U30" s="3" t="n">
-        <x:v>12519</x:v>
+        <x:v>20087</x:v>
       </x:c>
       <x:c r="V30" s="3" t="n">
-        <x:v>-19821</x:v>
+        <x:v>-75089</x:v>
       </x:c>
       <x:c r="W30" s="3" t="n">
-        <x:v>-21755</x:v>
+        <x:v>-77022</x:v>
       </x:c>
       <x:c r="X30" s="3" t="n">
-        <x:v>-15696</x:v>
+        <x:v>-70964</x:v>
       </x:c>
       <x:c r="Y30" s="3" t="n">
-        <x:v>-26430</x:v>
+        <x:v>-81697</x:v>
       </x:c>
       <x:c r="Z30" s="3" t="n">
-        <x:v>-2686</x:v>
+        <x:v>-2986</x:v>
       </x:c>
       <x:c r="AA30" s="3" t="n">
-        <x:v>-3059</x:v>
+        <x:v>-3359</x:v>
       </x:c>
       <x:c r="AB30" s="3" t="n">
-        <x:v>-2602</x:v>
+        <x:v>-2903</x:v>
       </x:c>
       <x:c r="AC30" s="3" t="n">
-        <x:v>16457</x:v>
+        <x:v>16157</x:v>
       </x:c>
       <x:c r="AD30" s="3" t="n">
-        <x:v>17378</x:v>
+        <x:v>84441</x:v>
       </x:c>
       <x:c r="AE30" s="3" t="n">
-        <x:v>12985</x:v>
+        <x:v>80047</x:v>
       </x:c>
       <x:c r="AF30" s="3" t="n">
-        <x:v>13232</x:v>
+        <x:v>80294</x:v>
       </x:c>
       <x:c r="AG30" s="3" t="n">
-        <x:v>30095</x:v>
+        <x:v>97157</x:v>
       </x:c>
       <x:c r="AH30" s="3" t="n">
-        <x:v>45282</x:v>
+        <x:v>221145</x:v>
       </x:c>
       <x:c r="AI30" s="3" t="n">
-        <x:v>50894</x:v>
+        <x:v>226757</x:v>
       </x:c>
       <x:c r="AJ30" s="3" t="n">
-        <x:v>47165</x:v>
+        <x:v>223029</x:v>
       </x:c>
       <x:c r="AK30" s="3" t="n">
+        <x:v>214639</x:v>
+      </x:c>
+      <x:c r="AL30" s="3" t="n">
+        <x:v>133745</x:v>
+      </x:c>
+      <x:c r="AM30" s="3" t="n">
+        <x:v>138189</x:v>
+      </x:c>
+      <x:c r="AN30" s="3" t="n">
+        <x:v>128389</x:v>
+      </x:c>
+      <x:c r="AO30" s="3" t="n">
+        <x:v>130857</x:v>
+      </x:c>
+      <x:c r="AP30" s="3" t="n">
+        <x:v>50712</x:v>
+      </x:c>
+      <x:c r="AQ30" s="3" t="n">
+        <x:v>43141</x:v>
+      </x:c>
+      <x:c r="AR30" s="3" t="n">
+        <x:v>47875</x:v>
+      </x:c>
+      <x:c r="AS30" s="3" t="n">
+        <x:v>38378</x:v>
+      </x:c>
+      <x:c r="AT30" s="3" t="n">
+        <x:v>41410</x:v>
+      </x:c>
+      <x:c r="AU30" s="3" t="n">
+        <x:v>41256</x:v>
+      </x:c>
+      <x:c r="AV30" s="3" t="n">
+        <x:v>34824</x:v>
+      </x:c>
+      <x:c r="AW30" s="3" t="n">
+        <x:v>40983</x:v>
+      </x:c>
+      <x:c r="AX30" s="3" t="n">
+        <x:v>112171</x:v>
+      </x:c>
+      <x:c r="AY30" s="3" t="n">
+        <x:v>118342</x:v>
+      </x:c>
+      <x:c r="AZ30" s="3" t="n">
+        <x:v>113528</x:v>
+      </x:c>
+      <x:c r="BA30" s="3" t="n">
+        <x:v>125442</x:v>
+      </x:c>
+      <x:c r="BB30" s="3" t="n">
+        <x:v>15231</x:v>
+      </x:c>
+      <x:c r="BC30" s="3" t="n">
+        <x:v>28052</x:v>
+      </x:c>
+      <x:c r="BD30" s="3" t="n">
+        <x:v>7498</x:v>
+      </x:c>
+      <x:c r="BE30" s="3" t="n">
+        <x:v>19705</x:v>
+      </x:c>
+      <x:c r="BF30" s="3" t="n">
+        <x:v>46003</x:v>
+      </x:c>
+      <x:c r="BG30" s="3" t="n">
+        <x:v>35629</x:v>
+      </x:c>
+      <x:c r="BH30" s="3" t="n">
+        <x:v>42770</x:v>
+      </x:c>
+      <x:c r="BI30" s="3" t="n">
+        <x:v>23173</x:v>
+      </x:c>
+      <x:c r="BJ30" s="3" t="n">
+        <x:v>47460</x:v>
+      </x:c>
+      <x:c r="BK30" s="3" t="n">
+        <x:v>33897</x:v>
+      </x:c>
+      <x:c r="BL30" s="3" t="n">
+        <x:v>55785</x:v>
+      </x:c>
+      <x:c r="BM30" s="3" t="n">
+        <x:v>46890</x:v>
+      </x:c>
+      <x:c r="BN30" s="3" t="n">
+        <x:v>133925</x:v>
+      </x:c>
+      <x:c r="BO30" s="3" t="n">
+        <x:v>129638</x:v>
+      </x:c>
+      <x:c r="BP30" s="3" t="n">
+        <x:v>129918</x:v>
+      </x:c>
+      <x:c r="BQ30" s="3" t="n">
+        <x:v>135458</x:v>
+      </x:c>
+      <x:c r="BR30" s="3" t="n">
+        <x:v>278513</x:v>
+      </x:c>
+      <x:c r="BS30" s="3" t="n">
+        <x:v>285216</x:v>
+      </x:c>
+      <x:c r="BT30" s="3" t="n">
+        <x:v>281951</x:v>
+      </x:c>
+      <x:c r="BU30" s="3" t="n">
+        <x:v>273803</x:v>
+      </x:c>
+      <x:c r="BV30" s="3" t="n">
+        <x:v>32791</x:v>
+      </x:c>
+      <x:c r="BW30" s="3" t="n">
+        <x:v>29593</x:v>
+      </x:c>
+      <x:c r="BX30" s="3" t="n">
+        <x:v>48197</x:v>
+      </x:c>
+      <x:c r="BY30" s="3" t="n">
+        <x:v>49127</x:v>
+      </x:c>
+      <x:c r="BZ30" s="3" t="n">
+        <x:v>113842</x:v>
+      </x:c>
+      <x:c r="CA30" s="3" t="n">
+        <x:v>104398</x:v>
+      </x:c>
+      <x:c r="CB30" s="3" t="n">
+        <x:v>106342</x:v>
+      </x:c>
+      <x:c r="CC30" s="3" t="n">
+        <x:v>112129</x:v>
+      </x:c>
+      <x:c r="CD30" s="3" t="n">
+        <x:v>147439</x:v>
+      </x:c>
+      <x:c r="CE30" s="3" t="n">
+        <x:v>147764</x:v>
+      </x:c>
+      <x:c r="CF30" s="3" t="n">
+        <x:v>143528</x:v>
+      </x:c>
+      <x:c r="CG30" s="3" t="n">
+        <x:v>138297</x:v>
+      </x:c>
+      <x:c r="CH30" s="3" t="n">
+        <x:v>-4776</x:v>
+      </x:c>
+      <x:c r="CI30" s="3" t="n">
+        <x:v>-17217</x:v>
+      </x:c>
+      <x:c r="CJ30" s="3" t="n">
+        <x:v>-12903</x:v>
+      </x:c>
+      <x:c r="CK30" s="3" t="n">
+        <x:v>-21355</x:v>
+      </x:c>
+      <x:c r="CL30" s="3" t="n">
+        <x:v>-109975</x:v>
+      </x:c>
+      <x:c r="CM30" s="3" t="n">
+        <x:v>-119911</x:v>
+      </x:c>
+      <x:c r="CN30" s="3" t="n">
+        <x:v>-117952</x:v>
+      </x:c>
+      <x:c r="CO30" s="3" t="n">
+        <x:v>-121585</x:v>
+      </x:c>
+      <x:c r="CP30" s="3" t="n">
+        <x:v>-6974</x:v>
+      </x:c>
+      <x:c r="CQ30" s="3" t="n">
+        <x:v>3680</x:v>
+      </x:c>
+      <x:c r="CR30" s="3" t="n">
+        <x:v>-10544</x:v>
+      </x:c>
+      <x:c r="CS30" s="3" t="n">
+        <x:v>-2199</x:v>
+      </x:c>
+      <x:c r="CT30" s="3" t="n">
+        <x:v>21606</x:v>
+      </x:c>
+      <x:c r="CU30" s="3" t="n">
+        <x:v>37037</x:v>
+      </x:c>
+      <x:c r="CV30" s="3" t="n">
+        <x:v>10400</x:v>
+      </x:c>
+      <x:c r="CW30" s="3" t="n">
+        <x:v>17420</x:v>
+      </x:c>
+      <x:c r="CX30" s="3" t="n">
+        <x:v>54808</x:v>
+      </x:c>
+      <x:c r="CY30" s="3" t="n">
+        <x:v>46123</x:v>
+      </x:c>
+      <x:c r="CZ30" s="3" t="n">
+        <x:v>62080</x:v>
+      </x:c>
+      <x:c r="DA30" s="3" t="n">
+        <x:v>63203</x:v>
+      </x:c>
+      <x:c r="DB30" s="3" t="n">
+        <x:v>-19298</x:v>
+      </x:c>
+      <x:c r="DC30" s="3" t="n">
+        <x:v>-20608</x:v>
+      </x:c>
+      <x:c r="DD30" s="3" t="n">
+        <x:v>-28801</x:v>
+      </x:c>
+      <x:c r="DE30" s="3" t="n">
+        <x:v>-28801</x:v>
+      </x:c>
+      <x:c r="DF30" s="3" t="n">
+        <x:v>-11069</x:v>
+      </x:c>
+      <x:c r="DG30" s="3" t="n">
+        <x:v>-22332</x:v>
+      </x:c>
+      <x:c r="DH30" s="3" t="n">
+        <x:v>-11239</x:v>
+      </x:c>
+      <x:c r="DI30" s="3" t="n">
+        <x:v>-20522</x:v>
+      </x:c>
+      <x:c r="DJ30" s="3" t="n">
+        <x:v>-29139</x:v>
+      </x:c>
+      <x:c r="DK30" s="3" t="n">
+        <x:v>-36345</x:v>
+      </x:c>
+      <x:c r="DL30" s="3" t="n">
+        <x:v>-24228</x:v>
+      </x:c>
+      <x:c r="DM30" s="3" t="n">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c r="DN30" s="3" t="n">
+        <x:v>-10070</x:v>
+      </x:c>
+      <x:c r="DO30" s="3" t="n">
+        <x:v>-19807</x:v>
+      </x:c>
+      <x:c r="DP30" s="3" t="n">
+        <x:v>-30920</x:v>
+      </x:c>
+      <x:c r="DQ30" s="3" t="n">
+        <x:v>-22076</x:v>
+      </x:c>
+      <x:c r="DR30" s="3" t="n">
+        <x:v>-23742</x:v>
+      </x:c>
+      <x:c r="DS30" s="3" t="n">
+        <x:v>-25064</x:v>
+      </x:c>
+      <x:c r="DT30" s="3" t="n">
+        <x:v>-12853</x:v>
+      </x:c>
+      <x:c r="DU30" s="3" t="n">
+        <x:v>-9761</x:v>
+      </x:c>
+      <x:c r="DV30" s="3" t="n">
+        <x:v>6487</x:v>
+      </x:c>
+      <x:c r="DW30" s="3" t="n">
+        <x:v>8442</x:v>
+      </x:c>
+      <x:c r="DX30" s="3" t="n">
+        <x:v>6963</x:v>
+      </x:c>
+      <x:c r="DY30" s="3" t="n">
+        <x:v>-3632</x:v>
+      </x:c>
+      <x:c r="DZ30" s="3" t="n">
+        <x:v>-19526</x:v>
+      </x:c>
+      <x:c r="EA30" s="3" t="n">
+        <x:v>-5558</x:v>
+      </x:c>
+      <x:c r="EB30" s="3" t="n">
+        <x:v>-15535</x:v>
+      </x:c>
+      <x:c r="EC30" s="3" t="n">
+        <x:v>-11567</x:v>
+      </x:c>
+      <x:c r="ED30" s="3" t="n">
+        <x:v>-1003</x:v>
+      </x:c>
+      <x:c r="EE30" s="3" t="n">
+        <x:v>-17323</x:v>
+      </x:c>
+      <x:c r="EF30" s="3" t="n">
+        <x:v>-18426</x:v>
+      </x:c>
+      <x:c r="EG30" s="3" t="n">
+        <x:v>-1464</x:v>
+      </x:c>
+      <x:c r="EH30" s="3" t="n">
+        <x:v>4797</x:v>
+      </x:c>
+      <x:c r="EI30" s="3" t="n">
+        <x:v>2743</x:v>
+      </x:c>
+      <x:c r="EJ30" s="3" t="n">
+        <x:v>-13024</x:v>
+      </x:c>
+      <x:c r="EK30" s="3" t="n">
+        <x:v>-17467</x:v>
+      </x:c>
+      <x:c r="EL30" s="3" t="n">
+        <x:v>-23</x:v>
+      </x:c>
+      <x:c r="EM30" s="3" t="n">
+        <x:v>-9786</x:v>
+      </x:c>
+      <x:c r="EN30" s="3" t="n">
+        <x:v>-7395</x:v>
+      </x:c>
+      <x:c r="EO30" s="3" t="n">
+        <x:v>-6259</x:v>
+      </x:c>
+      <x:c r="EP30" s="3" t="n">
+        <x:v>-13479</x:v>
+      </x:c>
+      <x:c r="EQ30" s="3" t="n">
+        <x:v>-4176</x:v>
+      </x:c>
+      <x:c r="ER30" s="3" t="n">
+        <x:v>9988</x:v>
+      </x:c>
+      <x:c r="ES30" s="3" t="n">
+        <x:v>-7795</x:v>
+      </x:c>
+      <x:c r="ET30" s="3" t="n">
+        <x:v>-2168</x:v>
+      </x:c>
+      <x:c r="EU30" s="3" t="n">
+        <x:v>-2380</x:v>
+      </x:c>
+      <x:c r="EV30" s="3" t="n">
+        <x:v>-6178</x:v>
+      </x:c>
+      <x:c r="EW30" s="3" t="n">
+        <x:v>-3162</x:v>
+      </x:c>
+      <x:c r="EX30" s="3" t="n">
+        <x:v>18662</x:v>
+      </x:c>
+      <x:c r="EY30" s="3" t="n">
+        <x:v>20233</x:v>
+      </x:c>
+      <x:c r="EZ30" s="3" t="n">
+        <x:v>13836</x:v>
+      </x:c>
+      <x:c r="FA30" s="3" t="n">
+        <x:v>14399</x:v>
+      </x:c>
+      <x:c r="FB30" s="3" t="n">
+        <x:v>20652</x:v>
+      </x:c>
+      <x:c r="FC30" s="3" t="n">
+        <x:v>17038</x:v>
+      </x:c>
+      <x:c r="FD30" s="3" t="n">
+        <x:v>20130</x:v>
+      </x:c>
+      <x:c r="FE30" s="3" t="n">
+        <x:v>39893</x:v>
+      </x:c>
+      <x:c r="FF30" s="3" t="n">
+        <x:v>37586</x:v>
+      </x:c>
+      <x:c r="FG30" s="3" t="n">
+        <x:v>27713</x:v>
+      </x:c>
+      <x:c r="FH30" s="3" t="n">
+        <x:v>25566</x:v>
+      </x:c>
+      <x:c r="FI30" s="3" t="n">
+        <x:v>26182</x:v>
+      </x:c>
+      <x:c r="FJ30" s="3" t="n">
+        <x:v>8067</x:v>
+      </x:c>
+      <x:c r="FK30" s="3" t="n">
+        <x:v>1305</x:v>
+      </x:c>
+      <x:c r="FL30" s="3" t="n">
+        <x:v>19801</x:v>
+      </x:c>
+      <x:c r="FM30" s="3" t="n">
+        <x:v>18975</x:v>
+      </x:c>
+      <x:c r="FN30" s="3" t="n">
+        <x:v>-4997</x:v>
+      </x:c>
+      <x:c r="FO30" s="3" t="n">
+        <x:v>5680</x:v>
+      </x:c>
+      <x:c r="FP30" s="3" t="n">
+        <x:v>9199</x:v>
+      </x:c>
+      <x:c r="FQ30" s="3" t="n">
+        <x:v>1239</x:v>
+      </x:c>
+      <x:c r="FR30" s="3" t="n">
+        <x:v>-20173</x:v>
+      </x:c>
+      <x:c r="FS30" s="3" t="n">
+        <x:v>-31967</x:v>
+      </x:c>
+      <x:c r="FT30" s="3" t="n">
+        <x:v>-5849</x:v>
+      </x:c>
+      <x:c r="FU30" s="3" t="n">
+        <x:v>-11156</x:v>
+      </x:c>
+      <x:c r="FV30" s="3" t="n">
+        <x:v>-1083</x:v>
+      </x:c>
+      <x:c r="FW30" s="3" t="n">
+        <x:v>25299</x:v>
+      </x:c>
+      <x:c r="FX30" s="3" t="n">
+        <x:v>14018</x:v>
+      </x:c>
+      <x:c r="FY30" s="3" t="n">
+        <x:v>38895</x:v>
+      </x:c>
+      <x:c r="FZ30" s="3" t="n">
+        <x:v>23569</x:v>
+      </x:c>
+      <x:c r="GA30" s="3" t="n">
+        <x:v>35510</x:v>
+      </x:c>
+      <x:c r="GB30" s="3" t="n">
+        <x:v>-6206</x:v>
+      </x:c>
+      <x:c r="GC30" s="3" t="n">
+        <x:v>10267</x:v>
+      </x:c>
+      <x:c r="GD30" s="3" t="n">
+        <x:v>23192</x:v>
+      </x:c>
+      <x:c r="GE30" s="3" t="n">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="GF30" s="3" t="n">
+        <x:v>19711</x:v>
+      </x:c>
+      <x:c r="GG30" s="3" t="n">
+        <x:v>-4866</x:v>
+      </x:c>
+      <x:c r="GH30" s="3" t="n">
+        <x:v>13408</x:v>
+      </x:c>
+      <x:c r="GI30" s="3" t="n">
+        <x:v>1207</x:v>
+      </x:c>
+      <x:c r="GJ30" s="3" t="n">
+        <x:v>7191</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:192">
+      <x:c r="A31" s="2" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="B31" s="3" t="n">
+        <x:v>136045</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="n">
+        <x:v>118962</x:v>
+      </x:c>
+      <x:c r="D31" s="3" t="n">
+        <x:v>130971</x:v>
+      </x:c>
+      <x:c r="E31" s="3" t="n">
+        <x:v>130975</x:v>
+      </x:c>
+      <x:c r="F31" s="3" t="n">
+        <x:v>124994</x:v>
+      </x:c>
+      <x:c r="G31" s="3" t="n">
+        <x:v>133935</x:v>
+      </x:c>
+      <x:c r="H31" s="3" t="n">
+        <x:v>137393</x:v>
+      </x:c>
+      <x:c r="I31" s="3" t="n">
+        <x:v>132901</x:v>
+      </x:c>
+      <x:c r="J31" s="3" t="n">
+        <x:v>144393</x:v>
+      </x:c>
+      <x:c r="K31" s="3" t="n">
+        <x:v>144399</x:v>
+      </x:c>
+      <x:c r="L31" s="3" t="n">
+        <x:v>140862</x:v>
+      </x:c>
+      <x:c r="M31" s="3" t="n">
+        <x:v>134496</x:v>
+      </x:c>
+      <x:c r="N31" s="3" t="n">
+        <x:v>145764</x:v>
+      </x:c>
+      <x:c r="O31" s="3" t="n">
+        <x:v>137515</x:v>
+      </x:c>
+      <x:c r="P31" s="3" t="n">
+        <x:v>146272</x:v>
+      </x:c>
+      <x:c r="Q31" s="3" t="n">
+        <x:v>148871</x:v>
+      </x:c>
+      <x:c r="R31" s="3" t="n">
+        <x:v>149006</x:v>
+      </x:c>
+      <x:c r="S31" s="3" t="n">
+        <x:v>148060</x:v>
+      </x:c>
+      <x:c r="T31" s="3" t="n">
+        <x:v>145307</x:v>
+      </x:c>
+      <x:c r="U31" s="3" t="n">
+        <x:v>157654</x:v>
+      </x:c>
+      <x:c r="V31" s="3" t="n">
+        <x:v>145822</x:v>
+      </x:c>
+      <x:c r="W31" s="3" t="n">
+        <x:v>141124</x:v>
+      </x:c>
+      <x:c r="X31" s="3" t="n">
+        <x:v>143325</x:v>
+      </x:c>
+      <x:c r="Y31" s="3" t="n">
+        <x:v>137547</x:v>
+      </x:c>
+      <x:c r="Z31" s="3" t="n">
+        <x:v>151523</x:v>
+      </x:c>
+      <x:c r="AA31" s="3" t="n">
+        <x:v>157295</x:v>
+      </x:c>
+      <x:c r="AB31" s="3" t="n">
+        <x:v>154288</x:v>
+      </x:c>
+      <x:c r="AC31" s="3" t="n">
+        <x:v>167912</x:v>
+      </x:c>
+      <x:c r="AD31" s="3" t="n">
+        <x:v>167168</x:v>
+      </x:c>
+      <x:c r="AE31" s="3" t="n">
+        <x:v>157544</x:v>
+      </x:c>
+      <x:c r="AF31" s="3" t="n">
+        <x:v>163090</x:v>
+      </x:c>
+      <x:c r="AG31" s="3" t="n">
+        <x:v>161610</x:v>
+      </x:c>
+      <x:c r="AH31" s="3" t="n">
+        <x:v>188716</x:v>
+      </x:c>
+      <x:c r="AI31" s="3" t="n">
+        <x:v>198708</x:v>
+      </x:c>
+      <x:c r="AJ31" s="3" t="n">
+        <x:v>190745</x:v>
+      </x:c>
+      <x:c r="AK31" s="3" t="n">
+        <x:v>175983</x:v>
+      </x:c>
+      <x:c r="AL31" s="3" t="n">
+        <x:v>177095</x:v>
+      </x:c>
+      <x:c r="AM31" s="3" t="n">
+        <x:v>180839</x:v>
+      </x:c>
+      <x:c r="AN31" s="3" t="n">
+        <x:v>182558</x:v>
+      </x:c>
+      <x:c r="AO31" s="3" t="n">
+        <x:v>180785</x:v>
+      </x:c>
+      <x:c r="AP31" s="3" t="n">
+        <x:v>173249</x:v>
+      </x:c>
+      <x:c r="AQ31" s="3" t="n">
+        <x:v>170943</x:v>
+      </x:c>
+      <x:c r="AR31" s="3" t="n">
+        <x:v>169123</x:v>
+      </x:c>
+      <x:c r="AS31" s="3" t="n">
+        <x:v>164089</x:v>
+      </x:c>
+      <x:c r="AT31" s="3" t="n">
+        <x:v>155679</x:v>
+      </x:c>
+      <x:c r="AU31" s="3" t="n">
+        <x:v>156912</x:v>
+      </x:c>
+      <x:c r="AV31" s="3" t="n">
+        <x:v>152057</x:v>
+      </x:c>
+      <x:c r="AW31" s="3" t="n">
+        <x:v>166244</x:v>
+      </x:c>
+      <x:c r="AX31" s="3" t="n">
+        <x:v>157617</x:v>
+      </x:c>
+      <x:c r="AY31" s="3" t="n">
+        <x:v>151539</x:v>
+      </x:c>
+      <x:c r="AZ31" s="3" t="n">
+        <x:v>137263</x:v>
+      </x:c>
+      <x:c r="BA31" s="3" t="n">
+        <x:v>150020</x:v>
+      </x:c>
+      <x:c r="BB31" s="3" t="n">
+        <x:v>139203</x:v>
+      </x:c>
+      <x:c r="BC31" s="3" t="n">
+        <x:v>145086</x:v>
+      </x:c>
+      <x:c r="BD31" s="3" t="n">
+        <x:v>136330</x:v>
+      </x:c>
+      <x:c r="BE31" s="3" t="n">
+        <x:v>137553</x:v>
+      </x:c>
+      <x:c r="BF31" s="3" t="n">
+        <x:v>135327</x:v>
+      </x:c>
+      <x:c r="BG31" s="3" t="n">
+        <x:v>138766</x:v>
+      </x:c>
+      <x:c r="BH31" s="3" t="n">
+        <x:v>145180</x:v>
+      </x:c>
+      <x:c r="BI31" s="3" t="n">
+        <x:v>133511</x:v>
+      </x:c>
+      <x:c r="BJ31" s="3" t="n">
+        <x:v>141571</x:v>
+      </x:c>
+      <x:c r="BK31" s="3" t="n">
+        <x:v>133378</x:v>
+      </x:c>
+      <x:c r="BL31" s="3" t="n">
+        <x:v>158043</x:v>
+      </x:c>
+      <x:c r="BM31" s="3" t="n">
+        <x:v>152437</x:v>
+      </x:c>
+      <x:c r="BN31" s="3" t="n">
+        <x:v>152857</x:v>
+      </x:c>
+      <x:c r="BO31" s="3" t="n">
+        <x:v>158264</x:v>
+      </x:c>
+      <x:c r="BP31" s="3" t="n">
+        <x:v>154839</x:v>
+      </x:c>
+      <x:c r="BQ31" s="3" t="n">
+        <x:v>162833</x:v>
+      </x:c>
+      <x:c r="BR31" s="3" t="n">
+        <x:v>164582</x:v>
+      </x:c>
+      <x:c r="BS31" s="3" t="n">
+        <x:v>171521</x:v>
+      </x:c>
+      <x:c r="BT31" s="3" t="n">
+        <x:v>171195</x:v>
+      </x:c>
+      <x:c r="BU31" s="3" t="n">
+        <x:v>170765</x:v>
+      </x:c>
+      <x:c r="BV31" s="3" t="n">
+        <x:v>168547</x:v>
+      </x:c>
+      <x:c r="BW31" s="3" t="n">
+        <x:v>164074</x:v>
+      </x:c>
+      <x:c r="BX31" s="3" t="n">
+        <x:v>176320</x:v>
+      </x:c>
+      <x:c r="BY31" s="3" t="n">
+        <x:v>175446</x:v>
+      </x:c>
+      <x:c r="BZ31" s="3" t="n">
+        <x:v>194563</x:v>
+      </x:c>
+      <x:c r="CA31" s="3" t="n">
+        <x:v>199687</x:v>
+      </x:c>
+      <x:c r="CB31" s="3" t="n">
+        <x:v>198397</x:v>
+      </x:c>
+      <x:c r="CC31" s="3" t="n">
+        <x:v>207335</x:v>
+      </x:c>
+      <x:c r="CD31" s="3" t="n">
+        <x:v>218793</x:v>
+      </x:c>
+      <x:c r="CE31" s="3" t="n">
+        <x:v>224231</x:v>
+      </x:c>
+      <x:c r="CF31" s="3" t="n">
+        <x:v>226961</x:v>
+      </x:c>
+      <x:c r="CG31" s="3" t="n">
+        <x:v>232202</x:v>
+      </x:c>
+      <x:c r="CH31" s="3" t="n">
+        <x:v>207468</x:v>
+      </x:c>
+      <x:c r="CI31" s="3" t="n">
+        <x:v>203687</x:v>
+      </x:c>
+      <x:c r="CJ31" s="3" t="n">
+        <x:v>210785</x:v>
+      </x:c>
+      <x:c r="CK31" s="3" t="n">
+        <x:v>211800</x:v>
+      </x:c>
+      <x:c r="CL31" s="3" t="n">
+        <x:v>221750</x:v>
+      </x:c>
+      <x:c r="CM31" s="3" t="n">
+        <x:v>209775</x:v>
+      </x:c>
+      <x:c r="CN31" s="3" t="n">
+        <x:v>206303</x:v>
+      </x:c>
+      <x:c r="CO31" s="3" t="n">
+        <x:v>205157</x:v>
+      </x:c>
+      <x:c r="CP31" s="3" t="n">
+        <x:v>199380</x:v>
+      </x:c>
+      <x:c r="CQ31" s="3" t="n">
+        <x:v>206907</x:v>
+      </x:c>
+      <x:c r="CR31" s="3" t="n">
+        <x:v>195129</x:v>
+      </x:c>
+      <x:c r="CS31" s="3" t="n">
+        <x:v>195735</x:v>
+      </x:c>
+      <x:c r="CT31" s="3" t="n">
+        <x:v>193530</x:v>
+      </x:c>
+      <x:c r="CU31" s="3" t="n">
+        <x:v>206120</x:v>
+      </x:c>
+      <x:c r="CV31" s="3" t="n">
+        <x:v>184873</x:v>
+      </x:c>
+      <x:c r="CW31" s="3" t="n">
+        <x:v>191206</x:v>
+      </x:c>
+      <x:c r="CX31" s="3" t="n">
+        <x:v>192344</x:v>
+      </x:c>
+      <x:c r="CY31" s="3" t="n">
+        <x:v>179106</x:v>
+      </x:c>
+      <x:c r="CZ31" s="3" t="n">
+        <x:v>198250</x:v>
+      </x:c>
+      <x:c r="DA31" s="3" t="n">
+        <x:v>188745</x:v>
+      </x:c>
+      <x:c r="DB31" s="3" t="n">
+        <x:v>217632</x:v>
+      </x:c>
+      <x:c r="DC31" s="3" t="n">
+        <x:v>219417</x:v>
+      </x:c>
+      <x:c r="DD31" s="3" t="n">
+        <x:v>219869</x:v>
+      </x:c>
+      <x:c r="DE31" s="3" t="n">
+        <x:v>230775</x:v>
+      </x:c>
+      <x:c r="DF31" s="3" t="n">
+        <x:v>240181</x:v>
+      </x:c>
+      <x:c r="DG31" s="3" t="n">
+        <x:v>236259</x:v>
+      </x:c>
+      <x:c r="DH31" s="3" t="n">
+        <x:v>247229</x:v>
+      </x:c>
+      <x:c r="DI31" s="3" t="n">
+        <x:v>251044</x:v>
+      </x:c>
+      <x:c r="DJ31" s="3" t="n">
+        <x:v>256697</x:v>
+      </x:c>
+      <x:c r="DK31" s="3" t="n">
+        <x:v>260808</x:v>
+      </x:c>
+      <x:c r="DL31" s="3" t="n">
+        <x:v>272202</x:v>
+      </x:c>
+      <x:c r="DM31" s="3" t="n">
+        <x:v>296854</x:v>
+      </x:c>
+      <x:c r="DN31" s="3" t="n">
+        <x:v>304730</x:v>
+      </x:c>
+      <x:c r="DO31" s="3" t="n">
+        <x:v>303456</x:v>
+      </x:c>
+      <x:c r="DP31" s="3" t="n">
+        <x:v>298903</x:v>
+      </x:c>
+      <x:c r="DQ31" s="3" t="n">
+        <x:v>313578</x:v>
+      </x:c>
+      <x:c r="DR31" s="3" t="n">
+        <x:v>304488</x:v>
+      </x:c>
+      <x:c r="DS31" s="3" t="n">
+        <x:v>300291</x:v>
+      </x:c>
+      <x:c r="DT31" s="3" t="n">
+        <x:v>318265</x:v>
+      </x:c>
+      <x:c r="DU31" s="3" t="n">
+        <x:v>317824</x:v>
+      </x:c>
+      <x:c r="DV31" s="3" t="n">
+        <x:v>268106</x:v>
+      </x:c>
+      <x:c r="DW31" s="3" t="n">
+        <x:v>265312</x:v>
+      </x:c>
+      <x:c r="DX31" s="3" t="n">
+        <x:v>258727</x:v>
+      </x:c>
+      <x:c r="DY31" s="3" t="n">
+        <x:v>260635</x:v>
+      </x:c>
+      <x:c r="DZ31" s="3" t="n">
+        <x:v>260457</x:v>
+      </x:c>
+      <x:c r="EA31" s="3" t="n">
+        <x:v>277795</x:v>
+      </x:c>
+      <x:c r="EB31" s="3" t="n">
+        <x:v>264644</x:v>
+      </x:c>
+      <x:c r="EC31" s="3" t="n">
+        <x:v>276031</x:v>
+      </x:c>
+      <x:c r="ED31" s="3" t="n">
+        <x:v>291606</x:v>
+      </x:c>
+      <x:c r="EE31" s="3" t="n">
+        <x:v>269063</x:v>
+      </x:c>
+      <x:c r="EF31" s="3" t="n">
+        <x:v>273081</x:v>
+      </x:c>
+      <x:c r="EG31" s="3" t="n">
+        <x:v>292679</x:v>
+      </x:c>
+      <x:c r="EH31" s="3" t="n">
+        <x:v>291170</x:v>
+      </x:c>
+      <x:c r="EI31" s="3" t="n">
+        <x:v>291531</x:v>
+      </x:c>
+      <x:c r="EJ31" s="3" t="n">
+        <x:v>286261</x:v>
+      </x:c>
+      <x:c r="EK31" s="3" t="n">
+        <x:v>292926</x:v>
+      </x:c>
+      <x:c r="EL31" s="3" t="n">
+        <x:v>303034</x:v>
+      </x:c>
+      <x:c r="EM31" s="3" t="n">
+        <x:v>305551</x:v>
+      </x:c>
+      <x:c r="EN31" s="3" t="n">
+        <x:v>310848</x:v>
+      </x:c>
+      <x:c r="EO31" s="3" t="n">
+        <x:v>313038</x:v>
+      </x:c>
+      <x:c r="EP31" s="3" t="n">
+        <x:v>293264</x:v>
+      </x:c>
+      <x:c r="EQ31" s="3" t="n">
+        <x:v>304945</x:v>
+      </x:c>
+      <x:c r="ER31" s="3" t="n">
+        <x:v>315827</x:v>
+      </x:c>
+      <x:c r="ES31" s="3" t="n">
+        <x:v>293615</x:v>
+      </x:c>
+      <x:c r="ET31" s="3" t="n">
+        <x:v>293579</x:v>
+      </x:c>
+      <x:c r="EU31" s="3" t="n">
+        <x:v>293293</x:v>
+      </x:c>
+      <x:c r="EV31" s="3" t="n">
+        <x:v>285048</x:v>
+      </x:c>
+      <x:c r="EW31" s="3" t="n">
+        <x:v>287674</x:v>
+      </x:c>
+      <x:c r="EX31" s="3" t="n">
+        <x:v>281445</x:v>
+      </x:c>
+      <x:c r="EY31" s="3" t="n">
+        <x:v>291922</x:v>
+      </x:c>
+      <x:c r="EZ31" s="3" t="n">
+        <x:v>292046</x:v>
+      </x:c>
+      <x:c r="FA31" s="3" t="n">
+        <x:v>286468</x:v>
+      </x:c>
+      <x:c r="FB31" s="3" t="n">
+        <x:v>302656</x:v>
+      </x:c>
+      <x:c r="FC31" s="3" t="n">
+        <x:v>294046</x:v>
+      </x:c>
+      <x:c r="FD31" s="3" t="n">
+        <x:v>296556</x:v>
+      </x:c>
+      <x:c r="FE31" s="3" t="n">
+        <x:v>318181</x:v>
+      </x:c>
+      <x:c r="FF31" s="3" t="n">
+        <x:v>314600</x:v>
+      </x:c>
+      <x:c r="FG31" s="3" t="n">
+        <x:v>311593</x:v>
+      </x:c>
+      <x:c r="FH31" s="3" t="n">
+        <x:v>313541</x:v>
+      </x:c>
+      <x:c r="FI31" s="3" t="n">
+        <x:v>316332</x:v>
+      </x:c>
+      <x:c r="FJ31" s="3" t="n">
+        <x:v>313420</x:v>
+      </x:c>
+      <x:c r="FK31" s="3" t="n">
+        <x:v>314023</x:v>
+      </x:c>
+      <x:c r="FL31" s="3" t="n">
+        <x:v>341861</x:v>
+      </x:c>
+      <x:c r="FM31" s="3" t="n">
+        <x:v>339203</x:v>
+      </x:c>
+      <x:c r="FN31" s="3" t="n">
+        <x:v>307135</x:v>
+      </x:c>
+      <x:c r="FO31" s="3" t="n">
+        <x:v>304034</x:v>
+      </x:c>
+      <x:c r="FP31" s="3" t="n">
+        <x:v>310541</x:v>
+      </x:c>
+      <x:c r="FQ31" s="3" t="n">
+        <x:v>301286</x:v>
+      </x:c>
+      <x:c r="FR31" s="3" t="n">
+        <x:v>294031</x:v>
+      </x:c>
+      <x:c r="FS31" s="3" t="n">
+        <x:v>270619</x:v>
+      </x:c>
+      <x:c r="FT31" s="3" t="n">
+        <x:v>298961</x:v>
+      </x:c>
+      <x:c r="FU31" s="3" t="n">
+        <x:v>297640</x:v>
+      </x:c>
+      <x:c r="FV31" s="3" t="n">
+        <x:v>310121</x:v>
+      </x:c>
+      <x:c r="FW31" s="3" t="n">
+        <x:v>331060</x:v>
+      </x:c>
+      <x:c r="FX31" s="3" t="n">
+        <x:v>321439</x:v>
+      </x:c>
+      <x:c r="FY31" s="3" t="n">
+        <x:v>342930</x:v>
+      </x:c>
+      <x:c r="FZ31" s="3" t="n">
+        <x:v>327343</x:v>
+      </x:c>
+      <x:c r="GA31" s="3" t="n">
+        <x:v>329708</x:v>
+      </x:c>
+      <x:c r="GB31" s="3" t="n">
+        <x:v>293392</x:v>
+      </x:c>
+      <x:c r="GC31" s="3" t="n">
+        <x:v>310259</x:v>
+      </x:c>
+      <x:c r="GD31" s="3" t="n">
+        <x:v>306380</x:v>
+      </x:c>
+      <x:c r="GE31" s="3" t="n">
+        <x:v>293220</x:v>
+      </x:c>
+      <x:c r="GF31" s="3" t="n">
+        <x:v>319361</x:v>
+      </x:c>
+      <x:c r="GG31" s="3" t="n">
+        <x:v>300521</x:v>
+      </x:c>
+      <x:c r="GH31" s="3" t="n">
+        <x:v>301060</x:v>
+      </x:c>
+      <x:c r="GI31" s="3" t="n">
+        <x:v>298703</x:v>
+      </x:c>
+      <x:c r="GJ31" s="3" t="n">
+        <x:v>300679</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:192">
+      <x:c r="A32" s="2" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="B32" s="3" t="n">
+        <x:v>357292</x:v>
+      </x:c>
+      <x:c r="C32" s="3" t="n">
+        <x:v>340336</x:v>
+      </x:c>
+      <x:c r="D32" s="3" t="n">
+        <x:v>355892</x:v>
+      </x:c>
+      <x:c r="E32" s="3" t="n">
+        <x:v>355759</x:v>
+      </x:c>
+      <x:c r="F32" s="3" t="n">
+        <x:v>353855</x:v>
+      </x:c>
+      <x:c r="G32" s="3" t="n">
+        <x:v>367624</x:v>
+      </x:c>
+      <x:c r="H32" s="3" t="n">
+        <x:v>371700</x:v>
+      </x:c>
+      <x:c r="I32" s="3" t="n">
+        <x:v>369427</x:v>
+      </x:c>
+      <x:c r="J32" s="3" t="n">
+        <x:v>382237</x:v>
+      </x:c>
+      <x:c r="K32" s="3" t="n">
+        <x:v>380898</x:v>
+      </x:c>
+      <x:c r="L32" s="3" t="n">
+        <x:v>379837</x:v>
+      </x:c>
+      <x:c r="M32" s="3" t="n">
+        <x:v>375719</x:v>
+      </x:c>
+      <x:c r="N32" s="3" t="n">
+        <x:v>384668</x:v>
+      </x:c>
+      <x:c r="O32" s="3" t="n">
+        <x:v>378069</x:v>
+      </x:c>
+      <x:c r="P32" s="3" t="n">
+        <x:v>385910</x:v>
+      </x:c>
+      <x:c r="Q32" s="3" t="n">
+        <x:v>393892</x:v>
+      </x:c>
+      <x:c r="R32" s="3" t="n">
+        <x:v>390773</x:v>
+      </x:c>
+      <x:c r="S32" s="3" t="n">
+        <x:v>392863</x:v>
+      </x:c>
+      <x:c r="T32" s="3" t="n">
+        <x:v>390032</x:v>
+      </x:c>
+      <x:c r="U32" s="3" t="n">
+        <x:v>402372</x:v>
+      </x:c>
+      <x:c r="V32" s="3" t="n">
+        <x:v>396537</x:v>
+      </x:c>
+      <x:c r="W32" s="3" t="n">
+        <x:v>391006</x:v>
+      </x:c>
+      <x:c r="X32" s="3" t="n">
+        <x:v>396688</x:v>
+      </x:c>
+      <x:c r="Y32" s="3" t="n">
+        <x:v>391081</x:v>
+      </x:c>
+      <x:c r="Z32" s="3" t="n">
+        <x:v>403766</x:v>
+      </x:c>
+      <x:c r="AA32" s="3" t="n">
+        <x:v>412657</x:v>
+      </x:c>
+      <x:c r="AB32" s="3" t="n">
+        <x:v>411239</x:v>
+      </x:c>
+      <x:c r="AC32" s="3" t="n">
+        <x:v>428503</x:v>
+      </x:c>
+      <x:c r="AD32" s="3" t="n">
+        <x:v>438540</x:v>
+      </x:c>
+      <x:c r="AE32" s="3" t="n">
+        <x:v>431925</x:v>
+      </x:c>
+      <x:c r="AF32" s="3" t="n">
+        <x:v>441882</x:v>
+      </x:c>
+      <x:c r="AG32" s="3" t="n">
+        <x:v>443374</x:v>
+      </x:c>
+      <x:c r="AH32" s="3" t="n">
+        <x:v>473036</x:v>
+      </x:c>
+      <x:c r="AI32" s="3" t="n">
+        <x:v>485231</x:v>
+      </x:c>
+      <x:c r="AJ32" s="3" t="n">
+        <x:v>473469</x:v>
+      </x:c>
+      <x:c r="AK32" s="3" t="n">
+        <x:v>460951</x:v>
+      </x:c>
+      <x:c r="AL32" s="3" t="n">
+        <x:v>462791</x:v>
+      </x:c>
+      <x:c r="AM32" s="3" t="n">
+        <x:v>470718</x:v>
+      </x:c>
+      <x:c r="AN32" s="3" t="n">
+        <x:v>470964</x:v>
+      </x:c>
+      <x:c r="AO32" s="3" t="n">
+        <x:v>470438</x:v>
+      </x:c>
+      <x:c r="AP32" s="3" t="n">
+        <x:v>459457</x:v>
+      </x:c>
+      <x:c r="AQ32" s="3" t="n">
+        <x:v>455403</x:v>
+      </x:c>
+      <x:c r="AR32" s="3" t="n">
+        <x:v>453932</x:v>
+      </x:c>
+      <x:c r="AS32" s="3" t="n">
+        <x:v>447951</x:v>
+      </x:c>
+      <x:c r="AT32" s="3" t="n">
+        <x:v>441360</x:v>
+      </x:c>
+      <x:c r="AU32" s="3" t="n">
+        <x:v>444386</x:v>
+      </x:c>
+      <x:c r="AV32" s="3" t="n">
+        <x:v>442172</x:v>
+      </x:c>
+      <x:c r="AW32" s="3" t="n">
+        <x:v>456038</x:v>
+      </x:c>
+      <x:c r="AX32" s="3" t="n">
+        <x:v>446610</x:v>
+      </x:c>
+      <x:c r="AY32" s="3" t="n">
+        <x:v>449249</x:v>
+      </x:c>
+      <x:c r="AZ32" s="3" t="n">
+        <x:v>437195</x:v>
+      </x:c>
+      <x:c r="BA32" s="3" t="n">
+        <x:v>447085</x:v>
+      </x:c>
+      <x:c r="BB32" s="3" t="n">
+        <x:v>445318</x:v>
+      </x:c>
+      <x:c r="BC32" s="3" t="n">
+        <x:v>449691</x:v>
+      </x:c>
+      <x:c r="BD32" s="3" t="n">
+        <x:v>446417</x:v>
+      </x:c>
+      <x:c r="BE32" s="3" t="n">
+        <x:v>449554</x:v>
+      </x:c>
+      <x:c r="BF32" s="3" t="n">
+        <x:v>454689</x:v>
+      </x:c>
+      <x:c r="BG32" s="3" t="n">
+        <x:v>459297</x:v>
+      </x:c>
+      <x:c r="BH32" s="3" t="n">
+        <x:v>463756</x:v>
+      </x:c>
+      <x:c r="BI32" s="3" t="n">
+        <x:v>456996</x:v>
+      </x:c>
+      <x:c r="BJ32" s="3" t="n">
+        <x:v>466442</x:v>
+      </x:c>
+      <x:c r="BK32" s="3" t="n">
+        <x:v>459935</x:v>
+      </x:c>
+      <x:c r="BL32" s="3" t="n">
+        <x:v>483497</x:v>
+      </x:c>
+      <x:c r="BM32" s="3" t="n">
+        <x:v>488288</x:v>
+      </x:c>
+      <x:c r="BN32" s="3" t="n">
+        <x:v>482536</x:v>
+      </x:c>
+      <x:c r="BO32" s="3" t="n">
+        <x:v>493967</x:v>
+      </x:c>
+      <x:c r="BP32" s="3" t="n">
+        <x:v>492586</x:v>
+      </x:c>
+      <x:c r="BQ32" s="3" t="n">
+        <x:v>502343</x:v>
+      </x:c>
+      <x:c r="BR32" s="3" t="n">
+        <x:v>505093</x:v>
+      </x:c>
+      <x:c r="BS32" s="3" t="n">
+        <x:v>514011</x:v>
+      </x:c>
+      <x:c r="BT32" s="3" t="n">
+        <x:v>516498</x:v>
+      </x:c>
+      <x:c r="BU32" s="3" t="n">
+        <x:v>517261</x:v>
+      </x:c>
+      <x:c r="BV32" s="3" t="n">
+        <x:v>529358</x:v>
+      </x:c>
+      <x:c r="BW32" s="3" t="n">
+        <x:v>524603</x:v>
+      </x:c>
+      <x:c r="BX32" s="3" t="n">
+        <x:v>542666</x:v>
+      </x:c>
+      <x:c r="BY32" s="3" t="n">
+        <x:v>543068</x:v>
+      </x:c>
+      <x:c r="BZ32" s="3" t="n">
+        <x:v>553281</x:v>
+      </x:c>
+      <x:c r="CA32" s="3" t="n">
+        <x:v>572531</x:v>
+      </x:c>
+      <x:c r="CB32" s="3" t="n">
+        <x:v>569269</x:v>
+      </x:c>
+      <x:c r="CC32" s="3" t="n">
+        <x:v>582817</x:v>
+      </x:c>
+      <x:c r="CD32" s="3" t="n">
+        <x:v>589874</x:v>
+      </x:c>
+      <x:c r="CE32" s="3" t="n">
+        <x:v>602676</x:v>
+      </x:c>
+      <x:c r="CF32" s="3" t="n">
+        <x:v>603843</x:v>
+      </x:c>
+      <x:c r="CG32" s="3" t="n">
+        <x:v>609897</x:v>
+      </x:c>
+      <x:c r="CH32" s="3" t="n">
+        <x:v>600403</x:v>
+      </x:c>
+      <x:c r="CI32" s="3" t="n">
+        <x:v>596703</x:v>
+      </x:c>
+      <x:c r="CJ32" s="3" t="n">
+        <x:v>607878</x:v>
+      </x:c>
+      <x:c r="CK32" s="3" t="n">
+        <x:v>614343</x:v>
+      </x:c>
+      <x:c r="CL32" s="3" t="n">
+        <x:v>633047</x:v>
+      </x:c>
+      <x:c r="CM32" s="3" t="n">
+        <x:v>622675</x:v>
+      </x:c>
+      <x:c r="CN32" s="3" t="n">
+        <x:v>619724</x:v>
+      </x:c>
+      <x:c r="CO32" s="3" t="n">
+        <x:v>617176</x:v>
+      </x:c>
+      <x:c r="CP32" s="3" t="n">
+        <x:v>625045</x:v>
+      </x:c>
+      <x:c r="CQ32" s="3" t="n">
+        <x:v>634004</x:v>
+      </x:c>
+      <x:c r="CR32" s="3" t="n">
+        <x:v>623985</x:v>
+      </x:c>
+      <x:c r="CS32" s="3" t="n">
+        <x:v>629041</x:v>
+      </x:c>
+      <x:c r="CT32" s="3" t="n">
+        <x:v>634023</x:v>
+      </x:c>
+      <x:c r="CU32" s="3" t="n">
+        <x:v>652834</x:v>
+      </x:c>
+      <x:c r="CV32" s="3" t="n">
+        <x:v>635446</x:v>
+      </x:c>
+      <x:c r="CW32" s="3" t="n">
+        <x:v>644838</x:v>
+      </x:c>
+      <x:c r="CX32" s="3" t="n">
+        <x:v>650084</x:v>
+      </x:c>
+      <x:c r="CY32" s="3" t="n">
+        <x:v>639986</x:v>
+      </x:c>
+      <x:c r="CZ32" s="3" t="n">
+        <x:v>663544</x:v>
+      </x:c>
+      <x:c r="DA32" s="3" t="n">
+        <x:v>656044</x:v>
+      </x:c>
+      <x:c r="DB32" s="3" t="n">
+        <x:v>689698</x:v>
+      </x:c>
+      <x:c r="DC32" s="3" t="n">
+        <x:v>696271</x:v>
+      </x:c>
+      <x:c r="DD32" s="3" t="n">
+        <x:v>698270</x:v>
+      </x:c>
+      <x:c r="DE32" s="3" t="n">
+        <x:v>713792</x:v>
+      </x:c>
+      <x:c r="DF32" s="3" t="n">
+        <x:v>724630</x:v>
+      </x:c>
+      <x:c r="DG32" s="3" t="n">
+        <x:v>735297</x:v>
+      </x:c>
+      <x:c r="DH32" s="3" t="n">
+        <x:v>746185</x:v>
+      </x:c>
+      <x:c r="DI32" s="3" t="n">
+        <x:v>750173</x:v>
+      </x:c>
+      <x:c r="DJ32" s="3" t="n">
+        <x:v>765028</x:v>
+      </x:c>
+      <x:c r="DK32" s="3" t="n">
+        <x:v>775283</x:v>
+      </x:c>
+      <x:c r="DL32" s="3" t="n">
+        <x:v>791391</x:v>
+      </x:c>
+      <x:c r="DM32" s="3" t="n">
+        <x:v>817821</x:v>
+      </x:c>
+      <x:c r="DN32" s="3" t="n">
+        <x:v>832196</x:v>
+      </x:c>
+      <x:c r="DO32" s="3" t="n">
+        <x:v>836931</x:v>
+      </x:c>
+      <x:c r="DP32" s="3" t="n">
+        <x:v>839018</x:v>
+      </x:c>
+      <x:c r="DQ32" s="3" t="n">
+        <x:v>856800</x:v>
+      </x:c>
+      <x:c r="DR32" s="3" t="n">
+        <x:v>850810</x:v>
+      </x:c>
+      <x:c r="DS32" s="3" t="n">
+        <x:v>851134</x:v>
+      </x:c>
+      <x:c r="DT32" s="3" t="n">
+        <x:v>864217</x:v>
+      </x:c>
+      <x:c r="DU32" s="3" t="n">
+        <x:v>860705</x:v>
+      </x:c>
+      <x:c r="DV32" s="3" t="n">
+        <x:v>825167</x:v>
+      </x:c>
+      <x:c r="DW32" s="3" t="n">
+        <x:v>830994</x:v>
+      </x:c>
+      <x:c r="DX32" s="3" t="n">
+        <x:v>828774</x:v>
+      </x:c>
+      <x:c r="DY32" s="3" t="n">
+        <x:v>832840</x:v>
+      </x:c>
+      <x:c r="DZ32" s="3" t="n">
+        <x:v>848182</x:v>
+      </x:c>
+      <x:c r="EA32" s="3" t="n">
+        <x:v>863655</x:v>
+      </x:c>
+      <x:c r="EB32" s="3" t="n">
+        <x:v>853606</x:v>
+      </x:c>
+      <x:c r="EC32" s="3" t="n">
+        <x:v>866182</x:v>
+      </x:c>
+      <x:c r="ED32" s="3" t="n">
+        <x:v>889895</x:v>
+      </x:c>
+      <x:c r="EE32" s="3" t="n">
+        <x:v>869808</x:v>
+      </x:c>
+      <x:c r="EF32" s="3" t="n">
+        <x:v>876692</x:v>
+      </x:c>
+      <x:c r="EG32" s="3" t="n">
+        <x:v>898056</x:v>
+      </x:c>
+      <x:c r="EH32" s="3" t="n">
+        <x:v>908215</x:v>
+      </x:c>
+      <x:c r="EI32" s="3" t="n">
+        <x:v>913488</x:v>
+      </x:c>
+      <x:c r="EJ32" s="3" t="n">
+        <x:v>911654</x:v>
+      </x:c>
+      <x:c r="EK32" s="3" t="n">
+        <x:v>918284</x:v>
+      </x:c>
+      <x:c r="EL32" s="3" t="n">
+        <x:v>939229</x:v>
+      </x:c>
+      <x:c r="EM32" s="3" t="n">
+        <x:v>943153</x:v>
+      </x:c>
+      <x:c r="EN32" s="3" t="n">
+        <x:v>952312</x:v>
+      </x:c>
+      <x:c r="EO32" s="3" t="n">
+        <x:v>956903</x:v>
+      </x:c>
+      <x:c r="EP32" s="3" t="n">
+        <x:v>945896</x:v>
+      </x:c>
+      <x:c r="EQ32" s="3" t="n">
+        <x:v>962826</x:v>
+      </x:c>
+      <x:c r="ER32" s="3" t="n">
+        <x:v>975915</x:v>
+      </x:c>
+      <x:c r="ES32" s="3" t="n">
+        <x:v>958170</x:v>
+      </x:c>
+      <x:c r="ET32" s="3" t="n">
+        <x:v>971750</x:v>
+      </x:c>
+      <x:c r="EU32" s="3" t="n">
+        <x:v>975633</x:v>
+      </x:c>
+      <x:c r="EV32" s="3" t="n">
+        <x:v>969239</x:v>
+      </x:c>
+      <x:c r="EW32" s="3" t="n">
+        <x:v>971670</x:v>
+      </x:c>
+      <x:c r="EX32" s="3" t="n">
+        <x:v>976197</x:v>
+      </x:c>
+      <x:c r="EY32" s="3" t="n">
+        <x:v>984691</x:v>
+      </x:c>
+      <x:c r="EZ32" s="3" t="n">
+        <x:v>986299</x:v>
+      </x:c>
+      <x:c r="FA32" s="3" t="n">
+        <x:v>991310</x:v>
+      </x:c>
+      <x:c r="FB32" s="3" t="n">
+        <x:v>1014959</x:v>
+      </x:c>
+      <x:c r="FC32" s="3" t="n">
+        <x:v>1007135</x:v>
+      </x:c>
+      <x:c r="FD32" s="3" t="n">
+        <x:v>1012913</x:v>
+      </x:c>
+      <x:c r="FE32" s="3" t="n">
+        <x:v>1045372</x:v>
+      </x:c>
+      <x:c r="FF32" s="3" t="n">
+        <x:v>1042116</x:v>
+      </x:c>
+      <x:c r="FG32" s="3" t="n">
+        <x:v>1042936</x:v>
+      </x:c>
+      <x:c r="FH32" s="3" t="n">
+        <x:v>1043680</x:v>
+      </x:c>
+      <x:c r="FI32" s="3" t="n">
+        <x:v>1052720</x:v>
+      </x:c>
+      <x:c r="FJ32" s="3" t="n">
+        <x:v>1055384</x:v>
+      </x:c>
+      <x:c r="FK32" s="3" t="n">
+        <x:v>1054551</x:v>
+      </x:c>
+      <x:c r="FL32" s="3" t="n">
+        <x:v>1087653</x:v>
+      </x:c>
+      <x:c r="FM32" s="3" t="n">
+        <x:v>1086320</x:v>
+      </x:c>
+      <x:c r="FN32" s="3" t="n">
+        <x:v>1051431</x:v>
+      </x:c>
+      <x:c r="FO32" s="3" t="n">
+        <x:v>982780</x:v>
+      </x:c>
+      <x:c r="FP32" s="3" t="n">
+        <x:v>1038609</x:v>
+      </x:c>
+      <x:c r="FQ32" s="3" t="n">
+        <x:v>1032106</x:v>
+      </x:c>
+      <x:c r="FR32" s="3" t="n">
+        <x:v>1018152</x:v>
+      </x:c>
+      <x:c r="FS32" s="3" t="n">
+        <x:v>1006291</x:v>
+      </x:c>
+      <x:c r="FT32" s="3" t="n">
+        <x:v>1074623</x:v>
+      </x:c>
+      <x:c r="FU32" s="3" t="n">
+        <x:v>1089034</x:v>
+      </x:c>
+      <x:c r="FV32" s="3" t="n">
+        <x:v>1091777</x:v>
+      </x:c>
+      <x:c r="FW32" s="3" t="n">
+        <x:v>1130309</x:v>
+      </x:c>
+      <x:c r="FX32" s="3" t="n">
+        <x:v>1120257</x:v>
+      </x:c>
+      <x:c r="FY32" s="3" t="n">
+        <x:v>1162503</x:v>
+      </x:c>
+      <x:c r="FZ32" s="3" t="n">
+        <x:v>1135106</x:v>
+      </x:c>
+      <x:c r="GA32" s="3" t="n">
+        <x:v>1137020</x:v>
+      </x:c>
+      <x:c r="GB32" s="3" t="n">
+        <x:v>1099343</x:v>
+      </x:c>
+      <x:c r="GC32" s="3" t="n">
+        <x:v>1120413</x:v>
+      </x:c>
+      <x:c r="GD32" s="3" t="n">
+        <x:v>1116729</x:v>
+      </x:c>
+      <x:c r="GE32" s="3" t="n">
+        <x:v>1116608</x:v>
+      </x:c>
+      <x:c r="GF32" s="3" t="n">
+        <x:v>1144608</x:v>
+      </x:c>
+      <x:c r="GG32" s="3" t="n">
+        <x:v>1124685</x:v>
+      </x:c>
+      <x:c r="GH32" s="3" t="n">
+        <x:v>1131095</x:v>
+      </x:c>
+      <x:c r="GI32" s="3" t="n">
+        <x:v>1134360</x:v>
+      </x:c>
+      <x:c r="GJ32" s="3" t="n">
+        <x:v>1142174</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:192">
+      <x:c r="A33" s="2" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="B33" s="3" t="n">
+        <x:v>311358</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="n">
+        <x:v>309285</x:v>
+      </x:c>
+      <x:c r="D33" s="3" t="n">
+        <x:v>313693</x:v>
+      </x:c>
+      <x:c r="E33" s="3" t="n">
+        <x:v>317400</x:v>
+      </x:c>
+      <x:c r="F33" s="3" t="n">
+        <x:v>310250</x:v>
+      </x:c>
+      <x:c r="G33" s="3" t="n">
+        <x:v>321778</x:v>
+      </x:c>
+      <x:c r="H33" s="3" t="n">
+        <x:v>324338</x:v>
+      </x:c>
+      <x:c r="I33" s="3" t="n">
+        <x:v>319184</x:v>
+      </x:c>
+      <x:c r="J33" s="3" t="n">
+        <x:v>320882</x:v>
+      </x:c>
+      <x:c r="K33" s="3" t="n">
+        <x:v>326445</x:v>
+      </x:c>
+      <x:c r="L33" s="3" t="n">
+        <x:v>329704</x:v>
+      </x:c>
+      <x:c r="M33" s="3" t="n">
+        <x:v>328545</x:v>
+      </x:c>
+      <x:c r="N33" s="3" t="n">
+        <x:v>330772</x:v>
+      </x:c>
+      <x:c r="O33" s="3" t="n">
+        <x:v>331780</x:v>
+      </x:c>
+      <x:c r="P33" s="3" t="n">
+        <x:v>331350</x:v>
+      </x:c>
+      <x:c r="Q33" s="3" t="n">
+        <x:v>334850</x:v>
+      </x:c>
+      <x:c r="R33" s="3" t="n">
+        <x:v>337360</x:v>
+      </x:c>
+      <x:c r="S33" s="3" t="n">
+        <x:v>334226</x:v>
+      </x:c>
+      <x:c r="T33" s="3" t="n">
+        <x:v>335827</x:v>
+      </x:c>
+      <x:c r="U33" s="3" t="n">
+        <x:v>332418</x:v>
+      </x:c>
+      <x:c r="V33" s="3" t="n">
+        <x:v>338179</x:v>
+      </x:c>
+      <x:c r="W33" s="3" t="n">
+        <x:v>338942</x:v>
+      </x:c>
+      <x:c r="X33" s="3" t="n">
+        <x:v>342100</x:v>
+      </x:c>
+      <x:c r="Y33" s="3" t="n">
+        <x:v>339858</x:v>
+      </x:c>
+      <x:c r="Z33" s="3" t="n">
+        <x:v>342963</x:v>
+      </x:c>
+      <x:c r="AA33" s="3" t="n">
+        <x:v>345990</x:v>
+      </x:c>
+      <x:c r="AB33" s="3" t="n">
+        <x:v>351926</x:v>
+      </x:c>
+      <x:c r="AC33" s="3" t="n">
+        <x:v>350463</x:v>
+      </x:c>
+      <x:c r="AD33" s="3" t="n">
+        <x:v>359165</x:v>
+      </x:c>
+      <x:c r="AE33" s="3" t="n">
+        <x:v>370441</x:v>
+      </x:c>
+      <x:c r="AF33" s="3" t="n">
+        <x:v>391523</x:v>
+      </x:c>
+      <x:c r="AG33" s="3" t="n">
+        <x:v>369332</x:v>
+      </x:c>
+      <x:c r="AH33" s="3" t="n">
+        <x:v>393873</x:v>
+      </x:c>
+      <x:c r="AI33" s="3" t="n">
+        <x:v>396962</x:v>
+      </x:c>
+      <x:c r="AJ33" s="3" t="n">
+        <x:v>397586</x:v>
+      </x:c>
+      <x:c r="AK33" s="3" t="n">
+        <x:v>399089</x:v>
+      </x:c>
+      <x:c r="AL33" s="3" t="n">
+        <x:v>397287</x:v>
+      </x:c>
+      <x:c r="AM33" s="3" t="n">
+        <x:v>399093</x:v>
+      </x:c>
+      <x:c r="AN33" s="3" t="n">
+        <x:v>398663</x:v>
+      </x:c>
+      <x:c r="AO33" s="3" t="n">
+        <x:v>399145</x:v>
+      </x:c>
+      <x:c r="AP33" s="3" t="n">
+        <x:v>389523</x:v>
+      </x:c>
+      <x:c r="AQ33" s="3" t="n">
+        <x:v>393730</x:v>
+      </x:c>
+      <x:c r="AR33" s="3" t="n">
+        <x:v>384660</x:v>
+      </x:c>
+      <x:c r="AS33" s="3" t="n">
+        <x:v>382867</x:v>
+      </x:c>
+      <x:c r="AT33" s="3" t="n">
+        <x:v>372509</x:v>
+      </x:c>
+      <x:c r="AU33" s="3" t="n">
+        <x:v>372647</x:v>
+      </x:c>
+      <x:c r="AV33" s="3" t="n">
+        <x:v>380727</x:v>
+      </x:c>
+      <x:c r="AW33" s="3" t="n">
+        <x:v>377690</x:v>
+      </x:c>
+      <x:c r="AX33" s="3" t="n">
+        <x:v>377783</x:v>
+      </x:c>
+      <x:c r="AY33" s="3" t="n">
+        <x:v>378760</x:v>
+      </x:c>
+      <x:c r="AZ33" s="3" t="n">
+        <x:v>378771</x:v>
+      </x:c>
+      <x:c r="BA33" s="3" t="n">
+        <x:v>377843</x:v>
+      </x:c>
+      <x:c r="BB33" s="3" t="n">
+        <x:v>383247</x:v>
+      </x:c>
+      <x:c r="BC33" s="3" t="n">
+        <x:v>378092</x:v>
+      </x:c>
+      <x:c r="BD33" s="3" t="n">
+        <x:v>390340</x:v>
+      </x:c>
+      <x:c r="BE33" s="3" t="n">
+        <x:v>383627</x:v>
+      </x:c>
+      <x:c r="BF33" s="3" t="n">
+        <x:v>384485</x:v>
+      </x:c>
+      <x:c r="BG33" s="3" t="n">
+        <x:v>394963</x:v>
+      </x:c>
+      <x:c r="BH33" s="3" t="n">
+        <x:v>390469</x:v>
+      </x:c>
+      <x:c r="BI33" s="3" t="n">
+        <x:v>400204</x:v>
+      </x:c>
+      <x:c r="BJ33" s="3" t="n">
+        <x:v>394980</x:v>
+      </x:c>
+      <x:c r="BK33" s="3" t="n">
+        <x:v>402509</x:v>
+      </x:c>
+      <x:c r="BL33" s="3" t="n">
+        <x:v>398933</x:v>
+      </x:c>
+      <x:c r="BM33" s="3" t="n">
+        <x:v>406204</x:v>
+      </x:c>
+      <x:c r="BN33" s="3" t="n">
+        <x:v>405657</x:v>
+      </x:c>
+      <x:c r="BO33" s="3" t="n">
+        <x:v>414607</x:v>
+      </x:c>
+      <x:c r="BP33" s="3" t="n">
+        <x:v>418567</x:v>
+      </x:c>
+      <x:c r="BQ33" s="3" t="n">
+        <x:v>428833</x:v>
+      </x:c>
+      <x:c r="BR33" s="3" t="n">
+        <x:v>429967</x:v>
+      </x:c>
+      <x:c r="BS33" s="3" t="n">
+        <x:v>433762</x:v>
+      </x:c>
+      <x:c r="BT33" s="3" t="n">
+        <x:v>438910</x:v>
+      </x:c>
+      <x:c r="BU33" s="3" t="n">
+        <x:v>439698</x:v>
+      </x:c>
+      <x:c r="BV33" s="3" t="n">
+        <x:v>457135</x:v>
+      </x:c>
+      <x:c r="BW33" s="3" t="n">
+        <x:v>459032</x:v>
+      </x:c>
+      <x:c r="BX33" s="3" t="n">
+        <x:v>468766</x:v>
+      </x:c>
+      <x:c r="BY33" s="3" t="n">
+        <x:v>473400</x:v>
+      </x:c>
+      <x:c r="BZ33" s="3" t="n">
+        <x:v>472398</x:v>
+      </x:c>
+      <x:c r="CA33" s="3" t="n">
+        <x:v>488003</x:v>
+      </x:c>
+      <x:c r="CB33" s="3" t="n">
+        <x:v>484969</x:v>
+      </x:c>
+      <x:c r="CC33" s="3" t="n">
+        <x:v>492094</x:v>
+      </x:c>
+      <x:c r="CD33" s="3" t="n">
+        <x:v>496525</x:v>
+      </x:c>
+      <x:c r="CE33" s="3" t="n">
+        <x:v>505662</x:v>
+      </x:c>
+      <x:c r="CF33" s="3" t="n">
+        <x:v>505195</x:v>
+      </x:c>
+      <x:c r="CG33" s="3" t="n">
+        <x:v>511292</x:v>
+      </x:c>
+      <x:c r="CH33" s="3" t="n">
+        <x:v>503990</x:v>
+      </x:c>
+      <x:c r="CI33" s="3" t="n">
+        <x:v>514273</x:v>
+      </x:c>
+      <x:c r="CJ33" s="3" t="n">
+        <x:v>513726</x:v>
+      </x:c>
+      <x:c r="CK33" s="3" t="n">
+        <x:v>540098</x:v>
+      </x:c>
+      <x:c r="CL33" s="3" t="n">
+        <x:v>530313</x:v>
+      </x:c>
+      <x:c r="CM33" s="3" t="n">
+        <x:v>534681</x:v>
+      </x:c>
+      <x:c r="CN33" s="3" t="n">
+        <x:v>534899</x:v>
+      </x:c>
+      <x:c r="CO33" s="3" t="n">
+        <x:v>538901</x:v>
+      </x:c>
+      <x:c r="CP33" s="3" t="n">
+        <x:v>550931</x:v>
+      </x:c>
+      <x:c r="CQ33" s="3" t="n">
+        <x:v>548861</x:v>
+      </x:c>
+      <x:c r="CR33" s="3" t="n">
+        <x:v>554109</x:v>
+      </x:c>
+      <x:c r="CS33" s="3" t="n">
+        <x:v>549769</x:v>
+      </x:c>
+      <x:c r="CT33" s="3" t="n">
+        <x:v>570358</x:v>
+      </x:c>
+      <x:c r="CU33" s="3" t="n">
+        <x:v>567558</x:v>
+      </x:c>
+      <x:c r="CV33" s="3" t="n">
+        <x:v>573285</x:v>
+      </x:c>
+      <x:c r="CW33" s="3" t="n">
+        <x:v>578796</x:v>
+      </x:c>
+      <x:c r="CX33" s="3" t="n">
+        <x:v>579788</x:v>
+      </x:c>
+      <x:c r="CY33" s="3" t="n">
+        <x:v>575552</x:v>
+      </x:c>
+      <x:c r="CZ33" s="3" t="n">
+        <x:v>581158</x:v>
+      </x:c>
+      <x:c r="DA33" s="3" t="n">
+        <x:v>583353</x:v>
+      </x:c>
+      <x:c r="DB33" s="3" t="n">
+        <x:v>606874</x:v>
+      </x:c>
+      <x:c r="DC33" s="3" t="n">
+        <x:v>610719</x:v>
+      </x:c>
+      <x:c r="DD33" s="3" t="n">
+        <x:v>617020</x:v>
+      </x:c>
+      <x:c r="DE33" s="3" t="n">
+        <x:v>626546</x:v>
+      </x:c>
+      <x:c r="DF33" s="3" t="n">
+        <x:v>633724</x:v>
+      </x:c>
+      <x:c r="DG33" s="3" t="n">
+        <x:v>650063</x:v>
+      </x:c>
+      <x:c r="DH33" s="3" t="n">
+        <x:v>649045</x:v>
+      </x:c>
+      <x:c r="DI33" s="3" t="n">
+        <x:v>659306</x:v>
+      </x:c>
+      <x:c r="DJ33" s="3" t="n">
+        <x:v>676645</x:v>
+      </x:c>
+      <x:c r="DK33" s="3" t="n">
+        <x:v>687511</x:v>
+      </x:c>
+      <x:c r="DL33" s="3" t="n">
+        <x:v>688680</x:v>
+      </x:c>
+      <x:c r="DM33" s="3" t="n">
+        <x:v>696028</x:v>
+      </x:c>
+      <x:c r="DN33" s="3" t="n">
+        <x:v>722710</x:v>
+      </x:c>
+      <x:c r="DO33" s="3" t="n">
+        <x:v>727907</x:v>
+      </x:c>
+      <x:c r="DP33" s="3" t="n">
+        <x:v>739470</x:v>
+      </x:c>
+      <x:c r="DQ33" s="3" t="n">
+        <x:v>754444</x:v>
+      </x:c>
+      <x:c r="DR33" s="3" t="n">
+        <x:v>752980</x:v>
+      </x:c>
+      <x:c r="DS33" s="3" t="n">
+        <x:v>754585</x:v>
+      </x:c>
+      <x:c r="DT33" s="3" t="n">
+        <x:v>753394</x:v>
+      </x:c>
+      <x:c r="DU33" s="3" t="n">
+        <x:v>748415</x:v>
+      </x:c>
+      <x:c r="DV33" s="3" t="n">
+        <x:v>731324</x:v>
+      </x:c>
+      <x:c r="DW33" s="3" t="n">
+        <x:v>743474</x:v>
+      </x:c>
+      <x:c r="DX33" s="3" t="n">
+        <x:v>744465</x:v>
+      </x:c>
+      <x:c r="DY33" s="3" t="n">
+        <x:v>755230</x:v>
+      </x:c>
+      <x:c r="DZ33" s="3" t="n">
+        <x:v>750188</x:v>
+      </x:c>
+      <x:c r="EA33" s="3" t="n">
+        <x:v>750900</x:v>
+      </x:c>
+      <x:c r="EB33" s="3" t="n">
+        <x:v>754874</x:v>
+      </x:c>
+      <x:c r="EC33" s="3" t="n">
+        <x:v>761541</x:v>
+      </x:c>
+      <x:c r="ED33" s="3" t="n">
+        <x:v>776571</x:v>
+      </x:c>
+      <x:c r="EE33" s="3" t="n">
+        <x:v>775601</x:v>
+      </x:c>
+      <x:c r="EF33" s="3" t="n">
+        <x:v>778894</x:v>
+      </x:c>
+      <x:c r="EG33" s="3" t="n">
+        <x:v>782934</x:v>
+      </x:c>
+      <x:c r="EH33" s="3" t="n">
+        <x:v>798151</x:v>
+      </x:c>
+      <x:c r="EI33" s="3" t="n">
+        <x:v>804111</x:v>
+      </x:c>
+      <x:c r="EJ33" s="3" t="n">
+        <x:v>818336</x:v>
+      </x:c>
+      <x:c r="EK33" s="3" t="n">
+        <x:v>824432</x:v>
+      </x:c>
+      <x:c r="EL33" s="3" t="n">
+        <x:v>824996</x:v>
+      </x:c>
+      <x:c r="EM33" s="3" t="n">
+        <x:v>834120</x:v>
+      </x:c>
+      <x:c r="EN33" s="3" t="n">
+        <x:v>837624</x:v>
+      </x:c>
+      <x:c r="EO33" s="3" t="n">
+        <x:v>843228</x:v>
+      </x:c>
+      <x:c r="EP33" s="3" t="n">
+        <x:v>847692</x:v>
+      </x:c>
+      <x:c r="EQ33" s="3" t="n">
+        <x:v>856663</x:v>
+      </x:c>
+      <x:c r="ER33" s="3" t="n">
+        <x:v>857393</x:v>
+      </x:c>
+      <x:c r="ES33" s="3" t="n">
+        <x:v>861200</x:v>
+      </x:c>
+      <x:c r="ET33" s="3" t="n">
+        <x:v>872318</x:v>
+      </x:c>
+      <x:c r="EU33" s="3" t="n">
+        <x:v>878565</x:v>
+      </x:c>
+      <x:c r="EV33" s="3" t="n">
+        <x:v>880171</x:v>
+      </x:c>
+      <x:c r="EW33" s="3" t="n">
+        <x:v>881834</x:v>
+      </x:c>
+      <x:c r="EX33" s="3" t="n">
+        <x:v>901111</x:v>
+      </x:c>
+      <x:c r="EY33" s="3" t="n">
+        <x:v>905963</x:v>
+      </x:c>
+      <x:c r="EZ33" s="3" t="n">
+        <x:v>911658</x:v>
+      </x:c>
+      <x:c r="FA33" s="3" t="n">
+        <x:v>922034</x:v>
+      </x:c>
+      <x:c r="FB33" s="3" t="n">
+        <x:v>941899</x:v>
+      </x:c>
+      <x:c r="FC33" s="3" t="n">
+        <x:v>937758</x:v>
+      </x:c>
+      <x:c r="FD33" s="3" t="n">
+        <x:v>942795</x:v>
+      </x:c>
+      <x:c r="FE33" s="3" t="n">
+        <x:v>956059</x:v>
+      </x:c>
+      <x:c r="FF33" s="3" t="n">
+        <x:v>954376</x:v>
+      </x:c>
+      <x:c r="FG33" s="3" t="n">
+        <x:v>961346</x:v>
+      </x:c>
+      <x:c r="FH33" s="3" t="n">
+        <x:v>963072</x:v>
+      </x:c>
+      <x:c r="FI33" s="3" t="n">
+        <x:v>970651</x:v>
+      </x:c>
+      <x:c r="FJ33" s="3" t="n">
+        <x:v>985403</x:v>
+      </x:c>
+      <x:c r="FK33" s="3" t="n">
+        <x:v>988768</x:v>
+      </x:c>
+      <x:c r="FL33" s="3" t="n">
+        <x:v>998939</x:v>
+      </x:c>
+      <x:c r="FM33" s="3" t="n">
+        <x:v>994939</x:v>
+      </x:c>
+      <x:c r="FN33" s="3" t="n">
+        <x:v>988251</x:v>
+      </x:c>
+      <x:c r="FO33" s="3" t="n">
+        <x:v>918326</x:v>
+      </x:c>
+      <x:c r="FP33" s="3" t="n">
+        <x:v>967946</x:v>
+      </x:c>
+      <x:c r="FQ33" s="3" t="n">
+        <x:v>970908</x:v>
+      </x:c>
+      <x:c r="FR33" s="3" t="n">
+        <x:v>973086</x:v>
+      </x:c>
+      <x:c r="FS33" s="3" t="n">
+        <x:v>981363</x:v>
+      </x:c>
+      <x:c r="FT33" s="3" t="n">
+        <x:v>1022645</x:v>
+      </x:c>
+      <x:c r="FU33" s="3" t="n">
+        <x:v>1038548</x:v>
+      </x:c>
+      <x:c r="FV33" s="3" t="n">
+        <x:v>1033126</x:v>
+      </x:c>
+      <x:c r="FW33" s="3" t="n">
+        <x:v>1048845</x:v>
+      </x:c>
+      <x:c r="FX33" s="3" t="n">
+        <x:v>1052924</x:v>
+      </x:c>
+      <x:c r="FY33" s="3" t="n">
+        <x:v>1064402</x:v>
+      </x:c>
+      <x:c r="FZ33" s="3" t="n">
+        <x:v>1053636</x:v>
+      </x:c>
+      <x:c r="GA33" s="3" t="n">
+        <x:v>1041981</x:v>
+      </x:c>
+      <x:c r="GB33" s="3" t="n">
+        <x:v>1032829</x:v>
+      </x:c>
+      <x:c r="GC33" s="3" t="n">
+        <x:v>1045594</x:v>
+      </x:c>
+      <x:c r="GD33" s="3" t="n">
+        <x:v>1036387</x:v>
+      </x:c>
+      <x:c r="GE33" s="3" t="n">
+        <x:v>1053205</x:v>
+      </x:c>
+      <x:c r="GF33" s="3" t="n">
+        <x:v>1060440</x:v>
+      </x:c>
+      <x:c r="GG33" s="3" t="n">
+        <x:v>1060426</x:v>
+      </x:c>
+      <x:c r="GH33" s="3" t="n">
+        <x:v>1057390</x:v>
+      </x:c>
+      <x:c r="GI33" s="3" t="n">
+        <x:v>1065627</x:v>
+      </x:c>
+      <x:c r="GJ33" s="3" t="n">
+        <x:v>1067984</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:192">
+      <x:c r="A34" s="2" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="B34" s="3" t="n">
+        <x:v>104882</x:v>
+      </x:c>
+      <x:c r="C34" s="3" t="n">
+        <x:v>101662</x:v>
+      </x:c>
+      <x:c r="D34" s="3" t="n">
+        <x:v>104847</x:v>
+      </x:c>
+      <x:c r="E34" s="3" t="n">
+        <x:v>105682</x:v>
+      </x:c>
+      <x:c r="F34" s="3" t="n">
+        <x:v>104642</x:v>
+      </x:c>
+      <x:c r="G34" s="3" t="n">
+        <x:v>107161</x:v>
+      </x:c>
+      <x:c r="H34" s="3" t="n">
+        <x:v>107124</x:v>
+      </x:c>
+      <x:c r="I34" s="3" t="n">
+        <x:v>107867</x:v>
+      </x:c>
+      <x:c r="J34" s="3" t="n">
+        <x:v>111609</x:v>
+      </x:c>
+      <x:c r="K34" s="3" t="n">
+        <x:v>110546</x:v>
+      </x:c>
+      <x:c r="L34" s="3" t="n">
+        <x:v>111616</x:v>
+      </x:c>
+      <x:c r="M34" s="3" t="n">
+        <x:v>112282</x:v>
+      </x:c>
+      <x:c r="N34" s="3" t="n">
+        <x:v>113676</x:v>
+      </x:c>
+      <x:c r="O34" s="3" t="n">
+        <x:v>115787</x:v>
+      </x:c>
+      <x:c r="P34" s="3" t="n">
+        <x:v>115694</x:v>
+      </x:c>
+      <x:c r="Q34" s="3" t="n">
+        <x:v>116248</x:v>
+      </x:c>
+      <x:c r="R34" s="3" t="n">
+        <x:v>114634</x:v>
+      </x:c>
+      <x:c r="S34" s="3" t="n">
+        <x:v>116682</x:v>
+      </x:c>
+      <x:c r="T34" s="3" t="n">
+        <x:v>116571</x:v>
+      </x:c>
+      <x:c r="U34" s="3" t="n">
+        <x:v>117005</x:v>
+      </x:c>
+      <x:c r="V34" s="3" t="n">
+        <x:v>120740</x:v>
+      </x:c>
+      <x:c r="W34" s="3" t="n">
+        <x:v>118446</x:v>
+      </x:c>
+      <x:c r="X34" s="3" t="n">
+        <x:v>120422</x:v>
+      </x:c>
+      <x:c r="Y34" s="3" t="n">
+        <x:v>120626</x:v>
+      </x:c>
+      <x:c r="Z34" s="3" t="n">
+        <x:v>120290</x:v>
+      </x:c>
+      <x:c r="AA34" s="3" t="n">
+        <x:v>121638</x:v>
+      </x:c>
+      <x:c r="AB34" s="3" t="n">
+        <x:v>121357</x:v>
+      </x:c>
+      <x:c r="AC34" s="3" t="n">
+        <x:v>121524</x:v>
+      </x:c>
+      <x:c r="AD34" s="3" t="n">
+        <x:v>122870</x:v>
+      </x:c>
+      <x:c r="AE34" s="3" t="n">
+        <x:v>124493</x:v>
+      </x:c>
+      <x:c r="AF34" s="3" t="n">
+        <x:v>124475</x:v>
+      </x:c>
+      <x:c r="AG34" s="3" t="n">
+        <x:v>124267</x:v>
+      </x:c>
+      <x:c r="AH34" s="3" t="n">
+        <x:v>128320</x:v>
+      </x:c>
+      <x:c r="AI34" s="3" t="n">
+        <x:v>126133</x:v>
+      </x:c>
+      <x:c r="AJ34" s="3" t="n">
+        <x:v>129849</x:v>
+      </x:c>
+      <x:c r="AK34" s="3" t="n">
+        <x:v>130107</x:v>
+      </x:c>
+      <x:c r="AL34" s="3" t="n">
+        <x:v>132829</x:v>
+      </x:c>
+      <x:c r="AM34" s="3" t="n">
+        <x:v>136632</x:v>
+      </x:c>
+      <x:c r="AN34" s="3" t="n">
+        <x:v>135965</x:v>
+      </x:c>
+      <x:c r="AO34" s="3" t="n">
+        <x:v>138081</x:v>
+      </x:c>
+      <x:c r="AP34" s="3" t="n">
+        <x:v>137379</x:v>
+      </x:c>
+      <x:c r="AQ34" s="3" t="n">
+        <x:v>135413</x:v>
+      </x:c>
+      <x:c r="AR34" s="3" t="n">
+        <x:v>137885</x:v>
+      </x:c>
+      <x:c r="AS34" s="3" t="n">
+        <x:v>138709</x:v>
+      </x:c>
+      <x:c r="AT34" s="3" t="n">
+        <x:v>137527</x:v>
+      </x:c>
+      <x:c r="AU34" s="3" t="n">
+        <x:v>138934</x:v>
+      </x:c>
+      <x:c r="AV34" s="3" t="n">
+        <x:v>141378</x:v>
+      </x:c>
+      <x:c r="AW34" s="3" t="n">
+        <x:v>145468</x:v>
+      </x:c>
+      <x:c r="AX34" s="3" t="n">
+        <x:v>141047</x:v>
+      </x:c>
+      <x:c r="AY34" s="3" t="n">
+        <x:v>147649</x:v>
+      </x:c>
+      <x:c r="AZ34" s="3" t="n">
+        <x:v>146904</x:v>
+      </x:c>
+      <x:c r="BA34" s="3" t="n">
+        <x:v>148700</x:v>
+      </x:c>
+      <x:c r="BB34" s="3" t="n">
+        <x:v>152428</x:v>
+      </x:c>
+      <x:c r="BC34" s="3" t="n">
+        <x:v>150833</x:v>
+      </x:c>
+      <x:c r="BD34" s="3" t="n">
+        <x:v>156043</x:v>
+      </x:c>
+      <x:c r="BE34" s="3" t="n">
+        <x:v>162631</x:v>
+      </x:c>
+      <x:c r="BF34" s="3" t="n">
+        <x:v>161096</x:v>
+      </x:c>
+      <x:c r="BG34" s="3" t="n">
+        <x:v>164048</x:v>
+      </x:c>
+      <x:c r="BH34" s="3" t="n">
+        <x:v>161286</x:v>
+      </x:c>
+      <x:c r="BI34" s="3" t="n">
+        <x:v>169634</x:v>
+      </x:c>
+      <x:c r="BJ34" s="3" t="n">
+        <x:v>163095</x:v>
+      </x:c>
+      <x:c r="BK34" s="3" t="n">
+        <x:v>164993</x:v>
+      </x:c>
+      <x:c r="BL34" s="3" t="n">
+        <x:v>163280</x:v>
+      </x:c>
+      <x:c r="BM34" s="3" t="n">
+        <x:v>171601</x:v>
+      </x:c>
+      <x:c r="BN34" s="3" t="n">
+        <x:v>162135</x:v>
+      </x:c>
+      <x:c r="BO34" s="3" t="n">
+        <x:v>166487</x:v>
+      </x:c>
+      <x:c r="BP34" s="3" t="n">
+        <x:v>169358</x:v>
+      </x:c>
+      <x:c r="BQ34" s="3" t="n">
+        <x:v>174093</x:v>
+      </x:c>
+      <x:c r="BR34" s="3" t="n">
+        <x:v>169893</x:v>
+      </x:c>
+      <x:c r="BS34" s="3" t="n">
+        <x:v>168357</x:v>
+      </x:c>
+      <x:c r="BT34" s="3" t="n">
+        <x:v>170900</x:v>
+      </x:c>
+      <x:c r="BU34" s="3" t="n">
+        <x:v>171091</x:v>
+      </x:c>
+      <x:c r="BV34" s="3" t="n">
+        <x:v>173621</x:v>
+      </x:c>
+      <x:c r="BW34" s="3" t="n">
+        <x:v>172948</x:v>
+      </x:c>
+      <x:c r="BX34" s="3" t="n">
+        <x:v>175536</x:v>
+      </x:c>
+      <x:c r="BY34" s="3" t="n">
+        <x:v>178046</x:v>
+      </x:c>
+      <x:c r="BZ34" s="3" t="n">
+        <x:v>178769</x:v>
+      </x:c>
+      <x:c r="CA34" s="3" t="n">
+        <x:v>187901</x:v>
+      </x:c>
+      <x:c r="CB34" s="3" t="n">
+        <x:v>182180</x:v>
+      </x:c>
+      <x:c r="CC34" s="3" t="n">
+        <x:v>186465</x:v>
+      </x:c>
+      <x:c r="CD34" s="3" t="n">
+        <x:v>187270</x:v>
+      </x:c>
+      <x:c r="CE34" s="3" t="n">
+        <x:v>189940</x:v>
+      </x:c>
+      <x:c r="CF34" s="3" t="n">
+        <x:v>191240</x:v>
+      </x:c>
+      <x:c r="CG34" s="3" t="n">
+        <x:v>196019</x:v>
+      </x:c>
+      <x:c r="CH34" s="3" t="n">
+        <x:v>192372</x:v>
+      </x:c>
+      <x:c r="CI34" s="3" t="n">
+        <x:v>194165</x:v>
+      </x:c>
+      <x:c r="CJ34" s="3" t="n">
+        <x:v>195937</x:v>
+      </x:c>
+      <x:c r="CK34" s="3" t="n">
+        <x:v>201532</x:v>
+      </x:c>
+      <x:c r="CL34" s="3" t="n">
+        <x:v>196584</x:v>
+      </x:c>
+      <x:c r="CM34" s="3" t="n">
+        <x:v>195764</x:v>
+      </x:c>
+      <x:c r="CN34" s="3" t="n">
+        <x:v>195202</x:v>
+      </x:c>
+      <x:c r="CO34" s="3" t="n">
+        <x:v>197723</x:v>
+      </x:c>
+      <x:c r="CP34" s="3" t="n">
+        <x:v>204496</x:v>
+      </x:c>
+      <x:c r="CQ34" s="3" t="n">
+        <x:v>201869</x:v>
+      </x:c>
+      <x:c r="CR34" s="3" t="n">
+        <x:v>202025</x:v>
+      </x:c>
+      <x:c r="CS34" s="3" t="n">
+        <x:v>205287</x:v>
+      </x:c>
+      <x:c r="CT34" s="3" t="n">
+        <x:v>208557</x:v>
+      </x:c>
+      <x:c r="CU34" s="3" t="n">
+        <x:v>213654</x:v>
+      </x:c>
+      <x:c r="CV34" s="3" t="n">
+        <x:v>213573</x:v>
+      </x:c>
+      <x:c r="CW34" s="3" t="n">
+        <x:v>211555</x:v>
+      </x:c>
+      <x:c r="CX34" s="3" t="n">
+        <x:v>216694</x:v>
+      </x:c>
+      <x:c r="CY34" s="3" t="n">
+        <x:v>217052</x:v>
+      </x:c>
+      <x:c r="CZ34" s="3" t="n">
+        <x:v>220254</x:v>
+      </x:c>
+      <x:c r="DA34" s="3" t="n">
+        <x:v>215681</x:v>
+      </x:c>
+      <x:c r="DB34" s="3" t="n">
+        <x:v>219284</x:v>
+      </x:c>
+      <x:c r="DC34" s="3" t="n">
+        <x:v>218759</x:v>
+      </x:c>
+      <x:c r="DD34" s="3" t="n">
+        <x:v>220945</x:v>
+      </x:c>
+      <x:c r="DE34" s="3" t="n">
+        <x:v>224111</x:v>
+      </x:c>
+      <x:c r="DF34" s="3" t="n">
+        <x:v>218843</x:v>
+      </x:c>
+      <x:c r="DG34" s="3" t="n">
+        <x:v>226769</x:v>
+      </x:c>
+      <x:c r="DH34" s="3" t="n">
+        <x:v>222975</x:v>
+      </x:c>
+      <x:c r="DI34" s="3" t="n">
+        <x:v>227363</x:v>
+      </x:c>
+      <x:c r="DJ34" s="3" t="n">
+        <x:v>229401</x:v>
+      </x:c>
+      <x:c r="DK34" s="3" t="n">
+        <x:v>234508</x:v>
+      </x:c>
+      <x:c r="DL34" s="3" t="n">
+        <x:v>228169</x:v>
+      </x:c>
+      <x:c r="DM34" s="3" t="n">
+        <x:v>230456</x:v>
+      </x:c>
+      <x:c r="DN34" s="3" t="n">
+        <x:v>235711</x:v>
+      </x:c>
+      <x:c r="DO34" s="3" t="n">
+        <x:v>233421</x:v>
+      </x:c>
+      <x:c r="DP34" s="3" t="n">
+        <x:v>236731</x:v>
+      </x:c>
+      <x:c r="DQ34" s="3" t="n">
+        <x:v>246224</x:v>
+      </x:c>
+      <x:c r="DR34" s="3" t="n">
+        <x:v>240566</x:v>
+      </x:c>
+      <x:c r="DS34" s="3" t="n">
+        <x:v>243010</x:v>
+      </x:c>
+      <x:c r="DT34" s="3" t="n">
+        <x:v>253742</x:v>
+      </x:c>
+      <x:c r="DU34" s="3" t="n">
+        <x:v>247877</x:v>
+      </x:c>
+      <x:c r="DV34" s="3" t="n">
+        <x:v>252245</x:v>
+      </x:c>
+      <x:c r="DW34" s="3" t="n">
+        <x:v>256348</x:v>
+      </x:c>
+      <x:c r="DX34" s="3" t="n">
+        <x:v>257982</x:v>
+      </x:c>
+      <x:c r="DY34" s="3" t="n">
+        <x:v>265419</x:v>
+      </x:c>
+      <x:c r="DZ34" s="3" t="n">
+        <x:v>261217</x:v>
+      </x:c>
+      <x:c r="EA34" s="3" t="n">
+        <x:v>259620</x:v>
+      </x:c>
+      <x:c r="EB34" s="3" t="n">
+        <x:v>261851</x:v>
+      </x:c>
+      <x:c r="EC34" s="3" t="n">
+        <x:v>260135</x:v>
+      </x:c>
+      <x:c r="ED34" s="3" t="n">
+        <x:v>265748</x:v>
+      </x:c>
+      <x:c r="EE34" s="3" t="n">
+        <x:v>261483</x:v>
+      </x:c>
+      <x:c r="EF34" s="3" t="n">
+        <x:v>264776</x:v>
+      </x:c>
+      <x:c r="EG34" s="3" t="n">
+        <x:v>262966</x:v>
+      </x:c>
+      <x:c r="EH34" s="3" t="n">
+        <x:v>262550</x:v>
+      </x:c>
+      <x:c r="EI34" s="3" t="n">
+        <x:v>264623</x:v>
+      </x:c>
+      <x:c r="EJ34" s="3" t="n">
+        <x:v>270067</x:v>
+      </x:c>
+      <x:c r="EK34" s="3" t="n">
+        <x:v>272596</x:v>
+      </x:c>
+      <x:c r="EL34" s="3" t="n">
+        <x:v>272487</x:v>
+      </x:c>
+      <x:c r="EM34" s="3" t="n">
+        <x:v>271732</x:v>
+      </x:c>
+      <x:c r="EN34" s="3" t="n">
+        <x:v>277280</x:v>
+      </x:c>
+      <x:c r="EO34" s="3" t="n">
+        <x:v>278877</x:v>
+      </x:c>
+      <x:c r="EP34" s="3" t="n">
+        <x:v>278876</x:v>
+      </x:c>
+      <x:c r="EQ34" s="3" t="n">
+        <x:v>283307</x:v>
+      </x:c>
+      <x:c r="ER34" s="3" t="n">
+        <x:v>284225</x:v>
+      </x:c>
+      <x:c r="ES34" s="3" t="n">
+        <x:v>284696</x:v>
+      </x:c>
+      <x:c r="ET34" s="3" t="n">
+        <x:v>287653</x:v>
+      </x:c>
+      <x:c r="EU34" s="3" t="n">
+        <x:v>286919</x:v>
+      </x:c>
+      <x:c r="EV34" s="3" t="n">
+        <x:v>291310</x:v>
+      </x:c>
+      <x:c r="EW34" s="3" t="n">
+        <x:v>289009</x:v>
+      </x:c>
+      <x:c r="EX34" s="3" t="n">
+        <x:v>293566</x:v>
+      </x:c>
+      <x:c r="EY34" s="3" t="n">
+        <x:v>295908</x:v>
+      </x:c>
+      <x:c r="EZ34" s="3" t="n">
+        <x:v>301313</x:v>
+      </x:c>
+      <x:c r="FA34" s="3" t="n">
+        <x:v>299171</x:v>
+      </x:c>
+      <x:c r="FB34" s="3" t="n">
+        <x:v>300432</x:v>
+      </x:c>
+      <x:c r="FC34" s="3" t="n">
+        <x:v>304279</x:v>
+      </x:c>
+      <x:c r="FD34" s="3" t="n">
+        <x:v>300925</x:v>
+      </x:c>
+      <x:c r="FE34" s="3" t="n">
+        <x:v>309394</x:v>
+      </x:c>
+      <x:c r="FF34" s="3" t="n">
+        <x:v>307675</x:v>
+      </x:c>
+      <x:c r="FG34" s="3" t="n">
+        <x:v>309668</x:v>
+      </x:c>
+      <x:c r="FH34" s="3" t="n">
+        <x:v>311213</x:v>
+      </x:c>
+      <x:c r="FI34" s="3" t="n">
+        <x:v>310010</x:v>
+      </x:c>
+      <x:c r="FJ34" s="3" t="n">
+        <x:v>311332</x:v>
+      </x:c>
+      <x:c r="FK34" s="3" t="n">
+        <x:v>317344</x:v>
+      </x:c>
+      <x:c r="FL34" s="3" t="n">
+        <x:v>317830</x:v>
+      </x:c>
+      <x:c r="FM34" s="3" t="n">
+        <x:v>319855</x:v>
+      </x:c>
+      <x:c r="FN34" s="3" t="n">
+        <x:v>316228</x:v>
+      </x:c>
+      <x:c r="FO34" s="3" t="n">
+        <x:v>308831</x:v>
+      </x:c>
+      <x:c r="FP34" s="3" t="n">
+        <x:v>318542</x:v>
+      </x:c>
+      <x:c r="FQ34" s="3" t="n">
+        <x:v>317995</x:v>
+      </x:c>
+      <x:c r="FR34" s="3" t="n">
+        <x:v>317527</x:v>
+      </x:c>
+      <x:c r="FS34" s="3" t="n">
+        <x:v>320064</x:v>
+      </x:c>
+      <x:c r="FT34" s="3" t="n">
+        <x:v>327114</x:v>
+      </x:c>
+      <x:c r="FU34" s="3" t="n">
+        <x:v>327553</x:v>
+      </x:c>
+      <x:c r="FV34" s="3" t="n">
+        <x:v>326589</x:v>
+      </x:c>
+      <x:c r="FW34" s="3" t="n">
+        <x:v>330878</x:v>
+      </x:c>
+      <x:c r="FX34" s="3" t="n">
+        <x:v>334778</x:v>
+      </x:c>
+      <x:c r="FY34" s="3" t="n">
+        <x:v>337922</x:v>
+      </x:c>
+      <x:c r="FZ34" s="3" t="n">
+        <x:v>342450</x:v>
+      </x:c>
+      <x:c r="GA34" s="3" t="n">
+        <x:v>344083</x:v>
+      </x:c>
+      <x:c r="GB34" s="3" t="n">
+        <x:v>345404</x:v>
+      </x:c>
+      <x:c r="GC34" s="3" t="n">
+        <x:v>353827</x:v>
+      </x:c>
+      <x:c r="GD34" s="3" t="n">
+        <x:v>350235</x:v>
+      </x:c>
+      <x:c r="GE34" s="3" t="n">
+        <x:v>351607</x:v>
+      </x:c>
+      <x:c r="GF34" s="3" t="n">
+        <x:v>359011</x:v>
+      </x:c>
+      <x:c r="GG34" s="3" t="n">
+        <x:v>359641</x:v>
+      </x:c>
+      <x:c r="GH34" s="3" t="n">
+        <x:v>354059</x:v>
+      </x:c>
+      <x:c r="GI34" s="3" t="n">
+        <x:v>355716</x:v>
+      </x:c>
+      <x:c r="GJ34" s="3" t="n">
+        <x:v>352872</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:192">
+      <x:c r="A35" s="2" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="B35" s="3" t="n">
+        <x:v>154005</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="n">
+        <x:v>178428</x:v>
+      </x:c>
+      <x:c r="D35" s="3" t="n">
+        <x:v>161383</x:v>
+      </x:c>
+      <x:c r="E35" s="3" t="n">
+        <x:v>165007</x:v>
+      </x:c>
+      <x:c r="F35" s="3" t="n">
+        <x:v>164425</x:v>
+      </x:c>
+      <x:c r="G35" s="3" t="n">
+        <x:v>165307</x:v>
+      </x:c>
+      <x:c r="H35" s="3" t="n">
+        <x:v>170586</x:v>
+      </x:c>
+      <x:c r="I35" s="3" t="n">
+        <x:v>172585</x:v>
+      </x:c>
+      <x:c r="J35" s="3" t="n">
+        <x:v>184037</x:v>
+      </x:c>
+      <x:c r="K35" s="3" t="n">
+        <x:v>177300</x:v>
+      </x:c>
+      <x:c r="L35" s="3" t="n">
+        <x:v>166603</x:v>
+      </x:c>
+      <x:c r="M35" s="3" t="n">
+        <x:v>175414</x:v>
+      </x:c>
+      <x:c r="N35" s="3" t="n">
+        <x:v>175713</x:v>
+      </x:c>
+      <x:c r="O35" s="3" t="n">
+        <x:v>181969</x:v>
+      </x:c>
+      <x:c r="P35" s="3" t="n">
+        <x:v>180472</x:v>
+      </x:c>
+      <x:c r="Q35" s="3" t="n">
+        <x:v>177876</x:v>
+      </x:c>
+      <x:c r="R35" s="3" t="n">
+        <x:v>178290</x:v>
+      </x:c>
+      <x:c r="S35" s="3" t="n">
+        <x:v>178756</x:v>
+      </x:c>
+      <x:c r="T35" s="3" t="n">
+        <x:v>182920</x:v>
+      </x:c>
+      <x:c r="U35" s="3" t="n">
+        <x:v>179254</x:v>
+      </x:c>
+      <x:c r="V35" s="3" t="n">
+        <x:v>187688</x:v>
+      </x:c>
+      <x:c r="W35" s="3" t="n">
+        <x:v>193156</x:v>
+      </x:c>
+      <x:c r="X35" s="3" t="n">
+        <x:v>194610</x:v>
+      </x:c>
+      <x:c r="Y35" s="3" t="n">
+        <x:v>194767</x:v>
+      </x:c>
+      <x:c r="Z35" s="3" t="n">
+        <x:v>206233</x:v>
+      </x:c>
+      <x:c r="AA35" s="3" t="n">
+        <x:v>203899</x:v>
+      </x:c>
+      <x:c r="AB35" s="3" t="n">
+        <x:v>208307</x:v>
+      </x:c>
+      <x:c r="AC35" s="3" t="n">
+        <x:v>210717</x:v>
+      </x:c>
+      <x:c r="AD35" s="3" t="n">
+        <x:v>216283</x:v>
+      </x:c>
+      <x:c r="AE35" s="3" t="n">
+        <x:v>218432</x:v>
+      </x:c>
+      <x:c r="AF35" s="3" t="n">
+        <x:v>225569</x:v>
+      </x:c>
+      <x:c r="AG35" s="3" t="n">
+        <x:v>229525</x:v>
+      </x:c>
+      <x:c r="AH35" s="3" t="n">
+        <x:v>230702</x:v>
+      </x:c>
+      <x:c r="AI35" s="3" t="n">
+        <x:v>211477</x:v>
+      </x:c>
+      <x:c r="AJ35" s="3" t="n">
+        <x:v>229623</x:v>
+      </x:c>
+      <x:c r="AK35" s="3" t="n">
+        <x:v>237782</x:v>
+      </x:c>
+      <x:c r="AL35" s="3" t="n">
+        <x:v>229093</x:v>
+      </x:c>
+      <x:c r="AM35" s="3" t="n">
+        <x:v>232394</x:v>
+      </x:c>
+      <x:c r="AN35" s="3" t="n">
+        <x:v>227455</x:v>
+      </x:c>
+      <x:c r="AO35" s="3" t="n">
+        <x:v>229279</x:v>
+      </x:c>
+      <x:c r="AP35" s="3" t="n">
+        <x:v>242394</x:v>
+      </x:c>
+      <x:c r="AQ35" s="3" t="n">
+        <x:v>239339</x:v>
+      </x:c>
+      <x:c r="AR35" s="3" t="n">
+        <x:v>243652</x:v>
+      </x:c>
+      <x:c r="AS35" s="3" t="n">
+        <x:v>249802</x:v>
+      </x:c>
+      <x:c r="AT35" s="3" t="n">
+        <x:v>268040</x:v>
+      </x:c>
+      <x:c r="AU35" s="3" t="n">
+        <x:v>266727</x:v>
+      </x:c>
+      <x:c r="AV35" s="3" t="n">
+        <x:v>277340</x:v>
+      </x:c>
+      <x:c r="AW35" s="3" t="n">
+        <x:v>272028</x:v>
+      </x:c>
+      <x:c r="AX35" s="3" t="n">
+        <x:v>286208</x:v>
+      </x:c>
+      <x:c r="AY35" s="3" t="n">
+        <x:v>291162</x:v>
+      </x:c>
+      <x:c r="AZ35" s="3" t="n">
+        <x:v>293234</x:v>
+      </x:c>
+      <x:c r="BA35" s="3" t="n">
+        <x:v>301374</x:v>
+      </x:c>
+      <x:c r="BB35" s="3" t="n">
+        <x:v>308723</x:v>
+      </x:c>
+      <x:c r="BC35" s="3" t="n">
+        <x:v>311953</x:v>
+      </x:c>
+      <x:c r="BD35" s="3" t="n">
+        <x:v>310779</x:v>
+      </x:c>
+      <x:c r="BE35" s="3" t="n">
+        <x:v>313112</x:v>
+      </x:c>
+      <x:c r="BF35" s="3" t="n">
+        <x:v>326760</x:v>
+      </x:c>
+      <x:c r="BG35" s="3" t="n">
+        <x:v>323768</x:v>
+      </x:c>
+      <x:c r="BH35" s="3" t="n">
+        <x:v>327908</x:v>
+      </x:c>
+      <x:c r="BI35" s="3" t="n">
+        <x:v>324708</x:v>
+      </x:c>
+      <x:c r="BJ35" s="3" t="n">
+        <x:v>325092</x:v>
+      </x:c>
+      <x:c r="BK35" s="3" t="n">
+        <x:v>338618</x:v>
+      </x:c>
+      <x:c r="BL35" s="3" t="n">
+        <x:v>335451</x:v>
+      </x:c>
+      <x:c r="BM35" s="3" t="n">
+        <x:v>344527</x:v>
+      </x:c>
+      <x:c r="BN35" s="3" t="n">
+        <x:v>359246</x:v>
+      </x:c>
+      <x:c r="BO35" s="3" t="n">
+        <x:v>361824</x:v>
+      </x:c>
+      <x:c r="BP35" s="3" t="n">
+        <x:v>358654</x:v>
+      </x:c>
+      <x:c r="BQ35" s="3" t="n">
+        <x:v>375552</x:v>
+      </x:c>
+      <x:c r="BR35" s="3" t="n">
+        <x:v>379443</x:v>
+      </x:c>
+      <x:c r="BS35" s="3" t="n">
+        <x:v>378050</x:v>
+      </x:c>
+      <x:c r="BT35" s="3" t="n">
+        <x:v>386070</x:v>
+      </x:c>
+      <x:c r="BU35" s="3" t="n">
+        <x:v>390104</x:v>
+      </x:c>
+      <x:c r="BV35" s="3" t="n">
+        <x:v>416228</x:v>
+      </x:c>
+      <x:c r="BW35" s="3" t="n">
+        <x:v>420397</x:v>
+      </x:c>
+      <x:c r="BX35" s="3" t="n">
+        <x:v>426813</x:v>
+      </x:c>
+      <x:c r="BY35" s="3" t="n">
+        <x:v>424739</x:v>
+      </x:c>
+      <x:c r="BZ35" s="3" t="n">
+        <x:v>452285</x:v>
+      </x:c>
+      <x:c r="CA35" s="3" t="n">
+        <x:v>454361</x:v>
+      </x:c>
+      <x:c r="CB35" s="3" t="n">
+        <x:v>457474</x:v>
+      </x:c>
+      <x:c r="CC35" s="3" t="n">
+        <x:v>454296</x:v>
+      </x:c>
+      <x:c r="CD35" s="3" t="n">
+        <x:v>471514</x:v>
+      </x:c>
+      <x:c r="CE35" s="3" t="n">
+        <x:v>464098</x:v>
+      </x:c>
+      <x:c r="CF35" s="3" t="n">
+        <x:v>452368</x:v>
+      </x:c>
+      <x:c r="CG35" s="3" t="n">
+        <x:v>454277</x:v>
+      </x:c>
+      <x:c r="CH35" s="3" t="n">
+        <x:v>464580</x:v>
+      </x:c>
+      <x:c r="CI35" s="3" t="n">
+        <x:v>471916</x:v>
+      </x:c>
+      <x:c r="CJ35" s="3" t="n">
+        <x:v>476938</x:v>
+      </x:c>
+      <x:c r="CK35" s="3" t="n">
+        <x:v>483089</x:v>
+      </x:c>
+      <x:c r="CL35" s="3" t="n">
+        <x:v>490955</x:v>
+      </x:c>
+      <x:c r="CM35" s="3" t="n">
+        <x:v>488434</x:v>
+      </x:c>
+      <x:c r="CN35" s="3" t="n">
+        <x:v>494379</x:v>
+      </x:c>
+      <x:c r="CO35" s="3" t="n">
+        <x:v>496791</x:v>
+      </x:c>
+      <x:c r="CP35" s="3" t="n">
+        <x:v>513344</x:v>
+      </x:c>
+      <x:c r="CQ35" s="3" t="n">
+        <x:v>504633</x:v>
+      </x:c>
+      <x:c r="CR35" s="3" t="n">
+        <x:v>520378</x:v>
+      </x:c>
+      <x:c r="CS35" s="3" t="n">
+        <x:v>522474</x:v>
+      </x:c>
+      <x:c r="CT35" s="3" t="n">
+        <x:v>509976</x:v>
+      </x:c>
+      <x:c r="CU35" s="3" t="n">
+        <x:v>512134</x:v>
+      </x:c>
+      <x:c r="CV35" s="3" t="n">
+        <x:v>512875</x:v>
+      </x:c>
+      <x:c r="CW35" s="3" t="n">
+        <x:v>513846</x:v>
+      </x:c>
+      <x:c r="CX35" s="3" t="n">
+        <x:v>507432</x:v>
+      </x:c>
+      <x:c r="CY35" s="3" t="n">
+        <x:v>516168</x:v>
+      </x:c>
+      <x:c r="CZ35" s="3" t="n">
+        <x:v>504894</x:v>
+      </x:c>
+      <x:c r="DA35" s="3" t="n">
+        <x:v>513517</x:v>
+      </x:c>
+      <x:c r="DB35" s="3" t="n">
+        <x:v>520596</x:v>
+      </x:c>
+      <x:c r="DC35" s="3" t="n">
+        <x:v>519762</x:v>
+      </x:c>
+      <x:c r="DD35" s="3" t="n">
+        <x:v>516310</x:v>
+      </x:c>
+      <x:c r="DE35" s="3" t="n">
+        <x:v>508977</x:v>
+      </x:c>
+      <x:c r="DF35" s="3" t="n">
+        <x:v>514785</x:v>
+      </x:c>
+      <x:c r="DG35" s="3" t="n">
+        <x:v>517954</x:v>
+      </x:c>
+      <x:c r="DH35" s="3" t="n">
+        <x:v>523122</x:v>
+      </x:c>
+      <x:c r="DI35" s="3" t="n">
+        <x:v>521307</x:v>
+      </x:c>
+      <x:c r="DJ35" s="3" t="n">
+        <x:v>520524</x:v>
+      </x:c>
+      <x:c r="DK35" s="3" t="n">
+        <x:v>518613</x:v>
+      </x:c>
+      <x:c r="DL35" s="3" t="n">
+        <x:v>513344</x:v>
+      </x:c>
+      <x:c r="DM35" s="3" t="n">
+        <x:v>512825</x:v>
+      </x:c>
+      <x:c r="DN35" s="3" t="n">
+        <x:v>519277</x:v>
+      </x:c>
+      <x:c r="DO35" s="3" t="n">
+        <x:v>517901</x:v>
+      </x:c>
+      <x:c r="DP35" s="3" t="n">
+        <x:v>523014</x:v>
+      </x:c>
+      <x:c r="DQ35" s="3" t="n">
+        <x:v>525183</x:v>
+      </x:c>
+      <x:c r="DR35" s="3" t="n">
+        <x:v>535403</x:v>
+      </x:c>
+      <x:c r="DS35" s="3" t="n">
+        <x:v>533124</x:v>
+      </x:c>
+      <x:c r="DT35" s="3" t="n">
+        <x:v>521262</x:v>
+      </x:c>
+      <x:c r="DU35" s="3" t="n">
+        <x:v>522241</x:v>
+      </x:c>
+      <x:c r="DV35" s="3" t="n">
+        <x:v>511579</x:v>
+      </x:c>
+      <x:c r="DW35" s="3" t="n">
+        <x:v>499771</x:v>
+      </x:c>
+      <x:c r="DX35" s="3" t="n">
+        <x:v>506272</x:v>
+      </x:c>
+      <x:c r="DY35" s="3" t="n">
+        <x:v>505290</x:v>
+      </x:c>
+      <x:c r="DZ35" s="3" t="n">
+        <x:v>518544</x:v>
+      </x:c>
+      <x:c r="EA35" s="3" t="n">
+        <x:v>508895</x:v>
+      </x:c>
+      <x:c r="EB35" s="3" t="n">
+        <x:v>499566</x:v>
+      </x:c>
+      <x:c r="EC35" s="3" t="n">
+        <x:v>505214</x:v>
+      </x:c>
+      <x:c r="ED35" s="3" t="n">
+        <x:v>505181</x:v>
+      </x:c>
+      <x:c r="EE35" s="3" t="n">
+        <x:v>502389</x:v>
+      </x:c>
+      <x:c r="EF35" s="3" t="n">
+        <x:v>512544</x:v>
+      </x:c>
+      <x:c r="EG35" s="3" t="n">
+        <x:v>503893</x:v>
+      </x:c>
+      <x:c r="EH35" s="3" t="n">
+        <x:v>521306</x:v>
+      </x:c>
+      <x:c r="EI35" s="3" t="n">
+        <x:v>523370</x:v>
+      </x:c>
+      <x:c r="EJ35" s="3" t="n">
+        <x:v>511819</x:v>
+      </x:c>
+      <x:c r="EK35" s="3" t="n">
+        <x:v>510689</x:v>
+      </x:c>
+      <x:c r="EL35" s="3" t="n">
+        <x:v>504057</x:v>
+      </x:c>
+      <x:c r="EM35" s="3" t="n">
+        <x:v>510402</x:v>
+      </x:c>
+      <x:c r="EN35" s="3" t="n">
+        <x:v>513439</x:v>
+      </x:c>
+      <x:c r="EO35" s="3" t="n">
+        <x:v>506985</x:v>
+      </x:c>
+      <x:c r="EP35" s="3" t="n">
+        <x:v>524024</x:v>
+      </x:c>
+      <x:c r="EQ35" s="3" t="n">
+        <x:v>523282</x:v>
+      </x:c>
+      <x:c r="ER35" s="3" t="n">
+        <x:v>527316</x:v>
+      </x:c>
+      <x:c r="ES35" s="3" t="n">
+        <x:v>539142</x:v>
+      </x:c>
+      <x:c r="ET35" s="3" t="n">
+        <x:v>544642</x:v>
+      </x:c>
+      <x:c r="EU35" s="3" t="n">
+        <x:v>544086</x:v>
+      </x:c>
+      <x:c r="EV35" s="3" t="n">
+        <x:v>556764</x:v>
+      </x:c>
+      <x:c r="EW35" s="3" t="n">
+        <x:v>552204</x:v>
+      </x:c>
+      <x:c r="EX35" s="3" t="n">
+        <x:v>547455</x:v>
+      </x:c>
+      <x:c r="EY35" s="3" t="n">
+        <x:v>538785</x:v>
+      </x:c>
+      <x:c r="EZ35" s="3" t="n">
+        <x:v>545276</x:v>
+      </x:c>
+      <x:c r="FA35" s="3" t="n">
+        <x:v>562634</x:v>
+      </x:c>
+      <x:c r="FB35" s="3" t="n">
+        <x:v>543336</x:v>
+      </x:c>
+      <x:c r="FC35" s="3" t="n">
+        <x:v>571460</x:v>
+      </x:c>
+      <x:c r="FD35" s="3" t="n">
+        <x:v>576383</x:v>
+      </x:c>
+      <x:c r="FE35" s="3" t="n">
+        <x:v>539539</x:v>
+      </x:c>
+      <x:c r="FF35" s="3" t="n">
+        <x:v>541869</x:v>
+      </x:c>
+      <x:c r="FG35" s="3" t="n">
+        <x:v>555890</x:v>
+      </x:c>
+      <x:c r="FH35" s="3" t="n">
+        <x:v>566115</x:v>
+      </x:c>
+      <x:c r="FI35" s="3" t="n">
+        <x:v>545851</x:v>
+      </x:c>
+      <x:c r="FJ35" s="3" t="n">
+        <x:v>563472</x:v>
+      </x:c>
+      <x:c r="FK35" s="3" t="n">
+        <x:v>571806</x:v>
+      </x:c>
+      <x:c r="FL35" s="3" t="n">
+        <x:v>549705</x:v>
+      </x:c>
+      <x:c r="FM35" s="3" t="n">
+        <x:v>575076</x:v>
+      </x:c>
+      <x:c r="FN35" s="3" t="n">
+        <x:v>571158</x:v>
+      </x:c>
+      <x:c r="FO35" s="3" t="n">
+        <x:v>530433</x:v>
+      </x:c>
+      <x:c r="FP35" s="3" t="n">
+        <x:v>547400</x:v>
+      </x:c>
+      <x:c r="FQ35" s="3" t="n">
+        <x:v>542062</x:v>
+      </x:c>
+      <x:c r="FR35" s="3" t="n">
+        <x:v>555993</x:v>
+      </x:c>
+      <x:c r="FS35" s="3" t="n">
+        <x:v>592650</x:v>
+      </x:c>
+      <x:c r="FT35" s="3" t="n">
+        <x:v>590101</x:v>
+      </x:c>
+      <x:c r="FU35" s="3" t="n">
+        <x:v>590947</x:v>
+      </x:c>
+      <x:c r="FV35" s="3" t="n">
+        <x:v>589459</x:v>
+      </x:c>
+      <x:c r="FW35" s="3" t="n">
+        <x:v>597842</x:v>
+      </x:c>
+      <x:c r="FX35" s="3" t="n">
+        <x:v>641245</x:v>
+      </x:c>
+      <x:c r="FY35" s="3" t="n">
+        <x:v>602198</x:v>
+      </x:c>
+      <x:c r="FZ35" s="3" t="n">
+        <x:v>606447</x:v>
+      </x:c>
+      <x:c r="GA35" s="3" t="n">
+        <x:v>604388</x:v>
+      </x:c>
+      <x:c r="GB35" s="3" t="n">
+        <x:v>619996</x:v>
+      </x:c>
+      <x:c r="GC35" s="3" t="n">
+        <x:v>631331</x:v>
+      </x:c>
+      <x:c r="GD35" s="3" t="n">
+        <x:v>637993</x:v>
+      </x:c>
+      <x:c r="GE35" s="3" t="n">
+        <x:v>671930</x:v>
+      </x:c>
+      <x:c r="GF35" s="3" t="n">
+        <x:v>644726</x:v>
+      </x:c>
+      <x:c r="GG35" s="3" t="n">
+        <x:v>656618</x:v>
+      </x:c>
+      <x:c r="GH35" s="3" t="n">
+        <x:v>650524</x:v>
+      </x:c>
+      <x:c r="GI35" s="3" t="n">
+        <x:v>661755</x:v>
+      </x:c>
+      <x:c r="GJ35" s="3" t="n">
+        <x:v>674458</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:192">
+      <x:c r="A36" s="2" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="B36" s="3" t="n">
+        <x:v>36301</x:v>
+      </x:c>
+      <x:c r="C36" s="3" t="n">
+        <x:v>35655</x:v>
+      </x:c>
+      <x:c r="D36" s="3" t="n">
+        <x:v>36736</x:v>
+      </x:c>
+      <x:c r="E36" s="3" t="n">
+        <x:v>35963</x:v>
+      </x:c>
+      <x:c r="F36" s="3" t="n">
+        <x:v>37505</x:v>
+      </x:c>
+      <x:c r="G36" s="3" t="n">
+        <x:v>38898</x:v>
+      </x:c>
+      <x:c r="H36" s="3" t="n">
+        <x:v>39222</x:v>
+      </x:c>
+      <x:c r="I36" s="3" t="n">
+        <x:v>38322</x:v>
+      </x:c>
+      <x:c r="J36" s="3" t="n">
+        <x:v>39771</x:v>
+      </x:c>
+      <x:c r="K36" s="3" t="n">
+        <x:v>37822</x:v>
+      </x:c>
+      <x:c r="L36" s="3" t="n">
+        <x:v>37417</x:v>
+      </x:c>
+      <x:c r="M36" s="3" t="n">
+        <x:v>38298</x:v>
+      </x:c>
+      <x:c r="N36" s="3" t="n">
+        <x:v>38406</x:v>
+      </x:c>
+      <x:c r="O36" s="3" t="n">
+        <x:v>40005</x:v>
+      </x:c>
+      <x:c r="P36" s="3" t="n">
+        <x:v>39691</x:v>
+      </x:c>
+      <x:c r="Q36" s="3" t="n">
+        <x:v>40548</x:v>
+      </x:c>
+      <x:c r="R36" s="3" t="n">
+        <x:v>39669</x:v>
+      </x:c>
+      <x:c r="S36" s="3" t="n">
+        <x:v>39460</x:v>
+      </x:c>
+      <x:c r="T36" s="3" t="n">
+        <x:v>39850</x:v>
+      </x:c>
+      <x:c r="U36" s="3" t="n">
+        <x:v>39363</x:v>
+      </x:c>
+      <x:c r="V36" s="3" t="n">
+        <x:v>42247</x:v>
+      </x:c>
+      <x:c r="W36" s="3" t="n">
+        <x:v>43104</x:v>
+      </x:c>
+      <x:c r="X36" s="3" t="n">
+        <x:v>43623</x:v>
+      </x:c>
+      <x:c r="Y36" s="3" t="n">
+        <x:v>44574</x:v>
+      </x:c>
+      <x:c r="Z36" s="3" t="n">
+        <x:v>45007</x:v>
+      </x:c>
+      <x:c r="AA36" s="3" t="n">
+        <x:v>43889</x:v>
+      </x:c>
+      <x:c r="AB36" s="3" t="n">
+        <x:v>45854</x:v>
+      </x:c>
+      <x:c r="AC36" s="3" t="n">
+        <x:v>46152</x:v>
+      </x:c>
+      <x:c r="AD36" s="3" t="n">
+        <x:v>46509</x:v>
+      </x:c>
+      <x:c r="AE36" s="3" t="n">
+        <x:v>46659</x:v>
+      </x:c>
+      <x:c r="AF36" s="3" t="n">
+        <x:v>46674</x:v>
+      </x:c>
+      <x:c r="AG36" s="3" t="n">
+        <x:v>46122</x:v>
+      </x:c>
+      <x:c r="AH36" s="3" t="n">
+        <x:v>45405</x:v>
+      </x:c>
+      <x:c r="AI36" s="3" t="n">
+        <x:v>44882</x:v>
+      </x:c>
+      <x:c r="AJ36" s="3" t="n">
+        <x:v>44354</x:v>
+      </x:c>
+      <x:c r="AK36" s="3" t="n">
+        <x:v>44407</x:v>
+      </x:c>
+      <x:c r="AL36" s="3" t="n">
+        <x:v>46415</x:v>
+      </x:c>
+      <x:c r="AM36" s="3" t="n">
+        <x:v>47141</x:v>
+      </x:c>
+      <x:c r="AN36" s="3" t="n">
+        <x:v>47747</x:v>
+      </x:c>
+      <x:c r="AO36" s="3" t="n">
+        <x:v>47935</x:v>
+      </x:c>
+      <x:c r="AP36" s="3" t="n">
+        <x:v>51918</x:v>
+      </x:c>
+      <x:c r="AQ36" s="3" t="n">
+        <x:v>50772</x:v>
+      </x:c>
+      <x:c r="AR36" s="3" t="n">
+        <x:v>51496</x:v>
+      </x:c>
+      <x:c r="AS36" s="3" t="n">
+        <x:v>51686</x:v>
+      </x:c>
+      <x:c r="AT36" s="3" t="n">
+        <x:v>52553</x:v>
+      </x:c>
+      <x:c r="AU36" s="3" t="n">
+        <x:v>54720</x:v>
+      </x:c>
+      <x:c r="AV36" s="3" t="n">
+        <x:v>55850</x:v>
+      </x:c>
+      <x:c r="AW36" s="3" t="n">
+        <x:v>58208</x:v>
+      </x:c>
+      <x:c r="AX36" s="3" t="n">
+        <x:v>58138</x:v>
+      </x:c>
+      <x:c r="AY36" s="3" t="n">
+        <x:v>59841</x:v>
+      </x:c>
+      <x:c r="AZ36" s="3" t="n">
+        <x:v>61074</x:v>
+      </x:c>
+      <x:c r="BA36" s="3" t="n">
+        <x:v>58963</x:v>
+      </x:c>
+      <x:c r="BB36" s="3" t="n">
+        <x:v>60378</x:v>
+      </x:c>
+      <x:c r="BC36" s="3" t="n">
+        <x:v>59977</x:v>
+      </x:c>
+      <x:c r="BD36" s="3" t="n">
+        <x:v>59218</x:v>
+      </x:c>
+      <x:c r="BE36" s="3" t="n">
+        <x:v>57199</x:v>
+      </x:c>
+      <x:c r="BF36" s="3" t="n">
+        <x:v>61090</x:v>
+      </x:c>
+      <x:c r="BG36" s="3" t="n">
+        <x:v>62074</x:v>
+      </x:c>
+      <x:c r="BH36" s="3" t="n">
+        <x:v>62726</x:v>
+      </x:c>
+      <x:c r="BI36" s="3" t="n">
+        <x:v>62620</x:v>
+      </x:c>
+      <x:c r="BJ36" s="3" t="n">
+        <x:v>62012</x:v>
+      </x:c>
+      <x:c r="BK36" s="3" t="n">
+        <x:v>65088</x:v>
+      </x:c>
+      <x:c r="BL36" s="3" t="n">
+        <x:v>64169</x:v>
+      </x:c>
+      <x:c r="BM36" s="3" t="n">
+        <x:v>66659</x:v>
+      </x:c>
+      <x:c r="BN36" s="3" t="n">
+        <x:v>68502</x:v>
+      </x:c>
+      <x:c r="BO36" s="3" t="n">
+        <x:v>71902</x:v>
+      </x:c>
+      <x:c r="BP36" s="3" t="n">
+        <x:v>73170</x:v>
+      </x:c>
+      <x:c r="BQ36" s="3" t="n">
+        <x:v>73898</x:v>
+      </x:c>
+      <x:c r="BR36" s="3" t="n">
+        <x:v>78036</x:v>
+      </x:c>
+      <x:c r="BS36" s="3" t="n">
+        <x:v>73441</x:v>
+      </x:c>
+      <x:c r="BT36" s="3" t="n">
+        <x:v>76185</x:v>
+      </x:c>
+      <x:c r="BU36" s="3" t="n">
+        <x:v>73041</x:v>
+      </x:c>
+      <x:c r="BV36" s="3" t="n">
+        <x:v>84625</x:v>
+      </x:c>
+      <x:c r="BW36" s="3" t="n">
+        <x:v>81733</x:v>
+      </x:c>
+      <x:c r="BX36" s="3" t="n">
+        <x:v>82655</x:v>
+      </x:c>
+      <x:c r="BY36" s="3" t="n">
+        <x:v>83990</x:v>
+      </x:c>
+      <x:c r="BZ36" s="3" t="n">
+        <x:v>85966</x:v>
+      </x:c>
+      <x:c r="CA36" s="3" t="n">
+        <x:v>90118</x:v>
+      </x:c>
+      <x:c r="CB36" s="3" t="n">
+        <x:v>91729</x:v>
+      </x:c>
+      <x:c r="CC36" s="3" t="n">
+        <x:v>90114</x:v>
+      </x:c>
+      <x:c r="CD36" s="3" t="n">
+        <x:v>98091</x:v>
+      </x:c>
+      <x:c r="CE36" s="3" t="n">
+        <x:v>94633</x:v>
+      </x:c>
+      <x:c r="CF36" s="3" t="n">
+        <x:v>95153</x:v>
+      </x:c>
+      <x:c r="CG36" s="3" t="n">
+        <x:v>95911</x:v>
+      </x:c>
+      <x:c r="CH36" s="3" t="n">
+        <x:v>96017</x:v>
+      </x:c>
+      <x:c r="CI36" s="3" t="n">
+        <x:v>95958</x:v>
+      </x:c>
+      <x:c r="CJ36" s="3" t="n">
+        <x:v>99730</x:v>
+      </x:c>
+      <x:c r="CK36" s="3" t="n">
+        <x:v>100460</x:v>
+      </x:c>
+      <x:c r="CL36" s="3" t="n">
+        <x:v>102756</x:v>
+      </x:c>
+      <x:c r="CM36" s="3" t="n">
+        <x:v>103290</x:v>
+      </x:c>
+      <x:c r="CN36" s="3" t="n">
+        <x:v>101441</x:v>
+      </x:c>
+      <x:c r="CO36" s="3" t="n">
+        <x:v>103636</x:v>
+      </x:c>
+      <x:c r="CP36" s="3" t="n">
+        <x:v>107269</x:v>
+      </x:c>
+      <x:c r="CQ36" s="3" t="n">
+        <x:v>106794</x:v>
+      </x:c>
+      <x:c r="CR36" s="3" t="n">
+        <x:v>102975</x:v>
+      </x:c>
+      <x:c r="CS36" s="3" t="n">
+        <x:v>105022</x:v>
+      </x:c>
+      <x:c r="CT36" s="3" t="n">
+        <x:v>106583</x:v>
+      </x:c>
+      <x:c r="CU36" s="3" t="n">
+        <x:v>106092</x:v>
+      </x:c>
+      <x:c r="CV36" s="3" t="n">
+        <x:v>106820</x:v>
+      </x:c>
+      <x:c r="CW36" s="3" t="n">
+        <x:v>101637</x:v>
+      </x:c>
+      <x:c r="CX36" s="3" t="n">
+        <x:v>103395</x:v>
+      </x:c>
+      <x:c r="CY36" s="3" t="n">
+        <x:v>110767</x:v>
+      </x:c>
+      <x:c r="CZ36" s="3" t="n">
+        <x:v>108895</x:v>
+      </x:c>
+      <x:c r="DA36" s="3" t="n">
+        <x:v>109715</x:v>
+      </x:c>
+      <x:c r="DB36" s="3" t="n">
+        <x:v>111082</x:v>
+      </x:c>
+      <x:c r="DC36" s="3" t="n">
+        <x:v>109333</x:v>
+      </x:c>
+      <x:c r="DD36" s="3" t="n">
+        <x:v>112993</x:v>
+      </x:c>
+      <x:c r="DE36" s="3" t="n">
+        <x:v>115100</x:v>
+      </x:c>
+      <x:c r="DF36" s="3" t="n">
+        <x:v>115515</x:v>
+      </x:c>
+      <x:c r="DG36" s="3" t="n">
+        <x:v>115293</x:v>
+      </x:c>
+      <x:c r="DH36" s="3" t="n">
+        <x:v>119478</x:v>
+      </x:c>
+      <x:c r="DI36" s="3" t="n">
+        <x:v>120758</x:v>
+      </x:c>
+      <x:c r="DJ36" s="3" t="n">
+        <x:v>121625</x:v>
+      </x:c>
+      <x:c r="DK36" s="3" t="n">
+        <x:v>127512</x:v>
+      </x:c>
+      <x:c r="DL36" s="3" t="n">
+        <x:v>125373</x:v>
+      </x:c>
+      <x:c r="DM36" s="3" t="n">
+        <x:v>126927</x:v>
+      </x:c>
+      <x:c r="DN36" s="3" t="n">
+        <x:v>134367</x:v>
+      </x:c>
+      <x:c r="DO36" s="3" t="n">
+        <x:v>138025</x:v>
+      </x:c>
+      <x:c r="DP36" s="3" t="n">
+        <x:v>131267</x:v>
+      </x:c>
+      <x:c r="DQ36" s="3" t="n">
+        <x:v>138076</x:v>
+      </x:c>
+      <x:c r="DR36" s="3" t="n">
+        <x:v>147606</x:v>
+      </x:c>
+      <x:c r="DS36" s="3" t="n">
+        <x:v>145697</x:v>
+      </x:c>
+      <x:c r="DT36" s="3" t="n">
+        <x:v>146025</x:v>
+      </x:c>
+      <x:c r="DU36" s="3" t="n">
+        <x:v>140129</x:v>
+      </x:c>
+      <x:c r="DV36" s="3" t="n">
+        <x:v>132574</x:v>
+      </x:c>
+      <x:c r="DW36" s="3" t="n">
+        <x:v>130920</x:v>
+      </x:c>
+      <x:c r="DX36" s="3" t="n">
+        <x:v>137006</x:v>
+      </x:c>
+      <x:c r="DY36" s="3" t="n">
+        <x:v>136990</x:v>
+      </x:c>
+      <x:c r="DZ36" s="3" t="n">
+        <x:v>138068</x:v>
+      </x:c>
+      <x:c r="EA36" s="3" t="n">
+        <x:v>135693</x:v>
+      </x:c>
+      <x:c r="EB36" s="3" t="n">
+        <x:v>138328</x:v>
+      </x:c>
+      <x:c r="EC36" s="3" t="n">
+        <x:v>134434</x:v>
+      </x:c>
+      <x:c r="ED36" s="3" t="n">
+        <x:v>133176</x:v>
+      </x:c>
+      <x:c r="EE36" s="3" t="n">
+        <x:v>138427</x:v>
+      </x:c>
+      <x:c r="EF36" s="3" t="n">
+        <x:v>138831</x:v>
+      </x:c>
+      <x:c r="EG36" s="3" t="n">
+        <x:v>134750</x:v>
+      </x:c>
+      <x:c r="EH36" s="3" t="n">
+        <x:v>136292</x:v>
+      </x:c>
+      <x:c r="EI36" s="3" t="n">
+        <x:v>136694</x:v>
+      </x:c>
+      <x:c r="EJ36" s="3" t="n">
+        <x:v>137971</x:v>
+      </x:c>
+      <x:c r="EK36" s="3" t="n">
+        <x:v>138451</x:v>
+      </x:c>
+      <x:c r="EL36" s="3" t="n">
+        <x:v>141326</x:v>
+      </x:c>
+      <x:c r="EM36" s="3" t="n">
+        <x:v>141670</x:v>
+      </x:c>
+      <x:c r="EN36" s="3" t="n">
+        <x:v>140375</x:v>
+      </x:c>
+      <x:c r="EO36" s="3" t="n">
+        <x:v>139955</x:v>
+      </x:c>
+      <x:c r="EP36" s="3" t="n">
+        <x:v>143894</x:v>
+      </x:c>
+      <x:c r="EQ36" s="3" t="n">
+        <x:v>146602</x:v>
+      </x:c>
+      <x:c r="ER36" s="3" t="n">
+        <x:v>147111</x:v>
+      </x:c>
+      <x:c r="ES36" s="3" t="n">
+        <x:v>149337</x:v>
+      </x:c>
+      <x:c r="ET36" s="3" t="n">
+        <x:v>155801</x:v>
+      </x:c>
+      <x:c r="EU36" s="3" t="n">
+        <x:v>156962</x:v>
+      </x:c>
+      <x:c r="EV36" s="3" t="n">
+        <x:v>156614</x:v>
+      </x:c>
+      <x:c r="EW36" s="3" t="n">
+        <x:v>155611</x:v>
+      </x:c>
+      <x:c r="EX36" s="3" t="n">
+        <x:v>145247</x:v>
+      </x:c>
+      <x:c r="EY36" s="3" t="n">
+        <x:v>139290</x:v>
+      </x:c>
+      <x:c r="EZ36" s="3" t="n">
+        <x:v>139637</x:v>
+      </x:c>
+      <x:c r="FA36" s="3" t="n">
+        <x:v>130373</x:v>
+      </x:c>
+      <x:c r="FB36" s="3" t="n">
+        <x:v>132290</x:v>
+      </x:c>
+      <x:c r="FC36" s="3" t="n">
+        <x:v>140900</x:v>
+      </x:c>
+      <x:c r="FD36" s="3" t="n">
+        <x:v>143860</x:v>
+      </x:c>
+      <x:c r="FE36" s="3" t="n">
+        <x:v>145030</x:v>
+      </x:c>
+      <x:c r="FF36" s="3" t="n">
+        <x:v>143129</x:v>
+      </x:c>
+      <x:c r="FG36" s="3" t="n">
+        <x:v>141979</x:v>
+      </x:c>
+      <x:c r="FH36" s="3" t="n">
+        <x:v>140317</x:v>
+      </x:c>
+      <x:c r="FI36" s="3" t="n">
+        <x:v>147886</x:v>
+      </x:c>
+      <x:c r="FJ36" s="3" t="n">
+        <x:v>151416</x:v>
+      </x:c>
+      <x:c r="FK36" s="3" t="n">
+        <x:v>151167</x:v>
+      </x:c>
+      <x:c r="FL36" s="3" t="n">
+        <x:v>147732</x:v>
+      </x:c>
+      <x:c r="FM36" s="3" t="n">
+        <x:v>151557</x:v>
+      </x:c>
+      <x:c r="FN36" s="3" t="n">
+        <x:v>148143</x:v>
+      </x:c>
+      <x:c r="FO36" s="3" t="n">
+        <x:v>143024</x:v>
+      </x:c>
+      <x:c r="FP36" s="3" t="n">
+        <x:v>146855</x:v>
+      </x:c>
+      <x:c r="FQ36" s="3" t="n">
+        <x:v>154138</x:v>
+      </x:c>
+      <x:c r="FR36" s="3" t="n">
+        <x:v>156206</x:v>
+      </x:c>
+      <x:c r="FS36" s="3" t="n">
+        <x:v>159824</x:v>
+      </x:c>
+      <x:c r="FT36" s="3" t="n">
+        <x:v>156810</x:v>
+      </x:c>
+      <x:c r="FU36" s="3" t="n">
+        <x:v>156832</x:v>
+      </x:c>
+      <x:c r="FV36" s="3" t="n">
+        <x:v>153964</x:v>
+      </x:c>
+      <x:c r="FW36" s="3" t="n">
+        <x:v>149454</x:v>
+      </x:c>
+      <x:c r="FX36" s="3" t="n">
+        <x:v>162540</x:v>
+      </x:c>
+      <x:c r="FY36" s="3" t="n">
+        <x:v>162961</x:v>
+      </x:c>
+      <x:c r="FZ36" s="3" t="n">
+        <x:v>162109</x:v>
+      </x:c>
+      <x:c r="GA36" s="3" t="n">
+        <x:v>166000</x:v>
+      </x:c>
+      <x:c r="GB36" s="3" t="n">
+        <x:v>164012</x:v>
+      </x:c>
+      <x:c r="GC36" s="3" t="n">
+        <x:v>167859</x:v>
+      </x:c>
+      <x:c r="GD36" s="3" t="n">
+        <x:v>166906</x:v>
+      </x:c>
+      <x:c r="GE36" s="3" t="n">
+        <x:v>169939</x:v>
+      </x:c>
+      <x:c r="GF36" s="3" t="n">
+        <x:v>169127</x:v>
+      </x:c>
+      <x:c r="GG36" s="3" t="n">
+        <x:v>176078</x:v>
+      </x:c>
+      <x:c r="GH36" s="3" t="n">
+        <x:v>174837</x:v>
+      </x:c>
+      <x:c r="GI36" s="3" t="n">
+        <x:v>176708</x:v>
+      </x:c>
+      <x:c r="GJ36" s="3" t="n">
+        <x:v>183549</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:192">
+      <x:c r="A37" s="2" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="B37" s="3" t="n">
+        <x:v>47360</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="n">
+        <x:v>47994</x:v>
+      </x:c>
+      <x:c r="D37" s="3" t="n">
+        <x:v>49453</x:v>
+      </x:c>
+      <x:c r="E37" s="3" t="n">
+        <x:v>50567</x:v>
+      </x:c>
+      <x:c r="F37" s="3" t="n">
+        <x:v>58660</x:v>
+      </x:c>
+      <x:c r="G37" s="3" t="n">
+        <x:v>59259</x:v>
+      </x:c>
+      <x:c r="H37" s="3" t="n">
+        <x:v>61533</x:v>
+      </x:c>
+      <x:c r="I37" s="3" t="n">
+        <x:v>62854</x:v>
+      </x:c>
+      <x:c r="J37" s="3" t="n">
+        <x:v>75779</x:v>
+      </x:c>
+      <x:c r="K37" s="3" t="n">
+        <x:v>73929</x:v>
+      </x:c>
+      <x:c r="L37" s="3" t="n">
+        <x:v>69236</x:v>
+      </x:c>
+      <x:c r="M37" s="3" t="n">
+        <x:v>74018</x:v>
+      </x:c>
+      <x:c r="N37" s="3" t="n">
+        <x:v>68555</x:v>
+      </x:c>
+      <x:c r="O37" s="3" t="n">
+        <x:v>69483</x:v>
+      </x:c>
+      <x:c r="P37" s="3" t="n">
+        <x:v>67489</x:v>
+      </x:c>
+      <x:c r="Q37" s="3" t="n">
+        <x:v>67717</x:v>
+      </x:c>
+      <x:c r="R37" s="3" t="n">
+        <x:v>67861</x:v>
+      </x:c>
+      <x:c r="S37" s="3" t="n">
+        <x:v>68069</x:v>
+      </x:c>
+      <x:c r="T37" s="3" t="n">
+        <x:v>68622</x:v>
+      </x:c>
+      <x:c r="U37" s="3" t="n">
+        <x:v>66918</x:v>
+      </x:c>
+      <x:c r="V37" s="3" t="n">
+        <x:v>75556</x:v>
+      </x:c>
+      <x:c r="W37" s="3" t="n">
+        <x:v>78589</x:v>
+      </x:c>
+      <x:c r="X37" s="3" t="n">
+        <x:v>77933</x:v>
+      </x:c>
+      <x:c r="Y37" s="3" t="n">
+        <x:v>77936</x:v>
+      </x:c>
+      <x:c r="Z37" s="3" t="n">
+        <x:v>87173</x:v>
+      </x:c>
+      <x:c r="AA37" s="3" t="n">
+        <x:v>86115</x:v>
+      </x:c>
+      <x:c r="AB37" s="3" t="n">
+        <x:v>87942</x:v>
+      </x:c>
+      <x:c r="AC37" s="3" t="n">
+        <x:v>89521</x:v>
+      </x:c>
+      <x:c r="AD37" s="3" t="n">
+        <x:v>90089</x:v>
+      </x:c>
+      <x:c r="AE37" s="3" t="n">
+        <x:v>90095</x:v>
+      </x:c>
+      <x:c r="AF37" s="3" t="n">
+        <x:v>94686</x:v>
+      </x:c>
+      <x:c r="AG37" s="3" t="n">
+        <x:v>93345</x:v>
+      </x:c>
+      <x:c r="AH37" s="3" t="n">
+        <x:v>100630</x:v>
+      </x:c>
+      <x:c r="AI37" s="3" t="n">
+        <x:v>94874</x:v>
+      </x:c>
+      <x:c r="AJ37" s="3" t="n">
+        <x:v>103017</x:v>
+      </x:c>
+      <x:c r="AK37" s="3" t="n">
+        <x:v>105635</x:v>
+      </x:c>
+      <x:c r="AL37" s="3" t="n">
+        <x:v>113546</x:v>
+      </x:c>
+      <x:c r="AM37" s="3" t="n">
+        <x:v>116002</x:v>
+      </x:c>
+      <x:c r="AN37" s="3" t="n">
+        <x:v>114341</x:v>
+      </x:c>
+      <x:c r="AO37" s="3" t="n">
+        <x:v>116833</x:v>
+      </x:c>
+      <x:c r="AP37" s="3" t="n">
+        <x:v>129336</x:v>
+      </x:c>
+      <x:c r="AQ37" s="3" t="n">
+        <x:v>127705</x:v>
+      </x:c>
+      <x:c r="AR37" s="3" t="n">
+        <x:v>129885</x:v>
+      </x:c>
+      <x:c r="AS37" s="3" t="n">
+        <x:v>133063</x:v>
+      </x:c>
+      <x:c r="AT37" s="3" t="n">
+        <x:v>159778</x:v>
+      </x:c>
+      <x:c r="AU37" s="3" t="n">
+        <x:v>161639</x:v>
+      </x:c>
+      <x:c r="AV37" s="3" t="n">
+        <x:v>165414</x:v>
+      </x:c>
+      <x:c r="AW37" s="3" t="n">
+        <x:v>160903</x:v>
+      </x:c>
+      <x:c r="AX37" s="3" t="n">
+        <x:v>165064</x:v>
+      </x:c>
+      <x:c r="AY37" s="3" t="n">
+        <x:v>165781</x:v>
+      </x:c>
+      <x:c r="AZ37" s="3" t="n">
+        <x:v>167890</x:v>
+      </x:c>
+      <x:c r="BA37" s="3" t="n">
+        <x:v>172097</x:v>
+      </x:c>
+      <x:c r="BB37" s="3" t="n">
+        <x:v>192026</x:v>
+      </x:c>
+      <x:c r="BC37" s="3" t="n">
+        <x:v>196001</x:v>
+      </x:c>
+      <x:c r="BD37" s="3" t="n">
+        <x:v>194509</x:v>
+      </x:c>
+      <x:c r="BE37" s="3" t="n">
+        <x:v>196115</x:v>
+      </x:c>
+      <x:c r="BF37" s="3" t="n">
+        <x:v>216015</x:v>
+      </x:c>
+      <x:c r="BG37" s="3" t="n">
+        <x:v>215642</x:v>
+      </x:c>
+      <x:c r="BH37" s="3" t="n">
+        <x:v>219106</x:v>
+      </x:c>
+      <x:c r="BI37" s="3" t="n">
+        <x:v>216486</x:v>
+      </x:c>
+      <x:c r="BJ37" s="3" t="n">
+        <x:v>224433</x:v>
+      </x:c>
+      <x:c r="BK37" s="3" t="n">
+        <x:v>230023</x:v>
+      </x:c>
+      <x:c r="BL37" s="3" t="n">
+        <x:v>230013</x:v>
+      </x:c>
+      <x:c r="BM37" s="3" t="n">
+        <x:v>234727</x:v>
+      </x:c>
+      <x:c r="BN37" s="3" t="n">
+        <x:v>259861</x:v>
+      </x:c>
+      <x:c r="BO37" s="3" t="n">
+        <x:v>260559</x:v>
+      </x:c>
+      <x:c r="BP37" s="3" t="n">
+        <x:v>259729</x:v>
+      </x:c>
+      <x:c r="BQ37" s="3" t="n">
+        <x:v>264926</x:v>
+      </x:c>
+      <x:c r="BR37" s="3" t="n">
+        <x:v>283743</x:v>
+      </x:c>
+      <x:c r="BS37" s="3" t="n">
+        <x:v>284271</x:v>
+      </x:c>
+      <x:c r="BT37" s="3" t="n">
+        <x:v>290216</x:v>
+      </x:c>
+      <x:c r="BU37" s="3" t="n">
+        <x:v>292366</x:v>
+      </x:c>
+      <x:c r="BV37" s="3" t="n">
+        <x:v>321390</x:v>
+      </x:c>
+      <x:c r="BW37" s="3" t="n">
+        <x:v>325237</x:v>
+      </x:c>
+      <x:c r="BX37" s="3" t="n">
+        <x:v>331545</x:v>
+      </x:c>
+      <x:c r="BY37" s="3" t="n">
+        <x:v>324634</x:v>
+      </x:c>
+      <x:c r="BZ37" s="3" t="n">
+        <x:v>337206</x:v>
+      </x:c>
+      <x:c r="CA37" s="3" t="n">
+        <x:v>340877</x:v>
+      </x:c>
+      <x:c r="CB37" s="3" t="n">
+        <x:v>340881</x:v>
+      </x:c>
+      <x:c r="CC37" s="3" t="n">
+        <x:v>337684</x:v>
+      </x:c>
+      <x:c r="CD37" s="3" t="n">
+        <x:v>326285</x:v>
+      </x:c>
+      <x:c r="CE37" s="3" t="n">
+        <x:v>322685</x:v>
+      </x:c>
+      <x:c r="CF37" s="3" t="n">
+        <x:v>316794</x:v>
+      </x:c>
+      <x:c r="CG37" s="3" t="n">
+        <x:v>316325</x:v>
+      </x:c>
+      <x:c r="CH37" s="3" t="n">
+        <x:v>319301</x:v>
+      </x:c>
+      <x:c r="CI37" s="3" t="n">
+        <x:v>323523</x:v>
+      </x:c>
+      <x:c r="CJ37" s="3" t="n">
+        <x:v>324244</x:v>
+      </x:c>
+      <x:c r="CK37" s="3" t="n">
+        <x:v>327668</x:v>
+      </x:c>
+      <x:c r="CL37" s="3" t="n">
+        <x:v>337205</x:v>
+      </x:c>
+      <x:c r="CM37" s="3" t="n">
+        <x:v>337451</x:v>
+      </x:c>
+      <x:c r="CN37" s="3" t="n">
+        <x:v>339965</x:v>
+      </x:c>
+      <x:c r="CO37" s="3" t="n">
+        <x:v>337241</x:v>
+      </x:c>
+      <x:c r="CP37" s="3" t="n">
+        <x:v>358148</x:v>
+      </x:c>
+      <x:c r="CQ37" s="3" t="n">
+        <x:v>355855</x:v>
+      </x:c>
+      <x:c r="CR37" s="3" t="n">
+        <x:v>363224</x:v>
+      </x:c>
+      <x:c r="CS37" s="3" t="n">
+        <x:v>362123</x:v>
+      </x:c>
+      <x:c r="CT37" s="3" t="n">
+        <x:v>360490</x:v>
+      </x:c>
+      <x:c r="CU37" s="3" t="n">
+        <x:v>374051</x:v>
+      </x:c>
+      <x:c r="CV37" s="3" t="n">
+        <x:v>366380</x:v>
+      </x:c>
+      <x:c r="CW37" s="3" t="n">
+        <x:v>368552</x:v>
+      </x:c>
+      <x:c r="CX37" s="3" t="n">
+        <x:v>372718</x:v>
+      </x:c>
+      <x:c r="CY37" s="3" t="n">
+        <x:v>364535</x:v>
+      </x:c>
+      <x:c r="CZ37" s="3" t="n">
+        <x:v>360872</x:v>
+      </x:c>
+      <x:c r="DA37" s="3" t="n">
+        <x:v>361687</x:v>
+      </x:c>
+      <x:c r="DB37" s="3" t="n">
+        <x:v>357654</x:v>
+      </x:c>
+      <x:c r="DC37" s="3" t="n">
+        <x:v>365008</x:v>
+      </x:c>
+      <x:c r="DD37" s="3" t="n">
+        <x:v>368613</x:v>
+      </x:c>
+      <x:c r="DE37" s="3" t="n">
+        <x:v>362837</x:v>
+      </x:c>
+      <x:c r="DF37" s="3" t="n">
+        <x:v>336153</x:v>
+      </x:c>
+      <x:c r="DG37" s="3" t="n">
+        <x:v>346222</x:v>
+      </x:c>
+      <x:c r="DH37" s="3" t="n">
+        <x:v>352745</x:v>
+      </x:c>
+      <x:c r="DI37" s="3" t="n">
+        <x:v>352707</x:v>
+      </x:c>
+      <x:c r="DJ37" s="3" t="n">
+        <x:v>332467</x:v>
+      </x:c>
+      <x:c r="DK37" s="3" t="n">
+        <x:v>329255</x:v>
+      </x:c>
+      <x:c r="DL37" s="3" t="n">
+        <x:v>325055</x:v>
+      </x:c>
+      <x:c r="DM37" s="3" t="n">
+        <x:v>315445</x:v>
+      </x:c>
+      <x:c r="DN37" s="3" t="n">
+        <x:v>312721</x:v>
+      </x:c>
+      <x:c r="DO37" s="3" t="n">
+        <x:v>314700</x:v>
+      </x:c>
+      <x:c r="DP37" s="3" t="n">
+        <x:v>316672</x:v>
+      </x:c>
+      <x:c r="DQ37" s="3" t="n">
+        <x:v>323496</x:v>
+      </x:c>
+      <x:c r="DR37" s="3" t="n">
+        <x:v>314998</x:v>
+      </x:c>
+      <x:c r="DS37" s="3" t="n">
+        <x:v>316098</x:v>
+      </x:c>
+      <x:c r="DT37" s="3" t="n">
+        <x:v>308722</x:v>
+      </x:c>
+      <x:c r="DU37" s="3" t="n">
+        <x:v>312138</x:v>
+      </x:c>
+      <x:c r="DV37" s="3" t="n">
+        <x:v>307962</x:v>
+      </x:c>
+      <x:c r="DW37" s="3" t="n">
+        <x:v>303460</x:v>
+      </x:c>
+      <x:c r="DX37" s="3" t="n">
+        <x:v>305983</x:v>
+      </x:c>
+      <x:c r="DY37" s="3" t="n">
+        <x:v>302181</x:v>
+      </x:c>
+      <x:c r="DZ37" s="3" t="n">
+        <x:v>290818</x:v>
+      </x:c>
+      <x:c r="EA37" s="3" t="n">
+        <x:v>288583</x:v>
+      </x:c>
+      <x:c r="EB37" s="3" t="n">
+        <x:v>280844</x:v>
+      </x:c>
+      <x:c r="EC37" s="3" t="n">
+        <x:v>283688</x:v>
+      </x:c>
+      <x:c r="ED37" s="3" t="n">
+        <x:v>274662</x:v>
+      </x:c>
+      <x:c r="EE37" s="3" t="n">
+        <x:v>269141</x:v>
+      </x:c>
+      <x:c r="EF37" s="3" t="n">
+        <x:v>275433</x:v>
+      </x:c>
+      <x:c r="EG37" s="3" t="n">
+        <x:v>270608</x:v>
+      </x:c>
+      <x:c r="EH37" s="3" t="n">
+        <x:v>277602</x:v>
+      </x:c>
+      <x:c r="EI37" s="3" t="n">
+        <x:v>277384</x:v>
+      </x:c>
+      <x:c r="EJ37" s="3" t="n">
+        <x:v>270729</x:v>
+      </x:c>
+      <x:c r="EK37" s="3" t="n">
+        <x:v>271013</x:v>
+      </x:c>
+      <x:c r="EL37" s="3" t="n">
+        <x:v>257841</x:v>
+      </x:c>
+      <x:c r="EM37" s="3" t="n">
+        <x:v>260435</x:v>
+      </x:c>
+      <x:c r="EN37" s="3" t="n">
+        <x:v>261532</x:v>
+      </x:c>
+      <x:c r="EO37" s="3" t="n">
+        <x:v>256788</x:v>
+      </x:c>
+      <x:c r="EP37" s="3" t="n">
+        <x:v>266464</x:v>
+      </x:c>
+      <x:c r="EQ37" s="3" t="n">
+        <x:v>263686</x:v>
+      </x:c>
+      <x:c r="ER37" s="3" t="n">
+        <x:v>266114</x:v>
+      </x:c>
+      <x:c r="ES37" s="3" t="n">
+        <x:v>271909</x:v>
+      </x:c>
+      <x:c r="ET37" s="3" t="n">
+        <x:v>268011</x:v>
+      </x:c>
+      <x:c r="EU37" s="3" t="n">
+        <x:v>267464</x:v>
+      </x:c>
+      <x:c r="EV37" s="3" t="n">
+        <x:v>274791</x:v>
+      </x:c>
+      <x:c r="EW37" s="3" t="n">
+        <x:v>271762</x:v>
+      </x:c>
+      <x:c r="EX37" s="3" t="n">
+        <x:v>285691</x:v>
+      </x:c>
+      <x:c r="EY37" s="3" t="n">
+        <x:v>274269</x:v>
+      </x:c>
+      <x:c r="EZ37" s="3" t="n">
+        <x:v>275878</x:v>
+      </x:c>
+      <x:c r="FA37" s="3" t="n">
+        <x:v>300859</x:v>
+      </x:c>
+      <x:c r="FB37" s="3" t="n">
+        <x:v>296179</x:v>
+      </x:c>
+      <x:c r="FC37" s="3" t="n">
+        <x:v>309071</x:v>
+      </x:c>
+      <x:c r="FD37" s="3" t="n">
+        <x:v>311049</x:v>
+      </x:c>
+      <x:c r="FE37" s="3" t="n">
+        <x:v>280352</x:v>
+      </x:c>
+      <x:c r="FF37" s="3" t="n">
+        <x:v>286773</x:v>
+      </x:c>
+      <x:c r="FG37" s="3" t="n">
+        <x:v>285227</x:v>
+      </x:c>
+      <x:c r="FH37" s="3" t="n">
+        <x:v>296731</x:v>
+      </x:c>
+      <x:c r="FI37" s="3" t="n">
+        <x:v>279390</x:v>
+      </x:c>
+      <x:c r="FJ37" s="3" t="n">
+        <x:v>280599</x:v>
+      </x:c>
+      <x:c r="FK37" s="3" t="n">
+        <x:v>278153</x:v>
+      </x:c>
+      <x:c r="FL37" s="3" t="n">
+        <x:v>260725</x:v>
+      </x:c>
+      <x:c r="FM37" s="3" t="n">
+        <x:v>295568</x:v>
+      </x:c>
+      <x:c r="FN37" s="3" t="n">
+        <x:v>315205</x:v>
+      </x:c>
+      <x:c r="FO37" s="3" t="n">
+        <x:v>299631</x:v>
+      </x:c>
+      <x:c r="FP37" s="3" t="n">
+        <x:v>309319</x:v>
+      </x:c>
+      <x:c r="FQ37" s="3" t="n">
+        <x:v>297550</x:v>
+      </x:c>
+      <x:c r="FR37" s="3" t="n">
+        <x:v>299201</x:v>
+      </x:c>
+      <x:c r="FS37" s="3" t="n">
+        <x:v>324209</x:v>
+      </x:c>
+      <x:c r="FT37" s="3" t="n">
+        <x:v>309627</x:v>
+      </x:c>
+      <x:c r="FU37" s="3" t="n">
+        <x:v>302442</x:v>
+      </x:c>
+      <x:c r="FV37" s="3" t="n">
+        <x:v>308279</x:v>
+      </x:c>
+      <x:c r="FW37" s="3" t="n">
+        <x:v>302711</x:v>
+      </x:c>
+      <x:c r="FX37" s="3" t="n">
+        <x:v>320150</x:v>
+      </x:c>
+      <x:c r="FY37" s="3" t="n">
+        <x:v>297408</x:v>
+      </x:c>
+      <x:c r="FZ37" s="3" t="n">
+        <x:v>302126</x:v>
+      </x:c>
+      <x:c r="GA37" s="3" t="n">
+        <x:v>298155</x:v>
+      </x:c>
+      <x:c r="GB37" s="3" t="n">
+        <x:v>306822</x:v>
+      </x:c>
+      <x:c r="GC37" s="3" t="n">
+        <x:v>317420</x:v>
+      </x:c>
+      <x:c r="GD37" s="3" t="n">
+        <x:v>316262</x:v>
+      </x:c>
+      <x:c r="GE37" s="3" t="n">
+        <x:v>341487</x:v>
+      </x:c>
+      <x:c r="GF37" s="3" t="n">
+        <x:v>314283</x:v>
+      </x:c>
+      <x:c r="GG37" s="3" t="n">
+        <x:v>312043</x:v>
+      </x:c>
+      <x:c r="GH37" s="3" t="n">
+        <x:v>304513</x:v>
+      </x:c>
+      <x:c r="GI37" s="3" t="n">
+        <x:v>315705</x:v>
+      </x:c>
+      <x:c r="GJ37" s="3" t="n">
+        <x:v>328106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:192">
+      <x:c r="A38" s="2" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="B38" s="3" t="n">
+        <x:v>2919</x:v>
+      </x:c>
+      <x:c r="C38" s="3" t="n">
+        <x:v>28188</x:v>
+      </x:c>
+      <x:c r="D38" s="3" t="n">
+        <x:v>5543</x:v>
+      </x:c>
+      <x:c r="E38" s="3" t="n">
+        <x:v>4046</x:v>
+      </x:c>
+      <x:c r="F38" s="3" t="n">
+        <x:v>6689</x:v>
+      </x:c>
+      <x:c r="G38" s="3" t="n">
+        <x:v>5274</x:v>
+      </x:c>
+      <x:c r="H38" s="3" t="n">
+        <x:v>4741</x:v>
+      </x:c>
+      <x:c r="I38" s="3" t="n">
+        <x:v>6462</x:v>
+      </x:c>
+      <x:c r="J38" s="3" t="n">
+        <x:v>4243</x:v>
+      </x:c>
+      <x:c r="K38" s="3" t="n">
+        <x:v>4363</x:v>
+      </x:c>
+      <x:c r="L38" s="3" t="n">
+        <x:v>3656</x:v>
+      </x:c>
+      <x:c r="M38" s="3" t="n">
+        <x:v>5602</x:v>
+      </x:c>
+      <x:c r="N38" s="3" t="n">
+        <x:v>4983</x:v>
+      </x:c>
+      <x:c r="O38" s="3" t="n">
+        <x:v>3169</x:v>
+      </x:c>
+      <x:c r="P38" s="3" t="n">
+        <x:v>6429</x:v>
+      </x:c>
+      <x:c r="Q38" s="3" t="n">
+        <x:v>4055</x:v>
+      </x:c>
+      <x:c r="R38" s="3" t="n">
+        <x:v>5127</x:v>
+      </x:c>
+      <x:c r="S38" s="3" t="n">
+        <x:v>5936</x:v>
+      </x:c>
+      <x:c r="T38" s="3" t="n">
+        <x:v>8408</x:v>
+      </x:c>
+      <x:c r="U38" s="3" t="n">
+        <x:v>9025</x:v>
+      </x:c>
+      <x:c r="V38" s="3" t="n">
+        <x:v>6317</x:v>
+      </x:c>
+      <x:c r="W38" s="3" t="n">
+        <x:v>8840</x:v>
+      </x:c>
+      <x:c r="X38" s="3" t="n">
+        <x:v>11219</x:v>
+      </x:c>
+      <x:c r="Y38" s="3" t="n">
+        <x:v>7343</x:v>
+      </x:c>
+      <x:c r="Z38" s="3" t="n">
+        <x:v>8397</x:v>
+      </x:c>
+      <x:c r="AA38" s="3" t="n">
+        <x:v>9861</x:v>
+      </x:c>
+      <x:c r="AB38" s="3" t="n">
+        <x:v>6342</x:v>
+      </x:c>
+      <x:c r="AC38" s="3" t="n">
+        <x:v>5187</x:v>
+      </x:c>
+      <x:c r="AD38" s="3" t="n">
+        <x:v>7638</x:v>
+      </x:c>
+      <x:c r="AE38" s="3" t="n">
+        <x:v>11614</x:v>
+      </x:c>
+      <x:c r="AF38" s="3" t="n">
+        <x:v>12139</x:v>
+      </x:c>
+      <x:c r="AG38" s="3" t="n">
+        <x:v>24664</x:v>
+      </x:c>
+      <x:c r="AH38" s="3" t="n">
+        <x:v>15671</x:v>
+      </x:c>
+      <x:c r="AI38" s="3" t="n">
+        <x:v>7958</x:v>
+      </x:c>
+      <x:c r="AJ38" s="3" t="n">
+        <x:v>10891</x:v>
+      </x:c>
+      <x:c r="AK38" s="3" t="n">
+        <x:v>16516</x:v>
+      </x:c>
+      <x:c r="AL38" s="3" t="n">
+        <x:v>17692</x:v>
+      </x:c>
+      <x:c r="AM38" s="3" t="n">
+        <x:v>14032</x:v>
+      </x:c>
+      <x:c r="AN38" s="3" t="n">
+        <x:v>6488</x:v>
+      </x:c>
+      <x:c r="AO38" s="3" t="n">
+        <x:v>4642</x:v>
+      </x:c>
+      <x:c r="AP38" s="3" t="n">
+        <x:v>4982</x:v>
+      </x:c>
+      <x:c r="AQ38" s="3" t="n">
+        <x:v>6187</x:v>
+      </x:c>
+      <x:c r="AR38" s="3" t="n">
+        <x:v>7467</x:v>
+      </x:c>
+      <x:c r="AS38" s="3" t="n">
+        <x:v>7010</x:v>
+      </x:c>
+      <x:c r="AT38" s="3" t="n">
+        <x:v>6286</x:v>
+      </x:c>
+      <x:c r="AU38" s="3" t="n">
+        <x:v>4192</x:v>
+      </x:c>
+      <x:c r="AV38" s="3" t="n">
+        <x:v>6828</x:v>
+      </x:c>
+      <x:c r="AW38" s="3" t="n">
+        <x:v>4157</x:v>
+      </x:c>
+      <x:c r="AX38" s="3" t="n">
+        <x:v>7663</x:v>
+      </x:c>
+      <x:c r="AY38" s="3" t="n">
+        <x:v>11131</x:v>
+      </x:c>
+      <x:c r="AZ38" s="3" t="n">
+        <x:v>9095</x:v>
+      </x:c>
+      <x:c r="BA38" s="3" t="n">
+        <x:v>8580</x:v>
+      </x:c>
+      <x:c r="BB38" s="3" t="n">
+        <x:v>6805</x:v>
+      </x:c>
+      <x:c r="BC38" s="3" t="n">
+        <x:v>10463</x:v>
+      </x:c>
+      <x:c r="BD38" s="3" t="n">
+        <x:v>12770</x:v>
+      </x:c>
+      <x:c r="BE38" s="3" t="n">
+        <x:v>11281</x:v>
+      </x:c>
+      <x:c r="BF38" s="3" t="n">
+        <x:v>17810</x:v>
+      </x:c>
+      <x:c r="BG38" s="3" t="n">
+        <x:v>7377</x:v>
+      </x:c>
+      <x:c r="BH38" s="3" t="n">
+        <x:v>6319</x:v>
+      </x:c>
+      <x:c r="BI38" s="3" t="n">
+        <x:v>9185</x:v>
+      </x:c>
+      <x:c r="BJ38" s="3" t="n">
+        <x:v>7566</x:v>
+      </x:c>
+      <x:c r="BK38" s="3" t="n">
+        <x:v>11379</x:v>
+      </x:c>
+      <x:c r="BL38" s="3" t="n">
+        <x:v>9646</x:v>
+      </x:c>
+      <x:c r="BM38" s="3" t="n">
+        <x:v>5266</x:v>
+      </x:c>
+      <x:c r="BN38" s="3" t="n">
+        <x:v>6644</x:v>
+      </x:c>
+      <x:c r="BO38" s="3" t="n">
+        <x:v>3763</x:v>
+      </x:c>
+      <x:c r="BP38" s="3" t="n">
+        <x:v>7080</x:v>
+      </x:c>
+      <x:c r="BQ38" s="3" t="n">
+        <x:v>10517</x:v>
+      </x:c>
+      <x:c r="BR38" s="3" t="n">
+        <x:v>5573</x:v>
+      </x:c>
+      <x:c r="BS38" s="3" t="n">
+        <x:v>7692</x:v>
+      </x:c>
+      <x:c r="BT38" s="3" t="n">
+        <x:v>9180</x:v>
+      </x:c>
+      <x:c r="BU38" s="3" t="n">
+        <x:v>5262</x:v>
+      </x:c>
+      <x:c r="BV38" s="3" t="n">
+        <x:v>6955</x:v>
+      </x:c>
+      <x:c r="BW38" s="3" t="n">
+        <x:v>5002</x:v>
+      </x:c>
+      <x:c r="BX38" s="3" t="n">
+        <x:v>4200</x:v>
+      </x:c>
+      <x:c r="BY38" s="3" t="n">
+        <x:v>7959</x:v>
+      </x:c>
+      <x:c r="BZ38" s="3" t="n">
+        <x:v>8708</x:v>
+      </x:c>
+      <x:c r="CA38" s="3" t="n">
+        <x:v>9905</x:v>
+      </x:c>
+      <x:c r="CB38" s="3" t="n">
+        <x:v>9239</x:v>
+      </x:c>
+      <x:c r="CC38" s="3" t="n">
+        <x:v>6023</x:v>
+      </x:c>
+      <x:c r="CD38" s="3" t="n">
+        <x:v>9531</x:v>
+      </x:c>
+      <x:c r="CE38" s="3" t="n">
+        <x:v>7649</x:v>
+      </x:c>
+      <x:c r="CF38" s="3" t="n">
+        <x:v>5790</x:v>
+      </x:c>
+      <x:c r="CG38" s="3" t="n">
+        <x:v>5150</x:v>
+      </x:c>
+      <x:c r="CH38" s="3" t="n">
+        <x:v>8511</x:v>
+      </x:c>
+      <x:c r="CI38" s="3" t="n">
+        <x:v>11555</x:v>
+      </x:c>
+      <x:c r="CJ38" s="3" t="n">
+        <x:v>11451</x:v>
+      </x:c>
+      <x:c r="CK38" s="3" t="n">
+        <x:v>9735</x:v>
+      </x:c>
+      <x:c r="CL38" s="3" t="n">
+        <x:v>4417</x:v>
+      </x:c>
+      <x:c r="CM38" s="3" t="n">
+        <x:v>3834</x:v>
+      </x:c>
+      <x:c r="CN38" s="3" t="n">
+        <x:v>8412</x:v>
+      </x:c>
+      <x:c r="CO38" s="3" t="n">
+        <x:v>6646</x:v>
+      </x:c>
+      <x:c r="CP38" s="3" t="n">
+        <x:v>6675</x:v>
+      </x:c>
+      <x:c r="CQ38" s="3" t="n">
+        <x:v>7873</x:v>
+      </x:c>
+      <x:c r="CR38" s="3" t="n">
+        <x:v>10073</x:v>
+      </x:c>
+      <x:c r="CS38" s="3" t="n">
+        <x:v>13512</x:v>
+      </x:c>
+      <x:c r="CT38" s="3" t="n">
+        <x:v>10343</x:v>
+      </x:c>
+      <x:c r="CU38" s="3" t="n">
+        <x:v>7628</x:v>
+      </x:c>
+      <x:c r="CV38" s="3" t="n">
+        <x:v>5709</x:v>
+      </x:c>
+      <x:c r="CW38" s="3" t="n">
+        <x:v>3740</x:v>
+      </x:c>
+      <x:c r="CX38" s="3" t="n">
+        <x:v>5979</x:v>
+      </x:c>
+      <x:c r="CY38" s="3" t="n">
+        <x:v>5486</x:v>
+      </x:c>
+      <x:c r="CZ38" s="3" t="n">
+        <x:v>6110</x:v>
+      </x:c>
+      <x:c r="DA38" s="3" t="n">
+        <x:v>13584</x:v>
+      </x:c>
+      <x:c r="DB38" s="3" t="n">
+        <x:v>7720</x:v>
+      </x:c>
+      <x:c r="DC38" s="3" t="n">
+        <x:v>6145</x:v>
+      </x:c>
+      <x:c r="DD38" s="3" t="n">
+        <x:v>3473</x:v>
+      </x:c>
+      <x:c r="DE38" s="3" t="n">
+        <x:v>2198</x:v>
+      </x:c>
+      <x:c r="DF38" s="3" t="n">
+        <x:v>4146</x:v>
+      </x:c>
+      <x:c r="DG38" s="3" t="n">
+        <x:v>9569</x:v>
+      </x:c>
+      <x:c r="DH38" s="3" t="n">
+        <x:v>6848</x:v>
+      </x:c>
+      <x:c r="DI38" s="3" t="n">
+        <x:v>2086</x:v>
+      </x:c>
+      <x:c r="DJ38" s="3" t="n">
+        <x:v>7746</x:v>
+      </x:c>
+      <x:c r="DK38" s="3" t="n">
+        <x:v>3552</x:v>
+      </x:c>
+      <x:c r="DL38" s="3" t="n">
+        <x:v>6319</x:v>
+      </x:c>
+      <x:c r="DM38" s="3" t="n">
+        <x:v>8852</x:v>
+      </x:c>
+      <x:c r="DN38" s="3" t="n">
+        <x:v>5536</x:v>
+      </x:c>
+      <x:c r="DO38" s="3" t="n">
+        <x:v>5620</x:v>
+      </x:c>
+      <x:c r="DP38" s="3" t="n">
+        <x:v>6360</x:v>
+      </x:c>
+      <x:c r="DQ38" s="3" t="n">
+        <x:v>5321</x:v>
+      </x:c>
+      <x:c r="DR38" s="3" t="n">
+        <x:v>4922</x:v>
+      </x:c>
+      <x:c r="DS38" s="3" t="n">
+        <x:v>5371</x:v>
+      </x:c>
+      <x:c r="DT38" s="3" t="n">
+        <x:v>8094</x:v>
+      </x:c>
+      <x:c r="DU38" s="3" t="n">
+        <x:v>5061</x:v>
+      </x:c>
+      <x:c r="DV38" s="3" t="n">
+        <x:v>7037</x:v>
+      </x:c>
+      <x:c r="DW38" s="3" t="n">
+        <x:v>3943</x:v>
+      </x:c>
+      <x:c r="DX38" s="3" t="n">
+        <x:v>2853</x:v>
+      </x:c>
+      <x:c r="DY38" s="3" t="n">
+        <x:v>3771</x:v>
+      </x:c>
+      <x:c r="DZ38" s="3" t="n">
+        <x:v>5776</x:v>
+      </x:c>
+      <x:c r="EA38" s="3" t="n">
+        <x:v>3227</x:v>
+      </x:c>
+      <x:c r="EB38" s="3" t="n">
+        <x:v>3098</x:v>
+      </x:c>
+      <x:c r="EC38" s="3" t="n">
+        <x:v>3166</x:v>
+      </x:c>
+      <x:c r="ED38" s="3" t="n">
+        <x:v>2569</x:v>
+      </x:c>
+      <x:c r="EE38" s="3" t="n">
+        <x:v>10771</x:v>
+      </x:c>
+      <x:c r="EF38" s="3" t="n">
+        <x:v>5349</x:v>
+      </x:c>
+      <x:c r="EG38" s="3" t="n">
+        <x:v>4417</x:v>
+      </x:c>
+      <x:c r="EH38" s="3" t="n">
+        <x:v>3072</x:v>
+      </x:c>
+      <x:c r="EI38" s="3" t="n">
+        <x:v>4966</x:v>
+      </x:c>
+      <x:c r="EJ38" s="3" t="n">
+        <x:v>3794</x:v>
+      </x:c>
+      <x:c r="EK38" s="3" t="n">
+        <x:v>2450</x:v>
+      </x:c>
+      <x:c r="EL38" s="3" t="n">
+        <x:v>3093</x:v>
+      </x:c>
+      <x:c r="EM38" s="3" t="n">
+        <x:v>2618</x:v>
+      </x:c>
+      <x:c r="EN38" s="3" t="n">
+        <x:v>3964</x:v>
+      </x:c>
+      <x:c r="EO38" s="3" t="n">
+        <x:v>4420</x:v>
+      </x:c>
+      <x:c r="EP38" s="3" t="n">
+        <x:v>5840</x:v>
+      </x:c>
+      <x:c r="EQ38" s="3" t="n">
+        <x:v>2602</x:v>
+      </x:c>
+      <x:c r="ER38" s="3" t="n">
+        <x:v>1798</x:v>
+      </x:c>
+      <x:c r="ES38" s="3" t="n">
+        <x:v>3565</x:v>
+      </x:c>
+      <x:c r="ET38" s="3" t="n">
+        <x:v>3562</x:v>
+      </x:c>
+      <x:c r="EU38" s="3" t="n">
+        <x:v>3023</x:v>
+      </x:c>
+      <x:c r="EV38" s="3" t="n">
+        <x:v>3711</x:v>
+      </x:c>
+      <x:c r="EW38" s="3" t="n">
+        <x:v>3515</x:v>
+      </x:c>
+      <x:c r="EX38" s="3" t="n">
+        <x:v>2344</x:v>
+      </x:c>
+      <x:c r="EY38" s="3" t="n">
+        <x:v>2992</x:v>
+      </x:c>
+      <x:c r="EZ38" s="3" t="n">
+        <x:v>3462</x:v>
+      </x:c>
+      <x:c r="FA38" s="3" t="n">
+        <x:v>11099</x:v>
+      </x:c>
+      <x:c r="FB38" s="3" t="n">
+        <x:v>10998</x:v>
+      </x:c>
+      <x:c r="FC38" s="3" t="n">
+        <x:v>4770</x:v>
+      </x:c>
+      <x:c r="FD38" s="3" t="n">
+        <x:v>2165</x:v>
+      </x:c>
+      <x:c r="FE38" s="3" t="n">
+        <x:v>2957</x:v>
+      </x:c>
+      <x:c r="FF38" s="3" t="n">
+        <x:v>4832</x:v>
+      </x:c>
+      <x:c r="FG38" s="3" t="n">
+        <x:v>4628</x:v>
+      </x:c>
+      <x:c r="FH38" s="3" t="n">
+        <x:v>3549</x:v>
+      </x:c>
+      <x:c r="FI38" s="3" t="n">
+        <x:v>1159</x:v>
+      </x:c>
+      <x:c r="FJ38" s="3" t="n">
+        <x:v>3617</x:v>
+      </x:c>
+      <x:c r="FK38" s="3" t="n">
+        <x:v>5423</x:v>
+      </x:c>
+      <x:c r="FL38" s="3" t="n">
+        <x:v>3014</x:v>
+      </x:c>
+      <x:c r="FM38" s="3" t="n">
+        <x:v>2104</x:v>
+      </x:c>
+      <x:c r="FN38" s="3" t="n">
+        <x:v>4099</x:v>
+      </x:c>
+      <x:c r="FO38" s="3" t="n">
+        <x:v>1930</x:v>
+      </x:c>
+      <x:c r="FP38" s="3" t="n">
+        <x:v>2308</x:v>
+      </x:c>
+      <x:c r="FQ38" s="3" t="n">
+        <x:v>1216</x:v>
+      </x:c>
+      <x:c r="FR38" s="3" t="n">
+        <x:v>1579</x:v>
+      </x:c>
+      <x:c r="FS38" s="3" t="n">
+        <x:v>3109</x:v>
+      </x:c>
+      <x:c r="FT38" s="3" t="n">
+        <x:v>8783</x:v>
+      </x:c>
+      <x:c r="FU38" s="3" t="n">
+        <x:v>8962</x:v>
+      </x:c>
+      <x:c r="FV38" s="3" t="n">
+        <x:v>1919</x:v>
+      </x:c>
+      <x:c r="FW38" s="3" t="n">
+        <x:v>2871</x:v>
+      </x:c>
+      <x:c r="FX38" s="3" t="n">
+        <x:v>6425</x:v>
+      </x:c>
+      <x:c r="FY38" s="3" t="n">
+        <x:v>1994</x:v>
+      </x:c>
+      <x:c r="FZ38" s="3" t="n">
+        <x:v>992</x:v>
+      </x:c>
+      <x:c r="GA38" s="3" t="n">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="GB38" s="3" t="n">
+        <x:v>5063</x:v>
+      </x:c>
+      <x:c r="GC38" s="3" t="n">
+        <x:v>1022</x:v>
+      </x:c>
+      <x:c r="GD38" s="3" t="n">
+        <x:v>3191</x:v>
+      </x:c>
+      <x:c r="GE38" s="3" t="n">
+        <x:v>2893</x:v>
+      </x:c>
+      <x:c r="GF38" s="3" t="n">
+        <x:v>2123</x:v>
+      </x:c>
+      <x:c r="GG38" s="3" t="n">
+        <x:v>3649</x:v>
+      </x:c>
+      <x:c r="GH38" s="3" t="n">
+        <x:v>5228</x:v>
+      </x:c>
+      <x:c r="GI38" s="3" t="n">
+        <x:v>2778</x:v>
+      </x:c>
+      <x:c r="GJ38" s="3" t="n">
+        <x:v>2671</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:192">
+      <x:c r="A39" s="2" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="B39" s="3" t="n">
+        <x:v>34880</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="n">
+        <x:v>38205</x:v>
+      </x:c>
+      <x:c r="D39" s="3" t="n">
+        <x:v>37014</x:v>
+      </x:c>
+      <x:c r="E39" s="3" t="n">
+        <x:v>41904</x:v>
+      </x:c>
+      <x:c r="F39" s="3" t="n">
+        <x:v>39496</x:v>
+      </x:c>
+      <x:c r="G39" s="3" t="n">
+        <x:v>38274</x:v>
+      </x:c>
+      <x:c r="H39" s="3" t="n">
+        <x:v>40059</x:v>
+      </x:c>
+      <x:c r="I39" s="3" t="n">
+        <x:v>40143</x:v>
+      </x:c>
+      <x:c r="J39" s="3" t="n">
+        <x:v>44812</x:v>
+      </x:c>
+      <x:c r="K39" s="3" t="n">
+        <x:v>41511</x:v>
+      </x:c>
+      <x:c r="L39" s="3" t="n">
+        <x:v>39663</x:v>
+      </x:c>
+      <x:c r="M39" s="3" t="n">
+        <x:v>38396</x:v>
+      </x:c>
+      <x:c r="N39" s="3" t="n">
+        <x:v>41413</x:v>
+      </x:c>
+      <x:c r="O39" s="3" t="n">
+        <x:v>45631</x:v>
+      </x:c>
+      <x:c r="P39" s="3" t="n">
+        <x:v>46507</x:v>
+      </x:c>
+      <x:c r="Q39" s="3" t="n">
+        <x:v>44212</x:v>
+      </x:c>
+      <x:c r="R39" s="3" t="n">
+        <x:v>42530</x:v>
+      </x:c>
+      <x:c r="S39" s="3" t="n">
+        <x:v>41484</x:v>
+      </x:c>
+      <x:c r="T39" s="3" t="n">
+        <x:v>43610</x:v>
+      </x:c>
+      <x:c r="U39" s="3" t="n">
+        <x:v>42820</x:v>
+      </x:c>
+      <x:c r="V39" s="3" t="n">
+        <x:v>41489</x:v>
+      </x:c>
+      <x:c r="W39" s="3" t="n">
+        <x:v>38652</x:v>
+      </x:c>
+      <x:c r="X39" s="3" t="n">
+        <x:v>40389</x:v>
+      </x:c>
+      <x:c r="Y39" s="3" t="n">
+        <x:v>42300</x:v>
+      </x:c>
+      <x:c r="Z39" s="3" t="n">
+        <x:v>43026</x:v>
+      </x:c>
+      <x:c r="AA39" s="3" t="n">
+        <x:v>42676</x:v>
+      </x:c>
+      <x:c r="AB39" s="3" t="n">
+        <x:v>44764</x:v>
+      </x:c>
+      <x:c r="AC39" s="3" t="n">
+        <x:v>44975</x:v>
+      </x:c>
+      <x:c r="AD39" s="3" t="n">
+        <x:v>46365</x:v>
+      </x:c>
+      <x:c r="AE39" s="3" t="n">
+        <x:v>46762</x:v>
+      </x:c>
+      <x:c r="AF39" s="3" t="n">
+        <x:v>44930</x:v>
+      </x:c>
+      <x:c r="AG39" s="3" t="n">
+        <x:v>45715</x:v>
+      </x:c>
+      <x:c r="AH39" s="3" t="n">
+        <x:v>45809</x:v>
+      </x:c>
+      <x:c r="AI39" s="3" t="n">
+        <x:v>45820</x:v>
+      </x:c>
+      <x:c r="AJ39" s="3" t="n">
+        <x:v>45963</x:v>
+      </x:c>
+      <x:c r="AK39" s="3" t="n">
+        <x:v>46852</x:v>
+      </x:c>
+      <x:c r="AL39" s="3" t="n">
+        <x:v>39674</x:v>
+      </x:c>
+      <x:c r="AM39" s="3" t="n">
+        <x:v>40986</x:v>
+      </x:c>
+      <x:c r="AN39" s="3" t="n">
+        <x:v>42216</x:v>
+      </x:c>
+      <x:c r="AO39" s="3" t="n">
+        <x:v>39128</x:v>
+      </x:c>
+      <x:c r="AP39" s="3" t="n">
+        <x:v>43175</x:v>
+      </x:c>
+      <x:c r="AQ39" s="3" t="n">
+        <x:v>43325</x:v>
+      </x:c>
+      <x:c r="AR39" s="3" t="n">
+        <x:v>42915</x:v>
+      </x:c>
+      <x:c r="AS39" s="3" t="n">
+        <x:v>42419</x:v>
+      </x:c>
+      <x:c r="AT39" s="3" t="n">
+        <x:v>45876</x:v>
+      </x:c>
+      <x:c r="AU39" s="3" t="n">
+        <x:v>46310</x:v>
+      </x:c>
+      <x:c r="AV39" s="3" t="n">
+        <x:v>47639</x:v>
+      </x:c>
+      <x:c r="AW39" s="3" t="n">
+        <x:v>47680</x:v>
+      </x:c>
+      <x:c r="AX39" s="3" t="n">
+        <x:v>49188</x:v>
+      </x:c>
+      <x:c r="AY39" s="3" t="n">
+        <x:v>49003</x:v>
+      </x:c>
+      <x:c r="AZ39" s="3" t="n">
+        <x:v>50197</x:v>
+      </x:c>
+      <x:c r="BA39" s="3" t="n">
+        <x:v>51985</x:v>
+      </x:c>
+      <x:c r="BB39" s="3" t="n">
+        <x:v>50008</x:v>
+      </x:c>
+      <x:c r="BC39" s="3" t="n">
+        <x:v>51423</x:v>
+      </x:c>
+      <x:c r="BD39" s="3" t="n">
+        <x:v>51973</x:v>
+      </x:c>
+      <x:c r="BE39" s="3" t="n">
+        <x:v>51543</x:v>
+      </x:c>
+      <x:c r="BF39" s="3" t="n">
+        <x:v>48701</x:v>
+      </x:c>
+      <x:c r="BG39" s="3" t="n">
+        <x:v>50321</x:v>
+      </x:c>
+      <x:c r="BH39" s="3" t="n">
+        <x:v>53428</x:v>
+      </x:c>
+      <x:c r="BI39" s="3" t="n">
+        <x:v>48588</x:v>
+      </x:c>
+      <x:c r="BJ39" s="3" t="n">
+        <x:v>50108</x:v>
+      </x:c>
+      <x:c r="BK39" s="3" t="n">
+        <x:v>51332</x:v>
+      </x:c>
+      <x:c r="BL39" s="3" t="n">
+        <x:v>53543</x:v>
+      </x:c>
+      <x:c r="BM39" s="3" t="n">
+        <x:v>51328</x:v>
+      </x:c>
+      <x:c r="BN39" s="3" t="n">
+        <x:v>51996</x:v>
+      </x:c>
+      <x:c r="BO39" s="3" t="n">
+        <x:v>52041</x:v>
+      </x:c>
+      <x:c r="BP39" s="3" t="n">
+        <x:v>51491</x:v>
+      </x:c>
+      <x:c r="BQ39" s="3" t="n">
+        <x:v>55548</x:v>
+      </x:c>
+      <x:c r="BR39" s="3" t="n">
+        <x:v>53763</x:v>
+      </x:c>
+      <x:c r="BS39" s="3" t="n">
+        <x:v>53036</x:v>
+      </x:c>
+      <x:c r="BT39" s="3" t="n">
+        <x:v>54114</x:v>
+      </x:c>
+      <x:c r="BU39" s="3" t="n">
+        <x:v>53157</x:v>
+      </x:c>
+      <x:c r="BV39" s="3" t="n">
+        <x:v>56479</x:v>
+      </x:c>
+      <x:c r="BW39" s="3" t="n">
+        <x:v>56887</x:v>
+      </x:c>
+      <x:c r="BX39" s="3" t="n">
+        <x:v>58499</x:v>
+      </x:c>
+      <x:c r="BY39" s="3" t="n">
+        <x:v>59045</x:v>
+      </x:c>
+      <x:c r="BZ39" s="3" t="n">
+        <x:v>61777</x:v>
+      </x:c>
+      <x:c r="CA39" s="3" t="n">
+        <x:v>63784</x:v>
+      </x:c>
+      <x:c r="CB39" s="3" t="n">
+        <x:v>65319</x:v>
+      </x:c>
+      <x:c r="CC39" s="3" t="n">
+        <x:v>64788</x:v>
+      </x:c>
+      <x:c r="CD39" s="3" t="n">
+        <x:v>67515</x:v>
+      </x:c>
+      <x:c r="CE39" s="3" t="n">
+        <x:v>68350</x:v>
+      </x:c>
+      <x:c r="CF39" s="3" t="n">
+        <x:v>67833</x:v>
+      </x:c>
+      <x:c r="CG39" s="3" t="n">
+        <x:v>67600</x:v>
+      </x:c>
+      <x:c r="CH39" s="3" t="n">
+        <x:v>67904</x:v>
+      </x:c>
+      <x:c r="CI39" s="3" t="n">
+        <x:v>67943</x:v>
+      </x:c>
+      <x:c r="CJ39" s="3" t="n">
+        <x:v>70439</x:v>
+      </x:c>
+      <x:c r="CK39" s="3" t="n">
+        <x:v>69620</x:v>
+      </x:c>
+      <x:c r="CL39" s="3" t="n">
+        <x:v>73481</x:v>
+      </x:c>
+      <x:c r="CM39" s="3" t="n">
+        <x:v>73930</x:v>
+      </x:c>
+      <x:c r="CN39" s="3" t="n">
+        <x:v>72540</x:v>
+      </x:c>
+      <x:c r="CO39" s="3" t="n">
+        <x:v>79763</x:v>
+      </x:c>
+      <x:c r="CP39" s="3" t="n">
+        <x:v>73953</x:v>
+      </x:c>
+      <x:c r="CQ39" s="3" t="n">
+        <x:v>73659</x:v>
+      </x:c>
+      <x:c r="CR39" s="3" t="n">
+        <x:v>75017</x:v>
+      </x:c>
+      <x:c r="CS39" s="3" t="n">
+        <x:v>74003</x:v>
+      </x:c>
+      <x:c r="CT39" s="3" t="n">
+        <x:v>72928</x:v>
+      </x:c>
+      <x:c r="CU39" s="3" t="n">
+        <x:v>72558</x:v>
+      </x:c>
+      <x:c r="CV39" s="3" t="n">
+        <x:v>71672</x:v>
+      </x:c>
+      <x:c r="CW39" s="3" t="n">
+        <x:v>70940</x:v>
+      </x:c>
+      <x:c r="CX39" s="3" t="n">
+        <x:v>68389</x:v>
+      </x:c>
+      <x:c r="CY39" s="3" t="n">
+        <x:v>68315</x:v>
+      </x:c>
+      <x:c r="CZ39" s="3" t="n">
+        <x:v>69226</x:v>
+      </x:c>
+      <x:c r="DA39" s="3" t="n">
+        <x:v>69701</x:v>
+      </x:c>
+      <x:c r="DB39" s="3" t="n">
+        <x:v>72826</x:v>
+      </x:c>
+      <x:c r="DC39" s="3" t="n">
+        <x:v>73378</x:v>
+      </x:c>
+      <x:c r="DD39" s="3" t="n">
+        <x:v>72096</x:v>
+      </x:c>
+      <x:c r="DE39" s="3" t="n">
+        <x:v>70504</x:v>
+      </x:c>
+      <x:c r="DF39" s="3" t="n">
+        <x:v>72651</x:v>
+      </x:c>
+      <x:c r="DG39" s="3" t="n">
+        <x:v>74913</x:v>
+      </x:c>
+      <x:c r="DH39" s="3" t="n">
+        <x:v>75972</x:v>
+      </x:c>
+      <x:c r="DI39" s="3" t="n">
+        <x:v>77902</x:v>
+      </x:c>
+      <x:c r="DJ39" s="3" t="n">
+        <x:v>76167</x:v>
+      </x:c>
+      <x:c r="DK39" s="3" t="n">
+        <x:v>78328</x:v>
+      </x:c>
+      <x:c r="DL39" s="3" t="n">
+        <x:v>77158</x:v>
+      </x:c>
+      <x:c r="DM39" s="3" t="n">
+        <x:v>78234</x:v>
+      </x:c>
+      <x:c r="DN39" s="3" t="n">
+        <x:v>78119</x:v>
+      </x:c>
+      <x:c r="DO39" s="3" t="n">
+        <x:v>78108</x:v>
+      </x:c>
+      <x:c r="DP39" s="3" t="n">
+        <x:v>81188</x:v>
+      </x:c>
+      <x:c r="DQ39" s="3" t="n">
+        <x:v>78140</x:v>
+      </x:c>
+      <x:c r="DR39" s="3" t="n">
+        <x:v>78296</x:v>
+      </x:c>
+      <x:c r="DS39" s="3" t="n">
+        <x:v>81617</x:v>
+      </x:c>
+      <x:c r="DT39" s="3" t="n">
+        <x:v>77682</x:v>
+      </x:c>
+      <x:c r="DU39" s="3" t="n">
+        <x:v>76296</x:v>
+      </x:c>
+      <x:c r="DV39" s="3" t="n">
+        <x:v>74768</x:v>
+      </x:c>
+      <x:c r="DW39" s="3" t="n">
+        <x:v>75754</x:v>
+      </x:c>
+      <x:c r="DX39" s="3" t="n">
+        <x:v>74081</x:v>
+      </x:c>
+      <x:c r="DY39" s="3" t="n">
+        <x:v>78594</x:v>
+      </x:c>
+      <x:c r="DZ39" s="3" t="n">
+        <x:v>85803</x:v>
+      </x:c>
+      <x:c r="EA39" s="3" t="n">
+        <x:v>82407</x:v>
+      </x:c>
+      <x:c r="EB39" s="3" t="n">
+        <x:v>84268</x:v>
+      </x:c>
+      <x:c r="EC39" s="3" t="n">
+        <x:v>88956</x:v>
+      </x:c>
+      <x:c r="ED39" s="3" t="n">
+        <x:v>89437</x:v>
+      </x:c>
+      <x:c r="EE39" s="3" t="n">
+        <x:v>87124</x:v>
+      </x:c>
+      <x:c r="EF39" s="3" t="n">
+        <x:v>90370</x:v>
+      </x:c>
+      <x:c r="EG39" s="3" t="n">
+        <x:v>93752</x:v>
+      </x:c>
+      <x:c r="EH39" s="3" t="n">
+        <x:v>98406</x:v>
+      </x:c>
+      <x:c r="EI39" s="3" t="n">
+        <x:v>99863</x:v>
+      </x:c>
+      <x:c r="EJ39" s="3" t="n">
+        <x:v>98472</x:v>
+      </x:c>
+      <x:c r="EK39" s="3" t="n">
+        <x:v>96889</x:v>
+      </x:c>
+      <x:c r="EL39" s="3" t="n">
+        <x:v>97369</x:v>
+      </x:c>
+      <x:c r="EM39" s="3" t="n">
+        <x:v>100428</x:v>
+      </x:c>
+      <x:c r="EN39" s="3" t="n">
+        <x:v>102294</x:v>
+      </x:c>
+      <x:c r="EO39" s="3" t="n">
+        <x:v>103271</x:v>
+      </x:c>
+      <x:c r="EP39" s="3" t="n">
+        <x:v>102628</x:v>
+      </x:c>
+      <x:c r="EQ39" s="3" t="n">
+        <x:v>106234</x:v>
+      </x:c>
+      <x:c r="ER39" s="3" t="n">
+        <x:v>107444</x:v>
+      </x:c>
+      <x:c r="ES39" s="3" t="n">
+        <x:v>108618</x:v>
+      </x:c>
+      <x:c r="ET39" s="3" t="n">
+        <x:v>111182</x:v>
+      </x:c>
+      <x:c r="EU39" s="3" t="n">
+        <x:v>110759</x:v>
+      </x:c>
+      <x:c r="EV39" s="3" t="n">
+        <x:v>113978</x:v>
+      </x:c>
+      <x:c r="EW39" s="3" t="n">
+        <x:v>114404</x:v>
+      </x:c>
+      <x:c r="EX39" s="3" t="n">
+        <x:v>119871</x:v>
+      </x:c>
+      <x:c r="EY39" s="3" t="n">
+        <x:v>115012</x:v>
+      </x:c>
+      <x:c r="EZ39" s="3" t="n">
+        <x:v>115013</x:v>
+      </x:c>
+      <x:c r="FA39" s="3" t="n">
+        <x:v>118166</x:v>
+      </x:c>
+      <x:c r="FB39" s="3" t="n">
+        <x:v>112254</x:v>
+      </x:c>
+      <x:c r="FC39" s="3" t="n">
+        <x:v>114220</x:v>
+      </x:c>
+      <x:c r="FD39" s="3" t="n">
+        <x:v>114542</x:v>
+      </x:c>
+      <x:c r="FE39" s="3" t="n">
+        <x:v>118040</x:v>
+      </x:c>
+      <x:c r="FF39" s="3" t="n">
+        <x:v>113522</x:v>
+      </x:c>
+      <x:c r="FG39" s="3" t="n">
+        <x:v>116389</x:v>
+      </x:c>
+      <x:c r="FH39" s="3" t="n">
+        <x:v>115916</x:v>
+      </x:c>
+      <x:c r="FI39" s="3" t="n">
+        <x:v>118662</x:v>
+      </x:c>
+      <x:c r="FJ39" s="3" t="n">
+        <x:v>129170</x:v>
+      </x:c>
+      <x:c r="FK39" s="3" t="n">
+        <x:v>125177</x:v>
+      </x:c>
+      <x:c r="FL39" s="3" t="n">
+        <x:v>123263</x:v>
+      </x:c>
+      <x:c r="FM39" s="3" t="n">
+        <x:v>122162</x:v>
+      </x:c>
+      <x:c r="FN39" s="3" t="n">
+        <x:v>121650</x:v>
+      </x:c>
+      <x:c r="FO39" s="3" t="n">
+        <x:v>93946</x:v>
+      </x:c>
+      <x:c r="FP39" s="3" t="n">
+        <x:v>93776</x:v>
+      </x:c>
+      <x:c r="FQ39" s="3" t="n">
+        <x:v>99910</x:v>
+      </x:c>
+      <x:c r="FR39" s="3" t="n">
+        <x:v>104848</x:v>
+      </x:c>
+      <x:c r="FS39" s="3" t="n">
+        <x:v>100567</x:v>
+      </x:c>
+      <x:c r="FT39" s="3" t="n">
+        <x:v>108280</x:v>
+      </x:c>
+      <x:c r="FU39" s="3" t="n">
+        <x:v>123088</x:v>
+      </x:c>
+      <x:c r="FV39" s="3" t="n">
+        <x:v>127812</x:v>
+      </x:c>
+      <x:c r="FW39" s="3" t="n">
+        <x:v>138954</x:v>
+      </x:c>
+      <x:c r="FX39" s="3" t="n">
+        <x:v>141024</x:v>
+      </x:c>
+      <x:c r="FY39" s="3" t="n">
+        <x:v>139920</x:v>
+      </x:c>
+      <x:c r="FZ39" s="3" t="n">
+        <x:v>141220</x:v>
+      </x:c>
+      <x:c r="GA39" s="3" t="n">
+        <x:v>138220</x:v>
+      </x:c>
+      <x:c r="GB39" s="3" t="n">
+        <x:v>144099</x:v>
+      </x:c>
+      <x:c r="GC39" s="3" t="n">
+        <x:v>145030</x:v>
+      </x:c>
+      <x:c r="GD39" s="3" t="n">
+        <x:v>151635</x:v>
+      </x:c>
+      <x:c r="GE39" s="3" t="n">
+        <x:v>157612</x:v>
+      </x:c>
+      <x:c r="GF39" s="3" t="n">
+        <x:v>159192</x:v>
+      </x:c>
+      <x:c r="GG39" s="3" t="n">
+        <x:v>164848</x:v>
+      </x:c>
+      <x:c r="GH39" s="3" t="n">
+        <x:v>165946</x:v>
+      </x:c>
+      <x:c r="GI39" s="3" t="n">
+        <x:v>166564</x:v>
+      </x:c>
+      <x:c r="GJ39" s="3" t="n">
+        <x:v>160132</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:192">
+      <x:c r="A40" s="2" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="B40" s="3" t="n">
+        <x:v>525309</x:v>
+      </x:c>
+      <x:c r="C40" s="3" t="n">
+        <x:v>532777</x:v>
+      </x:c>
+      <x:c r="D40" s="3" t="n">
+        <x:v>531288</x:v>
+      </x:c>
+      <x:c r="E40" s="3" t="n">
+        <x:v>534779</x:v>
+      </x:c>
+      <x:c r="F40" s="3" t="n">
+        <x:v>533240</x:v>
+      </x:c>
+      <x:c r="G40" s="3" t="n">
+        <x:v>547892</x:v>
+      </x:c>
+      <x:c r="H40" s="3" t="n">
+        <x:v>557246</x:v>
+      </x:c>
+      <x:c r="I40" s="3" t="n">
+        <x:v>556972</x:v>
+      </x:c>
+      <x:c r="J40" s="3" t="n">
+        <x:v>581718</x:v>
+      </x:c>
+      <x:c r="K40" s="3" t="n">
+        <x:v>573642</x:v>
+      </x:c>
+      <x:c r="L40" s="3" t="n">
+        <x:v>561884</x:v>
+      </x:c>
+      <x:c r="M40" s="3" t="n">
+        <x:v>566578</x:v>
+      </x:c>
+      <x:c r="N40" s="3" t="n">
+        <x:v>576068</x:v>
+      </x:c>
+      <x:c r="O40" s="3" t="n">
+        <x:v>575726</x:v>
+      </x:c>
+      <x:c r="P40" s="3" t="n">
+        <x:v>582069</x:v>
+      </x:c>
+      <x:c r="Q40" s="3" t="n">
+        <x:v>587456</x:v>
+      </x:c>
+      <x:c r="R40" s="3" t="n">
+        <x:v>585057</x:v>
+      </x:c>
+      <x:c r="S40" s="3" t="n">
+        <x:v>587613</x:v>
+      </x:c>
+      <x:c r="T40" s="3" t="n">
+        <x:v>588945</x:v>
+      </x:c>
+      <x:c r="U40" s="3" t="n">
+        <x:v>597620</x:v>
+      </x:c>
+      <x:c r="V40" s="3" t="n">
+        <x:v>599958</x:v>
+      </x:c>
+      <x:c r="W40" s="3" t="n">
+        <x:v>599895</x:v>
+      </x:c>
+      <x:c r="X40" s="3" t="n">
+        <x:v>607031</x:v>
+      </x:c>
+      <x:c r="Y40" s="3" t="n">
+        <x:v>601581</x:v>
+      </x:c>
+      <x:c r="Z40" s="3" t="n">
+        <x:v>626340</x:v>
+      </x:c>
+      <x:c r="AA40" s="3" t="n">
+        <x:v>632896</x:v>
+      </x:c>
+      <x:c r="AB40" s="3" t="n">
+        <x:v>635886</x:v>
+      </x:c>
+      <x:c r="AC40" s="3" t="n">
+        <x:v>655561</x:v>
+      </x:c>
+      <x:c r="AD40" s="3" t="n">
+        <x:v>672046</x:v>
+      </x:c>
+      <x:c r="AE40" s="3" t="n">
+        <x:v>667580</x:v>
+      </x:c>
+      <x:c r="AF40" s="3" t="n">
+        <x:v>684674</x:v>
+      </x:c>
+      <x:c r="AG40" s="3" t="n">
+        <x:v>690122</x:v>
+      </x:c>
+      <x:c r="AH40" s="3" t="n">
+        <x:v>723048</x:v>
+      </x:c>
+      <x:c r="AI40" s="3" t="n">
+        <x:v>716018</x:v>
+      </x:c>
+      <x:c r="AJ40" s="3" t="n">
+        <x:v>722402</x:v>
+      </x:c>
+      <x:c r="AK40" s="3" t="n">
+        <x:v>718043</x:v>
+      </x:c>
+      <x:c r="AL40" s="3" t="n">
+        <x:v>710011</x:v>
+      </x:c>
+      <x:c r="AM40" s="3" t="n">
+        <x:v>721239</x:v>
+      </x:c>
+      <x:c r="AN40" s="3" t="n">
+        <x:v>716546</x:v>
+      </x:c>
+      <x:c r="AO40" s="3" t="n">
+        <x:v>717844</x:v>
+      </x:c>
+      <x:c r="AP40" s="3" t="n">
+        <x:v>713651</x:v>
+      </x:c>
+      <x:c r="AQ40" s="3" t="n">
+        <x:v>706542</x:v>
+      </x:c>
+      <x:c r="AR40" s="3" t="n">
+        <x:v>709384</x:v>
+      </x:c>
+      <x:c r="AS40" s="3" t="n">
+        <x:v>709554</x:v>
+      </x:c>
+      <x:c r="AT40" s="3" t="n">
+        <x:v>711424</x:v>
+      </x:c>
+      <x:c r="AU40" s="3" t="n">
+        <x:v>713137</x:v>
+      </x:c>
+      <x:c r="AV40" s="3" t="n">
+        <x:v>721535</x:v>
+      </x:c>
+      <x:c r="AW40" s="3" t="n">
+        <x:v>730089</x:v>
+      </x:c>
+      <x:c r="AX40" s="3" t="n">
+        <x:v>728679</x:v>
+      </x:c>
+      <x:c r="AY40" s="3" t="n">
+        <x:v>736273</x:v>
+      </x:c>
+      <x:c r="AZ40" s="3" t="n">
+        <x:v>726290</x:v>
+      </x:c>
+      <x:c r="BA40" s="3" t="n">
+        <x:v>744321</x:v>
+      </x:c>
+      <x:c r="BB40" s="3" t="n">
+        <x:v>745497</x:v>
+      </x:c>
+      <x:c r="BC40" s="3" t="n">
+        <x:v>753099</x:v>
+      </x:c>
+      <x:c r="BD40" s="3" t="n">
+        <x:v>748652</x:v>
+      </x:c>
+      <x:c r="BE40" s="3" t="n">
+        <x:v>754121</x:v>
+      </x:c>
+      <x:c r="BF40" s="3" t="n">
+        <x:v>770672</x:v>
+      </x:c>
+      <x:c r="BG40" s="3" t="n">
+        <x:v>772289</x:v>
+      </x:c>
+      <x:c r="BH40" s="3" t="n">
+        <x:v>780887</x:v>
+      </x:c>
+      <x:c r="BI40" s="3" t="n">
+        <x:v>770927</x:v>
+      </x:c>
+      <x:c r="BJ40" s="3" t="n">
+        <x:v>780756</x:v>
+      </x:c>
+      <x:c r="BK40" s="3" t="n">
+        <x:v>787775</x:v>
+      </x:c>
+      <x:c r="BL40" s="3" t="n">
+        <x:v>808170</x:v>
+      </x:c>
+      <x:c r="BM40" s="3" t="n">
+        <x:v>822036</x:v>
+      </x:c>
+      <x:c r="BN40" s="3" t="n">
+        <x:v>825684</x:v>
+      </x:c>
+      <x:c r="BO40" s="3" t="n">
+        <x:v>839694</x:v>
+      </x:c>
+      <x:c r="BP40" s="3" t="n">
+        <x:v>835142</x:v>
+      </x:c>
+      <x:c r="BQ40" s="3" t="n">
+        <x:v>861797</x:v>
+      </x:c>
+      <x:c r="BR40" s="3" t="n">
+        <x:v>866177</x:v>
+      </x:c>
+      <x:c r="BS40" s="3" t="n">
+        <x:v>873702</x:v>
+      </x:c>
+      <x:c r="BT40" s="3" t="n">
+        <x:v>884210</x:v>
+      </x:c>
+      <x:c r="BU40" s="3" t="n">
+        <x:v>889006</x:v>
+      </x:c>
+      <x:c r="BV40" s="3" t="n">
+        <x:v>918476</x:v>
+      </x:c>
+      <x:c r="BW40" s="3" t="n">
+        <x:v>917890</x:v>
+      </x:c>
+      <x:c r="BX40" s="3" t="n">
+        <x:v>942369</x:v>
+      </x:c>
+      <x:c r="BY40" s="3" t="n">
+        <x:v>940696</x:v>
+      </x:c>
+      <x:c r="BZ40" s="3" t="n">
+        <x:v>974938</x:v>
+      </x:c>
+      <x:c r="CA40" s="3" t="n">
+        <x:v>996265</x:v>
+      </x:c>
+      <x:c r="CB40" s="3" t="n">
+        <x:v>996116</x:v>
+      </x:c>
+      <x:c r="CC40" s="3" t="n">
+        <x:v>1006485</x:v>
+      </x:c>
+      <x:c r="CD40" s="3" t="n">
+        <x:v>1035603</x:v>
+      </x:c>
+      <x:c r="CE40" s="3" t="n">
+        <x:v>1040989</x:v>
+      </x:c>
+      <x:c r="CF40" s="3" t="n">
+        <x:v>1030426</x:v>
+      </x:c>
+      <x:c r="CG40" s="3" t="n">
+        <x:v>1038389</x:v>
+      </x:c>
+      <x:c r="CH40" s="3" t="n">
+        <x:v>1034813</x:v>
+      </x:c>
+      <x:c r="CI40" s="3" t="n">
+        <x:v>1038449</x:v>
+      </x:c>
+      <x:c r="CJ40" s="3" t="n">
+        <x:v>1054645</x:v>
+      </x:c>
+      <x:c r="CK40" s="3" t="n">
+        <x:v>1067262</x:v>
+      </x:c>
+      <x:c r="CL40" s="3" t="n">
+        <x:v>1091469</x:v>
+      </x:c>
+      <x:c r="CM40" s="3" t="n">
+        <x:v>1078576</x:v>
+      </x:c>
+      <x:c r="CN40" s="3" t="n">
+        <x:v>1081569</x:v>
+      </x:c>
+      <x:c r="CO40" s="3" t="n">
+        <x:v>1081433</x:v>
+      </x:c>
+      <x:c r="CP40" s="3" t="n">
+        <x:v>1101514</x:v>
+      </x:c>
+      <x:c r="CQ40" s="3" t="n">
+        <x:v>1101760</x:v>
+      </x:c>
+      <x:c r="CR40" s="3" t="n">
+        <x:v>1107487</x:v>
+      </x:c>
+      <x:c r="CS40" s="3" t="n">
+        <x:v>1114639</x:v>
+      </x:c>
+      <x:c r="CT40" s="3" t="n">
+        <x:v>1109814</x:v>
+      </x:c>
+      <x:c r="CU40" s="3" t="n">
+        <x:v>1130784</x:v>
+      </x:c>
+      <x:c r="CV40" s="3" t="n">
+        <x:v>1114136</x:v>
+      </x:c>
+      <x:c r="CW40" s="3" t="n">
+        <x:v>1124499</x:v>
+      </x:c>
+      <x:c r="CX40" s="3" t="n">
+        <x:v>1125851</x:v>
+      </x:c>
+      <x:c r="CY40" s="3" t="n">
+        <x:v>1124488</x:v>
+      </x:c>
+      <x:c r="CZ40" s="3" t="n">
+        <x:v>1136773</x:v>
+      </x:c>
+      <x:c r="DA40" s="3" t="n">
+        <x:v>1137896</x:v>
+      </x:c>
+      <x:c r="DB40" s="3" t="n">
+        <x:v>1185815</x:v>
+      </x:c>
+      <x:c r="DC40" s="3" t="n">
+        <x:v>1191554</x:v>
+      </x:c>
+      <x:c r="DD40" s="3" t="n">
+        <x:v>1190100</x:v>
+      </x:c>
+      <x:c r="DE40" s="3" t="n">
+        <x:v>1198289</x:v>
+      </x:c>
+      <x:c r="DF40" s="3" t="n">
+        <x:v>1220346</x:v>
+      </x:c>
+      <x:c r="DG40" s="3" t="n">
+        <x:v>1234181</x:v>
+      </x:c>
+      <x:c r="DH40" s="3" t="n">
+        <x:v>1250238</x:v>
+      </x:c>
+      <x:c r="DI40" s="3" t="n">
+        <x:v>1252412</x:v>
+      </x:c>
+      <x:c r="DJ40" s="3" t="n">
+        <x:v>1272156</x:v>
+      </x:c>
+      <x:c r="DK40" s="3" t="n">
+        <x:v>1280500</x:v>
+      </x:c>
+      <x:c r="DL40" s="3" t="n">
+        <x:v>1291339</x:v>
+      </x:c>
+      <x:c r="DM40" s="3" t="n">
+        <x:v>1317250</x:v>
+      </x:c>
+      <x:c r="DN40" s="3" t="n">
+        <x:v>1341122</x:v>
+      </x:c>
+      <x:c r="DO40" s="3" t="n">
+        <x:v>1344481</x:v>
+      </x:c>
+      <x:c r="DP40" s="3" t="n">
+        <x:v>1351681</x:v>
+      </x:c>
+      <x:c r="DQ40" s="3" t="n">
+        <x:v>1371632</x:v>
+      </x:c>
+      <x:c r="DR40" s="3" t="n">
+        <x:v>1376094</x:v>
+      </x:c>
+      <x:c r="DS40" s="3" t="n">
+        <x:v>1374139</x:v>
+      </x:c>
+      <x:c r="DT40" s="3" t="n">
+        <x:v>1375359</x:v>
+      </x:c>
+      <x:c r="DU40" s="3" t="n">
+        <x:v>1372827</x:v>
+      </x:c>
+      <x:c r="DV40" s="3" t="n">
+        <x:v>1327350</x:v>
+      </x:c>
+      <x:c r="DW40" s="3" t="n">
+        <x:v>1321369</x:v>
+      </x:c>
+      <x:c r="DX40" s="3" t="n">
+        <x:v>1325649</x:v>
+      </x:c>
+      <x:c r="DY40" s="3" t="n">
+        <x:v>1328734</x:v>
+      </x:c>
+      <x:c r="DZ40" s="3" t="n">
+        <x:v>1359873</x:v>
+      </x:c>
+      <x:c r="EA40" s="3" t="n">
+        <x:v>1365697</x:v>
+      </x:c>
+      <x:c r="EB40" s="3" t="n">
+        <x:v>1346319</x:v>
+      </x:c>
+      <x:c r="EC40" s="3" t="n">
+        <x:v>1364544</x:v>
+      </x:c>
+      <x:c r="ED40" s="3" t="n">
+        <x:v>1390954</x:v>
+      </x:c>
+      <x:c r="EE40" s="3" t="n">
+        <x:v>1368075</x:v>
+      </x:c>
+      <x:c r="EF40" s="3" t="n">
+        <x:v>1385114</x:v>
+      </x:c>
+      <x:c r="EG40" s="3" t="n">
+        <x:v>1397827</x:v>
+      </x:c>
+      <x:c r="EH40" s="3" t="n">
+        <x:v>1425970</x:v>
+      </x:c>
+      <x:c r="EI40" s="3" t="n">
+        <x:v>1433307</x:v>
+      </x:c>
+      <x:c r="EJ40" s="3" t="n">
+        <x:v>1419921</x:v>
+      </x:c>
+      <x:c r="EK40" s="3" t="n">
+        <x:v>1425421</x:v>
+      </x:c>
+      <x:c r="EL40" s="3" t="n">
+        <x:v>1442805</x:v>
+      </x:c>
+      <x:c r="EM40" s="3" t="n">
+        <x:v>1453073</x:v>
+      </x:c>
+      <x:c r="EN40" s="3" t="n">
+        <x:v>1465269</x:v>
+      </x:c>
+      <x:c r="EO40" s="3" t="n">
+        <x:v>1463406</x:v>
+      </x:c>
+      <x:c r="EP40" s="3" t="n">
+        <x:v>1467876</x:v>
+      </x:c>
+      <x:c r="EQ40" s="3" t="n">
+        <x:v>1484065</x:v>
+      </x:c>
+      <x:c r="ER40" s="3" t="n">
+        <x:v>1501189</x:v>
+      </x:c>
+      <x:c r="ES40" s="3" t="n">
+        <x:v>1495268</x:v>
+      </x:c>
+      <x:c r="ET40" s="3" t="n">
+        <x:v>1512152</x:v>
+      </x:c>
+      <x:c r="EU40" s="3" t="n">
+        <x:v>1515480</x:v>
+      </x:c>
+      <x:c r="EV40" s="3" t="n">
+        <x:v>1521763</x:v>
+      </x:c>
+      <x:c r="EW40" s="3" t="n">
+        <x:v>1519634</x:v>
+      </x:c>
+      <x:c r="EX40" s="3" t="n">
+        <x:v>1523652</x:v>
+      </x:c>
+      <x:c r="EY40" s="3" t="n">
+        <x:v>1523476</x:v>
+      </x:c>
+      <x:c r="EZ40" s="3" t="n">
+        <x:v>1531575</x:v>
+      </x:c>
+      <x:c r="FA40" s="3" t="n">
+        <x:v>1553944</x:v>
+      </x:c>
+      <x:c r="FB40" s="3" t="n">
+        <x:v>1558295</x:v>
+      </x:c>
+      <x:c r="FC40" s="3" t="n">
+        <x:v>1578595</x:v>
+      </x:c>
+      <x:c r="FD40" s="3" t="n">
+        <x:v>1589297</x:v>
+      </x:c>
+      <x:c r="FE40" s="3" t="n">
+        <x:v>1584911</x:v>
+      </x:c>
+      <x:c r="FF40" s="3" t="n">
+        <x:v>1583985</x:v>
+      </x:c>
+      <x:c r="FG40" s="3" t="n">
+        <x:v>1598826</x:v>
+      </x:c>
+      <x:c r="FH40" s="3" t="n">
+        <x:v>1609795</x:v>
+      </x:c>
+      <x:c r="FI40" s="3" t="n">
+        <x:v>1598571</x:v>
+      </x:c>
+      <x:c r="FJ40" s="3" t="n">
+        <x:v>1618856</x:v>
+      </x:c>
+      <x:c r="FK40" s="3" t="n">
+        <x:v>1626357</x:v>
+      </x:c>
+      <x:c r="FL40" s="3" t="n">
+        <x:v>1637357</x:v>
+      </x:c>
+      <x:c r="FM40" s="3" t="n">
+        <x:v>1661396</x:v>
+      </x:c>
+      <x:c r="FN40" s="3" t="n">
+        <x:v>1622589</x:v>
+      </x:c>
+      <x:c r="FO40" s="3" t="n">
+        <x:v>1513213</x:v>
+      </x:c>
+      <x:c r="FP40" s="3" t="n">
+        <x:v>1586009</x:v>
+      </x:c>
+      <x:c r="FQ40" s="3" t="n">
+        <x:v>1574168</x:v>
+      </x:c>
+      <x:c r="FR40" s="3" t="n">
+        <x:v>1574146</x:v>
+      </x:c>
+      <x:c r="FS40" s="3" t="n">
+        <x:v>1598941</x:v>
+      </x:c>
+      <x:c r="FT40" s="3" t="n">
+        <x:v>1664724</x:v>
+      </x:c>
+      <x:c r="FU40" s="3" t="n">
+        <x:v>1679981</x:v>
+      </x:c>
+      <x:c r="FV40" s="3" t="n">
+        <x:v>1681236</x:v>
+      </x:c>
+      <x:c r="FW40" s="3" t="n">
+        <x:v>1728151</x:v>
+      </x:c>
+      <x:c r="FX40" s="3" t="n">
+        <x:v>1761502</x:v>
+      </x:c>
+      <x:c r="FY40" s="3" t="n">
+        <x:v>1764700</x:v>
+      </x:c>
+      <x:c r="FZ40" s="3" t="n">
+        <x:v>1741553</x:v>
+      </x:c>
+      <x:c r="GA40" s="3" t="n">
+        <x:v>1741408</x:v>
+      </x:c>
+      <x:c r="GB40" s="3" t="n">
+        <x:v>1719338</x:v>
+      </x:c>
+      <x:c r="GC40" s="3" t="n">
+        <x:v>1751744</x:v>
+      </x:c>
+      <x:c r="GD40" s="3" t="n">
+        <x:v>1754722</x:v>
+      </x:c>
+      <x:c r="GE40" s="3" t="n">
+        <x:v>1788538</x:v>
+      </x:c>
+      <x:c r="GF40" s="3" t="n">
+        <x:v>1789334</x:v>
+      </x:c>
+      <x:c r="GG40" s="3" t="n">
+        <x:v>1781303</x:v>
+      </x:c>
+      <x:c r="GH40" s="3" t="n">
+        <x:v>1781619</x:v>
+      </x:c>
+      <x:c r="GI40" s="3" t="n">
+        <x:v>1796116</x:v>
+      </x:c>
+      <x:c r="GJ40" s="3" t="n">
+        <x:v>1816632</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:192">
+      <x:c r="A41" s="2" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="B41" s="3" t="n">
+        <x:v>99098</x:v>
+      </x:c>
+      <x:c r="C41" s="3" t="n">
+        <x:v>100672</x:v>
+      </x:c>
+      <x:c r="D41" s="3" t="n">
+        <x:v>95675</x:v>
+      </x:c>
+      <x:c r="E41" s="3" t="n">
+        <x:v>99017</x:v>
+      </x:c>
+      <x:c r="F41" s="3" t="n">
+        <x:v>95750</x:v>
+      </x:c>
+      <x:c r="G41" s="3" t="n">
+        <x:v>100807</x:v>
+      </x:c>
+      <x:c r="H41" s="3" t="n">
+        <x:v>101709</x:v>
+      </x:c>
+      <x:c r="I41" s="3" t="n">
+        <x:v>98320</x:v>
+      </x:c>
+      <x:c r="J41" s="3" t="n">
+        <x:v>105244</x:v>
+      </x:c>
+      <x:c r="K41" s="3" t="n">
+        <x:v>105130</x:v>
+      </x:c>
+      <x:c r="L41" s="3" t="n">
+        <x:v>99709</x:v>
+      </x:c>
+      <x:c r="M41" s="3" t="n">
+        <x:v>97107</x:v>
+      </x:c>
+      <x:c r="N41" s="3" t="n">
+        <x:v>98047</x:v>
+      </x:c>
+      <x:c r="O41" s="3" t="n">
+        <x:v>96204</x:v>
+      </x:c>
+      <x:c r="P41" s="3" t="n">
+        <x:v>106857</x:v>
+      </x:c>
+      <x:c r="Q41" s="3" t="n">
+        <x:v>112405</x:v>
+      </x:c>
+      <x:c r="R41" s="3" t="n">
+        <x:v>104946</x:v>
+      </x:c>
+      <x:c r="S41" s="3" t="n">
+        <x:v>107437</x:v>
+      </x:c>
+      <x:c r="T41" s="3" t="n">
+        <x:v>108591</x:v>
+      </x:c>
+      <x:c r="U41" s="3" t="n">
+        <x:v>115592</x:v>
+      </x:c>
+      <x:c r="V41" s="3" t="n">
+        <x:v>110226</x:v>
+      </x:c>
+      <x:c r="W41" s="3" t="n">
+        <x:v>104905</x:v>
+      </x:c>
+      <x:c r="X41" s="3" t="n">
+        <x:v>106318</x:v>
+      </x:c>
+      <x:c r="Y41" s="3" t="n">
+        <x:v>101606</x:v>
+      </x:c>
+      <x:c r="Z41" s="3" t="n">
+        <x:v>108643</x:v>
+      </x:c>
+      <x:c r="AA41" s="3" t="n">
+        <x:v>114048</x:v>
+      </x:c>
+      <x:c r="AB41" s="3" t="n">
+        <x:v>105975</x:v>
+      </x:c>
+      <x:c r="AC41" s="3" t="n">
+        <x:v>117207</x:v>
+      </x:c>
+      <x:c r="AD41" s="3" t="n">
+        <x:v>117713</x:v>
+      </x:c>
+      <x:c r="AE41" s="3" t="n">
+        <x:v>118787</x:v>
+      </x:c>
+      <x:c r="AF41" s="3" t="n">
+        <x:v>124137</x:v>
+      </x:c>
+      <x:c r="AG41" s="3" t="n">
+        <x:v>125376</x:v>
+      </x:c>
+      <x:c r="AH41" s="3" t="n">
+        <x:v>141427</x:v>
+      </x:c>
+      <x:c r="AI41" s="3" t="n">
+        <x:v>139572</x:v>
+      </x:c>
+      <x:c r="AJ41" s="3" t="n">
+        <x:v>135042</x:v>
+      </x:c>
+      <x:c r="AK41" s="3" t="n">
+        <x:v>128154</x:v>
+      </x:c>
+      <x:c r="AL41" s="3" t="n">
+        <x:v>124312</x:v>
+      </x:c>
+      <x:c r="AM41" s="3" t="n">
+        <x:v>125838</x:v>
+      </x:c>
+      <x:c r="AN41" s="3" t="n">
+        <x:v>132772</x:v>
+      </x:c>
+      <x:c r="AO41" s="3" t="n">
+        <x:v>125813</x:v>
+      </x:c>
+      <x:c r="AP41" s="3" t="n">
+        <x:v>124167</x:v>
+      </x:c>
+      <x:c r="AQ41" s="3" t="n">
+        <x:v>124670</x:v>
+      </x:c>
+      <x:c r="AR41" s="3" t="n">
+        <x:v>123006</x:v>
+      </x:c>
+      <x:c r="AS41" s="3" t="n">
+        <x:v>123287</x:v>
+      </x:c>
+      <x:c r="AT41" s="3" t="n">
+        <x:v>125868</x:v>
+      </x:c>
+      <x:c r="AU41" s="3" t="n">
+        <x:v>122064</x:v>
+      </x:c>
+      <x:c r="AV41" s="3" t="n">
+        <x:v>126062</x:v>
+      </x:c>
+      <x:c r="AW41" s="3" t="n">
+        <x:v>131727</x:v>
+      </x:c>
+      <x:c r="AX41" s="3" t="n">
+        <x:v>128365</x:v>
+      </x:c>
+      <x:c r="AY41" s="3" t="n">
+        <x:v>131824</x:v>
+      </x:c>
+      <x:c r="AZ41" s="3" t="n">
+        <x:v>125721</x:v>
+      </x:c>
+      <x:c r="BA41" s="3" t="n">
+        <x:v>131859</x:v>
+      </x:c>
+      <x:c r="BB41" s="3" t="n">
+        <x:v>127608</x:v>
+      </x:c>
+      <x:c r="BC41" s="3" t="n">
+        <x:v>132317</x:v>
+      </x:c>
+      <x:c r="BD41" s="3" t="n">
+        <x:v>128810</x:v>
+      </x:c>
+      <x:c r="BE41" s="3" t="n">
+        <x:v>130937</x:v>
+      </x:c>
+      <x:c r="BF41" s="3" t="n">
+        <x:v>132324</x:v>
+      </x:c>
+      <x:c r="BG41" s="3" t="n">
+        <x:v>133139</x:v>
+      </x:c>
+      <x:c r="BH41" s="3" t="n">
+        <x:v>134512</x:v>
+      </x:c>
+      <x:c r="BI41" s="3" t="n">
+        <x:v>128378</x:v>
+      </x:c>
+      <x:c r="BJ41" s="3" t="n">
+        <x:v>135931</x:v>
+      </x:c>
+      <x:c r="BK41" s="3" t="n">
+        <x:v>134256</x:v>
+      </x:c>
+      <x:c r="BL41" s="3" t="n">
+        <x:v>144452</x:v>
+      </x:c>
+      <x:c r="BM41" s="3" t="n">
+        <x:v>139894</x:v>
+      </x:c>
+      <x:c r="BN41" s="3" t="n">
+        <x:v>143496</x:v>
+      </x:c>
+      <x:c r="BO41" s="3" t="n">
+        <x:v>143158</x:v>
+      </x:c>
+      <x:c r="BP41" s="3" t="n">
+        <x:v>144958</x:v>
+      </x:c>
+      <x:c r="BQ41" s="3" t="n">
+        <x:v>152618</x:v>
+      </x:c>
+      <x:c r="BR41" s="3" t="n">
+        <x:v>153675</x:v>
+      </x:c>
+      <x:c r="BS41" s="3" t="n">
+        <x:v>156077</x:v>
+      </x:c>
+      <x:c r="BT41" s="3" t="n">
+        <x:v>154256</x:v>
+      </x:c>
+      <x:c r="BU41" s="3" t="n">
+        <x:v>152617</x:v>
+      </x:c>
+      <x:c r="BV41" s="3" t="n">
+        <x:v>161959</x:v>
+      </x:c>
+      <x:c r="BW41" s="3" t="n">
+        <x:v>162942</x:v>
+      </x:c>
+      <x:c r="BX41" s="3" t="n">
+        <x:v>169169</x:v>
+      </x:c>
+      <x:c r="BY41" s="3" t="n">
+        <x:v>176725</x:v>
+      </x:c>
+      <x:c r="BZ41" s="3" t="n">
+        <x:v>183237</x:v>
+      </x:c>
+      <x:c r="CA41" s="3" t="n">
+        <x:v>188842</x:v>
+      </x:c>
+      <x:c r="CB41" s="3" t="n">
+        <x:v>190107</x:v>
+      </x:c>
+      <x:c r="CC41" s="3" t="n">
+        <x:v>192118</x:v>
+      </x:c>
+      <x:c r="CD41" s="3" t="n">
+        <x:v>205832</x:v>
+      </x:c>
+      <x:c r="CE41" s="3" t="n">
+        <x:v>203963</x:v>
+      </x:c>
+      <x:c r="CF41" s="3" t="n">
+        <x:v>204654</x:v>
+      </x:c>
+      <x:c r="CG41" s="3" t="n">
+        <x:v>209412</x:v>
+      </x:c>
+      <x:c r="CH41" s="3" t="n">
+        <x:v>199252</x:v>
+      </x:c>
+      <x:c r="CI41" s="3" t="n">
+        <x:v>201000</x:v>
+      </x:c>
+      <x:c r="CJ41" s="3" t="n">
+        <x:v>204940</x:v>
+      </x:c>
+      <x:c r="CK41" s="3" t="n">
+        <x:v>205611</x:v>
+      </x:c>
+      <x:c r="CL41" s="3" t="n">
+        <x:v>211732</x:v>
+      </x:c>
+      <x:c r="CM41" s="3" t="n">
+        <x:v>209156</x:v>
+      </x:c>
+      <x:c r="CN41" s="3" t="n">
+        <x:v>206241</x:v>
+      </x:c>
+      <x:c r="CO41" s="3" t="n">
+        <x:v>206286</x:v>
+      </x:c>
+      <x:c r="CP41" s="3" t="n">
+        <x:v>212782</x:v>
+      </x:c>
+      <x:c r="CQ41" s="3" t="n">
+        <x:v>213116</x:v>
+      </x:c>
+      <x:c r="CR41" s="3" t="n">
+        <x:v>211472</x:v>
+      </x:c>
+      <x:c r="CS41" s="3" t="n">
+        <x:v>212888</x:v>
+      </x:c>
+      <x:c r="CT41" s="3" t="n">
+        <x:v>212345</x:v>
+      </x:c>
+      <x:c r="CU41" s="3" t="n">
+        <x:v>216132</x:v>
+      </x:c>
+      <x:c r="CV41" s="3" t="n">
+        <x:v>211444</x:v>
+      </x:c>
+      <x:c r="CW41" s="3" t="n">
+        <x:v>213467</x:v>
+      </x:c>
+      <x:c r="CX41" s="3" t="n">
+        <x:v>213029</x:v>
+      </x:c>
+      <x:c r="CY41" s="3" t="n">
+        <x:v>213307</x:v>
+      </x:c>
+      <x:c r="CZ41" s="3" t="n">
+        <x:v>216323</x:v>
+      </x:c>
+      <x:c r="DA41" s="3" t="n">
+        <x:v>217105</x:v>
+      </x:c>
+      <x:c r="DB41" s="3" t="n">
+        <x:v>227467</x:v>
+      </x:c>
+      <x:c r="DC41" s="3" t="n">
+        <x:v>232248</x:v>
+      </x:c>
+      <x:c r="DD41" s="3" t="n">
+        <x:v>238661</x:v>
+      </x:c>
+      <x:c r="DE41" s="3" t="n">
+        <x:v>238897</x:v>
+      </x:c>
+      <x:c r="DF41" s="3" t="n">
+        <x:v>243526</x:v>
+      </x:c>
+      <x:c r="DG41" s="3" t="n">
+        <x:v>248446</x:v>
+      </x:c>
+      <x:c r="DH41" s="3" t="n">
+        <x:v>258137</x:v>
+      </x:c>
+      <x:c r="DI41" s="3" t="n">
+        <x:v>260284</x:v>
+      </x:c>
+      <x:c r="DJ41" s="3" t="n">
+        <x:v>265356</x:v>
+      </x:c>
+      <x:c r="DK41" s="3" t="n">
+        <x:v>271796</x:v>
+      </x:c>
+      <x:c r="DL41" s="3" t="n">
+        <x:v>274664</x:v>
+      </x:c>
+      <x:c r="DM41" s="3" t="n">
+        <x:v>287664</x:v>
+      </x:c>
+      <x:c r="DN41" s="3" t="n">
+        <x:v>297630</x:v>
+      </x:c>
+      <x:c r="DO41" s="3" t="n">
+        <x:v>300062</x:v>
+      </x:c>
+      <x:c r="DP41" s="3" t="n">
+        <x:v>297746</x:v>
+      </x:c>
+      <x:c r="DQ41" s="3" t="n">
+        <x:v>309263</x:v>
+      </x:c>
+      <x:c r="DR41" s="3" t="n">
+        <x:v>316406</x:v>
+      </x:c>
+      <x:c r="DS41" s="3" t="n">
+        <x:v>313998</x:v>
+      </x:c>
+      <x:c r="DT41" s="3" t="n">
+        <x:v>316572</x:v>
+      </x:c>
+      <x:c r="DU41" s="3" t="n">
+        <x:v>311671</x:v>
+      </x:c>
+      <x:c r="DV41" s="3" t="n">
+        <x:v>279780</x:v>
+      </x:c>
+      <x:c r="DW41" s="3" t="n">
+        <x:v>280476</x:v>
+      </x:c>
+      <x:c r="DX41" s="3" t="n">
+        <x:v>284211</x:v>
+      </x:c>
+      <x:c r="DY41" s="3" t="n">
+        <x:v>286897</x:v>
+      </x:c>
+      <x:c r="DZ41" s="3" t="n">
+        <x:v>296132</x:v>
+      </x:c>
+      <x:c r="EA41" s="3" t="n">
+        <x:v>310089</x:v>
+      </x:c>
+      <x:c r="EB41" s="3" t="n">
+        <x:v>309561</x:v>
+      </x:c>
+      <x:c r="EC41" s="3" t="n">
+        <x:v>306961</x:v>
+      </x:c>
+      <x:c r="ED41" s="3" t="n">
+        <x:v>327112</x:v>
+      </x:c>
+      <x:c r="EE41" s="3" t="n">
+        <x:v>307393</x:v>
+      </x:c>
+      <x:c r="EF41" s="3" t="n">
+        <x:v>312188</x:v>
+      </x:c>
+      <x:c r="EG41" s="3" t="n">
+        <x:v>324494</x:v>
+      </x:c>
+      <x:c r="EH41" s="3" t="n">
+        <x:v>325457</x:v>
+      </x:c>
+      <x:c r="EI41" s="3" t="n">
+        <x:v>330963</x:v>
+      </x:c>
+      <x:c r="EJ41" s="3" t="n">
+        <x:v>329049</x:v>
+      </x:c>
+      <x:c r="EK41" s="3" t="n">
+        <x:v>328181</x:v>
+      </x:c>
+      <x:c r="EL41" s="3" t="n">
+        <x:v>340003</x:v>
+      </x:c>
+      <x:c r="EM41" s="3" t="n">
+        <x:v>344565</x:v>
+      </x:c>
+      <x:c r="EN41" s="3" t="n">
+        <x:v>349002</x:v>
+      </x:c>
+      <x:c r="EO41" s="3" t="n">
+        <x:v>348554</x:v>
+      </x:c>
+      <x:c r="EP41" s="3" t="n">
+        <x:v>342685</x:v>
+      </x:c>
+      <x:c r="EQ41" s="3" t="n">
+        <x:v>352931</x:v>
+      </x:c>
+      <x:c r="ER41" s="3" t="n">
+        <x:v>366657</x:v>
+      </x:c>
+      <x:c r="ES41" s="3" t="n">
+        <x:v>350809</x:v>
+      </x:c>
+      <x:c r="ET41" s="3" t="n">
+        <x:v>361389</x:v>
+      </x:c>
+      <x:c r="EU41" s="3" t="n">
+        <x:v>360381</x:v>
+      </x:c>
+      <x:c r="EV41" s="3" t="n">
+        <x:v>356981</x:v>
+      </x:c>
+      <x:c r="EW41" s="3" t="n">
+        <x:v>362190</x:v>
+      </x:c>
+      <x:c r="EX41" s="3" t="n">
+        <x:v>362458</x:v>
+      </x:c>
+      <x:c r="EY41" s="3" t="n">
+        <x:v>357917</x:v>
+      </x:c>
+      <x:c r="EZ41" s="3" t="n">
+        <x:v>374554</x:v>
+      </x:c>
+      <x:c r="FA41" s="3" t="n">
+        <x:v>368613</x:v>
+      </x:c>
+      <x:c r="FB41" s="3" t="n">
+        <x:v>368659</x:v>
+      </x:c>
+      <x:c r="FC41" s="3" t="n">
+        <x:v>371533</x:v>
+      </x:c>
+      <x:c r="FD41" s="3" t="n">
+        <x:v>373409</x:v>
+      </x:c>
+      <x:c r="FE41" s="3" t="n">
+        <x:v>383141</x:v>
+      </x:c>
+      <x:c r="FF41" s="3" t="n">
+        <x:v>371780</x:v>
+      </x:c>
+      <x:c r="FG41" s="3" t="n">
+        <x:v>383216</x:v>
+      </x:c>
+      <x:c r="FH41" s="3" t="n">
+        <x:v>382546</x:v>
+      </x:c>
+      <x:c r="FI41" s="3" t="n">
+        <x:v>378963</x:v>
+      </x:c>
+      <x:c r="FJ41" s="3" t="n">
+        <x:v>394730</x:v>
+      </x:c>
+      <x:c r="FK41" s="3" t="n">
+        <x:v>399638</x:v>
+      </x:c>
+      <x:c r="FL41" s="3" t="n">
+        <x:v>406837</x:v>
+      </x:c>
+      <x:c r="FM41" s="3" t="n">
+        <x:v>398649</x:v>
+      </x:c>
+      <x:c r="FN41" s="3" t="n">
+        <x:v>397344</x:v>
+      </x:c>
+      <x:c r="FO41" s="3" t="n">
+        <x:v>327417</x:v>
+      </x:c>
+      <x:c r="FP41" s="3" t="n">
+        <x:v>359446</x:v>
+      </x:c>
+      <x:c r="FQ41" s="3" t="n">
+        <x:v>357083</x:v>
+      </x:c>
+      <x:c r="FR41" s="3" t="n">
+        <x:v>338138</x:v>
+      </x:c>
+      <x:c r="FS41" s="3" t="n">
+        <x:v>356877</x:v>
+      </x:c>
+      <x:c r="FT41" s="3" t="n">
+        <x:v>374011</x:v>
+      </x:c>
+      <x:c r="FU41" s="3" t="n">
+        <x:v>388634</x:v>
+      </x:c>
+      <x:c r="FV41" s="3" t="n">
+        <x:v>385520</x:v>
+      </x:c>
+      <x:c r="FW41" s="3" t="n">
+        <x:v>412912</x:v>
+      </x:c>
+      <x:c r="FX41" s="3" t="n">
+        <x:v>423857</x:v>
+      </x:c>
+      <x:c r="FY41" s="3" t="n">
+        <x:v>437030</x:v>
+      </x:c>
+      <x:c r="FZ41" s="3" t="n">
+        <x:v>410768</x:v>
+      </x:c>
+      <x:c r="GA41" s="3" t="n">
+        <x:v>419112</x:v>
+      </x:c>
+      <x:c r="GB41" s="3" t="n">
+        <x:v>405476</x:v>
+      </x:c>
+      <x:c r="GC41" s="3" t="n">
+        <x:v>412215</x:v>
+      </x:c>
+      <x:c r="GD41" s="3" t="n">
+        <x:v>413073</x:v>
+      </x:c>
+      <x:c r="GE41" s="3" t="n">
+        <x:v>430005</x:v>
+      </x:c>
+      <x:c r="GF41" s="3" t="n">
+        <x:v>441293</x:v>
+      </x:c>
+      <x:c r="GG41" s="3" t="n">
+        <x:v>442286</x:v>
+      </x:c>
+      <x:c r="GH41" s="3" t="n">
+        <x:v>436167</x:v>
+      </x:c>
+      <x:c r="GI41" s="3" t="n">
+        <x:v>434120</x:v>
+      </x:c>
+      <x:c r="GJ41" s="3" t="n">
+        <x:v>439084</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:192">
+      <x:c r="A42" s="2" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="B42" s="3" t="n">
+        <x:v>42655</x:v>
+      </x:c>
+      <x:c r="C42" s="3" t="n">
+        <x:v>42576</x:v>
+      </x:c>
+      <x:c r="D42" s="3" t="n">
+        <x:v>43793</x:v>
+      </x:c>
+      <x:c r="E42" s="3" t="n">
+        <x:v>44924</x:v>
+      </x:c>
+      <x:c r="F42" s="3" t="n">
+        <x:v>42996</x:v>
+      </x:c>
+      <x:c r="G42" s="3" t="n">
+        <x:v>45670</x:v>
+      </x:c>
+      <x:c r="H42" s="3" t="n">
+        <x:v>45374</x:v>
+      </x:c>
+      <x:c r="I42" s="3" t="n">
+        <x:v>46731</x:v>
+      </x:c>
+      <x:c r="J42" s="3" t="n">
+        <x:v>50151</x:v>
+      </x:c>
+      <x:c r="K42" s="3" t="n">
+        <x:v>50724</x:v>
+      </x:c>
+      <x:c r="L42" s="3" t="n">
+        <x:v>50032</x:v>
+      </x:c>
+      <x:c r="M42" s="3" t="n">
+        <x:v>49324</x:v>
+      </x:c>
+      <x:c r="N42" s="3" t="n">
+        <x:v>48744</x:v>
+      </x:c>
+      <x:c r="O42" s="3" t="n">
+        <x:v>49129</x:v>
+      </x:c>
+      <x:c r="P42" s="3" t="n">
+        <x:v>49509</x:v>
+      </x:c>
+      <x:c r="Q42" s="3" t="n">
+        <x:v>50674</x:v>
+      </x:c>
+      <x:c r="R42" s="3" t="n">
+        <x:v>52407</x:v>
+      </x:c>
+      <x:c r="S42" s="3" t="n">
+        <x:v>52952</x:v>
+      </x:c>
+      <x:c r="T42" s="3" t="n">
+        <x:v>52652</x:v>
+      </x:c>
+      <x:c r="U42" s="3" t="n">
+        <x:v>50928</x:v>
+      </x:c>
+      <x:c r="V42" s="3" t="n">
+        <x:v>47463</x:v>
+      </x:c>
+      <x:c r="W42" s="3" t="n">
+        <x:v>49718</x:v>
+      </x:c>
+      <x:c r="X42" s="3" t="n">
+        <x:v>49701</x:v>
+      </x:c>
+      <x:c r="Y42" s="3" t="n">
+        <x:v>50449</x:v>
+      </x:c>
+      <x:c r="Z42" s="3" t="n">
+        <x:v>53366</x:v>
+      </x:c>
+      <x:c r="AA42" s="3" t="n">
+        <x:v>52956</x:v>
+      </x:c>
+      <x:c r="AB42" s="3" t="n">
+        <x:v>55230</x:v>
+      </x:c>
+      <x:c r="AC42" s="3" t="n">
+        <x:v>56234</x:v>
+      </x:c>
+      <x:c r="AD42" s="3" t="n">
+        <x:v>60442</x:v>
+      </x:c>
+      <x:c r="AE42" s="3" t="n">
+        <x:v>61346</x:v>
+      </x:c>
+      <x:c r="AF42" s="3" t="n">
+        <x:v>63769</x:v>
+      </x:c>
+      <x:c r="AG42" s="3" t="n">
+        <x:v>66001</x:v>
+      </x:c>
+      <x:c r="AH42" s="3" t="n">
+        <x:v>71561</x:v>
+      </x:c>
+      <x:c r="AI42" s="3" t="n">
+        <x:v>72387</x:v>
+      </x:c>
+      <x:c r="AJ42" s="3" t="n">
+        <x:v>71766</x:v>
+      </x:c>
+      <x:c r="AK42" s="3" t="n">
+        <x:v>70247</x:v>
+      </x:c>
+      <x:c r="AL42" s="3" t="n">
+        <x:v>66312</x:v>
+      </x:c>
+      <x:c r="AM42" s="3" t="n">
+        <x:v>66267</x:v>
+      </x:c>
+      <x:c r="AN42" s="3" t="n">
+        <x:v>67570</x:v>
+      </x:c>
+      <x:c r="AO42" s="3" t="n">
+        <x:v>66234</x:v>
+      </x:c>
+      <x:c r="AP42" s="3" t="n">
+        <x:v>63967</x:v>
+      </x:c>
+      <x:c r="AQ42" s="3" t="n">
+        <x:v>63205</x:v>
+      </x:c>
+      <x:c r="AR42" s="3" t="n">
+        <x:v>60994</x:v>
+      </x:c>
+      <x:c r="AS42" s="3" t="n">
+        <x:v>61563</x:v>
+      </x:c>
+      <x:c r="AT42" s="3" t="n">
+        <x:v>59464</x:v>
+      </x:c>
+      <x:c r="AU42" s="3" t="n">
+        <x:v>58528</x:v>
+      </x:c>
+      <x:c r="AV42" s="3" t="n">
+        <x:v>58332</x:v>
+      </x:c>
+      <x:c r="AW42" s="3" t="n">
+        <x:v>59428</x:v>
+      </x:c>
+      <x:c r="AX42" s="3" t="n">
+        <x:v>63808</x:v>
+      </x:c>
+      <x:c r="AY42" s="3" t="n">
+        <x:v>62822</x:v>
+      </x:c>
+      <x:c r="AZ42" s="3" t="n">
+        <x:v>63229</x:v>
+      </x:c>
+      <x:c r="BA42" s="3" t="n">
+        <x:v>63798</x:v>
+      </x:c>
+      <x:c r="BB42" s="3" t="n">
+        <x:v>63988</x:v>
+      </x:c>
+      <x:c r="BC42" s="3" t="n">
+        <x:v>64932</x:v>
+      </x:c>
+      <x:c r="BD42" s="3" t="n">
+        <x:v>64621</x:v>
+      </x:c>
+      <x:c r="BE42" s="3" t="n">
+        <x:v>65603</x:v>
+      </x:c>
+      <x:c r="BF42" s="3" t="n">
+        <x:v>68798</x:v>
+      </x:c>
+      <x:c r="BG42" s="3" t="n">
+        <x:v>67153</x:v>
+      </x:c>
+      <x:c r="BH42" s="3" t="n">
+        <x:v>70493</x:v>
+      </x:c>
+      <x:c r="BI42" s="3" t="n">
+        <x:v>68664</x:v>
+      </x:c>
+      <x:c r="BJ42" s="3" t="n">
+        <x:v>68091</x:v>
+      </x:c>
+      <x:c r="BK42" s="3" t="n">
+        <x:v>69170</x:v>
+      </x:c>
+      <x:c r="BL42" s="3" t="n">
+        <x:v>72738</x:v>
+      </x:c>
+      <x:c r="BM42" s="3" t="n">
+        <x:v>73350</x:v>
+      </x:c>
+      <x:c r="BN42" s="3" t="n">
+        <x:v>77982</x:v>
+      </x:c>
+      <x:c r="BO42" s="3" t="n">
+        <x:v>80115</x:v>
+      </x:c>
+      <x:c r="BP42" s="3" t="n">
+        <x:v>82327</x:v>
+      </x:c>
+      <x:c r="BQ42" s="3" t="n">
+        <x:v>83031</x:v>
+      </x:c>
+      <x:c r="BR42" s="3" t="n">
+        <x:v>86802</x:v>
+      </x:c>
+      <x:c r="BS42" s="3" t="n">
+        <x:v>88565</x:v>
+      </x:c>
+      <x:c r="BT42" s="3" t="n">
+        <x:v>88951</x:v>
+      </x:c>
+      <x:c r="BU42" s="3" t="n">
+        <x:v>89024</x:v>
+      </x:c>
+      <x:c r="BV42" s="3" t="n">
+        <x:v>95848</x:v>
+      </x:c>
+      <x:c r="BW42" s="3" t="n">
+        <x:v>94959</x:v>
+      </x:c>
+      <x:c r="BX42" s="3" t="n">
+        <x:v>99629</x:v>
+      </x:c>
+      <x:c r="BY42" s="3" t="n">
+        <x:v>101043</x:v>
+      </x:c>
+      <x:c r="BZ42" s="3" t="n">
+        <x:v>101879</x:v>
+      </x:c>
+      <x:c r="CA42" s="3" t="n">
+        <x:v>105911</x:v>
+      </x:c>
+      <x:c r="CB42" s="3" t="n">
+        <x:v>107424</x:v>
+      </x:c>
+      <x:c r="CC42" s="3" t="n">
+        <x:v>110551</x:v>
+      </x:c>
+      <x:c r="CD42" s="3" t="n">
+        <x:v>115941</x:v>
+      </x:c>
+      <x:c r="CE42" s="3" t="n">
+        <x:v>116991</x:v>
+      </x:c>
+      <x:c r="CF42" s="3" t="n">
+        <x:v>117627</x:v>
+      </x:c>
+      <x:c r="CG42" s="3" t="n">
+        <x:v>117308</x:v>
+      </x:c>
+      <x:c r="CH42" s="3" t="n">
+        <x:v>114277</x:v>
+      </x:c>
+      <x:c r="CI42" s="3" t="n">
+        <x:v>112207</x:v>
+      </x:c>
+      <x:c r="CJ42" s="3" t="n">
+        <x:v>112444</x:v>
+      </x:c>
+      <x:c r="CK42" s="3" t="n">
+        <x:v>117574</x:v>
+      </x:c>
+      <x:c r="CL42" s="3" t="n">
+        <x:v>116465</x:v>
+      </x:c>
+      <x:c r="CM42" s="3" t="n">
+        <x:v>118728</x:v>
+      </x:c>
+      <x:c r="CN42" s="3" t="n">
+        <x:v>118949</x:v>
+      </x:c>
+      <x:c r="CO42" s="3" t="n">
+        <x:v>118965</x:v>
+      </x:c>
+      <x:c r="CP42" s="3" t="n">
+        <x:v>122754</x:v>
+      </x:c>
+      <x:c r="CQ42" s="3" t="n">
+        <x:v>124370</x:v>
+      </x:c>
+      <x:c r="CR42" s="3" t="n">
+        <x:v>125075</x:v>
+      </x:c>
+      <x:c r="CS42" s="3" t="n">
+        <x:v>124275</x:v>
+      </x:c>
+      <x:c r="CT42" s="3" t="n">
+        <x:v>127022</x:v>
+      </x:c>
+      <x:c r="CU42" s="3" t="n">
+        <x:v>125956</x:v>
+      </x:c>
+      <x:c r="CV42" s="3" t="n">
+        <x:v>126962</x:v>
+      </x:c>
+      <x:c r="CW42" s="3" t="n">
+        <x:v>128367</x:v>
+      </x:c>
+      <x:c r="CX42" s="3" t="n">
+        <x:v>130786</x:v>
+      </x:c>
+      <x:c r="CY42" s="3" t="n">
+        <x:v>132207</x:v>
+      </x:c>
+      <x:c r="CZ42" s="3" t="n">
+        <x:v>134025</x:v>
+      </x:c>
+      <x:c r="DA42" s="3" t="n">
+        <x:v>136935</x:v>
+      </x:c>
+      <x:c r="DB42" s="3" t="n">
+        <x:v>143942</x:v>
+      </x:c>
+      <x:c r="DC42" s="3" t="n">
+        <x:v>149042</x:v>
+      </x:c>
+      <x:c r="DD42" s="3" t="n">
+        <x:v>153376</x:v>
+      </x:c>
+      <x:c r="DE42" s="3" t="n">
+        <x:v>151148</x:v>
+      </x:c>
+      <x:c r="DF42" s="3" t="n">
+        <x:v>154637</x:v>
+      </x:c>
+      <x:c r="DG42" s="3" t="n">
+        <x:v>160418</x:v>
+      </x:c>
+      <x:c r="DH42" s="3" t="n">
+        <x:v>166211</x:v>
+      </x:c>
+      <x:c r="DI42" s="3" t="n">
+        <x:v>166351</x:v>
+      </x:c>
+      <x:c r="DJ42" s="3" t="n">
+        <x:v>175330</x:v>
+      </x:c>
+      <x:c r="DK42" s="3" t="n">
+        <x:v>175230</x:v>
+      </x:c>
+      <x:c r="DL42" s="3" t="n">
+        <x:v>177112</x:v>
+      </x:c>
+      <x:c r="DM42" s="3" t="n">
+        <x:v>193275</x:v>
+      </x:c>
+      <x:c r="DN42" s="3" t="n">
+        <x:v>191241</x:v>
+      </x:c>
+      <x:c r="DO42" s="3" t="n">
+        <x:v>192619</x:v>
+      </x:c>
+      <x:c r="DP42" s="3" t="n">
+        <x:v>187530</x:v>
+      </x:c>
+      <x:c r="DQ42" s="3" t="n">
+        <x:v>197204</x:v>
+      </x:c>
+      <x:c r="DR42" s="3" t="n">
+        <x:v>205170</x:v>
+      </x:c>
+      <x:c r="DS42" s="3" t="n">
+        <x:v>201509</x:v>
+      </x:c>
+      <x:c r="DT42" s="3" t="n">
+        <x:v>199200</x:v>
+      </x:c>
+      <x:c r="DU42" s="3" t="n">
+        <x:v>186661</x:v>
+      </x:c>
+      <x:c r="DV42" s="3" t="n">
+        <x:v>175526</x:v>
+      </x:c>
+      <x:c r="DW42" s="3" t="n">
+        <x:v>171543</x:v>
+      </x:c>
+      <x:c r="DX42" s="3" t="n">
+        <x:v>176012</x:v>
+      </x:c>
+      <x:c r="DY42" s="3" t="n">
+        <x:v>173265</x:v>
+      </x:c>
+      <x:c r="DZ42" s="3" t="n">
+        <x:v>183412</x:v>
+      </x:c>
+      <x:c r="EA42" s="3" t="n">
+        <x:v>189863</x:v>
+      </x:c>
+      <x:c r="EB42" s="3" t="n">
+        <x:v>189141</x:v>
+      </x:c>
+      <x:c r="EC42" s="3" t="n">
+        <x:v>192898</x:v>
+      </x:c>
+      <x:c r="ED42" s="3" t="n">
+        <x:v>197633</x:v>
+      </x:c>
+      <x:c r="EE42" s="3" t="n">
+        <x:v>196021</x:v>
+      </x:c>
+      <x:c r="EF42" s="3" t="n">
+        <x:v>196571</x:v>
+      </x:c>
+      <x:c r="EG42" s="3" t="n">
+        <x:v>200940</x:v>
+      </x:c>
+      <x:c r="EH42" s="3" t="n">
+        <x:v>201385</x:v>
+      </x:c>
+      <x:c r="EI42" s="3" t="n">
+        <x:v>201607</x:v>
+      </x:c>
+      <x:c r="EJ42" s="3" t="n">
+        <x:v>203673</x:v>
+      </x:c>
+      <x:c r="EK42" s="3" t="n">
+        <x:v>203224</x:v>
+      </x:c>
+      <x:c r="EL42" s="3" t="n">
+        <x:v>205489</x:v>
+      </x:c>
+      <x:c r="EM42" s="3" t="n">
+        <x:v>206135</x:v>
+      </x:c>
+      <x:c r="EN42" s="3" t="n">
+        <x:v>209089</x:v>
+      </x:c>
+      <x:c r="EO42" s="3" t="n">
+        <x:v>208600</x:v>
+      </x:c>
+      <x:c r="EP42" s="3" t="n">
+        <x:v>209210</x:v>
+      </x:c>
+      <x:c r="EQ42" s="3" t="n">
+        <x:v>212459</x:v>
+      </x:c>
+      <x:c r="ER42" s="3" t="n">
+        <x:v>213635</x:v>
+      </x:c>
+      <x:c r="ES42" s="3" t="n">
+        <x:v>211750</x:v>
+      </x:c>
+      <x:c r="ET42" s="3" t="n">
+        <x:v>219472</x:v>
+      </x:c>
+      <x:c r="EU42" s="3" t="n">
+        <x:v>218367</x:v>
+      </x:c>
+      <x:c r="EV42" s="3" t="n">
+        <x:v>214153</x:v>
+      </x:c>
+      <x:c r="EW42" s="3" t="n">
+        <x:v>217785</x:v>
+      </x:c>
+      <x:c r="EX42" s="3" t="n">
+        <x:v>214951</x:v>
+      </x:c>
+      <x:c r="EY42" s="3" t="n">
+        <x:v>207325</x:v>
+      </x:c>
+      <x:c r="EZ42" s="3" t="n">
+        <x:v>218166</x:v>
+      </x:c>
+      <x:c r="FA42" s="3" t="n">
+        <x:v>215041</x:v>
+      </x:c>
+      <x:c r="FB42" s="3" t="n">
+        <x:v>215222</x:v>
+      </x:c>
+      <x:c r="FC42" s="3" t="n">
+        <x:v>220067</x:v>
+      </x:c>
+      <x:c r="FD42" s="3" t="n">
+        <x:v>224770</x:v>
+      </x:c>
+      <x:c r="FE42" s="3" t="n">
+        <x:v>231256</x:v>
+      </x:c>
+      <x:c r="FF42" s="3" t="n">
+        <x:v>226607</x:v>
+      </x:c>
+      <x:c r="FG42" s="3" t="n">
+        <x:v>226866</x:v>
+      </x:c>
+      <x:c r="FH42" s="3" t="n">
+        <x:v>230961</x:v>
+      </x:c>
+      <x:c r="FI42" s="3" t="n">
+        <x:v>231785</x:v>
+      </x:c>
+      <x:c r="FJ42" s="3" t="n">
+        <x:v>247563</x:v>
+      </x:c>
+      <x:c r="FK42" s="3" t="n">
+        <x:v>244852</x:v>
+      </x:c>
+      <x:c r="FL42" s="3" t="n">
+        <x:v>243656</x:v>
+      </x:c>
+      <x:c r="FM42" s="3" t="n">
+        <x:v>236885</x:v>
+      </x:c>
+      <x:c r="FN42" s="3" t="n">
+        <x:v>235226</x:v>
+      </x:c>
+      <x:c r="FO42" s="3" t="n">
+        <x:v>217753</x:v>
+      </x:c>
+      <x:c r="FP42" s="3" t="n">
+        <x:v>242355</x:v>
+      </x:c>
+      <x:c r="FQ42" s="3" t="n">
+        <x:v>243544</x:v>
+      </x:c>
+      <x:c r="FR42" s="3" t="n">
+        <x:v>238198</x:v>
+      </x:c>
+      <x:c r="FS42" s="3" t="n">
+        <x:v>248961</x:v>
+      </x:c>
+      <x:c r="FT42" s="3" t="n">
+        <x:v>252388</x:v>
+      </x:c>
+      <x:c r="FU42" s="3" t="n">
+        <x:v>249205</x:v>
+      </x:c>
+      <x:c r="FV42" s="3" t="n">
+        <x:v>251640</x:v>
+      </x:c>
+      <x:c r="FW42" s="3" t="n">
+        <x:v>260101</x:v>
+      </x:c>
+      <x:c r="FX42" s="3" t="n">
+        <x:v>269932</x:v>
+      </x:c>
+      <x:c r="FY42" s="3" t="n">
+        <x:v>278093</x:v>
+      </x:c>
+      <x:c r="FZ42" s="3" t="n">
+        <x:v>253783</x:v>
+      </x:c>
+      <x:c r="GA42" s="3" t="n">
+        <x:v>254250</x:v>
+      </x:c>
+      <x:c r="GB42" s="3" t="n">
+        <x:v>244642</x:v>
+      </x:c>
+      <x:c r="GC42" s="3" t="n">
+        <x:v>245938</x:v>
+      </x:c>
+      <x:c r="GD42" s="3" t="n">
+        <x:v>246535</x:v>
+      </x:c>
+      <x:c r="GE42" s="3" t="n">
+        <x:v>257535</x:v>
+      </x:c>
+      <x:c r="GF42" s="3" t="n">
+        <x:v>259294</x:v>
+      </x:c>
+      <x:c r="GG42" s="3" t="n">
+        <x:v>255511</x:v>
+      </x:c>
+      <x:c r="GH42" s="3" t="n">
+        <x:v>259673</x:v>
+      </x:c>
+      <x:c r="GI42" s="3" t="n">
+        <x:v>259263</x:v>
+      </x:c>
+      <x:c r="GJ42" s="3" t="n">
+        <x:v>261529</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:192">
+      <x:c r="A43" s="2" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="B43" s="3" t="n">
+        <x:v>16332</x:v>
+      </x:c>
+      <x:c r="C43" s="3" t="n">
+        <x:v>16168</x:v>
+      </x:c>
+      <x:c r="D43" s="3" t="n">
+        <x:v>16636</x:v>
+      </x:c>
+      <x:c r="E43" s="3" t="n">
+        <x:v>16196</x:v>
+      </x:c>
+      <x:c r="F43" s="3" t="n">
+        <x:v>15489</x:v>
+      </x:c>
+      <x:c r="G43" s="3" t="n">
+        <x:v>17306</x:v>
+      </x:c>
+      <x:c r="H43" s="3" t="n">
+        <x:v>16654</x:v>
+      </x:c>
+      <x:c r="I43" s="3" t="n">
+        <x:v>16205</x:v>
+      </x:c>
+      <x:c r="J43" s="3" t="n">
+        <x:v>15308</x:v>
+      </x:c>
+      <x:c r="K43" s="3" t="n">
+        <x:v>15355</x:v>
+      </x:c>
+      <x:c r="L43" s="3" t="n">
+        <x:v>12676</x:v>
+      </x:c>
+      <x:c r="M43" s="3" t="n">
+        <x:v>12529</x:v>
+      </x:c>
+      <x:c r="N43" s="3" t="n">
+        <x:v>10131</x:v>
+      </x:c>
+      <x:c r="O43" s="3" t="n">
+        <x:v>9138</x:v>
+      </x:c>
+      <x:c r="P43" s="3" t="n">
+        <x:v>9504</x:v>
+      </x:c>
+      <x:c r="Q43" s="3" t="n">
+        <x:v>9829</x:v>
+      </x:c>
+      <x:c r="R43" s="3" t="n">
+        <x:v>8356</x:v>
+      </x:c>
+      <x:c r="S43" s="3" t="n">
+        <x:v>7371</x:v>
+      </x:c>
+      <x:c r="T43" s="3" t="n">
+        <x:v>8734</x:v>
+      </x:c>
+      <x:c r="U43" s="3" t="n">
+        <x:v>8229</x:v>
+      </x:c>
+      <x:c r="V43" s="3" t="n">
+        <x:v>6652</x:v>
+      </x:c>
+      <x:c r="W43" s="3" t="n">
+        <x:v>5742</x:v>
+      </x:c>
+      <x:c r="X43" s="3" t="n">
+        <x:v>6458</x:v>
+      </x:c>
+      <x:c r="Y43" s="3" t="n">
+        <x:v>6527</x:v>
+      </x:c>
+      <x:c r="Z43" s="3" t="n">
+        <x:v>7160</x:v>
+      </x:c>
+      <x:c r="AA43" s="3" t="n">
+        <x:v>8292</x:v>
+      </x:c>
+      <x:c r="AB43" s="3" t="n">
+        <x:v>6255</x:v>
+      </x:c>
+      <x:c r="AC43" s="3" t="n">
+        <x:v>6855</x:v>
+      </x:c>
+      <x:c r="AD43" s="3" t="n">
+        <x:v>7048</x:v>
+      </x:c>
+      <x:c r="AE43" s="3" t="n">
+        <x:v>5840</x:v>
+      </x:c>
+      <x:c r="AF43" s="3" t="n">
+        <x:v>6290</x:v>
+      </x:c>
+      <x:c r="AG43" s="3" t="n">
+        <x:v>6026</x:v>
+      </x:c>
+      <x:c r="AH43" s="3" t="n">
+        <x:v>6624</x:v>
+      </x:c>
+      <x:c r="AI43" s="3" t="n">
+        <x:v>9257</x:v>
+      </x:c>
+      <x:c r="AJ43" s="3" t="n">
+        <x:v>6755</x:v>
+      </x:c>
+      <x:c r="AK43" s="3" t="n">
+        <x:v>5715</x:v>
+      </x:c>
+      <x:c r="AL43" s="3" t="n">
+        <x:v>6182</x:v>
+      </x:c>
+      <x:c r="AM43" s="3" t="n">
+        <x:v>6415</x:v>
+      </x:c>
+      <x:c r="AN43" s="3" t="n">
+        <x:v>6870</x:v>
+      </x:c>
+      <x:c r="AO43" s="3" t="n">
+        <x:v>7833</x:v>
+      </x:c>
+      <x:c r="AP43" s="3" t="n">
+        <x:v>4985</x:v>
+      </x:c>
+      <x:c r="AQ43" s="3" t="n">
+        <x:v>4098</x:v>
+      </x:c>
+      <x:c r="AR43" s="3" t="n">
+        <x:v>4284</x:v>
+      </x:c>
+      <x:c r="AS43" s="3" t="n">
+        <x:v>4269</x:v>
+      </x:c>
+      <x:c r="AT43" s="3" t="n">
+        <x:v>4093</x:v>
+      </x:c>
+      <x:c r="AU43" s="3" t="n">
+        <x:v>3899</x:v>
+      </x:c>
+      <x:c r="AV43" s="3" t="n">
+        <x:v>4160</x:v>
+      </x:c>
+      <x:c r="AW43" s="3" t="n">
+        <x:v>3717</x:v>
+      </x:c>
+      <x:c r="AX43" s="3" t="n">
+        <x:v>4450</x:v>
+      </x:c>
+      <x:c r="AY43" s="3" t="n">
+        <x:v>5377</x:v>
+      </x:c>
+      <x:c r="AZ43" s="3" t="n">
+        <x:v>4504</x:v>
+      </x:c>
+      <x:c r="BA43" s="3" t="n">
+        <x:v>4652</x:v>
+      </x:c>
+      <x:c r="BB43" s="3" t="n">
+        <x:v>4823</x:v>
+      </x:c>
+      <x:c r="BC43" s="3" t="n">
+        <x:v>5244</x:v>
+      </x:c>
+      <x:c r="BD43" s="3" t="n">
+        <x:v>4072</x:v>
+      </x:c>
+      <x:c r="BE43" s="3" t="n">
+        <x:v>5007</x:v>
+      </x:c>
+      <x:c r="BF43" s="3" t="n">
+        <x:v>4277</x:v>
+      </x:c>
+      <x:c r="BG43" s="3" t="n">
+        <x:v>4602</x:v>
+      </x:c>
+      <x:c r="BH43" s="3" t="n">
+        <x:v>4573</x:v>
+      </x:c>
+      <x:c r="BI43" s="3" t="n">
+        <x:v>4387</x:v>
+      </x:c>
+      <x:c r="BJ43" s="3" t="n">
+        <x:v>4709</x:v>
+      </x:c>
+      <x:c r="BK43" s="3" t="n">
+        <x:v>4265</x:v>
+      </x:c>
+      <x:c r="BL43" s="3" t="n">
+        <x:v>4589</x:v>
+      </x:c>
+      <x:c r="BM43" s="3" t="n">
+        <x:v>4800</x:v>
+      </x:c>
+      <x:c r="BN43" s="3" t="n">
+        <x:v>4570</x:v>
+      </x:c>
+      <x:c r="BO43" s="3" t="n">
+        <x:v>4299</x:v>
+      </x:c>
+      <x:c r="BP43" s="3" t="n">
+        <x:v>4590</x:v>
+      </x:c>
+      <x:c r="BQ43" s="3" t="n">
+        <x:v>4483</x:v>
+      </x:c>
+      <x:c r="BR43" s="3" t="n">
+        <x:v>5418</x:v>
+      </x:c>
+      <x:c r="BS43" s="3" t="n">
+        <x:v>6028</x:v>
+      </x:c>
+      <x:c r="BT43" s="3" t="n">
+        <x:v>5554</x:v>
+      </x:c>
+      <x:c r="BU43" s="3" t="n">
+        <x:v>4998</x:v>
+      </x:c>
+      <x:c r="BV43" s="3" t="n">
+        <x:v>5159</x:v>
+      </x:c>
+      <x:c r="BW43" s="3" t="n">
+        <x:v>5166</x:v>
+      </x:c>
+      <x:c r="BX43" s="3" t="n">
+        <x:v>5298</x:v>
+      </x:c>
+      <x:c r="BY43" s="3" t="n">
+        <x:v>6481</x:v>
+      </x:c>
+      <x:c r="BZ43" s="3" t="n">
+        <x:v>6286</x:v>
+      </x:c>
+      <x:c r="CA43" s="3" t="n">
+        <x:v>6035</x:v>
+      </x:c>
+      <x:c r="CB43" s="3" t="n">
+        <x:v>5868</x:v>
+      </x:c>
+      <x:c r="CC43" s="3" t="n">
+        <x:v>5826</x:v>
+      </x:c>
+      <x:c r="CD43" s="3" t="n">
+        <x:v>6449</x:v>
+      </x:c>
+      <x:c r="CE43" s="3" t="n">
+        <x:v>6021</x:v>
+      </x:c>
+      <x:c r="CF43" s="3" t="n">
+        <x:v>5968</x:v>
+      </x:c>
+      <x:c r="CG43" s="3" t="n">
+        <x:v>5561</x:v>
+      </x:c>
+      <x:c r="CH43" s="3" t="n">
+        <x:v>6187</x:v>
+      </x:c>
+      <x:c r="CI43" s="3" t="n">
+        <x:v>6727</x:v>
+      </x:c>
+      <x:c r="CJ43" s="3" t="n">
+        <x:v>6402</x:v>
+      </x:c>
+      <x:c r="CK43" s="3" t="n">
+        <x:v>6287</x:v>
+      </x:c>
+      <x:c r="CL43" s="3" t="n">
+        <x:v>4631</x:v>
+      </x:c>
+      <x:c r="CM43" s="3" t="n">
+        <x:v>4427</x:v>
+      </x:c>
+      <x:c r="CN43" s="3" t="n">
+        <x:v>5398</x:v>
+      </x:c>
+      <x:c r="CO43" s="3" t="n">
+        <x:v>5301</x:v>
+      </x:c>
+      <x:c r="CP43" s="3" t="n">
+        <x:v>4809</x:v>
+      </x:c>
+      <x:c r="CQ43" s="3" t="n">
+        <x:v>5114</x:v>
+      </x:c>
+      <x:c r="CR43" s="3" t="n">
+        <x:v>4582</x:v>
+      </x:c>
+      <x:c r="CS43" s="3" t="n">
+        <x:v>5056</x:v>
+      </x:c>
+      <x:c r="CT43" s="3" t="n">
+        <x:v>4687</x:v>
+      </x:c>
+      <x:c r="CU43" s="3" t="n">
+        <x:v>4336</x:v>
+      </x:c>
+      <x:c r="CV43" s="3" t="n">
+        <x:v>4475</x:v>
+      </x:c>
+      <x:c r="CW43" s="3" t="n">
+        <x:v>4221</x:v>
+      </x:c>
+      <x:c r="CX43" s="3" t="n">
+        <x:v>5263</x:v>
+      </x:c>
+      <x:c r="CY43" s="3" t="n">
+        <x:v>4272</x:v>
+      </x:c>
+      <x:c r="CZ43" s="3" t="n">
+        <x:v>4162</x:v>
+      </x:c>
+      <x:c r="DA43" s="3" t="n">
+        <x:v>4092</x:v>
+      </x:c>
+      <x:c r="DB43" s="3" t="n">
+        <x:v>4092</x:v>
+      </x:c>
+      <x:c r="DC43" s="3" t="n">
+        <x:v>4806</x:v>
+      </x:c>
+      <x:c r="DD43" s="3" t="n">
+        <x:v>4987</x:v>
+      </x:c>
+      <x:c r="DE43" s="3" t="n">
+        <x:v>4578</x:v>
+      </x:c>
+      <x:c r="DF43" s="3" t="n">
+        <x:v>4819</x:v>
+      </x:c>
+      <x:c r="DG43" s="3" t="n">
+        <x:v>4362</x:v>
+      </x:c>
+      <x:c r="DH43" s="3" t="n">
+        <x:v>4593</x:v>
+      </x:c>
+      <x:c r="DI43" s="3" t="n">
+        <x:v>5530</x:v>
+      </x:c>
+      <x:c r="DJ43" s="3" t="n">
+        <x:v>3924</x:v>
+      </x:c>
+      <x:c r="DK43" s="3" t="n">
+        <x:v>3529</x:v>
+      </x:c>
+      <x:c r="DL43" s="3" t="n">
+        <x:v>3686</x:v>
+      </x:c>
+      <x:c r="DM43" s="3" t="n">
+        <x:v>4081</x:v>
+      </x:c>
+      <x:c r="DN43" s="3" t="n">
+        <x:v>8296</x:v>
+      </x:c>
+      <x:c r="DO43" s="3" t="n">
+        <x:v>9969</x:v>
+      </x:c>
+      <x:c r="DP43" s="3" t="n">
+        <x:v>7800</x:v>
+      </x:c>
+      <x:c r="DQ43" s="3" t="n">
+        <x:v>8348</x:v>
+      </x:c>
+      <x:c r="DR43" s="3" t="n">
+        <x:v>5130</x:v>
+      </x:c>
+      <x:c r="DS43" s="3" t="n">
+        <x:v>4890</x:v>
+      </x:c>
+      <x:c r="DT43" s="3" t="n">
+        <x:v>4673</x:v>
+      </x:c>
+      <x:c r="DU43" s="3" t="n">
+        <x:v>5591</x:v>
+      </x:c>
+      <x:c r="DV43" s="3" t="n">
+        <x:v>7645</x:v>
+      </x:c>
+      <x:c r="DW43" s="3" t="n">
+        <x:v>7376</x:v>
+      </x:c>
+      <x:c r="DX43" s="3" t="n">
+        <x:v>8207</x:v>
+      </x:c>
+      <x:c r="DY43" s="3" t="n">
+        <x:v>7299</x:v>
+      </x:c>
+      <x:c r="DZ43" s="3" t="n">
+        <x:v>5245</x:v>
+      </x:c>
+      <x:c r="EA43" s="3" t="n">
+        <x:v>6517</x:v>
+      </x:c>
+      <x:c r="EB43" s="3" t="n">
+        <x:v>6351</x:v>
+      </x:c>
+      <x:c r="EC43" s="3" t="n">
+        <x:v>5320</x:v>
+      </x:c>
+      <x:c r="ED43" s="3" t="n">
+        <x:v>6890</x:v>
+      </x:c>
+      <x:c r="EE43" s="3" t="n">
+        <x:v>4690</x:v>
+      </x:c>
+      <x:c r="EF43" s="3" t="n">
+        <x:v>4847</x:v>
+      </x:c>
+      <x:c r="EG43" s="3" t="n">
+        <x:v>5208</x:v>
+      </x:c>
+      <x:c r="EH43" s="3" t="n">
+        <x:v>5201</x:v>
+      </x:c>
+      <x:c r="EI43" s="3" t="n">
+        <x:v>6851</x:v>
+      </x:c>
+      <x:c r="EJ43" s="3" t="n">
+        <x:v>5037</x:v>
+      </x:c>
+      <x:c r="EK43" s="3" t="n">
+        <x:v>5082</x:v>
+      </x:c>
+      <x:c r="EL43" s="3" t="n">
+        <x:v>5920</x:v>
+      </x:c>
+      <x:c r="EM43" s="3" t="n">
+        <x:v>6121</x:v>
+      </x:c>
+      <x:c r="EN43" s="3" t="n">
+        <x:v>7003</x:v>
+      </x:c>
+      <x:c r="EO43" s="3" t="n">
+        <x:v>5648</x:v>
+      </x:c>
+      <x:c r="EP43" s="3" t="n">
+        <x:v>5246</x:v>
+      </x:c>
+      <x:c r="EQ43" s="3" t="n">
+        <x:v>5151</x:v>
+      </x:c>
+      <x:c r="ER43" s="3" t="n">
+        <x:v>5569</x:v>
+      </x:c>
+      <x:c r="ES43" s="3" t="n">
+        <x:v>5808</x:v>
+      </x:c>
+      <x:c r="ET43" s="3" t="n">
+        <x:v>5711</x:v>
+      </x:c>
+      <x:c r="EU43" s="3" t="n">
+        <x:v>5392</x:v>
+      </x:c>
+      <x:c r="EV43" s="3" t="n">
+        <x:v>5169</x:v>
+      </x:c>
+      <x:c r="EW43" s="3" t="n">
+        <x:v>5472</x:v>
+      </x:c>
+      <x:c r="EX43" s="3" t="n">
+        <x:v>6260</x:v>
+      </x:c>
+      <x:c r="EY43" s="3" t="n">
+        <x:v>4777</x:v>
+      </x:c>
+      <x:c r="EZ43" s="3" t="n">
+        <x:v>5057</x:v>
+      </x:c>
+      <x:c r="FA43" s="3" t="n">
+        <x:v>4623</x:v>
+      </x:c>
+      <x:c r="FB43" s="3" t="n">
+        <x:v>5658</x:v>
+      </x:c>
+      <x:c r="FC43" s="3" t="n">
+        <x:v>6978</x:v>
+      </x:c>
+      <x:c r="FD43" s="3" t="n">
+        <x:v>5935</x:v>
+      </x:c>
+      <x:c r="FE43" s="3" t="n">
+        <x:v>7105</x:v>
+      </x:c>
+      <x:c r="FF43" s="3" t="n">
+        <x:v>7932</x:v>
+      </x:c>
+      <x:c r="FG43" s="3" t="n">
+        <x:v>10464</x:v>
+      </x:c>
+      <x:c r="FH43" s="3" t="n">
+        <x:v>7826</x:v>
+      </x:c>
+      <x:c r="FI43" s="3" t="n">
+        <x:v>8896</x:v>
+      </x:c>
+      <x:c r="FJ43" s="3" t="n">
+        <x:v>6969</x:v>
+      </x:c>
+      <x:c r="FK43" s="3" t="n">
+        <x:v>7782</x:v>
+      </x:c>
+      <x:c r="FL43" s="3" t="n">
+        <x:v>11211</x:v>
+      </x:c>
+      <x:c r="FM43" s="3" t="n">
+        <x:v>10493</x:v>
+      </x:c>
+      <x:c r="FN43" s="3" t="n">
+        <x:v>10778</x:v>
+      </x:c>
+      <x:c r="FO43" s="3" t="n">
+        <x:v>8163</x:v>
+      </x:c>
+      <x:c r="FP43" s="3" t="n">
+        <x:v>7400</x:v>
+      </x:c>
+      <x:c r="FQ43" s="3" t="n">
+        <x:v>8030</x:v>
+      </x:c>
+      <x:c r="FR43" s="3" t="n">
+        <x:v>5762</x:v>
+      </x:c>
+      <x:c r="FS43" s="3" t="n">
+        <x:v>13336</x:v>
+      </x:c>
+      <x:c r="FT43" s="3" t="n">
+        <x:v>4656</x:v>
+      </x:c>
+      <x:c r="FU43" s="3" t="n">
+        <x:v>5851</x:v>
+      </x:c>
+      <x:c r="FV43" s="3" t="n">
+        <x:v>4443</x:v>
+      </x:c>
+      <x:c r="FW43" s="3" t="n">
+        <x:v>8167</x:v>
+      </x:c>
+      <x:c r="FX43" s="3" t="n">
+        <x:v>5599</x:v>
+      </x:c>
+      <x:c r="FY43" s="3" t="n">
+        <x:v>7645</x:v>
+      </x:c>
+      <x:c r="FZ43" s="3" t="n">
+        <x:v>7503</x:v>
+      </x:c>
+      <x:c r="GA43" s="3" t="n">
+        <x:v>6433</x:v>
+      </x:c>
+      <x:c r="GB43" s="3" t="n">
+        <x:v>6058</x:v>
+      </x:c>
+      <x:c r="GC43" s="3" t="n">
+        <x:v>6590</x:v>
+      </x:c>
+      <x:c r="GD43" s="3" t="n">
+        <x:v>4744</x:v>
+      </x:c>
+      <x:c r="GE43" s="3" t="n">
+        <x:v>5883</x:v>
+      </x:c>
+      <x:c r="GF43" s="3" t="n">
+        <x:v>7371</x:v>
+      </x:c>
+      <x:c r="GG43" s="3" t="n">
+        <x:v>4862</x:v>
+      </x:c>
+      <x:c r="GH43" s="3" t="n">
+        <x:v>6196</x:v>
+      </x:c>
+      <x:c r="GI43" s="3" t="n">
+        <x:v>6052</x:v>
+      </x:c>
+      <x:c r="GJ43" s="3" t="n">
+        <x:v>5544</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:192">
+      <x:c r="A44" s="2" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="B44" s="3" t="n">
+        <x:v>12088</x:v>
+      </x:c>
+      <x:c r="C44" s="3" t="n">
+        <x:v>17598</x:v>
+      </x:c>
+      <x:c r="D44" s="3" t="n">
+        <x:v>4609</x:v>
+      </x:c>
+      <x:c r="E44" s="3" t="n">
+        <x:v>11867</x:v>
+      </x:c>
+      <x:c r="F44" s="3" t="n">
+        <x:v>11267</x:v>
+      </x:c>
+      <x:c r="G44" s="3" t="n">
+        <x:v>11109</x:v>
+      </x:c>
+      <x:c r="H44" s="3" t="n">
+        <x:v>12472</x:v>
+      </x:c>
+      <x:c r="I44" s="3" t="n">
+        <x:v>8782</x:v>
+      </x:c>
+      <x:c r="J44" s="3" t="n">
+        <x:v>8002</x:v>
+      </x:c>
+      <x:c r="K44" s="3" t="n">
+        <x:v>7001</x:v>
+      </x:c>
+      <x:c r="L44" s="3" t="n">
+        <x:v>9367</x:v>
+      </x:c>
+      <x:c r="M44" s="3" t="n">
+        <x:v>8811</x:v>
+      </x:c>
+      <x:c r="N44" s="3" t="n">
+        <x:v>13406</x:v>
+      </x:c>
+      <x:c r="O44" s="3" t="n">
+        <x:v>6130</x:v>
+      </x:c>
+      <x:c r="P44" s="3" t="n">
+        <x:v>15930</x:v>
+      </x:c>
+      <x:c r="Q44" s="3" t="n">
+        <x:v>20366</x:v>
+      </x:c>
+      <x:c r="R44" s="3" t="n">
+        <x:v>12325</x:v>
+      </x:c>
+      <x:c r="S44" s="3" t="n">
+        <x:v>20303</x:v>
+      </x:c>
+      <x:c r="T44" s="3" t="n">
+        <x:v>18396</x:v>
+      </x:c>
+      <x:c r="U44" s="3" t="n">
+        <x:v>23302</x:v>
+      </x:c>
+      <x:c r="V44" s="3" t="n">
+        <x:v>24233</x:v>
+      </x:c>
+      <x:c r="W44" s="3" t="n">
+        <x:v>19595</x:v>
+      </x:c>
+      <x:c r="X44" s="3" t="n">
+        <x:v>13926</x:v>
+      </x:c>
+      <x:c r="Y44" s="3" t="n">
+        <x:v>15963</x:v>
+      </x:c>
+      <x:c r="Z44" s="3" t="n">
+        <x:v>16473</x:v>
+      </x:c>
+      <x:c r="AA44" s="3" t="n">
+        <x:v>12420</x:v>
+      </x:c>
+      <x:c r="AB44" s="3" t="n">
+        <x:v>18861</x:v>
+      </x:c>
+      <x:c r="AC44" s="3" t="n">
+        <x:v>8521</x:v>
+      </x:c>
+      <x:c r="AD44" s="3" t="n">
+        <x:v>8801</x:v>
+      </x:c>
+      <x:c r="AE44" s="3" t="n">
+        <x:v>10879</x:v>
+      </x:c>
+      <x:c r="AF44" s="3" t="n">
+        <x:v>12038</x:v>
+      </x:c>
+      <x:c r="AG44" s="3" t="n">
+        <x:v>13926</x:v>
+      </x:c>
+      <x:c r="AH44" s="3" t="n">
+        <x:v>16397</x:v>
+      </x:c>
+      <x:c r="AI44" s="3" t="n">
+        <x:v>13498</x:v>
+      </x:c>
+      <x:c r="AJ44" s="3" t="n">
+        <x:v>10831</x:v>
+      </x:c>
+      <x:c r="AK44" s="3" t="n">
+        <x:v>9871</x:v>
+      </x:c>
+      <x:c r="AL44" s="3" t="n">
+        <x:v>8931</x:v>
+      </x:c>
+      <x:c r="AM44" s="3" t="n">
+        <x:v>9833</x:v>
+      </x:c>
+      <x:c r="AN44" s="3" t="n">
+        <x:v>15196</x:v>
+      </x:c>
+      <x:c r="AO44" s="3" t="n">
+        <x:v>13614</x:v>
+      </x:c>
+      <x:c r="AP44" s="3" t="n">
+        <x:v>14146</x:v>
+      </x:c>
+      <x:c r="AQ44" s="3" t="n">
+        <x:v>16109</x:v>
+      </x:c>
+      <x:c r="AR44" s="3" t="n">
+        <x:v>16141</x:v>
+      </x:c>
+      <x:c r="AS44" s="3" t="n">
+        <x:v>21302</x:v>
+      </x:c>
+      <x:c r="AT44" s="3" t="n">
+        <x:v>21495</x:v>
+      </x:c>
+      <x:c r="AU44" s="3" t="n">
+        <x:v>22428</x:v>
+      </x:c>
+      <x:c r="AV44" s="3" t="n">
+        <x:v>29046</x:v>
+      </x:c>
+      <x:c r="AW44" s="3" t="n">
+        <x:v>28101</x:v>
+      </x:c>
+      <x:c r="AX44" s="3" t="n">
+        <x:v>18313</x:v>
+      </x:c>
+      <x:c r="AY44" s="3" t="n">
+        <x:v>26444</x:v>
+      </x:c>
+      <x:c r="AZ44" s="3" t="n">
+        <x:v>19776</x:v>
+      </x:c>
+      <x:c r="BA44" s="3" t="n">
+        <x:v>22803</x:v>
+      </x:c>
+      <x:c r="BB44" s="3" t="n">
+        <x:v>15731</x:v>
+      </x:c>
+      <x:c r="BC44" s="3" t="n">
+        <x:v>20501</x:v>
+      </x:c>
+      <x:c r="BD44" s="3" t="n">
+        <x:v>17131</x:v>
+      </x:c>
+      <x:c r="BE44" s="3" t="n">
+        <x:v>15319</x:v>
+      </x:c>
+      <x:c r="BF44" s="3" t="n">
+        <x:v>11693</x:v>
+      </x:c>
+      <x:c r="BG44" s="3" t="n">
+        <x:v>11493</x:v>
+      </x:c>
+      <x:c r="BH44" s="3" t="n">
+        <x:v>10209</x:v>
+      </x:c>
+      <x:c r="BI44" s="3" t="n">
+        <x:v>10948</x:v>
+      </x:c>
+      <x:c r="BJ44" s="3" t="n">
+        <x:v>14315</x:v>
+      </x:c>
+      <x:c r="BK44" s="3" t="n">
+        <x:v>11047</x:v>
+      </x:c>
+      <x:c r="BL44" s="3" t="n">
+        <x:v>16756</x:v>
+      </x:c>
+      <x:c r="BM44" s="3" t="n">
+        <x:v>14388</x:v>
+      </x:c>
+      <x:c r="BN44" s="3" t="n">
+        <x:v>12561</x:v>
+      </x:c>
+      <x:c r="BO44" s="3" t="n">
+        <x:v>10043</x:v>
+      </x:c>
+      <x:c r="BP44" s="3" t="n">
+        <x:v>9276</x:v>
+      </x:c>
+      <x:c r="BQ44" s="3" t="n">
+        <x:v>8006</x:v>
+      </x:c>
+      <x:c r="BR44" s="3" t="n">
+        <x:v>10601</x:v>
+      </x:c>
+      <x:c r="BS44" s="3" t="n">
+        <x:v>9998</x:v>
+      </x:c>
+      <x:c r="BT44" s="3" t="n">
+        <x:v>9860</x:v>
+      </x:c>
+      <x:c r="BU44" s="3" t="n">
+        <x:v>10958</x:v>
+      </x:c>
+      <x:c r="BV44" s="3" t="n">
+        <x:v>10630</x:v>
+      </x:c>
+      <x:c r="BW44" s="3" t="n">
+        <x:v>13357</x:v>
+      </x:c>
+      <x:c r="BX44" s="3" t="n">
+        <x:v>13736</x:v>
+      </x:c>
+      <x:c r="BY44" s="3" t="n">
+        <x:v>17856</x:v>
+      </x:c>
+      <x:c r="BZ44" s="3" t="n">
+        <x:v>18103</x:v>
+      </x:c>
+      <x:c r="CA44" s="3" t="n">
+        <x:v>20508</x:v>
+      </x:c>
+      <x:c r="CB44" s="3" t="n">
+        <x:v>19162</x:v>
+      </x:c>
+      <x:c r="CC44" s="3" t="n">
+        <x:v>16477</x:v>
+      </x:c>
+      <x:c r="CD44" s="3" t="n">
+        <x:v>20605</x:v>
+      </x:c>
+      <x:c r="CE44" s="3" t="n">
+        <x:v>19348</x:v>
+      </x:c>
+      <x:c r="CF44" s="3" t="n">
+        <x:v>20804</x:v>
+      </x:c>
+      <x:c r="CG44" s="3" t="n">
+        <x:v>26021</x:v>
+      </x:c>
+      <x:c r="CH44" s="3" t="n">
+        <x:v>12786</x:v>
+      </x:c>
+      <x:c r="CI44" s="3" t="n">
+        <x:v>17497</x:v>
+      </x:c>
+      <x:c r="CJ44" s="3" t="n">
+        <x:v>23373</x:v>
+      </x:c>
+      <x:c r="CK44" s="3" t="n">
+        <x:v>17510</x:v>
+      </x:c>
+      <x:c r="CL44" s="3" t="n">
+        <x:v>21971</x:v>
+      </x:c>
+      <x:c r="CM44" s="3" t="n">
+        <x:v>19589</x:v>
+      </x:c>
+      <x:c r="CN44" s="3" t="n">
+        <x:v>15415</x:v>
+      </x:c>
+      <x:c r="CO44" s="3" t="n">
+        <x:v>11132</x:v>
+      </x:c>
+      <x:c r="CP44" s="3" t="n">
+        <x:v>11321</x:v>
+      </x:c>
+      <x:c r="CQ44" s="3" t="n">
+        <x:v>9337</x:v>
+      </x:c>
+      <x:c r="CR44" s="3" t="n">
+        <x:v>10312</x:v>
+      </x:c>
+      <x:c r="CS44" s="3" t="n">
+        <x:v>12620</x:v>
+      </x:c>
+      <x:c r="CT44" s="3" t="n">
+        <x:v>5425</x:v>
+      </x:c>
+      <x:c r="CU44" s="3" t="n">
+        <x:v>17525</x:v>
+      </x:c>
+      <x:c r="CV44" s="3" t="n">
+        <x:v>6637</x:v>
+      </x:c>
+      <x:c r="CW44" s="3" t="n">
+        <x:v>8559</x:v>
+      </x:c>
+      <x:c r="CX44" s="3" t="n">
+        <x:v>7795</x:v>
+      </x:c>
+      <x:c r="CY44" s="3" t="n">
+        <x:v>7076</x:v>
+      </x:c>
+      <x:c r="CZ44" s="3" t="n">
+        <x:v>7620</x:v>
+      </x:c>
+      <x:c r="DA44" s="3" t="n">
+        <x:v>5542</x:v>
+      </x:c>
+      <x:c r="DB44" s="3" t="n">
+        <x:v>6987</x:v>
+      </x:c>
+      <x:c r="DC44" s="3" t="n">
+        <x:v>7870</x:v>
+      </x:c>
+      <x:c r="DD44" s="3" t="n">
+        <x:v>8214</x:v>
+      </x:c>
+      <x:c r="DE44" s="3" t="n">
+        <x:v>10778</x:v>
+      </x:c>
+      <x:c r="DF44" s="3" t="n">
+        <x:v>8027</x:v>
+      </x:c>
+      <x:c r="DG44" s="3" t="n">
+        <x:v>9085</x:v>
+      </x:c>
+      <x:c r="DH44" s="3" t="n">
+        <x:v>8685</x:v>
+      </x:c>
+      <x:c r="DI44" s="3" t="n">
+        <x:v>8663</x:v>
+      </x:c>
+      <x:c r="DJ44" s="3" t="n">
+        <x:v>8877</x:v>
+      </x:c>
+      <x:c r="DK44" s="3" t="n">
+        <x:v>12628</x:v>
+      </x:c>
+      <x:c r="DL44" s="3" t="n">
+        <x:v>10050</x:v>
+      </x:c>
+      <x:c r="DM44" s="3" t="n">
+        <x:v>6233</x:v>
+      </x:c>
+      <x:c r="DN44" s="3" t="n">
+        <x:v>10286</x:v>
+      </x:c>
+      <x:c r="DO44" s="3" t="n">
+        <x:v>10300</x:v>
+      </x:c>
+      <x:c r="DP44" s="3" t="n">
+        <x:v>13568</x:v>
+      </x:c>
+      <x:c r="DQ44" s="3" t="n">
+        <x:v>11889</x:v>
+      </x:c>
+      <x:c r="DR44" s="3" t="n">
+        <x:v>14403</x:v>
+      </x:c>
+      <x:c r="DS44" s="3" t="n">
+        <x:v>15056</x:v>
+      </x:c>
+      <x:c r="DT44" s="3" t="n">
+        <x:v>20445</x:v>
+      </x:c>
+      <x:c r="DU44" s="3" t="n">
+        <x:v>24823</x:v>
+      </x:c>
+      <x:c r="DV44" s="3" t="n">
+        <x:v>12041</x:v>
+      </x:c>
+      <x:c r="DW44" s="3" t="n">
+        <x:v>14510</x:v>
+      </x:c>
+      <x:c r="DX44" s="3" t="n">
+        <x:v>12202</x:v>
+      </x:c>
+      <x:c r="DY44" s="3" t="n">
+        <x:v>18638</x:v>
+      </x:c>
+      <x:c r="DZ44" s="3" t="n">
+        <x:v>14206</x:v>
+      </x:c>
+      <x:c r="EA44" s="3" t="n">
+        <x:v>15420</x:v>
+      </x:c>
+      <x:c r="EB44" s="3" t="n">
+        <x:v>14979</x:v>
+      </x:c>
+      <x:c r="EC44" s="3" t="n">
+        <x:v>11954</x:v>
+      </x:c>
+      <x:c r="ED44" s="3" t="n">
+        <x:v>28927</x:v>
+      </x:c>
+      <x:c r="EE44" s="3" t="n">
+        <x:v>10584</x:v>
+      </x:c>
+      <x:c r="EF44" s="3" t="n">
+        <x:v>10946</x:v>
+      </x:c>
+      <x:c r="EG44" s="3" t="n">
+        <x:v>9844</x:v>
+      </x:c>
+      <x:c r="EH44" s="3" t="n">
+        <x:v>9617</x:v>
+      </x:c>
+      <x:c r="EI44" s="3" t="n">
+        <x:v>9903</x:v>
+      </x:c>
+      <x:c r="EJ44" s="3" t="n">
+        <x:v>8730</x:v>
+      </x:c>
+      <x:c r="EK44" s="3" t="n">
+        <x:v>9742</x:v>
+      </x:c>
+      <x:c r="EL44" s="3" t="n">
+        <x:v>13629</x:v>
+      </x:c>
+      <x:c r="EM44" s="3" t="n">
+        <x:v>13433</x:v>
+      </x:c>
+      <x:c r="EN44" s="3" t="n">
+        <x:v>14113</x:v>
+      </x:c>
+      <x:c r="EO44" s="3" t="n">
+        <x:v>11287</x:v>
+      </x:c>
+      <x:c r="EP44" s="3" t="n">
+        <x:v>9072</x:v>
+      </x:c>
+      <x:c r="EQ44" s="3" t="n">
+        <x:v>11407</x:v>
+      </x:c>
+      <x:c r="ER44" s="3" t="n">
+        <x:v>25008</x:v>
+      </x:c>
+      <x:c r="ES44" s="3" t="n">
+        <x:v>9250</x:v>
+      </x:c>
+      <x:c r="ET44" s="3" t="n">
+        <x:v>14610</x:v>
+      </x:c>
+      <x:c r="EU44" s="3" t="n">
+        <x:v>14759</x:v>
+      </x:c>
+      <x:c r="EV44" s="3" t="n">
+        <x:v>15527</x:v>
+      </x:c>
+      <x:c r="EW44" s="3" t="n">
+        <x:v>12583</x:v>
+      </x:c>
+      <x:c r="EX44" s="3" t="n">
+        <x:v>14105</x:v>
+      </x:c>
+      <x:c r="EY44" s="3" t="n">
+        <x:v>17483</x:v>
+      </x:c>
+      <x:c r="EZ44" s="3" t="n">
+        <x:v>22054</x:v>
+      </x:c>
+      <x:c r="FA44" s="3" t="n">
+        <x:v>19008</x:v>
+      </x:c>
+      <x:c r="FB44" s="3" t="n">
+        <x:v>21575</x:v>
+      </x:c>
+      <x:c r="FC44" s="3" t="n">
+        <x:v>15939</x:v>
+      </x:c>
+      <x:c r="FD44" s="3" t="n">
+        <x:v>13386</x:v>
+      </x:c>
+      <x:c r="FE44" s="3" t="n">
+        <x:v>13004</x:v>
+      </x:c>
+      <x:c r="FF44" s="3" t="n">
+        <x:v>12948</x:v>
+      </x:c>
+      <x:c r="FG44" s="3" t="n">
+        <x:v>16139</x:v>
+      </x:c>
+      <x:c r="FH44" s="3" t="n">
+        <x:v>13263</x:v>
+      </x:c>
+      <x:c r="FI44" s="3" t="n">
+        <x:v>10899</x:v>
+      </x:c>
+      <x:c r="FJ44" s="3" t="n">
+        <x:v>8871</x:v>
+      </x:c>
+      <x:c r="FK44" s="3" t="n">
+        <x:v>14180</x:v>
+      </x:c>
+      <x:c r="FL44" s="3" t="n">
+        <x:v>13994</x:v>
+      </x:c>
+      <x:c r="FM44" s="3" t="n">
+        <x:v>10080</x:v>
+      </x:c>
+      <x:c r="FN44" s="3" t="n">
+        <x:v>14800</x:v>
+      </x:c>
+      <x:c r="FO44" s="3" t="n">
+        <x:v>13747</x:v>
+      </x:c>
+      <x:c r="FP44" s="3" t="n">
+        <x:v>14545</x:v>
+      </x:c>
+      <x:c r="FQ44" s="3" t="n">
+        <x:v>10157</x:v>
+      </x:c>
+      <x:c r="FR44" s="3" t="n">
+        <x:v>8356</x:v>
+      </x:c>
+      <x:c r="FS44" s="3" t="n">
+        <x:v>8570</x:v>
+      </x:c>
+      <x:c r="FT44" s="3" t="n">
+        <x:v>13887</x:v>
+      </x:c>
+      <x:c r="FU44" s="3" t="n">
+        <x:v>14297</x:v>
+      </x:c>
+      <x:c r="FV44" s="3" t="n">
+        <x:v>9950</x:v>
+      </x:c>
+      <x:c r="FW44" s="3" t="n">
+        <x:v>6145</x:v>
+      </x:c>
+      <x:c r="FX44" s="3" t="n">
+        <x:v>6142</x:v>
+      </x:c>
+      <x:c r="FY44" s="3" t="n">
+        <x:v>8294</x:v>
+      </x:c>
+      <x:c r="FZ44" s="3" t="n">
+        <x:v>5774</x:v>
+      </x:c>
+      <x:c r="GA44" s="3" t="n">
+        <x:v>10304</x:v>
+      </x:c>
+      <x:c r="GB44" s="3" t="n">
+        <x:v>8218</x:v>
+      </x:c>
+      <x:c r="GC44" s="3" t="n">
+        <x:v>7437</x:v>
+      </x:c>
+      <x:c r="GD44" s="3" t="n">
+        <x:v>5448</x:v>
+      </x:c>
+      <x:c r="GE44" s="3" t="n">
+        <x:v>6387</x:v>
+      </x:c>
+      <x:c r="GF44" s="3" t="n">
+        <x:v>9564</x:v>
+      </x:c>
+      <x:c r="GG44" s="3" t="n">
+        <x:v>16983</x:v>
+      </x:c>
+      <x:c r="GH44" s="3" t="n">
+        <x:v>6120</x:v>
+      </x:c>
+      <x:c r="GI44" s="3" t="n">
+        <x:v>6163</x:v>
+      </x:c>
+      <x:c r="GJ44" s="3" t="n">
+        <x:v>4300</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:192">
+      <x:c r="A45" s="2" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="B45" s="3" t="n">
+        <x:v>37713</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="n">
+        <x:v>36529</x:v>
+      </x:c>
+      <x:c r="D45" s="3" t="n">
+        <x:v>35790</x:v>
+      </x:c>
+      <x:c r="E45" s="3" t="n">
+        <x:v>36733</x:v>
+      </x:c>
+      <x:c r="F45" s="3" t="n">
+        <x:v>35106</x:v>
+      </x:c>
+      <x:c r="G45" s="3" t="n">
+        <x:v>34912</x:v>
+      </x:c>
+      <x:c r="H45" s="3" t="n">
+        <x:v>33743</x:v>
+      </x:c>
+      <x:c r="I45" s="3" t="n">
+        <x:v>35524</x:v>
+      </x:c>
+      <x:c r="J45" s="3" t="n">
+        <x:v>34828</x:v>
+      </x:c>
+      <x:c r="K45" s="3" t="n">
+        <x:v>33691</x:v>
+      </x:c>
+      <x:c r="L45" s="3" t="n">
+        <x:v>31214</x:v>
+      </x:c>
+      <x:c r="M45" s="3" t="n">
+        <x:v>32841</x:v>
+      </x:c>
+      <x:c r="N45" s="3" t="n">
+        <x:v>30363</x:v>
+      </x:c>
+      <x:c r="O45" s="3" t="n">
+        <x:v>34964</x:v>
+      </x:c>
+      <x:c r="P45" s="3" t="n">
+        <x:v>36588</x:v>
+      </x:c>
+      <x:c r="Q45" s="3" t="n">
+        <x:v>43604</x:v>
+      </x:c>
+      <x:c r="R45" s="3" t="n">
+        <x:v>36547</x:v>
+      </x:c>
+      <x:c r="S45" s="3" t="n">
+        <x:v>34175</x:v>
+      </x:c>
+      <x:c r="T45" s="3" t="n">
+        <x:v>34458</x:v>
+      </x:c>
+      <x:c r="U45" s="3" t="n">
+        <x:v>46660</x:v>
+      </x:c>
+      <x:c r="V45" s="3" t="n">
+        <x:v>42081</x:v>
+      </x:c>
+      <x:c r="W45" s="3" t="n">
+        <x:v>37883</x:v>
+      </x:c>
+      <x:c r="X45" s="3" t="n">
+        <x:v>40739</x:v>
+      </x:c>
+      <x:c r="Y45" s="3" t="n">
         <x:v>38775</x:v>
       </x:c>
-      <x:c r="AL30" s="3" t="n">
-[...459 lines deleted...]
-        <x:v>15356</x:v>
+      <x:c r="Z45" s="3" t="n">
+        <x:v>36819</x:v>
+      </x:c>
+      <x:c r="AA45" s="3" t="n">
+        <x:v>44093</x:v>
+      </x:c>
+      <x:c r="AB45" s="3" t="n">
+        <x:v>33484</x:v>
+      </x:c>
+      <x:c r="AC45" s="3" t="n">
+        <x:v>50916</x:v>
+      </x:c>
+      <x:c r="AD45" s="3" t="n">
+        <x:v>43442</x:v>
+      </x:c>
+      <x:c r="AE45" s="3" t="n">
+        <x:v>42876</x:v>
+      </x:c>
+      <x:c r="AF45" s="3" t="n">
+        <x:v>43124</x:v>
+      </x:c>
+      <x:c r="AG45" s="3" t="n">
+        <x:v>44038</x:v>
+      </x:c>
+      <x:c r="AH45" s="3" t="n">
+        <x:v>49550</x:v>
+      </x:c>
+      <x:c r="AI45" s="3" t="n">
+        <x:v>46790</x:v>
+      </x:c>
+      <x:c r="AJ45" s="3" t="n">
+        <x:v>46062</x:v>
+      </x:c>
+      <x:c r="AK45" s="3" t="n">
+        <x:v>45775</x:v>
+      </x:c>
+      <x:c r="AL45" s="3" t="n">
+        <x:v>44996</x:v>
+      </x:c>
+      <x:c r="AM45" s="3" t="n">
+        <x:v>45392</x:v>
+      </x:c>
+      <x:c r="AN45" s="3" t="n">
+        <x:v>45567</x:v>
+      </x:c>
+      <x:c r="AO45" s="3" t="n">
+        <x:v>40760</x:v>
+      </x:c>
+      <x:c r="AP45" s="3" t="n">
+        <x:v>44302</x:v>
+      </x:c>
+      <x:c r="AQ45" s="3" t="n">
+        <x:v>45446</x:v>
+      </x:c>
+      <x:c r="AR45" s="3" t="n">
+        <x:v>45159</x:v>
+      </x:c>
+      <x:c r="AS45" s="3" t="n">
+        <x:v>41302</x:v>
+      </x:c>
+      <x:c r="AT45" s="3" t="n">
+        <x:v>45726</x:v>
+      </x:c>
+      <x:c r="AU45" s="3" t="n">
+        <x:v>45581</x:v>
+      </x:c>
+      <x:c r="AV45" s="3" t="n">
+        <x:v>44725</x:v>
+      </x:c>
+      <x:c r="AW45" s="3" t="n">
+        <x:v>47746</x:v>
+      </x:c>
+      <x:c r="AX45" s="3" t="n">
+        <x:v>47638</x:v>
+      </x:c>
+      <x:c r="AY45" s="3" t="n">
+        <x:v>44057</x:v>
+      </x:c>
+      <x:c r="AZ45" s="3" t="n">
+        <x:v>44607</x:v>
+      </x:c>
+      <x:c r="BA45" s="3" t="n">
+        <x:v>47389</x:v>
+      </x:c>
+      <x:c r="BB45" s="3" t="n">
+        <x:v>46313</x:v>
+      </x:c>
+      <x:c r="BC45" s="3" t="n">
+        <x:v>48674</x:v>
+      </x:c>
+      <x:c r="BD45" s="3" t="n">
+        <x:v>48708</x:v>
+      </x:c>
+      <x:c r="BE45" s="3" t="n">
+        <x:v>50939</x:v>
+      </x:c>
+      <x:c r="BF45" s="3" t="n">
+        <x:v>51026</x:v>
+      </x:c>
+      <x:c r="BG45" s="3" t="n">
+        <x:v>53701</x:v>
+      </x:c>
+      <x:c r="BH45" s="3" t="n">
+        <x:v>51031</x:v>
+      </x:c>
+      <x:c r="BI45" s="3" t="n">
+        <x:v>49206</x:v>
+      </x:c>
+      <x:c r="BJ45" s="3" t="n">
+        <x:v>53089</x:v>
+      </x:c>
+      <x:c r="BK45" s="3" t="n">
+        <x:v>53249</x:v>
+      </x:c>
+      <x:c r="BL45" s="3" t="n">
+        <x:v>54471</x:v>
+      </x:c>
+      <x:c r="BM45" s="3" t="n">
+        <x:v>52741</x:v>
+      </x:c>
+      <x:c r="BN45" s="3" t="n">
+        <x:v>51444</x:v>
+      </x:c>
+      <x:c r="BO45" s="3" t="n">
+        <x:v>50483</x:v>
+      </x:c>
+      <x:c r="BP45" s="3" t="n">
+        <x:v>49506</x:v>
+      </x:c>
+      <x:c r="BQ45" s="3" t="n">
+        <x:v>60074</x:v>
+      </x:c>
+      <x:c r="BR45" s="3" t="n">
+        <x:v>53011</x:v>
+      </x:c>
+      <x:c r="BS45" s="3" t="n">
+        <x:v>52897</x:v>
+      </x:c>
+      <x:c r="BT45" s="3" t="n">
+        <x:v>50679</x:v>
+      </x:c>
+      <x:c r="BU45" s="3" t="n">
+        <x:v>50849</x:v>
+      </x:c>
+      <x:c r="BV45" s="3" t="n">
+        <x:v>51765</x:v>
+      </x:c>
+      <x:c r="BW45" s="3" t="n">
+        <x:v>50675</x:v>
+      </x:c>
+      <x:c r="BX45" s="3" t="n">
+        <x:v>52228</x:v>
+      </x:c>
+      <x:c r="BY45" s="3" t="n">
+        <x:v>54212</x:v>
+      </x:c>
+      <x:c r="BZ45" s="3" t="n">
+        <x:v>57106</x:v>
+      </x:c>
+      <x:c r="CA45" s="3" t="n">
+        <x:v>62160</x:v>
+      </x:c>
+      <x:c r="CB45" s="3" t="n">
+        <x:v>61339</x:v>
+      </x:c>
+      <x:c r="CC45" s="3" t="n">
+        <x:v>62797</x:v>
+      </x:c>
+      <x:c r="CD45" s="3" t="n">
+        <x:v>64472</x:v>
+      </x:c>
+      <x:c r="CE45" s="3" t="n">
+        <x:v>64339</x:v>
+      </x:c>
+      <x:c r="CF45" s="3" t="n">
+        <x:v>63902</x:v>
+      </x:c>
+      <x:c r="CG45" s="3" t="n">
+        <x:v>65901</x:v>
+      </x:c>
+      <x:c r="CH45" s="3" t="n">
+        <x:v>68582</x:v>
+      </x:c>
+      <x:c r="CI45" s="3" t="n">
+        <x:v>67052</x:v>
+      </x:c>
+      <x:c r="CJ45" s="3" t="n">
+        <x:v>66977</x:v>
+      </x:c>
+      <x:c r="CK45" s="3" t="n">
+        <x:v>67313</x:v>
+      </x:c>
+      <x:c r="CL45" s="3" t="n">
+        <x:v>70072</x:v>
+      </x:c>
+      <x:c r="CM45" s="3" t="n">
+        <x:v>70111</x:v>
+      </x:c>
+      <x:c r="CN45" s="3" t="n">
+        <x:v>68220</x:v>
+      </x:c>
+      <x:c r="CO45" s="3" t="n">
+        <x:v>71599</x:v>
+      </x:c>
+      <x:c r="CP45" s="3" t="n">
+        <x:v>74840</x:v>
+      </x:c>
+      <x:c r="CQ45" s="3" t="n">
+        <x:v>74713</x:v>
+      </x:c>
+      <x:c r="CR45" s="3" t="n">
+        <x:v>71868</x:v>
+      </x:c>
+      <x:c r="CS45" s="3" t="n">
+        <x:v>71793</x:v>
+      </x:c>
+      <x:c r="CT45" s="3" t="n">
+        <x:v>73052</x:v>
+      </x:c>
+      <x:c r="CU45" s="3" t="n">
+        <x:v>72795</x:v>
+      </x:c>
+      <x:c r="CV45" s="3" t="n">
+        <x:v>71924</x:v>
+      </x:c>
+      <x:c r="CW45" s="3" t="n">
+        <x:v>72119</x:v>
+      </x:c>
+      <x:c r="CX45" s="3" t="n">
+        <x:v>69114</x:v>
+      </x:c>
+      <x:c r="CY45" s="3" t="n">
+        <x:v>69748</x:v>
+      </x:c>
+      <x:c r="CZ45" s="3" t="n">
+        <x:v>70041</x:v>
+      </x:c>
+      <x:c r="DA45" s="3" t="n">
+        <x:v>70740</x:v>
+      </x:c>
+      <x:c r="DB45" s="3" t="n">
+        <x:v>73018</x:v>
+      </x:c>
+      <x:c r="DC45" s="3" t="n">
+        <x:v>70479</x:v>
+      </x:c>
+      <x:c r="DD45" s="3" t="n">
+        <x:v>71577</x:v>
+      </x:c>
+      <x:c r="DE45" s="3" t="n">
+        <x:v>73418</x:v>
+      </x:c>
+      <x:c r="DF45" s="3" t="n">
+        <x:v>74134</x:v>
+      </x:c>
+      <x:c r="DG45" s="3" t="n">
+        <x:v>77454</x:v>
+      </x:c>
+      <x:c r="DH45" s="3" t="n">
+        <x:v>77788</x:v>
+      </x:c>
+      <x:c r="DI45" s="3" t="n">
+        <x:v>80268</x:v>
+      </x:c>
+      <x:c r="DJ45" s="3" t="n">
+        <x:v>76908</x:v>
+      </x:c>
+      <x:c r="DK45" s="3" t="n">
+        <x:v>81197</x:v>
+      </x:c>
+      <x:c r="DL45" s="3" t="n">
+        <x:v>82648</x:v>
+      </x:c>
+      <x:c r="DM45" s="3" t="n">
+        <x:v>85421</x:v>
+      </x:c>
+      <x:c r="DN45" s="3" t="n">
+        <x:v>88983</x:v>
+      </x:c>
+      <x:c r="DO45" s="3" t="n">
+        <x:v>88098</x:v>
+      </x:c>
+      <x:c r="DP45" s="3" t="n">
+        <x:v>89007</x:v>
+      </x:c>
+      <x:c r="DQ45" s="3" t="n">
+        <x:v>94530</x:v>
+      </x:c>
+      <x:c r="DR45" s="3" t="n">
+        <x:v>92577</x:v>
+      </x:c>
+      <x:c r="DS45" s="3" t="n">
+        <x:v>93428</x:v>
+      </x:c>
+      <x:c r="DT45" s="3" t="n">
+        <x:v>93977</x:v>
+      </x:c>
+      <x:c r="DU45" s="3" t="n">
+        <x:v>96112</x:v>
+      </x:c>
+      <x:c r="DV45" s="3" t="n">
+        <x:v>85272</x:v>
+      </x:c>
+      <x:c r="DW45" s="3" t="n">
+        <x:v>87932</x:v>
+      </x:c>
+      <x:c r="DX45" s="3" t="n">
+        <x:v>87564</x:v>
+      </x:c>
+      <x:c r="DY45" s="3" t="n">
+        <x:v>89378</x:v>
+      </x:c>
+      <x:c r="DZ45" s="3" t="n">
+        <x:v>93697</x:v>
+      </x:c>
+      <x:c r="EA45" s="3" t="n">
+        <x:v>97951</x:v>
+      </x:c>
+      <x:c r="EB45" s="3" t="n">
+        <x:v>98612</x:v>
+      </x:c>
+      <x:c r="EC45" s="3" t="n">
+        <x:v>96840</x:v>
+      </x:c>
+      <x:c r="ED45" s="3" t="n">
+        <x:v>95283</x:v>
+      </x:c>
+      <x:c r="EE45" s="3" t="n">
+        <x:v>95903</x:v>
+      </x:c>
+      <x:c r="EF45" s="3" t="n">
+        <x:v>99509</x:v>
+      </x:c>
+      <x:c r="EG45" s="3" t="n">
+        <x:v>107606</x:v>
+      </x:c>
+      <x:c r="EH45" s="3" t="n">
+        <x:v>107931</x:v>
+      </x:c>
+      <x:c r="EI45" s="3" t="n">
+        <x:v>110266</x:v>
+      </x:c>
+      <x:c r="EJ45" s="3" t="n">
+        <x:v>110255</x:v>
+      </x:c>
+      <x:c r="EK45" s="3" t="n">
+        <x:v>108904</x:v>
+      </x:c>
+      <x:c r="EL45" s="3" t="n">
+        <x:v>113553</x:v>
+      </x:c>
+      <x:c r="EM45" s="3" t="n">
+        <x:v>117229</x:v>
+      </x:c>
+      <x:c r="EN45" s="3" t="n">
+        <x:v>116864</x:v>
+      </x:c>
+      <x:c r="EO45" s="3" t="n">
+        <x:v>121276</x:v>
+      </x:c>
+      <x:c r="EP45" s="3" t="n">
+        <x:v>117265</x:v>
+      </x:c>
+      <x:c r="EQ45" s="3" t="n">
+        <x:v>122043</x:v>
+      </x:c>
+      <x:c r="ER45" s="3" t="n">
+        <x:v>121234</x:v>
+      </x:c>
+      <x:c r="ES45" s="3" t="n">
+        <x:v>121920</x:v>
+      </x:c>
+      <x:c r="ET45" s="3" t="n">
+        <x:v>120110</x:v>
+      </x:c>
+      <x:c r="EU45" s="3" t="n">
+        <x:v>120396</x:v>
+      </x:c>
+      <x:c r="EV45" s="3" t="n">
+        <x:v>120638</x:v>
+      </x:c>
+      <x:c r="EW45" s="3" t="n">
+        <x:v>124599</x:v>
+      </x:c>
+      <x:c r="EX45" s="3" t="n">
+        <x:v>124875</x:v>
+      </x:c>
+      <x:c r="EY45" s="3" t="n">
+        <x:v>126196</x:v>
+      </x:c>
+      <x:c r="EZ45" s="3" t="n">
+        <x:v>126694</x:v>
+      </x:c>
+      <x:c r="FA45" s="3" t="n">
+        <x:v>127692</x:v>
+      </x:c>
+      <x:c r="FB45" s="3" t="n">
+        <x:v>125121</x:v>
+      </x:c>
+      <x:c r="FC45" s="3" t="n">
+        <x:v>126896</x:v>
+      </x:c>
+      <x:c r="FD45" s="3" t="n">
+        <x:v>127495</x:v>
+      </x:c>
+      <x:c r="FE45" s="3" t="n">
+        <x:v>130000</x:v>
+      </x:c>
+      <x:c r="FF45" s="3" t="n">
+        <x:v>123802</x:v>
+      </x:c>
+      <x:c r="FG45" s="3" t="n">
+        <x:v>128933</x:v>
+      </x:c>
+      <x:c r="FH45" s="3" t="n">
+        <x:v>129510</x:v>
+      </x:c>
+      <x:c r="FI45" s="3" t="n">
+        <x:v>126481</x:v>
+      </x:c>
+      <x:c r="FJ45" s="3" t="n">
+        <x:v>130718</x:v>
+      </x:c>
+      <x:c r="FK45" s="3" t="n">
+        <x:v>131867</x:v>
+      </x:c>
+      <x:c r="FL45" s="3" t="n">
+        <x:v>136682</x:v>
+      </x:c>
+      <x:c r="FM45" s="3" t="n">
+        <x:v>140213</x:v>
+      </x:c>
+      <x:c r="FN45" s="3" t="n">
+        <x:v>138798</x:v>
+      </x:c>
+      <x:c r="FO45" s="3" t="n">
+        <x:v>88678</x:v>
+      </x:c>
+      <x:c r="FP45" s="3" t="n">
+        <x:v>96330</x:v>
+      </x:c>
+      <x:c r="FQ45" s="3" t="n">
+        <x:v>96468</x:v>
+      </x:c>
+      <x:c r="FR45" s="3" t="n">
+        <x:v>87453</x:v>
+      </x:c>
+      <x:c r="FS45" s="3" t="n">
+        <x:v>86698</x:v>
+      </x:c>
+      <x:c r="FT45" s="3" t="n">
+        <x:v>104786</x:v>
+      </x:c>
+      <x:c r="FU45" s="3" t="n">
+        <x:v>121422</x:v>
+      </x:c>
+      <x:c r="FV45" s="3" t="n">
+        <x:v>119388</x:v>
+      </x:c>
+      <x:c r="FW45" s="3" t="n">
+        <x:v>138188</x:v>
+      </x:c>
+      <x:c r="FX45" s="3" t="n">
+        <x:v>141793</x:v>
+      </x:c>
+      <x:c r="FY45" s="3" t="n">
+        <x:v>142783</x:v>
+      </x:c>
+      <x:c r="FZ45" s="3" t="n">
+        <x:v>143707</x:v>
+      </x:c>
+      <x:c r="GA45" s="3" t="n">
+        <x:v>148125</x:v>
+      </x:c>
+      <x:c r="GB45" s="3" t="n">
+        <x:v>146557</x:v>
+      </x:c>
+      <x:c r="GC45" s="3" t="n">
+        <x:v>152251</x:v>
+      </x:c>
+      <x:c r="GD45" s="3" t="n">
+        <x:v>156346</x:v>
+      </x:c>
+      <x:c r="GE45" s="3" t="n">
+        <x:v>160200</x:v>
+      </x:c>
+      <x:c r="GF45" s="3" t="n">
+        <x:v>165064</x:v>
+      </x:c>
+      <x:c r="GG45" s="3" t="n">
+        <x:v>164930</x:v>
+      </x:c>
+      <x:c r="GH45" s="3" t="n">
+        <x:v>164179</x:v>
+      </x:c>
+      <x:c r="GI45" s="3" t="n">
+        <x:v>162642</x:v>
+      </x:c>
+      <x:c r="GJ45" s="3" t="n">
+        <x:v>167710</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:191">
-[...153 lines deleted...]
-      <x:c r="AZ31" s="3" t="n">
+    <x:row r="46" spans="1:192">
+      <x:c r="A46" s="2" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="B46" s="3" t="n">
+        <x:v>427849</x:v>
+      </x:c>
+      <x:c r="C46" s="3" t="n">
+        <x:v>432955</x:v>
+      </x:c>
+      <x:c r="D46" s="3" t="n">
+        <x:v>436795</x:v>
+      </x:c>
+      <x:c r="E46" s="3" t="n">
+        <x:v>437221</x:v>
+      </x:c>
+      <x:c r="F46" s="3" t="n">
+        <x:v>440236</x:v>
+      </x:c>
+      <x:c r="G46" s="3" t="n">
+        <x:v>449891</x:v>
+      </x:c>
+      <x:c r="H46" s="3" t="n">
+        <x:v>458559</x:v>
+      </x:c>
+      <x:c r="I46" s="3" t="n">
+        <x:v>461621</x:v>
+      </x:c>
+      <x:c r="J46" s="3" t="n">
+        <x:v>479841</x:v>
+      </x:c>
+      <x:c r="K46" s="3" t="n">
+        <x:v>472536</x:v>
+      </x:c>
+      <x:c r="L46" s="3" t="n">
+        <x:v>466225</x:v>
+      </x:c>
+      <x:c r="M46" s="3" t="n">
+        <x:v>473654</x:v>
+      </x:c>
+      <x:c r="N46" s="3" t="n">
+        <x:v>482132</x:v>
+      </x:c>
+      <x:c r="O46" s="3" t="n">
+        <x:v>483615</x:v>
+      </x:c>
+      <x:c r="P46" s="3" t="n">
+        <x:v>479139</x:v>
+      </x:c>
+      <x:c r="Q46" s="3" t="n">
+        <x:v>479049</x:v>
+      </x:c>
+      <x:c r="R46" s="3" t="n">
+        <x:v>481890</x:v>
+      </x:c>
+      <x:c r="S46" s="3" t="n">
+        <x:v>481927</x:v>
+      </x:c>
+      <x:c r="T46" s="3" t="n">
+        <x:v>481821</x:v>
+      </x:c>
+      <x:c r="U46" s="3" t="n">
+        <x:v>482962</x:v>
+      </x:c>
+      <x:c r="V46" s="3" t="n">
+        <x:v>495552</x:v>
+      </x:c>
+      <x:c r="W46" s="3" t="n">
+        <x:v>499574</x:v>
+      </x:c>
+      <x:c r="X46" s="3" t="n">
+        <x:v>504669</x:v>
+      </x:c>
+      <x:c r="Y46" s="3" t="n">
+        <x:v>504810</x:v>
+      </x:c>
+      <x:c r="Z46" s="3" t="n">
+        <x:v>522155</x:v>
+      </x:c>
+      <x:c r="AA46" s="3" t="n">
+        <x:v>524538</x:v>
+      </x:c>
+      <x:c r="AB46" s="3" t="n">
+        <x:v>535723</x:v>
+      </x:c>
+      <x:c r="AC46" s="3" t="n">
+        <x:v>543979</x:v>
+      </x:c>
+      <x:c r="AD46" s="3" t="n">
+        <x:v>558480</x:v>
+      </x:c>
+      <x:c r="AE46" s="3" t="n">
+        <x:v>552797</x:v>
+      </x:c>
+      <x:c r="AF46" s="3" t="n">
+        <x:v>564658</x:v>
+      </x:c>
+      <x:c r="AG46" s="3" t="n">
+        <x:v>568710</x:v>
+      </x:c>
+      <x:c r="AH46" s="3" t="n">
+        <x:v>582110</x:v>
+      </x:c>
+      <x:c r="AI46" s="3" t="n">
+        <x:v>576254</x:v>
+      </x:c>
+      <x:c r="AJ46" s="3" t="n">
+        <x:v>587373</x:v>
+      </x:c>
+      <x:c r="AK46" s="3" t="n">
+        <x:v>589766</x:v>
+      </x:c>
+      <x:c r="AL46" s="3" t="n">
+        <x:v>590704</x:v>
+      </x:c>
+      <x:c r="AM46" s="3" t="n">
+        <x:v>600321</x:v>
+      </x:c>
+      <x:c r="AN46" s="3" t="n">
+        <x:v>588657</x:v>
+      </x:c>
+      <x:c r="AO46" s="3" t="n">
+        <x:v>596557</x:v>
+      </x:c>
+      <x:c r="AP46" s="3" t="n">
+        <x:v>595185</x:v>
+      </x:c>
+      <x:c r="AQ46" s="3" t="n">
+        <x:v>588411</x:v>
+      </x:c>
+      <x:c r="AR46" s="3" t="n">
+        <x:v>592087</x:v>
+      </x:c>
+      <x:c r="AS46" s="3" t="n">
+        <x:v>592715</x:v>
+      </x:c>
+      <x:c r="AT46" s="3" t="n">
+        <x:v>591405</x:v>
+      </x:c>
+      <x:c r="AU46" s="3" t="n">
+        <x:v>596553</x:v>
+      </x:c>
+      <x:c r="AV46" s="3" t="n">
+        <x:v>600851</x:v>
+      </x:c>
+      <x:c r="AW46" s="3" t="n">
+        <x:v>603972</x:v>
+      </x:c>
+      <x:c r="AX46" s="3" t="n">
+        <x:v>605516</x:v>
+      </x:c>
+      <x:c r="AY46" s="3" t="n">
+        <x:v>610349</x:v>
+      </x:c>
+      <x:c r="AZ46" s="3" t="n">
+        <x:v>605901</x:v>
+      </x:c>
+      <x:c r="BA46" s="3" t="n">
+        <x:v>617890</x:v>
+      </x:c>
+      <x:c r="BB46" s="3" t="n">
+        <x:v>625248</x:v>
+      </x:c>
+      <x:c r="BC46" s="3" t="n">
+        <x:v>627673</x:v>
+      </x:c>
+      <x:c r="BD46" s="3" t="n">
+        <x:v>626534</x:v>
+      </x:c>
+      <x:c r="BE46" s="3" t="n">
+        <x:v>629943</x:v>
+      </x:c>
+      <x:c r="BF46" s="3" t="n">
+        <x:v>645561</x:v>
+      </x:c>
+      <x:c r="BG46" s="3" t="n">
+        <x:v>648055</x:v>
+      </x:c>
+      <x:c r="BH46" s="3" t="n">
+        <x:v>654354</x:v>
+      </x:c>
+      <x:c r="BI46" s="3" t="n">
+        <x:v>650867</x:v>
+      </x:c>
+      <x:c r="BJ46" s="3" t="n">
+        <x:v>652817</x:v>
+      </x:c>
+      <x:c r="BK46" s="3" t="n">
+        <x:v>661157</x:v>
+      </x:c>
+      <x:c r="BL46" s="3" t="n">
+        <x:v>670896</x:v>
+      </x:c>
+      <x:c r="BM46" s="3" t="n">
+        <x:v>688633</x:v>
+      </x:c>
+      <x:c r="BN46" s="3" t="n">
+        <x:v>691598</x:v>
+      </x:c>
+      <x:c r="BO46" s="3" t="n">
+        <x:v>703487</x:v>
+      </x:c>
+      <x:c r="BP46" s="3" t="n">
+        <x:v>696390</x:v>
+      </x:c>
+      <x:c r="BQ46" s="3" t="n">
+        <x:v>716755</x:v>
+      </x:c>
+      <x:c r="BR46" s="3" t="n">
+        <x:v>719710</x:v>
+      </x:c>
+      <x:c r="BS46" s="3" t="n">
+        <x:v>724354</x:v>
+      </x:c>
+      <x:c r="BT46" s="3" t="n">
+        <x:v>737005</x:v>
+      </x:c>
+      <x:c r="BU46" s="3" t="n">
+        <x:v>743784</x:v>
+      </x:c>
+      <x:c r="BV46" s="3" t="n">
+        <x:v>761073</x:v>
+      </x:c>
+      <x:c r="BW46" s="3" t="n">
+        <x:v>760299</x:v>
+      </x:c>
+      <x:c r="BX46" s="3" t="n">
+        <x:v>779089</x:v>
+      </x:c>
+      <x:c r="BY46" s="3" t="n">
+        <x:v>769742</x:v>
+      </x:c>
+      <x:c r="BZ46" s="3" t="n">
+        <x:v>794182</x:v>
+      </x:c>
+      <x:c r="CA46" s="3" t="n">
+        <x:v>808382</x:v>
+      </x:c>
+      <x:c r="CB46" s="3" t="n">
+        <x:v>807734</x:v>
+      </x:c>
+      <x:c r="CC46" s="3" t="n">
+        <x:v>816243</x:v>
+      </x:c>
+      <x:c r="CD46" s="3" t="n">
+        <x:v>828192</x:v>
+      </x:c>
+      <x:c r="CE46" s="3" t="n">
+        <x:v>835182</x:v>
+      </x:c>
+      <x:c r="CF46" s="3" t="n">
+        <x:v>823992</x:v>
+      </x:c>
+      <x:c r="CG46" s="3" t="n">
+        <x:v>827126</x:v>
+      </x:c>
+      <x:c r="CH46" s="3" t="n">
+        <x:v>837388</x:v>
+      </x:c>
+      <x:c r="CI46" s="3" t="n">
+        <x:v>837671</x:v>
+      </x:c>
+      <x:c r="CJ46" s="3" t="n">
+        <x:v>850436</x:v>
+      </x:c>
+      <x:c r="CK46" s="3" t="n">
+        <x:v>861342</x:v>
+      </x:c>
+      <x:c r="CL46" s="3" t="n">
+        <x:v>879761</x:v>
+      </x:c>
+      <x:c r="CM46" s="3" t="n">
+        <x:v>870305</x:v>
+      </x:c>
+      <x:c r="CN46" s="3" t="n">
+        <x:v>876568</x:v>
+      </x:c>
+      <x:c r="CO46" s="3" t="n">
+        <x:v>876824</x:v>
+      </x:c>
+      <x:c r="CP46" s="3" t="n">
+        <x:v>890193</x:v>
+      </x:c>
+      <x:c r="CQ46" s="3" t="n">
+        <x:v>889022</x:v>
+      </x:c>
+      <x:c r="CR46" s="3" t="n">
+        <x:v>897124</x:v>
+      </x:c>
+      <x:c r="CS46" s="3" t="n">
+        <x:v>902914</x:v>
+      </x:c>
+      <x:c r="CT46" s="3" t="n">
+        <x:v>900644</x:v>
+      </x:c>
+      <x:c r="CU46" s="3" t="n">
+        <x:v>914457</x:v>
+      </x:c>
+      <x:c r="CV46" s="3" t="n">
+        <x:v>904385</x:v>
+      </x:c>
+      <x:c r="CW46" s="3" t="n">
+        <x:v>911935</x:v>
+      </x:c>
+      <x:c r="CX46" s="3" t="n">
+        <x:v>915446</x:v>
+      </x:c>
+      <x:c r="CY46" s="3" t="n">
+        <x:v>912231</x:v>
+      </x:c>
+      <x:c r="CZ46" s="3" t="n">
+        <x:v>921670</x:v>
+      </x:c>
+      <x:c r="DA46" s="3" t="n">
+        <x:v>921888</x:v>
+      </x:c>
+      <x:c r="DB46" s="3" t="n">
+        <x:v>958827</x:v>
+      </x:c>
+      <x:c r="DC46" s="3" t="n">
+        <x:v>960280</x:v>
+      </x:c>
+      <x:c r="DD46" s="3" t="n">
+        <x:v>952116</x:v>
+      </x:c>
+      <x:c r="DE46" s="3" t="n">
+        <x:v>958982</x:v>
+      </x:c>
+      <x:c r="DF46" s="3" t="n">
+        <x:v>979768</x:v>
+      </x:c>
+      <x:c r="DG46" s="3" t="n">
+        <x:v>983528</x:v>
+      </x:c>
+      <x:c r="DH46" s="3" t="n">
+        <x:v>989510</x:v>
+      </x:c>
+      <x:c r="DI46" s="3" t="n">
+        <x:v>991145</x:v>
+      </x:c>
+      <x:c r="DJ46" s="3" t="n">
+        <x:v>1006214</x:v>
+      </x:c>
+      <x:c r="DK46" s="3" t="n">
+        <x:v>1007130</x:v>
+      </x:c>
+      <x:c r="DL46" s="3" t="n">
+        <x:v>1014664</x:v>
+      </x:c>
+      <x:c r="DM46" s="3" t="n">
+        <x:v>1028239</x:v>
+      </x:c>
+      <x:c r="DN46" s="3" t="n">
+        <x:v>1041823</x:v>
+      </x:c>
+      <x:c r="DO46" s="3" t="n">
+        <x:v>1041811</x:v>
+      </x:c>
+      <x:c r="DP46" s="3" t="n">
+        <x:v>1051509</x:v>
+      </x:c>
+      <x:c r="DQ46" s="3" t="n">
+        <x:v>1059839</x:v>
+      </x:c>
+      <x:c r="DR46" s="3" t="n">
+        <x:v>1057190</x:v>
+      </x:c>
+      <x:c r="DS46" s="3" t="n">
+        <x:v>1057571</x:v>
+      </x:c>
+      <x:c r="DT46" s="3" t="n">
+        <x:v>1056173</x:v>
+      </x:c>
+      <x:c r="DU46" s="3" t="n">
+        <x:v>1058564</x:v>
+      </x:c>
+      <x:c r="DV46" s="3" t="n">
+        <x:v>1044982</x:v>
+      </x:c>
+      <x:c r="DW46" s="3" t="n">
+        <x:v>1038304</x:v>
+      </x:c>
+      <x:c r="DX46" s="3" t="n">
+        <x:v>1038789</x:v>
+      </x:c>
+      <x:c r="DY46" s="3" t="n">
+        <x:v>1039190</x:v>
+      </x:c>
+      <x:c r="DZ46" s="3" t="n">
+        <x:v>1061122</x:v>
+      </x:c>
+      <x:c r="EA46" s="3" t="n">
+        <x:v>1052958</x:v>
+      </x:c>
+      <x:c r="EB46" s="3" t="n">
+        <x:v>1034099</x:v>
+      </x:c>
+      <x:c r="EC46" s="3" t="n">
+        <x:v>1054903</x:v>
+      </x:c>
+      <x:c r="ED46" s="3" t="n">
+        <x:v>1061471</x:v>
+      </x:c>
+      <x:c r="EE46" s="3" t="n">
+        <x:v>1058318</x:v>
+      </x:c>
+      <x:c r="EF46" s="3" t="n">
+        <x:v>1070555</x:v>
+      </x:c>
+      <x:c r="EG46" s="3" t="n">
+        <x:v>1070953</x:v>
+      </x:c>
+      <x:c r="EH46" s="3" t="n">
+        <x:v>1098152</x:v>
+      </x:c>
+      <x:c r="EI46" s="3" t="n">
+        <x:v>1100012</x:v>
+      </x:c>
+      <x:c r="EJ46" s="3" t="n">
+        <x:v>1088551</x:v>
+      </x:c>
+      <x:c r="EK46" s="3" t="n">
+        <x:v>1094919</x:v>
+      </x:c>
+      <x:c r="EL46" s="3" t="n">
+        <x:v>1101558</x:v>
+      </x:c>
+      <x:c r="EM46" s="3" t="n">
+        <x:v>1107241</x:v>
+      </x:c>
+      <x:c r="EN46" s="3" t="n">
+        <x:v>1115014</x:v>
+      </x:c>
+      <x:c r="EO46" s="3" t="n">
+        <x:v>1113596</x:v>
+      </x:c>
+      <x:c r="EP46" s="3" t="n">
+        <x:v>1123962</x:v>
+      </x:c>
+      <x:c r="EQ46" s="3" t="n">
+        <x:v>1129897</x:v>
+      </x:c>
+      <x:c r="ER46" s="3" t="n">
+        <x:v>1133296</x:v>
+      </x:c>
+      <x:c r="ES46" s="3" t="n">
+        <x:v>1143227</x:v>
+      </x:c>
+      <x:c r="ET46" s="3" t="n">
+        <x:v>1149489</x:v>
+      </x:c>
+      <x:c r="EU46" s="3" t="n">
+        <x:v>1153836</x:v>
+      </x:c>
+      <x:c r="EV46" s="3" t="n">
+        <x:v>1163497</x:v>
+      </x:c>
+      <x:c r="EW46" s="3" t="n">
+        <x:v>1156173</x:v>
+      </x:c>
+      <x:c r="EX46" s="3" t="n">
+        <x:v>1161098</x:v>
+      </x:c>
+      <x:c r="EY46" s="3" t="n">
+        <x:v>1165458</x:v>
+      </x:c>
+      <x:c r="EZ46" s="3" t="n">
+        <x:v>1156887</x:v>
+      </x:c>
+      <x:c r="FA46" s="3" t="n">
+        <x:v>1185230</x:v>
+      </x:c>
+      <x:c r="FB46" s="3" t="n">
+        <x:v>1189654</x:v>
+      </x:c>
+      <x:c r="FC46" s="3" t="n">
+        <x:v>1207049</x:v>
+      </x:c>
+      <x:c r="FD46" s="3" t="n">
+        <x:v>1215852</x:v>
+      </x:c>
+      <x:c r="FE46" s="3" t="n">
+        <x:v>1201763</x:v>
+      </x:c>
+      <x:c r="FF46" s="3" t="n">
+        <x:v>1212197</x:v>
+      </x:c>
+      <x:c r="FG46" s="3" t="n">
+        <x:v>1215592</x:v>
+      </x:c>
+      <x:c r="FH46" s="3" t="n">
+        <x:v>1227205</x:v>
+      </x:c>
+      <x:c r="FI46" s="3" t="n">
+        <x:v>1219592</x:v>
+      </x:c>
+      <x:c r="FJ46" s="3" t="n">
+        <x:v>1224183</x:v>
+      </x:c>
+      <x:c r="FK46" s="3" t="n">
+        <x:v>1226763</x:v>
+      </x:c>
+      <x:c r="FL46" s="3" t="n">
+        <x:v>1230536</x:v>
+      </x:c>
+      <x:c r="FM46" s="3" t="n">
+        <x:v>1262788</x:v>
+      </x:c>
+      <x:c r="FN46" s="3" t="n">
+        <x:v>1225259</x:v>
+      </x:c>
+      <x:c r="FO46" s="3" t="n">
+        <x:v>1185748</x:v>
+      </x:c>
+      <x:c r="FP46" s="3" t="n">
+        <x:v>1226536</x:v>
+      </x:c>
+      <x:c r="FQ46" s="3" t="n">
+        <x:v>1217057</x:v>
+      </x:c>
+      <x:c r="FR46" s="3" t="n">
+        <x:v>1235931</x:v>
+      </x:c>
+      <x:c r="FS46" s="3" t="n">
+        <x:v>1241977</x:v>
+      </x:c>
+      <x:c r="FT46" s="3" t="n">
+        <x:v>1290647</x:v>
+      </x:c>
+      <x:c r="FU46" s="3" t="n">
+        <x:v>1291310</x:v>
+      </x:c>
+      <x:c r="FV46" s="3" t="n">
+        <x:v>1295731</x:v>
+      </x:c>
+      <x:c r="FW46" s="3" t="n">
+        <x:v>1315246</x:v>
+      </x:c>
+      <x:c r="FX46" s="3" t="n">
+        <x:v>1337637</x:v>
+      </x:c>
+      <x:c r="FY46" s="3" t="n">
+        <x:v>1327685</x:v>
+      </x:c>
+      <x:c r="FZ46" s="3" t="n">
+        <x:v>1330786</x:v>
+      </x:c>
+      <x:c r="GA46" s="3" t="n">
+        <x:v>1322296</x:v>
+      </x:c>
+      <x:c r="GB46" s="3" t="n">
+        <x:v>1313863</x:v>
+      </x:c>
+      <x:c r="GC46" s="3" t="n">
+        <x:v>1339528</x:v>
+      </x:c>
+      <x:c r="GD46" s="3" t="n">
+        <x:v>1341649</x:v>
+      </x:c>
+      <x:c r="GE46" s="3" t="n">
+        <x:v>1358533</x:v>
+      </x:c>
+      <x:c r="GF46" s="3" t="n">
+        <x:v>1348041</x:v>
+      </x:c>
+      <x:c r="GG46" s="3" t="n">
+        <x:v>1339017</x:v>
+      </x:c>
+      <x:c r="GH46" s="3" t="n">
+        <x:v>1345452</x:v>
+      </x:c>
+      <x:c r="GI46" s="3" t="n">
+        <x:v>1361996</x:v>
+      </x:c>
+      <x:c r="GJ46" s="3" t="n">
+        <x:v>1377548</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:192">
+      <x:c r="A47" s="2" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="B47" s="3" t="n">
+        <x:v>324627</x:v>
+      </x:c>
+      <x:c r="C47" s="3" t="n">
+        <x:v>327858</x:v>
+      </x:c>
+      <x:c r="D47" s="3" t="n">
+        <x:v>328889</x:v>
+      </x:c>
+      <x:c r="E47" s="3" t="n">
+        <x:v>334237</x:v>
+      </x:c>
+      <x:c r="F47" s="3" t="n">
+        <x:v>337421</x:v>
+      </x:c>
+      <x:c r="G47" s="3" t="n">
+        <x:v>337499</x:v>
+      </x:c>
+      <x:c r="H47" s="3" t="n">
+        <x:v>340623</x:v>
+      </x:c>
+      <x:c r="I47" s="3" t="n">
+        <x:v>344676</x:v>
+      </x:c>
+      <x:c r="J47" s="3" t="n">
+        <x:v>349334</x:v>
+      </x:c>
+      <x:c r="K47" s="3" t="n">
+        <x:v>345711</x:v>
+      </x:c>
+      <x:c r="L47" s="3" t="n">
+        <x:v>346544</x:v>
+      </x:c>
+      <x:c r="M47" s="3" t="n">
+        <x:v>347792</x:v>
+      </x:c>
+      <x:c r="N47" s="3" t="n">
+        <x:v>354210</x:v>
+      </x:c>
+      <x:c r="O47" s="3" t="n">
+        <x:v>353471</x:v>
+      </x:c>
+      <x:c r="P47" s="3" t="n">
+        <x:v>352051</x:v>
+      </x:c>
+      <x:c r="Q47" s="3" t="n">
+        <x:v>354217</x:v>
+      </x:c>
+      <x:c r="R47" s="3" t="n">
+        <x:v>355711</x:v>
+      </x:c>
+      <x:c r="S47" s="3" t="n">
+        <x:v>355191</x:v>
+      </x:c>
+      <x:c r="T47" s="3" t="n">
+        <x:v>354151</x:v>
+      </x:c>
+      <x:c r="U47" s="3" t="n">
+        <x:v>355192</x:v>
+      </x:c>
+      <x:c r="V47" s="3" t="n">
+        <x:v>357568</x:v>
+      </x:c>
+      <x:c r="W47" s="3" t="n">
+        <x:v>361408</x:v>
+      </x:c>
+      <x:c r="X47" s="3" t="n">
+        <x:v>362998</x:v>
+      </x:c>
+      <x:c r="Y47" s="3" t="n">
+        <x:v>367395</x:v>
+      </x:c>
+      <x:c r="Z47" s="3" t="n">
+        <x:v>372134</x:v>
+      </x:c>
+      <x:c r="AA47" s="3" t="n">
+        <x:v>368341</x:v>
+      </x:c>
+      <x:c r="AB47" s="3" t="n">
+        <x:v>375132</x:v>
+      </x:c>
+      <x:c r="AC47" s="3" t="n">
+        <x:v>391847</x:v>
+      </x:c>
+      <x:c r="AD47" s="3" t="n">
+        <x:v>399359</x:v>
+      </x:c>
+      <x:c r="AE47" s="3" t="n">
+        <x:v>395322</x:v>
+      </x:c>
+      <x:c r="AF47" s="3" t="n">
+        <x:v>399424</x:v>
+      </x:c>
+      <x:c r="AG47" s="3" t="n">
+        <x:v>402580</x:v>
+      </x:c>
+      <x:c r="AH47" s="3" t="n">
+        <x:v>405364</x:v>
+      </x:c>
+      <x:c r="AI47" s="3" t="n">
+        <x:v>417414</x:v>
+      </x:c>
+      <x:c r="AJ47" s="3" t="n">
+        <x:v>413836</x:v>
+      </x:c>
+      <x:c r="AK47" s="3" t="n">
+        <x:v>413251</x:v>
+      </x:c>
+      <x:c r="AL47" s="3" t="n">
+        <x:v>413032</x:v>
+      </x:c>
+      <x:c r="AM47" s="3" t="n">
+        <x:v>421978</x:v>
+      </x:c>
+      <x:c r="AN47" s="3" t="n">
+        <x:v>415000</x:v>
+      </x:c>
+      <x:c r="AO47" s="3" t="n">
+        <x:v>420724</x:v>
+      </x:c>
+      <x:c r="AP47" s="3" t="n">
+        <x:v>415025</x:v>
+      </x:c>
+      <x:c r="AQ47" s="3" t="n">
+        <x:v>412379</x:v>
+      </x:c>
+      <x:c r="AR47" s="3" t="n">
+        <x:v>411730</x:v>
+      </x:c>
+      <x:c r="AS47" s="3" t="n">
+        <x:v>410183</x:v>
+      </x:c>
+      <x:c r="AT47" s="3" t="n">
+        <x:v>405200</x:v>
+      </x:c>
+      <x:c r="AU47" s="3" t="n">
+        <x:v>404485</x:v>
+      </x:c>
+      <x:c r="AV47" s="3" t="n">
+        <x:v>403901</x:v>
+      </x:c>
+      <x:c r="AW47" s="3" t="n">
+        <x:v>410978</x:v>
+      </x:c>
+      <x:c r="AX47" s="3" t="n">
+        <x:v>410812</x:v>
+      </x:c>
+      <x:c r="AY47" s="3" t="n">
+        <x:v>409197</x:v>
+      </x:c>
+      <x:c r="AZ47" s="3" t="n">
+        <x:v>408891</x:v>
+      </x:c>
+      <x:c r="BA47" s="3" t="n">
+        <x:v>412026</x:v>
+      </x:c>
+      <x:c r="BB47" s="3" t="n">
+        <x:v>414281</x:v>
+      </x:c>
+      <x:c r="BC47" s="3" t="n">
+        <x:v>414788</x:v>
+      </x:c>
+      <x:c r="BD47" s="3" t="n">
+        <x:v>417203</x:v>
+      </x:c>
+      <x:c r="BE47" s="3" t="n">
+        <x:v>414723</x:v>
+      </x:c>
+      <x:c r="BF47" s="3" t="n">
+        <x:v>423959</x:v>
+      </x:c>
+      <x:c r="BG47" s="3" t="n">
+        <x:v>424454</x:v>
+      </x:c>
+      <x:c r="BH47" s="3" t="n">
+        <x:v>425997</x:v>
+      </x:c>
+      <x:c r="BI47" s="3" t="n">
+        <x:v>429266</x:v>
+      </x:c>
+      <x:c r="BJ47" s="3" t="n">
+        <x:v>432609</x:v>
+      </x:c>
+      <x:c r="BK47" s="3" t="n">
+        <x:v>434281</x:v>
+      </x:c>
+      <x:c r="BL47" s="3" t="n">
+        <x:v>436715</x:v>
+      </x:c>
+      <x:c r="BM47" s="3" t="n">
+        <x:v>447291</x:v>
+      </x:c>
+      <x:c r="BN47" s="3" t="n">
+        <x:v>446887</x:v>
+      </x:c>
+      <x:c r="BO47" s="3" t="n">
+        <x:v>453640</x:v>
+      </x:c>
+      <x:c r="BP47" s="3" t="n">
+        <x:v>454044</x:v>
+      </x:c>
+      <x:c r="BQ47" s="3" t="n">
+        <x:v>459210</x:v>
+      </x:c>
+      <x:c r="BR47" s="3" t="n">
+        <x:v>465141</x:v>
+      </x:c>
+      <x:c r="BS47" s="3" t="n">
+        <x:v>465344</x:v>
+      </x:c>
+      <x:c r="BT47" s="3" t="n">
+        <x:v>472669</x:v>
+      </x:c>
+      <x:c r="BU47" s="3" t="n">
+        <x:v>471364</x:v>
+      </x:c>
+      <x:c r="BV47" s="3" t="n">
+        <x:v>485848</x:v>
+      </x:c>
+      <x:c r="BW47" s="3" t="n">
+        <x:v>482227</x:v>
+      </x:c>
+      <x:c r="BX47" s="3" t="n">
+        <x:v>490301</x:v>
+      </x:c>
+      <x:c r="BY47" s="3" t="n">
+        <x:v>491290</x:v>
+      </x:c>
+      <x:c r="BZ47" s="3" t="n">
+        <x:v>494294</x:v>
+      </x:c>
+      <x:c r="CA47" s="3" t="n">
+        <x:v>513440</x:v>
+      </x:c>
+      <x:c r="CB47" s="3" t="n">
+        <x:v>515266</x:v>
+      </x:c>
+      <x:c r="CC47" s="3" t="n">
+        <x:v>523287</x:v>
+      </x:c>
+      <x:c r="CD47" s="3" t="n">
+        <x:v>524963</x:v>
+      </x:c>
+      <x:c r="CE47" s="3" t="n">
+        <x:v>530525</x:v>
+      </x:c>
+      <x:c r="CF47" s="3" t="n">
+        <x:v>533738</x:v>
+      </x:c>
+      <x:c r="CG47" s="3" t="n">
+        <x:v>536709</x:v>
+      </x:c>
+      <x:c r="CH47" s="3" t="n">
+        <x:v>537852</x:v>
+      </x:c>
+      <x:c r="CI47" s="3" t="n">
+        <x:v>540736</x:v>
+      </x:c>
+      <x:c r="CJ47" s="3" t="n">
+        <x:v>548150</x:v>
+      </x:c>
+      <x:c r="CK47" s="3" t="n">
+        <x:v>552236</x:v>
+      </x:c>
+      <x:c r="CL47" s="3" t="n">
+        <x:v>561827</x:v>
+      </x:c>
+      <x:c r="CM47" s="3" t="n">
+        <x:v>558027</x:v>
+      </x:c>
+      <x:c r="CN47" s="3" t="n">
+        <x:v>562433</x:v>
+      </x:c>
+      <x:c r="CO47" s="3" t="n">
+        <x:v>563684</x:v>
+      </x:c>
+      <x:c r="CP47" s="3" t="n">
+        <x:v>574584</x:v>
+      </x:c>
+      <x:c r="CQ47" s="3" t="n">
+        <x:v>570224</x:v>
+      </x:c>
+      <x:c r="CR47" s="3" t="n">
+        <x:v>567868</x:v>
+      </x:c>
+      <x:c r="CS47" s="3" t="n">
+        <x:v>575292</x:v>
+      </x:c>
+      <x:c r="CT47" s="3" t="n">
+        <x:v>577687</x:v>
+      </x:c>
+      <x:c r="CU47" s="3" t="n">
+        <x:v>582510</x:v>
+      </x:c>
+      <x:c r="CV47" s="3" t="n">
+        <x:v>584268</x:v>
+      </x:c>
+      <x:c r="CW47" s="3" t="n">
+        <x:v>579742</x:v>
+      </x:c>
+      <x:c r="CX47" s="3" t="n">
+        <x:v>584465</x:v>
+      </x:c>
+      <x:c r="CY47" s="3" t="n">
+        <x:v>586332</x:v>
+      </x:c>
+      <x:c r="CZ47" s="3" t="n">
+        <x:v>594140</x:v>
+      </x:c>
+      <x:c r="DA47" s="3" t="n">
+        <x:v>592048</x:v>
+      </x:c>
+      <x:c r="DB47" s="3" t="n">
+        <x:v>612694</x:v>
+      </x:c>
+      <x:c r="DC47" s="3" t="n">
+        <x:v>616678</x:v>
+      </x:c>
+      <x:c r="DD47" s="3" t="n">
+        <x:v>624662</x:v>
+      </x:c>
+      <x:c r="DE47" s="3" t="n">
+        <x:v>630192</x:v>
+      </x:c>
+      <x:c r="DF47" s="3" t="n">
+        <x:v>637879</x:v>
+      </x:c>
+      <x:c r="DG47" s="3" t="n">
+        <x:v>653144</x:v>
+      </x:c>
+      <x:c r="DH47" s="3" t="n">
+        <x:v>653618</x:v>
+      </x:c>
+      <x:c r="DI47" s="3" t="n">
+        <x:v>664368</x:v>
+      </x:c>
+      <x:c r="DJ47" s="3" t="n">
+        <x:v>676466</x:v>
+      </x:c>
+      <x:c r="DK47" s="3" t="n">
+        <x:v>683841</x:v>
+      </x:c>
+      <x:c r="DL47" s="3" t="n">
+        <x:v>687514</x:v>
+      </x:c>
+      <x:c r="DM47" s="3" t="n">
+        <x:v>705001</x:v>
+      </x:c>
+      <x:c r="DN47" s="3" t="n">
+        <x:v>721566</x:v>
+      </x:c>
+      <x:c r="DO47" s="3" t="n">
+        <x:v>723795</x:v>
+      </x:c>
+      <x:c r="DP47" s="3" t="n">
+        <x:v>739452</x:v>
+      </x:c>
+      <x:c r="DQ47" s="3" t="n">
+        <x:v>743437</x:v>
+      </x:c>
+      <x:c r="DR47" s="3" t="n">
+        <x:v>744132</x:v>
+      </x:c>
+      <x:c r="DS47" s="3" t="n">
+        <x:v>753365</x:v>
+      </x:c>
+      <x:c r="DT47" s="3" t="n">
+        <x:v>755706</x:v>
+      </x:c>
+      <x:c r="DU47" s="3" t="n">
+        <x:v>740794</x:v>
+      </x:c>
+      <x:c r="DV47" s="3" t="n">
+        <x:v>737681</x:v>
+      </x:c>
+      <x:c r="DW47" s="3" t="n">
+        <x:v>738566</x:v>
+      </x:c>
+      <x:c r="DX47" s="3" t="n">
+        <x:v>736642</x:v>
+      </x:c>
+      <x:c r="DY47" s="3" t="n">
+        <x:v>740995</x:v>
+      </x:c>
+      <x:c r="DZ47" s="3" t="n">
+        <x:v>755236</x:v>
+      </x:c>
+      <x:c r="EA47" s="3" t="n">
+        <x:v>753378</x:v>
+      </x:c>
+      <x:c r="EB47" s="3" t="n">
+        <x:v>756123</x:v>
+      </x:c>
+      <x:c r="EC47" s="3" t="n">
+        <x:v>754989</x:v>
+      </x:c>
+      <x:c r="ED47" s="3" t="n">
+        <x:v>764842</x:v>
+      </x:c>
+      <x:c r="EE47" s="3" t="n">
+        <x:v>770032</x:v>
+      </x:c>
+      <x:c r="EF47" s="3" t="n">
+        <x:v>773260</x:v>
+      </x:c>
+      <x:c r="EG47" s="3" t="n">
+        <x:v>777871</x:v>
+      </x:c>
+      <x:c r="EH47" s="3" t="n">
+        <x:v>796248</x:v>
+      </x:c>
+      <x:c r="EI47" s="3" t="n">
+        <x:v>798011</x:v>
+      </x:c>
+      <x:c r="EJ47" s="3" t="n">
+        <x:v>802730</x:v>
+      </x:c>
+      <x:c r="EK47" s="3" t="n">
+        <x:v>807796</x:v>
+      </x:c>
+      <x:c r="EL47" s="3" t="n">
+        <x:v>816825</x:v>
+      </x:c>
+      <x:c r="EM47" s="3" t="n">
+        <x:v>816989</x:v>
+      </x:c>
+      <x:c r="EN47" s="3" t="n">
+        <x:v>823884</x:v>
+      </x:c>
+      <x:c r="EO47" s="3" t="n">
+        <x:v>829274</x:v>
+      </x:c>
+      <x:c r="EP47" s="3" t="n">
+        <x:v>833117</x:v>
+      </x:c>
+      <x:c r="EQ47" s="3" t="n">
+        <x:v>839905</x:v>
+      </x:c>
+      <x:c r="ER47" s="3" t="n">
+        <x:v>841737</x:v>
+      </x:c>
+      <x:c r="ES47" s="3" t="n">
+        <x:v>846421</x:v>
+      </x:c>
+      <x:c r="ET47" s="3" t="n">
+        <x:v>852119</x:v>
+      </x:c>
+      <x:c r="EU47" s="3" t="n">
+        <x:v>854504</x:v>
+      </x:c>
+      <x:c r="EV47" s="3" t="n">
+        <x:v>855916</x:v>
+      </x:c>
+      <x:c r="EW47" s="3" t="n">
+        <x:v>854939</x:v>
+      </x:c>
+      <x:c r="EX47" s="3" t="n">
+        <x:v>858566</x:v>
+      </x:c>
+      <x:c r="EY47" s="3" t="n">
+        <x:v>859947</x:v>
+      </x:c>
+      <x:c r="EZ47" s="3" t="n">
+        <x:v>863432</x:v>
+      </x:c>
+      <x:c r="FA47" s="3" t="n">
+        <x:v>861969</x:v>
+      </x:c>
+      <x:c r="FB47" s="3" t="n">
+        <x:v>873291</x:v>
+      </x:c>
+      <x:c r="FC47" s="3" t="n">
+        <x:v>882748</x:v>
+      </x:c>
+      <x:c r="FD47" s="3" t="n">
+        <x:v>888811</x:v>
+      </x:c>
+      <x:c r="FE47" s="3" t="n">
+        <x:v>894369</x:v>
+      </x:c>
+      <x:c r="FF47" s="3" t="n">
+        <x:v>897962</x:v>
+      </x:c>
+      <x:c r="FG47" s="3" t="n">
+        <x:v>903454</x:v>
+      </x:c>
+      <x:c r="FH47" s="3" t="n">
+        <x:v>906980</x:v>
+      </x:c>
+      <x:c r="FI47" s="3" t="n">
+        <x:v>914491</x:v>
+      </x:c>
+      <x:c r="FJ47" s="3" t="n">
+        <x:v>919307</x:v>
+      </x:c>
+      <x:c r="FK47" s="3" t="n">
+        <x:v>929219</x:v>
+      </x:c>
+      <x:c r="FL47" s="3" t="n">
+        <x:v>937428</x:v>
+      </x:c>
+      <x:c r="FM47" s="3" t="n">
+        <x:v>936368</x:v>
+      </x:c>
+      <x:c r="FN47" s="3" t="n">
+        <x:v>911590</x:v>
+      </x:c>
+      <x:c r="FO47" s="3" t="n">
+        <x:v>865879</x:v>
+      </x:c>
+      <x:c r="FP47" s="3" t="n">
+        <x:v>905500</x:v>
+      </x:c>
+      <x:c r="FQ47" s="3" t="n">
+        <x:v>915207</x:v>
+      </x:c>
+      <x:c r="FR47" s="3" t="n">
+        <x:v>916549</x:v>
+      </x:c>
+      <x:c r="FS47" s="3" t="n">
+        <x:v>929866</x:v>
+      </x:c>
+      <x:c r="FT47" s="3" t="n">
+        <x:v>952575</x:v>
+      </x:c>
+      <x:c r="FU47" s="3" t="n">
+        <x:v>967655</x:v>
+      </x:c>
+      <x:c r="FV47" s="3" t="n">
+        <x:v>978594</x:v>
+      </x:c>
+      <x:c r="FW47" s="3" t="n">
+        <x:v>993045</x:v>
+      </x:c>
+      <x:c r="FX47" s="3" t="n">
+        <x:v>997385</x:v>
+      </x:c>
+      <x:c r="FY47" s="3" t="n">
+        <x:v>1004721</x:v>
+      </x:c>
+      <x:c r="FZ47" s="3" t="n">
+        <x:v>1004590</x:v>
+      </x:c>
+      <x:c r="GA47" s="3" t="n">
+        <x:v>1006301</x:v>
+      </x:c>
+      <x:c r="GB47" s="3" t="n">
+        <x:v>1007163</x:v>
+      </x:c>
+      <x:c r="GC47" s="3" t="n">
+        <x:v>1008143</x:v>
+      </x:c>
+      <x:c r="GD47" s="3" t="n">
+        <x:v>1007793</x:v>
+      </x:c>
+      <x:c r="GE47" s="3" t="n">
+        <x:v>1008714</x:v>
+      </x:c>
+      <x:c r="GF47" s="3" t="n">
+        <x:v>1017145</x:v>
+      </x:c>
+      <x:c r="GG47" s="3" t="n">
+        <x:v>1015439</x:v>
+      </x:c>
+      <x:c r="GH47" s="3" t="n">
+        <x:v>1023487</x:v>
+      </x:c>
+      <x:c r="GI47" s="3" t="n">
+        <x:v>1028516</x:v>
+      </x:c>
+      <x:c r="GJ47" s="3" t="n">
+        <x:v>1029317</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:192">
+      <x:c r="A48" s="2" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="B48" s="3" t="n">
+        <x:v>61959</x:v>
+      </x:c>
+      <x:c r="C48" s="3" t="n">
+        <x:v>62505</x:v>
+      </x:c>
+      <x:c r="D48" s="3" t="n">
+        <x:v>65392</x:v>
+      </x:c>
+      <x:c r="E48" s="3" t="n">
+        <x:v>64619</x:v>
+      </x:c>
+      <x:c r="F48" s="3" t="n">
+        <x:v>68716</x:v>
+      </x:c>
+      <x:c r="G48" s="3" t="n">
+        <x:v>67919</x:v>
+      </x:c>
+      <x:c r="H48" s="3" t="n">
+        <x:v>76494</x:v>
+      </x:c>
+      <x:c r="I48" s="3" t="n">
+        <x:v>77613</x:v>
+      </x:c>
+      <x:c r="J48" s="3" t="n">
+        <x:v>90507</x:v>
+      </x:c>
+      <x:c r="K48" s="3" t="n">
+        <x:v>89171</x:v>
+      </x:c>
+      <x:c r="L48" s="3" t="n">
+        <x:v>86519</x:v>
+      </x:c>
+      <x:c r="M48" s="3" t="n">
+        <x:v>90268</x:v>
+      </x:c>
+      <x:c r="N48" s="3" t="n">
+        <x:v>89991</x:v>
+      </x:c>
+      <x:c r="O48" s="3" t="n">
+        <x:v>90496</x:v>
+      </x:c>
+      <x:c r="P48" s="3" t="n">
+        <x:v>90081</x:v>
+      </x:c>
+      <x:c r="Q48" s="3" t="n">
+        <x:v>90220</x:v>
+      </x:c>
+      <x:c r="R48" s="3" t="n">
+        <x:v>88890</x:v>
+      </x:c>
+      <x:c r="S48" s="3" t="n">
+        <x:v>89231</x:v>
+      </x:c>
+      <x:c r="T48" s="3" t="n">
+        <x:v>89709</x:v>
+      </x:c>
+      <x:c r="U48" s="3" t="n">
+        <x:v>90376</x:v>
+      </x:c>
+      <x:c r="V48" s="3" t="n">
+        <x:v>100648</x:v>
+      </x:c>
+      <x:c r="W48" s="3" t="n">
+        <x:v>101360</x:v>
+      </x:c>
+      <x:c r="X48" s="3" t="n">
+        <x:v>101316</x:v>
+      </x:c>
+      <x:c r="Y48" s="3" t="n">
+        <x:v>102615</x:v>
+      </x:c>
+      <x:c r="Z48" s="3" t="n">
+        <x:v>114586</x:v>
+      </x:c>
+      <x:c r="AA48" s="3" t="n">
+        <x:v>117579</x:v>
+      </x:c>
+      <x:c r="AB48" s="3" t="n">
+        <x:v>120182</x:v>
+      </x:c>
+      <x:c r="AC48" s="3" t="n">
+        <x:v>117341</x:v>
+      </x:c>
+      <x:c r="AD48" s="3" t="n">
+        <x:v>120374</x:v>
+      </x:c>
+      <x:c r="AE48" s="3" t="n">
+        <x:v>120117</x:v>
+      </x:c>
+      <x:c r="AF48" s="3" t="n">
+        <x:v>123677</x:v>
+      </x:c>
+      <x:c r="AG48" s="3" t="n">
+        <x:v>124593</x:v>
+      </x:c>
+      <x:c r="AH48" s="3" t="n">
+        <x:v>132601</x:v>
+      </x:c>
+      <x:c r="AI48" s="3" t="n">
+        <x:v>124923</x:v>
+      </x:c>
+      <x:c r="AJ48" s="3" t="n">
+        <x:v>132437</x:v>
+      </x:c>
+      <x:c r="AK48" s="3" t="n">
+        <x:v>134043</x:v>
+      </x:c>
+      <x:c r="AL48" s="3" t="n">
+        <x:v>136567</x:v>
+      </x:c>
+      <x:c r="AM48" s="3" t="n">
+        <x:v>138868</x:v>
+      </x:c>
+      <x:c r="AN48" s="3" t="n">
+        <x:v>137223</x:v>
+      </x:c>
+      <x:c r="AO48" s="3" t="n">
+        <x:v>139911</x:v>
+      </x:c>
+      <x:c r="AP48" s="3" t="n">
+        <x:v>148955</x:v>
+      </x:c>
+      <x:c r="AQ48" s="3" t="n">
+        <x:v>147130</x:v>
+      </x:c>
+      <x:c r="AR48" s="3" t="n">
+        <x:v>150066</x:v>
+      </x:c>
+      <x:c r="AS48" s="3" t="n">
+        <x:v>151940</x:v>
+      </x:c>
+      <x:c r="AT48" s="3" t="n">
+        <x:v>186850</x:v>
+      </x:c>
+      <x:c r="AU48" s="3" t="n">
+        <x:v>190740</x:v>
+      </x:c>
+      <x:c r="AV48" s="3" t="n">
+        <x:v>193384</x:v>
+      </x:c>
+      <x:c r="AW48" s="3" t="n">
+        <x:v>192723</x:v>
+      </x:c>
+      <x:c r="AX48" s="3" t="n">
+        <x:v>204470</x:v>
+      </x:c>
+      <x:c r="AY48" s="3" t="n">
+        <x:v>205873</x:v>
+      </x:c>
+      <x:c r="AZ48" s="3" t="n">
+        <x:v>205721</x:v>
+      </x:c>
+      <x:c r="BA48" s="3" t="n">
+        <x:v>212951</x:v>
+      </x:c>
+      <x:c r="BB48" s="3" t="n">
+        <x:v>231490</x:v>
+      </x:c>
+      <x:c r="BC48" s="3" t="n">
+        <x:v>233078</x:v>
+      </x:c>
+      <x:c r="BD48" s="3" t="n">
+        <x:v>231687</x:v>
+      </x:c>
+      <x:c r="BE48" s="3" t="n">
+        <x:v>234881</x:v>
+      </x:c>
+      <x:c r="BF48" s="3" t="n">
+        <x:v>252427</x:v>
+      </x:c>
+      <x:c r="BG48" s="3" t="n">
+        <x:v>252747</x:v>
+      </x:c>
+      <x:c r="BH48" s="3" t="n">
+        <x:v>256292</x:v>
+      </x:c>
+      <x:c r="BI48" s="3" t="n">
+        <x:v>254175</x:v>
+      </x:c>
+      <x:c r="BJ48" s="3" t="n">
+        <x:v>257919</x:v>
+      </x:c>
+      <x:c r="BK48" s="3" t="n">
+        <x:v>260477</x:v>
+      </x:c>
+      <x:c r="BL48" s="3" t="n">
+        <x:v>264527</x:v>
+      </x:c>
+      <x:c r="BM48" s="3" t="n">
+        <x:v>268058</x:v>
+      </x:c>
+      <x:c r="BN48" s="3" t="n">
+        <x:v>295995</x:v>
+      </x:c>
+      <x:c r="BO48" s="3" t="n">
+        <x:v>298992</x:v>
+      </x:c>
+      <x:c r="BP48" s="3" t="n">
+        <x:v>295094</x:v>
+      </x:c>
+      <x:c r="BQ48" s="3" t="n">
+        <x:v>302670</x:v>
+      </x:c>
+      <x:c r="BR48" s="3" t="n">
+        <x:v>320130</x:v>
+      </x:c>
+      <x:c r="BS48" s="3" t="n">
+        <x:v>321709</x:v>
+      </x:c>
+      <x:c r="BT48" s="3" t="n">
+        <x:v>327393</x:v>
+      </x:c>
+      <x:c r="BU48" s="3" t="n">
+        <x:v>330615</x:v>
+      </x:c>
+      <x:c r="BV48" s="3" t="n">
+        <x:v>356122</x:v>
+      </x:c>
+      <x:c r="BW48" s="3" t="n">
+        <x:v>358996</x:v>
+      </x:c>
+      <x:c r="BX48" s="3" t="n">
+        <x:v>366265</x:v>
+      </x:c>
+      <x:c r="BY48" s="3" t="n">
+        <x:v>359429</x:v>
+      </x:c>
+      <x:c r="BZ48" s="3" t="n">
+        <x:v>380238</x:v>
+      </x:c>
+      <x:c r="CA48" s="3" t="n">
+        <x:v>382141</x:v>
+      </x:c>
+      <x:c r="CB48" s="3" t="n">
+        <x:v>380215</x:v>
+      </x:c>
+      <x:c r="CC48" s="3" t="n">
+        <x:v>381170</x:v>
+      </x:c>
+      <x:c r="CD48" s="3" t="n">
+        <x:v>373427</x:v>
+      </x:c>
+      <x:c r="CE48" s="3" t="n">
+        <x:v>373335</x:v>
+      </x:c>
+      <x:c r="CF48" s="3" t="n">
+        <x:v>366432</x:v>
+      </x:c>
+      <x:c r="CG48" s="3" t="n">
+        <x:v>366596</x:v>
+      </x:c>
+      <x:c r="CH48" s="3" t="n">
+        <x:v>367163</x:v>
+      </x:c>
+      <x:c r="CI48" s="3" t="n">
+        <x:v>367677</x:v>
+      </x:c>
+      <x:c r="CJ48" s="3" t="n">
+        <x:v>371286</x:v>
+      </x:c>
+      <x:c r="CK48" s="3" t="n">
+        <x:v>373456</x:v>
+      </x:c>
+      <x:c r="CL48" s="3" t="n">
+        <x:v>392143</x:v>
+      </x:c>
+      <x:c r="CM48" s="3" t="n">
+        <x:v>387779</x:v>
+      </x:c>
+      <x:c r="CN48" s="3" t="n">
+        <x:v>390038</x:v>
+      </x:c>
+      <x:c r="CO48" s="3" t="n">
+        <x:v>390868</x:v>
+      </x:c>
+      <x:c r="CP48" s="3" t="n">
+        <x:v>398895</x:v>
+      </x:c>
+      <x:c r="CQ48" s="3" t="n">
+        <x:v>399544</x:v>
+      </x:c>
+      <x:c r="CR48" s="3" t="n">
+        <x:v>405603</x:v>
+      </x:c>
+      <x:c r="CS48" s="3" t="n">
+        <x:v>404752</x:v>
+      </x:c>
+      <x:c r="CT48" s="3" t="n">
+        <x:v>402612</x:v>
+      </x:c>
+      <x:c r="CU48" s="3" t="n">
+        <x:v>410577</x:v>
+      </x:c>
+      <x:c r="CV48" s="3" t="n">
+        <x:v>402848</x:v>
+      </x:c>
+      <x:c r="CW48" s="3" t="n">
+        <x:v>409374</x:v>
+      </x:c>
+      <x:c r="CX48" s="3" t="n">
+        <x:v>406925</x:v>
+      </x:c>
+      <x:c r="CY48" s="3" t="n">
+        <x:v>402958</x:v>
+      </x:c>
+      <x:c r="CZ48" s="3" t="n">
+        <x:v>405916</x:v>
+      </x:c>
+      <x:c r="DA48" s="3" t="n">
+        <x:v>406658</x:v>
+      </x:c>
+      <x:c r="DB48" s="3" t="n">
+        <x:v>410658</x:v>
+      </x:c>
+      <x:c r="DC48" s="3" t="n">
+        <x:v>408452</x:v>
+      </x:c>
+      <x:c r="DD48" s="3" t="n">
+        <x:v>400265</x:v>
+      </x:c>
+      <x:c r="DE48" s="3" t="n">
+        <x:v>402286</x:v>
+      </x:c>
+      <x:c r="DF48" s="3" t="n">
+        <x:v>388166</x:v>
+      </x:c>
+      <x:c r="DG48" s="3" t="n">
+        <x:v>387422</x:v>
+      </x:c>
+      <x:c r="DH48" s="3" t="n">
+        <x:v>388645</x:v>
+      </x:c>
+      <x:c r="DI48" s="3" t="n">
+        <x:v>383015</x:v>
+      </x:c>
+      <x:c r="DJ48" s="3" t="n">
+        <x:v>367823</x:v>
+      </x:c>
+      <x:c r="DK48" s="3" t="n">
+        <x:v>364095</x:v>
+      </x:c>
+      <x:c r="DL48" s="3" t="n">
+        <x:v>366987</x:v>
+      </x:c>
+      <x:c r="DM48" s="3" t="n">
+        <x:v>363209</x:v>
+      </x:c>
+      <x:c r="DN48" s="3" t="n">
+        <x:v>347335</x:v>
+      </x:c>
+      <x:c r="DO48" s="3" t="n">
+        <x:v>344329</x:v>
+      </x:c>
+      <x:c r="DP48" s="3" t="n">
+        <x:v>345557</x:v>
+      </x:c>
+      <x:c r="DQ48" s="3" t="n">
+        <x:v>347096</x:v>
+      </x:c>
+      <x:c r="DR48" s="3" t="n">
+        <x:v>333314</x:v>
+      </x:c>
+      <x:c r="DS48" s="3" t="n">
+        <x:v>330077</x:v>
+      </x:c>
+      <x:c r="DT48" s="3" t="n">
+        <x:v>328140</x:v>
+      </x:c>
+      <x:c r="DU48" s="3" t="n">
+        <x:v>335818</x:v>
+      </x:c>
+      <x:c r="DV48" s="3" t="n">
+        <x:v>326273</x:v>
+      </x:c>
+      <x:c r="DW48" s="3" t="n">
+        <x:v>321904</x:v>
+      </x:c>
+      <x:c r="DX48" s="3" t="n">
+        <x:v>324743</x:v>
+      </x:c>
+      <x:c r="DY48" s="3" t="n">
+        <x:v>322481</x:v>
+      </x:c>
+      <x:c r="DZ48" s="3" t="n">
+        <x:v>315508</x:v>
+      </x:c>
+      <x:c r="EA48" s="3" t="n">
+        <x:v>312612</x:v>
+      </x:c>
+      <x:c r="EB48" s="3" t="n">
+        <x:v>302182</x:v>
+      </x:c>
+      <x:c r="EC48" s="3" t="n">
+        <x:v>312106</x:v>
+      </x:c>
+      <x:c r="ED48" s="3" t="n">
+        <x:v>305912</x:v>
+      </x:c>
+      <x:c r="EE48" s="3" t="n">
+        <x:v>302019</x:v>
+      </x:c>
+      <x:c r="EF48" s="3" t="n">
+        <x:v>306766</x:v>
+      </x:c>
+      <x:c r="EG48" s="3" t="n">
+        <x:v>304923</x:v>
+      </x:c>
+      <x:c r="EH48" s="3" t="n">
+        <x:v>306643</x:v>
+      </x:c>
+      <x:c r="EI48" s="3" t="n">
+        <x:v>306800</x:v>
+      </x:c>
+      <x:c r="EJ48" s="3" t="n">
+        <x:v>298770</x:v>
+      </x:c>
+      <x:c r="EK48" s="3" t="n">
+        <x:v>299746</x:v>
+      </x:c>
+      <x:c r="EL48" s="3" t="n">
+        <x:v>291709</x:v>
+      </x:c>
+      <x:c r="EM48" s="3" t="n">
+        <x:v>294807</x:v>
+      </x:c>
+      <x:c r="EN48" s="3" t="n">
+        <x:v>295678</x:v>
+      </x:c>
+      <x:c r="EO48" s="3" t="n">
+        <x:v>292165</x:v>
+      </x:c>
+      <x:c r="EP48" s="3" t="n">
+        <x:v>296706</x:v>
+      </x:c>
+      <x:c r="EQ48" s="3" t="n">
+        <x:v>296376</x:v>
+      </x:c>
+      <x:c r="ER48" s="3" t="n">
+        <x:v>297535</x:v>
+      </x:c>
+      <x:c r="ES48" s="3" t="n">
+        <x:v>301355</x:v>
+      </x:c>
+      <x:c r="ET48" s="3" t="n">
+        <x:v>305733</x:v>
+      </x:c>
+      <x:c r="EU48" s="3" t="n">
+        <x:v>307187</x:v>
+      </x:c>
+      <x:c r="EV48" s="3" t="n">
+        <x:v>312964</x:v>
+      </x:c>
+      <x:c r="EW48" s="3" t="n">
+        <x:v>308522</x:v>
+      </x:c>
+      <x:c r="EX48" s="3" t="n">
+        <x:v>311923</x:v>
+      </x:c>
+      <x:c r="EY48" s="3" t="n">
+        <x:v>314413</x:v>
+      </x:c>
+      <x:c r="EZ48" s="3" t="n">
+        <x:v>302409</x:v>
+      </x:c>
+      <x:c r="FA48" s="3" t="n">
+        <x:v>332672</x:v>
+      </x:c>
+      <x:c r="FB48" s="3" t="n">
+        <x:v>329129</x:v>
+      </x:c>
+      <x:c r="FC48" s="3" t="n">
+        <x:v>337207</x:v>
+      </x:c>
+      <x:c r="FD48" s="3" t="n">
+        <x:v>340057</x:v>
+      </x:c>
+      <x:c r="FE48" s="3" t="n">
+        <x:v>320079</x:v>
+      </x:c>
+      <x:c r="FF48" s="3" t="n">
+        <x:v>317902</x:v>
+      </x:c>
+      <x:c r="FG48" s="3" t="n">
+        <x:v>315467</x:v>
+      </x:c>
+      <x:c r="FH48" s="3" t="n">
+        <x:v>323774</x:v>
+      </x:c>
+      <x:c r="FI48" s="3" t="n">
+        <x:v>308505</x:v>
+      </x:c>
+      <x:c r="FJ48" s="3" t="n">
+        <x:v>301630</x:v>
+      </x:c>
+      <x:c r="FK48" s="3" t="n">
+        <x:v>294059</x:v>
+      </x:c>
+      <x:c r="FL48" s="3" t="n">
+        <x:v>289582</x:v>
+      </x:c>
+      <x:c r="FM48" s="3" t="n">
+        <x:v>323103</x:v>
+      </x:c>
+      <x:c r="FN48" s="3" t="n">
+        <x:v>322284</x:v>
+      </x:c>
+      <x:c r="FO48" s="3" t="n">
+        <x:v>328109</x:v>
+      </x:c>
+      <x:c r="FP48" s="3" t="n">
+        <x:v>329545</x:v>
+      </x:c>
+      <x:c r="FQ48" s="3" t="n">
+        <x:v>310239</x:v>
+      </x:c>
+      <x:c r="FR48" s="3" t="n">
+        <x:v>319236</x:v>
+      </x:c>
+      <x:c r="FS48" s="3" t="n">
+        <x:v>311757</x:v>
+      </x:c>
+      <x:c r="FT48" s="3" t="n">
+        <x:v>337827</x:v>
+      </x:c>
+      <x:c r="FU48" s="3" t="n">
+        <x:v>323330</x:v>
+      </x:c>
+      <x:c r="FV48" s="3" t="n">
+        <x:v>315131</x:v>
+      </x:c>
+      <x:c r="FW48" s="3" t="n">
+        <x:v>320097</x:v>
+      </x:c>
+      <x:c r="FX48" s="3" t="n">
+        <x:v>338156</x:v>
+      </x:c>
+      <x:c r="FY48" s="3" t="n">
+        <x:v>320872</x:v>
+      </x:c>
+      <x:c r="FZ48" s="3" t="n">
+        <x:v>326196</x:v>
+      </x:c>
+      <x:c r="GA48" s="3" t="n">
+        <x:v>315996</x:v>
+      </x:c>
+      <x:c r="GB48" s="3" t="n">
+        <x:v>306700</x:v>
+      </x:c>
+      <x:c r="GC48" s="3" t="n">
+        <x:v>331385</x:v>
+      </x:c>
+      <x:c r="GD48" s="3" t="n">
+        <x:v>333856</x:v>
+      </x:c>
+      <x:c r="GE48" s="3" t="n">
+        <x:v>349819</x:v>
+      </x:c>
+      <x:c r="GF48" s="3" t="n">
+        <x:v>330896</x:v>
+      </x:c>
+      <x:c r="GG48" s="3" t="n">
+        <x:v>323578</x:v>
+      </x:c>
+      <x:c r="GH48" s="3" t="n">
+        <x:v>321965</x:v>
+      </x:c>
+      <x:c r="GI48" s="3" t="n">
+        <x:v>333480</x:v>
+      </x:c>
+      <x:c r="GJ48" s="3" t="n">
+        <x:v>348231</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:192">
+      <x:c r="A49" s="2" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="B49" s="3" t="n">
+        <x:v>288563</x:v>
+      </x:c>
+      <x:c r="C49" s="3" t="n">
+        <x:v>293361</x:v>
+      </x:c>
+      <x:c r="D49" s="3" t="n">
+        <x:v>294059</x:v>
+      </x:c>
+      <x:c r="E49" s="3" t="n">
+        <x:v>295324</x:v>
+      </x:c>
+      <x:c r="F49" s="3" t="n">
+        <x:v>299927</x:v>
+      </x:c>
+      <x:c r="G49" s="3" t="n">
+        <x:v>300943</x:v>
+      </x:c>
+      <x:c r="H49" s="3" t="n">
+        <x:v>303132</x:v>
+      </x:c>
+      <x:c r="I49" s="3" t="n">
+        <x:v>302414</x:v>
+      </x:c>
+      <x:c r="J49" s="3" t="n">
+        <x:v>310343</x:v>
+      </x:c>
+      <x:c r="K49" s="3" t="n">
+        <x:v>306627</x:v>
+      </x:c>
+      <x:c r="L49" s="3" t="n">
+        <x:v>309971</x:v>
+      </x:c>
+      <x:c r="M49" s="3" t="n">
+        <x:v>311590</x:v>
+      </x:c>
+      <x:c r="N49" s="3" t="n">
+        <x:v>314453</x:v>
+      </x:c>
+      <x:c r="O49" s="3" t="n">
+        <x:v>313641</x:v>
+      </x:c>
+      <x:c r="P49" s="3" t="n">
+        <x:v>313236</x:v>
+      </x:c>
+      <x:c r="Q49" s="3" t="n">
+        <x:v>313694</x:v>
+      </x:c>
+      <x:c r="R49" s="3" t="n">
+        <x:v>317027</x:v>
+      </x:c>
+      <x:c r="S49" s="3" t="n">
+        <x:v>315972</x:v>
+      </x:c>
+      <x:c r="T49" s="3" t="n">
+        <x:v>315082</x:v>
+      </x:c>
+      <x:c r="U49" s="3" t="n">
+        <x:v>316634</x:v>
+      </x:c>
+      <x:c r="V49" s="3" t="n">
+        <x:v>316458</x:v>
+      </x:c>
+      <x:c r="W49" s="3" t="n">
+        <x:v>322079</x:v>
+      </x:c>
+      <x:c r="X49" s="3" t="n">
+        <x:v>322360</x:v>
+      </x:c>
+      <x:c r="Y49" s="3" t="n">
+        <x:v>324715</x:v>
+      </x:c>
+      <x:c r="Z49" s="3" t="n">
+        <x:v>333855</x:v>
+      </x:c>
+      <x:c r="AA49" s="3" t="n">
+        <x:v>332645</x:v>
+      </x:c>
+      <x:c r="AB49" s="3" t="n">
+        <x:v>338348</x:v>
+      </x:c>
+      <x:c r="AC49" s="3" t="n">
+        <x:v>341487</x:v>
+      </x:c>
+      <x:c r="AD49" s="3" t="n">
+        <x:v>354838</x:v>
+      </x:c>
+      <x:c r="AE49" s="3" t="n">
+        <x:v>349781</x:v>
+      </x:c>
+      <x:c r="AF49" s="3" t="n">
+        <x:v>353349</x:v>
+      </x:c>
+      <x:c r="AG49" s="3" t="n">
+        <x:v>355997</x:v>
+      </x:c>
+      <x:c r="AH49" s="3" t="n">
+        <x:v>355677</x:v>
+      </x:c>
+      <x:c r="AI49" s="3" t="n">
+        <x:v>366022</x:v>
+      </x:c>
+      <x:c r="AJ49" s="3" t="n">
+        <x:v>364161</x:v>
+      </x:c>
+      <x:c r="AK49" s="3" t="n">
+        <x:v>363099</x:v>
+      </x:c>
+      <x:c r="AL49" s="3" t="n">
+        <x:v>366362</x:v>
+      </x:c>
+      <x:c r="AM49" s="3" t="n">
+        <x:v>374409</x:v>
+      </x:c>
+      <x:c r="AN49" s="3" t="n">
+        <x:v>368163</x:v>
+      </x:c>
+      <x:c r="AO49" s="3" t="n">
+        <x:v>373114</x:v>
+      </x:c>
+      <x:c r="AP49" s="3" t="n">
+        <x:v>372129</x:v>
+      </x:c>
+      <x:c r="AQ49" s="3" t="n">
+        <x:v>369965</x:v>
+      </x:c>
+      <x:c r="AR49" s="3" t="n">
+        <x:v>370258</x:v>
+      </x:c>
+      <x:c r="AS49" s="3" t="n">
+        <x:v>368326</x:v>
+      </x:c>
+      <x:c r="AT49" s="3" t="n">
+        <x:v>365907</x:v>
+      </x:c>
+      <x:c r="AU49" s="3" t="n">
+        <x:v>367450</x:v>
+      </x:c>
+      <x:c r="AV49" s="3" t="n">
+        <x:v>365158</x:v>
+      </x:c>
+      <x:c r="AW49" s="3" t="n">
+        <x:v>370810</x:v>
+      </x:c>
+      <x:c r="AX49" s="3" t="n">
+        <x:v>369725</x:v>
+      </x:c>
+      <x:c r="AY49" s="3" t="n">
+        <x:v>369148</x:v>
+      </x:c>
+      <x:c r="AZ49" s="3" t="n">
+        <x:v>370566</x:v>
+      </x:c>
+      <x:c r="BA49" s="3" t="n">
+        <x:v>371275</x:v>
+      </x:c>
+      <x:c r="BB49" s="3" t="n">
+        <x:v>373630</x:v>
+      </x:c>
+      <x:c r="BC49" s="3" t="n">
+        <x:v>375885</x:v>
+      </x:c>
+      <x:c r="BD49" s="3" t="n">
+        <x:v>375433</x:v>
+      </x:c>
+      <x:c r="BE49" s="3" t="n">
+        <x:v>374716</x:v>
+      </x:c>
+      <x:c r="BF49" s="3" t="n">
+        <x:v>384523</x:v>
+      </x:c>
+      <x:c r="BG49" s="3" t="n">
+        <x:v>381790</x:v>
+      </x:c>
+      <x:c r="BH49" s="3" t="n">
+        <x:v>386206</x:v>
+      </x:c>
+      <x:c r="BI49" s="3" t="n">
+        <x:v>384303</x:v>
+      </x:c>
+      <x:c r="BJ49" s="3" t="n">
+        <x:v>388582</x:v>
+      </x:c>
+      <x:c r="BK49" s="3" t="n">
+        <x:v>392884</x:v>
+      </x:c>
+      <x:c r="BL49" s="3" t="n">
+        <x:v>393588</x:v>
+      </x:c>
+      <x:c r="BM49" s="3" t="n">
+        <x:v>399789</x:v>
+      </x:c>
+      <x:c r="BN49" s="3" t="n">
+        <x:v>402512</x:v>
+      </x:c>
+      <x:c r="BO49" s="3" t="n">
+        <x:v>405652</x:v>
+      </x:c>
+      <x:c r="BP49" s="3" t="n">
+        <x:v>409186</x:v>
+      </x:c>
+      <x:c r="BQ49" s="3" t="n">
+        <x:v>414748</x:v>
+      </x:c>
+      <x:c r="BR49" s="3" t="n">
+        <x:v>417435</x:v>
+      </x:c>
+      <x:c r="BS49" s="3" t="n">
+        <x:v>417166</x:v>
+      </x:c>
+      <x:c r="BT49" s="3" t="n">
+        <x:v>421898</x:v>
+      </x:c>
+      <x:c r="BU49" s="3" t="n">
+        <x:v>422780</x:v>
+      </x:c>
+      <x:c r="BV49" s="3" t="n">
+        <x:v>432758</x:v>
+      </x:c>
+      <x:c r="BW49" s="3" t="n">
+        <x:v>429429</x:v>
+      </x:c>
+      <x:c r="BX49" s="3" t="n">
+        <x:v>436038</x:v>
+      </x:c>
+      <x:c r="BY49" s="3" t="n">
+        <x:v>437013</x:v>
+      </x:c>
+      <x:c r="BZ49" s="3" t="n">
+        <x:v>441274</x:v>
+      </x:c>
+      <x:c r="CA49" s="3" t="n">
+        <x:v>454315</x:v>
+      </x:c>
+      <x:c r="CB49" s="3" t="n">
+        <x:v>458231</x:v>
+      </x:c>
+      <x:c r="CC49" s="3" t="n">
+        <x:v>465273</x:v>
+      </x:c>
+      <x:c r="CD49" s="3" t="n">
+        <x:v>466654</x:v>
+      </x:c>
+      <x:c r="CE49" s="3" t="n">
+        <x:v>470026</x:v>
+      </x:c>
+      <x:c r="CF49" s="3" t="n">
+        <x:v>473471</x:v>
+      </x:c>
+      <x:c r="CG49" s="3" t="n">
+        <x:v>476583</x:v>
+      </x:c>
+      <x:c r="CH49" s="3" t="n">
+        <x:v>477246</x:v>
+      </x:c>
+      <x:c r="CI49" s="3" t="n">
+        <x:v>481263</x:v>
+      </x:c>
+      <x:c r="CJ49" s="3" t="n">
+        <x:v>485951</x:v>
+      </x:c>
+      <x:c r="CK49" s="3" t="n">
+        <x:v>489627</x:v>
+      </x:c>
+      <x:c r="CL49" s="3" t="n">
+        <x:v>499953</x:v>
+      </x:c>
+      <x:c r="CM49" s="3" t="n">
+        <x:v>495629</x:v>
+      </x:c>
+      <x:c r="CN49" s="3" t="n">
+        <x:v>499417</x:v>
+      </x:c>
+      <x:c r="CO49" s="3" t="n">
+        <x:v>499126</x:v>
+      </x:c>
+      <x:c r="CP49" s="3" t="n">
+        <x:v>508761</x:v>
+      </x:c>
+      <x:c r="CQ49" s="3" t="n">
+        <x:v>503452</x:v>
+      </x:c>
+      <x:c r="CR49" s="3" t="n">
+        <x:v>503010</x:v>
+      </x:c>
+      <x:c r="CS49" s="3" t="n">
+        <x:v>509402</x:v>
+      </x:c>
+      <x:c r="CT49" s="3" t="n">
+        <x:v>509025</x:v>
+      </x:c>
+      <x:c r="CU49" s="3" t="n">
+        <x:v>513966</x:v>
+      </x:c>
+      <x:c r="CV49" s="3" t="n">
+        <x:v>514896</x:v>
+      </x:c>
+      <x:c r="CW49" s="3" t="n">
+        <x:v>510638</x:v>
+      </x:c>
+      <x:c r="CX49" s="3" t="n">
+        <x:v>515352</x:v>
+      </x:c>
+      <x:c r="CY49" s="3" t="n">
+        <x:v>516496</x:v>
+      </x:c>
+      <x:c r="CZ49" s="3" t="n">
+        <x:v>523507</x:v>
+      </x:c>
+      <x:c r="DA49" s="3" t="n">
+        <x:v>521784</x:v>
+      </x:c>
+      <x:c r="DB49" s="3" t="n">
+        <x:v>539761</x:v>
+      </x:c>
+      <x:c r="DC49" s="3" t="n">
+        <x:v>543189</x:v>
+      </x:c>
+      <x:c r="DD49" s="3" t="n">
+        <x:v>550357</x:v>
+      </x:c>
+      <x:c r="DE49" s="3" t="n">
+        <x:v>554534</x:v>
+      </x:c>
+      <x:c r="DF49" s="3" t="n">
+        <x:v>561688</x:v>
+      </x:c>
+      <x:c r="DG49" s="3" t="n">
+        <x:v>577026</x:v>
+      </x:c>
+      <x:c r="DH49" s="3" t="n">
+        <x:v>576893</x:v>
+      </x:c>
+      <x:c r="DI49" s="3" t="n">
+        <x:v>586071</x:v>
+      </x:c>
+      <x:c r="DJ49" s="3" t="n">
+        <x:v>596762</x:v>
+      </x:c>
+      <x:c r="DK49" s="3" t="n">
+        <x:v>602906</x:v>
+      </x:c>
+      <x:c r="DL49" s="3" t="n">
+        <x:v>605641</x:v>
+      </x:c>
+      <x:c r="DM49" s="3" t="n">
+        <x:v>620450</x:v>
+      </x:c>
+      <x:c r="DN49" s="3" t="n">
+        <x:v>635329</x:v>
+      </x:c>
+      <x:c r="DO49" s="3" t="n">
+        <x:v>637234</x:v>
+      </x:c>
+      <x:c r="DP49" s="3" t="n">
+        <x:v>650565</x:v>
+      </x:c>
+      <x:c r="DQ49" s="3" t="n">
+        <x:v>654546</x:v>
+      </x:c>
+      <x:c r="DR49" s="3" t="n">
+        <x:v>656326</x:v>
+      </x:c>
+      <x:c r="DS49" s="3" t="n">
+        <x:v>666174</x:v>
+      </x:c>
+      <x:c r="DT49" s="3" t="n">
+        <x:v>670458</x:v>
+      </x:c>
+      <x:c r="DU49" s="3" t="n">
+        <x:v>657579</x:v>
+      </x:c>
+      <x:c r="DV49" s="3" t="n">
+        <x:v>653138</x:v>
+      </x:c>
+      <x:c r="DW49" s="3" t="n">
+        <x:v>653378</x:v>
+      </x:c>
+      <x:c r="DX49" s="3" t="n">
+        <x:v>651310</x:v>
+      </x:c>
+      <x:c r="DY49" s="3" t="n">
+        <x:v>653547</x:v>
+      </x:c>
+      <x:c r="DZ49" s="3" t="n">
+        <x:v>665698</x:v>
+      </x:c>
+      <x:c r="EA49" s="3" t="n">
+        <x:v>666328</x:v>
+      </x:c>
+      <x:c r="EB49" s="3" t="n">
+        <x:v>667842</x:v>
+      </x:c>
+      <x:c r="EC49" s="3" t="n">
+        <x:v>666258</x:v>
+      </x:c>
+      <x:c r="ED49" s="3" t="n">
+        <x:v>673694</x:v>
+      </x:c>
+      <x:c r="EE49" s="3" t="n">
+        <x:v>678691</x:v>
+      </x:c>
+      <x:c r="EF49" s="3" t="n">
+        <x:v>681971</x:v>
+      </x:c>
+      <x:c r="EG49" s="3" t="n">
+        <x:v>685730</x:v>
+      </x:c>
+      <x:c r="EH49" s="3" t="n">
+        <x:v>703107</x:v>
+      </x:c>
+      <x:c r="EI49" s="3" t="n">
+        <x:v>703447</x:v>
+      </x:c>
+      <x:c r="EJ49" s="3" t="n">
+        <x:v>707048</x:v>
+      </x:c>
+      <x:c r="EK49" s="3" t="n">
+        <x:v>712848</x:v>
+      </x:c>
+      <x:c r="EL49" s="3" t="n">
+        <x:v>721550</x:v>
+      </x:c>
+      <x:c r="EM49" s="3" t="n">
+        <x:v>722160</x:v>
+      </x:c>
+      <x:c r="EN49" s="3" t="n">
+        <x:v>726893</x:v>
+      </x:c>
+      <x:c r="EO49" s="3" t="n">
+        <x:v>732364</x:v>
+      </x:c>
+      <x:c r="EP49" s="3" t="n">
+        <x:v>735903</x:v>
+      </x:c>
+      <x:c r="EQ49" s="3" t="n">
+        <x:v>741753</x:v>
+      </x:c>
+      <x:c r="ER49" s="3" t="n">
+        <x:v>744271</x:v>
+      </x:c>
+      <x:c r="ES49" s="3" t="n">
+        <x:v>747694</x:v>
+      </x:c>
+      <x:c r="ET49" s="3" t="n">
+        <x:v>752365</x:v>
+      </x:c>
+      <x:c r="EU49" s="3" t="n">
+        <x:v>754876</x:v>
+      </x:c>
+      <x:c r="EV49" s="3" t="n">
+        <x:v>755759</x:v>
+      </x:c>
+      <x:c r="EW49" s="3" t="n">
+        <x:v>753794</x:v>
+      </x:c>
+      <x:c r="EX49" s="3" t="n">
+        <x:v>758079</x:v>
+      </x:c>
+      <x:c r="EY49" s="3" t="n">
+        <x:v>758503</x:v>
+      </x:c>
+      <x:c r="EZ49" s="3" t="n">
+        <x:v>760833</x:v>
+      </x:c>
+      <x:c r="FA49" s="3" t="n">
+        <x:v>758377</x:v>
+      </x:c>
+      <x:c r="FB49" s="3" t="n">
+        <x:v>768734</x:v>
+      </x:c>
+      <x:c r="FC49" s="3" t="n">
+        <x:v>777559</x:v>
+      </x:c>
+      <x:c r="FD49" s="3" t="n">
+        <x:v>783279</x:v>
+      </x:c>
+      <x:c r="FE49" s="3" t="n">
+        <x:v>787544</x:v>
+      </x:c>
+      <x:c r="FF49" s="3" t="n">
+        <x:v>791078</x:v>
+      </x:c>
+      <x:c r="FG49" s="3" t="n">
+        <x:v>796284</x:v>
+      </x:c>
+      <x:c r="FH49" s="3" t="n">
+        <x:v>799742</x:v>
+      </x:c>
+      <x:c r="FI49" s="3" t="n">
+        <x:v>806949</x:v>
+      </x:c>
+      <x:c r="FJ49" s="3" t="n">
+        <x:v>812475</x:v>
+      </x:c>
+      <x:c r="FK49" s="3" t="n">
+        <x:v>822146</x:v>
+      </x:c>
+      <x:c r="FL49" s="3" t="n">
+        <x:v>829870</x:v>
+      </x:c>
+      <x:c r="FM49" s="3" t="n">
+        <x:v>829102</x:v>
+      </x:c>
+      <x:c r="FN49" s="3" t="n">
+        <x:v>807102</x:v>
+      </x:c>
+      <x:c r="FO49" s="3" t="n">
+        <x:v>764952</x:v>
+      </x:c>
+      <x:c r="FP49" s="3" t="n">
+        <x:v>798461</x:v>
+      </x:c>
+      <x:c r="FQ49" s="3" t="n">
+        <x:v>807637</x:v>
+      </x:c>
+      <x:c r="FR49" s="3" t="n">
+        <x:v>809217</x:v>
+      </x:c>
+      <x:c r="FS49" s="3" t="n">
+        <x:v>821144</x:v>
+      </x:c>
+      <x:c r="FT49" s="3" t="n">
+        <x:v>840688</x:v>
+      </x:c>
+      <x:c r="FU49" s="3" t="n">
+        <x:v>855439</x:v>
+      </x:c>
+      <x:c r="FV49" s="3" t="n">
+        <x:v>866677</x:v>
+      </x:c>
+      <x:c r="FW49" s="3" t="n">
+        <x:v>879871</x:v>
+      </x:c>
+      <x:c r="FX49" s="3" t="n">
+        <x:v>885297</x:v>
+      </x:c>
+      <x:c r="FY49" s="3" t="n">
+        <x:v>891502</x:v>
+      </x:c>
+      <x:c r="FZ49" s="3" t="n">
+        <x:v>891309</x:v>
+      </x:c>
+      <x:c r="GA49" s="3" t="n">
+        <x:v>892472</x:v>
+      </x:c>
+      <x:c r="GB49" s="3" t="n">
+        <x:v>892767</x:v>
+      </x:c>
+      <x:c r="GC49" s="3" t="n">
+        <x:v>896123</x:v>
+      </x:c>
+      <x:c r="GD49" s="3" t="n">
+        <x:v>894931</x:v>
+      </x:c>
+      <x:c r="GE49" s="3" t="n">
+        <x:v>896474</x:v>
+      </x:c>
+      <x:c r="GF49" s="3" t="n">
+        <x:v>903832</x:v>
+      </x:c>
+      <x:c r="GG49" s="3" t="n">
+        <x:v>902429</x:v>
+      </x:c>
+      <x:c r="GH49" s="3" t="n">
+        <x:v>910168</x:v>
+      </x:c>
+      <x:c r="GI49" s="3" t="n">
+        <x:v>914771</x:v>
+      </x:c>
+      <x:c r="GJ49" s="3" t="n">
+        <x:v>915462</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:192">
+      <x:c r="A50" s="2" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="B50" s="3" t="n">
+        <x:v>209514</x:v>
+      </x:c>
+      <x:c r="C50" s="3" t="n">
+        <x:v>211717</x:v>
+      </x:c>
+      <x:c r="D50" s="3" t="n">
+        <x:v>213589</x:v>
+      </x:c>
+      <x:c r="E50" s="3" t="n">
+        <x:v>215313</x:v>
+      </x:c>
+      <x:c r="F50" s="3" t="n">
+        <x:v>215785</x:v>
+      </x:c>
+      <x:c r="G50" s="3" t="n">
+        <x:v>218291</x:v>
+      </x:c>
+      <x:c r="H50" s="3" t="n">
+        <x:v>219689</x:v>
+      </x:c>
+      <x:c r="I50" s="3" t="n">
+        <x:v>219615</x:v>
+      </x:c>
+      <x:c r="J50" s="3" t="n">
+        <x:v>223035</x:v>
+      </x:c>
+      <x:c r="K50" s="3" t="n">
+        <x:v>223117</x:v>
+      </x:c>
+      <x:c r="L50" s="3" t="n">
+        <x:v>223404</x:v>
+      </x:c>
+      <x:c r="M50" s="3" t="n">
+        <x:v>223580</x:v>
+      </x:c>
+      <x:c r="N50" s="3" t="n">
+        <x:v>223517</x:v>
+      </x:c>
+      <x:c r="O50" s="3" t="n">
+        <x:v>223907</x:v>
+      </x:c>
+      <x:c r="P50" s="3" t="n">
+        <x:v>224348</x:v>
+      </x:c>
+      <x:c r="Q50" s="3" t="n">
+        <x:v>224407</x:v>
+      </x:c>
+      <x:c r="R50" s="3" t="n">
+        <x:v>224467</x:v>
+      </x:c>
+      <x:c r="S50" s="3" t="n">
+        <x:v>225678</x:v>
+      </x:c>
+      <x:c r="T50" s="3" t="n">
+        <x:v>224040</x:v>
+      </x:c>
+      <x:c r="U50" s="3" t="n">
+        <x:v>225641</x:v>
+      </x:c>
+      <x:c r="V50" s="3" t="n">
+        <x:v>221133</x:v>
+      </x:c>
+      <x:c r="W50" s="3" t="n">
+        <x:v>231188</x:v>
+      </x:c>
+      <x:c r="X50" s="3" t="n">
+        <x:v>227966</x:v>
+      </x:c>
+      <x:c r="Y50" s="3" t="n">
+        <x:v>230908</x:v>
+      </x:c>
+      <x:c r="Z50" s="3" t="n">
+        <x:v>236552</x:v>
+      </x:c>
+      <x:c r="AA50" s="3" t="n">
+        <x:v>237094</x:v>
+      </x:c>
+      <x:c r="AB50" s="3" t="n">
+        <x:v>241677</x:v>
+      </x:c>
+      <x:c r="AC50" s="3" t="n">
+        <x:v>244208</x:v>
+      </x:c>
+      <x:c r="AD50" s="3" t="n">
+        <x:v>252671</x:v>
+      </x:c>
+      <x:c r="AE50" s="3" t="n">
+        <x:v>251839</x:v>
+      </x:c>
+      <x:c r="AF50" s="3" t="n">
+        <x:v>253420</x:v>
+      </x:c>
+      <x:c r="AG50" s="3" t="n">
+        <x:v>254623</x:v>
+      </x:c>
+      <x:c r="AH50" s="3" t="n">
+        <x:v>257449</x:v>
+      </x:c>
+      <x:c r="AI50" s="3" t="n">
+        <x:v>259657</x:v>
+      </x:c>
+      <x:c r="AJ50" s="3" t="n">
+        <x:v>260966</x:v>
+      </x:c>
+      <x:c r="AK50" s="3" t="n">
+        <x:v>260776</x:v>
+      </x:c>
+      <x:c r="AL50" s="3" t="n">
+        <x:v>262278</x:v>
+      </x:c>
+      <x:c r="AM50" s="3" t="n">
+        <x:v>267923</x:v>
+      </x:c>
+      <x:c r="AN50" s="3" t="n">
+        <x:v>262806</x:v>
+      </x:c>
+      <x:c r="AO50" s="3" t="n">
+        <x:v>267104</x:v>
+      </x:c>
+      <x:c r="AP50" s="3" t="n">
+        <x:v>263148</x:v>
+      </x:c>
+      <x:c r="AQ50" s="3" t="n">
+        <x:v>265306</x:v>
+      </x:c>
+      <x:c r="AR50" s="3" t="n">
+        <x:v>262148</x:v>
+      </x:c>
+      <x:c r="AS50" s="3" t="n">
+        <x:v>262264</x:v>
+      </x:c>
+      <x:c r="AT50" s="3" t="n">
+        <x:v>260308</x:v>
+      </x:c>
+      <x:c r="AU50" s="3" t="n">
+        <x:v>257428</x:v>
+      </x:c>
+      <x:c r="AV50" s="3" t="n">
+        <x:v>258306</x:v>
+      </x:c>
+      <x:c r="AW50" s="3" t="n">
+        <x:v>260558</x:v>
+      </x:c>
+      <x:c r="AX50" s="3" t="n">
+        <x:v>257042</x:v>
+      </x:c>
+      <x:c r="AY50" s="3" t="n">
+        <x:v>259285</x:v>
+      </x:c>
+      <x:c r="AZ50" s="3" t="n">
+        <x:v>260270</x:v>
+      </x:c>
+      <x:c r="BA50" s="3" t="n">
+        <x:v>258610</x:v>
+      </x:c>
+      <x:c r="BB50" s="3" t="n">
+        <x:v>261004</x:v>
+      </x:c>
+      <x:c r="BC50" s="3" t="n">
+        <x:v>259242</x:v>
+      </x:c>
+      <x:c r="BD50" s="3" t="n">
+        <x:v>259697</x:v>
+      </x:c>
+      <x:c r="BE50" s="3" t="n">
+        <x:v>258123</x:v>
+      </x:c>
+      <x:c r="BF50" s="3" t="n">
+        <x:v>263891</x:v>
+      </x:c>
+      <x:c r="BG50" s="3" t="n">
+        <x:v>263704</x:v>
+      </x:c>
+      <x:c r="BH50" s="3" t="n">
+        <x:v>266305</x:v>
+      </x:c>
+      <x:c r="BI50" s="3" t="n">
+        <x:v>265706</x:v>
+      </x:c>
+      <x:c r="BJ50" s="3" t="n">
+        <x:v>265373</x:v>
+      </x:c>
+      <x:c r="BK50" s="3" t="n">
+        <x:v>268964</x:v>
+      </x:c>
+      <x:c r="BL50" s="3" t="n">
+        <x:v>273227</x:v>
+      </x:c>
+      <x:c r="BM50" s="3" t="n">
+        <x:v>278708</x:v>
+      </x:c>
+      <x:c r="BN50" s="3" t="n">
+        <x:v>276292</x:v>
+      </x:c>
+      <x:c r="BO50" s="3" t="n">
+        <x:v>285508</x:v>
+      </x:c>
+      <x:c r="BP50" s="3" t="n">
+        <x:v>282924</x:v>
+      </x:c>
+      <x:c r="BQ50" s="3" t="n">
+        <x:v>287557</x:v>
+      </x:c>
+      <x:c r="BR50" s="3" t="n">
+        <x:v>291908</x:v>
+      </x:c>
+      <x:c r="BS50" s="3" t="n">
+        <x:v>292382</x:v>
+      </x:c>
+      <x:c r="BT50" s="3" t="n">
+        <x:v>295480</x:v>
+      </x:c>
+      <x:c r="BU50" s="3" t="n">
+        <x:v>295569</x:v>
+      </x:c>
+      <x:c r="BV50" s="3" t="n">
+        <x:v>304915</x:v>
+      </x:c>
+      <x:c r="BW50" s="3" t="n">
+        <x:v>301220</x:v>
+      </x:c>
+      <x:c r="BX50" s="3" t="n">
+        <x:v>305282</x:v>
+      </x:c>
+      <x:c r="BY50" s="3" t="n">
+        <x:v>306480</x:v>
+      </x:c>
+      <x:c r="BZ50" s="3" t="n">
+        <x:v>311002</x:v>
+      </x:c>
+      <x:c r="CA50" s="3" t="n">
+        <x:v>320724</x:v>
+      </x:c>
+      <x:c r="CB50" s="3" t="n">
+        <x:v>325013</x:v>
+      </x:c>
+      <x:c r="CC50" s="3" t="n">
+        <x:v>331392</x:v>
+      </x:c>
+      <x:c r="CD50" s="3" t="n">
+        <x:v>330057</x:v>
+      </x:c>
+      <x:c r="CE50" s="3" t="n">
+        <x:v>334736</x:v>
+      </x:c>
+      <x:c r="CF50" s="3" t="n">
+        <x:v>336446</x:v>
+      </x:c>
+      <x:c r="CG50" s="3" t="n">
+        <x:v>339470</x:v>
+      </x:c>
+      <x:c r="CH50" s="3" t="n">
+        <x:v>338163</x:v>
+      </x:c>
+      <x:c r="CI50" s="3" t="n">
+        <x:v>342876</x:v>
+      </x:c>
+      <x:c r="CJ50" s="3" t="n">
+        <x:v>346224</x:v>
+      </x:c>
+      <x:c r="CK50" s="3" t="n">
+        <x:v>348147</x:v>
+      </x:c>
+      <x:c r="CL50" s="3" t="n">
+        <x:v>357455</x:v>
+      </x:c>
+      <x:c r="CM50" s="3" t="n">
+        <x:v>355751</x:v>
+      </x:c>
+      <x:c r="CN50" s="3" t="n">
+        <x:v>357110</x:v>
+      </x:c>
+      <x:c r="CO50" s="3" t="n">
+        <x:v>358147</x:v>
+      </x:c>
+      <x:c r="CP50" s="3" t="n">
+        <x:v>366016</x:v>
+      </x:c>
+      <x:c r="CQ50" s="3" t="n">
+        <x:v>363240</x:v>
+      </x:c>
+      <x:c r="CR50" s="3" t="n">
+        <x:v>361026</x:v>
+      </x:c>
+      <x:c r="CS50" s="3" t="n">
+        <x:v>366606</x:v>
+      </x:c>
+      <x:c r="CT50" s="3" t="n">
+        <x:v>370609</x:v>
+      </x:c>
+      <x:c r="CU50" s="3" t="n">
+        <x:v>369008</x:v>
+      </x:c>
+      <x:c r="CV50" s="3" t="n">
+        <x:v>370524</x:v>
+      </x:c>
+      <x:c r="CW50" s="3" t="n">
+        <x:v>369407</x:v>
+      </x:c>
+      <x:c r="CX50" s="3" t="n">
+        <x:v>371195</x:v>
+      </x:c>
+      <x:c r="CY50" s="3" t="n">
+        <x:v>375101</x:v>
+      </x:c>
+      <x:c r="CZ50" s="3" t="n">
+        <x:v>378707</x:v>
+      </x:c>
+      <x:c r="DA50" s="3" t="n">
+        <x:v>379083</x:v>
+      </x:c>
+      <x:c r="DB50" s="3" t="n">
+        <x:v>394726</x:v>
+      </x:c>
+      <x:c r="DC50" s="3" t="n">
+        <x:v>400374</x:v>
+      </x:c>
+      <x:c r="DD50" s="3" t="n">
+        <x:v>404794</x:v>
+      </x:c>
+      <x:c r="DE50" s="3" t="n">
+        <x:v>405870</x:v>
+      </x:c>
+      <x:c r="DF50" s="3" t="n">
+        <x:v>416939</x:v>
+      </x:c>
+      <x:c r="DG50" s="3" t="n">
+        <x:v>423312</x:v>
+      </x:c>
+      <x:c r="DH50" s="3" t="n">
+        <x:v>427590</x:v>
+      </x:c>
+      <x:c r="DI50" s="3" t="n">
+        <x:v>434785</x:v>
+      </x:c>
+      <x:c r="DJ50" s="3" t="n">
+        <x:v>442924</x:v>
+      </x:c>
+      <x:c r="DK50" s="3" t="n">
+        <x:v>452209</x:v>
+      </x:c>
+      <x:c r="DL50" s="3" t="n">
+        <x:v>452198</x:v>
+      </x:c>
+      <x:c r="DM50" s="3" t="n">
+        <x:v>466929</x:v>
+      </x:c>
+      <x:c r="DN50" s="3" t="n">
+        <x:v>475346</x:v>
+      </x:c>
+      <x:c r="DO50" s="3" t="n">
+        <x:v>481466</x:v>
+      </x:c>
+      <x:c r="DP50" s="3" t="n">
+        <x:v>489842</x:v>
+      </x:c>
+      <x:c r="DQ50" s="3" t="n">
+        <x:v>493757</x:v>
+      </x:c>
+      <x:c r="DR50" s="3" t="n">
+        <x:v>494915</x:v>
+      </x:c>
+      <x:c r="DS50" s="3" t="n">
+        <x:v>503200</x:v>
+      </x:c>
+      <x:c r="DT50" s="3" t="n">
+        <x:v>505022</x:v>
+      </x:c>
+      <x:c r="DU50" s="3" t="n">
+        <x:v>494233</x:v>
+      </x:c>
+      <x:c r="DV50" s="3" t="n">
+        <x:v>488956</x:v>
+      </x:c>
+      <x:c r="DW50" s="3" t="n">
+        <x:v>488576</x:v>
+      </x:c>
+      <x:c r="DX50" s="3" t="n">
+        <x:v>485522</x:v>
+      </x:c>
+      <x:c r="DY50" s="3" t="n">
+        <x:v>487607</x:v>
+      </x:c>
+      <x:c r="DZ50" s="3" t="n">
+        <x:v>495399</x:v>
+      </x:c>
+      <x:c r="EA50" s="3" t="n">
+        <x:v>497548</x:v>
+      </x:c>
+      <x:c r="EB50" s="3" t="n">
+        <x:v>499524</x:v>
+      </x:c>
+      <x:c r="EC50" s="3" t="n">
+        <x:v>497608</x:v>
+      </x:c>
+      <x:c r="ED50" s="3" t="n">
+        <x:v>503149</x:v>
+      </x:c>
+      <x:c r="EE50" s="3" t="n">
+        <x:v>507561</x:v>
+      </x:c>
+      <x:c r="EF50" s="3" t="n">
+        <x:v>510093</x:v>
+      </x:c>
+      <x:c r="EG50" s="3" t="n">
+        <x:v>512857</x:v>
+      </x:c>
+      <x:c r="EH50" s="3" t="n">
+        <x:v>528434</x:v>
+      </x:c>
+      <x:c r="EI50" s="3" t="n">
+        <x:v>527865</x:v>
+      </x:c>
+      <x:c r="EJ50" s="3" t="n">
+        <x:v>530805</x:v>
+      </x:c>
+      <x:c r="EK50" s="3" t="n">
+        <x:v>536294</x:v>
+      </x:c>
+      <x:c r="EL50" s="3" t="n">
+        <x:v>545031</x:v>
+      </x:c>
+      <x:c r="EM50" s="3" t="n">
+        <x:v>545287</x:v>
+      </x:c>
+      <x:c r="EN50" s="3" t="n">
+        <x:v>549421</x:v>
+      </x:c>
+      <x:c r="EO50" s="3" t="n">
+        <x:v>553763</x:v>
+      </x:c>
+      <x:c r="EP50" s="3" t="n">
+        <x:v>556875</x:v>
+      </x:c>
+      <x:c r="EQ50" s="3" t="n">
+        <x:v>561805</x:v>
+      </x:c>
+      <x:c r="ER50" s="3" t="n">
+        <x:v>564053</x:v>
+      </x:c>
+      <x:c r="ES50" s="3" t="n">
+        <x:v>566422</x:v>
+      </x:c>
+      <x:c r="ET50" s="3" t="n">
+        <x:v>569234</x:v>
+      </x:c>
+      <x:c r="EU50" s="3" t="n">
+        <x:v>571226</x:v>
+      </x:c>
+      <x:c r="EV50" s="3" t="n">
+        <x:v>571449</x:v>
+      </x:c>
+      <x:c r="EW50" s="3" t="n">
+        <x:v>568970</x:v>
+      </x:c>
+      <x:c r="EX50" s="3" t="n">
+        <x:v>572132</x:v>
+      </x:c>
+      <x:c r="EY50" s="3" t="n">
+        <x:v>571024</x:v>
+      </x:c>
+      <x:c r="EZ50" s="3" t="n">
+        <x:v>572085</x:v>
+      </x:c>
+      <x:c r="FA50" s="3" t="n">
+        <x:v>568632</x:v>
+      </x:c>
+      <x:c r="FB50" s="3" t="n">
+        <x:v>578517</x:v>
+      </x:c>
+      <x:c r="FC50" s="3" t="n">
+        <x:v>586464</x:v>
+      </x:c>
+      <x:c r="FD50" s="3" t="n">
+        <x:v>592334</x:v>
+      </x:c>
+      <x:c r="FE50" s="3" t="n">
+        <x:v>595163</x:v>
+      </x:c>
+      <x:c r="FF50" s="3" t="n">
+        <x:v>598767</x:v>
+      </x:c>
+      <x:c r="FG50" s="3" t="n">
+        <x:v>603783</x:v>
+      </x:c>
+      <x:c r="FH50" s="3" t="n">
+        <x:v>607131</x:v>
+      </x:c>
+      <x:c r="FI50" s="3" t="n">
+        <x:v>613947</x:v>
+      </x:c>
+      <x:c r="FJ50" s="3" t="n">
+        <x:v>619169</x:v>
+      </x:c>
+      <x:c r="FK50" s="3" t="n">
+        <x:v>628476</x:v>
+      </x:c>
+      <x:c r="FL50" s="3" t="n">
+        <x:v>635492</x:v>
+      </x:c>
+      <x:c r="FM50" s="3" t="n">
+        <x:v>633429</x:v>
+      </x:c>
+      <x:c r="FN50" s="3" t="n">
+        <x:v>613387</x:v>
+      </x:c>
+      <x:c r="FO50" s="3" t="n">
+        <x:v>582610</x:v>
+      </x:c>
+      <x:c r="FP50" s="3" t="n">
+        <x:v>606867</x:v>
+      </x:c>
+      <x:c r="FQ50" s="3" t="n">
+        <x:v>614442</x:v>
+      </x:c>
+      <x:c r="FR50" s="3" t="n">
+        <x:v>617768</x:v>
+      </x:c>
+      <x:c r="FS50" s="3" t="n">
+        <x:v>628074</x:v>
+      </x:c>
+      <x:c r="FT50" s="3" t="n">
+        <x:v>643257</x:v>
+      </x:c>
+      <x:c r="FU50" s="3" t="n">
+        <x:v>656531</x:v>
+      </x:c>
+      <x:c r="FV50" s="3" t="n">
+        <x:v>668098</x:v>
+      </x:c>
+      <x:c r="FW50" s="3" t="n">
+        <x:v>678069</x:v>
+      </x:c>
+      <x:c r="FX50" s="3" t="n">
+        <x:v>680603</x:v>
+      </x:c>
+      <x:c r="FY50" s="3" t="n">
+        <x:v>685362</x:v>
+      </x:c>
+      <x:c r="FZ50" s="3" t="n">
+        <x:v>683688</x:v>
+      </x:c>
+      <x:c r="GA50" s="3" t="n">
+        <x:v>684074</x:v>
+      </x:c>
+      <x:c r="GB50" s="3" t="n">
+        <x:v>683555</x:v>
+      </x:c>
+      <x:c r="GC50" s="3" t="n">
+        <x:v>684513</x:v>
+      </x:c>
+      <x:c r="GD50" s="3" t="n">
+        <x:v>683079</x:v>
+      </x:c>
+      <x:c r="GE50" s="3" t="n">
+        <x:v>683615</x:v>
+      </x:c>
+      <x:c r="GF50" s="3" t="n">
+        <x:v>689916</x:v>
+      </x:c>
+      <x:c r="GG50" s="3" t="n">
+        <x:v>688240</x:v>
+      </x:c>
+      <x:c r="GH50" s="3" t="n">
+        <x:v>694617</x:v>
+      </x:c>
+      <x:c r="GI50" s="3" t="n">
+        <x:v>698648</x:v>
+      </x:c>
+      <x:c r="GJ50" s="3" t="n">
+        <x:v>699379</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:192">
+      <x:c r="A51" s="2" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="B51" s="3" t="n">
+        <x:v>55546</x:v>
+      </x:c>
+      <x:c r="C51" s="3" t="n">
+        <x:v>56825</x:v>
+      </x:c>
+      <x:c r="D51" s="3" t="n">
+        <x:v>54945</x:v>
+      </x:c>
+      <x:c r="E51" s="3" t="n">
+        <x:v>56565</x:v>
+      </x:c>
+      <x:c r="F51" s="3" t="n">
+        <x:v>57391</x:v>
+      </x:c>
+      <x:c r="G51" s="3" t="n">
+        <x:v>58143</x:v>
+      </x:c>
+      <x:c r="H51" s="3" t="n">
+        <x:v>58941</x:v>
+      </x:c>
+      <x:c r="I51" s="3" t="n">
+        <x:v>59028</x:v>
+      </x:c>
+      <x:c r="J51" s="3" t="n">
+        <x:v>58410</x:v>
+      </x:c>
+      <x:c r="K51" s="3" t="n">
+        <x:v>57315</x:v>
+      </x:c>
+      <x:c r="L51" s="3" t="n">
+        <x:v>57211</x:v>
+      </x:c>
+      <x:c r="M51" s="3" t="n">
+        <x:v>57340</x:v>
+      </x:c>
+      <x:c r="N51" s="3" t="n">
+        <x:v>56293</x:v>
+      </x:c>
+      <x:c r="O51" s="3" t="n">
+        <x:v>56418</x:v>
+      </x:c>
+      <x:c r="P51" s="3" t="n">
+        <x:v>56572</x:v>
+      </x:c>
+      <x:c r="Q51" s="3" t="n">
+        <x:v>56741</x:v>
+      </x:c>
+      <x:c r="R51" s="3" t="n">
+        <x:v>57219</x:v>
+      </x:c>
+      <x:c r="S51" s="3" t="n">
+        <x:v>56801</x:v>
+      </x:c>
+      <x:c r="T51" s="3" t="n">
+        <x:v>56042</x:v>
+      </x:c>
+      <x:c r="U51" s="3" t="n">
+        <x:v>55717</x:v>
+      </x:c>
+      <x:c r="V51" s="3" t="n">
+        <x:v>55829</x:v>
+      </x:c>
+      <x:c r="W51" s="3" t="n">
+        <x:v>55015</x:v>
+      </x:c>
+      <x:c r="X51" s="3" t="n">
+        <x:v>54909</x:v>
+      </x:c>
+      <x:c r="Y51" s="3" t="n">
+        <x:v>55886</x:v>
+      </x:c>
+      <x:c r="Z51" s="3" t="n">
+        <x:v>57982</x:v>
+      </x:c>
+      <x:c r="AA51" s="3" t="n">
+        <x:v>58420</x:v>
+      </x:c>
+      <x:c r="AB51" s="3" t="n">
+        <x:v>58481</x:v>
+      </x:c>
+      <x:c r="AC51" s="3" t="n">
+        <x:v>59258</x:v>
+      </x:c>
+      <x:c r="AD51" s="3" t="n">
+        <x:v>60813</x:v>
+      </x:c>
+      <x:c r="AE51" s="3" t="n">
+        <x:v>60680</x:v>
+      </x:c>
+      <x:c r="AF51" s="3" t="n">
+        <x:v>61054</x:v>
+      </x:c>
+      <x:c r="AG51" s="3" t="n">
+        <x:v>61193</x:v>
+      </x:c>
+      <x:c r="AH51" s="3" t="n">
+        <x:v>60111</x:v>
+      </x:c>
+      <x:c r="AI51" s="3" t="n">
+        <x:v>60216</x:v>
+      </x:c>
+      <x:c r="AJ51" s="3" t="n">
+        <x:v>62110</x:v>
+      </x:c>
+      <x:c r="AK51" s="3" t="n">
+        <x:v>61018</x:v>
+      </x:c>
+      <x:c r="AL51" s="3" t="n">
+        <x:v>61147</x:v>
+      </x:c>
+      <x:c r="AM51" s="3" t="n">
+        <x:v>61957</x:v>
+      </x:c>
+      <x:c r="AN51" s="3" t="n">
+        <x:v>63292</x:v>
+      </x:c>
+      <x:c r="AO51" s="3" t="n">
+        <x:v>61862</x:v>
+      </x:c>
+      <x:c r="AP51" s="3" t="n">
+        <x:v>60435</x:v>
+      </x:c>
+      <x:c r="AQ51" s="3" t="n">
+        <x:v>58934</x:v>
+      </x:c>
+      <x:c r="AR51" s="3" t="n">
+        <x:v>57940</x:v>
+      </x:c>
+      <x:c r="AS51" s="3" t="n">
+        <x:v>58387</x:v>
+      </x:c>
+      <x:c r="AT51" s="3" t="n">
+        <x:v>57412</x:v>
+      </x:c>
+      <x:c r="AU51" s="3" t="n">
+        <x:v>56397</x:v>
+      </x:c>
+      <x:c r="AV51" s="3" t="n">
+        <x:v>56467</x:v>
+      </x:c>
+      <x:c r="AW51" s="3" t="n">
+        <x:v>56546</x:v>
+      </x:c>
+      <x:c r="AX51" s="3" t="n">
+        <x:v>55905</x:v>
+      </x:c>
+      <x:c r="AY51" s="3" t="n">
+        <x:v>56196</x:v>
+      </x:c>
+      <x:c r="AZ51" s="3" t="n">
+        <x:v>56103</x:v>
+      </x:c>
+      <x:c r="BA51" s="3" t="n">
+        <x:v>55874</x:v>
+      </x:c>
+      <x:c r="BB51" s="3" t="n">
+        <x:v>55207</x:v>
+      </x:c>
+      <x:c r="BC51" s="3" t="n">
+        <x:v>54466</x:v>
+      </x:c>
+      <x:c r="BD51" s="3" t="n">
+        <x:v>54284</x:v>
+      </x:c>
+      <x:c r="BE51" s="3" t="n">
+        <x:v>54538</x:v>
+      </x:c>
+      <x:c r="BF51" s="3" t="n">
+        <x:v>54970</x:v>
+      </x:c>
+      <x:c r="BG51" s="3" t="n">
+        <x:v>55703</x:v>
+      </x:c>
+      <x:c r="BH51" s="3" t="n">
+        <x:v>55065</x:v>
+      </x:c>
+      <x:c r="BI51" s="3" t="n">
+        <x:v>55142</x:v>
+      </x:c>
+      <x:c r="BJ51" s="3" t="n">
+        <x:v>54865</x:v>
+      </x:c>
+      <x:c r="BK51" s="3" t="n">
+        <x:v>56033</x:v>
+      </x:c>
+      <x:c r="BL51" s="3" t="n">
+        <x:v>56542</x:v>
+      </x:c>
+      <x:c r="BM51" s="3" t="n">
+        <x:v>56599</x:v>
+      </x:c>
+      <x:c r="BN51" s="3" t="n">
+        <x:v>56964</x:v>
+      </x:c>
+      <x:c r="BO51" s="3" t="n">
+        <x:v>57297</x:v>
+      </x:c>
+      <x:c r="BP51" s="3" t="n">
+        <x:v>58249</x:v>
+      </x:c>
+      <x:c r="BQ51" s="3" t="n">
+        <x:v>58499</x:v>
+      </x:c>
+      <x:c r="BR51" s="3" t="n">
+        <x:v>58093</x:v>
+      </x:c>
+      <x:c r="BS51" s="3" t="n">
+        <x:v>58489</x:v>
+      </x:c>
+      <x:c r="BT51" s="3" t="n">
+        <x:v>57401</x:v>
+      </x:c>
+      <x:c r="BU51" s="3" t="n">
+        <x:v>57724</x:v>
+      </x:c>
+      <x:c r="BV51" s="3" t="n">
+        <x:v>61175</x:v>
+      </x:c>
+      <x:c r="BW51" s="3" t="n">
+        <x:v>59424</x:v>
+      </x:c>
+      <x:c r="BX51" s="3" t="n">
+        <x:v>60999</x:v>
+      </x:c>
+      <x:c r="BY51" s="3" t="n">
+        <x:v>60910</x:v>
+      </x:c>
+      <x:c r="BZ51" s="3" t="n">
+        <x:v>62297</x:v>
+      </x:c>
+      <x:c r="CA51" s="3" t="n">
+        <x:v>63163</x:v>
+      </x:c>
+      <x:c r="CB51" s="3" t="n">
+        <x:v>64073</x:v>
+      </x:c>
+      <x:c r="CC51" s="3" t="n">
+        <x:v>65064</x:v>
+      </x:c>
+      <x:c r="CD51" s="3" t="n">
+        <x:v>61772</x:v>
+      </x:c>
+      <x:c r="CE51" s="3" t="n">
+        <x:v>63673</x:v>
+      </x:c>
+      <x:c r="CF51" s="3" t="n">
+        <x:v>63263</x:v>
+      </x:c>
+      <x:c r="CG51" s="3" t="n">
+        <x:v>63411</x:v>
+      </x:c>
+      <x:c r="CH51" s="3" t="n">
+        <x:v>64266</x:v>
+      </x:c>
+      <x:c r="CI51" s="3" t="n">
+        <x:v>63034</x:v>
+      </x:c>
+      <x:c r="CJ51" s="3" t="n">
+        <x:v>63370</x:v>
+      </x:c>
+      <x:c r="CK51" s="3" t="n">
+        <x:v>63142</x:v>
+      </x:c>
+      <x:c r="CL51" s="3" t="n">
+        <x:v>64700</x:v>
+      </x:c>
+      <x:c r="CM51" s="3" t="n">
+        <x:v>63827</x:v>
+      </x:c>
+      <x:c r="CN51" s="3" t="n">
+        <x:v>64067</x:v>
+      </x:c>
+      <x:c r="CO51" s="3" t="n">
+        <x:v>63771</x:v>
+      </x:c>
+      <x:c r="CP51" s="3" t="n">
+        <x:v>63787</x:v>
+      </x:c>
+      <x:c r="CQ51" s="3" t="n">
+        <x:v>63947</x:v>
+      </x:c>
+      <x:c r="CR51" s="3" t="n">
+        <x:v>63232</x:v>
+      </x:c>
+      <x:c r="CS51" s="3" t="n">
+        <x:v>64087</x:v>
+      </x:c>
+      <x:c r="CT51" s="3" t="n">
+        <x:v>63467</x:v>
+      </x:c>
+      <x:c r="CU51" s="3" t="n">
+        <x:v>64159</x:v>
+      </x:c>
+      <x:c r="CV51" s="3" t="n">
+        <x:v>63837</x:v>
+      </x:c>
+      <x:c r="CW51" s="3" t="n">
+        <x:v>62520</x:v>
+      </x:c>
+      <x:c r="CX51" s="3" t="n">
+        <x:v>65094</x:v>
+      </x:c>
+      <x:c r="CY51" s="3" t="n">
+        <x:v>65110</x:v>
+      </x:c>
+      <x:c r="CZ51" s="3" t="n">
+        <x:v>65790</x:v>
+      </x:c>
+      <x:c r="DA51" s="3" t="n">
+        <x:v>65539</x:v>
+      </x:c>
+      <x:c r="DB51" s="3" t="n">
+        <x:v>67055</x:v>
+      </x:c>
+      <x:c r="DC51" s="3" t="n">
+        <x:v>67923</x:v>
+      </x:c>
+      <x:c r="DD51" s="3" t="n">
+        <x:v>69426</x:v>
+      </x:c>
+      <x:c r="DE51" s="3" t="n">
+        <x:v>69268</x:v>
+      </x:c>
+      <x:c r="DF51" s="3" t="n">
+        <x:v>70002</x:v>
+      </x:c>
+      <x:c r="DG51" s="3" t="n">
+        <x:v>70990</x:v>
+      </x:c>
+      <x:c r="DH51" s="3" t="n">
+        <x:v>71383</x:v>
+      </x:c>
+      <x:c r="DI51" s="3" t="n">
+        <x:v>71752</x:v>
+      </x:c>
+      <x:c r="DJ51" s="3" t="n">
+        <x:v>71856</x:v>
+      </x:c>
+      <x:c r="DK51" s="3" t="n">
+        <x:v>72265</x:v>
+      </x:c>
+      <x:c r="DL51" s="3" t="n">
+        <x:v>72499</x:v>
+      </x:c>
+      <x:c r="DM51" s="3" t="n">
+        <x:v>74489</x:v>
+      </x:c>
+      <x:c r="DN51" s="3" t="n">
+        <x:v>75857</x:v>
+      </x:c>
+      <x:c r="DO51" s="3" t="n">
+        <x:v>75522</x:v>
+      </x:c>
+      <x:c r="DP51" s="3" t="n">
+        <x:v>75661</x:v>
+      </x:c>
+      <x:c r="DQ51" s="3" t="n">
+        <x:v>76440</x:v>
+      </x:c>
+      <x:c r="DR51" s="3" t="n">
+        <x:v>76609</x:v>
+      </x:c>
+      <x:c r="DS51" s="3" t="n">
+        <x:v>80311</x:v>
+      </x:c>
+      <x:c r="DT51" s="3" t="n">
+        <x:v>79027</x:v>
+      </x:c>
+      <x:c r="DU51" s="3" t="n">
+        <x:v>76727</x:v>
+      </x:c>
+      <x:c r="DV51" s="3" t="n">
+        <x:v>73291</x:v>
+      </x:c>
+      <x:c r="DW51" s="3" t="n">
+        <x:v>72481</x:v>
+      </x:c>
+      <x:c r="DX51" s="3" t="n">
+        <x:v>72148</x:v>
+      </x:c>
+      <x:c r="DY51" s="3" t="n">
+        <x:v>72826</x:v>
+      </x:c>
+      <x:c r="DZ51" s="3" t="n">
+        <x:v>73170</x:v>
+      </x:c>
+      <x:c r="EA51" s="3" t="n">
+        <x:v>73738</x:v>
+      </x:c>
+      <x:c r="EB51" s="3" t="n">
+        <x:v>74054</x:v>
+      </x:c>
+      <x:c r="EC51" s="3" t="n">
+        <x:v>74777</x:v>
+      </x:c>
+      <x:c r="ED51" s="3" t="n">
+        <x:v>75293</x:v>
+      </x:c>
+      <x:c r="EE51" s="3" t="n">
+        <x:v>75311</x:v>
+      </x:c>
+      <x:c r="EF51" s="3" t="n">
+        <x:v>75066</x:v>
+      </x:c>
+      <x:c r="EG51" s="3" t="n">
+        <x:v>75496</x:v>
+      </x:c>
+      <x:c r="EH51" s="3" t="n">
+        <x:v>77054</x:v>
+      </x:c>
+      <x:c r="EI51" s="3" t="n">
+        <x:v>75609</x:v>
+      </x:c>
+      <x:c r="EJ51" s="3" t="n">
+        <x:v>76571</x:v>
+      </x:c>
+      <x:c r="EK51" s="3" t="n">
+        <x:v>77213</x:v>
+      </x:c>
+      <x:c r="EL51" s="3" t="n">
+        <x:v>77616</x:v>
+      </x:c>
+      <x:c r="EM51" s="3" t="n">
+        <x:v>78629</x:v>
+      </x:c>
+      <x:c r="EN51" s="3" t="n">
+        <x:v>79967</x:v>
+      </x:c>
+      <x:c r="EO51" s="3" t="n">
+        <x:v>79125</x:v>
+      </x:c>
+      <x:c r="EP51" s="3" t="n">
+        <x:v>79207</x:v>
+      </x:c>
+      <x:c r="EQ51" s="3" t="n">
+        <x:v>80567</x:v>
+      </x:c>
+      <x:c r="ER51" s="3" t="n">
+        <x:v>81595</x:v>
+      </x:c>
+      <x:c r="ES51" s="3" t="n">
+        <x:v>81117</x:v>
+      </x:c>
+      <x:c r="ET51" s="3" t="n">
+        <x:v>79026</x:v>
+      </x:c>
+      <x:c r="EU51" s="3" t="n">
+        <x:v>77972</x:v>
+      </x:c>
+      <x:c r="EV51" s="3" t="n">
+        <x:v>76488</x:v>
+      </x:c>
+      <x:c r="EW51" s="3" t="n">
+        <x:v>75344</x:v>
+      </x:c>
+      <x:c r="EX51" s="3" t="n">
+        <x:v>75088</x:v>
+      </x:c>
+      <x:c r="EY51" s="3" t="n">
+        <x:v>74304</x:v>
+      </x:c>
+      <x:c r="EZ51" s="3" t="n">
+        <x:v>73271</x:v>
+      </x:c>
+      <x:c r="FA51" s="3" t="n">
+        <x:v>73588</x:v>
+      </x:c>
+      <x:c r="FB51" s="3" t="n">
+        <x:v>73906</x:v>
+      </x:c>
+      <x:c r="FC51" s="3" t="n">
+        <x:v>73757</x:v>
+      </x:c>
+      <x:c r="FD51" s="3" t="n">
+        <x:v>73478</x:v>
+      </x:c>
+      <x:c r="FE51" s="3" t="n">
+        <x:v>75114</x:v>
+      </x:c>
+      <x:c r="FF51" s="3" t="n">
+        <x:v>74360</x:v>
+      </x:c>
+      <x:c r="FG51" s="3" t="n">
+        <x:v>75638</x:v>
+      </x:c>
+      <x:c r="FH51" s="3" t="n">
+        <x:v>75602</x:v>
+      </x:c>
+      <x:c r="FI51" s="3" t="n">
+        <x:v>76976</x:v>
+      </x:c>
+      <x:c r="FJ51" s="3" t="n">
+        <x:v>77060</x:v>
+      </x:c>
+      <x:c r="FK51" s="3" t="n">
+        <x:v>77905</x:v>
+      </x:c>
+      <x:c r="FL51" s="3" t="n">
+        <x:v>77620</x:v>
+      </x:c>
+      <x:c r="FM51" s="3" t="n">
+        <x:v>77246</x:v>
+      </x:c>
+      <x:c r="FN51" s="3" t="n">
+        <x:v>74553</x:v>
+      </x:c>
+      <x:c r="FO51" s="3" t="n">
+        <x:v>70841</x:v>
+      </x:c>
+      <x:c r="FP51" s="3" t="n">
+        <x:v>71841</x:v>
+      </x:c>
+      <x:c r="FQ51" s="3" t="n">
+        <x:v>74910</x:v>
+      </x:c>
+      <x:c r="FR51" s="3" t="n">
+        <x:v>77158</x:v>
+      </x:c>
+      <x:c r="FS51" s="3" t="n">
+        <x:v>76995</x:v>
+      </x:c>
+      <x:c r="FT51" s="3" t="n">
+        <x:v>77422</x:v>
+      </x:c>
+      <x:c r="FU51" s="3" t="n">
+        <x:v>77216</x:v>
+      </x:c>
+      <x:c r="FV51" s="3" t="n">
+        <x:v>78121</x:v>
+      </x:c>
+      <x:c r="FW51" s="3" t="n">
+        <x:v>76557</x:v>
+      </x:c>
+      <x:c r="FX51" s="3" t="n">
+        <x:v>77624</x:v>
+      </x:c>
+      <x:c r="FY51" s="3" t="n">
+        <x:v>76938</x:v>
+      </x:c>
+      <x:c r="FZ51" s="3" t="n">
+        <x:v>77661</x:v>
+      </x:c>
+      <x:c r="GA51" s="3" t="n">
+        <x:v>76878</x:v>
+      </x:c>
+      <x:c r="GB51" s="3" t="n">
+        <x:v>76546</x:v>
+      </x:c>
+      <x:c r="GC51" s="3" t="n">
+        <x:v>77067</x:v>
+      </x:c>
+      <x:c r="GD51" s="3" t="n">
+        <x:v>77205</x:v>
+      </x:c>
+      <x:c r="GE51" s="3" t="n">
+        <x:v>77181</x:v>
+      </x:c>
+      <x:c r="GF51" s="3" t="n">
+        <x:v>79445</x:v>
+      </x:c>
+      <x:c r="GG51" s="3" t="n">
+        <x:v>79439</x:v>
+      </x:c>
+      <x:c r="GH51" s="3" t="n">
+        <x:v>80341</x:v>
+      </x:c>
+      <x:c r="GI51" s="3" t="n">
+        <x:v>82438</x:v>
+      </x:c>
+      <x:c r="GJ51" s="3" t="n">
+        <x:v>81822</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:192">
+      <x:c r="A52" s="2" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="B52" s="3" t="n">
+        <x:v>53531</x:v>
+      </x:c>
+      <x:c r="C52" s="3" t="n">
+        <x:v>56659</x:v>
+      </x:c>
+      <x:c r="D52" s="3" t="n">
+        <x:v>55178</x:v>
+      </x:c>
+      <x:c r="E52" s="3" t="n">
+        <x:v>55324</x:v>
+      </x:c>
+      <x:c r="F52" s="3" t="n">
+        <x:v>51569</x:v>
+      </x:c>
+      <x:c r="G52" s="3" t="n">
+        <x:v>51702</x:v>
+      </x:c>
+      <x:c r="H52" s="3" t="n">
+        <x:v>52468</x:v>
+      </x:c>
+      <x:c r="I52" s="3" t="n">
+        <x:v>52337</x:v>
+      </x:c>
+      <x:c r="J52" s="3" t="n">
+        <x:v>54882</x:v>
+      </x:c>
+      <x:c r="K52" s="3" t="n">
+        <x:v>53920</x:v>
+      </x:c>
+      <x:c r="L52" s="3" t="n">
+        <x:v>54435</x:v>
+      </x:c>
+      <x:c r="M52" s="3" t="n">
+        <x:v>53714</x:v>
+      </x:c>
+      <x:c r="N52" s="3" t="n">
+        <x:v>54978</x:v>
+      </x:c>
+      <x:c r="O52" s="3" t="n">
+        <x:v>55306</x:v>
+      </x:c>
+      <x:c r="P52" s="3" t="n">
+        <x:v>56859</x:v>
+      </x:c>
+      <x:c r="Q52" s="3" t="n">
+        <x:v>56279</x:v>
+      </x:c>
+      <x:c r="R52" s="3" t="n">
+        <x:v>56256</x:v>
+      </x:c>
+      <x:c r="S52" s="3" t="n">
+        <x:v>55859</x:v>
+      </x:c>
+      <x:c r="T52" s="3" t="n">
+        <x:v>56844</x:v>
+      </x:c>
+      <x:c r="U52" s="3" t="n">
+        <x:v>56632</x:v>
+      </x:c>
+      <x:c r="V52" s="3" t="n">
+        <x:v>55929</x:v>
+      </x:c>
+      <x:c r="W52" s="3" t="n">
+        <x:v>58601</x:v>
+      </x:c>
+      <x:c r="X52" s="3" t="n">
+        <x:v>57966</x:v>
+      </x:c>
+      <x:c r="Y52" s="3" t="n">
+        <x:v>58017</x:v>
+      </x:c>
+      <x:c r="Z52" s="3" t="n">
+        <x:v>59995</x:v>
+      </x:c>
+      <x:c r="AA52" s="3" t="n">
+        <x:v>58332</x:v>
+      </x:c>
+      <x:c r="AB52" s="3" t="n">
+        <x:v>61993</x:v>
+      </x:c>
+      <x:c r="AC52" s="3" t="n">
+        <x:v>59262</x:v>
+      </x:c>
+      <x:c r="AD52" s="3" t="n">
+        <x:v>59754</x:v>
+      </x:c>
+      <x:c r="AE52" s="3" t="n">
+        <x:v>57914</x:v>
+      </x:c>
+      <x:c r="AF52" s="3" t="n">
+        <x:v>59761</x:v>
+      </x:c>
+      <x:c r="AG52" s="3" t="n">
+        <x:v>59341</x:v>
+      </x:c>
+      <x:c r="AH52" s="3" t="n">
+        <x:v>57525</x:v>
+      </x:c>
+      <x:c r="AI52" s="3" t="n">
+        <x:v>61429</x:v>
+      </x:c>
+      <x:c r="AJ52" s="3" t="n">
+        <x:v>59079</x:v>
+      </x:c>
+      <x:c r="AK52" s="3" t="n">
+        <x:v>58863</x:v>
+      </x:c>
+      <x:c r="AL52" s="3" t="n">
+        <x:v>61449</x:v>
+      </x:c>
+      <x:c r="AM52" s="3" t="n">
+        <x:v>62766</x:v>
+      </x:c>
+      <x:c r="AN52" s="3" t="n">
+        <x:v>59587</x:v>
+      </x:c>
+      <x:c r="AO52" s="3" t="n">
+        <x:v>61324</x:v>
+      </x:c>
+      <x:c r="AP52" s="3" t="n">
+        <x:v>62225</x:v>
+      </x:c>
+      <x:c r="AQ52" s="3" t="n">
+        <x:v>60633</x:v>
+      </x:c>
+      <x:c r="AR52" s="3" t="n">
+        <x:v>62980</x:v>
+      </x:c>
+      <x:c r="AS52" s="3" t="n">
+        <x:v>62807</x:v>
+      </x:c>
+      <x:c r="AT52" s="3" t="n">
+        <x:v>61332</x:v>
+      </x:c>
+      <x:c r="AU52" s="3" t="n">
+        <x:v>62921</x:v>
+      </x:c>
+      <x:c r="AV52" s="3" t="n">
+        <x:v>63701</x:v>
+      </x:c>
+      <x:c r="AW52" s="3" t="n">
+        <x:v>63498</x:v>
+      </x:c>
+      <x:c r="AX52" s="3" t="n">
+        <x:v>63120</x:v>
+      </x:c>
+      <x:c r="AY52" s="3" t="n">
+        <x:v>62038</x:v>
+      </x:c>
+      <x:c r="AZ52" s="3" t="n">
+        <x:v>64756</x:v>
+      </x:c>
+      <x:c r="BA52" s="3" t="n">
+        <x:v>63128</x:v>
+      </x:c>
+      <x:c r="BB52" s="3" t="n">
+        <x:v>62822</x:v>
+      </x:c>
+      <x:c r="BC52" s="3" t="n">
+        <x:v>62630</x:v>
+      </x:c>
+      <x:c r="BD52" s="3" t="n">
+        <x:v>62991</x:v>
+      </x:c>
+      <x:c r="BE52" s="3" t="n">
+        <x:v>61723</x:v>
+      </x:c>
+      <x:c r="BF52" s="3" t="n">
+        <x:v>63103</x:v>
+      </x:c>
+      <x:c r="BG52" s="3" t="n">
+        <x:v>61580</x:v>
+      </x:c>
+      <x:c r="BH52" s="3" t="n">
+        <x:v>62993</x:v>
+      </x:c>
+      <x:c r="BI52" s="3" t="n">
+        <x:v>63602</x:v>
+      </x:c>
+      <x:c r="BJ52" s="3" t="n">
+        <x:v>64224</x:v>
+      </x:c>
+      <x:c r="BK52" s="3" t="n">
+        <x:v>62619</x:v>
+      </x:c>
+      <x:c r="BL52" s="3" t="n">
+        <x:v>65370</x:v>
+      </x:c>
+      <x:c r="BM52" s="3" t="n">
+        <x:v>65531</x:v>
+      </x:c>
+      <x:c r="BN52" s="3" t="n">
+        <x:v>65051</x:v>
+      </x:c>
+      <x:c r="BO52" s="3" t="n">
+        <x:v>65016</x:v>
+      </x:c>
+      <x:c r="BP52" s="3" t="n">
+        <x:v>64734</x:v>
+      </x:c>
+      <x:c r="BQ52" s="3" t="n">
+        <x:v>65387</x:v>
+      </x:c>
+      <x:c r="BR52" s="3" t="n">
+        <x:v>68672</x:v>
+      </x:c>
+      <x:c r="BS52" s="3" t="n">
+        <x:v>69109</x:v>
+      </x:c>
+      <x:c r="BT52" s="3" t="n">
+        <x:v>71630</x:v>
+      </x:c>
+      <x:c r="BU52" s="3" t="n">
+        <x:v>71220</x:v>
+      </x:c>
+      <x:c r="BV52" s="3" t="n">
+        <x:v>71036</x:v>
+      </x:c>
+      <x:c r="BW52" s="3" t="n">
+        <x:v>67895</x:v>
+      </x:c>
+      <x:c r="BX52" s="3" t="n">
+        <x:v>68654</x:v>
+      </x:c>
+      <x:c r="BY52" s="3" t="n">
+        <x:v>68101</x:v>
+      </x:c>
+      <x:c r="BZ52" s="3" t="n">
+        <x:v>68676</x:v>
+      </x:c>
+      <x:c r="CA52" s="3" t="n">
+        <x:v>75217</x:v>
+      </x:c>
+      <x:c r="CB52" s="3" t="n">
+        <x:v>74663</x:v>
+      </x:c>
+      <x:c r="CC52" s="3" t="n">
+        <x:v>74643</x:v>
+      </x:c>
+      <x:c r="CD52" s="3" t="n">
+        <x:v>75469</x:v>
+      </x:c>
+      <x:c r="CE52" s="3" t="n">
+        <x:v>76506</x:v>
+      </x:c>
+      <x:c r="CF52" s="3" t="n">
+        <x:v>77110</x:v>
+      </x:c>
+      <x:c r="CG52" s="3" t="n">
+        <x:v>76303</x:v>
+      </x:c>
+      <x:c r="CH52" s="3" t="n">
+        <x:v>76103</x:v>
+      </x:c>
+      <x:c r="CI52" s="3" t="n">
+        <x:v>75562</x:v>
+      </x:c>
+      <x:c r="CJ52" s="3" t="n">
+        <x:v>76909</x:v>
+      </x:c>
+      <x:c r="CK52" s="3" t="n">
+        <x:v>76213</x:v>
+      </x:c>
+      <x:c r="CL52" s="3" t="n">
+        <x:v>78359</x:v>
+      </x:c>
+      <x:c r="CM52" s="3" t="n">
+        <x:v>78593</x:v>
+      </x:c>
+      <x:c r="CN52" s="3" t="n">
+        <x:v>77658</x:v>
+      </x:c>
+      <x:c r="CO52" s="3" t="n">
+        <x:v>76332</x:v>
+      </x:c>
+      <x:c r="CP52" s="3" t="n">
+        <x:v>79549</x:v>
+      </x:c>
+      <x:c r="CQ52" s="3" t="n">
+        <x:v>76615</x:v>
+      </x:c>
+      <x:c r="CR52" s="3" t="n">
+        <x:v>75936</x:v>
+      </x:c>
+      <x:c r="CS52" s="3" t="n">
+        <x:v>77258</x:v>
+      </x:c>
+      <x:c r="CT52" s="3" t="n">
+        <x:v>78574</x:v>
+      </x:c>
+      <x:c r="CU52" s="3" t="n">
+        <x:v>79637</x:v>
+      </x:c>
+      <x:c r="CV52" s="3" t="n">
+        <x:v>79596</x:v>
+      </x:c>
+      <x:c r="CW52" s="3" t="n">
+        <x:v>78105</x:v>
+      </x:c>
+      <x:c r="CX52" s="3" t="n">
+        <x:v>75767</x:v>
+      </x:c>
+      <x:c r="CY52" s="3" t="n">
+        <x:v>75442</x:v>
+      </x:c>
+      <x:c r="CZ52" s="3" t="n">
+        <x:v>76832</x:v>
+      </x:c>
+      <x:c r="DA52" s="3" t="n">
+        <x:v>76536</x:v>
+      </x:c>
+      <x:c r="DB52" s="3" t="n">
+        <x:v>80563</x:v>
+      </x:c>
+      <x:c r="DC52" s="3" t="n">
+        <x:v>81273</x:v>
+      </x:c>
+      <x:c r="DD52" s="3" t="n">
+        <x:v>82893</x:v>
+      </x:c>
+      <x:c r="DE52" s="3" t="n">
+        <x:v>82939</x:v>
+      </x:c>
+      <x:c r="DF52" s="3" t="n">
+        <x:v>87025</x:v>
+      </x:c>
+      <x:c r="DG52" s="3" t="n">
+        <x:v>90732</x:v>
+      </x:c>
+      <x:c r="DH52" s="3" t="n">
+        <x:v>89126</x:v>
+      </x:c>
+      <x:c r="DI52" s="3" t="n">
+        <x:v>90599</x:v>
+      </x:c>
+      <x:c r="DJ52" s="3" t="n">
+        <x:v>94518</x:v>
+      </x:c>
+      <x:c r="DK52" s="3" t="n">
+        <x:v>92062</x:v>
+      </x:c>
+      <x:c r="DL52" s="3" t="n">
+        <x:v>91260</x:v>
+      </x:c>
+      <x:c r="DM52" s="3" t="n">
+        <x:v>91450</x:v>
+      </x:c>
+      <x:c r="DN52" s="3" t="n">
+        <x:v>95117</x:v>
+      </x:c>
+      <x:c r="DO52" s="3" t="n">
+        <x:v>98020</x:v>
+      </x:c>
+      <x:c r="DP52" s="3" t="n">
+        <x:v>100724</x:v>
+      </x:c>
+      <x:c r="DQ52" s="3" t="n">
+        <x:v>100856</x:v>
+      </x:c>
+      <x:c r="DR52" s="3" t="n">
+        <x:v>99622</x:v>
+      </x:c>
+      <x:c r="DS52" s="3" t="n">
+        <x:v>100771</x:v>
+      </x:c>
+      <x:c r="DT52" s="3" t="n">
+        <x:v>99213</x:v>
+      </x:c>
+      <x:c r="DU52" s="3" t="n">
+        <x:v>97548</x:v>
+      </x:c>
+      <x:c r="DV52" s="3" t="n">
+        <x:v>93992</x:v>
+      </x:c>
+      <x:c r="DW52" s="3" t="n">
+        <x:v>91287</x:v>
+      </x:c>
+      <x:c r="DX52" s="3" t="n">
+        <x:v>94385</x:v>
+      </x:c>
+      <x:c r="DY52" s="3" t="n">
+        <x:v>93637</x:v>
+      </x:c>
+      <x:c r="DZ52" s="3" t="n">
+        <x:v>93363</x:v>
+      </x:c>
+      <x:c r="EA52" s="3" t="n">
+        <x:v>92373</x:v>
+      </x:c>
+      <x:c r="EB52" s="3" t="n">
+        <x:v>92565</x:v>
+      </x:c>
+      <x:c r="EC52" s="3" t="n">
+        <x:v>92815</x:v>
+      </x:c>
+      <x:c r="ED52" s="3" t="n">
+        <x:v>91809</x:v>
+      </x:c>
+      <x:c r="EE52" s="3" t="n">
+        <x:v>93438</x:v>
+      </x:c>
+      <x:c r="EF52" s="3" t="n">
+        <x:v>96718</x:v>
+      </x:c>
+      <x:c r="EG52" s="3" t="n">
+        <x:v>97615</x:v>
+      </x:c>
+      <x:c r="EH52" s="3" t="n">
+        <x:v>103829</x:v>
+      </x:c>
+      <x:c r="EI52" s="3" t="n">
+        <x:v>103632</x:v>
+      </x:c>
+      <x:c r="EJ52" s="3" t="n">
+        <x:v>102444</x:v>
+      </x:c>
+      <x:c r="EK52" s="3" t="n">
+        <x:v>104337</x:v>
+      </x:c>
+      <x:c r="EL52" s="3" t="n">
+        <x:v>103243</x:v>
+      </x:c>
+      <x:c r="EM52" s="3" t="n">
+        <x:v>102752</x:v>
+      </x:c>
+      <x:c r="EN52" s="3" t="n">
+        <x:v>102406</x:v>
+      </x:c>
+      <x:c r="EO52" s="3" t="n">
+        <x:v>105098</x:v>
+      </x:c>
+      <x:c r="EP52" s="3" t="n">
+        <x:v>106301</x:v>
+      </x:c>
+      <x:c r="EQ52" s="3" t="n">
+        <x:v>108469</x:v>
+      </x:c>
+      <x:c r="ER52" s="3" t="n">
+        <x:v>107641</x:v>
+      </x:c>
+      <x:c r="ES52" s="3" t="n">
+        <x:v>107402</x:v>
+      </x:c>
+      <x:c r="ET52" s="3" t="n">
+        <x:v>106931</x:v>
+      </x:c>
+      <x:c r="EU52" s="3" t="n">
+        <x:v>108595</x:v>
+      </x:c>
+      <x:c r="EV52" s="3" t="n">
+        <x:v>109686</x:v>
+      </x:c>
+      <x:c r="EW52" s="3" t="n">
+        <x:v>107905</x:v>
+      </x:c>
+      <x:c r="EX52" s="3" t="n">
+        <x:v>109982</x:v>
+      </x:c>
+      <x:c r="EY52" s="3" t="n">
+        <x:v>111880</x:v>
+      </x:c>
+      <x:c r="EZ52" s="3" t="n">
+        <x:v>106740</x:v>
+      </x:c>
+      <x:c r="FA52" s="3" t="n">
+        <x:v>108568</x:v>
+      </x:c>
+      <x:c r="FB52" s="3" t="n">
+        <x:v>112355</x:v>
+      </x:c>
+      <x:c r="FC52" s="3" t="n">
+        <x:v>113704</x:v>
+      </x:c>
+      <x:c r="FD52" s="3" t="n">
+        <x:v>111048</x:v>
+      </x:c>
+      <x:c r="FE52" s="3" t="n">
+        <x:v>115057</x:v>
+      </x:c>
+      <x:c r="FF52" s="3" t="n">
+        <x:v>116597</x:v>
+      </x:c>
+      <x:c r="FG52" s="3" t="n">
+        <x:v>114009</x:v>
+      </x:c>
+      <x:c r="FH52" s="3" t="n">
+        <x:v>109532</x:v>
+      </x:c>
+      <x:c r="FI52" s="3" t="n">
+        <x:v>116378</x:v>
+      </x:c>
+      <x:c r="FJ52" s="3" t="n">
+        <x:v>114709</x:v>
+      </x:c>
+      <x:c r="FK52" s="3" t="n">
+        <x:v>116373</x:v>
+      </x:c>
+      <x:c r="FL52" s="3" t="n">
+        <x:v>114687</x:v>
+      </x:c>
+      <x:c r="FM52" s="3" t="n">
+        <x:v>114332</x:v>
+      </x:c>
+      <x:c r="FN52" s="3" t="n">
+        <x:v>112539</x:v>
+      </x:c>
+      <x:c r="FO52" s="3" t="n">
+        <x:v>116165</x:v>
+      </x:c>
+      <x:c r="FP52" s="3" t="n">
+        <x:v>113153</x:v>
+      </x:c>
+      <x:c r="FQ52" s="3" t="n">
+        <x:v>117315</x:v>
+      </x:c>
+      <x:c r="FR52" s="3" t="n">
+        <x:v>119001</x:v>
+      </x:c>
+      <x:c r="FS52" s="3" t="n">
+        <x:v>120876</x:v>
+      </x:c>
+      <x:c r="FT52" s="3" t="n">
+        <x:v>118396</x:v>
+      </x:c>
+      <x:c r="FU52" s="3" t="n">
+        <x:v>121417</x:v>
+      </x:c>
+      <x:c r="FV52" s="3" t="n">
+        <x:v>122252</x:v>
+      </x:c>
+      <x:c r="FW52" s="3" t="n">
+        <x:v>122588</x:v>
+      </x:c>
+      <x:c r="FX52" s="3" t="n">
+        <x:v>119581</x:v>
+      </x:c>
+      <x:c r="FY52" s="3" t="n">
+        <x:v>119900</x:v>
+      </x:c>
+      <x:c r="FZ52" s="3" t="n">
+        <x:v>118219</x:v>
+      </x:c>
+      <x:c r="GA52" s="3" t="n">
+        <x:v>118043</x:v>
+      </x:c>
+      <x:c r="GB52" s="3" t="n">
+        <x:v>117457</x:v>
+      </x:c>
+      <x:c r="GC52" s="3" t="n">
+        <x:v>116452</x:v>
+      </x:c>
+      <x:c r="GD52" s="3" t="n">
+        <x:v>115101</x:v>
+      </x:c>
+      <x:c r="GE52" s="3" t="n">
+        <x:v>114537</x:v>
+      </x:c>
+      <x:c r="GF52" s="3" t="n">
+        <x:v>116170</x:v>
+      </x:c>
+      <x:c r="GG52" s="3" t="n">
+        <x:v>113390</x:v>
+      </x:c>
+      <x:c r="GH52" s="3" t="n">
+        <x:v>117283</x:v>
+      </x:c>
+      <x:c r="GI52" s="3" t="n">
+        <x:v>117294</x:v>
+      </x:c>
+      <x:c r="GJ52" s="3" t="n">
+        <x:v>116371</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:192">
+      <x:c r="A53" s="2" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="B53" s="3" t="n">
+        <x:v>106043</x:v>
+      </x:c>
+      <x:c r="C53" s="3" t="n">
+        <x:v>112142</x:v>
+      </x:c>
+      <x:c r="D53" s="3" t="n">
+        <x:v>113308</x:v>
+      </x:c>
+      <x:c r="E53" s="3" t="n">
+        <x:v>113395</x:v>
+      </x:c>
+      <x:c r="F53" s="3" t="n">
+        <x:v>115352</x:v>
+      </x:c>
+      <x:c r="G53" s="3" t="n">
+        <x:v>116923</x:v>
+      </x:c>
+      <x:c r="H53" s="3" t="n">
+        <x:v>117360</x:v>
+      </x:c>
+      <x:c r="I53" s="3" t="n">
+        <x:v>117503</x:v>
+      </x:c>
+      <x:c r="J53" s="3" t="n">
+        <x:v>119445</x:v>
+      </x:c>
+      <x:c r="K53" s="3" t="n">
+        <x:v>119650</x:v>
+      </x:c>
+      <x:c r="L53" s="3" t="n">
+        <x:v>121381</x:v>
+      </x:c>
+      <x:c r="M53" s="3" t="n">
+        <x:v>122114</x:v>
+      </x:c>
+      <x:c r="N53" s="3" t="n">
+        <x:v>121694</x:v>
+      </x:c>
+      <x:c r="O53" s="3" t="n">
+        <x:v>121101</x:v>
+      </x:c>
+      <x:c r="P53" s="3" t="n">
+        <x:v>120782</x:v>
+      </x:c>
+      <x:c r="Q53" s="3" t="n">
+        <x:v>121034</x:v>
+      </x:c>
+      <x:c r="R53" s="3" t="n">
+        <x:v>120540</x:v>
+      </x:c>
+      <x:c r="S53" s="3" t="n">
+        <x:v>121770</x:v>
+      </x:c>
+      <x:c r="T53" s="3" t="n">
+        <x:v>121322</x:v>
+      </x:c>
+      <x:c r="U53" s="3" t="n">
+        <x:v>123069</x:v>
+      </x:c>
+      <x:c r="V53" s="3" t="n">
+        <x:v>121085</x:v>
+      </x:c>
+      <x:c r="W53" s="3" t="n">
+        <x:v>124375</x:v>
+      </x:c>
+      <x:c r="X53" s="3" t="n">
+        <x:v>124929</x:v>
+      </x:c>
+      <x:c r="Y53" s="3" t="n">
+        <x:v>126446</x:v>
+      </x:c>
+      <x:c r="Z53" s="3" t="n">
+        <x:v>128793</x:v>
+      </x:c>
+      <x:c r="AA53" s="3" t="n">
+        <x:v>127800</x:v>
+      </x:c>
+      <x:c r="AB53" s="3" t="n">
+        <x:v>132353</x:v>
+      </x:c>
+      <x:c r="AC53" s="3" t="n">
+        <x:v>135638</x:v>
+      </x:c>
+      <x:c r="AD53" s="3" t="n">
+        <x:v>142008</x:v>
+      </x:c>
+      <x:c r="AE53" s="3" t="n">
+        <x:v>138653</x:v>
+      </x:c>
+      <x:c r="AF53" s="3" t="n">
+        <x:v>143189</x:v>
+      </x:c>
+      <x:c r="AG53" s="3" t="n">
+        <x:v>142882</x:v>
+      </x:c>
+      <x:c r="AH53" s="3" t="n">
+        <x:v>144079</x:v>
+      </x:c>
+      <x:c r="AI53" s="3" t="n">
+        <x:v>148842</x:v>
+      </x:c>
+      <x:c r="AJ53" s="3" t="n">
+        <x:v>148868</x:v>
+      </x:c>
+      <x:c r="AK53" s="3" t="n">
+        <x:v>149133</x:v>
+      </x:c>
+      <x:c r="AL53" s="3" t="n">
+        <x:v>149208</x:v>
+      </x:c>
+      <x:c r="AM53" s="3" t="n">
+        <x:v>149732</x:v>
+      </x:c>
+      <x:c r="AN53" s="3" t="n">
+        <x:v>149591</x:v>
+      </x:c>
+      <x:c r="AO53" s="3" t="n">
+        <x:v>152214</x:v>
+      </x:c>
+      <x:c r="AP53" s="3" t="n">
+        <x:v>152057</x:v>
+      </x:c>
+      <x:c r="AQ53" s="3" t="n">
+        <x:v>150041</x:v>
+      </x:c>
+      <x:c r="AR53" s="3" t="n">
+        <x:v>150224</x:v>
+      </x:c>
+      <x:c r="AS53" s="3" t="n">
+        <x:v>149030</x:v>
+      </x:c>
+      <x:c r="AT53" s="3" t="n">
+        <x:v>146274</x:v>
+      </x:c>
+      <x:c r="AU53" s="3" t="n">
+        <x:v>149691</x:v>
+      </x:c>
+      <x:c r="AV53" s="3" t="n">
+        <x:v>146930</x:v>
+      </x:c>
+      <x:c r="AW53" s="3" t="n">
+        <x:v>148706</x:v>
+      </x:c>
+      <x:c r="AX53" s="3" t="n">
+        <x:v>148038</x:v>
+      </x:c>
+      <x:c r="AY53" s="3" t="n">
+        <x:v>147229</x:v>
+      </x:c>
+      <x:c r="AZ53" s="3" t="n">
+        <x:v>148269</x:v>
+      </x:c>
+      <x:c r="BA53" s="3" t="n">
+        <x:v>147963</x:v>
+      </x:c>
+      <x:c r="BB53" s="3" t="n">
+        <x:v>146398</x:v>
+      </x:c>
+      <x:c r="BC53" s="3" t="n">
+        <x:v>152966</x:v>
+      </x:c>
+      <x:c r="BD53" s="3" t="n">
+        <x:v>150844</x:v>
+      </x:c>
+      <x:c r="BE53" s="3" t="n">
+        <x:v>149774</x:v>
+      </x:c>
+      <x:c r="BF53" s="3" t="n">
+        <x:v>154483</x:v>
+      </x:c>
+      <x:c r="BG53" s="3" t="n">
+        <x:v>151667</x:v>
+      </x:c>
+      <x:c r="BH53" s="3" t="n">
+        <x:v>156077</x:v>
+      </x:c>
+      <x:c r="BI53" s="3" t="n">
+        <x:v>154233</x:v>
+      </x:c>
+      <x:c r="BJ53" s="3" t="n">
+        <x:v>154419</x:v>
+      </x:c>
+      <x:c r="BK53" s="3" t="n">
+        <x:v>156105</x:v>
+      </x:c>
+      <x:c r="BL53" s="3" t="n">
+        <x:v>159229</x:v>
+      </x:c>
+      <x:c r="BM53" s="3" t="n">
+        <x:v>163990</x:v>
+      </x:c>
+      <x:c r="BN53" s="3" t="n">
+        <x:v>162725</x:v>
+      </x:c>
+      <x:c r="BO53" s="3" t="n">
+        <x:v>166864</x:v>
+      </x:c>
+      <x:c r="BP53" s="3" t="n">
+        <x:v>166932</x:v>
+      </x:c>
+      <x:c r="BQ53" s="3" t="n">
+        <x:v>170513</x:v>
+      </x:c>
+      <x:c r="BR53" s="3" t="n">
+        <x:v>172656</x:v>
+      </x:c>
+      <x:c r="BS53" s="3" t="n">
+        <x:v>171973</x:v>
+      </x:c>
+      <x:c r="BT53" s="3" t="n">
+        <x:v>174482</x:v>
+      </x:c>
+      <x:c r="BU53" s="3" t="n">
+        <x:v>174077</x:v>
+      </x:c>
+      <x:c r="BV53" s="3" t="n">
+        <x:v>178601</x:v>
+      </x:c>
+      <x:c r="BW53" s="3" t="n">
+        <x:v>179219</x:v>
+      </x:c>
+      <x:c r="BX53" s="3" t="n">
+        <x:v>182909</x:v>
+      </x:c>
+      <x:c r="BY53" s="3" t="n">
+        <x:v>184211</x:v>
+      </x:c>
+      <x:c r="BZ53" s="3" t="n">
+        <x:v>179619</x:v>
+      </x:c>
+      <x:c r="CA53" s="3" t="n">
+        <x:v>196039</x:v>
+      </x:c>
+      <x:c r="CB53" s="3" t="n">
+        <x:v>193436</x:v>
+      </x:c>
+      <x:c r="CC53" s="3" t="n">
+        <x:v>198375</x:v>
+      </x:c>
+      <x:c r="CD53" s="3" t="n">
+        <x:v>198729</x:v>
+      </x:c>
+      <x:c r="CE53" s="3" t="n">
+        <x:v>201978</x:v>
+      </x:c>
+      <x:c r="CF53" s="3" t="n">
+        <x:v>203259</x:v>
+      </x:c>
+      <x:c r="CG53" s="3" t="n">
+        <x:v>206190</x:v>
+      </x:c>
+      <x:c r="CH53" s="3" t="n">
+        <x:v>205174</x:v>
+      </x:c>
+      <x:c r="CI53" s="3" t="n">
+        <x:v>209190</x:v>
+      </x:c>
+      <x:c r="CJ53" s="3" t="n">
+        <x:v>212209</x:v>
+      </x:c>
+      <x:c r="CK53" s="3" t="n">
+        <x:v>214232</x:v>
+      </x:c>
+      <x:c r="CL53" s="3" t="n">
+        <x:v>220384</x:v>
+      </x:c>
+      <x:c r="CM53" s="3" t="n">
+        <x:v>218749</x:v>
+      </x:c>
+      <x:c r="CN53" s="3" t="n">
+        <x:v>221192</x:v>
+      </x:c>
+      <x:c r="CO53" s="3" t="n">
+        <x:v>223087</x:v>
+      </x:c>
+      <x:c r="CP53" s="3" t="n">
+        <x:v>228213</x:v>
+      </x:c>
+      <x:c r="CQ53" s="3" t="n">
+        <x:v>227318</x:v>
+      </x:c>
+      <x:c r="CR53" s="3" t="n">
+        <x:v>227243</x:v>
+      </x:c>
+      <x:c r="CS53" s="3" t="n">
+        <x:v>229096</x:v>
+      </x:c>
+      <x:c r="CT53" s="3" t="n">
+        <x:v>227184</x:v>
+      </x:c>
+      <x:c r="CU53" s="3" t="n">
+        <x:v>237773</x:v>
+      </x:c>
+      <x:c r="CV53" s="3" t="n">
+        <x:v>232099</x:v>
+      </x:c>
+      <x:c r="CW53" s="3" t="n">
+        <x:v>232923</x:v>
+      </x:c>
+      <x:c r="CX53" s="3" t="n">
+        <x:v>236393</x:v>
+      </x:c>
+      <x:c r="CY53" s="3" t="n">
+        <x:v>236720</x:v>
+      </x:c>
+      <x:c r="CZ53" s="3" t="n">
+        <x:v>239928</x:v>
+      </x:c>
+      <x:c r="DA53" s="3" t="n">
+        <x:v>239386</x:v>
+      </x:c>
+      <x:c r="DB53" s="3" t="n">
+        <x:v>254063</x:v>
+      </x:c>
+      <x:c r="DC53" s="3" t="n">
+        <x:v>252835</x:v>
+      </x:c>
+      <x:c r="DD53" s="3" t="n">
+        <x:v>256713</x:v>
+      </x:c>
+      <x:c r="DE53" s="3" t="n">
+        <x:v>256785</x:v>
+      </x:c>
+      <x:c r="DF53" s="3" t="n">
+        <x:v>258465</x:v>
+      </x:c>
+      <x:c r="DG53" s="3" t="n">
+        <x:v>273806</x:v>
+      </x:c>
+      <x:c r="DH53" s="3" t="n">
+        <x:v>272567</x:v>
+      </x:c>
+      <x:c r="DI53" s="3" t="n">
+        <x:v>276284</x:v>
+      </x:c>
+      <x:c r="DJ53" s="3" t="n">
+        <x:v>282994</x:v>
+      </x:c>
+      <x:c r="DK53" s="3" t="n">
+        <x:v>290192</x:v>
+      </x:c>
+      <x:c r="DL53" s="3" t="n">
+        <x:v>293378</x:v>
+      </x:c>
+      <x:c r="DM53" s="3" t="n">
+        <x:v>304124</x:v>
+      </x:c>
+      <x:c r="DN53" s="3" t="n">
+        <x:v>311080</x:v>
+      </x:c>
+      <x:c r="DO53" s="3" t="n">
+        <x:v>310515</x:v>
+      </x:c>
+      <x:c r="DP53" s="3" t="n">
+        <x:v>318831</x:v>
+      </x:c>
+      <x:c r="DQ53" s="3" t="n">
+        <x:v>319855</x:v>
+      </x:c>
+      <x:c r="DR53" s="3" t="n">
+        <x:v>322960</x:v>
+      </x:c>
+      <x:c r="DS53" s="3" t="n">
+        <x:v>325866</x:v>
+      </x:c>
+      <x:c r="DT53" s="3" t="n">
+        <x:v>330615</x:v>
+      </x:c>
+      <x:c r="DU53" s="3" t="n">
+        <x:v>323800</x:v>
+      </x:c>
+      <x:c r="DV53" s="3" t="n">
+        <x:v>325119</x:v>
+      </x:c>
+      <x:c r="DW53" s="3" t="n">
+        <x:v>326546</x:v>
+      </x:c>
+      <x:c r="DX53" s="3" t="n">
+        <x:v>321680</x:v>
+      </x:c>
+      <x:c r="DY53" s="3" t="n">
+        <x:v>324053</x:v>
+      </x:c>
+      <x:c r="DZ53" s="3" t="n">
+        <x:v>331491</x:v>
+      </x:c>
+      <x:c r="EA53" s="3" t="n">
+        <x:v>332829</x:v>
+      </x:c>
+      <x:c r="EB53" s="3" t="n">
+        <x:v>334922</x:v>
+      </x:c>
+      <x:c r="EC53" s="3" t="n">
+        <x:v>332215</x:v>
+      </x:c>
+      <x:c r="ED53" s="3" t="n">
+        <x:v>338029</x:v>
+      </x:c>
+      <x:c r="EE53" s="3" t="n">
+        <x:v>340828</x:v>
+      </x:c>
+      <x:c r="EF53" s="3" t="n">
+        <x:v>340477</x:v>
+      </x:c>
+      <x:c r="EG53" s="3" t="n">
+        <x:v>341946</x:v>
+      </x:c>
+      <x:c r="EH53" s="3" t="n">
+        <x:v>350561</x:v>
+      </x:c>
+      <x:c r="EI53" s="3" t="n">
+        <x:v>351541</x:v>
+      </x:c>
+      <x:c r="EJ53" s="3" t="n">
+        <x:v>354703</x:v>
+      </x:c>
+      <x:c r="EK53" s="3" t="n">
+        <x:v>357679</x:v>
+      </x:c>
+      <x:c r="EL53" s="3" t="n">
+        <x:v>366102</x:v>
+      </x:c>
+      <x:c r="EM53" s="3" t="n">
+        <x:v>365877</x:v>
+      </x:c>
+      <x:c r="EN53" s="3" t="n">
+        <x:v>369031</x:v>
+      </x:c>
+      <x:c r="EO53" s="3" t="n">
+        <x:v>371513</x:v>
+      </x:c>
+      <x:c r="EP53" s="3" t="n">
+        <x:v>373694</x:v>
+      </x:c>
+      <x:c r="EQ53" s="3" t="n">
+        <x:v>375158</x:v>
+      </x:c>
+      <x:c r="ER53" s="3" t="n">
+        <x:v>377191</x:v>
+      </x:c>
+      <x:c r="ES53" s="3" t="n">
+        <x:v>380237</x:v>
+      </x:c>
+      <x:c r="ET53" s="3" t="n">
+        <x:v>384745</x:v>
+      </x:c>
+      <x:c r="EU53" s="3" t="n">
+        <x:v>386131</x:v>
+      </x:c>
+      <x:c r="EV53" s="3" t="n">
+        <x:v>386733</x:v>
+      </x:c>
+      <x:c r="EW53" s="3" t="n">
+        <x:v>387115</x:v>
+      </x:c>
+      <x:c r="EX53" s="3" t="n">
+        <x:v>388437</x:v>
+      </x:c>
+      <x:c r="EY53" s="3" t="n">
+        <x:v>385883</x:v>
+      </x:c>
+      <x:c r="EZ53" s="3" t="n">
+        <x:v>393428</x:v>
+      </x:c>
+      <x:c r="FA53" s="3" t="n">
+        <x:v>387778</x:v>
+      </x:c>
+      <x:c r="FB53" s="3" t="n">
+        <x:v>393426</x:v>
+      </x:c>
+      <x:c r="FC53" s="3" t="n">
+        <x:v>399979</x:v>
+      </x:c>
+      <x:c r="FD53" s="3" t="n">
+        <x:v>409031</x:v>
+      </x:c>
+      <x:c r="FE53" s="3" t="n">
+        <x:v>406169</x:v>
+      </x:c>
+      <x:c r="FF53" s="3" t="n">
+        <x:v>408474</x:v>
+      </x:c>
+      <x:c r="FG53" s="3" t="n">
+        <x:v>414684</x:v>
+      </x:c>
+      <x:c r="FH53" s="3" t="n">
+        <x:v>422754</x:v>
+      </x:c>
+      <x:c r="FI53" s="3" t="n">
+        <x:v>421285</x:v>
+      </x:c>
+      <x:c r="FJ53" s="3" t="n">
+        <x:v>427526</x:v>
+      </x:c>
+      <x:c r="FK53" s="3" t="n">
+        <x:v>434187</x:v>
+      </x:c>
+      <x:c r="FL53" s="3" t="n">
+        <x:v>443276</x:v>
+      </x:c>
+      <x:c r="FM53" s="3" t="n">
+        <x:v>441953</x:v>
+      </x:c>
+      <x:c r="FN53" s="3" t="n">
+        <x:v>426810</x:v>
+      </x:c>
+      <x:c r="FO53" s="3" t="n">
+        <x:v>395802</x:v>
+      </x:c>
+      <x:c r="FP53" s="3" t="n">
+        <x:v>422373</x:v>
+      </x:c>
+      <x:c r="FQ53" s="3" t="n">
+        <x:v>422622</x:v>
+      </x:c>
+      <x:c r="FR53" s="3" t="n">
+        <x:v>421713</x:v>
+      </x:c>
+      <x:c r="FS53" s="3" t="n">
+        <x:v>430460</x:v>
+      </x:c>
+      <x:c r="FT53" s="3" t="n">
+        <x:v>447718</x:v>
+      </x:c>
+      <x:c r="FU53" s="3" t="n">
+        <x:v>458216</x:v>
+      </x:c>
+      <x:c r="FV53" s="3" t="n">
+        <x:v>466835</x:v>
+      </x:c>
+      <x:c r="FW53" s="3" t="n">
+        <x:v>478182</x:v>
+      </x:c>
+      <x:c r="FX53" s="3" t="n">
+        <x:v>482616</x:v>
+      </x:c>
+      <x:c r="FY53" s="3" t="n">
+        <x:v>487755</x:v>
+      </x:c>
+      <x:c r="FZ53" s="3" t="n">
+        <x:v>487808</x:v>
+      </x:c>
+      <x:c r="GA53" s="3" t="n">
+        <x:v>489152</x:v>
+      </x:c>
+      <x:c r="GB53" s="3" t="n">
+        <x:v>489552</x:v>
+      </x:c>
+      <x:c r="GC53" s="3" t="n">
+        <x:v>490994</x:v>
+      </x:c>
+      <x:c r="GD53" s="3" t="n">
+        <x:v>490773</x:v>
+      </x:c>
+      <x:c r="GE53" s="3" t="n">
+        <x:v>491897</x:v>
+      </x:c>
+      <x:c r="GF53" s="3" t="n">
+        <x:v>494301</x:v>
+      </x:c>
+      <x:c r="GG53" s="3" t="n">
+        <x:v>495411</x:v>
+      </x:c>
+      <x:c r="GH53" s="3" t="n">
+        <x:v>496993</x:v>
+      </x:c>
+      <x:c r="GI53" s="3" t="n">
+        <x:v>498915</x:v>
+      </x:c>
+      <x:c r="GJ53" s="3" t="n">
+        <x:v>501186</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:192">
+      <x:c r="A54" s="2" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="B54" s="3" t="n">
+        <x:v>78024</x:v>
+      </x:c>
+      <x:c r="C54" s="3" t="n">
+        <x:v>79462</x:v>
+      </x:c>
+      <x:c r="D54" s="3" t="n">
+        <x:v>81285</x:v>
+      </x:c>
+      <x:c r="E54" s="3" t="n">
+        <x:v>81401</x:v>
+      </x:c>
+      <x:c r="F54" s="3" t="n">
+        <x:v>81623</x:v>
+      </x:c>
+      <x:c r="G54" s="3" t="n">
+        <x:v>83041</x:v>
+      </x:c>
+      <x:c r="H54" s="3" t="n">
+        <x:v>84023</x:v>
+      </x:c>
+      <x:c r="I54" s="3" t="n">
+        <x:v>84542</x:v>
+      </x:c>
+      <x:c r="J54" s="3" t="n">
+        <x:v>86709</x:v>
+      </x:c>
+      <x:c r="K54" s="3" t="n">
+        <x:v>86331</x:v>
+      </x:c>
+      <x:c r="L54" s="3" t="n">
+        <x:v>86689</x:v>
+      </x:c>
+      <x:c r="M54" s="3" t="n">
+        <x:v>87812</x:v>
+      </x:c>
+      <x:c r="N54" s="3" t="n">
+        <x:v>89666</x:v>
+      </x:c>
+      <x:c r="O54" s="3" t="n">
+        <x:v>91171</x:v>
+      </x:c>
+      <x:c r="P54" s="3" t="n">
+        <x:v>91831</x:v>
+      </x:c>
+      <x:c r="Q54" s="3" t="n">
+        <x:v>93196</x:v>
+      </x:c>
+      <x:c r="R54" s="3" t="n">
+        <x:v>91584</x:v>
+      </x:c>
+      <x:c r="S54" s="3" t="n">
+        <x:v>92922</x:v>
+      </x:c>
+      <x:c r="T54" s="3" t="n">
+        <x:v>94674</x:v>
+      </x:c>
+      <x:c r="U54" s="3" t="n">
+        <x:v>94653</x:v>
+      </x:c>
+      <x:c r="V54" s="3" t="n">
+        <x:v>96293</x:v>
+      </x:c>
+      <x:c r="W54" s="3" t="n">
+        <x:v>95291</x:v>
+      </x:c>
+      <x:c r="X54" s="3" t="n">
+        <x:v>97332</x:v>
+      </x:c>
+      <x:c r="Y54" s="3" t="n">
+        <x:v>96598</x:v>
+      </x:c>
+      <x:c r="Z54" s="3" t="n">
+        <x:v>98643</x:v>
+      </x:c>
+      <x:c r="AA54" s="3" t="n">
+        <x:v>98495</x:v>
+      </x:c>
+      <x:c r="AB54" s="3" t="n">
+        <x:v>99199</x:v>
+      </x:c>
+      <x:c r="AC54" s="3" t="n">
+        <x:v>99018</x:v>
+      </x:c>
+      <x:c r="AD54" s="3" t="n">
+        <x:v>102143</x:v>
+      </x:c>
+      <x:c r="AE54" s="3" t="n">
+        <x:v>100117</x:v>
+      </x:c>
+      <x:c r="AF54" s="3" t="n">
+        <x:v>102218</x:v>
+      </x:c>
+      <x:c r="AG54" s="3" t="n">
+        <x:v>103238</x:v>
+      </x:c>
+      <x:c r="AH54" s="3" t="n">
+        <x:v>100376</x:v>
+      </x:c>
+      <x:c r="AI54" s="3" t="n">
+        <x:v>106850</x:v>
+      </x:c>
+      <x:c r="AJ54" s="3" t="n">
+        <x:v>103996</x:v>
+      </x:c>
+      <x:c r="AK54" s="3" t="n">
+        <x:v>104687</x:v>
+      </x:c>
+      <x:c r="AL54" s="3" t="n">
+        <x:v>103838</x:v>
+      </x:c>
+      <x:c r="AM54" s="3" t="n">
+        <x:v>110068</x:v>
+      </x:c>
+      <x:c r="AN54" s="3" t="n">
+        <x:v>106692</x:v>
+      </x:c>
+      <x:c r="AO54" s="3" t="n">
+        <x:v>108580</x:v>
+      </x:c>
+      <x:c r="AP54" s="3" t="n">
+        <x:v>110429</x:v>
+      </x:c>
+      <x:c r="AQ54" s="3" t="n">
+        <x:v>106971</x:v>
+      </x:c>
+      <x:c r="AR54" s="3" t="n">
+        <x:v>111749</x:v>
+      </x:c>
+      <x:c r="AS54" s="3" t="n">
+        <x:v>109174</x:v>
+      </x:c>
+      <x:c r="AT54" s="3" t="n">
+        <x:v>110358</x:v>
+      </x:c>
+      <x:c r="AU54" s="3" t="n">
         <x:v>110898</x:v>
       </x:c>
-      <x:c r="BA31" s="3" t="n">
-[...414 lines deleted...]
-        <x:v>276776</x:v>
+      <x:c r="AV54" s="3" t="n">
+        <x:v>111444</x:v>
+      </x:c>
+      <x:c r="AW54" s="3" t="n">
+        <x:v>115044</x:v>
+      </x:c>
+      <x:c r="AX54" s="3" t="n">
+        <x:v>114841</x:v>
+      </x:c>
+      <x:c r="AY54" s="3" t="n">
+        <x:v>116069</x:v>
+      </x:c>
+      <x:c r="AZ54" s="3" t="n">
+        <x:v>116995</x:v>
+      </x:c>
+      <x:c r="BA54" s="3" t="n">
+        <x:v>117954</x:v>
+      </x:c>
+      <x:c r="BB54" s="3" t="n">
+        <x:v>120337</x:v>
+      </x:c>
+      <x:c r="BC54" s="3" t="n">
+        <x:v>121202</x:v>
+      </x:c>
+      <x:c r="BD54" s="3" t="n">
+        <x:v>123960</x:v>
+      </x:c>
+      <x:c r="BE54" s="3" t="n">
+        <x:v>122412</x:v>
+      </x:c>
+      <x:c r="BF54" s="3" t="n">
+        <x:v>125736</x:v>
+      </x:c>
+      <x:c r="BG54" s="3" t="n">
+        <x:v>126673</x:v>
+      </x:c>
+      <x:c r="BH54" s="3" t="n">
+        <x:v>127354</x:v>
+      </x:c>
+      <x:c r="BI54" s="3" t="n">
+        <x:v>126598</x:v>
+      </x:c>
+      <x:c r="BJ54" s="3" t="n">
+        <x:v>128341</x:v>
+      </x:c>
+      <x:c r="BK54" s="3" t="n">
+        <x:v>130428</x:v>
+      </x:c>
+      <x:c r="BL54" s="3" t="n">
+        <x:v>127533</x:v>
+      </x:c>
+      <x:c r="BM54" s="3" t="n">
+        <x:v>131909</x:v>
+      </x:c>
+      <x:c r="BN54" s="3" t="n">
+        <x:v>129574</x:v>
+      </x:c>
+      <x:c r="BO54" s="3" t="n">
+        <x:v>130771</x:v>
+      </x:c>
+      <x:c r="BP54" s="3" t="n">
+        <x:v>132661</x:v>
+      </x:c>
+      <x:c r="BQ54" s="3" t="n">
+        <x:v>134278</x:v>
+      </x:c>
+      <x:c r="BR54" s="3" t="n">
+        <x:v>132147</x:v>
+      </x:c>
+      <x:c r="BS54" s="3" t="n">
+        <x:v>130383</x:v>
+      </x:c>
+      <x:c r="BT54" s="3" t="n">
+        <x:v>132410</x:v>
+      </x:c>
+      <x:c r="BU54" s="3" t="n">
+        <x:v>132412</x:v>
+      </x:c>
+      <x:c r="BV54" s="3" t="n">
+        <x:v>135070</x:v>
+      </x:c>
+      <x:c r="BW54" s="3" t="n">
+        <x:v>133858</x:v>
+      </x:c>
+      <x:c r="BX54" s="3" t="n">
+        <x:v>135967</x:v>
+      </x:c>
+      <x:c r="BY54" s="3" t="n">
+        <x:v>135115</x:v>
+      </x:c>
+      <x:c r="BZ54" s="3" t="n">
+        <x:v>135009</x:v>
+      </x:c>
+      <x:c r="CA54" s="3" t="n">
+        <x:v>139827</x:v>
+      </x:c>
+      <x:c r="CB54" s="3" t="n">
+        <x:v>137099</x:v>
+      </x:c>
+      <x:c r="CC54" s="3" t="n">
+        <x:v>138217</x:v>
+      </x:c>
+      <x:c r="CD54" s="3" t="n">
+        <x:v>140246</x:v>
+      </x:c>
+      <x:c r="CE54" s="3" t="n">
+        <x:v>141197</x:v>
+      </x:c>
+      <x:c r="CF54" s="3" t="n">
+        <x:v>140525</x:v>
+      </x:c>
+      <x:c r="CG54" s="3" t="n">
+        <x:v>142157</x:v>
+      </x:c>
+      <x:c r="CH54" s="3" t="n">
+        <x:v>143190</x:v>
+      </x:c>
+      <x:c r="CI54" s="3" t="n">
+        <x:v>143910</x:v>
+      </x:c>
+      <x:c r="CJ54" s="3" t="n">
+        <x:v>144646</x:v>
+      </x:c>
+      <x:c r="CK54" s="3" t="n">
+        <x:v>145104</x:v>
+      </x:c>
+      <x:c r="CL54" s="3" t="n">
+        <x:v>145454</x:v>
+      </x:c>
+      <x:c r="CM54" s="3" t="n">
+        <x:v>145009</x:v>
+      </x:c>
+      <x:c r="CN54" s="3" t="n">
+        <x:v>145549</x:v>
+      </x:c>
+      <x:c r="CO54" s="3" t="n">
+        <x:v>144967</x:v>
+      </x:c>
+      <x:c r="CP54" s="3" t="n">
+        <x:v>144888</x:v>
+      </x:c>
+      <x:c r="CQ54" s="3" t="n">
+        <x:v>144948</x:v>
+      </x:c>
+      <x:c r="CR54" s="3" t="n">
+        <x:v>145929</x:v>
+      </x:c>
+      <x:c r="CS54" s="3" t="n">
+        <x:v>145538</x:v>
+      </x:c>
+      <x:c r="CT54" s="3" t="n">
+        <x:v>145165</x:v>
+      </x:c>
+      <x:c r="CU54" s="3" t="n">
+        <x:v>145302</x:v>
+      </x:c>
+      <x:c r="CV54" s="3" t="n">
+        <x:v>147319</x:v>
+      </x:c>
+      <x:c r="CW54" s="3" t="n">
+        <x:v>143480</x:v>
+      </x:c>
+      <x:c r="CX54" s="3" t="n">
+        <x:v>146087</x:v>
+      </x:c>
+      <x:c r="CY54" s="3" t="n">
+        <x:v>146871</x:v>
+      </x:c>
+      <x:c r="CZ54" s="3" t="n">
+        <x:v>147168</x:v>
+      </x:c>
+      <x:c r="DA54" s="3" t="n">
+        <x:v>144484</x:v>
+      </x:c>
+      <x:c r="DB54" s="3" t="n">
+        <x:v>145062</x:v>
+      </x:c>
+      <x:c r="DC54" s="3" t="n">
+        <x:v>146611</x:v>
+      </x:c>
+      <x:c r="DD54" s="3" t="n">
+        <x:v>147622</x:v>
+      </x:c>
+      <x:c r="DE54" s="3" t="n">
+        <x:v>150204</x:v>
+      </x:c>
+      <x:c r="DF54" s="3" t="n">
+        <x:v>150351</x:v>
+      </x:c>
+      <x:c r="DG54" s="3" t="n">
+        <x:v>152518</x:v>
+      </x:c>
+      <x:c r="DH54" s="3" t="n">
+        <x:v>148135</x:v>
+      </x:c>
+      <x:c r="DI54" s="3" t="n">
+        <x:v>153154</x:v>
+      </x:c>
+      <x:c r="DJ54" s="3" t="n">
+        <x:v>152947</x:v>
+      </x:c>
+      <x:c r="DK54" s="3" t="n">
+        <x:v>152530</x:v>
+      </x:c>
+      <x:c r="DL54" s="3" t="n">
+        <x:v>152503</x:v>
+      </x:c>
+      <x:c r="DM54" s="3" t="n">
+        <x:v>154660</x:v>
+      </x:c>
+      <x:c r="DN54" s="3" t="n">
+        <x:v>156997</x:v>
+      </x:c>
+      <x:c r="DO54" s="3" t="n">
+        <x:v>158467</x:v>
+      </x:c>
+      <x:c r="DP54" s="3" t="n">
+        <x:v>159604</x:v>
+      </x:c>
+      <x:c r="DQ54" s="3" t="n">
+        <x:v>160843</x:v>
+      </x:c>
+      <x:c r="DR54" s="3" t="n">
+        <x:v>160756</x:v>
+      </x:c>
+      <x:c r="DS54" s="3" t="n">
+        <x:v>162332</x:v>
+      </x:c>
+      <x:c r="DT54" s="3" t="n">
+        <x:v>164918</x:v>
+      </x:c>
+      <x:c r="DU54" s="3" t="n">
+        <x:v>163343</x:v>
+      </x:c>
+      <x:c r="DV54" s="3" t="n">
+        <x:v>164274</x:v>
+      </x:c>
+      <x:c r="DW54" s="3" t="n">
+        <x:v>164974</x:v>
+      </x:c>
+      <x:c r="DX54" s="3" t="n">
+        <x:v>166176</x:v>
+      </x:c>
+      <x:c r="DY54" s="3" t="n">
+        <x:v>166596</x:v>
+      </x:c>
+      <x:c r="DZ54" s="3" t="n">
+        <x:v>170228</x:v>
+      </x:c>
+      <x:c r="EA54" s="3" t="n">
+        <x:v>169731</x:v>
+      </x:c>
+      <x:c r="EB54" s="3" t="n">
+        <x:v>169061</x:v>
+      </x:c>
+      <x:c r="EC54" s="3" t="n">
+        <x:v>168576</x:v>
+      </x:c>
+      <x:c r="ED54" s="3" t="n">
+        <x:v>170903</x:v>
+      </x:c>
+      <x:c r="EE54" s="3" t="n">
+        <x:v>171389</x:v>
+      </x:c>
+      <x:c r="EF54" s="3" t="n">
+        <x:v>172122</x:v>
+      </x:c>
+      <x:c r="EG54" s="3" t="n">
+        <x:v>173119</x:v>
+      </x:c>
+      <x:c r="EH54" s="3" t="n">
+        <x:v>174698</x:v>
+      </x:c>
+      <x:c r="EI54" s="3" t="n">
+        <x:v>175677</x:v>
+      </x:c>
+      <x:c r="EJ54" s="3" t="n">
+        <x:v>176296</x:v>
+      </x:c>
+      <x:c r="EK54" s="3" t="n">
+        <x:v>176466</x:v>
+      </x:c>
+      <x:c r="EL54" s="3" t="n">
+        <x:v>176312</x:v>
+      </x:c>
+      <x:c r="EM54" s="3" t="n">
+        <x:v>176680</x:v>
+      </x:c>
+      <x:c r="EN54" s="3" t="n">
+        <x:v>177214</x:v>
+      </x:c>
+      <x:c r="EO54" s="3" t="n">
+        <x:v>178292</x:v>
+      </x:c>
+      <x:c r="EP54" s="3" t="n">
+        <x:v>178760</x:v>
+      </x:c>
+      <x:c r="EQ54" s="3" t="n">
+        <x:v>179626</x:v>
+      </x:c>
+      <x:c r="ER54" s="3" t="n">
+        <x:v>179885</x:v>
+      </x:c>
+      <x:c r="ES54" s="3" t="n">
+        <x:v>180863</x:v>
+      </x:c>
+      <x:c r="ET54" s="3" t="n">
+        <x:v>182123</x:v>
+      </x:c>
+      <x:c r="EU54" s="3" t="n">
+        <x:v>183549</x:v>
+      </x:c>
+      <x:c r="EV54" s="3" t="n">
+        <x:v>184248</x:v>
+      </x:c>
+      <x:c r="EW54" s="3" t="n">
+        <x:v>184854</x:v>
+      </x:c>
+      <x:c r="EX54" s="3" t="n">
+        <x:v>185821</x:v>
+      </x:c>
+      <x:c r="EY54" s="3" t="n">
+        <x:v>187278</x:v>
+      </x:c>
+      <x:c r="EZ54" s="3" t="n">
+        <x:v>188974</x:v>
+      </x:c>
+      <x:c r="FA54" s="3" t="n">
+        <x:v>189375</x:v>
+      </x:c>
+      <x:c r="FB54" s="3" t="n">
+        <x:v>189844</x:v>
+      </x:c>
+      <x:c r="FC54" s="3" t="n">
+        <x:v>191127</x:v>
+      </x:c>
+      <x:c r="FD54" s="3" t="n">
+        <x:v>191117</x:v>
+      </x:c>
+      <x:c r="FE54" s="3" t="n">
+        <x:v>192011</x:v>
+      </x:c>
+      <x:c r="FF54" s="3" t="n">
+        <x:v>192013</x:v>
+      </x:c>
+      <x:c r="FG54" s="3" t="n">
+        <x:v>192241</x:v>
+      </x:c>
+      <x:c r="FH54" s="3" t="n">
+        <x:v>192591</x:v>
+      </x:c>
+      <x:c r="FI54" s="3" t="n">
+        <x:v>192579</x:v>
+      </x:c>
+      <x:c r="FJ54" s="3" t="n">
+        <x:v>192909</x:v>
+      </x:c>
+      <x:c r="FK54" s="3" t="n">
+        <x:v>193480</x:v>
+      </x:c>
+      <x:c r="FL54" s="3" t="n">
+        <x:v>194221</x:v>
+      </x:c>
+      <x:c r="FM54" s="3" t="n">
+        <x:v>195214</x:v>
+      </x:c>
+      <x:c r="FN54" s="3" t="n">
+        <x:v>193277</x:v>
+      </x:c>
+      <x:c r="FO54" s="3" t="n">
+        <x:v>182108</x:v>
+      </x:c>
+      <x:c r="FP54" s="3" t="n">
+        <x:v>191400</x:v>
+      </x:c>
+      <x:c r="FQ54" s="3" t="n">
+        <x:v>192686</x:v>
+      </x:c>
+      <x:c r="FR54" s="3" t="n">
+        <x:v>191247</x:v>
+      </x:c>
+      <x:c r="FS54" s="3" t="n">
+        <x:v>192961</x:v>
+      </x:c>
+      <x:c r="FT54" s="3" t="n">
+        <x:v>197370</x:v>
+      </x:c>
+      <x:c r="FU54" s="3" t="n">
+        <x:v>198596</x:v>
+      </x:c>
+      <x:c r="FV54" s="3" t="n">
+        <x:v>198507</x:v>
+      </x:c>
+      <x:c r="FW54" s="3" t="n">
+        <x:v>201756</x:v>
+      </x:c>
+      <x:c r="FX54" s="3" t="n">
+        <x:v>204639</x:v>
+      </x:c>
+      <x:c r="FY54" s="3" t="n">
+        <x:v>206096</x:v>
+      </x:c>
+      <x:c r="FZ54" s="3" t="n">
+        <x:v>207621</x:v>
+      </x:c>
+      <x:c r="GA54" s="3" t="n">
+        <x:v>208399</x:v>
+      </x:c>
+      <x:c r="GB54" s="3" t="n">
+        <x:v>209212</x:v>
+      </x:c>
+      <x:c r="GC54" s="3" t="n">
+        <x:v>211610</x:v>
+      </x:c>
+      <x:c r="GD54" s="3" t="n">
+        <x:v>211852</x:v>
+      </x:c>
+      <x:c r="GE54" s="3" t="n">
+        <x:v>212859</x:v>
+      </x:c>
+      <x:c r="GF54" s="3" t="n">
+        <x:v>213916</x:v>
+      </x:c>
+      <x:c r="GG54" s="3" t="n">
+        <x:v>214189</x:v>
+      </x:c>
+      <x:c r="GH54" s="3" t="n">
+        <x:v>215551</x:v>
+      </x:c>
+      <x:c r="GI54" s="3" t="n">
+        <x:v>216123</x:v>
+      </x:c>
+      <x:c r="GJ54" s="3" t="n">
+        <x:v>216082</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:191">
-[...571 lines deleted...]
-        <x:v>1031493</x:v>
+    <x:row r="55" spans="1:192">
+      <x:c r="A55" s="2" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="B55" s="3" t="n">
+        <x:v>36900</x:v>
+      </x:c>
+      <x:c r="C55" s="3" t="n">
+        <x:v>36922</x:v>
+      </x:c>
+      <x:c r="D55" s="3" t="n">
+        <x:v>37204</x:v>
+      </x:c>
+      <x:c r="E55" s="3" t="n">
+        <x:v>37004</x:v>
+      </x:c>
+      <x:c r="F55" s="3" t="n">
+        <x:v>38340</x:v>
+      </x:c>
+      <x:c r="G55" s="3" t="n">
+        <x:v>39405</x:v>
+      </x:c>
+      <x:c r="H55" s="3" t="n">
+        <x:v>39500</x:v>
+      </x:c>
+      <x:c r="I55" s="3" t="n">
+        <x:v>39851</x:v>
+      </x:c>
+      <x:c r="J55" s="3" t="n">
+        <x:v>38598</x:v>
+      </x:c>
+      <x:c r="K55" s="3" t="n">
+        <x:v>37843</x:v>
+      </x:c>
+      <x:c r="L55" s="3" t="n">
+        <x:v>38935</x:v>
+      </x:c>
+      <x:c r="M55" s="3" t="n">
+        <x:v>39543</x:v>
+      </x:c>
+      <x:c r="N55" s="3" t="n">
+        <x:v>40181</x:v>
+      </x:c>
+      <x:c r="O55" s="3" t="n">
+        <x:v>40689</x:v>
+      </x:c>
+      <x:c r="P55" s="3" t="n">
+        <x:v>39760</x:v>
+      </x:c>
+      <x:c r="Q55" s="3" t="n">
+        <x:v>41632</x:v>
+      </x:c>
+      <x:c r="R55" s="3" t="n">
+        <x:v>39380</x:v>
+      </x:c>
+      <x:c r="S55" s="3" t="n">
+        <x:v>40401</x:v>
+      </x:c>
+      <x:c r="T55" s="3" t="n">
+        <x:v>40328</x:v>
+      </x:c>
+      <x:c r="U55" s="3" t="n">
+        <x:v>39486</x:v>
+      </x:c>
+      <x:c r="V55" s="3" t="n">
+        <x:v>42187</x:v>
+      </x:c>
+      <x:c r="W55" s="3" t="n">
+        <x:v>40954</x:v>
+      </x:c>
+      <x:c r="X55" s="3" t="n">
+        <x:v>41989</x:v>
+      </x:c>
+      <x:c r="Y55" s="3" t="n">
+        <x:v>41930</x:v>
+      </x:c>
+      <x:c r="Z55" s="3" t="n">
+        <x:v>41320</x:v>
+      </x:c>
+      <x:c r="AA55" s="3" t="n">
+        <x:v>40112</x:v>
+      </x:c>
+      <x:c r="AB55" s="3" t="n">
+        <x:v>41638</x:v>
+      </x:c>
+      <x:c r="AC55" s="3" t="n">
+        <x:v>43102</x:v>
+      </x:c>
+      <x:c r="AD55" s="3" t="n">
+        <x:v>45457</x:v>
+      </x:c>
+      <x:c r="AE55" s="3" t="n">
+        <x:v>46461</x:v>
+      </x:c>
+      <x:c r="AF55" s="3" t="n">
+        <x:v>46603</x:v>
+      </x:c>
+      <x:c r="AG55" s="3" t="n">
+        <x:v>46944</x:v>
+      </x:c>
+      <x:c r="AH55" s="3" t="n">
+        <x:v>49493</x:v>
+      </x:c>
+      <x:c r="AI55" s="3" t="n">
+        <x:v>51816</x:v>
+      </x:c>
+      <x:c r="AJ55" s="3" t="n">
+        <x:v>49532</x:v>
+      </x:c>
+      <x:c r="AK55" s="3" t="n">
+        <x:v>49964</x:v>
+      </x:c>
+      <x:c r="AL55" s="3" t="n">
+        <x:v>47365</x:v>
+      </x:c>
+      <x:c r="AM55" s="3" t="n">
+        <x:v>48718</x:v>
+      </x:c>
+      <x:c r="AN55" s="3" t="n">
+        <x:v>48010</x:v>
+      </x:c>
+      <x:c r="AO55" s="3" t="n">
+        <x:v>48281</x:v>
+      </x:c>
+      <x:c r="AP55" s="3" t="n">
+        <x:v>45521</x:v>
+      </x:c>
+      <x:c r="AQ55" s="3" t="n">
+        <x:v>44405</x:v>
+      </x:c>
+      <x:c r="AR55" s="3" t="n">
+        <x:v>43540</x:v>
+      </x:c>
+      <x:c r="AS55" s="3" t="n">
+        <x:v>43248</x:v>
+      </x:c>
+      <x:c r="AT55" s="3" t="n">
+        <x:v>42348</x:v>
+      </x:c>
+      <x:c r="AU55" s="3" t="n">
+        <x:v>39964</x:v>
+      </x:c>
+      <x:c r="AV55" s="3" t="n">
+        <x:v>41328</x:v>
+      </x:c>
+      <x:c r="AW55" s="3" t="n">
+        <x:v>42229</x:v>
+      </x:c>
+      <x:c r="AX55" s="3" t="n">
+        <x:v>44386</x:v>
+      </x:c>
+      <x:c r="AY55" s="3" t="n">
+        <x:v>43841</x:v>
+      </x:c>
+      <x:c r="AZ55" s="3" t="n">
+        <x:v>43545</x:v>
+      </x:c>
+      <x:c r="BA55" s="3" t="n">
+        <x:v>38317</x:v>
+      </x:c>
+      <x:c r="BB55" s="3" t="n">
+        <x:v>43710</x:v>
+      </x:c>
+      <x:c r="BC55" s="3" t="n">
+        <x:v>41702</x:v>
+      </x:c>
+      <x:c r="BD55" s="3" t="n">
+        <x:v>44014</x:v>
+      </x:c>
+      <x:c r="BE55" s="3" t="n">
+        <x:v>42105</x:v>
+      </x:c>
+      <x:c r="BF55" s="3" t="n">
+        <x:v>42882</x:v>
+      </x:c>
+      <x:c r="BG55" s="3" t="n">
+        <x:v>45507</x:v>
+      </x:c>
+      <x:c r="BH55" s="3" t="n">
+        <x:v>43074</x:v>
+      </x:c>
+      <x:c r="BI55" s="3" t="n">
+        <x:v>45493</x:v>
+      </x:c>
+      <x:c r="BJ55" s="3" t="n">
+        <x:v>44854</x:v>
+      </x:c>
+      <x:c r="BK55" s="3" t="n">
+        <x:v>45744</x:v>
+      </x:c>
+      <x:c r="BL55" s="3" t="n">
+        <x:v>46915</x:v>
+      </x:c>
+      <x:c r="BM55" s="3" t="n">
+        <x:v>47673</x:v>
+      </x:c>
+      <x:c r="BN55" s="3" t="n">
+        <x:v>47785</x:v>
+      </x:c>
+      <x:c r="BO55" s="3" t="n">
+        <x:v>47378</x:v>
+      </x:c>
+      <x:c r="BP55" s="3" t="n">
+        <x:v>47389</x:v>
+      </x:c>
+      <x:c r="BQ55" s="3" t="n">
+        <x:v>48795</x:v>
+      </x:c>
+      <x:c r="BR55" s="3" t="n">
+        <x:v>49841</x:v>
+      </x:c>
+      <x:c r="BS55" s="3" t="n">
+        <x:v>50190</x:v>
+      </x:c>
+      <x:c r="BT55" s="3" t="n">
+        <x:v>51138</x:v>
+      </x:c>
+      <x:c r="BU55" s="3" t="n">
+        <x:v>51543</x:v>
+      </x:c>
+      <x:c r="BV55" s="3" t="n">
+        <x:v>54151</x:v>
+      </x:c>
+      <x:c r="BW55" s="3" t="n">
+        <x:v>53791</x:v>
+      </x:c>
+      <x:c r="BX55" s="3" t="n">
+        <x:v>55051</x:v>
+      </x:c>
+      <x:c r="BY55" s="3" t="n">
+        <x:v>55293</x:v>
+      </x:c>
+      <x:c r="BZ55" s="3" t="n">
+        <x:v>56175</x:v>
+      </x:c>
+      <x:c r="CA55" s="3" t="n">
+        <x:v>57352</x:v>
+      </x:c>
+      <x:c r="CB55" s="3" t="n">
+        <x:v>57807</x:v>
+      </x:c>
+      <x:c r="CC55" s="3" t="n">
+        <x:v>59176</x:v>
+      </x:c>
+      <x:c r="CD55" s="3" t="n">
+        <x:v>58480</x:v>
+      </x:c>
+      <x:c r="CE55" s="3" t="n">
+        <x:v>60797</x:v>
+      </x:c>
+      <x:c r="CF55" s="3" t="n">
+        <x:v>61255</x:v>
+      </x:c>
+      <x:c r="CG55" s="3" t="n">
+        <x:v>61034</x:v>
+      </x:c>
+      <x:c r="CH55" s="3" t="n">
+        <x:v>61113</x:v>
+      </x:c>
+      <x:c r="CI55" s="3" t="n">
+        <x:v>59725</x:v>
+      </x:c>
+      <x:c r="CJ55" s="3" t="n">
+        <x:v>63217</x:v>
+      </x:c>
+      <x:c r="CK55" s="3" t="n">
+        <x:v>63344</x:v>
+      </x:c>
+      <x:c r="CL55" s="3" t="n">
+        <x:v>62817</x:v>
+      </x:c>
+      <x:c r="CM55" s="3" t="n">
+        <x:v>63099</x:v>
+      </x:c>
+      <x:c r="CN55" s="3" t="n">
+        <x:v>63766</x:v>
+      </x:c>
+      <x:c r="CO55" s="3" t="n">
+        <x:v>64930</x:v>
+      </x:c>
+      <x:c r="CP55" s="3" t="n">
+        <x:v>66607</x:v>
+      </x:c>
+      <x:c r="CQ55" s="3" t="n">
+        <x:v>66781</x:v>
+      </x:c>
+      <x:c r="CR55" s="3" t="n">
+        <x:v>64774</x:v>
+      </x:c>
+      <x:c r="CS55" s="3" t="n">
+        <x:v>65878</x:v>
+      </x:c>
+      <x:c r="CT55" s="3" t="n">
+        <x:v>68335</x:v>
+      </x:c>
+      <x:c r="CU55" s="3" t="n">
+        <x:v>68351</x:v>
+      </x:c>
+      <x:c r="CV55" s="3" t="n">
+        <x:v>68746</x:v>
+      </x:c>
+      <x:c r="CW55" s="3" t="n">
+        <x:v>68750</x:v>
+      </x:c>
+      <x:c r="CX55" s="3" t="n">
+        <x:v>68658</x:v>
+      </x:c>
+      <x:c r="CY55" s="3" t="n">
+        <x:v>69130</x:v>
+      </x:c>
+      <x:c r="CZ55" s="3" t="n">
+        <x:v>70072</x:v>
+      </x:c>
+      <x:c r="DA55" s="3" t="n">
+        <x:v>70402</x:v>
+      </x:c>
+      <x:c r="DB55" s="3" t="n">
+        <x:v>72005</x:v>
+      </x:c>
+      <x:c r="DC55" s="3" t="n">
+        <x:v>72833</x:v>
+      </x:c>
+      <x:c r="DD55" s="3" t="n">
+        <x:v>74253</x:v>
+      </x:c>
+      <x:c r="DE55" s="3" t="n">
+        <x:v>75360</x:v>
+      </x:c>
+      <x:c r="DF55" s="3" t="n">
+        <x:v>75101</x:v>
+      </x:c>
+      <x:c r="DG55" s="3" t="n">
+        <x:v>76109</x:v>
+      </x:c>
+      <x:c r="DH55" s="3" t="n">
+        <x:v>76858</x:v>
+      </x:c>
+      <x:c r="DI55" s="3" t="n">
+        <x:v>77958</x:v>
+      </x:c>
+      <x:c r="DJ55" s="3" t="n">
+        <x:v>79302</x:v>
+      </x:c>
+      <x:c r="DK55" s="3" t="n">
+        <x:v>80575</x:v>
+      </x:c>
+      <x:c r="DL55" s="3" t="n">
+        <x:v>81481</x:v>
+      </x:c>
+      <x:c r="DM55" s="3" t="n">
+        <x:v>83800</x:v>
+      </x:c>
+      <x:c r="DN55" s="3" t="n">
+        <x:v>85960</x:v>
+      </x:c>
+      <x:c r="DO55" s="3" t="n">
+        <x:v>85923</x:v>
+      </x:c>
+      <x:c r="DP55" s="3" t="n">
+        <x:v>87966</x:v>
+      </x:c>
+      <x:c r="DQ55" s="3" t="n">
+        <x:v>88188</x:v>
+      </x:c>
+      <x:c r="DR55" s="3" t="n">
+        <x:v>86954</x:v>
+      </x:c>
+      <x:c r="DS55" s="3" t="n">
+        <x:v>87212</x:v>
+      </x:c>
+      <x:c r="DT55" s="3" t="n">
+        <x:v>85411</x:v>
+      </x:c>
+      <x:c r="DU55" s="3" t="n">
+        <x:v>84106</x:v>
+      </x:c>
+      <x:c r="DV55" s="3" t="n">
+        <x:v>83570</x:v>
+      </x:c>
+      <x:c r="DW55" s="3" t="n">
+        <x:v>84693</x:v>
+      </x:c>
+      <x:c r="DX55" s="3" t="n">
+        <x:v>86071</x:v>
+      </x:c>
+      <x:c r="DY55" s="3" t="n">
+        <x:v>87872</x:v>
+      </x:c>
+      <x:c r="DZ55" s="3" t="n">
+        <x:v>89297</x:v>
+      </x:c>
+      <x:c r="EA55" s="3" t="n">
+        <x:v>86377</x:v>
+      </x:c>
+      <x:c r="EB55" s="3" t="n">
+        <x:v>88536</x:v>
+      </x:c>
+      <x:c r="EC55" s="3" t="n">
+        <x:v>88650</x:v>
+      </x:c>
+      <x:c r="ED55" s="3" t="n">
+        <x:v>90725</x:v>
+      </x:c>
+      <x:c r="EE55" s="3" t="n">
+        <x:v>91111</x:v>
+      </x:c>
+      <x:c r="EF55" s="3" t="n">
+        <x:v>90950</x:v>
+      </x:c>
+      <x:c r="EG55" s="3" t="n">
+        <x:v>91739</x:v>
+      </x:c>
+      <x:c r="EH55" s="3" t="n">
+        <x:v>92805</x:v>
+      </x:c>
+      <x:c r="EI55" s="3" t="n">
+        <x:v>94096</x:v>
+      </x:c>
+      <x:c r="EJ55" s="3" t="n">
+        <x:v>95364</x:v>
+      </x:c>
+      <x:c r="EK55" s="3" t="n">
+        <x:v>94832</x:v>
+      </x:c>
+      <x:c r="EL55" s="3" t="n">
+        <x:v>95076</x:v>
+      </x:c>
+      <x:c r="EM55" s="3" t="n">
+        <x:v>94642</x:v>
+      </x:c>
+      <x:c r="EN55" s="3" t="n">
+        <x:v>96770</x:v>
+      </x:c>
+      <x:c r="EO55" s="3" t="n">
+        <x:v>96710</x:v>
+      </x:c>
+      <x:c r="EP55" s="3" t="n">
+        <x:v>97034</x:v>
+      </x:c>
+      <x:c r="EQ55" s="3" t="n">
+        <x:v>97972</x:v>
+      </x:c>
+      <x:c r="ER55" s="3" t="n">
+        <x:v>97299</x:v>
+      </x:c>
+      <x:c r="ES55" s="3" t="n">
+        <x:v>98550</x:v>
+      </x:c>
+      <x:c r="ET55" s="3" t="n">
+        <x:v>99515</x:v>
+      </x:c>
+      <x:c r="EU55" s="3" t="n">
+        <x:v>99396</x:v>
+      </x:c>
+      <x:c r="EV55" s="3" t="n">
+        <x:v>99919</x:v>
+      </x:c>
+      <x:c r="EW55" s="3" t="n">
+        <x:v>100892</x:v>
+      </x:c>
+      <x:c r="EX55" s="3" t="n">
+        <x:v>100182</x:v>
+      </x:c>
+      <x:c r="EY55" s="3" t="n">
+        <x:v>101082</x:v>
+      </x:c>
+      <x:c r="EZ55" s="3" t="n">
+        <x:v>102243</x:v>
+      </x:c>
+      <x:c r="FA55" s="3" t="n">
+        <x:v>103229</x:v>
+      </x:c>
+      <x:c r="FB55" s="3" t="n">
+        <x:v>104207</x:v>
+      </x:c>
+      <x:c r="FC55" s="3" t="n">
+        <x:v>104759</x:v>
+      </x:c>
+      <x:c r="FD55" s="3" t="n">
+        <x:v>105115</x:v>
+      </x:c>
+      <x:c r="FE55" s="3" t="n">
+        <x:v>106399</x:v>
+      </x:c>
+      <x:c r="FF55" s="3" t="n">
+        <x:v>106580</x:v>
+      </x:c>
+      <x:c r="FG55" s="3" t="n">
+        <x:v>106802</x:v>
+      </x:c>
+      <x:c r="FH55" s="3" t="n">
+        <x:v>106875</x:v>
+      </x:c>
+      <x:c r="FI55" s="3" t="n">
+        <x:v>107184</x:v>
+      </x:c>
+      <x:c r="FJ55" s="3" t="n">
+        <x:v>106831</x:v>
+      </x:c>
+      <x:c r="FK55" s="3" t="n">
+        <x:v>106948</x:v>
+      </x:c>
+      <x:c r="FL55" s="3" t="n">
+        <x:v>107465</x:v>
+      </x:c>
+      <x:c r="FM55" s="3" t="n">
+        <x:v>107160</x:v>
+      </x:c>
+      <x:c r="FN55" s="3" t="n">
+        <x:v>104402</x:v>
+      </x:c>
+      <x:c r="FO55" s="3" t="n">
+        <x:v>100686</x:v>
+      </x:c>
+      <x:c r="FP55" s="3" t="n">
+        <x:v>106814</x:v>
+      </x:c>
+      <x:c r="FQ55" s="3" t="n">
+        <x:v>107333</x:v>
+      </x:c>
+      <x:c r="FR55" s="3" t="n">
+        <x:v>107314</x:v>
+      </x:c>
+      <x:c r="FS55" s="3" t="n">
+        <x:v>108477</x:v>
+      </x:c>
+      <x:c r="FT55" s="3" t="n">
+        <x:v>111641</x:v>
+      </x:c>
+      <x:c r="FU55" s="3" t="n">
+        <x:v>111952</x:v>
+      </x:c>
+      <x:c r="FV55" s="3" t="n">
+        <x:v>112336</x:v>
+      </x:c>
+      <x:c r="FW55" s="3" t="n">
+        <x:v>113037</x:v>
+      </x:c>
+      <x:c r="FX55" s="3" t="n">
+        <x:v>112023</x:v>
+      </x:c>
+      <x:c r="FY55" s="3" t="n">
+        <x:v>113070</x:v>
+      </x:c>
+      <x:c r="FZ55" s="3" t="n">
+        <x:v>113281</x:v>
+      </x:c>
+      <x:c r="GA55" s="3" t="n">
+        <x:v>113828</x:v>
+      </x:c>
+      <x:c r="GB55" s="3" t="n">
+        <x:v>114396</x:v>
+      </x:c>
+      <x:c r="GC55" s="3" t="n">
+        <x:v>112020</x:v>
+      </x:c>
+      <x:c r="GD55" s="3" t="n">
+        <x:v>112862</x:v>
+      </x:c>
+      <x:c r="GE55" s="3" t="n">
+        <x:v>112240</x:v>
+      </x:c>
+      <x:c r="GF55" s="3" t="n">
+        <x:v>113313</x:v>
+      </x:c>
+      <x:c r="GG55" s="3" t="n">
+        <x:v>113010</x:v>
+      </x:c>
+      <x:c r="GH55" s="3" t="n">
+        <x:v>113318</x:v>
+      </x:c>
+      <x:c r="GI55" s="3" t="n">
+        <x:v>113745</x:v>
+      </x:c>
+      <x:c r="GJ55" s="3" t="n">
+        <x:v>113855</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:191">
-[...571 lines deleted...]
-        <x:v>955439</x:v>
+    <x:row r="57" spans="1:192">
+      <x:c r="A57" s="0" t="s">
+        <x:v>244</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:191">
-[...571 lines deleted...]
-        <x:v>342086</x:v>
+    <x:row r="58" spans="1:192">
+      <x:c r="A58" s="0" t="s">
+        <x:v>245</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:191">
-[...571 lines deleted...]
-        <x:v>826289</x:v>
+    <x:row r="59" spans="1:192">
+      <x:c r="A59" s="0" t="s">
+        <x:v>246</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:191">
-[...571 lines deleted...]
-        <x:v>181656</x:v>
+    <x:row r="61" spans="1:192">
+      <x:c r="A61" s="0" t="s">
+        <x:v>247</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:191">
-[...571 lines deleted...]
-        <x:v>511543</x:v>
+    <x:row r="62" spans="1:192">
+      <x:c r="A62" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:191">
-[...571 lines deleted...]
-        <x:v>2322</x:v>
+    <x:row r="63" spans="1:192">
+      <x:c r="A63" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:191">
-[...571 lines deleted...]
-        <x:v>130768</x:v>
+    <x:row r="65" spans="1:192">
+      <x:c r="A65" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:191">
-[...571 lines deleted...]
-        <x:v>1857782</x:v>
+    <x:row r="66" spans="1:192">
+      <x:c r="A66" s="0" t="s">
+        <x:v>251</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:191">
-[...571 lines deleted...]
-        <x:v>394175</x:v>
+    <x:row r="68" spans="1:192">
+      <x:c r="A68" s="0" t="s">
+        <x:v>252</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:191">
-[...571 lines deleted...]
-        <x:v>247241</x:v>
+    <x:row r="69" spans="1:192">
+      <x:c r="A69" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:191">
-[...571 lines deleted...]
-        <x:v>6335</x:v>
+    <x:row r="70" spans="1:192">
+      <x:c r="A70" s="0" t="s">
+        <x:v>253</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:191">
-[...571 lines deleted...]
-        <x:v>5905</x:v>
+    <x:row r="71" spans="1:192">
+      <x:c r="A71" s="0" t="s">
+        <x:v>254</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:191">
-[...571 lines deleted...]
-        <x:v>134694</x:v>
+    <x:row r="72" spans="1:192">
+      <x:c r="A72" s="0" t="s">
+        <x:v>255</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:191">
-[...571 lines deleted...]
-        <x:v>1463607</x:v>
+    <x:row r="74" spans="1:192">
+      <x:c r="A74" s="0" t="s">
+        <x:v>256</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:191">
-[...571 lines deleted...]
-        <x:v>949321</x:v>
+    <x:row r="75" spans="1:192">
+      <x:c r="A75" s="0" t="s">
+        <x:v>257</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:191">
-[...571 lines deleted...]
-        <x:v>514286</x:v>
+    <x:row r="76" spans="1:192">
+      <x:c r="A76" s="0" t="s">
+        <x:v>258</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:191">
-[...571 lines deleted...]
-        <x:v>844558</x:v>
+    <x:row r="78" spans="1:192">
+      <x:c r="A78" s="0" t="s">
+        <x:v>259</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:191">
-[...571 lines deleted...]
-        <x:v>638370</x:v>
+    <x:row r="79" spans="1:192">
+      <x:c r="A79" s="0" t="s">
+        <x:v>260</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:191">
-[...571 lines deleted...]
-        <x:v>77195</x:v>
+    <x:row r="80" spans="1:192">
+      <x:c r="A80" s="0" t="s">
+        <x:v>261</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:191">
-[...571 lines deleted...]
-        <x:v>135231</x:v>
+    <x:row r="85" spans="1:192">
+      <x:c r="A85" s="0" t="s">
+        <x:v>262</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:191">
-[...571 lines deleted...]
-        <x:v>425944</x:v>
+    <x:row r="86" spans="1:192">
+      <x:c r="A86" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:191">
-[...571 lines deleted...]
-        <x:v>206188</x:v>
+    <x:row r="87" spans="1:192">
+      <x:c r="A87" s="0" t="s">
+        <x:v>263</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:191">
-[...571 lines deleted...]
-        <x:v>104763</x:v>
+    <x:row r="88" spans="1:192">
+      <x:c r="A88" s="0" t="s">
+        <x:v>264</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:191">
-[...1 lines deleted...]
-        <x:v>243</x:v>
+    <x:row r="89" spans="1:192">
+      <x:c r="A89" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:191">
-[...1 lines deleted...]
-        <x:v>244</x:v>
+    <x:row r="90" spans="1:192">
+      <x:c r="A90" s="0" t="s">
+        <x:v>265</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:191">
-[...1 lines deleted...]
-        <x:v>245</x:v>
+    <x:row r="92" spans="1:192">
+      <x:c r="A92" s="0" t="s">
+        <x:v>266</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:191">
-[...114 lines deleted...]
-    <x:row r="93" spans="1:191">
+    <x:row r="93" spans="1:192">
       <x:c r="A93" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="94" spans="1:191">
+    <x:row r="94" spans="1:192">
       <x:c r="A94" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
-    <x:row r="97" spans="1:191">
+    <x:row r="97" spans="1:192">
       <x:c r="A97" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="98" spans="1:191">
+    <x:row r="98" spans="1:192">
       <x:c r="A98" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
-    <x:row r="100" spans="1:191">
+    <x:row r="100" spans="1:192">
       <x:c r="A100" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="101" spans="1:191">
+    <x:row r="101" spans="1:192">
       <x:c r="A101" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
-    <x:row r="103" spans="1:191">
+    <x:row r="103" spans="1:192">
       <x:c r="A103" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="104" spans="1:191">
+    <x:row r="104" spans="1:192">
       <x:c r="A104" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
-    <x:row r="106" spans="1:191">
+    <x:row r="106" spans="1:192">
       <x:c r="A106" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
-    <x:row r="108" spans="1:191">
+    <x:row r="108" spans="1:192">
       <x:c r="A108" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
-    <x:row r="109" spans="1:191">
+    <x:row r="109" spans="1:192">
       <x:c r="A109" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
-    <x:row r="111" spans="1:191">
+    <x:row r="111" spans="1:192">
       <x:c r="A111" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
-    <x:row r="112" spans="1:191">
+    <x:row r="112" spans="1:192">
       <x:c r="A112" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>FastePriserSesJust</vt:lpstr>
       <vt:lpstr>FastePriserSesJust!Print_Area</vt:lpstr>
       <vt:lpstr>FastePriserSesJust!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>