--- v2 (2025-12-04)
+++ v3 (2025-12-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33d8d00d9f51445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26700b58b71f426081f7285877955888.psmdcp" Id="R0b203e08e54347fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra254a3135f6f459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47713ddd059e4597bc58d0adc83202c0.psmdcp" Id="R01b275d7cf52436a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="FastePriserSesJust" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="276">
   <x:si>
     <x:t>09190: Makroøkonomiske hovedstørrelser, etter makrostørrelse, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Faste 2023-priser, sesongjustert (mill. kr)</x:t>
   </x:si>
   <x:si>