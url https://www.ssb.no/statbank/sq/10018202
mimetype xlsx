--- v3 (2025-12-26)
+++ v4 (2026-01-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra254a3135f6f459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47713ddd059e4597bc58d0adc83202c0.psmdcp" Id="R01b275d7cf52436a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94358daf169b4be8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d847a9f2beef4bb09c2e30929f2ec190.psmdcp" Id="Rbe0595f081be4847" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="FastePriserSesJust" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="276">
   <x:si>
     <x:t>09190: Makroøkonomiske hovedstørrelser, etter makrostørrelse, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Faste 2023-priser, sesongjustert (mill. kr)</x:t>
   </x:si>
   <x:si>