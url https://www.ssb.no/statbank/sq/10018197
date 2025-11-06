--- v0 (2025-10-16)
+++ v1 (2025-11-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfd2a7ed450d44a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ac8443373c984d55a301a0d4ca278158.psmdcp" Id="R2f24f906af1d4d3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e0a549a92334d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49afff103ef44ed2aad609f4bf823e73.psmdcp" Id="Rd07ebf86716b4dd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Priser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="273" uniqueCount="273">
   <x:si>
     <x:t>09190: Makroøkonomiske hovedstørrelser, etter makrostørrelse, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Løpende priser (mill. kr)</x:t>
   </x:si>
   <x:si>