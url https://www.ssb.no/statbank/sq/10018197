--- v1 (2025-11-06)
+++ v2 (2025-12-26)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e0a549a92334d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49afff103ef44ed2aad609f4bf823e73.psmdcp" Id="Rd07ebf86716b4dd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd321ed795f164aa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e55fb7263121432ab5f6c73c6497ebe1.psmdcp" Id="R3ebdbb756121435a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Priser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="273" uniqueCount="273">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="274" uniqueCount="274">
   <x:si>
     <x:t>09190: Makroøkonomiske hovedstørrelser, etter makrostørrelse, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Løpende priser (mill. kr)</x:t>
   </x:si>
   <x:si>
     <x:t>1978K1</x:t>
   </x:si>
   <x:si>
     <x:t>1978K2</x:t>
   </x:si>
   <x:si>
     <x:t>1978K3</x:t>
   </x:si>
   <x:si>
     <x:t>1978K4</x:t>
   </x:si>
   <x:si>
     <x:t>1979K1</x:t>
   </x:si>
   <x:si>
     <x:t>1979K2</x:t>
   </x:si>
   <x:si>
@@ -586,50 +586,53 @@
   <x:si>
     <x:t>2023K3</x:t>
   </x:si>
   <x:si>
     <x:t>2023K4</x:t>
   </x:si>
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
+    <x:t>2025K3</x:t>
+  </x:si>
+  <x:si>
     <x:t>Konsum i husholdninger og ideelle organisasjoner</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Konsum i husholdninger</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Varekonsum</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Tjenestekonsum</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Husholdningenes kjøp i utlandet</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Utlendingers kjøp i Norge</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Konsum i ideelle organisasjoner</x:t>
   </x:si>
   <x:si>
     <x:t>Konsum i offentlig forvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Konsum i statsforvaltningen</x:t>
@@ -739,66 +742,66 @@
   <x:si>
     <x:t>Oljevirksomhet og utenriks sjøfart</x:t>
   </x:si>
   <x:si>
     <x:t>Bruttoprodukt Fastlands-Norge, basisverdi</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Fastlands-Norge utenom offentlig forvaltning (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Industri og bergverk (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Annen vareproduksjon (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Tjenester inkl. boligtjenester (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Offentlig forvaltning (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>Produktavgifter og -subsidier</x:t>
   </x:si>
   <x:si>
-    <x:t>Ujusterte tall etter basisår (endelig årsregnskap) er foreløpige.</x:t>
+    <x:t>Tallene etter år 2023 (basisåret) er foreløpige.</x:t>
   </x:si>
   <x:si>
     <x:t>Seriene i faste priser er kjeda volumtall fra basisåret og bakover, og fastpristall fra basisår og fremover. Additivitet i komponentene i volum forekommer kun f.o.m. basisår.</x:t>
   </x:si>
   <x:si>
-    <x:t>Feil i sesongjusterte tall ble rettet 29. november 2024 kl. 11.35.</x:t>
+    <x:t>Feil i sesongjusterte tall for seriene «Lagerendring og statistiske avvik», «Bruttoinvestering i alt», «Innenlandsk sluttanvendelse» og «Samlet sluttanvendelse» for perioden 2016 til 2023 er rettet 27.11.2025.</x:t>
   </x:si>
   <x:si>
     <x:t>Sist endret:</x:t>
   </x:si>
   <x:si>
     <x:t>Løpende priser (mill. kr):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250821 08:00</x:t>
+    <x:t>20251127 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kilde:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t>Kontakt:</x:t>
   </x:si>
   <x:si>
     <x:t>Achraf Bougroug, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 15</x:t>
   </x:si>
   <x:si>
     <x:t>acb@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Julian Paulsen Blytt, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 23 26</x:t>
   </x:si>
@@ -1218,70 +1221,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:GI108"/>
+  <x:dimension ref="A1:GJ108"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="191" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="192" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:191">
+    <x:row r="1" spans="1:192">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:191">
+    <x:row r="3" spans="1:192">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:191">
+    <x:row r="4" spans="1:192">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -1808,2354 +1811,2369 @@
       </x:c>
       <x:c r="GB4" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="GC4" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="GD4" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="GE4" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="GF4" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="GG4" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="GH4" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="GI4" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
+      <x:c r="GJ4" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:191">
+    <x:row r="5" spans="1:192">
       <x:c r="A5" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>28039</x:v>
+        <x:v>27999</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>29738</x:v>
+        <x:v>29698</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>30199</x:v>
+        <x:v>30157</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>33899</x:v>
+        <x:v>33852</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>30782</x:v>
+        <x:v>30716</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>32433</x:v>
+        <x:v>32366</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>32756</x:v>
+        <x:v>32686</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>37837</x:v>
+        <x:v>37761</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>34330</x:v>
+        <x:v>34247</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>35334</x:v>
+        <x:v>35252</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>36928</x:v>
+        <x:v>36844</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>42989</x:v>
+        <x:v>42900</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>38594</x:v>
+        <x:v>38499</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>40445</x:v>
+        <x:v>40349</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>41687</x:v>
+        <x:v>41584</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>48789</x:v>
+        <x:v>48677</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>43809</x:v>
+        <x:v>43706</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>46163</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>47511</x:v>
+        <x:v>47401</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>53291</x:v>
+        <x:v>53174</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>49610</x:v>
+        <x:v>49497</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>50491</x:v>
+        <x:v>50383</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>52402</x:v>
+        <x:v>52284</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>58303</x:v>
+        <x:v>58180</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>54076</x:v>
+        <x:v>53961</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>55588</x:v>
+        <x:v>55478</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>56664</x:v>
+        <x:v>56545</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>64344</x:v>
+        <x:v>64217</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>61335</x:v>
+        <x:v>61205</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>63723</x:v>
+        <x:v>63590</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>66083</x:v>
+        <x:v>65940</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>75350</x:v>
+        <x:v>75199</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>68727</x:v>
+        <x:v>68581</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>74326</x:v>
+        <x:v>74179</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>73222</x:v>
+        <x:v>73066</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>83256</x:v>
+        <x:v>83093</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>75657</x:v>
+        <x:v>75462</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>78603</x:v>
+        <x:v>78406</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>79128</x:v>
+        <x:v>78923</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>88758</x:v>
+        <x:v>88541</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>80768</x:v>
+        <x:v>80588</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>82228</x:v>
+        <x:v>82053</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>81960</x:v>
+        <x:v>81774</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>88890</x:v>
+        <x:v>88706</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>81247</x:v>
+        <x:v>81017</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>86533</x:v>
+        <x:v>86301</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>86064</x:v>
+        <x:v>85821</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>94163</x:v>
+        <x:v>93912</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>86235</x:v>
+        <x:v>86104</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>90002</x:v>
+        <x:v>89867</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>91205</x:v>
+        <x:v>91057</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>99100</x:v>
+        <x:v>98952</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>92126</x:v>
+        <x:v>91898</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>94492</x:v>
+        <x:v>94263</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>96473</x:v>
+        <x:v>96232</x:v>
       </x:c>
       <x:c r="BE5" s="3" t="n">
-        <x:v>104776</x:v>
+        <x:v>104520</x:v>
       </x:c>
       <x:c r="BF5" s="3" t="n">
-        <x:v>97317</x:v>
+        <x:v>97138</x:v>
       </x:c>
       <x:c r="BG5" s="3" t="n">
-        <x:v>98307</x:v>
+        <x:v>98136</x:v>
       </x:c>
       <x:c r="BH5" s="3" t="n">
-        <x:v>99773</x:v>
+        <x:v>99577</x:v>
       </x:c>
       <x:c r="BI5" s="3" t="n">
-        <x:v>110592</x:v>
+        <x:v>110382</x:v>
       </x:c>
       <x:c r="BJ5" s="3" t="n">
-        <x:v>98945</x:v>
+        <x:v>98847</x:v>
       </x:c>
       <x:c r="BK5" s="3" t="n">
-        <x:v>102133</x:v>
+        <x:v>102027</x:v>
       </x:c>
       <x:c r="BL5" s="3" t="n">
-        <x:v>106662</x:v>
+        <x:v>106534</x:v>
       </x:c>
       <x:c r="BM5" s="3" t="n">
-        <x:v>117688</x:v>
+        <x:v>117535</x:v>
       </x:c>
       <x:c r="BN5" s="3" t="n">
-        <x:v>104826</x:v>
+        <x:v>104709</x:v>
       </x:c>
       <x:c r="BO5" s="3" t="n">
-        <x:v>106973</x:v>
+        <x:v>106845</x:v>
       </x:c>
       <x:c r="BP5" s="3" t="n">
-        <x:v>111776</x:v>
+        <x:v>111627</x:v>
       </x:c>
       <x:c r="BQ5" s="3" t="n">
-        <x:v>120583</x:v>
+        <x:v>120434</x:v>
       </x:c>
       <x:c r="BR5" s="3" t="n">
-        <x:v>109472</x:v>
+        <x:v>109448</x:v>
       </x:c>
       <x:c r="BS5" s="3" t="n">
-        <x:v>114414</x:v>
+        <x:v>114386</x:v>
       </x:c>
       <x:c r="BT5" s="3" t="n">
-        <x:v>118873</x:v>
+        <x:v>118823</x:v>
       </x:c>
       <x:c r="BU5" s="3" t="n">
-        <x:v>128153</x:v>
+        <x:v>128099</x:v>
       </x:c>
       <x:c r="BV5" s="3" t="n">
-        <x:v>118738</x:v>
+        <x:v>118832</x:v>
       </x:c>
       <x:c r="BW5" s="3" t="n">
-        <x:v>121732</x:v>
+        <x:v>121816</x:v>
       </x:c>
       <x:c r="BX5" s="3" t="n">
-        <x:v>127911</x:v>
+        <x:v>127989</x:v>
       </x:c>
       <x:c r="BY5" s="3" t="n">
-        <x:v>138609</x:v>
+        <x:v>138701</x:v>
       </x:c>
       <x:c r="BZ5" s="3" t="n">
-        <x:v>123047</x:v>
+        <x:v>123214</x:v>
       </x:c>
       <x:c r="CA5" s="3" t="n">
-        <x:v>131079</x:v>
+        <x:v>131222</x:v>
       </x:c>
       <x:c r="CB5" s="3" t="n">
-        <x:v>135173</x:v>
+        <x:v>135319</x:v>
       </x:c>
       <x:c r="CC5" s="3" t="n">
-        <x:v>146043</x:v>
+        <x:v>146161</x:v>
       </x:c>
       <x:c r="CD5" s="3" t="n">
-        <x:v>129843</x:v>
+        <x:v>130068</x:v>
       </x:c>
       <x:c r="CE5" s="3" t="n">
-        <x:v>138463</x:v>
+        <x:v>138673</x:v>
       </x:c>
       <x:c r="CF5" s="3" t="n">
-        <x:v>144239</x:v>
+        <x:v>144404</x:v>
       </x:c>
       <x:c r="CG5" s="3" t="n">
-        <x:v>151894</x:v>
+        <x:v>152065</x:v>
       </x:c>
       <x:c r="CH5" s="3" t="n">
-        <x:v>138793</x:v>
+        <x:v>139278</x:v>
       </x:c>
       <x:c r="CI5" s="3" t="n">
-        <x:v>142664</x:v>
+        <x:v>143170</x:v>
       </x:c>
       <x:c r="CJ5" s="3" t="n">
-        <x:v>152285</x:v>
+        <x:v>152776</x:v>
       </x:c>
       <x:c r="CK5" s="3" t="n">
-        <x:v>163300</x:v>
+        <x:v>163837</x:v>
       </x:c>
       <x:c r="CL5" s="3" t="n">
-        <x:v>150397</x:v>
+        <x:v>151264</x:v>
       </x:c>
       <x:c r="CM5" s="3" t="n">
-        <x:v>157276</x:v>
+        <x:v>158154</x:v>
       </x:c>
       <x:c r="CN5" s="3" t="n">
-        <x:v>163079</x:v>
+        <x:v>163935</x:v>
       </x:c>
       <x:c r="CO5" s="3" t="n">
-        <x:v>169198</x:v>
+        <x:v>170090</x:v>
       </x:c>
       <x:c r="CP5" s="3" t="n">
-        <x:v>157565</x:v>
+        <x:v>159000</x:v>
       </x:c>
       <x:c r="CQ5" s="3" t="n">
-        <x:v>164603</x:v>
+        <x:v>166060</x:v>
       </x:c>
       <x:c r="CR5" s="3" t="n">
-        <x:v>168101</x:v>
+        <x:v>169555</x:v>
       </x:c>
       <x:c r="CS5" s="3" t="n">
-        <x:v>177241</x:v>
+        <x:v>178705</x:v>
       </x:c>
       <x:c r="CT5" s="3" t="n">
-        <x:v>162472</x:v>
+        <x:v>164882</x:v>
       </x:c>
       <x:c r="CU5" s="3" t="n">
-        <x:v>170185</x:v>
+        <x:v>172599</x:v>
       </x:c>
       <x:c r="CV5" s="3" t="n">
-        <x:v>176486</x:v>
+        <x:v>178938</x:v>
       </x:c>
       <x:c r="CW5" s="3" t="n">
-        <x:v>188820</x:v>
+        <x:v>191372</x:v>
       </x:c>
       <x:c r="CX5" s="3" t="n">
-        <x:v>174874</x:v>
+        <x:v>177848</x:v>
       </x:c>
       <x:c r="CY5" s="3" t="n">
-        <x:v>178932</x:v>
+        <x:v>181816</x:v>
       </x:c>
       <x:c r="CZ5" s="3" t="n">
-        <x:v>188047</x:v>
+        <x:v>191030</x:v>
       </x:c>
       <x:c r="DA5" s="3" t="n">
-        <x:v>198839</x:v>
+        <x:v>202072</x:v>
       </x:c>
       <x:c r="DB5" s="3" t="n">
-        <x:v>185765</x:v>
+        <x:v>190123</x:v>
       </x:c>
       <x:c r="DC5" s="3" t="n">
-        <x:v>193737</x:v>
+        <x:v>198063</x:v>
       </x:c>
       <x:c r="DD5" s="3" t="n">
-        <x:v>201666</x:v>
+        <x:v>206140</x:v>
       </x:c>
       <x:c r="DE5" s="3" t="n">
-        <x:v>209149</x:v>
+        <x:v>213708</x:v>
       </x:c>
       <x:c r="DF5" s="3" t="n">
-        <x:v>190801</x:v>
+        <x:v>197146</x:v>
       </x:c>
       <x:c r="DG5" s="3" t="n">
-        <x:v>207683</x:v>
+        <x:v>214315</x:v>
       </x:c>
       <x:c r="DH5" s="3" t="n">
-        <x:v>216734</x:v>
+        <x:v>223511</x:v>
       </x:c>
       <x:c r="DI5" s="3" t="n">
-        <x:v>219337</x:v>
+        <x:v>226206</x:v>
       </x:c>
       <x:c r="DJ5" s="3" t="n">
-        <x:v>205975</x:v>
+        <x:v>214807</x:v>
       </x:c>
       <x:c r="DK5" s="3" t="n">
-        <x:v>220759</x:v>
+        <x:v>229949</x:v>
       </x:c>
       <x:c r="DL5" s="3" t="n">
-        <x:v>228358</x:v>
+        <x:v>237755</x:v>
       </x:c>
       <x:c r="DM5" s="3" t="n">
-        <x:v>236820</x:v>
+        <x:v>246413</x:v>
       </x:c>
       <x:c r="DN5" s="3" t="n">
-        <x:v>221543</x:v>
+        <x:v>231980</x:v>
       </x:c>
       <x:c r="DO5" s="3" t="n">
-        <x:v>234533</x:v>
+        <x:v>245160</x:v>
       </x:c>
       <x:c r="DP5" s="3" t="n">
-        <x:v>241898</x:v>
+        <x:v>252838</x:v>
       </x:c>
       <x:c r="DQ5" s="3" t="n">
-        <x:v>253240</x:v>
+        <x:v>264197</x:v>
       </x:c>
       <x:c r="DR5" s="3" t="n">
-        <x:v>235916</x:v>
+        <x:v>245980</x:v>
       </x:c>
       <x:c r="DS5" s="3" t="n">
-        <x:v>251344</x:v>
+        <x:v>261608</x:v>
       </x:c>
       <x:c r="DT5" s="3" t="n">
-        <x:v>253267</x:v>
+        <x:v>263628</x:v>
       </x:c>
       <x:c r="DU5" s="3" t="n">
-        <x:v>260226</x:v>
+        <x:v>270609</x:v>
       </x:c>
       <x:c r="DV5" s="3" t="n">
-        <x:v>237950</x:v>
+        <x:v>250258</x:v>
       </x:c>
       <x:c r="DW5" s="3" t="n">
-        <x:v>254234</x:v>
+        <x:v>266450</x:v>
       </x:c>
       <x:c r="DX5" s="3" t="n">
-        <x:v>261648</x:v>
+        <x:v>273987</x:v>
       </x:c>
       <x:c r="DY5" s="3" t="n">
-        <x:v>272053</x:v>
+        <x:v>284902</x:v>
       </x:c>
       <x:c r="DZ5" s="3" t="n">
-        <x:v>260375</x:v>
+        <x:v>274404</x:v>
       </x:c>
       <x:c r="EA5" s="3" t="n">
-        <x:v>265223</x:v>
+        <x:v>279113</x:v>
       </x:c>
       <x:c r="EB5" s="3" t="n">
-        <x:v>274317</x:v>
+        <x:v>288397</x:v>
       </x:c>
       <x:c r="EC5" s="3" t="n">
-        <x:v>287135</x:v>
+        <x:v>302029</x:v>
       </x:c>
       <x:c r="ED5" s="3" t="n">
-        <x:v>266175</x:v>
+        <x:v>282140</x:v>
       </x:c>
       <x:c r="EE5" s="3" t="n">
-        <x:v>280966</x:v>
+        <x:v>296785</x:v>
       </x:c>
       <x:c r="EF5" s="3" t="n">
-        <x:v>284518</x:v>
+        <x:v>300613</x:v>
       </x:c>
       <x:c r="EG5" s="3" t="n">
-        <x:v>293430</x:v>
+        <x:v>310081</x:v>
       </x:c>
       <x:c r="EH5" s="3" t="n">
-        <x:v>279145</x:v>
+        <x:v>296820</x:v>
       </x:c>
       <x:c r="EI5" s="3" t="n">
-        <x:v>291433</x:v>
+        <x:v>308890</x:v>
       </x:c>
       <x:c r="EJ5" s="3" t="n">
-        <x:v>299019</x:v>
+        <x:v>316613</x:v>
       </x:c>
       <x:c r="EK5" s="3" t="n">
-        <x:v>307008</x:v>
+        <x:v>325246</x:v>
       </x:c>
       <x:c r="EL5" s="3" t="n">
-        <x:v>293768</x:v>
+        <x:v>315769</x:v>
       </x:c>
       <x:c r="EM5" s="3" t="n">
-        <x:v>308057</x:v>
+        <x:v>328582</x:v>
       </x:c>
       <x:c r="EN5" s="3" t="n">
-        <x:v>312973</x:v>
+        <x:v>332676</x:v>
       </x:c>
       <x:c r="EO5" s="3" t="n">
-        <x:v>319590</x:v>
+        <x:v>340524</x:v>
       </x:c>
       <x:c r="EP5" s="3" t="n">
-        <x:v>308121</x:v>
+        <x:v>332289</x:v>
       </x:c>
       <x:c r="EQ5" s="3" t="n">
-        <x:v>321200</x:v>
+        <x:v>343972</x:v>
       </x:c>
       <x:c r="ER5" s="3" t="n">
-        <x:v>325080</x:v>
+        <x:v>346934</x:v>
       </x:c>
       <x:c r="ES5" s="3" t="n">
-        <x:v>334001</x:v>
+        <x:v>357372</x:v>
       </x:c>
       <x:c r="ET5" s="3" t="n">
-        <x:v>324730</x:v>
+        <x:v>351984</x:v>
       </x:c>
       <x:c r="EU5" s="3" t="n">
-        <x:v>335221</x:v>
+        <x:v>360737</x:v>
       </x:c>
       <x:c r="EV5" s="3" t="n">
-        <x:v>342358</x:v>
+        <x:v>366918</x:v>
       </x:c>
       <x:c r="EW5" s="3" t="n">
-        <x:v>351959</x:v>
+        <x:v>377956</x:v>
       </x:c>
       <x:c r="EX5" s="3" t="n">
-        <x:v>335247</x:v>
+        <x:v>364257</x:v>
       </x:c>
       <x:c r="EY5" s="3" t="n">
-        <x:v>359021</x:v>
+        <x:v>387166</x:v>
       </x:c>
       <x:c r="EZ5" s="3" t="n">
-        <x:v>344483</x:v>
+        <x:v>371405</x:v>
       </x:c>
       <x:c r="FA5" s="3" t="n">
-        <x:v>372667</x:v>
+        <x:v>402499</x:v>
       </x:c>
       <x:c r="FB5" s="3" t="n">
-        <x:v>355073</x:v>
+        <x:v>386512</x:v>
       </x:c>
       <x:c r="FC5" s="3" t="n">
-        <x:v>367883</x:v>
+        <x:v>398201</x:v>
       </x:c>
       <x:c r="FD5" s="3" t="n">
-        <x:v>359787</x:v>
+        <x:v>389595</x:v>
       </x:c>
       <x:c r="FE5" s="3" t="n">
-        <x:v>388913</x:v>
+        <x:v>422254</x:v>
       </x:c>
       <x:c r="FF5" s="3" t="n">
-        <x:v>363868</x:v>
+        <x:v>399297</x:v>
       </x:c>
       <x:c r="FG5" s="3" t="n">
-        <x:v>387324</x:v>
+        <x:v>421619</x:v>
       </x:c>
       <x:c r="FH5" s="3" t="n">
-        <x:v>373345</x:v>
+        <x:v>405969</x:v>
       </x:c>
       <x:c r="FI5" s="3" t="n">
-        <x:v>403425</x:v>
+        <x:v>440050</x:v>
       </x:c>
       <x:c r="FJ5" s="3" t="n">
-        <x:v>381807</x:v>
+        <x:v>419837</x:v>
       </x:c>
       <x:c r="FK5" s="3" t="n">
-        <x:v>395267</x:v>
+        <x:v>430671</x:v>
       </x:c>
       <x:c r="FL5" s="3" t="n">
-        <x:v>388557</x:v>
+        <x:v>423144</x:v>
       </x:c>
       <x:c r="FM5" s="3" t="n">
-        <x:v>413388</x:v>
+        <x:v>450976</x:v>
       </x:c>
       <x:c r="FN5" s="3" t="n">
-        <x:v>380800</x:v>
+        <x:v>422218</x:v>
       </x:c>
       <x:c r="FO5" s="3" t="n">
-        <x:v>353045</x:v>
+        <x:v>393251</x:v>
       </x:c>
       <x:c r="FP5" s="3" t="n">
-        <x:v>372206</x:v>
+        <x:v>410993</x:v>
       </x:c>
       <x:c r="FQ5" s="3" t="n">
-        <x:v>397903</x:v>
+        <x:v>440235</x:v>
       </x:c>
       <x:c r="FR5" s="3" t="n">
-        <x:v>370719</x:v>
+        <x:v>417066</x:v>
       </x:c>
       <x:c r="FS5" s="3" t="n">
-        <x:v>391093</x:v>
+        <x:v>434069</x:v>
       </x:c>
       <x:c r="FT5" s="3" t="n">
-        <x:v>407991</x:v>
+        <x:v>449721</x:v>
       </x:c>
       <x:c r="FU5" s="3" t="n">
-        <x:v>456545</x:v>
+        <x:v>503540</x:v>
       </x:c>
       <x:c r="FV5" s="3" t="n">
-        <x:v>421473</x:v>
+        <x:v>468711</x:v>
       </x:c>
       <x:c r="FW5" s="3" t="n">
-        <x:v>464729</x:v>
+        <x:v>506824</x:v>
       </x:c>
       <x:c r="FX5" s="3" t="n">
-        <x:v>452663</x:v>
+        <x:v>494564</x:v>
       </x:c>
       <x:c r="FY5" s="3" t="n">
-        <x:v>517634</x:v>
+        <x:v>556245</x:v>
       </x:c>
       <x:c r="FZ5" s="3" t="n">
-        <x:v>468554</x:v>
+        <x:v>512935</x:v>
       </x:c>
       <x:c r="GA5" s="3" t="n">
-        <x:v>494318</x:v>
+        <x:v>529658</x:v>
       </x:c>
       <x:c r="GB5" s="3" t="n">
-        <x:v>474423</x:v>
+        <x:v>510228</x:v>
       </x:c>
       <x:c r="GC5" s="3" t="n">
-        <x:v>521721</x:v>
+        <x:v>558217</x:v>
       </x:c>
       <x:c r="GD5" s="3" t="n">
-        <x:v>485721</x:v>
+        <x:v>522422</x:v>
       </x:c>
       <x:c r="GE5" s="3" t="n">
-        <x:v>526067</x:v>
+        <x:v>561780</x:v>
       </x:c>
       <x:c r="GF5" s="3" t="n">
-        <x:v>497330</x:v>
+        <x:v>541776</x:v>
       </x:c>
       <x:c r="GG5" s="3" t="n">
-        <x:v>541575</x:v>
+        <x:v>584615</x:v>
       </x:c>
       <x:c r="GH5" s="3" t="n">
-        <x:v>516184</x:v>
+        <x:v>555129</x:v>
       </x:c>
       <x:c r="GI5" s="3" t="n">
-        <x:v>544161</x:v>
+        <x:v>586558</x:v>
+      </x:c>
+      <x:c r="GJ5" s="3" t="n">
+        <x:v>571156</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:191">
+    <x:row r="6" spans="1:192">
       <x:c r="A6" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>26465</x:v>
+        <x:v>26466</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>28146</x:v>
+        <x:v>28148</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>28589</x:v>
+        <x:v>28590</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>32289</x:v>
+        <x:v>32285</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>29046</x:v>
+        <x:v>29049</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>30677</x:v>
+        <x:v>30680</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
         <x:v>30981</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
-        <x:v>36062</x:v>
+        <x:v>36056</x:v>
       </x:c>
       <x:c r="J6" s="3" t="n">
-        <x:v>32362</x:v>
+        <x:v>32363</x:v>
       </x:c>
       <x:c r="K6" s="3" t="n">
-        <x:v>33366</x:v>
+        <x:v>33368</x:v>
       </x:c>
       <x:c r="L6" s="3" t="n">
-        <x:v>34938</x:v>
+        <x:v>34940</x:v>
       </x:c>
       <x:c r="M6" s="3" t="n">
-        <x:v>41000</x:v>
+        <x:v>40995</x:v>
       </x:c>
       <x:c r="N6" s="3" t="n">
-        <x:v>36376</x:v>
+        <x:v>36380</x:v>
       </x:c>
       <x:c r="O6" s="3" t="n">
-        <x:v>38202</x:v>
+        <x:v>38207</x:v>
       </x:c>
       <x:c r="P6" s="3" t="n">
         <x:v>39419</x:v>
       </x:c>
       <x:c r="Q6" s="3" t="n">
-        <x:v>46521</x:v>
+        <x:v>46512</x:v>
       </x:c>
       <x:c r="R6" s="3" t="n">
-        <x:v>41270</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="S6" s="3" t="n">
-        <x:v>43595</x:v>
+        <x:v>43599</x:v>
       </x:c>
       <x:c r="T6" s="3" t="n">
-        <x:v>44916</x:v>
+        <x:v>44915</x:v>
       </x:c>
       <x:c r="U6" s="3" t="n">
-        <x:v>50695</x:v>
+        <x:v>50688</x:v>
       </x:c>
       <x:c r="V6" s="3" t="n">
-        <x:v>46830</x:v>
+        <x:v>46832</x:v>
       </x:c>
       <x:c r="W6" s="3" t="n">
-        <x:v>47681</x:v>
+        <x:v>47688</x:v>
       </x:c>
       <x:c r="X6" s="3" t="n">
         <x:v>49560</x:v>
       </x:c>
       <x:c r="Y6" s="3" t="n">
-        <x:v>55462</x:v>
+        <x:v>55455</x:v>
       </x:c>
       <x:c r="Z6" s="3" t="n">
-        <x:v>51053</x:v>
+        <x:v>51056</x:v>
       </x:c>
       <x:c r="AA6" s="3" t="n">
-        <x:v>52566</x:v>
+        <x:v>52573</x:v>
       </x:c>
       <x:c r="AB6" s="3" t="n">
-        <x:v>53609</x:v>
+        <x:v>53608</x:v>
       </x:c>
       <x:c r="AC6" s="3" t="n">
-        <x:v>61289</x:v>
+        <x:v>61280</x:v>
       </x:c>
       <x:c r="AD6" s="3" t="n">
-        <x:v>58105</x:v>
+        <x:v>58112</x:v>
       </x:c>
       <x:c r="AE6" s="3" t="n">
-        <x:v>60458</x:v>
+        <x:v>60463</x:v>
       </x:c>
       <x:c r="AF6" s="3" t="n">
-        <x:v>62781</x:v>
+        <x:v>62778</x:v>
       </x:c>
       <x:c r="AG6" s="3" t="n">
-        <x:v>72048</x:v>
+        <x:v>72038</x:v>
       </x:c>
       <x:c r="AH6" s="3" t="n">
-        <x:v>65089</x:v>
+        <x:v>65094</x:v>
       </x:c>
       <x:c r="AI6" s="3" t="n">
-        <x:v>70648</x:v>
+        <x:v>70653</x:v>
       </x:c>
       <x:c r="AJ6" s="3" t="n">
-        <x:v>69503</x:v>
+        <x:v>69501</x:v>
       </x:c>
       <x:c r="AK6" s="3" t="n">
-        <x:v>79537</x:v>
+        <x:v>79529</x:v>
       </x:c>
       <x:c r="AL6" s="3" t="n">
-        <x:v>71616</x:v>
+        <x:v>71623</x:v>
       </x:c>
       <x:c r="AM6" s="3" t="n">
-        <x:v>74518</x:v>
+        <x:v>74524</x:v>
       </x:c>
       <x:c r="AN6" s="3" t="n">
         <x:v>74998</x:v>
       </x:c>
       <x:c r="AO6" s="3" t="n">
-        <x:v>84628</x:v>
+        <x:v>84616</x:v>
       </x:c>
       <x:c r="AP6" s="3" t="n">
         <x:v>76405</x:v>
       </x:c>
       <x:c r="AQ6" s="3" t="n">
-        <x:v>77866</x:v>
+        <x:v>77871</x:v>
       </x:c>
       <x:c r="AR6" s="3" t="n">
-        <x:v>77549</x:v>
+        <x:v>77546</x:v>
       </x:c>
       <x:c r="AS6" s="3" t="n">
-        <x:v>84480</x:v>
+        <x:v>84477</x:v>
       </x:c>
       <x:c r="AT6" s="3" t="n">
-        <x:v>76667</x:v>
+        <x:v>76673</x:v>
       </x:c>
       <x:c r="AU6" s="3" t="n">
-        <x:v>81902</x:v>
+        <x:v>81909</x:v>
       </x:c>
       <x:c r="AV6" s="3" t="n">
-        <x:v>81382</x:v>
+        <x:v>81380</x:v>
       </x:c>
       <x:c r="AW6" s="3" t="n">
-        <x:v>89481</x:v>
+        <x:v>89471</x:v>
       </x:c>
       <x:c r="AX6" s="3" t="n">
-        <x:v>81398</x:v>
+        <x:v>81406</x:v>
       </x:c>
       <x:c r="AY6" s="3" t="n">
-        <x:v>85112</x:v>
+        <x:v>85117</x:v>
       </x:c>
       <x:c r="AZ6" s="3" t="n">
-        <x:v>86261</x:v>
+        <x:v>86255</x:v>
       </x:c>
       <x:c r="BA6" s="3" t="n">
-        <x:v>94156</x:v>
+        <x:v>94149</x:v>
       </x:c>
       <x:c r="BB6" s="3" t="n">
-        <x:v>87104</x:v>
+        <x:v>87113</x:v>
       </x:c>
       <x:c r="BC6" s="3" t="n">
-        <x:v>89693</x:v>
+        <x:v>89699</x:v>
       </x:c>
       <x:c r="BD6" s="3" t="n">
-        <x:v>91405</x:v>
+        <x:v>91401</x:v>
       </x:c>
       <x:c r="BE6" s="3" t="n">
-        <x:v>99794</x:v>
+        <x:v>99783</x:v>
       </x:c>
       <x:c r="BF6" s="3" t="n">
-        <x:v>92224</x:v>
+        <x:v>92232</x:v>
       </x:c>
       <x:c r="BG6" s="3" t="n">
-        <x:v>93197</x:v>
+        <x:v>93204</x:v>
       </x:c>
       <x:c r="BH6" s="3" t="n">
-        <x:v>94538</x:v>
+        <x:v>94535</x:v>
       </x:c>
       <x:c r="BI6" s="3" t="n">
-        <x:v>105438</x:v>
+        <x:v>105426</x:v>
       </x:c>
       <x:c r="BJ6" s="3" t="n">
-        <x:v>93732</x:v>
+        <x:v>93751</x:v>
       </x:c>
       <x:c r="BK6" s="3" t="n">
-        <x:v>96951</x:v>
+        <x:v>96960</x:v>
       </x:c>
       <x:c r="BL6" s="3" t="n">
-        <x:v>101346</x:v>
+        <x:v>101337</x:v>
       </x:c>
       <x:c r="BM6" s="3" t="n">
-        <x:v>112561</x:v>
+        <x:v>112542</x:v>
       </x:c>
       <x:c r="BN6" s="3" t="n">
-        <x:v>99478</x:v>
+        <x:v>99495</x:v>
       </x:c>
       <x:c r="BO6" s="3" t="n">
-        <x:v>101595</x:v>
+        <x:v>101597</x:v>
       </x:c>
       <x:c r="BP6" s="3" t="n">
-        <x:v>106287</x:v>
+        <x:v>106278</x:v>
       </x:c>
       <x:c r="BQ6" s="3" t="n">
-        <x:v>115362</x:v>
+        <x:v>115352</x:v>
       </x:c>
       <x:c r="BR6" s="3" t="n">
-        <x:v>104056</x:v>
+        <x:v>104066</x:v>
       </x:c>
       <x:c r="BS6" s="3" t="n">
-        <x:v>108960</x:v>
+        <x:v>108964</x:v>
       </x:c>
       <x:c r="BT6" s="3" t="n">
-        <x:v>113494</x:v>
+        <x:v>113488</x:v>
       </x:c>
       <x:c r="BU6" s="3" t="n">
-        <x:v>123071</x:v>
+        <x:v>123061</x:v>
       </x:c>
       <x:c r="BV6" s="3" t="n">
-        <x:v>113510</x:v>
+        <x:v>113524</x:v>
       </x:c>
       <x:c r="BW6" s="3" t="n">
-        <x:v>116381</x:v>
+        <x:v>116387</x:v>
       </x:c>
       <x:c r="BX6" s="3" t="n">
-        <x:v>122318</x:v>
+        <x:v>122311</x:v>
       </x:c>
       <x:c r="BY6" s="3" t="n">
-        <x:v>132992</x:v>
+        <x:v>132979</x:v>
       </x:c>
       <x:c r="BZ6" s="3" t="n">
-        <x:v>117503</x:v>
+        <x:v>117535</x:v>
       </x:c>
       <x:c r="CA6" s="3" t="n">
-        <x:v>125563</x:v>
+        <x:v>125559</x:v>
       </x:c>
       <x:c r="CB6" s="3" t="n">
-        <x:v>129449</x:v>
+        <x:v>129442</x:v>
       </x:c>
       <x:c r="CC6" s="3" t="n">
-        <x:v>140583</x:v>
+        <x:v>140561</x:v>
       </x:c>
       <x:c r="CD6" s="3" t="n">
-        <x:v>124124</x:v>
+        <x:v>124156</x:v>
       </x:c>
       <x:c r="CE6" s="3" t="n">
-        <x:v>132728</x:v>
+        <x:v>132738</x:v>
       </x:c>
       <x:c r="CF6" s="3" t="n">
-        <x:v>138362</x:v>
+        <x:v>138345</x:v>
       </x:c>
       <x:c r="CG6" s="3" t="n">
-        <x:v>145979</x:v>
+        <x:v>145954</x:v>
       </x:c>
       <x:c r="CH6" s="3" t="n">
-        <x:v>132731</x:v>
+        <x:v>133059</x:v>
       </x:c>
       <x:c r="CI6" s="3" t="n">
-        <x:v>136474</x:v>
+        <x:v>136798</x:v>
       </x:c>
       <x:c r="CJ6" s="3" t="n">
-        <x:v>145969</x:v>
+        <x:v>146283</x:v>
       </x:c>
       <x:c r="CK6" s="3" t="n">
-        <x:v>157045</x:v>
+        <x:v>157373</x:v>
       </x:c>
       <x:c r="CL6" s="3" t="n">
-        <x:v>144013</x:v>
+        <x:v>144715</x:v>
       </x:c>
       <x:c r="CM6" s="3" t="n">
-        <x:v>150734</x:v>
+        <x:v>151432</x:v>
       </x:c>
       <x:c r="CN6" s="3" t="n">
-        <x:v>156352</x:v>
+        <x:v>157042</x:v>
       </x:c>
       <x:c r="CO6" s="3" t="n">
-        <x:v>162740</x:v>
+        <x:v>163453</x:v>
       </x:c>
       <x:c r="CP6" s="3" t="n">
-        <x:v>150803</x:v>
+        <x:v>151908</x:v>
       </x:c>
       <x:c r="CQ6" s="3" t="n">
-        <x:v>158076</x:v>
+        <x:v>159178</x:v>
       </x:c>
       <x:c r="CR6" s="3" t="n">
-        <x:v>161506</x:v>
+        <x:v>162605</x:v>
       </x:c>
       <x:c r="CS6" s="3" t="n">
-        <x:v>170384</x:v>
+        <x:v>171519</x:v>
       </x:c>
       <x:c r="CT6" s="3" t="n">
-        <x:v>155427</x:v>
+        <x:v>157436</x:v>
       </x:c>
       <x:c r="CU6" s="3" t="n">
-        <x:v>163212</x:v>
+        <x:v>165228</x:v>
       </x:c>
       <x:c r="CV6" s="3" t="n">
-        <x:v>169446</x:v>
+        <x:v>171510</x:v>
       </x:c>
       <x:c r="CW6" s="3" t="n">
-        <x:v>181579</x:v>
+        <x:v>183714</x:v>
       </x:c>
       <x:c r="CX6" s="3" t="n">
-        <x:v>167174</x:v>
+        <x:v>170046</x:v>
       </x:c>
       <x:c r="CY6" s="3" t="n">
-        <x:v>171322</x:v>
+        <x:v>174095</x:v>
       </x:c>
       <x:c r="CZ6" s="3" t="n">
-        <x:v>180361</x:v>
+        <x:v>183256</x:v>
       </x:c>
       <x:c r="DA6" s="3" t="n">
-        <x:v>190935</x:v>
+        <x:v>194054</x:v>
       </x:c>
       <x:c r="DB6" s="3" t="n">
-        <x:v>177462</x:v>
+        <x:v>181360</x:v>
       </x:c>
       <x:c r="DC6" s="3" t="n">
-        <x:v>185628</x:v>
+        <x:v>189464</x:v>
       </x:c>
       <x:c r="DD6" s="3" t="n">
-        <x:v>193481</x:v>
+        <x:v>197451</x:v>
       </x:c>
       <x:c r="DE6" s="3" t="n">
-        <x:v>200730</x:v>
+        <x:v>204825</x:v>
       </x:c>
       <x:c r="DF6" s="3" t="n">
-        <x:v>181666</x:v>
+        <x:v>187731</x:v>
       </x:c>
       <x:c r="DG6" s="3" t="n">
-        <x:v>198738</x:v>
+        <x:v>205039</x:v>
       </x:c>
       <x:c r="DH6" s="3" t="n">
-        <x:v>207705</x:v>
+        <x:v>214138</x:v>
       </x:c>
       <x:c r="DI6" s="3" t="n">
-        <x:v>210041</x:v>
+        <x:v>216624</x:v>
       </x:c>
       <x:c r="DJ6" s="3" t="n">
-        <x:v>196460</x:v>
+        <x:v>205159</x:v>
       </x:c>
       <x:c r="DK6" s="3" t="n">
-        <x:v>210952</x:v>
+        <x:v>219949</x:v>
       </x:c>
       <x:c r="DL6" s="3" t="n">
-        <x:v>218752</x:v>
+        <x:v>227944</x:v>
       </x:c>
       <x:c r="DM6" s="3" t="n">
-        <x:v>227103</x:v>
+        <x:v>236559</x:v>
       </x:c>
       <x:c r="DN6" s="3" t="n">
-        <x:v>211488</x:v>
+        <x:v>221871</x:v>
       </x:c>
       <x:c r="DO6" s="3" t="n">
-        <x:v>224238</x:v>
+        <x:v>234729</x:v>
       </x:c>
       <x:c r="DP6" s="3" t="n">
-        <x:v>231786</x:v>
+        <x:v>242575</x:v>
       </x:c>
       <x:c r="DQ6" s="3" t="n">
-        <x:v>242983</x:v>
+        <x:v>253883</x:v>
       </x:c>
       <x:c r="DR6" s="3" t="n">
-        <x:v>225000</x:v>
+        <x:v>235086</x:v>
       </x:c>
       <x:c r="DS6" s="3" t="n">
-        <x:v>240088</x:v>
+        <x:v>250286</x:v>
       </x:c>
       <x:c r="DT6" s="3" t="n">
-        <x:v>242483</x:v>
+        <x:v>252761</x:v>
       </x:c>
       <x:c r="DU6" s="3" t="n">
-        <x:v>248649</x:v>
+        <x:v>259057</x:v>
       </x:c>
       <x:c r="DV6" s="3" t="n">
-        <x:v>225909</x:v>
+        <x:v>238229</x:v>
       </x:c>
       <x:c r="DW6" s="3" t="n">
-        <x:v>242566</x:v>
+        <x:v>254695</x:v>
       </x:c>
       <x:c r="DX6" s="3" t="n">
-        <x:v>250061</x:v>
+        <x:v>262292</x:v>
       </x:c>
       <x:c r="DY6" s="3" t="n">
-        <x:v>259453</x:v>
+        <x:v>272309</x:v>
       </x:c>
       <x:c r="DZ6" s="3" t="n">
-        <x:v>248130</x:v>
+        <x:v>262134</x:v>
       </x:c>
       <x:c r="EA6" s="3" t="n">
-        <x:v>253185</x:v>
+        <x:v>267050</x:v>
       </x:c>
       <x:c r="EB6" s="3" t="n">
-        <x:v>262514</x:v>
+        <x:v>276518</x:v>
       </x:c>
       <x:c r="EC6" s="3" t="n">
-        <x:v>274415</x:v>
+        <x:v>289231</x:v>
       </x:c>
       <x:c r="ED6" s="3" t="n">
-        <x:v>252833</x:v>
+        <x:v>268711</x:v>
       </x:c>
       <x:c r="EE6" s="3" t="n">
-        <x:v>268047</x:v>
+        <x:v>283778</x:v>
       </x:c>
       <x:c r="EF6" s="3" t="n">
-        <x:v>271788</x:v>
+        <x:v>287731</x:v>
       </x:c>
       <x:c r="EG6" s="3" t="n">
-        <x:v>279763</x:v>
+        <x:v>296267</x:v>
       </x:c>
       <x:c r="EH6" s="3" t="n">
-        <x:v>264914</x:v>
+        <x:v>282557</x:v>
       </x:c>
       <x:c r="EI6" s="3" t="n">
-        <x:v>277865</x:v>
+        <x:v>295299</x:v>
       </x:c>
       <x:c r="EJ6" s="3" t="n">
-        <x:v>285746</x:v>
+        <x:v>303259</x:v>
       </x:c>
       <x:c r="EK6" s="3" t="n">
-        <x:v>292752</x:v>
+        <x:v>310918</x:v>
       </x:c>
       <x:c r="EL6" s="3" t="n">
-        <x:v>278906</x:v>
+        <x:v>301034</x:v>
       </x:c>
       <x:c r="EM6" s="3" t="n">
-        <x:v>293350</x:v>
+        <x:v>314000</x:v>
       </x:c>
       <x:c r="EN6" s="3" t="n">
-        <x:v>298769</x:v>
+        <x:v>318475</x:v>
       </x:c>
       <x:c r="EO6" s="3" t="n">
-        <x:v>304434</x:v>
+        <x:v>325380</x:v>
       </x:c>
       <x:c r="EP6" s="3" t="n">
-        <x:v>291725</x:v>
+        <x:v>316332</x:v>
       </x:c>
       <x:c r="EQ6" s="3" t="n">
-        <x:v>305269</x:v>
+        <x:v>328457</x:v>
       </x:c>
       <x:c r="ER6" s="3" t="n">
-        <x:v>309372</x:v>
+        <x:v>331546</x:v>
       </x:c>
       <x:c r="ES6" s="3" t="n">
-        <x:v>317212</x:v>
+        <x:v>340932</x:v>
       </x:c>
       <x:c r="ET6" s="3" t="n">
-        <x:v>306296</x:v>
+        <x:v>334365</x:v>
       </x:c>
       <x:c r="EU6" s="3" t="n">
-        <x:v>317330</x:v>
+        <x:v>343794</x:v>
       </x:c>
       <x:c r="EV6" s="3" t="n">
-        <x:v>325118</x:v>
+        <x:v>350333</x:v>
       </x:c>
       <x:c r="EW6" s="3" t="n">
-        <x:v>332972</x:v>
+        <x:v>359767</x:v>
       </x:c>
       <x:c r="EX6" s="3" t="n">
-        <x:v>316923</x:v>
+        <x:v>347168</x:v>
       </x:c>
       <x:c r="EY6" s="3" t="n">
-        <x:v>339077</x:v>
+        <x:v>368754</x:v>
       </x:c>
       <x:c r="EZ6" s="3" t="n">
-        <x:v>327913</x:v>
+        <x:v>355529</x:v>
       </x:c>
       <x:c r="FA6" s="3" t="n">
-        <x:v>352398</x:v>
+        <x:v>383787</x:v>
       </x:c>
       <x:c r="FB6" s="3" t="n">
-        <x:v>334591</x:v>
+        <x:v>367991</x:v>
       </x:c>
       <x:c r="FC6" s="3" t="n">
-        <x:v>347796</x:v>
+        <x:v>379803</x:v>
       </x:c>
       <x:c r="FD6" s="3" t="n">
-        <x:v>342316</x:v>
+        <x:v>373028</x:v>
       </x:c>
       <x:c r="FE6" s="3" t="n">
-        <x:v>367932</x:v>
+        <x:v>403182</x:v>
       </x:c>
       <x:c r="FF6" s="3" t="n">
-        <x:v>343862</x:v>
+        <x:v>380506</x:v>
       </x:c>
       <x:c r="FG6" s="3" t="n">
-        <x:v>366291</x:v>
+        <x:v>401932</x:v>
       </x:c>
       <x:c r="FH6" s="3" t="n">
-        <x:v>355837</x:v>
+        <x:v>388951</x:v>
       </x:c>
       <x:c r="FI6" s="3" t="n">
-        <x:v>381630</x:v>
+        <x:v>419624</x:v>
       </x:c>
       <x:c r="FJ6" s="3" t="n">
-        <x:v>360404</x:v>
+        <x:v>400094</x:v>
       </x:c>
       <x:c r="FK6" s="3" t="n">
-        <x:v>373725</x:v>
+        <x:v>410581</x:v>
       </x:c>
       <x:c r="FL6" s="3" t="n">
-        <x:v>369387</x:v>
+        <x:v>404749</x:v>
       </x:c>
       <x:c r="FM6" s="3" t="n">
-        <x:v>390038</x:v>
+        <x:v>429416</x:v>
       </x:c>
       <x:c r="FN6" s="3" t="n">
-        <x:v>357762</x:v>
+        <x:v>399873</x:v>
       </x:c>
       <x:c r="FO6" s="3" t="n">
-        <x:v>333003</x:v>
+        <x:v>374019</x:v>
       </x:c>
       <x:c r="FP6" s="3" t="n">
-        <x:v>352937</x:v>
+        <x:v>391801</x:v>
       </x:c>
       <x:c r="FQ6" s="3" t="n">
-        <x:v>375133</x:v>
+        <x:v>418288</x:v>
       </x:c>
       <x:c r="FR6" s="3" t="n">
-        <x:v>350244</x:v>
+        <x:v>397033</x:v>
       </x:c>
       <x:c r="FS6" s="3" t="n">
-        <x:v>369319</x:v>
+        <x:v>411953</x:v>
       </x:c>
       <x:c r="FT6" s="3" t="n">
-        <x:v>386418</x:v>
+        <x:v>426820</x:v>
       </x:c>
       <x:c r="FU6" s="3" t="n">
-        <x:v>429017</x:v>
+        <x:v>474891</x:v>
       </x:c>
       <x:c r="FV6" s="3" t="n">
-        <x:v>394794</x:v>
+        <x:v>443418</x:v>
       </x:c>
       <x:c r="FW6" s="3" t="n">
-        <x:v>437176</x:v>
+        <x:v>480439</x:v>
       </x:c>
       <x:c r="FX6" s="3" t="n">
-        <x:v>427275</x:v>
+        <x:v>469587</x:v>
       </x:c>
       <x:c r="FY6" s="3" t="n">
-        <x:v>487466</x:v>
+        <x:v>527574</x:v>
       </x:c>
       <x:c r="FZ6" s="3" t="n">
-        <x:v>438540</x:v>
+        <x:v>482491</x:v>
       </x:c>
       <x:c r="GA6" s="3" t="n">
-        <x:v>465452</x:v>
+        <x:v>499702</x:v>
       </x:c>
       <x:c r="GB6" s="3" t="n">
-        <x:v>447829</x:v>
+        <x:v>481724</x:v>
       </x:c>
       <x:c r="GC6" s="3" t="n">
-        <x:v>489382</x:v>
+        <x:v>525052</x:v>
       </x:c>
       <x:c r="GD6" s="3" t="n">
-        <x:v>455482</x:v>
+        <x:v>492145</x:v>
       </x:c>
       <x:c r="GE6" s="3" t="n">
-        <x:v>494478</x:v>
+        <x:v>529327</x:v>
       </x:c>
       <x:c r="GF6" s="3" t="n">
-        <x:v>469533</x:v>
+        <x:v>510095</x:v>
       </x:c>
       <x:c r="GG6" s="3" t="n">
-        <x:v>508621</x:v>
+        <x:v>551155</x:v>
       </x:c>
       <x:c r="GH6" s="3" t="n">
-        <x:v>483815</x:v>
+        <x:v>522719</x:v>
       </x:c>
       <x:c r="GI6" s="3" t="n">
-        <x:v>511940</x:v>
+        <x:v>552265</x:v>
+      </x:c>
+      <x:c r="GJ6" s="3" t="n">
+        <x:v>537923</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:191">
+    <x:row r="7" spans="1:192">
       <x:c r="A7" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>16075</x:v>
+        <x:v>16086</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>17474</x:v>
+        <x:v>17483</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>17666</x:v>
+        <x:v>17677</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>20814</x:v>
+        <x:v>20819</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>17514</x:v>
+        <x:v>17527</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>18880</x:v>
+        <x:v>18891</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
-        <x:v>19080</x:v>
+        <x:v>19092</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
-        <x:v>23703</x:v>
+        <x:v>23709</x:v>
       </x:c>
       <x:c r="J7" s="3" t="n">
-        <x:v>19987</x:v>
+        <x:v>20001</x:v>
       </x:c>
       <x:c r="K7" s="3" t="n">
-        <x:v>20601</x:v>
+        <x:v>20614</x:v>
       </x:c>
       <x:c r="L7" s="3" t="n">
-        <x:v>21702</x:v>
+        <x:v>21716</x:v>
       </x:c>
       <x:c r="M7" s="3" t="n">
-        <x:v>27056</x:v>
+        <x:v>27064</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>22174</x:v>
+        <x:v>22191</x:v>
       </x:c>
       <x:c r="O7" s="3" t="n">
-        <x:v>23451</x:v>
+        <x:v>23465</x:v>
       </x:c>
       <x:c r="P7" s="3" t="n">
-        <x:v>24304</x:v>
+        <x:v>24319</x:v>
       </x:c>
       <x:c r="Q7" s="3" t="n">
-        <x:v>30455</x:v>
+        <x:v>30462</x:v>
       </x:c>
       <x:c r="R7" s="3" t="n">
-        <x:v>24877</x:v>
+        <x:v>24894</x:v>
       </x:c>
       <x:c r="S7" s="3" t="n">
-        <x:v>26157</x:v>
+        <x:v>26172</x:v>
       </x:c>
       <x:c r="T7" s="3" t="n">
-        <x:v>26852</x:v>
+        <x:v>26869</x:v>
       </x:c>
       <x:c r="U7" s="3" t="n">
-        <x:v>31847</x:v>
+        <x:v>31857</x:v>
       </x:c>
       <x:c r="V7" s="3" t="n">
-        <x:v>27509</x:v>
+        <x:v>27529</x:v>
       </x:c>
       <x:c r="W7" s="3" t="n">
-        <x:v>27785</x:v>
+        <x:v>27802</x:v>
       </x:c>
       <x:c r="X7" s="3" t="n">
-        <x:v>28723</x:v>
+        <x:v>28741</x:v>
       </x:c>
       <x:c r="Y7" s="3" t="n">
-        <x:v>34554</x:v>
+        <x:v>34564</x:v>
       </x:c>
       <x:c r="Z7" s="3" t="n">
-        <x:v>29810</x:v>
+        <x:v>29835</x:v>
       </x:c>
       <x:c r="AA7" s="3" t="n">
-        <x:v>30778</x:v>
+        <x:v>30799</x:v>
       </x:c>
       <x:c r="AB7" s="3" t="n">
-        <x:v>30851</x:v>
+        <x:v>30873</x:v>
       </x:c>
       <x:c r="AC7" s="3" t="n">
-        <x:v>38127</x:v>
+        <x:v>38140</x:v>
       </x:c>
       <x:c r="AD7" s="3" t="n">
-        <x:v>34344</x:v>
+        <x:v>34373</x:v>
       </x:c>
       <x:c r="AE7" s="3" t="n">
-        <x:v>36175</x:v>
+        <x:v>36199</x:v>
       </x:c>
       <x:c r="AF7" s="3" t="n">
-        <x:v>37262</x:v>
+        <x:v>37288</x:v>
       </x:c>
       <x:c r="AG7" s="3" t="n">
-        <x:v>46379</x:v>
+        <x:v>46394</x:v>
       </x:c>
       <x:c r="AH7" s="3" t="n">
-        <x:v>38659</x:v>
+        <x:v>38694</x:v>
       </x:c>
       <x:c r="AI7" s="3" t="n">
-        <x:v>42979</x:v>
+        <x:v>43007</x:v>
       </x:c>
       <x:c r="AJ7" s="3" t="n">
-        <x:v>40493</x:v>
+        <x:v>40524</x:v>
       </x:c>
       <x:c r="AK7" s="3" t="n">
-        <x:v>50138</x:v>
+        <x:v>50157</x:v>
       </x:c>
       <x:c r="AL7" s="3" t="n">
-        <x:v>41742</x:v>
+        <x:v>41777</x:v>
       </x:c>
       <x:c r="AM7" s="3" t="n">
-        <x:v>43566</x:v>
+        <x:v>43596</x:v>
       </x:c>
       <x:c r="AN7" s="3" t="n">
-        <x:v>42709</x:v>
+        <x:v>42744</x:v>
       </x:c>
       <x:c r="AO7" s="3" t="n">
-        <x:v>51498</x:v>
+        <x:v>51519</x:v>
       </x:c>
       <x:c r="AP7" s="3" t="n">
-        <x:v>43685</x:v>
+        <x:v>43721</x:v>
       </x:c>
       <x:c r="AQ7" s="3" t="n">
-        <x:v>43493</x:v>
+        <x:v>43524</x:v>
       </x:c>
       <x:c r="AR7" s="3" t="n">
-        <x:v>42586</x:v>
+        <x:v>42622</x:v>
       </x:c>
       <x:c r="AS7" s="3" t="n">
-        <x:v>49745</x:v>
+        <x:v>49772</x:v>
       </x:c>
       <x:c r="AT7" s="3" t="n">
-        <x:v>41980</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="AU7" s="3" t="n">
-        <x:v>44901</x:v>
+        <x:v>44933</x:v>
       </x:c>
       <x:c r="AV7" s="3" t="n">
-        <x:v>43971</x:v>
+        <x:v>44007</x:v>
       </x:c>
       <x:c r="AW7" s="3" t="n">
-        <x:v>51373</x:v>
+        <x:v>51397</x:v>
       </x:c>
       <x:c r="AX7" s="3" t="n">
-        <x:v>44449</x:v>
+        <x:v>44493</x:v>
       </x:c>
       <x:c r="AY7" s="3" t="n">
-        <x:v>46679</x:v>
+        <x:v>46712</x:v>
       </x:c>
       <x:c r="AZ7" s="3" t="n">
-        <x:v>46764</x:v>
+        <x:v>46800</x:v>
       </x:c>
       <x:c r="BA7" s="3" t="n">
-        <x:v>54383</x:v>
+        <x:v>54409</x:v>
       </x:c>
       <x:c r="BB7" s="3" t="n">
-        <x:v>48293</x:v>
+        <x:v>48347</x:v>
       </x:c>
       <x:c r="BC7" s="3" t="n">
-        <x:v>49426</x:v>
+        <x:v>49469</x:v>
       </x:c>
       <x:c r="BD7" s="3" t="n">
-        <x:v>50209</x:v>
+        <x:v>50253</x:v>
       </x:c>
       <x:c r="BE7" s="3" t="n">
-        <x:v>58451</x:v>
+        <x:v>58482</x:v>
       </x:c>
       <x:c r="BF7" s="3" t="n">
-        <x:v>49366</x:v>
+        <x:v>49423</x:v>
       </x:c>
       <x:c r="BG7" s="3" t="n">
-        <x:v>51362</x:v>
+        <x:v>51412</x:v>
       </x:c>
       <x:c r="BH7" s="3" t="n">
-        <x:v>51470</x:v>
+        <x:v>51524</x:v>
       </x:c>
       <x:c r="BI7" s="3" t="n">
-        <x:v>62022</x:v>
+        <x:v>62057</x:v>
       </x:c>
       <x:c r="BJ7" s="3" t="n">
-        <x:v>50544</x:v>
+        <x:v>50610</x:v>
       </x:c>
       <x:c r="BK7" s="3" t="n">
-        <x:v>52958</x:v>
+        <x:v>53010</x:v>
       </x:c>
       <x:c r="BL7" s="3" t="n">
-        <x:v>55760</x:v>
+        <x:v>55812</x:v>
       </x:c>
       <x:c r="BM7" s="3" t="n">
-        <x:v>65152</x:v>
+        <x:v>65183</x:v>
       </x:c>
       <x:c r="BN7" s="3" t="n">
-        <x:v>55234</x:v>
+        <x:v>55298</x:v>
       </x:c>
       <x:c r="BO7" s="3" t="n">
-        <x:v>55404</x:v>
+        <x:v>55458</x:v>
       </x:c>
       <x:c r="BP7" s="3" t="n">
-        <x:v>57677</x:v>
+        <x:v>57733</x:v>
       </x:c>
       <x:c r="BQ7" s="3" t="n">
-        <x:v>66942</x:v>
+        <x:v>66978</x:v>
       </x:c>
       <x:c r="BR7" s="3" t="n">
-        <x:v>56810</x:v>
+        <x:v>56883</x:v>
       </x:c>
       <x:c r="BS7" s="3" t="n">
-        <x:v>59666</x:v>
+        <x:v>59726</x:v>
       </x:c>
       <x:c r="BT7" s="3" t="n">
-        <x:v>61917</x:v>
+        <x:v>61984</x:v>
       </x:c>
       <x:c r="BU7" s="3" t="n">
-        <x:v>71148</x:v>
+        <x:v>71195</x:v>
       </x:c>
       <x:c r="BV7" s="3" t="n">
-        <x:v>62910</x:v>
+        <x:v>62993</x:v>
       </x:c>
       <x:c r="BW7" s="3" t="n">
-        <x:v>63798</x:v>
+        <x:v>63869</x:v>
       </x:c>
       <x:c r="BX7" s="3" t="n">
-        <x:v>66879</x:v>
+        <x:v>66954</x:v>
       </x:c>
       <x:c r="BY7" s="3" t="n">
-        <x:v>78257</x:v>
+        <x:v>78303</x:v>
       </x:c>
       <x:c r="BZ7" s="3" t="n">
-        <x:v>64374</x:v>
+        <x:v>64479</x:v>
       </x:c>
       <x:c r="CA7" s="3" t="n">
-        <x:v>69785</x:v>
+        <x:v>69862</x:v>
       </x:c>
       <x:c r="CB7" s="3" t="n">
-        <x:v>70749</x:v>
+        <x:v>70831</x:v>
       </x:c>
       <x:c r="CC7" s="3" t="n">
-        <x:v>82595</x:v>
+        <x:v>82643</x:v>
       </x:c>
       <x:c r="CD7" s="3" t="n">
-        <x:v>67763</x:v>
+        <x:v>67870</x:v>
       </x:c>
       <x:c r="CE7" s="3" t="n">
-        <x:v>73532</x:v>
+        <x:v>73617</x:v>
       </x:c>
       <x:c r="CF7" s="3" t="n">
-        <x:v>75790</x:v>
+        <x:v>75871</x:v>
       </x:c>
       <x:c r="CG7" s="3" t="n">
-        <x:v>83721</x:v>
+        <x:v>83782</x:v>
       </x:c>
       <x:c r="CH7" s="3" t="n">
-        <x:v>72048</x:v>
+        <x:v>72150</x:v>
       </x:c>
       <x:c r="CI7" s="3" t="n">
-        <x:v>72793</x:v>
+        <x:v>72881</x:v>
       </x:c>
       <x:c r="CJ7" s="3" t="n">
-        <x:v>78978</x:v>
+        <x:v>79067</x:v>
       </x:c>
       <x:c r="CK7" s="3" t="n">
-        <x:v>90352</x:v>
+        <x:v>90420</x:v>
       </x:c>
       <x:c r="CL7" s="3" t="n">
-        <x:v>77912</x:v>
+        <x:v>78007</x:v>
       </x:c>
       <x:c r="CM7" s="3" t="n">
-        <x:v>81480</x:v>
+        <x:v>81564</x:v>
       </x:c>
       <x:c r="CN7" s="3" t="n">
-        <x:v>82842</x:v>
+        <x:v>82929</x:v>
       </x:c>
       <x:c r="CO7" s="3" t="n">
-        <x:v>92000</x:v>
+        <x:v>92076</x:v>
       </x:c>
       <x:c r="CP7" s="3" t="n">
-        <x:v>81132</x:v>
+        <x:v>81235</x:v>
       </x:c>
       <x:c r="CQ7" s="3" t="n">
-        <x:v>84864</x:v>
+        <x:v>84958</x:v>
       </x:c>
       <x:c r="CR7" s="3" t="n">
-        <x:v>84062</x:v>
+        <x:v>84159</x:v>
       </x:c>
       <x:c r="CS7" s="3" t="n">
-        <x:v>96353</x:v>
+        <x:v>96437</x:v>
       </x:c>
       <x:c r="CT7" s="3" t="n">
-        <x:v>82280</x:v>
+        <x:v>82460</x:v>
       </x:c>
       <x:c r="CU7" s="3" t="n">
-        <x:v>86750</x:v>
+        <x:v>86911</x:v>
       </x:c>
       <x:c r="CV7" s="3" t="n">
-        <x:v>87553</x:v>
+        <x:v>87750</x:v>
       </x:c>
       <x:c r="CW7" s="3" t="n">
-        <x:v>103130</x:v>
+        <x:v>103340</x:v>
       </x:c>
       <x:c r="CX7" s="3" t="n">
-        <x:v>88473</x:v>
+        <x:v>88696</x:v>
       </x:c>
       <x:c r="CY7" s="3" t="n">
-        <x:v>90211</x:v>
+        <x:v>90418</x:v>
       </x:c>
       <x:c r="CZ7" s="3" t="n">
-        <x:v>92476</x:v>
+        <x:v>92717</x:v>
       </x:c>
       <x:c r="DA7" s="3" t="n">
-        <x:v>106205</x:v>
+        <x:v>106478</x:v>
       </x:c>
       <x:c r="DB7" s="3" t="n">
-        <x:v>92837</x:v>
+        <x:v>93113</x:v>
       </x:c>
       <x:c r="DC7" s="3" t="n">
-        <x:v>95812</x:v>
+        <x:v>96084</x:v>
       </x:c>
       <x:c r="DD7" s="3" t="n">
-        <x:v>96997</x:v>
+        <x:v>97315</x:v>
       </x:c>
       <x:c r="DE7" s="3" t="n">
-        <x:v>110726</x:v>
+        <x:v>111062</x:v>
       </x:c>
       <x:c r="DF7" s="3" t="n">
-        <x:v>92885</x:v>
+        <x:v>93887</x:v>
       </x:c>
       <x:c r="DG7" s="3" t="n">
-        <x:v>102332</x:v>
+        <x:v>103469</x:v>
       </x:c>
       <x:c r="DH7" s="3" t="n">
-        <x:v>104142</x:v>
+        <x:v>105343</x:v>
       </x:c>
       <x:c r="DI7" s="3" t="n">
-        <x:v>114610</x:v>
+        <x:v>115785</x:v>
       </x:c>
       <x:c r="DJ7" s="3" t="n">
-        <x:v>99802</x:v>
+        <x:v>101566</x:v>
       </x:c>
       <x:c r="DK7" s="3" t="n">
-        <x:v>108065</x:v>
+        <x:v>110078</x:v>
       </x:c>
       <x:c r="DL7" s="3" t="n">
-        <x:v>110248</x:v>
+        <x:v>112382</x:v>
       </x:c>
       <x:c r="DM7" s="3" t="n">
-        <x:v>123062</x:v>
+        <x:v>125154</x:v>
       </x:c>
       <x:c r="DN7" s="3" t="n">
-        <x:v>108452</x:v>
+        <x:v>110100</x:v>
       </x:c>
       <x:c r="DO7" s="3" t="n">
-        <x:v>113974</x:v>
+        <x:v>115684</x:v>
       </x:c>
       <x:c r="DP7" s="3" t="n">
-        <x:v>115922</x:v>
+        <x:v>117767</x:v>
       </x:c>
       <x:c r="DQ7" s="3" t="n">
-        <x:v>131745</x:v>
+        <x:v>133475</x:v>
       </x:c>
       <x:c r="DR7" s="3" t="n">
-        <x:v>113805</x:v>
+        <x:v>113488</x:v>
       </x:c>
       <x:c r="DS7" s="3" t="n">
-        <x:v>122819</x:v>
+        <x:v>122449</x:v>
       </x:c>
       <x:c r="DT7" s="3" t="n">
-        <x:v>120897</x:v>
+        <x:v>120680</x:v>
       </x:c>
       <x:c r="DU7" s="3" t="n">
-        <x:v>130831</x:v>
+        <x:v>130765</x:v>
       </x:c>
       <x:c r="DV7" s="3" t="n">
-        <x:v>109936</x:v>
+        <x:v>109971</x:v>
       </x:c>
       <x:c r="DW7" s="3" t="n">
-        <x:v>120339</x:v>
+        <x:v>120158</x:v>
       </x:c>
       <x:c r="DX7" s="3" t="n">
-        <x:v>123540</x:v>
+        <x:v>123459</x:v>
       </x:c>
       <x:c r="DY7" s="3" t="n">
-        <x:v>138359</x:v>
+        <x:v>138360</x:v>
       </x:c>
       <x:c r="DZ7" s="3" t="n">
-        <x:v>126211</x:v>
+        <x:v>125764</x:v>
       </x:c>
       <x:c r="EA7" s="3" t="n">
-        <x:v>126144</x:v>
+        <x:v>125517</x:v>
       </x:c>
       <x:c r="EB7" s="3" t="n">
-        <x:v>128387</x:v>
+        <x:v>127901</x:v>
       </x:c>
       <x:c r="EC7" s="3" t="n">
-        <x:v>146412</x:v>
+        <x:v>146063</x:v>
       </x:c>
       <x:c r="ED7" s="3" t="n">
-        <x:v>124900</x:v>
+        <x:v>124191</x:v>
       </x:c>
       <x:c r="EE7" s="3" t="n">
-        <x:v>133030</x:v>
+        <x:v>132087</x:v>
       </x:c>
       <x:c r="EF7" s="3" t="n">
-        <x:v>131992</x:v>
+        <x:v>131312</x:v>
       </x:c>
       <x:c r="EG7" s="3" t="n">
-        <x:v>146109</x:v>
+        <x:v>145626</x:v>
       </x:c>
       <x:c r="EH7" s="3" t="n">
-        <x:v>128168</x:v>
+        <x:v>127315</x:v>
       </x:c>
       <x:c r="EI7" s="3" t="n">
-        <x:v>135340</x:v>
+        <x:v>134253</x:v>
       </x:c>
       <x:c r="EJ7" s="3" t="n">
-        <x:v>134588</x:v>
+        <x:v>133737</x:v>
       </x:c>
       <x:c r="EK7" s="3" t="n">
-        <x:v>149450</x:v>
+        <x:v>148779</x:v>
       </x:c>
       <x:c r="EL7" s="3" t="n">
-        <x:v>130420</x:v>
+        <x:v>129923</x:v>
       </x:c>
       <x:c r="EM7" s="3" t="n">
-        <x:v>139752</x:v>
+        <x:v>139001</x:v>
       </x:c>
       <x:c r="EN7" s="3" t="n">
-        <x:v>138256</x:v>
+        <x:v>137789</x:v>
       </x:c>
       <x:c r="EO7" s="3" t="n">
-        <x:v>151610</x:v>
+        <x:v>151262</x:v>
       </x:c>
       <x:c r="EP7" s="3" t="n">
-        <x:v>132047</x:v>
+        <x:v>131306</x:v>
       </x:c>
       <x:c r="EQ7" s="3" t="n">
-        <x:v>142402</x:v>
+        <x:v>141472</x:v>
       </x:c>
       <x:c r="ER7" s="3" t="n">
-        <x:v>142178</x:v>
+        <x:v>141485</x:v>
       </x:c>
       <x:c r="ES7" s="3" t="n">
-        <x:v>156969</x:v>
+        <x:v>156418</x:v>
       </x:c>
       <x:c r="ET7" s="3" t="n">
-        <x:v>137271</x:v>
+        <x:v>136507</x:v>
       </x:c>
       <x:c r="EU7" s="3" t="n">
-        <x:v>146159</x:v>
+        <x:v>145067</x:v>
       </x:c>
       <x:c r="EV7" s="3" t="n">
-        <x:v>146287</x:v>
+        <x:v>145473</x:v>
       </x:c>
       <x:c r="EW7" s="3" t="n">
-        <x:v>161233</x:v>
+        <x:v>160645</x:v>
       </x:c>
       <x:c r="EX7" s="3" t="n">
-        <x:v>140732</x:v>
+        <x:v>140100</x:v>
       </x:c>
       <x:c r="EY7" s="3" t="n">
-        <x:v>155035</x:v>
+        <x:v>154154</x:v>
       </x:c>
       <x:c r="EZ7" s="3" t="n">
-        <x:v>151383</x:v>
+        <x:v>150822</x:v>
       </x:c>
       <x:c r="FA7" s="3" t="n">
-        <x:v>167826</x:v>
+        <x:v>167486</x:v>
       </x:c>
       <x:c r="FB7" s="3" t="n">
-        <x:v>146789</x:v>
+        <x:v>146097</x:v>
       </x:c>
       <x:c r="FC7" s="3" t="n">
-        <x:v>158568</x:v>
+        <x:v>157775</x:v>
       </x:c>
       <x:c r="FD7" s="3" t="n">
-        <x:v>156581</x:v>
+        <x:v>156107</x:v>
       </x:c>
       <x:c r="FE7" s="3" t="n">
-        <x:v>173602</x:v>
+        <x:v>173359</x:v>
       </x:c>
       <x:c r="FF7" s="3" t="n">
-        <x:v>153645</x:v>
+        <x:v>153371</x:v>
       </x:c>
       <x:c r="FG7" s="3" t="n">
-        <x:v>169038</x:v>
+        <x:v>168333</x:v>
       </x:c>
       <x:c r="FH7" s="3" t="n">
-        <x:v>163819</x:v>
+        <x:v>163249</x:v>
       </x:c>
       <x:c r="FI7" s="3" t="n">
-        <x:v>181800</x:v>
+        <x:v>180844</x:v>
       </x:c>
       <x:c r="FJ7" s="3" t="n">
-        <x:v>160088</x:v>
+        <x:v>157928</x:v>
       </x:c>
       <x:c r="FK7" s="3" t="n">
-        <x:v>171437</x:v>
+        <x:v>168329</x:v>
       </x:c>
       <x:c r="FL7" s="3" t="n">
-        <x:v>167163</x:v>
+        <x:v>164617</x:v>
       </x:c>
       <x:c r="FM7" s="3" t="n">
-        <x:v>181725</x:v>
+        <x:v>179321</x:v>
       </x:c>
       <x:c r="FN7" s="3" t="n">
-        <x:v>156547</x:v>
+        <x:v>154625</x:v>
       </x:c>
       <x:c r="FO7" s="3" t="n">
-        <x:v>180378</x:v>
+        <x:v>177855</x:v>
       </x:c>
       <x:c r="FP7" s="3" t="n">
-        <x:v>187695</x:v>
+        <x:v>184915</x:v>
       </x:c>
       <x:c r="FQ7" s="3" t="n">
-        <x:v>206901</x:v>
+        <x:v>204406</x:v>
       </x:c>
       <x:c r="FR7" s="3" t="n">
-        <x:v>184988</x:v>
+        <x:v>182455</x:v>
       </x:c>
       <x:c r="FS7" s="3" t="n">
-        <x:v>201061</x:v>
+        <x:v>197555</x:v>
       </x:c>
       <x:c r="FT7" s="3" t="n">
-        <x:v>201181</x:v>
+        <x:v>197943</x:v>
       </x:c>
       <x:c r="FU7" s="3" t="n">
-        <x:v>224876</x:v>
+        <x:v>221673</x:v>
       </x:c>
       <x:c r="FV7" s="3" t="n">
-        <x:v>186344</x:v>
+        <x:v>183164</x:v>
       </x:c>
       <x:c r="FW7" s="3" t="n">
-        <x:v>207434</x:v>
+        <x:v>202544</x:v>
       </x:c>
       <x:c r="FX7" s="3" t="n">
-        <x:v>199631</x:v>
+        <x:v>194816</x:v>
       </x:c>
       <x:c r="FY7" s="3" t="n">
-        <x:v>244436</x:v>
+        <x:v>236416</x:v>
       </x:c>
       <x:c r="FZ7" s="3" t="n">
-        <x:v>194501</x:v>
+        <x:v>187990</x:v>
       </x:c>
       <x:c r="GA7" s="3" t="n">
-        <x:v>212746</x:v>
+        <x:v>203721</x:v>
       </x:c>
       <x:c r="GB7" s="3" t="n">
-        <x:v>198517</x:v>
+        <x:v>193336</x:v>
       </x:c>
       <x:c r="GC7" s="3" t="n">
-        <x:v>227878</x:v>
+        <x:v>221698</x:v>
       </x:c>
       <x:c r="GD7" s="3" t="n">
-        <x:v>197343</x:v>
+        <x:v>188323</x:v>
       </x:c>
       <x:c r="GE7" s="3" t="n">
-        <x:v>221748</x:v>
+        <x:v>212749</x:v>
       </x:c>
       <x:c r="GF7" s="3" t="n">
-        <x:v>205884</x:v>
+        <x:v>200135</x:v>
       </x:c>
       <x:c r="GG7" s="3" t="n">
-        <x:v>235455</x:v>
+        <x:v>230407</x:v>
       </x:c>
       <x:c r="GH7" s="3" t="n">
-        <x:v>210580</x:v>
+        <x:v>199465</x:v>
       </x:c>
       <x:c r="GI7" s="3" t="n">
-        <x:v>235685</x:v>
+        <x:v>225074</x:v>
+      </x:c>
+      <x:c r="GJ7" s="3" t="n">
+        <x:v>218645</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:191">
+    <x:row r="8" spans="1:192">
       <x:c r="A8" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>10128</x:v>
+        <x:v>10117</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>10453</x:v>
+        <x:v>10447</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>10799</x:v>
+        <x:v>10789</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>11061</x:v>
+        <x:v>11052</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>11295</x:v>
+        <x:v>11285</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>11443</x:v>
+        <x:v>11436</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
-        <x:v>11705</x:v>
+        <x:v>11693</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
-        <x:v>11994</x:v>
+        <x:v>11982</x:v>
       </x:c>
       <x:c r="J8" s="3" t="n">
-        <x:v>12124</x:v>
+        <x:v>12111</x:v>
       </x:c>
       <x:c r="K8" s="3" t="n">
-        <x:v>12623</x:v>
+        <x:v>12612</x:v>
       </x:c>
       <x:c r="L8" s="3" t="n">
-        <x:v>13111</x:v>
+        <x:v>13098</x:v>
       </x:c>
       <x:c r="M8" s="3" t="n">
-        <x:v>13532</x:v>
+        <x:v>13520</x:v>
       </x:c>
       <x:c r="N8" s="3" t="n">
-        <x:v>14086</x:v>
+        <x:v>14074</x:v>
       </x:c>
       <x:c r="O8" s="3" t="n">
-        <x:v>14574</x:v>
+        <x:v>14565</x:v>
       </x:c>
       <x:c r="P8" s="3" t="n">
-        <x:v>15102</x:v>
+        <x:v>15086</x:v>
       </x:c>
       <x:c r="Q8" s="3" t="n">
-        <x:v>15581</x:v>
+        <x:v>15565</x:v>
       </x:c>
       <x:c r="R8" s="3" t="n">
-        <x:v>16065</x:v>
+        <x:v>16053</x:v>
       </x:c>
       <x:c r="S8" s="3" t="n">
-        <x:v>17110</x:v>
+        <x:v>17099</x:v>
       </x:c>
       <x:c r="T8" s="3" t="n">
-        <x:v>17624</x:v>
+        <x:v>17606</x:v>
       </x:c>
       <x:c r="U8" s="3" t="n">
-        <x:v>18097</x:v>
+        <x:v>18081</x:v>
       </x:c>
       <x:c r="V8" s="3" t="n">
-        <x:v>18763</x:v>
+        <x:v>18745</x:v>
       </x:c>
       <x:c r="W8" s="3" t="n">
-        <x:v>19316</x:v>
+        <x:v>19305</x:v>
       </x:c>
       <x:c r="X8" s="3" t="n">
-        <x:v>19920</x:v>
+        <x:v>19901</x:v>
       </x:c>
       <x:c r="Y8" s="3" t="n">
-        <x:v>20432</x:v>
+        <x:v>20416</x:v>
       </x:c>
       <x:c r="Z8" s="3" t="n">
-        <x:v>20650</x:v>
+        <x:v>20628</x:v>
       </x:c>
       <x:c r="AA8" s="3" t="n">
-        <x:v>21089</x:v>
+        <x:v>21075</x:v>
       </x:c>
       <x:c r="AB8" s="3" t="n">
-        <x:v>21804</x:v>
+        <x:v>21782</x:v>
       </x:c>
       <x:c r="AC8" s="3" t="n">
-        <x:v>22300</x:v>
+        <x:v>22279</x:v>
       </x:c>
       <x:c r="AD8" s="3" t="n">
-        <x:v>23054</x:v>
+        <x:v>23032</x:v>
       </x:c>
       <x:c r="AE8" s="3" t="n">
-        <x:v>23563</x:v>
+        <x:v>23544</x:v>
       </x:c>
       <x:c r="AF8" s="3" t="n">
-        <x:v>24413</x:v>
+        <x:v>24385</x:v>
       </x:c>
       <x:c r="AG8" s="3" t="n">
-        <x:v>24475</x:v>
+        <x:v>24450</x:v>
       </x:c>
       <x:c r="AH8" s="3" t="n">
-        <x:v>25694</x:v>
+        <x:v>25665</x:v>
       </x:c>
       <x:c r="AI8" s="3" t="n">
-        <x:v>26627</x:v>
+        <x:v>26604</x:v>
       </x:c>
       <x:c r="AJ8" s="3" t="n">
-        <x:v>27674</x:v>
+        <x:v>27641</x:v>
       </x:c>
       <x:c r="AK8" s="3" t="n">
-        <x:v>27966</x:v>
+        <x:v>27938</x:v>
       </x:c>
       <x:c r="AL8" s="3" t="n">
-        <x:v>28904</x:v>
+        <x:v>28875</x:v>
       </x:c>
       <x:c r="AM8" s="3" t="n">
-        <x:v>29644</x:v>
+        <x:v>29620</x:v>
       </x:c>
       <x:c r="AN8" s="3" t="n">
-        <x:v>30435</x:v>
+        <x:v>30400</x:v>
       </x:c>
       <x:c r="AO8" s="3" t="n">
-        <x:v>31356</x:v>
+        <x:v>31323</x:v>
       </x:c>
       <x:c r="AP8" s="3" t="n">
-        <x:v>31626</x:v>
+        <x:v>31590</x:v>
       </x:c>
       <x:c r="AQ8" s="3" t="n">
-        <x:v>33201</x:v>
+        <x:v>33176</x:v>
       </x:c>
       <x:c r="AR8" s="3" t="n">
-        <x:v>33700</x:v>
+        <x:v>33661</x:v>
       </x:c>
       <x:c r="AS8" s="3" t="n">
-        <x:v>33565</x:v>
+        <x:v>33535</x:v>
       </x:c>
       <x:c r="AT8" s="3" t="n">
-        <x:v>33693</x:v>
+        <x:v>33657</x:v>
       </x:c>
       <x:c r="AU8" s="3" t="n">
-        <x:v>35865</x:v>
+        <x:v>35839</x:v>
       </x:c>
       <x:c r="AV8" s="3" t="n">
-        <x:v>35972</x:v>
+        <x:v>35933</x:v>
       </x:c>
       <x:c r="AW8" s="3" t="n">
-        <x:v>36537</x:v>
+        <x:v>36503</x:v>
       </x:c>
       <x:c r="AX8" s="3" t="n">
-        <x:v>36283</x:v>
+        <x:v>36246</x:v>
       </x:c>
       <x:c r="AY8" s="3" t="n">
-        <x:v>37627</x:v>
+        <x:v>37599</x:v>
       </x:c>
       <x:c r="AZ8" s="3" t="n">
-        <x:v>38416</x:v>
+        <x:v>38375</x:v>
       </x:c>
       <x:c r="BA8" s="3" t="n">
-        <x:v>38591</x:v>
+        <x:v>38558</x:v>
       </x:c>
       <x:c r="BB8" s="3" t="n">
-        <x:v>38267</x:v>
+        <x:v>38222</x:v>
       </x:c>
       <x:c r="BC8" s="3" t="n">
-        <x:v>40061</x:v>
+        <x:v>40024</x:v>
       </x:c>
       <x:c r="BD8" s="3" t="n">
-        <x:v>40983</x:v>
+        <x:v>40933</x:v>
       </x:c>
       <x:c r="BE8" s="3" t="n">
-        <x:v>40181</x:v>
+        <x:v>40140</x:v>
       </x:c>
       <x:c r="BF8" s="3" t="n">
-        <x:v>41929</x:v>
+        <x:v>41881</x:v>
       </x:c>
       <x:c r="BG8" s="3" t="n">
-        <x:v>41323</x:v>
+        <x:v>41280</x:v>
       </x:c>
       <x:c r="BH8" s="3" t="n">
-        <x:v>43032</x:v>
+        <x:v>42976</x:v>
       </x:c>
       <x:c r="BI8" s="3" t="n">
-        <x:v>42118</x:v>
+        <x:v>42070</x:v>
       </x:c>
       <x:c r="BJ8" s="3" t="n">
-        <x:v>42345</x:v>
+        <x:v>42298</x:v>
       </x:c>
       <x:c r="BK8" s="3" t="n">
-        <x:v>43639</x:v>
+        <x:v>43596</x:v>
       </x:c>
       <x:c r="BL8" s="3" t="n">
-        <x:v>45837</x:v>
+        <x:v>45776</x:v>
       </x:c>
       <x:c r="BM8" s="3" t="n">
-        <x:v>46189</x:v>
+        <x:v>46138</x:v>
       </x:c>
       <x:c r="BN8" s="3" t="n">
-        <x:v>44271</x:v>
+        <x:v>44224</x:v>
       </x:c>
       <x:c r="BO8" s="3" t="n">
-        <x:v>46169</x:v>
+        <x:v>46117</x:v>
       </x:c>
       <x:c r="BP8" s="3" t="n">
-        <x:v>48134</x:v>
+        <x:v>48070</x:v>
       </x:c>
       <x:c r="BQ8" s="3" t="n">
-        <x:v>46918</x:v>
+        <x:v>46872</x:v>
       </x:c>
       <x:c r="BR8" s="3" t="n">
-        <x:v>46923</x:v>
+        <x:v>46861</x:v>
       </x:c>
       <x:c r="BS8" s="3" t="n">
-        <x:v>48808</x:v>
+        <x:v>48752</x:v>
       </x:c>
       <x:c r="BT8" s="3" t="n">
-        <x:v>51049</x:v>
+        <x:v>50978</x:v>
       </x:c>
       <x:c r="BU8" s="3" t="n">
-        <x:v>50276</x:v>
+        <x:v>50220</x:v>
       </x:c>
       <x:c r="BV8" s="3" t="n">
-        <x:v>50100</x:v>
+        <x:v>50031</x:v>
       </x:c>
       <x:c r="BW8" s="3" t="n">
-        <x:v>51889</x:v>
+        <x:v>51825</x:v>
       </x:c>
       <x:c r="BX8" s="3" t="n">
-        <x:v>54246</x:v>
+        <x:v>54164</x:v>
       </x:c>
       <x:c r="BY8" s="3" t="n">
-        <x:v>52780</x:v>
+        <x:v>52720</x:v>
       </x:c>
       <x:c r="BZ8" s="3" t="n">
-        <x:v>52473</x:v>
+        <x:v>52400</x:v>
       </x:c>
       <x:c r="CA8" s="3" t="n">
-        <x:v>54656</x:v>
+        <x:v>54575</x:v>
       </x:c>
       <x:c r="CB8" s="3" t="n">
-        <x:v>56994</x:v>
+        <x:v>56906</x:v>
       </x:c>
       <x:c r="CC8" s="3" t="n">
-        <x:v>55775</x:v>
+        <x:v>55706</x:v>
       </x:c>
       <x:c r="CD8" s="3" t="n">
-        <x:v>55190</x:v>
+        <x:v>55115</x:v>
       </x:c>
       <x:c r="CE8" s="3" t="n">
-        <x:v>57720</x:v>
+        <x:v>57645</x:v>
       </x:c>
       <x:c r="CF8" s="3" t="n">
-        <x:v>60549</x:v>
+        <x:v>60451</x:v>
       </x:c>
       <x:c r="CG8" s="3" t="n">
-        <x:v>59291</x:v>
+        <x:v>59205</x:v>
       </x:c>
       <x:c r="CH8" s="3" t="n">
-        <x:v>59222</x:v>
+        <x:v>59449</x:v>
       </x:c>
       <x:c r="CI8" s="3" t="n">
-        <x:v>62276</x:v>
+        <x:v>62511</x:v>
       </x:c>
       <x:c r="CJ8" s="3" t="n">
-        <x:v>65077</x:v>
+        <x:v>65302</x:v>
       </x:c>
       <x:c r="CK8" s="3" t="n">
-        <x:v>64045</x:v>
+        <x:v>64305</x:v>
       </x:c>
       <x:c r="CL8" s="3" t="n">
-        <x:v>64489</x:v>
+        <x:v>65095</x:v>
       </x:c>
       <x:c r="CM8" s="3" t="n">
-        <x:v>67166</x:v>
+        <x:v>67780</x:v>
       </x:c>
       <x:c r="CN8" s="3" t="n">
-        <x:v>70270</x:v>
+        <x:v>70872</x:v>
       </x:c>
       <x:c r="CO8" s="3" t="n">
-        <x:v>68899</x:v>
+        <x:v>69536</x:v>
       </x:c>
       <x:c r="CP8" s="3" t="n">
-        <x:v>68451</x:v>
+        <x:v>69453</x:v>
       </x:c>
       <x:c r="CQ8" s="3" t="n">
-        <x:v>71461</x:v>
+        <x:v>72469</x:v>
       </x:c>
       <x:c r="CR8" s="3" t="n">
-        <x:v>73585</x:v>
+        <x:v>74587</x:v>
       </x:c>
       <x:c r="CS8" s="3" t="n">
-        <x:v>72221</x:v>
+        <x:v>73272</x:v>
       </x:c>
       <x:c r="CT8" s="3" t="n">
-        <x:v>71826</x:v>
+        <x:v>73654</x:v>
       </x:c>
       <x:c r="CU8" s="3" t="n">
-        <x:v>74785</x:v>
+        <x:v>76639</x:v>
       </x:c>
       <x:c r="CV8" s="3" t="n">
-        <x:v>77464</x:v>
+        <x:v>79328</x:v>
       </x:c>
       <x:c r="CW8" s="3" t="n">
-        <x:v>76266</x:v>
+        <x:v>78189</x:v>
       </x:c>
       <x:c r="CX8" s="3" t="n">
-        <x:v>76501</x:v>
+        <x:v>79148</x:v>
       </x:c>
       <x:c r="CY8" s="3" t="n">
-        <x:v>78514</x:v>
+        <x:v>81078</x:v>
       </x:c>
       <x:c r="CZ8" s="3" t="n">
-        <x:v>81987</x:v>
+        <x:v>84636</x:v>
       </x:c>
       <x:c r="DA8" s="3" t="n">
-        <x:v>81408</x:v>
+        <x:v>84251</x:v>
       </x:c>
       <x:c r="DB8" s="3" t="n">
-        <x:v>81425</x:v>
+        <x:v>85042</x:v>
       </x:c>
       <x:c r="DC8" s="3" t="n">
-        <x:v>85235</x:v>
+        <x:v>88793</x:v>
       </x:c>
       <x:c r="DD8" s="3" t="n">
-        <x:v>87715</x:v>
+        <x:v>91357</x:v>
       </x:c>
       <x:c r="DE8" s="3" t="n">
-        <x:v>86416</x:v>
+        <x:v>90171</x:v>
       </x:c>
       <x:c r="DF8" s="3" t="n">
-        <x:v>85336</x:v>
+        <x:v>90393</x:v>
       </x:c>
       <x:c r="DG8" s="3" t="n">
-        <x:v>90381</x:v>
+        <x:v>95534</x:v>
       </x:c>
       <x:c r="DH8" s="3" t="n">
-        <x:v>93010</x:v>
+        <x:v>98227</x:v>
       </x:c>
       <x:c r="DI8" s="3" t="n">
-        <x:v>91716</x:v>
+        <x:v>97116</x:v>
       </x:c>
       <x:c r="DJ8" s="3" t="n">
-        <x:v>90262</x:v>
+        <x:v>97186</x:v>
       </x:c>
       <x:c r="DK8" s="3" t="n">
-        <x:v>96012</x:v>
+        <x:v>102982</x:v>
       </x:c>
       <x:c r="DL8" s="3" t="n">
-        <x:v>98884</x:v>
+        <x:v>105924</x:v>
       </x:c>
       <x:c r="DM8" s="3" t="n">
-        <x:v>98953</x:v>
+        <x:v>106305</x:v>
       </x:c>
       <x:c r="DN8" s="3" t="n">
-        <x:v>96978</x:v>
+        <x:v>105699</x:v>
       </x:c>
       <x:c r="DO8" s="3" t="n">
-        <x:v>103237</x:v>
+        <x:v>112001</x:v>
       </x:c>
       <x:c r="DP8" s="3" t="n">
-        <x:v>106614</x:v>
+        <x:v>115537</x:v>
       </x:c>
       <x:c r="DQ8" s="3" t="n">
-        <x:v>105766</x:v>
+        <x:v>114921</x:v>
       </x:c>
       <x:c r="DR8" s="3" t="n">
-        <x:v>103444</x:v>
+        <x:v>113828</x:v>
       </x:c>
       <x:c r="DS8" s="3" t="n">
-        <x:v>109662</x:v>
+        <x:v>120208</x:v>
       </x:c>
       <x:c r="DT8" s="3" t="n">
-        <x:v>111560</x:v>
+        <x:v>122028</x:v>
       </x:c>
       <x:c r="DU8" s="3" t="n">
-        <x:v>111988</x:v>
+        <x:v>122444</x:v>
       </x:c>
       <x:c r="DV8" s="3" t="n">
-        <x:v>108293</x:v>
+        <x:v>120557</x:v>
       </x:c>
       <x:c r="DW8" s="3" t="n">
-        <x:v>114266</x:v>
+        <x:v>126551</x:v>
       </x:c>
       <x:c r="DX8" s="3" t="n">
-        <x:v>116370</x:v>
+        <x:v>128653</x:v>
       </x:c>
       <x:c r="DY8" s="3" t="n">
-        <x:v>115683</x:v>
+        <x:v>128518</x:v>
       </x:c>
       <x:c r="DZ8" s="3" t="n">
-        <x:v>113426</x:v>
+        <x:v>127850</x:v>
       </x:c>
       <x:c r="EA8" s="3" t="n">
-        <x:v>119386</x:v>
+        <x:v>133850</x:v>
       </x:c>
       <x:c r="EB8" s="3" t="n">
-        <x:v>122730</x:v>
+        <x:v>137183</x:v>
       </x:c>
       <x:c r="EC8" s="3" t="n">
-        <x:v>121353</x:v>
+        <x:v>136493</x:v>
       </x:c>
       <x:c r="ED8" s="3" t="n">
-        <x:v>118188</x:v>
+        <x:v>134743</x:v>
       </x:c>
       <x:c r="EE8" s="3" t="n">
-        <x:v>125237</x:v>
+        <x:v>141874</x:v>
       </x:c>
       <x:c r="EF8" s="3" t="n">
-        <x:v>127293</x:v>
+        <x:v>143872</x:v>
       </x:c>
       <x:c r="EG8" s="3" t="n">
-        <x:v>125907</x:v>
+        <x:v>142863</x:v>
       </x:c>
       <x:c r="EH8" s="3" t="n">
-        <x:v>125458</x:v>
+        <x:v>143915</x:v>
       </x:c>
       <x:c r="EI8" s="3" t="n">
-        <x:v>131785</x:v>
+        <x:v>150261</x:v>
       </x:c>
       <x:c r="EJ8" s="3" t="n">
-        <x:v>136587</x:v>
+        <x:v>154897</x:v>
       </x:c>
       <x:c r="EK8" s="3" t="n">
-        <x:v>134943</x:v>
+        <x:v>153743</x:v>
       </x:c>
       <x:c r="EL8" s="3" t="n">
-        <x:v>135833</x:v>
+        <x:v>158411</x:v>
       </x:c>
       <x:c r="EM8" s="3" t="n">
-        <x:v>141193</x:v>
+        <x:v>162540</x:v>
       </x:c>
       <x:c r="EN8" s="3" t="n">
-        <x:v>142080</x:v>
+        <x:v>162184</x:v>
       </x:c>
       <x:c r="EO8" s="3" t="n">
-        <x:v>141110</x:v>
+        <x:v>162355</x:v>
       </x:c>
       <x:c r="EP8" s="3" t="n">
-        <x:v>144173</x:v>
+        <x:v>169462</x:v>
       </x:c>
       <x:c r="EQ8" s="3" t="n">
-        <x:v>147530</x:v>
+        <x:v>171581</x:v>
       </x:c>
       <x:c r="ER8" s="3" t="n">
-        <x:v>147957</x:v>
+        <x:v>170745</x:v>
       </x:c>
       <x:c r="ES8" s="3" t="n">
-        <x:v>148512</x:v>
+        <x:v>172727</x:v>
       </x:c>
       <x:c r="ET8" s="3" t="n">
-        <x:v>152541</x:v>
+        <x:v>181307</x:v>
       </x:c>
       <x:c r="EU8" s="3" t="n">
-        <x:v>156011</x:v>
+        <x:v>183494</x:v>
       </x:c>
       <x:c r="EV8" s="3" t="n">
-        <x:v>157309</x:v>
+        <x:v>183242</x:v>
       </x:c>
       <x:c r="EW8" s="3" t="n">
-        <x:v>158194</x:v>
+        <x:v>185509</x:v>
       </x:c>
       <x:c r="EX8" s="3" t="n">
-        <x:v>160837</x:v>
+        <x:v>191643</x:v>
       </x:c>
       <x:c r="EY8" s="3" t="n">
-        <x:v>166463</x:v>
+        <x:v>196932</x:v>
       </x:c>
       <x:c r="EZ8" s="3" t="n">
-        <x:v>162282</x:v>
+        <x:v>190356</x:v>
       </x:c>
       <x:c r="FA8" s="3" t="n">
-        <x:v>165172</x:v>
+        <x:v>196821</x:v>
       </x:c>
       <x:c r="FB8" s="3" t="n">
-        <x:v>172280</x:v>
+        <x:v>206298</x:v>
       </x:c>
       <x:c r="FC8" s="3" t="n">
-        <x:v>170560</x:v>
+        <x:v>203260</x:v>
       </x:c>
       <x:c r="FD8" s="3" t="n">
-        <x:v>170126</x:v>
+        <x:v>201193</x:v>
       </x:c>
       <x:c r="FE8" s="3" t="n">
-        <x:v>172717</x:v>
+        <x:v>208115</x:v>
       </x:c>
       <x:c r="FF8" s="3" t="n">
-        <x:v>174084</x:v>
+        <x:v>210919</x:v>
       </x:c>
       <x:c r="FG8" s="3" t="n">
-        <x:v>178519</x:v>
+        <x:v>214754</x:v>
       </x:c>
       <x:c r="FH8" s="3" t="n">
-        <x:v>175592</x:v>
+        <x:v>209145</x:v>
       </x:c>
       <x:c r="FI8" s="3" t="n">
-        <x:v>177629</x:v>
+        <x:v>216475</x:v>
       </x:c>
       <x:c r="FJ8" s="3" t="n">
-        <x:v>183527</x:v>
+        <x:v>225286</x:v>
       </x:c>
       <x:c r="FK8" s="3" t="n">
-        <x:v>183791</x:v>
+        <x:v>223636</x:v>
       </x:c>
       <x:c r="FL8" s="3" t="n">
-        <x:v>185275</x:v>
+        <x:v>223037</x:v>
       </x:c>
       <x:c r="FM8" s="3" t="n">
-        <x:v>187593</x:v>
+        <x:v>229266</x:v>
       </x:c>
       <x:c r="FN8" s="3" t="n">
-        <x:v>185508</x:v>
+        <x:v>229448</x:v>
       </x:c>
       <x:c r="FO8" s="3" t="n">
-        <x:v>153262</x:v>
+        <x:v>196797</x:v>
       </x:c>
       <x:c r="FP8" s="3" t="n">
-        <x:v>164353</x:v>
+        <x:v>205975</x:v>
       </x:c>
       <x:c r="FQ8" s="3" t="n">
-        <x:v>168228</x:v>
+        <x:v>213869</x:v>
       </x:c>
       <x:c r="FR8" s="3" t="n">
-        <x:v>165917</x:v>
+        <x:v>215233</x:v>
       </x:c>
       <x:c r="FS8" s="3" t="n">
-        <x:v>168807</x:v>
+        <x:v>214939</x:v>
       </x:c>
       <x:c r="FT8" s="3" t="n">
-        <x:v>180915</x:v>
+        <x:v>224509</x:v>
       </x:c>
       <x:c r="FU8" s="3" t="n">
-        <x:v>193034</x:v>
+        <x:v>242042</x:v>
       </x:c>
       <x:c r="FV8" s="3" t="n">
-        <x:v>200027</x:v>
+        <x:v>251752</x:v>
       </x:c>
       <x:c r="FW8" s="3" t="n">
-        <x:v>210858</x:v>
+        <x:v>258835</x:v>
       </x:c>
       <x:c r="FX8" s="3" t="n">
-        <x:v>210843</x:v>
+        <x:v>257780</x:v>
       </x:c>
       <x:c r="FY8" s="3" t="n">
-        <x:v>219614</x:v>
+        <x:v>267653</x:v>
       </x:c>
       <x:c r="FZ8" s="3" t="n">
-        <x:v>226207</x:v>
+        <x:v>278571</x:v>
       </x:c>
       <x:c r="GA8" s="3" t="n">
-        <x:v>226117</x:v>
+        <x:v>272339</x:v>
       </x:c>
       <x:c r="GB8" s="3" t="n">
-        <x:v>228022</x:v>
+        <x:v>270375</x:v>
       </x:c>
       <x:c r="GC8" s="3" t="n">
-        <x:v>234780</x:v>
+        <x:v>279339</x:v>
       </x:c>
       <x:c r="GD8" s="3" t="n">
-        <x:v>238168</x:v>
+        <x:v>286029</x:v>
       </x:c>
       <x:c r="GE8" s="3" t="n">
-        <x:v>244852</x:v>
+        <x:v>291597</x:v>
       </x:c>
       <x:c r="GF8" s="3" t="n">
-        <x:v>243544</x:v>
+        <x:v>288790</x:v>
       </x:c>
       <x:c r="GG8" s="3" t="n">
-        <x:v>248972</x:v>
+        <x:v>296108</x:v>
       </x:c>
       <x:c r="GH8" s="3" t="n">
-        <x:v>255217</x:v>
+        <x:v>304595</x:v>
       </x:c>
       <x:c r="GI8" s="3" t="n">
-        <x:v>255116</x:v>
+        <x:v>304428</x:v>
+      </x:c>
+      <x:c r="GJ8" s="3" t="n">
+        <x:v>302976</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:191">
+    <x:row r="9" spans="1:192">
       <x:c r="A9" s="2" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>969</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>1405</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>981</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>778</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>1234</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
         <x:v>1457</x:v>
       </x:c>
       <x:c r="I9" s="3" t="n">
         <x:v>1071</x:v>
       </x:c>
@@ -4402,335 +4420,338 @@
       <x:c r="CL9" s="3" t="n">
         <x:v>5274</x:v>
       </x:c>
       <x:c r="CM9" s="3" t="n">
         <x:v>6943</x:v>
       </x:c>
       <x:c r="CN9" s="3" t="n">
         <x:v>9344</x:v>
       </x:c>
       <x:c r="CO9" s="3" t="n">
         <x:v>6261</x:v>
       </x:c>
       <x:c r="CP9" s="3" t="n">
         <x:v>5299</x:v>
       </x:c>
       <x:c r="CQ9" s="3" t="n">
         <x:v>6724</x:v>
       </x:c>
       <x:c r="CR9" s="3" t="n">
         <x:v>9613</x:v>
       </x:c>
       <x:c r="CS9" s="3" t="n">
         <x:v>5622</x:v>
       </x:c>
       <x:c r="CT9" s="3" t="n">
-        <x:v>5173</x:v>
+        <x:v>5174</x:v>
       </x:c>
       <x:c r="CU9" s="3" t="n">
-        <x:v>6712</x:v>
+        <x:v>6714</x:v>
       </x:c>
       <x:c r="CV9" s="3" t="n">
-        <x:v>10028</x:v>
+        <x:v>10030</x:v>
       </x:c>
       <x:c r="CW9" s="3" t="n">
-        <x:v>5969</x:v>
+        <x:v>5970</x:v>
       </x:c>
       <x:c r="CX9" s="3" t="n">
-        <x:v>5880</x:v>
+        <x:v>5883</x:v>
       </x:c>
       <x:c r="CY9" s="3" t="n">
-        <x:v>7697</x:v>
+        <x:v>7700</x:v>
       </x:c>
       <x:c r="CZ9" s="3" t="n">
-        <x:v>11867</x:v>
+        <x:v>11872</x:v>
       </x:c>
       <x:c r="DA9" s="3" t="n">
-        <x:v>7346</x:v>
+        <x:v>7350</x:v>
       </x:c>
       <x:c r="DB9" s="3" t="n">
-        <x:v>7489</x:v>
+        <x:v>7494</x:v>
       </x:c>
       <x:c r="DC9" s="3" t="n">
-        <x:v>10453</x:v>
+        <x:v>10460</x:v>
       </x:c>
       <x:c r="DD9" s="3" t="n">
-        <x:v>15198</x:v>
+        <x:v>15208</x:v>
       </x:c>
       <x:c r="DE9" s="3" t="n">
-        <x:v>8135</x:v>
+        <x:v>8140</x:v>
       </x:c>
       <x:c r="DF9" s="3" t="n">
-        <x:v>7951</x:v>
+        <x:v>7957</x:v>
       </x:c>
       <x:c r="DG9" s="3" t="n">
-        <x:v>12225</x:v>
+        <x:v>12235</x:v>
       </x:c>
       <x:c r="DH9" s="3" t="n">
-        <x:v>17288</x:v>
+        <x:v>17303</x:v>
       </x:c>
       <x:c r="DI9" s="3" t="n">
-        <x:v>8791</x:v>
+        <x:v>8798</x:v>
       </x:c>
       <x:c r="DJ9" s="3" t="n">
+        <x:v>10904</x:v>
+      </x:c>
+      <x:c r="DK9" s="3" t="n">
+        <x:v>13540</x:v>
+      </x:c>
+      <x:c r="DL9" s="3" t="n">
+        <x:v>16903</x:v>
+      </x:c>
+      <x:c r="DM9" s="3" t="n">
         <x:v>10892</x:v>
       </x:c>
-      <x:c r="DK9" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="DN9" s="3" t="n">
-        <x:v>11093</x:v>
+        <x:v>11107</x:v>
       </x:c>
       <x:c r="DO9" s="3" t="n">
-        <x:v>14245</x:v>
+        <x:v>14263</x:v>
       </x:c>
       <x:c r="DP9" s="3" t="n">
-        <x:v>16969</x:v>
+        <x:v>16990</x:v>
       </x:c>
       <x:c r="DQ9" s="3" t="n">
-        <x:v>11752</x:v>
+        <x:v>11767</x:v>
       </x:c>
       <x:c r="DR9" s="3" t="n">
-        <x:v>13021</x:v>
+        <x:v>13040</x:v>
       </x:c>
       <x:c r="DS9" s="3" t="n">
-        <x:v>15269</x:v>
+        <x:v>15291</x:v>
       </x:c>
       <x:c r="DT9" s="3" t="n">
-        <x:v>17618</x:v>
+        <x:v>17643</x:v>
       </x:c>
       <x:c r="DU9" s="3" t="n">
-        <x:v>12215</x:v>
+        <x:v>12233</x:v>
       </x:c>
       <x:c r="DV9" s="3" t="n">
-        <x:v>12624</x:v>
+        <x:v>12645</x:v>
       </x:c>
       <x:c r="DW9" s="3" t="n">
-        <x:v>15166</x:v>
+        <x:v>15191</x:v>
       </x:c>
       <x:c r="DX9" s="3" t="n">
-        <x:v>17451</x:v>
+        <x:v>17480</x:v>
       </x:c>
       <x:c r="DY9" s="3" t="n">
-        <x:v>12087</x:v>
+        <x:v>12107</x:v>
       </x:c>
       <x:c r="DZ9" s="3" t="n">
-        <x:v>13719</x:v>
+        <x:v>13745</x:v>
       </x:c>
       <x:c r="EA9" s="3" t="n">
-        <x:v>15814</x:v>
+        <x:v>15844</x:v>
       </x:c>
       <x:c r="EB9" s="3" t="n">
-        <x:v>19382</x:v>
+        <x:v>19418</x:v>
       </x:c>
       <x:c r="EC9" s="3" t="n">
-        <x:v>13730</x:v>
+        <x:v>13756</x:v>
       </x:c>
       <x:c r="ED9" s="3" t="n">
-        <x:v>15114</x:v>
+        <x:v>15145</x:v>
       </x:c>
       <x:c r="EE9" s="3" t="n">
-        <x:v>18310</x:v>
+        <x:v>18348</x:v>
       </x:c>
       <x:c r="EF9" s="3" t="n">
-        <x:v>20997</x:v>
+        <x:v>21041</x:v>
       </x:c>
       <x:c r="EG9" s="3" t="n">
-        <x:v>15101</x:v>
+        <x:v>15132</x:v>
       </x:c>
       <x:c r="EH9" s="3" t="n">
-        <x:v>17196</x:v>
+        <x:v>17236</x:v>
       </x:c>
       <x:c r="EI9" s="3" t="n">
-        <x:v>19794</x:v>
+        <x:v>19839</x:v>
       </x:c>
       <x:c r="EJ9" s="3" t="n">
-        <x:v>23469</x:v>
+        <x:v>23523</x:v>
       </x:c>
       <x:c r="EK9" s="3" t="n">
-        <x:v>16157</x:v>
+        <x:v>16194</x:v>
       </x:c>
       <x:c r="EL9" s="3" t="n">
-        <x:v>18674</x:v>
+        <x:v>18720</x:v>
       </x:c>
       <x:c r="EM9" s="3" t="n">
-        <x:v>21710</x:v>
+        <x:v>21764</x:v>
       </x:c>
       <x:c r="EN9" s="3" t="n">
-        <x:v>27810</x:v>
+        <x:v>27880</x:v>
       </x:c>
       <x:c r="EO9" s="3" t="n">
-        <x:v>20158</x:v>
+        <x:v>20208</x:v>
       </x:c>
       <x:c r="EP9" s="3" t="n">
-        <x:v>21849</x:v>
+        <x:v>21908</x:v>
       </x:c>
       <x:c r="EQ9" s="3" t="n">
-        <x:v>24782</x:v>
+        <x:v>24849</x:v>
       </x:c>
       <x:c r="ER9" s="3" t="n">
-        <x:v>29338</x:v>
+        <x:v>29417</x:v>
       </x:c>
       <x:c r="ES9" s="3" t="n">
-        <x:v>20973</x:v>
+        <x:v>21029</x:v>
       </x:c>
       <x:c r="ET9" s="3" t="n">
-        <x:v>23226</x:v>
+        <x:v>23293</x:v>
       </x:c>
       <x:c r="EU9" s="3" t="n">
-        <x:v>25902</x:v>
+        <x:v>25977</x:v>
       </x:c>
       <x:c r="EV9" s="3" t="n">
-        <x:v>33227</x:v>
+        <x:v>33323</x:v>
       </x:c>
       <x:c r="EW9" s="3" t="n">
-        <x:v>23651</x:v>
+        <x:v>23720</x:v>
       </x:c>
       <x:c r="EX9" s="3" t="n">
-        <x:v>22847</x:v>
+        <x:v>22918</x:v>
       </x:c>
       <x:c r="EY9" s="3" t="n">
-        <x:v>29058</x:v>
+        <x:v>29148</x:v>
       </x:c>
       <x:c r="EZ9" s="3" t="n">
-        <x:v>33004</x:v>
+        <x:v>33106</x:v>
       </x:c>
       <x:c r="FA9" s="3" t="n">
-        <x:v>25388</x:v>
+        <x:v>25468</x:v>
       </x:c>
       <x:c r="FB9" s="3" t="n">
-        <x:v>22790</x:v>
+        <x:v>22863</x:v>
       </x:c>
       <x:c r="FC9" s="3" t="n">
-        <x:v>30874</x:v>
+        <x:v>30975</x:v>
       </x:c>
       <x:c r="FD9" s="3" t="n">
-        <x:v>35730</x:v>
+        <x:v>35849</x:v>
       </x:c>
       <x:c r="FE9" s="3" t="n">
-        <x:v>27993</x:v>
+        <x:v>28088</x:v>
       </x:c>
       <x:c r="FF9" s="3" t="n">
-        <x:v>24374</x:v>
+        <x:v>24458</x:v>
       </x:c>
       <x:c r="FG9" s="3" t="n">
-        <x:v>31532</x:v>
+        <x:v>31643</x:v>
       </x:c>
       <x:c r="FH9" s="3" t="n">
-        <x:v>36957</x:v>
+        <x:v>37088</x:v>
       </x:c>
       <x:c r="FI9" s="3" t="n">
-        <x:v>28847</x:v>
+        <x:v>28951</x:v>
       </x:c>
       <x:c r="FJ9" s="3" t="n">
-        <x:v>25432</x:v>
+        <x:v>25524</x:v>
       </x:c>
       <x:c r="FK9" s="3" t="n">
-        <x:v>32271</x:v>
+        <x:v>32390</x:v>
       </x:c>
       <x:c r="FL9" s="3" t="n">
-        <x:v>38768</x:v>
+        <x:v>38914</x:v>
       </x:c>
       <x:c r="FM9" s="3" t="n">
-        <x:v>28353</x:v>
+        <x:v>28462</x:v>
       </x:c>
       <x:c r="FN9" s="3" t="n">
-        <x:v>23771</x:v>
+        <x:v>23864</x:v>
       </x:c>
       <x:c r="FO9" s="3" t="n">
-        <x:v>957</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="FP9" s="3" t="n">
-        <x:v>5915</x:v>
+        <x:v>5939</x:v>
       </x:c>
       <x:c r="FQ9" s="3" t="n">
-        <x:v>2445</x:v>
+        <x:v>2455</x:v>
       </x:c>
       <x:c r="FR9" s="3" t="n">
-        <x:v>1452</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="FS9" s="3" t="n">
-        <x:v>1850</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="FT9" s="3" t="n">
-        <x:v>11602</x:v>
+        <x:v>11649</x:v>
       </x:c>
       <x:c r="FU9" s="3" t="n">
-        <x:v>16111</x:v>
+        <x:v>16181</x:v>
       </x:c>
       <x:c r="FV9" s="3" t="n">
-        <x:v>15769</x:v>
+        <x:v>15848</x:v>
       </x:c>
       <x:c r="FW9" s="3" t="n">
-        <x:v>33644</x:v>
+        <x:v>33820</x:v>
       </x:c>
       <x:c r="FX9" s="3" t="n">
-        <x:v>41340</x:v>
+        <x:v>41529</x:v>
       </x:c>
       <x:c r="FY9" s="3" t="n">
-        <x:v>31700</x:v>
+        <x:v>31789</x:v>
       </x:c>
       <x:c r="FZ9" s="3" t="n">
-        <x:v>29430</x:v>
+        <x:v>27211</x:v>
       </x:c>
       <x:c r="GA9" s="3" t="n">
-        <x:v>44279</x:v>
+        <x:v>40848</x:v>
       </x:c>
       <x:c r="GB9" s="3" t="n">
-        <x:v>51620</x:v>
+        <x:v>47515</x:v>
       </x:c>
       <x:c r="GC9" s="3" t="n">
-        <x:v>38235</x:v>
+        <x:v>35211</x:v>
       </x:c>
       <x:c r="GD9" s="3" t="n">
-        <x:v>34795</x:v>
+        <x:v>32224</x:v>
       </x:c>
       <x:c r="GE9" s="3" t="n">
-        <x:v>47393</x:v>
+        <x:v>43946</x:v>
       </x:c>
       <x:c r="GF9" s="3" t="n">
-        <x:v>54128</x:v>
+        <x:v>54193</x:v>
       </x:c>
       <x:c r="GG9" s="3" t="n">
-        <x:v>39779</x:v>
+        <x:v>39777</x:v>
       </x:c>
       <x:c r="GH9" s="3" t="n">
-        <x:v>35816</x:v>
+        <x:v>35993</x:v>
       </x:c>
       <x:c r="GI9" s="3" t="n">
-        <x:v>46068</x:v>
+        <x:v>46971</x:v>
+      </x:c>
+      <x:c r="GJ9" s="3" t="n">
+        <x:v>57006</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:191">
+    <x:row r="10" spans="1:192">
       <x:c r="A10" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>-514</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>-750</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>-1281</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>-567</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>-541</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>-881</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
         <x:v>-1261</x:v>
       </x:c>
       <x:c r="I10" s="3" t="n">
         <x:v>-706</x:v>
       </x:c>
@@ -4857,60 +4878,60 @@
       <x:c r="AX10" s="3" t="n">
         <x:v>-2001</x:v>
       </x:c>
       <x:c r="AY10" s="3" t="n">
         <x:v>-2620</x:v>
       </x:c>
       <x:c r="AZ10" s="3" t="n">
         <x:v>-3553</x:v>
       </x:c>
       <x:c r="BA10" s="3" t="n">
         <x:v>-2026</x:v>
       </x:c>
       <x:c r="BB10" s="3" t="n">
         <x:v>-1918</x:v>
       </x:c>
       <x:c r="BC10" s="3" t="n">
         <x:v>-2886</x:v>
       </x:c>
       <x:c r="BD10" s="3" t="n">
         <x:v>-4269</x:v>
       </x:c>
       <x:c r="BE10" s="3" t="n">
         <x:v>-2286</x:v>
       </x:c>
       <x:c r="BF10" s="3" t="n">
-        <x:v>-2150</x:v>
+        <x:v>-2151</x:v>
       </x:c>
       <x:c r="BG10" s="3" t="n">
         <x:v>-3036</x:v>
       </x:c>
       <x:c r="BH10" s="3" t="n">
         <x:v>-5060</x:v>
       </x:c>
       <x:c r="BI10" s="3" t="n">
-        <x:v>-2403</x:v>
+        <x:v>-2404</x:v>
       </x:c>
       <x:c r="BJ10" s="3" t="n">
         <x:v>-2339</x:v>
       </x:c>
       <x:c r="BK10" s="3" t="n">
         <x:v>-3302</x:v>
       </x:c>
       <x:c r="BL10" s="3" t="n">
         <x:v>-5503</x:v>
       </x:c>
       <x:c r="BM10" s="3" t="n">
         <x:v>-2614</x:v>
       </x:c>
       <x:c r="BN10" s="3" t="n">
         <x:v>-3134</x:v>
       </x:c>
       <x:c r="BO10" s="3" t="n">
         <x:v>-3820</x:v>
       </x:c>
       <x:c r="BP10" s="3" t="n">
         <x:v>-4772</x:v>
       </x:c>
       <x:c r="BQ10" s="3" t="n">
         <x:v>-4015</x:v>
       </x:c>
@@ -5229,658 +5250,664 @@
       <x:c r="FR10" s="3" t="n">
         <x:v>-2112</x:v>
       </x:c>
       <x:c r="FS10" s="3" t="n">
         <x:v>-2398</x:v>
       </x:c>
       <x:c r="FT10" s="3" t="n">
         <x:v>-7281</x:v>
       </x:c>
       <x:c r="FU10" s="3" t="n">
         <x:v>-5004</x:v>
       </x:c>
       <x:c r="FV10" s="3" t="n">
         <x:v>-7345</x:v>
       </x:c>
       <x:c r="FW10" s="3" t="n">
         <x:v>-14760</x:v>
       </x:c>
       <x:c r="FX10" s="3" t="n">
         <x:v>-24539</x:v>
       </x:c>
       <x:c r="FY10" s="3" t="n">
         <x:v>-8283</x:v>
       </x:c>
       <x:c r="FZ10" s="3" t="n">
-        <x:v>-11598</x:v>
+        <x:v>-11281</x:v>
       </x:c>
       <x:c r="GA10" s="3" t="n">
-        <x:v>-17689</x:v>
+        <x:v>-17206</x:v>
       </x:c>
       <x:c r="GB10" s="3" t="n">
-        <x:v>-30330</x:v>
+        <x:v>-29502</x:v>
       </x:c>
       <x:c r="GC10" s="3" t="n">
-        <x:v>-11510</x:v>
+        <x:v>-11196</x:v>
       </x:c>
       <x:c r="GD10" s="3" t="n">
-        <x:v>-14824</x:v>
+        <x:v>-14432</x:v>
       </x:c>
       <x:c r="GE10" s="3" t="n">
-        <x:v>-19515</x:v>
+        <x:v>-18964</x:v>
       </x:c>
       <x:c r="GF10" s="3" t="n">
-        <x:v>-34024</x:v>
+        <x:v>-33023</x:v>
       </x:c>
       <x:c r="GG10" s="3" t="n">
-        <x:v>-15585</x:v>
+        <x:v>-15137</x:v>
       </x:c>
       <x:c r="GH10" s="3" t="n">
-        <x:v>-17798</x:v>
+        <x:v>-17334</x:v>
       </x:c>
       <x:c r="GI10" s="3" t="n">
-        <x:v>-24929</x:v>
+        <x:v>-24208</x:v>
+      </x:c>
+      <x:c r="GJ10" s="3" t="n">
+        <x:v>-40703</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:191">
+    <x:row r="11" spans="1:192">
       <x:c r="A11" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>1575</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>1592</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>1610</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>1610</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>1736</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>1756</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
-        <x:v>1775</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
-        <x:v>1775</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="J11" s="3" t="n">
-        <x:v>1968</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="K11" s="3" t="n">
-        <x:v>1968</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="L11" s="3" t="n">
-        <x:v>1989</x:v>
+        <x:v>1904</x:v>
       </x:c>
       <x:c r="M11" s="3" t="n">
-        <x:v>1989</x:v>
+        <x:v>1904</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>2218</x:v>
+        <x:v>2118</x:v>
       </x:c>
       <x:c r="O11" s="3" t="n">
-        <x:v>2243</x:v>
+        <x:v>2142</x:v>
       </x:c>
       <x:c r="P11" s="3" t="n">
-        <x:v>2268</x:v>
+        <x:v>2165</x:v>
       </x:c>
       <x:c r="Q11" s="3" t="n">
-        <x:v>2268</x:v>
+        <x:v>2165</x:v>
       </x:c>
       <x:c r="R11" s="3" t="n">
-        <x:v>2539</x:v>
+        <x:v>2432</x:v>
       </x:c>
       <x:c r="S11" s="3" t="n">
-        <x:v>2567</x:v>
+        <x:v>2459</x:v>
       </x:c>
       <x:c r="T11" s="3" t="n">
-        <x:v>2595</x:v>
+        <x:v>2486</x:v>
       </x:c>
       <x:c r="U11" s="3" t="n">
-        <x:v>2595</x:v>
+        <x:v>2486</x:v>
       </x:c>
       <x:c r="V11" s="3" t="n">
-        <x:v>2779</x:v>
+        <x:v>2666</x:v>
       </x:c>
       <x:c r="W11" s="3" t="n">
-        <x:v>2810</x:v>
+        <x:v>2695</x:v>
       </x:c>
       <x:c r="X11" s="3" t="n">
-        <x:v>2841</x:v>
+        <x:v>2725</x:v>
       </x:c>
       <x:c r="Y11" s="3" t="n">
-        <x:v>2841</x:v>
+        <x:v>2725</x:v>
       </x:c>
       <x:c r="Z11" s="3" t="n">
-        <x:v>3022</x:v>
+        <x:v>2905</x:v>
       </x:c>
       <x:c r="AA11" s="3" t="n">
-        <x:v>3022</x:v>
+        <x:v>2905</x:v>
       </x:c>
       <x:c r="AB11" s="3" t="n">
-        <x:v>3055</x:v>
+        <x:v>2937</x:v>
       </x:c>
       <x:c r="AC11" s="3" t="n">
-        <x:v>3055</x:v>
+        <x:v>2937</x:v>
       </x:c>
       <x:c r="AD11" s="3" t="n">
-        <x:v>3230</x:v>
+        <x:v>3093</x:v>
       </x:c>
       <x:c r="AE11" s="3" t="n">
-        <x:v>3266</x:v>
+        <x:v>3127</x:v>
       </x:c>
       <x:c r="AF11" s="3" t="n">
-        <x:v>3302</x:v>
+        <x:v>3161</x:v>
       </x:c>
       <x:c r="AG11" s="3" t="n">
-        <x:v>3302</x:v>
+        <x:v>3161</x:v>
       </x:c>
       <x:c r="AH11" s="3" t="n">
-        <x:v>3638</x:v>
+        <x:v>3487</x:v>
       </x:c>
       <x:c r="AI11" s="3" t="n">
-        <x:v>3678</x:v>
+        <x:v>3526</x:v>
       </x:c>
       <x:c r="AJ11" s="3" t="n">
-        <x:v>3719</x:v>
+        <x:v>3565</x:v>
       </x:c>
       <x:c r="AK11" s="3" t="n">
-        <x:v>3719</x:v>
+        <x:v>3565</x:v>
       </x:c>
       <x:c r="AL11" s="3" t="n">
-        <x:v>4040</x:v>
+        <x:v>3840</x:v>
       </x:c>
       <x:c r="AM11" s="3" t="n">
-        <x:v>4085</x:v>
+        <x:v>3883</x:v>
       </x:c>
       <x:c r="AN11" s="3" t="n">
-        <x:v>4130</x:v>
+        <x:v>3925</x:v>
       </x:c>
       <x:c r="AO11" s="3" t="n">
-        <x:v>4130</x:v>
+        <x:v>3925</x:v>
       </x:c>
       <x:c r="AP11" s="3" t="n">
-        <x:v>4363</x:v>
+        <x:v>4182</x:v>
       </x:c>
       <x:c r="AQ11" s="3" t="n">
-        <x:v>4363</x:v>
+        <x:v>4182</x:v>
       </x:c>
       <x:c r="AR11" s="3" t="n">
-        <x:v>4410</x:v>
+        <x:v>4228</x:v>
       </x:c>
       <x:c r="AS11" s="3" t="n">
-        <x:v>4410</x:v>
+        <x:v>4228</x:v>
       </x:c>
       <x:c r="AT11" s="3" t="n">
-        <x:v>4580</x:v>
+        <x:v>4344</x:v>
       </x:c>
       <x:c r="AU11" s="3" t="n">
-        <x:v>4631</x:v>
+        <x:v>4392</x:v>
       </x:c>
       <x:c r="AV11" s="3" t="n">
-        <x:v>4682</x:v>
+        <x:v>4441</x:v>
       </x:c>
       <x:c r="AW11" s="3" t="n">
-        <x:v>4682</x:v>
+        <x:v>4441</x:v>
       </x:c>
       <x:c r="AX11" s="3" t="n">
-        <x:v>4836</x:v>
+        <x:v>4698</x:v>
       </x:c>
       <x:c r="AY11" s="3" t="n">
-        <x:v>4890</x:v>
+        <x:v>4750</x:v>
       </x:c>
       <x:c r="AZ11" s="3" t="n">
-        <x:v>4944</x:v>
+        <x:v>4802</x:v>
       </x:c>
       <x:c r="BA11" s="3" t="n">
-        <x:v>4944</x:v>
+        <x:v>4802</x:v>
       </x:c>
       <x:c r="BB11" s="3" t="n">
-        <x:v>5022</x:v>
+        <x:v>4785</x:v>
       </x:c>
       <x:c r="BC11" s="3" t="n">
-        <x:v>4799</x:v>
+        <x:v>4565</x:v>
       </x:c>
       <x:c r="BD11" s="3" t="n">
-        <x:v>5067</x:v>
+        <x:v>4832</x:v>
       </x:c>
       <x:c r="BE11" s="3" t="n">
-        <x:v>4982</x:v>
+        <x:v>4737</x:v>
       </x:c>
       <x:c r="BF11" s="3" t="n">
-        <x:v>5093</x:v>
+        <x:v>4906</x:v>
       </x:c>
       <x:c r="BG11" s="3" t="n">
-        <x:v>5110</x:v>
+        <x:v>4932</x:v>
       </x:c>
       <x:c r="BH11" s="3" t="n">
-        <x:v>5235</x:v>
+        <x:v>5042</x:v>
       </x:c>
       <x:c r="BI11" s="3" t="n">
-        <x:v>5154</x:v>
+        <x:v>4956</x:v>
       </x:c>
       <x:c r="BJ11" s="3" t="n">
+        <x:v>5096</x:v>
+      </x:c>
+      <x:c r="BK11" s="3" t="n">
+        <x:v>5066</x:v>
+      </x:c>
+      <x:c r="BL11" s="3" t="n">
+        <x:v>5197</x:v>
+      </x:c>
+      <x:c r="BM11" s="3" t="n">
+        <x:v>4993</x:v>
+      </x:c>
+      <x:c r="BN11" s="3" t="n">
         <x:v>5213</x:v>
       </x:c>
-      <x:c r="BK11" s="3" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="BO11" s="3" t="n">
-        <x:v>5378</x:v>
+        <x:v>5248</x:v>
       </x:c>
       <x:c r="BP11" s="3" t="n">
-        <x:v>5489</x:v>
+        <x:v>5350</x:v>
       </x:c>
       <x:c r="BQ11" s="3" t="n">
-        <x:v>5220</x:v>
+        <x:v>5082</x:v>
       </x:c>
       <x:c r="BR11" s="3" t="n">
-        <x:v>5416</x:v>
+        <x:v>5382</x:v>
       </x:c>
       <x:c r="BS11" s="3" t="n">
-        <x:v>5454</x:v>
+        <x:v>5422</x:v>
       </x:c>
       <x:c r="BT11" s="3" t="n">
-        <x:v>5379</x:v>
+        <x:v>5334</x:v>
       </x:c>
       <x:c r="BU11" s="3" t="n">
-        <x:v>5083</x:v>
+        <x:v>5038</x:v>
       </x:c>
       <x:c r="BV11" s="3" t="n">
-        <x:v>5228</x:v>
+        <x:v>5307</x:v>
       </x:c>
       <x:c r="BW11" s="3" t="n">
-        <x:v>5351</x:v>
+        <x:v>5429</x:v>
       </x:c>
       <x:c r="BX11" s="3" t="n">
-        <x:v>5593</x:v>
+        <x:v>5678</x:v>
       </x:c>
       <x:c r="BY11" s="3" t="n">
-        <x:v>5617</x:v>
+        <x:v>5722</x:v>
       </x:c>
       <x:c r="BZ11" s="3" t="n">
-        <x:v>5544</x:v>
+        <x:v>5679</x:v>
       </x:c>
       <x:c r="CA11" s="3" t="n">
-        <x:v>5516</x:v>
+        <x:v>5663</x:v>
       </x:c>
       <x:c r="CB11" s="3" t="n">
-        <x:v>5724</x:v>
+        <x:v>5877</x:v>
       </x:c>
       <x:c r="CC11" s="3" t="n">
-        <x:v>5460</x:v>
+        <x:v>5600</x:v>
       </x:c>
       <x:c r="CD11" s="3" t="n">
-        <x:v>5718</x:v>
+        <x:v>5912</x:v>
       </x:c>
       <x:c r="CE11" s="3" t="n">
-        <x:v>5735</x:v>
+        <x:v>5935</x:v>
       </x:c>
       <x:c r="CF11" s="3" t="n">
-        <x:v>5878</x:v>
+        <x:v>6059</x:v>
       </x:c>
       <x:c r="CG11" s="3" t="n">
-        <x:v>5915</x:v>
+        <x:v>6110</x:v>
       </x:c>
       <x:c r="CH11" s="3" t="n">
-        <x:v>6062</x:v>
+        <x:v>6219</x:v>
       </x:c>
       <x:c r="CI11" s="3" t="n">
-        <x:v>6190</x:v>
+        <x:v>6372</x:v>
       </x:c>
       <x:c r="CJ11" s="3" t="n">
-        <x:v>6315</x:v>
+        <x:v>6493</x:v>
       </x:c>
       <x:c r="CK11" s="3" t="n">
-        <x:v>6255</x:v>
+        <x:v>6464</x:v>
       </x:c>
       <x:c r="CL11" s="3" t="n">
-        <x:v>6384</x:v>
+        <x:v>6549</x:v>
       </x:c>
       <x:c r="CM11" s="3" t="n">
-        <x:v>6542</x:v>
+        <x:v>6722</x:v>
       </x:c>
       <x:c r="CN11" s="3" t="n">
-        <x:v>6727</x:v>
+        <x:v>6894</x:v>
       </x:c>
       <x:c r="CO11" s="3" t="n">
-        <x:v>6458</x:v>
+        <x:v>6637</x:v>
       </x:c>
       <x:c r="CP11" s="3" t="n">
-        <x:v>6762</x:v>
+        <x:v>7092</x:v>
       </x:c>
       <x:c r="CQ11" s="3" t="n">
-        <x:v>6527</x:v>
+        <x:v>6882</x:v>
       </x:c>
       <x:c r="CR11" s="3" t="n">
-        <x:v>6595</x:v>
+        <x:v>6951</x:v>
       </x:c>
       <x:c r="CS11" s="3" t="n">
-        <x:v>6857</x:v>
+        <x:v>7187</x:v>
       </x:c>
       <x:c r="CT11" s="3" t="n">
-        <x:v>7046</x:v>
+        <x:v>7446</x:v>
       </x:c>
       <x:c r="CU11" s="3" t="n">
-        <x:v>6974</x:v>
+        <x:v>7372</x:v>
       </x:c>
       <x:c r="CV11" s="3" t="n">
-        <x:v>7040</x:v>
+        <x:v>7428</x:v>
       </x:c>
       <x:c r="CW11" s="3" t="n">
-        <x:v>7241</x:v>
+        <x:v>7658</x:v>
       </x:c>
       <x:c r="CX11" s="3" t="n">
-        <x:v>7700</x:v>
+        <x:v>7802</x:v>
       </x:c>
       <x:c r="CY11" s="3" t="n">
-        <x:v>7610</x:v>
+        <x:v>7720</x:v>
       </x:c>
       <x:c r="CZ11" s="3" t="n">
-        <x:v>7686</x:v>
+        <x:v>7774</x:v>
       </x:c>
       <x:c r="DA11" s="3" t="n">
-        <x:v>7905</x:v>
+        <x:v>8019</x:v>
       </x:c>
       <x:c r="DB11" s="3" t="n">
-        <x:v>8304</x:v>
+        <x:v>8764</x:v>
       </x:c>
       <x:c r="DC11" s="3" t="n">
-        <x:v>8109</x:v>
+        <x:v>8599</x:v>
       </x:c>
       <x:c r="DD11" s="3" t="n">
-        <x:v>8185</x:v>
+        <x:v>8689</x:v>
       </x:c>
       <x:c r="DE11" s="3" t="n">
-        <x:v>8419</x:v>
+        <x:v>8883</x:v>
       </x:c>
       <x:c r="DF11" s="3" t="n">
-        <x:v>9134</x:v>
+        <x:v>9415</x:v>
       </x:c>
       <x:c r="DG11" s="3" t="n">
-        <x:v>8946</x:v>
+        <x:v>9276</x:v>
       </x:c>
       <x:c r="DH11" s="3" t="n">
-        <x:v>9029</x:v>
+        <x:v>9373</x:v>
       </x:c>
       <x:c r="DI11" s="3" t="n">
-        <x:v>9295</x:v>
+        <x:v>9582</x:v>
       </x:c>
       <x:c r="DJ11" s="3" t="n">
-        <x:v>9515</x:v>
+        <x:v>9648</x:v>
       </x:c>
       <x:c r="DK11" s="3" t="n">
-        <x:v>9807</x:v>
+        <x:v>10000</x:v>
       </x:c>
       <x:c r="DL11" s="3" t="n">
-        <x:v>9606</x:v>
+        <x:v>9811</x:v>
       </x:c>
       <x:c r="DM11" s="3" t="n">
-        <x:v>9717</x:v>
+        <x:v>9854</x:v>
       </x:c>
       <x:c r="DN11" s="3" t="n">
-        <x:v>10055</x:v>
+        <x:v>10109</x:v>
       </x:c>
       <x:c r="DO11" s="3" t="n">
-        <x:v>10295</x:v>
+        <x:v>10431</x:v>
       </x:c>
       <x:c r="DP11" s="3" t="n">
-        <x:v>10112</x:v>
+        <x:v>10263</x:v>
       </x:c>
       <x:c r="DQ11" s="3" t="n">
-        <x:v>10257</x:v>
+        <x:v>10314</x:v>
       </x:c>
       <x:c r="DR11" s="3" t="n">
-        <x:v>10916</x:v>
+        <x:v>10894</x:v>
       </x:c>
       <x:c r="DS11" s="3" t="n">
-        <x:v>11255</x:v>
+        <x:v>11322</x:v>
       </x:c>
       <x:c r="DT11" s="3" t="n">
-        <x:v>10783</x:v>
+        <x:v>10868</x:v>
       </x:c>
       <x:c r="DU11" s="3" t="n">
-        <x:v>11577</x:v>
+        <x:v>11552</x:v>
       </x:c>
       <x:c r="DV11" s="3" t="n">
-        <x:v>12042</x:v>
+        <x:v>12029</x:v>
       </x:c>
       <x:c r="DW11" s="3" t="n">
-        <x:v>11667</x:v>
+        <x:v>11754</x:v>
       </x:c>
       <x:c r="DX11" s="3" t="n">
-        <x:v>11587</x:v>
+        <x:v>11695</x:v>
       </x:c>
       <x:c r="DY11" s="3" t="n">
-        <x:v>12601</x:v>
+        <x:v>12593</x:v>
       </x:c>
       <x:c r="DZ11" s="3" t="n">
-        <x:v>12245</x:v>
+        <x:v>12270</x:v>
       </x:c>
       <x:c r="EA11" s="3" t="n">
-        <x:v>12039</x:v>
+        <x:v>12063</x:v>
       </x:c>
       <x:c r="EB11" s="3" t="n">
-        <x:v>11802</x:v>
+        <x:v>11879</x:v>
       </x:c>
       <x:c r="EC11" s="3" t="n">
-        <x:v>12720</x:v>
+        <x:v>12798</x:v>
       </x:c>
       <x:c r="ED11" s="3" t="n">
-        <x:v>13342</x:v>
+        <x:v>13429</x:v>
       </x:c>
       <x:c r="EE11" s="3" t="n">
-        <x:v>12920</x:v>
+        <x:v>13007</x:v>
       </x:c>
       <x:c r="EF11" s="3" t="n">
-        <x:v>12729</x:v>
+        <x:v>12882</x:v>
       </x:c>
       <x:c r="EG11" s="3" t="n">
-        <x:v>13667</x:v>
+        <x:v>13815</x:v>
       </x:c>
       <x:c r="EH11" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>14264</x:v>
       </x:c>
       <x:c r="EI11" s="3" t="n">
-        <x:v>13568</x:v>
+        <x:v>13591</x:v>
       </x:c>
       <x:c r="EJ11" s="3" t="n">
-        <x:v>13273</x:v>
+        <x:v>13354</x:v>
       </x:c>
       <x:c r="EK11" s="3" t="n">
-        <x:v>14255</x:v>
+        <x:v>14329</x:v>
       </x:c>
       <x:c r="EL11" s="3" t="n">
-        <x:v>14862</x:v>
+        <x:v>14734</x:v>
       </x:c>
       <x:c r="EM11" s="3" t="n">
-        <x:v>14708</x:v>
+        <x:v>14582</x:v>
       </x:c>
       <x:c r="EN11" s="3" t="n">
-        <x:v>14203</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="EO11" s="3" t="n">
-        <x:v>15156</x:v>
+        <x:v>15144</x:v>
       </x:c>
       <x:c r="EP11" s="3" t="n">
-        <x:v>16396</x:v>
+        <x:v>15957</x:v>
       </x:c>
       <x:c r="EQ11" s="3" t="n">
-        <x:v>15931</x:v>
+        <x:v>15515</x:v>
       </x:c>
       <x:c r="ER11" s="3" t="n">
-        <x:v>15708</x:v>
+        <x:v>15387</x:v>
       </x:c>
       <x:c r="ES11" s="3" t="n">
-        <x:v>16789</x:v>
+        <x:v>16440</x:v>
       </x:c>
       <x:c r="ET11" s="3" t="n">
-        <x:v>18434</x:v>
+        <x:v>17620</x:v>
       </x:c>
       <x:c r="EU11" s="3" t="n">
-        <x:v>17891</x:v>
+        <x:v>16943</x:v>
       </x:c>
       <x:c r="EV11" s="3" t="n">
-        <x:v>17240</x:v>
+        <x:v>16585</x:v>
       </x:c>
       <x:c r="EW11" s="3" t="n">
-        <x:v>18987</x:v>
+        <x:v>18189</x:v>
       </x:c>
       <x:c r="EX11" s="3" t="n">
-        <x:v>18324</x:v>
+        <x:v>17089</x:v>
       </x:c>
       <x:c r="EY11" s="3" t="n">
-        <x:v>19944</x:v>
+        <x:v>18412</x:v>
       </x:c>
       <x:c r="EZ11" s="3" t="n">
-        <x:v>16570</x:v>
+        <x:v>15875</x:v>
       </x:c>
       <x:c r="FA11" s="3" t="n">
-        <x:v>20269</x:v>
+        <x:v>18712</x:v>
       </x:c>
       <x:c r="FB11" s="3" t="n">
-        <x:v>20482</x:v>
+        <x:v>18520</x:v>
       </x:c>
       <x:c r="FC11" s="3" t="n">
-        <x:v>20087</x:v>
+        <x:v>18397</x:v>
       </x:c>
       <x:c r="FD11" s="3" t="n">
-        <x:v>17472</x:v>
+        <x:v>16566</x:v>
       </x:c>
       <x:c r="FE11" s="3" t="n">
-        <x:v>20981</x:v>
+        <x:v>19072</x:v>
       </x:c>
       <x:c r="FF11" s="3" t="n">
-        <x:v>20006</x:v>
+        <x:v>18791</x:v>
       </x:c>
       <x:c r="FG11" s="3" t="n">
-        <x:v>21032</x:v>
+        <x:v>19687</x:v>
       </x:c>
       <x:c r="FH11" s="3" t="n">
-        <x:v>17508</x:v>
+        <x:v>17018</x:v>
       </x:c>
       <x:c r="FI11" s="3" t="n">
-        <x:v>21795</x:v>
+        <x:v>20426</x:v>
       </x:c>
       <x:c r="FJ11" s="3" t="n">
-        <x:v>21403</x:v>
+        <x:v>19743</x:v>
       </x:c>
       <x:c r="FK11" s="3" t="n">
-        <x:v>21542</x:v>
+        <x:v>20090</x:v>
       </x:c>
       <x:c r="FL11" s="3" t="n">
-        <x:v>19170</x:v>
+        <x:v>18396</x:v>
       </x:c>
       <x:c r="FM11" s="3" t="n">
-        <x:v>23350</x:v>
+        <x:v>21560</x:v>
       </x:c>
       <x:c r="FN11" s="3" t="n">
-        <x:v>23039</x:v>
+        <x:v>22345</x:v>
       </x:c>
       <x:c r="FO11" s="3" t="n">
-        <x:v>20042</x:v>
+        <x:v>19232</x:v>
       </x:c>
       <x:c r="FP11" s="3" t="n">
-        <x:v>19269</x:v>
+        <x:v>19192</x:v>
       </x:c>
       <x:c r="FQ11" s="3" t="n">
-        <x:v>22770</x:v>
+        <x:v>21947</x:v>
       </x:c>
       <x:c r="FR11" s="3" t="n">
-        <x:v>20475</x:v>
+        <x:v>20033</x:v>
       </x:c>
       <x:c r="FS11" s="3" t="n">
-        <x:v>21773</x:v>
+        <x:v>22116</x:v>
       </x:c>
       <x:c r="FT11" s="3" t="n">
-        <x:v>21573</x:v>
+        <x:v>22901</x:v>
       </x:c>
       <x:c r="FU11" s="3" t="n">
-        <x:v>27528</x:v>
+        <x:v>28649</x:v>
       </x:c>
       <x:c r="FV11" s="3" t="n">
-        <x:v>26679</x:v>
+        <x:v>25293</x:v>
       </x:c>
       <x:c r="FW11" s="3" t="n">
-        <x:v>27553</x:v>
+        <x:v>26385</x:v>
       </x:c>
       <x:c r="FX11" s="3" t="n">
-        <x:v>25388</x:v>
+        <x:v>24977</x:v>
       </x:c>
       <x:c r="FY11" s="3" t="n">
-        <x:v>30169</x:v>
+        <x:v>28671</x:v>
       </x:c>
       <x:c r="FZ11" s="3" t="n">
-        <x:v>30014</x:v>
+        <x:v>30444</x:v>
       </x:c>
       <x:c r="GA11" s="3" t="n">
-        <x:v>28865</x:v>
+        <x:v>29956</x:v>
       </x:c>
       <x:c r="GB11" s="3" t="n">
-        <x:v>26594</x:v>
+        <x:v>28504</x:v>
       </x:c>
       <x:c r="GC11" s="3" t="n">
-        <x:v>32338</x:v>
+        <x:v>33164</x:v>
       </x:c>
       <x:c r="GD11" s="3" t="n">
-        <x:v>30239</x:v>
+        <x:v>30277</x:v>
       </x:c>
       <x:c r="GE11" s="3" t="n">
-        <x:v>31589</x:v>
+        <x:v>32453</x:v>
       </x:c>
       <x:c r="GF11" s="3" t="n">
-        <x:v>27797</x:v>
+        <x:v>31681</x:v>
       </x:c>
       <x:c r="GG11" s="3" t="n">
-        <x:v>32953</x:v>
+        <x:v>33460</x:v>
       </x:c>
       <x:c r="GH11" s="3" t="n">
-        <x:v>32369</x:v>
+        <x:v>32410</x:v>
       </x:c>
       <x:c r="GI11" s="3" t="n">
-        <x:v>32221</x:v>
+        <x:v>34293</x:v>
+      </x:c>
+      <x:c r="GJ11" s="3" t="n">
+        <x:v>33234</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:191">
+    <x:row r="12" spans="1:192">
       <x:c r="A12" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>11864</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>11996</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>12128</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>12128</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>12829</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
         <x:v>12973</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
@@ -6043,419 +6070,422 @@
       <x:c r="BJ12" s="3" t="n">
         <x:v>47445</x:v>
       </x:c>
       <x:c r="BK12" s="3" t="n">
         <x:v>45505</x:v>
       </x:c>
       <x:c r="BL12" s="3" t="n">
         <x:v>45733</x:v>
       </x:c>
       <x:c r="BM12" s="3" t="n">
         <x:v>49279</x:v>
       </x:c>
       <x:c r="BN12" s="3" t="n">
         <x:v>47233</x:v>
       </x:c>
       <x:c r="BO12" s="3" t="n">
         <x:v>47588</x:v>
       </x:c>
       <x:c r="BP12" s="3" t="n">
         <x:v>48253</x:v>
       </x:c>
       <x:c r="BQ12" s="3" t="n">
         <x:v>50955</x:v>
       </x:c>
       <x:c r="BR12" s="3" t="n">
-        <x:v>51486</x:v>
+        <x:v>51929</x:v>
       </x:c>
       <x:c r="BS12" s="3" t="n">
-        <x:v>48396</x:v>
+        <x:v>48832</x:v>
       </x:c>
       <x:c r="BT12" s="3" t="n">
-        <x:v>49651</x:v>
+        <x:v>50101</x:v>
       </x:c>
       <x:c r="BU12" s="3" t="n">
-        <x:v>52366</x:v>
+        <x:v>52822</x:v>
       </x:c>
       <x:c r="BV12" s="3" t="n">
-        <x:v>53957</x:v>
+        <x:v>54430</x:v>
       </x:c>
       <x:c r="BW12" s="3" t="n">
-        <x:v>51553</x:v>
+        <x:v>52017</x:v>
       </x:c>
       <x:c r="BX12" s="3" t="n">
-        <x:v>53151</x:v>
+        <x:v>53635</x:v>
       </x:c>
       <x:c r="BY12" s="3" t="n">
-        <x:v>56124</x:v>
+        <x:v>56604</x:v>
       </x:c>
       <x:c r="BZ12" s="3" t="n">
-        <x:v>54702</x:v>
+        <x:v>55174</x:v>
       </x:c>
       <x:c r="CA12" s="3" t="n">
-        <x:v>57400</x:v>
+        <x:v>57896</x:v>
       </x:c>
       <x:c r="CB12" s="3" t="n">
-        <x:v>56159</x:v>
+        <x:v>56676</x:v>
       </x:c>
       <x:c r="CC12" s="3" t="n">
-        <x:v>59756</x:v>
+        <x:v>60289</x:v>
       </x:c>
       <x:c r="CD12" s="3" t="n">
-        <x:v>61030</x:v>
+        <x:v>61567</x:v>
       </x:c>
       <x:c r="CE12" s="3" t="n">
-        <x:v>59804</x:v>
+        <x:v>60372</x:v>
       </x:c>
       <x:c r="CF12" s="3" t="n">
-        <x:v>62084</x:v>
+        <x:v>62666</x:v>
       </x:c>
       <x:c r="CG12" s="3" t="n">
-        <x:v>65608</x:v>
+        <x:v>66169</x:v>
       </x:c>
       <x:c r="CH12" s="3" t="n">
-        <x:v>66515</x:v>
+        <x:v>67161</x:v>
       </x:c>
       <x:c r="CI12" s="3" t="n">
-        <x:v>65346</x:v>
+        <x:v>65970</x:v>
       </x:c>
       <x:c r="CJ12" s="3" t="n">
-        <x:v>65177</x:v>
+        <x:v>65785</x:v>
       </x:c>
       <x:c r="CK12" s="3" t="n">
-        <x:v>69072</x:v>
+        <x:v>69678</x:v>
       </x:c>
       <x:c r="CL12" s="3" t="n">
-        <x:v>72533</x:v>
+        <x:v>73210</x:v>
       </x:c>
       <x:c r="CM12" s="3" t="n">
-        <x:v>68704</x:v>
+        <x:v>69379</x:v>
       </x:c>
       <x:c r="CN12" s="3" t="n">
-        <x:v>70146</x:v>
+        <x:v>70836</x:v>
       </x:c>
       <x:c r="CO12" s="3" t="n">
-        <x:v>73293</x:v>
+        <x:v>73993</x:v>
       </x:c>
       <x:c r="CP12" s="3" t="n">
-        <x:v>79684</x:v>
+        <x:v>80378</x:v>
       </x:c>
       <x:c r="CQ12" s="3" t="n">
-        <x:v>75559</x:v>
+        <x:v>76251</x:v>
       </x:c>
       <x:c r="CR12" s="3" t="n">
-        <x:v>76714</x:v>
+        <x:v>77417</x:v>
       </x:c>
       <x:c r="CS12" s="3" t="n">
-        <x:v>81886</x:v>
+        <x:v>82608</x:v>
       </x:c>
       <x:c r="CT12" s="3" t="n">
-        <x:v>81697</x:v>
+        <x:v>82554</x:v>
       </x:c>
       <x:c r="CU12" s="3" t="n">
-        <x:v>84308</x:v>
+        <x:v>85148</x:v>
       </x:c>
       <x:c r="CV12" s="3" t="n">
-        <x:v>85177</x:v>
+        <x:v>86007</x:v>
       </x:c>
       <x:c r="CW12" s="3" t="n">
-        <x:v>87084</x:v>
+        <x:v>87975</x:v>
       </x:c>
       <x:c r="CX12" s="3" t="n">
-        <x:v>91399</x:v>
+        <x:v>92477</x:v>
       </x:c>
       <x:c r="CY12" s="3" t="n">
-        <x:v>86646</x:v>
+        <x:v>87619</x:v>
       </x:c>
       <x:c r="CZ12" s="3" t="n">
-        <x:v>88531</x:v>
+        <x:v>89480</x:v>
       </x:c>
       <x:c r="DA12" s="3" t="n">
-        <x:v>89773</x:v>
+        <x:v>90782</x:v>
       </x:c>
       <x:c r="DB12" s="3" t="n">
-        <x:v>92797</x:v>
+        <x:v>93763</x:v>
       </x:c>
       <x:c r="DC12" s="3" t="n">
-        <x:v>89809</x:v>
+        <x:v>90776</x:v>
       </x:c>
       <x:c r="DD12" s="3" t="n">
-        <x:v>91676</x:v>
+        <x:v>92674</x:v>
       </x:c>
       <x:c r="DE12" s="3" t="n">
-        <x:v>96644</x:v>
+        <x:v>97640</x:v>
       </x:c>
       <x:c r="DF12" s="3" t="n">
-        <x:v>94165</x:v>
+        <x:v>95163</x:v>
       </x:c>
       <x:c r="DG12" s="3" t="n">
-        <x:v>98175</x:v>
+        <x:v>99226</x:v>
       </x:c>
       <x:c r="DH12" s="3" t="n">
-        <x:v>94870</x:v>
+        <x:v>95946</x:v>
       </x:c>
       <x:c r="DI12" s="3" t="n">
-        <x:v>99685</x:v>
+        <x:v>100765</x:v>
       </x:c>
       <x:c r="DJ12" s="3" t="n">
-        <x:v>103954</x:v>
+        <x:v>105013</x:v>
       </x:c>
       <x:c r="DK12" s="3" t="n">
-        <x:v>100220</x:v>
+        <x:v>101251</x:v>
       </x:c>
       <x:c r="DL12" s="3" t="n">
-        <x:v>102090</x:v>
+        <x:v>103189</x:v>
       </x:c>
       <x:c r="DM12" s="3" t="n">
-        <x:v>106842</x:v>
+        <x:v>107995</x:v>
       </x:c>
       <x:c r="DN12" s="3" t="n">
-        <x:v>109684</x:v>
+        <x:v>111029</x:v>
       </x:c>
       <x:c r="DO12" s="3" t="n">
-        <x:v>107163</x:v>
+        <x:v>108482</x:v>
       </x:c>
       <x:c r="DP12" s="3" t="n">
-        <x:v>109169</x:v>
+        <x:v>110527</x:v>
       </x:c>
       <x:c r="DQ12" s="3" t="n">
-        <x:v>114141</x:v>
+        <x:v>115533</x:v>
       </x:c>
       <x:c r="DR12" s="3" t="n">
-        <x:v>115770</x:v>
+        <x:v>117183</x:v>
       </x:c>
       <x:c r="DS12" s="3" t="n">
-        <x:v>119282</x:v>
+        <x:v>120669</x:v>
       </x:c>
       <x:c r="DT12" s="3" t="n">
-        <x:v>122411</x:v>
+        <x:v>123869</x:v>
       </x:c>
       <x:c r="DU12" s="3" t="n">
-        <x:v>125022</x:v>
+        <x:v>126519</x:v>
       </x:c>
       <x:c r="DV12" s="3" t="n">
-        <x:v>127748</x:v>
+        <x:v>128794</x:v>
       </x:c>
       <x:c r="DW12" s="3" t="n">
-        <x:v>130223</x:v>
+        <x:v>131243</x:v>
       </x:c>
       <x:c r="DX12" s="3" t="n">
-        <x:v>133270</x:v>
+        <x:v>134342</x:v>
       </x:c>
       <x:c r="DY12" s="3" t="n">
-        <x:v>133274</x:v>
+        <x:v>134312</x:v>
       </x:c>
       <x:c r="DZ12" s="3" t="n">
-        <x:v>136284</x:v>
+        <x:v>137232</x:v>
       </x:c>
       <x:c r="EA12" s="3" t="n">
-        <x:v>136844</x:v>
+        <x:v>137862</x:v>
       </x:c>
       <x:c r="EB12" s="3" t="n">
-        <x:v>139522</x:v>
+        <x:v>140731</x:v>
       </x:c>
       <x:c r="EC12" s="3" t="n">
-        <x:v>140377</x:v>
+        <x:v>141602</x:v>
       </x:c>
       <x:c r="ED12" s="3" t="n">
-        <x:v>142245</x:v>
+        <x:v>142968</x:v>
       </x:c>
       <x:c r="EE12" s="3" t="n">
-        <x:v>144059</x:v>
+        <x:v>144844</x:v>
       </x:c>
       <x:c r="EF12" s="3" t="n">
-        <x:v>148433</x:v>
+        <x:v>149416</x:v>
       </x:c>
       <x:c r="EG12" s="3" t="n">
-        <x:v>149459</x:v>
+        <x:v>150717</x:v>
       </x:c>
       <x:c r="EH12" s="3" t="n">
-        <x:v>150743</x:v>
+        <x:v>152046</x:v>
       </x:c>
       <x:c r="EI12" s="3" t="n">
-        <x:v>152501</x:v>
+        <x:v>153919</x:v>
       </x:c>
       <x:c r="EJ12" s="3" t="n">
-        <x:v>155006</x:v>
+        <x:v>156562</x:v>
       </x:c>
       <x:c r="EK12" s="3" t="n">
-        <x:v>156554</x:v>
+        <x:v>158201</x:v>
       </x:c>
       <x:c r="EL12" s="3" t="n">
-        <x:v>158682</x:v>
+        <x:v>160418</x:v>
       </x:c>
       <x:c r="EM12" s="3" t="n">
-        <x:v>160852</x:v>
+        <x:v>162675</x:v>
       </x:c>
       <x:c r="EN12" s="3" t="n">
-        <x:v>163412</x:v>
+        <x:v>165158</x:v>
       </x:c>
       <x:c r="EO12" s="3" t="n">
-        <x:v>165377</x:v>
+        <x:v>167138</x:v>
       </x:c>
       <x:c r="EP12" s="3" t="n">
-        <x:v>168006</x:v>
+        <x:v>169402</x:v>
       </x:c>
       <x:c r="EQ12" s="3" t="n">
-        <x:v>170119</x:v>
+        <x:v>171519</x:v>
       </x:c>
       <x:c r="ER12" s="3" t="n">
-        <x:v>172914</x:v>
+        <x:v>174377</x:v>
       </x:c>
       <x:c r="ES12" s="3" t="n">
-        <x:v>175786</x:v>
+        <x:v>177287</x:v>
       </x:c>
       <x:c r="ET12" s="3" t="n">
-        <x:v>176685</x:v>
+        <x:v>178574</x:v>
       </x:c>
       <x:c r="EU12" s="3" t="n">
-        <x:v>186677</x:v>
+        <x:v>188640</x:v>
       </x:c>
       <x:c r="EV12" s="3" t="n">
-        <x:v>180604</x:v>
+        <x:v>182051</x:v>
       </x:c>
       <x:c r="EW12" s="3" t="n">
-        <x:v>179040</x:v>
+        <x:v>180554</x:v>
       </x:c>
       <x:c r="EX12" s="3" t="n">
-        <x:v>182678</x:v>
+        <x:v>184059</x:v>
       </x:c>
       <x:c r="EY12" s="3" t="n">
-        <x:v>194662</x:v>
+        <x:v>196219</x:v>
       </x:c>
       <x:c r="EZ12" s="3" t="n">
-        <x:v>187121</x:v>
+        <x:v>188753</x:v>
       </x:c>
       <x:c r="FA12" s="3" t="n">
-        <x:v>190206</x:v>
+        <x:v>191896</x:v>
       </x:c>
       <x:c r="FB12" s="3" t="n">
-        <x:v>191574</x:v>
+        <x:v>192914</x:v>
       </x:c>
       <x:c r="FC12" s="3" t="n">
-        <x:v>203960</x:v>
+        <x:v>205733</x:v>
       </x:c>
       <x:c r="FD12" s="3" t="n">
-        <x:v>196741</x:v>
+        <x:v>198430</x:v>
       </x:c>
       <x:c r="FE12" s="3" t="n">
-        <x:v>198816</x:v>
+        <x:v>200503</x:v>
       </x:c>
       <x:c r="FF12" s="3" t="n">
-        <x:v>200770</x:v>
+        <x:v>202354</x:v>
       </x:c>
       <x:c r="FG12" s="3" t="n">
-        <x:v>212720</x:v>
+        <x:v>214321</x:v>
       </x:c>
       <x:c r="FH12" s="3" t="n">
-        <x:v>204126</x:v>
+        <x:v>205677</x:v>
       </x:c>
       <x:c r="FI12" s="3" t="n">
-        <x:v>209036</x:v>
+        <x:v>210329</x:v>
       </x:c>
       <x:c r="FJ12" s="3" t="n">
-        <x:v>209916</x:v>
+        <x:v>211341</x:v>
       </x:c>
       <x:c r="FK12" s="3" t="n">
-        <x:v>221626</x:v>
+        <x:v>223133</x:v>
       </x:c>
       <x:c r="FL12" s="3" t="n">
-        <x:v>215967</x:v>
+        <x:v>217359</x:v>
       </x:c>
       <x:c r="FM12" s="3" t="n">
-        <x:v>219479</x:v>
+        <x:v>221012</x:v>
       </x:c>
       <x:c r="FN12" s="3" t="n">
-        <x:v>221138</x:v>
+        <x:v>222783</x:v>
       </x:c>
       <x:c r="FO12" s="3" t="n">
-        <x:v>230558</x:v>
+        <x:v>232512</x:v>
       </x:c>
       <x:c r="FP12" s="3" t="n">
-        <x:v>224664</x:v>
+        <x:v>226478</x:v>
       </x:c>
       <x:c r="FQ12" s="3" t="n">
-        <x:v>228290</x:v>
+        <x:v>230452</x:v>
       </x:c>
       <x:c r="FR12" s="3" t="n">
-        <x:v>233528</x:v>
+        <x:v>235448</x:v>
       </x:c>
       <x:c r="FS12" s="3" t="n">
-        <x:v>248346</x:v>
+        <x:v>250537</x:v>
       </x:c>
       <x:c r="FT12" s="3" t="n">
-        <x:v>240260</x:v>
+        <x:v>242160</x:v>
       </x:c>
       <x:c r="FU12" s="3" t="n">
-        <x:v>248560</x:v>
+        <x:v>250920</x:v>
       </x:c>
       <x:c r="FV12" s="3" t="n">
-        <x:v>250311</x:v>
+        <x:v>253059</x:v>
       </x:c>
       <x:c r="FW12" s="3" t="n">
-        <x:v>264647</x:v>
+        <x:v>267735</x:v>
       </x:c>
       <x:c r="FX12" s="3" t="n">
-        <x:v>256585</x:v>
+        <x:v>259383</x:v>
       </x:c>
       <x:c r="FY12" s="3" t="n">
-        <x:v>263181</x:v>
+        <x:v>265782</x:v>
       </x:c>
       <x:c r="FZ12" s="3" t="n">
-        <x:v>265743</x:v>
+        <x:v>267938</x:v>
       </x:c>
       <x:c r="GA12" s="3" t="n">
-        <x:v>283079</x:v>
+        <x:v>285274</x:v>
       </x:c>
       <x:c r="GB12" s="3" t="n">
-        <x:v>277680</x:v>
+        <x:v>279416</x:v>
       </x:c>
       <x:c r="GC12" s="3" t="n">
-        <x:v>289962</x:v>
+        <x:v>291400</x:v>
       </x:c>
       <x:c r="GD12" s="3" t="n">
-        <x:v>286815</x:v>
+        <x:v>287614</x:v>
       </x:c>
       <x:c r="GE12" s="3" t="n">
-        <x:v>302213</x:v>
+        <x:v>303582</x:v>
       </x:c>
       <x:c r="GF12" s="3" t="n">
-        <x:v>294574</x:v>
+        <x:v>295312</x:v>
       </x:c>
       <x:c r="GG12" s="3" t="n">
-        <x:v>300311</x:v>
+        <x:v>301320</x:v>
       </x:c>
       <x:c r="GH12" s="3" t="n">
-        <x:v>301913</x:v>
+        <x:v>302349</x:v>
       </x:c>
       <x:c r="GI12" s="3" t="n">
-        <x:v>319122</x:v>
+        <x:v>319494</x:v>
+      </x:c>
+      <x:c r="GJ12" s="3" t="n">
+        <x:v>309150</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:191">
+    <x:row r="13" spans="1:192">
       <x:c r="A13" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>5021</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>5077</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>5133</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>5133</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>5353</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>5413</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
         <x:v>5472</x:v>
       </x:c>
       <x:c r="I13" s="3" t="n">
         <x:v>5472</x:v>
       </x:c>
@@ -6618,419 +6648,422 @@
       <x:c r="BJ13" s="3" t="n">
         <x:v>19407</x:v>
       </x:c>
       <x:c r="BK13" s="3" t="n">
         <x:v>18916</x:v>
       </x:c>
       <x:c r="BL13" s="3" t="n">
         <x:v>19551</x:v>
       </x:c>
       <x:c r="BM13" s="3" t="n">
         <x:v>20151</x:v>
       </x:c>
       <x:c r="BN13" s="3" t="n">
         <x:v>19525</x:v>
       </x:c>
       <x:c r="BO13" s="3" t="n">
         <x:v>19455</x:v>
       </x:c>
       <x:c r="BP13" s="3" t="n">
         <x:v>19951</x:v>
       </x:c>
       <x:c r="BQ13" s="3" t="n">
         <x:v>20533</x:v>
       </x:c>
       <x:c r="BR13" s="3" t="n">
-        <x:v>20229</x:v>
+        <x:v>20512</x:v>
       </x:c>
       <x:c r="BS13" s="3" t="n">
-        <x:v>19292</x:v>
+        <x:v>19571</x:v>
       </x:c>
       <x:c r="BT13" s="3" t="n">
-        <x:v>20064</x:v>
+        <x:v>20349</x:v>
       </x:c>
       <x:c r="BU13" s="3" t="n">
-        <x:v>20671</x:v>
+        <x:v>20956</x:v>
       </x:c>
       <x:c r="BV13" s="3" t="n">
-        <x:v>21429</x:v>
+        <x:v>21746</x:v>
       </x:c>
       <x:c r="BW13" s="3" t="n">
-        <x:v>20585</x:v>
+        <x:v>20897</x:v>
       </x:c>
       <x:c r="BX13" s="3" t="n">
-        <x:v>21587</x:v>
+        <x:v>21908</x:v>
       </x:c>
       <x:c r="BY13" s="3" t="n">
-        <x:v>22103</x:v>
+        <x:v>22419</x:v>
       </x:c>
       <x:c r="BZ13" s="3" t="n">
-        <x:v>21773</x:v>
+        <x:v>22075</x:v>
       </x:c>
       <x:c r="CA13" s="3" t="n">
-        <x:v>22544</x:v>
+        <x:v>22865</x:v>
       </x:c>
       <x:c r="CB13" s="3" t="n">
-        <x:v>22815</x:v>
+        <x:v>23154</x:v>
       </x:c>
       <x:c r="CC13" s="3" t="n">
-        <x:v>23484</x:v>
+        <x:v>23835</x:v>
       </x:c>
       <x:c r="CD13" s="3" t="n">
-        <x:v>24046</x:v>
+        <x:v>24383</x:v>
       </x:c>
       <x:c r="CE13" s="3" t="n">
-        <x:v>23403</x:v>
+        <x:v>23771</x:v>
       </x:c>
       <x:c r="CF13" s="3" t="n">
-        <x:v>24539</x:v>
+        <x:v>24902</x:v>
       </x:c>
       <x:c r="CG13" s="3" t="n">
-        <x:v>25136</x:v>
+        <x:v>25473</x:v>
       </x:c>
       <x:c r="CH13" s="3" t="n">
-        <x:v>26258</x:v>
+        <x:v>26676</x:v>
       </x:c>
       <x:c r="CI13" s="3" t="n">
-        <x:v>25402</x:v>
+        <x:v>25799</x:v>
       </x:c>
       <x:c r="CJ13" s="3" t="n">
-        <x:v>25884</x:v>
+        <x:v>26253</x:v>
       </x:c>
       <x:c r="CK13" s="3" t="n">
-        <x:v>26424</x:v>
+        <x:v>26788</x:v>
       </x:c>
       <x:c r="CL13" s="3" t="n">
-        <x:v>28329</x:v>
+        <x:v>28749</x:v>
       </x:c>
       <x:c r="CM13" s="3" t="n">
-        <x:v>27078</x:v>
+        <x:v>27503</x:v>
       </x:c>
       <x:c r="CN13" s="3" t="n">
-        <x:v>27878</x:v>
+        <x:v>28307</x:v>
       </x:c>
       <x:c r="CO13" s="3" t="n">
-        <x:v>28463</x:v>
+        <x:v>28896</x:v>
       </x:c>
       <x:c r="CP13" s="3" t="n">
-        <x:v>30405</x:v>
+        <x:v>30861</x:v>
       </x:c>
       <x:c r="CQ13" s="3" t="n">
-        <x:v>29115</x:v>
+        <x:v>29576</x:v>
       </x:c>
       <x:c r="CR13" s="3" t="n">
-        <x:v>29940</x:v>
+        <x:v>30403</x:v>
       </x:c>
       <x:c r="CS13" s="3" t="n">
-        <x:v>30285</x:v>
+        <x:v>30750</x:v>
       </x:c>
       <x:c r="CT13" s="3" t="n">
-        <x:v>42726</x:v>
+        <x:v>43250</x:v>
       </x:c>
       <x:c r="CU13" s="3" t="n">
-        <x:v>43680</x:v>
+        <x:v>44166</x:v>
       </x:c>
       <x:c r="CV13" s="3" t="n">
-        <x:v>45046</x:v>
+        <x:v>45511</x:v>
       </x:c>
       <x:c r="CW13" s="3" t="n">
-        <x:v>44498</x:v>
+        <x:v>45019</x:v>
       </x:c>
       <x:c r="CX13" s="3" t="n">
-        <x:v>46386</x:v>
+        <x:v>47076</x:v>
       </x:c>
       <x:c r="CY13" s="3" t="n">
-        <x:v>44738</x:v>
+        <x:v>45341</x:v>
       </x:c>
       <x:c r="CZ13" s="3" t="n">
-        <x:v>46232</x:v>
+        <x:v>46793</x:v>
       </x:c>
       <x:c r="DA13" s="3" t="n">
-        <x:v>45521</x:v>
+        <x:v>46146</x:v>
       </x:c>
       <x:c r="DB13" s="3" t="n">
-        <x:v>47651</x:v>
+        <x:v>48516</x:v>
       </x:c>
       <x:c r="DC13" s="3" t="n">
-        <x:v>46640</x:v>
+        <x:v>47508</x:v>
       </x:c>
       <x:c r="DD13" s="3" t="n">
-        <x:v>48651</x:v>
+        <x:v>49546</x:v>
       </x:c>
       <x:c r="DE13" s="3" t="n">
-        <x:v>49138</x:v>
+        <x:v>50027</x:v>
       </x:c>
       <x:c r="DF13" s="3" t="n">
-        <x:v>48513</x:v>
+        <x:v>49405</x:v>
       </x:c>
       <x:c r="DG13" s="3" t="n">
-        <x:v>50251</x:v>
+        <x:v>51190</x:v>
       </x:c>
       <x:c r="DH13" s="3" t="n">
-        <x:v>50470</x:v>
+        <x:v>51434</x:v>
       </x:c>
       <x:c r="DI13" s="3" t="n">
-        <x:v>50623</x:v>
+        <x:v>51588</x:v>
       </x:c>
       <x:c r="DJ13" s="3" t="n">
-        <x:v>53257</x:v>
+        <x:v>54220</x:v>
       </x:c>
       <x:c r="DK13" s="3" t="n">
-        <x:v>51709</x:v>
+        <x:v>52645</x:v>
       </x:c>
       <x:c r="DL13" s="3" t="n">
-        <x:v>53475</x:v>
+        <x:v>54473</x:v>
       </x:c>
       <x:c r="DM13" s="3" t="n">
-        <x:v>54253</x:v>
+        <x:v>55303</x:v>
       </x:c>
       <x:c r="DN13" s="3" t="n">
-        <x:v>56489</x:v>
+        <x:v>57349</x:v>
       </x:c>
       <x:c r="DO13" s="3" t="n">
-        <x:v>55012</x:v>
+        <x:v>55840</x:v>
       </x:c>
       <x:c r="DP13" s="3" t="n">
-        <x:v>56631</x:v>
+        <x:v>57472</x:v>
       </x:c>
       <x:c r="DQ13" s="3" t="n">
-        <x:v>57208</x:v>
+        <x:v>58062</x:v>
       </x:c>
       <x:c r="DR13" s="3" t="n">
-        <x:v>57949</x:v>
+        <x:v>58837</x:v>
       </x:c>
       <x:c r="DS13" s="3" t="n">
-        <x:v>60007</x:v>
+        <x:v>60856</x:v>
       </x:c>
       <x:c r="DT13" s="3" t="n">
-        <x:v>61941</x:v>
+        <x:v>62850</x:v>
       </x:c>
       <x:c r="DU13" s="3" t="n">
-        <x:v>63440</x:v>
+        <x:v>64376</x:v>
       </x:c>
       <x:c r="DV13" s="3" t="n">
-        <x:v>64455</x:v>
+        <x:v>64929</x:v>
       </x:c>
       <x:c r="DW13" s="3" t="n">
-        <x:v>65799</x:v>
+        <x:v>66243</x:v>
       </x:c>
       <x:c r="DX13" s="3" t="n">
-        <x:v>66836</x:v>
+        <x:v>67310</x:v>
       </x:c>
       <x:c r="DY13" s="3" t="n">
-        <x:v>67095</x:v>
+        <x:v>67528</x:v>
       </x:c>
       <x:c r="DZ13" s="3" t="n">
-        <x:v>67960</x:v>
+        <x:v>68286</x:v>
       </x:c>
       <x:c r="EA13" s="3" t="n">
-        <x:v>68569</x:v>
+        <x:v>68966</x:v>
       </x:c>
       <x:c r="EB13" s="3" t="n">
-        <x:v>69888</x:v>
+        <x:v>70466</x:v>
       </x:c>
       <x:c r="EC13" s="3" t="n">
-        <x:v>69658</x:v>
+        <x:v>70237</x:v>
       </x:c>
       <x:c r="ED13" s="3" t="n">
-        <x:v>70712</x:v>
+        <x:v>70821</x:v>
       </x:c>
       <x:c r="EE13" s="3" t="n">
-        <x:v>71437</x:v>
+        <x:v>71591</x:v>
       </x:c>
       <x:c r="EF13" s="3" t="n">
-        <x:v>73704</x:v>
+        <x:v>74042</x:v>
       </x:c>
       <x:c r="EG13" s="3" t="n">
-        <x:v>73929</x:v>
+        <x:v>74531</x:v>
       </x:c>
       <x:c r="EH13" s="3" t="n">
-        <x:v>73712</x:v>
+        <x:v>74327</x:v>
       </x:c>
       <x:c r="EI13" s="3" t="n">
-        <x:v>75068</x:v>
+        <x:v>75792</x:v>
       </x:c>
       <x:c r="EJ13" s="3" t="n">
-        <x:v>76494</x:v>
+        <x:v>77356</x:v>
       </x:c>
       <x:c r="EK13" s="3" t="n">
-        <x:v>77242</x:v>
+        <x:v>78185</x:v>
       </x:c>
       <x:c r="EL13" s="3" t="n">
-        <x:v>77874</x:v>
+        <x:v>78893</x:v>
       </x:c>
       <x:c r="EM13" s="3" t="n">
-        <x:v>78540</x:v>
+        <x:v>79625</x:v>
       </x:c>
       <x:c r="EN13" s="3" t="n">
-        <x:v>79863</x:v>
+        <x:v>80852</x:v>
       </x:c>
       <x:c r="EO13" s="3" t="n">
-        <x:v>80677</x:v>
+        <x:v>81670</x:v>
       </x:c>
       <x:c r="EP13" s="3" t="n">
-        <x:v>81919</x:v>
+        <x:v>83182</x:v>
       </x:c>
       <x:c r="EQ13" s="3" t="n">
-        <x:v>83493</x:v>
+        <x:v>84760</x:v>
       </x:c>
       <x:c r="ER13" s="3" t="n">
-        <x:v>85268</x:v>
+        <x:v>86596</x:v>
       </x:c>
       <x:c r="ES13" s="3" t="n">
-        <x:v>86736</x:v>
+        <x:v>88094</x:v>
       </x:c>
       <x:c r="ET13" s="3" t="n">
-        <x:v>87290</x:v>
+        <x:v>89233</x:v>
       </x:c>
       <x:c r="EU13" s="3" t="n">
-        <x:v>91268</x:v>
+        <x:v>93313</x:v>
       </x:c>
       <x:c r="EV13" s="3" t="n">
-        <x:v>88538</x:v>
+        <x:v>90057</x:v>
       </x:c>
       <x:c r="EW13" s="3" t="n">
-        <x:v>90928</x:v>
+        <x:v>92517</x:v>
       </x:c>
       <x:c r="EX13" s="3" t="n">
-        <x:v>90608</x:v>
+        <x:v>91885</x:v>
       </x:c>
       <x:c r="EY13" s="3" t="n">
-        <x:v>95978</x:v>
+        <x:v>97395</x:v>
       </x:c>
       <x:c r="EZ13" s="3" t="n">
-        <x:v>91603</x:v>
+        <x:v>93069</x:v>
       </x:c>
       <x:c r="FA13" s="3" t="n">
-        <x:v>95400</x:v>
+        <x:v>96878</x:v>
       </x:c>
       <x:c r="FB13" s="3" t="n">
-        <x:v>93974</x:v>
+        <x:v>95018</x:v>
       </x:c>
       <x:c r="FC13" s="3" t="n">
-        <x:v>100520</x:v>
+        <x:v>101930</x:v>
       </x:c>
       <x:c r="FD13" s="3" t="n">
-        <x:v>96349</x:v>
+        <x:v>97715</x:v>
       </x:c>
       <x:c r="FE13" s="3" t="n">
-        <x:v>98569</x:v>
+        <x:v>100023</x:v>
       </x:c>
       <x:c r="FF13" s="3" t="n">
-        <x:v>97713</x:v>
+        <x:v>99173</x:v>
       </x:c>
       <x:c r="FG13" s="3" t="n">
-        <x:v>103634</x:v>
+        <x:v>105242</x:v>
       </x:c>
       <x:c r="FH13" s="3" t="n">
-        <x:v>99261</x:v>
+        <x:v>100964</x:v>
       </x:c>
       <x:c r="FI13" s="3" t="n">
-        <x:v>103605</x:v>
+        <x:v>105190</x:v>
       </x:c>
       <x:c r="FJ13" s="3" t="n">
-        <x:v>102539</x:v>
+        <x:v>104382</x:v>
       </x:c>
       <x:c r="FK13" s="3" t="n">
-        <x:v>108101</x:v>
+        <x:v>110081</x:v>
       </x:c>
       <x:c r="FL13" s="3" t="n">
-        <x:v>104175</x:v>
+        <x:v>105949</x:v>
       </x:c>
       <x:c r="FM13" s="3" t="n">
-        <x:v>108482</x:v>
+        <x:v>110196</x:v>
       </x:c>
       <x:c r="FN13" s="3" t="n">
-        <x:v>109229</x:v>
+        <x:v>110772</x:v>
       </x:c>
       <x:c r="FO13" s="3" t="n">
-        <x:v>114181</x:v>
+        <x:v>115791</x:v>
       </x:c>
       <x:c r="FP13" s="3" t="n">
-        <x:v>111137</x:v>
+        <x:v>112531</x:v>
       </x:c>
       <x:c r="FQ13" s="3" t="n">
-        <x:v>115208</x:v>
+        <x:v>116990</x:v>
       </x:c>
       <x:c r="FR13" s="3" t="n">
-        <x:v>115457</x:v>
+        <x:v>117110</x:v>
       </x:c>
       <x:c r="FS13" s="3" t="n">
-        <x:v>122377</x:v>
+        <x:v>124330</x:v>
       </x:c>
       <x:c r="FT13" s="3" t="n">
-        <x:v>117858</x:v>
+        <x:v>119433</x:v>
       </x:c>
       <x:c r="FU13" s="3" t="n">
-        <x:v>125883</x:v>
+        <x:v>127677</x:v>
       </x:c>
       <x:c r="FV13" s="3" t="n">
-        <x:v>124305</x:v>
+        <x:v>126206</x:v>
       </x:c>
       <x:c r="FW13" s="3" t="n">
-        <x:v>131973</x:v>
+        <x:v>134019</x:v>
       </x:c>
       <x:c r="FX13" s="3" t="n">
-        <x:v>128017</x:v>
+        <x:v>129752</x:v>
       </x:c>
       <x:c r="FY13" s="3" t="n">
-        <x:v>135758</x:v>
+        <x:v>137442</x:v>
       </x:c>
       <x:c r="FZ13" s="3" t="n">
-        <x:v>134429</x:v>
+        <x:v>135981</x:v>
       </x:c>
       <x:c r="GA13" s="3" t="n">
-        <x:v>142171</x:v>
+        <x:v>143877</x:v>
       </x:c>
       <x:c r="GB13" s="3" t="n">
-        <x:v>138242</x:v>
+        <x:v>139688</x:v>
       </x:c>
       <x:c r="GC13" s="3" t="n">
-        <x:v>149454</x:v>
+        <x:v>150748</x:v>
       </x:c>
       <x:c r="GD13" s="3" t="n">
-        <x:v>145129</x:v>
+        <x:v>146478</x:v>
       </x:c>
       <x:c r="GE13" s="3" t="n">
-        <x:v>153967</x:v>
+        <x:v>155477</x:v>
       </x:c>
       <x:c r="GF13" s="3" t="n">
-        <x:v>148456</x:v>
+        <x:v>149982</x:v>
       </x:c>
       <x:c r="GG13" s="3" t="n">
-        <x:v>155007</x:v>
+        <x:v>157025</x:v>
       </x:c>
       <x:c r="GH13" s="3" t="n">
-        <x:v>153834</x:v>
+        <x:v>155153</x:v>
       </x:c>
       <x:c r="GI13" s="3" t="n">
-        <x:v>164425</x:v>
+        <x:v>165765</x:v>
+      </x:c>
+      <x:c r="GJ13" s="3" t="n">
+        <x:v>159089</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:191">
+    <x:row r="14" spans="1:192">
       <x:c r="A14" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>3394</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>3432</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
         <x:v>3470</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
         <x:v>3470</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
         <x:v>3604</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
         <x:v>3645</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
         <x:v>3685</x:v>
       </x:c>
       <x:c r="I14" s="3" t="n">
         <x:v>3685</x:v>
       </x:c>
@@ -7193,419 +7226,422 @@
       <x:c r="BJ14" s="3" t="n">
         <x:v>14177</x:v>
       </x:c>
       <x:c r="BK14" s="3" t="n">
         <x:v>13788</x:v>
       </x:c>
       <x:c r="BL14" s="3" t="n">
         <x:v>14356</x:v>
       </x:c>
       <x:c r="BM14" s="3" t="n">
         <x:v>14723</x:v>
       </x:c>
       <x:c r="BN14" s="3" t="n">
         <x:v>14337</x:v>
       </x:c>
       <x:c r="BO14" s="3" t="n">
         <x:v>14288</x:v>
       </x:c>
       <x:c r="BP14" s="3" t="n">
         <x:v>14747</x:v>
       </x:c>
       <x:c r="BQ14" s="3" t="n">
         <x:v>15068</x:v>
       </x:c>
       <x:c r="BR14" s="3" t="n">
-        <x:v>15000</x:v>
+        <x:v>15283</x:v>
       </x:c>
       <x:c r="BS14" s="3" t="n">
-        <x:v>14302</x:v>
+        <x:v>14581</x:v>
       </x:c>
       <x:c r="BT14" s="3" t="n">
-        <x:v>14972</x:v>
+        <x:v>15257</x:v>
       </x:c>
       <x:c r="BU14" s="3" t="n">
-        <x:v>15327</x:v>
+        <x:v>15613</x:v>
       </x:c>
       <x:c r="BV14" s="3" t="n">
-        <x:v>15884</x:v>
+        <x:v>16201</x:v>
       </x:c>
       <x:c r="BW14" s="3" t="n">
-        <x:v>15272</x:v>
+        <x:v>15585</x:v>
       </x:c>
       <x:c r="BX14" s="3" t="n">
-        <x:v>16132</x:v>
+        <x:v>16453</x:v>
       </x:c>
       <x:c r="BY14" s="3" t="n">
-        <x:v>16429</x:v>
+        <x:v>16745</x:v>
       </x:c>
       <x:c r="BZ14" s="3" t="n">
-        <x:v>16143</x:v>
+        <x:v>16445</x:v>
       </x:c>
       <x:c r="CA14" s="3" t="n">
-        <x:v>16762</x:v>
+        <x:v>17083</x:v>
       </x:c>
       <x:c r="CB14" s="3" t="n">
-        <x:v>17078</x:v>
+        <x:v>17416</x:v>
       </x:c>
       <x:c r="CC14" s="3" t="n">
-        <x:v>17525</x:v>
+        <x:v>17876</x:v>
       </x:c>
       <x:c r="CD14" s="3" t="n">
-        <x:v>17889</x:v>
+        <x:v>18226</x:v>
       </x:c>
       <x:c r="CE14" s="3" t="n">
-        <x:v>17415</x:v>
+        <x:v>17783</x:v>
       </x:c>
       <x:c r="CF14" s="3" t="n">
-        <x:v>18390</x:v>
+        <x:v>18753</x:v>
       </x:c>
       <x:c r="CG14" s="3" t="n">
-        <x:v>18685</x:v>
+        <x:v>19022</x:v>
       </x:c>
       <x:c r="CH14" s="3" t="n">
-        <x:v>19659</x:v>
+        <x:v>20077</x:v>
       </x:c>
       <x:c r="CI14" s="3" t="n">
-        <x:v>18875</x:v>
+        <x:v>19273</x:v>
       </x:c>
       <x:c r="CJ14" s="3" t="n">
-        <x:v>19404</x:v>
+        <x:v>19774</x:v>
       </x:c>
       <x:c r="CK14" s="3" t="n">
-        <x:v>19646</x:v>
+        <x:v>20010</x:v>
       </x:c>
       <x:c r="CL14" s="3" t="n">
-        <x:v>21181</x:v>
+        <x:v>21601</x:v>
       </x:c>
       <x:c r="CM14" s="3" t="n">
-        <x:v>20216</x:v>
+        <x:v>20641</x:v>
       </x:c>
       <x:c r="CN14" s="3" t="n">
-        <x:v>21023</x:v>
+        <x:v>21451</x:v>
       </x:c>
       <x:c r="CO14" s="3" t="n">
-        <x:v>21275</x:v>
+        <x:v>21707</x:v>
       </x:c>
       <x:c r="CP14" s="3" t="n">
-        <x:v>22996</x:v>
+        <x:v>23452</x:v>
       </x:c>
       <x:c r="CQ14" s="3" t="n">
-        <x:v>22023</x:v>
+        <x:v>22484</x:v>
       </x:c>
       <x:c r="CR14" s="3" t="n">
-        <x:v>22901</x:v>
+        <x:v>23364</x:v>
       </x:c>
       <x:c r="CS14" s="3" t="n">
-        <x:v>22969</x:v>
+        <x:v>23434</x:v>
       </x:c>
       <x:c r="CT14" s="3" t="n">
-        <x:v>35180</x:v>
+        <x:v>35704</x:v>
       </x:c>
       <x:c r="CU14" s="3" t="n">
-        <x:v>36349</x:v>
+        <x:v>36835</x:v>
       </x:c>
       <x:c r="CV14" s="3" t="n">
-        <x:v>37898</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="CW14" s="3" t="n">
-        <x:v>36912</x:v>
+        <x:v>37434</x:v>
       </x:c>
       <x:c r="CX14" s="3" t="n">
-        <x:v>38610</x:v>
+        <x:v>39301</x:v>
       </x:c>
       <x:c r="CY14" s="3" t="n">
-        <x:v>37482</x:v>
+        <x:v>38084</x:v>
       </x:c>
       <x:c r="CZ14" s="3" t="n">
-        <x:v>39103</x:v>
+        <x:v>39664</x:v>
       </x:c>
       <x:c r="DA14" s="3" t="n">
-        <x:v>37990</x:v>
+        <x:v>38615</x:v>
       </x:c>
       <x:c r="DB14" s="3" t="n">
-        <x:v>39963</x:v>
+        <x:v>40828</x:v>
       </x:c>
       <x:c r="DC14" s="3" t="n">
-        <x:v>39179</x:v>
+        <x:v>40047</x:v>
       </x:c>
       <x:c r="DD14" s="3" t="n">
-        <x:v>41051</x:v>
+        <x:v>41945</x:v>
       </x:c>
       <x:c r="DE14" s="3" t="n">
-        <x:v>41210</x:v>
+        <x:v>42098</x:v>
       </x:c>
       <x:c r="DF14" s="3" t="n">
-        <x:v>40423</x:v>
+        <x:v>41315</x:v>
       </x:c>
       <x:c r="DG14" s="3" t="n">
-        <x:v>42319</x:v>
+        <x:v>43257</x:v>
       </x:c>
       <x:c r="DH14" s="3" t="n">
-        <x:v>42869</x:v>
+        <x:v>43833</x:v>
       </x:c>
       <x:c r="DI14" s="3" t="n">
-        <x:v>42940</x:v>
+        <x:v>43905</x:v>
       </x:c>
       <x:c r="DJ14" s="3" t="n">
-        <x:v>45290</x:v>
+        <x:v>46253</x:v>
       </x:c>
       <x:c r="DK14" s="3" t="n">
-        <x:v>43954</x:v>
+        <x:v>44891</x:v>
       </x:c>
       <x:c r="DL14" s="3" t="n">
-        <x:v>45477</x:v>
+        <x:v>46475</x:v>
       </x:c>
       <x:c r="DM14" s="3" t="n">
-        <x:v>45857</x:v>
+        <x:v>46907</x:v>
       </x:c>
       <x:c r="DN14" s="3" t="n">
-        <x:v>48191</x:v>
+        <x:v>49103</x:v>
       </x:c>
       <x:c r="DO14" s="3" t="n">
-        <x:v>46854</x:v>
+        <x:v>47732</x:v>
       </x:c>
       <x:c r="DP14" s="3" t="n">
-        <x:v>48380</x:v>
+        <x:v>49272</x:v>
       </x:c>
       <x:c r="DQ14" s="3" t="n">
-        <x:v>48663</x:v>
+        <x:v>49571</x:v>
       </x:c>
       <x:c r="DR14" s="3" t="n">
-        <x:v>49699</x:v>
+        <x:v>50642</x:v>
       </x:c>
       <x:c r="DS14" s="3" t="n">
-        <x:v>51494</x:v>
+        <x:v>52399</x:v>
       </x:c>
       <x:c r="DT14" s="3" t="n">
-        <x:v>53140</x:v>
+        <x:v>54108</x:v>
       </x:c>
       <x:c r="DU14" s="3" t="n">
-        <x:v>54254</x:v>
+        <x:v>55251</x:v>
       </x:c>
       <x:c r="DV14" s="3" t="n">
-        <x:v>55269</x:v>
+        <x:v>55862</x:v>
       </x:c>
       <x:c r="DW14" s="3" t="n">
-        <x:v>56367</x:v>
+        <x:v>56934</x:v>
       </x:c>
       <x:c r="DX14" s="3" t="n">
-        <x:v>57577</x:v>
+        <x:v>58171</x:v>
       </x:c>
       <x:c r="DY14" s="3" t="n">
-        <x:v>58125</x:v>
+        <x:v>58674</x:v>
       </x:c>
       <x:c r="DZ14" s="3" t="n">
-        <x:v>58378</x:v>
+        <x:v>58815</x:v>
       </x:c>
       <x:c r="EA14" s="3" t="n">
-        <x:v>58981</x:v>
+        <x:v>59488</x:v>
       </x:c>
       <x:c r="EB14" s="3" t="n">
-        <x:v>60471</x:v>
+        <x:v>61158</x:v>
       </x:c>
       <x:c r="EC14" s="3" t="n">
-        <x:v>60350</x:v>
+        <x:v>61036</x:v>
       </x:c>
       <x:c r="ED14" s="3" t="n">
-        <x:v>61380</x:v>
+        <x:v>61692</x:v>
       </x:c>
       <x:c r="EE14" s="3" t="n">
-        <x:v>61962</x:v>
+        <x:v>62322</x:v>
       </x:c>
       <x:c r="EF14" s="3" t="n">
-        <x:v>64066</x:v>
+        <x:v>64613</x:v>
       </x:c>
       <x:c r="EG14" s="3" t="n">
-        <x:v>64104</x:v>
+        <x:v>64919</x:v>
       </x:c>
       <x:c r="EH14" s="3" t="n">
-        <x:v>64019</x:v>
+        <x:v>64635</x:v>
       </x:c>
       <x:c r="EI14" s="3" t="n">
-        <x:v>65267</x:v>
+        <x:v>65991</x:v>
       </x:c>
       <x:c r="EJ14" s="3" t="n">
-        <x:v>66578</x:v>
+        <x:v>67440</x:v>
       </x:c>
       <x:c r="EK14" s="3" t="n">
-        <x:v>67228</x:v>
+        <x:v>68171</x:v>
       </x:c>
       <x:c r="EL14" s="3" t="n">
-        <x:v>67755</x:v>
+        <x:v>68774</x:v>
       </x:c>
       <x:c r="EM14" s="3" t="n">
-        <x:v>68416</x:v>
+        <x:v>69502</x:v>
       </x:c>
       <x:c r="EN14" s="3" t="n">
-        <x:v>69618</x:v>
+        <x:v>70607</x:v>
       </x:c>
       <x:c r="EO14" s="3" t="n">
-        <x:v>70584</x:v>
+        <x:v>71576</x:v>
       </x:c>
       <x:c r="EP14" s="3" t="n">
-        <x:v>71497</x:v>
+        <x:v>72761</x:v>
       </x:c>
       <x:c r="EQ14" s="3" t="n">
-        <x:v>73033</x:v>
+        <x:v>74300</x:v>
       </x:c>
       <x:c r="ER14" s="3" t="n">
-        <x:v>74690</x:v>
+        <x:v>76018</x:v>
       </x:c>
       <x:c r="ES14" s="3" t="n">
-        <x:v>76090</x:v>
+        <x:v>77448</x:v>
       </x:c>
       <x:c r="ET14" s="3" t="n">
-        <x:v>76806</x:v>
+        <x:v>78748</x:v>
       </x:c>
       <x:c r="EU14" s="3" t="n">
-        <x:v>79948</x:v>
+        <x:v>81993</x:v>
       </x:c>
       <x:c r="EV14" s="3" t="n">
-        <x:v>77936</x:v>
+        <x:v>79455</x:v>
       </x:c>
       <x:c r="EW14" s="3" t="n">
-        <x:v>79724</x:v>
+        <x:v>81313</x:v>
       </x:c>
       <x:c r="EX14" s="3" t="n">
-        <x:v>79933</x:v>
+        <x:v>81209</x:v>
       </x:c>
       <x:c r="EY14" s="3" t="n">
-        <x:v>84484</x:v>
+        <x:v>85900</x:v>
       </x:c>
       <x:c r="EZ14" s="3" t="n">
-        <x:v>80832</x:v>
+        <x:v>82298</x:v>
       </x:c>
       <x:c r="FA14" s="3" t="n">
-        <x:v>83943</x:v>
+        <x:v>85421</x:v>
       </x:c>
       <x:c r="FB14" s="3" t="n">
-        <x:v>83063</x:v>
+        <x:v>84107</x:v>
       </x:c>
       <x:c r="FC14" s="3" t="n">
-        <x:v>88628</x:v>
+        <x:v>90039</x:v>
       </x:c>
       <x:c r="FD14" s="3" t="n">
-        <x:v>85205</x:v>
+        <x:v>86570</x:v>
       </x:c>
       <x:c r="FE14" s="3" t="n">
-        <x:v>86741</x:v>
+        <x:v>88195</x:v>
       </x:c>
       <x:c r="FF14" s="3" t="n">
-        <x:v>86414</x:v>
+        <x:v>87874</x:v>
       </x:c>
       <x:c r="FG14" s="3" t="n">
-        <x:v>91437</x:v>
+        <x:v>93045</x:v>
       </x:c>
       <x:c r="FH14" s="3" t="n">
-        <x:v>87746</x:v>
+        <x:v>89449</x:v>
       </x:c>
       <x:c r="FI14" s="3" t="n">
-        <x:v>90533</x:v>
+        <x:v>92118</x:v>
       </x:c>
       <x:c r="FJ14" s="3" t="n">
-        <x:v>90612</x:v>
+        <x:v>92455</x:v>
       </x:c>
       <x:c r="FK14" s="3" t="n">
-        <x:v>95146</x:v>
+        <x:v>97125</x:v>
       </x:c>
       <x:c r="FL14" s="3" t="n">
-        <x:v>91827</x:v>
+        <x:v>93601</x:v>
       </x:c>
       <x:c r="FM14" s="3" t="n">
-        <x:v>95301</x:v>
+        <x:v>97016</x:v>
       </x:c>
       <x:c r="FN14" s="3" t="n">
-        <x:v>96466</x:v>
+        <x:v>98010</x:v>
       </x:c>
       <x:c r="FO14" s="3" t="n">
-        <x:v>100208</x:v>
+        <x:v>101820</x:v>
       </x:c>
       <x:c r="FP14" s="3" t="n">
-        <x:v>98250</x:v>
+        <x:v>99645</x:v>
       </x:c>
       <x:c r="FQ14" s="3" t="n">
-        <x:v>101410</x:v>
+        <x:v>103191</x:v>
       </x:c>
       <x:c r="FR14" s="3" t="n">
-        <x:v>102026</x:v>
+        <x:v>103676</x:v>
       </x:c>
       <x:c r="FS14" s="3" t="n">
-        <x:v>108140</x:v>
+        <x:v>110090</x:v>
       </x:c>
       <x:c r="FT14" s="3" t="n">
-        <x:v>104129</x:v>
+        <x:v>105704</x:v>
       </x:c>
       <x:c r="FU14" s="3" t="n">
-        <x:v>110835</x:v>
+        <x:v>112635</x:v>
       </x:c>
       <x:c r="FV14" s="3" t="n">
-        <x:v>109776</x:v>
+        <x:v>111690</x:v>
       </x:c>
       <x:c r="FW14" s="3" t="n">
-        <x:v>115739</x:v>
+        <x:v>117803</x:v>
       </x:c>
       <x:c r="FX14" s="3" t="n">
-        <x:v>112609</x:v>
+        <x:v>114359</x:v>
       </x:c>
       <x:c r="FY14" s="3" t="n">
-        <x:v>118966</x:v>
+        <x:v>120656</x:v>
       </x:c>
       <x:c r="FZ14" s="3" t="n">
-        <x:v>117990</x:v>
+        <x:v>119532</x:v>
       </x:c>
       <x:c r="GA14" s="3" t="n">
-        <x:v>124229</x:v>
+        <x:v>125909</x:v>
       </x:c>
       <x:c r="GB14" s="3" t="n">
-        <x:v>120895</x:v>
+        <x:v>122307</x:v>
       </x:c>
       <x:c r="GC14" s="3" t="n">
-        <x:v>130588</x:v>
+        <x:v>131839</x:v>
       </x:c>
       <x:c r="GD14" s="3" t="n">
-        <x:v>126550</x:v>
+        <x:v>127914</x:v>
       </x:c>
       <x:c r="GE14" s="3" t="n">
-        <x:v>133458</x:v>
+        <x:v>135030</x:v>
       </x:c>
       <x:c r="GF14" s="3" t="n">
-        <x:v>129099</x:v>
+        <x:v>130489</x:v>
       </x:c>
       <x:c r="GG14" s="3" t="n">
-        <x:v>134321</x:v>
+        <x:v>136053</x:v>
       </x:c>
       <x:c r="GH14" s="3" t="n">
-        <x:v>133115</x:v>
+        <x:v>134512</x:v>
       </x:c>
       <x:c r="GI14" s="3" t="n">
-        <x:v>140939</x:v>
+        <x:v>142672</x:v>
+      </x:c>
+      <x:c r="GJ14" s="3" t="n">
+        <x:v>137537</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:191">
+    <x:row r="15" spans="1:192">
       <x:c r="A15" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>1627</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>1645</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
         <x:v>1663</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>1663</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
         <x:v>1749</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
         <x:v>1768</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
         <x:v>1788</x:v>
       </x:c>
       <x:c r="I15" s="3" t="n">
         <x:v>1788</x:v>
       </x:c>
@@ -7912,108 +7948,108 @@
       <x:c r="DF15" s="3" t="n">
         <x:v>8090</x:v>
       </x:c>
       <x:c r="DG15" s="3" t="n">
         <x:v>7933</x:v>
       </x:c>
       <x:c r="DH15" s="3" t="n">
         <x:v>7601</x:v>
       </x:c>
       <x:c r="DI15" s="3" t="n">
         <x:v>7683</x:v>
       </x:c>
       <x:c r="DJ15" s="3" t="n">
         <x:v>7967</x:v>
       </x:c>
       <x:c r="DK15" s="3" t="n">
         <x:v>7754</x:v>
       </x:c>
       <x:c r="DL15" s="3" t="n">
         <x:v>7998</x:v>
       </x:c>
       <x:c r="DM15" s="3" t="n">
         <x:v>8396</x:v>
       </x:c>
       <x:c r="DN15" s="3" t="n">
-        <x:v>8297</x:v>
+        <x:v>8246</x:v>
       </x:c>
       <x:c r="DO15" s="3" t="n">
-        <x:v>8159</x:v>
+        <x:v>8108</x:v>
       </x:c>
       <x:c r="DP15" s="3" t="n">
-        <x:v>8252</x:v>
+        <x:v>8201</x:v>
       </x:c>
       <x:c r="DQ15" s="3" t="n">
-        <x:v>8544</x:v>
+        <x:v>8492</x:v>
       </x:c>
       <x:c r="DR15" s="3" t="n">
-        <x:v>8251</x:v>
+        <x:v>8196</x:v>
       </x:c>
       <x:c r="DS15" s="3" t="n">
-        <x:v>8514</x:v>
+        <x:v>8456</x:v>
       </x:c>
       <x:c r="DT15" s="3" t="n">
-        <x:v>8801</x:v>
+        <x:v>8742</x:v>
       </x:c>
       <x:c r="DU15" s="3" t="n">
-        <x:v>9187</x:v>
+        <x:v>9125</x:v>
       </x:c>
       <x:c r="DV15" s="3" t="n">
-        <x:v>9186</x:v>
+        <x:v>9067</x:v>
       </x:c>
       <x:c r="DW15" s="3" t="n">
-        <x:v>9432</x:v>
+        <x:v>9309</x:v>
       </x:c>
       <x:c r="DX15" s="3" t="n">
-        <x:v>9259</x:v>
+        <x:v>9139</x:v>
       </x:c>
       <x:c r="DY15" s="3" t="n">
-        <x:v>8971</x:v>
+        <x:v>8854</x:v>
       </x:c>
       <x:c r="DZ15" s="3" t="n">
-        <x:v>9582</x:v>
+        <x:v>9472</x:v>
       </x:c>
       <x:c r="EA15" s="3" t="n">
-        <x:v>9588</x:v>
+        <x:v>9477</x:v>
       </x:c>
       <x:c r="EB15" s="3" t="n">
-        <x:v>9417</x:v>
+        <x:v>9308</x:v>
       </x:c>
       <x:c r="EC15" s="3" t="n">
-        <x:v>9308</x:v>
+        <x:v>9201</x:v>
       </x:c>
       <x:c r="ED15" s="3" t="n">
-        <x:v>9332</x:v>
+        <x:v>9129</x:v>
       </x:c>
       <x:c r="EE15" s="3" t="n">
-        <x:v>9475</x:v>
+        <x:v>9269</x:v>
       </x:c>
       <x:c r="EF15" s="3" t="n">
-        <x:v>9638</x:v>
+        <x:v>9429</x:v>
       </x:c>
       <x:c r="EG15" s="3" t="n">
-        <x:v>9826</x:v>
+        <x:v>9612</x:v>
       </x:c>
       <x:c r="EH15" s="3" t="n">
         <x:v>9692</x:v>
       </x:c>
       <x:c r="EI15" s="3" t="n">
         <x:v>9801</x:v>
       </x:c>
       <x:c r="EJ15" s="3" t="n">
         <x:v>9916</x:v>
       </x:c>
       <x:c r="EK15" s="3" t="n">
         <x:v>10014</x:v>
       </x:c>
       <x:c r="EL15" s="3" t="n">
         <x:v>10119</x:v>
       </x:c>
       <x:c r="EM15" s="3" t="n">
         <x:v>10124</x:v>
       </x:c>
       <x:c r="EN15" s="3" t="n">
         <x:v>10246</x:v>
       </x:c>
       <x:c r="EO15" s="3" t="n">
         <x:v>10093</x:v>
       </x:c>
@@ -8038,149 +8074,152 @@
       <x:c r="EV15" s="3" t="n">
         <x:v>10602</x:v>
       </x:c>
       <x:c r="EW15" s="3" t="n">
         <x:v>11204</x:v>
       </x:c>
       <x:c r="EX15" s="3" t="n">
         <x:v>10675</x:v>
       </x:c>
       <x:c r="EY15" s="3" t="n">
         <x:v>11495</x:v>
       </x:c>
       <x:c r="EZ15" s="3" t="n">
         <x:v>10771</x:v>
       </x:c>
       <x:c r="FA15" s="3" t="n">
         <x:v>11457</x:v>
       </x:c>
       <x:c r="FB15" s="3" t="n">
         <x:v>10911</x:v>
       </x:c>
       <x:c r="FC15" s="3" t="n">
         <x:v>11891</x:v>
       </x:c>
       <x:c r="FD15" s="3" t="n">
-        <x:v>11144</x:v>
+        <x:v>11145</x:v>
       </x:c>
       <x:c r="FE15" s="3" t="n">
         <x:v>11828</x:v>
       </x:c>
       <x:c r="FF15" s="3" t="n">
         <x:v>11299</x:v>
       </x:c>
       <x:c r="FG15" s="3" t="n">
         <x:v>12197</x:v>
       </x:c>
       <x:c r="FH15" s="3" t="n">
         <x:v>11515</x:v>
       </x:c>
       <x:c r="FI15" s="3" t="n">
         <x:v>13071</x:v>
       </x:c>
       <x:c r="FJ15" s="3" t="n">
         <x:v>11927</x:v>
       </x:c>
       <x:c r="FK15" s="3" t="n">
         <x:v>12955</x:v>
       </x:c>
       <x:c r="FL15" s="3" t="n">
         <x:v>12348</x:v>
       </x:c>
       <x:c r="FM15" s="3" t="n">
-        <x:v>13181</x:v>
+        <x:v>13180</x:v>
       </x:c>
       <x:c r="FN15" s="3" t="n">
         <x:v>12763</x:v>
       </x:c>
       <x:c r="FO15" s="3" t="n">
         <x:v>13972</x:v>
       </x:c>
       <x:c r="FP15" s="3" t="n">
         <x:v>12887</x:v>
       </x:c>
       <x:c r="FQ15" s="3" t="n">
-        <x:v>13798</x:v>
+        <x:v>13799</x:v>
       </x:c>
       <x:c r="FR15" s="3" t="n">
-        <x:v>13431</x:v>
+        <x:v>13434</x:v>
       </x:c>
       <x:c r="FS15" s="3" t="n">
-        <x:v>14237</x:v>
+        <x:v>14240</x:v>
       </x:c>
       <x:c r="FT15" s="3" t="n">
         <x:v>13729</x:v>
       </x:c>
       <x:c r="FU15" s="3" t="n">
-        <x:v>15049</x:v>
+        <x:v>15043</x:v>
       </x:c>
       <x:c r="FV15" s="3" t="n">
-        <x:v>14530</x:v>
+        <x:v>14516</x:v>
       </x:c>
       <x:c r="FW15" s="3" t="n">
-        <x:v>16234</x:v>
+        <x:v>16216</x:v>
       </x:c>
       <x:c r="FX15" s="3" t="n">
-        <x:v>15408</x:v>
+        <x:v>15393</x:v>
       </x:c>
       <x:c r="FY15" s="3" t="n">
-        <x:v>16792</x:v>
+        <x:v>16787</x:v>
       </x:c>
       <x:c r="FZ15" s="3" t="n">
-        <x:v>16439</x:v>
+        <x:v>16449</x:v>
       </x:c>
       <x:c r="GA15" s="3" t="n">
-        <x:v>17942</x:v>
+        <x:v>17968</x:v>
       </x:c>
       <x:c r="GB15" s="3" t="n">
-        <x:v>17347</x:v>
+        <x:v>17381</x:v>
       </x:c>
       <x:c r="GC15" s="3" t="n">
-        <x:v>18866</x:v>
+        <x:v>18909</x:v>
       </x:c>
       <x:c r="GD15" s="3" t="n">
-        <x:v>18580</x:v>
+        <x:v>18564</x:v>
       </x:c>
       <x:c r="GE15" s="3" t="n">
-        <x:v>20509</x:v>
+        <x:v>20447</x:v>
       </x:c>
       <x:c r="GF15" s="3" t="n">
-        <x:v>19357</x:v>
+        <x:v>19494</x:v>
       </x:c>
       <x:c r="GG15" s="3" t="n">
-        <x:v>20686</x:v>
+        <x:v>20972</x:v>
       </x:c>
       <x:c r="GH15" s="3" t="n">
-        <x:v>20719</x:v>
+        <x:v>20641</x:v>
       </x:c>
       <x:c r="GI15" s="3" t="n">
-        <x:v>23486</x:v>
+        <x:v>23093</x:v>
+      </x:c>
+      <x:c r="GJ15" s="3" t="n">
+        <x:v>21552</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:191">
+    <x:row r="16" spans="1:192">
       <x:c r="A16" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>6842</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>6919</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>6995</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>6995</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
         <x:v>7476</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>7560</x:v>
       </x:c>
       <x:c r="H16" s="3" t="n">
         <x:v>7643</x:v>
       </x:c>
       <x:c r="I16" s="3" t="n">
         <x:v>7643</x:v>
       </x:c>
@@ -8343,994 +8382,1000 @@
       <x:c r="BJ16" s="3" t="n">
         <x:v>28038</x:v>
       </x:c>
       <x:c r="BK16" s="3" t="n">
         <x:v>26589</x:v>
       </x:c>
       <x:c r="BL16" s="3" t="n">
         <x:v>26182</x:v>
       </x:c>
       <x:c r="BM16" s="3" t="n">
         <x:v>29129</x:v>
       </x:c>
       <x:c r="BN16" s="3" t="n">
         <x:v>27708</x:v>
       </x:c>
       <x:c r="BO16" s="3" t="n">
         <x:v>28133</x:v>
       </x:c>
       <x:c r="BP16" s="3" t="n">
         <x:v>28302</x:v>
       </x:c>
       <x:c r="BQ16" s="3" t="n">
         <x:v>30423</x:v>
       </x:c>
       <x:c r="BR16" s="3" t="n">
-        <x:v>31256</x:v>
+        <x:v>31417</x:v>
       </x:c>
       <x:c r="BS16" s="3" t="n">
-        <x:v>29105</x:v>
+        <x:v>29262</x:v>
       </x:c>
       <x:c r="BT16" s="3" t="n">
-        <x:v>29587</x:v>
+        <x:v>29751</x:v>
       </x:c>
       <x:c r="BU16" s="3" t="n">
-        <x:v>31695</x:v>
+        <x:v>31866</x:v>
       </x:c>
       <x:c r="BV16" s="3" t="n">
-        <x:v>32527</x:v>
+        <x:v>32684</x:v>
       </x:c>
       <x:c r="BW16" s="3" t="n">
-        <x:v>30968</x:v>
+        <x:v>31120</x:v>
       </x:c>
       <x:c r="BX16" s="3" t="n">
-        <x:v>31564</x:v>
+        <x:v>31726</x:v>
       </x:c>
       <x:c r="BY16" s="3" t="n">
-        <x:v>34021</x:v>
+        <x:v>34185</x:v>
       </x:c>
       <x:c r="BZ16" s="3" t="n">
-        <x:v>32929</x:v>
+        <x:v>33099</x:v>
       </x:c>
       <x:c r="CA16" s="3" t="n">
-        <x:v>34856</x:v>
+        <x:v>35031</x:v>
       </x:c>
       <x:c r="CB16" s="3" t="n">
-        <x:v>33344</x:v>
+        <x:v>33523</x:v>
       </x:c>
       <x:c r="CC16" s="3" t="n">
-        <x:v>36272</x:v>
+        <x:v>36454</x:v>
       </x:c>
       <x:c r="CD16" s="3" t="n">
-        <x:v>36985</x:v>
+        <x:v>37185</x:v>
       </x:c>
       <x:c r="CE16" s="3" t="n">
-        <x:v>36400</x:v>
+        <x:v>36601</x:v>
       </x:c>
       <x:c r="CF16" s="3" t="n">
-        <x:v>37545</x:v>
+        <x:v>37764</x:v>
       </x:c>
       <x:c r="CG16" s="3" t="n">
-        <x:v>40473</x:v>
+        <x:v>40696</x:v>
       </x:c>
       <x:c r="CH16" s="3" t="n">
-        <x:v>40257</x:v>
+        <x:v>40485</x:v>
       </x:c>
       <x:c r="CI16" s="3" t="n">
-        <x:v>39944</x:v>
+        <x:v>40171</x:v>
       </x:c>
       <x:c r="CJ16" s="3" t="n">
-        <x:v>39294</x:v>
+        <x:v>39532</x:v>
       </x:c>
       <x:c r="CK16" s="3" t="n">
-        <x:v>42648</x:v>
+        <x:v>42890</x:v>
       </x:c>
       <x:c r="CL16" s="3" t="n">
-        <x:v>44203</x:v>
+        <x:v>44461</x:v>
       </x:c>
       <x:c r="CM16" s="3" t="n">
-        <x:v>41626</x:v>
+        <x:v>41876</x:v>
       </x:c>
       <x:c r="CN16" s="3" t="n">
-        <x:v>42268</x:v>
+        <x:v>42529</x:v>
       </x:c>
       <x:c r="CO16" s="3" t="n">
-        <x:v>44830</x:v>
+        <x:v>45097</x:v>
       </x:c>
       <x:c r="CP16" s="3" t="n">
-        <x:v>49279</x:v>
+        <x:v>49517</x:v>
       </x:c>
       <x:c r="CQ16" s="3" t="n">
-        <x:v>46444</x:v>
+        <x:v>46675</x:v>
       </x:c>
       <x:c r="CR16" s="3" t="n">
-        <x:v>46774</x:v>
+        <x:v>47014</x:v>
       </x:c>
       <x:c r="CS16" s="3" t="n">
-        <x:v>51601</x:v>
+        <x:v>51858</x:v>
       </x:c>
       <x:c r="CT16" s="3" t="n">
-        <x:v>38971</x:v>
+        <x:v>39304</x:v>
       </x:c>
       <x:c r="CU16" s="3" t="n">
-        <x:v>40628</x:v>
+        <x:v>40982</x:v>
       </x:c>
       <x:c r="CV16" s="3" t="n">
-        <x:v>40131</x:v>
+        <x:v>40496</x:v>
       </x:c>
       <x:c r="CW16" s="3" t="n">
-        <x:v>42587</x:v>
+        <x:v>42956</x:v>
       </x:c>
       <x:c r="CX16" s="3" t="n">
-        <x:v>45012</x:v>
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="CY16" s="3" t="n">
-        <x:v>41908</x:v>
+        <x:v>42278</x:v>
       </x:c>
       <x:c r="CZ16" s="3" t="n">
-        <x:v>42299</x:v>
+        <x:v>42686</x:v>
       </x:c>
       <x:c r="DA16" s="3" t="n">
-        <x:v>44252</x:v>
+        <x:v>44636</x:v>
       </x:c>
       <x:c r="DB16" s="3" t="n">
-        <x:v>45146</x:v>
+        <x:v>45247</x:v>
       </x:c>
       <x:c r="DC16" s="3" t="n">
-        <x:v>43169</x:v>
+        <x:v>43268</x:v>
       </x:c>
       <x:c r="DD16" s="3" t="n">
-        <x:v>43025</x:v>
+        <x:v>43128</x:v>
       </x:c>
       <x:c r="DE16" s="3" t="n">
-        <x:v>47506</x:v>
+        <x:v>47612</x:v>
       </x:c>
       <x:c r="DF16" s="3" t="n">
-        <x:v>45652</x:v>
+        <x:v>45758</x:v>
       </x:c>
       <x:c r="DG16" s="3" t="n">
-        <x:v>47924</x:v>
+        <x:v>48036</x:v>
       </x:c>
       <x:c r="DH16" s="3" t="n">
-        <x:v>44399</x:v>
+        <x:v>44512</x:v>
       </x:c>
       <x:c r="DI16" s="3" t="n">
-        <x:v>49063</x:v>
+        <x:v>49177</x:v>
       </x:c>
       <x:c r="DJ16" s="3" t="n">
-        <x:v>50697</x:v>
+        <x:v>50794</x:v>
       </x:c>
       <x:c r="DK16" s="3" t="n">
-        <x:v>48511</x:v>
+        <x:v>48606</x:v>
       </x:c>
       <x:c r="DL16" s="3" t="n">
-        <x:v>48615</x:v>
+        <x:v>48716</x:v>
       </x:c>
       <x:c r="DM16" s="3" t="n">
-        <x:v>52589</x:v>
+        <x:v>52692</x:v>
       </x:c>
       <x:c r="DN16" s="3" t="n">
-        <x:v>53195</x:v>
+        <x:v>53679</x:v>
       </x:c>
       <x:c r="DO16" s="3" t="n">
-        <x:v>52150</x:v>
+        <x:v>52642</x:v>
       </x:c>
       <x:c r="DP16" s="3" t="n">
-        <x:v>52537</x:v>
+        <x:v>53054</x:v>
       </x:c>
       <x:c r="DQ16" s="3" t="n">
-        <x:v>56934</x:v>
+        <x:v>57471</x:v>
       </x:c>
       <x:c r="DR16" s="3" t="n">
-        <x:v>57820</x:v>
+        <x:v>58345</x:v>
       </x:c>
       <x:c r="DS16" s="3" t="n">
-        <x:v>59275</x:v>
+        <x:v>59814</x:v>
       </x:c>
       <x:c r="DT16" s="3" t="n">
-        <x:v>60470</x:v>
+        <x:v>61020</x:v>
       </x:c>
       <x:c r="DU16" s="3" t="n">
-        <x:v>61582</x:v>
+        <x:v>62143</x:v>
       </x:c>
       <x:c r="DV16" s="3" t="n">
-        <x:v>63293</x:v>
+        <x:v>63865</x:v>
       </x:c>
       <x:c r="DW16" s="3" t="n">
-        <x:v>64423</x:v>
+        <x:v>65001</x:v>
       </x:c>
       <x:c r="DX16" s="3" t="n">
-        <x:v>66434</x:v>
+        <x:v>67032</x:v>
       </x:c>
       <x:c r="DY16" s="3" t="n">
-        <x:v>66178</x:v>
+        <x:v>66784</x:v>
       </x:c>
       <x:c r="DZ16" s="3" t="n">
-        <x:v>68324</x:v>
+        <x:v>68946</x:v>
       </x:c>
       <x:c r="EA16" s="3" t="n">
-        <x:v>68275</x:v>
+        <x:v>68897</x:v>
       </x:c>
       <x:c r="EB16" s="3" t="n">
-        <x:v>69634</x:v>
+        <x:v>70265</x:v>
       </x:c>
       <x:c r="EC16" s="3" t="n">
-        <x:v>70719</x:v>
+        <x:v>71365</x:v>
       </x:c>
       <x:c r="ED16" s="3" t="n">
-        <x:v>71533</x:v>
+        <x:v>72147</x:v>
       </x:c>
       <x:c r="EE16" s="3" t="n">
-        <x:v>72622</x:v>
+        <x:v>73253</x:v>
       </x:c>
       <x:c r="EF16" s="3" t="n">
-        <x:v>74729</x:v>
+        <x:v>75373</x:v>
       </x:c>
       <x:c r="EG16" s="3" t="n">
-        <x:v>75530</x:v>
+        <x:v>76186</x:v>
       </x:c>
       <x:c r="EH16" s="3" t="n">
-        <x:v>77031</x:v>
+        <x:v>77718</x:v>
       </x:c>
       <x:c r="EI16" s="3" t="n">
-        <x:v>77433</x:v>
+        <x:v>78127</x:v>
       </x:c>
       <x:c r="EJ16" s="3" t="n">
-        <x:v>78512</x:v>
+        <x:v>79206</x:v>
       </x:c>
       <x:c r="EK16" s="3" t="n">
-        <x:v>79312</x:v>
+        <x:v>80016</x:v>
       </x:c>
       <x:c r="EL16" s="3" t="n">
-        <x:v>80808</x:v>
+        <x:v>81525</x:v>
       </x:c>
       <x:c r="EM16" s="3" t="n">
-        <x:v>82312</x:v>
+        <x:v>83050</x:v>
       </x:c>
       <x:c r="EN16" s="3" t="n">
-        <x:v>83549</x:v>
+        <x:v>84306</x:v>
       </x:c>
       <x:c r="EO16" s="3" t="n">
-        <x:v>84700</x:v>
+        <x:v>85468</x:v>
       </x:c>
       <x:c r="EP16" s="3" t="n">
-        <x:v>86087</x:v>
+        <x:v>86220</x:v>
       </x:c>
       <x:c r="EQ16" s="3" t="n">
-        <x:v>86626</x:v>
+        <x:v>86759</x:v>
       </x:c>
       <x:c r="ER16" s="3" t="n">
-        <x:v>87646</x:v>
+        <x:v>87781</x:v>
       </x:c>
       <x:c r="ES16" s="3" t="n">
-        <x:v>89050</x:v>
+        <x:v>89194</x:v>
       </x:c>
       <x:c r="ET16" s="3" t="n">
+        <x:v>89341</x:v>
+      </x:c>
+      <x:c r="EU16" s="3" t="n">
+        <x:v>95326</x:v>
+      </x:c>
+      <x:c r="EV16" s="3" t="n">
+        <x:v>91994</x:v>
+      </x:c>
+      <x:c r="EW16" s="3" t="n">
+        <x:v>88037</x:v>
+      </x:c>
+      <x:c r="EX16" s="3" t="n">
+        <x:v>92174</x:v>
+      </x:c>
+      <x:c r="EY16" s="3" t="n">
+        <x:v>98824</x:v>
+      </x:c>
+      <x:c r="EZ16" s="3" t="n">
+        <x:v>95684</x:v>
+      </x:c>
+      <x:c r="FA16" s="3" t="n">
+        <x:v>95018</x:v>
+      </x:c>
+      <x:c r="FB16" s="3" t="n">
+        <x:v>97896</x:v>
+      </x:c>
+      <x:c r="FC16" s="3" t="n">
+        <x:v>103803</x:v>
+      </x:c>
+      <x:c r="FD16" s="3" t="n">
+        <x:v>100715</x:v>
+      </x:c>
+      <x:c r="FE16" s="3" t="n">
+        <x:v>100480</x:v>
+      </x:c>
+      <x:c r="FF16" s="3" t="n">
+        <x:v>103181</x:v>
+      </x:c>
+      <x:c r="FG16" s="3" t="n">
+        <x:v>109079</x:v>
+      </x:c>
+      <x:c r="FH16" s="3" t="n">
+        <x:v>104713</x:v>
+      </x:c>
+      <x:c r="FI16" s="3" t="n">
+        <x:v>105139</x:v>
+      </x:c>
+      <x:c r="FJ16" s="3" t="n">
+        <x:v>106959</x:v>
+      </x:c>
+      <x:c r="FK16" s="3" t="n">
+        <x:v>113052</x:v>
+      </x:c>
+      <x:c r="FL16" s="3" t="n">
+        <x:v>111410</x:v>
+      </x:c>
+      <x:c r="FM16" s="3" t="n">
+        <x:v>110816</x:v>
+      </x:c>
+      <x:c r="FN16" s="3" t="n">
+        <x:v>112011</x:v>
+      </x:c>
+      <x:c r="FO16" s="3" t="n">
+        <x:v>116721</x:v>
+      </x:c>
+      <x:c r="FP16" s="3" t="n">
+        <x:v>113947</x:v>
+      </x:c>
+      <x:c r="FQ16" s="3" t="n">
+        <x:v>113462</x:v>
+      </x:c>
+      <x:c r="FR16" s="3" t="n">
+        <x:v>118338</x:v>
+      </x:c>
+      <x:c r="FS16" s="3" t="n">
+        <x:v>126207</x:v>
+      </x:c>
+      <x:c r="FT16" s="3" t="n">
+        <x:v>122728</x:v>
+      </x:c>
+      <x:c r="FU16" s="3" t="n">
+        <x:v>123243</x:v>
+      </x:c>
+      <x:c r="FV16" s="3" t="n">
+        <x:v>126853</x:v>
+      </x:c>
+      <x:c r="FW16" s="3" t="n">
+        <x:v>133716</x:v>
+      </x:c>
+      <x:c r="FX16" s="3" t="n">
+        <x:v>129631</x:v>
+      </x:c>
+      <x:c r="FY16" s="3" t="n">
+        <x:v>128340</x:v>
+      </x:c>
+      <x:c r="FZ16" s="3" t="n">
+        <x:v>131957</x:v>
+      </x:c>
+      <x:c r="GA16" s="3" t="n">
+        <x:v>141398</x:v>
+      </x:c>
+      <x:c r="GB16" s="3" t="n">
+        <x:v>139728</x:v>
+      </x:c>
+      <x:c r="GC16" s="3" t="n">
+        <x:v>140651</x:v>
+      </x:c>
+      <x:c r="GD16" s="3" t="n">
+        <x:v>141136</x:v>
+      </x:c>
+      <x:c r="GE16" s="3" t="n">
+        <x:v>148105</x:v>
+      </x:c>
+      <x:c r="GF16" s="3" t="n">
+        <x:v>145330</x:v>
+      </x:c>
+      <x:c r="GG16" s="3" t="n">
+        <x:v>144295</x:v>
+      </x:c>
+      <x:c r="GH16" s="3" t="n">
+        <x:v>147196</x:v>
+      </x:c>
+      <x:c r="GI16" s="3" t="n">
+        <x:v>153730</x:v>
+      </x:c>
+      <x:c r="GJ16" s="3" t="n">
+        <x:v>150061</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:192">
+      <x:c r="A17" s="2" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B17" s="3" t="n">
+        <x:v>18489</x:v>
+      </x:c>
+      <x:c r="C17" s="3" t="n">
+        <x:v>20302</x:v>
+      </x:c>
+      <x:c r="D17" s="3" t="n">
+        <x:v>17521</x:v>
+      </x:c>
+      <x:c r="E17" s="3" t="n">
+        <x:v>21304</x:v>
+      </x:c>
+      <x:c r="F17" s="3" t="n">
+        <x:v>17437</x:v>
+      </x:c>
+      <x:c r="G17" s="3" t="n">
+        <x:v>19298</x:v>
+      </x:c>
+      <x:c r="H17" s="3" t="n">
+        <x:v>20612</x:v>
+      </x:c>
+      <x:c r="I17" s="3" t="n">
+        <x:v>24800</x:v>
+      </x:c>
+      <x:c r="J17" s="3" t="n">
+        <x:v>20575</x:v>
+      </x:c>
+      <x:c r="K17" s="3" t="n">
+        <x:v>20729</x:v>
+      </x:c>
+      <x:c r="L17" s="3" t="n">
+        <x:v>23593</x:v>
+      </x:c>
+      <x:c r="M17" s="3" t="n">
+        <x:v>24015</x:v>
+      </x:c>
+      <x:c r="N17" s="3" t="n">
+        <x:v>22246</x:v>
+      </x:c>
+      <x:c r="O17" s="3" t="n">
+        <x:v>22938</x:v>
+      </x:c>
+      <x:c r="P17" s="3" t="n">
+        <x:v>27857</x:v>
+      </x:c>
+      <x:c r="Q17" s="3" t="n">
+        <x:v>29940</x:v>
+      </x:c>
+      <x:c r="R17" s="3" t="n">
+        <x:v>26437</x:v>
+      </x:c>
+      <x:c r="S17" s="3" t="n">
+        <x:v>29191</x:v>
+      </x:c>
+      <x:c r="T17" s="3" t="n">
+        <x:v>28191</x:v>
+      </x:c>
+      <x:c r="U17" s="3" t="n">
+        <x:v>30963</x:v>
+      </x:c>
+      <x:c r="V17" s="3" t="n">
+        <x:v>30948</x:v>
+      </x:c>
+      <x:c r="W17" s="3" t="n">
+        <x:v>32577</x:v>
+      </x:c>
+      <x:c r="X17" s="3" t="n">
+        <x:v>31887</x:v>
+      </x:c>
+      <x:c r="Y17" s="3" t="n">
+        <x:v>34722</x:v>
+      </x:c>
+      <x:c r="Z17" s="3" t="n">
+        <x:v>29571</x:v>
+      </x:c>
+      <x:c r="AA17" s="3" t="n">
+        <x:v>36420</x:v>
+      </x:c>
+      <x:c r="AB17" s="3" t="n">
+        <x:v>36108</x:v>
+      </x:c>
+      <x:c r="AC17" s="3" t="n">
+        <x:v>37488</x:v>
+      </x:c>
+      <x:c r="AD17" s="3" t="n">
+        <x:v>30802</x:v>
+      </x:c>
+      <x:c r="AE17" s="3" t="n">
+        <x:v>33991</x:v>
+      </x:c>
+      <x:c r="AF17" s="3" t="n">
+        <x:v>42150</x:v>
+      </x:c>
+      <x:c r="AG17" s="3" t="n">
+        <x:v>39390</x:v>
+      </x:c>
+      <x:c r="AH17" s="3" t="n">
+        <x:v>38692</x:v>
+      </x:c>
+      <x:c r="AI17" s="3" t="n">
+        <x:v>44285</x:v>
+      </x:c>
+      <x:c r="AJ17" s="3" t="n">
+        <x:v>43820</x:v>
+      </x:c>
+      <x:c r="AK17" s="3" t="n">
+        <x:v>41177</x:v>
+      </x:c>
+      <x:c r="AL17" s="3" t="n">
+        <x:v>39725</x:v>
+      </x:c>
+      <x:c r="AM17" s="3" t="n">
+        <x:v>42940</x:v>
+      </x:c>
+      <x:c r="AN17" s="3" t="n">
+        <x:v>49172</x:v>
+      </x:c>
+      <x:c r="AO17" s="3" t="n">
+        <x:v>53377</x:v>
+      </x:c>
+      <x:c r="AP17" s="3" t="n">
+        <x:v>43897</x:v>
+      </x:c>
+      <x:c r="AQ17" s="3" t="n">
+        <x:v>49178</x:v>
+      </x:c>
+      <x:c r="AR17" s="3" t="n">
+        <x:v>48109</x:v>
+      </x:c>
+      <x:c r="AS17" s="3" t="n">
+        <x:v>56281</x:v>
+      </x:c>
+      <x:c r="AT17" s="3" t="n">
+        <x:v>42756</x:v>
+      </x:c>
+      <x:c r="AU17" s="3" t="n">
+        <x:v>43846</x:v>
+      </x:c>
+      <x:c r="AV17" s="3" t="n">
+        <x:v>44740</x:v>
+      </x:c>
+      <x:c r="AW17" s="3" t="n">
+        <x:v>59342</x:v>
+      </x:c>
+      <x:c r="AX17" s="3" t="n">
+        <x:v>44127</x:v>
+      </x:c>
+      <x:c r="AY17" s="3" t="n">
+        <x:v>43502</x:v>
+      </x:c>
+      <x:c r="AZ17" s="3" t="n">
+        <x:v>39007</x:v>
+      </x:c>
+      <x:c r="BA17" s="3" t="n">
+        <x:v>44994</x:v>
+      </x:c>
+      <x:c r="BB17" s="3" t="n">
+        <x:v>39868</x:v>
+      </x:c>
+      <x:c r="BC17" s="3" t="n">
+        <x:v>39017</x:v>
+      </x:c>
+      <x:c r="BD17" s="3" t="n">
+        <x:v>41642</x:v>
+      </x:c>
+      <x:c r="BE17" s="3" t="n">
+        <x:v>51766</x:v>
+      </x:c>
+      <x:c r="BF17" s="3" t="n">
+        <x:v>36928</x:v>
+      </x:c>
+      <x:c r="BG17" s="3" t="n">
+        <x:v>42169</x:v>
+      </x:c>
+      <x:c r="BH17" s="3" t="n">
+        <x:v>41195</x:v>
+      </x:c>
+      <x:c r="BI17" s="3" t="n">
+        <x:v>49906</x:v>
+      </x:c>
+      <x:c r="BJ17" s="3" t="n">
+        <x:v>40093</x:v>
+      </x:c>
+      <x:c r="BK17" s="3" t="n">
+        <x:v>42652</x:v>
+      </x:c>
+      <x:c r="BL17" s="3" t="n">
+        <x:v>47234</x:v>
+      </x:c>
+      <x:c r="BM17" s="3" t="n">
+        <x:v>53279</x:v>
+      </x:c>
+      <x:c r="BN17" s="3" t="n">
+        <x:v>44640</x:v>
+      </x:c>
+      <x:c r="BO17" s="3" t="n">
+        <x:v>50824</x:v>
+      </x:c>
+      <x:c r="BP17" s="3" t="n">
+        <x:v>48351</x:v>
+      </x:c>
+      <x:c r="BQ17" s="3" t="n">
+        <x:v>50713</x:v>
+      </x:c>
+      <x:c r="BR17" s="3" t="n">
+        <x:v>48490</x:v>
+      </x:c>
+      <x:c r="BS17" s="3" t="n">
+        <x:v>50404</x:v>
+      </x:c>
+      <x:c r="BT17" s="3" t="n">
+        <x:v>51388</x:v>
+      </x:c>
+      <x:c r="BU17" s="3" t="n">
+        <x:v>57063</x:v>
+      </x:c>
+      <x:c r="BV17" s="3" t="n">
+        <x:v>54674</x:v>
+      </x:c>
+      <x:c r="BW17" s="3" t="n">
+        <x:v>55999</x:v>
+      </x:c>
+      <x:c r="BX17" s="3" t="n">
+        <x:v>56468</x:v>
+      </x:c>
+      <x:c r="BY17" s="3" t="n">
+        <x:v>63602</x:v>
+      </x:c>
+      <x:c r="BZ17" s="3" t="n">
+        <x:v>60132</x:v>
+      </x:c>
+      <x:c r="CA17" s="3" t="n">
+        <x:v>67081</x:v>
+      </x:c>
+      <x:c r="CB17" s="3" t="n">
+        <x:v>69181</x:v>
+      </x:c>
+      <x:c r="CC17" s="3" t="n">
+        <x:v>73095</x:v>
+      </x:c>
+      <x:c r="CD17" s="3" t="n">
+        <x:v>73515</x:v>
+      </x:c>
+      <x:c r="CE17" s="3" t="n">
+        <x:v>72245</x:v>
+      </x:c>
+      <x:c r="CF17" s="3" t="n">
+        <x:v>78541</x:v>
+      </x:c>
+      <x:c r="CG17" s="3" t="n">
+        <x:v>84814</x:v>
+      </x:c>
+      <x:c r="CH17" s="3" t="n">
+        <x:v>70857</x:v>
+      </x:c>
+      <x:c r="CI17" s="3" t="n">
+        <x:v>71067</x:v>
+      </x:c>
+      <x:c r="CJ17" s="3" t="n">
+        <x:v>78824</x:v>
+      </x:c>
+      <x:c r="CK17" s="3" t="n">
+        <x:v>77151</x:v>
+      </x:c>
+      <x:c r="CL17" s="3" t="n">
+        <x:v>73754</x:v>
+      </x:c>
+      <x:c r="CM17" s="3" t="n">
+        <x:v>75714</x:v>
+      </x:c>
+      <x:c r="CN17" s="3" t="n">
+        <x:v>72158</x:v>
+      </x:c>
+      <x:c r="CO17" s="3" t="n">
+        <x:v>78125</x:v>
+      </x:c>
+      <x:c r="CP17" s="3" t="n">
+        <x:v>76408</x:v>
+      </x:c>
+      <x:c r="CQ17" s="3" t="n">
+        <x:v>76549</x:v>
+      </x:c>
+      <x:c r="CR17" s="3" t="n">
+        <x:v>74982</x:v>
+      </x:c>
+      <x:c r="CS17" s="3" t="n">
+        <x:v>79992</x:v>
+      </x:c>
+      <x:c r="CT17" s="3" t="n">
+        <x:v>74960</x:v>
+      </x:c>
+      <x:c r="CU17" s="3" t="n">
+        <x:v>78257</x:v>
+      </x:c>
+      <x:c r="CV17" s="3" t="n">
+        <x:v>74362</x:v>
+      </x:c>
+      <x:c r="CW17" s="3" t="n">
+        <x:v>79826</x:v>
+      </x:c>
+      <x:c r="CX17" s="3" t="n">
+        <x:v>79146</x:v>
+      </x:c>
+      <x:c r="CY17" s="3" t="n">
+        <x:v>74000</x:v>
+      </x:c>
+      <x:c r="CZ17" s="3" t="n">
+        <x:v>81454</x:v>
+      </x:c>
+      <x:c r="DA17" s="3" t="n">
+        <x:v>75291</x:v>
+      </x:c>
+      <x:c r="DB17" s="3" t="n">
+        <x:v>79000</x:v>
+      </x:c>
+      <x:c r="DC17" s="3" t="n">
+        <x:v>85801</x:v>
+      </x:c>
+      <x:c r="DD17" s="3" t="n">
         <x:v>89395</x:v>
       </x:c>
-      <x:c r="EU16" s="3" t="n">
-[...120 lines deleted...]
-        <x:v>154697</x:v>
+      <x:c r="DE17" s="3" t="n">
+        <x:v>106423</x:v>
+      </x:c>
+      <x:c r="DF17" s="3" t="n">
+        <x:v>93693</x:v>
+      </x:c>
+      <x:c r="DG17" s="3" t="n">
+        <x:v>100790</x:v>
+      </x:c>
+      <x:c r="DH17" s="3" t="n">
+        <x:v>99712</x:v>
+      </x:c>
+      <x:c r="DI17" s="3" t="n">
+        <x:v>118367</x:v>
+      </x:c>
+      <x:c r="DJ17" s="3" t="n">
+        <x:v>107170</x:v>
+      </x:c>
+      <x:c r="DK17" s="3" t="n">
+        <x:v>119376</x:v>
+      </x:c>
+      <x:c r="DL17" s="3" t="n">
+        <x:v>118480</x:v>
+      </x:c>
+      <x:c r="DM17" s="3" t="n">
+        <x:v>133791</x:v>
+      </x:c>
+      <x:c r="DN17" s="3" t="n">
+        <x:v>128909</x:v>
+      </x:c>
+      <x:c r="DO17" s="3" t="n">
+        <x:v>143469</x:v>
+      </x:c>
+      <x:c r="DP17" s="3" t="n">
+        <x:v>145651</x:v>
+      </x:c>
+      <x:c r="DQ17" s="3" t="n">
+        <x:v>160318</x:v>
+      </x:c>
+      <x:c r="DR17" s="3" t="n">
+        <x:v>147493</x:v>
+      </x:c>
+      <x:c r="DS17" s="3" t="n">
+        <x:v>154245</x:v>
+      </x:c>
+      <x:c r="DT17" s="3" t="n">
+        <x:v>155431</x:v>
+      </x:c>
+      <x:c r="DU17" s="3" t="n">
+        <x:v>168503</x:v>
+      </x:c>
+      <x:c r="DV17" s="3" t="n">
+        <x:v>147542</x:v>
+      </x:c>
+      <x:c r="DW17" s="3" t="n">
+        <x:v>147694</x:v>
+      </x:c>
+      <x:c r="DX17" s="3" t="n">
+        <x:v>143246</x:v>
+      </x:c>
+      <x:c r="DY17" s="3" t="n">
+        <x:v>157816</x:v>
+      </x:c>
+      <x:c r="DZ17" s="3" t="n">
+        <x:v>128279</x:v>
+      </x:c>
+      <x:c r="EA17" s="3" t="n">
+        <x:v>143769</x:v>
+      </x:c>
+      <x:c r="EB17" s="3" t="n">
+        <x:v>137565</x:v>
+      </x:c>
+      <x:c r="EC17" s="3" t="n">
+        <x:v>155543</x:v>
+      </x:c>
+      <x:c r="ED17" s="3" t="n">
+        <x:v>148735</x:v>
+      </x:c>
+      <x:c r="EE17" s="3" t="n">
+        <x:v>154621</x:v>
+      </x:c>
+      <x:c r="EF17" s="3" t="n">
+        <x:v>159385</x:v>
+      </x:c>
+      <x:c r="EG17" s="3" t="n">
+        <x:v>174334</x:v>
+      </x:c>
+      <x:c r="EH17" s="3" t="n">
+        <x:v>160417</x:v>
+      </x:c>
+      <x:c r="EI17" s="3" t="n">
+        <x:v>171195</x:v>
+      </x:c>
+      <x:c r="EJ17" s="3" t="n">
+        <x:v>177536</x:v>
+      </x:c>
+      <x:c r="EK17" s="3" t="n">
+        <x:v>196643</x:v>
+      </x:c>
+      <x:c r="EL17" s="3" t="n">
+        <x:v>173171</x:v>
+      </x:c>
+      <x:c r="EM17" s="3" t="n">
+        <x:v>194607</x:v>
+      </x:c>
+      <x:c r="EN17" s="3" t="n">
+        <x:v>193863</x:v>
+      </x:c>
+      <x:c r="EO17" s="3" t="n">
+        <x:v>206648</x:v>
+      </x:c>
+      <x:c r="EP17" s="3" t="n">
+        <x:v>191052</x:v>
+      </x:c>
+      <x:c r="EQ17" s="3" t="n">
+        <x:v>203954</x:v>
+      </x:c>
+      <x:c r="ER17" s="3" t="n">
+        <x:v>199716</x:v>
+      </x:c>
+      <x:c r="ES17" s="3" t="n">
+        <x:v>207015</x:v>
+      </x:c>
+      <x:c r="ET17" s="3" t="n">
+        <x:v>191855</x:v>
+      </x:c>
+      <x:c r="EU17" s="3" t="n">
+        <x:v>203723</x:v>
+      </x:c>
+      <x:c r="EV17" s="3" t="n">
+        <x:v>193745</x:v>
+      </x:c>
+      <x:c r="EW17" s="3" t="n">
+        <x:v>206549</x:v>
+      </x:c>
+      <x:c r="EX17" s="3" t="n">
+        <x:v>186251</x:v>
+      </x:c>
+      <x:c r="EY17" s="3" t="n">
+        <x:v>211392</x:v>
+      </x:c>
+      <x:c r="EZ17" s="3" t="n">
+        <x:v>213694</x:v>
+      </x:c>
+      <x:c r="FA17" s="3" t="n">
+        <x:v>233898</x:v>
+      </x:c>
+      <x:c r="FB17" s="3" t="n">
+        <x:v>202519</x:v>
+      </x:c>
+      <x:c r="FC17" s="3" t="n">
+        <x:v>216951</x:v>
+      </x:c>
+      <x:c r="FD17" s="3" t="n">
+        <x:v>212392</x:v>
+      </x:c>
+      <x:c r="FE17" s="3" t="n">
+        <x:v>243536</x:v>
+      </x:c>
+      <x:c r="FF17" s="3" t="n">
+        <x:v>204848</x:v>
+      </x:c>
+      <x:c r="FG17" s="3" t="n">
+        <x:v>228239</x:v>
+      </x:c>
+      <x:c r="FH17" s="3" t="n">
+        <x:v>227597</x:v>
+      </x:c>
+      <x:c r="FI17" s="3" t="n">
+        <x:v>259310</x:v>
+      </x:c>
+      <x:c r="FJ17" s="3" t="n">
+        <x:v>229978</x:v>
+      </x:c>
+      <x:c r="FK17" s="3" t="n">
+        <x:v>258442</x:v>
+      </x:c>
+      <x:c r="FL17" s="3" t="n">
+        <x:v>263817</x:v>
+      </x:c>
+      <x:c r="FM17" s="3" t="n">
+        <x:v>294999</x:v>
+      </x:c>
+      <x:c r="FN17" s="3" t="n">
+        <x:v>243648</x:v>
+      </x:c>
+      <x:c r="FO17" s="3" t="n">
+        <x:v>256928</x:v>
+      </x:c>
+      <x:c r="FP17" s="3" t="n">
+        <x:v>254355</x:v>
+      </x:c>
+      <x:c r="FQ17" s="3" t="n">
+        <x:v>287461</x:v>
+      </x:c>
+      <x:c r="FR17" s="3" t="n">
+        <x:v>253528</x:v>
+      </x:c>
+      <x:c r="FS17" s="3" t="n">
+        <x:v>267839</x:v>
+      </x:c>
+      <x:c r="FT17" s="3" t="n">
+        <x:v>269084</x:v>
+      </x:c>
+      <x:c r="FU17" s="3" t="n">
+        <x:v>306760</x:v>
+      </x:c>
+      <x:c r="FV17" s="3" t="n">
+        <x:v>270497</x:v>
+      </x:c>
+      <x:c r="FW17" s="3" t="n">
+        <x:v>285514</x:v>
+      </x:c>
+      <x:c r="FX17" s="3" t="n">
+        <x:v>286986</x:v>
+      </x:c>
+      <x:c r="FY17" s="3" t="n">
+        <x:v>316318</x:v>
+      </x:c>
+      <x:c r="FZ17" s="3" t="n">
+        <x:v>282841</x:v>
+      </x:c>
+      <x:c r="GA17" s="3" t="n">
+        <x:v>294671</x:v>
+      </x:c>
+      <x:c r="GB17" s="3" t="n">
+        <x:v>288651</x:v>
+      </x:c>
+      <x:c r="GC17" s="3" t="n">
+        <x:v>331622</x:v>
+      </x:c>
+      <x:c r="GD17" s="3" t="n">
+        <x:v>272776</x:v>
+      </x:c>
+      <x:c r="GE17" s="3" t="n">
+        <x:v>305675</x:v>
+      </x:c>
+      <x:c r="GF17" s="3" t="n">
+        <x:v>307266</x:v>
+      </x:c>
+      <x:c r="GG17" s="3" t="n">
+        <x:v>349896</x:v>
+      </x:c>
+      <x:c r="GH17" s="3" t="n">
+        <x:v>288934</x:v>
+      </x:c>
+      <x:c r="GI17" s="3" t="n">
+        <x:v>321014</x:v>
+      </x:c>
+      <x:c r="GJ17" s="3" t="n">
+        <x:v>309948</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:191">
-[...574 lines deleted...]
-    <x:row r="18" spans="1:191">
+    <x:row r="18" spans="1:192">
       <x:c r="A18" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>1756</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
         <x:v>1627</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
         <x:v>1636</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
         <x:v>1928</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
         <x:v>2203</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
         <x:v>2919</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
         <x:v>2655</x:v>
       </x:c>
       <x:c r="I18" s="3" t="n">
         <x:v>3075</x:v>
       </x:c>
@@ -9565,347 +9610,350 @@
       <x:c r="CH18" s="3" t="n">
         <x:v>19380</x:v>
       </x:c>
       <x:c r="CI18" s="3" t="n">
         <x:v>20085</x:v>
       </x:c>
       <x:c r="CJ18" s="3" t="n">
         <x:v>17782</x:v>
       </x:c>
       <x:c r="CK18" s="3" t="n">
         <x:v>14118</x:v>
       </x:c>
       <x:c r="CL18" s="3" t="n">
         <x:v>13733</x:v>
       </x:c>
       <x:c r="CM18" s="3" t="n">
         <x:v>15149</x:v>
       </x:c>
       <x:c r="CN18" s="3" t="n">
         <x:v>14076</x:v>
       </x:c>
       <x:c r="CO18" s="3" t="n">
         <x:v>14129</x:v>
       </x:c>
       <x:c r="CP18" s="3" t="n">
-        <x:v>13002</x:v>
+        <x:v>13055</x:v>
       </x:c>
       <x:c r="CQ18" s="3" t="n">
-        <x:v>14267</x:v>
+        <x:v>14325</x:v>
       </x:c>
       <x:c r="CR18" s="3" t="n">
-        <x:v>14881</x:v>
+        <x:v>14941</x:v>
       </x:c>
       <x:c r="CS18" s="3" t="n">
-        <x:v>16792</x:v>
+        <x:v>16859</x:v>
       </x:c>
       <x:c r="CT18" s="3" t="n">
-        <x:v>13268</x:v>
+        <x:v>13379</x:v>
       </x:c>
       <x:c r="CU18" s="3" t="n">
-        <x:v>13626</x:v>
+        <x:v>13740</x:v>
       </x:c>
       <x:c r="CV18" s="3" t="n">
-        <x:v>13855</x:v>
+        <x:v>13969</x:v>
       </x:c>
       <x:c r="CW18" s="3" t="n">
-        <x:v>14981</x:v>
+        <x:v>15105</x:v>
       </x:c>
       <x:c r="CX18" s="3" t="n">
-        <x:v>14667</x:v>
+        <x:v>14841</x:v>
       </x:c>
       <x:c r="CY18" s="3" t="n">
-        <x:v>16952</x:v>
+        <x:v>17152</x:v>
       </x:c>
       <x:c r="CZ18" s="3" t="n">
-        <x:v>17383</x:v>
+        <x:v>17593</x:v>
       </x:c>
       <x:c r="DA18" s="3" t="n">
-        <x:v>16167</x:v>
+        <x:v>16366</x:v>
       </x:c>
       <x:c r="DB18" s="3" t="n">
-        <x:v>15623</x:v>
+        <x:v>15871</x:v>
       </x:c>
       <x:c r="DC18" s="3" t="n">
-        <x:v>17941</x:v>
+        <x:v>18216</x:v>
       </x:c>
       <x:c r="DD18" s="3" t="n">
-        <x:v>19071</x:v>
+        <x:v>19359</x:v>
       </x:c>
       <x:c r="DE18" s="3" t="n">
-        <x:v>20572</x:v>
+        <x:v>20882</x:v>
       </x:c>
       <x:c r="DF18" s="3" t="n">
-        <x:v>19033</x:v>
+        <x:v>19392</x:v>
       </x:c>
       <x:c r="DG18" s="3" t="n">
-        <x:v>23223</x:v>
+        <x:v>23642</x:v>
       </x:c>
       <x:c r="DH18" s="3" t="n">
-        <x:v>22768</x:v>
+        <x:v>23180</x:v>
       </x:c>
       <x:c r="DI18" s="3" t="n">
-        <x:v>25871</x:v>
+        <x:v>26370</x:v>
       </x:c>
       <x:c r="DJ18" s="3" t="n">
-        <x:v>20049</x:v>
+        <x:v>20532</x:v>
       </x:c>
       <x:c r="DK18" s="3" t="n">
-        <x:v>24082</x:v>
+        <x:v>24650</x:v>
       </x:c>
       <x:c r="DL18" s="3" t="n">
-        <x:v>26585</x:v>
+        <x:v>27201</x:v>
       </x:c>
       <x:c r="DM18" s="3" t="n">
-        <x:v>26899</x:v>
+        <x:v>27549</x:v>
       </x:c>
       <x:c r="DN18" s="3" t="n">
-        <x:v>22964</x:v>
+        <x:v>23614</x:v>
       </x:c>
       <x:c r="DO18" s="3" t="n">
-        <x:v>28958</x:v>
+        <x:v>29771</x:v>
       </x:c>
       <x:c r="DP18" s="3" t="n">
-        <x:v>31041</x:v>
+        <x:v>31911</x:v>
       </x:c>
       <x:c r="DQ18" s="3" t="n">
-        <x:v>31027</x:v>
+        <x:v>31928</x:v>
       </x:c>
       <x:c r="DR18" s="3" t="n">
-        <x:v>27648</x:v>
+        <x:v>28561</x:v>
       </x:c>
       <x:c r="DS18" s="3" t="n">
-        <x:v>31171</x:v>
+        <x:v>32196</x:v>
       </x:c>
       <x:c r="DT18" s="3" t="n">
-        <x:v>34350</x:v>
+        <x:v>35483</x:v>
       </x:c>
       <x:c r="DU18" s="3" t="n">
-        <x:v>35759</x:v>
+        <x:v>36953</x:v>
       </x:c>
       <x:c r="DV18" s="3" t="n">
-        <x:v>35710</x:v>
+        <x:v>37056</x:v>
       </x:c>
       <x:c r="DW18" s="3" t="n">
-        <x:v>35926</x:v>
+        <x:v>37278</x:v>
       </x:c>
       <x:c r="DX18" s="3" t="n">
-        <x:v>35565</x:v>
+        <x:v>36896</x:v>
       </x:c>
       <x:c r="DY18" s="3" t="n">
-        <x:v>33625</x:v>
+        <x:v>34890</x:v>
       </x:c>
       <x:c r="DZ18" s="3" t="n">
-        <x:v>30064</x:v>
+        <x:v>31305</x:v>
       </x:c>
       <x:c r="EA18" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>36652</x:v>
       </x:c>
       <x:c r="EB18" s="3" t="n">
-        <x:v>32232</x:v>
+        <x:v>33572</x:v>
       </x:c>
       <x:c r="EC18" s="3" t="n">
-        <x:v>34923</x:v>
+        <x:v>36375</x:v>
       </x:c>
       <x:c r="ED18" s="3" t="n">
-        <x:v>33895</x:v>
+        <x:v>35388</x:v>
       </x:c>
       <x:c r="EE18" s="3" t="n">
-        <x:v>36375</x:v>
+        <x:v>38199</x:v>
       </x:c>
       <x:c r="EF18" s="3" t="n">
-        <x:v>41378</x:v>
+        <x:v>43220</x:v>
       </x:c>
       <x:c r="EG18" s="3" t="n">
-        <x:v>42394</x:v>
+        <x:v>44284</x:v>
       </x:c>
       <x:c r="EH18" s="3" t="n">
-        <x:v>40352</x:v>
+        <x:v>42376</x:v>
       </x:c>
       <x:c r="EI18" s="3" t="n">
-        <x:v>45051</x:v>
+        <x:v>47315</x:v>
       </x:c>
       <x:c r="EJ18" s="3" t="n">
-        <x:v>45039</x:v>
+        <x:v>47303</x:v>
       </x:c>
       <x:c r="EK18" s="3" t="n">
-        <x:v>50070</x:v>
+        <x:v>52584</x:v>
       </x:c>
       <x:c r="EL18" s="3" t="n">
-        <x:v>47173</x:v>
+        <x:v>49718</x:v>
       </x:c>
       <x:c r="EM18" s="3" t="n">
-        <x:v>55101</x:v>
+        <x:v>58050</x:v>
       </x:c>
       <x:c r="EN18" s="3" t="n">
-        <x:v>59022</x:v>
+        <x:v>62142</x:v>
       </x:c>
       <x:c r="EO18" s="3" t="n">
-        <x:v>58935</x:v>
+        <x:v>62091</x:v>
       </x:c>
       <x:c r="EP18" s="3" t="n">
-        <x:v>55656</x:v>
+        <x:v>58857</x:v>
       </x:c>
       <x:c r="EQ18" s="3" t="n">
-        <x:v>58494</x:v>
+        <x:v>61833</x:v>
       </x:c>
       <x:c r="ER18" s="3" t="n">
-        <x:v>57081</x:v>
+        <x:v>60347</x:v>
       </x:c>
       <x:c r="ES18" s="3" t="n">
-        <x:v>54384</x:v>
+        <x:v>57524</x:v>
       </x:c>
       <x:c r="ET18" s="3" t="n">
-        <x:v>51425</x:v>
+        <x:v>54510</x:v>
       </x:c>
       <x:c r="EU18" s="3" t="n">
-        <x:v>54090</x:v>
+        <x:v>57334</x:v>
       </x:c>
       <x:c r="EV18" s="3" t="n">
-        <x:v>47376</x:v>
+        <x:v>50413</x:v>
       </x:c>
       <x:c r="EW18" s="3" t="n">
-        <x:v>48767</x:v>
+        <x:v>51699</x:v>
       </x:c>
       <x:c r="EX18" s="3" t="n">
-        <x:v>39974</x:v>
+        <x:v>42714</x:v>
       </x:c>
       <x:c r="EY18" s="3" t="n">
-        <x:v>43420</x:v>
+        <x:v>46160</x:v>
       </x:c>
       <x:c r="EZ18" s="3" t="n">
-        <x:v>41550</x:v>
+        <x:v>44290</x:v>
       </x:c>
       <x:c r="FA18" s="3" t="n">
-        <x:v>40430</x:v>
+        <x:v>43170</x:v>
       </x:c>
       <x:c r="FB18" s="3" t="n">
-        <x:v>35951</x:v>
+        <x:v>38578</x:v>
       </x:c>
       <x:c r="FC18" s="3" t="n">
-        <x:v>39659</x:v>
+        <x:v>42287</x:v>
       </x:c>
       <x:c r="FD18" s="3" t="n">
-        <x:v>35091</x:v>
+        <x:v>37719</x:v>
       </x:c>
       <x:c r="FE18" s="3" t="n">
-        <x:v>39129</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="FF18" s="3" t="n">
-        <x:v>31494</x:v>
+        <x:v>34357</x:v>
       </x:c>
       <x:c r="FG18" s="3" t="n">
-        <x:v>38443</x:v>
+        <x:v>41306</x:v>
       </x:c>
       <x:c r="FH18" s="3" t="n">
-        <x:v>39792</x:v>
+        <x:v>42655</x:v>
       </x:c>
       <x:c r="FI18" s="3" t="n">
-        <x:v>43348</x:v>
+        <x:v>46211</x:v>
       </x:c>
       <x:c r="FJ18" s="3" t="n">
-        <x:v>38021</x:v>
+        <x:v>41576</x:v>
       </x:c>
       <x:c r="FK18" s="3" t="n">
-        <x:v>44658</x:v>
+        <x:v>48213</x:v>
       </x:c>
       <x:c r="FL18" s="3" t="n">
-        <x:v>46082</x:v>
+        <x:v>49637</x:v>
       </x:c>
       <x:c r="FM18" s="3" t="n">
-        <x:v>50036</x:v>
+        <x:v>53592</x:v>
       </x:c>
       <x:c r="FN18" s="3" t="n">
-        <x:v>44382</x:v>
+        <x:v>48143</x:v>
       </x:c>
       <x:c r="FO18" s="3" t="n">
-        <x:v>45253</x:v>
+        <x:v>49014</x:v>
       </x:c>
       <x:c r="FP18" s="3" t="n">
-        <x:v>43514</x:v>
+        <x:v>47276</x:v>
       </x:c>
       <x:c r="FQ18" s="3" t="n">
-        <x:v>47009</x:v>
+        <x:v>50770</x:v>
       </x:c>
       <x:c r="FR18" s="3" t="n">
-        <x:v>41786</x:v>
+        <x:v>45682</x:v>
       </x:c>
       <x:c r="FS18" s="3" t="n">
-        <x:v>44339</x:v>
+        <x:v>48235</x:v>
       </x:c>
       <x:c r="FT18" s="3" t="n">
-        <x:v>45453</x:v>
+        <x:v>49349</x:v>
       </x:c>
       <x:c r="FU18" s="3" t="n">
-        <x:v>47487</x:v>
+        <x:v>51383</x:v>
       </x:c>
       <x:c r="FV18" s="3" t="n">
-        <x:v>41246</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="FW18" s="3" t="n">
-        <x:v>44539</x:v>
+        <x:v>49214</x:v>
       </x:c>
       <x:c r="FX18" s="3" t="n">
-        <x:v>44620</x:v>
+        <x:v>49457</x:v>
       </x:c>
       <x:c r="FY18" s="3" t="n">
-        <x:v>47911</x:v>
+        <x:v>52798</x:v>
       </x:c>
       <x:c r="FZ18" s="3" t="n">
-        <x:v>45705</x:v>
+        <x:v>49617</x:v>
       </x:c>
       <x:c r="GA18" s="3" t="n">
-        <x:v>51544</x:v>
+        <x:v>55475</x:v>
       </x:c>
       <x:c r="GB18" s="3" t="n">
-        <x:v>56885</x:v>
+        <x:v>60898</x:v>
       </x:c>
       <x:c r="GC18" s="3" t="n">
-        <x:v>62798</x:v>
+        <x:v>67074</x:v>
       </x:c>
       <x:c r="GD18" s="3" t="n">
-        <x:v>55631</x:v>
+        <x:v>57394</x:v>
       </x:c>
       <x:c r="GE18" s="3" t="n">
-        <x:v>63728</x:v>
+        <x:v>65673</x:v>
       </x:c>
       <x:c r="GF18" s="3" t="n">
-        <x:v>63354</x:v>
+        <x:v>65314</x:v>
       </x:c>
       <x:c r="GG18" s="3" t="n">
-        <x:v>70648</x:v>
+        <x:v>70965</x:v>
       </x:c>
       <x:c r="GH18" s="3" t="n">
-        <x:v>61441</x:v>
+        <x:v>63022</x:v>
       </x:c>
       <x:c r="GI18" s="3" t="n">
-        <x:v>71769</x:v>
+        <x:v>73108</x:v>
+      </x:c>
+      <x:c r="GJ18" s="3" t="n">
+        <x:v>71053</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:191">
+    <x:row r="19" spans="1:192">
       <x:c r="A19" s="2" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>1822</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
         <x:v>-600</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
         <x:v>950</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
         <x:v>882</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
         <x:v>1822</x:v>
       </x:c>
       <x:c r="I19" s="3" t="n">
         <x:v>657</x:v>
       </x:c>
@@ -10140,2072 +10188,2084 @@
       <x:c r="CH19" s="3" t="n">
         <x:v>2422</x:v>
       </x:c>
       <x:c r="CI19" s="3" t="n">
         <x:v>622</x:v>
       </x:c>
       <x:c r="CJ19" s="3" t="n">
         <x:v>6803</x:v>
       </x:c>
       <x:c r="CK19" s="3" t="n">
         <x:v>3328</x:v>
       </x:c>
       <x:c r="CL19" s="3" t="n">
         <x:v>5812</x:v>
       </x:c>
       <x:c r="CM19" s="3" t="n">
         <x:v>6272</x:v>
       </x:c>
       <x:c r="CN19" s="3" t="n">
         <x:v>4151</x:v>
       </x:c>
       <x:c r="CO19" s="3" t="n">
         <x:v>2847</x:v>
       </x:c>
       <x:c r="CP19" s="3" t="n">
-        <x:v>5194</x:v>
+        <x:v>5260</x:v>
       </x:c>
       <x:c r="CQ19" s="3" t="n">
-        <x:v>2254</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="CR19" s="3" t="n">
-        <x:v>1818</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="CS19" s="3" t="n">
-        <x:v>3134</x:v>
+        <x:v>3175</x:v>
       </x:c>
       <x:c r="CT19" s="3" t="n">
-        <x:v>737</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="CU19" s="3" t="n">
-        <x:v>1140</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="CV19" s="3" t="n">
-        <x:v>996</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="CW19" s="3" t="n">
-        <x:v>1902</x:v>
+        <x:v>1945</x:v>
       </x:c>
       <x:c r="CX19" s="3" t="n">
-        <x:v>7032</x:v>
+        <x:v>7148</x:v>
       </x:c>
       <x:c r="CY19" s="3" t="n">
-        <x:v>1294</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="CZ19" s="3" t="n">
-        <x:v>5471</x:v>
+        <x:v>5564</x:v>
       </x:c>
       <x:c r="DA19" s="3" t="n">
-        <x:v>-4358</x:v>
+        <x:v>-4280</x:v>
       </x:c>
       <x:c r="DB19" s="3" t="n">
-        <x:v>1248</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="DC19" s="3" t="n">
-        <x:v>740</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="DD19" s="3" t="n">
-        <x:v>1734</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="DE19" s="3" t="n">
-        <x:v>4764</x:v>
+        <x:v>4952</x:v>
       </x:c>
       <x:c r="DF19" s="3" t="n">
-        <x:v>1607</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="DG19" s="3" t="n">
-        <x:v>1741</x:v>
+        <x:v>1839</x:v>
       </x:c>
       <x:c r="DH19" s="3" t="n">
-        <x:v>234</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="DI19" s="3" t="n">
-        <x:v>2674</x:v>
+        <x:v>2785</x:v>
       </x:c>
       <x:c r="DJ19" s="3" t="n">
-        <x:v>3434</x:v>
+        <x:v>3650</x:v>
       </x:c>
       <x:c r="DK19" s="3" t="n">
-        <x:v>3295</x:v>
+        <x:v>3496</x:v>
       </x:c>
       <x:c r="DL19" s="3" t="n">
-        <x:v>3425</x:v>
+        <x:v>3621</x:v>
       </x:c>
       <x:c r="DM19" s="3" t="n">
-        <x:v>2280</x:v>
+        <x:v>2478</x:v>
       </x:c>
       <x:c r="DN19" s="3" t="n">
-        <x:v>2579</x:v>
+        <x:v>2785</x:v>
       </x:c>
       <x:c r="DO19" s="3" t="n">
-        <x:v>2403</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="DP19" s="3" t="n">
-        <x:v>3367</x:v>
+        <x:v>3679</x:v>
       </x:c>
       <x:c r="DQ19" s="3" t="n">
-        <x:v>2273</x:v>
+        <x:v>2448</x:v>
       </x:c>
       <x:c r="DR19" s="3" t="n">
-        <x:v>1954</x:v>
+        <x:v>2048</x:v>
       </x:c>
       <x:c r="DS19" s="3" t="n">
-        <x:v>1863</x:v>
+        <x:v>1950</x:v>
       </x:c>
       <x:c r="DT19" s="3" t="n">
-        <x:v>476</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="DU19" s="3" t="n">
-        <x:v>2520</x:v>
+        <x:v>2660</x:v>
       </x:c>
       <x:c r="DV19" s="3" t="n">
-        <x:v>1842</x:v>
+        <x:v>2089</x:v>
       </x:c>
       <x:c r="DW19" s="3" t="n">
-        <x:v>2636</x:v>
+        <x:v>2917</x:v>
       </x:c>
       <x:c r="DX19" s="3" t="n">
-        <x:v>2604</x:v>
+        <x:v>2883</x:v>
       </x:c>
       <x:c r="DY19" s="3" t="n">
+        <x:v>3191</x:v>
+      </x:c>
+      <x:c r="DZ19" s="3" t="n">
+        <x:v>2450</x:v>
+      </x:c>
+      <x:c r="EA19" s="3" t="n">
+        <x:v>3936</x:v>
+      </x:c>
+      <x:c r="EB19" s="3" t="n">
         <x:v>2888</x:v>
       </x:c>
-      <x:c r="DZ19" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="EC19" s="3" t="n">
-        <x:v>2408</x:v>
+        <x:v>2677</x:v>
       </x:c>
       <x:c r="ED19" s="3" t="n">
-        <x:v>4131</x:v>
+        <x:v>4575</x:v>
       </x:c>
       <x:c r="EE19" s="3" t="n">
-        <x:v>3358</x:v>
+        <x:v>3753</x:v>
       </x:c>
       <x:c r="EF19" s="3" t="n">
-        <x:v>3492</x:v>
+        <x:v>3981</x:v>
       </x:c>
       <x:c r="EG19" s="3" t="n">
-        <x:v>4861</x:v>
+        <x:v>5415</x:v>
       </x:c>
       <x:c r="EH19" s="3" t="n">
-        <x:v>1843</x:v>
+        <x:v>2143</x:v>
       </x:c>
       <x:c r="EI19" s="3" t="n">
-        <x:v>1664</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="EJ19" s="3" t="n">
-        <x:v>1386</x:v>
+        <x:v>1620</x:v>
       </x:c>
       <x:c r="EK19" s="3" t="n">
-        <x:v>1984</x:v>
+        <x:v>2296</x:v>
       </x:c>
       <x:c r="EL19" s="3" t="n">
-        <x:v>220</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="EM19" s="3" t="n">
-        <x:v>510</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="EN19" s="3" t="n">
-        <x:v>326</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="EO19" s="3" t="n">
-        <x:v>-6</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="EP19" s="3" t="n">
-        <x:v>-836</x:v>
+        <x:v>-726</x:v>
       </x:c>
       <x:c r="EQ19" s="3" t="n">
-        <x:v>203</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="ER19" s="3" t="n">
-        <x:v>758</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="ES19" s="3" t="n">
-        <x:v>697</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="ET19" s="3" t="n">
-        <x:v>-293</x:v>
+        <x:v>-267</x:v>
       </x:c>
       <x:c r="EU19" s="3" t="n">
-        <x:v>-20</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="EV19" s="3" t="n">
-        <x:v>-333</x:v>
+        <x:v>-320</x:v>
       </x:c>
       <x:c r="EW19" s="3" t="n">
-        <x:v>-222</x:v>
+        <x:v>-197</x:v>
       </x:c>
       <x:c r="EX19" s="3" t="n">
-        <x:v>872</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="EY19" s="3" t="n">
-        <x:v>2705</x:v>
+        <x:v>3299</x:v>
       </x:c>
       <x:c r="EZ19" s="3" t="n">
-        <x:v>5177</x:v>
+        <x:v>5771</x:v>
       </x:c>
       <x:c r="FA19" s="3" t="n">
-        <x:v>3519</x:v>
+        <x:v>4113</x:v>
       </x:c>
       <x:c r="FB19" s="3" t="n">
-        <x:v>-612</x:v>
+        <x:v>-273</x:v>
       </x:c>
       <x:c r="FC19" s="3" t="n">
-        <x:v>-221</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="FD19" s="3" t="n">
-        <x:v>1594</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="FE19" s="3" t="n">
-        <x:v>183</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="FF19" s="3" t="n">
-        <x:v>4141</x:v>
+        <x:v>4600</x:v>
       </x:c>
       <x:c r="FG19" s="3" t="n">
-        <x:v>1895</x:v>
+        <x:v>2353</x:v>
       </x:c>
       <x:c r="FH19" s="3" t="n">
-        <x:v>256</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="FI19" s="3" t="n">
-        <x:v>2026</x:v>
+        <x:v>2485</x:v>
       </x:c>
       <x:c r="FJ19" s="3" t="n">
-        <x:v>3526</x:v>
+        <x:v>4460</x:v>
       </x:c>
       <x:c r="FK19" s="3" t="n">
-        <x:v>3819</x:v>
+        <x:v>4753</x:v>
       </x:c>
       <x:c r="FL19" s="3" t="n">
-        <x:v>6948</x:v>
+        <x:v>7882</x:v>
       </x:c>
       <x:c r="FM19" s="3" t="n">
-        <x:v>10760</x:v>
+        <x:v>11694</x:v>
       </x:c>
       <x:c r="FN19" s="3" t="n">
-        <x:v>5530</x:v>
+        <x:v>6404</x:v>
       </x:c>
       <x:c r="FO19" s="3" t="n">
-        <x:v>1931</x:v>
+        <x:v>2805</x:v>
       </x:c>
       <x:c r="FP19" s="3" t="n">
-        <x:v>4964</x:v>
+        <x:v>5838</x:v>
       </x:c>
       <x:c r="FQ19" s="3" t="n">
-        <x:v>4090</x:v>
+        <x:v>4963</x:v>
       </x:c>
       <x:c r="FR19" s="3" t="n">
-        <x:v>7411</x:v>
+        <x:v>8273</x:v>
       </x:c>
       <x:c r="FS19" s="3" t="n">
-        <x:v>508</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="FT19" s="3" t="n">
-        <x:v>285</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="FU19" s="3" t="n">
-        <x:v>5112</x:v>
+        <x:v>5975</x:v>
       </x:c>
       <x:c r="FV19" s="3" t="n">
-        <x:v>4879</x:v>
+        <x:v>6003</x:v>
       </x:c>
       <x:c r="FW19" s="3" t="n">
-        <x:v>3271</x:v>
+        <x:v>3954</x:v>
       </x:c>
       <x:c r="FX19" s="3" t="n">
-        <x:v>1950</x:v>
+        <x:v>2536</x:v>
       </x:c>
       <x:c r="FY19" s="3" t="n">
-        <x:v>4367</x:v>
+        <x:v>5637</x:v>
       </x:c>
       <x:c r="FZ19" s="3" t="n">
-        <x:v>499</x:v>
+        <x:v>5543</x:v>
       </x:c>
       <x:c r="GA19" s="3" t="n">
-        <x:v>461</x:v>
+        <x:v>5243</x:v>
       </x:c>
       <x:c r="GB19" s="3" t="n">
-        <x:v>1440</x:v>
+        <x:v>7587</x:v>
       </x:c>
       <x:c r="GC19" s="3" t="n">
-        <x:v>78</x:v>
+        <x:v>3020</x:v>
       </x:c>
       <x:c r="GD19" s="3" t="n">
-        <x:v>112</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="GE19" s="3" t="n">
-        <x:v>879</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="GF19" s="3" t="n">
-        <x:v>2654</x:v>
+        <x:v>2719</x:v>
       </x:c>
       <x:c r="GG19" s="3" t="n">
-        <x:v>5501</x:v>
+        <x:v>5622</x:v>
       </x:c>
       <x:c r="GH19" s="3" t="n">
-        <x:v>318</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="GI19" s="3" t="n">
-        <x:v>1652</x:v>
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="GJ19" s="3" t="n">
+        <x:v>190</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:191">
+    <x:row r="20" spans="1:192">
       <x:c r="A20" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>16171</x:v>
+        <x:v>16200</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
-        <x:v>16827</x:v>
+        <x:v>16853</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
-        <x:v>16457</x:v>
+        <x:v>16485</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
-        <x:v>18396</x:v>
+        <x:v>18426</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
-        <x:v>15198</x:v>
+        <x:v>15226</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
-        <x:v>15470</x:v>
+        <x:v>15497</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
-        <x:v>16106</x:v>
+        <x:v>16136</x:v>
       </x:c>
       <x:c r="I20" s="3" t="n">
-        <x:v>21036</x:v>
+        <x:v>21069</x:v>
       </x:c>
       <x:c r="J20" s="3" t="n">
-        <x:v>17966</x:v>
+        <x:v>17994</x:v>
       </x:c>
       <x:c r="K20" s="3" t="n">
-        <x:v>17768</x:v>
+        <x:v>17795</x:v>
       </x:c>
       <x:c r="L20" s="3" t="n">
-        <x:v>19177</x:v>
+        <x:v>19209</x:v>
       </x:c>
       <x:c r="M20" s="3" t="n">
-        <x:v>20664</x:v>
+        <x:v>20700</x:v>
       </x:c>
       <x:c r="N20" s="3" t="n">
+        <x:v>18381</x:v>
+      </x:c>
+      <x:c r="O20" s="3" t="n">
+        <x:v>20911</x:v>
+      </x:c>
+      <x:c r="P20" s="3" t="n">
+        <x:v>21945</x:v>
+      </x:c>
+      <x:c r="Q20" s="3" t="n">
+        <x:v>23508</x:v>
+      </x:c>
+      <x:c r="R20" s="3" t="n">
+        <x:v>20410</x:v>
+      </x:c>
+      <x:c r="S20" s="3" t="n">
+        <x:v>22984</x:v>
+      </x:c>
+      <x:c r="T20" s="3" t="n">
+        <x:v>22791</x:v>
+      </x:c>
+      <x:c r="U20" s="3" t="n">
+        <x:v>24352</x:v>
+      </x:c>
+      <x:c r="V20" s="3" t="n">
+        <x:v>21484</x:v>
+      </x:c>
+      <x:c r="W20" s="3" t="n">
+        <x:v>23381</x:v>
+      </x:c>
+      <x:c r="X20" s="3" t="n">
+        <x:v>25005</x:v>
+      </x:c>
+      <x:c r="Y20" s="3" t="n">
+        <x:v>25564</x:v>
+      </x:c>
+      <x:c r="Z20" s="3" t="n">
+        <x:v>22350</x:v>
+      </x:c>
+      <x:c r="AA20" s="3" t="n">
+        <x:v>24841</x:v>
+      </x:c>
+      <x:c r="AB20" s="3" t="n">
+        <x:v>26531</x:v>
+      </x:c>
+      <x:c r="AC20" s="3" t="n">
+        <x:v>28394</x:v>
+      </x:c>
+      <x:c r="AD20" s="3" t="n">
+        <x:v>22563</x:v>
+      </x:c>
+      <x:c r="AE20" s="3" t="n">
+        <x:v>26343</x:v>
+      </x:c>
+      <x:c r="AF20" s="3" t="n">
+        <x:v>33491</x:v>
+      </x:c>
+      <x:c r="AG20" s="3" t="n">
+        <x:v>32955</x:v>
+      </x:c>
+      <x:c r="AH20" s="3" t="n">
+        <x:v>31383</x:v>
+      </x:c>
+      <x:c r="AI20" s="3" t="n">
+        <x:v>35221</x:v>
+      </x:c>
+      <x:c r="AJ20" s="3" t="n">
+        <x:v>37098</x:v>
+      </x:c>
+      <x:c r="AK20" s="3" t="n">
+        <x:v>36647</x:v>
+      </x:c>
+      <x:c r="AL20" s="3" t="n">
+        <x:v>35235</x:v>
+      </x:c>
+      <x:c r="AM20" s="3" t="n">
+        <x:v>36341</x:v>
+      </x:c>
+      <x:c r="AN20" s="3" t="n">
+        <x:v>38126</x:v>
+      </x:c>
+      <x:c r="AO20" s="3" t="n">
+        <x:v>43695</x:v>
+      </x:c>
+      <x:c r="AP20" s="3" t="n">
+        <x:v>36866</x:v>
+      </x:c>
+      <x:c r="AQ20" s="3" t="n">
+        <x:v>38656</x:v>
+      </x:c>
+      <x:c r="AR20" s="3" t="n">
+        <x:v>38089</x:v>
+      </x:c>
+      <x:c r="AS20" s="3" t="n">
+        <x:v>41490</x:v>
+      </x:c>
+      <x:c r="AT20" s="3" t="n">
+        <x:v>31485</x:v>
+      </x:c>
+      <x:c r="AU20" s="3" t="n">
+        <x:v>33684</x:v>
+      </x:c>
+      <x:c r="AV20" s="3" t="n">
+        <x:v>32383</x:v>
+      </x:c>
+      <x:c r="AW20" s="3" t="n">
+        <x:v>37993</x:v>
+      </x:c>
+      <x:c r="AX20" s="3" t="n">
+        <x:v>33313</x:v>
+      </x:c>
+      <x:c r="AY20" s="3" t="n">
+        <x:v>30551</x:v>
+      </x:c>
+      <x:c r="AZ20" s="3" t="n">
+        <x:v>30323</x:v>
+      </x:c>
+      <x:c r="BA20" s="3" t="n">
+        <x:v>35789</x:v>
+      </x:c>
+      <x:c r="BB20" s="3" t="n">
+        <x:v>27735</x:v>
+      </x:c>
+      <x:c r="BC20" s="3" t="n">
+        <x:v>28991</x:v>
+      </x:c>
+      <x:c r="BD20" s="3" t="n">
+        <x:v>30473</x:v>
+      </x:c>
+      <x:c r="BE20" s="3" t="n">
+        <x:v>36394</x:v>
+      </x:c>
+      <x:c r="BF20" s="3" t="n">
+        <x:v>26605</x:v>
+      </x:c>
+      <x:c r="BG20" s="3" t="n">
+        <x:v>29512</x:v>
+      </x:c>
+      <x:c r="BH20" s="3" t="n">
+        <x:v>27751</x:v>
+      </x:c>
+      <x:c r="BI20" s="3" t="n">
+        <x:v>35550</x:v>
+      </x:c>
+      <x:c r="BJ20" s="3" t="n">
+        <x:v>25341</x:v>
+      </x:c>
+      <x:c r="BK20" s="3" t="n">
+        <x:v>28422</x:v>
+      </x:c>
+      <x:c r="BL20" s="3" t="n">
+        <x:v>30444</x:v>
+      </x:c>
+      <x:c r="BM20" s="3" t="n">
+        <x:v>34811</x:v>
+      </x:c>
+      <x:c r="BN20" s="3" t="n">
+        <x:v>29309</x:v>
+      </x:c>
+      <x:c r="BO20" s="3" t="n">
+        <x:v>31700</x:v>
+      </x:c>
+      <x:c r="BP20" s="3" t="n">
+        <x:v>34166</x:v>
+      </x:c>
+      <x:c r="BQ20" s="3" t="n">
+        <x:v>39142</x:v>
+      </x:c>
+      <x:c r="BR20" s="3" t="n">
+        <x:v>36256</x:v>
+      </x:c>
+      <x:c r="BS20" s="3" t="n">
+        <x:v>37642</x:v>
+      </x:c>
+      <x:c r="BT20" s="3" t="n">
+        <x:v>38981</x:v>
+      </x:c>
+      <x:c r="BU20" s="3" t="n">
+        <x:v>41962</x:v>
+      </x:c>
+      <x:c r="BV20" s="3" t="n">
+        <x:v>42590</x:v>
+      </x:c>
+      <x:c r="BW20" s="3" t="n">
+        <x:v>42509</x:v>
+      </x:c>
+      <x:c r="BX20" s="3" t="n">
+        <x:v>42283</x:v>
+      </x:c>
+      <x:c r="BY20" s="3" t="n">
+        <x:v>49121</x:v>
+      </x:c>
+      <x:c r="BZ20" s="3" t="n">
+        <x:v>43477</x:v>
+      </x:c>
+      <x:c r="CA20" s="3" t="n">
+        <x:v>46502</x:v>
+      </x:c>
+      <x:c r="CB20" s="3" t="n">
+        <x:v>49617</x:v>
+      </x:c>
+      <x:c r="CC20" s="3" t="n">
+        <x:v>53637</x:v>
+      </x:c>
+      <x:c r="CD20" s="3" t="n">
+        <x:v>50574</x:v>
+      </x:c>
+      <x:c r="CE20" s="3" t="n">
+        <x:v>49505</x:v>
+      </x:c>
+      <x:c r="CF20" s="3" t="n">
+        <x:v>53476</x:v>
+      </x:c>
+      <x:c r="CG20" s="3" t="n">
+        <x:v>60224</x:v>
+      </x:c>
+      <x:c r="CH20" s="3" t="n">
+        <x:v>49056</x:v>
+      </x:c>
+      <x:c r="CI20" s="3" t="n">
+        <x:v>50360</x:v>
+      </x:c>
+      <x:c r="CJ20" s="3" t="n">
+        <x:v>54239</x:v>
+      </x:c>
+      <x:c r="CK20" s="3" t="n">
+        <x:v>59705</x:v>
+      </x:c>
+      <x:c r="CL20" s="3" t="n">
+        <x:v>54209</x:v>
+      </x:c>
+      <x:c r="CM20" s="3" t="n">
+        <x:v>54293</x:v>
+      </x:c>
+      <x:c r="CN20" s="3" t="n">
+        <x:v>53931</x:v>
+      </x:c>
+      <x:c r="CO20" s="3" t="n">
+        <x:v>61148</x:v>
+      </x:c>
+      <x:c r="CP20" s="3" t="n">
+        <x:v>58094</x:v>
+      </x:c>
+      <x:c r="CQ20" s="3" t="n">
+        <x:v>59941</x:v>
+      </x:c>
+      <x:c r="CR20" s="3" t="n">
+        <x:v>58188</x:v>
+      </x:c>
+      <x:c r="CS20" s="3" t="n">
+        <x:v>59957</x:v>
+      </x:c>
+      <x:c r="CT20" s="3" t="n">
+        <x:v>60823</x:v>
+      </x:c>
+      <x:c r="CU20" s="3" t="n">
+        <x:v>63339</x:v>
+      </x:c>
+      <x:c r="CV20" s="3" t="n">
+        <x:v>59367</x:v>
+      </x:c>
+      <x:c r="CW20" s="3" t="n">
+        <x:v>62777</x:v>
+      </x:c>
+      <x:c r="CX20" s="3" t="n">
+        <x:v>57157</x:v>
+      </x:c>
+      <x:c r="CY20" s="3" t="n">
+        <x:v>55443</x:v>
+      </x:c>
+      <x:c r="CZ20" s="3" t="n">
+        <x:v>58296</x:v>
+      </x:c>
+      <x:c r="DA20" s="3" t="n">
+        <x:v>63205</x:v>
+      </x:c>
+      <x:c r="DB20" s="3" t="n">
+        <x:v>61791</x:v>
+      </x:c>
+      <x:c r="DC20" s="3" t="n">
+        <x:v>66766</x:v>
+      </x:c>
+      <x:c r="DD20" s="3" t="n">
+        <x:v>68211</x:v>
+      </x:c>
+      <x:c r="DE20" s="3" t="n">
+        <x:v>80589</x:v>
+      </x:c>
+      <x:c r="DF20" s="3" t="n">
+        <x:v>72600</x:v>
+      </x:c>
+      <x:c r="DG20" s="3" t="n">
+        <x:v>75310</x:v>
+      </x:c>
+      <x:c r="DH20" s="3" t="n">
+        <x:v>76229</x:v>
+      </x:c>
+      <x:c r="DI20" s="3" t="n">
+        <x:v>89213</x:v>
+      </x:c>
+      <x:c r="DJ20" s="3" t="n">
+        <x:v>82988</x:v>
+      </x:c>
+      <x:c r="DK20" s="3" t="n">
+        <x:v>91231</x:v>
+      </x:c>
+      <x:c r="DL20" s="3" t="n">
+        <x:v>87658</x:v>
+      </x:c>
+      <x:c r="DM20" s="3" t="n">
+        <x:v>103763</x:v>
+      </x:c>
+      <x:c r="DN20" s="3" t="n">
+        <x:v>102509</x:v>
+      </x:c>
+      <x:c r="DO20" s="3" t="n">
+        <x:v>111109</x:v>
+      </x:c>
+      <x:c r="DP20" s="3" t="n">
+        <x:v>110061</x:v>
+      </x:c>
+      <x:c r="DQ20" s="3" t="n">
+        <x:v>125943</x:v>
+      </x:c>
+      <x:c r="DR20" s="3" t="n">
+        <x:v>116884</x:v>
+      </x:c>
+      <x:c r="DS20" s="3" t="n">
+        <x:v>120100</x:v>
+      </x:c>
+      <x:c r="DT20" s="3" t="n">
+        <x:v>119408</x:v>
+      </x:c>
+      <x:c r="DU20" s="3" t="n">
+        <x:v>128890</x:v>
+      </x:c>
+      <x:c r="DV20" s="3" t="n">
+        <x:v>108396</x:v>
+      </x:c>
+      <x:c r="DW20" s="3" t="n">
+        <x:v>107499</x:v>
+      </x:c>
+      <x:c r="DX20" s="3" t="n">
+        <x:v>103466</x:v>
+      </x:c>
+      <x:c r="DY20" s="3" t="n">
+        <x:v>119735</x:v>
+      </x:c>
+      <x:c r="DZ20" s="3" t="n">
+        <x:v>94524</x:v>
+      </x:c>
+      <x:c r="EA20" s="3" t="n">
+        <x:v>103181</x:v>
+      </x:c>
+      <x:c r="EB20" s="3" t="n">
+        <x:v>101104</x:v>
+      </x:c>
+      <x:c r="EC20" s="3" t="n">
+        <x:v>116491</x:v>
+      </x:c>
+      <x:c r="ED20" s="3" t="n">
+        <x:v>108772</x:v>
+      </x:c>
+      <x:c r="EE20" s="3" t="n">
+        <x:v>112669</x:v>
+      </x:c>
+      <x:c r="EF20" s="3" t="n">
+        <x:v>112184</x:v>
+      </x:c>
+      <x:c r="EG20" s="3" t="n">
+        <x:v>124635</x:v>
+      </x:c>
+      <x:c r="EH20" s="3" t="n">
+        <x:v>115899</x:v>
+      </x:c>
+      <x:c r="EI20" s="3" t="n">
+        <x:v>121942</x:v>
+      </x:c>
+      <x:c r="EJ20" s="3" t="n">
+        <x:v>128613</x:v>
+      </x:c>
+      <x:c r="EK20" s="3" t="n">
+        <x:v>141763</x:v>
+      </x:c>
+      <x:c r="EL20" s="3" t="n">
+        <x:v>123155</x:v>
+      </x:c>
+      <x:c r="EM20" s="3" t="n">
+        <x:v>135955</x:v>
+      </x:c>
+      <x:c r="EN20" s="3" t="n">
+        <x:v>131319</x:v>
+      </x:c>
+      <x:c r="EO20" s="3" t="n">
+        <x:v>144472</x:v>
+      </x:c>
+      <x:c r="EP20" s="3" t="n">
+        <x:v>132921</x:v>
+      </x:c>
+      <x:c r="EQ20" s="3" t="n">
+        <x:v>141798</x:v>
+      </x:c>
+      <x:c r="ER20" s="3" t="n">
+        <x:v>138489</x:v>
+      </x:c>
+      <x:c r="ES20" s="3" t="n">
+        <x:v>148683</x:v>
+      </x:c>
+      <x:c r="ET20" s="3" t="n">
+        <x:v>137612</x:v>
+      </x:c>
+      <x:c r="EU20" s="3" t="n">
+        <x:v>146380</x:v>
+      </x:c>
+      <x:c r="EV20" s="3" t="n">
+        <x:v>143653</x:v>
+      </x:c>
+      <x:c r="EW20" s="3" t="n">
+        <x:v>155046</x:v>
+      </x:c>
+      <x:c r="EX20" s="3" t="n">
+        <x:v>142071</x:v>
+      </x:c>
+      <x:c r="EY20" s="3" t="n">
+        <x:v>161934</x:v>
+      </x:c>
+      <x:c r="EZ20" s="3" t="n">
+        <x:v>163633</x:v>
+      </x:c>
+      <x:c r="FA20" s="3" t="n">
+        <x:v>186616</x:v>
+      </x:c>
+      <x:c r="FB20" s="3" t="n">
+        <x:v>164214</x:v>
+      </x:c>
+      <x:c r="FC20" s="3" t="n">
+        <x:v>174545</x:v>
+      </x:c>
+      <x:c r="FD20" s="3" t="n">
+        <x:v>172740</x:v>
+      </x:c>
+      <x:c r="FE20" s="3" t="n">
+        <x:v>201256</x:v>
+      </x:c>
+      <x:c r="FF20" s="3" t="n">
+        <x:v>165891</x:v>
+      </x:c>
+      <x:c r="FG20" s="3" t="n">
+        <x:v>184580</x:v>
+      </x:c>
+      <x:c r="FH20" s="3" t="n">
+        <x:v>184227</x:v>
+      </x:c>
+      <x:c r="FI20" s="3" t="n">
+        <x:v>210613</x:v>
+      </x:c>
+      <x:c r="FJ20" s="3" t="n">
+        <x:v>183942</x:v>
+      </x:c>
+      <x:c r="FK20" s="3" t="n">
+        <x:v>205475</x:v>
+      </x:c>
+      <x:c r="FL20" s="3" t="n">
+        <x:v>206298</x:v>
+      </x:c>
+      <x:c r="FM20" s="3" t="n">
+        <x:v>229713</x:v>
+      </x:c>
+      <x:c r="FN20" s="3" t="n">
+        <x:v>189101</x:v>
+      </x:c>
+      <x:c r="FO20" s="3" t="n">
+        <x:v>205109</x:v>
+      </x:c>
+      <x:c r="FP20" s="3" t="n">
+        <x:v>201241</x:v>
+      </x:c>
+      <x:c r="FQ20" s="3" t="n">
+        <x:v>231727</x:v>
+      </x:c>
+      <x:c r="FR20" s="3" t="n">
+        <x:v>199573</x:v>
+      </x:c>
+      <x:c r="FS20" s="3" t="n">
+        <x:v>218234</x:v>
+      </x:c>
+      <x:c r="FT20" s="3" t="n">
+        <x:v>218588</x:v>
+      </x:c>
+      <x:c r="FU20" s="3" t="n">
+        <x:v>249402</x:v>
+      </x:c>
+      <x:c r="FV20" s="3" t="n">
+        <x:v>218417</x:v>
+      </x:c>
+      <x:c r="FW20" s="3" t="n">
+        <x:v>232346</x:v>
+      </x:c>
+      <x:c r="FX20" s="3" t="n">
+        <x:v>234992</x:v>
+      </x:c>
+      <x:c r="FY20" s="3" t="n">
+        <x:v>257883</x:v>
+      </x:c>
+      <x:c r="FZ20" s="3" t="n">
+        <x:v>227680</x:v>
+      </x:c>
+      <x:c r="GA20" s="3" t="n">
+        <x:v>233953</x:v>
+      </x:c>
+      <x:c r="GB20" s="3" t="n">
+        <x:v>220166</x:v>
+      </x:c>
+      <x:c r="GC20" s="3" t="n">
+        <x:v>261528</x:v>
+      </x:c>
+      <x:c r="GD20" s="3" t="n">
+        <x:v>215163</x:v>
+      </x:c>
+      <x:c r="GE20" s="3" t="n">
+        <x:v>239056</x:v>
+      </x:c>
+      <x:c r="GF20" s="3" t="n">
+        <x:v>239234</x:v>
+      </x:c>
+      <x:c r="GG20" s="3" t="n">
+        <x:v>273309</x:v>
+      </x:c>
+      <x:c r="GH20" s="3" t="n">
+        <x:v>225420</x:v>
+      </x:c>
+      <x:c r="GI20" s="3" t="n">
+        <x:v>247616</x:v>
+      </x:c>
+      <x:c r="GJ20" s="3" t="n">
+        <x:v>238704</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:192">
+      <x:c r="A21" s="2" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="B21" s="3" t="n">
+        <x:v>12856</x:v>
+      </x:c>
+      <x:c r="C21" s="3" t="n">
+        <x:v>13460</x:v>
+      </x:c>
+      <x:c r="D21" s="3" t="n">
+        <x:v>13039</x:v>
+      </x:c>
+      <x:c r="E21" s="3" t="n">
+        <x:v>14934</x:v>
+      </x:c>
+      <x:c r="F21" s="3" t="n">
+        <x:v>11986</x:v>
+      </x:c>
+      <x:c r="G21" s="3" t="n">
+        <x:v>12181</x:v>
+      </x:c>
+      <x:c r="H21" s="3" t="n">
+        <x:v>12796</x:v>
+      </x:c>
+      <x:c r="I21" s="3" t="n">
+        <x:v>17668</x:v>
+      </x:c>
+      <x:c r="J21" s="3" t="n">
+        <x:v>14339</x:v>
+      </x:c>
+      <x:c r="K21" s="3" t="n">
+        <x:v>14005</x:v>
+      </x:c>
+      <x:c r="L21" s="3" t="n">
+        <x:v>15373</x:v>
+      </x:c>
+      <x:c r="M21" s="3" t="n">
+        <x:v>16774</x:v>
+      </x:c>
+      <x:c r="N21" s="3" t="n">
+        <x:v>14228</x:v>
+      </x:c>
+      <x:c r="O21" s="3" t="n">
+        <x:v>16646</x:v>
+      </x:c>
+      <x:c r="P21" s="3" t="n">
+        <x:v>17617</x:v>
+      </x:c>
+      <x:c r="Q21" s="3" t="n">
+        <x:v>19130</x:v>
+      </x:c>
+      <x:c r="R21" s="3" t="n">
+        <x:v>16165</x:v>
+      </x:c>
+      <x:c r="S21" s="3" t="n">
+        <x:v>18625</x:v>
+      </x:c>
+      <x:c r="T21" s="3" t="n">
         <x:v>18345</x:v>
       </x:c>
-      <x:c r="O20" s="3" t="n">
-[...528 lines deleted...]
-        <x:v>226001</x:v>
+      <x:c r="U21" s="3" t="n">
+        <x:v>19856</x:v>
+      </x:c>
+      <x:c r="V21" s="3" t="n">
+        <x:v>16732</x:v>
+      </x:c>
+      <x:c r="W21" s="3" t="n">
+        <x:v>18531</x:v>
+      </x:c>
+      <x:c r="X21" s="3" t="n">
+        <x:v>20136</x:v>
+      </x:c>
+      <x:c r="Y21" s="3" t="n">
+        <x:v>20726</x:v>
+      </x:c>
+      <x:c r="Z21" s="3" t="n">
+        <x:v>17457</x:v>
+      </x:c>
+      <x:c r="AA21" s="3" t="n">
+        <x:v>19884</x:v>
+      </x:c>
+      <x:c r="AB21" s="3" t="n">
+        <x:v>21495</x:v>
+      </x:c>
+      <x:c r="AC21" s="3" t="n">
+        <x:v>23280</x:v>
+      </x:c>
+      <x:c r="AD21" s="3" t="n">
+        <x:v>17335</x:v>
+      </x:c>
+      <x:c r="AE21" s="3" t="n">
+        <x:v>20987</x:v>
+      </x:c>
+      <x:c r="AF21" s="3" t="n">
+        <x:v>28089</x:v>
+      </x:c>
+      <x:c r="AG21" s="3" t="n">
+        <x:v>27517</x:v>
+      </x:c>
+      <x:c r="AH21" s="3" t="n">
+        <x:v>25726</x:v>
+      </x:c>
+      <x:c r="AI21" s="3" t="n">
+        <x:v>29326</x:v>
+      </x:c>
+      <x:c r="AJ21" s="3" t="n">
+        <x:v>30623</x:v>
+      </x:c>
+      <x:c r="AK21" s="3" t="n">
+        <x:v>29472</x:v>
+      </x:c>
+      <x:c r="AL21" s="3" t="n">
+        <x:v>28095</x:v>
+      </x:c>
+      <x:c r="AM21" s="3" t="n">
+        <x:v>29115</x:v>
+      </x:c>
+      <x:c r="AN21" s="3" t="n">
+        <x:v>30627</x:v>
+      </x:c>
+      <x:c r="AO21" s="3" t="n">
+        <x:v>34881</x:v>
+      </x:c>
+      <x:c r="AP21" s="3" t="n">
+        <x:v>28356</x:v>
+      </x:c>
+      <x:c r="AQ21" s="3" t="n">
+        <x:v>30276</x:v>
+      </x:c>
+      <x:c r="AR21" s="3" t="n">
+        <x:v>29329</x:v>
+      </x:c>
+      <x:c r="AS21" s="3" t="n">
+        <x:v>31335</x:v>
+      </x:c>
+      <x:c r="AT21" s="3" t="n">
+        <x:v>23850</x:v>
+      </x:c>
+      <x:c r="AU21" s="3" t="n">
+        <x:v>25272</x:v>
+      </x:c>
+      <x:c r="AV21" s="3" t="n">
+        <x:v>23898</x:v>
+      </x:c>
+      <x:c r="AW21" s="3" t="n">
+        <x:v>26355</x:v>
+      </x:c>
+      <x:c r="AX21" s="3" t="n">
+        <x:v>25034</x:v>
+      </x:c>
+      <x:c r="AY21" s="3" t="n">
+        <x:v>22027</x:v>
+      </x:c>
+      <x:c r="AZ21" s="3" t="n">
+        <x:v>22029</x:v>
+      </x:c>
+      <x:c r="BA21" s="3" t="n">
+        <x:v>24297</x:v>
+      </x:c>
+      <x:c r="BB21" s="3" t="n">
+        <x:v>19163</x:v>
+      </x:c>
+      <x:c r="BC21" s="3" t="n">
+        <x:v>20603</x:v>
+      </x:c>
+      <x:c r="BD21" s="3" t="n">
+        <x:v>20922</x:v>
+      </x:c>
+      <x:c r="BE21" s="3" t="n">
+        <x:v>22930</x:v>
+      </x:c>
+      <x:c r="BF21" s="3" t="n">
+        <x:v>18221</x:v>
+      </x:c>
+      <x:c r="BG21" s="3" t="n">
+        <x:v>19048</x:v>
+      </x:c>
+      <x:c r="BH21" s="3" t="n">
+        <x:v>19016</x:v>
+      </x:c>
+      <x:c r="BI21" s="3" t="n">
+        <x:v>21796</x:v>
+      </x:c>
+      <x:c r="BJ21" s="3" t="n">
+        <x:v>17416</x:v>
+      </x:c>
+      <x:c r="BK21" s="3" t="n">
+        <x:v>19864</x:v>
+      </x:c>
+      <x:c r="BL21" s="3" t="n">
+        <x:v>21390</x:v>
+      </x:c>
+      <x:c r="BM21" s="3" t="n">
+        <x:v>22795</x:v>
+      </x:c>
+      <x:c r="BN21" s="3" t="n">
+        <x:v>21017</x:v>
+      </x:c>
+      <x:c r="BO21" s="3" t="n">
+        <x:v>23293</x:v>
+      </x:c>
+      <x:c r="BP21" s="3" t="n">
+        <x:v>24947</x:v>
+      </x:c>
+      <x:c r="BQ21" s="3" t="n">
+        <x:v>26461</x:v>
+      </x:c>
+      <x:c r="BR21" s="3" t="n">
+        <x:v>27192</x:v>
+      </x:c>
+      <x:c r="BS21" s="3" t="n">
+        <x:v>28408</x:v>
+      </x:c>
+      <x:c r="BT21" s="3" t="n">
+        <x:v>28833</x:v>
+      </x:c>
+      <x:c r="BU21" s="3" t="n">
+        <x:v>30453</x:v>
+      </x:c>
+      <x:c r="BV21" s="3" t="n">
+        <x:v>33298</x:v>
+      </x:c>
+      <x:c r="BW21" s="3" t="n">
+        <x:v>33163</x:v>
+      </x:c>
+      <x:c r="BX21" s="3" t="n">
+        <x:v>31997</x:v>
+      </x:c>
+      <x:c r="BY21" s="3" t="n">
+        <x:v>36072</x:v>
+      </x:c>
+      <x:c r="BZ21" s="3" t="n">
+        <x:v>31482</x:v>
+      </x:c>
+      <x:c r="CA21" s="3" t="n">
+        <x:v>34840</x:v>
+      </x:c>
+      <x:c r="CB21" s="3" t="n">
+        <x:v>38244</x:v>
+      </x:c>
+      <x:c r="CC21" s="3" t="n">
+        <x:v>39538</x:v>
+      </x:c>
+      <x:c r="CD21" s="3" t="n">
+        <x:v>38444</x:v>
+      </x:c>
+      <x:c r="CE21" s="3" t="n">
+        <x:v>37639</x:v>
+      </x:c>
+      <x:c r="CF21" s="3" t="n">
+        <x:v>40312</x:v>
+      </x:c>
+      <x:c r="CG21" s="3" t="n">
+        <x:v>43703</x:v>
+      </x:c>
+      <x:c r="CH21" s="3" t="n">
+        <x:v>36831</x:v>
+      </x:c>
+      <x:c r="CI21" s="3" t="n">
+        <x:v>38462</x:v>
+      </x:c>
+      <x:c r="CJ21" s="3" t="n">
+        <x:v>40729</x:v>
+      </x:c>
+      <x:c r="CK21" s="3" t="n">
+        <x:v>42635</x:v>
+      </x:c>
+      <x:c r="CL21" s="3" t="n">
+        <x:v>43154</x:v>
+      </x:c>
+      <x:c r="CM21" s="3" t="n">
+        <x:v>41909</x:v>
+      </x:c>
+      <x:c r="CN21" s="3" t="n">
+        <x:v>41416</x:v>
+      </x:c>
+      <x:c r="CO21" s="3" t="n">
+        <x:v>45670</x:v>
+      </x:c>
+      <x:c r="CP21" s="3" t="n">
+        <x:v>45545</x:v>
+      </x:c>
+      <x:c r="CQ21" s="3" t="n">
+        <x:v>47479</x:v>
+      </x:c>
+      <x:c r="CR21" s="3" t="n">
+        <x:v>45405</x:v>
+      </x:c>
+      <x:c r="CS21" s="3" t="n">
+        <x:v>44881</x:v>
+      </x:c>
+      <x:c r="CT21" s="3" t="n">
+        <x:v>47358</x:v>
+      </x:c>
+      <x:c r="CU21" s="3" t="n">
+        <x:v>49142</x:v>
+      </x:c>
+      <x:c r="CV21" s="3" t="n">
+        <x:v>45175</x:v>
+      </x:c>
+      <x:c r="CW21" s="3" t="n">
+        <x:v>47662</x:v>
+      </x:c>
+      <x:c r="CX21" s="3" t="n">
+        <x:v>42268</x:v>
+      </x:c>
+      <x:c r="CY21" s="3" t="n">
+        <x:v>39913</x:v>
+      </x:c>
+      <x:c r="CZ21" s="3" t="n">
+        <x:v>41946</x:v>
+      </x:c>
+      <x:c r="DA21" s="3" t="n">
+        <x:v>46413</x:v>
+      </x:c>
+      <x:c r="DB21" s="3" t="n">
+        <x:v>46782</x:v>
+      </x:c>
+      <x:c r="DC21" s="3" t="n">
+        <x:v>50176</x:v>
+      </x:c>
+      <x:c r="DD21" s="3" t="n">
+        <x:v>51302</x:v>
+      </x:c>
+      <x:c r="DE21" s="3" t="n">
+        <x:v>60607</x:v>
+      </x:c>
+      <x:c r="DF21" s="3" t="n">
+        <x:v>57782</x:v>
+      </x:c>
+      <x:c r="DG21" s="3" t="n">
+        <x:v>58262</x:v>
+      </x:c>
+      <x:c r="DH21" s="3" t="n">
+        <x:v>59698</x:v>
+      </x:c>
+      <x:c r="DI21" s="3" t="n">
+        <x:v>68215</x:v>
+      </x:c>
+      <x:c r="DJ21" s="3" t="n">
+        <x:v>66551</x:v>
+      </x:c>
+      <x:c r="DK21" s="3" t="n">
+        <x:v>69593</x:v>
+      </x:c>
+      <x:c r="DL21" s="3" t="n">
+        <x:v>70235</x:v>
+      </x:c>
+      <x:c r="DM21" s="3" t="n">
+        <x:v>80648</x:v>
+      </x:c>
+      <x:c r="DN21" s="3" t="n">
+        <x:v>82943</x:v>
+      </x:c>
+      <x:c r="DO21" s="3" t="n">
+        <x:v>89760</x:v>
+      </x:c>
+      <x:c r="DP21" s="3" t="n">
+        <x:v>89572</x:v>
+      </x:c>
+      <x:c r="DQ21" s="3" t="n">
+        <x:v>97373</x:v>
+      </x:c>
+      <x:c r="DR21" s="3" t="n">
+        <x:v>95088</x:v>
+      </x:c>
+      <x:c r="DS21" s="3" t="n">
+        <x:v>96815</x:v>
+      </x:c>
+      <x:c r="DT21" s="3" t="n">
+        <x:v>91558</x:v>
+      </x:c>
+      <x:c r="DU21" s="3" t="n">
+        <x:v>100924</x:v>
+      </x:c>
+      <x:c r="DV21" s="3" t="n">
+        <x:v>85313</x:v>
+      </x:c>
+      <x:c r="DW21" s="3" t="n">
+        <x:v>80692</x:v>
+      </x:c>
+      <x:c r="DX21" s="3" t="n">
+        <x:v>76539</x:v>
+      </x:c>
+      <x:c r="DY21" s="3" t="n">
+        <x:v>85651</x:v>
+      </x:c>
+      <x:c r="DZ21" s="3" t="n">
+        <x:v>71034</x:v>
+      </x:c>
+      <x:c r="EA21" s="3" t="n">
+        <x:v>77074</x:v>
+      </x:c>
+      <x:c r="EB21" s="3" t="n">
+        <x:v>74152</x:v>
+      </x:c>
+      <x:c r="EC21" s="3" t="n">
+        <x:v>85598</x:v>
+      </x:c>
+      <x:c r="ED21" s="3" t="n">
+        <x:v>81307</x:v>
+      </x:c>
+      <x:c r="EE21" s="3" t="n">
+        <x:v>86856</x:v>
+      </x:c>
+      <x:c r="EF21" s="3" t="n">
+        <x:v>83864</x:v>
+      </x:c>
+      <x:c r="EG21" s="3" t="n">
+        <x:v>93142</x:v>
+      </x:c>
+      <x:c r="EH21" s="3" t="n">
+        <x:v>90270</x:v>
+      </x:c>
+      <x:c r="EI21" s="3" t="n">
+        <x:v>95305</x:v>
+      </x:c>
+      <x:c r="EJ21" s="3" t="n">
+        <x:v>98913</x:v>
+      </x:c>
+      <x:c r="EK21" s="3" t="n">
+        <x:v>108657</x:v>
+      </x:c>
+      <x:c r="EL21" s="3" t="n">
+        <x:v>91767</x:v>
+      </x:c>
+      <x:c r="EM21" s="3" t="n">
+        <x:v>104699</x:v>
+      </x:c>
+      <x:c r="EN21" s="3" t="n">
+        <x:v>97824</x:v>
+      </x:c>
+      <x:c r="EO21" s="3" t="n">
+        <x:v>108816</x:v>
+      </x:c>
+      <x:c r="EP21" s="3" t="n">
+        <x:v>98326</x:v>
+      </x:c>
+      <x:c r="EQ21" s="3" t="n">
+        <x:v>104701</x:v>
+      </x:c>
+      <x:c r="ER21" s="3" t="n">
+        <x:v>102410</x:v>
+      </x:c>
+      <x:c r="ES21" s="3" t="n">
+        <x:v>111817</x:v>
+      </x:c>
+      <x:c r="ET21" s="3" t="n">
+        <x:v>100394</x:v>
+      </x:c>
+      <x:c r="EU21" s="3" t="n">
+        <x:v>110674</x:v>
+      </x:c>
+      <x:c r="EV21" s="3" t="n">
+        <x:v>104292</x:v>
+      </x:c>
+      <x:c r="EW21" s="3" t="n">
+        <x:v>115359</x:v>
+      </x:c>
+      <x:c r="EX21" s="3" t="n">
+        <x:v>110675</x:v>
+      </x:c>
+      <x:c r="EY21" s="3" t="n">
+        <x:v>122438</x:v>
+      </x:c>
+      <x:c r="EZ21" s="3" t="n">
+        <x:v>122704</x:v>
+      </x:c>
+      <x:c r="FA21" s="3" t="n">
+        <x:v>133268</x:v>
+      </x:c>
+      <x:c r="FB21" s="3" t="n">
+        <x:v>131065</x:v>
+      </x:c>
+      <x:c r="FC21" s="3" t="n">
+        <x:v>132022</x:v>
+      </x:c>
+      <x:c r="FD21" s="3" t="n">
+        <x:v>135072</x:v>
+      </x:c>
+      <x:c r="FE21" s="3" t="n">
+        <x:v>140752</x:v>
+      </x:c>
+      <x:c r="FF21" s="3" t="n">
+        <x:v>128801</x:v>
+      </x:c>
+      <x:c r="FG21" s="3" t="n">
+        <x:v>137460</x:v>
+      </x:c>
+      <x:c r="FH21" s="3" t="n">
+        <x:v>136433</x:v>
+      </x:c>
+      <x:c r="FI21" s="3" t="n">
+        <x:v>148675</x:v>
+      </x:c>
+      <x:c r="FJ21" s="3" t="n">
+        <x:v>144455</x:v>
+      </x:c>
+      <x:c r="FK21" s="3" t="n">
+        <x:v>152210</x:v>
+      </x:c>
+      <x:c r="FL21" s="3" t="n">
+        <x:v>154635</x:v>
+      </x:c>
+      <x:c r="FM21" s="3" t="n">
+        <x:v>159958</x:v>
+      </x:c>
+      <x:c r="FN21" s="3" t="n">
+        <x:v>148193</x:v>
+      </x:c>
+      <x:c r="FO21" s="3" t="n">
+        <x:v>150421</x:v>
+      </x:c>
+      <x:c r="FP21" s="3" t="n">
+        <x:v>148153</x:v>
+      </x:c>
+      <x:c r="FQ21" s="3" t="n">
+        <x:v>163004</x:v>
+      </x:c>
+      <x:c r="FR21" s="3" t="n">
+        <x:v>157455</x:v>
+      </x:c>
+      <x:c r="FS21" s="3" t="n">
+        <x:v>167355</x:v>
+      </x:c>
+      <x:c r="FT21" s="3" t="n">
+        <x:v>165053</x:v>
+      </x:c>
+      <x:c r="FU21" s="3" t="n">
+        <x:v>175477</x:v>
+      </x:c>
+      <x:c r="FV21" s="3" t="n">
+        <x:v>173566</x:v>
+      </x:c>
+      <x:c r="FW21" s="3" t="n">
+        <x:v>175894</x:v>
+      </x:c>
+      <x:c r="FX21" s="3" t="n">
+        <x:v>174445</x:v>
+      </x:c>
+      <x:c r="FY21" s="3" t="n">
+        <x:v>178762</x:v>
+      </x:c>
+      <x:c r="FZ21" s="3" t="n">
+        <x:v>174851</x:v>
+      </x:c>
+      <x:c r="GA21" s="3" t="n">
+        <x:v>173250</x:v>
+      </x:c>
+      <x:c r="GB21" s="3" t="n">
+        <x:v>159292</x:v>
+      </x:c>
+      <x:c r="GC21" s="3" t="n">
+        <x:v>173579</x:v>
+      </x:c>
+      <x:c r="GD21" s="3" t="n">
+        <x:v>159727</x:v>
+      </x:c>
+      <x:c r="GE21" s="3" t="n">
+        <x:v>173662</x:v>
+      </x:c>
+      <x:c r="GF21" s="3" t="n">
+        <x:v>165891</x:v>
+      </x:c>
+      <x:c r="GG21" s="3" t="n">
+        <x:v>178675</x:v>
+      </x:c>
+      <x:c r="GH21" s="3" t="n">
+        <x:v>168804</x:v>
+      </x:c>
+      <x:c r="GI21" s="3" t="n">
+        <x:v>180266</x:v>
+      </x:c>
+      <x:c r="GJ21" s="3" t="n">
+        <x:v>172148</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:191">
-[...231 lines deleted...]
-      <x:c r="BZ21" s="3" t="n">
+    <x:row r="22" spans="1:192">
+      <x:c r="A22" s="2" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="B22" s="3" t="n">
+        <x:v>9267</x:v>
+      </x:c>
+      <x:c r="C22" s="3" t="n">
+        <x:v>9581</x:v>
+      </x:c>
+      <x:c r="D22" s="3" t="n">
+        <x:v>8665</x:v>
+      </x:c>
+      <x:c r="E22" s="3" t="n">
+        <x:v>10638</x:v>
+      </x:c>
+      <x:c r="F22" s="3" t="n">
+        <x:v>8219</x:v>
+      </x:c>
+      <x:c r="G22" s="3" t="n">
+        <x:v>8141</x:v>
+      </x:c>
+      <x:c r="H22" s="3" t="n">
+        <x:v>8274</x:v>
+      </x:c>
+      <x:c r="I22" s="3" t="n">
+        <x:v>13214</x:v>
+      </x:c>
+      <x:c r="J22" s="3" t="n">
+        <x:v>10268</x:v>
+      </x:c>
+      <x:c r="K22" s="3" t="n">
+        <x:v>9478</x:v>
+      </x:c>
+      <x:c r="L22" s="3" t="n">
+        <x:v>10171</x:v>
+      </x:c>
+      <x:c r="M22" s="3" t="n">
+        <x:v>11611</x:v>
+      </x:c>
+      <x:c r="N22" s="3" t="n">
+        <x:v>9838</x:v>
+      </x:c>
+      <x:c r="O22" s="3" t="n">
+        <x:v>11794</x:v>
+      </x:c>
+      <x:c r="P22" s="3" t="n">
+        <x:v>12088</x:v>
+      </x:c>
+      <x:c r="Q22" s="3" t="n">
+        <x:v>13703</x:v>
+      </x:c>
+      <x:c r="R22" s="3" t="n">
+        <x:v>11164</x:v>
+      </x:c>
+      <x:c r="S22" s="3" t="n">
+        <x:v>13079</x:v>
+      </x:c>
+      <x:c r="T22" s="3" t="n">
+        <x:v>12051</x:v>
+      </x:c>
+      <x:c r="U22" s="3" t="n">
+        <x:v>13702</x:v>
+      </x:c>
+      <x:c r="V22" s="3" t="n">
+        <x:v>11552</x:v>
+      </x:c>
+      <x:c r="W22" s="3" t="n">
+        <x:v>12636</x:v>
+      </x:c>
+      <x:c r="X22" s="3" t="n">
+        <x:v>13430</x:v>
+      </x:c>
+      <x:c r="Y22" s="3" t="n">
+        <x:v>14263</x:v>
+      </x:c>
+      <x:c r="Z22" s="3" t="n">
+        <x:v>11761</x:v>
+      </x:c>
+      <x:c r="AA22" s="3" t="n">
+        <x:v>13871</x:v>
+      </x:c>
+      <x:c r="AB22" s="3" t="n">
+        <x:v>14576</x:v>
+      </x:c>
+      <x:c r="AC22" s="3" t="n">
+        <x:v>16506</x:v>
+      </x:c>
+      <x:c r="AD22" s="3" t="n">
+        <x:v>11653</x:v>
+      </x:c>
+      <x:c r="AE22" s="3" t="n">
+        <x:v>14843</x:v>
+      </x:c>
+      <x:c r="AF22" s="3" t="n">
+        <x:v>20770</x:v>
+      </x:c>
+      <x:c r="AG22" s="3" t="n">
+        <x:v>20068</x:v>
+      </x:c>
+      <x:c r="AH22" s="3" t="n">
+        <x:v>19474</x:v>
+      </x:c>
+      <x:c r="AI22" s="3" t="n">
+        <x:v>22170</x:v>
+      </x:c>
+      <x:c r="AJ22" s="3" t="n">
+        <x:v>22050</x:v>
+      </x:c>
+      <x:c r="AK22" s="3" t="n">
+        <x:v>20577</x:v>
+      </x:c>
+      <x:c r="AL22" s="3" t="n">
+        <x:v>20171</x:v>
+      </x:c>
+      <x:c r="AM22" s="3" t="n">
+        <x:v>20857</x:v>
+      </x:c>
+      <x:c r="AN22" s="3" t="n">
+        <x:v>21383</x:v>
+      </x:c>
+      <x:c r="AO22" s="3" t="n">
+        <x:v>25211</x:v>
+      </x:c>
+      <x:c r="AP22" s="3" t="n">
+        <x:v>19460</x:v>
+      </x:c>
+      <x:c r="AQ22" s="3" t="n">
+        <x:v>21469</x:v>
+      </x:c>
+      <x:c r="AR22" s="3" t="n">
+        <x:v>20210</x:v>
+      </x:c>
+      <x:c r="AS22" s="3" t="n">
+        <x:v>22407</x:v>
+      </x:c>
+      <x:c r="AT22" s="3" t="n">
+        <x:v>15953</x:v>
+      </x:c>
+      <x:c r="AU22" s="3" t="n">
+        <x:v>17506</x:v>
+      </x:c>
+      <x:c r="AV22" s="3" t="n">
+        <x:v>16035</x:v>
+      </x:c>
+      <x:c r="AW22" s="3" t="n">
+        <x:v>18683</x:v>
+      </x:c>
+      <x:c r="AX22" s="3" t="n">
+        <x:v>18364</x:v>
+      </x:c>
+      <x:c r="AY22" s="3" t="n">
+        <x:v>15700</x:v>
+      </x:c>
+      <x:c r="AZ22" s="3" t="n">
+        <x:v>15783</x:v>
+      </x:c>
+      <x:c r="BA22" s="3" t="n">
+        <x:v>18210</x:v>
+      </x:c>
+      <x:c r="BB22" s="3" t="n">
+        <x:v>13364</x:v>
+      </x:c>
+      <x:c r="BC22" s="3" t="n">
+        <x:v>15180</x:v>
+      </x:c>
+      <x:c r="BD22" s="3" t="n">
+        <x:v>15688</x:v>
+      </x:c>
+      <x:c r="BE22" s="3" t="n">
+        <x:v>17786</x:v>
+      </x:c>
+      <x:c r="BF22" s="3" t="n">
+        <x:v>13232</x:v>
+      </x:c>
+      <x:c r="BG22" s="3" t="n">
+        <x:v>14271</x:v>
+      </x:c>
+      <x:c r="BH22" s="3" t="n">
+        <x:v>14061</x:v>
+      </x:c>
+      <x:c r="BI22" s="3" t="n">
+        <x:v>16928</x:v>
+      </x:c>
+      <x:c r="BJ22" s="3" t="n">
+        <x:v>12981</x:v>
+      </x:c>
+      <x:c r="BK22" s="3" t="n">
+        <x:v>15425</x:v>
+      </x:c>
+      <x:c r="BL22" s="3" t="n">
+        <x:v>16383</x:v>
+      </x:c>
+      <x:c r="BM22" s="3" t="n">
+        <x:v>16995</x:v>
+      </x:c>
+      <x:c r="BN22" s="3" t="n">
+        <x:v>15727</x:v>
+      </x:c>
+      <x:c r="BO22" s="3" t="n">
+        <x:v>17547</x:v>
+      </x:c>
+      <x:c r="BP22" s="3" t="n">
+        <x:v>18209</x:v>
+      </x:c>
+      <x:c r="BQ22" s="3" t="n">
+        <x:v>18805</x:v>
+      </x:c>
+      <x:c r="BR22" s="3" t="n">
+        <x:v>19878</x:v>
+      </x:c>
+      <x:c r="BS22" s="3" t="n">
+        <x:v>21172</x:v>
+      </x:c>
+      <x:c r="BT22" s="3" t="n">
+        <x:v>21389</x:v>
+      </x:c>
+      <x:c r="BU22" s="3" t="n">
+        <x:v>22517</x:v>
+      </x:c>
+      <x:c r="BV22" s="3" t="n">
+        <x:v>25692</x:v>
+      </x:c>
+      <x:c r="BW22" s="3" t="n">
+        <x:v>25667</x:v>
+      </x:c>
+      <x:c r="BX22" s="3" t="n">
+        <x:v>23867</x:v>
+      </x:c>
+      <x:c r="BY22" s="3" t="n">
+        <x:v>27421</x:v>
+      </x:c>
+      <x:c r="BZ22" s="3" t="n">
+        <x:v>23314</x:v>
+      </x:c>
+      <x:c r="CA22" s="3" t="n">
+        <x:v>25698</x:v>
+      </x:c>
+      <x:c r="CB22" s="3" t="n">
+        <x:v>28185</x:v>
+      </x:c>
+      <x:c r="CC22" s="3" t="n">
+        <x:v>29899</x:v>
+      </x:c>
+      <x:c r="CD22" s="3" t="n">
+        <x:v>28133</x:v>
+      </x:c>
+      <x:c r="CE22" s="3" t="n">
+        <x:v>27605</x:v>
+      </x:c>
+      <x:c r="CF22" s="3" t="n">
+        <x:v>30465</x:v>
+      </x:c>
+      <x:c r="CG22" s="3" t="n">
+        <x:v>33194</x:v>
+      </x:c>
+      <x:c r="CH22" s="3" t="n">
+        <x:v>26561</x:v>
+      </x:c>
+      <x:c r="CI22" s="3" t="n">
+        <x:v>28277</x:v>
+      </x:c>
+      <x:c r="CJ22" s="3" t="n">
+        <x:v>29978</x:v>
+      </x:c>
+      <x:c r="CK22" s="3" t="n">
+        <x:v>30734</x:v>
+      </x:c>
+      <x:c r="CL22" s="3" t="n">
         <x:v>31318</x:v>
       </x:c>
-      <x:c r="CA21" s="3" t="n">
-[...336 lines deleted...]
-        <x:v>156610</x:v>
+      <x:c r="CM22" s="3" t="n">
+        <x:v>30594</x:v>
+      </x:c>
+      <x:c r="CN22" s="3" t="n">
+        <x:v>29658</x:v>
+      </x:c>
+      <x:c r="CO22" s="3" t="n">
+        <x:v>32850</x:v>
+      </x:c>
+      <x:c r="CP22" s="3" t="n">
+        <x:v>31819</x:v>
+      </x:c>
+      <x:c r="CQ22" s="3" t="n">
+        <x:v>34178</x:v>
+      </x:c>
+      <x:c r="CR22" s="3" t="n">
+        <x:v>32006</x:v>
+      </x:c>
+      <x:c r="CS22" s="3" t="n">
+        <x:v>31086</x:v>
+      </x:c>
+      <x:c r="CT22" s="3" t="n">
+        <x:v>32999</x:v>
+      </x:c>
+      <x:c r="CU22" s="3" t="n">
+        <x:v>35554</x:v>
+      </x:c>
+      <x:c r="CV22" s="3" t="n">
+        <x:v>31797</x:v>
+      </x:c>
+      <x:c r="CW22" s="3" t="n">
+        <x:v>33654</x:v>
+      </x:c>
+      <x:c r="CX22" s="3" t="n">
+        <x:v>27542</x:v>
+      </x:c>
+      <x:c r="CY22" s="3" t="n">
+        <x:v>26203</x:v>
+      </x:c>
+      <x:c r="CZ22" s="3" t="n">
+        <x:v>27974</x:v>
+      </x:c>
+      <x:c r="DA22" s="3" t="n">
+        <x:v>31197</x:v>
+      </x:c>
+      <x:c r="DB22" s="3" t="n">
+        <x:v>30272</x:v>
+      </x:c>
+      <x:c r="DC22" s="3" t="n">
+        <x:v>32619</x:v>
+      </x:c>
+      <x:c r="DD22" s="3" t="n">
+        <x:v>33183</x:v>
+      </x:c>
+      <x:c r="DE22" s="3" t="n">
+        <x:v>40182</x:v>
+      </x:c>
+      <x:c r="DF22" s="3" t="n">
+        <x:v>36579</x:v>
+      </x:c>
+      <x:c r="DG22" s="3" t="n">
+        <x:v>36870</x:v>
+      </x:c>
+      <x:c r="DH22" s="3" t="n">
+        <x:v>38901</x:v>
+      </x:c>
+      <x:c r="DI22" s="3" t="n">
+        <x:v>45067</x:v>
+      </x:c>
+      <x:c r="DJ22" s="3" t="n">
+        <x:v>42751</x:v>
+      </x:c>
+      <x:c r="DK22" s="3" t="n">
+        <x:v>46240</x:v>
+      </x:c>
+      <x:c r="DL22" s="3" t="n">
+        <x:v>47547</x:v>
+      </x:c>
+      <x:c r="DM22" s="3" t="n">
+        <x:v>54662</x:v>
+      </x:c>
+      <x:c r="DN22" s="3" t="n">
+        <x:v>55729</x:v>
+      </x:c>
+      <x:c r="DO22" s="3" t="n">
+        <x:v>62897</x:v>
+      </x:c>
+      <x:c r="DP22" s="3" t="n">
+        <x:v>63821</x:v>
+      </x:c>
+      <x:c r="DQ22" s="3" t="n">
+        <x:v>69753</x:v>
+      </x:c>
+      <x:c r="DR22" s="3" t="n">
+        <x:v>68312</x:v>
+      </x:c>
+      <x:c r="DS22" s="3" t="n">
+        <x:v>71290</x:v>
+      </x:c>
+      <x:c r="DT22" s="3" t="n">
+        <x:v>67175</x:v>
+      </x:c>
+      <x:c r="DU22" s="3" t="n">
+        <x:v>76299</x:v>
+      </x:c>
+      <x:c r="DV22" s="3" t="n">
+        <x:v>60794</x:v>
+      </x:c>
+      <x:c r="DW22" s="3" t="n">
+        <x:v>56669</x:v>
+      </x:c>
+      <x:c r="DX22" s="3" t="n">
+        <x:v>53859</x:v>
+      </x:c>
+      <x:c r="DY22" s="3" t="n">
+        <x:v>61560</x:v>
+      </x:c>
+      <x:c r="DZ22" s="3" t="n">
+        <x:v>47280</x:v>
+      </x:c>
+      <x:c r="EA22" s="3" t="n">
+        <x:v>53416</x:v>
+      </x:c>
+      <x:c r="EB22" s="3" t="n">
+        <x:v>50311</x:v>
+      </x:c>
+      <x:c r="EC22" s="3" t="n">
+        <x:v>58878</x:v>
+      </x:c>
+      <x:c r="ED22" s="3" t="n">
+        <x:v>52602</x:v>
+      </x:c>
+      <x:c r="EE22" s="3" t="n">
+        <x:v>56270</x:v>
+      </x:c>
+      <x:c r="EF22" s="3" t="n">
+        <x:v>53843</x:v>
+      </x:c>
+      <x:c r="EG22" s="3" t="n">
+        <x:v>60979</x:v>
+      </x:c>
+      <x:c r="EH22" s="3" t="n">
+        <x:v>57185</x:v>
+      </x:c>
+      <x:c r="EI22" s="3" t="n">
+        <x:v>61008</x:v>
+      </x:c>
+      <x:c r="EJ22" s="3" t="n">
+        <x:v>63302</x:v>
+      </x:c>
+      <x:c r="EK22" s="3" t="n">
+        <x:v>71359</x:v>
+      </x:c>
+      <x:c r="EL22" s="3" t="n">
+        <x:v>53435</x:v>
+      </x:c>
+      <x:c r="EM22" s="3" t="n">
+        <x:v>67015</x:v>
+      </x:c>
+      <x:c r="EN22" s="3" t="n">
+        <x:v>60857</x:v>
+      </x:c>
+      <x:c r="EO22" s="3" t="n">
+        <x:v>69499</x:v>
+      </x:c>
+      <x:c r="EP22" s="3" t="n">
+        <x:v>59271</x:v>
+      </x:c>
+      <x:c r="EQ22" s="3" t="n">
+        <x:v>65536</x:v>
+      </x:c>
+      <x:c r="ER22" s="3" t="n">
+        <x:v>64017</x:v>
+      </x:c>
+      <x:c r="ES22" s="3" t="n">
+        <x:v>72914</x:v>
+      </x:c>
+      <x:c r="ET22" s="3" t="n">
+        <x:v>60908</x:v>
+      </x:c>
+      <x:c r="EU22" s="3" t="n">
+        <x:v>69399</x:v>
+      </x:c>
+      <x:c r="EV22" s="3" t="n">
+        <x:v>63465</x:v>
+      </x:c>
+      <x:c r="EW22" s="3" t="n">
+        <x:v>71239</x:v>
+      </x:c>
+      <x:c r="EX22" s="3" t="n">
+        <x:v>69837</x:v>
+      </x:c>
+      <x:c r="EY22" s="3" t="n">
+        <x:v>77395</x:v>
+      </x:c>
+      <x:c r="EZ22" s="3" t="n">
+        <x:v>76434</x:v>
+      </x:c>
+      <x:c r="FA22" s="3" t="n">
+        <x:v>84025</x:v>
+      </x:c>
+      <x:c r="FB22" s="3" t="n">
+        <x:v>81356</x:v>
+      </x:c>
+      <x:c r="FC22" s="3" t="n">
+        <x:v>81743</x:v>
+      </x:c>
+      <x:c r="FD22" s="3" t="n">
+        <x:v>84677</x:v>
+      </x:c>
+      <x:c r="FE22" s="3" t="n">
+        <x:v>90878</x:v>
+      </x:c>
+      <x:c r="FF22" s="3" t="n">
+        <x:v>80807</x:v>
+      </x:c>
+      <x:c r="FG22" s="3" t="n">
+        <x:v>89972</x:v>
+      </x:c>
+      <x:c r="FH22" s="3" t="n">
+        <x:v>88357</x:v>
+      </x:c>
+      <x:c r="FI22" s="3" t="n">
+        <x:v>98714</x:v>
+      </x:c>
+      <x:c r="FJ22" s="3" t="n">
+        <x:v>95526</x:v>
+      </x:c>
+      <x:c r="FK22" s="3" t="n">
+        <x:v>102423</x:v>
+      </x:c>
+      <x:c r="FL22" s="3" t="n">
+        <x:v>104848</x:v>
+      </x:c>
+      <x:c r="FM22" s="3" t="n">
+        <x:v>111698</x:v>
+      </x:c>
+      <x:c r="FN22" s="3" t="n">
+        <x:v>100811</x:v>
+      </x:c>
+      <x:c r="FO22" s="3" t="n">
+        <x:v>100583</x:v>
+      </x:c>
+      <x:c r="FP22" s="3" t="n">
+        <x:v>98338</x:v>
+      </x:c>
+      <x:c r="FQ22" s="3" t="n">
+        <x:v>110956</x:v>
+      </x:c>
+      <x:c r="FR22" s="3" t="n">
+        <x:v>106018</x:v>
+      </x:c>
+      <x:c r="FS22" s="3" t="n">
+        <x:v>111989</x:v>
+      </x:c>
+      <x:c r="FT22" s="3" t="n">
+        <x:v>110168</x:v>
+      </x:c>
+      <x:c r="FU22" s="3" t="n">
+        <x:v>117065</x:v>
+      </x:c>
+      <x:c r="FV22" s="3" t="n">
+        <x:v>114126</x:v>
+      </x:c>
+      <x:c r="FW22" s="3" t="n">
+        <x:v>115827</x:v>
+      </x:c>
+      <x:c r="FX22" s="3" t="n">
+        <x:v>115129</x:v>
+      </x:c>
+      <x:c r="FY22" s="3" t="n">
+        <x:v>117336</x:v>
+      </x:c>
+      <x:c r="FZ22" s="3" t="n">
+        <x:v>111878</x:v>
+      </x:c>
+      <x:c r="GA22" s="3" t="n">
+        <x:v>116121</x:v>
+      </x:c>
+      <x:c r="GB22" s="3" t="n">
+        <x:v>105131</x:v>
+      </x:c>
+      <x:c r="GC22" s="3" t="n">
+        <x:v>120312</x:v>
+      </x:c>
+      <x:c r="GD22" s="3" t="n">
+        <x:v>108415</x:v>
+      </x:c>
+      <x:c r="GE22" s="3" t="n">
+        <x:v>123050</x:v>
+      </x:c>
+      <x:c r="GF22" s="3" t="n">
+        <x:v>116649</x:v>
+      </x:c>
+      <x:c r="GG22" s="3" t="n">
+        <x:v>130920</x:v>
+      </x:c>
+      <x:c r="GH22" s="3" t="n">
+        <x:v>119641</x:v>
+      </x:c>
+      <x:c r="GI22" s="3" t="n">
+        <x:v>128496</x:v>
+      </x:c>
+      <x:c r="GJ22" s="3" t="n">
+        <x:v>120591</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:191">
-[...574 lines deleted...]
-    <x:row r="23" spans="1:191">
+    <x:row r="23" spans="1:192">
       <x:c r="A23" s="2" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
         <x:v>238</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
         <x:v>390</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H23" s="3" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I23" s="3" t="n">
         <x:v>73</x:v>
       </x:c>
@@ -12440,922 +12500,928 @@
       <x:c r="CH23" s="3" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="CI23" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="CJ23" s="3" t="n">
         <x:v>451</x:v>
       </x:c>
       <x:c r="CK23" s="3" t="n">
         <x:v>-2314</x:v>
       </x:c>
       <x:c r="CL23" s="3" t="n">
         <x:v>3331</x:v>
       </x:c>
       <x:c r="CM23" s="3" t="n">
         <x:v>337</x:v>
       </x:c>
       <x:c r="CN23" s="3" t="n">
         <x:v>328</x:v>
       </x:c>
       <x:c r="CO23" s="3" t="n">
         <x:v>335</x:v>
       </x:c>
       <x:c r="CP23" s="3" t="n">
-        <x:v>777</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="CQ23" s="3" t="n">
-        <x:v>2981</x:v>
+        <x:v>3005</x:v>
       </x:c>
       <x:c r="CR23" s="3" t="n">
-        <x:v>907</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="CS23" s="3" t="n">
-        <x:v>-1327</x:v>
+        <x:v>-1314</x:v>
       </x:c>
       <x:c r="CT23" s="3" t="n">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="CU23" s="3" t="n">
-        <x:v>5147</x:v>
+        <x:v>5235</x:v>
       </x:c>
       <x:c r="CV23" s="3" t="n">
-        <x:v>368</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="CW23" s="3" t="n">
-        <x:v>282</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="CX23" s="3" t="n">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="CY23" s="3" t="n">
+        <x:v>-1369</x:v>
+      </x:c>
+      <x:c r="CZ23" s="3" t="n">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="DA23" s="3" t="n">
+        <x:v>1546</x:v>
+      </x:c>
+      <x:c r="DB23" s="3" t="n">
+        <x:v>-234</x:v>
+      </x:c>
+      <x:c r="DC23" s="3" t="n">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="DD23" s="3" t="n">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="CY23" s="3" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="DE23" s="3" t="n">
-        <x:v>2705</x:v>
+        <x:v>2791</x:v>
       </x:c>
       <x:c r="DF23" s="3" t="n">
-        <x:v>1961</x:v>
+        <x:v>2054</x:v>
       </x:c>
       <x:c r="DG23" s="3" t="n">
-        <x:v>-1770</x:v>
+        <x:v>-1712</x:v>
       </x:c>
       <x:c r="DH23" s="3" t="n">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="DI23" s="3" t="n">
+        <x:v>1351</x:v>
+      </x:c>
+      <x:c r="DJ23" s="3" t="n">
+        <x:v>-440</x:v>
+      </x:c>
+      <x:c r="DK23" s="3" t="n">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="DL23" s="3" t="n">
+        <x:v>1267</x:v>
+      </x:c>
+      <x:c r="DM23" s="3" t="n">
+        <x:v>2348</x:v>
+      </x:c>
+      <x:c r="DN23" s="3" t="n">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="DO23" s="3" t="n">
+        <x:v>3987</x:v>
+      </x:c>
+      <x:c r="DP23" s="3" t="n">
+        <x:v>2437</x:v>
+      </x:c>
+      <x:c r="DQ23" s="3" t="n">
+        <x:v>1252</x:v>
+      </x:c>
+      <x:c r="DR23" s="3" t="n">
+        <x:v>4219</x:v>
+      </x:c>
+      <x:c r="DS23" s="3" t="n">
+        <x:v>3663</x:v>
+      </x:c>
+      <x:c r="DT23" s="3" t="n">
+        <x:v>950</x:v>
+      </x:c>
+      <x:c r="DU23" s="3" t="n">
+        <x:v>1870</x:v>
+      </x:c>
+      <x:c r="DV23" s="3" t="n">
+        <x:v>5225</x:v>
+      </x:c>
+      <x:c r="DW23" s="3" t="n">
+        <x:v>-1</x:v>
+      </x:c>
+      <x:c r="DX23" s="3" t="n">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="DY23" s="3" t="n">
+        <x:v>5034</x:v>
+      </x:c>
+      <x:c r="DZ23" s="3" t="n">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="EA23" s="3" t="n">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="EB23" s="3" t="n">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="EC23" s="3" t="n">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="ED23" s="3" t="n">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="EE23" s="3" t="n">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="EF23" s="3" t="n">
+        <x:v>-678</x:v>
+      </x:c>
+      <x:c r="EG23" s="3" t="n">
+        <x:v>-208</x:v>
+      </x:c>
+      <x:c r="EH23" s="3" t="n">
+        <x:v>1600</x:v>
+      </x:c>
+      <x:c r="EI23" s="3" t="n">
+        <x:v>1767</x:v>
+      </x:c>
+      <x:c r="EJ23" s="3" t="n">
+        <x:v>3856</x:v>
+      </x:c>
+      <x:c r="EK23" s="3" t="n">
+        <x:v>4332</x:v>
+      </x:c>
+      <x:c r="EL23" s="3" t="n">
+        <x:v>-1364</x:v>
+      </x:c>
+      <x:c r="EM23" s="3" t="n">
+        <x:v>2772</x:v>
+      </x:c>
+      <x:c r="EN23" s="3" t="n">
+        <x:v>1159</x:v>
+      </x:c>
+      <x:c r="EO23" s="3" t="n">
+        <x:v>3628</x:v>
+      </x:c>
+      <x:c r="EP23" s="3" t="n">
+        <x:v>1150</x:v>
+      </x:c>
+      <x:c r="EQ23" s="3" t="n">
+        <x:v>1689</x:v>
+      </x:c>
+      <x:c r="ER23" s="3" t="n">
+        <x:v>1286</x:v>
+      </x:c>
+      <x:c r="ES23" s="3" t="n">
+        <x:v>1310</x:v>
+      </x:c>
+      <x:c r="ET23" s="3" t="n">
+        <x:v>1760</x:v>
+      </x:c>
+      <x:c r="EU23" s="3" t="n">
+        <x:v>1943</x:v>
+      </x:c>
+      <x:c r="EV23" s="3" t="n">
+        <x:v>1099</x:v>
+      </x:c>
+      <x:c r="EW23" s="3" t="n">
+        <x:v>929</x:v>
+      </x:c>
+      <x:c r="EX23" s="3" t="n">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="EY23" s="3" t="n">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="EZ23" s="3" t="n">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="FA23" s="3" t="n">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="DI23" s="3" t="n">
-[...133 lines deleted...]
-      </x:c>
       <x:c r="FB23" s="3" t="n">
-        <x:v>1013</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="FC23" s="3" t="n">
-        <x:v>819</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="FD23" s="3" t="n">
-        <x:v>1047</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="FE23" s="3" t="n">
-        <x:v>1363</x:v>
+        <x:v>1503</x:v>
       </x:c>
       <x:c r="FF23" s="3" t="n">
-        <x:v>603</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="FG23" s="3" t="n">
-        <x:v>782</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="FH23" s="3" t="n">
-        <x:v>562</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="FI23" s="3" t="n">
-        <x:v>768</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="FJ23" s="3" t="n">
-        <x:v>942</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="FK23" s="3" t="n">
-        <x:v>1088</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="FL23" s="3" t="n">
-        <x:v>980</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="FM23" s="3" t="n">
-        <x:v>1166</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="FN23" s="3" t="n">
-        <x:v>2090</x:v>
+        <x:v>2373</x:v>
       </x:c>
       <x:c r="FO23" s="3" t="n">
-        <x:v>1985</x:v>
+        <x:v>2248</x:v>
       </x:c>
       <x:c r="FP23" s="3" t="n">
-        <x:v>1174</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="FQ23" s="3" t="n">
-        <x:v>1077</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="FR23" s="3" t="n">
-        <x:v>407</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="FS23" s="3" t="n">
-        <x:v>579</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="FT23" s="3" t="n">
-        <x:v>365</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="FU23" s="3" t="n">
-        <x:v>590</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="FV23" s="3" t="n">
-        <x:v>1022</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="FW23" s="3" t="n">
-        <x:v>1558</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="FX23" s="3" t="n">
-        <x:v>927</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="FY23" s="3" t="n">
-        <x:v>1565</x:v>
+        <x:v>1861</x:v>
       </x:c>
       <x:c r="FZ23" s="3" t="n">
-        <x:v>1668</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="GA23" s="3" t="n">
-        <x:v>2099</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="GB23" s="3" t="n">
-        <x:v>1816</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="GC23" s="3" t="n">
-        <x:v>2440</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="GD23" s="3" t="n">
-        <x:v>2260</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="GE23" s="3" t="n">
-        <x:v>2780</x:v>
+        <x:v>2298</x:v>
       </x:c>
       <x:c r="GF23" s="3" t="n">
-        <x:v>3934</x:v>
+        <x:v>3462</x:v>
       </x:c>
       <x:c r="GG23" s="3" t="n">
-        <x:v>3319</x:v>
+        <x:v>2866</x:v>
       </x:c>
       <x:c r="GH23" s="3" t="n">
-        <x:v>2349</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="GI23" s="3" t="n">
-        <x:v>3630</x:v>
+        <x:v>1802</x:v>
+      </x:c>
+      <x:c r="GJ23" s="3" t="n">
+        <x:v>2154</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:191">
+    <x:row r="24" spans="1:192">
       <x:c r="A24" s="2" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>4755</x:v>
+        <x:v>4785</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
-        <x:v>4188</x:v>
+        <x:v>4214</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
-        <x:v>3847</x:v>
+        <x:v>3875</x:v>
       </x:c>
       <x:c r="E24" s="3" t="n">
-        <x:v>4234</x:v>
+        <x:v>4264</x:v>
       </x:c>
       <x:c r="F24" s="3" t="n">
-        <x:v>4672</x:v>
+        <x:v>4701</x:v>
       </x:c>
       <x:c r="G24" s="3" t="n">
-        <x:v>3360</x:v>
+        <x:v>3387</x:v>
       </x:c>
       <x:c r="H24" s="3" t="n">
-        <x:v>3218</x:v>
+        <x:v>3247</x:v>
       </x:c>
       <x:c r="I24" s="3" t="n">
-        <x:v>7295</x:v>
+        <x:v>7328</x:v>
       </x:c>
       <x:c r="J24" s="3" t="n">
-        <x:v>6182</x:v>
+        <x:v>6210</x:v>
       </x:c>
       <x:c r="K24" s="3" t="n">
-        <x:v>4025</x:v>
+        <x:v>4053</x:v>
       </x:c>
       <x:c r="L24" s="3" t="n">
-        <x:v>4231</x:v>
+        <x:v>4262</x:v>
       </x:c>
       <x:c r="M24" s="3" t="n">
-        <x:v>4984</x:v>
+        <x:v>5020</x:v>
       </x:c>
       <x:c r="N24" s="3" t="n">
-        <x:v>5113</x:v>
+        <x:v>5148</x:v>
       </x:c>
       <x:c r="O24" s="3" t="n">
-        <x:v>5486</x:v>
+        <x:v>5521</x:v>
       </x:c>
       <x:c r="P24" s="3" t="n">
-        <x:v>5722</x:v>
+        <x:v>5761</x:v>
       </x:c>
       <x:c r="Q24" s="3" t="n">
-        <x:v>6094</x:v>
+        <x:v>6137</x:v>
       </x:c>
       <x:c r="R24" s="3" t="n">
-        <x:v>5889</x:v>
+        <x:v>5941</x:v>
       </x:c>
       <x:c r="S24" s="3" t="n">
-        <x:v>6719</x:v>
+        <x:v>6770</x:v>
       </x:c>
       <x:c r="T24" s="3" t="n">
-        <x:v>5988</x:v>
+        <x:v>6046</x:v>
       </x:c>
       <x:c r="U24" s="3" t="n">
-        <x:v>6387</x:v>
+        <x:v>6450</x:v>
       </x:c>
       <x:c r="V24" s="3" t="n">
-        <x:v>6770</x:v>
+        <x:v>6816</x:v>
       </x:c>
       <x:c r="W24" s="3" t="n">
-        <x:v>6766</x:v>
+        <x:v>6811</x:v>
       </x:c>
       <x:c r="X24" s="3" t="n">
-        <x:v>6664</x:v>
+        <x:v>6714</x:v>
       </x:c>
       <x:c r="Y24" s="3" t="n">
-        <x:v>7435</x:v>
+        <x:v>7491</x:v>
       </x:c>
       <x:c r="Z24" s="3" t="n">
-        <x:v>6877</x:v>
+        <x:v>6923</x:v>
       </x:c>
       <x:c r="AA24" s="3" t="n">
-        <x:v>7553</x:v>
+        <x:v>7599</x:v>
       </x:c>
       <x:c r="AB24" s="3" t="n">
-        <x:v>7803</x:v>
+        <x:v>7856</x:v>
       </x:c>
       <x:c r="AC24" s="3" t="n">
-        <x:v>9018</x:v>
+        <x:v>9079</x:v>
       </x:c>
       <x:c r="AD24" s="3" t="n">
-        <x:v>8178</x:v>
+        <x:v>8224</x:v>
       </x:c>
       <x:c r="AE24" s="3" t="n">
-        <x:v>8517</x:v>
+        <x:v>8564</x:v>
       </x:c>
       <x:c r="AF24" s="3" t="n">
-        <x:v>8784</x:v>
+        <x:v>8839</x:v>
       </x:c>
       <x:c r="AG24" s="3" t="n">
-        <x:v>11566</x:v>
+        <x:v>11630</x:v>
       </x:c>
       <x:c r="AH24" s="3" t="n">
-        <x:v>11943</x:v>
+        <x:v>12014</x:v>
       </x:c>
       <x:c r="AI24" s="3" t="n">
-        <x:v>12491</x:v>
+        <x:v>12566</x:v>
       </x:c>
       <x:c r="AJ24" s="3" t="n">
-        <x:v>11603</x:v>
+        <x:v>11688</x:v>
       </x:c>
       <x:c r="AK24" s="3" t="n">
-        <x:v>9631</x:v>
+        <x:v>9729</x:v>
       </x:c>
       <x:c r="AL24" s="3" t="n">
-        <x:v>11306</x:v>
+        <x:v>11388</x:v>
       </x:c>
       <x:c r="AM24" s="3" t="n">
-        <x:v>11713</x:v>
+        <x:v>11794</x:v>
       </x:c>
       <x:c r="AN24" s="3" t="n">
-        <x:v>10858</x:v>
+        <x:v>10938</x:v>
       </x:c>
       <x:c r="AO24" s="3" t="n">
-        <x:v>11201</x:v>
+        <x:v>11290</x:v>
       </x:c>
       <x:c r="AP24" s="3" t="n">
-        <x:v>11237</x:v>
+        <x:v>11341</x:v>
       </x:c>
       <x:c r="AQ24" s="3" t="n">
-        <x:v>11019</x:v>
+        <x:v>11117</x:v>
       </x:c>
       <x:c r="AR24" s="3" t="n">
-        <x:v>10662</x:v>
+        <x:v>10756</x:v>
       </x:c>
       <x:c r="AS24" s="3" t="n">
-        <x:v>10693</x:v>
+        <x:v>10789</x:v>
       </x:c>
       <x:c r="AT24" s="3" t="n">
-        <x:v>9686</x:v>
+        <x:v>9794</x:v>
       </x:c>
       <x:c r="AU24" s="3" t="n">
-        <x:v>9649</x:v>
+        <x:v>9747</x:v>
       </x:c>
       <x:c r="AV24" s="3" t="n">
-        <x:v>8219</x:v>
+        <x:v>8317</x:v>
       </x:c>
       <x:c r="AW24" s="3" t="n">
-        <x:v>9900</x:v>
+        <x:v>10003</x:v>
       </x:c>
       <x:c r="AX24" s="3" t="n">
-        <x:v>8744</x:v>
+        <x:v>8858</x:v>
       </x:c>
       <x:c r="AY24" s="3" t="n">
-        <x:v>8709</x:v>
+        <x:v>8806</x:v>
       </x:c>
       <x:c r="AZ24" s="3" t="n">
-        <x:v>8449</x:v>
+        <x:v>8546</x:v>
       </x:c>
       <x:c r="BA24" s="3" t="n">
-        <x:v>8731</x:v>
+        <x:v>8823</x:v>
       </x:c>
       <x:c r="BB24" s="3" t="n">
-        <x:v>7873</x:v>
+        <x:v>7991</x:v>
       </x:c>
       <x:c r="BC24" s="3" t="n">
-        <x:v>8340</x:v>
+        <x:v>8447</x:v>
       </x:c>
       <x:c r="BD24" s="3" t="n">
-        <x:v>7495</x:v>
+        <x:v>7605</x:v>
       </x:c>
       <x:c r="BE24" s="3" t="n">
-        <x:v>10295</x:v>
+        <x:v>10410</x:v>
       </x:c>
       <x:c r="BF24" s="3" t="n">
-        <x:v>7897</x:v>
+        <x:v>8007</x:v>
       </x:c>
       <x:c r="BG24" s="3" t="n">
-        <x:v>7515</x:v>
+        <x:v>7624</x:v>
       </x:c>
       <x:c r="BH24" s="3" t="n">
-        <x:v>7343</x:v>
+        <x:v>7449</x:v>
       </x:c>
       <x:c r="BI24" s="3" t="n">
-        <x:v>8677</x:v>
+        <x:v>8795</x:v>
       </x:c>
       <x:c r="BJ24" s="3" t="n">
-        <x:v>7943</x:v>
+        <x:v>8197</x:v>
       </x:c>
       <x:c r="BK24" s="3" t="n">
-        <x:v>8926</x:v>
+        <x:v>9179</x:v>
       </x:c>
       <x:c r="BL24" s="3" t="n">
-        <x:v>8629</x:v>
+        <x:v>8892</x:v>
       </x:c>
       <x:c r="BM24" s="3" t="n">
-        <x:v>9779</x:v>
+        <x:v>10060</x:v>
       </x:c>
       <x:c r="BN24" s="3" t="n">
-        <x:v>10842</x:v>
+        <x:v>10955</x:v>
       </x:c>
       <x:c r="BO24" s="3" t="n">
-        <x:v>10603</x:v>
+        <x:v>10716</x:v>
       </x:c>
       <x:c r="BP24" s="3" t="n">
-        <x:v>10639</x:v>
+        <x:v>10769</x:v>
       </x:c>
       <x:c r="BQ24" s="3" t="n">
-        <x:v>10562</x:v>
+        <x:v>10707</x:v>
       </x:c>
       <x:c r="BR24" s="3" t="n">
-        <x:v>12504</x:v>
+        <x:v>12714</x:v>
       </x:c>
       <x:c r="BS24" s="3" t="n">
-        <x:v>11694</x:v>
+        <x:v>11904</x:v>
       </x:c>
       <x:c r="BT24" s="3" t="n">
-        <x:v>12223</x:v>
+        <x:v>12438</x:v>
       </x:c>
       <x:c r="BU24" s="3" t="n">
-        <x:v>13047</x:v>
+        <x:v>13269</x:v>
       </x:c>
       <x:c r="BV24" s="3" t="n">
-        <x:v>14178</x:v>
+        <x:v>14325</x:v>
       </x:c>
       <x:c r="BW24" s="3" t="n">
-        <x:v>14122</x:v>
+        <x:v>14256</x:v>
       </x:c>
       <x:c r="BX24" s="3" t="n">
-        <x:v>14215</x:v>
+        <x:v>14360</x:v>
       </x:c>
       <x:c r="BY24" s="3" t="n">
-        <x:v>16420</x:v>
+        <x:v>16583</x:v>
       </x:c>
       <x:c r="BZ24" s="3" t="n">
-        <x:v>14160</x:v>
+        <x:v>14325</x:v>
       </x:c>
       <x:c r="CA24" s="3" t="n">
-        <x:v>14544</x:v>
+        <x:v>14705</x:v>
       </x:c>
       <x:c r="CB24" s="3" t="n">
-        <x:v>17345</x:v>
+        <x:v>17517</x:v>
       </x:c>
       <x:c r="CC24" s="3" t="n">
-        <x:v>18303</x:v>
+        <x:v>18498</x:v>
       </x:c>
       <x:c r="CD24" s="3" t="n">
-        <x:v>18337</x:v>
+        <x:v>18518</x:v>
       </x:c>
       <x:c r="CE24" s="3" t="n">
-        <x:v>16138</x:v>
+        <x:v>16306</x:v>
       </x:c>
       <x:c r="CF24" s="3" t="n">
-        <x:v>18541</x:v>
+        <x:v>18711</x:v>
       </x:c>
       <x:c r="CG24" s="3" t="n">
-        <x:v>19471</x:v>
+        <x:v>19646</x:v>
       </x:c>
       <x:c r="CH24" s="3" t="n">
-        <x:v>17651</x:v>
+        <x:v>17867</x:v>
       </x:c>
       <x:c r="CI24" s="3" t="n">
-        <x:v>17440</x:v>
+        <x:v>17654</x:v>
       </x:c>
       <x:c r="CJ24" s="3" t="n">
-        <x:v>18193</x:v>
+        <x:v>18411</x:v>
       </x:c>
       <x:c r="CK24" s="3" t="n">
-        <x:v>20098</x:v>
+        <x:v>20339</x:v>
       </x:c>
       <x:c r="CL24" s="3" t="n">
-        <x:v>18918</x:v>
+        <x:v>19162</x:v>
       </x:c>
       <x:c r="CM24" s="3" t="n">
-        <x:v>18720</x:v>
+        <x:v>18948</x:v>
       </x:c>
       <x:c r="CN24" s="3" t="n">
-        <x:v>18336</x:v>
+        <x:v>18566</x:v>
       </x:c>
       <x:c r="CO24" s="3" t="n">
-        <x:v>20535</x:v>
+        <x:v>20786</x:v>
       </x:c>
       <x:c r="CP24" s="3" t="n">
-        <x:v>20811</x:v>
+        <x:v>21347</x:v>
       </x:c>
       <x:c r="CQ24" s="3" t="n">
-        <x:v>19483</x:v>
+        <x:v>19990</x:v>
       </x:c>
       <x:c r="CR24" s="3" t="n">
-        <x:v>19334</x:v>
+        <x:v>19834</x:v>
       </x:c>
       <x:c r="CS24" s="3" t="n">
-        <x:v>19057</x:v>
+        <x:v>19571</x:v>
       </x:c>
       <x:c r="CT24" s="3" t="n">
-        <x:v>20645</x:v>
+        <x:v>21533</x:v>
       </x:c>
       <x:c r="CU24" s="3" t="n">
-        <x:v>18741</x:v>
+        <x:v>19563</x:v>
       </x:c>
       <x:c r="CV24" s="3" t="n">
-        <x:v>18657</x:v>
+        <x:v>19482</x:v>
       </x:c>
       <x:c r="CW24" s="3" t="n">
-        <x:v>17137</x:v>
+        <x:v>17915</x:v>
       </x:c>
       <x:c r="CX24" s="3" t="n">
-        <x:v>16260</x:v>
+        <x:v>16900</x:v>
       </x:c>
       <x:c r="CY24" s="3" t="n">
-        <x:v>15668</x:v>
+        <x:v>16205</x:v>
       </x:c>
       <x:c r="CZ24" s="3" t="n">
-        <x:v>16306</x:v>
+        <x:v>16858</x:v>
       </x:c>
       <x:c r="DA24" s="3" t="n">
-        <x:v>16341</x:v>
+        <x:v>16934</x:v>
       </x:c>
       <x:c r="DB24" s="3" t="n">
-        <x:v>18135</x:v>
+        <x:v>20092</x:v>
       </x:c>
       <x:c r="DC24" s="3" t="n">
-        <x:v>17792</x:v>
+        <x:v>19760</x:v>
       </x:c>
       <x:c r="DD24" s="3" t="n">
-        <x:v>18453</x:v>
+        <x:v>20405</x:v>
       </x:c>
       <x:c r="DE24" s="3" t="n">
-        <x:v>21463</x:v>
+        <x:v>23544</x:v>
       </x:c>
       <x:c r="DF24" s="3" t="n">
-        <x:v>22974</x:v>
+        <x:v>24342</x:v>
       </x:c>
       <x:c r="DG24" s="3" t="n">
-        <x:v>23213</x:v>
+        <x:v>24628</x:v>
       </x:c>
       <x:c r="DH24" s="3" t="n">
-        <x:v>23239</x:v>
+        <x:v>24662</x:v>
       </x:c>
       <x:c r="DI24" s="3" t="n">
-        <x:v>25207</x:v>
+        <x:v>26795</x:v>
       </x:c>
       <x:c r="DJ24" s="3" t="n">
-        <x:v>28192</x:v>
+        <x:v>30955</x:v>
       </x:c>
       <x:c r="DK24" s="3" t="n">
-        <x:v>27720</x:v>
+        <x:v>30499</x:v>
       </x:c>
       <x:c r="DL24" s="3" t="n">
-        <x:v>27792</x:v>
+        <x:v>30530</x:v>
       </x:c>
       <x:c r="DM24" s="3" t="n">
-        <x:v>30140</x:v>
+        <x:v>33197</x:v>
       </x:c>
       <x:c r="DN24" s="3" t="n">
-        <x:v>36661</x:v>
+        <x:v>41270</x:v>
       </x:c>
       <x:c r="DO24" s="3" t="n">
-        <x:v>35348</x:v>
+        <x:v>39828</x:v>
       </x:c>
       <x:c r="DP24" s="3" t="n">
-        <x:v>36351</x:v>
+        <x:v>40980</x:v>
       </x:c>
       <x:c r="DQ24" s="3" t="n">
-        <x:v>40812</x:v>
+        <x:v>46061</x:v>
       </x:c>
       <x:c r="DR24" s="3" t="n">
-        <x:v>38730</x:v>
+        <x:v>45588</x:v>
       </x:c>
       <x:c r="DS24" s="3" t="n">
-        <x:v>38448</x:v>
+        <x:v>45312</x:v>
       </x:c>
       <x:c r="DT24" s="3" t="n">
-        <x:v>36635</x:v>
+        <x:v>43333</x:v>
       </x:c>
       <x:c r="DU24" s="3" t="n">
-        <x:v>41327</x:v>
+        <x:v>48450</x:v>
       </x:c>
       <x:c r="DV24" s="3" t="n">
-        <x:v>33267</x:v>
+        <x:v>39462</x:v>
       </x:c>
       <x:c r="DW24" s="3" t="n">
-        <x:v>32882</x:v>
+        <x:v>38845</x:v>
       </x:c>
       <x:c r="DX24" s="3" t="n">
-        <x:v>31213</x:v>
+        <x:v>36812</x:v>
       </x:c>
       <x:c r="DY24" s="3" t="n">
-        <x:v>33124</x:v>
+        <x:v>39010</x:v>
       </x:c>
       <x:c r="DZ24" s="3" t="n">
-        <x:v>29023</x:v>
+        <x:v>33689</x:v>
       </x:c>
       <x:c r="EA24" s="3" t="n">
-        <x:v>30832</x:v>
+        <x:v>35792</x:v>
       </x:c>
       <x:c r="EB24" s="3" t="n">
-        <x:v>29274</x:v>
+        <x:v>34019</x:v>
       </x:c>
       <x:c r="EC24" s="3" t="n">
-        <x:v>33527</x:v>
+        <x:v>38916</x:v>
       </x:c>
       <x:c r="ED24" s="3" t="n">
-        <x:v>31381</x:v>
+        <x:v>37600</x:v>
       </x:c>
       <x:c r="EE24" s="3" t="n">
-        <x:v>30505</x:v>
+        <x:v>36530</x:v>
       </x:c>
       <x:c r="EF24" s="3" t="n">
-        <x:v>29789</x:v>
+        <x:v>35753</x:v>
       </x:c>
       <x:c r="EG24" s="3" t="n">
-        <x:v>33060</x:v>
+        <x:v>39435</x:v>
       </x:c>
       <x:c r="EH24" s="3" t="n">
-        <x:v>31829</x:v>
+        <x:v>38043</x:v>
       </x:c>
       <x:c r="EI24" s="3" t="n">
-        <x:v>32502</x:v>
+        <x:v>38714</x:v>
       </x:c>
       <x:c r="EJ24" s="3" t="n">
-        <x:v>33685</x:v>
+        <x:v>40108</x:v>
       </x:c>
       <x:c r="EK24" s="3" t="n">
-        <x:v>35842</x:v>
+        <x:v>42474</x:v>
       </x:c>
       <x:c r="EL24" s="3" t="n">
-        <x:v>31965</x:v>
+        <x:v>38654</x:v>
       </x:c>
       <x:c r="EM24" s="3" t="n">
-        <x:v>35264</x:v>
+        <x:v>42447</x:v>
       </x:c>
       <x:c r="EN24" s="3" t="n">
-        <x:v>33130</x:v>
+        <x:v>39992</x:v>
       </x:c>
       <x:c r="EO24" s="3" t="n">
-        <x:v>35014</x:v>
+        <x:v>42287</x:v>
       </x:c>
       <x:c r="EP24" s="3" t="n">
-        <x:v>32059</x:v>
+        <x:v>39962</x:v>
       </x:c>
       <x:c r="EQ24" s="3" t="n">
-        <x:v>33620</x:v>
+        <x:v>41658</x:v>
       </x:c>
       <x:c r="ER24" s="3" t="n">
-        <x:v>33985</x:v>
+        <x:v>42025</x:v>
       </x:c>
       <x:c r="ES24" s="3" t="n">
-        <x:v>37310</x:v>
+        <x:v>46032</x:v>
       </x:c>
       <x:c r="ET24" s="3" t="n">
-        <x:v>32044</x:v>
+        <x:v>41208</x:v>
       </x:c>
       <x:c r="EU24" s="3" t="n">
-        <x:v>35713</x:v>
+        <x:v>45293</x:v>
       </x:c>
       <x:c r="EV24" s="3" t="n">
-        <x:v>31717</x:v>
+        <x:v>40950</x:v>
       </x:c>
       <x:c r="EW24" s="3" t="n">
-        <x:v>35750</x:v>
+        <x:v>45628</x:v>
       </x:c>
       <x:c r="EX24" s="3" t="n">
-        <x:v>35363</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="EY24" s="3" t="n">
-        <x:v>40338</x:v>
+        <x:v>51310</x:v>
       </x:c>
       <x:c r="EZ24" s="3" t="n">
-        <x:v>40402</x:v>
+        <x:v>51373</x:v>
       </x:c>
       <x:c r="FA24" s="3" t="n">
-        <x:v>41928</x:v>
+        <x:v>52900</x:v>
       </x:c>
       <x:c r="FB24" s="3" t="n">
-        <x:v>43961</x:v>
+        <x:v>55836</x:v>
       </x:c>
       <x:c r="FC24" s="3" t="n">
-        <x:v>42893</x:v>
+        <x:v>54768</x:v>
       </x:c>
       <x:c r="FD24" s="3" t="n">
-        <x:v>43357</x:v>
+        <x:v>55232</x:v>
       </x:c>
       <x:c r="FE24" s="3" t="n">
-        <x:v>46646</x:v>
+        <x:v>58522</x:v>
       </x:c>
       <x:c r="FF24" s="3" t="n">
-        <x:v>42277</x:v>
+        <x:v>55061</x:v>
       </x:c>
       <x:c r="FG24" s="3" t="n">
-        <x:v>45408</x:v>
+        <x:v>58193</x:v>
       </x:c>
       <x:c r="FH24" s="3" t="n">
-        <x:v>44254</x:v>
+        <x:v>57038</x:v>
       </x:c>
       <x:c r="FI24" s="3" t="n">
-        <x:v>50669</x:v>
+        <x:v>63453</x:v>
       </x:c>
       <x:c r="FJ24" s="3" t="n">
-        <x:v>48760</x:v>
+        <x:v>63445</x:v>
       </x:c>
       <x:c r="FK24" s="3" t="n">
-        <x:v>51122</x:v>
+        <x:v>65808</x:v>
       </x:c>
       <x:c r="FL24" s="3" t="n">
-        <x:v>51477</x:v>
+        <x:v>66162</x:v>
       </x:c>
       <x:c r="FM24" s="3" t="n">
-        <x:v>53781</x:v>
+        <x:v>68467</x:v>
       </x:c>
       <x:c r="FN24" s="3" t="n">
-        <x:v>52339</x:v>
+        <x:v>68092</x:v>
       </x:c>
       <x:c r="FO24" s="3" t="n">
-        <x:v>48480</x:v>
+        <x:v>64232</x:v>
       </x:c>
       <x:c r="FP24" s="3" t="n">
-        <x:v>47325</x:v>
+        <x:v>63078</x:v>
       </x:c>
       <x:c r="FQ24" s="3" t="n">
-        <x:v>57551</x:v>
+        <x:v>73304</x:v>
       </x:c>
       <x:c r="FR24" s="3" t="n">
-        <x:v>56325</x:v>
+        <x:v>75111</x:v>
       </x:c>
       <x:c r="FS24" s="3" t="n">
-        <x:v>57641</x:v>
+        <x:v>76427</x:v>
       </x:c>
       <x:c r="FT24" s="3" t="n">
-        <x:v>58595</x:v>
+        <x:v>77381</x:v>
       </x:c>
       <x:c r="FU24" s="3" t="n">
-        <x:v>60317</x:v>
+        <x:v>79103</x:v>
       </x:c>
       <x:c r="FV24" s="3" t="n">
-        <x:v>66073</x:v>
+        <x:v>82432</x:v>
       </x:c>
       <x:c r="FW24" s="3" t="n">
-        <x:v>62964</x:v>
+        <x:v>78768</x:v>
       </x:c>
       <x:c r="FX24" s="3" t="n">
-        <x:v>63465</x:v>
+        <x:v>79379</x:v>
       </x:c>
       <x:c r="FY24" s="3" t="n">
-        <x:v>60363</x:v>
+        <x:v>75550</x:v>
       </x:c>
       <x:c r="FZ24" s="3" t="n">
-        <x:v>67268</x:v>
+        <x:v>77326</x:v>
       </x:c>
       <x:c r="GA24" s="3" t="n">
-        <x:v>66340</x:v>
+        <x:v>78225</x:v>
       </x:c>
       <x:c r="GB24" s="3" t="n">
-        <x:v>60329</x:v>
+        <x:v>69213</x:v>
       </x:c>
       <x:c r="GC24" s="3" t="n">
-        <x:v>66099</x:v>
+        <x:v>76057</x:v>
       </x:c>
       <x:c r="GD24" s="3" t="n">
-        <x:v>61690</x:v>
+        <x:v>73925</x:v>
       </x:c>
       <x:c r="GE24" s="3" t="n">
-        <x:v>64171</x:v>
+        <x:v>81803</x:v>
       </x:c>
       <x:c r="GF24" s="3" t="n">
-        <x:v>61916</x:v>
+        <x:v>77181</x:v>
       </x:c>
       <x:c r="GG24" s="3" t="n">
-        <x:v>70125</x:v>
+        <x:v>86948</x:v>
       </x:c>
       <x:c r="GH24" s="3" t="n">
-        <x:v>65847</x:v>
+        <x:v>82860</x:v>
       </x:c>
       <x:c r="GI24" s="3" t="n">
-        <x:v>66933</x:v>
+        <x:v>85149</x:v>
+      </x:c>
+      <x:c r="GJ24" s="3" t="n">
+        <x:v>79756</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:191">
+    <x:row r="25" spans="1:192">
       <x:c r="A25" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>2085</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>2096</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
         <x:v>1746</x:v>
       </x:c>
       <x:c r="E25" s="3" t="n">
         <x:v>2513</x:v>
       </x:c>
       <x:c r="F25" s="3" t="n">
         <x:v>1506</x:v>
       </x:c>
       <x:c r="G25" s="3" t="n">
         <x:v>1766</x:v>
       </x:c>
       <x:c r="H25" s="3" t="n">
         <x:v>1796</x:v>
       </x:c>
       <x:c r="I25" s="3" t="n">
         <x:v>2475</x:v>
       </x:c>
@@ -13590,347 +13656,350 @@
       <x:c r="CH25" s="3" t="n">
         <x:v>4946</x:v>
       </x:c>
       <x:c r="CI25" s="3" t="n">
         <x:v>5799</x:v>
       </x:c>
       <x:c r="CJ25" s="3" t="n">
         <x:v>6065</x:v>
       </x:c>
       <x:c r="CK25" s="3" t="n">
         <x:v>7649</x:v>
       </x:c>
       <x:c r="CL25" s="3" t="n">
         <x:v>4706</x:v>
       </x:c>
       <x:c r="CM25" s="3" t="n">
         <x:v>6086</x:v>
       </x:c>
       <x:c r="CN25" s="3" t="n">
         <x:v>5777</x:v>
       </x:c>
       <x:c r="CO25" s="3" t="n">
         <x:v>6726</x:v>
       </x:c>
       <x:c r="CP25" s="3" t="n">
-        <x:v>4817</x:v>
+        <x:v>4863</x:v>
       </x:c>
       <x:c r="CQ25" s="3" t="n">
-        <x:v>6081</x:v>
+        <x:v>6136</x:v>
       </x:c>
       <x:c r="CR25" s="3" t="n">
-        <x:v>6067</x:v>
+        <x:v>6128</x:v>
       </x:c>
       <x:c r="CS25" s="3" t="n">
-        <x:v>7523</x:v>
+        <x:v>7601</x:v>
       </x:c>
       <x:c r="CT25" s="3" t="n">
-        <x:v>5810</x:v>
+        <x:v>5928</x:v>
       </x:c>
       <x:c r="CU25" s="3" t="n">
-        <x:v>6856</x:v>
+        <x:v>7007</x:v>
       </x:c>
       <x:c r="CV25" s="3" t="n">
-        <x:v>6871</x:v>
+        <x:v>7033</x:v>
       </x:c>
       <x:c r="CW25" s="3" t="n">
-        <x:v>8389</x:v>
+        <x:v>8562</x:v>
       </x:c>
       <x:c r="CX25" s="3" t="n">
-        <x:v>5219</x:v>
+        <x:v>5379</x:v>
       </x:c>
       <x:c r="CY25" s="3" t="n">
-        <x:v>5986</x:v>
+        <x:v>6169</x:v>
       </x:c>
       <x:c r="CZ25" s="3" t="n">
-        <x:v>5397</x:v>
+        <x:v>5595</x:v>
       </x:c>
       <x:c r="DA25" s="3" t="n">
-        <x:v>6745</x:v>
+        <x:v>6966</x:v>
       </x:c>
       <x:c r="DB25" s="3" t="n">
-        <x:v>5638</x:v>
+        <x:v>5870</x:v>
       </x:c>
       <x:c r="DC25" s="3" t="n">
-        <x:v>6441</x:v>
+        <x:v>6725</x:v>
       </x:c>
       <x:c r="DD25" s="3" t="n">
-        <x:v>6608</x:v>
+        <x:v>6926</x:v>
       </x:c>
       <x:c r="DE25" s="3" t="n">
-        <x:v>7326</x:v>
+        <x:v>7644</x:v>
       </x:c>
       <x:c r="DF25" s="3" t="n">
-        <x:v>4899</x:v>
+        <x:v>5215</x:v>
       </x:c>
       <x:c r="DG25" s="3" t="n">
-        <x:v>6523</x:v>
+        <x:v>6946</x:v>
       </x:c>
       <x:c r="DH25" s="3" t="n">
-        <x:v>6309</x:v>
+        <x:v>6707</x:v>
       </x:c>
       <x:c r="DI25" s="3" t="n">
-        <x:v>9189</x:v>
+        <x:v>9783</x:v>
       </x:c>
       <x:c r="DJ25" s="3" t="n">
-        <x:v>5649</x:v>
+        <x:v>6076</x:v>
       </x:c>
       <x:c r="DK25" s="3" t="n">
-        <x:v>6677</x:v>
+        <x:v>7192</x:v>
       </x:c>
       <x:c r="DL25" s="3" t="n">
-        <x:v>7449</x:v>
+        <x:v>8014</x:v>
       </x:c>
       <x:c r="DM25" s="3" t="n">
-        <x:v>9615</x:v>
+        <x:v>10454</x:v>
       </x:c>
       <x:c r="DN25" s="3" t="n">
-        <x:v>6316</x:v>
+        <x:v>6911</x:v>
       </x:c>
       <x:c r="DO25" s="3" t="n">
-        <x:v>9210</x:v>
+        <x:v>10009</x:v>
       </x:c>
       <x:c r="DP25" s="3" t="n">
-        <x:v>9671</x:v>
+        <x:v>10628</x:v>
       </x:c>
       <x:c r="DQ25" s="3" t="n">
-        <x:v>12090</x:v>
+        <x:v>13357</x:v>
       </x:c>
       <x:c r="DR25" s="3" t="n">
-        <x:v>9285</x:v>
+        <x:v>10681</x:v>
       </x:c>
       <x:c r="DS25" s="3" t="n">
-        <x:v>11175</x:v>
+        <x:v>12690</x:v>
       </x:c>
       <x:c r="DT25" s="3" t="n">
-        <x:v>11575</x:v>
+        <x:v>13608</x:v>
       </x:c>
       <x:c r="DU25" s="3" t="n">
-        <x:v>14276</x:v>
+        <x:v>16562</x:v>
       </x:c>
       <x:c r="DV25" s="3" t="n">
-        <x:v>8330</x:v>
+        <x:v>9698</x:v>
       </x:c>
       <x:c r="DW25" s="3" t="n">
-        <x:v>8644</x:v>
+        <x:v>9882</x:v>
       </x:c>
       <x:c r="DX25" s="3" t="n">
-        <x:v>7454</x:v>
+        <x:v>8683</x:v>
       </x:c>
       <x:c r="DY25" s="3" t="n">
-        <x:v>8620</x:v>
+        <x:v>9825</x:v>
       </x:c>
       <x:c r="DZ25" s="3" t="n">
-        <x:v>5838</x:v>
+        <x:v>6644</x:v>
       </x:c>
       <x:c r="EA25" s="3" t="n">
-        <x:v>7040</x:v>
+        <x:v>7999</x:v>
       </x:c>
       <x:c r="EB25" s="3" t="n">
-        <x:v>6106</x:v>
+        <x:v>6898</x:v>
       </x:c>
       <x:c r="EC25" s="3" t="n">
-        <x:v>8382</x:v>
+        <x:v>9415</x:v>
       </x:c>
       <x:c r="ED25" s="3" t="n">
-        <x:v>6104</x:v>
+        <x:v>6849</x:v>
       </x:c>
       <x:c r="EE25" s="3" t="n">
-        <x:v>7448</x:v>
+        <x:v>8479</x:v>
       </x:c>
       <x:c r="EF25" s="3" t="n">
-        <x:v>7531</x:v>
+        <x:v>8504</x:v>
       </x:c>
       <x:c r="EG25" s="3" t="n">
-        <x:v>9487</x:v>
+        <x:v>10734</x:v>
       </x:c>
       <x:c r="EH25" s="3" t="n">
-        <x:v>7148</x:v>
+        <x:v>8134</x:v>
       </x:c>
       <x:c r="EI25" s="3" t="n">
-        <x:v>8281</x:v>
+        <x:v>9634</x:v>
       </x:c>
       <x:c r="EJ25" s="3" t="n">
-        <x:v>7254</x:v>
+        <x:v>8451</x:v>
       </x:c>
       <x:c r="EK25" s="3" t="n">
-        <x:v>10067</x:v>
+        <x:v>11830</x:v>
       </x:c>
       <x:c r="EL25" s="3" t="n">
-        <x:v>6600</x:v>
+        <x:v>7681</x:v>
       </x:c>
       <x:c r="EM25" s="3" t="n">
-        <x:v>8268</x:v>
+        <x:v>9598</x:v>
       </x:c>
       <x:c r="EN25" s="3" t="n">
-        <x:v>7219</x:v>
+        <x:v>8356</x:v>
       </x:c>
       <x:c r="EO25" s="3" t="n">
-        <x:v>9593</x:v>
+        <x:v>11122</x:v>
       </x:c>
       <x:c r="EP25" s="3" t="n">
-        <x:v>7376</x:v>
+        <x:v>8541</x:v>
       </x:c>
       <x:c r="EQ25" s="3" t="n">
-        <x:v>8196</x:v>
+        <x:v>9560</x:v>
       </x:c>
       <x:c r="ER25" s="3" t="n">
-        <x:v>7657</x:v>
+        <x:v>8897</x:v>
       </x:c>
       <x:c r="ES25" s="3" t="n">
-        <x:v>10869</x:v>
+        <x:v>13248</x:v>
       </x:c>
       <x:c r="ET25" s="3" t="n">
-        <x:v>6587</x:v>
+        <x:v>7681</x:v>
       </x:c>
       <x:c r="EU25" s="3" t="n">
-        <x:v>7712</x:v>
+        <x:v>9055</x:v>
       </x:c>
       <x:c r="EV25" s="3" t="n">
-        <x:v>7388</x:v>
+        <x:v>8902</x:v>
       </x:c>
       <x:c r="EW25" s="3" t="n">
-        <x:v>9576</x:v>
+        <x:v>11369</x:v>
       </x:c>
       <x:c r="EX25" s="3" t="n">
-        <x:v>8150</x:v>
+        <x:v>10142</x:v>
       </x:c>
       <x:c r="EY25" s="3" t="n">
-        <x:v>8895</x:v>
+        <x:v>10887</x:v>
       </x:c>
       <x:c r="EZ25" s="3" t="n">
-        <x:v>8147</x:v>
+        <x:v>10140</x:v>
       </x:c>
       <x:c r="FA25" s="3" t="n">
-        <x:v>12195</x:v>
+        <x:v>14188</x:v>
       </x:c>
       <x:c r="FB25" s="3" t="n">
-        <x:v>8825</x:v>
+        <x:v>10704</x:v>
       </x:c>
       <x:c r="FC25" s="3" t="n">
-        <x:v>8664</x:v>
+        <x:v>10543</x:v>
       </x:c>
       <x:c r="FD25" s="3" t="n">
-        <x:v>8461</x:v>
+        <x:v>10340</x:v>
       </x:c>
       <x:c r="FE25" s="3" t="n">
-        <x:v>11932</x:v>
+        <x:v>13811</x:v>
       </x:c>
       <x:c r="FF25" s="3" t="n">
-        <x:v>8766</x:v>
+        <x:v>10986</x:v>
       </x:c>
       <x:c r="FG25" s="3" t="n">
-        <x:v>10216</x:v>
+        <x:v>12436</x:v>
       </x:c>
       <x:c r="FH25" s="3" t="n">
-        <x:v>9042</x:v>
+        <x:v>11262</x:v>
       </x:c>
       <x:c r="FI25" s="3" t="n">
-        <x:v>12402</x:v>
+        <x:v>14621</x:v>
       </x:c>
       <x:c r="FJ25" s="3" t="n">
-        <x:v>10991</x:v>
+        <x:v>14492</x:v>
       </x:c>
       <x:c r="FK25" s="3" t="n">
-        <x:v>12136</x:v>
+        <x:v>15637</x:v>
       </x:c>
       <x:c r="FL25" s="3" t="n">
-        <x:v>12488</x:v>
+        <x:v>15989</x:v>
       </x:c>
       <x:c r="FM25" s="3" t="n">
-        <x:v>15966</x:v>
+        <x:v>19471</x:v>
       </x:c>
       <x:c r="FN25" s="3" t="n">
-        <x:v>10563</x:v>
+        <x:v>13229</x:v>
       </x:c>
       <x:c r="FO25" s="3" t="n">
-        <x:v>10411</x:v>
+        <x:v>13077</x:v>
       </x:c>
       <x:c r="FP25" s="3" t="n">
-        <x:v>10051</x:v>
+        <x:v>12717</x:v>
       </x:c>
       <x:c r="FQ25" s="3" t="n">
-        <x:v>12978</x:v>
+        <x:v>15644</x:v>
       </x:c>
       <x:c r="FR25" s="3" t="n">
-        <x:v>10471</x:v>
+        <x:v>13474</x:v>
       </x:c>
       <x:c r="FS25" s="3" t="n">
-        <x:v>11181</x:v>
+        <x:v>14184</x:v>
       </x:c>
       <x:c r="FT25" s="3" t="n">
-        <x:v>10129</x:v>
+        <x:v>13132</x:v>
       </x:c>
       <x:c r="FU25" s="3" t="n">
-        <x:v>15380</x:v>
+        <x:v>18383</x:v>
       </x:c>
       <x:c r="FV25" s="3" t="n">
-        <x:v>11423</x:v>
+        <x:v>15061</x:v>
       </x:c>
       <x:c r="FW25" s="3" t="n">
-        <x:v>12659</x:v>
+        <x:v>17411</x:v>
       </x:c>
       <x:c r="FX25" s="3" t="n">
-        <x:v>12736</x:v>
+        <x:v>16092</x:v>
       </x:c>
       <x:c r="FY25" s="3" t="n">
-        <x:v>16286</x:v>
+        <x:v>20516</x:v>
       </x:c>
       <x:c r="FZ25" s="3" t="n">
-        <x:v>15113</x:v>
+        <x:v>16269</x:v>
       </x:c>
       <x:c r="GA25" s="3" t="n">
-        <x:v>15861</x:v>
+        <x:v>17350</x:v>
       </x:c>
       <x:c r="GB25" s="3" t="n">
-        <x:v>15339</x:v>
+        <x:v>16169</x:v>
       </x:c>
       <x:c r="GC25" s="3" t="n">
-        <x:v>21017</x:v>
+        <x:v>21116</x:v>
       </x:c>
       <x:c r="GD25" s="3" t="n">
-        <x:v>15956</x:v>
+        <x:v>16890</x:v>
       </x:c>
       <x:c r="GE25" s="3" t="n">
-        <x:v>16800</x:v>
+        <x:v>18055</x:v>
       </x:c>
       <x:c r="GF25" s="3" t="n">
-        <x:v>15853</x:v>
+        <x:v>16859</x:v>
       </x:c>
       <x:c r="GG25" s="3" t="n">
-        <x:v>20707</x:v>
+        <x:v>21483</x:v>
       </x:c>
       <x:c r="GH25" s="3" t="n">
-        <x:v>15705</x:v>
+        <x:v>16239</x:v>
       </x:c>
       <x:c r="GI25" s="3" t="n">
-        <x:v>17757</x:v>
+        <x:v>18531</x:v>
+      </x:c>
+      <x:c r="GJ25" s="3" t="n">
+        <x:v>18481</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:191">
+    <x:row r="26" spans="1:192">
       <x:c r="A26" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>2228</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
         <x:v>3152</x:v>
       </x:c>
       <x:c r="D26" s="3" t="n">
         <x:v>2806</x:v>
       </x:c>
       <x:c r="E26" s="3" t="n">
         <x:v>3470</x:v>
       </x:c>
       <x:c r="F26" s="3" t="n">
         <x:v>1974</x:v>
       </x:c>
       <x:c r="G26" s="3" t="n">
         <x:v>2937</x:v>
       </x:c>
       <x:c r="H26" s="3" t="n">
         <x:v>3193</x:v>
       </x:c>
       <x:c r="I26" s="3" t="n">
         <x:v>3337</x:v>
       </x:c>
@@ -14165,347 +14234,350 @@
       <x:c r="CH26" s="3" t="n">
         <x:v>3705</x:v>
       </x:c>
       <x:c r="CI26" s="3" t="n">
         <x:v>4806</x:v>
       </x:c>
       <x:c r="CJ26" s="3" t="n">
         <x:v>5051</x:v>
       </x:c>
       <x:c r="CK26" s="3" t="n">
         <x:v>5060</x:v>
       </x:c>
       <x:c r="CL26" s="3" t="n">
         <x:v>4119</x:v>
       </x:c>
       <x:c r="CM26" s="3" t="n">
         <x:v>5224</x:v>
       </x:c>
       <x:c r="CN26" s="3" t="n">
         <x:v>4987</x:v>
       </x:c>
       <x:c r="CO26" s="3" t="n">
         <x:v>5002</x:v>
       </x:c>
       <x:c r="CP26" s="3" t="n">
-        <x:v>4905</x:v>
+        <x:v>4826</x:v>
       </x:c>
       <x:c r="CQ26" s="3" t="n">
-        <x:v>5128</x:v>
+        <x:v>5048</x:v>
       </x:c>
       <x:c r="CR26" s="3" t="n">
-        <x:v>5210</x:v>
+        <x:v>5130</x:v>
       </x:c>
       <x:c r="CS26" s="3" t="n">
-        <x:v>5305</x:v>
+        <x:v>5227</x:v>
       </x:c>
       <x:c r="CT26" s="3" t="n">
-        <x:v>5480</x:v>
+        <x:v>5358</x:v>
       </x:c>
       <x:c r="CU26" s="3" t="n">
-        <x:v>3869</x:v>
+        <x:v>3749</x:v>
       </x:c>
       <x:c r="CV26" s="3" t="n">
-        <x:v>5028</x:v>
+        <x:v>4907</x:v>
       </x:c>
       <x:c r="CW26" s="3" t="n">
-        <x:v>7009</x:v>
+        <x:v>6889</x:v>
       </x:c>
       <x:c r="CX26" s="3" t="n">
-        <x:v>5254</x:v>
+        <x:v>5143</x:v>
       </x:c>
       <x:c r="CY26" s="3" t="n">
-        <x:v>5307</x:v>
+        <x:v>5199</x:v>
       </x:c>
       <x:c r="CZ26" s="3" t="n">
-        <x:v>5430</x:v>
+        <x:v>5322</x:v>
       </x:c>
       <x:c r="DA26" s="3" t="n">
-        <x:v>5858</x:v>
+        <x:v>5751</x:v>
       </x:c>
       <x:c r="DB26" s="3" t="n">
-        <x:v>4662</x:v>
+        <x:v>4545</x:v>
       </x:c>
       <x:c r="DC26" s="3" t="n">
-        <x:v>5954</x:v>
+        <x:v>5840</x:v>
       </x:c>
       <x:c r="DD26" s="3" t="n">
-        <x:v>5853</x:v>
+        <x:v>5739</x:v>
       </x:c>
       <x:c r="DE26" s="3" t="n">
-        <x:v>6312</x:v>
+        <x:v>6203</x:v>
       </x:c>
       <x:c r="DF26" s="3" t="n">
-        <x:v>5644</x:v>
+        <x:v>4968</x:v>
       </x:c>
       <x:c r="DG26" s="3" t="n">
-        <x:v>7671</x:v>
+        <x:v>7008</x:v>
       </x:c>
       <x:c r="DH26" s="3" t="n">
-        <x:v>7646</x:v>
+        <x:v>6978</x:v>
       </x:c>
       <x:c r="DI26" s="3" t="n">
-        <x:v>7794</x:v>
+        <x:v>7137</x:v>
       </x:c>
       <x:c r="DJ26" s="3" t="n">
-        <x:v>6801</x:v>
+        <x:v>6160</x:v>
       </x:c>
       <x:c r="DK26" s="3" t="n">
-        <x:v>8524</x:v>
+        <x:v>7883</x:v>
       </x:c>
       <x:c r="DL26" s="3" t="n">
-        <x:v>8384</x:v>
+        <x:v>7736</x:v>
       </x:c>
       <x:c r="DM26" s="3" t="n">
-        <x:v>9281</x:v>
+        <x:v>8663</x:v>
       </x:c>
       <x:c r="DN26" s="3" t="n">
-        <x:v>7467</x:v>
+        <x:v>6636</x:v>
       </x:c>
       <x:c r="DO26" s="3" t="n">
-        <x:v>9889</x:v>
+        <x:v>9072</x:v>
       </x:c>
       <x:c r="DP26" s="3" t="n">
-        <x:v>10598</x:v>
+        <x:v>9775</x:v>
       </x:c>
       <x:c r="DQ26" s="3" t="n">
-        <x:v>9890</x:v>
+        <x:v>9083</x:v>
       </x:c>
       <x:c r="DR26" s="3" t="n">
-        <x:v>8794</x:v>
+        <x:v>7823</x:v>
       </x:c>
       <x:c r="DS26" s="3" t="n">
-        <x:v>10624</x:v>
+        <x:v>9625</x:v>
       </x:c>
       <x:c r="DT26" s="3" t="n">
-        <x:v>10285</x:v>
+        <x:v>9284</x:v>
       </x:c>
       <x:c r="DU26" s="3" t="n">
-        <x:v>10428</x:v>
+        <x:v>9417</x:v>
       </x:c>
       <x:c r="DV26" s="3" t="n">
-        <x:v>7520</x:v>
+        <x:v>6409</x:v>
       </x:c>
       <x:c r="DW26" s="3" t="n">
-        <x:v>9048</x:v>
+        <x:v>7943</x:v>
       </x:c>
       <x:c r="DX26" s="3" t="n">
-        <x:v>9048</x:v>
+        <x:v>7962</x:v>
       </x:c>
       <x:c r="DY26" s="3" t="n">
-        <x:v>8796</x:v>
+        <x:v>7691</x:v>
       </x:c>
       <x:c r="DZ26" s="3" t="n">
-        <x:v>6994</x:v>
+        <x:v>6261</x:v>
       </x:c>
       <x:c r="EA26" s="3" t="n">
-        <x:v>10171</x:v>
+        <x:v>9484</x:v>
       </x:c>
       <x:c r="EB26" s="3" t="n">
-        <x:v>9980</x:v>
+        <x:v>9263</x:v>
       </x:c>
       <x:c r="EC26" s="3" t="n">
-        <x:v>10490</x:v>
+        <x:v>9793</x:v>
       </x:c>
       <x:c r="ED26" s="3" t="n">
-        <x:v>8442</x:v>
+        <x:v>8034</x:v>
       </x:c>
       <x:c r="EE26" s="3" t="n">
-        <x:v>11285</x:v>
+        <x:v>10917</x:v>
       </x:c>
       <x:c r="EF26" s="3" t="n">
-        <x:v>10674</x:v>
+        <x:v>10264</x:v>
       </x:c>
       <x:c r="EG26" s="3" t="n">
-        <x:v>11399</x:v>
+        <x:v>11017</x:v>
       </x:c>
       <x:c r="EH26" s="3" t="n">
-        <x:v>9812</x:v>
+        <x:v>9408</x:v>
       </x:c>
       <x:c r="EI26" s="3" t="n">
-        <x:v>11273</x:v>
+        <x:v>10893</x:v>
       </x:c>
       <x:c r="EJ26" s="3" t="n">
-        <x:v>11283</x:v>
+        <x:v>10887</x:v>
       </x:c>
       <x:c r="EK26" s="3" t="n">
-        <x:v>13084</x:v>
+        <x:v>12723</x:v>
       </x:c>
       <x:c r="EL26" s="3" t="n">
-        <x:v>8941</x:v>
+        <x:v>8464</x:v>
       </x:c>
       <x:c r="EM26" s="3" t="n">
-        <x:v>12603</x:v>
+        <x:v>12197</x:v>
       </x:c>
       <x:c r="EN26" s="3" t="n">
-        <x:v>11791</x:v>
+        <x:v>11351</x:v>
       </x:c>
       <x:c r="EO26" s="3" t="n">
-        <x:v>12857</x:v>
+        <x:v>12461</x:v>
       </x:c>
       <x:c r="EP26" s="3" t="n">
-        <x:v>9817</x:v>
+        <x:v>9619</x:v>
       </x:c>
       <x:c r="EQ26" s="3" t="n">
-        <x:v>12775</x:v>
+        <x:v>12629</x:v>
       </x:c>
       <x:c r="ER26" s="3" t="n">
-        <x:v>11997</x:v>
+        <x:v>11809</x:v>
       </x:c>
       <x:c r="ES26" s="3" t="n">
-        <x:v>12474</x:v>
+        <x:v>12323</x:v>
       </x:c>
       <x:c r="ET26" s="3" t="n">
-        <x:v>10951</x:v>
+        <x:v>10258</x:v>
       </x:c>
       <x:c r="EU26" s="3" t="n">
-        <x:v>13721</x:v>
+        <x:v>13108</x:v>
       </x:c>
       <x:c r="EV26" s="3" t="n">
-        <x:v>13178</x:v>
+        <x:v>12515</x:v>
       </x:c>
       <x:c r="EW26" s="3" t="n">
-        <x:v>13936</x:v>
+        <x:v>13313</x:v>
       </x:c>
       <x:c r="EX26" s="3" t="n">
-        <x:v>12442</x:v>
+        <x:v>12167</x:v>
       </x:c>
       <x:c r="EY26" s="3" t="n">
-        <x:v>15023</x:v>
+        <x:v>14748</x:v>
       </x:c>
       <x:c r="EZ26" s="3" t="n">
-        <x:v>14929</x:v>
+        <x:v>14653</x:v>
       </x:c>
       <x:c r="FA26" s="3" t="n">
-        <x:v>16710</x:v>
+        <x:v>16435</x:v>
       </x:c>
       <x:c r="FB26" s="3" t="n">
-        <x:v>14024</x:v>
+        <x:v>13666</x:v>
       </x:c>
       <x:c r="FC26" s="3" t="n">
-        <x:v>15835</x:v>
+        <x:v>15477</x:v>
       </x:c>
       <x:c r="FD26" s="3" t="n">
-        <x:v>18270</x:v>
+        <x:v>17912</x:v>
       </x:c>
       <x:c r="FE26" s="3" t="n">
-        <x:v>17400</x:v>
+        <x:v>17042</x:v>
       </x:c>
       <x:c r="FF26" s="3" t="n">
-        <x:v>15062</x:v>
+        <x:v>14060</x:v>
       </x:c>
       <x:c r="FG26" s="3" t="n">
-        <x:v>19464</x:v>
+        <x:v>18462</x:v>
       </x:c>
       <x:c r="FH26" s="3" t="n">
-        <x:v>20399</x:v>
+        <x:v>19397</x:v>
       </x:c>
       <x:c r="FI26" s="3" t="n">
-        <x:v>20775</x:v>
+        <x:v>19773</x:v>
       </x:c>
       <x:c r="FJ26" s="3" t="n">
-        <x:v>16954</x:v>
+        <x:v>16493</x:v>
       </x:c>
       <x:c r="FK26" s="3" t="n">
-        <x:v>20199</x:v>
+        <x:v>19738</x:v>
       </x:c>
       <x:c r="FL26" s="3" t="n">
-        <x:v>22017</x:v>
+        <x:v>21557</x:v>
       </x:c>
       <x:c r="FM26" s="3" t="n">
-        <x:v>22898</x:v>
+        <x:v>22437</x:v>
       </x:c>
       <x:c r="FN26" s="3" t="n">
-        <x:v>17276</x:v>
+        <x:v>17118</x:v>
       </x:c>
       <x:c r="FO26" s="3" t="n">
-        <x:v>21185</x:v>
+        <x:v>21026</x:v>
       </x:c>
       <x:c r="FP26" s="3" t="n">
-        <x:v>21265</x:v>
+        <x:v>21106</x:v>
       </x:c>
       <x:c r="FQ26" s="3" t="n">
-        <x:v>20825</x:v>
+        <x:v>20666</x:v>
       </x:c>
       <x:c r="FR26" s="3" t="n">
-        <x:v>17310</x:v>
+        <x:v>16843</x:v>
       </x:c>
       <x:c r="FS26" s="3" t="n">
-        <x:v>21087</x:v>
+        <x:v>20620</x:v>
       </x:c>
       <x:c r="FT26" s="3" t="n">
-        <x:v>19579</x:v>
+        <x:v>19112</x:v>
       </x:c>
       <x:c r="FU26" s="3" t="n">
-        <x:v>19270</x:v>
+        <x:v>18803</x:v>
       </x:c>
       <x:c r="FV26" s="3" t="n">
-        <x:v>15875</x:v>
+        <x:v>15499</x:v>
       </x:c>
       <x:c r="FW26" s="3" t="n">
-        <x:v>18284</x:v>
+        <x:v>17861</x:v>
       </x:c>
       <x:c r="FX26" s="3" t="n">
-        <x:v>18733</x:v>
+        <x:v>18477</x:v>
       </x:c>
       <x:c r="FY26" s="3" t="n">
-        <x:v>19487</x:v>
+        <x:v>19409</x:v>
       </x:c>
       <x:c r="FZ26" s="3" t="n">
-        <x:v>18951</x:v>
+        <x:v>17557</x:v>
       </x:c>
       <x:c r="GA26" s="3" t="n">
-        <x:v>21016</x:v>
+        <x:v>19444</x:v>
       </x:c>
       <x:c r="GB26" s="3" t="n">
-        <x:v>20189</x:v>
+        <x:v>18811</x:v>
       </x:c>
       <x:c r="GC26" s="3" t="n">
-        <x:v>23275</x:v>
+        <x:v>21726</x:v>
       </x:c>
       <x:c r="GD26" s="3" t="n">
-        <x:v>17948</x:v>
+        <x:v>15671</x:v>
       </x:c>
       <x:c r="GE26" s="3" t="n">
-        <x:v>23506</x:v>
+        <x:v>20893</x:v>
       </x:c>
       <x:c r="GF26" s="3" t="n">
-        <x:v>21876</x:v>
+        <x:v>19148</x:v>
       </x:c>
       <x:c r="GG26" s="3" t="n">
-        <x:v>21380</x:v>
+        <x:v>19622</x:v>
       </x:c>
       <x:c r="GH26" s="3" t="n">
-        <x:v>22088</x:v>
+        <x:v>18753</x:v>
       </x:c>
       <x:c r="GI26" s="3" t="n">
-        <x:v>25706</x:v>
+        <x:v>23013</x:v>
+      </x:c>
+      <x:c r="GJ26" s="3" t="n">
+        <x:v>20200</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:191">
+    <x:row r="27" spans="1:192">
       <x:c r="A27" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>3589</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>3879</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
         <x:v>4374</x:v>
       </x:c>
       <x:c r="E27" s="3" t="n">
         <x:v>4297</x:v>
       </x:c>
       <x:c r="F27" s="3" t="n">
         <x:v>3768</x:v>
       </x:c>
       <x:c r="G27" s="3" t="n">
         <x:v>4041</x:v>
       </x:c>
       <x:c r="H27" s="3" t="n">
         <x:v>4522</x:v>
       </x:c>
       <x:c r="I27" s="3" t="n">
         <x:v>4455</x:v>
       </x:c>
@@ -14992,95 +15064,98 @@
       <x:c r="FN27" s="3" t="n">
         <x:v>47382</x:v>
       </x:c>
       <x:c r="FO27" s="3" t="n">
         <x:v>49838</x:v>
       </x:c>
       <x:c r="FP27" s="3" t="n">
         <x:v>49815</x:v>
       </x:c>
       <x:c r="FQ27" s="3" t="n">
         <x:v>52048</x:v>
       </x:c>
       <x:c r="FR27" s="3" t="n">
         <x:v>51437</x:v>
       </x:c>
       <x:c r="FS27" s="3" t="n">
         <x:v>55366</x:v>
       </x:c>
       <x:c r="FT27" s="3" t="n">
         <x:v>54884</x:v>
       </x:c>
       <x:c r="FU27" s="3" t="n">
         <x:v>58412</x:v>
       </x:c>
       <x:c r="FV27" s="3" t="n">
-        <x:v>58698</x:v>
+        <x:v>59441</x:v>
       </x:c>
       <x:c r="FW27" s="3" t="n">
-        <x:v>59318</x:v>
+        <x:v>60067</x:v>
       </x:c>
       <x:c r="FX27" s="3" t="n">
-        <x:v>58574</x:v>
+        <x:v>59316</x:v>
       </x:c>
       <x:c r="FY27" s="3" t="n">
-        <x:v>60667</x:v>
+        <x:v>61426</x:v>
       </x:c>
       <x:c r="FZ27" s="3" t="n">
-        <x:v>55984</x:v>
+        <x:v>62973</x:v>
       </x:c>
       <x:c r="GA27" s="3" t="n">
-        <x:v>50850</x:v>
+        <x:v>57128</x:v>
       </x:c>
       <x:c r="GB27" s="3" t="n">
-        <x:v>48239</x:v>
+        <x:v>54161</x:v>
       </x:c>
       <x:c r="GC27" s="3" t="n">
-        <x:v>47461</x:v>
+        <x:v>53267</x:v>
       </x:c>
       <x:c r="GD27" s="3" t="n">
-        <x:v>45275</x:v>
+        <x:v>51313</x:v>
       </x:c>
       <x:c r="GE27" s="3" t="n">
-        <x:v>43362</x:v>
+        <x:v>50612</x:v>
       </x:c>
       <x:c r="GF27" s="3" t="n">
-        <x:v>41678</x:v>
+        <x:v>49242</x:v>
       </x:c>
       <x:c r="GG27" s="3" t="n">
-        <x:v>39895</x:v>
+        <x:v>47755</x:v>
       </x:c>
       <x:c r="GH27" s="3" t="n">
-        <x:v>40451</x:v>
+        <x:v>49163</x:v>
       </x:c>
       <x:c r="GI27" s="3" t="n">
-        <x:v>42584</x:v>
+        <x:v>51770</x:v>
+      </x:c>
+      <x:c r="GJ27" s="3" t="n">
+        <x:v>51557</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:191">
+    <x:row r="28" spans="1:192">
       <x:c r="A28" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>3344</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
         <x:v>3393</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
         <x:v>3445</x:v>
       </x:c>
       <x:c r="E28" s="3" t="n">
         <x:v>3492</x:v>
       </x:c>
       <x:c r="F28" s="3" t="n">
         <x:v>3240</x:v>
       </x:c>
       <x:c r="G28" s="3" t="n">
         <x:v>3316</x:v>
       </x:c>
       <x:c r="H28" s="3" t="n">
         <x:v>3340</x:v>
       </x:c>
       <x:c r="I28" s="3" t="n">
         <x:v>3400</x:v>
       </x:c>
@@ -15567,2970 +15642,2988 @@
       <x:c r="FN28" s="3" t="n">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="FO28" s="3" t="n">
         <x:v>54688</x:v>
       </x:c>
       <x:c r="FP28" s="3" t="n">
         <x:v>53088</x:v>
       </x:c>
       <x:c r="FQ28" s="3" t="n">
         <x:v>68723</x:v>
       </x:c>
       <x:c r="FR28" s="3" t="n">
         <x:v>42118</x:v>
       </x:c>
       <x:c r="FS28" s="3" t="n">
         <x:v>50879</x:v>
       </x:c>
       <x:c r="FT28" s="3" t="n">
         <x:v>53535</x:v>
       </x:c>
       <x:c r="FU28" s="3" t="n">
         <x:v>73925</x:v>
       </x:c>
       <x:c r="FV28" s="3" t="n">
-        <x:v>43973</x:v>
+        <x:v>44850</x:v>
       </x:c>
       <x:c r="FW28" s="3" t="n">
-        <x:v>56040</x:v>
+        <x:v>56452</x:v>
       </x:c>
       <x:c r="FX28" s="3" t="n">
-        <x:v>60289</x:v>
+        <x:v>60548</x:v>
       </x:c>
       <x:c r="FY28" s="3" t="n">
-        <x:v>79728</x:v>
+        <x:v>79120</x:v>
       </x:c>
       <x:c r="FZ28" s="3" t="n">
-        <x:v>52986</x:v>
+        <x:v>52829</x:v>
       </x:c>
       <x:c r="GA28" s="3" t="n">
-        <x:v>61582</x:v>
+        <x:v>60703</x:v>
       </x:c>
       <x:c r="GB28" s="3" t="n">
-        <x:v>61094</x:v>
+        <x:v>60874</x:v>
       </x:c>
       <x:c r="GC28" s="3" t="n">
-        <x:v>88203</x:v>
+        <x:v>87949</x:v>
       </x:c>
       <x:c r="GD28" s="3" t="n">
-        <x:v>54865</x:v>
+        <x:v>55436</x:v>
       </x:c>
       <x:c r="GE28" s="3" t="n">
-        <x:v>64324</x:v>
+        <x:v>65394</x:v>
       </x:c>
       <x:c r="GF28" s="3" t="n">
-        <x:v>72211</x:v>
+        <x:v>73343</x:v>
       </x:c>
       <x:c r="GG28" s="3" t="n">
-        <x:v>94278</x:v>
+        <x:v>94634</x:v>
       </x:c>
       <x:c r="GH28" s="3" t="n">
-        <x:v>59094</x:v>
+        <x:v>56616</x:v>
       </x:c>
       <x:c r="GI28" s="3" t="n">
-        <x:v>69391</x:v>
+        <x:v>67351</x:v>
+      </x:c>
+      <x:c r="GJ28" s="3" t="n">
+        <x:v>66557</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:191">
+    <x:row r="29" spans="1:192">
       <x:c r="A29" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E29" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F29" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G29" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H29" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="I29" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="J29" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K29" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="L29" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="M29" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="O29" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="P29" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="Q29" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="R29" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="S29" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="T29" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="U29" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="V29" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="W29" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="X29" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="Y29" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="Z29" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="S29" s="3" t="n">
+      <x:c r="AA29" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="T29" s="3" t="n">
+      <x:c r="AB29" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="U29" s="3" t="n">
+      <x:c r="AC29" s="3" t="n">
         <x:v>7</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>8</x:v>
       </x:c>
       <x:c r="AD29" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="AE29" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="AF29" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="AG29" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="AH29" s="3" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="AI29" s="3" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="AJ29" s="3" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="AK29" s="3" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="AL29" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="AM29" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="AN29" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="AO29" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="AP29" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="AI29" s="3" t="n">
+      <x:c r="AQ29" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="AJ29" s="3" t="n">
+      <x:c r="AR29" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="AK29" s="3" t="n">
+      <x:c r="AS29" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="AL29" s="3" t="n">
+      <x:c r="AT29" s="3" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="AU29" s="3" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="AV29" s="3" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="AW29" s="3" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="AX29" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="AY29" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="AZ29" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="BA29" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="BB29" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="AM29" s="3" t="n">
+      <x:c r="BC29" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="AN29" s="3" t="n">
+      <x:c r="BD29" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="AO29" s="3" t="n">
+      <x:c r="BE29" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="AP29" s="3" t="n">
-[...11 lines deleted...]
-      <x:c r="AT29" s="3" t="n">
+      <x:c r="BF29" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="AU29" s="3" t="n">
+      <x:c r="BG29" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="AV29" s="3" t="n">
+      <x:c r="BH29" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="AW29" s="3" t="n">
+      <x:c r="BI29" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="AX29" s="3" t="n">
+      <x:c r="BJ29" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="AY29" s="3" t="n">
+      <x:c r="BK29" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="AZ29" s="3" t="n">
+      <x:c r="BL29" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="BA29" s="3" t="n">
+      <x:c r="BM29" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="BB29" s="3" t="n">
+      <x:c r="BN29" s="3" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="BO29" s="3" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="BP29" s="3" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="BQ29" s="3" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="BR29" s="3" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="BS29" s="3" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="BT29" s="3" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="BU29" s="3" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="BV29" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="BC29" s="3" t="n">
+      <x:c r="BW29" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="BD29" s="3" t="n">
+      <x:c r="BX29" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="BE29" s="3" t="n">
+      <x:c r="BY29" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="BF29" s="3" t="n">
+      <x:c r="BZ29" s="3" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="CA29" s="3" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="CB29" s="3" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="CC29" s="3" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="CD29" s="3" t="n">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="BG29" s="3" t="n">
+      <x:c r="CE29" s="3" t="n">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="BH29" s="3" t="n">
+      <x:c r="CF29" s="3" t="n">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="BI29" s="3" t="n">
+      <x:c r="CG29" s="3" t="n">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="BJ29" s="3" t="n">
-[...11 lines deleted...]
-      <x:c r="BN29" s="3" t="n">
+      <x:c r="CH29" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="BO29" s="3" t="n">
+      <x:c r="CI29" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="BP29" s="3" t="n">
+      <x:c r="CJ29" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="BQ29" s="3" t="n">
+      <x:c r="CK29" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="BR29" s="3" t="n">
+      <x:c r="CL29" s="3" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="CM29" s="3" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="CN29" s="3" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="CO29" s="3" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="CP29" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="BS29" s="3" t="n">
+      <x:c r="CQ29" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="BT29" s="3" t="n">
+      <x:c r="CR29" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="BU29" s="3" t="n">
+      <x:c r="CS29" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="BV29" s="3" t="n">
-[...11 lines deleted...]
-      <x:c r="BZ29" s="3" t="n">
+      <x:c r="CT29" s="3" t="n">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="CA29" s="3" t="n">
+      <x:c r="CU29" s="3" t="n">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="CB29" s="3" t="n">
+      <x:c r="CV29" s="3" t="n">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="CC29" s="3" t="n">
+      <x:c r="CW29" s="3" t="n">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="CD29" s="3" t="n">
-[...58 lines deleted...]
-      </x:c>
       <x:c r="CX29" s="3" t="n">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="CY29" s="3" t="n">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="CZ29" s="3" t="n">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="DA29" s="3" t="n">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="DB29" s="3" t="n">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="DC29" s="3" t="n">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="DD29" s="3" t="n">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="DE29" s="3" t="n">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="DF29" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="DG29" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="DH29" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="DI29" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="DJ29" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="DK29" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="DL29" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="DM29" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="DN29" s="3" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="DO29" s="3" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="DP29" s="3" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="DQ29" s="3" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="DR29" s="3" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="DS29" s="3" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="DT29" s="3" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="DU29" s="3" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="DV29" s="3" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="DW29" s="3" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="DX29" s="3" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="DY29" s="3" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="DZ29" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="EA29" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="EB29" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="EC29" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="ED29" s="3" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="EE29" s="3" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="EF29" s="3" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="EG29" s="3" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="EH29" s="3" t="n">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="EI29" s="3" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="EJ29" s="3" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="EK29" s="3" t="n">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="EL29" s="3" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="EM29" s="3" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="EN29" s="3" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="EO29" s="3" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="EP29" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="EQ29" s="3" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="ER29" s="3" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="ES29" s="3" t="n">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="ET29" s="3" t="n">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="EU29" s="3" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="EV29" s="3" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="EW29" s="3" t="n">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="EX29" s="3" t="n">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="EY29" s="3" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="EZ29" s="3" t="n">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="FA29" s="3" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="FB29" s="3" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="FC29" s="3" t="n">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="FD29" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="FE29" s="3" t="n">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="FF29" s="3" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="FG29" s="3" t="n">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="FH29" s="3" t="n">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="DO29" s="3" t="n">
-[...136 lines deleted...]
-      </x:c>
       <x:c r="FI29" s="3" t="n">
-        <x:v>99</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="FJ29" s="3" t="n">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="FK29" s="3" t="n">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="FL29" s="3" t="n">
         <x:v>88</x:v>
       </x:c>
       <x:c r="FM29" s="3" t="n">
         <x:v>114</x:v>
       </x:c>
       <x:c r="FN29" s="3" t="n">
         <x:v>64</x:v>
       </x:c>
       <x:c r="FO29" s="3" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="FP29" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="FQ29" s="3" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="FR29" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="FS29" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="FT29" s="3" t="n">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="FU29" s="3" t="n">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="FV29" s="3" t="n">
-        <x:v>137</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="FW29" s="3" t="n">
-        <x:v>145</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="FX29" s="3" t="n">
-        <x:v>139</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="FY29" s="3" t="n">
-        <x:v>154</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="FZ29" s="3" t="n">
-        <x:v>181</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="GA29" s="3" t="n">
-        <x:v>166</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="GB29" s="3" t="n">
-        <x:v>148</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="GC29" s="3" t="n">
-        <x:v>191</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="GD29" s="3" t="n">
-        <x:v>191</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="GE29" s="3" t="n">
-        <x:v>203</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="GF29" s="3" t="n">
-        <x:v>176</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="GG29" s="3" t="n">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="GH29" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="GI29" s="3" t="n">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="GJ29" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:192">
+      <x:c r="A30" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="GH29" s="3" t="n">
-[...3 lines deleted...]
-        <x:v>218</x:v>
+      <x:c r="B30" s="3" t="n">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="C30" s="3" t="n">
+        <x:v>-3892</x:v>
+      </x:c>
+      <x:c r="D30" s="3" t="n">
+        <x:v>1630</x:v>
+      </x:c>
+      <x:c r="E30" s="3" t="n">
+        <x:v>-2948</x:v>
+      </x:c>
+      <x:c r="F30" s="3" t="n">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="G30" s="3" t="n">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="H30" s="3" t="n">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="I30" s="3" t="n">
+        <x:v>-5933</x:v>
+      </x:c>
+      <x:c r="J30" s="3" t="n">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="K30" s="3" t="n">
+        <x:v>2891</x:v>
+      </x:c>
+      <x:c r="L30" s="3" t="n">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="M30" s="3" t="n">
+        <x:v>-3093</x:v>
+      </x:c>
+      <x:c r="N30" s="3" t="n">
+        <x:v>4240</x:v>
+      </x:c>
+      <x:c r="O30" s="3" t="n">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="P30" s="3" t="n">
+        <x:v>-1826</x:v>
+      </x:c>
+      <x:c r="Q30" s="3" t="n">
+        <x:v>-4100</x:v>
+      </x:c>
+      <x:c r="R30" s="3" t="n">
+        <x:v>2418</x:v>
+      </x:c>
+      <x:c r="S30" s="3" t="n">
+        <x:v>-1223</x:v>
+      </x:c>
+      <x:c r="T30" s="3" t="n">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="U30" s="3" t="n">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="V30" s="3" t="n">
+        <x:v>913</x:v>
+      </x:c>
+      <x:c r="W30" s="3" t="n">
+        <x:v>-2734</x:v>
+      </x:c>
+      <x:c r="X30" s="3" t="n">
+        <x:v>-2563</x:v>
+      </x:c>
+      <x:c r="Y30" s="3" t="n">
+        <x:v>-6909</x:v>
+      </x:c>
+      <x:c r="Z30" s="3" t="n">
+        <x:v>3791</x:v>
+      </x:c>
+      <x:c r="AA30" s="3" t="n">
+        <x:v>-4340</x:v>
+      </x:c>
+      <x:c r="AB30" s="3" t="n">
+        <x:v>1893</x:v>
+      </x:c>
+      <x:c r="AC30" s="3" t="n">
+        <x:v>-1170</x:v>
+      </x:c>
+      <x:c r="AD30" s="3" t="n">
+        <x:v>7737</x:v>
+      </x:c>
+      <x:c r="AE30" s="3" t="n">
+        <x:v>-1419</x:v>
+      </x:c>
+      <x:c r="AF30" s="3" t="n">
+        <x:v>-355</x:v>
+      </x:c>
+      <x:c r="AG30" s="3" t="n">
+        <x:v>2927</x:v>
+      </x:c>
+      <x:c r="AH30" s="3" t="n">
+        <x:v>7618</x:v>
+      </x:c>
+      <x:c r="AI30" s="3" t="n">
+        <x:v>5374</x:v>
+      </x:c>
+      <x:c r="AJ30" s="3" t="n">
+        <x:v>6035</x:v>
+      </x:c>
+      <x:c r="AK30" s="3" t="n">
+        <x:v>5068</x:v>
+      </x:c>
+      <x:c r="AL30" s="3" t="n">
+        <x:v>9459</x:v>
+      </x:c>
+      <x:c r="AM30" s="3" t="n">
+        <x:v>4317</x:v>
+      </x:c>
+      <x:c r="AN30" s="3" t="n">
+        <x:v>2985</x:v>
+      </x:c>
+      <x:c r="AO30" s="3" t="n">
+        <x:v>-1062</x:v>
+      </x:c>
+      <x:c r="AP30" s="3" t="n">
+        <x:v>8070</x:v>
+      </x:c>
+      <x:c r="AQ30" s="3" t="n">
+        <x:v>1566</x:v>
+      </x:c>
+      <x:c r="AR30" s="3" t="n">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="AS30" s="3" t="n">
+        <x:v>-5010</x:v>
+      </x:c>
+      <x:c r="AT30" s="3" t="n">
+        <x:v>3224</x:v>
+      </x:c>
+      <x:c r="AU30" s="3" t="n">
+        <x:v>4333</x:v>
+      </x:c>
+      <x:c r="AV30" s="3" t="n">
+        <x:v>1188</x:v>
+      </x:c>
+      <x:c r="AW30" s="3" t="n">
+        <x:v>-4177</x:v>
+      </x:c>
+      <x:c r="AX30" s="3" t="n">
+        <x:v>4834</x:v>
+      </x:c>
+      <x:c r="AY30" s="3" t="n">
+        <x:v>1357</x:v>
+      </x:c>
+      <x:c r="AZ30" s="3" t="n">
+        <x:v>2474</x:v>
+      </x:c>
+      <x:c r="BA30" s="3" t="n">
+        <x:v>4552</x:v>
+      </x:c>
+      <x:c r="BB30" s="3" t="n">
+        <x:v>2575</x:v>
+      </x:c>
+      <x:c r="BC30" s="3" t="n">
+        <x:v>6130</x:v>
+      </x:c>
+      <x:c r="BD30" s="3" t="n">
+        <x:v>-976</x:v>
+      </x:c>
+      <x:c r="BE30" s="3" t="n">
+        <x:v>-6147</x:v>
+      </x:c>
+      <x:c r="BF30" s="3" t="n">
+        <x:v>7363</x:v>
+      </x:c>
+      <x:c r="BG30" s="3" t="n">
+        <x:v>-95</x:v>
+      </x:c>
+      <x:c r="BH30" s="3" t="n">
+        <x:v>2637</x:v>
+      </x:c>
+      <x:c r="BI30" s="3" t="n">
+        <x:v>-7457</x:v>
+      </x:c>
+      <x:c r="BJ30" s="3" t="n">
+        <x:v>6896</x:v>
+      </x:c>
+      <x:c r="BK30" s="3" t="n">
+        <x:v>-4609</x:v>
+      </x:c>
+      <x:c r="BL30" s="3" t="n">
+        <x:v>2885</x:v>
+      </x:c>
+      <x:c r="BM30" s="3" t="n">
+        <x:v>-2629</x:v>
+      </x:c>
+      <x:c r="BN30" s="3" t="n">
+        <x:v>5366</x:v>
+      </x:c>
+      <x:c r="BO30" s="3" t="n">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="BP30" s="3" t="n">
+        <x:v>777</x:v>
+      </x:c>
+      <x:c r="BQ30" s="3" t="n">
+        <x:v>1631</x:v>
+      </x:c>
+      <x:c r="BR30" s="3" t="n">
+        <x:v>10516</x:v>
+      </x:c>
+      <x:c r="BS30" s="3" t="n">
+        <x:v>5584</x:v>
+      </x:c>
+      <x:c r="BT30" s="3" t="n">
+        <x:v>2760</x:v>
+      </x:c>
+      <x:c r="BU30" s="3" t="n">
+        <x:v>891</x:v>
+      </x:c>
+      <x:c r="BV30" s="3" t="n">
+        <x:v>2804</x:v>
+      </x:c>
+      <x:c r="BW30" s="3" t="n">
+        <x:v>-1892</x:v>
+      </x:c>
+      <x:c r="BX30" s="3" t="n">
+        <x:v>2343</x:v>
+      </x:c>
+      <x:c r="BY30" s="3" t="n">
+        <x:v>-118</x:v>
+      </x:c>
+      <x:c r="BZ30" s="3" t="n">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="CA30" s="3" t="n">
+        <x:v>5373</x:v>
+      </x:c>
+      <x:c r="CB30" s="3" t="n">
+        <x:v>-1610</x:v>
+      </x:c>
+      <x:c r="CC30" s="3" t="n">
+        <x:v>2604</x:v>
+      </x:c>
+      <x:c r="CD30" s="3" t="n">
+        <x:v>2789</x:v>
+      </x:c>
+      <x:c r="CE30" s="3" t="n">
+        <x:v>3585</x:v>
+      </x:c>
+      <x:c r="CF30" s="3" t="n">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="CG30" s="3" t="n">
+        <x:v>1561</x:v>
+      </x:c>
+      <x:c r="CH30" s="3" t="n">
+        <x:v>5160</x:v>
+      </x:c>
+      <x:c r="CI30" s="3" t="n">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="CJ30" s="3" t="n">
+        <x:v>-5068</x:v>
+      </x:c>
+      <x:c r="CK30" s="3" t="n">
+        <x:v>1638</x:v>
+      </x:c>
+      <x:c r="CL30" s="3" t="n">
+        <x:v>12902</x:v>
+      </x:c>
+      <x:c r="CM30" s="3" t="n">
+        <x:v>903</x:v>
+      </x:c>
+      <x:c r="CN30" s="3" t="n">
+        <x:v>2768</x:v>
+      </x:c>
+      <x:c r="CO30" s="3" t="n">
+        <x:v>873</x:v>
+      </x:c>
+      <x:c r="CP30" s="3" t="n">
+        <x:v>9361</x:v>
+      </x:c>
+      <x:c r="CQ30" s="3" t="n">
+        <x:v>2097</x:v>
+      </x:c>
+      <x:c r="CR30" s="3" t="n">
+        <x:v>-3051</x:v>
+      </x:c>
+      <x:c r="CS30" s="3" t="n">
+        <x:v>-6996</x:v>
+      </x:c>
+      <x:c r="CT30" s="3" t="n">
+        <x:v>-502</x:v>
+      </x:c>
+      <x:c r="CU30" s="3" t="n">
+        <x:v>3068</x:v>
+      </x:c>
+      <x:c r="CV30" s="3" t="n">
+        <x:v>-2427</x:v>
+      </x:c>
+      <x:c r="CW30" s="3" t="n">
+        <x:v>-5137</x:v>
+      </x:c>
+      <x:c r="CX30" s="3" t="n">
+        <x:v>2346</x:v>
+      </x:c>
+      <x:c r="CY30" s="3" t="n">
+        <x:v>-5840</x:v>
+      </x:c>
+      <x:c r="CZ30" s="3" t="n">
+        <x:v>-2762</x:v>
+      </x:c>
+      <x:c r="DA30" s="3" t="n">
+        <x:v>-3505</x:v>
+      </x:c>
+      <x:c r="DB30" s="3" t="n">
+        <x:v>11215</x:v>
+      </x:c>
+      <x:c r="DC30" s="3" t="n">
+        <x:v>-1349</x:v>
+      </x:c>
+      <x:c r="DD30" s="3" t="n">
+        <x:v>-571</x:v>
+      </x:c>
+      <x:c r="DE30" s="3" t="n">
+        <x:v>-1994</x:v>
+      </x:c>
+      <x:c r="DF30" s="3" t="n">
+        <x:v>4804</x:v>
+      </x:c>
+      <x:c r="DG30" s="3" t="n">
+        <x:v>2743</x:v>
+      </x:c>
+      <x:c r="DH30" s="3" t="n">
+        <x:v>2671</x:v>
+      </x:c>
+      <x:c r="DI30" s="3" t="n">
+        <x:v>5437</x:v>
+      </x:c>
+      <x:c r="DJ30" s="3" t="n">
+        <x:v>14517</x:v>
+      </x:c>
+      <x:c r="DK30" s="3" t="n">
+        <x:v>-1039</x:v>
+      </x:c>
+      <x:c r="DL30" s="3" t="n">
+        <x:v>5998</x:v>
+      </x:c>
+      <x:c r="DM30" s="3" t="n">
+        <x:v>13115</x:v>
+      </x:c>
+      <x:c r="DN30" s="3" t="n">
+        <x:v>19374</x:v>
+      </x:c>
+      <x:c r="DO30" s="3" t="n">
+        <x:v>2517</x:v>
+      </x:c>
+      <x:c r="DP30" s="3" t="n">
+        <x:v>1962</x:v>
+      </x:c>
+      <x:c r="DQ30" s="3" t="n">
+        <x:v>17886</x:v>
+      </x:c>
+      <x:c r="DR30" s="3" t="n">
+        <x:v>7978</x:v>
+      </x:c>
+      <x:c r="DS30" s="3" t="n">
+        <x:v>5312</x:v>
+      </x:c>
+      <x:c r="DT30" s="3" t="n">
+        <x:v>15141</x:v>
+      </x:c>
+      <x:c r="DU30" s="3" t="n">
+        <x:v>12827</x:v>
+      </x:c>
+      <x:c r="DV30" s="3" t="n">
+        <x:v>4400</x:v>
+      </x:c>
+      <x:c r="DW30" s="3" t="n">
+        <x:v>-6187</x:v>
+      </x:c>
+      <x:c r="DX30" s="3" t="n">
+        <x:v>-1226</x:v>
+      </x:c>
+      <x:c r="DY30" s="3" t="n">
+        <x:v>-11226</x:v>
+      </x:c>
+      <x:c r="DZ30" s="3" t="n">
+        <x:v>16610</x:v>
+      </x:c>
+      <x:c r="EA30" s="3" t="n">
+        <x:v>22664</x:v>
+      </x:c>
+      <x:c r="EB30" s="3" t="n">
+        <x:v>16881</x:v>
+      </x:c>
+      <x:c r="EC30" s="3" t="n">
+        <x:v>17045</x:v>
+      </x:c>
+      <x:c r="ED30" s="3" t="n">
+        <x:v>36948</x:v>
+      </x:c>
+      <x:c r="EE30" s="3" t="n">
+        <x:v>2703</x:v>
+      </x:c>
+      <x:c r="EF30" s="3" t="n">
+        <x:v>3958</x:v>
+      </x:c>
+      <x:c r="EG30" s="3" t="n">
+        <x:v>22183</x:v>
+      </x:c>
+      <x:c r="EH30" s="3" t="n">
+        <x:v>32272</x:v>
+      </x:c>
+      <x:c r="EI30" s="3" t="n">
+        <x:v>12639</x:v>
+      </x:c>
+      <x:c r="EJ30" s="3" t="n">
+        <x:v>2157</x:v>
+      </x:c>
+      <x:c r="EK30" s="3" t="n">
+        <x:v>6960</x:v>
+      </x:c>
+      <x:c r="EL30" s="3" t="n">
+        <x:v>18442</x:v>
+      </x:c>
+      <x:c r="EM30" s="3" t="n">
+        <x:v>16579</x:v>
+      </x:c>
+      <x:c r="EN30" s="3" t="n">
+        <x:v>10513</x:v>
+      </x:c>
+      <x:c r="EO30" s="3" t="n">
+        <x:v>16625</x:v>
+      </x:c>
+      <x:c r="EP30" s="3" t="n">
+        <x:v>15591</x:v>
+      </x:c>
+      <x:c r="EQ30" s="3" t="n">
+        <x:v>4310</x:v>
+      </x:c>
+      <x:c r="ER30" s="3" t="n">
+        <x:v>14793</x:v>
+      </x:c>
+      <x:c r="ES30" s="3" t="n">
+        <x:v>7776</x:v>
+      </x:c>
+      <x:c r="ET30" s="3" t="n">
+        <x:v>17988</x:v>
+      </x:c>
+      <x:c r="EU30" s="3" t="n">
+        <x:v>5340</x:v>
+      </x:c>
+      <x:c r="EV30" s="3" t="n">
+        <x:v>2456</x:v>
+      </x:c>
+      <x:c r="EW30" s="3" t="n">
+        <x:v>4358</x:v>
+      </x:c>
+      <x:c r="EX30" s="3" t="n">
+        <x:v>15988</x:v>
+      </x:c>
+      <x:c r="EY30" s="3" t="n">
+        <x:v>1212</x:v>
+      </x:c>
+      <x:c r="EZ30" s="3" t="n">
+        <x:v>-10228</x:v>
+      </x:c>
+      <x:c r="FA30" s="3" t="n">
+        <x:v>-10145</x:v>
+      </x:c>
+      <x:c r="FB30" s="3" t="n">
+        <x:v>33106</x:v>
+      </x:c>
+      <x:c r="FC30" s="3" t="n">
+        <x:v>-9885</x:v>
+      </x:c>
+      <x:c r="FD30" s="3" t="n">
+        <x:v>-5740</x:v>
+      </x:c>
+      <x:c r="FE30" s="3" t="n">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="FF30" s="3" t="n">
+        <x:v>24309</x:v>
+      </x:c>
+      <x:c r="FG30" s="3" t="n">
+        <x:v>6420</x:v>
+      </x:c>
+      <x:c r="FH30" s="3" t="n">
+        <x:v>-1557</x:v>
+      </x:c>
+      <x:c r="FI30" s="3" t="n">
+        <x:v>10198</x:v>
+      </x:c>
+      <x:c r="FJ30" s="3" t="n">
+        <x:v>25397</x:v>
+      </x:c>
+      <x:c r="FK30" s="3" t="n">
+        <x:v>-9095</x:v>
+      </x:c>
+      <x:c r="FL30" s="3" t="n">
+        <x:v>-5738</x:v>
+      </x:c>
+      <x:c r="FM30" s="3" t="n">
+        <x:v>-16021</x:v>
+      </x:c>
+      <x:c r="FN30" s="3" t="n">
+        <x:v>36937</x:v>
+      </x:c>
+      <x:c r="FO30" s="3" t="n">
+        <x:v>-22053</x:v>
+      </x:c>
+      <x:c r="FP30" s="3" t="n">
+        <x:v>-2404</x:v>
+      </x:c>
+      <x:c r="FQ30" s="3" t="n">
+        <x:v>-10454</x:v>
+      </x:c>
+      <x:c r="FR30" s="3" t="n">
+        <x:v>-5462</x:v>
+      </x:c>
+      <x:c r="FS30" s="3" t="n">
+        <x:v>-28033</x:v>
+      </x:c>
+      <x:c r="FT30" s="3" t="n">
+        <x:v>-8224</x:v>
+      </x:c>
+      <x:c r="FU30" s="3" t="n">
+        <x:v>-6643</x:v>
+      </x:c>
+      <x:c r="FV30" s="3" t="n">
+        <x:v>36244</x:v>
+      </x:c>
+      <x:c r="FW30" s="3" t="n">
+        <x:v>-73</x:v>
+      </x:c>
+      <x:c r="FX30" s="3" t="n">
+        <x:v>15191</x:v>
+      </x:c>
+      <x:c r="FY30" s="3" t="n">
+        <x:v>35360</x:v>
+      </x:c>
+      <x:c r="FZ30" s="3" t="n">
+        <x:v>68883</x:v>
+      </x:c>
+      <x:c r="GA30" s="3" t="n">
+        <x:v>-6807</x:v>
+      </x:c>
+      <x:c r="GB30" s="3" t="n">
+        <x:v>-15699</x:v>
+      </x:c>
+      <x:c r="GC30" s="3" t="n">
+        <x:v>7977</x:v>
+      </x:c>
+      <x:c r="GD30" s="3" t="n">
+        <x:v>44053</x:v>
+      </x:c>
+      <x:c r="GE30" s="3" t="n">
+        <x:v>-13284</x:v>
+      </x:c>
+      <x:c r="GF30" s="3" t="n">
+        <x:v>18194</x:v>
+      </x:c>
+      <x:c r="GG30" s="3" t="n">
+        <x:v>-13362</x:v>
+      </x:c>
+      <x:c r="GH30" s="3" t="n">
+        <x:v>47733</x:v>
+      </x:c>
+      <x:c r="GI30" s="3" t="n">
+        <x:v>-21026</x:v>
+      </x:c>
+      <x:c r="GJ30" s="3" t="n">
+        <x:v>-1359</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:191">
-[...571 lines deleted...]
-        <x:v>-5293</x:v>
+    <x:row r="31" spans="1:192">
+      <x:c r="A31" s="2" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="B31" s="3" t="n">
+        <x:v>19171</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="n">
+        <x:v>16415</x:v>
+      </x:c>
+      <x:c r="D31" s="3" t="n">
+        <x:v>19157</x:v>
+      </x:c>
+      <x:c r="E31" s="3" t="n">
+        <x:v>18362</x:v>
+      </x:c>
+      <x:c r="F31" s="3" t="n">
+        <x:v>18119</x:v>
+      </x:c>
+      <x:c r="G31" s="3" t="n">
+        <x:v>19416</x:v>
+      </x:c>
+      <x:c r="H31" s="3" t="n">
+        <x:v>20716</x:v>
+      </x:c>
+      <x:c r="I31" s="3" t="n">
+        <x:v>18873</x:v>
+      </x:c>
+      <x:c r="J31" s="3" t="n">
+        <x:v>21454</x:v>
+      </x:c>
+      <x:c r="K31" s="3" t="n">
+        <x:v>23625</x:v>
+      </x:c>
+      <x:c r="L31" s="3" t="n">
+        <x:v>24241</x:v>
+      </x:c>
+      <x:c r="M31" s="3" t="n">
+        <x:v>20927</x:v>
+      </x:c>
+      <x:c r="N31" s="3" t="n">
+        <x:v>26492</x:v>
+      </x:c>
+      <x:c r="O31" s="3" t="n">
+        <x:v>23388</x:v>
+      </x:c>
+      <x:c r="P31" s="3" t="n">
+        <x:v>26037</x:v>
+      </x:c>
+      <x:c r="Q31" s="3" t="n">
+        <x:v>25846</x:v>
+      </x:c>
+      <x:c r="R31" s="3" t="n">
+        <x:v>28861</x:v>
+      </x:c>
+      <x:c r="S31" s="3" t="n">
+        <x:v>27974</x:v>
+      </x:c>
+      <x:c r="T31" s="3" t="n">
+        <x:v>28466</x:v>
+      </x:c>
+      <x:c r="U31" s="3" t="n">
+        <x:v>31300</x:v>
+      </x:c>
+      <x:c r="V31" s="3" t="n">
+        <x:v>31867</x:v>
+      </x:c>
+      <x:c r="W31" s="3" t="n">
+        <x:v>29849</x:v>
+      </x:c>
+      <x:c r="X31" s="3" t="n">
+        <x:v>29330</x:v>
+      </x:c>
+      <x:c r="Y31" s="3" t="n">
+        <x:v>27819</x:v>
+      </x:c>
+      <x:c r="Z31" s="3" t="n">
+        <x:v>33369</x:v>
+      </x:c>
+      <x:c r="AA31" s="3" t="n">
+        <x:v>32087</x:v>
+      </x:c>
+      <x:c r="AB31" s="3" t="n">
+        <x:v>38008</x:v>
+      </x:c>
+      <x:c r="AC31" s="3" t="n">
+        <x:v>36325</x:v>
+      </x:c>
+      <x:c r="AD31" s="3" t="n">
+        <x:v>38547</x:v>
+      </x:c>
+      <x:c r="AE31" s="3" t="n">
+        <x:v>32581</x:v>
+      </x:c>
+      <x:c r="AF31" s="3" t="n">
+        <x:v>41803</x:v>
+      </x:c>
+      <x:c r="AG31" s="3" t="n">
+        <x:v>42326</x:v>
+      </x:c>
+      <x:c r="AH31" s="3" t="n">
+        <x:v>46319</x:v>
+      </x:c>
+      <x:c r="AI31" s="3" t="n">
+        <x:v>49667</x:v>
+      </x:c>
+      <x:c r="AJ31" s="3" t="n">
+        <x:v>49863</x:v>
+      </x:c>
+      <x:c r="AK31" s="3" t="n">
+        <x:v>46253</x:v>
+      </x:c>
+      <x:c r="AL31" s="3" t="n">
+        <x:v>49196</x:v>
+      </x:c>
+      <x:c r="AM31" s="3" t="n">
+        <x:v>47269</x:v>
+      </x:c>
+      <x:c r="AN31" s="3" t="n">
+        <x:v>52169</x:v>
+      </x:c>
+      <x:c r="AO31" s="3" t="n">
+        <x:v>52326</x:v>
+      </x:c>
+      <x:c r="AP31" s="3" t="n">
+        <x:v>51977</x:v>
+      </x:c>
+      <x:c r="AQ31" s="3" t="n">
+        <x:v>50754</x:v>
+      </x:c>
+      <x:c r="AR31" s="3" t="n">
+        <x:v>48665</x:v>
+      </x:c>
+      <x:c r="AS31" s="3" t="n">
+        <x:v>51281</x:v>
+      </x:c>
+      <x:c r="AT31" s="3" t="n">
+        <x:v>45989</x:v>
+      </x:c>
+      <x:c r="AU31" s="3" t="n">
+        <x:v>48189</x:v>
+      </x:c>
+      <x:c r="AV31" s="3" t="n">
+        <x:v>45937</x:v>
+      </x:c>
+      <x:c r="AW31" s="3" t="n">
+        <x:v>55174</x:v>
+      </x:c>
+      <x:c r="AX31" s="3" t="n">
+        <x:v>48973</x:v>
+      </x:c>
+      <x:c r="AY31" s="3" t="n">
+        <x:v>44871</x:v>
+      </x:c>
+      <x:c r="AZ31" s="3" t="n">
+        <x:v>41494</x:v>
+      </x:c>
+      <x:c r="BA31" s="3" t="n">
+        <x:v>49558</x:v>
+      </x:c>
+      <x:c r="BB31" s="3" t="n">
+        <x:v>42455</x:v>
+      </x:c>
+      <x:c r="BC31" s="3" t="n">
+        <x:v>45159</x:v>
+      </x:c>
+      <x:c r="BD31" s="3" t="n">
+        <x:v>40679</x:v>
+      </x:c>
+      <x:c r="BE31" s="3" t="n">
+        <x:v>45632</x:v>
+      </x:c>
+      <x:c r="BF31" s="3" t="n">
+        <x:v>44304</x:v>
+      </x:c>
+      <x:c r="BG31" s="3" t="n">
+        <x:v>42087</x:v>
+      </x:c>
+      <x:c r="BH31" s="3" t="n">
+        <x:v>43845</x:v>
+      </x:c>
+      <x:c r="BI31" s="3" t="n">
+        <x:v>42463</x:v>
+      </x:c>
+      <x:c r="BJ31" s="3" t="n">
+        <x:v>47003</x:v>
+      </x:c>
+      <x:c r="BK31" s="3" t="n">
+        <x:v>38058</x:v>
+      </x:c>
+      <x:c r="BL31" s="3" t="n">
+        <x:v>50133</x:v>
+      </x:c>
+      <x:c r="BM31" s="3" t="n">
+        <x:v>50664</x:v>
+      </x:c>
+      <x:c r="BN31" s="3" t="n">
+        <x:v>50021</x:v>
+      </x:c>
+      <x:c r="BO31" s="3" t="n">
+        <x:v>51387</x:v>
+      </x:c>
+      <x:c r="BP31" s="3" t="n">
+        <x:v>49143</x:v>
+      </x:c>
+      <x:c r="BQ31" s="3" t="n">
+        <x:v>52360</x:v>
+      </x:c>
+      <x:c r="BR31" s="3" t="n">
+        <x:v>59021</x:v>
+      </x:c>
+      <x:c r="BS31" s="3" t="n">
+        <x:v>56002</x:v>
+      </x:c>
+      <x:c r="BT31" s="3" t="n">
+        <x:v>54162</x:v>
+      </x:c>
+      <x:c r="BU31" s="3" t="n">
+        <x:v>57969</x:v>
+      </x:c>
+      <x:c r="BV31" s="3" t="n">
+        <x:v>57492</x:v>
+      </x:c>
+      <x:c r="BW31" s="3" t="n">
+        <x:v>54122</x:v>
+      </x:c>
+      <x:c r="BX31" s="3" t="n">
+        <x:v>58826</x:v>
+      </x:c>
+      <x:c r="BY31" s="3" t="n">
+        <x:v>63499</x:v>
+      </x:c>
+      <x:c r="BZ31" s="3" t="n">
+        <x:v>60819</x:v>
+      </x:c>
+      <x:c r="CA31" s="3" t="n">
+        <x:v>72469</x:v>
+      </x:c>
+      <x:c r="CB31" s="3" t="n">
+        <x:v>67585</x:v>
+      </x:c>
+      <x:c r="CC31" s="3" t="n">
+        <x:v>75713</x:v>
+      </x:c>
+      <x:c r="CD31" s="3" t="n">
+        <x:v>76320</x:v>
+      </x:c>
+      <x:c r="CE31" s="3" t="n">
+        <x:v>75846</x:v>
+      </x:c>
+      <x:c r="CF31" s="3" t="n">
+        <x:v>78890</x:v>
+      </x:c>
+      <x:c r="CG31" s="3" t="n">
+        <x:v>86390</x:v>
+      </x:c>
+      <x:c r="CH31" s="3" t="n">
+        <x:v>76035</x:v>
+      </x:c>
+      <x:c r="CI31" s="3" t="n">
+        <x:v>71132</x:v>
+      </x:c>
+      <x:c r="CJ31" s="3" t="n">
+        <x:v>73773</x:v>
+      </x:c>
+      <x:c r="CK31" s="3" t="n">
+        <x:v>78806</x:v>
+      </x:c>
+      <x:c r="CL31" s="3" t="n">
+        <x:v>86675</x:v>
+      </x:c>
+      <x:c r="CM31" s="3" t="n">
+        <x:v>76635</x:v>
+      </x:c>
+      <x:c r="CN31" s="3" t="n">
+        <x:v>74944</x:v>
+      </x:c>
+      <x:c r="CO31" s="3" t="n">
+        <x:v>79016</x:v>
+      </x:c>
+      <x:c r="CP31" s="3" t="n">
+        <x:v>85788</x:v>
+      </x:c>
+      <x:c r="CQ31" s="3" t="n">
+        <x:v>78665</x:v>
+      </x:c>
+      <x:c r="CR31" s="3" t="n">
+        <x:v>71949</x:v>
+      </x:c>
+      <x:c r="CS31" s="3" t="n">
+        <x:v>73015</x:v>
+      </x:c>
+      <x:c r="CT31" s="3" t="n">
+        <x:v>74482</x:v>
+      </x:c>
+      <x:c r="CU31" s="3" t="n">
+        <x:v>81348</x:v>
+      </x:c>
+      <x:c r="CV31" s="3" t="n">
+        <x:v>71958</x:v>
+      </x:c>
+      <x:c r="CW31" s="3" t="n">
+        <x:v>74712</x:v>
+      </x:c>
+      <x:c r="CX31" s="3" t="n">
+        <x:v>81517</x:v>
+      </x:c>
+      <x:c r="CY31" s="3" t="n">
+        <x:v>68186</x:v>
+      </x:c>
+      <x:c r="CZ31" s="3" t="n">
+        <x:v>78717</x:v>
+      </x:c>
+      <x:c r="DA31" s="3" t="n">
+        <x:v>71811</x:v>
+      </x:c>
+      <x:c r="DB31" s="3" t="n">
+        <x:v>90239</x:v>
+      </x:c>
+      <x:c r="DC31" s="3" t="n">
+        <x:v>84476</x:v>
+      </x:c>
+      <x:c r="DD31" s="3" t="n">
+        <x:v>88849</x:v>
+      </x:c>
+      <x:c r="DE31" s="3" t="n">
+        <x:v>104453</x:v>
+      </x:c>
+      <x:c r="DF31" s="3" t="n">
+        <x:v>98516</x:v>
+      </x:c>
+      <x:c r="DG31" s="3" t="n">
+        <x:v>103552</x:v>
+      </x:c>
+      <x:c r="DH31" s="3" t="n">
+        <x:v>102401</x:v>
+      </x:c>
+      <x:c r="DI31" s="3" t="n">
+        <x:v>123823</x:v>
+      </x:c>
+      <x:c r="DJ31" s="3" t="n">
+        <x:v>121708</x:v>
+      </x:c>
+      <x:c r="DK31" s="3" t="n">
+        <x:v>118359</x:v>
+      </x:c>
+      <x:c r="DL31" s="3" t="n">
+        <x:v>124500</x:v>
+      </x:c>
+      <x:c r="DM31" s="3" t="n">
+        <x:v>146928</x:v>
+      </x:c>
+      <x:c r="DN31" s="3" t="n">
+        <x:v>148355</x:v>
+      </x:c>
+      <x:c r="DO31" s="3" t="n">
+        <x:v>146058</x:v>
+      </x:c>
+      <x:c r="DP31" s="3" t="n">
+        <x:v>147685</x:v>
+      </x:c>
+      <x:c r="DQ31" s="3" t="n">
+        <x:v>178276</x:v>
+      </x:c>
+      <x:c r="DR31" s="3" t="n">
+        <x:v>155557</x:v>
+      </x:c>
+      <x:c r="DS31" s="3" t="n">
+        <x:v>159644</x:v>
+      </x:c>
+      <x:c r="DT31" s="3" t="n">
+        <x:v>170658</x:v>
+      </x:c>
+      <x:c r="DU31" s="3" t="n">
+        <x:v>181416</x:v>
+      </x:c>
+      <x:c r="DV31" s="3" t="n">
+        <x:v>152037</x:v>
+      </x:c>
+      <x:c r="DW31" s="3" t="n">
+        <x:v>141602</x:v>
+      </x:c>
+      <x:c r="DX31" s="3" t="n">
+        <x:v>142115</x:v>
+      </x:c>
+      <x:c r="DY31" s="3" t="n">
+        <x:v>146684</x:v>
+      </x:c>
+      <x:c r="DZ31" s="3" t="n">
+        <x:v>144968</x:v>
+      </x:c>
+      <x:c r="EA31" s="3" t="n">
+        <x:v>166513</x:v>
+      </x:c>
+      <x:c r="EB31" s="3" t="n">
+        <x:v>154526</x:v>
+      </x:c>
+      <x:c r="EC31" s="3" t="n">
+        <x:v>172667</x:v>
+      </x:c>
+      <x:c r="ED31" s="3" t="n">
+        <x:v>185762</x:v>
+      </x:c>
+      <x:c r="EE31" s="3" t="n">
+        <x:v>157403</x:v>
+      </x:c>
+      <x:c r="EF31" s="3" t="n">
+        <x:v>163422</x:v>
+      </x:c>
+      <x:c r="EG31" s="3" t="n">
+        <x:v>196595</x:v>
+      </x:c>
+      <x:c r="EH31" s="3" t="n">
+        <x:v>192771</x:v>
+      </x:c>
+      <x:c r="EI31" s="3" t="n">
+        <x:v>183912</x:v>
+      </x:c>
+      <x:c r="EJ31" s="3" t="n">
+        <x:v>179769</x:v>
+      </x:c>
+      <x:c r="EK31" s="3" t="n">
+        <x:v>203687</x:v>
+      </x:c>
+      <x:c r="EL31" s="3" t="n">
+        <x:v>191685</x:v>
+      </x:c>
+      <x:c r="EM31" s="3" t="n">
+        <x:v>211258</x:v>
+      </x:c>
+      <x:c r="EN31" s="3" t="n">
+        <x:v>204448</x:v>
+      </x:c>
+      <x:c r="EO31" s="3" t="n">
+        <x:v>223344</x:v>
+      </x:c>
+      <x:c r="EP31" s="3" t="n">
+        <x:v>206722</x:v>
+      </x:c>
+      <x:c r="EQ31" s="3" t="n">
+        <x:v>208340</x:v>
+      </x:c>
+      <x:c r="ER31" s="3" t="n">
+        <x:v>214584</x:v>
+      </x:c>
+      <x:c r="ES31" s="3" t="n">
+        <x:v>214872</x:v>
+      </x:c>
+      <x:c r="ET31" s="3" t="n">
+        <x:v>209938</x:v>
+      </x:c>
+      <x:c r="EU31" s="3" t="n">
+        <x:v>209154</x:v>
+      </x:c>
+      <x:c r="EV31" s="3" t="n">
+        <x:v>196292</x:v>
+      </x:c>
+      <x:c r="EW31" s="3" t="n">
+        <x:v>211003</x:v>
+      </x:c>
+      <x:c r="EX31" s="3" t="n">
+        <x:v>202322</x:v>
+      </x:c>
+      <x:c r="EY31" s="3" t="n">
+        <x:v>212695</x:v>
+      </x:c>
+      <x:c r="EZ31" s="3" t="n">
+        <x:v>203540</x:v>
+      </x:c>
+      <x:c r="FA31" s="3" t="n">
+        <x:v>223844</x:v>
+      </x:c>
+      <x:c r="FB31" s="3" t="n">
+        <x:v>235729</x:v>
+      </x:c>
+      <x:c r="FC31" s="3" t="n">
+        <x:v>207161</x:v>
+      </x:c>
+      <x:c r="FD31" s="3" t="n">
+        <x:v>206732</x:v>
+      </x:c>
+      <x:c r="FE31" s="3" t="n">
+        <x:v>244490</x:v>
+      </x:c>
+      <x:c r="FF31" s="3" t="n">
+        <x:v>229247</x:v>
+      </x:c>
+      <x:c r="FG31" s="3" t="n">
+        <x:v>234750</x:v>
+      </x:c>
+      <x:c r="FH31" s="3" t="n">
+        <x:v>226111</x:v>
+      </x:c>
+      <x:c r="FI31" s="3" t="n">
+        <x:v>269604</x:v>
+      </x:c>
+      <x:c r="FJ31" s="3" t="n">
+        <x:v>255476</x:v>
+      </x:c>
+      <x:c r="FK31" s="3" t="n">
+        <x:v>249447</x:v>
+      </x:c>
+      <x:c r="FL31" s="3" t="n">
+        <x:v>258166</x:v>
+      </x:c>
+      <x:c r="FM31" s="3" t="n">
+        <x:v>279092</x:v>
+      </x:c>
+      <x:c r="FN31" s="3" t="n">
+        <x:v>280649</x:v>
+      </x:c>
+      <x:c r="FO31" s="3" t="n">
+        <x:v>234895</x:v>
+      </x:c>
+      <x:c r="FP31" s="3" t="n">
+        <x:v>251990</x:v>
+      </x:c>
+      <x:c r="FQ31" s="3" t="n">
+        <x:v>277051</x:v>
+      </x:c>
+      <x:c r="FR31" s="3" t="n">
+        <x:v>248077</x:v>
+      </x:c>
+      <x:c r="FS31" s="3" t="n">
+        <x:v>239833</x:v>
+      </x:c>
+      <x:c r="FT31" s="3" t="n">
+        <x:v>260905</x:v>
+      </x:c>
+      <x:c r="FU31" s="3" t="n">
+        <x:v>300178</x:v>
+      </x:c>
+      <x:c r="FV31" s="3" t="n">
+        <x:v>306777</x:v>
+      </x:c>
+      <x:c r="FW31" s="3" t="n">
+        <x:v>285479</x:v>
+      </x:c>
+      <x:c r="FX31" s="3" t="n">
+        <x:v>302214</x:v>
+      </x:c>
+      <x:c r="FY31" s="3" t="n">
+        <x:v>351719</x:v>
+      </x:c>
+      <x:c r="FZ31" s="3" t="n">
+        <x:v>351795</x:v>
+      </x:c>
+      <x:c r="GA31" s="3" t="n">
+        <x:v>287933</x:v>
+      </x:c>
+      <x:c r="GB31" s="3" t="n">
+        <x:v>273017</x:v>
+      </x:c>
+      <x:c r="GC31" s="3" t="n">
+        <x:v>339673</x:v>
+      </x:c>
+      <x:c r="GD31" s="3" t="n">
+        <x:v>316904</x:v>
+      </x:c>
+      <x:c r="GE31" s="3" t="n">
+        <x:v>292470</x:v>
+      </x:c>
+      <x:c r="GF31" s="3" t="n">
+        <x:v>325536</x:v>
+      </x:c>
+      <x:c r="GG31" s="3" t="n">
+        <x:v>336615</x:v>
+      </x:c>
+      <x:c r="GH31" s="3" t="n">
+        <x:v>336747</x:v>
+      </x:c>
+      <x:c r="GI31" s="3" t="n">
+        <x:v>300072</x:v>
+      </x:c>
+      <x:c r="GJ31" s="3" t="n">
+        <x:v>308669</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:191">
-[...571 lines deleted...]
-        <x:v>294347</x:v>
+    <x:row r="32" spans="1:192">
+      <x:c r="A32" s="2" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="B32" s="3" t="n">
+        <x:v>59033</x:v>
+      </x:c>
+      <x:c r="C32" s="3" t="n">
+        <x:v>58110</x:v>
+      </x:c>
+      <x:c r="D32" s="3" t="n">
+        <x:v>61441</x:v>
+      </x:c>
+      <x:c r="E32" s="3" t="n">
+        <x:v>64341</x:v>
+      </x:c>
+      <x:c r="F32" s="3" t="n">
+        <x:v>61665</x:v>
+      </x:c>
+      <x:c r="G32" s="3" t="n">
+        <x:v>64756</x:v>
+      </x:c>
+      <x:c r="H32" s="3" t="n">
+        <x:v>66517</x:v>
+      </x:c>
+      <x:c r="I32" s="3" t="n">
+        <x:v>69749</x:v>
+      </x:c>
+      <x:c r="J32" s="3" t="n">
+        <x:v>70492</x:v>
+      </x:c>
+      <x:c r="K32" s="3" t="n">
+        <x:v>73668</x:v>
+      </x:c>
+      <x:c r="L32" s="3" t="n">
+        <x:v>76038</x:v>
+      </x:c>
+      <x:c r="M32" s="3" t="n">
+        <x:v>78779</x:v>
+      </x:c>
+      <x:c r="N32" s="3" t="n">
+        <x:v>81720</x:v>
+      </x:c>
+      <x:c r="O32" s="3" t="n">
+        <x:v>80653</x:v>
+      </x:c>
+      <x:c r="P32" s="3" t="n">
+        <x:v>84721</x:v>
+      </x:c>
+      <x:c r="Q32" s="3" t="n">
+        <x:v>91623</x:v>
+      </x:c>
+      <x:c r="R32" s="3" t="n">
+        <x:v>91509</x:v>
+      </x:c>
+      <x:c r="S32" s="3" t="n">
+        <x:v>93184</x:v>
+      </x:c>
+      <x:c r="T32" s="3" t="n">
+        <x:v>95228</x:v>
+      </x:c>
+      <x:c r="U32" s="3" t="n">
+        <x:v>103835</x:v>
+      </x:c>
+      <x:c r="V32" s="3" t="n">
+        <x:v>102379</x:v>
+      </x:c>
+      <x:c r="W32" s="3" t="n">
+        <x:v>101481</x:v>
+      </x:c>
+      <x:c r="X32" s="3" t="n">
+        <x:v>103096</x:v>
+      </x:c>
+      <x:c r="Y32" s="3" t="n">
+        <x:v>107482</x:v>
+      </x:c>
+      <x:c r="Z32" s="3" t="n">
+        <x:v>110231</x:v>
+      </x:c>
+      <x:c r="AA32" s="3" t="n">
+        <x:v>110466</x:v>
+      </x:c>
+      <x:c r="AB32" s="3" t="n">
+        <x:v>117706</x:v>
+      </x:c>
+      <x:c r="AC32" s="3" t="n">
+        <x:v>123695</x:v>
+      </x:c>
+      <x:c r="AD32" s="3" t="n">
+        <x:v>124569</x:v>
+      </x:c>
+      <x:c r="AE32" s="3" t="n">
+        <x:v>121264</x:v>
+      </x:c>
+      <x:c r="AF32" s="3" t="n">
+        <x:v>133112</x:v>
+      </x:c>
+      <x:c r="AG32" s="3" t="n">
+        <x:v>142894</x:v>
+      </x:c>
+      <x:c r="AH32" s="3" t="n">
+        <x:v>142190</x:v>
+      </x:c>
+      <x:c r="AI32" s="3" t="n">
+        <x:v>151439</x:v>
+      </x:c>
+      <x:c r="AJ32" s="3" t="n">
+        <x:v>150826</x:v>
+      </x:c>
+      <x:c r="AK32" s="3" t="n">
+        <x:v>157244</x:v>
+      </x:c>
+      <x:c r="AL32" s="3" t="n">
+        <x:v>155933</x:v>
+      </x:c>
+      <x:c r="AM32" s="3" t="n">
+        <x:v>157297</x:v>
+      </x:c>
+      <x:c r="AN32" s="3" t="n">
+        <x:v>163060</x:v>
+      </x:c>
+      <x:c r="AO32" s="3" t="n">
+        <x:v>172836</x:v>
+      </x:c>
+      <x:c r="AP32" s="3" t="n">
+        <x:v>165474</x:v>
+      </x:c>
+      <x:c r="AQ32" s="3" t="n">
+        <x:v>165717</x:v>
+      </x:c>
+      <x:c r="AR32" s="3" t="n">
+        <x:v>163711</x:v>
+      </x:c>
+      <x:c r="AS32" s="3" t="n">
+        <x:v>173258</x:v>
+      </x:c>
+      <x:c r="AT32" s="3" t="n">
+        <x:v>161988</x:v>
+      </x:c>
+      <x:c r="AU32" s="3" t="n">
+        <x:v>169862</x:v>
+      </x:c>
+      <x:c r="AV32" s="3" t="n">
+        <x:v>167519</x:v>
+      </x:c>
+      <x:c r="AW32" s="3" t="n">
+        <x:v>184846</x:v>
+      </x:c>
+      <x:c r="AX32" s="3" t="n">
+        <x:v>172581</x:v>
+      </x:c>
+      <x:c r="AY32" s="3" t="n">
+        <x:v>172660</x:v>
+      </x:c>
+      <x:c r="AZ32" s="3" t="n">
+        <x:v>170889</x:v>
+      </x:c>
+      <x:c r="BA32" s="3" t="n">
+        <x:v>186848</x:v>
+      </x:c>
+      <x:c r="BB32" s="3" t="n">
+        <x:v>174696</x:v>
+      </x:c>
+      <x:c r="BC32" s="3" t="n">
+        <x:v>180335</x:v>
+      </x:c>
+      <x:c r="BD32" s="3" t="n">
+        <x:v>178176</x:v>
+      </x:c>
+      <x:c r="BE32" s="3" t="n">
+        <x:v>193596</x:v>
+      </x:c>
+      <x:c r="BF32" s="3" t="n">
+        <x:v>186722</x:v>
+      </x:c>
+      <x:c r="BG32" s="3" t="n">
+        <x:v>183815</x:v>
+      </x:c>
+      <x:c r="BH32" s="3" t="n">
+        <x:v>187446</x:v>
+      </x:c>
+      <x:c r="BI32" s="3" t="n">
+        <x:v>198440</x:v>
+      </x:c>
+      <x:c r="BJ32" s="3" t="n">
+        <x:v>193294</x:v>
+      </x:c>
+      <x:c r="BK32" s="3" t="n">
+        <x:v>185589</x:v>
+      </x:c>
+      <x:c r="BL32" s="3" t="n">
+        <x:v>202400</x:v>
+      </x:c>
+      <x:c r="BM32" s="3" t="n">
+        <x:v>217478</x:v>
+      </x:c>
+      <x:c r="BN32" s="3" t="n">
+        <x:v>201963</x:v>
+      </x:c>
+      <x:c r="BO32" s="3" t="n">
+        <x:v>205820</x:v>
+      </x:c>
+      <x:c r="BP32" s="3" t="n">
+        <x:v>209023</x:v>
+      </x:c>
+      <x:c r="BQ32" s="3" t="n">
+        <x:v>223749</x:v>
+      </x:c>
+      <x:c r="BR32" s="3" t="n">
+        <x:v>220398</x:v>
+      </x:c>
+      <x:c r="BS32" s="3" t="n">
+        <x:v>219221</x:v>
+      </x:c>
+      <x:c r="BT32" s="3" t="n">
+        <x:v>223085</x:v>
+      </x:c>
+      <x:c r="BU32" s="3" t="n">
+        <x:v>238890</x:v>
+      </x:c>
+      <x:c r="BV32" s="3" t="n">
+        <x:v>230754</x:v>
+      </x:c>
+      <x:c r="BW32" s="3" t="n">
+        <x:v>227955</x:v>
+      </x:c>
+      <x:c r="BX32" s="3" t="n">
+        <x:v>240449</x:v>
+      </x:c>
+      <x:c r="BY32" s="3" t="n">
+        <x:v>258804</x:v>
+      </x:c>
+      <x:c r="BZ32" s="3" t="n">
+        <x:v>239208</x:v>
+      </x:c>
+      <x:c r="CA32" s="3" t="n">
+        <x:v>261587</x:v>
+      </x:c>
+      <x:c r="CB32" s="3" t="n">
+        <x:v>259581</x:v>
+      </x:c>
+      <x:c r="CC32" s="3" t="n">
+        <x:v>282163</x:v>
+      </x:c>
+      <x:c r="CD32" s="3" t="n">
+        <x:v>267955</x:v>
+      </x:c>
+      <x:c r="CE32" s="3" t="n">
+        <x:v>274891</x:v>
+      </x:c>
+      <x:c r="CF32" s="3" t="n">
+        <x:v>285960</x:v>
+      </x:c>
+      <x:c r="CG32" s="3" t="n">
+        <x:v>304624</x:v>
+      </x:c>
+      <x:c r="CH32" s="3" t="n">
+        <x:v>282475</x:v>
+      </x:c>
+      <x:c r="CI32" s="3" t="n">
+        <x:v>280272</x:v>
+      </x:c>
+      <x:c r="CJ32" s="3" t="n">
+        <x:v>292335</x:v>
+      </x:c>
+      <x:c r="CK32" s="3" t="n">
+        <x:v>312321</x:v>
+      </x:c>
+      <x:c r="CL32" s="3" t="n">
+        <x:v>311149</x:v>
+      </x:c>
+      <x:c r="CM32" s="3" t="n">
+        <x:v>304168</x:v>
+      </x:c>
+      <x:c r="CN32" s="3" t="n">
+        <x:v>309716</x:v>
+      </x:c>
+      <x:c r="CO32" s="3" t="n">
+        <x:v>323099</x:v>
+      </x:c>
+      <x:c r="CP32" s="3" t="n">
+        <x:v>325166</x:v>
+      </x:c>
+      <x:c r="CQ32" s="3" t="n">
+        <x:v>320976</x:v>
+      </x:c>
+      <x:c r="CR32" s="3" t="n">
+        <x:v>318921</x:v>
+      </x:c>
+      <x:c r="CS32" s="3" t="n">
+        <x:v>334329</x:v>
+      </x:c>
+      <x:c r="CT32" s="3" t="n">
+        <x:v>321917</x:v>
+      </x:c>
+      <x:c r="CU32" s="3" t="n">
+        <x:v>339095</x:v>
+      </x:c>
+      <x:c r="CV32" s="3" t="n">
+        <x:v>336902</x:v>
+      </x:c>
+      <x:c r="CW32" s="3" t="n">
+        <x:v>354059</x:v>
+      </x:c>
+      <x:c r="CX32" s="3" t="n">
+        <x:v>351842</x:v>
+      </x:c>
+      <x:c r="CY32" s="3" t="n">
+        <x:v>337620</x:v>
+      </x:c>
+      <x:c r="CZ32" s="3" t="n">
+        <x:v>359227</x:v>
+      </x:c>
+      <x:c r="DA32" s="3" t="n">
+        <x:v>364665</x:v>
+      </x:c>
+      <x:c r="DB32" s="3" t="n">
+        <x:v>374125</x:v>
+      </x:c>
+      <x:c r="DC32" s="3" t="n">
+        <x:v>373315</x:v>
+      </x:c>
+      <x:c r="DD32" s="3" t="n">
+        <x:v>387663</x:v>
+      </x:c>
+      <x:c r="DE32" s="3" t="n">
+        <x:v>415801</x:v>
+      </x:c>
+      <x:c r="DF32" s="3" t="n">
+        <x:v>390825</x:v>
+      </x:c>
+      <x:c r="DG32" s="3" t="n">
+        <x:v>417093</x:v>
+      </x:c>
+      <x:c r="DH32" s="3" t="n">
+        <x:v>421858</x:v>
+      </x:c>
+      <x:c r="DI32" s="3" t="n">
+        <x:v>450794</x:v>
+      </x:c>
+      <x:c r="DJ32" s="3" t="n">
+        <x:v>441528</x:v>
+      </x:c>
+      <x:c r="DK32" s="3" t="n">
+        <x:v>449560</x:v>
+      </x:c>
+      <x:c r="DL32" s="3" t="n">
+        <x:v>465444</x:v>
+      </x:c>
+      <x:c r="DM32" s="3" t="n">
+        <x:v>501335</x:v>
+      </x:c>
+      <x:c r="DN32" s="3" t="n">
+        <x:v>491364</x:v>
+      </x:c>
+      <x:c r="DO32" s="3" t="n">
+        <x:v>499700</x:v>
+      </x:c>
+      <x:c r="DP32" s="3" t="n">
+        <x:v>511050</x:v>
+      </x:c>
+      <x:c r="DQ32" s="3" t="n">
+        <x:v>558006</x:v>
+      </x:c>
+      <x:c r="DR32" s="3" t="n">
+        <x:v>518720</x:v>
+      </x:c>
+      <x:c r="DS32" s="3" t="n">
+        <x:v>541921</x:v>
+      </x:c>
+      <x:c r="DT32" s="3" t="n">
+        <x:v>558155</x:v>
+      </x:c>
+      <x:c r="DU32" s="3" t="n">
+        <x:v>578545</x:v>
+      </x:c>
+      <x:c r="DV32" s="3" t="n">
+        <x:v>531088</x:v>
+      </x:c>
+      <x:c r="DW32" s="3" t="n">
+        <x:v>539295</x:v>
+      </x:c>
+      <x:c r="DX32" s="3" t="n">
+        <x:v>550444</x:v>
+      </x:c>
+      <x:c r="DY32" s="3" t="n">
+        <x:v>565899</x:v>
+      </x:c>
+      <x:c r="DZ32" s="3" t="n">
+        <x:v>556604</x:v>
+      </x:c>
+      <x:c r="EA32" s="3" t="n">
+        <x:v>583489</x:v>
+      </x:c>
+      <x:c r="EB32" s="3" t="n">
+        <x:v>583653</x:v>
+      </x:c>
+      <x:c r="EC32" s="3" t="n">
+        <x:v>616298</x:v>
+      </x:c>
+      <x:c r="ED32" s="3" t="n">
+        <x:v>610869</x:v>
+      </x:c>
+      <x:c r="EE32" s="3" t="n">
+        <x:v>599032</x:v>
+      </x:c>
+      <x:c r="EF32" s="3" t="n">
+        <x:v>613450</x:v>
+      </x:c>
+      <x:c r="EG32" s="3" t="n">
+        <x:v>657394</x:v>
+      </x:c>
+      <x:c r="EH32" s="3" t="n">
+        <x:v>641637</x:v>
+      </x:c>
+      <x:c r="EI32" s="3" t="n">
+        <x:v>646721</x:v>
+      </x:c>
+      <x:c r="EJ32" s="3" t="n">
+        <x:v>652944</x:v>
+      </x:c>
+      <x:c r="EK32" s="3" t="n">
+        <x:v>687135</x:v>
+      </x:c>
+      <x:c r="EL32" s="3" t="n">
+        <x:v>667872</x:v>
+      </x:c>
+      <x:c r="EM32" s="3" t="n">
+        <x:v>702515</x:v>
+      </x:c>
+      <x:c r="EN32" s="3" t="n">
+        <x:v>702282</x:v>
+      </x:c>
+      <x:c r="EO32" s="3" t="n">
+        <x:v>731006</x:v>
+      </x:c>
+      <x:c r="EP32" s="3" t="n">
+        <x:v>708414</x:v>
+      </x:c>
+      <x:c r="EQ32" s="3" t="n">
+        <x:v>723831</x:v>
+      </x:c>
+      <x:c r="ER32" s="3" t="n">
+        <x:v>735895</x:v>
+      </x:c>
+      <x:c r="ES32" s="3" t="n">
+        <x:v>749531</x:v>
+      </x:c>
+      <x:c r="ET32" s="3" t="n">
+        <x:v>740496</x:v>
+      </x:c>
+      <x:c r="EU32" s="3" t="n">
+        <x:v>758531</x:v>
+      </x:c>
+      <x:c r="EV32" s="3" t="n">
+        <x:v>745261</x:v>
+      </x:c>
+      <x:c r="EW32" s="3" t="n">
+        <x:v>769513</x:v>
+      </x:c>
+      <x:c r="EX32" s="3" t="n">
+        <x:v>750638</x:v>
+      </x:c>
+      <x:c r="EY32" s="3" t="n">
+        <x:v>796081</x:v>
+      </x:c>
+      <x:c r="EZ32" s="3" t="n">
+        <x:v>763698</x:v>
+      </x:c>
+      <x:c r="FA32" s="3" t="n">
+        <x:v>818239</x:v>
+      </x:c>
+      <x:c r="FB32" s="3" t="n">
+        <x:v>815155</x:v>
+      </x:c>
+      <x:c r="FC32" s="3" t="n">
+        <x:v>811095</x:v>
+      </x:c>
+      <x:c r="FD32" s="3" t="n">
+        <x:v>794757</x:v>
+      </x:c>
+      <x:c r="FE32" s="3" t="n">
+        <x:v>867248</x:v>
+      </x:c>
+      <x:c r="FF32" s="3" t="n">
+        <x:v>830898</x:v>
+      </x:c>
+      <x:c r="FG32" s="3" t="n">
+        <x:v>870690</x:v>
+      </x:c>
+      <x:c r="FH32" s="3" t="n">
+        <x:v>837757</x:v>
+      </x:c>
+      <x:c r="FI32" s="3" t="n">
+        <x:v>919983</x:v>
+      </x:c>
+      <x:c r="FJ32" s="3" t="n">
+        <x:v>886654</x:v>
+      </x:c>
+      <x:c r="FK32" s="3" t="n">
+        <x:v>903251</x:v>
+      </x:c>
+      <x:c r="FL32" s="3" t="n">
+        <x:v>898669</x:v>
+      </x:c>
+      <x:c r="FM32" s="3" t="n">
+        <x:v>951080</x:v>
+      </x:c>
+      <x:c r="FN32" s="3" t="n">
+        <x:v>925650</x:v>
+      </x:c>
+      <x:c r="FO32" s="3" t="n">
+        <x:v>860658</x:v>
+      </x:c>
+      <x:c r="FP32" s="3" t="n">
+        <x:v>889462</x:v>
+      </x:c>
+      <x:c r="FQ32" s="3" t="n">
+        <x:v>947738</x:v>
+      </x:c>
+      <x:c r="FR32" s="3" t="n">
+        <x:v>900591</x:v>
+      </x:c>
+      <x:c r="FS32" s="3" t="n">
+        <x:v>924438</x:v>
+      </x:c>
+      <x:c r="FT32" s="3" t="n">
+        <x:v>952787</x:v>
+      </x:c>
+      <x:c r="FU32" s="3" t="n">
+        <x:v>1054638</x:v>
+      </x:c>
+      <x:c r="FV32" s="3" t="n">
+        <x:v>1028548</x:v>
+      </x:c>
+      <x:c r="FW32" s="3" t="n">
+        <x:v>1060038</x:v>
+      </x:c>
+      <x:c r="FX32" s="3" t="n">
+        <x:v>1056160</x:v>
+      </x:c>
+      <x:c r="FY32" s="3" t="n">
+        <x:v>1173746</x:v>
+      </x:c>
+      <x:c r="FZ32" s="3" t="n">
+        <x:v>1132668</x:v>
+      </x:c>
+      <x:c r="GA32" s="3" t="n">
+        <x:v>1102864</x:v>
+      </x:c>
+      <x:c r="GB32" s="3" t="n">
+        <x:v>1062661</x:v>
+      </x:c>
+      <x:c r="GC32" s="3" t="n">
+        <x:v>1189289</x:v>
+      </x:c>
+      <x:c r="GD32" s="3" t="n">
+        <x:v>1126939</x:v>
+      </x:c>
+      <x:c r="GE32" s="3" t="n">
+        <x:v>1157832</x:v>
+      </x:c>
+      <x:c r="GF32" s="3" t="n">
+        <x:v>1162624</x:v>
+      </x:c>
+      <x:c r="GG32" s="3" t="n">
+        <x:v>1222549</x:v>
+      </x:c>
+      <x:c r="GH32" s="3" t="n">
+        <x:v>1194225</x:v>
+      </x:c>
+      <x:c r="GI32" s="3" t="n">
+        <x:v>1206124</x:v>
+      </x:c>
+      <x:c r="GJ32" s="3" t="n">
+        <x:v>1188976</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:191">
-[...571 lines deleted...]
-        <x:v>1157630</x:v>
+    <x:row r="33" spans="1:192">
+      <x:c r="A33" s="2" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="B33" s="3" t="n">
+        <x:v>56063</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="n">
+        <x:v>58548</x:v>
+      </x:c>
+      <x:c r="D33" s="3" t="n">
+        <x:v>58769</x:v>
+      </x:c>
+      <x:c r="E33" s="3" t="n">
+        <x:v>64405</x:v>
+      </x:c>
+      <x:c r="F33" s="3" t="n">
+        <x:v>58772</x:v>
+      </x:c>
+      <x:c r="G33" s="3" t="n">
+        <x:v>60836</x:v>
+      </x:c>
+      <x:c r="H33" s="3" t="n">
+        <x:v>61937</x:v>
+      </x:c>
+      <x:c r="I33" s="3" t="n">
+        <x:v>71945</x:v>
+      </x:c>
+      <x:c r="J33" s="3" t="n">
+        <x:v>67032</x:v>
+      </x:c>
+      <x:c r="K33" s="3" t="n">
+        <x:v>67839</x:v>
+      </x:c>
+      <x:c r="L33" s="3" t="n">
+        <x:v>71006</x:v>
+      </x:c>
+      <x:c r="M33" s="3" t="n">
+        <x:v>78552</x:v>
+      </x:c>
+      <x:c r="N33" s="3" t="n">
+        <x:v>73608</x:v>
+      </x:c>
+      <x:c r="O33" s="3" t="n">
+        <x:v>78176</x:v>
+      </x:c>
+      <x:c r="P33" s="3" t="n">
+        <x:v>80628</x:v>
+      </x:c>
+      <x:c r="Q33" s="3" t="n">
+        <x:v>89285</x:v>
+      </x:c>
+      <x:c r="R33" s="3" t="n">
+        <x:v>83058</x:v>
+      </x:c>
+      <x:c r="S33" s="3" t="n">
+        <x:v>88194</x:v>
+      </x:c>
+      <x:c r="T33" s="3" t="n">
+        <x:v>89553</x:v>
+      </x:c>
+      <x:c r="U33" s="3" t="n">
+        <x:v>96887</x:v>
+      </x:c>
+      <x:c r="V33" s="3" t="n">
+        <x:v>91996</x:v>
+      </x:c>
+      <x:c r="W33" s="3" t="n">
+        <x:v>95013</x:v>
+      </x:c>
+      <x:c r="X33" s="3" t="n">
+        <x:v>98772</x:v>
+      </x:c>
+      <x:c r="Y33" s="3" t="n">
+        <x:v>105227</x:v>
+      </x:c>
+      <x:c r="Z33" s="3" t="n">
+        <x:v>99213</x:v>
+      </x:c>
+      <x:c r="AA33" s="3" t="n">
+        <x:v>103221</x:v>
+      </x:c>
+      <x:c r="AB33" s="3" t="n">
+        <x:v>106229</x:v>
+      </x:c>
+      <x:c r="AC33" s="3" t="n">
+        <x:v>115764</x:v>
+      </x:c>
+      <x:c r="AD33" s="3" t="n">
+        <x:v>108584</x:v>
+      </x:c>
+      <x:c r="AE33" s="3" t="n">
+        <x:v>115026</x:v>
+      </x:c>
+      <x:c r="AF33" s="3" t="n">
+        <x:v>124800</x:v>
+      </x:c>
+      <x:c r="AG33" s="3" t="n">
+        <x:v>133523</x:v>
+      </x:c>
+      <x:c r="AH33" s="3" t="n">
+        <x:v>127254</x:v>
+      </x:c>
+      <x:c r="AI33" s="3" t="n">
+        <x:v>136994</x:v>
+      </x:c>
+      <x:c r="AJ33" s="3" t="n">
+        <x:v>138062</x:v>
+      </x:c>
+      <x:c r="AK33" s="3" t="n">
+        <x:v>147638</x:v>
+      </x:c>
+      <x:c r="AL33" s="3" t="n">
+        <x:v>141972</x:v>
+      </x:c>
+      <x:c r="AM33" s="3" t="n">
+        <x:v>146368</x:v>
+      </x:c>
+      <x:c r="AN33" s="3" t="n">
+        <x:v>149017</x:v>
+      </x:c>
+      <x:c r="AO33" s="3" t="n">
+        <x:v>164205</x:v>
+      </x:c>
+      <x:c r="AP33" s="3" t="n">
+        <x:v>150363</x:v>
+      </x:c>
+      <x:c r="AQ33" s="3" t="n">
+        <x:v>153619</x:v>
+      </x:c>
+      <x:c r="AR33" s="3" t="n">
+        <x:v>153134</x:v>
+      </x:c>
+      <x:c r="AS33" s="3" t="n">
+        <x:v>163467</x:v>
+      </x:c>
+      <x:c r="AT33" s="3" t="n">
+        <x:v>147484</x:v>
+      </x:c>
+      <x:c r="AU33" s="3" t="n">
+        <x:v>155357</x:v>
+      </x:c>
+      <x:c r="AV33" s="3" t="n">
+        <x:v>153964</x:v>
+      </x:c>
+      <x:c r="AW33" s="3" t="n">
+        <x:v>167665</x:v>
+      </x:c>
+      <x:c r="AX33" s="3" t="n">
+        <x:v>156921</x:v>
+      </x:c>
+      <x:c r="AY33" s="3" t="n">
+        <x:v>158340</x:v>
+      </x:c>
+      <x:c r="AZ33" s="3" t="n">
+        <x:v>159719</x:v>
+      </x:c>
+      <x:c r="BA33" s="3" t="n">
+        <x:v>173079</x:v>
+      </x:c>
+      <x:c r="BB33" s="3" t="n">
+        <x:v>159976</x:v>
+      </x:c>
+      <x:c r="BC33" s="3" t="n">
+        <x:v>164167</x:v>
+      </x:c>
+      <x:c r="BD33" s="3" t="n">
+        <x:v>167970</x:v>
+      </x:c>
+      <x:c r="BE33" s="3" t="n">
+        <x:v>184359</x:v>
+      </x:c>
+      <x:c r="BF33" s="3" t="n">
+        <x:v>169022</x:v>
+      </x:c>
+      <x:c r="BG33" s="3" t="n">
+        <x:v>171240</x:v>
+      </x:c>
+      <x:c r="BH33" s="3" t="n">
+        <x:v>171352</x:v>
+      </x:c>
+      <x:c r="BI33" s="3" t="n">
+        <x:v>191527</x:v>
+      </x:c>
+      <x:c r="BJ33" s="3" t="n">
+        <x:v>171632</x:v>
+      </x:c>
+      <x:c r="BK33" s="3" t="n">
+        <x:v>175954</x:v>
+      </x:c>
+      <x:c r="BL33" s="3" t="n">
+        <x:v>182711</x:v>
+      </x:c>
+      <x:c r="BM33" s="3" t="n">
+        <x:v>201625</x:v>
+      </x:c>
+      <x:c r="BN33" s="3" t="n">
+        <x:v>181250</x:v>
+      </x:c>
+      <x:c r="BO33" s="3" t="n">
+        <x:v>186133</x:v>
+      </x:c>
+      <x:c r="BP33" s="3" t="n">
+        <x:v>194047</x:v>
+      </x:c>
+      <x:c r="BQ33" s="3" t="n">
+        <x:v>210531</x:v>
+      </x:c>
+      <x:c r="BR33" s="3" t="n">
+        <x:v>197633</x:v>
+      </x:c>
+      <x:c r="BS33" s="3" t="n">
+        <x:v>200860</x:v>
+      </x:c>
+      <x:c r="BT33" s="3" t="n">
+        <x:v>207904</x:v>
+      </x:c>
+      <x:c r="BU33" s="3" t="n">
+        <x:v>222883</x:v>
+      </x:c>
+      <x:c r="BV33" s="3" t="n">
+        <x:v>215852</x:v>
+      </x:c>
+      <x:c r="BW33" s="3" t="n">
+        <x:v>216343</x:v>
+      </x:c>
+      <x:c r="BX33" s="3" t="n">
+        <x:v>223907</x:v>
+      </x:c>
+      <x:c r="BY33" s="3" t="n">
+        <x:v>244426</x:v>
+      </x:c>
+      <x:c r="BZ33" s="3" t="n">
+        <x:v>221866</x:v>
+      </x:c>
+      <x:c r="CA33" s="3" t="n">
+        <x:v>235621</x:v>
+      </x:c>
+      <x:c r="CB33" s="3" t="n">
+        <x:v>241613</x:v>
+      </x:c>
+      <x:c r="CC33" s="3" t="n">
+        <x:v>260087</x:v>
+      </x:c>
+      <x:c r="CD33" s="3" t="n">
+        <x:v>242210</x:v>
+      </x:c>
+      <x:c r="CE33" s="3" t="n">
+        <x:v>248549</x:v>
+      </x:c>
+      <x:c r="CF33" s="3" t="n">
+        <x:v>260545</x:v>
+      </x:c>
+      <x:c r="CG33" s="3" t="n">
+        <x:v>278458</x:v>
+      </x:c>
+      <x:c r="CH33" s="3" t="n">
+        <x:v>255495</x:v>
+      </x:c>
+      <x:c r="CI33" s="3" t="n">
+        <x:v>259500</x:v>
+      </x:c>
+      <x:c r="CJ33" s="3" t="n">
+        <x:v>272801</x:v>
+      </x:c>
+      <x:c r="CK33" s="3" t="n">
+        <x:v>293220</x:v>
+      </x:c>
+      <x:c r="CL33" s="3" t="n">
+        <x:v>278683</x:v>
+      </x:c>
+      <x:c r="CM33" s="3" t="n">
+        <x:v>281826</x:v>
+      </x:c>
+      <x:c r="CN33" s="3" t="n">
+        <x:v>288702</x:v>
+      </x:c>
+      <x:c r="CO33" s="3" t="n">
+        <x:v>305231</x:v>
+      </x:c>
+      <x:c r="CP33" s="3" t="n">
+        <x:v>297471</x:v>
+      </x:c>
+      <x:c r="CQ33" s="3" t="n">
+        <x:v>302252</x:v>
+      </x:c>
+      <x:c r="CR33" s="3" t="n">
+        <x:v>305160</x:v>
+      </x:c>
+      <x:c r="CS33" s="3" t="n">
+        <x:v>321271</x:v>
+      </x:c>
+      <x:c r="CT33" s="3" t="n">
+        <x:v>308258</x:v>
+      </x:c>
+      <x:c r="CU33" s="3" t="n">
+        <x:v>321087</x:v>
+      </x:c>
+      <x:c r="CV33" s="3" t="n">
+        <x:v>324312</x:v>
+      </x:c>
+      <x:c r="CW33" s="3" t="n">
+        <x:v>342124</x:v>
+      </x:c>
+      <x:c r="CX33" s="3" t="n">
+        <x:v>327482</x:v>
+      </x:c>
+      <x:c r="CY33" s="3" t="n">
+        <x:v>324878</x:v>
+      </x:c>
+      <x:c r="CZ33" s="3" t="n">
+        <x:v>338806</x:v>
+      </x:c>
+      <x:c r="DA33" s="3" t="n">
+        <x:v>356060</x:v>
+      </x:c>
+      <x:c r="DB33" s="3" t="n">
+        <x:v>345677</x:v>
+      </x:c>
+      <x:c r="DC33" s="3" t="n">
+        <x:v>355605</x:v>
+      </x:c>
+      <x:c r="DD33" s="3" t="n">
+        <x:v>367025</x:v>
+      </x:c>
+      <x:c r="DE33" s="3" t="n">
+        <x:v>391937</x:v>
+      </x:c>
+      <x:c r="DF33" s="3" t="n">
+        <x:v>364910</x:v>
+      </x:c>
+      <x:c r="DG33" s="3" t="n">
+        <x:v>388851</x:v>
+      </x:c>
+      <x:c r="DH33" s="3" t="n">
+        <x:v>395685</x:v>
+      </x:c>
+      <x:c r="DI33" s="3" t="n">
+        <x:v>416184</x:v>
+      </x:c>
+      <x:c r="DJ33" s="3" t="n">
+        <x:v>402808</x:v>
+      </x:c>
+      <x:c r="DK33" s="3" t="n">
+        <x:v>422431</x:v>
+      </x:c>
+      <x:c r="DL33" s="3" t="n">
+        <x:v>428602</x:v>
+      </x:c>
+      <x:c r="DM33" s="3" t="n">
+        <x:v>458171</x:v>
+      </x:c>
+      <x:c r="DN33" s="3" t="n">
+        <x:v>445518</x:v>
+      </x:c>
+      <x:c r="DO33" s="3" t="n">
+        <x:v>464751</x:v>
+      </x:c>
+      <x:c r="DP33" s="3" t="n">
+        <x:v>473426</x:v>
+      </x:c>
+      <x:c r="DQ33" s="3" t="n">
+        <x:v>505672</x:v>
+      </x:c>
+      <x:c r="DR33" s="3" t="n">
+        <x:v>480047</x:v>
+      </x:c>
+      <x:c r="DS33" s="3" t="n">
+        <x:v>502377</x:v>
+      </x:c>
+      <x:c r="DT33" s="3" t="n">
+        <x:v>506905</x:v>
+      </x:c>
+      <x:c r="DU33" s="3" t="n">
+        <x:v>526019</x:v>
+      </x:c>
+      <x:c r="DV33" s="3" t="n">
+        <x:v>487448</x:v>
+      </x:c>
+      <x:c r="DW33" s="3" t="n">
+        <x:v>505192</x:v>
+      </x:c>
+      <x:c r="DX33" s="3" t="n">
+        <x:v>511795</x:v>
+      </x:c>
+      <x:c r="DY33" s="3" t="n">
+        <x:v>538950</x:v>
+      </x:c>
+      <x:c r="DZ33" s="3" t="n">
+        <x:v>506160</x:v>
+      </x:c>
+      <x:c r="EA33" s="3" t="n">
+        <x:v>520157</x:v>
+      </x:c>
+      <x:c r="EB33" s="3" t="n">
+        <x:v>530232</x:v>
+      </x:c>
+      <x:c r="EC33" s="3" t="n">
+        <x:v>560123</x:v>
+      </x:c>
+      <x:c r="ED33" s="3" t="n">
+        <x:v>533879</x:v>
+      </x:c>
+      <x:c r="EE33" s="3" t="n">
+        <x:v>554298</x:v>
+      </x:c>
+      <x:c r="EF33" s="3" t="n">
+        <x:v>562212</x:v>
+      </x:c>
+      <x:c r="EG33" s="3" t="n">
+        <x:v>585433</x:v>
+      </x:c>
+      <x:c r="EH33" s="3" t="n">
+        <x:v>564765</x:v>
+      </x:c>
+      <x:c r="EI33" s="3" t="n">
+        <x:v>584751</x:v>
+      </x:c>
+      <x:c r="EJ33" s="3" t="n">
+        <x:v>601788</x:v>
+      </x:c>
+      <x:c r="EK33" s="3" t="n">
+        <x:v>625211</x:v>
+      </x:c>
+      <x:c r="EL33" s="3" t="n">
+        <x:v>599342</x:v>
+      </x:c>
+      <x:c r="EM33" s="3" t="n">
+        <x:v>627212</x:v>
+      </x:c>
+      <x:c r="EN33" s="3" t="n">
+        <x:v>629153</x:v>
+      </x:c>
+      <x:c r="EO33" s="3" t="n">
+        <x:v>652134</x:v>
+      </x:c>
+      <x:c r="EP33" s="3" t="n">
+        <x:v>634612</x:v>
+      </x:c>
+      <x:c r="EQ33" s="3" t="n">
+        <x:v>657289</x:v>
+      </x:c>
+      <x:c r="ER33" s="3" t="n">
+        <x:v>659800</x:v>
+      </x:c>
+      <x:c r="ES33" s="3" t="n">
+        <x:v>683342</x:v>
+      </x:c>
+      <x:c r="ET33" s="3" t="n">
+        <x:v>668170</x:v>
+      </x:c>
+      <x:c r="EU33" s="3" t="n">
+        <x:v>695757</x:v>
+      </x:c>
+      <x:c r="EV33" s="3" t="n">
+        <x:v>692622</x:v>
+      </x:c>
+      <x:c r="EW33" s="3" t="n">
+        <x:v>713556</x:v>
+      </x:c>
+      <x:c r="EX33" s="3" t="n">
+        <x:v>690387</x:v>
+      </x:c>
+      <x:c r="EY33" s="3" t="n">
+        <x:v>745320</x:v>
+      </x:c>
+      <x:c r="EZ33" s="3" t="n">
+        <x:v>723791</x:v>
+      </x:c>
+      <x:c r="FA33" s="3" t="n">
+        <x:v>781011</x:v>
+      </x:c>
+      <x:c r="FB33" s="3" t="n">
+        <x:v>743640</x:v>
+      </x:c>
+      <x:c r="FC33" s="3" t="n">
+        <x:v>778479</x:v>
+      </x:c>
+      <x:c r="FD33" s="3" t="n">
+        <x:v>760765</x:v>
+      </x:c>
+      <x:c r="FE33" s="3" t="n">
+        <x:v>824014</x:v>
+      </x:c>
+      <x:c r="FF33" s="3" t="n">
+        <x:v>767543</x:v>
+      </x:c>
+      <x:c r="FG33" s="3" t="n">
+        <x:v>820519</x:v>
+      </x:c>
+      <x:c r="FH33" s="3" t="n">
+        <x:v>795873</x:v>
+      </x:c>
+      <x:c r="FI33" s="3" t="n">
+        <x:v>860993</x:v>
+      </x:c>
+      <x:c r="FJ33" s="3" t="n">
+        <x:v>815120</x:v>
+      </x:c>
+      <x:c r="FK33" s="3" t="n">
+        <x:v>859279</x:v>
+      </x:c>
+      <x:c r="FL33" s="3" t="n">
+        <x:v>846801</x:v>
+      </x:c>
+      <x:c r="FM33" s="3" t="n">
+        <x:v>901701</x:v>
+      </x:c>
+      <x:c r="FN33" s="3" t="n">
+        <x:v>834102</x:v>
+      </x:c>
+      <x:c r="FO33" s="3" t="n">
+        <x:v>830872</x:v>
+      </x:c>
+      <x:c r="FP33" s="3" t="n">
+        <x:v>838713</x:v>
+      </x:c>
+      <x:c r="FQ33" s="3" t="n">
+        <x:v>902414</x:v>
+      </x:c>
+      <x:c r="FR33" s="3" t="n">
+        <x:v>852087</x:v>
+      </x:c>
+      <x:c r="FS33" s="3" t="n">
+        <x:v>902840</x:v>
+      </x:c>
+      <x:c r="FT33" s="3" t="n">
+        <x:v>910470</x:v>
+      </x:c>
+      <x:c r="FU33" s="3" t="n">
+        <x:v>1003862</x:v>
+      </x:c>
+      <x:c r="FV33" s="3" t="n">
+        <x:v>940187</x:v>
+      </x:c>
+      <x:c r="FW33" s="3" t="n">
+        <x:v>1006905</x:v>
+      </x:c>
+      <x:c r="FX33" s="3" t="n">
+        <x:v>988939</x:v>
+      </x:c>
+      <x:c r="FY33" s="3" t="n">
+        <x:v>1079910</x:v>
+      </x:c>
+      <x:c r="FZ33" s="3" t="n">
+        <x:v>1008553</x:v>
+      </x:c>
+      <x:c r="GA33" s="3" t="n">
+        <x:v>1048885</x:v>
+      </x:c>
+      <x:c r="GB33" s="3" t="n">
+        <x:v>1009809</x:v>
+      </x:c>
+      <x:c r="GC33" s="3" t="n">
+        <x:v>1111144</x:v>
+      </x:c>
+      <x:c r="GD33" s="3" t="n">
+        <x:v>1025199</x:v>
+      </x:c>
+      <x:c r="GE33" s="3" t="n">
+        <x:v>1104418</x:v>
+      </x:c>
+      <x:c r="GF33" s="3" t="n">
+        <x:v>1076321</x:v>
+      </x:c>
+      <x:c r="GG33" s="3" t="n">
+        <x:v>1159243</x:v>
+      </x:c>
+      <x:c r="GH33" s="3" t="n">
+        <x:v>1082898</x:v>
+      </x:c>
+      <x:c r="GI33" s="3" t="n">
+        <x:v>1153669</x:v>
+      </x:c>
+      <x:c r="GJ33" s="3" t="n">
+        <x:v>1119011</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:191">
-[...574 lines deleted...]
-    <x:row r="34" spans="1:191">
+    <x:row r="34" spans="1:192">
       <x:c r="A34" s="2" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>15208</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
         <x:v>15389</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
         <x:v>15573</x:v>
       </x:c>
       <x:c r="E34" s="3" t="n">
         <x:v>15619</x:v>
       </x:c>
       <x:c r="F34" s="3" t="n">
         <x:v>16069</x:v>
       </x:c>
       <x:c r="G34" s="3" t="n">
         <x:v>16289</x:v>
       </x:c>
       <x:c r="H34" s="3" t="n">
         <x:v>16455</x:v>
       </x:c>
       <x:c r="I34" s="3" t="n">
         <x:v>16516</x:v>
       </x:c>
@@ -18693,419 +18786,422 @@
       <x:c r="BJ34" s="3" t="n">
         <x:v>55370</x:v>
       </x:c>
       <x:c r="BK34" s="3" t="n">
         <x:v>54063</x:v>
       </x:c>
       <x:c r="BL34" s="3" t="n">
         <x:v>54787</x:v>
       </x:c>
       <x:c r="BM34" s="3" t="n">
         <x:v>61295</x:v>
       </x:c>
       <x:c r="BN34" s="3" t="n">
         <x:v>55525</x:v>
       </x:c>
       <x:c r="BO34" s="3" t="n">
         <x:v>55994</x:v>
       </x:c>
       <x:c r="BP34" s="3" t="n">
         <x:v>57472</x:v>
       </x:c>
       <x:c r="BQ34" s="3" t="n">
         <x:v>63636</x:v>
       </x:c>
       <x:c r="BR34" s="3" t="n">
-        <x:v>60550</x:v>
+        <x:v>60993</x:v>
       </x:c>
       <x:c r="BS34" s="3" t="n">
-        <x:v>57630</x:v>
+        <x:v>58066</x:v>
       </x:c>
       <x:c r="BT34" s="3" t="n">
-        <x:v>59799</x:v>
+        <x:v>60249</x:v>
       </x:c>
       <x:c r="BU34" s="3" t="n">
-        <x:v>63876</x:v>
+        <x:v>64331</x:v>
       </x:c>
       <x:c r="BV34" s="3" t="n">
-        <x:v>63249</x:v>
+        <x:v>63722</x:v>
       </x:c>
       <x:c r="BW34" s="3" t="n">
-        <x:v>60898</x:v>
+        <x:v>61363</x:v>
       </x:c>
       <x:c r="BX34" s="3" t="n">
-        <x:v>63437</x:v>
+        <x:v>63921</x:v>
       </x:c>
       <x:c r="BY34" s="3" t="n">
-        <x:v>69173</x:v>
+        <x:v>69653</x:v>
       </x:c>
       <x:c r="BZ34" s="3" t="n">
-        <x:v>66696</x:v>
+        <x:v>67169</x:v>
       </x:c>
       <x:c r="CA34" s="3" t="n">
-        <x:v>69063</x:v>
+        <x:v>69559</x:v>
       </x:c>
       <x:c r="CB34" s="3" t="n">
-        <x:v>67532</x:v>
+        <x:v>68049</x:v>
       </x:c>
       <x:c r="CC34" s="3" t="n">
-        <x:v>73855</x:v>
+        <x:v>74388</x:v>
       </x:c>
       <x:c r="CD34" s="3" t="n">
-        <x:v>73161</x:v>
+        <x:v>73698</x:v>
       </x:c>
       <x:c r="CE34" s="3" t="n">
-        <x:v>71669</x:v>
+        <x:v>72238</x:v>
       </x:c>
       <x:c r="CF34" s="3" t="n">
-        <x:v>75248</x:v>
+        <x:v>75829</x:v>
       </x:c>
       <x:c r="CG34" s="3" t="n">
-        <x:v>82129</x:v>
+        <x:v>82690</x:v>
       </x:c>
       <x:c r="CH34" s="3" t="n">
-        <x:v>78739</x:v>
+        <x:v>79386</x:v>
       </x:c>
       <x:c r="CI34" s="3" t="n">
-        <x:v>77244</x:v>
+        <x:v>77869</x:v>
       </x:c>
       <x:c r="CJ34" s="3" t="n">
-        <x:v>78687</x:v>
+        <x:v>79296</x:v>
       </x:c>
       <x:c r="CK34" s="3" t="n">
-        <x:v>86142</x:v>
+        <x:v>86748</x:v>
       </x:c>
       <x:c r="CL34" s="3" t="n">
-        <x:v>83588</x:v>
+        <x:v>84265</x:v>
       </x:c>
       <x:c r="CM34" s="3" t="n">
-        <x:v>81088</x:v>
+        <x:v>81763</x:v>
       </x:c>
       <x:c r="CN34" s="3" t="n">
-        <x:v>82661</x:v>
+        <x:v>83351</x:v>
       </x:c>
       <x:c r="CO34" s="3" t="n">
-        <x:v>88771</x:v>
+        <x:v>89471</x:v>
       </x:c>
       <x:c r="CP34" s="3" t="n">
-        <x:v>92232</x:v>
+        <x:v>92926</x:v>
       </x:c>
       <x:c r="CQ34" s="3" t="n">
-        <x:v>88020</x:v>
+        <x:v>88712</x:v>
       </x:c>
       <x:c r="CR34" s="3" t="n">
-        <x:v>89497</x:v>
+        <x:v>90200</x:v>
       </x:c>
       <x:c r="CS34" s="3" t="n">
-        <x:v>96962</x:v>
+        <x:v>97685</x:v>
       </x:c>
       <x:c r="CT34" s="3" t="n">
-        <x:v>95162</x:v>
+        <x:v>96018</x:v>
       </x:c>
       <x:c r="CU34" s="3" t="n">
-        <x:v>98506</x:v>
+        <x:v>99346</x:v>
       </x:c>
       <x:c r="CV34" s="3" t="n">
-        <x:v>99370</x:v>
+        <x:v>100200</x:v>
       </x:c>
       <x:c r="CW34" s="3" t="n">
-        <x:v>102200</x:v>
+        <x:v>103090</x:v>
       </x:c>
       <x:c r="CX34" s="3" t="n">
-        <x:v>106287</x:v>
+        <x:v>107365</x:v>
       </x:c>
       <x:c r="CY34" s="3" t="n">
-        <x:v>102176</x:v>
+        <x:v>103149</x:v>
       </x:c>
       <x:c r="CZ34" s="3" t="n">
-        <x:v>104882</x:v>
+        <x:v>105830</x:v>
       </x:c>
       <x:c r="DA34" s="3" t="n">
-        <x:v>106565</x:v>
+        <x:v>107574</x:v>
       </x:c>
       <x:c r="DB34" s="3" t="n">
-        <x:v>107806</x:v>
+        <x:v>108771</x:v>
       </x:c>
       <x:c r="DC34" s="3" t="n">
-        <x:v>106399</x:v>
+        <x:v>107366</x:v>
       </x:c>
       <x:c r="DD34" s="3" t="n">
-        <x:v>108585</x:v>
+        <x:v>109583</x:v>
       </x:c>
       <x:c r="DE34" s="3" t="n">
-        <x:v>116627</x:v>
+        <x:v>117622</x:v>
       </x:c>
       <x:c r="DF34" s="3" t="n">
-        <x:v>108984</x:v>
+        <x:v>109982</x:v>
       </x:c>
       <x:c r="DG34" s="3" t="n">
-        <x:v>115223</x:v>
+        <x:v>116274</x:v>
       </x:c>
       <x:c r="DH34" s="3" t="n">
-        <x:v>111400</x:v>
+        <x:v>112476</x:v>
       </x:c>
       <x:c r="DI34" s="3" t="n">
-        <x:v>120683</x:v>
+        <x:v>121763</x:v>
       </x:c>
       <x:c r="DJ34" s="3" t="n">
-        <x:v>120390</x:v>
+        <x:v>121450</x:v>
       </x:c>
       <x:c r="DK34" s="3" t="n">
-        <x:v>121857</x:v>
+        <x:v>122888</x:v>
       </x:c>
       <x:c r="DL34" s="3" t="n">
-        <x:v>119514</x:v>
+        <x:v>120613</x:v>
       </x:c>
       <x:c r="DM34" s="3" t="n">
-        <x:v>129958</x:v>
+        <x:v>131111</x:v>
       </x:c>
       <x:c r="DN34" s="3" t="n">
-        <x:v>129250</x:v>
+        <x:v>130595</x:v>
       </x:c>
       <x:c r="DO34" s="3" t="n">
-        <x:v>128512</x:v>
+        <x:v>129831</x:v>
       </x:c>
       <x:c r="DP34" s="3" t="n">
-        <x:v>129657</x:v>
+        <x:v>131015</x:v>
       </x:c>
       <x:c r="DQ34" s="3" t="n">
-        <x:v>142711</x:v>
+        <x:v>144103</x:v>
       </x:c>
       <x:c r="DR34" s="3" t="n">
-        <x:v>137566</x:v>
+        <x:v>138979</x:v>
       </x:c>
       <x:c r="DS34" s="3" t="n">
-        <x:v>142566</x:v>
+        <x:v>143954</x:v>
       </x:c>
       <x:c r="DT34" s="3" t="n">
-        <x:v>150261</x:v>
+        <x:v>151719</x:v>
       </x:c>
       <x:c r="DU34" s="3" t="n">
-        <x:v>152988</x:v>
+        <x:v>154485</x:v>
       </x:c>
       <x:c r="DV34" s="3" t="n">
-        <x:v>150832</x:v>
+        <x:v>151877</x:v>
       </x:c>
       <x:c r="DW34" s="3" t="n">
-        <x:v>157030</x:v>
+        <x:v>158051</x:v>
       </x:c>
       <x:c r="DX34" s="3" t="n">
-        <x:v>160198</x:v>
+        <x:v>161269</x:v>
       </x:c>
       <x:c r="DY34" s="3" t="n">
-        <x:v>167358</x:v>
+        <x:v>168397</x:v>
       </x:c>
       <x:c r="DZ34" s="3" t="n">
-        <x:v>159775</x:v>
+        <x:v>160722</x:v>
       </x:c>
       <x:c r="EA34" s="3" t="n">
-        <x:v>162952</x:v>
+        <x:v>163969</x:v>
       </x:c>
       <x:c r="EB34" s="3" t="n">
-        <x:v>166474</x:v>
+        <x:v>167683</x:v>
       </x:c>
       <x:c r="EC34" s="3" t="n">
-        <x:v>171270</x:v>
+        <x:v>172495</x:v>
       </x:c>
       <x:c r="ED34" s="3" t="n">
-        <x:v>169710</x:v>
+        <x:v>170433</x:v>
       </x:c>
       <x:c r="EE34" s="3" t="n">
-        <x:v>169872</x:v>
+        <x:v>170657</x:v>
       </x:c>
       <x:c r="EF34" s="3" t="n">
-        <x:v>176752</x:v>
+        <x:v>177735</x:v>
       </x:c>
       <x:c r="EG34" s="3" t="n">
-        <x:v>180952</x:v>
+        <x:v>182210</x:v>
       </x:c>
       <x:c r="EH34" s="3" t="n">
-        <x:v>176372</x:v>
+        <x:v>177675</x:v>
       </x:c>
       <x:c r="EI34" s="3" t="n">
-        <x:v>179138</x:v>
+        <x:v>180556</x:v>
       </x:c>
       <x:c r="EJ34" s="3" t="n">
-        <x:v>184706</x:v>
+        <x:v>186262</x:v>
       </x:c>
       <x:c r="EK34" s="3" t="n">
-        <x:v>189660</x:v>
+        <x:v>191308</x:v>
       </x:c>
       <x:c r="EL34" s="3" t="n">
-        <x:v>190070</x:v>
+        <x:v>191806</x:v>
       </x:c>
       <x:c r="EM34" s="3" t="n">
-        <x:v>192108</x:v>
+        <x:v>193931</x:v>
       </x:c>
       <x:c r="EN34" s="3" t="n">
-        <x:v>196907</x:v>
+        <x:v>198653</x:v>
       </x:c>
       <x:c r="EO34" s="3" t="n">
-        <x:v>201032</x:v>
+        <x:v>202793</x:v>
       </x:c>
       <x:c r="EP34" s="3" t="n">
-        <x:v>202601</x:v>
+        <x:v>203997</x:v>
       </x:c>
       <x:c r="EQ34" s="3" t="n">
-        <x:v>207216</x:v>
+        <x:v>208617</x:v>
       </x:c>
       <x:c r="ER34" s="3" t="n">
-        <x:v>208993</x:v>
+        <x:v>210456</x:v>
       </x:c>
       <x:c r="ES34" s="3" t="n">
-        <x:v>212651</x:v>
+        <x:v>214153</x:v>
       </x:c>
       <x:c r="ET34" s="3" t="n">
-        <x:v>213903</x:v>
+        <x:v>215792</x:v>
       </x:c>
       <x:c r="EU34" s="3" t="n">
-        <x:v>222382</x:v>
+        <x:v>224345</x:v>
       </x:c>
       <x:c r="EV34" s="3" t="n">
-        <x:v>219964</x:v>
+        <x:v>221412</x:v>
       </x:c>
       <x:c r="EW34" s="3" t="n">
-        <x:v>218727</x:v>
+        <x:v>220242</x:v>
       </x:c>
       <x:c r="EX34" s="3" t="n">
-        <x:v>214073</x:v>
+        <x:v>215455</x:v>
       </x:c>
       <x:c r="EY34" s="3" t="n">
-        <x:v>234158</x:v>
+        <x:v>235715</x:v>
       </x:c>
       <x:c r="EZ34" s="3" t="n">
-        <x:v>228050</x:v>
+        <x:v>229683</x:v>
       </x:c>
       <x:c r="FA34" s="3" t="n">
-        <x:v>243554</x:v>
+        <x:v>245244</x:v>
       </x:c>
       <x:c r="FB34" s="3" t="n">
-        <x:v>224723</x:v>
+        <x:v>226063</x:v>
       </x:c>
       <x:c r="FC34" s="3" t="n">
-        <x:v>246483</x:v>
+        <x:v>248256</x:v>
       </x:c>
       <x:c r="FD34" s="3" t="n">
-        <x:v>234409</x:v>
+        <x:v>236099</x:v>
       </x:c>
       <x:c r="FE34" s="3" t="n">
-        <x:v>259320</x:v>
+        <x:v>261008</x:v>
       </x:c>
       <x:c r="FF34" s="3" t="n">
-        <x:v>237861</x:v>
+        <x:v>239444</x:v>
       </x:c>
       <x:c r="FG34" s="3" t="n">
-        <x:v>259840</x:v>
+        <x:v>261441</x:v>
       </x:c>
       <x:c r="FH34" s="3" t="n">
-        <x:v>251920</x:v>
+        <x:v>253471</x:v>
       </x:c>
       <x:c r="FI34" s="3" t="n">
-        <x:v>270975</x:v>
+        <x:v>272267</x:v>
       </x:c>
       <x:c r="FJ34" s="3" t="n">
-        <x:v>249403</x:v>
+        <x:v>250829</x:v>
       </x:c>
       <x:c r="FK34" s="3" t="n">
-        <x:v>274891</x:v>
+        <x:v>276398</x:v>
       </x:c>
       <x:c r="FL34" s="3" t="n">
-        <x:v>267629</x:v>
+        <x:v>269021</x:v>
       </x:c>
       <x:c r="FM34" s="3" t="n">
-        <x:v>289234</x:v>
+        <x:v>290767</x:v>
       </x:c>
       <x:c r="FN34" s="3" t="n">
-        <x:v>262046</x:v>
+        <x:v>263692</x:v>
       </x:c>
       <x:c r="FO34" s="3" t="n">
-        <x:v>285246</x:v>
+        <x:v>287200</x:v>
       </x:c>
       <x:c r="FP34" s="3" t="n">
-        <x:v>277752</x:v>
+        <x:v>279566</x:v>
       </x:c>
       <x:c r="FQ34" s="3" t="n">
-        <x:v>297013</x:v>
+        <x:v>299175</x:v>
       </x:c>
       <x:c r="FR34" s="3" t="n">
-        <x:v>275646</x:v>
+        <x:v>277565</x:v>
       </x:c>
       <x:c r="FS34" s="3" t="n">
-        <x:v>299225</x:v>
+        <x:v>301416</x:v>
       </x:c>
       <x:c r="FT34" s="3" t="n">
-        <x:v>293795</x:v>
+        <x:v>295696</x:v>
       </x:c>
       <x:c r="FU34" s="3" t="n">
-        <x:v>322485</x:v>
+        <x:v>324845</x:v>
       </x:c>
       <x:c r="FV34" s="3" t="n">
-        <x:v>294284</x:v>
+        <x:v>297909</x:v>
       </x:c>
       <x:c r="FW34" s="3" t="n">
-        <x:v>320687</x:v>
+        <x:v>324188</x:v>
       </x:c>
       <x:c r="FX34" s="3" t="n">
-        <x:v>316874</x:v>
+        <x:v>319930</x:v>
       </x:c>
       <x:c r="FY34" s="3" t="n">
-        <x:v>342908</x:v>
+        <x:v>344903</x:v>
       </x:c>
       <x:c r="FZ34" s="3" t="n">
-        <x:v>318728</x:v>
+        <x:v>320767</x:v>
       </x:c>
       <x:c r="GA34" s="3" t="n">
-        <x:v>344661</x:v>
+        <x:v>345978</x:v>
       </x:c>
       <x:c r="GB34" s="3" t="n">
-        <x:v>338774</x:v>
+        <x:v>340290</x:v>
       </x:c>
       <x:c r="GC34" s="3" t="n">
-        <x:v>378165</x:v>
+        <x:v>379349</x:v>
       </x:c>
       <x:c r="GD34" s="3" t="n">
-        <x:v>341680</x:v>
+        <x:v>343050</x:v>
       </x:c>
       <x:c r="GE34" s="3" t="n">
-        <x:v>366537</x:v>
+        <x:v>368976</x:v>
       </x:c>
       <x:c r="GF34" s="3" t="n">
-        <x:v>366785</x:v>
+        <x:v>368655</x:v>
       </x:c>
       <x:c r="GG34" s="3" t="n">
-        <x:v>394589</x:v>
+        <x:v>395954</x:v>
       </x:c>
       <x:c r="GH34" s="3" t="n">
-        <x:v>361007</x:v>
+        <x:v>358965</x:v>
       </x:c>
       <x:c r="GI34" s="3" t="n">
-        <x:v>388513</x:v>
+        <x:v>386845</x:v>
+      </x:c>
+      <x:c r="GJ34" s="3" t="n">
+        <x:v>375707</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:191">
+    <x:row r="35" spans="1:192">
       <x:c r="A35" s="2" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>18726</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>24742</x:v>
       </x:c>
       <x:c r="D35" s="3" t="n">
         <x:v>20491</x:v>
       </x:c>
       <x:c r="E35" s="3" t="n">
         <x:v>22460</x:v>
       </x:c>
       <x:c r="F35" s="3" t="n">
         <x:v>23099</x:v>
       </x:c>
       <x:c r="G35" s="3" t="n">
         <x:v>24583</x:v>
       </x:c>
       <x:c r="H35" s="3" t="n">
         <x:v>26338</x:v>
       </x:c>
       <x:c r="I35" s="3" t="n">
         <x:v>29551</x:v>
       </x:c>
@@ -19412,275 +19508,278 @@
       <x:c r="DF35" s="3" t="n">
         <x:v>198431</x:v>
       </x:c>
       <x:c r="DG35" s="3" t="n">
         <x:v>210797</x:v>
       </x:c>
       <x:c r="DH35" s="3" t="n">
         <x:v>219640</x:v>
       </x:c>
       <x:c r="DI35" s="3" t="n">
         <x:v>238686</x:v>
       </x:c>
       <x:c r="DJ35" s="3" t="n">
         <x:v>252526</x:v>
       </x:c>
       <x:c r="DK35" s="3" t="n">
         <x:v>241883</x:v>
       </x:c>
       <x:c r="DL35" s="3" t="n">
         <x:v>241833</x:v>
       </x:c>
       <x:c r="DM35" s="3" t="n">
         <x:v>254656</x:v>
       </x:c>
       <x:c r="DN35" s="3" t="n">
-        <x:v>245590</x:v>
+        <x:v>246053</x:v>
       </x:c>
       <x:c r="DO35" s="3" t="n">
-        <x:v>244537</x:v>
+        <x:v>244940</x:v>
       </x:c>
       <x:c r="DP35" s="3" t="n">
-        <x:v>244529</x:v>
+        <x:v>245045</x:v>
       </x:c>
       <x:c r="DQ35" s="3" t="n">
-        <x:v>279216</x:v>
+        <x:v>279816</x:v>
       </x:c>
       <x:c r="DR35" s="3" t="n">
-        <x:v>293010</x:v>
+        <x:v>294126</x:v>
       </x:c>
       <x:c r="DS35" s="3" t="n">
-        <x:v>315401</x:v>
+        <x:v>316390</x:v>
       </x:c>
       <x:c r="DT35" s="3" t="n">
-        <x:v>300268</x:v>
+        <x:v>301192</x:v>
       </x:c>
       <x:c r="DU35" s="3" t="n">
-        <x:v>303222</x:v>
+        <x:v>304156</x:v>
       </x:c>
       <x:c r="DV35" s="3" t="n">
-        <x:v>243915</x:v>
+        <x:v>245207</x:v>
       </x:c>
       <x:c r="DW35" s="3" t="n">
-        <x:v>232772</x:v>
+        <x:v>234330</x:v>
       </x:c>
       <x:c r="DX35" s="3" t="n">
-        <x:v>237494</x:v>
+        <x:v>238834</x:v>
       </x:c>
       <x:c r="DY35" s="3" t="n">
-        <x:v>257071</x:v>
+        <x:v>258167</x:v>
       </x:c>
       <x:c r="DZ35" s="3" t="n">
-        <x:v>262072</x:v>
+        <x:v>264197</x:v>
       </x:c>
       <x:c r="EA35" s="3" t="n">
-        <x:v>253184</x:v>
+        <x:v>254695</x:v>
       </x:c>
       <x:c r="EB35" s="3" t="n">
-        <x:v>245641</x:v>
+        <x:v>247064</x:v>
       </x:c>
       <x:c r="EC35" s="3" t="n">
-        <x:v>285160</x:v>
+        <x:v>286707</x:v>
       </x:c>
       <x:c r="ED35" s="3" t="n">
-        <x:v>292338</x:v>
+        <x:v>294475</x:v>
       </x:c>
       <x:c r="EE35" s="3" t="n">
-        <x:v>283856</x:v>
+        <x:v>285589</x:v>
       </x:c>
       <x:c r="EF35" s="3" t="n">
-        <x:v>285052</x:v>
+        <x:v>287228</x:v>
       </x:c>
       <x:c r="EG35" s="3" t="n">
-        <x:v>309406</x:v>
+        <x:v>311286</x:v>
       </x:c>
       <x:c r="EH35" s="3" t="n">
-        <x:v>331589</x:v>
+        <x:v>333991</x:v>
       </x:c>
       <x:c r="EI35" s="3" t="n">
-        <x:v>305801</x:v>
+        <x:v>308698</x:v>
       </x:c>
       <x:c r="EJ35" s="3" t="n">
-        <x:v>285357</x:v>
+        <x:v>287506</x:v>
       </x:c>
       <x:c r="EK35" s="3" t="n">
-        <x:v>308880</x:v>
+        <x:v>310680</x:v>
       </x:c>
       <x:c r="EL35" s="3" t="n">
-        <x:v>300126</x:v>
+        <x:v>302396</x:v>
       </x:c>
       <x:c r="EM35" s="3" t="n">
-        <x:v>298278</x:v>
+        <x:v>300837</x:v>
       </x:c>
       <x:c r="EN35" s="3" t="n">
-        <x:v>301776</x:v>
+        <x:v>304070</x:v>
       </x:c>
       <x:c r="EO35" s="3" t="n">
-        <x:v>331668</x:v>
+        <x:v>335114</x:v>
       </x:c>
       <x:c r="EP35" s="3" t="n">
-        <x:v>329287</x:v>
+        <x:v>331749</x:v>
       </x:c>
       <x:c r="EQ35" s="3" t="n">
-        <x:v>299786</x:v>
+        <x:v>302555</x:v>
       </x:c>
       <x:c r="ER35" s="3" t="n">
-        <x:v>297427</x:v>
+        <x:v>300400</x:v>
       </x:c>
       <x:c r="ES35" s="3" t="n">
-        <x:v>329600</x:v>
+        <x:v>333284</x:v>
       </x:c>
       <x:c r="ET35" s="3" t="n">
-        <x:v>305987</x:v>
+        <x:v>309190</x:v>
       </x:c>
       <x:c r="EU35" s="3" t="n">
-        <x:v>294951</x:v>
+        <x:v>297975</x:v>
       </x:c>
       <x:c r="EV35" s="3" t="n">
-        <x:v>299231</x:v>
+        <x:v>302594</x:v>
       </x:c>
       <x:c r="EW35" s="3" t="n">
-        <x:v>307306</x:v>
+        <x:v>310924</x:v>
       </x:c>
       <x:c r="EX35" s="3" t="n">
-        <x:v>272071</x:v>
+        <x:v>274422</x:v>
       </x:c>
       <x:c r="EY35" s="3" t="n">
-        <x:v>272227</x:v>
+        <x:v>274543</x:v>
       </x:c>
       <x:c r="EZ35" s="3" t="n">
-        <x:v>272492</x:v>
+        <x:v>274594</x:v>
       </x:c>
       <x:c r="FA35" s="3" t="n">
-        <x:v>303057</x:v>
+        <x:v>305847</x:v>
       </x:c>
       <x:c r="FB35" s="3" t="n">
-        <x:v>306450</x:v>
+        <x:v>308529</x:v>
       </x:c>
       <x:c r="FC35" s="3" t="n">
-        <x:v>297179</x:v>
+        <x:v>299739</x:v>
       </x:c>
       <x:c r="FD35" s="3" t="n">
-        <x:v>294095</x:v>
+        <x:v>296440</x:v>
       </x:c>
       <x:c r="FE35" s="3" t="n">
-        <x:v>322927</x:v>
+        <x:v>325519</x:v>
       </x:c>
       <x:c r="FF35" s="3" t="n">
-        <x:v>325445</x:v>
+        <x:v>328352</x:v>
       </x:c>
       <x:c r="FG35" s="3" t="n">
-        <x:v>333757</x:v>
+        <x:v>336522</x:v>
       </x:c>
       <x:c r="FH35" s="3" t="n">
-        <x:v>349903</x:v>
+        <x:v>352656</x:v>
       </x:c>
       <x:c r="FI35" s="3" t="n">
-        <x:v>357901</x:v>
+        <x:v>361495</x:v>
       </x:c>
       <x:c r="FJ35" s="3" t="n">
-        <x:v>342390</x:v>
+        <x:v>345706</x:v>
       </x:c>
       <x:c r="FK35" s="3" t="n">
-        <x:v>321141</x:v>
+        <x:v>324594</x:v>
       </x:c>
       <x:c r="FL35" s="3" t="n">
-        <x:v>307855</x:v>
+        <x:v>311635</x:v>
       </x:c>
       <x:c r="FM35" s="3" t="n">
-        <x:v>346565</x:v>
+        <x:v>350688</x:v>
       </x:c>
       <x:c r="FN35" s="3" t="n">
-        <x:v>318065</x:v>
+        <x:v>321697</x:v>
       </x:c>
       <x:c r="FO35" s="3" t="n">
-        <x:v>239511</x:v>
+        <x:v>243083</x:v>
       </x:c>
       <x:c r="FP35" s="3" t="n">
-        <x:v>257028</x:v>
+        <x:v>259979</x:v>
       </x:c>
       <x:c r="FQ35" s="3" t="n">
-        <x:v>300381</x:v>
+        <x:v>303466</x:v>
       </x:c>
       <x:c r="FR35" s="3" t="n">
-        <x:v>338811</x:v>
+        <x:v>341334</x:v>
       </x:c>
       <x:c r="FS35" s="3" t="n">
-        <x:v>372060</x:v>
+        <x:v>374738</x:v>
       </x:c>
       <x:c r="FT35" s="3" t="n">
-        <x:v>468100</x:v>
+        <x:v>471112</x:v>
       </x:c>
       <x:c r="FU35" s="3" t="n">
-        <x:v>681888</x:v>
+        <x:v>684969</x:v>
       </x:c>
       <x:c r="FV35" s="3" t="n">
-        <x:v>709997</x:v>
+        <x:v>709488</x:v>
       </x:c>
       <x:c r="FW35" s="3" t="n">
-        <x:v>717182</x:v>
+        <x:v>715906</x:v>
       </x:c>
       <x:c r="FX35" s="3" t="n">
-        <x:v>990448</x:v>
+        <x:v>989413</x:v>
       </x:c>
       <x:c r="FY35" s="3" t="n">
-        <x:v>764125</x:v>
+        <x:v>765158</x:v>
       </x:c>
       <x:c r="FZ35" s="3" t="n">
-        <x:v>646364</x:v>
+        <x:v>649620</x:v>
       </x:c>
       <x:c r="GA35" s="3" t="n">
-        <x:v>573511</x:v>
+        <x:v>578698</x:v>
       </x:c>
       <x:c r="GB35" s="3" t="n">
-        <x:v>582682</x:v>
+        <x:v>587423</x:v>
       </x:c>
       <x:c r="GC35" s="3" t="n">
-        <x:v>641708</x:v>
+        <x:v>645987</x:v>
       </x:c>
       <x:c r="GD35" s="3" t="n">
-        <x:v>573068</x:v>
+        <x:v>574716</x:v>
       </x:c>
       <x:c r="GE35" s="3" t="n">
-        <x:v>630164</x:v>
+        <x:v>630401</x:v>
       </x:c>
       <x:c r="GF35" s="3" t="n">
-        <x:v>602355</x:v>
+        <x:v>603768</x:v>
       </x:c>
       <x:c r="GG35" s="3" t="n">
-        <x:v>662370</x:v>
+        <x:v>666257</x:v>
       </x:c>
       <x:c r="GH35" s="3" t="n">
-        <x:v>664566</x:v>
+        <x:v>667441</x:v>
       </x:c>
       <x:c r="GI35" s="3" t="n">
-        <x:v>589362</x:v>
+        <x:v>585066</x:v>
+      </x:c>
+      <x:c r="GJ35" s="3" t="n">
+        <x:v>603941</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:191">
+    <x:row r="36" spans="1:192">
       <x:c r="A36" s="2" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>7028</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
         <x:v>7804</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
         <x:v>7285</x:v>
       </x:c>
       <x:c r="E36" s="3" t="n">
         <x:v>8803</x:v>
       </x:c>
       <x:c r="F36" s="3" t="n">
         <x:v>8527</x:v>
       </x:c>
       <x:c r="G36" s="3" t="n">
         <x:v>9358</x:v>
       </x:c>
       <x:c r="H36" s="3" t="n">
         <x:v>8970</x:v>
       </x:c>
       <x:c r="I36" s="3" t="n">
         <x:v>10321</x:v>
       </x:c>
@@ -20179,83 +20278,86 @@
       <x:c r="FR36" s="3" t="n">
         <x:v>111152</x:v>
       </x:c>
       <x:c r="FS36" s="3" t="n">
         <x:v>117379</x:v>
       </x:c>
       <x:c r="FT36" s="3" t="n">
         <x:v>122653</x:v>
       </x:c>
       <x:c r="FU36" s="3" t="n">
         <x:v>142022</x:v>
       </x:c>
       <x:c r="FV36" s="3" t="n">
         <x:v>144539</x:v>
       </x:c>
       <x:c r="FW36" s="3" t="n">
         <x:v>148073</x:v>
       </x:c>
       <x:c r="FX36" s="3" t="n">
         <x:v>167241</x:v>
       </x:c>
       <x:c r="FY36" s="3" t="n">
         <x:v>172016</x:v>
       </x:c>
       <x:c r="FZ36" s="3" t="n">
-        <x:v>167125</x:v>
+        <x:v>165361</x:v>
       </x:c>
       <x:c r="GA36" s="3" t="n">
-        <x:v>165704</x:v>
+        <x:v>164277</x:v>
       </x:c>
       <x:c r="GB36" s="3" t="n">
-        <x:v>159443</x:v>
+        <x:v>157753</x:v>
       </x:c>
       <x:c r="GC36" s="3" t="n">
-        <x:v>173022</x:v>
+        <x:v>171197</x:v>
       </x:c>
       <x:c r="GD36" s="3" t="n">
-        <x:v>157238</x:v>
+        <x:v>157939</x:v>
       </x:c>
       <x:c r="GE36" s="3" t="n">
-        <x:v>167874</x:v>
+        <x:v>167034</x:v>
       </x:c>
       <x:c r="GF36" s="3" t="n">
-        <x:v>163075</x:v>
+        <x:v>164040</x:v>
       </x:c>
       <x:c r="GG36" s="3" t="n">
-        <x:v>181001</x:v>
+        <x:v>182668</x:v>
       </x:c>
       <x:c r="GH36" s="3" t="n">
-        <x:v>175131</x:v>
+        <x:v>176283</x:v>
       </x:c>
       <x:c r="GI36" s="3" t="n">
-        <x:v>176938</x:v>
+        <x:v>169257</x:v>
+      </x:c>
+      <x:c r="GJ36" s="3" t="n">
+        <x:v>180238</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:191">
+    <x:row r="37" spans="1:192">
       <x:c r="A37" s="2" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>3732</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>3154</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
         <x:v>3743</x:v>
       </x:c>
       <x:c r="E37" s="3" t="n">
         <x:v>3479</x:v>
       </x:c>
       <x:c r="F37" s="3" t="n">
         <x:v>3853</x:v>
       </x:c>
       <x:c r="G37" s="3" t="n">
         <x:v>4935</x:v>
       </x:c>
       <x:c r="H37" s="3" t="n">
         <x:v>6441</x:v>
       </x:c>
       <x:c r="I37" s="3" t="n">
         <x:v>7884</x:v>
       </x:c>
@@ -20754,83 +20856,86 @@
       <x:c r="FR37" s="3" t="n">
         <x:v>147667</x:v>
       </x:c>
       <x:c r="FS37" s="3" t="n">
         <x:v>167176</x:v>
       </x:c>
       <x:c r="FT37" s="3" t="n">
         <x:v>241369</x:v>
       </x:c>
       <x:c r="FU37" s="3" t="n">
         <x:v>425136</x:v>
       </x:c>
       <x:c r="FV37" s="3" t="n">
         <x:v>455258</x:v>
       </x:c>
       <x:c r="FW37" s="3" t="n">
         <x:v>436034</x:v>
       </x:c>
       <x:c r="FX37" s="3" t="n">
         <x:v>669883</x:v>
       </x:c>
       <x:c r="FY37" s="3" t="n">
         <x:v>454735</x:v>
       </x:c>
       <x:c r="FZ37" s="3" t="n">
-        <x:v>348505</x:v>
+        <x:v>353805</x:v>
       </x:c>
       <x:c r="GA37" s="3" t="n">
-        <x:v>264637</x:v>
+        <x:v>270429</x:v>
       </x:c>
       <x:c r="GB37" s="3" t="n">
-        <x:v>265875</x:v>
+        <x:v>272599</x:v>
       </x:c>
       <x:c r="GC37" s="3" t="n">
-        <x:v>322760</x:v>
+        <x:v>329069</x:v>
       </x:c>
       <x:c r="GD37" s="3" t="n">
         <x:v>274797</x:v>
       </x:c>
       <x:c r="GE37" s="3" t="n">
-        <x:v>304747</x:v>
+        <x:v>304748</x:v>
       </x:c>
       <x:c r="GF37" s="3" t="n">
         <x:v>271064</x:v>
       </x:c>
       <x:c r="GG37" s="3" t="n">
         <x:v>318705</x:v>
       </x:c>
       <x:c r="GH37" s="3" t="n">
         <x:v>333759</x:v>
       </x:c>
       <x:c r="GI37" s="3" t="n">
-        <x:v>255992</x:v>
+        <x:v>255018</x:v>
+      </x:c>
+      <x:c r="GJ37" s="3" t="n">
+        <x:v>248186</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:191">
+    <x:row r="38" spans="1:192">
       <x:c r="A38" s="2" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>1381</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
         <x:v>6244</x:v>
       </x:c>
       <x:c r="D38" s="3" t="n">
         <x:v>1765</x:v>
       </x:c>
       <x:c r="E38" s="3" t="n">
         <x:v>1574</x:v>
       </x:c>
       <x:c r="F38" s="3" t="n">
         <x:v>2096</x:v>
       </x:c>
       <x:c r="G38" s="3" t="n">
         <x:v>1451</x:v>
       </x:c>
       <x:c r="H38" s="3" t="n">
         <x:v>1301</x:v>
       </x:c>
       <x:c r="I38" s="3" t="n">
         <x:v>1636</x:v>
       </x:c>
@@ -21317,95 +21422,98 @@
       <x:c r="FN38" s="3" t="n">
         <x:v>3858</x:v>
       </x:c>
       <x:c r="FO38" s="3" t="n">
         <x:v>2031</x:v>
       </x:c>
       <x:c r="FP38" s="3" t="n">
         <x:v>2437</x:v>
       </x:c>
       <x:c r="FQ38" s="3" t="n">
         <x:v>1278</x:v>
       </x:c>
       <x:c r="FR38" s="3" t="n">
         <x:v>1830</x:v>
       </x:c>
       <x:c r="FS38" s="3" t="n">
         <x:v>3291</x:v>
       </x:c>
       <x:c r="FT38" s="3" t="n">
         <x:v>8404</x:v>
       </x:c>
       <x:c r="FU38" s="3" t="n">
         <x:v>6561</x:v>
       </x:c>
       <x:c r="FV38" s="3" t="n">
-        <x:v>1717</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="FW38" s="3" t="n">
-        <x:v>2895</x:v>
+        <x:v>2887</x:v>
       </x:c>
       <x:c r="FX38" s="3" t="n">
-        <x:v>5385</x:v>
+        <x:v>5374</x:v>
       </x:c>
       <x:c r="FY38" s="3" t="n">
-        <x:v>2007</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="FZ38" s="3" t="n">
-        <x:v>1098</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="GA38" s="3" t="n">
-        <x:v>1843</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="GB38" s="3" t="n">
-        <x:v>4164</x:v>
+        <x:v>4641</x:v>
       </x:c>
       <x:c r="GC38" s="3" t="n">
-        <x:v>1176</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="GD38" s="3" t="n">
-        <x:v>2925</x:v>
+        <x:v>2957</x:v>
       </x:c>
       <x:c r="GE38" s="3" t="n">
-        <x:v>2999</x:v>
+        <x:v>3159</x:v>
       </x:c>
       <x:c r="GF38" s="3" t="n">
-        <x:v>2224</x:v>
+        <x:v>2258</x:v>
       </x:c>
       <x:c r="GG38" s="3" t="n">
-        <x:v>3761</x:v>
+        <x:v>3740</x:v>
       </x:c>
       <x:c r="GH38" s="3" t="n">
-        <x:v>5914</x:v>
+        <x:v>5859</x:v>
       </x:c>
       <x:c r="GI38" s="3" t="n">
-        <x:v>2995</x:v>
+        <x:v>3136</x:v>
+      </x:c>
+      <x:c r="GJ38" s="3" t="n">
+        <x:v>3087</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:191">
+    <x:row r="39" spans="1:192">
       <x:c r="A39" s="2" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>6585</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>7540</x:v>
       </x:c>
       <x:c r="D39" s="3" t="n">
         <x:v>7698</x:v>
       </x:c>
       <x:c r="E39" s="3" t="n">
         <x:v>8604</x:v>
       </x:c>
       <x:c r="F39" s="3" t="n">
         <x:v>8622</x:v>
       </x:c>
       <x:c r="G39" s="3" t="n">
         <x:v>8839</x:v>
       </x:c>
       <x:c r="H39" s="3" t="n">
         <x:v>9626</x:v>
       </x:c>
       <x:c r="I39" s="3" t="n">
         <x:v>9708</x:v>
       </x:c>
@@ -21712,1425 +21820,1434 @@
       <x:c r="DF39" s="3" t="n">
         <x:v>46541</x:v>
       </x:c>
       <x:c r="DG39" s="3" t="n">
         <x:v>49462</x:v>
       </x:c>
       <x:c r="DH39" s="3" t="n">
         <x:v>50678</x:v>
       </x:c>
       <x:c r="DI39" s="3" t="n">
         <x:v>52398</x:v>
       </x:c>
       <x:c r="DJ39" s="3" t="n">
         <x:v>48817</x:v>
       </x:c>
       <x:c r="DK39" s="3" t="n">
         <x:v>52494</x:v>
       </x:c>
       <x:c r="DL39" s="3" t="n">
         <x:v>54451</x:v>
       </x:c>
       <x:c r="DM39" s="3" t="n">
         <x:v>56388</x:v>
       </x:c>
       <x:c r="DN39" s="3" t="n">
-        <x:v>52557</x:v>
+        <x:v>53020</x:v>
       </x:c>
       <x:c r="DO39" s="3" t="n">
-        <x:v>57177</x:v>
+        <x:v>57580</x:v>
       </x:c>
       <x:c r="DP39" s="3" t="n">
-        <x:v>58818</x:v>
+        <x:v>59334</x:v>
       </x:c>
       <x:c r="DQ39" s="3" t="n">
-        <x:v>59296</x:v>
+        <x:v>59896</x:v>
       </x:c>
       <x:c r="DR39" s="3" t="n">
-        <x:v>56751</x:v>
+        <x:v>57868</x:v>
       </x:c>
       <x:c r="DS39" s="3" t="n">
-        <x:v>65130</x:v>
+        <x:v>66118</x:v>
       </x:c>
       <x:c r="DT39" s="3" t="n">
-        <x:v>61020</x:v>
+        <x:v>61943</x:v>
       </x:c>
       <x:c r="DU39" s="3" t="n">
-        <x:v>61426</x:v>
+        <x:v>62360</x:v>
       </x:c>
       <x:c r="DV39" s="3" t="n">
-        <x:v>52898</x:v>
+        <x:v>54190</x:v>
       </x:c>
       <x:c r="DW39" s="3" t="n">
-        <x:v>57853</x:v>
+        <x:v>59411</x:v>
       </x:c>
       <x:c r="DX39" s="3" t="n">
-        <x:v>56091</x:v>
+        <x:v>57431</x:v>
       </x:c>
       <x:c r="DY39" s="3" t="n">
-        <x:v>58927</x:v>
+        <x:v>60022</x:v>
       </x:c>
       <x:c r="DZ39" s="3" t="n">
-        <x:v>59621</x:v>
+        <x:v>61746</x:v>
       </x:c>
       <x:c r="EA39" s="3" t="n">
-        <x:v>63660</x:v>
+        <x:v>65171</x:v>
       </x:c>
       <x:c r="EB39" s="3" t="n">
-        <x:v>63348</x:v>
+        <x:v>64770</x:v>
       </x:c>
       <x:c r="EC39" s="3" t="n">
-        <x:v>67505</x:v>
+        <x:v>69053</x:v>
       </x:c>
       <x:c r="ED39" s="3" t="n">
-        <x:v>59731</x:v>
+        <x:v>61868</x:v>
       </x:c>
       <x:c r="EE39" s="3" t="n">
-        <x:v>62412</x:v>
+        <x:v>64145</x:v>
       </x:c>
       <x:c r="EF39" s="3" t="n">
-        <x:v>64348</x:v>
+        <x:v>66525</x:v>
       </x:c>
       <x:c r="EG39" s="3" t="n">
-        <x:v>71133</x:v>
+        <x:v>73013</x:v>
       </x:c>
       <x:c r="EH39" s="3" t="n">
-        <x:v>66830</x:v>
+        <x:v>69232</x:v>
       </x:c>
       <x:c r="EI39" s="3" t="n">
-        <x:v>72964</x:v>
+        <x:v>75861</x:v>
       </x:c>
       <x:c r="EJ39" s="3" t="n">
-        <x:v>69789</x:v>
+        <x:v>71938</x:v>
       </x:c>
       <x:c r="EK39" s="3" t="n">
-        <x:v>70637</x:v>
+        <x:v>72437</x:v>
       </x:c>
       <x:c r="EL39" s="3" t="n">
-        <x:v>65232</x:v>
+        <x:v>67502</x:v>
       </x:c>
       <x:c r="EM39" s="3" t="n">
-        <x:v>74591</x:v>
+        <x:v>77151</x:v>
       </x:c>
       <x:c r="EN39" s="3" t="n">
-        <x:v>74582</x:v>
+        <x:v>76875</x:v>
       </x:c>
       <x:c r="EO39" s="3" t="n">
-        <x:v>78298</x:v>
+        <x:v>81744</x:v>
       </x:c>
       <x:c r="EP39" s="3" t="n">
-        <x:v>71130</x:v>
+        <x:v>73593</x:v>
       </x:c>
       <x:c r="EQ39" s="3" t="n">
-        <x:v>80402</x:v>
+        <x:v>83172</x:v>
       </x:c>
       <x:c r="ER39" s="3" t="n">
-        <x:v>81590</x:v>
+        <x:v>84562</x:v>
       </x:c>
       <x:c r="ES39" s="3" t="n">
-        <x:v>87796</x:v>
+        <x:v>91479</x:v>
       </x:c>
       <x:c r="ET39" s="3" t="n">
-        <x:v>81782</x:v>
+        <x:v>84985</x:v>
       </x:c>
       <x:c r="EU39" s="3" t="n">
-        <x:v>84574</x:v>
+        <x:v>87598</x:v>
       </x:c>
       <x:c r="EV39" s="3" t="n">
-        <x:v>87391</x:v>
+        <x:v>90754</x:v>
       </x:c>
       <x:c r="EW39" s="3" t="n">
-        <x:v>92956</x:v>
+        <x:v>96574</x:v>
       </x:c>
       <x:c r="EX39" s="3" t="n">
-        <x:v>86101</x:v>
+        <x:v>88452</x:v>
       </x:c>
       <x:c r="EY39" s="3" t="n">
-        <x:v>88809</x:v>
+        <x:v>91126</x:v>
       </x:c>
       <x:c r="EZ39" s="3" t="n">
-        <x:v>92251</x:v>
+        <x:v>94353</x:v>
       </x:c>
       <x:c r="FA39" s="3" t="n">
-        <x:v>86705</x:v>
+        <x:v>89495</x:v>
       </x:c>
       <x:c r="FB39" s="3" t="n">
-        <x:v>75782</x:v>
+        <x:v>77861</x:v>
       </x:c>
       <x:c r="FC39" s="3" t="n">
-        <x:v>87191</x:v>
+        <x:v>89751</x:v>
       </x:c>
       <x:c r="FD39" s="3" t="n">
-        <x:v>92302</x:v>
+        <x:v>94647</x:v>
       </x:c>
       <x:c r="FE39" s="3" t="n">
-        <x:v>87141</x:v>
+        <x:v>89733</x:v>
       </x:c>
       <x:c r="FF39" s="3" t="n">
-        <x:v>78346</x:v>
+        <x:v>81254</x:v>
       </x:c>
       <x:c r="FG39" s="3" t="n">
-        <x:v>90968</x:v>
+        <x:v>93734</x:v>
       </x:c>
       <x:c r="FH39" s="3" t="n">
-        <x:v>95838</x:v>
+        <x:v>98591</x:v>
       </x:c>
       <x:c r="FI39" s="3" t="n">
-        <x:v>87983</x:v>
+        <x:v>91577</x:v>
       </x:c>
       <x:c r="FJ39" s="3" t="n">
-        <x:v>89769</x:v>
+        <x:v>93086</x:v>
       </x:c>
       <x:c r="FK39" s="3" t="n">
-        <x:v>97522</x:v>
+        <x:v>100975</x:v>
       </x:c>
       <x:c r="FL39" s="3" t="n">
-        <x:v>105809</x:v>
+        <x:v>109588</x:v>
       </x:c>
       <x:c r="FM39" s="3" t="n">
-        <x:v>94801</x:v>
+        <x:v>98925</x:v>
       </x:c>
       <x:c r="FN39" s="3" t="n">
-        <x:v>89921</x:v>
+        <x:v>93553</x:v>
       </x:c>
       <x:c r="FO39" s="3" t="n">
-        <x:v>77101</x:v>
+        <x:v>80674</x:v>
       </x:c>
       <x:c r="FP39" s="3" t="n">
-        <x:v>76912</x:v>
+        <x:v>79862</x:v>
       </x:c>
       <x:c r="FQ39" s="3" t="n">
-        <x:v>81801</x:v>
+        <x:v>84887</x:v>
       </x:c>
       <x:c r="FR39" s="3" t="n">
-        <x:v>78162</x:v>
+        <x:v>80685</x:v>
       </x:c>
       <x:c r="FS39" s="3" t="n">
-        <x:v>84215</x:v>
+        <x:v>86893</x:v>
       </x:c>
       <x:c r="FT39" s="3" t="n">
-        <x:v>95675</x:v>
+        <x:v>98687</x:v>
       </x:c>
       <x:c r="FU39" s="3" t="n">
-        <x:v>108170</x:v>
+        <x:v>111251</x:v>
       </x:c>
       <x:c r="FV39" s="3" t="n">
-        <x:v>108484</x:v>
+        <x:v>107979</x:v>
       </x:c>
       <x:c r="FW39" s="3" t="n">
-        <x:v>130179</x:v>
+        <x:v>128913</x:v>
       </x:c>
       <x:c r="FX39" s="3" t="n">
-        <x:v>147939</x:v>
+        <x:v>146916</x:v>
       </x:c>
       <x:c r="FY39" s="3" t="n">
-        <x:v>135367</x:v>
+        <x:v>136409</x:v>
       </x:c>
       <x:c r="FZ39" s="3" t="n">
-        <x:v>129636</x:v>
+        <x:v>129278</x:v>
       </x:c>
       <x:c r="GA39" s="3" t="n">
-        <x:v>141326</x:v>
+        <x:v>141987</x:v>
       </x:c>
       <x:c r="GB39" s="3" t="n">
-        <x:v>153199</x:v>
+        <x:v>152430</x:v>
       </x:c>
       <x:c r="GC39" s="3" t="n">
-        <x:v>144749</x:v>
+        <x:v>144453</x:v>
       </x:c>
       <x:c r="GD39" s="3" t="n">
-        <x:v>138107</x:v>
+        <x:v>139023</x:v>
       </x:c>
       <x:c r="GE39" s="3" t="n">
-        <x:v>154543</x:v>
+        <x:v>155461</x:v>
       </x:c>
       <x:c r="GF39" s="3" t="n">
-        <x:v>165992</x:v>
+        <x:v>166406</x:v>
       </x:c>
       <x:c r="GG39" s="3" t="n">
-        <x:v>158903</x:v>
+        <x:v>161144</x:v>
       </x:c>
       <x:c r="GH39" s="3" t="n">
-        <x:v>149761</x:v>
+        <x:v>151540</x:v>
       </x:c>
       <x:c r="GI39" s="3" t="n">
-        <x:v>153437</x:v>
+        <x:v>157655</x:v>
+      </x:c>
+      <x:c r="GJ39" s="3" t="n">
+        <x:v>172430</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:191">
+    <x:row r="40" spans="1:192">
       <x:c r="A40" s="2" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>77900</x:v>
+        <x:v>77759</x:v>
       </x:c>
       <x:c r="C40" s="3" t="n">
-        <x:v>82999</x:v>
+        <x:v>82852</x:v>
       </x:c>
       <x:c r="D40" s="3" t="n">
-        <x:v>82084</x:v>
+        <x:v>81932</x:v>
       </x:c>
       <x:c r="E40" s="3" t="n">
-        <x:v>86966</x:v>
+        <x:v>86801</x:v>
       </x:c>
       <x:c r="F40" s="3" t="n">
-        <x:v>84935</x:v>
+        <x:v>84763</x:v>
       </x:c>
       <x:c r="G40" s="3" t="n">
-        <x:v>89513</x:v>
+        <x:v>89339</x:v>
       </x:c>
       <x:c r="H40" s="3" t="n">
-        <x:v>93034</x:v>
+        <x:v>92855</x:v>
       </x:c>
       <x:c r="I40" s="3" t="n">
-        <x:v>99491</x:v>
+        <x:v>99299</x:v>
       </x:c>
       <x:c r="J40" s="3" t="n">
-        <x:v>105220</x:v>
+        <x:v>104998</x:v>
       </x:c>
       <x:c r="K40" s="3" t="n">
-        <x:v>107550</x:v>
+        <x:v>107324</x:v>
       </x:c>
       <x:c r="L40" s="3" t="n">
-        <x:v>106479</x:v>
+        <x:v>106237</x:v>
       </x:c>
       <x:c r="M40" s="3" t="n">
-        <x:v>114112</x:v>
+        <x:v>113871</x:v>
       </x:c>
       <x:c r="N40" s="3" t="n">
-        <x:v>117590</x:v>
+        <x:v>117367</x:v>
       </x:c>
       <x:c r="O40" s="3" t="n">
-        <x:v>120120</x:v>
+        <x:v>119904</x:v>
       </x:c>
       <x:c r="P40" s="3" t="n">
-        <x:v>124263</x:v>
+        <x:v>124061</x:v>
       </x:c>
       <x:c r="Q40" s="3" t="n">
-        <x:v>131067</x:v>
+        <x:v>130908</x:v>
       </x:c>
       <x:c r="R40" s="3" t="n">
-        <x:v>130543</x:v>
+        <x:v>130303</x:v>
       </x:c>
       <x:c r="S40" s="3" t="n">
-        <x:v>132664</x:v>
+        <x:v>132421</x:v>
       </x:c>
       <x:c r="T40" s="3" t="n">
-        <x:v>137631</x:v>
+        <x:v>137377</x:v>
       </x:c>
       <x:c r="U40" s="3" t="n">
-        <x:v>147350</x:v>
+        <x:v>147211</x:v>
       </x:c>
       <x:c r="V40" s="3" t="n">
-        <x:v>145088</x:v>
+        <x:v>144806</x:v>
       </x:c>
       <x:c r="W40" s="3" t="n">
-        <x:v>146899</x:v>
+        <x:v>146618</x:v>
       </x:c>
       <x:c r="X40" s="3" t="n">
-        <x:v>149970</x:v>
+        <x:v>149742</x:v>
       </x:c>
       <x:c r="Y40" s="3" t="n">
-        <x:v>156830</x:v>
+        <x:v>156524</x:v>
       </x:c>
       <x:c r="Z40" s="3" t="n">
-        <x:v>160458</x:v>
+        <x:v>160113</x:v>
       </x:c>
       <x:c r="AA40" s="3" t="n">
-        <x:v>161151</x:v>
+        <x:v>160839</x:v>
       </x:c>
       <x:c r="AB40" s="3" t="n">
-        <x:v>170852</x:v>
+        <x:v>170580</x:v>
       </x:c>
       <x:c r="AC40" s="3" t="n">
-        <x:v>181372</x:v>
+        <x:v>181161</x:v>
       </x:c>
       <x:c r="AD40" s="3" t="n">
-        <x:v>181845</x:v>
+        <x:v>181539</x:v>
       </x:c>
       <x:c r="AE40" s="3" t="n">
-        <x:v>178768</x:v>
+        <x:v>178448</x:v>
       </x:c>
       <x:c r="AF40" s="3" t="n">
-        <x:v>190477</x:v>
+        <x:v>190349</x:v>
       </x:c>
       <x:c r="AG40" s="3" t="n">
-        <x:v>204307</x:v>
+        <x:v>203949</x:v>
       </x:c>
       <x:c r="AH40" s="3" t="n">
-        <x:v>193750</x:v>
+        <x:v>193518</x:v>
       </x:c>
       <x:c r="AI40" s="3" t="n">
-        <x:v>194269</x:v>
+        <x:v>193961</x:v>
       </x:c>
       <x:c r="AJ40" s="3" t="n">
-        <x:v>196066</x:v>
+        <x:v>195721</x:v>
       </x:c>
       <x:c r="AK40" s="3" t="n">
-        <x:v>211164</x:v>
+        <x:v>210784</x:v>
       </x:c>
       <x:c r="AL40" s="3" t="n">
-        <x:v>205864</x:v>
+        <x:v>205577</x:v>
       </x:c>
       <x:c r="AM40" s="3" t="n">
-        <x:v>207674</x:v>
+        <x:v>207368</x:v>
       </x:c>
       <x:c r="AN40" s="3" t="n">
-        <x:v>211563</x:v>
+        <x:v>211582</x:v>
       </x:c>
       <x:c r="AO40" s="3" t="n">
-        <x:v>223388</x:v>
+        <x:v>222864</x:v>
       </x:c>
       <x:c r="AP40" s="3" t="n">
-        <x:v>217659</x:v>
+        <x:v>217286</x:v>
       </x:c>
       <x:c r="AQ40" s="3" t="n">
-        <x:v>216969</x:v>
+        <x:v>216597</x:v>
       </x:c>
       <x:c r="AR40" s="3" t="n">
-        <x:v>215637</x:v>
+        <x:v>215408</x:v>
       </x:c>
       <x:c r="AS40" s="3" t="n">
-        <x:v>230025</x:v>
+        <x:v>229457</x:v>
       </x:c>
       <x:c r="AT40" s="3" t="n">
-        <x:v>222284</x:v>
+        <x:v>221921</x:v>
       </x:c>
       <x:c r="AU40" s="3" t="n">
-        <x:v>235404</x:v>
+        <x:v>235038</x:v>
       </x:c>
       <x:c r="AV40" s="3" t="n">
-        <x:v>233627</x:v>
+        <x:v>233190</x:v>
       </x:c>
       <x:c r="AW40" s="3" t="n">
-        <x:v>252655</x:v>
+        <x:v>252241</x:v>
       </x:c>
       <x:c r="AX40" s="3" t="n">
-        <x:v>240285</x:v>
+        <x:v>240067</x:v>
       </x:c>
       <x:c r="AY40" s="3" t="n">
-        <x:v>240267</x:v>
+        <x:v>239762</x:v>
       </x:c>
       <x:c r="AZ40" s="3" t="n">
-        <x:v>242436</x:v>
+        <x:v>242052</x:v>
       </x:c>
       <x:c r="BA40" s="3" t="n">
-        <x:v>271771</x:v>
+        <x:v>271502</x:v>
       </x:c>
       <x:c r="BB40" s="3" t="n">
-        <x:v>248107</x:v>
+        <x:v>247290</x:v>
       </x:c>
       <x:c r="BC40" s="3" t="n">
-        <x:v>259858</x:v>
+        <x:v>259041</x:v>
       </x:c>
       <x:c r="BD40" s="3" t="n">
-        <x:v>255075</x:v>
+        <x:v>254249</x:v>
       </x:c>
       <x:c r="BE40" s="3" t="n">
-        <x:v>271975</x:v>
+        <x:v>271115</x:v>
       </x:c>
       <x:c r="BF40" s="3" t="n">
-        <x:v>261918</x:v>
+        <x:v>260958</x:v>
       </x:c>
       <x:c r="BG40" s="3" t="n">
-        <x:v>258567</x:v>
+        <x:v>257593</x:v>
       </x:c>
       <x:c r="BH40" s="3" t="n">
-        <x:v>262033</x:v>
+        <x:v>261034</x:v>
       </x:c>
       <x:c r="BI40" s="3" t="n">
-        <x:v>275438</x:v>
+        <x:v>274396</x:v>
       </x:c>
       <x:c r="BJ40" s="3" t="n">
-        <x:v>268677</x:v>
+        <x:v>267652</x:v>
       </x:c>
       <x:c r="BK40" s="3" t="n">
-        <x:v>267059</x:v>
+        <x:v>266036</x:v>
       </x:c>
       <x:c r="BL40" s="3" t="n">
-        <x:v>282397</x:v>
+        <x:v>281367</x:v>
       </x:c>
       <x:c r="BM40" s="3" t="n">
-        <x:v>298654</x:v>
+        <x:v>297584</x:v>
       </x:c>
       <x:c r="BN40" s="3" t="n">
-        <x:v>280145</x:v>
+        <x:v>279132</x:v>
       </x:c>
       <x:c r="BO40" s="3" t="n">
-        <x:v>287310</x:v>
+        <x:v>286269</x:v>
       </x:c>
       <x:c r="BP40" s="3" t="n">
-        <x:v>291088</x:v>
+        <x:v>290048</x:v>
       </x:c>
       <x:c r="BQ40" s="3" t="n">
-        <x:v>315861</x:v>
+        <x:v>314789</x:v>
       </x:c>
       <x:c r="BR40" s="3" t="n">
-        <x:v>309708</x:v>
+        <x:v>308759</x:v>
       </x:c>
       <x:c r="BS40" s="3" t="n">
-        <x:v>306436</x:v>
+        <x:v>305345</x:v>
       </x:c>
       <x:c r="BT40" s="3" t="n">
-        <x:v>311992</x:v>
+        <x:v>310863</x:v>
       </x:c>
       <x:c r="BU40" s="3" t="n">
-        <x:v>330498</x:v>
+        <x:v>329316</x:v>
       </x:c>
       <x:c r="BV40" s="3" t="n">
-        <x:v>331954</x:v>
+        <x:v>330736</x:v>
       </x:c>
       <x:c r="BW40" s="3" t="n">
-        <x:v>328663</x:v>
+        <x:v>327396</x:v>
       </x:c>
       <x:c r="BX40" s="3" t="n">
-        <x:v>345683</x:v>
+        <x:v>344299</x:v>
       </x:c>
       <x:c r="BY40" s="3" t="n">
-        <x:v>372886</x:v>
+        <x:v>371414</x:v>
       </x:c>
       <x:c r="BZ40" s="3" t="n">
-        <x:v>351437</x:v>
+        <x:v>349421</x:v>
       </x:c>
       <x:c r="CA40" s="3" t="n">
-        <x:v>377050</x:v>
+        <x:v>374984</x:v>
       </x:c>
       <x:c r="CB40" s="3" t="n">
-        <x:v>378155</x:v>
+        <x:v>376019</x:v>
       </x:c>
       <x:c r="CC40" s="3" t="n">
-        <x:v>401271</x:v>
+        <x:v>399061</x:v>
       </x:c>
       <x:c r="CD40" s="3" t="n">
-        <x:v>385053</x:v>
+        <x:v>383111</x:v>
       </x:c>
       <x:c r="CE40" s="3" t="n">
-        <x:v>382913</x:v>
+        <x:v>381035</x:v>
       </x:c>
       <x:c r="CF40" s="3" t="n">
-        <x:v>390743</x:v>
+        <x:v>388438</x:v>
       </x:c>
       <x:c r="CG40" s="3" t="n">
-        <x:v>410729</x:v>
+        <x:v>408553</x:v>
       </x:c>
       <x:c r="CH40" s="3" t="n">
-        <x:v>386912</x:v>
+        <x:v>385284</x:v>
       </x:c>
       <x:c r="CI40" s="3" t="n">
-        <x:v>394007</x:v>
+        <x:v>392448</x:v>
       </x:c>
       <x:c r="CJ40" s="3" t="n">
-        <x:v>421050</x:v>
+        <x:v>419019</x:v>
       </x:c>
       <x:c r="CK40" s="3" t="n">
-        <x:v>458619</x:v>
+        <x:v>456804</x:v>
       </x:c>
       <x:c r="CL40" s="3" t="n">
-        <x:v>468078</x:v>
+        <x:v>466713</x:v>
       </x:c>
       <x:c r="CM40" s="3" t="n">
-        <x:v>466278</x:v>
+        <x:v>465041</x:v>
       </x:c>
       <x:c r="CN40" s="3" t="n">
-        <x:v>488023</x:v>
+        <x:v>486341</x:v>
       </x:c>
       <x:c r="CO40" s="3" t="n">
-        <x:v>519869</x:v>
+        <x:v>518393</x:v>
       </x:c>
       <x:c r="CP40" s="3" t="n">
-        <x:v>508468</x:v>
+        <x:v>507596</x:v>
       </x:c>
       <x:c r="CQ40" s="3" t="n">
-        <x:v>499741</x:v>
+        <x:v>498995</x:v>
       </x:c>
       <x:c r="CR40" s="3" t="n">
-        <x:v>494673</x:v>
+        <x:v>493378</x:v>
       </x:c>
       <x:c r="CS40" s="3" t="n">
-        <x:v>505216</x:v>
+        <x:v>504209</x:v>
       </x:c>
       <x:c r="CT40" s="3" t="n">
-        <x:v>476656</x:v>
+        <x:v>476304</x:v>
       </x:c>
       <x:c r="CU40" s="3" t="n">
-        <x:v>502957</x:v>
+        <x:v>502623</x:v>
       </x:c>
       <x:c r="CV40" s="3" t="n">
-        <x:v>491743</x:v>
+        <x:v>490882</x:v>
       </x:c>
       <x:c r="CW40" s="3" t="n">
-        <x:v>515860</x:v>
+        <x:v>515157</x:v>
       </x:c>
       <x:c r="CX40" s="3" t="n">
-        <x:v>512432</x:v>
+        <x:v>512681</x:v>
       </x:c>
       <x:c r="CY40" s="3" t="n">
-        <x:v>491653</x:v>
+        <x:v>492142</x:v>
       </x:c>
       <x:c r="CZ40" s="3" t="n">
-        <x:v>514685</x:v>
+        <x:v>514524</x:v>
       </x:c>
       <x:c r="DA40" s="3" t="n">
-        <x:v>538122</x:v>
+        <x:v>538323</x:v>
       </x:c>
       <x:c r="DB40" s="3" t="n">
-        <x:v>550379</x:v>
+        <x:v>551773</x:v>
       </x:c>
       <x:c r="DC40" s="3" t="n">
-        <x:v>549246</x:v>
+        <x:v>550921</x:v>
       </x:c>
       <x:c r="DD40" s="3" t="n">
-        <x:v>570761</x:v>
+        <x:v>571661</x:v>
       </x:c>
       <x:c r="DE40" s="3" t="n">
-        <x:v>610576</x:v>
+        <x:v>611648</x:v>
       </x:c>
       <x:c r="DF40" s="3" t="n">
-        <x:v>586586</x:v>
+        <x:v>589256</x:v>
       </x:c>
       <x:c r="DG40" s="3" t="n">
-        <x:v>624705</x:v>
+        <x:v>627890</x:v>
       </x:c>
       <x:c r="DH40" s="3" t="n">
-        <x:v>638940</x:v>
+        <x:v>641498</x:v>
       </x:c>
       <x:c r="DI40" s="3" t="n">
-        <x:v>686552</x:v>
+        <x:v>689480</x:v>
       </x:c>
       <x:c r="DJ40" s="3" t="n">
-        <x:v>689117</x:v>
+        <x:v>694054</x:v>
       </x:c>
       <x:c r="DK40" s="3" t="n">
-        <x:v>686466</x:v>
+        <x:v>691443</x:v>
       </x:c>
       <x:c r="DL40" s="3" t="n">
-        <x:v>702293</x:v>
+        <x:v>707277</x:v>
       </x:c>
       <x:c r="DM40" s="3" t="n">
-        <x:v>750438</x:v>
+        <x:v>755992</x:v>
       </x:c>
       <x:c r="DN40" s="3" t="n">
-        <x:v>729767</x:v>
+        <x:v>737416</x:v>
       </x:c>
       <x:c r="DO40" s="3" t="n">
-        <x:v>736145</x:v>
+        <x:v>744640</x:v>
       </x:c>
       <x:c r="DP40" s="3" t="n">
-        <x:v>748140</x:v>
+        <x:v>756095</x:v>
       </x:c>
       <x:c r="DQ40" s="3" t="n">
-        <x:v>830207</x:v>
+        <x:v>837822</x:v>
       </x:c>
       <x:c r="DR40" s="3" t="n">
-        <x:v>802931</x:v>
+        <x:v>812846</x:v>
       </x:c>
       <x:c r="DS40" s="3" t="n">
-        <x:v>847865</x:v>
+        <x:v>858311</x:v>
       </x:c>
       <x:c r="DT40" s="3" t="n">
-        <x:v>848873</x:v>
+        <x:v>859347</x:v>
       </x:c>
       <x:c r="DU40" s="3" t="n">
-        <x:v>871524</x:v>
+        <x:v>882701</x:v>
       </x:c>
       <x:c r="DV40" s="3" t="n">
-        <x:v>764098</x:v>
+        <x:v>776296</x:v>
       </x:c>
       <x:c r="DW40" s="3" t="n">
-        <x:v>761162</x:v>
+        <x:v>773626</x:v>
       </x:c>
       <x:c r="DX40" s="3" t="n">
-        <x:v>777180</x:v>
+        <x:v>789278</x:v>
       </x:c>
       <x:c r="DY40" s="3" t="n">
-        <x:v>811953</x:v>
+        <x:v>824066</x:v>
       </x:c>
       <x:c r="DZ40" s="3" t="n">
-        <x:v>807094</x:v>
+        <x:v>820801</x:v>
       </x:c>
       <x:c r="EA40" s="3" t="n">
-        <x:v>823696</x:v>
+        <x:v>838184</x:v>
       </x:c>
       <x:c r="EB40" s="3" t="n">
-        <x:v>816821</x:v>
+        <x:v>830717</x:v>
       </x:c>
       <x:c r="EC40" s="3" t="n">
-        <x:v>889563</x:v>
+        <x:v>903005</x:v>
       </x:c>
       <x:c r="ED40" s="3" t="n">
-        <x:v>889896</x:v>
+        <x:v>905344</x:v>
       </x:c>
       <x:c r="EE40" s="3" t="n">
-        <x:v>868017</x:v>
+        <x:v>884621</x:v>
       </x:c>
       <x:c r="EF40" s="3" t="n">
-        <x:v>884413</x:v>
+        <x:v>900679</x:v>
       </x:c>
       <x:c r="EG40" s="3" t="n">
-        <x:v>952625</x:v>
+        <x:v>968680</x:v>
       </x:c>
       <x:c r="EH40" s="3" t="n">
-        <x:v>957121</x:v>
+        <x:v>975628</x:v>
       </x:c>
       <x:c r="EI40" s="3" t="n">
-        <x:v>935739</x:v>
+        <x:v>955418</x:v>
       </x:c>
       <x:c r="EJ40" s="3" t="n">
-        <x:v>921899</x:v>
+        <x:v>940449</x:v>
       </x:c>
       <x:c r="EK40" s="3" t="n">
-        <x:v>980063</x:v>
+        <x:v>997815</x:v>
       </x:c>
       <x:c r="EL40" s="3" t="n">
-        <x:v>949003</x:v>
+        <x:v>970268</x:v>
       </x:c>
       <x:c r="EM40" s="3" t="n">
-        <x:v>980220</x:v>
+        <x:v>1003353</x:v>
       </x:c>
       <x:c r="EN40" s="3" t="n">
-        <x:v>984784</x:v>
+        <x:v>1006352</x:v>
       </x:c>
       <x:c r="EO40" s="3" t="n">
-        <x:v>1045067</x:v>
+        <x:v>1066120</x:v>
       </x:c>
       <x:c r="EP40" s="3" t="n">
-        <x:v>1018560</x:v>
+        <x:v>1040162</x:v>
       </x:c>
       <x:c r="EQ40" s="3" t="n">
-        <x:v>1002420</x:v>
+        <x:v>1026386</x:v>
       </x:c>
       <x:c r="ER40" s="3" t="n">
-        <x:v>1013513</x:v>
+        <x:v>1036295</x:v>
       </x:c>
       <x:c r="ES40" s="3" t="n">
-        <x:v>1057152</x:v>
+        <x:v>1082814</x:v>
       </x:c>
       <x:c r="ET40" s="3" t="n">
-        <x:v>1023585</x:v>
+        <x:v>1049685</x:v>
       </x:c>
       <x:c r="EU40" s="3" t="n">
-        <x:v>1030082</x:v>
+        <x:v>1056506</x:v>
       </x:c>
       <x:c r="EV40" s="3" t="n">
-        <x:v>1020574</x:v>
+        <x:v>1047854</x:v>
       </x:c>
       <x:c r="EW40" s="3" t="n">
-        <x:v>1053115</x:v>
+        <x:v>1080437</x:v>
       </x:c>
       <x:c r="EX40" s="3" t="n">
-        <x:v>997073</x:v>
+        <x:v>1025060</x:v>
       </x:c>
       <x:c r="EY40" s="3" t="n">
-        <x:v>1044961</x:v>
+        <x:v>1070624</x:v>
       </x:c>
       <x:c r="EZ40" s="3" t="n">
-        <x:v>1011513</x:v>
+        <x:v>1038292</x:v>
       </x:c>
       <x:c r="FA40" s="3" t="n">
-        <x:v>1096348</x:v>
+        <x:v>1124085</x:v>
       </x:c>
       <x:c r="FB40" s="3" t="n">
-        <x:v>1093407</x:v>
+        <x:v>1123684</x:v>
       </x:c>
       <x:c r="FC40" s="3" t="n">
-        <x:v>1080798</x:v>
+        <x:v>1110834</x:v>
       </x:c>
       <x:c r="FD40" s="3" t="n">
-        <x:v>1061810</x:v>
+        <x:v>1091197</x:v>
       </x:c>
       <x:c r="FE40" s="3" t="n">
-        <x:v>1162992</x:v>
+        <x:v>1192767</x:v>
       </x:c>
       <x:c r="FF40" s="3" t="n">
-        <x:v>1128270</x:v>
+        <x:v>1159250</x:v>
       </x:c>
       <x:c r="FG40" s="3" t="n">
-        <x:v>1177680</x:v>
+        <x:v>1207212</x:v>
       </x:c>
       <x:c r="FH40" s="3" t="n">
-        <x:v>1161059</x:v>
+        <x:v>1190413</x:v>
       </x:c>
       <x:c r="FI40" s="3" t="n">
-        <x:v>1246286</x:v>
+        <x:v>1281478</x:v>
       </x:c>
       <x:c r="FJ40" s="3" t="n">
-        <x:v>1199256</x:v>
+        <x:v>1232361</x:v>
       </x:c>
       <x:c r="FK40" s="3" t="n">
-        <x:v>1192945</x:v>
+        <x:v>1227845</x:v>
       </x:c>
       <x:c r="FL40" s="3" t="n">
-        <x:v>1174097</x:v>
+        <x:v>1210303</x:v>
       </x:c>
       <x:c r="FM40" s="3" t="n">
-        <x:v>1262765</x:v>
+        <x:v>1301768</x:v>
       </x:c>
       <x:c r="FN40" s="3" t="n">
-        <x:v>1209917</x:v>
+        <x:v>1247347</x:v>
       </x:c>
       <x:c r="FO40" s="3" t="n">
-        <x:v>1069766</x:v>
+        <x:v>1103741</x:v>
       </x:c>
       <x:c r="FP40" s="3" t="n">
-        <x:v>1113969</x:v>
+        <x:v>1149441</x:v>
       </x:c>
       <x:c r="FQ40" s="3" t="n">
-        <x:v>1215215</x:v>
+        <x:v>1251204</x:v>
       </x:c>
       <x:c r="FR40" s="3" t="n">
-        <x:v>1205704</x:v>
+        <x:v>1241924</x:v>
       </x:c>
       <x:c r="FS40" s="3" t="n">
-        <x:v>1263614</x:v>
+        <x:v>1299177</x:v>
       </x:c>
       <x:c r="FT40" s="3" t="n">
-        <x:v>1383497</x:v>
+        <x:v>1423899</x:v>
       </x:c>
       <x:c r="FU40" s="3" t="n">
-        <x:v>1689878</x:v>
+        <x:v>1739607</x:v>
       </x:c>
       <x:c r="FV40" s="3" t="n">
-        <x:v>1686714</x:v>
+        <x:v>1738035</x:v>
       </x:c>
       <x:c r="FW40" s="3" t="n">
-        <x:v>1721581</x:v>
+        <x:v>1775944</x:v>
       </x:c>
       <x:c r="FX40" s="3" t="n">
-        <x:v>1995636</x:v>
+        <x:v>2045574</x:v>
       </x:c>
       <x:c r="FY40" s="3" t="n">
-        <x:v>1883145</x:v>
+        <x:v>1938904</x:v>
       </x:c>
       <x:c r="FZ40" s="3" t="n">
-        <x:v>1724971</x:v>
+        <x:v>1782288</x:v>
       </x:c>
       <x:c r="GA40" s="3" t="n">
-        <x:v>1641561</x:v>
+        <x:v>1681563</x:v>
       </x:c>
       <x:c r="GB40" s="3" t="n">
-        <x:v>1609909</x:v>
+        <x:v>1650083</x:v>
       </x:c>
       <x:c r="GC40" s="3" t="n">
-        <x:v>1780662</x:v>
+        <x:v>1835277</x:v>
       </x:c>
       <x:c r="GD40" s="3" t="n">
-        <x:v>1658606</x:v>
+        <x:v>1701655</x:v>
       </x:c>
       <x:c r="GE40" s="3" t="n">
-        <x:v>1743867</x:v>
+        <x:v>1788233</x:v>
       </x:c>
       <x:c r="GF40" s="3" t="n">
-        <x:v>1711845</x:v>
+        <x:v>1766392</x:v>
       </x:c>
       <x:c r="GG40" s="3" t="n">
-        <x:v>1842472</x:v>
+        <x:v>1888806</x:v>
       </x:c>
       <x:c r="GH40" s="3" t="n">
-        <x:v>1815966</x:v>
+        <x:v>1861665</x:v>
       </x:c>
       <x:c r="GI40" s="3" t="n">
-        <x:v>1746992</x:v>
+        <x:v>1791190</x:v>
+      </x:c>
+      <x:c r="GJ40" s="3" t="n">
+        <x:v>1792917</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:191">
+    <x:row r="41" spans="1:192">
       <x:c r="A41" s="2" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21322</x:v>
+        <x:v>21390</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>22794</x:v>
+        <x:v>22861</x:v>
       </x:c>
       <x:c r="D41" s="3" t="n">
-        <x:v>19473</x:v>
+        <x:v>19541</x:v>
       </x:c>
       <x:c r="E41" s="3" t="n">
-        <x:v>22473</x:v>
+        <x:v>22540</x:v>
       </x:c>
       <x:c r="F41" s="3" t="n">
-        <x:v>21685</x:v>
+        <x:v>21754</x:v>
       </x:c>
       <x:c r="G41" s="3" t="n">
-        <x:v>24027</x:v>
+        <x:v>24096</x:v>
       </x:c>
       <x:c r="H41" s="3" t="n">
-        <x:v>24404</x:v>
+        <x:v>24473</x:v>
       </x:c>
       <x:c r="I41" s="3" t="n">
-        <x:v>27791</x:v>
+        <x:v>27860</x:v>
       </x:c>
       <x:c r="J41" s="3" t="n">
-        <x:v>28146</x:v>
+        <x:v>28229</x:v>
       </x:c>
       <x:c r="K41" s="3" t="n">
-        <x:v>29084</x:v>
+        <x:v>29175</x:v>
       </x:c>
       <x:c r="L41" s="3" t="n">
-        <x:v>27417</x:v>
+        <x:v>27507</x:v>
       </x:c>
       <x:c r="M41" s="3" t="n">
-        <x:v>30436</x:v>
+        <x:v>30537</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>30035</x:v>
+        <x:v>30101</x:v>
       </x:c>
       <x:c r="O41" s="3" t="n">
-        <x:v>29304</x:v>
+        <x:v>29378</x:v>
       </x:c>
       <x:c r="P41" s="3" t="n">
-        <x:v>32059</x:v>
+        <x:v>32149</x:v>
       </x:c>
       <x:c r="Q41" s="3" t="n">
-        <x:v>36628</x:v>
+        <x:v>36771</x:v>
       </x:c>
       <x:c r="R41" s="3" t="n">
-        <x:v>33167</x:v>
+        <x:v>33234</x:v>
       </x:c>
       <x:c r="S41" s="3" t="n">
-        <x:v>34583</x:v>
+        <x:v>34646</x:v>
       </x:c>
       <x:c r="T41" s="3" t="n">
-        <x:v>35437</x:v>
+        <x:v>35495</x:v>
       </x:c>
       <x:c r="U41" s="3" t="n">
-        <x:v>40676</x:v>
+        <x:v>40866</x:v>
       </x:c>
       <x:c r="V41" s="3" t="n">
-        <x:v>37740</x:v>
+        <x:v>37837</x:v>
       </x:c>
       <x:c r="W41" s="3" t="n">
-        <x:v>36334</x:v>
+        <x:v>36431</x:v>
       </x:c>
       <x:c r="X41" s="3" t="n">
-        <x:v>36902</x:v>
+        <x:v>37052</x:v>
       </x:c>
       <x:c r="Y41" s="3" t="n">
-        <x:v>38153</x:v>
+        <x:v>38243</x:v>
       </x:c>
       <x:c r="Z41" s="3" t="n">
-        <x:v>38635</x:v>
+        <x:v>38687</x:v>
       </x:c>
       <x:c r="AA41" s="3" t="n">
-        <x:v>39372</x:v>
+        <x:v>39448</x:v>
       </x:c>
       <x:c r="AB41" s="3" t="n">
-        <x:v>42139</x:v>
+        <x:v>42249</x:v>
       </x:c>
       <x:c r="AC41" s="3" t="n">
-        <x:v>47200</x:v>
+        <x:v>47389</x:v>
       </x:c>
       <x:c r="AD41" s="3" t="n">
-        <x:v>46189</x:v>
+        <x:v>46310</x:v>
       </x:c>
       <x:c r="AE41" s="3" t="n">
-        <x:v>46229</x:v>
+        <x:v>46341</x:v>
       </x:c>
       <x:c r="AF41" s="3" t="n">
-        <x:v>47400</x:v>
+        <x:v>47713</x:v>
       </x:c>
       <x:c r="AG41" s="3" t="n">
-        <x:v>53177</x:v>
+        <x:v>53283</x:v>
       </x:c>
       <x:c r="AH41" s="3" t="n">
-        <x:v>51566</x:v>
+        <x:v>51786</x:v>
       </x:c>
       <x:c r="AI41" s="3" t="n">
-        <x:v>54464</x:v>
+        <x:v>54617</x:v>
       </x:c>
       <x:c r="AJ41" s="3" t="n">
-        <x:v>52648</x:v>
+        <x:v>52778</x:v>
       </x:c>
       <x:c r="AK41" s="3" t="n">
-        <x:v>54659</x:v>
+        <x:v>54776</x:v>
       </x:c>
       <x:c r="AL41" s="3" t="n">
-        <x:v>51650</x:v>
+        <x:v>51894</x:v>
       </x:c>
       <x:c r="AM41" s="3" t="n">
-        <x:v>53048</x:v>
+        <x:v>53269</x:v>
       </x:c>
       <x:c r="AN41" s="3" t="n">
-        <x:v>54445</x:v>
+        <x:v>54993</x:v>
       </x:c>
       <x:c r="AO41" s="3" t="n">
-        <x:v>54471</x:v>
+        <x:v>54494</x:v>
       </x:c>
       <x:c r="AP41" s="3" t="n">
-        <x:v>51981</x:v>
+        <x:v>52260</x:v>
       </x:c>
       <x:c r="AQ41" s="3" t="n">
-        <x:v>53687</x:v>
+        <x:v>53962</x:v>
       </x:c>
       <x:c r="AR41" s="3" t="n">
-        <x:v>52584</x:v>
+        <x:v>53008</x:v>
       </x:c>
       <x:c r="AS41" s="3" t="n">
-        <x:v>57954</x:v>
+        <x:v>58059</x:v>
       </x:c>
       <x:c r="AT41" s="3" t="n">
-        <x:v>52466</x:v>
+        <x:v>52797</x:v>
       </x:c>
       <x:c r="AU41" s="3" t="n">
-        <x:v>58364</x:v>
+        <x:v>58697</x:v>
       </x:c>
       <x:c r="AV41" s="3" t="n">
-        <x:v>57767</x:v>
+        <x:v>58031</x:v>
       </x:c>
       <x:c r="AW41" s="3" t="n">
-        <x:v>66736</x:v>
+        <x:v>67039</x:v>
       </x:c>
       <x:c r="AX41" s="3" t="n">
-        <x:v>58777</x:v>
+        <x:v>59240</x:v>
       </x:c>
       <x:c r="AY41" s="3" t="n">
-        <x:v>62665</x:v>
+        <x:v>62847</x:v>
       </x:c>
       <x:c r="AZ41" s="3" t="n">
-        <x:v>57015</x:v>
+        <x:v>57331</x:v>
       </x:c>
       <x:c r="BA41" s="3" t="n">
-        <x:v>66441</x:v>
+        <x:v>66903</x:v>
       </x:c>
       <x:c r="BB41" s="3" t="n">
-        <x:v>55380</x:v>
+        <x:v>55717</x:v>
       </x:c>
       <x:c r="BC41" s="3" t="n">
-        <x:v>63297</x:v>
+        <x:v>63638</x:v>
       </x:c>
       <x:c r="BD41" s="3" t="n">
-        <x:v>59416</x:v>
+        <x:v>59761</x:v>
       </x:c>
       <x:c r="BE41" s="3" t="n">
-        <x:v>66835</x:v>
+        <x:v>67179</x:v>
       </x:c>
       <x:c r="BF41" s="3" t="n">
-        <x:v>59218</x:v>
+        <x:v>59527</x:v>
       </x:c>
       <x:c r="BG41" s="3" t="n">
-        <x:v>61796</x:v>
+        <x:v>62105</x:v>
       </x:c>
       <x:c r="BH41" s="3" t="n">
-        <x:v>60995</x:v>
+        <x:v>61306</x:v>
       </x:c>
       <x:c r="BI41" s="3" t="n">
-        <x:v>62854</x:v>
+        <x:v>63166</x:v>
       </x:c>
       <x:c r="BJ41" s="3" t="n">
-        <x:v>61560</x:v>
+        <x:v>61828</x:v>
       </x:c>
       <x:c r="BK41" s="3" t="n">
-        <x:v>61377</x:v>
+        <x:v>61647</x:v>
       </x:c>
       <x:c r="BL41" s="3" t="n">
-        <x:v>68000</x:v>
+        <x:v>68273</x:v>
       </x:c>
       <x:c r="BM41" s="3" t="n">
-        <x:v>70449</x:v>
+        <x:v>70723</x:v>
       </x:c>
       <x:c r="BN41" s="3" t="n">
-        <x:v>65351</x:v>
+        <x:v>65728</x:v>
       </x:c>
       <x:c r="BO41" s="3" t="n">
-        <x:v>66520</x:v>
+        <x:v>66901</x:v>
       </x:c>
       <x:c r="BP41" s="3" t="n">
-        <x:v>68482</x:v>
+        <x:v>68867</x:v>
       </x:c>
       <x:c r="BQ41" s="3" t="n">
-        <x:v>76810</x:v>
+        <x:v>77195</x:v>
       </x:c>
       <x:c r="BR41" s="3" t="n">
-        <x:v>71265</x:v>
+        <x:v>71790</x:v>
       </x:c>
       <x:c r="BS41" s="3" t="n">
-        <x:v>72843</x:v>
+        <x:v>73240</x:v>
       </x:c>
       <x:c r="BT41" s="3" t="n">
-        <x:v>73891</x:v>
+        <x:v>74254</x:v>
       </x:c>
       <x:c r="BU41" s="3" t="n">
-        <x:v>77497</x:v>
+        <x:v>77856</x:v>
       </x:c>
       <x:c r="BV41" s="3" t="n">
-        <x:v>75905</x:v>
+        <x:v>76394</x:v>
       </x:c>
       <x:c r="BW41" s="3" t="n">
-        <x:v>77406</x:v>
+        <x:v>77856</x:v>
       </x:c>
       <x:c r="BX41" s="3" t="n">
-        <x:v>81531</x:v>
+        <x:v>81915</x:v>
       </x:c>
       <x:c r="BY41" s="3" t="n">
-        <x:v>89672</x:v>
+        <x:v>90053</x:v>
       </x:c>
       <x:c r="BZ41" s="3" t="n">
-        <x:v>81094</x:v>
+        <x:v>81398</x:v>
       </x:c>
       <x:c r="CA41" s="3" t="n">
-        <x:v>92734</x:v>
+        <x:v>93006</x:v>
       </x:c>
       <x:c r="CB41" s="3" t="n">
-        <x:v>94788</x:v>
+        <x:v>95044</x:v>
       </x:c>
       <x:c r="CC41" s="3" t="n">
-        <x:v>97957</x:v>
+        <x:v>98198</x:v>
       </x:c>
       <x:c r="CD41" s="3" t="n">
-        <x:v>98913</x:v>
+        <x:v>99230</x:v>
       </x:c>
       <x:c r="CE41" s="3" t="n">
-        <x:v>98235</x:v>
+        <x:v>98527</x:v>
       </x:c>
       <x:c r="CF41" s="3" t="n">
-        <x:v>102412</x:v>
+        <x:v>102757</x:v>
       </x:c>
       <x:c r="CG41" s="3" t="n">
-        <x:v>106194</x:v>
+        <x:v>106557</x:v>
       </x:c>
       <x:c r="CH41" s="3" t="n">
-        <x:v>94611</x:v>
+        <x:v>94954</x:v>
       </x:c>
       <x:c r="CI41" s="3" t="n">
-        <x:v>94142</x:v>
+        <x:v>94471</x:v>
       </x:c>
       <x:c r="CJ41" s="3" t="n">
-        <x:v>100902</x:v>
+        <x:v>101251</x:v>
       </x:c>
       <x:c r="CK41" s="3" t="n">
-        <x:v>104470</x:v>
+        <x:v>104832</x:v>
       </x:c>
       <x:c r="CL41" s="3" t="n">
-        <x:v>103598</x:v>
+        <x:v>103995</x:v>
       </x:c>
       <x:c r="CM41" s="3" t="n">
-        <x:v>107224</x:v>
+        <x:v>107617</x:v>
       </x:c>
       <x:c r="CN41" s="3" t="n">
-        <x:v>109837</x:v>
+        <x:v>110229</x:v>
       </x:c>
       <x:c r="CO41" s="3" t="n">
-        <x:v>112458</x:v>
+        <x:v>112883</x:v>
       </x:c>
       <x:c r="CP41" s="3" t="n">
-        <x:v>111299</x:v>
+        <x:v>111804</x:v>
       </x:c>
       <x:c r="CQ41" s="3" t="n">
-        <x:v>110362</x:v>
+        <x:v>110864</x:v>
       </x:c>
       <x:c r="CR41" s="3" t="n">
-        <x:v>109993</x:v>
+        <x:v>110433</x:v>
       </x:c>
       <x:c r="CS41" s="3" t="n">
-        <x:v>109737</x:v>
+        <x:v>110195</x:v>
       </x:c>
       <x:c r="CT41" s="3" t="n">
-        <x:v>99710</x:v>
+        <x:v>100333</x:v>
       </x:c>
       <x:c r="CU41" s="3" t="n">
-        <x:v>110262</x:v>
+        <x:v>110738</x:v>
       </x:c>
       <x:c r="CV41" s="3" t="n">
-        <x:v>105874</x:v>
+        <x:v>106508</x:v>
       </x:c>
       <x:c r="CW41" s="3" t="n">
-        <x:v>107226</x:v>
+        <x:v>107668</x:v>
       </x:c>
       <x:c r="CX41" s="3" t="n">
-        <x:v>102431</x:v>
+        <x:v>102943</x:v>
       </x:c>
       <x:c r="CY41" s="3" t="n">
-        <x:v>105064</x:v>
+        <x:v>105566</x:v>
       </x:c>
       <x:c r="CZ41" s="3" t="n">
-        <x:v>111677</x:v>
+        <x:v>112212</x:v>
       </x:c>
       <x:c r="DA41" s="3" t="n">
-        <x:v>113624</x:v>
+        <x:v>114217</x:v>
       </x:c>
       <x:c r="DB41" s="3" t="n">
-        <x:v>114302</x:v>
+        <x:v>114856</x:v>
       </x:c>
       <x:c r="DC41" s="3" t="n">
-        <x:v>119371</x:v>
+        <x:v>120068</x:v>
       </x:c>
       <x:c r="DD41" s="3" t="n">
-        <x:v>128320</x:v>
+        <x:v>128916</x:v>
       </x:c>
       <x:c r="DE41" s="3" t="n">
-        <x:v>130846</x:v>
+        <x:v>131377</x:v>
       </x:c>
       <x:c r="DF41" s="3" t="n">
-        <x:v>119037</x:v>
+        <x:v>119507</x:v>
       </x:c>
       <x:c r="DG41" s="3" t="n">
-        <x:v>135602</x:v>
+        <x:v>136178</x:v>
       </x:c>
       <x:c r="DH41" s="3" t="n">
-        <x:v>140987</x:v>
+        <x:v>141354</x:v>
       </x:c>
       <x:c r="DI41" s="3" t="n">
-        <x:v>144121</x:v>
+        <x:v>144776</x:v>
       </x:c>
       <x:c r="DJ41" s="3" t="n">
-        <x:v>136960</x:v>
+        <x:v>137502</x:v>
       </x:c>
       <x:c r="DK41" s="3" t="n">
-        <x:v>147718</x:v>
+        <x:v>147932</x:v>
       </x:c>
       <x:c r="DL41" s="3" t="n">
-        <x:v>153678</x:v>
+        <x:v>154092</x:v>
       </x:c>
       <x:c r="DM41" s="3" t="n">
-        <x:v>165086</x:v>
+        <x:v>166034</x:v>
       </x:c>
       <x:c r="DN41" s="3" t="n">
-        <x:v>160202</x:v>
+        <x:v>160564</x:v>
       </x:c>
       <x:c r="DO41" s="3" t="n">
-        <x:v>168870</x:v>
+        <x:v>169177</x:v>
       </x:c>
       <x:c r="DP41" s="3" t="n">
-        <x:v>172142</x:v>
+        <x:v>172529</x:v>
       </x:c>
       <x:c r="DQ41" s="3" t="n">
-        <x:v>182869</x:v>
+        <x:v>183216</x:v>
       </x:c>
       <x:c r="DR41" s="3" t="n">
-        <x:v>172834</x:v>
+        <x:v>173093</x:v>
       </x:c>
       <x:c r="DS41" s="3" t="n">
-        <x:v>187389</x:v>
+        <x:v>187841</x:v>
       </x:c>
       <x:c r="DT41" s="3" t="n">
-        <x:v>192487</x:v>
+        <x:v>192928</x:v>
       </x:c>
       <x:c r="DU41" s="3" t="n">
-        <x:v>196360</x:v>
+        <x:v>196921</x:v>
       </x:c>
       <x:c r="DV41" s="3" t="n">
-        <x:v>163160</x:v>
+        <x:v>163285</x:v>
       </x:c>
       <x:c r="DW41" s="3" t="n">
-        <x:v>167249</x:v>
+        <x:v>167338</x:v>
       </x:c>
       <x:c r="DX41" s="3" t="n">
-        <x:v>173997</x:v>
+        <x:v>174141</x:v>
       </x:c>
       <x:c r="DY41" s="3" t="n">
-        <x:v>170276</x:v>
+        <x:v>170442</x:v>
       </x:c>
       <x:c r="DZ41" s="3" t="n">
-        <x:v>166869</x:v>
+        <x:v>167201</x:v>
       </x:c>
       <x:c r="EA41" s="3" t="n">
-        <x:v>185706</x:v>
+        <x:v>185714</x:v>
       </x:c>
       <x:c r="EB41" s="3" t="n">
-        <x:v>188788</x:v>
+        <x:v>189096</x:v>
       </x:c>
       <x:c r="EC41" s="3" t="n">
-        <x:v>190459</x:v>
+        <x:v>190460</x:v>
       </x:c>
       <x:c r="ED41" s="3" t="n">
-        <x:v>195356</x:v>
+        <x:v>195285</x:v>
       </x:c>
       <x:c r="EE41" s="3" t="n">
-        <x:v>188499</x:v>
+        <x:v>188202</x:v>
       </x:c>
       <x:c r="EF41" s="3" t="n">
-        <x:v>195956</x:v>
+        <x:v>195831</x:v>
       </x:c>
       <x:c r="EG41" s="3" t="n">
-        <x:v>205212</x:v>
+        <x:v>205573</x:v>
       </x:c>
       <x:c r="EH41" s="3" t="n">
-        <x:v>191811</x:v>
+        <x:v>192907</x:v>
       </x:c>
       <x:c r="EI41" s="3" t="n">
-        <x:v>204457</x:v>
+        <x:v>205281</x:v>
       </x:c>
       <x:c r="EJ41" s="3" t="n">
-        <x:v>207976</x:v>
+        <x:v>208512</x:v>
       </x:c>
       <x:c r="EK41" s="3" t="n">
-        <x:v>207496</x:v>
+        <x:v>207935</x:v>
       </x:c>
       <x:c r="EL41" s="3" t="n">
-        <x:v>196185</x:v>
+        <x:v>197169</x:v>
       </x:c>
       <x:c r="EM41" s="3" t="n">
-        <x:v>216377</x:v>
+        <x:v>217790</x:v>
       </x:c>
       <x:c r="EN41" s="3" t="n">
-        <x:v>228377</x:v>
+        <x:v>229462</x:v>
       </x:c>
       <x:c r="EO41" s="3" t="n">
-        <x:v>227800</x:v>
+        <x:v>228390</x:v>
       </x:c>
       <x:c r="EP41" s="3" t="n">
-        <x:v>217057</x:v>
+        <x:v>218210</x:v>
       </x:c>
       <x:c r="EQ41" s="3" t="n">
-        <x:v>226983</x:v>
+        <x:v>228601</x:v>
       </x:c>
       <x:c r="ER41" s="3" t="n">
-        <x:v>246054</x:v>
+        <x:v>246984</x:v>
       </x:c>
       <x:c r="ES41" s="3" t="n">
-        <x:v>239775</x:v>
+        <x:v>241275</x:v>
       </x:c>
       <x:c r="ET41" s="3" t="n">
-        <x:v>239619</x:v>
+        <x:v>241405</x:v>
       </x:c>
       <x:c r="EU41" s="3" t="n">
-        <x:v>245608</x:v>
+        <x:v>246966</x:v>
       </x:c>
       <x:c r="EV41" s="3" t="n">
-        <x:v>253534</x:v>
+        <x:v>255102</x:v>
       </x:c>
       <x:c r="EW41" s="3" t="n">
-        <x:v>258412</x:v>
+        <x:v>259953</x:v>
       </x:c>
       <x:c r="EX41" s="3" t="n">
-        <x:v>242982</x:v>
+        <x:v>244559</x:v>
       </x:c>
       <x:c r="EY41" s="3" t="n">
-        <x:v>262160</x:v>
+        <x:v>263107</x:v>
       </x:c>
       <x:c r="EZ41" s="3" t="n">
-        <x:v>263261</x:v>
+        <x:v>264276</x:v>
       </x:c>
       <x:c r="FA41" s="3" t="n">
-        <x:v>265456</x:v>
+        <x:v>266532</x:v>
       </x:c>
       <x:c r="FB41" s="3" t="n">
-        <x:v>253453</x:v>
+        <x:v>254903</x:v>
       </x:c>
       <x:c r="FC41" s="3" t="n">
-        <x:v>270195</x:v>
+        <x:v>271310</x:v>
       </x:c>
       <x:c r="FD41" s="3" t="n">
-        <x:v>267293</x:v>
+        <x:v>268076</x:v>
       </x:c>
       <x:c r="FE41" s="3" t="n">
-        <x:v>284964</x:v>
+        <x:v>285881</x:v>
       </x:c>
       <x:c r="FF41" s="3" t="n">
-        <x:v>259870</x:v>
+        <x:v>261522</x:v>
       </x:c>
       <x:c r="FG41" s="3" t="n">
-        <x:v>292303</x:v>
+        <x:v>293383</x:v>
       </x:c>
       <x:c r="FH41" s="3" t="n">
-        <x:v>289530</x:v>
+        <x:v>290402</x:v>
       </x:c>
       <x:c r="FI41" s="3" t="n">
-        <x:v>295012</x:v>
+        <x:v>296101</x:v>
       </x:c>
       <x:c r="FJ41" s="3" t="n">
-        <x:v>287653</x:v>
+        <x:v>289775</x:v>
       </x:c>
       <x:c r="FK41" s="3" t="n">
-        <x:v>310305</x:v>
+        <x:v>311906</x:v>
       </x:c>
       <x:c r="FL41" s="3" t="n">
-        <x:v>316005</x:v>
+        <x:v>317544</x:v>
       </x:c>
       <x:c r="FM41" s="3" t="n">
-        <x:v>318164</x:v>
+        <x:v>319696</x:v>
       </x:c>
       <x:c r="FN41" s="3" t="n">
-        <x:v>304252</x:v>
+        <x:v>306006</x:v>
       </x:c>
       <x:c r="FO41" s="3" t="n">
-        <x:v>264688</x:v>
+        <x:v>265744</x:v>
       </x:c>
       <x:c r="FP41" s="3" t="n">
-        <x:v>280181</x:v>
+        <x:v>281207</x:v>
       </x:c>
       <x:c r="FQ41" s="3" t="n">
-        <x:v>298171</x:v>
+        <x:v>299550</x:v>
       </x:c>
       <x:c r="FR41" s="3" t="n">
-        <x:v>263785</x:v>
+        <x:v>265345</x:v>
       </x:c>
       <x:c r="FS41" s="3" t="n">
-        <x:v>295436</x:v>
+        <x:v>296517</x:v>
       </x:c>
       <x:c r="FT41" s="3" t="n">
-        <x:v>313142</x:v>
+        <x:v>314357</x:v>
       </x:c>
       <x:c r="FU41" s="3" t="n">
-        <x:v>346398</x:v>
+        <x:v>347909</x:v>
       </x:c>
       <x:c r="FV41" s="3" t="n">
-        <x:v>333971</x:v>
+        <x:v>335067</x:v>
       </x:c>
       <x:c r="FW41" s="3" t="n">
-        <x:v>383067</x:v>
+        <x:v>385880</x:v>
       </x:c>
       <x:c r="FX41" s="3" t="n">
-        <x:v>409540</x:v>
+        <x:v>411599</x:v>
       </x:c>
       <x:c r="FY41" s="3" t="n">
-        <x:v>427593</x:v>
+        <x:v>430864</x:v>
       </x:c>
       <x:c r="FZ41" s="3" t="n">
-        <x:v>394218</x:v>
+        <x:v>391141</x:v>
       </x:c>
       <x:c r="GA41" s="3" t="n">
-        <x:v>426933</x:v>
+        <x:v>422727</x:v>
       </x:c>
       <x:c r="GB41" s="3" t="n">
-        <x:v>408632</x:v>
+        <x:v>405621</x:v>
       </x:c>
       <x:c r="GC41" s="3" t="n">
-        <x:v>425762</x:v>
+        <x:v>424824</x:v>
       </x:c>
       <x:c r="GD41" s="3" t="n">
-        <x:v>389413</x:v>
+        <x:v>393229</x:v>
       </x:c>
       <x:c r="GE41" s="3" t="n">
-        <x:v>451687</x:v>
+        <x:v>452571</x:v>
       </x:c>
       <x:c r="GF41" s="3" t="n">
-        <x:v>455329</x:v>
+        <x:v>462778</x:v>
       </x:c>
       <x:c r="GG41" s="3" t="n">
-        <x:v>463754</x:v>
+        <x:v>469081</x:v>
       </x:c>
       <x:c r="GH41" s="3" t="n">
-        <x:v>425173</x:v>
+        <x:v>433996</x:v>
       </x:c>
       <x:c r="GI41" s="3" t="n">
-        <x:v>447161</x:v>
+        <x:v>457854</x:v>
+      </x:c>
+      <x:c r="GJ41" s="3" t="n">
+        <x:v>465327</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:191">
+    <x:row r="42" spans="1:192">
       <x:c r="A42" s="2" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>13330</x:v>
       </x:c>
       <x:c r="C42" s="3" t="n">
         <x:v>12895</x:v>
       </x:c>
       <x:c r="D42" s="3" t="n">
         <x:v>11114</x:v>
       </x:c>
       <x:c r="E42" s="3" t="n">
         <x:v>13183</x:v>
       </x:c>
       <x:c r="F42" s="3" t="n">
         <x:v>13465</x:v>
       </x:c>
       <x:c r="G42" s="3" t="n">
         <x:v>14309</x:v>
       </x:c>
       <x:c r="H42" s="3" t="n">
         <x:v>13703</x:v>
       </x:c>
       <x:c r="I42" s="3" t="n">
         <x:v>17131</x:v>
       </x:c>
@@ -23617,95 +23734,98 @@
       <x:c r="FN42" s="3" t="n">
         <x:v>179522</x:v>
       </x:c>
       <x:c r="FO42" s="3" t="n">
         <x:v>173096</x:v>
       </x:c>
       <x:c r="FP42" s="3" t="n">
         <x:v>184855</x:v>
       </x:c>
       <x:c r="FQ42" s="3" t="n">
         <x:v>199559</x:v>
       </x:c>
       <x:c r="FR42" s="3" t="n">
         <x:v>180984</x:v>
       </x:c>
       <x:c r="FS42" s="3" t="n">
         <x:v>206500</x:v>
       </x:c>
       <x:c r="FT42" s="3" t="n">
         <x:v>205424</x:v>
       </x:c>
       <x:c r="FU42" s="3" t="n">
         <x:v>222527</x:v>
       </x:c>
       <x:c r="FV42" s="3" t="n">
-        <x:v>220814</x:v>
+        <x:v>220624</x:v>
       </x:c>
       <x:c r="FW42" s="3" t="n">
-        <x:v>246069</x:v>
+        <x:v>245702</x:v>
       </x:c>
       <x:c r="FX42" s="3" t="n">
-        <x:v>259827</x:v>
+        <x:v>259537</x:v>
       </x:c>
       <x:c r="FY42" s="3" t="n">
-        <x:v>277051</x:v>
+        <x:v>276702</x:v>
       </x:c>
       <x:c r="FZ42" s="3" t="n">
-        <x:v>248482</x:v>
+        <x:v>249091</x:v>
       </x:c>
       <x:c r="GA42" s="3" t="n">
-        <x:v>255071</x:v>
+        <x:v>255802</x:v>
       </x:c>
       <x:c r="GB42" s="3" t="n">
-        <x:v>234178</x:v>
+        <x:v>235021</x:v>
       </x:c>
       <x:c r="GC42" s="3" t="n">
-        <x:v>254676</x:v>
+        <x:v>255538</x:v>
       </x:c>
       <x:c r="GD42" s="3" t="n">
-        <x:v>231774</x:v>
+        <x:v>229820</x:v>
       </x:c>
       <x:c r="GE42" s="3" t="n">
-        <x:v>273252</x:v>
+        <x:v>269097</x:v>
       </x:c>
       <x:c r="GF42" s="3" t="n">
-        <x:v>261311</x:v>
+        <x:v>259403</x:v>
       </x:c>
       <x:c r="GG42" s="3" t="n">
-        <x:v>270814</x:v>
+        <x:v>268057</x:v>
       </x:c>
       <x:c r="GH42" s="3" t="n">
-        <x:v>256283</x:v>
+        <x:v>256977</x:v>
       </x:c>
       <x:c r="GI42" s="3" t="n">
-        <x:v>269562</x:v>
+        <x:v>267403</x:v>
+      </x:c>
+      <x:c r="GJ42" s="3" t="n">
+        <x:v>264415</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:191">
+    <x:row r="43" spans="1:192">
       <x:c r="A43" s="2" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
         <x:v>1372</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>1495</x:v>
       </x:c>
       <x:c r="D43" s="3" t="n">
         <x:v>1261</x:v>
       </x:c>
       <x:c r="E43" s="3" t="n">
         <x:v>1767</x:v>
       </x:c>
       <x:c r="F43" s="3" t="n">
         <x:v>1318</x:v>
       </x:c>
       <x:c r="G43" s="3" t="n">
         <x:v>1799</x:v>
       </x:c>
       <x:c r="H43" s="3" t="n">
         <x:v>1931</x:v>
       </x:c>
       <x:c r="I43" s="3" t="n">
         <x:v>2613</x:v>
       </x:c>
@@ -24204,83 +24324,86 @@
       <x:c r="FR43" s="3" t="n">
         <x:v>5083</x:v>
       </x:c>
       <x:c r="FS43" s="3" t="n">
         <x:v>6322</x:v>
       </x:c>
       <x:c r="FT43" s="3" t="n">
         <x:v>3727</x:v>
       </x:c>
       <x:c r="FU43" s="3" t="n">
         <x:v>4506</x:v>
       </x:c>
       <x:c r="FV43" s="3" t="n">
         <x:v>4642</x:v>
       </x:c>
       <x:c r="FW43" s="3" t="n">
         <x:v>6824</x:v>
       </x:c>
       <x:c r="FX43" s="3" t="n">
         <x:v>6612</x:v>
       </x:c>
       <x:c r="FY43" s="3" t="n">
         <x:v>7895</x:v>
       </x:c>
       <x:c r="FZ43" s="3" t="n">
-        <x:v>7487</x:v>
+        <x:v>7467</x:v>
       </x:c>
       <x:c r="GA43" s="3" t="n">
-        <x:v>5533</x:v>
+        <x:v>5515</x:v>
       </x:c>
       <x:c r="GB43" s="3" t="n">
-        <x:v>6828</x:v>
+        <x:v>6808</x:v>
       </x:c>
       <x:c r="GC43" s="3" t="n">
-        <x:v>6667</x:v>
+        <x:v>6650</x:v>
       </x:c>
       <x:c r="GD43" s="3" t="n">
         <x:v>4555</x:v>
       </x:c>
       <x:c r="GE43" s="3" t="n">
         <x:v>3913</x:v>
       </x:c>
       <x:c r="GF43" s="3" t="n">
         <x:v>7789</x:v>
       </x:c>
       <x:c r="GG43" s="3" t="n">
         <x:v>4487</x:v>
       </x:c>
       <x:c r="GH43" s="3" t="n">
-        <x:v>5565</x:v>
+        <x:v>5552</x:v>
       </x:c>
       <x:c r="GI43" s="3" t="n">
-        <x:v>3934</x:v>
+        <x:v>3897</x:v>
+      </x:c>
+      <x:c r="GJ43" s="3" t="n">
+        <x:v>5106</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:191">
+    <x:row r="44" spans="1:192">
       <x:c r="A44" s="2" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
         <x:v>1233</x:v>
       </x:c>
       <x:c r="C44" s="3" t="n">
         <x:v>2412</x:v>
       </x:c>
       <x:c r="D44" s="3" t="n">
         <x:v>549</x:v>
       </x:c>
       <x:c r="E44" s="3" t="n">
         <x:v>1349</x:v>
       </x:c>
       <x:c r="F44" s="3" t="n">
         <x:v>1118</x:v>
       </x:c>
       <x:c r="G44" s="3" t="n">
         <x:v>1390</x:v>
       </x:c>
       <x:c r="H44" s="3" t="n">
         <x:v>1785</x:v>
       </x:c>
       <x:c r="I44" s="3" t="n">
         <x:v>956</x:v>
       </x:c>
@@ -24767,1820 +24890,1832 @@
       <x:c r="FN44" s="3" t="n">
         <x:v>12356</x:v>
       </x:c>
       <x:c r="FO44" s="3" t="n">
         <x:v>11951</x:v>
       </x:c>
       <x:c r="FP44" s="3" t="n">
         <x:v>11472</x:v>
       </x:c>
       <x:c r="FQ44" s="3" t="n">
         <x:v>8339</x:v>
       </x:c>
       <x:c r="FR44" s="3" t="n">
         <x:v>6800</x:v>
       </x:c>
       <x:c r="FS44" s="3" t="n">
         <x:v>7214</x:v>
       </x:c>
       <x:c r="FT44" s="3" t="n">
         <x:v>11621</x:v>
       </x:c>
       <x:c r="FU44" s="3" t="n">
         <x:v>11830</x:v>
       </x:c>
       <x:c r="FV44" s="3" t="n">
-        <x:v>9118</x:v>
+        <x:v>8793</x:v>
       </x:c>
       <x:c r="FW44" s="3" t="n">
-        <x:v>5417</x:v>
+        <x:v>5472</x:v>
       </x:c>
       <x:c r="FX44" s="3" t="n">
-        <x:v>5764</x:v>
+        <x:v>5612</x:v>
       </x:c>
       <x:c r="FY44" s="3" t="n">
-        <x:v>7500</x:v>
+        <x:v>7922</x:v>
       </x:c>
       <x:c r="FZ44" s="3" t="n">
-        <x:v>5653</x:v>
+        <x:v>5873</x:v>
       </x:c>
       <x:c r="GA44" s="3" t="n">
-        <x:v>11110</x:v>
+        <x:v>10265</x:v>
       </x:c>
       <x:c r="GB44" s="3" t="n">
-        <x:v>7567</x:v>
+        <x:v>8016</x:v>
       </x:c>
       <x:c r="GC44" s="3" t="n">
-        <x:v>6881</x:v>
+        <x:v>7580</x:v>
       </x:c>
       <x:c r="GD44" s="3" t="n">
         <x:v>5406</x:v>
       </x:c>
       <x:c r="GE44" s="3" t="n">
         <x:v>6950</x:v>
       </x:c>
       <x:c r="GF44" s="3" t="n">
         <x:v>9835</x:v>
       </x:c>
       <x:c r="GG44" s="3" t="n">
         <x:v>18972</x:v>
       </x:c>
       <x:c r="GH44" s="3" t="n">
-        <x:v>7078</x:v>
+        <x:v>7205</x:v>
       </x:c>
       <x:c r="GI44" s="3" t="n">
-        <x:v>7800</x:v>
+        <x:v>7267</x:v>
+      </x:c>
+      <x:c r="GJ44" s="3" t="n">
+        <x:v>4571</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:191">
+    <x:row r="45" spans="1:192">
       <x:c r="A45" s="2" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>5387</x:v>
+        <x:v>5455</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>5993</x:v>
+        <x:v>6060</x:v>
       </x:c>
       <x:c r="D45" s="3" t="n">
-        <x:v>6550</x:v>
+        <x:v>6617</x:v>
       </x:c>
       <x:c r="E45" s="3" t="n">
-        <x:v>6174</x:v>
+        <x:v>6241</x:v>
       </x:c>
       <x:c r="F45" s="3" t="n">
-        <x:v>5785</x:v>
+        <x:v>5854</x:v>
       </x:c>
       <x:c r="G45" s="3" t="n">
-        <x:v>6529</x:v>
+        <x:v>6598</x:v>
       </x:c>
       <x:c r="H45" s="3" t="n">
-        <x:v>6984</x:v>
+        <x:v>7053</x:v>
       </x:c>
       <x:c r="I45" s="3" t="n">
-        <x:v>7092</x:v>
+        <x:v>7161</x:v>
       </x:c>
       <x:c r="J45" s="3" t="n">
-        <x:v>6711</x:v>
+        <x:v>6794</x:v>
       </x:c>
       <x:c r="K45" s="3" t="n">
-        <x:v>7322</x:v>
+        <x:v>7413</x:v>
       </x:c>
       <x:c r="L45" s="3" t="n">
-        <x:v>7265</x:v>
+        <x:v>7355</x:v>
       </x:c>
       <x:c r="M45" s="3" t="n">
-        <x:v>7271</x:v>
+        <x:v>7371</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>7128</x:v>
+        <x:v>7193</x:v>
       </x:c>
       <x:c r="O45" s="3" t="n">
-        <x:v>8320</x:v>
+        <x:v>8394</x:v>
       </x:c>
       <x:c r="P45" s="3" t="n">
-        <x:v>9479</x:v>
+        <x:v>9568</x:v>
       </x:c>
       <x:c r="Q45" s="3" t="n">
-        <x:v>9989</x:v>
+        <x:v>10132</x:v>
       </x:c>
       <x:c r="R45" s="3" t="n">
-        <x:v>8186</x:v>
+        <x:v>8252</x:v>
       </x:c>
       <x:c r="S45" s="3" t="n">
-        <x:v>9105</x:v>
+        <x:v>9168</x:v>
       </x:c>
       <x:c r="T45" s="3" t="n">
-        <x:v>10134</x:v>
+        <x:v>10191</x:v>
       </x:c>
       <x:c r="U45" s="3" t="n">
-        <x:v>12547</x:v>
+        <x:v>12737</x:v>
       </x:c>
       <x:c r="V45" s="3" t="n">
-        <x:v>10609</x:v>
+        <x:v>10706</x:v>
       </x:c>
       <x:c r="W45" s="3" t="n">
-        <x:v>10569</x:v>
+        <x:v>10666</x:v>
       </x:c>
       <x:c r="X45" s="3" t="n">
-        <x:v>13597</x:v>
+        <x:v>13747</x:v>
       </x:c>
       <x:c r="Y45" s="3" t="n">
-        <x:v>10623</x:v>
+        <x:v>10712</x:v>
       </x:c>
       <x:c r="Z45" s="3" t="n">
-        <x:v>8916</x:v>
+        <x:v>8967</x:v>
       </x:c>
       <x:c r="AA45" s="3" t="n">
-        <x:v>11318</x:v>
+        <x:v>11394</x:v>
       </x:c>
       <x:c r="AB45" s="3" t="n">
-        <x:v>13836</x:v>
+        <x:v>13946</x:v>
       </x:c>
       <x:c r="AC45" s="3" t="n">
-        <x:v>15664</x:v>
+        <x:v>15853</x:v>
       </x:c>
       <x:c r="AD45" s="3" t="n">
-        <x:v>13079</x:v>
+        <x:v>13199</x:v>
       </x:c>
       <x:c r="AE45" s="3" t="n">
-        <x:v>13649</x:v>
+        <x:v>13761</x:v>
       </x:c>
       <x:c r="AF45" s="3" t="n">
-        <x:v>15264</x:v>
+        <x:v>15576</x:v>
       </x:c>
       <x:c r="AG45" s="3" t="n">
-        <x:v>14328</x:v>
+        <x:v>14435</x:v>
       </x:c>
       <x:c r="AH45" s="3" t="n">
-        <x:v>14081</x:v>
+        <x:v>14300</x:v>
       </x:c>
       <x:c r="AI45" s="3" t="n">
-        <x:v>14307</x:v>
+        <x:v>14460</x:v>
       </x:c>
       <x:c r="AJ45" s="3" t="n">
-        <x:v>16850</x:v>
+        <x:v>16980</x:v>
       </x:c>
       <x:c r="AK45" s="3" t="n">
-        <x:v>14841</x:v>
+        <x:v>14957</x:v>
       </x:c>
       <x:c r="AL45" s="3" t="n">
-        <x:v>14541</x:v>
+        <x:v>14784</x:v>
       </x:c>
       <x:c r="AM45" s="3" t="n">
-        <x:v>15646</x:v>
+        <x:v>15867</x:v>
       </x:c>
       <x:c r="AN45" s="3" t="n">
-        <x:v>18490</x:v>
+        <x:v>19038</x:v>
       </x:c>
       <x:c r="AO45" s="3" t="n">
-        <x:v>13872</x:v>
+        <x:v>13894</x:v>
       </x:c>
       <x:c r="AP45" s="3" t="n">
-        <x:v>14608</x:v>
+        <x:v>14887</x:v>
       </x:c>
       <x:c r="AQ45" s="3" t="n">
-        <x:v>15897</x:v>
+        <x:v>16172</x:v>
       </x:c>
       <x:c r="AR45" s="3" t="n">
-        <x:v>18455</x:v>
+        <x:v>18878</x:v>
       </x:c>
       <x:c r="AS45" s="3" t="n">
-        <x:v>14903</x:v>
+        <x:v>15008</x:v>
       </x:c>
       <x:c r="AT45" s="3" t="n">
-        <x:v>15849</x:v>
+        <x:v>16179</x:v>
       </x:c>
       <x:c r="AU45" s="3" t="n">
-        <x:v>17373</x:v>
+        <x:v>17706</x:v>
       </x:c>
       <x:c r="AV45" s="3" t="n">
-        <x:v>18950</x:v>
+        <x:v>19214</x:v>
       </x:c>
       <x:c r="AW45" s="3" t="n">
-        <x:v>17716</x:v>
+        <x:v>18019</x:v>
       </x:c>
       <x:c r="AX45" s="3" t="n">
-        <x:v>16966</x:v>
+        <x:v>17429</x:v>
       </x:c>
       <x:c r="AY45" s="3" t="n">
-        <x:v>17201</x:v>
+        <x:v>17383</x:v>
       </x:c>
       <x:c r="AZ45" s="3" t="n">
-        <x:v>19109</x:v>
+        <x:v>19425</x:v>
       </x:c>
       <x:c r="BA45" s="3" t="n">
-        <x:v>18355</x:v>
+        <x:v>18817</x:v>
       </x:c>
       <x:c r="BB45" s="3" t="n">
-        <x:v>16830</x:v>
+        <x:v>17168</x:v>
       </x:c>
       <x:c r="BC45" s="3" t="n">
-        <x:v>18805</x:v>
+        <x:v>19146</x:v>
       </x:c>
       <x:c r="BD45" s="3" t="n">
-        <x:v>21502</x:v>
+        <x:v>21847</x:v>
       </x:c>
       <x:c r="BE45" s="3" t="n">
-        <x:v>20498</x:v>
+        <x:v>20843</x:v>
       </x:c>
       <x:c r="BF45" s="3" t="n">
-        <x:v>18465</x:v>
+        <x:v>18774</x:v>
       </x:c>
       <x:c r="BG45" s="3" t="n">
-        <x:v>21103</x:v>
+        <x:v>21411</x:v>
       </x:c>
       <x:c r="BH45" s="3" t="n">
-        <x:v>22621</x:v>
+        <x:v>22932</x:v>
       </x:c>
       <x:c r="BI45" s="3" t="n">
-        <x:v>20074</x:v>
+        <x:v>20386</x:v>
       </x:c>
       <x:c r="BJ45" s="3" t="n">
-        <x:v>19697</x:v>
+        <x:v>19965</x:v>
       </x:c>
       <x:c r="BK45" s="3" t="n">
-        <x:v>21204</x:v>
+        <x:v>21475</x:v>
       </x:c>
       <x:c r="BL45" s="3" t="n">
-        <x:v>25006</x:v>
+        <x:v>25279</x:v>
       </x:c>
       <x:c r="BM45" s="3" t="n">
-        <x:v>21624</x:v>
+        <x:v>21897</x:v>
       </x:c>
       <x:c r="BN45" s="3" t="n">
-        <x:v>19115</x:v>
+        <x:v>19492</x:v>
       </x:c>
       <x:c r="BO45" s="3" t="n">
-        <x:v>20110</x:v>
+        <x:v>20490</x:v>
       </x:c>
       <x:c r="BP45" s="3" t="n">
-        <x:v>22464</x:v>
+        <x:v>22849</x:v>
       </x:c>
       <x:c r="BQ45" s="3" t="n">
-        <x:v>25945</x:v>
+        <x:v>26330</x:v>
       </x:c>
       <x:c r="BR45" s="3" t="n">
-        <x:v>19856</x:v>
+        <x:v>20381</x:v>
       </x:c>
       <x:c r="BS45" s="3" t="n">
-        <x:v>21662</x:v>
+        <x:v>22058</x:v>
       </x:c>
       <x:c r="BT45" s="3" t="n">
-        <x:v>23950</x:v>
+        <x:v>24313</x:v>
       </x:c>
       <x:c r="BU45" s="3" t="n">
-        <x:v>21542</x:v>
+        <x:v>21901</x:v>
       </x:c>
       <x:c r="BV45" s="3" t="n">
-        <x:v>19840</x:v>
+        <x:v>20328</x:v>
       </x:c>
       <x:c r="BW45" s="3" t="n">
-        <x:v>21204</x:v>
+        <x:v>21654</x:v>
       </x:c>
       <x:c r="BX45" s="3" t="n">
-        <x:v>25454</x:v>
+        <x:v>25837</x:v>
       </x:c>
       <x:c r="BY45" s="3" t="n">
-        <x:v>24239</x:v>
+        <x:v>24620</x:v>
       </x:c>
       <x:c r="BZ45" s="3" t="n">
-        <x:v>21935</x:v>
+        <x:v>22240</x:v>
       </x:c>
       <x:c r="CA45" s="3" t="n">
-        <x:v>26861</x:v>
+        <x:v>27133</x:v>
       </x:c>
       <x:c r="CB45" s="3" t="n">
-        <x:v>30993</x:v>
+        <x:v>31249</x:v>
       </x:c>
       <x:c r="CC45" s="3" t="n">
-        <x:v>28680</x:v>
+        <x:v>28921</x:v>
       </x:c>
       <x:c r="CD45" s="3" t="n">
-        <x:v>26655</x:v>
+        <x:v>26973</x:v>
       </x:c>
       <x:c r="CE45" s="3" t="n">
-        <x:v>28999</x:v>
+        <x:v>29291</x:v>
       </x:c>
       <x:c r="CF45" s="3" t="n">
-        <x:v>32882</x:v>
+        <x:v>33227</x:v>
       </x:c>
       <x:c r="CG45" s="3" t="n">
-        <x:v>30646</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="CH45" s="3" t="n">
-        <x:v>28624</x:v>
+        <x:v>28966</x:v>
       </x:c>
       <x:c r="CI45" s="3" t="n">
-        <x:v>30123</x:v>
+        <x:v>30452</x:v>
       </x:c>
       <x:c r="CJ45" s="3" t="n">
-        <x:v>35312</x:v>
+        <x:v>35662</x:v>
       </x:c>
       <x:c r="CK45" s="3" t="n">
-        <x:v>31740</x:v>
+        <x:v>32103</x:v>
       </x:c>
       <x:c r="CL45" s="3" t="n">
-        <x:v>30310</x:v>
+        <x:v>30707</x:v>
       </x:c>
       <x:c r="CM45" s="3" t="n">
-        <x:v>35049</x:v>
+        <x:v>35441</x:v>
       </x:c>
       <x:c r="CN45" s="3" t="n">
-        <x:v>38048</x:v>
+        <x:v>38439</x:v>
       </x:c>
       <x:c r="CO45" s="3" t="n">
-        <x:v>36493</x:v>
+        <x:v>36919</x:v>
       </x:c>
       <x:c r="CP45" s="3" t="n">
-        <x:v>35262</x:v>
+        <x:v>35768</x:v>
       </x:c>
       <x:c r="CQ45" s="3" t="n">
-        <x:v>37928</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="CR45" s="3" t="n">
-        <x:v>40666</x:v>
+        <x:v>41106</x:v>
       </x:c>
       <x:c r="CS45" s="3" t="n">
-        <x:v>35848</x:v>
+        <x:v>36306</x:v>
       </x:c>
       <x:c r="CT45" s="3" t="n">
-        <x:v>33824</x:v>
+        <x:v>34447</x:v>
       </x:c>
       <x:c r="CU45" s="3" t="n">
-        <x:v>36757</x:v>
+        <x:v>37233</x:v>
       </x:c>
       <x:c r="CV45" s="3" t="n">
-        <x:v>41131</x:v>
+        <x:v>41766</x:v>
       </x:c>
       <x:c r="CW45" s="3" t="n">
-        <x:v>35716</x:v>
+        <x:v>36159</x:v>
       </x:c>
       <x:c r="CX45" s="3" t="n">
-        <x:v>32463</x:v>
+        <x:v>32974</x:v>
       </x:c>
       <x:c r="CY45" s="3" t="n">
-        <x:v>36052</x:v>
+        <x:v>36554</x:v>
       </x:c>
       <x:c r="CZ45" s="3" t="n">
-        <x:v>42391</x:v>
+        <x:v>42927</x:v>
       </x:c>
       <x:c r="DA45" s="3" t="n">
-        <x:v>37973</x:v>
+        <x:v>38566</x:v>
       </x:c>
       <x:c r="DB45" s="3" t="n">
-        <x:v>36546</x:v>
+        <x:v>37100</x:v>
       </x:c>
       <x:c r="DC45" s="3" t="n">
-        <x:v>38938</x:v>
+        <x:v>39636</x:v>
       </x:c>
       <x:c r="DD45" s="3" t="n">
-        <x:v>46301</x:v>
+        <x:v>46896</x:v>
       </x:c>
       <x:c r="DE45" s="3" t="n">
-        <x:v>42622</x:v>
+        <x:v>43153</x:v>
       </x:c>
       <x:c r="DF45" s="3" t="n">
-        <x:v>38915</x:v>
+        <x:v>39384</x:v>
       </x:c>
       <x:c r="DG45" s="3" t="n">
-        <x:v>44934</x:v>
+        <x:v>45510</x:v>
       </x:c>
       <x:c r="DH45" s="3" t="n">
-        <x:v>51491</x:v>
+        <x:v>51859</x:v>
       </x:c>
       <x:c r="DI45" s="3" t="n">
-        <x:v>47304</x:v>
+        <x:v>47960</x:v>
       </x:c>
       <x:c r="DJ45" s="3" t="n">
-        <x:v>40380</x:v>
+        <x:v>40922</x:v>
       </x:c>
       <x:c r="DK45" s="3" t="n">
-        <x:v>48215</x:v>
+        <x:v>48428</x:v>
       </x:c>
       <x:c r="DL45" s="3" t="n">
-        <x:v>55374</x:v>
+        <x:v>55787</x:v>
       </x:c>
       <x:c r="DM45" s="3" t="n">
-        <x:v>50941</x:v>
+        <x:v>51889</x:v>
       </x:c>
       <x:c r="DN45" s="3" t="n">
-        <x:v>49368</x:v>
+        <x:v>49730</x:v>
       </x:c>
       <x:c r="DO45" s="3" t="n">
-        <x:v>54716</x:v>
+        <x:v>55023</x:v>
       </x:c>
       <x:c r="DP45" s="3" t="n">
-        <x:v>62069</x:v>
+        <x:v>62455</x:v>
       </x:c>
       <x:c r="DQ45" s="3" t="n">
-        <x:v>58646</x:v>
+        <x:v>58993</x:v>
       </x:c>
       <x:c r="DR45" s="3" t="n">
-        <x:v>53535</x:v>
+        <x:v>53794</x:v>
       </x:c>
       <x:c r="DS45" s="3" t="n">
-        <x:v>59136</x:v>
+        <x:v>59588</x:v>
       </x:c>
       <x:c r="DT45" s="3" t="n">
-        <x:v>67071</x:v>
+        <x:v>67512</x:v>
       </x:c>
       <x:c r="DU45" s="3" t="n">
-        <x:v>63347</x:v>
+        <x:v>63908</x:v>
       </x:c>
       <x:c r="DV45" s="3" t="n">
-        <x:v>52144</x:v>
+        <x:v>52269</x:v>
       </x:c>
       <x:c r="DW45" s="3" t="n">
-        <x:v>58416</x:v>
+        <x:v>58505</x:v>
       </x:c>
       <x:c r="DX45" s="3" t="n">
-        <x:v>65339</x:v>
+        <x:v>65483</x:v>
       </x:c>
       <x:c r="DY45" s="3" t="n">
-        <x:v>54628</x:v>
+        <x:v>54793</x:v>
       </x:c>
       <x:c r="DZ45" s="3" t="n">
-        <x:v>58268</x:v>
+        <x:v>58599</x:v>
       </x:c>
       <x:c r="EA45" s="3" t="n">
-        <x:v>65130</x:v>
+        <x:v>65139</x:v>
       </x:c>
       <x:c r="EB45" s="3" t="n">
-        <x:v>71834</x:v>
+        <x:v>72142</x:v>
       </x:c>
       <x:c r="EC45" s="3" t="n">
-        <x:v>64786</x:v>
+        <x:v>64787</x:v>
       </x:c>
       <x:c r="ED45" s="3" t="n">
-        <x:v>59313</x:v>
+        <x:v>59242</x:v>
       </x:c>
       <x:c r="EE45" s="3" t="n">
-        <x:v>66333</x:v>
+        <x:v>66037</x:v>
       </x:c>
       <x:c r="EF45" s="3" t="n">
-        <x:v>73776</x:v>
+        <x:v>73651</x:v>
       </x:c>
       <x:c r="EG45" s="3" t="n">
-        <x:v>72868</x:v>
+        <x:v>73229</x:v>
       </x:c>
       <x:c r="EH45" s="3" t="n">
-        <x:v>66463</x:v>
+        <x:v>67559</x:v>
       </x:c>
       <x:c r="EI45" s="3" t="n">
-        <x:v>74619</x:v>
+        <x:v>75443</x:v>
       </x:c>
       <x:c r="EJ45" s="3" t="n">
-        <x:v>79829</x:v>
+        <x:v>80364</x:v>
       </x:c>
       <x:c r="EK45" s="3" t="n">
-        <x:v>72615</x:v>
+        <x:v>73054</x:v>
       </x:c>
       <x:c r="EL45" s="3" t="n">
-        <x:v>70044</x:v>
+        <x:v>71028</x:v>
       </x:c>
       <x:c r="EM45" s="3" t="n">
-        <x:v>78348</x:v>
+        <x:v>79761</x:v>
       </x:c>
       <x:c r="EN45" s="3" t="n">
-        <x:v>86958</x:v>
+        <x:v>88043</x:v>
       </x:c>
       <x:c r="EO45" s="3" t="n">
-        <x:v>83195</x:v>
+        <x:v>83785</x:v>
       </x:c>
       <x:c r="EP45" s="3" t="n">
-        <x:v>78301</x:v>
+        <x:v>79454</x:v>
       </x:c>
       <x:c r="EQ45" s="3" t="n">
-        <x:v>85127</x:v>
+        <x:v>86745</x:v>
       </x:c>
       <x:c r="ER45" s="3" t="n">
-        <x:v>95057</x:v>
+        <x:v>95987</x:v>
       </x:c>
       <x:c r="ES45" s="3" t="n">
-        <x:v>88442</x:v>
+        <x:v>89943</x:v>
       </x:c>
       <x:c r="ET45" s="3" t="n">
-        <x:v>86003</x:v>
+        <x:v>87790</x:v>
       </x:c>
       <x:c r="EU45" s="3" t="n">
-        <x:v>89604</x:v>
+        <x:v>90962</x:v>
       </x:c>
       <x:c r="EV45" s="3" t="n">
-        <x:v>99150</x:v>
+        <x:v>100719</x:v>
       </x:c>
       <x:c r="EW45" s="3" t="n">
-        <x:v>94519</x:v>
+        <x:v>96060</x:v>
       </x:c>
       <x:c r="EX45" s="3" t="n">
-        <x:v>90407</x:v>
+        <x:v>91984</x:v>
       </x:c>
       <x:c r="EY45" s="3" t="n">
-        <x:v>99177</x:v>
+        <x:v>100124</x:v>
       </x:c>
       <x:c r="EZ45" s="3" t="n">
-        <x:v>103037</x:v>
+        <x:v>104053</x:v>
       </x:c>
       <x:c r="FA45" s="3" t="n">
-        <x:v>98450</x:v>
+        <x:v>99526</x:v>
       </x:c>
       <x:c r="FB45" s="3" t="n">
-        <x:v>86372</x:v>
+        <x:v>87823</x:v>
       </x:c>
       <x:c r="FC45" s="3" t="n">
-        <x:v>101169</x:v>
+        <x:v>102283</x:v>
       </x:c>
       <x:c r="FD45" s="3" t="n">
-        <x:v>104809</x:v>
+        <x:v>105592</x:v>
       </x:c>
       <x:c r="FE45" s="3" t="n">
-        <x:v>102969</x:v>
+        <x:v>103886</x:v>
       </x:c>
       <x:c r="FF45" s="3" t="n">
-        <x:v>89045</x:v>
+        <x:v>90697</x:v>
       </x:c>
       <x:c r="FG45" s="3" t="n">
-        <x:v>103965</x:v>
+        <x:v>105045</x:v>
       </x:c>
       <x:c r="FH45" s="3" t="n">
-        <x:v>110722</x:v>
+        <x:v>111594</x:v>
       </x:c>
       <x:c r="FI45" s="3" t="n">
-        <x:v>104123</x:v>
+        <x:v>105212</x:v>
       </x:c>
       <x:c r="FJ45" s="3" t="n">
-        <x:v>97027</x:v>
+        <x:v>99149</x:v>
       </x:c>
       <x:c r="FK45" s="3" t="n">
-        <x:v>111257</x:v>
+        <x:v>112859</x:v>
       </x:c>
       <x:c r="FL45" s="3" t="n">
-        <x:v>120348</x:v>
+        <x:v>121887</x:v>
       </x:c>
       <x:c r="FM45" s="3" t="n">
-        <x:v>117204</x:v>
+        <x:v>118736</x:v>
       </x:c>
       <x:c r="FN45" s="3" t="n">
-        <x:v>106319</x:v>
+        <x:v>108073</x:v>
       </x:c>
       <x:c r="FO45" s="3" t="n">
-        <x:v>76373</x:v>
+        <x:v>77429</x:v>
       </x:c>
       <x:c r="FP45" s="3" t="n">
-        <x:v>79917</x:v>
+        <x:v>80943</x:v>
       </x:c>
       <x:c r="FQ45" s="3" t="n">
-        <x:v>86341</x:v>
+        <x:v>87720</x:v>
       </x:c>
       <x:c r="FR45" s="3" t="n">
-        <x:v>70918</x:v>
+        <x:v>72478</x:v>
       </x:c>
       <x:c r="FS45" s="3" t="n">
-        <x:v>75399</x:v>
+        <x:v>76481</x:v>
       </x:c>
       <x:c r="FT45" s="3" t="n">
-        <x:v>92370</x:v>
+        <x:v>93584</x:v>
       </x:c>
       <x:c r="FU45" s="3" t="n">
-        <x:v>107536</x:v>
+        <x:v>109047</x:v>
       </x:c>
       <x:c r="FV45" s="3" t="n">
-        <x:v>99396</x:v>
+        <x:v>101008</x:v>
       </x:c>
       <x:c r="FW45" s="3" t="n">
-        <x:v>124757</x:v>
+        <x:v>127882</x:v>
       </x:c>
       <x:c r="FX45" s="3" t="n">
-        <x:v>137337</x:v>
+        <x:v>139838</x:v>
       </x:c>
       <x:c r="FY45" s="3" t="n">
-        <x:v>135147</x:v>
+        <x:v>138345</x:v>
       </x:c>
       <x:c r="FZ45" s="3" t="n">
-        <x:v>132596</x:v>
+        <x:v>128710</x:v>
       </x:c>
       <x:c r="GA45" s="3" t="n">
-        <x:v>155219</x:v>
+        <x:v>151146</x:v>
       </x:c>
       <x:c r="GB45" s="3" t="n">
-        <x:v>160059</x:v>
+        <x:v>155776</x:v>
       </x:c>
       <x:c r="GC45" s="3" t="n">
-        <x:v>157539</x:v>
+        <x:v>155056</x:v>
       </x:c>
       <x:c r="GD45" s="3" t="n">
-        <x:v>147678</x:v>
+        <x:v>153448</x:v>
       </x:c>
       <x:c r="GE45" s="3" t="n">
-        <x:v>167572</x:v>
+        <x:v>172611</x:v>
       </x:c>
       <x:c r="GF45" s="3" t="n">
-        <x:v>176394</x:v>
+        <x:v>185751</x:v>
       </x:c>
       <x:c r="GG45" s="3" t="n">
-        <x:v>169481</x:v>
+        <x:v>177565</x:v>
       </x:c>
       <x:c r="GH45" s="3" t="n">
-        <x:v>156247</x:v>
+        <x:v>164262</x:v>
       </x:c>
       <x:c r="GI45" s="3" t="n">
-        <x:v>165864</x:v>
+        <x:v>179287</x:v>
+      </x:c>
+      <x:c r="GJ45" s="3" t="n">
+        <x:v>191235</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:191">
+    <x:row r="46" spans="1:192">
       <x:c r="A46" s="2" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>56578</x:v>
+        <x:v>56369</x:v>
       </x:c>
       <x:c r="C46" s="3" t="n">
-        <x:v>60205</x:v>
+        <x:v>59990</x:v>
       </x:c>
       <x:c r="D46" s="3" t="n">
-        <x:v>62611</x:v>
+        <x:v>62392</x:v>
       </x:c>
       <x:c r="E46" s="3" t="n">
-        <x:v>64493</x:v>
+        <x:v>64261</x:v>
       </x:c>
       <x:c r="F46" s="3" t="n">
-        <x:v>63250</x:v>
+        <x:v>63009</x:v>
       </x:c>
       <x:c r="G46" s="3" t="n">
-        <x:v>65487</x:v>
+        <x:v>65243</x:v>
       </x:c>
       <x:c r="H46" s="3" t="n">
-        <x:v>68630</x:v>
+        <x:v>68382</x:v>
       </x:c>
       <x:c r="I46" s="3" t="n">
-        <x:v>71700</x:v>
+        <x:v>71439</x:v>
       </x:c>
       <x:c r="J46" s="3" t="n">
-        <x:v>77075</x:v>
+        <x:v>76769</x:v>
       </x:c>
       <x:c r="K46" s="3" t="n">
-        <x:v>78466</x:v>
+        <x:v>78149</x:v>
       </x:c>
       <x:c r="L46" s="3" t="n">
-        <x:v>79062</x:v>
+        <x:v>78730</x:v>
       </x:c>
       <x:c r="M46" s="3" t="n">
-        <x:v>83676</x:v>
+        <x:v>83335</x:v>
       </x:c>
       <x:c r="N46" s="3" t="n">
-        <x:v>87555</x:v>
+        <x:v>87266</x:v>
       </x:c>
       <x:c r="O46" s="3" t="n">
-        <x:v>90815</x:v>
+        <x:v>90527</x:v>
       </x:c>
       <x:c r="P46" s="3" t="n">
-        <x:v>92204</x:v>
+        <x:v>91912</x:v>
       </x:c>
       <x:c r="Q46" s="3" t="n">
-        <x:v>94439</x:v>
+        <x:v>94137</x:v>
       </x:c>
       <x:c r="R46" s="3" t="n">
-        <x:v>97376</x:v>
+        <x:v>97069</x:v>
       </x:c>
       <x:c r="S46" s="3" t="n">
-        <x:v>98082</x:v>
+        <x:v>97775</x:v>
       </x:c>
       <x:c r="T46" s="3" t="n">
-        <x:v>102193</x:v>
+        <x:v>101883</x:v>
       </x:c>
       <x:c r="U46" s="3" t="n">
-        <x:v>106674</x:v>
+        <x:v>106345</x:v>
       </x:c>
       <x:c r="V46" s="3" t="n">
-        <x:v>107348</x:v>
+        <x:v>106969</x:v>
       </x:c>
       <x:c r="W46" s="3" t="n">
-        <x:v>110565</x:v>
+        <x:v>110188</x:v>
       </x:c>
       <x:c r="X46" s="3" t="n">
-        <x:v>113067</x:v>
+        <x:v>112690</x:v>
       </x:c>
       <x:c r="Y46" s="3" t="n">
-        <x:v>118676</x:v>
+        <x:v>118281</x:v>
       </x:c>
       <x:c r="Z46" s="3" t="n">
-        <x:v>121822</x:v>
+        <x:v>121426</x:v>
       </x:c>
       <x:c r="AA46" s="3" t="n">
-        <x:v>121779</x:v>
+        <x:v>121391</x:v>
       </x:c>
       <x:c r="AB46" s="3" t="n">
-        <x:v>128713</x:v>
+        <x:v>128331</x:v>
       </x:c>
       <x:c r="AC46" s="3" t="n">
-        <x:v>134172</x:v>
+        <x:v>133772</x:v>
       </x:c>
       <x:c r="AD46" s="3" t="n">
-        <x:v>135656</x:v>
+        <x:v>135229</x:v>
       </x:c>
       <x:c r="AE46" s="3" t="n">
-        <x:v>132539</x:v>
+        <x:v>132107</x:v>
       </x:c>
       <x:c r="AF46" s="3" t="n">
-        <x:v>143076</x:v>
+        <x:v>142636</x:v>
       </x:c>
       <x:c r="AG46" s="3" t="n">
-        <x:v>151131</x:v>
+        <x:v>150666</x:v>
       </x:c>
       <x:c r="AH46" s="3" t="n">
-        <x:v>142184</x:v>
+        <x:v>141733</x:v>
       </x:c>
       <x:c r="AI46" s="3" t="n">
-        <x:v>139805</x:v>
+        <x:v>139344</x:v>
       </x:c>
       <x:c r="AJ46" s="3" t="n">
-        <x:v>143418</x:v>
+        <x:v>142943</x:v>
       </x:c>
       <x:c r="AK46" s="3" t="n">
-        <x:v>156505</x:v>
+        <x:v>156008</x:v>
       </x:c>
       <x:c r="AL46" s="3" t="n">
-        <x:v>154214</x:v>
+        <x:v>153682</x:v>
       </x:c>
       <x:c r="AM46" s="3" t="n">
-        <x:v>154626</x:v>
+        <x:v>154099</x:v>
       </x:c>
       <x:c r="AN46" s="3" t="n">
-        <x:v>157118</x:v>
+        <x:v>156589</x:v>
       </x:c>
       <x:c r="AO46" s="3" t="n">
-        <x:v>168917</x:v>
+        <x:v>168371</x:v>
       </x:c>
       <x:c r="AP46" s="3" t="n">
-        <x:v>165678</x:v>
+        <x:v>165026</x:v>
       </x:c>
       <x:c r="AQ46" s="3" t="n">
-        <x:v>163282</x:v>
+        <x:v>162635</x:v>
       </x:c>
       <x:c r="AR46" s="3" t="n">
-        <x:v>163053</x:v>
+        <x:v>162401</x:v>
       </x:c>
       <x:c r="AS46" s="3" t="n">
-        <x:v>172071</x:v>
+        <x:v>171398</x:v>
       </x:c>
       <x:c r="AT46" s="3" t="n">
-        <x:v>169818</x:v>
+        <x:v>169124</x:v>
       </x:c>
       <x:c r="AU46" s="3" t="n">
-        <x:v>177040</x:v>
+        <x:v>176341</x:v>
       </x:c>
       <x:c r="AV46" s="3" t="n">
-        <x:v>175860</x:v>
+        <x:v>175160</x:v>
       </x:c>
       <x:c r="AW46" s="3" t="n">
-        <x:v>185919</x:v>
+        <x:v>185202</x:v>
       </x:c>
       <x:c r="AX46" s="3" t="n">
-        <x:v>181508</x:v>
+        <x:v>180827</x:v>
       </x:c>
       <x:c r="AY46" s="3" t="n">
-        <x:v>177602</x:v>
+        <x:v>176915</x:v>
       </x:c>
       <x:c r="AZ46" s="3" t="n">
-        <x:v>185422</x:v>
+        <x:v>184721</x:v>
       </x:c>
       <x:c r="BA46" s="3" t="n">
-        <x:v>205330</x:v>
+        <x:v>204599</x:v>
       </x:c>
       <x:c r="BB46" s="3" t="n">
-        <x:v>192727</x:v>
+        <x:v>191573</x:v>
       </x:c>
       <x:c r="BC46" s="3" t="n">
-        <x:v>196561</x:v>
+        <x:v>195404</x:v>
       </x:c>
       <x:c r="BD46" s="3" t="n">
-        <x:v>195659</x:v>
+        <x:v>194488</x:v>
       </x:c>
       <x:c r="BE46" s="3" t="n">
-        <x:v>205141</x:v>
+        <x:v>203936</x:v>
       </x:c>
       <x:c r="BF46" s="3" t="n">
-        <x:v>202700</x:v>
+        <x:v>201432</x:v>
       </x:c>
       <x:c r="BG46" s="3" t="n">
-        <x:v>196771</x:v>
+        <x:v>195488</x:v>
       </x:c>
       <x:c r="BH46" s="3" t="n">
-        <x:v>201038</x:v>
+        <x:v>199728</x:v>
       </x:c>
       <x:c r="BI46" s="3" t="n">
-        <x:v>212584</x:v>
+        <x:v>211230</x:v>
       </x:c>
       <x:c r="BJ46" s="3" t="n">
-        <x:v>207117</x:v>
+        <x:v>205824</x:v>
       </x:c>
       <x:c r="BK46" s="3" t="n">
-        <x:v>205682</x:v>
+        <x:v>204389</x:v>
       </x:c>
       <x:c r="BL46" s="3" t="n">
-        <x:v>214397</x:v>
+        <x:v>213093</x:v>
       </x:c>
       <x:c r="BM46" s="3" t="n">
-        <x:v>228204</x:v>
+        <x:v>226862</x:v>
       </x:c>
       <x:c r="BN46" s="3" t="n">
-        <x:v>214794</x:v>
+        <x:v>213405</x:v>
       </x:c>
       <x:c r="BO46" s="3" t="n">
-        <x:v>220791</x:v>
+        <x:v>219368</x:v>
       </x:c>
       <x:c r="BP46" s="3" t="n">
-        <x:v>222607</x:v>
+        <x:v>221181</x:v>
       </x:c>
       <x:c r="BQ46" s="3" t="n">
-        <x:v>239051</x:v>
+        <x:v>237594</x:v>
       </x:c>
       <x:c r="BR46" s="3" t="n">
-        <x:v>238444</x:v>
+        <x:v>236969</x:v>
       </x:c>
       <x:c r="BS46" s="3" t="n">
-        <x:v>233593</x:v>
+        <x:v>232106</x:v>
       </x:c>
       <x:c r="BT46" s="3" t="n">
-        <x:v>238101</x:v>
+        <x:v>236609</x:v>
       </x:c>
       <x:c r="BU46" s="3" t="n">
-        <x:v>253001</x:v>
+        <x:v>251460</x:v>
       </x:c>
       <x:c r="BV46" s="3" t="n">
-        <x:v>256049</x:v>
+        <x:v>254343</x:v>
       </x:c>
       <x:c r="BW46" s="3" t="n">
-        <x:v>251258</x:v>
+        <x:v>249541</x:v>
       </x:c>
       <x:c r="BX46" s="3" t="n">
-        <x:v>264152</x:v>
+        <x:v>262384</x:v>
       </x:c>
       <x:c r="BY46" s="3" t="n">
-        <x:v>283214</x:v>
+        <x:v>281360</x:v>
       </x:c>
       <x:c r="BZ46" s="3" t="n">
-        <x:v>270343</x:v>
+        <x:v>268023</x:v>
       </x:c>
       <x:c r="CA46" s="3" t="n">
-        <x:v>284316</x:v>
+        <x:v>281978</x:v>
       </x:c>
       <x:c r="CB46" s="3" t="n">
-        <x:v>283367</x:v>
+        <x:v>280975</x:v>
       </x:c>
       <x:c r="CC46" s="3" t="n">
-        <x:v>303314</x:v>
+        <x:v>300864</x:v>
       </x:c>
       <x:c r="CD46" s="3" t="n">
-        <x:v>286140</x:v>
+        <x:v>283881</x:v>
       </x:c>
       <x:c r="CE46" s="3" t="n">
-        <x:v>284678</x:v>
+        <x:v>282508</x:v>
       </x:c>
       <x:c r="CF46" s="3" t="n">
-        <x:v>288331</x:v>
+        <x:v>285681</x:v>
       </x:c>
       <x:c r="CG46" s="3" t="n">
-        <x:v>304534</x:v>
+        <x:v>301996</x:v>
       </x:c>
       <x:c r="CH46" s="3" t="n">
-        <x:v>292301</x:v>
+        <x:v>290331</x:v>
       </x:c>
       <x:c r="CI46" s="3" t="n">
-        <x:v>299865</x:v>
+        <x:v>297977</x:v>
       </x:c>
       <x:c r="CJ46" s="3" t="n">
-        <x:v>320149</x:v>
+        <x:v>317767</x:v>
       </x:c>
       <x:c r="CK46" s="3" t="n">
-        <x:v>354149</x:v>
+        <x:v>351972</x:v>
       </x:c>
       <x:c r="CL46" s="3" t="n">
-        <x:v>364481</x:v>
+        <x:v>362718</x:v>
       </x:c>
       <x:c r="CM46" s="3" t="n">
-        <x:v>359053</x:v>
+        <x:v>357424</x:v>
       </x:c>
       <x:c r="CN46" s="3" t="n">
-        <x:v>378186</x:v>
+        <x:v>376113</x:v>
       </x:c>
       <x:c r="CO46" s="3" t="n">
-        <x:v>407412</x:v>
+        <x:v>405509</x:v>
       </x:c>
       <x:c r="CP46" s="3" t="n">
-        <x:v>397170</x:v>
+        <x:v>395791</x:v>
       </x:c>
       <x:c r="CQ46" s="3" t="n">
-        <x:v>389380</x:v>
+        <x:v>388130</x:v>
       </x:c>
       <x:c r="CR46" s="3" t="n">
-        <x:v>384680</x:v>
+        <x:v>382945</x:v>
       </x:c>
       <x:c r="CS46" s="3" t="n">
-        <x:v>395479</x:v>
+        <x:v>394013</x:v>
       </x:c>
       <x:c r="CT46" s="3" t="n">
-        <x:v>376946</x:v>
+        <x:v>375971</x:v>
       </x:c>
       <x:c r="CU46" s="3" t="n">
-        <x:v>392696</x:v>
+        <x:v>391885</x:v>
       </x:c>
       <x:c r="CV46" s="3" t="n">
-        <x:v>385869</x:v>
+        <x:v>384374</x:v>
       </x:c>
       <x:c r="CW46" s="3" t="n">
-        <x:v>408634</x:v>
+        <x:v>407488</x:v>
       </x:c>
       <x:c r="CX46" s="3" t="n">
-        <x:v>410000</x:v>
+        <x:v>409738</x:v>
       </x:c>
       <x:c r="CY46" s="3" t="n">
-        <x:v>386588</x:v>
+        <x:v>386576</x:v>
       </x:c>
       <x:c r="CZ46" s="3" t="n">
-        <x:v>403008</x:v>
+        <x:v>402312</x:v>
       </x:c>
       <x:c r="DA46" s="3" t="n">
-        <x:v>424498</x:v>
+        <x:v>424106</x:v>
       </x:c>
       <x:c r="DB46" s="3" t="n">
-        <x:v>436077</x:v>
+        <x:v>436917</x:v>
       </x:c>
       <x:c r="DC46" s="3" t="n">
-        <x:v>429875</x:v>
+        <x:v>430853</x:v>
       </x:c>
       <x:c r="DD46" s="3" t="n">
-        <x:v>442441</x:v>
+        <x:v>442745</x:v>
       </x:c>
       <x:c r="DE46" s="3" t="n">
-        <x:v>479730</x:v>
+        <x:v>480271</x:v>
       </x:c>
       <x:c r="DF46" s="3" t="n">
-        <x:v>467549</x:v>
+        <x:v>469750</x:v>
       </x:c>
       <x:c r="DG46" s="3" t="n">
-        <x:v>489104</x:v>
+        <x:v>491712</x:v>
       </x:c>
       <x:c r="DH46" s="3" t="n">
-        <x:v>497954</x:v>
+        <x:v>500144</x:v>
       </x:c>
       <x:c r="DI46" s="3" t="n">
-        <x:v>542431</x:v>
+        <x:v>544704</x:v>
       </x:c>
       <x:c r="DJ46" s="3" t="n">
-        <x:v>552157</x:v>
+        <x:v>556552</x:v>
       </x:c>
       <x:c r="DK46" s="3" t="n">
-        <x:v>538748</x:v>
+        <x:v>543511</x:v>
       </x:c>
       <x:c r="DL46" s="3" t="n">
-        <x:v>548615</x:v>
+        <x:v>553185</x:v>
       </x:c>
       <x:c r="DM46" s="3" t="n">
-        <x:v>585352</x:v>
+        <x:v>589958</x:v>
       </x:c>
       <x:c r="DN46" s="3" t="n">
-        <x:v>569565</x:v>
+        <x:v>576852</x:v>
       </x:c>
       <x:c r="DO46" s="3" t="n">
-        <x:v>567275</x:v>
+        <x:v>575463</x:v>
       </x:c>
       <x:c r="DP46" s="3" t="n">
-        <x:v>575997</x:v>
+        <x:v>583566</x:v>
       </x:c>
       <x:c r="DQ46" s="3" t="n">
-        <x:v>647337</x:v>
+        <x:v>654605</x:v>
       </x:c>
       <x:c r="DR46" s="3" t="n">
-        <x:v>630097</x:v>
+        <x:v>639754</x:v>
       </x:c>
       <x:c r="DS46" s="3" t="n">
-        <x:v>660476</x:v>
+        <x:v>670470</x:v>
       </x:c>
       <x:c r="DT46" s="3" t="n">
-        <x:v>656386</x:v>
+        <x:v>666419</x:v>
       </x:c>
       <x:c r="DU46" s="3" t="n">
-        <x:v>675164</x:v>
+        <x:v>685781</x:v>
       </x:c>
       <x:c r="DV46" s="3" t="n">
-        <x:v>600938</x:v>
+        <x:v>613010</x:v>
       </x:c>
       <x:c r="DW46" s="3" t="n">
-        <x:v>593913</x:v>
+        <x:v>606288</x:v>
       </x:c>
       <x:c r="DX46" s="3" t="n">
-        <x:v>603183</x:v>
+        <x:v>615136</x:v>
       </x:c>
       <x:c r="DY46" s="3" t="n">
-        <x:v>641678</x:v>
+        <x:v>653624</x:v>
       </x:c>
       <x:c r="DZ46" s="3" t="n">
-        <x:v>640224</x:v>
+        <x:v>653600</x:v>
       </x:c>
       <x:c r="EA46" s="3" t="n">
-        <x:v>637990</x:v>
+        <x:v>652469</x:v>
       </x:c>
       <x:c r="EB46" s="3" t="n">
-        <x:v>628033</x:v>
+        <x:v>641620</x:v>
       </x:c>
       <x:c r="EC46" s="3" t="n">
-        <x:v>699104</x:v>
+        <x:v>712546</x:v>
       </x:c>
       <x:c r="ED46" s="3" t="n">
-        <x:v>694540</x:v>
+        <x:v>710058</x:v>
       </x:c>
       <x:c r="EE46" s="3" t="n">
-        <x:v>679519</x:v>
+        <x:v>696418</x:v>
       </x:c>
       <x:c r="EF46" s="3" t="n">
-        <x:v>688457</x:v>
+        <x:v>704848</x:v>
       </x:c>
       <x:c r="EG46" s="3" t="n">
-        <x:v>747413</x:v>
+        <x:v>763106</x:v>
       </x:c>
       <x:c r="EH46" s="3" t="n">
-        <x:v>765311</x:v>
+        <x:v>782721</x:v>
       </x:c>
       <x:c r="EI46" s="3" t="n">
-        <x:v>731282</x:v>
+        <x:v>750137</x:v>
       </x:c>
       <x:c r="EJ46" s="3" t="n">
-        <x:v>713923</x:v>
+        <x:v>731938</x:v>
       </x:c>
       <x:c r="EK46" s="3" t="n">
-        <x:v>772567</x:v>
+        <x:v>789879</x:v>
       </x:c>
       <x:c r="EL46" s="3" t="n">
-        <x:v>752817</x:v>
+        <x:v>773099</x:v>
       </x:c>
       <x:c r="EM46" s="3" t="n">
-        <x:v>763844</x:v>
+        <x:v>785563</x:v>
       </x:c>
       <x:c r="EN46" s="3" t="n">
-        <x:v>756407</x:v>
+        <x:v>776890</x:v>
       </x:c>
       <x:c r="EO46" s="3" t="n">
-        <x:v>817267</x:v>
+        <x:v>837730</x:v>
       </x:c>
       <x:c r="EP46" s="3" t="n">
-        <x:v>801504</x:v>
+        <x:v>821953</x:v>
       </x:c>
       <x:c r="EQ46" s="3" t="n">
-        <x:v>775437</x:v>
+        <x:v>797785</x:v>
       </x:c>
       <x:c r="ER46" s="3" t="n">
-        <x:v>767459</x:v>
+        <x:v>789311</x:v>
       </x:c>
       <x:c r="ES46" s="3" t="n">
-        <x:v>817377</x:v>
+        <x:v>841539</x:v>
       </x:c>
       <x:c r="ET46" s="3" t="n">
-        <x:v>783966</x:v>
+        <x:v>808280</x:v>
       </x:c>
       <x:c r="EU46" s="3" t="n">
-        <x:v>784474</x:v>
+        <x:v>809540</x:v>
       </x:c>
       <x:c r="EV46" s="3" t="n">
-        <x:v>767040</x:v>
+        <x:v>792752</x:v>
       </x:c>
       <x:c r="EW46" s="3" t="n">
-        <x:v>794703</x:v>
+        <x:v>820485</x:v>
       </x:c>
       <x:c r="EX46" s="3" t="n">
-        <x:v>754091</x:v>
+        <x:v>780501</x:v>
       </x:c>
       <x:c r="EY46" s="3" t="n">
-        <x:v>782801</x:v>
+        <x:v>807517</x:v>
       </x:c>
       <x:c r="EZ46" s="3" t="n">
-        <x:v>748252</x:v>
+        <x:v>774016</x:v>
       </x:c>
       <x:c r="FA46" s="3" t="n">
-        <x:v>830891</x:v>
+        <x:v>857554</x:v>
       </x:c>
       <x:c r="FB46" s="3" t="n">
-        <x:v>839955</x:v>
+        <x:v>868781</x:v>
       </x:c>
       <x:c r="FC46" s="3" t="n">
-        <x:v>810603</x:v>
+        <x:v>839524</x:v>
       </x:c>
       <x:c r="FD46" s="3" t="n">
-        <x:v>794517</x:v>
+        <x:v>823121</x:v>
       </x:c>
       <x:c r="FE46" s="3" t="n">
-        <x:v>878028</x:v>
+        <x:v>906886</x:v>
       </x:c>
       <x:c r="FF46" s="3" t="n">
-        <x:v>868400</x:v>
+        <x:v>897729</x:v>
       </x:c>
       <x:c r="FG46" s="3" t="n">
-        <x:v>885377</x:v>
+        <x:v>913830</x:v>
       </x:c>
       <x:c r="FH46" s="3" t="n">
-        <x:v>871529</x:v>
+        <x:v>900011</x:v>
       </x:c>
       <x:c r="FI46" s="3" t="n">
-        <x:v>951275</x:v>
+        <x:v>985377</x:v>
       </x:c>
       <x:c r="FJ46" s="3" t="n">
-        <x:v>911604</x:v>
+        <x:v>942586</x:v>
       </x:c>
       <x:c r="FK46" s="3" t="n">
-        <x:v>882640</x:v>
+        <x:v>915939</x:v>
       </x:c>
       <x:c r="FL46" s="3" t="n">
-        <x:v>858092</x:v>
+        <x:v>892760</x:v>
       </x:c>
       <x:c r="FM46" s="3" t="n">
-        <x:v>944601</x:v>
+        <x:v>982072</x:v>
       </x:c>
       <x:c r="FN46" s="3" t="n">
-        <x:v>905665</x:v>
+        <x:v>941342</x:v>
       </x:c>
       <x:c r="FO46" s="3" t="n">
-        <x:v>805078</x:v>
+        <x:v>837997</x:v>
       </x:c>
       <x:c r="FP46" s="3" t="n">
-        <x:v>833788</x:v>
+        <x:v>868234</x:v>
       </x:c>
       <x:c r="FQ46" s="3" t="n">
-        <x:v>917044</x:v>
+        <x:v>951654</x:v>
       </x:c>
       <x:c r="FR46" s="3" t="n">
-        <x:v>941919</x:v>
+        <x:v>976580</x:v>
       </x:c>
       <x:c r="FS46" s="3" t="n">
-        <x:v>968178</x:v>
+        <x:v>1002659</x:v>
       </x:c>
       <x:c r="FT46" s="3" t="n">
-        <x:v>1070355</x:v>
+        <x:v>1109543</x:v>
       </x:c>
       <x:c r="FU46" s="3" t="n">
-        <x:v>1343480</x:v>
+        <x:v>1391697</x:v>
       </x:c>
       <x:c r="FV46" s="3" t="n">
-        <x:v>1352742</x:v>
+        <x:v>1402969</x:v>
       </x:c>
       <x:c r="FW46" s="3" t="n">
-        <x:v>1338514</x:v>
+        <x:v>1390064</x:v>
       </x:c>
       <x:c r="FX46" s="3" t="n">
-        <x:v>1586096</x:v>
+        <x:v>1633975</x:v>
       </x:c>
       <x:c r="FY46" s="3" t="n">
-        <x:v>1455553</x:v>
+        <x:v>1508040</x:v>
       </x:c>
       <x:c r="FZ46" s="3" t="n">
-        <x:v>1330753</x:v>
+        <x:v>1391147</x:v>
       </x:c>
       <x:c r="GA46" s="3" t="n">
-        <x:v>1214629</x:v>
+        <x:v>1258836</x:v>
       </x:c>
       <x:c r="GB46" s="3" t="n">
-        <x:v>1201277</x:v>
+        <x:v>1244462</x:v>
       </x:c>
       <x:c r="GC46" s="3" t="n">
-        <x:v>1354900</x:v>
+        <x:v>1410453</x:v>
       </x:c>
       <x:c r="GD46" s="3" t="n">
-        <x:v>1269193</x:v>
+        <x:v>1308426</x:v>
       </x:c>
       <x:c r="GE46" s="3" t="n">
-        <x:v>1292180</x:v>
+        <x:v>1335662</x:v>
       </x:c>
       <x:c r="GF46" s="3" t="n">
-        <x:v>1256516</x:v>
+        <x:v>1303614</x:v>
       </x:c>
       <x:c r="GG46" s="3" t="n">
-        <x:v>1378717</x:v>
+        <x:v>1419725</x:v>
       </x:c>
       <x:c r="GH46" s="3" t="n">
-        <x:v>1390793</x:v>
+        <x:v>1427670</x:v>
       </x:c>
       <x:c r="GI46" s="3" t="n">
-        <x:v>1299831</x:v>
+        <x:v>1333336</x:v>
+      </x:c>
+      <x:c r="GJ46" s="3" t="n">
+        <x:v>1327590</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:191">
+    <x:row r="47" spans="1:192">
       <x:c r="A47" s="2" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>50737</x:v>
+        <x:v>50528</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>55414</x:v>
+        <x:v>55199</x:v>
       </x:c>
       <x:c r="D47" s="3" t="n">
-        <x:v>56950</x:v>
+        <x:v>56731</x:v>
       </x:c>
       <x:c r="E47" s="3" t="n">
-        <x:v>59294</x:v>
+        <x:v>59061</x:v>
       </x:c>
       <x:c r="F47" s="3" t="n">
-        <x:v>57635</x:v>
+        <x:v>57395</x:v>
       </x:c>
       <x:c r="G47" s="3" t="n">
-        <x:v>58431</x:v>
+        <x:v>58187</x:v>
       </x:c>
       <x:c r="H47" s="3" t="n">
-        <x:v>60217</x:v>
+        <x:v>59968</x:v>
       </x:c>
       <x:c r="I47" s="3" t="n">
-        <x:v>61565</x:v>
+        <x:v>61303</x:v>
       </x:c>
       <x:c r="J47" s="3" t="n">
-        <x:v>63314</x:v>
+        <x:v>63008</x:v>
       </x:c>
       <x:c r="K47" s="3" t="n">
-        <x:v>64497</x:v>
+        <x:v>64179</x:v>
       </x:c>
       <x:c r="L47" s="3" t="n">
-        <x:v>67302</x:v>
+        <x:v>66970</x:v>
       </x:c>
       <x:c r="M47" s="3" t="n">
-        <x:v>69506</x:v>
+        <x:v>69164</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>71901</x:v>
+        <x:v>71612</x:v>
       </x:c>
       <x:c r="O47" s="3" t="n">
-        <x:v>73388</x:v>
+        <x:v>73100</x:v>
       </x:c>
       <x:c r="P47" s="3" t="n">
-        <x:v>76861</x:v>
+        <x:v>76569</x:v>
       </x:c>
       <x:c r="Q47" s="3" t="n">
-        <x:v>79302</x:v>
+        <x:v>79000</x:v>
       </x:c>
       <x:c r="R47" s="3" t="n">
-        <x:v>81428</x:v>
+        <x:v>81121</x:v>
       </x:c>
       <x:c r="S47" s="3" t="n">
-        <x:v>82587</x:v>
+        <x:v>82281</x:v>
       </x:c>
       <x:c r="T47" s="3" t="n">
-        <x:v>84668</x:v>
+        <x:v>84357</x:v>
       </x:c>
       <x:c r="U47" s="3" t="n">
-        <x:v>88065</x:v>
+        <x:v>87736</x:v>
       </x:c>
       <x:c r="V47" s="3" t="n">
-        <x:v>88699</x:v>
+        <x:v>88320</x:v>
       </x:c>
       <x:c r="W47" s="3" t="n">
-        <x:v>90741</x:v>
+        <x:v>90363</x:v>
       </x:c>
       <x:c r="X47" s="3" t="n">
-        <x:v>93127</x:v>
+        <x:v>92749</x:v>
       </x:c>
       <x:c r="Y47" s="3" t="n">
-        <x:v>97863</x:v>
+        <x:v>97468</x:v>
       </x:c>
       <x:c r="Z47" s="3" t="n">
-        <x:v>99414</x:v>
+        <x:v>99018</x:v>
       </x:c>
       <x:c r="AA47" s="3" t="n">
-        <x:v>98779</x:v>
+        <x:v>98391</x:v>
       </x:c>
       <x:c r="AB47" s="3" t="n">
-        <x:v>104083</x:v>
+        <x:v>103702</x:v>
       </x:c>
       <x:c r="AC47" s="3" t="n">
-        <x:v>106886</x:v>
+        <x:v>106486</x:v>
       </x:c>
       <x:c r="AD47" s="3" t="n">
-        <x:v>109167</x:v>
+        <x:v>108740</x:v>
       </x:c>
       <x:c r="AE47" s="3" t="n">
-        <x:v>107471</x:v>
+        <x:v>107040</x:v>
       </x:c>
       <x:c r="AF47" s="3" t="n">
-        <x:v>117426</x:v>
+        <x:v>116985</x:v>
       </x:c>
       <x:c r="AG47" s="3" t="n">
-        <x:v>124730</x:v>
+        <x:v>124265</x:v>
       </x:c>
       <x:c r="AH47" s="3" t="n">
-        <x:v>120467</x:v>
+        <x:v>120016</x:v>
       </x:c>
       <x:c r="AI47" s="3" t="n">
-        <x:v>127545</x:v>
+        <x:v>127083</x:v>
       </x:c>
       <x:c r="AJ47" s="3" t="n">
-        <x:v>129423</x:v>
+        <x:v>128948</x:v>
       </x:c>
       <x:c r="AK47" s="3" t="n">
-        <x:v>138069</x:v>
+        <x:v>137572</x:v>
       </x:c>
       <x:c r="AL47" s="3" t="n">
-        <x:v>138084</x:v>
+        <x:v>137553</x:v>
       </x:c>
       <x:c r="AM47" s="3" t="n">
-        <x:v>139001</x:v>
+        <x:v>138474</x:v>
       </x:c>
       <x:c r="AN47" s="3" t="n">
-        <x:v>141695</x:v>
+        <x:v>141167</x:v>
       </x:c>
       <x:c r="AO47" s="3" t="n">
-        <x:v>152826</x:v>
+        <x:v>152280</x:v>
       </x:c>
       <x:c r="AP47" s="3" t="n">
-        <x:v>149948</x:v>
+        <x:v>149297</x:v>
       </x:c>
       <x:c r="AQ47" s="3" t="n">
-        <x:v>149260</x:v>
+        <x:v>148613</x:v>
       </x:c>
       <x:c r="AR47" s="3" t="n">
-        <x:v>149492</x:v>
+        <x:v>148839</x:v>
       </x:c>
       <x:c r="AS47" s="3" t="n">
-        <x:v>158044</x:v>
+        <x:v>157370</x:v>
       </x:c>
       <x:c r="AT47" s="3" t="n">
-        <x:v>149701</x:v>
+        <x:v>149007</x:v>
       </x:c>
       <x:c r="AU47" s="3" t="n">
-        <x:v>154325</x:v>
+        <x:v>153627</x:v>
       </x:c>
       <x:c r="AV47" s="3" t="n">
-        <x:v>153830</x:v>
+        <x:v>153130</x:v>
       </x:c>
       <x:c r="AW47" s="3" t="n">
-        <x:v>161745</x:v>
+        <x:v>161028</x:v>
       </x:c>
       <x:c r="AX47" s="3" t="n">
-        <x:v>156421</x:v>
+        <x:v>155740</x:v>
       </x:c>
       <x:c r="AY47" s="3" t="n">
-        <x:v>155796</x:v>
+        <x:v>155110</x:v>
       </x:c>
       <x:c r="AZ47" s="3" t="n">
-        <x:v>160538</x:v>
+        <x:v>159837</x:v>
       </x:c>
       <x:c r="BA47" s="3" t="n">
-        <x:v>166978</x:v>
+        <x:v>166247</x:v>
       </x:c>
       <x:c r="BB47" s="3" t="n">
-        <x:v>163089</x:v>
+        <x:v>161935</x:v>
       </x:c>
       <x:c r="BC47" s="3" t="n">
-        <x:v>165676</x:v>
+        <x:v>164519</x:v>
       </x:c>
       <x:c r="BD47" s="3" t="n">
-        <x:v>167136</x:v>
+        <x:v>165966</x:v>
       </x:c>
       <x:c r="BE47" s="3" t="n">
-        <x:v>174115</x:v>
+        <x:v>172910</x:v>
       </x:c>
       <x:c r="BF47" s="3" t="n">
-        <x:v>174573</x:v>
+        <x:v>173305</x:v>
       </x:c>
       <x:c r="BG47" s="3" t="n">
-        <x:v>167980</x:v>
+        <x:v>166697</x:v>
       </x:c>
       <x:c r="BH47" s="3" t="n">
-        <x:v>173169</x:v>
+        <x:v>171859</x:v>
       </x:c>
       <x:c r="BI47" s="3" t="n">
-        <x:v>181695</x:v>
+        <x:v>180342</x:v>
       </x:c>
       <x:c r="BJ47" s="3" t="n">
-        <x:v>176099</x:v>
+        <x:v>174807</x:v>
       </x:c>
       <x:c r="BK47" s="3" t="n">
-        <x:v>174698</x:v>
+        <x:v>173404</x:v>
       </x:c>
       <x:c r="BL47" s="3" t="n">
-        <x:v>183398</x:v>
+        <x:v>182094</x:v>
       </x:c>
       <x:c r="BM47" s="3" t="n">
-        <x:v>196849</x:v>
+        <x:v>195506</x:v>
       </x:c>
       <x:c r="BN47" s="3" t="n">
-        <x:v>185255</x:v>
+        <x:v>183865</x:v>
       </x:c>
       <x:c r="BO47" s="3" t="n">
-        <x:v>188342</x:v>
+        <x:v>186920</x:v>
       </x:c>
       <x:c r="BP47" s="3" t="n">
-        <x:v>192139</x:v>
+        <x:v>190714</x:v>
       </x:c>
       <x:c r="BQ47" s="3" t="n">
-        <x:v>204151</x:v>
+        <x:v>202694</x:v>
       </x:c>
       <x:c r="BR47" s="3" t="n">
-        <x:v>205637</x:v>
+        <x:v>204162</x:v>
       </x:c>
       <x:c r="BS47" s="3" t="n">
-        <x:v>199782</x:v>
+        <x:v>198295</x:v>
       </x:c>
       <x:c r="BT47" s="3" t="n">
-        <x:v>206158</x:v>
+        <x:v>204666</x:v>
       </x:c>
       <x:c r="BU47" s="3" t="n">
-        <x:v>217074</x:v>
+        <x:v>215533</x:v>
       </x:c>
       <x:c r="BV47" s="3" t="n">
-        <x:v>216084</x:v>
+        <x:v>214378</x:v>
       </x:c>
       <x:c r="BW47" s="3" t="n">
-        <x:v>209376</x:v>
+        <x:v>207659</x:v>
       </x:c>
       <x:c r="BX47" s="3" t="n">
-        <x:v>218471</x:v>
+        <x:v>216704</x:v>
       </x:c>
       <x:c r="BY47" s="3" t="n">
-        <x:v>232496</x:v>
+        <x:v>230642</x:v>
       </x:c>
       <x:c r="BZ47" s="3" t="n">
-        <x:v>220815</x:v>
+        <x:v>218495</x:v>
       </x:c>
       <x:c r="CA47" s="3" t="n">
-        <x:v>237266</x:v>
+        <x:v>234928</x:v>
       </x:c>
       <x:c r="CB47" s="3" t="n">
-        <x:v>235597</x:v>
+        <x:v>233205</x:v>
       </x:c>
       <x:c r="CC47" s="3" t="n">
-        <x:v>252889</x:v>
+        <x:v>250438</x:v>
       </x:c>
       <x:c r="CD47" s="3" t="n">
-        <x:v>244054</x:v>
+        <x:v>241795</x:v>
       </x:c>
       <x:c r="CE47" s="3" t="n">
-        <x:v>248412</x:v>
+        <x:v>246243</x:v>
       </x:c>
       <x:c r="CF47" s="3" t="n">
-        <x:v>255788</x:v>
+        <x:v>253138</x:v>
       </x:c>
       <x:c r="CG47" s="3" t="n">
-        <x:v>271793</x:v>
+        <x:v>269255</x:v>
       </x:c>
       <x:c r="CH47" s="3" t="n">
-        <x:v>260214</x:v>
+        <x:v>258244</x:v>
       </x:c>
       <x:c r="CI47" s="3" t="n">
-        <x:v>260038</x:v>
+        <x:v>258150</x:v>
       </x:c>
       <x:c r="CJ47" s="3" t="n">
-        <x:v>267826</x:v>
+        <x:v>265445</x:v>
       </x:c>
       <x:c r="CK47" s="3" t="n">
-        <x:v>286398</x:v>
+        <x:v>284221</x:v>
       </x:c>
       <x:c r="CL47" s="3" t="n">
-        <x:v>282077</x:v>
+        <x:v>280315</x:v>
       </x:c>
       <x:c r="CM47" s="3" t="n">
-        <x:v>277651</x:v>
+        <x:v>276022</x:v>
       </x:c>
       <x:c r="CN47" s="3" t="n">
-        <x:v>282281</x:v>
+        <x:v>280207</x:v>
       </x:c>
       <x:c r="CO47" s="3" t="n">
-        <x:v>300791</x:v>
+        <x:v>298888</x:v>
       </x:c>
       <x:c r="CP47" s="3" t="n">
-        <x:v>303214</x:v>
+        <x:v>301704</x:v>
       </x:c>
       <x:c r="CQ47" s="3" t="n">
-        <x:v>294851</x:v>
+        <x:v>293474</x:v>
       </x:c>
       <x:c r="CR47" s="3" t="n">
-        <x:v>294012</x:v>
+        <x:v>292157</x:v>
       </x:c>
       <x:c r="CS47" s="3" t="n">
-        <x:v>317001</x:v>
+        <x:v>315427</x:v>
       </x:c>
       <x:c r="CT47" s="3" t="n">
-        <x:v>304225</x:v>
+        <x:v>303069</x:v>
       </x:c>
       <x:c r="CU47" s="3" t="n">
-        <x:v>313823</x:v>
+        <x:v>312828</x:v>
       </x:c>
       <x:c r="CV47" s="3" t="n">
-        <x:v>311510</x:v>
+        <x:v>309818</x:v>
       </x:c>
       <x:c r="CW47" s="3" t="n">
-        <x:v>327840</x:v>
+        <x:v>326488</x:v>
       </x:c>
       <x:c r="CX47" s="3" t="n">
-        <x:v>322637</x:v>
+        <x:v>322119</x:v>
       </x:c>
       <x:c r="CY47" s="3" t="n">
-        <x:v>316230</x:v>
+        <x:v>315953</x:v>
       </x:c>
       <x:c r="CZ47" s="3" t="n">
-        <x:v>325333</x:v>
+        <x:v>324329</x:v>
       </x:c>
       <x:c r="DA47" s="3" t="n">
-        <x:v>342792</x:v>
+        <x:v>342098</x:v>
       </x:c>
       <x:c r="DB47" s="3" t="n">
-        <x:v>344857</x:v>
+        <x:v>345337</x:v>
       </x:c>
       <x:c r="DC47" s="3" t="n">
-        <x:v>339721</x:v>
+        <x:v>340334</x:v>
       </x:c>
       <x:c r="DD47" s="3" t="n">
-        <x:v>348261</x:v>
+        <x:v>348196</x:v>
       </x:c>
       <x:c r="DE47" s="3" t="n">
-        <x:v>374216</x:v>
+        <x:v>374371</x:v>
       </x:c>
       <x:c r="DF47" s="3" t="n">
-        <x:v>357519</x:v>
+        <x:v>359181</x:v>
       </x:c>
       <x:c r="DG47" s="3" t="n">
-        <x:v>379571</x:v>
+        <x:v>381665</x:v>
       </x:c>
       <x:c r="DH47" s="3" t="n">
-        <x:v>370347</x:v>
+        <x:v>371974</x:v>
       </x:c>
       <x:c r="DI47" s="3" t="n">
-        <x:v>406331</x:v>
+        <x:v>408066</x:v>
       </x:c>
       <x:c r="DJ47" s="3" t="n">
-        <x:v>401836</x:v>
+        <x:v>405483</x:v>
       </x:c>
       <x:c r="DK47" s="3" t="n">
-        <x:v>403591</x:v>
+        <x:v>407737</x:v>
       </x:c>
       <x:c r="DL47" s="3" t="n">
-        <x:v>408535</x:v>
+        <x:v>412385</x:v>
       </x:c>
       <x:c r="DM47" s="3" t="n">
-        <x:v>447306</x:v>
+        <x:v>451230</x:v>
       </x:c>
       <x:c r="DN47" s="3" t="n">
-        <x:v>445034</x:v>
+        <x:v>451590</x:v>
       </x:c>
       <x:c r="DO47" s="3" t="n">
-        <x:v>445350</x:v>
+        <x:v>452752</x:v>
       </x:c>
       <x:c r="DP47" s="3" t="n">
-        <x:v>449516</x:v>
+        <x:v>456296</x:v>
       </x:c>
       <x:c r="DQ47" s="3" t="n">
-        <x:v>488879</x:v>
+        <x:v>495252</x:v>
       </x:c>
       <x:c r="DR47" s="3" t="n">
-        <x:v>464024</x:v>
+        <x:v>472587</x:v>
       </x:c>
       <x:c r="DS47" s="3" t="n">
-        <x:v>486755</x:v>
+        <x:v>495642</x:v>
       </x:c>
       <x:c r="DT47" s="3" t="n">
-        <x:v>483518</x:v>
+        <x:v>492451</x:v>
       </x:c>
       <x:c r="DU47" s="3" t="n">
-        <x:v>509712</x:v>
+        <x:v>519367</x:v>
       </x:c>
       <x:c r="DV47" s="3" t="n">
-        <x:v>481534</x:v>
+        <x:v>492569</x:v>
       </x:c>
       <x:c r="DW47" s="3" t="n">
-        <x:v>482160</x:v>
+        <x:v>493581</x:v>
       </x:c>
       <x:c r="DX47" s="3" t="n">
-        <x:v>485571</x:v>
+        <x:v>496540</x:v>
       </x:c>
       <x:c r="DY47" s="3" t="n">
-        <x:v>512507</x:v>
+        <x:v>523473</x:v>
       </x:c>
       <x:c r="DZ47" s="3" t="n">
-        <x:v>503677</x:v>
+        <x:v>515856</x:v>
       </x:c>
       <x:c r="EA47" s="3" t="n">
-        <x:v>511245</x:v>
+        <x:v>524402</x:v>
       </x:c>
       <x:c r="EB47" s="3" t="n">
-        <x:v>514433</x:v>
+        <x:v>526824</x:v>
       </x:c>
       <x:c r="EC47" s="3" t="n">
-        <x:v>546065</x:v>
+        <x:v>558436</x:v>
       </x:c>
       <x:c r="ED47" s="3" t="n">
-        <x:v>523691</x:v>
+        <x:v>537671</x:v>
       </x:c>
       <x:c r="EE47" s="3" t="n">
-        <x:v>531558</x:v>
+        <x:v>547177</x:v>
       </x:c>
       <x:c r="EF47" s="3" t="n">
-        <x:v>535891</x:v>
+        <x:v>550822</x:v>
       </x:c>
       <x:c r="EG47" s="3" t="n">
-        <x:v>566677</x:v>
+        <x:v>580685</x:v>
       </x:c>
       <x:c r="EH47" s="3" t="n">
-        <x:v>565690</x:v>
+        <x:v>581164</x:v>
       </x:c>
       <x:c r="EI47" s="3" t="n">
-        <x:v>562930</x:v>
+        <x:v>579964</x:v>
       </x:c>
       <x:c r="EJ47" s="3" t="n">
-        <x:v>563517</x:v>
+        <x:v>579869</x:v>
       </x:c>
       <x:c r="EK47" s="3" t="n">
-        <x:v>601639</x:v>
+        <x:v>617443</x:v>
       </x:c>
       <x:c r="EL47" s="3" t="n">
-        <x:v>585258</x:v>
+        <x:v>603681</x:v>
       </x:c>
       <x:c r="EM47" s="3" t="n">
-        <x:v>606826</x:v>
+        <x:v>626489</x:v>
       </x:c>
       <x:c r="EN47" s="3" t="n">
-        <x:v>595232</x:v>
+        <x:v>613808</x:v>
       </x:c>
       <x:c r="EO47" s="3" t="n">
-        <x:v>630768</x:v>
+        <x:v>649214</x:v>
       </x:c>
       <x:c r="EP47" s="3" t="n">
-        <x:v>621037</x:v>
+        <x:v>639637</x:v>
       </x:c>
       <x:c r="EQ47" s="3" t="n">
-        <x:v>624249</x:v>
+        <x:v>644271</x:v>
       </x:c>
       <x:c r="ER47" s="3" t="n">
-        <x:v>625320</x:v>
+        <x:v>645269</x:v>
       </x:c>
       <x:c r="ES47" s="3" t="n">
-        <x:v>662502</x:v>
+        <x:v>684551</x:v>
       </x:c>
       <x:c r="ET47" s="3" t="n">
-        <x:v>645222</x:v>
+        <x:v>667453</x:v>
       </x:c>
       <x:c r="EU47" s="3" t="n">
-        <x:v>656382</x:v>
+        <x:v>679542</x:v>
       </x:c>
       <x:c r="EV47" s="3" t="n">
-        <x:v>641378</x:v>
+        <x:v>665045</x:v>
       </x:c>
       <x:c r="EW47" s="3" t="n">
-        <x:v>671256</x:v>
+        <x:v>694945</x:v>
       </x:c>
       <x:c r="EX47" s="3" t="n">
-        <x:v>649150</x:v>
+        <x:v>673119</x:v>
       </x:c>
       <x:c r="EY47" s="3" t="n">
-        <x:v>684017</x:v>
+        <x:v>706949</x:v>
       </x:c>
       <x:c r="EZ47" s="3" t="n">
-        <x:v>655882</x:v>
+        <x:v>680028</x:v>
       </x:c>
       <x:c r="FA47" s="3" t="n">
-        <x:v>703050</x:v>
+        <x:v>727803</x:v>
       </x:c>
       <x:c r="FB47" s="3" t="n">
-        <x:v>700541</x:v>
+        <x:v>727230</x:v>
       </x:c>
       <x:c r="FC47" s="3" t="n">
-        <x:v>691176</x:v>
+        <x:v>718033</x:v>
       </x:c>
       <x:c r="FD47" s="3" t="n">
-        <x:v>677933</x:v>
+        <x:v>704327</x:v>
       </x:c>
       <x:c r="FE47" s="3" t="n">
-        <x:v>727974</x:v>
+        <x:v>754472</x:v>
       </x:c>
       <x:c r="FF47" s="3" t="n">
-        <x:v>711888</x:v>
+        <x:v>738790</x:v>
       </x:c>
       <x:c r="FG47" s="3" t="n">
-        <x:v>735546</x:v>
+        <x:v>761753</x:v>
       </x:c>
       <x:c r="FH47" s="3" t="n">
-        <x:v>706447</x:v>
+        <x:v>732568</x:v>
       </x:c>
       <x:c r="FI47" s="3" t="n">
-        <x:v>776710</x:v>
+        <x:v>808202</x:v>
       </x:c>
       <x:c r="FJ47" s="3" t="n">
-        <x:v>757850</x:v>
+        <x:v>786092</x:v>
       </x:c>
       <x:c r="FK47" s="3" t="n">
-        <x:v>758040</x:v>
+        <x:v>789031</x:v>
       </x:c>
       <x:c r="FL47" s="3" t="n">
-        <x:v>750704</x:v>
+        <x:v>783058</x:v>
       </x:c>
       <x:c r="FM47" s="3" t="n">
-        <x:v>800464</x:v>
+        <x:v>835574</x:v>
       </x:c>
       <x:c r="FN47" s="3" t="n">
-        <x:v>784311</x:v>
+        <x:v>817688</x:v>
       </x:c>
       <x:c r="FO47" s="3" t="n">
-        <x:v>737887</x:v>
+        <x:v>769398</x:v>
       </x:c>
       <x:c r="FP47" s="3" t="n">
-        <x:v>744542</x:v>
+        <x:v>777311</x:v>
       </x:c>
       <x:c r="FQ47" s="3" t="n">
-        <x:v>800599</x:v>
+        <x:v>833431</x:v>
       </x:c>
       <x:c r="FR47" s="3" t="n">
-        <x:v>790581</x:v>
+        <x:v>822974</x:v>
       </x:c>
       <x:c r="FS47" s="3" t="n">
-        <x:v>808933</x:v>
+        <x:v>841104</x:v>
       </x:c>
       <x:c r="FT47" s="3" t="n">
-        <x:v>811543</x:v>
+        <x:v>846702</x:v>
       </x:c>
       <x:c r="FU47" s="3" t="n">
-        <x:v>904262</x:v>
+        <x:v>947307</x:v>
       </x:c>
       <x:c r="FV47" s="3" t="n">
-        <x:v>892272</x:v>
+        <x:v>939177</x:v>
       </x:c>
       <x:c r="FW47" s="3" t="n">
-        <x:v>904477</x:v>
+        <x:v>953341</x:v>
       </x:c>
       <x:c r="FX47" s="3" t="n">
-        <x:v>900486</x:v>
+        <x:v>944182</x:v>
       </x:c>
       <x:c r="FY47" s="3" t="n">
-        <x:v>981440</x:v>
+        <x:v>1028190</x:v>
       </x:c>
       <x:c r="FZ47" s="3" t="n">
-        <x:v>970338</x:v>
+        <x:v>1014489</x:v>
       </x:c>
       <x:c r="GA47" s="3" t="n">
-        <x:v>951333</x:v>
+        <x:v>986997</x:v>
       </x:c>
       <x:c r="GB47" s="3" t="n">
-        <x:v>935372</x:v>
+        <x:v>966030</x:v>
       </x:c>
       <x:c r="GC47" s="3" t="n">
-        <x:v>1021654</x:v>
+        <x:v>1054112</x:v>
       </x:c>
       <x:c r="GD47" s="3" t="n">
-        <x:v>992386</x:v>
+        <x:v>1024935</x:v>
       </x:c>
       <x:c r="GE47" s="3" t="n">
-        <x:v>1016116</x:v>
+        <x:v>1054395</x:v>
       </x:c>
       <x:c r="GF47" s="3" t="n">
-        <x:v>987162</x:v>
+        <x:v>1020999</x:v>
       </x:c>
       <x:c r="GG47" s="3" t="n">
-        <x:v>1054473</x:v>
+        <x:v>1086566</x:v>
       </x:c>
       <x:c r="GH47" s="3" t="n">
-        <x:v>1056943</x:v>
+        <x:v>1090158</x:v>
       </x:c>
       <x:c r="GI47" s="3" t="n">
-        <x:v>1055009</x:v>
+        <x:v>1090332</x:v>
+      </x:c>
+      <x:c r="GJ47" s="3" t="n">
+        <x:v>1065791</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:191">
+    <x:row r="48" spans="1:192">
       <x:c r="A48" s="2" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
         <x:v>5841</x:v>
       </x:c>
       <x:c r="C48" s="3" t="n">
         <x:v>4791</x:v>
       </x:c>
       <x:c r="D48" s="3" t="n">
         <x:v>5661</x:v>
       </x:c>
       <x:c r="E48" s="3" t="n">
         <x:v>5200</x:v>
       </x:c>
       <x:c r="F48" s="3" t="n">
         <x:v>5615</x:v>
       </x:c>
       <x:c r="G48" s="3" t="n">
         <x:v>7056</x:v>
       </x:c>
       <x:c r="H48" s="3" t="n">
         <x:v>8414</x:v>
       </x:c>
       <x:c r="I48" s="3" t="n">
         <x:v>10135</x:v>
       </x:c>
@@ -26815,1497 +26950,1506 @@
       <x:c r="CH48" s="3" t="n">
         <x:v>32086</x:v>
       </x:c>
       <x:c r="CI48" s="3" t="n">
         <x:v>39827</x:v>
       </x:c>
       <x:c r="CJ48" s="3" t="n">
         <x:v>52322</x:v>
       </x:c>
       <x:c r="CK48" s="3" t="n">
         <x:v>67751</x:v>
       </x:c>
       <x:c r="CL48" s="3" t="n">
         <x:v>82403</x:v>
       </x:c>
       <x:c r="CM48" s="3" t="n">
         <x:v>81402</x:v>
       </x:c>
       <x:c r="CN48" s="3" t="n">
         <x:v>95905</x:v>
       </x:c>
       <x:c r="CO48" s="3" t="n">
         <x:v>106621</x:v>
       </x:c>
       <x:c r="CP48" s="3" t="n">
-        <x:v>93955</x:v>
+        <x:v>94087</x:v>
       </x:c>
       <x:c r="CQ48" s="3" t="n">
-        <x:v>94529</x:v>
+        <x:v>94656</x:v>
       </x:c>
       <x:c r="CR48" s="3" t="n">
-        <x:v>90667</x:v>
+        <x:v>90788</x:v>
       </x:c>
       <x:c r="CS48" s="3" t="n">
-        <x:v>78478</x:v>
+        <x:v>78586</x:v>
       </x:c>
       <x:c r="CT48" s="3" t="n">
-        <x:v>72721</x:v>
+        <x:v>72902</x:v>
       </x:c>
       <x:c r="CU48" s="3" t="n">
-        <x:v>78872</x:v>
+        <x:v>79056</x:v>
       </x:c>
       <x:c r="CV48" s="3" t="n">
-        <x:v>74360</x:v>
+        <x:v>74556</x:v>
       </x:c>
       <x:c r="CW48" s="3" t="n">
-        <x:v>80794</x:v>
+        <x:v>81000</x:v>
       </x:c>
       <x:c r="CX48" s="3" t="n">
-        <x:v>87363</x:v>
+        <x:v>87619</x:v>
       </x:c>
       <x:c r="CY48" s="3" t="n">
-        <x:v>70358</x:v>
+        <x:v>70623</x:v>
       </x:c>
       <x:c r="CZ48" s="3" t="n">
-        <x:v>77675</x:v>
+        <x:v>77983</x:v>
       </x:c>
       <x:c r="DA48" s="3" t="n">
-        <x:v>81706</x:v>
+        <x:v>82008</x:v>
       </x:c>
       <x:c r="DB48" s="3" t="n">
-        <x:v>91220</x:v>
+        <x:v>91580</x:v>
       </x:c>
       <x:c r="DC48" s="3" t="n">
-        <x:v>90154</x:v>
+        <x:v>90519</x:v>
       </x:c>
       <x:c r="DD48" s="3" t="n">
-        <x:v>94180</x:v>
+        <x:v>94550</x:v>
       </x:c>
       <x:c r="DE48" s="3" t="n">
-        <x:v>105514</x:v>
+        <x:v>105900</x:v>
       </x:c>
       <x:c r="DF48" s="3" t="n">
-        <x:v>110030</x:v>
+        <x:v>110569</x:v>
       </x:c>
       <x:c r="DG48" s="3" t="n">
-        <x:v>109532</x:v>
+        <x:v>110047</x:v>
       </x:c>
       <x:c r="DH48" s="3" t="n">
-        <x:v>127607</x:v>
+        <x:v>128170</x:v>
       </x:c>
       <x:c r="DI48" s="3" t="n">
-        <x:v>136100</x:v>
+        <x:v>136638</x:v>
       </x:c>
       <x:c r="DJ48" s="3" t="n">
-        <x:v>150321</x:v>
+        <x:v>151068</x:v>
       </x:c>
       <x:c r="DK48" s="3" t="n">
-        <x:v>135157</x:v>
+        <x:v>135774</x:v>
       </x:c>
       <x:c r="DL48" s="3" t="n">
-        <x:v>140080</x:v>
+        <x:v>140800</x:v>
       </x:c>
       <x:c r="DM48" s="3" t="n">
-        <x:v>138046</x:v>
+        <x:v>138727</x:v>
       </x:c>
       <x:c r="DN48" s="3" t="n">
-        <x:v>124531</x:v>
+        <x:v>125262</x:v>
       </x:c>
       <x:c r="DO48" s="3" t="n">
-        <x:v>121925</x:v>
+        <x:v>122711</x:v>
       </x:c>
       <x:c r="DP48" s="3" t="n">
-        <x:v>126481</x:v>
+        <x:v>127270</x:v>
       </x:c>
       <x:c r="DQ48" s="3" t="n">
-        <x:v>158458</x:v>
+        <x:v>159353</x:v>
       </x:c>
       <x:c r="DR48" s="3" t="n">
-        <x:v>166073</x:v>
+        <x:v>167166</x:v>
       </x:c>
       <x:c r="DS48" s="3" t="n">
-        <x:v>173721</x:v>
+        <x:v>174828</x:v>
       </x:c>
       <x:c r="DT48" s="3" t="n">
-        <x:v>172868</x:v>
+        <x:v>173968</x:v>
       </x:c>
       <x:c r="DU48" s="3" t="n">
-        <x:v>165451</x:v>
+        <x:v>166413</x:v>
       </x:c>
       <x:c r="DV48" s="3" t="n">
-        <x:v>119404</x:v>
+        <x:v>120442</x:v>
       </x:c>
       <x:c r="DW48" s="3" t="n">
-        <x:v>111753</x:v>
+        <x:v>112707</x:v>
       </x:c>
       <x:c r="DX48" s="3" t="n">
-        <x:v>117611</x:v>
+        <x:v>118596</x:v>
       </x:c>
       <x:c r="DY48" s="3" t="n">
-        <x:v>129171</x:v>
+        <x:v>130152</x:v>
       </x:c>
       <x:c r="DZ48" s="3" t="n">
-        <x:v>136548</x:v>
+        <x:v>137744</x:v>
       </x:c>
       <x:c r="EA48" s="3" t="n">
-        <x:v>126744</x:v>
+        <x:v>128067</x:v>
       </x:c>
       <x:c r="EB48" s="3" t="n">
-        <x:v>113600</x:v>
+        <x:v>114796</x:v>
       </x:c>
       <x:c r="EC48" s="3" t="n">
-        <x:v>153038</x:v>
+        <x:v>154110</x:v>
       </x:c>
       <x:c r="ED48" s="3" t="n">
-        <x:v>170848</x:v>
+        <x:v>172387</x:v>
       </x:c>
       <x:c r="EE48" s="3" t="n">
-        <x:v>147961</x:v>
+        <x:v>149242</x:v>
       </x:c>
       <x:c r="EF48" s="3" t="n">
-        <x:v>152566</x:v>
+        <x:v>154026</x:v>
       </x:c>
       <x:c r="EG48" s="3" t="n">
-        <x:v>180736</x:v>
+        <x:v>182422</x:v>
       </x:c>
       <x:c r="EH48" s="3" t="n">
-        <x:v>199620</x:v>
+        <x:v>201557</x:v>
       </x:c>
       <x:c r="EI48" s="3" t="n">
-        <x:v>168351</x:v>
+        <x:v>170173</x:v>
       </x:c>
       <x:c r="EJ48" s="3" t="n">
-        <x:v>150406</x:v>
+        <x:v>152069</x:v>
       </x:c>
       <x:c r="EK48" s="3" t="n">
-        <x:v>170928</x:v>
+        <x:v>172437</x:v>
       </x:c>
       <x:c r="EL48" s="3" t="n">
-        <x:v>167560</x:v>
+        <x:v>169418</x:v>
       </x:c>
       <x:c r="EM48" s="3" t="n">
-        <x:v>157017</x:v>
+        <x:v>159074</x:v>
       </x:c>
       <x:c r="EN48" s="3" t="n">
-        <x:v>161175</x:v>
+        <x:v>163082</x:v>
       </x:c>
       <x:c r="EO48" s="3" t="n">
-        <x:v>186499</x:v>
+        <x:v>188516</x:v>
       </x:c>
       <x:c r="EP48" s="3" t="n">
-        <x:v>180467</x:v>
+        <x:v>182316</x:v>
       </x:c>
       <x:c r="EQ48" s="3" t="n">
-        <x:v>151188</x:v>
+        <x:v>153514</x:v>
       </x:c>
       <x:c r="ER48" s="3" t="n">
-        <x:v>142139</x:v>
+        <x:v>144043</x:v>
       </x:c>
       <x:c r="ES48" s="3" t="n">
-        <x:v>154875</x:v>
+        <x:v>156988</x:v>
       </x:c>
       <x:c r="ET48" s="3" t="n">
-        <x:v>138744</x:v>
+        <x:v>140827</x:v>
       </x:c>
       <x:c r="EU48" s="3" t="n">
-        <x:v>128092</x:v>
+        <x:v>129998</x:v>
       </x:c>
       <x:c r="EV48" s="3" t="n">
-        <x:v>125662</x:v>
+        <x:v>127707</x:v>
       </x:c>
       <x:c r="EW48" s="3" t="n">
-        <x:v>123448</x:v>
+        <x:v>125540</x:v>
       </x:c>
       <x:c r="EX48" s="3" t="n">
-        <x:v>104941</x:v>
+        <x:v>107382</x:v>
       </x:c>
       <x:c r="EY48" s="3" t="n">
-        <x:v>98785</x:v>
+        <x:v>100568</x:v>
       </x:c>
       <x:c r="EZ48" s="3" t="n">
-        <x:v>92370</x:v>
+        <x:v>93987</x:v>
       </x:c>
       <x:c r="FA48" s="3" t="n">
-        <x:v>127841</x:v>
+        <x:v>129751</x:v>
       </x:c>
       <x:c r="FB48" s="3" t="n">
-        <x:v>139414</x:v>
+        <x:v>141551</x:v>
       </x:c>
       <x:c r="FC48" s="3" t="n">
-        <x:v>119427</x:v>
+        <x:v>121491</x:v>
       </x:c>
       <x:c r="FD48" s="3" t="n">
-        <x:v>116584</x:v>
+        <x:v>118794</x:v>
       </x:c>
       <x:c r="FE48" s="3" t="n">
-        <x:v>150054</x:v>
+        <x:v>152414</x:v>
       </x:c>
       <x:c r="FF48" s="3" t="n">
-        <x:v>156512</x:v>
+        <x:v>158938</x:v>
       </x:c>
       <x:c r="FG48" s="3" t="n">
-        <x:v>149830</x:v>
+        <x:v>152077</x:v>
       </x:c>
       <x:c r="FH48" s="3" t="n">
-        <x:v>165082</x:v>
+        <x:v>167443</x:v>
       </x:c>
       <x:c r="FI48" s="3" t="n">
-        <x:v>174565</x:v>
+        <x:v>177175</x:v>
       </x:c>
       <x:c r="FJ48" s="3" t="n">
-        <x:v>153753</x:v>
+        <x:v>156494</x:v>
       </x:c>
       <x:c r="FK48" s="3" t="n">
-        <x:v>124600</x:v>
+        <x:v>126908</x:v>
       </x:c>
       <x:c r="FL48" s="3" t="n">
-        <x:v>107388</x:v>
+        <x:v>109701</x:v>
       </x:c>
       <x:c r="FM48" s="3" t="n">
-        <x:v>144137</x:v>
+        <x:v>146498</x:v>
       </x:c>
       <x:c r="FN48" s="3" t="n">
-        <x:v>121355</x:v>
+        <x:v>123654</x:v>
       </x:c>
       <x:c r="FO48" s="3" t="n">
-        <x:v>67191</x:v>
+        <x:v>68599</x:v>
       </x:c>
       <x:c r="FP48" s="3" t="n">
-        <x:v>89246</x:v>
+        <x:v>90923</x:v>
       </x:c>
       <x:c r="FQ48" s="3" t="n">
-        <x:v>116444</x:v>
+        <x:v>118223</x:v>
       </x:c>
       <x:c r="FR48" s="3" t="n">
-        <x:v>151338</x:v>
+        <x:v>153605</x:v>
       </x:c>
       <x:c r="FS48" s="3" t="n">
-        <x:v>159245</x:v>
+        <x:v>161555</x:v>
       </x:c>
       <x:c r="FT48" s="3" t="n">
-        <x:v>258812</x:v>
+        <x:v>262841</x:v>
       </x:c>
       <x:c r="FU48" s="3" t="n">
-        <x:v>439218</x:v>
+        <x:v>444391</x:v>
       </x:c>
       <x:c r="FV48" s="3" t="n">
-        <x:v>460470</x:v>
+        <x:v>463792</x:v>
       </x:c>
       <x:c r="FW48" s="3" t="n">
-        <x:v>434037</x:v>
+        <x:v>436722</x:v>
       </x:c>
       <x:c r="FX48" s="3" t="n">
-        <x:v>685610</x:v>
+        <x:v>689793</x:v>
       </x:c>
       <x:c r="FY48" s="3" t="n">
-        <x:v>474113</x:v>
+        <x:v>479850</x:v>
       </x:c>
       <x:c r="FZ48" s="3" t="n">
-        <x:v>360415</x:v>
+        <x:v>376658</x:v>
       </x:c>
       <x:c r="GA48" s="3" t="n">
-        <x:v>263296</x:v>
+        <x:v>271839</x:v>
       </x:c>
       <x:c r="GB48" s="3" t="n">
-        <x:v>265905</x:v>
+        <x:v>278432</x:v>
       </x:c>
       <x:c r="GC48" s="3" t="n">
-        <x:v>333246</x:v>
+        <x:v>356341</x:v>
       </x:c>
       <x:c r="GD48" s="3" t="n">
-        <x:v>276807</x:v>
+        <x:v>283492</x:v>
       </x:c>
       <x:c r="GE48" s="3" t="n">
-        <x:v>276064</x:v>
+        <x:v>281267</x:v>
       </x:c>
       <x:c r="GF48" s="3" t="n">
-        <x:v>269355</x:v>
+        <x:v>282614</x:v>
       </x:c>
       <x:c r="GG48" s="3" t="n">
-        <x:v>324244</x:v>
+        <x:v>333159</x:v>
       </x:c>
       <x:c r="GH48" s="3" t="n">
-        <x:v>333850</x:v>
+        <x:v>337512</x:v>
       </x:c>
       <x:c r="GI48" s="3" t="n">
-        <x:v>244822</x:v>
+        <x:v>243005</x:v>
+      </x:c>
+      <x:c r="GJ48" s="3" t="n">
+        <x:v>261799</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:191">
+    <x:row r="49" spans="1:192">
       <x:c r="A49" s="2" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>43878</x:v>
+        <x:v>43669</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>48660</x:v>
+        <x:v>48445</x:v>
       </x:c>
       <x:c r="D49" s="3" t="n">
-        <x:v>50450</x:v>
+        <x:v>50231</x:v>
       </x:c>
       <x:c r="E49" s="3" t="n">
-        <x:v>51553</x:v>
+        <x:v>51321</x:v>
       </x:c>
       <x:c r="F49" s="3" t="n">
-        <x:v>50948</x:v>
+        <x:v>50708</x:v>
       </x:c>
       <x:c r="G49" s="3" t="n">
-        <x:v>51226</x:v>
+        <x:v>50982</x:v>
       </x:c>
       <x:c r="H49" s="3" t="n">
-        <x:v>52714</x:v>
+        <x:v>52465</x:v>
       </x:c>
       <x:c r="I49" s="3" t="n">
-        <x:v>52653</x:v>
+        <x:v>52392</x:v>
       </x:c>
       <x:c r="J49" s="3" t="n">
-        <x:v>55620</x:v>
+        <x:v>55314</x:v>
       </x:c>
       <x:c r="K49" s="3" t="n">
-        <x:v>56697</x:v>
+        <x:v>56380</x:v>
       </x:c>
       <x:c r="L49" s="3" t="n">
-        <x:v>59014</x:v>
+        <x:v>58682</x:v>
       </x:c>
       <x:c r="M49" s="3" t="n">
-        <x:v>59577</x:v>
+        <x:v>59235</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>62721</x:v>
+        <x:v>62432</x:v>
       </x:c>
       <x:c r="O49" s="3" t="n">
-        <x:v>63861</x:v>
+        <x:v>63572</x:v>
       </x:c>
       <x:c r="P49" s="3" t="n">
-        <x:v>66803</x:v>
+        <x:v>66512</x:v>
       </x:c>
       <x:c r="Q49" s="3" t="n">
-        <x:v>67436</x:v>
+        <x:v>67134</x:v>
       </x:c>
       <x:c r="R49" s="3" t="n">
-        <x:v>70959</x:v>
+        <x:v>70651</x:v>
       </x:c>
       <x:c r="S49" s="3" t="n">
-        <x:v>72040</x:v>
+        <x:v>71734</x:v>
       </x:c>
       <x:c r="T49" s="3" t="n">
-        <x:v>74148</x:v>
+        <x:v>73837</x:v>
       </x:c>
       <x:c r="U49" s="3" t="n">
-        <x:v>75415</x:v>
+        <x:v>75086</x:v>
       </x:c>
       <x:c r="V49" s="3" t="n">
-        <x:v>77008</x:v>
+        <x:v>76629</x:v>
       </x:c>
       <x:c r="W49" s="3" t="n">
-        <x:v>78878</x:v>
+        <x:v>78500</x:v>
       </x:c>
       <x:c r="X49" s="3" t="n">
-        <x:v>80619</x:v>
+        <x:v>80242</x:v>
       </x:c>
       <x:c r="Y49" s="3" t="n">
-        <x:v>83677</x:v>
+        <x:v>83282</x:v>
       </x:c>
       <x:c r="Z49" s="3" t="n">
-        <x:v>87171</x:v>
+        <x:v>86775</x:v>
       </x:c>
       <x:c r="AA49" s="3" t="n">
-        <x:v>85538</x:v>
+        <x:v>85150</x:v>
       </x:c>
       <x:c r="AB49" s="3" t="n">
-        <x:v>90415</x:v>
+        <x:v>90033</x:v>
       </x:c>
       <x:c r="AC49" s="3" t="n">
-        <x:v>90586</x:v>
+        <x:v>90186</x:v>
       </x:c>
       <x:c r="AD49" s="3" t="n">
-        <x:v>93751</x:v>
+        <x:v>93325</x:v>
       </x:c>
       <x:c r="AE49" s="3" t="n">
-        <x:v>90931</x:v>
+        <x:v>90499</x:v>
       </x:c>
       <x:c r="AF49" s="3" t="n">
-        <x:v>101298</x:v>
+        <x:v>100858</x:v>
       </x:c>
       <x:c r="AG49" s="3" t="n">
-        <x:v>105339</x:v>
+        <x:v>104875</x:v>
       </x:c>
       <x:c r="AH49" s="3" t="n">
-        <x:v>102063</x:v>
+        <x:v>101612</x:v>
       </x:c>
       <x:c r="AI49" s="3" t="n">
-        <x:v>106960</x:v>
+        <x:v>106499</x:v>
       </x:c>
       <x:c r="AJ49" s="3" t="n">
-        <x:v>110124</x:v>
+        <x:v>109649</x:v>
       </x:c>
       <x:c r="AK49" s="3" t="n">
-        <x:v>115648</x:v>
+        <x:v>115151</x:v>
       </x:c>
       <x:c r="AL49" s="3" t="n">
-        <x:v>117923</x:v>
+        <x:v>117392</x:v>
       </x:c>
       <x:c r="AM49" s="3" t="n">
-        <x:v>117943</x:v>
+        <x:v>117416</x:v>
       </x:c>
       <x:c r="AN49" s="3" t="n">
-        <x:v>121209</x:v>
+        <x:v>120680</x:v>
       </x:c>
       <x:c r="AO49" s="3" t="n">
-        <x:v>130355</x:v>
+        <x:v>129809</x:v>
       </x:c>
       <x:c r="AP49" s="3" t="n">
-        <x:v>129492</x:v>
+        <x:v>128841</x:v>
       </x:c>
       <x:c r="AQ49" s="3" t="n">
-        <x:v>129211</x:v>
+        <x:v>128564</x:v>
       </x:c>
       <x:c r="AR49" s="3" t="n">
-        <x:v>128901</x:v>
+        <x:v>128249</x:v>
       </x:c>
       <x:c r="AS49" s="3" t="n">
-        <x:v>136561</x:v>
+        <x:v>135887</x:v>
       </x:c>
       <x:c r="AT49" s="3" t="n">
-        <x:v>131787</x:v>
+        <x:v>131094</x:v>
       </x:c>
       <x:c r="AU49" s="3" t="n">
-        <x:v>134481</x:v>
+        <x:v>133783</x:v>
       </x:c>
       <x:c r="AV49" s="3" t="n">
-        <x:v>133551</x:v>
+        <x:v>132851</x:v>
       </x:c>
       <x:c r="AW49" s="3" t="n">
-        <x:v>138906</x:v>
+        <x:v>138189</x:v>
       </x:c>
       <x:c r="AX49" s="3" t="n">
-        <x:v>136772</x:v>
+        <x:v>136091</x:v>
       </x:c>
       <x:c r="AY49" s="3" t="n">
-        <x:v>135625</x:v>
+        <x:v>134938</x:v>
       </x:c>
       <x:c r="AZ49" s="3" t="n">
-        <x:v>139247</x:v>
+        <x:v>138547</x:v>
       </x:c>
       <x:c r="BA49" s="3" t="n">
-        <x:v>144649</x:v>
+        <x:v>143919</x:v>
       </x:c>
       <x:c r="BB49" s="3" t="n">
-        <x:v>142283</x:v>
+        <x:v>141129</x:v>
       </x:c>
       <x:c r="BC49" s="3" t="n">
-        <x:v>144014</x:v>
+        <x:v>142856</x:v>
       </x:c>
       <x:c r="BD49" s="3" t="n">
-        <x:v>144725</x:v>
+        <x:v>143554</x:v>
       </x:c>
       <x:c r="BE49" s="3" t="n">
-        <x:v>149880</x:v>
+        <x:v>148675</x:v>
       </x:c>
       <x:c r="BF49" s="3" t="n">
-        <x:v>152771</x:v>
+        <x:v>151502</x:v>
       </x:c>
       <x:c r="BG49" s="3" t="n">
-        <x:v>144728</x:v>
+        <x:v>143445</x:v>
       </x:c>
       <x:c r="BH49" s="3" t="n">
-        <x:v>149479</x:v>
+        <x:v>148169</x:v>
       </x:c>
       <x:c r="BI49" s="3" t="n">
-        <x:v>155753</x:v>
+        <x:v>154399</x:v>
       </x:c>
       <x:c r="BJ49" s="3" t="n">
-        <x:v>152217</x:v>
+        <x:v>150924</x:v>
       </x:c>
       <x:c r="BK49" s="3" t="n">
-        <x:v>148754</x:v>
+        <x:v>147460</x:v>
       </x:c>
       <x:c r="BL49" s="3" t="n">
-        <x:v>156004</x:v>
+        <x:v>154701</x:v>
       </x:c>
       <x:c r="BM49" s="3" t="n">
-        <x:v>170228</x:v>
+        <x:v>168886</x:v>
       </x:c>
       <x:c r="BN49" s="3" t="n">
-        <x:v>158524</x:v>
+        <x:v>157134</x:v>
       </x:c>
       <x:c r="BO49" s="3" t="n">
-        <x:v>160123</x:v>
+        <x:v>158700</x:v>
       </x:c>
       <x:c r="BP49" s="3" t="n">
-        <x:v>163559</x:v>
+        <x:v>162134</x:v>
       </x:c>
       <x:c r="BQ49" s="3" t="n">
-        <x:v>172879</x:v>
+        <x:v>171422</x:v>
       </x:c>
       <x:c r="BR49" s="3" t="n">
-        <x:v>175817</x:v>
+        <x:v>174343</x:v>
       </x:c>
       <x:c r="BS49" s="3" t="n">
-        <x:v>168075</x:v>
+        <x:v>166588</x:v>
       </x:c>
       <x:c r="BT49" s="3" t="n">
-        <x:v>173969</x:v>
+        <x:v>172478</x:v>
       </x:c>
       <x:c r="BU49" s="3" t="n">
-        <x:v>182868</x:v>
+        <x:v>181327</x:v>
       </x:c>
       <x:c r="BV49" s="3" t="n">
-        <x:v>183460</x:v>
+        <x:v>181754</x:v>
       </x:c>
       <x:c r="BW49" s="3" t="n">
-        <x:v>175488</x:v>
+        <x:v>173771</x:v>
       </x:c>
       <x:c r="BX49" s="3" t="n">
-        <x:v>183697</x:v>
+        <x:v>181930</x:v>
       </x:c>
       <x:c r="BY49" s="3" t="n">
-        <x:v>194138</x:v>
+        <x:v>192284</x:v>
       </x:c>
       <x:c r="BZ49" s="3" t="n">
-        <x:v>187766</x:v>
+        <x:v>185446</x:v>
       </x:c>
       <x:c r="CA49" s="3" t="n">
-        <x:v>198668</x:v>
+        <x:v>196330</x:v>
       </x:c>
       <x:c r="CB49" s="3" t="n">
-        <x:v>197129</x:v>
+        <x:v>194737</x:v>
       </x:c>
       <x:c r="CC49" s="3" t="n">
-        <x:v>211785</x:v>
+        <x:v>209334</x:v>
       </x:c>
       <x:c r="CD49" s="3" t="n">
-        <x:v>208961</x:v>
+        <x:v>206702</x:v>
       </x:c>
       <x:c r="CE49" s="3" t="n">
-        <x:v>207627</x:v>
+        <x:v>205457</x:v>
       </x:c>
       <x:c r="CF49" s="3" t="n">
-        <x:v>217484</x:v>
+        <x:v>214834</x:v>
       </x:c>
       <x:c r="CG49" s="3" t="n">
-        <x:v>228079</x:v>
+        <x:v>225541</x:v>
       </x:c>
       <x:c r="CH49" s="3" t="n">
-        <x:v>221657</x:v>
+        <x:v>219687</x:v>
       </x:c>
       <x:c r="CI49" s="3" t="n">
-        <x:v>219084</x:v>
+        <x:v>217197</x:v>
       </x:c>
       <x:c r="CJ49" s="3" t="n">
-        <x:v>226104</x:v>
+        <x:v>223723</x:v>
       </x:c>
       <x:c r="CK49" s="3" t="n">
-        <x:v>240270</x:v>
+        <x:v>238093</x:v>
       </x:c>
       <x:c r="CL49" s="3" t="n">
-        <x:v>241233</x:v>
+        <x:v>239470</x:v>
       </x:c>
       <x:c r="CM49" s="3" t="n">
-        <x:v>232661</x:v>
+        <x:v>231032</x:v>
       </x:c>
       <x:c r="CN49" s="3" t="n">
-        <x:v>238464</x:v>
+        <x:v>236391</x:v>
       </x:c>
       <x:c r="CO49" s="3" t="n">
-        <x:v>252593</x:v>
+        <x:v>250690</x:v>
       </x:c>
       <x:c r="CP49" s="3" t="n">
-        <x:v>259273</x:v>
+        <x:v>257763</x:v>
       </x:c>
       <x:c r="CQ49" s="3" t="n">
-        <x:v>248335</x:v>
+        <x:v>246958</x:v>
       </x:c>
       <x:c r="CR49" s="3" t="n">
-        <x:v>249543</x:v>
+        <x:v>247687</x:v>
       </x:c>
       <x:c r="CS49" s="3" t="n">
-        <x:v>269532</x:v>
+        <x:v>267958</x:v>
       </x:c>
       <x:c r="CT49" s="3" t="n">
-        <x:v>260975</x:v>
+        <x:v>259819</x:v>
       </x:c>
       <x:c r="CU49" s="3" t="n">
-        <x:v>267773</x:v>
+        <x:v>266778</x:v>
       </x:c>
       <x:c r="CV49" s="3" t="n">
-        <x:v>265121</x:v>
+        <x:v>263430</x:v>
       </x:c>
       <x:c r="CW49" s="3" t="n">
-        <x:v>279975</x:v>
+        <x:v>278623</x:v>
       </x:c>
       <x:c r="CX49" s="3" t="n">
-        <x:v>278455</x:v>
+        <x:v>277937</x:v>
       </x:c>
       <x:c r="CY49" s="3" t="n">
-        <x:v>272069</x:v>
+        <x:v>271792</x:v>
       </x:c>
       <x:c r="CZ49" s="3" t="n">
-        <x:v>279041</x:v>
+        <x:v>278036</x:v>
       </x:c>
       <x:c r="DA49" s="3" t="n">
-        <x:v>293007</x:v>
+        <x:v>292312</x:v>
       </x:c>
       <x:c r="DB49" s="3" t="n">
-        <x:v>297725</x:v>
+        <x:v>298206</x:v>
       </x:c>
       <x:c r="DC49" s="3" t="n">
-        <x:v>290486</x:v>
+        <x:v>291099</x:v>
       </x:c>
       <x:c r="DD49" s="3" t="n">
-        <x:v>298367</x:v>
+        <x:v>298302</x:v>
       </x:c>
       <x:c r="DE49" s="3" t="n">
-        <x:v>320900</x:v>
+        <x:v>321055</x:v>
       </x:c>
       <x:c r="DF49" s="3" t="n">
-        <x:v>306216</x:v>
+        <x:v>307878</x:v>
       </x:c>
       <x:c r="DG49" s="3" t="n">
-        <x:v>326663</x:v>
+        <x:v>328756</x:v>
       </x:c>
       <x:c r="DH49" s="3" t="n">
-        <x:v>316895</x:v>
+        <x:v>318523</x:v>
       </x:c>
       <x:c r="DI49" s="3" t="n">
-        <x:v>349609</x:v>
+        <x:v>351344</x:v>
       </x:c>
       <x:c r="DJ49" s="3" t="n">
-        <x:v>346108</x:v>
+        <x:v>349755</x:v>
       </x:c>
       <x:c r="DK49" s="3" t="n">
-        <x:v>345155</x:v>
+        <x:v>349302</x:v>
       </x:c>
       <x:c r="DL49" s="3" t="n">
-        <x:v>347510</x:v>
+        <x:v>351360</x:v>
       </x:c>
       <x:c r="DM49" s="3" t="n">
-        <x:v>383726</x:v>
+        <x:v>387651</x:v>
       </x:c>
       <x:c r="DN49" s="3" t="n">
-        <x:v>382596</x:v>
+        <x:v>389153</x:v>
       </x:c>
       <x:c r="DO49" s="3" t="n">
-        <x:v>379956</x:v>
+        <x:v>387359</x:v>
       </x:c>
       <x:c r="DP49" s="3" t="n">
-        <x:v>383420</x:v>
+        <x:v>390201</x:v>
       </x:c>
       <x:c r="DQ49" s="3" t="n">
-        <x:v>418151</x:v>
+        <x:v>424524</x:v>
       </x:c>
       <x:c r="DR49" s="3" t="n">
-        <x:v>399841</x:v>
+        <x:v>408404</x:v>
       </x:c>
       <x:c r="DS49" s="3" t="n">
-        <x:v>420691</x:v>
+        <x:v>429578</x:v>
       </x:c>
       <x:c r="DT49" s="3" t="n">
-        <x:v>416841</x:v>
+        <x:v>425773</x:v>
       </x:c>
       <x:c r="DU49" s="3" t="n">
-        <x:v>446189</x:v>
+        <x:v>455844</x:v>
       </x:c>
       <x:c r="DV49" s="3" t="n">
-        <x:v>418395</x:v>
+        <x:v>429429</x:v>
       </x:c>
       <x:c r="DW49" s="3" t="n">
-        <x:v>418256</x:v>
+        <x:v>429677</x:v>
       </x:c>
       <x:c r="DX49" s="3" t="n">
-        <x:v>419964</x:v>
+        <x:v>430933</x:v>
       </x:c>
       <x:c r="DY49" s="3" t="n">
-        <x:v>444068</x:v>
+        <x:v>455034</x:v>
       </x:c>
       <x:c r="DZ49" s="3" t="n">
-        <x:v>436051</x:v>
+        <x:v>448231</x:v>
       </x:c>
       <x:c r="EA49" s="3" t="n">
-        <x:v>442094</x:v>
+        <x:v>455250</x:v>
       </x:c>
       <x:c r="EB49" s="3" t="n">
-        <x:v>443301</x:v>
+        <x:v>455692</x:v>
       </x:c>
       <x:c r="EC49" s="3" t="n">
-        <x:v>470528</x:v>
+        <x:v>482899</x:v>
       </x:c>
       <x:c r="ED49" s="3" t="n">
-        <x:v>454473</x:v>
+        <x:v>468452</x:v>
       </x:c>
       <x:c r="EE49" s="3" t="n">
-        <x:v>457966</x:v>
+        <x:v>473584</x:v>
       </x:c>
       <x:c r="EF49" s="3" t="n">
-        <x:v>461442</x:v>
+        <x:v>476373</x:v>
       </x:c>
       <x:c r="EG49" s="3" t="n">
-        <x:v>489082</x:v>
+        <x:v>503090</x:v>
       </x:c>
       <x:c r="EH49" s="3" t="n">
-        <x:v>492309</x:v>
+        <x:v>507783</x:v>
       </x:c>
       <x:c r="EI49" s="3" t="n">
-        <x:v>486223</x:v>
+        <x:v>503257</x:v>
       </x:c>
       <x:c r="EJ49" s="3" t="n">
-        <x:v>486395</x:v>
+        <x:v>502747</x:v>
       </x:c>
       <x:c r="EK49" s="3" t="n">
-        <x:v>520128</x:v>
+        <x:v>535932</x:v>
       </x:c>
       <x:c r="EL49" s="3" t="n">
-        <x:v>508328</x:v>
+        <x:v>526751</x:v>
       </x:c>
       <x:c r="EM49" s="3" t="n">
-        <x:v>526718</x:v>
+        <x:v>546380</x:v>
       </x:c>
       <x:c r="EN49" s="3" t="n">
-        <x:v>514107</x:v>
+        <x:v>532683</x:v>
       </x:c>
       <x:c r="EO49" s="3" t="n">
-        <x:v>547058</x:v>
+        <x:v>565503</x:v>
       </x:c>
       <x:c r="EP49" s="3" t="n">
-        <x:v>543073</x:v>
+        <x:v>561673</x:v>
       </x:c>
       <x:c r="EQ49" s="3" t="n">
-        <x:v>539907</x:v>
+        <x:v>559930</x:v>
       </x:c>
       <x:c r="ER49" s="3" t="n">
-        <x:v>541972</x:v>
+        <x:v>561920</x:v>
       </x:c>
       <x:c r="ES49" s="3" t="n">
-        <x:v>575917</x:v>
+        <x:v>597966</x:v>
       </x:c>
       <x:c r="ET49" s="3" t="n">
-        <x:v>563946</x:v>
+        <x:v>586177</x:v>
       </x:c>
       <x:c r="EU49" s="3" t="n">
-        <x:v>570997</x:v>
+        <x:v>594157</x:v>
       </x:c>
       <x:c r="EV49" s="3" t="n">
-        <x:v>555486</x:v>
+        <x:v>579153</x:v>
       </x:c>
       <x:c r="EW49" s="3" t="n">
-        <x:v>581487</x:v>
+        <x:v>605176</x:v>
       </x:c>
       <x:c r="EX49" s="3" t="n">
-        <x:v>566765</x:v>
+        <x:v>590737</x:v>
       </x:c>
       <x:c r="EY49" s="3" t="n">
-        <x:v>593068</x:v>
+        <x:v>615997</x:v>
       </x:c>
       <x:c r="EZ49" s="3" t="n">
-        <x:v>567593</x:v>
+        <x:v>591748</x:v>
       </x:c>
       <x:c r="FA49" s="3" t="n">
-        <x:v>606210</x:v>
+        <x:v>630955</x:v>
       </x:c>
       <x:c r="FB49" s="3" t="n">
-        <x:v>612000</x:v>
+        <x:v>638691</x:v>
       </x:c>
       <x:c r="FC49" s="3" t="n">
-        <x:v>597294</x:v>
+        <x:v>624148</x:v>
       </x:c>
       <x:c r="FD49" s="3" t="n">
-        <x:v>585922</x:v>
+        <x:v>612311</x:v>
       </x:c>
       <x:c r="FE49" s="3" t="n">
-        <x:v>626841</x:v>
+        <x:v>653344</x:v>
       </x:c>
       <x:c r="FF49" s="3" t="n">
-        <x:v>620722</x:v>
+        <x:v>647633</x:v>
       </x:c>
       <x:c r="FG49" s="3" t="n">
-        <x:v>636160</x:v>
+        <x:v>662361</x:v>
       </x:c>
       <x:c r="FH49" s="3" t="n">
-        <x:v>610025</x:v>
+        <x:v>636139</x:v>
       </x:c>
       <x:c r="FI49" s="3" t="n">
-        <x:v>671328</x:v>
+        <x:v>702823</x:v>
       </x:c>
       <x:c r="FJ49" s="3" t="n">
-        <x:v>664557</x:v>
+        <x:v>692805</x:v>
       </x:c>
       <x:c r="FK49" s="3" t="n">
-        <x:v>658151</x:v>
+        <x:v>689149</x:v>
       </x:c>
       <x:c r="FL49" s="3" t="n">
-        <x:v>652290</x:v>
+        <x:v>684653</x:v>
       </x:c>
       <x:c r="FM49" s="3" t="n">
-        <x:v>693419</x:v>
+        <x:v>728507</x:v>
       </x:c>
       <x:c r="FN49" s="3" t="n">
-        <x:v>690936</x:v>
+        <x:v>724301</x:v>
       </x:c>
       <x:c r="FO49" s="3" t="n">
-        <x:v>639726</x:v>
+        <x:v>671233</x:v>
       </x:c>
       <x:c r="FP49" s="3" t="n">
-        <x:v>642852</x:v>
+        <x:v>675631</x:v>
       </x:c>
       <x:c r="FQ49" s="3" t="n">
-        <x:v>689900</x:v>
+        <x:v>722739</x:v>
       </x:c>
       <x:c r="FR49" s="3" t="n">
-        <x:v>691822</x:v>
+        <x:v>724296</x:v>
       </x:c>
       <x:c r="FS49" s="3" t="n">
-        <x:v>702527</x:v>
+        <x:v>734782</x:v>
       </x:c>
       <x:c r="FT49" s="3" t="n">
-        <x:v>704074</x:v>
+        <x:v>739237</x:v>
       </x:c>
       <x:c r="FU49" s="3" t="n">
-        <x:v>787445</x:v>
+        <x:v>830321</x:v>
       </x:c>
       <x:c r="FV49" s="3" t="n">
-        <x:v>793392</x:v>
+        <x:v>840439</x:v>
       </x:c>
       <x:c r="FW49" s="3" t="n">
-        <x:v>796046</x:v>
+        <x:v>844942</x:v>
       </x:c>
       <x:c r="FX49" s="3" t="n">
-        <x:v>796325</x:v>
+        <x:v>839858</x:v>
       </x:c>
       <x:c r="FY49" s="3" t="n">
-        <x:v>867909</x:v>
+        <x:v>914702</x:v>
       </x:c>
       <x:c r="FZ49" s="3" t="n">
-        <x:v>864913</x:v>
+        <x:v>909347</x:v>
       </x:c>
       <x:c r="GA49" s="3" t="n">
-        <x:v>838036</x:v>
+        <x:v>873961</x:v>
       </x:c>
       <x:c r="GB49" s="3" t="n">
-        <x:v>823578</x:v>
+        <x:v>854441</x:v>
       </x:c>
       <x:c r="GC49" s="3" t="n">
-        <x:v>898359</x:v>
+        <x:v>931000</x:v>
       </x:c>
       <x:c r="GD49" s="3" t="n">
-        <x:v>882847</x:v>
+        <x:v>915838</x:v>
       </x:c>
       <x:c r="GE49" s="3" t="n">
-        <x:v>895330</x:v>
+        <x:v>934266</x:v>
       </x:c>
       <x:c r="GF49" s="3" t="n">
-        <x:v>869451</x:v>
+        <x:v>903730</x:v>
       </x:c>
       <x:c r="GG49" s="3" t="n">
-        <x:v>926389</x:v>
+        <x:v>958789</x:v>
       </x:c>
       <x:c r="GH49" s="3" t="n">
-        <x:v>943205</x:v>
+        <x:v>977085</x:v>
       </x:c>
       <x:c r="GI49" s="3" t="n">
-        <x:v>930616</x:v>
+        <x:v>967071</x:v>
+      </x:c>
+      <x:c r="GJ49" s="3" t="n">
+        <x:v>944225</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:191">
+    <x:row r="50" spans="1:192">
       <x:c r="A50" s="2" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>34298</x:v>
+        <x:v>34088</x:v>
       </x:c>
       <x:c r="C50" s="3" t="n">
-        <x:v>39237</x:v>
+        <x:v>39023</x:v>
       </x:c>
       <x:c r="D50" s="3" t="n">
-        <x:v>40995</x:v>
+        <x:v>40776</x:v>
       </x:c>
       <x:c r="E50" s="3" t="n">
-        <x:v>42098</x:v>
+        <x:v>41865</x:v>
       </x:c>
       <x:c r="F50" s="3" t="n">
-        <x:v>40912</x:v>
+        <x:v>40671</x:v>
       </x:c>
       <x:c r="G50" s="3" t="n">
-        <x:v>41133</x:v>
+        <x:v>40888</x:v>
       </x:c>
       <x:c r="H50" s="3" t="n">
-        <x:v>42495</x:v>
+        <x:v>42246</x:v>
       </x:c>
       <x:c r="I50" s="3" t="n">
-        <x:v>42377</x:v>
+        <x:v>42115</x:v>
       </x:c>
       <x:c r="J50" s="3" t="n">
-        <x:v>44246</x:v>
+        <x:v>43940</x:v>
       </x:c>
       <x:c r="K50" s="3" t="n">
-        <x:v>45230</x:v>
+        <x:v>44913</x:v>
       </x:c>
       <x:c r="L50" s="3" t="n">
-        <x:v>47398</x:v>
+        <x:v>47066</x:v>
       </x:c>
       <x:c r="M50" s="3" t="n">
-        <x:v>47884</x:v>
+        <x:v>47543</x:v>
       </x:c>
       <x:c r="N50" s="3" t="n">
-        <x:v>49585</x:v>
+        <x:v>49296</x:v>
       </x:c>
       <x:c r="O50" s="3" t="n">
-        <x:v>50552</x:v>
+        <x:v>50263</x:v>
       </x:c>
       <x:c r="P50" s="3" t="n">
-        <x:v>53279</x:v>
+        <x:v>52988</x:v>
       </x:c>
       <x:c r="Q50" s="3" t="n">
-        <x:v>53875</x:v>
+        <x:v>53573</x:v>
       </x:c>
       <x:c r="R50" s="3" t="n">
-        <x:v>56026</x:v>
+        <x:v>55719</x:v>
       </x:c>
       <x:c r="S50" s="3" t="n">
-        <x:v>56920</x:v>
+        <x:v>56614</x:v>
       </x:c>
       <x:c r="T50" s="3" t="n">
-        <x:v>58745</x:v>
+        <x:v>58434</x:v>
       </x:c>
       <x:c r="U50" s="3" t="n">
-        <x:v>60026</x:v>
+        <x:v>59697</x:v>
       </x:c>
       <x:c r="V50" s="3" t="n">
-        <x:v>60378</x:v>
+        <x:v>59999</x:v>
       </x:c>
       <x:c r="W50" s="3" t="n">
-        <x:v>62127</x:v>
+        <x:v>61750</x:v>
       </x:c>
       <x:c r="X50" s="3" t="n">
-        <x:v>63647</x:v>
+        <x:v>63269</x:v>
       </x:c>
       <x:c r="Y50" s="3" t="n">
-        <x:v>66701</x:v>
+        <x:v>66306</x:v>
       </x:c>
       <x:c r="Z50" s="3" t="n">
-        <x:v>68950</x:v>
+        <x:v>68554</x:v>
       </x:c>
       <x:c r="AA50" s="3" t="n">
-        <x:v>67213</x:v>
+        <x:v>66825</x:v>
       </x:c>
       <x:c r="AB50" s="3" t="n">
-        <x:v>71857</x:v>
+        <x:v>71475</x:v>
       </x:c>
       <x:c r="AC50" s="3" t="n">
-        <x:v>71930</x:v>
+        <x:v>71530</x:v>
       </x:c>
       <x:c r="AD50" s="3" t="n">
-        <x:v>73845</x:v>
+        <x:v>73418</x:v>
       </x:c>
       <x:c r="AE50" s="3" t="n">
-        <x:v>70832</x:v>
+        <x:v>70400</x:v>
       </x:c>
       <x:c r="AF50" s="3" t="n">
-        <x:v>80867</x:v>
+        <x:v>80427</x:v>
       </x:c>
       <x:c r="AG50" s="3" t="n">
-        <x:v>84813</x:v>
+        <x:v>84348</x:v>
       </x:c>
       <x:c r="AH50" s="3" t="n">
-        <x:v>80144</x:v>
+        <x:v>79693</x:v>
       </x:c>
       <x:c r="AI50" s="3" t="n">
-        <x:v>84818</x:v>
+        <x:v>84356</x:v>
       </x:c>
       <x:c r="AJ50" s="3" t="n">
-        <x:v>87480</x:v>
+        <x:v>87005</x:v>
       </x:c>
       <x:c r="AK50" s="3" t="n">
-        <x:v>92679</x:v>
+        <x:v>92182</x:v>
       </x:c>
       <x:c r="AL50" s="3" t="n">
-        <x:v>92765</x:v>
+        <x:v>92234</x:v>
       </x:c>
       <x:c r="AM50" s="3" t="n">
-        <x:v>92584</x:v>
+        <x:v>92057</x:v>
       </x:c>
       <x:c r="AN50" s="3" t="n">
-        <x:v>95619</x:v>
+        <x:v>95091</x:v>
       </x:c>
       <x:c r="AO50" s="3" t="n">
-        <x:v>104520</x:v>
+        <x:v>103974</x:v>
       </x:c>
       <x:c r="AP50" s="3" t="n">
-        <x:v>102259</x:v>
+        <x:v>101607</x:v>
       </x:c>
       <x:c r="AQ50" s="3" t="n">
-        <x:v>101831</x:v>
+        <x:v>101184</x:v>
       </x:c>
       <x:c r="AR50" s="3" t="n">
-        <x:v>101320</x:v>
+        <x:v>100668</x:v>
       </x:c>
       <x:c r="AS50" s="3" t="n">
-        <x:v>108915</x:v>
+        <x:v>108241</x:v>
       </x:c>
       <x:c r="AT50" s="3" t="n">
-        <x:v>103205</x:v>
+        <x:v>102512</x:v>
       </x:c>
       <x:c r="AU50" s="3" t="n">
-        <x:v>105638</x:v>
+        <x:v>104940</x:v>
       </x:c>
       <x:c r="AV50" s="3" t="n">
-        <x:v>104072</x:v>
+        <x:v>103372</x:v>
       </x:c>
       <x:c r="AW50" s="3" t="n">
-        <x:v>109189</x:v>
+        <x:v>108472</x:v>
       </x:c>
       <x:c r="AX50" s="3" t="n">
-        <x:v>105882</x:v>
+        <x:v>105201</x:v>
       </x:c>
       <x:c r="AY50" s="3" t="n">
-        <x:v>104544</x:v>
+        <x:v>103858</x:v>
       </x:c>
       <x:c r="AZ50" s="3" t="n">
-        <x:v>107757</x:v>
+        <x:v>107057</x:v>
       </x:c>
       <x:c r="BA50" s="3" t="n">
-        <x:v>113513</x:v>
+        <x:v>112782</x:v>
       </x:c>
       <x:c r="BB50" s="3" t="n">
-        <x:v>108964</x:v>
+        <x:v>107810</x:v>
       </x:c>
       <x:c r="BC50" s="3" t="n">
-        <x:v>110516</x:v>
+        <x:v>109359</x:v>
       </x:c>
       <x:c r="BD50" s="3" t="n">
-        <x:v>111217</x:v>
+        <x:v>110047</x:v>
       </x:c>
       <x:c r="BE50" s="3" t="n">
-        <x:v>114147</x:v>
+        <x:v>112942</x:v>
       </x:c>
       <x:c r="BF50" s="3" t="n">
-        <x:v>115504</x:v>
+        <x:v>114235</x:v>
       </x:c>
       <x:c r="BG50" s="3" t="n">
-        <x:v>110208</x:v>
+        <x:v>108926</x:v>
       </x:c>
       <x:c r="BH50" s="3" t="n">
-        <x:v>114152</x:v>
+        <x:v>112841</x:v>
       </x:c>
       <x:c r="BI50" s="3" t="n">
-        <x:v>118433</x:v>
+        <x:v>117080</x:v>
       </x:c>
       <x:c r="BJ50" s="3" t="n">
-        <x:v>114178</x:v>
+        <x:v>112885</x:v>
       </x:c>
       <x:c r="BK50" s="3" t="n">
-        <x:v>112610</x:v>
+        <x:v>111316</x:v>
       </x:c>
       <x:c r="BL50" s="3" t="n">
-        <x:v>119676</x:v>
+        <x:v>118372</x:v>
       </x:c>
       <x:c r="BM50" s="3" t="n">
-        <x:v>130578</x:v>
+        <x:v>129235</x:v>
       </x:c>
       <x:c r="BN50" s="3" t="n">
-        <x:v>120348</x:v>
+        <x:v>118959</x:v>
       </x:c>
       <x:c r="BO50" s="3" t="n">
-        <x:v>121707</x:v>
+        <x:v>120284</x:v>
       </x:c>
       <x:c r="BP50" s="3" t="n">
-        <x:v>124951</x:v>
+        <x:v>123526</x:v>
       </x:c>
       <x:c r="BQ50" s="3" t="n">
-        <x:v>131817</x:v>
+        <x:v>130360</x:v>
       </x:c>
       <x:c r="BR50" s="3" t="n">
-        <x:v>133321</x:v>
+        <x:v>131847</x:v>
       </x:c>
       <x:c r="BS50" s="3" t="n">
-        <x:v>128951</x:v>
+        <x:v>127464</x:v>
       </x:c>
       <x:c r="BT50" s="3" t="n">
-        <x:v>133892</x:v>
+        <x:v>132400</x:v>
       </x:c>
       <x:c r="BU50" s="3" t="n">
-        <x:v>140270</x:v>
+        <x:v>138729</x:v>
       </x:c>
       <x:c r="BV50" s="3" t="n">
-        <x:v>139008</x:v>
+        <x:v>137303</x:v>
       </x:c>
       <x:c r="BW50" s="3" t="n">
-        <x:v>133610</x:v>
+        <x:v>131893</x:v>
       </x:c>
       <x:c r="BX50" s="3" t="n">
-        <x:v>140684</x:v>
+        <x:v>138917</x:v>
       </x:c>
       <x:c r="BY50" s="3" t="n">
-        <x:v>148137</x:v>
+        <x:v>146283</x:v>
       </x:c>
       <x:c r="BZ50" s="3" t="n">
-        <x:v>143385</x:v>
+        <x:v>141065</x:v>
       </x:c>
       <x:c r="CA50" s="3" t="n">
-        <x:v>151907</x:v>
+        <x:v>149569</x:v>
       </x:c>
       <x:c r="CB50" s="3" t="n">
-        <x:v>151914</x:v>
+        <x:v>149522</x:v>
       </x:c>
       <x:c r="CC50" s="3" t="n">
-        <x:v>162973</x:v>
+        <x:v>160522</x:v>
       </x:c>
       <x:c r="CD50" s="3" t="n">
-        <x:v>159305</x:v>
+        <x:v>157046</x:v>
       </x:c>
       <x:c r="CE50" s="3" t="n">
-        <x:v>159928</x:v>
+        <x:v>157758</x:v>
       </x:c>
       <x:c r="CF50" s="3" t="n">
-        <x:v>167538</x:v>
+        <x:v>164888</x:v>
       </x:c>
       <x:c r="CG50" s="3" t="n">
-        <x:v>174337</x:v>
+        <x:v>171799</x:v>
       </x:c>
       <x:c r="CH50" s="3" t="n">
-        <x:v>167955</x:v>
+        <x:v>165985</x:v>
       </x:c>
       <x:c r="CI50" s="3" t="n">
-        <x:v>166379</x:v>
+        <x:v>164492</x:v>
       </x:c>
       <x:c r="CJ50" s="3" t="n">
-        <x:v>173618</x:v>
+        <x:v>171237</x:v>
       </x:c>
       <x:c r="CK50" s="3" t="n">
-        <x:v>183744</x:v>
+        <x:v>181567</x:v>
       </x:c>
       <x:c r="CL50" s="3" t="n">
-        <x:v>182968</x:v>
+        <x:v>181206</x:v>
       </x:c>
       <x:c r="CM50" s="3" t="n">
-        <x:v>178152</x:v>
+        <x:v>176523</x:v>
       </x:c>
       <x:c r="CN50" s="3" t="n">
-        <x:v>182451</x:v>
+        <x:v>180378</x:v>
       </x:c>
       <x:c r="CO50" s="3" t="n">
-        <x:v>193418</x:v>
+        <x:v>191516</x:v>
       </x:c>
       <x:c r="CP50" s="3" t="n">
-        <x:v>196571</x:v>
+        <x:v>195062</x:v>
       </x:c>
       <x:c r="CQ50" s="3" t="n">
-        <x:v>189994</x:v>
+        <x:v>188617</x:v>
       </x:c>
       <x:c r="CR50" s="3" t="n">
-        <x:v>190159</x:v>
+        <x:v>188303</x:v>
       </x:c>
       <x:c r="CS50" s="3" t="n">
-        <x:v>205033</x:v>
+        <x:v>203459</x:v>
       </x:c>
       <x:c r="CT50" s="3" t="n">
-        <x:v>199298</x:v>
+        <x:v>198141</x:v>
       </x:c>
       <x:c r="CU50" s="3" t="n">
-        <x:v>203452</x:v>
+        <x:v>202457</x:v>
       </x:c>
       <x:c r="CV50" s="3" t="n">
-        <x:v>199905</x:v>
+        <x:v>198213</x:v>
       </x:c>
       <x:c r="CW50" s="3" t="n">
-        <x:v>212967</x:v>
+        <x:v>211615</x:v>
       </x:c>
       <x:c r="CX50" s="3" t="n">
-        <x:v>208515</x:v>
+        <x:v>207997</x:v>
       </x:c>
       <x:c r="CY50" s="3" t="n">
-        <x:v>206894</x:v>
+        <x:v>206617</x:v>
       </x:c>
       <x:c r="CZ50" s="3" t="n">
-        <x:v>212001</x:v>
+        <x:v>210996</x:v>
       </x:c>
       <x:c r="DA50" s="3" t="n">
-        <x:v>224672</x:v>
+        <x:v>223978</x:v>
       </x:c>
       <x:c r="DB50" s="3" t="n">
-        <x:v>226841</x:v>
+        <x:v>227321</x:v>
       </x:c>
       <x:c r="DC50" s="3" t="n">
-        <x:v>222716</x:v>
+        <x:v>223328</x:v>
       </x:c>
       <x:c r="DD50" s="3" t="n">
-        <x:v>228719</x:v>
+        <x:v>228654</x:v>
       </x:c>
       <x:c r="DE50" s="3" t="n">
-        <x:v>246605</x:v>
+        <x:v>246760</x:v>
       </x:c>
       <x:c r="DF50" s="3" t="n">
-        <x:v>234446</x:v>
+        <x:v>236108</x:v>
       </x:c>
       <x:c r="DG50" s="3" t="n">
-        <x:v>251304</x:v>
+        <x:v>253397</x:v>
       </x:c>
       <x:c r="DH50" s="3" t="n">
-        <x:v>245015</x:v>
+        <x:v>246642</x:v>
       </x:c>
       <x:c r="DI50" s="3" t="n">
-        <x:v>273048</x:v>
+        <x:v>274783</x:v>
       </x:c>
       <x:c r="DJ50" s="3" t="n">
-        <x:v>265830</x:v>
+        <x:v>269477</x:v>
       </x:c>
       <x:c r="DK50" s="3" t="n">
-        <x:v>269019</x:v>
+        <x:v>273165</x:v>
       </x:c>
       <x:c r="DL50" s="3" t="n">
-        <x:v>270400</x:v>
+        <x:v>274250</x:v>
       </x:c>
       <x:c r="DM50" s="3" t="n">
-        <x:v>302389</x:v>
+        <x:v>306313</x:v>
       </x:c>
       <x:c r="DN50" s="3" t="n">
-        <x:v>296652</x:v>
+        <x:v>303208</x:v>
       </x:c>
       <x:c r="DO50" s="3" t="n">
-        <x:v>297379</x:v>
+        <x:v>304781</x:v>
       </x:c>
       <x:c r="DP50" s="3" t="n">
-        <x:v>299485</x:v>
+        <x:v>306266</x:v>
       </x:c>
       <x:c r="DQ50" s="3" t="n">
-        <x:v>329915</x:v>
+        <x:v>336288</x:v>
       </x:c>
       <x:c r="DR50" s="3" t="n">
-        <x:v>310379</x:v>
+        <x:v>318942</x:v>
       </x:c>
       <x:c r="DS50" s="3" t="n">
-        <x:v>328422</x:v>
+        <x:v>337309</x:v>
       </x:c>
       <x:c r="DT50" s="3" t="n">
-        <x:v>322348</x:v>
+        <x:v>331281</x:v>
       </x:c>
       <x:c r="DU50" s="3" t="n">
-        <x:v>350143</x:v>
+        <x:v>359798</x:v>
       </x:c>
       <x:c r="DV50" s="3" t="n">
-        <x:v>321347</x:v>
+        <x:v>332381</x:v>
       </x:c>
       <x:c r="DW50" s="3" t="n">
-        <x:v>319352</x:v>
+        <x:v>330772</x:v>
       </x:c>
       <x:c r="DX50" s="3" t="n">
-        <x:v>319083</x:v>
+        <x:v>330052</x:v>
       </x:c>
       <x:c r="DY50" s="3" t="n">
-        <x:v>341444</x:v>
+        <x:v>352410</x:v>
       </x:c>
       <x:c r="DZ50" s="3" t="n">
-        <x:v>331660</x:v>
+        <x:v>343842</x:v>
       </x:c>
       <x:c r="EA50" s="3" t="n">
-        <x:v>337208</x:v>
+        <x:v>350366</x:v>
       </x:c>
       <x:c r="EB50" s="3" t="n">
-        <x:v>337177</x:v>
+        <x:v>349569</x:v>
       </x:c>
       <x:c r="EC50" s="3" t="n">
-        <x:v>362936</x:v>
+        <x:v>375305</x:v>
       </x:c>
       <x:c r="ED50" s="3" t="n">
-        <x:v>344946</x:v>
+        <x:v>358921</x:v>
       </x:c>
       <x:c r="EE50" s="3" t="n">
-        <x:v>346497</x:v>
+        <x:v>362111</x:v>
       </x:c>
       <x:c r="EF50" s="3" t="n">
-        <x:v>347736</x:v>
+        <x:v>362667</x:v>
       </x:c>
       <x:c r="EG50" s="3" t="n">
-        <x:v>373480</x:v>
+        <x:v>387497</x:v>
       </x:c>
       <x:c r="EH50" s="3" t="n">
-        <x:v>374027</x:v>
+        <x:v>389523</x:v>
       </x:c>
       <x:c r="EI50" s="3" t="n">
-        <x:v>367330</x:v>
+        <x:v>384383</x:v>
       </x:c>
       <x:c r="EJ50" s="3" t="n">
-        <x:v>365918</x:v>
+        <x:v>382268</x:v>
       </x:c>
       <x:c r="EK50" s="3" t="n">
-        <x:v>397943</x:v>
+        <x:v>413708</x:v>
       </x:c>
       <x:c r="EL50" s="3" t="n">
-        <x:v>384963</x:v>
+        <x:v>403291</x:v>
       </x:c>
       <x:c r="EM50" s="3" t="n">
-        <x:v>400858</x:v>
+        <x:v>420437</x:v>
       </x:c>
       <x:c r="EN50" s="3" t="n">
-        <x:v>386759</x:v>
+        <x:v>405340</x:v>
       </x:c>
       <x:c r="EO50" s="3" t="n">
-        <x:v>418327</x:v>
+        <x:v>436946</x:v>
       </x:c>
       <x:c r="EP50" s="3" t="n">
-        <x:v>412348</x:v>
+        <x:v>431367</x:v>
       </x:c>
       <x:c r="EQ50" s="3" t="n">
-        <x:v>407191</x:v>
+        <x:v>427829</x:v>
       </x:c>
       <x:c r="ER50" s="3" t="n">
-        <x:v>407532</x:v>
+        <x:v>428247</x:v>
       </x:c>
       <x:c r="ES50" s="3" t="n">
-        <x:v>439695</x:v>
+        <x:v>462606</x:v>
       </x:c>
       <x:c r="ET50" s="3" t="n">
-        <x:v>427442</x:v>
+        <x:v>450545</x:v>
       </x:c>
       <x:c r="EU50" s="3" t="n">
-        <x:v>424572</x:v>
+        <x:v>448738</x:v>
       </x:c>
       <x:c r="EV50" s="3" t="n">
-        <x:v>415235</x:v>
+        <x:v>439864</x:v>
       </x:c>
       <x:c r="EW50" s="3" t="n">
-        <x:v>442725</x:v>
+        <x:v>467260</x:v>
       </x:c>
       <x:c r="EX50" s="3" t="n">
-        <x:v>426034</x:v>
+        <x:v>450858</x:v>
       </x:c>
       <x:c r="EY50" s="3" t="n">
-        <x:v>441014</x:v>
+        <x:v>464822</x:v>
       </x:c>
       <x:c r="EZ50" s="3" t="n">
-        <x:v>423098</x:v>
+        <x:v>448024</x:v>
       </x:c>
       <x:c r="FA50" s="3" t="n">
-        <x:v>459662</x:v>
+        <x:v>485104</x:v>
       </x:c>
       <x:c r="FB50" s="3" t="n">
-        <x:v>464599</x:v>
+        <x:v>491968</x:v>
       </x:c>
       <x:c r="FC50" s="3" t="n">
-        <x:v>438578</x:v>
+        <x:v>466158</x:v>
       </x:c>
       <x:c r="FD50" s="3" t="n">
-        <x:v>434262</x:v>
+        <x:v>461360</x:v>
       </x:c>
       <x:c r="FE50" s="3" t="n">
-        <x:v>473918</x:v>
+        <x:v>501160</x:v>
       </x:c>
       <x:c r="FF50" s="3" t="n">
-        <x:v>465763</x:v>
+        <x:v>493537</x:v>
       </x:c>
       <x:c r="FG50" s="3" t="n">
-        <x:v>469618</x:v>
+        <x:v>496871</x:v>
       </x:c>
       <x:c r="FH50" s="3" t="n">
-        <x:v>451483</x:v>
+        <x:v>478689</x:v>
       </x:c>
       <x:c r="FI50" s="3" t="n">
-        <x:v>509583</x:v>
+        <x:v>542257</x:v>
       </x:c>
       <x:c r="FJ50" s="3" t="n">
-        <x:v>501798</x:v>
+        <x:v>531400</x:v>
       </x:c>
       <x:c r="FK50" s="3" t="n">
-        <x:v>483848</x:v>
+        <x:v>516359</x:v>
       </x:c>
       <x:c r="FL50" s="3" t="n">
-        <x:v>483804</x:v>
+        <x:v>517540</x:v>
       </x:c>
       <x:c r="FM50" s="3" t="n">
-        <x:v>523738</x:v>
+        <x:v>559947</x:v>
       </x:c>
       <x:c r="FN50" s="3" t="n">
-        <x:v>520930</x:v>
+        <x:v>555113</x:v>
       </x:c>
       <x:c r="FO50" s="3" t="n">
-        <x:v>461128</x:v>
+        <x:v>493322</x:v>
       </x:c>
       <x:c r="FP50" s="3" t="n">
-        <x:v>470784</x:v>
+        <x:v>504147</x:v>
       </x:c>
       <x:c r="FQ50" s="3" t="n">
-        <x:v>517150</x:v>
+        <x:v>550622</x:v>
       </x:c>
       <x:c r="FR50" s="3" t="n">
-        <x:v>515168</x:v>
+        <x:v>548525</x:v>
       </x:c>
       <x:c r="FS50" s="3" t="n">
-        <x:v>513001</x:v>
+        <x:v>546375</x:v>
       </x:c>
       <x:c r="FT50" s="3" t="n">
-        <x:v>523047</x:v>
+        <x:v>559299</x:v>
       </x:c>
       <x:c r="FU50" s="3" t="n">
-        <x:v>599372</x:v>
+        <x:v>643253</x:v>
       </x:c>
       <x:c r="FV50" s="3" t="n">
-        <x:v>604023</x:v>
+        <x:v>651974</x:v>
       </x:c>
       <x:c r="FW50" s="3" t="n">
-        <x:v>593072</x:v>
+        <x:v>642866</x:v>
       </x:c>
       <x:c r="FX50" s="3" t="n">
-        <x:v>601918</x:v>
+        <x:v>646207</x:v>
       </x:c>
       <x:c r="FY50" s="3" t="n">
-        <x:v>670113</x:v>
+        <x:v>717588</x:v>
       </x:c>
       <x:c r="FZ50" s="3" t="n">
-        <x:v>666351</x:v>
+        <x:v>711712</x:v>
       </x:c>
       <x:c r="GA50" s="3" t="n">
-        <x:v>623661</x:v>
+        <x:v>660602</x:v>
       </x:c>
       <x:c r="GB50" s="3" t="n">
-        <x:v>614496</x:v>
+        <x:v>646409</x:v>
       </x:c>
       <x:c r="GC50" s="3" t="n">
-        <x:v>679380</x:v>
+        <x:v>713155</x:v>
       </x:c>
       <x:c r="GD50" s="3" t="n">
-        <x:v>666856</x:v>
+        <x:v>701351</x:v>
       </x:c>
       <x:c r="GE50" s="3" t="n">
-        <x:v>664340</x:v>
+        <x:v>704230</x:v>
       </x:c>
       <x:c r="GF50" s="3" t="n">
-        <x:v>645937</x:v>
+        <x:v>680918</x:v>
       </x:c>
       <x:c r="GG50" s="3" t="n">
-        <x:v>699392</x:v>
+        <x:v>731831</x:v>
       </x:c>
       <x:c r="GH50" s="3" t="n">
-        <x:v>714606</x:v>
+        <x:v>750270</x:v>
       </x:c>
       <x:c r="GI50" s="3" t="n">
-        <x:v>685395</x:v>
+        <x:v>723434</x:v>
+      </x:c>
+      <x:c r="GJ50" s="3" t="n">
+        <x:v>709802</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:191">
+    <x:row r="51" spans="1:192">
       <x:c r="A51" s="2" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
         <x:v>7852</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>9825</x:v>
       </x:c>
       <x:c r="D51" s="3" t="n">
         <x:v>8591</x:v>
       </x:c>
       <x:c r="E51" s="3" t="n">
         <x:v>10820</x:v>
       </x:c>
       <x:c r="F51" s="3" t="n">
         <x:v>10972</x:v>
       </x:c>
       <x:c r="G51" s="3" t="n">
         <x:v>10666</x:v>
       </x:c>
       <x:c r="H51" s="3" t="n">
         <x:v>10017</x:v>
       </x:c>
       <x:c r="I51" s="3" t="n">
         <x:v>11553</x:v>
       </x:c>
@@ -28540,347 +28684,350 @@
       <x:c r="CH51" s="3" t="n">
         <x:v>32635</x:v>
       </x:c>
       <x:c r="CI51" s="3" t="n">
         <x:v>32413</x:v>
       </x:c>
       <x:c r="CJ51" s="3" t="n">
         <x:v>31145</x:v>
       </x:c>
       <x:c r="CK51" s="3" t="n">
         <x:v>34437</x:v>
       </x:c>
       <x:c r="CL51" s="3" t="n">
         <x:v>35454</x:v>
       </x:c>
       <x:c r="CM51" s="3" t="n">
         <x:v>34864</x:v>
       </x:c>
       <x:c r="CN51" s="3" t="n">
         <x:v>32944</x:v>
       </x:c>
       <x:c r="CO51" s="3" t="n">
         <x:v>34800</x:v>
       </x:c>
       <x:c r="CP51" s="3" t="n">
-        <x:v>37808</x:v>
+        <x:v>37838</x:v>
       </x:c>
       <x:c r="CQ51" s="3" t="n">
-        <x:v>35787</x:v>
+        <x:v>35825</x:v>
       </x:c>
       <x:c r="CR51" s="3" t="n">
-        <x:v>33672</x:v>
+        <x:v>33704</x:v>
       </x:c>
       <x:c r="CS51" s="3" t="n">
-        <x:v>37315</x:v>
+        <x:v>37385</x:v>
       </x:c>
       <x:c r="CT51" s="3" t="n">
-        <x:v>36063</x:v>
+        <x:v>36113</x:v>
       </x:c>
       <x:c r="CU51" s="3" t="n">
-        <x:v>39151</x:v>
+        <x:v>39202</x:v>
       </x:c>
       <x:c r="CV51" s="3" t="n">
-        <x:v>33547</x:v>
+        <x:v>33569</x:v>
       </x:c>
       <x:c r="CW51" s="3" t="n">
-        <x:v>35421</x:v>
+        <x:v>35532</x:v>
       </x:c>
       <x:c r="CX51" s="3" t="n">
-        <x:v>36253</x:v>
+        <x:v>36431</x:v>
       </x:c>
       <x:c r="CY51" s="3" t="n">
-        <x:v>38610</x:v>
+        <x:v>38821</x:v>
       </x:c>
       <x:c r="CZ51" s="3" t="n">
-        <x:v>35637</x:v>
+        <x:v>35748</x:v>
       </x:c>
       <x:c r="DA51" s="3" t="n">
-        <x:v>38326</x:v>
+        <x:v>38515</x:v>
       </x:c>
       <x:c r="DB51" s="3" t="n">
-        <x:v>39838</x:v>
+        <x:v>40123</x:v>
       </x:c>
       <x:c r="DC51" s="3" t="n">
-        <x:v>38947</x:v>
+        <x:v>39226</x:v>
       </x:c>
       <x:c r="DD51" s="3" t="n">
-        <x:v>37806</x:v>
+        <x:v>38011</x:v>
       </x:c>
       <x:c r="DE51" s="3" t="n">
-        <x:v>41590</x:v>
+        <x:v>41825</x:v>
       </x:c>
       <x:c r="DF51" s="3" t="n">
-        <x:v>41109</x:v>
+        <x:v>41473</x:v>
       </x:c>
       <x:c r="DG51" s="3" t="n">
-        <x:v>43929</x:v>
+        <x:v>44353</x:v>
       </x:c>
       <x:c r="DH51" s="3" t="n">
-        <x:v>38603</x:v>
+        <x:v>38987</x:v>
       </x:c>
       <x:c r="DI51" s="3" t="n">
-        <x:v>44539</x:v>
+        <x:v>44940</x:v>
       </x:c>
       <x:c r="DJ51" s="3" t="n">
-        <x:v>47930</x:v>
+        <x:v>48240</x:v>
       </x:c>
       <x:c r="DK51" s="3" t="n">
-        <x:v>46934</x:v>
+        <x:v>47396</x:v>
       </x:c>
       <x:c r="DL51" s="3" t="n">
-        <x:v>45040</x:v>
+        <x:v>45469</x:v>
       </x:c>
       <x:c r="DM51" s="3" t="n">
-        <x:v>49939</x:v>
+        <x:v>50309</x:v>
       </x:c>
       <x:c r="DN51" s="3" t="n">
-        <x:v>51785</x:v>
+        <x:v>52457</x:v>
       </x:c>
       <x:c r="DO51" s="3" t="n">
-        <x:v>51086</x:v>
+        <x:v>51939</x:v>
       </x:c>
       <x:c r="DP51" s="3" t="n">
-        <x:v>47414</x:v>
+        <x:v>48079</x:v>
       </x:c>
       <x:c r="DQ51" s="3" t="n">
-        <x:v>51279</x:v>
+        <x:v>51730</x:v>
       </x:c>
       <x:c r="DR51" s="3" t="n">
-        <x:v>50249</x:v>
+        <x:v>50738</x:v>
       </x:c>
       <x:c r="DS51" s="3" t="n">
-        <x:v>55152</x:v>
+        <x:v>55580</x:v>
       </x:c>
       <x:c r="DT51" s="3" t="n">
-        <x:v>50501</x:v>
+        <x:v>51336</x:v>
       </x:c>
       <x:c r="DU51" s="3" t="n">
-        <x:v>54597</x:v>
+        <x:v>55669</x:v>
       </x:c>
       <x:c r="DV51" s="3" t="n">
-        <x:v>48674</x:v>
+        <x:v>49668</x:v>
       </x:c>
       <x:c r="DW51" s="3" t="n">
-        <x:v>45669</x:v>
+        <x:v>46396</x:v>
       </x:c>
       <x:c r="DX51" s="3" t="n">
-        <x:v>44335</x:v>
+        <x:v>45151</x:v>
       </x:c>
       <x:c r="DY51" s="3" t="n">
-        <x:v>47835</x:v>
+        <x:v>48521</x:v>
       </x:c>
       <x:c r="DZ51" s="3" t="n">
-        <x:v>47472</x:v>
+        <x:v>48273</x:v>
       </x:c>
       <x:c r="EA51" s="3" t="n">
-        <x:v>49077</x:v>
+        <x:v>50201</x:v>
       </x:c>
       <x:c r="EB51" s="3" t="n">
-        <x:v>46864</x:v>
+        <x:v>47597</x:v>
       </x:c>
       <x:c r="EC51" s="3" t="n">
-        <x:v>50723</x:v>
+        <x:v>51398</x:v>
       </x:c>
       <x:c r="ED51" s="3" t="n">
-        <x:v>50624</x:v>
+        <x:v>51330</x:v>
       </x:c>
       <x:c r="EE51" s="3" t="n">
-        <x:v>48453</x:v>
+        <x:v>49512</x:v>
       </x:c>
       <x:c r="EF51" s="3" t="n">
-        <x:v>47970</x:v>
+        <x:v>48990</x:v>
       </x:c>
       <x:c r="EG51" s="3" t="n">
-        <x:v>50083</x:v>
+        <x:v>50353</x:v>
       </x:c>
       <x:c r="EH51" s="3" t="n">
-        <x:v>53205</x:v>
+        <x:v>53449</x:v>
       </x:c>
       <x:c r="EI51" s="3" t="n">
-        <x:v>51063</x:v>
+        <x:v>52251</x:v>
       </x:c>
       <x:c r="EJ51" s="3" t="n">
-        <x:v>49268</x:v>
+        <x:v>50199</x:v>
       </x:c>
       <x:c r="EK51" s="3" t="n">
-        <x:v>51842</x:v>
+        <x:v>52532</x:v>
       </x:c>
       <x:c r="EL51" s="3" t="n">
-        <x:v>50868</x:v>
+        <x:v>51576</x:v>
       </x:c>
       <x:c r="EM51" s="3" t="n">
-        <x:v>55480</x:v>
+        <x:v>56544</x:v>
       </x:c>
       <x:c r="EN51" s="3" t="n">
-        <x:v>51437</x:v>
+        <x:v>52104</x:v>
       </x:c>
       <x:c r="EO51" s="3" t="n">
-        <x:v>55053</x:v>
+        <x:v>55603</x:v>
       </x:c>
       <x:c r="EP51" s="3" t="n">
-        <x:v>54464</x:v>
+        <x:v>54708</x:v>
       </x:c>
       <x:c r="EQ51" s="3" t="n">
-        <x:v>54526</x:v>
+        <x:v>54703</x:v>
       </x:c>
       <x:c r="ER51" s="3" t="n">
-        <x:v>54543</x:v>
+        <x:v>55255</x:v>
       </x:c>
       <x:c r="ES51" s="3" t="n">
-        <x:v>59162</x:v>
+        <x:v>60683</x:v>
       </x:c>
       <x:c r="ET51" s="3" t="n">
-        <x:v>57939</x:v>
+        <x:v>58813</x:v>
       </x:c>
       <x:c r="EU51" s="3" t="n">
-        <x:v>56555</x:v>
+        <x:v>57439</x:v>
       </x:c>
       <x:c r="EV51" s="3" t="n">
-        <x:v>53828</x:v>
+        <x:v>55327</x:v>
       </x:c>
       <x:c r="EW51" s="3" t="n">
-        <x:v>55106</x:v>
+        <x:v>56236</x:v>
       </x:c>
       <x:c r="EX51" s="3" t="n">
-        <x:v>53841</x:v>
+        <x:v>55442</x:v>
       </x:c>
       <x:c r="EY51" s="3" t="n">
-        <x:v>53700</x:v>
+        <x:v>53701</x:v>
       </x:c>
       <x:c r="EZ51" s="3" t="n">
-        <x:v>52395</x:v>
+        <x:v>53543</x:v>
       </x:c>
       <x:c r="FA51" s="3" t="n">
-        <x:v>53020</x:v>
+        <x:v>53302</x:v>
       </x:c>
       <x:c r="FB51" s="3" t="n">
-        <x:v>57030</x:v>
+        <x:v>58504</x:v>
       </x:c>
       <x:c r="FC51" s="3" t="n">
-        <x:v>54850</x:v>
+        <x:v>56523</x:v>
       </x:c>
       <x:c r="FD51" s="3" t="n">
-        <x:v>52507</x:v>
+        <x:v>53425</x:v>
       </x:c>
       <x:c r="FE51" s="3" t="n">
-        <x:v>56169</x:v>
+        <x:v>56232</x:v>
       </x:c>
       <x:c r="FF51" s="3" t="n">
-        <x:v>54745</x:v>
+        <x:v>55402</x:v>
       </x:c>
       <x:c r="FG51" s="3" t="n">
-        <x:v>54907</x:v>
+        <x:v>54599</x:v>
       </x:c>
       <x:c r="FH51" s="3" t="n">
-        <x:v>51455</x:v>
+        <x:v>51366</x:v>
       </x:c>
       <x:c r="FI51" s="3" t="n">
-        <x:v>62808</x:v>
+        <x:v>66912</x:v>
       </x:c>
       <x:c r="FJ51" s="3" t="n">
-        <x:v>55858</x:v>
+        <x:v>54857</x:v>
       </x:c>
       <x:c r="FK51" s="3" t="n">
-        <x:v>58429</x:v>
+        <x:v>59872</x:v>
       </x:c>
       <x:c r="FL51" s="3" t="n">
-        <x:v>58101</x:v>
+        <x:v>60132</x:v>
       </x:c>
       <x:c r="FM51" s="3" t="n">
-        <x:v>59784</x:v>
+        <x:v>61458</x:v>
       </x:c>
       <x:c r="FN51" s="3" t="n">
-        <x:v>60846</x:v>
+        <x:v>61932</x:v>
       </x:c>
       <x:c r="FO51" s="3" t="n">
-        <x:v>56392</x:v>
+        <x:v>57261</x:v>
       </x:c>
       <x:c r="FP51" s="3" t="n">
-        <x:v>55870</x:v>
+        <x:v>56825</x:v>
       </x:c>
       <x:c r="FQ51" s="3" t="n">
-        <x:v>61419</x:v>
+        <x:v>62641</x:v>
       </x:c>
       <x:c r="FR51" s="3" t="n">
-        <x:v>60070</x:v>
+        <x:v>60659</x:v>
       </x:c>
       <x:c r="FS51" s="3" t="n">
-        <x:v>62516</x:v>
+        <x:v>63235</x:v>
       </x:c>
       <x:c r="FT51" s="3" t="n">
-        <x:v>62616</x:v>
+        <x:v>63804</x:v>
       </x:c>
       <x:c r="FU51" s="3" t="n">
-        <x:v>64063</x:v>
+        <x:v>66261</x:v>
       </x:c>
       <x:c r="FV51" s="3" t="n">
-        <x:v>68096</x:v>
+        <x:v>69086</x:v>
       </x:c>
       <x:c r="FW51" s="3" t="n">
-        <x:v>71122</x:v>
+        <x:v>72736</x:v>
       </x:c>
       <x:c r="FX51" s="3" t="n">
-        <x:v>68006</x:v>
+        <x:v>68932</x:v>
       </x:c>
       <x:c r="FY51" s="3" t="n">
-        <x:v>79528</x:v>
+        <x:v>79675</x:v>
       </x:c>
       <x:c r="FZ51" s="3" t="n">
-        <x:v>79253</x:v>
+        <x:v>78513</x:v>
       </x:c>
       <x:c r="GA51" s="3" t="n">
-        <x:v>77205</x:v>
+        <x:v>75254</x:v>
       </x:c>
       <x:c r="GB51" s="3" t="n">
-        <x:v>78893</x:v>
+        <x:v>75909</x:v>
       </x:c>
       <x:c r="GC51" s="3" t="n">
-        <x:v>80196</x:v>
+        <x:v>76881</x:v>
       </x:c>
       <x:c r="GD51" s="3" t="n">
-        <x:v>77168</x:v>
+        <x:v>74949</x:v>
       </x:c>
       <x:c r="GE51" s="3" t="n">
-        <x:v>81792</x:v>
+        <x:v>80725</x:v>
       </x:c>
       <x:c r="GF51" s="3" t="n">
-        <x:v>82410</x:v>
+        <x:v>79249</x:v>
       </x:c>
       <x:c r="GG51" s="3" t="n">
-        <x:v>85974</x:v>
+        <x:v>78330</x:v>
       </x:c>
       <x:c r="GH51" s="3" t="n">
-        <x:v>87198</x:v>
+        <x:v>82199</x:v>
       </x:c>
       <x:c r="GI51" s="3" t="n">
-        <x:v>91944</x:v>
+        <x:v>86752</x:v>
+      </x:c>
+      <x:c r="GJ51" s="3" t="n">
+        <x:v>77929</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:191">
+    <x:row r="52" spans="1:192">
       <x:c r="A52" s="2" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
         <x:v>6242</x:v>
       </x:c>
       <x:c r="C52" s="3" t="n">
         <x:v>6131</x:v>
       </x:c>
       <x:c r="D52" s="3" t="n">
         <x:v>9929</x:v>
       </x:c>
       <x:c r="E52" s="3" t="n">
         <x:v>8206</x:v>
       </x:c>
       <x:c r="F52" s="3" t="n">
         <x:v>6633</x:v>
       </x:c>
       <x:c r="G52" s="3" t="n">
         <x:v>6131</x:v>
       </x:c>
       <x:c r="H52" s="3" t="n">
         <x:v>9415</x:v>
       </x:c>
       <x:c r="I52" s="3" t="n">
         <x:v>8209</x:v>
       </x:c>
@@ -29079,958 +29226,964 @@
       <x:c r="BV52" s="3" t="n">
         <x:v>21267</x:v>
       </x:c>
       <x:c r="BW52" s="3" t="n">
         <x:v>16052</x:v>
       </x:c>
       <x:c r="BX52" s="3" t="n">
         <x:v>22527</x:v>
       </x:c>
       <x:c r="BY52" s="3" t="n">
         <x:v>22393</x:v>
       </x:c>
       <x:c r="BZ52" s="3" t="n">
         <x:v>21494</x:v>
       </x:c>
       <x:c r="CA52" s="3" t="n">
         <x:v>18970</x:v>
       </x:c>
       <x:c r="CB52" s="3" t="n">
         <x:v>25310</x:v>
       </x:c>
       <x:c r="CC52" s="3" t="n">
         <x:v>24618</x:v>
       </x:c>
       <x:c r="CD52" s="3" t="n">
-        <x:v>24185</x:v>
+        <x:v>24051</x:v>
       </x:c>
       <x:c r="CE52" s="3" t="n">
-        <x:v>20798</x:v>
+        <x:v>20807</x:v>
       </x:c>
       <x:c r="CF52" s="3" t="n">
-        <x:v>27098</x:v>
+        <x:v>26686</x:v>
       </x:c>
       <x:c r="CG52" s="3" t="n">
-        <x:v>26651</x:v>
+        <x:v>26482</x:v>
       </x:c>
       <x:c r="CH52" s="3" t="n">
-        <x:v>24813</x:v>
+        <x:v>24681</x:v>
       </x:c>
       <x:c r="CI52" s="3" t="n">
         <x:v>20176</x:v>
       </x:c>
       <x:c r="CJ52" s="3" t="n">
-        <x:v>26272</x:v>
+        <x:v>25860</x:v>
       </x:c>
       <x:c r="CK52" s="3" t="n">
-        <x:v>26698</x:v>
+        <x:v>26530</x:v>
       </x:c>
       <x:c r="CL52" s="3" t="n">
-        <x:v>26518</x:v>
+        <x:v>26386</x:v>
       </x:c>
       <x:c r="CM52" s="3" t="n">
-        <x:v>22585</x:v>
+        <x:v>22595</x:v>
       </x:c>
       <x:c r="CN52" s="3" t="n">
-        <x:v>26366</x:v>
+        <x:v>25970</x:v>
       </x:c>
       <x:c r="CO52" s="3" t="n">
-        <x:v>27877</x:v>
+        <x:v>27713</x:v>
       </x:c>
       <x:c r="CP52" s="3" t="n">
-        <x:v>28169</x:v>
+        <x:v>28017</x:v>
       </x:c>
       <x:c r="CQ52" s="3" t="n">
-        <x:v>23153</x:v>
+        <x:v>23126</x:v>
       </x:c>
       <x:c r="CR52" s="3" t="n">
-        <x:v>27941</x:v>
+        <x:v>27506</x:v>
       </x:c>
       <x:c r="CS52" s="3" t="n">
-        <x:v>29563</x:v>
+        <x:v>29364</x:v>
       </x:c>
       <x:c r="CT52" s="3" t="n">
-        <x:v>29124</x:v>
+        <x:v>28903</x:v>
       </x:c>
       <x:c r="CU52" s="3" t="n">
-        <x:v>24031</x:v>
+        <x:v>23990</x:v>
       </x:c>
       <x:c r="CV52" s="3" t="n">
-        <x:v>30256</x:v>
+        <x:v>29626</x:v>
       </x:c>
       <x:c r="CW52" s="3" t="n">
-        <x:v>33193</x:v>
+        <x:v>32900</x:v>
       </x:c>
       <x:c r="CX52" s="3" t="n">
-        <x:v>33954</x:v>
+        <x:v>33682</x:v>
       </x:c>
       <x:c r="CY52" s="3" t="n">
-        <x:v>24189</x:v>
+        <x:v>24115</x:v>
       </x:c>
       <x:c r="CZ52" s="3" t="n">
-        <x:v>29804</x:v>
+        <x:v>29065</x:v>
       </x:c>
       <x:c r="DA52" s="3" t="n">
-        <x:v>33252</x:v>
+        <x:v>32893</x:v>
       </x:c>
       <x:c r="DB52" s="3" t="n">
-        <x:v>33976</x:v>
+        <x:v>33630</x:v>
       </x:c>
       <x:c r="DC52" s="3" t="n">
-        <x:v>28279</x:v>
+        <x:v>28149</x:v>
       </x:c>
       <x:c r="DD52" s="3" t="n">
-        <x:v>34599</x:v>
+        <x:v>33835</x:v>
       </x:c>
       <x:c r="DE52" s="3" t="n">
-        <x:v>36366</x:v>
+        <x:v>35956</x:v>
       </x:c>
       <x:c r="DF52" s="3" t="n">
-        <x:v>37394</x:v>
+        <x:v>37033</x:v>
       </x:c>
       <x:c r="DG52" s="3" t="n">
-        <x:v>33967</x:v>
+        <x:v>33798</x:v>
       </x:c>
       <x:c r="DH52" s="3" t="n">
-        <x:v>38754</x:v>
+        <x:v>38057</x:v>
       </x:c>
       <x:c r="DI52" s="3" t="n">
-        <x:v>43668</x:v>
+        <x:v>43209</x:v>
       </x:c>
       <x:c r="DJ52" s="3" t="n">
-        <x:v>45715</x:v>
+        <x:v>45282</x:v>
       </x:c>
       <x:c r="DK52" s="3" t="n">
-        <x:v>38859</x:v>
+        <x:v>38627</x:v>
       </x:c>
       <x:c r="DL52" s="3" t="n">
-        <x:v>44072</x:v>
+        <x:v>43346</x:v>
       </x:c>
       <x:c r="DM52" s="3" t="n">
-        <x:v>48292</x:v>
+        <x:v>47783</x:v>
       </x:c>
       <x:c r="DN52" s="3" t="n">
-        <x:v>48239</x:v>
+        <x:v>47733</x:v>
       </x:c>
       <x:c r="DO52" s="3" t="n">
-        <x:v>39432</x:v>
+        <x:v>39238</x:v>
       </x:c>
       <x:c r="DP52" s="3" t="n">
-        <x:v>45419</x:v>
+        <x:v>44583</x:v>
       </x:c>
       <x:c r="DQ52" s="3" t="n">
-        <x:v>53402</x:v>
+        <x:v>52800</x:v>
       </x:c>
       <x:c r="DR52" s="3" t="n">
-        <x:v>53474</x:v>
+        <x:v>52917</x:v>
       </x:c>
       <x:c r="DS52" s="3" t="n">
-        <x:v>45410</x:v>
+        <x:v>45117</x:v>
       </x:c>
       <x:c r="DT52" s="3" t="n">
-        <x:v>52306</x:v>
+        <x:v>51484</x:v>
       </x:c>
       <x:c r="DU52" s="3" t="n">
-        <x:v>57319</x:v>
+        <x:v>56754</x:v>
       </x:c>
       <x:c r="DV52" s="3" t="n">
-        <x:v>54254</x:v>
+        <x:v>53669</x:v>
       </x:c>
       <x:c r="DW52" s="3" t="n">
-        <x:v>43103</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="DX52" s="3" t="n">
-        <x:v>49819</x:v>
+        <x:v>48991</x:v>
       </x:c>
       <x:c r="DY52" s="3" t="n">
-        <x:v>54827</x:v>
+        <x:v>54175</x:v>
       </x:c>
       <x:c r="DZ52" s="3" t="n">
-        <x:v>58372</x:v>
+        <x:v>57747</x:v>
       </x:c>
       <x:c r="EA52" s="3" t="n">
-        <x:v>48275</x:v>
+        <x:v>47824</x:v>
       </x:c>
       <x:c r="EB52" s="3" t="n">
-        <x:v>53064</x:v>
+        <x:v>52200</x:v>
       </x:c>
       <x:c r="EC52" s="3" t="n">
-        <x:v>62370</x:v>
+        <x:v>61661</x:v>
       </x:c>
       <x:c r="ED52" s="3" t="n">
-        <x:v>61462</x:v>
+        <x:v>60683</x:v>
       </x:c>
       <x:c r="EE52" s="3" t="n">
-        <x:v>51108</x:v>
+        <x:v>50622</x:v>
       </x:c>
       <x:c r="EF52" s="3" t="n">
-        <x:v>55113</x:v>
+        <x:v>54089</x:v>
       </x:c>
       <x:c r="EG52" s="3" t="n">
-        <x:v>60076</x:v>
+        <x:v>59238</x:v>
       </x:c>
       <x:c r="EH52" s="3" t="n">
-        <x:v>65817</x:v>
+        <x:v>64880</x:v>
       </x:c>
       <x:c r="EI52" s="3" t="n">
-        <x:v>53469</x:v>
+        <x:v>52937</x:v>
       </x:c>
       <x:c r="EJ52" s="3" t="n">
-        <x:v>55319</x:v>
+        <x:v>54226</x:v>
       </x:c>
       <x:c r="EK52" s="3" t="n">
-        <x:v>64263</x:v>
+        <x:v>63290</x:v>
       </x:c>
       <x:c r="EL52" s="3" t="n">
-        <x:v>63856</x:v>
+        <x:v>62897</x:v>
       </x:c>
       <x:c r="EM52" s="3" t="n">
-        <x:v>58766</x:v>
+        <x:v>58146</x:v>
       </x:c>
       <x:c r="EN52" s="3" t="n">
-        <x:v>61265</x:v>
+        <x:v>59973</x:v>
       </x:c>
       <x:c r="EO52" s="3" t="n">
-        <x:v>69986</x:v>
+        <x:v>68849</x:v>
       </x:c>
       <x:c r="EP52" s="3" t="n">
-        <x:v>67947</x:v>
+        <x:v>66946</x:v>
       </x:c>
       <x:c r="EQ52" s="3" t="n">
-        <x:v>59872</x:v>
+        <x:v>59180</x:v>
       </x:c>
       <x:c r="ER52" s="3" t="n">
-        <x:v>67018</x:v>
+        <x:v>65571</x:v>
       </x:c>
       <x:c r="ES52" s="3" t="n">
-        <x:v>72267</x:v>
+        <x:v>71118</x:v>
       </x:c>
       <x:c r="ET52" s="3" t="n">
-        <x:v>69580</x:v>
+        <x:v>68414</x:v>
       </x:c>
       <x:c r="EU52" s="3" t="n">
-        <x:v>62487</x:v>
+        <x:v>61617</x:v>
       </x:c>
       <x:c r="EV52" s="3" t="n">
-        <x:v>69027</x:v>
+        <x:v>67337</x:v>
       </x:c>
       <x:c r="EW52" s="3" t="n">
-        <x:v>74465</x:v>
+        <x:v>73158</x:v>
       </x:c>
       <x:c r="EX52" s="3" t="n">
-        <x:v>72466</x:v>
+        <x:v>71212</x:v>
       </x:c>
       <x:c r="EY52" s="3" t="n">
-        <x:v>69518</x:v>
+        <x:v>68513</x:v>
       </x:c>
       <x:c r="EZ52" s="3" t="n">
-        <x:v>76831</x:v>
+        <x:v>75035</x:v>
       </x:c>
       <x:c r="FA52" s="3" t="n">
-        <x:v>87548</x:v>
+        <x:v>86031</x:v>
       </x:c>
       <x:c r="FB52" s="3" t="n">
-        <x:v>85190</x:v>
+        <x:v>83689</x:v>
       </x:c>
       <x:c r="FC52" s="3" t="n">
-        <x:v>71177</x:v>
+        <x:v>70136</x:v>
       </x:c>
       <x:c r="FD52" s="3" t="n">
-        <x:v>79392</x:v>
+        <x:v>77436</x:v>
       </x:c>
       <x:c r="FE52" s="3" t="n">
-        <x:v>87019</x:v>
+        <x:v>85415</x:v>
       </x:c>
       <x:c r="FF52" s="3" t="n">
-        <x:v>87761</x:v>
+        <x:v>86153</x:v>
       </x:c>
       <x:c r="FG52" s="3" t="n">
-        <x:v>79055</x:v>
+        <x:v>77899</x:v>
       </x:c>
       <x:c r="FH52" s="3" t="n">
-        <x:v>85882</x:v>
+        <x:v>83713</x:v>
       </x:c>
       <x:c r="FI52" s="3" t="n">
-        <x:v>99102</x:v>
+        <x:v>97084</x:v>
       </x:c>
       <x:c r="FJ52" s="3" t="n">
-        <x:v>94369</x:v>
+        <x:v>92398</x:v>
       </x:c>
       <x:c r="FK52" s="3" t="n">
-        <x:v>79118</x:v>
+        <x:v>77746</x:v>
       </x:c>
       <x:c r="FL52" s="3" t="n">
-        <x:v>87563</x:v>
+        <x:v>84946</x:v>
       </x:c>
       <x:c r="FM52" s="3" t="n">
-        <x:v>96898</x:v>
+        <x:v>94990</x:v>
       </x:c>
       <x:c r="FN52" s="3" t="n">
-        <x:v>88949</x:v>
+        <x:v>87355</x:v>
       </x:c>
       <x:c r="FO52" s="3" t="n">
-        <x:v>70975</x:v>
+        <x:v>69968</x:v>
       </x:c>
       <x:c r="FP52" s="3" t="n">
-        <x:v>82117</x:v>
+        <x:v>79369</x:v>
       </x:c>
       <x:c r="FQ52" s="3" t="n">
-        <x:v>90452</x:v>
+        <x:v>87566</x:v>
       </x:c>
       <x:c r="FR52" s="3" t="n">
-        <x:v>96090</x:v>
+        <x:v>92529</x:v>
       </x:c>
       <x:c r="FS52" s="3" t="n">
-        <x:v>85353</x:v>
+        <x:v>82704</x:v>
       </x:c>
       <x:c r="FT52" s="3" t="n">
-        <x:v>104801</x:v>
+        <x:v>102255</x:v>
       </x:c>
       <x:c r="FU52" s="3" t="n">
-        <x:v>130060</x:v>
+        <x:v>130063</x:v>
       </x:c>
       <x:c r="FV52" s="3" t="n">
-        <x:v>129588</x:v>
+        <x:v>131054</x:v>
       </x:c>
       <x:c r="FW52" s="3" t="n">
-        <x:v>115343</x:v>
+        <x:v>117821</x:v>
       </x:c>
       <x:c r="FX52" s="3" t="n">
-        <x:v>145033</x:v>
+        <x:v>142429</x:v>
       </x:c>
       <x:c r="FY52" s="3" t="n">
-        <x:v>148561</x:v>
+        <x:v>148722</x:v>
       </x:c>
       <x:c r="FZ52" s="3" t="n">
-        <x:v>137210</x:v>
+        <x:v>135558</x:v>
       </x:c>
       <x:c r="GA52" s="3" t="n">
-        <x:v>109214</x:v>
+        <x:v>106234</x:v>
       </x:c>
       <x:c r="GB52" s="3" t="n">
-        <x:v>110494</x:v>
+        <x:v>104952</x:v>
       </x:c>
       <x:c r="GC52" s="3" t="n">
-        <x:v>129756</x:v>
+        <x:v>122282</x:v>
       </x:c>
       <x:c r="GD52" s="3" t="n">
-        <x:v>129492</x:v>
+        <x:v>122148</x:v>
       </x:c>
       <x:c r="GE52" s="3" t="n">
-        <x:v>104619</x:v>
+        <x:v>102182</x:v>
       </x:c>
       <x:c r="GF52" s="3" t="n">
-        <x:v>111694</x:v>
+        <x:v>104973</x:v>
       </x:c>
       <x:c r="GG52" s="3" t="n">
-        <x:v>122382</x:v>
+        <x:v>116207</x:v>
       </x:c>
       <x:c r="GH52" s="3" t="n">
-        <x:v>134254</x:v>
+        <x:v>127761</x:v>
       </x:c>
       <x:c r="GI52" s="3" t="n">
-        <x:v>104498</x:v>
+        <x:v>101528</x:v>
+      </x:c>
+      <x:c r="GJ52" s="3" t="n">
+        <x:v>114683</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:191">
+    <x:row r="53" spans="1:192">
       <x:c r="A53" s="2" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>20204</x:v>
+        <x:v>19995</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>23281</x:v>
+        <x:v>23067</x:v>
       </x:c>
       <x:c r="D53" s="3" t="n">
-        <x:v>22474</x:v>
+        <x:v>22255</x:v>
       </x:c>
       <x:c r="E53" s="3" t="n">
-        <x:v>23072</x:v>
+        <x:v>22840</x:v>
       </x:c>
       <x:c r="F53" s="3" t="n">
-        <x:v>23307</x:v>
+        <x:v>23066</x:v>
       </x:c>
       <x:c r="G53" s="3" t="n">
-        <x:v>24335</x:v>
+        <x:v>24091</x:v>
       </x:c>
       <x:c r="H53" s="3" t="n">
-        <x:v>23063</x:v>
+        <x:v>22815</x:v>
       </x:c>
       <x:c r="I53" s="3" t="n">
-        <x:v>22615</x:v>
+        <x:v>22353</x:v>
       </x:c>
       <x:c r="J53" s="3" t="n">
-        <x:v>25752</x:v>
+        <x:v>25446</x:v>
       </x:c>
       <x:c r="K53" s="3" t="n">
-        <x:v>27674</x:v>
+        <x:v>27356</x:v>
       </x:c>
       <x:c r="L53" s="3" t="n">
-        <x:v>26777</x:v>
+        <x:v>26444</x:v>
       </x:c>
       <x:c r="M53" s="3" t="n">
-        <x:v>27548</x:v>
+        <x:v>27207</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>29880</x:v>
+        <x:v>29591</x:v>
       </x:c>
       <x:c r="O53" s="3" t="n">
-        <x:v>31918</x:v>
+        <x:v>31629</x:v>
       </x:c>
       <x:c r="P53" s="3" t="n">
-        <x:v>30583</x:v>
+        <x:v>30291</x:v>
       </x:c>
       <x:c r="Q53" s="3" t="n">
-        <x:v>31482</x:v>
+        <x:v>31180</x:v>
       </x:c>
       <x:c r="R53" s="3" t="n">
-        <x:v>33335</x:v>
+        <x:v>33028</x:v>
       </x:c>
       <x:c r="S53" s="3" t="n">
-        <x:v>36154</x:v>
+        <x:v>35848</x:v>
       </x:c>
       <x:c r="T53" s="3" t="n">
-        <x:v>34932</x:v>
+        <x:v>34621</x:v>
       </x:c>
       <x:c r="U53" s="3" t="n">
-        <x:v>36123</x:v>
+        <x:v>35794</x:v>
       </x:c>
       <x:c r="V53" s="3" t="n">
-        <x:v>37304</x:v>
+        <x:v>36925</x:v>
       </x:c>
       <x:c r="W53" s="3" t="n">
-        <x:v>39664</x:v>
+        <x:v>39286</x:v>
       </x:c>
       <x:c r="X53" s="3" t="n">
-        <x:v>37899</x:v>
+        <x:v>37522</x:v>
       </x:c>
       <x:c r="Y53" s="3" t="n">
-        <x:v>40049</x:v>
+        <x:v>39654</x:v>
       </x:c>
       <x:c r="Z53" s="3" t="n">
-        <x:v>41231</x:v>
+        <x:v>40835</x:v>
       </x:c>
       <x:c r="AA53" s="3" t="n">
-        <x:v>42449</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="AB53" s="3" t="n">
-        <x:v>42370</x:v>
+        <x:v>41988</x:v>
       </x:c>
       <x:c r="AC53" s="3" t="n">
-        <x:v>43227</x:v>
+        <x:v>42826</x:v>
       </x:c>
       <x:c r="AD53" s="3" t="n">
-        <x:v>44215</x:v>
+        <x:v>43789</x:v>
       </x:c>
       <x:c r="AE53" s="3" t="n">
-        <x:v>44453</x:v>
+        <x:v>44021</x:v>
       </x:c>
       <x:c r="AF53" s="3" t="n">
-        <x:v>49337</x:v>
+        <x:v>48897</x:v>
       </x:c>
       <x:c r="AG53" s="3" t="n">
-        <x:v>52621</x:v>
+        <x:v>52157</x:v>
       </x:c>
       <x:c r="AH53" s="3" t="n">
-        <x:v>50883</x:v>
+        <x:v>50431</x:v>
       </x:c>
       <x:c r="AI53" s="3" t="n">
-        <x:v>53824</x:v>
+        <x:v>53363</x:v>
       </x:c>
       <x:c r="AJ53" s="3" t="n">
-        <x:v>52868</x:v>
+        <x:v>52393</x:v>
       </x:c>
       <x:c r="AK53" s="3" t="n">
-        <x:v>57271</x:v>
+        <x:v>56774</x:v>
       </x:c>
       <x:c r="AL53" s="3" t="n">
-        <x:v>57604</x:v>
+        <x:v>57073</x:v>
       </x:c>
       <x:c r="AM53" s="3" t="n">
-        <x:v>59705</x:v>
+        <x:v>59177</x:v>
       </x:c>
       <x:c r="AN53" s="3" t="n">
-        <x:v>58520</x:v>
+        <x:v>57992</x:v>
       </x:c>
       <x:c r="AO53" s="3" t="n">
-        <x:v>64751</x:v>
+        <x:v>64205</x:v>
       </x:c>
       <x:c r="AP53" s="3" t="n">
-        <x:v>63538</x:v>
+        <x:v>62887</x:v>
       </x:c>
       <x:c r="AQ53" s="3" t="n">
-        <x:v>66157</x:v>
+        <x:v>65511</x:v>
       </x:c>
       <x:c r="AR53" s="3" t="n">
-        <x:v>62564</x:v>
+        <x:v>61911</x:v>
       </x:c>
       <x:c r="AS53" s="3" t="n">
-        <x:v>66367</x:v>
+        <x:v>65693</x:v>
       </x:c>
       <x:c r="AT53" s="3" t="n">
-        <x:v>64667</x:v>
+        <x:v>63973</x:v>
       </x:c>
       <x:c r="AU53" s="3" t="n">
-        <x:v>69187</x:v>
+        <x:v>68488</x:v>
       </x:c>
       <x:c r="AV53" s="3" t="n">
-        <x:v>65428</x:v>
+        <x:v>64728</x:v>
       </x:c>
       <x:c r="AW53" s="3" t="n">
-        <x:v>69227</x:v>
+        <x:v>68510</x:v>
       </x:c>
       <x:c r="AX53" s="3" t="n">
-        <x:v>68472</x:v>
+        <x:v>67791</x:v>
       </x:c>
       <x:c r="AY53" s="3" t="n">
-        <x:v>70476</x:v>
+        <x:v>69789</x:v>
       </x:c>
       <x:c r="AZ53" s="3" t="n">
-        <x:v>68553</x:v>
+        <x:v>67852</x:v>
       </x:c>
       <x:c r="BA53" s="3" t="n">
-        <x:v>72686</x:v>
+        <x:v>71955</x:v>
       </x:c>
       <x:c r="BB53" s="3" t="n">
-        <x:v>71300</x:v>
+        <x:v>70146</x:v>
       </x:c>
       <x:c r="BC53" s="3" t="n">
-        <x:v>75915</x:v>
+        <x:v>74758</x:v>
       </x:c>
       <x:c r="BD53" s="3" t="n">
-        <x:v>72297</x:v>
+        <x:v>71127</x:v>
       </x:c>
       <x:c r="BE53" s="3" t="n">
-        <x:v>74322</x:v>
+        <x:v>73118</x:v>
       </x:c>
       <x:c r="BF53" s="3" t="n">
-        <x:v>77591</x:v>
+        <x:v>76322</x:v>
       </x:c>
       <x:c r="BG53" s="3" t="n">
-        <x:v>75646</x:v>
+        <x:v>74363</x:v>
       </x:c>
       <x:c r="BH53" s="3" t="n">
-        <x:v>74956</x:v>
+        <x:v>73646</x:v>
       </x:c>
       <x:c r="BI53" s="3" t="n">
-        <x:v>77952</x:v>
+        <x:v>76598</x:v>
       </x:c>
       <x:c r="BJ53" s="3" t="n">
-        <x:v>75192</x:v>
+        <x:v>73899</x:v>
       </x:c>
       <x:c r="BK53" s="3" t="n">
-        <x:v>77490</x:v>
+        <x:v>76196</x:v>
       </x:c>
       <x:c r="BL53" s="3" t="n">
-        <x:v>78938</x:v>
+        <x:v>77634</x:v>
       </x:c>
       <x:c r="BM53" s="3" t="n">
-        <x:v>89310</x:v>
+        <x:v>87967</x:v>
       </x:c>
       <x:c r="BN53" s="3" t="n">
-        <x:v>79152</x:v>
+        <x:v>77762</x:v>
       </x:c>
       <x:c r="BO53" s="3" t="n">
-        <x:v>82865</x:v>
+        <x:v>81442</x:v>
       </x:c>
       <x:c r="BP53" s="3" t="n">
-        <x:v>82814</x:v>
+        <x:v>81388</x:v>
       </x:c>
       <x:c r="BQ53" s="3" t="n">
-        <x:v>86867</x:v>
+        <x:v>85410</x:v>
       </x:c>
       <x:c r="BR53" s="3" t="n">
-        <x:v>85819</x:v>
+        <x:v>84344</x:v>
       </x:c>
       <x:c r="BS53" s="3" t="n">
-        <x:v>85606</x:v>
+        <x:v>84119</x:v>
       </x:c>
       <x:c r="BT53" s="3" t="n">
-        <x:v>86585</x:v>
+        <x:v>85093</x:v>
       </x:c>
       <x:c r="BU53" s="3" t="n">
-        <x:v>90987</x:v>
+        <x:v>89446</x:v>
       </x:c>
       <x:c r="BV53" s="3" t="n">
-        <x:v>89235</x:v>
+        <x:v>87529</x:v>
       </x:c>
       <x:c r="BW53" s="3" t="n">
-        <x:v>90650</x:v>
+        <x:v>88933</x:v>
       </x:c>
       <x:c r="BX53" s="3" t="n">
-        <x:v>92882</x:v>
+        <x:v>91114</x:v>
       </x:c>
       <x:c r="BY53" s="3" t="n">
-        <x:v>98355</x:v>
+        <x:v>96502</x:v>
       </x:c>
       <x:c r="BZ53" s="3" t="n">
-        <x:v>94165</x:v>
+        <x:v>91845</x:v>
       </x:c>
       <x:c r="CA53" s="3" t="n">
-        <x:v>101571</x:v>
+        <x:v>99233</x:v>
       </x:c>
       <x:c r="CB53" s="3" t="n">
-        <x:v>99623</x:v>
+        <x:v>97231</x:v>
       </x:c>
       <x:c r="CC53" s="3" t="n">
-        <x:v>107792</x:v>
+        <x:v>105341</x:v>
       </x:c>
       <x:c r="CD53" s="3" t="n">
-        <x:v>103703</x:v>
+        <x:v>101578</x:v>
       </x:c>
       <x:c r="CE53" s="3" t="n">
-        <x:v>106799</x:v>
+        <x:v>104621</x:v>
       </x:c>
       <x:c r="CF53" s="3" t="n">
-        <x:v>111311</x:v>
+        <x:v>109073</x:v>
       </x:c>
       <x:c r="CG53" s="3" t="n">
-        <x:v>115789</x:v>
+        <x:v>113420</x:v>
       </x:c>
       <x:c r="CH53" s="3" t="n">
-        <x:v>110507</x:v>
+        <x:v>108669</x:v>
       </x:c>
       <x:c r="CI53" s="3" t="n">
-        <x:v>113790</x:v>
+        <x:v>111902</x:v>
       </x:c>
       <x:c r="CJ53" s="3" t="n">
-        <x:v>116202</x:v>
+        <x:v>114231</x:v>
       </x:c>
       <x:c r="CK53" s="3" t="n">
-        <x:v>122609</x:v>
+        <x:v>120601</x:v>
       </x:c>
       <x:c r="CL53" s="3" t="n">
-        <x:v>120997</x:v>
+        <x:v>119366</x:v>
       </x:c>
       <x:c r="CM53" s="3" t="n">
-        <x:v>120703</x:v>
+        <x:v>119064</x:v>
       </x:c>
       <x:c r="CN53" s="3" t="n">
-        <x:v>123141</x:v>
+        <x:v>121463</x:v>
       </x:c>
       <x:c r="CO53" s="3" t="n">
-        <x:v>130741</x:v>
+        <x:v>129003</x:v>
       </x:c>
       <x:c r="CP53" s="3" t="n">
-        <x:v>130594</x:v>
+        <x:v>129207</x:v>
       </x:c>
       <x:c r="CQ53" s="3" t="n">
-        <x:v>131054</x:v>
+        <x:v>129666</x:v>
       </x:c>
       <x:c r="CR53" s="3" t="n">
-        <x:v>128547</x:v>
+        <x:v>127093</x:v>
       </x:c>
       <x:c r="CS53" s="3" t="n">
-        <x:v>138154</x:v>
+        <x:v>136710</x:v>
       </x:c>
       <x:c r="CT53" s="3" t="n">
-        <x:v>134111</x:v>
+        <x:v>133125</x:v>
       </x:c>
       <x:c r="CU53" s="3" t="n">
-        <x:v>140270</x:v>
+        <x:v>139265</x:v>
       </x:c>
       <x:c r="CV53" s="3" t="n">
-        <x:v>136102</x:v>
+        <x:v>135018</x:v>
       </x:c>
       <x:c r="CW53" s="3" t="n">
-        <x:v>144354</x:v>
+        <x:v>143184</x:v>
       </x:c>
       <x:c r="CX53" s="3" t="n">
-        <x:v>138308</x:v>
+        <x:v>137884</x:v>
       </x:c>
       <x:c r="CY53" s="3" t="n">
-        <x:v>144096</x:v>
+        <x:v>143681</x:v>
       </x:c>
       <x:c r="CZ53" s="3" t="n">
-        <x:v>146560</x:v>
+        <x:v>146184</x:v>
       </x:c>
       <x:c r="DA53" s="3" t="n">
-        <x:v>153094</x:v>
+        <x:v>152569</x:v>
       </x:c>
       <x:c r="DB53" s="3" t="n">
-        <x:v>153027</x:v>
+        <x:v>153569</x:v>
       </x:c>
       <x:c r="DC53" s="3" t="n">
-        <x:v>155490</x:v>
+        <x:v>155954</x:v>
       </x:c>
       <x:c r="DD53" s="3" t="n">
-        <x:v>156313</x:v>
+        <x:v>156808</x:v>
       </x:c>
       <x:c r="DE53" s="3" t="n">
-        <x:v>168648</x:v>
+        <x:v>168979</x:v>
       </x:c>
       <x:c r="DF53" s="3" t="n">
-        <x:v>155944</x:v>
+        <x:v>157603</x:v>
       </x:c>
       <x:c r="DG53" s="3" t="n">
-        <x:v>173408</x:v>
+        <x:v>175246</x:v>
       </x:c>
       <x:c r="DH53" s="3" t="n">
-        <x:v>167658</x:v>
+        <x:v>169599</x:v>
       </x:c>
       <x:c r="DI53" s="3" t="n">
-        <x:v>184841</x:v>
+        <x:v>186634</x:v>
       </x:c>
       <x:c r="DJ53" s="3" t="n">
-        <x:v>172185</x:v>
+        <x:v>175955</x:v>
       </x:c>
       <x:c r="DK53" s="3" t="n">
-        <x:v>183226</x:v>
+        <x:v>187142</x:v>
       </x:c>
       <x:c r="DL53" s="3" t="n">
-        <x:v>181289</x:v>
+        <x:v>185436</x:v>
       </x:c>
       <x:c r="DM53" s="3" t="n">
-        <x:v>204157</x:v>
+        <x:v>208220</x:v>
       </x:c>
       <x:c r="DN53" s="3" t="n">
-        <x:v>196628</x:v>
+        <x:v>203018</x:v>
       </x:c>
       <x:c r="DO53" s="3" t="n">
-        <x:v>206860</x:v>
+        <x:v>213605</x:v>
       </x:c>
       <x:c r="DP53" s="3" t="n">
-        <x:v>206653</x:v>
+        <x:v>213603</x:v>
       </x:c>
       <x:c r="DQ53" s="3" t="n">
-        <x:v>225234</x:v>
+        <x:v>231758</x:v>
       </x:c>
       <x:c r="DR53" s="3" t="n">
-        <x:v>206656</x:v>
+        <x:v>215287</x:v>
       </x:c>
       <x:c r="DS53" s="3" t="n">
-        <x:v>227861</x:v>
+        <x:v>236612</x:v>
       </x:c>
       <x:c r="DT53" s="3" t="n">
-        <x:v>219542</x:v>
+        <x:v>228461</x:v>
       </x:c>
       <x:c r="DU53" s="3" t="n">
-        <x:v>238228</x:v>
+        <x:v>247375</x:v>
       </x:c>
       <x:c r="DV53" s="3" t="n">
-        <x:v>218419</x:v>
+        <x:v>229044</x:v>
       </x:c>
       <x:c r="DW53" s="3" t="n">
-        <x:v>230580</x:v>
+        <x:v>241565</x:v>
       </x:c>
       <x:c r="DX53" s="3" t="n">
-        <x:v>224929</x:v>
+        <x:v>235910</x:v>
       </x:c>
       <x:c r="DY53" s="3" t="n">
-        <x:v>238782</x:v>
+        <x:v>249714</x:v>
       </x:c>
       <x:c r="DZ53" s="3" t="n">
-        <x:v>225817</x:v>
+        <x:v>237822</x:v>
       </x:c>
       <x:c r="EA53" s="3" t="n">
-        <x:v>239856</x:v>
+        <x:v>252341</x:v>
       </x:c>
       <x:c r="EB53" s="3" t="n">
-        <x:v>237249</x:v>
+        <x:v>249772</x:v>
       </x:c>
       <x:c r="EC53" s="3" t="n">
-        <x:v>249843</x:v>
+        <x:v>262245</x:v>
       </x:c>
       <x:c r="ED53" s="3" t="n">
-        <x:v>232861</x:v>
+        <x:v>246909</x:v>
       </x:c>
       <x:c r="EE53" s="3" t="n">
-        <x:v>246935</x:v>
+        <x:v>261978</x:v>
       </x:c>
       <x:c r="EF53" s="3" t="n">
-        <x:v>244652</x:v>
+        <x:v>259587</x:v>
       </x:c>
       <x:c r="EG53" s="3" t="n">
-        <x:v>263322</x:v>
+        <x:v>277906</x:v>
       </x:c>
       <x:c r="EH53" s="3" t="n">
-        <x:v>255005</x:v>
+        <x:v>271195</x:v>
       </x:c>
       <x:c r="EI53" s="3" t="n">
-        <x:v>262798</x:v>
+        <x:v>279195</x:v>
       </x:c>
       <x:c r="EJ53" s="3" t="n">
-        <x:v>261331</x:v>
+        <x:v>277842</x:v>
       </x:c>
       <x:c r="EK53" s="3" t="n">
-        <x:v>281838</x:v>
+        <x:v>297885</x:v>
       </x:c>
       <x:c r="EL53" s="3" t="n">
-        <x:v>270239</x:v>
+        <x:v>288818</x:v>
       </x:c>
       <x:c r="EM53" s="3" t="n">
-        <x:v>286611</x:v>
+        <x:v>305747</x:v>
       </x:c>
       <x:c r="EN53" s="3" t="n">
-        <x:v>274058</x:v>
+        <x:v>293263</x:v>
       </x:c>
       <x:c r="EO53" s="3" t="n">
-        <x:v>293288</x:v>
+        <x:v>312494</x:v>
       </x:c>
       <x:c r="EP53" s="3" t="n">
-        <x:v>289937</x:v>
+        <x:v>309714</x:v>
       </x:c>
       <x:c r="EQ53" s="3" t="n">
-        <x:v>292792</x:v>
+        <x:v>313946</x:v>
       </x:c>
       <x:c r="ER53" s="3" t="n">
-        <x:v>285970</x:v>
+        <x:v>307421</x:v>
       </x:c>
       <x:c r="ES53" s="3" t="n">
-        <x:v>308266</x:v>
+        <x:v>330805</x:v>
       </x:c>
       <x:c r="ET53" s="3" t="n">
-        <x:v>299922</x:v>
+        <x:v>323318</x:v>
       </x:c>
       <x:c r="EU53" s="3" t="n">
-        <x:v>305529</x:v>
+        <x:v>329683</x:v>
       </x:c>
       <x:c r="EV53" s="3" t="n">
-        <x:v>292380</x:v>
+        <x:v>317201</x:v>
       </x:c>
       <x:c r="EW53" s="3" t="n">
-        <x:v>313153</x:v>
+        <x:v>337866</x:v>
       </x:c>
       <x:c r="EX53" s="3" t="n">
-        <x:v>299728</x:v>
+        <x:v>324204</x:v>
       </x:c>
       <x:c r="EY53" s="3" t="n">
-        <x:v>317796</x:v>
+        <x:v>342608</x:v>
       </x:c>
       <x:c r="EZ53" s="3" t="n">
-        <x:v>293872</x:v>
+        <x:v>319446</x:v>
       </x:c>
       <x:c r="FA53" s="3" t="n">
-        <x:v>319095</x:v>
+        <x:v>345770</x:v>
       </x:c>
       <x:c r="FB53" s="3" t="n">
-        <x:v>322379</x:v>
+        <x:v>349775</x:v>
       </x:c>
       <x:c r="FC53" s="3" t="n">
-        <x:v>312552</x:v>
+        <x:v>339498</x:v>
       </x:c>
       <x:c r="FD53" s="3" t="n">
-        <x:v>302364</x:v>
+        <x:v>330499</x:v>
       </x:c>
       <x:c r="FE53" s="3" t="n">
-        <x:v>330730</x:v>
+        <x:v>359514</x:v>
       </x:c>
       <x:c r="FF53" s="3" t="n">
-        <x:v>323258</x:v>
+        <x:v>351981</x:v>
       </x:c>
       <x:c r="FG53" s="3" t="n">
-        <x:v>335656</x:v>
+        <x:v>364373</x:v>
       </x:c>
       <x:c r="FH53" s="3" t="n">
-        <x:v>314145</x:v>
+        <x:v>343610</x:v>
       </x:c>
       <x:c r="FI53" s="3" t="n">
-        <x:v>347674</x:v>
+        <x:v>378262</x:v>
       </x:c>
       <x:c r="FJ53" s="3" t="n">
-        <x:v>351571</x:v>
+        <x:v>384145</x:v>
       </x:c>
       <x:c r="FK53" s="3" t="n">
-        <x:v>346301</x:v>
+        <x:v>378742</x:v>
       </x:c>
       <x:c r="FL53" s="3" t="n">
-        <x:v>338140</x:v>
+        <x:v>372462</x:v>
       </x:c>
       <x:c r="FM53" s="3" t="n">
-        <x:v>367057</x:v>
+        <x:v>403499</x:v>
       </x:c>
       <x:c r="FN53" s="3" t="n">
-        <x:v>371135</x:v>
+        <x:v>405826</x:v>
       </x:c>
       <x:c r="FO53" s="3" t="n">
-        <x:v>333761</x:v>
+        <x:v>366094</x:v>
       </x:c>
       <x:c r="FP53" s="3" t="n">
-        <x:v>332797</x:v>
+        <x:v>367954</x:v>
       </x:c>
       <x:c r="FQ53" s="3" t="n">
-        <x:v>365279</x:v>
+        <x:v>400415</x:v>
       </x:c>
       <x:c r="FR53" s="3" t="n">
-        <x:v>359008</x:v>
+        <x:v>395336</x:v>
       </x:c>
       <x:c r="FS53" s="3" t="n">
-        <x:v>365132</x:v>
+        <x:v>400435</x:v>
       </x:c>
       <x:c r="FT53" s="3" t="n">
-        <x:v>355630</x:v>
+        <x:v>393240</x:v>
       </x:c>
       <x:c r="FU53" s="3" t="n">
-        <x:v>405249</x:v>
+        <x:v>446929</x:v>
       </x:c>
       <x:c r="FV53" s="3" t="n">
-        <x:v>406339</x:v>
+        <x:v>451834</x:v>
       </x:c>
       <x:c r="FW53" s="3" t="n">
-        <x:v>406607</x:v>
+        <x:v>452309</x:v>
       </x:c>
       <x:c r="FX53" s="3" t="n">
-        <x:v>388879</x:v>
+        <x:v>434846</x:v>
       </x:c>
       <x:c r="FY53" s="3" t="n">
-        <x:v>442024</x:v>
+        <x:v>489191</x:v>
       </x:c>
       <x:c r="FZ53" s="3" t="n">
-        <x:v>449888</x:v>
+        <x:v>497641</x:v>
       </x:c>
       <x:c r="GA53" s="3" t="n">
-        <x:v>437242</x:v>
+        <x:v>479114</x:v>
       </x:c>
       <x:c r="GB53" s="3" t="n">
-        <x:v>425109</x:v>
+        <x:v>465548</x:v>
       </x:c>
       <x:c r="GC53" s="3" t="n">
-        <x:v>469428</x:v>
+        <x:v>513992</x:v>
       </x:c>
       <x:c r="GD53" s="3" t="n">
-        <x:v>460196</x:v>
+        <x:v>504254</x:v>
       </x:c>
       <x:c r="GE53" s="3" t="n">
-        <x:v>477929</x:v>
+        <x:v>521323</x:v>
       </x:c>
       <x:c r="GF53" s="3" t="n">
-        <x:v>451833</x:v>
+        <x:v>496696</x:v>
       </x:c>
       <x:c r="GG53" s="3" t="n">
-        <x:v>491036</x:v>
+        <x:v>537294</x:v>
       </x:c>
       <x:c r="GH53" s="3" t="n">
-        <x:v>493154</x:v>
+        <x:v>540311</x:v>
       </x:c>
       <x:c r="GI53" s="3" t="n">
-        <x:v>488953</x:v>
+        <x:v>535155</x:v>
+      </x:c>
+      <x:c r="GJ53" s="3" t="n">
+        <x:v>517190</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:191">
+    <x:row r="54" spans="1:192">
       <x:c r="A54" s="2" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
         <x:v>9580</x:v>
       </x:c>
       <x:c r="C54" s="3" t="n">
         <x:v>9423</x:v>
       </x:c>
       <x:c r="D54" s="3" t="n">
         <x:v>9455</x:v>
       </x:c>
       <x:c r="E54" s="3" t="n">
         <x:v>9456</x:v>
       </x:c>
       <x:c r="F54" s="3" t="n">
         <x:v>10037</x:v>
       </x:c>
       <x:c r="G54" s="3" t="n">
         <x:v>10094</x:v>
       </x:c>
       <x:c r="H54" s="3" t="n">
         <x:v>10219</x:v>
       </x:c>
       <x:c r="I54" s="3" t="n">
         <x:v>10277</x:v>
       </x:c>
@@ -30370,242 +30523,245 @@
       <x:c r="DQ54" s="3" t="n">
         <x:v>88236</x:v>
       </x:c>
       <x:c r="DR54" s="3" t="n">
         <x:v>89462</x:v>
       </x:c>
       <x:c r="DS54" s="3" t="n">
         <x:v>92268</x:v>
       </x:c>
       <x:c r="DT54" s="3" t="n">
         <x:v>94492</x:v>
       </x:c>
       <x:c r="DU54" s="3" t="n">
         <x:v>96045</x:v>
       </x:c>
       <x:c r="DV54" s="3" t="n">
         <x:v>97048</x:v>
       </x:c>
       <x:c r="DW54" s="3" t="n">
         <x:v>98904</x:v>
       </x:c>
       <x:c r="DX54" s="3" t="n">
         <x:v>100881</x:v>
       </x:c>
       <x:c r="DY54" s="3" t="n">
-        <x:v>102624</x:v>
+        <x:v>102623</x:v>
       </x:c>
       <x:c r="DZ54" s="3" t="n">
-        <x:v>104391</x:v>
+        <x:v>104390</x:v>
       </x:c>
       <x:c r="EA54" s="3" t="n">
-        <x:v>104886</x:v>
+        <x:v>104885</x:v>
       </x:c>
       <x:c r="EB54" s="3" t="n">
         <x:v>106124</x:v>
       </x:c>
       <x:c r="EC54" s="3" t="n">
-        <x:v>107592</x:v>
+        <x:v>107594</x:v>
       </x:c>
       <x:c r="ED54" s="3" t="n">
-        <x:v>109526</x:v>
+        <x:v>109531</x:v>
       </x:c>
       <x:c r="EE54" s="3" t="n">
-        <x:v>111469</x:v>
+        <x:v>111473</x:v>
       </x:c>
       <x:c r="EF54" s="3" t="n">
         <x:v>113706</x:v>
       </x:c>
       <x:c r="EG54" s="3" t="n">
-        <x:v>115602</x:v>
+        <x:v>115593</x:v>
       </x:c>
       <x:c r="EH54" s="3" t="n">
-        <x:v>118282</x:v>
+        <x:v>118260</x:v>
       </x:c>
       <x:c r="EI54" s="3" t="n">
-        <x:v>118893</x:v>
+        <x:v>118874</x:v>
       </x:c>
       <x:c r="EJ54" s="3" t="n">
-        <x:v>120478</x:v>
+        <x:v>120480</x:v>
       </x:c>
       <x:c r="EK54" s="3" t="n">
-        <x:v>122185</x:v>
+        <x:v>122224</x:v>
       </x:c>
       <x:c r="EL54" s="3" t="n">
-        <x:v>123365</x:v>
+        <x:v>123460</x:v>
       </x:c>
       <x:c r="EM54" s="3" t="n">
-        <x:v>125860</x:v>
+        <x:v>125943</x:v>
       </x:c>
       <x:c r="EN54" s="3" t="n">
-        <x:v>127348</x:v>
+        <x:v>127343</x:v>
       </x:c>
       <x:c r="EO54" s="3" t="n">
-        <x:v>128731</x:v>
+        <x:v>128557</x:v>
       </x:c>
       <x:c r="EP54" s="3" t="n">
-        <x:v>130725</x:v>
+        <x:v>130306</x:v>
       </x:c>
       <x:c r="EQ54" s="3" t="n">
-        <x:v>132716</x:v>
+        <x:v>132101</x:v>
       </x:c>
       <x:c r="ER54" s="3" t="n">
-        <x:v>134440</x:v>
+        <x:v>133673</x:v>
       </x:c>
       <x:c r="ES54" s="3" t="n">
-        <x:v>136222</x:v>
+        <x:v>135360</x:v>
       </x:c>
       <x:c r="ET54" s="3" t="n">
-        <x:v>136504</x:v>
+        <x:v>135632</x:v>
       </x:c>
       <x:c r="EU54" s="3" t="n">
-        <x:v>146425</x:v>
+        <x:v>145419</x:v>
       </x:c>
       <x:c r="EV54" s="3" t="n">
-        <x:v>140250</x:v>
+        <x:v>139289</x:v>
       </x:c>
       <x:c r="EW54" s="3" t="n">
-        <x:v>138762</x:v>
+        <x:v>137917</x:v>
       </x:c>
       <x:c r="EX54" s="3" t="n">
-        <x:v>140731</x:v>
+        <x:v>139879</x:v>
       </x:c>
       <x:c r="EY54" s="3" t="n">
-        <x:v>152054</x:v>
+        <x:v>151174</x:v>
       </x:c>
       <x:c r="EZ54" s="3" t="n">
-        <x:v>144494</x:v>
+        <x:v>143724</x:v>
       </x:c>
       <x:c r="FA54" s="3" t="n">
-        <x:v>146547</x:v>
+        <x:v>145851</x:v>
       </x:c>
       <x:c r="FB54" s="3" t="n">
-        <x:v>147400</x:v>
+        <x:v>146722</x:v>
       </x:c>
       <x:c r="FC54" s="3" t="n">
-        <x:v>158715</x:v>
+        <x:v>157990</x:v>
       </x:c>
       <x:c r="FD54" s="3" t="n">
-        <x:v>151659</x:v>
+        <x:v>150951</x:v>
       </x:c>
       <x:c r="FE54" s="3" t="n">
-        <x:v>152923</x:v>
+        <x:v>152183</x:v>
       </x:c>
       <x:c r="FF54" s="3" t="n">
-        <x:v>154959</x:v>
+        <x:v>154096</x:v>
       </x:c>
       <x:c r="FG54" s="3" t="n">
-        <x:v>166542</x:v>
+        <x:v>165490</x:v>
       </x:c>
       <x:c r="FH54" s="3" t="n">
-        <x:v>158543</x:v>
+        <x:v>157450</x:v>
       </x:c>
       <x:c r="FI54" s="3" t="n">
-        <x:v>161744</x:v>
+        <x:v>160566</x:v>
       </x:c>
       <x:c r="FJ54" s="3" t="n">
-        <x:v>162759</x:v>
+        <x:v>161404</x:v>
       </x:c>
       <x:c r="FK54" s="3" t="n">
-        <x:v>174303</x:v>
+        <x:v>172790</x:v>
       </x:c>
       <x:c r="FL54" s="3" t="n">
-        <x:v>168486</x:v>
+        <x:v>167112</x:v>
       </x:c>
       <x:c r="FM54" s="3" t="n">
-        <x:v>169680</x:v>
+        <x:v>168560</x:v>
       </x:c>
       <x:c r="FN54" s="3" t="n">
-        <x:v>170006</x:v>
+        <x:v>169188</x:v>
       </x:c>
       <x:c r="FO54" s="3" t="n">
-        <x:v>178598</x:v>
+        <x:v>177910</x:v>
       </x:c>
       <x:c r="FP54" s="3" t="n">
-        <x:v>172069</x:v>
+        <x:v>171484</x:v>
       </x:c>
       <x:c r="FQ54" s="3" t="n">
-        <x:v>172750</x:v>
+        <x:v>172117</x:v>
       </x:c>
       <x:c r="FR54" s="3" t="n">
-        <x:v>176654</x:v>
+        <x:v>175771</x:v>
       </x:c>
       <x:c r="FS54" s="3" t="n">
-        <x:v>189526</x:v>
+        <x:v>188408</x:v>
       </x:c>
       <x:c r="FT54" s="3" t="n">
-        <x:v>181027</x:v>
+        <x:v>179937</x:v>
       </x:c>
       <x:c r="FU54" s="3" t="n">
-        <x:v>188073</x:v>
+        <x:v>187068</x:v>
       </x:c>
       <x:c r="FV54" s="3" t="n">
-        <x:v>189369</x:v>
+        <x:v>188465</x:v>
       </x:c>
       <x:c r="FW54" s="3" t="n">
-        <x:v>202973</x:v>
+        <x:v>202076</x:v>
       </x:c>
       <x:c r="FX54" s="3" t="n">
-        <x:v>194407</x:v>
+        <x:v>193651</x:v>
       </x:c>
       <x:c r="FY54" s="3" t="n">
-        <x:v>197796</x:v>
+        <x:v>197114</x:v>
       </x:c>
       <x:c r="FZ54" s="3" t="n">
-        <x:v>198563</x:v>
+        <x:v>197635</x:v>
       </x:c>
       <x:c r="GA54" s="3" t="n">
-        <x:v>214376</x:v>
+        <x:v>213360</x:v>
       </x:c>
       <x:c r="GB54" s="3" t="n">
-        <x:v>209083</x:v>
+        <x:v>208031</x:v>
       </x:c>
       <x:c r="GC54" s="3" t="n">
-        <x:v>218979</x:v>
+        <x:v>217845</x:v>
       </x:c>
       <x:c r="GD54" s="3" t="n">
-        <x:v>215991</x:v>
+        <x:v>214487</x:v>
       </x:c>
       <x:c r="GE54" s="3" t="n">
-        <x:v>230990</x:v>
+        <x:v>230037</x:v>
       </x:c>
       <x:c r="GF54" s="3" t="n">
-        <x:v>223514</x:v>
+        <x:v>222812</x:v>
       </x:c>
       <x:c r="GG54" s="3" t="n">
-        <x:v>226997</x:v>
+        <x:v>226958</x:v>
       </x:c>
       <x:c r="GH54" s="3" t="n">
-        <x:v>228598</x:v>
+        <x:v>226815</x:v>
       </x:c>
       <x:c r="GI54" s="3" t="n">
-        <x:v>245222</x:v>
+        <x:v>243637</x:v>
+      </x:c>
+      <x:c r="GJ54" s="3" t="n">
+        <x:v>234423</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:191">
+    <x:row r="55" spans="1:192">
       <x:c r="A55" s="2" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
         <x:v>6859</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>6754</x:v>
       </x:c>
       <x:c r="D55" s="3" t="n">
         <x:v>6500</x:v>
       </x:c>
       <x:c r="E55" s="3" t="n">
         <x:v>7741</x:v>
       </x:c>
       <x:c r="F55" s="3" t="n">
         <x:v>6687</x:v>
       </x:c>
       <x:c r="G55" s="3" t="n">
         <x:v>7205</x:v>
       </x:c>
       <x:c r="H55" s="3" t="n">
         <x:v>7503</x:v>
       </x:c>
       <x:c r="I55" s="3" t="n">
         <x:v>8911</x:v>
       </x:c>
@@ -31020,337 +31176,340 @@
       <x:c r="EP55" s="3" t="n">
         <x:v>77964</x:v>
       </x:c>
       <x:c r="EQ55" s="3" t="n">
         <x:v>84342</x:v>
       </x:c>
       <x:c r="ER55" s="3" t="n">
         <x:v>83348</x:v>
       </x:c>
       <x:c r="ES55" s="3" t="n">
         <x:v>86585</x:v>
       </x:c>
       <x:c r="ET55" s="3" t="n">
         <x:v>81276</x:v>
       </x:c>
       <x:c r="EU55" s="3" t="n">
         <x:v>85385</x:v>
       </x:c>
       <x:c r="EV55" s="3" t="n">
         <x:v>85892</x:v>
       </x:c>
       <x:c r="EW55" s="3" t="n">
         <x:v>89769</x:v>
       </x:c>
       <x:c r="EX55" s="3" t="n">
-        <x:v>82384</x:v>
+        <x:v>82381</x:v>
       </x:c>
       <x:c r="EY55" s="3" t="n">
-        <x:v>90948</x:v>
+        <x:v>90952</x:v>
       </x:c>
       <x:c r="EZ55" s="3" t="n">
-        <x:v>88289</x:v>
+        <x:v>88280</x:v>
       </x:c>
       <x:c r="FA55" s="3" t="n">
-        <x:v>96841</x:v>
+        <x:v>96848</x:v>
       </x:c>
       <x:c r="FB55" s="3" t="n">
-        <x:v>88541</x:v>
+        <x:v>88539</x:v>
       </x:c>
       <x:c r="FC55" s="3" t="n">
-        <x:v>93883</x:v>
+        <x:v>93885</x:v>
       </x:c>
       <x:c r="FD55" s="3" t="n">
-        <x:v>92012</x:v>
+        <x:v>92016</x:v>
       </x:c>
       <x:c r="FE55" s="3" t="n">
-        <x:v>101133</x:v>
+        <x:v>101128</x:v>
       </x:c>
       <x:c r="FF55" s="3" t="n">
-        <x:v>91166</x:v>
+        <x:v>91157</x:v>
       </x:c>
       <x:c r="FG55" s="3" t="n">
-        <x:v>99387</x:v>
+        <x:v>99391</x:v>
       </x:c>
       <x:c r="FH55" s="3" t="n">
-        <x:v>96422</x:v>
+        <x:v>96429</x:v>
       </x:c>
       <x:c r="FI55" s="3" t="n">
-        <x:v>105382</x:v>
+        <x:v>105378</x:v>
       </x:c>
       <x:c r="FJ55" s="3" t="n">
-        <x:v>93293</x:v>
+        <x:v>93287</x:v>
       </x:c>
       <x:c r="FK55" s="3" t="n">
-        <x:v>99889</x:v>
+        <x:v>99882</x:v>
       </x:c>
       <x:c r="FL55" s="3" t="n">
-        <x:v>98414</x:v>
+        <x:v>98405</x:v>
       </x:c>
       <x:c r="FM55" s="3" t="n">
-        <x:v>107045</x:v>
+        <x:v>107067</x:v>
       </x:c>
       <x:c r="FN55" s="3" t="n">
-        <x:v>93375</x:v>
+        <x:v>93386</x:v>
       </x:c>
       <x:c r="FO55" s="3" t="n">
-        <x:v>98161</x:v>
+        <x:v>98166</x:v>
       </x:c>
       <x:c r="FP55" s="3" t="n">
-        <x:v>101690</x:v>
+        <x:v>101679</x:v>
       </x:c>
       <x:c r="FQ55" s="3" t="n">
-        <x:v>110699</x:v>
+        <x:v>110692</x:v>
       </x:c>
       <x:c r="FR55" s="3" t="n">
-        <x:v>98759</x:v>
+        <x:v>98679</x:v>
       </x:c>
       <x:c r="FS55" s="3" t="n">
-        <x:v>106406</x:v>
+        <x:v>106322</x:v>
       </x:c>
       <x:c r="FT55" s="3" t="n">
-        <x:v>107469</x:v>
+        <x:v>107465</x:v>
       </x:c>
       <x:c r="FU55" s="3" t="n">
-        <x:v>116817</x:v>
+        <x:v>116986</x:v>
       </x:c>
       <x:c r="FV55" s="3" t="n">
-        <x:v>98880</x:v>
+        <x:v>98738</x:v>
       </x:c>
       <x:c r="FW55" s="3" t="n">
-        <x:v>108431</x:v>
+        <x:v>108399</x:v>
       </x:c>
       <x:c r="FX55" s="3" t="n">
-        <x:v>104161</x:v>
+        <x:v>104324</x:v>
       </x:c>
       <x:c r="FY55" s="3" t="n">
-        <x:v>113531</x:v>
+        <x:v>113488</x:v>
       </x:c>
       <x:c r="FZ55" s="3" t="n">
-        <x:v>105425</x:v>
+        <x:v>105142</x:v>
       </x:c>
       <x:c r="GA55" s="3" t="n">
-        <x:v>113297</x:v>
+        <x:v>113036</x:v>
       </x:c>
       <x:c r="GB55" s="3" t="n">
-        <x:v>111794</x:v>
+        <x:v>111589</x:v>
       </x:c>
       <x:c r="GC55" s="3" t="n">
-        <x:v>123295</x:v>
+        <x:v>123112</x:v>
       </x:c>
       <x:c r="GD55" s="3" t="n">
-        <x:v>109539</x:v>
+        <x:v>109096</x:v>
       </x:c>
       <x:c r="GE55" s="3" t="n">
-        <x:v>120786</x:v>
+        <x:v>120129</x:v>
       </x:c>
       <x:c r="GF55" s="3" t="n">
-        <x:v>117711</x:v>
+        <x:v>117269</x:v>
       </x:c>
       <x:c r="GG55" s="3" t="n">
-        <x:v>128084</x:v>
+        <x:v>127777</x:v>
       </x:c>
       <x:c r="GH55" s="3" t="n">
-        <x:v>113738</x:v>
+        <x:v>113072</x:v>
       </x:c>
       <x:c r="GI55" s="3" t="n">
-        <x:v>124393</x:v>
+        <x:v>123261</x:v>
+      </x:c>
+      <x:c r="GJ55" s="3" t="n">
+        <x:v>121566</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:191">
+    <x:row r="57" spans="1:192">
       <x:c r="A57" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:191">
+    <x:row r="58" spans="1:192">
       <x:c r="A58" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:191">
+    <x:row r="59" spans="1:192">
       <x:c r="A59" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:191">
+    <x:row r="61" spans="1:192">
       <x:c r="A61" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:191">
+    <x:row r="62" spans="1:192">
       <x:c r="A62" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:191">
+    <x:row r="63" spans="1:192">
       <x:c r="A63" s="0" t="s">
+        <x:v>249</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:192">
+      <x:c r="A65" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:192">
+      <x:c r="A66" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:192">
+      <x:c r="A68" s="0" t="s">
+        <x:v>252</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:192">
+      <x:c r="A69" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="65" spans="1:191">
-[...1 lines deleted...]
-        <x:v>249</x:v>
+    <x:row r="70" spans="1:192">
+      <x:c r="A70" s="0" t="s">
+        <x:v>253</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:191">
-[...1 lines deleted...]
-        <x:v>250</x:v>
+    <x:row r="71" spans="1:192">
+      <x:c r="A71" s="0" t="s">
+        <x:v>254</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:191">
-[...1 lines deleted...]
-        <x:v>251</x:v>
+    <x:row r="72" spans="1:192">
+      <x:c r="A72" s="0" t="s">
+        <x:v>255</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:191">
-[...1 lines deleted...]
-        <x:v>247</x:v>
+    <x:row r="74" spans="1:192">
+      <x:c r="A74" s="0" t="s">
+        <x:v>256</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:191">
-[...1 lines deleted...]
-        <x:v>252</x:v>
+    <x:row r="75" spans="1:192">
+      <x:c r="A75" s="0" t="s">
+        <x:v>257</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:191">
-[...1 lines deleted...]
-        <x:v>253</x:v>
+    <x:row r="76" spans="1:192">
+      <x:c r="A76" s="0" t="s">
+        <x:v>258</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:191">
-[...1 lines deleted...]
-        <x:v>254</x:v>
+    <x:row r="78" spans="1:192">
+      <x:c r="A78" s="0" t="s">
+        <x:v>259</x:v>
       </x:c>
     </x:row>
-    <x:row r="74" spans="1:191">
-[...1 lines deleted...]
-        <x:v>255</x:v>
+    <x:row r="79" spans="1:192">
+      <x:c r="A79" s="0" t="s">
+        <x:v>260</x:v>
       </x:c>
     </x:row>
-    <x:row r="75" spans="1:191">
-[...1 lines deleted...]
-        <x:v>256</x:v>
+    <x:row r="80" spans="1:192">
+      <x:c r="A80" s="0" t="s">
+        <x:v>261</x:v>
       </x:c>
     </x:row>
-    <x:row r="76" spans="1:191">
-[...1 lines deleted...]
-        <x:v>257</x:v>
+    <x:row r="85" spans="1:192">
+      <x:c r="A85" s="0" t="s">
+        <x:v>262</x:v>
       </x:c>
     </x:row>
-    <x:row r="78" spans="1:191">
-[...1 lines deleted...]
-        <x:v>258</x:v>
+    <x:row r="86" spans="1:192">
+      <x:c r="A86" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:191">
-[...1 lines deleted...]
-        <x:v>259</x:v>
+    <x:row r="87" spans="1:192">
+      <x:c r="A87" s="0" t="s">
+        <x:v>263</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:191">
-[...1 lines deleted...]
-        <x:v>260</x:v>
+    <x:row r="88" spans="1:192">
+      <x:c r="A88" s="0" t="s">
+        <x:v>264</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:191">
-[...1 lines deleted...]
-        <x:v>261</x:v>
+    <x:row r="89" spans="1:192">
+      <x:c r="A89" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:191">
-[...1 lines deleted...]
-        <x:v>247</x:v>
+    <x:row r="90" spans="1:192">
+      <x:c r="A90" s="0" t="s">
+        <x:v>265</x:v>
       </x:c>
     </x:row>
-    <x:row r="87" spans="1:191">
-[...1 lines deleted...]
-        <x:v>262</x:v>
+    <x:row r="92" spans="1:192">
+      <x:c r="A92" s="0" t="s">
+        <x:v>266</x:v>
       </x:c>
     </x:row>
-    <x:row r="88" spans="1:191">
-[...19 lines deleted...]
-    <x:row r="93" spans="1:191">
+    <x:row r="93" spans="1:192">
       <x:c r="A93" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="94" spans="1:191">
+    <x:row r="94" spans="1:192">
       <x:c r="A94" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
-    <x:row r="97" spans="1:191">
+    <x:row r="97" spans="1:192">
       <x:c r="A97" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="98" spans="1:191">
+    <x:row r="98" spans="1:192">
       <x:c r="A98" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
-    <x:row r="102" spans="1:191">
+    <x:row r="102" spans="1:192">
       <x:c r="A102" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
-    <x:row r="104" spans="1:191">
+    <x:row r="104" spans="1:192">
       <x:c r="A104" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
-    <x:row r="105" spans="1:191">
+    <x:row r="105" spans="1:192">
       <x:c r="A105" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
-    <x:row r="107" spans="1:191">
+    <x:row r="107" spans="1:192">
       <x:c r="A107" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
-    <x:row r="108" spans="1:191">
+    <x:row r="108" spans="1:192">
       <x:c r="A108" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Priser</vt:lpstr>
       <vt:lpstr>Priser!Print_Area</vt:lpstr>
       <vt:lpstr>Priser!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>