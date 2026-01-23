--- v2 (2025-12-26)
+++ v3 (2026-01-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd321ed795f164aa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e55fb7263121432ab5f6c73c6497ebe1.psmdcp" Id="R3ebdbb756121435a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd86560a8f6304729" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/424b6628563741fa96a8d03345b536fe.psmdcp" Id="Re2cc1f0a8bbe4833" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Priser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="274" uniqueCount="274">
   <x:si>
     <x:t>09190: Makroøkonomiske hovedstørrelser, etter makrostørrelse, statistikkvariabel og kvartal</x:t>
   </x:si>
   <x:si>
     <x:t>Løpende priser (mill. kr)</x:t>
   </x:si>
   <x:si>