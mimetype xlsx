--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59331660e0c145ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/902be174a60343809e4d5d85250240a0.psmdcp" Id="R2b785661ba554ed7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R707787f6a7794de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/901a55d5bb4c494592adec2184182631.psmdcp" Id="Rc48d3174ba194b94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BNPB2" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="138">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
   <x:si>
     <x:t>09170: Produksjon og inntekt, etter næring, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
-    <x:t>Bruttoprodukt i basisverdi. Faste 2015-priser (mill. kr)</x:t>
+    <x:t>Bruttoprodukt i basisverdi. Faste 2023-priser (mill. kr)</x:t>
   </x:si>
   <x:si>
     <x:t>1970</x:t>
   </x:si>
   <x:si>
     <x:t>1971</x:t>
   </x:si>
   <x:si>
     <x:t>1972</x:t>
   </x:si>
   <x:si>
     <x:t>1973</x:t>
   </x:si>
   <x:si>
     <x:t>1974</x:t>
   </x:si>
   <x:si>
     <x:t>1975</x:t>
   </x:si>
   <x:si>
     <x:t>1976</x:t>
   </x:si>
   <x:si>
     <x:t>1977</x:t>
   </x:si>
@@ -178,53 +178,50 @@
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
-    <x:t>2024</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Totalt for næringer</x:t>
   </x:si>
   <x:si>
     <x:t>Jordbruk og skogbruk</x:t>
   </x:si>
   <x:si>
     <x:t>Fiske, fangst og akvakultur</x:t>
   </x:si>
   <x:si>
     <x:t>Bergverksdrift</x:t>
   </x:si>
   <x:si>
     <x:t>Utvinning av råolje og naturgass, inkl. tjenester</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Utvinning av råolje og naturgass</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Tjenester tilknyttet utvinning av råolje og naturgass</x:t>
   </x:si>
   <x:si>
     <x:t>Industri</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Nærings-, drikkevare- og tobakksindustri</x:t>
@@ -328,76 +325,81 @@
   <x:si>
     <x:t>Kultur, underholdning og annen tjenesteyting</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Offentlig forvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Statsforvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Sivil forvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Forsvar</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Kommuneforvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>Fastlands-Norge</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Markedsrettet virksomhet Fastlands-Norge</x:t>
   </x:si>
   <x:si>
+    <x:t>.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Markedsrettet virksomhet</x:t>
   </x:si>
   <x:si>
     <x:t>Ikke-markedsrettet virksomhet</x:t>
   </x:si>
   <x:si>
     <x:t>De enkelte tallene i faste priser summerer seg ikke opp til del- og totalsummene på grunn av kjedingsavvik.</x:t>
   </x:si>
   <x:si>
-    <x:t>Tall fra og med 2022 er foreløpige.</x:t>
-[...6 lines deleted...]
-    <x:t>Størrelser på A64-nivå for årgangen 2021 ble endret 21. mai 2024.</x:t>
+    <x:t>Tallene etter år 2023 (basisåret) er foreløpige.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tall for 2024 ble fjernet ved revisjonen 26.11.2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10. desember 2025: Det er identifisert feil i beregningene av driftsresultatet for industrien. Disse vil bli korrigert ved neste oppdatering av tabellen.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>. = Ikke mulig å oppgi tall. Tall finnes ikke på dette tidspunktet fordi kategorien ikke var i bruk da tallene ble samlet inn.</x:t>
   </x:si>
   <x:si>
     <x:t>Sist endret:</x:t>
   </x:si>
   <x:si>
-    <x:t>Bruttoprodukt i basisverdi. Faste 2015-priser (mill. kr):</x:t>
-[...2 lines deleted...]
-    <x:t>20250515 08:00</x:t>
+    <x:t>Bruttoprodukt i basisverdi. Faste 2023-priser (mill. kr):</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kilde:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t>Kontakt:</x:t>
   </x:si>
   <x:si>
     <x:t>Johan Nitter-Hauge, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 83</x:t>
   </x:si>
   <x:si>
     <x:t>jni@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Steinar Todsen, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 95 91 00 74</x:t>
   </x:si>
@@ -499,65 +501,69 @@
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="4">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -814,70 +820,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:BD107"/>
+  <x:dimension ref="A1:BC108"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="56" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="55" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:56">
+    <x:row r="1" spans="1:55">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:56">
+    <x:row r="3" spans="1:55">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:56">
+    <x:row r="4" spans="1:55">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -996,8892 +1002,8741 @@
       </x:c>
       <x:c r="AV4" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="AW4" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="AX4" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="AY4" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="AZ4" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="BA4" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="BB4" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="BC4" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="BD4" s="2" t="s">
+    </x:row>
+    <x:row r="5" spans="1:55">
+      <x:c r="A5" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="B5" s="3" t="n">
+        <x:v>1089706</x:v>
+      </x:c>
+      <x:c r="C5" s="3" t="n">
+        <x:v>1139041</x:v>
+      </x:c>
+      <x:c r="D5" s="3" t="n">
+        <x:v>1193613</x:v>
+      </x:c>
+      <x:c r="E5" s="3" t="n">
+        <x:v>1233795</x:v>
+      </x:c>
+      <x:c r="F5" s="3" t="n">
+        <x:v>1302907</x:v>
+      </x:c>
+      <x:c r="G5" s="3" t="n">
+        <x:v>1375547</x:v>
+      </x:c>
+      <x:c r="H5" s="3" t="n">
+        <x:v>1464983</x:v>
+      </x:c>
+      <x:c r="I5" s="3" t="n">
+        <x:v>1516487</x:v>
+      </x:c>
+      <x:c r="J5" s="3" t="n">
+        <x:v>1584586</x:v>
+      </x:c>
+      <x:c r="K5" s="3" t="n">
+        <x:v>1649896</x:v>
+      </x:c>
+      <x:c r="L5" s="3" t="n">
+        <x:v>1737018</x:v>
+      </x:c>
+      <x:c r="M5" s="3" t="n">
+        <x:v>1759761</x:v>
+      </x:c>
+      <x:c r="N5" s="3" t="n">
+        <x:v>1768200</x:v>
+      </x:c>
+      <x:c r="O5" s="3" t="n">
+        <x:v>1836280</x:v>
+      </x:c>
+      <x:c r="P5" s="3" t="n">
+        <x:v>1963165</x:v>
+      </x:c>
+      <x:c r="Q5" s="3" t="n">
+        <x:v>2057688</x:v>
+      </x:c>
+      <x:c r="R5" s="3" t="n">
+        <x:v>2129086</x:v>
+      </x:c>
+      <x:c r="S5" s="3" t="n">
+        <x:v>2186676</x:v>
+      </x:c>
+      <x:c r="T5" s="3" t="n">
+        <x:v>2205666</x:v>
+      </x:c>
+      <x:c r="U5" s="3" t="n">
+        <x:v>2250924</x:v>
+      </x:c>
+      <x:c r="V5" s="3" t="n">
+        <x:v>2293313</x:v>
+      </x:c>
+      <x:c r="W5" s="3" t="n">
+        <x:v>2364671</x:v>
+      </x:c>
+      <x:c r="X5" s="3" t="n">
+        <x:v>2450168</x:v>
+      </x:c>
+      <x:c r="Y5" s="3" t="n">
+        <x:v>2514780</x:v>
+      </x:c>
+      <x:c r="Z5" s="3" t="n">
+        <x:v>2647499</x:v>
+      </x:c>
+      <x:c r="AA5" s="3" t="n">
+        <x:v>2750458</x:v>
+      </x:c>
+      <x:c r="AB5" s="3" t="n">
+        <x:v>2875625</x:v>
+      </x:c>
+      <x:c r="AC5" s="3" t="n">
+        <x:v>3019808</x:v>
+      </x:c>
+      <x:c r="AD5" s="3" t="n">
+        <x:v>3092484</x:v>
+      </x:c>
+      <x:c r="AE5" s="3" t="n">
+        <x:v>3158846</x:v>
+      </x:c>
+      <x:c r="AF5" s="3" t="n">
+        <x:v>3270176</x:v>
+      </x:c>
+      <x:c r="AG5" s="3" t="n">
+        <x:v>3334161</x:v>
+      </x:c>
+      <x:c r="AH5" s="3" t="n">
+        <x:v>3372241</x:v>
+      </x:c>
+      <x:c r="AI5" s="3" t="n">
+        <x:v>3407450</x:v>
+      </x:c>
+      <x:c r="AJ5" s="3" t="n">
+        <x:v>3548502</x:v>
+      </x:c>
+      <x:c r="AK5" s="3" t="n">
+        <x:v>3649600</x:v>
+      </x:c>
+      <x:c r="AL5" s="3" t="n">
+        <x:v>3738650</x:v>
+      </x:c>
+      <x:c r="AM5" s="3" t="n">
+        <x:v>3850420</x:v>
+      </x:c>
+      <x:c r="AN5" s="3" t="n">
+        <x:v>3892040</x:v>
+      </x:c>
+      <x:c r="AO5" s="3" t="n">
+        <x:v>3824256</x:v>
+      </x:c>
+      <x:c r="AP5" s="3" t="n">
+        <x:v>3853237</x:v>
+      </x:c>
+      <x:c r="AQ5" s="3" t="n">
+        <x:v>3897778</x:v>
+      </x:c>
+      <x:c r="AR5" s="3" t="n">
+        <x:v>4005064</x:v>
+      </x:c>
+      <x:c r="AS5" s="3" t="n">
+        <x:v>4054493</x:v>
+      </x:c>
+      <x:c r="AT5" s="3" t="n">
+        <x:v>4139886</x:v>
+      </x:c>
+      <x:c r="AU5" s="3" t="n">
+        <x:v>4223460</x:v>
+      </x:c>
+      <x:c r="AV5" s="3" t="n">
+        <x:v>4273449</x:v>
+      </x:c>
+      <x:c r="AW5" s="3" t="n">
+        <x:v>4386516</x:v>
+      </x:c>
+      <x:c r="AX5" s="3" t="n">
+        <x:v>4433072</x:v>
+      </x:c>
+      <x:c r="AY5" s="3" t="n">
+        <x:v>4504804</x:v>
+      </x:c>
+      <x:c r="AZ5" s="3" t="n">
+        <x:v>4444644</x:v>
+      </x:c>
+      <x:c r="BA5" s="3" t="n">
+        <x:v>4626340</x:v>
+      </x:c>
+      <x:c r="BB5" s="3" t="n">
+        <x:v>4834276</x:v>
+      </x:c>
+      <x:c r="BC5" s="3" t="n">
+        <x:v>4852019</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:56">
-      <x:c r="A5" s="2" t="s">
+    <x:row r="6" spans="1:55">
+      <x:c r="A6" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="B5" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>3206805</x:v>
+      <x:c r="B6" s="3" t="n">
+        <x:v>18002</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="n">
+        <x:v>19245</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="n">
+        <x:v>19206</x:v>
+      </x:c>
+      <x:c r="E6" s="3" t="n">
+        <x:v>18909</x:v>
+      </x:c>
+      <x:c r="F6" s="3" t="n">
+        <x:v>21869</x:v>
+      </x:c>
+      <x:c r="G6" s="3" t="n">
+        <x:v>21481</x:v>
+      </x:c>
+      <x:c r="H6" s="3" t="n">
+        <x:v>20130</x:v>
+      </x:c>
+      <x:c r="I6" s="3" t="n">
+        <x:v>19825</x:v>
+      </x:c>
+      <x:c r="J6" s="3" t="n">
+        <x:v>20063</x:v>
+      </x:c>
+      <x:c r="K6" s="3" t="n">
+        <x:v>18386</x:v>
+      </x:c>
+      <x:c r="L6" s="3" t="n">
+        <x:v>19739</x:v>
+      </x:c>
+      <x:c r="M6" s="3" t="n">
+        <x:v>20357</x:v>
+      </x:c>
+      <x:c r="N6" s="3" t="n">
+        <x:v>20529</x:v>
+      </x:c>
+      <x:c r="O6" s="3" t="n">
+        <x:v>19652</x:v>
+      </x:c>
+      <x:c r="P6" s="3" t="n">
+        <x:v>21947</x:v>
+      </x:c>
+      <x:c r="Q6" s="3" t="n">
+        <x:v>19751</x:v>
+      </x:c>
+      <x:c r="R6" s="3" t="n">
+        <x:v>17845</x:v>
+      </x:c>
+      <x:c r="S6" s="3" t="n">
+        <x:v>18260</x:v>
+      </x:c>
+      <x:c r="T6" s="3" t="n">
+        <x:v>17883</x:v>
+      </x:c>
+      <x:c r="U6" s="3" t="n">
+        <x:v>18752</x:v>
+      </x:c>
+      <x:c r="V6" s="3" t="n">
+        <x:v>20505</x:v>
+      </x:c>
+      <x:c r="W6" s="3" t="n">
+        <x:v>21296</x:v>
+      </x:c>
+      <x:c r="X6" s="3" t="n">
+        <x:v>19639</x:v>
+      </x:c>
+      <x:c r="Y6" s="3" t="n">
+        <x:v>21735</x:v>
+      </x:c>
+      <x:c r="Z6" s="3" t="n">
+        <x:v>21500</x:v>
+      </x:c>
+      <x:c r="AA6" s="3" t="n">
+        <x:v>22541</x:v>
+      </x:c>
+      <x:c r="AB6" s="3" t="n">
+        <x:v>22414</x:v>
+      </x:c>
+      <x:c r="AC6" s="3" t="n">
+        <x:v>21706</x:v>
+      </x:c>
+      <x:c r="AD6" s="3" t="n">
+        <x:v>20909</x:v>
+      </x:c>
+      <x:c r="AE6" s="3" t="n">
+        <x:v>21070</x:v>
+      </x:c>
+      <x:c r="AF6" s="3" t="n">
+        <x:v>20340</x:v>
+      </x:c>
+      <x:c r="AG6" s="3" t="n">
+        <x:v>19311</x:v>
+      </x:c>
+      <x:c r="AH6" s="3" t="n">
+        <x:v>19280</x:v>
+      </x:c>
+      <x:c r="AI6" s="3" t="n">
+        <x:v>18226</x:v>
+      </x:c>
+      <x:c r="AJ6" s="3" t="n">
+        <x:v>20175</x:v>
+      </x:c>
+      <x:c r="AK6" s="3" t="n">
+        <x:v>20486</x:v>
+      </x:c>
+      <x:c r="AL6" s="3" t="n">
+        <x:v>22112</x:v>
+      </x:c>
+      <x:c r="AM6" s="3" t="n">
+        <x:v>22803</x:v>
+      </x:c>
+      <x:c r="AN6" s="3" t="n">
+        <x:v>24422</x:v>
+      </x:c>
+      <x:c r="AO6" s="3" t="n">
+        <x:v>23336</x:v>
+      </x:c>
+      <x:c r="AP6" s="3" t="n">
+        <x:v>24367</x:v>
+      </x:c>
+      <x:c r="AQ6" s="3" t="n">
+        <x:v>22455</x:v>
+      </x:c>
+      <x:c r="AR6" s="3" t="n">
+        <x:v>22596</x:v>
+      </x:c>
+      <x:c r="AS6" s="3" t="n">
+        <x:v>21828</x:v>
+      </x:c>
+      <x:c r="AT6" s="3" t="n">
+        <x:v>22346</x:v>
+      </x:c>
+      <x:c r="AU6" s="3" t="n">
+        <x:v>23219</x:v>
+      </x:c>
+      <x:c r="AV6" s="3" t="n">
+        <x:v>23412</x:v>
+      </x:c>
+      <x:c r="AW6" s="3" t="n">
+        <x:v>23815</x:v>
+      </x:c>
+      <x:c r="AX6" s="3" t="n">
+        <x:v>21276</x:v>
+      </x:c>
+      <x:c r="AY6" s="3" t="n">
+        <x:v>23727</x:v>
+      </x:c>
+      <x:c r="AZ6" s="3" t="n">
+        <x:v>22191</x:v>
+      </x:c>
+      <x:c r="BA6" s="3" t="n">
+        <x:v>22922</x:v>
+      </x:c>
+      <x:c r="BB6" s="3" t="n">
+        <x:v>26460</x:v>
+      </x:c>
+      <x:c r="BC6" s="3" t="n">
+        <x:v>20930</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:56">
-      <x:c r="A6" s="2" t="s">
+    <x:row r="7" spans="1:55">
+      <x:c r="A7" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="B6" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>21363</x:v>
+      <x:c r="B7" s="3" t="n">
+        <x:v>8152</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="n">
+        <x:v>8166</x:v>
+      </x:c>
+      <x:c r="D7" s="3" t="n">
+        <x:v>8192</x:v>
+      </x:c>
+      <x:c r="E7" s="3" t="n">
+        <x:v>7283</x:v>
+      </x:c>
+      <x:c r="F7" s="3" t="n">
+        <x:v>6893</x:v>
+      </x:c>
+      <x:c r="G7" s="3" t="n">
+        <x:v>7646</x:v>
+      </x:c>
+      <x:c r="H7" s="3" t="n">
+        <x:v>10587</x:v>
+      </x:c>
+      <x:c r="I7" s="3" t="n">
+        <x:v>10072</x:v>
+      </x:c>
+      <x:c r="J7" s="3" t="n">
+        <x:v>9188</x:v>
+      </x:c>
+      <x:c r="K7" s="3" t="n">
+        <x:v>9275</x:v>
+      </x:c>
+      <x:c r="L7" s="3" t="n">
+        <x:v>10336</x:v>
+      </x:c>
+      <x:c r="M7" s="3" t="n">
+        <x:v>12918</x:v>
+      </x:c>
+      <x:c r="N7" s="3" t="n">
+        <x:v>11844</x:v>
+      </x:c>
+      <x:c r="O7" s="3" t="n">
+        <x:v>11948</x:v>
+      </x:c>
+      <x:c r="P7" s="3" t="n">
+        <x:v>12715</x:v>
+      </x:c>
+      <x:c r="Q7" s="3" t="n">
+        <x:v>11862</x:v>
+      </x:c>
+      <x:c r="R7" s="3" t="n">
+        <x:v>12126</x:v>
+      </x:c>
+      <x:c r="S7" s="3" t="n">
+        <x:v>13644</x:v>
+      </x:c>
+      <x:c r="T7" s="3" t="n">
+        <x:v>14955</x:v>
+      </x:c>
+      <x:c r="U7" s="3" t="n">
+        <x:v>15037</x:v>
+      </x:c>
+      <x:c r="V7" s="3" t="n">
+        <x:v>13190</x:v>
+      </x:c>
+      <x:c r="W7" s="3" t="n">
+        <x:v>17974</x:v>
+      </x:c>
+      <x:c r="X7" s="3" t="n">
+        <x:v>18663</x:v>
+      </x:c>
+      <x:c r="Y7" s="3" t="n">
+        <x:v>24055</x:v>
+      </x:c>
+      <x:c r="Z7" s="3" t="n">
+        <x:v>27487</x:v>
+      </x:c>
+      <x:c r="AA7" s="3" t="n">
+        <x:v>30443</x:v>
+      </x:c>
+      <x:c r="AB7" s="3" t="n">
+        <x:v>30439</x:v>
+      </x:c>
+      <x:c r="AC7" s="3" t="n">
+        <x:v>31291</x:v>
+      </x:c>
+      <x:c r="AD7" s="3" t="n">
+        <x:v>32690</x:v>
+      </x:c>
+      <x:c r="AE7" s="3" t="n">
+        <x:v>32305</x:v>
+      </x:c>
+      <x:c r="AF7" s="3" t="n">
+        <x:v>30040</x:v>
+      </x:c>
+      <x:c r="AG7" s="3" t="n">
+        <x:v>29939</x:v>
+      </x:c>
+      <x:c r="AH7" s="3" t="n">
+        <x:v>35998</x:v>
+      </x:c>
+      <x:c r="AI7" s="3" t="n">
+        <x:v>36964</x:v>
+      </x:c>
+      <x:c r="AJ7" s="3" t="n">
+        <x:v>42873</x:v>
+      </x:c>
+      <x:c r="AK7" s="3" t="n">
+        <x:v>45281</x:v>
+      </x:c>
+      <x:c r="AL7" s="3" t="n">
+        <x:v>44787</x:v>
+      </x:c>
+      <x:c r="AM7" s="3" t="n">
+        <x:v>49655</x:v>
+      </x:c>
+      <x:c r="AN7" s="3" t="n">
+        <x:v>50016</x:v>
+      </x:c>
+      <x:c r="AO7" s="3" t="n">
+        <x:v>54669</x:v>
+      </x:c>
+      <x:c r="AP7" s="3" t="n">
+        <x:v>63947</x:v>
+      </x:c>
+      <x:c r="AQ7" s="3" t="n">
+        <x:v>71994</x:v>
+      </x:c>
+      <x:c r="AR7" s="3" t="n">
+        <x:v>77200</x:v>
+      </x:c>
+      <x:c r="AS7" s="3" t="n">
+        <x:v>70687</x:v>
+      </x:c>
+      <x:c r="AT7" s="3" t="n">
+        <x:v>79302</x:v>
+      </x:c>
+      <x:c r="AU7" s="3" t="n">
+        <x:v>69316</x:v>
+      </x:c>
+      <x:c r="AV7" s="3" t="n">
+        <x:v>61403</x:v>
+      </x:c>
+      <x:c r="AW7" s="3" t="n">
+        <x:v>64644</x:v>
+      </x:c>
+      <x:c r="AX7" s="3" t="n">
+        <x:v>66067</x:v>
+      </x:c>
+      <x:c r="AY7" s="3" t="n">
+        <x:v>63712</x:v>
+      </x:c>
+      <x:c r="AZ7" s="3" t="n">
+        <x:v>71924</x:v>
+      </x:c>
+      <x:c r="BA7" s="3" t="n">
+        <x:v>79384</x:v>
+      </x:c>
+      <x:c r="BB7" s="3" t="n">
+        <x:v>81070</x:v>
+      </x:c>
+      <x:c r="BC7" s="3" t="n">
+        <x:v>66291</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:56">
-      <x:c r="A7" s="2" t="s">
+    <x:row r="8" spans="1:55">
+      <x:c r="A8" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="B7" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>29125</x:v>
+      <x:c r="B8" s="3" t="n">
+        <x:v>8665</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="n">
+        <x:v>8665</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="n">
+        <x:v>9790</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="n">
+        <x:v>9002</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="n">
+        <x:v>9279</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="n">
+        <x:v>8499</x:v>
+      </x:c>
+      <x:c r="H8" s="3" t="n">
+        <x:v>8744</x:v>
+      </x:c>
+      <x:c r="I8" s="3" t="n">
+        <x:v>8653</x:v>
+      </x:c>
+      <x:c r="J8" s="3" t="n">
+        <x:v>8736</x:v>
+      </x:c>
+      <x:c r="K8" s="3" t="n">
+        <x:v>8755</x:v>
+      </x:c>
+      <x:c r="L8" s="3" t="n">
+        <x:v>7816</x:v>
+      </x:c>
+      <x:c r="M8" s="3" t="n">
+        <x:v>7553</x:v>
+      </x:c>
+      <x:c r="N8" s="3" t="n">
+        <x:v>6961</x:v>
+      </x:c>
+      <x:c r="O8" s="3" t="n">
+        <x:v>8054</x:v>
+      </x:c>
+      <x:c r="P8" s="3" t="n">
+        <x:v>7909</x:v>
+      </x:c>
+      <x:c r="Q8" s="3" t="n">
+        <x:v>7575</x:v>
+      </x:c>
+      <x:c r="R8" s="3" t="n">
+        <x:v>8413</x:v>
+      </x:c>
+      <x:c r="S8" s="3" t="n">
+        <x:v>8585</x:v>
+      </x:c>
+      <x:c r="T8" s="3" t="n">
+        <x:v>7663</x:v>
+      </x:c>
+      <x:c r="U8" s="3" t="n">
+        <x:v>8428</x:v>
+      </x:c>
+      <x:c r="V8" s="3" t="n">
+        <x:v>8206</x:v>
+      </x:c>
+      <x:c r="W8" s="3" t="n">
+        <x:v>8267</x:v>
+      </x:c>
+      <x:c r="X8" s="3" t="n">
+        <x:v>8730</x:v>
+      </x:c>
+      <x:c r="Y8" s="3" t="n">
+        <x:v>7468</x:v>
+      </x:c>
+      <x:c r="Z8" s="3" t="n">
+        <x:v>9148</x:v>
+      </x:c>
+      <x:c r="AA8" s="3" t="n">
+        <x:v>9189</x:v>
+      </x:c>
+      <x:c r="AB8" s="3" t="n">
+        <x:v>10903</x:v>
+      </x:c>
+      <x:c r="AC8" s="3" t="n">
+        <x:v>12022</x:v>
+      </x:c>
+      <x:c r="AD8" s="3" t="n">
+        <x:v>10463</x:v>
+      </x:c>
+      <x:c r="AE8" s="3" t="n">
+        <x:v>11563</x:v>
+      </x:c>
+      <x:c r="AF8" s="3" t="n">
+        <x:v>11451</x:v>
+      </x:c>
+      <x:c r="AG8" s="3" t="n">
+        <x:v>13176</x:v>
+      </x:c>
+      <x:c r="AH8" s="3" t="n">
+        <x:v>14047</x:v>
+      </x:c>
+      <x:c r="AI8" s="3" t="n">
+        <x:v>12652</x:v>
+      </x:c>
+      <x:c r="AJ8" s="3" t="n">
+        <x:v>13410</x:v>
+      </x:c>
+      <x:c r="AK8" s="3" t="n">
+        <x:v>12866</x:v>
+      </x:c>
+      <x:c r="AL8" s="3" t="n">
+        <x:v>14183</x:v>
+      </x:c>
+      <x:c r="AM8" s="3" t="n">
+        <x:v>16088</x:v>
+      </x:c>
+      <x:c r="AN8" s="3" t="n">
+        <x:v>16636</x:v>
+      </x:c>
+      <x:c r="AO8" s="3" t="n">
+        <x:v>12478</x:v>
+      </x:c>
+      <x:c r="AP8" s="3" t="n">
+        <x:v>14536</x:v>
+      </x:c>
+      <x:c r="AQ8" s="3" t="n">
+        <x:v>14421</x:v>
+      </x:c>
+      <x:c r="AR8" s="3" t="n">
+        <x:v>14145</x:v>
+      </x:c>
+      <x:c r="AS8" s="3" t="n">
+        <x:v>14099</x:v>
+      </x:c>
+      <x:c r="AT8" s="3" t="n">
+        <x:v>13573</x:v>
+      </x:c>
+      <x:c r="AU8" s="3" t="n">
+        <x:v>13526</x:v>
+      </x:c>
+      <x:c r="AV8" s="3" t="n">
+        <x:v>13170</x:v>
+      </x:c>
+      <x:c r="AW8" s="3" t="n">
+        <x:v>11774</x:v>
+      </x:c>
+      <x:c r="AX8" s="3" t="n">
+        <x:v>11424</x:v>
+      </x:c>
+      <x:c r="AY8" s="3" t="n">
+        <x:v>12758</x:v>
+      </x:c>
+      <x:c r="AZ8" s="3" t="n">
+        <x:v>10305</x:v>
+      </x:c>
+      <x:c r="BA8" s="3" t="n">
+        <x:v>10801</x:v>
+      </x:c>
+      <x:c r="BB8" s="3" t="n">
+        <x:v>9616</x:v>
+      </x:c>
+      <x:c r="BC8" s="3" t="n">
+        <x:v>7311</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:56">
-      <x:c r="A8" s="2" t="s">
+    <x:row r="9" spans="1:55">
+      <x:c r="A9" s="2" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...168 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>178</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>4253</x:v>
+        <x:v>9478</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>3637</x:v>
+        <x:v>8105</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
-        <x:v>7442</x:v>
+        <x:v>16585</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>30209</x:v>
+        <x:v>67325</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
-        <x:v>45260</x:v>
+        <x:v>100868</x:v>
       </x:c>
       <x:c r="I9" s="3" t="n">
-        <x:v>52313</x:v>
+        <x:v>116586</x:v>
       </x:c>
       <x:c r="J9" s="3" t="n">
-        <x:v>87650</x:v>
+        <x:v>195339</x:v>
       </x:c>
       <x:c r="K9" s="3" t="n">
-        <x:v>105394</x:v>
+        <x:v>234883</x:v>
       </x:c>
       <x:c r="L9" s="3" t="n">
-        <x:v>131306</x:v>
+        <x:v>292631</x:v>
       </x:c>
       <x:c r="M9" s="3" t="n">
-        <x:v>127870</x:v>
+        <x:v>284973</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>129833</x:v>
+        <x:v>289347</x:v>
       </x:c>
       <x:c r="O9" s="3" t="n">
-        <x:v>150505</x:v>
+        <x:v>335417</x:v>
       </x:c>
       <x:c r="P9" s="3" t="n">
-        <x:v>174190</x:v>
+        <x:v>388203</x:v>
       </x:c>
       <x:c r="Q9" s="3" t="n">
-        <x:v>181627</x:v>
+        <x:v>404777</x:v>
       </x:c>
       <x:c r="R9" s="3" t="n">
-        <x:v>193130</x:v>
+        <x:v>430412</x:v>
       </x:c>
       <x:c r="S9" s="3" t="n">
-        <x:v>212026</x:v>
+        <x:v>472525</x:v>
       </x:c>
       <x:c r="T9" s="3" t="n">
-        <x:v>227213</x:v>
+        <x:v>506371</x:v>
       </x:c>
       <x:c r="U9" s="3" t="n">
-        <x:v>292300</x:v>
+        <x:v>651424</x:v>
       </x:c>
       <x:c r="V9" s="3" t="n">
-        <x:v>310268</x:v>
+        <x:v>691470</x:v>
       </x:c>
       <x:c r="W9" s="3" t="n">
-        <x:v>353749</x:v>
+        <x:v>788371</x:v>
       </x:c>
       <x:c r="X9" s="3" t="n">
-        <x:v>395013</x:v>
+        <x:v>880334</x:v>
       </x:c>
       <x:c r="Y9" s="3" t="n">
-        <x:v>410525</x:v>
+        <x:v>914903</x:v>
       </x:c>
       <x:c r="Z9" s="3" t="n">
-        <x:v>470401</x:v>
+        <x:v>1048345</x:v>
       </x:c>
       <x:c r="AA9" s="3" t="n">
-        <x:v>512800</x:v>
+        <x:v>1142835</x:v>
       </x:c>
       <x:c r="AB9" s="3" t="n">
-        <x:v>570604</x:v>
+        <x:v>1271658</x:v>
       </x:c>
       <x:c r="AC9" s="3" t="n">
-        <x:v>603200</x:v>
+        <x:v>1344302</x:v>
       </x:c>
       <x:c r="AD9" s="3" t="n">
-        <x:v>576299</x:v>
+        <x:v>1284349</x:v>
       </x:c>
       <x:c r="AE9" s="3" t="n">
-        <x:v>577158</x:v>
+        <x:v>1286266</x:v>
       </x:c>
       <x:c r="AF9" s="3" t="n">
-        <x:v>627246</x:v>
+        <x:v>1397891</x:v>
       </x:c>
       <x:c r="AG9" s="3" t="n">
-        <x:v>645842</x:v>
+        <x:v>1440028</x:v>
       </x:c>
       <x:c r="AH9" s="3" t="n">
-        <x:v>654301</x:v>
+        <x:v>1459719</x:v>
       </x:c>
       <x:c r="AI9" s="3" t="n">
-        <x:v>657540</x:v>
+        <x:v>1467722</x:v>
       </x:c>
       <x:c r="AJ9" s="3" t="n">
-        <x:v>668133</x:v>
+        <x:v>1492382</x:v>
       </x:c>
       <x:c r="AK9" s="3" t="n">
-        <x:v>644136</x:v>
+        <x:v>1439874</x:v>
       </x:c>
       <x:c r="AL9" s="3" t="n">
-        <x:v>610805</x:v>
+        <x:v>1366313</x:v>
       </x:c>
       <x:c r="AM9" s="3" t="n">
-        <x:v>584005</x:v>
+        <x:v>1307378</x:v>
       </x:c>
       <x:c r="AN9" s="3" t="n">
-        <x:v>569261</x:v>
+        <x:v>1275396</x:v>
       </x:c>
       <x:c r="AO9" s="3" t="n">
-        <x:v>557626</x:v>
+        <x:v>1250177</x:v>
       </x:c>
       <x:c r="AP9" s="3" t="n">
-        <x:v>533372</x:v>
+        <x:v>1196736</x:v>
       </x:c>
       <x:c r="AQ9" s="3" t="n">
-        <x:v>517477</x:v>
+        <x:v>1161779</x:v>
       </x:c>
       <x:c r="AR9" s="3" t="n">
-        <x:v>512309</x:v>
+        <x:v>1151186</x:v>
       </x:c>
       <x:c r="AS9" s="3" t="n">
-        <x:v>498890</x:v>
+        <x:v>1122290</x:v>
       </x:c>
       <x:c r="AT9" s="3" t="n">
-        <x:v>502140</x:v>
+        <x:v>1130050</x:v>
       </x:c>
       <x:c r="AU9" s="3" t="n">
-        <x:v>518406</x:v>
+        <x:v>1167218</x:v>
       </x:c>
       <x:c r="AV9" s="3" t="n">
-        <x:v>527844</x:v>
+        <x:v>1189192</x:v>
       </x:c>
       <x:c r="AW9" s="3" t="n">
-        <x:v>558148</x:v>
+        <x:v>1259081</x:v>
       </x:c>
       <x:c r="AX9" s="3" t="n">
-        <x:v>531578</x:v>
+        <x:v>1200016</x:v>
       </x:c>
       <x:c r="AY9" s="3" t="n">
-        <x:v>518754</x:v>
+        <x:v>1173548</x:v>
       </x:c>
       <x:c r="AZ9" s="3" t="n">
-        <x:v>567360</x:v>
+        <x:v>1283349</x:v>
       </x:c>
       <x:c r="BA9" s="3" t="n">
-        <x:v>570856</x:v>
+        <x:v>1293547</x:v>
       </x:c>
       <x:c r="BB9" s="3" t="n">
-        <x:v>567950</x:v>
+        <x:v>1289047</x:v>
       </x:c>
       <x:c r="BC9" s="3" t="n">
-        <x:v>564192</x:v>
-[...2 lines deleted...]
-        <x:v>592013</x:v>
+        <x:v>1289979</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:56">
+    <x:row r="10" spans="1:55">
       <x:c r="A10" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>437</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>10345</x:v>
+        <x:v>25567</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>8225</x:v>
+        <x:v>20329</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
-        <x:v>3825</x:v>
+        <x:v>9453</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>23887</x:v>
+        <x:v>59036</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
-        <x:v>38462</x:v>
+        <x:v>95058</x:v>
       </x:c>
       <x:c r="I10" s="3" t="n">
-        <x:v>42447</x:v>
+        <x:v>104906</x:v>
       </x:c>
       <x:c r="J10" s="3" t="n">
-        <x:v>73043</x:v>
+        <x:v>180524</x:v>
       </x:c>
       <x:c r="K10" s="3" t="n">
-        <x:v>89901</x:v>
+        <x:v>222188</x:v>
       </x:c>
       <x:c r="L10" s="3" t="n">
-        <x:v>113744</x:v>
+        <x:v>281115</x:v>
       </x:c>
       <x:c r="M10" s="3" t="n">
-        <x:v>110935</x:v>
+        <x:v>274173</x:v>
       </x:c>
       <x:c r="N10" s="3" t="n">
-        <x:v>112627</x:v>
+        <x:v>278354</x:v>
       </x:c>
       <x:c r="O10" s="3" t="n">
-        <x:v>131357</x:v>
+        <x:v>324645</x:v>
       </x:c>
       <x:c r="P10" s="3" t="n">
-        <x:v>151721</x:v>
+        <x:v>374973</x:v>
       </x:c>
       <x:c r="Q10" s="3" t="n">
-        <x:v>158700</x:v>
+        <x:v>392223</x:v>
       </x:c>
       <x:c r="R10" s="3" t="n">
-        <x:v>171007</x:v>
+        <x:v>422639</x:v>
       </x:c>
       <x:c r="S10" s="3" t="n">
-        <x:v>190300</x:v>
+        <x:v>470321</x:v>
       </x:c>
       <x:c r="T10" s="3" t="n">
-        <x:v>206465</x:v>
+        <x:v>510273</x:v>
       </x:c>
       <x:c r="U10" s="3" t="n">
-        <x:v>270222</x:v>
+        <x:v>667845</x:v>
       </x:c>
       <x:c r="V10" s="3" t="n">
-        <x:v>286723</x:v>
+        <x:v>708627</x:v>
       </x:c>
       <x:c r="W10" s="3" t="n">
-        <x:v>327247</x:v>
+        <x:v>808782</x:v>
       </x:c>
       <x:c r="X10" s="3" t="n">
-        <x:v>368840</x:v>
+        <x:v>911578</x:v>
       </x:c>
       <x:c r="Y10" s="3" t="n">
-        <x:v>387888</x:v>
+        <x:v>958654</x:v>
       </x:c>
       <x:c r="Z10" s="3" t="n">
-        <x:v>445034</x:v>
+        <x:v>1099888</x:v>
       </x:c>
       <x:c r="AA10" s="3" t="n">
-        <x:v>484997</x:v>
+        <x:v>1198657</x:v>
       </x:c>
       <x:c r="AB10" s="3" t="n">
-        <x:v>538331</x:v>
+        <x:v>1330469</x:v>
       </x:c>
       <x:c r="AC10" s="3" t="n">
-        <x:v>565521</x:v>
+        <x:v>1397669</x:v>
       </x:c>
       <x:c r="AD10" s="3" t="n">
-        <x:v>545886</x:v>
+        <x:v>1349140</x:v>
       </x:c>
       <x:c r="AE10" s="3" t="n">
-        <x:v>554031</x:v>
+        <x:v>1369272</x:v>
       </x:c>
       <x:c r="AF10" s="3" t="n">
-        <x:v>594609</x:v>
+        <x:v>1469559</x:v>
       </x:c>
       <x:c r="AG10" s="3" t="n">
-        <x:v>616849</x:v>
+        <x:v>1525203</x:v>
       </x:c>
       <x:c r="AH10" s="3" t="n">
-        <x:v>620838</x:v>
+        <x:v>1535750</x:v>
       </x:c>
       <x:c r="AI10" s="3" t="n">
-        <x:v>625149</x:v>
+        <x:v>1547095</x:v>
       </x:c>
       <x:c r="AJ10" s="3" t="n">
-        <x:v>629609</x:v>
+        <x:v>1558828</x:v>
       </x:c>
       <x:c r="AK10" s="3" t="n">
-        <x:v>599506</x:v>
+        <x:v>1484962</x:v>
       </x:c>
       <x:c r="AL10" s="3" t="n">
-        <x:v>564779</x:v>
+        <x:v>1399569</x:v>
       </x:c>
       <x:c r="AM10" s="3" t="n">
-        <x:v>535294</x:v>
+        <x:v>1327092</x:v>
       </x:c>
       <x:c r="AN10" s="3" t="n">
-        <x:v>518094</x:v>
+        <x:v>1285023</x:v>
       </x:c>
       <x:c r="AO10" s="3" t="n">
-        <x:v>506321</x:v>
+        <x:v>1256382</x:v>
       </x:c>
       <x:c r="AP10" s="3" t="n">
-        <x:v>483682</x:v>
+        <x:v>1200740</x:v>
       </x:c>
       <x:c r="AQ10" s="3" t="n">
-        <x:v>470634</x:v>
+        <x:v>1168870</x:v>
       </x:c>
       <x:c r="AR10" s="3" t="n">
-        <x:v>463430</x:v>
+        <x:v>1151490</x:v>
       </x:c>
       <x:c r="AS10" s="3" t="n">
-        <x:v>446435</x:v>
+        <x:v>1109755</x:v>
       </x:c>
       <x:c r="AT10" s="3" t="n">
-        <x:v>452389</x:v>
+        <x:v>1125056</x:v>
       </x:c>
       <x:c r="AU10" s="3" t="n">
-        <x:v>469390</x:v>
+        <x:v>1167855</x:v>
       </x:c>
       <x:c r="AV10" s="3" t="n">
-        <x:v>479483</x:v>
+        <x:v>1193494</x:v>
       </x:c>
       <x:c r="AW10" s="3" t="n">
-        <x:v>502039</x:v>
+        <x:v>1250190</x:v>
       </x:c>
       <x:c r="AX10" s="3" t="n">
-        <x:v>477578</x:v>
+        <x:v>1189804</x:v>
       </x:c>
       <x:c r="AY10" s="3" t="n">
-        <x:v>455057</x:v>
+        <x:v>1134198</x:v>
       </x:c>
       <x:c r="AZ10" s="3" t="n">
-        <x:v>503984</x:v>
+        <x:v>1256697</x:v>
       </x:c>
       <x:c r="BA10" s="3" t="n">
-        <x:v>499886</x:v>
+        <x:v>1247033</x:v>
       </x:c>
       <x:c r="BB10" s="3" t="n">
-        <x:v>490469</x:v>
+        <x:v>1224083</x:v>
       </x:c>
       <x:c r="BC10" s="3" t="n">
-        <x:v>486641</x:v>
-[...2 lines deleted...]
-        <x:v>510885</x:v>
+        <x:v>1219639</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:56">
+    <x:row r="11" spans="1:55">
       <x:c r="A11" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>145</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>1012</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>26380</x:v>
+        <x:v>14186</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>34158</x:v>
+        <x:v>18369</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
-        <x:v>30753</x:v>
+        <x:v>16538</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
-        <x:v>53803</x:v>
+        <x:v>28934</x:v>
       </x:c>
       <x:c r="J11" s="3" t="n">
-        <x:v>70886</x:v>
+        <x:v>38120</x:v>
       </x:c>
       <x:c r="K11" s="3" t="n">
-        <x:v>65049</x:v>
+        <x:v>34981</x:v>
       </x:c>
       <x:c r="L11" s="3" t="n">
-        <x:v>60483</x:v>
+        <x:v>32526</x:v>
       </x:c>
       <x:c r="M11" s="3" t="n">
-        <x:v>56584</x:v>
+        <x:v>30429</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>57541</x:v>
+        <x:v>30944</x:v>
       </x:c>
       <x:c r="O11" s="3" t="n">
-        <x:v>61189</x:v>
+        <x:v>32905</x:v>
       </x:c>
       <x:c r="P11" s="3" t="n">
-        <x:v>73310</x:v>
+        <x:v>39423</x:v>
       </x:c>
       <x:c r="Q11" s="3" t="n">
-        <x:v>71048</x:v>
+        <x:v>38207</x:v>
       </x:c>
       <x:c r="R11" s="3" t="n">
-        <x:v>52469</x:v>
+        <x:v>28216</x:v>
       </x:c>
       <x:c r="S11" s="3" t="n">
-        <x:v>43152</x:v>
+        <x:v>23206</x:v>
       </x:c>
       <x:c r="T11" s="3" t="n">
-        <x:v>34127</x:v>
+        <x:v>18352</x:v>
       </x:c>
       <x:c r="U11" s="3" t="n">
-        <x:v>29318</x:v>
+        <x:v>15766</x:v>
       </x:c>
       <x:c r="V11" s="3" t="n">
-        <x:v>31513</x:v>
+        <x:v>16947</x:v>
       </x:c>
       <x:c r="W11" s="3" t="n">
-        <x:v>34195</x:v>
+        <x:v>18389</x:v>
       </x:c>
       <x:c r="X11" s="3" t="n">
-        <x:v>25141</x:v>
+        <x:v>13520</x:v>
       </x:c>
       <x:c r="Y11" s="3" t="n">
-        <x:v>16190</x:v>
+        <x:v>8707</x:v>
       </x:c>
       <x:c r="Z11" s="3" t="n">
-        <x:v>17616</x:v>
+        <x:v>9473</x:v>
       </x:c>
       <x:c r="AA11" s="3" t="n">
-        <x:v>19423</x:v>
+        <x:v>10445</x:v>
       </x:c>
       <x:c r="AB11" s="3" t="n">
-        <x:v>23512</x:v>
+        <x:v>12644</x:v>
       </x:c>
       <x:c r="AC11" s="3" t="n">
-        <x:v>30356</x:v>
+        <x:v>16324</x:v>
       </x:c>
       <x:c r="AD11" s="3" t="n">
-        <x:v>21427</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="AE11" s="3" t="n">
-        <x:v>15714</x:v>
+        <x:v>8451</x:v>
       </x:c>
       <x:c r="AF11" s="3" t="n">
-        <x:v>23505</x:v>
+        <x:v>12640</x:v>
       </x:c>
       <x:c r="AG11" s="3" t="n">
-        <x:v>14260</x:v>
+        <x:v>7698</x:v>
       </x:c>
       <x:c r="AH11" s="3" t="n">
-        <x:v>18723</x:v>
+        <x:v>10148</x:v>
       </x:c>
       <x:c r="AI11" s="3" t="n">
-        <x:v>17642</x:v>
+        <x:v>9600</x:v>
       </x:c>
       <x:c r="AJ11" s="3" t="n">
-        <x:v>22764</x:v>
+        <x:v>12436</x:v>
       </x:c>
       <x:c r="AK11" s="3" t="n">
-        <x:v>31738</x:v>
+        <x:v>17408</x:v>
       </x:c>
       <x:c r="AL11" s="3" t="n">
-        <x:v>36089</x:v>
+        <x:v>19872</x:v>
       </x:c>
       <x:c r="AM11" s="3" t="n">
-        <x:v>43168</x:v>
+        <x:v>23864</x:v>
       </x:c>
       <x:c r="AN11" s="3" t="n">
-        <x:v>48127</x:v>
+        <x:v>26710</x:v>
       </x:c>
       <x:c r="AO11" s="3" t="n">
-        <x:v>49402</x:v>
+        <x:v>27524</x:v>
       </x:c>
       <x:c r="AP11" s="3" t="n">
-        <x:v>47907</x:v>
+        <x:v>26794</x:v>
       </x:c>
       <x:c r="AQ11" s="3" t="n">
-        <x:v>44829</x:v>
+        <x:v>25169</x:v>
       </x:c>
       <x:c r="AR11" s="3" t="n">
-        <x:v>47990</x:v>
+        <x:v>27048</x:v>
       </x:c>
       <x:c r="AS11" s="3" t="n">
-        <x:v>54630</x:v>
+        <x:v>30908</x:v>
       </x:c>
       <x:c r="AT11" s="3" t="n">
-        <x:v>50357</x:v>
+        <x:v>28599</x:v>
       </x:c>
       <x:c r="AU11" s="3" t="n">
-        <x:v>49016</x:v>
+        <x:v>27943</x:v>
       </x:c>
       <x:c r="AV11" s="3" t="n">
-        <x:v>48361</x:v>
+        <x:v>27675</x:v>
       </x:c>
       <x:c r="AW11" s="3" t="n">
-        <x:v>56413</x:v>
+        <x:v>32404</x:v>
       </x:c>
       <x:c r="AX11" s="3" t="n">
-        <x:v>54701</x:v>
+        <x:v>31540</x:v>
       </x:c>
       <x:c r="AY11" s="3" t="n">
-        <x:v>78552</x:v>
+        <x:v>45462</x:v>
       </x:c>
       <x:c r="AZ11" s="3" t="n">
-        <x:v>72416</x:v>
+        <x:v>42067</x:v>
       </x:c>
       <x:c r="BA11" s="3" t="n">
-        <x:v>80824</x:v>
+        <x:v>47126</x:v>
       </x:c>
       <x:c r="BB11" s="3" t="n">
-        <x:v>105223</x:v>
+        <x:v>61581</x:v>
       </x:c>
       <x:c r="BC11" s="3" t="n">
-        <x:v>109044</x:v>
-[...2 lines deleted...]
-        <x:v>112510</x:v>
+        <x:v>70340</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:56">
+    <x:row r="12" spans="1:55">
       <x:c r="A12" s="2" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="n">
+        <x:v>192259</x:v>
+      </x:c>
+      <x:c r="C12" s="3" t="n">
+        <x:v>196761</x:v>
+      </x:c>
+      <x:c r="D12" s="3" t="n">
+        <x:v>205906</x:v>
+      </x:c>
+      <x:c r="E12" s="3" t="n">
+        <x:v>218054</x:v>
+      </x:c>
+      <x:c r="F12" s="3" t="n">
+        <x:v>226539</x:v>
+      </x:c>
+      <x:c r="G12" s="3" t="n">
+        <x:v>220730</x:v>
+      </x:c>
+      <x:c r="H12" s="3" t="n">
+        <x:v>219641</x:v>
+      </x:c>
+      <x:c r="I12" s="3" t="n">
+        <x:v>219682</x:v>
+      </x:c>
+      <x:c r="J12" s="3" t="n">
+        <x:v>215678</x:v>
+      </x:c>
+      <x:c r="K12" s="3" t="n">
+        <x:v>225179</x:v>
+      </x:c>
+      <x:c r="L12" s="3" t="n">
+        <x:v>222560</x:v>
+      </x:c>
+      <x:c r="M12" s="3" t="n">
+        <x:v>218532</x:v>
+      </x:c>
+      <x:c r="N12" s="3" t="n">
+        <x:v>218730</x:v>
+      </x:c>
+      <x:c r="O12" s="3" t="n">
+        <x:v>213814</x:v>
+      </x:c>
+      <x:c r="P12" s="3" t="n">
+        <x:v>226285</x:v>
+      </x:c>
+      <x:c r="Q12" s="3" t="n">
+        <x:v>235987</x:v>
+      </x:c>
+      <x:c r="R12" s="3" t="n">
+        <x:v>235161</x:v>
+      </x:c>
+      <x:c r="S12" s="3" t="n">
+        <x:v>239795</x:v>
+      </x:c>
+      <x:c r="T12" s="3" t="n">
+        <x:v>227951</x:v>
+      </x:c>
+      <x:c r="U12" s="3" t="n">
+        <x:v>218764</x:v>
+      </x:c>
+      <x:c r="V12" s="3" t="n">
+        <x:v>216187</x:v>
+      </x:c>
+      <x:c r="W12" s="3" t="n">
+        <x:v>210643</x:v>
+      </x:c>
+      <x:c r="X12" s="3" t="n">
+        <x:v>212740</x:v>
+      </x:c>
+      <x:c r="Y12" s="3" t="n">
+        <x:v>216534</x:v>
+      </x:c>
+      <x:c r="Z12" s="3" t="n">
+        <x:v>222546</x:v>
+      </x:c>
+      <x:c r="AA12" s="3" t="n">
+        <x:v>223211</x:v>
+      </x:c>
+      <x:c r="AB12" s="3" t="n">
+        <x:v>233064</x:v>
+      </x:c>
+      <x:c r="AC12" s="3" t="n">
+        <x:v>244458</x:v>
+      </x:c>
+      <x:c r="AD12" s="3" t="n">
+        <x:v>242636</x:v>
+      </x:c>
+      <x:c r="AE12" s="3" t="n">
+        <x:v>243849</x:v>
+      </x:c>
+      <x:c r="AF12" s="3" t="n">
+        <x:v>246395</x:v>
+      </x:c>
+      <x:c r="AG12" s="3" t="n">
+        <x:v>244390</x:v>
+      </x:c>
+      <x:c r="AH12" s="3" t="n">
+        <x:v>242983</x:v>
+      </x:c>
+      <x:c r="AI12" s="3" t="n">
+        <x:v>250948</x:v>
+      </x:c>
+      <x:c r="AJ12" s="3" t="n">
+        <x:v>262524</x:v>
+      </x:c>
+      <x:c r="AK12" s="3" t="n">
+        <x:v>273060</x:v>
+      </x:c>
+      <x:c r="AL12" s="3" t="n">
+        <x:v>279272</x:v>
+      </x:c>
+      <x:c r="AM12" s="3" t="n">
+        <x:v>290580</x:v>
+      </x:c>
+      <x:c r="AN12" s="3" t="n">
+        <x:v>299359</x:v>
+      </x:c>
+      <x:c r="AO12" s="3" t="n">
+        <x:v>279853</x:v>
+      </x:c>
+      <x:c r="AP12" s="3" t="n">
+        <x:v>283688</x:v>
+      </x:c>
+      <x:c r="AQ12" s="3" t="n">
+        <x:v>289076</x:v>
+      </x:c>
+      <x:c r="AR12" s="3" t="n">
+        <x:v>294437</x:v>
+      </x:c>
+      <x:c r="AS12" s="3" t="n">
+        <x:v>303237</x:v>
+      </x:c>
+      <x:c r="AT12" s="3" t="n">
+        <x:v>310610</x:v>
+      </x:c>
+      <x:c r="AU12" s="3" t="n">
+        <x:v>297170</x:v>
+      </x:c>
+      <x:c r="AV12" s="3" t="n">
+        <x:v>284017</x:v>
+      </x:c>
+      <x:c r="AW12" s="3" t="n">
+        <x:v>284560</x:v>
+      </x:c>
+      <x:c r="AX12" s="3" t="n">
+        <x:v>289553</x:v>
+      </x:c>
+      <x:c r="AY12" s="3" t="n">
+        <x:v>295464</x:v>
+      </x:c>
+      <x:c r="AZ12" s="3" t="n">
+        <x:v>281414</x:v>
+      </x:c>
+      <x:c r="BA12" s="3" t="n">
+        <x:v>297118</x:v>
+      </x:c>
+      <x:c r="BB12" s="3" t="n">
+        <x:v>299267</x:v>
+      </x:c>
+      <x:c r="BC12" s="3" t="n">
+        <x:v>299246</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:55">
+      <x:c r="A13" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="B12" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>223868</x:v>
+      <x:c r="B13" s="3" t="n">
+        <x:v>56964</x:v>
+      </x:c>
+      <x:c r="C13" s="3" t="n">
+        <x:v>52239</x:v>
+      </x:c>
+      <x:c r="D13" s="3" t="n">
+        <x:v>55188</x:v>
+      </x:c>
+      <x:c r="E13" s="3" t="n">
+        <x:v>56581</x:v>
+      </x:c>
+      <x:c r="F13" s="3" t="n">
+        <x:v>56812</x:v>
+      </x:c>
+      <x:c r="G13" s="3" t="n">
+        <x:v>52879</x:v>
+      </x:c>
+      <x:c r="H13" s="3" t="n">
+        <x:v>55062</x:v>
+      </x:c>
+      <x:c r="I13" s="3" t="n">
+        <x:v>57137</x:v>
+      </x:c>
+      <x:c r="J13" s="3" t="n">
+        <x:v>57172</x:v>
+      </x:c>
+      <x:c r="K13" s="3" t="n">
+        <x:v>61221</x:v>
+      </x:c>
+      <x:c r="L13" s="3" t="n">
+        <x:v>61421</x:v>
+      </x:c>
+      <x:c r="M13" s="3" t="n">
+        <x:v>55168</x:v>
+      </x:c>
+      <x:c r="N13" s="3" t="n">
+        <x:v>54743</x:v>
+      </x:c>
+      <x:c r="O13" s="3" t="n">
+        <x:v>51566</x:v>
+      </x:c>
+      <x:c r="P13" s="3" t="n">
+        <x:v>50282</x:v>
+      </x:c>
+      <x:c r="Q13" s="3" t="n">
+        <x:v>51846</x:v>
+      </x:c>
+      <x:c r="R13" s="3" t="n">
+        <x:v>51614</x:v>
+      </x:c>
+      <x:c r="S13" s="3" t="n">
+        <x:v>50039</x:v>
+      </x:c>
+      <x:c r="T13" s="3" t="n">
+        <x:v>48212</x:v>
+      </x:c>
+      <x:c r="U13" s="3" t="n">
+        <x:v>48642</x:v>
+      </x:c>
+      <x:c r="V13" s="3" t="n">
+        <x:v>41897</x:v>
+      </x:c>
+      <x:c r="W13" s="3" t="n">
+        <x:v>42023</x:v>
+      </x:c>
+      <x:c r="X13" s="3" t="n">
+        <x:v>45432</x:v>
+      </x:c>
+      <x:c r="Y13" s="3" t="n">
+        <x:v>46685</x:v>
+      </x:c>
+      <x:c r="Z13" s="3" t="n">
+        <x:v>46780</x:v>
+      </x:c>
+      <x:c r="AA13" s="3" t="n">
+        <x:v>51468</x:v>
+      </x:c>
+      <x:c r="AB13" s="3" t="n">
+        <x:v>49960</x:v>
+      </x:c>
+      <x:c r="AC13" s="3" t="n">
+        <x:v>48542</x:v>
+      </x:c>
+      <x:c r="AD13" s="3" t="n">
+        <x:v>47193</x:v>
+      </x:c>
+      <x:c r="AE13" s="3" t="n">
+        <x:v>48055</x:v>
+      </x:c>
+      <x:c r="AF13" s="3" t="n">
+        <x:v>55132</x:v>
+      </x:c>
+      <x:c r="AG13" s="3" t="n">
+        <x:v>55195</x:v>
+      </x:c>
+      <x:c r="AH13" s="3" t="n">
+        <x:v>55250</x:v>
+      </x:c>
+      <x:c r="AI13" s="3" t="n">
+        <x:v>58870</x:v>
+      </x:c>
+      <x:c r="AJ13" s="3" t="n">
+        <x:v>58992</x:v>
+      </x:c>
+      <x:c r="AK13" s="3" t="n">
+        <x:v>59209</x:v>
+      </x:c>
+      <x:c r="AL13" s="3" t="n">
+        <x:v>55427</x:v>
+      </x:c>
+      <x:c r="AM13" s="3" t="n">
+        <x:v>53617</x:v>
+      </x:c>
+      <x:c r="AN13" s="3" t="n">
+        <x:v>53446</x:v>
+      </x:c>
+      <x:c r="AO13" s="3" t="n">
+        <x:v>55525</x:v>
+      </x:c>
+      <x:c r="AP13" s="3" t="n">
+        <x:v>58123</x:v>
+      </x:c>
+      <x:c r="AQ13" s="3" t="n">
+        <x:v>57801</x:v>
+      </x:c>
+      <x:c r="AR13" s="3" t="n">
+        <x:v>60393</x:v>
+      </x:c>
+      <x:c r="AS13" s="3" t="n">
+        <x:v>60205</x:v>
+      </x:c>
+      <x:c r="AT13" s="3" t="n">
+        <x:v>62040</x:v>
+      </x:c>
+      <x:c r="AU13" s="3" t="n">
+        <x:v>62650</x:v>
+      </x:c>
+      <x:c r="AV13" s="3" t="n">
+        <x:v>66921</x:v>
+      </x:c>
+      <x:c r="AW13" s="3" t="n">
+        <x:v>66071</x:v>
+      </x:c>
+      <x:c r="AX13" s="3" t="n">
+        <x:v>68108</x:v>
+      </x:c>
+      <x:c r="AY13" s="3" t="n">
+        <x:v>67734</x:v>
+      </x:c>
+      <x:c r="AZ13" s="3" t="n">
+        <x:v>65222</x:v>
+      </x:c>
+      <x:c r="BA13" s="3" t="n">
+        <x:v>67038</x:v>
+      </x:c>
+      <x:c r="BB13" s="3" t="n">
+        <x:v>68022</x:v>
+      </x:c>
+      <x:c r="BC13" s="3" t="n">
+        <x:v>58954</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:56">
-      <x:c r="A13" s="2" t="s">
+    <x:row r="14" spans="1:55">
+      <x:c r="A14" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="B13" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>46026</x:v>
+      <x:c r="B14" s="3" t="n">
+        <x:v>38423</x:v>
+      </x:c>
+      <x:c r="C14" s="3" t="n">
+        <x:v>38423</x:v>
+      </x:c>
+      <x:c r="D14" s="3" t="n">
+        <x:v>41243</x:v>
+      </x:c>
+      <x:c r="E14" s="3" t="n">
+        <x:v>42137</x:v>
+      </x:c>
+      <x:c r="F14" s="3" t="n">
+        <x:v>41108</x:v>
+      </x:c>
+      <x:c r="G14" s="3" t="n">
+        <x:v>33811</x:v>
+      </x:c>
+      <x:c r="H14" s="3" t="n">
+        <x:v>33553</x:v>
+      </x:c>
+      <x:c r="I14" s="3" t="n">
+        <x:v>37062</x:v>
+      </x:c>
+      <x:c r="J14" s="3" t="n">
+        <x:v>38137</x:v>
+      </x:c>
+      <x:c r="K14" s="3" t="n">
+        <x:v>39671</x:v>
+      </x:c>
+      <x:c r="L14" s="3" t="n">
+        <x:v>41309</x:v>
+      </x:c>
+      <x:c r="M14" s="3" t="n">
+        <x:v>37847</x:v>
+      </x:c>
+      <x:c r="N14" s="3" t="n">
+        <x:v>36389</x:v>
+      </x:c>
+      <x:c r="O14" s="3" t="n">
+        <x:v>34081</x:v>
+      </x:c>
+      <x:c r="P14" s="3" t="n">
+        <x:v>33778</x:v>
+      </x:c>
+      <x:c r="Q14" s="3" t="n">
+        <x:v>35534</x:v>
+      </x:c>
+      <x:c r="R14" s="3" t="n">
+        <x:v>35562</x:v>
+      </x:c>
+      <x:c r="S14" s="3" t="n">
+        <x:v>36038</x:v>
+      </x:c>
+      <x:c r="T14" s="3" t="n">
+        <x:v>36181</x:v>
+      </x:c>
+      <x:c r="U14" s="3" t="n">
+        <x:v>35555</x:v>
+      </x:c>
+      <x:c r="V14" s="3" t="n">
+        <x:v>30222</x:v>
+      </x:c>
+      <x:c r="W14" s="3" t="n">
+        <x:v>31559</x:v>
+      </x:c>
+      <x:c r="X14" s="3" t="n">
+        <x:v>35472</x:v>
+      </x:c>
+      <x:c r="Y14" s="3" t="n">
+        <x:v>36923</x:v>
+      </x:c>
+      <x:c r="Z14" s="3" t="n">
+        <x:v>33811</x:v>
+      </x:c>
+      <x:c r="AA14" s="3" t="n">
+        <x:v>37686</x:v>
+      </x:c>
+      <x:c r="AB14" s="3" t="n">
+        <x:v>35100</x:v>
+      </x:c>
+      <x:c r="AC14" s="3" t="n">
+        <x:v>33186</x:v>
+      </x:c>
+      <x:c r="AD14" s="3" t="n">
+        <x:v>32670</x:v>
+      </x:c>
+      <x:c r="AE14" s="3" t="n">
+        <x:v>35196</x:v>
+      </x:c>
+      <x:c r="AF14" s="3" t="n">
+        <x:v>39996</x:v>
+      </x:c>
+      <x:c r="AG14" s="3" t="n">
+        <x:v>41413</x:v>
+      </x:c>
+      <x:c r="AH14" s="3" t="n">
+        <x:v>42094</x:v>
+      </x:c>
+      <x:c r="AI14" s="3" t="n">
+        <x:v>45111</x:v>
+      </x:c>
+      <x:c r="AJ14" s="3" t="n">
+        <x:v>42613</x:v>
+      </x:c>
+      <x:c r="AK14" s="3" t="n">
+        <x:v>41659</x:v>
+      </x:c>
+      <x:c r="AL14" s="3" t="n">
+        <x:v>38313</x:v>
+      </x:c>
+      <x:c r="AM14" s="3" t="n">
+        <x:v>40200</x:v>
+      </x:c>
+      <x:c r="AN14" s="3" t="n">
+        <x:v>40501</x:v>
+      </x:c>
+      <x:c r="AO14" s="3" t="n">
+        <x:v>41939</x:v>
+      </x:c>
+      <x:c r="AP14" s="3" t="n">
+        <x:v>42968</x:v>
+      </x:c>
+      <x:c r="AQ14" s="3" t="n">
+        <x:v>42585</x:v>
+      </x:c>
+      <x:c r="AR14" s="3" t="n">
+        <x:v>43187</x:v>
+      </x:c>
+      <x:c r="AS14" s="3" t="n">
+        <x:v>43193</x:v>
+      </x:c>
+      <x:c r="AT14" s="3" t="n">
+        <x:v>44227</x:v>
+      </x:c>
+      <x:c r="AU14" s="3" t="n">
+        <x:v>46767</x:v>
+      </x:c>
+      <x:c r="AV14" s="3" t="n">
+        <x:v>48998</x:v>
+      </x:c>
+      <x:c r="AW14" s="3" t="n">
+        <x:v>47668</x:v>
+      </x:c>
+      <x:c r="AX14" s="3" t="n">
+        <x:v>48333</x:v>
+      </x:c>
+      <x:c r="AY14" s="3" t="n">
+        <x:v>48310</x:v>
+      </x:c>
+      <x:c r="AZ14" s="3" t="n">
+        <x:v>50689</x:v>
+      </x:c>
+      <x:c r="BA14" s="3" t="n">
+        <x:v>53723</x:v>
+      </x:c>
+      <x:c r="BB14" s="3" t="n">
+        <x:v>50775</x:v>
+      </x:c>
+      <x:c r="BC14" s="3" t="n">
+        <x:v>41451</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:56">
-      <x:c r="A14" s="2" t="s">
+    <x:row r="15" spans="1:55">
+      <x:c r="A15" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="B14" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>35503</x:v>
+      <x:c r="B15" s="3" t="n">
+        <x:v>28335</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="n">
+        <x:v>17388</x:v>
+      </x:c>
+      <x:c r="D15" s="3" t="n">
+        <x:v>17362</x:v>
+      </x:c>
+      <x:c r="E15" s="3" t="n">
+        <x:v>18030</x:v>
+      </x:c>
+      <x:c r="F15" s="3" t="n">
+        <x:v>19917</x:v>
+      </x:c>
+      <x:c r="G15" s="3" t="n">
+        <x:v>25926</x:v>
+      </x:c>
+      <x:c r="H15" s="3" t="n">
+        <x:v>31767</x:v>
+      </x:c>
+      <x:c r="I15" s="3" t="n">
+        <x:v>26513</x:v>
+      </x:c>
+      <x:c r="J15" s="3" t="n">
+        <x:v>24280</x:v>
+      </x:c>
+      <x:c r="K15" s="3" t="n">
+        <x:v>28015</x:v>
+      </x:c>
+      <x:c r="L15" s="3" t="n">
+        <x:v>25077</x:v>
+      </x:c>
+      <x:c r="M15" s="3" t="n">
+        <x:v>21050</x:v>
+      </x:c>
+      <x:c r="N15" s="3" t="n">
+        <x:v>23174</x:v>
+      </x:c>
+      <x:c r="O15" s="3" t="n">
+        <x:v>22287</x:v>
+      </x:c>
+      <x:c r="P15" s="3" t="n">
+        <x:v>20485</x:v>
+      </x:c>
+      <x:c r="Q15" s="3" t="n">
+        <x:v>19504</x:v>
+      </x:c>
+      <x:c r="R15" s="3" t="n">
+        <x:v>18977</x:v>
+      </x:c>
+      <x:c r="S15" s="3" t="n">
+        <x:v>14993</x:v>
+      </x:c>
+      <x:c r="T15" s="3" t="n">
+        <x:v>11405</x:v>
+      </x:c>
+      <x:c r="U15" s="3" t="n">
+        <x:v>13154</x:v>
+      </x:c>
+      <x:c r="V15" s="3" t="n">
+        <x:v>12095</x:v>
+      </x:c>
+      <x:c r="W15" s="3" t="n">
+        <x:v>9754</x:v>
+      </x:c>
+      <x:c r="X15" s="3" t="n">
+        <x:v>8532</x:v>
+      </x:c>
+      <x:c r="Y15" s="3" t="n">
+        <x:v>8141</x:v>
+      </x:c>
+      <x:c r="Z15" s="3" t="n">
+        <x:v>11639</x:v>
+      </x:c>
+      <x:c r="AA15" s="3" t="n">
+        <x:v>12085</x:v>
+      </x:c>
+      <x:c r="AB15" s="3" t="n">
+        <x:v>13988</x:v>
+      </x:c>
+      <x:c r="AC15" s="3" t="n">
+        <x:v>14954</x:v>
+      </x:c>
+      <x:c r="AD15" s="3" t="n">
+        <x:v>13906</x:v>
+      </x:c>
+      <x:c r="AE15" s="3" t="n">
+        <x:v>11736</x:v>
+      </x:c>
+      <x:c r="AF15" s="3" t="n">
+        <x:v>13986</x:v>
+      </x:c>
+      <x:c r="AG15" s="3" t="n">
+        <x:v>11953</x:v>
+      </x:c>
+      <x:c r="AH15" s="3" t="n">
+        <x:v>11191</x:v>
+      </x:c>
+      <x:c r="AI15" s="3" t="n">
+        <x:v>11549</x:v>
+      </x:c>
+      <x:c r="AJ15" s="3" t="n">
+        <x:v>15377</x:v>
+      </x:c>
+      <x:c r="AK15" s="3" t="n">
+        <x:v>17396</x:v>
+      </x:c>
+      <x:c r="AL15" s="3" t="n">
+        <x:v>17615</x:v>
+      </x:c>
+      <x:c r="AM15" s="3" t="n">
+        <x:v>12367</x:v>
+      </x:c>
+      <x:c r="AN15" s="3" t="n">
+        <x:v>11709</x:v>
+      </x:c>
+      <x:c r="AO15" s="3" t="n">
+        <x:v>12399</x:v>
+      </x:c>
+      <x:c r="AP15" s="3" t="n">
+        <x:v>14267</x:v>
+      </x:c>
+      <x:c r="AQ15" s="3" t="n">
+        <x:v>14400</x:v>
+      </x:c>
+      <x:c r="AR15" s="3" t="n">
+        <x:v>17018</x:v>
+      </x:c>
+      <x:c r="AS15" s="3" t="n">
+        <x:v>16724</x:v>
+      </x:c>
+      <x:c r="AT15" s="3" t="n">
+        <x:v>17595</x:v>
+      </x:c>
+      <x:c r="AU15" s="3" t="n">
+        <x:v>15153</x:v>
+      </x:c>
+      <x:c r="AV15" s="3" t="n">
+        <x:v>17294</x:v>
+      </x:c>
+      <x:c r="AW15" s="3" t="n">
+        <x:v>18028</x:v>
+      </x:c>
+      <x:c r="AX15" s="3" t="n">
+        <x:v>19475</x:v>
+      </x:c>
+      <x:c r="AY15" s="3" t="n">
+        <x:v>19115</x:v>
+      </x:c>
+      <x:c r="AZ15" s="3" t="n">
+        <x:v>14259</x:v>
+      </x:c>
+      <x:c r="BA15" s="3" t="n">
+        <x:v>13155</x:v>
+      </x:c>
+      <x:c r="BB15" s="3" t="n">
+        <x:v>17413</x:v>
+      </x:c>
+      <x:c r="BC15" s="3" t="n">
+        <x:v>17503</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:56">
-      <x:c r="A15" s="2" t="s">
+    <x:row r="16" spans="1:55">
+      <x:c r="A16" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="B15" s="3" t="n">
-[...65 lines deleted...]
-      <x:c r="X15" s="3" t="n">
+      <x:c r="B16" s="3" t="n">
+        <x:v>9482</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="n">
+        <x:v>9423</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="n">
+        <x:v>8518</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="n">
+        <x:v>8143</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="n">
+        <x:v>8047</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="n">
+        <x:v>7637</x:v>
+      </x:c>
+      <x:c r="H16" s="3" t="n">
+        <x:v>7391</x:v>
+      </x:c>
+      <x:c r="I16" s="3" t="n">
+        <x:v>7158</x:v>
+      </x:c>
+      <x:c r="J16" s="3" t="n">
+        <x:v>6626</x:v>
+      </x:c>
+      <x:c r="K16" s="3" t="n">
+        <x:v>6626</x:v>
+      </x:c>
+      <x:c r="L16" s="3" t="n">
+        <x:v>6887</x:v>
+      </x:c>
+      <x:c r="M16" s="3" t="n">
+        <x:v>6613</x:v>
+      </x:c>
+      <x:c r="N16" s="3" t="n">
+        <x:v>6136</x:v>
+      </x:c>
+      <x:c r="O16" s="3" t="n">
+        <x:v>5703</x:v>
+      </x:c>
+      <x:c r="P16" s="3" t="n">
+        <x:v>5798</x:v>
+      </x:c>
+      <x:c r="Q16" s="3" t="n">
+        <x:v>6060</x:v>
+      </x:c>
+      <x:c r="R16" s="3" t="n">
+        <x:v>6147</x:v>
+      </x:c>
+      <x:c r="S16" s="3" t="n">
+        <x:v>5714</x:v>
+      </x:c>
+      <x:c r="T16" s="3" t="n">
+        <x:v>5254</x:v>
+      </x:c>
+      <x:c r="U16" s="3" t="n">
+        <x:v>4367</x:v>
+      </x:c>
+      <x:c r="V16" s="3" t="n">
+        <x:v>4646</x:v>
+      </x:c>
+      <x:c r="W16" s="3" t="n">
+        <x:v>4727</x:v>
+      </x:c>
+      <x:c r="X16" s="3" t="n">
+        <x:v>5058</x:v>
+      </x:c>
+      <x:c r="Y16" s="3" t="n">
+        <x:v>5251</x:v>
+      </x:c>
+      <x:c r="Z16" s="3" t="n">
+        <x:v>5265</x:v>
+      </x:c>
+      <x:c r="AA16" s="3" t="n">
+        <x:v>4907</x:v>
+      </x:c>
+      <x:c r="AB16" s="3" t="n">
+        <x:v>5390</x:v>
+      </x:c>
+      <x:c r="AC16" s="3" t="n">
+        <x:v>5213</x:v>
+      </x:c>
+      <x:c r="AD16" s="3" t="n">
+        <x:v>5450</x:v>
+      </x:c>
+      <x:c r="AE16" s="3" t="n">
+        <x:v>4524</x:v>
+      </x:c>
+      <x:c r="AF16" s="3" t="n">
+        <x:v>4399</x:v>
+      </x:c>
+      <x:c r="AG16" s="3" t="n">
+        <x:v>4891</x:v>
+      </x:c>
+      <x:c r="AH16" s="3" t="n">
+        <x:v>4281</x:v>
+      </x:c>
+      <x:c r="AI16" s="3" t="n">
+        <x:v>4354</x:v>
+      </x:c>
+      <x:c r="AJ16" s="3" t="n">
+        <x:v>4311</x:v>
+      </x:c>
+      <x:c r="AK16" s="3" t="n">
+        <x:v>4763</x:v>
+      </x:c>
+      <x:c r="AL16" s="3" t="n">
+        <x:v>5154</x:v>
+      </x:c>
+      <x:c r="AM16" s="3" t="n">
+        <x:v>5320</x:v>
+      </x:c>
+      <x:c r="AN16" s="3" t="n">
+        <x:v>5718</x:v>
+      </x:c>
+      <x:c r="AO16" s="3" t="n">
+        <x:v>4256</x:v>
+      </x:c>
+      <x:c r="AP16" s="3" t="n">
+        <x:v>4695</x:v>
+      </x:c>
+      <x:c r="AQ16" s="3" t="n">
+        <x:v>5485</x:v>
+      </x:c>
+      <x:c r="AR16" s="3" t="n">
+        <x:v>5075</x:v>
+      </x:c>
+      <x:c r="AS16" s="3" t="n">
+        <x:v>5707</x:v>
+      </x:c>
+      <x:c r="AT16" s="3" t="n">
+        <x:v>5508</x:v>
+      </x:c>
+      <x:c r="AU16" s="3" t="n">
+        <x:v>5131</x:v>
+      </x:c>
+      <x:c r="AV16" s="3" t="n">
+        <x:v>5249</x:v>
+      </x:c>
+      <x:c r="AW16" s="3" t="n">
+        <x:v>5547</x:v>
+      </x:c>
+      <x:c r="AX16" s="3" t="n">
+        <x:v>5117</x:v>
+      </x:c>
+      <x:c r="AY16" s="3" t="n">
+        <x:v>4863</x:v>
+      </x:c>
+      <x:c r="AZ16" s="3" t="n">
+        <x:v>5318</x:v>
+      </x:c>
+      <x:c r="BA16" s="3" t="n">
+        <x:v>5349</x:v>
+      </x:c>
+      <x:c r="BB16" s="3" t="n">
+        <x:v>4717</x:v>
+      </x:c>
+      <x:c r="BC16" s="3" t="n">
+        <x:v>4255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:55">
+      <x:c r="A17" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B17" s="3" t="n">
+        <x:v>12854</x:v>
+      </x:c>
+      <x:c r="C17" s="3" t="n">
+        <x:v>13708</x:v>
+      </x:c>
+      <x:c r="D17" s="3" t="n">
+        <x:v>16430</x:v>
+      </x:c>
+      <x:c r="E17" s="3" t="n">
+        <x:v>16836</x:v>
+      </x:c>
+      <x:c r="F17" s="3" t="n">
+        <x:v>17505</x:v>
+      </x:c>
+      <x:c r="G17" s="3" t="n">
+        <x:v>17815</x:v>
+      </x:c>
+      <x:c r="H17" s="3" t="n">
+        <x:v>18631</x:v>
+      </x:c>
+      <x:c r="I17" s="3" t="n">
+        <x:v>19199</x:v>
+      </x:c>
+      <x:c r="J17" s="3" t="n">
+        <x:v>19798</x:v>
+      </x:c>
+      <x:c r="K17" s="3" t="n">
+        <x:v>20181</x:v>
+      </x:c>
+      <x:c r="L17" s="3" t="n">
+        <x:v>19432</x:v>
+      </x:c>
+      <x:c r="M17" s="3" t="n">
+        <x:v>17940</x:v>
+      </x:c>
+      <x:c r="N17" s="3" t="n">
+        <x:v>17584</x:v>
+      </x:c>
+      <x:c r="O17" s="3" t="n">
+        <x:v>17648</x:v>
+      </x:c>
+      <x:c r="P17" s="3" t="n">
+        <x:v>17378</x:v>
+      </x:c>
+      <x:c r="Q17" s="3" t="n">
+        <x:v>18159</x:v>
+      </x:c>
+      <x:c r="R17" s="3" t="n">
+        <x:v>18624</x:v>
+      </x:c>
+      <x:c r="S17" s="3" t="n">
+        <x:v>19495</x:v>
+      </x:c>
+      <x:c r="T17" s="3" t="n">
+        <x:v>18555</x:v>
+      </x:c>
+      <x:c r="U17" s="3" t="n">
+        <x:v>17139</x:v>
+      </x:c>
+      <x:c r="V17" s="3" t="n">
+        <x:v>16399</x:v>
+      </x:c>
+      <x:c r="W17" s="3" t="n">
+        <x:v>14642</x:v>
+      </x:c>
+      <x:c r="X17" s="3" t="n">
+        <x:v>13716</x:v>
+      </x:c>
+      <x:c r="Y17" s="3" t="n">
+        <x:v>12116</x:v>
+      </x:c>
+      <x:c r="Z17" s="3" t="n">
+        <x:v>11879</x:v>
+      </x:c>
+      <x:c r="AA17" s="3" t="n">
+        <x:v>11804</x:v>
+      </x:c>
+      <x:c r="AB17" s="3" t="n">
+        <x:v>12376</x:v>
+      </x:c>
+      <x:c r="AC17" s="3" t="n">
+        <x:v>12909</x:v>
+      </x:c>
+      <x:c r="AD17" s="3" t="n">
+        <x:v>14144</x:v>
+      </x:c>
+      <x:c r="AE17" s="3" t="n">
+        <x:v>13480</x:v>
+      </x:c>
+      <x:c r="AF17" s="3" t="n">
+        <x:v>14404</x:v>
+      </x:c>
+      <x:c r="AG17" s="3" t="n">
+        <x:v>17117</x:v>
+      </x:c>
+      <x:c r="AH17" s="3" t="n">
+        <x:v>15688</x:v>
+      </x:c>
+      <x:c r="AI17" s="3" t="n">
+        <x:v>15739</x:v>
+      </x:c>
+      <x:c r="AJ17" s="3" t="n">
+        <x:v>19026</x:v>
+      </x:c>
+      <x:c r="AK17" s="3" t="n">
+        <x:v>18880</x:v>
+      </x:c>
+      <x:c r="AL17" s="3" t="n">
+        <x:v>19825</x:v>
+      </x:c>
+      <x:c r="AM17" s="3" t="n">
+        <x:v>18489</x:v>
+      </x:c>
+      <x:c r="AN17" s="3" t="n">
+        <x:v>15629</x:v>
+      </x:c>
+      <x:c r="AO17" s="3" t="n">
+        <x:v>12224</x:v>
+      </x:c>
+      <x:c r="AP17" s="3" t="n">
+        <x:v>13061</x:v>
+      </x:c>
+      <x:c r="AQ17" s="3" t="n">
+        <x:v>14551</x:v>
+      </x:c>
+      <x:c r="AR17" s="3" t="n">
+        <x:v>14287</x:v>
+      </x:c>
+      <x:c r="AS17" s="3" t="n">
+        <x:v>13101</x:v>
+      </x:c>
+      <x:c r="AT17" s="3" t="n">
+        <x:v>12942</x:v>
+      </x:c>
+      <x:c r="AU17" s="3" t="n">
+        <x:v>14223</x:v>
+      </x:c>
+      <x:c r="AV17" s="3" t="n">
+        <x:v>15093</x:v>
+      </x:c>
+      <x:c r="AW17" s="3" t="n">
+        <x:v>15561</x:v>
+      </x:c>
+      <x:c r="AX17" s="3" t="n">
+        <x:v>15606</x:v>
+      </x:c>
+      <x:c r="AY17" s="3" t="n">
+        <x:v>15726</x:v>
+      </x:c>
+      <x:c r="AZ17" s="3" t="n">
+        <x:v>15947</x:v>
+      </x:c>
+      <x:c r="BA17" s="3" t="n">
+        <x:v>16870</x:v>
+      </x:c>
+      <x:c r="BB17" s="3" t="n">
+        <x:v>13358</x:v>
+      </x:c>
+      <x:c r="BC17" s="3" t="n">
+        <x:v>10019</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:55">
+      <x:c r="A18" s="2" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B18" s="3" t="n">
+        <x:v>6039</x:v>
+      </x:c>
+      <x:c r="C18" s="3" t="n">
+        <x:v>5692</x:v>
+      </x:c>
+      <x:c r="D18" s="3" t="n">
+        <x:v>5994</x:v>
+      </x:c>
+      <x:c r="E18" s="3" t="n">
+        <x:v>6312</x:v>
+      </x:c>
+      <x:c r="F18" s="3" t="n">
+        <x:v>6476</x:v>
+      </x:c>
+      <x:c r="G18" s="3" t="n">
+        <x:v>5186</x:v>
+      </x:c>
+      <x:c r="H18" s="3" t="n">
+        <x:v>5399</x:v>
+      </x:c>
+      <x:c r="I18" s="3" t="n">
+        <x:v>5366</x:v>
+      </x:c>
+      <x:c r="J18" s="3" t="n">
+        <x:v>5300</x:v>
+      </x:c>
+      <x:c r="K18" s="3" t="n">
+        <x:v>5732</x:v>
+      </x:c>
+      <x:c r="L18" s="3" t="n">
+        <x:v>5732</x:v>
+      </x:c>
+      <x:c r="M18" s="3" t="n">
+        <x:v>6029</x:v>
+      </x:c>
+      <x:c r="N18" s="3" t="n">
+        <x:v>5692</x:v>
+      </x:c>
+      <x:c r="O18" s="3" t="n">
+        <x:v>6129</x:v>
+      </x:c>
+      <x:c r="P18" s="3" t="n">
+        <x:v>6912</x:v>
+      </x:c>
+      <x:c r="Q18" s="3" t="n">
+        <x:v>6777</x:v>
+      </x:c>
+      <x:c r="R18" s="3" t="n">
+        <x:v>6959</x:v>
+      </x:c>
+      <x:c r="S18" s="3" t="n">
+        <x:v>7155</x:v>
+      </x:c>
+      <x:c r="T18" s="3" t="n">
+        <x:v>7844</x:v>
+      </x:c>
+      <x:c r="U18" s="3" t="n">
+        <x:v>7929</x:v>
+      </x:c>
+      <x:c r="V18" s="3" t="n">
+        <x:v>8018</x:v>
+      </x:c>
+      <x:c r="W18" s="3" t="n">
+        <x:v>8097</x:v>
+      </x:c>
+      <x:c r="X18" s="3" t="n">
+        <x:v>7807</x:v>
+      </x:c>
+      <x:c r="Y18" s="3" t="n">
+        <x:v>8605</x:v>
+      </x:c>
+      <x:c r="Z18" s="3" t="n">
+        <x:v>9958</x:v>
+      </x:c>
+      <x:c r="AA18" s="3" t="n">
+        <x:v>9436</x:v>
+      </x:c>
+      <x:c r="AB18" s="3" t="n">
+        <x:v>10013</x:v>
+      </x:c>
+      <x:c r="AC18" s="3" t="n">
+        <x:v>11465</x:v>
+      </x:c>
+      <x:c r="AD18" s="3" t="n">
+        <x:v>11698</x:v>
+      </x:c>
+      <x:c r="AE18" s="3" t="n">
+        <x:v>11700</x:v>
+      </x:c>
+      <x:c r="AF18" s="3" t="n">
+        <x:v>12441</x:v>
+      </x:c>
+      <x:c r="AG18" s="3" t="n">
+        <x:v>12199</x:v>
+      </x:c>
+      <x:c r="AH18" s="3" t="n">
+        <x:v>11064</x:v>
+      </x:c>
+      <x:c r="AI18" s="3" t="n">
+        <x:v>12682</x:v>
+      </x:c>
+      <x:c r="AJ18" s="3" t="n">
+        <x:v>13601</x:v>
+      </x:c>
+      <x:c r="AK18" s="3" t="n">
+        <x:v>12807</x:v>
+      </x:c>
+      <x:c r="AL18" s="3" t="n">
+        <x:v>14074</x:v>
+      </x:c>
+      <x:c r="AM18" s="3" t="n">
+        <x:v>14758</x:v>
+      </x:c>
+      <x:c r="AN18" s="3" t="n">
+        <x:v>13740</x:v>
+      </x:c>
+      <x:c r="AO18" s="3" t="n">
+        <x:v>11532</x:v>
+      </x:c>
+      <x:c r="AP18" s="3" t="n">
+        <x:v>12581</x:v>
+      </x:c>
+      <x:c r="AQ18" s="3" t="n">
+        <x:v>6687</x:v>
+      </x:c>
+      <x:c r="AR18" s="3" t="n">
+        <x:v>10153</x:v>
+      </x:c>
+      <x:c r="AS18" s="3" t="n">
+        <x:v>9536</x:v>
+      </x:c>
+      <x:c r="AT18" s="3" t="n">
+        <x:v>8146</x:v>
+      </x:c>
+      <x:c r="AU18" s="3" t="n">
+        <x:v>7688</x:v>
+      </x:c>
+      <x:c r="AV18" s="3" t="n">
+        <x:v>8122</x:v>
+      </x:c>
+      <x:c r="AW18" s="3" t="n">
+        <x:v>7470</x:v>
+      </x:c>
+      <x:c r="AX18" s="3" t="n">
+        <x:v>6987</x:v>
+      </x:c>
+      <x:c r="AY18" s="3" t="n">
+        <x:v>7485</x:v>
+      </x:c>
+      <x:c r="AZ18" s="3" t="n">
+        <x:v>6377</x:v>
+      </x:c>
+      <x:c r="BA18" s="3" t="n">
+        <x:v>6735</x:v>
+      </x:c>
+      <x:c r="BB18" s="3" t="n">
+        <x:v>7292</x:v>
+      </x:c>
+      <x:c r="BC18" s="3" t="n">
+        <x:v>5721</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:55">
+      <x:c r="A19" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B19" s="3" t="n">
+        <x:v>17275</x:v>
+      </x:c>
+      <x:c r="C19" s="3" t="n">
+        <x:v>17344</x:v>
+      </x:c>
+      <x:c r="D19" s="3" t="n">
+        <x:v>16584</x:v>
+      </x:c>
+      <x:c r="E19" s="3" t="n">
+        <x:v>15874</x:v>
+      </x:c>
+      <x:c r="F19" s="3" t="n">
+        <x:v>16690</x:v>
+      </x:c>
+      <x:c r="G19" s="3" t="n">
+        <x:v>16238</x:v>
+      </x:c>
+      <x:c r="H19" s="3" t="n">
+        <x:v>13193</x:v>
+      </x:c>
+      <x:c r="I19" s="3" t="n">
+        <x:v>12933</x:v>
+      </x:c>
+      <x:c r="J19" s="3" t="n">
+        <x:v>12605</x:v>
+      </x:c>
+      <x:c r="K19" s="3" t="n">
+        <x:v>13167</x:v>
+      </x:c>
+      <x:c r="L19" s="3" t="n">
+        <x:v>12312</x:v>
+      </x:c>
+      <x:c r="M19" s="3" t="n">
+        <x:v>13522</x:v>
+      </x:c>
+      <x:c r="N19" s="3" t="n">
+        <x:v>14462</x:v>
+      </x:c>
+      <x:c r="O19" s="3" t="n">
+        <x:v>11375</x:v>
+      </x:c>
+      <x:c r="P19" s="3" t="n">
+        <x:v>12504</x:v>
+      </x:c>
+      <x:c r="Q19" s="3" t="n">
+        <x:v>13112</x:v>
+      </x:c>
+      <x:c r="R19" s="3" t="n">
+        <x:v>12802</x:v>
+      </x:c>
+      <x:c r="S19" s="3" t="n">
+        <x:v>11218</x:v>
+      </x:c>
+      <x:c r="T19" s="3" t="n">
+        <x:v>10408</x:v>
+      </x:c>
+      <x:c r="U19" s="3" t="n">
+        <x:v>10261</x:v>
+      </x:c>
+      <x:c r="V19" s="3" t="n">
+        <x:v>9696</x:v>
+      </x:c>
+      <x:c r="W19" s="3" t="n">
+        <x:v>9425</x:v>
+      </x:c>
+      <x:c r="X19" s="3" t="n">
+        <x:v>9419</x:v>
+      </x:c>
+      <x:c r="Y19" s="3" t="n">
+        <x:v>10177</x:v>
+      </x:c>
+      <x:c r="Z19" s="3" t="n">
+        <x:v>10434</x:v>
+      </x:c>
+      <x:c r="AA19" s="3" t="n">
+        <x:v>10297</x:v>
+      </x:c>
+      <x:c r="AB19" s="3" t="n">
+        <x:v>10379</x:v>
+      </x:c>
+      <x:c r="AC19" s="3" t="n">
+        <x:v>9414</x:v>
+      </x:c>
+      <x:c r="AD19" s="3" t="n">
+        <x:v>8011</x:v>
+      </x:c>
+      <x:c r="AE19" s="3" t="n">
+        <x:v>7794</x:v>
+      </x:c>
+      <x:c r="AF19" s="3" t="n">
+        <x:v>7967</x:v>
+      </x:c>
+      <x:c r="AG19" s="3" t="n">
+        <x:v>7690</x:v>
+      </x:c>
+      <x:c r="AH19" s="3" t="n">
+        <x:v>7339</x:v>
+      </x:c>
+      <x:c r="AI19" s="3" t="n">
+        <x:v>7069</x:v>
+      </x:c>
+      <x:c r="AJ19" s="3" t="n">
+        <x:v>7534</x:v>
+      </x:c>
+      <x:c r="AK19" s="3" t="n">
+        <x:v>7078</x:v>
+      </x:c>
+      <x:c r="AL19" s="3" t="n">
+        <x:v>6995</x:v>
+      </x:c>
+      <x:c r="AM19" s="3" t="n">
+        <x:v>6726</x:v>
+      </x:c>
+      <x:c r="AN19" s="3" t="n">
+        <x:v>6715</x:v>
+      </x:c>
+      <x:c r="AO19" s="3" t="n">
+        <x:v>6232</x:v>
+      </x:c>
+      <x:c r="AP19" s="3" t="n">
+        <x:v>6500</x:v>
+      </x:c>
+      <x:c r="AQ19" s="3" t="n">
+        <x:v>6180</x:v>
+      </x:c>
+      <x:c r="AR19" s="3" t="n">
+        <x:v>5910</x:v>
+      </x:c>
+      <x:c r="AS19" s="3" t="n">
+        <x:v>5512</x:v>
+      </x:c>
+      <x:c r="AT19" s="3" t="n">
+        <x:v>5101</x:v>
+      </x:c>
+      <x:c r="AU19" s="3" t="n">
+        <x:v>5049</x:v>
+      </x:c>
+      <x:c r="AV19" s="3" t="n">
+        <x:v>5837</x:v>
+      </x:c>
+      <x:c r="AW19" s="3" t="n">
+        <x:v>6286</x:v>
+      </x:c>
+      <x:c r="AX19" s="3" t="n">
+        <x:v>6422</x:v>
+      </x:c>
+      <x:c r="AY19" s="3" t="n">
+        <x:v>6264</x:v>
+      </x:c>
+      <x:c r="AZ19" s="3" t="n">
         <x:v>5145</x:v>
       </x:c>
-      <x:c r="Y15" s="3" t="n">
-[...65 lines deleted...]
-      <x:c r="AU15" s="3" t="n">
+      <x:c r="BA19" s="3" t="n">
+        <x:v>5572</x:v>
+      </x:c>
+      <x:c r="BB19" s="3" t="n">
+        <x:v>5554</x:v>
+      </x:c>
+      <x:c r="BC19" s="3" t="n">
+        <x:v>3340</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:55">
+      <x:c r="A20" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B20" s="3" t="n">
+        <x:v>20678</x:v>
+      </x:c>
+      <x:c r="C20" s="3" t="n">
+        <x:v>23395</x:v>
+      </x:c>
+      <x:c r="D20" s="3" t="n">
+        <x:v>23046</x:v>
+      </x:c>
+      <x:c r="E20" s="3" t="n">
+        <x:v>27750</x:v>
+      </x:c>
+      <x:c r="F20" s="3" t="n">
+        <x:v>25755</x:v>
+      </x:c>
+      <x:c r="G20" s="3" t="n">
+        <x:v>21835</x:v>
+      </x:c>
+      <x:c r="H20" s="3" t="n">
+        <x:v>21827</x:v>
+      </x:c>
+      <x:c r="I20" s="3" t="n">
+        <x:v>21264</x:v>
+      </x:c>
+      <x:c r="J20" s="3" t="n">
+        <x:v>21757</x:v>
+      </x:c>
+      <x:c r="K20" s="3" t="n">
+        <x:v>27380</x:v>
+      </x:c>
+      <x:c r="L20" s="3" t="n">
+        <x:v>26465</x:v>
+      </x:c>
+      <x:c r="M20" s="3" t="n">
+        <x:v>25855</x:v>
+      </x:c>
+      <x:c r="N20" s="3" t="n">
+        <x:v>27193</x:v>
+      </x:c>
+      <x:c r="O20" s="3" t="n">
+        <x:v>29372</x:v>
+      </x:c>
+      <x:c r="P20" s="3" t="n">
+        <x:v>37337</x:v>
+      </x:c>
+      <x:c r="Q20" s="3" t="n">
+        <x:v>35751</x:v>
+      </x:c>
+      <x:c r="R20" s="3" t="n">
+        <x:v>31735</x:v>
+      </x:c>
+      <x:c r="S20" s="3" t="n">
+        <x:v>43532</x:v>
+      </x:c>
+      <x:c r="T20" s="3" t="n">
+        <x:v>41135</x:v>
+      </x:c>
+      <x:c r="U20" s="3" t="n">
+        <x:v>39284</x:v>
+      </x:c>
+      <x:c r="V20" s="3" t="n">
+        <x:v>44075</x:v>
+      </x:c>
+      <x:c r="W20" s="3" t="n">
+        <x:v>40461</x:v>
+      </x:c>
+      <x:c r="X20" s="3" t="n">
+        <x:v>40882</x:v>
+      </x:c>
+      <x:c r="Y20" s="3" t="n">
+        <x:v>44274</x:v>
+      </x:c>
+      <x:c r="Z20" s="3" t="n">
+        <x:v>44252</x:v>
+      </x:c>
+      <x:c r="AA20" s="3" t="n">
+        <x:v>41158</x:v>
+      </x:c>
+      <x:c r="AB20" s="3" t="n">
+        <x:v>45000</x:v>
+      </x:c>
+      <x:c r="AC20" s="3" t="n">
+        <x:v>43438</x:v>
+      </x:c>
+      <x:c r="AD20" s="3" t="n">
+        <x:v>34588</x:v>
+      </x:c>
+      <x:c r="AE20" s="3" t="n">
+        <x:v>42060</x:v>
+      </x:c>
+      <x:c r="AF20" s="3" t="n">
+        <x:v>42155</x:v>
+      </x:c>
+      <x:c r="AG20" s="3" t="n">
+        <x:v>33681</x:v>
+      </x:c>
+      <x:c r="AH20" s="3" t="n">
+        <x:v>35528</x:v>
+      </x:c>
+      <x:c r="AI20" s="3" t="n">
+        <x:v>40932</x:v>
+      </x:c>
+      <x:c r="AJ20" s="3" t="n">
+        <x:v>43654</x:v>
+      </x:c>
+      <x:c r="AK20" s="3" t="n">
+        <x:v>46483</x:v>
+      </x:c>
+      <x:c r="AL20" s="3" t="n">
+        <x:v>45732</x:v>
+      </x:c>
+      <x:c r="AM20" s="3" t="n">
+        <x:v>49294</x:v>
+      </x:c>
+      <x:c r="AN20" s="3" t="n">
+        <x:v>50716</x:v>
+      </x:c>
+      <x:c r="AO20" s="3" t="n">
+        <x:v>54190</x:v>
+      </x:c>
+      <x:c r="AP20" s="3" t="n">
+        <x:v>58850</x:v>
+      </x:c>
+      <x:c r="AQ20" s="3" t="n">
+        <x:v>61210</x:v>
+      </x:c>
+      <x:c r="AR20" s="3" t="n">
+        <x:v>55800</x:v>
+      </x:c>
+      <x:c r="AS20" s="3" t="n">
+        <x:v>57324</x:v>
+      </x:c>
+      <x:c r="AT20" s="3" t="n">
+        <x:v>53587</x:v>
+      </x:c>
+      <x:c r="AU20" s="3" t="n">
+        <x:v>57897</x:v>
+      </x:c>
+      <x:c r="AV20" s="3" t="n">
+        <x:v>54529</x:v>
+      </x:c>
+      <x:c r="AW20" s="3" t="n">
+        <x:v>55421</x:v>
+      </x:c>
+      <x:c r="AX20" s="3" t="n">
+        <x:v>56219</x:v>
+      </x:c>
+      <x:c r="AY20" s="3" t="n">
+        <x:v>58443</x:v>
+      </x:c>
+      <x:c r="AZ20" s="3" t="n">
+        <x:v>41157</x:v>
+      </x:c>
+      <x:c r="BA20" s="3" t="n">
+        <x:v>48641</x:v>
+      </x:c>
+      <x:c r="BB20" s="3" t="n">
+        <x:v>39770</x:v>
+      </x:c>
+      <x:c r="BC20" s="3" t="n">
+        <x:v>43145</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:55">
+      <x:c r="A21" s="2" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B21" s="3" t="n">
         <x:v>9542</x:v>
       </x:c>
-      <x:c r="AV15" s="3" t="n">
-[...24 lines deleted...]
-        <x:v>11147</x:v>
+      <x:c r="C21" s="3" t="n">
+        <x:v>10137</x:v>
+      </x:c>
+      <x:c r="D21" s="3" t="n">
+        <x:v>9713</x:v>
+      </x:c>
+      <x:c r="E21" s="3" t="n">
+        <x:v>11414</x:v>
+      </x:c>
+      <x:c r="F21" s="3" t="n">
+        <x:v>11757</x:v>
+      </x:c>
+      <x:c r="G21" s="3" t="n">
+        <x:v>11119</x:v>
+      </x:c>
+      <x:c r="H21" s="3" t="n">
+        <x:v>10383</x:v>
+      </x:c>
+      <x:c r="I21" s="3" t="n">
+        <x:v>10373</x:v>
+      </x:c>
+      <x:c r="J21" s="3" t="n">
+        <x:v>11577</x:v>
+      </x:c>
+      <x:c r="K21" s="3" t="n">
+        <x:v>15486</x:v>
+      </x:c>
+      <x:c r="L21" s="3" t="n">
+        <x:v>15446</x:v>
+      </x:c>
+      <x:c r="M21" s="3" t="n">
+        <x:v>16647</x:v>
+      </x:c>
+      <x:c r="N21" s="3" t="n">
+        <x:v>17238</x:v>
+      </x:c>
+      <x:c r="O21" s="3" t="n">
+        <x:v>18083</x:v>
+      </x:c>
+      <x:c r="P21" s="3" t="n">
+        <x:v>24241</x:v>
+      </x:c>
+      <x:c r="Q21" s="3" t="n">
+        <x:v>22116</x:v>
+      </x:c>
+      <x:c r="R21" s="3" t="n">
+        <x:v>19199</x:v>
+      </x:c>
+      <x:c r="S21" s="3" t="n">
+        <x:v>22149</x:v>
+      </x:c>
+      <x:c r="T21" s="3" t="n">
+        <x:v>20838</x:v>
+      </x:c>
+      <x:c r="U21" s="3" t="n">
+        <x:v>21132</x:v>
+      </x:c>
+      <x:c r="V21" s="3" t="n">
+        <x:v>22720</x:v>
+      </x:c>
+      <x:c r="W21" s="3" t="n">
+        <x:v>21077</x:v>
+      </x:c>
+      <x:c r="X21" s="3" t="n">
+        <x:v>19802</x:v>
+      </x:c>
+      <x:c r="Y21" s="3" t="n">
+        <x:v>19460</x:v>
+      </x:c>
+      <x:c r="Z21" s="3" t="n">
+        <x:v>21053</x:v>
+      </x:c>
+      <x:c r="AA21" s="3" t="n">
+        <x:v>22645</x:v>
+      </x:c>
+      <x:c r="AB21" s="3" t="n">
+        <x:v>20799</x:v>
+      </x:c>
+      <x:c r="AC21" s="3" t="n">
+        <x:v>21937</x:v>
+      </x:c>
+      <x:c r="AD21" s="3" t="n">
+        <x:v>18046</x:v>
+      </x:c>
+      <x:c r="AE21" s="3" t="n">
+        <x:v>19658</x:v>
+      </x:c>
+      <x:c r="AF21" s="3" t="n">
+        <x:v>19554</x:v>
+      </x:c>
+      <x:c r="AG21" s="3" t="n">
+        <x:v>21547</x:v>
+      </x:c>
+      <x:c r="AH21" s="3" t="n">
+        <x:v>21198</x:v>
+      </x:c>
+      <x:c r="AI21" s="3" t="n">
+        <x:v>21607</x:v>
+      </x:c>
+      <x:c r="AJ21" s="3" t="n">
+        <x:v>20135</x:v>
+      </x:c>
+      <x:c r="AK21" s="3" t="n">
+        <x:v>21552</x:v>
+      </x:c>
+      <x:c r="AL21" s="3" t="n">
+        <x:v>20100</x:v>
+      </x:c>
+      <x:c r="AM21" s="3" t="n">
+        <x:v>22429</x:v>
+      </x:c>
+      <x:c r="AN21" s="3" t="n">
+        <x:v>27238</x:v>
+      </x:c>
+      <x:c r="AO21" s="3" t="n">
+        <x:v>21637</x:v>
+      </x:c>
+      <x:c r="AP21" s="3" t="n">
+        <x:v>25150</x:v>
+      </x:c>
+      <x:c r="AQ21" s="3" t="n">
+        <x:v>25208</x:v>
+      </x:c>
+      <x:c r="AR21" s="3" t="n">
+        <x:v>18083</x:v>
+      </x:c>
+      <x:c r="AS21" s="3" t="n">
+        <x:v>17712</x:v>
+      </x:c>
+      <x:c r="AT21" s="3" t="n">
+        <x:v>20201</x:v>
+      </x:c>
+      <x:c r="AU21" s="3" t="n">
+        <x:v>20481</x:v>
+      </x:c>
+      <x:c r="AV21" s="3" t="n">
+        <x:v>20855</x:v>
+      </x:c>
+      <x:c r="AW21" s="3" t="n">
+        <x:v>20470</x:v>
+      </x:c>
+      <x:c r="AX21" s="3" t="n">
+        <x:v>21321</x:v>
+      </x:c>
+      <x:c r="AY21" s="3" t="n">
+        <x:v>22644</x:v>
+      </x:c>
+      <x:c r="AZ21" s="3" t="n">
+        <x:v>22917</x:v>
+      </x:c>
+      <x:c r="BA21" s="3" t="n">
+        <x:v>27787</x:v>
+      </x:c>
+      <x:c r="BB21" s="3" t="n">
+        <x:v>17040</x:v>
+      </x:c>
+      <x:c r="BC21" s="3" t="n">
+        <x:v>14534</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:56">
-[...166 lines deleted...]
-        <x:v>2612</x:v>
+    <x:row r="22" spans="1:55">
+      <x:c r="A22" s="2" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B22" s="3" t="n">
+        <x:v>14075</x:v>
+      </x:c>
+      <x:c r="C22" s="3" t="n">
+        <x:v>15249</x:v>
+      </x:c>
+      <x:c r="D22" s="3" t="n">
+        <x:v>15585</x:v>
+      </x:c>
+      <x:c r="E22" s="3" t="n">
+        <x:v>15379</x:v>
+      </x:c>
+      <x:c r="F22" s="3" t="n">
+        <x:v>15746</x:v>
+      </x:c>
+      <x:c r="G22" s="3" t="n">
+        <x:v>15595</x:v>
+      </x:c>
+      <x:c r="H22" s="3" t="n">
+        <x:v>16119</x:v>
+      </x:c>
+      <x:c r="I22" s="3" t="n">
+        <x:v>15566</x:v>
+      </x:c>
+      <x:c r="J22" s="3" t="n">
+        <x:v>15238</x:v>
+      </x:c>
+      <x:c r="K22" s="3" t="n">
+        <x:v>15451</x:v>
+      </x:c>
+      <x:c r="L22" s="3" t="n">
+        <x:v>14908</x:v>
+      </x:c>
+      <x:c r="M22" s="3" t="n">
+        <x:v>14582</x:v>
+      </x:c>
+      <x:c r="N22" s="3" t="n">
+        <x:v>15290</x:v>
+      </x:c>
+      <x:c r="O22" s="3" t="n">
+        <x:v>15628</x:v>
+      </x:c>
+      <x:c r="P22" s="3" t="n">
+        <x:v>15731</x:v>
+      </x:c>
+      <x:c r="Q22" s="3" t="n">
+        <x:v>16142</x:v>
+      </x:c>
+      <x:c r="R22" s="3" t="n">
+        <x:v>16685</x:v>
+      </x:c>
+      <x:c r="S22" s="3" t="n">
+        <x:v>16815</x:v>
+      </x:c>
+      <x:c r="T22" s="3" t="n">
+        <x:v>15510</x:v>
+      </x:c>
+      <x:c r="U22" s="3" t="n">
+        <x:v>14373</x:v>
+      </x:c>
+      <x:c r="V22" s="3" t="n">
+        <x:v>14547</x:v>
+      </x:c>
+      <x:c r="W22" s="3" t="n">
+        <x:v>13480</x:v>
+      </x:c>
+      <x:c r="X22" s="3" t="n">
+        <x:v>12811</x:v>
+      </x:c>
+      <x:c r="Y22" s="3" t="n">
+        <x:v>12599</x:v>
+      </x:c>
+      <x:c r="Z22" s="3" t="n">
+        <x:v>13041</x:v>
+      </x:c>
+      <x:c r="AA22" s="3" t="n">
+        <x:v>13851</x:v>
+      </x:c>
+      <x:c r="AB22" s="3" t="n">
+        <x:v>14308</x:v>
+      </x:c>
+      <x:c r="AC22" s="3" t="n">
+        <x:v>14870</x:v>
+      </x:c>
+      <x:c r="AD22" s="3" t="n">
+        <x:v>14830</x:v>
+      </x:c>
+      <x:c r="AE22" s="3" t="n">
+        <x:v>14441</x:v>
+      </x:c>
+      <x:c r="AF22" s="3" t="n">
+        <x:v>14856</x:v>
+      </x:c>
+      <x:c r="AG22" s="3" t="n">
+        <x:v>13727</x:v>
+      </x:c>
+      <x:c r="AH22" s="3" t="n">
+        <x:v>13852</x:v>
+      </x:c>
+      <x:c r="AI22" s="3" t="n">
+        <x:v>14567</x:v>
+      </x:c>
+      <x:c r="AJ22" s="3" t="n">
+        <x:v>16082</x:v>
+      </x:c>
+      <x:c r="AK22" s="3" t="n">
+        <x:v>17719</x:v>
+      </x:c>
+      <x:c r="AL22" s="3" t="n">
+        <x:v>18645</x:v>
+      </x:c>
+      <x:c r="AM22" s="3" t="n">
+        <x:v>19394</x:v>
+      </x:c>
+      <x:c r="AN22" s="3" t="n">
+        <x:v>21086</x:v>
+      </x:c>
+      <x:c r="AO22" s="3" t="n">
+        <x:v>16134</x:v>
+      </x:c>
+      <x:c r="AP22" s="3" t="n">
+        <x:v>16594</x:v>
+      </x:c>
+      <x:c r="AQ22" s="3" t="n">
+        <x:v>19165</x:v>
+      </x:c>
+      <x:c r="AR22" s="3" t="n">
+        <x:v>19552</x:v>
+      </x:c>
+      <x:c r="AS22" s="3" t="n">
+        <x:v>20198</x:v>
+      </x:c>
+      <x:c r="AT22" s="3" t="n">
+        <x:v>21198</x:v>
+      </x:c>
+      <x:c r="AU22" s="3" t="n">
+        <x:v>20672</x:v>
+      </x:c>
+      <x:c r="AV22" s="3" t="n">
+        <x:v>20915</x:v>
+      </x:c>
+      <x:c r="AW22" s="3" t="n">
+        <x:v>22594</x:v>
+      </x:c>
+      <x:c r="AX22" s="3" t="n">
+        <x:v>23986</x:v>
+      </x:c>
+      <x:c r="AY22" s="3" t="n">
+        <x:v>22911</x:v>
+      </x:c>
+      <x:c r="AZ22" s="3" t="n">
+        <x:v>22204</x:v>
+      </x:c>
+      <x:c r="BA22" s="3" t="n">
+        <x:v>18937</x:v>
+      </x:c>
+      <x:c r="BB22" s="3" t="n">
+        <x:v>21030</x:v>
+      </x:c>
+      <x:c r="BC22" s="3" t="n">
+        <x:v>19635</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:56">
-[...166 lines deleted...]
-        <x:v>6634</x:v>
+    <x:row r="23" spans="1:55">
+      <x:c r="A23" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B23" s="3" t="n">
+        <x:v>24773</x:v>
+      </x:c>
+      <x:c r="C23" s="3" t="n">
+        <x:v>25544</x:v>
+      </x:c>
+      <x:c r="D23" s="3" t="n">
+        <x:v>27908</x:v>
+      </x:c>
+      <x:c r="E23" s="3" t="n">
+        <x:v>31378</x:v>
+      </x:c>
+      <x:c r="F23" s="3" t="n">
+        <x:v>33074</x:v>
+      </x:c>
+      <x:c r="G23" s="3" t="n">
+        <x:v>29136</x:v>
+      </x:c>
+      <x:c r="H23" s="3" t="n">
+        <x:v>30099</x:v>
+      </x:c>
+      <x:c r="I23" s="3" t="n">
+        <x:v>27125</x:v>
+      </x:c>
+      <x:c r="J23" s="3" t="n">
+        <x:v>27636</x:v>
+      </x:c>
+      <x:c r="K23" s="3" t="n">
+        <x:v>31270</x:v>
+      </x:c>
+      <x:c r="L23" s="3" t="n">
+        <x:v>29339</x:v>
+      </x:c>
+      <x:c r="M23" s="3" t="n">
+        <x:v>28520</x:v>
+      </x:c>
+      <x:c r="N23" s="3" t="n">
+        <x:v>27735</x:v>
+      </x:c>
+      <x:c r="O23" s="3" t="n">
+        <x:v>34945</x:v>
+      </x:c>
+      <x:c r="P23" s="3" t="n">
+        <x:v>37206</x:v>
+      </x:c>
+      <x:c r="Q23" s="3" t="n">
+        <x:v>36791</x:v>
+      </x:c>
+      <x:c r="R23" s="3" t="n">
+        <x:v>36512</x:v>
+      </x:c>
+      <x:c r="S23" s="3" t="n">
+        <x:v>38452</x:v>
+      </x:c>
+      <x:c r="T23" s="3" t="n">
+        <x:v>41629</x:v>
+      </x:c>
+      <x:c r="U23" s="3" t="n">
+        <x:v>39568</x:v>
+      </x:c>
+      <x:c r="V23" s="3" t="n">
+        <x:v>38891</x:v>
+      </x:c>
+      <x:c r="W23" s="3" t="n">
+        <x:v>39667</x:v>
+      </x:c>
+      <x:c r="X23" s="3" t="n">
+        <x:v>41939</x:v>
+      </x:c>
+      <x:c r="Y23" s="3" t="n">
+        <x:v>37485</x:v>
+      </x:c>
+      <x:c r="Z23" s="3" t="n">
+        <x:v>39392</x:v>
+      </x:c>
+      <x:c r="AA23" s="3" t="n">
+        <x:v>22075</x:v>
+      </x:c>
+      <x:c r="AB23" s="3" t="n">
+        <x:v>25758</x:v>
+      </x:c>
+      <x:c r="AC23" s="3" t="n">
+        <x:v>27539</x:v>
+      </x:c>
+      <x:c r="AD23" s="3" t="n">
+        <x:v>26488</x:v>
+      </x:c>
+      <x:c r="AE23" s="3" t="n">
+        <x:v>25836</x:v>
+      </x:c>
+      <x:c r="AF23" s="3" t="n">
+        <x:v>28045</x:v>
+      </x:c>
+      <x:c r="AG23" s="3" t="n">
+        <x:v>30263</x:v>
+      </x:c>
+      <x:c r="AH23" s="3" t="n">
+        <x:v>26621</x:v>
+      </x:c>
+      <x:c r="AI23" s="3" t="n">
+        <x:v>31579</x:v>
+      </x:c>
+      <x:c r="AJ23" s="3" t="n">
+        <x:v>37433</x:v>
+      </x:c>
+      <x:c r="AK23" s="3" t="n">
+        <x:v>37186</x:v>
+      </x:c>
+      <x:c r="AL23" s="3" t="n">
+        <x:v>26595</x:v>
+      </x:c>
+      <x:c r="AM23" s="3" t="n">
+        <x:v>25743</x:v>
+      </x:c>
+      <x:c r="AN23" s="3" t="n">
+        <x:v>31127</x:v>
+      </x:c>
+      <x:c r="AO23" s="3" t="n">
+        <x:v>20378</x:v>
+      </x:c>
+      <x:c r="AP23" s="3" t="n">
+        <x:v>22300</x:v>
+      </x:c>
+      <x:c r="AQ23" s="3" t="n">
+        <x:v>21381</x:v>
+      </x:c>
+      <x:c r="AR23" s="3" t="n">
+        <x:v>19937</x:v>
+      </x:c>
+      <x:c r="AS23" s="3" t="n">
+        <x:v>18805</x:v>
+      </x:c>
+      <x:c r="AT23" s="3" t="n">
+        <x:v>20559</x:v>
+      </x:c>
+      <x:c r="AU23" s="3" t="n">
+        <x:v>19223</x:v>
+      </x:c>
+      <x:c r="AV23" s="3" t="n">
+        <x:v>18041</x:v>
+      </x:c>
+      <x:c r="AW23" s="3" t="n">
+        <x:v>18414</x:v>
+      </x:c>
+      <x:c r="AX23" s="3" t="n">
+        <x:v>18625</x:v>
+      </x:c>
+      <x:c r="AY23" s="3" t="n">
+        <x:v>15750</x:v>
+      </x:c>
+      <x:c r="AZ23" s="3" t="n">
+        <x:v>19804</x:v>
+      </x:c>
+      <x:c r="BA23" s="3" t="n">
+        <x:v>18124</x:v>
+      </x:c>
+      <x:c r="BB23" s="3" t="n">
+        <x:v>18445</x:v>
+      </x:c>
+      <x:c r="BC23" s="3" t="n">
+        <x:v>19333</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:56">
-[...166 lines deleted...]
-        <x:v>2217</x:v>
+    <x:row r="24" spans="1:55">
+      <x:c r="A24" s="2" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B24" s="3" t="n">
+        <x:v>27592</x:v>
+      </x:c>
+      <x:c r="C24" s="3" t="n">
+        <x:v>29111</x:v>
+      </x:c>
+      <x:c r="D24" s="3" t="n">
+        <x:v>30193</x:v>
+      </x:c>
+      <x:c r="E24" s="3" t="n">
+        <x:v>32593</x:v>
+      </x:c>
+      <x:c r="F24" s="3" t="n">
+        <x:v>34809</x:v>
+      </x:c>
+      <x:c r="G24" s="3" t="n">
+        <x:v>35207</x:v>
+      </x:c>
+      <x:c r="H24" s="3" t="n">
+        <x:v>33471</x:v>
+      </x:c>
+      <x:c r="I24" s="3" t="n">
+        <x:v>34362</x:v>
+      </x:c>
+      <x:c r="J24" s="3" t="n">
+        <x:v>35086</x:v>
+      </x:c>
+      <x:c r="K24" s="3" t="n">
+        <x:v>33808</x:v>
+      </x:c>
+      <x:c r="L24" s="3" t="n">
+        <x:v>33777</x:v>
+      </x:c>
+      <x:c r="M24" s="3" t="n">
+        <x:v>34376</x:v>
+      </x:c>
+      <x:c r="N24" s="3" t="n">
+        <x:v>33889</x:v>
+      </x:c>
+      <x:c r="O24" s="3" t="n">
+        <x:v>32735</x:v>
+      </x:c>
+      <x:c r="P24" s="3" t="n">
+        <x:v>34919</x:v>
+      </x:c>
+      <x:c r="Q24" s="3" t="n">
+        <x:v>39030</x:v>
+      </x:c>
+      <x:c r="R24" s="3" t="n">
+        <x:v>41182</x:v>
+      </x:c>
+      <x:c r="S24" s="3" t="n">
+        <x:v>40427</x:v>
+      </x:c>
+      <x:c r="T24" s="3" t="n">
+        <x:v>36890</x:v>
+      </x:c>
+      <x:c r="U24" s="3" t="n">
+        <x:v>35180</x:v>
+      </x:c>
+      <x:c r="V24" s="3" t="n">
+        <x:v>35165</x:v>
+      </x:c>
+      <x:c r="W24" s="3" t="n">
+        <x:v>34142</x:v>
+      </x:c>
+      <x:c r="X24" s="3" t="n">
+        <x:v>33621</x:v>
+      </x:c>
+      <x:c r="Y24" s="3" t="n">
+        <x:v>33136</x:v>
+      </x:c>
+      <x:c r="Z24" s="3" t="n">
+        <x:v>36514</x:v>
+      </x:c>
+      <x:c r="AA24" s="3" t="n">
+        <x:v>40620</x:v>
+      </x:c>
+      <x:c r="AB24" s="3" t="n">
+        <x:v>41979</x:v>
+      </x:c>
+      <x:c r="AC24" s="3" t="n">
+        <x:v>44825</x:v>
+      </x:c>
+      <x:c r="AD24" s="3" t="n">
+        <x:v>47547</x:v>
+      </x:c>
+      <x:c r="AE24" s="3" t="n">
+        <x:v>47623</x:v>
+      </x:c>
+      <x:c r="AF24" s="3" t="n">
+        <x:v>45754</x:v>
+      </x:c>
+      <x:c r="AG24" s="3" t="n">
+        <x:v>46532</x:v>
+      </x:c>
+      <x:c r="AH24" s="3" t="n">
+        <x:v>45592</x:v>
+      </x:c>
+      <x:c r="AI24" s="3" t="n">
+        <x:v>45461</x:v>
+      </x:c>
+      <x:c r="AJ24" s="3" t="n">
+        <x:v>45143</x:v>
+      </x:c>
+      <x:c r="AK24" s="3" t="n">
+        <x:v>47954</x:v>
+      </x:c>
+      <x:c r="AL24" s="3" t="n">
+        <x:v>52543</x:v>
+      </x:c>
+      <x:c r="AM24" s="3" t="n">
+        <x:v>62828</x:v>
+      </x:c>
+      <x:c r="AN24" s="3" t="n">
+        <x:v>68058</x:v>
+      </x:c>
+      <x:c r="AO24" s="3" t="n">
+        <x:v>68213</x:v>
+      </x:c>
+      <x:c r="AP24" s="3" t="n">
+        <x:v>64702</x:v>
+      </x:c>
+      <x:c r="AQ24" s="3" t="n">
+        <x:v>67330</x:v>
+      </x:c>
+      <x:c r="AR24" s="3" t="n">
+        <x:v>69853</x:v>
+      </x:c>
+      <x:c r="AS24" s="3" t="n">
+        <x:v>72122</x:v>
+      </x:c>
+      <x:c r="AT24" s="3" t="n">
+        <x:v>77303</x:v>
+      </x:c>
+      <x:c r="AU24" s="3" t="n">
+        <x:v>69668</x:v>
+      </x:c>
+      <x:c r="AV24" s="3" t="n">
+        <x:v>58812</x:v>
+      </x:c>
+      <x:c r="AW24" s="3" t="n">
+        <x:v>58392</x:v>
+      </x:c>
+      <x:c r="AX24" s="3" t="n">
+        <x:v>61577</x:v>
+      </x:c>
+      <x:c r="AY24" s="3" t="n">
+        <x:v>64548</x:v>
+      </x:c>
+      <x:c r="AZ24" s="3" t="n">
+        <x:v>65788</x:v>
+      </x:c>
+      <x:c r="BA24" s="3" t="n">
+        <x:v>70913</x:v>
+      </x:c>
+      <x:c r="BB24" s="3" t="n">
+        <x:v>73609</x:v>
+      </x:c>
+      <x:c r="BC24" s="3" t="n">
+        <x:v>74645</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:56">
-[...166 lines deleted...]
-        <x:v>4122</x:v>
+    <x:row r="25" spans="1:55">
+      <x:c r="A25" s="2" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B25" s="3" t="n">
+        <x:v>11545</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="n">
+        <x:v>11735</x:v>
+      </x:c>
+      <x:c r="D25" s="3" t="n">
+        <x:v>12831</x:v>
+      </x:c>
+      <x:c r="E25" s="3" t="n">
+        <x:v>14409</x:v>
+      </x:c>
+      <x:c r="F25" s="3" t="n">
+        <x:v>17209</x:v>
+      </x:c>
+      <x:c r="G25" s="3" t="n">
+        <x:v>22130</x:v>
+      </x:c>
+      <x:c r="H25" s="3" t="n">
+        <x:v>21964</x:v>
+      </x:c>
+      <x:c r="I25" s="3" t="n">
+        <x:v>20780</x:v>
+      </x:c>
+      <x:c r="J25" s="3" t="n">
+        <x:v>17772</x:v>
+      </x:c>
+      <x:c r="K25" s="3" t="n">
+        <x:v>17979</x:v>
+      </x:c>
+      <x:c r="L25" s="3" t="n">
+        <x:v>19872</x:v>
+      </x:c>
+      <x:c r="M25" s="3" t="n">
+        <x:v>20023</x:v>
+      </x:c>
+      <x:c r="N25" s="3" t="n">
+        <x:v>21525</x:v>
+      </x:c>
+      <x:c r="O25" s="3" t="n">
+        <x:v>17153</x:v>
+      </x:c>
+      <x:c r="P25" s="3" t="n">
+        <x:v>18537</x:v>
+      </x:c>
+      <x:c r="Q25" s="3" t="n">
+        <x:v>19980</x:v>
+      </x:c>
+      <x:c r="R25" s="3" t="n">
+        <x:v>18044</x:v>
+      </x:c>
+      <x:c r="S25" s="3" t="n">
+        <x:v>18224</x:v>
+      </x:c>
+      <x:c r="T25" s="3" t="n">
+        <x:v>16149</x:v>
+      </x:c>
+      <x:c r="U25" s="3" t="n">
+        <x:v>15028</x:v>
+      </x:c>
+      <x:c r="V25" s="3" t="n">
+        <x:v>15795</x:v>
+      </x:c>
+      <x:c r="W25" s="3" t="n">
+        <x:v>16271</x:v>
+      </x:c>
+      <x:c r="X25" s="3" t="n">
+        <x:v>16283</x:v>
+      </x:c>
+      <x:c r="Y25" s="3" t="n">
+        <x:v>18020</x:v>
+      </x:c>
+      <x:c r="Z25" s="3" t="n">
+        <x:v>16731</x:v>
+      </x:c>
+      <x:c r="AA25" s="3" t="n">
+        <x:v>17795</x:v>
+      </x:c>
+      <x:c r="AB25" s="3" t="n">
+        <x:v>18423</x:v>
+      </x:c>
+      <x:c r="AC25" s="3" t="n">
+        <x:v>22007</x:v>
+      </x:c>
+      <x:c r="AD25" s="3" t="n">
+        <x:v>24900</x:v>
+      </x:c>
+      <x:c r="AE25" s="3" t="n">
+        <x:v>23513</x:v>
+      </x:c>
+      <x:c r="AF25" s="3" t="n">
+        <x:v>20720</x:v>
+      </x:c>
+      <x:c r="AG25" s="3" t="n">
+        <x:v>20782</x:v>
+      </x:c>
+      <x:c r="AH25" s="3" t="n">
+        <x:v>23649</x:v>
+      </x:c>
+      <x:c r="AI25" s="3" t="n">
+        <x:v>21154</x:v>
+      </x:c>
+      <x:c r="AJ25" s="3" t="n">
+        <x:v>21456</x:v>
+      </x:c>
+      <x:c r="AK25" s="3" t="n">
+        <x:v>23775</x:v>
+      </x:c>
+      <x:c r="AL25" s="3" t="n">
+        <x:v>26494</x:v>
+      </x:c>
+      <x:c r="AM25" s="3" t="n">
+        <x:v>25218</x:v>
+      </x:c>
+      <x:c r="AN25" s="3" t="n">
+        <x:v>25387</x:v>
+      </x:c>
+      <x:c r="AO25" s="3" t="n">
+        <x:v>20683</x:v>
+      </x:c>
+      <x:c r="AP25" s="3" t="n">
+        <x:v>20018</x:v>
+      </x:c>
+      <x:c r="AQ25" s="3" t="n">
+        <x:v>20136</x:v>
+      </x:c>
+      <x:c r="AR25" s="3" t="n">
+        <x:v>20924</x:v>
+      </x:c>
+      <x:c r="AS25" s="3" t="n">
+        <x:v>23456</x:v>
+      </x:c>
+      <x:c r="AT25" s="3" t="n">
+        <x:v>24221</x:v>
+      </x:c>
+      <x:c r="AU25" s="3" t="n">
+        <x:v>20156</x:v>
+      </x:c>
+      <x:c r="AV25" s="3" t="n">
+        <x:v>18424</x:v>
+      </x:c>
+      <x:c r="AW25" s="3" t="n">
+        <x:v>17377</x:v>
+      </x:c>
+      <x:c r="AX25" s="3" t="n">
+        <x:v>16628</x:v>
+      </x:c>
+      <x:c r="AY25" s="3" t="n">
+        <x:v>20129</x:v>
+      </x:c>
+      <x:c r="AZ25" s="3" t="n">
+        <x:v>17199</x:v>
+      </x:c>
+      <x:c r="BA25" s="3" t="n">
+        <x:v>18591</x:v>
+      </x:c>
+      <x:c r="BB25" s="3" t="n">
+        <x:v>20906</x:v>
+      </x:c>
+      <x:c r="BC25" s="3" t="n">
+        <x:v>25934</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:56">
-[...166 lines deleted...]
-        <x:v>16709</x:v>
+    <x:row r="26" spans="1:55">
+      <x:c r="A26" s="2" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B26" s="3" t="n">
+        <x:v>8086</x:v>
+      </x:c>
+      <x:c r="C26" s="3" t="n">
+        <x:v>8663</x:v>
+      </x:c>
+      <x:c r="D26" s="3" t="n">
+        <x:v>9358</x:v>
+      </x:c>
+      <x:c r="E26" s="3" t="n">
+        <x:v>9668</x:v>
+      </x:c>
+      <x:c r="F26" s="3" t="n">
+        <x:v>10076</x:v>
+      </x:c>
+      <x:c r="G26" s="3" t="n">
+        <x:v>9697</x:v>
+      </x:c>
+      <x:c r="H26" s="3" t="n">
+        <x:v>9743</x:v>
+      </x:c>
+      <x:c r="I26" s="3" t="n">
+        <x:v>10419</x:v>
+      </x:c>
+      <x:c r="J26" s="3" t="n">
+        <x:v>10118</x:v>
+      </x:c>
+      <x:c r="K26" s="3" t="n">
+        <x:v>9951</x:v>
+      </x:c>
+      <x:c r="L26" s="3" t="n">
+        <x:v>9396</x:v>
+      </x:c>
+      <x:c r="M26" s="3" t="n">
+        <x:v>9623</x:v>
+      </x:c>
+      <x:c r="N26" s="3" t="n">
+        <x:v>8868</x:v>
+      </x:c>
+      <x:c r="O26" s="3" t="n">
+        <x:v>8785</x:v>
+      </x:c>
+      <x:c r="P26" s="3" t="n">
+        <x:v>8984</x:v>
+      </x:c>
+      <x:c r="Q26" s="3" t="n">
+        <x:v>9684</x:v>
+      </x:c>
+      <x:c r="R26" s="3" t="n">
+        <x:v>9943</x:v>
+      </x:c>
+      <x:c r="S26" s="3" t="n">
+        <x:v>9277</x:v>
+      </x:c>
+      <x:c r="T26" s="3" t="n">
+        <x:v>8530</x:v>
+      </x:c>
+      <x:c r="U26" s="3" t="n">
+        <x:v>7991</x:v>
+      </x:c>
+      <x:c r="V26" s="3" t="n">
+        <x:v>7854</x:v>
+      </x:c>
+      <x:c r="W26" s="3" t="n">
+        <x:v>7432</x:v>
+      </x:c>
+      <x:c r="X26" s="3" t="n">
+        <x:v>7327</x:v>
+      </x:c>
+      <x:c r="Y26" s="3" t="n">
+        <x:v>7005</x:v>
+      </x:c>
+      <x:c r="Z26" s="3" t="n">
+        <x:v>7855</x:v>
+      </x:c>
+      <x:c r="AA26" s="3" t="n">
+        <x:v>7787</x:v>
+      </x:c>
+      <x:c r="AB26" s="3" t="n">
+        <x:v>7980</x:v>
+      </x:c>
+      <x:c r="AC26" s="3" t="n">
+        <x:v>9094</x:v>
+      </x:c>
+      <x:c r="AD26" s="3" t="n">
+        <x:v>9465</x:v>
+      </x:c>
+      <x:c r="AE26" s="3" t="n">
+        <x:v>9117</x:v>
+      </x:c>
+      <x:c r="AF26" s="3" t="n">
+        <x:v>9627</x:v>
+      </x:c>
+      <x:c r="AG26" s="3" t="n">
+        <x:v>9055</x:v>
+      </x:c>
+      <x:c r="AH26" s="3" t="n">
+        <x:v>8958</x:v>
+      </x:c>
+      <x:c r="AI26" s="3" t="n">
+        <x:v>9585</x:v>
+      </x:c>
+      <x:c r="AJ26" s="3" t="n">
+        <x:v>10266</x:v>
+      </x:c>
+      <x:c r="AK26" s="3" t="n">
+        <x:v>10265</x:v>
+      </x:c>
+      <x:c r="AL26" s="3" t="n">
+        <x:v>10037</x:v>
+      </x:c>
+      <x:c r="AM26" s="3" t="n">
+        <x:v>10464</x:v>
+      </x:c>
+      <x:c r="AN26" s="3" t="n">
+        <x:v>8876</x:v>
+      </x:c>
+      <x:c r="AO26" s="3" t="n">
+        <x:v>7120</x:v>
+      </x:c>
+      <x:c r="AP26" s="3" t="n">
+        <x:v>7030</x:v>
+      </x:c>
+      <x:c r="AQ26" s="3" t="n">
+        <x:v>6765</x:v>
+      </x:c>
+      <x:c r="AR26" s="3" t="n">
+        <x:v>6694</x:v>
+      </x:c>
+      <x:c r="AS26" s="3" t="n">
+        <x:v>6729</x:v>
+      </x:c>
+      <x:c r="AT26" s="3" t="n">
+        <x:v>6303</x:v>
+      </x:c>
+      <x:c r="AU26" s="3" t="n">
+        <x:v>6043</x:v>
+      </x:c>
+      <x:c r="AV26" s="3" t="n">
+        <x:v>6936</x:v>
+      </x:c>
+      <x:c r="AW26" s="3" t="n">
+        <x:v>6813</x:v>
+      </x:c>
+      <x:c r="AX26" s="3" t="n">
+        <x:v>6719</x:v>
+      </x:c>
+      <x:c r="AY26" s="3" t="n">
+        <x:v>6880</x:v>
+      </x:c>
+      <x:c r="AZ26" s="3" t="n">
+        <x:v>6466</x:v>
+      </x:c>
+      <x:c r="BA26" s="3" t="n">
+        <x:v>7836</x:v>
+      </x:c>
+      <x:c r="BB26" s="3" t="n">
+        <x:v>9329</x:v>
+      </x:c>
+      <x:c r="BC26" s="3" t="n">
+        <x:v>8485</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:56">
-[...166 lines deleted...]
-        <x:v>6966</x:v>
+    <x:row r="27" spans="1:55">
+      <x:c r="A27" s="2" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="B27" s="3" t="n">
+        <x:v>16269</x:v>
+      </x:c>
+      <x:c r="C27" s="3" t="n">
+        <x:v>16269</x:v>
+      </x:c>
+      <x:c r="D27" s="3" t="n">
+        <x:v>16905</x:v>
+      </x:c>
+      <x:c r="E27" s="3" t="n">
+        <x:v>17319</x:v>
+      </x:c>
+      <x:c r="F27" s="3" t="n">
+        <x:v>17342</x:v>
+      </x:c>
+      <x:c r="G27" s="3" t="n">
+        <x:v>18530</x:v>
+      </x:c>
+      <x:c r="H27" s="3" t="n">
+        <x:v>16814</x:v>
+      </x:c>
+      <x:c r="I27" s="3" t="n">
+        <x:v>18063</x:v>
+      </x:c>
+      <x:c r="J27" s="3" t="n">
+        <x:v>16150</x:v>
+      </x:c>
+      <x:c r="K27" s="3" t="n">
+        <x:v>17308</x:v>
+      </x:c>
+      <x:c r="L27" s="3" t="n">
+        <x:v>15998</x:v>
+      </x:c>
+      <x:c r="M27" s="3" t="n">
+        <x:v>15395</x:v>
+      </x:c>
+      <x:c r="N27" s="3" t="n">
+        <x:v>15627</x:v>
+      </x:c>
+      <x:c r="O27" s="3" t="n">
+        <x:v>15484</x:v>
+      </x:c>
+      <x:c r="P27" s="3" t="n">
+        <x:v>15210</x:v>
+      </x:c>
+      <x:c r="Q27" s="3" t="n">
+        <x:v>15832</x:v>
+      </x:c>
+      <x:c r="R27" s="3" t="n">
+        <x:v>15294</x:v>
+      </x:c>
+      <x:c r="S27" s="3" t="n">
+        <x:v>14356</x:v>
+      </x:c>
+      <x:c r="T27" s="3" t="n">
+        <x:v>13825</x:v>
+      </x:c>
+      <x:c r="U27" s="3" t="n">
+        <x:v>14256</x:v>
+      </x:c>
+      <x:c r="V27" s="3" t="n">
+        <x:v>13148</x:v>
+      </x:c>
+      <x:c r="W27" s="3" t="n">
+        <x:v>12680</x:v>
+      </x:c>
+      <x:c r="X27" s="3" t="n">
+        <x:v>12931</x:v>
+      </x:c>
+      <x:c r="Y27" s="3" t="n">
+        <x:v>13661</x:v>
+      </x:c>
+      <x:c r="Z27" s="3" t="n">
+        <x:v>12404</x:v>
+      </x:c>
+      <x:c r="AA27" s="3" t="n">
+        <x:v>12367</x:v>
+      </x:c>
+      <x:c r="AB27" s="3" t="n">
+        <x:v>12465</x:v>
+      </x:c>
+      <x:c r="AC27" s="3" t="n">
+        <x:v>13372</x:v>
+      </x:c>
+      <x:c r="AD27" s="3" t="n">
+        <x:v>11350</x:v>
+      </x:c>
+      <x:c r="AE27" s="3" t="n">
+        <x:v>10890</x:v>
+      </x:c>
+      <x:c r="AF27" s="3" t="n">
+        <x:v>9390</x:v>
+      </x:c>
+      <x:c r="AG27" s="3" t="n">
+        <x:v>9711</x:v>
+      </x:c>
+      <x:c r="AH27" s="3" t="n">
+        <x:v>10114</x:v>
+      </x:c>
+      <x:c r="AI27" s="3" t="n">
+        <x:v>9215</x:v>
+      </x:c>
+      <x:c r="AJ27" s="3" t="n">
+        <x:v>9783</x:v>
+      </x:c>
+      <x:c r="AK27" s="3" t="n">
+        <x:v>10816</x:v>
+      </x:c>
+      <x:c r="AL27" s="3" t="n">
+        <x:v>14711</x:v>
+      </x:c>
+      <x:c r="AM27" s="3" t="n">
+        <x:v>14630</x:v>
+      </x:c>
+      <x:c r="AN27" s="3" t="n">
+        <x:v>13934</x:v>
+      </x:c>
+      <x:c r="AO27" s="3" t="n">
+        <x:v>14508</x:v>
+      </x:c>
+      <x:c r="AP27" s="3" t="n">
+        <x:v>15116</x:v>
+      </x:c>
+      <x:c r="AQ27" s="3" t="n">
+        <x:v>14686</x:v>
+      </x:c>
+      <x:c r="AR27" s="3" t="n">
+        <x:v>16316</x:v>
+      </x:c>
+      <x:c r="AS27" s="3" t="n">
+        <x:v>18322</x:v>
+      </x:c>
+      <x:c r="AT27" s="3" t="n">
+        <x:v>18441</x:v>
+      </x:c>
+      <x:c r="AU27" s="3" t="n">
+        <x:v>17960</x:v>
+      </x:c>
+      <x:c r="AV27" s="3" t="n">
+        <x:v>16770</x:v>
+      </x:c>
+      <x:c r="AW27" s="3" t="n">
+        <x:v>16928</x:v>
+      </x:c>
+      <x:c r="AX27" s="3" t="n">
+        <x:v>16178</x:v>
+      </x:c>
+      <x:c r="AY27" s="3" t="n">
+        <x:v>16567</x:v>
+      </x:c>
+      <x:c r="AZ27" s="3" t="n">
+        <x:v>17314</x:v>
+      </x:c>
+      <x:c r="BA27" s="3" t="n">
+        <x:v>18373</x:v>
+      </x:c>
+      <x:c r="BB27" s="3" t="n">
+        <x:v>20853</x:v>
+      </x:c>
+      <x:c r="BC27" s="3" t="n">
+        <x:v>25780</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:56">
-[...166 lines deleted...]
-        <x:v>11305</x:v>
+    <x:row r="28" spans="1:55">
+      <x:c r="A28" s="2" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="B28" s="3" t="n">
+        <x:v>35932</x:v>
+      </x:c>
+      <x:c r="C28" s="3" t="n">
+        <x:v>38324</x:v>
+      </x:c>
+      <x:c r="D28" s="3" t="n">
+        <x:v>41337</x:v>
+      </x:c>
+      <x:c r="E28" s="3" t="n">
+        <x:v>45404</x:v>
+      </x:c>
+      <x:c r="F28" s="3" t="n">
+        <x:v>49642</x:v>
+      </x:c>
+      <x:c r="G28" s="3" t="n">
+        <x:v>50802</x:v>
+      </x:c>
+      <x:c r="H28" s="3" t="n">
+        <x:v>55550</x:v>
+      </x:c>
+      <x:c r="I28" s="3" t="n">
+        <x:v>56406</x:v>
+      </x:c>
+      <x:c r="J28" s="3" t="n">
+        <x:v>64242</x:v>
+      </x:c>
+      <x:c r="K28" s="3" t="n">
+        <x:v>68013</x:v>
+      </x:c>
+      <x:c r="L28" s="3" t="n">
+        <x:v>68486</x:v>
+      </x:c>
+      <x:c r="M28" s="3" t="n">
+        <x:v>73777</x:v>
+      </x:c>
+      <x:c r="N28" s="3" t="n">
+        <x:v>74057</x:v>
+      </x:c>
+      <x:c r="O28" s="3" t="n">
+        <x:v>79087</x:v>
+      </x:c>
+      <x:c r="P28" s="3" t="n">
+        <x:v>79372</x:v>
+      </x:c>
+      <x:c r="Q28" s="3" t="n">
+        <x:v>78551</x:v>
+      </x:c>
+      <x:c r="R28" s="3" t="n">
+        <x:v>74928</x:v>
+      </x:c>
+      <x:c r="S28" s="3" t="n">
+        <x:v>75629</x:v>
+      </x:c>
+      <x:c r="T28" s="3" t="n">
+        <x:v>78601</x:v>
+      </x:c>
+      <x:c r="U28" s="3" t="n">
+        <x:v>81978</x:v>
+      </x:c>
+      <x:c r="V28" s="3" t="n">
+        <x:v>82962</x:v>
+      </x:c>
+      <x:c r="W28" s="3" t="n">
+        <x:v>82153</x:v>
+      </x:c>
+      <x:c r="X28" s="3" t="n">
+        <x:v>86793</x:v>
+      </x:c>
+      <x:c r="Y28" s="3" t="n">
+        <x:v>86066</x:v>
+      </x:c>
+      <x:c r="Z28" s="3" t="n">
+        <x:v>82024</x:v>
+      </x:c>
+      <x:c r="AA28" s="3" t="n">
+        <x:v>91229</x:v>
+      </x:c>
+      <x:c r="AB28" s="3" t="n">
+        <x:v>79843</x:v>
+      </x:c>
+      <x:c r="AC28" s="3" t="n">
+        <x:v>86052</x:v>
+      </x:c>
+      <x:c r="AD28" s="3" t="n">
+        <x:v>90257</x:v>
+      </x:c>
+      <x:c r="AE28" s="3" t="n">
+        <x:v>89592</x:v>
+      </x:c>
+      <x:c r="AF28" s="3" t="n">
+        <x:v>100130</x:v>
+      </x:c>
+      <x:c r="AG28" s="3" t="n">
+        <x:v>104682</x:v>
+      </x:c>
+      <x:c r="AH28" s="3" t="n">
+        <x:v>102861</x:v>
+      </x:c>
+      <x:c r="AI28" s="3" t="n">
+        <x:v>83618</x:v>
+      </x:c>
+      <x:c r="AJ28" s="3" t="n">
+        <x:v>94213</x:v>
+      </x:c>
+      <x:c r="AK28" s="3" t="n">
+        <x:v>116475</x:v>
+      </x:c>
+      <x:c r="AL28" s="3" t="n">
+        <x:v>110189</x:v>
+      </x:c>
+      <x:c r="AM28" s="3" t="n">
+        <x:v>109763</x:v>
+      </x:c>
+      <x:c r="AN28" s="3" t="n">
+        <x:v>105558</x:v>
+      </x:c>
+      <x:c r="AO28" s="3" t="n">
+        <x:v>98696</x:v>
+      </x:c>
+      <x:c r="AP28" s="3" t="n">
+        <x:v>96094</x:v>
+      </x:c>
+      <x:c r="AQ28" s="3" t="n">
+        <x:v>96946</x:v>
+      </x:c>
+      <x:c r="AR28" s="3" t="n">
+        <x:v>113892</x:v>
+      </x:c>
+      <x:c r="AS28" s="3" t="n">
+        <x:v>111290</x:v>
+      </x:c>
+      <x:c r="AT28" s="3" t="n">
+        <x:v>119425</x:v>
+      </x:c>
+      <x:c r="AU28" s="3" t="n">
+        <x:v>123206</x:v>
+      </x:c>
+      <x:c r="AV28" s="3" t="n">
+        <x:v>124362</x:v>
+      </x:c>
+      <x:c r="AW28" s="3" t="n">
+        <x:v>125695</x:v>
+      </x:c>
+      <x:c r="AX28" s="3" t="n">
+        <x:v>127481</x:v>
+      </x:c>
+      <x:c r="AY28" s="3" t="n">
+        <x:v>117823</x:v>
+      </x:c>
+      <x:c r="AZ28" s="3" t="n">
+        <x:v>124196</x:v>
+      </x:c>
+      <x:c r="BA28" s="3" t="n">
+        <x:v>135511</x:v>
+      </x:c>
+      <x:c r="BB28" s="3" t="n">
+        <x:v>127964</x:v>
+      </x:c>
+      <x:c r="BC28" s="3" t="n">
+        <x:v>130911</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:56">
-[...166 lines deleted...]
-        <x:v>11023</x:v>
+    <x:row r="29" spans="1:55">
+      <x:c r="A29" s="2" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="B29" s="3" t="n">
+        <x:v>7419</x:v>
+      </x:c>
+      <x:c r="C29" s="3" t="n">
+        <x:v>7710</x:v>
+      </x:c>
+      <x:c r="D29" s="3" t="n">
+        <x:v>6200</x:v>
+      </x:c>
+      <x:c r="E29" s="3" t="n">
+        <x:v>8227</x:v>
+      </x:c>
+      <x:c r="F29" s="3" t="n">
+        <x:v>8948</x:v>
+      </x:c>
+      <x:c r="G29" s="3" t="n">
+        <x:v>10978</x:v>
+      </x:c>
+      <x:c r="H29" s="3" t="n">
+        <x:v>13602</x:v>
+      </x:c>
+      <x:c r="I29" s="3" t="n">
+        <x:v>16361</x:v>
+      </x:c>
+      <x:c r="J29" s="3" t="n">
+        <x:v>16398</x:v>
+      </x:c>
+      <x:c r="K29" s="3" t="n">
+        <x:v>15840</x:v>
+      </x:c>
+      <x:c r="L29" s="3" t="n">
+        <x:v>14533</x:v>
+      </x:c>
+      <x:c r="M29" s="3" t="n">
+        <x:v>16668</x:v>
+      </x:c>
+      <x:c r="N29" s="3" t="n">
+        <x:v>17313</x:v>
+      </x:c>
+      <x:c r="O29" s="3" t="n">
+        <x:v>18721</x:v>
+      </x:c>
+      <x:c r="P29" s="3" t="n">
+        <x:v>19957</x:v>
+      </x:c>
+      <x:c r="Q29" s="3" t="n">
+        <x:v>21218</x:v>
+      </x:c>
+      <x:c r="R29" s="3" t="n">
+        <x:v>21335</x:v>
+      </x:c>
+      <x:c r="S29" s="3" t="n">
+        <x:v>22123</x:v>
+      </x:c>
+      <x:c r="T29" s="3" t="n">
+        <x:v>23690</x:v>
+      </x:c>
+      <x:c r="U29" s="3" t="n">
+        <x:v>27121</x:v>
+      </x:c>
+      <x:c r="V29" s="3" t="n">
+        <x:v>26307</x:v>
+      </x:c>
+      <x:c r="W29" s="3" t="n">
+        <x:v>25627</x:v>
+      </x:c>
+      <x:c r="X29" s="3" t="n">
+        <x:v>24693</x:v>
+      </x:c>
+      <x:c r="Y29" s="3" t="n">
+        <x:v>23242</x:v>
+      </x:c>
+      <x:c r="Z29" s="3" t="n">
+        <x:v>23453</x:v>
+      </x:c>
+      <x:c r="AA29" s="3" t="n">
+        <x:v>22915</x:v>
+      </x:c>
+      <x:c r="AB29" s="3" t="n">
+        <x:v>23282</x:v>
+      </x:c>
+      <x:c r="AC29" s="3" t="n">
+        <x:v>24438</x:v>
+      </x:c>
+      <x:c r="AD29" s="3" t="n">
+        <x:v>24902</x:v>
+      </x:c>
+      <x:c r="AE29" s="3" t="n">
+        <x:v>24340</x:v>
+      </x:c>
+      <x:c r="AF29" s="3" t="n">
+        <x:v>24784</x:v>
+      </x:c>
+      <x:c r="AG29" s="3" t="n">
+        <x:v>25563</x:v>
+      </x:c>
+      <x:c r="AH29" s="3" t="n">
+        <x:v>25400</x:v>
+      </x:c>
+      <x:c r="AI29" s="3" t="n">
+        <x:v>25338</x:v>
+      </x:c>
+      <x:c r="AJ29" s="3" t="n">
+        <x:v>23863</x:v>
+      </x:c>
+      <x:c r="AK29" s="3" t="n">
+        <x:v>25191</x:v>
+      </x:c>
+      <x:c r="AL29" s="3" t="n">
+        <x:v>25840</x:v>
+      </x:c>
+      <x:c r="AM29" s="3" t="n">
+        <x:v>20502</x:v>
+      </x:c>
+      <x:c r="AN29" s="3" t="n">
+        <x:v>21652</x:v>
+      </x:c>
+      <x:c r="AO29" s="3" t="n">
+        <x:v>20635</x:v>
+      </x:c>
+      <x:c r="AP29" s="3" t="n">
+        <x:v>20554</x:v>
+      </x:c>
+      <x:c r="AQ29" s="3" t="n">
+        <x:v>20067</x:v>
+      </x:c>
+      <x:c r="AR29" s="3" t="n">
+        <x:v>20912</x:v>
+      </x:c>
+      <x:c r="AS29" s="3" t="n">
+        <x:v>20735</x:v>
+      </x:c>
+      <x:c r="AT29" s="3" t="n">
+        <x:v>21486</x:v>
+      </x:c>
+      <x:c r="AU29" s="3" t="n">
+        <x:v>21974</x:v>
+      </x:c>
+      <x:c r="AV29" s="3" t="n">
+        <x:v>22041</x:v>
+      </x:c>
+      <x:c r="AW29" s="3" t="n">
+        <x:v>23436</x:v>
+      </x:c>
+      <x:c r="AX29" s="3" t="n">
+        <x:v>22529</x:v>
+      </x:c>
+      <x:c r="AY29" s="3" t="n">
+        <x:v>23308</x:v>
+      </x:c>
+      <x:c r="AZ29" s="3" t="n">
+        <x:v>24438</x:v>
+      </x:c>
+      <x:c r="BA29" s="3" t="n">
+        <x:v>27888</x:v>
+      </x:c>
+      <x:c r="BB29" s="3" t="n">
+        <x:v>30674</x:v>
+      </x:c>
+      <x:c r="BC29" s="3" t="n">
+        <x:v>31465</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:56">
-[...166 lines deleted...]
-        <x:v>71007</x:v>
+    <x:row r="30" spans="1:55">
+      <x:c r="A30" s="2" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B30" s="3" t="n">
+        <x:v>86516</x:v>
+      </x:c>
+      <x:c r="C30" s="3" t="n">
+        <x:v>93367</x:v>
+      </x:c>
+      <x:c r="D30" s="3" t="n">
+        <x:v>94535</x:v>
+      </x:c>
+      <x:c r="E30" s="3" t="n">
+        <x:v>93071</x:v>
+      </x:c>
+      <x:c r="F30" s="3" t="n">
+        <x:v>96066</x:v>
+      </x:c>
+      <x:c r="G30" s="3" t="n">
+        <x:v>103800</x:v>
+      </x:c>
+      <x:c r="H30" s="3" t="n">
+        <x:v>105709</x:v>
+      </x:c>
+      <x:c r="I30" s="3" t="n">
+        <x:v>109318</x:v>
+      </x:c>
+      <x:c r="J30" s="3" t="n">
+        <x:v>121414</x:v>
+      </x:c>
+      <x:c r="K30" s="3" t="n">
+        <x:v>109198</x:v>
+      </x:c>
+      <x:c r="L30" s="3" t="n">
+        <x:v>112591</x:v>
+      </x:c>
+      <x:c r="M30" s="3" t="n">
+        <x:v>108718</x:v>
+      </x:c>
+      <x:c r="N30" s="3" t="n">
+        <x:v>112138</x:v>
+      </x:c>
+      <x:c r="O30" s="3" t="n">
+        <x:v>116183</x:v>
+      </x:c>
+      <x:c r="P30" s="3" t="n">
+        <x:v>118086</x:v>
+      </x:c>
+      <x:c r="Q30" s="3" t="n">
+        <x:v>124038</x:v>
+      </x:c>
+      <x:c r="R30" s="3" t="n">
+        <x:v>134279</x:v>
+      </x:c>
+      <x:c r="S30" s="3" t="n">
+        <x:v>139805</x:v>
+      </x:c>
+      <x:c r="T30" s="3" t="n">
+        <x:v>140383</x:v>
+      </x:c>
+      <x:c r="U30" s="3" t="n">
+        <x:v>137647</x:v>
+      </x:c>
+      <x:c r="V30" s="3" t="n">
+        <x:v>134430</x:v>
+      </x:c>
+      <x:c r="W30" s="3" t="n">
+        <x:v>120944</x:v>
+      </x:c>
+      <x:c r="X30" s="3" t="n">
+        <x:v>122111</x:v>
+      </x:c>
+      <x:c r="Y30" s="3" t="n">
+        <x:v>116382</x:v>
+      </x:c>
+      <x:c r="Z30" s="3" t="n">
+        <x:v>121337</x:v>
+      </x:c>
+      <x:c r="AA30" s="3" t="n">
+        <x:v>129162</x:v>
+      </x:c>
+      <x:c r="AB30" s="3" t="n">
+        <x:v>134897</x:v>
+      </x:c>
+      <x:c r="AC30" s="3" t="n">
+        <x:v>148972</x:v>
+      </x:c>
+      <x:c r="AD30" s="3" t="n">
+        <x:v>158849</x:v>
+      </x:c>
+      <x:c r="AE30" s="3" t="n">
+        <x:v>158776</x:v>
+      </x:c>
+      <x:c r="AF30" s="3" t="n">
+        <x:v>160080</x:v>
+      </x:c>
+      <x:c r="AG30" s="3" t="n">
+        <x:v>157443</x:v>
+      </x:c>
+      <x:c r="AH30" s="3" t="n">
+        <x:v>160067</x:v>
+      </x:c>
+      <x:c r="AI30" s="3" t="n">
+        <x:v>166230</x:v>
+      </x:c>
+      <x:c r="AJ30" s="3" t="n">
+        <x:v>171867</x:v>
+      </x:c>
+      <x:c r="AK30" s="3" t="n">
+        <x:v>179005</x:v>
+      </x:c>
+      <x:c r="AL30" s="3" t="n">
+        <x:v>192611</x:v>
+      </x:c>
+      <x:c r="AM30" s="3" t="n">
+        <x:v>212665</x:v>
+      </x:c>
+      <x:c r="AN30" s="3" t="n">
+        <x:v>215551</x:v>
+      </x:c>
+      <x:c r="AO30" s="3" t="n">
+        <x:v>199623</x:v>
+      </x:c>
+      <x:c r="AP30" s="3" t="n">
+        <x:v>194905</x:v>
+      </x:c>
+      <x:c r="AQ30" s="3" t="n">
+        <x:v>199751</x:v>
+      </x:c>
+      <x:c r="AR30" s="3" t="n">
+        <x:v>213591</x:v>
+      </x:c>
+      <x:c r="AS30" s="3" t="n">
+        <x:v>217232</x:v>
+      </x:c>
+      <x:c r="AT30" s="3" t="n">
+        <x:v>221003</x:v>
+      </x:c>
+      <x:c r="AU30" s="3" t="n">
+        <x:v>224803</x:v>
+      </x:c>
+      <x:c r="AV30" s="3" t="n">
+        <x:v>233256</x:v>
+      </x:c>
+      <x:c r="AW30" s="3" t="n">
+        <x:v>240693</x:v>
+      </x:c>
+      <x:c r="AX30" s="3" t="n">
+        <x:v>243827</x:v>
+      </x:c>
+      <x:c r="AY30" s="3" t="n">
+        <x:v>253186</x:v>
+      </x:c>
+      <x:c r="AZ30" s="3" t="n">
+        <x:v>244486</x:v>
+      </x:c>
+      <x:c r="BA30" s="3" t="n">
+        <x:v>250279</x:v>
+      </x:c>
+      <x:c r="BB30" s="3" t="n">
+        <x:v>258088</x:v>
+      </x:c>
+      <x:c r="BC30" s="3" t="n">
+        <x:v>250893</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:56">
-[...166 lines deleted...]
-        <x:v>26082</x:v>
+    <x:row r="31" spans="1:55">
+      <x:c r="A31" s="2" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B31" s="3" t="n">
+        <x:v>41700</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="n">
+        <x:v>46005</x:v>
+      </x:c>
+      <x:c r="D31" s="3" t="n">
+        <x:v>49866</x:v>
+      </x:c>
+      <x:c r="E31" s="3" t="n">
+        <x:v>51114</x:v>
+      </x:c>
+      <x:c r="F31" s="3" t="n">
+        <x:v>57225</x:v>
+      </x:c>
+      <x:c r="G31" s="3" t="n">
+        <x:v>61480</x:v>
+      </x:c>
+      <x:c r="H31" s="3" t="n">
+        <x:v>66461</x:v>
+      </x:c>
+      <x:c r="I31" s="3" t="n">
+        <x:v>70727</x:v>
+      </x:c>
+      <x:c r="J31" s="3" t="n">
+        <x:v>69591</x:v>
+      </x:c>
+      <x:c r="K31" s="3" t="n">
+        <x:v>75429</x:v>
+      </x:c>
+      <x:c r="L31" s="3" t="n">
+        <x:v>79898</x:v>
+      </x:c>
+      <x:c r="M31" s="3" t="n">
+        <x:v>81018</x:v>
+      </x:c>
+      <x:c r="N31" s="3" t="n">
+        <x:v>82905</x:v>
+      </x:c>
+      <x:c r="O31" s="3" t="n">
+        <x:v>84528</x:v>
+      </x:c>
+      <x:c r="P31" s="3" t="n">
+        <x:v>87690</x:v>
+      </x:c>
+      <x:c r="Q31" s="3" t="n">
+        <x:v>100243</x:v>
+      </x:c>
+      <x:c r="R31" s="3" t="n">
+        <x:v>107133</x:v>
+      </x:c>
+      <x:c r="S31" s="3" t="n">
+        <x:v>107839</x:v>
+      </x:c>
+      <x:c r="T31" s="3" t="n">
+        <x:v>102651</x:v>
+      </x:c>
+      <x:c r="U31" s="3" t="n">
+        <x:v>97922</x:v>
+      </x:c>
+      <x:c r="V31" s="3" t="n">
+        <x:v>98082</x:v>
+      </x:c>
+      <x:c r="W31" s="3" t="n">
+        <x:v>100287</x:v>
+      </x:c>
+      <x:c r="X31" s="3" t="n">
+        <x:v>103385</x:v>
+      </x:c>
+      <x:c r="Y31" s="3" t="n">
+        <x:v>105953</x:v>
+      </x:c>
+      <x:c r="Z31" s="3" t="n">
+        <x:v>115867</x:v>
+      </x:c>
+      <x:c r="AA31" s="3" t="n">
+        <x:v>122608</x:v>
+      </x:c>
+      <x:c r="AB31" s="3" t="n">
+        <x:v>134464</x:v>
+      </x:c>
+      <x:c r="AC31" s="3" t="n">
+        <x:v>142827</x:v>
+      </x:c>
+      <x:c r="AD31" s="3" t="n">
+        <x:v>155888</x:v>
+      </x:c>
+      <x:c r="AE31" s="3" t="n">
+        <x:v>155488</x:v>
+      </x:c>
+      <x:c r="AF31" s="3" t="n">
+        <x:v>168456</x:v>
+      </x:c>
+      <x:c r="AG31" s="3" t="n">
+        <x:v>176425</x:v>
+      </x:c>
+      <x:c r="AH31" s="3" t="n">
+        <x:v>178536</x:v>
+      </x:c>
+      <x:c r="AI31" s="3" t="n">
+        <x:v>188193</x:v>
+      </x:c>
+      <x:c r="AJ31" s="3" t="n">
+        <x:v>193997</x:v>
+      </x:c>
+      <x:c r="AK31" s="3" t="n">
+        <x:v>199083</x:v>
+      </x:c>
+      <x:c r="AL31" s="3" t="n">
+        <x:v>212524</x:v>
+      </x:c>
+      <x:c r="AM31" s="3" t="n">
+        <x:v>226373</x:v>
+      </x:c>
+      <x:c r="AN31" s="3" t="n">
+        <x:v>232633</x:v>
+      </x:c>
+      <x:c r="AO31" s="3" t="n">
+        <x:v>224523</x:v>
+      </x:c>
+      <x:c r="AP31" s="3" t="n">
+        <x:v>235716</x:v>
+      </x:c>
+      <x:c r="AQ31" s="3" t="n">
+        <x:v>240192</x:v>
+      </x:c>
+      <x:c r="AR31" s="3" t="n">
+        <x:v>251828</x:v>
+      </x:c>
+      <x:c r="AS31" s="3" t="n">
+        <x:v>254689</x:v>
+      </x:c>
+      <x:c r="AT31" s="3" t="n">
+        <x:v>267693</x:v>
+      </x:c>
+      <x:c r="AU31" s="3" t="n">
+        <x:v>277456</x:v>
+      </x:c>
+      <x:c r="AV31" s="3" t="n">
+        <x:v>285255</x:v>
+      </x:c>
+      <x:c r="AW31" s="3" t="n">
+        <x:v>291160</x:v>
+      </x:c>
+      <x:c r="AX31" s="3" t="n">
+        <x:v>298018</x:v>
+      </x:c>
+      <x:c r="AY31" s="3" t="n">
+        <x:v>306951</x:v>
+      </x:c>
+      <x:c r="AZ31" s="3" t="n">
+        <x:v>324288</x:v>
+      </x:c>
+      <x:c r="BA31" s="3" t="n">
+        <x:v>335556</x:v>
+      </x:c>
+      <x:c r="BB31" s="3" t="n">
+        <x:v>339660</x:v>
+      </x:c>
+      <x:c r="BC31" s="3" t="n">
+        <x:v>318519</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:56">
-[...850 lines deleted...]
-      <x:c r="A31" s="2" t="s">
+    <x:row r="32" spans="1:55">
+      <x:c r="A32" s="2" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...168 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G32" s="3" t="n">
-        <x:v>25</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H32" s="3" t="n">
-        <x:v>164</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I32" s="3" t="n">
-        <x:v>255</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J32" s="3" t="n">
-        <x:v>691</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="K32" s="3" t="n">
-        <x:v>1147</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="L32" s="3" t="n">
-        <x:v>1515</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="M32" s="3" t="n">
-        <x:v>1326</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="N32" s="3" t="n">
-        <x:v>1371</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="O32" s="3" t="n">
-        <x:v>1401</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="P32" s="3" t="n">
-        <x:v>1519</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="Q32" s="3" t="n">
-        <x:v>1780</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="R32" s="3" t="n">
-        <x:v>2947</x:v>
+        <x:v>2536</x:v>
       </x:c>
       <x:c r="S32" s="3" t="n">
-        <x:v>3341</x:v>
+        <x:v>2875</x:v>
       </x:c>
       <x:c r="T32" s="3" t="n">
-        <x:v>3742</x:v>
+        <x:v>3220</x:v>
       </x:c>
       <x:c r="U32" s="3" t="n">
-        <x:v>4135</x:v>
+        <x:v>3558</x:v>
       </x:c>
       <x:c r="V32" s="3" t="n">
-        <x:v>4399</x:v>
+        <x:v>3785</x:v>
       </x:c>
       <x:c r="W32" s="3" t="n">
-        <x:v>4893</x:v>
+        <x:v>4211</x:v>
       </x:c>
       <x:c r="X32" s="3" t="n">
-        <x:v>5504</x:v>
+        <x:v>4736</x:v>
       </x:c>
       <x:c r="Y32" s="3" t="n">
-        <x:v>5327</x:v>
+        <x:v>4584</x:v>
       </x:c>
       <x:c r="Z32" s="3" t="n">
-        <x:v>6243</x:v>
+        <x:v>5372</x:v>
       </x:c>
       <x:c r="AA32" s="3" t="n">
-        <x:v>7264</x:v>
+        <x:v>6250</x:v>
       </x:c>
       <x:c r="AB32" s="3" t="n">
-        <x:v>8863</x:v>
+        <x:v>7626</x:v>
       </x:c>
       <x:c r="AC32" s="3" t="n">
-        <x:v>10377</x:v>
+        <x:v>8929</x:v>
       </x:c>
       <x:c r="AD32" s="3" t="n">
-        <x:v>9641</x:v>
+        <x:v>8296</x:v>
       </x:c>
       <x:c r="AE32" s="3" t="n">
-        <x:v>8985</x:v>
+        <x:v>7731</x:v>
       </x:c>
       <x:c r="AF32" s="3" t="n">
-        <x:v>7488</x:v>
+        <x:v>6443</x:v>
       </x:c>
       <x:c r="AG32" s="3" t="n">
-        <x:v>9537</x:v>
+        <x:v>8206</x:v>
       </x:c>
       <x:c r="AH32" s="3" t="n">
-        <x:v>11533</x:v>
+        <x:v>9922</x:v>
       </x:c>
       <x:c r="AI32" s="3" t="n">
-        <x:v>11936</x:v>
+        <x:v>10267</x:v>
       </x:c>
       <x:c r="AJ32" s="3" t="n">
-        <x:v>13035</x:v>
+        <x:v>11213</x:v>
       </x:c>
       <x:c r="AK32" s="3" t="n">
-        <x:v>13749</x:v>
+        <x:v>11826</x:v>
       </x:c>
       <x:c r="AL32" s="3" t="n">
-        <x:v>14200</x:v>
+        <x:v>12212</x:v>
       </x:c>
       <x:c r="AM32" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>12985</x:v>
       </x:c>
       <x:c r="AN32" s="3" t="n">
-        <x:v>15283</x:v>
+        <x:v>13141</x:v>
       </x:c>
       <x:c r="AO32" s="3" t="n">
-        <x:v>14859</x:v>
+        <x:v>12776</x:v>
       </x:c>
       <x:c r="AP32" s="3" t="n">
-        <x:v>15463</x:v>
+        <x:v>13295</x:v>
       </x:c>
       <x:c r="AQ32" s="3" t="n">
-        <x:v>14314</x:v>
+        <x:v>12305</x:v>
       </x:c>
       <x:c r="AR32" s="3" t="n">
-        <x:v>16838</x:v>
+        <x:v>14474</x:v>
       </x:c>
       <x:c r="AS32" s="3" t="n">
-        <x:v>15958</x:v>
+        <x:v>13717</x:v>
       </x:c>
       <x:c r="AT32" s="3" t="n">
-        <x:v>15944</x:v>
+        <x:v>13702</x:v>
       </x:c>
       <x:c r="AU32" s="3" t="n">
-        <x:v>16951</x:v>
+        <x:v>14568</x:v>
       </x:c>
       <x:c r="AV32" s="3" t="n">
-        <x:v>16534</x:v>
+        <x:v>14208</x:v>
       </x:c>
       <x:c r="AW32" s="3" t="n">
-        <x:v>17476</x:v>
+        <x:v>15016</x:v>
       </x:c>
       <x:c r="AX32" s="3" t="n">
-        <x:v>16604</x:v>
+        <x:v>14266</x:v>
       </x:c>
       <x:c r="AY32" s="3" t="n">
-        <x:v>15259</x:v>
+        <x:v>13109</x:v>
       </x:c>
       <x:c r="AZ32" s="3" t="n">
-        <x:v>14991</x:v>
+        <x:v>12878</x:v>
       </x:c>
       <x:c r="BA32" s="3" t="n">
-        <x:v>15605</x:v>
+        <x:v>13405</x:v>
       </x:c>
       <x:c r="BB32" s="3" t="n">
-        <x:v>15908</x:v>
+        <x:v>13664</x:v>
       </x:c>
       <x:c r="BC32" s="3" t="n">
-        <x:v>15218</x:v>
-[...2 lines deleted...]
-        <x:v>16288</x:v>
+        <x:v>12722</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:56">
+    <x:row r="33" spans="1:55">
       <x:c r="A33" s="2" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B33" s="3" t="n">
+        <x:v>78802</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="n">
+        <x:v>76742</x:v>
+      </x:c>
+      <x:c r="D33" s="3" t="n">
+        <x:v>84352</x:v>
+      </x:c>
+      <x:c r="E33" s="3" t="n">
+        <x:v>92626</x:v>
+      </x:c>
+      <x:c r="F33" s="3" t="n">
+        <x:v>98175</x:v>
+      </x:c>
+      <x:c r="G33" s="3" t="n">
+        <x:v>96677</x:v>
+      </x:c>
+      <x:c r="H33" s="3" t="n">
+        <x:v>117097</x:v>
+      </x:c>
+      <x:c r="I33" s="3" t="n">
+        <x:v>124107</x:v>
+      </x:c>
+      <x:c r="J33" s="3" t="n">
+        <x:v>120672</x:v>
+      </x:c>
+      <x:c r="K33" s="3" t="n">
+        <x:v>113385</x:v>
+      </x:c>
+      <x:c r="L33" s="3" t="n">
+        <x:v>126805</x:v>
+      </x:c>
+      <x:c r="M33" s="3" t="n">
+        <x:v>149339</x:v>
+      </x:c>
+      <x:c r="N33" s="3" t="n">
+        <x:v>132341</x:v>
+      </x:c>
+      <x:c r="O33" s="3" t="n">
+        <x:v>128468</x:v>
+      </x:c>
+      <x:c r="P33" s="3" t="n">
+        <x:v>152892</x:v>
+      </x:c>
+      <x:c r="Q33" s="3" t="n">
+        <x:v>147875</x:v>
+      </x:c>
+      <x:c r="R33" s="3" t="n">
+        <x:v>123723</x:v>
+      </x:c>
+      <x:c r="S33" s="3" t="n">
+        <x:v>81744</x:v>
+      </x:c>
+      <x:c r="T33" s="3" t="n">
+        <x:v>83437</x:v>
+      </x:c>
+      <x:c r="U33" s="3" t="n">
+        <x:v>104010</x:v>
+      </x:c>
+      <x:c r="V33" s="3" t="n">
+        <x:v>126540</x:v>
+      </x:c>
+      <x:c r="W33" s="3" t="n">
+        <x:v>130430</x:v>
+      </x:c>
+      <x:c r="X33" s="3" t="n">
+        <x:v>119483</x:v>
+      </x:c>
+      <x:c r="Y33" s="3" t="n">
+        <x:v>117477</x:v>
+      </x:c>
+      <x:c r="Z33" s="3" t="n">
+        <x:v>123258</x:v>
+      </x:c>
+      <x:c r="AA33" s="3" t="n">
+        <x:v>127696</x:v>
+      </x:c>
+      <x:c r="AB33" s="3" t="n">
+        <x:v>130020</x:v>
+      </x:c>
+      <x:c r="AC33" s="3" t="n">
+        <x:v>134219</x:v>
+      </x:c>
+      <x:c r="AD33" s="3" t="n">
+        <x:v>140602</x:v>
+      </x:c>
+      <x:c r="AE33" s="3" t="n">
+        <x:v>135097</x:v>
+      </x:c>
+      <x:c r="AF33" s="3" t="n">
+        <x:v>145806</x:v>
+      </x:c>
+      <x:c r="AG33" s="3" t="n">
+        <x:v>117253</x:v>
+      </x:c>
+      <x:c r="AH33" s="3" t="n">
+        <x:v>110889</x:v>
+      </x:c>
+      <x:c r="AI33" s="3" t="n">
+        <x:v>97074</x:v>
+      </x:c>
+      <x:c r="AJ33" s="3" t="n">
+        <x:v>82248</x:v>
+      </x:c>
+      <x:c r="AK33" s="3" t="n">
+        <x:v>74179</x:v>
+      </x:c>
+      <x:c r="AL33" s="3" t="n">
+        <x:v>68571</x:v>
+      </x:c>
+      <x:c r="AM33" s="3" t="n">
+        <x:v>55424</x:v>
+      </x:c>
+      <x:c r="AN33" s="3" t="n">
+        <x:v>39588</x:v>
+      </x:c>
+      <x:c r="AO33" s="3" t="n">
+        <x:v>36936</x:v>
+      </x:c>
+      <x:c r="AP33" s="3" t="n">
+        <x:v>35420</x:v>
+      </x:c>
+      <x:c r="AQ33" s="3" t="n">
+        <x:v>42059</x:v>
+      </x:c>
+      <x:c r="AR33" s="3" t="n">
+        <x:v>45796</x:v>
+      </x:c>
+      <x:c r="AS33" s="3" t="n">
+        <x:v>50591</x:v>
+      </x:c>
+      <x:c r="AT33" s="3" t="n">
+        <x:v>52973</x:v>
+      </x:c>
+      <x:c r="AU33" s="3" t="n">
+        <x:v>51846</x:v>
+      </x:c>
+      <x:c r="AV33" s="3" t="n">
+        <x:v>57079</x:v>
+      </x:c>
+      <x:c r="AW33" s="3" t="n">
+        <x:v>57786</x:v>
+      </x:c>
+      <x:c r="AX33" s="3" t="n">
+        <x:v>58125</x:v>
+      </x:c>
+      <x:c r="AY33" s="3" t="n">
+        <x:v>62793</x:v>
+      </x:c>
+      <x:c r="AZ33" s="3" t="n">
+        <x:v>30399</x:v>
+      </x:c>
+      <x:c r="BA33" s="3" t="n">
+        <x:v>32115</x:v>
+      </x:c>
+      <x:c r="BB33" s="3" t="n">
+        <x:v>57059</x:v>
+      </x:c>
+      <x:c r="BC33" s="3" t="n">
+        <x:v>50909</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:55">
+      <x:c r="A34" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="B33" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>27336</x:v>
+      <x:c r="B34" s="3" t="n">
+        <x:v>54765</x:v>
+      </x:c>
+      <x:c r="C34" s="3" t="n">
+        <x:v>56305</x:v>
+      </x:c>
+      <x:c r="D34" s="3" t="n">
+        <x:v>56812</x:v>
+      </x:c>
+      <x:c r="E34" s="3" t="n">
+        <x:v>58004</x:v>
+      </x:c>
+      <x:c r="F34" s="3" t="n">
+        <x:v>60045</x:v>
+      </x:c>
+      <x:c r="G34" s="3" t="n">
+        <x:v>61326</x:v>
+      </x:c>
+      <x:c r="H34" s="3" t="n">
+        <x:v>63652</x:v>
+      </x:c>
+      <x:c r="I34" s="3" t="n">
+        <x:v>63981</x:v>
+      </x:c>
+      <x:c r="J34" s="3" t="n">
+        <x:v>64172</x:v>
+      </x:c>
+      <x:c r="K34" s="3" t="n">
+        <x:v>69012</x:v>
+      </x:c>
+      <x:c r="L34" s="3" t="n">
+        <x:v>68883</x:v>
+      </x:c>
+      <x:c r="M34" s="3" t="n">
+        <x:v>65867</x:v>
+      </x:c>
+      <x:c r="N34" s="3" t="n">
+        <x:v>64323</x:v>
+      </x:c>
+      <x:c r="O34" s="3" t="n">
+        <x:v>64917</x:v>
+      </x:c>
+      <x:c r="P34" s="3" t="n">
+        <x:v>67294</x:v>
+      </x:c>
+      <x:c r="Q34" s="3" t="n">
+        <x:v>72230</x:v>
+      </x:c>
+      <x:c r="R34" s="3" t="n">
+        <x:v>70751</x:v>
+      </x:c>
+      <x:c r="S34" s="3" t="n">
+        <x:v>70956</x:v>
+      </x:c>
+      <x:c r="T34" s="3" t="n">
+        <x:v>71842</x:v>
+      </x:c>
+      <x:c r="U34" s="3" t="n">
+        <x:v>70231</x:v>
+      </x:c>
+      <x:c r="V34" s="3" t="n">
+        <x:v>72765</x:v>
+      </x:c>
+      <x:c r="W34" s="3" t="n">
+        <x:v>72571</x:v>
+      </x:c>
+      <x:c r="X34" s="3" t="n">
+        <x:v>71145</x:v>
+      </x:c>
+      <x:c r="Y34" s="3" t="n">
+        <x:v>75617</x:v>
+      </x:c>
+      <x:c r="Z34" s="3" t="n">
+        <x:v>76513</x:v>
+      </x:c>
+      <x:c r="AA34" s="3" t="n">
+        <x:v>79980</x:v>
+      </x:c>
+      <x:c r="AB34" s="3" t="n">
+        <x:v>85107</x:v>
+      </x:c>
+      <x:c r="AC34" s="3" t="n">
+        <x:v>87328</x:v>
+      </x:c>
+      <x:c r="AD34" s="3" t="n">
+        <x:v>89605</x:v>
+      </x:c>
+      <x:c r="AE34" s="3" t="n">
+        <x:v>88486</x:v>
+      </x:c>
+      <x:c r="AF34" s="3" t="n">
+        <x:v>86238</x:v>
+      </x:c>
+      <x:c r="AG34" s="3" t="n">
+        <x:v>84362</x:v>
+      </x:c>
+      <x:c r="AH34" s="3" t="n">
+        <x:v>84503</x:v>
+      </x:c>
+      <x:c r="AI34" s="3" t="n">
+        <x:v>84348</x:v>
+      </x:c>
+      <x:c r="AJ34" s="3" t="n">
+        <x:v>99538</x:v>
+      </x:c>
+      <x:c r="AK34" s="3" t="n">
+        <x:v>106541</x:v>
+      </x:c>
+      <x:c r="AL34" s="3" t="n">
+        <x:v>121878</x:v>
+      </x:c>
+      <x:c r="AM34" s="3" t="n">
+        <x:v>129432</x:v>
+      </x:c>
+      <x:c r="AN34" s="3" t="n">
+        <x:v>123855</x:v>
+      </x:c>
+      <x:c r="AO34" s="3" t="n">
+        <x:v>122105</x:v>
+      </x:c>
+      <x:c r="AP34" s="3" t="n">
+        <x:v>128242</x:v>
+      </x:c>
+      <x:c r="AQ34" s="3" t="n">
+        <x:v>133874</x:v>
+      </x:c>
+      <x:c r="AR34" s="3" t="n">
+        <x:v>130842</x:v>
+      </x:c>
+      <x:c r="AS34" s="3" t="n">
+        <x:v>136085</x:v>
+      </x:c>
+      <x:c r="AT34" s="3" t="n">
+        <x:v>134297</x:v>
+      </x:c>
+      <x:c r="AU34" s="3" t="n">
+        <x:v>134113</x:v>
+      </x:c>
+      <x:c r="AV34" s="3" t="n">
+        <x:v>126939</x:v>
+      </x:c>
+      <x:c r="AW34" s="3" t="n">
+        <x:v>127162</x:v>
+      </x:c>
+      <x:c r="AX34" s="3" t="n">
+        <x:v>132819</x:v>
+      </x:c>
+      <x:c r="AY34" s="3" t="n">
+        <x:v>129677</x:v>
+      </x:c>
+      <x:c r="AZ34" s="3" t="n">
+        <x:v>63282</x:v>
+      </x:c>
+      <x:c r="BA34" s="3" t="n">
+        <x:v>74087</x:v>
+      </x:c>
+      <x:c r="BB34" s="3" t="n">
+        <x:v>108025</x:v>
+      </x:c>
+      <x:c r="BC34" s="3" t="n">
+        <x:v>113923</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:56">
-      <x:c r="A34" s="2" t="s">
+    <x:row r="35" spans="1:55">
+      <x:c r="A35" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="B34" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>85671</x:v>
+      <x:c r="B35" s="3" t="n">
+        <x:v>8736</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="n">
+        <x:v>9107</x:v>
+      </x:c>
+      <x:c r="D35" s="3" t="n">
+        <x:v>9301</x:v>
+      </x:c>
+      <x:c r="E35" s="3" t="n">
+        <x:v>9000</x:v>
+      </x:c>
+      <x:c r="F35" s="3" t="n">
+        <x:v>9945</x:v>
+      </x:c>
+      <x:c r="G35" s="3" t="n">
+        <x:v>9674</x:v>
+      </x:c>
+      <x:c r="H35" s="3" t="n">
+        <x:v>10008</x:v>
+      </x:c>
+      <x:c r="I35" s="3" t="n">
+        <x:v>10553</x:v>
+      </x:c>
+      <x:c r="J35" s="3" t="n">
+        <x:v>11349</x:v>
+      </x:c>
+      <x:c r="K35" s="3" t="n">
+        <x:v>11680</x:v>
+      </x:c>
+      <x:c r="L35" s="3" t="n">
+        <x:v>11522</x:v>
+      </x:c>
+      <x:c r="M35" s="3" t="n">
+        <x:v>12794</x:v>
+      </x:c>
+      <x:c r="N35" s="3" t="n">
+        <x:v>13158</x:v>
+      </x:c>
+      <x:c r="O35" s="3" t="n">
+        <x:v>12385</x:v>
+      </x:c>
+      <x:c r="P35" s="3" t="n">
+        <x:v>12272</x:v>
+      </x:c>
+      <x:c r="Q35" s="3" t="n">
+        <x:v>13423</x:v>
+      </x:c>
+      <x:c r="R35" s="3" t="n">
+        <x:v>14940</x:v>
+      </x:c>
+      <x:c r="S35" s="3" t="n">
+        <x:v>14740</x:v>
+      </x:c>
+      <x:c r="T35" s="3" t="n">
+        <x:v>15228</x:v>
+      </x:c>
+      <x:c r="U35" s="3" t="n">
+        <x:v>15344</x:v>
+      </x:c>
+      <x:c r="V35" s="3" t="n">
+        <x:v>15661</x:v>
+      </x:c>
+      <x:c r="W35" s="3" t="n">
+        <x:v>16052</x:v>
+      </x:c>
+      <x:c r="X35" s="3" t="n">
+        <x:v>17137</x:v>
+      </x:c>
+      <x:c r="Y35" s="3" t="n">
+        <x:v>18038</x:v>
+      </x:c>
+      <x:c r="Z35" s="3" t="n">
+        <x:v>17645</x:v>
+      </x:c>
+      <x:c r="AA35" s="3" t="n">
+        <x:v>18452</x:v>
+      </x:c>
+      <x:c r="AB35" s="3" t="n">
+        <x:v>17069</x:v>
+      </x:c>
+      <x:c r="AC35" s="3" t="n">
+        <x:v>18419</x:v>
+      </x:c>
+      <x:c r="AD35" s="3" t="n">
+        <x:v>20477</x:v>
+      </x:c>
+      <x:c r="AE35" s="3" t="n">
+        <x:v>19094</x:v>
+      </x:c>
+      <x:c r="AF35" s="3" t="n">
+        <x:v>18617</x:v>
+      </x:c>
+      <x:c r="AG35" s="3" t="n">
+        <x:v>15022</x:v>
+      </x:c>
+      <x:c r="AH35" s="3" t="n">
+        <x:v>13663</x:v>
+      </x:c>
+      <x:c r="AI35" s="3" t="n">
+        <x:v>13876</x:v>
+      </x:c>
+      <x:c r="AJ35" s="3" t="n">
+        <x:v>13813</x:v>
+      </x:c>
+      <x:c r="AK35" s="3" t="n">
+        <x:v>13399</x:v>
+      </x:c>
+      <x:c r="AL35" s="3" t="n">
+        <x:v>11767</x:v>
+      </x:c>
+      <x:c r="AM35" s="3" t="n">
+        <x:v>10747</x:v>
+      </x:c>
+      <x:c r="AN35" s="3" t="n">
+        <x:v>11264</x:v>
+      </x:c>
+      <x:c r="AO35" s="3" t="n">
+        <x:v>11153</x:v>
+      </x:c>
+      <x:c r="AP35" s="3" t="n">
+        <x:v>11599</x:v>
+      </x:c>
+      <x:c r="AQ35" s="3" t="n">
+        <x:v>11661</x:v>
+      </x:c>
+      <x:c r="AR35" s="3" t="n">
+        <x:v>10813</x:v>
+      </x:c>
+      <x:c r="AS35" s="3" t="n">
+        <x:v>12300</x:v>
+      </x:c>
+      <x:c r="AT35" s="3" t="n">
+        <x:v>11675</x:v>
+      </x:c>
+      <x:c r="AU35" s="3" t="n">
+        <x:v>11309</x:v>
+      </x:c>
+      <x:c r="AV35" s="3" t="n">
+        <x:v>10759</x:v>
+      </x:c>
+      <x:c r="AW35" s="3" t="n">
+        <x:v>9855</x:v>
+      </x:c>
+      <x:c r="AX35" s="3" t="n">
+        <x:v>9505</x:v>
+      </x:c>
+      <x:c r="AY35" s="3" t="n">
+        <x:v>8888</x:v>
+      </x:c>
+      <x:c r="AZ35" s="3" t="n">
+        <x:v>9570</x:v>
+      </x:c>
+      <x:c r="BA35" s="3" t="n">
+        <x:v>11227</x:v>
+      </x:c>
+      <x:c r="BB35" s="3" t="n">
+        <x:v>10565</x:v>
+      </x:c>
+      <x:c r="BC35" s="3" t="n">
+        <x:v>10833</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:56">
-      <x:c r="A35" s="2" t="s">
+    <x:row r="36" spans="1:55">
+      <x:c r="A36" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="B35" s="3" t="n">
-[...44 lines deleted...]
-      <x:c r="Q35" s="3" t="n">
+      <x:c r="B36" s="3" t="n">
+        <x:v>52650</x:v>
+      </x:c>
+      <x:c r="C36" s="3" t="n">
+        <x:v>55020</x:v>
+      </x:c>
+      <x:c r="D36" s="3" t="n">
+        <x:v>52303</x:v>
+      </x:c>
+      <x:c r="E36" s="3" t="n">
+        <x:v>47777</x:v>
+      </x:c>
+      <x:c r="F36" s="3" t="n">
+        <x:v>50686</x:v>
+      </x:c>
+      <x:c r="G36" s="3" t="n">
+        <x:v>50878</x:v>
+      </x:c>
+      <x:c r="H36" s="3" t="n">
+        <x:v>49735</x:v>
+      </x:c>
+      <x:c r="I36" s="3" t="n">
+        <x:v>48748</x:v>
+      </x:c>
+      <x:c r="J36" s="3" t="n">
+        <x:v>46032</x:v>
+      </x:c>
+      <x:c r="K36" s="3" t="n">
+        <x:v>44391</x:v>
+      </x:c>
+      <x:c r="L36" s="3" t="n">
+        <x:v>43310</x:v>
+      </x:c>
+      <x:c r="M36" s="3" t="n">
+        <x:v>38299</x:v>
+      </x:c>
+      <x:c r="N36" s="3" t="n">
+        <x:v>31521</x:v>
+      </x:c>
+      <x:c r="O36" s="3" t="n">
+        <x:v>30824</x:v>
+      </x:c>
+      <x:c r="P36" s="3" t="n">
+        <x:v>32362</x:v>
+      </x:c>
+      <x:c r="Q36" s="3" t="n">
+        <x:v>34437</x:v>
+      </x:c>
+      <x:c r="R36" s="3" t="n">
+        <x:v>36753</x:v>
+      </x:c>
+      <x:c r="S36" s="3" t="n">
+        <x:v>37064</x:v>
+      </x:c>
+      <x:c r="T36" s="3" t="n">
+        <x:v>35271</x:v>
+      </x:c>
+      <x:c r="U36" s="3" t="n">
+        <x:v>32066</x:v>
+      </x:c>
+      <x:c r="V36" s="3" t="n">
+        <x:v>31384</x:v>
+      </x:c>
+      <x:c r="W36" s="3" t="n">
+        <x:v>32268</x:v>
+      </x:c>
+      <x:c r="X36" s="3" t="n">
+        <x:v>31880</x:v>
+      </x:c>
+      <x:c r="Y36" s="3" t="n">
+        <x:v>31066</x:v>
+      </x:c>
+      <x:c r="Z36" s="3" t="n">
+        <x:v>33525</x:v>
+      </x:c>
+      <x:c r="AA36" s="3" t="n">
+        <x:v>35723</x:v>
+      </x:c>
+      <x:c r="AB36" s="3" t="n">
+        <x:v>38332</x:v>
+      </x:c>
+      <x:c r="AC36" s="3" t="n">
+        <x:v>40634</x:v>
+      </x:c>
+      <x:c r="AD36" s="3" t="n">
+        <x:v>41175</x:v>
+      </x:c>
+      <x:c r="AE36" s="3" t="n">
+        <x:v>42839</x:v>
+      </x:c>
+      <x:c r="AF36" s="3" t="n">
+        <x:v>43543</x:v>
+      </x:c>
+      <x:c r="AG36" s="3" t="n">
+        <x:v>41384</x:v>
+      </x:c>
+      <x:c r="AH36" s="3" t="n">
+        <x:v>41006</x:v>
+      </x:c>
+      <x:c r="AI36" s="3" t="n">
+        <x:v>38557</x:v>
+      </x:c>
+      <x:c r="AJ36" s="3" t="n">
+        <x:v>40153</x:v>
+      </x:c>
+      <x:c r="AK36" s="3" t="n">
+        <x:v>41738</x:v>
+      </x:c>
+      <x:c r="AL36" s="3" t="n">
+        <x:v>45459</x:v>
+      </x:c>
+      <x:c r="AM36" s="3" t="n">
+        <x:v>48305</x:v>
+      </x:c>
+      <x:c r="AN36" s="3" t="n">
+        <x:v>49151</x:v>
+      </x:c>
+      <x:c r="AO36" s="3" t="n">
+        <x:v>46539</x:v>
+      </x:c>
+      <x:c r="AP36" s="3" t="n">
+        <x:v>45287</x:v>
+      </x:c>
+      <x:c r="AQ36" s="3" t="n">
+        <x:v>46409</x:v>
+      </x:c>
+      <x:c r="AR36" s="3" t="n">
+        <x:v>46843</x:v>
+      </x:c>
+      <x:c r="AS36" s="3" t="n">
+        <x:v>49047</x:v>
+      </x:c>
+      <x:c r="AT36" s="3" t="n">
+        <x:v>51395</x:v>
+      </x:c>
+      <x:c r="AU36" s="3" t="n">
+        <x:v>53817</x:v>
+      </x:c>
+      <x:c r="AV36" s="3" t="n">
+        <x:v>54962</x:v>
+      </x:c>
+      <x:c r="AW36" s="3" t="n">
+        <x:v>55200</x:v>
+      </x:c>
+      <x:c r="AX36" s="3" t="n">
+        <x:v>56171</x:v>
+      </x:c>
+      <x:c r="AY36" s="3" t="n">
+        <x:v>58767</x:v>
+      </x:c>
+      <x:c r="AZ36" s="3" t="n">
+        <x:v>36053</x:v>
+      </x:c>
+      <x:c r="BA36" s="3" t="n">
+        <x:v>43416</x:v>
+      </x:c>
+      <x:c r="BB36" s="3" t="n">
+        <x:v>62055</x:v>
+      </x:c>
+      <x:c r="BC36" s="3" t="n">
+        <x:v>64059</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:55">
+      <x:c r="A37" s="2" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="B37" s="3" t="n">
+        <x:v>10306</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="n">
+        <x:v>11133</x:v>
+      </x:c>
+      <x:c r="D37" s="3" t="n">
+        <x:v>11620</x:v>
+      </x:c>
+      <x:c r="E37" s="3" t="n">
+        <x:v>11573</x:v>
+      </x:c>
+      <x:c r="F37" s="3" t="n">
+        <x:v>11700</x:v>
+      </x:c>
+      <x:c r="G37" s="3" t="n">
         <x:v>12501</x:v>
       </x:c>
-      <x:c r="R35" s="3" t="n">
-[...114 lines deleted...]
-        <x:v>8390</x:v>
+      <x:c r="H37" s="3" t="n">
+        <x:v>13488</x:v>
+      </x:c>
+      <x:c r="I37" s="3" t="n">
+        <x:v>12947</x:v>
+      </x:c>
+      <x:c r="J37" s="3" t="n">
+        <x:v>13133</x:v>
+      </x:c>
+      <x:c r="K37" s="3" t="n">
+        <x:v>13875</x:v>
+      </x:c>
+      <x:c r="L37" s="3" t="n">
+        <x:v>14711</x:v>
+      </x:c>
+      <x:c r="M37" s="3" t="n">
+        <x:v>14781</x:v>
+      </x:c>
+      <x:c r="N37" s="3" t="n">
+        <x:v>14665</x:v>
+      </x:c>
+      <x:c r="O37" s="3" t="n">
+        <x:v>16610</x:v>
+      </x:c>
+      <x:c r="P37" s="3" t="n">
+        <x:v>17938</x:v>
+      </x:c>
+      <x:c r="Q37" s="3" t="n">
+        <x:v>20065</x:v>
+      </x:c>
+      <x:c r="R37" s="3" t="n">
+        <x:v>21254</x:v>
+      </x:c>
+      <x:c r="S37" s="3" t="n">
+        <x:v>23206</x:v>
+      </x:c>
+      <x:c r="T37" s="3" t="n">
+        <x:v>24018</x:v>
+      </x:c>
+      <x:c r="U37" s="3" t="n">
+        <x:v>24672</x:v>
+      </x:c>
+      <x:c r="V37" s="3" t="n">
+        <x:v>25978</x:v>
+      </x:c>
+      <x:c r="W37" s="3" t="n">
+        <x:v>28741</x:v>
+      </x:c>
+      <x:c r="X37" s="3" t="n">
+        <x:v>30285</x:v>
+      </x:c>
+      <x:c r="Y37" s="3" t="n">
+        <x:v>32126</x:v>
+      </x:c>
+      <x:c r="Z37" s="3" t="n">
+        <x:v>35342</x:v>
+      </x:c>
+      <x:c r="AA37" s="3" t="n">
+        <x:v>36799</x:v>
+      </x:c>
+      <x:c r="AB37" s="3" t="n">
+        <x:v>39338</x:v>
+      </x:c>
+      <x:c r="AC37" s="3" t="n">
+        <x:v>43821</x:v>
+      </x:c>
+      <x:c r="AD37" s="3" t="n">
+        <x:v>49532</x:v>
+      </x:c>
+      <x:c r="AE37" s="3" t="n">
+        <x:v>56243</x:v>
+      </x:c>
+      <x:c r="AF37" s="3" t="n">
+        <x:v>60052</x:v>
+      </x:c>
+      <x:c r="AG37" s="3" t="n">
+        <x:v>65699</x:v>
+      </x:c>
+      <x:c r="AH37" s="3" t="n">
+        <x:v>68160</x:v>
+      </x:c>
+      <x:c r="AI37" s="3" t="n">
+        <x:v>71437</x:v>
+      </x:c>
+      <x:c r="AJ37" s="3" t="n">
+        <x:v>81217</x:v>
+      </x:c>
+      <x:c r="AK37" s="3" t="n">
+        <x:v>87055</x:v>
+      </x:c>
+      <x:c r="AL37" s="3" t="n">
+        <x:v>90724</x:v>
+      </x:c>
+      <x:c r="AM37" s="3" t="n">
+        <x:v>99172</x:v>
+      </x:c>
+      <x:c r="AN37" s="3" t="n">
+        <x:v>104248</x:v>
+      </x:c>
+      <x:c r="AO37" s="3" t="n">
+        <x:v>106826</x:v>
+      </x:c>
+      <x:c r="AP37" s="3" t="n">
+        <x:v>117483</x:v>
+      </x:c>
+      <x:c r="AQ37" s="3" t="n">
+        <x:v>120872</x:v>
+      </x:c>
+      <x:c r="AR37" s="3" t="n">
+        <x:v>124698</x:v>
+      </x:c>
+      <x:c r="AS37" s="3" t="n">
+        <x:v>128676</x:v>
+      </x:c>
+      <x:c r="AT37" s="3" t="n">
+        <x:v>130591</x:v>
+      </x:c>
+      <x:c r="AU37" s="3" t="n">
+        <x:v>135030</x:v>
+      </x:c>
+      <x:c r="AV37" s="3" t="n">
+        <x:v>138034</x:v>
+      </x:c>
+      <x:c r="AW37" s="3" t="n">
+        <x:v>142104</x:v>
+      </x:c>
+      <x:c r="AX37" s="3" t="n">
+        <x:v>153816</x:v>
+      </x:c>
+      <x:c r="AY37" s="3" t="n">
+        <x:v>162626</x:v>
+      </x:c>
+      <x:c r="AZ37" s="3" t="n">
+        <x:v>161609</x:v>
+      </x:c>
+      <x:c r="BA37" s="3" t="n">
+        <x:v>168922</x:v>
+      </x:c>
+      <x:c r="BB37" s="3" t="n">
+        <x:v>175325</x:v>
+      </x:c>
+      <x:c r="BC37" s="3" t="n">
+        <x:v>192758</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:56">
-[...166 lines deleted...]
-        <x:v>48135</x:v>
+    <x:row r="38" spans="1:55">
+      <x:c r="A38" s="2" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B38" s="3" t="n">
+        <x:v>59768</x:v>
+      </x:c>
+      <x:c r="C38" s="3" t="n">
+        <x:v>54365</x:v>
+      </x:c>
+      <x:c r="D38" s="3" t="n">
+        <x:v>52286</x:v>
+      </x:c>
+      <x:c r="E38" s="3" t="n">
+        <x:v>53250</x:v>
+      </x:c>
+      <x:c r="F38" s="3" t="n">
+        <x:v>50581</x:v>
+      </x:c>
+      <x:c r="G38" s="3" t="n">
+        <x:v>50181</x:v>
+      </x:c>
+      <x:c r="H38" s="3" t="n">
+        <x:v>51848</x:v>
+      </x:c>
+      <x:c r="I38" s="3" t="n">
+        <x:v>53422</x:v>
+      </x:c>
+      <x:c r="J38" s="3" t="n">
+        <x:v>52803</x:v>
+      </x:c>
+      <x:c r="K38" s="3" t="n">
+        <x:v>49499</x:v>
+      </x:c>
+      <x:c r="L38" s="3" t="n">
+        <x:v>49144</x:v>
+      </x:c>
+      <x:c r="M38" s="3" t="n">
+        <x:v>54338</x:v>
+      </x:c>
+      <x:c r="N38" s="3" t="n">
+        <x:v>54904</x:v>
+      </x:c>
+      <x:c r="O38" s="3" t="n">
+        <x:v>54394</x:v>
+      </x:c>
+      <x:c r="P38" s="3" t="n">
+        <x:v>56659</x:v>
+      </x:c>
+      <x:c r="Q38" s="3" t="n">
+        <x:v>60761</x:v>
+      </x:c>
+      <x:c r="R38" s="3" t="n">
+        <x:v>67914</x:v>
+      </x:c>
+      <x:c r="S38" s="3" t="n">
+        <x:v>70480</x:v>
+      </x:c>
+      <x:c r="T38" s="3" t="n">
+        <x:v>70199</x:v>
+      </x:c>
+      <x:c r="U38" s="3" t="n">
+        <x:v>65047</x:v>
+      </x:c>
+      <x:c r="V38" s="3" t="n">
+        <x:v>61626</x:v>
+      </x:c>
+      <x:c r="W38" s="3" t="n">
+        <x:v>61695</x:v>
+      </x:c>
+      <x:c r="X38" s="3" t="n">
+        <x:v>69423</x:v>
+      </x:c>
+      <x:c r="Y38" s="3" t="n">
+        <x:v>70033</x:v>
+      </x:c>
+      <x:c r="Z38" s="3" t="n">
+        <x:v>73248</x:v>
+      </x:c>
+      <x:c r="AA38" s="3" t="n">
+        <x:v>74035</x:v>
+      </x:c>
+      <x:c r="AB38" s="3" t="n">
+        <x:v>64896</x:v>
+      </x:c>
+      <x:c r="AC38" s="3" t="n">
+        <x:v>67637</x:v>
+      </x:c>
+      <x:c r="AD38" s="3" t="n">
+        <x:v>70829</x:v>
+      </x:c>
+      <x:c r="AE38" s="3" t="n">
+        <x:v>74875</x:v>
+      </x:c>
+      <x:c r="AF38" s="3" t="n">
+        <x:v>81621</x:v>
+      </x:c>
+      <x:c r="AG38" s="3" t="n">
+        <x:v>88437</x:v>
+      </x:c>
+      <x:c r="AH38" s="3" t="n">
+        <x:v>89860</x:v>
+      </x:c>
+      <x:c r="AI38" s="3" t="n">
+        <x:v>100174</x:v>
+      </x:c>
+      <x:c r="AJ38" s="3" t="n">
+        <x:v>108621</x:v>
+      </x:c>
+      <x:c r="AK38" s="3" t="n">
+        <x:v>117800</x:v>
+      </x:c>
+      <x:c r="AL38" s="3" t="n">
+        <x:v>129077</x:v>
+      </x:c>
+      <x:c r="AM38" s="3" t="n">
+        <x:v>139803</x:v>
+      </x:c>
+      <x:c r="AN38" s="3" t="n">
+        <x:v>140239</x:v>
+      </x:c>
+      <x:c r="AO38" s="3" t="n">
+        <x:v>143562</x:v>
+      </x:c>
+      <x:c r="AP38" s="3" t="n">
+        <x:v>137715</x:v>
+      </x:c>
+      <x:c r="AQ38" s="3" t="n">
+        <x:v>132348</x:v>
+      </x:c>
+      <x:c r="AR38" s="3" t="n">
+        <x:v>137227</x:v>
+      </x:c>
+      <x:c r="AS38" s="3" t="n">
+        <x:v>143460</x:v>
+      </x:c>
+      <x:c r="AT38" s="3" t="n">
+        <x:v>149711</x:v>
+      </x:c>
+      <x:c r="AU38" s="3" t="n">
+        <x:v>160077</x:v>
+      </x:c>
+      <x:c r="AV38" s="3" t="n">
+        <x:v>168992</x:v>
+      </x:c>
+      <x:c r="AW38" s="3" t="n">
+        <x:v>174129</x:v>
+      </x:c>
+      <x:c r="AX38" s="3" t="n">
+        <x:v>169454</x:v>
+      </x:c>
+      <x:c r="AY38" s="3" t="n">
+        <x:v>169054</x:v>
+      </x:c>
+      <x:c r="AZ38" s="3" t="n">
+        <x:v>184586</x:v>
+      </x:c>
+      <x:c r="BA38" s="3" t="n">
+        <x:v>187703</x:v>
+      </x:c>
+      <x:c r="BB38" s="3" t="n">
+        <x:v>185300</x:v>
+      </x:c>
+      <x:c r="BC38" s="3" t="n">
+        <x:v>186493</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:56">
-[...166 lines deleted...]
-        <x:v>150499</x:v>
+    <x:row r="39" spans="1:55">
+      <x:c r="A39" s="2" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B39" s="3" t="n">
+        <x:v>5740</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="n">
+        <x:v>6101</x:v>
+      </x:c>
+      <x:c r="D39" s="3" t="n">
+        <x:v>6452</x:v>
+      </x:c>
+      <x:c r="E39" s="3" t="n">
+        <x:v>6916</x:v>
+      </x:c>
+      <x:c r="F39" s="3" t="n">
+        <x:v>6996</x:v>
+      </x:c>
+      <x:c r="G39" s="3" t="n">
+        <x:v>7704</x:v>
+      </x:c>
+      <x:c r="H39" s="3" t="n">
+        <x:v>8313</x:v>
+      </x:c>
+      <x:c r="I39" s="3" t="n">
+        <x:v>9360</x:v>
+      </x:c>
+      <x:c r="J39" s="3" t="n">
+        <x:v>9698</x:v>
+      </x:c>
+      <x:c r="K39" s="3" t="n">
+        <x:v>9451</x:v>
+      </x:c>
+      <x:c r="L39" s="3" t="n">
+        <x:v>9280</x:v>
+      </x:c>
+      <x:c r="M39" s="3" t="n">
+        <x:v>8330</x:v>
+      </x:c>
+      <x:c r="N39" s="3" t="n">
+        <x:v>7763</x:v>
+      </x:c>
+      <x:c r="O39" s="3" t="n">
+        <x:v>7949</x:v>
+      </x:c>
+      <x:c r="P39" s="3" t="n">
+        <x:v>8084</x:v>
+      </x:c>
+      <x:c r="Q39" s="3" t="n">
+        <x:v>8839</x:v>
+      </x:c>
+      <x:c r="R39" s="3" t="n">
+        <x:v>9295</x:v>
+      </x:c>
+      <x:c r="S39" s="3" t="n">
+        <x:v>10250</x:v>
+      </x:c>
+      <x:c r="T39" s="3" t="n">
+        <x:v>9945</x:v>
+      </x:c>
+      <x:c r="U39" s="3" t="n">
+        <x:v>10780</x:v>
+      </x:c>
+      <x:c r="V39" s="3" t="n">
+        <x:v>11469</x:v>
+      </x:c>
+      <x:c r="W39" s="3" t="n">
+        <x:v>11680</x:v>
+      </x:c>
+      <x:c r="X39" s="3" t="n">
+        <x:v>11788</x:v>
+      </x:c>
+      <x:c r="Y39" s="3" t="n">
+        <x:v>12928</x:v>
+      </x:c>
+      <x:c r="Z39" s="3" t="n">
+        <x:v>16136</x:v>
+      </x:c>
+      <x:c r="AA39" s="3" t="n">
+        <x:v>17640</x:v>
+      </x:c>
+      <x:c r="AB39" s="3" t="n">
+        <x:v>21640</x:v>
+      </x:c>
+      <x:c r="AC39" s="3" t="n">
+        <x:v>28866</x:v>
+      </x:c>
+      <x:c r="AD39" s="3" t="n">
+        <x:v>37601</x:v>
+      </x:c>
+      <x:c r="AE39" s="3" t="n">
+        <x:v>50031</x:v>
+      </x:c>
+      <x:c r="AF39" s="3" t="n">
+        <x:v>45873</x:v>
+      </x:c>
+      <x:c r="AG39" s="3" t="n">
+        <x:v>52001</x:v>
+      </x:c>
+      <x:c r="AH39" s="3" t="n">
+        <x:v>56809</x:v>
+      </x:c>
+      <x:c r="AI39" s="3" t="n">
+        <x:v>59822</x:v>
+      </x:c>
+      <x:c r="AJ39" s="3" t="n">
+        <x:v>64849</x:v>
+      </x:c>
+      <x:c r="AK39" s="3" t="n">
+        <x:v>63170</x:v>
+      </x:c>
+      <x:c r="AL39" s="3" t="n">
+        <x:v>63807</x:v>
+      </x:c>
+      <x:c r="AM39" s="3" t="n">
+        <x:v>65333</x:v>
+      </x:c>
+      <x:c r="AN39" s="3" t="n">
+        <x:v>65001</x:v>
+      </x:c>
+      <x:c r="AO39" s="3" t="n">
+        <x:v>74487</x:v>
+      </x:c>
+      <x:c r="AP39" s="3" t="n">
+        <x:v>74189</x:v>
+      </x:c>
+      <x:c r="AQ39" s="3" t="n">
+        <x:v>78159</x:v>
+      </x:c>
+      <x:c r="AR39" s="3" t="n">
+        <x:v>82450</x:v>
+      </x:c>
+      <x:c r="AS39" s="3" t="n">
+        <x:v>83698</x:v>
+      </x:c>
+      <x:c r="AT39" s="3" t="n">
+        <x:v>85693</x:v>
+      </x:c>
+      <x:c r="AU39" s="3" t="n">
+        <x:v>86951</x:v>
+      </x:c>
+      <x:c r="AV39" s="3" t="n">
+        <x:v>90323</x:v>
+      </x:c>
+      <x:c r="AW39" s="3" t="n">
+        <x:v>91195</x:v>
+      </x:c>
+      <x:c r="AX39" s="3" t="n">
+        <x:v>90520</x:v>
+      </x:c>
+      <x:c r="AY39" s="3" t="n">
+        <x:v>93261</x:v>
+      </x:c>
+      <x:c r="AZ39" s="3" t="n">
+        <x:v>96031</x:v>
+      </x:c>
+      <x:c r="BA39" s="3" t="n">
+        <x:v>103908</x:v>
+      </x:c>
+      <x:c r="BB39" s="3" t="n">
+        <x:v>109039</x:v>
+      </x:c>
+      <x:c r="BC39" s="3" t="n">
+        <x:v>111005</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:56">
-[...166 lines deleted...]
-        <x:v>168231</x:v>
+    <x:row r="40" spans="1:55">
+      <x:c r="A40" s="2" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B40" s="3" t="n">
+        <x:v>52796</x:v>
+      </x:c>
+      <x:c r="C40" s="3" t="n">
+        <x:v>54850</x:v>
+      </x:c>
+      <x:c r="D40" s="3" t="n">
+        <x:v>57138</x:v>
+      </x:c>
+      <x:c r="E40" s="3" t="n">
+        <x:v>59672</x:v>
+      </x:c>
+      <x:c r="F40" s="3" t="n">
+        <x:v>63176</x:v>
+      </x:c>
+      <x:c r="G40" s="3" t="n">
+        <x:v>67516</x:v>
+      </x:c>
+      <x:c r="H40" s="3" t="n">
+        <x:v>71361</x:v>
+      </x:c>
+      <x:c r="I40" s="3" t="n">
+        <x:v>75972</x:v>
+      </x:c>
+      <x:c r="J40" s="3" t="n">
+        <x:v>77500</x:v>
+      </x:c>
+      <x:c r="K40" s="3" t="n">
+        <x:v>81286</x:v>
+      </x:c>
+      <x:c r="L40" s="3" t="n">
+        <x:v>83105</x:v>
+      </x:c>
+      <x:c r="M40" s="3" t="n">
+        <x:v>83094</x:v>
+      </x:c>
+      <x:c r="N40" s="3" t="n">
+        <x:v>84620</x:v>
+      </x:c>
+      <x:c r="O40" s="3" t="n">
+        <x:v>83497</x:v>
+      </x:c>
+      <x:c r="P40" s="3" t="n">
+        <x:v>84587</x:v>
+      </x:c>
+      <x:c r="Q40" s="3" t="n">
+        <x:v>82978</x:v>
+      </x:c>
+      <x:c r="R40" s="3" t="n">
+        <x:v>81609</x:v>
+      </x:c>
+      <x:c r="S40" s="3" t="n">
+        <x:v>81390</x:v>
+      </x:c>
+      <x:c r="T40" s="3" t="n">
+        <x:v>89433</x:v>
+      </x:c>
+      <x:c r="U40" s="3" t="n">
+        <x:v>101278</x:v>
+      </x:c>
+      <x:c r="V40" s="3" t="n">
+        <x:v>104651</x:v>
+      </x:c>
+      <x:c r="W40" s="3" t="n">
+        <x:v>106185</x:v>
+      </x:c>
+      <x:c r="X40" s="3" t="n">
+        <x:v>105036</x:v>
+      </x:c>
+      <x:c r="Y40" s="3" t="n">
+        <x:v>106144</x:v>
+      </x:c>
+      <x:c r="Z40" s="3" t="n">
+        <x:v>104486</x:v>
+      </x:c>
+      <x:c r="AA40" s="3" t="n">
+        <x:v>106653</x:v>
+      </x:c>
+      <x:c r="AB40" s="3" t="n">
+        <x:v>106903</x:v>
+      </x:c>
+      <x:c r="AC40" s="3" t="n">
+        <x:v>103083</x:v>
+      </x:c>
+      <x:c r="AD40" s="3" t="n">
+        <x:v>103263</x:v>
+      </x:c>
+      <x:c r="AE40" s="3" t="n">
+        <x:v>107827</x:v>
+      </x:c>
+      <x:c r="AF40" s="3" t="n">
+        <x:v>113783</x:v>
+      </x:c>
+      <x:c r="AG40" s="3" t="n">
+        <x:v>116697</x:v>
+      </x:c>
+      <x:c r="AH40" s="3" t="n">
+        <x:v>118987</x:v>
+      </x:c>
+      <x:c r="AI40" s="3" t="n">
+        <x:v>117431</x:v>
+      </x:c>
+      <x:c r="AJ40" s="3" t="n">
+        <x:v>120872</x:v>
+      </x:c>
+      <x:c r="AK40" s="3" t="n">
+        <x:v>129913</x:v>
+      </x:c>
+      <x:c r="AL40" s="3" t="n">
+        <x:v>142784</x:v>
+      </x:c>
+      <x:c r="AM40" s="3" t="n">
+        <x:v>156360</x:v>
+      </x:c>
+      <x:c r="AN40" s="3" t="n">
+        <x:v>164923</x:v>
+      </x:c>
+      <x:c r="AO40" s="3" t="n">
+        <x:v>160550</x:v>
+      </x:c>
+      <x:c r="AP40" s="3" t="n">
+        <x:v>172202</x:v>
+      </x:c>
+      <x:c r="AQ40" s="3" t="n">
+        <x:v>182219</x:v>
+      </x:c>
+      <x:c r="AR40" s="3" t="n">
+        <x:v>190357</x:v>
+      </x:c>
+      <x:c r="AS40" s="3" t="n">
+        <x:v>205687</x:v>
+      </x:c>
+      <x:c r="AT40" s="3" t="n">
+        <x:v>215058</x:v>
+      </x:c>
+      <x:c r="AU40" s="3" t="n">
+        <x:v>232677</x:v>
+      </x:c>
+      <x:c r="AV40" s="3" t="n">
+        <x:v>239062</x:v>
+      </x:c>
+      <x:c r="AW40" s="3" t="n">
+        <x:v>248507</x:v>
+      </x:c>
+      <x:c r="AX40" s="3" t="n">
+        <x:v>262569</x:v>
+      </x:c>
+      <x:c r="AY40" s="3" t="n">
+        <x:v>286578</x:v>
+      </x:c>
+      <x:c r="AZ40" s="3" t="n">
+        <x:v>286772</x:v>
+      </x:c>
+      <x:c r="BA40" s="3" t="n">
+        <x:v>306569</x:v>
+      </x:c>
+      <x:c r="BB40" s="3" t="n">
+        <x:v>336024</x:v>
+      </x:c>
+      <x:c r="BC40" s="3" t="n">
+        <x:v>339971</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:56">
-[...166 lines deleted...]
-        <x:v>92538</x:v>
+    <x:row r="41" spans="1:55">
+      <x:c r="A41" s="2" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B41" s="3" t="n">
+        <x:v>21942</x:v>
+      </x:c>
+      <x:c r="C41" s="3" t="n">
+        <x:v>23254</x:v>
+      </x:c>
+      <x:c r="D41" s="3" t="n">
+        <x:v>25027</x:v>
+      </x:c>
+      <x:c r="E41" s="3" t="n">
+        <x:v>25457</x:v>
+      </x:c>
+      <x:c r="F41" s="3" t="n">
+        <x:v>26152</x:v>
+      </x:c>
+      <x:c r="G41" s="3" t="n">
+        <x:v>27443</x:v>
+      </x:c>
+      <x:c r="H41" s="3" t="n">
+        <x:v>29272</x:v>
+      </x:c>
+      <x:c r="I41" s="3" t="n">
+        <x:v>31900</x:v>
+      </x:c>
+      <x:c r="J41" s="3" t="n">
+        <x:v>34274</x:v>
+      </x:c>
+      <x:c r="K41" s="3" t="n">
+        <x:v>40075</x:v>
+      </x:c>
+      <x:c r="L41" s="3" t="n">
+        <x:v>50339</x:v>
+      </x:c>
+      <x:c r="M41" s="3" t="n">
+        <x:v>48161</x:v>
+      </x:c>
+      <x:c r="N41" s="3" t="n">
+        <x:v>48725</x:v>
+      </x:c>
+      <x:c r="O41" s="3" t="n">
+        <x:v>52024</x:v>
+      </x:c>
+      <x:c r="P41" s="3" t="n">
+        <x:v>65565</x:v>
+      </x:c>
+      <x:c r="Q41" s="3" t="n">
+        <x:v>72830</x:v>
+      </x:c>
+      <x:c r="R41" s="3" t="n">
+        <x:v>81365</x:v>
+      </x:c>
+      <x:c r="S41" s="3" t="n">
+        <x:v>80265</x:v>
+      </x:c>
+      <x:c r="T41" s="3" t="n">
+        <x:v>81493</x:v>
+      </x:c>
+      <x:c r="U41" s="3" t="n">
+        <x:v>76582</x:v>
+      </x:c>
+      <x:c r="V41" s="3" t="n">
+        <x:v>67419</x:v>
+      </x:c>
+      <x:c r="W41" s="3" t="n">
+        <x:v>68414</x:v>
+      </x:c>
+      <x:c r="X41" s="3" t="n">
+        <x:v>73128</x:v>
+      </x:c>
+      <x:c r="Y41" s="3" t="n">
+        <x:v>78617</x:v>
+      </x:c>
+      <x:c r="Z41" s="3" t="n">
+        <x:v>82316</x:v>
+      </x:c>
+      <x:c r="AA41" s="3" t="n">
+        <x:v>84515</x:v>
+      </x:c>
+      <x:c r="AB41" s="3" t="n">
+        <x:v>87462</x:v>
+      </x:c>
+      <x:c r="AC41" s="3" t="n">
+        <x:v>95220</x:v>
+      </x:c>
+      <x:c r="AD41" s="3" t="n">
+        <x:v>95906</x:v>
+      </x:c>
+      <x:c r="AE41" s="3" t="n">
+        <x:v>93774</x:v>
+      </x:c>
+      <x:c r="AF41" s="3" t="n">
+        <x:v>97255</x:v>
+      </x:c>
+      <x:c r="AG41" s="3" t="n">
+        <x:v>102990</x:v>
+      </x:c>
+      <x:c r="AH41" s="3" t="n">
+        <x:v>103608</x:v>
+      </x:c>
+      <x:c r="AI41" s="3" t="n">
+        <x:v>102936</x:v>
+      </x:c>
+      <x:c r="AJ41" s="3" t="n">
+        <x:v>107745</x:v>
+      </x:c>
+      <x:c r="AK41" s="3" t="n">
+        <x:v>114069</x:v>
+      </x:c>
+      <x:c r="AL41" s="3" t="n">
+        <x:v>127321</x:v>
+      </x:c>
+      <x:c r="AM41" s="3" t="n">
+        <x:v>139269</x:v>
+      </x:c>
+      <x:c r="AN41" s="3" t="n">
+        <x:v>149486</x:v>
+      </x:c>
+      <x:c r="AO41" s="3" t="n">
+        <x:v>144375</x:v>
+      </x:c>
+      <x:c r="AP41" s="3" t="n">
+        <x:v>143997</x:v>
+      </x:c>
+      <x:c r="AQ41" s="3" t="n">
+        <x:v>143153</x:v>
+      </x:c>
+      <x:c r="AR41" s="3" t="n">
+        <x:v>154916</x:v>
+      </x:c>
+      <x:c r="AS41" s="3" t="n">
+        <x:v>161308</x:v>
+      </x:c>
+      <x:c r="AT41" s="3" t="n">
+        <x:v>163454</x:v>
+      </x:c>
+      <x:c r="AU41" s="3" t="n">
+        <x:v>157866</x:v>
+      </x:c>
+      <x:c r="AV41" s="3" t="n">
+        <x:v>151926</x:v>
+      </x:c>
+      <x:c r="AW41" s="3" t="n">
+        <x:v>156496</x:v>
+      </x:c>
+      <x:c r="AX41" s="3" t="n">
+        <x:v>168044</x:v>
+      </x:c>
+      <x:c r="AY41" s="3" t="n">
+        <x:v>183515</x:v>
+      </x:c>
+      <x:c r="AZ41" s="3" t="n">
+        <x:v>181803</x:v>
+      </x:c>
+      <x:c r="BA41" s="3" t="n">
+        <x:v>185913</x:v>
+      </x:c>
+      <x:c r="BB41" s="3" t="n">
+        <x:v>203799</x:v>
+      </x:c>
+      <x:c r="BC41" s="3" t="n">
+        <x:v>210468</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:56">
-[...166 lines deleted...]
-        <x:v>162199</x:v>
+    <x:row r="42" spans="1:55">
+      <x:c r="A42" s="2" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B42" s="3" t="n">
+        <x:v>9805</x:v>
+      </x:c>
+      <x:c r="C42" s="3" t="n">
+        <x:v>10296</x:v>
+      </x:c>
+      <x:c r="D42" s="3" t="n">
+        <x:v>10922</x:v>
+      </x:c>
+      <x:c r="E42" s="3" t="n">
+        <x:v>11470</x:v>
+      </x:c>
+      <x:c r="F42" s="3" t="n">
+        <x:v>11883</x:v>
+      </x:c>
+      <x:c r="G42" s="3" t="n">
+        <x:v>12709</x:v>
+      </x:c>
+      <x:c r="H42" s="3" t="n">
+        <x:v>14142</x:v>
+      </x:c>
+      <x:c r="I42" s="3" t="n">
+        <x:v>15930</x:v>
+      </x:c>
+      <x:c r="J42" s="3" t="n">
+        <x:v>16882</x:v>
+      </x:c>
+      <x:c r="K42" s="3" t="n">
+        <x:v>17892</x:v>
+      </x:c>
+      <x:c r="L42" s="3" t="n">
+        <x:v>15893</x:v>
+      </x:c>
+      <x:c r="M42" s="3" t="n">
+        <x:v>16666</x:v>
+      </x:c>
+      <x:c r="N42" s="3" t="n">
+        <x:v>16908</x:v>
+      </x:c>
+      <x:c r="O42" s="3" t="n">
+        <x:v>17784</x:v>
+      </x:c>
+      <x:c r="P42" s="3" t="n">
+        <x:v>21436</x:v>
+      </x:c>
+      <x:c r="Q42" s="3" t="n">
+        <x:v>23707</x:v>
+      </x:c>
+      <x:c r="R42" s="3" t="n">
+        <x:v>22400</x:v>
+      </x:c>
+      <x:c r="S42" s="3" t="n">
+        <x:v>22011</x:v>
+      </x:c>
+      <x:c r="T42" s="3" t="n">
+        <x:v>24563</x:v>
+      </x:c>
+      <x:c r="U42" s="3" t="n">
+        <x:v>22749</x:v>
+      </x:c>
+      <x:c r="V42" s="3" t="n">
+        <x:v>22680</x:v>
+      </x:c>
+      <x:c r="W42" s="3" t="n">
+        <x:v>23182</x:v>
+      </x:c>
+      <x:c r="X42" s="3" t="n">
+        <x:v>23915</x:v>
+      </x:c>
+      <x:c r="Y42" s="3" t="n">
+        <x:v>26521</x:v>
+      </x:c>
+      <x:c r="Z42" s="3" t="n">
+        <x:v>29578</x:v>
+      </x:c>
+      <x:c r="AA42" s="3" t="n">
+        <x:v>32797</x:v>
+      </x:c>
+      <x:c r="AB42" s="3" t="n">
+        <x:v>37358</x:v>
+      </x:c>
+      <x:c r="AC42" s="3" t="n">
+        <x:v>42859</x:v>
+      </x:c>
+      <x:c r="AD42" s="3" t="n">
+        <x:v>48759</x:v>
+      </x:c>
+      <x:c r="AE42" s="3" t="n">
+        <x:v>55137</x:v>
+      </x:c>
+      <x:c r="AF42" s="3" t="n">
+        <x:v>61080</x:v>
+      </x:c>
+      <x:c r="AG42" s="3" t="n">
+        <x:v>60668</x:v>
+      </x:c>
+      <x:c r="AH42" s="3" t="n">
+        <x:v>58992</x:v>
+      </x:c>
+      <x:c r="AI42" s="3" t="n">
+        <x:v>58662</x:v>
+      </x:c>
+      <x:c r="AJ42" s="3" t="n">
+        <x:v>62789</x:v>
+      </x:c>
+      <x:c r="AK42" s="3" t="n">
+        <x:v>73057</x:v>
+      </x:c>
+      <x:c r="AL42" s="3" t="n">
+        <x:v>84569</x:v>
+      </x:c>
+      <x:c r="AM42" s="3" t="n">
+        <x:v>92900</x:v>
+      </x:c>
+      <x:c r="AN42" s="3" t="n">
+        <x:v>93886</x:v>
+      </x:c>
+      <x:c r="AO42" s="3" t="n">
+        <x:v>90692</x:v>
+      </x:c>
+      <x:c r="AP42" s="3" t="n">
+        <x:v>90382</x:v>
+      </x:c>
+      <x:c r="AQ42" s="3" t="n">
+        <x:v>99011</x:v>
+      </x:c>
+      <x:c r="AR42" s="3" t="n">
+        <x:v>106539</x:v>
+      </x:c>
+      <x:c r="AS42" s="3" t="n">
+        <x:v>109320</x:v>
+      </x:c>
+      <x:c r="AT42" s="3" t="n">
+        <x:v>110976</x:v>
+      </x:c>
+      <x:c r="AU42" s="3" t="n">
+        <x:v>105437</x:v>
+      </x:c>
+      <x:c r="AV42" s="3" t="n">
+        <x:v>104435</x:v>
+      </x:c>
+      <x:c r="AW42" s="3" t="n">
+        <x:v>110825</x:v>
+      </x:c>
+      <x:c r="AX42" s="3" t="n">
+        <x:v>120751</x:v>
+      </x:c>
+      <x:c r="AY42" s="3" t="n">
+        <x:v>120961</x:v>
+      </x:c>
+      <x:c r="AZ42" s="3" t="n">
+        <x:v>113636</x:v>
+      </x:c>
+      <x:c r="BA42" s="3" t="n">
+        <x:v>112839</x:v>
+      </x:c>
+      <x:c r="BB42" s="3" t="n">
+        <x:v>123930</x:v>
+      </x:c>
+      <x:c r="BC42" s="3" t="n">
+        <x:v>117788</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:56">
-[...166 lines deleted...]
-        <x:v>172482</x:v>
+    <x:row r="43" spans="1:55">
+      <x:c r="A43" s="2" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="B43" s="3" t="n">
+        <x:v>81603</x:v>
+      </x:c>
+      <x:c r="C43" s="3" t="n">
+        <x:v>85952</x:v>
+      </x:c>
+      <x:c r="D43" s="3" t="n">
+        <x:v>90654</x:v>
+      </x:c>
+      <x:c r="E43" s="3" t="n">
+        <x:v>94090</x:v>
+      </x:c>
+      <x:c r="F43" s="3" t="n">
+        <x:v>95161</x:v>
+      </x:c>
+      <x:c r="G43" s="3" t="n">
+        <x:v>99667</x:v>
+      </x:c>
+      <x:c r="H43" s="3" t="n">
+        <x:v>104940</x:v>
+      </x:c>
+      <x:c r="I43" s="3" t="n">
+        <x:v>105851</x:v>
+      </x:c>
+      <x:c r="J43" s="3" t="n">
+        <x:v>108060</x:v>
+      </x:c>
+      <x:c r="K43" s="3" t="n">
+        <x:v>109445</x:v>
+      </x:c>
+      <x:c r="L43" s="3" t="n">
+        <x:v>112387</x:v>
+      </x:c>
+      <x:c r="M43" s="3" t="n">
+        <x:v>118457</x:v>
+      </x:c>
+      <x:c r="N43" s="3" t="n">
+        <x:v>120509</x:v>
+      </x:c>
+      <x:c r="O43" s="3" t="n">
+        <x:v>124904</x:v>
+      </x:c>
+      <x:c r="P43" s="3" t="n">
+        <x:v>128051</x:v>
+      </x:c>
+      <x:c r="Q43" s="3" t="n">
+        <x:v>131381</x:v>
+      </x:c>
+      <x:c r="R43" s="3" t="n">
+        <x:v>133108</x:v>
+      </x:c>
+      <x:c r="S43" s="3" t="n">
+        <x:v>136359</x:v>
+      </x:c>
+      <x:c r="T43" s="3" t="n">
+        <x:v>139867</x:v>
+      </x:c>
+      <x:c r="U43" s="3" t="n">
+        <x:v>143314</x:v>
+      </x:c>
+      <x:c r="V43" s="3" t="n">
+        <x:v>152605</x:v>
+      </x:c>
+      <x:c r="W43" s="3" t="n">
+        <x:v>161017</x:v>
+      </x:c>
+      <x:c r="X43" s="3" t="n">
+        <x:v>167113</x:v>
+      </x:c>
+      <x:c r="Y43" s="3" t="n">
+        <x:v>170203</x:v>
+      </x:c>
+      <x:c r="Z43" s="3" t="n">
+        <x:v>171486</x:v>
+      </x:c>
+      <x:c r="AA43" s="3" t="n">
+        <x:v>168916</x:v>
+      </x:c>
+      <x:c r="AB43" s="3" t="n">
+        <x:v>170203</x:v>
+      </x:c>
+      <x:c r="AC43" s="3" t="n">
+        <x:v>170478</x:v>
+      </x:c>
+      <x:c r="AD43" s="3" t="n">
+        <x:v>171302</x:v>
+      </x:c>
+      <x:c r="AE43" s="3" t="n">
+        <x:v>173523</x:v>
+      </x:c>
+      <x:c r="AF43" s="3" t="n">
+        <x:v>170730</x:v>
+      </x:c>
+      <x:c r="AG43" s="3" t="n">
+        <x:v>168047</x:v>
+      </x:c>
+      <x:c r="AH43" s="3" t="n">
+        <x:v>162483</x:v>
+      </x:c>
+      <x:c r="AI43" s="3" t="n">
+        <x:v>162935</x:v>
+      </x:c>
+      <x:c r="AJ43" s="3" t="n">
+        <x:v>164484</x:v>
+      </x:c>
+      <x:c r="AK43" s="3" t="n">
+        <x:v>164179</x:v>
+      </x:c>
+      <x:c r="AL43" s="3" t="n">
+        <x:v>165277</x:v>
+      </x:c>
+      <x:c r="AM43" s="3" t="n">
+        <x:v>170301</x:v>
+      </x:c>
+      <x:c r="AN43" s="3" t="n">
+        <x:v>176268</x:v>
+      </x:c>
+      <x:c r="AO43" s="3" t="n">
+        <x:v>183356</x:v>
+      </x:c>
+      <x:c r="AP43" s="3" t="n">
+        <x:v>190658</x:v>
+      </x:c>
+      <x:c r="AQ43" s="3" t="n">
+        <x:v>196764</x:v>
+      </x:c>
+      <x:c r="AR43" s="3" t="n">
+        <x:v>200588</x:v>
+      </x:c>
+      <x:c r="AS43" s="3" t="n">
+        <x:v>200697</x:v>
+      </x:c>
+      <x:c r="AT43" s="3" t="n">
+        <x:v>211059</x:v>
+      </x:c>
+      <x:c r="AU43" s="3" t="n">
+        <x:v>220621</x:v>
+      </x:c>
+      <x:c r="AV43" s="3" t="n">
+        <x:v>225469</x:v>
+      </x:c>
+      <x:c r="AW43" s="3" t="n">
+        <x:v>230625</x:v>
+      </x:c>
+      <x:c r="AX43" s="3" t="n">
+        <x:v>236777</x:v>
+      </x:c>
+      <x:c r="AY43" s="3" t="n">
+        <x:v>241068</x:v>
+      </x:c>
+      <x:c r="AZ43" s="3" t="n">
+        <x:v>252996</x:v>
+      </x:c>
+      <x:c r="BA43" s="3" t="n">
+        <x:v>259656</x:v>
+      </x:c>
+      <x:c r="BB43" s="3" t="n">
+        <x:v>272405</x:v>
+      </x:c>
+      <x:c r="BC43" s="3" t="n">
+        <x:v>280280</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:56">
-[...166 lines deleted...]
-        <x:v>79930</x:v>
+    <x:row r="44" spans="1:55">
+      <x:c r="A44" s="2" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B44" s="3" t="n">
+        <x:v>76136</x:v>
+      </x:c>
+      <x:c r="C44" s="3" t="n">
+        <x:v>79755</x:v>
+      </x:c>
+      <x:c r="D44" s="3" t="n">
+        <x:v>79100</x:v>
+      </x:c>
+      <x:c r="E44" s="3" t="n">
+        <x:v>80914</x:v>
+      </x:c>
+      <x:c r="F44" s="3" t="n">
+        <x:v>82456</x:v>
+      </x:c>
+      <x:c r="G44" s="3" t="n">
+        <x:v>85576</x:v>
+      </x:c>
+      <x:c r="H44" s="3" t="n">
+        <x:v>89316</x:v>
+      </x:c>
+      <x:c r="I44" s="3" t="n">
+        <x:v>91159</x:v>
+      </x:c>
+      <x:c r="J44" s="3" t="n">
+        <x:v>93633</x:v>
+      </x:c>
+      <x:c r="K44" s="3" t="n">
+        <x:v>97390</x:v>
+      </x:c>
+      <x:c r="L44" s="3" t="n">
+        <x:v>100550</x:v>
+      </x:c>
+      <x:c r="M44" s="3" t="n">
+        <x:v>104964</x:v>
+      </x:c>
+      <x:c r="N44" s="3" t="n">
+        <x:v>108977</x:v>
+      </x:c>
+      <x:c r="O44" s="3" t="n">
+        <x:v>110843</x:v>
+      </x:c>
+      <x:c r="P44" s="3" t="n">
+        <x:v>111730</x:v>
+      </x:c>
+      <x:c r="Q44" s="3" t="n">
+        <x:v>114969</x:v>
+      </x:c>
+      <x:c r="R44" s="3" t="n">
+        <x:v>117604</x:v>
+      </x:c>
+      <x:c r="S44" s="3" t="n">
+        <x:v>121814</x:v>
+      </x:c>
+      <x:c r="T44" s="3" t="n">
+        <x:v>122446</x:v>
+      </x:c>
+      <x:c r="U44" s="3" t="n">
+        <x:v>124713</x:v>
+      </x:c>
+      <x:c r="V44" s="3" t="n">
+        <x:v>126714</x:v>
+      </x:c>
+      <x:c r="W44" s="3" t="n">
+        <x:v>127057</x:v>
+      </x:c>
+      <x:c r="X44" s="3" t="n">
+        <x:v>130507</x:v>
+      </x:c>
+      <x:c r="Y44" s="3" t="n">
+        <x:v>132543</x:v>
+      </x:c>
+      <x:c r="Z44" s="3" t="n">
+        <x:v>135858</x:v>
+      </x:c>
+      <x:c r="AA44" s="3" t="n">
+        <x:v>135910</x:v>
+      </x:c>
+      <x:c r="AB44" s="3" t="n">
+        <x:v>139994</x:v>
+      </x:c>
+      <x:c r="AC44" s="3" t="n">
+        <x:v>143313</x:v>
+      </x:c>
+      <x:c r="AD44" s="3" t="n">
+        <x:v>149914</x:v>
+      </x:c>
+      <x:c r="AE44" s="3" t="n">
+        <x:v>153232</x:v>
+      </x:c>
+      <x:c r="AF44" s="3" t="n">
+        <x:v>156513</x:v>
+      </x:c>
+      <x:c r="AG44" s="3" t="n">
+        <x:v>157944</x:v>
+      </x:c>
+      <x:c r="AH44" s="3" t="n">
+        <x:v>156838</x:v>
+      </x:c>
+      <x:c r="AI44" s="3" t="n">
+        <x:v>159528</x:v>
+      </x:c>
+      <x:c r="AJ44" s="3" t="n">
+        <x:v>160618</x:v>
+      </x:c>
+      <x:c r="AK44" s="3" t="n">
+        <x:v>164252</x:v>
+      </x:c>
+      <x:c r="AL44" s="3" t="n">
+        <x:v>166537</x:v>
+      </x:c>
+      <x:c r="AM44" s="3" t="n">
+        <x:v>170735</x:v>
+      </x:c>
+      <x:c r="AN44" s="3" t="n">
+        <x:v>171742</x:v>
+      </x:c>
+      <x:c r="AO44" s="3" t="n">
+        <x:v>173018</x:v>
+      </x:c>
+      <x:c r="AP44" s="3" t="n">
+        <x:v>177402</x:v>
+      </x:c>
+      <x:c r="AQ44" s="3" t="n">
+        <x:v>179581</x:v>
+      </x:c>
+      <x:c r="AR44" s="3" t="n">
+        <x:v>181470</x:v>
+      </x:c>
+      <x:c r="AS44" s="3" t="n">
+        <x:v>185459</x:v>
+      </x:c>
+      <x:c r="AT44" s="3" t="n">
+        <x:v>185107</x:v>
+      </x:c>
+      <x:c r="AU44" s="3" t="n">
+        <x:v>187514</x:v>
+      </x:c>
+      <x:c r="AV44" s="3" t="n">
+        <x:v>197288</x:v>
+      </x:c>
+      <x:c r="AW44" s="3" t="n">
+        <x:v>197942</x:v>
+      </x:c>
+      <x:c r="AX44" s="3" t="n">
+        <x:v>197608</x:v>
+      </x:c>
+      <x:c r="AY44" s="3" t="n">
+        <x:v>198521</x:v>
+      </x:c>
+      <x:c r="AZ44" s="3" t="n">
+        <x:v>195362</x:v>
+      </x:c>
+      <x:c r="BA44" s="3" t="n">
+        <x:v>198924</x:v>
+      </x:c>
+      <x:c r="BB44" s="3" t="n">
+        <x:v>205252</x:v>
+      </x:c>
+      <x:c r="BC44" s="3" t="n">
+        <x:v>210266</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:56">
-[...166 lines deleted...]
-        <x:v>221981</x:v>
+    <x:row r="45" spans="1:55">
+      <x:c r="A45" s="2" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="B45" s="3" t="n">
+        <x:v>89787</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="n">
+        <x:v>96413</x:v>
+      </x:c>
+      <x:c r="D45" s="3" t="n">
+        <x:v>101983</x:v>
+      </x:c>
+      <x:c r="E45" s="3" t="n">
+        <x:v>106046</x:v>
+      </x:c>
+      <x:c r="F45" s="3" t="n">
+        <x:v>113912</x:v>
+      </x:c>
+      <x:c r="G45" s="3" t="n">
+        <x:v>123967</x:v>
+      </x:c>
+      <x:c r="H45" s="3" t="n">
+        <x:v>134296</x:v>
+      </x:c>
+      <x:c r="I45" s="3" t="n">
+        <x:v>141171</x:v>
+      </x:c>
+      <x:c r="J45" s="3" t="n">
+        <x:v>146875</x:v>
+      </x:c>
+      <x:c r="K45" s="3" t="n">
+        <x:v>158617</x:v>
+      </x:c>
+      <x:c r="L45" s="3" t="n">
+        <x:v>165529</x:v>
+      </x:c>
+      <x:c r="M45" s="3" t="n">
+        <x:v>172760</x:v>
+      </x:c>
+      <x:c r="N45" s="3" t="n">
+        <x:v>175848</x:v>
+      </x:c>
+      <x:c r="O45" s="3" t="n">
+        <x:v>180585</x:v>
+      </x:c>
+      <x:c r="P45" s="3" t="n">
+        <x:v>184777</x:v>
+      </x:c>
+      <x:c r="Q45" s="3" t="n">
+        <x:v>189536</x:v>
+      </x:c>
+      <x:c r="R45" s="3" t="n">
+        <x:v>195950</x:v>
+      </x:c>
+      <x:c r="S45" s="3" t="n">
+        <x:v>204862</x:v>
+      </x:c>
+      <x:c r="T45" s="3" t="n">
+        <x:v>209568</x:v>
+      </x:c>
+      <x:c r="U45" s="3" t="n">
+        <x:v>211633</x:v>
+      </x:c>
+      <x:c r="V45" s="3" t="n">
+        <x:v>218851</x:v>
+      </x:c>
+      <x:c r="W45" s="3" t="n">
+        <x:v>225457</x:v>
+      </x:c>
+      <x:c r="X45" s="3" t="n">
+        <x:v>234227</x:v>
+      </x:c>
+      <x:c r="Y45" s="3" t="n">
+        <x:v>242114</x:v>
+      </x:c>
+      <x:c r="Z45" s="3" t="n">
+        <x:v>247647</x:v>
+      </x:c>
+      <x:c r="AA45" s="3" t="n">
+        <x:v>251063</x:v>
+      </x:c>
+      <x:c r="AB45" s="3" t="n">
+        <x:v>264025</x:v>
+      </x:c>
+      <x:c r="AC45" s="3" t="n">
+        <x:v>271302</x:v>
+      </x:c>
+      <x:c r="AD45" s="3" t="n">
+        <x:v>275383</x:v>
+      </x:c>
+      <x:c r="AE45" s="3" t="n">
+        <x:v>282890</x:v>
+      </x:c>
+      <x:c r="AF45" s="3" t="n">
+        <x:v>287937</x:v>
+      </x:c>
+      <x:c r="AG45" s="3" t="n">
+        <x:v>294052</x:v>
+      </x:c>
+      <x:c r="AH45" s="3" t="n">
+        <x:v>304998</x:v>
+      </x:c>
+      <x:c r="AI45" s="3" t="n">
+        <x:v>307728</x:v>
+      </x:c>
+      <x:c r="AJ45" s="3" t="n">
+        <x:v>318242</x:v>
+      </x:c>
+      <x:c r="AK45" s="3" t="n">
+        <x:v>331134</x:v>
+      </x:c>
+      <x:c r="AL45" s="3" t="n">
+        <x:v>342367</x:v>
+      </x:c>
+      <x:c r="AM45" s="3" t="n">
+        <x:v>364761</x:v>
+      </x:c>
+      <x:c r="AN45" s="3" t="n">
+        <x:v>380611</x:v>
+      </x:c>
+      <x:c r="AO45" s="3" t="n">
+        <x:v>384595</x:v>
+      </x:c>
+      <x:c r="AP45" s="3" t="n">
+        <x:v>390866</x:v>
+      </x:c>
+      <x:c r="AQ45" s="3" t="n">
+        <x:v>393884</x:v>
+      </x:c>
+      <x:c r="AR45" s="3" t="n">
+        <x:v>403475</x:v>
+      </x:c>
+      <x:c r="AS45" s="3" t="n">
+        <x:v>406696</x:v>
+      </x:c>
+      <x:c r="AT45" s="3" t="n">
+        <x:v>407553</x:v>
+      </x:c>
+      <x:c r="AU45" s="3" t="n">
+        <x:v>416077</x:v>
+      </x:c>
+      <x:c r="AV45" s="3" t="n">
+        <x:v>420722</x:v>
+      </x:c>
+      <x:c r="AW45" s="3" t="n">
+        <x:v>427370</x:v>
+      </x:c>
+      <x:c r="AX45" s="3" t="n">
+        <x:v>427760</x:v>
+      </x:c>
+      <x:c r="AY45" s="3" t="n">
+        <x:v>431228</x:v>
+      </x:c>
+      <x:c r="AZ45" s="3" t="n">
+        <x:v>403903</x:v>
+      </x:c>
+      <x:c r="BA45" s="3" t="n">
+        <x:v>417685</x:v>
+      </x:c>
+      <x:c r="BB45" s="3" t="n">
+        <x:v>437242</x:v>
+      </x:c>
+      <x:c r="BC45" s="3" t="n">
+        <x:v>455160</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:56">
-[...166 lines deleted...]
-        <x:v>160760</x:v>
+    <x:row r="46" spans="1:55">
+      <x:c r="A46" s="2" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B46" s="3" t="n">
+        <x:v>32337</x:v>
+      </x:c>
+      <x:c r="C46" s="3" t="n">
+        <x:v>34736</x:v>
+      </x:c>
+      <x:c r="D46" s="3" t="n">
+        <x:v>35913</x:v>
+      </x:c>
+      <x:c r="E46" s="3" t="n">
+        <x:v>37526</x:v>
+      </x:c>
+      <x:c r="F46" s="3" t="n">
+        <x:v>40089</x:v>
+      </x:c>
+      <x:c r="G46" s="3" t="n">
+        <x:v>41739</x:v>
+      </x:c>
+      <x:c r="H46" s="3" t="n">
+        <x:v>42359</x:v>
+      </x:c>
+      <x:c r="I46" s="3" t="n">
+        <x:v>43844</x:v>
+      </x:c>
+      <x:c r="J46" s="3" t="n">
+        <x:v>44454</x:v>
+      </x:c>
+      <x:c r="K46" s="3" t="n">
+        <x:v>43300</x:v>
+      </x:c>
+      <x:c r="L46" s="3" t="n">
+        <x:v>45648</x:v>
+      </x:c>
+      <x:c r="M46" s="3" t="n">
+        <x:v>46087</x:v>
+      </x:c>
+      <x:c r="N46" s="3" t="n">
+        <x:v>45290</x:v>
+      </x:c>
+      <x:c r="O46" s="3" t="n">
+        <x:v>46407</x:v>
+      </x:c>
+      <x:c r="P46" s="3" t="n">
+        <x:v>48712</x:v>
+      </x:c>
+      <x:c r="Q46" s="3" t="n">
+        <x:v>50831</x:v>
+      </x:c>
+      <x:c r="R46" s="3" t="n">
+        <x:v>51546</x:v>
+      </x:c>
+      <x:c r="S46" s="3" t="n">
+        <x:v>53439</x:v>
+      </x:c>
+      <x:c r="T46" s="3" t="n">
+        <x:v>53247</x:v>
+      </x:c>
+      <x:c r="U46" s="3" t="n">
+        <x:v>51620</x:v>
+      </x:c>
+      <x:c r="V46" s="3" t="n">
+        <x:v>51241</x:v>
+      </x:c>
+      <x:c r="W46" s="3" t="n">
+        <x:v>50085</x:v>
+      </x:c>
+      <x:c r="X46" s="3" t="n">
+        <x:v>50066</x:v>
+      </x:c>
+      <x:c r="Y46" s="3" t="n">
+        <x:v>50495</x:v>
+      </x:c>
+      <x:c r="Z46" s="3" t="n">
+        <x:v>50955</x:v>
+      </x:c>
+      <x:c r="AA46" s="3" t="n">
+        <x:v>51879</x:v>
+      </x:c>
+      <x:c r="AB46" s="3" t="n">
+        <x:v>52939</x:v>
+      </x:c>
+      <x:c r="AC46" s="3" t="n">
+        <x:v>53894</x:v>
+      </x:c>
+      <x:c r="AD46" s="3" t="n">
+        <x:v>54415</x:v>
+      </x:c>
+      <x:c r="AE46" s="3" t="n">
+        <x:v>55967</x:v>
+      </x:c>
+      <x:c r="AF46" s="3" t="n">
+        <x:v>57008</x:v>
+      </x:c>
+      <x:c r="AG46" s="3" t="n">
+        <x:v>54456</x:v>
+      </x:c>
+      <x:c r="AH46" s="3" t="n">
+        <x:v>55630</x:v>
+      </x:c>
+      <x:c r="AI46" s="3" t="n">
+        <x:v>54130</x:v>
+      </x:c>
+      <x:c r="AJ46" s="3" t="n">
+        <x:v>53793</x:v>
+      </x:c>
+      <x:c r="AK46" s="3" t="n">
+        <x:v>55865</x:v>
+      </x:c>
+      <x:c r="AL46" s="3" t="n">
+        <x:v>57387</x:v>
+      </x:c>
+      <x:c r="AM46" s="3" t="n">
+        <x:v>63786</x:v>
+      </x:c>
+      <x:c r="AN46" s="3" t="n">
+        <x:v>68039</x:v>
+      </x:c>
+      <x:c r="AO46" s="3" t="n">
+        <x:v>68764</x:v>
+      </x:c>
+      <x:c r="AP46" s="3" t="n">
+        <x:v>67914</x:v>
+      </x:c>
+      <x:c r="AQ46" s="3" t="n">
+        <x:v>70003</x:v>
+      </x:c>
+      <x:c r="AR46" s="3" t="n">
+        <x:v>71364</x:v>
+      </x:c>
+      <x:c r="AS46" s="3" t="n">
+        <x:v>73550</x:v>
+      </x:c>
+      <x:c r="AT46" s="3" t="n">
+        <x:v>75034</x:v>
+      </x:c>
+      <x:c r="AU46" s="3" t="n">
+        <x:v>74575</x:v>
+      </x:c>
+      <x:c r="AV46" s="3" t="n">
+        <x:v>72066</x:v>
+      </x:c>
+      <x:c r="AW46" s="3" t="n">
+        <x:v>71872</x:v>
+      </x:c>
+      <x:c r="AX46" s="3" t="n">
+        <x:v>74157</x:v>
+      </x:c>
+      <x:c r="AY46" s="3" t="n">
+        <x:v>74135</x:v>
+      </x:c>
+      <x:c r="AZ46" s="3" t="n">
+        <x:v>64054</x:v>
+      </x:c>
+      <x:c r="BA46" s="3" t="n">
+        <x:v>69769</x:v>
+      </x:c>
+      <x:c r="BB46" s="3" t="n">
+        <x:v>77033</x:v>
+      </x:c>
+      <x:c r="BC46" s="3" t="n">
+        <x:v>79839</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:56">
-[...166 lines deleted...]
-        <x:v>322480</x:v>
+    <x:row r="47" spans="1:55">
+      <x:c r="A47" s="2" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B47" s="3" t="n">
+        <x:v>219813</x:v>
+      </x:c>
+      <x:c r="C47" s="3" t="n">
+        <x:v>231972</x:v>
+      </x:c>
+      <x:c r="D47" s="3" t="n">
+        <x:v>241663</x:v>
+      </x:c>
+      <x:c r="E47" s="3" t="n">
+        <x:v>254006</x:v>
+      </x:c>
+      <x:c r="F47" s="3" t="n">
+        <x:v>261063</x:v>
+      </x:c>
+      <x:c r="G47" s="3" t="n">
+        <x:v>279695</x:v>
+      </x:c>
+      <x:c r="H47" s="3" t="n">
+        <x:v>299016</x:v>
+      </x:c>
+      <x:c r="I47" s="3" t="n">
+        <x:v>310164</x:v>
+      </x:c>
+      <x:c r="J47" s="3" t="n">
+        <x:v>320173</x:v>
+      </x:c>
+      <x:c r="K47" s="3" t="n">
+        <x:v>333229</x:v>
+      </x:c>
+      <x:c r="L47" s="3" t="n">
+        <x:v>347542</x:v>
+      </x:c>
+      <x:c r="M47" s="3" t="n">
+        <x:v>365864</x:v>
+      </x:c>
+      <x:c r="N47" s="3" t="n">
+        <x:v>373833</x:v>
+      </x:c>
+      <x:c r="O47" s="3" t="n">
+        <x:v>385513</x:v>
+      </x:c>
+      <x:c r="P47" s="3" t="n">
+        <x:v>395356</x:v>
+      </x:c>
+      <x:c r="Q47" s="3" t="n">
+        <x:v>407716</x:v>
+      </x:c>
+      <x:c r="R47" s="3" t="n">
+        <x:v>415910</x:v>
+      </x:c>
+      <x:c r="S47" s="3" t="n">
+        <x:v>429179</x:v>
+      </x:c>
+      <x:c r="T47" s="3" t="n">
+        <x:v>438323</x:v>
+      </x:c>
+      <x:c r="U47" s="3" t="n">
+        <x:v>447744</x:v>
+      </x:c>
+      <x:c r="V47" s="3" t="n">
+        <x:v>465859</x:v>
+      </x:c>
+      <x:c r="W47" s="3" t="n">
+        <x:v>487911</x:v>
+      </x:c>
+      <x:c r="X47" s="3" t="n">
+        <x:v>506361</x:v>
+      </x:c>
+      <x:c r="Y47" s="3" t="n">
+        <x:v>518211</x:v>
+      </x:c>
+      <x:c r="Z47" s="3" t="n">
+        <x:v>527284</x:v>
+      </x:c>
+      <x:c r="AA47" s="3" t="n">
+        <x:v>527351</x:v>
+      </x:c>
+      <x:c r="AB47" s="3" t="n">
+        <x:v>540011</x:v>
+      </x:c>
+      <x:c r="AC47" s="3" t="n">
+        <x:v>550152</x:v>
+      </x:c>
+      <x:c r="AD47" s="3" t="n">
+        <x:v>564125</x:v>
+      </x:c>
+      <x:c r="AE47" s="3" t="n">
+        <x:v>576850</x:v>
+      </x:c>
+      <x:c r="AF47" s="3" t="n">
+        <x:v>580979</x:v>
+      </x:c>
+      <x:c r="AG47" s="3" t="n">
+        <x:v>581303</x:v>
+      </x:c>
+      <x:c r="AH47" s="3" t="n">
+        <x:v>581265</x:v>
+      </x:c>
+      <x:c r="AI47" s="3" t="n">
+        <x:v>584610</x:v>
+      </x:c>
+      <x:c r="AJ47" s="3" t="n">
+        <x:v>589499</x:v>
+      </x:c>
+      <x:c r="AK47" s="3" t="n">
+        <x:v>604157</x:v>
+      </x:c>
+      <x:c r="AL47" s="3" t="n">
+        <x:v>612640</x:v>
+      </x:c>
+      <x:c r="AM47" s="3" t="n">
+        <x:v>635911</x:v>
+      </x:c>
+      <x:c r="AN47" s="3" t="n">
+        <x:v>651349</x:v>
+      </x:c>
+      <x:c r="AO47" s="3" t="n">
+        <x:v>662020</x:v>
+      </x:c>
+      <x:c r="AP47" s="3" t="n">
+        <x:v>677596</x:v>
+      </x:c>
+      <x:c r="AQ47" s="3" t="n">
+        <x:v>687534</x:v>
+      </x:c>
+      <x:c r="AR47" s="3" t="n">
+        <x:v>703136</x:v>
+      </x:c>
+      <x:c r="AS47" s="3" t="n">
+        <x:v>708498</x:v>
+      </x:c>
+      <x:c r="AT47" s="3" t="n">
+        <x:v>719135</x:v>
+      </x:c>
+      <x:c r="AU47" s="3" t="n">
+        <x:v>734775</x:v>
+      </x:c>
+      <x:c r="AV47" s="3" t="n">
+        <x:v>751454</x:v>
+      </x:c>
+      <x:c r="AW47" s="3" t="n">
+        <x:v>764090</x:v>
+      </x:c>
+      <x:c r="AX47" s="3" t="n">
+        <x:v>769407</x:v>
+      </x:c>
+      <x:c r="AY47" s="3" t="n">
+        <x:v>775814</x:v>
+      </x:c>
+      <x:c r="AZ47" s="3" t="n">
+        <x:v>759511</x:v>
+      </x:c>
+      <x:c r="BA47" s="3" t="n">
+        <x:v>780233</x:v>
+      </x:c>
+      <x:c r="BB47" s="3" t="n">
+        <x:v>811098</x:v>
+      </x:c>
+      <x:c r="BC47" s="3" t="n">
+        <x:v>836871</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:56">
-[...166 lines deleted...]
-        <x:v>59208</x:v>
+    <x:row r="48" spans="1:55">
+      <x:c r="A48" s="2" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B48" s="3" t="n">
+        <x:v>83802</x:v>
+      </x:c>
+      <x:c r="C48" s="3" t="n">
+        <x:v>89604</x:v>
+      </x:c>
+      <x:c r="D48" s="3" t="n">
+        <x:v>93688</x:v>
+      </x:c>
+      <x:c r="E48" s="3" t="n">
+        <x:v>96087</x:v>
+      </x:c>
+      <x:c r="F48" s="3" t="n">
+        <x:v>96816</x:v>
+      </x:c>
+      <x:c r="G48" s="3" t="n">
+        <x:v>101209</x:v>
+      </x:c>
+      <x:c r="H48" s="3" t="n">
+        <x:v>106736</x:v>
+      </x:c>
+      <x:c r="I48" s="3" t="n">
+        <x:v>107417</x:v>
+      </x:c>
+      <x:c r="J48" s="3" t="n">
+        <x:v>108467</x:v>
+      </x:c>
+      <x:c r="K48" s="3" t="n">
+        <x:v>111066</x:v>
+      </x:c>
+      <x:c r="L48" s="3" t="n">
+        <x:v>113248</x:v>
+      </x:c>
+      <x:c r="M48" s="3" t="n">
+        <x:v>119777</x:v>
+      </x:c>
+      <x:c r="N48" s="3" t="n">
+        <x:v>122919</x:v>
+      </x:c>
+      <x:c r="O48" s="3" t="n">
+        <x:v>125051</x:v>
+      </x:c>
+      <x:c r="P48" s="3" t="n">
+        <x:v>125247</x:v>
+      </x:c>
+      <x:c r="Q48" s="3" t="n">
+        <x:v>127413</x:v>
+      </x:c>
+      <x:c r="R48" s="3" t="n">
+        <x:v>130383</x:v>
+      </x:c>
+      <x:c r="S48" s="3" t="n">
+        <x:v>134421</x:v>
+      </x:c>
+      <x:c r="T48" s="3" t="n">
+        <x:v>137682</x:v>
+      </x:c>
+      <x:c r="U48" s="3" t="n">
+        <x:v>141081</x:v>
+      </x:c>
+      <x:c r="V48" s="3" t="n">
+        <x:v>150750</x:v>
+      </x:c>
+      <x:c r="W48" s="3" t="n">
+        <x:v>161078</x:v>
+      </x:c>
+      <x:c r="X48" s="3" t="n">
+        <x:v>167031</x:v>
+      </x:c>
+      <x:c r="Y48" s="3" t="n">
+        <x:v>169925</x:v>
+      </x:c>
+      <x:c r="Z48" s="3" t="n">
+        <x:v>171913</x:v>
+      </x:c>
+      <x:c r="AA48" s="3" t="n">
+        <x:v>171935</x:v>
+      </x:c>
+      <x:c r="AB48" s="3" t="n">
+        <x:v>174069</x:v>
+      </x:c>
+      <x:c r="AC48" s="3" t="n">
+        <x:v>177258</x:v>
+      </x:c>
+      <x:c r="AD48" s="3" t="n">
+        <x:v>179220</x:v>
+      </x:c>
+      <x:c r="AE48" s="3" t="n">
+        <x:v>182591</x:v>
+      </x:c>
+      <x:c r="AF48" s="3" t="n">
+        <x:v>182828</x:v>
+      </x:c>
+      <x:c r="AG48" s="3" t="n">
+        <x:v>179628</x:v>
+      </x:c>
+      <x:c r="AH48" s="3" t="n">
+        <x:v>259635</x:v>
+      </x:c>
+      <x:c r="AI48" s="3" t="n">
+        <x:v>264054</x:v>
+      </x:c>
+      <x:c r="AJ48" s="3" t="n">
+        <x:v>272231</x:v>
+      </x:c>
+      <x:c r="AK48" s="3" t="n">
+        <x:v>278149</x:v>
+      </x:c>
+      <x:c r="AL48" s="3" t="n">
+        <x:v>280993</x:v>
+      </x:c>
+      <x:c r="AM48" s="3" t="n">
+        <x:v>290245</x:v>
+      </x:c>
+      <x:c r="AN48" s="3" t="n">
+        <x:v>294946</x:v>
+      </x:c>
+      <x:c r="AO48" s="3" t="n">
+        <x:v>300694</x:v>
+      </x:c>
+      <x:c r="AP48" s="3" t="n">
+        <x:v>300190</x:v>
+      </x:c>
+      <x:c r="AQ48" s="3" t="n">
+        <x:v>300451</x:v>
+      </x:c>
+      <x:c r="AR48" s="3" t="n">
+        <x:v>308033</x:v>
+      </x:c>
+      <x:c r="AS48" s="3" t="n">
+        <x:v>312986</x:v>
+      </x:c>
+      <x:c r="AT48" s="3" t="n">
+        <x:v>320847</x:v>
+      </x:c>
+      <x:c r="AU48" s="3" t="n">
+        <x:v>333496</x:v>
+      </x:c>
+      <x:c r="AV48" s="3" t="n">
+        <x:v>341187</x:v>
+      </x:c>
+      <x:c r="AW48" s="3" t="n">
+        <x:v>348740</x:v>
+      </x:c>
+      <x:c r="AX48" s="3" t="n">
+        <x:v>353224</x:v>
+      </x:c>
+      <x:c r="AY48" s="3" t="n">
+        <x:v>357012</x:v>
+      </x:c>
+      <x:c r="AZ48" s="3" t="n">
+        <x:v>347392</x:v>
+      </x:c>
+      <x:c r="BA48" s="3" t="n">
+        <x:v>360742</x:v>
+      </x:c>
+      <x:c r="BB48" s="3" t="n">
+        <x:v>380383</x:v>
+      </x:c>
+      <x:c r="BC48" s="3" t="n">
+        <x:v>399581</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:56">
-[...166 lines deleted...]
-        <x:v>636347</x:v>
+    <x:row r="49" spans="1:55">
+      <x:c r="A49" s="2" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B49" s="3" t="n">
+        <x:v>51850</x:v>
+      </x:c>
+      <x:c r="C49" s="3" t="n">
+        <x:v>57695</x:v>
+      </x:c>
+      <x:c r="D49" s="3" t="n">
+        <x:v>61343</x:v>
+      </x:c>
+      <x:c r="E49" s="3" t="n">
+        <x:v>63809</x:v>
+      </x:c>
+      <x:c r="F49" s="3" t="n">
+        <x:v>65589</x:v>
+      </x:c>
+      <x:c r="G49" s="3" t="n">
+        <x:v>69091</x:v>
+      </x:c>
+      <x:c r="H49" s="3" t="n">
+        <x:v>74369</x:v>
+      </x:c>
+      <x:c r="I49" s="3" t="n">
+        <x:v>75908</x:v>
+      </x:c>
+      <x:c r="J49" s="3" t="n">
+        <x:v>76291</x:v>
+      </x:c>
+      <x:c r="K49" s="3" t="n">
+        <x:v>79244</x:v>
+      </x:c>
+      <x:c r="L49" s="3" t="n">
+        <x:v>81859</x:v>
+      </x:c>
+      <x:c r="M49" s="3" t="n">
+        <x:v>87955</x:v>
+      </x:c>
+      <x:c r="N49" s="3" t="n">
+        <x:v>89176</x:v>
+      </x:c>
+      <x:c r="O49" s="3" t="n">
+        <x:v>90416</x:v>
+      </x:c>
+      <x:c r="P49" s="3" t="n">
+        <x:v>90368</x:v>
+      </x:c>
+      <x:c r="Q49" s="3" t="n">
+        <x:v>91973</x:v>
+      </x:c>
+      <x:c r="R49" s="3" t="n">
+        <x:v>94039</x:v>
+      </x:c>
+      <x:c r="S49" s="3" t="n">
+        <x:v>96343</x:v>
+      </x:c>
+      <x:c r="T49" s="3" t="n">
+        <x:v>98377</x:v>
+      </x:c>
+      <x:c r="U49" s="3" t="n">
+        <x:v>99779</x:v>
+      </x:c>
+      <x:c r="V49" s="3" t="n">
+        <x:v>105506</x:v>
+      </x:c>
+      <x:c r="W49" s="3" t="n">
+        <x:v>116059</x:v>
+      </x:c>
+      <x:c r="X49" s="3" t="n">
+        <x:v>121093</x:v>
+      </x:c>
+      <x:c r="Y49" s="3" t="n">
+        <x:v>122950</x:v>
+      </x:c>
+      <x:c r="Z49" s="3" t="n">
+        <x:v>125363</x:v>
+      </x:c>
+      <x:c r="AA49" s="3" t="n">
+        <x:v>126171</x:v>
+      </x:c>
+      <x:c r="AB49" s="3" t="n">
+        <x:v>128136</x:v>
+      </x:c>
+      <x:c r="AC49" s="3" t="n">
+        <x:v>131000</x:v>
+      </x:c>
+      <x:c r="AD49" s="3" t="n">
+        <x:v>132415</x:v>
+      </x:c>
+      <x:c r="AE49" s="3" t="n">
+        <x:v>134900</x:v>
+      </x:c>
+      <x:c r="AF49" s="3" t="n">
+        <x:v>135786</x:v>
+      </x:c>
+      <x:c r="AG49" s="3" t="n">
+        <x:v>135619</x:v>
+      </x:c>
+      <x:c r="AH49" s="3" t="n">
+        <x:v>218617</x:v>
+      </x:c>
+      <x:c r="AI49" s="3" t="n">
+        <x:v>224720</x:v>
+      </x:c>
+      <x:c r="AJ49" s="3" t="n">
+        <x:v>232366</x:v>
+      </x:c>
+      <x:c r="AK49" s="3" t="n">
+        <x:v>240590</x:v>
+      </x:c>
+      <x:c r="AL49" s="3" t="n">
+        <x:v>245089</x:v>
+      </x:c>
+      <x:c r="AM49" s="3" t="n">
+        <x:v>254569</x:v>
+      </x:c>
+      <x:c r="AN49" s="3" t="n">
+        <x:v>258906</x:v>
+      </x:c>
+      <x:c r="AO49" s="3" t="n">
+        <x:v>263490</x:v>
+      </x:c>
+      <x:c r="AP49" s="3" t="n">
+        <x:v>262933</x:v>
+      </x:c>
+      <x:c r="AQ49" s="3" t="n">
+        <x:v>263251</x:v>
+      </x:c>
+      <x:c r="AR49" s="3" t="n">
+        <x:v>271038</x:v>
+      </x:c>
+      <x:c r="AS49" s="3" t="n">
+        <x:v>277171</x:v>
+      </x:c>
+      <x:c r="AT49" s="3" t="n">
+        <x:v>284819</x:v>
+      </x:c>
+      <x:c r="AU49" s="3" t="n">
+        <x:v>296082</x:v>
+      </x:c>
+      <x:c r="AV49" s="3" t="n">
+        <x:v>304287</x:v>
+      </x:c>
+      <x:c r="AW49" s="3" t="n">
+        <x:v>311714</x:v>
+      </x:c>
+      <x:c r="AX49" s="3" t="n">
+        <x:v>315173</x:v>
+      </x:c>
+      <x:c r="AY49" s="3" t="n">
+        <x:v>317817</x:v>
+      </x:c>
+      <x:c r="AZ49" s="3" t="n">
+        <x:v>305934</x:v>
+      </x:c>
+      <x:c r="BA49" s="3" t="n">
+        <x:v>318272</x:v>
+      </x:c>
+      <x:c r="BB49" s="3" t="n">
+        <x:v>333499</x:v>
+      </x:c>
+      <x:c r="BC49" s="3" t="n">
+        <x:v>350731</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:56">
-[...166 lines deleted...]
-        <x:v>305334</x:v>
+    <x:row r="50" spans="1:55">
+      <x:c r="A50" s="2" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B50" s="3" t="n">
+        <x:v>29389</x:v>
+      </x:c>
+      <x:c r="C50" s="3" t="n">
+        <x:v>29480</x:v>
+      </x:c>
+      <x:c r="D50" s="3" t="n">
+        <x:v>29917</x:v>
+      </x:c>
+      <x:c r="E50" s="3" t="n">
+        <x:v>29878</x:v>
+      </x:c>
+      <x:c r="F50" s="3" t="n">
+        <x:v>28924</x:v>
+      </x:c>
+      <x:c r="G50" s="3" t="n">
+        <x:v>29756</x:v>
+      </x:c>
+      <x:c r="H50" s="3" t="n">
+        <x:v>29989</x:v>
+      </x:c>
+      <x:c r="I50" s="3" t="n">
+        <x:v>29244</x:v>
+      </x:c>
+      <x:c r="J50" s="3" t="n">
+        <x:v>29840</x:v>
+      </x:c>
+      <x:c r="K50" s="3" t="n">
+        <x:v>29613</x:v>
+      </x:c>
+      <x:c r="L50" s="3" t="n">
+        <x:v>29300</x:v>
+      </x:c>
+      <x:c r="M50" s="3" t="n">
+        <x:v>29823</x:v>
+      </x:c>
+      <x:c r="N50" s="3" t="n">
+        <x:v>31529</x:v>
+      </x:c>
+      <x:c r="O50" s="3" t="n">
+        <x:v>32339</x:v>
+      </x:c>
+      <x:c r="P50" s="3" t="n">
+        <x:v>32551</x:v>
+      </x:c>
+      <x:c r="Q50" s="3" t="n">
+        <x:v>33078</x:v>
+      </x:c>
+      <x:c r="R50" s="3" t="n">
+        <x:v>33916</x:v>
+      </x:c>
+      <x:c r="S50" s="3" t="n">
+        <x:v>35488</x:v>
+      </x:c>
+      <x:c r="T50" s="3" t="n">
+        <x:v>36614</x:v>
+      </x:c>
+      <x:c r="U50" s="3" t="n">
+        <x:v>38413</x:v>
+      </x:c>
+      <x:c r="V50" s="3" t="n">
+        <x:v>42008</x:v>
+      </x:c>
+      <x:c r="W50" s="3" t="n">
+        <x:v>41924</x:v>
+      </x:c>
+      <x:c r="X50" s="3" t="n">
+        <x:v>42811</x:v>
+      </x:c>
+      <x:c r="Y50" s="3" t="n">
+        <x:v>43768</x:v>
+      </x:c>
+      <x:c r="Z50" s="3" t="n">
+        <x:v>43427</x:v>
+      </x:c>
+      <x:c r="AA50" s="3" t="n">
+        <x:v>42735</x:v>
+      </x:c>
+      <x:c r="AB50" s="3" t="n">
+        <x:v>42908</x:v>
+      </x:c>
+      <x:c r="AC50" s="3" t="n">
+        <x:v>43230</x:v>
+      </x:c>
+      <x:c r="AD50" s="3" t="n">
+        <x:v>43740</x:v>
+      </x:c>
+      <x:c r="AE50" s="3" t="n">
+        <x:v>44567</x:v>
+      </x:c>
+      <x:c r="AF50" s="3" t="n">
+        <x:v>43981</x:v>
+      </x:c>
+      <x:c r="AG50" s="3" t="n">
+        <x:v>41261</x:v>
+      </x:c>
+      <x:c r="AH50" s="3" t="n">
+        <x:v>39855</x:v>
+      </x:c>
+      <x:c r="AI50" s="3" t="n">
+        <x:v>38437</x:v>
+      </x:c>
+      <x:c r="AJ50" s="3" t="n">
+        <x:v>39025</x:v>
+      </x:c>
+      <x:c r="AK50" s="3" t="n">
+        <x:v>37031</x:v>
+      </x:c>
+      <x:c r="AL50" s="3" t="n">
+        <x:v>35632</x:v>
+      </x:c>
+      <x:c r="AM50" s="3" t="n">
+        <x:v>35593</x:v>
+      </x:c>
+      <x:c r="AN50" s="3" t="n">
+        <x:v>35985</x:v>
+      </x:c>
+      <x:c r="AO50" s="3" t="n">
+        <x:v>37091</x:v>
+      </x:c>
+      <x:c r="AP50" s="3" t="n">
+        <x:v>37131</x:v>
+      </x:c>
+      <x:c r="AQ50" s="3" t="n">
+        <x:v>37081</x:v>
+      </x:c>
+      <x:c r="AR50" s="3" t="n">
+        <x:v>36916</x:v>
+      </x:c>
+      <x:c r="AS50" s="3" t="n">
+        <x:v>35845</x:v>
+      </x:c>
+      <x:c r="AT50" s="3" t="n">
+        <x:v>36103</x:v>
+      </x:c>
+      <x:c r="AU50" s="3" t="n">
+        <x:v>37494</x:v>
+      </x:c>
+      <x:c r="AV50" s="3" t="n">
+        <x:v>37027</x:v>
+      </x:c>
+      <x:c r="AW50" s="3" t="n">
+        <x:v>37187</x:v>
+      </x:c>
+      <x:c r="AX50" s="3" t="n">
+        <x:v>38193</x:v>
+      </x:c>
+      <x:c r="AY50" s="3" t="n">
+        <x:v>39306</x:v>
+      </x:c>
+      <x:c r="AZ50" s="3" t="n">
+        <x:v>41504</x:v>
+      </x:c>
+      <x:c r="BA50" s="3" t="n">
+        <x:v>42494</x:v>
+      </x:c>
+      <x:c r="BB50" s="3" t="n">
+        <x:v>46901</x:v>
+      </x:c>
+      <x:c r="BC50" s="3" t="n">
+        <x:v>48850</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:56">
-[...166 lines deleted...]
-        <x:v>268152</x:v>
+    <x:row r="51" spans="1:55">
+      <x:c r="A51" s="2" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B51" s="3" t="n">
+        <x:v>135915</x:v>
+      </x:c>
+      <x:c r="C51" s="3" t="n">
+        <x:v>141918</x:v>
+      </x:c>
+      <x:c r="D51" s="3" t="n">
+        <x:v>147417</x:v>
+      </x:c>
+      <x:c r="E51" s="3" t="n">
+        <x:v>157843</x:v>
+      </x:c>
+      <x:c r="F51" s="3" t="n">
+        <x:v>164581</x:v>
+      </x:c>
+      <x:c r="G51" s="3" t="n">
+        <x:v>179416</x:v>
+      </x:c>
+      <x:c r="H51" s="3" t="n">
+        <x:v>193613</x:v>
+      </x:c>
+      <x:c r="I51" s="3" t="n">
+        <x:v>204892</x:v>
+      </x:c>
+      <x:c r="J51" s="3" t="n">
+        <x:v>214462</x:v>
+      </x:c>
+      <x:c r="K51" s="3" t="n">
+        <x:v>225424</x:v>
+      </x:c>
+      <x:c r="L51" s="3" t="n">
+        <x:v>238222</x:v>
+      </x:c>
+      <x:c r="M51" s="3" t="n">
+        <x:v>250111</x:v>
+      </x:c>
+      <x:c r="N51" s="3" t="n">
+        <x:v>254924</x:v>
+      </x:c>
+      <x:c r="O51" s="3" t="n">
+        <x:v>264917</x:v>
+      </x:c>
+      <x:c r="P51" s="3" t="n">
+        <x:v>275242</x:v>
+      </x:c>
+      <x:c r="Q51" s="3" t="n">
+        <x:v>285949</x:v>
+      </x:c>
+      <x:c r="R51" s="3" t="n">
+        <x:v>291201</x:v>
+      </x:c>
+      <x:c r="S51" s="3" t="n">
+        <x:v>300638</x:v>
+      </x:c>
+      <x:c r="T51" s="3" t="n">
+        <x:v>306577</x:v>
+      </x:c>
+      <x:c r="U51" s="3" t="n">
+        <x:v>312655</x:v>
+      </x:c>
+      <x:c r="V51" s="3" t="n">
+        <x:v>320714</x:v>
+      </x:c>
+      <x:c r="W51" s="3" t="n">
+        <x:v>332233</x:v>
+      </x:c>
+      <x:c r="X51" s="3" t="n">
+        <x:v>344957</x:v>
+      </x:c>
+      <x:c r="Y51" s="3" t="n">
+        <x:v>354206</x:v>
+      </x:c>
+      <x:c r="Z51" s="3" t="n">
+        <x:v>361555</x:v>
+      </x:c>
+      <x:c r="AA51" s="3" t="n">
+        <x:v>361601</x:v>
+      </x:c>
+      <x:c r="AB51" s="3" t="n">
+        <x:v>372539</x:v>
+      </x:c>
+      <x:c r="AC51" s="3" t="n">
+        <x:v>379627</x:v>
+      </x:c>
+      <x:c r="AD51" s="3" t="n">
+        <x:v>392152</x:v>
+      </x:c>
+      <x:c r="AE51" s="3" t="n">
+        <x:v>401753</x:v>
+      </x:c>
+      <x:c r="AF51" s="3" t="n">
+        <x:v>405838</x:v>
+      </x:c>
+      <x:c r="AG51" s="3" t="n">
+        <x:v>409779</x:v>
+      </x:c>
+      <x:c r="AH51" s="3" t="n">
+        <x:v>322314</x:v>
+      </x:c>
+      <x:c r="AI51" s="3" t="n">
+        <x:v>321020</x:v>
+      </x:c>
+      <x:c r="AJ51" s="3" t="n">
+        <x:v>317431</x:v>
+      </x:c>
+      <x:c r="AK51" s="3" t="n">
+        <x:v>326218</x:v>
+      </x:c>
+      <x:c r="AL51" s="3" t="n">
+        <x:v>331917</x:v>
+      </x:c>
+      <x:c r="AM51" s="3" t="n">
+        <x:v>346060</x:v>
+      </x:c>
+      <x:c r="AN51" s="3" t="n">
+        <x:v>356998</x:v>
+      </x:c>
+      <x:c r="AO51" s="3" t="n">
+        <x:v>361866</x:v>
+      </x:c>
+      <x:c r="AP51" s="3" t="n">
+        <x:v>378412</x:v>
+      </x:c>
+      <x:c r="AQ51" s="3" t="n">
+        <x:v>388414</x:v>
+      </x:c>
+      <x:c r="AR51" s="3" t="n">
+        <x:v>396395</x:v>
+      </x:c>
+      <x:c r="AS51" s="3" t="n">
+        <x:v>396609</x:v>
+      </x:c>
+      <x:c r="AT51" s="3" t="n">
+        <x:v>399219</x:v>
+      </x:c>
+      <x:c r="AU51" s="3" t="n">
+        <x:v>401887</x:v>
+      </x:c>
+      <x:c r="AV51" s="3" t="n">
+        <x:v>410882</x:v>
+      </x:c>
+      <x:c r="AW51" s="3" t="n">
+        <x:v>415911</x:v>
+      </x:c>
+      <x:c r="AX51" s="3" t="n">
+        <x:v>416705</x:v>
+      </x:c>
+      <x:c r="AY51" s="3" t="n">
+        <x:v>419317</x:v>
+      </x:c>
+      <x:c r="AZ51" s="3" t="n">
+        <x:v>412648</x:v>
+      </x:c>
+      <x:c r="BA51" s="3" t="n">
+        <x:v>419854</x:v>
+      </x:c>
+      <x:c r="BB51" s="3" t="n">
+        <x:v>430873</x:v>
+      </x:c>
+      <x:c r="BC51" s="3" t="n">
+        <x:v>437290</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:56">
-[...166 lines deleted...]
-        <x:v>37079</x:v>
+    <x:row r="52" spans="1:55">
+      <x:c r="A52" s="2" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B52" s="3" t="n">
+        <x:v>870991</x:v>
+      </x:c>
+      <x:c r="C52" s="3" t="n">
+        <x:v>915881</x:v>
+      </x:c>
+      <x:c r="D52" s="3" t="n">
+        <x:v>952615</x:v>
+      </x:c>
+      <x:c r="E52" s="3" t="n">
+        <x:v>980278</x:v>
+      </x:c>
+      <x:c r="F52" s="3" t="n">
+        <x:v>1036225</x:v>
+      </x:c>
+      <x:c r="G52" s="3" t="n">
+        <x:v>1073549</x:v>
+      </x:c>
+      <x:c r="H52" s="3" t="n">
+        <x:v>1118414</x:v>
+      </x:c>
+      <x:c r="I52" s="3" t="n">
+        <x:v>1152364</x:v>
+      </x:c>
+      <x:c r="J52" s="3" t="n">
+        <x:v>1171308</x:v>
+      </x:c>
+      <x:c r="K52" s="3" t="n">
+        <x:v>1206417</x:v>
+      </x:c>
+      <x:c r="L52" s="3" t="n">
+        <x:v>1238530</x:v>
+      </x:c>
+      <x:c r="M52" s="3" t="n">
+        <x:v>1255025</x:v>
+      </x:c>
+      <x:c r="N52" s="3" t="n">
+        <x:v>1264716</x:v>
+      </x:c>
+      <x:c r="O52" s="3" t="n">
+        <x:v>1285612</x:v>
+      </x:c>
+      <x:c r="P52" s="3" t="n">
+        <x:v>1346335</x:v>
+      </x:c>
+      <x:c r="Q52" s="3" t="n">
+        <x:v>1413964</x:v>
+      </x:c>
+      <x:c r="R52" s="3" t="n">
+        <x:v>1448958</x:v>
+      </x:c>
+      <x:c r="S52" s="3" t="n">
+        <x:v>1482047</x:v>
+      </x:c>
+      <x:c r="T52" s="3" t="n">
+        <x:v>1480679</x:v>
+      </x:c>
+      <x:c r="U52" s="3" t="n">
+        <x:v>1469325</x:v>
+      </x:c>
+      <x:c r="V52" s="3" t="n">
+        <x:v>1480715</x:v>
+      </x:c>
+      <x:c r="W52" s="3" t="n">
+        <x:v>1499663</x:v>
+      </x:c>
+      <x:c r="X52" s="3" t="n">
+        <x:v>1536823</x:v>
+      </x:c>
+      <x:c r="Y52" s="3" t="n">
+        <x:v>1574843</x:v>
+      </x:c>
+      <x:c r="Z52" s="3" t="n">
+        <x:v>1632099</x:v>
+      </x:c>
+      <x:c r="AA52" s="3" t="n">
+        <x:v>1679279</x:v>
+      </x:c>
+      <x:c r="AB52" s="3" t="n">
+        <x:v>1735238</x:v>
+      </x:c>
+      <x:c r="AC52" s="3" t="n">
+        <x:v>1819092</x:v>
+      </x:c>
+      <x:c r="AD52" s="3" t="n">
+        <x:v>1886733</x:v>
+      </x:c>
+      <x:c r="AE52" s="3" t="n">
+        <x:v>1934086</x:v>
+      </x:c>
+      <x:c r="AF52" s="3" t="n">
+        <x:v>1994126</x:v>
+      </x:c>
+      <x:c r="AG52" s="3" t="n">
+        <x:v>2024625</x:v>
+      </x:c>
+      <x:c r="AH52" s="3" t="n">
+        <x:v>2048525</x:v>
+      </x:c>
+      <x:c r="AI52" s="3" t="n">
+        <x:v>2077139</x:v>
+      </x:c>
+      <x:c r="AJ52" s="3" t="n">
+        <x:v>2187842</x:v>
+      </x:c>
+      <x:c r="AK52" s="3" t="n">
+        <x:v>2301678</x:v>
+      </x:c>
+      <x:c r="AL52" s="3" t="n">
+        <x:v>2425759</x:v>
+      </x:c>
+      <x:c r="AM52" s="3" t="n">
+        <x:v>2577674</x:v>
+      </x:c>
+      <x:c r="AN52" s="3" t="n">
+        <x:v>2650536</x:v>
+      </x:c>
+      <x:c r="AO52" s="3" t="n">
+        <x:v>2611372</x:v>
+      </x:c>
+      <x:c r="AP52" s="3" t="n">
+        <x:v>2666126</x:v>
+      </x:c>
+      <x:c r="AQ52" s="3" t="n">
+        <x:v>2720086</x:v>
+      </x:c>
+      <x:c r="AR52" s="3" t="n">
+        <x:v>2826450</x:v>
+      </x:c>
+      <x:c r="AS52" s="3" t="n">
+        <x:v>2902966</x:v>
+      </x:c>
+      <x:c r="AT52" s="3" t="n">
+        <x:v>2969620</x:v>
+      </x:c>
+      <x:c r="AU52" s="3" t="n">
+        <x:v>3016794</x:v>
+      </x:c>
+      <x:c r="AV52" s="3" t="n">
+        <x:v>3043256</x:v>
+      </x:c>
+      <x:c r="AW52" s="3" t="n">
+        <x:v>3113622</x:v>
+      </x:c>
+      <x:c r="AX52" s="3" t="n">
+        <x:v>3183386</x:v>
+      </x:c>
+      <x:c r="AY52" s="3" t="n">
+        <x:v>3280948</x:v>
+      </x:c>
+      <x:c r="AZ52" s="3" t="n">
+        <x:v>3186076</x:v>
+      </x:c>
+      <x:c r="BA52" s="3" t="n">
+        <x:v>3335870</x:v>
+      </x:c>
+      <x:c r="BB52" s="3" t="n">
+        <x:v>3534324</x:v>
+      </x:c>
+      <x:c r="BC52" s="3" t="n">
+        <x:v>3568749</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:56">
-[...166 lines deleted...]
-        <x:v>331146</x:v>
+    <x:row r="53" spans="1:55">
+      <x:c r="A53" s="2" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="G53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="I53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="J53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="K53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="L53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="M53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="N53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="O53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="P53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="R53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="S53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="T53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="U53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="V53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="W53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="X53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Y53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Z53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AA53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AB53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AC53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AD53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AE53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AF53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AG53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AH53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AI53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AJ53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AK53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AL53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AM53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AN53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AO53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AP53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AQ53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AR53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AS53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AT53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AU53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AV53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AW53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AX53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AY53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AZ53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BA53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BB53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BC53" s="4" t="s">
+        <x:v>105</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:56">
-[...339 lines deleted...]
-    <x:row r="54" spans="1:56">
+    <x:row r="54" spans="1:55">
       <x:c r="A54" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="B54" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>2397567</x:v>
+      <x:c r="B54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="G54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="I54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="J54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="K54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="L54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="M54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="N54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="O54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="P54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Q54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="R54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="S54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="T54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="U54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="V54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="W54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="X54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Y54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Z54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AA54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AB54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AC54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AD54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AE54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AF54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AG54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AH54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AI54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AJ54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AK54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AL54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AM54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AN54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AO54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AP54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AQ54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AR54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AS54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AT54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AU54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AV54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AW54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AX54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AY54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AZ54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BA54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BB54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BC54" s="4" t="s">
+        <x:v>105</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:56">
+    <x:row r="55" spans="1:55">
       <x:c r="A55" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="B55" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>813714</x:v>
+      <x:c r="B55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="G55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="I55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="J55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="K55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="L55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="M55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="N55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="O55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="P55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="R55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="S55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="T55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="U55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="V55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="W55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="X55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Y55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Z55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AA55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AB55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AC55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AD55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AE55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AF55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AG55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AH55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AI55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AJ55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AK55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AL55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AM55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AN55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AO55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AP55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AQ55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AR55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AS55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AT55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AU55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AV55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AW55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AX55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AY55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AZ55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BA55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BB55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BC55" s="4" t="s">
+        <x:v>105</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:56">
+    <x:row r="57" spans="1:55">
       <x:c r="A57" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:56">
+    <x:row r="58" spans="1:55">
       <x:c r="A58" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:56">
+    <x:row r="59" spans="1:55">
       <x:c r="A59" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:56">
+    <x:row r="60" spans="1:55">
       <x:c r="A60" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:56">
-      <x:c r="A62" s="0" t="s">
+    <x:row r="61" spans="1:55">
+      <x:c r="A61" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:56">
+    <x:row r="63" spans="1:55">
       <x:c r="A63" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:56">
+    <x:row r="64" spans="1:55">
       <x:c r="A64" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:56">
-      <x:c r="A66" s="0" t="s">
+    <x:row r="65" spans="1:55">
+      <x:c r="A65" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:56">
+    <x:row r="67" spans="1:55">
       <x:c r="A67" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:56">
-      <x:c r="A69" s="0" t="s">
+    <x:row r="68" spans="1:55">
+      <x:c r="A68" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:56">
+    <x:row r="70" spans="1:55">
       <x:c r="A70" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:56">
+    <x:row r="71" spans="1:55">
       <x:c r="A71" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:56">
+    <x:row r="72" spans="1:55">
       <x:c r="A72" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
-    <x:row r="73" spans="1:56">
+    <x:row r="73" spans="1:55">
       <x:c r="A73" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
-    <x:row r="75" spans="1:56">
-      <x:c r="A75" s="0" t="s">
+    <x:row r="74" spans="1:55">
+      <x:c r="A74" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
-    <x:row r="76" spans="1:56">
+    <x:row r="76" spans="1:55">
       <x:c r="A76" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
-    <x:row r="77" spans="1:56">
+    <x:row r="77" spans="1:55">
       <x:c r="A77" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:56">
-      <x:c r="A79" s="0" t="s">
+    <x:row r="78" spans="1:55">
+      <x:c r="A78" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:56">
+    <x:row r="80" spans="1:55">
       <x:c r="A80" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
-    <x:row r="81" spans="1:56">
+    <x:row r="81" spans="1:55">
       <x:c r="A81" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:56">
-      <x:c r="A86" s="0" t="s">
+    <x:row r="82" spans="1:55">
+      <x:c r="A82" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
-    <x:row r="87" spans="1:56">
+    <x:row r="87" spans="1:55">
       <x:c r="A87" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
-    <x:row r="88" spans="1:56">
+    <x:row r="88" spans="1:55">
       <x:c r="A88" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row r="89" spans="1:56">
+    <x:row r="89" spans="1:55">
       <x:c r="A89" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
-    <x:row r="90" spans="1:56">
+    <x:row r="90" spans="1:55">
       <x:c r="A90" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
-    <x:row r="91" spans="1:56">
+    <x:row r="91" spans="1:55">
       <x:c r="A91" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row r="93" spans="1:56">
-      <x:c r="A93" s="0" t="s">
+    <x:row r="92" spans="1:55">
+      <x:c r="A92" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
-    <x:row r="94" spans="1:56">
+    <x:row r="94" spans="1:55">
       <x:c r="A94" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:55">
+      <x:c r="A95" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="95" spans="1:56">
-[...1 lines deleted...]
-        <x:v>132</x:v>
+    <x:row r="96" spans="1:55">
+      <x:c r="A96" s="0" t="s">
+        <x:v>133</x:v>
       </x:c>
     </x:row>
-    <x:row r="101" spans="1:56">
-[...1 lines deleted...]
-        <x:v>133</x:v>
+    <x:row r="102" spans="1:55">
+      <x:c r="A102" s="0" t="s">
+        <x:v>134</x:v>
       </x:c>
     </x:row>
-    <x:row r="103" spans="1:56">
-[...4 lines deleted...]
-    <x:row r="104" spans="1:56">
+    <x:row r="104" spans="1:55">
       <x:c r="A104" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
-    <x:row r="106" spans="1:56">
-      <x:c r="A106" s="0" t="s">
+    <x:row r="105" spans="1:55">
+      <x:c r="A105" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
-    <x:row r="107" spans="1:56">
+    <x:row r="107" spans="1:55">
       <x:c r="A107" s="0" t="s">
         <x:v>137</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:55">
+      <x:c r="A108" s="0" t="s">
+        <x:v>138</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>BNPB2</vt:lpstr>
       <vt:lpstr>BNPB2!Print_Area</vt:lpstr>
       <vt:lpstr>BNPB2!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>