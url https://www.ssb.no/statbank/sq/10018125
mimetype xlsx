--- v1 (2025-12-15)
+++ v2 (2026-01-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R707787f6a7794de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/901a55d5bb4c494592adec2184182631.psmdcp" Id="Rc48d3174ba194b94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf05ceaa468e34f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/341ec99dd59e4d3890a482db24f0b7bf.psmdcp" Id="Rc640559c281b443c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BNPB2" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
   <x:si>
     <x:t>09170: Produksjon og inntekt, etter næring, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Bruttoprodukt i basisverdi. Faste 2023-priser (mill. kr)</x:t>
   </x:si>
   <x:si>