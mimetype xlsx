--- v0 (2025-10-19)
+++ v1 (2025-11-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf89db3354ac49eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13c26144782140d78ddf8fdce5beae68.psmdcp" Id="Rc4749ee32a8f4982" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1610f2ea0ca24214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/00d42567fa09488c8e4707ef1d99d3a8.psmdcp" Id="R1c5350a6988c4066" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BNPB" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="138">
   <x:si>
     <x:t>09170: Produksjon og inntekt, etter næring, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Bruttoprodukt i basisverdi. Løpende priser (mill. kr)</x:t>
   </x:si>
   <x:si>