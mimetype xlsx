--- v1 (2025-11-20)
+++ v2 (2025-12-15)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1610f2ea0ca24214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/00d42567fa09488c8e4707ef1d99d3a8.psmdcp" Id="R1c5350a6988c4066" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb041061aff514384" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4b0ea3cbf1f14559b9a55d2c4dc73c51.psmdcp" Id="R077480675d2c4e6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BNPB" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="138">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
   <x:si>
     <x:t>09170: Produksjon og inntekt, etter næring, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Bruttoprodukt i basisverdi. Løpende priser (mill. kr)</x:t>
   </x:si>
   <x:si>
     <x:t>1970</x:t>
   </x:si>
   <x:si>
     <x:t>1971</x:t>
   </x:si>
   <x:si>
     <x:t>1972</x:t>
   </x:si>
   <x:si>
     <x:t>1973</x:t>
   </x:si>
   <x:si>
     <x:t>1974</x:t>
   </x:si>
   <x:si>
     <x:t>1975</x:t>
   </x:si>
   <x:si>
@@ -178,53 +178,50 @@
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
-    <x:t>2024</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Totalt for næringer</x:t>
   </x:si>
   <x:si>
     <x:t>Jordbruk og skogbruk</x:t>
   </x:si>
   <x:si>
     <x:t>Fiske, fangst og akvakultur</x:t>
   </x:si>
   <x:si>
     <x:t>Bergverksdrift</x:t>
   </x:si>
   <x:si>
     <x:t>Utvinning av råolje og naturgass, inkl. tjenester</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Utvinning av råolje og naturgass</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Tjenester tilknyttet utvinning av råolje og naturgass</x:t>
   </x:si>
   <x:si>
     <x:t>Industri</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Nærings-, drikkevare- og tobakksindustri</x:t>
@@ -328,76 +325,81 @@
   <x:si>
     <x:t>Kultur, underholdning og annen tjenesteyting</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Offentlig forvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Statsforvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Sivil forvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Forsvar</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Kommuneforvaltning</x:t>
   </x:si>
   <x:si>
     <x:t>Fastlands-Norge</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Markedsrettet virksomhet Fastlands-Norge</x:t>
   </x:si>
   <x:si>
+    <x:t>.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Markedsrettet virksomhet</x:t>
   </x:si>
   <x:si>
     <x:t>Ikke-markedsrettet virksomhet</x:t>
   </x:si>
   <x:si>
     <x:t>De enkelte tallene i faste priser summerer seg ikke opp til del- og totalsummene på grunn av kjedingsavvik.</x:t>
   </x:si>
   <x:si>
-    <x:t>Tall fra og med 2022 er foreløpige.</x:t>
-[...6 lines deleted...]
-    <x:t>Størrelser på A64-nivå for årgangen 2021 ble endret 21. mai 2024.</x:t>
+    <x:t>Tallene etter år 2023 (basisåret) er foreløpige.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tall for 2024 ble fjernet ved revisjonen 26.11.2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10. desember 2025: Det er identifisert feil i beregningene av driftsresultatet for industrien. Disse vil bli korrigert ved neste oppdatering av tabellen.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>. = Ikke mulig å oppgi tall. Tall finnes ikke på dette tidspunktet fordi kategorien ikke var i bruk da tallene ble samlet inn.</x:t>
   </x:si>
   <x:si>
     <x:t>Sist endret:</x:t>
   </x:si>
   <x:si>
     <x:t>Bruttoprodukt i basisverdi. Løpende priser (mill. kr):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250515 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kilde:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t>Kontakt:</x:t>
   </x:si>
   <x:si>
     <x:t>Johan Nitter-Hauge, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 83</x:t>
   </x:si>
   <x:si>
     <x:t>jni@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Steinar Todsen, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 95 91 00 74</x:t>
   </x:si>
@@ -499,65 +501,69 @@
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="4">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -814,70 +820,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:BD107"/>
+  <x:dimension ref="A1:BC108"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="56" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="55" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:56">
+    <x:row r="1" spans="1:55">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:56">
+    <x:row r="3" spans="1:55">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:56">
+    <x:row r="4" spans="1:55">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -996,227 +1002,221 @@
       </x:c>
       <x:c r="AV4" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="AW4" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="AX4" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="AY4" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="AZ4" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="BA4" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="BB4" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="BC4" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="BD4" s="2" t="s">
+    </x:row>
+    <x:row r="5" spans="1:55">
+      <x:c r="A5" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="B5" s="3" t="n">
+        <x:v>79451</x:v>
+      </x:c>
+      <x:c r="C5" s="3" t="n">
+        <x:v>88373</x:v>
+      </x:c>
+      <x:c r="D5" s="3" t="n">
+        <x:v>98472</x:v>
+      </x:c>
+      <x:c r="E5" s="3" t="n">
+        <x:v>112165</x:v>
+      </x:c>
+      <x:c r="F5" s="3" t="n">
+        <x:v>131528</x:v>
+      </x:c>
+      <x:c r="G5" s="3" t="n">
+        <x:v>150588</x:v>
+      </x:c>
+      <x:c r="H5" s="3" t="n">
+        <x:v>171973</x:v>
+      </x:c>
+      <x:c r="I5" s="3" t="n">
+        <x:v>193405</x:v>
+      </x:c>
+      <x:c r="J5" s="3" t="n">
+        <x:v>215158</x:v>
+      </x:c>
+      <x:c r="K5" s="3" t="n">
+        <x:v>237766</x:v>
+      </x:c>
+      <x:c r="L5" s="3" t="n">
+        <x:v>283271</x:v>
+      </x:c>
+      <x:c r="M5" s="3" t="n">
+        <x:v>323212</x:v>
+      </x:c>
+      <x:c r="N5" s="3" t="n">
+        <x:v>358887</x:v>
+      </x:c>
+      <x:c r="O5" s="3" t="n">
+        <x:v>397880</x:v>
+      </x:c>
+      <x:c r="P5" s="3" t="n">
+        <x:v>449467</x:v>
+      </x:c>
+      <x:c r="Q5" s="3" t="n">
+        <x:v>493162</x:v>
+      </x:c>
+      <x:c r="R5" s="3" t="n">
+        <x:v>499319</x:v>
+      </x:c>
+      <x:c r="S5" s="3" t="n">
+        <x:v>548564</x:v>
+      </x:c>
+      <x:c r="T5" s="3" t="n">
+        <x:v>578881</x:v>
+      </x:c>
+      <x:c r="U5" s="3" t="n">
+        <x:v>624949</x:v>
+      </x:c>
+      <x:c r="V5" s="3" t="n">
+        <x:v>663620</x:v>
+      </x:c>
+      <x:c r="W5" s="3" t="n">
+        <x:v>696285</x:v>
+      </x:c>
+      <x:c r="X5" s="3" t="n">
+        <x:v>713191</x:v>
+      </x:c>
+      <x:c r="Y5" s="3" t="n">
+        <x:v>746329</x:v>
+      </x:c>
+      <x:c r="Z5" s="3" t="n">
+        <x:v>776744</x:v>
+      </x:c>
+      <x:c r="AA5" s="3" t="n">
+        <x:v>829224</x:v>
+      </x:c>
+      <x:c r="AB5" s="3" t="n">
+        <x:v>907982</x:v>
+      </x:c>
+      <x:c r="AC5" s="3" t="n">
+        <x:v>980621</x:v>
+      </x:c>
+      <x:c r="AD5" s="3" t="n">
+        <x:v>996172</x:v>
+      </x:c>
+      <x:c r="AE5" s="3" t="n">
+        <x:v>1090685</x:v>
+      </x:c>
+      <x:c r="AF5" s="3" t="n">
+        <x:v>1323917</x:v>
+      </x:c>
+      <x:c r="AG5" s="3" t="n">
+        <x:v>1378483</x:v>
+      </x:c>
+      <x:c r="AH5" s="3" t="n">
+        <x:v>1376162</x:v>
+      </x:c>
+      <x:c r="AI5" s="3" t="n">
+        <x:v>1438308</x:v>
+      </x:c>
+      <x:c r="AJ5" s="3" t="n">
+        <x:v>1591205</x:v>
+      </x:c>
+      <x:c r="AK5" s="3" t="n">
+        <x:v>1791921</x:v>
+      </x:c>
+      <x:c r="AL5" s="3" t="n">
+        <x:v>2004433</x:v>
+      </x:c>
+      <x:c r="AM5" s="3" t="n">
+        <x:v>2125827</x:v>
+      </x:c>
+      <x:c r="AN5" s="3" t="n">
+        <x:v>2401972</x:v>
+      </x:c>
+      <x:c r="AO5" s="3" t="n">
+        <x:v>2226967</x:v>
+      </x:c>
+      <x:c r="AP5" s="3" t="n">
+        <x:v>2376786</x:v>
+      </x:c>
+      <x:c r="AQ5" s="3" t="n">
+        <x:v>2579572</x:v>
+      </x:c>
+      <x:c r="AR5" s="3" t="n">
+        <x:v>2745949</x:v>
+      </x:c>
+      <x:c r="AS5" s="3" t="n">
+        <x:v>2851403</x:v>
+      </x:c>
+      <x:c r="AT5" s="3" t="n">
+        <x:v>2918347</x:v>
+      </x:c>
+      <x:c r="AU5" s="3" t="n">
+        <x:v>2888741</x:v>
+      </x:c>
+      <x:c r="AV5" s="3" t="n">
+        <x:v>2861124</x:v>
+      </x:c>
+      <x:c r="AW5" s="3" t="n">
+        <x:v>3062742</x:v>
+      </x:c>
+      <x:c r="AX5" s="3" t="n">
+        <x:v>3304588</x:v>
+      </x:c>
+      <x:c r="AY5" s="3" t="n">
+        <x:v>3334714</x:v>
+      </x:c>
+      <x:c r="AZ5" s="3" t="n">
+        <x:v>3195302</x:v>
+      </x:c>
+      <x:c r="BA5" s="3" t="n">
+        <x:v>4051026</x:v>
+      </x:c>
+      <x:c r="BB5" s="3" t="n">
+        <x:v>5510098</x:v>
+      </x:c>
+      <x:c r="BC5" s="3" t="n">
+        <x:v>4852019</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:56">
-      <x:c r="A5" s="2" t="s">
+    <x:row r="6" spans="1:55">
+      <x:c r="A6" s="2" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...168 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>3521</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>3973</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>4012</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>4223</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
         <x:v>4959</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
         <x:v>5838</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
         <x:v>6664</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
         <x:v>7759</x:v>
       </x:c>
@@ -1259,134 +1259,131 @@
       <x:c r="V6" s="3" t="n">
         <x:v>17959</x:v>
       </x:c>
       <x:c r="W6" s="3" t="n">
         <x:v>17878</x:v>
       </x:c>
       <x:c r="X6" s="3" t="n">
         <x:v>16413</x:v>
       </x:c>
       <x:c r="Y6" s="3" t="n">
         <x:v>16652</x:v>
       </x:c>
       <x:c r="Z6" s="3" t="n">
         <x:v>15931</x:v>
       </x:c>
       <x:c r="AA6" s="3" t="n">
         <x:v>17106</x:v>
       </x:c>
       <x:c r="AB6" s="3" t="n">
         <x:v>16485</x:v>
       </x:c>
       <x:c r="AC6" s="3" t="n">
         <x:v>16013</x:v>
       </x:c>
       <x:c r="AD6" s="3" t="n">
-        <x:v>16657</x:v>
+        <x:v>15951</x:v>
       </x:c>
       <x:c r="AE6" s="3" t="n">
-        <x:v>15940</x:v>
+        <x:v>15229</x:v>
       </x:c>
       <x:c r="AF6" s="3" t="n">
-        <x:v>15393</x:v>
+        <x:v>14711</x:v>
       </x:c>
       <x:c r="AG6" s="3" t="n">
-        <x:v>14989</x:v>
+        <x:v>14262</x:v>
       </x:c>
       <x:c r="AH6" s="3" t="n">
-        <x:v>14894</x:v>
+        <x:v>13889</x:v>
       </x:c>
       <x:c r="AI6" s="3" t="n">
-        <x:v>14316</x:v>
+        <x:v>13194</x:v>
       </x:c>
       <x:c r="AJ6" s="3" t="n">
-        <x:v>15187</x:v>
+        <x:v>14035</x:v>
       </x:c>
       <x:c r="AK6" s="3" t="n">
-        <x:v>14797</x:v>
+        <x:v>13792</x:v>
       </x:c>
       <x:c r="AL6" s="3" t="n">
-        <x:v>15774</x:v>
+        <x:v>14733</x:v>
       </x:c>
       <x:c r="AM6" s="3" t="n">
-        <x:v>16496</x:v>
+        <x:v>15266</x:v>
       </x:c>
       <x:c r="AN6" s="3" t="n">
-        <x:v>16877</x:v>
+        <x:v>15651</x:v>
       </x:c>
       <x:c r="AO6" s="3" t="n">
-        <x:v>16181</x:v>
+        <x:v>15004</x:v>
       </x:c>
       <x:c r="AP6" s="3" t="n">
-        <x:v>17753</x:v>
+        <x:v>16517</x:v>
       </x:c>
       <x:c r="AQ6" s="3" t="n">
-        <x:v>16949</x:v>
+        <x:v>15495</x:v>
       </x:c>
       <x:c r="AR6" s="3" t="n">
-        <x:v>17060</x:v>
+        <x:v>15489</x:v>
       </x:c>
       <x:c r="AS6" s="3" t="n">
-        <x:v>16390</x:v>
+        <x:v>14597</x:v>
       </x:c>
       <x:c r="AT6" s="3" t="n">
-        <x:v>17816</x:v>
+        <x:v>16149</x:v>
       </x:c>
       <x:c r="AU6" s="3" t="n">
-        <x:v>19897</x:v>
+        <x:v>18028</x:v>
       </x:c>
       <x:c r="AV6" s="3" t="n">
-        <x:v>20500</x:v>
+        <x:v>18594</x:v>
       </x:c>
       <x:c r="AW6" s="3" t="n">
-        <x:v>20573</x:v>
+        <x:v>18450</x:v>
       </x:c>
       <x:c r="AX6" s="3" t="n">
-        <x:v>20071</x:v>
+        <x:v>17482</x:v>
       </x:c>
       <x:c r="AY6" s="3" t="n">
-        <x:v>21720</x:v>
+        <x:v>18783</x:v>
       </x:c>
       <x:c r="AZ6" s="3" t="n">
-        <x:v>22122</x:v>
+        <x:v>19239</x:v>
       </x:c>
       <x:c r="BA6" s="3" t="n">
-        <x:v>23666</x:v>
+        <x:v>20881</x:v>
       </x:c>
       <x:c r="BB6" s="3" t="n">
-        <x:v>26445</x:v>
+        <x:v>22971</x:v>
       </x:c>
       <x:c r="BC6" s="3" t="n">
-        <x:v>24726</x:v>
-[...2 lines deleted...]
-        <x:v>31809</x:v>
+        <x:v>20930</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:56">
+    <x:row r="7" spans="1:55">
       <x:c r="A7" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>1148</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>1249</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>1234</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
         <x:v>1648</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
         <x:v>1235</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
         <x:v>1973</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
         <x:v>2040</x:v>
       </x:c>
@@ -1438,125 +1435,122 @@
       <x:c r="Y7" s="3" t="n">
         <x:v>5669</x:v>
       </x:c>
       <x:c r="Z7" s="3" t="n">
         <x:v>7430</x:v>
       </x:c>
       <x:c r="AA7" s="3" t="n">
         <x:v>7835</x:v>
       </x:c>
       <x:c r="AB7" s="3" t="n">
         <x:v>7004</x:v>
       </x:c>
       <x:c r="AC7" s="3" t="n">
         <x:v>7519</x:v>
       </x:c>
       <x:c r="AD7" s="3" t="n">
         <x:v>9680</x:v>
       </x:c>
       <x:c r="AE7" s="3" t="n">
         <x:v>10030</x:v>
       </x:c>
       <x:c r="AF7" s="3" t="n">
         <x:v>11532</x:v>
       </x:c>
       <x:c r="AG7" s="3" t="n">
-        <x:v>9213</x:v>
+        <x:v>9195</x:v>
       </x:c>
       <x:c r="AH7" s="3" t="n">
-        <x:v>8159</x:v>
+        <x:v>8126</x:v>
       </x:c>
       <x:c r="AI7" s="3" t="n">
-        <x:v>6091</x:v>
+        <x:v>6055</x:v>
       </x:c>
       <x:c r="AJ7" s="3" t="n">
-        <x:v>8695</x:v>
+        <x:v>8634</x:v>
       </x:c>
       <x:c r="AK7" s="3" t="n">
-        <x:v>12353</x:v>
+        <x:v>12261</x:v>
       </x:c>
       <x:c r="AL7" s="3" t="n">
-        <x:v>14608</x:v>
+        <x:v>14489</x:v>
       </x:c>
       <x:c r="AM7" s="3" t="n">
-        <x:v>11833</x:v>
+        <x:v>11703</x:v>
       </x:c>
       <x:c r="AN7" s="3" t="n">
-        <x:v>11509</x:v>
+        <x:v>11360</x:v>
       </x:c>
       <x:c r="AO7" s="3" t="n">
-        <x:v>13976</x:v>
+        <x:v>13806</x:v>
       </x:c>
       <x:c r="AP7" s="3" t="n">
-        <x:v>21973</x:v>
+        <x:v>21720</x:v>
       </x:c>
       <x:c r="AQ7" s="3" t="n">
-        <x:v>19716</x:v>
+        <x:v>19402</x:v>
       </x:c>
       <x:c r="AR7" s="3" t="n">
-        <x:v>15076</x:v>
+        <x:v>14804</x:v>
       </x:c>
       <x:c r="AS7" s="3" t="n">
-        <x:v>22333</x:v>
+        <x:v>22030</x:v>
       </x:c>
       <x:c r="AT7" s="3" t="n">
-        <x:v>25925</x:v>
+        <x:v>25539</x:v>
       </x:c>
       <x:c r="AU7" s="3" t="n">
-        <x:v>26487</x:v>
+        <x:v>26001</x:v>
       </x:c>
       <x:c r="AV7" s="3" t="n">
-        <x:v>42877</x:v>
+        <x:v>42194</x:v>
       </x:c>
       <x:c r="AW7" s="3" t="n">
-        <x:v>43190</x:v>
+        <x:v>42479</x:v>
       </x:c>
       <x:c r="AX7" s="3" t="n">
-        <x:v>44708</x:v>
+        <x:v>43907</x:v>
       </x:c>
       <x:c r="AY7" s="3" t="n">
-        <x:v>42394</x:v>
+        <x:v>41547</x:v>
       </x:c>
       <x:c r="AZ7" s="3" t="n">
-        <x:v>41707</x:v>
+        <x:v>40781</x:v>
       </x:c>
       <x:c r="BA7" s="3" t="n">
-        <x:v>45468</x:v>
+        <x:v>44447</x:v>
       </x:c>
       <x:c r="BB7" s="3" t="n">
-        <x:v>67255</x:v>
+        <x:v>67097</x:v>
       </x:c>
       <x:c r="BC7" s="3" t="n">
-        <x:v>81395</x:v>
-[...2 lines deleted...]
-        <x:v>76070</x:v>
+        <x:v>66291</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:56">
+    <x:row r="8" spans="1:55">
       <x:c r="A8" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>616</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>671</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>716</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
         <x:v>845</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
         <x:v>938</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
         <x:v>959</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
         <x:v>931</x:v>
       </x:c>
@@ -1608,125 +1602,122 @@
       <x:c r="Y8" s="3" t="n">
         <x:v>1507</x:v>
       </x:c>
       <x:c r="Z8" s="3" t="n">
         <x:v>1813</x:v>
       </x:c>
       <x:c r="AA8" s="3" t="n">
         <x:v>1839</x:v>
       </x:c>
       <x:c r="AB8" s="3" t="n">
         <x:v>1938</x:v>
       </x:c>
       <x:c r="AC8" s="3" t="n">
         <x:v>2175</x:v>
       </x:c>
       <x:c r="AD8" s="3" t="n">
         <x:v>2140</x:v>
       </x:c>
       <x:c r="AE8" s="3" t="n">
         <x:v>2473</x:v>
       </x:c>
       <x:c r="AF8" s="3" t="n">
         <x:v>2622</x:v>
       </x:c>
       <x:c r="AG8" s="3" t="n">
-        <x:v>3135</x:v>
+        <x:v>3148</x:v>
       </x:c>
       <x:c r="AH8" s="3" t="n">
-        <x:v>3314</x:v>
+        <x:v>3343</x:v>
       </x:c>
       <x:c r="AI8" s="3" t="n">
-        <x:v>3066</x:v>
+        <x:v>3106</x:v>
       </x:c>
       <x:c r="AJ8" s="3" t="n">
-        <x:v>3735</x:v>
+        <x:v>3797</x:v>
       </x:c>
       <x:c r="AK8" s="3" t="n">
-        <x:v>3795</x:v>
+        <x:v>3876</x:v>
       </x:c>
       <x:c r="AL8" s="3" t="n">
-        <x:v>3988</x:v>
+        <x:v>4088</x:v>
       </x:c>
       <x:c r="AM8" s="3" t="n">
-        <x:v>4450</x:v>
+        <x:v>4580</x:v>
       </x:c>
       <x:c r="AN8" s="3" t="n">
-        <x:v>5576</x:v>
+        <x:v>5737</x:v>
       </x:c>
       <x:c r="AO8" s="3" t="n">
-        <x:v>4207</x:v>
+        <x:v>4354</x:v>
       </x:c>
       <x:c r="AP8" s="3" t="n">
-        <x:v>4528</x:v>
+        <x:v>4704</x:v>
       </x:c>
       <x:c r="AQ8" s="3" t="n">
-        <x:v>5177</x:v>
+        <x:v>5381</x:v>
       </x:c>
       <x:c r="AR8" s="3" t="n">
-        <x:v>5304</x:v>
+        <x:v>5527</x:v>
       </x:c>
       <x:c r="AS8" s="3" t="n">
-        <x:v>5496</x:v>
+        <x:v>5757</x:v>
       </x:c>
       <x:c r="AT8" s="3" t="n">
-        <x:v>4940</x:v>
+        <x:v>5236</x:v>
       </x:c>
       <x:c r="AU8" s="3" t="n">
-        <x:v>5519</x:v>
+        <x:v>5853</x:v>
       </x:c>
       <x:c r="AV8" s="3" t="n">
-        <x:v>5126</x:v>
+        <x:v>5472</x:v>
       </x:c>
       <x:c r="AW8" s="3" t="n">
-        <x:v>5296</x:v>
+        <x:v>5676</x:v>
       </x:c>
       <x:c r="AX8" s="3" t="n">
-        <x:v>5601</x:v>
+        <x:v>6037</x:v>
       </x:c>
       <x:c r="AY8" s="3" t="n">
-        <x:v>6426</x:v>
+        <x:v>6912</x:v>
       </x:c>
       <x:c r="AZ8" s="3" t="n">
-        <x:v>6481</x:v>
+        <x:v>6953</x:v>
       </x:c>
       <x:c r="BA8" s="3" t="n">
-        <x:v>6464</x:v>
+        <x:v>6915</x:v>
       </x:c>
       <x:c r="BB8" s="3" t="n">
-        <x:v>6788</x:v>
+        <x:v>6751</x:v>
       </x:c>
       <x:c r="BC8" s="3" t="n">
-        <x:v>7027</x:v>
-[...2 lines deleted...]
-        <x:v>6672</x:v>
+        <x:v>7311</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:56">
+    <x:row r="9" spans="1:55">
       <x:c r="A9" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>207</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>259</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>1060</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>4197</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
         <x:v>6616</x:v>
       </x:c>
       <x:c r="I9" s="3" t="n">
         <x:v>8240</x:v>
       </x:c>
@@ -1778,125 +1769,122 @@
       <x:c r="Y9" s="3" t="n">
         <x:v>97413</x:v>
       </x:c>
       <x:c r="Z9" s="3" t="n">
         <x:v>101295</x:v>
       </x:c>
       <x:c r="AA9" s="3" t="n">
         <x:v>109215</x:v>
       </x:c>
       <x:c r="AB9" s="3" t="n">
         <x:v>153646</x:v>
       </x:c>
       <x:c r="AC9" s="3" t="n">
         <x:v>168597</x:v>
       </x:c>
       <x:c r="AD9" s="3" t="n">
         <x:v>116608</x:v>
       </x:c>
       <x:c r="AE9" s="3" t="n">
         <x:v>163582</x:v>
       </x:c>
       <x:c r="AF9" s="3" t="n">
         <x:v>330852</x:v>
       </x:c>
       <x:c r="AG9" s="3" t="n">
-        <x:v>317077</x:v>
+        <x:v>317244</x:v>
       </x:c>
       <x:c r="AH9" s="3" t="n">
-        <x:v>276568</x:v>
+        <x:v>276877</x:v>
       </x:c>
       <x:c r="AI9" s="3" t="n">
-        <x:v>287888</x:v>
+        <x:v>288372</x:v>
       </x:c>
       <x:c r="AJ9" s="3" t="n">
-        <x:v>354622</x:v>
+        <x:v>355391</x:v>
       </x:c>
       <x:c r="AK9" s="3" t="n">
-        <x:v>459367</x:v>
+        <x:v>460654</x:v>
       </x:c>
       <x:c r="AL9" s="3" t="n">
-        <x:v>541987</x:v>
+        <x:v>543831</x:v>
       </x:c>
       <x:c r="AM9" s="3" t="n">
-        <x:v>517418</x:v>
+        <x:v>519644</x:v>
       </x:c>
       <x:c r="AN9" s="3" t="n">
-        <x:v>667080</x:v>
+        <x:v>670351</x:v>
       </x:c>
       <x:c r="AO9" s="3" t="n">
-        <x:v>479965</x:v>
+        <x:v>483198</x:v>
       </x:c>
       <x:c r="AP9" s="3" t="n">
-        <x:v>529698</x:v>
+        <x:v>533502</x:v>
       </x:c>
       <x:c r="AQ9" s="3" t="n">
-        <x:v>654338</x:v>
+        <x:v>659150</x:v>
       </x:c>
       <x:c r="AR9" s="3" t="n">
-        <x:v>690275</x:v>
+        <x:v>695751</x:v>
       </x:c>
       <x:c r="AS9" s="3" t="n">
-        <x:v>677252</x:v>
+        <x:v>683533</x:v>
       </x:c>
       <x:c r="AT9" s="3" t="n">
-        <x:v>633518</x:v>
+        <x:v>640045</x:v>
       </x:c>
       <x:c r="AU9" s="3" t="n">
-        <x:v>518406</x:v>
+        <x:v>524512</x:v>
       </x:c>
       <x:c r="AV9" s="3" t="n">
-        <x:v>414572</x:v>
+        <x:v>419596</x:v>
       </x:c>
       <x:c r="AW9" s="3" t="n">
-        <x:v>513050</x:v>
+        <x:v>518848</x:v>
       </x:c>
       <x:c r="AX9" s="3" t="n">
-        <x:v>635382</x:v>
+        <x:v>642444</x:v>
       </x:c>
       <x:c r="AY9" s="3" t="n">
-        <x:v>524321</x:v>
+        <x:v>531426</x:v>
       </x:c>
       <x:c r="AZ9" s="3" t="n">
-        <x:v>403434</x:v>
+        <x:v>410360</x:v>
       </x:c>
       <x:c r="BA9" s="3" t="n">
-        <x:v>1015429</x:v>
+        <x:v>1028228</x:v>
       </x:c>
       <x:c r="BB9" s="3" t="n">
-        <x:v>2055092</x:v>
+        <x:v>2070498</x:v>
       </x:c>
       <x:c r="BC9" s="3" t="n">
-        <x:v>1265085</x:v>
-[...2 lines deleted...]
-        <x:v>1198230</x:v>
+        <x:v>1289979</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:56">
+    <x:row r="10" spans="1:55">
       <x:c r="A10" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>205</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>243</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>592</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>3535</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
         <x:v>6081</x:v>
       </x:c>
       <x:c r="I10" s="3" t="n">
         <x:v>7314</x:v>
       </x:c>
@@ -1948,125 +1936,122 @@
       <x:c r="Y10" s="3" t="n">
         <x:v>94994</x:v>
       </x:c>
       <x:c r="Z10" s="3" t="n">
         <x:v>98643</x:v>
       </x:c>
       <x:c r="AA10" s="3" t="n">
         <x:v>106223</x:v>
       </x:c>
       <x:c r="AB10" s="3" t="n">
         <x:v>149420</x:v>
       </x:c>
       <x:c r="AC10" s="3" t="n">
         <x:v>162178</x:v>
       </x:c>
       <x:c r="AD10" s="3" t="n">
         <x:v>111046</x:v>
       </x:c>
       <x:c r="AE10" s="3" t="n">
         <x:v>158340</x:v>
       </x:c>
       <x:c r="AF10" s="3" t="n">
         <x:v>324895</x:v>
       </x:c>
       <x:c r="AG10" s="3" t="n">
-        <x:v>310217</x:v>
+        <x:v>310356</x:v>
       </x:c>
       <x:c r="AH10" s="3" t="n">
-        <x:v>268047</x:v>
+        <x:v>268287</x:v>
       </x:c>
       <x:c r="AI10" s="3" t="n">
-        <x:v>278764</x:v>
+        <x:v>279138</x:v>
       </x:c>
       <x:c r="AJ10" s="3" t="n">
-        <x:v>345078</x:v>
+        <x:v>345694</x:v>
       </x:c>
       <x:c r="AK10" s="3" t="n">
-        <x:v>444809</x:v>
+        <x:v>445803</x:v>
       </x:c>
       <x:c r="AL10" s="3" t="n">
-        <x:v>523808</x:v>
+        <x:v>525213</x:v>
       </x:c>
       <x:c r="AM10" s="3" t="n">
-        <x:v>493182</x:v>
+        <x:v>494725</x:v>
       </x:c>
       <x:c r="AN10" s="3" t="n">
-        <x:v>636126</x:v>
+        <x:v>638400</x:v>
       </x:c>
       <x:c r="AO10" s="3" t="n">
-        <x:v>439513</x:v>
+        <x:v>441280</x:v>
       </x:c>
       <x:c r="AP10" s="3" t="n">
-        <x:v>489558</x:v>
+        <x:v>491746</x:v>
       </x:c>
       <x:c r="AQ10" s="3" t="n">
-        <x:v>613780</x:v>
+        <x:v>616797</x:v>
       </x:c>
       <x:c r="AR10" s="3" t="n">
-        <x:v>648947</x:v>
+        <x:v>652427</x:v>
       </x:c>
       <x:c r="AS10" s="3" t="n">
-        <x:v>626789</x:v>
+        <x:v>630430</x:v>
       </x:c>
       <x:c r="AT10" s="3" t="n">
-        <x:v>582339</x:v>
+        <x:v>585982</x:v>
       </x:c>
       <x:c r="AU10" s="3" t="n">
-        <x:v>469390</x:v>
+        <x:v>472537</x:v>
       </x:c>
       <x:c r="AV10" s="3" t="n">
-        <x:v>378583</x:v>
+        <x:v>381290</x:v>
       </x:c>
       <x:c r="AW10" s="3" t="n">
-        <x:v>481807</x:v>
+        <x:v>485467</x:v>
       </x:c>
       <x:c r="AX10" s="3" t="n">
-        <x:v>605097</x:v>
+        <x:v>609965</x:v>
       </x:c>
       <x:c r="AY10" s="3" t="n">
-        <x:v>485290</x:v>
+        <x:v>489411</x:v>
       </x:c>
       <x:c r="AZ10" s="3" t="n">
-        <x:v>357020</x:v>
+        <x:v>360210</x:v>
       </x:c>
       <x:c r="BA10" s="3" t="n">
-        <x:v>971905</x:v>
+        <x:v>981026</x:v>
       </x:c>
       <x:c r="BB10" s="3" t="n">
-        <x:v>1999796</x:v>
+        <x:v>2008704</x:v>
       </x:c>
       <x:c r="BC10" s="3" t="n">
-        <x:v>1193160</x:v>
-[...2 lines deleted...]
-        <x:v>1112947</x:v>
+        <x:v>1219639</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:56">
+    <x:row r="11" spans="1:55">
       <x:c r="A11" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>468</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>662</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
         <x:v>535</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
         <x:v>926</x:v>
       </x:c>
@@ -2118,125 +2103,122 @@
       <x:c r="Y11" s="3" t="n">
         <x:v>2419</x:v>
       </x:c>
       <x:c r="Z11" s="3" t="n">
         <x:v>2652</x:v>
       </x:c>
       <x:c r="AA11" s="3" t="n">
         <x:v>2992</x:v>
       </x:c>
       <x:c r="AB11" s="3" t="n">
         <x:v>4226</x:v>
       </x:c>
       <x:c r="AC11" s="3" t="n">
         <x:v>6419</x:v>
       </x:c>
       <x:c r="AD11" s="3" t="n">
         <x:v>5562</x:v>
       </x:c>
       <x:c r="AE11" s="3" t="n">
         <x:v>5242</x:v>
       </x:c>
       <x:c r="AF11" s="3" t="n">
         <x:v>5957</x:v>
       </x:c>
       <x:c r="AG11" s="3" t="n">
-        <x:v>6860</x:v>
+        <x:v>6888</x:v>
       </x:c>
       <x:c r="AH11" s="3" t="n">
-        <x:v>8521</x:v>
+        <x:v>8590</x:v>
       </x:c>
       <x:c r="AI11" s="3" t="n">
-        <x:v>9124</x:v>
+        <x:v>9234</x:v>
       </x:c>
       <x:c r="AJ11" s="3" t="n">
-        <x:v>9544</x:v>
+        <x:v>9697</x:v>
       </x:c>
       <x:c r="AK11" s="3" t="n">
-        <x:v>14558</x:v>
+        <x:v>14851</x:v>
       </x:c>
       <x:c r="AL11" s="3" t="n">
-        <x:v>18179</x:v>
+        <x:v>18618</x:v>
       </x:c>
       <x:c r="AM11" s="3" t="n">
-        <x:v>24236</x:v>
+        <x:v>24919</x:v>
       </x:c>
       <x:c r="AN11" s="3" t="n">
-        <x:v>30954</x:v>
+        <x:v>31951</x:v>
       </x:c>
       <x:c r="AO11" s="3" t="n">
-        <x:v>40452</x:v>
+        <x:v>41918</x:v>
       </x:c>
       <x:c r="AP11" s="3" t="n">
-        <x:v>40140</x:v>
+        <x:v>41756</x:v>
       </x:c>
       <x:c r="AQ11" s="3" t="n">
-        <x:v>40558</x:v>
+        <x:v>42353</x:v>
       </x:c>
       <x:c r="AR11" s="3" t="n">
-        <x:v>41328</x:v>
+        <x:v>43324</x:v>
       </x:c>
       <x:c r="AS11" s="3" t="n">
-        <x:v>50463</x:v>
+        <x:v>53103</x:v>
       </x:c>
       <x:c r="AT11" s="3" t="n">
-        <x:v>51179</x:v>
+        <x:v>54063</x:v>
       </x:c>
       <x:c r="AU11" s="3" t="n">
-        <x:v>49016</x:v>
+        <x:v>51975</x:v>
       </x:c>
       <x:c r="AV11" s="3" t="n">
-        <x:v>35989</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="AW11" s="3" t="n">
-        <x:v>31243</x:v>
+        <x:v>33381</x:v>
       </x:c>
       <x:c r="AX11" s="3" t="n">
-        <x:v>30285</x:v>
+        <x:v>32479</x:v>
       </x:c>
       <x:c r="AY11" s="3" t="n">
-        <x:v>39031</x:v>
+        <x:v>42015</x:v>
       </x:c>
       <x:c r="AZ11" s="3" t="n">
-        <x:v>46414</x:v>
+        <x:v>50150</x:v>
       </x:c>
       <x:c r="BA11" s="3" t="n">
-        <x:v>43524</x:v>
+        <x:v>47202</x:v>
       </x:c>
       <x:c r="BB11" s="3" t="n">
-        <x:v>55296</x:v>
+        <x:v>61794</x:v>
       </x:c>
       <x:c r="BC11" s="3" t="n">
-        <x:v>71925</x:v>
-[...2 lines deleted...]
-        <x:v>85283</x:v>
+        <x:v>70340</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:56">
+    <x:row r="12" spans="1:55">
       <x:c r="A12" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>16185</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>17664</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>19797</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>23001</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>27533</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
         <x:v>30602</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
         <x:v>32549</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
         <x:v>35394</x:v>
       </x:c>
@@ -2288,125 +2270,122 @@
       <x:c r="Y12" s="3" t="n">
         <x:v>87226</x:v>
       </x:c>
       <x:c r="Z12" s="3" t="n">
         <x:v>92971</x:v>
       </x:c>
       <x:c r="AA12" s="3" t="n">
         <x:v>103989</x:v>
       </x:c>
       <x:c r="AB12" s="3" t="n">
         <x:v>106141</x:v>
       </x:c>
       <x:c r="AC12" s="3" t="n">
         <x:v>114460</x:v>
       </x:c>
       <x:c r="AD12" s="3" t="n">
         <x:v>122634</x:v>
       </x:c>
       <x:c r="AE12" s="3" t="n">
         <x:v>128157</x:v>
       </x:c>
       <x:c r="AF12" s="3" t="n">
         <x:v>135440</x:v>
       </x:c>
       <x:c r="AG12" s="3" t="n">
-        <x:v>141447</x:v>
+        <x:v>141604</x:v>
       </x:c>
       <x:c r="AH12" s="3" t="n">
-        <x:v>140868</x:v>
+        <x:v>141073</x:v>
       </x:c>
       <x:c r="AI12" s="3" t="n">
-        <x:v>145760</x:v>
+        <x:v>146409</x:v>
       </x:c>
       <x:c r="AJ12" s="3" t="n">
-        <x:v>154446</x:v>
+        <x:v>155388</x:v>
       </x:c>
       <x:c r="AK12" s="3" t="n">
-        <x:v>164384</x:v>
+        <x:v>165877</x:v>
       </x:c>
       <x:c r="AL12" s="3" t="n">
-        <x:v>185855</x:v>
+        <x:v>187326</x:v>
       </x:c>
       <x:c r="AM12" s="3" t="n">
-        <x:v>197114</x:v>
+        <x:v>199625</x:v>
       </x:c>
       <x:c r="AN12" s="3" t="n">
-        <x:v>204922</x:v>
+        <x:v>207586</x:v>
       </x:c>
       <x:c r="AO12" s="3" t="n">
-        <x:v>182306</x:v>
+        <x:v>185383</x:v>
       </x:c>
       <x:c r="AP12" s="3" t="n">
-        <x:v>189608</x:v>
+        <x:v>192766</x:v>
       </x:c>
       <x:c r="AQ12" s="3" t="n">
-        <x:v>191953</x:v>
+        <x:v>194804</x:v>
       </x:c>
       <x:c r="AR12" s="3" t="n">
-        <x:v>200074</x:v>
+        <x:v>202904</x:v>
       </x:c>
       <x:c r="AS12" s="3" t="n">
-        <x:v>207342</x:v>
+        <x:v>210070</x:v>
       </x:c>
       <x:c r="AT12" s="3" t="n">
-        <x:v>217755</x:v>
+        <x:v>220112</x:v>
       </x:c>
       <x:c r="AU12" s="3" t="n">
-        <x:v>217910</x:v>
+        <x:v>221961</x:v>
       </x:c>
       <x:c r="AV12" s="3" t="n">
-        <x:v>207830</x:v>
+        <x:v>210516</x:v>
       </x:c>
       <x:c r="AW12" s="3" t="n">
-        <x:v>215260</x:v>
+        <x:v>219008</x:v>
       </x:c>
       <x:c r="AX12" s="3" t="n">
-        <x:v>218314</x:v>
+        <x:v>222242</x:v>
       </x:c>
       <x:c r="AY12" s="3" t="n">
-        <x:v>225746</x:v>
+        <x:v>229407</x:v>
       </x:c>
       <x:c r="AZ12" s="3" t="n">
-        <x:v>228046</x:v>
+        <x:v>231705</x:v>
       </x:c>
       <x:c r="BA12" s="3" t="n">
-        <x:v>242801</x:v>
+        <x:v>247045</x:v>
       </x:c>
       <x:c r="BB12" s="3" t="n">
-        <x:v>279965</x:v>
+        <x:v>283677</x:v>
       </x:c>
       <x:c r="BC12" s="3" t="n">
-        <x:v>308520</x:v>
-[...2 lines deleted...]
-        <x:v>320671</x:v>
+        <x:v>299246</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:56">
+    <x:row r="13" spans="1:55">
       <x:c r="A13" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>2520</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>2870</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>3210</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>3417</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>3828</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>4482</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
         <x:v>4856</x:v>
       </x:c>
       <x:c r="I13" s="3" t="n">
         <x:v>4924</x:v>
       </x:c>
@@ -2458,125 +2437,122 @@
       <x:c r="Y13" s="3" t="n">
         <x:v>16667</x:v>
       </x:c>
       <x:c r="Z13" s="3" t="n">
         <x:v>16595</x:v>
       </x:c>
       <x:c r="AA13" s="3" t="n">
         <x:v>17605</x:v>
       </x:c>
       <x:c r="AB13" s="3" t="n">
         <x:v>16773</x:v>
       </x:c>
       <x:c r="AC13" s="3" t="n">
         <x:v>17349</x:v>
       </x:c>
       <x:c r="AD13" s="3" t="n">
         <x:v>18080</x:v>
       </x:c>
       <x:c r="AE13" s="3" t="n">
         <x:v>20234</x:v>
       </x:c>
       <x:c r="AF13" s="3" t="n">
         <x:v>23625</x:v>
       </x:c>
       <x:c r="AG13" s="3" t="n">
-        <x:v>26183</x:v>
+        <x:v>26195</x:v>
       </x:c>
       <x:c r="AH13" s="3" t="n">
-        <x:v>27782</x:v>
+        <x:v>27819</x:v>
       </x:c>
       <x:c r="AI13" s="3" t="n">
-        <x:v>29883</x:v>
+        <x:v>29940</x:v>
       </x:c>
       <x:c r="AJ13" s="3" t="n">
-        <x:v>31301</x:v>
+        <x:v>31361</x:v>
       </x:c>
       <x:c r="AK13" s="3" t="n">
-        <x:v>32231</x:v>
+        <x:v>32304</x:v>
       </x:c>
       <x:c r="AL13" s="3" t="n">
-        <x:v>33894</x:v>
+        <x:v>33916</x:v>
       </x:c>
       <x:c r="AM13" s="3" t="n">
-        <x:v>33577</x:v>
+        <x:v>33669</x:v>
       </x:c>
       <x:c r="AN13" s="3" t="n">
-        <x:v>32216</x:v>
+        <x:v>32427</x:v>
       </x:c>
       <x:c r="AO13" s="3" t="n">
-        <x:v>31127</x:v>
+        <x:v>31303</x:v>
       </x:c>
       <x:c r="AP13" s="3" t="n">
-        <x:v>34464</x:v>
+        <x:v>34647</x:v>
       </x:c>
       <x:c r="AQ13" s="3" t="n">
-        <x:v>35006</x:v>
+        <x:v>35251</x:v>
       </x:c>
       <x:c r="AR13" s="3" t="n">
-        <x:v>35941</x:v>
+        <x:v>36175</x:v>
       </x:c>
       <x:c r="AS13" s="3" t="n">
-        <x:v>37574</x:v>
+        <x:v>37700</x:v>
       </x:c>
       <x:c r="AT13" s="3" t="n">
-        <x:v>40301</x:v>
+        <x:v>40463</x:v>
       </x:c>
       <x:c r="AU13" s="3" t="n">
-        <x:v>41555</x:v>
+        <x:v>41808</x:v>
       </x:c>
       <x:c r="AV13" s="3" t="n">
-        <x:v>44034</x:v>
+        <x:v>44364</x:v>
       </x:c>
       <x:c r="AW13" s="3" t="n">
-        <x:v>47137</x:v>
+        <x:v>47332</x:v>
       </x:c>
       <x:c r="AX13" s="3" t="n">
-        <x:v>48985</x:v>
+        <x:v>49008</x:v>
       </x:c>
       <x:c r="AY13" s="3" t="n">
         <x:v>51924</x:v>
       </x:c>
       <x:c r="AZ13" s="3" t="n">
-        <x:v>51167</x:v>
+        <x:v>51400</x:v>
       </x:c>
       <x:c r="BA13" s="3" t="n">
-        <x:v>48591</x:v>
+        <x:v>49050</x:v>
       </x:c>
       <x:c r="BB13" s="3" t="n">
-        <x:v>53261</x:v>
+        <x:v>53764</x:v>
       </x:c>
       <x:c r="BC13" s="3" t="n">
-        <x:v>66021</x:v>
-[...2 lines deleted...]
-        <x:v>69839</x:v>
+        <x:v>58954</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:56">
+    <x:row r="14" spans="1:55">
       <x:c r="A14" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>1979</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>2221</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
         <x:v>2535</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
         <x:v>2662</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
         <x:v>2963</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
         <x:v>3541</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
         <x:v>3653</x:v>
       </x:c>
       <x:c r="I14" s="3" t="n">
         <x:v>3689</x:v>
       </x:c>
@@ -2628,125 +2604,122 @@
       <x:c r="Y14" s="3" t="n">
         <x:v>13867</x:v>
       </x:c>
       <x:c r="Z14" s="3" t="n">
         <x:v>13463</x:v>
       </x:c>
       <x:c r="AA14" s="3" t="n">
         <x:v>14544</x:v>
       </x:c>
       <x:c r="AB14" s="3" t="n">
         <x:v>13224</x:v>
       </x:c>
       <x:c r="AC14" s="3" t="n">
         <x:v>13454</x:v>
       </x:c>
       <x:c r="AD14" s="3" t="n">
         <x:v>13505</x:v>
       </x:c>
       <x:c r="AE14" s="3" t="n">
         <x:v>16255</x:v>
       </x:c>
       <x:c r="AF14" s="3" t="n">
         <x:v>19146</x:v>
       </x:c>
       <x:c r="AG14" s="3" t="n">
-        <x:v>21121</x:v>
+        <x:v>21148</x:v>
       </x:c>
       <x:c r="AH14" s="3" t="n">
-        <x:v>23446</x:v>
+        <x:v>23508</x:v>
       </x:c>
       <x:c r="AI14" s="3" t="n">
-        <x:v>25398</x:v>
+        <x:v>25493</x:v>
       </x:c>
       <x:c r="AJ14" s="3" t="n">
-        <x:v>25925</x:v>
+        <x:v>26046</x:v>
       </x:c>
       <x:c r="AK14" s="3" t="n">
-        <x:v>26427</x:v>
+        <x:v>26582</x:v>
       </x:c>
       <x:c r="AL14" s="3" t="n">
-        <x:v>25755</x:v>
+        <x:v>25915</x:v>
       </x:c>
       <x:c r="AM14" s="3" t="n">
-        <x:v>27534</x:v>
+        <x:v>27745</x:v>
       </x:c>
       <x:c r="AN14" s="3" t="n">
-        <x:v>27428</x:v>
+        <x:v>27747</x:v>
       </x:c>
       <x:c r="AO14" s="3" t="n">
-        <x:v>25457</x:v>
+        <x:v>25778</x:v>
       </x:c>
       <x:c r="AP14" s="3" t="n">
-        <x:v>27851</x:v>
+        <x:v>28221</x:v>
       </x:c>
       <x:c r="AQ14" s="3" t="n">
-        <x:v>28341</x:v>
+        <x:v>28793</x:v>
       </x:c>
       <x:c r="AR14" s="3" t="n">
-        <x:v>28910</x:v>
+        <x:v>29383</x:v>
       </x:c>
       <x:c r="AS14" s="3" t="n">
-        <x:v>28478</x:v>
+        <x:v>28939</x:v>
       </x:c>
       <x:c r="AT14" s="3" t="n">
-        <x:v>30082</x:v>
+        <x:v>30649</x:v>
       </x:c>
       <x:c r="AU14" s="3" t="n">
-        <x:v>32013</x:v>
+        <x:v>32671</x:v>
       </x:c>
       <x:c r="AV14" s="3" t="n">
-        <x:v>34383</x:v>
+        <x:v>35150</x:v>
       </x:c>
       <x:c r="AW14" s="3" t="n">
-        <x:v>34477</x:v>
+        <x:v>35281</x:v>
       </x:c>
       <x:c r="AX14" s="3" t="n">
-        <x:v>34592</x:v>
+        <x:v>35348</x:v>
       </x:c>
       <x:c r="AY14" s="3" t="n">
-        <x:v>36304</x:v>
+        <x:v>37144</x:v>
       </x:c>
       <x:c r="AZ14" s="3" t="n">
-        <x:v>38457</x:v>
+        <x:v>39409</x:v>
       </x:c>
       <x:c r="BA14" s="3" t="n">
-        <x:v>39008</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="BB14" s="3" t="n">
-        <x:v>38080</x:v>
+        <x:v>39432</x:v>
       </x:c>
       <x:c r="BC14" s="3" t="n">
-        <x:v>48010</x:v>
-[...2 lines deleted...]
-        <x:v>51996</x:v>
+        <x:v>41451</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:56">
+    <x:row r="15" spans="1:55">
       <x:c r="A15" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>649</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
         <x:v>675</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>755</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
         <x:v>865</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
         <x:v>941</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
         <x:v>1203</x:v>
       </x:c>
       <x:c r="I15" s="3" t="n">
         <x:v>1235</x:v>
       </x:c>
@@ -2798,125 +2771,122 @@
       <x:c r="Y15" s="3" t="n">
         <x:v>2800</x:v>
       </x:c>
       <x:c r="Z15" s="3" t="n">
         <x:v>3132</x:v>
       </x:c>
       <x:c r="AA15" s="3" t="n">
         <x:v>3061</x:v>
       </x:c>
       <x:c r="AB15" s="3" t="n">
         <x:v>3549</x:v>
       </x:c>
       <x:c r="AC15" s="3" t="n">
         <x:v>3895</x:v>
       </x:c>
       <x:c r="AD15" s="3" t="n">
         <x:v>4575</x:v>
       </x:c>
       <x:c r="AE15" s="3" t="n">
         <x:v>3979</x:v>
       </x:c>
       <x:c r="AF15" s="3" t="n">
         <x:v>4479</x:v>
       </x:c>
       <x:c r="AG15" s="3" t="n">
-        <x:v>5062</x:v>
+        <x:v>5047</x:v>
       </x:c>
       <x:c r="AH15" s="3" t="n">
-        <x:v>4336</x:v>
+        <x:v>4311</x:v>
       </x:c>
       <x:c r="AI15" s="3" t="n">
-        <x:v>4485</x:v>
+        <x:v>4447</x:v>
       </x:c>
       <x:c r="AJ15" s="3" t="n">
-        <x:v>5376</x:v>
+        <x:v>5315</x:v>
       </x:c>
       <x:c r="AK15" s="3" t="n">
-        <x:v>5804</x:v>
+        <x:v>5722</x:v>
       </x:c>
       <x:c r="AL15" s="3" t="n">
-        <x:v>8139</x:v>
+        <x:v>8001</x:v>
       </x:c>
       <x:c r="AM15" s="3" t="n">
-        <x:v>6043</x:v>
+        <x:v>5924</x:v>
       </x:c>
       <x:c r="AN15" s="3" t="n">
-        <x:v>4788</x:v>
+        <x:v>4680</x:v>
       </x:c>
       <x:c r="AO15" s="3" t="n">
-        <x:v>5670</x:v>
+        <x:v>5525</x:v>
       </x:c>
       <x:c r="AP15" s="3" t="n">
-        <x:v>6613</x:v>
+        <x:v>6426</x:v>
       </x:c>
       <x:c r="AQ15" s="3" t="n">
-        <x:v>6665</x:v>
+        <x:v>6458</x:v>
       </x:c>
       <x:c r="AR15" s="3" t="n">
-        <x:v>7031</x:v>
+        <x:v>6792</x:v>
       </x:c>
       <x:c r="AS15" s="3" t="n">
-        <x:v>9096</x:v>
+        <x:v>8761</x:v>
       </x:c>
       <x:c r="AT15" s="3" t="n">
-        <x:v>10219</x:v>
+        <x:v>9814</x:v>
       </x:c>
       <x:c r="AU15" s="3" t="n">
-        <x:v>9542</x:v>
+        <x:v>9137</x:v>
       </x:c>
       <x:c r="AV15" s="3" t="n">
-        <x:v>9651</x:v>
+        <x:v>9214</x:v>
       </x:c>
       <x:c r="AW15" s="3" t="n">
-        <x:v>12660</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="AX15" s="3" t="n">
-        <x:v>14393</x:v>
+        <x:v>13660</x:v>
       </x:c>
       <x:c r="AY15" s="3" t="n">
-        <x:v>15620</x:v>
+        <x:v>14780</x:v>
       </x:c>
       <x:c r="AZ15" s="3" t="n">
-        <x:v>12710</x:v>
+        <x:v>11991</x:v>
       </x:c>
       <x:c r="BA15" s="3" t="n">
-        <x:v>9583</x:v>
+        <x:v>9013</x:v>
       </x:c>
       <x:c r="BB15" s="3" t="n">
-        <x:v>15181</x:v>
+        <x:v>14332</x:v>
       </x:c>
       <x:c r="BC15" s="3" t="n">
-        <x:v>18011</x:v>
-[...2 lines deleted...]
-        <x:v>17843</x:v>
+        <x:v>17503</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:56">
+    <x:row r="16" spans="1:55">
       <x:c r="A16" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>1138</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>1187</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
         <x:v>1277</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>1303</x:v>
       </x:c>
       <x:c r="H16" s="3" t="n">
         <x:v>1427</x:v>
       </x:c>
       <x:c r="I16" s="3" t="n">
         <x:v>1492</x:v>
       </x:c>
@@ -2971,122 +2941,119 @@
       <x:c r="Z16" s="3" t="n">
         <x:v>2173</x:v>
       </x:c>
       <x:c r="AA16" s="3" t="n">
         <x:v>2030</x:v>
       </x:c>
       <x:c r="AB16" s="3" t="n">
         <x:v>2316</x:v>
       </x:c>
       <x:c r="AC16" s="3" t="n">
         <x:v>2308</x:v>
       </x:c>
       <x:c r="AD16" s="3" t="n">
         <x:v>2435</x:v>
       </x:c>
       <x:c r="AE16" s="3" t="n">
         <x:v>2208</x:v>
       </x:c>
       <x:c r="AF16" s="3" t="n">
         <x:v>2218</x:v>
       </x:c>
       <x:c r="AG16" s="3" t="n">
         <x:v>2513</x:v>
       </x:c>
       <x:c r="AH16" s="3" t="n">
-        <x:v>2285</x:v>
+        <x:v>2286</x:v>
       </x:c>
       <x:c r="AI16" s="3" t="n">
-        <x:v>2278</x:v>
+        <x:v>2279</x:v>
       </x:c>
       <x:c r="AJ16" s="3" t="n">
-        <x:v>2311</x:v>
+        <x:v>2314</x:v>
       </x:c>
       <x:c r="AK16" s="3" t="n">
-        <x:v>2517</x:v>
+        <x:v>2521</x:v>
       </x:c>
       <x:c r="AL16" s="3" t="n">
-        <x:v>2797</x:v>
+        <x:v>2801</x:v>
       </x:c>
       <x:c r="AM16" s="3" t="n">
-        <x:v>2706</x:v>
+        <x:v>2712</x:v>
       </x:c>
       <x:c r="AN16" s="3" t="n">
-        <x:v>2876</x:v>
+        <x:v>2883</x:v>
       </x:c>
       <x:c r="AO16" s="3" t="n">
-        <x:v>2313</x:v>
+        <x:v>2319</x:v>
       </x:c>
       <x:c r="AP16" s="3" t="n">
-        <x:v>2563</x:v>
+        <x:v>2572</x:v>
       </x:c>
       <x:c r="AQ16" s="3" t="n">
+        <x:v>2765</x:v>
+      </x:c>
+      <x:c r="AR16" s="3" t="n">
+        <x:v>2601</x:v>
+      </x:c>
+      <x:c r="AS16" s="3" t="n">
+        <x:v>2777</x:v>
+      </x:c>
+      <x:c r="AT16" s="3" t="n">
+        <x:v>2723</x:v>
+      </x:c>
+      <x:c r="AU16" s="3" t="n">
         <x:v>2756</x:v>
       </x:c>
-      <x:c r="AR16" s="3" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="AV16" s="3" t="n">
-        <x:v>3013</x:v>
+        <x:v>3026</x:v>
       </x:c>
       <x:c r="AW16" s="3" t="n">
-        <x:v>3207</x:v>
+        <x:v>3223</x:v>
       </x:c>
       <x:c r="AX16" s="3" t="n">
-        <x:v>3216</x:v>
+        <x:v>3232</x:v>
       </x:c>
       <x:c r="AY16" s="3" t="n">
-        <x:v>3164</x:v>
+        <x:v>3181</x:v>
       </x:c>
       <x:c r="AZ16" s="3" t="n">
-        <x:v>3856</x:v>
+        <x:v>3874</x:v>
       </x:c>
       <x:c r="BA16" s="3" t="n">
-        <x:v>4183</x:v>
+        <x:v>4204</x:v>
       </x:c>
       <x:c r="BB16" s="3" t="n">
-        <x:v>4099</x:v>
+        <x:v>4178</x:v>
       </x:c>
       <x:c r="BC16" s="3" t="n">
-        <x:v>4625</x:v>
-[...2 lines deleted...]
-        <x:v>4900</x:v>
+        <x:v>4255</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:56">
+    <x:row r="17" spans="1:55">
       <x:c r="A17" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>1039</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>1178</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
         <x:v>1377</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
         <x:v>1711</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
         <x:v>1976</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
         <x:v>2207</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
         <x:v>2491</x:v>
       </x:c>
       <x:c r="I17" s="3" t="n">
         <x:v>2531</x:v>
       </x:c>
@@ -3138,125 +3105,122 @@
       <x:c r="Y17" s="3" t="n">
         <x:v>3577</x:v>
       </x:c>
       <x:c r="Z17" s="3" t="n">
         <x:v>4241</x:v>
       </x:c>
       <x:c r="AA17" s="3" t="n">
         <x:v>4144</x:v>
       </x:c>
       <x:c r="AB17" s="3" t="n">
         <x:v>4038</x:v>
       </x:c>
       <x:c r="AC17" s="3" t="n">
         <x:v>4780</x:v>
       </x:c>
       <x:c r="AD17" s="3" t="n">
         <x:v>5181</x:v>
       </x:c>
       <x:c r="AE17" s="3" t="n">
         <x:v>5008</x:v>
       </x:c>
       <x:c r="AF17" s="3" t="n">
         <x:v>5643</x:v>
       </x:c>
       <x:c r="AG17" s="3" t="n">
-        <x:v>6599</x:v>
+        <x:v>6602</x:v>
       </x:c>
       <x:c r="AH17" s="3" t="n">
-        <x:v>6148</x:v>
+        <x:v>6154</x:v>
       </x:c>
       <x:c r="AI17" s="3" t="n">
-        <x:v>6205</x:v>
+        <x:v>6215</x:v>
       </x:c>
       <x:c r="AJ17" s="3" t="n">
-        <x:v>7373</x:v>
+        <x:v>7389</x:v>
       </x:c>
       <x:c r="AK17" s="3" t="n">
-        <x:v>7570</x:v>
+        <x:v>7590</x:v>
       </x:c>
       <x:c r="AL17" s="3" t="n">
-        <x:v>8240</x:v>
+        <x:v>8266</x:v>
       </x:c>
       <x:c r="AM17" s="3" t="n">
-        <x:v>8966</x:v>
+        <x:v>8999</x:v>
       </x:c>
       <x:c r="AN17" s="3" t="n">
-        <x:v>7797</x:v>
+        <x:v>7830</x:v>
       </x:c>
       <x:c r="AO17" s="3" t="n">
-        <x:v>6717</x:v>
+        <x:v>6749</x:v>
       </x:c>
       <x:c r="AP17" s="3" t="n">
-        <x:v>7154</x:v>
+        <x:v>7192</x:v>
       </x:c>
       <x:c r="AQ17" s="3" t="n">
-        <x:v>7808</x:v>
+        <x:v>7853</x:v>
       </x:c>
       <x:c r="AR17" s="3" t="n">
-        <x:v>7877</x:v>
+        <x:v>7927</x:v>
       </x:c>
       <x:c r="AS17" s="3" t="n">
-        <x:v>7469</x:v>
+        <x:v>7520</x:v>
       </x:c>
       <x:c r="AT17" s="3" t="n">
-        <x:v>7589</x:v>
+        <x:v>7646</x:v>
       </x:c>
       <x:c r="AU17" s="3" t="n">
-        <x:v>8390</x:v>
+        <x:v>8457</x:v>
       </x:c>
       <x:c r="AV17" s="3" t="n">
-        <x:v>8738</x:v>
+        <x:v>8812</x:v>
       </x:c>
       <x:c r="AW17" s="3" t="n">
-        <x:v>9187</x:v>
+        <x:v>9270</x:v>
       </x:c>
       <x:c r="AX17" s="3" t="n">
-        <x:v>9381</x:v>
+        <x:v>9471</x:v>
       </x:c>
       <x:c r="AY17" s="3" t="n">
-        <x:v>9215</x:v>
+        <x:v>9308</x:v>
       </x:c>
       <x:c r="AZ17" s="3" t="n">
-        <x:v>10243</x:v>
+        <x:v>10352</x:v>
       </x:c>
       <x:c r="BA17" s="3" t="n">
-        <x:v>14111</x:v>
+        <x:v>14269</x:v>
       </x:c>
       <x:c r="BB17" s="3" t="n">
-        <x:v>12705</x:v>
+        <x:v>12971</x:v>
       </x:c>
       <x:c r="BC17" s="3" t="n">
-        <x:v>10711</x:v>
-[...2 lines deleted...]
-        <x:v>9498</x:v>
+        <x:v>10019</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:56">
+    <x:row r="18" spans="1:55">
       <x:c r="A18" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>992</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
         <x:v>959</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
         <x:v>1115</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
         <x:v>1305</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
         <x:v>1947</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
         <x:v>1680</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
         <x:v>1653</x:v>
       </x:c>
       <x:c r="I18" s="3" t="n">
         <x:v>1635</x:v>
       </x:c>
@@ -3308,125 +3272,122 @@
       <x:c r="Y18" s="3" t="n">
         <x:v>3884</x:v>
       </x:c>
       <x:c r="Z18" s="3" t="n">
         <x:v>4541</x:v>
       </x:c>
       <x:c r="AA18" s="3" t="n">
         <x:v>7083</x:v>
       </x:c>
       <x:c r="AB18" s="3" t="n">
         <x:v>5878</x:v>
       </x:c>
       <x:c r="AC18" s="3" t="n">
         <x:v>5057</x:v>
       </x:c>
       <x:c r="AD18" s="3" t="n">
         <x:v>5823</x:v>
       </x:c>
       <x:c r="AE18" s="3" t="n">
         <x:v>5969</x:v>
       </x:c>
       <x:c r="AF18" s="3" t="n">
         <x:v>6668</x:v>
       </x:c>
       <x:c r="AG18" s="3" t="n">
-        <x:v>7530</x:v>
+        <x:v>7523</x:v>
       </x:c>
       <x:c r="AH18" s="3" t="n">
-        <x:v>5404</x:v>
+        <x:v>5394</x:v>
       </x:c>
       <x:c r="AI18" s="3" t="n">
-        <x:v>5176</x:v>
+        <x:v>5162</x:v>
       </x:c>
       <x:c r="AJ18" s="3" t="n">
-        <x:v>5197</x:v>
+        <x:v>5178</x:v>
       </x:c>
       <x:c r="AK18" s="3" t="n">
-        <x:v>4785</x:v>
+        <x:v>4764</x:v>
       </x:c>
       <x:c r="AL18" s="3" t="n">
-        <x:v>5104</x:v>
+        <x:v>5077</x:v>
       </x:c>
       <x:c r="AM18" s="3" t="n">
-        <x:v>4447</x:v>
+        <x:v>4419</x:v>
       </x:c>
       <x:c r="AN18" s="3" t="n">
-        <x:v>3754</x:v>
+        <x:v>3727</x:v>
       </x:c>
       <x:c r="AO18" s="3" t="n">
-        <x:v>2648</x:v>
+        <x:v>2627</x:v>
       </x:c>
       <x:c r="AP18" s="3" t="n">
-        <x:v>2769</x:v>
+        <x:v>2745</x:v>
       </x:c>
       <x:c r="AQ18" s="3" t="n">
-        <x:v>1615</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="AR18" s="3" t="n">
-        <x:v>2807</x:v>
+        <x:v>2777</x:v>
       </x:c>
       <x:c r="AS18" s="3" t="n">
-        <x:v>2430</x:v>
+        <x:v>2402</x:v>
       </x:c>
       <x:c r="AT18" s="3" t="n">
-        <x:v>2415</x:v>
+        <x:v>2385</x:v>
       </x:c>
       <x:c r="AU18" s="3" t="n">
-        <x:v>2609</x:v>
+        <x:v>2574</x:v>
       </x:c>
       <x:c r="AV18" s="3" t="n">
-        <x:v>3184</x:v>
+        <x:v>3139</x:v>
       </x:c>
       <x:c r="AW18" s="3" t="n">
-        <x:v>3235</x:v>
+        <x:v>3186</x:v>
       </x:c>
       <x:c r="AX18" s="3" t="n">
-        <x:v>2962</x:v>
+        <x:v>2915</x:v>
       </x:c>
       <x:c r="AY18" s="3" t="n">
-        <x:v>3634</x:v>
+        <x:v>3573</x:v>
       </x:c>
       <x:c r="AZ18" s="3" t="n">
-        <x:v>3785</x:v>
+        <x:v>3718</x:v>
       </x:c>
       <x:c r="BA18" s="3" t="n">
-        <x:v>3182</x:v>
+        <x:v>3123</x:v>
       </x:c>
       <x:c r="BB18" s="3" t="n">
-        <x:v>4775</x:v>
+        <x:v>4786</x:v>
       </x:c>
       <x:c r="BC18" s="3" t="n">
-        <x:v>6220</x:v>
-[...2 lines deleted...]
-        <x:v>5090</x:v>
+        <x:v>5721</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:56">
+    <x:row r="19" spans="1:55">
       <x:c r="A19" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>570</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
         <x:v>608</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
         <x:v>642</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
         <x:v>738</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
         <x:v>880</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
         <x:v>912</x:v>
       </x:c>
       <x:c r="I19" s="3" t="n">
         <x:v>1144</x:v>
       </x:c>
@@ -3478,125 +3439,122 @@
       <x:c r="Y19" s="3" t="n">
         <x:v>3616</x:v>
       </x:c>
       <x:c r="Z19" s="3" t="n">
         <x:v>3814</x:v>
       </x:c>
       <x:c r="AA19" s="3" t="n">
         <x:v>3874</x:v>
       </x:c>
       <x:c r="AB19" s="3" t="n">
         <x:v>4184</x:v>
       </x:c>
       <x:c r="AC19" s="3" t="n">
         <x:v>4496</x:v>
       </x:c>
       <x:c r="AD19" s="3" t="n">
         <x:v>4492</x:v>
       </x:c>
       <x:c r="AE19" s="3" t="n">
         <x:v>4781</x:v>
       </x:c>
       <x:c r="AF19" s="3" t="n">
         <x:v>4983</x:v>
       </x:c>
       <x:c r="AG19" s="3" t="n">
-        <x:v>4914</x:v>
+        <x:v>4926</x:v>
       </x:c>
       <x:c r="AH19" s="3" t="n">
-        <x:v>4795</x:v>
+        <x:v>4818</x:v>
       </x:c>
       <x:c r="AI19" s="3" t="n">
-        <x:v>4800</x:v>
+        <x:v>4834</x:v>
       </x:c>
       <x:c r="AJ19" s="3" t="n">
-        <x:v>5193</x:v>
+        <x:v>5241</x:v>
       </x:c>
       <x:c r="AK19" s="3" t="n">
-        <x:v>5027</x:v>
+        <x:v>5086</x:v>
       </x:c>
       <x:c r="AL19" s="3" t="n">
-        <x:v>5101</x:v>
+        <x:v>5173</x:v>
       </x:c>
       <x:c r="AM19" s="3" t="n">
-        <x:v>4903</x:v>
+        <x:v>4983</x:v>
       </x:c>
       <x:c r="AN19" s="3" t="n">
-        <x:v>4965</x:v>
+        <x:v>5058</x:v>
       </x:c>
       <x:c r="AO19" s="3" t="n">
-        <x:v>4217</x:v>
+        <x:v>4305</x:v>
       </x:c>
       <x:c r="AP19" s="3" t="n">
-        <x:v>4485</x:v>
+        <x:v>4590</x:v>
       </x:c>
       <x:c r="AQ19" s="3" t="n">
-        <x:v>4430</x:v>
+        <x:v>4544</x:v>
       </x:c>
       <x:c r="AR19" s="3" t="n">
-        <x:v>4389</x:v>
+        <x:v>4512</x:v>
       </x:c>
       <x:c r="AS19" s="3" t="n">
-        <x:v>4244</x:v>
+        <x:v>4373</x:v>
       </x:c>
       <x:c r="AT19" s="3" t="n">
-        <x:v>3969</x:v>
+        <x:v>4099</x:v>
       </x:c>
       <x:c r="AU19" s="3" t="n">
-        <x:v>4000</x:v>
+        <x:v>4141</x:v>
       </x:c>
       <x:c r="AV19" s="3" t="n">
-        <x:v>3717</x:v>
+        <x:v>3856</x:v>
       </x:c>
       <x:c r="AW19" s="3" t="n">
-        <x:v>3740</x:v>
+        <x:v>3889</x:v>
       </x:c>
       <x:c r="AX19" s="3" t="n">
-        <x:v>3669</x:v>
+        <x:v>3823</x:v>
       </x:c>
       <x:c r="AY19" s="3" t="n">
-        <x:v>3297</x:v>
+        <x:v>3443</x:v>
       </x:c>
       <x:c r="AZ19" s="3" t="n">
-        <x:v>2833</x:v>
+        <x:v>2965</x:v>
       </x:c>
       <x:c r="BA19" s="3" t="n">
-        <x:v>3030</x:v>
+        <x:v>3179</x:v>
       </x:c>
       <x:c r="BB19" s="3" t="n">
-        <x:v>3100</x:v>
+        <x:v>3321</x:v>
       </x:c>
       <x:c r="BC19" s="3" t="n">
-        <x:v>4603</x:v>
-[...2 lines deleted...]
-        <x:v>4989</x:v>
+        <x:v>3340</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:56">
+    <x:row r="20" spans="1:55">
       <x:c r="A20" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>1286</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
         <x:v>1339</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
         <x:v>1460</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
         <x:v>2254</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
         <x:v>2523</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
         <x:v>2698</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
         <x:v>2519</x:v>
       </x:c>
       <x:c r="I20" s="3" t="n">
         <x:v>2718</x:v>
       </x:c>
@@ -3648,125 +3606,122 @@
       <x:c r="Y20" s="3" t="n">
         <x:v>10309</x:v>
       </x:c>
       <x:c r="Z20" s="3" t="n">
         <x:v>11211</x:v>
       </x:c>
       <x:c r="AA20" s="3" t="n">
         <x:v>12513</x:v>
       </x:c>
       <x:c r="AB20" s="3" t="n">
         <x:v>13454</x:v>
       </x:c>
       <x:c r="AC20" s="3" t="n">
         <x:v>13689</x:v>
       </x:c>
       <x:c r="AD20" s="3" t="n">
         <x:v>12687</x:v>
       </x:c>
       <x:c r="AE20" s="3" t="n">
         <x:v>13355</x:v>
       </x:c>
       <x:c r="AF20" s="3" t="n">
         <x:v>14631</x:v>
       </x:c>
       <x:c r="AG20" s="3" t="n">
-        <x:v>14244</x:v>
+        <x:v>14391</x:v>
       </x:c>
       <x:c r="AH20" s="3" t="n">
-        <x:v>13094</x:v>
+        <x:v>13259</x:v>
       </x:c>
       <x:c r="AI20" s="3" t="n">
-        <x:v>15768</x:v>
+        <x:v>16362</x:v>
       </x:c>
       <x:c r="AJ20" s="3" t="n">
-        <x:v>16887</x:v>
+        <x:v>17789</x:v>
       </x:c>
       <x:c r="AK20" s="3" t="n">
-        <x:v>18948</x:v>
+        <x:v>20348</x:v>
       </x:c>
       <x:c r="AL20" s="3" t="n">
-        <x:v>21041</x:v>
+        <x:v>22509</x:v>
       </x:c>
       <x:c r="AM20" s="3" t="n">
-        <x:v>25004</x:v>
+        <x:v>27543</x:v>
       </x:c>
       <x:c r="AN20" s="3" t="n">
-        <x:v>26407</x:v>
+        <x:v>29240</x:v>
       </x:c>
       <x:c r="AO20" s="3" t="n">
-        <x:v>22043</x:v>
+        <x:v>25225</x:v>
       </x:c>
       <x:c r="AP20" s="3" t="n">
-        <x:v>23327</x:v>
+        <x:v>26633</x:v>
       </x:c>
       <x:c r="AQ20" s="3" t="n">
-        <x:v>21105</x:v>
+        <x:v>24033</x:v>
       </x:c>
       <x:c r="AR20" s="3" t="n">
-        <x:v>19194</x:v>
+        <x:v>22231</x:v>
       </x:c>
       <x:c r="AS20" s="3" t="n">
-        <x:v>21058</x:v>
+        <x:v>24209</x:v>
       </x:c>
       <x:c r="AT20" s="3" t="n">
-        <x:v>21265</x:v>
+        <x:v>24160</x:v>
       </x:c>
       <x:c r="AU20" s="3" t="n">
-        <x:v>26952</x:v>
+        <x:v>31421</x:v>
       </x:c>
       <x:c r="AV20" s="3" t="n">
-        <x:v>25614</x:v>
+        <x:v>28372</x:v>
       </x:c>
       <x:c r="AW20" s="3" t="n">
-        <x:v>28015</x:v>
+        <x:v>32082</x:v>
       </x:c>
       <x:c r="AX20" s="3" t="n">
-        <x:v>29423</x:v>
+        <x:v>33817</x:v>
       </x:c>
       <x:c r="AY20" s="3" t="n">
-        <x:v>27480</x:v>
+        <x:v>31696</x:v>
       </x:c>
       <x:c r="AZ20" s="3" t="n">
-        <x:v>24916</x:v>
+        <x:v>28932</x:v>
       </x:c>
       <x:c r="BA20" s="3" t="n">
-        <x:v>31192</x:v>
+        <x:v>35668</x:v>
       </x:c>
       <x:c r="BB20" s="3" t="n">
-        <x:v>39237</x:v>
+        <x:v>41276</x:v>
       </x:c>
       <x:c r="BC20" s="3" t="n">
-        <x:v>41573</x:v>
-[...2 lines deleted...]
-        <x:v>36406</x:v>
+        <x:v>43145</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:56">
+    <x:row r="21" spans="1:55">
       <x:c r="A21" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>573</x:v>
       </x:c>
       <x:c r="D21" s="3" t="n">
         <x:v>565</x:v>
       </x:c>
       <x:c r="E21" s="3" t="n">
         <x:v>799</x:v>
       </x:c>
       <x:c r="F21" s="3" t="n">
         <x:v>1178</x:v>
       </x:c>
       <x:c r="G21" s="3" t="n">
         <x:v>1315</x:v>
       </x:c>
       <x:c r="H21" s="3" t="n">
         <x:v>1070</x:v>
       </x:c>
       <x:c r="I21" s="3" t="n">
         <x:v>1103</x:v>
       </x:c>
@@ -3818,125 +3773,122 @@
       <x:c r="Y21" s="3" t="n">
         <x:v>4288</x:v>
       </x:c>
       <x:c r="Z21" s="3" t="n">
         <x:v>5103</x:v>
       </x:c>
       <x:c r="AA21" s="3" t="n">
         <x:v>5998</x:v>
       </x:c>
       <x:c r="AB21" s="3" t="n">
         <x:v>5504</x:v>
       </x:c>
       <x:c r="AC21" s="3" t="n">
         <x:v>5711</x:v>
       </x:c>
       <x:c r="AD21" s="3" t="n">
         <x:v>5361</x:v>
       </x:c>
       <x:c r="AE21" s="3" t="n">
         <x:v>5311</x:v>
       </x:c>
       <x:c r="AF21" s="3" t="n">
         <x:v>5328</x:v>
       </x:c>
       <x:c r="AG21" s="3" t="n">
-        <x:v>6313</x:v>
+        <x:v>6362</x:v>
       </x:c>
       <x:c r="AH21" s="3" t="n">
-        <x:v>5520</x:v>
+        <x:v>5606</x:v>
       </x:c>
       <x:c r="AI21" s="3" t="n">
-        <x:v>5709</x:v>
+        <x:v>5841</x:v>
       </x:c>
       <x:c r="AJ21" s="3" t="n">
-        <x:v>5897</x:v>
+        <x:v>6079</x:v>
       </x:c>
       <x:c r="AK21" s="3" t="n">
-        <x:v>7032</x:v>
+        <x:v>7304</x:v>
       </x:c>
       <x:c r="AL21" s="3" t="n">
-        <x:v>8083</x:v>
+        <x:v>8458</x:v>
       </x:c>
       <x:c r="AM21" s="3" t="n">
-        <x:v>9514</x:v>
+        <x:v>10029</x:v>
       </x:c>
       <x:c r="AN21" s="3" t="n">
-        <x:v>12530</x:v>
+        <x:v>13305</x:v>
       </x:c>
       <x:c r="AO21" s="3" t="n">
-        <x:v>8083</x:v>
+        <x:v>8646</x:v>
       </x:c>
       <x:c r="AP21" s="3" t="n">
-        <x:v>9290</x:v>
+        <x:v>10009</x:v>
       </x:c>
       <x:c r="AQ21" s="3" t="n">
-        <x:v>7946</x:v>
+        <x:v>8622</x:v>
       </x:c>
       <x:c r="AR21" s="3" t="n">
-        <x:v>5748</x:v>
+        <x:v>6282</x:v>
       </x:c>
       <x:c r="AS21" s="3" t="n">
-        <x:v>6847</x:v>
+        <x:v>7536</x:v>
       </x:c>
       <x:c r="AT21" s="3" t="n">
-        <x:v>8514</x:v>
+        <x:v>9437</x:v>
       </x:c>
       <x:c r="AU21" s="3" t="n">
-        <x:v>9614</x:v>
+        <x:v>10729</x:v>
       </x:c>
       <x:c r="AV21" s="3" t="n">
-        <x:v>8538</x:v>
+        <x:v>9594</x:v>
       </x:c>
       <x:c r="AW21" s="3" t="n">
-        <x:v>8828</x:v>
+        <x:v>9989</x:v>
       </x:c>
       <x:c r="AX21" s="3" t="n">
-        <x:v>9463</x:v>
+        <x:v>10781</x:v>
       </x:c>
       <x:c r="AY21" s="3" t="n">
-        <x:v>10106</x:v>
+        <x:v>11591</x:v>
       </x:c>
       <x:c r="AZ21" s="3" t="n">
-        <x:v>10856</x:v>
+        <x:v>12536</x:v>
       </x:c>
       <x:c r="BA21" s="3" t="n">
-        <x:v>13138</x:v>
+        <x:v>15272</x:v>
       </x:c>
       <x:c r="BB21" s="3" t="n">
-        <x:v>16349</x:v>
+        <x:v>18307</x:v>
       </x:c>
       <x:c r="BC21" s="3" t="n">
-        <x:v>16706</x:v>
-[...2 lines deleted...]
-        <x:v>15393</x:v>
+        <x:v>14534</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:56">
+    <x:row r="22" spans="1:55">
       <x:c r="A22" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
         <x:v>1315</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
         <x:v>1512</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
         <x:v>1594</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
         <x:v>1881</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
         <x:v>2115</x:v>
       </x:c>
       <x:c r="H22" s="3" t="n">
         <x:v>2364</x:v>
       </x:c>
       <x:c r="I22" s="3" t="n">
         <x:v>2559</x:v>
       </x:c>
@@ -3988,125 +3940,122 @@
       <x:c r="Y22" s="3" t="n">
         <x:v>4958</x:v>
       </x:c>
       <x:c r="Z22" s="3" t="n">
         <x:v>5397</x:v>
       </x:c>
       <x:c r="AA22" s="3" t="n">
         <x:v>5884</x:v>
       </x:c>
       <x:c r="AB22" s="3" t="n">
         <x:v>6540</x:v>
       </x:c>
       <x:c r="AC22" s="3" t="n">
         <x:v>7098</x:v>
       </x:c>
       <x:c r="AD22" s="3" t="n">
         <x:v>7670</x:v>
       </x:c>
       <x:c r="AE22" s="3" t="n">
         <x:v>7769</x:v>
       </x:c>
       <x:c r="AF22" s="3" t="n">
         <x:v>7947</x:v>
       </x:c>
       <x:c r="AG22" s="3" t="n">
-        <x:v>7800</x:v>
+        <x:v>7806</x:v>
       </x:c>
       <x:c r="AH22" s="3" t="n">
-        <x:v>8352</x:v>
+        <x:v>8362</x:v>
       </x:c>
       <x:c r="AI22" s="3" t="n">
-        <x:v>8552</x:v>
+        <x:v>8567</x:v>
       </x:c>
       <x:c r="AJ22" s="3" t="n">
-        <x:v>8991</x:v>
+        <x:v>9010</x:v>
       </x:c>
       <x:c r="AK22" s="3" t="n">
-        <x:v>10206</x:v>
+        <x:v>10234</x:v>
       </x:c>
       <x:c r="AL22" s="3" t="n">
-        <x:v>10897</x:v>
+        <x:v>10934</x:v>
       </x:c>
       <x:c r="AM22" s="3" t="n">
-        <x:v>12168</x:v>
+        <x:v>12217</x:v>
       </x:c>
       <x:c r="AN22" s="3" t="n">
-        <x:v>12742</x:v>
+        <x:v>12796</x:v>
       </x:c>
       <x:c r="AO22" s="3" t="n">
-        <x:v>11038</x:v>
+        <x:v>11095</x:v>
       </x:c>
       <x:c r="AP22" s="3" t="n">
-        <x:v>10960</x:v>
+        <x:v>11024</x:v>
       </x:c>
       <x:c r="AQ22" s="3" t="n">
-        <x:v>12025</x:v>
+        <x:v>12096</x:v>
       </x:c>
       <x:c r="AR22" s="3" t="n">
-        <x:v>12582</x:v>
+        <x:v>12664</x:v>
       </x:c>
       <x:c r="AS22" s="3" t="n">
-        <x:v>12835</x:v>
+        <x:v>12928</x:v>
       </x:c>
       <x:c r="AT22" s="3" t="n">
-        <x:v>14037</x:v>
+        <x:v>14143</x:v>
       </x:c>
       <x:c r="AU22" s="3" t="n">
-        <x:v>13796</x:v>
+        <x:v>13906</x:v>
       </x:c>
       <x:c r="AV22" s="3" t="n">
-        <x:v>14518</x:v>
+        <x:v>14646</x:v>
       </x:c>
       <x:c r="AW22" s="3" t="n">
-        <x:v>15279</x:v>
+        <x:v>15421</x:v>
       </x:c>
       <x:c r="AX22" s="3" t="n">
-        <x:v>15149</x:v>
+        <x:v>15293</x:v>
       </x:c>
       <x:c r="AY22" s="3" t="n">
-        <x:v>15582</x:v>
+        <x:v>15744</x:v>
       </x:c>
       <x:c r="AZ22" s="3" t="n">
-        <x:v>15972</x:v>
+        <x:v>16139</x:v>
       </x:c>
       <x:c r="BA22" s="3" t="n">
-        <x:v>15911</x:v>
+        <x:v>16085</x:v>
       </x:c>
       <x:c r="BB22" s="3" t="n">
-        <x:v>17914</x:v>
+        <x:v>18304</x:v>
       </x:c>
       <x:c r="BC22" s="3" t="n">
-        <x:v>20640</x:v>
-[...2 lines deleted...]
-        <x:v>19889</x:v>
+        <x:v>19635</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:56">
+    <x:row r="23" spans="1:55">
       <x:c r="A23" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>1575</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>1448</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
         <x:v>1512</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
         <x:v>1961</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
         <x:v>2814</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
         <x:v>2693</x:v>
       </x:c>
       <x:c r="H23" s="3" t="n">
         <x:v>2641</x:v>
       </x:c>
       <x:c r="I23" s="3" t="n">
         <x:v>2601</x:v>
       </x:c>
@@ -4158,125 +4107,122 @@
       <x:c r="Y23" s="3" t="n">
         <x:v>6327</x:v>
       </x:c>
       <x:c r="Z23" s="3" t="n">
         <x:v>7486</x:v>
       </x:c>
       <x:c r="AA23" s="3" t="n">
         <x:v>9750</x:v>
       </x:c>
       <x:c r="AB23" s="3" t="n">
         <x:v>8491</x:v>
       </x:c>
       <x:c r="AC23" s="3" t="n">
         <x:v>8960</x:v>
       </x:c>
       <x:c r="AD23" s="3" t="n">
         <x:v>10281</x:v>
       </x:c>
       <x:c r="AE23" s="3" t="n">
         <x:v>10279</x:v>
       </x:c>
       <x:c r="AF23" s="3" t="n">
         <x:v>13090</x:v>
       </x:c>
       <x:c r="AG23" s="3" t="n">
-        <x:v>12139</x:v>
+        <x:v>12123</x:v>
       </x:c>
       <x:c r="AH23" s="3" t="n">
-        <x:v>9249</x:v>
+        <x:v>9223</x:v>
       </x:c>
       <x:c r="AI23" s="3" t="n">
-        <x:v>10259</x:v>
+        <x:v>10213</x:v>
       </x:c>
       <x:c r="AJ23" s="3" t="n">
-        <x:v>13136</x:v>
+        <x:v>13034</x:v>
       </x:c>
       <x:c r="AK23" s="3" t="n">
-        <x:v>12822</x:v>
+        <x:v>12742</x:v>
       </x:c>
       <x:c r="AL23" s="3" t="n">
-        <x:v>15716</x:v>
+        <x:v>15638</x:v>
       </x:c>
       <x:c r="AM23" s="3" t="n">
-        <x:v>15384</x:v>
+        <x:v>15223</x:v>
       </x:c>
       <x:c r="AN23" s="3" t="n">
-        <x:v>16609</x:v>
+        <x:v>16292</x:v>
       </x:c>
       <x:c r="AO23" s="3" t="n">
-        <x:v>6689</x:v>
+        <x:v>6575</x:v>
       </x:c>
       <x:c r="AP23" s="3" t="n">
-        <x:v>10072</x:v>
+        <x:v>9879</x:v>
       </x:c>
       <x:c r="AQ23" s="3" t="n">
-        <x:v>10210</x:v>
+        <x:v>10050</x:v>
       </x:c>
       <x:c r="AR23" s="3" t="n">
-        <x:v>9484</x:v>
+        <x:v>9288</x:v>
       </x:c>
       <x:c r="AS23" s="3" t="n">
-        <x:v>7966</x:v>
+        <x:v>7744</x:v>
       </x:c>
       <x:c r="AT23" s="3" t="n">
-        <x:v>10746</x:v>
+        <x:v>10510</x:v>
       </x:c>
       <x:c r="AU23" s="3" t="n">
-        <x:v>12063</x:v>
+        <x:v>11838</x:v>
       </x:c>
       <x:c r="AV23" s="3" t="n">
-        <x:v>10894</x:v>
+        <x:v>10621</x:v>
       </x:c>
       <x:c r="AW23" s="3" t="n">
-        <x:v>14235</x:v>
+        <x:v>13790</x:v>
       </x:c>
       <x:c r="AX23" s="3" t="n">
-        <x:v>13533</x:v>
+        <x:v>13182</x:v>
       </x:c>
       <x:c r="AY23" s="3" t="n">
-        <x:v>10647</x:v>
+        <x:v>10296</x:v>
       </x:c>
       <x:c r="AZ23" s="3" t="n">
-        <x:v>13245</x:v>
+        <x:v>12812</x:v>
       </x:c>
       <x:c r="BA23" s="3" t="n">
-        <x:v>14527</x:v>
+        <x:v>13880</x:v>
       </x:c>
       <x:c r="BB23" s="3" t="n">
-        <x:v>26748</x:v>
+        <x:v>26309</x:v>
       </x:c>
       <x:c r="BC23" s="3" t="n">
-        <x:v>16799</x:v>
-[...2 lines deleted...]
-        <x:v>16091</x:v>
+        <x:v>19333</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:56">
+    <x:row r="24" spans="1:55">
       <x:c r="A24" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>3453</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
         <x:v>3926</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
         <x:v>4341</x:v>
       </x:c>
       <x:c r="E24" s="3" t="n">
         <x:v>5060</x:v>
       </x:c>
       <x:c r="F24" s="3" t="n">
         <x:v>6121</x:v>
       </x:c>
       <x:c r="G24" s="3" t="n">
         <x:v>6958</x:v>
       </x:c>
       <x:c r="H24" s="3" t="n">
         <x:v>7668</x:v>
       </x:c>
       <x:c r="I24" s="3" t="n">
         <x:v>8398</x:v>
       </x:c>
@@ -4328,125 +4274,122 @@
       <x:c r="Y24" s="3" t="n">
         <x:v>18508</x:v>
       </x:c>
       <x:c r="Z24" s="3" t="n">
         <x:v>20340</x:v>
       </x:c>
       <x:c r="AA24" s="3" t="n">
         <x:v>22742</x:v>
       </x:c>
       <x:c r="AB24" s="3" t="n">
         <x:v>24577</x:v>
       </x:c>
       <x:c r="AC24" s="3" t="n">
         <x:v>27124</x:v>
       </x:c>
       <x:c r="AD24" s="3" t="n">
         <x:v>29859</x:v>
       </x:c>
       <x:c r="AE24" s="3" t="n">
         <x:v>31394</x:v>
       </x:c>
       <x:c r="AF24" s="3" t="n">
         <x:v>31061</x:v>
       </x:c>
       <x:c r="AG24" s="3" t="n">
-        <x:v>33194</x:v>
+        <x:v>33186</x:v>
       </x:c>
       <x:c r="AH24" s="3" t="n">
-        <x:v>33730</x:v>
+        <x:v>33715</x:v>
       </x:c>
       <x:c r="AI24" s="3" t="n">
-        <x:v>33850</x:v>
+        <x:v>33829</x:v>
       </x:c>
       <x:c r="AJ24" s="3" t="n">
-        <x:v>33712</x:v>
+        <x:v>33685</x:v>
       </x:c>
       <x:c r="AK24" s="3" t="n">
-        <x:v>36454</x:v>
+        <x:v>36419</x:v>
       </x:c>
       <x:c r="AL24" s="3" t="n">
-        <x:v>42125</x:v>
+        <x:v>42047</x:v>
       </x:c>
       <x:c r="AM24" s="3" t="n">
-        <x:v>50015</x:v>
+        <x:v>49902</x:v>
       </x:c>
       <x:c r="AN24" s="3" t="n">
-        <x:v>57077</x:v>
+        <x:v>56867</x:v>
       </x:c>
       <x:c r="AO24" s="3" t="n">
-        <x:v>57192</x:v>
+        <x:v>56924</x:v>
       </x:c>
       <x:c r="AP24" s="3" t="n">
-        <x:v>54840</x:v>
+        <x:v>54605</x:v>
       </x:c>
       <x:c r="AQ24" s="3" t="n">
-        <x:v>57719</x:v>
+        <x:v>57440</x:v>
       </x:c>
       <x:c r="AR24" s="3" t="n">
-        <x:v>62518</x:v>
+        <x:v>62204</x:v>
       </x:c>
       <x:c r="AS24" s="3" t="n">
-        <x:v>63996</x:v>
+        <x:v>63649</x:v>
       </x:c>
       <x:c r="AT24" s="3" t="n">
-        <x:v>67727</x:v>
+        <x:v>67270</x:v>
       </x:c>
       <x:c r="AU24" s="3" t="n">
-        <x:v>62642</x:v>
+        <x:v>62186</x:v>
       </x:c>
       <x:c r="AV24" s="3" t="n">
-        <x:v>51858</x:v>
+        <x:v>51632</x:v>
       </x:c>
       <x:c r="AW24" s="3" t="n">
-        <x:v>50276</x:v>
+        <x:v>50088</x:v>
       </x:c>
       <x:c r="AX24" s="3" t="n">
-        <x:v>53604</x:v>
+        <x:v>53330</x:v>
       </x:c>
       <x:c r="AY24" s="3" t="n">
-        <x:v>57599</x:v>
+        <x:v>57348</x:v>
       </x:c>
       <x:c r="AZ24" s="3" t="n">
-        <x:v>59095</x:v>
+        <x:v>58923</x:v>
       </x:c>
       <x:c r="BA24" s="3" t="n">
-        <x:v>62511</x:v>
+        <x:v>62301</x:v>
       </x:c>
       <x:c r="BB24" s="3" t="n">
-        <x:v>68598</x:v>
+        <x:v>69506</x:v>
       </x:c>
       <x:c r="BC24" s="3" t="n">
-        <x:v>80148</x:v>
-[...2 lines deleted...]
-        <x:v>87662</x:v>
+        <x:v>74645</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:56">
+    <x:row r="25" spans="1:55">
       <x:c r="A25" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>1212</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>1349</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
         <x:v>1708</x:v>
       </x:c>
       <x:c r="E25" s="3" t="n">
         <x:v>1981</x:v>
       </x:c>
       <x:c r="F25" s="3" t="n">
         <x:v>2294</x:v>
       </x:c>
       <x:c r="G25" s="3" t="n">
         <x:v>3054</x:v>
       </x:c>
       <x:c r="H25" s="3" t="n">
         <x:v>3247</x:v>
       </x:c>
       <x:c r="I25" s="3" t="n">
         <x:v>4062</x:v>
       </x:c>
@@ -4498,125 +4441,122 @@
       <x:c r="Y25" s="3" t="n">
         <x:v>9437</x:v>
       </x:c>
       <x:c r="Z25" s="3" t="n">
         <x:v>9087</x:v>
       </x:c>
       <x:c r="AA25" s="3" t="n">
         <x:v>10084</x:v>
       </x:c>
       <x:c r="AB25" s="3" t="n">
         <x:v>10743</x:v>
       </x:c>
       <x:c r="AC25" s="3" t="n">
         <x:v>13018</x:v>
       </x:c>
       <x:c r="AD25" s="3" t="n">
         <x:v>15583</x:v>
       </x:c>
       <x:c r="AE25" s="3" t="n">
         <x:v>16021</x:v>
       </x:c>
       <x:c r="AF25" s="3" t="n">
         <x:v>14624</x:v>
       </x:c>
       <x:c r="AG25" s="3" t="n">
-        <x:v>14955</x:v>
+        <x:v>14950</x:v>
       </x:c>
       <x:c r="AH25" s="3" t="n">
-        <x:v>17435</x:v>
+        <x:v>17424</x:v>
       </x:c>
       <x:c r="AI25" s="3" t="n">
-        <x:v>16111</x:v>
+        <x:v>16099</x:v>
       </x:c>
       <x:c r="AJ25" s="3" t="n">
-        <x:v>16427</x:v>
+        <x:v>16413</x:v>
       </x:c>
       <x:c r="AK25" s="3" t="n">
-        <x:v>18773</x:v>
+        <x:v>18749</x:v>
       </x:c>
       <x:c r="AL25" s="3" t="n">
-        <x:v>22207</x:v>
+        <x:v>22171</x:v>
       </x:c>
       <x:c r="AM25" s="3" t="n">
-        <x:v>20730</x:v>
+        <x:v>20685</x:v>
       </x:c>
       <x:c r="AN25" s="3" t="n">
-        <x:v>22081</x:v>
+        <x:v>22025</x:v>
       </x:c>
       <x:c r="AO25" s="3" t="n">
-        <x:v>20311</x:v>
+        <x:v>20235</x:v>
       </x:c>
       <x:c r="AP25" s="3" t="n">
-        <x:v>20035</x:v>
+        <x:v>19950</x:v>
       </x:c>
       <x:c r="AQ25" s="3" t="n">
-        <x:v>20312</x:v>
+        <x:v>20225</x:v>
       </x:c>
       <x:c r="AR25" s="3" t="n">
-        <x:v>21373</x:v>
+        <x:v>21281</x:v>
       </x:c>
       <x:c r="AS25" s="3" t="n">
-        <x:v>23328</x:v>
+        <x:v>23217</x:v>
       </x:c>
       <x:c r="AT25" s="3" t="n">
-        <x:v>23211</x:v>
+        <x:v>23096</x:v>
       </x:c>
       <x:c r="AU25" s="3" t="n">
-        <x:v>19875</x:v>
+        <x:v>19772</x:v>
       </x:c>
       <x:c r="AV25" s="3" t="n">
-        <x:v>18542</x:v>
+        <x:v>18451</x:v>
       </x:c>
       <x:c r="AW25" s="3" t="n">
-        <x:v>17001</x:v>
+        <x:v>16926</x:v>
       </x:c>
       <x:c r="AX25" s="3" t="n">
-        <x:v>14363</x:v>
+        <x:v>14318</x:v>
       </x:c>
       <x:c r="AY25" s="3" t="n">
-        <x:v>17495</x:v>
+        <x:v>17410</x:v>
       </x:c>
       <x:c r="AZ25" s="3" t="n">
-        <x:v>16790</x:v>
+        <x:v>16696</x:v>
       </x:c>
       <x:c r="BA25" s="3" t="n">
-        <x:v>17993</x:v>
+        <x:v>17893</x:v>
       </x:c>
       <x:c r="BB25" s="3" t="n">
-        <x:v>19379</x:v>
+        <x:v>19520</x:v>
       </x:c>
       <x:c r="BC25" s="3" t="n">
-        <x:v>24048</x:v>
-[...2 lines deleted...]
-        <x:v>27658</x:v>
+        <x:v>25934</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:56">
+    <x:row r="26" spans="1:55">
       <x:c r="A26" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>827</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
         <x:v>935</x:v>
       </x:c>
       <x:c r="D26" s="3" t="n">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="E26" s="3" t="n">
         <x:v>1137</x:v>
       </x:c>
       <x:c r="F26" s="3" t="n">
         <x:v>1302</x:v>
       </x:c>
       <x:c r="G26" s="3" t="n">
         <x:v>1463</x:v>
       </x:c>
       <x:c r="H26" s="3" t="n">
         <x:v>1586</x:v>
       </x:c>
       <x:c r="I26" s="3" t="n">
         <x:v>1800</x:v>
       </x:c>
@@ -4668,125 +4608,122 @@
       <x:c r="Y26" s="3" t="n">
         <x:v>3571</x:v>
       </x:c>
       <x:c r="Z26" s="3" t="n">
         <x:v>4043</x:v>
       </x:c>
       <x:c r="AA26" s="3" t="n">
         <x:v>4103</x:v>
       </x:c>
       <x:c r="AB26" s="3" t="n">
         <x:v>4571</x:v>
       </x:c>
       <x:c r="AC26" s="3" t="n">
         <x:v>5343</x:v>
       </x:c>
       <x:c r="AD26" s="3" t="n">
         <x:v>5710</x:v>
       </x:c>
       <x:c r="AE26" s="3" t="n">
         <x:v>5832</x:v>
       </x:c>
       <x:c r="AF26" s="3" t="n">
         <x:v>6128</x:v>
       </x:c>
       <x:c r="AG26" s="3" t="n">
-        <x:v>6056</x:v>
+        <x:v>6085</x:v>
       </x:c>
       <x:c r="AH26" s="3" t="n">
-        <x:v>6358</x:v>
+        <x:v>6417</x:v>
       </x:c>
       <x:c r="AI26" s="3" t="n">
-        <x:v>6807</x:v>
+        <x:v>6898</x:v>
       </x:c>
       <x:c r="AJ26" s="3" t="n">
-        <x:v>7222</x:v>
+        <x:v>7356</x:v>
       </x:c>
       <x:c r="AK26" s="3" t="n">
-        <x:v>7190</x:v>
+        <x:v>7356</x:v>
       </x:c>
       <x:c r="AL26" s="3" t="n">
-        <x:v>7342</x:v>
+        <x:v>7546</x:v>
       </x:c>
       <x:c r="AM26" s="3" t="n">
-        <x:v>7254</x:v>
+        <x:v>7499</x:v>
       </x:c>
       <x:c r="AN26" s="3" t="n">
-        <x:v>6287</x:v>
+        <x:v>6534</x:v>
       </x:c>
       <x:c r="AO26" s="3" t="n">
-        <x:v>5786</x:v>
+        <x:v>6031</x:v>
       </x:c>
       <x:c r="AP26" s="3" t="n">
-        <x:v>5813</x:v>
+        <x:v>6086</x:v>
       </x:c>
       <x:c r="AQ26" s="3" t="n">
-        <x:v>5757</x:v>
+        <x:v>6052</x:v>
       </x:c>
       <x:c r="AR26" s="3" t="n">
-        <x:v>5817</x:v>
+        <x:v>6146</x:v>
       </x:c>
       <x:c r="AS26" s="3" t="n">
-        <x:v>5988</x:v>
+        <x:v>6350</x:v>
       </x:c>
       <x:c r="AT26" s="3" t="n">
-        <x:v>5611</x:v>
+        <x:v>5979</x:v>
       </x:c>
       <x:c r="AU26" s="3" t="n">
-        <x:v>5541</x:v>
+        <x:v>5926</x:v>
       </x:c>
       <x:c r="AV26" s="3" t="n">
-        <x:v>6533</x:v>
+        <x:v>7007</x:v>
       </x:c>
       <x:c r="AW26" s="3" t="n">
-        <x:v>6442</x:v>
+        <x:v>6948</x:v>
       </x:c>
       <x:c r="AX26" s="3" t="n">
-        <x:v>6404</x:v>
+        <x:v>6929</x:v>
       </x:c>
       <x:c r="AY26" s="3" t="n">
-        <x:v>6760</x:v>
+        <x:v>7341</x:v>
       </x:c>
       <x:c r="AZ26" s="3" t="n">
-        <x:v>6673</x:v>
+        <x:v>7286</x:v>
       </x:c>
       <x:c r="BA26" s="3" t="n">
-        <x:v>7780</x:v>
+        <x:v>8530</x:v>
       </x:c>
       <x:c r="BB26" s="3" t="n">
-        <x:v>8694</x:v>
+        <x:v>9499</x:v>
       </x:c>
       <x:c r="BC26" s="3" t="n">
-        <x:v>9399</x:v>
-[...2 lines deleted...]
-        <x:v>10056</x:v>
+        <x:v>8485</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:56">
+    <x:row r="27" spans="1:55">
       <x:c r="A27" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>588</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
         <x:v>695</x:v>
       </x:c>
       <x:c r="E27" s="3" t="n">
         <x:v>750</x:v>
       </x:c>
       <x:c r="F27" s="3" t="n">
         <x:v>832</x:v>
       </x:c>
       <x:c r="G27" s="3" t="n">
         <x:v>1069</x:v>
       </x:c>
       <x:c r="H27" s="3" t="n">
         <x:v>1185</x:v>
       </x:c>
       <x:c r="I27" s="3" t="n">
         <x:v>1530</x:v>
       </x:c>
@@ -4838,125 +4775,122 @@
       <x:c r="Y27" s="3" t="n">
         <x:v>4194</x:v>
       </x:c>
       <x:c r="Z27" s="3" t="n">
         <x:v>4043</x:v>
       </x:c>
       <x:c r="AA27" s="3" t="n">
         <x:v>4177</x:v>
       </x:c>
       <x:c r="AB27" s="3" t="n">
         <x:v>4576</x:v>
       </x:c>
       <x:c r="AC27" s="3" t="n">
         <x:v>5238</x:v>
       </x:c>
       <x:c r="AD27" s="3" t="n">
         <x:v>4833</x:v>
       </x:c>
       <x:c r="AE27" s="3" t="n">
         <x:v>5307</x:v>
       </x:c>
       <x:c r="AF27" s="3" t="n">
         <x:v>4822</x:v>
       </x:c>
       <x:c r="AG27" s="3" t="n">
-        <x:v>5320</x:v>
+        <x:v>5304</x:v>
       </x:c>
       <x:c r="AH27" s="3" t="n">
-        <x:v>6236</x:v>
+        <x:v>6202</x:v>
       </x:c>
       <x:c r="AI27" s="3" t="n">
-        <x:v>6071</x:v>
+        <x:v>6011</x:v>
       </x:c>
       <x:c r="AJ27" s="3" t="n">
-        <x:v>6696</x:v>
+        <x:v>6618</x:v>
       </x:c>
       <x:c r="AK27" s="3" t="n">
-        <x:v>7861</x:v>
+        <x:v>7764</x:v>
       </x:c>
       <x:c r="AL27" s="3" t="n">
-        <x:v>11391</x:v>
+        <x:v>11248</x:v>
       </x:c>
       <x:c r="AM27" s="3" t="n">
-        <x:v>11960</x:v>
+        <x:v>11774</x:v>
       </x:c>
       <x:c r="AN27" s="3" t="n">
-        <x:v>12111</x:v>
+        <x:v>11907</x:v>
       </x:c>
       <x:c r="AO27" s="3" t="n">
-        <x:v>12225</x:v>
+        <x:v>11995</x:v>
       </x:c>
       <x:c r="AP27" s="3" t="n">
-        <x:v>13126</x:v>
+        <x:v>12843</x:v>
       </x:c>
       <x:c r="AQ27" s="3" t="n">
-        <x:v>13210</x:v>
+        <x:v>12896</x:v>
       </x:c>
       <x:c r="AR27" s="3" t="n">
-        <x:v>15500</x:v>
+        <x:v>15098</x:v>
       </x:c>
       <x:c r="AS27" s="3" t="n">
-        <x:v>17688</x:v>
+        <x:v>17201</x:v>
       </x:c>
       <x:c r="AT27" s="3" t="n">
-        <x:v>18171</x:v>
+        <x:v>17638</x:v>
       </x:c>
       <x:c r="AU27" s="3" t="n">
-        <x:v>17742</x:v>
+        <x:v>17176</x:v>
       </x:c>
       <x:c r="AV27" s="3" t="n">
-        <x:v>17185</x:v>
+        <x:v>16590</x:v>
       </x:c>
       <x:c r="AW27" s="3" t="n">
-        <x:v>17506</x:v>
+        <x:v>16853</x:v>
       </x:c>
       <x:c r="AX27" s="3" t="n">
-        <x:v>17625</x:v>
+        <x:v>16924</x:v>
       </x:c>
       <x:c r="AY27" s="3" t="n">
-        <x:v>18949</x:v>
+        <x:v>18143</x:v>
       </x:c>
       <x:c r="AZ27" s="3" t="n">
-        <x:v>19471</x:v>
+        <x:v>18608</x:v>
       </x:c>
       <x:c r="BA27" s="3" t="n">
-        <x:v>19790</x:v>
+        <x:v>18863</x:v>
       </x:c>
       <x:c r="BB27" s="3" t="n">
-        <x:v>21455</x:v>
+        <x:v>20243</x:v>
       </x:c>
       <x:c r="BC27" s="3" t="n">
-        <x:v>23731</x:v>
-[...2 lines deleted...]
-        <x:v>28592</x:v>
+        <x:v>25780</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:56">
+    <x:row r="28" spans="1:55">
       <x:c r="A28" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>2419</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
         <x:v>2391</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
         <x:v>2592</x:v>
       </x:c>
       <x:c r="E28" s="3" t="n">
         <x:v>2871</x:v>
       </x:c>
       <x:c r="F28" s="3" t="n">
         <x:v>3512</x:v>
       </x:c>
       <x:c r="G28" s="3" t="n">
         <x:v>3894</x:v>
       </x:c>
       <x:c r="H28" s="3" t="n">
         <x:v>4542</x:v>
       </x:c>
       <x:c r="I28" s="3" t="n">
         <x:v>5111</x:v>
       </x:c>
@@ -5026,107 +4960,104 @@
       <x:c r="AE28" s="3" t="n">
         <x:v>23797</x:v>
       </x:c>
       <x:c r="AF28" s="3" t="n">
         <x:v>24526</x:v>
       </x:c>
       <x:c r="AG28" s="3" t="n">
         <x:v>28159</x:v>
       </x:c>
       <x:c r="AH28" s="3" t="n">
         <x:v>31902</x:v>
       </x:c>
       <x:c r="AI28" s="3" t="n">
         <x:v>35478</x:v>
       </x:c>
       <x:c r="AJ28" s="3" t="n">
         <x:v>34643</x:v>
       </x:c>
       <x:c r="AK28" s="3" t="n">
         <x:v>42452</x:v>
       </x:c>
       <x:c r="AL28" s="3" t="n">
         <x:v>47830</x:v>
       </x:c>
       <x:c r="AM28" s="3" t="n">
-        <x:v>41768</x:v>
+        <x:v>41769</x:v>
       </x:c>
       <x:c r="AN28" s="3" t="n">
-        <x:v>55979</x:v>
+        <x:v>55981</x:v>
       </x:c>
       <x:c r="AO28" s="3" t="n">
-        <x:v>50242</x:v>
+        <x:v>50243</x:v>
       </x:c>
       <x:c r="AP28" s="3" t="n">
-        <x:v>58603</x:v>
+        <x:v>58605</x:v>
       </x:c>
       <x:c r="AQ28" s="3" t="n">
         <x:v>55596</x:v>
       </x:c>
       <x:c r="AR28" s="3" t="n">
-        <x:v>53698</x:v>
+        <x:v>53699</x:v>
       </x:c>
       <x:c r="AS28" s="3" t="n">
-        <x:v>56089</x:v>
+        <x:v>56090</x:v>
       </x:c>
       <x:c r="AT28" s="3" t="n">
-        <x:v>55521</x:v>
+        <x:v>55525</x:v>
       </x:c>
       <x:c r="AU28" s="3" t="n">
-        <x:v>52946</x:v>
+        <x:v>52947</x:v>
       </x:c>
       <x:c r="AV28" s="3" t="n">
-        <x:v>60193</x:v>
+        <x:v>60190</x:v>
       </x:c>
       <x:c r="AW28" s="3" t="n">
-        <x:v>64269</x:v>
+        <x:v>64275</x:v>
       </x:c>
       <x:c r="AX28" s="3" t="n">
-        <x:v>82332</x:v>
+        <x:v>82340</x:v>
       </x:c>
       <x:c r="AY28" s="3" t="n">
-        <x:v>78025</x:v>
+        <x:v>78038</x:v>
       </x:c>
       <x:c r="AZ28" s="3" t="n">
-        <x:v>52993</x:v>
+        <x:v>53002</x:v>
       </x:c>
       <x:c r="BA28" s="3" t="n">
-        <x:v>119022</x:v>
+        <x:v>119033</x:v>
       </x:c>
       <x:c r="BB28" s="3" t="n">
-        <x:v>197597</x:v>
+        <x:v>200981</x:v>
       </x:c>
       <x:c r="BC28" s="3" t="n">
-        <x:v>137253</x:v>
-[...2 lines deleted...]
-        <x:v>117688</x:v>
+        <x:v>130911</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:56">
+    <x:row r="29" spans="1:55">
       <x:c r="A29" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>286</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
         <x:v>257</x:v>
       </x:c>
       <x:c r="E29" s="3" t="n">
         <x:v>365</x:v>
       </x:c>
       <x:c r="F29" s="3" t="n">
         <x:v>401</x:v>
       </x:c>
       <x:c r="G29" s="3" t="n">
         <x:v>523</x:v>
       </x:c>
       <x:c r="H29" s="3" t="n">
         <x:v>705</x:v>
       </x:c>
       <x:c r="I29" s="3" t="n">
         <x:v>902</x:v>
       </x:c>
@@ -5178,125 +5109,122 @@
       <x:c r="Y29" s="3" t="n">
         <x:v>4852</x:v>
       </x:c>
       <x:c r="Z29" s="3" t="n">
         <x:v>5274</x:v>
       </x:c>
       <x:c r="AA29" s="3" t="n">
         <x:v>5605</x:v>
       </x:c>
       <x:c r="AB29" s="3" t="n">
         <x:v>6144</x:v>
       </x:c>
       <x:c r="AC29" s="3" t="n">
         <x:v>7122</x:v>
       </x:c>
       <x:c r="AD29" s="3" t="n">
         <x:v>7766</x:v>
       </x:c>
       <x:c r="AE29" s="3" t="n">
         <x:v>8778</x:v>
       </x:c>
       <x:c r="AF29" s="3" t="n">
         <x:v>10023</x:v>
       </x:c>
       <x:c r="AG29" s="3" t="n">
-        <x:v>10989</x:v>
+        <x:v>10990</x:v>
       </x:c>
       <x:c r="AH29" s="3" t="n">
-        <x:v>11508</x:v>
+        <x:v>11509</x:v>
       </x:c>
       <x:c r="AI29" s="3" t="n">
-        <x:v>11662</x:v>
+        <x:v>11665</x:v>
       </x:c>
       <x:c r="AJ29" s="3" t="n">
-        <x:v>11320</x:v>
+        <x:v>11324</x:v>
       </x:c>
       <x:c r="AK29" s="3" t="n">
-        <x:v>12292</x:v>
+        <x:v>12297</x:v>
       </x:c>
       <x:c r="AL29" s="3" t="n">
-        <x:v>12815</x:v>
+        <x:v>12823</x:v>
       </x:c>
       <x:c r="AM29" s="3" t="n">
-        <x:v>10735</x:v>
+        <x:v>10739</x:v>
       </x:c>
       <x:c r="AN29" s="3" t="n">
-        <x:v>12434</x:v>
+        <x:v>12442</x:v>
       </x:c>
       <x:c r="AO29" s="3" t="n">
-        <x:v>12381</x:v>
+        <x:v>12390</x:v>
       </x:c>
       <x:c r="AP29" s="3" t="n">
-        <x:v>13747</x:v>
+        <x:v>13759</x:v>
       </x:c>
       <x:c r="AQ29" s="3" t="n">
-        <x:v>14662</x:v>
+        <x:v>14677</x:v>
       </x:c>
       <x:c r="AR29" s="3" t="n">
-        <x:v>15573</x:v>
+        <x:v>15590</x:v>
       </x:c>
       <x:c r="AS29" s="3" t="n">
-        <x:v>15746</x:v>
+        <x:v>15761</x:v>
       </x:c>
       <x:c r="AT29" s="3" t="n">
-        <x:v>16732</x:v>
+        <x:v>16691</x:v>
       </x:c>
       <x:c r="AU29" s="3" t="n">
-        <x:v>18084</x:v>
+        <x:v>18037</x:v>
       </x:c>
       <x:c r="AV29" s="3" t="n">
-        <x:v>18511</x:v>
+        <x:v>18462</x:v>
       </x:c>
       <x:c r="AW29" s="3" t="n">
-        <x:v>20706</x:v>
+        <x:v>20670</x:v>
       </x:c>
       <x:c r="AX29" s="3" t="n">
-        <x:v>21243</x:v>
+        <x:v>21172</x:v>
       </x:c>
       <x:c r="AY29" s="3" t="n">
-        <x:v>22441</x:v>
+        <x:v>22347</x:v>
       </x:c>
       <x:c r="AZ29" s="3" t="n">
-        <x:v>23956</x:v>
+        <x:v>23922</x:v>
       </x:c>
       <x:c r="BA29" s="3" t="n">
-        <x:v>26989</x:v>
+        <x:v>26886</x:v>
       </x:c>
       <x:c r="BB29" s="3" t="n">
-        <x:v>29843</x:v>
+        <x:v>30077</x:v>
       </x:c>
       <x:c r="BC29" s="3" t="n">
-        <x:v>31795</x:v>
-[...2 lines deleted...]
-        <x:v>34480</x:v>
+        <x:v>31465</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:56">
+    <x:row r="30" spans="1:55">
       <x:c r="A30" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>5140</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
         <x:v>5912</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
         <x:v>6455</x:v>
       </x:c>
       <x:c r="E30" s="3" t="n">
         <x:v>6992</x:v>
       </x:c>
       <x:c r="F30" s="3" t="n">
         <x:v>7900</x:v>
       </x:c>
       <x:c r="G30" s="3" t="n">
         <x:v>9406</x:v>
       </x:c>
       <x:c r="H30" s="3" t="n">
         <x:v>10455</x:v>
       </x:c>
       <x:c r="I30" s="3" t="n">
         <x:v>11894</x:v>
       </x:c>
@@ -5348,125 +5276,122 @@
       <x:c r="Y30" s="3" t="n">
         <x:v>23742</x:v>
       </x:c>
       <x:c r="Z30" s="3" t="n">
         <x:v>28967</x:v>
       </x:c>
       <x:c r="AA30" s="3" t="n">
         <x:v>33874</x:v>
       </x:c>
       <x:c r="AB30" s="3" t="n">
         <x:v>36889</x:v>
       </x:c>
       <x:c r="AC30" s="3" t="n">
         <x:v>42611</x:v>
       </x:c>
       <x:c r="AD30" s="3" t="n">
         <x:v>47960</x:v>
       </x:c>
       <x:c r="AE30" s="3" t="n">
         <x:v>48191</x:v>
       </x:c>
       <x:c r="AF30" s="3" t="n">
         <x:v>51895</x:v>
       </x:c>
       <x:c r="AG30" s="3" t="n">
-        <x:v>56465</x:v>
+        <x:v>56398</x:v>
       </x:c>
       <x:c r="AH30" s="3" t="n">
-        <x:v>61648</x:v>
+        <x:v>61502</x:v>
       </x:c>
       <x:c r="AI30" s="3" t="n">
-        <x:v>65314</x:v>
+        <x:v>65028</x:v>
       </x:c>
       <x:c r="AJ30" s="3" t="n">
-        <x:v>74696</x:v>
+        <x:v>74257</x:v>
       </x:c>
       <x:c r="AK30" s="3" t="n">
-        <x:v>84181</x:v>
+        <x:v>83592</x:v>
       </x:c>
       <x:c r="AL30" s="3" t="n">
-        <x:v>98726</x:v>
+        <x:v>97986</x:v>
       </x:c>
       <x:c r="AM30" s="3" t="n">
-        <x:v>116395</x:v>
+        <x:v>115616</x:v>
       </x:c>
       <x:c r="AN30" s="3" t="n">
-        <x:v>124144</x:v>
+        <x:v>123280</x:v>
       </x:c>
       <x:c r="AO30" s="3" t="n">
-        <x:v>121604</x:v>
+        <x:v>120593</x:v>
       </x:c>
       <x:c r="AP30" s="3" t="n">
-        <x:v>123752</x:v>
+        <x:v>122590</x:v>
       </x:c>
       <x:c r="AQ30" s="3" t="n">
-        <x:v>135498</x:v>
+        <x:v>134139</x:v>
       </x:c>
       <x:c r="AR30" s="3" t="n">
-        <x:v>153033</x:v>
+        <x:v>151341</x:v>
       </x:c>
       <x:c r="AS30" s="3" t="n">
-        <x:v>159061</x:v>
+        <x:v>157148</x:v>
       </x:c>
       <x:c r="AT30" s="3" t="n">
-        <x:v>167843</x:v>
+        <x:v>165602</x:v>
       </x:c>
       <x:c r="AU30" s="3" t="n">
-        <x:v>176230</x:v>
+        <x:v>173549</x:v>
       </x:c>
       <x:c r="AV30" s="3" t="n">
-        <x:v>182792</x:v>
+        <x:v>179813</x:v>
       </x:c>
       <x:c r="AW30" s="3" t="n">
-        <x:v>194745</x:v>
+        <x:v>191472</x:v>
       </x:c>
       <x:c r="AX30" s="3" t="n">
-        <x:v>204689</x:v>
+        <x:v>201120</x:v>
       </x:c>
       <x:c r="AY30" s="3" t="n">
-        <x:v>215808</x:v>
+        <x:v>211712</x:v>
       </x:c>
       <x:c r="AZ30" s="3" t="n">
-        <x:v>215671</x:v>
+        <x:v>211236</x:v>
       </x:c>
       <x:c r="BA30" s="3" t="n">
-        <x:v>228148</x:v>
+        <x:v>223191</x:v>
       </x:c>
       <x:c r="BB30" s="3" t="n">
-        <x:v>247228</x:v>
+        <x:v>248978</x:v>
       </x:c>
       <x:c r="BC30" s="3" t="n">
-        <x:v>243301</x:v>
-[...2 lines deleted...]
-        <x:v>242621</x:v>
+        <x:v>250893</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:56">
+    <x:row r="31" spans="1:55">
       <x:c r="A31" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>12223</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>13406</x:v>
       </x:c>
       <x:c r="D31" s="3" t="n">
         <x:v>15143</x:v>
       </x:c>
       <x:c r="E31" s="3" t="n">
         <x:v>16628</x:v>
       </x:c>
       <x:c r="F31" s="3" t="n">
         <x:v>20304</x:v>
       </x:c>
       <x:c r="G31" s="3" t="n">
         <x:v>23095</x:v>
       </x:c>
       <x:c r="H31" s="3" t="n">
         <x:v>25801</x:v>
       </x:c>
       <x:c r="I31" s="3" t="n">
         <x:v>28949</x:v>
       </x:c>
@@ -5518,125 +5443,122 @@
       <x:c r="Y31" s="3" t="n">
         <x:v>78021</x:v>
       </x:c>
       <x:c r="Z31" s="3" t="n">
         <x:v>80693</x:v>
       </x:c>
       <x:c r="AA31" s="3" t="n">
         <x:v>86904</x:v>
       </x:c>
       <x:c r="AB31" s="3" t="n">
         <x:v>93540</x:v>
       </x:c>
       <x:c r="AC31" s="3" t="n">
         <x:v>98284</x:v>
       </x:c>
       <x:c r="AD31" s="3" t="n">
         <x:v>107902</x:v>
       </x:c>
       <x:c r="AE31" s="3" t="n">
         <x:v>109663</x:v>
       </x:c>
       <x:c r="AF31" s="3" t="n">
         <x:v>116862</x:v>
       </x:c>
       <x:c r="AG31" s="3" t="n">
-        <x:v>122690</x:v>
+        <x:v>122392</x:v>
       </x:c>
       <x:c r="AH31" s="3" t="n">
-        <x:v>122821</x:v>
+        <x:v>122324</x:v>
       </x:c>
       <x:c r="AI31" s="3" t="n">
-        <x:v>124546</x:v>
+        <x:v>123793</x:v>
       </x:c>
       <x:c r="AJ31" s="3" t="n">
-        <x:v>132163</x:v>
+        <x:v>130975</x:v>
       </x:c>
       <x:c r="AK31" s="3" t="n">
-        <x:v>138584</x:v>
+        <x:v>137079</x:v>
       </x:c>
       <x:c r="AL31" s="3" t="n">
-        <x:v>150868</x:v>
+        <x:v>148660</x:v>
       </x:c>
       <x:c r="AM31" s="3" t="n">
-        <x:v>175917</x:v>
+        <x:v>173324</x:v>
       </x:c>
       <x:c r="AN31" s="3" t="n">
-        <x:v>184899</x:v>
+        <x:v>181755</x:v>
       </x:c>
       <x:c r="AO31" s="3" t="n">
-        <x:v>170295</x:v>
+        <x:v>167323</x:v>
       </x:c>
       <x:c r="AP31" s="3" t="n">
-        <x:v>181877</x:v>
+        <x:v>178351</x:v>
       </x:c>
       <x:c r="AQ31" s="3" t="n">
-        <x:v>184055</x:v>
+        <x:v>180315</x:v>
       </x:c>
       <x:c r="AR31" s="3" t="n">
-        <x:v>195196</x:v>
+        <x:v>190586</x:v>
       </x:c>
       <x:c r="AS31" s="3" t="n">
-        <x:v>194847</x:v>
+        <x:v>190033</x:v>
       </x:c>
       <x:c r="AT31" s="3" t="n">
-        <x:v>210433</x:v>
+        <x:v>204587</x:v>
       </x:c>
       <x:c r="AU31" s="3" t="n">
-        <x:v>216602</x:v>
+        <x:v>210771</x:v>
       </x:c>
       <x:c r="AV31" s="3" t="n">
-        <x:v>227142</x:v>
+        <x:v>220807</x:v>
       </x:c>
       <x:c r="AW31" s="3" t="n">
-        <x:v>233443</x:v>
+        <x:v>226464</x:v>
       </x:c>
       <x:c r="AX31" s="3" t="n">
-        <x:v>251022</x:v>
+        <x:v>242721</x:v>
       </x:c>
       <x:c r="AY31" s="3" t="n">
-        <x:v>260554</x:v>
+        <x:v>251314</x:v>
       </x:c>
       <x:c r="AZ31" s="3" t="n">
-        <x:v>281534</x:v>
+        <x:v>271443</x:v>
       </x:c>
       <x:c r="BA31" s="3" t="n">
-        <x:v>301172</x:v>
+        <x:v>289822</x:v>
       </x:c>
       <x:c r="BB31" s="3" t="n">
-        <x:v>318052</x:v>
+        <x:v>312006</x:v>
       </x:c>
       <x:c r="BC31" s="3" t="n">
-        <x:v>334461</x:v>
-[...2 lines deleted...]
-        <x:v>348016</x:v>
+        <x:v>318519</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:56">
+    <x:row r="32" spans="1:55">
       <x:c r="A32" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G32" s="3" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="H32" s="3" t="n">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I32" s="3" t="n">
         <x:v>400</x:v>
       </x:c>
@@ -5688,125 +5610,122 @@
       <x:c r="Y32" s="3" t="n">
         <x:v>10871</x:v>
       </x:c>
       <x:c r="Z32" s="3" t="n">
         <x:v>12104</x:v>
       </x:c>
       <x:c r="AA32" s="3" t="n">
         <x:v>11836</x:v>
       </x:c>
       <x:c r="AB32" s="3" t="n">
         <x:v>12878</x:v>
       </x:c>
       <x:c r="AC32" s="3" t="n">
         <x:v>12997</x:v>
       </x:c>
       <x:c r="AD32" s="3" t="n">
         <x:v>13894</x:v>
       </x:c>
       <x:c r="AE32" s="3" t="n">
         <x:v>15139</x:v>
       </x:c>
       <x:c r="AF32" s="3" t="n">
         <x:v>15062</x:v>
       </x:c>
       <x:c r="AG32" s="3" t="n">
-        <x:v>15738</x:v>
+        <x:v>15737</x:v>
       </x:c>
       <x:c r="AH32" s="3" t="n">
-        <x:v>14725</x:v>
+        <x:v>14723</x:v>
       </x:c>
       <x:c r="AI32" s="3" t="n">
-        <x:v>15108</x:v>
+        <x:v>15104</x:v>
       </x:c>
       <x:c r="AJ32" s="3" t="n">
-        <x:v>15994</x:v>
+        <x:v>15989</x:v>
       </x:c>
       <x:c r="AK32" s="3" t="n">
-        <x:v>17761</x:v>
+        <x:v>17754</x:v>
       </x:c>
       <x:c r="AL32" s="3" t="n">
-        <x:v>19431</x:v>
+        <x:v>19422</x:v>
       </x:c>
       <x:c r="AM32" s="3" t="n">
-        <x:v>17054</x:v>
+        <x:v>17045</x:v>
       </x:c>
       <x:c r="AN32" s="3" t="n">
-        <x:v>19184</x:v>
+        <x:v>19172</x:v>
       </x:c>
       <x:c r="AO32" s="3" t="n">
-        <x:v>18335</x:v>
+        <x:v>18322</x:v>
       </x:c>
       <x:c r="AP32" s="3" t="n">
-        <x:v>18382</x:v>
+        <x:v>18368</x:v>
       </x:c>
       <x:c r="AQ32" s="3" t="n">
-        <x:v>15694</x:v>
+        <x:v>15681</x:v>
       </x:c>
       <x:c r="AR32" s="3" t="n">
-        <x:v>16195</x:v>
+        <x:v>16180</x:v>
       </x:c>
       <x:c r="AS32" s="3" t="n">
-        <x:v>17267</x:v>
+        <x:v>17250</x:v>
       </x:c>
       <x:c r="AT32" s="3" t="n">
-        <x:v>17347</x:v>
+        <x:v>17328</x:v>
       </x:c>
       <x:c r="AU32" s="3" t="n">
-        <x:v>16951</x:v>
+        <x:v>16931</x:v>
       </x:c>
       <x:c r="AV32" s="3" t="n">
-        <x:v>17725</x:v>
+        <x:v>17703</x:v>
       </x:c>
       <x:c r="AW32" s="3" t="n">
-        <x:v>17632</x:v>
+        <x:v>17609</x:v>
       </x:c>
       <x:c r="AX32" s="3" t="n">
-        <x:v>17827</x:v>
+        <x:v>17802</x:v>
       </x:c>
       <x:c r="AY32" s="3" t="n">
-        <x:v>18740</x:v>
+        <x:v>18712</x:v>
       </x:c>
       <x:c r="AZ32" s="3" t="n">
-        <x:v>18570</x:v>
+        <x:v>18541</x:v>
       </x:c>
       <x:c r="BA32" s="3" t="n">
-        <x:v>16097</x:v>
+        <x:v>16071</x:v>
       </x:c>
       <x:c r="BB32" s="3" t="n">
-        <x:v>16276</x:v>
+        <x:v>16277</x:v>
       </x:c>
       <x:c r="BC32" s="3" t="n">
-        <x:v>13139</x:v>
-[...2 lines deleted...]
-        <x:v>14217</x:v>
+        <x:v>12722</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:56">
+    <x:row r="33" spans="1:55">
       <x:c r="A33" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>6846</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>7079</x:v>
       </x:c>
       <x:c r="D33" s="3" t="n">
         <x:v>7289</x:v>
       </x:c>
       <x:c r="E33" s="3" t="n">
         <x:v>8965</x:v>
       </x:c>
       <x:c r="F33" s="3" t="n">
         <x:v>10027</x:v>
       </x:c>
       <x:c r="G33" s="3" t="n">
         <x:v>7807</x:v>
       </x:c>
       <x:c r="H33" s="3" t="n">
         <x:v>7567</x:v>
       </x:c>
       <x:c r="I33" s="3" t="n">
         <x:v>7335</x:v>
       </x:c>
@@ -5858,125 +5777,122 @@
       <x:c r="Y33" s="3" t="n">
         <x:v>18492</x:v>
       </x:c>
       <x:c r="Z33" s="3" t="n">
         <x:v>16608</x:v>
       </x:c>
       <x:c r="AA33" s="3" t="n">
         <x:v>16429</x:v>
       </x:c>
       <x:c r="AB33" s="3" t="n">
         <x:v>15948</x:v>
       </x:c>
       <x:c r="AC33" s="3" t="n">
         <x:v>19598</x:v>
       </x:c>
       <x:c r="AD33" s="3" t="n">
         <x:v>18696</x:v>
       </x:c>
       <x:c r="AE33" s="3" t="n">
         <x:v>18507</x:v>
       </x:c>
       <x:c r="AF33" s="3" t="n">
         <x:v>26375</x:v>
       </x:c>
       <x:c r="AG33" s="3" t="n">
-        <x:v>31675</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="AH33" s="3" t="n">
-        <x:v>23975</x:v>
+        <x:v>24505</x:v>
       </x:c>
       <x:c r="AI33" s="3" t="n">
-        <x:v>23230</x:v>
+        <x:v>23991</x:v>
       </x:c>
       <x:c r="AJ33" s="3" t="n">
-        <x:v>19996</x:v>
+        <x:v>20865</x:v>
       </x:c>
       <x:c r="AK33" s="3" t="n">
-        <x:v>20699</x:v>
+        <x:v>21866</x:v>
       </x:c>
       <x:c r="AL33" s="3" t="n">
-        <x:v>20364</x:v>
+        <x:v>21734</x:v>
       </x:c>
       <x:c r="AM33" s="3" t="n">
-        <x:v>21159</x:v>
+        <x:v>22826</x:v>
       </x:c>
       <x:c r="AN33" s="3" t="n">
-        <x:v>22803</x:v>
+        <x:v>24804</x:v>
       </x:c>
       <x:c r="AO33" s="3" t="n">
-        <x:v>20091</x:v>
+        <x:v>22295</x:v>
       </x:c>
       <x:c r="AP33" s="3" t="n">
-        <x:v>21991</x:v>
+        <x:v>24603</x:v>
       </x:c>
       <x:c r="AQ33" s="3" t="n">
-        <x:v>22638</x:v>
+        <x:v>25599</x:v>
       </x:c>
       <x:c r="AR33" s="3" t="n">
-        <x:v>24164</x:v>
+        <x:v>27628</x:v>
       </x:c>
       <x:c r="AS33" s="3" t="n">
-        <x:v>28195</x:v>
+        <x:v>32411</x:v>
       </x:c>
       <x:c r="AT33" s="3" t="n">
-        <x:v>28983</x:v>
+        <x:v>33550</x:v>
       </x:c>
       <x:c r="AU33" s="3" t="n">
-        <x:v>29604</x:v>
+        <x:v>34603</x:v>
       </x:c>
       <x:c r="AV33" s="3" t="n">
-        <x:v>27629</x:v>
+        <x:v>32695</x:v>
       </x:c>
       <x:c r="AW33" s="3" t="n">
-        <x:v>26040</x:v>
+        <x:v>31174</x:v>
       </x:c>
       <x:c r="AX33" s="3" t="n">
-        <x:v>23065</x:v>
+        <x:v>27867</x:v>
       </x:c>
       <x:c r="AY33" s="3" t="n">
-        <x:v>25849</x:v>
+        <x:v>31478</x:v>
       </x:c>
       <x:c r="AZ33" s="3" t="n">
-        <x:v>18646</x:v>
+        <x:v>22648</x:v>
       </x:c>
       <x:c r="BA33" s="3" t="n">
-        <x:v>20610</x:v>
+        <x:v>25295</x:v>
       </x:c>
       <x:c r="BB33" s="3" t="n">
-        <x:v>38158</x:v>
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="BC33" s="3" t="n">
-        <x:v>16562</x:v>
-[...2 lines deleted...]
-        <x:v>19306</x:v>
+        <x:v>50909</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:56">
+    <x:row r="34" spans="1:55">
       <x:c r="A34" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>3805</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
         <x:v>4107</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
         <x:v>4480</x:v>
       </x:c>
       <x:c r="E34" s="3" t="n">
         <x:v>4860</x:v>
       </x:c>
       <x:c r="F34" s="3" t="n">
         <x:v>5206</x:v>
       </x:c>
       <x:c r="G34" s="3" t="n">
         <x:v>6300</x:v>
       </x:c>
       <x:c r="H34" s="3" t="n">
         <x:v>7353</x:v>
       </x:c>
       <x:c r="I34" s="3" t="n">
         <x:v>8373</x:v>
       </x:c>
@@ -6028,125 +5944,122 @@
       <x:c r="Y34" s="3" t="n">
         <x:v>32081</x:v>
       </x:c>
       <x:c r="Z34" s="3" t="n">
         <x:v>31555</x:v>
       </x:c>
       <x:c r="AA34" s="3" t="n">
         <x:v>33413</x:v>
       </x:c>
       <x:c r="AB34" s="3" t="n">
         <x:v>34805</x:v>
       </x:c>
       <x:c r="AC34" s="3" t="n">
         <x:v>36166</x:v>
       </x:c>
       <x:c r="AD34" s="3" t="n">
         <x:v>40213</x:v>
       </x:c>
       <x:c r="AE34" s="3" t="n">
         <x:v>39679</x:v>
       </x:c>
       <x:c r="AF34" s="3" t="n">
         <x:v>41464</x:v>
       </x:c>
       <x:c r="AG34" s="3" t="n">
-        <x:v>43391</x:v>
+        <x:v>43624</x:v>
       </x:c>
       <x:c r="AH34" s="3" t="n">
-        <x:v>45882</x:v>
+        <x:v>46370</x:v>
       </x:c>
       <x:c r="AI34" s="3" t="n">
-        <x:v>45579</x:v>
+        <x:v>46289</x:v>
       </x:c>
       <x:c r="AJ34" s="3" t="n">
-        <x:v>53578</x:v>
+        <x:v>55280</x:v>
       </x:c>
       <x:c r="AK34" s="3" t="n">
-        <x:v>58701</x:v>
+        <x:v>61255</x:v>
       </x:c>
       <x:c r="AL34" s="3" t="n">
-        <x:v>68549</x:v>
+        <x:v>72236</x:v>
       </x:c>
       <x:c r="AM34" s="3" t="n">
-        <x:v>74567</x:v>
+        <x:v>79118</x:v>
       </x:c>
       <x:c r="AN34" s="3" t="n">
-        <x:v>77829</x:v>
+        <x:v>83285</x:v>
       </x:c>
       <x:c r="AO34" s="3" t="n">
-        <x:v>75655</x:v>
+        <x:v>81683</x:v>
       </x:c>
       <x:c r="AP34" s="3" t="n">
-        <x:v>77711</x:v>
+        <x:v>84464</x:v>
       </x:c>
       <x:c r="AQ34" s="3" t="n">
-        <x:v>81717</x:v>
+        <x:v>89592</x:v>
       </x:c>
       <x:c r="AR34" s="3" t="n">
-        <x:v>85696</x:v>
+        <x:v>95162</x:v>
       </x:c>
       <x:c r="AS34" s="3" t="n">
-        <x:v>93225</x:v>
+        <x:v>104970</x:v>
       </x:c>
       <x:c r="AT34" s="3" t="n">
-        <x:v>94314</x:v>
+        <x:v>107825</x:v>
       </x:c>
       <x:c r="AU34" s="3" t="n">
-        <x:v>97508</x:v>
+        <x:v>110708</x:v>
       </x:c>
       <x:c r="AV34" s="3" t="n">
-        <x:v>90820</x:v>
+        <x:v>101794</x:v>
       </x:c>
       <x:c r="AW34" s="3" t="n">
-        <x:v>89731</x:v>
+        <x:v>100628</x:v>
       </x:c>
       <x:c r="AX34" s="3" t="n">
-        <x:v>85953</x:v>
+        <x:v>92808</x:v>
       </x:c>
       <x:c r="AY34" s="3" t="n">
-        <x:v>89000</x:v>
+        <x:v>96974</x:v>
       </x:c>
       <x:c r="AZ34" s="3" t="n">
-        <x:v>63852</x:v>
+        <x:v>63895</x:v>
       </x:c>
       <x:c r="BA34" s="3" t="n">
-        <x:v>69836</x:v>
+        <x:v>70784</x:v>
       </x:c>
       <x:c r="BB34" s="3" t="n">
-        <x:v>86234</x:v>
+        <x:v>100883</x:v>
       </x:c>
       <x:c r="BC34" s="3" t="n">
-        <x:v>101105</x:v>
-[...2 lines deleted...]
-        <x:v>107428</x:v>
+        <x:v>113923</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:56">
+    <x:row r="35" spans="1:55">
       <x:c r="A35" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>423</x:v>
       </x:c>
       <x:c r="D35" s="3" t="n">
         <x:v>495</x:v>
       </x:c>
       <x:c r="E35" s="3" t="n">
         <x:v>600</x:v>
       </x:c>
       <x:c r="F35" s="3" t="n">
         <x:v>697</x:v>
       </x:c>
       <x:c r="G35" s="3" t="n">
         <x:v>841</x:v>
       </x:c>
       <x:c r="H35" s="3" t="n">
         <x:v>918</x:v>
       </x:c>
       <x:c r="I35" s="3" t="n">
         <x:v>994</x:v>
       </x:c>
@@ -6198,125 +6111,122 @@
       <x:c r="Y35" s="3" t="n">
         <x:v>6689</x:v>
       </x:c>
       <x:c r="Z35" s="3" t="n">
         <x:v>6640</x:v>
       </x:c>
       <x:c r="AA35" s="3" t="n">
         <x:v>7031</x:v>
       </x:c>
       <x:c r="AB35" s="3" t="n">
         <x:v>7021</x:v>
       </x:c>
       <x:c r="AC35" s="3" t="n">
         <x:v>7595</x:v>
       </x:c>
       <x:c r="AD35" s="3" t="n">
         <x:v>8672</x:v>
       </x:c>
       <x:c r="AE35" s="3" t="n">
         <x:v>8771</x:v>
       </x:c>
       <x:c r="AF35" s="3" t="n">
         <x:v>8654</x:v>
       </x:c>
       <x:c r="AG35" s="3" t="n">
-        <x:v>8927</x:v>
+        <x:v>8928</x:v>
       </x:c>
       <x:c r="AH35" s="3" t="n">
-        <x:v>8070</x:v>
+        <x:v>8071</x:v>
       </x:c>
       <x:c r="AI35" s="3" t="n">
-        <x:v>8348</x:v>
+        <x:v>8350</x:v>
       </x:c>
       <x:c r="AJ35" s="3" t="n">
-        <x:v>9038</x:v>
+        <x:v>9041</x:v>
       </x:c>
       <x:c r="AK35" s="3" t="n">
-        <x:v>9572</x:v>
+        <x:v>9576</x:v>
       </x:c>
       <x:c r="AL35" s="3" t="n">
-        <x:v>8998</x:v>
+        <x:v>9003</x:v>
       </x:c>
       <x:c r="AM35" s="3" t="n">
-        <x:v>8931</x:v>
+        <x:v>8938</x:v>
       </x:c>
       <x:c r="AN35" s="3" t="n">
-        <x:v>9183</x:v>
+        <x:v>9191</x:v>
       </x:c>
       <x:c r="AO35" s="3" t="n">
-        <x:v>10893</x:v>
+        <x:v>10903</x:v>
       </x:c>
       <x:c r="AP35" s="3" t="n">
-        <x:v>11111</x:v>
+        <x:v>11122</x:v>
       </x:c>
       <x:c r="AQ35" s="3" t="n">
-        <x:v>11199</x:v>
+        <x:v>11211</x:v>
       </x:c>
       <x:c r="AR35" s="3" t="n">
-        <x:v>9670</x:v>
+        <x:v>9682</x:v>
       </x:c>
       <x:c r="AS35" s="3" t="n">
-        <x:v>10330</x:v>
+        <x:v>10343</x:v>
       </x:c>
       <x:c r="AT35" s="3" t="n">
-        <x:v>10245</x:v>
+        <x:v>10259</x:v>
       </x:c>
       <x:c r="AU35" s="3" t="n">
-        <x:v>10519</x:v>
+        <x:v>10534</x:v>
       </x:c>
       <x:c r="AV35" s="3" t="n">
-        <x:v>10362</x:v>
+        <x:v>10378</x:v>
       </x:c>
       <x:c r="AW35" s="3" t="n">
-        <x:v>10356</x:v>
+        <x:v>10373</x:v>
       </x:c>
       <x:c r="AX35" s="3" t="n">
-        <x:v>10099</x:v>
+        <x:v>10117</x:v>
       </x:c>
       <x:c r="AY35" s="3" t="n">
-        <x:v>10062</x:v>
+        <x:v>10081</x:v>
       </x:c>
       <x:c r="AZ35" s="3" t="n">
-        <x:v>10443</x:v>
+        <x:v>10464</x:v>
       </x:c>
       <x:c r="BA35" s="3" t="n">
-        <x:v>9817</x:v>
+        <x:v>9837</x:v>
       </x:c>
       <x:c r="BB35" s="3" t="n">
-        <x:v>9283</x:v>
+        <x:v>9422</x:v>
       </x:c>
       <x:c r="BC35" s="3" t="n">
-        <x:v>9767</x:v>
-[...2 lines deleted...]
-        <x:v>10328</x:v>
+        <x:v>10833</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:56">
+    <x:row r="36" spans="1:55">
       <x:c r="A36" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>1022</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
         <x:v>1271</x:v>
       </x:c>
       <x:c r="E36" s="3" t="n">
         <x:v>1396</x:v>
       </x:c>
       <x:c r="F36" s="3" t="n">
         <x:v>1580</x:v>
       </x:c>
       <x:c r="G36" s="3" t="n">
         <x:v>1914</x:v>
       </x:c>
       <x:c r="H36" s="3" t="n">
         <x:v>2166</x:v>
       </x:c>
       <x:c r="I36" s="3" t="n">
         <x:v>2531</x:v>
       </x:c>
@@ -6368,125 +6278,122 @@
       <x:c r="Y36" s="3" t="n">
         <x:v>11444</x:v>
       </x:c>
       <x:c r="Z36" s="3" t="n">
         <x:v>12325</x:v>
       </x:c>
       <x:c r="AA36" s="3" t="n">
         <x:v>13215</x:v>
       </x:c>
       <x:c r="AB36" s="3" t="n">
         <x:v>14452</x:v>
       </x:c>
       <x:c r="AC36" s="3" t="n">
         <x:v>15763</x:v>
       </x:c>
       <x:c r="AD36" s="3" t="n">
         <x:v>17178</x:v>
       </x:c>
       <x:c r="AE36" s="3" t="n">
         <x:v>18374</x:v>
       </x:c>
       <x:c r="AF36" s="3" t="n">
         <x:v>18963</x:v>
       </x:c>
       <x:c r="AG36" s="3" t="n">
-        <x:v>19350</x:v>
+        <x:v>19351</x:v>
       </x:c>
       <x:c r="AH36" s="3" t="n">
-        <x:v>20830</x:v>
+        <x:v>20829</x:v>
       </x:c>
       <x:c r="AI36" s="3" t="n">
-        <x:v>20010</x:v>
+        <x:v>20007</x:v>
       </x:c>
       <x:c r="AJ36" s="3" t="n">
-        <x:v>21272</x:v>
+        <x:v>21271</x:v>
       </x:c>
       <x:c r="AK36" s="3" t="n">
         <x:v>22381</x:v>
       </x:c>
       <x:c r="AL36" s="3" t="n">
-        <x:v>25173</x:v>
+        <x:v>25172</x:v>
       </x:c>
       <x:c r="AM36" s="3" t="n">
-        <x:v>27097</x:v>
+        <x:v>27101</x:v>
       </x:c>
       <x:c r="AN36" s="3" t="n">
         <x:v>28692</x:v>
       </x:c>
       <x:c r="AO36" s="3" t="n">
-        <x:v>28935</x:v>
+        <x:v>28916</x:v>
       </x:c>
       <x:c r="AP36" s="3" t="n">
-        <x:v>29487</x:v>
+        <x:v>29461</x:v>
       </x:c>
       <x:c r="AQ36" s="3" t="n">
-        <x:v>31569</x:v>
+        <x:v>31547</x:v>
       </x:c>
       <x:c r="AR36" s="3" t="n">
-        <x:v>33503</x:v>
+        <x:v>33468</x:v>
       </x:c>
       <x:c r="AS36" s="3" t="n">
-        <x:v>35449</x:v>
+        <x:v>35394</x:v>
       </x:c>
       <x:c r="AT36" s="3" t="n">
-        <x:v>37345</x:v>
+        <x:v>37285</x:v>
       </x:c>
       <x:c r="AU36" s="3" t="n">
-        <x:v>39397</x:v>
+        <x:v>39315</x:v>
       </x:c>
       <x:c r="AV36" s="3" t="n">
-        <x:v>41550</x:v>
+        <x:v>41451</x:v>
       </x:c>
       <x:c r="AW36" s="3" t="n">
-        <x:v>43864</x:v>
+        <x:v>43750</x:v>
       </x:c>
       <x:c r="AX36" s="3" t="n">
-        <x:v>44796</x:v>
+        <x:v>44663</x:v>
       </x:c>
       <x:c r="AY36" s="3" t="n">
-        <x:v>47908</x:v>
+        <x:v>47759</x:v>
       </x:c>
       <x:c r="AZ36" s="3" t="n">
-        <x:v>30726</x:v>
+        <x:v>30458</x:v>
       </x:c>
       <x:c r="BA36" s="3" t="n">
-        <x:v>38502</x:v>
+        <x:v>38292</x:v>
       </x:c>
       <x:c r="BB36" s="3" t="n">
-        <x:v>56976</x:v>
+        <x:v>58277</x:v>
       </x:c>
       <x:c r="BC36" s="3" t="n">
-        <x:v>63649</x:v>
-[...2 lines deleted...]
-        <x:v>67720</x:v>
+        <x:v>64059</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:56">
+    <x:row r="37" spans="1:55">
       <x:c r="A37" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>2105</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>2471</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
         <x:v>2979</x:v>
       </x:c>
       <x:c r="E37" s="3" t="n">
         <x:v>3379</x:v>
       </x:c>
       <x:c r="F37" s="3" t="n">
         <x:v>3708</x:v>
       </x:c>
       <x:c r="G37" s="3" t="n">
         <x:v>4153</x:v>
       </x:c>
       <x:c r="H37" s="3" t="n">
         <x:v>4760</x:v>
       </x:c>
       <x:c r="I37" s="3" t="n">
         <x:v>5231</x:v>
       </x:c>
@@ -6538,295 +6445,289 @@
       <x:c r="Y37" s="3" t="n">
         <x:v>27146</x:v>
       </x:c>
       <x:c r="Z37" s="3" t="n">
         <x:v>28859</x:v>
       </x:c>
       <x:c r="AA37" s="3" t="n">
         <x:v>29628</x:v>
       </x:c>
       <x:c r="AB37" s="3" t="n">
         <x:v>32743</x:v>
       </x:c>
       <x:c r="AC37" s="3" t="n">
         <x:v>37271</x:v>
       </x:c>
       <x:c r="AD37" s="3" t="n">
         <x:v>42193</x:v>
       </x:c>
       <x:c r="AE37" s="3" t="n">
         <x:v>47140</x:v>
       </x:c>
       <x:c r="AF37" s="3" t="n">
         <x:v>50085</x:v>
       </x:c>
       <x:c r="AG37" s="3" t="n">
-        <x:v>54015</x:v>
+        <x:v>54069</x:v>
       </x:c>
       <x:c r="AH37" s="3" t="n">
-        <x:v>58433</x:v>
+        <x:v>58550</x:v>
       </x:c>
       <x:c r="AI37" s="3" t="n">
-        <x:v>61527</x:v>
+        <x:v>61718</x:v>
       </x:c>
       <x:c r="AJ37" s="3" t="n">
-        <x:v>66713</x:v>
+        <x:v>66985</x:v>
       </x:c>
       <x:c r="AK37" s="3" t="n">
-        <x:v>71338</x:v>
+        <x:v>71697</x:v>
       </x:c>
       <x:c r="AL37" s="3" t="n">
-        <x:v>73896</x:v>
+        <x:v>74344</x:v>
       </x:c>
       <x:c r="AM37" s="3" t="n">
-        <x:v>81114</x:v>
+        <x:v>81681</x:v>
       </x:c>
       <x:c r="AN37" s="3" t="n">
-        <x:v>85460</x:v>
+        <x:v>86112</x:v>
       </x:c>
       <x:c r="AO37" s="3" t="n">
-        <x:v>87473</x:v>
+        <x:v>88231</x:v>
       </x:c>
       <x:c r="AP37" s="3" t="n">
-        <x:v>95343</x:v>
+        <x:v>96248</x:v>
       </x:c>
       <x:c r="AQ37" s="3" t="n">
-        <x:v>98626</x:v>
+        <x:v>99622</x:v>
       </x:c>
       <x:c r="AR37" s="3" t="n">
-        <x:v>103657</x:v>
+        <x:v>104780</x:v>
       </x:c>
       <x:c r="AS37" s="3" t="n">
-        <x:v>108300</x:v>
+        <x:v>109559</x:v>
       </x:c>
       <x:c r="AT37" s="3" t="n">
-        <x:v>110561</x:v>
+        <x:v>111953</x:v>
       </x:c>
       <x:c r="AU37" s="3" t="n">
-        <x:v>114160</x:v>
+        <x:v>115678</x:v>
       </x:c>
       <x:c r="AV37" s="3" t="n">
-        <x:v>117380</x:v>
+        <x:v>119001</x:v>
       </x:c>
       <x:c r="AW37" s="3" t="n">
-        <x:v>121923</x:v>
+        <x:v>123687</x:v>
       </x:c>
       <x:c r="AX37" s="3" t="n">
-        <x:v>133095</x:v>
+        <x:v>135094</x:v>
       </x:c>
       <x:c r="AY37" s="3" t="n">
-        <x:v>146400</x:v>
+        <x:v>148634</x:v>
       </x:c>
       <x:c r="AZ37" s="3" t="n">
-        <x:v>149173</x:v>
+        <x:v>151577</x:v>
       </x:c>
       <x:c r="BA37" s="3" t="n">
-        <x:v>158712</x:v>
+        <x:v>161342</x:v>
       </x:c>
       <x:c r="BB37" s="3" t="n">
-        <x:v>167215</x:v>
+        <x:v>170457</x:v>
       </x:c>
       <x:c r="BC37" s="3" t="n">
-        <x:v>177750</x:v>
-[...2 lines deleted...]
-        <x:v>183412</x:v>
+        <x:v>192758</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:56">
+    <x:row r="38" spans="1:55">
       <x:c r="A38" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>2290</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
         <x:v>2589</x:v>
       </x:c>
       <x:c r="D38" s="3" t="n">
         <x:v>2928</x:v>
       </x:c>
       <x:c r="E38" s="3" t="n">
         <x:v>3631</x:v>
       </x:c>
       <x:c r="F38" s="3" t="n">
         <x:v>4422</x:v>
       </x:c>
       <x:c r="G38" s="3" t="n">
-        <x:v>4727</x:v>
+        <x:v>4726</x:v>
       </x:c>
       <x:c r="H38" s="3" t="n">
-        <x:v>5535</x:v>
+        <x:v>5534</x:v>
       </x:c>
       <x:c r="I38" s="3" t="n">
         <x:v>6301</x:v>
       </x:c>
       <x:c r="J38" s="3" t="n">
         <x:v>7383</x:v>
       </x:c>
       <x:c r="K38" s="3" t="n">
-        <x:v>8227</x:v>
+        <x:v>8226</x:v>
       </x:c>
       <x:c r="L38" s="3" t="n">
-        <x:v>9908</x:v>
+        <x:v>9907</x:v>
       </x:c>
       <x:c r="M38" s="3" t="n">
-        <x:v>12941</x:v>
+        <x:v>12940</x:v>
       </x:c>
       <x:c r="N38" s="3" t="n">
-        <x:v>15282</x:v>
+        <x:v>15281</x:v>
       </x:c>
       <x:c r="O38" s="3" t="n">
-        <x:v>16670</x:v>
+        <x:v>16668</x:v>
       </x:c>
       <x:c r="P38" s="3" t="n">
-        <x:v>15706</x:v>
+        <x:v>15705</x:v>
       </x:c>
       <x:c r="Q38" s="3" t="n">
-        <x:v>18043</x:v>
+        <x:v>18041</x:v>
       </x:c>
       <x:c r="R38" s="3" t="n">
-        <x:v>24117</x:v>
+        <x:v>24115</x:v>
       </x:c>
       <x:c r="S38" s="3" t="n">
-        <x:v>33306</x:v>
+        <x:v>33305</x:v>
       </x:c>
       <x:c r="T38" s="3" t="n">
-        <x:v>32896</x:v>
+        <x:v>32894</x:v>
       </x:c>
       <x:c r="U38" s="3" t="n">
-        <x:v>33680</x:v>
+        <x:v>33678</x:v>
       </x:c>
       <x:c r="V38" s="3" t="n">
-        <x:v>33998</x:v>
+        <x:v>33995</x:v>
       </x:c>
       <x:c r="W38" s="3" t="n">
-        <x:v>34107</x:v>
+        <x:v>34106</x:v>
       </x:c>
       <x:c r="X38" s="3" t="n">
-        <x:v>35627</x:v>
+        <x:v>35625</x:v>
       </x:c>
       <x:c r="Y38" s="3" t="n">
         <x:v>36768</x:v>
       </x:c>
       <x:c r="Z38" s="3" t="n">
-        <x:v>36947</x:v>
+        <x:v>36945</x:v>
       </x:c>
       <x:c r="AA38" s="3" t="n">
-        <x:v>35856</x:v>
+        <x:v>35887</x:v>
       </x:c>
       <x:c r="AB38" s="3" t="n">
-        <x:v>33774</x:v>
+        <x:v>33807</x:v>
       </x:c>
       <x:c r="AC38" s="3" t="n">
-        <x:v>36143</x:v>
+        <x:v>36176</x:v>
       </x:c>
       <x:c r="AD38" s="3" t="n">
-        <x:v>38019</x:v>
+        <x:v>38055</x:v>
       </x:c>
       <x:c r="AE38" s="3" t="n">
-        <x:v>36111</x:v>
+        <x:v>36151</x:v>
       </x:c>
       <x:c r="AF38" s="3" t="n">
-        <x:v>40269</x:v>
+        <x:v>40260</x:v>
       </x:c>
       <x:c r="AG38" s="3" t="n">
-        <x:v>41516</x:v>
+        <x:v>41624</x:v>
       </x:c>
       <x:c r="AH38" s="3" t="n">
-        <x:v>42631</x:v>
+        <x:v>42815</x:v>
       </x:c>
       <x:c r="AI38" s="3" t="n">
-        <x:v>56992</x:v>
+        <x:v>57385</x:v>
       </x:c>
       <x:c r="AJ38" s="3" t="n">
-        <x:v>68256</x:v>
+        <x:v>68711</x:v>
       </x:c>
       <x:c r="AK38" s="3" t="n">
-        <x:v>70465</x:v>
+        <x:v>71166</x:v>
       </x:c>
       <x:c r="AL38" s="3" t="n">
-        <x:v>68025</x:v>
+        <x:v>68425</x:v>
       </x:c>
       <x:c r="AM38" s="3" t="n">
-        <x:v>80995</x:v>
+        <x:v>80495</x:v>
       </x:c>
       <x:c r="AN38" s="3" t="n">
-        <x:v>84058</x:v>
+        <x:v>83727</x:v>
       </x:c>
       <x:c r="AO38" s="3" t="n">
-        <x:v>100756</x:v>
+        <x:v>101776</x:v>
       </x:c>
       <x:c r="AP38" s="3" t="n">
-        <x:v>100041</x:v>
+        <x:v>101167</x:v>
       </x:c>
       <x:c r="AQ38" s="3" t="n">
-        <x:v>97310</x:v>
+        <x:v>98010</x:v>
       </x:c>
       <x:c r="AR38" s="3" t="n">
-        <x:v>119534</x:v>
+        <x:v>121311</x:v>
       </x:c>
       <x:c r="AS38" s="3" t="n">
-        <x:v>134470</x:v>
+        <x:v>136689</x:v>
       </x:c>
       <x:c r="AT38" s="3" t="n">
-        <x:v>140337</x:v>
+        <x:v>141682</x:v>
       </x:c>
       <x:c r="AU38" s="3" t="n">
-        <x:v>143370</x:v>
+        <x:v>145016</x:v>
       </x:c>
       <x:c r="AV38" s="3" t="n">
-        <x:v>154433</x:v>
+        <x:v>155504</x:v>
       </x:c>
       <x:c r="AW38" s="3" t="n">
-        <x:v>161874</x:v>
+        <x:v>164694</x:v>
       </x:c>
       <x:c r="AX38" s="3" t="n">
-        <x:v>156809</x:v>
+        <x:v>158346</x:v>
       </x:c>
       <x:c r="AY38" s="3" t="n">
-        <x:v>156984</x:v>
+        <x:v>158791</x:v>
       </x:c>
       <x:c r="AZ38" s="3" t="n">
-        <x:v>177168</x:v>
+        <x:v>184092</x:v>
       </x:c>
       <x:c r="BA38" s="3" t="n">
-        <x:v>173253</x:v>
+        <x:v>176310</x:v>
       </x:c>
       <x:c r="BB38" s="3" t="n">
-        <x:v>169384</x:v>
+        <x:v>173507</x:v>
       </x:c>
       <x:c r="BC38" s="3" t="n">
-        <x:v>195801</x:v>
-[...2 lines deleted...]
-        <x:v>207965</x:v>
+        <x:v>186493</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:56">
+    <x:row r="39" spans="1:55">
       <x:c r="A39" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>683</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>800</x:v>
       </x:c>
       <x:c r="D39" s="3" t="n">
         <x:v>904</x:v>
       </x:c>
       <x:c r="E39" s="3" t="n">
         <x:v>1043</x:v>
       </x:c>
       <x:c r="F39" s="3" t="n">
         <x:v>1244</x:v>
       </x:c>
       <x:c r="G39" s="3" t="n">
         <x:v>1519</x:v>
       </x:c>
       <x:c r="H39" s="3" t="n">
         <x:v>1801</x:v>
       </x:c>
       <x:c r="I39" s="3" t="n">
         <x:v>2189</x:v>
       </x:c>
@@ -6878,125 +6779,122 @@
       <x:c r="Y39" s="3" t="n">
         <x:v>7275</x:v>
       </x:c>
       <x:c r="Z39" s="3" t="n">
         <x:v>7819</x:v>
       </x:c>
       <x:c r="AA39" s="3" t="n">
         <x:v>8909</x:v>
       </x:c>
       <x:c r="AB39" s="3" t="n">
         <x:v>10620</x:v>
       </x:c>
       <x:c r="AC39" s="3" t="n">
         <x:v>14291</x:v>
       </x:c>
       <x:c r="AD39" s="3" t="n">
         <x:v>18344</x:v>
       </x:c>
       <x:c r="AE39" s="3" t="n">
         <x:v>25507</x:v>
       </x:c>
       <x:c r="AF39" s="3" t="n">
         <x:v>24980</x:v>
       </x:c>
       <x:c r="AG39" s="3" t="n">
-        <x:v>29414</x:v>
+        <x:v>29492</x:v>
       </x:c>
       <x:c r="AH39" s="3" t="n">
-        <x:v>33157</x:v>
+        <x:v>33333</x:v>
       </x:c>
       <x:c r="AI39" s="3" t="n">
-        <x:v>35349</x:v>
+        <x:v>35630</x:v>
       </x:c>
       <x:c r="AJ39" s="3" t="n">
-        <x:v>39251</x:v>
+        <x:v>39667</x:v>
       </x:c>
       <x:c r="AK39" s="3" t="n">
-        <x:v>40627</x:v>
+        <x:v>41164</x:v>
       </x:c>
       <x:c r="AL39" s="3" t="n">
-        <x:v>43085</x:v>
+        <x:v>43770</x:v>
       </x:c>
       <x:c r="AM39" s="3" t="n">
-        <x:v>45932</x:v>
+        <x:v>46783</x:v>
       </x:c>
       <x:c r="AN39" s="3" t="n">
-        <x:v>47937</x:v>
+        <x:v>48953</x:v>
       </x:c>
       <x:c r="AO39" s="3" t="n">
-        <x:v>54257</x:v>
+        <x:v>55550</x:v>
       </x:c>
       <x:c r="AP39" s="3" t="n">
-        <x:v>56310</x:v>
+        <x:v>57801</x:v>
       </x:c>
       <x:c r="AQ39" s="3" t="n">
-        <x:v>61242</x:v>
+        <x:v>63026</x:v>
       </x:c>
       <x:c r="AR39" s="3" t="n">
-        <x:v>66607</x:v>
+        <x:v>68723</x:v>
       </x:c>
       <x:c r="AS39" s="3" t="n">
-        <x:v>68014</x:v>
+        <x:v>70355</x:v>
       </x:c>
       <x:c r="AT39" s="3" t="n">
-        <x:v>71323</x:v>
+        <x:v>73967</x:v>
       </x:c>
       <x:c r="AU39" s="3" t="n">
-        <x:v>74629</x:v>
+        <x:v>77593</x:v>
       </x:c>
       <x:c r="AV39" s="3" t="n">
-        <x:v>79863</x:v>
+        <x:v>83247</x:v>
       </x:c>
       <x:c r="AW39" s="3" t="n">
-        <x:v>81614</x:v>
+        <x:v>85288</x:v>
       </x:c>
       <x:c r="AX39" s="3" t="n">
-        <x:v>82709</x:v>
+        <x:v>86650</x:v>
       </x:c>
       <x:c r="AY39" s="3" t="n">
-        <x:v>86526</x:v>
+        <x:v>90878</x:v>
       </x:c>
       <x:c r="AZ39" s="3" t="n">
-        <x:v>89924</x:v>
+        <x:v>94686</x:v>
       </x:c>
       <x:c r="BA39" s="3" t="n">
-        <x:v>96926</x:v>
+        <x:v>102316</x:v>
       </x:c>
       <x:c r="BB39" s="3" t="n">
-        <x:v>101577</x:v>
+        <x:v>105345</x:v>
       </x:c>
       <x:c r="BC39" s="3" t="n">
-        <x:v>108565</x:v>
-[...2 lines deleted...]
-        <x:v>111732</x:v>
+        <x:v>111005</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:56">
+    <x:row r="40" spans="1:55">
       <x:c r="A40" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
         <x:v>5731</x:v>
       </x:c>
       <x:c r="C40" s="3" t="n">
         <x:v>6329</x:v>
       </x:c>
       <x:c r="D40" s="3" t="n">
         <x:v>6968</x:v>
       </x:c>
       <x:c r="E40" s="3" t="n">
         <x:v>7799</x:v>
       </x:c>
       <x:c r="F40" s="3" t="n">
         <x:v>8835</x:v>
       </x:c>
       <x:c r="G40" s="3" t="n">
         <x:v>10167</x:v>
       </x:c>
       <x:c r="H40" s="3" t="n">
         <x:v>11422</x:v>
       </x:c>
       <x:c r="I40" s="3" t="n">
         <x:v>13025</x:v>
       </x:c>
@@ -7042,131 +6940,128 @@
       <x:c r="W40" s="3" t="n">
         <x:v>47429</x:v>
       </x:c>
       <x:c r="X40" s="3" t="n">
         <x:v>49785</x:v>
       </x:c>
       <x:c r="Y40" s="3" t="n">
         <x:v>51815</x:v>
       </x:c>
       <x:c r="Z40" s="3" t="n">
         <x:v>51742</x:v>
       </x:c>
       <x:c r="AA40" s="3" t="n">
         <x:v>53381</x:v>
       </x:c>
       <x:c r="AB40" s="3" t="n">
         <x:v>54622</x:v>
       </x:c>
       <x:c r="AC40" s="3" t="n">
         <x:v>54419</x:v>
       </x:c>
       <x:c r="AD40" s="3" t="n">
         <x:v>55586</x:v>
       </x:c>
       <x:c r="AE40" s="3" t="n">
-        <x:v>59090</x:v>
+        <x:v>60323</x:v>
       </x:c>
       <x:c r="AF40" s="3" t="n">
-        <x:v>64214</x:v>
+        <x:v>66925</x:v>
       </x:c>
       <x:c r="AG40" s="3" t="n">
-        <x:v>67592</x:v>
+        <x:v>71800</x:v>
       </x:c>
       <x:c r="AH40" s="3" t="n">
-        <x:v>71666</x:v>
+        <x:v>77613</x:v>
       </x:c>
       <x:c r="AI40" s="3" t="n">
-        <x:v>71979</x:v>
+        <x:v>79617</x:v>
       </x:c>
       <x:c r="AJ40" s="3" t="n">
-        <x:v>73092</x:v>
+        <x:v>82364</x:v>
       </x:c>
       <x:c r="AK40" s="3" t="n">
-        <x:v>78605</x:v>
+        <x:v>91927</x:v>
       </x:c>
       <x:c r="AL40" s="3" t="n">
-        <x:v>86755</x:v>
+        <x:v>105243</x:v>
       </x:c>
       <x:c r="AM40" s="3" t="n">
-        <x:v>91952</x:v>
+        <x:v>115607</x:v>
       </x:c>
       <x:c r="AN40" s="3" t="n">
-        <x:v>94995</x:v>
+        <x:v>123540</x:v>
       </x:c>
       <x:c r="AO40" s="3" t="n">
-        <x:v>90721</x:v>
+        <x:v>121534</x:v>
       </x:c>
       <x:c r="AP40" s="3" t="n">
-        <x:v>97312</x:v>
+        <x:v>134322</x:v>
       </x:c>
       <x:c r="AQ40" s="3" t="n">
-        <x:v>102616</x:v>
+        <x:v>145780</x:v>
       </x:c>
       <x:c r="AR40" s="3" t="n">
-        <x:v>101776</x:v>
+        <x:v>148199</x:v>
       </x:c>
       <x:c r="AS40" s="3" t="n">
-        <x:v>107826</x:v>
+        <x:v>161291</x:v>
       </x:c>
       <x:c r="AT40" s="3" t="n">
-        <x:v>114788</x:v>
+        <x:v>176721</x:v>
       </x:c>
       <x:c r="AU40" s="3" t="n">
-        <x:v>126407</x:v>
+        <x:v>199972</x:v>
       </x:c>
       <x:c r="AV40" s="3" t="n">
-        <x:v>130938</x:v>
+        <x:v>212694</x:v>
       </x:c>
       <x:c r="AW40" s="3" t="n">
-        <x:v>133524</x:v>
+        <x:v>222587</x:v>
       </x:c>
       <x:c r="AX40" s="3" t="n">
-        <x:v>139382</x:v>
+        <x:v>237585</x:v>
       </x:c>
       <x:c r="AY40" s="3" t="n">
-        <x:v>150087</x:v>
+        <x:v>262520</x:v>
       </x:c>
       <x:c r="AZ40" s="3" t="n">
-        <x:v>144461</x:v>
+        <x:v>257537</x:v>
       </x:c>
       <x:c r="BA40" s="3" t="n">
-        <x:v>155747</x:v>
+        <x:v>284859</x:v>
       </x:c>
       <x:c r="BB40" s="3" t="n">
-        <x:v>190024</x:v>
+        <x:v>325930</x:v>
       </x:c>
       <x:c r="BC40" s="3" t="n">
-        <x:v>196950</x:v>
-[...2 lines deleted...]
-        <x:v>208316</x:v>
+        <x:v>339971</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:56">
+    <x:row r="41" spans="1:55">
       <x:c r="A41" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
         <x:v>1070</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>1272</x:v>
       </x:c>
       <x:c r="D41" s="3" t="n">
         <x:v>1515</x:v>
       </x:c>
       <x:c r="E41" s="3" t="n">
         <x:v>1722</x:v>
       </x:c>
       <x:c r="F41" s="3" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="G41" s="3" t="n">
         <x:v>2446</x:v>
       </x:c>
       <x:c r="H41" s="3" t="n">
         <x:v>2918</x:v>
       </x:c>
       <x:c r="I41" s="3" t="n">
         <x:v>3534</x:v>
       </x:c>
@@ -7218,125 +7113,122 @@
       <x:c r="Y41" s="3" t="n">
         <x:v>24405</x:v>
       </x:c>
       <x:c r="Z41" s="3" t="n">
         <x:v>26499</x:v>
       </x:c>
       <x:c r="AA41" s="3" t="n">
         <x:v>28337</x:v>
       </x:c>
       <x:c r="AB41" s="3" t="n">
         <x:v>30652</x:v>
       </x:c>
       <x:c r="AC41" s="3" t="n">
         <x:v>34716</x:v>
       </x:c>
       <x:c r="AD41" s="3" t="n">
         <x:v>37075</x:v>
       </x:c>
       <x:c r="AE41" s="3" t="n">
         <x:v>38605</x:v>
       </x:c>
       <x:c r="AF41" s="3" t="n">
         <x:v>42160</x:v>
       </x:c>
       <x:c r="AG41" s="3" t="n">
-        <x:v>46963</x:v>
+        <x:v>46981</x:v>
       </x:c>
       <x:c r="AH41" s="3" t="n">
-        <x:v>49145</x:v>
+        <x:v>49180</x:v>
       </x:c>
       <x:c r="AI41" s="3" t="n">
-        <x:v>50692</x:v>
+        <x:v>50749</x:v>
       </x:c>
       <x:c r="AJ41" s="3" t="n">
-        <x:v>55137</x:v>
+        <x:v>55220</x:v>
       </x:c>
       <x:c r="AK41" s="3" t="n">
-        <x:v>60898</x:v>
+        <x:v>61018</x:v>
       </x:c>
       <x:c r="AL41" s="3" t="n">
-        <x:v>69698</x:v>
+        <x:v>69852</x:v>
       </x:c>
       <x:c r="AM41" s="3" t="n">
-        <x:v>83414</x:v>
+        <x:v>83626</x:v>
       </x:c>
       <x:c r="AN41" s="3" t="n">
-        <x:v>96107</x:v>
+        <x:v>96388</x:v>
       </x:c>
       <x:c r="AO41" s="3" t="n">
-        <x:v>96726</x:v>
+        <x:v>97030</x:v>
       </x:c>
       <x:c r="AP41" s="3" t="n">
-        <x:v>100164</x:v>
+        <x:v>100507</x:v>
       </x:c>
       <x:c r="AQ41" s="3" t="n">
-        <x:v>102397</x:v>
+        <x:v>102795</x:v>
       </x:c>
       <x:c r="AR41" s="3" t="n">
-        <x:v>115910</x:v>
+        <x:v>116405</x:v>
       </x:c>
       <x:c r="AS41" s="3" t="n">
-        <x:v>124825</x:v>
+        <x:v>125398</x:v>
       </x:c>
       <x:c r="AT41" s="3" t="n">
-        <x:v>130160</x:v>
+        <x:v>130807</x:v>
       </x:c>
       <x:c r="AU41" s="3" t="n">
-        <x:v>127613</x:v>
+        <x:v>128273</x:v>
       </x:c>
       <x:c r="AV41" s="3" t="n">
-        <x:v>123964</x:v>
+        <x:v>124633</x:v>
       </x:c>
       <x:c r="AW41" s="3" t="n">
-        <x:v>130516</x:v>
+        <x:v>131255</x:v>
       </x:c>
       <x:c r="AX41" s="3" t="n">
-        <x:v>143558</x:v>
+        <x:v>144425</x:v>
       </x:c>
       <x:c r="AY41" s="3" t="n">
-        <x:v>161183</x:v>
+        <x:v>162217</x:v>
       </x:c>
       <x:c r="AZ41" s="3" t="n">
-        <x:v>162956</x:v>
+        <x:v>163948</x:v>
       </x:c>
       <x:c r="BA41" s="3" t="n">
-        <x:v>171157</x:v>
+        <x:v>172308</x:v>
       </x:c>
       <x:c r="BB41" s="3" t="n">
-        <x:v>194899</x:v>
+        <x:v>193718</x:v>
       </x:c>
       <x:c r="BC41" s="3" t="n">
-        <x:v>214044</x:v>
-[...2 lines deleted...]
-        <x:v>226889</x:v>
+        <x:v>210468</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:56">
+    <x:row r="42" spans="1:55">
       <x:c r="A42" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C42" s="3" t="n">
         <x:v>592</x:v>
       </x:c>
       <x:c r="D42" s="3" t="n">
         <x:v>718</x:v>
       </x:c>
       <x:c r="E42" s="3" t="n">
         <x:v>832</x:v>
       </x:c>
       <x:c r="F42" s="3" t="n">
         <x:v>979</x:v>
       </x:c>
       <x:c r="G42" s="3" t="n">
         <x:v>1232</x:v>
       </x:c>
       <x:c r="H42" s="3" t="n">
         <x:v>1511</x:v>
       </x:c>
       <x:c r="I42" s="3" t="n">
         <x:v>1891</x:v>
       </x:c>
@@ -7388,125 +7280,122 @@
       <x:c r="Y42" s="3" t="n">
         <x:v>8676</x:v>
       </x:c>
       <x:c r="Z42" s="3" t="n">
         <x:v>9786</x:v>
       </x:c>
       <x:c r="AA42" s="3" t="n">
         <x:v>11210</x:v>
       </x:c>
       <x:c r="AB42" s="3" t="n">
         <x:v>13148</x:v>
       </x:c>
       <x:c r="AC42" s="3" t="n">
         <x:v>15761</x:v>
       </x:c>
       <x:c r="AD42" s="3" t="n">
         <x:v>18715</x:v>
       </x:c>
       <x:c r="AE42" s="3" t="n">
         <x:v>23280</x:v>
       </x:c>
       <x:c r="AF42" s="3" t="n">
         <x:v>26562</x:v>
       </x:c>
       <x:c r="AG42" s="3" t="n">
-        <x:v>28285</x:v>
+        <x:v>28379</x:v>
       </x:c>
       <x:c r="AH42" s="3" t="n">
-        <x:v>28738</x:v>
+        <x:v>28944</x:v>
       </x:c>
       <x:c r="AI42" s="3" t="n">
-        <x:v>29500</x:v>
+        <x:v>29810</x:v>
       </x:c>
       <x:c r="AJ42" s="3" t="n">
-        <x:v>31142</x:v>
+        <x:v>31578</x:v>
       </x:c>
       <x:c r="AK42" s="3" t="n">
-        <x:v>36588</x:v>
+        <x:v>37243</x:v>
       </x:c>
       <x:c r="AL42" s="3" t="n">
-        <x:v>42963</x:v>
+        <x:v>43915</x:v>
       </x:c>
       <x:c r="AM42" s="3" t="n">
-        <x:v>53252</x:v>
+        <x:v>54644</x:v>
       </x:c>
       <x:c r="AN42" s="3" t="n">
-        <x:v>56704</x:v>
+        <x:v>58383</x:v>
       </x:c>
       <x:c r="AO42" s="3" t="n">
-        <x:v>56521</x:v>
+        <x:v>58377</x:v>
       </x:c>
       <x:c r="AP42" s="3" t="n">
-        <x:v>57320</x:v>
+        <x:v>59374</x:v>
       </x:c>
       <x:c r="AQ42" s="3" t="n">
-        <x:v>65154</x:v>
+        <x:v>67749</x:v>
       </x:c>
       <x:c r="AR42" s="3" t="n">
-        <x:v>70801</x:v>
+        <x:v>73937</x:v>
       </x:c>
       <x:c r="AS42" s="3" t="n">
-        <x:v>73775</x:v>
+        <x:v>77380</x:v>
       </x:c>
       <x:c r="AT42" s="3" t="n">
-        <x:v>76556</x:v>
+        <x:v>80549</x:v>
       </x:c>
       <x:c r="AU42" s="3" t="n">
-        <x:v>74119</x:v>
+        <x:v>78139</x:v>
       </x:c>
       <x:c r="AV42" s="3" t="n">
-        <x:v>75197</x:v>
+        <x:v>79499</x:v>
       </x:c>
       <x:c r="AW42" s="3" t="n">
-        <x:v>80207</x:v>
+        <x:v>85159</x:v>
       </x:c>
       <x:c r="AX42" s="3" t="n">
-        <x:v>88994</x:v>
+        <x:v>94958</x:v>
       </x:c>
       <x:c r="AY42" s="3" t="n">
-        <x:v>92743</x:v>
+        <x:v>99371</x:v>
       </x:c>
       <x:c r="AZ42" s="3" t="n">
-        <x:v>88620</x:v>
+        <x:v>95729</x:v>
       </x:c>
       <x:c r="BA42" s="3" t="n">
-        <x:v>92011</x:v>
+        <x:v>99632</x:v>
       </x:c>
       <x:c r="BB42" s="3" t="n">
-        <x:v>107059</x:v>
+        <x:v>115812</x:v>
       </x:c>
       <x:c r="BC42" s="3" t="n">
-        <x:v>112831</x:v>
-[...2 lines deleted...]
-        <x:v>121377</x:v>
+        <x:v>117788</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:56">
+    <x:row r="43" spans="1:55">
       <x:c r="A43" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
         <x:v>5460</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>6325</x:v>
       </x:c>
       <x:c r="D43" s="3" t="n">
         <x:v>7230</x:v>
       </x:c>
       <x:c r="E43" s="3" t="n">
         <x:v>8258</x:v>
       </x:c>
       <x:c r="F43" s="3" t="n">
         <x:v>9462</x:v>
       </x:c>
       <x:c r="G43" s="3" t="n">
         <x:v>11208</x:v>
       </x:c>
       <x:c r="H43" s="3" t="n">
         <x:v>13244</x:v>
       </x:c>
       <x:c r="I43" s="3" t="n">
         <x:v>14710</x:v>
       </x:c>
@@ -7597,596 +7486,584 @@
       <x:c r="AL43" s="3" t="n">
         <x:v>100184</x:v>
       </x:c>
       <x:c r="AM43" s="3" t="n">
         <x:v>108097</x:v>
       </x:c>
       <x:c r="AN43" s="3" t="n">
         <x:v>117765</x:v>
       </x:c>
       <x:c r="AO43" s="3" t="n">
         <x:v>127680</x:v>
       </x:c>
       <x:c r="AP43" s="3" t="n">
         <x:v>135790</x:v>
       </x:c>
       <x:c r="AQ43" s="3" t="n">
         <x:v>143789</x:v>
       </x:c>
       <x:c r="AR43" s="3" t="n">
         <x:v>153643</x:v>
       </x:c>
       <x:c r="AS43" s="3" t="n">
         <x:v>159395</x:v>
       </x:c>
       <x:c r="AT43" s="3" t="n">
-        <x:v>170570</x:v>
+        <x:v>169933</x:v>
       </x:c>
       <x:c r="AU43" s="3" t="n">
-        <x:v>180578</x:v>
+        <x:v>180040</x:v>
       </x:c>
       <x:c r="AV43" s="3" t="n">
-        <x:v>187326</x:v>
+        <x:v>186844</x:v>
       </x:c>
       <x:c r="AW43" s="3" t="n">
-        <x:v>195846</x:v>
+        <x:v>195449</x:v>
       </x:c>
       <x:c r="AX43" s="3" t="n">
-        <x:v>206704</x:v>
+        <x:v>206114</x:v>
       </x:c>
       <x:c r="AY43" s="3" t="n">
-        <x:v>217360</x:v>
+        <x:v>216524</x:v>
       </x:c>
       <x:c r="AZ43" s="3" t="n">
-        <x:v>227729</x:v>
+        <x:v>227437</x:v>
       </x:c>
       <x:c r="BA43" s="3" t="n">
-        <x:v>241243</x:v>
+        <x:v>241484</x:v>
       </x:c>
       <x:c r="BB43" s="3" t="n">
-        <x:v>258067</x:v>
+        <x:v>259308</x:v>
       </x:c>
       <x:c r="BC43" s="3" t="n">
-        <x:v>280578</x:v>
-[...2 lines deleted...]
-        <x:v>298824</x:v>
+        <x:v>280280</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:56">
+    <x:row r="44" spans="1:55">
       <x:c r="A44" s="2" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B44" s="3" t="n">
+        <x:v>3639</x:v>
+      </x:c>
+      <x:c r="C44" s="3" t="n">
+        <x:v>4383</x:v>
+      </x:c>
+      <x:c r="D44" s="3" t="n">
+        <x:v>4884</x:v>
+      </x:c>
+      <x:c r="E44" s="3" t="n">
+        <x:v>5563</x:v>
+      </x:c>
+      <x:c r="F44" s="3" t="n">
+        <x:v>6369</x:v>
+      </x:c>
+      <x:c r="G44" s="3" t="n">
+        <x:v>7573</x:v>
+      </x:c>
+      <x:c r="H44" s="3" t="n">
+        <x:v>8918</x:v>
+      </x:c>
+      <x:c r="I44" s="3" t="n">
+        <x:v>10096</x:v>
+      </x:c>
+      <x:c r="J44" s="3" t="n">
+        <x:v>11414</x:v>
+      </x:c>
+      <x:c r="K44" s="3" t="n">
+        <x:v>12238</x:v>
+      </x:c>
+      <x:c r="L44" s="3" t="n">
+        <x:v>13713</x:v>
+      </x:c>
+      <x:c r="M44" s="3" t="n">
+        <x:v>15536</x:v>
+      </x:c>
+      <x:c r="N44" s="3" t="n">
+        <x:v>17751</x:v>
+      </x:c>
+      <x:c r="O44" s="3" t="n">
+        <x:v>19374</x:v>
+      </x:c>
+      <x:c r="P44" s="3" t="n">
+        <x:v>21108</x:v>
+      </x:c>
+      <x:c r="Q44" s="3" t="n">
+        <x:v>23217</x:v>
+      </x:c>
+      <x:c r="R44" s="3" t="n">
+        <x:v>25726</x:v>
+      </x:c>
+      <x:c r="S44" s="3" t="n">
+        <x:v>28899</x:v>
+      </x:c>
+      <x:c r="T44" s="3" t="n">
+        <x:v>31123</x:v>
+      </x:c>
+      <x:c r="U44" s="3" t="n">
+        <x:v>33267</x:v>
+      </x:c>
+      <x:c r="V44" s="3" t="n">
+        <x:v>35183</x:v>
+      </x:c>
+      <x:c r="W44" s="3" t="n">
+        <x:v>36828</x:v>
+      </x:c>
+      <x:c r="X44" s="3" t="n">
+        <x:v>39029</x:v>
+      </x:c>
+      <x:c r="Y44" s="3" t="n">
+        <x:v>40137</x:v>
+      </x:c>
+      <x:c r="Z44" s="3" t="n">
+        <x:v>41936</x:v>
+      </x:c>
+      <x:c r="AA44" s="3" t="n">
+        <x:v>43629</x:v>
+      </x:c>
+      <x:c r="AB44" s="3" t="n">
+        <x:v>46438</x:v>
+      </x:c>
+      <x:c r="AC44" s="3" t="n">
+        <x:v>48982</x:v>
+      </x:c>
+      <x:c r="AD44" s="3" t="n">
+        <x:v>53990</x:v>
+      </x:c>
+      <x:c r="AE44" s="3" t="n">
+        <x:v>57403</x:v>
+      </x:c>
+      <x:c r="AF44" s="3" t="n">
+        <x:v>61138</x:v>
+      </x:c>
+      <x:c r="AG44" s="3" t="n">
+        <x:v>66574</x:v>
+      </x:c>
+      <x:c r="AH44" s="3" t="n">
+        <x:v>69728</x:v>
+      </x:c>
+      <x:c r="AI44" s="3" t="n">
+        <x:v>74951</x:v>
+      </x:c>
+      <x:c r="AJ44" s="3" t="n">
+        <x:v>77799</x:v>
+      </x:c>
+      <x:c r="AK44" s="3" t="n">
+        <x:v>81585</x:v>
+      </x:c>
+      <x:c r="AL44" s="3" t="n">
+        <x:v>86274</x:v>
+      </x:c>
+      <x:c r="AM44" s="3" t="n">
+        <x:v>91628</x:v>
+      </x:c>
+      <x:c r="AN44" s="3" t="n">
+        <x:v>99262</x:v>
+      </x:c>
+      <x:c r="AO44" s="3" t="n">
+        <x:v>107079</x:v>
+      </x:c>
+      <x:c r="AP44" s="3" t="n">
+        <x:v>113015</x:v>
+      </x:c>
+      <x:c r="AQ44" s="3" t="n">
+        <x:v>119178</x:v>
+      </x:c>
+      <x:c r="AR44" s="3" t="n">
+        <x:v>126222</x:v>
+      </x:c>
+      <x:c r="AS44" s="3" t="n">
+        <x:v>132981</x:v>
+      </x:c>
+      <x:c r="AT44" s="3" t="n">
+        <x:v>137536</x:v>
+      </x:c>
+      <x:c r="AU44" s="3" t="n">
+        <x:v>144354</x:v>
+      </x:c>
+      <x:c r="AV44" s="3" t="n">
+        <x:v>151738</x:v>
+      </x:c>
+      <x:c r="AW44" s="3" t="n">
+        <x:v>158074</x:v>
+      </x:c>
+      <x:c r="AX44" s="3" t="n">
+        <x:v>165363</x:v>
+      </x:c>
+      <x:c r="AY44" s="3" t="n">
+        <x:v>174438</x:v>
+      </x:c>
+      <x:c r="AZ44" s="3" t="n">
+        <x:v>176213</x:v>
+      </x:c>
+      <x:c r="BA44" s="3" t="n">
+        <x:v>184926</x:v>
+      </x:c>
+      <x:c r="BB44" s="3" t="n">
+        <x:v>195845</x:v>
+      </x:c>
+      <x:c r="BC44" s="3" t="n">
+        <x:v>210266</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:55">
+      <x:c r="A45" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="B44" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>219904</x:v>
+      <x:c r="B45" s="3" t="n">
+        <x:v>3252</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="n">
+        <x:v>3964</x:v>
+      </x:c>
+      <x:c r="D45" s="3" t="n">
+        <x:v>4795</x:v>
+      </x:c>
+      <x:c r="E45" s="3" t="n">
+        <x:v>5635</x:v>
+      </x:c>
+      <x:c r="F45" s="3" t="n">
+        <x:v>6650</x:v>
+      </x:c>
+      <x:c r="G45" s="3" t="n">
+        <x:v>8317</x:v>
+      </x:c>
+      <x:c r="H45" s="3" t="n">
+        <x:v>10275</x:v>
+      </x:c>
+      <x:c r="I45" s="3" t="n">
+        <x:v>12128</x:v>
+      </x:c>
+      <x:c r="J45" s="3" t="n">
+        <x:v>13722</x:v>
+      </x:c>
+      <x:c r="K45" s="3" t="n">
+        <x:v>15191</x:v>
+      </x:c>
+      <x:c r="L45" s="3" t="n">
+        <x:v>17603</x:v>
+      </x:c>
+      <x:c r="M45" s="3" t="n">
+        <x:v>20477</x:v>
+      </x:c>
+      <x:c r="N45" s="3" t="n">
+        <x:v>23387</x:v>
+      </x:c>
+      <x:c r="O45" s="3" t="n">
+        <x:v>25893</x:v>
+      </x:c>
+      <x:c r="P45" s="3" t="n">
+        <x:v>28268</x:v>
+      </x:c>
+      <x:c r="Q45" s="3" t="n">
+        <x:v>30968</x:v>
+      </x:c>
+      <x:c r="R45" s="3" t="n">
+        <x:v>34806</x:v>
+      </x:c>
+      <x:c r="S45" s="3" t="n">
+        <x:v>40350</x:v>
+      </x:c>
+      <x:c r="T45" s="3" t="n">
+        <x:v>43544</x:v>
+      </x:c>
+      <x:c r="U45" s="3" t="n">
+        <x:v>45916</x:v>
+      </x:c>
+      <x:c r="V45" s="3" t="n">
+        <x:v>49492</x:v>
+      </x:c>
+      <x:c r="W45" s="3" t="n">
+        <x:v>53653</x:v>
+      </x:c>
+      <x:c r="X45" s="3" t="n">
+        <x:v>57705</x:v>
+      </x:c>
+      <x:c r="Y45" s="3" t="n">
+        <x:v>60692</x:v>
+      </x:c>
+      <x:c r="Z45" s="3" t="n">
+        <x:v>63795</x:v>
+      </x:c>
+      <x:c r="AA45" s="3" t="n">
+        <x:v>68485</x:v>
+      </x:c>
+      <x:c r="AB45" s="3" t="n">
+        <x:v>74423</x:v>
+      </x:c>
+      <x:c r="AC45" s="3" t="n">
+        <x:v>79764</x:v>
+      </x:c>
+      <x:c r="AD45" s="3" t="n">
+        <x:v>86945</x:v>
+      </x:c>
+      <x:c r="AE45" s="3" t="n">
+        <x:v>93932</x:v>
+      </x:c>
+      <x:c r="AF45" s="3" t="n">
+        <x:v>100484</x:v>
+      </x:c>
+      <x:c r="AG45" s="3" t="n">
+        <x:v>110357</x:v>
+      </x:c>
+      <x:c r="AH45" s="3" t="n">
+        <x:v>121217</x:v>
+      </x:c>
+      <x:c r="AI45" s="3" t="n">
+        <x:v>129339</x:v>
+      </x:c>
+      <x:c r="AJ45" s="3" t="n">
+        <x:v>139543</x:v>
+      </x:c>
+      <x:c r="AK45" s="3" t="n">
+        <x:v>149194</x:v>
+      </x:c>
+      <x:c r="AL45" s="3" t="n">
+        <x:v>162073</x:v>
+      </x:c>
+      <x:c r="AM45" s="3" t="n">
+        <x:v>179808</x:v>
+      </x:c>
+      <x:c r="AN45" s="3" t="n">
+        <x:v>199077</x:v>
+      </x:c>
+      <x:c r="AO45" s="3" t="n">
+        <x:v>213255</x:v>
+      </x:c>
+      <x:c r="AP45" s="3" t="n">
+        <x:v>224703</x:v>
+      </x:c>
+      <x:c r="AQ45" s="3" t="n">
+        <x:v>241665</x:v>
+      </x:c>
+      <x:c r="AR45" s="3" t="n">
+        <x:v>257361</x:v>
+      </x:c>
+      <x:c r="AS45" s="3" t="n">
+        <x:v>273337</x:v>
+      </x:c>
+      <x:c r="AT45" s="3" t="n">
+        <x:v>287676</x:v>
+      </x:c>
+      <x:c r="AU45" s="3" t="n">
+        <x:v>302395</x:v>
+      </x:c>
+      <x:c r="AV45" s="3" t="n">
+        <x:v>314365</x:v>
+      </x:c>
+      <x:c r="AW45" s="3" t="n">
+        <x:v>329429</x:v>
+      </x:c>
+      <x:c r="AX45" s="3" t="n">
+        <x:v>344865</x:v>
+      </x:c>
+      <x:c r="AY45" s="3" t="n">
+        <x:v>362960</x:v>
+      </x:c>
+      <x:c r="AZ45" s="3" t="n">
+        <x:v>371223</x:v>
+      </x:c>
+      <x:c r="BA45" s="3" t="n">
+        <x:v>397039</x:v>
+      </x:c>
+      <x:c r="BB45" s="3" t="n">
+        <x:v>425360</x:v>
+      </x:c>
+      <x:c r="BC45" s="3" t="n">
+        <x:v>455160</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:56">
-      <x:c r="A45" s="2" t="s">
+    <x:row r="46" spans="1:55">
+      <x:c r="A46" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="B45" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>461550</x:v>
+      <x:c r="B46" s="3" t="n">
+        <x:v>1186</x:v>
+      </x:c>
+      <x:c r="C46" s="3" t="n">
+        <x:v>1416</x:v>
+      </x:c>
+      <x:c r="D46" s="3" t="n">
+        <x:v>1648</x:v>
+      </x:c>
+      <x:c r="E46" s="3" t="n">
+        <x:v>1874</x:v>
+      </x:c>
+      <x:c r="F46" s="3" t="n">
+        <x:v>2162</x:v>
+      </x:c>
+      <x:c r="G46" s="3" t="n">
+        <x:v>2627</x:v>
+      </x:c>
+      <x:c r="H46" s="3" t="n">
+        <x:v>3024</x:v>
+      </x:c>
+      <x:c r="I46" s="3" t="n">
+        <x:v>3447</x:v>
+      </x:c>
+      <x:c r="J46" s="3" t="n">
+        <x:v>3852</x:v>
+      </x:c>
+      <x:c r="K46" s="3" t="n">
+        <x:v>4132</x:v>
+      </x:c>
+      <x:c r="L46" s="3" t="n">
+        <x:v>4672</x:v>
+      </x:c>
+      <x:c r="M46" s="3" t="n">
+        <x:v>5315</x:v>
+      </x:c>
+      <x:c r="N46" s="3" t="n">
+        <x:v>6038</x:v>
+      </x:c>
+      <x:c r="O46" s="3" t="n">
+        <x:v>6807</x:v>
+      </x:c>
+      <x:c r="P46" s="3" t="n">
+        <x:v>7563</x:v>
+      </x:c>
+      <x:c r="Q46" s="3" t="n">
+        <x:v>8523</x:v>
+      </x:c>
+      <x:c r="R46" s="3" t="n">
+        <x:v>9453</x:v>
+      </x:c>
+      <x:c r="S46" s="3" t="n">
+        <x:v>10587</x:v>
+      </x:c>
+      <x:c r="T46" s="3" t="n">
+        <x:v>11552</x:v>
+      </x:c>
+      <x:c r="U46" s="3" t="n">
+        <x:v>11875</x:v>
+      </x:c>
+      <x:c r="V46" s="3" t="n">
+        <x:v>12456</x:v>
+      </x:c>
+      <x:c r="W46" s="3" t="n">
+        <x:v>13008</x:v>
+      </x:c>
+      <x:c r="X46" s="3" t="n">
+        <x:v>13664</x:v>
+      </x:c>
+      <x:c r="Y46" s="3" t="n">
+        <x:v>14162</x:v>
+      </x:c>
+      <x:c r="Z46" s="3" t="n">
+        <x:v>14825</x:v>
+      </x:c>
+      <x:c r="AA46" s="3" t="n">
+        <x:v>15667</x:v>
+      </x:c>
+      <x:c r="AB46" s="3" t="n">
+        <x:v>16640</x:v>
+      </x:c>
+      <x:c r="AC46" s="3" t="n">
+        <x:v>17574</x:v>
+      </x:c>
+      <x:c r="AD46" s="3" t="n">
+        <x:v>18820</x:v>
+      </x:c>
+      <x:c r="AE46" s="3" t="n">
+        <x:v>20434</x:v>
+      </x:c>
+      <x:c r="AF46" s="3" t="n">
+        <x:v>22027</x:v>
+      </x:c>
+      <x:c r="AG46" s="3" t="n">
+        <x:v>22559</x:v>
+      </x:c>
+      <x:c r="AH46" s="3" t="n">
+        <x:v>24633</x:v>
+      </x:c>
+      <x:c r="AI46" s="3" t="n">
+        <x:v>25374</x:v>
+      </x:c>
+      <x:c r="AJ46" s="3" t="n">
+        <x:v>26816</x:v>
+      </x:c>
+      <x:c r="AK46" s="3" t="n">
+        <x:v>28633</x:v>
+      </x:c>
+      <x:c r="AL46" s="3" t="n">
+        <x:v>31020</x:v>
+      </x:c>
+      <x:c r="AM46" s="3" t="n">
+        <x:v>36164</x:v>
+      </x:c>
+      <x:c r="AN46" s="3" t="n">
+        <x:v>39478</x:v>
+      </x:c>
+      <x:c r="AO46" s="3" t="n">
+        <x:v>42042</x:v>
+      </x:c>
+      <x:c r="AP46" s="3" t="n">
+        <x:v>43327</x:v>
+      </x:c>
+      <x:c r="AQ46" s="3" t="n">
+        <x:v>45369</x:v>
+      </x:c>
+      <x:c r="AR46" s="3" t="n">
+        <x:v>47557</x:v>
+      </x:c>
+      <x:c r="AS46" s="3" t="n">
+        <x:v>49631</x:v>
+      </x:c>
+      <x:c r="AT46" s="3" t="n">
+        <x:v>51790</x:v>
+      </x:c>
+      <x:c r="AU46" s="3" t="n">
+        <x:v>53531</x:v>
+      </x:c>
+      <x:c r="AV46" s="3" t="n">
+        <x:v>53934</x:v>
+      </x:c>
+      <x:c r="AW46" s="3" t="n">
+        <x:v>56244</x:v>
+      </x:c>
+      <x:c r="AX46" s="3" t="n">
+        <x:v>58466</x:v>
+      </x:c>
+      <x:c r="AY46" s="3" t="n">
+        <x:v>61891</x:v>
+      </x:c>
+      <x:c r="AZ46" s="3" t="n">
+        <x:v>58213</x:v>
+      </x:c>
+      <x:c r="BA46" s="3" t="n">
+        <x:v>64083</x:v>
+      </x:c>
+      <x:c r="BB46" s="3" t="n">
+        <x:v>71745</x:v>
+      </x:c>
+      <x:c r="BC46" s="3" t="n">
+        <x:v>79839</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:56">
-      <x:c r="A46" s="2" t="s">
+    <x:row r="47" spans="1:55">
+      <x:c r="A47" s="2" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...168 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
         <x:v>10973</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>12998</x:v>
       </x:c>
       <x:c r="D47" s="3" t="n">
         <x:v>14978</x:v>
       </x:c>
       <x:c r="E47" s="3" t="n">
         <x:v>17384</x:v>
       </x:c>
       <x:c r="F47" s="3" t="n">
         <x:v>20135</x:v>
       </x:c>
       <x:c r="G47" s="3" t="n">
         <x:v>24450</x:v>
       </x:c>
       <x:c r="H47" s="3" t="n">
         <x:v>29451</x:v>
       </x:c>
       <x:c r="I47" s="3" t="n">
         <x:v>33746</x:v>
       </x:c>
@@ -8259,104 +8136,101 @@
       <x:c r="AF47" s="3" t="n">
         <x:v>227961</x:v>
       </x:c>
       <x:c r="AG47" s="3" t="n">
         <x:v>244926</x:v>
       </x:c>
       <x:c r="AH47" s="3" t="n">
         <x:v>258223</x:v>
       </x:c>
       <x:c r="AI47" s="3" t="n">
         <x:v>270489</x:v>
       </x:c>
       <x:c r="AJ47" s="3" t="n">
         <x:v>282599</x:v>
       </x:c>
       <x:c r="AK47" s="3" t="n">
         <x:v>295570</x:v>
       </x:c>
       <x:c r="AL47" s="3" t="n">
         <x:v>314862</x:v>
       </x:c>
       <x:c r="AM47" s="3" t="n">
         <x:v>340693</x:v>
       </x:c>
       <x:c r="AN47" s="3" t="n">
-        <x:v>372272</x:v>
+        <x:v>372268</x:v>
       </x:c>
       <x:c r="AO47" s="3" t="n">
         <x:v>399457</x:v>
       </x:c>
       <x:c r="AP47" s="3" t="n">
         <x:v>422992</x:v>
       </x:c>
       <x:c r="AQ47" s="3" t="n">
         <x:v>450303</x:v>
       </x:c>
       <x:c r="AR47" s="3" t="n">
         <x:v>479838</x:v>
       </x:c>
       <x:c r="AS47" s="3" t="n">
         <x:v>505303</x:v>
       </x:c>
       <x:c r="AT47" s="3" t="n">
-        <x:v>534103</x:v>
+        <x:v>531440</x:v>
       </x:c>
       <x:c r="AU47" s="3" t="n">
-        <x:v>561942</x:v>
+        <x:v>558257</x:v>
       </x:c>
       <x:c r="AV47" s="3" t="n">
-        <x:v>583827</x:v>
+        <x:v>580629</x:v>
       </x:c>
       <x:c r="AW47" s="3" t="n">
-        <x:v>610698</x:v>
+        <x:v>607847</x:v>
       </x:c>
       <x:c r="AX47" s="3" t="n">
-        <x:v>641789</x:v>
+        <x:v>637603</x:v>
       </x:c>
       <x:c r="AY47" s="3" t="n">
-        <x:v>675229</x:v>
+        <x:v>669867</x:v>
       </x:c>
       <x:c r="AZ47" s="3" t="n">
-        <x:v>693423</x:v>
+        <x:v>690699</x:v>
       </x:c>
       <x:c r="BA47" s="3" t="n">
-        <x:v>735280</x:v>
+        <x:v>731184</x:v>
       </x:c>
       <x:c r="BB47" s="3" t="n">
-        <x:v>784545</x:v>
+        <x:v>781306</x:v>
       </x:c>
       <x:c r="BC47" s="3" t="n">
-        <x:v>841000</x:v>
-[...2 lines deleted...]
-        <x:v>897492</x:v>
+        <x:v>836871</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:56">
+    <x:row r="48" spans="1:55">
       <x:c r="A48" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
         <x:v>4882</x:v>
       </x:c>
       <x:c r="C48" s="3" t="n">
         <x:v>5747</x:v>
       </x:c>
       <x:c r="D48" s="3" t="n">
         <x:v>6522</x:v>
       </x:c>
       <x:c r="E48" s="3" t="n">
         <x:v>7382</x:v>
       </x:c>
       <x:c r="F48" s="3" t="n">
         <x:v>8442</x:v>
       </x:c>
       <x:c r="G48" s="3" t="n">
         <x:v>10017</x:v>
       </x:c>
       <x:c r="H48" s="3" t="n">
         <x:v>11908</x:v>
       </x:c>
       <x:c r="I48" s="3" t="n">
         <x:v>13194</x:v>
       </x:c>
@@ -8429,104 +8303,101 @@
       <x:c r="AF48" s="3" t="n">
         <x:v>76670</x:v>
       </x:c>
       <x:c r="AG48" s="3" t="n">
         <x:v>79323</x:v>
       </x:c>
       <x:c r="AH48" s="3" t="n">
         <x:v>119920</x:v>
       </x:c>
       <x:c r="AI48" s="3" t="n">
         <x:v>125418</x:v>
       </x:c>
       <x:c r="AJ48" s="3" t="n">
         <x:v>133867</x:v>
       </x:c>
       <x:c r="AK48" s="3" t="n">
         <x:v>139943</x:v>
       </x:c>
       <x:c r="AL48" s="3" t="n">
         <x:v>150370</x:v>
       </x:c>
       <x:c r="AM48" s="3" t="n">
         <x:v>162023</x:v>
       </x:c>
       <x:c r="AN48" s="3" t="n">
-        <x:v>174780</x:v>
+        <x:v>174776</x:v>
       </x:c>
       <x:c r="AO48" s="3" t="n">
         <x:v>187070</x:v>
       </x:c>
       <x:c r="AP48" s="3" t="n">
         <x:v>194687</x:v>
       </x:c>
       <x:c r="AQ48" s="3" t="n">
         <x:v>206219</x:v>
       </x:c>
       <x:c r="AR48" s="3" t="n">
         <x:v>218808</x:v>
       </x:c>
       <x:c r="AS48" s="3" t="n">
         <x:v>229827</x:v>
       </x:c>
       <x:c r="AT48" s="3" t="n">
         <x:v>244562</x:v>
       </x:c>
       <x:c r="AU48" s="3" t="n">
         <x:v>260144</x:v>
       </x:c>
       <x:c r="AV48" s="3" t="n">
         <x:v>268530</x:v>
       </x:c>
       <x:c r="AW48" s="3" t="n">
         <x:v>280285</x:v>
       </x:c>
       <x:c r="AX48" s="3" t="n">
-        <x:v>294586</x:v>
+        <x:v>294585</x:v>
       </x:c>
       <x:c r="AY48" s="3" t="n">
         <x:v>309994</x:v>
       </x:c>
       <x:c r="AZ48" s="3" t="n">
         <x:v>323562</x:v>
       </x:c>
       <x:c r="BA48" s="3" t="n">
-        <x:v>345169</x:v>
+        <x:v>345157</x:v>
       </x:c>
       <x:c r="BB48" s="3" t="n">
-        <x:v>370269</x:v>
+        <x:v>370756</x:v>
       </x:c>
       <x:c r="BC48" s="3" t="n">
-        <x:v>400172</x:v>
-[...2 lines deleted...]
-        <x:v>426053</x:v>
+        <x:v>399581</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:56">
+    <x:row r="49" spans="1:55">
       <x:c r="A49" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
         <x:v>2945</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>3654</x:v>
       </x:c>
       <x:c r="D49" s="3" t="n">
         <x:v>4229</x:v>
       </x:c>
       <x:c r="E49" s="3" t="n">
         <x:v>4875</x:v>
       </x:c>
       <x:c r="F49" s="3" t="n">
         <x:v>5694</x:v>
       </x:c>
       <x:c r="G49" s="3" t="n">
         <x:v>6833</x:v>
       </x:c>
       <x:c r="H49" s="3" t="n">
         <x:v>8164</x:v>
       </x:c>
       <x:c r="I49" s="3" t="n">
         <x:v>9118</x:v>
       </x:c>
@@ -8599,104 +8470,101 @@
       <x:c r="AF49" s="3" t="n">
         <x:v>56086</x:v>
       </x:c>
       <x:c r="AG49" s="3" t="n">
         <x:v>58870</x:v>
       </x:c>
       <x:c r="AH49" s="3" t="n">
         <x:v>99336</x:v>
       </x:c>
       <x:c r="AI49" s="3" t="n">
         <x:v>104949</x:v>
       </x:c>
       <x:c r="AJ49" s="3" t="n">
         <x:v>112736</x:v>
       </x:c>
       <x:c r="AK49" s="3" t="n">
         <x:v>118946</x:v>
       </x:c>
       <x:c r="AL49" s="3" t="n">
         <x:v>128612</x:v>
       </x:c>
       <x:c r="AM49" s="3" t="n">
         <x:v>139410</x:v>
       </x:c>
       <x:c r="AN49" s="3" t="n">
-        <x:v>150871</x:v>
+        <x:v>150867</x:v>
       </x:c>
       <x:c r="AO49" s="3" t="n">
         <x:v>161255</x:v>
       </x:c>
       <x:c r="AP49" s="3" t="n">
         <x:v>168744</x:v>
       </x:c>
       <x:c r="AQ49" s="3" t="n">
         <x:v>179868</x:v>
       </x:c>
       <x:c r="AR49" s="3" t="n">
         <x:v>191070</x:v>
       </x:c>
       <x:c r="AS49" s="3" t="n">
         <x:v>201916</x:v>
       </x:c>
       <x:c r="AT49" s="3" t="n">
         <x:v>215306</x:v>
       </x:c>
       <x:c r="AU49" s="3" t="n">
         <x:v>230056</x:v>
       </x:c>
       <x:c r="AV49" s="3" t="n">
         <x:v>238112</x:v>
       </x:c>
       <x:c r="AW49" s="3" t="n">
         <x:v>249338</x:v>
       </x:c>
       <x:c r="AX49" s="3" t="n">
-        <x:v>261437</x:v>
+        <x:v>261436</x:v>
       </x:c>
       <x:c r="AY49" s="3" t="n">
         <x:v>275294</x:v>
       </x:c>
       <x:c r="AZ49" s="3" t="n">
         <x:v>286221</x:v>
       </x:c>
       <x:c r="BA49" s="3" t="n">
-        <x:v>304348</x:v>
+        <x:v>304339</x:v>
       </x:c>
       <x:c r="BB49" s="3" t="n">
-        <x:v>326176</x:v>
+        <x:v>326700</x:v>
       </x:c>
       <x:c r="BC49" s="3" t="n">
-        <x:v>351324</x:v>
-[...2 lines deleted...]
-        <x:v>372209</x:v>
+        <x:v>350731</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:56">
+    <x:row r="50" spans="1:55">
       <x:c r="A50" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
         <x:v>1937</x:v>
       </x:c>
       <x:c r="C50" s="3" t="n">
         <x:v>2093</x:v>
       </x:c>
       <x:c r="D50" s="3" t="n">
         <x:v>2293</x:v>
       </x:c>
       <x:c r="E50" s="3" t="n">
         <x:v>2507</x:v>
       </x:c>
       <x:c r="F50" s="3" t="n">
         <x:v>2748</x:v>
       </x:c>
       <x:c r="G50" s="3" t="n">
         <x:v>3184</x:v>
       </x:c>
       <x:c r="H50" s="3" t="n">
         <x:v>3744</x:v>
       </x:c>
       <x:c r="I50" s="3" t="n">
         <x:v>4076</x:v>
       </x:c>
@@ -8808,65 +8676,62 @@
       <x:c r="AS50" s="3" t="n">
         <x:v>27911</x:v>
       </x:c>
       <x:c r="AT50" s="3" t="n">
         <x:v>29256</x:v>
       </x:c>
       <x:c r="AU50" s="3" t="n">
         <x:v>30088</x:v>
       </x:c>
       <x:c r="AV50" s="3" t="n">
         <x:v>30418</x:v>
       </x:c>
       <x:c r="AW50" s="3" t="n">
         <x:v>30947</x:v>
       </x:c>
       <x:c r="AX50" s="3" t="n">
         <x:v>33149</x:v>
       </x:c>
       <x:c r="AY50" s="3" t="n">
         <x:v>34700</x:v>
       </x:c>
       <x:c r="AZ50" s="3" t="n">
         <x:v>37341</x:v>
       </x:c>
       <x:c r="BA50" s="3" t="n">
-        <x:v>40821</x:v>
+        <x:v>40818</x:v>
       </x:c>
       <x:c r="BB50" s="3" t="n">
-        <x:v>44093</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="BC50" s="3" t="n">
-        <x:v>48848</x:v>
-[...2 lines deleted...]
-        <x:v>53844</x:v>
+        <x:v>48850</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:56">
+    <x:row r="51" spans="1:55">
       <x:c r="A51" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
         <x:v>6091</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>7251</x:v>
       </x:c>
       <x:c r="D51" s="3" t="n">
         <x:v>8456</x:v>
       </x:c>
       <x:c r="E51" s="3" t="n">
         <x:v>10002</x:v>
       </x:c>
       <x:c r="F51" s="3" t="n">
         <x:v>11693</x:v>
       </x:c>
       <x:c r="G51" s="3" t="n">
         <x:v>14433</x:v>
       </x:c>
       <x:c r="H51" s="3" t="n">
         <x:v>17543</x:v>
       </x:c>
       <x:c r="I51" s="3" t="n">
         <x:v>20552</x:v>
       </x:c>
@@ -8957,931 +8822,921 @@
       <x:c r="AL51" s="3" t="n">
         <x:v>164492</x:v>
       </x:c>
       <x:c r="AM51" s="3" t="n">
         <x:v>178670</x:v>
       </x:c>
       <x:c r="AN51" s="3" t="n">
         <x:v>197492</x:v>
       </x:c>
       <x:c r="AO51" s="3" t="n">
         <x:v>212387</x:v>
       </x:c>
       <x:c r="AP51" s="3" t="n">
         <x:v>228305</x:v>
       </x:c>
       <x:c r="AQ51" s="3" t="n">
         <x:v>244084</x:v>
       </x:c>
       <x:c r="AR51" s="3" t="n">
         <x:v>261030</x:v>
       </x:c>
       <x:c r="AS51" s="3" t="n">
         <x:v>275476</x:v>
       </x:c>
       <x:c r="AT51" s="3" t="n">
-        <x:v>289541</x:v>
+        <x:v>286878</x:v>
       </x:c>
       <x:c r="AU51" s="3" t="n">
-        <x:v>301798</x:v>
+        <x:v>298113</x:v>
       </x:c>
       <x:c r="AV51" s="3" t="n">
-        <x:v>315297</x:v>
+        <x:v>312099</x:v>
       </x:c>
       <x:c r="AW51" s="3" t="n">
-        <x:v>330413</x:v>
+        <x:v>327562</x:v>
       </x:c>
       <x:c r="AX51" s="3" t="n">
-        <x:v>347203</x:v>
+        <x:v>343018</x:v>
       </x:c>
       <x:c r="AY51" s="3" t="n">
-        <x:v>365235</x:v>
+        <x:v>359873</x:v>
       </x:c>
       <x:c r="AZ51" s="3" t="n">
-        <x:v>369861</x:v>
+        <x:v>367137</x:v>
       </x:c>
       <x:c r="BA51" s="3" t="n">
-        <x:v>390111</x:v>
+        <x:v>386027</x:v>
       </x:c>
       <x:c r="BB51" s="3" t="n">
-        <x:v>414276</x:v>
+        <x:v>410550</x:v>
       </x:c>
       <x:c r="BC51" s="3" t="n">
-        <x:v>440828</x:v>
-[...2 lines deleted...]
-        <x:v>471439</x:v>
+        <x:v>437290</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:56">
+    <x:row r="52" spans="1:55">
       <x:c r="A52" s="2" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B52" s="3" t="n">
+        <x:v>72605</x:v>
+      </x:c>
+      <x:c r="C52" s="3" t="n">
+        <x:v>81282</x:v>
+      </x:c>
+      <x:c r="D52" s="3" t="n">
+        <x:v>90978</x:v>
+      </x:c>
+      <x:c r="E52" s="3" t="n">
+        <x:v>102957</x:v>
+      </x:c>
+      <x:c r="F52" s="3" t="n">
+        <x:v>120909</x:v>
+      </x:c>
+      <x:c r="G52" s="3" t="n">
+        <x:v>139216</x:v>
+      </x:c>
+      <x:c r="H52" s="3" t="n">
+        <x:v>158027</x:v>
+      </x:c>
+      <x:c r="I52" s="3" t="n">
+        <x:v>178356</x:v>
+      </x:c>
+      <x:c r="J52" s="3" t="n">
+        <x:v>193666</x:v>
+      </x:c>
+      <x:c r="K52" s="3" t="n">
+        <x:v>206547</x:v>
+      </x:c>
+      <x:c r="L52" s="3" t="n">
+        <x:v>229611</x:v>
+      </x:c>
+      <x:c r="M52" s="3" t="n">
+        <x:v>259651</x:v>
+      </x:c>
+      <x:c r="N52" s="3" t="n">
+        <x:v>291310</x:v>
+      </x:c>
+      <x:c r="O52" s="3" t="n">
+        <x:v>318653</x:v>
+      </x:c>
+      <x:c r="P52" s="3" t="n">
+        <x:v>352144</x:v>
+      </x:c>
+      <x:c r="Q52" s="3" t="n">
+        <x:v>389554</x:v>
+      </x:c>
+      <x:c r="R52" s="3" t="n">
+        <x:v>432911</x:v>
+      </x:c>
+      <x:c r="S52" s="3" t="n">
+        <x:v>485297</x:v>
+      </x:c>
+      <x:c r="T52" s="3" t="n">
+        <x:v>521541</x:v>
+      </x:c>
+      <x:c r="U52" s="3" t="n">
+        <x:v>535914</x:v>
+      </x:c>
+      <x:c r="V52" s="3" t="n">
+        <x:v>553492</x:v>
+      </x:c>
+      <x:c r="W52" s="3" t="n">
+        <x:v>576214</x:v>
+      </x:c>
+      <x:c r="X52" s="3" t="n">
+        <x:v>597516</x:v>
+      </x:c>
+      <x:c r="Y52" s="3" t="n">
+        <x:v>621972</x:v>
+      </x:c>
+      <x:c r="Z52" s="3" t="n">
+        <x:v>649389</x:v>
+      </x:c>
+      <x:c r="AA52" s="3" t="n">
+        <x:v>694736</x:v>
+      </x:c>
+      <x:c r="AB52" s="3" t="n">
+        <x:v>729736</x:v>
+      </x:c>
+      <x:c r="AC52" s="3" t="n">
+        <x:v>785848</x:v>
+      </x:c>
+      <x:c r="AD52" s="3" t="n">
+        <x:v>852536</x:v>
+      </x:c>
+      <x:c r="AE52" s="3" t="n">
+        <x:v>898699</x:v>
+      </x:c>
+      <x:c r="AF52" s="3" t="n">
+        <x:v>957585</x:v>
+      </x:c>
+      <x:c r="AG52" s="3" t="n">
+        <x:v>1020365</x:v>
+      </x:c>
+      <x:c r="AH52" s="3" t="n">
+        <x:v>1068647</x:v>
+      </x:c>
+      <x:c r="AI52" s="3" t="n">
+        <x:v>1120075</x:v>
+      </x:c>
+      <x:c r="AJ52" s="3" t="n">
+        <x:v>1208657</x:v>
+      </x:c>
+      <x:c r="AK52" s="3" t="n">
+        <x:v>1306498</x:v>
+      </x:c>
+      <x:c r="AL52" s="3" t="n">
+        <x:v>1438064</x:v>
+      </x:c>
+      <x:c r="AM52" s="3" t="n">
+        <x:v>1591231</x:v>
+      </x:c>
+      <x:c r="AN52" s="3" t="n">
+        <x:v>1719596</x:v>
+      </x:c>
+      <x:c r="AO52" s="3" t="n">
+        <x:v>1745070</x:v>
+      </x:c>
+      <x:c r="AP52" s="3" t="n">
+        <x:v>1842069</x:v>
+      </x:c>
+      <x:c r="AQ52" s="3" t="n">
+        <x:v>1921495</x:v>
+      </x:c>
+      <x:c r="AR52" s="3" t="n">
+        <x:v>2049714</x:v>
+      </x:c>
+      <x:c r="AS52" s="3" t="n">
+        <x:v>2171312</x:v>
+      </x:c>
+      <x:c r="AT52" s="3" t="n">
+        <x:v>2281487</x:v>
+      </x:c>
+      <x:c r="AU52" s="3" t="n">
+        <x:v>2364670</x:v>
+      </x:c>
+      <x:c r="AV52" s="3" t="n">
+        <x:v>2429436</x:v>
+      </x:c>
+      <x:c r="AW52" s="3" t="n">
+        <x:v>2528492</x:v>
+      </x:c>
+      <x:c r="AX52" s="3" t="n">
+        <x:v>2648954</x:v>
+      </x:c>
+      <x:c r="AY52" s="3" t="n">
+        <x:v>2795113</x:v>
+      </x:c>
+      <x:c r="AZ52" s="3" t="n">
+        <x:v>2793903</x:v>
+      </x:c>
+      <x:c r="BA52" s="3" t="n">
+        <x:v>3028634</x:v>
+      </x:c>
+      <x:c r="BB52" s="3" t="n">
+        <x:v>3439941</x:v>
+      </x:c>
+      <x:c r="BC52" s="3" t="n">
+        <x:v>3568749</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:55">
+      <x:c r="A53" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="B52" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>3574017</x:v>
+      <x:c r="B53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="G53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="I53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="J53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="K53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="L53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="M53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="N53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="O53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="P53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="R53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="S53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="T53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="U53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="V53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="W53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="X53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Y53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Z53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AA53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AB53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AC53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AD53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AE53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AF53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AG53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AH53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AI53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AJ53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AK53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AL53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AM53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AN53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AO53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AP53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AQ53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AR53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AS53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AT53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AU53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AV53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AW53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AX53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AY53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AZ53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BA53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BB53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BC53" s="4" t="s">
+        <x:v>105</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:56">
-[...169 lines deleted...]
-    <x:row r="54" spans="1:56">
+    <x:row r="54" spans="1:55">
       <x:c r="A54" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="B54" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>3578520</x:v>
+      <x:c r="B54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="G54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="I54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="J54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="K54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="L54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="M54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="N54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="O54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="P54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Q54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="R54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="S54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="T54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="U54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="V54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="W54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="X54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Y54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Z54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AA54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AB54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AC54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AD54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AE54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AF54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AG54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AH54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AI54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AJ54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AK54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AL54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AM54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AN54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AO54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AP54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AQ54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AR54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AS54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AT54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AU54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AV54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AW54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AX54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AY54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AZ54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BA54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BB54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BC54" s="4" t="s">
+        <x:v>105</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:56">
+    <x:row r="55" spans="1:55">
       <x:c r="A55" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="B55" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>1141967</x:v>
+      <x:c r="B55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="G55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="I55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="J55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="K55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="L55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="M55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="N55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="O55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="P55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="R55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="S55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="T55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="U55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="V55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="W55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="X55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Y55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Z55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AA55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AB55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AC55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AD55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AE55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AF55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AG55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AH55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AI55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AJ55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AK55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AL55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AM55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AN55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AO55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AP55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AQ55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AR55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AS55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AT55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AU55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AV55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AW55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AX55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AY55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AZ55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BA55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BB55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BC55" s="4" t="s">
+        <x:v>105</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:56">
+    <x:row r="57" spans="1:55">
       <x:c r="A57" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:56">
+    <x:row r="58" spans="1:55">
       <x:c r="A58" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:56">
+    <x:row r="59" spans="1:55">
       <x:c r="A59" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:56">
+    <x:row r="60" spans="1:55">
       <x:c r="A60" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:56">
-      <x:c r="A62" s="0" t="s">
+    <x:row r="61" spans="1:55">
+      <x:c r="A61" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:56">
+    <x:row r="63" spans="1:55">
       <x:c r="A63" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:56">
+    <x:row r="64" spans="1:55">
       <x:c r="A64" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:56">
-      <x:c r="A66" s="0" t="s">
+    <x:row r="65" spans="1:55">
+      <x:c r="A65" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:56">
+    <x:row r="67" spans="1:55">
       <x:c r="A67" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:56">
-      <x:c r="A69" s="0" t="s">
+    <x:row r="68" spans="1:55">
+      <x:c r="A68" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:56">
+    <x:row r="70" spans="1:55">
       <x:c r="A70" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:56">
+    <x:row r="71" spans="1:55">
       <x:c r="A71" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:56">
+    <x:row r="72" spans="1:55">
       <x:c r="A72" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
-    <x:row r="73" spans="1:56">
+    <x:row r="73" spans="1:55">
       <x:c r="A73" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
-    <x:row r="75" spans="1:56">
-      <x:c r="A75" s="0" t="s">
+    <x:row r="74" spans="1:55">
+      <x:c r="A74" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
-    <x:row r="76" spans="1:56">
+    <x:row r="76" spans="1:55">
       <x:c r="A76" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
-    <x:row r="77" spans="1:56">
+    <x:row r="77" spans="1:55">
       <x:c r="A77" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:56">
-      <x:c r="A79" s="0" t="s">
+    <x:row r="78" spans="1:55">
+      <x:c r="A78" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:56">
+    <x:row r="80" spans="1:55">
       <x:c r="A80" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
-    <x:row r="81" spans="1:56">
+    <x:row r="81" spans="1:55">
       <x:c r="A81" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:56">
-      <x:c r="A86" s="0" t="s">
+    <x:row r="82" spans="1:55">
+      <x:c r="A82" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
-    <x:row r="87" spans="1:56">
+    <x:row r="87" spans="1:55">
       <x:c r="A87" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
-    <x:row r="88" spans="1:56">
+    <x:row r="88" spans="1:55">
       <x:c r="A88" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row r="89" spans="1:56">
+    <x:row r="89" spans="1:55">
       <x:c r="A89" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
-    <x:row r="90" spans="1:56">
+    <x:row r="90" spans="1:55">
       <x:c r="A90" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
-    <x:row r="91" spans="1:56">
+    <x:row r="91" spans="1:55">
       <x:c r="A91" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row r="93" spans="1:56">
-      <x:c r="A93" s="0" t="s">
+    <x:row r="92" spans="1:55">
+      <x:c r="A92" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
-    <x:row r="94" spans="1:56">
+    <x:row r="94" spans="1:55">
       <x:c r="A94" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:55">
+      <x:c r="A95" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="95" spans="1:56">
-[...1 lines deleted...]
-        <x:v>132</x:v>
+    <x:row r="96" spans="1:55">
+      <x:c r="A96" s="0" t="s">
+        <x:v>133</x:v>
       </x:c>
     </x:row>
-    <x:row r="101" spans="1:56">
-[...1 lines deleted...]
-        <x:v>133</x:v>
+    <x:row r="102" spans="1:55">
+      <x:c r="A102" s="0" t="s">
+        <x:v>134</x:v>
       </x:c>
     </x:row>
-    <x:row r="103" spans="1:56">
-[...4 lines deleted...]
-    <x:row r="104" spans="1:56">
+    <x:row r="104" spans="1:55">
       <x:c r="A104" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
-    <x:row r="106" spans="1:56">
-      <x:c r="A106" s="0" t="s">
+    <x:row r="105" spans="1:55">
+      <x:c r="A105" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
-    <x:row r="107" spans="1:56">
+    <x:row r="107" spans="1:55">
       <x:c r="A107" s="0" t="s">
         <x:v>137</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:55">
+      <x:c r="A108" s="0" t="s">
+        <x:v>138</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>BNPB</vt:lpstr>
       <vt:lpstr>BNPB!Print_Area</vt:lpstr>
       <vt:lpstr>BNPB!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>