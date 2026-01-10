--- v2 (2025-12-15)
+++ v3 (2026-01-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb041061aff514384" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4b0ea3cbf1f14559b9a55d2c4dc73c51.psmdcp" Id="R077480675d2c4e6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R941c8ab5ebea411c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ad9e611d1bb34518aae7a43cda8984a8.psmdcp" Id="Rad6b58ff0a4b4eea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BNPB" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
   <x:si>
     <x:t>09170: Produksjon og inntekt, etter næring, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Bruttoprodukt i basisverdi. Løpende priser (mill. kr)</x:t>
   </x:si>
   <x:si>