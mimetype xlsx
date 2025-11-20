--- v0 (2025-10-31)
+++ v1 (2025-11-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e996c98a1f849b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/efe69e02dced4c5db9c597f8fe76fa29.psmdcp" Id="R30724167565a4113" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84304ab8e48d4c06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9dada8d95b254909becca3767d670254.psmdcp" Id="Rcf7c47f26e4b4b30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Endringer" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="140">
   <x:si>
     <x:t>09189: Makroøkonomiske hovedstørrelser, etter makrostørrelse, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Prisendring, årlig (prosent)</x:t>
   </x:si>
   <x:si>