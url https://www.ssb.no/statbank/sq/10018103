--- v1 (2025-11-20)
+++ v2 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84304ab8e48d4c06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9dada8d95b254909becca3767d670254.psmdcp" Id="Rcf7c47f26e4b4b30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38dedbdca44b43f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/74f5c0ab7cf84f119da7e958bfc57616.psmdcp" Id="R06e87ef66a6744c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Endringer" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="140">
   <x:si>
     <x:t>09189: Makroøkonomiske hovedstørrelser, etter makrostørrelse, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Prisendring, årlig (prosent)</x:t>
   </x:si>
   <x:si>
@@ -340,67 +340,66 @@
   <x:si>
     <x:t>Bruttoprodukt Fastlands-Norge, basisverdi</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Fastlands-Norge utenom offentlig forvaltning (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Industri og bergverk (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Annen vareproduksjon (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Tjenester inkl. boligtjenester (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Offentlig forvaltning (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>Produktavgifter og -subsidier</x:t>
   </x:si>
   <x:si>
     <x:t>De enkelte tallene i faste priser summerer seg ikke opp til del- og totalsummene på grunn av kjedingsavvik.</x:t>
   </x:si>
   <x:si>
-    <x:t>Tall fra og med 2022 er foreløpige.</x:t>
-[...3 lines deleted...]
-De enkelte tallene i faste priser summerer seg ikke opp til del- og totalsummene på grunn av   kjedingsavvik. Tallene for 2022 er foreløpige.</x:t>
+    <x:t>Tallene etter år 2023 (basisåret) er foreløpige.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>De enkelte tallene i faste priser summerer seg ikke opp til del- og totalsummene på grunn av kjedingsavvik. Tallene for 2022 er foreløpige.</x:t>
   </x:si>
   <x:si>
     <x:t>.. = Tallgrunnlag mangler. Tall er ikke kommet inn i våre databaser eller er for usikre til å publiseres.</x:t>
   </x:si>
   <x:si>
     <x:t>Sist endret:</x:t>
   </x:si>
   <x:si>
     <x:t>Prisendring, årlig (prosent):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250515 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kilde:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t>Kontakt:</x:t>
   </x:si>
   <x:si>
     <x:t>Johan Nitter-Hauge, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 83</x:t>
   </x:si>
   <x:si>
     <x:t>jni@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Steinar Todsen, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 95 91 00 74</x:t>
   </x:si>
@@ -1117,111 +1116,111 @@
       <x:c r="AB5" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="AC5" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="AD5" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="AE5" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AG5" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AH5" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="AI5" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AJ5" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="AK5" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="AL5" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="AM5" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AN5" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="AO5" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="AP5" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
-      <x:c r="AM5" s="4" t="n">
-[...5 lines deleted...]
-      <x:c r="AO5" s="4" t="n">
+      <x:c r="AQ5" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="AR5" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="AS5" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="AT5" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="AU5" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="AV5" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
-      <x:c r="AP5" s="4" t="n">
+      <x:c r="AW5" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="AX5" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="AY5" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="AZ5" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="BA5" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
-      <x:c r="AQ5" s="4" t="n">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="BB5" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="BC5" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="BD5" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:56">
       <x:c r="A6" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
         <x:v>11.1</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
@@ -1287,111 +1286,111 @@
       <x:c r="AB6" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="AC6" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="AD6" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="AE6" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="AF6" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AG6" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="AH6" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="AI6" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AJ6" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="AK6" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="AL6" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="AM6" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="AN6" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="AO6" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="AP6" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
-      <x:c r="AM6" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="AN6" s="4" t="n">
+      <x:c r="AQ6" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="AR6" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="AS6" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="AT6" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="AU6" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="AV6" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="AW6" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="AX6" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="AY6" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="AZ6" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="BA6" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="BB6" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="BC6" s="4" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="BD6" s="4" t="n">
         <x:v>3.4</x:v>
-      </x:c>
-[...46 lines deleted...]
-        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:56">
       <x:c r="A7" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
         <x:v>11.9</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
@@ -1454,114 +1453,114 @@
       <x:c r="AA7" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="AB7" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="AC7" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="AD7" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="AE7" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AF7" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="AH7" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="AI7" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="AJ7" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="AK7" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="AL7" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="AM7" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="AN7" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="AO7" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AP7" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AQ7" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="AR7" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="AS7" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="AT7" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="AU7" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="AV7" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="AW7" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="AX7" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="AY7" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="AZ7" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="BA7" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="BB7" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="BC7" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="BD7" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:56">
       <x:c r="A8" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>7.6</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>10.2</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
         <x:v>9.7</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
@@ -1624,114 +1623,114 @@
       <x:c r="AA8" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="AB8" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AC8" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="AD8" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AE8" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="AF8" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="AG8" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="AH8" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="AI8" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="AJ8" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AK8" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="AL8" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="AM8" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
-      <x:c r="AK8" s="4" t="n">
+      <x:c r="AN8" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="AO8" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="AP8" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
-      <x:c r="AL8" s="4" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="AQ8" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="AR8" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="AS8" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="AT8" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AU8" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="AV8" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AW8" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AX8" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="AY8" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="AZ8" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="BA8" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="BB8" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="BC8" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="BD8" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:56">
       <x:c r="A9" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>9.6</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>10.1</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
@@ -1857,51 +1856,51 @@
       <x:c r="AV9" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="AW9" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="AX9" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AY9" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="AZ9" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="BA9" s="4" t="n">
         <x:v>-1</x:v>
       </x:c>
       <x:c r="BB9" s="4" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="BC9" s="4" t="n">
         <x:v>16.9</x:v>
       </x:c>
       <x:c r="BD9" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:56">
       <x:c r="A10" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>11.7</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>11.7</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
@@ -2027,221 +2026,221 @@
       <x:c r="AV10" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AW10" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AX10" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="AY10" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="AZ10" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="BA10" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="BB10" s="4" t="n">
         <x:v>10.3</x:v>
       </x:c>
       <x:c r="BC10" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="BD10" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:56">
       <x:c r="A11" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>12.5</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>11.7</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
+        <x:v>9.1</x:v>
+      </x:c>
+      <x:c r="J11" s="4" t="n">
+        <x:v>8.5</x:v>
+      </x:c>
+      <x:c r="K11" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="L11" s="4" t="n">
+        <x:v>8.7</x:v>
+      </x:c>
+      <x:c r="M11" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
-      <x:c r="J11" s="4" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="N11" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="O11" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="P11" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="R11" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="S11" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="T11" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="U11" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="V11" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="W11" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="X11" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="Y11" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="Z11" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="AA11" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="AB11" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="AC11" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="AD11" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="AE11" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AF11" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="AG11" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="AH11" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="AI11" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="AJ11" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="AK11" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="AL11" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="AM11" s="4" t="n">
+        <x:v>5.8</x:v>
+      </x:c>
+      <x:c r="AN11" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="AO11" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="AP11" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="AQ11" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
-      <x:c r="AG11" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="AH11" s="4" t="n">
+      <x:c r="AR11" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="AS11" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="AT11" s="4" t="n">
         <x:v>2.8</x:v>
-      </x:c>
-[...34 lines deleted...]
-        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AU11" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AV11" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="AW11" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="AX11" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="AY11" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="AZ11" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="BA11" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="BB11" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="BC11" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="BD11" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:56">
       <x:c r="A12" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>10.2</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
         <x:v>13.1</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
         <x:v>12.4</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
@@ -2298,120 +2297,120 @@
       <x:c r="Y12" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="Z12" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AA12" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="AB12" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AC12" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AD12" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="AE12" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="AF12" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="AG12" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="AH12" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="AI12" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="AJ12" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AK12" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="AL12" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="AM12" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="AN12" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="AO12" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="AP12" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="AQ12" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
-      <x:c r="AP12" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="AR12" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="AS12" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="AT12" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="AU12" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AV12" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="AW12" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="AX12" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="AY12" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="AZ12" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="BA12" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="BB12" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="BC12" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="BD12" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:56">
       <x:c r="A13" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
         <x:v>13.3</x:v>
       </x:c>
       <x:c r="G13" s="4" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
@@ -2450,138 +2449,138 @@
       <x:c r="S13" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="T13" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="U13" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="V13" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="W13" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="X13" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="Y13" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="Z13" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="AA13" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="AB13" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="AC13" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="AD13" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="AE13" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="AF13" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="AG13" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="AH13" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="AI13" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="AJ13" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AK13" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="AL13" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="AM13" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="AN13" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="AO13" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AP13" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="AQ13" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="AR13" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="AS13" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="AT13" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="AU13" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="AV13" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AW13" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="AX13" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="AY13" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="AZ13" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="BA13" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="BB13" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="BC13" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="BD13" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:56">
       <x:c r="A14" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
         <x:v>9.6</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
         <x:v>12.7</x:v>
       </x:c>
       <x:c r="G14" s="4" t="n">
         <x:v>12.5</x:v>
       </x:c>
       <x:c r="H14" s="4" t="n">
@@ -2620,138 +2619,138 @@
       <x:c r="S14" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="T14" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="U14" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="V14" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="W14" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="X14" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="Y14" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="Z14" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="AA14" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="AB14" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="AC14" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="AD14" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="AE14" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="AF14" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="AG14" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="AF14" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="AH14" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="AI14" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="AJ14" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="AK14" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AL14" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="AM14" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="AN14" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="AO14" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="AP14" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="AQ14" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="AR14" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="AS14" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="AT14" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AU14" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="AV14" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="AW14" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="AX14" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="AY14" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="AZ14" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="BA14" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="BB14" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="BC14" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="BD14" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:56">
       <x:c r="A15" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>14.7</x:v>
       </x:c>
       <x:c r="G15" s="4" t="n">
         <x:v>11.2</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
@@ -2829,99 +2828,99 @@
       <x:c r="AF15" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="AG15" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="AH15" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="AI15" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="AJ15" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AK15" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="AL15" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="AM15" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="AN15" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="AO15" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="AP15" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="AQ15" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="AR15" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="AS15" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="AT15" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="AU15" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="AV15" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="AW15" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="AX15" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="AY15" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="AZ15" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="BA15" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="BB15" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="BC15" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="BD15" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:56">
       <x:c r="A16" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>11.9</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
         <x:v>9.9</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>12.9</x:v>
       </x:c>
       <x:c r="G16" s="4" t="n">
         <x:v>12.8</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
@@ -2966,132 +2965,132 @@
       <x:c r="U16" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="V16" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="W16" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="X16" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="Y16" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="Z16" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="AA16" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="AB16" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AC16" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="AD16" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="AE16" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="AF16" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="AG16" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="AH16" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="AI16" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="AJ16" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="AK16" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AL16" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="AM16" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="AN16" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="AO16" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="AP16" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AQ16" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="AR16" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="AS16" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="AT16" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="AU16" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="AV16" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="AW16" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="AX16" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="AY16" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="AZ16" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="BA16" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="BB16" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="BC16" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="BD16" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:56">
       <x:c r="A17" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>15.5</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>13.7</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
@@ -3124,144 +3123,144 @@
       <x:c r="Q17" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="R17" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="S17" s="4" t="n">
         <x:v>9.4</x:v>
       </x:c>
       <x:c r="T17" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="U17" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="V17" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="W17" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="X17" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="Y17" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="Z17" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="AA17" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="AB17" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="AC17" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AD17" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AE17" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="AF17" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="AG17" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AH17" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="AI17" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="AJ17" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="AK17" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="AL17" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="AM17" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="AN17" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="AO17" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="AP17" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="AQ17" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="AR17" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="AS17" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="AT17" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="AU17" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="AV17" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="AW17" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="AX17" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AY17" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AZ17" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="BA17" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="BB17" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="BC17" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="BD17" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:56">
       <x:c r="A18" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>10.1</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>16.1</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>12.3</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
@@ -3321,51 +3320,51 @@
       <x:c r="Z18" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="AA18" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AB18" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="AC18" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="AD18" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="AE18" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="AF18" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AG18" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="AH18" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="AI18" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AJ18" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="AK18" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="AL18" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="AM18" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="AN18" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="AO18" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="AP18" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
@@ -3381,227 +3380,227 @@
       <x:c r="AT18" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="AU18" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AV18" s="4" t="n">
         <x:v>-2.3</x:v>
       </x:c>
       <x:c r="AW18" s="4" t="n">
         <x:v>-4.3</x:v>
       </x:c>
       <x:c r="AX18" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="AY18" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AZ18" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="BA18" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="BB18" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="BC18" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="BD18" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:56">
       <x:c r="A19" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>35.7</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-28.2</x:v>
+        <x:v>-28.1</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>53.3</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
         <x:v>28.1</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>-6.2</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
         <x:v>-36.1</x:v>
       </x:c>
       <x:c r="K19" s="4" t="n">
         <x:v>21.8</x:v>
       </x:c>
       <x:c r="L19" s="4" t="n">
         <x:v>-3.7</x:v>
       </x:c>
       <x:c r="M19" s="4" t="n">
-        <x:v>56.8</x:v>
+        <x:v>56.7</x:v>
       </x:c>
       <x:c r="N19" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="O19" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="P19" s="4" t="n">
-        <x:v>-35.3</x:v>
+        <x:v>-35.2</x:v>
       </x:c>
       <x:c r="Q19" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R19" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S19" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="T19" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U19" s="4" t="n">
-        <x:v>29.7</x:v>
+        <x:v>29.6</x:v>
       </x:c>
       <x:c r="V19" s="4" t="n">
-        <x:v>-41.1</x:v>
+        <x:v>-41</x:v>
       </x:c>
       <x:c r="W19" s="4" t="n">
-        <x:v>-34.7</x:v>
+        <x:v>-34.6</x:v>
       </x:c>
       <x:c r="X19" s="4" t="n">
         <x:v>-69.7</x:v>
       </x:c>
       <x:c r="Y19" s="4" t="n">
-        <x:v>356.7</x:v>
+        <x:v>356.1</x:v>
       </x:c>
       <x:c r="Z19" s="4" t="n">
         <x:v>-3.3</x:v>
       </x:c>
       <x:c r="AA19" s="4" t="n">
         <x:v>-22.7</x:v>
       </x:c>
       <x:c r="AB19" s="4" t="n">
-        <x:v>60.8</x:v>
+        <x:v>60.7</x:v>
       </x:c>
       <x:c r="AC19" s="4" t="n">
-        <x:v>44.9</x:v>
+        <x:v>44.8</x:v>
       </x:c>
       <x:c r="AD19" s="4" t="n">
         <x:v>10.3</x:v>
       </x:c>
       <x:c r="AE19" s="4" t="n">
         <x:v>-9.9</x:v>
       </x:c>
       <x:c r="AF19" s="4" t="n">
-        <x:v>18.8</x:v>
+        <x:v>18.7</x:v>
       </x:c>
       <x:c r="AG19" s="4" t="n">
-        <x:v>-18.7</x:v>
+        <x:v>-18.3</x:v>
       </x:c>
       <x:c r="AH19" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="AI19" s="4" t="n">
-        <x:v>-12.4</x:v>
+        <x:v>-11.8</x:v>
       </x:c>
       <x:c r="AJ19" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="AK19" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="AL19" s="4" t="n">
-        <x:v>21.8</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="AM19" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="AN19" s="4" t="n">
-        <x:v>19</x:v>
+        <x:v>17.8</x:v>
       </x:c>
       <x:c r="AO19" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="AP19" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="AQ19" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="AR19" s="4" t="n">
-        <x:v>-16.9</x:v>
+        <x:v>-14.6</x:v>
       </x:c>
       <x:c r="AS19" s="4" t="n">
-        <x:v>-52.8</x:v>
+        <x:v>-45.6</x:v>
       </x:c>
       <x:c r="AT19" s="4" t="n">
-        <x:v>-51.8</x:v>
+        <x:v>-42</x:v>
       </x:c>
       <x:c r="AU19" s="4" t="n">
-        <x:v>386.8</x:v>
+        <x:v>310.6</x:v>
       </x:c>
       <x:c r="AV19" s="4" t="n">
-        <x:v>27.8</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="AW19" s="4" t="n">
-        <x:v>-89.5</x:v>
+        <x:v>-77.7</x:v>
       </x:c>
       <x:c r="AX19" s="4" t="n">
-        <x:v>787.8</x:v>
+        <x:v>328.9</x:v>
       </x:c>
       <x:c r="AY19" s="4" t="n">
-        <x:v>78.9</x:v>
+        <x:v>64.8</x:v>
       </x:c>
       <x:c r="AZ19" s="4" t="n">
-        <x:v>-16.6</x:v>
+        <x:v>-13.5</x:v>
       </x:c>
       <x:c r="BA19" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="BB19" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="BC19" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="BD19" s="4" t="n">
-        <x:v>14.5</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:56">
       <x:c r="A20" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
         <x:v>10.6</x:v>
       </x:c>
       <x:c r="H20" s="4" t="n">
@@ -3634,141 +3633,141 @@
       <x:c r="Q20" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="R20" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="S20" s="4" t="n">
         <x:v>9.6</x:v>
       </x:c>
       <x:c r="T20" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="U20" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="V20" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="W20" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="X20" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="Y20" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="Z20" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AA20" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AB20" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="AC20" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="AD20" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AE20" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="AF20" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="AG20" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AH20" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="AI20" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="AJ20" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="AK20" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="AL20" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="AM20" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="AN20" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="AO20" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="AP20" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AQ20" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="AR20" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="AS20" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="AT20" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="AU20" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AV20" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="AW20" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AX20" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="AY20" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AZ20" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="BA20" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="BB20" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="BC20" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="BD20" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:56">
       <x:c r="A21" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
         <x:v>13.9</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
@@ -3804,144 +3803,144 @@
       <x:c r="Q21" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="R21" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="S21" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
       <x:c r="T21" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="U21" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="V21" s="4" t="n">
         <x:v>-0.5</x:v>
       </x:c>
       <x:c r="W21" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="X21" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="Y21" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="Z21" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="AA21" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AB21" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="AC21" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="AD21" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="AE21" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="AF21" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="AG21" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="AH21" s="4" t="n">
         <x:v>-1</x:v>
       </x:c>
       <x:c r="AI21" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="AJ21" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="AK21" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="AL21" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="AM21" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="AN21" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="AO21" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AP21" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="AQ21" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="AR21" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="AS21" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AT21" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="AU21" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="AV21" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="AW21" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="AX21" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="AY21" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="AZ21" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="BA21" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="BB21" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="BC21" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="BD21" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:56">
       <x:c r="A22" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
         <x:v>13.6</x:v>
       </x:c>
       <x:c r="G22" s="4" t="n">
         <x:v>10.7</x:v>
       </x:c>
       <x:c r="H22" s="4" t="n">
@@ -3974,141 +3973,141 @@
       <x:c r="Q22" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="R22" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="S22" s="4" t="n">
         <x:v>9.6</x:v>
       </x:c>
       <x:c r="T22" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="U22" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="V22" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="W22" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="X22" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="Y22" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="Z22" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="AA22" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="AB22" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="AC22" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="AD22" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="AE22" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="AF22" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AG22" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="AH22" s="4" t="n">
         <x:v>-2.5</x:v>
       </x:c>
       <x:c r="AI22" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="AJ22" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AK22" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="AL22" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="AM22" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="AN22" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="AO22" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AP22" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="AQ22" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="AR22" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="AS22" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="AT22" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AU22" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AV22" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="AW22" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="AX22" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AY22" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="AZ22" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="BA22" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="BB22" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="BC22" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="BD22" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:56">
       <x:c r="A23" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E23" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
         <x:v>14.6</x:v>
       </x:c>
       <x:c r="G23" s="4" t="n">
@@ -4168,287 +4167,287 @@
       <x:c r="Y23" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="Z23" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="AA23" s="4" t="n">
         <x:v>-5.5</x:v>
       </x:c>
       <x:c r="AB23" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="AC23" s="4" t="n">
         <x:v>-5.3</x:v>
       </x:c>
       <x:c r="AD23" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="AE23" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="AF23" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AG23" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="AH23" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="AI23" s="4" t="n">
-        <x:v>-16.5</x:v>
+        <x:v>-14.9</x:v>
       </x:c>
       <x:c r="AJ23" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="AK23" s="4" t="n">
-        <x:v>41</x:v>
+        <x:v>35.6</x:v>
       </x:c>
       <x:c r="AL23" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="AM23" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="AN23" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="AO23" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="AP23" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="AQ23" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="AR23" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="AS23" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AT23" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="AU23" s="4" t="n">
-        <x:v>-5.8</x:v>
+        <x:v>-4.4</x:v>
       </x:c>
       <x:c r="AV23" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="AW23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AX23" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AY23" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="AZ23" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="BA23" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="BB23" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="BC23" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="BD23" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:56">
       <x:c r="A24" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
         <x:v>12.6</x:v>
       </x:c>
       <x:c r="G24" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="H24" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="I24" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="J24" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="K24" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="L24" s="4" t="n">
         <x:v>8.9</x:v>
       </x:c>
       <x:c r="M24" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="N24" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="O24" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="P24" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="Q24" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="R24" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="S24" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
       <x:c r="T24" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="U24" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="V24" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="W24" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="X24" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="Y24" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="Z24" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="AA24" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="AB24" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="AC24" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="AD24" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="AE24" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="AF24" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="AG24" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="AH24" s="4" t="n">
+        <x:v>-3.2</x:v>
+      </x:c>
+      <x:c r="AI24" s="4" t="n">
+        <x:v>-1.5</x:v>
+      </x:c>
+      <x:c r="AJ24" s="4" t="n">
         <x:v>2.4</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>2.2</x:v>
       </x:c>
       <x:c r="AK24" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="AL24" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="AM24" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="AN24" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="AO24" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="AP24" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="AQ24" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="AR24" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="AS24" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="AT24" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="AU24" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="AV24" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="AW24" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="AX24" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="AY24" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="AZ24" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="BA24" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="BB24" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="BC24" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="BD24" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:56">
       <x:c r="A25" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
         <x:v>13.2</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
@@ -4529,99 +4528,99 @@
       <x:c r="AF25" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AG25" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="AH25" s="4" t="n">
         <x:v>-1.2</x:v>
       </x:c>
       <x:c r="AI25" s="4" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="AJ25" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AK25" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="AL25" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="AM25" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="AN25" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="AO25" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AP25" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="AQ25" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="AR25" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="AS25" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AT25" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="AU25" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="AV25" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AW25" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AX25" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="AY25" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="AZ25" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="BA25" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="BB25" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="BC25" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="BD25" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:56">
       <x:c r="A26" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
         <x:v>15.6</x:v>
       </x:c>
       <x:c r="G26" s="4" t="n">
         <x:v>10.6</x:v>
       </x:c>
       <x:c r="H26" s="4" t="n">
@@ -4684,114 +4683,114 @@
       <x:c r="AA26" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="AB26" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="AC26" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="AD26" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="AE26" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="AF26" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="AG26" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="AH26" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="AI26" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="AJ26" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="AK26" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="AL26" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="AM26" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="AN26" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="AO26" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="AP26" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="AQ26" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="AR26" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="AS26" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="AT26" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AU26" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="AV26" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="AW26" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="AX26" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AY26" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AZ26" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="BA26" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="BB26" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="BC26" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="BD26" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:56">
       <x:c r="A27" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>8.5</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
         <x:v>14.6</x:v>
       </x:c>
       <x:c r="G27" s="4" t="n">
         <x:v>10.1</x:v>
       </x:c>
       <x:c r="H27" s="4" t="n">
@@ -4914,54 +4913,54 @@
       <x:c r="AU27" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AV27" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AW27" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AX27" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="AY27" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AZ27" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="BA27" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="BB27" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="BC27" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="BD27" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:56">
       <x:c r="A28" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="G28" s="4" t="n">
         <x:v>10.7</x:v>
       </x:c>
       <x:c r="H28" s="4" t="n">
@@ -5081,737 +5080,737 @@
       <x:c r="AT28" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="AU28" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="AV28" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="AW28" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="AX28" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AY28" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AZ28" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="BA28" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="BB28" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="BC28" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="BD28" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:56">
       <x:c r="A29" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
         <x:v>12.5</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
         <x:v>22.2</x:v>
       </x:c>
       <x:c r="G29" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="H29" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="I29" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="J29" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="K29" s="4" t="n">
         <x:v>17.6</x:v>
       </x:c>
       <x:c r="L29" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="M29" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="N29" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="O29" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="P29" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="R29" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="S29" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="T29" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="U29" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="V29" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="W29" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="X29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="Y29" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="Z29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AA29" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-6.6</x:v>
       </x:c>
       <x:c r="AB29" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-9.4</x:v>
       </x:c>
       <x:c r="AC29" s="4" t="n">
-        <x:v>-5.3</x:v>
+        <x:v>-18.8</x:v>
       </x:c>
       <x:c r="AD29" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-10</x:v>
       </x:c>
       <x:c r="AE29" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>-10.3</x:v>
       </x:c>
       <x:c r="AF29" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-13.4</x:v>
       </x:c>
       <x:c r="AG29" s="4" t="n">
-        <x:v>-3.5</x:v>
+        <x:v>-14</x:v>
       </x:c>
       <x:c r="AH29" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>-7.1</x:v>
       </x:c>
       <x:c r="AI29" s="4" t="n">
-        <x:v>-4.9</x:v>
+        <x:v>-12.9</x:v>
       </x:c>
       <x:c r="AJ29" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-7.7</x:v>
       </x:c>
       <x:c r="AK29" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="AL29" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-13</x:v>
       </x:c>
       <x:c r="AM29" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AN29" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="AO29" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="AP29" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>-7.8</x:v>
       </x:c>
       <x:c r="AQ29" s="4" t="n">
-        <x:v>-4.1</x:v>
+        <x:v>-8.7</x:v>
       </x:c>
       <x:c r="AR29" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>-5.9</x:v>
       </x:c>
       <x:c r="AS29" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>-4.6</x:v>
       </x:c>
       <x:c r="AT29" s="4" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.4</x:v>
       </x:c>
       <x:c r="AU29" s="4" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.6</x:v>
       </x:c>
       <x:c r="AV29" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="AW29" s="4" t="n">
-        <x:v>-92.3</x:v>
+        <x:v>-92.5</x:v>
       </x:c>
       <x:c r="AX29" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
       <x:c r="AY29" s="4" t="n">
-        <x:v>27</x:v>
+        <x:v>27.1</x:v>
       </x:c>
       <x:c r="AZ29" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="BA29" s="4" t="n">
-        <x:v>44.9</x:v>
+        <x:v>41.6</x:v>
       </x:c>
       <x:c r="BB29" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>87.7</x:v>
       </x:c>
       <x:c r="BC29" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>45.3</x:v>
       </x:c>
       <x:c r="BD29" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:56">
       <x:c r="A30" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>22.3</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G30" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="H30" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="I30" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="J30" s="4" t="n">
-        <x:v>35.6</x:v>
+        <x:v>30.9</x:v>
       </x:c>
       <x:c r="K30" s="4" t="n">
-        <x:v>19.8</x:v>
+        <x:v>17.6</x:v>
       </x:c>
       <x:c r="L30" s="4" t="n">
-        <x:v>22.3</x:v>
+        <x:v>26.3</x:v>
       </x:c>
       <x:c r="M30" s="4" t="n">
-        <x:v>54.9</x:v>
+        <x:v>39.4</x:v>
       </x:c>
       <x:c r="N30" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="O30" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="P30" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>-31.6</x:v>
       </x:c>
       <x:c r="Q30" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="R30" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="S30" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="T30" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="U30" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="V30" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="W30" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-20.3</x:v>
       </x:c>
       <x:c r="X30" s="4" t="n">
-        <x:v>-8.2</x:v>
+        <x:v>-26</x:v>
       </x:c>
       <x:c r="Y30" s="4" t="n">
-        <x:v>-3.5</x:v>
+        <x:v>-16.7</x:v>
       </x:c>
       <x:c r="Z30" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>13.8</x:v>
       </x:c>
       <x:c r="AA30" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="AB30" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="AC30" s="4" t="n">
-        <x:v>-5.6</x:v>
+        <x:v>-17.8</x:v>
       </x:c>
       <x:c r="AD30" s="4" t="n">
-        <x:v>-1.8</x:v>
-[...65 lines deleted...]
-        <x:v>20.3</x:v>
+        <x:v>-11.1</x:v>
+      </x:c>
+      <x:c r="AE30" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="AF30" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="AG30" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="AH30" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="AI30" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="AJ30" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="AK30" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="AL30" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="AM30" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="AN30" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="AO30" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="AP30" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="AQ30" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="AR30" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="AS30" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="AT30" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="AU30" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="AV30" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="AW30" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="AX30" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="AY30" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="AZ30" s="3" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="BA30" s="4" t="n">
+        <x:v>8.1</x:v>
+      </x:c>
+      <x:c r="BB30" s="4" t="n">
+        <x:v>32.9</x:v>
+      </x:c>
+      <x:c r="BC30" s="4" t="n">
         <x:v>-14.2</x:v>
       </x:c>
-      <x:c r="BB30" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="BD30" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:56">
       <x:c r="A31" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>16.3</x:v>
+        <x:v>16.4</x:v>
       </x:c>
       <x:c r="G31" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="H31" s="4" t="n">
         <x:v>10.4</x:v>
       </x:c>
       <x:c r="I31" s="4" t="n">
         <x:v>9.7</x:v>
       </x:c>
       <x:c r="J31" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="K31" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="L31" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
       <x:c r="M31" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="N31" s="4" t="n">
         <x:v>10.5</x:v>
       </x:c>
       <x:c r="O31" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="P31" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="R31" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="S31" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="T31" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="U31" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="V31" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="W31" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="X31" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="Y31" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="Z31" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="AA31" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="AB31" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AC31" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="AD31" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="AE31" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="AF31" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="AG31" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="AH31" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="AI31" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="AJ31" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="AK31" s="4" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="AL31" s="4" t="n">
+        <x:v>7.1</x:v>
+      </x:c>
+      <x:c r="AM31" s="4" t="n">
+        <x:v>8.3</x:v>
+      </x:c>
+      <x:c r="AN31" s="4" t="n">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="AO31" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="AP31" s="4" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="AQ31" s="4" t="n">
+        <x:v>5.5</x:v>
+      </x:c>
+      <x:c r="AR31" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="AS31" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="AT31" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="AU31" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
-      <x:c r="AE31" s="4" t="n">
-[...49 lines deleted...]
-      </x:c>
       <x:c r="AV31" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="AW31" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="AX31" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="AY31" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="AZ31" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="BA31" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="BB31" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="BC31" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="BD31" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:56">
       <x:c r="A32" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>12.6</x:v>
       </x:c>
       <x:c r="G32" s="4" t="n">
         <x:v>12.1</x:v>
       </x:c>
       <x:c r="H32" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
       <x:c r="I32" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="J32" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="K32" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="L32" s="4" t="n">
         <x:v>9.6</x:v>
       </x:c>
       <x:c r="M32" s="4" t="n">
         <x:v>11.5</x:v>
       </x:c>
       <x:c r="N32" s="4" t="n">
         <x:v>10.9</x:v>
       </x:c>
       <x:c r="O32" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="P32" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="Q32" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="R32" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="S32" s="4" t="n">
         <x:v>8.9</x:v>
       </x:c>
       <x:c r="T32" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="U32" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="V32" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="W32" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="X32" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="Y32" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="Z32" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="AA32" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="AB32" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="AC32" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AD32" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AE32" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="AF32" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="AG32" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="AH32" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="AI32" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AJ32" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="AK32" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="AL32" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="AM32" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="AN32" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="AO32" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="AP32" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AQ32" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AR32" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="AS32" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AT32" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AU32" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="AV32" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="AW32" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="AX32" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="AY32" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AZ32" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="BA32" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="BB32" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="BC32" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="BD32" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:56">
       <x:c r="A33" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
         <x:v>11.5</x:v>
       </x:c>
       <x:c r="G33" s="4" t="n">
         <x:v>11.2</x:v>
       </x:c>
       <x:c r="H33" s="4" t="n">
@@ -5874,114 +5873,114 @@
       <x:c r="AA33" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AB33" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AC33" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AD33" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="AE33" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="AF33" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AG33" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="AH33" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="AI33" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="AJ33" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AK33" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="AL33" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="AM33" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="AN33" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="AO33" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="AP33" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="AQ33" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="AR33" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AS33" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="AT33" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="AU33" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="AV33" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="AW33" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AX33" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="AY33" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="AZ33" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="BA33" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="BB33" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
-      <x:c r="AO33" s="4" t="n">
-[...40 lines deleted...]
-      </x:c>
       <x:c r="BC33" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="BD33" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:56">
       <x:c r="A34" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
         <x:v>13.4</x:v>
       </x:c>
       <x:c r="G34" s="4" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="H34" s="4" t="n">
@@ -6035,123 +6034,123 @@
       <x:c r="X34" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="Y34" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="Z34" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AA34" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AB34" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="AC34" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AD34" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="AE34" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AF34" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="AG34" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="AH34" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="AI34" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="AJ34" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="AK34" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="AL34" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="AM34" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="AN34" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="AO34" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="AP34" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="AQ34" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="AR34" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="AS34" s="4" t="n">
         <x:v>4</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>4.1</x:v>
       </x:c>
       <x:c r="AT34" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AU34" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AV34" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="AW34" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="AX34" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="AY34" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AZ34" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="BA34" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="BB34" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="BC34" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="BD34" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:56">
       <x:c r="A35" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>13.2</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
         <x:v>22.4</x:v>
       </x:c>
       <x:c r="G35" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="H35" s="4" t="n">
@@ -6232,96 +6231,96 @@
       <x:c r="AG35" s="4" t="n">
         <x:v>-2.1</x:v>
       </x:c>
       <x:c r="AH35" s="4" t="n">
         <x:v>-9.7</x:v>
       </x:c>
       <x:c r="AI35" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="AJ35" s="4" t="n">
         <x:v>12.8</x:v>
       </x:c>
       <x:c r="AK35" s="4" t="n">
         <x:v>17.4</x:v>
       </x:c>
       <x:c r="AL35" s="4" t="n">
         <x:v>14.9</x:v>
       </x:c>
       <x:c r="AM35" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="AN35" s="4" t="n">
         <x:v>18.2</x:v>
       </x:c>
       <x:c r="AO35" s="4" t="n">
-        <x:v>-16.2</x:v>
+        <x:v>-16.1</x:v>
       </x:c>
       <x:c r="AP35" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="AQ35" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>12.4</x:v>
       </x:c>
       <x:c r="AR35" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="AS35" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="AT35" s="4" t="n">
         <x:v>-1.8</x:v>
       </x:c>
       <x:c r="AU35" s="4" t="n">
+        <x:v>-7.4</x:v>
+      </x:c>
+      <x:c r="AV35" s="4" t="n">
         <x:v>-7.5</x:v>
       </x:c>
-      <x:c r="AV35" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="AW35" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="AX35" s="4" t="n">
-        <x:v>13.7</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="AY35" s="4" t="n">
-        <x:v>-5.6</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
       <x:c r="AZ35" s="4" t="n">
-        <x:v>-13.4</x:v>
+        <x:v>-13.2</x:v>
       </x:c>
       <x:c r="BA35" s="4" t="n">
-        <x:v>57.3</x:v>
+        <x:v>56.8</x:v>
       </x:c>
       <x:c r="BB35" s="4" t="n">
-        <x:v>62.5</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="BC35" s="4" t="n">
-        <x:v>-23.5</x:v>
+        <x:v>-23.3</x:v>
       </x:c>
       <x:c r="BD35" s="4" t="n">
-        <x:v>-4.1</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:56">
       <x:c r="A36" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
         <x:v>-1.5</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
         <x:v>30.7</x:v>
       </x:c>
       <x:c r="G36" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="H36" s="4" t="n">
@@ -6441,57 +6440,57 @@
       <x:c r="AT36" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AU36" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="AV36" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="AW36" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="AX36" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="AY36" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="AZ36" s="4" t="n">
         <x:v>-3.5</x:v>
       </x:c>
       <x:c r="BA36" s="4" t="n">
         <x:v>12.6</x:v>
       </x:c>
       <x:c r="BB36" s="4" t="n">
-        <x:v>30.4</x:v>
+        <x:v>28.8</x:v>
       </x:c>
       <x:c r="BC36" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="BD36" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:56">
       <x:c r="A37" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>-14.4</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
         <x:v>-19.2</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>37.9</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
         <x:v>145.7</x:v>
       </x:c>
       <x:c r="G37" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="H37" s="4" t="n">
@@ -6611,57 +6610,57 @@
       <x:c r="AT37" s="4" t="n">
         <x:v>-7.6</x:v>
       </x:c>
       <x:c r="AU37" s="4" t="n">
         <x:v>-20.2</x:v>
       </x:c>
       <x:c r="AV37" s="4" t="n">
         <x:v>-20.1</x:v>
       </x:c>
       <x:c r="AW37" s="4" t="n">
         <x:v>17.5</x:v>
       </x:c>
       <x:c r="AX37" s="4" t="n">
         <x:v>29.8</x:v>
       </x:c>
       <x:c r="AY37" s="4" t="n">
         <x:v>-15.3</x:v>
       </x:c>
       <x:c r="AZ37" s="4" t="n">
         <x:v>-31.6</x:v>
       </x:c>
       <x:c r="BA37" s="4" t="n">
         <x:v>165.4</x:v>
       </x:c>
       <x:c r="BB37" s="4" t="n">
-        <x:v>104.9</x:v>
+        <x:v>105.1</x:v>
       </x:c>
       <x:c r="BC37" s="4" t="n">
-        <x:v>-39.3</x:v>
+        <x:v>-38.8</x:v>
       </x:c>
       <x:c r="BD37" s="4" t="n">
-        <x:v>-8.8</x:v>
+        <x:v>-9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:56">
       <x:c r="A38" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
         <x:v>-8.5</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>28.8</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G38" s="4" t="n">
         <x:v>-17.2</x:v>
       </x:c>
       <x:c r="H38" s="4" t="n">
@@ -6784,54 +6783,54 @@
       <x:c r="AU38" s="4" t="n">
         <x:v>15.4</x:v>
       </x:c>
       <x:c r="AV38" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AW38" s="4" t="n">
         <x:v>-1.6</x:v>
       </x:c>
       <x:c r="AX38" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="AY38" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="AZ38" s="4" t="n">
         <x:v>12.6</x:v>
       </x:c>
       <x:c r="BA38" s="4" t="n">
         <x:v>-11</x:v>
       </x:c>
       <x:c r="BB38" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="BC38" s="4" t="n">
-        <x:v>16.1</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="BD38" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:56">
       <x:c r="A39" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>12.9</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
         <x:v>15.5</x:v>
       </x:c>
       <x:c r="G39" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="H39" s="4" t="n">
@@ -6912,436 +6911,436 @@
       <x:c r="AG39" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="AH39" s="4" t="n">
         <x:v>-3.1</x:v>
       </x:c>
       <x:c r="AI39" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="AJ39" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="AK39" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="AL39" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="AM39" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="AN39" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="AO39" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-3.7</x:v>
       </x:c>
       <x:c r="AP39" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="AQ39" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-3.6</x:v>
       </x:c>
       <x:c r="AR39" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="AS39" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AT39" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="AU39" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AV39" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="AW39" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
       <x:c r="AX39" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="AY39" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="AZ39" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="BA39" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="BB39" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="BC39" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="BD39" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:56">
       <x:c r="A40" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
         <x:v>15.1</x:v>
       </x:c>
       <x:c r="G40" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="H40" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="I40" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="J40" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="K40" s="4" t="n">
         <x:v>7.6</x:v>
       </x:c>
       <x:c r="L40" s="4" t="n">
         <x:v>13.5</x:v>
       </x:c>
       <x:c r="M40" s="4" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="N40" s="4" t="n">
         <x:v>9.4</x:v>
       </x:c>
       <x:c r="O40" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="P40" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="Q40" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="R40" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="S40" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="T40" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="U40" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="V40" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="W40" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="X40" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="Y40" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="Z40" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="AA40" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="AB40" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AC40" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AD40" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="AE40" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="AF40" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="AG40" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="AH40" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="AI40" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="AJ40" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="AK40" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="AL40" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="AM40" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="AN40" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="AO40" s="4" t="n">
         <x:v>-4</x:v>
       </x:c>
       <x:c r="AP40" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="AQ40" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="AR40" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AS40" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="AT40" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="AU40" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="AV40" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="AW40" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="AX40" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="AY40" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="AZ40" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="BA40" s="4" t="n">
-        <x:v>16.3</x:v>
+        <x:v>15.9</x:v>
       </x:c>
       <x:c r="BB40" s="4" t="n">
-        <x:v>24.6</x:v>
+        <x:v>23.6</x:v>
       </x:c>
       <x:c r="BC40" s="4" t="n">
-        <x:v>-7</x:v>
+        <x:v>-7.4</x:v>
       </x:c>
       <x:c r="BD40" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:56">
       <x:c r="A41" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>25.1</x:v>
+        <x:v>25.2</x:v>
       </x:c>
       <x:c r="G41" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="H41" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="I41" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="J41" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="K41" s="4" t="n">
         <x:v>13.1</x:v>
       </x:c>
       <x:c r="L41" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="M41" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="N41" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="O41" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="P41" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="R41" s="4" t="n">
         <x:v>-1.3</x:v>
       </x:c>
       <x:c r="S41" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="T41" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="U41" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="V41" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="W41" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="X41" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="Y41" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="Z41" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="AA41" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="AB41" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="AC41" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="AD41" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="AE41" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="AF41" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="AG41" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="AH41" s="4" t="n">
-        <x:v>-4.7</x:v>
+        <x:v>-4.4</x:v>
       </x:c>
       <x:c r="AI41" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="AJ41" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="AK41" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="AL41" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AM41" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="AN41" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="AO41" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="AP41" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="AQ41" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="AR41" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="AS41" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="AT41" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="AU41" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="AV41" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="AW41" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="AX41" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="AY41" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AZ41" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="BA41" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="BB41" s="4" t="n">
-        <x:v>12.6</x:v>
+        <x:v>12.3</x:v>
       </x:c>
       <x:c r="BC41" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="BD41" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:56">
       <x:c r="A42" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
         <x:v>24.5</x:v>
       </x:c>
       <x:c r="G42" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="H42" s="4" t="n">
@@ -7461,57 +7460,57 @@
       <x:c r="AT42" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="AU42" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="AV42" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="AW42" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AX42" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="AY42" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="AZ42" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="BA42" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="BB42" s="4" t="n">
-        <x:v>15.9</x:v>
+        <x:v>15.1</x:v>
       </x:c>
       <x:c r="BC42" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="BD42" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:56">
       <x:c r="A43" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>13.6</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
         <x:v>-7.3</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
         <x:v>127.5</x:v>
       </x:c>
       <x:c r="G43" s="4" t="n">
         <x:v>7.8</x:v>
       </x:c>
       <x:c r="H43" s="4" t="n">
@@ -7634,54 +7633,54 @@
       <x:c r="AU43" s="4" t="n">
         <x:v>-20</x:v>
       </x:c>
       <x:c r="AV43" s="4" t="n">
         <x:v>-16.1</x:v>
       </x:c>
       <x:c r="AW43" s="4" t="n">
         <x:v>23.2</x:v>
       </x:c>
       <x:c r="AX43" s="4" t="n">
         <x:v>28.9</x:v>
       </x:c>
       <x:c r="AY43" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="AZ43" s="4" t="n">
         <x:v>-23.1</x:v>
       </x:c>
       <x:c r="BA43" s="4" t="n">
         <x:v>29.6</x:v>
       </x:c>
       <x:c r="BB43" s="4" t="n">
         <x:v>54.5</x:v>
       </x:c>
       <x:c r="BC43" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="BD43" s="4" t="n">
-        <x:v>-8</x:v>
+        <x:v>-8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:56">
       <x:c r="A44" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
         <x:v>10.5</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
         <x:v>16.5</x:v>
       </x:c>
       <x:c r="G44" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="H44" s="4" t="n">
@@ -7801,567 +7800,567 @@
       <x:c r="AT44" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="AU44" s="4" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="AV44" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="AW44" s="4" t="n">
         <x:v>-0.7</x:v>
       </x:c>
       <x:c r="AX44" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="AY44" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="AZ44" s="4" t="n">
         <x:v>9.1</x:v>
       </x:c>
       <x:c r="BA44" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="BB44" s="4" t="n">
+        <x:v>9.6</x:v>
+      </x:c>
+      <x:c r="BC44" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
-      <x:c r="BC44" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="BD44" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:56">
       <x:c r="A45" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.5</x:v>
       </x:c>
       <x:c r="G45" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H45" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="I45" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="J45" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>12.9</x:v>
       </x:c>
       <x:c r="K45" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>15.3</x:v>
       </x:c>
       <x:c r="L45" s="4" t="n">
-        <x:v>13.9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="M45" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="N45" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="O45" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="P45" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="R45" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="S45" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>11.5</x:v>
       </x:c>
       <x:c r="T45" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="U45" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="V45" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="W45" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="X45" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="Y45" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="Z45" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="AA45" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="AB45" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AC45" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="AD45" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AE45" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="AF45" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="AG45" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="AH45" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="AI45" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="AJ45" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="AK45" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AL45" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="AM45" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="AN45" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="AO45" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="AP45" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="AQ45" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AR45" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="AS45" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AT45" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="AU45" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="AV45" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="AW45" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="AX45" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="AY45" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="AZ45" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="BA45" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="BB45" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="BC45" s="4" t="n">
-        <x:v>13.2</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="BD45" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:56">
       <x:c r="A46" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
         <x:v>8.7</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
       <x:c r="G46" s="4" t="n">
         <x:v>8.9</x:v>
       </x:c>
       <x:c r="H46" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="I46" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="J46" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="K46" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="L46" s="4" t="n">
         <x:v>13.1</x:v>
       </x:c>
       <x:c r="M46" s="4" t="n">
         <x:v>12.9</x:v>
       </x:c>
       <x:c r="N46" s="4" t="n">
         <x:v>10.5</x:v>
       </x:c>
       <x:c r="O46" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="P46" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="Q46" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="R46" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="S46" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="T46" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="U46" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="V46" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="W46" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="X46" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="Y46" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="Z46" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="AA46" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="AB46" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="AC46" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AD46" s="4" t="n">
         <x:v>-0.7</x:v>
       </x:c>
       <x:c r="AE46" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="AF46" s="4" t="n">
-        <x:v>15.3</x:v>
+        <x:v>15.4</x:v>
       </x:c>
       <x:c r="AG46" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="AH46" s="4" t="n">
         <x:v>-1.5</x:v>
       </x:c>
       <x:c r="AI46" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AJ46" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="AK46" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="AL46" s="4" t="n">
         <x:v>8.7</x:v>
       </x:c>
       <x:c r="AM46" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="AN46" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="AO46" s="4" t="n">
-        <x:v>-5.1</x:v>
+        <x:v>-5</x:v>
       </x:c>
       <x:c r="AP46" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="AQ46" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="AR46" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="AS46" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="AT46" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="AU46" s="4" t="n">
-        <x:v>-2.8</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="AV46" s="4" t="n">
         <x:v>-1.6</x:v>
       </x:c>
       <x:c r="AW46" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="AX46" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="AY46" s="4" t="n">
         <x:v>-0.5</x:v>
       </x:c>
       <x:c r="AZ46" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="BA46" s="4" t="n">
-        <x:v>20.2</x:v>
+        <x:v>19.5</x:v>
       </x:c>
       <x:c r="BB46" s="4" t="n">
-        <x:v>28.4</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="BC46" s="4" t="n">
-        <x:v>-11.1</x:v>
+        <x:v>-10.9</x:v>
       </x:c>
       <x:c r="BD46" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:56">
       <x:c r="A47" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
       <x:c r="G47" s="4" t="n">
         <x:v>11.3</x:v>
       </x:c>
       <x:c r="H47" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="I47" s="4" t="n">
         <x:v>8.9</x:v>
       </x:c>
       <x:c r="J47" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="K47" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="L47" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="M47" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="N47" s="4" t="n">
         <x:v>11.2</x:v>
       </x:c>
       <x:c r="O47" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="P47" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="R47" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="S47" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
       <x:c r="T47" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="U47" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="V47" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="W47" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="X47" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="Y47" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="Z47" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="AA47" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="AB47" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="AC47" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AD47" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="AE47" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AF47" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="AG47" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="AH47" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="AI47" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AJ47" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="AK47" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AL47" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="AM47" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="AN47" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="AO47" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AP47" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="AQ47" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AR47" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="AS47" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="AT47" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="AU47" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="AV47" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="AW47" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="AX47" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="AY47" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="AZ47" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="BA47" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="BB47" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="BC47" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="BD47" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:56">
       <x:c r="A48" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
         <x:v>-7.1</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
         <x:v>12.7</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
         <x:v>10.4</x:v>
       </x:c>
       <x:c r="G48" s="4" t="n">
         <x:v>-16.4</x:v>
       </x:c>
       <x:c r="H48" s="4" t="n">
@@ -8436,442 +8435,442 @@
       <x:c r="AE48" s="4" t="n">
         <x:v>33.7</x:v>
       </x:c>
       <x:c r="AF48" s="4" t="n">
         <x:v>80.9</x:v>
       </x:c>
       <x:c r="AG48" s="4" t="n">
         <x:v>-5.2</x:v>
       </x:c>
       <x:c r="AH48" s="4" t="n">
         <x:v>-15</x:v>
       </x:c>
       <x:c r="AI48" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="AJ48" s="4" t="n">
         <x:v>20.3</x:v>
       </x:c>
       <x:c r="AK48" s="4" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="AL48" s="4" t="n">
         <x:v>23.5</x:v>
       </x:c>
       <x:c r="AM48" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="AN48" s="4" t="n">
         <x:v>33.1</x:v>
       </x:c>
       <x:c r="AO48" s="4" t="n">
-        <x:v>-27.7</x:v>
+        <x:v>-27.6</x:v>
       </x:c>
       <x:c r="AP48" s="4" t="n">
         <x:v>15.7</x:v>
       </x:c>
       <x:c r="AQ48" s="4" t="n">
-        <x:v>25.6</x:v>
+        <x:v>25.4</x:v>
       </x:c>
       <x:c r="AR48" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="AS48" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="AT48" s="4" t="n">
-        <x:v>-7.8</x:v>
+        <x:v>-7.7</x:v>
       </x:c>
       <x:c r="AU48" s="4" t="n">
-        <x:v>-20.7</x:v>
+        <x:v>-20.5</x:v>
       </x:c>
       <x:c r="AV48" s="4" t="n">
-        <x:v>-19.8</x:v>
+        <x:v>-19.7</x:v>
       </x:c>
       <x:c r="AW48" s="4" t="n">
-        <x:v>18.7</x:v>
+        <x:v>18.4</x:v>
       </x:c>
       <x:c r="AX48" s="4" t="n">
-        <x:v>28.9</x:v>
+        <x:v>28.5</x:v>
       </x:c>
       <x:c r="AY48" s="4" t="n">
-        <x:v>-14.2</x:v>
+        <x:v>-14.1</x:v>
       </x:c>
       <x:c r="AZ48" s="4" t="n">
-        <x:v>-30.6</x:v>
+        <x:v>-30.3</x:v>
       </x:c>
       <x:c r="BA48" s="4" t="n">
-        <x:v>156.7</x:v>
+        <x:v>155.2</x:v>
       </x:c>
       <x:c r="BB48" s="4" t="n">
-        <x:v>104.2</x:v>
+        <x:v>102.1</x:v>
       </x:c>
       <x:c r="BC48" s="4" t="n">
-        <x:v>-39.9</x:v>
+        <x:v>-37.6</x:v>
       </x:c>
       <x:c r="BD48" s="4" t="n">
-        <x:v>-10.6</x:v>
+        <x:v>-12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:56">
       <x:c r="A49" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
         <x:v>7.6</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
         <x:v>11.1</x:v>
       </x:c>
       <x:c r="G49" s="4" t="n">
         <x:v>11.1</x:v>
       </x:c>
       <x:c r="H49" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="I49" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
       <x:c r="J49" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="K49" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="L49" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="M49" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
       <x:c r="N49" s="4" t="n">
         <x:v>11.3</x:v>
       </x:c>
       <x:c r="O49" s="4" t="n">
         <x:v>7.6</x:v>
       </x:c>
       <x:c r="P49" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="R49" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
       <x:c r="S49" s="4" t="n">
         <x:v>9.6</x:v>
       </x:c>
       <x:c r="T49" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="U49" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="V49" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="W49" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="X49" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="Y49" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="Z49" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="AA49" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="AB49" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="AC49" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AD49" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="AE49" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AF49" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="AG49" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="AH49" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AI49" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="AJ49" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="AK49" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AL49" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="AM49" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="AN49" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="AO49" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="AP49" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="AQ49" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AR49" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="AS49" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="AT49" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AU49" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="AV49" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="AW49" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="AX49" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="AY49" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="AZ49" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="BA49" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="BB49" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="BC49" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="BD49" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:56">
       <x:c r="A50" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
         <x:v>10.8</x:v>
       </x:c>
       <x:c r="G50" s="4" t="n">
         <x:v>10.7</x:v>
       </x:c>
       <x:c r="H50" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="I50" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="J50" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="K50" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="L50" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="M50" s="4" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="N50" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="O50" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="P50" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="Q50" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="R50" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
       <x:c r="S50" s="4" t="n">
         <x:v>9.4</x:v>
       </x:c>
       <x:c r="T50" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="U50" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="V50" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="W50" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="X50" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="Y50" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="Z50" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="AA50" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="AB50" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="AC50" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="AD50" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="AE50" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AF50" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AG50" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="AH50" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AI50" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="AJ50" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="AK50" s="4" t="n">
         <x:v>3</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AL50" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="AM50" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="AN50" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="AO50" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="AP50" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="AQ50" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AR50" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AS50" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AT50" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="AU50" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="AV50" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="AW50" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="AX50" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="AY50" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AZ50" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="BA50" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="BB50" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="BC50" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="BD50" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:56">
       <x:c r="A51" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>9.9</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
         <x:v>15.2</x:v>
       </x:c>
       <x:c r="G51" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="H51" s="4" t="n">
@@ -8928,120 +8927,120 @@
       <x:c r="Y51" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="Z51" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="AA51" s="4" t="n">
         <x:v>11.3</x:v>
       </x:c>
       <x:c r="AB51" s="4" t="n">
         <x:v>-2.4</x:v>
       </x:c>
       <x:c r="AC51" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AD51" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="AE51" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="AF51" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="AG51" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="AH51" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="AI51" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="AJ51" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="AK51" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AL51" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="AM51" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="AN51" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="AO51" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
       <x:c r="AP51" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="AQ51" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="AR51" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="AS51" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="AT51" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="AU51" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="AV51" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="AW51" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="AX51" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="AY51" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="AZ51" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="BA51" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="BB51" s="4" t="n">
         <x:v>13.9</x:v>
       </x:c>
       <x:c r="BC51" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="BD51" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:56">
       <x:c r="A52" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
         <x:v>7.8</x:v>
       </x:c>
       <x:c r="G52" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="H52" s="4" t="n">
@@ -9095,293 +9094,293 @@
       <x:c r="X52" s="4" t="n">
         <x:v>-2.6</x:v>
       </x:c>
       <x:c r="Y52" s="4" t="n">
         <x:v>-5</x:v>
       </x:c>
       <x:c r="Z52" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="AA52" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="AB52" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="AC52" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="AD52" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="AE52" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="AF52" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="AG52" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="AH52" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="AI52" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="AJ52" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="AK52" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="AL52" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="AM52" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="AN52" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="AO52" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="AP52" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="AQ52" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="AR52" s="4" t="n">
         <x:v>-4</x:v>
       </x:c>
       <x:c r="AS52" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="AT52" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="AU52" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="AV52" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="AW52" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AX52" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="AY52" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="AZ52" s="4" t="n">
-        <x:v>-7.5</x:v>
+        <x:v>-7.7</x:v>
       </x:c>
       <x:c r="BA52" s="4" t="n">
-        <x:v>19.9</x:v>
+        <x:v>20.2</x:v>
       </x:c>
       <x:c r="BB52" s="4" t="n">
-        <x:v>27.7</x:v>
+        <x:v>31.1</x:v>
       </x:c>
       <x:c r="BC52" s="4" t="n">
-        <x:v>-9.4</x:v>
+        <x:v>-9.9</x:v>
       </x:c>
       <x:c r="BD52" s="4" t="n">
-        <x:v>-2.8</x:v>
+        <x:v>-3</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:56">
       <x:c r="A53" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
         <x:v>9.6</x:v>
       </x:c>
       <x:c r="G53" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="H53" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="I53" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="J53" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="K53" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="L53" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
       <x:c r="M53" s="4" t="n">
-        <x:v>14.7</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="N53" s="4" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="O53" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="P53" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="R53" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="S53" s="4" t="n">
         <x:v>10.1</x:v>
       </x:c>
       <x:c r="T53" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="U53" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="V53" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="W53" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="X53" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="Y53" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="Z53" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
       <x:c r="AA53" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="AB53" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="AC53" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="AD53" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AE53" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="AF53" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AG53" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="AH53" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="AI53" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AJ53" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="AK53" s="4" t="n">
         <x:v>2.4</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2.2</x:v>
       </x:c>
       <x:c r="AL53" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="AM53" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="AN53" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="AO53" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AP53" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="AQ53" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="AR53" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="AS53" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="AT53" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="AU53" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="AV53" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="AW53" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="AX53" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="AY53" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="AZ53" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="BA53" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="BB53" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="BC53" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="BD53" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:56">
       <x:c r="A54" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
         <x:v>12.2</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
         <x:v>10.6</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
         <x:v>10.4</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
         <x:v>12.7</x:v>
       </x:c>
       <x:c r="G54" s="4" t="n">
         <x:v>13.3</x:v>
       </x:c>
       <x:c r="H54" s="4" t="n">
@@ -9501,57 +9500,57 @@
       <x:c r="AT54" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="AU54" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AV54" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="AW54" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="AX54" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="AY54" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="AZ54" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="BA54" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="BB54" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="BC54" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
-      <x:c r="BC54" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="BD54" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:56">
       <x:c r="A55" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
         <x:v>13.7</x:v>
       </x:c>
       <x:c r="G55" s="4" t="n">
         <x:v>12.3</x:v>
       </x:c>
       <x:c r="H55" s="4" t="n">
@@ -9671,57 +9670,57 @@
       <x:c r="AT55" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="AU55" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="AV55" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="AW55" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="AX55" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AY55" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="AZ55" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="BA55" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="BB55" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-3.7</x:v>
       </x:c>
       <x:c r="BC55" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="BD55" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:56">
       <x:c r="A57" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:56">
       <x:c r="A58" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:56">
       <x:c r="A59" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:56">
       <x:c r="A60" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:56">
       <x:c r="A62" s="0" t="s">
         <x:v>113</x:v>