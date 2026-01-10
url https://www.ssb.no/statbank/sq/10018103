--- v2 (2025-12-15)
+++ v3 (2026-01-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38dedbdca44b43f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/74f5c0ab7cf84f119da7e958bfc57616.psmdcp" Id="R06e87ef66a6744c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1096912d81a44bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c7054511e92a43b29e0d661f886180ff.psmdcp" Id="R800d508a5ce1477e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Endringer" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="140">
   <x:si>
     <x:t>09189: Makroøkonomiske hovedstørrelser, etter makrostørrelse, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Prisendring, årlig (prosent)</x:t>
   </x:si>
   <x:si>