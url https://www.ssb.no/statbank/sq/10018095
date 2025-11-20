--- v0 (2025-10-19)
+++ v1 (2025-11-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab088918e94a45c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/87e507832e1b47269feed218c782d15c.psmdcp" Id="R06ee46c7f95142a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a5e821e025b4bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d400fc55ac9445c69a0a9a4eac5ff633.psmdcp" Id="Rdaaa87ad48714f81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Faste" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="138">
   <x:si>
     <x:t>09189: Makroøkonomiske hovedstørrelser, etter makrostørrelse, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Faste 2015-priser (mill. kr)</x:t>
   </x:si>
   <x:si>