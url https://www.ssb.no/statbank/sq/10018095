--- v1 (2025-11-20)
+++ v2 (2025-12-15)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a5e821e025b4bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d400fc55ac9445c69a0a9a4eac5ff633.psmdcp" Id="Rdaaa87ad48714f81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeed3a8de4c74866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d50efdb2195f49689ecaef52ef3e4bcf.psmdcp" Id="R91e1e21f85c74dc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Faste" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="138">
   <x:si>
     <x:t>09189: Makroøkonomiske hovedstørrelser, etter makrostørrelse, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
-    <x:t>Faste 2015-priser (mill. kr)</x:t>
+    <x:t>Faste 2023-priser (mill. kr)</x:t>
   </x:si>
   <x:si>
     <x:t>1970</x:t>
   </x:si>
   <x:si>
     <x:t>1971</x:t>
   </x:si>
   <x:si>
     <x:t>1972</x:t>
   </x:si>
   <x:si>
     <x:t>1973</x:t>
   </x:si>
   <x:si>
     <x:t>1974</x:t>
   </x:si>
   <x:si>
     <x:t>1975</x:t>
   </x:si>
   <x:si>
     <x:t>1976</x:t>
   </x:si>
   <x:si>
     <x:t>1977</x:t>
   </x:si>
@@ -337,64 +337,63 @@
   <x:si>
     <x:t>Bruttoprodukt Fastlands-Norge, basisverdi</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Fastlands-Norge utenom offentlig forvaltning (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Industri og bergverk (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Annen vareproduksjon (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Tjenester inkl. boligtjenester (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Offentlig forvaltning (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>Produktavgifter og -subsidier</x:t>
   </x:si>
   <x:si>
     <x:t>De enkelte tallene i faste priser summerer seg ikke opp til del- og totalsummene på grunn av kjedingsavvik.</x:t>
   </x:si>
   <x:si>
-    <x:t>Tall fra og med 2022 er foreløpige.</x:t>
-[...3 lines deleted...]
-De enkelte tallene i faste priser summerer seg ikke opp til del- og totalsummene på grunn av   kjedingsavvik. Tallene for 2022 er foreløpige.</x:t>
+    <x:t>Tallene etter år 2023 (basisåret) er foreløpige.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>De enkelte tallene i faste priser summerer seg ikke opp til del- og totalsummene på grunn av kjedingsavvik. Tallene for 2022 er foreløpige.</x:t>
   </x:si>
   <x:si>
     <x:t>Sist endret:</x:t>
   </x:si>
   <x:si>
-    <x:t>Faste 2015-priser (mill. kr):</x:t>
-[...2 lines deleted...]
-    <x:t>20250515 08:00</x:t>
+    <x:t>Faste 2023-priser (mill. kr):</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kilde:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t>Kontakt:</x:t>
   </x:si>
   <x:si>
     <x:t>Johan Nitter-Hauge, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 83</x:t>
   </x:si>
   <x:si>
     <x:t>jni@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Steinar Todsen, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 95 91 00 74</x:t>
   </x:si>
@@ -1005,8713 +1004,8713 @@
       </x:c>
       <x:c r="AY4" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="AZ4" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="BA4" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="BB4" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="BC4" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="BD4" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:56">
       <x:c r="A5" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>356159</x:v>
+        <x:v>417253</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>375828</x:v>
+        <x:v>441333</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>386061</x:v>
+        <x:v>453248</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>399832</x:v>
+        <x:v>469631</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>411731</x:v>
+        <x:v>484252</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>433516</x:v>
+        <x:v>510999</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>459330</x:v>
+        <x:v>542124</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>488146</x:v>
+        <x:v>576346</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>480383</x:v>
+        <x:v>567489</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>500560</x:v>
+        <x:v>590850</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>510922</x:v>
+        <x:v>602850</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>512466</x:v>
+        <x:v>604446</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>518213</x:v>
+        <x:v>611169</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>528475</x:v>
+        <x:v>623258</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>545342</x:v>
+        <x:v>643250</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>595651</x:v>
+        <x:v>702589</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>625727</x:v>
+        <x:v>738103</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>621865</x:v>
+        <x:v>733184</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>608734</x:v>
+        <x:v>717977</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>605014</x:v>
+        <x:v>713069</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>609204</x:v>
+        <x:v>718902</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>621902</x:v>
+        <x:v>733187</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>636605</x:v>
+        <x:v>750954</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>651061</x:v>
+        <x:v>768516</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>673163</x:v>
+        <x:v>794483</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>697479</x:v>
+        <x:v>823940</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>741582</x:v>
+        <x:v>876974</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>764725</x:v>
+        <x:v>904742</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>786357</x:v>
+        <x:v>930614</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>815721</x:v>
+        <x:v>967328</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>849742</x:v>
+        <x:v>1009752</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>867271</x:v>
+        <x:v>1033864</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>894468</x:v>
+        <x:v>1071959</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>923025</x:v>
+        <x:v>1109316</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>973324</x:v>
+        <x:v>1177917</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>1016177</x:v>
+        <x:v>1242916</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>1066583</x:v>
+        <x:v>1318718</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>1123186</x:v>
+        <x:v>1396911</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>1142028</x:v>
+        <x:v>1418886</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>1142374</x:v>
+        <x:v>1433373</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>1185895</x:v>
+        <x:v>1497268</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>1213936</x:v>
+        <x:v>1543696</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>1256458</x:v>
+        <x:v>1606269</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>1291780</x:v>
+        <x:v>1666927</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>1318537</x:v>
+        <x:v>1715638</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>1354268</x:v>
+        <x:v>1778753</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>1369481</x:v>
+        <x:v>1816784</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>1400140</x:v>
+        <x:v>1873212</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>1420208</x:v>
+        <x:v>1923587</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>1434730</x:v>
+        <x:v>1960130</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>1345476</x:v>
+        <x:v>1875257</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>1414062</x:v>
+        <x:v>1989212</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>1524871</x:v>
+        <x:v>2132975</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>1506077</x:v>
+        <x:v>2111037</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>1527512</x:v>
+        <x:v>2138140</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:56">
       <x:c r="A6" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>333453</x:v>
+        <x:v>391371</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>351979</x:v>
+        <x:v>413115</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>361039</x:v>
+        <x:v>423749</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>374282</x:v>
+        <x:v>439292</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>386155</x:v>
+        <x:v>453228</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>407220</x:v>
+        <x:v>477951</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
-        <x:v>431994</x:v>
+        <x:v>507029</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
-        <x:v>459889</x:v>
+        <x:v>539769</x:v>
       </x:c>
       <x:c r="J6" s="3" t="n">
-        <x:v>451561</x:v>
+        <x:v>529994</x:v>
       </x:c>
       <x:c r="K6" s="3" t="n">
-        <x:v>469863</x:v>
+        <x:v>551476</x:v>
       </x:c>
       <x:c r="L6" s="3" t="n">
-        <x:v>479145</x:v>
+        <x:v>562369</x:v>
       </x:c>
       <x:c r="M6" s="3" t="n">
-        <x:v>479523</x:v>
+        <x:v>562814</x:v>
       </x:c>
       <x:c r="N6" s="3" t="n">
-        <x:v>483736</x:v>
+        <x:v>567757</x:v>
       </x:c>
       <x:c r="O6" s="3" t="n">
-        <x:v>493371</x:v>
+        <x:v>579067</x:v>
       </x:c>
       <x:c r="P6" s="3" t="n">
-        <x:v>509738</x:v>
+        <x:v>598276</x:v>
       </x:c>
       <x:c r="Q6" s="3" t="n">
-        <x:v>559224</x:v>
+        <x:v>656357</x:v>
       </x:c>
       <x:c r="R6" s="3" t="n">
-        <x:v>587360</x:v>
+        <x:v>689381</x:v>
       </x:c>
       <x:c r="S6" s="3" t="n">
-        <x:v>582913</x:v>
+        <x:v>684162</x:v>
       </x:c>
       <x:c r="T6" s="3" t="n">
-        <x:v>569559</x:v>
+        <x:v>668488</x:v>
       </x:c>
       <x:c r="U6" s="3" t="n">
-        <x:v>565161</x:v>
+        <x:v>663326</x:v>
       </x:c>
       <x:c r="V6" s="3" t="n">
-        <x:v>568541</x:v>
+        <x:v>667293</x:v>
       </x:c>
       <x:c r="W6" s="3" t="n">
-        <x:v>581796</x:v>
+        <x:v>682850</x:v>
       </x:c>
       <x:c r="X6" s="3" t="n">
-        <x:v>595612</x:v>
+        <x:v>699066</x:v>
       </x:c>
       <x:c r="Y6" s="3" t="n">
-        <x:v>609926</x:v>
+        <x:v>715866</x:v>
       </x:c>
       <x:c r="Z6" s="3" t="n">
-        <x:v>631245</x:v>
+        <x:v>740888</x:v>
       </x:c>
       <x:c r="AA6" s="3" t="n">
-        <x:v>656310</x:v>
+        <x:v>770307</x:v>
       </x:c>
       <x:c r="AB6" s="3" t="n">
-        <x:v>700244</x:v>
+        <x:v>821871</x:v>
       </x:c>
       <x:c r="AC6" s="3" t="n">
-        <x:v>723509</x:v>
+        <x:v>849178</x:v>
       </x:c>
       <x:c r="AD6" s="3" t="n">
-        <x:v>744754</x:v>
+        <x:v>874113</x:v>
       </x:c>
       <x:c r="AE6" s="3" t="n">
-        <x:v>772598</x:v>
+        <x:v>908827</x:v>
       </x:c>
       <x:c r="AF6" s="3" t="n">
-        <x:v>805784</x:v>
+        <x:v>949976</x:v>
       </x:c>
       <x:c r="AG6" s="3" t="n">
-        <x:v>823700</x:v>
+        <x:v>973245</x:v>
       </x:c>
       <x:c r="AH6" s="3" t="n">
-        <x:v>849594</x:v>
+        <x:v>1009160</x:v>
       </x:c>
       <x:c r="AI6" s="3" t="n">
-        <x:v>875820</x:v>
+        <x:v>1045059</x:v>
       </x:c>
       <x:c r="AJ6" s="3" t="n">
-        <x:v>923521</x:v>
+        <x:v>1107701</x:v>
       </x:c>
       <x:c r="AK6" s="3" t="n">
-        <x:v>963631</x:v>
+        <x:v>1169313</x:v>
       </x:c>
       <x:c r="AL6" s="3" t="n">
-        <x:v>1012986</x:v>
+        <x:v>1243828</x:v>
       </x:c>
       <x:c r="AM6" s="3" t="n">
-        <x:v>1069768</x:v>
+        <x:v>1321448</x:v>
       </x:c>
       <x:c r="AN6" s="3" t="n">
-        <x:v>1087048</x:v>
+        <x:v>1341501</x:v>
       </x:c>
       <x:c r="AO6" s="3" t="n">
-        <x:v>1085370</x:v>
+        <x:v>1353034</x:v>
       </x:c>
       <x:c r="AP6" s="3" t="n">
-        <x:v>1129712</x:v>
+        <x:v>1417079</x:v>
       </x:c>
       <x:c r="AQ6" s="3" t="n">
-        <x:v>1155616</x:v>
+        <x:v>1460184</x:v>
       </x:c>
       <x:c r="AR6" s="3" t="n">
-        <x:v>1196858</x:v>
+        <x:v>1521194</x:v>
       </x:c>
       <x:c r="AS6" s="3" t="n">
-        <x:v>1229477</x:v>
+        <x:v>1579656</x:v>
       </x:c>
       <x:c r="AT6" s="3" t="n">
-        <x:v>1251970</x:v>
+        <x:v>1624334</x:v>
       </x:c>
       <x:c r="AU6" s="3" t="n">
-        <x:v>1281716</x:v>
+        <x:v>1681778</x:v>
       </x:c>
       <x:c r="AV6" s="3" t="n">
-        <x:v>1296405</x:v>
+        <x:v>1720733</x:v>
       </x:c>
       <x:c r="AW6" s="3" t="n">
-        <x:v>1325797</x:v>
+        <x:v>1776919</x:v>
       </x:c>
       <x:c r="AX6" s="3" t="n">
-        <x:v>1346243</x:v>
+        <x:v>1824802</x:v>
       </x:c>
       <x:c r="AY6" s="3" t="n">
-        <x:v>1359583</x:v>
+        <x:v>1860777</x:v>
       </x:c>
       <x:c r="AZ6" s="3" t="n">
-        <x:v>1273029</x:v>
+        <x:v>1776779</x:v>
       </x:c>
       <x:c r="BA6" s="3" t="n">
-        <x:v>1338304</x:v>
+        <x:v>1880767</x:v>
       </x:c>
       <x:c r="BB6" s="3" t="n">
-        <x:v>1437475</x:v>
+        <x:v>2016621</x:v>
       </x:c>
       <x:c r="BC6" s="3" t="n">
-        <x:v>1417720</x:v>
+        <x:v>1988969</x:v>
       </x:c>
       <x:c r="BD6" s="3" t="n">
-        <x:v>1439447</x:v>
+        <x:v>2014171</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:56">
       <x:c r="A7" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>180669</x:v>
+        <x:v>226851</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>191494</x:v>
+        <x:v>240453</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>195033</x:v>
+        <x:v>244896</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>201675</x:v>
+        <x:v>253231</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>206617</x:v>
+        <x:v>259427</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>217150</x:v>
+        <x:v>272664</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
-        <x:v>232431</x:v>
+        <x:v>291842</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
-        <x:v>248510</x:v>
+        <x:v>312027</x:v>
       </x:c>
       <x:c r="J7" s="3" t="n">
-        <x:v>236749</x:v>
+        <x:v>297267</x:v>
       </x:c>
       <x:c r="K7" s="3" t="n">
-        <x:v>246610</x:v>
+        <x:v>309646</x:v>
       </x:c>
       <x:c r="L7" s="3" t="n">
-        <x:v>252712</x:v>
+        <x:v>317315</x:v>
       </x:c>
       <x:c r="M7" s="3" t="n">
-        <x:v>250296</x:v>
+        <x:v>314287</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>247651</x:v>
+        <x:v>310977</x:v>
       </x:c>
       <x:c r="O7" s="3" t="n">
-        <x:v>247788</x:v>
+        <x:v>311164</x:v>
       </x:c>
       <x:c r="P7" s="3" t="n">
-        <x:v>254390</x:v>
+        <x:v>319468</x:v>
       </x:c>
       <x:c r="Q7" s="3" t="n">
-        <x:v>286833</x:v>
+        <x:v>360210</x:v>
       </x:c>
       <x:c r="R7" s="3" t="n">
-        <x:v>298704</x:v>
+        <x:v>375146</x:v>
       </x:c>
       <x:c r="S7" s="3" t="n">
-        <x:v>287381</x:v>
+        <x:v>360930</x:v>
       </x:c>
       <x:c r="T7" s="3" t="n">
-        <x:v>272455</x:v>
+        <x:v>342202</x:v>
       </x:c>
       <x:c r="U7" s="3" t="n">
-        <x:v>266086</x:v>
+        <x:v>334205</x:v>
       </x:c>
       <x:c r="V7" s="3" t="n">
-        <x:v>269709</x:v>
+        <x:v>338743</x:v>
       </x:c>
       <x:c r="W7" s="3" t="n">
-        <x:v>279504</x:v>
+        <x:v>351091</x:v>
       </x:c>
       <x:c r="X7" s="3" t="n">
-        <x:v>283108</x:v>
+        <x:v>355647</x:v>
       </x:c>
       <x:c r="Y7" s="3" t="n">
-        <x:v>289602</x:v>
+        <x:v>363804</x:v>
       </x:c>
       <x:c r="Z7" s="3" t="n">
-        <x:v>299257</x:v>
+        <x:v>375932</x:v>
       </x:c>
       <x:c r="AA7" s="3" t="n">
-        <x:v>309560</x:v>
+        <x:v>388915</x:v>
       </x:c>
       <x:c r="AB7" s="3" t="n">
-        <x:v>336509</x:v>
+        <x:v>422789</x:v>
       </x:c>
       <x:c r="AC7" s="3" t="n">
-        <x:v>347011</x:v>
+        <x:v>436023</x:v>
       </x:c>
       <x:c r="AD7" s="3" t="n">
-        <x:v>356967</x:v>
+        <x:v>448544</x:v>
       </x:c>
       <x:c r="AE7" s="3" t="n">
-        <x:v>366412</x:v>
+        <x:v>460402</x:v>
       </x:c>
       <x:c r="AF7" s="3" t="n">
-        <x:v>382200</x:v>
+        <x:v>480231</x:v>
       </x:c>
       <x:c r="AG7" s="3" t="n">
-        <x:v>393096</x:v>
+        <x:v>493966</x:v>
       </x:c>
       <x:c r="AH7" s="3" t="n">
-        <x:v>409260</x:v>
+        <x:v>514876</x:v>
       </x:c>
       <x:c r="AI7" s="3" t="n">
-        <x:v>424465</x:v>
+        <x:v>534221</x:v>
       </x:c>
       <x:c r="AJ7" s="3" t="n">
-        <x:v>447062</x:v>
+        <x:v>562983</x:v>
       </x:c>
       <x:c r="AK7" s="3" t="n">
-        <x:v>464951</x:v>
+        <x:v>590092</x:v>
       </x:c>
       <x:c r="AL7" s="3" t="n">
-        <x:v>487004</x:v>
+        <x:v>622625</x:v>
       </x:c>
       <x:c r="AM7" s="3" t="n">
-        <x:v>521137</x:v>
+        <x:v>662713</x:v>
       </x:c>
       <x:c r="AN7" s="3" t="n">
-        <x:v>525289</x:v>
+        <x:v>657088</x:v>
       </x:c>
       <x:c r="AO7" s="3" t="n">
-        <x:v>521223</x:v>
+        <x:v>653458</x:v>
       </x:c>
       <x:c r="AP7" s="3" t="n">
-        <x:v>547489</x:v>
+        <x:v>683746</x:v>
       </x:c>
       <x:c r="AQ7" s="3" t="n">
-        <x:v>554284</x:v>
+        <x:v>691301</x:v>
       </x:c>
       <x:c r="AR7" s="3" t="n">
-        <x:v>571127</x:v>
+        <x:v>711715</x:v>
       </x:c>
       <x:c r="AS7" s="3" t="n">
-        <x:v>578550</x:v>
+        <x:v>723352</x:v>
       </x:c>
       <x:c r="AT7" s="3" t="n">
-        <x:v>583768</x:v>
+        <x:v>729542</x:v>
       </x:c>
       <x:c r="AU7" s="3" t="n">
-        <x:v>590951</x:v>
+        <x:v>738905</x:v>
       </x:c>
       <x:c r="AV7" s="3" t="n">
-        <x:v>593380</x:v>
+        <x:v>743536</x:v>
       </x:c>
       <x:c r="AW7" s="3" t="n">
-        <x:v>607194</x:v>
+        <x:v>761572</x:v>
       </x:c>
       <x:c r="AX7" s="3" t="n">
-        <x:v>622141</x:v>
+        <x:v>781314</x:v>
       </x:c>
       <x:c r="AY7" s="3" t="n">
-        <x:v>623367</x:v>
+        <x:v>776143</x:v>
       </x:c>
       <x:c r="AZ7" s="3" t="n">
-        <x:v>668271</x:v>
+        <x:v>835154</x:v>
       </x:c>
       <x:c r="BA7" s="3" t="n">
-        <x:v>712604</x:v>
+        <x:v>890413</x:v>
       </x:c>
       <x:c r="BB7" s="3" t="n">
-        <x:v>687553</x:v>
+        <x:v>852982</x:v>
       </x:c>
       <x:c r="BC7" s="3" t="n">
-        <x:v>647665</x:v>
+        <x:v>806746</x:v>
       </x:c>
       <x:c r="BD7" s="3" t="n">
-        <x:v>655217</x:v>
+        <x:v>815714</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:56">
       <x:c r="A8" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>150906</x:v>
+        <x:v>161128</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>157407</x:v>
+        <x:v>168053</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>162754</x:v>
+        <x:v>173767</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>168577</x:v>
+        <x:v>179990</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>174113</x:v>
+        <x:v>185913</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>183197</x:v>
+        <x:v>195599</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
-        <x:v>190339</x:v>
+        <x:v>203231</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
-        <x:v>199190</x:v>
+        <x:v>212683</x:v>
       </x:c>
       <x:c r="J8" s="3" t="n">
-        <x:v>204225</x:v>
+        <x:v>218064</x:v>
       </x:c>
       <x:c r="K8" s="3" t="n">
-        <x:v>213392</x:v>
+        <x:v>227856</x:v>
       </x:c>
       <x:c r="L8" s="3" t="n">
-        <x:v>216999</x:v>
+        <x:v>231696</x:v>
       </x:c>
       <x:c r="M8" s="3" t="n">
-        <x:v>220766</x:v>
+        <x:v>235717</x:v>
       </x:c>
       <x:c r="N8" s="3" t="n">
-        <x:v>225089</x:v>
+        <x:v>240325</x:v>
       </x:c>
       <x:c r="O8" s="3" t="n">
-        <x:v>234236</x:v>
+        <x:v>250082</x:v>
       </x:c>
       <x:c r="P8" s="3" t="n">
-        <x:v>244032</x:v>
+        <x:v>260527</x:v>
       </x:c>
       <x:c r="Q8" s="3" t="n">
-        <x:v>256808</x:v>
+        <x:v>274148</x:v>
       </x:c>
       <x:c r="R8" s="3" t="n">
-        <x:v>271933</x:v>
+        <x:v>290265</x:v>
       </x:c>
       <x:c r="S8" s="3" t="n">
-        <x:v>279872</x:v>
+        <x:v>298754</x:v>
       </x:c>
       <x:c r="T8" s="3" t="n">
-        <x:v>288173</x:v>
+        <x:v>307616</x:v>
       </x:c>
       <x:c r="U8" s="3" t="n">
-        <x:v>291742</x:v>
+        <x:v>311434</x:v>
       </x:c>
       <x:c r="V8" s="3" t="n">
-        <x:v>294428</x:v>
+        <x:v>314315</x:v>
       </x:c>
       <x:c r="W8" s="3" t="n">
-        <x:v>300679</x:v>
+        <x:v>320929</x:v>
       </x:c>
       <x:c r="X8" s="3" t="n">
-        <x:v>310897</x:v>
+        <x:v>331809</x:v>
       </x:c>
       <x:c r="Y8" s="3" t="n">
-        <x:v>319921</x:v>
+        <x:v>341443</x:v>
       </x:c>
       <x:c r="Z8" s="3" t="n">
-        <x:v>332764</x:v>
+        <x:v>355154</x:v>
       </x:c>
       <x:c r="AA8" s="3" t="n">
-        <x:v>346241</x:v>
+        <x:v>369492</x:v>
       </x:c>
       <x:c r="AB8" s="3" t="n">
-        <x:v>359202</x:v>
+        <x:v>383279</x:v>
       </x:c>
       <x:c r="AC8" s="3" t="n">
-        <x:v>369124</x:v>
+        <x:v>393819</x:v>
       </x:c>
       <x:c r="AD8" s="3" t="n">
-        <x:v>378630</x:v>
+        <x:v>403947</x:v>
       </x:c>
       <x:c r="AE8" s="3" t="n">
-        <x:v>398088</x:v>
+        <x:v>426920</x:v>
       </x:c>
       <x:c r="AF8" s="3" t="n">
-        <x:v>413248</x:v>
+        <x:v>445457</x:v>
       </x:c>
       <x:c r="AG8" s="3" t="n">
-        <x:v>418799</x:v>
+        <x:v>453695</x:v>
       </x:c>
       <x:c r="AH8" s="3" t="n">
-        <x:v>423652</x:v>
+        <x:v>463928</x:v>
       </x:c>
       <x:c r="AI8" s="3" t="n">
-        <x:v>430848</x:v>
+        <x:v>476523</x:v>
       </x:c>
       <x:c r="AJ8" s="3" t="n">
-        <x:v>450962</x:v>
+        <x:v>504271</x:v>
       </x:c>
       <x:c r="AK8" s="3" t="n">
-        <x:v>467326</x:v>
+        <x:v>531487</x:v>
       </x:c>
       <x:c r="AL8" s="3" t="n">
-        <x:v>490269</x:v>
+        <x:v>567513</x:v>
       </x:c>
       <x:c r="AM8" s="3" t="n">
-        <x:v>510498</x:v>
+        <x:v>602633</x:v>
       </x:c>
       <x:c r="AN8" s="3" t="n">
-        <x:v>520842</x:v>
+        <x:v>624010</x:v>
       </x:c>
       <x:c r="AO8" s="3" t="n">
-        <x:v>525444</x:v>
+        <x:v>640719</x:v>
       </x:c>
       <x:c r="AP8" s="3" t="n">
-        <x:v>536504</x:v>
+        <x:v>666417</x:v>
       </x:c>
       <x:c r="AQ8" s="3" t="n">
-        <x:v>549880</x:v>
+        <x:v>693930</x:v>
       </x:c>
       <x:c r="AR8" s="3" t="n">
-        <x:v>566964</x:v>
+        <x:v>724912</x:v>
       </x:c>
       <x:c r="AS8" s="3" t="n">
-        <x:v>584703</x:v>
+        <x:v>760967</x:v>
       </x:c>
       <x:c r="AT8" s="3" t="n">
-        <x:v>599627</x:v>
+        <x:v>794741</x:v>
       </x:c>
       <x:c r="AU8" s="3" t="n">
-        <x:v>624056</x:v>
+        <x:v>842557</x:v>
       </x:c>
       <x:c r="AV8" s="3" t="n">
-        <x:v>638714</x:v>
+        <x:v>877988</x:v>
       </x:c>
       <x:c r="AW8" s="3" t="n">
-        <x:v>653103</x:v>
+        <x:v>913524</x:v>
       </x:c>
       <x:c r="AX8" s="3" t="n">
-        <x:v>658494</x:v>
+        <x:v>940800</x:v>
       </x:c>
       <x:c r="AY8" s="3" t="n">
-        <x:v>674235</x:v>
+        <x:v>984563</x:v>
       </x:c>
       <x:c r="AZ8" s="3" t="n">
-        <x:v>596313</x:v>
+        <x:v>912120</x:v>
       </x:c>
       <x:c r="BA8" s="3" t="n">
-        <x:v>618720</x:v>
+        <x:v>961654</x:v>
       </x:c>
       <x:c r="BB8" s="3" t="n">
-        <x:v>700763</x:v>
+        <x:v>1078010</x:v>
       </x:c>
       <x:c r="BC8" s="3" t="n">
-        <x:v>716378</x:v>
+        <x:v>1100624</x:v>
       </x:c>
       <x:c r="BD8" s="3" t="n">
-        <x:v>729078</x:v>
+        <x:v>1114075</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:56">
       <x:c r="A9" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>5718</x:v>
+        <x:v>8769</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>6184</x:v>
+        <x:v>9484</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>7012</x:v>
+        <x:v>10755</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>7332</x:v>
+        <x:v>11245</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
-        <x:v>8200</x:v>
+        <x:v>12576</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>10749</x:v>
+        <x:v>16485</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
-        <x:v>12047</x:v>
+        <x:v>18476</x:v>
       </x:c>
       <x:c r="I9" s="3" t="n">
-        <x:v>14407</x:v>
+        <x:v>22096</x:v>
       </x:c>
       <x:c r="J9" s="3" t="n">
-        <x:v>17054</x:v>
+        <x:v>26156</x:v>
       </x:c>
       <x:c r="K9" s="3" t="n">
-        <x:v>16633</x:v>
+        <x:v>25510</x:v>
       </x:c>
       <x:c r="L9" s="3" t="n">
-        <x:v>15882</x:v>
+        <x:v>24358</x:v>
       </x:c>
       <x:c r="M9" s="3" t="n">
-        <x:v>16745</x:v>
+        <x:v>25681</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>19790</x:v>
+        <x:v>30352</x:v>
       </x:c>
       <x:c r="O9" s="3" t="n">
-        <x:v>21394</x:v>
+        <x:v>32812</x:v>
       </x:c>
       <x:c r="P9" s="3" t="n">
-        <x:v>22424</x:v>
+        <x:v>34391</x:v>
       </x:c>
       <x:c r="Q9" s="3" t="n">
-        <x:v>25014</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="R9" s="3" t="n">
-        <x:v>28377</x:v>
+        <x:v>43521</x:v>
       </x:c>
       <x:c r="S9" s="3" t="n">
-        <x:v>31195</x:v>
+        <x:v>47844</x:v>
       </x:c>
       <x:c r="T9" s="3" t="n">
-        <x:v>29373</x:v>
+        <x:v>45050</x:v>
       </x:c>
       <x:c r="U9" s="3" t="n">
-        <x:v>28563</x:v>
+        <x:v>43806</x:v>
       </x:c>
       <x:c r="V9" s="3" t="n">
-        <x:v>24940</x:v>
+        <x:v>38250</x:v>
       </x:c>
       <x:c r="W9" s="3" t="n">
-        <x:v>22363</x:v>
+        <x:v>34298</x:v>
       </x:c>
       <x:c r="X9" s="3" t="n">
-        <x:v>24886</x:v>
+        <x:v>38167</x:v>
       </x:c>
       <x:c r="Y9" s="3" t="n">
-        <x:v>25386</x:v>
+        <x:v>38934</x:v>
       </x:c>
       <x:c r="Z9" s="3" t="n">
-        <x:v>27551</x:v>
+        <x:v>42254</x:v>
       </x:c>
       <x:c r="AA9" s="3" t="n">
-        <x:v>27753</x:v>
+        <x:v>42565</x:v>
       </x:c>
       <x:c r="AB9" s="3" t="n">
-        <x:v>29675</x:v>
+        <x:v>45513</x:v>
       </x:c>
       <x:c r="AC9" s="3" t="n">
-        <x:v>32791</x:v>
+        <x:v>50291</x:v>
       </x:c>
       <x:c r="AD9" s="3" t="n">
-        <x:v>34780</x:v>
+        <x:v>53341</x:v>
       </x:c>
       <x:c r="AE9" s="3" t="n">
-        <x:v>36883</x:v>
+        <x:v>56567</x:v>
       </x:c>
       <x:c r="AF9" s="3" t="n">
-        <x:v>38284</x:v>
+        <x:v>58715</x:v>
       </x:c>
       <x:c r="AG9" s="3" t="n">
-        <x:v>37962</x:v>
+        <x:v>58222</x:v>
       </x:c>
       <x:c r="AH9" s="3" t="n">
-        <x:v>40832</x:v>
+        <x:v>62637</x:v>
       </x:c>
       <x:c r="AI9" s="3" t="n">
-        <x:v>44340</x:v>
+        <x:v>68032</x:v>
       </x:c>
       <x:c r="AJ9" s="3" t="n">
-        <x:v>52065</x:v>
+        <x:v>79900</x:v>
       </x:c>
       <x:c r="AK9" s="3" t="n">
-        <x:v>58995</x:v>
+        <x:v>90554</x:v>
       </x:c>
       <x:c r="AL9" s="3" t="n">
-        <x:v>64807</x:v>
+        <x:v>99498</x:v>
       </x:c>
       <x:c r="AM9" s="3" t="n">
-        <x:v>67744</x:v>
+        <x:v>104029</x:v>
       </x:c>
       <x:c r="AN9" s="3" t="n">
-        <x:v>70374</x:v>
+        <x:v>108088</x:v>
       </x:c>
       <x:c r="AO9" s="3" t="n">
-        <x:v>66741</x:v>
+        <x:v>102530</x:v>
       </x:c>
       <x:c r="AP9" s="3" t="n">
-        <x:v>75110</x:v>
+        <x:v>115409</x:v>
       </x:c>
       <x:c r="AQ9" s="3" t="n">
-        <x:v>82205</x:v>
+        <x:v>126337</x:v>
       </x:c>
       <x:c r="AR9" s="3" t="n">
-        <x:v>91233</x:v>
+        <x:v>140241</x:v>
       </x:c>
       <x:c r="AS9" s="3" t="n">
-        <x:v>100484</x:v>
+        <x:v>154493</x:v>
       </x:c>
       <x:c r="AT9" s="3" t="n">
-        <x:v>104407</x:v>
+        <x:v>160556</x:v>
       </x:c>
       <x:c r="AU9" s="3" t="n">
-        <x:v>106006</x:v>
+        <x:v>163050</x:v>
       </x:c>
       <x:c r="AV9" s="3" t="n">
-        <x:v>106794</x:v>
+        <x:v>164296</x:v>
       </x:c>
       <x:c r="AW9" s="3" t="n">
-        <x:v>109002</x:v>
+        <x:v>167726</x:v>
       </x:c>
       <x:c r="AX9" s="3" t="n">
-        <x:v>109939</x:v>
+        <x:v>169203</x:v>
       </x:c>
       <x:c r="AY9" s="3" t="n">
-        <x:v>108623</x:v>
+        <x:v>167213</x:v>
       </x:c>
       <x:c r="AZ9" s="3" t="n">
-        <x:v>27216</x:v>
+        <x:v>41904</x:v>
       </x:c>
       <x:c r="BA9" s="3" t="n">
-        <x:v>25768</x:v>
+        <x:v>39684</x:v>
       </x:c>
       <x:c r="BB9" s="3" t="n">
-        <x:v>93337</x:v>
+        <x:v>143770</x:v>
       </x:c>
       <x:c r="BC9" s="3" t="n">
-        <x:v>106670</x:v>
+        <x:v>150784</x:v>
       </x:c>
       <x:c r="BD9" s="3" t="n">
-        <x:v>115323</x:v>
+        <x:v>163045</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:56">
       <x:c r="A10" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>-12160</x:v>
+        <x:v>-16660</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>-12337</x:v>
+        <x:v>-16902</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>-12652</x:v>
+        <x:v>-17333</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>-12220</x:v>
+        <x:v>-16742</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
-        <x:v>-11362</x:v>
+        <x:v>-15566</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>-12923</x:v>
+        <x:v>-17705</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
-        <x:v>-13523</x:v>
+        <x:v>-18527</x:v>
       </x:c>
       <x:c r="I10" s="3" t="n">
-        <x:v>-14300</x:v>
+        <x:v>-19591</x:v>
       </x:c>
       <x:c r="J10" s="3" t="n">
-        <x:v>-15276</x:v>
+        <x:v>-20928</x:v>
       </x:c>
       <x:c r="K10" s="3" t="n">
-        <x:v>-15875</x:v>
+        <x:v>-21749</x:v>
       </x:c>
       <x:c r="L10" s="3" t="n">
-        <x:v>-16039</x:v>
+        <x:v>-21973</x:v>
       </x:c>
       <x:c r="M10" s="3" t="n">
-        <x:v>-16811</x:v>
+        <x:v>-23031</x:v>
       </x:c>
       <x:c r="N10" s="3" t="n">
-        <x:v>-15541</x:v>
+        <x:v>-21291</x:v>
       </x:c>
       <x:c r="O10" s="3" t="n">
-        <x:v>-14939</x:v>
+        <x:v>-20466</x:v>
       </x:c>
       <x:c r="P10" s="3" t="n">
-        <x:v>-15489</x:v>
+        <x:v>-21220</x:v>
       </x:c>
       <x:c r="Q10" s="3" t="n">
-        <x:v>-17724</x:v>
+        <x:v>-24282</x:v>
       </x:c>
       <x:c r="R10" s="3" t="n">
-        <x:v>-19476</x:v>
+        <x:v>-26683</x:v>
       </x:c>
       <x:c r="S10" s="3" t="n">
-        <x:v>-19574</x:v>
+        <x:v>-26816</x:v>
       </x:c>
       <x:c r="T10" s="3" t="n">
-        <x:v>-20413</x:v>
+        <x:v>-27965</x:v>
       </x:c>
       <x:c r="U10" s="3" t="n">
-        <x:v>-19340</x:v>
+        <x:v>-26496</x:v>
       </x:c>
       <x:c r="V10" s="3" t="n">
-        <x:v>-19170</x:v>
+        <x:v>-26263</x:v>
       </x:c>
       <x:c r="W10" s="3" t="n">
-        <x:v>-20409</x:v>
+        <x:v>-27960</x:v>
       </x:c>
       <x:c r="X10" s="3" t="n">
-        <x:v>-21959</x:v>
+        <x:v>-30084</x:v>
       </x:c>
       <x:c r="Y10" s="3" t="n">
-        <x:v>-23435</x:v>
+        <x:v>-32106</x:v>
       </x:c>
       <x:c r="Z10" s="3" t="n">
-        <x:v>-26576</x:v>
+        <x:v>-36409</x:v>
       </x:c>
       <x:c r="AA10" s="3" t="n">
-        <x:v>-24815</x:v>
+        <x:v>-33997</x:v>
       </x:c>
       <x:c r="AB10" s="3" t="n">
-        <x:v>-25231</x:v>
+        <x:v>-34567</x:v>
       </x:c>
       <x:c r="AC10" s="3" t="n">
-        <x:v>-25599</x:v>
+        <x:v>-35071</x:v>
       </x:c>
       <x:c r="AD10" s="3" t="n">
-        <x:v>-25877</x:v>
+        <x:v>-35451</x:v>
       </x:c>
       <x:c r="AE10" s="3" t="n">
-        <x:v>-27668</x:v>
+        <x:v>-37905</x:v>
       </x:c>
       <x:c r="AF10" s="3" t="n">
-        <x:v>-26926</x:v>
+        <x:v>-36889</x:v>
       </x:c>
       <x:c r="AG10" s="3" t="n">
-        <x:v>-25915</x:v>
+        <x:v>-35504</x:v>
       </x:c>
       <x:c r="AH10" s="3" t="n">
-        <x:v>-25182</x:v>
+        <x:v>-34499</x:v>
       </x:c>
       <x:c r="AI10" s="3" t="n">
-        <x:v>-25441</x:v>
+        <x:v>-34854</x:v>
       </x:c>
       <x:c r="AJ10" s="3" t="n">
-        <x:v>-28164</x:v>
+        <x:v>-38585</x:v>
       </x:c>
       <x:c r="AK10" s="3" t="n">
-        <x:v>-29269</x:v>
+        <x:v>-40099</x:v>
       </x:c>
       <x:c r="AL10" s="3" t="n">
-        <x:v>-30579</x:v>
+        <x:v>-41894</x:v>
       </x:c>
       <x:c r="AM10" s="3" t="n">
-        <x:v>-32229</x:v>
+        <x:v>-44154</x:v>
       </x:c>
       <x:c r="AN10" s="3" t="n">
-        <x:v>-31612</x:v>
+        <x:v>-43308</x:v>
       </x:c>
       <x:c r="AO10" s="3" t="n">
-        <x:v>-29913</x:v>
+        <x:v>-40981</x:v>
       </x:c>
       <x:c r="AP10" s="3" t="n">
-        <x:v>-31749</x:v>
+        <x:v>-43497</x:v>
       </x:c>
       <x:c r="AQ10" s="3" t="n">
-        <x:v>-32357</x:v>
+        <x:v>-44329</x:v>
       </x:c>
       <x:c r="AR10" s="3" t="n">
-        <x:v>-33531</x:v>
+        <x:v>-45938</x:v>
       </x:c>
       <x:c r="AS10" s="3" t="n">
-        <x:v>-34453</x:v>
+        <x:v>-47200</x:v>
       </x:c>
       <x:c r="AT10" s="3" t="n">
-        <x:v>-35799</x:v>
+        <x:v>-49044</x:v>
       </x:c>
       <x:c r="AU10" s="3" t="n">
-        <x:v>-39297</x:v>
+        <x:v>-53837</x:v>
       </x:c>
       <x:c r="AV10" s="3" t="n">
-        <x:v>-42483</x:v>
+        <x:v>-58202</x:v>
       </x:c>
       <x:c r="AW10" s="3" t="n">
-        <x:v>-43503</x:v>
+        <x:v>-59600</x:v>
       </x:c>
       <x:c r="AX10" s="3" t="n">
-        <x:v>-44295</x:v>
+        <x:v>-60685</x:v>
       </x:c>
       <x:c r="AY10" s="3" t="n">
-        <x:v>-46491</x:v>
+        <x:v>-63693</x:v>
       </x:c>
       <x:c r="AZ10" s="3" t="n">
-        <x:v>-15123</x:v>
+        <x:v>-20719</x:v>
       </x:c>
       <x:c r="BA10" s="3" t="n">
-        <x:v>-14455</x:v>
+        <x:v>-19803</x:v>
       </x:c>
       <x:c r="BB10" s="3" t="n">
-        <x:v>-42859</x:v>
+        <x:v>-58717</x:v>
       </x:c>
       <x:c r="BC10" s="3" t="n">
-        <x:v>-51940</x:v>
+        <x:v>-69185</x:v>
       </x:c>
       <x:c r="BD10" s="3" t="n">
-        <x:v>-59275</x:v>
+        <x:v>-78664</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:56">
       <x:c r="A11" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>24801</x:v>
+        <x:v>27789</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>26014</x:v>
+        <x:v>30766</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>27438</x:v>
+        <x:v>32422</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>27927</x:v>
+        <x:v>33241</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>27782</x:v>
+        <x:v>33876</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>28433</x:v>
+        <x:v>36213</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
-        <x:v>29450</x:v>
+        <x:v>38469</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
-        <x:v>30299</x:v>
+        <x:v>39824</x:v>
       </x:c>
       <x:c r="J11" s="3" t="n">
-        <x:v>31086</x:v>
+        <x:v>41370</x:v>
       </x:c>
       <x:c r="K11" s="3" t="n">
-        <x:v>33218</x:v>
+        <x:v>43559</x:v>
       </x:c>
       <x:c r="L11" s="3" t="n">
-        <x:v>34473</x:v>
+        <x:v>44898</x:v>
       </x:c>
       <x:c r="M11" s="3" t="n">
-        <x:v>35954</x:v>
+        <x:v>46576</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>37916</x:v>
+        <x:v>49129</x:v>
       </x:c>
       <x:c r="O11" s="3" t="n">
-        <x:v>38590</x:v>
+        <x:v>49976</x:v>
       </x:c>
       <x:c r="P11" s="3" t="n">
-        <x:v>38963</x:v>
+        <x:v>50568</x:v>
       </x:c>
       <x:c r="Q11" s="3" t="n">
-        <x:v>39175</x:v>
+        <x:v>50663</x:v>
       </x:c>
       <x:c r="R11" s="3" t="n">
-        <x:v>41289</x:v>
+        <x:v>53462</x:v>
       </x:c>
       <x:c r="S11" s="3" t="n">
-        <x:v>42148</x:v>
+        <x:v>54082</x:v>
       </x:c>
       <x:c r="T11" s="3" t="n">
-        <x:v>42670</x:v>
+        <x:v>55263</x:v>
       </x:c>
       <x:c r="U11" s="3" t="n">
-        <x:v>43648</x:v>
+        <x:v>55805</x:v>
       </x:c>
       <x:c r="V11" s="3" t="n">
-        <x:v>44682</x:v>
+        <x:v>58557</x:v>
       </x:c>
       <x:c r="W11" s="3" t="n">
-        <x:v>43661</x:v>
+        <x:v>56049</x:v>
       </x:c>
       <x:c r="X11" s="3" t="n">
-        <x:v>44608</x:v>
+        <x:v>57937</x:v>
       </x:c>
       <x:c r="Y11" s="3" t="n">
-        <x:v>44515</x:v>
+        <x:v>58565</x:v>
       </x:c>
       <x:c r="Z11" s="3" t="n">
-        <x:v>45156</x:v>
+        <x:v>59186</x:v>
       </x:c>
       <x:c r="AA11" s="3" t="n">
-        <x:v>43595</x:v>
+        <x:v>58231</x:v>
       </x:c>
       <x:c r="AB11" s="3" t="n">
-        <x:v>42945</x:v>
+        <x:v>58798</x:v>
       </x:c>
       <x:c r="AC11" s="3" t="n">
-        <x:v>42356</x:v>
+        <x:v>58647</x:v>
       </x:c>
       <x:c r="AD11" s="3" t="n">
-        <x:v>42503</x:v>
+        <x:v>59312</x:v>
       </x:c>
       <x:c r="AE11" s="3" t="n">
-        <x:v>44044</x:v>
+        <x:v>61300</x:v>
       </x:c>
       <x:c r="AF11" s="3" t="n">
-        <x:v>44615</x:v>
+        <x:v>62035</x:v>
       </x:c>
       <x:c r="AG11" s="3" t="n">
-        <x:v>43851</x:v>
+        <x:v>62639</x:v>
       </x:c>
       <x:c r="AH11" s="3" t="n">
-        <x:v>45147</x:v>
+        <x:v>64867</x:v>
       </x:c>
       <x:c r="AI11" s="3" t="n">
-        <x:v>47717</x:v>
+        <x:v>66064</x:v>
       </x:c>
       <x:c r="AJ11" s="3" t="n">
-        <x:v>50350</x:v>
+        <x:v>73041</x:v>
       </x:c>
       <x:c r="AK11" s="3" t="n">
-        <x:v>53255</x:v>
+        <x:v>76359</x:v>
       </x:c>
       <x:c r="AL11" s="3" t="n">
-        <x:v>54011</x:v>
+        <x:v>76442</x:v>
       </x:c>
       <x:c r="AM11" s="3" t="n">
-        <x:v>53318</x:v>
+        <x:v>75596</x:v>
       </x:c>
       <x:c r="AN11" s="3" t="n">
-        <x:v>54955</x:v>
+        <x:v>77760</x:v>
       </x:c>
       <x:c r="AO11" s="3" t="n">
-        <x:v>57151</x:v>
+        <x:v>81356</x:v>
       </x:c>
       <x:c r="AP11" s="3" t="n">
-        <x:v>56111</x:v>
+        <x:v>80187</x:v>
       </x:c>
       <x:c r="AQ11" s="3" t="n">
-        <x:v>58293</x:v>
+        <x:v>83730</x:v>
       </x:c>
       <x:c r="AR11" s="3" t="n">
-        <x:v>59549</x:v>
+        <x:v>84890</x:v>
       </x:c>
       <x:c r="AS11" s="3" t="n">
-        <x:v>62259</x:v>
+        <x:v>86877</x:v>
       </x:c>
       <x:c r="AT11" s="3" t="n">
-        <x:v>66554</x:v>
+        <x:v>91168</x:v>
       </x:c>
       <x:c r="AU11" s="3" t="n">
-        <x:v>72552</x:v>
+        <x:v>97221</x:v>
       </x:c>
       <x:c r="AV11" s="3" t="n">
-        <x:v>73076</x:v>
+        <x:v>95832</x:v>
       </x:c>
       <x:c r="AW11" s="3" t="n">
-        <x:v>74342</x:v>
+        <x:v>95637</x:v>
       </x:c>
       <x:c r="AX11" s="3" t="n">
-        <x:v>73981</x:v>
+        <x:v>98098</x:v>
       </x:c>
       <x:c r="AY11" s="3" t="n">
-        <x:v>75159</x:v>
+        <x:v>98489</x:v>
       </x:c>
       <x:c r="AZ11" s="3" t="n">
-        <x:v>72391</x:v>
+        <x:v>97963</x:v>
       </x:c>
       <x:c r="BA11" s="3" t="n">
-        <x:v>75719</x:v>
+        <x:v>108121</x:v>
       </x:c>
       <x:c r="BB11" s="3" t="n">
-        <x:v>87073</x:v>
+        <x:v>116010</x:v>
       </x:c>
       <x:c r="BC11" s="3" t="n">
-        <x:v>87965</x:v>
+        <x:v>122068</x:v>
       </x:c>
       <x:c r="BD11" s="3" t="n">
-        <x:v>87723</x:v>
+        <x:v>123970</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:56">
       <x:c r="A12" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>175977</x:v>
+        <x:v>226934</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>188181</x:v>
+        <x:v>242673</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>196792</x:v>
+        <x:v>253776</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>206688</x:v>
+        <x:v>266538</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>214119</x:v>
+        <x:v>276120</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>230233</x:v>
+        <x:v>296901</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
-        <x:v>244358</x:v>
+        <x:v>315116</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
-        <x:v>254514</x:v>
+        <x:v>328213</x:v>
       </x:c>
       <x:c r="J12" s="3" t="n">
-        <x:v>267037</x:v>
+        <x:v>344363</x:v>
       </x:c>
       <x:c r="K12" s="3" t="n">
-        <x:v>280618</x:v>
+        <x:v>361876</x:v>
       </x:c>
       <x:c r="L12" s="3" t="n">
-        <x:v>292866</x:v>
+        <x:v>377670</x:v>
       </x:c>
       <x:c r="M12" s="3" t="n">
-        <x:v>302795</x:v>
+        <x:v>390475</x:v>
       </x:c>
       <x:c r="N12" s="3" t="n">
-        <x:v>310267</x:v>
+        <x:v>400110</x:v>
       </x:c>
       <x:c r="O12" s="3" t="n">
-        <x:v>319625</x:v>
+        <x:v>412179</x:v>
       </x:c>
       <x:c r="P12" s="3" t="n">
-        <x:v>324478</x:v>
+        <x:v>418437</x:v>
       </x:c>
       <x:c r="Q12" s="3" t="n">
-        <x:v>333169</x:v>
+        <x:v>429644</x:v>
       </x:c>
       <x:c r="R12" s="3" t="n">
-        <x:v>340541</x:v>
+        <x:v>439150</x:v>
       </x:c>
       <x:c r="S12" s="3" t="n">
-        <x:v>355048</x:v>
+        <x:v>457859</x:v>
       </x:c>
       <x:c r="T12" s="3" t="n">
-        <x:v>351549</x:v>
+        <x:v>453346</x:v>
       </x:c>
       <x:c r="U12" s="3" t="n">
-        <x:v>362529</x:v>
+        <x:v>467506</x:v>
       </x:c>
       <x:c r="V12" s="3" t="n">
-        <x:v>378786</x:v>
+        <x:v>488470</x:v>
       </x:c>
       <x:c r="W12" s="3" t="n">
-        <x:v>400877</x:v>
+        <x:v>516959</x:v>
       </x:c>
       <x:c r="X12" s="3" t="n">
-        <x:v>425179</x:v>
+        <x:v>548297</x:v>
       </x:c>
       <x:c r="Y12" s="3" t="n">
-        <x:v>440596</x:v>
+        <x:v>568178</x:v>
       </x:c>
       <x:c r="Z12" s="3" t="n">
-        <x:v>446944</x:v>
+        <x:v>576364</x:v>
       </x:c>
       <x:c r="AA12" s="3" t="n">
-        <x:v>448462</x:v>
+        <x:v>583410</x:v>
       </x:c>
       <x:c r="AB12" s="3" t="n">
-        <x:v>461107</x:v>
+        <x:v>599782</x:v>
       </x:c>
       <x:c r="AC12" s="3" t="n">
-        <x:v>474531</x:v>
+        <x:v>617215</x:v>
       </x:c>
       <x:c r="AD12" s="3" t="n">
-        <x:v>491353</x:v>
+        <x:v>638951</x:v>
       </x:c>
       <x:c r="AE12" s="3" t="n">
-        <x:v>506831</x:v>
+        <x:v>659148</x:v>
       </x:c>
       <x:c r="AF12" s="3" t="n">
-        <x:v>517501</x:v>
+        <x:v>673308</x:v>
       </x:c>
       <x:c r="AG12" s="3" t="n">
-        <x:v>538215</x:v>
+        <x:v>700544</x:v>
       </x:c>
       <x:c r="AH12" s="3" t="n">
-        <x:v>557681</x:v>
+        <x:v>727065</x:v>
       </x:c>
       <x:c r="AI12" s="3" t="n">
-        <x:v>564461</x:v>
+        <x:v>736568</x:v>
       </x:c>
       <x:c r="AJ12" s="3" t="n">
-        <x:v>571318</x:v>
+        <x:v>745368</x:v>
       </x:c>
       <x:c r="AK12" s="3" t="n">
-        <x:v>582457</x:v>
+        <x:v>759392</x:v>
       </x:c>
       <x:c r="AL12" s="3" t="n">
-        <x:v>595300</x:v>
+        <x:v>775283</x:v>
       </x:c>
       <x:c r="AM12" s="3" t="n">
-        <x:v>607298</x:v>
+        <x:v>791747</x:v>
       </x:c>
       <x:c r="AN12" s="3" t="n">
-        <x:v>622860</x:v>
+        <x:v>813082</x:v>
       </x:c>
       <x:c r="AO12" s="3" t="n">
-        <x:v>649279</x:v>
+        <x:v>847806</x:v>
       </x:c>
       <x:c r="AP12" s="3" t="n">
-        <x:v>663520</x:v>
+        <x:v>868053</x:v>
       </x:c>
       <x:c r="AQ12" s="3" t="n">
-        <x:v>670771</x:v>
+        <x:v>878216</x:v>
       </x:c>
       <x:c r="AR12" s="3" t="n">
-        <x:v>680995</x:v>
+        <x:v>895987</x:v>
       </x:c>
       <x:c r="AS12" s="3" t="n">
-        <x:v>687576</x:v>
+        <x:v>906740</x:v>
       </x:c>
       <x:c r="AT12" s="3" t="n">
-        <x:v>706074</x:v>
+        <x:v>929006</x:v>
       </x:c>
       <x:c r="AU12" s="3" t="n">
-        <x:v>723005</x:v>
+        <x:v>952286</x:v>
       </x:c>
       <x:c r="AV12" s="3" t="n">
-        <x:v>739858</x:v>
+        <x:v>974562</x:v>
       </x:c>
       <x:c r="AW12" s="3" t="n">
-        <x:v>753814</x:v>
+        <x:v>994038</x:v>
       </x:c>
       <x:c r="AX12" s="3" t="n">
-        <x:v>758299</x:v>
+        <x:v>1000114</x:v>
       </x:c>
       <x:c r="AY12" s="3" t="n">
-        <x:v>766790</x:v>
+        <x:v>1010414</x:v>
       </x:c>
       <x:c r="AZ12" s="3" t="n">
-        <x:v>762817</x:v>
+        <x:v>1008643</x:v>
       </x:c>
       <x:c r="BA12" s="3" t="n">
-        <x:v>790403</x:v>
+        <x:v>1045194</x:v>
       </x:c>
       <x:c r="BB12" s="3" t="n">
-        <x:v>804849</x:v>
+        <x:v>1077053</x:v>
       </x:c>
       <x:c r="BC12" s="3" t="n">
-        <x:v>831873</x:v>
+        <x:v>1124028</x:v>
       </x:c>
       <x:c r="BD12" s="3" t="n">
-        <x:v>851553</x:v>
+        <x:v>1144039</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:56">
       <x:c r="A13" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>73539</x:v>
+        <x:v>92231</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>77773</x:v>
+        <x:v>97541</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>81063</x:v>
+        <x:v>101666</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>83293</x:v>
+        <x:v>104464</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
-        <x:v>85958</x:v>
+        <x:v>107806</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>91452</x:v>
+        <x:v>114696</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
-        <x:v>95937</x:v>
+        <x:v>120321</x:v>
       </x:c>
       <x:c r="I13" s="3" t="n">
-        <x:v>97649</x:v>
+        <x:v>122468</x:v>
       </x:c>
       <x:c r="J13" s="3" t="n">
-        <x:v>101543</x:v>
+        <x:v>127353</x:v>
       </x:c>
       <x:c r="K13" s="3" t="n">
-        <x:v>105757</x:v>
+        <x:v>132637</x:v>
       </x:c>
       <x:c r="L13" s="3" t="n">
-        <x:v>107442</x:v>
+        <x:v>134751</x:v>
       </x:c>
       <x:c r="M13" s="3" t="n">
-        <x:v>111744</x:v>
+        <x:v>140145</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>113610</x:v>
+        <x:v>142486</x:v>
       </x:c>
       <x:c r="O13" s="3" t="n">
-        <x:v>115951</x:v>
+        <x:v>145423</x:v>
       </x:c>
       <x:c r="P13" s="3" t="n">
-        <x:v>114513</x:v>
+        <x:v>143619</x:v>
       </x:c>
       <x:c r="Q13" s="3" t="n">
-        <x:v>114471</x:v>
+        <x:v>143567</x:v>
       </x:c>
       <x:c r="R13" s="3" t="n">
-        <x:v>116991</x:v>
+        <x:v>146727</x:v>
       </x:c>
       <x:c r="S13" s="3" t="n">
-        <x:v>122602</x:v>
+        <x:v>153764</x:v>
       </x:c>
       <x:c r="T13" s="3" t="n">
-        <x:v>119027</x:v>
+        <x:v>149281</x:v>
       </x:c>
       <x:c r="U13" s="3" t="n">
-        <x:v>128341</x:v>
+        <x:v>160961</x:v>
       </x:c>
       <x:c r="V13" s="3" t="n">
-        <x:v>138314</x:v>
+        <x:v>173469</x:v>
       </x:c>
       <x:c r="W13" s="3" t="n">
-        <x:v>148967</x:v>
+        <x:v>186830</x:v>
       </x:c>
       <x:c r="X13" s="3" t="n">
-        <x:v>160208</x:v>
+        <x:v>200928</x:v>
       </x:c>
       <x:c r="Y13" s="3" t="n">
-        <x:v>169104</x:v>
+        <x:v>212085</x:v>
       </x:c>
       <x:c r="Z13" s="3" t="n">
-        <x:v>169684</x:v>
+        <x:v>212813</x:v>
       </x:c>
       <x:c r="AA13" s="3" t="n">
-        <x:v>165418</x:v>
+        <x:v>210564</x:v>
       </x:c>
       <x:c r="AB13" s="3" t="n">
-        <x:v>170713</x:v>
+        <x:v>217611</x:v>
       </x:c>
       <x:c r="AC13" s="3" t="n">
-        <x:v>175641</x:v>
+        <x:v>223899</x:v>
       </x:c>
       <x:c r="AD13" s="3" t="n">
-        <x:v>179151</x:v>
+        <x:v>227859</x:v>
       </x:c>
       <x:c r="AE13" s="3" t="n">
-        <x:v>184246</x:v>
+        <x:v>234656</x:v>
       </x:c>
       <x:c r="AF13" s="3" t="n">
-        <x:v>189968</x:v>
+        <x:v>242148</x:v>
       </x:c>
       <x:c r="AG13" s="3" t="n">
-        <x:v>194822</x:v>
+        <x:v>248933</x:v>
       </x:c>
       <x:c r="AH13" s="3" t="n">
-        <x:v>277063</x:v>
+        <x:v>352920</x:v>
       </x:c>
       <x:c r="AI13" s="3" t="n">
-        <x:v>279556</x:v>
+        <x:v>356938</x:v>
       </x:c>
       <x:c r="AJ13" s="3" t="n">
-        <x:v>285499</x:v>
+        <x:v>365983</x:v>
       </x:c>
       <x:c r="AK13" s="3" t="n">
-        <x:v>292240</x:v>
+        <x:v>373797</x:v>
       </x:c>
       <x:c r="AL13" s="3" t="n">
-        <x:v>297346</x:v>
+        <x:v>379640</x:v>
       </x:c>
       <x:c r="AM13" s="3" t="n">
-        <x:v>303409</x:v>
+        <x:v>386142</x:v>
       </x:c>
       <x:c r="AN13" s="3" t="n">
-        <x:v>308928</x:v>
+        <x:v>393033</x:v>
       </x:c>
       <x:c r="AO13" s="3" t="n">
-        <x:v>323791</x:v>
+        <x:v>411458</x:v>
       </x:c>
       <x:c r="AP13" s="3" t="n">
-        <x:v>327307</x:v>
+        <x:v>417204</x:v>
       </x:c>
       <x:c r="AQ13" s="3" t="n">
-        <x:v>327238</x:v>
+        <x:v>417510</x:v>
       </x:c>
       <x:c r="AR13" s="3" t="n">
-        <x:v>332502</x:v>
+        <x:v>428122</x:v>
       </x:c>
       <x:c r="AS13" s="3" t="n">
-        <x:v>335711</x:v>
+        <x:v>433467</x:v>
       </x:c>
       <x:c r="AT13" s="3" t="n">
-        <x:v>347408</x:v>
+        <x:v>449337</x:v>
       </x:c>
       <x:c r="AU13" s="3" t="n">
-        <x:v>358024</x:v>
+        <x:v>464429</x:v>
       </x:c>
       <x:c r="AV13" s="3" t="n">
-        <x:v>368253</x:v>
+        <x:v>475394</x:v>
       </x:c>
       <x:c r="AW13" s="3" t="n">
-        <x:v>375115</x:v>
+        <x:v>483608</x:v>
       </x:c>
       <x:c r="AX13" s="3" t="n">
-        <x:v>375527</x:v>
+        <x:v>485156</x:v>
       </x:c>
       <x:c r="AY13" s="3" t="n">
-        <x:v>380607</x:v>
+        <x:v>492287</x:v>
       </x:c>
       <x:c r="AZ13" s="3" t="n">
-        <x:v>381886</x:v>
+        <x:v>492962</x:v>
       </x:c>
       <x:c r="BA13" s="3" t="n">
-        <x:v>396150</x:v>
+        <x:v>511507</x:v>
       </x:c>
       <x:c r="BB13" s="3" t="n">
-        <x:v>411431</x:v>
+        <x:v>535878</x:v>
       </x:c>
       <x:c r="BC13" s="3" t="n">
-        <x:v>424335</x:v>
+        <x:v>570294</x:v>
       </x:c>
       <x:c r="BD13" s="3" t="n">
-        <x:v>436693</x:v>
+        <x:v>586345</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:56">
       <x:c r="A14" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>45271</x:v>
+        <x:v>56660</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>49182</x:v>
+        <x:v>61554</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>52151</x:v>
+        <x:v>65271</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>54200</x:v>
+        <x:v>67835</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>57016</x:v>
+        <x:v>71359</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
-        <x:v>60569</x:v>
+        <x:v>75806</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
-        <x:v>64999</x:v>
+        <x:v>81350</x:v>
       </x:c>
       <x:c r="I14" s="3" t="n">
-        <x:v>67144</x:v>
+        <x:v>84036</x:v>
       </x:c>
       <x:c r="J14" s="3" t="n">
-        <x:v>68630</x:v>
+        <x:v>85896</x:v>
       </x:c>
       <x:c r="K14" s="3" t="n">
-        <x:v>71268</x:v>
+        <x:v>89196</x:v>
       </x:c>
       <x:c r="L14" s="3" t="n">
-        <x:v>72511</x:v>
+        <x:v>90752</x:v>
       </x:c>
       <x:c r="M14" s="3" t="n">
-        <x:v>76787</x:v>
+        <x:v>96105</x:v>
       </x:c>
       <x:c r="N14" s="3" t="n">
-        <x:v>78074</x:v>
+        <x:v>97715</x:v>
       </x:c>
       <x:c r="O14" s="3" t="n">
-        <x:v>79508</x:v>
+        <x:v>99509</x:v>
       </x:c>
       <x:c r="P14" s="3" t="n">
-        <x:v>77903</x:v>
+        <x:v>97501</x:v>
       </x:c>
       <x:c r="Q14" s="3" t="n">
-        <x:v>77489</x:v>
+        <x:v>96983</x:v>
       </x:c>
       <x:c r="R14" s="3" t="n">
-        <x:v>78677</x:v>
+        <x:v>98469</x:v>
       </x:c>
       <x:c r="S14" s="3" t="n">
-        <x:v>81652</x:v>
+        <x:v>102194</x:v>
       </x:c>
       <x:c r="T14" s="3" t="n">
-        <x:v>85937</x:v>
+        <x:v>107556</x:v>
       </x:c>
       <x:c r="U14" s="3" t="n">
-        <x:v>87112</x:v>
+        <x:v>109026</x:v>
       </x:c>
       <x:c r="V14" s="3" t="n">
-        <x:v>95823</x:v>
+        <x:v>119930</x:v>
       </x:c>
       <x:c r="W14" s="3" t="n">
-        <x:v>105808</x:v>
+        <x:v>132426</x:v>
       </x:c>
       <x:c r="X14" s="3" t="n">
-        <x:v>113832</x:v>
+        <x:v>142469</x:v>
       </x:c>
       <x:c r="Y14" s="3" t="n">
-        <x:v>122769</x:v>
+        <x:v>153654</x:v>
       </x:c>
       <x:c r="Z14" s="3" t="n">
-        <x:v>123856</x:v>
+        <x:v>155015</x:v>
       </x:c>
       <x:c r="AA14" s="3" t="n">
-        <x:v>121273</x:v>
+        <x:v>154853</x:v>
       </x:c>
       <x:c r="AB14" s="3" t="n">
-        <x:v>125779</x:v>
+        <x:v>160895</x:v>
       </x:c>
       <x:c r="AC14" s="3" t="n">
-        <x:v>129668</x:v>
+        <x:v>165870</x:v>
       </x:c>
       <x:c r="AD14" s="3" t="n">
-        <x:v>132181</x:v>
+        <x:v>168576</x:v>
       </x:c>
       <x:c r="AE14" s="3" t="n">
-        <x:v>136266</x:v>
+        <x:v>174092</x:v>
       </x:c>
       <x:c r="AF14" s="3" t="n">
-        <x:v>141904</x:v>
+        <x:v>181461</x:v>
       </x:c>
       <x:c r="AG14" s="3" t="n">
-        <x:v>147733</x:v>
+        <x:v>189455</x:v>
       </x:c>
       <x:c r="AH14" s="3" t="n">
-        <x:v>230118</x:v>
+        <x:v>293502</x:v>
       </x:c>
       <x:c r="AI14" s="3" t="n">
-        <x:v>233656</x:v>
+        <x:v>298830</x:v>
       </x:c>
       <x:c r="AJ14" s="3" t="n">
-        <x:v>239088</x:v>
+        <x:v>307219</x:v>
       </x:c>
       <x:c r="AK14" s="3" t="n">
-        <x:v>246866</x:v>
+        <x:v>316332</x:v>
       </x:c>
       <x:c r="AL14" s="3" t="n">
-        <x:v>253809</x:v>
+        <x:v>324467</x:v>
       </x:c>
       <x:c r="AM14" s="3" t="n">
-        <x:v>260325</x:v>
+        <x:v>331873</x:v>
       </x:c>
       <x:c r="AN14" s="3" t="n">
-        <x:v>266233</x:v>
+        <x:v>339332</x:v>
       </x:c>
       <x:c r="AO14" s="3" t="n">
-        <x:v>280810</x:v>
+        <x:v>357345</x:v>
       </x:c>
       <x:c r="AP14" s="3" t="n">
-        <x:v>283418</x:v>
+        <x:v>361735</x:v>
       </x:c>
       <x:c r="AQ14" s="3" t="n">
-        <x:v>284273</x:v>
+        <x:v>363474</x:v>
       </x:c>
       <x:c r="AR14" s="3" t="n">
-        <x:v>289829</x:v>
+        <x:v>373251</x:v>
       </x:c>
       <x:c r="AS14" s="3" t="n">
-        <x:v>293676</x:v>
+        <x:v>379402</x:v>
       </x:c>
       <x:c r="AT14" s="3" t="n">
-        <x:v>305282</x:v>
+        <x:v>395139</x:v>
       </x:c>
       <x:c r="AU14" s="3" t="n">
-        <x:v>314413</x:v>
+        <x:v>408327</x:v>
       </x:c>
       <x:c r="AV14" s="3" t="n">
-        <x:v>324878</x:v>
+        <x:v>419574</x:v>
       </x:c>
       <x:c r="AW14" s="3" t="n">
-        <x:v>331026</x:v>
+        <x:v>426870</x:v>
       </x:c>
       <x:c r="AX14" s="3" t="n">
-        <x:v>331300</x:v>
+        <x:v>428239</x:v>
       </x:c>
       <x:c r="AY14" s="3" t="n">
-        <x:v>335082</x:v>
+        <x:v>433711</x:v>
       </x:c>
       <x:c r="AZ14" s="3" t="n">
-        <x:v>335096</x:v>
+        <x:v>432779</x:v>
       </x:c>
       <x:c r="BA14" s="3" t="n">
-        <x:v>349582</x:v>
+        <x:v>451579</x:v>
       </x:c>
       <x:c r="BB14" s="3" t="n">
-        <x:v>362773</x:v>
+        <x:v>469219</x:v>
       </x:c>
       <x:c r="BC14" s="3" t="n">
-        <x:v>372905</x:v>
+        <x:v>499587</x:v>
       </x:c>
       <x:c r="BD14" s="3" t="n">
-        <x:v>381284</x:v>
+        <x:v>509937</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:56">
       <x:c r="A15" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>28915</x:v>
+        <x:v>36752</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>29189</x:v>
+        <x:v>37101</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>29456</x:v>
+        <x:v>37440</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>29600</x:v>
+        <x:v>37623</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
-        <x:v>29360</x:v>
+        <x:v>37319</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>31335</x:v>
+        <x:v>39828</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
-        <x:v>31279</x:v>
+        <x:v>39757</x:v>
       </x:c>
       <x:c r="I15" s="3" t="n">
-        <x:v>30812</x:v>
+        <x:v>39164</x:v>
       </x:c>
       <x:c r="J15" s="3" t="n">
-        <x:v>33261</x:v>
+        <x:v>42277</x:v>
       </x:c>
       <x:c r="K15" s="3" t="n">
-        <x:v>34854</x:v>
+        <x:v>44302</x:v>
       </x:c>
       <x:c r="L15" s="3" t="n">
-        <x:v>35301</x:v>
+        <x:v>44870</x:v>
       </x:c>
       <x:c r="M15" s="3" t="n">
-        <x:v>35315</x:v>
+        <x:v>44887</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>35901</x:v>
+        <x:v>45632</x:v>
       </x:c>
       <x:c r="O15" s="3" t="n">
-        <x:v>36819</x:v>
+        <x:v>46799</x:v>
       </x:c>
       <x:c r="P15" s="3" t="n">
-        <x:v>36988</x:v>
+        <x:v>47014</x:v>
       </x:c>
       <x:c r="Q15" s="3" t="n">
-        <x:v>37368</x:v>
+        <x:v>47497</x:v>
       </x:c>
       <x:c r="R15" s="3" t="n">
-        <x:v>38715</x:v>
+        <x:v>49210</x:v>
       </x:c>
       <x:c r="S15" s="3" t="n">
-        <x:v>41393</x:v>
+        <x:v>52613</x:v>
       </x:c>
       <x:c r="T15" s="3" t="n">
-        <x:v>33195</x:v>
+        <x:v>42193</x:v>
       </x:c>
       <x:c r="U15" s="3" t="n">
-        <x:v>41598</x:v>
+        <x:v>52874</x:v>
       </x:c>
       <x:c r="V15" s="3" t="n">
-        <x:v>42794</x:v>
+        <x:v>54394</x:v>
       </x:c>
       <x:c r="W15" s="3" t="n">
-        <x:v>43289</x:v>
+        <x:v>55023</x:v>
       </x:c>
       <x:c r="X15" s="3" t="n">
-        <x:v>46513</x:v>
+        <x:v>59121</x:v>
       </x:c>
       <x:c r="Y15" s="3" t="n">
-        <x:v>46367</x:v>
+        <x:v>58936</x:v>
       </x:c>
       <x:c r="Z15" s="3" t="n">
-        <x:v>45844</x:v>
+        <x:v>58270</x:v>
       </x:c>
       <x:c r="AA15" s="3" t="n">
-        <x:v>44145</x:v>
+        <x:v>56111</x:v>
       </x:c>
       <x:c r="AB15" s="3" t="n">
-        <x:v>44902</x:v>
+        <x:v>57073</x:v>
       </x:c>
       <x:c r="AC15" s="3" t="n">
-        <x:v>45931</x:v>
+        <x:v>58381</x:v>
       </x:c>
       <x:c r="AD15" s="3" t="n">
-        <x:v>46931</x:v>
+        <x:v>59652</x:v>
       </x:c>
       <x:c r="AE15" s="3" t="n">
-        <x:v>47926</x:v>
+        <x:v>60917</x:v>
       </x:c>
       <x:c r="AF15" s="3" t="n">
-        <x:v>47961</x:v>
+        <x:v>60961</x:v>
       </x:c>
       <x:c r="AG15" s="3" t="n">
-        <x:v>46964</x:v>
+        <x:v>59694</x:v>
       </x:c>
       <x:c r="AH15" s="3" t="n">
-        <x:v>46741</x:v>
+        <x:v>59411</x:v>
       </x:c>
       <x:c r="AI15" s="3" t="n">
-        <x:v>45688</x:v>
+        <x:v>58073</x:v>
       </x:c>
       <x:c r="AJ15" s="3" t="n">
-        <x:v>46191</x:v>
+        <x:v>58712</x:v>
       </x:c>
       <x:c r="AK15" s="3" t="n">
-        <x:v>45113</x:v>
+        <x:v>57342</x:v>
       </x:c>
       <x:c r="AL15" s="3" t="n">
-        <x:v>43315</x:v>
+        <x:v>55056</x:v>
       </x:c>
       <x:c r="AM15" s="3" t="n">
-        <x:v>42912</x:v>
+        <x:v>54195</x:v>
       </x:c>
       <x:c r="AN15" s="3" t="n">
-        <x:v>42575</x:v>
+        <x:v>53677</x:v>
       </x:c>
       <x:c r="AO15" s="3" t="n">
-        <x:v>42926</x:v>
+        <x:v>54144</x:v>
       </x:c>
       <x:c r="AP15" s="3" t="n">
-        <x:v>43808</x:v>
+        <x:v>55475</x:v>
       </x:c>
       <x:c r="AQ15" s="3" t="n">
-        <x:v>42911</x:v>
+        <x:v>54065</x:v>
       </x:c>
       <x:c r="AR15" s="3" t="n">
-        <x:v>42625</x:v>
+        <x:v>54896</x:v>
       </x:c>
       <x:c r="AS15" s="3" t="n">
-        <x:v>42007</x:v>
+        <x:v>54100</x:v>
       </x:c>
       <x:c r="AT15" s="3" t="n">
-        <x:v>42132</x:v>
+        <x:v>54261</x:v>
       </x:c>
       <x:c r="AU15" s="3" t="n">
-        <x:v>43611</x:v>
+        <x:v>56166</x:v>
       </x:c>
       <x:c r="AV15" s="3" t="n">
-        <x:v>43375</x:v>
+        <x:v>55862</x:v>
       </x:c>
       <x:c r="AW15" s="3" t="n">
-        <x:v>44089</x:v>
+        <x:v>56782</x:v>
       </x:c>
       <x:c r="AX15" s="3" t="n">
-        <x:v>44228</x:v>
+        <x:v>56960</x:v>
       </x:c>
       <x:c r="AY15" s="3" t="n">
-        <x:v>45518</x:v>
+        <x:v>58622</x:v>
       </x:c>
       <x:c r="AZ15" s="3" t="n">
-        <x:v>46789</x:v>
+        <x:v>60259</x:v>
       </x:c>
       <x:c r="BA15" s="3" t="n">
-        <x:v>46496</x:v>
+        <x:v>59882</x:v>
       </x:c>
       <x:c r="BB15" s="3" t="n">
-        <x:v>48584</x:v>
+        <x:v>66669</x:v>
       </x:c>
       <x:c r="BC15" s="3" t="n">
-        <x:v>51318</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="BD15" s="3" t="n">
-        <x:v>55226</x:v>
+        <x:v>76408</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:56">
       <x:c r="A16" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>102596</x:v>
+        <x:v>136021</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>110869</x:v>
+        <x:v>146989</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>116290</x:v>
+        <x:v>154177</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>124453</x:v>
+        <x:v>164999</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
-        <x:v>129340</x:v>
+        <x:v>171479</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
-        <x:v>140301</x:v>
+        <x:v>186010</x:v>
       </x:c>
       <x:c r="H16" s="3" t="n">
-        <x:v>150314</x:v>
+        <x:v>199286</x:v>
       </x:c>
       <x:c r="I16" s="3" t="n">
-        <x:v>159371</x:v>
+        <x:v>211293</x:v>
       </x:c>
       <x:c r="J16" s="3" t="n">
-        <x:v>168328</x:v>
+        <x:v>223169</x:v>
       </x:c>
       <x:c r="K16" s="3" t="n">
-        <x:v>178046</x:v>
+        <x:v>236052</x:v>
       </x:c>
       <x:c r="L16" s="3" t="n">
-        <x:v>189349</x:v>
+        <x:v>251038</x:v>
       </x:c>
       <x:c r="M16" s="3" t="n">
-        <x:v>194967</x:v>
+        <x:v>258487</x:v>
       </x:c>
       <x:c r="N16" s="3" t="n">
-        <x:v>200852</x:v>
+        <x:v>266289</x:v>
       </x:c>
       <x:c r="O16" s="3" t="n">
-        <x:v>208202</x:v>
+        <x:v>276034</x:v>
       </x:c>
       <x:c r="P16" s="3" t="n">
-        <x:v>215179</x:v>
+        <x:v>285283</x:v>
       </x:c>
       <x:c r="Q16" s="3" t="n">
-        <x:v>224663</x:v>
+        <x:v>297858</x:v>
       </x:c>
       <x:c r="R16" s="3" t="n">
-        <x:v>229650</x:v>
+        <x:v>304469</x:v>
       </x:c>
       <x:c r="S16" s="3" t="n">
-        <x:v>238691</x:v>
+        <x:v>316456</x:v>
       </x:c>
       <x:c r="T16" s="3" t="n">
-        <x:v>239088</x:v>
+        <x:v>316982</x:v>
       </x:c>
       <x:c r="U16" s="3" t="n">
-        <x:v>240097</x:v>
+        <x:v>318320</x:v>
       </x:c>
       <x:c r="V16" s="3" t="n">
-        <x:v>246015</x:v>
+        <x:v>326166</x:v>
       </x:c>
       <x:c r="W16" s="3" t="n">
-        <x:v>257403</x:v>
+        <x:v>341264</x:v>
       </x:c>
       <x:c r="X16" s="3" t="n">
-        <x:v>270460</x:v>
+        <x:v>358574</x:v>
       </x:c>
       <x:c r="Y16" s="3" t="n">
-        <x:v>276713</x:v>
+        <x:v>366866</x:v>
       </x:c>
       <x:c r="Z16" s="3" t="n">
-        <x:v>282855</x:v>
+        <x:v>375008</x:v>
       </x:c>
       <x:c r="AA16" s="3" t="n">
-        <x:v>289415</x:v>
+        <x:v>385522</x:v>
       </x:c>
       <x:c r="AB16" s="3" t="n">
-        <x:v>296848</x:v>
+        <x:v>394954</x:v>
       </x:c>
       <x:c r="AC16" s="3" t="n">
-        <x:v>305538</x:v>
+        <x:v>406479</x:v>
       </x:c>
       <x:c r="AD16" s="3" t="n">
-        <x:v>319485</x:v>
+        <x:v>425536</x:v>
       </x:c>
       <x:c r="AE16" s="3" t="n">
-        <x:v>330178</x:v>
+        <x:v>439478</x:v>
       </x:c>
       <x:c r="AF16" s="3" t="n">
-        <x:v>335010</x:v>
+        <x:v>445948</x:v>
       </x:c>
       <x:c r="AG16" s="3" t="n">
-        <x:v>351554</x:v>
+        <x:v>467602</x:v>
       </x:c>
       <x:c r="AH16" s="3" t="n">
-        <x:v>280558</x:v>
+        <x:v>374582</x:v>
       </x:c>
       <x:c r="AI16" s="3" t="n">
-        <x:v>284929</x:v>
+        <x:v>380164</x:v>
       </x:c>
       <x:c r="AJ16" s="3" t="n">
-        <x:v>285653</x:v>
+        <x:v>379312</x:v>
       </x:c>
       <x:c r="AK16" s="3" t="n">
-        <x:v>289961</x:v>
+        <x:v>385400</x:v>
       </x:c>
       <x:c r="AL16" s="3" t="n">
-        <x:v>297773</x:v>
+        <x:v>395681</x:v>
       </x:c>
       <x:c r="AM16" s="3" t="n">
-        <x:v>303700</x:v>
+        <x:v>405838</x:v>
       </x:c>
       <x:c r="AN16" s="3" t="n">
-        <x:v>313850</x:v>
+        <x:v>420670</x:v>
       </x:c>
       <x:c r="AO16" s="3" t="n">
-        <x:v>325344</x:v>
+        <x:v>436840</x:v>
       </x:c>
       <x:c r="AP16" s="3" t="n">
-        <x:v>336136</x:v>
+        <x:v>451659</x:v>
       </x:c>
       <x:c r="AQ16" s="3" t="n">
-        <x:v>343542</x:v>
+        <x:v>461876</x:v>
       </x:c>
       <x:c r="AR16" s="3" t="n">
-        <x:v>348493</x:v>
+        <x:v>468877</x:v>
       </x:c>
       <x:c r="AS16" s="3" t="n">
-        <x:v>351865</x:v>
+        <x:v>474285</x:v>
       </x:c>
       <x:c r="AT16" s="3" t="n">
-        <x:v>358660</x:v>
+        <x:v>480441</x:v>
       </x:c>
       <x:c r="AU16" s="3" t="n">
-        <x:v>364981</x:v>
+        <x:v>488468</x:v>
       </x:c>
       <x:c r="AV16" s="3" t="n">
-        <x:v>371605</x:v>
+        <x:v>499789</x:v>
       </x:c>
       <x:c r="AW16" s="3" t="n">
-        <x:v>378698</x:v>
+        <x:v>511120</x:v>
       </x:c>
       <x:c r="AX16" s="3" t="n">
-        <x:v>382732</x:v>
+        <x:v>515702</x:v>
       </x:c>
       <x:c r="AY16" s="3" t="n">
-        <x:v>386164</x:v>
+        <x:v>518807</x:v>
       </x:c>
       <x:c r="AZ16" s="3" t="n">
-        <x:v>381016</x:v>
+        <x:v>516320</x:v>
       </x:c>
       <x:c r="BA16" s="3" t="n">
-        <x:v>394347</x:v>
+        <x:v>534316</x:v>
       </x:c>
       <x:c r="BB16" s="3" t="n">
-        <x:v>393675</x:v>
+        <x:v>541469</x:v>
       </x:c>
       <x:c r="BC16" s="3" t="n">
-        <x:v>407773</x:v>
+        <x:v>553734</x:v>
       </x:c>
       <x:c r="BD16" s="3" t="n">
-        <x:v>415178</x:v>
+        <x:v>557694</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:56">
       <x:c r="A17" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>224266</x:v>
+        <x:v>290975</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>260791</x:v>
+        <x:v>338273</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>254067</x:v>
+        <x:v>329652</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>283790</x:v>
+        <x:v>368164</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
-        <x:v>300864</x:v>
+        <x:v>390255</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>330552</x:v>
+        <x:v>428669</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
-        <x:v>363308</x:v>
+        <x:v>471124</x:v>
       </x:c>
       <x:c r="I17" s="3" t="n">
-        <x:v>374365</x:v>
+        <x:v>485471</x:v>
       </x:c>
       <x:c r="J17" s="3" t="n">
-        <x:v>333394</x:v>
+        <x:v>432375</x:v>
       </x:c>
       <x:c r="K17" s="3" t="n">
-        <x:v>339808</x:v>
+        <x:v>440692</x:v>
       </x:c>
       <x:c r="L17" s="3" t="n">
-        <x:v>335731</x:v>
+        <x:v>435359</x:v>
       </x:c>
       <x:c r="M17" s="3" t="n">
-        <x:v>352653</x:v>
+        <x:v>457330</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>355455</x:v>
+        <x:v>461185</x:v>
       </x:c>
       <x:c r="O17" s="3" t="n">
-        <x:v>375018</x:v>
+        <x:v>486337</x:v>
       </x:c>
       <x:c r="P17" s="3" t="n">
-        <x:v>379878</x:v>
+        <x:v>492601</x:v>
       </x:c>
       <x:c r="Q17" s="3" t="n">
-        <x:v>367859</x:v>
+        <x:v>477017</x:v>
       </x:c>
       <x:c r="R17" s="3" t="n">
-        <x:v>395078</x:v>
+        <x:v>512587</x:v>
       </x:c>
       <x:c r="S17" s="3" t="n">
-        <x:v>398120</x:v>
+        <x:v>516423</x:v>
       </x:c>
       <x:c r="T17" s="3" t="n">
-        <x:v>394100</x:v>
+        <x:v>511290</x:v>
       </x:c>
       <x:c r="U17" s="3" t="n">
-        <x:v>367517</x:v>
+        <x:v>476871</x:v>
       </x:c>
       <x:c r="V17" s="3" t="n">
-        <x:v>329618</x:v>
+        <x:v>427769</x:v>
       </x:c>
       <x:c r="W17" s="3" t="n">
-        <x:v>328309</x:v>
+        <x:v>426181</x:v>
       </x:c>
       <x:c r="X17" s="3" t="n">
-        <x:v>321834</x:v>
+        <x:v>417746</x:v>
       </x:c>
       <x:c r="Y17" s="3" t="n">
-        <x:v>338749</x:v>
+        <x:v>441280</x:v>
       </x:c>
       <x:c r="Z17" s="3" t="n">
-        <x:v>356543</x:v>
+        <x:v>462942</x:v>
       </x:c>
       <x:c r="AA17" s="3" t="n">
-        <x:v>368050</x:v>
+        <x:v>478675</x:v>
       </x:c>
       <x:c r="AB17" s="3" t="n">
-        <x:v>402500</x:v>
+        <x:v>522647</x:v>
       </x:c>
       <x:c r="AC17" s="3" t="n">
-        <x:v>461910</x:v>
+        <x:v>599810</x:v>
       </x:c>
       <x:c r="AD17" s="3" t="n">
-        <x:v>518774</x:v>
+        <x:v>673393</x:v>
       </x:c>
       <x:c r="AE17" s="3" t="n">
-        <x:v>493206</x:v>
+        <x:v>640662</x:v>
       </x:c>
       <x:c r="AF17" s="3" t="n">
-        <x:v>476980</x:v>
+        <x:v>619683</x:v>
       </x:c>
       <x:c r="AG17" s="3" t="n">
-        <x:v>474057</x:v>
+        <x:v>618825</x:v>
       </x:c>
       <x:c r="AH17" s="3" t="n">
-        <x:v>472381</x:v>
+        <x:v>620175</x:v>
       </x:c>
       <x:c r="AI17" s="3" t="n">
-        <x:v>474691</x:v>
+        <x:v>622840</x:v>
       </x:c>
       <x:c r="AJ17" s="3" t="n">
-        <x:v>522858</x:v>
+        <x:v>697593</x:v>
       </x:c>
       <x:c r="AK17" s="3" t="n">
-        <x:v>584997</x:v>
+        <x:v>772100</x:v>
       </x:c>
       <x:c r="AL17" s="3" t="n">
-        <x:v>638035</x:v>
+        <x:v>853389</x:v>
       </x:c>
       <x:c r="AM17" s="3" t="n">
-        <x:v>716207</x:v>
+        <x:v>969446</x:v>
       </x:c>
       <x:c r="AN17" s="3" t="n">
-        <x:v>724299</x:v>
+        <x:v>996750</x:v>
       </x:c>
       <x:c r="AO17" s="3" t="n">
-        <x:v>673484</x:v>
+        <x:v>922425</x:v>
       </x:c>
       <x:c r="AP17" s="3" t="n">
-        <x:v>630238</x:v>
+        <x:v>859886</x:v>
       </x:c>
       <x:c r="AQ17" s="3" t="n">
-        <x:v>677197</x:v>
+        <x:v>932445</x:v>
       </x:c>
       <x:c r="AR17" s="3" t="n">
-        <x:v>728275</x:v>
+        <x:v>1003265</x:v>
       </x:c>
       <x:c r="AS17" s="3" t="n">
-        <x:v>774406</x:v>
+        <x:v>1067219</x:v>
       </x:c>
       <x:c r="AT17" s="3" t="n">
-        <x:v>772455</x:v>
+        <x:v>1073462</x:v>
       </x:c>
       <x:c r="AU17" s="3" t="n">
-        <x:v>741527</x:v>
+        <x:v>1034265</x:v>
       </x:c>
       <x:c r="AV17" s="3" t="n">
-        <x:v>770766</x:v>
+        <x:v>1084081</x:v>
       </x:c>
       <x:c r="AW17" s="3" t="n">
-        <x:v>791074</x:v>
+        <x:v>1111482</x:v>
       </x:c>
       <x:c r="AX17" s="3" t="n">
-        <x:v>808670</x:v>
+        <x:v>1136731</x:v>
       </x:c>
       <x:c r="AY17" s="3" t="n">
-        <x:v>885602</x:v>
+        <x:v>1258027</x:v>
       </x:c>
       <x:c r="AZ17" s="3" t="n">
-        <x:v>849271</x:v>
+        <x:v>1210788</x:v>
       </x:c>
       <x:c r="BA17" s="3" t="n">
-        <x:v>855160</x:v>
+        <x:v>1229564</x:v>
       </x:c>
       <x:c r="BB17" s="3" t="n">
-        <x:v>857681</x:v>
+        <x:v>1228322</x:v>
       </x:c>
       <x:c r="BC17" s="3" t="n">
-        <x:v>844399</x:v>
+        <x:v>1197784</x:v>
       </x:c>
       <x:c r="BD17" s="3" t="n">
-        <x:v>832855</x:v>
+        <x:v>1181027</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:56">
       <x:c r="A18" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>3674</x:v>
+        <x:v>4185</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
-        <x:v>7723</x:v>
+        <x:v>8798</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
-        <x:v>13142</x:v>
+        <x:v>14972</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
-        <x:v>23024</x:v>
+        <x:v>26231</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
-        <x:v>42901</x:v>
+        <x:v>48877</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
-        <x:v>51972</x:v>
+        <x:v>59211</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
-        <x:v>70397</x:v>
+        <x:v>80203</x:v>
       </x:c>
       <x:c r="I18" s="3" t="n">
-        <x:v>78174</x:v>
+        <x:v>89062</x:v>
       </x:c>
       <x:c r="J18" s="3" t="n">
-        <x:v>39668</x:v>
+        <x:v>45193</x:v>
       </x:c>
       <x:c r="K18" s="3" t="n">
-        <x:v>60687</x:v>
+        <x:v>69140</x:v>
       </x:c>
       <x:c r="L18" s="3" t="n">
-        <x:v>55380</x:v>
+        <x:v>63094</x:v>
       </x:c>
       <x:c r="M18" s="3" t="n">
-        <x:v>50334</x:v>
+        <x:v>57344</x:v>
       </x:c>
       <x:c r="N18" s="3" t="n">
-        <x:v>57954</x:v>
+        <x:v>66026</x:v>
       </x:c>
       <x:c r="O18" s="3" t="n">
-        <x:v>99695</x:v>
+        <x:v>113581</x:v>
       </x:c>
       <x:c r="P18" s="3" t="n">
-        <x:v>114130</x:v>
+        <x:v>130027</x:v>
       </x:c>
       <x:c r="Q18" s="3" t="n">
-        <x:v>103116</x:v>
+        <x:v>117479</x:v>
       </x:c>
       <x:c r="R18" s="3" t="n">
-        <x:v>98831</x:v>
+        <x:v>112597</x:v>
       </x:c>
       <x:c r="S18" s="3" t="n">
-        <x:v>92417</x:v>
+        <x:v>105289</x:v>
       </x:c>
       <x:c r="T18" s="3" t="n">
-        <x:v>75075</x:v>
+        <x:v>85532</x:v>
       </x:c>
       <x:c r="U18" s="3" t="n">
-        <x:v>77852</x:v>
+        <x:v>88696</x:v>
       </x:c>
       <x:c r="V18" s="3" t="n">
-        <x:v>76111</x:v>
+        <x:v>86712</x:v>
       </x:c>
       <x:c r="W18" s="3" t="n">
-        <x:v>99277</x:v>
+        <x:v>113105</x:v>
       </x:c>
       <x:c r="X18" s="3" t="n">
-        <x:v>111312</x:v>
+        <x:v>126816</x:v>
       </x:c>
       <x:c r="Y18" s="3" t="n">
-        <x:v>124508</x:v>
+        <x:v>141850</x:v>
       </x:c>
       <x:c r="Z18" s="3" t="n">
-        <x:v>118439</x:v>
+        <x:v>134935</x:v>
       </x:c>
       <x:c r="AA18" s="3" t="n">
-        <x:v>101748</x:v>
+        <x:v>115921</x:v>
       </x:c>
       <x:c r="AB18" s="3" t="n">
-        <x:v>96225</x:v>
+        <x:v>109628</x:v>
       </x:c>
       <x:c r="AC18" s="3" t="n">
-        <x:v>119428</x:v>
+        <x:v>136063</x:v>
       </x:c>
       <x:c r="AD18" s="3" t="n">
-        <x:v>145286</x:v>
+        <x:v>165523</x:v>
       </x:c>
       <x:c r="AE18" s="3" t="n">
-        <x:v>127077</x:v>
+        <x:v>144777</x:v>
       </x:c>
       <x:c r="AF18" s="3" t="n">
-        <x:v>98992</x:v>
+        <x:v>112780</x:v>
       </x:c>
       <x:c r="AG18" s="3" t="n">
-        <x:v>95992</x:v>
+        <x:v>109807</x:v>
       </x:c>
       <x:c r="AH18" s="3" t="n">
-        <x:v>90808</x:v>
+        <x:v>104317</x:v>
       </x:c>
       <x:c r="AI18" s="3" t="n">
-        <x:v>103366</x:v>
+        <x:v>119185</x:v>
       </x:c>
       <x:c r="AJ18" s="3" t="n">
-        <x:v>114224</x:v>
+        <x:v>132136</x:v>
       </x:c>
       <x:c r="AK18" s="3" t="n">
-        <x:v>136737</x:v>
+        <x:v>158690</x:v>
       </x:c>
       <x:c r="AL18" s="3" t="n">
-        <x:v>141059</x:v>
+        <x:v>164535</x:v>
       </x:c>
       <x:c r="AM18" s="3" t="n">
-        <x:v>154199</x:v>
+        <x:v>180682</x:v>
       </x:c>
       <x:c r="AN18" s="3" t="n">
-        <x:v>162615</x:v>
+        <x:v>191414</x:v>
       </x:c>
       <x:c r="AO18" s="3" t="n">
-        <x:v>167296</x:v>
+        <x:v>197787</x:v>
       </x:c>
       <x:c r="AP18" s="3" t="n">
-        <x:v>153929</x:v>
+        <x:v>182667</x:v>
       </x:c>
       <x:c r="AQ18" s="3" t="n">
-        <x:v>171513</x:v>
+        <x:v>204368</x:v>
       </x:c>
       <x:c r="AR18" s="3" t="n">
-        <x:v>196533</x:v>
+        <x:v>235178</x:v>
       </x:c>
       <x:c r="AS18" s="3" t="n">
-        <x:v>233906</x:v>
+        <x:v>280753</x:v>
       </x:c>
       <x:c r="AT18" s="3" t="n">
-        <x:v>229738</x:v>
+        <x:v>276789</x:v>
       </x:c>
       <x:c r="AU18" s="3" t="n">
-        <x:v>201658</x:v>
+        <x:v>243795</x:v>
       </x:c>
       <x:c r="AV18" s="3" t="n">
-        <x:v>169316</x:v>
+        <x:v>205727</x:v>
       </x:c>
       <x:c r="AW18" s="3" t="n">
-        <x:v>160225</x:v>
+        <x:v>195392</x:v>
       </x:c>
       <x:c r="AX18" s="3" t="n">
-        <x:v>161397</x:v>
+        <x:v>197682</x:v>
       </x:c>
       <x:c r="AY18" s="3" t="n">
-        <x:v>184530</x:v>
+        <x:v>227008</x:v>
       </x:c>
       <x:c r="AZ18" s="3" t="n">
-        <x:v>178360</x:v>
+        <x:v>220225</x:v>
       </x:c>
       <x:c r="BA18" s="3" t="n">
-        <x:v>176839</x:v>
+        <x:v>219052</x:v>
       </x:c>
       <x:c r="BB18" s="3" t="n">
-        <x:v>166270</x:v>
+        <x:v>206850</x:v>
       </x:c>
       <x:c r="BC18" s="3" t="n">
-        <x:v>183213</x:v>
+        <x:v>233063</x:v>
       </x:c>
       <x:c r="BD18" s="3" t="n">
-        <x:v>201136</x:v>
+        <x:v>244283</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:56">
       <x:c r="A19" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>26697</x:v>
+        <x:v>58809</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>33023</x:v>
+        <x:v>72755</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
-        <x:v>29532</x:v>
+        <x:v>65045</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
-        <x:v>39653</x:v>
+        <x:v>87337</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
-        <x:v>30752</x:v>
+        <x:v>67726</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
-        <x:v>38583</x:v>
+        <x:v>84972</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
-        <x:v>41622</x:v>
+        <x:v>91671</x:v>
       </x:c>
       <x:c r="I19" s="3" t="n">
-        <x:v>35030</x:v>
+        <x:v>77130</x:v>
       </x:c>
       <x:c r="J19" s="3" t="n">
-        <x:v>21627</x:v>
+        <x:v>47592</x:v>
       </x:c>
       <x:c r="K19" s="3" t="n">
-        <x:v>22099</x:v>
+        <x:v>48642</x:v>
       </x:c>
       <x:c r="L19" s="3" t="n">
-        <x:v>14202</x:v>
+        <x:v>31262</x:v>
       </x:c>
       <x:c r="M19" s="3" t="n">
-        <x:v>25245</x:v>
+        <x:v>55585</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>31720</x:v>
+        <x:v>69825</x:v>
       </x:c>
       <x:c r="O19" s="3" t="n">
-        <x:v>21861</x:v>
+        <x:v>48097</x:v>
       </x:c>
       <x:c r="P19" s="3" t="n">
-        <x:v>18357</x:v>
+        <x:v>40349</x:v>
       </x:c>
       <x:c r="Q19" s="3" t="n">
-        <x:v>22753</x:v>
+        <x:v>49889</x:v>
       </x:c>
       <x:c r="R19" s="3" t="n">
-        <x:v>15618</x:v>
+        <x:v>34177</x:v>
       </x:c>
       <x:c r="S19" s="3" t="n">
-        <x:v>14637</x:v>
+        <x:v>32084</x:v>
       </x:c>
       <x:c r="T19" s="3" t="n">
-        <x:v>20545</x:v>
+        <x:v>45227</x:v>
       </x:c>
       <x:c r="U19" s="3" t="n">
-        <x:v>28989</x:v>
+        <x:v>63828</x:v>
       </x:c>
       <x:c r="V19" s="3" t="n">
-        <x:v>19586</x:v>
+        <x:v>43071</x:v>
       </x:c>
       <x:c r="W19" s="3" t="n">
-        <x:v>18006</x:v>
+        <x:v>39570</x:v>
       </x:c>
       <x:c r="X19" s="3" t="n">
-        <x:v>10239</x:v>
+        <x:v>22482</x:v>
       </x:c>
       <x:c r="Y19" s="3" t="n">
-        <x:v>15091</x:v>
+        <x:v>33176</x:v>
       </x:c>
       <x:c r="Z19" s="3" t="n">
-        <x:v>12949</x:v>
+        <x:v>28467</x:v>
       </x:c>
       <x:c r="AA19" s="3" t="n">
-        <x:v>12038</x:v>
+        <x:v>26457</x:v>
       </x:c>
       <x:c r="AB19" s="3" t="n">
-        <x:v>11943</x:v>
+        <x:v>26268</x:v>
       </x:c>
       <x:c r="AC19" s="3" t="n">
-        <x:v>18468</x:v>
+        <x:v>40649</x:v>
       </x:c>
       <x:c r="AD19" s="3" t="n">
-        <x:v>19558</x:v>
+        <x:v>43065</x:v>
       </x:c>
       <x:c r="AE19" s="3" t="n">
-        <x:v>18125</x:v>
+        <x:v>39901</x:v>
       </x:c>
       <x:c r="AF19" s="3" t="n">
-        <x:v>22107</x:v>
+        <x:v>48671</x:v>
       </x:c>
       <x:c r="AG19" s="3" t="n">
-        <x:v>17676</x:v>
+        <x:v>39223</x:v>
       </x:c>
       <x:c r="AH19" s="3" t="n">
-        <x:v>6551</x:v>
+        <x:v>14672</x:v>
       </x:c>
       <x:c r="AI19" s="3" t="n">
-        <x:v>14783</x:v>
+        <x:v>33346</x:v>
       </x:c>
       <x:c r="AJ19" s="3" t="n">
-        <x:v>12245</x:v>
+        <x:v>27861</x:v>
       </x:c>
       <x:c r="AK19" s="3" t="n">
-        <x:v>8316</x:v>
+        <x:v>19066</x:v>
       </x:c>
       <x:c r="AL19" s="3" t="n">
-        <x:v>13567</x:v>
+        <x:v>31488</x:v>
       </x:c>
       <x:c r="AM19" s="3" t="n">
-        <x:v>12364</x:v>
+        <x:v>28833</x:v>
       </x:c>
       <x:c r="AN19" s="3" t="n">
-        <x:v>6663</x:v>
+        <x:v>15322</x:v>
       </x:c>
       <x:c r="AO19" s="3" t="n">
-        <x:v>9145</x:v>
+        <x:v>22002</x:v>
       </x:c>
       <x:c r="AP19" s="3" t="n">
-        <x:v>10069</x:v>
+        <x:v>24470</x:v>
       </x:c>
       <x:c r="AQ19" s="3" t="n">
-        <x:v>14576</x:v>
+        <x:v>35489</x:v>
       </x:c>
       <x:c r="AR19" s="3" t="n">
-        <x:v>7613</x:v>
+        <x:v>18742</x:v>
       </x:c>
       <x:c r="AS19" s="3" t="n">
-        <x:v>2464</x:v>
+        <x:v>5969</x:v>
       </x:c>
       <x:c r="AT19" s="3" t="n">
-        <x:v>4002</x:v>
+        <x:v>9525</x:v>
       </x:c>
       <x:c r="AU19" s="3" t="n">
-        <x:v>-867</x:v>
+        <x:v>-1398</x:v>
       </x:c>
       <x:c r="AV19" s="3" t="n">
-        <x:v>9606</x:v>
+        <x:v>24676</x:v>
       </x:c>
       <x:c r="AW19" s="3" t="n">
-        <x:v>7017</x:v>
+        <x:v>17386</x:v>
       </x:c>
       <x:c r="AX19" s="3" t="n">
-        <x:v>6964</x:v>
+        <x:v>17895</x:v>
       </x:c>
       <x:c r="AY19" s="3" t="n">
-        <x:v>11727</x:v>
+        <x:v>30782</x:v>
       </x:c>
       <x:c r="AZ19" s="3" t="n">
-        <x:v>9271</x:v>
+        <x:v>24740</x:v>
       </x:c>
       <x:c r="BA19" s="3" t="n">
-        <x:v>7339</x:v>
+        <x:v>20372</x:v>
       </x:c>
       <x:c r="BB19" s="3" t="n">
-        <x:v>7209</x:v>
+        <x:v>19852</x:v>
       </x:c>
       <x:c r="BC19" s="3" t="n">
-        <x:v>1209</x:v>
+        <x:v>21394</x:v>
       </x:c>
       <x:c r="BD19" s="3" t="n">
-        <x:v>3895</x:v>
+        <x:v>9009</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:56">
       <x:c r="A20" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>154283</x:v>
+        <x:v>205757</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
-        <x:v>169005</x:v>
+        <x:v>225348</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
-        <x:v>177829</x:v>
+        <x:v>237159</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
-        <x:v>188197</x:v>
+        <x:v>250972</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
-        <x:v>199880</x:v>
+        <x:v>266502</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
-        <x:v>212955</x:v>
+        <x:v>283874</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
-        <x:v>224385</x:v>
+        <x:v>299114</x:v>
       </x:c>
       <x:c r="I20" s="3" t="n">
-        <x:v>242334</x:v>
+        <x:v>323019</x:v>
       </x:c>
       <x:c r="J20" s="3" t="n">
-        <x:v>248819</x:v>
+        <x:v>331617</x:v>
       </x:c>
       <x:c r="K20" s="3" t="n">
-        <x:v>238056</x:v>
+        <x:v>317306</x:v>
       </x:c>
       <x:c r="L20" s="3" t="n">
-        <x:v>241545</x:v>
+        <x:v>321903</x:v>
       </x:c>
       <x:c r="M20" s="3" t="n">
-        <x:v>249935</x:v>
+        <x:v>333117</x:v>
       </x:c>
       <x:c r="N20" s="3" t="n">
-        <x:v>247205</x:v>
+        <x:v>329685</x:v>
       </x:c>
       <x:c r="O20" s="3" t="n">
-        <x:v>244747</x:v>
+        <x:v>326251</x:v>
       </x:c>
       <x:c r="P20" s="3" t="n">
-        <x:v>247957</x:v>
+        <x:v>330494</x:v>
       </x:c>
       <x:c r="Q20" s="3" t="n">
-        <x:v>263867</x:v>
+        <x:v>351637</x:v>
       </x:c>
       <x:c r="R20" s="3" t="n">
-        <x:v>299643</x:v>
+        <x:v>399531</x:v>
       </x:c>
       <x:c r="S20" s="3" t="n">
-        <x:v>298841</x:v>
+        <x:v>398366</x:v>
       </x:c>
       <x:c r="T20" s="3" t="n">
-        <x:v>282263</x:v>
+        <x:v>376383</x:v>
       </x:c>
       <x:c r="U20" s="3" t="n">
-        <x:v>244409</x:v>
+        <x:v>326034</x:v>
       </x:c>
       <x:c r="V20" s="3" t="n">
-        <x:v>234988</x:v>
+        <x:v>313476</x:v>
       </x:c>
       <x:c r="W20" s="3" t="n">
-        <x:v>222837</x:v>
+        <x:v>297420</x:v>
       </x:c>
       <x:c r="X20" s="3" t="n">
-        <x:v>215462</x:v>
+        <x:v>287561</x:v>
       </x:c>
       <x:c r="Y20" s="3" t="n">
-        <x:v>211735</x:v>
+        <x:v>284209</x:v>
       </x:c>
       <x:c r="Z20" s="3" t="n">
-        <x:v>235448</x:v>
+        <x:v>314386</x:v>
       </x:c>
       <x:c r="AA20" s="3" t="n">
-        <x:v>262539</x:v>
+        <x:v>351241</x:v>
       </x:c>
       <x:c r="AB20" s="3" t="n">
-        <x:v>295740</x:v>
+        <x:v>394777</x:v>
       </x:c>
       <x:c r="AC20" s="3" t="n">
-        <x:v>322450</x:v>
+        <x:v>430527</x:v>
       </x:c>
       <x:c r="AD20" s="3" t="n">
-        <x:v>350602</x:v>
+        <x:v>467911</x:v>
       </x:c>
       <x:c r="AE20" s="3" t="n">
-        <x:v>345413</x:v>
+        <x:v>461393</x:v>
       </x:c>
       <x:c r="AF20" s="3" t="n">
-        <x:v>349870</x:v>
+        <x:v>467357</x:v>
       </x:c>
       <x:c r="AG20" s="3" t="n">
-        <x:v>360873</x:v>
+        <x:v>484136</x:v>
       </x:c>
       <x:c r="AH20" s="3" t="n">
-        <x:v>375773</x:v>
+        <x:v>507166</x:v>
       </x:c>
       <x:c r="AI20" s="3" t="n">
-        <x:v>357991</x:v>
+        <x:v>481965</x:v>
       </x:c>
       <x:c r="AJ20" s="3" t="n">
-        <x:v>397333</x:v>
+        <x:v>546212</x:v>
       </x:c>
       <x:c r="AK20" s="3" t="n">
-        <x:v>441147</x:v>
+        <x:v>597554</x:v>
       </x:c>
       <x:c r="AL20" s="3" t="n">
-        <x:v>481540</x:v>
+        <x:v>662308</x:v>
       </x:c>
       <x:c r="AM20" s="3" t="n">
-        <x:v>550056</x:v>
+        <x:v>767218</x:v>
       </x:c>
       <x:c r="AN20" s="3" t="n">
-        <x:v>555368</x:v>
+        <x:v>791039</x:v>
       </x:c>
       <x:c r="AO20" s="3" t="n">
-        <x:v>496472</x:v>
+        <x:v>701635</x:v>
       </x:c>
       <x:c r="AP20" s="3" t="n">
-        <x:v>464660</x:v>
+        <x:v>652059</x:v>
       </x:c>
       <x:c r="AQ20" s="3" t="n">
-        <x:v>488122</x:v>
+        <x:v>692396</x:v>
       </x:c>
       <x:c r="AR20" s="3" t="n">
-        <x:v>524285</x:v>
+        <x:v>743708</x:v>
       </x:c>
       <x:c r="AS20" s="3" t="n">
-        <x:v>539339</x:v>
+        <x:v>765609</x:v>
       </x:c>
       <x:c r="AT20" s="3" t="n">
-        <x:v>541646</x:v>
+        <x:v>776644</x:v>
       </x:c>
       <x:c r="AU20" s="3" t="n">
-        <x:v>540736</x:v>
+        <x:v>778156</x:v>
       </x:c>
       <x:c r="AV20" s="3" t="n">
-        <x:v>589528</x:v>
+        <x:v>853931</x:v>
       </x:c>
       <x:c r="AW20" s="3" t="n">
-        <x:v>629628</x:v>
+        <x:v>909847</x:v>
       </x:c>
       <x:c r="AX20" s="3" t="n">
-        <x:v>639129</x:v>
+        <x:v>923422</x:v>
       </x:c>
       <x:c r="AY20" s="3" t="n">
-        <x:v>679590</x:v>
+        <x:v>993720</x:v>
       </x:c>
       <x:c r="AZ20" s="3" t="n">
-        <x:v>658287</x:v>
+        <x:v>965531</x:v>
       </x:c>
       <x:c r="BA20" s="3" t="n">
-        <x:v>669102</x:v>
+        <x:v>990704</x:v>
       </x:c>
       <x:c r="BB20" s="3" t="n">
-        <x:v>680695</x:v>
+        <x:v>1002002</x:v>
       </x:c>
       <x:c r="BC20" s="3" t="n">
-        <x:v>662945</x:v>
+        <x:v>943327</x:v>
       </x:c>
       <x:c r="BD20" s="3" t="n">
-        <x:v>632266</x:v>
+        <x:v>927736</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:56">
       <x:c r="A21" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>118975</x:v>
+        <x:v>158915</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>130190</x:v>
+        <x:v>173853</x:v>
       </x:c>
       <x:c r="D21" s="3" t="n">
-        <x:v>134809</x:v>
+        <x:v>180073</x:v>
       </x:c>
       <x:c r="E21" s="3" t="n">
-        <x:v>145135</x:v>
+        <x:v>193843</x:v>
       </x:c>
       <x:c r="F21" s="3" t="n">
-        <x:v>156508</x:v>
+        <x:v>208977</x:v>
       </x:c>
       <x:c r="G21" s="3" t="n">
-        <x:v>166365</x:v>
+        <x:v>222078</x:v>
       </x:c>
       <x:c r="H21" s="3" t="n">
-        <x:v>175464</x:v>
+        <x:v>234227</x:v>
       </x:c>
       <x:c r="I21" s="3" t="n">
-        <x:v>190807</x:v>
+        <x:v>254684</x:v>
       </x:c>
       <x:c r="J21" s="3" t="n">
-        <x:v>194670</x:v>
+        <x:v>259799</x:v>
       </x:c>
       <x:c r="K21" s="3" t="n">
-        <x:v>187742</x:v>
+        <x:v>250582</x:v>
       </x:c>
       <x:c r="L21" s="3" t="n">
-        <x:v>188834</x:v>
+        <x:v>251991</x:v>
       </x:c>
       <x:c r="M21" s="3" t="n">
-        <x:v>195312</x:v>
+        <x:v>260668</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>195625</x:v>
+        <x:v>261281</x:v>
       </x:c>
       <x:c r="O21" s="3" t="n">
-        <x:v>191068</x:v>
+        <x:v>255052</x:v>
       </x:c>
       <x:c r="P21" s="3" t="n">
-        <x:v>194961</x:v>
+        <x:v>260209</x:v>
       </x:c>
       <x:c r="Q21" s="3" t="n">
-        <x:v>210180</x:v>
+        <x:v>280451</x:v>
       </x:c>
       <x:c r="R21" s="3" t="n">
-        <x:v>240085</x:v>
+        <x:v>320562</x:v>
       </x:c>
       <x:c r="S21" s="3" t="n">
-        <x:v>233088</x:v>
+        <x:v>311153</x:v>
       </x:c>
       <x:c r="T21" s="3" t="n">
-        <x:v>211291</x:v>
+        <x:v>282200</x:v>
       </x:c>
       <x:c r="U21" s="3" t="n">
-        <x:v>174196</x:v>
+        <x:v>232819</x:v>
       </x:c>
       <x:c r="V21" s="3" t="n">
-        <x:v>164547</x:v>
+        <x:v>219948</x:v>
       </x:c>
       <x:c r="W21" s="3" t="n">
-        <x:v>146882</x:v>
+        <x:v>196537</x:v>
       </x:c>
       <x:c r="X21" s="3" t="n">
-        <x:v>137493</x:v>
+        <x:v>183992</x:v>
       </x:c>
       <x:c r="Y21" s="3" t="n">
-        <x:v>141212</x:v>
+        <x:v>190510</x:v>
       </x:c>
       <x:c r="Z21" s="3" t="n">
-        <x:v>163730</x:v>
+        <x:v>219153</x:v>
       </x:c>
       <x:c r="AA21" s="3" t="n">
-        <x:v>189423</x:v>
+        <x:v>254163</x:v>
       </x:c>
       <x:c r="AB21" s="3" t="n">
-        <x:v>219421</x:v>
+        <x:v>293491</x:v>
       </x:c>
       <x:c r="AC21" s="3" t="n">
-        <x:v>234485</x:v>
+        <x:v>313760</x:v>
       </x:c>
       <x:c r="AD21" s="3" t="n">
-        <x:v>257119</x:v>
+        <x:v>343834</x:v>
       </x:c>
       <x:c r="AE21" s="3" t="n">
-        <x:v>252267</x:v>
+        <x:v>337752</x:v>
       </x:c>
       <x:c r="AF21" s="3" t="n">
-        <x:v>265042</x:v>
+        <x:v>354795</x:v>
       </x:c>
       <x:c r="AG21" s="3" t="n">
-        <x:v>274904</x:v>
+        <x:v>370038</x:v>
       </x:c>
       <x:c r="AH21" s="3" t="n">
-        <x:v>284562</x:v>
+        <x:v>386058</x:v>
       </x:c>
       <x:c r="AI21" s="3" t="n">
-        <x:v>257708</x:v>
+        <x:v>348774</x:v>
       </x:c>
       <x:c r="AJ21" s="3" t="n">
-        <x:v>293323</x:v>
+        <x:v>408023</x:v>
       </x:c>
       <x:c r="AK21" s="3" t="n">
-        <x:v>337619</x:v>
+        <x:v>460127</x:v>
       </x:c>
       <x:c r="AL21" s="3" t="n">
-        <x:v>369770</x:v>
+        <x:v>513837</x:v>
       </x:c>
       <x:c r="AM21" s="3" t="n">
-        <x:v>427962</x:v>
+        <x:v>604945</x:v>
       </x:c>
       <x:c r="AN21" s="3" t="n">
-        <x:v>424858</x:v>
+        <x:v>617298</x:v>
       </x:c>
       <x:c r="AO21" s="3" t="n">
-        <x:v>358335</x:v>
+        <x:v>517759</x:v>
       </x:c>
       <x:c r="AP21" s="3" t="n">
-        <x:v>333966</x:v>
+        <x:v>478144</x:v>
       </x:c>
       <x:c r="AQ21" s="3" t="n">
-        <x:v>355718</x:v>
+        <x:v>516149</x:v>
       </x:c>
       <x:c r="AR21" s="3" t="n">
-        <x:v>393711</x:v>
+        <x:v>569954</x:v>
       </x:c>
       <x:c r="AS21" s="3" t="n">
-        <x:v>393895</x:v>
+        <x:v>572000</x:v>
       </x:c>
       <x:c r="AT21" s="3" t="n">
-        <x:v>389929</x:v>
+        <x:v>574587</x:v>
       </x:c>
       <x:c r="AU21" s="3" t="n">
-        <x:v>388764</x:v>
+        <x:v>575746</x:v>
       </x:c>
       <x:c r="AV21" s="3" t="n">
-        <x:v>427823</x:v>
+        <x:v>638582</x:v>
       </x:c>
       <x:c r="AW21" s="3" t="n">
-        <x:v>463696</x:v>
+        <x:v>688903</x:v>
       </x:c>
       <x:c r="AX21" s="3" t="n">
-        <x:v>459807</x:v>
+        <x:v>684595</x:v>
       </x:c>
       <x:c r="AY21" s="3" t="n">
-        <x:v>486787</x:v>
+        <x:v>736953</x:v>
       </x:c>
       <x:c r="AZ21" s="3" t="n">
-        <x:v>467597</x:v>
+        <x:v>711563</x:v>
       </x:c>
       <x:c r="BA21" s="3" t="n">
-        <x:v>483087</x:v>
+        <x:v>742998</x:v>
       </x:c>
       <x:c r="BB21" s="3" t="n">
-        <x:v>491962</x:v>
+        <x:v>748144</x:v>
       </x:c>
       <x:c r="BC21" s="3" t="n">
-        <x:v>466334</x:v>
+        <x:v>680972</x:v>
       </x:c>
       <x:c r="BD21" s="3" t="n">
-        <x:v>427860</x:v>
+        <x:v>650890</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:56">
       <x:c r="A22" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>68381</x:v>
+        <x:v>90379</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
-        <x:v>74698</x:v>
+        <x:v>98694</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
-        <x:v>75299</x:v>
+        <x:v>99541</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
-        <x:v>83503</x:v>
+        <x:v>110355</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
-        <x:v>92008</x:v>
+        <x:v>121538</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
-        <x:v>96630</x:v>
+        <x:v>127600</x:v>
       </x:c>
       <x:c r="H22" s="3" t="n">
-        <x:v>101911</x:v>
+        <x:v>134576</x:v>
       </x:c>
       <x:c r="I22" s="3" t="n">
-        <x:v>112569</x:v>
+        <x:v>148623</x:v>
       </x:c>
       <x:c r="J22" s="3" t="n">
-        <x:v>111881</x:v>
+        <x:v>147693</x:v>
       </x:c>
       <x:c r="K22" s="3" t="n">
-        <x:v>106519</x:v>
+        <x:v>140643</x:v>
       </x:c>
       <x:c r="L22" s="3" t="n">
-        <x:v>106282</x:v>
+        <x:v>140294</x:v>
       </x:c>
       <x:c r="M22" s="3" t="n">
-        <x:v>113050</x:v>
+        <x:v>149243</x:v>
       </x:c>
       <x:c r="N22" s="3" t="n">
-        <x:v>110814</x:v>
+        <x:v>146461</x:v>
       </x:c>
       <x:c r="O22" s="3" t="n">
-        <x:v>107038</x:v>
+        <x:v>141361</x:v>
       </x:c>
       <x:c r="P22" s="3" t="n">
-        <x:v>110578</x:v>
+        <x:v>145996</x:v>
       </x:c>
       <x:c r="Q22" s="3" t="n">
-        <x:v>123528</x:v>
+        <x:v>163016</x:v>
       </x:c>
       <x:c r="R22" s="3" t="n">
-        <x:v>144258</x:v>
+        <x:v>190529</x:v>
       </x:c>
       <x:c r="S22" s="3" t="n">
-        <x:v>136834</x:v>
+        <x:v>180685</x:v>
       </x:c>
       <x:c r="T22" s="3" t="n">
-        <x:v>122675</x:v>
+        <x:v>162114</x:v>
       </x:c>
       <x:c r="U22" s="3" t="n">
-        <x:v>98476</x:v>
+        <x:v>130285</x:v>
       </x:c>
       <x:c r="V22" s="3" t="n">
-        <x:v>98588</x:v>
+        <x:v>130409</x:v>
       </x:c>
       <x:c r="W22" s="3" t="n">
-        <x:v>89644</x:v>
+        <x:v>118730</x:v>
       </x:c>
       <x:c r="X22" s="3" t="n">
-        <x:v>84791</x:v>
+        <x:v>112309</x:v>
       </x:c>
       <x:c r="Y22" s="3" t="n">
-        <x:v>88092</x:v>
+        <x:v>117927</x:v>
       </x:c>
       <x:c r="Z22" s="3" t="n">
-        <x:v>99686</x:v>
+        <x:v>132086</x:v>
       </x:c>
       <x:c r="AA22" s="3" t="n">
-        <x:v>117204</x:v>
+        <x:v>155788</x:v>
       </x:c>
       <x:c r="AB22" s="3" t="n">
-        <x:v>141189</x:v>
+        <x:v>186832</x:v>
       </x:c>
       <x:c r="AC22" s="3" t="n">
-        <x:v>148574</x:v>
+        <x:v>196723</x:v>
       </x:c>
       <x:c r="AD22" s="3" t="n">
-        <x:v>163911</x:v>
+        <x:v>216842</x:v>
       </x:c>
       <x:c r="AE22" s="3" t="n">
-        <x:v>158068</x:v>
+        <x:v>209478</x:v>
       </x:c>
       <x:c r="AF22" s="3" t="n">
-        <x:v>165777</x:v>
+        <x:v>219644</x:v>
       </x:c>
       <x:c r="AG22" s="3" t="n">
-        <x:v>169108</x:v>
+        <x:v>225835</x:v>
       </x:c>
       <x:c r="AH22" s="3" t="n">
-        <x:v>178055</x:v>
+        <x:v>240336</x:v>
       </x:c>
       <x:c r="AI22" s="3" t="n">
-        <x:v>152729</x:v>
+        <x:v>205707</x:v>
       </x:c>
       <x:c r="AJ22" s="3" t="n">
-        <x:v>171882</x:v>
+        <x:v>241409</x:v>
       </x:c>
       <x:c r="AK22" s="3" t="n">
-        <x:v>203111</x:v>
+        <x:v>276166</x:v>
       </x:c>
       <x:c r="AL22" s="3" t="n">
-        <x:v>228866</x:v>
+        <x:v>320103</x:v>
       </x:c>
       <x:c r="AM22" s="3" t="n">
-        <x:v>280755</x:v>
+        <x:v>400935</x:v>
       </x:c>
       <x:c r="AN22" s="3" t="n">
-        <x:v>289518</x:v>
+        <x:v>428061</x:v>
       </x:c>
       <x:c r="AO22" s="3" t="n">
-        <x:v>235421</x:v>
+        <x:v>346800</x:v>
       </x:c>
       <x:c r="AP22" s="3" t="n">
-        <x:v>213750</x:v>
+        <x:v>311614</x:v>
       </x:c>
       <x:c r="AQ22" s="3" t="n">
-        <x:v>216043</x:v>
+        <x:v>323190</x:v>
       </x:c>
       <x:c r="AR22" s="3" t="n">
-        <x:v>238809</x:v>
+        <x:v>356025</x:v>
       </x:c>
       <x:c r="AS22" s="3" t="n">
-        <x:v>231049</x:v>
+        <x:v>347587</x:v>
       </x:c>
       <x:c r="AT22" s="3" t="n">
-        <x:v>229400</x:v>
+        <x:v>353128</x:v>
       </x:c>
       <x:c r="AU22" s="3" t="n">
-        <x:v>223056</x:v>
+        <x:v>347468</x:v>
       </x:c>
       <x:c r="AV22" s="3" t="n">
-        <x:v>251234</x:v>
+        <x:v>394836</x:v>
       </x:c>
       <x:c r="AW22" s="3" t="n">
-        <x:v>274238</x:v>
+        <x:v>427313</x:v>
       </x:c>
       <x:c r="AX22" s="3" t="n">
-        <x:v>282784</x:v>
+        <x:v>439378</x:v>
       </x:c>
       <x:c r="AY22" s="3" t="n">
-        <x:v>312009</x:v>
+        <x:v>493747</x:v>
       </x:c>
       <x:c r="AZ22" s="3" t="n">
-        <x:v>295531</x:v>
+        <x:v>472430</x:v>
       </x:c>
       <x:c r="BA22" s="3" t="n">
-        <x:v>304944</x:v>
+        <x:v>495338</x:v>
       </x:c>
       <x:c r="BB22" s="3" t="n">
-        <x:v>313211</x:v>
+        <x:v>496367</x:v>
       </x:c>
       <x:c r="BC22" s="3" t="n">
-        <x:v>322194</x:v>
+        <x:v>453443</x:v>
       </x:c>
       <x:c r="BD22" s="3" t="n">
-        <x:v>312869</x:v>
+        <x:v>459216</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:56">
       <x:c r="A23" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
-        <x:v>6271</x:v>
+        <x:v>8604</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
-        <x:v>6311</x:v>
+        <x:v>8659</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
-        <x:v>5835</x:v>
+        <x:v>8006</x:v>
       </x:c>
       <x:c r="H23" s="3" t="n">
-        <x:v>9350</x:v>
+        <x:v>12829</x:v>
       </x:c>
       <x:c r="I23" s="3" t="n">
-        <x:v>7775</x:v>
+        <x:v>10669</x:v>
       </x:c>
       <x:c r="J23" s="3" t="n">
-        <x:v>4063</x:v>
+        <x:v>5575</x:v>
       </x:c>
       <x:c r="K23" s="3" t="n">
-        <x:v>869</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="L23" s="3" t="n">
-        <x:v>118</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="M23" s="3" t="n">
-        <x:v>-329</x:v>
+        <x:v>-452</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>5271</x:v>
+        <x:v>7233</x:v>
       </x:c>
       <x:c r="O23" s="3" t="n">
-        <x:v>4404</x:v>
+        <x:v>6043</x:v>
       </x:c>
       <x:c r="P23" s="3" t="n">
-        <x:v>2124</x:v>
+        <x:v>2915</x:v>
       </x:c>
       <x:c r="Q23" s="3" t="n">
-        <x:v>2525</x:v>
+        <x:v>3464</x:v>
       </x:c>
       <x:c r="R23" s="3" t="n">
-        <x:v>3890</x:v>
+        <x:v>5337</x:v>
       </x:c>
       <x:c r="S23" s="3" t="n">
-        <x:v>1223</x:v>
+        <x:v>1678</x:v>
       </x:c>
       <x:c r="T23" s="3" t="n">
-        <x:v>-469</x:v>
+        <x:v>-643</x:v>
       </x:c>
       <x:c r="U23" s="3" t="n">
-        <x:v>-763</x:v>
+        <x:v>-1047</x:v>
       </x:c>
       <x:c r="V23" s="3" t="n">
-        <x:v>6890</x:v>
+        <x:v>9454</x:v>
       </x:c>
       <x:c r="W23" s="3" t="n">
-        <x:v>2371</x:v>
+        <x:v>3254</x:v>
       </x:c>
       <x:c r="X23" s="3" t="n">
-        <x:v>354</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="Y23" s="3" t="n">
-        <x:v>1144</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="Z23" s="3" t="n">
-        <x:v>-924</x:v>
+        <x:v>-1268</x:v>
       </x:c>
       <x:c r="AA23" s="3" t="n">
-        <x:v>128</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="AB23" s="3" t="n">
-        <x:v>7561</x:v>
+        <x:v>10374</x:v>
       </x:c>
       <x:c r="AC23" s="3" t="n">
-        <x:v>966</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="AD23" s="3" t="n">
-        <x:v>3081</x:v>
+        <x:v>4227</x:v>
       </x:c>
       <x:c r="AE23" s="3" t="n">
-        <x:v>-3300</x:v>
+        <x:v>-4527</x:v>
       </x:c>
       <x:c r="AF23" s="3" t="n">
-        <x:v>7762</x:v>
+        <x:v>10650</x:v>
       </x:c>
       <x:c r="AG23" s="3" t="n">
-        <x:v>5902</x:v>
+        <x:v>8223</x:v>
       </x:c>
       <x:c r="AH23" s="3" t="n">
-        <x:v>10626</x:v>
+        <x:v>14837</x:v>
       </x:c>
       <x:c r="AI23" s="3" t="n">
-        <x:v>937</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="AJ23" s="3" t="n">
-        <x:v>6027</x:v>
+        <x:v>8421</x:v>
       </x:c>
       <x:c r="AK23" s="3" t="n">
-        <x:v>2975</x:v>
+        <x:v>4707</x:v>
       </x:c>
       <x:c r="AL23" s="3" t="n">
-        <x:v>4922</x:v>
+        <x:v>7392</x:v>
       </x:c>
       <x:c r="AM23" s="3" t="n">
-        <x:v>10571</x:v>
+        <x:v>15740</x:v>
       </x:c>
       <x:c r="AN23" s="3" t="n">
-        <x:v>12413</x:v>
+        <x:v>18532</x:v>
       </x:c>
       <x:c r="AO23" s="3" t="n">
-        <x:v>11757</x:v>
+        <x:v>17771</x:v>
       </x:c>
       <x:c r="AP23" s="3" t="n">
-        <x:v>1675</x:v>
+        <x:v>2674</x:v>
       </x:c>
       <x:c r="AQ23" s="3" t="n">
-        <x:v>-755</x:v>
+        <x:v>-597</x:v>
       </x:c>
       <x:c r="AR23" s="3" t="n">
-        <x:v>10582</x:v>
+        <x:v>15926</x:v>
       </x:c>
       <x:c r="AS23" s="3" t="n">
-        <x:v>5404</x:v>
+        <x:v>8368</x:v>
       </x:c>
       <x:c r="AT23" s="3" t="n">
-        <x:v>4609</x:v>
+        <x:v>7049</x:v>
       </x:c>
       <x:c r="AU23" s="3" t="n">
-        <x:v>4785</x:v>
+        <x:v>7772</x:v>
       </x:c>
       <x:c r="AV23" s="3" t="n">
-        <x:v>2041</x:v>
+        <x:v>3175</x:v>
       </x:c>
       <x:c r="AW23" s="3" t="n">
-        <x:v>4119</x:v>
+        <x:v>6316</x:v>
       </x:c>
       <x:c r="AX23" s="3" t="n">
-        <x:v>2589</x:v>
+        <x:v>4017</x:v>
       </x:c>
       <x:c r="AY23" s="3" t="n">
-        <x:v>3842</x:v>
+        <x:v>5986</x:v>
       </x:c>
       <x:c r="AZ23" s="3" t="n">
-        <x:v>5584</x:v>
+        <x:v>8859</x:v>
       </x:c>
       <x:c r="BA23" s="3" t="n">
-        <x:v>1655</x:v>
+        <x:v>3101</x:v>
       </x:c>
       <x:c r="BB23" s="3" t="n">
-        <x:v>4113</x:v>
+        <x:v>6573</x:v>
       </x:c>
       <x:c r="BC23" s="3" t="n">
-        <x:v>5983</x:v>
+        <x:v>4178</x:v>
       </x:c>
       <x:c r="BD23" s="3" t="n">
-        <x:v>8677</x:v>
+        <x:v>10059</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:56">
       <x:c r="A24" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>25156</x:v>
+        <x:v>33221</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
-        <x:v>27696</x:v>
+        <x:v>36545</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
-        <x:v>29781</x:v>
+        <x:v>39318</x:v>
       </x:c>
       <x:c r="E24" s="3" t="n">
-        <x:v>32606</x:v>
+        <x:v>43026</x:v>
       </x:c>
       <x:c r="F24" s="3" t="n">
-        <x:v>33476</x:v>
+        <x:v>44154</x:v>
       </x:c>
       <x:c r="G24" s="3" t="n">
-        <x:v>35111</x:v>
+        <x:v>46276</x:v>
       </x:c>
       <x:c r="H24" s="3" t="n">
-        <x:v>37829</x:v>
+        <x:v>49853</x:v>
       </x:c>
       <x:c r="I24" s="3" t="n">
-        <x:v>40806</x:v>
+        <x:v>53762</x:v>
       </x:c>
       <x:c r="J24" s="3" t="n">
-        <x:v>42331</x:v>
+        <x:v>55737</x:v>
       </x:c>
       <x:c r="K24" s="3" t="n">
-        <x:v>44333</x:v>
+        <x:v>58362</x:v>
       </x:c>
       <x:c r="L24" s="3" t="n">
-        <x:v>42652</x:v>
+        <x:v>56132</x:v>
       </x:c>
       <x:c r="M24" s="3" t="n">
-        <x:v>46201</x:v>
+        <x:v>60808</x:v>
       </x:c>
       <x:c r="N24" s="3" t="n">
-        <x:v>48586</x:v>
+        <x:v>64063</x:v>
       </x:c>
       <x:c r="O24" s="3" t="n">
-        <x:v>50365</x:v>
+        <x:v>66274</x:v>
       </x:c>
       <x:c r="P24" s="3" t="n">
-        <x:v>53983</x:v>
+        <x:v>70981</x:v>
       </x:c>
       <x:c r="Q24" s="3" t="n">
-        <x:v>59832</x:v>
+        <x:v>78608</x:v>
       </x:c>
       <x:c r="R24" s="3" t="n">
-        <x:v>68882</x:v>
+        <x:v>90641</x:v>
       </x:c>
       <x:c r="S24" s="3" t="n">
-        <x:v>62104</x:v>
+        <x:v>81718</x:v>
       </x:c>
       <x:c r="T24" s="3" t="n">
-        <x:v>56838</x:v>
+        <x:v>74887</x:v>
       </x:c>
       <x:c r="U24" s="3" t="n">
-        <x:v>48386</x:v>
+        <x:v>63850</x:v>
       </x:c>
       <x:c r="V24" s="3" t="n">
-        <x:v>45157</x:v>
+        <x:v>59614</x:v>
       </x:c>
       <x:c r="W24" s="3" t="n">
-        <x:v>44806</x:v>
+        <x:v>59230</x:v>
       </x:c>
       <x:c r="X24" s="3" t="n">
-        <x:v>41945</x:v>
+        <x:v>55461</x:v>
       </x:c>
       <x:c r="Y24" s="3" t="n">
-        <x:v>47195</x:v>
+        <x:v>63465</x:v>
       </x:c>
       <x:c r="Z24" s="3" t="n">
-        <x:v>56163</x:v>
+        <x:v>74171</x:v>
       </x:c>
       <x:c r="AA24" s="3" t="n">
-        <x:v>64083</x:v>
+        <x:v>85109</x:v>
       </x:c>
       <x:c r="AB24" s="3" t="n">
-        <x:v>76486</x:v>
+        <x:v>100827</x:v>
       </x:c>
       <x:c r="AC24" s="3" t="n">
-        <x:v>84834</x:v>
+        <x:v>111885</x:v>
       </x:c>
       <x:c r="AD24" s="3" t="n">
-        <x:v>95192</x:v>
+        <x:v>125347</x:v>
       </x:c>
       <x:c r="AE24" s="3" t="n">
-        <x:v>96680</x:v>
+        <x:v>127589</x:v>
       </x:c>
       <x:c r="AF24" s="3" t="n">
-        <x:v>98398</x:v>
+        <x:v>129856</x:v>
       </x:c>
       <x:c r="AG24" s="3" t="n">
-        <x:v>100385</x:v>
+        <x:v>134208</x:v>
       </x:c>
       <x:c r="AH24" s="3" t="n">
-        <x:v>99182</x:v>
+        <x:v>134826</x:v>
       </x:c>
       <x:c r="AI24" s="3" t="n">
-        <x:v>86433</x:v>
+        <x:v>116616</x:v>
       </x:c>
       <x:c r="AJ24" s="3" t="n">
-        <x:v>99292</x:v>
+        <x:v>142710</x:v>
       </x:c>
       <x:c r="AK24" s="3" t="n">
-        <x:v>123054</x:v>
+        <x:v>169807</x:v>
       </x:c>
       <x:c r="AL24" s="3" t="n">
-        <x:v>141510</x:v>
+        <x:v>202233</x:v>
       </x:c>
       <x:c r="AM24" s="3" t="n">
-        <x:v>176145</x:v>
+        <x:v>258071</x:v>
       </x:c>
       <x:c r="AN24" s="3" t="n">
-        <x:v>175933</x:v>
+        <x:v>268715</x:v>
       </x:c>
       <x:c r="AO24" s="3" t="n">
-        <x:v>146296</x:v>
+        <x:v>224063</x:v>
       </x:c>
       <x:c r="AP24" s="3" t="n">
-        <x:v>137515</x:v>
+        <x:v>206589</x:v>
       </x:c>
       <x:c r="AQ24" s="3" t="n">
-        <x:v>136567</x:v>
+        <x:v>211224</x:v>
       </x:c>
       <x:c r="AR24" s="3" t="n">
-        <x:v>142929</x:v>
+        <x:v>219658</x:v>
       </x:c>
       <x:c r="AS24" s="3" t="n">
-        <x:v>142175</x:v>
+        <x:v>221391</x:v>
       </x:c>
       <x:c r="AT24" s="3" t="n">
-        <x:v>140461</x:v>
+        <x:v>224307</x:v>
       </x:c>
       <x:c r="AU24" s="3" t="n">
-        <x:v>135224</x:v>
+        <x:v>223036</x:v>
       </x:c>
       <x:c r="AV24" s="3" t="n">
-        <x:v>154909</x:v>
+        <x:v>254921</x:v>
       </x:c>
       <x:c r="AW24" s="3" t="n">
-        <x:v>171152</x:v>
+        <x:v>278906</x:v>
       </x:c>
       <x:c r="AX24" s="3" t="n">
-        <x:v>172425</x:v>
+        <x:v>283276</x:v>
       </x:c>
       <x:c r="AY24" s="3" t="n">
-        <x:v>187838</x:v>
+        <x:v>310403</x:v>
       </x:c>
       <x:c r="AZ24" s="3" t="n">
-        <x:v>182668</x:v>
+        <x:v>306515</x:v>
       </x:c>
       <x:c r="BA24" s="3" t="n">
-        <x:v>200014</x:v>
+        <x:v>339754</x:v>
       </x:c>
       <x:c r="BB24" s="3" t="n">
-        <x:v>209229</x:v>
+        <x:v>338119</x:v>
       </x:c>
       <x:c r="BC24" s="3" t="n">
-        <x:v>203683</x:v>
+        <x:v>300822</x:v>
       </x:c>
       <x:c r="BD24" s="3" t="n">
-        <x:v>193719</x:v>
+        <x:v>306779</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:56">
       <x:c r="A25" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>20757</x:v>
+        <x:v>28321</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>23135</x:v>
+        <x:v>31566</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
-        <x:v>20323</x:v>
+        <x:v>27729</x:v>
       </x:c>
       <x:c r="E25" s="3" t="n">
-        <x:v>21352</x:v>
+        <x:v>29133</x:v>
       </x:c>
       <x:c r="F25" s="3" t="n">
-        <x:v>29281</x:v>
+        <x:v>39952</x:v>
       </x:c>
       <x:c r="G25" s="3" t="n">
-        <x:v>29559</x:v>
+        <x:v>40331</x:v>
       </x:c>
       <x:c r="H25" s="3" t="n">
-        <x:v>27114</x:v>
+        <x:v>36994</x:v>
       </x:c>
       <x:c r="I25" s="3" t="n">
-        <x:v>32409</x:v>
+        <x:v>44220</x:v>
       </x:c>
       <x:c r="J25" s="3" t="n">
-        <x:v>28586</x:v>
+        <x:v>39004</x:v>
       </x:c>
       <x:c r="K25" s="3" t="n">
-        <x:v>24577</x:v>
+        <x:v>33533</x:v>
       </x:c>
       <x:c r="L25" s="3" t="n">
-        <x:v>27910</x:v>
+        <x:v>38081</x:v>
       </x:c>
       <x:c r="M25" s="3" t="n">
-        <x:v>31766</x:v>
+        <x:v>43342</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>24621</x:v>
+        <x:v>33593</x:v>
       </x:c>
       <x:c r="O25" s="3" t="n">
-        <x:v>21264</x:v>
+        <x:v>29014</x:v>
       </x:c>
       <x:c r="P25" s="3" t="n">
-        <x:v>23255</x:v>
+        <x:v>31729</x:v>
       </x:c>
       <x:c r="Q25" s="3" t="n">
-        <x:v>28910</x:v>
+        <x:v>39445</x:v>
       </x:c>
       <x:c r="R25" s="3" t="n">
-        <x:v>36159</x:v>
+        <x:v>49336</x:v>
       </x:c>
       <x:c r="S25" s="3" t="n">
-        <x:v>39188</x:v>
+        <x:v>53469</x:v>
       </x:c>
       <x:c r="T25" s="3" t="n">
-        <x:v>33434</x:v>
+        <x:v>45618</x:v>
       </x:c>
       <x:c r="U25" s="3" t="n">
-        <x:v>25042</x:v>
+        <x:v>34168</x:v>
       </x:c>
       <x:c r="V25" s="3" t="n">
-        <x:v>26767</x:v>
+        <x:v>36522</x:v>
       </x:c>
       <x:c r="W25" s="3" t="n">
-        <x:v>24308</x:v>
+        <x:v>33167</x:v>
       </x:c>
       <x:c r="X25" s="3" t="n">
-        <x:v>24243</x:v>
+        <x:v>33078</x:v>
       </x:c>
       <x:c r="Y25" s="3" t="n">
-        <x:v>20051</x:v>
+        <x:v>27359</x:v>
       </x:c>
       <x:c r="Z25" s="3" t="n">
-        <x:v>22424</x:v>
+        <x:v>30595</x:v>
       </x:c>
       <x:c r="AA25" s="3" t="n">
-        <x:v>28994</x:v>
+        <x:v>39560</x:v>
       </x:c>
       <x:c r="AB25" s="3" t="n">
-        <x:v>31978</x:v>
+        <x:v>43632</x:v>
       </x:c>
       <x:c r="AC25" s="3" t="n">
-        <x:v>33106</x:v>
+        <x:v>45170</x:v>
       </x:c>
       <x:c r="AD25" s="3" t="n">
-        <x:v>37898</x:v>
+        <x:v>51709</x:v>
       </x:c>
       <x:c r="AE25" s="3" t="n">
-        <x:v>34590</x:v>
+        <x:v>47195</x:v>
       </x:c>
       <x:c r="AF25" s="3" t="n">
-        <x:v>32224</x:v>
+        <x:v>43967</x:v>
       </x:c>
       <x:c r="AG25" s="3" t="n">
-        <x:v>33914</x:v>
+        <x:v>46726</x:v>
       </x:c>
       <x:c r="AH25" s="3" t="n">
-        <x:v>39146</x:v>
+        <x:v>54566</x:v>
       </x:c>
       <x:c r="AI25" s="3" t="n">
-        <x:v>33473</x:v>
+        <x:v>47149</x:v>
       </x:c>
       <x:c r="AJ25" s="3" t="n">
-        <x:v>36264</x:v>
+        <x:v>51651</x:v>
       </x:c>
       <x:c r="AK25" s="3" t="n">
-        <x:v>37876</x:v>
+        <x:v>54975</x:v>
       </x:c>
       <x:c r="AL25" s="3" t="n">
-        <x:v>39458</x:v>
+        <x:v>58099</x:v>
       </x:c>
       <x:c r="AM25" s="3" t="n">
-        <x:v>47625</x:v>
+        <x:v>71249</x:v>
       </x:c>
       <x:c r="AN25" s="3" t="n">
-        <x:v>55213</x:v>
+        <x:v>86981</x:v>
       </x:c>
       <x:c r="AO25" s="3" t="n">
-        <x:v>38720</x:v>
+        <x:v>60783</x:v>
       </x:c>
       <x:c r="AP25" s="3" t="n">
-        <x:v>32013</x:v>
+        <x:v>49352</x:v>
       </x:c>
       <x:c r="AQ25" s="3" t="n">
-        <x:v>34447</x:v>
+        <x:v>53083</x:v>
       </x:c>
       <x:c r="AR25" s="3" t="n">
-        <x:v>35838</x:v>
+        <x:v>56745</x:v>
       </x:c>
       <x:c r="AS25" s="3" t="n">
-        <x:v>34052</x:v>
+        <x:v>53861</x:v>
       </x:c>
       <x:c r="AT25" s="3" t="n">
-        <x:v>35485</x:v>
+        <x:v>57104</x:v>
       </x:c>
       <x:c r="AU25" s="3" t="n">
-        <x:v>31262</x:v>
+        <x:v>50439</x:v>
       </x:c>
       <x:c r="AV25" s="3" t="n">
-        <x:v>36370</x:v>
+        <x:v>60127</x:v>
       </x:c>
       <x:c r="AW25" s="3" t="n">
-        <x:v>36188</x:v>
+        <x:v>59095</x:v>
       </x:c>
       <x:c r="AX25" s="3" t="n">
-        <x:v>37629</x:v>
+        <x:v>62543</x:v>
       </x:c>
       <x:c r="AY25" s="3" t="n">
-        <x:v>46290</x:v>
+        <x:v>80226</x:v>
       </x:c>
       <x:c r="AZ25" s="3" t="n">
-        <x:v>38294</x:v>
+        <x:v>64798</x:v>
       </x:c>
       <x:c r="BA25" s="3" t="n">
-        <x:v>39816</x:v>
+        <x:v>68026</x:v>
       </x:c>
       <x:c r="BB25" s="3" t="n">
-        <x:v>42905</x:v>
+        <x:v>74866</x:v>
       </x:c>
       <x:c r="BC25" s="3" t="n">
-        <x:v>50719</x:v>
+        <x:v>70904</x:v>
       </x:c>
       <x:c r="BD25" s="3" t="n">
-        <x:v>50205</x:v>
+        <x:v>70221</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:56">
       <x:c r="A26" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>25855</x:v>
+        <x:v>34426</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
-        <x:v>27383</x:v>
+        <x:v>36461</x:v>
       </x:c>
       <x:c r="D26" s="3" t="n">
-        <x:v>28089</x:v>
+        <x:v>37400</x:v>
       </x:c>
       <x:c r="E26" s="3" t="n">
-        <x:v>28617</x:v>
+        <x:v>38104</x:v>
       </x:c>
       <x:c r="F26" s="3" t="n">
-        <x:v>29333</x:v>
+        <x:v>39057</x:v>
       </x:c>
       <x:c r="G26" s="3" t="n">
-        <x:v>32780</x:v>
+        <x:v>43646</x:v>
       </x:c>
       <x:c r="H26" s="3" t="n">
-        <x:v>35428</x:v>
+        <x:v>47172</x:v>
       </x:c>
       <x:c r="I26" s="3" t="n">
-        <x:v>39750</x:v>
+        <x:v>52927</x:v>
       </x:c>
       <x:c r="J26" s="3" t="n">
-        <x:v>43722</x:v>
+        <x:v>58216</x:v>
       </x:c>
       <x:c r="K26" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>54600</x:v>
       </x:c>
       <x:c r="L26" s="3" t="n">
-        <x:v>40175</x:v>
+        <x:v>53493</x:v>
       </x:c>
       <x:c r="M26" s="3" t="n">
-        <x:v>39630</x:v>
+        <x:v>52768</x:v>
       </x:c>
       <x:c r="N26" s="3" t="n">
-        <x:v>37120</x:v>
+        <x:v>49425</x:v>
       </x:c>
       <x:c r="O26" s="3" t="n">
-        <x:v>34253</x:v>
+        <x:v>45608</x:v>
       </x:c>
       <x:c r="P26" s="3" t="n">
-        <x:v>33521</x:v>
+        <x:v>44632</x:v>
       </x:c>
       <x:c r="Q26" s="3" t="n">
-        <x:v>34829</x:v>
+        <x:v>46375</x:v>
       </x:c>
       <x:c r="R26" s="3" t="n">
-        <x:v>38492</x:v>
+        <x:v>51251</x:v>
       </x:c>
       <x:c r="S26" s="3" t="n">
-        <x:v>38479</x:v>
+        <x:v>51234</x:v>
       </x:c>
       <x:c r="T26" s="3" t="n">
-        <x:v>36382</x:v>
+        <x:v>48442</x:v>
       </x:c>
       <x:c r="U26" s="3" t="n">
-        <x:v>27635</x:v>
+        <x:v>36795</x:v>
       </x:c>
       <x:c r="V26" s="3" t="n">
-        <x:v>23308</x:v>
+        <x:v>31035</x:v>
       </x:c>
       <x:c r="W26" s="3" t="n">
-        <x:v>19904</x:v>
+        <x:v>26502</x:v>
       </x:c>
       <x:c r="X26" s="3" t="n">
-        <x:v>19887</x:v>
+        <x:v>26479</x:v>
       </x:c>
       <x:c r="Y26" s="3" t="n">
-        <x:v>20770</x:v>
+        <x:v>27655</x:v>
       </x:c>
       <x:c r="Z26" s="3" t="n">
-        <x:v>22414</x:v>
+        <x:v>29844</x:v>
       </x:c>
       <x:c r="AA26" s="3" t="n">
-        <x:v>24781</x:v>
+        <x:v>32996</x:v>
       </x:c>
       <x:c r="AB26" s="3" t="n">
-        <x:v>27463</x:v>
+        <x:v>36567</x:v>
       </x:c>
       <x:c r="AC26" s="3" t="n">
-        <x:v>30342</x:v>
+        <x:v>40401</x:v>
       </x:c>
       <x:c r="AD26" s="3" t="n">
-        <x:v>28325</x:v>
+        <x:v>37714</x:v>
       </x:c>
       <x:c r="AE26" s="3" t="n">
-        <x:v>28766</x:v>
+        <x:v>38301</x:v>
       </x:c>
       <x:c r="AF26" s="3" t="n">
-        <x:v>28642</x:v>
+        <x:v>38137</x:v>
       </x:c>
       <x:c r="AG26" s="3" t="n">
-        <x:v>29756</x:v>
+        <x:v>38997</x:v>
       </x:c>
       <x:c r="AH26" s="3" t="n">
-        <x:v>31516</x:v>
+        <x:v>41005</x:v>
       </x:c>
       <x:c r="AI26" s="3" t="n">
-        <x:v>32400</x:v>
+        <x:v>42316</x:v>
       </x:c>
       <x:c r="AJ26" s="3" t="n">
-        <x:v>32220</x:v>
+        <x:v>42092</x:v>
       </x:c>
       <x:c r="AK26" s="3" t="n">
-        <x:v>39723</x:v>
+        <x:v>48250</x:v>
       </x:c>
       <x:c r="AL26" s="3" t="n">
-        <x:v>43442</x:v>
+        <x:v>53718</x:v>
       </x:c>
       <x:c r="AM26" s="3" t="n">
-        <x:v>46994</x:v>
+        <x:v>57597</x:v>
       </x:c>
       <x:c r="AN26" s="3" t="n">
-        <x:v>47094</x:v>
+        <x:v>56885</x:v>
       </x:c>
       <x:c r="AO26" s="3" t="n">
-        <x:v>39441</x:v>
+        <x:v>46158</x:v>
       </x:c>
       <x:c r="AP26" s="3" t="n">
-        <x:v>42790</x:v>
+        <x:v>53253</x:v>
       </x:c>
       <x:c r="AQ26" s="3" t="n">
-        <x:v>46202</x:v>
+        <x:v>59918</x:v>
       </x:c>
       <x:c r="AR26" s="3" t="n">
-        <x:v>49050</x:v>
+        <x:v>63887</x:v>
       </x:c>
       <x:c r="AS26" s="3" t="n">
-        <x:v>49349</x:v>
+        <x:v>64132</x:v>
       </x:c>
       <x:c r="AT26" s="3" t="n">
-        <x:v>48867</x:v>
+        <x:v>65010</x:v>
       </x:c>
       <x:c r="AU26" s="3" t="n">
-        <x:v>51785</x:v>
+        <x:v>66280</x:v>
       </x:c>
       <x:c r="AV26" s="3" t="n">
-        <x:v>57914</x:v>
+        <x:v>76608</x:v>
       </x:c>
       <x:c r="AW26" s="3" t="n">
-        <x:v>62789</x:v>
+        <x:v>82820</x:v>
       </x:c>
       <x:c r="AX26" s="3" t="n">
-        <x:v>70087</x:v>
+        <x:v>89468</x:v>
       </x:c>
       <x:c r="AY26" s="3" t="n">
-        <x:v>73987</x:v>
+        <x:v>97496</x:v>
       </x:c>
       <x:c r="AZ26" s="3" t="n">
-        <x:v>69074</x:v>
+        <x:v>92294</x:v>
       </x:c>
       <x:c r="BA26" s="3" t="n">
-        <x:v>63835</x:v>
+        <x:v>84051</x:v>
       </x:c>
       <x:c r="BB26" s="3" t="n">
-        <x:v>57611</x:v>
+        <x:v>76772</x:v>
       </x:c>
       <x:c r="BC26" s="3" t="n">
-        <x:v>62165</x:v>
+        <x:v>77539</x:v>
       </x:c>
       <x:c r="BD26" s="3" t="n">
-        <x:v>60526</x:v>
+        <x:v>72157</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:56">
       <x:c r="A27" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>55000</x:v>
+        <x:v>76260</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>60426</x:v>
+        <x:v>83783</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
-        <x:v>66392</x:v>
+        <x:v>92055</x:v>
       </x:c>
       <x:c r="E27" s="3" t="n">
-        <x:v>66871</x:v>
+        <x:v>92719</x:v>
       </x:c>
       <x:c r="F27" s="3" t="n">
-        <x:v>68499</x:v>
+        <x:v>94977</x:v>
       </x:c>
       <x:c r="G27" s="3" t="n">
-        <x:v>74954</x:v>
+        <x:v>103926</x:v>
       </x:c>
       <x:c r="H27" s="3" t="n">
-        <x:v>79060</x:v>
+        <x:v>109620</x:v>
       </x:c>
       <x:c r="I27" s="3" t="n">
-        <x:v>82693</x:v>
+        <x:v>114658</x:v>
       </x:c>
       <x:c r="J27" s="3" t="n">
-        <x:v>89958</x:v>
+        <x:v>124731</x:v>
       </x:c>
       <x:c r="K27" s="3" t="n">
-        <x:v>89373</x:v>
+        <x:v>123919</x:v>
       </x:c>
       <x:c r="L27" s="3" t="n">
-        <x:v>91508</x:v>
+        <x:v>126880</x:v>
       </x:c>
       <x:c r="M27" s="3" t="n">
-        <x:v>88776</x:v>
+        <x:v>123092</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>93361</x:v>
+        <x:v>129448</x:v>
       </x:c>
       <x:c r="O27" s="3" t="n">
-        <x:v>93365</x:v>
+        <x:v>129454</x:v>
       </x:c>
       <x:c r="P27" s="3" t="n">
-        <x:v>92741</x:v>
+        <x:v>128589</x:v>
       </x:c>
       <x:c r="Q27" s="3" t="n">
-        <x:v>91923</x:v>
+        <x:v>127455</x:v>
       </x:c>
       <x:c r="R27" s="3" t="n">
-        <x:v>99078</x:v>
+        <x:v>137376</x:v>
       </x:c>
       <x:c r="S27" s="3" t="n">
-        <x:v>102203</x:v>
+        <x:v>141709</x:v>
       </x:c>
       <x:c r="T27" s="3" t="n">
-        <x:v>95176</x:v>
+        <x:v>131966</x:v>
       </x:c>
       <x:c r="U27" s="3" t="n">
-        <x:v>83271</x:v>
+        <x:v>115458</x:v>
       </x:c>
       <x:c r="V27" s="3" t="n">
-        <x:v>68433</x:v>
+        <x:v>94886</x:v>
       </x:c>
       <x:c r="W27" s="3" t="n">
-        <x:v>58045</x:v>
+        <x:v>80482</x:v>
       </x:c>
       <x:c r="X27" s="3" t="n">
-        <x:v>52717</x:v>
+        <x:v>73094</x:v>
       </x:c>
       <x:c r="Y27" s="3" t="n">
-        <x:v>52286</x:v>
+        <x:v>72497</x:v>
       </x:c>
       <x:c r="Z27" s="3" t="n">
-        <x:v>65118</x:v>
+        <x:v>90289</x:v>
       </x:c>
       <x:c r="AA27" s="3" t="n">
-        <x:v>71975</x:v>
+        <x:v>99797</x:v>
       </x:c>
       <x:c r="AB27" s="3" t="n">
-        <x:v>74015</x:v>
+        <x:v>102624</x:v>
       </x:c>
       <x:c r="AC27" s="3" t="n">
-        <x:v>82968</x:v>
+        <x:v>115039</x:v>
       </x:c>
       <x:c r="AD27" s="3" t="n">
-        <x:v>89378</x:v>
+        <x:v>123927</x:v>
       </x:c>
       <x:c r="AE27" s="3" t="n">
-        <x:v>92064</x:v>
+        <x:v>127650</x:v>
       </x:c>
       <x:c r="AF27" s="3" t="n">
-        <x:v>97185</x:v>
+        <x:v>134751</x:v>
       </x:c>
       <x:c r="AG27" s="3" t="n">
-        <x:v>105104</x:v>
+        <x:v>145731</x:v>
       </x:c>
       <x:c r="AH27" s="3" t="n">
-        <x:v>104420</x:v>
+        <x:v>144782</x:v>
       </x:c>
       <x:c r="AI27" s="3" t="n">
-        <x:v>106350</x:v>
+        <x:v>147459</x:v>
       </x:c>
       <x:c r="AJ27" s="3" t="n">
-        <x:v>123651</x:v>
+        <x:v>171447</x:v>
       </x:c>
       <x:c r="AK27" s="3" t="n">
-        <x:v>135663</x:v>
+        <x:v>188103</x:v>
       </x:c>
       <x:c r="AL27" s="3" t="n">
-        <x:v>141045</x:v>
+        <x:v>195565</x:v>
       </x:c>
       <x:c r="AM27" s="3" t="n">
-        <x:v>144886</x:v>
+        <x:v>200891</x:v>
       </x:c>
       <x:c r="AN27" s="3" t="n">
-        <x:v>131781</x:v>
+        <x:v>182720</x:v>
       </x:c>
       <x:c r="AO27" s="3" t="n">
-        <x:v>121057</x:v>
+        <x:v>167851</x:v>
       </x:c>
       <x:c r="AP27" s="3" t="n">
-        <x:v>119174</x:v>
+        <x:v>165240</x:v>
       </x:c>
       <x:c r="AQ27" s="3" t="n">
-        <x:v>139455</x:v>
+        <x:v>193360</x:v>
       </x:c>
       <x:c r="AR27" s="3" t="n">
-        <x:v>154672</x:v>
+        <x:v>214459</x:v>
       </x:c>
       <x:c r="AS27" s="3" t="n">
-        <x:v>162835</x:v>
+        <x:v>225777</x:v>
       </x:c>
       <x:c r="AT27" s="3" t="n">
-        <x:v>160509</x:v>
+        <x:v>222553</x:v>
       </x:c>
       <x:c r="AU27" s="3" t="n">
-        <x:v>165708</x:v>
+        <x:v>229761</x:v>
       </x:c>
       <x:c r="AV27" s="3" t="n">
-        <x:v>176589</x:v>
+        <x:v>244848</x:v>
       </x:c>
       <x:c r="AW27" s="3" t="n">
-        <x:v>189470</x:v>
+        <x:v>262708</x:v>
       </x:c>
       <x:c r="AX27" s="3" t="n">
-        <x:v>177234</x:v>
+        <x:v>245743</x:v>
       </x:c>
       <x:c r="AY27" s="3" t="n">
-        <x:v>175301</x:v>
+        <x:v>243062</x:v>
       </x:c>
       <x:c r="AZ27" s="3" t="n">
-        <x:v>172482</x:v>
+        <x:v>239154</x:v>
       </x:c>
       <x:c r="BA27" s="3" t="n">
-        <x:v>178568</x:v>
+        <x:v>247591</x:v>
       </x:c>
       <x:c r="BB27" s="3" t="n">
-        <x:v>179302</x:v>
+        <x:v>251734</x:v>
       </x:c>
       <x:c r="BC27" s="3" t="n">
-        <x:v>146555</x:v>
+        <x:v>227529</x:v>
       </x:c>
       <x:c r="BD27" s="3" t="n">
-        <x:v>118500</x:v>
+        <x:v>191674</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:56">
       <x:c r="A28" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>34352</x:v>
+        <x:v>45808</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
-        <x:v>37780</x:v>
+        <x:v>50378</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
-        <x:v>42091</x:v>
+        <x:v>56127</x:v>
       </x:c>
       <x:c r="E28" s="3" t="n">
-        <x:v>41902</x:v>
+        <x:v>55876</x:v>
       </x:c>
       <x:c r="F28" s="3" t="n">
-        <x:v>41987</x:v>
+        <x:v>55989</x:v>
       </x:c>
       <x:c r="G28" s="3" t="n">
-        <x:v>45139</x:v>
+        <x:v>60191</x:v>
       </x:c>
       <x:c r="H28" s="3" t="n">
-        <x:v>47382</x:v>
+        <x:v>63183</x:v>
       </x:c>
       <x:c r="I28" s="3" t="n">
-        <x:v>49770</x:v>
+        <x:v>66368</x:v>
       </x:c>
       <x:c r="J28" s="3" t="n">
-        <x:v>52438</x:v>
+        <x:v>69925</x:v>
       </x:c>
       <x:c r="K28" s="3" t="n">
-        <x:v>48576</x:v>
+        <x:v>64775</x:v>
       </x:c>
       <x:c r="L28" s="3" t="n">
-        <x:v>51049</x:v>
+        <x:v>68073</x:v>
       </x:c>
       <x:c r="M28" s="3" t="n">
-        <x:v>52909</x:v>
+        <x:v>70553</x:v>
       </x:c>
       <x:c r="N28" s="3" t="n">
-        <x:v>49720</x:v>
+        <x:v>66301</x:v>
       </x:c>
       <x:c r="O28" s="3" t="n">
-        <x:v>51979</x:v>
+        <x:v>69312</x:v>
       </x:c>
       <x:c r="P28" s="3" t="n">
-        <x:v>51176</x:v>
+        <x:v>68243</x:v>
       </x:c>
       <x:c r="Q28" s="3" t="n">
-        <x:v>51547</x:v>
+        <x:v>68737</x:v>
       </x:c>
       <x:c r="R28" s="3" t="n">
-        <x:v>57026</x:v>
+        <x:v>76043</x:v>
       </x:c>
       <x:c r="S28" s="3" t="n">
-        <x:v>63748</x:v>
+        <x:v>85007</x:v>
       </x:c>
       <x:c r="T28" s="3" t="n">
-        <x:v>69886</x:v>
+        <x:v>93192</x:v>
       </x:c>
       <x:c r="U28" s="3" t="n">
-        <x:v>70134</x:v>
+        <x:v>93523</x:v>
       </x:c>
       <x:c r="V28" s="3" t="n">
-        <x:v>70664</x:v>
+        <x:v>94229</x:v>
       </x:c>
       <x:c r="W28" s="3" t="n">
-        <x:v>77004</x:v>
+        <x:v>102683</x:v>
       </x:c>
       <x:c r="X28" s="3" t="n">
-        <x:v>79392</x:v>
+        <x:v>105868</x:v>
       </x:c>
       <x:c r="Y28" s="3" t="n">
-        <x:v>71407</x:v>
+        <x:v>95219</x:v>
       </x:c>
       <x:c r="Z28" s="3" t="n">
-        <x:v>72146</x:v>
+        <x:v>96205</x:v>
       </x:c>
       <x:c r="AA28" s="3" t="n">
-        <x:v>72997</x:v>
+        <x:v>97340</x:v>
       </x:c>
       <x:c r="AB28" s="3" t="n">
-        <x:v>75582</x:v>
+        <x:v>100787</x:v>
       </x:c>
       <x:c r="AC28" s="3" t="n">
-        <x:v>87634</x:v>
+        <x:v>116858</x:v>
       </x:c>
       <x:c r="AD28" s="3" t="n">
-        <x:v>92926</x:v>
+        <x:v>123915</x:v>
       </x:c>
       <x:c r="AE28" s="3" t="n">
-        <x:v>92674</x:v>
+        <x:v>123578</x:v>
       </x:c>
       <x:c r="AF28" s="3" t="n">
-        <x:v>83783</x:v>
+        <x:v>111723</x:v>
       </x:c>
       <x:c r="AG28" s="3" t="n">
-        <x:v>84811</x:v>
+        <x:v>113093</x:v>
       </x:c>
       <x:c r="AH28" s="3" t="n">
-        <x:v>90103</x:v>
+        <x:v>120150</x:v>
       </x:c>
       <x:c r="AI28" s="3" t="n">
-        <x:v>99665</x:v>
+        <x:v>132902</x:v>
       </x:c>
       <x:c r="AJ28" s="3" t="n">
-        <x:v>103170</x:v>
+        <x:v>137575</x:v>
       </x:c>
       <x:c r="AK28" s="3" t="n">
-        <x:v>102264</x:v>
+        <x:v>136368</x:v>
       </x:c>
       <x:c r="AL28" s="3" t="n">
-        <x:v>110339</x:v>
+        <x:v>147134</x:v>
       </x:c>
       <x:c r="AM28" s="3" t="n">
-        <x:v>120200</x:v>
+        <x:v>160284</x:v>
       </x:c>
       <x:c r="AN28" s="3" t="n">
-        <x:v>129039</x:v>
+        <x:v>172070</x:v>
       </x:c>
       <x:c r="AO28" s="3" t="n">
-        <x:v>138164</x:v>
+        <x:v>184239</x:v>
       </x:c>
       <x:c r="AP28" s="3" t="n">
-        <x:v>130795</x:v>
+        <x:v>174412</x:v>
       </x:c>
       <x:c r="AQ28" s="3" t="n">
-        <x:v>132281</x:v>
+        <x:v>176394</x:v>
       </x:c>
       <x:c r="AR28" s="3" t="n">
-        <x:v>129917</x:v>
+        <x:v>173242</x:v>
       </x:c>
       <x:c r="AS28" s="3" t="n">
-        <x:v>145221</x:v>
+        <x:v>193649</x:v>
       </x:c>
       <x:c r="AT28" s="3" t="n">
-        <x:v>151708</x:v>
+        <x:v>202299</x:v>
       </x:c>
       <x:c r="AU28" s="3" t="n">
-        <x:v>151972</x:v>
+        <x:v>202652</x:v>
       </x:c>
       <x:c r="AV28" s="3" t="n">
-        <x:v>161705</x:v>
+        <x:v>215630</x:v>
       </x:c>
       <x:c r="AW28" s="3" t="n">
-        <x:v>165916</x:v>
+        <x:v>221245</x:v>
       </x:c>
       <x:c r="AX28" s="3" t="n">
-        <x:v>179281</x:v>
+        <x:v>239068</x:v>
       </x:c>
       <x:c r="AY28" s="3" t="n">
-        <x:v>192750</x:v>
+        <x:v>257028</x:v>
       </x:c>
       <x:c r="AZ28" s="3" t="n">
-        <x:v>190629</x:v>
+        <x:v>254200</x:v>
       </x:c>
       <x:c r="BA28" s="3" t="n">
-        <x:v>185919</x:v>
+        <x:v>247919</x:v>
       </x:c>
       <x:c r="BB28" s="3" t="n">
-        <x:v>188630</x:v>
+        <x:v>254096</x:v>
       </x:c>
       <x:c r="BC28" s="3" t="n">
-        <x:v>196401</x:v>
+        <x:v>262355</x:v>
       </x:c>
       <x:c r="BD28" s="3" t="n">
-        <x:v>204062</x:v>
+        <x:v>276846</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:56">
       <x:c r="A29" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>30</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="D29" s="3" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E29" s="3" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="F29" s="3" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="G29" s="3" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="H29" s="3" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="I29" s="3" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="J29" s="3" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="K29" s="3" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="L29" s="3" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="M29" s="3" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="N29" s="3" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="O29" s="3" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="P29" s="3" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="Q29" s="3" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="R29" s="3" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="S29" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="T29" s="3" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="U29" s="3" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="V29" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="W29" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="X29" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="Y29" s="3" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="Z29" s="3" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="AA29" s="3" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="AB29" s="3" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="AC29" s="3" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="AD29" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="AE29" s="3" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="AF29" s="3" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="AG29" s="3" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="AH29" s="3" t="n">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="AI29" s="3" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="AJ29" s="3" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="AK29" s="3" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="AL29" s="3" t="n">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="D29" s="3" t="n">
-[...86 lines deleted...]
-      <x:c r="AG29" s="3" t="n">
+      <x:c r="AM29" s="3" t="n">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="AN29" s="3" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="AO29" s="3" t="n">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="AP29" s="3" t="n">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="AH29" s="3" t="n">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="AQ29" s="3" t="n">
-        <x:v>518</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="AR29" s="3" t="n">
-        <x:v>491</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="AS29" s="3" t="n">
-        <x:v>451</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="AT29" s="3" t="n">
-        <x:v>405</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="AU29" s="3" t="n">
-        <x:v>348</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="AV29" s="3" t="n">
-        <x:v>362</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="AW29" s="3" t="n">
-        <x:v>4639</x:v>
+        <x:v>1877</x:v>
       </x:c>
       <x:c r="AX29" s="3" t="n">
-        <x:v>4399</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="AY29" s="3" t="n">
-        <x:v>3931</x:v>
+        <x:v>1624</x:v>
       </x:c>
       <x:c r="AZ29" s="3" t="n">
-        <x:v>1543</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="BA29" s="3" t="n">
-        <x:v>827</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="BB29" s="3" t="n">
-        <x:v>3733</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="BC29" s="3" t="n">
-        <x:v>4058</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="BD29" s="3" t="n">
-        <x:v>4304</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:56">
       <x:c r="A30" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>156511</x:v>
+        <x:v>643386</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
-        <x:v>126761</x:v>
+        <x:v>509992</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
-        <x:v>87890</x:v>
+        <x:v>346595</x:v>
       </x:c>
       <x:c r="E30" s="3" t="n">
-        <x:v>127061</x:v>
+        <x:v>490744</x:v>
       </x:c>
       <x:c r="F30" s="3" t="n">
-        <x:v>180453</x:v>
+        <x:v>693630</x:v>
       </x:c>
       <x:c r="G30" s="3" t="n">
-        <x:v>108021</x:v>
+        <x:v>397716</x:v>
       </x:c>
       <x:c r="H30" s="3" t="n">
-        <x:v>80705</x:v>
+        <x:v>282626</x:v>
       </x:c>
       <x:c r="I30" s="3" t="n">
-        <x:v>41353</x:v>
+        <x:v>125828</x:v>
       </x:c>
       <x:c r="J30" s="3" t="n">
-        <x:v>-62583</x:v>
+        <x:v>-283133</x:v>
       </x:c>
       <x:c r="K30" s="3" t="n">
-        <x:v>-58798</x:v>
+        <x:v>-267771</x:v>
       </x:c>
       <x:c r="L30" s="3" t="n">
-        <x:v>21753</x:v>
+        <x:v>55317</x:v>
       </x:c>
       <x:c r="M30" s="3" t="n">
-        <x:v>-4820</x:v>
+        <x:v>-37368</x:v>
       </x:c>
       <x:c r="N30" s="3" t="n">
-        <x:v>15365</x:v>
+        <x:v>51061</x:v>
       </x:c>
       <x:c r="O30" s="3" t="n">
-        <x:v>-61859</x:v>
+        <x:v>-304773</x:v>
       </x:c>
       <x:c r="P30" s="3" t="n">
-        <x:v>5993</x:v>
+        <x:v>6908</x:v>
       </x:c>
       <x:c r="Q30" s="3" t="n">
-        <x:v>54461</x:v>
+        <x:v>341939</x:v>
       </x:c>
       <x:c r="R30" s="3" t="n">
-        <x:v>134592</x:v>
+        <x:v>885570</x:v>
       </x:c>
       <x:c r="S30" s="3" t="n">
-        <x:v>81984</x:v>
+        <x:v>531180</x:v>
       </x:c>
       <x:c r="T30" s="3" t="n">
-        <x:v>32831</x:v>
+        <x:v>180105</x:v>
       </x:c>
       <x:c r="U30" s="3" t="n">
-        <x:v>28847</x:v>
+        <x:v>158473</x:v>
       </x:c>
       <x:c r="V30" s="3" t="n">
-        <x:v>76787</x:v>
+        <x:v>469483</x:v>
       </x:c>
       <x:c r="W30" s="3" t="n">
-        <x:v>24971</x:v>
+        <x:v>70486</x:v>
       </x:c>
       <x:c r="X30" s="3" t="n">
-        <x:v>37826</x:v>
+        <x:v>147575</x:v>
       </x:c>
       <x:c r="Y30" s="3" t="n">
-        <x:v>46537</x:v>
+        <x:v>184032</x:v>
       </x:c>
       <x:c r="Z30" s="3" t="n">
-        <x:v>75557</x:v>
+        <x:v>528940</x:v>
       </x:c>
       <x:c r="AA30" s="3" t="n">
-        <x:v>148732</x:v>
+        <x:v>1119483</x:v>
       </x:c>
       <x:c r="AB30" s="3" t="n">
-        <x:v>60346</x:v>
+        <x:v>159707</x:v>
       </x:c>
       <x:c r="AC30" s="3" t="n">
-        <x:v>106020</x:v>
+        <x:v>436711</x:v>
       </x:c>
       <x:c r="AD30" s="3" t="n">
-        <x:v>116815</x:v>
+        <x:v>577029</x:v>
       </x:c>
       <x:c r="AE30" s="3" t="n">
-        <x:v>61162</x:v>
+        <x:v>-56251</x:v>
       </x:c>
       <x:c r="AF30" s="3" t="n">
-        <x:v>118850</x:v>
+        <x:v>-469424</x:v>
       </x:c>
       <x:c r="AG30" s="3" t="n">
-        <x:v>61856</x:v>
+        <x:v>-16037</x:v>
       </x:c>
       <x:c r="AH30" s="3" t="n">
-        <x:v>49938</x:v>
+        <x:v>86462</x:v>
       </x:c>
       <x:c r="AI30" s="3" t="n">
-        <x:v>24263</x:v>
+        <x:v>226215</x:v>
       </x:c>
       <x:c r="AJ30" s="3" t="n">
-        <x:v>80024</x:v>
+        <x:v>-97509</x:v>
       </x:c>
       <x:c r="AK30" s="3" t="n">
-        <x:v>78247</x:v>
+        <x:v>-65162</x:v>
       </x:c>
       <x:c r="AL30" s="3" t="n">
-        <x:v>106160</x:v>
+        <x:v>-88818</x:v>
       </x:c>
       <x:c r="AM30" s="3" t="n">
-        <x:v>111072</x:v>
+        <x:v>-82873</x:v>
       </x:c>
       <x:c r="AN30" s="3" t="n">
-        <x:v>107419</x:v>
+        <x:v>-71420</x:v>
       </x:c>
       <x:c r="AO30" s="3" t="n">
-        <x:v>39464</x:v>
+        <x:v>18260</x:v>
       </x:c>
       <x:c r="AP30" s="3" t="n">
-        <x:v>118884</x:v>
+        <x:v>-52186</x:v>
       </x:c>
       <x:c r="AQ30" s="3" t="n">
-        <x:v>109580</x:v>
+        <x:v>-38215</x:v>
       </x:c>
       <x:c r="AR30" s="3" t="n">
-        <x:v>91995</x:v>
+        <x:v>-22952</x:v>
       </x:c>
       <x:c r="AS30" s="3" t="n">
-        <x:v>101062</x:v>
+        <x:v>-23463</x:v>
       </x:c>
       <x:c r="AT30" s="3" t="n">
-        <x:v>95875</x:v>
+        <x:v>-15462</x:v>
       </x:c>
       <x:c r="AU30" s="3" t="n">
-        <x:v>100734</x:v>
+        <x:v>-13887</x:v>
       </x:c>
       <x:c r="AV30" s="3" t="n">
-        <x:v>90459</x:v>
+        <x:v>-805</x:v>
       </x:c>
       <x:c r="AW30" s="3" t="n">
-        <x:v>98004</x:v>
+        <x:v>-1162</x:v>
       </x:c>
       <x:c r="AX30" s="3" t="n">
-        <x:v>114195</x:v>
+        <x:v>-1328</x:v>
       </x:c>
       <x:c r="AY30" s="3" t="n">
-        <x:v>86818</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="AZ30" s="3" t="n">
-        <x:v>91327</x:v>
+        <x:v>2497</x:v>
       </x:c>
       <x:c r="BA30" s="3" t="n">
-        <x:v>72718</x:v>
+        <x:v>-55174</x:v>
       </x:c>
       <x:c r="BB30" s="3" t="n">
-        <x:v>118276</x:v>
+        <x:v>74431</x:v>
       </x:c>
       <x:c r="BC30" s="3" t="n">
-        <x:v>96722</x:v>
+        <x:v>54355</x:v>
       </x:c>
       <x:c r="BD30" s="3" t="n">
-        <x:v>82578</x:v>
+        <x:v>37279</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:56">
       <x:c r="A31" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>279343</x:v>
+        <x:v>428897</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>310124</x:v>
+        <x:v>474839</x:v>
       </x:c>
       <x:c r="D31" s="3" t="n">
-        <x:v>293027</x:v>
+        <x:v>448088</x:v>
       </x:c>
       <x:c r="E31" s="3" t="n">
-        <x:v>334366</x:v>
+        <x:v>510205</x:v>
       </x:c>
       <x:c r="F31" s="3" t="n">
-        <x:v>365829</x:v>
+        <x:v>557672</x:v>
       </x:c>
       <x:c r="G31" s="3" t="n">
-        <x:v>378386</x:v>
+        <x:v>575147</x:v>
       </x:c>
       <x:c r="H31" s="3" t="n">
-        <x:v>406339</x:v>
+        <x:v>616898</x:v>
       </x:c>
       <x:c r="I31" s="3" t="n">
-        <x:v>409025</x:v>
+        <x:v>620532</x:v>
       </x:c>
       <x:c r="J31" s="3" t="n">
-        <x:v>341606</x:v>
+        <x:v>516954</x:v>
       </x:c>
       <x:c r="K31" s="3" t="n">
-        <x:v>349633</x:v>
+        <x:v>529223</x:v>
       </x:c>
       <x:c r="L31" s="3" t="n">
-        <x:v>372906</x:v>
+        <x:v>564150</x:v>
       </x:c>
       <x:c r="M31" s="3" t="n">
-        <x:v>381096</x:v>
+        <x:v>578422</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>395037</x:v>
+        <x:v>600026</x:v>
       </x:c>
       <x:c r="O31" s="3" t="n">
-        <x:v>374627</x:v>
+        <x:v>567818</x:v>
       </x:c>
       <x:c r="P31" s="3" t="n">
-        <x:v>415909</x:v>
+        <x:v>631018</x:v>
       </x:c>
       <x:c r="Q31" s="3" t="n">
-        <x:v>427904</x:v>
+        <x:v>649413</x:v>
       </x:c>
       <x:c r="R31" s="3" t="n">
-        <x:v>496613</x:v>
+        <x:v>754152</x:v>
       </x:c>
       <x:c r="S31" s="3" t="n">
-        <x:v>474714</x:v>
+        <x:v>721277</x:v>
       </x:c>
       <x:c r="T31" s="3" t="n">
-        <x:v>447226</x:v>
+        <x:v>677403</x:v>
       </x:c>
       <x:c r="U31" s="3" t="n">
-        <x:v>416313</x:v>
+        <x:v>630893</x:v>
       </x:c>
       <x:c r="V31" s="3" t="n">
-        <x:v>394341</x:v>
+        <x:v>596439</x:v>
       </x:c>
       <x:c r="W31" s="3" t="n">
-        <x:v>372243</x:v>
+        <x:v>558172</x:v>
       </x:c>
       <x:c r="X31" s="3" t="n">
-        <x:v>369868</x:v>
+        <x:v>552784</x:v>
       </x:c>
       <x:c r="Y31" s="3" t="n">
-        <x:v>391589</x:v>
+        <x:v>585429</x:v>
       </x:c>
       <x:c r="Z31" s="3" t="n">
-        <x:v>420710</x:v>
+        <x:v>628793</x:v>
       </x:c>
       <x:c r="AA31" s="3" t="n">
-        <x:v>458009</x:v>
+        <x:v>678063</x:v>
       </x:c>
       <x:c r="AB31" s="3" t="n">
-        <x:v>464976</x:v>
+        <x:v>684388</x:v>
       </x:c>
       <x:c r="AC31" s="3" t="n">
-        <x:v>546846</x:v>
+        <x:v>799982</x:v>
       </x:c>
       <x:c r="AD31" s="3" t="n">
-        <x:v>613396</x:v>
+        <x:v>902186</x:v>
       </x:c>
       <x:c r="AE31" s="3" t="n">
-        <x:v>567056</x:v>
+        <x:v>833739</x:v>
       </x:c>
       <x:c r="AF31" s="3" t="n">
-        <x:v>573619</x:v>
+        <x:v>842985</x:v>
       </x:c>
       <x:c r="AG31" s="3" t="n">
-        <x:v>545081</x:v>
+        <x:v>797152</x:v>
       </x:c>
       <x:c r="AH31" s="3" t="n">
-        <x:v>537942</x:v>
+        <x:v>775730</x:v>
       </x:c>
       <x:c r="AI31" s="3" t="n">
-        <x:v>527787</x:v>
+        <x:v>758445</x:v>
       </x:c>
       <x:c r="AJ31" s="3" t="n">
-        <x:v>615841</x:v>
+        <x:v>887693</x:v>
       </x:c>
       <x:c r="AK31" s="3" t="n">
-        <x:v>681273</x:v>
+        <x:v>974713</x:v>
       </x:c>
       <x:c r="AL31" s="3" t="n">
-        <x:v>760120</x:v>
+        <x:v>1086561</x:v>
       </x:c>
       <x:c r="AM31" s="3" t="n">
-        <x:v>846012</x:v>
+        <x:v>1220667</x:v>
       </x:c>
       <x:c r="AN31" s="3" t="n">
-        <x:v>850707</x:v>
+        <x:v>1240868</x:v>
       </x:c>
       <x:c r="AO31" s="3" t="n">
-        <x:v>730115</x:v>
+        <x:v>1052779</x:v>
       </x:c>
       <x:c r="AP31" s="3" t="n">
-        <x:v>753728</x:v>
+        <x:v>1078927</x:v>
       </x:c>
       <x:c r="AQ31" s="3" t="n">
-        <x:v>789886</x:v>
+        <x:v>1126429</x:v>
       </x:c>
       <x:c r="AR31" s="3" t="n">
-        <x:v>819748</x:v>
+        <x:v>1161888</x:v>
       </x:c>
       <x:c r="AS31" s="3" t="n">
-        <x:v>875588</x:v>
+        <x:v>1232471</x:v>
       </x:c>
       <x:c r="AT31" s="3" t="n">
-        <x:v>867275</x:v>
+        <x:v>1207652</x:v>
       </x:c>
       <x:c r="AU31" s="3" t="n">
-        <x:v>842609</x:v>
+        <x:v>1159594</x:v>
       </x:c>
       <x:c r="AV31" s="3" t="n">
-        <x:v>861587</x:v>
+        <x:v>1173447</x:v>
       </x:c>
       <x:c r="AW31" s="3" t="n">
-        <x:v>893604</x:v>
+        <x:v>1207778</x:v>
       </x:c>
       <x:c r="AX31" s="3" t="n">
-        <x:v>928220</x:v>
+        <x:v>1238152</x:v>
       </x:c>
       <x:c r="AY31" s="3" t="n">
-        <x:v>972258</x:v>
+        <x:v>1297039</x:v>
       </x:c>
       <x:c r="AZ31" s="3" t="n">
-        <x:v>941238</x:v>
+        <x:v>1216293</x:v>
       </x:c>
       <x:c r="BA31" s="3" t="n">
-        <x:v>922959</x:v>
+        <x:v>1180601</x:v>
       </x:c>
       <x:c r="BB31" s="3" t="n">
-        <x:v>975139</x:v>
+        <x:v>1307143</x:v>
       </x:c>
       <x:c r="BC31" s="3" t="n">
-        <x:v>938651</x:v>
+        <x:v>1252418</x:v>
       </x:c>
       <x:c r="BD31" s="3" t="n">
-        <x:v>911922</x:v>
+        <x:v>1218593</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:56">
       <x:c r="A32" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>821352</x:v>
+        <x:v>1058416</x:v>
       </x:c>
       <x:c r="C32" s="3" t="n">
-        <x:v>883288</x:v>
+        <x:v>1138638</x:v>
       </x:c>
       <x:c r="D32" s="3" t="n">
-        <x:v>885740</x:v>
+        <x:v>1141073</x:v>
       </x:c>
       <x:c r="E32" s="3" t="n">
-        <x:v>948829</x:v>
+        <x:v>1221929</x:v>
       </x:c>
       <x:c r="F32" s="3" t="n">
-        <x:v>998246</x:v>
+        <x:v>1286084</x:v>
       </x:c>
       <x:c r="G32" s="3" t="n">
-        <x:v>1048194</x:v>
+        <x:v>1350471</x:v>
       </x:c>
       <x:c r="H32" s="3" t="n">
-        <x:v>1116250</x:v>
+        <x:v>1438416</x:v>
       </x:c>
       <x:c r="I32" s="3" t="n">
-        <x:v>1159679</x:v>
+        <x:v>1494284</x:v>
       </x:c>
       <x:c r="J32" s="3" t="n">
-        <x:v>1094147</x:v>
+        <x:v>1409280</x:v>
       </x:c>
       <x:c r="K32" s="3" t="n">
-        <x:v>1135904</x:v>
+        <x:v>1462605</x:v>
       </x:c>
       <x:c r="L32" s="3" t="n">
-        <x:v>1179908</x:v>
+        <x:v>1518690</x:v>
       </x:c>
       <x:c r="M32" s="3" t="n">
-        <x:v>1197470</x:v>
+        <x:v>1542539</x:v>
       </x:c>
       <x:c r="N32" s="3" t="n">
-        <x:v>1223259</x:v>
+        <x:v>1576039</x:v>
       </x:c>
       <x:c r="O32" s="3" t="n">
-        <x:v>1223412</x:v>
+        <x:v>1575312</x:v>
       </x:c>
       <x:c r="P32" s="3" t="n">
-        <x:v>1285799</x:v>
+        <x:v>1656165</x:v>
       </x:c>
       <x:c r="Q32" s="3" t="n">
-        <x:v>1362958</x:v>
+        <x:v>1755721</x:v>
       </x:c>
       <x:c r="R32" s="3" t="n">
-        <x:v>1469039</x:v>
+        <x:v>1892687</x:v>
       </x:c>
       <x:c r="S32" s="3" t="n">
-        <x:v>1455312</x:v>
+        <x:v>1874911</x:v>
       </x:c>
       <x:c r="T32" s="3" t="n">
-        <x:v>1411209</x:v>
+        <x:v>1816742</x:v>
       </x:c>
       <x:c r="U32" s="3" t="n">
-        <x:v>1385983</x:v>
+        <x:v>1783956</x:v>
       </x:c>
       <x:c r="V32" s="3" t="n">
-        <x:v>1382814</x:v>
+        <x:v>1780139</x:v>
       </x:c>
       <x:c r="W32" s="3" t="n">
-        <x:v>1394800</x:v>
+        <x:v>1790980</x:v>
       </x:c>
       <x:c r="X32" s="3" t="n">
-        <x:v>1429389</x:v>
+        <x:v>1834739</x:v>
       </x:c>
       <x:c r="Y32" s="3" t="n">
-        <x:v>1478305</x:v>
+        <x:v>1898162</x:v>
       </x:c>
       <x:c r="Z32" s="3" t="n">
-        <x:v>1535831</x:v>
+        <x:v>1971433</x:v>
       </x:c>
       <x:c r="AA32" s="3" t="n">
-        <x:v>1599492</x:v>
+        <x:v>2052863</x:v>
       </x:c>
       <x:c r="AB32" s="3" t="n">
-        <x:v>1668376</x:v>
+        <x:v>2139696</x:v>
       </x:c>
       <x:c r="AC32" s="3" t="n">
-        <x:v>1780263</x:v>
+        <x:v>2277897</x:v>
       </x:c>
       <x:c r="AD32" s="3" t="n">
-        <x:v>1878895</x:v>
+        <x:v>2406289</x:v>
       </x:c>
       <x:c r="AE32" s="3" t="n">
-        <x:v>1885592</x:v>
+        <x:v>2419327</x:v>
       </x:c>
       <x:c r="AF32" s="3" t="n">
-        <x:v>1940350</x:v>
+        <x:v>2492621</x:v>
       </x:c>
       <x:c r="AG32" s="3" t="n">
-        <x:v>1953062</x:v>
+        <x:v>2512075</x:v>
       </x:c>
       <x:c r="AH32" s="3" t="n">
-        <x:v>1995122</x:v>
+        <x:v>2567140</x:v>
       </x:c>
       <x:c r="AI32" s="3" t="n">
-        <x:v>2025164</x:v>
+        <x:v>2609659</x:v>
       </x:c>
       <x:c r="AJ32" s="3" t="n">
-        <x:v>2164710</x:v>
+        <x:v>2798031</x:v>
       </x:c>
       <x:c r="AK32" s="3" t="n">
-        <x:v>2280787</x:v>
+        <x:v>2956285</x:v>
       </x:c>
       <x:c r="AL32" s="3" t="n">
-        <x:v>2419818</x:v>
+        <x:v>3149524</x:v>
       </x:c>
       <x:c r="AM32" s="3" t="n">
-        <x:v>2572348</x:v>
+        <x:v>3364945</x:v>
       </x:c>
       <x:c r="AN32" s="3" t="n">
-        <x:v>2611347</x:v>
+        <x:v>3426866</x:v>
       </x:c>
       <x:c r="AO32" s="3" t="n">
-        <x:v>2520565</x:v>
+        <x:v>3317775</x:v>
       </x:c>
       <x:c r="AP32" s="3" t="n">
-        <x:v>2602607</x:v>
+        <x:v>3431625</x:v>
       </x:c>
       <x:c r="AQ32" s="3" t="n">
-        <x:v>2674149</x:v>
+        <x:v>3534450</x:v>
       </x:c>
       <x:c r="AR32" s="3" t="n">
-        <x:v>2757258</x:v>
+        <x:v>3651641</x:v>
       </x:c>
       <x:c r="AS32" s="3" t="n">
-        <x:v>2855785</x:v>
+        <x:v>3791596</x:v>
       </x:c>
       <x:c r="AT32" s="3" t="n">
-        <x:v>2892427</x:v>
+        <x:v>3842807</x:v>
       </x:c>
       <x:c r="AU32" s="3" t="n">
-        <x:v>2919882</x:v>
+        <x:v>3888293</x:v>
       </x:c>
       <x:c r="AV32" s="3" t="n">
-        <x:v>2970926</x:v>
+        <x:v>3963263</x:v>
       </x:c>
       <x:c r="AW32" s="3" t="n">
-        <x:v>3047343</x:v>
+        <x:v>4073760</x:v>
       </x:c>
       <x:c r="AX32" s="3" t="n">
-        <x:v>3106087</x:v>
+        <x:v>4160849</x:v>
       </x:c>
       <x:c r="AY32" s="3" t="n">
-        <x:v>3172852</x:v>
+        <x:v>4264154</x:v>
       </x:c>
       <x:c r="AZ32" s="3" t="n">
-        <x:v>3049317</x:v>
+        <x:v>4098860</x:v>
       </x:c>
       <x:c r="BA32" s="3" t="n">
-        <x:v>3126385</x:v>
+        <x:v>4216147</x:v>
       </x:c>
       <x:c r="BB32" s="3" t="n">
-        <x:v>3301745</x:v>
+        <x:v>4516132</x:v>
       </x:c>
       <x:c r="BC32" s="3" t="n">
-        <x:v>3274747</x:v>
+        <x:v>4487483</x:v>
       </x:c>
       <x:c r="BD32" s="3" t="n">
-        <x:v>3289320</x:v>
+        <x:v>4500772</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:56">
       <x:c r="A33" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>696477</x:v>
+        <x:v>860080</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>744068</x:v>
+        <x:v>920072</x:v>
       </x:c>
       <x:c r="D33" s="3" t="n">
-        <x:v>771768</x:v>
+        <x:v>954301</x:v>
       </x:c>
       <x:c r="E33" s="3" t="n">
-        <x:v>806031</x:v>
+        <x:v>996940</x:v>
       </x:c>
       <x:c r="F33" s="3" t="n">
-        <x:v>837987</x:v>
+        <x:v>1037204</x:v>
       </x:c>
       <x:c r="G33" s="3" t="n">
-        <x:v>888767</x:v>
+        <x:v>1101291</x:v>
       </x:c>
       <x:c r="H33" s="3" t="n">
-        <x:v>940520</x:v>
+        <x:v>1166210</x:v>
       </x:c>
       <x:c r="I33" s="3" t="n">
-        <x:v>1000226</x:v>
+        <x:v>1240467</x:v>
       </x:c>
       <x:c r="J33" s="3" t="n">
-        <x:v>1009038</x:v>
+        <x:v>1251736</x:v>
       </x:c>
       <x:c r="K33" s="3" t="n">
-        <x:v>1028685</x:v>
+        <x:v>1275551</x:v>
       </x:c>
       <x:c r="L33" s="3" t="n">
-        <x:v>1053160</x:v>
+        <x:v>1305576</x:v>
       </x:c>
       <x:c r="M33" s="3" t="n">
-        <x:v>1072008</x:v>
+        <x:v>1328752</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>1080835</x:v>
+        <x:v>1339830</x:v>
       </x:c>
       <x:c r="O33" s="3" t="n">
-        <x:v>1096529</x:v>
+        <x:v>1359079</x:v>
       </x:c>
       <x:c r="P33" s="3" t="n">
-        <x:v>1122511</x:v>
+        <x:v>1391342</x:v>
       </x:c>
       <x:c r="Q33" s="3" t="n">
-        <x:v>1202561</x:v>
+        <x:v>1490461</x:v>
       </x:c>
       <x:c r="R33" s="3" t="n">
-        <x:v>1280593</x:v>
+        <x:v>1587509</x:v>
       </x:c>
       <x:c r="S33" s="3" t="n">
-        <x:v>1286390</x:v>
+        <x:v>1594189</x:v>
       </x:c>
       <x:c r="T33" s="3" t="n">
-        <x:v>1251042</x:v>
+        <x:v>1550780</x:v>
       </x:c>
       <x:c r="U33" s="3" t="n">
-        <x:v>1213458</x:v>
+        <x:v>1503574</x:v>
       </x:c>
       <x:c r="V33" s="3" t="n">
-        <x:v>1220375</x:v>
+        <x:v>1513156</x:v>
       </x:c>
       <x:c r="W33" s="3" t="n">
-        <x:v>1238846</x:v>
+        <x:v>1535305</x:v>
       </x:c>
       <x:c r="X33" s="3" t="n">
-        <x:v>1266579</x:v>
+        <x:v>1570121</x:v>
       </x:c>
       <x:c r="Y33" s="3" t="n">
-        <x:v>1291126</x:v>
+        <x:v>1602627</x:v>
       </x:c>
       <x:c r="Z33" s="3" t="n">
-        <x:v>1344726</x:v>
+        <x:v>1667665</x:v>
       </x:c>
       <x:c r="AA33" s="3" t="n">
-        <x:v>1400640</x:v>
+        <x:v>1742337</x:v>
       </x:c>
       <x:c r="AB33" s="3" t="n">
-        <x:v>1493717</x:v>
+        <x:v>1858333</x:v>
       </x:c>
       <x:c r="AC33" s="3" t="n">
-        <x:v>1556886</x:v>
+        <x:v>1937464</x:v>
       </x:c>
       <x:c r="AD33" s="3" t="n">
-        <x:v>1622093</x:v>
+        <x:v>2018674</x:v>
       </x:c>
       <x:c r="AE33" s="3" t="n">
-        <x:v>1662804</x:v>
+        <x:v>2072087</x:v>
       </x:c>
       <x:c r="AF33" s="3" t="n">
-        <x:v>1714198</x:v>
+        <x:v>2138794</x:v>
       </x:c>
       <x:c r="AG33" s="3" t="n">
-        <x:v>1761409</x:v>
+        <x:v>2203670</x:v>
       </x:c>
       <x:c r="AH33" s="3" t="n">
-        <x:v>1822203</x:v>
+        <x:v>2289996</x:v>
       </x:c>
       <x:c r="AI33" s="3" t="n">
-        <x:v>1843441</x:v>
+        <x:v>2319851</x:v>
       </x:c>
       <x:c r="AJ33" s="3" t="n">
-        <x:v>1940747</x:v>
+        <x:v>2461159</x:v>
       </x:c>
       <x:c r="AK33" s="3" t="n">
-        <x:v>2037994</x:v>
+        <x:v>2592138</x:v>
       </x:c>
       <x:c r="AL33" s="3" t="n">
-        <x:v>2142114</x:v>
+        <x:v>2748864</x:v>
       </x:c>
       <x:c r="AM33" s="3" t="n">
-        <x:v>2279042</x:v>
+        <x:v>2944531</x:v>
       </x:c>
       <x:c r="AN33" s="3" t="n">
-        <x:v>2318320</x:v>
+        <x:v>3009374</x:v>
       </x:c>
       <x:c r="AO33" s="3" t="n">
-        <x:v>2285573</x:v>
+        <x:v>2974494</x:v>
       </x:c>
       <x:c r="AP33" s="3" t="n">
-        <x:v>2313560</x:v>
+        <x:v>3017503</x:v>
       </x:c>
       <x:c r="AQ33" s="3" t="n">
-        <x:v>2372314</x:v>
+        <x:v>3114000</x:v>
       </x:c>
       <x:c r="AR33" s="3" t="n">
-        <x:v>2461255</x:v>
+        <x:v>3245031</x:v>
       </x:c>
       <x:c r="AS33" s="3" t="n">
-        <x:v>2518458</x:v>
+        <x:v>3339969</x:v>
       </x:c>
       <x:c r="AT33" s="3" t="n">
-        <x:v>2566136</x:v>
+        <x:v>3422948</x:v>
       </x:c>
       <x:c r="AU33" s="3" t="n">
-        <x:v>2618009</x:v>
+        <x:v>3512888</x:v>
       </x:c>
       <x:c r="AV33" s="3" t="n">
-        <x:v>2698867</x:v>
+        <x:v>3646015</x:v>
       </x:c>
       <x:c r="AW33" s="3" t="n">
-        <x:v>2783521</x:v>
+        <x:v>3776732</x:v>
       </x:c>
       <x:c r="AX33" s="3" t="n">
-        <x:v>2817572</x:v>
+        <x:v>3847776</x:v>
       </x:c>
       <x:c r="AY33" s="3" t="n">
-        <x:v>2880981</x:v>
+        <x:v>3962777</x:v>
       </x:c>
       <x:c r="AZ33" s="3" t="n">
-        <x:v>2767218</x:v>
+        <x:v>3847443</x:v>
       </x:c>
       <x:c r="BA33" s="3" t="n">
-        <x:v>2873781</x:v>
+        <x:v>4023548</x:v>
       </x:c>
       <x:c r="BB33" s="3" t="n">
-        <x:v>3008335</x:v>
+        <x:v>4210346</x:v>
       </x:c>
       <x:c r="BC33" s="3" t="n">
-        <x:v>2999849</x:v>
+        <x:v>4178392</x:v>
       </x:c>
       <x:c r="BD33" s="3" t="n">
-        <x:v>3009957</x:v>
+        <x:v>4209915</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:56">
       <x:c r="A34" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>211411</x:v>
+        <x:v>274260</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
-        <x:v>227668</x:v>
+        <x:v>295349</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
-        <x:v>241920</x:v>
+        <x:v>313838</x:v>
       </x:c>
       <x:c r="E34" s="3" t="n">
-        <x:v>250740</x:v>
+        <x:v>325280</x:v>
       </x:c>
       <x:c r="F34" s="3" t="n">
-        <x:v>257721</x:v>
+        <x:v>334337</x:v>
       </x:c>
       <x:c r="G34" s="3" t="n">
-        <x:v>277104</x:v>
+        <x:v>359482</x:v>
       </x:c>
       <x:c r="H34" s="3" t="n">
-        <x:v>293354</x:v>
+        <x:v>380563</x:v>
       </x:c>
       <x:c r="I34" s="3" t="n">
-        <x:v>306134</x:v>
+        <x:v>397141</x:v>
       </x:c>
       <x:c r="J34" s="3" t="n">
-        <x:v>321499</x:v>
+        <x:v>417074</x:v>
       </x:c>
       <x:c r="K34" s="3" t="n">
-        <x:v>328991</x:v>
+        <x:v>426794</x:v>
       </x:c>
       <x:c r="L34" s="3" t="n">
-        <x:v>343837</x:v>
+        <x:v>446053</x:v>
       </x:c>
       <x:c r="M34" s="3" t="n">
-        <x:v>355672</x:v>
+        <x:v>461406</x:v>
       </x:c>
       <x:c r="N34" s="3" t="n">
-        <x:v>358359</x:v>
+        <x:v>464892</x:v>
       </x:c>
       <x:c r="O34" s="3" t="n">
-        <x:v>370185</x:v>
+        <x:v>480234</x:v>
       </x:c>
       <x:c r="P34" s="3" t="n">
-        <x:v>373712</x:v>
+        <x:v>484809</x:v>
       </x:c>
       <x:c r="Q34" s="3" t="n">
-        <x:v>382419</x:v>
+        <x:v>496105</x:v>
       </x:c>
       <x:c r="R34" s="3" t="n">
-        <x:v>396529</x:v>
+        <x:v>514409</x:v>
       </x:c>
       <x:c r="S34" s="3" t="n">
-        <x:v>418958</x:v>
+        <x:v>543507</x:v>
       </x:c>
       <x:c r="T34" s="3" t="n">
-        <x:v>423491</x:v>
+        <x:v>549386</x:v>
       </x:c>
       <x:c r="U34" s="3" t="n">
-        <x:v>434221</x:v>
+        <x:v>563307</x:v>
       </x:c>
       <x:c r="V34" s="3" t="n">
-        <x:v>450403</x:v>
+        <x:v>584299</x:v>
       </x:c>
       <x:c r="W34" s="3" t="n">
-        <x:v>479414</x:v>
+        <x:v>621934</x:v>
       </x:c>
       <x:c r="X34" s="3" t="n">
-        <x:v>505722</x:v>
+        <x:v>656063</x:v>
       </x:c>
       <x:c r="Y34" s="3" t="n">
-        <x:v>511045</x:v>
+        <x:v>662969</x:v>
       </x:c>
       <x:c r="Z34" s="3" t="n">
-        <x:v>518064</x:v>
+        <x:v>672074</x:v>
       </x:c>
       <x:c r="AA34" s="3" t="n">
-        <x:v>520544</x:v>
+        <x:v>680241</x:v>
       </x:c>
       <x:c r="AB34" s="3" t="n">
-        <x:v>535843</x:v>
+        <x:v>700151</x:v>
       </x:c>
       <x:c r="AC34" s="3" t="n">
-        <x:v>562861</x:v>
+        <x:v>735315</x:v>
       </x:c>
       <x:c r="AD34" s="3" t="n">
-        <x:v>585303</x:v>
+        <x:v>764468</x:v>
       </x:c>
       <x:c r="AE34" s="3" t="n">
-        <x:v>600183</x:v>
+        <x:v>784006</x:v>
       </x:c>
       <x:c r="AF34" s="3" t="n">
-        <x:v>600845</x:v>
+        <x:v>785272</x:v>
       </x:c>
       <x:c r="AG34" s="3" t="n">
-        <x:v>622343</x:v>
+        <x:v>813677</x:v>
       </x:c>
       <x:c r="AH34" s="3" t="n">
-        <x:v>647206</x:v>
+        <x:v>847338</x:v>
       </x:c>
       <x:c r="AI34" s="3" t="n">
-        <x:v>663839</x:v>
+        <x:v>869682</x:v>
       </x:c>
       <x:c r="AJ34" s="3" t="n">
-        <x:v>674216</x:v>
+        <x:v>883099</x:v>
       </x:c>
       <x:c r="AK34" s="3" t="n">
-        <x:v>684391</x:v>
+        <x:v>895950</x:v>
       </x:c>
       <x:c r="AL34" s="3" t="n">
-        <x:v>705404</x:v>
+        <x:v>922533</x:v>
       </x:c>
       <x:c r="AM34" s="3" t="n">
-        <x:v>727428</x:v>
+        <x:v>952086</x:v>
       </x:c>
       <x:c r="AN34" s="3" t="n">
-        <x:v>751983</x:v>
+        <x:v>985194</x:v>
       </x:c>
       <x:c r="AO34" s="3" t="n">
-        <x:v>787559</x:v>
+        <x:v>1031994</x:v>
       </x:c>
       <x:c r="AP34" s="3" t="n">
-        <x:v>794487</x:v>
+        <x:v>1042822</x:v>
       </x:c>
       <x:c r="AQ34" s="3" t="n">
-        <x:v>803226</x:v>
+        <x:v>1054973</x:v>
       </x:c>
       <x:c r="AR34" s="3" t="n">
-        <x:v>811154</x:v>
+        <x:v>1069835</x:v>
       </x:c>
       <x:c r="AS34" s="3" t="n">
-        <x:v>832823</x:v>
+        <x:v>1100376</x:v>
       </x:c>
       <x:c r="AT34" s="3" t="n">
-        <x:v>857728</x:v>
+        <x:v>1131103</x:v>
       </x:c>
       <x:c r="AU34" s="3" t="n">
-        <x:v>874977</x:v>
+        <x:v>1154890</x:v>
       </x:c>
       <x:c r="AV34" s="3" t="n">
-        <x:v>901563</x:v>
+        <x:v>1189997</x:v>
       </x:c>
       <x:c r="AW34" s="3" t="n">
-        <x:v>919731</x:v>
+        <x:v>1215064</x:v>
       </x:c>
       <x:c r="AX34" s="3" t="n">
-        <x:v>937565</x:v>
+        <x:v>1238678</x:v>
       </x:c>
       <x:c r="AY34" s="3" t="n">
-        <x:v>959453</x:v>
+        <x:v>1266605</x:v>
       </x:c>
       <x:c r="AZ34" s="3" t="n">
-        <x:v>953376</x:v>
+        <x:v>1262077</x:v>
       </x:c>
       <x:c r="BA34" s="3" t="n">
-        <x:v>976608</x:v>
+        <x:v>1293008</x:v>
       </x:c>
       <x:c r="BB34" s="3" t="n">
-        <x:v>993790</x:v>
+        <x:v>1331098</x:v>
       </x:c>
       <x:c r="BC34" s="3" t="n">
-        <x:v>1028584</x:v>
+        <x:v>1386383</x:v>
       </x:c>
       <x:c r="BD34" s="3" t="n">
-        <x:v>1055909</x:v>
+        <x:v>1420884</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:56">
       <x:c r="A35" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>219334</x:v>
+        <x:v>395406</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>222339</x:v>
+        <x:v>400823</x:v>
       </x:c>
       <x:c r="D35" s="3" t="n">
-        <x:v>253539</x:v>
+        <x:v>457069</x:v>
       </x:c>
       <x:c r="E35" s="3" t="n">
-        <x:v>273070</x:v>
+        <x:v>492279</x:v>
       </x:c>
       <x:c r="F35" s="3" t="n">
-        <x:v>274956</x:v>
+        <x:v>495678</x:v>
       </x:c>
       <x:c r="G35" s="3" t="n">
-        <x:v>286664</x:v>
+        <x:v>516785</x:v>
       </x:c>
       <x:c r="H35" s="3" t="n">
-        <x:v>322863</x:v>
+        <x:v>582044</x:v>
       </x:c>
       <x:c r="I35" s="3" t="n">
-        <x:v>330659</x:v>
+        <x:v>596098</x:v>
       </x:c>
       <x:c r="J35" s="3" t="n">
-        <x:v>365453</x:v>
+        <x:v>658822</x:v>
       </x:c>
       <x:c r="K35" s="3" t="n">
-        <x:v>373264</x:v>
+        <x:v>672903</x:v>
       </x:c>
       <x:c r="L35" s="3" t="n">
-        <x:v>390155</x:v>
+        <x:v>703355</x:v>
       </x:c>
       <x:c r="M35" s="3" t="n">
-        <x:v>397187</x:v>
+        <x:v>716030</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>398956</x:v>
+        <x:v>719220</x:v>
       </x:c>
       <x:c r="O35" s="3" t="n">
-        <x:v>427247</x:v>
+        <x:v>770221</x:v>
       </x:c>
       <x:c r="P35" s="3" t="n">
-        <x:v>459938</x:v>
+        <x:v>829156</x:v>
       </x:c>
       <x:c r="Q35" s="3" t="n">
-        <x:v>493583</x:v>
+        <x:v>889809</x:v>
       </x:c>
       <x:c r="R35" s="3" t="n">
-        <x:v>504552</x:v>
+        <x:v>909585</x:v>
       </x:c>
       <x:c r="S35" s="3" t="n">
-        <x:v>509344</x:v>
+        <x:v>918222</x:v>
       </x:c>
       <x:c r="T35" s="3" t="n">
-        <x:v>540942</x:v>
+        <x:v>975187</x:v>
       </x:c>
       <x:c r="U35" s="3" t="n">
-        <x:v>601376</x:v>
+        <x:v>1084135</x:v>
       </x:c>
       <x:c r="V35" s="3" t="n">
-        <x:v>650104</x:v>
+        <x:v>1171978</x:v>
       </x:c>
       <x:c r="W35" s="3" t="n">
-        <x:v>690369</x:v>
+        <x:v>1244567</x:v>
       </x:c>
       <x:c r="X35" s="3" t="n">
-        <x:v>722862</x:v>
+        <x:v>1303144</x:v>
       </x:c>
       <x:c r="Y35" s="3" t="n">
-        <x:v>745353</x:v>
+        <x:v>1343689</x:v>
       </x:c>
       <x:c r="Z35" s="3" t="n">
-        <x:v>807251</x:v>
+        <x:v>1455276</x:v>
       </x:c>
       <x:c r="AA35" s="3" t="n">
-        <x:v>850735</x:v>
+        <x:v>1533667</x:v>
       </x:c>
       <x:c r="AB35" s="3" t="n">
-        <x:v>936443</x:v>
+        <x:v>1688178</x:v>
       </x:c>
       <x:c r="AC35" s="3" t="n">
-        <x:v>1008686</x:v>
+        <x:v>1818415</x:v>
       </x:c>
       <x:c r="AD35" s="3" t="n">
-        <x:v>1021911</x:v>
+        <x:v>1842256</x:v>
       </x:c>
       <x:c r="AE35" s="3" t="n">
-        <x:v>1052014</x:v>
+        <x:v>1896524</x:v>
       </x:c>
       <x:c r="AF35" s="3" t="n">
-        <x:v>1093081</x:v>
+        <x:v>1970559</x:v>
       </x:c>
       <x:c r="AG35" s="3" t="n">
-        <x:v>1143154</x:v>
+        <x:v>2060828</x:v>
       </x:c>
       <x:c r="AH35" s="3" t="n">
-        <x:v>1136499</x:v>
+        <x:v>2048831</x:v>
       </x:c>
       <x:c r="AI35" s="3" t="n">
-        <x:v>1132716</x:v>
+        <x:v>2042011</x:v>
       </x:c>
       <x:c r="AJ35" s="3" t="n">
-        <x:v>1145826</x:v>
+        <x:v>2065644</x:v>
       </x:c>
       <x:c r="AK35" s="3" t="n">
-        <x:v>1152218</x:v>
+        <x:v>2077168</x:v>
       </x:c>
       <x:c r="AL35" s="3" t="n">
-        <x:v>1145639</x:v>
+        <x:v>2065307</x:v>
       </x:c>
       <x:c r="AM35" s="3" t="n">
-        <x:v>1154570</x:v>
+        <x:v>2085374</x:v>
       </x:c>
       <x:c r="AN35" s="3" t="n">
-        <x:v>1167364</x:v>
+        <x:v>2112030</x:v>
       </x:c>
       <x:c r="AO35" s="3" t="n">
-        <x:v>1116776</x:v>
+        <x:v>2022912</x:v>
       </x:c>
       <x:c r="AP35" s="3" t="n">
-        <x:v>1120581</x:v>
+        <x:v>2032219</x:v>
       </x:c>
       <x:c r="AQ35" s="3" t="n">
-        <x:v>1114822</x:v>
+        <x:v>2024007</x:v>
       </x:c>
       <x:c r="AR35" s="3" t="n">
-        <x:v>1137744</x:v>
+        <x:v>2067184</x:v>
       </x:c>
       <x:c r="AS35" s="3" t="n">
-        <x:v>1118957</x:v>
+        <x:v>2034882</x:v>
       </x:c>
       <x:c r="AT35" s="3" t="n">
-        <x:v>1161857</x:v>
+        <x:v>2113765</x:v>
       </x:c>
       <x:c r="AU35" s="3" t="n">
-        <x:v>1207474</x:v>
+        <x:v>2197697</x:v>
       </x:c>
       <x:c r="AV35" s="3" t="n">
-        <x:v>1212156</x:v>
+        <x:v>2199072</x:v>
       </x:c>
       <x:c r="AW35" s="3" t="n">
-        <x:v>1231496</x:v>
+        <x:v>2233540</x:v>
       </x:c>
       <x:c r="AX35" s="3" t="n">
-        <x:v>1212563</x:v>
+        <x:v>2203173</x:v>
       </x:c>
       <x:c r="AY35" s="3" t="n">
-        <x:v>1238217</x:v>
+        <x:v>2253035</x:v>
       </x:c>
       <x:c r="AZ35" s="3" t="n">
-        <x:v>1209383</x:v>
+        <x:v>2198254</x:v>
       </x:c>
       <x:c r="BA35" s="3" t="n">
-        <x:v>1283049</x:v>
+        <x:v>2326001</x:v>
       </x:c>
       <x:c r="BB35" s="3" t="n">
-        <x:v>1350402</x:v>
+        <x:v>2438992</x:v>
       </x:c>
       <x:c r="BC35" s="3" t="n">
-        <x:v>1356342</x:v>
+        <x:v>2461728</x:v>
       </x:c>
       <x:c r="BD35" s="3" t="n">
-        <x:v>1427401</x:v>
+        <x:v>2609608</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:56">
       <x:c r="A36" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>70194</x:v>
+        <x:v>112841</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
-        <x:v>71616</x:v>
+        <x:v>115127</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
-        <x:v>80770</x:v>
+        <x:v>129843</x:v>
       </x:c>
       <x:c r="E36" s="3" t="n">
-        <x:v>89613</x:v>
+        <x:v>144059</x:v>
       </x:c>
       <x:c r="F36" s="3" t="n">
-        <x:v>88427</x:v>
+        <x:v>142152</x:v>
       </x:c>
       <x:c r="G36" s="3" t="n">
-        <x:v>79200</x:v>
+        <x:v>127318</x:v>
       </x:c>
       <x:c r="H36" s="3" t="n">
-        <x:v>87617</x:v>
+        <x:v>140850</x:v>
       </x:c>
       <x:c r="I36" s="3" t="n">
-        <x:v>82943</x:v>
+        <x:v>133336</x:v>
       </x:c>
       <x:c r="J36" s="3" t="n">
-        <x:v>89984</x:v>
+        <x:v>144655</x:v>
       </x:c>
       <x:c r="K36" s="3" t="n">
-        <x:v>95763</x:v>
+        <x:v>153946</x:v>
       </x:c>
       <x:c r="L36" s="3" t="n">
-        <x:v>95367</x:v>
+        <x:v>153308</x:v>
       </x:c>
       <x:c r="M36" s="3" t="n">
-        <x:v>98690</x:v>
+        <x:v>158650</x:v>
       </x:c>
       <x:c r="N36" s="3" t="n">
-        <x:v>98498</x:v>
+        <x:v>158343</x:v>
       </x:c>
       <x:c r="O36" s="3" t="n">
-        <x:v>107957</x:v>
+        <x:v>173548</x:v>
       </x:c>
       <x:c r="P36" s="3" t="n">
-        <x:v>112532</x:v>
+        <x:v>180902</x:v>
       </x:c>
       <x:c r="Q36" s="3" t="n">
-        <x:v>115681</x:v>
+        <x:v>185964</x:v>
       </x:c>
       <x:c r="R36" s="3" t="n">
-        <x:v>111378</x:v>
+        <x:v>179048</x:v>
       </x:c>
       <x:c r="S36" s="3" t="n">
-        <x:v>117717</x:v>
+        <x:v>189238</x:v>
       </x:c>
       <x:c r="T36" s="3" t="n">
-        <x:v>128065</x:v>
+        <x:v>205872</x:v>
       </x:c>
       <x:c r="U36" s="3" t="n">
-        <x:v>137681</x:v>
+        <x:v>221331</x:v>
       </x:c>
       <x:c r="V36" s="3" t="n">
-        <x:v>148059</x:v>
+        <x:v>238015</x:v>
       </x:c>
       <x:c r="W36" s="3" t="n">
-        <x:v>147286</x:v>
+        <x:v>236772</x:v>
       </x:c>
       <x:c r="X36" s="3" t="n">
-        <x:v>154588</x:v>
+        <x:v>248510</x:v>
       </x:c>
       <x:c r="Y36" s="3" t="n">
-        <x:v>160447</x:v>
+        <x:v>257929</x:v>
       </x:c>
       <x:c r="Z36" s="3" t="n">
-        <x:v>178825</x:v>
+        <x:v>287472</x:v>
       </x:c>
       <x:c r="AA36" s="3" t="n">
-        <x:v>187055</x:v>
+        <x:v>300703</x:v>
       </x:c>
       <x:c r="AB36" s="3" t="n">
-        <x:v>207148</x:v>
+        <x:v>333003</x:v>
       </x:c>
       <x:c r="AC36" s="3" t="n">
-        <x:v>222652</x:v>
+        <x:v>357927</x:v>
       </x:c>
       <x:c r="AD36" s="3" t="n">
-        <x:v>238739</x:v>
+        <x:v>383788</x:v>
       </x:c>
       <x:c r="AE36" s="3" t="n">
-        <x:v>243949</x:v>
+        <x:v>392164</x:v>
       </x:c>
       <x:c r="AF36" s="3" t="n">
-        <x:v>255743</x:v>
+        <x:v>411124</x:v>
       </x:c>
       <x:c r="AG36" s="3" t="n">
-        <x:v>262546</x:v>
+        <x:v>422060</x:v>
       </x:c>
       <x:c r="AH36" s="3" t="n">
-        <x:v>261969</x:v>
+        <x:v>421131</x:v>
       </x:c>
       <x:c r="AI36" s="3" t="n">
-        <x:v>269210</x:v>
+        <x:v>432772</x:v>
       </x:c>
       <x:c r="AJ36" s="3" t="n">
-        <x:v>278998</x:v>
+        <x:v>448507</x:v>
       </x:c>
       <x:c r="AK36" s="3" t="n">
-        <x:v>293017</x:v>
+        <x:v>471044</x:v>
       </x:c>
       <x:c r="AL36" s="3" t="n">
-        <x:v>311924</x:v>
+        <x:v>501437</x:v>
       </x:c>
       <x:c r="AM36" s="3" t="n">
-        <x:v>336992</x:v>
+        <x:v>541736</x:v>
       </x:c>
       <x:c r="AN36" s="3" t="n">
-        <x:v>360456</x:v>
+        <x:v>579457</x:v>
       </x:c>
       <x:c r="AO36" s="3" t="n">
-        <x:v>334350</x:v>
+        <x:v>537489</x:v>
       </x:c>
       <x:c r="AP36" s="3" t="n">
-        <x:v>339970</x:v>
+        <x:v>546524</x:v>
       </x:c>
       <x:c r="AQ36" s="3" t="n">
-        <x:v>339137</x:v>
+        <x:v>545184</x:v>
       </x:c>
       <x:c r="AR36" s="3" t="n">
-        <x:v>341764</x:v>
+        <x:v>549407</x:v>
       </x:c>
       <x:c r="AS36" s="3" t="n">
-        <x:v>350423</x:v>
+        <x:v>563327</x:v>
       </x:c>
       <x:c r="AT36" s="3" t="n">
-        <x:v>365114</x:v>
+        <x:v>586945</x:v>
       </x:c>
       <x:c r="AU36" s="3" t="n">
-        <x:v>388780</x:v>
+        <x:v>624989</x:v>
       </x:c>
       <x:c r="AV36" s="3" t="n">
-        <x:v>345156</x:v>
+        <x:v>554861</x:v>
       </x:c>
       <x:c r="AW36" s="3" t="n">
-        <x:v>348349</x:v>
+        <x:v>559994</x:v>
       </x:c>
       <x:c r="AX36" s="3" t="n">
-        <x:v>355201</x:v>
+        <x:v>571008</x:v>
       </x:c>
       <x:c r="AY36" s="3" t="n">
-        <x:v>373176</x:v>
+        <x:v>599904</x:v>
       </x:c>
       <x:c r="AZ36" s="3" t="n">
-        <x:v>370028</x:v>
+        <x:v>594844</x:v>
       </x:c>
       <x:c r="BA36" s="3" t="n">
-        <x:v>394839</x:v>
+        <x:v>634729</x:v>
       </x:c>
       <x:c r="BB36" s="3" t="n">
-        <x:v>388033</x:v>
+        <x:v>631293</x:v>
       </x:c>
       <x:c r="BC36" s="3" t="n">
-        <x:v>408407</x:v>
+        <x:v>658588</x:v>
       </x:c>
       <x:c r="BD36" s="3" t="n">
-        <x:v>417046</x:v>
+        <x:v>680841</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:56">
       <x:c r="A37" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>2653</x:v>
+        <x:v>6237</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>2263</x:v>
+        <x:v>5319</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
-        <x:v>8613</x:v>
+        <x:v>20247</x:v>
       </x:c>
       <x:c r="E37" s="3" t="n">
-        <x:v>9437</x:v>
+        <x:v>22183</x:v>
       </x:c>
       <x:c r="F37" s="3" t="n">
-        <x:v>8481</x:v>
+        <x:v>19937</x:v>
       </x:c>
       <x:c r="G37" s="3" t="n">
-        <x:v>28110</x:v>
+        <x:v>66080</x:v>
       </x:c>
       <x:c r="H37" s="3" t="n">
-        <x:v>47058</x:v>
+        <x:v>110621</x:v>
       </x:c>
       <x:c r="I37" s="3" t="n">
-        <x:v>51268</x:v>
+        <x:v>120519</x:v>
       </x:c>
       <x:c r="J37" s="3" t="n">
-        <x:v>83111</x:v>
+        <x:v>195373</x:v>
       </x:c>
       <x:c r="K37" s="3" t="n">
-        <x:v>103076</x:v>
+        <x:v>242306</x:v>
       </x:c>
       <x:c r="L37" s="3" t="n">
-        <x:v>124625</x:v>
+        <x:v>292962</x:v>
       </x:c>
       <x:c r="M37" s="3" t="n">
-        <x:v>116237</x:v>
+        <x:v>273244</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>115482</x:v>
+        <x:v>271470</x:v>
       </x:c>
       <x:c r="O37" s="3" t="n">
-        <x:v>131879</x:v>
+        <x:v>310014</x:v>
       </x:c>
       <x:c r="P37" s="3" t="n">
-        <x:v>149208</x:v>
+        <x:v>350751</x:v>
       </x:c>
       <x:c r="Q37" s="3" t="n">
-        <x:v>156638</x:v>
+        <x:v>368215</x:v>
       </x:c>
       <x:c r="R37" s="3" t="n">
-        <x:v>171927</x:v>
+        <x:v>404156</x:v>
       </x:c>
       <x:c r="S37" s="3" t="n">
-        <x:v>195990</x:v>
+        <x:v>460722</x:v>
       </x:c>
       <x:c r="T37" s="3" t="n">
-        <x:v>221202</x:v>
+        <x:v>519990</x:v>
       </x:c>
       <x:c r="U37" s="3" t="n">
-        <x:v>275544</x:v>
+        <x:v>647734</x:v>
       </x:c>
       <x:c r="V37" s="3" t="n">
-        <x:v>285369</x:v>
+        <x:v>670831</x:v>
       </x:c>
       <x:c r="W37" s="3" t="n">
-        <x:v>331236</x:v>
+        <x:v>778651</x:v>
       </x:c>
       <x:c r="X37" s="3" t="n">
-        <x:v>368925</x:v>
+        <x:v>867249</x:v>
       </x:c>
       <x:c r="Y37" s="3" t="n">
-        <x:v>391023</x:v>
+        <x:v>919195</x:v>
       </x:c>
       <x:c r="Z37" s="3" t="n">
-        <x:v>444571</x:v>
+        <x:v>1045074</x:v>
       </x:c>
       <x:c r="AA37" s="3" t="n">
-        <x:v>489460</x:v>
+        <x:v>1150596</x:v>
       </x:c>
       <x:c r="AB37" s="3" t="n">
-        <x:v>554210</x:v>
+        <x:v>1302806</x:v>
       </x:c>
       <x:c r="AC37" s="3" t="n">
-        <x:v>577114</x:v>
+        <x:v>1356648</x:v>
       </x:c>
       <x:c r="AD37" s="3" t="n">
-        <x:v>545397</x:v>
+        <x:v>1282089</x:v>
       </x:c>
       <x:c r="AE37" s="3" t="n">
-        <x:v>550777</x:v>
+        <x:v>1294736</x:v>
       </x:c>
       <x:c r="AF37" s="3" t="n">
-        <x:v>575077</x:v>
+        <x:v>1351861</x:v>
       </x:c>
       <x:c r="AG37" s="3" t="n">
-        <x:v>612295</x:v>
+        <x:v>1439350</x:v>
       </x:c>
       <x:c r="AH37" s="3" t="n">
-        <x:v>625109</x:v>
+        <x:v>1469473</x:v>
       </x:c>
       <x:c r="AI37" s="3" t="n">
-        <x:v>620999</x:v>
+        <x:v>1459812</x:v>
       </x:c>
       <x:c r="AJ37" s="3" t="n">
-        <x:v>618575</x:v>
+        <x:v>1454112</x:v>
       </x:c>
       <x:c r="AK37" s="3" t="n">
-        <x:v>590377</x:v>
+        <x:v>1387827</x:v>
       </x:c>
       <x:c r="AL37" s="3" t="n">
-        <x:v>553961</x:v>
+        <x:v>1302222</x:v>
       </x:c>
       <x:c r="AM37" s="3" t="n">
-        <x:v>539228</x:v>
+        <x:v>1267588</x:v>
       </x:c>
       <x:c r="AN37" s="3" t="n">
-        <x:v>532578</x:v>
+        <x:v>1251955</x:v>
       </x:c>
       <x:c r="AO37" s="3" t="n">
-        <x:v>518808</x:v>
+        <x:v>1219587</x:v>
       </x:c>
       <x:c r="AP37" s="3" t="n">
-        <x:v>486625</x:v>
+        <x:v>1143932</x:v>
       </x:c>
       <x:c r="AQ37" s="3" t="n">
-        <x:v>463616</x:v>
+        <x:v>1089843</x:v>
       </x:c>
       <x:c r="AR37" s="3" t="n">
-        <x:v>466545</x:v>
+        <x:v>1096728</x:v>
       </x:c>
       <x:c r="AS37" s="3" t="n">
-        <x:v>440964</x:v>
+        <x:v>1036595</x:v>
       </x:c>
       <x:c r="AT37" s="3" t="n">
-        <x:v>454397</x:v>
+        <x:v>1068172</x:v>
       </x:c>
       <x:c r="AU37" s="3" t="n">
-        <x:v>460291</x:v>
+        <x:v>1082027</x:v>
       </x:c>
       <x:c r="AV37" s="3" t="n">
-        <x:v>485287</x:v>
+        <x:v>1140786</x:v>
       </x:c>
       <x:c r="AW37" s="3" t="n">
-        <x:v>510445</x:v>
+        <x:v>1199927</x:v>
       </x:c>
       <x:c r="AX37" s="3" t="n">
-        <x:v>486898</x:v>
+        <x:v>1144574</x:v>
       </x:c>
       <x:c r="AY37" s="3" t="n">
-        <x:v>472960</x:v>
+        <x:v>1111810</x:v>
       </x:c>
       <x:c r="AZ37" s="3" t="n">
-        <x:v>522616</x:v>
+        <x:v>1228537</x:v>
       </x:c>
       <x:c r="BA37" s="3" t="n">
-        <x:v>523570</x:v>
+        <x:v>1230781</x:v>
       </x:c>
       <x:c r="BB37" s="3" t="n">
-        <x:v>525027</x:v>
+        <x:v>1232796</x:v>
       </x:c>
       <x:c r="BC37" s="3" t="n">
-        <x:v>515570</x:v>
+        <x:v>1225902</x:v>
       </x:c>
       <x:c r="BD37" s="3" t="n">
-        <x:v>549927</x:v>
+        <x:v>1285928</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:56">
       <x:c r="A38" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>9865</x:v>
+        <x:v>11645</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
-        <x:v>8201</x:v>
+        <x:v>9681</x:v>
       </x:c>
       <x:c r="D38" s="3" t="n">
-        <x:v>16327</x:v>
+        <x:v>19273</x:v>
       </x:c>
       <x:c r="E38" s="3" t="n">
-        <x:v>18646</x:v>
+        <x:v>22010</x:v>
       </x:c>
       <x:c r="F38" s="3" t="n">
-        <x:v>19655</x:v>
+        <x:v>23201</x:v>
       </x:c>
       <x:c r="G38" s="3" t="n">
-        <x:v>28906</x:v>
+        <x:v>34121</x:v>
       </x:c>
       <x:c r="H38" s="3" t="n">
-        <x:v>26619</x:v>
+        <x:v>31421</x:v>
       </x:c>
       <x:c r="I38" s="3" t="n">
-        <x:v>33010</x:v>
+        <x:v>38966</x:v>
       </x:c>
       <x:c r="J38" s="3" t="n">
-        <x:v>34476</x:v>
+        <x:v>40696</x:v>
       </x:c>
       <x:c r="K38" s="3" t="n">
-        <x:v>19625</x:v>
+        <x:v>23165</x:v>
       </x:c>
       <x:c r="L38" s="3" t="n">
-        <x:v>15134</x:v>
+        <x:v>17864</x:v>
       </x:c>
       <x:c r="M38" s="3" t="n">
-        <x:v>15788</x:v>
+        <x:v>18636</x:v>
       </x:c>
       <x:c r="N38" s="3" t="n">
-        <x:v>24141</x:v>
+        <x:v>28497</x:v>
       </x:c>
       <x:c r="O38" s="3" t="n">
-        <x:v>28565</x:v>
+        <x:v>33719</x:v>
       </x:c>
       <x:c r="P38" s="3" t="n">
-        <x:v>25235</x:v>
+        <x:v>29788</x:v>
       </x:c>
       <x:c r="Q38" s="3" t="n">
-        <x:v>47487</x:v>
+        <x:v>56055</x:v>
       </x:c>
       <x:c r="R38" s="3" t="n">
-        <x:v>43234</x:v>
+        <x:v>51035</x:v>
       </x:c>
       <x:c r="S38" s="3" t="n">
-        <x:v>36304</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="T38" s="3" t="n">
-        <x:v>21725</x:v>
+        <x:v>25645</x:v>
       </x:c>
       <x:c r="U38" s="3" t="n">
-        <x:v>18182</x:v>
+        <x:v>21462</x:v>
       </x:c>
       <x:c r="V38" s="3" t="n">
-        <x:v>30895</x:v>
+        <x:v>36469</x:v>
       </x:c>
       <x:c r="W38" s="3" t="n">
-        <x:v>35004</x:v>
+        <x:v>41320</x:v>
       </x:c>
       <x:c r="X38" s="3" t="n">
-        <x:v>34471</x:v>
+        <x:v>40691</x:v>
       </x:c>
       <x:c r="Y38" s="3" t="n">
-        <x:v>28683</x:v>
+        <x:v>33858</x:v>
       </x:c>
       <x:c r="Z38" s="3" t="n">
-        <x:v>23724</x:v>
+        <x:v>28004</x:v>
       </x:c>
       <x:c r="AA38" s="3" t="n">
-        <x:v>23472</x:v>
+        <x:v>27707</x:v>
       </x:c>
       <x:c r="AB38" s="3" t="n">
-        <x:v>20429</x:v>
+        <x:v>24115</x:v>
       </x:c>
       <x:c r="AC38" s="3" t="n">
-        <x:v>28698</x:v>
+        <x:v>33876</x:v>
       </x:c>
       <x:c r="AD38" s="3" t="n">
-        <x:v>23822</x:v>
+        <x:v>28121</x:v>
       </x:c>
       <x:c r="AE38" s="3" t="n">
-        <x:v>34946</x:v>
+        <x:v>41251</x:v>
       </x:c>
       <x:c r="AF38" s="3" t="n">
-        <x:v>19746</x:v>
+        <x:v>23309</x:v>
       </x:c>
       <x:c r="AG38" s="3" t="n">
-        <x:v>32304</x:v>
+        <x:v>38132</x:v>
       </x:c>
       <x:c r="AH38" s="3" t="n">
-        <x:v>23229</x:v>
+        <x:v>27420</x:v>
       </x:c>
       <x:c r="AI38" s="3" t="n">
-        <x:v>26396</x:v>
+        <x:v>31159</x:v>
       </x:c>
       <x:c r="AJ38" s="3" t="n">
-        <x:v>16550</x:v>
+        <x:v>19536</x:v>
       </x:c>
       <x:c r="AK38" s="3" t="n">
-        <x:v>19187</x:v>
+        <x:v>22648</x:v>
       </x:c>
       <x:c r="AL38" s="3" t="n">
-        <x:v>22423</x:v>
+        <x:v>26469</x:v>
       </x:c>
       <x:c r="AM38" s="3" t="n">
-        <x:v>19346</x:v>
+        <x:v>22836</x:v>
       </x:c>
       <x:c r="AN38" s="3" t="n">
-        <x:v>19865</x:v>
+        <x:v>23449</x:v>
       </x:c>
       <x:c r="AO38" s="3" t="n">
-        <x:v>14914</x:v>
+        <x:v>17605</x:v>
       </x:c>
       <x:c r="AP38" s="3" t="n">
-        <x:v>12933</x:v>
+        <x:v>15267</x:v>
       </x:c>
       <x:c r="AQ38" s="3" t="n">
-        <x:v>19575</x:v>
+        <x:v>23107</x:v>
       </x:c>
       <x:c r="AR38" s="3" t="n">
-        <x:v>12100</x:v>
+        <x:v>14283</x:v>
       </x:c>
       <x:c r="AS38" s="3" t="n">
-        <x:v>11941</x:v>
+        <x:v>14095</x:v>
       </x:c>
       <x:c r="AT38" s="3" t="n">
-        <x:v>11695</x:v>
+        <x:v>13805</x:v>
       </x:c>
       <x:c r="AU38" s="3" t="n">
-        <x:v>11700</x:v>
+        <x:v>13811</x:v>
       </x:c>
       <x:c r="AV38" s="3" t="n">
-        <x:v>16856</x:v>
+        <x:v>19897</x:v>
       </x:c>
       <x:c r="AW38" s="3" t="n">
-        <x:v>17697</x:v>
+        <x:v>20890</x:v>
       </x:c>
       <x:c r="AX38" s="3" t="n">
-        <x:v>12003</x:v>
+        <x:v>14168</x:v>
       </x:c>
       <x:c r="AY38" s="3" t="n">
-        <x:v>11994</x:v>
+        <x:v>14158</x:v>
       </x:c>
       <x:c r="AZ38" s="3" t="n">
-        <x:v>8093</x:v>
+        <x:v>9553</x:v>
       </x:c>
       <x:c r="BA38" s="3" t="n">
-        <x:v>19004</x:v>
+        <x:v>22433</x:v>
       </x:c>
       <x:c r="BB38" s="3" t="n">
-        <x:v>11220</x:v>
+        <x:v>13210</x:v>
       </x:c>
       <x:c r="BC38" s="3" t="n">
-        <x:v>6666</x:v>
+        <x:v>9090</x:v>
       </x:c>
       <x:c r="BD38" s="3" t="n">
-        <x:v>9715</x:v>
+        <x:v>11856</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:56">
       <x:c r="A39" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>97357</x:v>
+        <x:v>122337</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>100914</x:v>
+        <x:v>126807</x:v>
       </x:c>
       <x:c r="D39" s="3" t="n">
-        <x:v>104350</x:v>
+        <x:v>131124</x:v>
       </x:c>
       <x:c r="E39" s="3" t="n">
-        <x:v>108021</x:v>
+        <x:v>135738</x:v>
       </x:c>
       <x:c r="F39" s="3" t="n">
-        <x:v>109715</x:v>
+        <x:v>137866</x:v>
       </x:c>
       <x:c r="G39" s="3" t="n">
-        <x:v>106311</x:v>
+        <x:v>133588</x:v>
       </x:c>
       <x:c r="H39" s="3" t="n">
-        <x:v>119341</x:v>
+        <x:v>149962</x:v>
       </x:c>
       <x:c r="I39" s="3" t="n">
-        <x:v>122378</x:v>
+        <x:v>153779</x:v>
       </x:c>
       <x:c r="J39" s="3" t="n">
-        <x:v>120965</x:v>
+        <x:v>152002</x:v>
       </x:c>
       <x:c r="K39" s="3" t="n">
-        <x:v>125716</x:v>
+        <x:v>157972</x:v>
       </x:c>
       <x:c r="L39" s="3" t="n">
-        <x:v>130817</x:v>
+        <x:v>164382</x:v>
       </x:c>
       <x:c r="M39" s="3" t="n">
-        <x:v>141466</x:v>
+        <x:v>177763</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>135640</x:v>
+        <x:v>170444</x:v>
       </x:c>
       <x:c r="O39" s="3" t="n">
-        <x:v>129582</x:v>
+        <x:v>162830</x:v>
       </x:c>
       <x:c r="P39" s="3" t="n">
-        <x:v>139618</x:v>
+        <x:v>175442</x:v>
       </x:c>
       <x:c r="Q39" s="3" t="n">
-        <x:v>146247</x:v>
+        <x:v>183772</x:v>
       </x:c>
       <x:c r="R39" s="3" t="n">
-        <x:v>146782</x:v>
+        <x:v>184444</x:v>
       </x:c>
       <x:c r="S39" s="3" t="n">
-        <x:v>128924</x:v>
+        <x:v>162004</x:v>
       </x:c>
       <x:c r="T39" s="3" t="n">
-        <x:v>136747</x:v>
+        <x:v>171834</x:v>
       </x:c>
       <x:c r="U39" s="3" t="n">
-        <x:v>149218</x:v>
+        <x:v>187505</x:v>
       </x:c>
       <x:c r="V39" s="3" t="n">
-        <x:v>159459</x:v>
+        <x:v>200373</x:v>
       </x:c>
       <x:c r="W39" s="3" t="n">
-        <x:v>163099</x:v>
+        <x:v>204947</x:v>
       </x:c>
       <x:c r="X39" s="3" t="n">
-        <x:v>159988</x:v>
+        <x:v>201039</x:v>
       </x:c>
       <x:c r="Y39" s="3" t="n">
-        <x:v>164184</x:v>
+        <x:v>206311</x:v>
       </x:c>
       <x:c r="Z39" s="3" t="n">
-        <x:v>167976</x:v>
+        <x:v>211076</x:v>
       </x:c>
       <x:c r="AA39" s="3" t="n">
-        <x:v>170359</x:v>
+        <x:v>214070</x:v>
       </x:c>
       <x:c r="AB39" s="3" t="n">
-        <x:v>183760</x:v>
+        <x:v>230909</x:v>
       </x:c>
       <x:c r="AC39" s="3" t="n">
-        <x:v>203463</x:v>
+        <x:v>255668</x:v>
       </x:c>
       <x:c r="AD39" s="3" t="n">
-        <x:v>215901</x:v>
+        <x:v>271298</x:v>
       </x:c>
       <x:c r="AE39" s="3" t="n">
-        <x:v>219569</x:v>
+        <x:v>275907</x:v>
       </x:c>
       <x:c r="AF39" s="3" t="n">
-        <x:v>238515</x:v>
+        <x:v>299714</x:v>
       </x:c>
       <x:c r="AG39" s="3" t="n">
-        <x:v>236061</x:v>
+        <x:v>296630</x:v>
       </x:c>
       <x:c r="AH39" s="3" t="n">
-        <x:v>229271</x:v>
+        <x:v>288098</x:v>
       </x:c>
       <x:c r="AI39" s="3" t="n">
-        <x:v>219349</x:v>
+        <x:v>275630</x:v>
       </x:c>
       <x:c r="AJ39" s="3" t="n">
-        <x:v>229833</x:v>
+        <x:v>288805</x:v>
       </x:c>
       <x:c r="AK39" s="3" t="n">
-        <x:v>239886</x:v>
+        <x:v>301437</x:v>
       </x:c>
       <x:c r="AL39" s="3" t="n">
-        <x:v>246610</x:v>
+        <x:v>309886</x:v>
       </x:c>
       <x:c r="AM39" s="3" t="n">
-        <x:v>248910</x:v>
+        <x:v>315555</x:v>
       </x:c>
       <x:c r="AN39" s="3" t="n">
-        <x:v>245674</x:v>
+        <x:v>313891</x:v>
       </x:c>
       <x:c r="AO39" s="3" t="n">
-        <x:v>235947</x:v>
+        <x:v>303197</x:v>
       </x:c>
       <x:c r="AP39" s="3" t="n">
-        <x:v>265162</x:v>
+        <x:v>341433</x:v>
       </x:c>
       <x:c r="AQ39" s="3" t="n">
-        <x:v>279330</x:v>
+        <x:v>360684</x:v>
       </x:c>
       <x:c r="AR39" s="3" t="n">
-        <x:v>304467</x:v>
+        <x:v>393629</x:v>
       </x:c>
       <x:c r="AS39" s="3" t="n">
-        <x:v>311215</x:v>
+        <x:v>403362</x:v>
       </x:c>
       <x:c r="AT39" s="3" t="n">
-        <x:v>327458</x:v>
+        <x:v>424924</x:v>
       </x:c>
       <x:c r="AU39" s="3" t="n">
-        <x:v>346703</x:v>
+        <x:v>450322</x:v>
       </x:c>
       <x:c r="AV39" s="3" t="n">
-        <x:v>364857</x:v>
+        <x:v>468134</x:v>
       </x:c>
       <x:c r="AW39" s="3" t="n">
-        <x:v>358209</x:v>
+        <x:v>459616</x:v>
       </x:c>
       <x:c r="AX39" s="3" t="n">
-        <x:v>359928</x:v>
+        <x:v>464425</x:v>
       </x:c>
       <x:c r="AY39" s="3" t="n">
-        <x:v>385664</x:v>
+        <x:v>499451</x:v>
       </x:c>
       <x:c r="AZ39" s="3" t="n">
-        <x:v>311887</x:v>
+        <x:v>405266</x:v>
       </x:c>
       <x:c r="BA39" s="3" t="n">
-        <x:v>337508</x:v>
+        <x:v>434446</x:v>
       </x:c>
       <x:c r="BB39" s="3" t="n">
-        <x:v>440433</x:v>
+        <x:v>549831</x:v>
       </x:c>
       <x:c r="BC39" s="3" t="n">
-        <x:v>459001</x:v>
+        <x:v>568148</x:v>
       </x:c>
       <x:c r="BD39" s="3" t="n">
-        <x:v>474337</x:v>
+        <x:v>630984</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:56">
       <x:c r="A40" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>1052188</x:v>
+        <x:v>1507204</x:v>
       </x:c>
       <x:c r="C40" s="3" t="n">
-        <x:v>1114714</x:v>
+        <x:v>1597137</x:v>
       </x:c>
       <x:c r="D40" s="3" t="n">
-        <x:v>1155636</x:v>
+        <x:v>1655117</x:v>
       </x:c>
       <x:c r="E40" s="3" t="n">
-        <x:v>1239656</x:v>
+        <x:v>1775004</x:v>
       </x:c>
       <x:c r="F40" s="3" t="n">
-        <x:v>1289333</x:v>
+        <x:v>1846634</x:v>
       </x:c>
       <x:c r="G40" s="3" t="n">
-        <x:v>1351214</x:v>
+        <x:v>1935295</x:v>
       </x:c>
       <x:c r="H40" s="3" t="n">
-        <x:v>1459662</x:v>
+        <x:v>2090957</x:v>
       </x:c>
       <x:c r="I40" s="3" t="n">
-        <x:v>1511168</x:v>
+        <x:v>2164624</x:v>
       </x:c>
       <x:c r="J40" s="3" t="n">
-        <x:v>1483257</x:v>
+        <x:v>2124152</x:v>
       </x:c>
       <x:c r="K40" s="3" t="n">
-        <x:v>1533340</x:v>
+        <x:v>2195350</x:v>
       </x:c>
       <x:c r="L40" s="3" t="n">
-        <x:v>1595560</x:v>
+        <x:v>2283822</x:v>
       </x:c>
       <x:c r="M40" s="3" t="n">
-        <x:v>1620850</x:v>
+        <x:v>2321320</x:v>
       </x:c>
       <x:c r="N40" s="3" t="n">
-        <x:v>1647137</x:v>
+        <x:v>2359235</x:v>
       </x:c>
       <x:c r="O40" s="3" t="n">
-        <x:v>1682130</x:v>
+        <x:v>2408466</x:v>
       </x:c>
       <x:c r="P40" s="3" t="n">
-        <x:v>1781048</x:v>
+        <x:v>2550683</x:v>
       </x:c>
       <x:c r="Q40" s="3" t="n">
-        <x:v>1895241</x:v>
+        <x:v>2714422</x:v>
       </x:c>
       <x:c r="R40" s="3" t="n">
-        <x:v>2010320</x:v>
+        <x:v>2879511</x:v>
       </x:c>
       <x:c r="S40" s="3" t="n">
-        <x:v>2000694</x:v>
+        <x:v>2865639</x:v>
       </x:c>
       <x:c r="T40" s="3" t="n">
-        <x:v>1983234</x:v>
+        <x:v>2839130</x:v>
       </x:c>
       <x:c r="U40" s="3" t="n">
-        <x:v>2009269</x:v>
+        <x:v>2876186</x:v>
       </x:c>
       <x:c r="V40" s="3" t="n">
-        <x:v>2050458</x:v>
+        <x:v>2935563</x:v>
       </x:c>
       <x:c r="W40" s="3" t="n">
-        <x:v>2100118</x:v>
+        <x:v>3001368</x:v>
       </x:c>
       <x:c r="X40" s="3" t="n">
-        <x:v>2165974</x:v>
+        <x:v>3094775</x:v>
       </x:c>
       <x:c r="Y40" s="3" t="n">
-        <x:v>2238203</x:v>
+        <x:v>3198737</x:v>
       </x:c>
       <x:c r="Z40" s="3" t="n">
-        <x:v>2353061</x:v>
+        <x:v>3362316</x:v>
       </x:c>
       <x:c r="AA40" s="3" t="n">
-        <x:v>2458798</x:v>
+        <x:v>3513096</x:v>
       </x:c>
       <x:c r="AB40" s="3" t="n">
-        <x:v>2604431</x:v>
+        <x:v>3719431</x:v>
       </x:c>
       <x:c r="AC40" s="3" t="n">
-        <x:v>2787011</x:v>
+        <x:v>3973805</x:v>
       </x:c>
       <x:c r="AD40" s="3" t="n">
-        <x:v>2905703</x:v>
+        <x:v>4145408</x:v>
       </x:c>
       <x:c r="AE40" s="3" t="n">
-        <x:v>2936562</x:v>
+        <x:v>4195170</x:v>
       </x:c>
       <x:c r="AF40" s="3" t="n">
-        <x:v>3030435</x:v>
+        <x:v>4333046</x:v>
       </x:c>
       <x:c r="AG40" s="3" t="n">
-        <x:v>3092453</x:v>
+        <x:v>4425400</x:v>
       </x:c>
       <x:c r="AH40" s="3" t="n">
-        <x:v>3129357</x:v>
+        <x:v>4479233</x:v>
       </x:c>
       <x:c r="AI40" s="3" t="n">
-        <x:v>3158151</x:v>
+        <x:v>4525008</x:v>
       </x:c>
       <x:c r="AJ40" s="3" t="n">
-        <x:v>3319049</x:v>
+        <x:v>4765758</x:v>
       </x:c>
       <x:c r="AK40" s="3" t="n">
-        <x:v>3445635</x:v>
+        <x:v>4957177</x:v>
       </x:c>
       <x:c r="AL40" s="3" t="n">
-        <x:v>3577112</x:v>
+        <x:v>5161246</x:v>
       </x:c>
       <x:c r="AM40" s="3" t="n">
-        <x:v>3733365</x:v>
+        <x:v>5408916</x:v>
       </x:c>
       <x:c r="AN40" s="3" t="n">
-        <x:v>3784893</x:v>
+        <x:v>5498418</x:v>
       </x:c>
       <x:c r="AO40" s="3" t="n">
-        <x:v>3641652</x:v>
+        <x:v>5303102</x:v>
       </x:c>
       <x:c r="AP40" s="3" t="n">
-        <x:v>3727088</x:v>
+        <x:v>5436433</x:v>
       </x:c>
       <x:c r="AQ40" s="3" t="n">
-        <x:v>3791422</x:v>
+        <x:v>5541971</x:v>
       </x:c>
       <x:c r="AR40" s="3" t="n">
-        <x:v>3896269</x:v>
+        <x:v>5704618</x:v>
       </x:c>
       <x:c r="AS40" s="3" t="n">
-        <x:v>3969429</x:v>
+        <x:v>5824554</x:v>
       </x:c>
       <x:c r="AT40" s="3" t="n">
-        <x:v>4051865</x:v>
+        <x:v>5948398</x:v>
       </x:c>
       <x:c r="AU40" s="3" t="n">
-        <x:v>4127356</x:v>
+        <x:v>6069030</x:v>
       </x:c>
       <x:c r="AV40" s="3" t="n">
-        <x:v>4183082</x:v>
+        <x:v>6153409</x:v>
       </x:c>
       <x:c r="AW40" s="3" t="n">
-        <x:v>4279653</x:v>
+        <x:v>6305046</x:v>
       </x:c>
       <x:c r="AX40" s="3" t="n">
-        <x:v>4321003</x:v>
+        <x:v>6379797</x:v>
       </x:c>
       <x:c r="AY40" s="3" t="n">
-        <x:v>4413459</x:v>
+        <x:v>6534201</x:v>
       </x:c>
       <x:c r="AZ40" s="3" t="n">
-        <x:v>4260470</x:v>
+        <x:v>6306216</x:v>
       </x:c>
       <x:c r="BA40" s="3" t="n">
-        <x:v>4404881</x:v>
+        <x:v>6530834</x:v>
       </x:c>
       <x:c r="BB40" s="3" t="n">
-        <x:v>4646633</x:v>
+        <x:v>6947128</x:v>
       </x:c>
       <x:c r="BC40" s="3" t="n">
-        <x:v>4634153</x:v>
+        <x:v>6949211</x:v>
       </x:c>
       <x:c r="BD40" s="3" t="n">
-        <x:v>4752467</x:v>
+        <x:v>7110380</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:56">
       <x:c r="A41" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>209946</x:v>
+        <x:v>302499</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>223999</x:v>
+        <x:v>322663</x:v>
       </x:c>
       <x:c r="D41" s="3" t="n">
-        <x:v>221950</x:v>
+        <x:v>319738</x:v>
       </x:c>
       <x:c r="E41" s="3" t="n">
-        <x:v>256447</x:v>
+        <x:v>369292</x:v>
       </x:c>
       <x:c r="F41" s="3" t="n">
-        <x:v>267318</x:v>
+        <x:v>384903</x:v>
       </x:c>
       <x:c r="G41" s="3" t="n">
-        <x:v>279162</x:v>
+        <x:v>402030</x:v>
       </x:c>
       <x:c r="H41" s="3" t="n">
-        <x:v>316540</x:v>
+        <x:v>455697</x:v>
       </x:c>
       <x:c r="I41" s="3" t="n">
-        <x:v>323117</x:v>
+        <x:v>465217</x:v>
       </x:c>
       <x:c r="J41" s="3" t="n">
-        <x:v>273844</x:v>
+        <x:v>394461</x:v>
       </x:c>
       <x:c r="K41" s="3" t="n">
-        <x:v>275361</x:v>
+        <x:v>396586</x:v>
       </x:c>
       <x:c r="L41" s="3" t="n">
-        <x:v>282702</x:v>
+        <x:v>407189</x:v>
       </x:c>
       <x:c r="M41" s="3" t="n">
-        <x:v>287079</x:v>
+        <x:v>413513</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>303083</x:v>
+        <x:v>436566</x:v>
       </x:c>
       <x:c r="O41" s="3" t="n">
-        <x:v>293775</x:v>
+        <x:v>423055</x:v>
       </x:c>
       <x:c r="P41" s="3" t="n">
-        <x:v>309529</x:v>
+        <x:v>445873</x:v>
       </x:c>
       <x:c r="Q41" s="3" t="n">
-        <x:v>337414</x:v>
+        <x:v>486013</x:v>
       </x:c>
       <x:c r="R41" s="3" t="n">
-        <x:v>377861</x:v>
+        <x:v>544195</x:v>
       </x:c>
       <x:c r="S41" s="3" t="n">
-        <x:v>353043</x:v>
+        <x:v>508734</x:v>
       </x:c>
       <x:c r="T41" s="3" t="n">
-        <x:v>343500</x:v>
+        <x:v>495130</x:v>
       </x:c>
       <x:c r="U41" s="3" t="n">
-        <x:v>350888</x:v>
+        <x:v>505721</x:v>
       </x:c>
       <x:c r="V41" s="3" t="n">
-        <x:v>359312</x:v>
+        <x:v>517768</x:v>
       </x:c>
       <x:c r="W41" s="3" t="n">
-        <x:v>360710</x:v>
+        <x:v>519672</x:v>
       </x:c>
       <x:c r="X41" s="3" t="n">
-        <x:v>366913</x:v>
+        <x:v>528352</x:v>
       </x:c>
       <x:c r="Y41" s="3" t="n">
-        <x:v>385114</x:v>
+        <x:v>554534</x:v>
       </x:c>
       <x:c r="Z41" s="3" t="n">
-        <x:v>405839</x:v>
+        <x:v>584230</x:v>
       </x:c>
       <x:c r="AA41" s="3" t="n">
-        <x:v>428516</x:v>
+        <x:v>616625</x:v>
       </x:c>
       <x:c r="AB41" s="3" t="n">
-        <x:v>466397</x:v>
+        <x:v>670794</x:v>
       </x:c>
       <x:c r="AC41" s="3" t="n">
-        <x:v>525253</x:v>
+        <x:v>754304</x:v>
       </x:c>
       <x:c r="AD41" s="3" t="n">
-        <x:v>573628</x:v>
+        <x:v>823861</x:v>
       </x:c>
       <x:c r="AE41" s="3" t="n">
-        <x:v>563100</x:v>
+        <x:v>810803</x:v>
       </x:c>
       <x:c r="AF41" s="3" t="n">
-        <x:v>578896</x:v>
+        <x:v>833415</x:v>
       </x:c>
       <x:c r="AG41" s="3" t="n">
-        <x:v>590327</x:v>
+        <x:v>850257</x:v>
       </x:c>
       <x:c r="AH41" s="3" t="n">
-        <x:v>593515</x:v>
+        <x:v>853389</x:v>
       </x:c>
       <x:c r="AI41" s="3" t="n">
-        <x:v>598422</x:v>
+        <x:v>859765</x:v>
       </x:c>
       <x:c r="AJ41" s="3" t="n">
-        <x:v>653164</x:v>
+        <x:v>937273</x:v>
       </x:c>
       <x:c r="AK41" s="3" t="n">
-        <x:v>704822</x:v>
+        <x:v>1010394</x:v>
       </x:c>
       <x:c r="AL41" s="3" t="n">
-        <x:v>767034</x:v>
+        <x:v>1099481</x:v>
       </x:c>
       <x:c r="AM41" s="3" t="n">
-        <x:v>841659</x:v>
+        <x:v>1204702</x:v>
       </x:c>
       <x:c r="AN41" s="3" t="n">
-        <x:v>879360</x:v>
+        <x:v>1258647</x:v>
       </x:c>
       <x:c r="AO41" s="3" t="n">
-        <x:v>789314</x:v>
+        <x:v>1131365</x:v>
       </x:c>
       <x:c r="AP41" s="3" t="n">
-        <x:v>852338</x:v>
+        <x:v>1222742</x:v>
       </x:c>
       <x:c r="AQ41" s="3" t="n">
-        <x:v>885881</x:v>
+        <x:v>1271187</x:v>
       </x:c>
       <x:c r="AR41" s="3" t="n">
-        <x:v>911879</x:v>
+        <x:v>1313650</x:v>
       </x:c>
       <x:c r="AS41" s="3" t="n">
-        <x:v>957867</x:v>
+        <x:v>1382124</x:v>
       </x:c>
       <x:c r="AT41" s="3" t="n">
-        <x:v>978744</x:v>
+        <x:v>1413083</x:v>
       </x:c>
       <x:c r="AU41" s="3" t="n">
-        <x:v>997172</x:v>
+        <x:v>1440940</x:v>
       </x:c>
       <x:c r="AV41" s="3" t="n">
-        <x:v>1016443</x:v>
+        <x:v>1465559</x:v>
       </x:c>
       <x:c r="AW41" s="3" t="n">
-        <x:v>1035154</x:v>
+        <x:v>1492339</x:v>
       </x:c>
       <x:c r="AX41" s="3" t="n">
-        <x:v>1049546</x:v>
+        <x:v>1513606</x:v>
       </x:c>
       <x:c r="AY41" s="3" t="n">
-        <x:v>1105551</x:v>
+        <x:v>1596834</x:v>
       </x:c>
       <x:c r="AZ41" s="3" t="n">
-        <x:v>996602</x:v>
+        <x:v>1438693</x:v>
       </x:c>
       <x:c r="BA41" s="3" t="n">
-        <x:v>1014773</x:v>
+        <x:v>1463821</x:v>
       </x:c>
       <x:c r="BB41" s="3" t="n">
-        <x:v>1149325</x:v>
+        <x:v>1664207</x:v>
       </x:c>
       <x:c r="BC41" s="3" t="n">
-        <x:v>1131793</x:v>
+        <x:v>1644313</x:v>
       </x:c>
       <x:c r="BD41" s="3" t="n">
-        <x:v>1180030</x:v>
+        <x:v>1726216</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:56">
       <x:c r="A42" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>90642</x:v>
+        <x:v>136490</x:v>
       </x:c>
       <x:c r="C42" s="3" t="n">
-        <x:v>92307</x:v>
+        <x:v>138997</x:v>
       </x:c>
       <x:c r="D42" s="3" t="n">
-        <x:v>92899</x:v>
+        <x:v>139889</x:v>
       </x:c>
       <x:c r="E42" s="3" t="n">
-        <x:v>100516</x:v>
+        <x:v>151358</x:v>
       </x:c>
       <x:c r="F42" s="3" t="n">
-        <x:v>108478</x:v>
+        <x:v>163348</x:v>
       </x:c>
       <x:c r="G42" s="3" t="n">
-        <x:v>109817</x:v>
+        <x:v>165364</x:v>
       </x:c>
       <x:c r="H42" s="3" t="n">
-        <x:v>117303</x:v>
+        <x:v>176637</x:v>
       </x:c>
       <x:c r="I42" s="3" t="n">
-        <x:v>126220</x:v>
+        <x:v>190065</x:v>
       </x:c>
       <x:c r="J42" s="3" t="n">
-        <x:v>115517</x:v>
+        <x:v>173948</x:v>
       </x:c>
       <x:c r="K42" s="3" t="n">
-        <x:v>120049</x:v>
+        <x:v>180772</x:v>
       </x:c>
       <x:c r="L42" s="3" t="n">
-        <x:v>132972</x:v>
+        <x:v>200231</x:v>
       </x:c>
       <x:c r="M42" s="3" t="n">
-        <x:v>131528</x:v>
+        <x:v>198057</x:v>
       </x:c>
       <x:c r="N42" s="3" t="n">
-        <x:v>138755</x:v>
+        <x:v>208939</x:v>
       </x:c>
       <x:c r="O42" s="3" t="n">
-        <x:v>131045</x:v>
+        <x:v>197330</x:v>
       </x:c>
       <x:c r="P42" s="3" t="n">
-        <x:v>144631</x:v>
+        <x:v>217788</x:v>
       </x:c>
       <x:c r="Q42" s="3" t="n">
-        <x:v>167058</x:v>
+        <x:v>251558</x:v>
       </x:c>
       <x:c r="R42" s="3" t="n">
-        <x:v>189904</x:v>
+        <x:v>285961</x:v>
       </x:c>
       <x:c r="S42" s="3" t="n">
-        <x:v>176902</x:v>
+        <x:v>266382</x:v>
       </x:c>
       <x:c r="T42" s="3" t="n">
-        <x:v>165842</x:v>
+        <x:v>249729</x:v>
       </x:c>
       <x:c r="U42" s="3" t="n">
-        <x:v>156561</x:v>
+        <x:v>235753</x:v>
       </x:c>
       <x:c r="V42" s="3" t="n">
-        <x:v>168452</x:v>
+        <x:v>253658</x:v>
       </x:c>
       <x:c r="W42" s="3" t="n">
-        <x:v>172095</x:v>
+        <x:v>259143</x:v>
       </x:c>
       <x:c r="X42" s="3" t="n">
-        <x:v>182697</x:v>
+        <x:v>275109</x:v>
       </x:c>
       <x:c r="Y42" s="3" t="n">
-        <x:v>188169</x:v>
+        <x:v>283349</x:v>
       </x:c>
       <x:c r="Z42" s="3" t="n">
-        <x:v>214804</x:v>
+        <x:v>323456</x:v>
       </x:c>
       <x:c r="AA42" s="3" t="n">
-        <x:v>234651</x:v>
+        <x:v>353341</x:v>
       </x:c>
       <x:c r="AB42" s="3" t="n">
-        <x:v>259977</x:v>
+        <x:v>391479</x:v>
       </x:c>
       <x:c r="AC42" s="3" t="n">
-        <x:v>282746</x:v>
+        <x:v>425765</x:v>
       </x:c>
       <x:c r="AD42" s="3" t="n">
-        <x:v>310707</x:v>
+        <x:v>467868</x:v>
       </x:c>
       <x:c r="AE42" s="3" t="n">
-        <x:v>303159</x:v>
+        <x:v>456502</x:v>
       </x:c>
       <x:c r="AF42" s="3" t="n">
-        <x:v>314185</x:v>
+        <x:v>473106</x:v>
       </x:c>
       <x:c r="AG42" s="3" t="n">
-        <x:v>329704</x:v>
+        <x:v>496474</x:v>
       </x:c>
       <x:c r="AH42" s="3" t="n">
-        <x:v>337562</x:v>
+        <x:v>508308</x:v>
       </x:c>
       <x:c r="AI42" s="3" t="n">
-        <x:v>354593</x:v>
+        <x:v>533953</x:v>
       </x:c>
       <x:c r="AJ42" s="3" t="n">
-        <x:v>396800</x:v>
+        <x:v>597508</x:v>
       </x:c>
       <x:c r="AK42" s="3" t="n">
-        <x:v>430076</x:v>
+        <x:v>647617</x:v>
       </x:c>
       <x:c r="AL42" s="3" t="n">
-        <x:v>478774</x:v>
+        <x:v>720947</x:v>
       </x:c>
       <x:c r="AM42" s="3" t="n">
-        <x:v>510416</x:v>
+        <x:v>768593</x:v>
       </x:c>
       <x:c r="AN42" s="3" t="n">
-        <x:v>526319</x:v>
+        <x:v>792540</x:v>
       </x:c>
       <x:c r="AO42" s="3" t="n">
-        <x:v>462437</x:v>
+        <x:v>696346</x:v>
       </x:c>
       <x:c r="AP42" s="3" t="n">
-        <x:v>501597</x:v>
+        <x:v>755314</x:v>
       </x:c>
       <x:c r="AQ42" s="3" t="n">
-        <x:v>525405</x:v>
+        <x:v>791164</x:v>
       </x:c>
       <x:c r="AR42" s="3" t="n">
-        <x:v>537840</x:v>
+        <x:v>809889</x:v>
       </x:c>
       <x:c r="AS42" s="3" t="n">
-        <x:v>550739</x:v>
+        <x:v>829313</x:v>
       </x:c>
       <x:c r="AT42" s="3" t="n">
-        <x:v>562521</x:v>
+        <x:v>847055</x:v>
       </x:c>
       <x:c r="AU42" s="3" t="n">
-        <x:v>577611</x:v>
+        <x:v>869777</x:v>
       </x:c>
       <x:c r="AV42" s="3" t="n">
-        <x:v>569520</x:v>
+        <x:v>857593</x:v>
       </x:c>
       <x:c r="AW42" s="3" t="n">
-        <x:v>589382</x:v>
+        <x:v>887502</x:v>
       </x:c>
       <x:c r="AX42" s="3" t="n">
-        <x:v>606124</x:v>
+        <x:v>912712</x:v>
       </x:c>
       <x:c r="AY42" s="3" t="n">
-        <x:v>643800</x:v>
+        <x:v>969445</x:v>
       </x:c>
       <x:c r="AZ42" s="3" t="n">
-        <x:v>626522</x:v>
+        <x:v>943428</x:v>
       </x:c>
       <x:c r="BA42" s="3" t="n">
-        <x:v>660195</x:v>
+        <x:v>994133</x:v>
       </x:c>
       <x:c r="BB42" s="3" t="n">
-        <x:v>701417</x:v>
+        <x:v>1061659</x:v>
       </x:c>
       <x:c r="BC42" s="3" t="n">
-        <x:v>657606</x:v>
+        <x:v>995452</x:v>
       </x:c>
       <x:c r="BD42" s="3" t="n">
-        <x:v>682732</x:v>
+        <x:v>1017645</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:56">
       <x:c r="A43" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>26122</x:v>
+        <x:v>52070</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>22867</x:v>
+        <x:v>45580</x:v>
       </x:c>
       <x:c r="D43" s="3" t="n">
-        <x:v>24567</x:v>
+        <x:v>48969</x:v>
       </x:c>
       <x:c r="E43" s="3" t="n">
-        <x:v>27030</x:v>
+        <x:v>53880</x:v>
       </x:c>
       <x:c r="F43" s="3" t="n">
-        <x:v>26589</x:v>
+        <x:v>52999</x:v>
       </x:c>
       <x:c r="G43" s="3" t="n">
-        <x:v>23218</x:v>
+        <x:v>46281</x:v>
       </x:c>
       <x:c r="H43" s="3" t="n">
-        <x:v>29937</x:v>
+        <x:v>59673</x:v>
       </x:c>
       <x:c r="I43" s="3" t="n">
-        <x:v>31916</x:v>
+        <x:v>63619</x:v>
       </x:c>
       <x:c r="J43" s="3" t="n">
-        <x:v>32776</x:v>
+        <x:v>65333</x:v>
       </x:c>
       <x:c r="K43" s="3" t="n">
-        <x:v>32937</x:v>
+        <x:v>65654</x:v>
       </x:c>
       <x:c r="L43" s="3" t="n">
-        <x:v>28027</x:v>
+        <x:v>55867</x:v>
       </x:c>
       <x:c r="M43" s="3" t="n">
-        <x:v>19365</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>16400</x:v>
+        <x:v>32690</x:v>
       </x:c>
       <x:c r="O43" s="3" t="n">
-        <x:v>12732</x:v>
+        <x:v>25379</x:v>
       </x:c>
       <x:c r="P43" s="3" t="n">
-        <x:v>14329</x:v>
+        <x:v>28562</x:v>
       </x:c>
       <x:c r="Q43" s="3" t="n">
-        <x:v>12645</x:v>
+        <x:v>25205</x:v>
       </x:c>
       <x:c r="R43" s="3" t="n">
-        <x:v>14223</x:v>
+        <x:v>28350</x:v>
       </x:c>
       <x:c r="S43" s="3" t="n">
-        <x:v>13695</x:v>
+        <x:v>27299</x:v>
       </x:c>
       <x:c r="T43" s="3" t="n">
-        <x:v>8848</x:v>
+        <x:v>17636</x:v>
       </x:c>
       <x:c r="U43" s="3" t="n">
-        <x:v>7961</x:v>
+        <x:v>15869</x:v>
       </x:c>
       <x:c r="V43" s="3" t="n">
-        <x:v>9524</x:v>
+        <x:v>18983</x:v>
       </x:c>
       <x:c r="W43" s="3" t="n">
-        <x:v>9605</x:v>
+        <x:v>19146</x:v>
       </x:c>
       <x:c r="X43" s="3" t="n">
-        <x:v>8950</x:v>
+        <x:v>17839</x:v>
       </x:c>
       <x:c r="Y43" s="3" t="n">
-        <x:v>9212</x:v>
+        <x:v>18363</x:v>
       </x:c>
       <x:c r="Z43" s="3" t="n">
-        <x:v>9001</x:v>
+        <x:v>17942</x:v>
       </x:c>
       <x:c r="AA43" s="3" t="n">
-        <x:v>11036</x:v>
+        <x:v>21998</x:v>
       </x:c>
       <x:c r="AB43" s="3" t="n">
-        <x:v>11089</x:v>
+        <x:v>22103</x:v>
       </x:c>
       <x:c r="AC43" s="3" t="n">
-        <x:v>12047</x:v>
+        <x:v>24014</x:v>
       </x:c>
       <x:c r="AD43" s="3" t="n">
-        <x:v>12040</x:v>
+        <x:v>23999</x:v>
       </x:c>
       <x:c r="AE43" s="3" t="n">
-        <x:v>12845</x:v>
+        <x:v>25603</x:v>
       </x:c>
       <x:c r="AF43" s="3" t="n">
-        <x:v>9912</x:v>
+        <x:v>19757</x:v>
       </x:c>
       <x:c r="AG43" s="3" t="n">
-        <x:v>9814</x:v>
+        <x:v>19561</x:v>
       </x:c>
       <x:c r="AH43" s="3" t="n">
-        <x:v>8889</x:v>
+        <x:v>17719</x:v>
       </x:c>
       <x:c r="AI43" s="3" t="n">
-        <x:v>8924</x:v>
+        <x:v>17788</x:v>
       </x:c>
       <x:c r="AJ43" s="3" t="n">
-        <x:v>9263</x:v>
+        <x:v>18464</x:v>
       </x:c>
       <x:c r="AK43" s="3" t="n">
-        <x:v>9685</x:v>
+        <x:v>19305</x:v>
       </x:c>
       <x:c r="AL43" s="3" t="n">
-        <x:v>7635</x:v>
+        <x:v>15219</x:v>
       </x:c>
       <x:c r="AM43" s="3" t="n">
-        <x:v>17265</x:v>
+        <x:v>34413</x:v>
       </x:c>
       <x:c r="AN43" s="3" t="n">
-        <x:v>10176</x:v>
+        <x:v>20284</x:v>
       </x:c>
       <x:c r="AO43" s="3" t="n">
-        <x:v>15315</x:v>
+        <x:v>30527</x:v>
       </x:c>
       <x:c r="AP43" s="3" t="n">
-        <x:v>11756</x:v>
+        <x:v>23433</x:v>
       </x:c>
       <x:c r="AQ43" s="3" t="n">
-        <x:v>10853</x:v>
+        <x:v>21634</x:v>
       </x:c>
       <x:c r="AR43" s="3" t="n">
-        <x:v>11123</x:v>
+        <x:v>22171</x:v>
       </x:c>
       <x:c r="AS43" s="3" t="n">
-        <x:v>12387</x:v>
+        <x:v>24692</x:v>
       </x:c>
       <x:c r="AT43" s="3" t="n">
-        <x:v>10923</x:v>
+        <x:v>21773</x:v>
       </x:c>
       <x:c r="AU43" s="3" t="n">
-        <x:v>10908</x:v>
+        <x:v>21743</x:v>
       </x:c>
       <x:c r="AV43" s="3" t="n">
-        <x:v>10106</x:v>
+        <x:v>20144</x:v>
       </x:c>
       <x:c r="AW43" s="3" t="n">
-        <x:v>12808</x:v>
+        <x:v>25530</x:v>
       </x:c>
       <x:c r="AX43" s="3" t="n">
-        <x:v>17754</x:v>
+        <x:v>35390</x:v>
       </x:c>
       <x:c r="AY43" s="3" t="n">
-        <x:v>18428</x:v>
+        <x:v>36733</x:v>
       </x:c>
       <x:c r="AZ43" s="3" t="n">
-        <x:v>17074</x:v>
+        <x:v>34034</x:v>
       </x:c>
       <x:c r="BA43" s="3" t="n">
-        <x:v>15052</x:v>
+        <x:v>30003</x:v>
       </x:c>
       <x:c r="BB43" s="3" t="n">
-        <x:v>12887</x:v>
+        <x:v>25688</x:v>
       </x:c>
       <x:c r="BC43" s="3" t="n">
-        <x:v>13282</x:v>
+        <x:v>26440</x:v>
       </x:c>
       <x:c r="BD43" s="3" t="n">
-        <x:v>11294</x:v>
+        <x:v>22773</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:56">
       <x:c r="A44" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>40385</x:v>
+        <x:v>58951</x:v>
       </x:c>
       <x:c r="C44" s="3" t="n">
-        <x:v>46881</x:v>
+        <x:v>68434</x:v>
       </x:c>
       <x:c r="D44" s="3" t="n">
-        <x:v>42690</x:v>
+        <x:v>62317</x:v>
       </x:c>
       <x:c r="E44" s="3" t="n">
-        <x:v>71918</x:v>
+        <x:v>104981</x:v>
       </x:c>
       <x:c r="F44" s="3" t="n">
-        <x:v>64732</x:v>
+        <x:v>94492</x:v>
       </x:c>
       <x:c r="G44" s="3" t="n">
-        <x:v>80092</x:v>
+        <x:v>116914</x:v>
       </x:c>
       <x:c r="H44" s="3" t="n">
-        <x:v>96887</x:v>
+        <x:v>141430</x:v>
       </x:c>
       <x:c r="I44" s="3" t="n">
-        <x:v>82371</x:v>
+        <x:v>120241</x:v>
       </x:c>
       <x:c r="J44" s="3" t="n">
-        <x:v>31623</x:v>
+        <x:v>46162</x:v>
       </x:c>
       <x:c r="K44" s="3" t="n">
-        <x:v>29889</x:v>
+        <x:v>43630</x:v>
       </x:c>
       <x:c r="L44" s="3" t="n">
-        <x:v>22730</x:v>
+        <x:v>33180</x:v>
       </x:c>
       <x:c r="M44" s="3" t="n">
-        <x:v>38247</x:v>
+        <x:v>55831</x:v>
       </x:c>
       <x:c r="N44" s="3" t="n">
-        <x:v>50918</x:v>
+        <x:v>74327</x:v>
       </x:c>
       <x:c r="O44" s="3" t="n">
-        <x:v>50500</x:v>
+        <x:v>73717</x:v>
       </x:c>
       <x:c r="P44" s="3" t="n">
-        <x:v>38551</x:v>
+        <x:v>56274</x:v>
       </x:c>
       <x:c r="Q44" s="3" t="n">
-        <x:v>31268</x:v>
+        <x:v>45644</x:v>
       </x:c>
       <x:c r="R44" s="3" t="n">
-        <x:v>34662</x:v>
+        <x:v>50597</x:v>
       </x:c>
       <x:c r="S44" s="3" t="n">
-        <x:v>32591</x:v>
+        <x:v>47574</x:v>
       </x:c>
       <x:c r="T44" s="3" t="n">
-        <x:v>46377</x:v>
+        <x:v>67698</x:v>
       </x:c>
       <x:c r="U44" s="3" t="n">
-        <x:v>69238</x:v>
+        <x:v>101070</x:v>
       </x:c>
       <x:c r="V44" s="3" t="n">
-        <x:v>59830</x:v>
+        <x:v>87337</x:v>
       </x:c>
       <x:c r="W44" s="3" t="n">
-        <x:v>47050</x:v>
+        <x:v>68681</x:v>
       </x:c>
       <x:c r="X44" s="3" t="n">
-        <x:v>30377</x:v>
+        <x:v>44342</x:v>
       </x:c>
       <x:c r="Y44" s="3" t="n">
-        <x:v>38710</x:v>
+        <x:v>56506</x:v>
       </x:c>
       <x:c r="Z44" s="3" t="n">
-        <x:v>27324</x:v>
+        <x:v>39886</x:v>
       </x:c>
       <x:c r="AA44" s="3" t="n">
-        <x:v>28373</x:v>
+        <x:v>41417</x:v>
       </x:c>
       <x:c r="AB44" s="3" t="n">
-        <x:v>38075</x:v>
+        <x:v>55579</x:v>
       </x:c>
       <x:c r="AC44" s="3" t="n">
-        <x:v>50865</x:v>
+        <x:v>74250</x:v>
       </x:c>
       <x:c r="AD44" s="3" t="n">
-        <x:v>59447</x:v>
+        <x:v>86778</x:v>
       </x:c>
       <x:c r="AE44" s="3" t="n">
-        <x:v>48752</x:v>
+        <x:v>71166</x:v>
       </x:c>
       <x:c r="AF44" s="3" t="n">
-        <x:v>46657</x:v>
+        <x:v>68108</x:v>
       </x:c>
       <x:c r="AG44" s="3" t="n">
-        <x:v>29862</x:v>
+        <x:v>43591</x:v>
       </x:c>
       <x:c r="AH44" s="3" t="n">
-        <x:v>26132</x:v>
+        <x:v>38145</x:v>
       </x:c>
       <x:c r="AI44" s="3" t="n">
-        <x:v>19204</x:v>
+        <x:v>28033</x:v>
       </x:c>
       <x:c r="AJ44" s="3" t="n">
-        <x:v>23188</x:v>
+        <x:v>33849</x:v>
       </x:c>
       <x:c r="AK44" s="3" t="n">
-        <x:v>23606</x:v>
+        <x:v>34459</x:v>
       </x:c>
       <x:c r="AL44" s="3" t="n">
-        <x:v>25886</x:v>
+        <x:v>37787</x:v>
       </x:c>
       <x:c r="AM44" s="3" t="n">
-        <x:v>31542</x:v>
+        <x:v>46043</x:v>
       </x:c>
       <x:c r="AN44" s="3" t="n">
-        <x:v>51192</x:v>
+        <x:v>74727</x:v>
       </x:c>
       <x:c r="AO44" s="3" t="n">
-        <x:v>39316</x:v>
+        <x:v>57392</x:v>
       </x:c>
       <x:c r="AP44" s="3" t="n">
-        <x:v>38746</x:v>
+        <x:v>56559</x:v>
       </x:c>
       <x:c r="AQ44" s="3" t="n">
-        <x:v>41309</x:v>
+        <x:v>60301</x:v>
       </x:c>
       <x:c r="AR44" s="3" t="n">
-        <x:v>26027</x:v>
+        <x:v>37992</x:v>
       </x:c>
       <x:c r="AS44" s="3" t="n">
-        <x:v>35939</x:v>
+        <x:v>52461</x:v>
       </x:c>
       <x:c r="AT44" s="3" t="n">
-        <x:v>37498</x:v>
+        <x:v>54737</x:v>
       </x:c>
       <x:c r="AU44" s="3" t="n">
-        <x:v>39377</x:v>
+        <x:v>57480</x:v>
       </x:c>
       <x:c r="AV44" s="3" t="n">
-        <x:v>49769</x:v>
+        <x:v>72650</x:v>
       </x:c>
       <x:c r="AW44" s="3" t="n">
-        <x:v>43777</x:v>
+        <x:v>63903</x:v>
       </x:c>
       <x:c r="AX44" s="3" t="n">
-        <x:v>36478</x:v>
+        <x:v>53249</x:v>
       </x:c>
       <x:c r="AY44" s="3" t="n">
-        <x:v>32283</x:v>
+        <x:v>47125</x:v>
       </x:c>
       <x:c r="AZ44" s="3" t="n">
-        <x:v>36478</x:v>
+        <x:v>53249</x:v>
       </x:c>
       <x:c r="BA44" s="3" t="n">
-        <x:v>30903</x:v>
+        <x:v>45111</x:v>
       </x:c>
       <x:c r="BB44" s="3" t="n">
-        <x:v>20879</x:v>
+        <x:v>30530</x:v>
       </x:c>
       <x:c r="BC44" s="3" t="n">
-        <x:v>20812</x:v>
+        <x:v>31733</x:v>
       </x:c>
       <x:c r="BD44" s="3" t="n">
-        <x:v>25584</x:v>
+        <x:v>38382</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:56">
       <x:c r="A45" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>67259</x:v>
+        <x:v>88035</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>81628</x:v>
+        <x:v>106543</x:v>
       </x:c>
       <x:c r="D45" s="3" t="n">
-        <x:v>79600</x:v>
+        <x:v>103959</x:v>
       </x:c>
       <x:c r="E45" s="3" t="n">
-        <x:v>87802</x:v>
+        <x:v>114557</x:v>
       </x:c>
       <x:c r="F45" s="3" t="n">
-        <x:v>93627</x:v>
+        <x:v>122050</x:v>
       </x:c>
       <x:c r="G45" s="3" t="n">
-        <x:v>98993</x:v>
+        <x:v>129121</x:v>
       </x:c>
       <x:c r="H45" s="3" t="n">
-        <x:v>119693</x:v>
+        <x:v>155752</x:v>
       </x:c>
       <x:c r="I45" s="3" t="n">
-        <x:v>120805</x:v>
+        <x:v>157292</x:v>
       </x:c>
       <x:c r="J45" s="3" t="n">
-        <x:v>112638</x:v>
+        <x:v>146765</x:v>
       </x:c>
       <x:c r="K45" s="3" t="n">
-        <x:v>106890</x:v>
+        <x:v>139286</x:v>
       </x:c>
       <x:c r="L45" s="3" t="n">
-        <x:v>101624</x:v>
+        <x:v>132574</x:v>
       </x:c>
       <x:c r="M45" s="3" t="n">
-        <x:v>111634</x:v>
+        <x:v>145518</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>116468</x:v>
+        <x:v>151840</x:v>
       </x:c>
       <x:c r="O45" s="3" t="n">
-        <x:v>122517</x:v>
+        <x:v>159479</x:v>
       </x:c>
       <x:c r="P45" s="3" t="n">
-        <x:v>126851</x:v>
+        <x:v>165311</x:v>
       </x:c>
       <x:c r="Q45" s="3" t="n">
-        <x:v>133103</x:v>
+        <x:v>173481</x:v>
       </x:c>
       <x:c r="R45" s="3" t="n">
-        <x:v>144397</x:v>
+        <x:v>188177</x:v>
       </x:c>
       <x:c r="S45" s="3" t="n">
-        <x:v>135343</x:v>
+        <x:v>176715</x:v>
       </x:c>
       <x:c r="T45" s="3" t="n">
-        <x:v>134876</x:v>
+        <x:v>176209</x:v>
       </x:c>
       <x:c r="U45" s="3" t="n">
-        <x:v>140773</x:v>
+        <x:v>183779</x:v>
       </x:c>
       <x:c r="V45" s="3" t="n">
-        <x:v>140734</x:v>
+        <x:v>183691</x:v>
       </x:c>
       <x:c r="W45" s="3" t="n">
-        <x:v>149377</x:v>
+        <x:v>194634</x:v>
       </x:c>
       <x:c r="X45" s="3" t="n">
-        <x:v>157633</x:v>
+        <x:v>204964</x:v>
       </x:c>
       <x:c r="Y45" s="3" t="n">
-        <x:v>164242</x:v>
+        <x:v>213550</x:v>
       </x:c>
       <x:c r="Z45" s="3" t="n">
-        <x:v>162672</x:v>
+        <x:v>211507</x:v>
       </x:c>
       <x:c r="AA45" s="3" t="n">
-        <x:v>159550</x:v>
+        <x:v>207436</x:v>
       </x:c>
       <x:c r="AB45" s="3" t="n">
-        <x:v>160716</x:v>
+        <x:v>208880</x:v>
       </x:c>
       <x:c r="AC45" s="3" t="n">
-        <x:v>188377</x:v>
+        <x:v>243403</x:v>
       </x:c>
       <x:c r="AD45" s="3" t="n">
-        <x:v>200022</x:v>
+        <x:v>258614</x:v>
       </x:c>
       <x:c r="AE45" s="3" t="n">
-        <x:v>207196</x:v>
+        <x:v>269925</x:v>
       </x:c>
       <x:c r="AF45" s="3" t="n">
-        <x:v>215059</x:v>
+        <x:v>280002</x:v>
       </x:c>
       <x:c r="AG45" s="3" t="n">
-        <x:v>224965</x:v>
+        <x:v>293214</x:v>
       </x:c>
       <x:c r="AH45" s="3" t="n">
-        <x:v>223512</x:v>
+        <x:v>289891</x:v>
       </x:c>
       <x:c r="AI45" s="3" t="n">
-        <x:v>215980</x:v>
+        <x:v>279642</x:v>
       </x:c>
       <x:c r="AJ45" s="3" t="n">
-        <x:v>223466</x:v>
+        <x:v>288492</x:v>
       </x:c>
       <x:c r="AK45" s="3" t="n">
-        <x:v>240556</x:v>
+        <x:v>309644</x:v>
       </x:c>
       <x:c r="AL45" s="3" t="n">
-        <x:v>253369</x:v>
+        <x:v>326173</x:v>
       </x:c>
       <x:c r="AM45" s="3" t="n">
-        <x:v>281400</x:v>
+        <x:v>360619</x:v>
       </x:c>
       <x:c r="AN45" s="3" t="n">
-        <x:v>293486</x:v>
+        <x:v>376094</x:v>
       </x:c>
       <x:c r="AO45" s="3" t="n">
-        <x:v>272153</x:v>
+        <x:v>350146</x:v>
       </x:c>
       <x:c r="AP45" s="3" t="n">
-        <x:v>300157</x:v>
+        <x:v>387100</x:v>
       </x:c>
       <x:c r="AQ45" s="3" t="n">
-        <x:v>308610</x:v>
+        <x:v>398301</x:v>
       </x:c>
       <x:c r="AR45" s="3" t="n">
-        <x:v>335251</x:v>
+        <x:v>437356</x:v>
       </x:c>
       <x:c r="AS45" s="3" t="n">
-        <x:v>357944</x:v>
+        <x:v>468922</x:v>
       </x:c>
       <x:c r="AT45" s="3" t="n">
-        <x:v>367719</x:v>
+        <x:v>482461</x:v>
       </x:c>
       <x:c r="AU45" s="3" t="n">
-        <x:v>369276</x:v>
+        <x:v>485743</x:v>
       </x:c>
       <x:c r="AV45" s="3" t="n">
-        <x:v>387048</x:v>
+        <x:v>505979</x:v>
       </x:c>
       <x:c r="AW45" s="3" t="n">
-        <x:v>389538</x:v>
+        <x:v>509125</x:v>
       </x:c>
       <x:c r="AX45" s="3" t="n">
-        <x:v>389078</x:v>
+        <x:v>509084</x:v>
       </x:c>
       <x:c r="AY45" s="3" t="n">
-        <x:v>410673</x:v>
+        <x:v>539616</x:v>
       </x:c>
       <x:c r="AZ45" s="3" t="n">
-        <x:v>314132</x:v>
+        <x:v>413151</x:v>
       </x:c>
       <x:c r="BA45" s="3" t="n">
-        <x:v>305207</x:v>
+        <x:v>400665</x:v>
       </x:c>
       <x:c r="BB45" s="3" t="n">
-        <x:v>415981</x:v>
+        <x:v>545527</x:v>
       </x:c>
       <x:c r="BC45" s="3" t="n">
-        <x:v>448045</x:v>
+        <x:v>590688</x:v>
       </x:c>
       <x:c r="BD45" s="3" t="n">
-        <x:v>470597</x:v>
+        <x:v>647416</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:56">
       <x:c r="A46" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>835623</x:v>
+        <x:v>1194082</x:v>
       </x:c>
       <x:c r="C46" s="3" t="n">
-        <x:v>883033</x:v>
+        <x:v>1262321</x:v>
       </x:c>
       <x:c r="D46" s="3" t="n">
-        <x:v>930104</x:v>
+        <x:v>1329025</x:v>
       </x:c>
       <x:c r="E46" s="3" t="n">
-        <x:v>972265</x:v>
+        <x:v>1388701</x:v>
       </x:c>
       <x:c r="F46" s="3" t="n">
-        <x:v>1010399</x:v>
+        <x:v>1443756</x:v>
       </x:c>
       <x:c r="G46" s="3" t="n">
-        <x:v>1060435</x:v>
+        <x:v>1515193</x:v>
       </x:c>
       <x:c r="H46" s="3" t="n">
-        <x:v>1122211</x:v>
+        <x:v>1603825</x:v>
       </x:c>
       <x:c r="I46" s="3" t="n">
-        <x:v>1168903</x:v>
+        <x:v>1670415</x:v>
       </x:c>
       <x:c r="J46" s="3" t="n">
-        <x:v>1214132</x:v>
+        <x:v>1734821</x:v>
       </x:c>
       <x:c r="K46" s="3" t="n">
-        <x:v>1267220</x:v>
+        <x:v>1810307</x:v>
       </x:c>
       <x:c r="L46" s="3" t="n">
-        <x:v>1325059</x:v>
+        <x:v>1892255</x:v>
       </x:c>
       <x:c r="M46" s="3" t="n">
-        <x:v>1346238</x:v>
+        <x:v>1923936</x:v>
       </x:c>
       <x:c r="N46" s="3" t="n">
-        <x:v>1349406</x:v>
+        <x:v>1928600</x:v>
       </x:c>
       <x:c r="O46" s="3" t="n">
-        <x:v>1403018</x:v>
+        <x:v>2004605</x:v>
       </x:c>
       <x:c r="P46" s="3" t="n">
-        <x:v>1487934</x:v>
+        <x:v>2126395</x:v>
       </x:c>
       <x:c r="Q46" s="3" t="n">
-        <x:v>1570565</x:v>
+        <x:v>2244645</x:v>
       </x:c>
       <x:c r="R46" s="3" t="n">
-        <x:v>1634049</x:v>
+        <x:v>2335502</x:v>
       </x:c>
       <x:c r="S46" s="3" t="n">
-        <x:v>1662703</x:v>
+        <x:v>2376239</x:v>
       </x:c>
       <x:c r="T46" s="3" t="n">
-        <x:v>1658460</x:v>
+        <x:v>2368398</x:v>
       </x:c>
       <x:c r="U46" s="3" t="n">
-        <x:v>1675679</x:v>
+        <x:v>2392781</x:v>
       </x:c>
       <x:c r="V46" s="3" t="n">
-        <x:v>1708058</x:v>
+        <x:v>2439655</x:v>
       </x:c>
       <x:c r="W46" s="3" t="n">
-        <x:v>1760742</x:v>
+        <x:v>2509397</x:v>
       </x:c>
       <x:c r="X46" s="3" t="n">
-        <x:v>1823679</x:v>
+        <x:v>2598836</x:v>
       </x:c>
       <x:c r="Y46" s="3" t="n">
-        <x:v>1875566</x:v>
+        <x:v>2673503</x:v>
       </x:c>
       <x:c r="Z46" s="3" t="n">
-        <x:v>1970381</x:v>
+        <x:v>2808230</x:v>
       </x:c>
       <x:c r="AA46" s="3" t="n">
-        <x:v>2052263</x:v>
+        <x:v>2924853</x:v>
       </x:c>
       <x:c r="AB46" s="3" t="n">
-        <x:v>2155449</x:v>
+        <x:v>3070203</x:v>
       </x:c>
       <x:c r="AC46" s="3" t="n">
-        <x:v>2269356</x:v>
+        <x:v>3226540</x:v>
       </x:c>
       <x:c r="AD46" s="3" t="n">
-        <x:v>2329918</x:v>
+        <x:v>3314493</x:v>
       </x:c>
       <x:c r="AE46" s="3" t="n">
-        <x:v>2378195</x:v>
+        <x:v>3386836</x:v>
       </x:c>
       <x:c r="AF46" s="3" t="n">
-        <x:v>2457126</x:v>
+        <x:v>3503460</x:v>
       </x:c>
       <x:c r="AG46" s="3" t="n">
-        <x:v>2507918</x:v>
+        <x:v>3579253</x:v>
       </x:c>
       <x:c r="AH46" s="3" t="n">
-        <x:v>2542466</x:v>
+        <x:v>3631421</x:v>
       </x:c>
       <x:c r="AI46" s="3" t="n">
-        <x:v>2566490</x:v>
+        <x:v>3671234</x:v>
       </x:c>
       <x:c r="AJ46" s="3" t="n">
-        <x:v>2669524</x:v>
+        <x:v>3830205</x:v>
       </x:c>
       <x:c r="AK46" s="3" t="n">
-        <x:v>2741204</x:v>
+        <x:v>3943951</x:v>
       </x:c>
       <x:c r="AL46" s="3" t="n">
-        <x:v>2808678</x:v>
+        <x:v>4056246</x:v>
       </x:c>
       <x:c r="AM46" s="3" t="n">
-        <x:v>2890524</x:v>
+        <x:v>4194982</x:v>
       </x:c>
       <x:c r="AN46" s="3" t="n">
-        <x:v>2904454</x:v>
+        <x:v>4229498</x:v>
       </x:c>
       <x:c r="AO46" s="3" t="n">
-        <x:v>2848097</x:v>
+        <x:v>4161265</x:v>
       </x:c>
       <x:c r="AP46" s="3" t="n">
-        <x:v>2870513</x:v>
+        <x:v>4203082</x:v>
       </x:c>
       <x:c r="AQ46" s="3" t="n">
-        <x:v>2902251</x:v>
+        <x:v>4261297</x:v>
       </x:c>
       <x:c r="AR46" s="3" t="n">
-        <x:v>2981133</x:v>
+        <x:v>4381635</x:v>
       </x:c>
       <x:c r="AS46" s="3" t="n">
-        <x:v>3011427</x:v>
+        <x:v>4437408</x:v>
       </x:c>
       <x:c r="AT46" s="3" t="n">
-        <x:v>3073105</x:v>
+        <x:v>4530382</x:v>
       </x:c>
       <x:c r="AU46" s="3" t="n">
-        <x:v>3130183</x:v>
+        <x:v>4622996</x:v>
       </x:c>
       <x:c r="AV46" s="3" t="n">
-        <x:v>3166641</x:v>
+        <x:v>4682706</x:v>
       </x:c>
       <x:c r="AW46" s="3" t="n">
-        <x:v>3244659</x:v>
+        <x:v>4807718</x:v>
       </x:c>
       <x:c r="AX46" s="3" t="n">
-        <x:v>3271555</x:v>
+        <x:v>4861102</x:v>
       </x:c>
       <x:c r="AY46" s="3" t="n">
-        <x:v>3308319</x:v>
+        <x:v>4932546</x:v>
       </x:c>
       <x:c r="AZ46" s="3" t="n">
-        <x:v>3266033</x:v>
+        <x:v>4865436</x:v>
       </x:c>
       <x:c r="BA46" s="3" t="n">
-        <x:v>3393692</x:v>
+        <x:v>5067018</x:v>
       </x:c>
       <x:c r="BB46" s="3" t="n">
-        <x:v>3503859</x:v>
+        <x:v>5286249</x:v>
       </x:c>
       <x:c r="BC46" s="3" t="n">
-        <x:v>3506386</x:v>
+        <x:v>5304898</x:v>
       </x:c>
       <x:c r="BD46" s="3" t="n">
-        <x:v>3579923</x:v>
+        <x:v>5384164</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:56">
       <x:c r="A47" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>769382</x:v>
+        <x:v>969424</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>817879</x:v>
+        <x:v>1030995</x:v>
       </x:c>
       <x:c r="D47" s="3" t="n">
-        <x:v>856389</x:v>
+        <x:v>1078997</x:v>
       </x:c>
       <x:c r="E47" s="3" t="n">
-        <x:v>892538</x:v>
+        <x:v>1124033</x:v>
       </x:c>
       <x:c r="F47" s="3" t="n">
-        <x:v>927206</x:v>
+        <x:v>1168203</x:v>
       </x:c>
       <x:c r="G47" s="3" t="n">
-        <x:v>956854</x:v>
+        <x:v>1205414</x:v>
       </x:c>
       <x:c r="H47" s="3" t="n">
-        <x:v>992856</x:v>
+        <x:v>1250969</x:v>
       </x:c>
       <x:c r="I47" s="3" t="n">
-        <x:v>1030521</x:v>
+        <x:v>1298290</x:v>
       </x:c>
       <x:c r="J47" s="3" t="n">
-        <x:v>1044519</x:v>
+        <x:v>1315612</x:v>
       </x:c>
       <x:c r="K47" s="3" t="n">
-        <x:v>1080219</x:v>
+        <x:v>1360220</x:v>
       </x:c>
       <x:c r="L47" s="3" t="n">
-        <x:v>1103944</x:v>
+        <x:v>1389382</x:v>
       </x:c>
       <x:c r="M47" s="3" t="n">
-        <x:v>1122450</x:v>
+        <x:v>1413949</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>1127343</x:v>
+        <x:v>1420244</x:v>
       </x:c>
       <x:c r="O47" s="3" t="n">
-        <x:v>1150974</x:v>
+        <x:v>1449369</x:v>
       </x:c>
       <x:c r="P47" s="3" t="n">
-        <x:v>1196876</x:v>
+        <x:v>1507454</x:v>
       </x:c>
       <x:c r="Q47" s="3" t="n">
-        <x:v>1267592</x:v>
+        <x:v>1596685</x:v>
       </x:c>
       <x:c r="R47" s="3" t="n">
-        <x:v>1309760</x:v>
+        <x:v>1649865</x:v>
       </x:c>
       <x:c r="S47" s="3" t="n">
-        <x:v>1326488</x:v>
+        <x:v>1670735</x:v>
       </x:c>
       <x:c r="T47" s="3" t="n">
-        <x:v>1310633</x:v>
+        <x:v>1649318</x:v>
       </x:c>
       <x:c r="U47" s="3" t="n">
-        <x:v>1291231</x:v>
+        <x:v>1624564</x:v>
       </x:c>
       <x:c r="V47" s="3" t="n">
-        <x:v>1303897</x:v>
+        <x:v>1640926</x:v>
       </x:c>
       <x:c r="W47" s="3" t="n">
-        <x:v>1323388</x:v>
+        <x:v>1660995</x:v>
       </x:c>
       <x:c r="X47" s="3" t="n">
-        <x:v>1357646</x:v>
+        <x:v>1703675</x:v>
       </x:c>
       <x:c r="Y47" s="3" t="n">
-        <x:v>1394845</x:v>
+        <x:v>1750896</x:v>
       </x:c>
       <x:c r="Z47" s="3" t="n">
-        <x:v>1445346</x:v>
+        <x:v>1813781</x:v>
       </x:c>
       <x:c r="AA47" s="3" t="n">
-        <x:v>1493878</x:v>
+        <x:v>1874518</x:v>
       </x:c>
       <x:c r="AB47" s="3" t="n">
-        <x:v>1554885</x:v>
+        <x:v>1949667</x:v>
       </x:c>
       <x:c r="AC47" s="3" t="n">
-        <x:v>1635560</x:v>
+        <x:v>2046287</x:v>
       </x:c>
       <x:c r="AD47" s="3" t="n">
-        <x:v>1697902</x:v>
+        <x:v>2125935</x:v>
       </x:c>
       <x:c r="AE47" s="3" t="n">
-        <x:v>1738070</x:v>
+        <x:v>2178975</x:v>
       </x:c>
       <x:c r="AF47" s="3" t="n">
-        <x:v>1789010</x:v>
+        <x:v>2245971</x:v>
       </x:c>
       <x:c r="AG47" s="3" t="n">
-        <x:v>1820821</x:v>
+        <x:v>2287968</x:v>
       </x:c>
       <x:c r="AH47" s="3" t="n">
-        <x:v>1848411</x:v>
+        <x:v>2324208</x:v>
       </x:c>
       <x:c r="AI47" s="3" t="n">
-        <x:v>1871359</x:v>
+        <x:v>2356985</x:v>
       </x:c>
       <x:c r="AJ47" s="3" t="n">
-        <x:v>1965259</x:v>
+        <x:v>2484226</x:v>
       </x:c>
       <x:c r="AK47" s="3" t="n">
-        <x:v>2057193</x:v>
+        <x:v>2609008</x:v>
       </x:c>
       <x:c r="AL47" s="3" t="n">
-        <x:v>2160598</x:v>
+        <x:v>2752821</x:v>
       </x:c>
       <x:c r="AM47" s="3" t="n">
-        <x:v>2284207</x:v>
+        <x:v>2928251</x:v>
       </x:c>
       <x:c r="AN47" s="3" t="n">
-        <x:v>2325686</x:v>
+        <x:v>2993997</x:v>
       </x:c>
       <x:c r="AO47" s="3" t="n">
-        <x:v>2285046</x:v>
+        <x:v>2953884</x:v>
       </x:c>
       <x:c r="AP47" s="3" t="n">
-        <x:v>2330591</x:v>
+        <x:v>3019726</x:v>
       </x:c>
       <x:c r="AQ47" s="3" t="n">
-        <x:v>2374949</x:v>
+        <x:v>3086004</x:v>
       </x:c>
       <x:c r="AR47" s="3" t="n">
-        <x:v>2464358</x:v>
+        <x:v>3204784</x:v>
       </x:c>
       <x:c r="AS47" s="3" t="n">
-        <x:v>2520854</x:v>
+        <x:v>3286972</x:v>
       </x:c>
       <x:c r="AT47" s="3" t="n">
-        <x:v>2576967</x:v>
+        <x:v>3361180</x:v>
       </x:c>
       <x:c r="AU47" s="3" t="n">
-        <x:v>2614238</x:v>
+        <x:v>3417479</x:v>
       </x:c>
       <x:c r="AV47" s="3" t="n">
-        <x:v>2638351</x:v>
+        <x:v>3453185</x:v>
       </x:c>
       <x:c r="AW47" s="3" t="n">
-        <x:v>2695082</x:v>
+        <x:v>3535464</x:v>
       </x:c>
       <x:c r="AX47" s="3" t="n">
-        <x:v>2745143</x:v>
+        <x:v>3611339</x:v>
       </x:c>
       <x:c r="AY47" s="3" t="n">
-        <x:v>2809342</x:v>
+        <x:v>3708764</x:v>
       </x:c>
       <x:c r="AZ47" s="3" t="n">
-        <x:v>2731887</x:v>
+        <x:v>3607636</x:v>
       </x:c>
       <x:c r="BA47" s="3" t="n">
-        <x:v>2853551</x:v>
+        <x:v>3776696</x:v>
       </x:c>
       <x:c r="BB47" s="3" t="n">
-        <x:v>2976549</x:v>
+        <x:v>3986332</x:v>
       </x:c>
       <x:c r="BC47" s="3" t="n">
-        <x:v>2996099</x:v>
+        <x:v>4021628</x:v>
       </x:c>
       <x:c r="BD47" s="3" t="n">
-        <x:v>3013028</x:v>
+        <x:v>4043298</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:56">
       <x:c r="A48" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>32692</x:v>
+        <x:v>77192</x:v>
       </x:c>
       <x:c r="C48" s="3" t="n">
-        <x:v>32000</x:v>
+        <x:v>75557</x:v>
       </x:c>
       <x:c r="D48" s="3" t="n">
-        <x:v>36395</x:v>
+        <x:v>85936</x:v>
       </x:c>
       <x:c r="E48" s="3" t="n">
-        <x:v>39664</x:v>
+        <x:v>93653</x:v>
       </x:c>
       <x:c r="F48" s="3" t="n">
-        <x:v>41417</x:v>
+        <x:v>97793</x:v>
       </x:c>
       <x:c r="G48" s="3" t="n">
-        <x:v>53032</x:v>
+        <x:v>125218</x:v>
       </x:c>
       <x:c r="H48" s="3" t="n">
-        <x:v>71559</x:v>
+        <x:v>168965</x:v>
       </x:c>
       <x:c r="I48" s="3" t="n">
-        <x:v>77968</x:v>
+        <x:v>184097</x:v>
       </x:c>
       <x:c r="J48" s="3" t="n">
-        <x:v>107774</x:v>
+        <x:v>254475</x:v>
       </x:c>
       <x:c r="K48" s="3" t="n">
-        <x:v>123134</x:v>
+        <x:v>290742</x:v>
       </x:c>
       <x:c r="L48" s="3" t="n">
-        <x:v>150968</x:v>
+        <x:v>356464</x:v>
       </x:c>
       <x:c r="M48" s="3" t="n">
-        <x:v>152799</x:v>
+        <x:v>360789</x:v>
       </x:c>
       <x:c r="N48" s="3" t="n">
-        <x:v>151706</x:v>
+        <x:v>358206</x:v>
       </x:c>
       <x:c r="O48" s="3" t="n">
-        <x:v>171921</x:v>
+        <x:v>405939</x:v>
       </x:c>
       <x:c r="P48" s="3" t="n">
-        <x:v>198920</x:v>
+        <x:v>469689</x:v>
       </x:c>
       <x:c r="Q48" s="3" t="n">
-        <x:v>206998</x:v>
+        <x:v>488761</x:v>
       </x:c>
       <x:c r="R48" s="3" t="n">
-        <x:v>221924</x:v>
+        <x:v>524005</x:v>
       </x:c>
       <x:c r="S48" s="3" t="n">
-        <x:v>234021</x:v>
+        <x:v>552569</x:v>
       </x:c>
       <x:c r="T48" s="3" t="n">
-        <x:v>253300</x:v>
+        <x:v>598090</x:v>
       </x:c>
       <x:c r="U48" s="3" t="n">
-        <x:v>323437</x:v>
+        <x:v>763697</x:v>
       </x:c>
       <x:c r="V48" s="3" t="n">
-        <x:v>351100</x:v>
+        <x:v>829015</x:v>
       </x:c>
       <x:c r="W48" s="3" t="n">
-        <x:v>394350</x:v>
+        <x:v>931136</x:v>
       </x:c>
       <x:c r="X48" s="3" t="n">
-        <x:v>430139</x:v>
+        <x:v>1015641</x:v>
       </x:c>
       <x:c r="Y48" s="3" t="n">
-        <x:v>445106</x:v>
+        <x:v>1050981</x:v>
       </x:c>
       <x:c r="Z48" s="3" t="n">
-        <x:v>505148</x:v>
+        <x:v>1192752</x:v>
       </x:c>
       <x:c r="AA48" s="3" t="n">
-        <x:v>550504</x:v>
+        <x:v>1299847</x:v>
       </x:c>
       <x:c r="AB48" s="3" t="n">
-        <x:v>610205</x:v>
+        <x:v>1440813</x:v>
       </x:c>
       <x:c r="AC48" s="3" t="n">
-        <x:v>645336</x:v>
+        <x:v>1523763</x:v>
       </x:c>
       <x:c r="AD48" s="3" t="n">
-        <x:v>626712</x:v>
+        <x:v>1479789</x:v>
       </x:c>
       <x:c r="AE48" s="3" t="n">
-        <x:v>626625</x:v>
+        <x:v>1479583</x:v>
       </x:c>
       <x:c r="AF48" s="3" t="n">
-        <x:v>661033</x:v>
+        <x:v>1560827</x:v>
       </x:c>
       <x:c r="AG48" s="3" t="n">
-        <x:v>680658</x:v>
+        <x:v>1608794</x:v>
       </x:c>
       <x:c r="AH48" s="3" t="n">
-        <x:v>686865</x:v>
+        <x:v>1625411</x:v>
       </x:c>
       <x:c r="AI48" s="3" t="n">
-        <x:v>685006</x:v>
+        <x:v>1622456</x:v>
       </x:c>
       <x:c r="AJ48" s="3" t="n">
-        <x:v>684183</x:v>
+        <x:v>1621661</x:v>
       </x:c>
       <x:c r="AK48" s="3" t="n">
-        <x:v>652210</x:v>
+        <x:v>1547248</x:v>
       </x:c>
       <x:c r="AL48" s="3" t="n">
-        <x:v>615862</x:v>
+        <x:v>1462115</x:v>
       </x:c>
       <x:c r="AM48" s="3" t="n">
-        <x:v>582852</x:v>
+        <x:v>1384317</x:v>
       </x:c>
       <x:c r="AN48" s="3" t="n">
-        <x:v>558903</x:v>
+        <x:v>1327349</x:v>
       </x:c>
       <x:c r="AO48" s="3" t="n">
-        <x:v>544967</x:v>
+        <x:v>1295401</x:v>
       </x:c>
       <x:c r="AP48" s="3" t="n">
-        <x:v>522276</x:v>
+        <x:v>1242407</x:v>
       </x:c>
       <x:c r="AQ48" s="3" t="n">
-        <x:v>511736</x:v>
+        <x:v>1219621</x:v>
       </x:c>
       <x:c r="AR48" s="3" t="n">
-        <x:v>507920</x:v>
+        <x:v>1211959</x:v>
       </x:c>
       <x:c r="AS48" s="3" t="n">
-        <x:v>491510</x:v>
+        <x:v>1174360</x:v>
       </x:c>
       <x:c r="AT48" s="3" t="n">
-        <x:v>498433</x:v>
+        <x:v>1191972</x:v>
       </x:c>
       <x:c r="AU48" s="3" t="n">
-        <x:v>515945</x:v>
+        <x:v>1234406</x:v>
       </x:c>
       <x:c r="AV48" s="3" t="n">
-        <x:v>528290</x:v>
+        <x:v>1266084</x:v>
       </x:c>
       <x:c r="AW48" s="3" t="n">
-        <x:v>551824</x:v>
+        <x:v>1323349</x:v>
       </x:c>
       <x:c r="AX48" s="3" t="n">
-        <x:v>526179</x:v>
+        <x:v>1263538</x:v>
       </x:c>
       <x:c r="AY48" s="3" t="n">
-        <x:v>503092</x:v>
+        <x:v>1210132</x:v>
       </x:c>
       <x:c r="AZ48" s="3" t="n">
-        <x:v>539727</x:v>
+        <x:v>1291517</x:v>
       </x:c>
       <x:c r="BA48" s="3" t="n">
-        <x:v>537945</x:v>
+        <x:v>1289159</x:v>
       </x:c>
       <x:c r="BB48" s="3" t="n">
-        <x:v>536592</x:v>
+        <x:v>1291557</x:v>
       </x:c>
       <x:c r="BC48" s="3" t="n">
-        <x:v>531361</x:v>
+        <x:v>1283270</x:v>
       </x:c>
       <x:c r="BD48" s="3" t="n">
-        <x:v>557325</x:v>
+        <x:v>1340865</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:56">
       <x:c r="A49" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>684510</x:v>
+        <x:v>870991</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>719458</x:v>
+        <x:v>915881</x:v>
       </x:c>
       <x:c r="D49" s="3" t="n">
-        <x:v>748781</x:v>
+        <x:v>952615</x:v>
       </x:c>
       <x:c r="E49" s="3" t="n">
-        <x:v>770990</x:v>
+        <x:v>980278</x:v>
       </x:c>
       <x:c r="F49" s="3" t="n">
-        <x:v>814508</x:v>
+        <x:v>1036225</x:v>
       </x:c>
       <x:c r="G49" s="3" t="n">
-        <x:v>843943</x:v>
+        <x:v>1073549</x:v>
       </x:c>
       <x:c r="H49" s="3" t="n">
-        <x:v>879034</x:v>
+        <x:v>1118414</x:v>
       </x:c>
       <x:c r="I49" s="3" t="n">
-        <x:v>905856</x:v>
+        <x:v>1152364</x:v>
       </x:c>
       <x:c r="J49" s="3" t="n">
-        <x:v>920987</x:v>
+        <x:v>1171308</x:v>
       </x:c>
       <x:c r="K49" s="3" t="n">
-        <x:v>948895</x:v>
+        <x:v>1206417</x:v>
       </x:c>
       <x:c r="L49" s="3" t="n">
-        <x:v>974699</x:v>
+        <x:v>1238530</x:v>
       </x:c>
       <x:c r="M49" s="3" t="n">
-        <x:v>986679</x:v>
+        <x:v>1255025</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>994177</x:v>
+        <x:v>1264716</x:v>
       </x:c>
       <x:c r="O49" s="3" t="n">
-        <x:v>1011140</x:v>
+        <x:v>1285612</x:v>
       </x:c>
       <x:c r="P49" s="3" t="n">
-        <x:v>1058637</x:v>
+        <x:v>1346335</x:v>
       </x:c>
       <x:c r="Q49" s="3" t="n">
-        <x:v>1111723</x:v>
+        <x:v>1413964</x:v>
       </x:c>
       <x:c r="R49" s="3" t="n">
-        <x:v>1139226</x:v>
+        <x:v>1448958</x:v>
       </x:c>
       <x:c r="S49" s="3" t="n">
-        <x:v>1165357</x:v>
+        <x:v>1482047</x:v>
       </x:c>
       <x:c r="T49" s="3" t="n">
-        <x:v>1165405</x:v>
+        <x:v>1480679</x:v>
       </x:c>
       <x:c r="U49" s="3" t="n">
-        <x:v>1156702</x:v>
+        <x:v>1469325</x:v>
       </x:c>
       <x:c r="V49" s="3" t="n">
-        <x:v>1165334</x:v>
+        <x:v>1480715</x:v>
       </x:c>
       <x:c r="W49" s="3" t="n">
-        <x:v>1183886</x:v>
+        <x:v>1499663</x:v>
       </x:c>
       <x:c r="X49" s="3" t="n">
-        <x:v>1213490</x:v>
+        <x:v>1536823</x:v>
       </x:c>
       <x:c r="Y49" s="3" t="n">
-        <x:v>1243096</x:v>
+        <x:v>1574843</x:v>
       </x:c>
       <x:c r="Z49" s="3" t="n">
-        <x:v>1288707</x:v>
+        <x:v>1632099</x:v>
       </x:c>
       <x:c r="AA49" s="3" t="n">
-        <x:v>1326149</x:v>
+        <x:v>1679279</x:v>
       </x:c>
       <x:c r="AB49" s="3" t="n">
-        <x:v>1371592</x:v>
+        <x:v>1735238</x:v>
       </x:c>
       <x:c r="AC49" s="3" t="n">
-        <x:v>1441687</x:v>
+        <x:v>1819092</x:v>
       </x:c>
       <x:c r="AD49" s="3" t="n">
-        <x:v>1493940</x:v>
+        <x:v>1886733</x:v>
       </x:c>
       <x:c r="AE49" s="3" t="n">
-        <x:v>1529151</x:v>
+        <x:v>1934086</x:v>
       </x:c>
       <x:c r="AF49" s="3" t="n">
-        <x:v>1574010</x:v>
+        <x:v>1994126</x:v>
       </x:c>
       <x:c r="AG49" s="3" t="n">
-        <x:v>1596414</x:v>
+        <x:v>2024625</x:v>
       </x:c>
       <x:c r="AH49" s="3" t="n">
-        <x:v>1614008</x:v>
+        <x:v>2048525</x:v>
       </x:c>
       <x:c r="AI49" s="3" t="n">
-        <x:v>1633364</x:v>
+        <x:v>2077139</x:v>
       </x:c>
       <x:c r="AJ49" s="3" t="n">
-        <x:v>1713178</x:v>
+        <x:v>2187842</x:v>
       </x:c>
       <x:c r="AK49" s="3" t="n">
-        <x:v>1795431</x:v>
+        <x:v>2301678</x:v>
       </x:c>
       <x:c r="AL49" s="3" t="n">
-        <x:v>1882051</x:v>
+        <x:v>2425759</x:v>
       </x:c>
       <x:c r="AM49" s="3" t="n">
-        <x:v>1985570</x:v>
+        <x:v>2577674</x:v>
       </x:c>
       <x:c r="AN49" s="3" t="n">
-        <x:v>2031928</x:v>
+        <x:v>2650536</x:v>
       </x:c>
       <x:c r="AO49" s="3" t="n">
-        <x:v>1992279</x:v>
+        <x:v>2611372</x:v>
       </x:c>
       <x:c r="AP49" s="3" t="n">
-        <x:v>2028565</x:v>
+        <x:v>2666126</x:v>
       </x:c>
       <x:c r="AQ49" s="3" t="n">
-        <x:v>2062673</x:v>
+        <x:v>2720086</x:v>
       </x:c>
       <x:c r="AR49" s="3" t="n">
-        <x:v>2141356</x:v>
+        <x:v>2826450</x:v>
       </x:c>
       <x:c r="AS49" s="3" t="n">
-        <x:v>2192694</x:v>
+        <x:v>2902966</x:v>
       </x:c>
       <x:c r="AT49" s="3" t="n">
-        <x:v>2242268</x:v>
+        <x:v>2969620</x:v>
       </x:c>
       <x:c r="AU49" s="3" t="n">
-        <x:v>2271916</x:v>
+        <x:v>3016794</x:v>
       </x:c>
       <x:c r="AV49" s="3" t="n">
-        <x:v>2288488</x:v>
+        <x:v>3043256</x:v>
       </x:c>
       <x:c r="AW49" s="3" t="n">
-        <x:v>2335200</x:v>
+        <x:v>3113622</x:v>
       </x:c>
       <x:c r="AX49" s="3" t="n">
-        <x:v>2379834</x:v>
+        <x:v>3183386</x:v>
       </x:c>
       <x:c r="AY49" s="3" t="n">
-        <x:v>2443283</x:v>
+        <x:v>3280948</x:v>
       </x:c>
       <x:c r="AZ49" s="3" t="n">
-        <x:v>2371591</x:v>
+        <x:v>3186076</x:v>
       </x:c>
       <x:c r="BA49" s="3" t="n">
-        <x:v>2476755</x:v>
+        <x:v>3335870</x:v>
       </x:c>
       <x:c r="BB49" s="3" t="n">
-        <x:v>2598854</x:v>
+        <x:v>3534324</x:v>
       </x:c>
       <x:c r="BC49" s="3" t="n">
-        <x:v>2625938</x:v>
+        <x:v>3568749</x:v>
       </x:c>
       <x:c r="BD49" s="3" t="n">
-        <x:v>2646840</x:v>
+        <x:v>3592094</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:56">
       <x:c r="A50" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>510488</x:v>
+        <x:v>643119</x:v>
       </x:c>
       <x:c r="C50" s="3" t="n">
-        <x:v>536167</x:v>
+        <x:v>675832</x:v>
       </x:c>
       <x:c r="D50" s="3" t="n">
-        <x:v>557916</x:v>
+        <x:v>702723</x:v>
       </x:c>
       <x:c r="E50" s="3" t="n">
-        <x:v>572124</x:v>
+        <x:v>720078</x:v>
       </x:c>
       <x:c r="F50" s="3" t="n">
-        <x:v>607725</x:v>
+        <x:v>765459</x:v>
       </x:c>
       <x:c r="G50" s="3" t="n">
-        <x:v>625436</x:v>
+        <x:v>787624</x:v>
       </x:c>
       <x:c r="H50" s="3" t="n">
-        <x:v>647800</x:v>
+        <x:v>815961</x:v>
       </x:c>
       <x:c r="I50" s="3" t="n">
-        <x:v>666568</x:v>
+        <x:v>839435</x:v>
       </x:c>
       <x:c r="J50" s="3" t="n">
-        <x:v>675293</x:v>
+        <x:v>850133</x:v>
       </x:c>
       <x:c r="K50" s="3" t="n">
-        <x:v>694043</x:v>
+        <x:v>873380</x:v>
       </x:c>
       <x:c r="L50" s="3" t="n">
-        <x:v>710255</x:v>
+        <x:v>893135</x:v>
       </x:c>
       <x:c r="M50" s="3" t="n">
-        <x:v>711812</x:v>
+        <x:v>896178</x:v>
       </x:c>
       <x:c r="N50" s="3" t="n">
-        <x:v>714614</x:v>
+        <x:v>899826</x:v>
       </x:c>
       <x:c r="O50" s="3" t="n">
-        <x:v>724147</x:v>
+        <x:v>911195</x:v>
       </x:c>
       <x:c r="P50" s="3" t="n">
-        <x:v>762297</x:v>
+        <x:v>959531</x:v>
       </x:c>
       <x:c r="Q50" s="3" t="n">
-        <x:v>804315</x:v>
+        <x:v>1012553</x:v>
       </x:c>
       <x:c r="R50" s="3" t="n">
-        <x:v>825188</x:v>
+        <x:v>1038849</x:v>
       </x:c>
       <x:c r="S50" s="3" t="n">
-        <x:v>842193</x:v>
+        <x:v>1060111</x:v>
       </x:c>
       <x:c r="T50" s="3" t="n">
-        <x:v>837491</x:v>
+        <x:v>1052866</x:v>
       </x:c>
       <x:c r="U50" s="3" t="n">
-        <x:v>824807</x:v>
+        <x:v>1036601</x:v>
       </x:c>
       <x:c r="V50" s="3" t="n">
-        <x:v>823443</x:v>
+        <x:v>1035207</x:v>
       </x:c>
       <x:c r="W50" s="3" t="n">
-        <x:v>829085</x:v>
+        <x:v>1038067</x:v>
       </x:c>
       <x:c r="X50" s="3" t="n">
-        <x:v>846569</x:v>
+        <x:v>1059606</x:v>
       </x:c>
       <x:c r="Y50" s="3" t="n">
-        <x:v>867489</x:v>
+        <x:v>1086271</x:v>
       </x:c>
       <x:c r="Z50" s="3" t="n">
-        <x:v>904557</x:v>
+        <x:v>1132282</x:v>
       </x:c>
       <x:c r="AA50" s="3" t="n">
-        <x:v>939034</x:v>
+        <x:v>1175338</x:v>
       </x:c>
       <x:c r="AB50" s="3" t="n">
-        <x:v>974164</x:v>
+        <x:v>1217897</x:v>
       </x:c>
       <x:c r="AC50" s="3" t="n">
-        <x:v>1033782</x:v>
+        <x:v>1288131</x:v>
       </x:c>
       <x:c r="AD50" s="3" t="n">
-        <x:v>1074654</x:v>
+        <x:v>1340709</x:v>
       </x:c>
       <x:c r="AE50" s="3" t="n">
-        <x:v>1100313</x:v>
+        <x:v>1375409</x:v>
       </x:c>
       <x:c r="AF50" s="3" t="n">
-        <x:v>1140192</x:v>
+        <x:v>1428463</x:v>
       </x:c>
       <x:c r="AG50" s="3" t="n">
-        <x:v>1161244</x:v>
+        <x:v>1456888</x:v>
       </x:c>
       <x:c r="AH50" s="3" t="n">
-        <x:v>1178076</x:v>
+        <x:v>1479548</x:v>
       </x:c>
       <x:c r="AI50" s="3" t="n">
-        <x:v>1194530</x:v>
+        <x:v>1504086</x:v>
       </x:c>
       <x:c r="AJ50" s="3" t="n">
-        <x:v>1268259</x:v>
+        <x:v>1605764</x:v>
       </x:c>
       <x:c r="AK50" s="3" t="n">
-        <x:v>1338121</x:v>
+        <x:v>1702626</x:v>
       </x:c>
       <x:c r="AL50" s="3" t="n">
-        <x:v>1416154</x:v>
+        <x:v>1814260</x:v>
       </x:c>
       <x:c r="AM50" s="3" t="n">
-        <x:v>1500898</x:v>
+        <x:v>1940411</x:v>
       </x:c>
       <x:c r="AN50" s="3" t="n">
-        <x:v>1535548</x:v>
+        <x:v>1997370</x:v>
       </x:c>
       <x:c r="AO50" s="3" t="n">
-        <x:v>1489940</x:v>
+        <x:v>1950660</x:v>
       </x:c>
       <x:c r="AP50" s="3" t="n">
-        <x:v>1514646</x:v>
+        <x:v>1990079</x:v>
       </x:c>
       <x:c r="AQ50" s="3" t="n">
-        <x:v>1541075</x:v>
+        <x:v>2033660</x:v>
       </x:c>
       <x:c r="AR50" s="3" t="n">
-        <x:v>1607452</x:v>
+        <x:v>2123398</x:v>
       </x:c>
       <x:c r="AS50" s="3" t="n">
-        <x:v>1654367</x:v>
+        <x:v>2193503</x:v>
       </x:c>
       <x:c r="AT50" s="3" t="n">
-        <x:v>1693092</x:v>
+        <x:v>2249155</x:v>
       </x:c>
       <x:c r="AU50" s="3" t="n">
-        <x:v>1709974</x:v>
+        <x:v>2280879</x:v>
       </x:c>
       <x:c r="AV50" s="3" t="n">
-        <x:v>1714458</x:v>
+        <x:v>2291068</x:v>
       </x:c>
       <x:c r="AW50" s="3" t="n">
-        <x:v>1751995</x:v>
+        <x:v>2348580</x:v>
       </x:c>
       <x:c r="AX50" s="3" t="n">
-        <x:v>1791573</x:v>
+        <x:v>2412684</x:v>
       </x:c>
       <x:c r="AY50" s="3" t="n">
-        <x:v>1849561</x:v>
+        <x:v>2503698</x:v>
       </x:c>
       <x:c r="AZ50" s="3" t="n">
-        <x:v>1792430</x:v>
+        <x:v>2425066</x:v>
       </x:c>
       <x:c r="BA50" s="3" t="n">
-        <x:v>1881601</x:v>
+        <x:v>2554795</x:v>
       </x:c>
       <x:c r="BB50" s="3" t="n">
-        <x:v>1987886</x:v>
+        <x:v>2722988</x:v>
       </x:c>
       <x:c r="BC50" s="3" t="n">
-        <x:v>2003025</x:v>
+        <x:v>2731878</x:v>
       </x:c>
       <x:c r="BD50" s="3" t="n">
-        <x:v>2012222</x:v>
+        <x:v>2739295</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:56">
       <x:c r="A51" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>147105</x:v>
+        <x:v>200180</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>150429</x:v>
+        <x:v>204702</x:v>
       </x:c>
       <x:c r="D51" s="3" t="n">
-        <x:v>157843</x:v>
+        <x:v>214791</x:v>
       </x:c>
       <x:c r="E51" s="3" t="n">
-        <x:v>166434</x:v>
+        <x:v>226482</x:v>
       </x:c>
       <x:c r="F51" s="3" t="n">
-        <x:v>172869</x:v>
+        <x:v>235238</x:v>
       </x:c>
       <x:c r="G51" s="3" t="n">
-        <x:v>168136</x:v>
+        <x:v>228797</x:v>
       </x:c>
       <x:c r="H51" s="3" t="n">
-        <x:v>167475</x:v>
+        <x:v>227898</x:v>
       </x:c>
       <x:c r="I51" s="3" t="n">
-        <x:v>167455</x:v>
+        <x:v>227871</x:v>
       </x:c>
       <x:c r="J51" s="3" t="n">
-        <x:v>164523</x:v>
+        <x:v>223881</x:v>
       </x:c>
       <x:c r="K51" s="3" t="n">
-        <x:v>171594</x:v>
+        <x:v>233503</x:v>
       </x:c>
       <x:c r="L51" s="3" t="n">
-        <x:v>169223</x:v>
+        <x:v>230277</x:v>
       </x:c>
       <x:c r="M51" s="3" t="n">
-        <x:v>166097</x:v>
+        <x:v>226024</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>165918</x:v>
+        <x:v>225780</x:v>
       </x:c>
       <x:c r="O51" s="3" t="n">
-        <x:v>162875</x:v>
+        <x:v>221638</x:v>
       </x:c>
       <x:c r="P51" s="3" t="n">
-        <x:v>172063</x:v>
+        <x:v>234142</x:v>
       </x:c>
       <x:c r="Q51" s="3" t="n">
-        <x:v>179116</x:v>
+        <x:v>243740</x:v>
       </x:c>
       <x:c r="R51" s="3" t="n">
-        <x:v>178908</x:v>
+        <x:v>243456</x:v>
       </x:c>
       <x:c r="S51" s="3" t="n">
-        <x:v>182437</x:v>
+        <x:v>248258</x:v>
       </x:c>
       <x:c r="T51" s="3" t="n">
-        <x:v>173205</x:v>
+        <x:v>235696</x:v>
       </x:c>
       <x:c r="U51" s="3" t="n">
-        <x:v>166684</x:v>
+        <x:v>226822</x:v>
       </x:c>
       <x:c r="V51" s="3" t="n">
-        <x:v>164667</x:v>
+        <x:v>224077</x:v>
       </x:c>
       <x:c r="W51" s="3" t="n">
-        <x:v>160565</x:v>
+        <x:v>218495</x:v>
       </x:c>
       <x:c r="X51" s="3" t="n">
-        <x:v>162318</x:v>
+        <x:v>220880</x:v>
       </x:c>
       <x:c r="Y51" s="3" t="n">
-        <x:v>164639</x:v>
+        <x:v>224039</x:v>
       </x:c>
       <x:c r="Z51" s="3" t="n">
-        <x:v>169761</x:v>
+        <x:v>231010</x:v>
       </x:c>
       <x:c r="AA51" s="3" t="n">
-        <x:v>170274</x:v>
+        <x:v>231707</x:v>
       </x:c>
       <x:c r="AB51" s="3" t="n">
-        <x:v>178211</x:v>
+        <x:v>242508</x:v>
       </x:c>
       <x:c r="AC51" s="3" t="n">
-        <x:v>187095</x:v>
+        <x:v>254597</x:v>
       </x:c>
       <x:c r="AD51" s="3" t="n">
-        <x:v>185274</x:v>
+        <x:v>252120</x:v>
       </x:c>
       <x:c r="AE51" s="3" t="n">
-        <x:v>186519</x:v>
+        <x:v>253813</x:v>
       </x:c>
       <x:c r="AF51" s="3" t="n">
-        <x:v>188395</x:v>
+        <x:v>256366</x:v>
       </x:c>
       <x:c r="AG51" s="3" t="n">
-        <x:v>187367</x:v>
+        <x:v>255053</x:v>
       </x:c>
       <x:c r="AH51" s="3" t="n">
-        <x:v>186381</x:v>
+        <x:v>253984</x:v>
       </x:c>
       <x:c r="AI51" s="3" t="n">
-        <x:v>191580</x:v>
+        <x:v>261532</x:v>
       </x:c>
       <x:c r="AJ51" s="3" t="n">
-        <x:v>200000</x:v>
+        <x:v>273671</x:v>
       </x:c>
       <x:c r="AK51" s="3" t="n">
-        <x:v>207142</x:v>
+        <x:v>284127</x:v>
       </x:c>
       <x:c r="AL51" s="3" t="n">
-        <x:v>212552</x:v>
+        <x:v>291109</x:v>
       </x:c>
       <x:c r="AM51" s="3" t="n">
-        <x:v>221153</x:v>
+        <x:v>303479</x:v>
       </x:c>
       <x:c r="AN51" s="3" t="n">
-        <x:v>227640</x:v>
+        <x:v>312674</x:v>
       </x:c>
       <x:c r="AO51" s="3" t="n">
-        <x:v>209635</x:v>
+        <x:v>290747</x:v>
       </x:c>
       <x:c r="AP51" s="3" t="n">
-        <x:v>213238</x:v>
+        <x:v>295739</x:v>
       </x:c>
       <x:c r="AQ51" s="3" t="n">
-        <x:v>216753</x:v>
+        <x:v>301167</x:v>
       </x:c>
       <x:c r="AR51" s="3" t="n">
-        <x:v>220932</x:v>
+        <x:v>306447</x:v>
       </x:c>
       <x:c r="AS51" s="3" t="n">
-        <x:v>227502</x:v>
+        <x:v>315336</x:v>
       </x:c>
       <x:c r="AT51" s="3" t="n">
-        <x:v>233694</x:v>
+        <x:v>322485</x:v>
       </x:c>
       <x:c r="AU51" s="3" t="n">
-        <x:v>223429</x:v>
+        <x:v>308830</x:v>
       </x:c>
       <x:c r="AV51" s="3" t="n">
-        <x:v>214307</x:v>
+        <x:v>295304</x:v>
       </x:c>
       <x:c r="AW51" s="3" t="n">
-        <x:v>214146</x:v>
+        <x:v>295060</x:v>
       </x:c>
       <x:c r="AX51" s="3" t="n">
-        <x:v>217640</x:v>
+        <x:v>299885</x:v>
       </x:c>
       <x:c r="AY51" s="3" t="n">
-        <x:v>222144</x:v>
+        <x:v>306772</x:v>
       </x:c>
       <x:c r="AZ51" s="3" t="n">
-        <x:v>209543</x:v>
+        <x:v>290885</x:v>
       </x:c>
       <x:c r="BA51" s="3" t="n">
-        <x:v>221346</x:v>
+        <x:v>307053</x:v>
       </x:c>
       <x:c r="BB51" s="3" t="n">
-        <x:v>223583</x:v>
+        <x:v>308296</x:v>
       </x:c>
       <x:c r="BC51" s="3" t="n">
-        <x:v>223476</x:v>
+        <x:v>306557</x:v>
       </x:c>
       <x:c r="BD51" s="3" t="n">
-        <x:v>227159</x:v>
+        <x:v>310482</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:56">
       <x:c r="A52" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>101824</x:v>
+        <x:v>163309</x:v>
       </x:c>
       <x:c r="C52" s="3" t="n">
-        <x:v>108594</x:v>
+        <x:v>174167</x:v>
       </x:c>
       <x:c r="D52" s="3" t="n">
-        <x:v>110665</x:v>
+        <x:v>177489</x:v>
       </x:c>
       <x:c r="E52" s="3" t="n">
-        <x:v>110324</x:v>
+        <x:v>176943</x:v>
       </x:c>
       <x:c r="F52" s="3" t="n">
-        <x:v>117880</x:v>
+        <x:v>189060</x:v>
       </x:c>
       <x:c r="G52" s="3" t="n">
-        <x:v>123179</x:v>
+        <x:v>197559</x:v>
       </x:c>
       <x:c r="H52" s="3" t="n">
-        <x:v>127078</x:v>
+        <x:v>203814</x:v>
       </x:c>
       <x:c r="I52" s="3" t="n">
-        <x:v>128315</x:v>
+        <x:v>205797</x:v>
       </x:c>
       <x:c r="J52" s="3" t="n">
-        <x:v>137602</x:v>
+        <x:v>220692</x:v>
       </x:c>
       <x:c r="K52" s="3" t="n">
-        <x:v>129736</x:v>
+        <x:v>208076</x:v>
       </x:c>
       <x:c r="L52" s="3" t="n">
-        <x:v>135269</x:v>
+        <x:v>216950</x:v>
       </x:c>
       <x:c r="M52" s="3" t="n">
-        <x:v>139305</x:v>
+        <x:v>223422</x:v>
       </x:c>
       <x:c r="N52" s="3" t="n">
-        <x:v>140657</x:v>
+        <x:v>225591</x:v>
       </x:c>
       <x:c r="O52" s="3" t="n">
-        <x:v>143725</x:v>
+        <x:v>230513</x:v>
       </x:c>
       <x:c r="P52" s="3" t="n">
-        <x:v>149380</x:v>
+        <x:v>239582</x:v>
       </x:c>
       <x:c r="Q52" s="3" t="n">
-        <x:v>147627</x:v>
+        <x:v>236771</x:v>
       </x:c>
       <x:c r="R52" s="3" t="n">
-        <x:v>147706</x:v>
+        <x:v>236897</x:v>
       </x:c>
       <x:c r="S52" s="3" t="n">
-        <x:v>152837</x:v>
+        <x:v>245126</x:v>
       </x:c>
       <x:c r="T52" s="3" t="n">
-        <x:v>155030</x:v>
+        <x:v>248644</x:v>
       </x:c>
       <x:c r="U52" s="3" t="n">
-        <x:v>156781</x:v>
+        <x:v>251453</x:v>
       </x:c>
       <x:c r="V52" s="3" t="n">
-        <x:v>157773</x:v>
+        <x:v>253042</x:v>
       </x:c>
       <x:c r="W52" s="3" t="n">
-        <x:v>155980</x:v>
+        <x:v>250167</x:v>
       </x:c>
       <x:c r="X52" s="3" t="n">
-        <x:v>156673</x:v>
+        <x:v>251278</x:v>
       </x:c>
       <x:c r="Y52" s="3" t="n">
-        <x:v>160704</x:v>
+        <x:v>257744</x:v>
       </x:c>
       <x:c r="Z52" s="3" t="n">
-        <x:v>162228</x:v>
+        <x:v>260188</x:v>
       </x:c>
       <x:c r="AA52" s="3" t="n">
-        <x:v>174975</x:v>
+        <x:v>280631</x:v>
       </x:c>
       <x:c r="AB52" s="3" t="n">
-        <x:v>171891</x:v>
+        <x:v>275687</x:v>
       </x:c>
       <x:c r="AC52" s="3" t="n">
-        <x:v>182810</x:v>
+        <x:v>293199</x:v>
       </x:c>
       <x:c r="AD52" s="3" t="n">
-        <x:v>191786</x:v>
+        <x:v>305388</x:v>
       </x:c>
       <x:c r="AE52" s="3" t="n">
-        <x:v>191395</x:v>
+        <x:v>304787</x:v>
       </x:c>
       <x:c r="AF52" s="3" t="n">
-        <x:v>195213</x:v>
+        <x:v>310943</x:v>
       </x:c>
       <x:c r="AG52" s="3" t="n">
-        <x:v>194405</x:v>
+        <x:v>309359</x:v>
       </x:c>
       <x:c r="AH52" s="3" t="n">
-        <x:v>199124</x:v>
+        <x:v>315912</x:v>
       </x:c>
       <x:c r="AI52" s="3" t="n">
-        <x:v>192497</x:v>
+        <x:v>304577</x:v>
       </x:c>
       <x:c r="AJ52" s="3" t="n">
-        <x:v>207101</x:v>
+        <x:v>327668</x:v>
       </x:c>
       <x:c r="AK52" s="3" t="n">
-        <x:v>225628</x:v>
+        <x:v>357482</x:v>
       </x:c>
       <x:c r="AL52" s="3" t="n">
-        <x:v>233189</x:v>
+        <x:v>369290</x:v>
       </x:c>
       <x:c r="AM52" s="3" t="n">
-        <x:v>249184</x:v>
+        <x:v>394717</x:v>
       </x:c>
       <x:c r="AN52" s="3" t="n">
-        <x:v>250723</x:v>
+        <x:v>397153</x:v>
       </x:c>
       <x:c r="AO52" s="3" t="n">
-        <x:v>236077</x:v>
+        <x:v>373302</x:v>
       </x:c>
       <x:c r="AP52" s="3" t="n">
-        <x:v>234848</x:v>
+        <x:v>371116</x:v>
       </x:c>
       <x:c r="AQ52" s="3" t="n">
-        <x:v>240461</x:v>
+        <x:v>379581</x:v>
       </x:c>
       <x:c r="AR52" s="3" t="n">
-        <x:v>262599</x:v>
+        <x:v>414241</x:v>
       </x:c>
       <x:c r="AS52" s="3" t="n">
-        <x:v>262625</x:v>
+        <x:v>413499</x:v>
       </x:c>
       <x:c r="AT52" s="3" t="n">
-        <x:v>272912</x:v>
+        <x:v>429814</x:v>
       </x:c>
       <x:c r="AU52" s="3" t="n">
-        <x:v>275560</x:v>
+        <x:v>433118</x:v>
       </x:c>
       <x:c r="AV52" s="3" t="n">
-        <x:v>280111</x:v>
+        <x:v>439850</x:v>
       </x:c>
       <x:c r="AW52" s="3" t="n">
-        <x:v>288778</x:v>
+        <x:v>452901</x:v>
       </x:c>
       <x:c r="AX52" s="3" t="n">
-        <x:v>291253</x:v>
+        <x:v>456296</x:v>
       </x:c>
       <x:c r="AY52" s="3" t="n">
-        <x:v>293435</x:v>
+        <x:v>458851</x:v>
       </x:c>
       <x:c r="AZ52" s="3" t="n">
-        <x:v>294754</x:v>
+        <x:v>460274</x:v>
       </x:c>
       <x:c r="BA52" s="3" t="n">
-        <x:v>307881</x:v>
+        <x:v>481137</x:v>
       </x:c>
       <x:c r="BB52" s="3" t="n">
-        <x:v>311886</x:v>
+        <x:v>486452</x:v>
       </x:c>
       <x:c r="BC52" s="3" t="n">
-        <x:v>311013</x:v>
+        <x:v>469025</x:v>
       </x:c>
       <x:c r="BD52" s="3" t="n">
-        <x:v>307702</x:v>
+        <x:v>459078</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:56">
       <x:c r="A53" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>266749</x:v>
+        <x:v>312970</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>282322</x:v>
+        <x:v>331608</x:v>
       </x:c>
       <x:c r="D53" s="3" t="n">
-        <x:v>294777</x:v>
+        <x:v>345771</x:v>
       </x:c>
       <x:c r="E53" s="3" t="n">
-        <x:v>300979</x:v>
+        <x:v>352537</x:v>
       </x:c>
       <x:c r="F53" s="3" t="n">
-        <x:v>322673</x:v>
+        <x:v>378510</x:v>
       </x:c>
       <x:c r="G53" s="3" t="n">
-        <x:v>339816</x:v>
+        <x:v>398592</x:v>
       </x:c>
       <x:c r="H53" s="3" t="n">
-        <x:v>359106</x:v>
+        <x:v>421473</x:v>
       </x:c>
       <x:c r="I53" s="3" t="n">
-        <x:v>376627</x:v>
+        <x:v>441964</x:v>
       </x:c>
       <x:c r="J53" s="3" t="n">
-        <x:v>379369</x:v>
+        <x:v>444888</x:v>
       </x:c>
       <x:c r="K53" s="3" t="n">
-        <x:v>398540</x:v>
+        <x:v>467138</x:v>
       </x:c>
       <x:c r="L53" s="3" t="n">
-        <x:v>412206</x:v>
+        <x:v>482590</x:v>
       </x:c>
       <x:c r="M53" s="3" t="n">
-        <x:v>413071</x:v>
+        <x:v>484612</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>414758</x:v>
+        <x:v>486702</x:v>
       </x:c>
       <x:c r="O53" s="3" t="n">
-        <x:v>423845</x:v>
+        <x:v>496834</x:v>
       </x:c>
       <x:c r="P53" s="3" t="n">
-        <x:v>447253</x:v>
+        <x:v>524584</x:v>
       </x:c>
       <x:c r="Q53" s="3" t="n">
-        <x:v>482983</x:v>
+        <x:v>566732</x:v>
       </x:c>
       <x:c r="R53" s="3" t="n">
-        <x:v>503508</x:v>
+        <x:v>590922</x:v>
       </x:c>
       <x:c r="S53" s="3" t="n">
-        <x:v>512009</x:v>
+        <x:v>600745</x:v>
       </x:c>
       <x:c r="T53" s="3" t="n">
-        <x:v>513518</x:v>
+        <x:v>601352</x:v>
       </x:c>
       <x:c r="U53" s="3" t="n">
-        <x:v>505444</x:v>
+        <x:v>591601</x:v>
       </x:c>
       <x:c r="V53" s="3" t="n">
-        <x:v>505105</x:v>
+        <x:v>591499</x:v>
       </x:c>
       <x:c r="W53" s="3" t="n">
-        <x:v>515473</x:v>
+        <x:v>599981</x:v>
       </x:c>
       <x:c r="X53" s="3" t="n">
-        <x:v>529841</x:v>
+        <x:v>616461</x:v>
       </x:c>
       <x:c r="Y53" s="3" t="n">
-        <x:v>544308</x:v>
+        <x:v>633742</x:v>
       </x:c>
       <x:c r="Z53" s="3" t="n">
-        <x:v>573113</x:v>
+        <x:v>667034</x:v>
       </x:c>
       <x:c r="AA53" s="3" t="n">
-        <x:v>595649</x:v>
+        <x:v>693187</x:v>
       </x:c>
       <x:c r="AB53" s="3" t="n">
-        <x:v>623935</x:v>
+        <x:v>724940</x:v>
       </x:c>
       <x:c r="AC53" s="3" t="n">
-        <x:v>663860</x:v>
+        <x:v>767470</x:v>
       </x:c>
       <x:c r="AD53" s="3" t="n">
-        <x:v>698146</x:v>
+        <x:v>810157</x:v>
       </x:c>
       <x:c r="AE53" s="3" t="n">
-        <x:v>722313</x:v>
+        <x:v>840804</x:v>
       </x:c>
       <x:c r="AF53" s="3" t="n">
-        <x:v>756316</x:v>
+        <x:v>883412</x:v>
       </x:c>
       <x:c r="AG53" s="3" t="n">
-        <x:v>778886</x:v>
+        <x:v>911870</x:v>
       </x:c>
       <x:c r="AH53" s="3" t="n">
-        <x:v>792817</x:v>
+        <x:v>929979</x:v>
       </x:c>
       <x:c r="AI53" s="3" t="n">
-        <x:v>808894</x:v>
+        <x:v>952427</x:v>
       </x:c>
       <x:c r="AJ53" s="3" t="n">
-        <x:v>860113</x:v>
+        <x:v>1020396</x:v>
       </x:c>
       <x:c r="AK53" s="3" t="n">
-        <x:v>905436</x:v>
+        <x:v>1081122</x:v>
       </x:c>
       <x:c r="AL53" s="3" t="n">
-        <x:v>970493</x:v>
+        <x:v>1170688</x:v>
       </x:c>
       <x:c r="AM53" s="3" t="n">
-        <x:v>1031358</x:v>
+        <x:v>1260281</x:v>
       </x:c>
       <x:c r="AN53" s="3" t="n">
-        <x:v>1057507</x:v>
+        <x:v>1303241</x:v>
       </x:c>
       <x:c r="AO53" s="3" t="n">
-        <x:v>1045515</x:v>
+        <x:v>1297397</x:v>
       </x:c>
       <x:c r="AP53" s="3" t="n">
-        <x:v>1067764</x:v>
+        <x:v>1331457</x:v>
       </x:c>
       <x:c r="AQ53" s="3" t="n">
-        <x:v>1085000</x:v>
+        <x:v>1361280</x:v>
       </x:c>
       <x:c r="AR53" s="3" t="n">
-        <x:v>1124629</x:v>
+        <x:v>1414484</x:v>
       </x:c>
       <x:c r="AS53" s="3" t="n">
-        <x:v>1164696</x:v>
+        <x:v>1472522</x:v>
       </x:c>
       <x:c r="AT53" s="3" t="n">
-        <x:v>1186972</x:v>
+        <x:v>1506280</x:v>
       </x:c>
       <x:c r="AU53" s="3" t="n">
-        <x:v>1210985</x:v>
+        <x:v>1544723</x:v>
       </x:c>
       <x:c r="AV53" s="3" t="n">
-        <x:v>1220040</x:v>
+        <x:v>1561070</x:v>
       </x:c>
       <x:c r="AW53" s="3" t="n">
-        <x:v>1248786</x:v>
+        <x:v>1605210</x:v>
       </x:c>
       <x:c r="AX53" s="3" t="n">
-        <x:v>1282814</x:v>
+        <x:v>1659181</x:v>
       </x:c>
       <x:c r="AY53" s="3" t="n">
-        <x:v>1335376</x:v>
+        <x:v>1738436</x:v>
       </x:c>
       <x:c r="AZ53" s="3" t="n">
-        <x:v>1287780</x:v>
+        <x:v>1675633</x:v>
       </x:c>
       <x:c r="BA53" s="3" t="n">
-        <x:v>1352021</x:v>
+        <x:v>1767610</x:v>
       </x:c>
       <x:c r="BB53" s="3" t="n">
-        <x:v>1455396</x:v>
+        <x:v>1925060</x:v>
       </x:c>
       <x:c r="BC53" s="3" t="n">
-        <x:v>1473501</x:v>
+        <x:v>1956296</x:v>
       </x:c>
       <x:c r="BD53" s="3" t="n">
-        <x:v>1484495</x:v>
+        <x:v>1969735</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:56">
       <x:c r="A54" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>166991</x:v>
+        <x:v>219813</x:v>
       </x:c>
       <x:c r="C54" s="3" t="n">
-        <x:v>176229</x:v>
+        <x:v>231972</x:v>
       </x:c>
       <x:c r="D54" s="3" t="n">
-        <x:v>183591</x:v>
+        <x:v>241663</x:v>
       </x:c>
       <x:c r="E54" s="3" t="n">
-        <x:v>192967</x:v>
+        <x:v>254006</x:v>
       </x:c>
       <x:c r="F54" s="3" t="n">
-        <x:v>198329</x:v>
+        <x:v>261063</x:v>
       </x:c>
       <x:c r="G54" s="3" t="n">
-        <x:v>212483</x:v>
+        <x:v>279695</x:v>
       </x:c>
       <x:c r="H54" s="3" t="n">
-        <x:v>227162</x:v>
+        <x:v>299016</x:v>
       </x:c>
       <x:c r="I54" s="3" t="n">
-        <x:v>235631</x:v>
+        <x:v>310164</x:v>
       </x:c>
       <x:c r="J54" s="3" t="n">
-        <x:v>243235</x:v>
+        <x:v>320173</x:v>
       </x:c>
       <x:c r="K54" s="3" t="n">
-        <x:v>253153</x:v>
+        <x:v>333229</x:v>
       </x:c>
       <x:c r="L54" s="3" t="n">
-        <x:v>264027</x:v>
+        <x:v>347542</x:v>
       </x:c>
       <x:c r="M54" s="3" t="n">
-        <x:v>277946</x:v>
+        <x:v>365864</x:v>
       </x:c>
       <x:c r="N54" s="3" t="n">
-        <x:v>284000</x:v>
+        <x:v>373833</x:v>
       </x:c>
       <x:c r="O54" s="3" t="n">
-        <x:v>292873</x:v>
+        <x:v>385513</x:v>
       </x:c>
       <x:c r="P54" s="3" t="n">
-        <x:v>300351</x:v>
+        <x:v>395356</x:v>
       </x:c>
       <x:c r="Q54" s="3" t="n">
-        <x:v>309741</x:v>
+        <x:v>407716</x:v>
       </x:c>
       <x:c r="R54" s="3" t="n">
-        <x:v>315965</x:v>
+        <x:v>415910</x:v>
       </x:c>
       <x:c r="S54" s="3" t="n">
-        <x:v>326046</x:v>
+        <x:v>429179</x:v>
       </x:c>
       <x:c r="T54" s="3" t="n">
-        <x:v>332993</x:v>
+        <x:v>438323</x:v>
       </x:c>
       <x:c r="U54" s="3" t="n">
-        <x:v>340150</x:v>
+        <x:v>447744</x:v>
       </x:c>
       <x:c r="V54" s="3" t="n">
-        <x:v>353911</x:v>
+        <x:v>465859</x:v>
       </x:c>
       <x:c r="W54" s="3" t="n">
-        <x:v>370664</x:v>
+        <x:v>487911</x:v>
       </x:c>
       <x:c r="X54" s="3" t="n">
-        <x:v>384681</x:v>
+        <x:v>506361</x:v>
       </x:c>
       <x:c r="Y54" s="3" t="n">
-        <x:v>393683</x:v>
+        <x:v>518211</x:v>
       </x:c>
       <x:c r="Z54" s="3" t="n">
-        <x:v>400576</x:v>
+        <x:v>527284</x:v>
       </x:c>
       <x:c r="AA54" s="3" t="n">
-        <x:v>400627</x:v>
+        <x:v>527351</x:v>
       </x:c>
       <x:c r="AB54" s="3" t="n">
-        <x:v>410244</x:v>
+        <x:v>540011</x:v>
       </x:c>
       <x:c r="AC54" s="3" t="n">
-        <x:v>417949</x:v>
+        <x:v>550152</x:v>
       </x:c>
       <x:c r="AD54" s="3" t="n">
-        <x:v>428564</x:v>
+        <x:v>564125</x:v>
       </x:c>
       <x:c r="AE54" s="3" t="n">
-        <x:v>438231</x:v>
+        <x:v>576850</x:v>
       </x:c>
       <x:c r="AF54" s="3" t="n">
-        <x:v>441368</x:v>
+        <x:v>580979</x:v>
       </x:c>
       <x:c r="AG54" s="3" t="n">
-        <x:v>441614</x:v>
+        <x:v>581303</x:v>
       </x:c>
       <x:c r="AH54" s="3" t="n">
-        <x:v>441585</x:v>
+        <x:v>581265</x:v>
       </x:c>
       <x:c r="AI54" s="3" t="n">
-        <x:v>444127</x:v>
+        <x:v>584610</x:v>
       </x:c>
       <x:c r="AJ54" s="3" t="n">
-        <x:v>447841</x:v>
+        <x:v>589499</x:v>
       </x:c>
       <x:c r="AK54" s="3" t="n">
-        <x:v>458976</x:v>
+        <x:v>604157</x:v>
       </x:c>
       <x:c r="AL54" s="3" t="n">
-        <x:v>465421</x:v>
+        <x:v>612640</x:v>
       </x:c>
       <x:c r="AM54" s="3" t="n">
-        <x:v>483100</x:v>
+        <x:v>635911</x:v>
       </x:c>
       <x:c r="AN54" s="3" t="n">
-        <x:v>494833</x:v>
+        <x:v>651349</x:v>
       </x:c>
       <x:c r="AO54" s="3" t="n">
-        <x:v>502935</x:v>
+        <x:v>662020</x:v>
       </x:c>
       <x:c r="AP54" s="3" t="n">
-        <x:v>514768</x:v>
+        <x:v>677596</x:v>
       </x:c>
       <x:c r="AQ54" s="3" t="n">
-        <x:v>522365</x:v>
+        <x:v>687534</x:v>
       </x:c>
       <x:c r="AR54" s="3" t="n">
-        <x:v>534220</x:v>
+        <x:v>703136</x:v>
       </x:c>
       <x:c r="AS54" s="3" t="n">
-        <x:v>538294</x:v>
+        <x:v>708498</x:v>
       </x:c>
       <x:c r="AT54" s="3" t="n">
-        <x:v>549111</x:v>
+        <x:v>719135</x:v>
       </x:c>
       <x:c r="AU54" s="3" t="n">
-        <x:v>561942</x:v>
+        <x:v>734775</x:v>
       </x:c>
       <x:c r="AV54" s="3" t="n">
-        <x:v>574030</x:v>
+        <x:v>751454</x:v>
       </x:c>
       <x:c r="AW54" s="3" t="n">
-        <x:v>583196</x:v>
+        <x:v>764090</x:v>
       </x:c>
       <x:c r="AX54" s="3" t="n">
-        <x:v>588330</x:v>
+        <x:v>769407</x:v>
       </x:c>
       <x:c r="AY54" s="3" t="n">
-        <x:v>594095</x:v>
+        <x:v>775814</x:v>
       </x:c>
       <x:c r="AZ54" s="3" t="n">
-        <x:v>579375</x:v>
+        <x:v>759511</x:v>
       </x:c>
       <x:c r="BA54" s="3" t="n">
-        <x:v>596168</x:v>
+        <x:v>780233</x:v>
       </x:c>
       <x:c r="BB54" s="3" t="n">
-        <x:v>613024</x:v>
+        <x:v>811098</x:v>
       </x:c>
       <x:c r="BC54" s="3" t="n">
-        <x:v>624825</x:v>
+        <x:v>836871</x:v>
       </x:c>
       <x:c r="BD54" s="3" t="n">
-        <x:v>636347</x:v>
+        <x:v>852799</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:56">
       <x:c r="A55" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>89985</x:v>
+        <x:v>105074</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>102418</x:v>
+        <x:v>119591</x:v>
       </x:c>
       <x:c r="D55" s="3" t="n">
-        <x:v>110995</x:v>
+        <x:v>129606</x:v>
       </x:c>
       <x:c r="E55" s="3" t="n">
-        <x:v>123955</x:v>
+        <x:v>144740</x:v>
       </x:c>
       <x:c r="F55" s="3" t="n">
-        <x:v>115623</x:v>
+        <x:v>135011</x:v>
       </x:c>
       <x:c r="G55" s="3" t="n">
-        <x:v>116112</x:v>
+        <x:v>135581</x:v>
       </x:c>
       <x:c r="H55" s="3" t="n">
-        <x:v>117355</x:v>
+        <x:v>137032</x:v>
       </x:c>
       <x:c r="I55" s="3" t="n">
-        <x:v>127702</x:v>
+        <x:v>149115</x:v>
       </x:c>
       <x:c r="J55" s="3" t="n">
-        <x:v>126773</x:v>
+        <x:v>148030</x:v>
       </x:c>
       <x:c r="K55" s="3" t="n">
-        <x:v>134537</x:v>
+        <x:v>157096</x:v>
       </x:c>
       <x:c r="L55" s="3" t="n">
-        <x:v>132673</x:v>
+        <x:v>154919</x:v>
       </x:c>
       <x:c r="M55" s="3" t="n">
-        <x:v>138962</x:v>
+        <x:v>162263</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>136677</x:v>
+        <x:v>159595</x:v>
       </x:c>
       <x:c r="O55" s="3" t="n">
-        <x:v>143071</x:v>
+        <x:v>167060</x:v>
       </x:c>
       <x:c r="P55" s="3" t="n">
-        <x:v>142310</x:v>
+        <x:v>166173</x:v>
       </x:c>
       <x:c r="Q55" s="3" t="n">
-        <x:v>158832</x:v>
+        <x:v>185465</x:v>
       </x:c>
       <x:c r="R55" s="3" t="n">
-        <x:v>171970</x:v>
+        <x:v>200806</x:v>
       </x:c>
       <x:c r="S55" s="3" t="n">
-        <x:v>164749</x:v>
+        <x:v>192374</x:v>
       </x:c>
       <x:c r="T55" s="3" t="n">
-        <x:v>151338</x:v>
+        <x:v>176714</x:v>
       </x:c>
       <x:c r="U55" s="3" t="n">
-        <x:v>142050</x:v>
+        <x:v>165869</x:v>
       </x:c>
       <x:c r="V55" s="3" t="n">
-        <x:v>145665</x:v>
+        <x:v>170090</x:v>
       </x:c>
       <x:c r="W55" s="3" t="n">
-        <x:v>146899</x:v>
+        <x:v>171531</x:v>
       </x:c>
       <x:c r="X55" s="3" t="n">
-        <x:v>151545</x:v>
+        <x:v>176955</x:v>
       </x:c>
       <x:c r="Y55" s="3" t="n">
-        <x:v>158593</x:v>
+        <x:v>185186</x:v>
       </x:c>
       <x:c r="Z55" s="3" t="n">
-        <x:v>163870</x:v>
+        <x:v>191347</x:v>
       </x:c>
       <x:c r="AA55" s="3" t="n">
-        <x:v>173602</x:v>
+        <x:v>202711</x:v>
       </x:c>
       <x:c r="AB55" s="3" t="n">
-        <x:v>186941</x:v>
+        <x:v>218287</x:v>
       </x:c>
       <x:c r="AC55" s="3" t="n">
-        <x:v>197410</x:v>
+        <x:v>230511</x:v>
       </x:c>
       <x:c r="AD55" s="3" t="n">
-        <x:v>206878</x:v>
+        <x:v>241567</x:v>
       </x:c>
       <x:c r="AE55" s="3" t="n">
-        <x:v>211873</x:v>
+        <x:v>247399</x:v>
       </x:c>
       <x:c r="AF55" s="3" t="n">
-        <x:v>218050</x:v>
+        <x:v>254613</x:v>
       </x:c>
       <x:c r="AG55" s="3" t="n">
-        <x:v>226124</x:v>
+        <x:v>264040</x:v>
       </x:c>
       <x:c r="AH55" s="3" t="n">
-        <x:v>234810</x:v>
+        <x:v>274182</x:v>
       </x:c>
       <x:c r="AI55" s="3" t="n">
-        <x:v>238304</x:v>
+        <x:v>278263</x:v>
       </x:c>
       <x:c r="AJ55" s="3" t="n">
-        <x:v>252167</x:v>
+        <x:v>294450</x:v>
       </x:c>
       <x:c r="AK55" s="3" t="n">
-        <x:v>262082</x:v>
+        <x:v>306027</x:v>
       </x:c>
       <x:c r="AL55" s="3" t="n">
-        <x:v>278465</x:v>
+        <x:v>325158</x:v>
       </x:c>
       <x:c r="AM55" s="3" t="n">
-        <x:v>298058</x:v>
+        <x:v>348036</x:v>
       </x:c>
       <x:c r="AN55" s="3" t="n">
-        <x:v>294331</x:v>
+        <x:v>343684</x:v>
       </x:c>
       <x:c r="AO55" s="3" t="n">
-        <x:v>293066</x:v>
+        <x:v>342207</x:v>
       </x:c>
       <x:c r="AP55" s="3" t="n">
-        <x:v>302188</x:v>
+        <x:v>352859</x:v>
       </x:c>
       <x:c r="AQ55" s="3" t="n">
-        <x:v>312179</x:v>
+        <x:v>364525</x:v>
       </x:c>
       <x:c r="AR55" s="3" t="n">
-        <x:v>322947</x:v>
+        <x:v>377098</x:v>
       </x:c>
       <x:c r="AS55" s="3" t="n">
-        <x:v>328171</x:v>
+        <x:v>383198</x:v>
       </x:c>
       <x:c r="AT55" s="3" t="n">
-        <x:v>334729</x:v>
+        <x:v>390855</x:v>
       </x:c>
       <x:c r="AU55" s="3" t="n">
-        <x:v>342322</x:v>
+        <x:v>399722</x:v>
       </x:c>
       <x:c r="AV55" s="3" t="n">
-        <x:v>349863</x:v>
+        <x:v>408527</x:v>
       </x:c>
       <x:c r="AW55" s="3" t="n">
-        <x:v>359870</x:v>
+        <x:v>420212</x:v>
       </x:c>
       <x:c r="AX55" s="3" t="n">
-        <x:v>365304</x:v>
+        <x:v>426558</x:v>
       </x:c>
       <x:c r="AY55" s="3" t="n">
-        <x:v>366109</x:v>
+        <x:v>427497</x:v>
       </x:c>
       <x:c r="AZ55" s="3" t="n">
-        <x:v>360358</x:v>
+        <x:v>420782</x:v>
       </x:c>
       <x:c r="BA55" s="3" t="n">
-        <x:v>376861</x:v>
+        <x:v>440053</x:v>
       </x:c>
       <x:c r="BB55" s="3" t="n">
-        <x:v>377419</x:v>
+        <x:v>452118</x:v>
       </x:c>
       <x:c r="BC55" s="3" t="n">
-        <x:v>368763</x:v>
+        <x:v>452879</x:v>
       </x:c>
       <x:c r="BD55" s="3" t="n">
-        <x:v>364104</x:v>
+        <x:v>451204</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:56">
       <x:c r="A57" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:56">
       <x:c r="A58" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:56">
       <x:c r="A59" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:56">
       <x:c r="A61" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:56">
       <x:c r="A62" s="0" t="s">
         <x:v>112</x:v>