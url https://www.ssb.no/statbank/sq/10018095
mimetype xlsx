--- v2 (2025-12-15)
+++ v3 (2026-01-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeed3a8de4c74866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d50efdb2195f49689ecaef52ef3e4bcf.psmdcp" Id="R91e1e21f85c74dc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e25891e0df6440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a4dc2e365874f5eb01607b532f327d3.psmdcp" Id="R15bbe64fba484078" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Faste" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="138">
   <x:si>
     <x:t>09189: Makroøkonomiske hovedstørrelser, etter makrostørrelse, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Faste 2023-priser (mill. kr)</x:t>
   </x:si>
   <x:si>