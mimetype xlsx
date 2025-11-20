--- v0 (2025-10-31)
+++ v1 (2025-11-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dc71728acfd4ca6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db7f62cb3f894550b5d53ae662af5c0f.psmdcp" Id="Rdf15c7289d444797" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R529d4acc42d44564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/774498686e024693a8f9b844b0f52418.psmdcp" Id="Rae5a3e044dc14435" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Priser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="138">
   <x:si>
     <x:t>09189: Makroøkonomiske hovedstørrelser, etter makrostørrelse, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Løpende priser (mill. kr)</x:t>
   </x:si>
   <x:si>