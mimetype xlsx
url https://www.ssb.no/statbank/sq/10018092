--- v1 (2025-11-20)
+++ v2 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R529d4acc42d44564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/774498686e024693a8f9b844b0f52418.psmdcp" Id="Rae5a3e044dc14435" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb75ef1c0dd9f4db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4303f8f40c934229864c622921919f68.psmdcp" Id="R7df0102f3a334ae8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Priser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="138">
   <x:si>
     <x:t>09189: Makroøkonomiske hovedstørrelser, etter makrostørrelse, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Løpende priser (mill. kr)</x:t>
   </x:si>
   <x:si>
@@ -337,64 +337,63 @@
   <x:si>
     <x:t>Bruttoprodukt Fastlands-Norge, basisverdi</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Fastlands-Norge utenom offentlig forvaltning (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Industri og bergverk (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Annen vareproduksjon (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Tjenester inkl. boligtjenester (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Offentlig forvaltning (bruttoprodukt)</x:t>
   </x:si>
   <x:si>
     <x:t>Produktavgifter og -subsidier</x:t>
   </x:si>
   <x:si>
     <x:t>De enkelte tallene i faste priser summerer seg ikke opp til del- og totalsummene på grunn av kjedingsavvik.</x:t>
   </x:si>
   <x:si>
-    <x:t>Tall fra og med 2022 er foreløpige.</x:t>
-[...3 lines deleted...]
-De enkelte tallene i faste priser summerer seg ikke opp til del- og totalsummene på grunn av   kjedingsavvik. Tallene for 2022 er foreløpige.</x:t>
+    <x:t>Tallene etter år 2023 (basisåret) er foreløpige.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>De enkelte tallene i faste priser summerer seg ikke opp til del- og totalsummene på grunn av kjedingsavvik. Tallene for 2022 er foreløpige.</x:t>
   </x:si>
   <x:si>
     <x:t>Sist endret:</x:t>
   </x:si>
   <x:si>
     <x:t>Løpende priser (mill. kr):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250515 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kilde:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t>Kontakt:</x:t>
   </x:si>
   <x:si>
     <x:t>Johan Nitter-Hauge, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 83</x:t>
   </x:si>
   <x:si>
     <x:t>jni@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Steinar Todsen, Statistisk sentralbyrå</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 95 91 00 74</x:t>
   </x:si>
@@ -1005,213 +1004,213 @@
       </x:c>
       <x:c r="AY4" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="AZ4" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="BA4" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="BB4" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="BC4" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="BD4" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:56">
       <x:c r="A5" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>47605</x:v>
+        <x:v>47184</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>53440</x:v>
+        <x:v>53077</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>58701</x:v>
+        <x:v>58290</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>65289</x:v>
+        <x:v>64853</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>73748</x:v>
+        <x:v>73343</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>86271</x:v>
+        <x:v>85979</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>99241</x:v>
+        <x:v>99025</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>114622</x:v>
+        <x:v>114405</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>121875</x:v>
+        <x:v>121706</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>133808</x:v>
+        <x:v>133529</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>149580</x:v>
+        <x:v>149242</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>169515</x:v>
+        <x:v>169109</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>190773</x:v>
+        <x:v>190340</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>210806</x:v>
+        <x:v>210345</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>230672</x:v>
+        <x:v>230201</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>266491</x:v>
+        <x:v>265934</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>299531</x:v>
+        <x:v>298920</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>322145</x:v>
+        <x:v>321333</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>333846</x:v>
+        <x:v>333121</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>348008</x:v>
+        <x:v>347051</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>366541</x:v>
+        <x:v>365979</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>387866</x:v>
+        <x:v>386913</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>405989</x:v>
+        <x:v>405233</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>425427</x:v>
+        <x:v>424942</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>444158</x:v>
+        <x:v>443615</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>470912</x:v>
+        <x:v>470756</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>506990</x:v>
+        <x:v>507338</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>535342</x:v>
+        <x:v>535917</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>564439</x:v>
+        <x:v>565209</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>597042</x:v>
+        <x:v>599061</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>639950</x:v>
+        <x:v>643444</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>667510</x:v>
+        <x:v>673321</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>697964</x:v>
+        <x:v>707791</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>740692</x:v>
+        <x:v>752766</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>790318</x:v>
+        <x:v>808034</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>834554</x:v>
+        <x:v>861178</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>891912</x:v>
+        <x:v>928924</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>951214</x:v>
+        <x:v>994175</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>1000752</x:v>
+        <x:v>1041825</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>1025885</x:v>
+        <x:v>1075597</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>1087050</x:v>
+        <x:v>1143943</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>1125089</x:v>
+        <x:v>1189619</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>1176605</x:v>
+        <x:v>1247570</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>1234388</x:v>
+        <x:v>1317551</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>1288402</x:v>
+        <x:v>1380566</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>1354268</x:v>
+        <x:v>1457595</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>1411418</x:v>
+        <x:v>1525327</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>1471657</x:v>
+        <x:v>1596561</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>1527962</x:v>
+        <x:v>1666935</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>1579019</x:v>
+        <x:v>1724628</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>1503954</x:v>
+        <x:v>1666697</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>1626348</x:v>
+        <x:v>1804396</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>1856500</x:v>
+        <x:v>2026344</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>1959015</x:v>
+        <x:v>2111037</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>2050693</x:v>
+        <x:v>2210592</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:56">
       <x:c r="A6" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>45214</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>50699</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>55561</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>61817</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
         <x:v>69863</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
         <x:v>81823</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
@@ -1262,466 +1261,466 @@
       <x:c r="W6" s="3" t="n">
         <x:v>367995</x:v>
       </x:c>
       <x:c r="X6" s="3" t="n">
         <x:v>385397</x:v>
       </x:c>
       <x:c r="Y6" s="3" t="n">
         <x:v>404590</x:v>
       </x:c>
       <x:c r="Z6" s="3" t="n">
         <x:v>422722</x:v>
       </x:c>
       <x:c r="AA6" s="3" t="n">
         <x:v>449580</x:v>
       </x:c>
       <x:c r="AB6" s="3" t="n">
         <x:v>485201</x:v>
       </x:c>
       <x:c r="AC6" s="3" t="n">
         <x:v>513098</x:v>
       </x:c>
       <x:c r="AD6" s="3" t="n">
         <x:v>541193</x:v>
       </x:c>
       <x:c r="AE6" s="3" t="n">
-        <x:v>572219</x:v>
+        <x:v>573513</x:v>
       </x:c>
       <x:c r="AF6" s="3" t="n">
-        <x:v>613839</x:v>
+        <x:v>616642</x:v>
       </x:c>
       <x:c r="AG6" s="3" t="n">
-        <x:v>640769</x:v>
+        <x:v>645209</x:v>
       </x:c>
       <x:c r="AH6" s="3" t="n">
-        <x:v>669663</x:v>
+        <x:v>677887</x:v>
       </x:c>
       <x:c r="AI6" s="3" t="n">
-        <x:v>709791</x:v>
+        <x:v>721451</x:v>
       </x:c>
       <x:c r="AJ6" s="3" t="n">
-        <x:v>757301</x:v>
+        <x:v>773099</x:v>
       </x:c>
       <x:c r="AK6" s="3" t="n">
-        <x:v>798150</x:v>
+        <x:v>823532</x:v>
       </x:c>
       <x:c r="AL6" s="3" t="n">
-        <x:v>853267</x:v>
+        <x:v>889611</x:v>
       </x:c>
       <x:c r="AM6" s="3" t="n">
-        <x:v>910495</x:v>
+        <x:v>953058</x:v>
       </x:c>
       <x:c r="AN6" s="3" t="n">
-        <x:v>956221</x:v>
+        <x:v>997189</x:v>
       </x:c>
       <x:c r="AO6" s="3" t="n">
-        <x:v>977989</x:v>
+        <x:v>1027525</x:v>
       </x:c>
       <x:c r="AP6" s="3" t="n">
-        <x:v>1038244</x:v>
+        <x:v>1094933</x:v>
       </x:c>
       <x:c r="AQ6" s="3" t="n">
-        <x:v>1072431</x:v>
+        <x:v>1136486</x:v>
       </x:c>
       <x:c r="AR6" s="3" t="n">
-        <x:v>1121277</x:v>
+        <x:v>1192032</x:v>
       </x:c>
       <x:c r="AS6" s="3" t="n">
-        <x:v>1175459</x:v>
+        <x:v>1258890</x:v>
       </x:c>
       <x:c r="AT6" s="3" t="n">
-        <x:v>1223578</x:v>
+        <x:v>1317267</x:v>
       </x:c>
       <x:c r="AU6" s="3" t="n">
-        <x:v>1281716</x:v>
+        <x:v>1388259</x:v>
       </x:c>
       <x:c r="AV6" s="3" t="n">
-        <x:v>1336311</x:v>
+        <x:v>1455239</x:v>
       </x:c>
       <x:c r="AW6" s="3" t="n">
-        <x:v>1392635</x:v>
+        <x:v>1524005</x:v>
       </x:c>
       <x:c r="AX6" s="3" t="n">
-        <x:v>1447620</x:v>
+        <x:v>1591013</x:v>
       </x:c>
       <x:c r="AY6" s="3" t="n">
-        <x:v>1493554</x:v>
+        <x:v>1644839</x:v>
       </x:c>
       <x:c r="AZ6" s="3" t="n">
-        <x:v>1418834</x:v>
+        <x:v>1583981</x:v>
       </x:c>
       <x:c r="BA6" s="3" t="n">
-        <x:v>1534999</x:v>
+        <x:v>1710697</x:v>
       </x:c>
       <x:c r="BB6" s="3" t="n">
-        <x:v>1746711</x:v>
+        <x:v>1921019</x:v>
       </x:c>
       <x:c r="BC6" s="3" t="n">
-        <x:v>1841203</x:v>
+        <x:v>1988969</x:v>
       </x:c>
       <x:c r="BD6" s="3" t="n">
-        <x:v>1928115</x:v>
+        <x:v>2082722</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:56">
       <x:c r="A7" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>29709</x:v>
+        <x:v>29719</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>33216</x:v>
+        <x:v>33232</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>36060</x:v>
+        <x:v>36078</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>39706</x:v>
+        <x:v>39726</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>44451</x:v>
+        <x:v>44471</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>52280</x:v>
+        <x:v>52305</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
-        <x:v>60612</x:v>
+        <x:v>60640</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
-        <x:v>70154</x:v>
+        <x:v>70187</x:v>
       </x:c>
       <x:c r="J7" s="3" t="n">
-        <x:v>72029</x:v>
+        <x:v>72065</x:v>
       </x:c>
       <x:c r="K7" s="3" t="n">
-        <x:v>79178</x:v>
+        <x:v>79218</x:v>
       </x:c>
       <x:c r="L7" s="3" t="n">
-        <x:v>89347</x:v>
+        <x:v>89396</x:v>
       </x:c>
       <x:c r="M7" s="3" t="n">
-        <x:v>100385</x:v>
+        <x:v>100437</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>109734</x:v>
+        <x:v>109791</x:v>
       </x:c>
       <x:c r="O7" s="3" t="n">
-        <x:v>118571</x:v>
+        <x:v>118635</x:v>
       </x:c>
       <x:c r="P7" s="3" t="n">
-        <x:v>129566</x:v>
+        <x:v>129646</x:v>
       </x:c>
       <x:c r="Q7" s="3" t="n">
-        <x:v>154161</x:v>
+        <x:v>154254</x:v>
       </x:c>
       <x:c r="R7" s="3" t="n">
-        <x:v>172269</x:v>
+        <x:v>172381</x:v>
       </x:c>
       <x:c r="S7" s="3" t="n">
-        <x:v>179515</x:v>
+        <x:v>179636</x:v>
       </x:c>
       <x:c r="T7" s="3" t="n">
-        <x:v>179509</x:v>
+        <x:v>179639</x:v>
       </x:c>
       <x:c r="U7" s="3" t="n">
-        <x:v>182225</x:v>
+        <x:v>182359</x:v>
       </x:c>
       <x:c r="V7" s="3" t="n">
-        <x:v>192275</x:v>
+        <x:v>192413</x:v>
       </x:c>
       <x:c r="W7" s="3" t="n">
-        <x:v>206379</x:v>
+        <x:v>206551</x:v>
       </x:c>
       <x:c r="X7" s="3" t="n">
-        <x:v>214221</x:v>
+        <x:v>214415</x:v>
       </x:c>
       <x:c r="Y7" s="3" t="n">
-        <x:v>224414</x:v>
+        <x:v>224616</x:v>
       </x:c>
       <x:c r="Z7" s="3" t="n">
-        <x:v>235258</x:v>
+        <x:v>235467</x:v>
       </x:c>
       <x:c r="AA7" s="3" t="n">
-        <x:v>249542</x:v>
+        <x:v>249787</x:v>
       </x:c>
       <x:c r="AB7" s="3" t="n">
-        <x:v>271844</x:v>
+        <x:v>272119</x:v>
       </x:c>
       <x:c r="AC7" s="3" t="n">
-        <x:v>287503</x:v>
+        <x:v>287814</x:v>
       </x:c>
       <x:c r="AD7" s="3" t="n">
-        <x:v>300807</x:v>
+        <x:v>301141</x:v>
       </x:c>
       <x:c r="AE7" s="3" t="n">
-        <x:v>314172</x:v>
+        <x:v>314518</x:v>
       </x:c>
       <x:c r="AF7" s="3" t="n">
-        <x:v>334233</x:v>
+        <x:v>334576</x:v>
       </x:c>
       <x:c r="AG7" s="3" t="n">
-        <x:v>346412</x:v>
+        <x:v>346789</x:v>
       </x:c>
       <x:c r="AH7" s="3" t="n">
-        <x:v>359713</x:v>
+        <x:v>360461</x:v>
       </x:c>
       <x:c r="AI7" s="3" t="n">
-        <x:v>377365</x:v>
+        <x:v>378309</x:v>
       </x:c>
       <x:c r="AJ7" s="3" t="n">
-        <x:v>396373</x:v>
+        <x:v>397574</x:v>
       </x:c>
       <x:c r="AK7" s="3" t="n">
-        <x:v>413968</x:v>
+        <x:v>418484</x:v>
       </x:c>
       <x:c r="AL7" s="3" t="n">
-        <x:v>441177</x:v>
+        <x:v>449181</x:v>
       </x:c>
       <x:c r="AM7" s="3" t="n">
-        <x:v>470093</x:v>
+        <x:v>477026</x:v>
       </x:c>
       <x:c r="AN7" s="3" t="n">
-        <x:v>488351</x:v>
+        <x:v>487382</x:v>
       </x:c>
       <x:c r="AO7" s="3" t="n">
-        <x:v>492174</x:v>
+        <x:v>491948</x:v>
       </x:c>
       <x:c r="AP7" s="3" t="n">
-        <x:v>527153</x:v>
+        <x:v>525244</x:v>
       </x:c>
       <x:c r="AQ7" s="3" t="n">
-        <x:v>536031</x:v>
+        <x:v>533216</x:v>
       </x:c>
       <x:c r="AR7" s="3" t="n">
-        <x:v>547546</x:v>
+        <x:v>544084</x:v>
       </x:c>
       <x:c r="AS7" s="3" t="n">
-        <x:v>560038</x:v>
+        <x:v>557975</x:v>
       </x:c>
       <x:c r="AT7" s="3" t="n">
-        <x:v>573595</x:v>
+        <x:v>570681</x:v>
       </x:c>
       <x:c r="AU7" s="3" t="n">
-        <x:v>590951</x:v>
+        <x:v>587691</x:v>
       </x:c>
       <x:c r="AV7" s="3" t="n">
-        <x:v>614976</x:v>
+        <x:v>612562</x:v>
       </x:c>
       <x:c r="AW7" s="3" t="n">
-        <x:v>635541</x:v>
+        <x:v>633338</x:v>
       </x:c>
       <x:c r="AX7" s="3" t="n">
-        <x:v>668301</x:v>
+        <x:v>665797</x:v>
       </x:c>
       <x:c r="AY7" s="3" t="n">
-        <x:v>680414</x:v>
+        <x:v>670194</x:v>
       </x:c>
       <x:c r="AZ7" s="3" t="n">
-        <x:v>731521</x:v>
+        <x:v>721800</x:v>
       </x:c>
       <x:c r="BA7" s="3" t="n">
-        <x:v>812106</x:v>
+        <x:v>799625</x:v>
       </x:c>
       <x:c r="BB7" s="3" t="n">
-        <x:v>837844</x:v>
+        <x:v>816940</x:v>
       </x:c>
       <x:c r="BC7" s="3" t="n">
-        <x:v>833641</x:v>
+        <x:v>806746</x:v>
       </x:c>
       <x:c r="BD7" s="3" t="n">
-        <x:v>860429</x:v>
+        <x:v>831613</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:56">
       <x:c r="A8" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>15993</x:v>
+        <x:v>15983</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>17958</x:v>
+        <x:v>17942</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>19956</x:v>
+        <x:v>19938</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>22535</x:v>
+        <x:v>22515</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>25644</x:v>
+        <x:v>25624</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>29601</x:v>
+        <x:v>29576</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
-        <x:v>33506</x:v>
+        <x:v>33478</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
-        <x:v>38371</x:v>
+        <x:v>38338</x:v>
       </x:c>
       <x:c r="J8" s="3" t="n">
-        <x:v>42441</x:v>
+        <x:v>42405</x:v>
       </x:c>
       <x:c r="K8" s="3" t="n">
-        <x:v>46437</x:v>
+        <x:v>46397</x:v>
       </x:c>
       <x:c r="L8" s="3" t="n">
-        <x:v>51390</x:v>
+        <x:v>51341</x:v>
       </x:c>
       <x:c r="M8" s="3" t="n">
-        <x:v>59342</x:v>
+        <x:v>59290</x:v>
       </x:c>
       <x:c r="N8" s="3" t="n">
-        <x:v>68896</x:v>
+        <x:v>68839</x:v>
       </x:c>
       <x:c r="O8" s="3" t="n">
-        <x:v>78431</x:v>
+        <x:v>78367</x:v>
       </x:c>
       <x:c r="P8" s="3" t="n">
-        <x:v>85843</x:v>
+        <x:v>85763</x:v>
       </x:c>
       <x:c r="Q8" s="3" t="n">
-        <x:v>95504</x:v>
+        <x:v>95411</x:v>
       </x:c>
       <x:c r="R8" s="3" t="n">
-        <x:v>107960</x:v>
+        <x:v>107848</x:v>
       </x:c>
       <x:c r="S8" s="3" t="n">
-        <x:v>120339</x:v>
+        <x:v>120218</x:v>
       </x:c>
       <x:c r="T8" s="3" t="n">
-        <x:v>132092</x:v>
+        <x:v>131962</x:v>
       </x:c>
       <x:c r="U8" s="3" t="n">
-        <x:v>142066</x:v>
+        <x:v>141932</x:v>
       </x:c>
       <x:c r="V8" s="3" t="n">
-        <x:v>150917</x:v>
+        <x:v>150779</x:v>
       </x:c>
       <x:c r="W8" s="3" t="n">
-        <x:v>159492</x:v>
+        <x:v>159320</x:v>
       </x:c>
       <x:c r="X8" s="3" t="n">
-        <x:v>168402</x:v>
+        <x:v>168208</x:v>
       </x:c>
       <x:c r="Y8" s="3" t="n">
-        <x:v>178010</x:v>
+        <x:v>177808</x:v>
       </x:c>
       <x:c r="Z8" s="3" t="n">
-        <x:v>185492</x:v>
+        <x:v>185283</x:v>
       </x:c>
       <x:c r="AA8" s="3" t="n">
-        <x:v>197056</x:v>
+        <x:v>196811</x:v>
       </x:c>
       <x:c r="AB8" s="3" t="n">
-        <x:v>209015</x:v>
+        <x:v>208740</x:v>
       </x:c>
       <x:c r="AC8" s="3" t="n">
-        <x:v>219898</x:v>
+        <x:v>219587</x:v>
       </x:c>
       <x:c r="AD8" s="3" t="n">
-        <x:v>232750</x:v>
+        <x:v>232416</x:v>
       </x:c>
       <x:c r="AE8" s="3" t="n">
-        <x:v>250620</x:v>
+        <x:v>251568</x:v>
       </x:c>
       <x:c r="AF8" s="3" t="n">
-        <x:v>270823</x:v>
+        <x:v>273283</x:v>
       </x:c>
       <x:c r="AG8" s="3" t="n">
-        <x:v>285718</x:v>
+        <x:v>289781</x:v>
       </x:c>
       <x:c r="AH8" s="3" t="n">
-        <x:v>300341</x:v>
+        <x:v>307811</x:v>
       </x:c>
       <x:c r="AI8" s="3" t="n">
-        <x:v>318411</x:v>
+        <x:v>329113</x:v>
       </x:c>
       <x:c r="AJ8" s="3" t="n">
-        <x:v>340791</x:v>
+        <x:v>355362</x:v>
       </x:c>
       <x:c r="AK8" s="3" t="n">
-        <x:v>360443</x:v>
+        <x:v>381271</x:v>
       </x:c>
       <x:c r="AL8" s="3" t="n">
-        <x:v>384111</x:v>
+        <x:v>412397</x:v>
       </x:c>
       <x:c r="AM8" s="3" t="n">
-        <x:v>412595</x:v>
+        <x:v>448158</x:v>
       </x:c>
       <x:c r="AN8" s="3" t="n">
-        <x:v>436655</x:v>
+        <x:v>478508</x:v>
       </x:c>
       <x:c r="AO8" s="3" t="n">
-        <x:v>454611</x:v>
+        <x:v>504278</x:v>
       </x:c>
       <x:c r="AP8" s="3" t="n">
-        <x:v>476895</x:v>
+        <x:v>535376</x:v>
       </x:c>
       <x:c r="AQ8" s="3" t="n">
-        <x:v>496625</x:v>
+        <x:v>563351</x:v>
       </x:c>
       <x:c r="AR8" s="3" t="n">
-        <x:v>528773</x:v>
+        <x:v>602815</x:v>
       </x:c>
       <x:c r="AS8" s="3" t="n">
-        <x:v>560216</x:v>
+        <x:v>645490</x:v>
       </x:c>
       <x:c r="AT8" s="3" t="n">
-        <x:v>588172</x:v>
+        <x:v>684514</x:v>
       </x:c>
       <x:c r="AU8" s="3" t="n">
-        <x:v>624056</x:v>
+        <x:v>733551</x:v>
       </x:c>
       <x:c r="AV8" s="3" t="n">
-        <x:v>654753</x:v>
+        <x:v>775752</x:v>
       </x:c>
       <x:c r="AW8" s="3" t="n">
-        <x:v>685682</x:v>
+        <x:v>818866</x:v>
       </x:c>
       <x:c r="AX8" s="3" t="n">
-        <x:v>705824</x:v>
+        <x:v>851292</x:v>
       </x:c>
       <x:c r="AY8" s="3" t="n">
-        <x:v>740186</x:v>
+        <x:v>901225</x:v>
       </x:c>
       <x:c r="AZ8" s="3" t="n">
-        <x:v>671351</x:v>
+        <x:v>846089</x:v>
       </x:c>
       <x:c r="BA8" s="3" t="n">
-        <x:v>708673</x:v>
+        <x:v>896723</x:v>
       </x:c>
       <x:c r="BB8" s="3" t="n">
-        <x:v>841341</x:v>
+        <x:v>1036020</x:v>
       </x:c>
       <x:c r="BC8" s="3" t="n">
-        <x:v>915126</x:v>
+        <x:v>1100624</x:v>
       </x:c>
       <x:c r="BD8" s="3" t="n">
-        <x:v>975536</x:v>
+        <x:v>1162524</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:56">
       <x:c r="A9" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>749</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>858</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>1157</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>1377</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>1987</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
@@ -1781,117 +1780,117 @@
       <x:c r="Z9" s="3" t="n">
         <x:v>17713</x:v>
       </x:c>
       <x:c r="AA9" s="3" t="n">
         <x:v>18004</x:v>
       </x:c>
       <x:c r="AB9" s="3" t="n">
         <x:v>19906</x:v>
       </x:c>
       <x:c r="AC9" s="3" t="n">
         <x:v>21930</x:v>
       </x:c>
       <x:c r="AD9" s="3" t="n">
         <x:v>24586</x:v>
       </x:c>
       <x:c r="AE9" s="3" t="n">
         <x:v>26203</x:v>
       </x:c>
       <x:c r="AF9" s="3" t="n">
         <x:v>27823</x:v>
       </x:c>
       <x:c r="AG9" s="3" t="n">
         <x:v>27258</x:v>
       </x:c>
       <x:c r="AH9" s="3" t="n">
-        <x:v>27882</x:v>
+        <x:v>27888</x:v>
       </x:c>
       <x:c r="AI9" s="3" t="n">
-        <x:v>32790</x:v>
+        <x:v>32804</x:v>
       </x:c>
       <x:c r="AJ9" s="3" t="n">
-        <x:v>41275</x:v>
+        <x:v>41301</x:v>
       </x:c>
       <x:c r="AK9" s="3" t="n">
-        <x:v>46255</x:v>
+        <x:v>46293</x:v>
       </x:c>
       <x:c r="AL9" s="3" t="n">
-        <x:v>52185</x:v>
+        <x:v>52239</x:v>
       </x:c>
       <x:c r="AM9" s="3" t="n">
-        <x:v>54059</x:v>
+        <x:v>54126</x:v>
       </x:c>
       <x:c r="AN9" s="3" t="n">
-        <x:v>58123</x:v>
+        <x:v>58207</x:v>
       </x:c>
       <x:c r="AO9" s="3" t="n">
-        <x:v>57328</x:v>
+        <x:v>57423</x:v>
       </x:c>
       <x:c r="AP9" s="3" t="n">
-        <x:v>62645</x:v>
+        <x:v>62762</x:v>
       </x:c>
       <x:c r="AQ9" s="3" t="n">
-        <x:v>69522</x:v>
+        <x:v>69666</x:v>
       </x:c>
       <x:c r="AR9" s="3" t="n">
-        <x:v>76617</x:v>
+        <x:v>76792</x:v>
       </x:c>
       <x:c r="AS9" s="3" t="n">
-        <x:v>88352</x:v>
+        <x:v>88572</x:v>
       </x:c>
       <x:c r="AT9" s="3" t="n">
-        <x:v>96942</x:v>
+        <x:v>97203</x:v>
       </x:c>
       <x:c r="AU9" s="3" t="n">
-        <x:v>106006</x:v>
+        <x:v>106314</x:v>
       </x:c>
       <x:c r="AV9" s="3" t="n">
-        <x:v>110297</x:v>
+        <x:v>110640</x:v>
       </x:c>
       <x:c r="AW9" s="3" t="n">
-        <x:v>117386</x:v>
+        <x:v>117775</x:v>
       </x:c>
       <x:c r="AX9" s="3" t="n">
-        <x:v>121710</x:v>
+        <x:v>122139</x:v>
       </x:c>
       <x:c r="AY9" s="3" t="n">
-        <x:v>124824</x:v>
+        <x:v>125290</x:v>
       </x:c>
       <x:c r="AZ9" s="3" t="n">
-        <x:v>33088</x:v>
+        <x:v>33218</x:v>
       </x:c>
       <x:c r="BA9" s="3" t="n">
-        <x:v>31015</x:v>
+        <x:v>31144</x:v>
       </x:c>
       <x:c r="BB9" s="3" t="n">
-        <x:v>122453</x:v>
+        <x:v>122986</x:v>
       </x:c>
       <x:c r="BC9" s="3" t="n">
-        <x:v>163564</x:v>
+        <x:v>150784</x:v>
       </x:c>
       <x:c r="BD9" s="3" t="n">
-        <x:v>176096</x:v>
+        <x:v>170141</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:56">
       <x:c r="A10" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>-1237</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>-1333</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>-1465</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>-1581</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>-1609</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>-2045</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
@@ -2014,224 +2013,224 @@
       <x:c r="AU10" s="3" t="n">
         <x:v>-39297</x:v>
       </x:c>
       <x:c r="AV10" s="3" t="n">
         <x:v>-43715</x:v>
       </x:c>
       <x:c r="AW10" s="3" t="n">
         <x:v>-45974</x:v>
       </x:c>
       <x:c r="AX10" s="3" t="n">
         <x:v>-48215</x:v>
       </x:c>
       <x:c r="AY10" s="3" t="n">
         <x:v>-51870</x:v>
       </x:c>
       <x:c r="AZ10" s="3" t="n">
         <x:v>-17126</x:v>
       </x:c>
       <x:c r="BA10" s="3" t="n">
         <x:v>-16795</x:v>
       </x:c>
       <x:c r="BB10" s="3" t="n">
         <x:v>-54927</x:v>
       </x:c>
       <x:c r="BC10" s="3" t="n">
-        <x:v>-71128</x:v>
+        <x:v>-69185</x:v>
       </x:c>
       <x:c r="BD10" s="3" t="n">
-        <x:v>-83947</x:v>
+        <x:v>-81556</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:56">
       <x:c r="A11" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>2391</x:v>
+        <x:v>1970</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>2741</x:v>
+        <x:v>2378</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>3140</x:v>
+        <x:v>2729</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>3472</x:v>
+        <x:v>3036</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>3885</x:v>
+        <x:v>3480</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>4448</x:v>
+        <x:v>4156</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
-        <x:v>5099</x:v>
+        <x:v>4883</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
-        <x:v>5733</x:v>
+        <x:v>5516</x:v>
       </x:c>
       <x:c r="J11" s="3" t="n">
-        <x:v>6386</x:v>
+        <x:v>6217</x:v>
       </x:c>
       <x:c r="K11" s="3" t="n">
-        <x:v>7042</x:v>
+        <x:v>6763</x:v>
       </x:c>
       <x:c r="L11" s="3" t="n">
-        <x:v>7914</x:v>
+        <x:v>7576</x:v>
       </x:c>
       <x:c r="M11" s="3" t="n">
-        <x:v>8997</x:v>
+        <x:v>8591</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>10297</x:v>
+        <x:v>9864</x:v>
       </x:c>
       <x:c r="O11" s="3" t="n">
-        <x:v>11272</x:v>
+        <x:v>10811</x:v>
       </x:c>
       <x:c r="P11" s="3" t="n">
-        <x:v>12155</x:v>
+        <x:v>11684</x:v>
       </x:c>
       <x:c r="Q11" s="3" t="n">
-        <x:v>13099</x:v>
+        <x:v>12542</x:v>
       </x:c>
       <x:c r="R11" s="3" t="n">
-        <x:v>14754</x:v>
+        <x:v>14143</x:v>
       </x:c>
       <x:c r="S11" s="3" t="n">
-        <x:v>16385</x:v>
+        <x:v>15573</x:v>
       </x:c>
       <x:c r="T11" s="3" t="n">
-        <x:v>17546</x:v>
+        <x:v>16821</x:v>
       </x:c>
       <x:c r="U11" s="3" t="n">
-        <x:v>18575</x:v>
+        <x:v>17618</x:v>
       </x:c>
       <x:c r="V11" s="3" t="n">
-        <x:v>19614</x:v>
+        <x:v>19052</x:v>
       </x:c>
       <x:c r="W11" s="3" t="n">
-        <x:v>19871</x:v>
+        <x:v>18918</x:v>
       </x:c>
       <x:c r="X11" s="3" t="n">
-        <x:v>20592</x:v>
+        <x:v>19836</x:v>
       </x:c>
       <x:c r="Y11" s="3" t="n">
-        <x:v>20837</x:v>
+        <x:v>20352</x:v>
       </x:c>
       <x:c r="Z11" s="3" t="n">
-        <x:v>21436</x:v>
+        <x:v>20893</x:v>
       </x:c>
       <x:c r="AA11" s="3" t="n">
-        <x:v>21332</x:v>
+        <x:v>21176</x:v>
       </x:c>
       <x:c r="AB11" s="3" t="n">
-        <x:v>21789</x:v>
+        <x:v>22137</x:v>
       </x:c>
       <x:c r="AC11" s="3" t="n">
-        <x:v>22244</x:v>
+        <x:v>22819</x:v>
       </x:c>
       <x:c r="AD11" s="3" t="n">
-        <x:v>23246</x:v>
+        <x:v>24016</x:v>
       </x:c>
       <x:c r="AE11" s="3" t="n">
-        <x:v>24823</x:v>
+        <x:v>25548</x:v>
       </x:c>
       <x:c r="AF11" s="3" t="n">
-        <x:v>26111</x:v>
+        <x:v>26802</x:v>
       </x:c>
       <x:c r="AG11" s="3" t="n">
-        <x:v>26741</x:v>
+        <x:v>28112</x:v>
       </x:c>
       <x:c r="AH11" s="3" t="n">
-        <x:v>28301</x:v>
+        <x:v>29904</x:v>
       </x:c>
       <x:c r="AI11" s="3" t="n">
-        <x:v>30901</x:v>
+        <x:v>31315</x:v>
       </x:c>
       <x:c r="AJ11" s="3" t="n">
-        <x:v>33017</x:v>
+        <x:v>34935</x:v>
       </x:c>
       <x:c r="AK11" s="3" t="n">
-        <x:v>36404</x:v>
+        <x:v>37646</x:v>
       </x:c>
       <x:c r="AL11" s="3" t="n">
-        <x:v>38645</x:v>
+        <x:v>39313</x:v>
       </x:c>
       <x:c r="AM11" s="3" t="n">
-        <x:v>40719</x:v>
+        <x:v>41117</x:v>
       </x:c>
       <x:c r="AN11" s="3" t="n">
-        <x:v>44531</x:v>
+        <x:v>44636</x:v>
       </x:c>
       <x:c r="AO11" s="3" t="n">
-        <x:v>47896</x:v>
+        <x:v>48072</x:v>
       </x:c>
       <x:c r="AP11" s="3" t="n">
-        <x:v>48806</x:v>
+        <x:v>49010</x:v>
       </x:c>
       <x:c r="AQ11" s="3" t="n">
-        <x:v>52658</x:v>
+        <x:v>53133</x:v>
       </x:c>
       <x:c r="AR11" s="3" t="n">
-        <x:v>55328</x:v>
+        <x:v>55538</x:v>
       </x:c>
       <x:c r="AS11" s="3" t="n">
-        <x:v>58929</x:v>
+        <x:v>58661</x:v>
       </x:c>
       <x:c r="AT11" s="3" t="n">
-        <x:v>64824</x:v>
+        <x:v>63299</x:v>
       </x:c>
       <x:c r="AU11" s="3" t="n">
-        <x:v>72552</x:v>
+        <x:v>69336</x:v>
       </x:c>
       <x:c r="AV11" s="3" t="n">
-        <x:v>75107</x:v>
+        <x:v>70088</x:v>
       </x:c>
       <x:c r="AW11" s="3" t="n">
-        <x:v>79022</x:v>
+        <x:v>72556</x:v>
       </x:c>
       <x:c r="AX11" s="3" t="n">
-        <x:v>80342</x:v>
+        <x:v>75922</x:v>
       </x:c>
       <x:c r="AY11" s="3" t="n">
-        <x:v>85465</x:v>
+        <x:v>79789</x:v>
       </x:c>
       <x:c r="AZ11" s="3" t="n">
-        <x:v>85120</x:v>
+        <x:v>82716</x:v>
       </x:c>
       <x:c r="BA11" s="3" t="n">
-        <x:v>91349</x:v>
+        <x:v>93699</x:v>
       </x:c>
       <x:c r="BB11" s="3" t="n">
-        <x:v>109789</x:v>
+        <x:v>105325</x:v>
       </x:c>
       <x:c r="BC11" s="3" t="n">
-        <x:v>117812</x:v>
+        <x:v>122068</x:v>
       </x:c>
       <x:c r="BD11" s="3" t="n">
-        <x:v>122579</x:v>
+        <x:v>127871</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:56">
       <x:c r="A12" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>14376</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>16938</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>19170</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>22001</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>25778</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
         <x:v>31165</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
@@ -2270,138 +2269,138 @@
       <x:c r="S12" s="3" t="n">
         <x:v>126832</x:v>
       </x:c>
       <x:c r="T12" s="3" t="n">
         <x:v>132361</x:v>
       </x:c>
       <x:c r="U12" s="3" t="n">
         <x:v>141874</x:v>
       </x:c>
       <x:c r="V12" s="3" t="n">
         <x:v>152103</x:v>
       </x:c>
       <x:c r="W12" s="3" t="n">
         <x:v>165965</x:v>
       </x:c>
       <x:c r="X12" s="3" t="n">
         <x:v>178490</x:v>
       </x:c>
       <x:c r="Y12" s="3" t="n">
         <x:v>187962</x:v>
       </x:c>
       <x:c r="Z12" s="3" t="n">
         <x:v>194029</x:v>
       </x:c>
       <x:c r="AA12" s="3" t="n">
-        <x:v>201899</x:v>
+        <x:v>203684</x:v>
       </x:c>
       <x:c r="AB12" s="3" t="n">
-        <x:v>214784</x:v>
+        <x:v>216686</x:v>
       </x:c>
       <x:c r="AC12" s="3" t="n">
-        <x:v>228017</x:v>
+        <x:v>230036</x:v>
       </x:c>
       <x:c r="AD12" s="3" t="n">
-        <x:v>248527</x:v>
+        <x:v>250774</x:v>
       </x:c>
       <x:c r="AE12" s="3" t="n">
-        <x:v>266110</x:v>
+        <x:v>268595</x:v>
       </x:c>
       <x:c r="AF12" s="3" t="n">
-        <x:v>284676</x:v>
+        <x:v>287417</x:v>
       </x:c>
       <x:c r="AG12" s="3" t="n">
-        <x:v>313842</x:v>
+        <x:v>316654</x:v>
       </x:c>
       <x:c r="AH12" s="3" t="n">
-        <x:v>338267</x:v>
+        <x:v>341684</x:v>
       </x:c>
       <x:c r="AI12" s="3" t="n">
-        <x:v>356349</x:v>
+        <x:v>360357</x:v>
       </x:c>
       <x:c r="AJ12" s="3" t="n">
-        <x:v>370927</x:v>
+        <x:v>374852</x:v>
       </x:c>
       <x:c r="AK12" s="3" t="n">
-        <x:v>386895</x:v>
+        <x:v>391100</x:v>
       </x:c>
       <x:c r="AL12" s="3" t="n">
-        <x:v>413106</x:v>
+        <x:v>417448</x:v>
       </x:c>
       <x:c r="AM12" s="3" t="n">
-        <x:v>440157</x:v>
+        <x:v>445570</x:v>
       </x:c>
       <x:c r="AN12" s="3" t="n">
-        <x:v>482485</x:v>
+        <x:v>488241</x:v>
       </x:c>
       <x:c r="AO12" s="3" t="n">
-        <x:v>524514</x:v>
+        <x:v>528691</x:v>
       </x:c>
       <x:c r="AP12" s="3" t="n">
-        <x:v>553027</x:v>
+        <x:v>557427</x:v>
       </x:c>
       <x:c r="AQ12" s="3" t="n">
-        <x:v>584196</x:v>
+        <x:v>587944</x:v>
       </x:c>
       <x:c r="AR12" s="3" t="n">
-        <x:v>614804</x:v>
+        <x:v>620728</x:v>
       </x:c>
       <x:c r="AS12" s="3" t="n">
-        <x:v>648323</x:v>
+        <x:v>655389</x:v>
       </x:c>
       <x:c r="AT12" s="3" t="n">
-        <x:v>686825</x:v>
+        <x:v>692586</x:v>
       </x:c>
       <x:c r="AU12" s="3" t="n">
-        <x:v>723005</x:v>
+        <x:v>729819</x:v>
       </x:c>
       <x:c r="AV12" s="3" t="n">
-        <x:v>754667</x:v>
+        <x:v>760928</x:v>
       </x:c>
       <x:c r="AW12" s="3" t="n">
-        <x:v>791090</x:v>
+        <x:v>797581</x:v>
       </x:c>
       <x:c r="AX12" s="3" t="n">
-        <x:v>826653</x:v>
+        <x:v>832681</x:v>
       </x:c>
       <x:c r="AY12" s="3" t="n">
-        <x:v>866988</x:v>
+        <x:v>872845</x:v>
       </x:c>
       <x:c r="AZ12" s="3" t="n">
-        <x:v>904650</x:v>
+        <x:v>912226</x:v>
       </x:c>
       <x:c r="BA12" s="3" t="n">
-        <x:v>970694</x:v>
+        <x:v>979065</x:v>
       </x:c>
       <x:c r="BB12" s="3" t="n">
-        <x:v>1034723</x:v>
+        <x:v>1045959</x:v>
       </x:c>
       <x:c r="BC12" s="3" t="n">
-        <x:v>1116464</x:v>
+        <x:v>1124028</x:v>
       </x:c>
       <x:c r="BD12" s="3" t="n">
-        <x:v>1183912</x:v>
+        <x:v>1187828</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:56">
       <x:c r="A13" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>7034</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>8063</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>8941</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>10033</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>11735</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>13988</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
@@ -2440,138 +2439,138 @@
       <x:c r="S13" s="3" t="n">
         <x:v>47403</x:v>
       </x:c>
       <x:c r="T13" s="3" t="n">
         <x:v>48298</x:v>
       </x:c>
       <x:c r="U13" s="3" t="n">
         <x:v>53996</x:v>
       </x:c>
       <x:c r="V13" s="3" t="n">
         <x:v>59555</x:v>
       </x:c>
       <x:c r="W13" s="3" t="n">
         <x:v>66407</x:v>
       </x:c>
       <x:c r="X13" s="3" t="n">
         <x:v>72362</x:v>
       </x:c>
       <x:c r="Y13" s="3" t="n">
         <x:v>78025</x:v>
       </x:c>
       <x:c r="Z13" s="3" t="n">
         <x:v>79464</x:v>
       </x:c>
       <x:c r="AA13" s="3" t="n">
-        <x:v>80256</x:v>
+        <x:v>81388</x:v>
       </x:c>
       <x:c r="AB13" s="3" t="n">
-        <x:v>85704</x:v>
+        <x:v>86971</x:v>
       </x:c>
       <x:c r="AC13" s="3" t="n">
-        <x:v>90616</x:v>
+        <x:v>91929</x:v>
       </x:c>
       <x:c r="AD13" s="3" t="n">
-        <x:v>97124</x:v>
+        <x:v>98529</x:v>
       </x:c>
       <x:c r="AE13" s="3" t="n">
-        <x:v>103968</x:v>
+        <x:v>105517</x:v>
       </x:c>
       <x:c r="AF13" s="3" t="n">
-        <x:v>111749</x:v>
+        <x:v>113454</x:v>
       </x:c>
       <x:c r="AG13" s="3" t="n">
-        <x:v>119745</x:v>
+        <x:v>121590</x:v>
       </x:c>
       <x:c r="AH13" s="3" t="n">
-        <x:v>175949</x:v>
+        <x:v>177946</x:v>
       </x:c>
       <x:c r="AI13" s="3" t="n">
-        <x:v>182877</x:v>
+        <x:v>185356</x:v>
       </x:c>
       <x:c r="AJ13" s="3" t="n">
-        <x:v>192081</x:v>
+        <x:v>195597</x:v>
       </x:c>
       <x:c r="AK13" s="3" t="n">
-        <x:v>199858</x:v>
+        <x:v>203618</x:v>
       </x:c>
       <x:c r="AL13" s="3" t="n">
-        <x:v>212694</x:v>
+        <x:v>216641</x:v>
       </x:c>
       <x:c r="AM13" s="3" t="n">
-        <x:v>225340</x:v>
+        <x:v>228724</x:v>
       </x:c>
       <x:c r="AN13" s="3" t="n">
-        <x:v>243338</x:v>
+        <x:v>246919</x:v>
       </x:c>
       <x:c r="AO13" s="3" t="n">
-        <x:v>264186</x:v>
+        <x:v>266009</x:v>
       </x:c>
       <x:c r="AP13" s="3" t="n">
-        <x:v>276075</x:v>
+        <x:v>277955</x:v>
       </x:c>
       <x:c r="AQ13" s="3" t="n">
-        <x:v>289782</x:v>
+        <x:v>290985</x:v>
       </x:c>
       <x:c r="AR13" s="3" t="n">
-        <x:v>302515</x:v>
+        <x:v>305660</x:v>
       </x:c>
       <x:c r="AS13" s="3" t="n">
-        <x:v>316954</x:v>
+        <x:v>321040</x:v>
       </x:c>
       <x:c r="AT13" s="3" t="n">
-        <x:v>337416</x:v>
+        <x:v>342632</x:v>
       </x:c>
       <x:c r="AU13" s="3" t="n">
-        <x:v>358024</x:v>
+        <x:v>365120</x:v>
       </x:c>
       <x:c r="AV13" s="3" t="n">
-        <x:v>373589</x:v>
+        <x:v>379227</x:v>
       </x:c>
       <x:c r="AW13" s="3" t="n">
-        <x:v>389412</x:v>
+        <x:v>394686</x:v>
       </x:c>
       <x:c r="AX13" s="3" t="n">
-        <x:v>404212</x:v>
+        <x:v>410569</x:v>
       </x:c>
       <x:c r="AY13" s="3" t="n">
-        <x:v>423297</x:v>
+        <x:v>430608</x:v>
       </x:c>
       <x:c r="AZ13" s="3" t="n">
-        <x:v>449755</x:v>
+        <x:v>456085</x:v>
       </x:c>
       <x:c r="BA13" s="3" t="n">
-        <x:v>481575</x:v>
+        <x:v>488549</x:v>
       </x:c>
       <x:c r="BB13" s="3" t="n">
-        <x:v>520053</x:v>
+        <x:v>527420</x:v>
       </x:c>
       <x:c r="BC13" s="3" t="n">
-        <x:v>564296</x:v>
+        <x:v>570294</x:v>
       </x:c>
       <x:c r="BD13" s="3" t="n">
-        <x:v>602559</x:v>
+        <x:v>608963</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:56">
       <x:c r="A14" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>4399</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>5217</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
         <x:v>5880</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
         <x:v>6699</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
         <x:v>7943</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
         <x:v>9489</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
@@ -2610,138 +2609,138 @@
       <x:c r="S14" s="3" t="n">
         <x:v>31957</x:v>
       </x:c>
       <x:c r="T14" s="3" t="n">
         <x:v>35273</x:v>
       </x:c>
       <x:c r="U14" s="3" t="n">
         <x:v>37097</x:v>
       </x:c>
       <x:c r="V14" s="3" t="n">
         <x:v>42083</x:v>
       </x:c>
       <x:c r="W14" s="3" t="n">
         <x:v>47906</x:v>
       </x:c>
       <x:c r="X14" s="3" t="n">
         <x:v>51993</x:v>
       </x:c>
       <x:c r="Y14" s="3" t="n">
         <x:v>57044</x:v>
       </x:c>
       <x:c r="Z14" s="3" t="n">
         <x:v>58440</x:v>
       </x:c>
       <x:c r="AA14" s="3" t="n">
-        <x:v>59602</x:v>
+        <x:v>60734</x:v>
       </x:c>
       <x:c r="AB14" s="3" t="n">
-        <x:v>63717</x:v>
+        <x:v>64984</x:v>
       </x:c>
       <x:c r="AC14" s="3" t="n">
-        <x:v>67508</x:v>
+        <x:v>68821</x:v>
       </x:c>
       <x:c r="AD14" s="3" t="n">
-        <x:v>72379</x:v>
+        <x:v>73784</x:v>
       </x:c>
       <x:c r="AE14" s="3" t="n">
-        <x:v>77585</x:v>
+        <x:v>79134</x:v>
       </x:c>
       <x:c r="AF14" s="3" t="n">
-        <x:v>83695</x:v>
+        <x:v>85400</x:v>
       </x:c>
       <x:c r="AG14" s="3" t="n">
-        <x:v>90890</x:v>
+        <x:v>92735</x:v>
       </x:c>
       <x:c r="AH14" s="3" t="n">
-        <x:v>146339</x:v>
+        <x:v>148336</x:v>
       </x:c>
       <x:c r="AI14" s="3" t="n">
-        <x:v>153185</x:v>
+        <x:v>155664</x:v>
       </x:c>
       <x:c r="AJ14" s="3" t="n">
-        <x:v>161403</x:v>
+        <x:v>164919</x:v>
       </x:c>
       <x:c r="AK14" s="3" t="n">
-        <x:v>168551</x:v>
+        <x:v>172311</x:v>
       </x:c>
       <x:c r="AL14" s="3" t="n">
-        <x:v>180579</x:v>
+        <x:v>184526</x:v>
       </x:c>
       <x:c r="AM14" s="3" t="n">
-        <x:v>192088</x:v>
+        <x:v>195677</x:v>
       </x:c>
       <x:c r="AN14" s="3" t="n">
-        <x:v>208586</x:v>
+        <x:v>212400</x:v>
       </x:c>
       <x:c r="AO14" s="3" t="n">
-        <x:v>227338</x:v>
+        <x:v>229640</x:v>
       </x:c>
       <x:c r="AP14" s="3" t="n">
-        <x:v>238181</x:v>
+        <x:v>240497</x:v>
       </x:c>
       <x:c r="AQ14" s="3" t="n">
-        <x:v>251512</x:v>
+        <x:v>253546</x:v>
       </x:c>
       <x:c r="AR14" s="3" t="n">
-        <x:v>263092</x:v>
+        <x:v>266237</x:v>
       </x:c>
       <x:c r="AS14" s="3" t="n">
-        <x:v>276373</x:v>
+        <x:v>280459</x:v>
       </x:c>
       <x:c r="AT14" s="3" t="n">
-        <x:v>295310</x:v>
+        <x:v>300526</x:v>
       </x:c>
       <x:c r="AU14" s="3" t="n">
-        <x:v>314413</x:v>
+        <x:v>321509</x:v>
       </x:c>
       <x:c r="AV14" s="3" t="n">
-        <x:v>329191</x:v>
+        <x:v>334829</x:v>
       </x:c>
       <x:c r="AW14" s="3" t="n">
-        <x:v>343637</x:v>
+        <x:v>348911</x:v>
       </x:c>
       <x:c r="AX14" s="3" t="n">
-        <x:v>356130</x:v>
+        <x:v>362487</x:v>
       </x:c>
       <x:c r="AY14" s="3" t="n">
-        <x:v>372886</x:v>
+        <x:v>380197</x:v>
       </x:c>
       <x:c r="AZ14" s="3" t="n">
-        <x:v>396335</x:v>
+        <x:v>402665</x:v>
       </x:c>
       <x:c r="BA14" s="3" t="n">
-        <x:v>425130</x:v>
+        <x:v>432104</x:v>
       </x:c>
       <x:c r="BB14" s="3" t="n">
-        <x:v>457089</x:v>
+        <x:v>464508</x:v>
       </x:c>
       <x:c r="BC14" s="3" t="n">
-        <x:v>493702</x:v>
+        <x:v>499587</x:v>
       </x:c>
       <x:c r="BD14" s="3" t="n">
-        <x:v>523428</x:v>
+        <x:v>529485</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:56">
       <x:c r="A15" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>2635</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>2846</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
         <x:v>3061</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>3334</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
         <x:v>3792</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
         <x:v>4499</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
@@ -2816,102 +2815,102 @@
       <x:c r="AE15" s="3" t="n">
         <x:v>26383</x:v>
       </x:c>
       <x:c r="AF15" s="3" t="n">
         <x:v>28054</x:v>
       </x:c>
       <x:c r="AG15" s="3" t="n">
         <x:v>28855</x:v>
       </x:c>
       <x:c r="AH15" s="3" t="n">
         <x:v>29610</x:v>
       </x:c>
       <x:c r="AI15" s="3" t="n">
         <x:v>29692</x:v>
       </x:c>
       <x:c r="AJ15" s="3" t="n">
         <x:v>30678</x:v>
       </x:c>
       <x:c r="AK15" s="3" t="n">
         <x:v>31307</x:v>
       </x:c>
       <x:c r="AL15" s="3" t="n">
         <x:v>32115</x:v>
       </x:c>
       <x:c r="AM15" s="3" t="n">
-        <x:v>33252</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="AN15" s="3" t="n">
-        <x:v>34752</x:v>
+        <x:v>34519</x:v>
       </x:c>
       <x:c r="AO15" s="3" t="n">
-        <x:v>36848</x:v>
+        <x:v>36369</x:v>
       </x:c>
       <x:c r="AP15" s="3" t="n">
-        <x:v>37894</x:v>
+        <x:v>37458</x:v>
       </x:c>
       <x:c r="AQ15" s="3" t="n">
-        <x:v>38270</x:v>
+        <x:v>37439</x:v>
       </x:c>
       <x:c r="AR15" s="3" t="n">
         <x:v>39423</x:v>
       </x:c>
       <x:c r="AS15" s="3" t="n">
         <x:v>40581</x:v>
       </x:c>
       <x:c r="AT15" s="3" t="n">
         <x:v>42106</x:v>
       </x:c>
       <x:c r="AU15" s="3" t="n">
         <x:v>43611</x:v>
       </x:c>
       <x:c r="AV15" s="3" t="n">
         <x:v>44398</x:v>
       </x:c>
       <x:c r="AW15" s="3" t="n">
         <x:v>45775</x:v>
       </x:c>
       <x:c r="AX15" s="3" t="n">
         <x:v>48082</x:v>
       </x:c>
       <x:c r="AY15" s="3" t="n">
         <x:v>50411</x:v>
       </x:c>
       <x:c r="AZ15" s="3" t="n">
         <x:v>53420</x:v>
       </x:c>
       <x:c r="BA15" s="3" t="n">
         <x:v>56445</x:v>
       </x:c>
       <x:c r="BB15" s="3" t="n">
-        <x:v>62964</x:v>
+        <x:v>62912</x:v>
       </x:c>
       <x:c r="BC15" s="3" t="n">
-        <x:v>70594</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="BD15" s="3" t="n">
-        <x:v>79132</x:v>
+        <x:v>79477</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:56">
       <x:c r="A16" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>7342</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>8875</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>10229</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>11968</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
         <x:v>14043</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>17177</x:v>
       </x:c>
       <x:c r="H16" s="3" t="n">
@@ -2950,308 +2949,308 @@
       <x:c r="S16" s="3" t="n">
         <x:v>79429</x:v>
       </x:c>
       <x:c r="T16" s="3" t="n">
         <x:v>84063</x:v>
       </x:c>
       <x:c r="U16" s="3" t="n">
         <x:v>87878</x:v>
       </x:c>
       <x:c r="V16" s="3" t="n">
         <x:v>92548</x:v>
       </x:c>
       <x:c r="W16" s="3" t="n">
         <x:v>99558</x:v>
       </x:c>
       <x:c r="X16" s="3" t="n">
         <x:v>106128</x:v>
       </x:c>
       <x:c r="Y16" s="3" t="n">
         <x:v>109937</x:v>
       </x:c>
       <x:c r="Z16" s="3" t="n">
         <x:v>114565</x:v>
       </x:c>
       <x:c r="AA16" s="3" t="n">
-        <x:v>121643</x:v>
+        <x:v>122296</x:v>
       </x:c>
       <x:c r="AB16" s="3" t="n">
-        <x:v>129080</x:v>
+        <x:v>129715</x:v>
       </x:c>
       <x:c r="AC16" s="3" t="n">
-        <x:v>137401</x:v>
+        <x:v>138107</x:v>
       </x:c>
       <x:c r="AD16" s="3" t="n">
-        <x:v>151403</x:v>
+        <x:v>152245</x:v>
       </x:c>
       <x:c r="AE16" s="3" t="n">
-        <x:v>162142</x:v>
+        <x:v>163078</x:v>
       </x:c>
       <x:c r="AF16" s="3" t="n">
-        <x:v>172927</x:v>
+        <x:v>173963</x:v>
       </x:c>
       <x:c r="AG16" s="3" t="n">
-        <x:v>194097</x:v>
+        <x:v>195064</x:v>
       </x:c>
       <x:c r="AH16" s="3" t="n">
-        <x:v>162318</x:v>
+        <x:v>163738</x:v>
       </x:c>
       <x:c r="AI16" s="3" t="n">
-        <x:v>173472</x:v>
+        <x:v>175001</x:v>
       </x:c>
       <x:c r="AJ16" s="3" t="n">
-        <x:v>178846</x:v>
+        <x:v>179255</x:v>
       </x:c>
       <x:c r="AK16" s="3" t="n">
-        <x:v>187037</x:v>
+        <x:v>187482</x:v>
       </x:c>
       <x:c r="AL16" s="3" t="n">
-        <x:v>200412</x:v>
+        <x:v>200807</x:v>
       </x:c>
       <x:c r="AM16" s="3" t="n">
-        <x:v>214817</x:v>
+        <x:v>216846</x:v>
       </x:c>
       <x:c r="AN16" s="3" t="n">
-        <x:v>239147</x:v>
+        <x:v>241322</x:v>
       </x:c>
       <x:c r="AO16" s="3" t="n">
-        <x:v>260328</x:v>
+        <x:v>262682</x:v>
       </x:c>
       <x:c r="AP16" s="3" t="n">
-        <x:v>276952</x:v>
+        <x:v>279472</x:v>
       </x:c>
       <x:c r="AQ16" s="3" t="n">
-        <x:v>294414</x:v>
+        <x:v>296959</x:v>
       </x:c>
       <x:c r="AR16" s="3" t="n">
-        <x:v>312289</x:v>
+        <x:v>315068</x:v>
       </x:c>
       <x:c r="AS16" s="3" t="n">
-        <x:v>331369</x:v>
+        <x:v>334349</x:v>
       </x:c>
       <x:c r="AT16" s="3" t="n">
-        <x:v>349409</x:v>
+        <x:v>349954</x:v>
       </x:c>
       <x:c r="AU16" s="3" t="n">
-        <x:v>364981</x:v>
+        <x:v>364699</x:v>
       </x:c>
       <x:c r="AV16" s="3" t="n">
-        <x:v>381078</x:v>
+        <x:v>381701</x:v>
       </x:c>
       <x:c r="AW16" s="3" t="n">
-        <x:v>401678</x:v>
+        <x:v>402895</x:v>
       </x:c>
       <x:c r="AX16" s="3" t="n">
-        <x:v>422441</x:v>
+        <x:v>422112</x:v>
       </x:c>
       <x:c r="AY16" s="3" t="n">
-        <x:v>443691</x:v>
+        <x:v>442237</x:v>
       </x:c>
       <x:c r="AZ16" s="3" t="n">
-        <x:v>454895</x:v>
+        <x:v>456141</x:v>
       </x:c>
       <x:c r="BA16" s="3" t="n">
-        <x:v>489119</x:v>
+        <x:v>490516</x:v>
       </x:c>
       <x:c r="BB16" s="3" t="n">
-        <x:v>514670</x:v>
+        <x:v>518539</x:v>
       </x:c>
       <x:c r="BC16" s="3" t="n">
-        <x:v>552168</x:v>
+        <x:v>553734</x:v>
       </x:c>
       <x:c r="BD16" s="3" t="n">
-        <x:v>581353</x:v>
+        <x:v>578865</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:56">
       <x:c r="A17" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>25616</x:v>
+        <x:v>25666</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>31455</x:v>
+        <x:v>31509</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>33003</x:v>
+        <x:v>33066</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>39061</x:v>
+        <x:v>39131</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
-        <x:v>47812</x:v>
+        <x:v>47891</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>59732</x:v>
+        <x:v>59814</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
-        <x:v>72741</x:v>
+        <x:v>72837</x:v>
       </x:c>
       <x:c r="I17" s="3" t="n">
-        <x:v>82244</x:v>
+        <x:v>82353</x:v>
       </x:c>
       <x:c r="J17" s="3" t="n">
-        <x:v>77504</x:v>
+        <x:v>77617</x:v>
       </x:c>
       <x:c r="K17" s="3" t="n">
-        <x:v>82030</x:v>
+        <x:v>82148</x:v>
       </x:c>
       <x:c r="L17" s="3" t="n">
-        <x:v>88788</x:v>
+        <x:v>88911</x:v>
       </x:c>
       <x:c r="M17" s="3" t="n">
-        <x:v>102829</x:v>
+        <x:v>102980</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>114558</x:v>
+        <x:v>114782</x:v>
       </x:c>
       <x:c r="O17" s="3" t="n">
-        <x:v>129938</x:v>
+        <x:v>130134</x:v>
       </x:c>
       <x:c r="P17" s="3" t="n">
-        <x:v>139380</x:v>
+        <x:v>139586</x:v>
       </x:c>
       <x:c r="Q17" s="3" t="n">
-        <x:v>146121</x:v>
+        <x:v>146334</x:v>
       </x:c>
       <x:c r="R17" s="3" t="n">
-        <x:v>167645</x:v>
+        <x:v>167973</x:v>
       </x:c>
       <x:c r="S17" s="3" t="n">
-        <x:v>184881</x:v>
+        <x:v>185214</x:v>
       </x:c>
       <x:c r="T17" s="3" t="n">
-        <x:v>197072</x:v>
+        <x:v>197464</x:v>
       </x:c>
       <x:c r="U17" s="3" t="n">
-        <x:v>190278</x:v>
+        <x:v>190684</x:v>
       </x:c>
       <x:c r="V17" s="3" t="n">
-        <x:v>171231</x:v>
+        <x:v>171630</x:v>
       </x:c>
       <x:c r="W17" s="3" t="n">
-        <x:v>171843</x:v>
+        <x:v>172293</x:v>
       </x:c>
       <x:c r="X17" s="3" t="n">
-        <x:v>169753</x:v>
+        <x:v>170197</x:v>
       </x:c>
       <x:c r="Y17" s="3" t="n">
-        <x:v>182209</x:v>
+        <x:v>183259</x:v>
       </x:c>
       <x:c r="Z17" s="3" t="n">
-        <x:v>194027</x:v>
+        <x:v>194528</x:v>
       </x:c>
       <x:c r="AA17" s="3" t="n">
-        <x:v>206488</x:v>
+        <x:v>207345</x:v>
       </x:c>
       <x:c r="AB17" s="3" t="n">
-        <x:v>230155</x:v>
+        <x:v>230744</x:v>
       </x:c>
       <x:c r="AC17" s="3" t="n">
-        <x:v>268797</x:v>
+        <x:v>269489</x:v>
       </x:c>
       <x:c r="AD17" s="3" t="n">
-        <x:v>308420</x:v>
+        <x:v>309116</x:v>
       </x:c>
       <x:c r="AE17" s="3" t="n">
-        <x:v>297010</x:v>
+        <x:v>297899</x:v>
       </x:c>
       <x:c r="AF17" s="3" t="n">
-        <x:v>298800</x:v>
+        <x:v>299752</x:v>
       </x:c>
       <x:c r="AG17" s="3" t="n">
-        <x:v>305493</x:v>
+        <x:v>307931</x:v>
       </x:c>
       <x:c r="AH17" s="3" t="n">
-        <x:v>303273</x:v>
+        <x:v>307405</x:v>
       </x:c>
       <x:c r="AI17" s="3" t="n">
-        <x:v>306005</x:v>
+        <x:v>309891</x:v>
       </x:c>
       <x:c r="AJ17" s="3" t="n">
-        <x:v>350289</x:v>
+        <x:v>360620</x:v>
       </x:c>
       <x:c r="AK17" s="3" t="n">
-        <x:v>405383</x:v>
+        <x:v>412563</x:v>
       </x:c>
       <x:c r="AL17" s="3" t="n">
-        <x:v>464307</x:v>
+        <x:v>478817</x:v>
       </x:c>
       <x:c r="AM17" s="3" t="n">
-        <x:v>554438</x:v>
+        <x:v>578347</x:v>
       </x:c>
       <x:c r="AN17" s="3" t="n">
-        <x:v>589599</x:v>
+        <x:v>625671</x:v>
       </x:c>
       <x:c r="AO17" s="3" t="n">
-        <x:v>564867</x:v>
+        <x:v>596297</x:v>
       </x:c>
       <x:c r="AP17" s="3" t="n">
-        <x:v>537688</x:v>
+        <x:v>565155</x:v>
       </x:c>
       <x:c r="AQ17" s="3" t="n">
-        <x:v>600817</x:v>
+        <x:v>637075</x:v>
       </x:c>
       <x:c r="AR17" s="3" t="n">
-        <x:v>665383</x:v>
+        <x:v>705791</x:v>
       </x:c>
       <x:c r="AS17" s="3" t="n">
-        <x:v>724129</x:v>
+        <x:v>768289</x:v>
       </x:c>
       <x:c r="AT17" s="3" t="n">
-        <x:v>749617</x:v>
+        <x:v>801736</x:v>
       </x:c>
       <x:c r="AU17" s="3" t="n">
-        <x:v>741527</x:v>
+        <x:v>795873</x:v>
       </x:c>
       <x:c r="AV17" s="3" t="n">
-        <x:v>780832</x:v>
+        <x:v>845236</x:v>
       </x:c>
       <x:c r="AW17" s="3" t="n">
-        <x:v>809386</x:v>
+        <x:v>875397</x:v>
       </x:c>
       <x:c r="AX17" s="3" t="n">
-        <x:v>850304</x:v>
+        <x:v>919993</x:v>
       </x:c>
       <x:c r="AY17" s="3" t="n">
-        <x:v>957750</x:v>
+        <x:v>1047235</x:v>
       </x:c>
       <x:c r="AZ17" s="3" t="n">
-        <x:v>949737</x:v>
+        <x:v>1042391</x:v>
       </x:c>
       <x:c r="BA17" s="3" t="n">
-        <x:v>992163</x:v>
+        <x:v>1097211</x:v>
       </x:c>
       <x:c r="BB17" s="3" t="n">
-        <x:v>1053488</x:v>
+        <x:v>1159315</x:v>
       </x:c>
       <x:c r="BC17" s="3" t="n">
-        <x:v>1104630</x:v>
+        <x:v>1197784</x:v>
       </x:c>
       <x:c r="BD17" s="3" t="n">
-        <x:v>1142620</x:v>
+        <x:v>1235612</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:56">
       <x:c r="A18" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
         <x:v>704</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
         <x:v>1274</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
         <x:v>2458</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
         <x:v>5316</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
         <x:v>7235</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
@@ -3308,120 +3307,120 @@
       <x:c r="Y18" s="3" t="n">
         <x:v>57894</x:v>
       </x:c>
       <x:c r="Z18" s="3" t="n">
         <x:v>54947</x:v>
       </x:c>
       <x:c r="AA18" s="3" t="n">
         <x:v>48723</x:v>
       </x:c>
       <x:c r="AB18" s="3" t="n">
         <x:v>48209</x:v>
       </x:c>
       <x:c r="AC18" s="3" t="n">
         <x:v>62744</x:v>
       </x:c>
       <x:c r="AD18" s="3" t="n">
         <x:v>79554</x:v>
       </x:c>
       <x:c r="AE18" s="3" t="n">
         <x:v>71365</x:v>
       </x:c>
       <x:c r="AF18" s="3" t="n">
         <x:v>57088</x:v>
       </x:c>
       <x:c r="AG18" s="3" t="n">
-        <x:v>58942</x:v>
+        <x:v>59180</x:v>
       </x:c>
       <x:c r="AH18" s="3" t="n">
-        <x:v>55731</x:v>
+        <x:v>56193</x:v>
       </x:c>
       <x:c r="AI18" s="3" t="n">
-        <x:v>65168</x:v>
+        <x:v>65952</x:v>
       </x:c>
       <x:c r="AJ18" s="3" t="n">
-        <x:v>73207</x:v>
+        <x:v>74329</x:v>
       </x:c>
       <x:c r="AK18" s="3" t="n">
-        <x:v>90895</x:v>
+        <x:v>92584</x:v>
       </x:c>
       <x:c r="AL18" s="3" t="n">
-        <x:v>97616</x:v>
+        <x:v>99932</x:v>
       </x:c>
       <x:c r="AM18" s="3" t="n">
-        <x:v>113990</x:v>
+        <x:v>117224</x:v>
       </x:c>
       <x:c r="AN18" s="3" t="n">
-        <x:v>128928</x:v>
+        <x:v>133192</x:v>
       </x:c>
       <x:c r="AO18" s="3" t="n">
-        <x:v>140826</x:v>
+        <x:v>146120</x:v>
       </x:c>
       <x:c r="AP18" s="3" t="n">
-        <x:v>132408</x:v>
+        <x:v>137903</x:v>
       </x:c>
       <x:c r="AQ18" s="3" t="n">
-        <x:v>154043</x:v>
+        <x:v>161091</x:v>
       </x:c>
       <x:c r="AR18" s="3" t="n">
-        <x:v>180511</x:v>
+        <x:v>189577</x:v>
       </x:c>
       <x:c r="AS18" s="3" t="n">
-        <x:v>220231</x:v>
+        <x:v>232001</x:v>
       </x:c>
       <x:c r="AT18" s="3" t="n">
-        <x:v>225615</x:v>
+        <x:v>238561</x:v>
       </x:c>
       <x:c r="AU18" s="3" t="n">
-        <x:v>201658</x:v>
+        <x:v>213956</x:v>
       </x:c>
       <x:c r="AV18" s="3" t="n">
-        <x:v>165374</x:v>
+        <x:v>176334</x:v>
       </x:c>
       <x:c r="AW18" s="3" t="n">
-        <x:v>149830</x:v>
+        <x:v>160341</x:v>
       </x:c>
       <x:c r="AX18" s="3" t="n">
-        <x:v>153077</x:v>
+        <x:v>164529</x:v>
       </x:c>
       <x:c r="AY18" s="3" t="n">
-        <x:v>178797</x:v>
+        <x:v>193018</x:v>
       </x:c>
       <x:c r="AZ18" s="3" t="n">
-        <x:v>180158</x:v>
+        <x:v>195203</x:v>
       </x:c>
       <x:c r="BA18" s="3" t="n">
-        <x:v>179065</x:v>
+        <x:v>194648</x:v>
       </x:c>
       <x:c r="BB18" s="3" t="n">
-        <x:v>178316</x:v>
+        <x:v>197546</x:v>
       </x:c>
       <x:c r="BC18" s="3" t="n">
-        <x:v>216933</x:v>
+        <x:v>233063</x:v>
       </x:c>
       <x:c r="BD18" s="3" t="n">
-        <x:v>253361</x:v>
+        <x:v>259346</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:56">
       <x:c r="A19" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>2814</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>4723</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
         <x:v>3034</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
         <x:v>4208</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
         <x:v>3270</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
         <x:v>6291</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
@@ -3478,630 +3477,630 @@
       <x:c r="Y19" s="3" t="n">
         <x:v>6347</x:v>
       </x:c>
       <x:c r="Z19" s="3" t="n">
         <x:v>5264</x:v>
       </x:c>
       <x:c r="AA19" s="3" t="n">
         <x:v>3781</x:v>
       </x:c>
       <x:c r="AB19" s="3" t="n">
         <x:v>6032</x:v>
       </x:c>
       <x:c r="AC19" s="3" t="n">
         <x:v>13512</x:v>
       </x:c>
       <x:c r="AD19" s="3" t="n">
         <x:v>15783</x:v>
       </x:c>
       <x:c r="AE19" s="3" t="n">
         <x:v>13174</x:v>
       </x:c>
       <x:c r="AF19" s="3" t="n">
         <x:v>19082</x:v>
       </x:c>
       <x:c r="AG19" s="3" t="n">
-        <x:v>12400</x:v>
+        <x:v>12571</x:v>
       </x:c>
       <x:c r="AH19" s="3" t="n">
-        <x:v>4775</x:v>
+        <x:v>4906</x:v>
       </x:c>
       <x:c r="AI19" s="3" t="n">
-        <x:v>9440</x:v>
+        <x:v>9837</x:v>
       </x:c>
       <x:c r="AJ19" s="3" t="n">
-        <x:v>8486</x:v>
+        <x:v>8934</x:v>
       </x:c>
       <x:c r="AK19" s="3" t="n">
-        <x:v>6256</x:v>
+        <x:v>6627</x:v>
       </x:c>
       <x:c r="AL19" s="3" t="n">
-        <x:v>12434</x:v>
+        <x:v>13245</x:v>
       </x:c>
       <x:c r="AM19" s="3" t="n">
-        <x:v>10621</x:v>
+        <x:v>11501</x:v>
       </x:c>
       <x:c r="AN19" s="3" t="n">
-        <x:v>6813</x:v>
+        <x:v>7197</x:v>
       </x:c>
       <x:c r="AO19" s="3" t="n">
-        <x:v>9970</x:v>
+        <x:v>11080</x:v>
       </x:c>
       <x:c r="AP19" s="3" t="n">
-        <x:v>10686</x:v>
+        <x:v>11951</x:v>
       </x:c>
       <x:c r="AQ19" s="3" t="n">
-        <x:v>15842</x:v>
+        <x:v>17724</x:v>
       </x:c>
       <x:c r="AR19" s="3" t="n">
-        <x:v>6876</x:v>
+        <x:v>7998</x:v>
       </x:c>
       <x:c r="AS19" s="3" t="n">
-        <x:v>1050</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="AT19" s="3" t="n">
-        <x:v>822</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="AU19" s="3" t="n">
-        <x:v>-867</x:v>
+        <x:v>-774</x:v>
       </x:c>
       <x:c r="AV19" s="3" t="n">
-        <x:v>12272</x:v>
+        <x:v>14648</x:v>
       </x:c>
       <x:c r="AW19" s="3" t="n">
-        <x:v>944</x:v>
+        <x:v>2300</x:v>
       </x:c>
       <x:c r="AX19" s="3" t="n">
-        <x:v>8318</x:v>
+        <x:v>10153</x:v>
       </x:c>
       <x:c r="AY19" s="3" t="n">
-        <x:v>25053</x:v>
+        <x:v>28789</x:v>
       </x:c>
       <x:c r="AZ19" s="3" t="n">
-        <x:v>16515</x:v>
+        <x:v>20010</x:v>
       </x:c>
       <x:c r="BA19" s="3" t="n">
-        <x:v>13316</x:v>
+        <x:v>16766</x:v>
       </x:c>
       <x:c r="BB19" s="3" t="n">
-        <x:v>14467</x:v>
+        <x:v>18131</x:v>
       </x:c>
       <x:c r="BC19" s="3" t="n">
-        <x:v>2478</x:v>
+        <x:v>21394</x:v>
       </x:c>
       <x:c r="BD19" s="3" t="n">
-        <x:v>9147</x:v>
+        <x:v>9505</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:56">
       <x:c r="A20" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>22489</x:v>
+        <x:v>22539</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
-        <x:v>26028</x:v>
+        <x:v>26082</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
-        <x:v>28695</x:v>
+        <x:v>28758</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
-        <x:v>32395</x:v>
+        <x:v>32465</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
-        <x:v>39226</x:v>
+        <x:v>39305</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
-        <x:v>46206</x:v>
+        <x:v>46288</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
-        <x:v>53607</x:v>
+        <x:v>53703</x:v>
       </x:c>
       <x:c r="I20" s="3" t="n">
-        <x:v>62741</x:v>
+        <x:v>62850</x:v>
       </x:c>
       <x:c r="J20" s="3" t="n">
-        <x:v>67851</x:v>
+        <x:v>67964</x:v>
       </x:c>
       <x:c r="K20" s="3" t="n">
-        <x:v>67810</x:v>
+        <x:v>67928</x:v>
       </x:c>
       <x:c r="L20" s="3" t="n">
-        <x:v>75575</x:v>
+        <x:v>75698</x:v>
       </x:c>
       <x:c r="M20" s="3" t="n">
-        <x:v>84593</x:v>
+        <x:v>84744</x:v>
       </x:c>
       <x:c r="N20" s="3" t="n">
-        <x:v>90313</x:v>
+        <x:v>90537</x:v>
       </x:c>
       <x:c r="O20" s="3" t="n">
-        <x:v>95238</x:v>
+        <x:v>95434</x:v>
       </x:c>
       <x:c r="P20" s="3" t="n">
-        <x:v>101910</x:v>
+        <x:v>102116</x:v>
       </x:c>
       <x:c r="Q20" s="3" t="n">
-        <x:v>115139</x:v>
+        <x:v>115352</x:v>
       </x:c>
       <x:c r="R20" s="3" t="n">
-        <x:v>140022</x:v>
+        <x:v>140350</x:v>
       </x:c>
       <x:c r="S20" s="3" t="n">
-        <x:v>153065</x:v>
+        <x:v>153398</x:v>
       </x:c>
       <x:c r="T20" s="3" t="n">
-        <x:v>154709</x:v>
+        <x:v>155101</x:v>
       </x:c>
       <x:c r="U20" s="3" t="n">
-        <x:v>135139</x:v>
+        <x:v>135545</x:v>
       </x:c>
       <x:c r="V20" s="3" t="n">
-        <x:v>129578</x:v>
+        <x:v>129977</x:v>
       </x:c>
       <x:c r="W20" s="3" t="n">
-        <x:v>123144</x:v>
+        <x:v>123594</x:v>
       </x:c>
       <x:c r="X20" s="3" t="n">
-        <x:v>118974</x:v>
+        <x:v>119418</x:v>
       </x:c>
       <x:c r="Y20" s="3" t="n">
-        <x:v>117968</x:v>
+        <x:v>119018</x:v>
       </x:c>
       <x:c r="Z20" s="3" t="n">
-        <x:v>133816</x:v>
+        <x:v>134317</x:v>
       </x:c>
       <x:c r="AA20" s="3" t="n">
-        <x:v>153984</x:v>
+        <x:v>154841</x:v>
       </x:c>
       <x:c r="AB20" s="3" t="n">
-        <x:v>175914</x:v>
+        <x:v>176503</x:v>
       </x:c>
       <x:c r="AC20" s="3" t="n">
-        <x:v>192541</x:v>
+        <x:v>193233</x:v>
       </x:c>
       <x:c r="AD20" s="3" t="n">
-        <x:v>213083</x:v>
+        <x:v>213779</x:v>
       </x:c>
       <x:c r="AE20" s="3" t="n">
-        <x:v>212471</x:v>
+        <x:v>213360</x:v>
       </x:c>
       <x:c r="AF20" s="3" t="n">
-        <x:v>222630</x:v>
+        <x:v>223582</x:v>
       </x:c>
       <x:c r="AG20" s="3" t="n">
-        <x:v>234151</x:v>
+        <x:v>236180</x:v>
       </x:c>
       <x:c r="AH20" s="3" t="n">
-        <x:v>242767</x:v>
+        <x:v>246306</x:v>
       </x:c>
       <x:c r="AI20" s="3" t="n">
-        <x:v>231397</x:v>
+        <x:v>234102</x:v>
       </x:c>
       <x:c r="AJ20" s="3" t="n">
-        <x:v>268596</x:v>
+        <x:v>277357</x:v>
       </x:c>
       <x:c r="AK20" s="3" t="n">
-        <x:v>308232</x:v>
+        <x:v>313352</x:v>
       </x:c>
       <x:c r="AL20" s="3" t="n">
-        <x:v>354257</x:v>
+        <x:v>365640</x:v>
       </x:c>
       <x:c r="AM20" s="3" t="n">
-        <x:v>429827</x:v>
+        <x:v>449622</x:v>
       </x:c>
       <x:c r="AN20" s="3" t="n">
-        <x:v>453858</x:v>
+        <x:v>485282</x:v>
       </x:c>
       <x:c r="AO20" s="3" t="n">
-        <x:v>414071</x:v>
+        <x:v>439097</x:v>
       </x:c>
       <x:c r="AP20" s="3" t="n">
-        <x:v>394594</x:v>
+        <x:v>415301</x:v>
       </x:c>
       <x:c r="AQ20" s="3" t="n">
-        <x:v>430932</x:v>
+        <x:v>458260</x:v>
       </x:c>
       <x:c r="AR20" s="3" t="n">
-        <x:v>477996</x:v>
+        <x:v>508216</x:v>
       </x:c>
       <x:c r="AS20" s="3" t="n">
-        <x:v>502848</x:v>
+        <x:v>534901</x:v>
       </x:c>
       <x:c r="AT20" s="3" t="n">
-        <x:v>523180</x:v>
+        <x:v>561891</x:v>
       </x:c>
       <x:c r="AU20" s="3" t="n">
-        <x:v>540736</x:v>
+        <x:v>582691</x:v>
       </x:c>
       <x:c r="AV20" s="3" t="n">
-        <x:v>603186</x:v>
+        <x:v>654254</x:v>
       </x:c>
       <x:c r="AW20" s="3" t="n">
-        <x:v>658612</x:v>
+        <x:v>712756</x:v>
       </x:c>
       <x:c r="AX20" s="3" t="n">
-        <x:v>688909</x:v>
+        <x:v>745311</x:v>
       </x:c>
       <x:c r="AY20" s="3" t="n">
-        <x:v>753900</x:v>
+        <x:v>825428</x:v>
       </x:c>
       <x:c r="AZ20" s="3" t="n">
-        <x:v>753064</x:v>
+        <x:v>827178</x:v>
       </x:c>
       <x:c r="BA20" s="3" t="n">
-        <x:v>799782</x:v>
+        <x:v>885797</x:v>
       </x:c>
       <x:c r="BB20" s="3" t="n">
-        <x:v>860705</x:v>
+        <x:v>943638</x:v>
       </x:c>
       <x:c r="BC20" s="3" t="n">
-        <x:v>885219</x:v>
+        <x:v>943327</x:v>
       </x:c>
       <x:c r="BD20" s="3" t="n">
-        <x:v>880112</x:v>
+        <x:v>966762</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:56">
       <x:c r="A21" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>17748</x:v>
+        <x:v>17798</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>20490</x:v>
+        <x:v>20544</x:v>
       </x:c>
       <x:c r="D21" s="3" t="n">
-        <x:v>22220</x:v>
+        <x:v>22283</x:v>
       </x:c>
       <x:c r="E21" s="3" t="n">
-        <x:v>25483</x:v>
+        <x:v>25553</x:v>
       </x:c>
       <x:c r="F21" s="3" t="n">
-        <x:v>31298</x:v>
+        <x:v>31377</x:v>
       </x:c>
       <x:c r="G21" s="3" t="n">
-        <x:v>36769</x:v>
+        <x:v>36851</x:v>
       </x:c>
       <x:c r="H21" s="3" t="n">
-        <x:v>42816</x:v>
+        <x:v>42912</x:v>
       </x:c>
       <x:c r="I21" s="3" t="n">
-        <x:v>50482</x:v>
+        <x:v>50591</x:v>
       </x:c>
       <x:c r="J21" s="3" t="n">
-        <x:v>54177</x:v>
+        <x:v>54290</x:v>
       </x:c>
       <x:c r="K21" s="3" t="n">
-        <x:v>54514</x:v>
+        <x:v>54632</x:v>
       </x:c>
       <x:c r="L21" s="3" t="n">
-        <x:v>60367</x:v>
+        <x:v>60490</x:v>
       </x:c>
       <x:c r="M21" s="3" t="n">
-        <x:v>67470</x:v>
+        <x:v>67621</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>72766</x:v>
+        <x:v>72990</x:v>
       </x:c>
       <x:c r="O21" s="3" t="n">
-        <x:v>75929</x:v>
+        <x:v>76125</x:v>
       </x:c>
       <x:c r="P21" s="3" t="n">
-        <x:v>81909</x:v>
+        <x:v>82115</x:v>
       </x:c>
       <x:c r="Q21" s="3" t="n">
-        <x:v>93715</x:v>
+        <x:v>93928</x:v>
       </x:c>
       <x:c r="R21" s="3" t="n">
-        <x:v>114819</x:v>
+        <x:v>115147</x:v>
       </x:c>
       <x:c r="S21" s="3" t="n">
-        <x:v>122385</x:v>
+        <x:v>122718</x:v>
       </x:c>
       <x:c r="T21" s="3" t="n">
-        <x:v>118904</x:v>
+        <x:v>119296</x:v>
       </x:c>
       <x:c r="U21" s="3" t="n">
-        <x:v>98969</x:v>
+        <x:v>99375</x:v>
       </x:c>
       <x:c r="V21" s="3" t="n">
-        <x:v>92988</x:v>
+        <x:v>93387</x:v>
       </x:c>
       <x:c r="W21" s="3" t="n">
-        <x:v>83168</x:v>
+        <x:v>83618</x:v>
       </x:c>
       <x:c r="X21" s="3" t="n">
-        <x:v>77637</x:v>
+        <x:v>78081</x:v>
       </x:c>
       <x:c r="Y21" s="3" t="n">
-        <x:v>80415</x:v>
+        <x:v>81465</x:v>
       </x:c>
       <x:c r="Z21" s="3" t="n">
-        <x:v>95217</x:v>
+        <x:v>95718</x:v>
       </x:c>
       <x:c r="AA21" s="3" t="n">
-        <x:v>114028</x:v>
+        <x:v>114885</x:v>
       </x:c>
       <x:c r="AB21" s="3" t="n">
-        <x:v>133941</x:v>
+        <x:v>134530</x:v>
       </x:c>
       <x:c r="AC21" s="3" t="n">
-        <x:v>143412</x:v>
+        <x:v>144104</x:v>
       </x:c>
       <x:c r="AD21" s="3" t="n">
-        <x:v>159402</x:v>
+        <x:v>160098</x:v>
       </x:c>
       <x:c r="AE21" s="3" t="n">
-        <x:v>157768</x:v>
+        <x:v>158657</x:v>
       </x:c>
       <x:c r="AF21" s="3" t="n">
-        <x:v>171197</x:v>
+        <x:v>172149</x:v>
       </x:c>
       <x:c r="AG21" s="3" t="n">
-        <x:v>181282</x:v>
+        <x:v>183311</x:v>
       </x:c>
       <x:c r="AH21" s="3" t="n">
-        <x:v>185797</x:v>
+        <x:v>189336</x:v>
       </x:c>
       <x:c r="AI21" s="3" t="n">
-        <x:v>167836</x:v>
+        <x:v>170541</x:v>
       </x:c>
       <x:c r="AJ21" s="3" t="n">
-        <x:v>200106</x:v>
+        <x:v>208867</x:v>
       </x:c>
       <x:c r="AK21" s="3" t="n">
-        <x:v>238837</x:v>
+        <x:v>243957</x:v>
       </x:c>
       <x:c r="AL21" s="3" t="n">
-        <x:v>275644</x:v>
+        <x:v>287027</x:v>
       </x:c>
       <x:c r="AM21" s="3" t="n">
-        <x:v>339853</x:v>
+        <x:v>359648</x:v>
       </x:c>
       <x:c r="AN21" s="3" t="n">
-        <x:v>352962</x:v>
+        <x:v>384386</x:v>
       </x:c>
       <x:c r="AO21" s="3" t="n">
-        <x:v>303168</x:v>
+        <x:v>328194</x:v>
       </x:c>
       <x:c r="AP21" s="3" t="n">
-        <x:v>287151</x:v>
+        <x:v>307858</x:v>
       </x:c>
       <x:c r="AQ21" s="3" t="n">
-        <x:v>317841</x:v>
+        <x:v>345169</x:v>
       </x:c>
       <x:c r="AR21" s="3" t="n">
-        <x:v>362924</x:v>
+        <x:v>393144</x:v>
       </x:c>
       <x:c r="AS21" s="3" t="n">
-        <x:v>371054</x:v>
+        <x:v>403107</x:v>
       </x:c>
       <x:c r="AT21" s="3" t="n">
-        <x:v>378543</x:v>
+        <x:v>417254</x:v>
       </x:c>
       <x:c r="AU21" s="3" t="n">
-        <x:v>388764</x:v>
+        <x:v>430719</x:v>
       </x:c>
       <x:c r="AV21" s="3" t="n">
-        <x:v>438017</x:v>
+        <x:v>489085</x:v>
       </x:c>
       <x:c r="AW21" s="3" t="n">
-        <x:v>484767</x:v>
+        <x:v>538911</x:v>
       </x:c>
       <x:c r="AX21" s="3" t="n">
-        <x:v>494967</x:v>
+        <x:v>551369</x:v>
       </x:c>
       <x:c r="AY21" s="3" t="n">
-        <x:v>539730</x:v>
+        <x:v>611258</x:v>
       </x:c>
       <x:c r="AZ21" s="3" t="n">
-        <x:v>535657</x:v>
+        <x:v>609771</x:v>
       </x:c>
       <x:c r="BA21" s="3" t="n">
-        <x:v>579325</x:v>
+        <x:v>665340</x:v>
       </x:c>
       <x:c r="BB21" s="3" t="n">
-        <x:v>620676</x:v>
+        <x:v>702667</x:v>
       </x:c>
       <x:c r="BC21" s="3" t="n">
-        <x:v>621355</x:v>
+        <x:v>680972</x:v>
       </x:c>
       <x:c r="BD21" s="3" t="n">
-        <x:v>594433</x:v>
+        <x:v>677955</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:56">
       <x:c r="A22" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>12406</x:v>
+        <x:v>12456</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
-        <x:v>14291</x:v>
+        <x:v>14345</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
-        <x:v>15152</x:v>
+        <x:v>15215</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
-        <x:v>17762</x:v>
+        <x:v>17832</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
-        <x:v>22235</x:v>
+        <x:v>22314</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
-        <x:v>25854</x:v>
+        <x:v>25936</x:v>
       </x:c>
       <x:c r="H22" s="3" t="n">
-        <x:v>30303</x:v>
+        <x:v>30399</x:v>
       </x:c>
       <x:c r="I22" s="3" t="n">
-        <x:v>36322</x:v>
+        <x:v>36431</x:v>
       </x:c>
       <x:c r="J22" s="3" t="n">
-        <x:v>38038</x:v>
+        <x:v>38151</x:v>
       </x:c>
       <x:c r="K22" s="3" t="n">
-        <x:v>37729</x:v>
+        <x:v>37847</x:v>
       </x:c>
       <x:c r="L22" s="3" t="n">
-        <x:v>41406</x:v>
+        <x:v>41529</x:v>
       </x:c>
       <x:c r="M22" s="3" t="n">
-        <x:v>47272</x:v>
+        <x:v>47423</x:v>
       </x:c>
       <x:c r="N22" s="3" t="n">
-        <x:v>49772</x:v>
+        <x:v>49996</x:v>
       </x:c>
       <x:c r="O22" s="3" t="n">
-        <x:v>51686</x:v>
+        <x:v>51882</x:v>
       </x:c>
       <x:c r="P22" s="3" t="n">
-        <x:v>56508</x:v>
+        <x:v>56714</x:v>
       </x:c>
       <x:c r="Q22" s="3" t="n">
-        <x:v>67121</x:v>
+        <x:v>67334</x:v>
       </x:c>
       <x:c r="R22" s="3" t="n">
-        <x:v>83943</x:v>
+        <x:v>84271</x:v>
       </x:c>
       <x:c r="S22" s="3" t="n">
-        <x:v>87289</x:v>
+        <x:v>87622</x:v>
       </x:c>
       <x:c r="T22" s="3" t="n">
-        <x:v>83154</x:v>
+        <x:v>83546</x:v>
       </x:c>
       <x:c r="U22" s="3" t="n">
-        <x:v>67771</x:v>
+        <x:v>68177</x:v>
       </x:c>
       <x:c r="V22" s="3" t="n">
-        <x:v>67658</x:v>
+        <x:v>68057</x:v>
       </x:c>
       <x:c r="W22" s="3" t="n">
-        <x:v>61567</x:v>
+        <x:v>62017</x:v>
       </x:c>
       <x:c r="X22" s="3" t="n">
-        <x:v>58048</x:v>
+        <x:v>58492</x:v>
       </x:c>
       <x:c r="Y22" s="3" t="n">
-        <x:v>60734</x:v>
+        <x:v>61784</x:v>
       </x:c>
       <x:c r="Z22" s="3" t="n">
-        <x:v>69787</x:v>
+        <x:v>70288</x:v>
       </x:c>
       <x:c r="AA22" s="3" t="n">
-        <x:v>84099</x:v>
+        <x:v>84956</x:v>
       </x:c>
       <x:c r="AB22" s="3" t="n">
-        <x:v>102058</x:v>
+        <x:v>102647</x:v>
       </x:c>
       <x:c r="AC22" s="3" t="n">
-        <x:v>106404</x:v>
+        <x:v>107096</x:v>
       </x:c>
       <x:c r="AD22" s="3" t="n">
-        <x:v>118701</x:v>
+        <x:v>119397</x:v>
       </x:c>
       <x:c r="AE22" s="3" t="n">
-        <x:v>114661</x:v>
+        <x:v>115550</x:v>
       </x:c>
       <x:c r="AF22" s="3" t="n">
-        <x:v>123469</x:v>
+        <x:v>124421</x:v>
       </x:c>
       <x:c r="AG22" s="3" t="n">
-        <x:v>127061</x:v>
+        <x:v>129090</x:v>
       </x:c>
       <x:c r="AH22" s="3" t="n">
-        <x:v>130465</x:v>
+        <x:v>134004</x:v>
       </x:c>
       <x:c r="AI22" s="3" t="n">
-        <x:v>110211</x:v>
+        <x:v>112916</x:v>
       </x:c>
       <x:c r="AJ22" s="3" t="n">
-        <x:v>127496</x:v>
+        <x:v>136257</x:v>
       </x:c>
       <x:c r="AK22" s="3" t="n">
-        <x:v>152296</x:v>
+        <x:v>157416</x:v>
       </x:c>
       <x:c r="AL22" s="3" t="n">
-        <x:v>179817</x:v>
+        <x:v>191200</x:v>
       </x:c>
       <x:c r="AM22" s="3" t="n">
-        <x:v>232405</x:v>
+        <x:v>252200</x:v>
       </x:c>
       <x:c r="AN22" s="3" t="n">
-        <x:v>251652</x:v>
+        <x:v>283076</x:v>
       </x:c>
       <x:c r="AO22" s="3" t="n">
-        <x:v>207857</x:v>
+        <x:v>232883</x:v>
       </x:c>
       <x:c r="AP22" s="3" t="n">
-        <x:v>189178</x:v>
+        <x:v>209885</x:v>
       </x:c>
       <x:c r="AQ22" s="3" t="n">
-        <x:v>196367</x:v>
+        <x:v>223695</x:v>
       </x:c>
       <x:c r="AR22" s="3" t="n">
-        <x:v>222634</x:v>
+        <x:v>252854</x:v>
       </x:c>
       <x:c r="AS22" s="3" t="n">
-        <x:v>218753</x:v>
+        <x:v>250806</x:v>
       </x:c>
       <x:c r="AT22" s="3" t="n">
-        <x:v>223026</x:v>
+        <x:v>261737</x:v>
       </x:c>
       <x:c r="AU22" s="3" t="n">
-        <x:v>223056</x:v>
+        <x:v>265011</x:v>
       </x:c>
       <x:c r="AV22" s="3" t="n">
-        <x:v>256623</x:v>
+        <x:v>307691</x:v>
       </x:c>
       <x:c r="AW22" s="3" t="n">
-        <x:v>284509</x:v>
+        <x:v>338653</x:v>
       </x:c>
       <x:c r="AX22" s="3" t="n">
-        <x:v>301448</x:v>
+        <x:v>357850</x:v>
       </x:c>
       <x:c r="AY22" s="3" t="n">
-        <x:v>342966</x:v>
+        <x:v>414494</x:v>
       </x:c>
       <x:c r="AZ22" s="3" t="n">
-        <x:v>336575</x:v>
+        <x:v>410689</x:v>
       </x:c>
       <x:c r="BA22" s="3" t="n">
-        <x:v>359225</x:v>
+        <x:v>445240</x:v>
       </x:c>
       <x:c r="BB22" s="3" t="n">
-        <x:v>383419</x:v>
+        <x:v>462418</x:v>
       </x:c>
       <x:c r="BC22" s="3" t="n">
-        <x:v>418820</x:v>
+        <x:v>453443</x:v>
       </x:c>
       <x:c r="BD22" s="3" t="n">
-        <x:v>424224</x:v>
+        <x:v>479034</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:56">
       <x:c r="A23" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
         <x:v>782</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
         <x:v>902</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
         <x:v>933</x:v>
       </x:c>
       <x:c r="H23" s="3" t="n">
@@ -4158,290 +4157,290 @@
       <x:c r="Y23" s="3" t="n">
         <x:v>652</x:v>
       </x:c>
       <x:c r="Z23" s="3" t="n">
         <x:v>-526</x:v>
       </x:c>
       <x:c r="AA23" s="3" t="n">
         <x:v>69</x:v>
       </x:c>
       <x:c r="AB23" s="3" t="n">
         <x:v>4173</x:v>
       </x:c>
       <x:c r="AC23" s="3" t="n">
         <x:v>505</x:v>
       </x:c>
       <x:c r="AD23" s="3" t="n">
         <x:v>1606</x:v>
       </x:c>
       <x:c r="AE23" s="3" t="n">
         <x:v>-1802</x:v>
       </x:c>
       <x:c r="AF23" s="3" t="n">
         <x:v>4331</x:v>
       </x:c>
       <x:c r="AG23" s="3" t="n">
-        <x:v>3338</x:v>
+        <x:v>3389</x:v>
       </x:c>
       <x:c r="AH23" s="3" t="n">
-        <x:v>5974</x:v>
+        <x:v>6078</x:v>
       </x:c>
       <x:c r="AI23" s="3" t="n">
-        <x:v>440</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="AJ23" s="3" t="n">
-        <x:v>2858</x:v>
+        <x:v>2966</x:v>
       </x:c>
       <x:c r="AK23" s="3" t="n">
-        <x:v>1990</x:v>
+        <x:v>2248</x:v>
       </x:c>
       <x:c r="AL23" s="3" t="n">
-        <x:v>3594</x:v>
+        <x:v>3841</x:v>
       </x:c>
       <x:c r="AM23" s="3" t="n">
-        <x:v>8104</x:v>
+        <x:v>8588</x:v>
       </x:c>
       <x:c r="AN23" s="3" t="n">
-        <x:v>10070</x:v>
+        <x:v>10701</x:v>
       </x:c>
       <x:c r="AO23" s="3" t="n">
-        <x:v>9912</x:v>
+        <x:v>10661</x:v>
       </x:c>
       <x:c r="AP23" s="3" t="n">
-        <x:v>1520</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="AQ23" s="3" t="n">
-        <x:v>-737</x:v>
+        <x:v>-423</x:v>
       </x:c>
       <x:c r="AR23" s="3" t="n">
-        <x:v>10573</x:v>
+        <x:v>11555</x:v>
       </x:c>
       <x:c r="AS23" s="3" t="n">
-        <x:v>5509</x:v>
+        <x:v>6195</x:v>
       </x:c>
       <x:c r="AT23" s="3" t="n">
-        <x:v>4891</x:v>
+        <x:v>5435</x:v>
       </x:c>
       <x:c r="AU23" s="3" t="n">
-        <x:v>4785</x:v>
+        <x:v>5731</x:v>
       </x:c>
       <x:c r="AV23" s="3" t="n">
-        <x:v>2101</x:v>
+        <x:v>2412</x:v>
       </x:c>
       <x:c r="AW23" s="3" t="n">
-        <x:v>4241</x:v>
+        <x:v>4800</x:v>
       </x:c>
       <x:c r="AX23" s="3" t="n">
-        <x:v>2715</x:v>
+        <x:v>3109</x:v>
       </x:c>
       <x:c r="AY23" s="3" t="n">
-        <x:v>4176</x:v>
+        <x:v>4798</x:v>
       </x:c>
       <x:c r="AZ23" s="3" t="n">
-        <x:v>6326</x:v>
+        <x:v>7401</x:v>
       </x:c>
       <x:c r="BA23" s="3" t="n">
-        <x:v>1941</x:v>
+        <x:v>2667</x:v>
       </x:c>
       <x:c r="BB23" s="3" t="n">
-        <x:v>5072</x:v>
+        <x:v>5963</x:v>
       </x:c>
       <x:c r="BC23" s="3" t="n">
-        <x:v>8022</x:v>
+        <x:v>4178</x:v>
       </x:c>
       <x:c r="BD23" s="3" t="n">
-        <x:v>12293</x:v>
+        <x:v>10556</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:56">
       <x:c r="A24" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>5478</x:v>
+        <x:v>5528</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
-        <x:v>6389</x:v>
+        <x:v>6443</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
-        <x:v>7179</x:v>
+        <x:v>7242</x:v>
       </x:c>
       <x:c r="E24" s="3" t="n">
-        <x:v>8321</x:v>
+        <x:v>8391</x:v>
       </x:c>
       <x:c r="F24" s="3" t="n">
-        <x:v>9620</x:v>
+        <x:v>9699</x:v>
       </x:c>
       <x:c r="G24" s="3" t="n">
-        <x:v>11135</x:v>
+        <x:v>11217</x:v>
       </x:c>
       <x:c r="H24" s="3" t="n">
-        <x:v>13192</x:v>
+        <x:v>13288</x:v>
       </x:c>
       <x:c r="I24" s="3" t="n">
-        <x:v>15459</x:v>
+        <x:v>15568</x:v>
       </x:c>
       <x:c r="J24" s="3" t="n">
-        <x:v>17025</x:v>
+        <x:v>17138</x:v>
       </x:c>
       <x:c r="K24" s="3" t="n">
-        <x:v>18545</x:v>
+        <x:v>18663</x:v>
       </x:c>
       <x:c r="L24" s="3" t="n">
-        <x:v>19422</x:v>
+        <x:v>19545</x:v>
       </x:c>
       <x:c r="M24" s="3" t="n">
-        <x:v>22416</x:v>
+        <x:v>22567</x:v>
       </x:c>
       <x:c r="N24" s="3" t="n">
-        <x:v>24983</x:v>
+        <x:v>25207</x:v>
       </x:c>
       <x:c r="O24" s="3" t="n">
-        <x:v>27635</x:v>
+        <x:v>27831</x:v>
       </x:c>
       <x:c r="P24" s="3" t="n">
-        <x:v>31251</x:v>
+        <x:v>31457</x:v>
       </x:c>
       <x:c r="Q24" s="3" t="n">
-        <x:v>37044</x:v>
+        <x:v>37257</x:v>
       </x:c>
       <x:c r="R24" s="3" t="n">
-        <x:v>45668</x:v>
+        <x:v>45996</x:v>
       </x:c>
       <x:c r="S24" s="3" t="n">
-        <x:v>45078</x:v>
+        <x:v>45411</x:v>
       </x:c>
       <x:c r="T24" s="3" t="n">
-        <x:v>43611</x:v>
+        <x:v>44003</x:v>
       </x:c>
       <x:c r="U24" s="3" t="n">
-        <x:v>37455</x:v>
+        <x:v>37861</x:v>
       </x:c>
       <x:c r="V24" s="3" t="n">
-        <x:v>34633</x:v>
+        <x:v>35032</x:v>
       </x:c>
       <x:c r="W24" s="3" t="n">
-        <x:v>34003</x:v>
+        <x:v>34453</x:v>
       </x:c>
       <x:c r="X24" s="3" t="n">
-        <x:v>31431</x:v>
+        <x:v>31875</x:v>
       </x:c>
       <x:c r="Y24" s="3" t="n">
-        <x:v>35277</x:v>
+        <x:v>36327</x:v>
       </x:c>
       <x:c r="Z24" s="3" t="n">
-        <x:v>42646</x:v>
+        <x:v>43147</x:v>
       </x:c>
       <x:c r="AA24" s="3" t="n">
-        <x:v>49468</x:v>
+        <x:v>50325</x:v>
       </x:c>
       <x:c r="AB24" s="3" t="n">
-        <x:v>58935</x:v>
+        <x:v>59524</x:v>
       </x:c>
       <x:c r="AC24" s="3" t="n">
-        <x:v>64352</x:v>
+        <x:v>65044</x:v>
       </x:c>
       <x:c r="AD24" s="3" t="n">
-        <x:v>72486</x:v>
+        <x:v>73182</x:v>
       </x:c>
       <x:c r="AE24" s="3" t="n">
-        <x:v>73382</x:v>
+        <x:v>74271</x:v>
       </x:c>
       <x:c r="AF24" s="3" t="n">
-        <x:v>76510</x:v>
+        <x:v>77462</x:v>
       </x:c>
       <x:c r="AG24" s="3" t="n">
-        <x:v>78686</x:v>
+        <x:v>80742</x:v>
       </x:c>
       <x:c r="AH24" s="3" t="n">
-        <x:v>75179</x:v>
+        <x:v>78493</x:v>
       </x:c>
       <x:c r="AI24" s="3" t="n">
-        <x:v>64576</x:v>
+        <x:v>66897</x:v>
       </x:c>
       <x:c r="AJ24" s="3" t="n">
-        <x:v>75843</x:v>
+        <x:v>83800</x:v>
       </x:c>
       <x:c r="AK24" s="3" t="n">
-        <x:v>94632</x:v>
+        <x:v>100426</x:v>
       </x:c>
       <x:c r="AL24" s="3" t="n">
-        <x:v>113843</x:v>
+        <x:v>125181</x:v>
       </x:c>
       <x:c r="AM24" s="3" t="n">
-        <x:v>149172</x:v>
+        <x:v>168140</x:v>
       </x:c>
       <x:c r="AN24" s="3" t="n">
-        <x:v>155140</x:v>
+        <x:v>182684</x:v>
       </x:c>
       <x:c r="AO24" s="3" t="n">
-        <x:v>130487</x:v>
+        <x:v>154129</x:v>
       </x:c>
       <x:c r="AP24" s="3" t="n">
-        <x:v>122656</x:v>
+        <x:v>142416</x:v>
       </x:c>
       <x:c r="AQ24" s="3" t="n">
-        <x:v>124735</x:v>
+        <x:v>149319</x:v>
       </x:c>
       <x:c r="AR24" s="3" t="n">
-        <x:v>133859</x:v>
+        <x:v>159338</x:v>
       </x:c>
       <x:c r="AS24" s="3" t="n">
-        <x:v>135372</x:v>
+        <x:v>163381</x:v>
       </x:c>
       <x:c r="AT24" s="3" t="n">
-        <x:v>136974</x:v>
+        <x:v>169676</x:v>
       </x:c>
       <x:c r="AU24" s="3" t="n">
-        <x:v>135224</x:v>
+        <x:v>173079</x:v>
       </x:c>
       <x:c r="AV24" s="3" t="n">
-        <x:v>158031</x:v>
+        <x:v>201918</x:v>
       </x:c>
       <x:c r="AW24" s="3" t="n">
-        <x:v>176857</x:v>
+        <x:v>224358</x:v>
       </x:c>
       <x:c r="AX24" s="3" t="n">
-        <x:v>182608</x:v>
+        <x:v>233745</x:v>
       </x:c>
       <x:c r="AY24" s="3" t="n">
-        <x:v>205140</x:v>
+        <x:v>263882</x:v>
       </x:c>
       <x:c r="AZ24" s="3" t="n">
-        <x:v>205695</x:v>
+        <x:v>268706</x:v>
       </x:c>
       <x:c r="BA24" s="3" t="n">
-        <x:v>232878</x:v>
+        <x:v>308022</x:v>
       </x:c>
       <x:c r="BB24" s="3" t="n">
-        <x:v>252865</x:v>
+        <x:v>316129</x:v>
       </x:c>
       <x:c r="BC24" s="3" t="n">
-        <x:v>260036</x:v>
+        <x:v>300822</x:v>
       </x:c>
       <x:c r="BD24" s="3" t="n">
-        <x:v>257903</x:v>
+        <x:v>319857</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:56">
       <x:c r="A25" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>3307</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>3866</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
         <x:v>3614</x:v>
       </x:c>
       <x:c r="E25" s="3" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="F25" s="3" t="n">
         <x:v>6122</x:v>
       </x:c>
       <x:c r="G25" s="3" t="n">
         <x:v>6878</x:v>
       </x:c>
       <x:c r="H25" s="3" t="n">
@@ -4498,120 +4497,120 @@
       <x:c r="Y25" s="3" t="n">
         <x:v>12908</x:v>
       </x:c>
       <x:c r="Z25" s="3" t="n">
         <x:v>14563</x:v>
       </x:c>
       <x:c r="AA25" s="3" t="n">
         <x:v>19526</x:v>
       </x:c>
       <x:c r="AB25" s="3" t="n">
         <x:v>22097</x:v>
       </x:c>
       <x:c r="AC25" s="3" t="n">
         <x:v>22646</x:v>
       </x:c>
       <x:c r="AD25" s="3" t="n">
         <x:v>26567</x:v>
       </x:c>
       <x:c r="AE25" s="3" t="n">
         <x:v>24460</x:v>
       </x:c>
       <x:c r="AF25" s="3" t="n">
         <x:v>23295</x:v>
       </x:c>
       <x:c r="AG25" s="3" t="n">
-        <x:v>24488</x:v>
+        <x:v>24728</x:v>
       </x:c>
       <x:c r="AH25" s="3" t="n">
-        <x:v>27926</x:v>
+        <x:v>28530</x:v>
       </x:c>
       <x:c r="AI25" s="3" t="n">
-        <x:v>23346</x:v>
+        <x:v>24109</x:v>
       </x:c>
       <x:c r="AJ25" s="3" t="n">
-        <x:v>26014</x:v>
+        <x:v>27164</x:v>
       </x:c>
       <x:c r="AK25" s="3" t="n">
-        <x:v>26919</x:v>
+        <x:v>28651</x:v>
       </x:c>
       <x:c r="AL25" s="3" t="n">
-        <x:v>29390</x:v>
+        <x:v>31736</x:v>
       </x:c>
       <x:c r="AM25" s="3" t="n">
-        <x:v>37286</x:v>
+        <x:v>40905</x:v>
       </x:c>
       <x:c r="AN25" s="3" t="n">
-        <x:v>46311</x:v>
+        <x:v>53542</x:v>
       </x:c>
       <x:c r="AO25" s="3" t="n">
-        <x:v>33047</x:v>
+        <x:v>38088</x:v>
       </x:c>
       <x:c r="AP25" s="3" t="n">
-        <x:v>27366</x:v>
+        <x:v>30957</x:v>
       </x:c>
       <x:c r="AQ25" s="3" t="n">
-        <x:v>30569</x:v>
+        <x:v>34566</x:v>
       </x:c>
       <x:c r="AR25" s="3" t="n">
-        <x:v>32750</x:v>
+        <x:v>38050</x:v>
       </x:c>
       <x:c r="AS25" s="3" t="n">
-        <x:v>31680</x:v>
+        <x:v>36757</x:v>
       </x:c>
       <x:c r="AT25" s="3" t="n">
-        <x:v>34098</x:v>
+        <x:v>40246</x:v>
       </x:c>
       <x:c r="AU25" s="3" t="n">
-        <x:v>31262</x:v>
+        <x:v>37007</x:v>
       </x:c>
       <x:c r="AV25" s="3" t="n">
-        <x:v>37387</x:v>
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="AW25" s="3" t="n">
-        <x:v>37882</x:v>
+        <x:v>45399</x:v>
       </x:c>
       <x:c r="AX25" s="3" t="n">
-        <x:v>40425</x:v>
+        <x:v>49304</x:v>
       </x:c>
       <x:c r="AY25" s="3" t="n">
-        <x:v>51582</x:v>
+        <x:v>65589</x:v>
       </x:c>
       <x:c r="AZ25" s="3" t="n">
-        <x:v>44003</x:v>
+        <x:v>54666</x:v>
       </x:c>
       <x:c r="BA25" s="3" t="n">
-        <x:v>47161</x:v>
+        <x:v>59172</x:v>
       </x:c>
       <x:c r="BB25" s="3" t="n">
-        <x:v>53104</x:v>
+        <x:v>69080</x:v>
       </x:c>
       <x:c r="BC25" s="3" t="n">
-        <x:v>67331</x:v>
+        <x:v>70904</x:v>
       </x:c>
       <x:c r="BD25" s="3" t="n">
-        <x:v>69317</x:v>
+        <x:v>73287</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:56">
       <x:c r="A26" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>3621</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
         <x:v>4036</x:v>
       </x:c>
       <x:c r="D26" s="3" t="n">
         <x:v>4359</x:v>
       </x:c>
       <x:c r="E26" s="3" t="n">
         <x:v>4717</x:v>
       </x:c>
       <x:c r="F26" s="3" t="n">
         <x:v>5591</x:v>
       </x:c>
       <x:c r="G26" s="3" t="n">
         <x:v>6908</x:v>
       </x:c>
       <x:c r="H26" s="3" t="n">
@@ -4668,120 +4667,120 @@
       <x:c r="Y26" s="3" t="n">
         <x:v>11897</x:v>
       </x:c>
       <x:c r="Z26" s="3" t="n">
         <x:v>13104</x:v>
       </x:c>
       <x:c r="AA26" s="3" t="n">
         <x:v>15036</x:v>
       </x:c>
       <x:c r="AB26" s="3" t="n">
         <x:v>16853</x:v>
       </x:c>
       <x:c r="AC26" s="3" t="n">
         <x:v>18901</x:v>
       </x:c>
       <x:c r="AD26" s="3" t="n">
         <x:v>18042</x:v>
       </x:c>
       <x:c r="AE26" s="3" t="n">
         <x:v>18621</x:v>
       </x:c>
       <x:c r="AF26" s="3" t="n">
         <x:v>19333</x:v>
       </x:c>
       <x:c r="AG26" s="3" t="n">
-        <x:v>20549</x:v>
+        <x:v>20231</x:v>
       </x:c>
       <x:c r="AH26" s="3" t="n">
-        <x:v>21386</x:v>
+        <x:v>20903</x:v>
       </x:c>
       <x:c r="AI26" s="3" t="n">
-        <x:v>21849</x:v>
+        <x:v>21415</x:v>
       </x:c>
       <x:c r="AJ26" s="3" t="n">
-        <x:v>22781</x:v>
+        <x:v>22327</x:v>
       </x:c>
       <x:c r="AK26" s="3" t="n">
-        <x:v>28755</x:v>
+        <x:v>26091</x:v>
       </x:c>
       <x:c r="AL26" s="3" t="n">
-        <x:v>32990</x:v>
+        <x:v>30442</x:v>
       </x:c>
       <x:c r="AM26" s="3" t="n">
-        <x:v>37843</x:v>
+        <x:v>34567</x:v>
       </x:c>
       <x:c r="AN26" s="3" t="n">
-        <x:v>40131</x:v>
+        <x:v>36149</x:v>
       </x:c>
       <x:c r="AO26" s="3" t="n">
-        <x:v>34411</x:v>
+        <x:v>30005</x:v>
       </x:c>
       <x:c r="AP26" s="3" t="n">
-        <x:v>37636</x:v>
+        <x:v>34800</x:v>
       </x:c>
       <x:c r="AQ26" s="3" t="n">
-        <x:v>41800</x:v>
+        <x:v>40233</x:v>
       </x:c>
       <x:c r="AR26" s="3" t="n">
-        <x:v>45452</x:v>
+        <x:v>43911</x:v>
       </x:c>
       <x:c r="AS26" s="3" t="n">
-        <x:v>46192</x:v>
+        <x:v>44473</x:v>
       </x:c>
       <x:c r="AT26" s="3" t="n">
-        <x:v>47063</x:v>
+        <x:v>46380</x:v>
       </x:c>
       <x:c r="AU26" s="3" t="n">
-        <x:v>51785</x:v>
+        <x:v>49194</x:v>
       </x:c>
       <x:c r="AV26" s="3" t="n">
-        <x:v>59104</x:v>
+        <x:v>58003</x:v>
       </x:c>
       <x:c r="AW26" s="3" t="n">
-        <x:v>65529</x:v>
+        <x:v>64096</x:v>
       </x:c>
       <x:c r="AX26" s="3" t="n">
-        <x:v>75700</x:v>
+        <x:v>71692</x:v>
       </x:c>
       <x:c r="AY26" s="3" t="n">
-        <x:v>82068</x:v>
+        <x:v>80225</x:v>
       </x:c>
       <x:c r="AZ26" s="3" t="n">
-        <x:v>80551</x:v>
+        <x:v>79916</x:v>
       </x:c>
       <x:c r="BA26" s="3" t="n">
-        <x:v>77245</x:v>
+        <x:v>75379</x:v>
       </x:c>
       <x:c r="BB26" s="3" t="n">
-        <x:v>72378</x:v>
+        <x:v>71246</x:v>
       </x:c>
       <x:c r="BC26" s="3" t="n">
-        <x:v>83432</x:v>
+        <x:v>77539</x:v>
       </x:c>
       <x:c r="BD26" s="3" t="n">
-        <x:v>84710</x:v>
+        <x:v>75334</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:56">
       <x:c r="A27" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>5342</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>6199</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
         <x:v>7068</x:v>
       </x:c>
       <x:c r="E27" s="3" t="n">
         <x:v>7721</x:v>
       </x:c>
       <x:c r="F27" s="3" t="n">
         <x:v>9063</x:v>
       </x:c>
       <x:c r="G27" s="3" t="n">
         <x:v>10915</x:v>
       </x:c>
       <x:c r="H27" s="3" t="n">
@@ -4901,57 +4900,57 @@
       <x:c r="AT27" s="3" t="n">
         <x:v>155517</x:v>
       </x:c>
       <x:c r="AU27" s="3" t="n">
         <x:v>165708</x:v>
       </x:c>
       <x:c r="AV27" s="3" t="n">
         <x:v>181394</x:v>
       </x:c>
       <x:c r="AW27" s="3" t="n">
         <x:v>200258</x:v>
       </x:c>
       <x:c r="AX27" s="3" t="n">
         <x:v>193519</x:v>
       </x:c>
       <x:c r="AY27" s="3" t="n">
         <x:v>196764</x:v>
       </x:c>
       <x:c r="AZ27" s="3" t="n">
         <x:v>199082</x:v>
       </x:c>
       <x:c r="BA27" s="3" t="n">
         <x:v>220100</x:v>
       </x:c>
       <x:c r="BB27" s="3" t="n">
-        <x:v>237257</x:v>
+        <x:v>240249</x:v>
       </x:c>
       <x:c r="BC27" s="3" t="n">
-        <x:v>202535</x:v>
+        <x:v>227529</x:v>
       </x:c>
       <x:c r="BD27" s="3" t="n">
-        <x:v>170209</x:v>
+        <x:v>198921</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:56">
       <x:c r="A28" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>4741</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
         <x:v>5538</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
         <x:v>6475</x:v>
       </x:c>
       <x:c r="E28" s="3" t="n">
         <x:v>6912</x:v>
       </x:c>
       <x:c r="F28" s="3" t="n">
         <x:v>7928</x:v>
       </x:c>
       <x:c r="G28" s="3" t="n">
         <x:v>9437</x:v>
       </x:c>
       <x:c r="H28" s="3" t="n">
@@ -5071,907 +5070,907 @@
       <x:c r="AT28" s="3" t="n">
         <x:v>144637</x:v>
       </x:c>
       <x:c r="AU28" s="3" t="n">
         <x:v>151972</x:v>
       </x:c>
       <x:c r="AV28" s="3" t="n">
         <x:v>165169</x:v>
       </x:c>
       <x:c r="AW28" s="3" t="n">
         <x:v>173845</x:v>
       </x:c>
       <x:c r="AX28" s="3" t="n">
         <x:v>193942</x:v>
       </x:c>
       <x:c r="AY28" s="3" t="n">
         <x:v>214170</x:v>
       </x:c>
       <x:c r="AZ28" s="3" t="n">
         <x:v>217407</x:v>
       </x:c>
       <x:c r="BA28" s="3" t="n">
         <x:v>220457</x:v>
       </x:c>
       <x:c r="BB28" s="3" t="n">
-        <x:v>240029</x:v>
+        <x:v>240971</x:v>
       </x:c>
       <x:c r="BC28" s="3" t="n">
-        <x:v>263864</x:v>
+        <x:v>262355</x:v>
       </x:c>
       <x:c r="BD28" s="3" t="n">
-        <x:v>285678</x:v>
+        <x:v>288807</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:56">
       <x:c r="A29" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E29" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F29" s="3" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G29" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H29" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I29" s="3" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J29" s="3" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K29" s="3" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L29" s="3" t="n">
-        <x:v>22</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M29" s="3" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="N29" s="3" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="O29" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="N29" s="3" t="n">
+      <x:c r="P29" s="3" t="n">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="O29" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="Q29" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R29" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S29" s="3" t="n">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="T29" s="3" t="n">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U29" s="3" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="V29" s="3" t="n">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="W29" s="3" t="n">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="V29" s="3" t="n">
+      <x:c r="X29" s="3" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="Y29" s="3" t="n">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="Z29" s="3" t="n">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="AA29" s="3" t="n">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="AB29" s="3" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="AC29" s="3" t="n">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="W29" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="X29" s="3" t="n">
+      <x:c r="AD29" s="3" t="n">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="Y29" s="3" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="AE29" s="3" t="n">
-        <x:v>102</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="AF29" s="3" t="n">
-        <x:v>107</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="AG29" s="3" t="n">
-        <x:v>110</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="AH29" s="3" t="n">
-        <x:v>126</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="AI29" s="3" t="n">
-        <x:v>137</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="AJ29" s="3" t="n">
-        <x:v>138</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="AK29" s="3" t="n">
-        <x:v>145</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="AL29" s="3" t="n">
-        <x:v>145</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="AM29" s="3" t="n">
-        <x:v>284</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="AN29" s="3" t="n">
-        <x:v>333</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="AO29" s="3" t="n">
-        <x:v>355</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="AP29" s="3" t="n">
-        <x:v>385</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="AQ29" s="3" t="n">
-        <x:v>379</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="AR29" s="3" t="n">
-        <x:v>345</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="AS29" s="3" t="n">
-        <x:v>307</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="AT29" s="3" t="n">
-        <x:v>333</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="AU29" s="3" t="n">
-        <x:v>348</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="AV29" s="3" t="n">
-        <x:v>392</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="AW29" s="3" t="n">
-        <x:v>388</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="AX29" s="3" t="n">
-        <x:v>357</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="AY29" s="3" t="n">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="AZ29" s="3" t="n">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="BA29" s="3" t="n">
-        <x:v>129</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="BB29" s="3" t="n">
-        <x:v>575</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="BC29" s="3" t="n">
-        <x:v>686</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="BD29" s="3" t="n">
-        <x:v>789</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:56">
       <x:c r="A30" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>4498</x:v>
+        <x:v>4529</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
-        <x:v>3672</x:v>
+        <x:v>3683</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
-        <x:v>2614</x:v>
+        <x:v>2604</x:v>
       </x:c>
       <x:c r="E30" s="3" t="n">
-        <x:v>4067</x:v>
+        <x:v>4037</x:v>
       </x:c>
       <x:c r="F30" s="3" t="n">
-        <x:v>7063</x:v>
+        <x:v>7018</x:v>
       </x:c>
       <x:c r="G30" s="3" t="n">
-        <x:v>4607</x:v>
+        <x:v>4368</x:v>
       </x:c>
       <x:c r="H30" s="3" t="n">
-        <x:v>3511</x:v>
+        <x:v>3194</x:v>
       </x:c>
       <x:c r="I30" s="3" t="n">
-        <x:v>1942</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="J30" s="3" t="n">
-        <x:v>-3985</x:v>
+        <x:v>-4534</x:v>
       </x:c>
       <x:c r="K30" s="3" t="n">
-        <x:v>-4487</x:v>
+        <x:v>-5044</x:v>
       </x:c>
       <x:c r="L30" s="3" t="n">
-        <x:v>2031</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="M30" s="3" t="n">
-        <x:v>-697</x:v>
+        <x:v>-1239</x:v>
       </x:c>
       <x:c r="N30" s="3" t="n">
-        <x:v>2457</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="O30" s="3" t="n">
-        <x:v>-10466</x:v>
+        <x:v>-11294</x:v>
       </x:c>
       <x:c r="P30" s="3" t="n">
-        <x:v>1046</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q30" s="3" t="n">
-        <x:v>9655</x:v>
+        <x:v>8887</x:v>
       </x:c>
       <x:c r="R30" s="3" t="n">
-        <x:v>25072</x:v>
+        <x:v>24094</x:v>
       </x:c>
       <x:c r="S30" s="3" t="n">
-        <x:v>16314</x:v>
+        <x:v>15699</x:v>
       </x:c>
       <x:c r="T30" s="3" t="n">
-        <x:v>6363</x:v>
+        <x:v>5162</x:v>
       </x:c>
       <x:c r="U30" s="3" t="n">
-        <x:v>5583</x:v>
+        <x:v>4565</x:v>
       </x:c>
       <x:c r="V30" s="3" t="n">
-        <x:v>14413</x:v>
+        <x:v>13208</x:v>
       </x:c>
       <x:c r="W30" s="3" t="n">
-        <x:v>4388</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="X30" s="3" t="n">
-        <x:v>6101</x:v>
+        <x:v>2449</x:v>
       </x:c>
       <x:c r="Y30" s="3" t="n">
-        <x:v>7245</x:v>
+        <x:v>2543</x:v>
       </x:c>
       <x:c r="Z30" s="3" t="n">
-        <x:v>12436</x:v>
+        <x:v>8320</x:v>
       </x:c>
       <x:c r="AA30" s="3" t="n">
-        <x:v>26569</x:v>
+        <x:v>19753</x:v>
       </x:c>
       <x:c r="AB30" s="3" t="n">
-        <x:v>11290</x:v>
+        <x:v>3133</x:v>
       </x:c>
       <x:c r="AC30" s="3" t="n">
-        <x:v>18719</x:v>
+        <x:v>7040</x:v>
       </x:c>
       <x:c r="AD30" s="3" t="n">
-        <x:v>20249</x:v>
+        <x:v>8268</x:v>
       </x:c>
       <x:c r="AE30" s="3" t="n">
-        <x:v>14173</x:v>
+        <x:v>1779</x:v>
       </x:c>
       <x:c r="AF30" s="3" t="n">
-        <x:v>30356</x:v>
+        <x:v>17446</x:v>
       </x:c>
       <x:c r="AG30" s="3" t="n">
-        <x:v>16359</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="AH30" s="3" t="n">
-        <x:v>14595</x:v>
+        <x:v>-5002</x:v>
       </x:c>
       <x:c r="AI30" s="3" t="n">
-        <x:v>9395</x:v>
+        <x:v>-9760</x:v>
       </x:c>
       <x:c r="AJ30" s="3" t="n">
-        <x:v>34189</x:v>
+        <x:v>7295</x:v>
       </x:c>
       <x:c r="AK30" s="3" t="n">
-        <x:v>42254</x:v>
+        <x:v>15654</x:v>
       </x:c>
       <x:c r="AL30" s="3" t="n">
-        <x:v>67944</x:v>
+        <x:v>32585</x:v>
       </x:c>
       <x:c r="AM30" s="3" t="n">
-        <x:v>84289</x:v>
+        <x:v>43754</x:v>
       </x:c>
       <x:c r="AN30" s="3" t="n">
-        <x:v>86137</x:v>
+        <x:v>43712</x:v>
       </x:c>
       <x:c r="AO30" s="3" t="n">
-        <x:v>27523</x:v>
+        <x:v>-14238</x:v>
       </x:c>
       <x:c r="AP30" s="3" t="n">
-        <x:v>112970</x:v>
+        <x:v>73200</x:v>
       </x:c>
       <x:c r="AQ30" s="3" t="n">
-        <x:v>113818</x:v>
+        <x:v>65787</x:v>
       </x:c>
       <x:c r="AR30" s="3" t="n">
-        <x:v>106056</x:v>
+        <x:v>54020</x:v>
       </x:c>
       <x:c r="AS30" s="3" t="n">
-        <x:v>120079</x:v>
+        <x:v>62153</x:v>
       </x:c>
       <x:c r="AT30" s="3" t="n">
-        <x:v>110369</x:v>
+        <x:v>42468</x:v>
       </x:c>
       <x:c r="AU30" s="3" t="n">
-        <x:v>100734</x:v>
+        <x:v>30149</x:v>
       </x:c>
       <x:c r="AV30" s="3" t="n">
-        <x:v>82741</x:v>
+        <x:v>-3163</x:v>
       </x:c>
       <x:c r="AW30" s="3" t="n">
-        <x:v>105835</x:v>
+        <x:v>18335</x:v>
       </x:c>
       <x:c r="AX30" s="3" t="n">
-        <x:v>141012</x:v>
+        <x:v>39365</x:v>
       </x:c>
       <x:c r="AY30" s="3" t="n">
-        <x:v>106950</x:v>
+        <x:v>-5459</x:v>
       </x:c>
       <x:c r="AZ30" s="3" t="n">
-        <x:v>135374</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="BA30" s="3" t="n">
-        <x:v>92498</x:v>
+        <x:v>-48363</x:v>
       </x:c>
       <x:c r="BB30" s="3" t="n">
-        <x:v>160038</x:v>
+        <x:v>86722</x:v>
       </x:c>
       <x:c r="BC30" s="3" t="n">
-        <x:v>132045</x:v>
+        <x:v>54355</x:v>
       </x:c>
       <x:c r="BD30" s="3" t="n">
-        <x:v>110818</x:v>
+        <x:v>35601</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:56">
       <x:c r="A31" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>30120</x:v>
+        <x:v>30201</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>35135</x:v>
+        <x:v>35200</x:v>
       </x:c>
       <x:c r="D31" s="3" t="n">
-        <x:v>35626</x:v>
+        <x:v>35679</x:v>
       </x:c>
       <x:c r="E31" s="3" t="n">
-        <x:v>43137</x:v>
+        <x:v>43177</x:v>
       </x:c>
       <x:c r="F31" s="3" t="n">
-        <x:v>54886</x:v>
+        <x:v>54920</x:v>
       </x:c>
       <x:c r="G31" s="3" t="n">
-        <x:v>64352</x:v>
+        <x:v>64195</x:v>
       </x:c>
       <x:c r="H31" s="3" t="n">
-        <x:v>76266</x:v>
+        <x:v>76045</x:v>
       </x:c>
       <x:c r="I31" s="3" t="n">
-        <x:v>84203</x:v>
+        <x:v>83909</x:v>
       </x:c>
       <x:c r="J31" s="3" t="n">
-        <x:v>73540</x:v>
+        <x:v>73104</x:v>
       </x:c>
       <x:c r="K31" s="3" t="n">
-        <x:v>77563</x:v>
+        <x:v>77124</x:v>
       </x:c>
       <x:c r="L31" s="3" t="n">
-        <x:v>90841</x:v>
+        <x:v>90247</x:v>
       </x:c>
       <x:c r="M31" s="3" t="n">
-        <x:v>102157</x:v>
+        <x:v>101764</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>117043</x:v>
+        <x:v>116602</x:v>
       </x:c>
       <x:c r="O31" s="3" t="n">
-        <x:v>119499</x:v>
+        <x:v>118865</x:v>
       </x:c>
       <x:c r="P31" s="3" t="n">
-        <x:v>140458</x:v>
+        <x:v>139789</x:v>
       </x:c>
       <x:c r="Q31" s="3" t="n">
-        <x:v>155812</x:v>
+        <x:v>155255</x:v>
       </x:c>
       <x:c r="R31" s="3" t="n">
-        <x:v>192756</x:v>
+        <x:v>192102</x:v>
       </x:c>
       <x:c r="S31" s="3" t="n">
-        <x:v>201246</x:v>
+        <x:v>200960</x:v>
       </x:c>
       <x:c r="T31" s="3" t="n">
-        <x:v>203484</x:v>
+        <x:v>202667</x:v>
       </x:c>
       <x:c r="U31" s="3" t="n">
-        <x:v>195911</x:v>
+        <x:v>195287</x:v>
       </x:c>
       <x:c r="V31" s="3" t="n">
-        <x:v>185700</x:v>
+        <x:v>184886</x:v>
       </x:c>
       <x:c r="W31" s="3" t="n">
-        <x:v>176289</x:v>
+        <x:v>173923</x:v>
       </x:c>
       <x:c r="X31" s="3" t="n">
-        <x:v>175917</x:v>
+        <x:v>172699</x:v>
       </x:c>
       <x:c r="Y31" s="3" t="n">
-        <x:v>189521</x:v>
+        <x:v>185859</x:v>
       </x:c>
       <x:c r="Z31" s="3" t="n">
-        <x:v>206535</x:v>
+        <x:v>202910</x:v>
       </x:c>
       <x:c r="AA31" s="3" t="n">
-        <x:v>233134</x:v>
+        <x:v>227155</x:v>
       </x:c>
       <x:c r="AB31" s="3" t="n">
-        <x:v>241529</x:v>
+        <x:v>233935</x:v>
       </x:c>
       <x:c r="AC31" s="3" t="n">
-        <x:v>287606</x:v>
+        <x:v>276585</x:v>
       </x:c>
       <x:c r="AD31" s="3" t="n">
-        <x:v>328762</x:v>
+        <x:v>317447</x:v>
       </x:c>
       <x:c r="AE31" s="3" t="n">
-        <x:v>311285</x:v>
+        <x:v>299748</x:v>
       </x:c>
       <x:c r="AF31" s="3" t="n">
-        <x:v>329263</x:v>
+        <x:v>317269</x:v>
       </x:c>
       <x:c r="AG31" s="3" t="n">
-        <x:v>321962</x:v>
+        <x:v>309415</x:v>
       </x:c>
       <x:c r="AH31" s="3" t="n">
-        <x:v>317994</x:v>
+        <x:v>302495</x:v>
       </x:c>
       <x:c r="AI31" s="3" t="n">
-        <x:v>315537</x:v>
+        <x:v>300232</x:v>
       </x:c>
       <x:c r="AJ31" s="3" t="n">
-        <x:v>384616</x:v>
+        <x:v>368011</x:v>
       </x:c>
       <x:c r="AK31" s="3" t="n">
-        <x:v>447782</x:v>
+        <x:v>428290</x:v>
       </x:c>
       <x:c r="AL31" s="3" t="n">
-        <x:v>532396</x:v>
+        <x:v>511489</x:v>
       </x:c>
       <x:c r="AM31" s="3" t="n">
-        <x:v>639011</x:v>
+        <x:v>622389</x:v>
       </x:c>
       <x:c r="AN31" s="3" t="n">
-        <x:v>676069</x:v>
+        <x:v>669728</x:v>
       </x:c>
       <x:c r="AO31" s="3" t="n">
-        <x:v>592745</x:v>
+        <x:v>582440</x:v>
       </x:c>
       <x:c r="AP31" s="3" t="n">
-        <x:v>651043</x:v>
+        <x:v>638674</x:v>
       </x:c>
       <x:c r="AQ31" s="3" t="n">
-        <x:v>715014</x:v>
+        <x:v>703177</x:v>
       </x:c>
       <x:c r="AR31" s="3" t="n">
-        <x:v>771784</x:v>
+        <x:v>760130</x:v>
       </x:c>
       <x:c r="AS31" s="3" t="n">
-        <x:v>844515</x:v>
+        <x:v>830731</x:v>
       </x:c>
       <x:c r="AT31" s="3" t="n">
-        <x:v>860319</x:v>
+        <x:v>844517</x:v>
       </x:c>
       <x:c r="AU31" s="3" t="n">
-        <x:v>842609</x:v>
+        <x:v>826394</x:v>
       </x:c>
       <x:c r="AV31" s="3" t="n">
-        <x:v>863965</x:v>
+        <x:v>842401</x:v>
       </x:c>
       <x:c r="AW31" s="3" t="n">
-        <x:v>915609</x:v>
+        <x:v>894110</x:v>
       </x:c>
       <x:c r="AX31" s="3" t="n">
-        <x:v>991673</x:v>
+        <x:v>959707</x:v>
       </x:c>
       <x:c r="AY31" s="3" t="n">
-        <x:v>1065105</x:v>
+        <x:v>1042179</x:v>
       </x:c>
       <x:c r="AZ31" s="3" t="n">
-        <x:v>1085277</x:v>
+        <x:v>1044583</x:v>
       </x:c>
       <x:c r="BA31" s="3" t="n">
-        <x:v>1084790</x:v>
+        <x:v>1048991</x:v>
       </x:c>
       <x:c r="BB31" s="3" t="n">
-        <x:v>1214101</x:v>
+        <x:v>1246189</x:v>
       </x:c>
       <x:c r="BC31" s="3" t="n">
-        <x:v>1237361</x:v>
+        <x:v>1252418</x:v>
       </x:c>
       <x:c r="BD31" s="3" t="n">
-        <x:v>1254227</x:v>
+        <x:v>1271524</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:56">
       <x:c r="A32" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>92101</x:v>
+        <x:v>91761</x:v>
       </x:c>
       <x:c r="C32" s="3" t="n">
-        <x:v>105513</x:v>
+        <x:v>105215</x:v>
       </x:c>
       <x:c r="D32" s="3" t="n">
-        <x:v>113497</x:v>
+        <x:v>113139</x:v>
       </x:c>
       <x:c r="E32" s="3" t="n">
-        <x:v>130427</x:v>
+        <x:v>130031</x:v>
       </x:c>
       <x:c r="F32" s="3" t="n">
-        <x:v>154412</x:v>
+        <x:v>154041</x:v>
       </x:c>
       <x:c r="G32" s="3" t="n">
-        <x:v>181788</x:v>
+        <x:v>181339</x:v>
       </x:c>
       <x:c r="H32" s="3" t="n">
-        <x:v>212510</x:v>
+        <x:v>212073</x:v>
       </x:c>
       <x:c r="I32" s="3" t="n">
-        <x:v>241078</x:v>
+        <x:v>240567</x:v>
       </x:c>
       <x:c r="J32" s="3" t="n">
-        <x:v>243530</x:v>
+        <x:v>242925</x:v>
       </x:c>
       <x:c r="K32" s="3" t="n">
-        <x:v>263404</x:v>
+        <x:v>262686</x:v>
       </x:c>
       <x:c r="L32" s="3" t="n">
-        <x:v>299910</x:v>
+        <x:v>298978</x:v>
       </x:c>
       <x:c r="M32" s="3" t="n">
-        <x:v>339517</x:v>
+        <x:v>338718</x:v>
       </x:c>
       <x:c r="N32" s="3" t="n">
-        <x:v>384631</x:v>
+        <x:v>383757</x:v>
       </x:c>
       <x:c r="O32" s="3" t="n">
-        <x:v>415533</x:v>
+        <x:v>414438</x:v>
       </x:c>
       <x:c r="P32" s="3" t="n">
-        <x:v>463239</x:v>
+        <x:v>462099</x:v>
       </x:c>
       <x:c r="Q32" s="3" t="n">
-        <x:v>522950</x:v>
+        <x:v>521836</x:v>
       </x:c>
       <x:c r="R32" s="3" t="n">
-        <x:v>602964</x:v>
+        <x:v>601699</x:v>
       </x:c>
       <x:c r="S32" s="3" t="n">
-        <x:v>650223</x:v>
+        <x:v>649125</x:v>
       </x:c>
       <x:c r="T32" s="3" t="n">
-        <x:v>669691</x:v>
+        <x:v>668149</x:v>
       </x:c>
       <x:c r="U32" s="3" t="n">
-        <x:v>685793</x:v>
+        <x:v>684212</x:v>
       </x:c>
       <x:c r="V32" s="3" t="n">
-        <x:v>704344</x:v>
+        <x:v>702968</x:v>
       </x:c>
       <x:c r="W32" s="3" t="n">
-        <x:v>730120</x:v>
+        <x:v>726801</x:v>
       </x:c>
       <x:c r="X32" s="3" t="n">
-        <x:v>760396</x:v>
+        <x:v>756422</x:v>
       </x:c>
       <x:c r="Y32" s="3" t="n">
-        <x:v>802910</x:v>
+        <x:v>798763</x:v>
       </x:c>
       <x:c r="Z32" s="3" t="n">
-        <x:v>844722</x:v>
+        <x:v>840554</x:v>
       </x:c>
       <x:c r="AA32" s="3" t="n">
-        <x:v>905945</x:v>
+        <x:v>901595</x:v>
       </x:c>
       <x:c r="AB32" s="3" t="n">
-        <x:v>963303</x:v>
+        <x:v>957959</x:v>
       </x:c>
       <x:c r="AC32" s="3" t="n">
-        <x:v>1050965</x:v>
+        <x:v>1042538</x:v>
       </x:c>
       <x:c r="AD32" s="3" t="n">
-        <x:v>1141728</x:v>
+        <x:v>1133430</x:v>
       </x:c>
       <x:c r="AE32" s="3" t="n">
-        <x:v>1174437</x:v>
+        <x:v>1167404</x:v>
       </x:c>
       <x:c r="AF32" s="3" t="n">
-        <x:v>1253889</x:v>
+        <x:v>1248130</x:v>
       </x:c>
       <x:c r="AG32" s="3" t="n">
-        <x:v>1303314</x:v>
+        <x:v>1299390</x:v>
       </x:c>
       <x:c r="AH32" s="3" t="n">
-        <x:v>1354225</x:v>
+        <x:v>1351970</x:v>
       </x:c>
       <x:c r="AI32" s="3" t="n">
-        <x:v>1412578</x:v>
+        <x:v>1413355</x:v>
       </x:c>
       <x:c r="AJ32" s="3" t="n">
-        <x:v>1545861</x:v>
+        <x:v>1550897</x:v>
       </x:c>
       <x:c r="AK32" s="3" t="n">
-        <x:v>1669231</x:v>
+        <x:v>1680568</x:v>
       </x:c>
       <x:c r="AL32" s="3" t="n">
-        <x:v>1837414</x:v>
+        <x:v>1857861</x:v>
       </x:c>
       <x:c r="AM32" s="3" t="n">
-        <x:v>2030382</x:v>
+        <x:v>2062134</x:v>
       </x:c>
       <x:c r="AN32" s="3" t="n">
-        <x:v>2159306</x:v>
+        <x:v>2199794</x:v>
       </x:c>
       <x:c r="AO32" s="3" t="n">
-        <x:v>2143144</x:v>
+        <x:v>2186728</x:v>
       </x:c>
       <x:c r="AP32" s="3" t="n">
-        <x:v>2291120</x:v>
+        <x:v>2340044</x:v>
       </x:c>
       <x:c r="AQ32" s="3" t="n">
-        <x:v>2424299</x:v>
+        <x:v>2480740</x:v>
       </x:c>
       <x:c r="AR32" s="3" t="n">
-        <x:v>2563193</x:v>
+        <x:v>2628428</x:v>
       </x:c>
       <x:c r="AS32" s="3" t="n">
-        <x:v>2727226</x:v>
+        <x:v>2803671</x:v>
       </x:c>
       <x:c r="AT32" s="3" t="n">
-        <x:v>2835546</x:v>
+        <x:v>2917669</x:v>
       </x:c>
       <x:c r="AU32" s="3" t="n">
-        <x:v>2919882</x:v>
+        <x:v>3013808</x:v>
       </x:c>
       <x:c r="AV32" s="3" t="n">
-        <x:v>3030050</x:v>
+        <x:v>3128656</x:v>
       </x:c>
       <x:c r="AW32" s="3" t="n">
-        <x:v>3178356</x:v>
+        <x:v>3288252</x:v>
       </x:c>
       <x:c r="AX32" s="3" t="n">
-        <x:v>3346288</x:v>
+        <x:v>3459323</x:v>
       </x:c>
       <x:c r="AY32" s="3" t="n">
-        <x:v>3511112</x:v>
+        <x:v>3639652</x:v>
       </x:c>
       <x:c r="AZ32" s="3" t="n">
-        <x:v>3493881</x:v>
+        <x:v>3623506</x:v>
       </x:c>
       <x:c r="BA32" s="3" t="n">
-        <x:v>3681832</x:v>
+        <x:v>3832452</x:v>
       </x:c>
       <x:c r="BB32" s="3" t="n">
-        <x:v>4105324</x:v>
+        <x:v>4318492</x:v>
       </x:c>
       <x:c r="BC32" s="3" t="n">
-        <x:v>4312840</x:v>
+        <x:v>4487483</x:v>
       </x:c>
       <x:c r="BD32" s="3" t="n">
-        <x:v>4488832</x:v>
+        <x:v>4669944</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:56">
       <x:c r="A33" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>84470</x:v>
+        <x:v>84099</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>96406</x:v>
+        <x:v>96097</x:v>
       </x:c>
       <x:c r="D33" s="3" t="n">
-        <x:v>106566</x:v>
+        <x:v>106218</x:v>
       </x:c>
       <x:c r="E33" s="3" t="n">
-        <x:v>119685</x:v>
+        <x:v>119319</x:v>
       </x:c>
       <x:c r="F33" s="3" t="n">
-        <x:v>138752</x:v>
+        <x:v>138426</x:v>
       </x:c>
       <x:c r="G33" s="3" t="n">
-        <x:v>163642</x:v>
+        <x:v>163432</x:v>
       </x:c>
       <x:c r="H33" s="3" t="n">
-        <x:v>189851</x:v>
+        <x:v>189731</x:v>
       </x:c>
       <x:c r="I33" s="3" t="n">
-        <x:v>219616</x:v>
+        <x:v>219508</x:v>
       </x:c>
       <x:c r="J33" s="3" t="n">
-        <x:v>237841</x:v>
+        <x:v>237785</x:v>
       </x:c>
       <x:c r="K33" s="3" t="n">
-        <x:v>253651</x:v>
+        <x:v>253490</x:v>
       </x:c>
       <x:c r="L33" s="3" t="n">
-        <x:v>284644</x:v>
+        <x:v>284429</x:v>
       </x:c>
       <x:c r="M33" s="3" t="n">
-        <x:v>321953</x:v>
+        <x:v>321698</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>357901</x:v>
+        <x:v>357692</x:v>
       </x:c>
       <x:c r="O33" s="3" t="n">
-        <x:v>391272</x:v>
+        <x:v>391007</x:v>
       </x:c>
       <x:c r="P33" s="3" t="n">
-        <x:v>424691</x:v>
+        <x:v>424426</x:v>
       </x:c>
       <x:c r="Q33" s="3" t="n">
-        <x:v>482277</x:v>
+        <x:v>481933</x:v>
       </x:c>
       <x:c r="R33" s="3" t="n">
-        <x:v>550230</x:v>
+        <x:v>549947</x:v>
       </x:c>
       <x:c r="S33" s="3" t="n">
-        <x:v>602042</x:v>
+        <x:v>601563</x:v>
       </x:c>
       <x:c r="T33" s="3" t="n">
-        <x:v>620916</x:v>
+        <x:v>620583</x:v>
       </x:c>
       <x:c r="U33" s="3" t="n">
-        <x:v>625021</x:v>
+        <x:v>624470</x:v>
       </x:c>
       <x:c r="V33" s="3" t="n">
-        <x:v>648222</x:v>
+        <x:v>648059</x:v>
       </x:c>
       <x:c r="W33" s="3" t="n">
-        <x:v>676975</x:v>
+        <x:v>676472</x:v>
       </x:c>
       <x:c r="X33" s="3" t="n">
-        <x:v>703453</x:v>
+        <x:v>703141</x:v>
       </x:c>
       <x:c r="Y33" s="3" t="n">
-        <x:v>731357</x:v>
+        <x:v>731922</x:v>
       </x:c>
       <x:c r="Z33" s="3" t="n">
-        <x:v>772003</x:v>
+        <x:v>771961</x:v>
       </x:c>
       <x:c r="AA33" s="3" t="n">
-        <x:v>826795</x:v>
+        <x:v>829281</x:v>
       </x:c>
       <x:c r="AB33" s="3" t="n">
-        <x:v>897688</x:v>
+        <x:v>900527</x:v>
       </x:c>
       <x:c r="AC33" s="3" t="n">
-        <x:v>955900</x:v>
+        <x:v>959186</x:v>
       </x:c>
       <x:c r="AD33" s="3" t="n">
-        <x:v>1026049</x:v>
+        <x:v>1029762</x:v>
       </x:c>
       <x:c r="AE33" s="3" t="n">
-        <x:v>1075623</x:v>
+        <x:v>1081016</x:v>
       </x:c>
       <x:c r="AF33" s="3" t="n">
-        <x:v>1147256</x:v>
+        <x:v>1154443</x:v>
       </x:c>
       <x:c r="AG33" s="3" t="n">
-        <x:v>1215503</x:v>
+        <x:v>1226155</x:v>
       </x:c>
       <x:c r="AH33" s="3" t="n">
-        <x:v>1278998</x:v>
+        <x:v>1295781</x:v>
       </x:c>
       <x:c r="AI33" s="3" t="n">
-        <x:v>1328438</x:v>
+        <x:v>1347225</x:v>
       </x:c>
       <x:c r="AJ33" s="3" t="n">
-        <x:v>1429841</x:v>
+        <x:v>1460243</x:v>
       </x:c>
       <x:c r="AK33" s="3" t="n">
-        <x:v>1529681</x:v>
+        <x:v>1565630</x:v>
       </x:c>
       <x:c r="AL33" s="3" t="n">
-        <x:v>1659275</x:v>
+        <x:v>1712012</x:v>
       </x:c>
       <x:c r="AM33" s="3" t="n">
-        <x:v>1821198</x:v>
+        <x:v>1889367</x:v>
       </x:c>
       <x:c r="AN33" s="3" t="n">
-        <x:v>1937095</x:v>
+        <x:v>2015348</x:v>
       </x:c>
       <x:c r="AO33" s="3" t="n">
-        <x:v>1964470</x:v>
+        <x:v>2043385</x:v>
       </x:c>
       <x:c r="AP33" s="3" t="n">
-        <x:v>2034671</x:v>
+        <x:v>2116671</x:v>
       </x:c>
       <x:c r="AQ33" s="3" t="n">
-        <x:v>2140217</x:v>
+        <x:v>2235823</x:v>
       </x:c>
       <x:c r="AR33" s="3" t="n">
-        <x:v>2269405</x:v>
+        <x:v>2376514</x:v>
       </x:c>
       <x:c r="AS33" s="3" t="n">
-        <x:v>2385559</x:v>
+        <x:v>2507841</x:v>
       </x:c>
       <x:c r="AT33" s="3" t="n">
-        <x:v>2498407</x:v>
+        <x:v>2635043</x:v>
       </x:c>
       <x:c r="AU33" s="3" t="n">
-        <x:v>2618009</x:v>
+        <x:v>2770105</x:v>
       </x:c>
       <x:c r="AV33" s="3" t="n">
-        <x:v>2769271</x:v>
+        <x:v>2940509</x:v>
       </x:c>
       <x:c r="AW33" s="3" t="n">
-        <x:v>2921359</x:v>
+        <x:v>3106898</x:v>
       </x:c>
       <x:c r="AX33" s="3" t="n">
-        <x:v>3043524</x:v>
+        <x:v>3244927</x:v>
       </x:c>
       <x:c r="AY33" s="3" t="n">
-        <x:v>3199907</x:v>
+        <x:v>3422901</x:v>
       </x:c>
       <x:c r="AZ33" s="3" t="n">
-        <x:v>3161668</x:v>
+        <x:v>3406101</x:v>
       </x:c>
       <x:c r="BA33" s="3" t="n">
-        <x:v>3396824</x:v>
+        <x:v>3669258</x:v>
       </x:c>
       <x:c r="BB33" s="3" t="n">
-        <x:v>3751928</x:v>
+        <x:v>4015941</x:v>
       </x:c>
       <x:c r="BC33" s="3" t="n">
-        <x:v>3960698</x:v>
+        <x:v>4178392</x:v>
       </x:c>
       <x:c r="BD33" s="3" t="n">
-        <x:v>4114717</x:v>
+        <x:v>4365182</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:56">
       <x:c r="A34" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>19117</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
         <x:v>22476</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
         <x:v>25645</x:v>
       </x:c>
       <x:c r="E34" s="3" t="n">
         <x:v>28913</x:v>
       </x:c>
       <x:c r="F34" s="3" t="n">
         <x:v>33706</x:v>
       </x:c>
       <x:c r="G34" s="3" t="n">
         <x:v>40602</x:v>
       </x:c>
       <x:c r="H34" s="3" t="n">
@@ -6010,138 +6009,138 @@
       <x:c r="S34" s="3" t="n">
         <x:v>157512</x:v>
       </x:c>
       <x:c r="T34" s="3" t="n">
         <x:v>168166</x:v>
       </x:c>
       <x:c r="U34" s="3" t="n">
         <x:v>178044</x:v>
       </x:c>
       <x:c r="V34" s="3" t="n">
         <x:v>188693</x:v>
       </x:c>
       <x:c r="W34" s="3" t="n">
         <x:v>205941</x:v>
       </x:c>
       <x:c r="X34" s="3" t="n">
         <x:v>219827</x:v>
       </x:c>
       <x:c r="Y34" s="3" t="n">
         <x:v>225515</x:v>
       </x:c>
       <x:c r="Z34" s="3" t="n">
         <x:v>232628</x:v>
       </x:c>
       <x:c r="AA34" s="3" t="n">
-        <x:v>241855</x:v>
+        <x:v>243640</x:v>
       </x:c>
       <x:c r="AB34" s="3" t="n">
-        <x:v>256757</x:v>
+        <x:v>258659</x:v>
       </x:c>
       <x:c r="AC34" s="3" t="n">
-        <x:v>277146</x:v>
+        <x:v>279165</x:v>
       </x:c>
       <x:c r="AD34" s="3" t="n">
-        <x:v>302208</x:v>
+        <x:v>304455</x:v>
       </x:c>
       <x:c r="AE34" s="3" t="n">
-        <x:v>320813</x:v>
+        <x:v>323298</x:v>
       </x:c>
       <x:c r="AF34" s="3" t="n">
-        <x:v>336109</x:v>
+        <x:v>338850</x:v>
       </x:c>
       <x:c r="AG34" s="3" t="n">
-        <x:v>366711</x:v>
+        <x:v>369523</x:v>
       </x:c>
       <x:c r="AH34" s="3" t="n">
-        <x:v>395237</x:v>
+        <x:v>398654</x:v>
       </x:c>
       <x:c r="AI34" s="3" t="n">
-        <x:v>419910</x:v>
+        <x:v>423918</x:v>
       </x:c>
       <x:c r="AJ34" s="3" t="n">
-        <x:v>439417</x:v>
+        <x:v>443342</x:v>
       </x:c>
       <x:c r="AK34" s="3" t="n">
-        <x:v>456290</x:v>
+        <x:v>460495</x:v>
       </x:c>
       <x:c r="AL34" s="3" t="n">
-        <x:v>491719</x:v>
+        <x:v>496061</x:v>
       </x:c>
       <x:c r="AM34" s="3" t="n">
-        <x:v>530131</x:v>
+        <x:v>535544</x:v>
       </x:c>
       <x:c r="AN34" s="3" t="n">
-        <x:v>583381</x:v>
+        <x:v>589137</x:v>
       </x:c>
       <x:c r="AO34" s="3" t="n">
-        <x:v>635417</x:v>
+        <x:v>639594</x:v>
       </x:c>
       <x:c r="AP34" s="3" t="n">
-        <x:v>660470</x:v>
+        <x:v>664870</x:v>
       </x:c>
       <x:c r="AQ34" s="3" t="n">
-        <x:v>697287</x:v>
+        <x:v>701035</x:v>
       </x:c>
       <x:c r="AR34" s="3" t="n">
-        <x:v>729876</x:v>
+        <x:v>735800</x:v>
       </x:c>
       <x:c r="AS34" s="3" t="n">
-        <x:v>780117</x:v>
+        <x:v>787183</x:v>
       </x:c>
       <x:c r="AT34" s="3" t="n">
-        <x:v>831462</x:v>
+        <x:v>837223</x:v>
       </x:c>
       <x:c r="AU34" s="3" t="n">
-        <x:v>874977</x:v>
+        <x:v>881791</x:v>
       </x:c>
       <x:c r="AV34" s="3" t="n">
-        <x:v>919836</x:v>
+        <x:v>926097</x:v>
       </x:c>
       <x:c r="AW34" s="3" t="n">
-        <x:v>964935</x:v>
+        <x:v>971426</x:v>
       </x:c>
       <x:c r="AX34" s="3" t="n">
-        <x:v>1020595</x:v>
+        <x:v>1026623</x:v>
       </x:c>
       <x:c r="AY34" s="3" t="n">
-        <x:v>1081158</x:v>
+        <x:v>1087015</x:v>
       </x:c>
       <x:c r="AZ34" s="3" t="n">
-        <x:v>1122057</x:v>
+        <x:v>1129633</x:v>
       </x:c>
       <x:c r="BA34" s="3" t="n">
-        <x:v>1191151</x:v>
+        <x:v>1199522</x:v>
       </x:c>
       <x:c r="BB34" s="3" t="n">
-        <x:v>1274752</x:v>
+        <x:v>1286930</x:v>
       </x:c>
       <x:c r="BC34" s="3" t="n">
-        <x:v>1380328</x:v>
+        <x:v>1386383</x:v>
       </x:c>
       <x:c r="BD34" s="3" t="n">
-        <x:v>1469590</x:v>
+        <x:v>1476635</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:56">
       <x:c r="A35" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>32191</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>34555</x:v>
       </x:c>
       <x:c r="D35" s="3" t="n">
         <x:v>38723</x:v>
       </x:c>
       <x:c r="E35" s="3" t="n">
         <x:v>47220</x:v>
       </x:c>
       <x:c r="F35" s="3" t="n">
         <x:v>58217</x:v>
       </x:c>
       <x:c r="G35" s="3" t="n">
         <x:v>60564</x:v>
       </x:c>
       <x:c r="H35" s="3" t="n">
@@ -6216,102 +6215,102 @@
       <x:c r="AE35" s="3" t="n">
         <x:v>486152</x:v>
       </x:c>
       <x:c r="AF35" s="3" t="n">
         <x:v>688357</x:v>
       </x:c>
       <x:c r="AG35" s="3" t="n">
         <x:v>704786</x:v>
       </x:c>
       <x:c r="AH35" s="3" t="n">
         <x:v>632992</x:v>
       </x:c>
       <x:c r="AI35" s="3" t="n">
         <x:v>644316</x:v>
       </x:c>
       <x:c r="AJ35" s="3" t="n">
         <x:v>735100</x:v>
       </x:c>
       <x:c r="AK35" s="3" t="n">
         <x:v>867554</x:v>
       </x:c>
       <x:c r="AL35" s="3" t="n">
         <x:v>990898</x:v>
       </x:c>
       <x:c r="AM35" s="3" t="n">
-        <x:v>1013873</x:v>
+        <x:v>1015854</x:v>
       </x:c>
       <x:c r="AN35" s="3" t="n">
-        <x:v>1211901</x:v>
+        <x:v>1215864</x:v>
       </x:c>
       <x:c r="AO35" s="3" t="n">
-        <x:v>971253</x:v>
+        <x:v>976538</x:v>
       </x:c>
       <x:c r="AP35" s="3" t="n">
-        <x:v>1046057</x:v>
+        <x:v>1052663</x:v>
       </x:c>
       <x:c r="AQ35" s="3" t="n">
-        <x:v>1170652</x:v>
+        <x:v>1178578</x:v>
       </x:c>
       <x:c r="AR35" s="3" t="n">
-        <x:v>1231627</x:v>
+        <x:v>1240874</x:v>
       </x:c>
       <x:c r="AS35" s="3" t="n">
-        <x:v>1231848</x:v>
+        <x:v>1242417</x:v>
       </x:c>
       <x:c r="AT35" s="3" t="n">
-        <x:v>1256100</x:v>
+        <x:v>1267988</x:v>
       </x:c>
       <x:c r="AU35" s="3" t="n">
-        <x:v>1207474</x:v>
+        <x:v>1220682</x:v>
       </x:c>
       <x:c r="AV35" s="3" t="n">
-        <x:v>1119846</x:v>
+        <x:v>1129406</x:v>
       </x:c>
       <x:c r="AW35" s="3" t="n">
-        <x:v>1220651</x:v>
+        <x:v>1230227</x:v>
       </x:c>
       <x:c r="AX35" s="3" t="n">
-        <x:v>1367006</x:v>
+        <x:v>1379026</x:v>
       </x:c>
       <x:c r="AY35" s="3" t="n">
-        <x:v>1317951</x:v>
+        <x:v>1332623</x:v>
       </x:c>
       <x:c r="AZ35" s="3" t="n">
-        <x:v>1114985</x:v>
+        <x:v>1128226</x:v>
       </x:c>
       <x:c r="BA35" s="3" t="n">
-        <x:v>1860860</x:v>
+        <x:v>1872153</x:v>
       </x:c>
       <x:c r="BB35" s="3" t="n">
-        <x:v>3181752</x:v>
+        <x:v>3179965</x:v>
       </x:c>
       <x:c r="BC35" s="3" t="n">
-        <x:v>2444264</x:v>
+        <x:v>2461728</x:v>
       </x:c>
       <x:c r="BD35" s="3" t="n">
-        <x:v>2467957</x:v>
+        <x:v>2475143</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:56">
       <x:c r="A36" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>13574</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
         <x:v>14473</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
         <x:v>16075</x:v>
       </x:c>
       <x:c r="E36" s="3" t="n">
         <x:v>19486</x:v>
       </x:c>
       <x:c r="F36" s="3" t="n">
         <x:v>25127</x:v>
       </x:c>
       <x:c r="G36" s="3" t="n">
         <x:v>24247</x:v>
       </x:c>
       <x:c r="H36" s="3" t="n">
@@ -6434,54 +6433,54 @@
       <x:c r="AU36" s="3" t="n">
         <x:v>388780</x:v>
       </x:c>
       <x:c r="AV36" s="3" t="n">
         <x:v>360681</x:v>
       </x:c>
       <x:c r="AW36" s="3" t="n">
         <x:v>381029</x:v>
       </x:c>
       <x:c r="AX36" s="3" t="n">
         <x:v>408295</x:v>
       </x:c>
       <x:c r="AY36" s="3" t="n">
         <x:v>429278</x:v>
       </x:c>
       <x:c r="AZ36" s="3" t="n">
         <x:v>410625</x:v>
       </x:c>
       <x:c r="BA36" s="3" t="n">
         <x:v>493205</x:v>
       </x:c>
       <x:c r="BB36" s="3" t="n">
         <x:v>631870</x:v>
       </x:c>
       <x:c r="BC36" s="3" t="n">
-        <x:v>665296</x:v>
+        <x:v>658588</x:v>
       </x:c>
       <x:c r="BD36" s="3" t="n">
-        <x:v>669190</x:v>
+        <x:v>671680</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:56">
       <x:c r="A37" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
         <x:v>366</x:v>
       </x:c>
       <x:c r="E37" s="3" t="n">
         <x:v>553</x:v>
       </x:c>
       <x:c r="F37" s="3" t="n">
         <x:v>1221</x:v>
       </x:c>
       <x:c r="G37" s="3" t="n">
         <x:v>4022</x:v>
       </x:c>
       <x:c r="H37" s="3" t="n">
@@ -6604,54 +6603,54 @@
       <x:c r="AU37" s="3" t="n">
         <x:v>460291</x:v>
       </x:c>
       <x:c r="AV37" s="3" t="n">
         <x:v>387850</x:v>
       </x:c>
       <x:c r="AW37" s="3" t="n">
         <x:v>479187</x:v>
       </x:c>
       <x:c r="AX37" s="3" t="n">
         <x:v>593230</x:v>
       </x:c>
       <x:c r="AY37" s="3" t="n">
         <x:v>488128</x:v>
       </x:c>
       <x:c r="AZ37" s="3" t="n">
         <x:v>369020</x:v>
       </x:c>
       <x:c r="BA37" s="3" t="n">
         <x:v>981348</x:v>
       </x:c>
       <x:c r="BB37" s="3" t="n">
         <x:v>2015909</x:v>
       </x:c>
       <x:c r="BC37" s="3" t="n">
-        <x:v>1201777</x:v>
+        <x:v>1225902</x:v>
       </x:c>
       <x:c r="BD37" s="3" t="n">
-        <x:v>1169313</x:v>
+        <x:v>1169314</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:56">
       <x:c r="A38" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>2360</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
         <x:v>2075</x:v>
       </x:c>
       <x:c r="D38" s="3" t="n">
         <x:v>3781</x:v>
       </x:c>
       <x:c r="E38" s="3" t="n">
         <x:v>5562</x:v>
       </x:c>
       <x:c r="F38" s="3" t="n">
         <x:v>6506</x:v>
       </x:c>
       <x:c r="G38" s="3" t="n">
         <x:v>7924</x:v>
       </x:c>
       <x:c r="H38" s="3" t="n">
@@ -6771,57 +6770,57 @@
       <x:c r="AT38" s="3" t="n">
         <x:v>10133</x:v>
       </x:c>
       <x:c r="AU38" s="3" t="n">
         <x:v>11700</x:v>
       </x:c>
       <x:c r="AV38" s="3" t="n">
         <x:v>17449</x:v>
       </x:c>
       <x:c r="AW38" s="3" t="n">
         <x:v>18019</x:v>
       </x:c>
       <x:c r="AX38" s="3" t="n">
         <x:v>12346</x:v>
       </x:c>
       <x:c r="AY38" s="3" t="n">
         <x:v>12644</x:v>
       </x:c>
       <x:c r="AZ38" s="3" t="n">
         <x:v>9605</x:v>
       </x:c>
       <x:c r="BA38" s="3" t="n">
         <x:v>20085</x:v>
       </x:c>
       <x:c r="BB38" s="3" t="n">
-        <x:v>12004</x:v>
+        <x:v>11970</x:v>
       </x:c>
       <x:c r="BC38" s="3" t="n">
-        <x:v>8281</x:v>
+        <x:v>9090</x:v>
       </x:c>
       <x:c r="BD38" s="3" t="n">
-        <x:v>11909</x:v>
+        <x:v>12115</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:56">
       <x:c r="A39" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>16094</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>17888</x:v>
       </x:c>
       <x:c r="D39" s="3" t="n">
         <x:v>18501</x:v>
       </x:c>
       <x:c r="E39" s="3" t="n">
         <x:v>21619</x:v>
       </x:c>
       <x:c r="F39" s="3" t="n">
         <x:v>25363</x:v>
       </x:c>
       <x:c r="G39" s="3" t="n">
         <x:v>24371</x:v>
       </x:c>
       <x:c r="H39" s="3" t="n">
@@ -6896,442 +6895,442 @@
       <x:c r="AE39" s="3" t="n">
         <x:v>131955</x:v>
       </x:c>
       <x:c r="AF39" s="3" t="n">
         <x:v>160951</x:v>
       </x:c>
       <x:c r="AG39" s="3" t="n">
         <x:v>173273</x:v>
       </x:c>
       <x:c r="AH39" s="3" t="n">
         <x:v>163135</x:v>
       </x:c>
       <x:c r="AI39" s="3" t="n">
         <x:v>162036</x:v>
       </x:c>
       <x:c r="AJ39" s="3" t="n">
         <x:v>179349</x:v>
       </x:c>
       <x:c r="AK39" s="3" t="n">
         <x:v>199078</x:v>
       </x:c>
       <x:c r="AL39" s="3" t="n">
         <x:v>212149</x:v>
       </x:c>
       <x:c r="AM39" s="3" t="n">
-        <x:v>227848</x:v>
+        <x:v>229829</x:v>
       </x:c>
       <x:c r="AN39" s="3" t="n">
-        <x:v>244327</x:v>
+        <x:v>248290</x:v>
       </x:c>
       <x:c r="AO39" s="3" t="n">
-        <x:v>225769</x:v>
+        <x:v>231054</x:v>
       </x:c>
       <x:c r="AP39" s="3" t="n">
-        <x:v>254134</x:v>
+        <x:v>260740</x:v>
       </x:c>
       <x:c r="AQ39" s="3" t="n">
-        <x:v>257625</x:v>
+        <x:v>265551</x:v>
       </x:c>
       <x:c r="AR39" s="3" t="n">
-        <x:v>280220</x:v>
+        <x:v>289467</x:v>
       </x:c>
       <x:c r="AS39" s="3" t="n">
-        <x:v>292704</x:v>
+        <x:v>303273</x:v>
       </x:c>
       <x:c r="AT39" s="3" t="n">
-        <x:v>320918</x:v>
+        <x:v>332806</x:v>
       </x:c>
       <x:c r="AU39" s="3" t="n">
-        <x:v>346703</x:v>
+        <x:v>359911</x:v>
       </x:c>
       <x:c r="AV39" s="3" t="n">
-        <x:v>353866</x:v>
+        <x:v>363426</x:v>
       </x:c>
       <x:c r="AW39" s="3" t="n">
-        <x:v>342416</x:v>
+        <x:v>351992</x:v>
       </x:c>
       <x:c r="AX39" s="3" t="n">
-        <x:v>353135</x:v>
+        <x:v>365155</x:v>
       </x:c>
       <x:c r="AY39" s="3" t="n">
-        <x:v>387901</x:v>
+        <x:v>402573</x:v>
       </x:c>
       <x:c r="AZ39" s="3" t="n">
-        <x:v>325735</x:v>
+        <x:v>338976</x:v>
       </x:c>
       <x:c r="BA39" s="3" t="n">
-        <x:v>366222</x:v>
+        <x:v>377515</x:v>
       </x:c>
       <x:c r="BB39" s="3" t="n">
-        <x:v>521969</x:v>
+        <x:v>520216</x:v>
       </x:c>
       <x:c r="BC39" s="3" t="n">
-        <x:v>568910</x:v>
+        <x:v>568148</x:v>
       </x:c>
       <x:c r="BD39" s="3" t="n">
-        <x:v>617545</x:v>
+        <x:v>622034</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:56">
       <x:c r="A40" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>124292</x:v>
+        <x:v>123952</x:v>
       </x:c>
       <x:c r="C40" s="3" t="n">
-        <x:v>140068</x:v>
+        <x:v>139770</x:v>
       </x:c>
       <x:c r="D40" s="3" t="n">
-        <x:v>152220</x:v>
+        <x:v>151862</x:v>
       </x:c>
       <x:c r="E40" s="3" t="n">
-        <x:v>177647</x:v>
+        <x:v>177251</x:v>
       </x:c>
       <x:c r="F40" s="3" t="n">
-        <x:v>212629</x:v>
+        <x:v>212258</x:v>
       </x:c>
       <x:c r="G40" s="3" t="n">
-        <x:v>242352</x:v>
+        <x:v>241903</x:v>
       </x:c>
       <x:c r="H40" s="3" t="n">
-        <x:v>281551</x:v>
+        <x:v>281114</x:v>
       </x:c>
       <x:c r="I40" s="3" t="n">
-        <x:v>315214</x:v>
+        <x:v>314703</x:v>
       </x:c>
       <x:c r="J40" s="3" t="n">
-        <x:v>329949</x:v>
+        <x:v>329344</x:v>
       </x:c>
       <x:c r="K40" s="3" t="n">
-        <x:v>366974</x:v>
+        <x:v>366256</x:v>
       </x:c>
       <x:c r="L40" s="3" t="n">
-        <x:v>433362</x:v>
+        <x:v>432430</x:v>
       </x:c>
       <x:c r="M40" s="3" t="n">
-        <x:v>493040</x:v>
+        <x:v>492241</x:v>
       </x:c>
       <x:c r="N40" s="3" t="n">
-        <x:v>548188</x:v>
+        <x:v>547314</x:v>
       </x:c>
       <x:c r="O40" s="3" t="n">
-        <x:v>598786</x:v>
+        <x:v>597691</x:v>
       </x:c>
       <x:c r="P40" s="3" t="n">
-        <x:v>673833</x:v>
+        <x:v>672693</x:v>
       </x:c>
       <x:c r="Q40" s="3" t="n">
-        <x:v>755397</x:v>
+        <x:v>754283</x:v>
       </x:c>
       <x:c r="R40" s="3" t="n">
-        <x:v>795249</x:v>
+        <x:v>793984</x:v>
       </x:c>
       <x:c r="S40" s="3" t="n">
-        <x:v>848489</x:v>
+        <x:v>847391</x:v>
       </x:c>
       <x:c r="T40" s="3" t="n">
-        <x:v>880280</x:v>
+        <x:v>878738</x:v>
       </x:c>
       <x:c r="U40" s="3" t="n">
-        <x:v>943969</x:v>
+        <x:v>942388</x:v>
       </x:c>
       <x:c r="V40" s="3" t="n">
-        <x:v>994750</x:v>
+        <x:v>993374</x:v>
       </x:c>
       <x:c r="W40" s="3" t="n">
-        <x:v>1035012</x:v>
+        <x:v>1031693</x:v>
       </x:c>
       <x:c r="X40" s="3" t="n">
-        <x:v>1057956</x:v>
+        <x:v>1053982</x:v>
       </x:c>
       <x:c r="Y40" s="3" t="n">
-        <x:v>1116787</x:v>
+        <x:v>1112640</x:v>
       </x:c>
       <x:c r="Z40" s="3" t="n">
-        <x:v>1174405</x:v>
+        <x:v>1170237</x:v>
       </x:c>
       <x:c r="AA40" s="3" t="n">
-        <x:v>1258634</x:v>
+        <x:v>1254284</x:v>
       </x:c>
       <x:c r="AB40" s="3" t="n">
-        <x:v>1379186</x:v>
+        <x:v>1373842</x:v>
       </x:c>
       <x:c r="AC40" s="3" t="n">
-        <x:v>1507912</x:v>
+        <x:v>1499485</x:v>
       </x:c>
       <x:c r="AD40" s="3" t="n">
-        <x:v>1569435</x:v>
+        <x:v>1561137</x:v>
       </x:c>
       <x:c r="AE40" s="3" t="n">
-        <x:v>1660589</x:v>
+        <x:v>1653556</x:v>
       </x:c>
       <x:c r="AF40" s="3" t="n">
-        <x:v>1942246</x:v>
+        <x:v>1936487</x:v>
       </x:c>
       <x:c r="AG40" s="3" t="n">
-        <x:v>2008100</x:v>
+        <x:v>2004176</x:v>
       </x:c>
       <x:c r="AH40" s="3" t="n">
-        <x:v>1987217</x:v>
+        <x:v>1984962</x:v>
       </x:c>
       <x:c r="AI40" s="3" t="n">
-        <x:v>2056894</x:v>
+        <x:v>2057671</x:v>
       </x:c>
       <x:c r="AJ40" s="3" t="n">
-        <x:v>2280961</x:v>
+        <x:v>2285997</x:v>
       </x:c>
       <x:c r="AK40" s="3" t="n">
-        <x:v>2536785</x:v>
+        <x:v>2548122</x:v>
       </x:c>
       <x:c r="AL40" s="3" t="n">
-        <x:v>2828312</x:v>
+        <x:v>2848759</x:v>
       </x:c>
       <x:c r="AM40" s="3" t="n">
-        <x:v>3044255</x:v>
+        <x:v>3077988</x:v>
       </x:c>
       <x:c r="AN40" s="3" t="n">
-        <x:v>3371207</x:v>
+        <x:v>3415658</x:v>
       </x:c>
       <x:c r="AO40" s="3" t="n">
-        <x:v>3114397</x:v>
+        <x:v>3163266</x:v>
       </x:c>
       <x:c r="AP40" s="3" t="n">
-        <x:v>3337177</x:v>
+        <x:v>3392707</x:v>
       </x:c>
       <x:c r="AQ40" s="3" t="n">
-        <x:v>3594951</x:v>
+        <x:v>3659318</x:v>
       </x:c>
       <x:c r="AR40" s="3" t="n">
-        <x:v>3794820</x:v>
+        <x:v>3869302</x:v>
       </x:c>
       <x:c r="AS40" s="3" t="n">
-        <x:v>3959074</x:v>
+        <x:v>4046088</x:v>
       </x:c>
       <x:c r="AT40" s="3" t="n">
-        <x:v>4091646</x:v>
+        <x:v>4185657</x:v>
       </x:c>
       <x:c r="AU40" s="3" t="n">
-        <x:v>4127356</x:v>
+        <x:v>4234490</x:v>
       </x:c>
       <x:c r="AV40" s="3" t="n">
-        <x:v>4149896</x:v>
+        <x:v>4258062</x:v>
       </x:c>
       <x:c r="AW40" s="3" t="n">
-        <x:v>4399007</x:v>
+        <x:v>4518479</x:v>
       </x:c>
       <x:c r="AX40" s="3" t="n">
-        <x:v>4713294</x:v>
+        <x:v>4838349</x:v>
       </x:c>
       <x:c r="AY40" s="3" t="n">
-        <x:v>4829063</x:v>
+        <x:v>4972275</x:v>
       </x:c>
       <x:c r="AZ40" s="3" t="n">
-        <x:v>4608866</x:v>
+        <x:v>4751732</x:v>
       </x:c>
       <x:c r="BA40" s="3" t="n">
-        <x:v>5542692</x:v>
+        <x:v>5704605</x:v>
       </x:c>
       <x:c r="BB40" s="3" t="n">
-        <x:v>7287076</x:v>
+        <x:v>7498457</x:v>
       </x:c>
       <x:c r="BC40" s="3" t="n">
-        <x:v>6757104</x:v>
+        <x:v>6949211</x:v>
       </x:c>
       <x:c r="BD40" s="3" t="n">
-        <x:v>6956790</x:v>
+        <x:v>7145087</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:56">
       <x:c r="A41" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>32762</x:v>
+        <x:v>32855</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>37168</x:v>
+        <x:v>37292</x:v>
       </x:c>
       <x:c r="D41" s="3" t="n">
-        <x:v>37857</x:v>
+        <x:v>37991</x:v>
       </x:c>
       <x:c r="E41" s="3" t="n">
-        <x:v>47719</x:v>
+        <x:v>47903</x:v>
       </x:c>
       <x:c r="F41" s="3" t="n">
-        <x:v>62250</x:v>
+        <x:v>62501</x:v>
       </x:c>
       <x:c r="G41" s="3" t="n">
-        <x:v>70503</x:v>
+        <x:v>70761</x:v>
       </x:c>
       <x:c r="H41" s="3" t="n">
-        <x:v>85432</x:v>
+        <x:v>85687</x:v>
       </x:c>
       <x:c r="I41" s="3" t="n">
-        <x:v>94246</x:v>
+        <x:v>94509</x:v>
       </x:c>
       <x:c r="J41" s="3" t="n">
-        <x:v>86062</x:v>
+        <x:v>86332</x:v>
       </x:c>
       <x:c r="K41" s="3" t="n">
-        <x:v>97907</x:v>
+        <x:v>98184</x:v>
       </x:c>
       <x:c r="L41" s="3" t="n">
-        <x:v>115083</x:v>
+        <x:v>115448</x:v>
       </x:c>
       <x:c r="M41" s="3" t="n">
-        <x:v>128027</x:v>
+        <x:v>128398</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>143863</x:v>
+        <x:v>144240</x:v>
       </x:c>
       <x:c r="O41" s="3" t="n">
-        <x:v>149129</x:v>
+        <x:v>149563</x:v>
       </x:c>
       <x:c r="P41" s="3" t="n">
-        <x:v>167347</x:v>
+        <x:v>167773</x:v>
       </x:c>
       <x:c r="Q41" s="3" t="n">
-        <x:v>192995</x:v>
+        <x:v>193647</x:v>
       </x:c>
       <x:c r="R41" s="3" t="n">
-        <x:v>213337</x:v>
+        <x:v>213957</x:v>
       </x:c>
       <x:c r="S41" s="3" t="n">
-        <x:v>213615</x:v>
+        <x:v>214650</x:v>
       </x:c>
       <x:c r="T41" s="3" t="n">
-        <x:v>216207</x:v>
+        <x:v>217289</x:v>
       </x:c>
       <x:c r="U41" s="3" t="n">
-        <x:v>235333</x:v>
+        <x:v>236563</x:v>
       </x:c>
       <x:c r="V41" s="3" t="n">
-        <x:v>244898</x:v>
+        <x:v>246321</x:v>
       </x:c>
       <x:c r="W41" s="3" t="n">
-        <x:v>244928</x:v>
+        <x:v>246295</x:v>
       </x:c>
       <x:c r="X41" s="3" t="n">
-        <x:v>244863</x:v>
+        <x:v>246104</x:v>
       </x:c>
       <x:c r="Y41" s="3" t="n">
-        <x:v>261386</x:v>
+        <x:v>262471</x:v>
       </x:c>
       <x:c r="Z41" s="3" t="n">
-        <x:v>277163</x:v>
+        <x:v>278690</x:v>
       </x:c>
       <x:c r="AA41" s="3" t="n">
-        <x:v>295496</x:v>
+        <x:v>297139</x:v>
       </x:c>
       <x:c r="AB41" s="3" t="n">
-        <x:v>324514</x:v>
+        <x:v>326217</x:v>
       </x:c>
       <x:c r="AC41" s="3" t="n">
-        <x:v>366572</x:v>
+        <x:v>367645</x:v>
       </x:c>
       <x:c r="AD41" s="3" t="n">
-        <x:v>405754</x:v>
+        <x:v>407071</x:v>
       </x:c>
       <x:c r="AE41" s="3" t="n">
-        <x:v>394125</x:v>
+        <x:v>395508</x:v>
       </x:c>
       <x:c r="AF41" s="3" t="n">
-        <x:v>433117</x:v>
+        <x:v>434724</x:v>
       </x:c>
       <x:c r="AG41" s="3" t="n">
-        <x:v>441391</x:v>
+        <x:v>443297</x:v>
       </x:c>
       <x:c r="AH41" s="3" t="n">
-        <x:v>423072</x:v>
+        <x:v>425248</x:v>
       </x:c>
       <x:c r="AI41" s="3" t="n">
-        <x:v>432796</x:v>
+        <x:v>434938</x:v>
       </x:c>
       <x:c r="AJ41" s="3" t="n">
-        <x:v>492839</x:v>
+        <x:v>495217</x:v>
       </x:c>
       <x:c r="AK41" s="3" t="n">
-        <x:v>539747</x:v>
+        <x:v>541815</x:v>
       </x:c>
       <x:c r="AL41" s="3" t="n">
-        <x:v>603443</x:v>
+        <x:v>605560</x:v>
       </x:c>
       <x:c r="AM41" s="3" t="n">
-        <x:v>684084</x:v>
+        <x:v>685486</x:v>
       </x:c>
       <x:c r="AN41" s="3" t="n">
-        <x:v>749070</x:v>
+        <x:v>750782</x:v>
       </x:c>
       <x:c r="AO41" s="3" t="n">
-        <x:v>674682</x:v>
+        <x:v>675206</x:v>
       </x:c>
       <x:c r="AP41" s="3" t="n">
-        <x:v>731822</x:v>
+        <x:v>732471</x:v>
       </x:c>
       <x:c r="AQ41" s="3" t="n">
-        <x:v>785023</x:v>
+        <x:v>784892</x:v>
       </x:c>
       <x:c r="AR41" s="3" t="n">
-        <x:v>811741</x:v>
+        <x:v>814635</x:v>
       </x:c>
       <x:c r="AS41" s="3" t="n">
-        <x:v>868739</x:v>
+        <x:v>872811</x:v>
       </x:c>
       <x:c r="AT41" s="3" t="n">
-        <x:v>929869</x:v>
+        <x:v>935070</x:v>
       </x:c>
       <x:c r="AU41" s="3" t="n">
-        <x:v>997172</x:v>
+        <x:v>1003426</x:v>
       </x:c>
       <x:c r="AV41" s="3" t="n">
-        <x:v>1033859</x:v>
+        <x:v>1038474</x:v>
       </x:c>
       <x:c r="AW41" s="3" t="n">
-        <x:v>1075905</x:v>
+        <x:v>1080170</x:v>
       </x:c>
       <x:c r="AX41" s="3" t="n">
-        <x:v>1136715</x:v>
+        <x:v>1141407</x:v>
       </x:c>
       <x:c r="AY41" s="3" t="n">
-        <x:v>1232127</x:v>
+        <x:v>1238921</x:v>
       </x:c>
       <x:c r="AZ41" s="3" t="n">
-        <x:v>1147292</x:v>
+        <x:v>1152507</x:v>
       </x:c>
       <x:c r="BA41" s="3" t="n">
-        <x:v>1218761</x:v>
+        <x:v>1224128</x:v>
       </x:c>
       <x:c r="BB41" s="3" t="n">
-        <x:v>1554171</x:v>
+        <x:v>1563410</x:v>
       </x:c>
       <x:c r="BC41" s="3" t="n">
-        <x:v>1655545</x:v>
+        <x:v>1644313</x:v>
       </x:c>
       <x:c r="BD41" s="3" t="n">
-        <x:v>1760184</x:v>
+        <x:v>1777659</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:56">
       <x:c r="A42" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>21285</x:v>
       </x:c>
       <x:c r="C42" s="3" t="n">
         <x:v>23061</x:v>
       </x:c>
       <x:c r="D42" s="3" t="n">
         <x:v>23443</x:v>
       </x:c>
       <x:c r="E42" s="3" t="n">
         <x:v>27066</x:v>
       </x:c>
       <x:c r="F42" s="3" t="n">
         <x:v>36379</x:v>
       </x:c>
       <x:c r="G42" s="3" t="n">
         <x:v>39724</x:v>
       </x:c>
       <x:c r="H42" s="3" t="n">
@@ -7451,57 +7450,57 @@
       <x:c r="AT42" s="3" t="n">
         <x:v>535506</x:v>
       </x:c>
       <x:c r="AU42" s="3" t="n">
         <x:v>577611</x:v>
       </x:c>
       <x:c r="AV42" s="3" t="n">
         <x:v>583598</x:v>
       </x:c>
       <x:c r="AW42" s="3" t="n">
         <x:v>623037</x:v>
       </x:c>
       <x:c r="AX42" s="3" t="n">
         <x:v>667313</x:v>
       </x:c>
       <x:c r="AY42" s="3" t="n">
         <x:v>726358</x:v>
       </x:c>
       <x:c r="AZ42" s="3" t="n">
         <x:v>737032</x:v>
       </x:c>
       <x:c r="BA42" s="3" t="n">
         <x:v>815435</x:v>
       </x:c>
       <x:c r="BB42" s="3" t="n">
-        <x:v>1003761</x:v>
+        <x:v>1002565</x:v>
       </x:c>
       <x:c r="BC42" s="3" t="n">
-        <x:v>992407</x:v>
+        <x:v>995452</x:v>
       </x:c>
       <x:c r="BD42" s="3" t="n">
-        <x:v>1037151</x:v>
+        <x:v>1026377</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:56">
       <x:c r="A43" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
         <x:v>1380</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>1372</x:v>
       </x:c>
       <x:c r="D43" s="3" t="n">
         <x:v>1366</x:v>
       </x:c>
       <x:c r="E43" s="3" t="n">
         <x:v>1713</x:v>
       </x:c>
       <x:c r="F43" s="3" t="n">
         <x:v>3834</x:v>
       </x:c>
       <x:c r="G43" s="3" t="n">
         <x:v>3608</x:v>
       </x:c>
       <x:c r="H43" s="3" t="n">
@@ -7624,51 +7623,51 @@
       <x:c r="AU43" s="3" t="n">
         <x:v>10908</x:v>
       </x:c>
       <x:c r="AV43" s="3" t="n">
         <x:v>8483</x:v>
       </x:c>
       <x:c r="AW43" s="3" t="n">
         <x:v>13242</x:v>
       </x:c>
       <x:c r="AX43" s="3" t="n">
         <x:v>23661</x:v>
       </x:c>
       <x:c r="AY43" s="3" t="n">
         <x:v>24141</x:v>
       </x:c>
       <x:c r="AZ43" s="3" t="n">
         <x:v>17191</x:v>
       </x:c>
       <x:c r="BA43" s="3" t="n">
         <x:v>19638</x:v>
       </x:c>
       <x:c r="BB43" s="3" t="n">
         <x:v>25973</x:v>
       </x:c>
       <x:c r="BC43" s="3" t="n">
-        <x:v>26515</x:v>
+        <x:v>26440</x:v>
       </x:c>
       <x:c r="BD43" s="3" t="n">
         <x:v>20744</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:56">
       <x:c r="A44" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
         <x:v>3469</x:v>
       </x:c>
       <x:c r="C44" s="3" t="n">
         <x:v>4240</x:v>
       </x:c>
       <x:c r="D44" s="3" t="n">
         <x:v>4265</x:v>
       </x:c>
       <x:c r="E44" s="3" t="n">
         <x:v>8117</x:v>
       </x:c>
       <x:c r="F44" s="3" t="n">
         <x:v>8513</x:v>
       </x:c>
       <x:c r="G44" s="3" t="n">
@@ -7794,564 +7793,564 @@
       <x:c r="AU44" s="3" t="n">
         <x:v>39377</x:v>
       </x:c>
       <x:c r="AV44" s="3" t="n">
         <x:v>50707</x:v>
       </x:c>
       <x:c r="AW44" s="3" t="n">
         <x:v>44307</x:v>
       </x:c>
       <x:c r="AX44" s="3" t="n">
         <x:v>37886</x:v>
       </x:c>
       <x:c r="AY44" s="3" t="n">
         <x:v>35791</x:v>
       </x:c>
       <x:c r="AZ44" s="3" t="n">
         <x:v>44118</x:v>
       </x:c>
       <x:c r="BA44" s="3" t="n">
         <x:v>37465</x:v>
       </x:c>
       <x:c r="BB44" s="3" t="n">
         <x:v>27799</x:v>
       </x:c>
       <x:c r="BC44" s="3" t="n">
-        <x:v>31211</x:v>
+        <x:v>31733</x:v>
       </x:c>
       <x:c r="BD44" s="3" t="n">
         <x:v>41163</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:56">
       <x:c r="A45" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>6628</x:v>
+        <x:v>6721</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>8495</x:v>
+        <x:v>8619</x:v>
       </x:c>
       <x:c r="D45" s="3" t="n">
-        <x:v>8783</x:v>
+        <x:v>8917</x:v>
       </x:c>
       <x:c r="E45" s="3" t="n">
-        <x:v>10823</x:v>
+        <x:v>11007</x:v>
       </x:c>
       <x:c r="F45" s="3" t="n">
-        <x:v>13524</x:v>
+        <x:v>13775</x:v>
       </x:c>
       <x:c r="G45" s="3" t="n">
-        <x:v>16508</x:v>
+        <x:v>16766</x:v>
       </x:c>
       <x:c r="H45" s="3" t="n">
-        <x:v>21095</x:v>
+        <x:v>21350</x:v>
       </x:c>
       <x:c r="I45" s="3" t="n">
-        <x:v>22867</x:v>
+        <x:v>23130</x:v>
       </x:c>
       <x:c r="J45" s="3" t="n">
-        <x:v>24103</x:v>
+        <x:v>24373</x:v>
       </x:c>
       <x:c r="K45" s="3" t="n">
-        <x:v>26390</x:v>
+        <x:v>26667</x:v>
       </x:c>
       <x:c r="L45" s="3" t="n">
-        <x:v>28569</x:v>
+        <x:v>28934</x:v>
       </x:c>
       <x:c r="M45" s="3" t="n">
-        <x:v>34916</x:v>
+        <x:v>35287</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>39972</x:v>
+        <x:v>40349</x:v>
       </x:c>
       <x:c r="O45" s="3" t="n">
-        <x:v>45398</x:v>
+        <x:v>45832</x:v>
       </x:c>
       <x:c r="P45" s="3" t="n">
-        <x:v>49734</x:v>
+        <x:v>50160</x:v>
       </x:c>
       <x:c r="Q45" s="3" t="n">
-        <x:v>56319</x:v>
+        <x:v>56971</x:v>
       </x:c>
       <x:c r="R45" s="3" t="n">
-        <x:v>60078</x:v>
+        <x:v>60698</x:v>
       </x:c>
       <x:c r="S45" s="3" t="n">
-        <x:v>62549</x:v>
+        <x:v>63584</x:v>
       </x:c>
       <x:c r="T45" s="3" t="n">
-        <x:v>63863</x:v>
+        <x:v>64945</x:v>
       </x:c>
       <x:c r="U45" s="3" t="n">
-        <x:v>69888</x:v>
+        <x:v>71118</x:v>
       </x:c>
       <x:c r="V45" s="3" t="n">
-        <x:v>71631</x:v>
+        <x:v>73054</x:v>
       </x:c>
       <x:c r="W45" s="3" t="n">
-        <x:v>77636</x:v>
+        <x:v>79003</x:v>
       </x:c>
       <x:c r="X45" s="3" t="n">
-        <x:v>82263</x:v>
+        <x:v>83504</x:v>
       </x:c>
       <x:c r="Y45" s="3" t="n">
-        <x:v>87531</x:v>
+        <x:v>88616</x:v>
       </x:c>
       <x:c r="Z45" s="3" t="n">
-        <x:v>87634</x:v>
+        <x:v>89161</x:v>
       </x:c>
       <x:c r="AA45" s="3" t="n">
-        <x:v>87010</x:v>
+        <x:v>88653</x:v>
       </x:c>
       <x:c r="AB45" s="3" t="n">
-        <x:v>90736</x:v>
+        <x:v>92439</x:v>
       </x:c>
       <x:c r="AC45" s="3" t="n">
-        <x:v>108470</x:v>
+        <x:v>109543</x:v>
       </x:c>
       <x:c r="AD45" s="3" t="n">
-        <x:v>119182</x:v>
+        <x:v>120499</x:v>
       </x:c>
       <x:c r="AE45" s="3" t="n">
-        <x:v>125800</x:v>
+        <x:v>127183</x:v>
       </x:c>
       <x:c r="AF45" s="3" t="n">
-        <x:v>139899</x:v>
+        <x:v>141506</x:v>
       </x:c>
       <x:c r="AG45" s="3" t="n">
-        <x:v>149705</x:v>
+        <x:v>151611</x:v>
       </x:c>
       <x:c r="AH45" s="3" t="n">
-        <x:v>147429</x:v>
+        <x:v>149605</x:v>
       </x:c>
       <x:c r="AI45" s="3" t="n">
-        <x:v>148879</x:v>
+        <x:v>151021</x:v>
       </x:c>
       <x:c r="AJ45" s="3" t="n">
-        <x:v>164407</x:v>
+        <x:v>166785</x:v>
       </x:c>
       <x:c r="AK45" s="3" t="n">
-        <x:v>182644</x:v>
+        <x:v>184712</x:v>
       </x:c>
       <x:c r="AL45" s="3" t="n">
-        <x:v>194909</x:v>
+        <x:v>197026</x:v>
       </x:c>
       <x:c r="AM45" s="3" t="n">
-        <x:v>224800</x:v>
+        <x:v>226202</x:v>
       </x:c>
       <x:c r="AN45" s="3" t="n">
-        <x:v>243090</x:v>
+        <x:v>244802</x:v>
       </x:c>
       <x:c r="AO45" s="3" t="n">
-        <x:v>230527</x:v>
+        <x:v>231051</x:v>
       </x:c>
       <x:c r="AP45" s="3" t="n">
-        <x:v>260018</x:v>
+        <x:v>260667</x:v>
       </x:c>
       <x:c r="AQ45" s="3" t="n">
-        <x:v>272290</x:v>
+        <x:v>272159</x:v>
       </x:c>
       <x:c r="AR45" s="3" t="n">
-        <x:v>293526</x:v>
+        <x:v>296420</x:v>
       </x:c>
       <x:c r="AS45" s="3" t="n">
-        <x:v>318545</x:v>
+        <x:v>322617</x:v>
       </x:c>
       <x:c r="AT45" s="3" t="n">
-        <x:v>346928</x:v>
+        <x:v>352129</x:v>
       </x:c>
       <x:c r="AU45" s="3" t="n">
-        <x:v>369276</x:v>
+        <x:v>375530</x:v>
       </x:c>
       <x:c r="AV45" s="3" t="n">
-        <x:v>391071</x:v>
+        <x:v>395686</x:v>
       </x:c>
       <x:c r="AW45" s="3" t="n">
-        <x:v>395319</x:v>
+        <x:v>399584</x:v>
       </x:c>
       <x:c r="AX45" s="3" t="n">
-        <x:v>407855</x:v>
+        <x:v>412547</x:v>
       </x:c>
       <x:c r="AY45" s="3" t="n">
-        <x:v>445837</x:v>
+        <x:v>452631</x:v>
       </x:c>
       <x:c r="AZ45" s="3" t="n">
-        <x:v>348951</x:v>
+        <x:v>354166</x:v>
       </x:c>
       <x:c r="BA45" s="3" t="n">
-        <x:v>346223</x:v>
+        <x:v>351590</x:v>
       </x:c>
       <x:c r="BB45" s="3" t="n">
-        <x:v>496638</x:v>
+        <x:v>507073</x:v>
       </x:c>
       <x:c r="BC45" s="3" t="n">
-        <x:v>605413</x:v>
+        <x:v>590688</x:v>
       </x:c>
       <x:c r="BD45" s="3" t="n">
-        <x:v>661126</x:v>
+        <x:v>689375</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:56">
       <x:c r="A46" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>91530</x:v>
+        <x:v>91097</x:v>
       </x:c>
       <x:c r="C46" s="3" t="n">
-        <x:v>102897</x:v>
+        <x:v>102475</x:v>
       </x:c>
       <x:c r="D46" s="3" t="n">
-        <x:v>114362</x:v>
+        <x:v>113870</x:v>
       </x:c>
       <x:c r="E46" s="3" t="n">
-        <x:v>129928</x:v>
+        <x:v>129348</x:v>
       </x:c>
       <x:c r="F46" s="3" t="n">
-        <x:v>150379</x:v>
+        <x:v>149757</x:v>
       </x:c>
       <x:c r="G46" s="3" t="n">
-        <x:v>171849</x:v>
+        <x:v>171142</x:v>
       </x:c>
       <x:c r="H46" s="3" t="n">
-        <x:v>196119</x:v>
+        <x:v>195427</x:v>
       </x:c>
       <x:c r="I46" s="3" t="n">
-        <x:v>220968</x:v>
+        <x:v>220194</x:v>
       </x:c>
       <x:c r="J46" s="3" t="n">
-        <x:v>243887</x:v>
+        <x:v>243012</x:v>
       </x:c>
       <x:c r="K46" s="3" t="n">
-        <x:v>269067</x:v>
+        <x:v>268072</x:v>
       </x:c>
       <x:c r="L46" s="3" t="n">
-        <x:v>318279</x:v>
+        <x:v>316982</x:v>
       </x:c>
       <x:c r="M46" s="3" t="n">
-        <x:v>365013</x:v>
+        <x:v>363843</x:v>
       </x:c>
       <x:c r="N46" s="3" t="n">
-        <x:v>404325</x:v>
+        <x:v>403074</x:v>
       </x:c>
       <x:c r="O46" s="3" t="n">
-        <x:v>449657</x:v>
+        <x:v>448128</x:v>
       </x:c>
       <x:c r="P46" s="3" t="n">
-        <x:v>506486</x:v>
+        <x:v>504920</x:v>
       </x:c>
       <x:c r="Q46" s="3" t="n">
-        <x:v>562402</x:v>
+        <x:v>560636</x:v>
       </x:c>
       <x:c r="R46" s="3" t="n">
-        <x:v>581912</x:v>
+        <x:v>580027</x:v>
       </x:c>
       <x:c r="S46" s="3" t="n">
-        <x:v>634874</x:v>
+        <x:v>632741</x:v>
       </x:c>
       <x:c r="T46" s="3" t="n">
-        <x:v>664084</x:v>
+        <x:v>661460</x:v>
       </x:c>
       <x:c r="U46" s="3" t="n">
-        <x:v>708636</x:v>
+        <x:v>705825</x:v>
       </x:c>
       <x:c r="V46" s="3" t="n">
-        <x:v>749861</x:v>
+        <x:v>747060</x:v>
       </x:c>
       <x:c r="W46" s="3" t="n">
-        <x:v>790087</x:v>
+        <x:v>785399</x:v>
       </x:c>
       <x:c r="X46" s="3" t="n">
-        <x:v>813093</x:v>
+        <x:v>807878</x:v>
       </x:c>
       <x:c r="Y46" s="3" t="n">
-        <x:v>855401</x:v>
+        <x:v>850169</x:v>
       </x:c>
       <x:c r="Z46" s="3" t="n">
-        <x:v>897242</x:v>
+        <x:v>891547</x:v>
       </x:c>
       <x:c r="AA46" s="3" t="n">
-        <x:v>963138</x:v>
+        <x:v>957145</x:v>
       </x:c>
       <x:c r="AB46" s="3" t="n">
-        <x:v>1054672</x:v>
+        <x:v>1047625</x:v>
       </x:c>
       <x:c r="AC46" s="3" t="n">
-        <x:v>1141340</x:v>
+        <x:v>1131840</x:v>
       </x:c>
       <x:c r="AD46" s="3" t="n">
-        <x:v>1163683</x:v>
+        <x:v>1154068</x:v>
       </x:c>
       <x:c r="AE46" s="3" t="n">
-        <x:v>1266463</x:v>
+        <x:v>1258047</x:v>
       </x:c>
       <x:c r="AF46" s="3" t="n">
-        <x:v>1509132</x:v>
+        <x:v>1501766</x:v>
       </x:c>
       <x:c r="AG46" s="3" t="n">
-        <x:v>1566708</x:v>
+        <x:v>1560878</x:v>
       </x:c>
       <x:c r="AH46" s="3" t="n">
-        <x:v>1564145</x:v>
+        <x:v>1559715</x:v>
       </x:c>
       <x:c r="AI46" s="3" t="n">
-        <x:v>1624095</x:v>
+        <x:v>1622730</x:v>
       </x:c>
       <x:c r="AJ46" s="3" t="n">
-        <x:v>1788123</x:v>
+        <x:v>1790781</x:v>
       </x:c>
       <x:c r="AK46" s="3" t="n">
-        <x:v>1997037</x:v>
+        <x:v>2006306</x:v>
       </x:c>
       <x:c r="AL46" s="3" t="n">
-        <x:v>2224871</x:v>
+        <x:v>2243201</x:v>
       </x:c>
       <x:c r="AM46" s="3" t="n">
-        <x:v>2360174</x:v>
+        <x:v>2390482</x:v>
       </x:c>
       <x:c r="AN46" s="3" t="n">
-        <x:v>2622135</x:v>
+        <x:v>2662420</x:v>
       </x:c>
       <x:c r="AO46" s="3" t="n">
-        <x:v>2439712</x:v>
+        <x:v>2488057</x:v>
       </x:c>
       <x:c r="AP46" s="3" t="n">
-        <x:v>2605351</x:v>
+        <x:v>2660232</x:v>
       </x:c>
       <x:c r="AQ46" s="3" t="n">
-        <x:v>2809929</x:v>
+        <x:v>2874427</x:v>
       </x:c>
       <x:c r="AR46" s="3" t="n">
-        <x:v>2983082</x:v>
+        <x:v>3054670</x:v>
       </x:c>
       <x:c r="AS46" s="3" t="n">
-        <x:v>3090335</x:v>
+        <x:v>3173277</x:v>
       </x:c>
       <x:c r="AT46" s="3" t="n">
-        <x:v>3161776</x:v>
+        <x:v>3250586</x:v>
       </x:c>
       <x:c r="AU46" s="3" t="n">
-        <x:v>3130183</x:v>
+        <x:v>3231063</x:v>
       </x:c>
       <x:c r="AV46" s="3" t="n">
-        <x:v>3116035</x:v>
+        <x:v>3219586</x:v>
       </x:c>
       <x:c r="AW46" s="3" t="n">
-        <x:v>3323103</x:v>
+        <x:v>3438310</x:v>
       </x:c>
       <x:c r="AX46" s="3" t="n">
-        <x:v>3576581</x:v>
+        <x:v>3696944</x:v>
       </x:c>
       <x:c r="AY46" s="3" t="n">
-        <x:v>3596937</x:v>
+        <x:v>3733355</x:v>
       </x:c>
       <x:c r="AZ46" s="3" t="n">
-        <x:v>3461575</x:v>
+        <x:v>3599226</x:v>
       </x:c>
       <x:c r="BA46" s="3" t="n">
-        <x:v>4323931</x:v>
+        <x:v>4480477</x:v>
       </x:c>
       <x:c r="BB46" s="3" t="n">
-        <x:v>5732905</x:v>
+        <x:v>5935047</x:v>
       </x:c>
       <x:c r="BC46" s="3" t="n">
-        <x:v>5101559</x:v>
+        <x:v>5304898</x:v>
       </x:c>
       <x:c r="BD46" s="3" t="n">
-        <x:v>5196606</x:v>
+        <x:v>5367428</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:56">
       <x:c r="A47" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>84684</x:v>
+        <x:v>84251</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>95806</x:v>
+        <x:v>95384</x:v>
       </x:c>
       <x:c r="D47" s="3" t="n">
-        <x:v>106868</x:v>
+        <x:v>106376</x:v>
       </x:c>
       <x:c r="E47" s="3" t="n">
-        <x:v>120720</x:v>
+        <x:v>120140</x:v>
       </x:c>
       <x:c r="F47" s="3" t="n">
-        <x:v>139760</x:v>
+        <x:v>139138</x:v>
       </x:c>
       <x:c r="G47" s="3" t="n">
-        <x:v>160477</x:v>
+        <x:v>159770</x:v>
       </x:c>
       <x:c r="H47" s="3" t="n">
-        <x:v>182173</x:v>
+        <x:v>181481</x:v>
       </x:c>
       <x:c r="I47" s="3" t="n">
-        <x:v>205919</x:v>
+        <x:v>205145</x:v>
       </x:c>
       <x:c r="J47" s="3" t="n">
-        <x:v>222395</x:v>
+        <x:v>221520</x:v>
       </x:c>
       <x:c r="K47" s="3" t="n">
-        <x:v>237848</x:v>
+        <x:v>236853</x:v>
       </x:c>
       <x:c r="L47" s="3" t="n">
-        <x:v>264619</x:v>
+        <x:v>263322</x:v>
       </x:c>
       <x:c r="M47" s="3" t="n">
-        <x:v>301452</x:v>
+        <x:v>300282</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>336748</x:v>
+        <x:v>335497</x:v>
       </x:c>
       <x:c r="O47" s="3" t="n">
-        <x:v>370430</x:v>
+        <x:v>368901</x:v>
       </x:c>
       <x:c r="P47" s="3" t="n">
-        <x:v>409163</x:v>
+        <x:v>407597</x:v>
       </x:c>
       <x:c r="Q47" s="3" t="n">
-        <x:v>458794</x:v>
+        <x:v>457028</x:v>
       </x:c>
       <x:c r="R47" s="3" t="n">
-        <x:v>515504</x:v>
+        <x:v>513619</x:v>
       </x:c>
       <x:c r="S47" s="3" t="n">
-        <x:v>571607</x:v>
+        <x:v>569474</x:v>
       </x:c>
       <x:c r="T47" s="3" t="n">
-        <x:v>606744</x:v>
+        <x:v>604120</x:v>
       </x:c>
       <x:c r="U47" s="3" t="n">
-        <x:v>619601</x:v>
+        <x:v>616790</x:v>
       </x:c>
       <x:c r="V47" s="3" t="n">
-        <x:v>639733</x:v>
+        <x:v>636932</x:v>
       </x:c>
       <x:c r="W47" s="3" t="n">
-        <x:v>670016</x:v>
+        <x:v>665328</x:v>
       </x:c>
       <x:c r="X47" s="3" t="n">
-        <x:v>697418</x:v>
+        <x:v>692203</x:v>
       </x:c>
       <x:c r="Y47" s="3" t="n">
-        <x:v>731044</x:v>
+        <x:v>725812</x:v>
       </x:c>
       <x:c r="Z47" s="3" t="n">
-        <x:v>769887</x:v>
+        <x:v>764192</x:v>
       </x:c>
       <x:c r="AA47" s="3" t="n">
-        <x:v>828650</x:v>
+        <x:v>822657</x:v>
       </x:c>
       <x:c r="AB47" s="3" t="n">
-        <x:v>876426</x:v>
+        <x:v>869379</x:v>
       </x:c>
       <x:c r="AC47" s="3" t="n">
-        <x:v>946567</x:v>
+        <x:v>937067</x:v>
       </x:c>
       <x:c r="AD47" s="3" t="n">
-        <x:v>1020047</x:v>
+        <x:v>1010432</x:v>
       </x:c>
       <x:c r="AE47" s="3" t="n">
-        <x:v>1074477</x:v>
+        <x:v>1066061</x:v>
       </x:c>
       <x:c r="AF47" s="3" t="n">
-        <x:v>1142800</x:v>
+        <x:v>1135434</x:v>
       </x:c>
       <x:c r="AG47" s="3" t="n">
-        <x:v>1209078</x:v>
+        <x:v>1202760</x:v>
       </x:c>
       <x:c r="AH47" s="3" t="n">
-        <x:v>1257398</x:v>
+        <x:v>1252200</x:v>
       </x:c>
       <x:c r="AI47" s="3" t="n">
-        <x:v>1306993</x:v>
+        <x:v>1304497</x:v>
       </x:c>
       <x:c r="AJ47" s="3" t="n">
-        <x:v>1407055</x:v>
+        <x:v>1408233</x:v>
       </x:c>
       <x:c r="AK47" s="3" t="n">
-        <x:v>1513768</x:v>
+        <x:v>1520883</x:v>
       </x:c>
       <x:c r="AL47" s="3" t="n">
-        <x:v>1661268</x:v>
+        <x:v>1676832</x:v>
       </x:c>
       <x:c r="AM47" s="3" t="n">
-        <x:v>1828779</x:v>
+        <x:v>1855886</x:v>
       </x:c>
       <x:c r="AN47" s="3" t="n">
-        <x:v>1944022</x:v>
+        <x:v>1980044</x:v>
       </x:c>
       <x:c r="AO47" s="3" t="n">
-        <x:v>1961773</x:v>
+        <x:v>2006160</x:v>
       </x:c>
       <x:c r="AP47" s="3" t="n">
-        <x:v>2075420</x:v>
+        <x:v>2125515</x:v>
       </x:c>
       <x:c r="AQ47" s="3" t="n">
-        <x:v>2157817</x:v>
+        <x:v>2216350</x:v>
       </x:c>
       <x:c r="AR47" s="3" t="n">
-        <x:v>2293776</x:v>
+        <x:v>2358435</x:v>
       </x:c>
       <x:c r="AS47" s="3" t="n">
-        <x:v>2418084</x:v>
+        <x:v>2493186</x:v>
       </x:c>
       <x:c r="AT47" s="3" t="n">
-        <x:v>2533107</x:v>
+        <x:v>2613726</x:v>
       </x:c>
       <x:c r="AU47" s="3" t="n">
-        <x:v>2614238</x:v>
+        <x:v>2706992</x:v>
       </x:c>
       <x:c r="AV47" s="3" t="n">
-        <x:v>2692098</x:v>
+        <x:v>2787898</x:v>
       </x:c>
       <x:c r="AW47" s="3" t="n">
-        <x:v>2797624</x:v>
+        <x:v>2904060</x:v>
       </x:c>
       <x:c r="AX47" s="3" t="n">
-        <x:v>2930592</x:v>
+        <x:v>3041310</x:v>
       </x:c>
       <x:c r="AY47" s="3" t="n">
-        <x:v>3067058</x:v>
+        <x:v>3193754</x:v>
       </x:c>
       <x:c r="AZ47" s="3" t="n">
-        <x:v>3067339</x:v>
+        <x:v>3197827</x:v>
       </x:c>
       <x:c r="BA47" s="3" t="n">
-        <x:v>3315319</x:v>
+        <x:v>3458085</x:v>
       </x:c>
       <x:c r="BB47" s="3" t="n">
-        <x:v>3678675</x:v>
+        <x:v>3864890</x:v>
       </x:c>
       <x:c r="BC47" s="3" t="n">
-        <x:v>3878698</x:v>
+        <x:v>4021628</x:v>
       </x:c>
       <x:c r="BD47" s="3" t="n">
-        <x:v>4050136</x:v>
+        <x:v>4186896</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:56">
       <x:c r="A48" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
         <x:v>6846</x:v>
       </x:c>
       <x:c r="C48" s="3" t="n">
         <x:v>7091</x:v>
       </x:c>
       <x:c r="D48" s="3" t="n">
         <x:v>7494</x:v>
       </x:c>
       <x:c r="E48" s="3" t="n">
         <x:v>9208</x:v>
       </x:c>
       <x:c r="F48" s="3" t="n">
         <x:v>10619</x:v>
       </x:c>
       <x:c r="G48" s="3" t="n">
         <x:v>11372</x:v>
       </x:c>
       <x:c r="H48" s="3" t="n">
@@ -8408,460 +8407,460 @@
       <x:c r="Y48" s="3" t="n">
         <x:v>124357</x:v>
       </x:c>
       <x:c r="Z48" s="3" t="n">
         <x:v>127355</x:v>
       </x:c>
       <x:c r="AA48" s="3" t="n">
         <x:v>134488</x:v>
       </x:c>
       <x:c r="AB48" s="3" t="n">
         <x:v>178246</x:v>
       </x:c>
       <x:c r="AC48" s="3" t="n">
         <x:v>194773</x:v>
       </x:c>
       <x:c r="AD48" s="3" t="n">
         <x:v>143636</x:v>
       </x:c>
       <x:c r="AE48" s="3" t="n">
         <x:v>191986</x:v>
       </x:c>
       <x:c r="AF48" s="3" t="n">
         <x:v>366332</x:v>
       </x:c>
       <x:c r="AG48" s="3" t="n">
-        <x:v>357630</x:v>
+        <x:v>358118</x:v>
       </x:c>
       <x:c r="AH48" s="3" t="n">
-        <x:v>306747</x:v>
+        <x:v>307515</x:v>
       </x:c>
       <x:c r="AI48" s="3" t="n">
-        <x:v>317102</x:v>
+        <x:v>318233</x:v>
       </x:c>
       <x:c r="AJ48" s="3" t="n">
-        <x:v>381068</x:v>
+        <x:v>382548</x:v>
       </x:c>
       <x:c r="AK48" s="3" t="n">
-        <x:v>483269</x:v>
+        <x:v>485423</x:v>
       </x:c>
       <x:c r="AL48" s="3" t="n">
-        <x:v>563603</x:v>
+        <x:v>566369</x:v>
       </x:c>
       <x:c r="AM48" s="3" t="n">
-        <x:v>531395</x:v>
+        <x:v>534596</x:v>
       </x:c>
       <x:c r="AN48" s="3" t="n">
-        <x:v>678113</x:v>
+        <x:v>682376</x:v>
       </x:c>
       <x:c r="AO48" s="3" t="n">
-        <x:v>477939</x:v>
+        <x:v>481897</x:v>
       </x:c>
       <x:c r="AP48" s="3" t="n">
-        <x:v>529931</x:v>
+        <x:v>534717</x:v>
       </x:c>
       <x:c r="AQ48" s="3" t="n">
-        <x:v>652112</x:v>
+        <x:v>658077</x:v>
       </x:c>
       <x:c r="AR48" s="3" t="n">
-        <x:v>689306</x:v>
+        <x:v>696235</x:v>
       </x:c>
       <x:c r="AS48" s="3" t="n">
-        <x:v>672251</x:v>
+        <x:v>680091</x:v>
       </x:c>
       <x:c r="AT48" s="3" t="n">
-        <x:v>628669</x:v>
+        <x:v>636860</x:v>
       </x:c>
       <x:c r="AU48" s="3" t="n">
-        <x:v>515945</x:v>
+        <x:v>524071</x:v>
       </x:c>
       <x:c r="AV48" s="3" t="n">
-        <x:v>423937</x:v>
+        <x:v>431688</x:v>
       </x:c>
       <x:c r="AW48" s="3" t="n">
-        <x:v>525479</x:v>
+        <x:v>534250</x:v>
       </x:c>
       <x:c r="AX48" s="3" t="n">
-        <x:v>645989</x:v>
+        <x:v>655634</x:v>
       </x:c>
       <x:c r="AY48" s="3" t="n">
-        <x:v>529879</x:v>
+        <x:v>539601</x:v>
       </x:c>
       <x:c r="AZ48" s="3" t="n">
-        <x:v>394236</x:v>
+        <x:v>401399</x:v>
       </x:c>
       <x:c r="BA48" s="3" t="n">
-        <x:v>1008612</x:v>
+        <x:v>1022392</x:v>
       </x:c>
       <x:c r="BB48" s="3" t="n">
-        <x:v>2054230</x:v>
+        <x:v>2070157</x:v>
       </x:c>
       <x:c r="BC48" s="3" t="n">
-        <x:v>1222861</x:v>
+        <x:v>1283270</x:v>
       </x:c>
       <x:c r="BD48" s="3" t="n">
-        <x:v>1146470</x:v>
+        <x:v>1180532</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:56">
       <x:c r="A49" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>73038</x:v>
+        <x:v>72605</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>81704</x:v>
+        <x:v>81282</x:v>
       </x:c>
       <x:c r="D49" s="3" t="n">
-        <x:v>91470</x:v>
+        <x:v>90978</x:v>
       </x:c>
       <x:c r="E49" s="3" t="n">
-        <x:v>103537</x:v>
+        <x:v>102957</x:v>
       </x:c>
       <x:c r="F49" s="3" t="n">
-        <x:v>121531</x:v>
+        <x:v>120909</x:v>
       </x:c>
       <x:c r="G49" s="3" t="n">
-        <x:v>139923</x:v>
+        <x:v>139216</x:v>
       </x:c>
       <x:c r="H49" s="3" t="n">
-        <x:v>158719</x:v>
+        <x:v>158027</x:v>
       </x:c>
       <x:c r="I49" s="3" t="n">
-        <x:v>179130</x:v>
+        <x:v>178356</x:v>
       </x:c>
       <x:c r="J49" s="3" t="n">
-        <x:v>194541</x:v>
+        <x:v>193666</x:v>
       </x:c>
       <x:c r="K49" s="3" t="n">
-        <x:v>207542</x:v>
+        <x:v>206547</x:v>
       </x:c>
       <x:c r="L49" s="3" t="n">
-        <x:v>230908</x:v>
+        <x:v>229611</x:v>
       </x:c>
       <x:c r="M49" s="3" t="n">
-        <x:v>260821</x:v>
+        <x:v>259651</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>292561</x:v>
+        <x:v>291310</x:v>
       </x:c>
       <x:c r="O49" s="3" t="n">
-        <x:v>320182</x:v>
+        <x:v>318653</x:v>
       </x:c>
       <x:c r="P49" s="3" t="n">
-        <x:v>353710</x:v>
+        <x:v>352144</x:v>
       </x:c>
       <x:c r="Q49" s="3" t="n">
-        <x:v>391320</x:v>
+        <x:v>389554</x:v>
       </x:c>
       <x:c r="R49" s="3" t="n">
-        <x:v>434796</x:v>
+        <x:v>432911</x:v>
       </x:c>
       <x:c r="S49" s="3" t="n">
-        <x:v>487430</x:v>
+        <x:v>485297</x:v>
       </x:c>
       <x:c r="T49" s="3" t="n">
-        <x:v>524165</x:v>
+        <x:v>521541</x:v>
       </x:c>
       <x:c r="U49" s="3" t="n">
-        <x:v>538725</x:v>
+        <x:v>535914</x:v>
       </x:c>
       <x:c r="V49" s="3" t="n">
-        <x:v>556293</x:v>
+        <x:v>553492</x:v>
       </x:c>
       <x:c r="W49" s="3" t="n">
-        <x:v>580902</x:v>
+        <x:v>576214</x:v>
       </x:c>
       <x:c r="X49" s="3" t="n">
-        <x:v>602731</x:v>
+        <x:v>597516</x:v>
       </x:c>
       <x:c r="Y49" s="3" t="n">
-        <x:v>627204</x:v>
+        <x:v>621972</x:v>
       </x:c>
       <x:c r="Z49" s="3" t="n">
-        <x:v>655084</x:v>
+        <x:v>649389</x:v>
       </x:c>
       <x:c r="AA49" s="3" t="n">
-        <x:v>700729</x:v>
+        <x:v>694736</x:v>
       </x:c>
       <x:c r="AB49" s="3" t="n">
-        <x:v>736783</x:v>
+        <x:v>729736</x:v>
       </x:c>
       <x:c r="AC49" s="3" t="n">
-        <x:v>795348</x:v>
+        <x:v>785848</x:v>
       </x:c>
       <x:c r="AD49" s="3" t="n">
-        <x:v>862151</x:v>
+        <x:v>852536</x:v>
       </x:c>
       <x:c r="AE49" s="3" t="n">
-        <x:v>907115</x:v>
+        <x:v>898699</x:v>
       </x:c>
       <x:c r="AF49" s="3" t="n">
-        <x:v>964951</x:v>
+        <x:v>957585</x:v>
       </x:c>
       <x:c r="AG49" s="3" t="n">
-        <x:v>1026683</x:v>
+        <x:v>1020365</x:v>
       </x:c>
       <x:c r="AH49" s="3" t="n">
-        <x:v>1073845</x:v>
+        <x:v>1068647</x:v>
       </x:c>
       <x:c r="AI49" s="3" t="n">
-        <x:v>1122571</x:v>
+        <x:v>1120075</x:v>
       </x:c>
       <x:c r="AJ49" s="3" t="n">
-        <x:v>1207479</x:v>
+        <x:v>1208657</x:v>
       </x:c>
       <x:c r="AK49" s="3" t="n">
-        <x:v>1299383</x:v>
+        <x:v>1306498</x:v>
       </x:c>
       <x:c r="AL49" s="3" t="n">
-        <x:v>1422500</x:v>
+        <x:v>1438064</x:v>
       </x:c>
       <x:c r="AM49" s="3" t="n">
-        <x:v>1564124</x:v>
+        <x:v>1591231</x:v>
       </x:c>
       <x:c r="AN49" s="3" t="n">
-        <x:v>1683574</x:v>
+        <x:v>1719596</x:v>
       </x:c>
       <x:c r="AO49" s="3" t="n">
-        <x:v>1700683</x:v>
+        <x:v>1745070</x:v>
       </x:c>
       <x:c r="AP49" s="3" t="n">
-        <x:v>1791974</x:v>
+        <x:v>1842069</x:v>
       </x:c>
       <x:c r="AQ49" s="3" t="n">
-        <x:v>1862962</x:v>
+        <x:v>1921495</x:v>
       </x:c>
       <x:c r="AR49" s="3" t="n">
-        <x:v>1985055</x:v>
+        <x:v>2049714</x:v>
       </x:c>
       <x:c r="AS49" s="3" t="n">
-        <x:v>2096210</x:v>
+        <x:v>2171312</x:v>
       </x:c>
       <x:c r="AT49" s="3" t="n">
-        <x:v>2200868</x:v>
+        <x:v>2281487</x:v>
       </x:c>
       <x:c r="AU49" s="3" t="n">
-        <x:v>2271916</x:v>
+        <x:v>2364670</x:v>
       </x:c>
       <x:c r="AV49" s="3" t="n">
-        <x:v>2333636</x:v>
+        <x:v>2429436</x:v>
       </x:c>
       <x:c r="AW49" s="3" t="n">
-        <x:v>2422056</x:v>
+        <x:v>2528492</x:v>
       </x:c>
       <x:c r="AX49" s="3" t="n">
-        <x:v>2538236</x:v>
+        <x:v>2648954</x:v>
       </x:c>
       <x:c r="AY49" s="3" t="n">
-        <x:v>2668417</x:v>
+        <x:v>2795113</x:v>
       </x:c>
       <x:c r="AZ49" s="3" t="n">
-        <x:v>2663415</x:v>
+        <x:v>2793903</x:v>
       </x:c>
       <x:c r="BA49" s="3" t="n">
-        <x:v>2885868</x:v>
+        <x:v>3028634</x:v>
       </x:c>
       <x:c r="BB49" s="3" t="n">
-        <x:v>3253672</x:v>
+        <x:v>3439941</x:v>
       </x:c>
       <x:c r="BC49" s="3" t="n">
-        <x:v>3424887</x:v>
+        <x:v>3568749</x:v>
       </x:c>
       <x:c r="BD49" s="3" t="n">
-        <x:v>3574017</x:v>
+        <x:v>3712624</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:56">
       <x:c r="A50" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>62065</x:v>
+        <x:v>61632</x:v>
       </x:c>
       <x:c r="C50" s="3" t="n">
-        <x:v>68706</x:v>
+        <x:v>68284</x:v>
       </x:c>
       <x:c r="D50" s="3" t="n">
-        <x:v>76492</x:v>
+        <x:v>76000</x:v>
       </x:c>
       <x:c r="E50" s="3" t="n">
-        <x:v>86153</x:v>
+        <x:v>85573</x:v>
       </x:c>
       <x:c r="F50" s="3" t="n">
-        <x:v>101396</x:v>
+        <x:v>100774</x:v>
       </x:c>
       <x:c r="G50" s="3" t="n">
-        <x:v>115473</x:v>
+        <x:v>114766</x:v>
       </x:c>
       <x:c r="H50" s="3" t="n">
-        <x:v>129268</x:v>
+        <x:v>128576</x:v>
       </x:c>
       <x:c r="I50" s="3" t="n">
-        <x:v>145384</x:v>
+        <x:v>144610</x:v>
       </x:c>
       <x:c r="J50" s="3" t="n">
-        <x:v>156627</x:v>
+        <x:v>155752</x:v>
       </x:c>
       <x:c r="K50" s="3" t="n">
-        <x:v>166916</x:v>
+        <x:v>165921</x:v>
       </x:c>
       <x:c r="L50" s="3" t="n">
-        <x:v>184758</x:v>
+        <x:v>183461</x:v>
       </x:c>
       <x:c r="M50" s="3" t="n">
-        <x:v>207291</x:v>
+        <x:v>206121</x:v>
       </x:c>
       <x:c r="N50" s="3" t="n">
-        <x:v>231716</x:v>
+        <x:v>230465</x:v>
       </x:c>
       <x:c r="O50" s="3" t="n">
-        <x:v>252854</x:v>
+        <x:v>251325</x:v>
       </x:c>
       <x:c r="P50" s="3" t="n">
-        <x:v>279950</x:v>
+        <x:v>278384</x:v>
       </x:c>
       <x:c r="Q50" s="3" t="n">
-        <x:v>310357</x:v>
+        <x:v>308591</x:v>
       </x:c>
       <x:c r="R50" s="3" t="n">
-        <x:v>345120</x:v>
+        <x:v>343235</x:v>
       </x:c>
       <x:c r="S50" s="3" t="n">
-        <x:v>385489</x:v>
+        <x:v>383356</x:v>
       </x:c>
       <x:c r="T50" s="3" t="n">
-        <x:v>414324</x:v>
+        <x:v>411700</x:v>
       </x:c>
       <x:c r="U50" s="3" t="n">
-        <x:v>422105</x:v>
+        <x:v>419294</x:v>
       </x:c>
       <x:c r="V50" s="3" t="n">
-        <x:v>431697</x:v>
+        <x:v>428896</x:v>
       </x:c>
       <x:c r="W50" s="3" t="n">
-        <x:v>444845</x:v>
+        <x:v>440157</x:v>
       </x:c>
       <x:c r="X50" s="3" t="n">
-        <x:v>458297</x:v>
+        <x:v>453082</x:v>
       </x:c>
       <x:c r="Y50" s="3" t="n">
-        <x:v>477042</x:v>
+        <x:v>471810</x:v>
       </x:c>
       <x:c r="Z50" s="3" t="n">
-        <x:v>498823</x:v>
+        <x:v>493128</x:v>
       </x:c>
       <x:c r="AA50" s="3" t="n">
-        <x:v>536434</x:v>
+        <x:v>530441</x:v>
       </x:c>
       <x:c r="AB50" s="3" t="n">
-        <x:v>561440</x:v>
+        <x:v>554393</x:v>
       </x:c>
       <x:c r="AC50" s="3" t="n">
-        <x:v>610178</x:v>
+        <x:v>600678</x:v>
       </x:c>
       <x:c r="AD50" s="3" t="n">
-        <x:v>661108</x:v>
+        <x:v>651493</x:v>
       </x:c>
       <x:c r="AE50" s="3" t="n">
-        <x:v>691696</x:v>
+        <x:v>683280</x:v>
       </x:c>
       <x:c r="AF50" s="3" t="n">
-        <x:v>736990</x:v>
+        <x:v>729624</x:v>
       </x:c>
       <x:c r="AG50" s="3" t="n">
-        <x:v>781757</x:v>
+        <x:v>775439</x:v>
       </x:c>
       <x:c r="AH50" s="3" t="n">
-        <x:v>815622</x:v>
+        <x:v>810424</x:v>
       </x:c>
       <x:c r="AI50" s="3" t="n">
-        <x:v>852082</x:v>
+        <x:v>849586</x:v>
       </x:c>
       <x:c r="AJ50" s="3" t="n">
-        <x:v>924880</x:v>
+        <x:v>926058</x:v>
       </x:c>
       <x:c r="AK50" s="3" t="n">
-        <x:v>1003813</x:v>
+        <x:v>1010928</x:v>
       </x:c>
       <x:c r="AL50" s="3" t="n">
-        <x:v>1107638</x:v>
+        <x:v>1123202</x:v>
       </x:c>
       <x:c r="AM50" s="3" t="n">
-        <x:v>1223431</x:v>
+        <x:v>1250538</x:v>
       </x:c>
       <x:c r="AN50" s="3" t="n">
-        <x:v>1311302</x:v>
+        <x:v>1347328</x:v>
       </x:c>
       <x:c r="AO50" s="3" t="n">
-        <x:v>1301226</x:v>
+        <x:v>1345613</x:v>
       </x:c>
       <x:c r="AP50" s="3" t="n">
-        <x:v>1368982</x:v>
+        <x:v>1419077</x:v>
       </x:c>
       <x:c r="AQ50" s="3" t="n">
-        <x:v>1412659</x:v>
+        <x:v>1471192</x:v>
       </x:c>
       <x:c r="AR50" s="3" t="n">
-        <x:v>1505217</x:v>
+        <x:v>1569876</x:v>
       </x:c>
       <x:c r="AS50" s="3" t="n">
-        <x:v>1590907</x:v>
+        <x:v>1666009</x:v>
       </x:c>
       <x:c r="AT50" s="3" t="n">
-        <x:v>1666765</x:v>
+        <x:v>1750047</x:v>
       </x:c>
       <x:c r="AU50" s="3" t="n">
-        <x:v>1709974</x:v>
+        <x:v>1806413</x:v>
       </x:c>
       <x:c r="AV50" s="3" t="n">
-        <x:v>1749809</x:v>
+        <x:v>1848807</x:v>
       </x:c>
       <x:c r="AW50" s="3" t="n">
-        <x:v>1811358</x:v>
+        <x:v>1920645</x:v>
       </x:c>
       <x:c r="AX50" s="3" t="n">
-        <x:v>1896447</x:v>
+        <x:v>2011351</x:v>
       </x:c>
       <x:c r="AY50" s="3" t="n">
-        <x:v>1993188</x:v>
+        <x:v>2125246</x:v>
       </x:c>
       <x:c r="AZ50" s="3" t="n">
-        <x:v>1969992</x:v>
+        <x:v>2103204</x:v>
       </x:c>
       <x:c r="BA50" s="3" t="n">
-        <x:v>2150588</x:v>
+        <x:v>2297450</x:v>
       </x:c>
       <x:c r="BB50" s="3" t="n">
-        <x:v>2469127</x:v>
+        <x:v>2658635</x:v>
       </x:c>
       <x:c r="BC50" s="3" t="n">
-        <x:v>2583888</x:v>
+        <x:v>2731878</x:v>
       </x:c>
       <x:c r="BD50" s="3" t="n">
-        <x:v>2676525</x:v>
+        <x:v>2818330</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:56">
       <x:c r="A51" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
         <x:v>16777</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>18280</x:v>
       </x:c>
       <x:c r="D51" s="3" t="n">
         <x:v>20468</x:v>
       </x:c>
       <x:c r="E51" s="3" t="n">
         <x:v>23717</x:v>
       </x:c>
       <x:c r="F51" s="3" t="n">
         <x:v>28378</x:v>
       </x:c>
       <x:c r="G51" s="3" t="n">
         <x:v>31540</x:v>
       </x:c>
       <x:c r="H51" s="3" t="n">
@@ -8918,120 +8917,120 @@
       <x:c r="Y51" s="3" t="n">
         <x:v>88733</x:v>
       </x:c>
       <x:c r="Z51" s="3" t="n">
         <x:v>94784</x:v>
       </x:c>
       <x:c r="AA51" s="3" t="n">
         <x:v>105828</x:v>
       </x:c>
       <x:c r="AB51" s="3" t="n">
         <x:v>108079</x:v>
       </x:c>
       <x:c r="AC51" s="3" t="n">
         <x:v>116635</x:v>
       </x:c>
       <x:c r="AD51" s="3" t="n">
         <x:v>124774</x:v>
       </x:c>
       <x:c r="AE51" s="3" t="n">
         <x:v>130630</x:v>
       </x:c>
       <x:c r="AF51" s="3" t="n">
         <x:v>138062</x:v>
       </x:c>
       <x:c r="AG51" s="3" t="n">
-        <x:v>144582</x:v>
+        <x:v>144752</x:v>
       </x:c>
       <x:c r="AH51" s="3" t="n">
-        <x:v>144182</x:v>
+        <x:v>144416</x:v>
       </x:c>
       <x:c r="AI51" s="3" t="n">
-        <x:v>148826</x:v>
+        <x:v>149515</x:v>
       </x:c>
       <x:c r="AJ51" s="3" t="n">
-        <x:v>158181</x:v>
+        <x:v>159185</x:v>
       </x:c>
       <x:c r="AK51" s="3" t="n">
-        <x:v>168179</x:v>
+        <x:v>169753</x:v>
       </x:c>
       <x:c r="AL51" s="3" t="n">
-        <x:v>189843</x:v>
+        <x:v>191414</x:v>
       </x:c>
       <x:c r="AM51" s="3" t="n">
-        <x:v>201564</x:v>
+        <x:v>204205</x:v>
       </x:c>
       <x:c r="AN51" s="3" t="n">
-        <x:v>210498</x:v>
+        <x:v>213323</x:v>
       </x:c>
       <x:c r="AO51" s="3" t="n">
-        <x:v>186513</x:v>
+        <x:v>189737</x:v>
       </x:c>
       <x:c r="AP51" s="3" t="n">
-        <x:v>194136</x:v>
+        <x:v>197470</x:v>
       </x:c>
       <x:c r="AQ51" s="3" t="n">
-        <x:v>197130</x:v>
+        <x:v>200185</x:v>
       </x:c>
       <x:c r="AR51" s="3" t="n">
-        <x:v>205378</x:v>
+        <x:v>208431</x:v>
       </x:c>
       <x:c r="AS51" s="3" t="n">
-        <x:v>212838</x:v>
+        <x:v>215827</x:v>
       </x:c>
       <x:c r="AT51" s="3" t="n">
-        <x:v>222695</x:v>
+        <x:v>225348</x:v>
       </x:c>
       <x:c r="AU51" s="3" t="n">
-        <x:v>223429</x:v>
+        <x:v>227814</x:v>
       </x:c>
       <x:c r="AV51" s="3" t="n">
-        <x:v>212956</x:v>
+        <x:v>215988</x:v>
       </x:c>
       <x:c r="AW51" s="3" t="n">
-        <x:v>220556</x:v>
+        <x:v>224684</x:v>
       </x:c>
       <x:c r="AX51" s="3" t="n">
-        <x:v>223915</x:v>
+        <x:v>228279</x:v>
       </x:c>
       <x:c r="AY51" s="3" t="n">
-        <x:v>232172</x:v>
+        <x:v>236319</x:v>
       </x:c>
       <x:c r="AZ51" s="3" t="n">
-        <x:v>234527</x:v>
+        <x:v>238658</x:v>
       </x:c>
       <x:c r="BA51" s="3" t="n">
-        <x:v>249265</x:v>
+        <x:v>253960</x:v>
       </x:c>
       <x:c r="BB51" s="3" t="n">
-        <x:v>286753</x:v>
+        <x:v>290428</x:v>
       </x:c>
       <x:c r="BC51" s="3" t="n">
-        <x:v>315547</x:v>
+        <x:v>306557</x:v>
       </x:c>
       <x:c r="BD51" s="3" t="n">
-        <x:v>327344</x:v>
+        <x:v>313252</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:56">
       <x:c r="A52" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
         <x:v>12228</x:v>
       </x:c>
       <x:c r="C52" s="3" t="n">
         <x:v>13525</x:v>
       </x:c>
       <x:c r="D52" s="3" t="n">
         <x:v>14293</x:v>
       </x:c>
       <x:c r="E52" s="3" t="n">
         <x:v>15639</x:v>
       </x:c>
       <x:c r="F52" s="3" t="n">
         <x:v>18019</x:v>
       </x:c>
       <x:c r="G52" s="3" t="n">
         <x:v>20373</x:v>
       </x:c>
       <x:c r="H52" s="3" t="n">
@@ -9079,299 +9078,299 @@
       <x:c r="V52" s="3" t="n">
         <x:v>72431</x:v>
       </x:c>
       <x:c r="W52" s="3" t="n">
         <x:v>70669</x:v>
       </x:c>
       <x:c r="X52" s="3" t="n">
         <x:v>69141</x:v>
       </x:c>
       <x:c r="Y52" s="3" t="n">
         <x:v>67379</x:v>
       </x:c>
       <x:c r="Z52" s="3" t="n">
         <x:v>72342</x:v>
       </x:c>
       <x:c r="AA52" s="3" t="n">
         <x:v>81610</x:v>
       </x:c>
       <x:c r="AB52" s="3" t="n">
         <x:v>82239</x:v>
       </x:c>
       <x:c r="AC52" s="3" t="n">
         <x:v>90392</x:v>
       </x:c>
       <x:c r="AD52" s="3" t="n">
-        <x:v>98732</x:v>
+        <x:v>98026</x:v>
       </x:c>
       <x:c r="AE52" s="3" t="n">
-        <x:v>97958</x:v>
+        <x:v>97247</x:v>
       </x:c>
       <x:c r="AF52" s="3" t="n">
-        <x:v>103346</x:v>
+        <x:v>102664</x:v>
       </x:c>
       <x:c r="AG52" s="3" t="n">
-        <x:v>108826</x:v>
+        <x:v>108014</x:v>
       </x:c>
       <x:c r="AH52" s="3" t="n">
-        <x:v>116603</x:v>
+        <x:v>115419</x:v>
       </x:c>
       <x:c r="AI52" s="3" t="n">
-        <x:v>121199</x:v>
+        <x:v>119755</x:v>
       </x:c>
       <x:c r="AJ52" s="3" t="n">
-        <x:v>133221</x:v>
+        <x:v>131569</x:v>
       </x:c>
       <x:c r="AK52" s="3" t="n">
-        <x:v>153783</x:v>
+        <x:v>152097</x:v>
       </x:c>
       <x:c r="AL52" s="3" t="n">
-        <x:v>176938</x:v>
+        <x:v>175038</x:v>
       </x:c>
       <x:c r="AM52" s="3" t="n">
-        <x:v>186492</x:v>
+        <x:v>184354</x:v>
       </x:c>
       <x:c r="AN52" s="3" t="n">
-        <x:v>208509</x:v>
+        <x:v>206272</x:v>
       </x:c>
       <x:c r="AO52" s="3" t="n">
-        <x:v>202003</x:v>
+        <x:v>199646</x:v>
       </x:c>
       <x:c r="AP52" s="3" t="n">
-        <x:v>222081</x:v>
+        <x:v>219432</x:v>
       </x:c>
       <x:c r="AQ52" s="3" t="n">
-        <x:v>227759</x:v>
+        <x:v>224632</x:v>
       </x:c>
       <x:c r="AR52" s="3" t="n">
-        <x:v>238867</x:v>
+        <x:v>235333</x:v>
       </x:c>
       <x:c r="AS52" s="3" t="n">
-        <x:v>253873</x:v>
+        <x:v>249865</x:v>
       </x:c>
       <x:c r="AT52" s="3" t="n">
-        <x:v>267105</x:v>
+        <x:v>262815</x:v>
       </x:c>
       <x:c r="AU52" s="3" t="n">
-        <x:v>275560</x:v>
+        <x:v>270525</x:v>
       </x:c>
       <x:c r="AV52" s="3" t="n">
-        <x:v>306362</x:v>
+        <x:v>300791</x:v>
       </x:c>
       <x:c r="AW52" s="3" t="n">
-        <x:v>322777</x:v>
+        <x:v>316676</x:v>
       </x:c>
       <x:c r="AX52" s="3" t="n">
-        <x:v>351800</x:v>
+        <x:v>344849</x:v>
       </x:c>
       <x:c r="AY52" s="3" t="n">
-        <x:v>357947</x:v>
+        <x:v>350080</x:v>
       </x:c>
       <x:c r="AZ52" s="3" t="n">
-        <x:v>332493</x:v>
+        <x:v>324258</x:v>
       </x:c>
       <x:c r="BA52" s="3" t="n">
-        <x:v>416304</x:v>
+        <x:v>407552</x:v>
       </x:c>
       <x:c r="BB52" s="3" t="n">
-        <x:v>538525</x:v>
+        <x:v>540027</x:v>
       </x:c>
       <x:c r="BC52" s="3" t="n">
-        <x:v>486674</x:v>
+        <x:v>469025</x:v>
       </x:c>
       <x:c r="BD52" s="3" t="n">
-        <x:v>468188</x:v>
+        <x:v>445510</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:56">
       <x:c r="A53" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>33060</x:v>
+        <x:v>32627</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>36901</x:v>
+        <x:v>36479</x:v>
       </x:c>
       <x:c r="D53" s="3" t="n">
-        <x:v>41731</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="E53" s="3" t="n">
-        <x:v>46797</x:v>
+        <x:v>46217</x:v>
       </x:c>
       <x:c r="F53" s="3" t="n">
-        <x:v>54999</x:v>
+        <x:v>54377</x:v>
       </x:c>
       <x:c r="G53" s="3" t="n">
-        <x:v>63560</x:v>
+        <x:v>62853</x:v>
       </x:c>
       <x:c r="H53" s="3" t="n">
-        <x:v>72126</x:v>
+        <x:v>71434</x:v>
       </x:c>
       <x:c r="I53" s="3" t="n">
-        <x:v>82255</x:v>
+        <x:v>81481</x:v>
       </x:c>
       <x:c r="J53" s="3" t="n">
-        <x:v>89031</x:v>
+        <x:v>88156</x:v>
       </x:c>
       <x:c r="K53" s="3" t="n">
-        <x:v>93320</x:v>
+        <x:v>92325</x:v>
       </x:c>
       <x:c r="L53" s="3" t="n">
-        <x:v>107751</x:v>
+        <x:v>106454</x:v>
       </x:c>
       <x:c r="M53" s="3" t="n">
-        <x:v>123862</x:v>
+        <x:v>122692</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>140544</x:v>
+        <x:v>139293</x:v>
       </x:c>
       <x:c r="O53" s="3" t="n">
-        <x:v>154916</x:v>
+        <x:v>153387</x:v>
       </x:c>
       <x:c r="P53" s="3" t="n">
-        <x:v>169276</x:v>
+        <x:v>167710</x:v>
       </x:c>
       <x:c r="Q53" s="3" t="n">
-        <x:v>190627</x:v>
+        <x:v>188861</x:v>
       </x:c>
       <x:c r="R53" s="3" t="n">
-        <x:v>214846</x:v>
+        <x:v>212961</x:v>
       </x:c>
       <x:c r="S53" s="3" t="n">
-        <x:v>240580</x:v>
+        <x:v>238447</x:v>
       </x:c>
       <x:c r="T53" s="3" t="n">
-        <x:v>258626</x:v>
+        <x:v>256002</x:v>
       </x:c>
       <x:c r="U53" s="3" t="n">
-        <x:v>268509</x:v>
+        <x:v>265698</x:v>
       </x:c>
       <x:c r="V53" s="3" t="n">
-        <x:v>280186</x:v>
+        <x:v>277385</x:v>
       </x:c>
       <x:c r="W53" s="3" t="n">
-        <x:v>293835</x:v>
+        <x:v>289147</x:v>
       </x:c>
       <x:c r="X53" s="3" t="n">
-        <x:v>306144</x:v>
+        <x:v>300929</x:v>
       </x:c>
       <x:c r="Y53" s="3" t="n">
-        <x:v>320930</x:v>
+        <x:v>315698</x:v>
       </x:c>
       <x:c r="Z53" s="3" t="n">
-        <x:v>331697</x:v>
+        <x:v>326002</x:v>
       </x:c>
       <x:c r="AA53" s="3" t="n">
-        <x:v>348996</x:v>
+        <x:v>343003</x:v>
       </x:c>
       <x:c r="AB53" s="3" t="n">
-        <x:v>371122</x:v>
+        <x:v>364075</x:v>
       </x:c>
       <x:c r="AC53" s="3" t="n">
-        <x:v>403151</x:v>
+        <x:v>393651</x:v>
       </x:c>
       <x:c r="AD53" s="3" t="n">
-        <x:v>437602</x:v>
+        <x:v>428693</x:v>
       </x:c>
       <x:c r="AE53" s="3" t="n">
-        <x:v>463108</x:v>
+        <x:v>455403</x:v>
       </x:c>
       <x:c r="AF53" s="3" t="n">
-        <x:v>495582</x:v>
+        <x:v>488898</x:v>
       </x:c>
       <x:c r="AG53" s="3" t="n">
-        <x:v>528349</x:v>
+        <x:v>522673</x:v>
       </x:c>
       <x:c r="AH53" s="3" t="n">
-        <x:v>554837</x:v>
+        <x:v>550589</x:v>
       </x:c>
       <x:c r="AI53" s="3" t="n">
-        <x:v>582057</x:v>
+        <x:v>580316</x:v>
       </x:c>
       <x:c r="AJ53" s="3" t="n">
-        <x:v>633478</x:v>
+        <x:v>635304</x:v>
       </x:c>
       <x:c r="AK53" s="3" t="n">
-        <x:v>681851</x:v>
+        <x:v>689078</x:v>
       </x:c>
       <x:c r="AL53" s="3" t="n">
-        <x:v>740857</x:v>
+        <x:v>756750</x:v>
       </x:c>
       <x:c r="AM53" s="3" t="n">
-        <x:v>835375</x:v>
+        <x:v>861979</x:v>
       </x:c>
       <x:c r="AN53" s="3" t="n">
-        <x:v>892295</x:v>
+        <x:v>927733</x:v>
       </x:c>
       <x:c r="AO53" s="3" t="n">
-        <x:v>912710</x:v>
+        <x:v>956230</x:v>
       </x:c>
       <x:c r="AP53" s="3" t="n">
-        <x:v>952765</x:v>
+        <x:v>1002175</x:v>
       </x:c>
       <x:c r="AQ53" s="3" t="n">
-        <x:v>987770</x:v>
+        <x:v>1046375</x:v>
       </x:c>
       <x:c r="AR53" s="3" t="n">
-        <x:v>1060972</x:v>
+        <x:v>1126112</x:v>
       </x:c>
       <x:c r="AS53" s="3" t="n">
-        <x:v>1124196</x:v>
+        <x:v>1200317</x:v>
       </x:c>
       <x:c r="AT53" s="3" t="n">
-        <x:v>1176965</x:v>
+        <x:v>1261884</x:v>
       </x:c>
       <x:c r="AU53" s="3" t="n">
-        <x:v>1210985</x:v>
+        <x:v>1308074</x:v>
       </x:c>
       <x:c r="AV53" s="3" t="n">
-        <x:v>1230491</x:v>
+        <x:v>1332028</x:v>
       </x:c>
       <x:c r="AW53" s="3" t="n">
-        <x:v>1268025</x:v>
+        <x:v>1379285</x:v>
       </x:c>
       <x:c r="AX53" s="3" t="n">
-        <x:v>1320732</x:v>
+        <x:v>1438223</x:v>
       </x:c>
       <x:c r="AY53" s="3" t="n">
-        <x:v>1403069</x:v>
+        <x:v>1538847</x:v>
       </x:c>
       <x:c r="AZ53" s="3" t="n">
-        <x:v>1402972</x:v>
+        <x:v>1540288</x:v>
       </x:c>
       <x:c r="BA53" s="3" t="n">
-        <x:v>1485019</x:v>
+        <x:v>1635938</x:v>
       </x:c>
       <x:c r="BB53" s="3" t="n">
-        <x:v>1643849</x:v>
+        <x:v>1828180</x:v>
       </x:c>
       <x:c r="BC53" s="3" t="n">
-        <x:v>1781667</x:v>
+        <x:v>1956296</x:v>
       </x:c>
       <x:c r="BD53" s="3" t="n">
-        <x:v>1880994</x:v>
+        <x:v>2059568</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:56">
       <x:c r="A54" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
         <x:v>10973</x:v>
       </x:c>
       <x:c r="C54" s="3" t="n">
         <x:v>12998</x:v>
       </x:c>
       <x:c r="D54" s="3" t="n">
         <x:v>14978</x:v>
       </x:c>
       <x:c r="E54" s="3" t="n">
         <x:v>17384</x:v>
       </x:c>
       <x:c r="F54" s="3" t="n">
         <x:v>20135</x:v>
       </x:c>
       <x:c r="G54" s="3" t="n">
         <x:v>24450</x:v>
       </x:c>
       <x:c r="H54" s="3" t="n">
@@ -9449,99 +9448,99 @@
       <x:c r="AF54" s="3" t="n">
         <x:v>227961</x:v>
       </x:c>
       <x:c r="AG54" s="3" t="n">
         <x:v>244926</x:v>
       </x:c>
       <x:c r="AH54" s="3" t="n">
         <x:v>258223</x:v>
       </x:c>
       <x:c r="AI54" s="3" t="n">
         <x:v>270489</x:v>
       </x:c>
       <x:c r="AJ54" s="3" t="n">
         <x:v>282599</x:v>
       </x:c>
       <x:c r="AK54" s="3" t="n">
         <x:v>295570</x:v>
       </x:c>
       <x:c r="AL54" s="3" t="n">
         <x:v>314862</x:v>
       </x:c>
       <x:c r="AM54" s="3" t="n">
         <x:v>340693</x:v>
       </x:c>
       <x:c r="AN54" s="3" t="n">
-        <x:v>372272</x:v>
+        <x:v>372268</x:v>
       </x:c>
       <x:c r="AO54" s="3" t="n">
         <x:v>399457</x:v>
       </x:c>
       <x:c r="AP54" s="3" t="n">
         <x:v>422992</x:v>
       </x:c>
       <x:c r="AQ54" s="3" t="n">
         <x:v>450303</x:v>
       </x:c>
       <x:c r="AR54" s="3" t="n">
         <x:v>479838</x:v>
       </x:c>
       <x:c r="AS54" s="3" t="n">
         <x:v>505303</x:v>
       </x:c>
       <x:c r="AT54" s="3" t="n">
-        <x:v>534103</x:v>
+        <x:v>531440</x:v>
       </x:c>
       <x:c r="AU54" s="3" t="n">
-        <x:v>561942</x:v>
+        <x:v>558257</x:v>
       </x:c>
       <x:c r="AV54" s="3" t="n">
-        <x:v>583827</x:v>
+        <x:v>580629</x:v>
       </x:c>
       <x:c r="AW54" s="3" t="n">
-        <x:v>610698</x:v>
+        <x:v>607847</x:v>
       </x:c>
       <x:c r="AX54" s="3" t="n">
-        <x:v>641789</x:v>
+        <x:v>637603</x:v>
       </x:c>
       <x:c r="AY54" s="3" t="n">
-        <x:v>675229</x:v>
+        <x:v>669867</x:v>
       </x:c>
       <x:c r="AZ54" s="3" t="n">
-        <x:v>693423</x:v>
+        <x:v>690699</x:v>
       </x:c>
       <x:c r="BA54" s="3" t="n">
-        <x:v>735280</x:v>
+        <x:v>731184</x:v>
       </x:c>
       <x:c r="BB54" s="3" t="n">
-        <x:v>784545</x:v>
+        <x:v>781306</x:v>
       </x:c>
       <x:c r="BC54" s="3" t="n">
-        <x:v>841000</x:v>
+        <x:v>836871</x:v>
       </x:c>
       <x:c r="BD54" s="3" t="n">
-        <x:v>897492</x:v>
+        <x:v>894294</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:56">
       <x:c r="A55" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
         <x:v>11646</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>14102</x:v>
       </x:c>
       <x:c r="D55" s="3" t="n">
         <x:v>15398</x:v>
       </x:c>
       <x:c r="E55" s="3" t="n">
         <x:v>17183</x:v>
       </x:c>
       <x:c r="F55" s="3" t="n">
         <x:v>18229</x:v>
       </x:c>
       <x:c r="G55" s="3" t="n">
         <x:v>20554</x:v>
       </x:c>
       <x:c r="H55" s="3" t="n">
@@ -9661,57 +9660,57 @@
       <x:c r="AT55" s="3" t="n">
         <x:v>332239</x:v>
       </x:c>
       <x:c r="AU55" s="3" t="n">
         <x:v>342322</x:v>
       </x:c>
       <x:c r="AV55" s="3" t="n">
         <x:v>358462</x:v>
       </x:c>
       <x:c r="AW55" s="3" t="n">
         <x:v>375568</x:v>
       </x:c>
       <x:c r="AX55" s="3" t="n">
         <x:v>392356</x:v>
       </x:c>
       <x:c r="AY55" s="3" t="n">
         <x:v>398641</x:v>
       </x:c>
       <x:c r="AZ55" s="3" t="n">
         <x:v>403924</x:v>
       </x:c>
       <x:c r="BA55" s="3" t="n">
         <x:v>429451</x:v>
       </x:c>
       <x:c r="BB55" s="3" t="n">
-        <x:v>425003</x:v>
+        <x:v>424949</x:v>
       </x:c>
       <x:c r="BC55" s="3" t="n">
-        <x:v>453811</x:v>
+        <x:v>452879</x:v>
       </x:c>
       <x:c r="BD55" s="3" t="n">
-        <x:v>476119</x:v>
+        <x:v>474272</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:56">
       <x:c r="A57" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:56">
       <x:c r="A58" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:56">
       <x:c r="A59" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:56">
       <x:c r="A61" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:56">
       <x:c r="A62" s="0" t="s">
         <x:v>112</x:v>