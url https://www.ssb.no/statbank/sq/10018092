--- v2 (2025-12-15)
+++ v3 (2026-01-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb75ef1c0dd9f4db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4303f8f40c934229864c622921919f68.psmdcp" Id="R7df0102f3a334ae8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7d99a22e8504d57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/45ac1298ce964751990e7c3d2c4f9c07.psmdcp" Id="R1b7b4d571c0141b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Priser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="138">
   <x:si>
     <x:t>09189: Makroøkonomiske hovedstørrelser, etter makrostørrelse, statistikkvariabel og år</x:t>
   </x:si>
   <x:si>
     <x:t>Løpende priser (mill. kr)</x:t>
   </x:si>
   <x:si>