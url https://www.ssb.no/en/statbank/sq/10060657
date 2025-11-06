--- v0 (2025-10-10)
+++ v1 (2025-11-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb853e95481454a4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6dccff9dbd91413c8c7d0484eafddd93.psmdcp" Id="R5b81765f2caa41eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61dca312a5b54fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7596e5d7c284fcaaf6026b627e73d40.psmdcp" Id="R1436c87994f84945" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SparerateSesong" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="133">
   <x:si>
     <x:t>11020: Quarterly non-financial sector accounts. Income, expenditure and saving, by contents, sector, transaction and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>1999K1</x:t>
   </x:si>
   <x:si>