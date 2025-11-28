--- v1 (2025-11-06)
+++ v2 (2025-11-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61dca312a5b54fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7596e5d7c284fcaaf6026b627e73d40.psmdcp" Id="R1436c87994f84945" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e62ca0952944b5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1398686cca8a4528a797cc649e934baa.psmdcp" Id="R045fdba07cdb4c13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SparerateSesong" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="133">
   <x:si>
     <x:t>11020: Quarterly non-financial sector accounts. Income, expenditure and saving, by contents, sector, transaction and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>1999K1</x:t>
   </x:si>
   <x:si>
@@ -343,51 +343,51 @@
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
     <x:t>Savings ratio. Seasonally adjusted (per cent)</x:t>
   </x:si>
   <x:si>
     <x:t>Households</x:t>
   </x:si>
   <x:si>
     <x:t>MEMO: Savings ratio (per cent)</x:t>
   </x:si>
   <x:si>
     <x:t>MEMO: Savings ratio excluding dividends (per cent)</x:t>
   </x:si>
   <x:si>
-    <x:t>Yearly figures are available in Statbank table  &lt;a href='http://www.ssb.no/en/table/10799'&gt;10799&lt;/a&gt;.</x:t>
+    <x:t>Yearly figures are available in Statbank table [10799](https://www.ssb.no/en/tabell/10799).</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Savings ratio. Seasonally adjusted (per cent):</x:t>
   </x:si>
   <x:si>
     <x:t>20250904 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Nils Amdal, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 91 14 91 46</x:t>
   </x:si>