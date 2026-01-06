--- v2 (2025-11-28)
+++ v3 (2026-01-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e62ca0952944b5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1398686cca8a4528a797cc649e934baa.psmdcp" Id="R045fdba07cdb4c13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7edbcf3fb044500" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e12411107a834b378c87d2e1f0765ab0.psmdcp" Id="R328fff7b973e4b9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SparerateSesong" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="133">
   <x:si>
     <x:t>11020: Quarterly non-financial sector accounts. Income, expenditure and saving, by contents, sector, transaction and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>1999K1</x:t>
   </x:si>
   <x:si>