--- v3 (2026-01-06)
+++ v4 (2026-01-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7edbcf3fb044500" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e12411107a834b378c87d2e1f0765ab0.psmdcp" Id="R328fff7b973e4b9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56ce8ec7a62e4d7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fba40acfc58b46268880d7863d00289b.psmdcp" Id="R586f1a4f5b364273" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SparerateSesong" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="133">
   <x:si>
     <x:t>11020: Quarterly non-financial sector accounts. Income, expenditure and saving, by contents, sector, transaction and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>1999K1</x:t>
   </x:si>
   <x:si>