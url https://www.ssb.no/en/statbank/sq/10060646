--- v0 (2025-10-10)
+++ v1 (2025-11-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69e3dccfe294420b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c4a1a5a8d36e4cedb9cfa96082c05450.psmdcp" Id="R4c99dbf2a9534942" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95d1b61bcf864269" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/71c6a73cace8479697b14e58b897e5bd.psmdcp" Id="R04ab69b83aa848e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="154">
   <x:si>
     <x:t>11020: Quarterly non-financial sector accounts. Income, expenditure and saving, by contents, sector, transaction and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>1999K1</x:t>
   </x:si>
   <x:si>