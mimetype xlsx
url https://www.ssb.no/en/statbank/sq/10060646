--- v1 (2025-11-06)
+++ v2 (2025-11-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95d1b61bcf864269" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/71c6a73cace8479697b14e58b897e5bd.psmdcp" Id="R04ab69b83aa848e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R272cdf02a02f4099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/30a2d5476f4247c8b93e91594bc19eb6.psmdcp" Id="Rbb1f525685b9445a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="154">
   <x:si>
     <x:t>11020: Quarterly non-financial sector accounts. Income, expenditure and saving, by contents, sector, transaction and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>1999K1</x:t>
   </x:si>
   <x:si>
@@ -409,51 +409,51 @@
   <x:si>
     <x:t>= Saving</x:t>
   </x:si>
   <x:si>
     <x:t>+ Capital transfers</x:t>
   </x:si>
   <x:si>
     <x:t>- Capital transfers</x:t>
   </x:si>
   <x:si>
     <x:t>- Gross fixed capital formation</x:t>
   </x:si>
   <x:si>
     <x:t>+ Consumption of fixed capital</x:t>
   </x:si>
   <x:si>
     <x:t>- Net aqcuisition of non-produced non-financial assets</x:t>
   </x:si>
   <x:si>
     <x:t>- Changes in stocks and statistical discrepancies</x:t>
   </x:si>
   <x:si>
     <x:t>= Net lending</x:t>
   </x:si>
   <x:si>
-    <x:t>Yearly figures are available in Statbank table  &lt;a href='http://www.ssb.no/en/table/10799'&gt;10799&lt;/a&gt;.</x:t>
+    <x:t>Yearly figures are available in Statbank table [10799](https://www.ssb.no/en/tabell/10799).</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Revenue and expenditure. Unadjusted figures (NOK million):</x:t>
   </x:si>
   <x:si>
     <x:t>20250904 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Nils Amdal, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 91 14 91 46</x:t>
   </x:si>