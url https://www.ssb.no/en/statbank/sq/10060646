--- v2 (2025-11-28)
+++ v3 (2026-01-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R272cdf02a02f4099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/30a2d5476f4247c8b93e91594bc19eb6.psmdcp" Id="Rbb1f525685b9445a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3884be79c4f4a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/025d17e7eaf74a5e9691e93f1ffa8655.psmdcp" Id="R8af0b22a95ba42f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="154">
   <x:si>
     <x:t>11020: Quarterly non-financial sector accounts. Income, expenditure and saving, by contents, sector, transaction and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>1999K1</x:t>
   </x:si>
   <x:si>