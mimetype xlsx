--- v3 (2026-01-06)
+++ v4 (2026-01-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3884be79c4f4a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/025d17e7eaf74a5e9691e93f1ffa8655.psmdcp" Id="R8af0b22a95ba42f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe1b98ce37ef4e43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f6d5f94c78f4e998d949824da80630d.psmdcp" Id="R7807375131c14e33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="154">
   <x:si>
     <x:t>11020: Quarterly non-financial sector accounts. Income, expenditure and saving, by contents, sector, transaction and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>1999K1</x:t>
   </x:si>
   <x:si>