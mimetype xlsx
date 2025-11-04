--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5077bbfe5dbc4a57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cc5570d50afc4e8aaf2a0a9d98369bed.psmdcp" Id="R023abf398b0f4333" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a87d82247264cb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a1a4dc51c93241c48ac979afdb169712.psmdcp" Id="R1948725af9234bd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="142">
   <x:si>
     <x:t>11020: Quarterly non-financial sector accounts. Income, expenditure and saving, by sector, transaction, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Revenue and expenditure. Unadjusted figures (NOK million)</x:t>
   </x:si>
   <x:si>