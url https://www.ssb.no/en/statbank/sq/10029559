--- v1 (2025-11-04)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a87d82247264cb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a1a4dc51c93241c48ac979afdb169712.psmdcp" Id="R1948725af9234bd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b1e496605be4f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec0d92b0d0d14b7e9be077c2bdacca75.psmdcp" Id="R78f42cde8dc54caa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="142">
   <x:si>
     <x:t>11020: Quarterly non-financial sector accounts. Income, expenditure and saving, by sector, transaction, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Revenue and expenditure. Unadjusted figures (NOK million)</x:t>
   </x:si>
   <x:si>
@@ -373,51 +373,51 @@
   <x:si>
     <x:t>- Adjustment, household pension funds</x:t>
   </x:si>
   <x:si>
     <x:t>= Saving</x:t>
   </x:si>
   <x:si>
     <x:t>+ Capital transfers</x:t>
   </x:si>
   <x:si>
     <x:t>- Capital transfers</x:t>
   </x:si>
   <x:si>
     <x:t>- Gross fixed capital formation</x:t>
   </x:si>
   <x:si>
     <x:t>+ Consumption of fixed capital</x:t>
   </x:si>
   <x:si>
     <x:t>- Net aqcuisition of non-produced non-financial assets</x:t>
   </x:si>
   <x:si>
     <x:t>= Net lending</x:t>
   </x:si>
   <x:si>
-    <x:t>Yearly figures are available in Statbank table  &lt;a href='http://www.ssb.no/en/table/10799'&gt;10799&lt;/a&gt;.</x:t>
+    <x:t>Yearly figures are available in Statbank table [10799](https://www.ssb.no/en/tabell/10799).</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Revenue and expenditure. Unadjusted figures (NOK million):</x:t>
   </x:si>
   <x:si>
     <x:t>20250904 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Nils Amdal, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 91 14 91 46</x:t>
   </x:si>