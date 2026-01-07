--- v2 (2025-12-14)
+++ v3 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b1e496605be4f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec0d92b0d0d14b7e9be077c2bdacca75.psmdcp" Id="R78f42cde8dc54caa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R479198b5a8724bf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d0978e48cc164f49bca17c5c2d5f4c11.psmdcp" Id="R4aa62b9eb741434d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="142">
   <x:si>
     <x:t>11020: Quarterly non-financial sector accounts. Income, expenditure and saving, by sector, transaction, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Revenue and expenditure. Unadjusted figures (NOK million)</x:t>
   </x:si>
   <x:si>