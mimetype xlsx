--- v0 (2025-10-19)
+++ v1 (2025-11-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51e3efde8aa046d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/41b22e1f402e462daed5b09b1562b07a.psmdcp" Id="R3276c334eec349bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a38f702dc284925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d317cbe8f524c8cbfc75a3c16e7d60f.psmdcp" Id="R094a87f3afde4de2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="97">
   <x:si>
     <x:t>10799: Annual non-financial sector accounts. Income, expenditure and saving (NOK million), by sector, transaction, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices</x:t>
   </x:si>
   <x:si>