--- v1 (2025-11-25)
+++ v2 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a38f702dc284925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d317cbe8f524c8cbfc75a3c16e7d60f.psmdcp" Id="R094a87f3afde4de2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79c07aa24842461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1ff1024efd76433d842ba708d3e15483.psmdcp" Id="Rfecd6a05b1ef41b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="97">
   <x:si>
     <x:t>10799: Annual non-financial sector accounts. Income, expenditure and saving (NOK million), by sector, transaction, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices</x:t>
   </x:si>
   <x:si>