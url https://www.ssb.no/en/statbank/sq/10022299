--- v2 (2025-12-17)
+++ v3 (2026-01-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79c07aa24842461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1ff1024efd76433d842ba708d3e15483.psmdcp" Id="Rfecd6a05b1ef41b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3240a75af57d4392" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a1fc54e5a7f4373975493fa30b70a0b.psmdcp" Id="R2317be1fcc8c48c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="97">
   <x:si>
     <x:t>10799: Annual non-financial sector accounts. Income, expenditure and saving (NOK million), by sector, transaction, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices</x:t>
   </x:si>
   <x:si>