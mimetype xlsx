--- v0 (2025-10-19)
+++ v1 (2025-11-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e0af21d486e47b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95d6a9a1aab94bcf98c1546da2fff9d4.psmdcp" Id="Rc3e979e3ce754fc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bfbb8a702644b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/28407493fe93487dae2893c7ee3fc65d.psmdcp" Id="Rb5d0b7d75bd64453" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="113">
   <x:si>
     <x:t>10799: Annual non-financial sector accounts. Income, expenditure and saving (NOK million), by sector, transaction, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices</x:t>
   </x:si>
   <x:si>