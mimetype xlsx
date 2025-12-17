--- v1 (2025-11-25)
+++ v2 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bfbb8a702644b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/28407493fe93487dae2893c7ee3fc65d.psmdcp" Id="Rb5d0b7d75bd64453" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00514d04870d444e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e1b2c9cadc1645fc82635978e72fda6a.psmdcp" Id="R02e078de4da74698" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="113">
   <x:si>
     <x:t>10799: Annual non-financial sector accounts. Income, expenditure and saving (NOK million), by sector, transaction, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices</x:t>
   </x:si>
   <x:si>