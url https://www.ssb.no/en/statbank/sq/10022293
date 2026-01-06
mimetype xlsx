--- v2 (2025-12-17)
+++ v3 (2026-01-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00514d04870d444e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e1b2c9cadc1645fc82635978e72fda6a.psmdcp" Id="R02e078de4da74698" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82631cf9f7414e43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fde5bbc748594702be456ecb5d54fb52.psmdcp" Id="R95da278c3e0c4f4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="113">
   <x:si>
     <x:t>10799: Annual non-financial sector accounts. Income, expenditure and saving (NOK million), by sector, transaction, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices</x:t>
   </x:si>
   <x:si>