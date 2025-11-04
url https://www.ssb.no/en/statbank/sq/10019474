--- v0 (2025-10-11)
+++ v1 (2025-11-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5644d22fdf9b45c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0b01a44608bb44218e70414d276787b8.psmdcp" Id="Ree5ea54a3c8642e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7285e7370104530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/71acda350d4f4c8dbc87585a17f7a984.psmdcp" Id="Reeba7343e0b0410c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="DispRealInntN" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="87">
   <x:si>
     <x:t>12504: Contribution to growth in real disposable income for Norway (per cent), by contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>1978</x:t>
   </x:si>
   <x:si>