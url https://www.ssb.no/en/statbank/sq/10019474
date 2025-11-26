--- v1 (2025-11-04)
+++ v2 (2025-11-26)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7285e7370104530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/71acda350d4f4c8dbc87585a17f7a984.psmdcp" Id="Reeba7343e0b0410c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a21556b4ce544a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/04c61955d0004d8b8059e5460240f8b9.psmdcp" Id="Rbe373201d4994f01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="DispRealInntN" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="87">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
   <x:si>
     <x:t>12504: Contribution to growth in real disposable income for Norway (per cent), by contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>1978</x:t>
   </x:si>
   <x:si>
     <x:t>1979</x:t>
   </x:si>
   <x:si>
     <x:t>1980</x:t>
   </x:si>
   <x:si>
     <x:t>1981</x:t>
   </x:si>
   <x:si>
     <x:t>1982</x:t>
   </x:si>
   <x:si>
     <x:t>1983</x:t>
   </x:si>
   <x:si>
     <x:t>1984</x:t>
   </x:si>
   <x:si>
@@ -172,51 +172,54 @@
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
     <x:t>Real disposable income for Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contribution to growth from production growth in petroleum activities</x:t>
   </x:si>
   <x:si>
     <x:t>Production growth other</x:t>
   </x:si>
   <x:si>
     <x:t>Change in terms of trade</x:t>
   </x:si>
   <x:si>
     <x:t>Of which, prices for crude oil and gas</x:t>
   </x:si>
   <x:si>
     <x:t>Change in balance of income and current transfers</x:t>
   </x:si>
   <x:si>
-    <x:t>Figures from 2022 onwards are preliminary.</x:t>
+    <x:t>Figures from 2023 onwards are preliminary.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The table will be updated 10 December 2025.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Real disposable income for Norway:</x:t>
   </x:si>
   <x:si>
     <x:t>20250604 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Contribution to growth from production growth in petroleum activities:</x:t>
   </x:si>
   <x:si>
     <x:t>Production growth other:</x:t>
   </x:si>
   <x:si>
     <x:t>Change in terms of trade:</x:t>
   </x:si>
   <x:si>
     <x:t>Of which, prices for crude oil and gas:</x:t>
   </x:si>
   <x:si>
     <x:t>Change in balance of income and current transfers:</x:t>
   </x:si>
@@ -660,51 +663,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:AV110"/>
+  <x:dimension ref="A1:AV111"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="48" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:48">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:48">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>4</x:v>
@@ -1698,458 +1701,463 @@
       </x:c>
       <x:c r="AQ9" s="3" t="n">
         <x:v>-1.3</x:v>
       </x:c>
       <x:c r="AR9" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="AS9" s="3" t="n">
         <x:v>-2.4</x:v>
       </x:c>
       <x:c r="AT9" s="3" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="AU9" s="3" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="AV9" s="3" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:48">
       <x:c r="A11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:48">
-      <x:c r="A13" s="0" t="s">
+    <x:row r="12" spans="1:48">
+      <x:c r="A12" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:48">
       <x:c r="A14" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:48">
       <x:c r="A15" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:48">
       <x:c r="A16" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:48">
       <x:c r="A17" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:48">
       <x:c r="A18" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:48">
       <x:c r="A19" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:48">
       <x:c r="A20" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:48">
       <x:c r="A21" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:48">
       <x:c r="A22" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:48">
       <x:c r="A23" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:48">
       <x:c r="A24" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:48">
       <x:c r="A25" s="0" t="s">
-        <x:v>57</x:v>
-[...3 lines deleted...]
-      <x:c r="A27" s="0" t="s">
         <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:48">
+      <x:c r="A26" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:48">
       <x:c r="A28" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:48">
-      <x:c r="A30" s="0" t="s">
+    <x:row r="29" spans="1:48">
+      <x:c r="A29" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:48">
       <x:c r="A31" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:48">
       <x:c r="A32" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:48">
       <x:c r="A33" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:48">
       <x:c r="A34" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:48">
-      <x:c r="A36" s="0" t="s">
+    <x:row r="35" spans="1:48">
+      <x:c r="A35" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:48">
       <x:c r="A37" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:48">
       <x:c r="A38" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:48">
-      <x:c r="A40" s="0" t="s">
+    <x:row r="39" spans="1:48">
+      <x:c r="A39" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:48">
       <x:c r="A41" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:48">
       <x:c r="A42" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:48">
-      <x:c r="A47" s="0" t="s">
+    <x:row r="43" spans="1:48">
+      <x:c r="A43" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:48">
       <x:c r="A48" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:48">
       <x:c r="A49" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:48">
       <x:c r="A50" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:48">
       <x:c r="A51" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:48">
       <x:c r="A52" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:48">
       <x:c r="A53" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:48">
       <x:c r="A54" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:48">
       <x:c r="A55" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:48">
       <x:c r="A56" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:48">
       <x:c r="A57" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:48">
       <x:c r="A58" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:48">
       <x:c r="A59" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:48">
       <x:c r="A60" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:48">
       <x:c r="A61" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:48">
       <x:c r="A62" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:48">
       <x:c r="A63" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:48">
       <x:c r="A64" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:48">
       <x:c r="A65" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:48">
       <x:c r="A66" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:48">
       <x:c r="A67" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:48">
       <x:c r="A68" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:48">
       <x:c r="A69" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:48">
       <x:c r="A70" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:48">
       <x:c r="A71" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:48">
       <x:c r="A72" s="0" t="s">
-        <x:v>78</x:v>
-[...3 lines deleted...]
-      <x:c r="A74" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:48">
+      <x:c r="A73" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:48">
       <x:c r="A75" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:48">
       <x:c r="A76" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:48">
       <x:c r="A77" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:48">
       <x:c r="A78" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:48">
       <x:c r="A79" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:48">
       <x:c r="A80" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:48">
       <x:c r="A81" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:48">
       <x:c r="A82" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:48">
       <x:c r="A83" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:48">
       <x:c r="A84" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:48">
       <x:c r="A85" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:48">
       <x:c r="A86" s="0" t="s">
-        <x:v>80</x:v>
-[...4 lines deleted...]
-        <x:v>56</x:v>
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:48">
+      <x:c r="A87" s="0" t="s">
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:48">
       <x:c r="A90" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:48">
       <x:c r="A91" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:48">
       <x:c r="A92" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:48">
       <x:c r="A93" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:48">
       <x:c r="A94" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:48">
       <x:c r="A95" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:48">
       <x:c r="A96" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:48">
       <x:c r="A97" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:48">
       <x:c r="A98" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:48">
       <x:c r="A99" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:48">
       <x:c r="A100" s="0" t="s">
-        <x:v>81</x:v>
-[...3 lines deleted...]
-      <x:c r="A104" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:48">
+      <x:c r="A101" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
-    <x:row r="106" spans="1:48">
-      <x:c r="A106" s="0" t="s">
+    <x:row r="105" spans="1:48">
+      <x:c r="A105" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:48">
       <x:c r="A107" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
-    <x:row r="109" spans="1:48">
-      <x:c r="A109" s="0" t="s">
+    <x:row r="108" spans="1:48">
+      <x:c r="A108" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:48">
       <x:c r="A110" s="0" t="s">
         <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:48">
+      <x:c r="A111" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>DispRealInntN</vt:lpstr>
       <vt:lpstr>DispRealInntN!Print_Area</vt:lpstr>
       <vt:lpstr>DispRealInntN!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>