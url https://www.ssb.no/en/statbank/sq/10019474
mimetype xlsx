--- v2 (2025-11-26)
+++ v3 (2025-12-18)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a21556b4ce544a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/04c61955d0004d8b8059e5460240f8b9.psmdcp" Id="Rbe373201d4994f01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb254e9dfb5214126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/78d67d6edf374b99b5f69314bdbe725f.psmdcp" Id="Rf24d28a01ace40ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="DispRealInntN" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="87">
   <x:si>
     <x:t>12504: Contribution to growth in real disposable income for Norway (per cent), by contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>1978</x:t>
   </x:si>
   <x:si>
     <x:t>1979</x:t>
   </x:si>
   <x:si>
     <x:t>1980</x:t>
   </x:si>
   <x:si>
     <x:t>1981</x:t>
   </x:si>
   <x:si>
     <x:t>1982</x:t>
   </x:si>
   <x:si>
     <x:t>1983</x:t>
   </x:si>
   <x:si>
     <x:t>1984</x:t>
   </x:si>
   <x:si>
@@ -170,53 +170,50 @@
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
     <x:t>Real disposable income for Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contribution to growth from production growth in petroleum activities</x:t>
   </x:si>
   <x:si>
     <x:t>Production growth other</x:t>
   </x:si>
   <x:si>
     <x:t>Change in terms of trade</x:t>
   </x:si>
   <x:si>
     <x:t>Of which, prices for crude oil and gas</x:t>
   </x:si>
   <x:si>
     <x:t>Change in balance of income and current transfers</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Figures from 2023 onwards are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>The table will be updated 10 December 2025.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Real disposable income for Norway:</x:t>
   </x:si>
   <x:si>
     <x:t>20250604 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Contribution to growth from production growth in petroleum activities:</x:t>
   </x:si>
   <x:si>
     <x:t>Production growth other:</x:t>
   </x:si>
   <x:si>
     <x:t>Change in terms of trade:</x:t>
   </x:si>
   <x:si>
     <x:t>Of which, prices for crude oil and gas:</x:t>
   </x:si>
@@ -663,51 +660,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:AV111"/>
+  <x:dimension ref="A1:AV110"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="48" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:48">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:48">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>4</x:v>
@@ -1701,463 +1698,458 @@
       </x:c>
       <x:c r="AQ9" s="3" t="n">
         <x:v>-1.3</x:v>
       </x:c>
       <x:c r="AR9" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="AS9" s="3" t="n">
         <x:v>-2.4</x:v>
       </x:c>
       <x:c r="AT9" s="3" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="AU9" s="3" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="AV9" s="3" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:48">
       <x:c r="A11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:48">
-      <x:c r="A12" s="0" t="s">
+    <x:row r="13" spans="1:48">
+      <x:c r="A13" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:48">
       <x:c r="A14" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:48">
       <x:c r="A15" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:48">
       <x:c r="A16" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:48">
       <x:c r="A17" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:48">
       <x:c r="A18" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:48">
       <x:c r="A19" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:48">
       <x:c r="A20" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:48">
       <x:c r="A21" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:48">
       <x:c r="A22" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:48">
       <x:c r="A23" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:48">
       <x:c r="A24" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:48">
       <x:c r="A25" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:48">
+      <x:c r="A27" s="0" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:48">
       <x:c r="A28" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:48">
-      <x:c r="A29" s="0" t="s">
+    <x:row r="30" spans="1:48">
+      <x:c r="A30" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:48">
       <x:c r="A31" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:48">
       <x:c r="A32" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:48">
       <x:c r="A33" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:48">
       <x:c r="A34" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:48">
-      <x:c r="A35" s="0" t="s">
+    <x:row r="36" spans="1:48">
+      <x:c r="A36" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:48">
       <x:c r="A37" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:48">
       <x:c r="A38" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:48">
-      <x:c r="A39" s="0" t="s">
+    <x:row r="40" spans="1:48">
+      <x:c r="A40" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:48">
       <x:c r="A41" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:48">
       <x:c r="A42" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:48">
-      <x:c r="A43" s="0" t="s">
+    <x:row r="47" spans="1:48">
+      <x:c r="A47" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:48">
       <x:c r="A48" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:48">
       <x:c r="A49" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:48">
       <x:c r="A50" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:48">
       <x:c r="A51" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:48">
       <x:c r="A52" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:48">
       <x:c r="A53" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:48">
       <x:c r="A54" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:48">
       <x:c r="A55" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:48">
       <x:c r="A56" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:48">
       <x:c r="A57" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:48">
       <x:c r="A58" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:48">
       <x:c r="A59" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:48">
       <x:c r="A60" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:48">
       <x:c r="A61" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:48">
       <x:c r="A62" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:48">
       <x:c r="A63" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:48">
       <x:c r="A64" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:48">
       <x:c r="A65" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:48">
       <x:c r="A66" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:48">
       <x:c r="A67" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:48">
       <x:c r="A68" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:48">
       <x:c r="A69" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:48">
       <x:c r="A70" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:48">
       <x:c r="A71" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:48">
       <x:c r="A72" s="0" t="s">
-        <x:v>63</x:v>
-[...3 lines deleted...]
-      <x:c r="A73" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:48">
+      <x:c r="A74" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:48">
       <x:c r="A75" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:48">
       <x:c r="A76" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:48">
       <x:c r="A77" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:48">
       <x:c r="A78" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:48">
       <x:c r="A79" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:48">
       <x:c r="A80" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:48">
       <x:c r="A81" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:48">
       <x:c r="A82" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:48">
       <x:c r="A83" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:48">
       <x:c r="A84" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:48">
       <x:c r="A85" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:48">
       <x:c r="A86" s="0" t="s">
-        <x:v>53</x:v>
-[...4 lines deleted...]
-        <x:v>81</x:v>
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:48">
+      <x:c r="A89" s="0" t="s">
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:48">
       <x:c r="A90" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:48">
       <x:c r="A91" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:48">
       <x:c r="A92" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:48">
       <x:c r="A93" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:48">
       <x:c r="A94" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:48">
       <x:c r="A95" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:48">
       <x:c r="A96" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:48">
       <x:c r="A97" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:48">
       <x:c r="A98" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:48">
       <x:c r="A99" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:48">
       <x:c r="A100" s="0" t="s">
-        <x:v>63</x:v>
-[...3 lines deleted...]
-      <x:c r="A101" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:48">
+      <x:c r="A104" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
-    <x:row r="105" spans="1:48">
-      <x:c r="A105" s="0" t="s">
+    <x:row r="106" spans="1:48">
+      <x:c r="A106" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:48">
       <x:c r="A107" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
-    <x:row r="108" spans="1:48">
-      <x:c r="A108" s="0" t="s">
+    <x:row r="109" spans="1:48">
+      <x:c r="A109" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:48">
       <x:c r="A110" s="0" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>DispRealInntN</vt:lpstr>
       <vt:lpstr>DispRealInntN!Print_Area</vt:lpstr>
       <vt:lpstr>DispRealInntN!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>