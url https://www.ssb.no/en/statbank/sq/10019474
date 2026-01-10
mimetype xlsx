--- v3 (2025-12-18)
+++ v4 (2026-01-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb254e9dfb5214126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/78d67d6edf374b99b5f69314bdbe725f.psmdcp" Id="Rf24d28a01ace40ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7930641ba9fa46f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/81878de5d3b14c4497297472a1287514.psmdcp" Id="R4a7d8df47ebf46f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="DispRealInntN" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="87">
   <x:si>
     <x:t>12504: Contribution to growth in real disposable income for Norway (per cent), by contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>1978</x:t>
   </x:si>
   <x:si>