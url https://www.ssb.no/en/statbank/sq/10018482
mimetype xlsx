--- v0 (2025-11-04)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc68dda2ecd4c40f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/39aa872eda7245189e1821360ed7aedc.psmdcp" Id="R7062dc7ae26b4f39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49bbaef824e344f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8ce158a5bfdd43e78bc9d9ee26ae3ae1.psmdcp" Id="R8d549a3cdc8a43f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BNP" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>PX-Web Ekstern EN</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="A4" authorId="0">
       <x:text>
         <x:r>
@@ -233,56 +233,55 @@
     <x:t>*</x:t>
   </x:si>
   <x:si>
     <x:t>Gross national income</x:t>
   </x:si>
   <x:si>
     <x:t>..</x:t>
   </x:si>
   <x:si>
     <x:t>National income</x:t>
   </x:si>
   <x:si>
     <x:t>Disposable income for Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Final consumption expenditure of households and NPISHs</x:t>
   </x:si>
   <x:si>
     <x:t>MEMO: Gross national product. Constant 2015 prices</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The components in constant prices do not add up to the totals due to separate chaining of the different levels.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Figures from 2022 onwards are preliminary.</x:t>
-[...3 lines deleted...]
-Figures for 2022 are preliminary.
+    <x:t xml:space="preserve">Figures for 2022 are preliminary.
 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>The table will be updated 10 December 2025.</x:t>
   </x:si>
   <x:si>
     <x:t>.. = Data not available. Figures have not been entered into our databases or are too unreliable to be published.</x:t>
   </x:si>
   <x:si>
     <x:t>* = Provisional or preliminary figure</x:t>
   </x:si>
   <x:si>
     <x:t>contents:</x:t>
   </x:si>
   <x:si>
     <x:t>Gross domestic product:</x:t>
   </x:si>
   <x:si>
     <x:t>Gross national produkt is calculated in market value.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>20250620 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Gross national income:</x:t>
   </x:si>