--- v1 (2025-12-18)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49bbaef824e344f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8ce158a5bfdd43e78bc9d9ee26ae3ae1.psmdcp" Id="R8d549a3cdc8a43f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb716a62ce504ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0f5a8750ae204e66a1258d0d6d9b3248.psmdcp" Id="R0000d0bb694c4c1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BNP" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>PX-Web Ekstern EN</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="A4" authorId="0">
       <x:text>
         <x:r>