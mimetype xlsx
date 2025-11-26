--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b623812b6be4f60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7bbd644524ab4b15adf3fbf9cc474ac1.psmdcp" Id="R41880fbe3cc348fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6e3ca6ea9584fe1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7dffb90ea30f4b0785e91803bbeb01c3.psmdcp" Id="Rb8c12f814b1e4923" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="KAPN" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="138">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="137" uniqueCount="137">
   <x:si>
     <x:t>09181: Gross fixed capital formation and capital stocks, by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Fixed assets. Current prices (NOK million)</x:t>
   </x:si>
   <x:si>
     <x:t>1970</x:t>
   </x:si>
   <x:si>
     <x:t>1971</x:t>
   </x:si>
   <x:si>
     <x:t>1972</x:t>
   </x:si>
   <x:si>
     <x:t>1973</x:t>
   </x:si>
   <x:si>
     <x:t>1974</x:t>
   </x:si>
   <x:si>
     <x:t>1975</x:t>
   </x:si>
   <x:si>
@@ -338,54 +338,51 @@
     <x:t>¬¬¬ Civilian central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Defence</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Local government</x:t>
   </x:si>
   <x:si>
     <x:t>Mainland Norway</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Production for market Mainland Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Market producers</x:t>
   </x:si>
   <x:si>
     <x:t>Non-market producers</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The components in constant prices do not add up to the totals due to separate chaining of the different levels.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Figures from 2022 onwards are preliminary.</x:t>
-[...2 lines deleted...]
-    <x:t>Figures at A64 level for the year 2021 were changed on 21 May 2024.</x:t>
+    <x:t>Figures from 2023 onwards are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Fixed assets. Current prices (NOK million):</x:t>
   </x:si>
   <x:si>
     <x:t>20250515 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Johan Nitter-Hauge, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 83</x:t>
   </x:si>
@@ -814,51 +811,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:BD108"/>
+  <x:dimension ref="A1:BD107"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="56" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:56">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:56">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:56">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
@@ -9680,213 +9677,208 @@
         <x:v>7146181</x:v>
       </x:c>
       <x:c r="BA55" s="3" t="n">
         <x:v>7746242</x:v>
       </x:c>
       <x:c r="BB55" s="3" t="n">
         <x:v>8561742</x:v>
       </x:c>
       <x:c r="BC55" s="3" t="n">
         <x:v>9202935</x:v>
       </x:c>
       <x:c r="BD55" s="3" t="n">
         <x:v>9660304</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:56">
       <x:c r="A57" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:56">
       <x:c r="A58" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:56">
-      <x:c r="A59" s="0" t="s">
+    <x:row r="60" spans="1:56">
+      <x:c r="A60" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:56">
       <x:c r="A61" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:56">
       <x:c r="A62" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:56">
-      <x:c r="A63" s="0" t="s">
+    <x:row r="64" spans="1:56">
+      <x:c r="A64" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:56">
       <x:c r="A65" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:56">
-      <x:c r="A66" s="0" t="s">
+    <x:row r="67" spans="1:56">
+      <x:c r="A67" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:56">
       <x:c r="A68" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:56">
       <x:c r="A69" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:56">
       <x:c r="A70" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:56">
       <x:c r="A71" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:56">
-      <x:c r="A72" s="0" t="s">
+    <x:row r="73" spans="1:56">
+      <x:c r="A73" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:56">
       <x:c r="A74" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:56">
       <x:c r="A75" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
-    <x:row r="76" spans="1:56">
-      <x:c r="A76" s="0" t="s">
+    <x:row r="77" spans="1:56">
+      <x:c r="A77" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:56">
       <x:c r="A78" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:56">
       <x:c r="A79" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:56">
-      <x:c r="A80" s="0" t="s">
+    <x:row r="84" spans="1:56">
+      <x:c r="A84" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:56">
       <x:c r="A85" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:56">
       <x:c r="A86" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:56">
       <x:c r="A87" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:56">
       <x:c r="A88" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:56">
       <x:c r="A89" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
-    <x:row r="90" spans="1:56">
-      <x:c r="A90" s="0" t="s">
+    <x:row r="91" spans="1:56">
+      <x:c r="A91" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:56">
       <x:c r="A92" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:56">
       <x:c r="A93" s="0" t="s">
-        <x:v>1</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
-    <x:row r="94" spans="1:56">
-[...1 lines deleted...]
-        <x:v>131</x:v>
+    <x:row r="96" spans="1:56">
+      <x:c r="A96" s="0" t="s">
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:56">
       <x:c r="A97" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
-    <x:row r="98" spans="1:56">
-      <x:c r="A98" s="0" t="s">
+    <x:row r="101" spans="1:56">
+      <x:c r="A101" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
-    <x:row r="102" spans="1:56">
-      <x:c r="A102" s="0" t="s">
+    <x:row r="103" spans="1:56">
+      <x:c r="A103" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:56">
       <x:c r="A104" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
-    <x:row r="105" spans="1:56">
-      <x:c r="A105" s="0" t="s">
+    <x:row r="106" spans="1:56">
+      <x:c r="A106" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:56">
       <x:c r="A107" s="0" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>KAPN</vt:lpstr>
       <vt:lpstr>KAPN!Print_Area</vt:lpstr>
       <vt:lpstr>KAPN!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>