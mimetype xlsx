--- v1 (2025-11-26)
+++ v2 (2026-01-10)
@@ -1,58 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="els" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6e3ca6ea9584fe1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7dffb90ea30f4b0785e91803bbeb01c3.psmdcp" Id="Rb8c12f814b1e4923" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8426a6c4032d4699" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/22f8970c9e8e4c969e7a12352f38afaa.psmdcp" Id="Rd819b6d6a0864240" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="KAPN" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="137" uniqueCount="137">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
   <x:si>
     <x:t>09181: Gross fixed capital formation and capital stocks, by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Fixed assets. Current prices (NOK million)</x:t>
   </x:si>
   <x:si>
     <x:t>1970</x:t>
   </x:si>
   <x:si>
     <x:t>1971</x:t>
   </x:si>
   <x:si>
     <x:t>1972</x:t>
   </x:si>
   <x:si>
     <x:t>1973</x:t>
   </x:si>
   <x:si>
     <x:t>1974</x:t>
   </x:si>
   <x:si>
     <x:t>1975</x:t>
   </x:si>
   <x:si>
@@ -326,72 +327,78 @@
     <x:t>Health and social work</x:t>
   </x:si>
   <x:si>
     <x:t>Arts, entertainment and other service activities</x:t>
   </x:si>
   <x:si>
     <x:t>¬ General government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Civilian central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Defence</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Local government</x:t>
   </x:si>
   <x:si>
     <x:t>Mainland Norway</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Production for market Mainland Norway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.</x:t>
   </x:si>
   <x:si>
     <x:t>Market producers</x:t>
   </x:si>
   <x:si>
     <x:t>Non-market producers</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The components in constant prices do not add up to the totals due to separate chaining of the different levels.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Figures from 2023 onwards are preliminary.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>. = Category not applicable. Figures do not exist at this time, because the category was not in use when the figures were collected.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Fixed assets. Current prices (NOK million):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250515 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Johan Nitter-Hauge, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 83</x:t>
   </x:si>
   <x:si>
     <x:t>jni@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Steinar Todsen, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 95 91 00 74</x:t>
   </x:si>
@@ -496,65 +503,69 @@
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="4">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -811,51 +822,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:BD107"/>
+  <x:dimension ref="A1:BD108"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="56" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:56">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:56">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:56">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
@@ -1005,6500 +1016,6500 @@
       </x:c>
       <x:c r="AZ4" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="BA4" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="BB4" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="BC4" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="BD4" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:56">
       <x:c r="A5" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
         <x:v>273191</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>299710</x:v>
+        <x:v>303887</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>332683</x:v>
+        <x:v>335290</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>372710</x:v>
+        <x:v>380422</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>452398</x:v>
+        <x:v>459316</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>524829</x:v>
+        <x:v>532643</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>610195</x:v>
+        <x:v>622743</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>710108</x:v>
+        <x:v>719880</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>781203</x:v>
+        <x:v>788979</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>846870</x:v>
+        <x:v>857881</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>967311</x:v>
+        <x:v>976875</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>1103060</x:v>
+        <x:v>1116141</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>1255154</x:v>
+        <x:v>1262382</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>1386080</x:v>
+        <x:v>1394080</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>1518393</x:v>
+        <x:v>1524970</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>1663968</x:v>
+        <x:v>1664449</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>1848024</x:v>
+        <x:v>1844577</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>2099903</x:v>
+        <x:v>2088791</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>2339478</x:v>
+        <x:v>2324877</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>2420948</x:v>
+        <x:v>2404437</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>2455185</x:v>
+        <x:v>2434333</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>2530624</x:v>
+        <x:v>2477197</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>2571538</x:v>
+        <x:v>2525396</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>2640715</x:v>
+        <x:v>2595293</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>2726124</x:v>
+        <x:v>2695065</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>2890798</x:v>
+        <x:v>2863018</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>3040536</x:v>
+        <x:v>3019943</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>3219825</x:v>
+        <x:v>3214745</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>3411241</x:v>
+        <x:v>3443767</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>3596430</x:v>
+        <x:v>3637140</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>3830046</x:v>
+        <x:v>3870024</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>4049045</x:v>
+        <x:v>4099593</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>4148675</x:v>
+        <x:v>4210258</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>4266740</x:v>
+        <x:v>4348173</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>4575840</x:v>
+        <x:v>4662744</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>4953919</x:v>
+        <x:v>5048777</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>5413195</x:v>
+        <x:v>5522810</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>6027806</x:v>
+        <x:v>6161979</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>6575186</x:v>
+        <x:v>6743238</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>6964045</x:v>
+        <x:v>7155477</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>7271322</x:v>
+        <x:v>7480600</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>7780298</x:v>
+        <x:v>8019646</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>8246465</x:v>
+        <x:v>8515859</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>8717204</x:v>
+        <x:v>9017949</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>9275715</x:v>
+        <x:v>9629092</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>9781117</x:v>
+        <x:v>10171132</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>10170580</x:v>
+        <x:v>10600965</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>10567613</x:v>
+        <x:v>11034963</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>11131798</x:v>
+        <x:v>11644069</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>11738861</x:v>
+        <x:v>12310285</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>12355619</x:v>
+        <x:v>12996004</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>13176585</x:v>
+        <x:v>13886846</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>14440504</x:v>
+        <x:v>15189940</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>15764193</x:v>
+        <x:v>16268623</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>16511989</x:v>
+        <x:v>17375522</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:56">
       <x:c r="A6" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>21233</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>23164</x:v>
+        <x:v>22860</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>25269</x:v>
+        <x:v>24501</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>26707</x:v>
+        <x:v>26660</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>30049</x:v>
+        <x:v>30492</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>33839</x:v>
+        <x:v>35389</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
-        <x:v>37078</x:v>
+        <x:v>39812</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
-        <x:v>43048</x:v>
+        <x:v>45384</x:v>
       </x:c>
       <x:c r="J6" s="3" t="n">
-        <x:v>46424</x:v>
+        <x:v>48970</x:v>
       </x:c>
       <x:c r="K6" s="3" t="n">
-        <x:v>49900</x:v>
+        <x:v>51893</x:v>
       </x:c>
       <x:c r="L6" s="3" t="n">
-        <x:v>56657</x:v>
+        <x:v>58805</x:v>
       </x:c>
       <x:c r="M6" s="3" t="n">
-        <x:v>62872</x:v>
+        <x:v>65039</x:v>
       </x:c>
       <x:c r="N6" s="3" t="n">
-        <x:v>69316</x:v>
+        <x:v>70884</x:v>
       </x:c>
       <x:c r="O6" s="3" t="n">
-        <x:v>73457</x:v>
+        <x:v>74700</x:v>
       </x:c>
       <x:c r="P6" s="3" t="n">
-        <x:v>77563</x:v>
+        <x:v>78458</x:v>
       </x:c>
       <x:c r="Q6" s="3" t="n">
-        <x:v>82332</x:v>
+        <x:v>83269</x:v>
       </x:c>
       <x:c r="R6" s="3" t="n">
-        <x:v>88435</x:v>
+        <x:v>89493</x:v>
       </x:c>
       <x:c r="S6" s="3" t="n">
-        <x:v>96457</x:v>
+        <x:v>98439</x:v>
       </x:c>
       <x:c r="T6" s="3" t="n">
-        <x:v>102710</x:v>
+        <x:v>103534</x:v>
       </x:c>
       <x:c r="U6" s="3" t="n">
-        <x:v>101290</x:v>
+        <x:v>102725</x:v>
       </x:c>
       <x:c r="V6" s="3" t="n">
-        <x:v>98065</x:v>
+        <x:v>100967</x:v>
       </x:c>
       <x:c r="W6" s="3" t="n">
-        <x:v>96622</x:v>
+        <x:v>100463</x:v>
       </x:c>
       <x:c r="X6" s="3" t="n">
-        <x:v>94798</x:v>
+        <x:v>99600</x:v>
       </x:c>
       <x:c r="Y6" s="3" t="n">
-        <x:v>94939</x:v>
+        <x:v>100126</x:v>
       </x:c>
       <x:c r="Z6" s="3" t="n">
-        <x:v>96146</x:v>
+        <x:v>101517</x:v>
       </x:c>
       <x:c r="AA6" s="3" t="n">
-        <x:v>100020</x:v>
+        <x:v>105591</x:v>
       </x:c>
       <x:c r="AB6" s="3" t="n">
-        <x:v>103661</x:v>
+        <x:v>109473</x:v>
       </x:c>
       <x:c r="AC6" s="3" t="n">
-        <x:v>105514</x:v>
+        <x:v>112534</x:v>
       </x:c>
       <x:c r="AD6" s="3" t="n">
-        <x:v>108631</x:v>
+        <x:v>115217</x:v>
       </x:c>
       <x:c r="AE6" s="3" t="n">
-        <x:v>110603</x:v>
+        <x:v>118690</x:v>
       </x:c>
       <x:c r="AF6" s="3" t="n">
-        <x:v>113666</x:v>
+        <x:v>121013</x:v>
       </x:c>
       <x:c r="AG6" s="3" t="n">
-        <x:v>115923</x:v>
+        <x:v>123588</x:v>
       </x:c>
       <x:c r="AH6" s="3" t="n">
-        <x:v>113856</x:v>
+        <x:v>121219</x:v>
       </x:c>
       <x:c r="AI6" s="3" t="n">
-        <x:v>113683</x:v>
+        <x:v>120756</x:v>
       </x:c>
       <x:c r="AJ6" s="3" t="n">
-        <x:v>118027</x:v>
+        <x:v>124964</x:v>
       </x:c>
       <x:c r="AK6" s="3" t="n">
-        <x:v>122512</x:v>
+        <x:v>129249</x:v>
       </x:c>
       <x:c r="AL6" s="3" t="n">
-        <x:v>128291</x:v>
+        <x:v>134917</x:v>
       </x:c>
       <x:c r="AM6" s="3" t="n">
-        <x:v>135296</x:v>
+        <x:v>141828</x:v>
       </x:c>
       <x:c r="AN6" s="3" t="n">
-        <x:v>143722</x:v>
+        <x:v>150250</x:v>
       </x:c>
       <x:c r="AO6" s="3" t="n">
-        <x:v>146824</x:v>
+        <x:v>153158</x:v>
       </x:c>
       <x:c r="AP6" s="3" t="n">
-        <x:v>149583</x:v>
+        <x:v>155746</x:v>
       </x:c>
       <x:c r="AQ6" s="3" t="n">
-        <x:v>152914</x:v>
+        <x:v>158973</x:v>
       </x:c>
       <x:c r="AR6" s="3" t="n">
-        <x:v>155526</x:v>
+        <x:v>161491</x:v>
       </x:c>
       <x:c r="AS6" s="3" t="n">
-        <x:v>158207</x:v>
+        <x:v>164079</x:v>
       </x:c>
       <x:c r="AT6" s="3" t="n">
-        <x:v>159111</x:v>
+        <x:v>164887</x:v>
       </x:c>
       <x:c r="AU6" s="3" t="n">
-        <x:v>161311</x:v>
+        <x:v>166988</x:v>
       </x:c>
       <x:c r="AV6" s="3" t="n">
-        <x:v>163303</x:v>
+        <x:v>168852</x:v>
       </x:c>
       <x:c r="AW6" s="3" t="n">
-        <x:v>165279</x:v>
+        <x:v>170722</x:v>
       </x:c>
       <x:c r="AX6" s="3" t="n">
-        <x:v>168303</x:v>
+        <x:v>173706</x:v>
       </x:c>
       <x:c r="AY6" s="3" t="n">
-        <x:v>170004</x:v>
+        <x:v>175322</x:v>
       </x:c>
       <x:c r="AZ6" s="3" t="n">
-        <x:v>173638</x:v>
+        <x:v>178875</x:v>
       </x:c>
       <x:c r="BA6" s="3" t="n">
-        <x:v>180601</x:v>
+        <x:v>185712</x:v>
       </x:c>
       <x:c r="BB6" s="3" t="n">
-        <x:v>193209</x:v>
+        <x:v>197658</x:v>
       </x:c>
       <x:c r="BC6" s="3" t="n">
-        <x:v>202291</x:v>
+        <x:v>195242</x:v>
       </x:c>
       <x:c r="BD6" s="3" t="n">
-        <x:v>206127</x:v>
+        <x:v>200602</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:56">
       <x:c r="A7" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>3104</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>3478</x:v>
+        <x:v>3310</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>3449</x:v>
+        <x:v>3688</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>3822</x:v>
+        <x:v>4174</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>4674</x:v>
+        <x:v>4991</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>5174</x:v>
+        <x:v>5163</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
-        <x:v>6048</x:v>
+        <x:v>5878</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
-        <x:v>6724</x:v>
+        <x:v>6605</x:v>
       </x:c>
       <x:c r="J7" s="3" t="n">
-        <x:v>7433</x:v>
+        <x:v>7303</x:v>
       </x:c>
       <x:c r="K7" s="3" t="n">
-        <x:v>7880</x:v>
+        <x:v>7613</x:v>
       </x:c>
       <x:c r="L7" s="3" t="n">
-        <x:v>8093</x:v>
+        <x:v>7702</x:v>
       </x:c>
       <x:c r="M7" s="3" t="n">
-        <x:v>9079</x:v>
+        <x:v>8560</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>9831</x:v>
+        <x:v>9178</x:v>
       </x:c>
       <x:c r="O7" s="3" t="n">
-        <x:v>11272</x:v>
+        <x:v>10446</x:v>
       </x:c>
       <x:c r="P7" s="3" t="n">
-        <x:v>12191</x:v>
+        <x:v>11239</x:v>
       </x:c>
       <x:c r="Q7" s="3" t="n">
-        <x:v>12922</x:v>
+        <x:v>11833</x:v>
       </x:c>
       <x:c r="R7" s="3" t="n">
-        <x:v>14826</x:v>
+        <x:v>13685</x:v>
       </x:c>
       <x:c r="S7" s="3" t="n">
-        <x:v>17948</x:v>
+        <x:v>16642</x:v>
       </x:c>
       <x:c r="T7" s="3" t="n">
-        <x:v>22761</x:v>
+        <x:v>21087</x:v>
       </x:c>
       <x:c r="U7" s="3" t="n">
-        <x:v>27013</x:v>
+        <x:v>24648</x:v>
       </x:c>
       <x:c r="V7" s="3" t="n">
-        <x:v>25498</x:v>
+        <x:v>22861</x:v>
       </x:c>
       <x:c r="W7" s="3" t="n">
-        <x:v>23924</x:v>
+        <x:v>21045</x:v>
       </x:c>
       <x:c r="X7" s="3" t="n">
-        <x:v>23171</x:v>
+        <x:v>20191</x:v>
       </x:c>
       <x:c r="Y7" s="3" t="n">
-        <x:v>22798</x:v>
+        <x:v>19675</x:v>
       </x:c>
       <x:c r="Z7" s="3" t="n">
-        <x:v>20721</x:v>
+        <x:v>17840</x:v>
       </x:c>
       <x:c r="AA7" s="3" t="n">
-        <x:v>19782</x:v>
+        <x:v>17087</x:v>
       </x:c>
       <x:c r="AB7" s="3" t="n">
-        <x:v>18382</x:v>
+        <x:v>15933</x:v>
       </x:c>
       <x:c r="AC7" s="3" t="n">
-        <x:v>19968</x:v>
+        <x:v>17568</x:v>
       </x:c>
       <x:c r="AD7" s="3" t="n">
-        <x:v>19636</x:v>
+        <x:v>17472</x:v>
       </x:c>
       <x:c r="AE7" s="3" t="n">
-        <x:v>18915</x:v>
+        <x:v>16899</x:v>
       </x:c>
       <x:c r="AF7" s="3" t="n">
-        <x:v>22074</x:v>
+        <x:v>19930</x:v>
       </x:c>
       <x:c r="AG7" s="3" t="n">
-        <x:v>24521</x:v>
+        <x:v>22497</x:v>
       </x:c>
       <x:c r="AH7" s="3" t="n">
-        <x:v>24512</x:v>
+        <x:v>22452</x:v>
       </x:c>
       <x:c r="AI7" s="3" t="n">
-        <x:v>22409</x:v>
+        <x:v>20823</x:v>
       </x:c>
       <x:c r="AJ7" s="3" t="n">
-        <x:v>22016</x:v>
+        <x:v>20541</x:v>
       </x:c>
       <x:c r="AK7" s="3" t="n">
-        <x:v>21647</x:v>
+        <x:v>20355</x:v>
       </x:c>
       <x:c r="AL7" s="3" t="n">
-        <x:v>22382</x:v>
+        <x:v>21314</x:v>
       </x:c>
       <x:c r="AM7" s="3" t="n">
-        <x:v>23057</x:v>
+        <x:v>22178</x:v>
       </x:c>
       <x:c r="AN7" s="3" t="n">
-        <x:v>24938</x:v>
+        <x:v>24372</x:v>
       </x:c>
       <x:c r="AO7" s="3" t="n">
-        <x:v>24579</x:v>
+        <x:v>24314</x:v>
       </x:c>
       <x:c r="AP7" s="3" t="n">
-        <x:v>23548</x:v>
+        <x:v>23725</x:v>
       </x:c>
       <x:c r="AQ7" s="3" t="n">
-        <x:v>25495</x:v>
+        <x:v>26165</x:v>
       </x:c>
       <x:c r="AR7" s="3" t="n">
-        <x:v>25048</x:v>
+        <x:v>25975</x:v>
       </x:c>
       <x:c r="AS7" s="3" t="n">
-        <x:v>27324</x:v>
+        <x:v>28583</x:v>
       </x:c>
       <x:c r="AT7" s="3" t="n">
-        <x:v>28799</x:v>
+        <x:v>30695</x:v>
       </x:c>
       <x:c r="AU7" s="3" t="n">
-        <x:v>31730</x:v>
+        <x:v>34402</x:v>
       </x:c>
       <x:c r="AV7" s="3" t="n">
-        <x:v>35075</x:v>
+        <x:v>38654</x:v>
       </x:c>
       <x:c r="AW7" s="3" t="n">
-        <x:v>41264</x:v>
+        <x:v>45787</x:v>
       </x:c>
       <x:c r="AX7" s="3" t="n">
-        <x:v>44565</x:v>
+        <x:v>50309</x:v>
       </x:c>
       <x:c r="AY7" s="3" t="n">
-        <x:v>50897</x:v>
+        <x:v>58363</x:v>
       </x:c>
       <x:c r="AZ7" s="3" t="n">
-        <x:v>56266</x:v>
+        <x:v>65400</x:v>
       </x:c>
       <x:c r="BA7" s="3" t="n">
-        <x:v>65844</x:v>
+        <x:v>76898</x:v>
       </x:c>
       <x:c r="BB7" s="3" t="n">
-        <x:v>74206</x:v>
+        <x:v>87619</x:v>
       </x:c>
       <x:c r="BC7" s="3" t="n">
-        <x:v>88484</x:v>
+        <x:v>97117</x:v>
       </x:c>
       <x:c r="BD7" s="3" t="n">
-        <x:v>93823</x:v>
+        <x:v>101525</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:56">
       <x:c r="A8" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>1726</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>1904</x:v>
+        <x:v>1880</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>2143</x:v>
+        <x:v>2001</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>2340</x:v>
+        <x:v>2232</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>2818</x:v>
+        <x:v>2719</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>3060</x:v>
+        <x:v>3073</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
-        <x:v>3300</x:v>
+        <x:v>3401</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
-        <x:v>3632</x:v>
+        <x:v>3677</x:v>
       </x:c>
       <x:c r="J8" s="3" t="n">
-        <x:v>3874</x:v>
+        <x:v>3877</x:v>
       </x:c>
       <x:c r="K8" s="3" t="n">
-        <x:v>4108</x:v>
+        <x:v>4047</x:v>
       </x:c>
       <x:c r="L8" s="3" t="n">
-        <x:v>4622</x:v>
+        <x:v>4485</x:v>
       </x:c>
       <x:c r="M8" s="3" t="n">
-        <x:v>5210</x:v>
+        <x:v>5041</x:v>
       </x:c>
       <x:c r="N8" s="3" t="n">
-        <x:v>5648</x:v>
+        <x:v>5412</x:v>
       </x:c>
       <x:c r="O8" s="3" t="n">
-        <x:v>5907</x:v>
+        <x:v>5584</x:v>
       </x:c>
       <x:c r="P8" s="3" t="n">
-        <x:v>6084</x:v>
+        <x:v>5718</x:v>
       </x:c>
       <x:c r="Q8" s="3" t="n">
-        <x:v>6340</x:v>
+        <x:v>5931</x:v>
       </x:c>
       <x:c r="R8" s="3" t="n">
-        <x:v>6753</x:v>
+        <x:v>6303</x:v>
       </x:c>
       <x:c r="S8" s="3" t="n">
-        <x:v>7271</x:v>
+        <x:v>6799</x:v>
       </x:c>
       <x:c r="T8" s="3" t="n">
-        <x:v>7559</x:v>
+        <x:v>7020</x:v>
       </x:c>
       <x:c r="U8" s="3" t="n">
-        <x:v>7450</x:v>
+        <x:v>6939</x:v>
       </x:c>
       <x:c r="V8" s="3" t="n">
-        <x:v>7194</x:v>
+        <x:v>6755</x:v>
       </x:c>
       <x:c r="W8" s="3" t="n">
-        <x:v>6977</x:v>
+        <x:v>6627</x:v>
       </x:c>
       <x:c r="X8" s="3" t="n">
-        <x:v>6747</x:v>
+        <x:v>6468</x:v>
       </x:c>
       <x:c r="Y8" s="3" t="n">
-        <x:v>6537</x:v>
+        <x:v>6346</x:v>
       </x:c>
       <x:c r="Z8" s="3" t="n">
-        <x:v>6448</x:v>
+        <x:v>6265</x:v>
       </x:c>
       <x:c r="AA8" s="3" t="n">
-        <x:v>6616</x:v>
+        <x:v>6453</x:v>
       </x:c>
       <x:c r="AB8" s="3" t="n">
-        <x:v>6699</x:v>
+        <x:v>6581</x:v>
       </x:c>
       <x:c r="AC8" s="3" t="n">
-        <x:v>6593</x:v>
+        <x:v>6492</x:v>
       </x:c>
       <x:c r="AD8" s="3" t="n">
-        <x:v>6684</x:v>
+        <x:v>6585</x:v>
       </x:c>
       <x:c r="AE8" s="3" t="n">
-        <x:v>6928</x:v>
+        <x:v>6840</x:v>
       </x:c>
       <x:c r="AF8" s="3" t="n">
-        <x:v>7332</x:v>
+        <x:v>7265</x:v>
       </x:c>
       <x:c r="AG8" s="3" t="n">
-        <x:v>7689</x:v>
+        <x:v>7633</x:v>
       </x:c>
       <x:c r="AH8" s="3" t="n">
-        <x:v>7490</x:v>
+        <x:v>7456</x:v>
       </x:c>
       <x:c r="AI8" s="3" t="n">
-        <x:v>7547</x:v>
+        <x:v>7552</x:v>
       </x:c>
       <x:c r="AJ8" s="3" t="n">
-        <x:v>7993</x:v>
+        <x:v>7973</x:v>
       </x:c>
       <x:c r="AK8" s="3" t="n">
-        <x:v>8462</x:v>
+        <x:v>8435</x:v>
       </x:c>
       <x:c r="AL8" s="3" t="n">
-        <x:v>9088</x:v>
+        <x:v>9048</x:v>
       </x:c>
       <x:c r="AM8" s="3" t="n">
-        <x:v>9505</x:v>
+        <x:v>9499</x:v>
       </x:c>
       <x:c r="AN8" s="3" t="n">
-        <x:v>10285</x:v>
+        <x:v>10341</x:v>
       </x:c>
       <x:c r="AO8" s="3" t="n">
-        <x:v>12290</x:v>
+        <x:v>12739</x:v>
       </x:c>
       <x:c r="AP8" s="3" t="n">
-        <x:v>12132</x:v>
+        <x:v>12684</x:v>
       </x:c>
       <x:c r="AQ8" s="3" t="n">
-        <x:v>13180</x:v>
+        <x:v>13869</x:v>
       </x:c>
       <x:c r="AR8" s="3" t="n">
-        <x:v>13877</x:v>
+        <x:v>14701</x:v>
       </x:c>
       <x:c r="AS8" s="3" t="n">
-        <x:v>14306</x:v>
+        <x:v>15212</x:v>
       </x:c>
       <x:c r="AT8" s="3" t="n">
-        <x:v>14691</x:v>
+        <x:v>15675</x:v>
       </x:c>
       <x:c r="AU8" s="3" t="n">
-        <x:v>14837</x:v>
+        <x:v>15910</x:v>
       </x:c>
       <x:c r="AV8" s="3" t="n">
-        <x:v>14876</x:v>
+        <x:v>16001</x:v>
       </x:c>
       <x:c r="AW8" s="3" t="n">
-        <x:v>14848</x:v>
+        <x:v>16039</x:v>
       </x:c>
       <x:c r="AX8" s="3" t="n">
-        <x:v>15228</x:v>
+        <x:v>16143</x:v>
       </x:c>
       <x:c r="AY8" s="3" t="n">
-        <x:v>14531</x:v>
+        <x:v>17152</x:v>
       </x:c>
       <x:c r="AZ8" s="3" t="n">
-        <x:v>14533</x:v>
+        <x:v>17217</x:v>
       </x:c>
       <x:c r="BA8" s="3" t="n">
-        <x:v>14862</x:v>
+        <x:v>17717</x:v>
       </x:c>
       <x:c r="BB8" s="3" t="n">
-        <x:v>15993</x:v>
+        <x:v>18950</x:v>
       </x:c>
       <x:c r="BC8" s="3" t="n">
-        <x:v>18556</x:v>
+        <x:v>20938</x:v>
       </x:c>
       <x:c r="BD8" s="3" t="n">
-        <x:v>20406</x:v>
+        <x:v>23368</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:56">
       <x:c r="A9" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>849</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>1486</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>2619</x:v>
+        <x:v>2633</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>4502</x:v>
+        <x:v>4631</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
-        <x:v>9183</x:v>
+        <x:v>9354</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>14829</x:v>
+        <x:v>14739</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
-        <x:v>23022</x:v>
+        <x:v>23478</x:v>
       </x:c>
       <x:c r="I9" s="3" t="n">
-        <x:v>36441</x:v>
+        <x:v>35714</x:v>
       </x:c>
       <x:c r="J9" s="3" t="n">
-        <x:v>41518</x:v>
+        <x:v>42123</x:v>
       </x:c>
       <x:c r="K9" s="3" t="n">
-        <x:v>48949</x:v>
+        <x:v>49266</x:v>
       </x:c>
       <x:c r="L9" s="3" t="n">
-        <x:v>62856</x:v>
+        <x:v>60425</x:v>
       </x:c>
       <x:c r="M9" s="3" t="n">
-        <x:v>80578</x:v>
+        <x:v>78300</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>103797</x:v>
+        <x:v>98413</x:v>
       </x:c>
       <x:c r="O9" s="3" t="n">
-        <x:v>121817</x:v>
+        <x:v>115324</x:v>
       </x:c>
       <x:c r="P9" s="3" t="n">
-        <x:v>145356</x:v>
+        <x:v>135556</x:v>
       </x:c>
       <x:c r="Q9" s="3" t="n">
-        <x:v>175635</x:v>
+        <x:v>163796</x:v>
       </x:c>
       <x:c r="R9" s="3" t="n">
-        <x:v>203636</x:v>
+        <x:v>189731</x:v>
       </x:c>
       <x:c r="S9" s="3" t="n">
-        <x:v>237942</x:v>
+        <x:v>220830</x:v>
       </x:c>
       <x:c r="T9" s="3" t="n">
-        <x:v>260165</x:v>
+        <x:v>239659</x:v>
       </x:c>
       <x:c r="U9" s="3" t="n">
-        <x:v>278168</x:v>
+        <x:v>255507</x:v>
       </x:c>
       <x:c r="V9" s="3" t="n">
-        <x:v>293687</x:v>
+        <x:v>269902</x:v>
       </x:c>
       <x:c r="W9" s="3" t="n">
-        <x:v>311596</x:v>
+        <x:v>287147</x:v>
       </x:c>
       <x:c r="X9" s="3" t="n">
-        <x:v>335922</x:v>
+        <x:v>311498</x:v>
       </x:c>
       <x:c r="Y9" s="3" t="n">
-        <x:v>364819</x:v>
+        <x:v>340987</x:v>
       </x:c>
       <x:c r="Z9" s="3" t="n">
-        <x:v>380043</x:v>
+        <x:v>356571</x:v>
       </x:c>
       <x:c r="AA9" s="3" t="n">
-        <x:v>395874</x:v>
+        <x:v>372668</x:v>
       </x:c>
       <x:c r="AB9" s="3" t="n">
-        <x:v>420904</x:v>
+        <x:v>398355</x:v>
       </x:c>
       <x:c r="AC9" s="3" t="n">
-        <x:v>451872</x:v>
+        <x:v>430739</x:v>
       </x:c>
       <x:c r="AD9" s="3" t="n">
-        <x:v>495950</x:v>
+        <x:v>477676</x:v>
       </x:c>
       <x:c r="AE9" s="3" t="n">
-        <x:v>525393</x:v>
+        <x:v>508027</x:v>
       </x:c>
       <x:c r="AF9" s="3" t="n">
-        <x:v>547764</x:v>
+        <x:v>532438</x:v>
       </x:c>
       <x:c r="AG9" s="3" t="n">
-        <x:v>578305</x:v>
+        <x:v>564781</x:v>
       </x:c>
       <x:c r="AH9" s="3" t="n">
-        <x:v>580333</x:v>
+        <x:v>569402</x:v>
       </x:c>
       <x:c r="AI9" s="3" t="n">
-        <x:v>599721</x:v>
+        <x:v>590580</x:v>
       </x:c>
       <x:c r="AJ9" s="3" t="n">
-        <x:v>617265</x:v>
+        <x:v>610345</x:v>
       </x:c>
       <x:c r="AK9" s="3" t="n">
-        <x:v>668870</x:v>
+        <x:v>664210</x:v>
       </x:c>
       <x:c r="AL9" s="3" t="n">
-        <x:v>727008</x:v>
+        <x:v>725316</x:v>
       </x:c>
       <x:c r="AM9" s="3" t="n">
-        <x:v>817927</x:v>
+        <x:v>819726</x:v>
       </x:c>
       <x:c r="AN9" s="3" t="n">
-        <x:v>930924</x:v>
+        <x:v>937678</x:v>
       </x:c>
       <x:c r="AO9" s="3" t="n">
-        <x:v>1040438</x:v>
+        <x:v>1052667</x:v>
       </x:c>
       <x:c r="AP9" s="3" t="n">
-        <x:v>1096590</x:v>
+        <x:v>1113798</x:v>
       </x:c>
       <x:c r="AQ9" s="3" t="n">
-        <x:v>1191918</x:v>
+        <x:v>1215751</x:v>
       </x:c>
       <x:c r="AR9" s="3" t="n">
-        <x:v>1299425</x:v>
+        <x:v>1332335</x:v>
       </x:c>
       <x:c r="AS9" s="3" t="n">
-        <x:v>1432343</x:v>
+        <x:v>1475993</x:v>
       </x:c>
       <x:c r="AT9" s="3" t="n">
-        <x:v>1571556</x:v>
+        <x:v>1634254</x:v>
       </x:c>
       <x:c r="AU9" s="3" t="n">
-        <x:v>1650515</x:v>
+        <x:v>1721883</x:v>
       </x:c>
       <x:c r="AV9" s="3" t="n">
-        <x:v>1642722</x:v>
+        <x:v>1717959</x:v>
       </x:c>
       <x:c r="AW9" s="3" t="n">
-        <x:v>1591549</x:v>
+        <x:v>1668631</x:v>
       </x:c>
       <x:c r="AX9" s="3" t="n">
-        <x:v>1624776</x:v>
+        <x:v>1707830</x:v>
       </x:c>
       <x:c r="AY9" s="3" t="n">
-        <x:v>1695864</x:v>
+        <x:v>1804844</x:v>
       </x:c>
       <x:c r="AZ9" s="3" t="n">
-        <x:v>1802763</x:v>
+        <x:v>1910567</x:v>
       </x:c>
       <x:c r="BA9" s="3" t="n">
-        <x:v>1827673</x:v>
+        <x:v>1942321</x:v>
       </x:c>
       <x:c r="BB9" s="3" t="n">
-        <x:v>1949810</x:v>
+        <x:v>2076239</x:v>
       </x:c>
       <x:c r="BC9" s="3" t="n">
-        <x:v>2274296</x:v>
+        <x:v>2225096</x:v>
       </x:c>
       <x:c r="BD9" s="3" t="n">
-        <x:v>2388796</x:v>
+        <x:v>2445204</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:56">
       <x:c r="A10" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>849</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>1486</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>2619</x:v>
+        <x:v>2633</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>3691</x:v>
+        <x:v>3849</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
-        <x:v>7264</x:v>
+        <x:v>7690</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>11824</x:v>
+        <x:v>12221</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
-        <x:v>18507</x:v>
+        <x:v>19461</x:v>
       </x:c>
       <x:c r="I10" s="3" t="n">
-        <x:v>30113</x:v>
+        <x:v>30381</x:v>
       </x:c>
       <x:c r="J10" s="3" t="n">
-        <x:v>34651</x:v>
+        <x:v>36198</x:v>
       </x:c>
       <x:c r="K10" s="3" t="n">
-        <x:v>42272</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="L10" s="3" t="n">
-        <x:v>55810</x:v>
+        <x:v>55532</x:v>
       </x:c>
       <x:c r="M10" s="3" t="n">
-        <x:v>73526</x:v>
+        <x:v>73793</x:v>
       </x:c>
       <x:c r="N10" s="3" t="n">
-        <x:v>94873</x:v>
+        <x:v>92810</x:v>
       </x:c>
       <x:c r="O10" s="3" t="n">
-        <x:v>111089</x:v>
+        <x:v>108910</x:v>
       </x:c>
       <x:c r="P10" s="3" t="n">
-        <x:v>133456</x:v>
+        <x:v>128884</x:v>
       </x:c>
       <x:c r="Q10" s="3" t="n">
-        <x:v>162778</x:v>
+        <x:v>156592</x:v>
       </x:c>
       <x:c r="R10" s="3" t="n">
-        <x:v>189247</x:v>
+        <x:v>181249</x:v>
       </x:c>
       <x:c r="S10" s="3" t="n">
-        <x:v>222712</x:v>
+        <x:v>212121</x:v>
       </x:c>
       <x:c r="T10" s="3" t="n">
-        <x:v>245771</x:v>
+        <x:v>232097</x:v>
       </x:c>
       <x:c r="U10" s="3" t="n">
-        <x:v>265050</x:v>
+        <x:v>249210</x:v>
       </x:c>
       <x:c r="V10" s="3" t="n">
-        <x:v>277982</x:v>
+        <x:v>260610</x:v>
       </x:c>
       <x:c r="W10" s="3" t="n">
-        <x:v>296051</x:v>
+        <x:v>277839</x:v>
       </x:c>
       <x:c r="X10" s="3" t="n">
-        <x:v>321659</x:v>
+        <x:v>303252</x:v>
       </x:c>
       <x:c r="Y10" s="3" t="n">
-        <x:v>351256</x:v>
+        <x:v>333125</x:v>
       </x:c>
       <x:c r="Z10" s="3" t="n">
-        <x:v>368436</x:v>
+        <x:v>350329</x:v>
       </x:c>
       <x:c r="AA10" s="3" t="n">
-        <x:v>385389</x:v>
+        <x:v>367129</x:v>
       </x:c>
       <x:c r="AB10" s="3" t="n">
-        <x:v>407579</x:v>
+        <x:v>389271</x:v>
       </x:c>
       <x:c r="AC10" s="3" t="n">
-        <x:v>439312</x:v>
+        <x:v>422320</x:v>
       </x:c>
       <x:c r="AD10" s="3" t="n">
-        <x:v>483221</x:v>
+        <x:v>468724</x:v>
       </x:c>
       <x:c r="AE10" s="3" t="n">
-        <x:v>515952</x:v>
+        <x:v>502206</x:v>
       </x:c>
       <x:c r="AF10" s="3" t="n">
-        <x:v>535672</x:v>
+        <x:v>523144</x:v>
       </x:c>
       <x:c r="AG10" s="3" t="n">
-        <x:v>564792</x:v>
+        <x:v>553759</x:v>
       </x:c>
       <x:c r="AH10" s="3" t="n">
-        <x:v>563282</x:v>
+        <x:v>554338</x:v>
       </x:c>
       <x:c r="AI10" s="3" t="n">
-        <x:v>584861</x:v>
+        <x:v>577339</x:v>
       </x:c>
       <x:c r="AJ10" s="3" t="n">
-        <x:v>601408</x:v>
+        <x:v>595886</x:v>
       </x:c>
       <x:c r="AK10" s="3" t="n">
-        <x:v>651859</x:v>
+        <x:v>648240</x:v>
       </x:c>
       <x:c r="AL10" s="3" t="n">
-        <x:v>708160</x:v>
+        <x:v>707125</x:v>
       </x:c>
       <x:c r="AM10" s="3" t="n">
-        <x:v>792106</x:v>
+        <x:v>793970</x:v>
       </x:c>
       <x:c r="AN10" s="3" t="n">
-        <x:v>896834</x:v>
+        <x:v>902969</x:v>
       </x:c>
       <x:c r="AO10" s="3" t="n">
-        <x:v>999321</x:v>
+        <x:v>1010221</x:v>
       </x:c>
       <x:c r="AP10" s="3" t="n">
-        <x:v>1058595</x:v>
+        <x:v>1074400</x:v>
       </x:c>
       <x:c r="AQ10" s="3" t="n">
-        <x:v>1157795</x:v>
+        <x:v>1179986</x:v>
       </x:c>
       <x:c r="AR10" s="3" t="n">
-        <x:v>1258048</x:v>
+        <x:v>1288447</x:v>
       </x:c>
       <x:c r="AS10" s="3" t="n">
-        <x:v>1389379</x:v>
+        <x:v>1430027</x:v>
       </x:c>
       <x:c r="AT10" s="3" t="n">
-        <x:v>1527162</x:v>
+        <x:v>1586566</x:v>
       </x:c>
       <x:c r="AU10" s="3" t="n">
-        <x:v>1604680</x:v>
+        <x:v>1672045</x:v>
       </x:c>
       <x:c r="AV10" s="3" t="n">
-        <x:v>1599438</x:v>
+        <x:v>1670729</x:v>
       </x:c>
       <x:c r="AW10" s="3" t="n">
-        <x:v>1549417</x:v>
+        <x:v>1622490</x:v>
       </x:c>
       <x:c r="AX10" s="3" t="n">
-        <x:v>1584330</x:v>
+        <x:v>1663392</x:v>
       </x:c>
       <x:c r="AY10" s="3" t="n">
-        <x:v>1655129</x:v>
+        <x:v>1743090</x:v>
       </x:c>
       <x:c r="AZ10" s="3" t="n">
-        <x:v>1747874</x:v>
+        <x:v>1846202</x:v>
       </x:c>
       <x:c r="BA10" s="3" t="n">
-        <x:v>1776093</x:v>
+        <x:v>1881355</x:v>
       </x:c>
       <x:c r="BB10" s="3" t="n">
-        <x:v>1896353</x:v>
+        <x:v>2012872</x:v>
       </x:c>
       <x:c r="BC10" s="3" t="n">
-        <x:v>2211665</x:v>
+        <x:v>2160698</x:v>
       </x:c>
       <x:c r="BD10" s="3" t="n">
-        <x:v>2319813</x:v>
+        <x:v>2372896</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:56">
       <x:c r="A11" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>811</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>1919</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>3005</x:v>
+        <x:v>2518</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
-        <x:v>4515</x:v>
+        <x:v>4017</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
-        <x:v>6328</x:v>
+        <x:v>5333</x:v>
       </x:c>
       <x:c r="J11" s="3" t="n">
-        <x:v>6867</x:v>
+        <x:v>5925</x:v>
       </x:c>
       <x:c r="K11" s="3" t="n">
-        <x:v>6677</x:v>
+        <x:v>5225</x:v>
       </x:c>
       <x:c r="L11" s="3" t="n">
-        <x:v>7046</x:v>
+        <x:v>4893</x:v>
       </x:c>
       <x:c r="M11" s="3" t="n">
-        <x:v>7052</x:v>
+        <x:v>4507</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>8924</x:v>
+        <x:v>5603</x:v>
       </x:c>
       <x:c r="O11" s="3" t="n">
-        <x:v>10728</x:v>
+        <x:v>6414</x:v>
       </x:c>
       <x:c r="P11" s="3" t="n">
-        <x:v>11900</x:v>
+        <x:v>6672</x:v>
       </x:c>
       <x:c r="Q11" s="3" t="n">
-        <x:v>12857</x:v>
+        <x:v>7204</x:v>
       </x:c>
       <x:c r="R11" s="3" t="n">
-        <x:v>14389</x:v>
+        <x:v>8482</x:v>
       </x:c>
       <x:c r="S11" s="3" t="n">
-        <x:v>15230</x:v>
+        <x:v>8709</x:v>
       </x:c>
       <x:c r="T11" s="3" t="n">
-        <x:v>14394</x:v>
+        <x:v>7562</x:v>
       </x:c>
       <x:c r="U11" s="3" t="n">
-        <x:v>13118</x:v>
+        <x:v>6297</x:v>
       </x:c>
       <x:c r="V11" s="3" t="n">
-        <x:v>15705</x:v>
+        <x:v>9292</x:v>
       </x:c>
       <x:c r="W11" s="3" t="n">
-        <x:v>15545</x:v>
+        <x:v>9308</x:v>
       </x:c>
       <x:c r="X11" s="3" t="n">
-        <x:v>14263</x:v>
+        <x:v>8246</x:v>
       </x:c>
       <x:c r="Y11" s="3" t="n">
-        <x:v>13563</x:v>
+        <x:v>7862</x:v>
       </x:c>
       <x:c r="Z11" s="3" t="n">
-        <x:v>11607</x:v>
+        <x:v>6242</x:v>
       </x:c>
       <x:c r="AA11" s="3" t="n">
-        <x:v>10485</x:v>
+        <x:v>5539</x:v>
       </x:c>
       <x:c r="AB11" s="3" t="n">
-        <x:v>13325</x:v>
+        <x:v>9084</x:v>
       </x:c>
       <x:c r="AC11" s="3" t="n">
-        <x:v>12560</x:v>
+        <x:v>8419</x:v>
       </x:c>
       <x:c r="AD11" s="3" t="n">
-        <x:v>12729</x:v>
+        <x:v>8952</x:v>
       </x:c>
       <x:c r="AE11" s="3" t="n">
-        <x:v>9441</x:v>
+        <x:v>5821</x:v>
       </x:c>
       <x:c r="AF11" s="3" t="n">
-        <x:v>12092</x:v>
+        <x:v>9294</x:v>
       </x:c>
       <x:c r="AG11" s="3" t="n">
-        <x:v>13513</x:v>
+        <x:v>11022</x:v>
       </x:c>
       <x:c r="AH11" s="3" t="n">
-        <x:v>17051</x:v>
+        <x:v>15064</x:v>
       </x:c>
       <x:c r="AI11" s="3" t="n">
-        <x:v>14860</x:v>
+        <x:v>13241</x:v>
       </x:c>
       <x:c r="AJ11" s="3" t="n">
-        <x:v>15857</x:v>
+        <x:v>14459</x:v>
       </x:c>
       <x:c r="AK11" s="3" t="n">
-        <x:v>17011</x:v>
+        <x:v>15970</x:v>
       </x:c>
       <x:c r="AL11" s="3" t="n">
-        <x:v>18848</x:v>
+        <x:v>18191</x:v>
       </x:c>
       <x:c r="AM11" s="3" t="n">
-        <x:v>25821</x:v>
+        <x:v>25756</x:v>
       </x:c>
       <x:c r="AN11" s="3" t="n">
-        <x:v>34090</x:v>
+        <x:v>34709</x:v>
       </x:c>
       <x:c r="AO11" s="3" t="n">
-        <x:v>41117</x:v>
+        <x:v>42446</x:v>
       </x:c>
       <x:c r="AP11" s="3" t="n">
-        <x:v>37995</x:v>
+        <x:v>39398</x:v>
       </x:c>
       <x:c r="AQ11" s="3" t="n">
-        <x:v>34123</x:v>
+        <x:v>35765</x:v>
       </x:c>
       <x:c r="AR11" s="3" t="n">
-        <x:v>41377</x:v>
+        <x:v>43888</x:v>
       </x:c>
       <x:c r="AS11" s="3" t="n">
-        <x:v>42964</x:v>
+        <x:v>45966</x:v>
       </x:c>
       <x:c r="AT11" s="3" t="n">
-        <x:v>44394</x:v>
+        <x:v>47688</x:v>
       </x:c>
       <x:c r="AU11" s="3" t="n">
-        <x:v>45835</x:v>
+        <x:v>49838</x:v>
       </x:c>
       <x:c r="AV11" s="3" t="n">
-        <x:v>43284</x:v>
+        <x:v>47230</x:v>
       </x:c>
       <x:c r="AW11" s="3" t="n">
-        <x:v>42132</x:v>
+        <x:v>46141</x:v>
       </x:c>
       <x:c r="AX11" s="3" t="n">
-        <x:v>40446</x:v>
+        <x:v>44438</x:v>
       </x:c>
       <x:c r="AY11" s="3" t="n">
-        <x:v>40735</x:v>
+        <x:v>61754</x:v>
       </x:c>
       <x:c r="AZ11" s="3" t="n">
-        <x:v>54889</x:v>
+        <x:v>64365</x:v>
       </x:c>
       <x:c r="BA11" s="3" t="n">
-        <x:v>51580</x:v>
+        <x:v>60966</x:v>
       </x:c>
       <x:c r="BB11" s="3" t="n">
-        <x:v>53457</x:v>
+        <x:v>63367</x:v>
       </x:c>
       <x:c r="BC11" s="3" t="n">
-        <x:v>62631</x:v>
+        <x:v>64398</x:v>
       </x:c>
       <x:c r="BD11" s="3" t="n">
-        <x:v>68983</x:v>
+        <x:v>72308</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:56">
       <x:c r="A12" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>30166</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>33366</x:v>
+        <x:v>32491</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>36701</x:v>
+        <x:v>34919</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>38912</x:v>
+        <x:v>37162</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>46370</x:v>
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>52959</x:v>
+        <x:v>52636</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
-        <x:v>59398</x:v>
+        <x:v>60861</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
-        <x:v>68331</x:v>
+        <x:v>68722</x:v>
       </x:c>
       <x:c r="J12" s="3" t="n">
-        <x:v>74073</x:v>
+        <x:v>74900</x:v>
       </x:c>
       <x:c r="K12" s="3" t="n">
-        <x:v>78706</x:v>
+        <x:v>78747</x:v>
       </x:c>
       <x:c r="L12" s="3" t="n">
-        <x:v>89474</x:v>
+        <x:v>88594</x:v>
       </x:c>
       <x:c r="M12" s="3" t="n">
-        <x:v>100074</x:v>
+        <x:v>98720</x:v>
       </x:c>
       <x:c r="N12" s="3" t="n">
-        <x:v>109888</x:v>
+        <x:v>107993</x:v>
       </x:c>
       <x:c r="O12" s="3" t="n">
-        <x:v>117472</x:v>
+        <x:v>114749</x:v>
       </x:c>
       <x:c r="P12" s="3" t="n">
-        <x:v>124558</x:v>
+        <x:v>121576</x:v>
       </x:c>
       <x:c r="Q12" s="3" t="n">
-        <x:v>134213</x:v>
+        <x:v>131483</x:v>
       </x:c>
       <x:c r="R12" s="3" t="n">
-        <x:v>149618</x:v>
+        <x:v>146422</x:v>
       </x:c>
       <x:c r="S12" s="3" t="n">
-        <x:v>171699</x:v>
+        <x:v>168252</x:v>
       </x:c>
       <x:c r="T12" s="3" t="n">
-        <x:v>188107</x:v>
+        <x:v>183860</x:v>
       </x:c>
       <x:c r="U12" s="3" t="n">
-        <x:v>188355</x:v>
+        <x:v>183525</x:v>
       </x:c>
       <x:c r="V12" s="3" t="n">
-        <x:v>186822</x:v>
+        <x:v>182376</x:v>
       </x:c>
       <x:c r="W12" s="3" t="n">
-        <x:v>187245</x:v>
+        <x:v>184647</x:v>
       </x:c>
       <x:c r="X12" s="3" t="n">
-        <x:v>187086</x:v>
+        <x:v>186528</x:v>
       </x:c>
       <x:c r="Y12" s="3" t="n">
-        <x:v>186510</x:v>
+        <x:v>188192</x:v>
       </x:c>
       <x:c r="Z12" s="3" t="n">
-        <x:v>188279</x:v>
+        <x:v>189534</x:v>
       </x:c>
       <x:c r="AA12" s="3" t="n">
-        <x:v>198898</x:v>
+        <x:v>200827</x:v>
       </x:c>
       <x:c r="AB12" s="3" t="n">
-        <x:v>209143</x:v>
+        <x:v>212416</x:v>
       </x:c>
       <x:c r="AC12" s="3" t="n">
-        <x:v>215293</x:v>
+        <x:v>219226</x:v>
       </x:c>
       <x:c r="AD12" s="3" t="n">
-        <x:v>228954</x:v>
+        <x:v>233229</x:v>
       </x:c>
       <x:c r="AE12" s="3" t="n">
-        <x:v>240188</x:v>
+        <x:v>242378</x:v>
       </x:c>
       <x:c r="AF12" s="3" t="n">
-        <x:v>247669</x:v>
+        <x:v>250800</x:v>
       </x:c>
       <x:c r="AG12" s="3" t="n">
-        <x:v>250641</x:v>
+        <x:v>255348</x:v>
       </x:c>
       <x:c r="AH12" s="3" t="n">
-        <x:v>255168</x:v>
+        <x:v>261237</x:v>
       </x:c>
       <x:c r="AI12" s="3" t="n">
-        <x:v>255631</x:v>
+        <x:v>262484</x:v>
       </x:c>
       <x:c r="AJ12" s="3" t="n">
-        <x:v>267894</x:v>
+        <x:v>274534</x:v>
       </x:c>
       <x:c r="AK12" s="3" t="n">
-        <x:v>274153</x:v>
+        <x:v>281414</x:v>
       </x:c>
       <x:c r="AL12" s="3" t="n">
-        <x:v>292317</x:v>
+        <x:v>300978</x:v>
       </x:c>
       <x:c r="AM12" s="3" t="n">
-        <x:v>314860</x:v>
+        <x:v>326144</x:v>
       </x:c>
       <x:c r="AN12" s="3" t="n">
-        <x:v>349652</x:v>
+        <x:v>367431</x:v>
       </x:c>
       <x:c r="AO12" s="3" t="n">
-        <x:v>351298</x:v>
+        <x:v>371399</x:v>
       </x:c>
       <x:c r="AP12" s="3" t="n">
-        <x:v>345654</x:v>
+        <x:v>366529</x:v>
       </x:c>
       <x:c r="AQ12" s="3" t="n">
-        <x:v>353457</x:v>
+        <x:v>376024</x:v>
       </x:c>
       <x:c r="AR12" s="3" t="n">
-        <x:v>359199</x:v>
+        <x:v>384422</x:v>
       </x:c>
       <x:c r="AS12" s="3" t="n">
-        <x:v>360875</x:v>
+        <x:v>387766</x:v>
       </x:c>
       <x:c r="AT12" s="3" t="n">
-        <x:v>361213</x:v>
+        <x:v>396904</x:v>
       </x:c>
       <x:c r="AU12" s="3" t="n">
-        <x:v>364706</x:v>
+        <x:v>402610</x:v>
       </x:c>
       <x:c r="AV12" s="3" t="n">
-        <x:v>371352</x:v>
+        <x:v>413124</x:v>
       </x:c>
       <x:c r="AW12" s="3" t="n">
-        <x:v>376121</x:v>
+        <x:v>420720</x:v>
       </x:c>
       <x:c r="AX12" s="3" t="n">
-        <x:v>384702</x:v>
+        <x:v>433237</x:v>
       </x:c>
       <x:c r="AY12" s="3" t="n">
-        <x:v>403482</x:v>
+        <x:v>460649</x:v>
       </x:c>
       <x:c r="AZ12" s="3" t="n">
-        <x:v>411764</x:v>
+        <x:v>473608</x:v>
       </x:c>
       <x:c r="BA12" s="3" t="n">
-        <x:v>424638</x:v>
+        <x:v>491718</x:v>
       </x:c>
       <x:c r="BB12" s="3" t="n">
-        <x:v>452440</x:v>
+        <x:v>525081</x:v>
       </x:c>
       <x:c r="BC12" s="3" t="n">
-        <x:v>496820</x:v>
+        <x:v>564870</x:v>
       </x:c>
       <x:c r="BD12" s="3" t="n">
-        <x:v>521719</x:v>
+        <x:v>596422</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:56">
       <x:c r="A13" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>5051</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>5639</x:v>
+        <x:v>5467</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>6273</x:v>
+        <x:v>5913</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>6737</x:v>
+        <x:v>6355</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
-        <x:v>7861</x:v>
+        <x:v>7545</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>8715</x:v>
+        <x:v>8461</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
-        <x:v>9502</x:v>
+        <x:v>9562</x:v>
       </x:c>
       <x:c r="I13" s="3" t="n">
-        <x:v>10675</x:v>
+        <x:v>10679</x:v>
       </x:c>
       <x:c r="J13" s="3" t="n">
-        <x:v>11707</x:v>
+        <x:v>11701</x:v>
       </x:c>
       <x:c r="K13" s="3" t="n">
-        <x:v>12768</x:v>
+        <x:v>12690</x:v>
       </x:c>
       <x:c r="L13" s="3" t="n">
-        <x:v>14527</x:v>
+        <x:v>14343</x:v>
       </x:c>
       <x:c r="M13" s="3" t="n">
-        <x:v>16345</x:v>
+        <x:v>16107</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>18192</x:v>
+        <x:v>17886</x:v>
       </x:c>
       <x:c r="O13" s="3" t="n">
-        <x:v>19795</x:v>
+        <x:v>19345</x:v>
       </x:c>
       <x:c r="P13" s="3" t="n">
-        <x:v>21152</x:v>
+        <x:v>20622</x:v>
       </x:c>
       <x:c r="Q13" s="3" t="n">
-        <x:v>22588</x:v>
+        <x:v>22009</x:v>
       </x:c>
       <x:c r="R13" s="3" t="n">
-        <x:v>24564</x:v>
+        <x:v>23957</x:v>
       </x:c>
       <x:c r="S13" s="3" t="n">
-        <x:v>27672</x:v>
+        <x:v>27037</x:v>
       </x:c>
       <x:c r="T13" s="3" t="n">
-        <x:v>30637</x:v>
+        <x:v>29977</x:v>
       </x:c>
       <x:c r="U13" s="3" t="n">
-        <x:v>31099</x:v>
+        <x:v>30337</x:v>
       </x:c>
       <x:c r="V13" s="3" t="n">
-        <x:v>30745</x:v>
+        <x:v>29975</x:v>
       </x:c>
       <x:c r="W13" s="3" t="n">
-        <x:v>31003</x:v>
+        <x:v>30483</x:v>
       </x:c>
       <x:c r="X13" s="3" t="n">
-        <x:v>31190</x:v>
+        <x:v>30991</x:v>
       </x:c>
       <x:c r="Y13" s="3" t="n">
-        <x:v>31669</x:v>
+        <x:v>31843</x:v>
       </x:c>
       <x:c r="Z13" s="3" t="n">
-        <x:v>32546</x:v>
+        <x:v>32577</x:v>
       </x:c>
       <x:c r="AA13" s="3" t="n">
-        <x:v>34074</x:v>
+        <x:v>34333</x:v>
       </x:c>
       <x:c r="AB13" s="3" t="n">
-        <x:v>35953</x:v>
+        <x:v>36466</x:v>
       </x:c>
       <x:c r="AC13" s="3" t="n">
-        <x:v>37030</x:v>
+        <x:v>37571</x:v>
       </x:c>
       <x:c r="AD13" s="3" t="n">
-        <x:v>39437</x:v>
+        <x:v>39968</x:v>
       </x:c>
       <x:c r="AE13" s="3" t="n">
-        <x:v>41706</x:v>
+        <x:v>42163</x:v>
       </x:c>
       <x:c r="AF13" s="3" t="n">
-        <x:v>44079</x:v>
+        <x:v>44610</x:v>
       </x:c>
       <x:c r="AG13" s="3" t="n">
-        <x:v>46022</x:v>
+        <x:v>46577</x:v>
       </x:c>
       <x:c r="AH13" s="3" t="n">
-        <x:v>47177</x:v>
+        <x:v>47899</x:v>
       </x:c>
       <x:c r="AI13" s="3" t="n">
-        <x:v>48164</x:v>
+        <x:v>49051</x:v>
       </x:c>
       <x:c r="AJ13" s="3" t="n">
-        <x:v>50172</x:v>
+        <x:v>50934</x:v>
       </x:c>
       <x:c r="AK13" s="3" t="n">
-        <x:v>51066</x:v>
+        <x:v>51855</x:v>
       </x:c>
       <x:c r="AL13" s="3" t="n">
-        <x:v>54502</x:v>
+        <x:v>55448</x:v>
       </x:c>
       <x:c r="AM13" s="3" t="n">
-        <x:v>57069</x:v>
+        <x:v>58272</x:v>
       </x:c>
       <x:c r="AN13" s="3" t="n">
-        <x:v>63345</x:v>
+        <x:v>65090</x:v>
       </x:c>
       <x:c r="AO13" s="3" t="n">
-        <x:v>64563</x:v>
+        <x:v>66615</x:v>
       </x:c>
       <x:c r="AP13" s="3" t="n">
-        <x:v>66364</x:v>
+        <x:v>68902</x:v>
       </x:c>
       <x:c r="AQ13" s="3" t="n">
-        <x:v>70708</x:v>
+        <x:v>73779</x:v>
       </x:c>
       <x:c r="AR13" s="3" t="n">
-        <x:v>73557</x:v>
+        <x:v>77105</x:v>
       </x:c>
       <x:c r="AS13" s="3" t="n">
-        <x:v>74524</x:v>
+        <x:v>78608</x:v>
       </x:c>
       <x:c r="AT13" s="3" t="n">
-        <x:v>77376</x:v>
+        <x:v>82458</x:v>
       </x:c>
       <x:c r="AU13" s="3" t="n">
-        <x:v>79516</x:v>
+        <x:v>85232</x:v>
       </x:c>
       <x:c r="AV13" s="3" t="n">
-        <x:v>81854</x:v>
+        <x:v>88385</x:v>
       </x:c>
       <x:c r="AW13" s="3" t="n">
-        <x:v>84901</x:v>
+        <x:v>92541</x:v>
       </x:c>
       <x:c r="AX13" s="3" t="n">
-        <x:v>88143</x:v>
+        <x:v>97093</x:v>
       </x:c>
       <x:c r="AY13" s="3" t="n">
-        <x:v>92001</x:v>
+        <x:v>102518</x:v>
       </x:c>
       <x:c r="AZ13" s="3" t="n">
-        <x:v>96140</x:v>
+        <x:v>108380</x:v>
       </x:c>
       <x:c r="BA13" s="3" t="n">
-        <x:v>99056</x:v>
+        <x:v>112547</x:v>
       </x:c>
       <x:c r="BB13" s="3" t="n">
-        <x:v>104045</x:v>
+        <x:v>117689</x:v>
       </x:c>
       <x:c r="BC13" s="3" t="n">
-        <x:v>111042</x:v>
+        <x:v>124775</x:v>
       </x:c>
       <x:c r="BD13" s="3" t="n">
-        <x:v>111757</x:v>
+        <x:v>128266</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:56">
       <x:c r="A14" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>4030</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>4511</x:v>
+        <x:v>4360</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>4991</x:v>
+        <x:v>4687</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>5256</x:v>
+        <x:v>4960</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>6079</x:v>
+        <x:v>5839</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
-        <x:v>6728</x:v>
+        <x:v>6507</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
         <x:v>7300</x:v>
       </x:c>
       <x:c r="I14" s="3" t="n">
-        <x:v>8157</x:v>
+        <x:v>8086</x:v>
       </x:c>
       <x:c r="J14" s="3" t="n">
-        <x:v>8859</x:v>
+        <x:v>8753</x:v>
       </x:c>
       <x:c r="K14" s="3" t="n">
-        <x:v>9562</x:v>
+        <x:v>9402</x:v>
       </x:c>
       <x:c r="L14" s="3" t="n">
-        <x:v>10903</x:v>
+        <x:v>10680</x:v>
       </x:c>
       <x:c r="M14" s="3" t="n">
-        <x:v>12295</x:v>
+        <x:v>12041</x:v>
       </x:c>
       <x:c r="N14" s="3" t="n">
-        <x:v>13656</x:v>
+        <x:v>13365</x:v>
       </x:c>
       <x:c r="O14" s="3" t="n">
-        <x:v>14892</x:v>
+        <x:v>14509</x:v>
       </x:c>
       <x:c r="P14" s="3" t="n">
-        <x:v>15836</x:v>
+        <x:v>15404</x:v>
       </x:c>
       <x:c r="Q14" s="3" t="n">
-        <x:v>16920</x:v>
+        <x:v>16458</x:v>
       </x:c>
       <x:c r="R14" s="3" t="n">
-        <x:v>18529</x:v>
+        <x:v>18056</x:v>
       </x:c>
       <x:c r="S14" s="3" t="n">
-        <x:v>21181</x:v>
+        <x:v>20688</x:v>
       </x:c>
       <x:c r="T14" s="3" t="n">
-        <x:v>23679</x:v>
+        <x:v>23161</x:v>
       </x:c>
       <x:c r="U14" s="3" t="n">
-        <x:v>24199</x:v>
+        <x:v>23583</x:v>
       </x:c>
       <x:c r="V14" s="3" t="n">
-        <x:v>24063</x:v>
+        <x:v>23408</x:v>
       </x:c>
       <x:c r="W14" s="3" t="n">
-        <x:v>24427</x:v>
+        <x:v>23949</x:v>
       </x:c>
       <x:c r="X14" s="3" t="n">
-        <x:v>24542</x:v>
+        <x:v>24302</x:v>
       </x:c>
       <x:c r="Y14" s="3" t="n">
-        <x:v>25032</x:v>
+        <x:v>25082</x:v>
       </x:c>
       <x:c r="Z14" s="3" t="n">
-        <x:v>25669</x:v>
+        <x:v>25593</x:v>
       </x:c>
       <x:c r="AA14" s="3" t="n">
-        <x:v>26703</x:v>
+        <x:v>26804</x:v>
       </x:c>
       <x:c r="AB14" s="3" t="n">
-        <x:v>28062</x:v>
+        <x:v>28363</x:v>
       </x:c>
       <x:c r="AC14" s="3" t="n">
-        <x:v>28730</x:v>
+        <x:v>29054</x:v>
       </x:c>
       <x:c r="AD14" s="3" t="n">
-        <x:v>30362</x:v>
+        <x:v>30670</x:v>
       </x:c>
       <x:c r="AE14" s="3" t="n">
-        <x:v>31960</x:v>
+        <x:v>32213</x:v>
       </x:c>
       <x:c r="AF14" s="3" t="n">
-        <x:v>33593</x:v>
+        <x:v>33936</x:v>
       </x:c>
       <x:c r="AG14" s="3" t="n">
-        <x:v>34548</x:v>
+        <x:v>34915</x:v>
       </x:c>
       <x:c r="AH14" s="3" t="n">
-        <x:v>35378</x:v>
+        <x:v>35904</x:v>
       </x:c>
       <x:c r="AI14" s="3" t="n">
-        <x:v>36117</x:v>
+        <x:v>36780</x:v>
       </x:c>
       <x:c r="AJ14" s="3" t="n">
-        <x:v>37697</x:v>
+        <x:v>38218</x:v>
       </x:c>
       <x:c r="AK14" s="3" t="n">
-        <x:v>38526</x:v>
+        <x:v>39069</x:v>
       </x:c>
       <x:c r="AL14" s="3" t="n">
-        <x:v>41091</x:v>
+        <x:v>41707</x:v>
       </x:c>
       <x:c r="AM14" s="3" t="n">
-        <x:v>42913</x:v>
+        <x:v>43663</x:v>
       </x:c>
       <x:c r="AN14" s="3" t="n">
-        <x:v>48247</x:v>
+        <x:v>49380</x:v>
       </x:c>
       <x:c r="AO14" s="3" t="n">
-        <x:v>49446</x:v>
+        <x:v>50793</x:v>
       </x:c>
       <x:c r="AP14" s="3" t="n">
-        <x:v>50387</x:v>
+        <x:v>51999</x:v>
       </x:c>
       <x:c r="AQ14" s="3" t="n">
-        <x:v>54106</x:v>
+        <x:v>56051</x:v>
       </x:c>
       <x:c r="AR14" s="3" t="n">
-        <x:v>56768</x:v>
+        <x:v>59065</x:v>
       </x:c>
       <x:c r="AS14" s="3" t="n">
-        <x:v>57068</x:v>
+        <x:v>59605</x:v>
       </x:c>
       <x:c r="AT14" s="3" t="n">
-        <x:v>59149</x:v>
+        <x:v>62419</x:v>
       </x:c>
       <x:c r="AU14" s="3" t="n">
-        <x:v>60710</x:v>
+        <x:v>64353</x:v>
       </x:c>
       <x:c r="AV14" s="3" t="n">
-        <x:v>62408</x:v>
+        <x:v>66490</x:v>
       </x:c>
       <x:c r="AW14" s="3" t="n">
-        <x:v>63917</x:v>
+        <x:v>68530</x:v>
       </x:c>
       <x:c r="AX14" s="3" t="n">
-        <x:v>65532</x:v>
+        <x:v>70650</x:v>
       </x:c>
       <x:c r="AY14" s="3" t="n">
-        <x:v>67993</x:v>
+        <x:v>73864</x:v>
       </x:c>
       <x:c r="AZ14" s="3" t="n">
-        <x:v>69305</x:v>
+        <x:v>75767</x:v>
       </x:c>
       <x:c r="BA14" s="3" t="n">
-        <x:v>70941</x:v>
+        <x:v>77968</x:v>
       </x:c>
       <x:c r="BB14" s="3" t="n">
-        <x:v>74233</x:v>
+        <x:v>81171</x:v>
       </x:c>
       <x:c r="BC14" s="3" t="n">
-        <x:v>78625</x:v>
+        <x:v>84360</x:v>
       </x:c>
       <x:c r="BD14" s="3" t="n">
-        <x:v>78832</x:v>
+        <x:v>85174</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:56">
       <x:c r="A15" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>1021</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>1128</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>1282</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>1481</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
-        <x:v>1782</x:v>
+        <x:v>1706</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>1987</x:v>
+        <x:v>1954</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
-        <x:v>2202</x:v>
+        <x:v>2262</x:v>
       </x:c>
       <x:c r="I15" s="3" t="n">
-        <x:v>2518</x:v>
+        <x:v>2593</x:v>
       </x:c>
       <x:c r="J15" s="3" t="n">
-        <x:v>2848</x:v>
+        <x:v>2948</x:v>
       </x:c>
       <x:c r="K15" s="3" t="n">
-        <x:v>3206</x:v>
+        <x:v>3288</x:v>
       </x:c>
       <x:c r="L15" s="3" t="n">
-        <x:v>3624</x:v>
+        <x:v>3663</x:v>
       </x:c>
       <x:c r="M15" s="3" t="n">
-        <x:v>4050</x:v>
+        <x:v>4066</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>4536</x:v>
+        <x:v>4521</x:v>
       </x:c>
       <x:c r="O15" s="3" t="n">
-        <x:v>4903</x:v>
+        <x:v>4836</x:v>
       </x:c>
       <x:c r="P15" s="3" t="n">
-        <x:v>5316</x:v>
+        <x:v>5218</x:v>
       </x:c>
       <x:c r="Q15" s="3" t="n">
-        <x:v>5668</x:v>
+        <x:v>5551</x:v>
       </x:c>
       <x:c r="R15" s="3" t="n">
-        <x:v>6035</x:v>
+        <x:v>5901</x:v>
       </x:c>
       <x:c r="S15" s="3" t="n">
-        <x:v>6491</x:v>
+        <x:v>6349</x:v>
       </x:c>
       <x:c r="T15" s="3" t="n">
-        <x:v>6958</x:v>
+        <x:v>6816</x:v>
       </x:c>
       <x:c r="U15" s="3" t="n">
-        <x:v>6900</x:v>
+        <x:v>6754</x:v>
       </x:c>
       <x:c r="V15" s="3" t="n">
-        <x:v>6682</x:v>
+        <x:v>6567</x:v>
       </x:c>
       <x:c r="W15" s="3" t="n">
-        <x:v>6576</x:v>
+        <x:v>6534</x:v>
       </x:c>
       <x:c r="X15" s="3" t="n">
-        <x:v>6648</x:v>
+        <x:v>6689</x:v>
       </x:c>
       <x:c r="Y15" s="3" t="n">
-        <x:v>6637</x:v>
+        <x:v>6761</x:v>
       </x:c>
       <x:c r="Z15" s="3" t="n">
-        <x:v>6877</x:v>
+        <x:v>6984</x:v>
       </x:c>
       <x:c r="AA15" s="3" t="n">
-        <x:v>7371</x:v>
+        <x:v>7529</x:v>
       </x:c>
       <x:c r="AB15" s="3" t="n">
-        <x:v>7891</x:v>
+        <x:v>8103</x:v>
       </x:c>
       <x:c r="AC15" s="3" t="n">
-        <x:v>8300</x:v>
+        <x:v>8517</x:v>
       </x:c>
       <x:c r="AD15" s="3" t="n">
-        <x:v>9075</x:v>
+        <x:v>9298</x:v>
       </x:c>
       <x:c r="AE15" s="3" t="n">
-        <x:v>9746</x:v>
+        <x:v>9950</x:v>
       </x:c>
       <x:c r="AF15" s="3" t="n">
-        <x:v>10486</x:v>
+        <x:v>10674</x:v>
       </x:c>
       <x:c r="AG15" s="3" t="n">
-        <x:v>11474</x:v>
+        <x:v>11662</x:v>
       </x:c>
       <x:c r="AH15" s="3" t="n">
-        <x:v>11799</x:v>
+        <x:v>11995</x:v>
       </x:c>
       <x:c r="AI15" s="3" t="n">
-        <x:v>12047</x:v>
+        <x:v>12271</x:v>
       </x:c>
       <x:c r="AJ15" s="3" t="n">
-        <x:v>12475</x:v>
+        <x:v>12716</x:v>
       </x:c>
       <x:c r="AK15" s="3" t="n">
-        <x:v>12540</x:v>
+        <x:v>12786</x:v>
       </x:c>
       <x:c r="AL15" s="3" t="n">
-        <x:v>13411</x:v>
+        <x:v>13741</x:v>
       </x:c>
       <x:c r="AM15" s="3" t="n">
-        <x:v>14156</x:v>
+        <x:v>14609</x:v>
       </x:c>
       <x:c r="AN15" s="3" t="n">
-        <x:v>15098</x:v>
+        <x:v>15710</x:v>
       </x:c>
       <x:c r="AO15" s="3" t="n">
-        <x:v>15117</x:v>
+        <x:v>15822</x:v>
       </x:c>
       <x:c r="AP15" s="3" t="n">
-        <x:v>15977</x:v>
+        <x:v>16903</x:v>
       </x:c>
       <x:c r="AQ15" s="3" t="n">
-        <x:v>16602</x:v>
+        <x:v>17728</x:v>
       </x:c>
       <x:c r="AR15" s="3" t="n">
-        <x:v>16789</x:v>
+        <x:v>18040</x:v>
       </x:c>
       <x:c r="AS15" s="3" t="n">
-        <x:v>17456</x:v>
+        <x:v>19003</x:v>
       </x:c>
       <x:c r="AT15" s="3" t="n">
-        <x:v>18227</x:v>
+        <x:v>20039</x:v>
       </x:c>
       <x:c r="AU15" s="3" t="n">
-        <x:v>18806</x:v>
+        <x:v>20879</x:v>
       </x:c>
       <x:c r="AV15" s="3" t="n">
-        <x:v>19446</x:v>
+        <x:v>21895</x:v>
       </x:c>
       <x:c r="AW15" s="3" t="n">
-        <x:v>20984</x:v>
+        <x:v>24011</x:v>
       </x:c>
       <x:c r="AX15" s="3" t="n">
-        <x:v>22611</x:v>
+        <x:v>26443</x:v>
       </x:c>
       <x:c r="AY15" s="3" t="n">
-        <x:v>24008</x:v>
+        <x:v>28654</x:v>
       </x:c>
       <x:c r="AZ15" s="3" t="n">
-        <x:v>26835</x:v>
+        <x:v>32613</x:v>
       </x:c>
       <x:c r="BA15" s="3" t="n">
-        <x:v>28115</x:v>
+        <x:v>34579</x:v>
       </x:c>
       <x:c r="BB15" s="3" t="n">
-        <x:v>29812</x:v>
+        <x:v>36518</x:v>
       </x:c>
       <x:c r="BC15" s="3" t="n">
-        <x:v>32417</x:v>
+        <x:v>40415</x:v>
       </x:c>
       <x:c r="BD15" s="3" t="n">
-        <x:v>32925</x:v>
+        <x:v>43092</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:56">
       <x:c r="A16" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>797</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>844</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>913</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>932</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
-        <x:v>1062</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
-        <x:v>1126</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="H16" s="3" t="n">
-        <x:v>1221</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="I16" s="3" t="n">
-        <x:v>1367</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="J16" s="3" t="n">
-        <x:v>1479</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="K16" s="3" t="n">
-        <x:v>1568</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="L16" s="3" t="n">
-        <x:v>1820</x:v>
+        <x:v>1958</x:v>
       </x:c>
       <x:c r="M16" s="3" t="n">
-        <x:v>1961</x:v>
+        <x:v>2095</x:v>
       </x:c>
       <x:c r="N16" s="3" t="n">
-        <x:v>2096</x:v>
+        <x:v>2231</x:v>
       </x:c>
       <x:c r="O16" s="3" t="n">
-        <x:v>2142</x:v>
+        <x:v>2260</x:v>
       </x:c>
       <x:c r="P16" s="3" t="n">
-        <x:v>2191</x:v>
+        <x:v>2298</x:v>
       </x:c>
       <x:c r="Q16" s="3" t="n">
-        <x:v>2286</x:v>
+        <x:v>2398</x:v>
       </x:c>
       <x:c r="R16" s="3" t="n">
-        <x:v>2496</x:v>
+        <x:v>2619</x:v>
       </x:c>
       <x:c r="S16" s="3" t="n">
-        <x:v>2717</x:v>
+        <x:v>2855</x:v>
       </x:c>
       <x:c r="T16" s="3" t="n">
-        <x:v>2788</x:v>
+        <x:v>2925</x:v>
       </x:c>
       <x:c r="U16" s="3" t="n">
-        <x:v>2722</x:v>
+        <x:v>2858</x:v>
       </x:c>
       <x:c r="V16" s="3" t="n">
-        <x:v>2494</x:v>
+        <x:v>2620</x:v>
       </x:c>
       <x:c r="W16" s="3" t="n">
-        <x:v>2429</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="X16" s="3" t="n">
-        <x:v>2330</x:v>
+        <x:v>2498</x:v>
       </x:c>
       <x:c r="Y16" s="3" t="n">
-        <x:v>2335</x:v>
+        <x:v>2551</x:v>
       </x:c>
       <x:c r="Z16" s="3" t="n">
-        <x:v>2362</x:v>
+        <x:v>2568</x:v>
       </x:c>
       <x:c r="AA16" s="3" t="n">
-        <x:v>2457</x:v>
+        <x:v>2691</x:v>
       </x:c>
       <x:c r="AB16" s="3" t="n">
-        <x:v>2524</x:v>
+        <x:v>2783</x:v>
       </x:c>
       <x:c r="AC16" s="3" t="n">
-        <x:v>2538</x:v>
+        <x:v>2789</x:v>
       </x:c>
       <x:c r="AD16" s="3" t="n">
-        <x:v>2597</x:v>
+        <x:v>2840</x:v>
       </x:c>
       <x:c r="AE16" s="3" t="n">
-        <x:v>2602</x:v>
+        <x:v>2819</x:v>
       </x:c>
       <x:c r="AF16" s="3" t="n">
-        <x:v>2545</x:v>
+        <x:v>2766</x:v>
       </x:c>
       <x:c r="AG16" s="3" t="n">
-        <x:v>2533</x:v>
+        <x:v>2759</x:v>
       </x:c>
       <x:c r="AH16" s="3" t="n">
-        <x:v>2464</x:v>
+        <x:v>2695</x:v>
       </x:c>
       <x:c r="AI16" s="3" t="n">
-        <x:v>2524</x:v>
+        <x:v>2752</x:v>
       </x:c>
       <x:c r="AJ16" s="3" t="n">
-        <x:v>2564</x:v>
+        <x:v>2783</x:v>
       </x:c>
       <x:c r="AK16" s="3" t="n">
-        <x:v>2557</x:v>
+        <x:v>2755</x:v>
       </x:c>
       <x:c r="AL16" s="3" t="n">
-        <x:v>2722</x:v>
+        <x:v>2926</x:v>
       </x:c>
       <x:c r="AM16" s="3" t="n">
-        <x:v>2916</x:v>
+        <x:v>3122</x:v>
       </x:c>
       <x:c r="AN16" s="3" t="n">
-        <x:v>3148</x:v>
+        <x:v>3375</x:v>
       </x:c>
       <x:c r="AO16" s="3" t="n">
-        <x:v>2972</x:v>
+        <x:v>3191</x:v>
       </x:c>
       <x:c r="AP16" s="3" t="n">
-        <x:v>2946</x:v>
+        <x:v>3163</x:v>
       </x:c>
       <x:c r="AQ16" s="3" t="n">
-        <x:v>2994</x:v>
+        <x:v>3223</x:v>
       </x:c>
       <x:c r="AR16" s="3" t="n">
-        <x:v>3023</x:v>
+        <x:v>3251</x:v>
       </x:c>
       <x:c r="AS16" s="3" t="n">
-        <x:v>3152</x:v>
+        <x:v>3398</x:v>
       </x:c>
       <x:c r="AT16" s="3" t="n">
-        <x:v>3075</x:v>
+        <x:v>3330</x:v>
       </x:c>
       <x:c r="AU16" s="3" t="n">
-        <x:v>2993</x:v>
+        <x:v>3257</x:v>
       </x:c>
       <x:c r="AV16" s="3" t="n">
-        <x:v>3040</x:v>
+        <x:v>3316</x:v>
       </x:c>
       <x:c r="AW16" s="3" t="n">
-        <x:v>3120</x:v>
+        <x:v>3443</x:v>
       </x:c>
       <x:c r="AX16" s="3" t="n">
-        <x:v>3306</x:v>
+        <x:v>3662</x:v>
       </x:c>
       <x:c r="AY16" s="3" t="n">
-        <x:v>3350</x:v>
+        <x:v>3721</x:v>
       </x:c>
       <x:c r="AZ16" s="3" t="n">
-        <x:v>3263</x:v>
+        <x:v>3653</x:v>
       </x:c>
       <x:c r="BA16" s="3" t="n">
-        <x:v>3321</x:v>
+        <x:v>3731</x:v>
       </x:c>
       <x:c r="BB16" s="3" t="n">
-        <x:v>3485</x:v>
+        <x:v>3903</x:v>
       </x:c>
       <x:c r="BC16" s="3" t="n">
-        <x:v>3846</x:v>
+        <x:v>4164</x:v>
       </x:c>
       <x:c r="BD16" s="3" t="n">
-        <x:v>3935</x:v>
+        <x:v>4264</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:56">
       <x:c r="A17" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>941</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>1176</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>1408</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>1568</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
-        <x:v>2033</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>2384</x:v>
+        <x:v>2262</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
-        <x:v>2708</x:v>
+        <x:v>2635</x:v>
       </x:c>
       <x:c r="I17" s="3" t="n">
-        <x:v>3144</x:v>
+        <x:v>3000</x:v>
       </x:c>
       <x:c r="J17" s="3" t="n">
-        <x:v>3435</x:v>
+        <x:v>3316</x:v>
       </x:c>
       <x:c r="K17" s="3" t="n">
-        <x:v>3740</x:v>
+        <x:v>3616</x:v>
       </x:c>
       <x:c r="L17" s="3" t="n">
-        <x:v>4191</x:v>
+        <x:v>4036</x:v>
       </x:c>
       <x:c r="M17" s="3" t="n">
-        <x:v>4764</x:v>
+        <x:v>4610</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>5272</x:v>
+        <x:v>5118</x:v>
       </x:c>
       <x:c r="O17" s="3" t="n">
-        <x:v>5748</x:v>
+        <x:v>5553</x:v>
       </x:c>
       <x:c r="P17" s="3" t="n">
-        <x:v>6186</x:v>
+        <x:v>5992</x:v>
       </x:c>
       <x:c r="Q17" s="3" t="n">
-        <x:v>6496</x:v>
+        <x:v>6288</x:v>
       </x:c>
       <x:c r="R17" s="3" t="n">
-        <x:v>7037</x:v>
+        <x:v>6840</x:v>
       </x:c>
       <x:c r="S17" s="3" t="n">
-        <x:v>8110</x:v>
+        <x:v>7949</x:v>
       </x:c>
       <x:c r="T17" s="3" t="n">
-        <x:v>8699</x:v>
+        <x:v>8522</x:v>
       </x:c>
       <x:c r="U17" s="3" t="n">
-        <x:v>8695</x:v>
+        <x:v>8505</x:v>
       </x:c>
       <x:c r="V17" s="3" t="n">
-        <x:v>8644</x:v>
+        <x:v>8503</x:v>
       </x:c>
       <x:c r="W17" s="3" t="n">
-        <x:v>8484</x:v>
+        <x:v>8437</x:v>
       </x:c>
       <x:c r="X17" s="3" t="n">
-        <x:v>8280</x:v>
+        <x:v>8318</x:v>
       </x:c>
       <x:c r="Y17" s="3" t="n">
-        <x:v>8028</x:v>
+        <x:v>8173</x:v>
       </x:c>
       <x:c r="Z17" s="3" t="n">
-        <x:v>8300</x:v>
+        <x:v>8440</x:v>
       </x:c>
       <x:c r="AA17" s="3" t="n">
-        <x:v>8723</x:v>
+        <x:v>8945</x:v>
       </x:c>
       <x:c r="AB17" s="3" t="n">
-        <x:v>9001</x:v>
+        <x:v>9282</x:v>
       </x:c>
       <x:c r="AC17" s="3" t="n">
-        <x:v>9196</x:v>
+        <x:v>9511</x:v>
       </x:c>
       <x:c r="AD17" s="3" t="n">
-        <x:v>9476</x:v>
+        <x:v>9782</x:v>
       </x:c>
       <x:c r="AE17" s="3" t="n">
-        <x:v>9472</x:v>
+        <x:v>9746</x:v>
       </x:c>
       <x:c r="AF17" s="3" t="n">
-        <x:v>9561</x:v>
+        <x:v>9859</x:v>
       </x:c>
       <x:c r="AG17" s="3" t="n">
-        <x:v>9650</x:v>
+        <x:v>9969</x:v>
       </x:c>
       <x:c r="AH17" s="3" t="n">
-        <x:v>9653</x:v>
+        <x:v>10072</x:v>
       </x:c>
       <x:c r="AI17" s="3" t="n">
-        <x:v>9997</x:v>
+        <x:v>10455</x:v>
       </x:c>
       <x:c r="AJ17" s="3" t="n">
-        <x:v>10607</x:v>
+        <x:v>11070</x:v>
       </x:c>
       <x:c r="AK17" s="3" t="n">
-        <x:v>10921</x:v>
+        <x:v>11422</x:v>
       </x:c>
       <x:c r="AL17" s="3" t="n">
-        <x:v>11558</x:v>
+        <x:v>12117</x:v>
       </x:c>
       <x:c r="AM17" s="3" t="n">
-        <x:v>12208</x:v>
+        <x:v>12854</x:v>
       </x:c>
       <x:c r="AN17" s="3" t="n">
-        <x:v>13334</x:v>
+        <x:v>14140</x:v>
       </x:c>
       <x:c r="AO17" s="3" t="n">
-        <x:v>13343</x:v>
+        <x:v>14200</x:v>
       </x:c>
       <x:c r="AP17" s="3" t="n">
-        <x:v>13240</x:v>
+        <x:v>14162</x:v>
       </x:c>
       <x:c r="AQ17" s="3" t="n">
-        <x:v>13574</x:v>
+        <x:v>14606</x:v>
       </x:c>
       <x:c r="AR17" s="3" t="n">
-        <x:v>13631</x:v>
+        <x:v>14758</x:v>
       </x:c>
       <x:c r="AS17" s="3" t="n">
-        <x:v>13680</x:v>
+        <x:v>14908</x:v>
       </x:c>
       <x:c r="AT17" s="3" t="n">
-        <x:v>13673</x:v>
+        <x:v>14981</x:v>
       </x:c>
       <x:c r="AU17" s="3" t="n">
-        <x:v>13765</x:v>
+        <x:v>15203</x:v>
       </x:c>
       <x:c r="AV17" s="3" t="n">
-        <x:v>13930</x:v>
+        <x:v>15503</x:v>
       </x:c>
       <x:c r="AW17" s="3" t="n">
-        <x:v>14120</x:v>
+        <x:v>15856</x:v>
       </x:c>
       <x:c r="AX17" s="3" t="n">
-        <x:v>14689</x:v>
+        <x:v>16680</x:v>
       </x:c>
       <x:c r="AY17" s="3" t="n">
-        <x:v>15208</x:v>
+        <x:v>17467</x:v>
       </x:c>
       <x:c r="AZ17" s="3" t="n">
-        <x:v>15597</x:v>
+        <x:v>18003</x:v>
       </x:c>
       <x:c r="BA17" s="3" t="n">
-        <x:v>16265</x:v>
+        <x:v>18958</x:v>
       </x:c>
       <x:c r="BB17" s="3" t="n">
-        <x:v>17483</x:v>
+        <x:v>20372</x:v>
       </x:c>
       <x:c r="BC17" s="3" t="n">
-        <x:v>18973</x:v>
+        <x:v>21545</x:v>
       </x:c>
       <x:c r="BD17" s="3" t="n">
-        <x:v>19800</x:v>
+        <x:v>22412</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:56">
       <x:c r="A18" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>3264</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
-        <x:v>3573</x:v>
+        <x:v>3413</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
-        <x:v>3843</x:v>
+        <x:v>3556</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
-        <x:v>3898</x:v>
+        <x:v>3623</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
-        <x:v>4491</x:v>
+        <x:v>4265</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
-        <x:v>5148</x:v>
+        <x:v>4963</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
-        <x:v>5606</x:v>
+        <x:v>5614</x:v>
       </x:c>
       <x:c r="I18" s="3" t="n">
-        <x:v>6341</x:v>
+        <x:v>6195</x:v>
       </x:c>
       <x:c r="J18" s="3" t="n">
-        <x:v>6970</x:v>
+        <x:v>6923</x:v>
       </x:c>
       <x:c r="K18" s="3" t="n">
-        <x:v>7636</x:v>
+        <x:v>7479</x:v>
       </x:c>
       <x:c r="L18" s="3" t="n">
-        <x:v>9621</x:v>
+        <x:v>9295</x:v>
       </x:c>
       <x:c r="M18" s="3" t="n">
-        <x:v>11242</x:v>
+        <x:v>10764</x:v>
       </x:c>
       <x:c r="N18" s="3" t="n">
-        <x:v>11931</x:v>
+        <x:v>11328</x:v>
       </x:c>
       <x:c r="O18" s="3" t="n">
-        <x:v>12462</x:v>
+        <x:v>11685</x:v>
       </x:c>
       <x:c r="P18" s="3" t="n">
-        <x:v>12886</x:v>
+        <x:v>12034</x:v>
       </x:c>
       <x:c r="Q18" s="3" t="n">
-        <x:v>13313</x:v>
+        <x:v>12374</x:v>
       </x:c>
       <x:c r="R18" s="3" t="n">
-        <x:v>14286</x:v>
+        <x:v>13262</x:v>
       </x:c>
       <x:c r="S18" s="3" t="n">
-        <x:v>16004</x:v>
+        <x:v>14904</x:v>
       </x:c>
       <x:c r="T18" s="3" t="n">
-        <x:v>16945</x:v>
+        <x:v>15790</x:v>
       </x:c>
       <x:c r="U18" s="3" t="n">
-        <x:v>16644</x:v>
+        <x:v>15428</x:v>
       </x:c>
       <x:c r="V18" s="3" t="n">
-        <x:v>16543</x:v>
+        <x:v>15389</x:v>
       </x:c>
       <x:c r="W18" s="3" t="n">
-        <x:v>16890</x:v>
+        <x:v>15945</x:v>
       </x:c>
       <x:c r="X18" s="3" t="n">
-        <x:v>18801</x:v>
+        <x:v>18057</x:v>
       </x:c>
       <x:c r="Y18" s="3" t="n">
-        <x:v>18936</x:v>
+        <x:v>18469</x:v>
       </x:c>
       <x:c r="Z18" s="3" t="n">
-        <x:v>18680</x:v>
+        <x:v>18153</x:v>
       </x:c>
       <x:c r="AA18" s="3" t="n">
-        <x:v>19611</x:v>
+        <x:v>19236</x:v>
       </x:c>
       <x:c r="AB18" s="3" t="n">
-        <x:v>20149</x:v>
+        <x:v>19988</x:v>
       </x:c>
       <x:c r="AC18" s="3" t="n">
-        <x:v>20491</x:v>
+        <x:v>20446</x:v>
       </x:c>
       <x:c r="AD18" s="3" t="n">
-        <x:v>22005</x:v>
+        <x:v>21985</x:v>
       </x:c>
       <x:c r="AE18" s="3" t="n">
-        <x:v>22591</x:v>
+        <x:v>22531</x:v>
       </x:c>
       <x:c r="AF18" s="3" t="n">
-        <x:v>22761</x:v>
+        <x:v>22756</x:v>
       </x:c>
       <x:c r="AG18" s="3" t="n">
-        <x:v>22477</x:v>
+        <x:v>22543</x:v>
       </x:c>
       <x:c r="AH18" s="3" t="n">
-        <x:v>21769</x:v>
+        <x:v>21995</x:v>
       </x:c>
       <x:c r="AI18" s="3" t="n">
-        <x:v>20868</x:v>
+        <x:v>21095</x:v>
       </x:c>
       <x:c r="AJ18" s="3" t="n">
-        <x:v>21524</x:v>
+        <x:v>21742</x:v>
       </x:c>
       <x:c r="AK18" s="3" t="n">
-        <x:v>21536</x:v>
+        <x:v>21752</x:v>
       </x:c>
       <x:c r="AL18" s="3" t="n">
-        <x:v>22086</x:v>
+        <x:v>22320</x:v>
       </x:c>
       <x:c r="AM18" s="3" t="n">
-        <x:v>22779</x:v>
+        <x:v>23046</x:v>
       </x:c>
       <x:c r="AN18" s="3" t="n">
-        <x:v>23563</x:v>
+        <x:v>23879</x:v>
       </x:c>
       <x:c r="AO18" s="3" t="n">
-        <x:v>22683</x:v>
+        <x:v>22994</x:v>
       </x:c>
       <x:c r="AP18" s="3" t="n">
-        <x:v>21599</x:v>
+        <x:v>21896</x:v>
       </x:c>
       <x:c r="AQ18" s="3" t="n">
-        <x:v>21467</x:v>
+        <x:v>21781</x:v>
       </x:c>
       <x:c r="AR18" s="3" t="n">
-        <x:v>21188</x:v>
+        <x:v>21533</x:v>
       </x:c>
       <x:c r="AS18" s="3" t="n">
-        <x:v>20767</x:v>
+        <x:v>21133</x:v>
       </x:c>
       <x:c r="AT18" s="3" t="n">
-        <x:v>14621</x:v>
+        <x:v>20873</x:v>
       </x:c>
       <x:c r="AU18" s="3" t="n">
-        <x:v>14210</x:v>
+        <x:v>20360</x:v>
       </x:c>
       <x:c r="AV18" s="3" t="n">
-        <x:v>14083</x:v>
+        <x:v>20115</x:v>
       </x:c>
       <x:c r="AW18" s="3" t="n">
-        <x:v>14004</x:v>
+        <x:v>19925</x:v>
       </x:c>
       <x:c r="AX18" s="3" t="n">
-        <x:v>14271</x:v>
+        <x:v>20162</x:v>
       </x:c>
       <x:c r="AY18" s="3" t="n">
-        <x:v>15235</x:v>
+        <x:v>21233</x:v>
       </x:c>
       <x:c r="AZ18" s="3" t="n">
-        <x:v>15670</x:v>
+        <x:v>21707</x:v>
       </x:c>
       <x:c r="BA18" s="3" t="n">
-        <x:v>15762</x:v>
+        <x:v>21817</x:v>
       </x:c>
       <x:c r="BB18" s="3" t="n">
-        <x:v>16210</x:v>
+        <x:v>22100</x:v>
       </x:c>
       <x:c r="BC18" s="3" t="n">
-        <x:v>17286</x:v>
+        <x:v>23062</x:v>
       </x:c>
       <x:c r="BD18" s="3" t="n">
-        <x:v>17684</x:v>
+        <x:v>23663</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:56">
       <x:c r="A19" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>570</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>612</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
-        <x:v>672</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
-        <x:v>686</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
-        <x:v>785</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
-        <x:v>866</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
-        <x:v>981</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="I19" s="3" t="n">
-        <x:v>1139</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="J19" s="3" t="n">
-        <x:v>1252</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="K19" s="3" t="n">
-        <x:v>1352</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="L19" s="3" t="n">
-        <x:v>1577</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="M19" s="3" t="n">
-        <x:v>1756</x:v>
+        <x:v>1900</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>1919</x:v>
+        <x:v>2077</x:v>
       </x:c>
       <x:c r="O19" s="3" t="n">
-        <x:v>2059</x:v>
+        <x:v>2218</x:v>
       </x:c>
       <x:c r="P19" s="3" t="n">
-        <x:v>2239</x:v>
+        <x:v>2408</x:v>
       </x:c>
       <x:c r="Q19" s="3" t="n">
-        <x:v>2536</x:v>
+        <x:v>2717</x:v>
       </x:c>
       <x:c r="R19" s="3" t="n">
-        <x:v>2902</x:v>
+        <x:v>3107</x:v>
       </x:c>
       <x:c r="S19" s="3" t="n">
-        <x:v>3282</x:v>
+        <x:v>3522</x:v>
       </x:c>
       <x:c r="T19" s="3" t="n">
-        <x:v>3526</x:v>
+        <x:v>3796</x:v>
       </x:c>
       <x:c r="U19" s="3" t="n">
-        <x:v>3448</x:v>
+        <x:v>3704</x:v>
       </x:c>
       <x:c r="V19" s="3" t="n">
-        <x:v>3386</x:v>
+        <x:v>3645</x:v>
       </x:c>
       <x:c r="W19" s="3" t="n">
-        <x:v>3399</x:v>
+        <x:v>3728</x:v>
       </x:c>
       <x:c r="X19" s="3" t="n">
-        <x:v>3269</x:v>
+        <x:v>3653</x:v>
       </x:c>
       <x:c r="Y19" s="3" t="n">
-        <x:v>3344</x:v>
+        <x:v>3850</x:v>
       </x:c>
       <x:c r="Z19" s="3" t="n">
-        <x:v>3422</x:v>
+        <x:v>3904</x:v>
       </x:c>
       <x:c r="AA19" s="3" t="n">
-        <x:v>3870</x:v>
+        <x:v>4443</x:v>
       </x:c>
       <x:c r="AB19" s="3" t="n">
-        <x:v>4123</x:v>
+        <x:v>4782</x:v>
       </x:c>
       <x:c r="AC19" s="3" t="n">
-        <x:v>4349</x:v>
+        <x:v>5011</x:v>
       </x:c>
       <x:c r="AD19" s="3" t="n">
-        <x:v>5329</x:v>
+        <x:v>6043</x:v>
       </x:c>
       <x:c r="AE19" s="3" t="n">
-        <x:v>5800</x:v>
+        <x:v>6494</x:v>
       </x:c>
       <x:c r="AF19" s="3" t="n">
-        <x:v>6132</x:v>
+        <x:v>6821</x:v>
       </x:c>
       <x:c r="AG19" s="3" t="n">
-        <x:v>6053</x:v>
+        <x:v>6688</x:v>
       </x:c>
       <x:c r="AH19" s="3" t="n">
-        <x:v>5725</x:v>
+        <x:v>6375</x:v>
       </x:c>
       <x:c r="AI19" s="3" t="n">
-        <x:v>5654</x:v>
+        <x:v>6277</x:v>
       </x:c>
       <x:c r="AJ19" s="3" t="n">
-        <x:v>5861</x:v>
+        <x:v>6499</x:v>
       </x:c>
       <x:c r="AK19" s="3" t="n">
-        <x:v>6085</x:v>
+        <x:v>6758</x:v>
       </x:c>
       <x:c r="AL19" s="3" t="n">
-        <x:v>6511</x:v>
+        <x:v>7260</x:v>
       </x:c>
       <x:c r="AM19" s="3" t="n">
-        <x:v>6707</x:v>
+        <x:v>7514</x:v>
       </x:c>
       <x:c r="AN19" s="3" t="n">
-        <x:v>6770</x:v>
+        <x:v>7616</x:v>
       </x:c>
       <x:c r="AO19" s="3" t="n">
-        <x:v>6475</x:v>
+        <x:v>7308</x:v>
       </x:c>
       <x:c r="AP19" s="3" t="n">
-        <x:v>5924</x:v>
+        <x:v>6739</x:v>
       </x:c>
       <x:c r="AQ19" s="3" t="n">
-        <x:v>5795</x:v>
+        <x:v>6640</x:v>
       </x:c>
       <x:c r="AR19" s="3" t="n">
-        <x:v>5636</x:v>
+        <x:v>6503</x:v>
       </x:c>
       <x:c r="AS19" s="3" t="n">
-        <x:v>5587</x:v>
+        <x:v>6517</x:v>
       </x:c>
       <x:c r="AT19" s="3" t="n">
-        <x:v>5662</x:v>
+        <x:v>6681</x:v>
       </x:c>
       <x:c r="AU19" s="3" t="n">
-        <x:v>5586</x:v>
+        <x:v>6655</x:v>
       </x:c>
       <x:c r="AV19" s="3" t="n">
-        <x:v>5283</x:v>
+        <x:v>6385</x:v>
       </x:c>
       <x:c r="AW19" s="3" t="n">
-        <x:v>5114</x:v>
+        <x:v>6229</x:v>
       </x:c>
       <x:c r="AX19" s="3" t="n">
-        <x:v>4939</x:v>
+        <x:v>6070</x:v>
       </x:c>
       <x:c r="AY19" s="3" t="n">
-        <x:v>4896</x:v>
+        <x:v>6086</x:v>
       </x:c>
       <x:c r="AZ19" s="3" t="n">
-        <x:v>4814</x:v>
+        <x:v>6035</x:v>
       </x:c>
       <x:c r="BA19" s="3" t="n">
-        <x:v>4666</x:v>
+        <x:v>5876</x:v>
       </x:c>
       <x:c r="BB19" s="3" t="n">
-        <x:v>4649</x:v>
+        <x:v>5832</x:v>
       </x:c>
       <x:c r="BC19" s="3" t="n">
-        <x:v>4776</x:v>
+        <x:v>6014</x:v>
       </x:c>
       <x:c r="BD19" s="3" t="n">
-        <x:v>4691</x:v>
+        <x:v>6067</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:56">
       <x:c r="A20" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>6041</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
-        <x:v>6165</x:v>
+        <x:v>6140</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
-        <x:v>6350</x:v>
+        <x:v>6315</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
-        <x:v>6395</x:v>
+        <x:v>6581</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
-        <x:v>7172</x:v>
+        <x:v>8066</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
-        <x:v>8344</x:v>
+        <x:v>9773</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
-        <x:v>10126</x:v>
+        <x:v>11984</x:v>
       </x:c>
       <x:c r="I20" s="3" t="n">
-        <x:v>12408</x:v>
+        <x:v>14164</x:v>
       </x:c>
       <x:c r="J20" s="3" t="n">
-        <x:v>13437</x:v>
+        <x:v>15428</x:v>
       </x:c>
       <x:c r="K20" s="3" t="n">
-        <x:v>13625</x:v>
+        <x:v>15559</x:v>
       </x:c>
       <x:c r="L20" s="3" t="n">
-        <x:v>14738</x:v>
+        <x:v>16700</x:v>
       </x:c>
       <x:c r="M20" s="3" t="n">
-        <x:v>15700</x:v>
+        <x:v>17758</x:v>
       </x:c>
       <x:c r="N20" s="3" t="n">
-        <x:v>16927</x:v>
+        <x:v>19139</x:v>
       </x:c>
       <x:c r="O20" s="3" t="n">
-        <x:v>17880</x:v>
+        <x:v>20160</x:v>
       </x:c>
       <x:c r="P20" s="3" t="n">
-        <x:v>18780</x:v>
+        <x:v>21212</x:v>
       </x:c>
       <x:c r="Q20" s="3" t="n">
-        <x:v>20287</x:v>
+        <x:v>23003</x:v>
       </x:c>
       <x:c r="R20" s="3" t="n">
-        <x:v>23543</x:v>
+        <x:v>26421</x:v>
       </x:c>
       <x:c r="S20" s="3" t="n">
-        <x:v>30392</x:v>
+        <x:v>33624</x:v>
       </x:c>
       <x:c r="T20" s="3" t="n">
-        <x:v>36446</x:v>
+        <x:v>39863</x:v>
       </x:c>
       <x:c r="U20" s="3" t="n">
-        <x:v>37098</x:v>
+        <x:v>40264</x:v>
       </x:c>
       <x:c r="V20" s="3" t="n">
-        <x:v>37646</x:v>
+        <x:v>40619</x:v>
       </x:c>
       <x:c r="W20" s="3" t="n">
-        <x:v>37944</x:v>
+        <x:v>41097</x:v>
       </x:c>
       <x:c r="X20" s="3" t="n">
-        <x:v>37375</x:v>
+        <x:v>40675</x:v>
       </x:c>
       <x:c r="Y20" s="3" t="n">
-        <x:v>37355</x:v>
+        <x:v>41008</x:v>
       </x:c>
       <x:c r="Z20" s="3" t="n">
-        <x:v>37727</x:v>
+        <x:v>41237</x:v>
       </x:c>
       <x:c r="AA20" s="3" t="n">
-        <x:v>41043</x:v>
+        <x:v>44649</x:v>
       </x:c>
       <x:c r="AB20" s="3" t="n">
-        <x:v>44396</x:v>
+        <x:v>48166</x:v>
       </x:c>
       <x:c r="AC20" s="3" t="n">
-        <x:v>45726</x:v>
+        <x:v>49443</x:v>
       </x:c>
       <x:c r="AD20" s="3" t="n">
-        <x:v>48599</x:v>
+        <x:v>52355</x:v>
       </x:c>
       <x:c r="AE20" s="3" t="n">
-        <x:v>51550</x:v>
+        <x:v>54690</x:v>
       </x:c>
       <x:c r="AF20" s="3" t="n">
-        <x:v>52612</x:v>
+        <x:v>55994</x:v>
       </x:c>
       <x:c r="AG20" s="3" t="n">
-        <x:v>52351</x:v>
+        <x:v>56313</x:v>
       </x:c>
       <x:c r="AH20" s="3" t="n">
-        <x:v>52660</x:v>
+        <x:v>56846</x:v>
       </x:c>
       <x:c r="AI20" s="3" t="n">
-        <x:v>52277</x:v>
+        <x:v>56655</x:v>
       </x:c>
       <x:c r="AJ20" s="3" t="n">
-        <x:v>54957</x:v>
+        <x:v>59477</x:v>
       </x:c>
       <x:c r="AK20" s="3" t="n">
-        <x:v>58027</x:v>
+        <x:v>62991</x:v>
       </x:c>
       <x:c r="AL20" s="3" t="n">
-        <x:v>61925</x:v>
+        <x:v>67594</x:v>
       </x:c>
       <x:c r="AM20" s="3" t="n">
-        <x:v>65872</x:v>
+        <x:v>72653</x:v>
       </x:c>
       <x:c r="AN20" s="3" t="n">
-        <x:v>79579</x:v>
+        <x:v>91004</x:v>
       </x:c>
       <x:c r="AO20" s="3" t="n">
-        <x:v>82239</x:v>
+        <x:v>95349</x:v>
       </x:c>
       <x:c r="AP20" s="3" t="n">
-        <x:v>80911</x:v>
+        <x:v>93997</x:v>
       </x:c>
       <x:c r="AQ20" s="3" t="n">
-        <x:v>81493</x:v>
+        <x:v>94958</x:v>
       </x:c>
       <x:c r="AR20" s="3" t="n">
-        <x:v>82183</x:v>
+        <x:v>96728</x:v>
       </x:c>
       <x:c r="AS20" s="3" t="n">
-        <x:v>81008</x:v>
+        <x:v>95577</x:v>
       </x:c>
       <x:c r="AT20" s="3" t="n">
-        <x:v>81204</x:v>
+        <x:v>96638</x:v>
       </x:c>
       <x:c r="AU20" s="3" t="n">
-        <x:v>80901</x:v>
+        <x:v>96738</x:v>
       </x:c>
       <x:c r="AV20" s="3" t="n">
-        <x:v>82396</x:v>
+        <x:v>100119</x:v>
       </x:c>
       <x:c r="AW20" s="3" t="n">
-        <x:v>81991</x:v>
+        <x:v>100142</x:v>
       </x:c>
       <x:c r="AX20" s="3" t="n">
-        <x:v>83783</x:v>
+        <x:v>103150</x:v>
       </x:c>
       <x:c r="AY20" s="3" t="n">
-        <x:v>88754</x:v>
+        <x:v>112658</x:v>
       </x:c>
       <x:c r="AZ20" s="3" t="n">
-        <x:v>89302</x:v>
+        <x:v>114234</x:v>
       </x:c>
       <x:c r="BA20" s="3" t="n">
-        <x:v>92425</x:v>
+        <x:v>118891</x:v>
       </x:c>
       <x:c r="BB20" s="3" t="n">
-        <x:v>99011</x:v>
+        <x:v>129309</x:v>
       </x:c>
       <x:c r="BC20" s="3" t="n">
-        <x:v>104665</x:v>
+        <x:v>133981</x:v>
       </x:c>
       <x:c r="BD20" s="3" t="n">
-        <x:v>108132</x:v>
+        <x:v>139423</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:56">
       <x:c r="A21" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>3134</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>3130</x:v>
+        <x:v>3194</x:v>
       </x:c>
       <x:c r="D21" s="3" t="n">
-        <x:v>3174</x:v>
+        <x:v>3266</x:v>
       </x:c>
       <x:c r="E21" s="3" t="n">
-        <x:v>3153</x:v>
+        <x:v>3304</x:v>
       </x:c>
       <x:c r="F21" s="3" t="n">
-        <x:v>3446</x:v>
+        <x:v>3818</x:v>
       </x:c>
       <x:c r="G21" s="3" t="n">
-        <x:v>4128</x:v>
+        <x:v>4811</x:v>
       </x:c>
       <x:c r="H21" s="3" t="n">
-        <x:v>5307</x:v>
+        <x:v>6377</x:v>
       </x:c>
       <x:c r="I21" s="3" t="n">
-        <x:v>6806</x:v>
+        <x:v>7676</x:v>
       </x:c>
       <x:c r="J21" s="3" t="n">
-        <x:v>6961</x:v>
+        <x:v>8019</x:v>
       </x:c>
       <x:c r="K21" s="3" t="n">
-        <x:v>6936</x:v>
+        <x:v>7957</x:v>
       </x:c>
       <x:c r="L21" s="3" t="n">
-        <x:v>7433</x:v>
+        <x:v>8483</x:v>
       </x:c>
       <x:c r="M21" s="3" t="n">
-        <x:v>7892</x:v>
+        <x:v>8991</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>8370</x:v>
+        <x:v>9574</x:v>
       </x:c>
       <x:c r="O21" s="3" t="n">
-        <x:v>8739</x:v>
+        <x:v>10013</x:v>
       </x:c>
       <x:c r="P21" s="3" t="n">
-        <x:v>9257</x:v>
+        <x:v>10646</x:v>
       </x:c>
       <x:c r="Q21" s="3" t="n">
-        <x:v>9795</x:v>
+        <x:v>11301</x:v>
       </x:c>
       <x:c r="R21" s="3" t="n">
-        <x:v>10574</x:v>
+        <x:v>12205</x:v>
       </x:c>
       <x:c r="S21" s="3" t="n">
-        <x:v>11833</x:v>
+        <x:v>13670</x:v>
       </x:c>
       <x:c r="T21" s="3" t="n">
-        <x:v>12746</x:v>
+        <x:v>14723</x:v>
       </x:c>
       <x:c r="U21" s="3" t="n">
-        <x:v>12654</x:v>
+        <x:v>14662</x:v>
       </x:c>
       <x:c r="V21" s="3" t="n">
-        <x:v>12386</x:v>
+        <x:v>14436</x:v>
       </x:c>
       <x:c r="W21" s="3" t="n">
-        <x:v>12576</x:v>
+        <x:v>14891</x:v>
       </x:c>
       <x:c r="X21" s="3" t="n">
-        <x:v>12264</x:v>
+        <x:v>14723</x:v>
       </x:c>
       <x:c r="Y21" s="3" t="n">
-        <x:v>12084</x:v>
+        <x:v>14852</x:v>
       </x:c>
       <x:c r="Z21" s="3" t="n">
-        <x:v>12173</x:v>
+        <x:v>14879</x:v>
       </x:c>
       <x:c r="AA21" s="3" t="n">
-        <x:v>14416</x:v>
+        <x:v>17329</x:v>
       </x:c>
       <x:c r="AB21" s="3" t="n">
-        <x:v>16385</x:v>
+        <x:v>19453</x:v>
       </x:c>
       <x:c r="AC21" s="3" t="n">
-        <x:v>17390</x:v>
+        <x:v>20351</x:v>
       </x:c>
       <x:c r="AD21" s="3" t="n">
-        <x:v>19123</x:v>
+        <x:v>22128</x:v>
       </x:c>
       <x:c r="AE21" s="3" t="n">
-        <x:v>20507</x:v>
+        <x:v>23374</x:v>
       </x:c>
       <x:c r="AF21" s="3" t="n">
-        <x:v>21045</x:v>
+        <x:v>23913</x:v>
       </x:c>
       <x:c r="AG21" s="3" t="n">
-        <x:v>21158</x:v>
+        <x:v>24068</x:v>
       </x:c>
       <x:c r="AH21" s="3" t="n">
-        <x:v>20878</x:v>
+        <x:v>23796</x:v>
       </x:c>
       <x:c r="AI21" s="3" t="n">
-        <x:v>20842</x:v>
+        <x:v>23779</x:v>
       </x:c>
       <x:c r="AJ21" s="3" t="n">
-        <x:v>22173</x:v>
+        <x:v>25144</x:v>
       </x:c>
       <x:c r="AK21" s="3" t="n">
-        <x:v>24885</x:v>
+        <x:v>28129</x:v>
       </x:c>
       <x:c r="AL21" s="3" t="n">
-        <x:v>26850</x:v>
+        <x:v>30367</x:v>
       </x:c>
       <x:c r="AM21" s="3" t="n">
-        <x:v>29051</x:v>
+        <x:v>33010</x:v>
       </x:c>
       <x:c r="AN21" s="3" t="n">
-        <x:v>37075</x:v>
+        <x:v>42849</x:v>
       </x:c>
       <x:c r="AO21" s="3" t="n">
-        <x:v>39401</x:v>
+        <x:v>45983</x:v>
       </x:c>
       <x:c r="AP21" s="3" t="n">
-        <x:v>38299</x:v>
+        <x:v>44741</x:v>
       </x:c>
       <x:c r="AQ21" s="3" t="n">
-        <x:v>38304</x:v>
+        <x:v>44954</x:v>
       </x:c>
       <x:c r="AR21" s="3" t="n">
-        <x:v>38573</x:v>
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="AS21" s="3" t="n">
-        <x:v>38470</x:v>
+        <x:v>45671</x:v>
       </x:c>
       <x:c r="AT21" s="3" t="n">
-        <x:v>38899</x:v>
+        <x:v>46528</x:v>
       </x:c>
       <x:c r="AU21" s="3" t="n">
-        <x:v>39142</x:v>
+        <x:v>47253</x:v>
       </x:c>
       <x:c r="AV21" s="3" t="n">
-        <x:v>40317</x:v>
+        <x:v>49521</x:v>
       </x:c>
       <x:c r="AW21" s="3" t="n">
-        <x:v>40564</x:v>
+        <x:v>50394</x:v>
       </x:c>
       <x:c r="AX21" s="3" t="n">
-        <x:v>41594</x:v>
+        <x:v>52235</x:v>
       </x:c>
       <x:c r="AY21" s="3" t="n">
-        <x:v>43178</x:v>
+        <x:v>55495</x:v>
       </x:c>
       <x:c r="AZ21" s="3" t="n">
-        <x:v>43225</x:v>
+        <x:v>56219</x:v>
       </x:c>
       <x:c r="BA21" s="3" t="n">
-        <x:v>44138</x:v>
+        <x:v>57511</x:v>
       </x:c>
       <x:c r="BB21" s="3" t="n">
-        <x:v>46726</x:v>
+        <x:v>61681</x:v>
       </x:c>
       <x:c r="BC21" s="3" t="n">
-        <x:v>49383</x:v>
+        <x:v>64571</x:v>
       </x:c>
       <x:c r="BD21" s="3" t="n">
-        <x:v>51264</x:v>
+        <x:v>68254</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:56">
       <x:c r="A22" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>1771</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
-        <x:v>1961</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
-        <x:v>2225</x:v>
+        <x:v>2146</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
-        <x:v>2482</x:v>
+        <x:v>2294</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
-        <x:v>3144</x:v>
+        <x:v>2806</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
-        <x:v>3567</x:v>
+        <x:v>3154</x:v>
       </x:c>
       <x:c r="H22" s="3" t="n">
-        <x:v>3891</x:v>
+        <x:v>3602</x:v>
       </x:c>
       <x:c r="I22" s="3" t="n">
-        <x:v>4404</x:v>
+        <x:v>4086</x:v>
       </x:c>
       <x:c r="J22" s="3" t="n">
-        <x:v>4824</x:v>
+        <x:v>4568</x:v>
       </x:c>
       <x:c r="K22" s="3" t="n">
-        <x:v>5104</x:v>
+        <x:v>4829</x:v>
       </x:c>
       <x:c r="L22" s="3" t="n">
-        <x:v>5747</x:v>
+        <x:v>5410</x:v>
       </x:c>
       <x:c r="M22" s="3" t="n">
-        <x:v>6340</x:v>
+        <x:v>5992</x:v>
       </x:c>
       <x:c r="N22" s="3" t="n">
-        <x:v>6989</x:v>
+        <x:v>6631</x:v>
       </x:c>
       <x:c r="O22" s="3" t="n">
-        <x:v>7383</x:v>
+        <x:v>6991</x:v>
       </x:c>
       <x:c r="P22" s="3" t="n">
-        <x:v>7833</x:v>
+        <x:v>7429</x:v>
       </x:c>
       <x:c r="Q22" s="3" t="n">
-        <x:v>8427</x:v>
+        <x:v>8023</x:v>
       </x:c>
       <x:c r="R22" s="3" t="n">
-        <x:v>9381</x:v>
+        <x:v>8989</x:v>
       </x:c>
       <x:c r="S22" s="3" t="n">
-        <x:v>10795</x:v>
+        <x:v>10417</x:v>
       </x:c>
       <x:c r="T22" s="3" t="n">
-        <x:v>11783</x:v>
+        <x:v>11350</x:v>
       </x:c>
       <x:c r="U22" s="3" t="n">
-        <x:v>11923</x:v>
+        <x:v>11487</x:v>
       </x:c>
       <x:c r="V22" s="3" t="n">
-        <x:v>12022</x:v>
+        <x:v>11641</x:v>
       </x:c>
       <x:c r="W22" s="3" t="n">
-        <x:v>12170</x:v>
+        <x:v>11954</x:v>
       </x:c>
       <x:c r="X22" s="3" t="n">
-        <x:v>11669</x:v>
+        <x:v>11831</x:v>
       </x:c>
       <x:c r="Y22" s="3" t="n">
-        <x:v>11367</x:v>
+        <x:v>11686</x:v>
       </x:c>
       <x:c r="Z22" s="3" t="n">
-        <x:v>11245</x:v>
+        <x:v>11514</x:v>
       </x:c>
       <x:c r="AA22" s="3" t="n">
-        <x:v>11573</x:v>
+        <x:v>11912</x:v>
       </x:c>
       <x:c r="AB22" s="3" t="n">
-        <x:v>11882</x:v>
+        <x:v>12340</x:v>
       </x:c>
       <x:c r="AC22" s="3" t="n">
-        <x:v>12185</x:v>
+        <x:v>12695</x:v>
       </x:c>
       <x:c r="AD22" s="3" t="n">
-        <x:v>12931</x:v>
+        <x:v>13473</x:v>
       </x:c>
       <x:c r="AE22" s="3" t="n">
-        <x:v>13793</x:v>
+        <x:v>14344</x:v>
       </x:c>
       <x:c r="AF22" s="3" t="n">
-        <x:v>14370</x:v>
+        <x:v>14980</x:v>
       </x:c>
       <x:c r="AG22" s="3" t="n">
-        <x:v>14246</x:v>
+        <x:v>14819</x:v>
       </x:c>
       <x:c r="AH22" s="3" t="n">
-        <x:v>14008</x:v>
+        <x:v>14645</x:v>
       </x:c>
       <x:c r="AI22" s="3" t="n">
-        <x:v>13912</x:v>
+        <x:v>14549</x:v>
       </x:c>
       <x:c r="AJ22" s="3" t="n">
-        <x:v>14735</x:v>
+        <x:v>15301</x:v>
       </x:c>
       <x:c r="AK22" s="3" t="n">
-        <x:v>15764</x:v>
+        <x:v>16377</x:v>
       </x:c>
       <x:c r="AL22" s="3" t="n">
-        <x:v>18492</x:v>
+        <x:v>19311</x:v>
       </x:c>
       <x:c r="AM22" s="3" t="n">
-        <x:v>22177</x:v>
+        <x:v>23448</x:v>
       </x:c>
       <x:c r="AN22" s="3" t="n">
-        <x:v>23785</x:v>
+        <x:v>25235</x:v>
       </x:c>
       <x:c r="AO22" s="3" t="n">
-        <x:v>23591</x:v>
+        <x:v>25114</x:v>
       </x:c>
       <x:c r="AP22" s="3" t="n">
-        <x:v>22743</x:v>
+        <x:v>24267</x:v>
       </x:c>
       <x:c r="AQ22" s="3" t="n">
-        <x:v>22823</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="AR22" s="3" t="n">
-        <x:v>22799</x:v>
+        <x:v>24523</x:v>
       </x:c>
       <x:c r="AS22" s="3" t="n">
-        <x:v>22672</x:v>
+        <x:v>24514</x:v>
       </x:c>
       <x:c r="AT22" s="3" t="n">
-        <x:v>22739</x:v>
+        <x:v>24703</x:v>
       </x:c>
       <x:c r="AU22" s="3" t="n">
-        <x:v>22875</x:v>
+        <x:v>25021</x:v>
       </x:c>
       <x:c r="AV22" s="3" t="n">
-        <x:v>22985</x:v>
+        <x:v>25322</x:v>
       </x:c>
       <x:c r="AW22" s="3" t="n">
-        <x:v>23183</x:v>
+        <x:v>25787</x:v>
       </x:c>
       <x:c r="AX22" s="3" t="n">
-        <x:v>24095</x:v>
+        <x:v>27103</x:v>
       </x:c>
       <x:c r="AY22" s="3" t="n">
-        <x:v>25263</x:v>
+        <x:v>28765</x:v>
       </x:c>
       <x:c r="AZ22" s="3" t="n">
-        <x:v>26012</x:v>
+        <x:v>30038</x:v>
       </x:c>
       <x:c r="BA22" s="3" t="n">
-        <x:v>27854</x:v>
+        <x:v>32963</x:v>
       </x:c>
       <x:c r="BB22" s="3" t="n">
-        <x:v>30360</x:v>
+        <x:v>36185</x:v>
       </x:c>
       <x:c r="BC22" s="3" t="n">
-        <x:v>34639</x:v>
+        <x:v>39182</x:v>
       </x:c>
       <x:c r="BD22" s="3" t="n">
-        <x:v>39464</x:v>
+        <x:v>43006</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:56">
       <x:c r="A23" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>5132</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>5749</x:v>
+        <x:v>5519</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
-        <x:v>6279</x:v>
+        <x:v>5804</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
-        <x:v>6426</x:v>
+        <x:v>5947</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
-        <x:v>7457</x:v>
+        <x:v>7011</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
-        <x:v>8233</x:v>
+        <x:v>7921</x:v>
       </x:c>
       <x:c r="H23" s="3" t="n">
-        <x:v>9033</x:v>
+        <x:v>8941</x:v>
       </x:c>
       <x:c r="I23" s="3" t="n">
-        <x:v>10053</x:v>
+        <x:v>9630</x:v>
       </x:c>
       <x:c r="J23" s="3" t="n">
-        <x:v>10486</x:v>
+        <x:v>10168</x:v>
       </x:c>
       <x:c r="K23" s="3" t="n">
-        <x:v>10938</x:v>
+        <x:v>10440</x:v>
       </x:c>
       <x:c r="L23" s="3" t="n">
-        <x:v>12404</x:v>
+        <x:v>11670</x:v>
       </x:c>
       <x:c r="M23" s="3" t="n">
-        <x:v>14267</x:v>
+        <x:v>13395</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>16003</x:v>
+        <x:v>14988</x:v>
       </x:c>
       <x:c r="O23" s="3" t="n">
-        <x:v>17113</x:v>
+        <x:v>15843</x:v>
       </x:c>
       <x:c r="P23" s="3" t="n">
-        <x:v>18070</x:v>
+        <x:v>16687</x:v>
       </x:c>
       <x:c r="Q23" s="3" t="n">
-        <x:v>19873</x:v>
+        <x:v>18373</x:v>
       </x:c>
       <x:c r="R23" s="3" t="n">
-        <x:v>22691</x:v>
+        <x:v>21045</x:v>
       </x:c>
       <x:c r="S23" s="3" t="n">
-        <x:v>25240</x:v>
+        <x:v>23404</x:v>
       </x:c>
       <x:c r="T23" s="3" t="n">
-        <x:v>26559</x:v>
+        <x:v>24443</x:v>
       </x:c>
       <x:c r="U23" s="3" t="n">
-        <x:v>26507</x:v>
+        <x:v>24287</x:v>
       </x:c>
       <x:c r="V23" s="3" t="n">
-        <x:v>26063</x:v>
+        <x:v>23950</x:v>
       </x:c>
       <x:c r="W23" s="3" t="n">
-        <x:v>25925</x:v>
+        <x:v>24055</x:v>
       </x:c>
       <x:c r="X23" s="3" t="n">
-        <x:v>25348</x:v>
+        <x:v>23633</x:v>
       </x:c>
       <x:c r="Y23" s="3" t="n">
-        <x:v>24829</x:v>
+        <x:v>23390</x:v>
       </x:c>
       <x:c r="Z23" s="3" t="n">
-        <x:v>24533</x:v>
+        <x:v>23051</x:v>
       </x:c>
       <x:c r="AA23" s="3" t="n">
-        <x:v>25071</x:v>
+        <x:v>23622</x:v>
       </x:c>
       <x:c r="AB23" s="3" t="n">
-        <x:v>26216</x:v>
+        <x:v>25015</x:v>
       </x:c>
       <x:c r="AC23" s="3" t="n">
-        <x:v>27024</x:v>
+        <x:v>26025</x:v>
       </x:c>
       <x:c r="AD23" s="3" t="n">
-        <x:v>27936</x:v>
+        <x:v>26892</x:v>
       </x:c>
       <x:c r="AE23" s="3" t="n">
-        <x:v>28554</x:v>
+        <x:v>27410</x:v>
       </x:c>
       <x:c r="AF23" s="3" t="n">
-        <x:v>29292</x:v>
+        <x:v>28252</x:v>
       </x:c>
       <x:c r="AG23" s="3" t="n">
-        <x:v>30537</x:v>
+        <x:v>29662</x:v>
       </x:c>
       <x:c r="AH23" s="3" t="n">
-        <x:v>34087</x:v>
+        <x:v>33647</x:v>
       </x:c>
       <x:c r="AI23" s="3" t="n">
-        <x:v>35327</x:v>
+        <x:v>35040</x:v>
       </x:c>
       <x:c r="AJ23" s="3" t="n">
-        <x:v>37421</x:v>
+        <x:v>37056</x:v>
       </x:c>
       <x:c r="AK23" s="3" t="n">
-        <x:v>38008</x:v>
+        <x:v>37718</x:v>
       </x:c>
       <x:c r="AL23" s="3" t="n">
-        <x:v>39220</x:v>
+        <x:v>38977</x:v>
       </x:c>
       <x:c r="AM23" s="3" t="n">
-        <x:v>40464</x:v>
+        <x:v>40311</x:v>
       </x:c>
       <x:c r="AN23" s="3" t="n">
-        <x:v>43227</x:v>
+        <x:v>43239</x:v>
       </x:c>
       <x:c r="AO23" s="3" t="n">
-        <x:v>42259</x:v>
+        <x:v>42352</x:v>
       </x:c>
       <x:c r="AP23" s="3" t="n">
-        <x:v>40948</x:v>
+        <x:v>41127</x:v>
       </x:c>
       <x:c r="AQ23" s="3" t="n">
-        <x:v>41150</x:v>
+        <x:v>41408</x:v>
       </x:c>
       <x:c r="AR23" s="3" t="n">
-        <x:v>40940</x:v>
+        <x:v>41324</x:v>
       </x:c>
       <x:c r="AS23" s="3" t="n">
-        <x:v>40536</x:v>
+        <x:v>40981</x:v>
       </x:c>
       <x:c r="AT23" s="3" t="n">
-        <x:v>40608</x:v>
+        <x:v>41112</x:v>
       </x:c>
       <x:c r="AU23" s="3" t="n">
-        <x:v>41688</x:v>
+        <x:v>42390</x:v>
       </x:c>
       <x:c r="AV23" s="3" t="n">
-        <x:v>43896</x:v>
+        <x:v>44879</x:v>
       </x:c>
       <x:c r="AW23" s="3" t="n">
-        <x:v>45989</x:v>
+        <x:v>47254</x:v>
       </x:c>
       <x:c r="AX23" s="3" t="n">
-        <x:v>46981</x:v>
+        <x:v>48392</x:v>
       </x:c>
       <x:c r="AY23" s="3" t="n">
-        <x:v>49405</x:v>
+        <x:v>51098</x:v>
       </x:c>
       <x:c r="AZ23" s="3" t="n">
-        <x:v>50046</x:v>
+        <x:v>51945</x:v>
       </x:c>
       <x:c r="BA23" s="3" t="n">
-        <x:v>51934</x:v>
+        <x:v>54052</x:v>
       </x:c>
       <x:c r="BB23" s="3" t="n">
-        <x:v>56706</x:v>
+        <x:v>58651</x:v>
       </x:c>
       <x:c r="BC23" s="3" t="n">
-        <x:v>65380</x:v>
+        <x:v>68658</x:v>
       </x:c>
       <x:c r="BD23" s="3" t="n">
-        <x:v>71655</x:v>
+        <x:v>76621</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:56">
       <x:c r="A24" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>3640</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
-        <x:v>4215</x:v>
+        <x:v>4165</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
-        <x:v>4787</x:v>
+        <x:v>4678</x:v>
       </x:c>
       <x:c r="E24" s="3" t="n">
-        <x:v>5402</x:v>
+        <x:v>5187</x:v>
       </x:c>
       <x:c r="F24" s="3" t="n">
-        <x:v>6723</x:v>
+        <x:v>6727</x:v>
       </x:c>
       <x:c r="G24" s="3" t="n">
-        <x:v>7862</x:v>
+        <x:v>7768</x:v>
       </x:c>
       <x:c r="H24" s="3" t="n">
-        <x:v>8807</x:v>
+        <x:v>8947</x:v>
       </x:c>
       <x:c r="I24" s="3" t="n">
-        <x:v>10205</x:v>
+        <x:v>10269</x:v>
       </x:c>
       <x:c r="J24" s="3" t="n">
-        <x:v>11196</x:v>
+        <x:v>11223</x:v>
       </x:c>
       <x:c r="K24" s="3" t="n">
-        <x:v>12002</x:v>
+        <x:v>11900</x:v>
       </x:c>
       <x:c r="L24" s="3" t="n">
-        <x:v>13526</x:v>
+        <x:v>13313</x:v>
       </x:c>
       <x:c r="M24" s="3" t="n">
-        <x:v>15035</x:v>
+        <x:v>14774</x:v>
       </x:c>
       <x:c r="N24" s="3" t="n">
-        <x:v>16644</x:v>
+        <x:v>16247</x:v>
       </x:c>
       <x:c r="O24" s="3" t="n">
-        <x:v>18077</x:v>
+        <x:v>17602</x:v>
       </x:c>
       <x:c r="P24" s="3" t="n">
-        <x:v>19604</x:v>
+        <x:v>19104</x:v>
       </x:c>
       <x:c r="Q24" s="3" t="n">
-        <x:v>21857</x:v>
+        <x:v>21566</x:v>
       </x:c>
       <x:c r="R24" s="3" t="n">
-        <x:v>24743</x:v>
+        <x:v>24169</x:v>
       </x:c>
       <x:c r="S24" s="3" t="n">
-        <x:v>27840</x:v>
+        <x:v>26980</x:v>
       </x:c>
       <x:c r="T24" s="3" t="n">
-        <x:v>29711</x:v>
+        <x:v>28462</x:v>
       </x:c>
       <x:c r="U24" s="3" t="n">
-        <x:v>29478</x:v>
+        <x:v>28112</x:v>
       </x:c>
       <x:c r="V24" s="3" t="n">
-        <x:v>29011</x:v>
+        <x:v>27741</x:v>
       </x:c>
       <x:c r="W24" s="3" t="n">
-        <x:v>28940</x:v>
+        <x:v>27987</x:v>
       </x:c>
       <x:c r="X24" s="3" t="n">
-        <x:v>28739</x:v>
+        <x:v>28170</x:v>
       </x:c>
       <x:c r="Y24" s="3" t="n">
-        <x:v>28467</x:v>
+        <x:v>28137</x:v>
       </x:c>
       <x:c r="Z24" s="3" t="n">
-        <x:v>28844</x:v>
+        <x:v>28567</x:v>
       </x:c>
       <x:c r="AA24" s="3" t="n">
-        <x:v>30657</x:v>
+        <x:v>30236</x:v>
       </x:c>
       <x:c r="AB24" s="3" t="n">
-        <x:v>32057</x:v>
+        <x:v>31712</x:v>
       </x:c>
       <x:c r="AC24" s="3" t="n">
-        <x:v>32804</x:v>
+        <x:v>32626</x:v>
       </x:c>
       <x:c r="AD24" s="3" t="n">
-        <x:v>34979</x:v>
+        <x:v>35010</x:v>
       </x:c>
       <x:c r="AE24" s="3" t="n">
-        <x:v>37376</x:v>
+        <x:v>36537</x:v>
       </x:c>
       <x:c r="AF24" s="3" t="n">
-        <x:v>38892</x:v>
+        <x:v>38418</x:v>
       </x:c>
       <x:c r="AG24" s="3" t="n">
-        <x:v>39168</x:v>
+        <x:v>39267</x:v>
       </x:c>
       <x:c r="AH24" s="3" t="n">
-        <x:v>39533</x:v>
+        <x:v>39608</x:v>
       </x:c>
       <x:c r="AI24" s="3" t="n">
-        <x:v>38774</x:v>
+        <x:v>38995</x:v>
       </x:c>
       <x:c r="AJ24" s="3" t="n">
-        <x:v>40692</x:v>
+        <x:v>40852</x:v>
       </x:c>
       <x:c r="AK24" s="3" t="n">
-        <x:v>40280</x:v>
+        <x:v>40425</x:v>
       </x:c>
       <x:c r="AL24" s="3" t="n">
-        <x:v>42712</x:v>
+        <x:v>42903</x:v>
       </x:c>
       <x:c r="AM24" s="3" t="n">
-        <x:v>45856</x:v>
+        <x:v>46181</x:v>
       </x:c>
       <x:c r="AN24" s="3" t="n">
-        <x:v>50192</x:v>
+        <x:v>50795</x:v>
       </x:c>
       <x:c r="AO24" s="3" t="n">
-        <x:v>50988</x:v>
+        <x:v>51705</x:v>
       </x:c>
       <x:c r="AP24" s="3" t="n">
-        <x:v>50235</x:v>
+        <x:v>51061</x:v>
       </x:c>
       <x:c r="AQ24" s="3" t="n">
-        <x:v>52198</x:v>
+        <x:v>53271</x:v>
       </x:c>
       <x:c r="AR24" s="3" t="n">
-        <x:v>53688</x:v>
+        <x:v>55062</x:v>
       </x:c>
       <x:c r="AS24" s="3" t="n">
-        <x:v>55365</x:v>
+        <x:v>57049</x:v>
       </x:c>
       <x:c r="AT24" s="3" t="n">
-        <x:v>57436</x:v>
+        <x:v>59447</x:v>
       </x:c>
       <x:c r="AU24" s="3" t="n">
-        <x:v>57649</x:v>
+        <x:v>59949</x:v>
       </x:c>
       <x:c r="AV24" s="3" t="n">
-        <x:v>58116</x:v>
+        <x:v>60683</x:v>
       </x:c>
       <x:c r="AW24" s="3" t="n">
-        <x:v>57855</x:v>
+        <x:v>60686</x:v>
       </x:c>
       <x:c r="AX24" s="3" t="n">
-        <x:v>58456</x:v>
+        <x:v>61535</x:v>
       </x:c>
       <x:c r="AY24" s="3" t="n">
-        <x:v>61556</x:v>
+        <x:v>65234</x:v>
       </x:c>
       <x:c r="AZ24" s="3" t="n">
-        <x:v>62514</x:v>
+        <x:v>66581</x:v>
       </x:c>
       <x:c r="BA24" s="3" t="n">
-        <x:v>64641</x:v>
+        <x:v>69239</x:v>
       </x:c>
       <x:c r="BB24" s="3" t="n">
-        <x:v>69618</x:v>
+        <x:v>75026</x:v>
       </x:c>
       <x:c r="BC24" s="3" t="n">
-        <x:v>77529</x:v>
+        <x:v>82909</x:v>
       </x:c>
       <x:c r="BD24" s="3" t="n">
-        <x:v>81042</x:v>
+        <x:v>87893</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:56">
       <x:c r="A25" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>1477</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>1713</x:v>
+        <x:v>1652</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
-        <x:v>1953</x:v>
+        <x:v>1862</x:v>
       </x:c>
       <x:c r="E25" s="3" t="n">
-        <x:v>2146</x:v>
+        <x:v>2140</x:v>
       </x:c>
       <x:c r="F25" s="3" t="n">
-        <x:v>2847</x:v>
+        <x:v>2891</x:v>
       </x:c>
       <x:c r="G25" s="3" t="n">
-        <x:v>3504</x:v>
+        <x:v>3432</x:v>
       </x:c>
       <x:c r="H25" s="3" t="n">
-        <x:v>3957</x:v>
+        <x:v>3921</x:v>
       </x:c>
       <x:c r="I25" s="3" t="n">
-        <x:v>4503</x:v>
+        <x:v>4344</x:v>
       </x:c>
       <x:c r="J25" s="3" t="n">
-        <x:v>4824</x:v>
+        <x:v>4587</x:v>
       </x:c>
       <x:c r="K25" s="3" t="n">
-        <x:v>5251</x:v>
+        <x:v>4869</x:v>
       </x:c>
       <x:c r="L25" s="3" t="n">
-        <x:v>5970</x:v>
+        <x:v>5446</x:v>
       </x:c>
       <x:c r="M25" s="3" t="n">
-        <x:v>6708</x:v>
+        <x:v>6085</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>7429</x:v>
+        <x:v>6662</x:v>
       </x:c>
       <x:c r="O25" s="3" t="n">
-        <x:v>7953</x:v>
+        <x:v>7090</x:v>
       </x:c>
       <x:c r="P25" s="3" t="n">
-        <x:v>8429</x:v>
+        <x:v>7495</x:v>
       </x:c>
       <x:c r="Q25" s="3" t="n">
-        <x:v>8932</x:v>
+        <x:v>8011</x:v>
       </x:c>
       <x:c r="R25" s="3" t="n">
-        <x:v>9685</x:v>
+        <x:v>8676</x:v>
       </x:c>
       <x:c r="S25" s="3" t="n">
-        <x:v>10537</x:v>
+        <x:v>9449</x:v>
       </x:c>
       <x:c r="T25" s="3" t="n">
-        <x:v>11204</x:v>
+        <x:v>9974</x:v>
       </x:c>
       <x:c r="U25" s="3" t="n">
-        <x:v>11038</x:v>
+        <x:v>9854</x:v>
       </x:c>
       <x:c r="V25" s="3" t="n">
-        <x:v>10782</x:v>
+        <x:v>9734</x:v>
       </x:c>
       <x:c r="W25" s="3" t="n">
-        <x:v>10733</x:v>
+        <x:v>9844</x:v>
       </x:c>
       <x:c r="X25" s="3" t="n">
-        <x:v>10869</x:v>
+        <x:v>10154</x:v>
       </x:c>
       <x:c r="Y25" s="3" t="n">
-        <x:v>10993</x:v>
+        <x:v>10403</x:v>
       </x:c>
       <x:c r="Z25" s="3" t="n">
-        <x:v>11257</x:v>
+        <x:v>10673</x:v>
       </x:c>
       <x:c r="AA25" s="3" t="n">
-        <x:v>11998</x:v>
+        <x:v>11390</x:v>
       </x:c>
       <x:c r="AB25" s="3" t="n">
-        <x:v>12691</x:v>
+        <x:v>12122</x:v>
       </x:c>
       <x:c r="AC25" s="3" t="n">
-        <x:v>13438</x:v>
+        <x:v>12950</x:v>
       </x:c>
       <x:c r="AD25" s="3" t="n">
-        <x:v>14509</x:v>
+        <x:v>14078</x:v>
       </x:c>
       <x:c r="AE25" s="3" t="n">
-        <x:v>15215</x:v>
+        <x:v>14533</x:v>
       </x:c>
       <x:c r="AF25" s="3" t="n">
-        <x:v>15498</x:v>
+        <x:v>14831</x:v>
       </x:c>
       <x:c r="AG25" s="3" t="n">
-        <x:v>15608</x:v>
+        <x:v>15117</x:v>
       </x:c>
       <x:c r="AH25" s="3" t="n">
-        <x:v>15982</x:v>
+        <x:v>15618</x:v>
       </x:c>
       <x:c r="AI25" s="3" t="n">
-        <x:v>15616</x:v>
+        <x:v>15338</x:v>
       </x:c>
       <x:c r="AJ25" s="3" t="n">
-        <x:v>16251</x:v>
+        <x:v>15963</x:v>
       </x:c>
       <x:c r="AK25" s="3" t="n">
-        <x:v>16441</x:v>
+        <x:v>16132</x:v>
       </x:c>
       <x:c r="AL25" s="3" t="n">
-        <x:v>17693</x:v>
+        <x:v>17424</x:v>
       </x:c>
       <x:c r="AM25" s="3" t="n">
-        <x:v>22536</x:v>
+        <x:v>22555</x:v>
       </x:c>
       <x:c r="AN25" s="3" t="n">
-        <x:v>24601</x:v>
+        <x:v>24858</x:v>
       </x:c>
       <x:c r="AO25" s="3" t="n">
-        <x:v>24020</x:v>
+        <x:v>24271</x:v>
       </x:c>
       <x:c r="AP25" s="3" t="n">
-        <x:v>22945</x:v>
+        <x:v>23189</x:v>
       </x:c>
       <x:c r="AQ25" s="3" t="n">
-        <x:v>22801</x:v>
+        <x:v>23094</x:v>
       </x:c>
       <x:c r="AR25" s="3" t="n">
-        <x:v>23447</x:v>
+        <x:v>23950</x:v>
       </x:c>
       <x:c r="AS25" s="3" t="n">
-        <x:v>23737</x:v>
+        <x:v>24419</x:v>
       </x:c>
       <x:c r="AT25" s="3" t="n">
-        <x:v>23965</x:v>
+        <x:v>24806</x:v>
       </x:c>
       <x:c r="AU25" s="3" t="n">
-        <x:v>23760</x:v>
+        <x:v>24738</x:v>
       </x:c>
       <x:c r="AV25" s="3" t="n">
-        <x:v>23303</x:v>
+        <x:v>24325</x:v>
       </x:c>
       <x:c r="AW25" s="3" t="n">
-        <x:v>22927</x:v>
+        <x:v>24078</x:v>
       </x:c>
       <x:c r="AX25" s="3" t="n">
-        <x:v>22611</x:v>
+        <x:v>23814</x:v>
       </x:c>
       <x:c r="AY25" s="3" t="n">
-        <x:v>23373</x:v>
+        <x:v>24891</x:v>
       </x:c>
       <x:c r="AZ25" s="3" t="n">
-        <x:v>23283</x:v>
+        <x:v>24977</x:v>
       </x:c>
       <x:c r="BA25" s="3" t="n">
-        <x:v>22939</x:v>
+        <x:v>24663</x:v>
       </x:c>
       <x:c r="BB25" s="3" t="n">
-        <x:v>23974</x:v>
+        <x:v>25830</x:v>
       </x:c>
       <x:c r="BC25" s="3" t="n">
-        <x:v>27277</x:v>
+        <x:v>27870</x:v>
       </x:c>
       <x:c r="BD25" s="3" t="n">
-        <x:v>28615</x:v>
+        <x:v>29542</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:56">
       <x:c r="A26" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>562</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
-        <x:v>660</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="D26" s="3" t="n">
-        <x:v>805</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="E26" s="3" t="n">
-        <x:v>927</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="F26" s="3" t="n">
-        <x:v>1172</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="G26" s="3" t="n">
-        <x:v>1311</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="H26" s="3" t="n">
-        <x:v>1489</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="I26" s="3" t="n">
-        <x:v>1749</x:v>
+        <x:v>1636</x:v>
       </x:c>
       <x:c r="J26" s="3" t="n">
-        <x:v>1960</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="K26" s="3" t="n">
-        <x:v>2088</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="L26" s="3" t="n">
-        <x:v>2378</x:v>
+        <x:v>2205</x:v>
       </x:c>
       <x:c r="M26" s="3" t="n">
-        <x:v>2670</x:v>
+        <x:v>2476</x:v>
       </x:c>
       <x:c r="N26" s="3" t="n">
-        <x:v>2893</x:v>
+        <x:v>2678</x:v>
       </x:c>
       <x:c r="O26" s="3" t="n">
-        <x:v>3095</x:v>
+        <x:v>2868</x:v>
       </x:c>
       <x:c r="P26" s="3" t="n">
-        <x:v>3274</x:v>
+        <x:v>3044</x:v>
       </x:c>
       <x:c r="Q26" s="3" t="n">
-        <x:v>3539</x:v>
+        <x:v>3330</x:v>
       </x:c>
       <x:c r="R26" s="3" t="n">
-        <x:v>3922</x:v>
+        <x:v>3700</x:v>
       </x:c>
       <x:c r="S26" s="3" t="n">
-        <x:v>4420</x:v>
+        <x:v>4187</x:v>
       </x:c>
       <x:c r="T26" s="3" t="n">
-        <x:v>4754</x:v>
+        <x:v>4501</x:v>
       </x:c>
       <x:c r="U26" s="3" t="n">
-        <x:v>4646</x:v>
+        <x:v>4392</x:v>
       </x:c>
       <x:c r="V26" s="3" t="n">
-        <x:v>4565</x:v>
+        <x:v>4343</x:v>
       </x:c>
       <x:c r="W26" s="3" t="n">
-        <x:v>4519</x:v>
+        <x:v>4357</x:v>
       </x:c>
       <x:c r="X26" s="3" t="n">
-        <x:v>4437</x:v>
+        <x:v>4342</x:v>
       </x:c>
       <x:c r="Y26" s="3" t="n">
-        <x:v>4371</x:v>
+        <x:v>4360</x:v>
       </x:c>
       <x:c r="Z26" s="3" t="n">
-        <x:v>4430</x:v>
+        <x:v>4422</x:v>
       </x:c>
       <x:c r="AA26" s="3" t="n">
-        <x:v>4696</x:v>
+        <x:v>4737</x:v>
       </x:c>
       <x:c r="AB26" s="3" t="n">
-        <x:v>5007</x:v>
+        <x:v>5098</x:v>
       </x:c>
       <x:c r="AC26" s="3" t="n">
-        <x:v>5217</x:v>
+        <x:v>5332</x:v>
       </x:c>
       <x:c r="AD26" s="3" t="n">
-        <x:v>5608</x:v>
+        <x:v>5725</x:v>
       </x:c>
       <x:c r="AE26" s="3" t="n">
-        <x:v>5830</x:v>
+        <x:v>5903</x:v>
       </x:c>
       <x:c r="AF26" s="3" t="n">
-        <x:v>6132</x:v>
+        <x:v>6229</x:v>
       </x:c>
       <x:c r="AG26" s="3" t="n">
-        <x:v>6204</x:v>
+        <x:v>6332</x:v>
       </x:c>
       <x:c r="AH26" s="3" t="n">
-        <x:v>6248</x:v>
+        <x:v>6401</x:v>
       </x:c>
       <x:c r="AI26" s="3" t="n">
-        <x:v>6393</x:v>
+        <x:v>6558</x:v>
       </x:c>
       <x:c r="AJ26" s="3" t="n">
-        <x:v>6734</x:v>
+        <x:v>6900</x:v>
       </x:c>
       <x:c r="AK26" s="3" t="n">
-        <x:v>6906</x:v>
+        <x:v>7089</x:v>
       </x:c>
       <x:c r="AL26" s="3" t="n">
-        <x:v>7412</x:v>
+        <x:v>7610</x:v>
       </x:c>
       <x:c r="AM26" s="3" t="n">
-        <x:v>7728</x:v>
+        <x:v>7962</x:v>
       </x:c>
       <x:c r="AN26" s="3" t="n">
-        <x:v>8041</x:v>
+        <x:v>8330</x:v>
       </x:c>
       <x:c r="AO26" s="3" t="n">
-        <x:v>7740</x:v>
+        <x:v>8014</x:v>
       </x:c>
       <x:c r="AP26" s="3" t="n">
-        <x:v>7426</x:v>
+        <x:v>7722</x:v>
       </x:c>
       <x:c r="AQ26" s="3" t="n">
-        <x:v>7439</x:v>
+        <x:v>7767</x:v>
       </x:c>
       <x:c r="AR26" s="3" t="n">
-        <x:v>7399</x:v>
+        <x:v>7756</x:v>
       </x:c>
       <x:c r="AS26" s="3" t="n">
-        <x:v>7456</x:v>
+        <x:v>7856</x:v>
       </x:c>
       <x:c r="AT26" s="3" t="n">
-        <x:v>7434</x:v>
+        <x:v>7860</x:v>
       </x:c>
       <x:c r="AU26" s="3" t="n">
-        <x:v>7571</x:v>
+        <x:v>8052</x:v>
       </x:c>
       <x:c r="AV26" s="3" t="n">
-        <x:v>7605</x:v>
+        <x:v>8140</x:v>
       </x:c>
       <x:c r="AW26" s="3" t="n">
-        <x:v>7745</x:v>
+        <x:v>8339</x:v>
       </x:c>
       <x:c r="AX26" s="3" t="n">
-        <x:v>7929</x:v>
+        <x:v>8587</x:v>
       </x:c>
       <x:c r="AY26" s="3" t="n">
-        <x:v>8249</x:v>
+        <x:v>8992</x:v>
       </x:c>
       <x:c r="AZ26" s="3" t="n">
-        <x:v>8447</x:v>
+        <x:v>9279</x:v>
       </x:c>
       <x:c r="BA26" s="3" t="n">
-        <x:v>8654</x:v>
+        <x:v>9563</x:v>
       </x:c>
       <x:c r="BB26" s="3" t="n">
-        <x:v>9121</x:v>
+        <x:v>10161</x:v>
       </x:c>
       <x:c r="BC26" s="3" t="n">
-        <x:v>9572</x:v>
+        <x:v>10920</x:v>
       </x:c>
       <x:c r="BD26" s="3" t="n">
-        <x:v>9744</x:v>
+        <x:v>11651</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:56">
       <x:c r="A27" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>920</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>1059</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
-        <x:v>1193</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="E27" s="3" t="n">
-        <x:v>1313</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="F27" s="3" t="n">
-        <x:v>1623</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="G27" s="3" t="n">
-        <x:v>1899</x:v>
+        <x:v>1636</x:v>
       </x:c>
       <x:c r="H27" s="3" t="n">
-        <x:v>2077</x:v>
+        <x:v>1834</x:v>
       </x:c>
       <x:c r="I27" s="3" t="n">
-        <x:v>2343</x:v>
+        <x:v>1999</x:v>
       </x:c>
       <x:c r="J27" s="3" t="n">
+        <x:v>2140</x:v>
+      </x:c>
+      <x:c r="K27" s="3" t="n">
+        <x:v>2233</x:v>
+      </x:c>
+      <x:c r="L27" s="3" t="n">
         <x:v>2503</x:v>
       </x:c>
-      <x:c r="K27" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="M27" s="3" t="n">
-        <x:v>3286</x:v>
+        <x:v>2764</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>3593</x:v>
+        <x:v>3008</x:v>
       </x:c>
       <x:c r="O27" s="3" t="n">
-        <x:v>3765</x:v>
+        <x:v>3134</x:v>
       </x:c>
       <x:c r="P27" s="3" t="n">
-        <x:v>3914</x:v>
+        <x:v>3251</x:v>
       </x:c>
       <x:c r="Q27" s="3" t="n">
-        <x:v>4079</x:v>
+        <x:v>3391</x:v>
       </x:c>
       <x:c r="R27" s="3" t="n">
-        <x:v>4368</x:v>
+        <x:v>3637</x:v>
       </x:c>
       <x:c r="S27" s="3" t="n">
-        <x:v>4690</x:v>
+        <x:v>3924</x:v>
       </x:c>
       <x:c r="T27" s="3" t="n">
-        <x:v>5055</x:v>
+        <x:v>4257</x:v>
       </x:c>
       <x:c r="U27" s="3" t="n">
-        <x:v>5057</x:v>
+        <x:v>4297</x:v>
       </x:c>
       <x:c r="V27" s="3" t="n">
-        <x:v>4921</x:v>
+        <x:v>4216</x:v>
       </x:c>
       <x:c r="W27" s="3" t="n">
-        <x:v>4809</x:v>
+        <x:v>4171</x:v>
       </x:c>
       <x:c r="X27" s="3" t="n">
-        <x:v>4779</x:v>
+        <x:v>4206</x:v>
       </x:c>
       <x:c r="Y27" s="3" t="n">
-        <x:v>4816</x:v>
+        <x:v>4322</x:v>
       </x:c>
       <x:c r="Z27" s="3" t="n">
-        <x:v>4933</x:v>
+        <x:v>4428</x:v>
       </x:c>
       <x:c r="AA27" s="3" t="n">
-        <x:v>5125</x:v>
+        <x:v>4633</x:v>
       </x:c>
       <x:c r="AB27" s="3" t="n">
-        <x:v>5144</x:v>
+        <x:v>4662</x:v>
       </x:c>
       <x:c r="AC27" s="3" t="n">
-        <x:v>5295</x:v>
+        <x:v>4827</x:v>
       </x:c>
       <x:c r="AD27" s="3" t="n">
-        <x:v>5548</x:v>
+        <x:v>5078</x:v>
       </x:c>
       <x:c r="AE27" s="3" t="n">
-        <x:v>5699</x:v>
+        <x:v>5208</x:v>
       </x:c>
       <x:c r="AF27" s="3" t="n">
-        <x:v>5795</x:v>
+        <x:v>5284</x:v>
       </x:c>
       <x:c r="AG27" s="3" t="n">
-        <x:v>5792</x:v>
+        <x:v>5302</x:v>
       </x:c>
       <x:c r="AH27" s="3" t="n">
-        <x:v>5862</x:v>
+        <x:v>5436</x:v>
       </x:c>
       <x:c r="AI27" s="3" t="n">
-        <x:v>6125</x:v>
+        <x:v>5719</x:v>
       </x:c>
       <x:c r="AJ27" s="3" t="n">
-        <x:v>6376</x:v>
+        <x:v>5957</x:v>
       </x:c>
       <x:c r="AK27" s="3" t="n">
-        <x:v>6562</x:v>
+        <x:v>6140</x:v>
       </x:c>
       <x:c r="AL27" s="3" t="n">
-        <x:v>7484</x:v>
+        <x:v>7088</x:v>
       </x:c>
       <x:c r="AM27" s="3" t="n">
-        <x:v>8548</x:v>
+        <x:v>8226</x:v>
       </x:c>
       <x:c r="AN27" s="3" t="n">
-        <x:v>10067</x:v>
+        <x:v>9870</x:v>
       </x:c>
       <x:c r="AO27" s="3" t="n">
-        <x:v>10425</x:v>
+        <x:v>10286</x:v>
       </x:c>
       <x:c r="AP27" s="3" t="n">
-        <x:v>10373</x:v>
+        <x:v>10304</x:v>
       </x:c>
       <x:c r="AQ27" s="3" t="n">
-        <x:v>11015</x:v>
+        <x:v>11066</x:v>
       </x:c>
       <x:c r="AR27" s="3" t="n">
-        <x:v>11708</x:v>
+        <x:v>11929</x:v>
       </x:c>
       <x:c r="AS27" s="3" t="n">
-        <x:v>12391</x:v>
+        <x:v>12806</x:v>
       </x:c>
       <x:c r="AT27" s="3" t="n">
-        <x:v>13420</x:v>
+        <x:v>14015</x:v>
       </x:c>
       <x:c r="AU27" s="3" t="n">
-        <x:v>14192</x:v>
+        <x:v>15015</x:v>
       </x:c>
       <x:c r="AV27" s="3" t="n">
-        <x:v>14861</x:v>
+        <x:v>15952</x:v>
       </x:c>
       <x:c r="AW27" s="3" t="n">
-        <x:v>15172</x:v>
+        <x:v>16440</x:v>
       </x:c>
       <x:c r="AX27" s="3" t="n">
-        <x:v>15499</x:v>
+        <x:v>16989</x:v>
       </x:c>
       <x:c r="AY27" s="3" t="n">
-        <x:v>16192</x:v>
+        <x:v>17986</x:v>
       </x:c>
       <x:c r="AZ27" s="3" t="n">
-        <x:v>16676</x:v>
+        <x:v>18776</x:v>
       </x:c>
       <x:c r="BA27" s="3" t="n">
-        <x:v>17121</x:v>
+        <x:v>19418</x:v>
       </x:c>
       <x:c r="BB27" s="3" t="n">
-        <x:v>17778</x:v>
+        <x:v>20023</x:v>
       </x:c>
       <x:c r="BC27" s="3" t="n">
-        <x:v>21834</x:v>
+        <x:v>21790</x:v>
       </x:c>
       <x:c r="BD27" s="3" t="n">
-        <x:v>25199</x:v>
+        <x:v>23615</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:56">
       <x:c r="A28" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>24298</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
-        <x:v>26033</x:v>
+        <x:v>26480</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
-        <x:v>29504</x:v>
+        <x:v>28396</x:v>
       </x:c>
       <x:c r="E28" s="3" t="n">
-        <x:v>32805</x:v>
+        <x:v>31014</x:v>
       </x:c>
       <x:c r="F28" s="3" t="n">
-        <x:v>38157</x:v>
+        <x:v>36896</x:v>
       </x:c>
       <x:c r="G28" s="3" t="n">
-        <x:v>40986</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="H28" s="3" t="n">
-        <x:v>46705</x:v>
+        <x:v>47736</x:v>
       </x:c>
       <x:c r="I28" s="3" t="n">
-        <x:v>53983</x:v>
+        <x:v>54072</x:v>
       </x:c>
       <x:c r="J28" s="3" t="n">
-        <x:v>60753</x:v>
+        <x:v>58752</x:v>
       </x:c>
       <x:c r="K28" s="3" t="n">
-        <x:v>67131</x:v>
+        <x:v>64890</x:v>
       </x:c>
       <x:c r="L28" s="3" t="n">
-        <x:v>77421</x:v>
+        <x:v>75483</x:v>
       </x:c>
       <x:c r="M28" s="3" t="n">
-        <x:v>87775</x:v>
+        <x:v>85666</x:v>
       </x:c>
       <x:c r="N28" s="3" t="n">
-        <x:v>99685</x:v>
+        <x:v>96796</x:v>
       </x:c>
       <x:c r="O28" s="3" t="n">
-        <x:v>108622</x:v>
+        <x:v>107384</x:v>
       </x:c>
       <x:c r="P28" s="3" t="n">
-        <x:v>117903</x:v>
+        <x:v>117441</x:v>
       </x:c>
       <x:c r="Q28" s="3" t="n">
-        <x:v>127704</x:v>
+        <x:v>125255</x:v>
       </x:c>
       <x:c r="R28" s="3" t="n">
-        <x:v>140173</x:v>
+        <x:v>137081</x:v>
       </x:c>
       <x:c r="S28" s="3" t="n">
-        <x:v>157076</x:v>
+        <x:v>152685</x:v>
       </x:c>
       <x:c r="T28" s="3" t="n">
-        <x:v>170838</x:v>
+        <x:v>164054</x:v>
       </x:c>
       <x:c r="U28" s="3" t="n">
-        <x:v>171864</x:v>
+        <x:v>164637</x:v>
       </x:c>
       <x:c r="V28" s="3" t="n">
-        <x:v>171734</x:v>
+        <x:v>161604</x:v>
       </x:c>
       <x:c r="W28" s="3" t="n">
-        <x:v>172828</x:v>
+        <x:v>161798</x:v>
       </x:c>
       <x:c r="X28" s="3" t="n">
-        <x:v>172318</x:v>
+        <x:v>160555</x:v>
       </x:c>
       <x:c r="Y28" s="3" t="n">
-        <x:v>173308</x:v>
+        <x:v>159337</x:v>
       </x:c>
       <x:c r="Z28" s="3" t="n">
-        <x:v>175033</x:v>
+        <x:v>163609</x:v>
       </x:c>
       <x:c r="AA28" s="3" t="n">
-        <x:v>179817</x:v>
+        <x:v>166262</x:v>
       </x:c>
       <x:c r="AB28" s="3" t="n">
-        <x:v>181773</x:v>
+        <x:v>167163</x:v>
       </x:c>
       <x:c r="AC28" s="3" t="n">
-        <x:v>182188</x:v>
+        <x:v>168676</x:v>
       </x:c>
       <x:c r="AD28" s="3" t="n">
-        <x:v>186255</x:v>
+        <x:v>172803</x:v>
       </x:c>
       <x:c r="AE28" s="3" t="n">
-        <x:v>188264</x:v>
+        <x:v>175011</x:v>
       </x:c>
       <x:c r="AF28" s="3" t="n">
-        <x:v>191640</x:v>
+        <x:v>177371</x:v>
       </x:c>
       <x:c r="AG28" s="3" t="n">
-        <x:v>194189</x:v>
+        <x:v>180627</x:v>
       </x:c>
       <x:c r="AH28" s="3" t="n">
-        <x:v>194188</x:v>
+        <x:v>180660</x:v>
       </x:c>
       <x:c r="AI28" s="3" t="n">
-        <x:v>190281</x:v>
+        <x:v>177819</x:v>
       </x:c>
       <x:c r="AJ28" s="3" t="n">
-        <x:v>197017</x:v>
+        <x:v>184204</x:v>
       </x:c>
       <x:c r="AK28" s="3" t="n">
-        <x:v>204243</x:v>
+        <x:v>191141</x:v>
       </x:c>
       <x:c r="AL28" s="3" t="n">
-        <x:v>213578</x:v>
+        <x:v>200382</x:v>
       </x:c>
       <x:c r="AM28" s="3" t="n">
-        <x:v>229183</x:v>
+        <x:v>215860</x:v>
       </x:c>
       <x:c r="AN28" s="3" t="n">
-        <x:v>250416</x:v>
+        <x:v>236495</x:v>
       </x:c>
       <x:c r="AO28" s="3" t="n">
-        <x:v>256926</x:v>
+        <x:v>243585</x:v>
       </x:c>
       <x:c r="AP28" s="3" t="n">
-        <x:v>263218</x:v>
+        <x:v>249797</x:v>
       </x:c>
       <x:c r="AQ28" s="3" t="n">
-        <x:v>277869</x:v>
+        <x:v>264663</x:v>
       </x:c>
       <x:c r="AR28" s="3" t="n">
-        <x:v>291182</x:v>
+        <x:v>278069</x:v>
       </x:c>
       <x:c r="AS28" s="3" t="n">
-        <x:v>299528</x:v>
+        <x:v>286912</x:v>
       </x:c>
       <x:c r="AT28" s="3" t="n">
-        <x:v>315344</x:v>
+        <x:v>303069</x:v>
       </x:c>
       <x:c r="AU28" s="3" t="n">
-        <x:v>332837</x:v>
+        <x:v>321016</x:v>
       </x:c>
       <x:c r="AV28" s="3" t="n">
-        <x:v>350006</x:v>
+        <x:v>338687</x:v>
       </x:c>
       <x:c r="AW28" s="3" t="n">
-        <x:v>369770</x:v>
+        <x:v>358816</x:v>
       </x:c>
       <x:c r="AX28" s="3" t="n">
-        <x:v>397117</x:v>
+        <x:v>386467</x:v>
       </x:c>
       <x:c r="AY28" s="3" t="n">
-        <x:v>422255</x:v>
+        <x:v>412198</x:v>
       </x:c>
       <x:c r="AZ28" s="3" t="n">
-        <x:v>461664</x:v>
+        <x:v>452280</x:v>
       </x:c>
       <x:c r="BA28" s="3" t="n">
-        <x:v>488104</x:v>
+        <x:v>478473</x:v>
       </x:c>
       <x:c r="BB28" s="3" t="n">
-        <x:v>534315</x:v>
+        <x:v>526286</x:v>
       </x:c>
       <x:c r="BC28" s="3" t="n">
-        <x:v>577106</x:v>
+        <x:v>562017</x:v>
       </x:c>
       <x:c r="BD28" s="3" t="n">
-        <x:v>604167</x:v>
+        <x:v>599705</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:56">
       <x:c r="A29" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>4986</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>5622</x:v>
+        <x:v>5630</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
-        <x:v>6543</x:v>
+        <x:v>6558</x:v>
       </x:c>
       <x:c r="E29" s="3" t="n">
-        <x:v>7521</x:v>
+        <x:v>7555</x:v>
       </x:c>
       <x:c r="F29" s="3" t="n">
-        <x:v>8968</x:v>
+        <x:v>9015</x:v>
       </x:c>
       <x:c r="G29" s="3" t="n">
-        <x:v>10300</x:v>
+        <x:v>10353</x:v>
       </x:c>
       <x:c r="H29" s="3" t="n">
-        <x:v>11792</x:v>
+        <x:v>11866</x:v>
       </x:c>
       <x:c r="I29" s="3" t="n">
-        <x:v>13626</x:v>
+        <x:v>13721</x:v>
       </x:c>
       <x:c r="J29" s="3" t="n">
-        <x:v>15309</x:v>
+        <x:v>15396</x:v>
       </x:c>
       <x:c r="K29" s="3" t="n">
-        <x:v>17059</x:v>
+        <x:v>17146</x:v>
       </x:c>
       <x:c r="L29" s="3" t="n">
-        <x:v>19578</x:v>
+        <x:v>19656</x:v>
       </x:c>
       <x:c r="M29" s="3" t="n">
-        <x:v>22077</x:v>
+        <x:v>22163</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>24900</x:v>
+        <x:v>24995</x:v>
       </x:c>
       <x:c r="O29" s="3" t="n">
-        <x:v>26783</x:v>
+        <x:v>26884</x:v>
       </x:c>
       <x:c r="P29" s="3" t="n">
-        <x:v>28810</x:v>
+        <x:v>28916</x:v>
       </x:c>
       <x:c r="Q29" s="3" t="n">
-        <x:v>30861</x:v>
+        <x:v>30968</x:v>
       </x:c>
       <x:c r="R29" s="3" t="n">
-        <x:v>33770</x:v>
+        <x:v>33888</x:v>
       </x:c>
       <x:c r="S29" s="3" t="n">
-        <x:v>37611</x:v>
+        <x:v>37731</x:v>
       </x:c>
       <x:c r="T29" s="3" t="n">
-        <x:v>41352</x:v>
+        <x:v>41481</x:v>
       </x:c>
       <x:c r="U29" s="3" t="n">
-        <x:v>41972</x:v>
+        <x:v>42094</x:v>
       </x:c>
       <x:c r="V29" s="3" t="n">
-        <x:v>42474</x:v>
+        <x:v>42582</x:v>
       </x:c>
       <x:c r="W29" s="3" t="n">
-        <x:v>43274</x:v>
+        <x:v>43378</x:v>
       </x:c>
       <x:c r="X29" s="3" t="n">
-        <x:v>44455</x:v>
+        <x:v>44570</x:v>
       </x:c>
       <x:c r="Y29" s="3" t="n">
-        <x:v>45768</x:v>
+        <x:v>45882</x:v>
       </x:c>
       <x:c r="Z29" s="3" t="n">
-        <x:v>48611</x:v>
+        <x:v>48718</x:v>
       </x:c>
       <x:c r="AA29" s="3" t="n">
-        <x:v>52071</x:v>
+        <x:v>52180</x:v>
       </x:c>
       <x:c r="AB29" s="3" t="n">
-        <x:v>54758</x:v>
+        <x:v>54881</x:v>
       </x:c>
       <x:c r="AC29" s="3" t="n">
-        <x:v>57922</x:v>
+        <x:v>58067</x:v>
       </x:c>
       <x:c r="AD29" s="3" t="n">
-        <x:v>61620</x:v>
+        <x:v>61778</x:v>
       </x:c>
       <x:c r="AE29" s="3" t="n">
-        <x:v>65419</x:v>
+        <x:v>65582</x:v>
       </x:c>
       <x:c r="AF29" s="3" t="n">
-        <x:v>69636</x:v>
+        <x:v>69830</x:v>
       </x:c>
       <x:c r="AG29" s="3" t="n">
-        <x:v>73550</x:v>
+        <x:v>73746</x:v>
       </x:c>
       <x:c r="AH29" s="3" t="n">
-        <x:v>76300</x:v>
+        <x:v>76492</x:v>
       </x:c>
       <x:c r="AI29" s="3" t="n">
-        <x:v>78852</x:v>
+        <x:v>79224</x:v>
       </x:c>
       <x:c r="AJ29" s="3" t="n">
-        <x:v>85318</x:v>
+        <x:v>85490</x:v>
       </x:c>
       <x:c r="AK29" s="3" t="n">
-        <x:v>92285</x:v>
+        <x:v>92632</x:v>
       </x:c>
       <x:c r="AL29" s="3" t="n">
-        <x:v>100722</x:v>
+        <x:v>101127</x:v>
       </x:c>
       <x:c r="AM29" s="3" t="n">
-        <x:v>106606</x:v>
+        <x:v>107176</x:v>
       </x:c>
       <x:c r="AN29" s="3" t="n">
-        <x:v>118945</x:v>
+        <x:v>120122</x:v>
       </x:c>
       <x:c r="AO29" s="3" t="n">
-        <x:v>123970</x:v>
+        <x:v>125604</x:v>
       </x:c>
       <x:c r="AP29" s="3" t="n">
-        <x:v>131492</x:v>
+        <x:v>133318</x:v>
       </x:c>
       <x:c r="AQ29" s="3" t="n">
-        <x:v>140751</x:v>
+        <x:v>142810</x:v>
       </x:c>
       <x:c r="AR29" s="3" t="n">
-        <x:v>149015</x:v>
+        <x:v>151206</x:v>
       </x:c>
       <x:c r="AS29" s="3" t="n">
-        <x:v>155573</x:v>
+        <x:v>157775</x:v>
       </x:c>
       <x:c r="AT29" s="3" t="n">
-        <x:v>165069</x:v>
+        <x:v>167360</x:v>
       </x:c>
       <x:c r="AU29" s="3" t="n">
-        <x:v>174582</x:v>
+        <x:v>176962</x:v>
       </x:c>
       <x:c r="AV29" s="3" t="n">
-        <x:v>184838</x:v>
+        <x:v>187353</x:v>
       </x:c>
       <x:c r="AW29" s="3" t="n">
-        <x:v>196214</x:v>
+        <x:v>198830</x:v>
       </x:c>
       <x:c r="AX29" s="3" t="n">
-        <x:v>210184</x:v>
+        <x:v>213057</x:v>
       </x:c>
       <x:c r="AY29" s="3" t="n">
-        <x:v>223572</x:v>
+        <x:v>226790</x:v>
       </x:c>
       <x:c r="AZ29" s="3" t="n">
-        <x:v>237493</x:v>
+        <x:v>241090</x:v>
       </x:c>
       <x:c r="BA29" s="3" t="n">
-        <x:v>258635</x:v>
+        <x:v>262722</x:v>
       </x:c>
       <x:c r="BB29" s="3" t="n">
-        <x:v>294945</x:v>
+        <x:v>291693</x:v>
       </x:c>
       <x:c r="BC29" s="3" t="n">
-        <x:v>326314</x:v>
+        <x:v>321139</x:v>
       </x:c>
       <x:c r="BD29" s="3" t="n">
-        <x:v>356463</x:v>
+        <x:v>354616</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:56">
       <x:c r="A30" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>1890</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
-        <x:v>2159</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
-        <x:v>2455</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="E30" s="3" t="n">
-        <x:v>2725</x:v>
+        <x:v>2588</x:v>
       </x:c>
       <x:c r="F30" s="3" t="n">
-        <x:v>3237</x:v>
+        <x:v>3164</x:v>
       </x:c>
       <x:c r="G30" s="3" t="n">
-        <x:v>3781</x:v>
+        <x:v>3723</x:v>
       </x:c>
       <x:c r="H30" s="3" t="n">
-        <x:v>4444</x:v>
+        <x:v>4566</x:v>
       </x:c>
       <x:c r="I30" s="3" t="n">
-        <x:v>5349</x:v>
+        <x:v>5449</x:v>
       </x:c>
       <x:c r="J30" s="3" t="n">
-        <x:v>6056</x:v>
+        <x:v>6095</x:v>
       </x:c>
       <x:c r="K30" s="3" t="n">
-        <x:v>6632</x:v>
+        <x:v>6690</x:v>
       </x:c>
       <x:c r="L30" s="3" t="n">
-        <x:v>7483</x:v>
+        <x:v>7634</x:v>
       </x:c>
       <x:c r="M30" s="3" t="n">
-        <x:v>7876</x:v>
+        <x:v>8550</x:v>
       </x:c>
       <x:c r="N30" s="3" t="n">
-        <x:v>8559</x:v>
+        <x:v>9219</x:v>
       </x:c>
       <x:c r="O30" s="3" t="n">
-        <x:v>9516</x:v>
+        <x:v>10150</x:v>
       </x:c>
       <x:c r="P30" s="3" t="n">
-        <x:v>10260</x:v>
+        <x:v>10864</x:v>
       </x:c>
       <x:c r="Q30" s="3" t="n">
-        <x:v>11444</x:v>
+        <x:v>11998</x:v>
       </x:c>
       <x:c r="R30" s="3" t="n">
-        <x:v>13102</x:v>
+        <x:v>13614</x:v>
       </x:c>
       <x:c r="S30" s="3" t="n">
-        <x:v>15533</x:v>
+        <x:v>15975</x:v>
       </x:c>
       <x:c r="T30" s="3" t="n">
-        <x:v>17881</x:v>
+        <x:v>18169</x:v>
       </x:c>
       <x:c r="U30" s="3" t="n">
-        <x:v>17795</x:v>
+        <x:v>18048</x:v>
       </x:c>
       <x:c r="V30" s="3" t="n">
-        <x:v>17377</x:v>
+        <x:v>17443</x:v>
       </x:c>
       <x:c r="W30" s="3" t="n">
-        <x:v>16816</x:v>
+        <x:v>16880</x:v>
       </x:c>
       <x:c r="X30" s="3" t="n">
-        <x:v>16630</x:v>
+        <x:v>16765</x:v>
       </x:c>
       <x:c r="Y30" s="3" t="n">
-        <x:v>16851</x:v>
+        <x:v>17051</x:v>
       </x:c>
       <x:c r="Z30" s="3" t="n">
-        <x:v>18336</x:v>
+        <x:v>18695</x:v>
       </x:c>
       <x:c r="AA30" s="3" t="n">
-        <x:v>20091</x:v>
+        <x:v>20815</x:v>
       </x:c>
       <x:c r="AB30" s="3" t="n">
-        <x:v>23204</x:v>
+        <x:v>23965</x:v>
       </x:c>
       <x:c r="AC30" s="3" t="n">
-        <x:v>27067</x:v>
+        <x:v>27729</x:v>
       </x:c>
       <x:c r="AD30" s="3" t="n">
-        <x:v>30542</x:v>
+        <x:v>31493</x:v>
       </x:c>
       <x:c r="AE30" s="3" t="n">
-        <x:v>34810</x:v>
+        <x:v>35293</x:v>
       </x:c>
       <x:c r="AF30" s="3" t="n">
-        <x:v>39408</x:v>
+        <x:v>40201</x:v>
       </x:c>
       <x:c r="AG30" s="3" t="n">
-        <x:v>43841</x:v>
+        <x:v>44138</x:v>
       </x:c>
       <x:c r="AH30" s="3" t="n">
-        <x:v>50002</x:v>
+        <x:v>47614</x:v>
       </x:c>
       <x:c r="AI30" s="3" t="n">
-        <x:v>54573</x:v>
+        <x:v>51851</x:v>
       </x:c>
       <x:c r="AJ30" s="3" t="n">
-        <x:v>60903</x:v>
+        <x:v>57246</x:v>
       </x:c>
       <x:c r="AK30" s="3" t="n">
-        <x:v>70168</x:v>
+        <x:v>63684</x:v>
       </x:c>
       <x:c r="AL30" s="3" t="n">
-        <x:v>83670</x:v>
+        <x:v>74010</x:v>
       </x:c>
       <x:c r="AM30" s="3" t="n">
-        <x:v>97866</x:v>
+        <x:v>84303</x:v>
       </x:c>
       <x:c r="AN30" s="3" t="n">
-        <x:v>109518</x:v>
+        <x:v>91091</x:v>
       </x:c>
       <x:c r="AO30" s="3" t="n">
-        <x:v>117803</x:v>
+        <x:v>94240</x:v>
       </x:c>
       <x:c r="AP30" s="3" t="n">
-        <x:v>124021</x:v>
+        <x:v>97114</x:v>
       </x:c>
       <x:c r="AQ30" s="3" t="n">
-        <x:v>131889</x:v>
+        <x:v>102317</x:v>
       </x:c>
       <x:c r="AR30" s="3" t="n">
-        <x:v>142481</x:v>
+        <x:v>110713</x:v>
       </x:c>
       <x:c r="AS30" s="3" t="n">
-        <x:v>149178</x:v>
+        <x:v>114908</x:v>
       </x:c>
       <x:c r="AT30" s="3" t="n">
-        <x:v>155891</x:v>
+        <x:v>119689</x:v>
       </x:c>
       <x:c r="AU30" s="3" t="n">
-        <x:v>164761</x:v>
+        <x:v>124845</x:v>
       </x:c>
       <x:c r="AV30" s="3" t="n">
-        <x:v>172383</x:v>
+        <x:v>129820</x:v>
       </x:c>
       <x:c r="AW30" s="3" t="n">
-        <x:v>182593</x:v>
+        <x:v>136353</x:v>
       </x:c>
       <x:c r="AX30" s="3" t="n">
-        <x:v>200594</x:v>
+        <x:v>147617</x:v>
       </x:c>
       <x:c r="AY30" s="3" t="n">
-        <x:v>216086</x:v>
+        <x:v>158300</x:v>
       </x:c>
       <x:c r="AZ30" s="3" t="n">
-        <x:v>227942</x:v>
+        <x:v>166177</x:v>
       </x:c>
       <x:c r="BA30" s="3" t="n">
-        <x:v>241354</x:v>
+        <x:v>172368</x:v>
       </x:c>
       <x:c r="BB30" s="3" t="n">
-        <x:v>260612</x:v>
+        <x:v>179168</x:v>
       </x:c>
       <x:c r="BC30" s="3" t="n">
-        <x:v>284821</x:v>
+        <x:v>196033</x:v>
       </x:c>
       <x:c r="BD30" s="3" t="n">
-        <x:v>300668</x:v>
+        <x:v>199643</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:56">
       <x:c r="A31" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>13966</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>15267</x:v>
+        <x:v>15197</x:v>
       </x:c>
       <x:c r="D31" s="3" t="n">
-        <x:v>16855</x:v>
+        <x:v>16707</x:v>
       </x:c>
       <x:c r="E31" s="3" t="n">
-        <x:v>18421</x:v>
+        <x:v>18842</x:v>
       </x:c>
       <x:c r="F31" s="3" t="n">
-        <x:v>21999</x:v>
+        <x:v>22525</x:v>
       </x:c>
       <x:c r="G31" s="3" t="n">
-        <x:v>26060</x:v>
+        <x:v>26204</x:v>
       </x:c>
       <x:c r="H31" s="3" t="n">
-        <x:v>29801</x:v>
+        <x:v>30543</x:v>
       </x:c>
       <x:c r="I31" s="3" t="n">
-        <x:v>34064</x:v>
+        <x:v>35109</x:v>
       </x:c>
       <x:c r="J31" s="3" t="n">
-        <x:v>39352</x:v>
+        <x:v>38889</x:v>
       </x:c>
       <x:c r="K31" s="3" t="n">
-        <x:v>42677</x:v>
+        <x:v>41927</x:v>
       </x:c>
       <x:c r="L31" s="3" t="n">
-        <x:v>47666</x:v>
+        <x:v>46939</x:v>
       </x:c>
       <x:c r="M31" s="3" t="n">
-        <x:v>52713</x:v>
+        <x:v>51892</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>58923</x:v>
+        <x:v>57451</x:v>
       </x:c>
       <x:c r="O31" s="3" t="n">
-        <x:v>64888</x:v>
+        <x:v>63447</x:v>
       </x:c>
       <x:c r="P31" s="3" t="n">
-        <x:v>70738</x:v>
+        <x:v>69119</x:v>
       </x:c>
       <x:c r="Q31" s="3" t="n">
-        <x:v>78654</x:v>
+        <x:v>76776</x:v>
       </x:c>
       <x:c r="R31" s="3" t="n">
-        <x:v>91456</x:v>
+        <x:v>89230</x:v>
       </x:c>
       <x:c r="S31" s="3" t="n">
-        <x:v>105115</x:v>
+        <x:v>101752</x:v>
       </x:c>
       <x:c r="T31" s="3" t="n">
-        <x:v>112331</x:v>
+        <x:v>107277</x:v>
       </x:c>
       <x:c r="U31" s="3" t="n">
-        <x:v>111182</x:v>
+        <x:v>105008</x:v>
       </x:c>
       <x:c r="V31" s="3" t="n">
-        <x:v>105681</x:v>
+        <x:v>99115</x:v>
       </x:c>
       <x:c r="W31" s="3" t="n">
-        <x:v>100431</x:v>
+        <x:v>94741</x:v>
       </x:c>
       <x:c r="X31" s="3" t="n">
-        <x:v>93085</x:v>
+        <x:v>89752</x:v>
       </x:c>
       <x:c r="Y31" s="3" t="n">
-        <x:v>87777</x:v>
+        <x:v>86015</x:v>
       </x:c>
       <x:c r="Z31" s="3" t="n">
-        <x:v>84257</x:v>
+        <x:v>83857</x:v>
       </x:c>
       <x:c r="AA31" s="3" t="n">
-        <x:v>84125</x:v>
+        <x:v>84527</x:v>
       </x:c>
       <x:c r="AB31" s="3" t="n">
-        <x:v>84317</x:v>
+        <x:v>85360</x:v>
       </x:c>
       <x:c r="AC31" s="3" t="n">
-        <x:v>85204</x:v>
+        <x:v>86684</x:v>
       </x:c>
       <x:c r="AD31" s="3" t="n">
-        <x:v>89192</x:v>
+        <x:v>90926</x:v>
       </x:c>
       <x:c r="AE31" s="3" t="n">
-        <x:v>93740</x:v>
+        <x:v>94988</x:v>
       </x:c>
       <x:c r="AF31" s="3" t="n">
-        <x:v>99263</x:v>
+        <x:v>99829</x:v>
       </x:c>
       <x:c r="AG31" s="3" t="n">
-        <x:v>103538</x:v>
+        <x:v>103549</x:v>
       </x:c>
       <x:c r="AH31" s="3" t="n">
-        <x:v>105071</x:v>
+        <x:v>105063</x:v>
       </x:c>
       <x:c r="AI31" s="3" t="n">
-        <x:v>110182</x:v>
+        <x:v>110163</x:v>
       </x:c>
       <x:c r="AJ31" s="3" t="n">
-        <x:v>117979</x:v>
+        <x:v>117396</x:v>
       </x:c>
       <x:c r="AK31" s="3" t="n">
-        <x:v>121199</x:v>
+        <x:v>121228</x:v>
       </x:c>
       <x:c r="AL31" s="3" t="n">
-        <x:v>129354</x:v>
+        <x:v>130184</x:v>
       </x:c>
       <x:c r="AM31" s="3" t="n">
-        <x:v>137399</x:v>
+        <x:v>139229</x:v>
       </x:c>
       <x:c r="AN31" s="3" t="n">
-        <x:v>144125</x:v>
+        <x:v>147059</x:v>
       </x:c>
       <x:c r="AO31" s="3" t="n">
-        <x:v>143962</x:v>
+        <x:v>147184</x:v>
       </x:c>
       <x:c r="AP31" s="3" t="n">
-        <x:v>141652</x:v>
+        <x:v>145717</x:v>
       </x:c>
       <x:c r="AQ31" s="3" t="n">
-        <x:v>144762</x:v>
+        <x:v>149911</x:v>
       </x:c>
       <x:c r="AR31" s="3" t="n">
-        <x:v>147078</x:v>
+        <x:v>153594</x:v>
       </x:c>
       <x:c r="AS31" s="3" t="n">
-        <x:v>150434</x:v>
+        <x:v>158518</x:v>
       </x:c>
       <x:c r="AT31" s="3" t="n">
-        <x:v>154842</x:v>
+        <x:v>164603</x:v>
       </x:c>
       <x:c r="AU31" s="3" t="n">
-        <x:v>156363</x:v>
+        <x:v>167435</x:v>
       </x:c>
       <x:c r="AV31" s="3" t="n">
-        <x:v>160267</x:v>
+        <x:v>173557</x:v>
       </x:c>
       <x:c r="AW31" s="3" t="n">
-        <x:v>166585</x:v>
+        <x:v>182470</x:v>
       </x:c>
       <x:c r="AX31" s="3" t="n">
-        <x:v>174318</x:v>
+        <x:v>192708</x:v>
       </x:c>
       <x:c r="AY31" s="3" t="n">
-        <x:v>180904</x:v>
+        <x:v>201935</x:v>
       </x:c>
       <x:c r="AZ31" s="3" t="n">
-        <x:v>188502</x:v>
+        <x:v>213859</x:v>
       </x:c>
       <x:c r="BA31" s="3" t="n">
-        <x:v>194662</x:v>
+        <x:v>223615</x:v>
       </x:c>
       <x:c r="BB31" s="3" t="n">
-        <x:v>208138</x:v>
+        <x:v>234751</x:v>
       </x:c>
       <x:c r="BC31" s="3" t="n">
-        <x:v>225466</x:v>
+        <x:v>246878</x:v>
       </x:c>
       <x:c r="BD31" s="3" t="n">
-        <x:v>233386</x:v>
+        <x:v>258194</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:56">
       <x:c r="A32" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D32" s="3" t="n">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E32" s="3" t="n">
-        <x:v>1153</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="F32" s="3" t="n">
-        <x:v>2963</x:v>
+        <x:v>3005</x:v>
       </x:c>
       <x:c r="G32" s="3" t="n">
-        <x:v>5749</x:v>
+        <x:v>5950</x:v>
       </x:c>
       <x:c r="H32" s="3" t="n">
-        <x:v>8490</x:v>
+        <x:v>8905</x:v>
       </x:c>
       <x:c r="I32" s="3" t="n">
-        <x:v>10165</x:v>
+        <x:v>10668</x:v>
       </x:c>
       <x:c r="J32" s="3" t="n">
-        <x:v>11365</x:v>
+        <x:v>11644</x:v>
       </x:c>
       <x:c r="K32" s="3" t="n">
-        <x:v>11513</x:v>
+        <x:v>11695</x:v>
       </x:c>
       <x:c r="L32" s="3" t="n">
-        <x:v>12298</x:v>
+        <x:v>12408</x:v>
       </x:c>
       <x:c r="M32" s="3" t="n">
-        <x:v>13037</x:v>
+        <x:v>13086</x:v>
       </x:c>
       <x:c r="N32" s="3" t="n">
-        <x:v>14953</x:v>
+        <x:v>14885</x:v>
       </x:c>
       <x:c r="O32" s="3" t="n">
-        <x:v>21623</x:v>
+        <x:v>21729</x:v>
       </x:c>
       <x:c r="P32" s="3" t="n">
-        <x:v>27426</x:v>
+        <x:v>27540</x:v>
       </x:c>
       <x:c r="Q32" s="3" t="n">
-        <x:v>29736</x:v>
+        <x:v>29683</x:v>
       </x:c>
       <x:c r="R32" s="3" t="n">
-        <x:v>30567</x:v>
+        <x:v>30296</x:v>
       </x:c>
       <x:c r="S32" s="3" t="n">
-        <x:v>32716</x:v>
+        <x:v>32213</x:v>
       </x:c>
       <x:c r="T32" s="3" t="n">
-        <x:v>34416</x:v>
+        <x:v>33846</x:v>
       </x:c>
       <x:c r="U32" s="3" t="n">
-        <x:v>34933</x:v>
+        <x:v>34245</x:v>
       </x:c>
       <x:c r="V32" s="3" t="n">
-        <x:v>38559</x:v>
+        <x:v>37857</x:v>
       </x:c>
       <x:c r="W32" s="3" t="n">
-        <x:v>41892</x:v>
+        <x:v>41260</x:v>
       </x:c>
       <x:c r="X32" s="3" t="n">
-        <x:v>45830</x:v>
+        <x:v>45280</x:v>
       </x:c>
       <x:c r="Y32" s="3" t="n">
-        <x:v>54710</x:v>
+        <x:v>54322</x:v>
       </x:c>
       <x:c r="Z32" s="3" t="n">
-        <x:v>57635</x:v>
+        <x:v>57340</x:v>
       </x:c>
       <x:c r="AA32" s="3" t="n">
-        <x:v>64760</x:v>
+        <x:v>64886</x:v>
       </x:c>
       <x:c r="AB32" s="3" t="n">
-        <x:v>69981</x:v>
+        <x:v>70097</x:v>
       </x:c>
       <x:c r="AC32" s="3" t="n">
-        <x:v>79039</x:v>
+        <x:v>79259</x:v>
       </x:c>
       <x:c r="AD32" s="3" t="n">
-        <x:v>87220</x:v>
+        <x:v>87494</x:v>
       </x:c>
       <x:c r="AE32" s="3" t="n">
-        <x:v>85531</x:v>
+        <x:v>85492</x:v>
       </x:c>
       <x:c r="AF32" s="3" t="n">
-        <x:v>84812</x:v>
+        <x:v>84335</x:v>
       </x:c>
       <x:c r="AG32" s="3" t="n">
-        <x:v>94353</x:v>
+        <x:v>94372</x:v>
       </x:c>
       <x:c r="AH32" s="3" t="n">
-        <x:v>88315</x:v>
+        <x:v>88352</x:v>
       </x:c>
       <x:c r="AI32" s="3" t="n">
-        <x:v>91427</x:v>
+        <x:v>91479</x:v>
       </x:c>
       <x:c r="AJ32" s="3" t="n">
-        <x:v>94962</x:v>
+        <x:v>94973</x:v>
       </x:c>
       <x:c r="AK32" s="3" t="n">
-        <x:v>105592</x:v>
+        <x:v>105610</x:v>
       </x:c>
       <x:c r="AL32" s="3" t="n">
-        <x:v>109205</x:v>
+        <x:v>109195</x:v>
       </x:c>
       <x:c r="AM32" s="3" t="n">
-        <x:v>117580</x:v>
+        <x:v>117576</x:v>
       </x:c>
       <x:c r="AN32" s="3" t="n">
-        <x:v>121885</x:v>
+        <x:v>121893</x:v>
       </x:c>
       <x:c r="AO32" s="3" t="n">
-        <x:v>123148</x:v>
+        <x:v>123244</x:v>
       </x:c>
       <x:c r="AP32" s="3" t="n">
-        <x:v>121451</x:v>
+        <x:v>121588</x:v>
       </x:c>
       <x:c r="AQ32" s="3" t="n">
-        <x:v>121092</x:v>
+        <x:v>121286</x:v>
       </x:c>
       <x:c r="AR32" s="3" t="n">
-        <x:v>118521</x:v>
+        <x:v>118744</x:v>
       </x:c>
       <x:c r="AS32" s="3" t="n">
-        <x:v>116162</x:v>
+        <x:v>116286</x:v>
       </x:c>
       <x:c r="AT32" s="3" t="n">
-        <x:v>121649</x:v>
+        <x:v>121820</x:v>
       </x:c>
       <x:c r="AU32" s="3" t="n">
-        <x:v>123659</x:v>
+        <x:v>123812</x:v>
       </x:c>
       <x:c r="AV32" s="3" t="n">
-        <x:v>119078</x:v>
+        <x:v>119224</x:v>
       </x:c>
       <x:c r="AW32" s="3" t="n">
-        <x:v>110705</x:v>
+        <x:v>110826</x:v>
       </x:c>
       <x:c r="AX32" s="3" t="n">
-        <x:v>109319</x:v>
+        <x:v>109403</x:v>
       </x:c>
       <x:c r="AY32" s="3" t="n">
-        <x:v>109339</x:v>
+        <x:v>109454</x:v>
       </x:c>
       <x:c r="AZ32" s="3" t="n">
-        <x:v>108376</x:v>
+        <x:v>108425</x:v>
       </x:c>
       <x:c r="BA32" s="3" t="n">
-        <x:v>99784</x:v>
+        <x:v>99770</x:v>
       </x:c>
       <x:c r="BB32" s="3" t="n">
-        <x:v>99723</x:v>
+        <x:v>99636</x:v>
       </x:c>
       <x:c r="BC32" s="3" t="n">
-        <x:v>125617</x:v>
+        <x:v>101372</x:v>
       </x:c>
       <x:c r="BD32" s="3" t="n">
-        <x:v>127448</x:v>
+        <x:v>111129</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:56">
       <x:c r="A33" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>17609</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>19318</x:v>
+        <x:v>21482</x:v>
       </x:c>
       <x:c r="D33" s="3" t="n">
-        <x:v>20460</x:v>
+        <x:v>23492</x:v>
       </x:c>
       <x:c r="E33" s="3" t="n">
-        <x:v>23088</x:v>
+        <x:v>28608</x:v>
       </x:c>
       <x:c r="F33" s="3" t="n">
-        <x:v>27367</x:v>
+        <x:v>33562</x:v>
       </x:c>
       <x:c r="G33" s="3" t="n">
-        <x:v>29932</x:v>
+        <x:v>34650</x:v>
       </x:c>
       <x:c r="H33" s="3" t="n">
-        <x:v>34606</x:v>
+        <x:v>43195</x:v>
       </x:c>
       <x:c r="I33" s="3" t="n">
-        <x:v>37379</x:v>
+        <x:v>49287</x:v>
       </x:c>
       <x:c r="J33" s="3" t="n">
-        <x:v>34806</x:v>
+        <x:v>47663</x:v>
       </x:c>
       <x:c r="K33" s="3" t="n">
-        <x:v>30039</x:v>
+        <x:v>48307</x:v>
       </x:c>
       <x:c r="L33" s="3" t="n">
-        <x:v>27055</x:v>
+        <x:v>47347</x:v>
       </x:c>
       <x:c r="M33" s="3" t="n">
-        <x:v>30508</x:v>
+        <x:v>54373</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>35891</x:v>
+        <x:v>60131</x:v>
       </x:c>
       <x:c r="O33" s="3" t="n">
-        <x:v>41601</x:v>
+        <x:v>66301</x:v>
       </x:c>
       <x:c r="P33" s="3" t="n">
-        <x:v>41340</x:v>
+        <x:v>65739</x:v>
       </x:c>
       <x:c r="Q33" s="3" t="n">
-        <x:v>35634</x:v>
+        <x:v>56683</x:v>
       </x:c>
       <x:c r="R33" s="3" t="n">
-        <x:v>26667</x:v>
+        <x:v>47954</x:v>
       </x:c>
       <x:c r="S33" s="3" t="n">
-        <x:v>24137</x:v>
+        <x:v>45119</x:v>
       </x:c>
       <x:c r="T33" s="3" t="n">
-        <x:v>36053</x:v>
+        <x:v>62729</x:v>
       </x:c>
       <x:c r="U33" s="3" t="n">
-        <x:v>59622</x:v>
+        <x:v>91900</x:v>
       </x:c>
       <x:c r="V33" s="3" t="n">
-        <x:v>73018</x:v>
+        <x:v>90469</x:v>
       </x:c>
       <x:c r="W33" s="3" t="n">
-        <x:v>104195</x:v>
+        <x:v>87021</x:v>
       </x:c>
       <x:c r="X33" s="3" t="n">
-        <x:v>103914</x:v>
+        <x:v>80979</x:v>
       </x:c>
       <x:c r="Y33" s="3" t="n">
-        <x:v>103131</x:v>
+        <x:v>83264</x:v>
       </x:c>
       <x:c r="Z33" s="3" t="n">
-        <x:v>90152</x:v>
+        <x:v>76596</x:v>
       </x:c>
       <x:c r="AA33" s="3" t="n">
-        <x:v>89134</x:v>
+        <x:v>70882</x:v>
       </x:c>
       <x:c r="AB33" s="3" t="n">
-        <x:v>84594</x:v>
+        <x:v>67207</x:v>
       </x:c>
       <x:c r="AC33" s="3" t="n">
-        <x:v>95525</x:v>
+        <x:v>78945</x:v>
       </x:c>
       <x:c r="AD33" s="3" t="n">
-        <x:v>88137</x:v>
+        <x:v>84942</x:v>
       </x:c>
       <x:c r="AE33" s="3" t="n">
-        <x:v>88099</x:v>
+        <x:v>86618</x:v>
       </x:c>
       <x:c r="AF33" s="3" t="n">
-        <x:v>112780</x:v>
+        <x:v>109586</x:v>
       </x:c>
       <x:c r="AG33" s="3" t="n">
-        <x:v>117453</x:v>
+        <x:v>114691</x:v>
       </x:c>
       <x:c r="AH33" s="3" t="n">
-        <x:v>105162</x:v>
+        <x:v>106182</x:v>
       </x:c>
       <x:c r="AI33" s="3" t="n">
-        <x:v>98258</x:v>
+        <x:v>100461</x:v>
       </x:c>
       <x:c r="AJ33" s="3" t="n">
-        <x:v>90559</x:v>
+        <x:v>102274</x:v>
       </x:c>
       <x:c r="AK33" s="3" t="n">
-        <x:v>89791</x:v>
+        <x:v>100950</x:v>
       </x:c>
       <x:c r="AL33" s="3" t="n">
-        <x:v>96363</x:v>
+        <x:v>107622</x:v>
       </x:c>
       <x:c r="AM33" s="3" t="n">
-        <x:v>103652</x:v>
+        <x:v>115443</x:v>
       </x:c>
       <x:c r="AN33" s="3" t="n">
-        <x:v>104995</x:v>
+        <x:v>116638</x:v>
       </x:c>
       <x:c r="AO33" s="3" t="n">
-        <x:v>105544</x:v>
+        <x:v>117278</x:v>
       </x:c>
       <x:c r="AP33" s="3" t="n">
-        <x:v>99384</x:v>
+        <x:v>110426</x:v>
       </x:c>
       <x:c r="AQ33" s="3" t="n">
-        <x:v>105828</x:v>
+        <x:v>117710</x:v>
       </x:c>
       <x:c r="AR33" s="3" t="n">
-        <x:v>103189</x:v>
+        <x:v>115181</x:v>
       </x:c>
       <x:c r="AS33" s="3" t="n">
-        <x:v>102483</x:v>
+        <x:v>114572</x:v>
       </x:c>
       <x:c r="AT33" s="3" t="n">
-        <x:v>92908</x:v>
+        <x:v>104498</x:v>
       </x:c>
       <x:c r="AU33" s="3" t="n">
-        <x:v>87573</x:v>
+        <x:v>98952</x:v>
       </x:c>
       <x:c r="AV33" s="3" t="n">
-        <x:v>93014</x:v>
+        <x:v>105896</x:v>
       </x:c>
       <x:c r="AW33" s="3" t="n">
-        <x:v>89787</x:v>
+        <x:v>102370</x:v>
       </x:c>
       <x:c r="AX33" s="3" t="n">
-        <x:v>93082</x:v>
+        <x:v>106676</x:v>
       </x:c>
       <x:c r="AY33" s="3" t="n">
-        <x:v>113897</x:v>
+        <x:v>126574</x:v>
       </x:c>
       <x:c r="AZ33" s="3" t="n">
-        <x:v>122289</x:v>
+        <x:v>141391</x:v>
       </x:c>
       <x:c r="BA33" s="3" t="n">
-        <x:v>133174</x:v>
+        <x:v>154371</x:v>
       </x:c>
       <x:c r="BB33" s="3" t="n">
-        <x:v>148757</x:v>
+        <x:v>174172</x:v>
       </x:c>
       <x:c r="BC33" s="3" t="n">
-        <x:v>155308</x:v>
+        <x:v>192880</x:v>
       </x:c>
       <x:c r="BD33" s="3" t="n">
-        <x:v>149325</x:v>
+        <x:v>189594</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:56">
       <x:c r="A34" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>13991</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
-        <x:v>15153</x:v>
+        <x:v>15578</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
-        <x:v>16184</x:v>
+        <x:v>16934</x:v>
       </x:c>
       <x:c r="E34" s="3" t="n">
-        <x:v>17418</x:v>
+        <x:v>18667</x:v>
       </x:c>
       <x:c r="F34" s="3" t="n">
-        <x:v>20761</x:v>
+        <x:v>21115</x:v>
       </x:c>
       <x:c r="G34" s="3" t="n">
-        <x:v>22640</x:v>
+        <x:v>23850</x:v>
       </x:c>
       <x:c r="H34" s="3" t="n">
-        <x:v>25286</x:v>
+        <x:v>26884</x:v>
       </x:c>
       <x:c r="I34" s="3" t="n">
-        <x:v>27747</x:v>
+        <x:v>30111</x:v>
       </x:c>
       <x:c r="J34" s="3" t="n">
-        <x:v>30969</x:v>
+        <x:v>32283</x:v>
       </x:c>
       <x:c r="K34" s="3" t="n">
-        <x:v>32975</x:v>
+        <x:v>34430</x:v>
       </x:c>
       <x:c r="L34" s="3" t="n">
-        <x:v>35802</x:v>
+        <x:v>37243</x:v>
       </x:c>
       <x:c r="M34" s="3" t="n">
-        <x:v>39270</x:v>
+        <x:v>40984</x:v>
       </x:c>
       <x:c r="N34" s="3" t="n">
-        <x:v>43215</x:v>
+        <x:v>45032</x:v>
       </x:c>
       <x:c r="O34" s="3" t="n">
-        <x:v>46790</x:v>
+        <x:v>48842</x:v>
       </x:c>
       <x:c r="P34" s="3" t="n">
-        <x:v>50626</x:v>
+        <x:v>53257</x:v>
       </x:c>
       <x:c r="Q34" s="3" t="n">
-        <x:v>55215</x:v>
+        <x:v>57884</x:v>
       </x:c>
       <x:c r="R34" s="3" t="n">
-        <x:v>61812</x:v>
+        <x:v>64737</x:v>
       </x:c>
       <x:c r="S34" s="3" t="n">
-        <x:v>68105</x:v>
+        <x:v>70916</x:v>
       </x:c>
       <x:c r="T34" s="3" t="n">
-        <x:v>72873</x:v>
+        <x:v>75553</x:v>
       </x:c>
       <x:c r="U34" s="3" t="n">
-        <x:v>75905</x:v>
+        <x:v>78371</x:v>
       </x:c>
       <x:c r="V34" s="3" t="n">
-        <x:v>60812</x:v>
+        <x:v>78251</x:v>
       </x:c>
       <x:c r="W34" s="3" t="n">
-        <x:v>61492</x:v>
+        <x:v>79062</x:v>
       </x:c>
       <x:c r="X34" s="3" t="n">
-        <x:v>61422</x:v>
+        <x:v>78292</x:v>
       </x:c>
       <x:c r="Y34" s="3" t="n">
-        <x:v>71209</x:v>
+        <x:v>80361</x:v>
       </x:c>
       <x:c r="Z34" s="3" t="n">
-        <x:v>74631</x:v>
+        <x:v>84364</x:v>
       </x:c>
       <x:c r="AA34" s="3" t="n">
-        <x:v>79560</x:v>
+        <x:v>89712</x:v>
       </x:c>
       <x:c r="AB34" s="3" t="n">
-        <x:v>88289</x:v>
+        <x:v>98763</x:v>
       </x:c>
       <x:c r="AC34" s="3" t="n">
-        <x:v>96752</x:v>
+        <x:v>107678</x:v>
       </x:c>
       <x:c r="AD34" s="3" t="n">
-        <x:v>103736</x:v>
+        <x:v>115444</x:v>
       </x:c>
       <x:c r="AE34" s="3" t="n">
-        <x:v>108916</x:v>
+        <x:v>119965</x:v>
       </x:c>
       <x:c r="AF34" s="3" t="n">
-        <x:v>114800</x:v>
+        <x:v>127208</x:v>
       </x:c>
       <x:c r="AG34" s="3" t="n">
-        <x:v>119305</x:v>
+        <x:v>132352</x:v>
       </x:c>
       <x:c r="AH34" s="3" t="n">
-        <x:v>116418</x:v>
+        <x:v>130901</x:v>
       </x:c>
       <x:c r="AI34" s="3" t="n">
-        <x:v>111670</x:v>
+        <x:v>127248</x:v>
       </x:c>
       <x:c r="AJ34" s="3" t="n">
-        <x:v>122435</x:v>
+        <x:v>127538</x:v>
       </x:c>
       <x:c r="AK34" s="3" t="n">
-        <x:v>131112</x:v>
+        <x:v>137497</x:v>
       </x:c>
       <x:c r="AL34" s="3" t="n">
-        <x:v>140360</x:v>
+        <x:v>147768</x:v>
       </x:c>
       <x:c r="AM34" s="3" t="n">
-        <x:v>155762</x:v>
+        <x:v>165124</x:v>
       </x:c>
       <x:c r="AN34" s="3" t="n">
-        <x:v>169684</x:v>
+        <x:v>181050</x:v>
       </x:c>
       <x:c r="AO34" s="3" t="n">
-        <x:v>187332</x:v>
+        <x:v>201126</x:v>
       </x:c>
       <x:c r="AP34" s="3" t="n">
-        <x:v>188632</x:v>
+        <x:v>204369</x:v>
       </x:c>
       <x:c r="AQ34" s="3" t="n">
-        <x:v>194600</x:v>
+        <x:v>212255</x:v>
       </x:c>
       <x:c r="AR34" s="3" t="n">
-        <x:v>203810</x:v>
+        <x:v>223625</x:v>
       </x:c>
       <x:c r="AS34" s="3" t="n">
-        <x:v>214417</x:v>
+        <x:v>236357</x:v>
       </x:c>
       <x:c r="AT34" s="3" t="n">
-        <x:v>214933</x:v>
+        <x:v>238721</x:v>
       </x:c>
       <x:c r="AU34" s="3" t="n">
-        <x:v>219457</x:v>
+        <x:v>244944</x:v>
       </x:c>
       <x:c r="AV34" s="3" t="n">
-        <x:v>215052</x:v>
+        <x:v>244406</x:v>
       </x:c>
       <x:c r="AW34" s="3" t="n">
-        <x:v>219706</x:v>
+        <x:v>251450</x:v>
       </x:c>
       <x:c r="AX34" s="3" t="n">
-        <x:v>225166</x:v>
+        <x:v>259742</x:v>
       </x:c>
       <x:c r="AY34" s="3" t="n">
-        <x:v>237967</x:v>
+        <x:v>258968</x:v>
       </x:c>
       <x:c r="AZ34" s="3" t="n">
-        <x:v>236591</x:v>
+        <x:v>274115</x:v>
       </x:c>
       <x:c r="BA34" s="3" t="n">
-        <x:v>257979</x:v>
+        <x:v>299131</x:v>
       </x:c>
       <x:c r="BB34" s="3" t="n">
-        <x:v>284857</x:v>
+        <x:v>329747</x:v>
       </x:c>
       <x:c r="BC34" s="3" t="n">
-        <x:v>318731</x:v>
+        <x:v>356280</x:v>
       </x:c>
       <x:c r="BD34" s="3" t="n">
-        <x:v>332392</x:v>
+        <x:v>383416</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:56">
       <x:c r="A35" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D35" s="3" t="n">
-        <x:v>178</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E35" s="3" t="n">
-        <x:v>206</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F35" s="3" t="n">
-        <x:v>258</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="G35" s="3" t="n">
-        <x:v>333</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H35" s="3" t="n">
-        <x:v>399</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="I35" s="3" t="n">
-        <x:v>487</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="J35" s="3" t="n">
-        <x:v>536</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="K35" s="3" t="n">
-        <x:v>569</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="L35" s="3" t="n">
-        <x:v>641</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="M35" s="3" t="n">
-        <x:v>710</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>787</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="O35" s="3" t="n">
-        <x:v>880</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="P35" s="3" t="n">
-        <x:v>996</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="Q35" s="3" t="n">
-        <x:v>1195</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="R35" s="3" t="n">
-        <x:v>1487</x:v>
+        <x:v>1900</x:v>
       </x:c>
       <x:c r="S35" s="3" t="n">
-        <x:v>1848</x:v>
+        <x:v>2274</x:v>
       </x:c>
       <x:c r="T35" s="3" t="n">
-        <x:v>2156</x:v>
+        <x:v>2553</x:v>
       </x:c>
       <x:c r="U35" s="3" t="n">
-        <x:v>2338</x:v>
+        <x:v>2659</x:v>
       </x:c>
       <x:c r="V35" s="3" t="n">
-        <x:v>2660</x:v>
+        <x:v>2943</x:v>
       </x:c>
       <x:c r="W35" s="3" t="n">
-        <x:v>2907</x:v>
+        <x:v>3108</x:v>
       </x:c>
       <x:c r="X35" s="3" t="n">
-        <x:v>3164</x:v>
+        <x:v>3396</x:v>
       </x:c>
       <x:c r="Y35" s="3" t="n">
-        <x:v>3453</x:v>
+        <x:v>3756</x:v>
       </x:c>
       <x:c r="Z35" s="3" t="n">
-        <x:v>3757</x:v>
+        <x:v>4208</x:v>
       </x:c>
       <x:c r="AA35" s="3" t="n">
-        <x:v>3892</x:v>
+        <x:v>4398</x:v>
       </x:c>
       <x:c r="AB35" s="3" t="n">
-        <x:v>4024</x:v>
+        <x:v>4535</x:v>
       </x:c>
       <x:c r="AC35" s="3" t="n">
-        <x:v>4109</x:v>
+        <x:v>4674</x:v>
       </x:c>
       <x:c r="AD35" s="3" t="n">
-        <x:v>4313</x:v>
+        <x:v>5012</x:v>
       </x:c>
       <x:c r="AE35" s="3" t="n">
-        <x:v>4650</x:v>
+        <x:v>5417</x:v>
       </x:c>
       <x:c r="AF35" s="3" t="n">
-        <x:v>4824</x:v>
+        <x:v>5598</x:v>
       </x:c>
       <x:c r="AG35" s="3" t="n">
-        <x:v>4245</x:v>
+        <x:v>5058</x:v>
       </x:c>
       <x:c r="AH35" s="3" t="n">
-        <x:v>4031</x:v>
+        <x:v>4959</x:v>
       </x:c>
       <x:c r="AI35" s="3" t="n">
-        <x:v>3615</x:v>
+        <x:v>4638</x:v>
       </x:c>
       <x:c r="AJ35" s="3" t="n">
-        <x:v>3702</x:v>
+        <x:v>4651</x:v>
       </x:c>
       <x:c r="AK35" s="3" t="n">
-        <x:v>4039</x:v>
+        <x:v>5042</x:v>
       </x:c>
       <x:c r="AL35" s="3" t="n">
-        <x:v>4376</x:v>
+        <x:v>5472</x:v>
       </x:c>
       <x:c r="AM35" s="3" t="n">
-        <x:v>4478</x:v>
+        <x:v>5644</x:v>
       </x:c>
       <x:c r="AN35" s="3" t="n">
-        <x:v>4473</x:v>
+        <x:v>5703</x:v>
       </x:c>
       <x:c r="AO35" s="3" t="n">
-        <x:v>5644</x:v>
+        <x:v>7097</x:v>
       </x:c>
       <x:c r="AP35" s="3" t="n">
-        <x:v>6379</x:v>
+        <x:v>8075</x:v>
       </x:c>
       <x:c r="AQ35" s="3" t="n">
-        <x:v>6700</x:v>
+        <x:v>8513</x:v>
       </x:c>
       <x:c r="AR35" s="3" t="n">
-        <x:v>5694</x:v>
+        <x:v>7374</x:v>
       </x:c>
       <x:c r="AS35" s="3" t="n">
-        <x:v>5308</x:v>
+        <x:v>6960</x:v>
       </x:c>
       <x:c r="AT35" s="3" t="n">
-        <x:v>5138</x:v>
+        <x:v>6829</x:v>
       </x:c>
       <x:c r="AU35" s="3" t="n">
-        <x:v>5339</x:v>
+        <x:v>7109</x:v>
       </x:c>
       <x:c r="AV35" s="3" t="n">
-        <x:v>5535</x:v>
+        <x:v>7396</x:v>
       </x:c>
       <x:c r="AW35" s="3" t="n">
-        <x:v>5884</x:v>
+        <x:v>7896</x:v>
       </x:c>
       <x:c r="AX35" s="3" t="n">
-        <x:v>5928</x:v>
+        <x:v>8008</x:v>
       </x:c>
       <x:c r="AY35" s="3" t="n">
-        <x:v>6222</x:v>
+        <x:v>8436</x:v>
       </x:c>
       <x:c r="AZ35" s="3" t="n">
-        <x:v>6757</x:v>
+        <x:v>9202</x:v>
       </x:c>
       <x:c r="BA35" s="3" t="n">
-        <x:v>6605</x:v>
+        <x:v>9099</x:v>
       </x:c>
       <x:c r="BB35" s="3" t="n">
-        <x:v>7395</x:v>
+        <x:v>10038</x:v>
       </x:c>
       <x:c r="BC35" s="3" t="n">
-        <x:v>8239</x:v>
+        <x:v>12223</x:v>
       </x:c>
       <x:c r="BD35" s="3" t="n">
-        <x:v>8798</x:v>
+        <x:v>13716</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:56">
       <x:c r="A36" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>2036</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
-        <x:v>2215</x:v>
+        <x:v>2247</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
-        <x:v>2373</x:v>
+        <x:v>2453</x:v>
       </x:c>
       <x:c r="E36" s="3" t="n">
-        <x:v>2554</x:v>
+        <x:v>2749</x:v>
       </x:c>
       <x:c r="F36" s="3" t="n">
-        <x:v>3002</x:v>
+        <x:v>3258</x:v>
       </x:c>
       <x:c r="G36" s="3" t="n">
-        <x:v>3602</x:v>
+        <x:v>3740</x:v>
       </x:c>
       <x:c r="H36" s="3" t="n">
-        <x:v>4045</x:v>
+        <x:v>4250</x:v>
       </x:c>
       <x:c r="I36" s="3" t="n">
-        <x:v>4597</x:v>
+        <x:v>4791</x:v>
       </x:c>
       <x:c r="J36" s="3" t="n">
-        <x:v>5022</x:v>
+        <x:v>5155</x:v>
       </x:c>
       <x:c r="K36" s="3" t="n">
-        <x:v>5515</x:v>
+        <x:v>5599</x:v>
       </x:c>
       <x:c r="L36" s="3" t="n">
-        <x:v>6373</x:v>
+        <x:v>6421</x:v>
       </x:c>
       <x:c r="M36" s="3" t="n">
-        <x:v>7279</x:v>
+        <x:v>7317</x:v>
       </x:c>
       <x:c r="N36" s="3" t="n">
-        <x:v>8402</x:v>
+        <x:v>8343</x:v>
       </x:c>
       <x:c r="O36" s="3" t="n">
-        <x:v>9385</x:v>
+        <x:v>9264</x:v>
       </x:c>
       <x:c r="P36" s="3" t="n">
-        <x:v>10492</x:v>
+        <x:v>10293</x:v>
       </x:c>
       <x:c r="Q36" s="3" t="n">
-        <x:v>11766</x:v>
+        <x:v>11509</x:v>
       </x:c>
       <x:c r="R36" s="3" t="n">
-        <x:v>13496</x:v>
+        <x:v>13180</x:v>
       </x:c>
       <x:c r="S36" s="3" t="n">
-        <x:v>15777</x:v>
+        <x:v>15394</x:v>
       </x:c>
       <x:c r="T36" s="3" t="n">
-        <x:v>18142</x:v>
+        <x:v>17649</x:v>
       </x:c>
       <x:c r="U36" s="3" t="n">
-        <x:v>18949</x:v>
+        <x:v>18342</x:v>
       </x:c>
       <x:c r="V36" s="3" t="n">
-        <x:v>18983</x:v>
+        <x:v>18354</x:v>
       </x:c>
       <x:c r="W36" s="3" t="n">
-        <x:v>19042</x:v>
+        <x:v>18426</x:v>
       </x:c>
       <x:c r="X36" s="3" t="n">
-        <x:v>19345</x:v>
+        <x:v>18819</x:v>
       </x:c>
       <x:c r="Y36" s="3" t="n">
-        <x:v>19800</x:v>
+        <x:v>19328</x:v>
       </x:c>
       <x:c r="Z36" s="3" t="n">
-        <x:v>20792</x:v>
+        <x:v>20347</x:v>
       </x:c>
       <x:c r="AA36" s="3" t="n">
-        <x:v>22462</x:v>
+        <x:v>22007</x:v>
       </x:c>
       <x:c r="AB36" s="3" t="n">
-        <x:v>23847</x:v>
+        <x:v>23422</x:v>
       </x:c>
       <x:c r="AC36" s="3" t="n">
-        <x:v>25479</x:v>
+        <x:v>25162</x:v>
       </x:c>
       <x:c r="AD36" s="3" t="n">
-        <x:v>27637</x:v>
+        <x:v>27481</x:v>
       </x:c>
       <x:c r="AE36" s="3" t="n">
-        <x:v>28643</x:v>
+        <x:v>28395</x:v>
       </x:c>
       <x:c r="AF36" s="3" t="n">
-        <x:v>29999</x:v>
+        <x:v>29821</x:v>
       </x:c>
       <x:c r="AG36" s="3" t="n">
-        <x:v>31239</x:v>
+        <x:v>31082</x:v>
       </x:c>
       <x:c r="AH36" s="3" t="n">
-        <x:v>31648</x:v>
+        <x:v>31686</x:v>
       </x:c>
       <x:c r="AI36" s="3" t="n">
-        <x:v>31473</x:v>
+        <x:v>31947</x:v>
       </x:c>
       <x:c r="AJ36" s="3" t="n">
-        <x:v>32653</x:v>
+        <x:v>33003</x:v>
       </x:c>
       <x:c r="AK36" s="3" t="n">
-        <x:v>33879</x:v>
+        <x:v>34594</x:v>
       </x:c>
       <x:c r="AL36" s="3" t="n">
-        <x:v>35993</x:v>
+        <x:v>37116</x:v>
       </x:c>
       <x:c r="AM36" s="3" t="n">
-        <x:v>38745</x:v>
+        <x:v>40602</x:v>
       </x:c>
       <x:c r="AN36" s="3" t="n">
-        <x:v>40615</x:v>
+        <x:v>42924</x:v>
       </x:c>
       <x:c r="AO36" s="3" t="n">
-        <x:v>41391</x:v>
+        <x:v>44129</x:v>
       </x:c>
       <x:c r="AP36" s="3" t="n">
-        <x:v>41531</x:v>
+        <x:v>44761</x:v>
       </x:c>
       <x:c r="AQ36" s="3" t="n">
-        <x:v>42319</x:v>
+        <x:v>46111</x:v>
       </x:c>
       <x:c r="AR36" s="3" t="n">
-        <x:v>43246</x:v>
+        <x:v>47837</x:v>
       </x:c>
       <x:c r="AS36" s="3" t="n">
-        <x:v>43891</x:v>
+        <x:v>49092</x:v>
       </x:c>
       <x:c r="AT36" s="3" t="n">
-        <x:v>45016</x:v>
+        <x:v>51231</x:v>
       </x:c>
       <x:c r="AU36" s="3" t="n">
-        <x:v>45337</x:v>
+        <x:v>52325</x:v>
       </x:c>
       <x:c r="AV36" s="3" t="n">
-        <x:v>45932</x:v>
+        <x:v>53844</x:v>
       </x:c>
       <x:c r="AW36" s="3" t="n">
-        <x:v>47202</x:v>
+        <x:v>56625</x:v>
       </x:c>
       <x:c r="AX36" s="3" t="n">
-        <x:v>48525</x:v>
+        <x:v>59416</x:v>
       </x:c>
       <x:c r="AY36" s="3" t="n">
-        <x:v>49537</x:v>
+        <x:v>61960</x:v>
       </x:c>
       <x:c r="AZ36" s="3" t="n">
-        <x:v>50246</x:v>
+        <x:v>63917</x:v>
       </x:c>
       <x:c r="BA36" s="3" t="n">
-        <x:v>51762</x:v>
+        <x:v>67074</x:v>
       </x:c>
       <x:c r="BB36" s="3" t="n">
-        <x:v>55252</x:v>
+        <x:v>72106</x:v>
       </x:c>
       <x:c r="BC36" s="3" t="n">
-        <x:v>58200</x:v>
+        <x:v>76324</x:v>
       </x:c>
       <x:c r="BD36" s="3" t="n">
-        <x:v>59576</x:v>
+        <x:v>79713</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:56">
       <x:c r="A37" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>3441</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>3843</x:v>
+        <x:v>3956</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
-        <x:v>4546</x:v>
+        <x:v>4620</x:v>
       </x:c>
       <x:c r="E37" s="3" t="n">
-        <x:v>5188</x:v>
+        <x:v>5342</x:v>
       </x:c>
       <x:c r="F37" s="3" t="n">
-        <x:v>6434</x:v>
+        <x:v>6792</x:v>
       </x:c>
       <x:c r="G37" s="3" t="n">
-        <x:v>7825</x:v>
+        <x:v>8045</x:v>
       </x:c>
       <x:c r="H37" s="3" t="n">
-        <x:v>9409</x:v>
+        <x:v>9670</x:v>
       </x:c>
       <x:c r="I37" s="3" t="n">
-        <x:v>11540</x:v>
+        <x:v>11518</x:v>
       </x:c>
       <x:c r="J37" s="3" t="n">
-        <x:v>13539</x:v>
+        <x:v>13324</x:v>
       </x:c>
       <x:c r="K37" s="3" t="n">
-        <x:v>15507</x:v>
+        <x:v>15154</x:v>
       </x:c>
       <x:c r="L37" s="3" t="n">
-        <x:v>18679</x:v>
+        <x:v>18180</x:v>
       </x:c>
       <x:c r="M37" s="3" t="n">
-        <x:v>21378</x:v>
+        <x:v>20754</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>24536</x:v>
+        <x:v>23740</x:v>
       </x:c>
       <x:c r="O37" s="3" t="n">
-        <x:v>28042</x:v>
+        <x:v>26748</x:v>
       </x:c>
       <x:c r="P37" s="3" t="n">
-        <x:v>31389</x:v>
+        <x:v>29875</x:v>
       </x:c>
       <x:c r="Q37" s="3" t="n">
-        <x:v>35220</x:v>
+        <x:v>34016</x:v>
       </x:c>
       <x:c r="R37" s="3" t="n">
-        <x:v>39885</x:v>
+        <x:v>38205</x:v>
       </x:c>
       <x:c r="S37" s="3" t="n">
-        <x:v>45638</x:v>
+        <x:v>42527</x:v>
       </x:c>
       <x:c r="T37" s="3" t="n">
-        <x:v>50207</x:v>
+        <x:v>47247</x:v>
       </x:c>
       <x:c r="U37" s="3" t="n">
-        <x:v>51113</x:v>
+        <x:v>47832</x:v>
       </x:c>
       <x:c r="V37" s="3" t="n">
-        <x:v>50212</x:v>
+        <x:v>47013</x:v>
       </x:c>
       <x:c r="W37" s="3" t="n">
-        <x:v>50203</x:v>
+        <x:v>45251</x:v>
       </x:c>
       <x:c r="X37" s="3" t="n">
-        <x:v>49750</x:v>
+        <x:v>45687</x:v>
       </x:c>
       <x:c r="Y37" s="3" t="n">
-        <x:v>50804</x:v>
+        <x:v>46134</x:v>
       </x:c>
       <x:c r="Z37" s="3" t="n">
-        <x:v>53098</x:v>
+        <x:v>48988</x:v>
       </x:c>
       <x:c r="AA37" s="3" t="n">
-        <x:v>57441</x:v>
+        <x:v>53882</x:v>
       </x:c>
       <x:c r="AB37" s="3" t="n">
-        <x:v>60985</x:v>
+        <x:v>56773</x:v>
       </x:c>
       <x:c r="AC37" s="3" t="n">
-        <x:v>63949</x:v>
+        <x:v>60043</x:v>
       </x:c>
       <x:c r="AD37" s="3" t="n">
-        <x:v>69207</x:v>
+        <x:v>66186</x:v>
       </x:c>
       <x:c r="AE37" s="3" t="n">
-        <x:v>73176</x:v>
+        <x:v>69975</x:v>
       </x:c>
       <x:c r="AF37" s="3" t="n">
-        <x:v>78815</x:v>
+        <x:v>75183</x:v>
       </x:c>
       <x:c r="AG37" s="3" t="n">
-        <x:v>83199</x:v>
+        <x:v>80873</x:v>
       </x:c>
       <x:c r="AH37" s="3" t="n">
-        <x:v>83743</x:v>
+        <x:v>81020</x:v>
       </x:c>
       <x:c r="AI37" s="3" t="n">
-        <x:v>79960</x:v>
+        <x:v>78279</x:v>
       </x:c>
       <x:c r="AJ37" s="3" t="n">
-        <x:v>80701</x:v>
+        <x:v>78904</x:v>
       </x:c>
       <x:c r="AK37" s="3" t="n">
-        <x:v>82608</x:v>
+        <x:v>81216</x:v>
       </x:c>
       <x:c r="AL37" s="3" t="n">
-        <x:v>86864</x:v>
+        <x:v>85808</x:v>
       </x:c>
       <x:c r="AM37" s="3" t="n">
-        <x:v>91576</x:v>
+        <x:v>90939</x:v>
       </x:c>
       <x:c r="AN37" s="3" t="n">
         <x:v>98098</x:v>
       </x:c>
       <x:c r="AO37" s="3" t="n">
-        <x:v>99782</x:v>
+        <x:v>100101</x:v>
       </x:c>
       <x:c r="AP37" s="3" t="n">
-        <x:v>100672</x:v>
+        <x:v>101677</x:v>
       </x:c>
       <x:c r="AQ37" s="3" t="n">
-        <x:v>103508</x:v>
+        <x:v>105050</x:v>
       </x:c>
       <x:c r="AR37" s="3" t="n">
-        <x:v>106804</x:v>
+        <x:v>109022</x:v>
       </x:c>
       <x:c r="AS37" s="3" t="n">
-        <x:v>110122</x:v>
+        <x:v>113090</x:v>
       </x:c>
       <x:c r="AT37" s="3" t="n">
-        <x:v>112230</x:v>
+        <x:v>115842</x:v>
       </x:c>
       <x:c r="AU37" s="3" t="n">
-        <x:v>117838</x:v>
+        <x:v>122496</x:v>
       </x:c>
       <x:c r="AV37" s="3" t="n">
-        <x:v>124939</x:v>
+        <x:v>130700</x:v>
       </x:c>
       <x:c r="AW37" s="3" t="n">
-        <x:v>134848</x:v>
+        <x:v>142049</x:v>
       </x:c>
       <x:c r="AX37" s="3" t="n">
-        <x:v>148221</x:v>
+        <x:v>157013</x:v>
       </x:c>
       <x:c r="AY37" s="3" t="n">
-        <x:v>158266</x:v>
+        <x:v>166480</x:v>
       </x:c>
       <x:c r="AZ37" s="3" t="n">
-        <x:v>174516</x:v>
+        <x:v>187953</x:v>
       </x:c>
       <x:c r="BA37" s="3" t="n">
-        <x:v>189667</x:v>
+        <x:v>205355</x:v>
       </x:c>
       <x:c r="BB37" s="3" t="n">
-        <x:v>200974</x:v>
+        <x:v>217323</x:v>
       </x:c>
       <x:c r="BC37" s="3" t="n">
-        <x:v>214880</x:v>
+        <x:v>230038</x:v>
       </x:c>
       <x:c r="BD37" s="3" t="n">
-        <x:v>220229</x:v>
+        <x:v>241135</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:56">
       <x:c r="A38" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>1794</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
-        <x:v>2142</x:v>
+        <x:v>2100</x:v>
       </x:c>
       <x:c r="D38" s="3" t="n">
-        <x:v>2471</x:v>
+        <x:v>2383</x:v>
       </x:c>
       <x:c r="E38" s="3" t="n">
-        <x:v>2822</x:v>
+        <x:v>2778</x:v>
       </x:c>
       <x:c r="F38" s="3" t="n">
-        <x:v>3399</x:v>
+        <x:v>3383</x:v>
       </x:c>
       <x:c r="G38" s="3" t="n">
-        <x:v>4120</x:v>
+        <x:v>3890</x:v>
       </x:c>
       <x:c r="H38" s="3" t="n">
-        <x:v>4585</x:v>
+        <x:v>4425</x:v>
       </x:c>
       <x:c r="I38" s="3" t="n">
-        <x:v>5235</x:v>
+        <x:v>5005</x:v>
       </x:c>
       <x:c r="J38" s="3" t="n">
-        <x:v>5894</x:v>
+        <x:v>5474</x:v>
       </x:c>
       <x:c r="K38" s="3" t="n">
-        <x:v>6789</x:v>
+        <x:v>6294</x:v>
       </x:c>
       <x:c r="L38" s="3" t="n">
-        <x:v>8266</x:v>
+        <x:v>7683</x:v>
       </x:c>
       <x:c r="M38" s="3" t="n">
-        <x:v>10218</x:v>
+        <x:v>9582</x:v>
       </x:c>
       <x:c r="N38" s="3" t="n">
-        <x:v>11787</x:v>
+        <x:v>11031</x:v>
       </x:c>
       <x:c r="O38" s="3" t="n">
-        <x:v>13892</x:v>
+        <x:v>13145</x:v>
       </x:c>
       <x:c r="P38" s="3" t="n">
-        <x:v>16346</x:v>
+        <x:v>15559</x:v>
       </x:c>
       <x:c r="Q38" s="3" t="n">
-        <x:v>19386</x:v>
+        <x:v>18575</x:v>
       </x:c>
       <x:c r="R38" s="3" t="n">
-        <x:v>22812</x:v>
+        <x:v>21686</x:v>
       </x:c>
       <x:c r="S38" s="3" t="n">
-        <x:v>27507</x:v>
+        <x:v>25926</x:v>
       </x:c>
       <x:c r="T38" s="3" t="n">
-        <x:v>33234</x:v>
+        <x:v>31150</x:v>
       </x:c>
       <x:c r="U38" s="3" t="n">
-        <x:v>33605</x:v>
+        <x:v>30933</x:v>
       </x:c>
       <x:c r="V38" s="3" t="n">
-        <x:v>33945</x:v>
+        <x:v>31272</x:v>
       </x:c>
       <x:c r="W38" s="3" t="n">
-        <x:v>34094</x:v>
+        <x:v>31580</x:v>
       </x:c>
       <x:c r="X38" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>32279</x:v>
       </x:c>
       <x:c r="Y38" s="3" t="n">
-        <x:v>34123</x:v>
+        <x:v>32678</x:v>
       </x:c>
       <x:c r="Z38" s="3" t="n">
-        <x:v>36727</x:v>
+        <x:v>35578</x:v>
       </x:c>
       <x:c r="AA38" s="3" t="n">
-        <x:v>41139</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="AB38" s="3" t="n">
-        <x:v>46018</x:v>
+        <x:v>45226</x:v>
       </x:c>
       <x:c r="AC38" s="3" t="n">
-        <x:v>48123</x:v>
+        <x:v>47868</x:v>
       </x:c>
       <x:c r="AD38" s="3" t="n">
-        <x:v>51307</x:v>
+        <x:v>51860</x:v>
       </x:c>
       <x:c r="AE38" s="3" t="n">
-        <x:v>57342</x:v>
+        <x:v>57867</x:v>
       </x:c>
       <x:c r="AF38" s="3" t="n">
-        <x:v>61866</x:v>
+        <x:v>62417</x:v>
       </x:c>
       <x:c r="AG38" s="3" t="n">
-        <x:v>66659</x:v>
+        <x:v>67458</x:v>
       </x:c>
       <x:c r="AH38" s="3" t="n">
-        <x:v>68346</x:v>
+        <x:v>68434</x:v>
       </x:c>
       <x:c r="AI38" s="3" t="n">
-        <x:v>67279</x:v>
+        <x:v>68007</x:v>
       </x:c>
       <x:c r="AJ38" s="3" t="n">
-        <x:v>73683</x:v>
+        <x:v>74587</x:v>
       </x:c>
       <x:c r="AK38" s="3" t="n">
-        <x:v>79079</x:v>
+        <x:v>80885</x:v>
       </x:c>
       <x:c r="AL38" s="3" t="n">
-        <x:v>91185</x:v>
+        <x:v>94273</x:v>
       </x:c>
       <x:c r="AM38" s="3" t="n">
-        <x:v>102380</x:v>
+        <x:v>106815</x:v>
       </x:c>
       <x:c r="AN38" s="3" t="n">
-        <x:v>112615</x:v>
+        <x:v>118908</x:v>
       </x:c>
       <x:c r="AO38" s="3" t="n">
-        <x:v>116196</x:v>
+        <x:v>122796</x:v>
       </x:c>
       <x:c r="AP38" s="3" t="n">
-        <x:v>115508</x:v>
+        <x:v>122002</x:v>
       </x:c>
       <x:c r="AQ38" s="3" t="n">
-        <x:v>121858</x:v>
+        <x:v>128629</x:v>
       </x:c>
       <x:c r="AR38" s="3" t="n">
-        <x:v>123092</x:v>
+        <x:v>129970</x:v>
       </x:c>
       <x:c r="AS38" s="3" t="n">
-        <x:v>124569</x:v>
+        <x:v>132777</x:v>
       </x:c>
       <x:c r="AT38" s="3" t="n">
-        <x:v>125338</x:v>
+        <x:v>133860</x:v>
       </x:c>
       <x:c r="AU38" s="3" t="n">
-        <x:v>122951</x:v>
+        <x:v>133297</x:v>
       </x:c>
       <x:c r="AV38" s="3" t="n">
-        <x:v>121407</x:v>
+        <x:v>131914</x:v>
       </x:c>
       <x:c r="AW38" s="3" t="n">
-        <x:v>122709</x:v>
+        <x:v>133603</x:v>
       </x:c>
       <x:c r="AX38" s="3" t="n">
-        <x:v>126414</x:v>
+        <x:v>138736</x:v>
       </x:c>
       <x:c r="AY38" s="3" t="n">
-        <x:v>135598</x:v>
+        <x:v>150685</x:v>
       </x:c>
       <x:c r="AZ38" s="3" t="n">
-        <x:v>139938</x:v>
+        <x:v>159068</x:v>
       </x:c>
       <x:c r="BA38" s="3" t="n">
-        <x:v>142025</x:v>
+        <x:v>162654</x:v>
       </x:c>
       <x:c r="BB38" s="3" t="n">
-        <x:v>151690</x:v>
+        <x:v>171036</x:v>
       </x:c>
       <x:c r="BC38" s="3" t="n">
-        <x:v>160497</x:v>
+        <x:v>182647</x:v>
       </x:c>
       <x:c r="BD38" s="3" t="n">
-        <x:v>163840</x:v>
+        <x:v>191031</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:56">
       <x:c r="A39" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>3132</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>3434</x:v>
+        <x:v>3454</x:v>
       </x:c>
       <x:c r="D39" s="3" t="n">
-        <x:v>3690</x:v>
+        <x:v>3764</x:v>
       </x:c>
       <x:c r="E39" s="3" t="n">
-        <x:v>3985</x:v>
+        <x:v>4248</x:v>
       </x:c>
       <x:c r="F39" s="3" t="n">
-        <x:v>4688</x:v>
+        <x:v>5088</x:v>
       </x:c>
       <x:c r="G39" s="3" t="n">
-        <x:v>5668</x:v>
+        <x:v>5860</x:v>
       </x:c>
       <x:c r="H39" s="3" t="n">
-        <x:v>6349</x:v>
+        <x:v>6708</x:v>
       </x:c>
       <x:c r="I39" s="3" t="n">
-        <x:v>7212</x:v>
+        <x:v>7656</x:v>
       </x:c>
       <x:c r="J39" s="3" t="n">
-        <x:v>7920</x:v>
+        <x:v>8313</x:v>
       </x:c>
       <x:c r="K39" s="3" t="n">
-        <x:v>8719</x:v>
+        <x:v>9150</x:v>
       </x:c>
       <x:c r="L39" s="3" t="n">
-        <x:v>10061</x:v>
+        <x:v>10547</x:v>
       </x:c>
       <x:c r="M39" s="3" t="n">
-        <x:v>11340</x:v>
+        <x:v>11913</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>12876</x:v>
+        <x:v>13468</x:v>
       </x:c>
       <x:c r="O39" s="3" t="n">
-        <x:v>14148</x:v>
+        <x:v>14805</x:v>
       </x:c>
       <x:c r="P39" s="3" t="n">
-        <x:v>15501</x:v>
+        <x:v>16179</x:v>
       </x:c>
       <x:c r="Q39" s="3" t="n">
-        <x:v>17068</x:v>
+        <x:v>17809</x:v>
       </x:c>
       <x:c r="R39" s="3" t="n">
-        <x:v>19138</x:v>
+        <x:v>19966</x:v>
       </x:c>
       <x:c r="S39" s="3" t="n">
-        <x:v>21935</x:v>
+        <x:v>22853</x:v>
       </x:c>
       <x:c r="T39" s="3" t="n">
-        <x:v>24813</x:v>
+        <x:v>25798</x:v>
       </x:c>
       <x:c r="U39" s="3" t="n">
-        <x:v>25433</x:v>
+        <x:v>26310</x:v>
       </x:c>
       <x:c r="V39" s="3" t="n">
-        <x:v>25226</x:v>
+        <x:v>26069</x:v>
       </x:c>
       <x:c r="W39" s="3" t="n">
-        <x:v>25214</x:v>
+        <x:v>26117</x:v>
       </x:c>
       <x:c r="X39" s="3" t="n">
-        <x:v>25556</x:v>
+        <x:v>26737</x:v>
       </x:c>
       <x:c r="Y39" s="3" t="n">
-        <x:v>27466</x:v>
+        <x:v>28827</x:v>
       </x:c>
       <x:c r="Z39" s="3" t="n">
-        <x:v>31087</x:v>
+        <x:v>32677</x:v>
       </x:c>
       <x:c r="AA39" s="3" t="n">
-        <x:v>36484</x:v>
+        <x:v>38352</x:v>
       </x:c>
       <x:c r="AB39" s="3" t="n">
-        <x:v>42772</x:v>
+        <x:v>44845</x:v>
       </x:c>
       <x:c r="AC39" s="3" t="n">
-        <x:v>51807</x:v>
+        <x:v>54182</x:v>
       </x:c>
       <x:c r="AD39" s="3" t="n">
-        <x:v>62711</x:v>
+        <x:v>65379</x:v>
       </x:c>
       <x:c r="AE39" s="3" t="n">
-        <x:v>77093</x:v>
+        <x:v>80160</x:v>
       </x:c>
       <x:c r="AF39" s="3" t="n">
-        <x:v>92993</x:v>
+        <x:v>96238</x:v>
       </x:c>
       <x:c r="AG39" s="3" t="n">
-        <x:v>108235</x:v>
+        <x:v>112065</x:v>
       </x:c>
       <x:c r="AH39" s="3" t="n">
-        <x:v>120560</x:v>
+        <x:v>127794</x:v>
       </x:c>
       <x:c r="AI39" s="3" t="n">
-        <x:v>122322</x:v>
+        <x:v>140639</x:v>
       </x:c>
       <x:c r="AJ39" s="3" t="n">
-        <x:v>138431</x:v>
+        <x:v>160655</x:v>
       </x:c>
       <x:c r="AK39" s="3" t="n">
-        <x:v>161370</x:v>
+        <x:v>184985</x:v>
       </x:c>
       <x:c r="AL39" s="3" t="n">
-        <x:v>199960</x:v>
+        <x:v>229760</x:v>
       </x:c>
       <x:c r="AM39" s="3" t="n">
-        <x:v>262467</x:v>
+        <x:v>303692</x:v>
       </x:c>
       <x:c r="AN39" s="3" t="n">
-        <x:v>323840</x:v>
+        <x:v>385068</x:v>
       </x:c>
       <x:c r="AO39" s="3" t="n">
-        <x:v>359958</x:v>
+        <x:v>434261</x:v>
       </x:c>
       <x:c r="AP39" s="3" t="n">
-        <x:v>390142</x:v>
+        <x:v>474883</x:v>
       </x:c>
       <x:c r="AQ39" s="3" t="n">
-        <x:v>424095</x:v>
+        <x:v>523433</x:v>
       </x:c>
       <x:c r="AR39" s="3" t="n">
-        <x:v>457228</x:v>
+        <x:v>569960</x:v>
       </x:c>
       <x:c r="AS39" s="3" t="n">
-        <x:v>486944</x:v>
+        <x:v>612870</x:v>
       </x:c>
       <x:c r="AT39" s="3" t="n">
-        <x:v>522359</x:v>
+        <x:v>665916</x:v>
       </x:c>
       <x:c r="AU39" s="3" t="n">
-        <x:v>554947</x:v>
+        <x:v>719874</x:v>
       </x:c>
       <x:c r="AV39" s="3" t="n">
-        <x:v>592234</x:v>
+        <x:v>779839</x:v>
       </x:c>
       <x:c r="AW39" s="3" t="n">
-        <x:v>635148</x:v>
+        <x:v>846623</x:v>
       </x:c>
       <x:c r="AX39" s="3" t="n">
-        <x:v>674406</x:v>
+        <x:v>911924</x:v>
       </x:c>
       <x:c r="AY39" s="3" t="n">
-        <x:v>709856</x:v>
+        <x:v>971594</x:v>
       </x:c>
       <x:c r="AZ39" s="3" t="n">
-        <x:v>739167</x:v>
+        <x:v>1027659</x:v>
       </x:c>
       <x:c r="BA39" s="3" t="n">
-        <x:v>802719</x:v>
+        <x:v>1134373</x:v>
       </x:c>
       <x:c r="BB39" s="3" t="n">
-        <x:v>902368</x:v>
+        <x:v>1280166</x:v>
       </x:c>
       <x:c r="BC39" s="3" t="n">
-        <x:v>972801</x:v>
+        <x:v>1374693</x:v>
       </x:c>
       <x:c r="BD39" s="3" t="n">
-        <x:v>1019978</x:v>
+        <x:v>1458285</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:56">
       <x:c r="A40" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
         <x:v>84800</x:v>
       </x:c>
       <x:c r="C40" s="3" t="n">
-        <x:v>91462</x:v>
+        <x:v>93703</x:v>
       </x:c>
       <x:c r="D40" s="3" t="n">
-        <x:v>100389</x:v>
+        <x:v>102358</x:v>
       </x:c>
       <x:c r="E40" s="3" t="n">
-        <x:v>113978</x:v>
+        <x:v>116228</x:v>
       </x:c>
       <x:c r="F40" s="3" t="n">
-        <x:v>140541</x:v>
+        <x:v>139374</x:v>
       </x:c>
       <x:c r="G40" s="3" t="n">
-        <x:v>164582</x:v>
+        <x:v>162021</x:v>
       </x:c>
       <x:c r="H40" s="3" t="n">
-        <x:v>192907</x:v>
+        <x:v>185667</x:v>
       </x:c>
       <x:c r="I40" s="3" t="n">
-        <x:v>222120</x:v>
+        <x:v>211342</x:v>
       </x:c>
       <x:c r="J40" s="3" t="n">
-        <x:v>243589</x:v>
+        <x:v>233625</x:v>
       </x:c>
       <x:c r="K40" s="3" t="n">
-        <x:v>266657</x:v>
+        <x:v>256918</x:v>
       </x:c>
       <x:c r="L40" s="3" t="n">
-        <x:v>307187</x:v>
+        <x:v>297420</x:v>
       </x:c>
       <x:c r="M40" s="3" t="n">
-        <x:v>350934</x:v>
+        <x:v>340949</x:v>
       </x:c>
       <x:c r="N40" s="3" t="n">
-        <x:v>395369</x:v>
+        <x:v>385402</x:v>
       </x:c>
       <x:c r="O40" s="3" t="n">
-        <x:v>431913</x:v>
+        <x:v>423084</x:v>
       </x:c>
       <x:c r="P40" s="3" t="n">
-        <x:v>470610</x:v>
+        <x:v>463740</x:v>
       </x:c>
       <x:c r="Q40" s="3" t="n">
-        <x:v>513108</x:v>
+        <x:v>507436</x:v>
       </x:c>
       <x:c r="R40" s="3" t="n">
-        <x:v>573217</x:v>
+        <x:v>567459</x:v>
       </x:c>
       <x:c r="S40" s="3" t="n">
-        <x:v>654104</x:v>
+        <x:v>648110</x:v>
       </x:c>
       <x:c r="T40" s="3" t="n">
-        <x:v>738037</x:v>
+        <x:v>733433</x:v>
       </x:c>
       <x:c r="U40" s="3" t="n">
-        <x:v>753290</x:v>
+        <x:v>747204</x:v>
       </x:c>
       <x:c r="V40" s="3" t="n">
-        <x:v>755071</x:v>
+        <x:v>747422</x:v>
       </x:c>
       <x:c r="W40" s="3" t="n">
-        <x:v>765989</x:v>
+        <x:v>758990</x:v>
       </x:c>
       <x:c r="X40" s="3" t="n">
-        <x:v>769532</x:v>
+        <x:v>768596</x:v>
       </x:c>
       <x:c r="Y40" s="3" t="n">
-        <x:v>783910</x:v>
+        <x:v>783138</x:v>
       </x:c>
       <x:c r="Z40" s="3" t="n">
-        <x:v>822620</x:v>
+        <x:v>822050</x:v>
       </x:c>
       <x:c r="AA40" s="3" t="n">
-        <x:v>888377</x:v>
+        <x:v>891188</x:v>
       </x:c>
       <x:c r="AB40" s="3" t="n">
-        <x:v>933759</x:v>
+        <x:v>939048</x:v>
       </x:c>
       <x:c r="AC40" s="3" t="n">
-        <x:v>984414</x:v>
+        <x:v>996025</x:v>
       </x:c>
       <x:c r="AD40" s="3" t="n">
-        <x:v>1025368</x:v>
+        <x:v>1053439</x:v>
       </x:c>
       <x:c r="AE40" s="3" t="n">
-        <x:v>1076019</x:v>
+        <x:v>1111323</x:v>
       </x:c>
       <x:c r="AF40" s="3" t="n">
-        <x:v>1153343</x:v>
+        <x:v>1187771</x:v>
       </x:c>
       <x:c r="AG40" s="3" t="n">
-        <x:v>1241001</x:v>
+        <x:v>1278299</x:v>
       </x:c>
       <x:c r="AH40" s="3" t="n">
-        <x:v>1304013</x:v>
+        <x:v>1343016</x:v>
       </x:c>
       <x:c r="AI40" s="3" t="n">
-        <x:v>1364139</x:v>
+        <x:v>1403325</x:v>
       </x:c>
       <x:c r="AJ40" s="3" t="n">
-        <x:v>1512435</x:v>
+        <x:v>1554381</x:v>
       </x:c>
       <x:c r="AK40" s="3" t="n">
-        <x:v>1681356</x:v>
+        <x:v>1726454</x:v>
       </x:c>
       <x:c r="AL40" s="3" t="n">
-        <x:v>1841465</x:v>
+        <x:v>1888772</x:v>
       </x:c>
       <x:c r="AM40" s="3" t="n">
-        <x:v>2072025</x:v>
+        <x:v>2122875</x:v>
       </x:c>
       <x:c r="AN40" s="3" t="n">
-        <x:v>2190379</x:v>
+        <x:v>2241571</x:v>
       </x:c>
       <x:c r="AO40" s="3" t="n">
-        <x:v>2299265</x:v>
+        <x:v>2351134</x:v>
       </x:c>
       <x:c r="AP40" s="3" t="n">
-        <x:v>2441664</x:v>
+        <x:v>2494902</x:v>
       </x:c>
       <x:c r="AQ40" s="3" t="n">
-        <x:v>2652165</x:v>
+        <x:v>2707711</x:v>
       </x:c>
       <x:c r="AR40" s="3" t="n">
-        <x:v>2835699</x:v>
+        <x:v>2892423</x:v>
       </x:c>
       <x:c r="AS40" s="3" t="n">
-        <x:v>3008775</x:v>
+        <x:v>3066237</x:v>
       </x:c>
       <x:c r="AT40" s="3" t="n">
-        <x:v>3202415</x:v>
+        <x:v>3261029</x:v>
       </x:c>
       <x:c r="AU40" s="3" t="n">
-        <x:v>3393707</x:v>
+        <x:v>3453031</x:v>
       </x:c>
       <x:c r="AV40" s="3" t="n">
-        <x:v>3589011</x:v>
+        <x:v>3648799</x:v>
       </x:c>
       <x:c r="AW40" s="3" t="n">
-        <x:v>3797113</x:v>
+        <x:v>3857508</x:v>
       </x:c>
       <x:c r="AX40" s="3" t="n">
-        <x:v>4020019</x:v>
+        <x:v>4081438</x:v>
       </x:c>
       <x:c r="AY40" s="3" t="n">
-        <x:v>4228908</x:v>
+        <x:v>4291021</x:v>
       </x:c>
       <x:c r="AZ40" s="3" t="n">
-        <x:v>4443189</x:v>
+        <x:v>4505861</x:v>
       </x:c>
       <x:c r="BA40" s="3" t="n">
-        <x:v>4830830</x:v>
+        <x:v>4896618</x:v>
       </x:c>
       <x:c r="BB40" s="3" t="n">
-        <x:v>5296899</x:v>
+        <x:v>5349459</x:v>
       </x:c>
       <x:c r="BC40" s="3" t="n">
-        <x:v>5653100</x:v>
+        <x:v>5704508</x:v>
       </x:c>
       <x:c r="BD40" s="3" t="n">
-        <x:v>5888890</x:v>
+        <x:v>6034952</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:56">
       <x:c r="A41" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
         <x:v>1101</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>1235</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="D41" s="3" t="n">
-        <x:v>1373</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="E41" s="3" t="n">
-        <x:v>1533</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="F41" s="3" t="n">
-        <x:v>1872</x:v>
+        <x:v>1759</x:v>
       </x:c>
       <x:c r="G41" s="3" t="n">
-        <x:v>2261</x:v>
+        <x:v>2096</x:v>
       </x:c>
       <x:c r="H41" s="3" t="n">
-        <x:v>2626</x:v>
+        <x:v>2451</x:v>
       </x:c>
       <x:c r="I41" s="3" t="n">
-        <x:v>3049</x:v>
+        <x:v>2822</x:v>
       </x:c>
       <x:c r="J41" s="3" t="n">
-        <x:v>3416</x:v>
+        <x:v>3144</x:v>
       </x:c>
       <x:c r="K41" s="3" t="n">
-        <x:v>3740</x:v>
+        <x:v>3492</x:v>
       </x:c>
       <x:c r="L41" s="3" t="n">
-        <x:v>4250</x:v>
+        <x:v>3969</x:v>
       </x:c>
       <x:c r="M41" s="3" t="n">
-        <x:v>5069</x:v>
+        <x:v>4854</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>6031</x:v>
+        <x:v>5804</x:v>
       </x:c>
       <x:c r="O41" s="3" t="n">
-        <x:v>6777</x:v>
+        <x:v>6370</x:v>
       </x:c>
       <x:c r="P41" s="3" t="n">
-        <x:v>7858</x:v>
+        <x:v>7401</x:v>
       </x:c>
       <x:c r="Q41" s="3" t="n">
-        <x:v>9524</x:v>
+        <x:v>9025</x:v>
       </x:c>
       <x:c r="R41" s="3" t="n">
-        <x:v>11228</x:v>
+        <x:v>10557</x:v>
       </x:c>
       <x:c r="S41" s="3" t="n">
-        <x:v>13037</x:v>
+        <x:v>12277</x:v>
       </x:c>
       <x:c r="T41" s="3" t="n">
-        <x:v>14543</x:v>
+        <x:v>13752</x:v>
       </x:c>
       <x:c r="U41" s="3" t="n">
-        <x:v>14879</x:v>
+        <x:v>13978</x:v>
       </x:c>
       <x:c r="V41" s="3" t="n">
-        <x:v>15162</x:v>
+        <x:v>14239</x:v>
       </x:c>
       <x:c r="W41" s="3" t="n">
-        <x:v>15577</x:v>
+        <x:v>14710</x:v>
       </x:c>
       <x:c r="X41" s="3" t="n">
-        <x:v>15910</x:v>
+        <x:v>14941</x:v>
       </x:c>
       <x:c r="Y41" s="3" t="n">
-        <x:v>16443</x:v>
+        <x:v>15795</x:v>
       </x:c>
       <x:c r="Z41" s="3" t="n">
-        <x:v>17434</x:v>
+        <x:v>16781</x:v>
       </x:c>
       <x:c r="AA41" s="3" t="n">
-        <x:v>19282</x:v>
+        <x:v>18533</x:v>
       </x:c>
       <x:c r="AB41" s="3" t="n">
-        <x:v>21651</x:v>
+        <x:v>21112</x:v>
       </x:c>
       <x:c r="AC41" s="3" t="n">
-        <x:v>23598</x:v>
+        <x:v>23175</x:v>
       </x:c>
       <x:c r="AD41" s="3" t="n">
-        <x:v>25786</x:v>
+        <x:v>25695</x:v>
       </x:c>
       <x:c r="AE41" s="3" t="n">
-        <x:v>28467</x:v>
+        <x:v>28105</x:v>
       </x:c>
       <x:c r="AF41" s="3" t="n">
-        <x:v>29296</x:v>
+        <x:v>29236</x:v>
       </x:c>
       <x:c r="AG41" s="3" t="n">
-        <x:v>29836</x:v>
+        <x:v>29807</x:v>
       </x:c>
       <x:c r="AH41" s="3" t="n">
-        <x:v>31229</x:v>
+        <x:v>31223</x:v>
       </x:c>
       <x:c r="AI41" s="3" t="n">
-        <x:v>31386</x:v>
+        <x:v>31708</x:v>
       </x:c>
       <x:c r="AJ41" s="3" t="n">
-        <x:v>32756</x:v>
+        <x:v>32485</x:v>
       </x:c>
       <x:c r="AK41" s="3" t="n">
-        <x:v>35169</x:v>
+        <x:v>35485</x:v>
       </x:c>
       <x:c r="AL41" s="3" t="n">
-        <x:v>40414</x:v>
+        <x:v>40861</x:v>
       </x:c>
       <x:c r="AM41" s="3" t="n">
-        <x:v>47909</x:v>
+        <x:v>48771</x:v>
       </x:c>
       <x:c r="AN41" s="3" t="n">
-        <x:v>53500</x:v>
+        <x:v>54732</x:v>
       </x:c>
       <x:c r="AO41" s="3" t="n">
-        <x:v>56472</x:v>
+        <x:v>57809</x:v>
       </x:c>
       <x:c r="AP41" s="3" t="n">
-        <x:v>58118</x:v>
+        <x:v>59839</x:v>
       </x:c>
       <x:c r="AQ41" s="3" t="n">
-        <x:v>59631</x:v>
+        <x:v>61543</x:v>
       </x:c>
       <x:c r="AR41" s="3" t="n">
-        <x:v>64306</x:v>
+        <x:v>66612</x:v>
       </x:c>
       <x:c r="AS41" s="3" t="n">
-        <x:v>69114</x:v>
+        <x:v>71921</x:v>
       </x:c>
       <x:c r="AT41" s="3" t="n">
-        <x:v>73235</x:v>
+        <x:v>76596</x:v>
       </x:c>
       <x:c r="AU41" s="3" t="n">
-        <x:v>77221</x:v>
+        <x:v>81272</x:v>
       </x:c>
       <x:c r="AV41" s="3" t="n">
-        <x:v>82173</x:v>
+        <x:v>86932</x:v>
       </x:c>
       <x:c r="AW41" s="3" t="n">
-        <x:v>88776</x:v>
+        <x:v>94713</x:v>
       </x:c>
       <x:c r="AX41" s="3" t="n">
-        <x:v>92697</x:v>
+        <x:v>99236</x:v>
       </x:c>
       <x:c r="AY41" s="3" t="n">
-        <x:v>97901</x:v>
+        <x:v>105161</x:v>
       </x:c>
       <x:c r="AZ41" s="3" t="n">
-        <x:v>103895</x:v>
+        <x:v>112219</x:v>
       </x:c>
       <x:c r="BA41" s="3" t="n">
-        <x:v>109599</x:v>
+        <x:v>118267</x:v>
       </x:c>
       <x:c r="BB41" s="3" t="n">
-        <x:v>122001</x:v>
+        <x:v>133083</x:v>
       </x:c>
       <x:c r="BC41" s="3" t="n">
-        <x:v>136184</x:v>
+        <x:v>145839</x:v>
       </x:c>
       <x:c r="BD41" s="3" t="n">
-        <x:v>144710</x:v>
+        <x:v>157006</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:56">
       <x:c r="A42" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>817</x:v>
       </x:c>
       <x:c r="C42" s="3" t="n">
-        <x:v>854</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="D42" s="3" t="n">
-        <x:v>916</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="E42" s="3" t="n">
-        <x:v>1000</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="F42" s="3" t="n">
-        <x:v>1212</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="G42" s="3" t="n">
-        <x:v>1450</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="H42" s="3" t="n">
-        <x:v>1699</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="I42" s="3" t="n">
-        <x:v>1929</x:v>
+        <x:v>2442</x:v>
       </x:c>
       <x:c r="J42" s="3" t="n">
-        <x:v>2413</x:v>
+        <x:v>2879</x:v>
       </x:c>
       <x:c r="K42" s="3" t="n">
-        <x:v>2823</x:v>
+        <x:v>3342</x:v>
       </x:c>
       <x:c r="L42" s="3" t="n">
-        <x:v>3071</x:v>
+        <x:v>3597</x:v>
       </x:c>
       <x:c r="M42" s="3" t="n">
-        <x:v>3513</x:v>
+        <x:v>4061</x:v>
       </x:c>
       <x:c r="N42" s="3" t="n">
-        <x:v>4120</x:v>
+        <x:v>4671</x:v>
       </x:c>
       <x:c r="O42" s="3" t="n">
-        <x:v>4550</x:v>
+        <x:v>5217</x:v>
       </x:c>
       <x:c r="P42" s="3" t="n">
-        <x:v>4928</x:v>
+        <x:v>5706</x:v>
       </x:c>
       <x:c r="Q42" s="3" t="n">
-        <x:v>5725</x:v>
+        <x:v>6616</x:v>
       </x:c>
       <x:c r="R42" s="3" t="n">
-        <x:v>6407</x:v>
+        <x:v>7413</x:v>
       </x:c>
       <x:c r="S42" s="3" t="n">
-        <x:v>7285</x:v>
+        <x:v>8517</x:v>
       </x:c>
       <x:c r="T42" s="3" t="n">
-        <x:v>7546</x:v>
+        <x:v>8771</x:v>
       </x:c>
       <x:c r="U42" s="3" t="n">
-        <x:v>7308</x:v>
+        <x:v>8564</x:v>
       </x:c>
       <x:c r="V42" s="3" t="n">
-        <x:v>6914</x:v>
+        <x:v>8235</x:v>
       </x:c>
       <x:c r="W42" s="3" t="n">
-        <x:v>6843</x:v>
+        <x:v>8690</x:v>
       </x:c>
       <x:c r="X42" s="3" t="n">
-        <x:v>6442</x:v>
+        <x:v>8773</x:v>
       </x:c>
       <x:c r="Y42" s="3" t="n">
-        <x:v>6541</x:v>
+        <x:v>9770</x:v>
       </x:c>
       <x:c r="Z42" s="3" t="n">
-        <x:v>7033</x:v>
+        <x:v>11681</x:v>
       </x:c>
       <x:c r="AA42" s="3" t="n">
-        <x:v>7929</x:v>
+        <x:v>13960</x:v>
       </x:c>
       <x:c r="AB42" s="3" t="n">
-        <x:v>8988</x:v>
+        <x:v>16098</x:v>
       </x:c>
       <x:c r="AC42" s="3" t="n">
-        <x:v>10461</x:v>
+        <x:v>18820</x:v>
       </x:c>
       <x:c r="AD42" s="3" t="n">
-        <x:v>13474</x:v>
+        <x:v>21903</x:v>
       </x:c>
       <x:c r="AE42" s="3" t="n">
-        <x:v>15262</x:v>
+        <x:v>23809</x:v>
       </x:c>
       <x:c r="AF42" s="3" t="n">
-        <x:v>16603</x:v>
+        <x:v>24413</x:v>
       </x:c>
       <x:c r="AG42" s="3" t="n">
-        <x:v>17212</x:v>
+        <x:v>25206</x:v>
       </x:c>
       <x:c r="AH42" s="3" t="n">
-        <x:v>17160</x:v>
+        <x:v>25406</x:v>
       </x:c>
       <x:c r="AI42" s="3" t="n">
-        <x:v>16566</x:v>
+        <x:v>23802</x:v>
       </x:c>
       <x:c r="AJ42" s="3" t="n">
-        <x:v>19749</x:v>
+        <x:v>26614</x:v>
       </x:c>
       <x:c r="AK42" s="3" t="n">
-        <x:v>28019</x:v>
+        <x:v>34014</x:v>
       </x:c>
       <x:c r="AL42" s="3" t="n">
-        <x:v>34484</x:v>
+        <x:v>40361</x:v>
       </x:c>
       <x:c r="AM42" s="3" t="n">
-        <x:v>39965</x:v>
+        <x:v>45945</x:v>
       </x:c>
       <x:c r="AN42" s="3" t="n">
-        <x:v>43658</x:v>
+        <x:v>49390</x:v>
       </x:c>
       <x:c r="AO42" s="3" t="n">
-        <x:v>42766</x:v>
+        <x:v>48226</x:v>
       </x:c>
       <x:c r="AP42" s="3" t="n">
-        <x:v>41997</x:v>
+        <x:v>46833</x:v>
       </x:c>
       <x:c r="AQ42" s="3" t="n">
-        <x:v>43816</x:v>
+        <x:v>48510</x:v>
       </x:c>
       <x:c r="AR42" s="3" t="n">
-        <x:v>45852</x:v>
+        <x:v>50563</x:v>
       </x:c>
       <x:c r="AS42" s="3" t="n">
-        <x:v>46922</x:v>
+        <x:v>51671</x:v>
       </x:c>
       <x:c r="AT42" s="3" t="n">
-        <x:v>48048</x:v>
+        <x:v>53037</x:v>
       </x:c>
       <x:c r="AU42" s="3" t="n">
-        <x:v>48179</x:v>
+        <x:v>53438</x:v>
       </x:c>
       <x:c r="AV42" s="3" t="n">
-        <x:v>61305</x:v>
+        <x:v>67112</x:v>
       </x:c>
       <x:c r="AW42" s="3" t="n">
-        <x:v>65052</x:v>
+        <x:v>71229</x:v>
       </x:c>
       <x:c r="AX42" s="3" t="n">
-        <x:v>73893</x:v>
+        <x:v>81160</x:v>
       </x:c>
       <x:c r="AY42" s="3" t="n">
-        <x:v>77991</x:v>
+        <x:v>89999</x:v>
       </x:c>
       <x:c r="AZ42" s="3" t="n">
-        <x:v>82326</x:v>
+        <x:v>91869</x:v>
       </x:c>
       <x:c r="BA42" s="3" t="n">
-        <x:v>84957</x:v>
+        <x:v>95317</x:v>
       </x:c>
       <x:c r="BB42" s="3" t="n">
-        <x:v>91088</x:v>
+        <x:v>100004</x:v>
       </x:c>
       <x:c r="BC42" s="3" t="n">
-        <x:v>105397</x:v>
+        <x:v>114927</x:v>
       </x:c>
       <x:c r="BD42" s="3" t="n">
-        <x:v>109996</x:v>
+        <x:v>138239</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:56">
       <x:c r="A43" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
         <x:v>23146</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>25644</x:v>
       </x:c>
       <x:c r="D43" s="3" t="n">
         <x:v>29744</x:v>
       </x:c>
       <x:c r="E43" s="3" t="n">
         <x:v>34276</x:v>
       </x:c>
       <x:c r="F43" s="3" t="n">
         <x:v>41326</x:v>
       </x:c>
       <x:c r="G43" s="3" t="n">
         <x:v>45863</x:v>
       </x:c>
       <x:c r="H43" s="3" t="n">
@@ -7618,567 +7629,567 @@
       <x:c r="AT43" s="3" t="n">
         <x:v>987711</x:v>
       </x:c>
       <x:c r="AU43" s="3" t="n">
         <x:v>1102225</x:v>
       </x:c>
       <x:c r="AV43" s="3" t="n">
         <x:v>1160661</x:v>
       </x:c>
       <x:c r="AW43" s="3" t="n">
         <x:v>1235727</x:v>
       </x:c>
       <x:c r="AX43" s="3" t="n">
         <x:v>1334260</x:v>
       </x:c>
       <x:c r="AY43" s="3" t="n">
         <x:v>1424493</x:v>
       </x:c>
       <x:c r="AZ43" s="3" t="n">
         <x:v>1511083</x:v>
       </x:c>
       <x:c r="BA43" s="3" t="n">
         <x:v>1637168</x:v>
       </x:c>
       <x:c r="BB43" s="3" t="n">
-        <x:v>1844512</x:v>
+        <x:v>1846123</x:v>
       </x:c>
       <x:c r="BC43" s="3" t="n">
-        <x:v>2010579</x:v>
+        <x:v>1980288</x:v>
       </x:c>
       <x:c r="BD43" s="3" t="n">
-        <x:v>2141671</x:v>
+        <x:v>2139289</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:56">
       <x:c r="A44" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
         <x:v>6633</x:v>
       </x:c>
       <x:c r="C44" s="3" t="n">
-        <x:v>7836</x:v>
+        <x:v>7840</x:v>
       </x:c>
       <x:c r="D44" s="3" t="n">
-        <x:v>9035</x:v>
+        <x:v>9060</x:v>
       </x:c>
       <x:c r="E44" s="3" t="n">
-        <x:v>10207</x:v>
+        <x:v>10261</x:v>
       </x:c>
       <x:c r="F44" s="3" t="n">
-        <x:v>12262</x:v>
+        <x:v>12337</x:v>
       </x:c>
       <x:c r="G44" s="3" t="n">
-        <x:v>14961</x:v>
+        <x:v>15016</x:v>
       </x:c>
       <x:c r="H44" s="3" t="n">
-        <x:v>16991</x:v>
+        <x:v>17068</x:v>
       </x:c>
       <x:c r="I44" s="3" t="n">
-        <x:v>19578</x:v>
+        <x:v>19672</x:v>
       </x:c>
       <x:c r="J44" s="3" t="n">
-        <x:v>21873</x:v>
+        <x:v>21924</x:v>
       </x:c>
       <x:c r="K44" s="3" t="n">
-        <x:v>24133</x:v>
+        <x:v>24183</x:v>
       </x:c>
       <x:c r="L44" s="3" t="n">
-        <x:v>27810</x:v>
+        <x:v>27884</x:v>
       </x:c>
       <x:c r="M44" s="3" t="n">
-        <x:v>31304</x:v>
+        <x:v>31386</x:v>
       </x:c>
       <x:c r="N44" s="3" t="n">
-        <x:v>35301</x:v>
+        <x:v>35380</x:v>
       </x:c>
       <x:c r="O44" s="3" t="n">
-        <x:v>38516</x:v>
+        <x:v>38602</x:v>
       </x:c>
       <x:c r="P44" s="3" t="n">
-        <x:v>41775</x:v>
+        <x:v>41849</x:v>
       </x:c>
       <x:c r="Q44" s="3" t="n">
-        <x:v>45049</x:v>
+        <x:v>45109</x:v>
       </x:c>
       <x:c r="R44" s="3" t="n">
-        <x:v>49342</x:v>
+        <x:v>49383</x:v>
       </x:c>
       <x:c r="S44" s="3" t="n">
-        <x:v>55357</x:v>
+        <x:v>55364</x:v>
       </x:c>
       <x:c r="T44" s="3" t="n">
-        <x:v>61306</x:v>
+        <x:v>61314</x:v>
       </x:c>
       <x:c r="U44" s="3" t="n">
-        <x:v>62535</x:v>
+        <x:v>62494</x:v>
       </x:c>
       <x:c r="V44" s="3" t="n">
-        <x:v>62999</x:v>
+        <x:v>62936</x:v>
       </x:c>
       <x:c r="W44" s="3" t="n">
-        <x:v>64686</x:v>
+        <x:v>64598</x:v>
       </x:c>
       <x:c r="X44" s="3" t="n">
-        <x:v>66935</x:v>
+        <x:v>66858</x:v>
       </x:c>
       <x:c r="Y44" s="3" t="n">
-        <x:v>69147</x:v>
+        <x:v>69044</x:v>
       </x:c>
       <x:c r="Z44" s="3" t="n">
-        <x:v>73703</x:v>
+        <x:v>73585</x:v>
       </x:c>
       <x:c r="AA44" s="3" t="n">
-        <x:v>78320</x:v>
+        <x:v>78705</x:v>
       </x:c>
       <x:c r="AB44" s="3" t="n">
-        <x:v>84150</x:v>
+        <x:v>84496</x:v>
       </x:c>
       <x:c r="AC44" s="3" t="n">
-        <x:v>94216</x:v>
+        <x:v>94497</x:v>
       </x:c>
       <x:c r="AD44" s="3" t="n">
-        <x:v>103085</x:v>
+        <x:v>103318</x:v>
       </x:c>
       <x:c r="AE44" s="3" t="n">
-        <x:v>111774</x:v>
+        <x:v>111881</x:v>
       </x:c>
       <x:c r="AF44" s="3" t="n">
-        <x:v>120531</x:v>
+        <x:v>120573</x:v>
       </x:c>
       <x:c r="AG44" s="3" t="n">
-        <x:v>127202</x:v>
+        <x:v>127096</x:v>
       </x:c>
       <x:c r="AH44" s="3" t="n">
-        <x:v>132946</x:v>
+        <x:v>132796</x:v>
       </x:c>
       <x:c r="AI44" s="3" t="n">
-        <x:v>141685</x:v>
+        <x:v>141534</x:v>
       </x:c>
       <x:c r="AJ44" s="3" t="n">
-        <x:v>153607</x:v>
+        <x:v>153392</x:v>
       </x:c>
       <x:c r="AK44" s="3" t="n">
-        <x:v>166433</x:v>
+        <x:v>166221</x:v>
       </x:c>
       <x:c r="AL44" s="3" t="n">
-        <x:v>185242</x:v>
+        <x:v>184912</x:v>
       </x:c>
       <x:c r="AM44" s="3" t="n">
-        <x:v>204997</x:v>
+        <x:v>204522</x:v>
       </x:c>
       <x:c r="AN44" s="3" t="n">
-        <x:v>224328</x:v>
+        <x:v>223654</x:v>
       </x:c>
       <x:c r="AO44" s="3" t="n">
-        <x:v>241913</x:v>
+        <x:v>240992</x:v>
       </x:c>
       <x:c r="AP44" s="3" t="n">
-        <x:v>257741</x:v>
+        <x:v>256548</x:v>
       </x:c>
       <x:c r="AQ44" s="3" t="n">
-        <x:v>275778</x:v>
+        <x:v>274357</x:v>
       </x:c>
       <x:c r="AR44" s="3" t="n">
-        <x:v>291768</x:v>
+        <x:v>290091</x:v>
       </x:c>
       <x:c r="AS44" s="3" t="n">
-        <x:v>306658</x:v>
+        <x:v>304729</x:v>
       </x:c>
       <x:c r="AT44" s="3" t="n">
-        <x:v>322883</x:v>
+        <x:v>320714</x:v>
       </x:c>
       <x:c r="AU44" s="3" t="n">
-        <x:v>340596</x:v>
+        <x:v>338119</x:v>
       </x:c>
       <x:c r="AV44" s="3" t="n">
-        <x:v>358213</x:v>
+        <x:v>355365</x:v>
       </x:c>
       <x:c r="AW44" s="3" t="n">
-        <x:v>381607</x:v>
+        <x:v>378329</x:v>
       </x:c>
       <x:c r="AX44" s="3" t="n">
-        <x:v>407477</x:v>
+        <x:v>403707</x:v>
       </x:c>
       <x:c r="AY44" s="3" t="n">
-        <x:v>430576</x:v>
+        <x:v>426294</x:v>
       </x:c>
       <x:c r="AZ44" s="3" t="n">
-        <x:v>453355</x:v>
+        <x:v>448497</x:v>
       </x:c>
       <x:c r="BA44" s="3" t="n">
-        <x:v>483324</x:v>
+        <x:v>477900</x:v>
       </x:c>
       <x:c r="BB44" s="3" t="n">
-        <x:v>532789</x:v>
+        <x:v>525982</x:v>
       </x:c>
       <x:c r="BC44" s="3" t="n">
-        <x:v>573075</x:v>
+        <x:v>565098</x:v>
       </x:c>
       <x:c r="BD44" s="3" t="n">
-        <x:v>604250</x:v>
+        <x:v>606404</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:56">
       <x:c r="A45" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
         <x:v>8224</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>9451</x:v>
+        <x:v>9481</x:v>
       </x:c>
       <x:c r="D45" s="3" t="n">
-        <x:v>10668</x:v>
+        <x:v>10732</x:v>
       </x:c>
       <x:c r="E45" s="3" t="n">
-        <x:v>11796</x:v>
+        <x:v>11985</x:v>
       </x:c>
       <x:c r="F45" s="3" t="n">
-        <x:v>13993</x:v>
+        <x:v>14269</x:v>
       </x:c>
       <x:c r="G45" s="3" t="n">
-        <x:v>16969</x:v>
+        <x:v>17241</x:v>
       </x:c>
       <x:c r="H45" s="3" t="n">
-        <x:v>19051</x:v>
+        <x:v>19424</x:v>
       </x:c>
       <x:c r="I45" s="3" t="n">
-        <x:v>21796</x:v>
+        <x:v>22177</x:v>
       </x:c>
       <x:c r="J45" s="3" t="n">
-        <x:v>24109</x:v>
+        <x:v>24456</x:v>
       </x:c>
       <x:c r="K45" s="3" t="n">
-        <x:v>26655</x:v>
+        <x:v>26957</x:v>
       </x:c>
       <x:c r="L45" s="3" t="n">
-        <x:v>31078</x:v>
+        <x:v>31342</x:v>
       </x:c>
       <x:c r="M45" s="3" t="n">
-        <x:v>35276</x:v>
+        <x:v>35493</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>40080</x:v>
+        <x:v>40168</x:v>
       </x:c>
       <x:c r="O45" s="3" t="n">
-        <x:v>43928</x:v>
+        <x:v>43962</x:v>
       </x:c>
       <x:c r="P45" s="3" t="n">
-        <x:v>47505</x:v>
+        <x:v>47464</x:v>
       </x:c>
       <x:c r="Q45" s="3" t="n">
-        <x:v>51118</x:v>
+        <x:v>50971</x:v>
       </x:c>
       <x:c r="R45" s="3" t="n">
-        <x:v>56302</x:v>
+        <x:v>56078</x:v>
       </x:c>
       <x:c r="S45" s="3" t="n">
-        <x:v>63920</x:v>
+        <x:v>63635</x:v>
       </x:c>
       <x:c r="T45" s="3" t="n">
-        <x:v>72416</x:v>
+        <x:v>71972</x:v>
       </x:c>
       <x:c r="U45" s="3" t="n">
-        <x:v>74047</x:v>
+        <x:v>73482</x:v>
       </x:c>
       <x:c r="V45" s="3" t="n">
-        <x:v>74181</x:v>
+        <x:v>73573</x:v>
       </x:c>
       <x:c r="W45" s="3" t="n">
-        <x:v>76094</x:v>
+        <x:v>75479</x:v>
       </x:c>
       <x:c r="X45" s="3" t="n">
-        <x:v>78282</x:v>
+        <x:v>77729</x:v>
       </x:c>
       <x:c r="Y45" s="3" t="n">
-        <x:v>80135</x:v>
+        <x:v>79662</x:v>
       </x:c>
       <x:c r="Z45" s="3" t="n">
-        <x:v>84075</x:v>
+        <x:v>83667</x:v>
       </x:c>
       <x:c r="AA45" s="3" t="n">
-        <x:v>90325</x:v>
+        <x:v>89821</x:v>
       </x:c>
       <x:c r="AB45" s="3" t="n">
-        <x:v>96181</x:v>
+        <x:v>95686</x:v>
       </x:c>
       <x:c r="AC45" s="3" t="n">
-        <x:v>101672</x:v>
+        <x:v>101191</x:v>
       </x:c>
       <x:c r="AD45" s="3" t="n">
-        <x:v>110334</x:v>
+        <x:v>109920</x:v>
       </x:c>
       <x:c r="AE45" s="3" t="n">
-        <x:v>120917</x:v>
+        <x:v>120484</x:v>
       </x:c>
       <x:c r="AF45" s="3" t="n">
-        <x:v>131912</x:v>
+        <x:v>131525</x:v>
       </x:c>
       <x:c r="AG45" s="3" t="n">
-        <x:v>141877</x:v>
+        <x:v>141388</x:v>
       </x:c>
       <x:c r="AH45" s="3" t="n">
-        <x:v>148924</x:v>
+        <x:v>148534</x:v>
       </x:c>
       <x:c r="AI45" s="3" t="n">
-        <x:v>157594</x:v>
+        <x:v>157225</x:v>
       </x:c>
       <x:c r="AJ45" s="3" t="n">
-        <x:v>172654</x:v>
+        <x:v>172240</x:v>
       </x:c>
       <x:c r="AK45" s="3" t="n">
-        <x:v>188004</x:v>
+        <x:v>187572</x:v>
       </x:c>
       <x:c r="AL45" s="3" t="n">
-        <x:v>208871</x:v>
+        <x:v>208594</x:v>
       </x:c>
       <x:c r="AM45" s="3" t="n">
-        <x:v>230377</x:v>
+        <x:v>230129</x:v>
       </x:c>
       <x:c r="AN45" s="3" t="n">
-        <x:v>251085</x:v>
+        <x:v>250896</x:v>
       </x:c>
       <x:c r="AO45" s="3" t="n">
-        <x:v>264550</x:v>
+        <x:v>264429</x:v>
       </x:c>
       <x:c r="AP45" s="3" t="n">
-        <x:v>274470</x:v>
+        <x:v>274394</x:v>
       </x:c>
       <x:c r="AQ45" s="3" t="n">
-        <x:v>288293</x:v>
+        <x:v>288279</x:v>
       </x:c>
       <x:c r="AR45" s="3" t="n">
-        <x:v>300593</x:v>
+        <x:v>300635</x:v>
       </x:c>
       <x:c r="AS45" s="3" t="n">
-        <x:v>314887</x:v>
+        <x:v>314972</x:v>
       </x:c>
       <x:c r="AT45" s="3" t="n">
-        <x:v>331310</x:v>
+        <x:v>331370</x:v>
       </x:c>
       <x:c r="AU45" s="3" t="n">
-        <x:v>343923</x:v>
+        <x:v>343998</x:v>
       </x:c>
       <x:c r="AV45" s="3" t="n">
-        <x:v>358202</x:v>
+        <x:v>358207</x:v>
       </x:c>
       <x:c r="AW45" s="3" t="n">
-        <x:v>374960</x:v>
+        <x:v>375102</x:v>
       </x:c>
       <x:c r="AX45" s="3" t="n">
-        <x:v>392505</x:v>
+        <x:v>392587</x:v>
       </x:c>
       <x:c r="AY45" s="3" t="n">
-        <x:v>412777</x:v>
+        <x:v>412813</x:v>
       </x:c>
       <x:c r="AZ45" s="3" t="n">
-        <x:v>436261</x:v>
+        <x:v>438489</x:v>
       </x:c>
       <x:c r="BA45" s="3" t="n">
-        <x:v>470209</x:v>
+        <x:v>472177</x:v>
       </x:c>
       <x:c r="BB45" s="3" t="n">
-        <x:v>523258</x:v>
+        <x:v>523896</x:v>
       </x:c>
       <x:c r="BC45" s="3" t="n">
-        <x:v>571533</x:v>
+        <x:v>570621</x:v>
       </x:c>
       <x:c r="BD45" s="3" t="n">
-        <x:v>603021</x:v>
+        <x:v>610384</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:56">
       <x:c r="A46" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
         <x:v>4112</x:v>
       </x:c>
       <x:c r="C46" s="3" t="n">
-        <x:v>4490</x:v>
+        <x:v>4677</x:v>
       </x:c>
       <x:c r="D46" s="3" t="n">
-        <x:v>5074</x:v>
+        <x:v>5426</x:v>
       </x:c>
       <x:c r="E46" s="3" t="n">
-        <x:v>5751</x:v>
+        <x:v>6298</x:v>
       </x:c>
       <x:c r="F46" s="3" t="n">
-        <x:v>6865</x:v>
+        <x:v>7576</x:v>
       </x:c>
       <x:c r="G46" s="3" t="n">
-        <x:v>7886</x:v>
+        <x:v>8825</x:v>
       </x:c>
       <x:c r="H46" s="3" t="n">
-        <x:v>9089</x:v>
+        <x:v>10171</x:v>
       </x:c>
       <x:c r="I46" s="3" t="n">
-        <x:v>10491</x:v>
+        <x:v>11623</x:v>
       </x:c>
       <x:c r="J46" s="3" t="n">
-        <x:v>11738</x:v>
+        <x:v>12839</x:v>
       </x:c>
       <x:c r="K46" s="3" t="n">
-        <x:v>12910</x:v>
+        <x:v>14072</x:v>
       </x:c>
       <x:c r="L46" s="3" t="n">
-        <x:v>14782</x:v>
+        <x:v>16103</x:v>
       </x:c>
       <x:c r="M46" s="3" t="n">
-        <x:v>16702</x:v>
+        <x:v>18184</x:v>
       </x:c>
       <x:c r="N46" s="3" t="n">
-        <x:v>19250</x:v>
+        <x:v>20859</x:v>
       </x:c>
       <x:c r="O46" s="3" t="n">
-        <x:v>21273</x:v>
+        <x:v>23074</x:v>
       </x:c>
       <x:c r="P46" s="3" t="n">
-        <x:v>23419</x:v>
+        <x:v>25382</x:v>
       </x:c>
       <x:c r="Q46" s="3" t="n">
-        <x:v>25844</x:v>
+        <x:v>27951</x:v>
       </x:c>
       <x:c r="R46" s="3" t="n">
-        <x:v>29239</x:v>
+        <x:v>31660</x:v>
       </x:c>
       <x:c r="S46" s="3" t="n">
-        <x:v>33735</x:v>
+        <x:v>36411</x:v>
       </x:c>
       <x:c r="T46" s="3" t="n">
-        <x:v>38118</x:v>
+        <x:v>41055</x:v>
       </x:c>
       <x:c r="U46" s="3" t="n">
-        <x:v>39157</x:v>
+        <x:v>42247</x:v>
       </x:c>
       <x:c r="V46" s="3" t="n">
-        <x:v>39898</x:v>
+        <x:v>43082</x:v>
       </x:c>
       <x:c r="W46" s="3" t="n">
-        <x:v>41146</x:v>
+        <x:v>44642</x:v>
       </x:c>
       <x:c r="X46" s="3" t="n">
-        <x:v>42807</x:v>
+        <x:v>46751</x:v>
       </x:c>
       <x:c r="Y46" s="3" t="n">
-        <x:v>44593</x:v>
+        <x:v>49660</x:v>
       </x:c>
       <x:c r="Z46" s="3" t="n">
-        <x:v>47116</x:v>
+        <x:v>52207</x:v>
       </x:c>
       <x:c r="AA46" s="3" t="n">
-        <x:v>50714</x:v>
+        <x:v>56481</x:v>
       </x:c>
       <x:c r="AB46" s="3" t="n">
-        <x:v>53837</x:v>
+        <x:v>59889</x:v>
       </x:c>
       <x:c r="AC46" s="3" t="n">
-        <x:v>57237</x:v>
+        <x:v>63688</x:v>
       </x:c>
       <x:c r="AD46" s="3" t="n">
-        <x:v>61322</x:v>
+        <x:v>68375</x:v>
       </x:c>
       <x:c r="AE46" s="3" t="n">
-        <x:v>65816</x:v>
+        <x:v>73476</x:v>
       </x:c>
       <x:c r="AF46" s="3" t="n">
-        <x:v>70935</x:v>
+        <x:v>79358</x:v>
       </x:c>
       <x:c r="AG46" s="3" t="n">
-        <x:v>75290</x:v>
+        <x:v>84197</x:v>
       </x:c>
       <x:c r="AH46" s="3" t="n">
-        <x:v>78573</x:v>
+        <x:v>87673</x:v>
       </x:c>
       <x:c r="AI46" s="3" t="n">
-        <x:v>82247</x:v>
+        <x:v>92389</x:v>
       </x:c>
       <x:c r="AJ46" s="3" t="n">
-        <x:v>87691</x:v>
+        <x:v>98944</x:v>
       </x:c>
       <x:c r="AK46" s="3" t="n">
-        <x:v>93354</x:v>
+        <x:v>105329</x:v>
       </x:c>
       <x:c r="AL46" s="3" t="n">
-        <x:v>102623</x:v>
+        <x:v>115640</x:v>
       </x:c>
       <x:c r="AM46" s="3" t="n">
-        <x:v>108541</x:v>
+        <x:v>122306</x:v>
       </x:c>
       <x:c r="AN46" s="3" t="n">
-        <x:v>115986</x:v>
+        <x:v>130354</x:v>
       </x:c>
       <x:c r="AO46" s="3" t="n">
-        <x:v>119902</x:v>
+        <x:v>135873</x:v>
       </x:c>
       <x:c r="AP46" s="3" t="n">
-        <x:v>123898</x:v>
+        <x:v>140030</x:v>
       </x:c>
       <x:c r="AQ46" s="3" t="n">
-        <x:v>130072</x:v>
+        <x:v>147468</x:v>
       </x:c>
       <x:c r="AR46" s="3" t="n">
-        <x:v>134706</x:v>
+        <x:v>152190</x:v>
       </x:c>
       <x:c r="AS46" s="3" t="n">
-        <x:v>138799</x:v>
+        <x:v>156284</x:v>
       </x:c>
       <x:c r="AT46" s="3" t="n">
-        <x:v>144026</x:v>
+        <x:v>162782</x:v>
       </x:c>
       <x:c r="AU46" s="3" t="n">
-        <x:v>146523</x:v>
+        <x:v>164189</x:v>
       </x:c>
       <x:c r="AV46" s="3" t="n">
-        <x:v>149002</x:v>
+        <x:v>166663</x:v>
       </x:c>
       <x:c r="AW46" s="3" t="n">
-        <x:v>154166</x:v>
+        <x:v>172545</x:v>
       </x:c>
       <x:c r="AX46" s="3" t="n">
-        <x:v>160099</x:v>
+        <x:v>179689</x:v>
       </x:c>
       <x:c r="AY46" s="3" t="n">
-        <x:v>167938</x:v>
+        <x:v>190800</x:v>
       </x:c>
       <x:c r="AZ46" s="3" t="n">
-        <x:v>173065</x:v>
+        <x:v>197183</x:v>
       </x:c>
       <x:c r="BA46" s="3" t="n">
-        <x:v>180410</x:v>
+        <x:v>206028</x:v>
       </x:c>
       <x:c r="BB46" s="3" t="n">
-        <x:v>195273</x:v>
+        <x:v>219724</x:v>
       </x:c>
       <x:c r="BC46" s="3" t="n">
-        <x:v>205901</x:v>
+        <x:v>231555</x:v>
       </x:c>
       <x:c r="BD46" s="3" t="n">
-        <x:v>212309</x:v>
+        <x:v>241951</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:56">
       <x:c r="A47" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
         <x:v>42637</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>48187</x:v>
       </x:c>
       <x:c r="D47" s="3" t="n">
         <x:v>55717</x:v>
       </x:c>
       <x:c r="E47" s="3" t="n">
         <x:v>63657</x:v>
       </x:c>
       <x:c r="F47" s="3" t="n">
         <x:v>76389</x:v>
       </x:c>
       <x:c r="G47" s="3" t="n">
         <x:v>87720</x:v>
       </x:c>
       <x:c r="H47" s="3" t="n">
@@ -8298,57 +8309,57 @@
       <x:c r="AT47" s="3" t="n">
         <x:v>1755779</x:v>
       </x:c>
       <x:c r="AU47" s="3" t="n">
         <x:v>1904128</x:v>
       </x:c>
       <x:c r="AV47" s="3" t="n">
         <x:v>2000374</x:v>
       </x:c>
       <x:c r="AW47" s="3" t="n">
         <x:v>2121196</x:v>
       </x:c>
       <x:c r="AX47" s="3" t="n">
         <x:v>2272674</x:v>
       </x:c>
       <x:c r="AY47" s="3" t="n">
         <x:v>2414540</x:v>
       </x:c>
       <x:c r="AZ47" s="3" t="n">
         <x:v>2556194</x:v>
       </x:c>
       <x:c r="BA47" s="3" t="n">
         <x:v>2759968</x:v>
       </x:c>
       <x:c r="BB47" s="3" t="n">
-        <x:v>3093919</x:v>
+        <x:v>3086842</x:v>
       </x:c>
       <x:c r="BC47" s="3" t="n">
-        <x:v>3366913</x:v>
+        <x:v>3324756</x:v>
       </x:c>
       <x:c r="BD47" s="3" t="n">
-        <x:v>3581051</x:v>
+        <x:v>3587600</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:56">
       <x:c r="A48" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
         <x:v>16786</x:v>
       </x:c>
       <x:c r="C48" s="3" t="n">
         <x:v>18805</x:v>
       </x:c>
       <x:c r="D48" s="3" t="n">
         <x:v>21707</x:v>
       </x:c>
       <x:c r="E48" s="3" t="n">
         <x:v>24852</x:v>
       </x:c>
       <x:c r="F48" s="3" t="n">
         <x:v>30138</x:v>
       </x:c>
       <x:c r="G48" s="3" t="n">
         <x:v>33730</x:v>
       </x:c>
       <x:c r="H48" s="3" t="n">
@@ -8468,57 +8479,57 @@
       <x:c r="AT48" s="3" t="n">
         <x:v>750257</x:v>
       </x:c>
       <x:c r="AU48" s="3" t="n">
         <x:v>824248</x:v>
       </x:c>
       <x:c r="AV48" s="3" t="n">
         <x:v>871726</x:v>
       </x:c>
       <x:c r="AW48" s="3" t="n">
         <x:v>933688</x:v>
       </x:c>
       <x:c r="AX48" s="3" t="n">
         <x:v>1012121</x:v>
       </x:c>
       <x:c r="AY48" s="3" t="n">
         <x:v>1088616</x:v>
       </x:c>
       <x:c r="AZ48" s="3" t="n">
         <x:v>1166440</x:v>
       </x:c>
       <x:c r="BA48" s="3" t="n">
         <x:v>1268279</x:v>
       </x:c>
       <x:c r="BB48" s="3" t="n">
-        <x:v>1427666</x:v>
+        <x:v>1431818</x:v>
       </x:c>
       <x:c r="BC48" s="3" t="n">
-        <x:v>1582074</x:v>
+        <x:v>1560637</x:v>
       </x:c>
       <x:c r="BD48" s="3" t="n">
-        <x:v>1699267</x:v>
+        <x:v>1698311</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:56">
       <x:c r="A49" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
         <x:v>12052</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>13671</x:v>
       </x:c>
       <x:c r="D49" s="3" t="n">
         <x:v>16245</x:v>
       </x:c>
       <x:c r="E49" s="3" t="n">
         <x:v>18989</x:v>
       </x:c>
       <x:c r="F49" s="3" t="n">
         <x:v>22941</x:v>
       </x:c>
       <x:c r="G49" s="3" t="n">
         <x:v>25855</x:v>
       </x:c>
       <x:c r="H49" s="3" t="n">
@@ -8638,57 +8649,57 @@
       <x:c r="AT49" s="3" t="n">
         <x:v>625197</x:v>
       </x:c>
       <x:c r="AU49" s="3" t="n">
         <x:v>690241</x:v>
       </x:c>
       <x:c r="AV49" s="3" t="n">
         <x:v>735991</x:v>
       </x:c>
       <x:c r="AW49" s="3" t="n">
         <x:v>789761</x:v>
       </x:c>
       <x:c r="AX49" s="3" t="n">
         <x:v>856084</x:v>
       </x:c>
       <x:c r="AY49" s="3" t="n">
         <x:v>917582</x:v>
       </x:c>
       <x:c r="AZ49" s="3" t="n">
         <x:v>976362</x:v>
       </x:c>
       <x:c r="BA49" s="3" t="n">
         <x:v>1060482</x:v>
       </x:c>
       <x:c r="BB49" s="3" t="n">
-        <x:v>1199973</x:v>
+        <x:v>1205332</x:v>
       </x:c>
       <x:c r="BC49" s="3" t="n">
-        <x:v>1317169</x:v>
+        <x:v>1308775</x:v>
       </x:c>
       <x:c r="BD49" s="3" t="n">
-        <x:v>1406391</x:v>
+        <x:v>1415637</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:56">
       <x:c r="A50" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
         <x:v>4734</x:v>
       </x:c>
       <x:c r="C50" s="3" t="n">
         <x:v>5134</x:v>
       </x:c>
       <x:c r="D50" s="3" t="n">
         <x:v>5462</x:v>
       </x:c>
       <x:c r="E50" s="3" t="n">
         <x:v>5863</x:v>
       </x:c>
       <x:c r="F50" s="3" t="n">
         <x:v>7197</x:v>
       </x:c>
       <x:c r="G50" s="3" t="n">
         <x:v>7875</x:v>
       </x:c>
       <x:c r="H50" s="3" t="n">
@@ -8808,57 +8819,57 @@
       <x:c r="AT50" s="3" t="n">
         <x:v>125060</x:v>
       </x:c>
       <x:c r="AU50" s="3" t="n">
         <x:v>134007</x:v>
       </x:c>
       <x:c r="AV50" s="3" t="n">
         <x:v>135735</x:v>
       </x:c>
       <x:c r="AW50" s="3" t="n">
         <x:v>143927</x:v>
       </x:c>
       <x:c r="AX50" s="3" t="n">
         <x:v>156037</x:v>
       </x:c>
       <x:c r="AY50" s="3" t="n">
         <x:v>171034</x:v>
       </x:c>
       <x:c r="AZ50" s="3" t="n">
         <x:v>190078</x:v>
       </x:c>
       <x:c r="BA50" s="3" t="n">
         <x:v>207797</x:v>
       </x:c>
       <x:c r="BB50" s="3" t="n">
-        <x:v>227693</x:v>
+        <x:v>226486</x:v>
       </x:c>
       <x:c r="BC50" s="3" t="n">
-        <x:v>264904</x:v>
+        <x:v>251862</x:v>
       </x:c>
       <x:c r="BD50" s="3" t="n">
-        <x:v>292876</x:v>
+        <x:v>282674</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:56">
       <x:c r="A51" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
         <x:v>25851</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>29382</x:v>
       </x:c>
       <x:c r="D51" s="3" t="n">
         <x:v>34010</x:v>
       </x:c>
       <x:c r="E51" s="3" t="n">
         <x:v>38805</x:v>
       </x:c>
       <x:c r="F51" s="3" t="n">
         <x:v>46251</x:v>
       </x:c>
       <x:c r="G51" s="3" t="n">
         <x:v>53990</x:v>
       </x:c>
       <x:c r="H51" s="3" t="n">
@@ -8978,907 +8989,912 @@
       <x:c r="AT51" s="3" t="n">
         <x:v>1005522</x:v>
       </x:c>
       <x:c r="AU51" s="3" t="n">
         <x:v>1079880</x:v>
       </x:c>
       <x:c r="AV51" s="3" t="n">
         <x:v>1128648</x:v>
       </x:c>
       <x:c r="AW51" s="3" t="n">
         <x:v>1187508</x:v>
       </x:c>
       <x:c r="AX51" s="3" t="n">
         <x:v>1260553</x:v>
       </x:c>
       <x:c r="AY51" s="3" t="n">
         <x:v>1325924</x:v>
       </x:c>
       <x:c r="AZ51" s="3" t="n">
         <x:v>1389754</x:v>
       </x:c>
       <x:c r="BA51" s="3" t="n">
         <x:v>1491689</x:v>
       </x:c>
       <x:c r="BB51" s="3" t="n">
-        <x:v>1666253</x:v>
+        <x:v>1655024</x:v>
       </x:c>
       <x:c r="BC51" s="3" t="n">
-        <x:v>1784839</x:v>
+        <x:v>1764119</x:v>
       </x:c>
       <x:c r="BD51" s="3" t="n">
-        <x:v>1881784</x:v>
+        <x:v>1889289</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:56">
       <x:c r="A52" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
         <x:v>254733</x:v>
       </x:c>
       <x:c r="C52" s="3" t="n">
-        <x:v>278906</x:v>
+        <x:v>280888</x:v>
       </x:c>
       <x:c r="D52" s="3" t="n">
-        <x:v>309560</x:v>
+        <x:v>309120</x:v>
       </x:c>
       <x:c r="E52" s="3" t="n">
-        <x:v>344778</x:v>
+        <x:v>346777</x:v>
       </x:c>
       <x:c r="F52" s="3" t="n">
-        <x:v>414804</x:v>
+        <x:v>415059</x:v>
       </x:c>
       <x:c r="G52" s="3" t="n">
-        <x:v>477324</x:v>
+        <x:v>479822</x:v>
       </x:c>
       <x:c r="H52" s="3" t="n">
-        <x:v>548592</x:v>
+        <x:v>551182</x:v>
       </x:c>
       <x:c r="I52" s="3" t="n">
-        <x:v>632451</x:v>
+        <x:v>629544</x:v>
       </x:c>
       <x:c r="J52" s="3" t="n">
-        <x:v>700381</x:v>
+        <x:v>693474</x:v>
       </x:c>
       <x:c r="K52" s="3" t="n">
-        <x:v>763046</x:v>
+        <x:v>753838</x:v>
       </x:c>
       <x:c r="L52" s="3" t="n">
-        <x:v>872148</x:v>
+        <x:v>861588</x:v>
       </x:c>
       <x:c r="M52" s="3" t="n">
-        <x:v>985989</x:v>
+        <x:v>974889</x:v>
       </x:c>
       <x:c r="N52" s="3" t="n">
-        <x:v>1109437</x:v>
+        <x:v>1094556</x:v>
       </x:c>
       <x:c r="O52" s="3" t="n">
-        <x:v>1211767</x:v>
+        <x:v>1197140</x:v>
       </x:c>
       <x:c r="P52" s="3" t="n">
-        <x:v>1316171</x:v>
+        <x:v>1302807</x:v>
       </x:c>
       <x:c r="Q52" s="3" t="n">
-        <x:v>1435820</x:v>
+        <x:v>1421491</x:v>
       </x:c>
       <x:c r="R52" s="3" t="n">
-        <x:v>1601543</x:v>
+        <x:v>1585078</x:v>
       </x:c>
       <x:c r="S52" s="3" t="n">
-        <x:v>1820338</x:v>
+        <x:v>1799338</x:v>
       </x:c>
       <x:c r="T52" s="3" t="n">
-        <x:v>2023238</x:v>
+        <x:v>1996205</x:v>
       </x:c>
       <x:c r="U52" s="3" t="n">
-        <x:v>2061343</x:v>
+        <x:v>2029082</x:v>
       </x:c>
       <x:c r="V52" s="3" t="n">
-        <x:v>2065626</x:v>
+        <x:v>2045397</x:v>
       </x:c>
       <x:c r="W52" s="3" t="n">
-        <x:v>2088486</x:v>
+        <x:v>2071077</x:v>
       </x:c>
       <x:c r="X52" s="3" t="n">
-        <x:v>2100135</x:v>
+        <x:v>2095885</x:v>
       </x:c>
       <x:c r="Y52" s="3" t="n">
-        <x:v>2131618</x:v>
+        <x:v>2124582</x:v>
       </x:c>
       <x:c r="Z52" s="3" t="n">
-        <x:v>2209901</x:v>
+        <x:v>2210800</x:v>
       </x:c>
       <x:c r="AA52" s="3" t="n">
-        <x:v>2351515</x:v>
+        <x:v>2360121</x:v>
       </x:c>
       <x:c r="AB52" s="3" t="n">
-        <x:v>2478382</x:v>
+        <x:v>2493368</x:v>
       </x:c>
       <x:c r="AC52" s="3" t="n">
-        <x:v>2605949</x:v>
+        <x:v>2634221</x:v>
       </x:c>
       <x:c r="AD52" s="3" t="n">
-        <x:v>2752663</x:v>
+        <x:v>2802607</x:v>
       </x:c>
       <x:c r="AE52" s="3" t="n">
-        <x:v>2906848</x:v>
+        <x:v>2962824</x:v>
       </x:c>
       <x:c r="AF52" s="3" t="n">
-        <x:v>3096782</x:v>
+        <x:v>3152959</x:v>
       </x:c>
       <x:c r="AG52" s="3" t="n">
-        <x:v>3272447</x:v>
+        <x:v>3336771</x:v>
       </x:c>
       <x:c r="AH52" s="3" t="n">
-        <x:v>3391916</x:v>
+        <x:v>3461386</x:v>
       </x:c>
       <x:c r="AI52" s="3" t="n">
-        <x:v>3492194</x:v>
+        <x:v>3578894</x:v>
       </x:c>
       <x:c r="AJ52" s="3" t="n">
-        <x:v>3788911</x:v>
+        <x:v>3869611</x:v>
       </x:c>
       <x:c r="AK52" s="3" t="n">
-        <x:v>4106677</x:v>
+        <x:v>4193977</x:v>
       </x:c>
       <x:c r="AL52" s="3" t="n">
-        <x:v>4499467</x:v>
+        <x:v>4598868</x:v>
       </x:c>
       <x:c r="AM52" s="3" t="n">
-        <x:v>5014468</x:v>
+        <x:v>5134990</x:v>
       </x:c>
       <x:c r="AN52" s="3" t="n">
-        <x:v>5451472</x:v>
+        <x:v>5601738</x:v>
       </x:c>
       <x:c r="AO52" s="3" t="n">
-        <x:v>5736032</x:v>
+        <x:v>5904734</x:v>
       </x:c>
       <x:c r="AP52" s="3" t="n">
-        <x:v>5991892</x:v>
+        <x:v>6174186</x:v>
       </x:c>
       <x:c r="AQ52" s="3" t="n">
-        <x:v>6395583</x:v>
+        <x:v>6600664</x:v>
       </x:c>
       <x:c r="AR52" s="3" t="n">
-        <x:v>6766707</x:v>
+        <x:v>6993487</x:v>
       </x:c>
       <x:c r="AS52" s="3" t="n">
-        <x:v>7109180</x:v>
+        <x:v>7357064</x:v>
       </x:c>
       <x:c r="AT52" s="3" t="n">
-        <x:v>7533996</x:v>
+        <x:v>7816208</x:v>
       </x:c>
       <x:c r="AU52" s="3" t="n">
-        <x:v>7965205</x:v>
+        <x:v>8276323</x:v>
       </x:c>
       <x:c r="AV52" s="3" t="n">
-        <x:v>8359050</x:v>
+        <x:v>8705116</x:v>
       </x:c>
       <x:c r="AW52" s="3" t="n">
-        <x:v>8817704</x:v>
+        <x:v>9199277</x:v>
       </x:c>
       <x:c r="AX52" s="3" t="n">
-        <x:v>9345067</x:v>
+        <x:v>9764598</x:v>
       </x:c>
       <x:c r="AY52" s="3" t="n">
-        <x:v>9860496</x:v>
+        <x:v>10331167</x:v>
       </x:c>
       <x:c r="AZ52" s="3" t="n">
-        <x:v>10377080</x:v>
+        <x:v>10899986</x:v>
       </x:c>
       <x:c r="BA52" s="3" t="n">
-        <x:v>11167534</x:v>
+        <x:v>11751350</x:v>
       </x:c>
       <x:c r="BB52" s="3" t="n">
-        <x:v>12295671</x:v>
+        <x:v>12903260</x:v>
       </x:c>
       <x:c r="BC52" s="3" t="n">
-        <x:v>13271603</x:v>
+        <x:v>13813673</x:v>
       </x:c>
       <x:c r="BD52" s="3" t="n">
-        <x:v>13915403</x:v>
+        <x:v>14701902</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:56">
       <x:c r="A53" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="B53" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>4255099</x:v>
+      <x:c r="B53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="I53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="J53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="K53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="L53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="M53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="N53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="O53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="P53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="R53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="S53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="T53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="U53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="V53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="W53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="X53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Y53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Z53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AA53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AB53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AC53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AD53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AE53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AF53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AG53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AH53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AI53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AJ53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AK53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AL53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AM53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AN53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AO53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AP53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AQ53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AR53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AS53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AT53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AU53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AV53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AW53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AX53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AY53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AZ53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BA53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BB53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BC53" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BD53" s="4" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:56">
       <x:c r="A54" s="2" t="s">
-        <x:v>106</x:v>
-[...164 lines deleted...]
-        <x:v>6851686</x:v>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="I54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="J54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="K54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="L54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="M54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="N54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="O54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="P54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Q54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="R54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="S54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="T54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="U54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="V54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="W54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="X54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Y54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Z54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AA54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AB54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AC54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AD54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AE54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AF54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AG54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AH54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AI54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AJ54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AK54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AL54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AM54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AN54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AO54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AP54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AQ54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AR54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AS54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AT54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AU54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AV54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AW54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AX54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AY54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AZ54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BA54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BB54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BC54" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BD54" s="4" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:56">
       <x:c r="A55" s="2" t="s">
-        <x:v>107</x:v>
-[...164 lines deleted...]
-        <x:v>9660304</x:v>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="I55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="J55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="K55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="L55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="M55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="N55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="O55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="P55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="R55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="S55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="T55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="U55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="V55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="W55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="X55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Y55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Z55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AA55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AB55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AC55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AD55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AE55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AF55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AG55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AH55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AI55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AJ55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AK55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AL55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AM55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AN55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AO55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AP55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AQ55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AR55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AS55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AT55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AU55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AV55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AW55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AX55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AY55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AZ55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BA55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BB55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BC55" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BD55" s="4" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:56">
       <x:c r="A57" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:56">
       <x:c r="A58" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:56">
-[...1 lines deleted...]
-        <x:v>110</x:v>
+    <x:row r="59" spans="1:56">
+      <x:c r="A59" s="0" t="s">
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:56">
       <x:c r="A61" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:56">
       <x:c r="A62" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:56">
-[...1 lines deleted...]
-        <x:v>113</x:v>
+    <x:row r="63" spans="1:56">
+      <x:c r="A63" s="0" t="s">
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:56">
       <x:c r="A65" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:56">
-[...1 lines deleted...]
-        <x:v>115</x:v>
+    <x:row r="66" spans="1:56">
+      <x:c r="A66" s="0" t="s">
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:56">
       <x:c r="A68" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:56">
       <x:c r="A69" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:56">
       <x:c r="A70" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:56">
       <x:c r="A71" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
-    <x:row r="73" spans="1:56">
-[...1 lines deleted...]
-        <x:v>119</x:v>
+    <x:row r="72" spans="1:56">
+      <x:c r="A72" s="0" t="s">
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:56">
       <x:c r="A74" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:56">
       <x:c r="A75" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
-    <x:row r="77" spans="1:56">
-[...1 lines deleted...]
-        <x:v>122</x:v>
+    <x:row r="76" spans="1:56">
+      <x:c r="A76" s="0" t="s">
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:56">
       <x:c r="A78" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:56">
       <x:c r="A79" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
-    <x:row r="84" spans="1:56">
-[...1 lines deleted...]
-        <x:v>125</x:v>
+    <x:row r="80" spans="1:56">
+      <x:c r="A80" s="0" t="s">
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:56">
       <x:c r="A85" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:56">
       <x:c r="A86" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:56">
       <x:c r="A87" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:56">
       <x:c r="A88" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:56">
       <x:c r="A89" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
-    <x:row r="91" spans="1:56">
-[...1 lines deleted...]
-        <x:v>129</x:v>
+    <x:row r="90" spans="1:56">
+      <x:c r="A90" s="0" t="s">
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:56">
       <x:c r="A92" s="0" t="s">
-        <x:v>1</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:56">
       <x:c r="A93" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="96" spans="1:56">
-[...1 lines deleted...]
-        <x:v>111</x:v>
+    <x:row r="94" spans="1:56">
+      <x:c r="A94" s="0" t="s">
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:56">
       <x:c r="A97" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
-    <x:row r="101" spans="1:56">
-[...1 lines deleted...]
-        <x:v>132</x:v>
+    <x:row r="98" spans="1:56">
+      <x:c r="A98" s="0" t="s">
+        <x:v>133</x:v>
       </x:c>
     </x:row>
-    <x:row r="103" spans="1:56">
-[...1 lines deleted...]
-        <x:v>133</x:v>
+    <x:row r="102" spans="1:56">
+      <x:c r="A102" s="0" t="s">
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:56">
       <x:c r="A104" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
-    <x:row r="106" spans="1:56">
-[...1 lines deleted...]
-        <x:v>135</x:v>
+    <x:row r="105" spans="1:56">
+      <x:c r="A105" s="0" t="s">
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:56">
       <x:c r="A107" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:56">
+      <x:c r="A108" s="0" t="s">
+        <x:v>138</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>KAPN</vt:lpstr>
       <vt:lpstr>KAPN!Print_Area</vt:lpstr>
       <vt:lpstr>KAPN!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>