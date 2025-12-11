--- v0 (2025-11-14)
+++ v1 (2025-12-11)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62feae5c95d4426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c7a804bc21ac4563b8575a708f4b4c94.psmdcp" Id="R6c545d867f0c4dee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0da62b2a832c4c41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb61ab48fd7c4e82b8bdb5fec756ad44.psmdcp" Id="Ra9dca4beaf294ec9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="226">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="227">
   <x:si>
     <x:t>09183: Gross fixed capital formation, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million)</x:t>
   </x:si>
   <x:si>
     <x:t>1978K1</x:t>
   </x:si>
   <x:si>
     <x:t>1978K2</x:t>
   </x:si>
   <x:si>
     <x:t>1978K3</x:t>
   </x:si>
   <x:si>
     <x:t>1978K4</x:t>
   </x:si>
   <x:si>
     <x:t>1979K1</x:t>
   </x:si>
   <x:si>
     <x:t>1979K2</x:t>
   </x:si>
   <x:si>
@@ -586,96 +586,99 @@
   <x:si>
     <x:t>2023K3</x:t>
   </x:si>
   <x:si>
     <x:t>2023K4</x:t>
   </x:si>
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
+    <x:t>2025K3</x:t>
+  </x:si>
+  <x:si>
     <x:t>Building and construction</x:t>
   </x:si>
   <x:si>
     <x:t>Oil exploraion, drilling, pipelines for oil and gas</x:t>
   </x:si>
   <x:si>
     <x:t>Oil platforms etc</x:t>
   </x:si>
   <x:si>
     <x:t>Ships and boats</x:t>
   </x:si>
   <x:si>
     <x:t>Other transport equipment</x:t>
   </x:si>
   <x:si>
     <x:t>Machinery and equipment</x:t>
   </x:si>
   <x:si>
     <x:t>Cultivated biological resources</x:t>
   </x:si>
   <x:si>
     <x:t>Intellectual property products, except oil exploration</x:t>
   </x:si>
   <x:si>
     <x:t>Acquisitions less disposals of valuables</x:t>
   </x:si>
   <x:si>
     <x:t>.</x:t>
   </x:si>
   <x:si>
-    <x:t>Unadjusted figures from the base year (final annual accounts) are preliminary.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>In the time series in volume, the figures from the base year and onwards are fixed price figures while data prior to the base year are chained volume figures. This implies that additivity in volume is lost prior to the base year.</x:t>
   </x:si>
   <x:si>
     <x:t>. = Category not applicable. Figures do not exist at this time, because the category was not in use when the figures were collected.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250821 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Achraf Bougroug, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 15</x:t>
   </x:si>
   <x:si>
     <x:t>acb@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>NOK million</x:t>
   </x:si>
@@ -1081,70 +1084,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:GI58"/>
+  <x:dimension ref="A1:GJ58"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="191" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="192" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:191">
+    <x:row r="1" spans="1:192">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:191">
+    <x:row r="3" spans="1:192">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:191">
+    <x:row r="4" spans="1:192">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -1671,629 +1674,635 @@
       </x:c>
       <x:c r="GB4" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="GC4" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="GD4" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="GE4" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="GF4" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="GG4" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="GH4" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="GI4" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
+      <x:c r="GJ4" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:191">
+    <x:row r="5" spans="1:192">
       <x:c r="A5" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>8811</x:v>
+        <x:v>8820</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>9508</x:v>
+        <x:v>9515</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>10366</x:v>
+        <x:v>10376</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>10729</x:v>
+        <x:v>10741</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>8838</x:v>
+        <x:v>8847</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>9902</x:v>
+        <x:v>9910</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>10543</x:v>
+        <x:v>10554</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
+        <x:v>10954</x:v>
+      </x:c>
+      <x:c r="J5" s="3" t="n">
+        <x:v>9550</x:v>
+      </x:c>
+      <x:c r="K5" s="3" t="n">
         <x:v>10941</x:v>
       </x:c>
-      <x:c r="J5" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>11947</x:v>
+        <x:v>11956</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>12275</x:v>
+        <x:v>12287</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>10571</x:v>
+        <x:v>10577</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>11966</x:v>
+        <x:v>11972</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>13024</x:v>
+        <x:v>13034</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>13156</x:v>
+        <x:v>13169</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>11212</x:v>
+        <x:v>11231</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>12581</x:v>
+        <x:v>12599</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>13467</x:v>
+        <x:v>13490</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>13672</x:v>
+        <x:v>13699</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>11713</x:v>
+        <x:v>11721</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>13373</x:v>
+        <x:v>13382</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>14556</x:v>
+        <x:v>14570</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>14682</x:v>
+        <x:v>14702</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>12619</x:v>
+        <x:v>12629</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>13692</x:v>
+        <x:v>13702</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>15422</x:v>
+        <x:v>15439</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>15849</x:v>
+        <x:v>15872</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>13019</x:v>
+        <x:v>13029</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>14415</x:v>
+        <x:v>14425</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>16261</x:v>
+        <x:v>16279</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>17392</x:v>
+        <x:v>17417</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>15005</x:v>
+        <x:v>15024</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>16898</x:v>
+        <x:v>16919</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>19971</x:v>
+        <x:v>20002</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>21454</x:v>
+        <x:v>21496</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>18691</x:v>
+        <x:v>18723</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>19587</x:v>
+        <x:v>19618</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>22235</x:v>
+        <x:v>22266</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>24919</x:v>
+        <x:v>24958</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>21795</x:v>
+        <x:v>21837</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>22378</x:v>
+        <x:v>22416</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>22468</x:v>
+        <x:v>22503</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>22992</x:v>
+        <x:v>23029</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>18663</x:v>
+        <x:v>18709</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>19126</x:v>
+        <x:v>19162</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>18786</x:v>
+        <x:v>18819</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>20102</x:v>
+        <x:v>20136</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>16204</x:v>
+        <x:v>16253</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>16420</x:v>
+        <x:v>16455</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>16438</x:v>
+        <x:v>16471</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>17940</x:v>
+        <x:v>17973</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>15045</x:v>
+        <x:v>15097</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>15092</x:v>
+        <x:v>15135</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>15807</x:v>
+        <x:v>15853</x:v>
       </x:c>
       <x:c r="BE5" s="3" t="n">
-        <x:v>17870</x:v>
+        <x:v>17921</x:v>
       </x:c>
       <x:c r="BF5" s="3" t="n">
-        <x:v>13647</x:v>
+        <x:v>13695</x:v>
       </x:c>
       <x:c r="BG5" s="3" t="n">
-        <x:v>15260</x:v>
+        <x:v>15307</x:v>
       </x:c>
       <x:c r="BH5" s="3" t="n">
-        <x:v>14939</x:v>
+        <x:v>14986</x:v>
       </x:c>
       <x:c r="BI5" s="3" t="n">
-        <x:v>18700</x:v>
+        <x:v>18754</x:v>
       </x:c>
       <x:c r="BJ5" s="3" t="n">
-        <x:v>12771</x:v>
+        <x:v>12821</x:v>
       </x:c>
       <x:c r="BK5" s="3" t="n">
-        <x:v>14185</x:v>
+        <x:v>14231</x:v>
       </x:c>
       <x:c r="BL5" s="3" t="n">
-        <x:v>15031</x:v>
+        <x:v>15082</x:v>
       </x:c>
       <x:c r="BM5" s="3" t="n">
-        <x:v>17940</x:v>
+        <x:v>18010</x:v>
       </x:c>
       <x:c r="BN5" s="3" t="n">
-        <x:v>13959</x:v>
+        <x:v>13993</x:v>
       </x:c>
       <x:c r="BO5" s="3" t="n">
-        <x:v>15502</x:v>
+        <x:v>15535</x:v>
       </x:c>
       <x:c r="BP5" s="3" t="n">
-        <x:v>18472</x:v>
+        <x:v>18522</x:v>
       </x:c>
       <x:c r="BQ5" s="3" t="n">
-        <x:v>20503</x:v>
+        <x:v>20567</x:v>
       </x:c>
       <x:c r="BR5" s="3" t="n">
-        <x:v>18915</x:v>
+        <x:v>18951</x:v>
       </x:c>
       <x:c r="BS5" s="3" t="n">
-        <x:v>19543</x:v>
+        <x:v>19577</x:v>
       </x:c>
       <x:c r="BT5" s="3" t="n">
-        <x:v>20820</x:v>
+        <x:v>20857</x:v>
       </x:c>
       <x:c r="BU5" s="3" t="n">
-        <x:v>22904</x:v>
+        <x:v>22949</x:v>
       </x:c>
       <x:c r="BV5" s="3" t="n">
-        <x:v>21072</x:v>
+        <x:v>21110</x:v>
       </x:c>
       <x:c r="BW5" s="3" t="n">
-        <x:v>21561</x:v>
+        <x:v>21589</x:v>
       </x:c>
       <x:c r="BX5" s="3" t="n">
-        <x:v>22726</x:v>
+        <x:v>22765</x:v>
       </x:c>
       <x:c r="BY5" s="3" t="n">
-        <x:v>24959</x:v>
+        <x:v>25012</x:v>
       </x:c>
       <x:c r="BZ5" s="3" t="n">
-        <x:v>23169</x:v>
+        <x:v>23211</x:v>
       </x:c>
       <x:c r="CA5" s="3" t="n">
-        <x:v>24491</x:v>
+        <x:v>24528</x:v>
       </x:c>
       <x:c r="CB5" s="3" t="n">
-        <x:v>25572</x:v>
+        <x:v>25617</x:v>
       </x:c>
       <x:c r="CC5" s="3" t="n">
-        <x:v>27221</x:v>
+        <x:v>27285</x:v>
       </x:c>
       <x:c r="CD5" s="3" t="n">
-        <x:v>26851</x:v>
+        <x:v>26911</x:v>
       </x:c>
       <x:c r="CE5" s="3" t="n">
-        <x:v>24478</x:v>
+        <x:v>24525</x:v>
       </x:c>
       <x:c r="CF5" s="3" t="n">
-        <x:v>27346</x:v>
+        <x:v>27393</x:v>
       </x:c>
       <x:c r="CG5" s="3" t="n">
-        <x:v>30218</x:v>
+        <x:v>30271</x:v>
       </x:c>
       <x:c r="CH5" s="3" t="n">
-        <x:v>26157</x:v>
+        <x:v>26212</x:v>
       </x:c>
       <x:c r="CI5" s="3" t="n">
-        <x:v>26331</x:v>
+        <x:v>26384</x:v>
       </x:c>
       <x:c r="CJ5" s="3" t="n">
-        <x:v>28283</x:v>
+        <x:v>28339</x:v>
       </x:c>
       <x:c r="CK5" s="3" t="n">
-        <x:v>32463</x:v>
+        <x:v>32541</x:v>
       </x:c>
       <x:c r="CL5" s="3" t="n">
-        <x:v>28069</x:v>
+        <x:v>28146</x:v>
       </x:c>
       <x:c r="CM5" s="3" t="n">
-        <x:v>27809</x:v>
+        <x:v>27870</x:v>
       </x:c>
       <x:c r="CN5" s="3" t="n">
-        <x:v>28837</x:v>
+        <x:v>28898</x:v>
       </x:c>
       <x:c r="CO5" s="3" t="n">
-        <x:v>32530</x:v>
+        <x:v>32611</x:v>
       </x:c>
       <x:c r="CP5" s="3" t="n">
-        <x:v>30880</x:v>
+        <x:v>31073</x:v>
       </x:c>
       <x:c r="CQ5" s="3" t="n">
-        <x:v>30102</x:v>
+        <x:v>30268</x:v>
       </x:c>
       <x:c r="CR5" s="3" t="n">
-        <x:v>31400</x:v>
+        <x:v>31565</x:v>
       </x:c>
       <x:c r="CS5" s="3" t="n">
-        <x:v>33079</x:v>
+        <x:v>33258</x:v>
       </x:c>
       <x:c r="CT5" s="3" t="n">
-        <x:v>32487</x:v>
+        <x:v>32913</x:v>
       </x:c>
       <x:c r="CU5" s="3" t="n">
-        <x:v>31010</x:v>
+        <x:v>31375</x:v>
       </x:c>
       <x:c r="CV5" s="3" t="n">
-        <x:v>32300</x:v>
+        <x:v>32680</x:v>
       </x:c>
       <x:c r="CW5" s="3" t="n">
-        <x:v>32890</x:v>
+        <x:v>33237</x:v>
       </x:c>
       <x:c r="CX5" s="3" t="n">
-        <x:v>34030</x:v>
+        <x:v>34118</x:v>
       </x:c>
       <x:c r="CY5" s="3" t="n">
-        <x:v>33541</x:v>
+        <x:v>33546</x:v>
       </x:c>
       <x:c r="CZ5" s="3" t="n">
-        <x:v>35598</x:v>
+        <x:v>35655</x:v>
       </x:c>
       <x:c r="DA5" s="3" t="n">
-        <x:v>35843</x:v>
+        <x:v>35908</x:v>
       </x:c>
       <x:c r="DB5" s="3" t="n">
-        <x:v>35975</x:v>
+        <x:v>37036</x:v>
       </x:c>
       <x:c r="DC5" s="3" t="n">
-        <x:v>39118</x:v>
+        <x:v>40193</x:v>
       </x:c>
       <x:c r="DD5" s="3" t="n">
-        <x:v>40559</x:v>
+        <x:v>41637</x:v>
       </x:c>
       <x:c r="DE5" s="3" t="n">
-        <x:v>46762</x:v>
+        <x:v>47928</x:v>
       </x:c>
       <x:c r="DF5" s="3" t="n">
-        <x:v>42272</x:v>
+        <x:v>42147</x:v>
       </x:c>
       <x:c r="DG5" s="3" t="n">
-        <x:v>45702</x:v>
+        <x:v>45649</x:v>
       </x:c>
       <x:c r="DH5" s="3" t="n">
-        <x:v>45515</x:v>
+        <x:v>45465</x:v>
       </x:c>
       <x:c r="DI5" s="3" t="n">
-        <x:v>53388</x:v>
+        <x:v>53539</x:v>
       </x:c>
       <x:c r="DJ5" s="3" t="n">
-        <x:v>51542</x:v>
+        <x:v>52692</x:v>
       </x:c>
       <x:c r="DK5" s="3" t="n">
-        <x:v>53250</x:v>
+        <x:v>54380</x:v>
       </x:c>
       <x:c r="DL5" s="3" t="n">
-        <x:v>52768</x:v>
+        <x:v>53875</x:v>
       </x:c>
       <x:c r="DM5" s="3" t="n">
-        <x:v>61695</x:v>
+        <x:v>63184</x:v>
       </x:c>
       <x:c r="DN5" s="3" t="n">
-        <x:v>61992</x:v>
+        <x:v>64235</x:v>
       </x:c>
       <x:c r="DO5" s="3" t="n">
-        <x:v>63414</x:v>
+        <x:v>65567</x:v>
       </x:c>
       <x:c r="DP5" s="3" t="n">
-        <x:v>63886</x:v>
+        <x:v>66313</x:v>
       </x:c>
       <x:c r="DQ5" s="3" t="n">
-        <x:v>71305</x:v>
+        <x:v>74489</x:v>
       </x:c>
       <x:c r="DR5" s="3" t="n">
-        <x:v>64261</x:v>
+        <x:v>68896</x:v>
       </x:c>
       <x:c r="DS5" s="3" t="n">
-        <x:v>65170</x:v>
+        <x:v>69832</x:v>
       </x:c>
       <x:c r="DT5" s="3" t="n">
-        <x:v>65897</x:v>
+        <x:v>70503</x:v>
       </x:c>
       <x:c r="DU5" s="3" t="n">
-        <x:v>70641</x:v>
+        <x:v>75690</x:v>
       </x:c>
       <x:c r="DV5" s="3" t="n">
-        <x:v>58854</x:v>
+        <x:v>62336</x:v>
       </x:c>
       <x:c r="DW5" s="3" t="n">
-        <x:v>60700</x:v>
+        <x:v>63683</x:v>
       </x:c>
       <x:c r="DX5" s="3" t="n">
-        <x:v>58777</x:v>
+        <x:v>61533</x:v>
       </x:c>
       <x:c r="DY5" s="3" t="n">
-        <x:v>63498</x:v>
+        <x:v>66449</x:v>
       </x:c>
       <x:c r="DZ5" s="3" t="n">
-        <x:v>53832</x:v>
+        <x:v>56046</x:v>
       </x:c>
       <x:c r="EA5" s="3" t="n">
-        <x:v>58287</x:v>
+        <x:v>60709</x:v>
       </x:c>
       <x:c r="EB5" s="3" t="n">
-        <x:v>59836</x:v>
+        <x:v>62099</x:v>
       </x:c>
       <x:c r="EC5" s="3" t="n">
-        <x:v>66212</x:v>
+        <x:v>68828</x:v>
       </x:c>
       <x:c r="ED5" s="3" t="n">
-        <x:v>61179</x:v>
+        <x:v>64632</x:v>
       </x:c>
       <x:c r="EE5" s="3" t="n">
-        <x:v>65734</x:v>
+        <x:v>69031</x:v>
       </x:c>
       <x:c r="EF5" s="3" t="n">
-        <x:v>67736</x:v>
+        <x:v>71002</x:v>
       </x:c>
       <x:c r="EG5" s="3" t="n">
-        <x:v>72960</x:v>
+        <x:v>76567</x:v>
       </x:c>
       <x:c r="EH5" s="3" t="n">
-        <x:v>67660</x:v>
+        <x:v>71301</x:v>
       </x:c>
       <x:c r="EI5" s="3" t="n">
-        <x:v>69281</x:v>
+        <x:v>72870</x:v>
       </x:c>
       <x:c r="EJ5" s="3" t="n">
-        <x:v>75483</x:v>
+        <x:v>79244</x:v>
       </x:c>
       <x:c r="EK5" s="3" t="n">
-        <x:v>79412</x:v>
+        <x:v>83464</x:v>
       </x:c>
       <x:c r="EL5" s="3" t="n">
-        <x:v>74881</x:v>
+        <x:v>78625</x:v>
       </x:c>
       <x:c r="EM5" s="3" t="n">
-        <x:v>77151</x:v>
+        <x:v>81234</x:v>
       </x:c>
       <x:c r="EN5" s="3" t="n">
-        <x:v>77729</x:v>
+        <x:v>81556</x:v>
       </x:c>
       <x:c r="EO5" s="3" t="n">
-        <x:v>83170</x:v>
+        <x:v>87416</x:v>
       </x:c>
       <x:c r="EP5" s="3" t="n">
-        <x:v>80546</x:v>
+        <x:v>85442</x:v>
       </x:c>
       <x:c r="EQ5" s="3" t="n">
-        <x:v>85107</x:v>
+        <x:v>90186</x:v>
       </x:c>
       <x:c r="ER5" s="3" t="n">
-        <x:v>84789</x:v>
+        <x:v>89803</x:v>
       </x:c>
       <x:c r="ES5" s="3" t="n">
-        <x:v>85893</x:v>
+        <x:v>91282</x:v>
       </x:c>
       <x:c r="ET5" s="3" t="n">
-        <x:v>84704</x:v>
+        <x:v>90434</x:v>
       </x:c>
       <x:c r="EU5" s="3" t="n">
-        <x:v>89166</x:v>
+        <x:v>95274</x:v>
       </x:c>
       <x:c r="EV5" s="3" t="n">
-        <x:v>88506</x:v>
+        <x:v>94496</x:v>
       </x:c>
       <x:c r="EW5" s="3" t="n">
-        <x:v>92628</x:v>
+        <x:v>98804</x:v>
       </x:c>
       <x:c r="EX5" s="3" t="n">
-        <x:v>82030</x:v>
+        <x:v>88937</x:v>
       </x:c>
       <x:c r="EY5" s="3" t="n">
-        <x:v>96446</x:v>
+        <x:v>103354</x:v>
       </x:c>
       <x:c r="EZ5" s="3" t="n">
-        <x:v>97085</x:v>
+        <x:v>103992</x:v>
       </x:c>
       <x:c r="FA5" s="3" t="n">
-        <x:v>112799</x:v>
+        <x:v>119707</x:v>
       </x:c>
       <x:c r="FB5" s="3" t="n">
-        <x:v>95733</x:v>
+        <x:v>102746</x:v>
       </x:c>
       <x:c r="FC5" s="3" t="n">
-        <x:v>101150</x:v>
+        <x:v>108164</x:v>
       </x:c>
       <x:c r="FD5" s="3" t="n">
-        <x:v>102339</x:v>
+        <x:v>109353</x:v>
       </x:c>
       <x:c r="FE5" s="3" t="n">
-        <x:v>113021</x:v>
+        <x:v>120035</x:v>
       </x:c>
       <x:c r="FF5" s="3" t="n">
-        <x:v>93519</x:v>
+        <x:v>99901</x:v>
       </x:c>
       <x:c r="FG5" s="3" t="n">
-        <x:v>100867</x:v>
+        <x:v>107249</x:v>
       </x:c>
       <x:c r="FH5" s="3" t="n">
-        <x:v>102642</x:v>
+        <x:v>109025</x:v>
       </x:c>
       <x:c r="FI5" s="3" t="n">
-        <x:v>117102</x:v>
+        <x:v>123485</x:v>
       </x:c>
       <x:c r="FJ5" s="3" t="n">
-        <x:v>97695</x:v>
+        <x:v>106144</x:v>
       </x:c>
       <x:c r="FK5" s="3" t="n">
-        <x:v>109643</x:v>
+        <x:v>118092</x:v>
       </x:c>
       <x:c r="FL5" s="3" t="n">
-        <x:v>109358</x:v>
+        <x:v>117807</x:v>
       </x:c>
       <x:c r="FM5" s="3" t="n">
-        <x:v>122993</x:v>
+        <x:v>131442</x:v>
       </x:c>
       <x:c r="FN5" s="3" t="n">
-        <x:v>96160</x:v>
+        <x:v>104466</x:v>
       </x:c>
       <x:c r="FO5" s="3" t="n">
-        <x:v>107467</x:v>
+        <x:v>115773</x:v>
       </x:c>
       <x:c r="FP5" s="3" t="n">
-        <x:v>106089</x:v>
+        <x:v>114395</x:v>
       </x:c>
       <x:c r="FQ5" s="3" t="n">
-        <x:v>123763</x:v>
+        <x:v>132069</x:v>
       </x:c>
       <x:c r="FR5" s="3" t="n">
-        <x:v>101832</x:v>
+        <x:v>112638</x:v>
       </x:c>
       <x:c r="FS5" s="3" t="n">
-        <x:v>118210</x:v>
+        <x:v>129016</x:v>
       </x:c>
       <x:c r="FT5" s="3" t="n">
-        <x:v>116693</x:v>
+        <x:v>127499</x:v>
       </x:c>
       <x:c r="FU5" s="3" t="n">
-        <x:v>136017</x:v>
+        <x:v>146823</x:v>
       </x:c>
       <x:c r="FV5" s="3" t="n">
-        <x:v>115426</x:v>
+        <x:v>132251</x:v>
       </x:c>
       <x:c r="FW5" s="3" t="n">
-        <x:v>129667</x:v>
+        <x:v>146051</x:v>
       </x:c>
       <x:c r="FX5" s="3" t="n">
-        <x:v>127583</x:v>
+        <x:v>144851</x:v>
       </x:c>
       <x:c r="FY5" s="3" t="n">
-        <x:v>144873</x:v>
+        <x:v>160948</x:v>
       </x:c>
       <x:c r="FZ5" s="3" t="n">
-        <x:v>119122</x:v>
+        <x:v>132496</x:v>
       </x:c>
       <x:c r="GA5" s="3" t="n">
-        <x:v>121408</x:v>
+        <x:v>133753</x:v>
       </x:c>
       <x:c r="GB5" s="3" t="n">
-        <x:v>119134</x:v>
+        <x:v>130236</x:v>
       </x:c>
       <x:c r="GC5" s="3" t="n">
-        <x:v>136099</x:v>
+        <x:v>145986</x:v>
       </x:c>
       <x:c r="GD5" s="3" t="n">
-        <x:v>106215</x:v>
+        <x:v>117668</x:v>
       </x:c>
       <x:c r="GE5" s="3" t="n">
-        <x:v>116602</x:v>
+        <x:v>130722</x:v>
       </x:c>
       <x:c r="GF5" s="3" t="n">
-        <x:v>114765</x:v>
+        <x:v>128986</x:v>
       </x:c>
       <x:c r="GG5" s="3" t="n">
-        <x:v>128279</x:v>
+        <x:v>143617</x:v>
       </x:c>
       <x:c r="GH5" s="3" t="n">
-        <x:v>101767</x:v>
+        <x:v>117534</x:v>
       </x:c>
       <x:c r="GI5" s="3" t="n">
-        <x:v>118103</x:v>
+        <x:v>135150</x:v>
+      </x:c>
+      <x:c r="GJ5" s="3" t="n">
+        <x:v>130460</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:191">
+    <x:row r="6" spans="1:192">
       <x:c r="A6" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>705</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>819</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>807</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>1206</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
         <x:v>580</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
         <x:v>883</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
         <x:v>962</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
         <x:v>991</x:v>
       </x:c>
@@ -2528,347 +2537,350 @@
       <x:c r="CH6" s="3" t="n">
         <x:v>7723</x:v>
       </x:c>
       <x:c r="CI6" s="3" t="n">
         <x:v>8011</x:v>
       </x:c>
       <x:c r="CJ6" s="3" t="n">
         <x:v>6591</x:v>
       </x:c>
       <x:c r="CK6" s="3" t="n">
         <x:v>5867</x:v>
       </x:c>
       <x:c r="CL6" s="3" t="n">
         <x:v>5968</x:v>
       </x:c>
       <x:c r="CM6" s="3" t="n">
         <x:v>6436</x:v>
       </x:c>
       <x:c r="CN6" s="3" t="n">
         <x:v>6922</x:v>
       </x:c>
       <x:c r="CO6" s="3" t="n">
         <x:v>7132</x:v>
       </x:c>
       <x:c r="CP6" s="3" t="n">
-        <x:v>8053</x:v>
+        <x:v>8085</x:v>
       </x:c>
       <x:c r="CQ6" s="3" t="n">
-        <x:v>7689</x:v>
+        <x:v>7720</x:v>
       </x:c>
       <x:c r="CR6" s="3" t="n">
-        <x:v>8518</x:v>
+        <x:v>8551</x:v>
       </x:c>
       <x:c r="CS6" s="3" t="n">
-        <x:v>8843</x:v>
+        <x:v>8877</x:v>
       </x:c>
       <x:c r="CT6" s="3" t="n">
-        <x:v>7296</x:v>
+        <x:v>7356</x:v>
       </x:c>
       <x:c r="CU6" s="3" t="n">
-        <x:v>6471</x:v>
+        <x:v>6524</x:v>
       </x:c>
       <x:c r="CV6" s="3" t="n">
-        <x:v>6145</x:v>
+        <x:v>6194</x:v>
       </x:c>
       <x:c r="CW6" s="3" t="n">
-        <x:v>6789</x:v>
+        <x:v>6844</x:v>
       </x:c>
       <x:c r="CX6" s="3" t="n">
-        <x:v>6782</x:v>
+        <x:v>6855</x:v>
       </x:c>
       <x:c r="CY6" s="3" t="n">
-        <x:v>7578</x:v>
+        <x:v>7658</x:v>
       </x:c>
       <x:c r="CZ6" s="3" t="n">
-        <x:v>7285</x:v>
+        <x:v>7367</x:v>
       </x:c>
       <x:c r="DA6" s="3" t="n">
-        <x:v>6710</x:v>
+        <x:v>6788</x:v>
       </x:c>
       <x:c r="DB6" s="3" t="n">
-        <x:v>6953</x:v>
+        <x:v>7054</x:v>
       </x:c>
       <x:c r="DC6" s="3" t="n">
-        <x:v>7794</x:v>
+        <x:v>7896</x:v>
       </x:c>
       <x:c r="DD6" s="3" t="n">
-        <x:v>7618</x:v>
+        <x:v>7712</x:v>
       </x:c>
       <x:c r="DE6" s="3" t="n">
-        <x:v>9340</x:v>
+        <x:v>9459</x:v>
       </x:c>
       <x:c r="DF6" s="3" t="n">
-        <x:v>9317</x:v>
+        <x:v>9471</x:v>
       </x:c>
       <x:c r="DG6" s="3" t="n">
-        <x:v>11969</x:v>
+        <x:v>12150</x:v>
       </x:c>
       <x:c r="DH6" s="3" t="n">
-        <x:v>11448</x:v>
+        <x:v>11621</x:v>
       </x:c>
       <x:c r="DI6" s="3" t="n">
-        <x:v>13569</x:v>
+        <x:v>13808</x:v>
       </x:c>
       <x:c r="DJ6" s="3" t="n">
-        <x:v>9921</x:v>
+        <x:v>10147</x:v>
       </x:c>
       <x:c r="DK6" s="3" t="n">
-        <x:v>11405</x:v>
+        <x:v>11652</x:v>
       </x:c>
       <x:c r="DL6" s="3" t="n">
-        <x:v>11862</x:v>
+        <x:v>12105</x:v>
       </x:c>
       <x:c r="DM6" s="3" t="n">
-        <x:v>12239</x:v>
+        <x:v>12519</x:v>
       </x:c>
       <x:c r="DN6" s="3" t="n">
-        <x:v>12061</x:v>
+        <x:v>12392</x:v>
       </x:c>
       <x:c r="DO6" s="3" t="n">
-        <x:v>14162</x:v>
+        <x:v>14540</x:v>
       </x:c>
       <x:c r="DP6" s="3" t="n">
-        <x:v>15106</x:v>
+        <x:v>15508</x:v>
       </x:c>
       <x:c r="DQ6" s="3" t="n">
-        <x:v>15078</x:v>
+        <x:v>15511</x:v>
       </x:c>
       <x:c r="DR6" s="3" t="n">
-        <x:v>12972</x:v>
+        <x:v>13392</x:v>
       </x:c>
       <x:c r="DS6" s="3" t="n">
-        <x:v>15208</x:v>
+        <x:v>15697</x:v>
       </x:c>
       <x:c r="DT6" s="3" t="n">
-        <x:v>18238</x:v>
+        <x:v>18830</x:v>
       </x:c>
       <x:c r="DU6" s="3" t="n">
-        <x:v>18104</x:v>
+        <x:v>18704</x:v>
       </x:c>
       <x:c r="DV6" s="3" t="n">
-        <x:v>18762</x:v>
+        <x:v>19468</x:v>
       </x:c>
       <x:c r="DW6" s="3" t="n">
-        <x:v>17503</x:v>
+        <x:v>18160</x:v>
       </x:c>
       <x:c r="DX6" s="3" t="n">
-        <x:v>18609</x:v>
+        <x:v>19300</x:v>
       </x:c>
       <x:c r="DY6" s="3" t="n">
-        <x:v>16175</x:v>
+        <x:v>16781</x:v>
       </x:c>
       <x:c r="DZ6" s="3" t="n">
-        <x:v>17025</x:v>
+        <x:v>17727</x:v>
       </x:c>
       <x:c r="EA6" s="3" t="n">
-        <x:v>18775</x:v>
+        <x:v>19557</x:v>
       </x:c>
       <x:c r="EB6" s="3" t="n">
-        <x:v>17959</x:v>
+        <x:v>18708</x:v>
       </x:c>
       <x:c r="EC6" s="3" t="n">
-        <x:v>19581</x:v>
+        <x:v>20397</x:v>
       </x:c>
       <x:c r="ED6" s="3" t="n">
-        <x:v>19048</x:v>
+        <x:v>19918</x:v>
       </x:c>
       <x:c r="EE6" s="3" t="n">
-        <x:v>18972</x:v>
+        <x:v>19845</x:v>
       </x:c>
       <x:c r="EF6" s="3" t="n">
-        <x:v>21728</x:v>
+        <x:v>22725</x:v>
       </x:c>
       <x:c r="EG6" s="3" t="n">
-        <x:v>19963</x:v>
+        <x:v>20878</x:v>
       </x:c>
       <x:c r="EH6" s="3" t="n">
-        <x:v>20350</x:v>
+        <x:v>21371</x:v>
       </x:c>
       <x:c r="EI6" s="3" t="n">
-        <x:v>22477</x:v>
+        <x:v>23609</x:v>
       </x:c>
       <x:c r="EJ6" s="3" t="n">
-        <x:v>19698</x:v>
+        <x:v>20689</x:v>
       </x:c>
       <x:c r="EK6" s="3" t="n">
-        <x:v>24625</x:v>
+        <x:v>25862</x:v>
       </x:c>
       <x:c r="EL6" s="3" t="n">
-        <x:v>23659</x:v>
+        <x:v>24937</x:v>
       </x:c>
       <x:c r="EM6" s="3" t="n">
-        <x:v>28418</x:v>
+        <x:v>29927</x:v>
       </x:c>
       <x:c r="EN6" s="3" t="n">
-        <x:v>30157</x:v>
+        <x:v>31718</x:v>
       </x:c>
       <x:c r="EO6" s="3" t="n">
-        <x:v>27741</x:v>
+        <x:v>29210</x:v>
       </x:c>
       <x:c r="EP6" s="3" t="n">
-        <x:v>27064</x:v>
+        <x:v>28595</x:v>
       </x:c>
       <x:c r="EQ6" s="3" t="n">
-        <x:v>28980</x:v>
+        <x:v>30593</x:v>
       </x:c>
       <x:c r="ER6" s="3" t="n">
-        <x:v>27986</x:v>
+        <x:v>29552</x:v>
       </x:c>
       <x:c r="ES6" s="3" t="n">
-        <x:v>25610</x:v>
+        <x:v>27069</x:v>
       </x:c>
       <x:c r="ET6" s="3" t="n">
-        <x:v>25328</x:v>
+        <x:v>26849</x:v>
       </x:c>
       <x:c r="EU6" s="3" t="n">
-        <x:v>27689</x:v>
+        <x:v>29350</x:v>
       </x:c>
       <x:c r="EV6" s="3" t="n">
-        <x:v>25560</x:v>
+        <x:v>27094</x:v>
       </x:c>
       <x:c r="EW6" s="3" t="n">
-        <x:v>23755</x:v>
+        <x:v>25192</x:v>
       </x:c>
       <x:c r="EX6" s="3" t="n">
-        <x:v>21025</x:v>
+        <x:v>22348</x:v>
       </x:c>
       <x:c r="EY6" s="3" t="n">
-        <x:v>21317</x:v>
+        <x:v>22640</x:v>
       </x:c>
       <x:c r="EZ6" s="3" t="n">
-        <x:v>20100</x:v>
+        <x:v>21423</x:v>
       </x:c>
       <x:c r="FA6" s="3" t="n">
-        <x:v>17607</x:v>
+        <x:v>18930</x:v>
       </x:c>
       <x:c r="FB6" s="3" t="n">
-        <x:v>16637</x:v>
+        <x:v>17939</x:v>
       </x:c>
       <x:c r="FC6" s="3" t="n">
-        <x:v>20233</x:v>
+        <x:v>21535</x:v>
       </x:c>
       <x:c r="FD6" s="3" t="n">
-        <x:v>19387</x:v>
+        <x:v>20689</x:v>
       </x:c>
       <x:c r="FE6" s="3" t="n">
-        <x:v>18948</x:v>
+        <x:v>20250</x:v>
       </x:c>
       <x:c r="FF6" s="3" t="n">
-        <x:v>16418</x:v>
+        <x:v>17813</x:v>
       </x:c>
       <x:c r="FG6" s="3" t="n">
-        <x:v>18611</x:v>
+        <x:v>20006</x:v>
       </x:c>
       <x:c r="FH6" s="3" t="n">
-        <x:v>19166</x:v>
+        <x:v>20561</x:v>
       </x:c>
       <x:c r="FI6" s="3" t="n">
-        <x:v>22126</x:v>
+        <x:v>23521</x:v>
       </x:c>
       <x:c r="FJ6" s="3" t="n">
-        <x:v>17682</x:v>
+        <x:v>19371</x:v>
       </x:c>
       <x:c r="FK6" s="3" t="n">
-        <x:v>19730</x:v>
+        <x:v>21419</x:v>
       </x:c>
       <x:c r="FL6" s="3" t="n">
-        <x:v>22734</x:v>
+        <x:v>24424</x:v>
       </x:c>
       <x:c r="FM6" s="3" t="n">
-        <x:v>25401</x:v>
+        <x:v>27090</x:v>
       </x:c>
       <x:c r="FN6" s="3" t="n">
-        <x:v>23727</x:v>
+        <x:v>25660</x:v>
       </x:c>
       <x:c r="FO6" s="3" t="n">
-        <x:v>22641</x:v>
+        <x:v>24574</x:v>
       </x:c>
       <x:c r="FP6" s="3" t="n">
-        <x:v>22092</x:v>
+        <x:v>24026</x:v>
       </x:c>
       <x:c r="FQ6" s="3" t="n">
-        <x:v>24449</x:v>
+        <x:v>26382</x:v>
       </x:c>
       <x:c r="FR6" s="3" t="n">
-        <x:v>24439</x:v>
+        <x:v>26538</x:v>
       </x:c>
       <x:c r="FS6" s="3" t="n">
-        <x:v>21312</x:v>
+        <x:v>23411</x:v>
       </x:c>
       <x:c r="FT6" s="3" t="n">
-        <x:v>25308</x:v>
+        <x:v>27407</x:v>
       </x:c>
       <x:c r="FU6" s="3" t="n">
-        <x:v>26229</x:v>
+        <x:v>28328</x:v>
       </x:c>
       <x:c r="FV6" s="3" t="n">
-        <x:v>21675</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="FW6" s="3" t="n">
-        <x:v>23306</x:v>
+        <x:v>25756</x:v>
       </x:c>
       <x:c r="FX6" s="3" t="n">
-        <x:v>23827</x:v>
+        <x:v>26338</x:v>
       </x:c>
       <x:c r="FY6" s="3" t="n">
-        <x:v>22282</x:v>
+        <x:v>24642</x:v>
       </x:c>
       <x:c r="FZ6" s="3" t="n">
-        <x:v>21872</x:v>
+        <x:v>23385</x:v>
       </x:c>
       <x:c r="GA6" s="3" t="n">
+        <x:v>26443</x:v>
+      </x:c>
+      <x:c r="GB6" s="3" t="n">
+        <x:v>28495</x:v>
+      </x:c>
+      <x:c r="GC6" s="3" t="n">
+        <x:v>30696</x:v>
+      </x:c>
+      <x:c r="GD6" s="3" t="n">
         <x:v>24737</x:v>
       </x:c>
-      <x:c r="GB6" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="GE6" s="3" t="n">
-        <x:v>27031</x:v>
+        <x:v>26361</x:v>
       </x:c>
       <x:c r="GF6" s="3" t="n">
-        <x:v>25511</x:v>
+        <x:v>24894</x:v>
       </x:c>
       <x:c r="GG6" s="3" t="n">
-        <x:v>30155</x:v>
+        <x:v>28708</x:v>
       </x:c>
       <x:c r="GH6" s="3" t="n">
-        <x:v>27421</x:v>
+        <x:v>26814</x:v>
       </x:c>
       <x:c r="GI6" s="3" t="n">
-        <x:v>31840</x:v>
+        <x:v>29872</x:v>
+      </x:c>
+      <x:c r="GJ6" s="3" t="n">
+        <x:v>31261</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:191">
+    <x:row r="7" spans="1:192">
       <x:c r="A7" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>1174</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>881</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>1022</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>1065</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
         <x:v>1623</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
         <x:v>2050</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
         <x:v>1697</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
         <x:v>2125</x:v>
       </x:c>
@@ -3103,347 +3115,350 @@
       <x:c r="CH7" s="3" t="n">
         <x:v>10456</x:v>
       </x:c>
       <x:c r="CI7" s="3" t="n">
         <x:v>10991</x:v>
       </x:c>
       <x:c r="CJ7" s="3" t="n">
         <x:v>9418</x:v>
       </x:c>
       <x:c r="CK7" s="3" t="n">
         <x:v>4845</x:v>
       </x:c>
       <x:c r="CL7" s="3" t="n">
         <x:v>8616</x:v>
       </x:c>
       <x:c r="CM7" s="3" t="n">
         <x:v>8250</x:v>
       </x:c>
       <x:c r="CN7" s="3" t="n">
         <x:v>6896</x:v>
       </x:c>
       <x:c r="CO7" s="3" t="n">
         <x:v>6728</x:v>
       </x:c>
       <x:c r="CP7" s="3" t="n">
-        <x:v>5186</x:v>
+        <x:v>5209</x:v>
       </x:c>
       <x:c r="CQ7" s="3" t="n">
-        <x:v>8283</x:v>
+        <x:v>8326</x:v>
       </x:c>
       <x:c r="CR7" s="3" t="n">
-        <x:v>6563</x:v>
+        <x:v>6592</x:v>
       </x:c>
       <x:c r="CS7" s="3" t="n">
-        <x:v>5594</x:v>
+        <x:v>5635</x:v>
       </x:c>
       <x:c r="CT7" s="3" t="n">
-        <x:v>5419</x:v>
+        <x:v>5465</x:v>
       </x:c>
       <x:c r="CU7" s="3" t="n">
-        <x:v>10297</x:v>
+        <x:v>10420</x:v>
       </x:c>
       <x:c r="CV7" s="3" t="n">
-        <x:v>6678</x:v>
+        <x:v>6736</x:v>
       </x:c>
       <x:c r="CW7" s="3" t="n">
-        <x:v>6758</x:v>
+        <x:v>6817</x:v>
       </x:c>
       <x:c r="CX7" s="3" t="n">
-        <x:v>5858</x:v>
+        <x:v>5938</x:v>
       </x:c>
       <x:c r="CY7" s="3" t="n">
-        <x:v>3433</x:v>
+        <x:v>3523</x:v>
       </x:c>
       <x:c r="CZ7" s="3" t="n">
-        <x:v>6393</x:v>
+        <x:v>6478</x:v>
       </x:c>
       <x:c r="DA7" s="3" t="n">
-        <x:v>7924</x:v>
+        <x:v>8012</x:v>
       </x:c>
       <x:c r="DB7" s="3" t="n">
-        <x:v>4935</x:v>
+        <x:v>5024</x:v>
       </x:c>
       <x:c r="DC7" s="3" t="n">
-        <x:v>6221</x:v>
+        <x:v>6329</x:v>
       </x:c>
       <x:c r="DD7" s="3" t="n">
-        <x:v>6941</x:v>
+        <x:v>7060</x:v>
       </x:c>
       <x:c r="DE7" s="3" t="n">
-        <x:v>8067</x:v>
+        <x:v>8224</x:v>
       </x:c>
       <x:c r="DF7" s="3" t="n">
-        <x:v>7611</x:v>
+        <x:v>7808</x:v>
       </x:c>
       <x:c r="DG7" s="3" t="n">
-        <x:v>5093</x:v>
+        <x:v>5283</x:v>
       </x:c>
       <x:c r="DH7" s="3" t="n">
-        <x:v>8047</x:v>
+        <x:v>8236</x:v>
       </x:c>
       <x:c r="DI7" s="3" t="n">
-        <x:v>9001</x:v>
+        <x:v>9212</x:v>
       </x:c>
       <x:c r="DJ7" s="3" t="n">
-        <x:v>5277</x:v>
+        <x:v>5435</x:v>
       </x:c>
       <x:c r="DK7" s="3" t="n">
-        <x:v>7878</x:v>
+        <x:v>8077</x:v>
       </x:c>
       <x:c r="DL7" s="3" t="n">
-        <x:v>9590</x:v>
+        <x:v>9857</x:v>
       </x:c>
       <x:c r="DM7" s="3" t="n">
-        <x:v>9961</x:v>
+        <x:v>10222</x:v>
       </x:c>
       <x:c r="DN7" s="3" t="n">
-        <x:v>8206</x:v>
+        <x:v>8468</x:v>
       </x:c>
       <x:c r="DO7" s="3" t="n">
-        <x:v>13872</x:v>
+        <x:v>14378</x:v>
       </x:c>
       <x:c r="DP7" s="3" t="n">
-        <x:v>15123</x:v>
+        <x:v>15642</x:v>
       </x:c>
       <x:c r="DQ7" s="3" t="n">
-        <x:v>15530</x:v>
+        <x:v>16033</x:v>
       </x:c>
       <x:c r="DR7" s="3" t="n">
-        <x:v>15856</x:v>
+        <x:v>16458</x:v>
       </x:c>
       <x:c r="DS7" s="3" t="n">
-        <x:v>16399</x:v>
+        <x:v>17011</x:v>
       </x:c>
       <x:c r="DT7" s="3" t="n">
-        <x:v>14895</x:v>
+        <x:v>15410</x:v>
       </x:c>
       <x:c r="DU7" s="3" t="n">
-        <x:v>16626</x:v>
+        <x:v>17215</x:v>
       </x:c>
       <x:c r="DV7" s="3" t="n">
-        <x:v>18855</x:v>
+        <x:v>19686</x:v>
       </x:c>
       <x:c r="DW7" s="3" t="n">
-        <x:v>16444</x:v>
+        <x:v>17065</x:v>
       </x:c>
       <x:c r="DX7" s="3" t="n">
-        <x:v>15064</x:v>
+        <x:v>15643</x:v>
       </x:c>
       <x:c r="DY7" s="3" t="n">
-        <x:v>17777</x:v>
+        <x:v>18565</x:v>
       </x:c>
       <x:c r="DZ7" s="3" t="n">
-        <x:v>11416</x:v>
+        <x:v>11908</x:v>
       </x:c>
       <x:c r="EA7" s="3" t="n">
-        <x:v>14399</x:v>
+        <x:v>15006</x:v>
       </x:c>
       <x:c r="EB7" s="3" t="n">
-        <x:v>11959</x:v>
+        <x:v>12464</x:v>
       </x:c>
       <x:c r="EC7" s="3" t="n">
-        <x:v>13284</x:v>
+        <x:v>13852</x:v>
       </x:c>
       <x:c r="ED7" s="3" t="n">
-        <x:v>12829</x:v>
+        <x:v>13370</x:v>
       </x:c>
       <x:c r="EE7" s="3" t="n">
-        <x:v>12674</x:v>
+        <x:v>13691</x:v>
       </x:c>
       <x:c r="EF7" s="3" t="n">
-        <x:v>17561</x:v>
+        <x:v>18310</x:v>
       </x:c>
       <x:c r="EG7" s="3" t="n">
-        <x:v>20367</x:v>
+        <x:v>21251</x:v>
       </x:c>
       <x:c r="EH7" s="3" t="n">
-        <x:v>18970</x:v>
+        <x:v>19951</x:v>
       </x:c>
       <x:c r="EI7" s="3" t="n">
-        <x:v>21524</x:v>
+        <x:v>22638</x:v>
       </x:c>
       <x:c r="EJ7" s="3" t="n">
-        <x:v>25667</x:v>
+        <x:v>27053</x:v>
       </x:c>
       <x:c r="EK7" s="3" t="n">
-        <x:v>26159</x:v>
+        <x:v>27583</x:v>
       </x:c>
       <x:c r="EL7" s="3" t="n">
-        <x:v>20747</x:v>
+        <x:v>21860</x:v>
       </x:c>
       <x:c r="EM7" s="3" t="n">
-        <x:v>25573</x:v>
+        <x:v>27018</x:v>
       </x:c>
       <x:c r="EN7" s="3" t="n">
-        <x:v>27485</x:v>
+        <x:v>29018</x:v>
       </x:c>
       <x:c r="EO7" s="3" t="n">
-        <x:v>29850</x:v>
+        <x:v>31523</x:v>
       </x:c>
       <x:c r="EP7" s="3" t="n">
-        <x:v>26321</x:v>
+        <x:v>27887</x:v>
       </x:c>
       <x:c r="EQ7" s="3" t="n">
-        <x:v>27323</x:v>
+        <x:v>28955</x:v>
       </x:c>
       <x:c r="ER7" s="3" t="n">
-        <x:v>26592</x:v>
+        <x:v>28174</x:v>
       </x:c>
       <x:c r="ES7" s="3" t="n">
-        <x:v>26356</x:v>
+        <x:v>27927</x:v>
       </x:c>
       <x:c r="ET7" s="3" t="n">
-        <x:v>23367</x:v>
+        <x:v>24913</x:v>
       </x:c>
       <x:c r="EU7" s="3" t="n">
-        <x:v>23583</x:v>
+        <x:v>25147</x:v>
       </x:c>
       <x:c r="EV7" s="3" t="n">
-        <x:v>18691</x:v>
+        <x:v>20140</x:v>
       </x:c>
       <x:c r="EW7" s="3" t="n">
-        <x:v>22226</x:v>
+        <x:v>23686</x:v>
       </x:c>
       <x:c r="EX7" s="3" t="n">
-        <x:v>16475</x:v>
+        <x:v>17739</x:v>
       </x:c>
       <x:c r="EY7" s="3" t="n">
-        <x:v>19626</x:v>
+        <x:v>20890</x:v>
       </x:c>
       <x:c r="EZ7" s="3" t="n">
-        <x:v>18961</x:v>
+        <x:v>20225</x:v>
       </x:c>
       <x:c r="FA7" s="3" t="n">
-        <x:v>20013</x:v>
+        <x:v>21277</x:v>
       </x:c>
       <x:c r="FB7" s="3" t="n">
-        <x:v>17882</x:v>
+        <x:v>19141</x:v>
       </x:c>
       <x:c r="FC7" s="3" t="n">
-        <x:v>18059</x:v>
+        <x:v>19318</x:v>
       </x:c>
       <x:c r="FD7" s="3" t="n">
-        <x:v>14105</x:v>
+        <x:v>15364</x:v>
       </x:c>
       <x:c r="FE7" s="3" t="n">
-        <x:v>18928</x:v>
+        <x:v>20187</x:v>
       </x:c>
       <x:c r="FF7" s="3" t="n">
-        <x:v>14224</x:v>
+        <x:v>15620</x:v>
       </x:c>
       <x:c r="FG7" s="3" t="n">
-        <x:v>18994</x:v>
+        <x:v>20390</x:v>
       </x:c>
       <x:c r="FH7" s="3" t="n">
-        <x:v>19709</x:v>
+        <x:v>21105</x:v>
       </x:c>
       <x:c r="FI7" s="3" t="n">
-        <x:v>20050</x:v>
+        <x:v>21446</x:v>
       </x:c>
       <x:c r="FJ7" s="3" t="n">
-        <x:v>19518</x:v>
+        <x:v>21333</x:v>
       </x:c>
       <x:c r="FK7" s="3" t="n">
-        <x:v>24199</x:v>
+        <x:v>26015</x:v>
       </x:c>
       <x:c r="FL7" s="3" t="n">
-        <x:v>22710</x:v>
+        <x:v>24526</x:v>
       </x:c>
       <x:c r="FM7" s="3" t="n">
-        <x:v>23592</x:v>
+        <x:v>25408</x:v>
       </x:c>
       <x:c r="FN7" s="3" t="n">
-        <x:v>20460</x:v>
+        <x:v>22286</x:v>
       </x:c>
       <x:c r="FO7" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>24213</x:v>
       </x:c>
       <x:c r="FP7" s="3" t="n">
-        <x:v>20938</x:v>
+        <x:v>22764</x:v>
       </x:c>
       <x:c r="FQ7" s="3" t="n">
-        <x:v>21820</x:v>
+        <x:v>23646</x:v>
       </x:c>
       <x:c r="FR7" s="3" t="n">
-        <x:v>16253</x:v>
+        <x:v>17939</x:v>
       </x:c>
       <x:c r="FS7" s="3" t="n">
-        <x:v>22152</x:v>
+        <x:v>23838</x:v>
       </x:c>
       <x:c r="FT7" s="3" t="n">
-        <x:v>18617</x:v>
+        <x:v>20304</x:v>
       </x:c>
       <x:c r="FU7" s="3" t="n">
-        <x:v>19064</x:v>
+        <x:v>20751</x:v>
       </x:c>
       <x:c r="FV7" s="3" t="n">
-        <x:v>18334</x:v>
+        <x:v>18346</x:v>
       </x:c>
       <x:c r="FW7" s="3" t="n">
-        <x:v>20378</x:v>
+        <x:v>20403</x:v>
       </x:c>
       <x:c r="FX7" s="3" t="n">
-        <x:v>19741</x:v>
+        <x:v>19755</x:v>
       </x:c>
       <x:c r="FY7" s="3" t="n">
-        <x:v>24381</x:v>
+        <x:v>24401</x:v>
       </x:c>
       <x:c r="FZ7" s="3" t="n">
-        <x:v>23416</x:v>
+        <x:v>22922</x:v>
       </x:c>
       <x:c r="GA7" s="3" t="n">
-        <x:v>26550</x:v>
+        <x:v>25899</x:v>
       </x:c>
       <x:c r="GB7" s="3" t="n">
-        <x:v>29980</x:v>
+        <x:v>29381</x:v>
       </x:c>
       <x:c r="GC7" s="3" t="n">
-        <x:v>33166</x:v>
+        <x:v>32399</x:v>
       </x:c>
       <x:c r="GD7" s="3" t="n">
-        <x:v>30053</x:v>
+        <x:v>29818</x:v>
       </x:c>
       <x:c r="GE7" s="3" t="n">
-        <x:v>36654</x:v>
+        <x:v>36422</x:v>
       </x:c>
       <x:c r="GF7" s="3" t="n">
-        <x:v>38579</x:v>
+        <x:v>37808</x:v>
       </x:c>
       <x:c r="GG7" s="3" t="n">
-        <x:v>40291</x:v>
+        <x:v>38336</x:v>
       </x:c>
       <x:c r="GH7" s="3" t="n">
-        <x:v>33167</x:v>
+        <x:v>33131</x:v>
       </x:c>
       <x:c r="GI7" s="3" t="n">
-        <x:v>39584</x:v>
+        <x:v>40138</x:v>
+      </x:c>
+      <x:c r="GJ7" s="3" t="n">
+        <x:v>36613</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:191">
+    <x:row r="8" spans="1:192">
       <x:c r="A8" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>835</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>2290</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>-508</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>1339</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
         <x:v>234</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
         <x:v>1133</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
         <x:v>2126</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
         <x:v>817</x:v>
       </x:c>
@@ -3678,1497 +3693,1506 @@
       <x:c r="CH8" s="3" t="n">
         <x:v>2701</x:v>
       </x:c>
       <x:c r="CI8" s="3" t="n">
         <x:v>936</x:v>
       </x:c>
       <x:c r="CJ8" s="3" t="n">
         <x:v>7808</x:v>
       </x:c>
       <x:c r="CK8" s="3" t="n">
         <x:v>3731</x:v>
       </x:c>
       <x:c r="CL8" s="3" t="n">
         <x:v>6614</x:v>
       </x:c>
       <x:c r="CM8" s="3" t="n">
         <x:v>7327</x:v>
       </x:c>
       <x:c r="CN8" s="3" t="n">
         <x:v>4966</x:v>
       </x:c>
       <x:c r="CO8" s="3" t="n">
         <x:v>3204</x:v>
       </x:c>
       <x:c r="CP8" s="3" t="n">
-        <x:v>6917</x:v>
+        <x:v>6989</x:v>
       </x:c>
       <x:c r="CQ8" s="3" t="n">
-        <x:v>3091</x:v>
+        <x:v>3125</x:v>
       </x:c>
       <x:c r="CR8" s="3" t="n">
+        <x:v>2701</x:v>
+      </x:c>
+      <x:c r="CS8" s="3" t="n">
+        <x:v>4093</x:v>
+      </x:c>
+      <x:c r="CT8" s="3" t="n">
+        <x:v>2436</x:v>
+      </x:c>
+      <x:c r="CU8" s="3" t="n">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="CV8" s="3" t="n">
+        <x:v>1471</x:v>
+      </x:c>
+      <x:c r="CW8" s="3" t="n">
+        <x:v>4601</x:v>
+      </x:c>
+      <x:c r="CX8" s="3" t="n">
+        <x:v>8309</x:v>
+      </x:c>
+      <x:c r="CY8" s="3" t="n">
+        <x:v>1574</x:v>
+      </x:c>
+      <x:c r="CZ8" s="3" t="n">
+        <x:v>5807</x:v>
+      </x:c>
+      <x:c r="DA8" s="3" t="n">
+        <x:v>-3997</x:v>
+      </x:c>
+      <x:c r="DB8" s="3" t="n">
+        <x:v>1709</x:v>
+      </x:c>
+      <x:c r="DC8" s="3" t="n">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="DD8" s="3" t="n">
+        <x:v>2509</x:v>
+      </x:c>
+      <x:c r="DE8" s="3" t="n">
+        <x:v>6941</x:v>
+      </x:c>
+      <x:c r="DF8" s="3" t="n">
+        <x:v>3987</x:v>
+      </x:c>
+      <x:c r="DG8" s="3" t="n">
+        <x:v>4043</x:v>
+      </x:c>
+      <x:c r="DH8" s="3" t="n">
+        <x:v>2241</x:v>
+      </x:c>
+      <x:c r="DI8" s="3" t="n">
+        <x:v>5335</x:v>
+      </x:c>
+      <x:c r="DJ8" s="3" t="n">
+        <x:v>5671</x:v>
+      </x:c>
+      <x:c r="DK8" s="3" t="n">
+        <x:v>9383</x:v>
+      </x:c>
+      <x:c r="DL8" s="3" t="n">
+        <x:v>6118</x:v>
+      </x:c>
+      <x:c r="DM8" s="3" t="n">
+        <x:v>5253</x:v>
+      </x:c>
+      <x:c r="DN8" s="3" t="n">
+        <x:v>4048</x:v>
+      </x:c>
+      <x:c r="DO8" s="3" t="n">
+        <x:v>4639</x:v>
+      </x:c>
+      <x:c r="DP8" s="3" t="n">
+        <x:v>6045</x:v>
+      </x:c>
+      <x:c r="DQ8" s="3" t="n">
+        <x:v>8443</x:v>
+      </x:c>
+      <x:c r="DR8" s="3" t="n">
+        <x:v>5263</x:v>
+      </x:c>
+      <x:c r="DS8" s="3" t="n">
+        <x:v>4555</x:v>
+      </x:c>
+      <x:c r="DT8" s="3" t="n">
+        <x:v>5571</x:v>
+      </x:c>
+      <x:c r="DU8" s="3" t="n">
+        <x:v>6736</x:v>
+      </x:c>
+      <x:c r="DV8" s="3" t="n">
+        <x:v>5429</x:v>
+      </x:c>
+      <x:c r="DW8" s="3" t="n">
+        <x:v>7234</x:v>
+      </x:c>
+      <x:c r="DX8" s="3" t="n">
+        <x:v>7233</x:v>
+      </x:c>
+      <x:c r="DY8" s="3" t="n">
+        <x:v>10829</x:v>
+      </x:c>
+      <x:c r="DZ8" s="3" t="n">
+        <x:v>4025</x:v>
+      </x:c>
+      <x:c r="EA8" s="3" t="n">
+        <x:v>6336</x:v>
+      </x:c>
+      <x:c r="EB8" s="3" t="n">
+        <x:v>5120</x:v>
+      </x:c>
+      <x:c r="EC8" s="3" t="n">
+        <x:v>4791</x:v>
+      </x:c>
+      <x:c r="ED8" s="3" t="n">
+        <x:v>11115</x:v>
+      </x:c>
+      <x:c r="EE8" s="3" t="n">
+        <x:v>5895</x:v>
+      </x:c>
+      <x:c r="EF8" s="3" t="n">
+        <x:v>5884</x:v>
+      </x:c>
+      <x:c r="EG8" s="3" t="n">
+        <x:v>7789</x:v>
+      </x:c>
+      <x:c r="EH8" s="3" t="n">
+        <x:v>4008</x:v>
+      </x:c>
+      <x:c r="EI8" s="3" t="n">
+        <x:v>4369</x:v>
+      </x:c>
+      <x:c r="EJ8" s="3" t="n">
+        <x:v>3611</x:v>
+      </x:c>
+      <x:c r="EK8" s="3" t="n">
+        <x:v>5200</x:v>
+      </x:c>
+      <x:c r="EL8" s="3" t="n">
+        <x:v>2144</x:v>
+      </x:c>
+      <x:c r="EM8" s="3" t="n">
+        <x:v>3261</x:v>
+      </x:c>
+      <x:c r="EN8" s="3" t="n">
+        <x:v>2418</x:v>
+      </x:c>
+      <x:c r="EO8" s="3" t="n">
+        <x:v>1596</x:v>
+      </x:c>
+      <x:c r="EP8" s="3" t="n">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="EQ8" s="3" t="n">
+        <x:v>2165</x:v>
+      </x:c>
+      <x:c r="ER8" s="3" t="n">
         <x:v>2662</x:v>
       </x:c>
-      <x:c r="CS8" s="3" t="n">
-[...131 lines deleted...]
-      <x:c r="EK8" s="3" t="n">
+      <x:c r="ES8" s="3" t="n">
+        <x:v>2177</x:v>
+      </x:c>
+      <x:c r="ET8" s="3" t="n">
+        <x:v>997</x:v>
+      </x:c>
+      <x:c r="EU8" s="3" t="n">
+        <x:v>1303</x:v>
+      </x:c>
+      <x:c r="EV8" s="3" t="n">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="EW8" s="3" t="n">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="EX8" s="3" t="n">
+        <x:v>3229</x:v>
+      </x:c>
+      <x:c r="EY8" s="3" t="n">
+        <x:v>4162</x:v>
+      </x:c>
+      <x:c r="EZ8" s="3" t="n">
+        <x:v>7487</x:v>
+      </x:c>
+      <x:c r="FA8" s="3" t="n">
+        <x:v>6459</x:v>
+      </x:c>
+      <x:c r="FB8" s="3" t="n">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="FC8" s="3" t="n">
+        <x:v>1375</x:v>
+      </x:c>
+      <x:c r="FD8" s="3" t="n">
+        <x:v>4139</x:v>
+      </x:c>
+      <x:c r="FE8" s="3" t="n">
+        <x:v>1933</x:v>
+      </x:c>
+      <x:c r="FF8" s="3" t="n">
+        <x:v>6095</x:v>
+      </x:c>
+      <x:c r="FG8" s="3" t="n">
+        <x:v>4037</x:v>
+      </x:c>
+      <x:c r="FH8" s="3" t="n">
+        <x:v>2547</x:v>
+      </x:c>
+      <x:c r="FI8" s="3" t="n">
+        <x:v>5663</x:v>
+      </x:c>
+      <x:c r="FJ8" s="3" t="n">
+        <x:v>7901</x:v>
+      </x:c>
+      <x:c r="FK8" s="3" t="n">
+        <x:v>9245</x:v>
+      </x:c>
+      <x:c r="FL8" s="3" t="n">
+        <x:v>12377</x:v>
+      </x:c>
+      <x:c r="FM8" s="3" t="n">
+        <x:v>17133</x:v>
+      </x:c>
+      <x:c r="FN8" s="3" t="n">
+        <x:v>11562</x:v>
+      </x:c>
+      <x:c r="FO8" s="3" t="n">
+        <x:v>7142</x:v>
+      </x:c>
+      <x:c r="FP8" s="3" t="n">
+        <x:v>10025</x:v>
+      </x:c>
+      <x:c r="FQ8" s="3" t="n">
+        <x:v>10705</x:v>
+      </x:c>
+      <x:c r="FR8" s="3" t="n">
+        <x:v>16727</x:v>
+      </x:c>
+      <x:c r="FS8" s="3" t="n">
+        <x:v>8115</x:v>
+      </x:c>
+      <x:c r="FT8" s="3" t="n">
+        <x:v>8767</x:v>
+      </x:c>
+      <x:c r="FU8" s="3" t="n">
+        <x:v>12767</x:v>
+      </x:c>
+      <x:c r="FV8" s="3" t="n">
+        <x:v>11767</x:v>
+      </x:c>
+      <x:c r="FW8" s="3" t="n">
+        <x:v>7023</x:v>
+      </x:c>
+      <x:c r="FX8" s="3" t="n">
+        <x:v>6218</x:v>
+      </x:c>
+      <x:c r="FY8" s="3" t="n">
+        <x:v>9167</x:v>
+      </x:c>
+      <x:c r="FZ8" s="3" t="n">
+        <x:v>11086</x:v>
+      </x:c>
+      <x:c r="GA8" s="3" t="n">
+        <x:v>10893</x:v>
+      </x:c>
+      <x:c r="GB8" s="3" t="n">
+        <x:v>9762</x:v>
+      </x:c>
+      <x:c r="GC8" s="3" t="n">
+        <x:v>9050</x:v>
+      </x:c>
+      <x:c r="GD8" s="3" t="n">
+        <x:v>6175</x:v>
+      </x:c>
+      <x:c r="GE8" s="3" t="n">
+        <x:v>8504</x:v>
+      </x:c>
+      <x:c r="GF8" s="3" t="n">
+        <x:v>12798</x:v>
+      </x:c>
+      <x:c r="GG8" s="3" t="n">
+        <x:v>16095</x:v>
+      </x:c>
+      <x:c r="GH8" s="3" t="n">
+        <x:v>10773</x:v>
+      </x:c>
+      <x:c r="GI8" s="3" t="n">
+        <x:v>7038</x:v>
+      </x:c>
+      <x:c r="GJ8" s="3" t="n">
+        <x:v>6683</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:192">
+      <x:c r="A9" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="n">
+        <x:v>1687</x:v>
+      </x:c>
+      <x:c r="C9" s="3" t="n">
+        <x:v>1180</x:v>
+      </x:c>
+      <x:c r="D9" s="3" t="n">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="E9" s="3" t="n">
+        <x:v>1007</x:v>
+      </x:c>
+      <x:c r="F9" s="3" t="n">
+        <x:v>1358</x:v>
+      </x:c>
+      <x:c r="G9" s="3" t="n">
+        <x:v>-47</x:v>
+      </x:c>
+      <x:c r="H9" s="3" t="n">
+        <x:v>-122</x:v>
+      </x:c>
+      <x:c r="I9" s="3" t="n">
+        <x:v>3545</x:v>
+      </x:c>
+      <x:c r="J9" s="3" t="n">
+        <x:v>2540</x:v>
+      </x:c>
+      <x:c r="K9" s="3" t="n">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="L9" s="3" t="n">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="M9" s="3" t="n">
+        <x:v>1055</x:v>
+      </x:c>
+      <x:c r="N9" s="3" t="n">
+        <x:v>1105</x:v>
+      </x:c>
+      <x:c r="O9" s="3" t="n">
+        <x:v>1426</x:v>
+      </x:c>
+      <x:c r="P9" s="3" t="n">
+        <x:v>1600</x:v>
+      </x:c>
+      <x:c r="Q9" s="3" t="n">
+        <x:v>1706</x:v>
+      </x:c>
+      <x:c r="R9" s="3" t="n">
+        <x:v>1451</x:v>
+      </x:c>
+      <x:c r="S9" s="3" t="n">
+        <x:v>2218</x:v>
+      </x:c>
+      <x:c r="T9" s="3" t="n">
+        <x:v>1393</x:v>
+      </x:c>
+      <x:c r="U9" s="3" t="n">
+        <x:v>1449</x:v>
+      </x:c>
+      <x:c r="V9" s="3" t="n">
+        <x:v>1946</x:v>
+      </x:c>
+      <x:c r="W9" s="3" t="n">
+        <x:v>1753</x:v>
+      </x:c>
+      <x:c r="X9" s="3" t="n">
+        <x:v>1506</x:v>
+      </x:c>
+      <x:c r="Y9" s="3" t="n">
+        <x:v>1784</x:v>
+      </x:c>
+      <x:c r="Z9" s="3" t="n">
+        <x:v>1306</x:v>
+      </x:c>
+      <x:c r="AA9" s="3" t="n">
+        <x:v>1959</x:v>
+      </x:c>
+      <x:c r="AB9" s="3" t="n">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="AC9" s="3" t="n">
+        <x:v>2561</x:v>
+      </x:c>
+      <x:c r="AD9" s="3" t="n">
+        <x:v>1788</x:v>
+      </x:c>
+      <x:c r="AE9" s="3" t="n">
+        <x:v>1972</x:v>
+      </x:c>
+      <x:c r="AF9" s="3" t="n">
+        <x:v>2064</x:v>
+      </x:c>
+      <x:c r="AG9" s="3" t="n">
+        <x:v>4065</x:v>
+      </x:c>
+      <x:c r="AH9" s="3" t="n">
+        <x:v>4704</x:v>
+      </x:c>
+      <x:c r="AI9" s="3" t="n">
+        <x:v>4665</x:v>
+      </x:c>
+      <x:c r="AJ9" s="3" t="n">
+        <x:v>3667</x:v>
+      </x:c>
+      <x:c r="AK9" s="3" t="n">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="AL9" s="3" t="n">
+        <x:v>3142</x:v>
+      </x:c>
+      <x:c r="AM9" s="3" t="n">
+        <x:v>3101</x:v>
+      </x:c>
+      <x:c r="AN9" s="3" t="n">
+        <x:v>2648</x:v>
+      </x:c>
+      <x:c r="AO9" s="3" t="n">
+        <x:v>2408</x:v>
+      </x:c>
+      <x:c r="AP9" s="3" t="n">
+        <x:v>2044</x:v>
+      </x:c>
+      <x:c r="AQ9" s="3" t="n">
+        <x:v>2054</x:v>
+      </x:c>
+      <x:c r="AR9" s="3" t="n">
+        <x:v>1858</x:v>
+      </x:c>
+      <x:c r="AS9" s="3" t="n">
+        <x:v>2055</x:v>
+      </x:c>
+      <x:c r="AT9" s="3" t="n">
+        <x:v>1913</x:v>
+      </x:c>
+      <x:c r="AU9" s="3" t="n">
+        <x:v>2039</x:v>
+      </x:c>
+      <x:c r="AV9" s="3" t="n">
+        <x:v>1039</x:v>
+      </x:c>
+      <x:c r="AW9" s="3" t="n">
+        <x:v>2327</x:v>
+      </x:c>
+      <x:c r="AX9" s="3" t="n">
+        <x:v>1728</x:v>
+      </x:c>
+      <x:c r="AY9" s="3" t="n">
+        <x:v>2240</x:v>
+      </x:c>
+      <x:c r="AZ9" s="3" t="n">
+        <x:v>2106</x:v>
+      </x:c>
+      <x:c r="BA9" s="3" t="n">
+        <x:v>2435</x:v>
+      </x:c>
+      <x:c r="BB9" s="3" t="n">
+        <x:v>1320</x:v>
+      </x:c>
+      <x:c r="BC9" s="3" t="n">
+        <x:v>2130</x:v>
+      </x:c>
+      <x:c r="BD9" s="3" t="n">
+        <x:v>1469</x:v>
+      </x:c>
+      <x:c r="BE9" s="3" t="n">
+        <x:v>3883</x:v>
+      </x:c>
+      <x:c r="BF9" s="3" t="n">
+        <x:v>2242</x:v>
+      </x:c>
+      <x:c r="BG9" s="3" t="n">
+        <x:v>1704</x:v>
+      </x:c>
+      <x:c r="BH9" s="3" t="n">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="BI9" s="3" t="n">
+        <x:v>2350</x:v>
+      </x:c>
+      <x:c r="BJ9" s="3" t="n">
+        <x:v>1603</x:v>
+      </x:c>
+      <x:c r="BK9" s="3" t="n">
+        <x:v>1628</x:v>
+      </x:c>
+      <x:c r="BL9" s="3" t="n">
+        <x:v>1976</x:v>
+      </x:c>
+      <x:c r="BM9" s="3" t="n">
+        <x:v>2525</x:v>
+      </x:c>
+      <x:c r="BN9" s="3" t="n">
+        <x:v>3463</x:v>
+      </x:c>
+      <x:c r="BO9" s="3" t="n">
+        <x:v>3112</x:v>
+      </x:c>
+      <x:c r="BP9" s="3" t="n">
+        <x:v>2627</x:v>
+      </x:c>
+      <x:c r="BQ9" s="3" t="n">
+        <x:v>1978</x:v>
+      </x:c>
+      <x:c r="BR9" s="3" t="n">
+        <x:v>3076</x:v>
+      </x:c>
+      <x:c r="BS9" s="3" t="n">
+        <x:v>3088</x:v>
+      </x:c>
+      <x:c r="BT9" s="3" t="n">
+        <x:v>2827</x:v>
+      </x:c>
+      <x:c r="BU9" s="3" t="n">
+        <x:v>2751</x:v>
+      </x:c>
+      <x:c r="BV9" s="3" t="n">
+        <x:v>3186</x:v>
+      </x:c>
+      <x:c r="BW9" s="3" t="n">
+        <x:v>3617</x:v>
+      </x:c>
+      <x:c r="BX9" s="3" t="n">
+        <x:v>2886</x:v>
+      </x:c>
+      <x:c r="BY9" s="3" t="n">
+        <x:v>4229</x:v>
+      </x:c>
+      <x:c r="BZ9" s="3" t="n">
+        <x:v>2586</x:v>
+      </x:c>
+      <x:c r="CA9" s="3" t="n">
+        <x:v>2709</x:v>
+      </x:c>
+      <x:c r="CB9" s="3" t="n">
+        <x:v>4594</x:v>
+      </x:c>
+      <x:c r="CC9" s="3" t="n">
+        <x:v>4484</x:v>
+      </x:c>
+      <x:c r="CD9" s="3" t="n">
+        <x:v>3977</x:v>
+      </x:c>
+      <x:c r="CE9" s="3" t="n">
+        <x:v>3835</x:v>
+      </x:c>
+      <x:c r="CF9" s="3" t="n">
+        <x:v>3670</x:v>
+      </x:c>
+      <x:c r="CG9" s="3" t="n">
+        <x:v>3707</x:v>
+      </x:c>
+      <x:c r="CH9" s="3" t="n">
+        <x:v>3089</x:v>
+      </x:c>
+      <x:c r="CI9" s="3" t="n">
+        <x:v>3058</x:v>
+      </x:c>
+      <x:c r="CJ9" s="3" t="n">
+        <x:v>3359</x:v>
+      </x:c>
+      <x:c r="CK9" s="3" t="n">
+        <x:v>3844</x:v>
+      </x:c>
+      <x:c r="CL9" s="3" t="n">
+        <x:v>2455</x:v>
+      </x:c>
+      <x:c r="CM9" s="3" t="n">
+        <x:v>2426</x:v>
+      </x:c>
+      <x:c r="CN9" s="3" t="n">
+        <x:v>2371</x:v>
+      </x:c>
+      <x:c r="CO9" s="3" t="n">
+        <x:v>2987</x:v>
+      </x:c>
+      <x:c r="CP9" s="3" t="n">
+        <x:v>3442</x:v>
+      </x:c>
+      <x:c r="CQ9" s="3" t="n">
+        <x:v>2901</x:v>
+      </x:c>
+      <x:c r="CR9" s="3" t="n">
+        <x:v>3027</x:v>
+      </x:c>
+      <x:c r="CS9" s="3" t="n">
+        <x:v>2319</x:v>
+      </x:c>
+      <x:c r="CT9" s="3" t="n">
+        <x:v>2956</x:v>
+      </x:c>
+      <x:c r="CU9" s="3" t="n">
+        <x:v>3174</x:v>
+      </x:c>
+      <x:c r="CV9" s="3" t="n">
+        <x:v>2485</x:v>
+      </x:c>
+      <x:c r="CW9" s="3" t="n">
+        <x:v>2622</x:v>
+      </x:c>
+      <x:c r="CX9" s="3" t="n">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="CY9" s="3" t="n">
+        <x:v>2083</x:v>
+      </x:c>
+      <x:c r="CZ9" s="3" t="n">
+        <x:v>2293</x:v>
+      </x:c>
+      <x:c r="DA9" s="3" t="n">
+        <x:v>2253</x:v>
+      </x:c>
+      <x:c r="DB9" s="3" t="n">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="DC9" s="3" t="n">
+        <x:v>1865</x:v>
+      </x:c>
+      <x:c r="DD9" s="3" t="n">
+        <x:v>1882</x:v>
+      </x:c>
+      <x:c r="DE9" s="3" t="n">
+        <x:v>2380</x:v>
+      </x:c>
+      <x:c r="DF9" s="3" t="n">
+        <x:v>3139</x:v>
+      </x:c>
+      <x:c r="DG9" s="3" t="n">
+        <x:v>3959</x:v>
+      </x:c>
+      <x:c r="DH9" s="3" t="n">
+        <x:v>3561</x:v>
+      </x:c>
+      <x:c r="DI9" s="3" t="n">
+        <x:v>4212</x:v>
+      </x:c>
+      <x:c r="DJ9" s="3" t="n">
+        <x:v>3836</x:v>
+      </x:c>
+      <x:c r="DK9" s="3" t="n">
+        <x:v>3956</x:v>
+      </x:c>
+      <x:c r="DL9" s="3" t="n">
+        <x:v>3726</x:v>
+      </x:c>
+      <x:c r="DM9" s="3" t="n">
         <x:v>4792</x:v>
       </x:c>
-      <x:c r="EL8" s="3" t="n">
-[...147 lines deleted...]
-        <x:v>9400</x:v>
+      <x:c r="DN9" s="3" t="n">
+        <x:v>6852</x:v>
+      </x:c>
+      <x:c r="DO9" s="3" t="n">
+        <x:v>6765</x:v>
+      </x:c>
+      <x:c r="DP9" s="3" t="n">
+        <x:v>6801</x:v>
+      </x:c>
+      <x:c r="DQ9" s="3" t="n">
+        <x:v>7590</x:v>
+      </x:c>
+      <x:c r="DR9" s="3" t="n">
+        <x:v>6421</x:v>
+      </x:c>
+      <x:c r="DS9" s="3" t="n">
+        <x:v>6894</x:v>
+      </x:c>
+      <x:c r="DT9" s="3" t="n">
+        <x:v>6108</x:v>
+      </x:c>
+      <x:c r="DU9" s="3" t="n">
+        <x:v>6191</x:v>
+      </x:c>
+      <x:c r="DV9" s="3" t="n">
+        <x:v>4416</x:v>
+      </x:c>
+      <x:c r="DW9" s="3" t="n">
+        <x:v>5661</x:v>
+      </x:c>
+      <x:c r="DX9" s="3" t="n">
+        <x:v>4893</x:v>
+      </x:c>
+      <x:c r="DY9" s="3" t="n">
+        <x:v>4964</x:v>
+      </x:c>
+      <x:c r="DZ9" s="3" t="n">
+        <x:v>5009</x:v>
+      </x:c>
+      <x:c r="EA9" s="3" t="n">
+        <x:v>5688</x:v>
+      </x:c>
+      <x:c r="EB9" s="3" t="n">
+        <x:v>4649</x:v>
+      </x:c>
+      <x:c r="EC9" s="3" t="n">
+        <x:v>6495</x:v>
+      </x:c>
+      <x:c r="ED9" s="3" t="n">
+        <x:v>4874</x:v>
+      </x:c>
+      <x:c r="EE9" s="3" t="n">
+        <x:v>5796</x:v>
+      </x:c>
+      <x:c r="EF9" s="3" t="n">
+        <x:v>5511</x:v>
+      </x:c>
+      <x:c r="EG9" s="3" t="n">
+        <x:v>6304</x:v>
+      </x:c>
+      <x:c r="EH9" s="3" t="n">
+        <x:v>5825</x:v>
+      </x:c>
+      <x:c r="EI9" s="3" t="n">
+        <x:v>6489</x:v>
+      </x:c>
+      <x:c r="EJ9" s="3" t="n">
+        <x:v>6468</x:v>
+      </x:c>
+      <x:c r="EK9" s="3" t="n">
+        <x:v>7151</x:v>
+      </x:c>
+      <x:c r="EL9" s="3" t="n">
+        <x:v>6268</x:v>
+      </x:c>
+      <x:c r="EM9" s="3" t="n">
+        <x:v>6981</x:v>
+      </x:c>
+      <x:c r="EN9" s="3" t="n">
+        <x:v>6270</x:v>
+      </x:c>
+      <x:c r="EO9" s="3" t="n">
+        <x:v>6425</x:v>
+      </x:c>
+      <x:c r="EP9" s="3" t="n">
+        <x:v>4834</x:v>
+      </x:c>
+      <x:c r="EQ9" s="3" t="n">
+        <x:v>5219</x:v>
+      </x:c>
+      <x:c r="ER9" s="3" t="n">
+        <x:v>4957</x:v>
+      </x:c>
+      <x:c r="ES9" s="3" t="n">
+        <x:v>5934</x:v>
+      </x:c>
+      <x:c r="ET9" s="3" t="n">
+        <x:v>5492</x:v>
+      </x:c>
+      <x:c r="EU9" s="3" t="n">
+        <x:v>6243</x:v>
+      </x:c>
+      <x:c r="EV9" s="3" t="n">
+        <x:v>6639</x:v>
+      </x:c>
+      <x:c r="EW9" s="3" t="n">
+        <x:v>6570</x:v>
+      </x:c>
+      <x:c r="EX9" s="3" t="n">
+        <x:v>6365</x:v>
+      </x:c>
+      <x:c r="EY9" s="3" t="n">
+        <x:v>9780</x:v>
+      </x:c>
+      <x:c r="EZ9" s="3" t="n">
+        <x:v>9949</x:v>
+      </x:c>
+      <x:c r="FA9" s="3" t="n">
+        <x:v>7865</x:v>
+      </x:c>
+      <x:c r="FB9" s="3" t="n">
+        <x:v>7659</x:v>
+      </x:c>
+      <x:c r="FC9" s="3" t="n">
+        <x:v>10737</x:v>
+      </x:c>
+      <x:c r="FD9" s="3" t="n">
+        <x:v>7389</x:v>
+      </x:c>
+      <x:c r="FE9" s="3" t="n">
+        <x:v>11367</x:v>
+      </x:c>
+      <x:c r="FF9" s="3" t="n">
+        <x:v>6930</x:v>
+      </x:c>
+      <x:c r="FG9" s="3" t="n">
+        <x:v>12539</x:v>
+      </x:c>
+      <x:c r="FH9" s="3" t="n">
+        <x:v>11237</x:v>
+      </x:c>
+      <x:c r="FI9" s="3" t="n">
+        <x:v>9807</x:v>
+      </x:c>
+      <x:c r="FJ9" s="3" t="n">
+        <x:v>8400</x:v>
+      </x:c>
+      <x:c r="FK9" s="3" t="n">
+        <x:v>13567</x:v>
+      </x:c>
+      <x:c r="FL9" s="3" t="n">
+        <x:v>12622</x:v>
+      </x:c>
+      <x:c r="FM9" s="3" t="n">
+        <x:v>11110</x:v>
+      </x:c>
+      <x:c r="FN9" s="3" t="n">
+        <x:v>8902</x:v>
+      </x:c>
+      <x:c r="FO9" s="3" t="n">
+        <x:v>12918</x:v>
+      </x:c>
+      <x:c r="FP9" s="3" t="n">
+        <x:v>11368</x:v>
+      </x:c>
+      <x:c r="FQ9" s="3" t="n">
+        <x:v>11506</x:v>
+      </x:c>
+      <x:c r="FR9" s="3" t="n">
+        <x:v>9776</x:v>
+      </x:c>
+      <x:c r="FS9" s="3" t="n">
+        <x:v>12682</x:v>
+      </x:c>
+      <x:c r="FT9" s="3" t="n">
+        <x:v>13777</x:v>
+      </x:c>
+      <x:c r="FU9" s="3" t="n">
+        <x:v>12793</x:v>
+      </x:c>
+      <x:c r="FV9" s="3" t="n">
+        <x:v>11325</x:v>
+      </x:c>
+      <x:c r="FW9" s="3" t="n">
+        <x:v>12374</x:v>
+      </x:c>
+      <x:c r="FX9" s="3" t="n">
+        <x:v>16327</x:v>
+      </x:c>
+      <x:c r="FY9" s="3" t="n">
+        <x:v>12849</x:v>
+      </x:c>
+      <x:c r="FZ9" s="3" t="n">
+        <x:v>9932</x:v>
+      </x:c>
+      <x:c r="GA9" s="3" t="n">
+        <x:v>18735</x:v>
+      </x:c>
+      <x:c r="GB9" s="3" t="n">
+        <x:v>10621</x:v>
+      </x:c>
+      <x:c r="GC9" s="3" t="n">
+        <x:v>13407</x:v>
+      </x:c>
+      <x:c r="GD9" s="3" t="n">
+        <x:v>9650</x:v>
+      </x:c>
+      <x:c r="GE9" s="3" t="n">
+        <x:v>15056</x:v>
+      </x:c>
+      <x:c r="GF9" s="3" t="n">
+        <x:v>12892</x:v>
+      </x:c>
+      <x:c r="GG9" s="3" t="n">
+        <x:v>20171</x:v>
+      </x:c>
+      <x:c r="GH9" s="3" t="n">
+        <x:v>14430</x:v>
+      </x:c>
+      <x:c r="GI9" s="3" t="n">
+        <x:v>21172</x:v>
+      </x:c>
+      <x:c r="GJ9" s="3" t="n">
+        <x:v>12489</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:191">
-[...571 lines deleted...]
-        <x:v>20681</x:v>
+    <x:row r="10" spans="1:192">
+      <x:c r="A10" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="n">
+        <x:v>4636</x:v>
+      </x:c>
+      <x:c r="C10" s="3" t="n">
+        <x:v>4978</x:v>
+      </x:c>
+      <x:c r="D10" s="3" t="n">
+        <x:v>4306</x:v>
+      </x:c>
+      <x:c r="E10" s="3" t="n">
+        <x:v>5300</x:v>
+      </x:c>
+      <x:c r="F10" s="3" t="n">
+        <x:v>4103</x:v>
+      </x:c>
+      <x:c r="G10" s="3" t="n">
+        <x:v>4670</x:v>
+      </x:c>
+      <x:c r="H10" s="3" t="n">
+        <x:v>4690</x:v>
+      </x:c>
+      <x:c r="I10" s="3" t="n">
+        <x:v>5663</x:v>
+      </x:c>
+      <x:c r="J10" s="3" t="n">
+        <x:v>4876</x:v>
+      </x:c>
+      <x:c r="K10" s="3" t="n">
+        <x:v>5469</x:v>
+      </x:c>
+      <x:c r="L10" s="3" t="n">
+        <x:v>5454</x:v>
+      </x:c>
+      <x:c r="M10" s="3" t="n">
+        <x:v>6352</x:v>
+      </x:c>
+      <x:c r="N10" s="3" t="n">
+        <x:v>5606</x:v>
+      </x:c>
+      <x:c r="O10" s="3" t="n">
+        <x:v>6506</x:v>
+      </x:c>
+      <x:c r="P10" s="3" t="n">
+        <x:v>6295</x:v>
+      </x:c>
+      <x:c r="Q10" s="3" t="n">
+        <x:v>7419</x:v>
+      </x:c>
+      <x:c r="R10" s="3" t="n">
+        <x:v>6135</x:v>
+      </x:c>
+      <x:c r="S10" s="3" t="n">
+        <x:v>6606</x:v>
+      </x:c>
+      <x:c r="T10" s="3" t="n">
+        <x:v>6424</x:v>
+      </x:c>
+      <x:c r="U10" s="3" t="n">
+        <x:v>7598</x:v>
+      </x:c>
+      <x:c r="V10" s="3" t="n">
+        <x:v>6271</x:v>
+      </x:c>
+      <x:c r="W10" s="3" t="n">
+        <x:v>6815</x:v>
+      </x:c>
+      <x:c r="X10" s="3" t="n">
+        <x:v>6850</x:v>
+      </x:c>
+      <x:c r="Y10" s="3" t="n">
+        <x:v>7677</x:v>
+      </x:c>
+      <x:c r="Z10" s="3" t="n">
+        <x:v>6648</x:v>
+      </x:c>
+      <x:c r="AA10" s="3" t="n">
+        <x:v>8143</x:v>
+      </x:c>
+      <x:c r="AB10" s="3" t="n">
+        <x:v>8382</x:v>
+      </x:c>
+      <x:c r="AC10" s="3" t="n">
+        <x:v>8704</x:v>
+      </x:c>
+      <x:c r="AD10" s="3" t="n">
+        <x:v>8004</x:v>
+      </x:c>
+      <x:c r="AE10" s="3" t="n">
+        <x:v>9162</x:v>
+      </x:c>
+      <x:c r="AF10" s="3" t="n">
+        <x:v>9017</x:v>
+      </x:c>
+      <x:c r="AG10" s="3" t="n">
+        <x:v>10472</x:v>
+      </x:c>
+      <x:c r="AH10" s="3" t="n">
+        <x:v>8770</x:v>
+      </x:c>
+      <x:c r="AI10" s="3" t="n">
+        <x:v>10993</x:v>
+      </x:c>
+      <x:c r="AJ10" s="3" t="n">
+        <x:v>10153</x:v>
+      </x:c>
+      <x:c r="AK10" s="3" t="n">
+        <x:v>11949</x:v>
+      </x:c>
+      <x:c r="AL10" s="3" t="n">
+        <x:v>10261</x:v>
+      </x:c>
+      <x:c r="AM10" s="3" t="n">
+        <x:v>10938</x:v>
+      </x:c>
+      <x:c r="AN10" s="3" t="n">
+        <x:v>10972</x:v>
+      </x:c>
+      <x:c r="AO10" s="3" t="n">
+        <x:v>12643</x:v>
+      </x:c>
+      <x:c r="AP10" s="3" t="n">
+        <x:v>10509</x:v>
+      </x:c>
+      <x:c r="AQ10" s="3" t="n">
+        <x:v>11285</x:v>
+      </x:c>
+      <x:c r="AR10" s="3" t="n">
+        <x:v>11193</x:v>
+      </x:c>
+      <x:c r="AS10" s="3" t="n">
+        <x:v>12779</x:v>
+      </x:c>
+      <x:c r="AT10" s="3" t="n">
+        <x:v>8325</x:v>
+      </x:c>
+      <x:c r="AU10" s="3" t="n">
+        <x:v>9899</x:v>
+      </x:c>
+      <x:c r="AV10" s="3" t="n">
+        <x:v>9365</x:v>
+      </x:c>
+      <x:c r="AW10" s="3" t="n">
+        <x:v>11772</x:v>
+      </x:c>
+      <x:c r="AX10" s="3" t="n">
+        <x:v>8698</x:v>
+      </x:c>
+      <x:c r="AY10" s="3" t="n">
+        <x:v>9305</x:v>
+      </x:c>
+      <x:c r="AZ10" s="3" t="n">
+        <x:v>8921</x:v>
+      </x:c>
+      <x:c r="BA10" s="3" t="n">
+        <x:v>11673</x:v>
+      </x:c>
+      <x:c r="BB10" s="3" t="n">
+        <x:v>8417</x:v>
+      </x:c>
+      <x:c r="BC10" s="3" t="n">
+        <x:v>8893</x:v>
+      </x:c>
+      <x:c r="BD10" s="3" t="n">
+        <x:v>9377</x:v>
+      </x:c>
+      <x:c r="BE10" s="3" t="n">
+        <x:v>12194</x:v>
+      </x:c>
+      <x:c r="BF10" s="3" t="n">
+        <x:v>8082</x:v>
+      </x:c>
+      <x:c r="BG10" s="3" t="n">
+        <x:v>9381</x:v>
+      </x:c>
+      <x:c r="BH10" s="3" t="n">
+        <x:v>8793</x:v>
+      </x:c>
+      <x:c r="BI10" s="3" t="n">
+        <x:v>11960</x:v>
+      </x:c>
+      <x:c r="BJ10" s="3" t="n">
+        <x:v>7595</x:v>
+      </x:c>
+      <x:c r="BK10" s="3" t="n">
+        <x:v>9914</x:v>
+      </x:c>
+      <x:c r="BL10" s="3" t="n">
+        <x:v>9637</x:v>
+      </x:c>
+      <x:c r="BM10" s="3" t="n">
+        <x:v>11521</x:v>
+      </x:c>
+      <x:c r="BN10" s="3" t="n">
+        <x:v>9018</x:v>
+      </x:c>
+      <x:c r="BO10" s="3" t="n">
+        <x:v>10477</x:v>
+      </x:c>
+      <x:c r="BP10" s="3" t="n">
+        <x:v>10929</x:v>
+      </x:c>
+      <x:c r="BQ10" s="3" t="n">
+        <x:v>13727</x:v>
+      </x:c>
+      <x:c r="BR10" s="3" t="n">
+        <x:v>10187</x:v>
+      </x:c>
+      <x:c r="BS10" s="3" t="n">
+        <x:v>11217</x:v>
+      </x:c>
+      <x:c r="BT10" s="3" t="n">
+        <x:v>11927</x:v>
+      </x:c>
+      <x:c r="BU10" s="3" t="n">
+        <x:v>13249</x:v>
+      </x:c>
+      <x:c r="BV10" s="3" t="n">
+        <x:v>10823</x:v>
+      </x:c>
+      <x:c r="BW10" s="3" t="n">
+        <x:v>11820</x:v>
+      </x:c>
+      <x:c r="BX10" s="3" t="n">
+        <x:v>12496</x:v>
+      </x:c>
+      <x:c r="BY10" s="3" t="n">
+        <x:v>15890</x:v>
+      </x:c>
+      <x:c r="BZ10" s="3" t="n">
+        <x:v>12026</x:v>
+      </x:c>
+      <x:c r="CA10" s="3" t="n">
+        <x:v>14291</x:v>
+      </x:c>
+      <x:c r="CB10" s="3" t="n">
+        <x:v>14340</x:v>
+      </x:c>
+      <x:c r="CC10" s="3" t="n">
+        <x:v>17620</x:v>
+      </x:c>
+      <x:c r="CD10" s="3" t="n">
+        <x:v>13622</x:v>
+      </x:c>
+      <x:c r="CE10" s="3" t="n">
+        <x:v>15776</x:v>
+      </x:c>
+      <x:c r="CF10" s="3" t="n">
+        <x:v>17259</x:v>
+      </x:c>
+      <x:c r="CG10" s="3" t="n">
+        <x:v>21218</x:v>
+      </x:c>
+      <x:c r="CH10" s="3" t="n">
+        <x:v>15041</x:v>
+      </x:c>
+      <x:c r="CI10" s="3" t="n">
+        <x:v>16050</x:v>
+      </x:c>
+      <x:c r="CJ10" s="3" t="n">
+        <x:v>17670</x:v>
+      </x:c>
+      <x:c r="CK10" s="3" t="n">
+        <x:v>20685</x:v>
+      </x:c>
+      <x:c r="CL10" s="3" t="n">
+        <x:v>15850</x:v>
+      </x:c>
+      <x:c r="CM10" s="3" t="n">
+        <x:v>17299</x:v>
+      </x:c>
+      <x:c r="CN10" s="3" t="n">
+        <x:v>15997</x:v>
+      </x:c>
+      <x:c r="CO10" s="3" t="n">
+        <x:v>19355</x:v>
+      </x:c>
+      <x:c r="CP10" s="3" t="n">
+        <x:v>15146</x:v>
+      </x:c>
+      <x:c r="CQ10" s="3" t="n">
+        <x:v>17744</x:v>
+      </x:c>
+      <x:c r="CR10" s="3" t="n">
+        <x:v>16079</x:v>
+      </x:c>
+      <x:c r="CS10" s="3" t="n">
+        <x:v>19344</x:v>
+      </x:c>
+      <x:c r="CT10" s="3" t="n">
+        <x:v>16724</x:v>
+      </x:c>
+      <x:c r="CU10" s="3" t="n">
+        <x:v>19129</x:v>
+      </x:c>
+      <x:c r="CV10" s="3" t="n">
+        <x:v>17686</x:v>
+      </x:c>
+      <x:c r="CW10" s="3" t="n">
+        <x:v>18595</x:v>
+      </x:c>
+      <x:c r="CX10" s="3" t="n">
+        <x:v>14948</x:v>
+      </x:c>
+      <x:c r="CY10" s="3" t="n">
+        <x:v>17424</x:v>
+      </x:c>
+      <x:c r="CZ10" s="3" t="n">
+        <x:v>15659</x:v>
+      </x:c>
+      <x:c r="DA10" s="3" t="n">
+        <x:v>18133</x:v>
+      </x:c>
+      <x:c r="DB10" s="3" t="n">
+        <x:v>17594</x:v>
+      </x:c>
+      <x:c r="DC10" s="3" t="n">
+        <x:v>19570</x:v>
+      </x:c>
+      <x:c r="DD10" s="3" t="n">
+        <x:v>19364</x:v>
+      </x:c>
+      <x:c r="DE10" s="3" t="n">
+        <x:v>22259</x:v>
+      </x:c>
+      <x:c r="DF10" s="3" t="n">
+        <x:v>18936</x:v>
+      </x:c>
+      <x:c r="DG10" s="3" t="n">
+        <x:v>21501</x:v>
+      </x:c>
+      <x:c r="DH10" s="3" t="n">
+        <x:v>20382</x:v>
+      </x:c>
+      <x:c r="DI10" s="3" t="n">
+        <x:v>24056</x:v>
+      </x:c>
+      <x:c r="DJ10" s="3" t="n">
+        <x:v>20101</x:v>
+      </x:c>
+      <x:c r="DK10" s="3" t="n">
+        <x:v>22641</x:v>
+      </x:c>
+      <x:c r="DL10" s="3" t="n">
+        <x:v>23511</x:v>
+      </x:c>
+      <x:c r="DM10" s="3" t="n">
+        <x:v>28534</x:v>
+      </x:c>
+      <x:c r="DN10" s="3" t="n">
+        <x:v>20983</x:v>
+      </x:c>
+      <x:c r="DO10" s="3" t="n">
+        <x:v>25649</x:v>
+      </x:c>
+      <x:c r="DP10" s="3" t="n">
+        <x:v>23412</x:v>
+      </x:c>
+      <x:c r="DQ10" s="3" t="n">
+        <x:v>26322</x:v>
+      </x:c>
+      <x:c r="DR10" s="3" t="n">
+        <x:v>22900</x:v>
+      </x:c>
+      <x:c r="DS10" s="3" t="n">
+        <x:v>26094</x:v>
+      </x:c>
+      <x:c r="DT10" s="3" t="n">
+        <x:v>24847</x:v>
+      </x:c>
+      <x:c r="DU10" s="3" t="n">
+        <x:v>29805</x:v>
+      </x:c>
+      <x:c r="DV10" s="3" t="n">
+        <x:v>21089</x:v>
+      </x:c>
+      <x:c r="DW10" s="3" t="n">
+        <x:v>20773</x:v>
+      </x:c>
+      <x:c r="DX10" s="3" t="n">
+        <x:v>19526</x:v>
+      </x:c>
+      <x:c r="DY10" s="3" t="n">
+        <x:v>25110</x:v>
+      </x:c>
+      <x:c r="DZ10" s="3" t="n">
+        <x:v>17469</x:v>
+      </x:c>
+      <x:c r="EA10" s="3" t="n">
+        <x:v>20377</x:v>
+      </x:c>
+      <x:c r="EB10" s="3" t="n">
+        <x:v>18429</x:v>
+      </x:c>
+      <x:c r="EC10" s="3" t="n">
+        <x:v>25085</x:v>
+      </x:c>
+      <x:c r="ED10" s="3" t="n">
+        <x:v>18166</x:v>
+      </x:c>
+      <x:c r="EE10" s="3" t="n">
+        <x:v>23704</x:v>
+      </x:c>
+      <x:c r="EF10" s="3" t="n">
+        <x:v>19293</x:v>
+      </x:c>
+      <x:c r="EG10" s="3" t="n">
+        <x:v>24885</x:v>
+      </x:c>
+      <x:c r="EH10" s="3" t="n">
+        <x:v>21222</x:v>
+      </x:c>
+      <x:c r="EI10" s="3" t="n">
+        <x:v>24735</x:v>
+      </x:c>
+      <x:c r="EJ10" s="3" t="n">
+        <x:v>24270</x:v>
+      </x:c>
+      <x:c r="EK10" s="3" t="n">
+        <x:v>29260</x:v>
+      </x:c>
+      <x:c r="EL10" s="3" t="n">
+        <x:v>20444</x:v>
+      </x:c>
+      <x:c r="EM10" s="3" t="n">
+        <x:v>26659</x:v>
+      </x:c>
+      <x:c r="EN10" s="3" t="n">
+        <x:v>24055</x:v>
+      </x:c>
+      <x:c r="EO10" s="3" t="n">
+        <x:v>29692</x:v>
+      </x:c>
+      <x:c r="EP10" s="3" t="n">
+        <x:v>23809</x:v>
+      </x:c>
+      <x:c r="EQ10" s="3" t="n">
+        <x:v>26704</x:v>
+      </x:c>
+      <x:c r="ER10" s="3" t="n">
+        <x:v>24791</x:v>
+      </x:c>
+      <x:c r="ES10" s="3" t="n">
+        <x:v>30676</x:v>
+      </x:c>
+      <x:c r="ET10" s="3" t="n">
+        <x:v>22339</x:v>
+      </x:c>
+      <x:c r="EU10" s="3" t="n">
+        <x:v>25513</x:v>
+      </x:c>
+      <x:c r="EV10" s="3" t="n">
+        <x:v>24678</x:v>
+      </x:c>
+      <x:c r="EW10" s="3" t="n">
+        <x:v>29477</x:v>
+      </x:c>
+      <x:c r="EX10" s="3" t="n">
+        <x:v>23198</x:v>
+      </x:c>
+      <x:c r="EY10" s="3" t="n">
+        <x:v>25688</x:v>
+      </x:c>
+      <x:c r="EZ10" s="3" t="n">
+        <x:v>26572</x:v>
+      </x:c>
+      <x:c r="FA10" s="3" t="n">
+        <x:v>31752</x:v>
+      </x:c>
+      <x:c r="FB10" s="3" t="n">
+        <x:v>26338</x:v>
+      </x:c>
+      <x:c r="FC10" s="3" t="n">
+        <x:v>29173</x:v>
+      </x:c>
+      <x:c r="FD10" s="3" t="n">
+        <x:v>28656</x:v>
+      </x:c>
+      <x:c r="FE10" s="3" t="n">
+        <x:v>38909</x:v>
+      </x:c>
+      <x:c r="FF10" s="3" t="n">
+        <x:v>29169</x:v>
+      </x:c>
+      <x:c r="FG10" s="3" t="n">
+        <x:v>35210</x:v>
+      </x:c>
+      <x:c r="FH10" s="3" t="n">
+        <x:v>34603</x:v>
+      </x:c>
+      <x:c r="FI10" s="3" t="n">
+        <x:v>41848</x:v>
+      </x:c>
+      <x:c r="FJ10" s="3" t="n">
+        <x:v>33446</x:v>
+      </x:c>
+      <x:c r="FK10" s="3" t="n">
+        <x:v>37833</x:v>
+      </x:c>
+      <x:c r="FL10" s="3" t="n">
+        <x:v>39095</x:v>
+      </x:c>
+      <x:c r="FM10" s="3" t="n">
+        <x:v>45072</x:v>
+      </x:c>
+      <x:c r="FN10" s="3" t="n">
+        <x:v>32579</x:v>
+      </x:c>
+      <x:c r="FO10" s="3" t="n">
+        <x:v>37543</x:v>
+      </x:c>
+      <x:c r="FP10" s="3" t="n">
+        <x:v>36584</x:v>
+      </x:c>
+      <x:c r="FQ10" s="3" t="n">
+        <x:v>41177</x:v>
+      </x:c>
+      <x:c r="FR10" s="3" t="n">
+        <x:v>34020</x:v>
+      </x:c>
+      <x:c r="FS10" s="3" t="n">
+        <x:v>36035</x:v>
+      </x:c>
+      <x:c r="FT10" s="3" t="n">
+        <x:v>36630</x:v>
+      </x:c>
+      <x:c r="FU10" s="3" t="n">
+        <x:v>44271</x:v>
+      </x:c>
+      <x:c r="FV10" s="3" t="n">
+        <x:v>32839</x:v>
+      </x:c>
+      <x:c r="FW10" s="3" t="n">
+        <x:v>35313</x:v>
+      </x:c>
+      <x:c r="FX10" s="3" t="n">
+        <x:v>34261</x:v>
+      </x:c>
+      <x:c r="FY10" s="3" t="n">
+        <x:v>41852</x:v>
+      </x:c>
+      <x:c r="FZ10" s="3" t="n">
+        <x:v>39448</x:v>
+      </x:c>
+      <x:c r="GA10" s="3" t="n">
+        <x:v>39348</x:v>
+      </x:c>
+      <x:c r="GB10" s="3" t="n">
+        <x:v>39993</x:v>
+      </x:c>
+      <x:c r="GC10" s="3" t="n">
+        <x:v>52764</x:v>
+      </x:c>
+      <x:c r="GD10" s="3" t="n">
+        <x:v>41134</x:v>
+      </x:c>
+      <x:c r="GE10" s="3" t="n">
+        <x:v>45433</x:v>
+      </x:c>
+      <x:c r="GF10" s="3" t="n">
+        <x:v>47858</x:v>
+      </x:c>
+      <x:c r="GG10" s="3" t="n">
+        <x:v>54582</x:v>
+      </x:c>
+      <x:c r="GH10" s="3" t="n">
+        <x:v>40114</x:v>
+      </x:c>
+      <x:c r="GI10" s="3" t="n">
+        <x:v>43714</x:v>
+      </x:c>
+      <x:c r="GJ10" s="3" t="n">
+        <x:v>48227</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:191">
-[...574 lines deleted...]
-    <x:row r="11" spans="1:191">
+    <x:row r="11" spans="1:192">
       <x:c r="A11" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
@@ -5667,1373 +5691,1382 @@
       <x:c r="FR11" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="FS11" s="3" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="FT11" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="FU11" s="3" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="FV11" s="3" t="n">
         <x:v>-43</x:v>
       </x:c>
       <x:c r="FW11" s="3" t="n">
         <x:v>-42</x:v>
       </x:c>
       <x:c r="FX11" s="3" t="n">
         <x:v>-20</x:v>
       </x:c>
       <x:c r="FY11" s="3" t="n">
         <x:v>-41</x:v>
       </x:c>
       <x:c r="FZ11" s="3" t="n">
-        <x:v>-26</x:v>
+        <x:v>-32</x:v>
       </x:c>
       <x:c r="GA11" s="3" t="n">
-        <x:v>-28</x:v>
+        <x:v>-36</x:v>
       </x:c>
       <x:c r="GB11" s="3" t="n">
-        <x:v>-61</x:v>
+        <x:v>-77</x:v>
       </x:c>
       <x:c r="GC11" s="3" t="n">
-        <x:v>-29</x:v>
+        <x:v>-37</x:v>
       </x:c>
       <x:c r="GD11" s="3" t="n">
-        <x:v>-27</x:v>
+        <x:v>-35</x:v>
       </x:c>
       <x:c r="GE11" s="3" t="n">
-        <x:v>-30</x:v>
+        <x:v>-44</x:v>
       </x:c>
       <x:c r="GF11" s="3" t="n">
-        <x:v>-70</x:v>
+        <x:v>-80</x:v>
       </x:c>
       <x:c r="GG11" s="3" t="n">
-        <x:v>-30</x:v>
+        <x:v>-39</x:v>
       </x:c>
       <x:c r="GH11" s="3" t="n">
-        <x:v>-28</x:v>
+        <x:v>-36</x:v>
       </x:c>
       <x:c r="GI11" s="3" t="n">
-        <x:v>-30</x:v>
+        <x:v>-46</x:v>
+      </x:c>
+      <x:c r="GJ11" s="3" t="n">
+        <x:v>-82</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:191">
+    <x:row r="12" spans="1:192">
       <x:c r="A12" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>691</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
         <x:v>698</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="J12" s="3" t="n">
-        <x:v>860</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="K12" s="3" t="n">
-        <x:v>860</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="L12" s="3" t="n">
-        <x:v>868</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="M12" s="3" t="n">
-        <x:v>868</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="N12" s="3" t="n">
-        <x:v>990</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="O12" s="3" t="n">
-        <x:v>999</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="P12" s="3" t="n">
-        <x:v>1008</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="Q12" s="3" t="n">
-        <x:v>1008</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="R12" s="3" t="n">
-        <x:v>1171</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="S12" s="3" t="n">
-        <x:v>1182</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="T12" s="3" t="n">
-        <x:v>1192</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="U12" s="3" t="n">
-        <x:v>1192</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="V12" s="3" t="n">
-        <x:v>1382</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="W12" s="3" t="n">
-        <x:v>1394</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="X12" s="3" t="n">
-        <x:v>1407</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="Y12" s="3" t="n">
-        <x:v>1407</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="Z12" s="3" t="n">
-        <x:v>1768</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="AA12" s="3" t="n">
-        <x:v>1768</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="AB12" s="3" t="n">
-        <x:v>1783</x:v>
+        <x:v>1784</x:v>
       </x:c>
       <x:c r="AC12" s="3" t="n">
-        <x:v>1783</x:v>
+        <x:v>1784</x:v>
       </x:c>
       <x:c r="AD12" s="3" t="n">
         <x:v>2274</x:v>
       </x:c>
       <x:c r="AE12" s="3" t="n">
         <x:v>2293</x:v>
       </x:c>
       <x:c r="AF12" s="3" t="n">
-        <x:v>2312</x:v>
+        <x:v>2313</x:v>
       </x:c>
       <x:c r="AG12" s="3" t="n">
-        <x:v>2312</x:v>
+        <x:v>2313</x:v>
       </x:c>
       <x:c r="AH12" s="3" t="n">
-        <x:v>2570</x:v>
+        <x:v>2580</x:v>
       </x:c>
       <x:c r="AI12" s="3" t="n">
-        <x:v>2591</x:v>
+        <x:v>2601</x:v>
       </x:c>
       <x:c r="AJ12" s="3" t="n">
-        <x:v>2613</x:v>
+        <x:v>2622</x:v>
       </x:c>
       <x:c r="AK12" s="3" t="n">
-        <x:v>2613</x:v>
+        <x:v>2622</x:v>
       </x:c>
       <x:c r="AL12" s="3" t="n">
-        <x:v>2806</x:v>
+        <x:v>2810</x:v>
       </x:c>
       <x:c r="AM12" s="3" t="n">
-        <x:v>2829</x:v>
+        <x:v>2833</x:v>
       </x:c>
       <x:c r="AN12" s="3" t="n">
-        <x:v>2851</x:v>
+        <x:v>2856</x:v>
       </x:c>
       <x:c r="AO12" s="3" t="n">
-        <x:v>2851</x:v>
+        <x:v>2856</x:v>
       </x:c>
       <x:c r="AP12" s="3" t="n">
-        <x:v>2796</x:v>
+        <x:v>2803</x:v>
       </x:c>
       <x:c r="AQ12" s="3" t="n">
-        <x:v>2796</x:v>
+        <x:v>2803</x:v>
       </x:c>
       <x:c r="AR12" s="3" t="n">
-        <x:v>2819</x:v>
+        <x:v>2826</x:v>
       </x:c>
       <x:c r="AS12" s="3" t="n">
-        <x:v>2819</x:v>
+        <x:v>2826</x:v>
       </x:c>
       <x:c r="AT12" s="3" t="n">
-        <x:v>2834</x:v>
+        <x:v>2843</x:v>
       </x:c>
       <x:c r="AU12" s="3" t="n">
-        <x:v>2859</x:v>
+        <x:v>2867</x:v>
       </x:c>
       <x:c r="AV12" s="3" t="n">
-        <x:v>2883</x:v>
+        <x:v>2892</x:v>
       </x:c>
       <x:c r="AW12" s="3" t="n">
-        <x:v>2883</x:v>
+        <x:v>2892</x:v>
       </x:c>
       <x:c r="AX12" s="3" t="n">
-        <x:v>2989</x:v>
+        <x:v>2999</x:v>
       </x:c>
       <x:c r="AY12" s="3" t="n">
-        <x:v>3015</x:v>
+        <x:v>3024</x:v>
       </x:c>
       <x:c r="AZ12" s="3" t="n">
-        <x:v>3041</x:v>
+        <x:v>3050</x:v>
       </x:c>
       <x:c r="BA12" s="3" t="n">
-        <x:v>3041</x:v>
+        <x:v>3050</x:v>
       </x:c>
       <x:c r="BB12" s="3" t="n">
-        <x:v>3034</x:v>
+        <x:v>3043</x:v>
       </x:c>
       <x:c r="BC12" s="3" t="n">
-        <x:v>3058</x:v>
+        <x:v>3068</x:v>
       </x:c>
       <x:c r="BD12" s="3" t="n">
-        <x:v>3082</x:v>
+        <x:v>3092</x:v>
       </x:c>
       <x:c r="BE12" s="3" t="n">
-        <x:v>3082</x:v>
+        <x:v>3092</x:v>
       </x:c>
       <x:c r="BF12" s="3" t="n">
-        <x:v>3259</x:v>
+        <x:v>3266</x:v>
       </x:c>
       <x:c r="BG12" s="3" t="n">
-        <x:v>3259</x:v>
+        <x:v>3266</x:v>
       </x:c>
       <x:c r="BH12" s="3" t="n">
-        <x:v>3285</x:v>
+        <x:v>3293</x:v>
       </x:c>
       <x:c r="BI12" s="3" t="n">
-        <x:v>3285</x:v>
+        <x:v>3293</x:v>
       </x:c>
       <x:c r="BJ12" s="3" t="n">
-        <x:v>3652</x:v>
+        <x:v>3782</x:v>
       </x:c>
       <x:c r="BK12" s="3" t="n">
-        <x:v>3680</x:v>
+        <x:v>3812</x:v>
       </x:c>
       <x:c r="BL12" s="3" t="n">
-        <x:v>3708</x:v>
+        <x:v>3841</x:v>
       </x:c>
       <x:c r="BM12" s="3" t="n">
-        <x:v>3708</x:v>
+        <x:v>3841</x:v>
       </x:c>
       <x:c r="BN12" s="3" t="n">
-        <x:v>3921</x:v>
+        <x:v>3941</x:v>
       </x:c>
       <x:c r="BO12" s="3" t="n">
-        <x:v>3951</x:v>
+        <x:v>3972</x:v>
       </x:c>
       <x:c r="BP12" s="3" t="n">
-        <x:v>3982</x:v>
+        <x:v>4003</x:v>
       </x:c>
       <x:c r="BQ12" s="3" t="n">
-        <x:v>3982</x:v>
+        <x:v>4003</x:v>
       </x:c>
       <x:c r="BR12" s="3" t="n">
-        <x:v>4192</x:v>
+        <x:v>4289</x:v>
       </x:c>
       <x:c r="BS12" s="3" t="n">
-        <x:v>4192</x:v>
+        <x:v>4290</x:v>
       </x:c>
       <x:c r="BT12" s="3" t="n">
-        <x:v>4192</x:v>
+        <x:v>4291</x:v>
       </x:c>
       <x:c r="BU12" s="3" t="n">
-        <x:v>4192</x:v>
+        <x:v>4291</x:v>
       </x:c>
       <x:c r="BV12" s="3" t="n">
-        <x:v>4700</x:v>
+        <x:v>4735</x:v>
       </x:c>
       <x:c r="BW12" s="3" t="n">
-        <x:v>4700</x:v>
+        <x:v>4735</x:v>
       </x:c>
       <x:c r="BX12" s="3" t="n">
-        <x:v>4700</x:v>
+        <x:v>4736</x:v>
       </x:c>
       <x:c r="BY12" s="3" t="n">
-        <x:v>4700</x:v>
+        <x:v>4736</x:v>
       </x:c>
       <x:c r="BZ12" s="3" t="n">
-        <x:v>4940</x:v>
+        <x:v>4989</x:v>
       </x:c>
       <x:c r="CA12" s="3" t="n">
-        <x:v>4940</x:v>
+        <x:v>4990</x:v>
       </x:c>
       <x:c r="CB12" s="3" t="n">
-        <x:v>4940</x:v>
+        <x:v>4990</x:v>
       </x:c>
       <x:c r="CC12" s="3" t="n">
-        <x:v>4940</x:v>
+        <x:v>4990</x:v>
       </x:c>
       <x:c r="CD12" s="3" t="n">
-        <x:v>5146</x:v>
+        <x:v>5194</x:v>
       </x:c>
       <x:c r="CE12" s="3" t="n">
-        <x:v>5146</x:v>
+        <x:v>5194</x:v>
       </x:c>
       <x:c r="CF12" s="3" t="n">
-        <x:v>5146</x:v>
+        <x:v>5194</x:v>
       </x:c>
       <x:c r="CG12" s="3" t="n">
-        <x:v>5146</x:v>
+        <x:v>5194</x:v>
       </x:c>
       <x:c r="CH12" s="3" t="n">
-        <x:v>5558</x:v>
+        <x:v>5634</x:v>
       </x:c>
       <x:c r="CI12" s="3" t="n">
-        <x:v>5558</x:v>
+        <x:v>5635</x:v>
       </x:c>
       <x:c r="CJ12" s="3" t="n">
-        <x:v>5558</x:v>
+        <x:v>5635</x:v>
       </x:c>
       <x:c r="CK12" s="3" t="n">
-        <x:v>5558</x:v>
+        <x:v>5635</x:v>
       </x:c>
       <x:c r="CL12" s="3" t="n">
-        <x:v>6017</x:v>
+        <x:v>6097</x:v>
       </x:c>
       <x:c r="CM12" s="3" t="n">
-        <x:v>6017</x:v>
+        <x:v>6097</x:v>
       </x:c>
       <x:c r="CN12" s="3" t="n">
-        <x:v>6017</x:v>
+        <x:v>6098</x:v>
       </x:c>
       <x:c r="CO12" s="3" t="n">
-        <x:v>6017</x:v>
+        <x:v>6098</x:v>
       </x:c>
       <x:c r="CP12" s="3" t="n">
-        <x:v>6394</x:v>
+        <x:v>6485</x:v>
       </x:c>
       <x:c r="CQ12" s="3" t="n">
-        <x:v>6394</x:v>
+        <x:v>6486</x:v>
       </x:c>
       <x:c r="CR12" s="3" t="n">
-        <x:v>6394</x:v>
+        <x:v>6486</x:v>
       </x:c>
       <x:c r="CS12" s="3" t="n">
-        <x:v>6394</x:v>
+        <x:v>6486</x:v>
       </x:c>
       <x:c r="CT12" s="3" t="n">
-        <x:v>7024</x:v>
+        <x:v>7112</x:v>
       </x:c>
       <x:c r="CU12" s="3" t="n">
-        <x:v>7024</x:v>
+        <x:v>7112</x:v>
       </x:c>
       <x:c r="CV12" s="3" t="n">
-        <x:v>7024</x:v>
+        <x:v>7113</x:v>
       </x:c>
       <x:c r="CW12" s="3" t="n">
-        <x:v>7024</x:v>
+        <x:v>7113</x:v>
       </x:c>
       <x:c r="CX12" s="3" t="n">
-        <x:v>7999</x:v>
+        <x:v>8185</x:v>
       </x:c>
       <x:c r="CY12" s="3" t="n">
-        <x:v>7999</x:v>
+        <x:v>8186</x:v>
       </x:c>
       <x:c r="CZ12" s="3" t="n">
-        <x:v>7999</x:v>
+        <x:v>8187</x:v>
       </x:c>
       <x:c r="DA12" s="3" t="n">
-        <x:v>7999</x:v>
+        <x:v>8187</x:v>
       </x:c>
       <x:c r="DB12" s="3" t="n">
-        <x:v>8786</x:v>
+        <x:v>9237</x:v>
       </x:c>
       <x:c r="DC12" s="3" t="n">
-        <x:v>8786</x:v>
+        <x:v>9237</x:v>
       </x:c>
       <x:c r="DD12" s="3" t="n">
-        <x:v>8786</x:v>
+        <x:v>9237</x:v>
       </x:c>
       <x:c r="DE12" s="3" t="n">
-        <x:v>8786</x:v>
+        <x:v>9237</x:v>
       </x:c>
       <x:c r="DF12" s="3" t="n">
-        <x:v>7927</x:v>
+        <x:v>8212</x:v>
       </x:c>
       <x:c r="DG12" s="3" t="n">
-        <x:v>7927</x:v>
+        <x:v>8212</x:v>
       </x:c>
       <x:c r="DH12" s="3" t="n">
-        <x:v>7927</x:v>
+        <x:v>8213</x:v>
       </x:c>
       <x:c r="DI12" s="3" t="n">
-        <x:v>7927</x:v>
+        <x:v>8213</x:v>
       </x:c>
       <x:c r="DJ12" s="3" t="n">
-        <x:v>9004</x:v>
+        <x:v>9292</x:v>
       </x:c>
       <x:c r="DK12" s="3" t="n">
-        <x:v>9004</x:v>
+        <x:v>9292</x:v>
       </x:c>
       <x:c r="DL12" s="3" t="n">
-        <x:v>9004</x:v>
+        <x:v>9292</x:v>
       </x:c>
       <x:c r="DM12" s="3" t="n">
-        <x:v>9004</x:v>
+        <x:v>9292</x:v>
       </x:c>
       <x:c r="DN12" s="3" t="n">
-        <x:v>11486</x:v>
+        <x:v>11926</x:v>
       </x:c>
       <x:c r="DO12" s="3" t="n">
-        <x:v>11486</x:v>
+        <x:v>11926</x:v>
       </x:c>
       <x:c r="DP12" s="3" t="n">
-        <x:v>11486</x:v>
+        <x:v>11926</x:v>
       </x:c>
       <x:c r="DQ12" s="3" t="n">
-        <x:v>11486</x:v>
+        <x:v>11926</x:v>
       </x:c>
       <x:c r="DR12" s="3" t="n">
-        <x:v>13638</x:v>
+        <x:v>14180</x:v>
       </x:c>
       <x:c r="DS12" s="3" t="n">
-        <x:v>13638</x:v>
+        <x:v>14180</x:v>
       </x:c>
       <x:c r="DT12" s="3" t="n">
-        <x:v>13638</x:v>
+        <x:v>14180</x:v>
       </x:c>
       <x:c r="DU12" s="3" t="n">
-        <x:v>13638</x:v>
+        <x:v>14180</x:v>
       </x:c>
       <x:c r="DV12" s="3" t="n">
-        <x:v>14257</x:v>
+        <x:v>15123</x:v>
       </x:c>
       <x:c r="DW12" s="3" t="n">
-        <x:v>14257</x:v>
+        <x:v>15123</x:v>
       </x:c>
       <x:c r="DX12" s="3" t="n">
-        <x:v>14257</x:v>
+        <x:v>15124</x:v>
       </x:c>
       <x:c r="DY12" s="3" t="n">
-        <x:v>14257</x:v>
+        <x:v>15124</x:v>
       </x:c>
       <x:c r="DZ12" s="3" t="n">
-        <x:v>15244</x:v>
+        <x:v>16102</x:v>
       </x:c>
       <x:c r="EA12" s="3" t="n">
-        <x:v>15244</x:v>
+        <x:v>16102</x:v>
       </x:c>
       <x:c r="EB12" s="3" t="n">
-        <x:v>15244</x:v>
+        <x:v>16102</x:v>
       </x:c>
       <x:c r="EC12" s="3" t="n">
-        <x:v>15244</x:v>
+        <x:v>16102</x:v>
       </x:c>
       <x:c r="ED12" s="3" t="n">
-        <x:v>15503</x:v>
+        <x:v>16669</x:v>
       </x:c>
       <x:c r="EE12" s="3" t="n">
-        <x:v>15503</x:v>
+        <x:v>16669</x:v>
       </x:c>
       <x:c r="EF12" s="3" t="n">
-        <x:v>15503</x:v>
+        <x:v>16669</x:v>
       </x:c>
       <x:c r="EG12" s="3" t="n">
-        <x:v>15503</x:v>
+        <x:v>16669</x:v>
       </x:c>
       <x:c r="EH12" s="3" t="n">
-        <x:v>15804</x:v>
+        <x:v>16736</x:v>
       </x:c>
       <x:c r="EI12" s="3" t="n">
-        <x:v>15570</x:v>
+        <x:v>16482</x:v>
       </x:c>
       <x:c r="EJ12" s="3" t="n">
-        <x:v>15293</x:v>
+        <x:v>16195</x:v>
       </x:c>
       <x:c r="EK12" s="3" t="n">
-        <x:v>17121</x:v>
+        <x:v>18120</x:v>
       </x:c>
       <x:c r="EL12" s="3" t="n">
-        <x:v>17896</x:v>
+        <x:v>18912</x:v>
       </x:c>
       <x:c r="EM12" s="3" t="n">
-        <x:v>18473</x:v>
+        <x:v>19548</x:v>
       </x:c>
       <x:c r="EN12" s="3" t="n">
-        <x:v>17824</x:v>
+        <x:v>18863</x:v>
       </x:c>
       <x:c r="EO12" s="3" t="n">
-        <x:v>19674</x:v>
+        <x:v>20810</x:v>
       </x:c>
       <x:c r="EP12" s="3" t="n">
-        <x:v>18757</x:v>
+        <x:v>20125</x:v>
       </x:c>
       <x:c r="EQ12" s="3" t="n">
-        <x:v>18766</x:v>
+        <x:v>20133</x:v>
       </x:c>
       <x:c r="ER12" s="3" t="n">
-        <x:v>18430</x:v>
+        <x:v>19777</x:v>
       </x:c>
       <x:c r="ES12" s="3" t="n">
-        <x:v>20473</x:v>
+        <x:v>21950</x:v>
       </x:c>
       <x:c r="ET12" s="3" t="n">
-        <x:v>19584</x:v>
+        <x:v>20821</x:v>
       </x:c>
       <x:c r="EU12" s="3" t="n">
-        <x:v>19634</x:v>
+        <x:v>20883</x:v>
       </x:c>
       <x:c r="EV12" s="3" t="n">
-        <x:v>19011</x:v>
+        <x:v>20199</x:v>
       </x:c>
       <x:c r="EW12" s="3" t="n">
-        <x:v>20896</x:v>
+        <x:v>22208</x:v>
       </x:c>
       <x:c r="EX12" s="3" t="n">
-        <x:v>22457</x:v>
+        <x:v>24424</x:v>
       </x:c>
       <x:c r="EY12" s="3" t="n">
-        <x:v>22901</x:v>
+        <x:v>24867</x:v>
       </x:c>
       <x:c r="EZ12" s="3" t="n">
-        <x:v>22052</x:v>
+        <x:v>24019</x:v>
       </x:c>
       <x:c r="FA12" s="3" t="n">
-        <x:v>25930</x:v>
+        <x:v>27897</x:v>
       </x:c>
       <x:c r="FB12" s="3" t="n">
-        <x:v>25894</x:v>
+        <x:v>28126</x:v>
       </x:c>
       <x:c r="FC12" s="3" t="n">
-        <x:v>24408</x:v>
+        <x:v>26640</x:v>
       </x:c>
       <x:c r="FD12" s="3" t="n">
-        <x:v>24554</x:v>
+        <x:v>26786</x:v>
       </x:c>
       <x:c r="FE12" s="3" t="n">
-        <x:v>28617</x:v>
+        <x:v>30849</x:v>
       </x:c>
       <x:c r="FF12" s="3" t="n">
-        <x:v>26809</x:v>
+        <x:v>29315</x:v>
       </x:c>
       <x:c r="FG12" s="3" t="n">
-        <x:v>26298</x:v>
+        <x:v>28804</x:v>
       </x:c>
       <x:c r="FH12" s="3" t="n">
-        <x:v>26009</x:v>
+        <x:v>28515</x:v>
       </x:c>
       <x:c r="FI12" s="3" t="n">
-        <x:v>31031</x:v>
+        <x:v>33537</x:v>
       </x:c>
       <x:c r="FJ12" s="3" t="n">
-        <x:v>30533</x:v>
+        <x:v>33379</x:v>
       </x:c>
       <x:c r="FK12" s="3" t="n">
-        <x:v>29419</x:v>
+        <x:v>32266</x:v>
       </x:c>
       <x:c r="FL12" s="3" t="n">
-        <x:v>30108</x:v>
+        <x:v>32955</x:v>
       </x:c>
       <x:c r="FM12" s="3" t="n">
-        <x:v>34891</x:v>
+        <x:v>37738</x:v>
       </x:c>
       <x:c r="FN12" s="3" t="n">
-        <x:v>34593</x:v>
+        <x:v>38160</x:v>
       </x:c>
       <x:c r="FO12" s="3" t="n">
-        <x:v>31162</x:v>
+        <x:v>34729</x:v>
       </x:c>
       <x:c r="FP12" s="3" t="n">
-        <x:v>31545</x:v>
+        <x:v>35112</x:v>
       </x:c>
       <x:c r="FQ12" s="3" t="n">
-        <x:v>38371</x:v>
+        <x:v>41938</x:v>
       </x:c>
       <x:c r="FR12" s="3" t="n">
-        <x:v>32402</x:v>
+        <x:v>35875</x:v>
       </x:c>
       <x:c r="FS12" s="3" t="n">
-        <x:v>31252</x:v>
+        <x:v>34725</x:v>
       </x:c>
       <x:c r="FT12" s="3" t="n">
-        <x:v>31193</x:v>
+        <x:v>34666</x:v>
       </x:c>
       <x:c r="FU12" s="3" t="n">
-        <x:v>37537</x:v>
+        <x:v>41010</x:v>
       </x:c>
       <x:c r="FV12" s="3" t="n">
-        <x:v>35462</x:v>
+        <x:v>39958</x:v>
       </x:c>
       <x:c r="FW12" s="3" t="n">
-        <x:v>34458</x:v>
+        <x:v>38637</x:v>
       </x:c>
       <x:c r="FX12" s="3" t="n">
-        <x:v>34980</x:v>
+        <x:v>39257</x:v>
       </x:c>
       <x:c r="FY12" s="3" t="n">
-        <x:v>37834</x:v>
+        <x:v>42501</x:v>
       </x:c>
       <x:c r="FZ12" s="3" t="n">
-        <x:v>38325</x:v>
+        <x:v>43604</x:v>
       </x:c>
       <x:c r="GA12" s="3" t="n">
-        <x:v>34812</x:v>
+        <x:v>39636</x:v>
       </x:c>
       <x:c r="GB12" s="3" t="n">
-        <x:v>35463</x:v>
+        <x:v>40241</x:v>
       </x:c>
       <x:c r="GC12" s="3" t="n">
-        <x:v>41795</x:v>
+        <x:v>47358</x:v>
       </x:c>
       <x:c r="GD12" s="3" t="n">
-        <x:v>38479</x:v>
+        <x:v>43627</x:v>
       </x:c>
       <x:c r="GE12" s="3" t="n">
-        <x:v>37653</x:v>
+        <x:v>43221</x:v>
       </x:c>
       <x:c r="GF12" s="3" t="n">
-        <x:v>37183</x:v>
+        <x:v>42110</x:v>
       </x:c>
       <x:c r="GG12" s="3" t="n">
-        <x:v>43191</x:v>
+        <x:v>48427</x:v>
       </x:c>
       <x:c r="GH12" s="3" t="n">
-        <x:v>40814</x:v>
+        <x:v>46173</x:v>
       </x:c>
       <x:c r="GI12" s="3" t="n">
-        <x:v>38433</x:v>
+        <x:v>43976</x:v>
+      </x:c>
+      <x:c r="GJ12" s="3" t="n">
+        <x:v>44297</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:191">
+    <x:row r="13" spans="1:192">
       <x:c r="A13" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="K13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="L13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="M13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="N13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="O13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="P13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="V13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="W13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="X13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Y13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Z13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AA13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AB13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AC13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AD13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AE13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AF13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AG13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AH13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AI13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AJ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AK13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AL13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AM13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AN13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AO13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AP13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AQ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AR13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AS13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AT13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AU13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AV13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AW13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AX13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AY13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="AZ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BA13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BB13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BC13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BD13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BE13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BF13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BG13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BH13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BI13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BJ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BK13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BL13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BM13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BN13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BO13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BP13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BQ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BR13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BS13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BT13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BU13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BV13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BW13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BX13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BY13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="BZ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CA13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CB13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CC13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CD13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CE13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CF13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CG13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CH13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CI13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CJ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CK13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CL13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CM13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CN13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CO13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CP13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CQ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CR13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CS13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CT13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CU13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CV13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CW13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CX13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CY13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="CZ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DA13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DB13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DC13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DD13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DE13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DF13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DG13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DH13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DI13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DJ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DK13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DL13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DM13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DN13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DO13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DP13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DQ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DR13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DS13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DT13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DU13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DV13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DW13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DX13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DY13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="DZ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EA13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EB13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EC13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="ED13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EE13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EF13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EG13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EH13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EI13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EJ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EK13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EL13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EM13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EN13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EO13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EP13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EQ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="ER13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="ES13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="ET13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EU13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EV13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EW13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EX13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EY13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="EZ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FA13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FB13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FC13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FD13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FE13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FF13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FG13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FH13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FI13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FJ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FK13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FL13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FM13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FN13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FO13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FP13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FQ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FR13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FS13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FT13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FU13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FV13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FW13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FX13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FY13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="FZ13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GA13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GB13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GC13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GD13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GE13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GF13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GG13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GH13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="GI13" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="GJ13" s="4" t="s">
+        <x:v>202</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:191">
+    <x:row r="15" spans="1:192">
       <x:c r="A15" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:191">
+    <x:row r="16" spans="1:192">
       <x:c r="A16" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:191">
+    <x:row r="17" spans="1:192">
       <x:c r="A17" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:191">
+    <x:row r="19" spans="1:192">
       <x:c r="A19" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:191">
+    <x:row r="20" spans="1:192">
       <x:c r="A20" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:191">
+    <x:row r="21" spans="1:192">
       <x:c r="A21" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:192">
+      <x:c r="A23" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:192">
+      <x:c r="A24" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:192">
+      <x:c r="A26" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:192">
+      <x:c r="A27" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:191">
-[...1 lines deleted...]
-        <x:v>208</x:v>
+    <x:row r="28" spans="1:192">
+      <x:c r="A28" s="0" t="s">
+        <x:v>212</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:191">
-[...1 lines deleted...]
-        <x:v>209</x:v>
+    <x:row r="29" spans="1:192">
+      <x:c r="A29" s="0" t="s">
+        <x:v>213</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:191">
-[...1 lines deleted...]
-        <x:v>210</x:v>
+    <x:row r="30" spans="1:192">
+      <x:c r="A30" s="0" t="s">
+        <x:v>214</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:191">
-[...1 lines deleted...]
-        <x:v>206</x:v>
+    <x:row r="35" spans="1:192">
+      <x:c r="A35" s="0" t="s">
+        <x:v>215</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:191">
-[...1 lines deleted...]
-        <x:v>211</x:v>
+    <x:row r="36" spans="1:192">
+      <x:c r="A36" s="0" t="s">
+        <x:v>207</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:191">
-[...1 lines deleted...]
-        <x:v>212</x:v>
+    <x:row r="37" spans="1:192">
+      <x:c r="A37" s="0" t="s">
+        <x:v>216</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:191">
-[...1 lines deleted...]
-        <x:v>213</x:v>
+    <x:row r="38" spans="1:192">
+      <x:c r="A38" s="0" t="s">
+        <x:v>217</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:191">
-[...1 lines deleted...]
-        <x:v>214</x:v>
+    <x:row r="39" spans="1:192">
+      <x:c r="A39" s="0" t="s">
+        <x:v>207</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:191">
-[...1 lines deleted...]
-        <x:v>206</x:v>
+    <x:row r="40" spans="1:192">
+      <x:c r="A40" s="0" t="s">
+        <x:v>218</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:191">
-[...1 lines deleted...]
-        <x:v>215</x:v>
+    <x:row r="42" spans="1:192">
+      <x:c r="A42" s="0" t="s">
+        <x:v>219</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:191">
-[...19 lines deleted...]
-    <x:row r="43" spans="1:191">
+    <x:row r="43" spans="1:192">
       <x:c r="A43" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:191">
+    <x:row r="44" spans="1:192">
       <x:c r="A44" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:191">
+    <x:row r="47" spans="1:192">
       <x:c r="A47" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:191">
+    <x:row r="48" spans="1:192">
       <x:c r="A48" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:191">
+    <x:row r="52" spans="1:192">
       <x:c r="A52" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:191">
+    <x:row r="54" spans="1:192">
       <x:c r="A54" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:191">
+    <x:row r="55" spans="1:192">
       <x:c r="A55" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:191">
+    <x:row r="57" spans="1:192">
       <x:c r="A57" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:191">
+    <x:row r="58" spans="1:192">
       <x:c r="A58" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>LPriser</vt:lpstr>
       <vt:lpstr>LPriser!Print_Area</vt:lpstr>
       <vt:lpstr>LPriser!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>