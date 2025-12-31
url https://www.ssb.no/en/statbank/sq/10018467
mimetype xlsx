--- v1 (2025-12-11)
+++ v2 (2025-12-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0da62b2a832c4c41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb61ab48fd7c4e82b8bdb5fec756ad44.psmdcp" Id="Ra9dca4beaf294ec9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d99fa9e102b4956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d215bda58bee43e5ba4705503c3b6da7.psmdcp" Id="R3ab3f59861b34176" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="227">
   <x:si>
     <x:t>09183: Gross fixed capital formation, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million)</x:t>
   </x:si>
   <x:si>