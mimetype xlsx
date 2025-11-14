--- v0 (2025-10-21)
+++ v1 (2025-11-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac514445f81d45c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4c1beb2789d140c49ea6a4f200013000.psmdcp" Id="R8f67264dc4eb4a9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a3bc07dcf8b4262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0b631c2f28114cee827333bdba00581b.psmdcp" Id="R2233bdcbfa0f455f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="266">
   <x:si>
     <x:t>09183: Gross fixed capital formation, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million)</x:t>
   </x:si>
   <x:si>