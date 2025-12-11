--- v1 (2025-11-14)
+++ v2 (2025-12-11)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a3bc07dcf8b4262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0b631c2f28114cee827333bdba00581b.psmdcp" Id="R2233bdcbfa0f455f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R720a8bfc13474545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cc740b8a142f475e98e49c9a24944e07.psmdcp" Id="R9af425c5a2834a18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="266">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="269" uniqueCount="269">
   <x:si>
     <x:t>09183: Gross fixed capital formation, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million)</x:t>
   </x:si>
   <x:si>
     <x:t>1978K1</x:t>
   </x:si>
   <x:si>
     <x:t>1978K2</x:t>
   </x:si>
   <x:si>
     <x:t>1978K3</x:t>
   </x:si>
   <x:si>
     <x:t>1978K4</x:t>
   </x:si>
   <x:si>
     <x:t>1979K1</x:t>
   </x:si>
   <x:si>
     <x:t>1979K2</x:t>
   </x:si>
   <x:si>
@@ -586,50 +586,53 @@
   <x:si>
     <x:t>2023K3</x:t>
   </x:si>
   <x:si>
     <x:t>2023K4</x:t>
   </x:si>
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
+    <x:t>2025K3</x:t>
+  </x:si>
+  <x:si>
     <x:t>Total industry</x:t>
   </x:si>
   <x:si>
     <x:t>Agriculture and forestry</x:t>
   </x:si>
   <x:si>
     <x:t>Fishing and aquaculture</x:t>
   </x:si>
   <x:si>
     <x:t>Mining and quarrying</x:t>
   </x:si>
   <x:si>
     <x:t>Oil and gas extraction including services</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Oil and gas extraction</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Service activities incidental to oil and gas</x:t>
   </x:si>
   <x:si>
     <x:t>Manufacturing</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Food products, beverages and tobacco</x:t>
@@ -733,69 +736,75 @@
   <x:si>
     <x:t>Arts, entertainment and other service activities</x:t>
   </x:si>
   <x:si>
     <x:t>¬ General government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Civilian central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Defence</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Local government</x:t>
   </x:si>
   <x:si>
     <x:t>Mainland Norway</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Production for market Mainland Norway</x:t>
   </x:si>
   <x:si>
+    <x:t>.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Market producers</x:t>
   </x:si>
   <x:si>
     <x:t>Non-market producers</x:t>
   </x:si>
   <x:si>
-    <x:t>Unadjusted figures from the base year (final annual accounts) are preliminary.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>In the time series in volume, the figures from the base year and onwards are fixed price figures while data prior to the base year are chained volume figures. This implies that additivity in volume is lost prior to the base year.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>. = Category not applicable. Figures do not exist at this time, because the category was not in use when the figures were collected.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250821 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Achraf Bougroug, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 15</x:t>
   </x:si>
   <x:si>
     <x:t>acb@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>NOK million</x:t>
   </x:si>
@@ -882,65 +891,69 @@
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="4">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -1197,70 +1210,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:GI99"/>
+  <x:dimension ref="A1:GJ100"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="191" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="192" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:191">
+    <x:row r="1" spans="1:192">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:191">
+    <x:row r="3" spans="1:192">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:191">
+    <x:row r="4" spans="1:192">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -1787,629 +1800,635 @@
       </x:c>
       <x:c r="GB4" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="GC4" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="GD4" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="GE4" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="GF4" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="GG4" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="GH4" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="GI4" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
+      <x:c r="GJ4" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:191">
+    <x:row r="5" spans="1:192">
       <x:c r="A5" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>18460</x:v>
+        <x:v>18489</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>20276</x:v>
+        <x:v>20302</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>17494</x:v>
+        <x:v>17521</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>21274</x:v>
+        <x:v>21304</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>17409</x:v>
+        <x:v>17437</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>19271</x:v>
+        <x:v>19298</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>20583</x:v>
+        <x:v>20612</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>24767</x:v>
+        <x:v>24800</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>20547</x:v>
+        <x:v>20575</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>20701</x:v>
+        <x:v>20729</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>23561</x:v>
+        <x:v>23593</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>23979</x:v>
+        <x:v>24015</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>22211</x:v>
+        <x:v>22246</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>22903</x:v>
+        <x:v>22938</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>27818</x:v>
+        <x:v>27857</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>29897</x:v>
+        <x:v>29940</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>26384</x:v>
+        <x:v>26437</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>29140</x:v>
+        <x:v>29191</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>28133</x:v>
+        <x:v>28191</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>30901</x:v>
+        <x:v>30963</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>30902</x:v>
+        <x:v>30948</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>32533</x:v>
+        <x:v>32577</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>31837</x:v>
+        <x:v>31887</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>34666</x:v>
+        <x:v>34722</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>29524</x:v>
+        <x:v>29571</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>36374</x:v>
+        <x:v>36420</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>36055</x:v>
+        <x:v>36108</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>37427</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>30755</x:v>
+        <x:v>30802</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>33945</x:v>
+        <x:v>33991</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>42095</x:v>
+        <x:v>42150</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>39326</x:v>
+        <x:v>39390</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>38622</x:v>
+        <x:v>38692</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>44210</x:v>
+        <x:v>44285</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>43734</x:v>
+        <x:v>43820</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>41079</x:v>
+        <x:v>41177</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>39643</x:v>
+        <x:v>39725</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>42859</x:v>
+        <x:v>42940</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>49091</x:v>
+        <x:v>49172</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>53288</x:v>
+        <x:v>53377</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>43793</x:v>
+        <x:v>43897</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>49079</x:v>
+        <x:v>49178</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>48015</x:v>
+        <x:v>48109</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>56184</x:v>
+        <x:v>56281</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>42648</x:v>
+        <x:v>42756</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>43749</x:v>
+        <x:v>43846</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>44642</x:v>
+        <x:v>44740</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>59238</x:v>
+        <x:v>59342</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>44014</x:v>
+        <x:v>44127</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>43405</x:v>
+        <x:v>43502</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>38911</x:v>
+        <x:v>39007</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>44902</x:v>
+        <x:v>44994</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>39750</x:v>
+        <x:v>39868</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>38910</x:v>
+        <x:v>39017</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>41533</x:v>
+        <x:v>41642</x:v>
       </x:c>
       <x:c r="BE5" s="3" t="n">
-        <x:v>51651</x:v>
+        <x:v>51766</x:v>
       </x:c>
       <x:c r="BF5" s="3" t="n">
-        <x:v>36817</x:v>
+        <x:v>36928</x:v>
       </x:c>
       <x:c r="BG5" s="3" t="n">
-        <x:v>42059</x:v>
+        <x:v>42169</x:v>
       </x:c>
       <x:c r="BH5" s="3" t="n">
-        <x:v>41089</x:v>
+        <x:v>41195</x:v>
       </x:c>
       <x:c r="BI5" s="3" t="n">
-        <x:v>49788</x:v>
+        <x:v>49906</x:v>
       </x:c>
       <x:c r="BJ5" s="3" t="n">
-        <x:v>39839</x:v>
+        <x:v>40093</x:v>
       </x:c>
       <x:c r="BK5" s="3" t="n">
-        <x:v>42400</x:v>
+        <x:v>42652</x:v>
       </x:c>
       <x:c r="BL5" s="3" t="n">
-        <x:v>46972</x:v>
+        <x:v>47234</x:v>
       </x:c>
       <x:c r="BM5" s="3" t="n">
-        <x:v>52999</x:v>
+        <x:v>53279</x:v>
       </x:c>
       <x:c r="BN5" s="3" t="n">
-        <x:v>44527</x:v>
+        <x:v>44640</x:v>
       </x:c>
       <x:c r="BO5" s="3" t="n">
-        <x:v>50711</x:v>
+        <x:v>50824</x:v>
       </x:c>
       <x:c r="BP5" s="3" t="n">
-        <x:v>48221</x:v>
+        <x:v>48351</x:v>
       </x:c>
       <x:c r="BQ5" s="3" t="n">
-        <x:v>50568</x:v>
+        <x:v>50713</x:v>
       </x:c>
       <x:c r="BR5" s="3" t="n">
-        <x:v>48280</x:v>
+        <x:v>48490</x:v>
       </x:c>
       <x:c r="BS5" s="3" t="n">
-        <x:v>50194</x:v>
+        <x:v>50404</x:v>
       </x:c>
       <x:c r="BT5" s="3" t="n">
-        <x:v>51173</x:v>
+        <x:v>51388</x:v>
       </x:c>
       <x:c r="BU5" s="3" t="n">
-        <x:v>56841</x:v>
+        <x:v>57063</x:v>
       </x:c>
       <x:c r="BV5" s="3" t="n">
-        <x:v>54528</x:v>
+        <x:v>54674</x:v>
       </x:c>
       <x:c r="BW5" s="3" t="n">
-        <x:v>55865</x:v>
+        <x:v>55999</x:v>
       </x:c>
       <x:c r="BX5" s="3" t="n">
-        <x:v>56323</x:v>
+        <x:v>56468</x:v>
       </x:c>
       <x:c r="BY5" s="3" t="n">
-        <x:v>63439</x:v>
+        <x:v>63602</x:v>
       </x:c>
       <x:c r="BZ5" s="3" t="n">
-        <x:v>59968</x:v>
+        <x:v>60132</x:v>
       </x:c>
       <x:c r="CA5" s="3" t="n">
-        <x:v>66920</x:v>
+        <x:v>67081</x:v>
       </x:c>
       <x:c r="CB5" s="3" t="n">
-        <x:v>69009</x:v>
+        <x:v>69181</x:v>
       </x:c>
       <x:c r="CC5" s="3" t="n">
-        <x:v>72900</x:v>
+        <x:v>73095</x:v>
       </x:c>
       <x:c r="CD5" s="3" t="n">
-        <x:v>73334</x:v>
+        <x:v>73515</x:v>
       </x:c>
       <x:c r="CE5" s="3" t="n">
-        <x:v>72077</x:v>
+        <x:v>72245</x:v>
       </x:c>
       <x:c r="CF5" s="3" t="n">
-        <x:v>78371</x:v>
+        <x:v>78541</x:v>
       </x:c>
       <x:c r="CG5" s="3" t="n">
-        <x:v>84639</x:v>
+        <x:v>84814</x:v>
       </x:c>
       <x:c r="CH5" s="3" t="n">
-        <x:v>70641</x:v>
+        <x:v>70857</x:v>
       </x:c>
       <x:c r="CI5" s="3" t="n">
-        <x:v>70853</x:v>
+        <x:v>71067</x:v>
       </x:c>
       <x:c r="CJ5" s="3" t="n">
-        <x:v>78606</x:v>
+        <x:v>78824</x:v>
       </x:c>
       <x:c r="CK5" s="3" t="n">
-        <x:v>76910</x:v>
+        <x:v>77151</x:v>
       </x:c>
       <x:c r="CL5" s="3" t="n">
-        <x:v>73510</x:v>
+        <x:v>73754</x:v>
       </x:c>
       <x:c r="CM5" s="3" t="n">
-        <x:v>75487</x:v>
+        <x:v>75714</x:v>
       </x:c>
       <x:c r="CN5" s="3" t="n">
-        <x:v>71929</x:v>
+        <x:v>72158</x:v>
       </x:c>
       <x:c r="CO5" s="3" t="n">
-        <x:v>77874</x:v>
+        <x:v>78125</x:v>
       </x:c>
       <x:c r="CP5" s="3" t="n">
-        <x:v>75781</x:v>
+        <x:v>76408</x:v>
       </x:c>
       <x:c r="CQ5" s="3" t="n">
-        <x:v>75956</x:v>
+        <x:v>76549</x:v>
       </x:c>
       <x:c r="CR5" s="3" t="n">
-        <x:v>74399</x:v>
+        <x:v>74982</x:v>
       </x:c>
       <x:c r="CS5" s="3" t="n">
-        <x:v>79356</x:v>
+        <x:v>79992</x:v>
       </x:c>
       <x:c r="CT5" s="3" t="n">
-        <x:v>73941</x:v>
+        <x:v>74960</x:v>
       </x:c>
       <x:c r="CU5" s="3" t="n">
-        <x:v>77164</x:v>
+        <x:v>78257</x:v>
       </x:c>
       <x:c r="CV5" s="3" t="n">
-        <x:v>73345</x:v>
+        <x:v>74362</x:v>
       </x:c>
       <x:c r="CW5" s="3" t="n">
-        <x:v>78823</x:v>
+        <x:v>79826</x:v>
       </x:c>
       <x:c r="CX5" s="3" t="n">
-        <x:v>78161</x:v>
+        <x:v>79146</x:v>
       </x:c>
       <x:c r="CY5" s="3" t="n">
-        <x:v>73039</x:v>
+        <x:v>74000</x:v>
       </x:c>
       <x:c r="CZ5" s="3" t="n">
-        <x:v>80503</x:v>
+        <x:v>81454</x:v>
       </x:c>
       <x:c r="DA5" s="3" t="n">
-        <x:v>74302</x:v>
+        <x:v>75291</x:v>
       </x:c>
       <x:c r="DB5" s="3" t="n">
-        <x:v>76587</x:v>
+        <x:v>79000</x:v>
       </x:c>
       <x:c r="DC5" s="3" t="n">
-        <x:v>83296</x:v>
+        <x:v>85801</x:v>
       </x:c>
       <x:c r="DD5" s="3" t="n">
-        <x:v>86857</x:v>
+        <x:v>89395</x:v>
       </x:c>
       <x:c r="DE5" s="3" t="n">
-        <x:v>103549</x:v>
+        <x:v>106423</x:v>
       </x:c>
       <x:c r="DF5" s="3" t="n">
-        <x:v>92139</x:v>
+        <x:v>93693</x:v>
       </x:c>
       <x:c r="DG5" s="3" t="n">
-        <x:v>99040</x:v>
+        <x:v>100790</x:v>
       </x:c>
       <x:c r="DH5" s="3" t="n">
-        <x:v>98027</x:v>
+        <x:v>99712</x:v>
       </x:c>
       <x:c r="DI5" s="3" t="n">
-        <x:v>116177</x:v>
+        <x:v>118367</x:v>
       </x:c>
       <x:c r="DJ5" s="3" t="n">
-        <x:v>103900</x:v>
+        <x:v>107170</x:v>
       </x:c>
       <x:c r="DK5" s="3" t="n">
-        <x:v>115923</x:v>
+        <x:v>119376</x:v>
       </x:c>
       <x:c r="DL5" s="3" t="n">
-        <x:v>114929</x:v>
+        <x:v>118480</x:v>
       </x:c>
       <x:c r="DM5" s="3" t="n">
-        <x:v>129555</x:v>
+        <x:v>133791</x:v>
       </x:c>
       <x:c r="DN5" s="3" t="n">
-        <x:v>123622</x:v>
+        <x:v>128909</x:v>
       </x:c>
       <x:c r="DO5" s="3" t="n">
-        <x:v>137792</x:v>
+        <x:v>143469</x:v>
       </x:c>
       <x:c r="DP5" s="3" t="n">
-        <x:v>139564</x:v>
+        <x:v>145651</x:v>
       </x:c>
       <x:c r="DQ5" s="3" t="n">
-        <x:v>153460</x:v>
+        <x:v>160318</x:v>
       </x:c>
       <x:c r="DR5" s="3" t="n">
-        <x:v>138953</x:v>
+        <x:v>147493</x:v>
       </x:c>
       <x:c r="DS5" s="3" t="n">
-        <x:v>145537</x:v>
+        <x:v>154245</x:v>
       </x:c>
       <x:c r="DT5" s="3" t="n">
-        <x:v>146448</x:v>
+        <x:v>155431</x:v>
       </x:c>
       <x:c r="DU5" s="3" t="n">
-        <x:v>158661</x:v>
+        <x:v>168503</x:v>
       </x:c>
       <x:c r="DV5" s="3" t="n">
-        <x:v>139139</x:v>
+        <x:v>147542</x:v>
       </x:c>
       <x:c r="DW5" s="3" t="n">
-        <x:v>139953</x:v>
+        <x:v>147694</x:v>
       </x:c>
       <x:c r="DX5" s="3" t="n">
-        <x:v>135855</x:v>
+        <x:v>143246</x:v>
       </x:c>
       <x:c r="DY5" s="3" t="n">
-        <x:v>149919</x:v>
+        <x:v>157816</x:v>
       </x:c>
       <x:c r="DZ5" s="3" t="n">
-        <x:v>121876</x:v>
+        <x:v>128279</x:v>
       </x:c>
       <x:c r="EA5" s="3" t="n">
-        <x:v>136674</x:v>
+        <x:v>143769</x:v>
       </x:c>
       <x:c r="EB5" s="3" t="n">
-        <x:v>131109</x:v>
+        <x:v>137565</x:v>
       </x:c>
       <x:c r="EC5" s="3" t="n">
-        <x:v>148029</x:v>
+        <x:v>155543</x:v>
       </x:c>
       <x:c r="ED5" s="3" t="n">
-        <x:v>140236</x:v>
+        <x:v>148735</x:v>
       </x:c>
       <x:c r="EE5" s="3" t="n">
-        <x:v>145331</x:v>
+        <x:v>154621</x:v>
       </x:c>
       <x:c r="EF5" s="3" t="n">
-        <x:v>150581</x:v>
+        <x:v>159385</x:v>
       </x:c>
       <x:c r="EG5" s="3" t="n">
-        <x:v>164669</x:v>
+        <x:v>174334</x:v>
       </x:c>
       <x:c r="EH5" s="3" t="n">
-        <x:v>151162</x:v>
+        <x:v>160417</x:v>
       </x:c>
       <x:c r="EI5" s="3" t="n">
-        <x:v>161322</x:v>
+        <x:v>171195</x:v>
       </x:c>
       <x:c r="EJ5" s="3" t="n">
-        <x:v>167487</x:v>
+        <x:v>177536</x:v>
       </x:c>
       <x:c r="EK5" s="3" t="n">
-        <x:v>185413</x:v>
+        <x:v>196643</x:v>
       </x:c>
       <x:c r="EL5" s="3" t="n">
-        <x:v>163352</x:v>
+        <x:v>173171</x:v>
       </x:c>
       <x:c r="EM5" s="3" t="n">
-        <x:v>183175</x:v>
+        <x:v>194607</x:v>
       </x:c>
       <x:c r="EN5" s="3" t="n">
-        <x:v>182973</x:v>
+        <x:v>193863</x:v>
       </x:c>
       <x:c r="EO5" s="3" t="n">
-        <x:v>194629</x:v>
+        <x:v>206648</x:v>
       </x:c>
       <x:c r="EP5" s="3" t="n">
-        <x:v>178757</x:v>
+        <x:v>191052</x:v>
       </x:c>
       <x:c r="EQ5" s="3" t="n">
-        <x:v>191070</x:v>
+        <x:v>203954</x:v>
       </x:c>
       <x:c r="ER5" s="3" t="n">
-        <x:v>187108</x:v>
+        <x:v>199716</x:v>
       </x:c>
       <x:c r="ES5" s="3" t="n">
-        <x:v>192682</x:v>
+        <x:v>207015</x:v>
       </x:c>
       <x:c r="ET5" s="3" t="n">
-        <x:v>178909</x:v>
+        <x:v>191855</x:v>
       </x:c>
       <x:c r="EU5" s="3" t="n">
-        <x:v>189848</x:v>
+        <x:v>203723</x:v>
       </x:c>
       <x:c r="EV5" s="3" t="n">
-        <x:v>180410</x:v>
+        <x:v>193745</x:v>
       </x:c>
       <x:c r="EW5" s="3" t="n">
-        <x:v>192360</x:v>
+        <x:v>206549</x:v>
       </x:c>
       <x:c r="EX5" s="3" t="n">
-        <x:v>170150</x:v>
+        <x:v>186251</x:v>
       </x:c>
       <x:c r="EY5" s="3" t="n">
-        <x:v>195292</x:v>
+        <x:v>211392</x:v>
       </x:c>
       <x:c r="EZ5" s="3" t="n">
-        <x:v>197593</x:v>
+        <x:v>213694</x:v>
       </x:c>
       <x:c r="FA5" s="3" t="n">
-        <x:v>217797</x:v>
+        <x:v>233898</x:v>
       </x:c>
       <x:c r="FB5" s="3" t="n">
-        <x:v>186019</x:v>
+        <x:v>202519</x:v>
       </x:c>
       <x:c r="FC5" s="3" t="n">
-        <x:v>200452</x:v>
+        <x:v>216951</x:v>
       </x:c>
       <x:c r="FD5" s="3" t="n">
-        <x:v>195883</x:v>
+        <x:v>212392</x:v>
       </x:c>
       <x:c r="FE5" s="3" t="n">
-        <x:v>227032</x:v>
+        <x:v>243536</x:v>
       </x:c>
       <x:c r="FF5" s="3" t="n">
-        <x:v>187426</x:v>
+        <x:v>204848</x:v>
       </x:c>
       <x:c r="FG5" s="3" t="n">
-        <x:v>210816</x:v>
+        <x:v>228239</x:v>
       </x:c>
       <x:c r="FH5" s="3" t="n">
-        <x:v>210174</x:v>
+        <x:v>227597</x:v>
       </x:c>
       <x:c r="FI5" s="3" t="n">
-        <x:v>241887</x:v>
+        <x:v>259310</x:v>
       </x:c>
       <x:c r="FJ5" s="3" t="n">
-        <x:v>207610</x:v>
+        <x:v>229978</x:v>
       </x:c>
       <x:c r="FK5" s="3" t="n">
-        <x:v>236075</x:v>
+        <x:v>258442</x:v>
       </x:c>
       <x:c r="FL5" s="3" t="n">
-        <x:v>241442</x:v>
+        <x:v>263817</x:v>
       </x:c>
       <x:c r="FM5" s="3" t="n">
-        <x:v>272624</x:v>
+        <x:v>294999</x:v>
       </x:c>
       <x:c r="FN5" s="3" t="n">
-        <x:v>220470</x:v>
+        <x:v>243648</x:v>
       </x:c>
       <x:c r="FO5" s="3" t="n">
-        <x:v>233770</x:v>
+        <x:v>256928</x:v>
       </x:c>
       <x:c r="FP5" s="3" t="n">
-        <x:v>231196</x:v>
+        <x:v>254355</x:v>
       </x:c>
       <x:c r="FQ5" s="3" t="n">
-        <x:v>264301</x:v>
+        <x:v>287461</x:v>
       </x:c>
       <x:c r="FR5" s="3" t="n">
-        <x:v>227265</x:v>
+        <x:v>253528</x:v>
       </x:c>
       <x:c r="FS5" s="3" t="n">
-        <x:v>241579</x:v>
+        <x:v>267839</x:v>
       </x:c>
       <x:c r="FT5" s="3" t="n">
-        <x:v>242826</x:v>
+        <x:v>269084</x:v>
       </x:c>
       <x:c r="FU5" s="3" t="n">
-        <x:v>280494</x:v>
+        <x:v>306760</x:v>
       </x:c>
       <x:c r="FV5" s="3" t="n">
-        <x:v>243190</x:v>
+        <x:v>270497</x:v>
       </x:c>
       <x:c r="FW5" s="3" t="n">
-        <x:v>258634</x:v>
+        <x:v>285514</x:v>
       </x:c>
       <x:c r="FX5" s="3" t="n">
-        <x:v>261293</x:v>
+        <x:v>286986</x:v>
       </x:c>
       <x:c r="FY5" s="3" t="n">
-        <x:v>290373</x:v>
+        <x:v>316318</x:v>
       </x:c>
       <x:c r="FZ5" s="3" t="n">
-        <x:v>258173</x:v>
+        <x:v>282841</x:v>
       </x:c>
       <x:c r="GA5" s="3" t="n">
-        <x:v>269753</x:v>
+        <x:v>294671</x:v>
       </x:c>
       <x:c r="GB5" s="3" t="n">
-        <x:v>265332</x:v>
+        <x:v>288651</x:v>
       </x:c>
       <x:c r="GC5" s="3" t="n">
-        <x:v>311372</x:v>
+        <x:v>331622</x:v>
       </x:c>
       <x:c r="GD5" s="3" t="n">
-        <x:v>253738</x:v>
+        <x:v>272776</x:v>
       </x:c>
       <x:c r="GE5" s="3" t="n">
-        <x:v>279552</x:v>
+        <x:v>305675</x:v>
       </x:c>
       <x:c r="GF5" s="3" t="n">
-        <x:v>283477</x:v>
+        <x:v>307266</x:v>
       </x:c>
       <x:c r="GG5" s="3" t="n">
-        <x:v>325853</x:v>
+        <x:v>349896</x:v>
       </x:c>
       <x:c r="GH5" s="3" t="n">
-        <x:v>267293</x:v>
+        <x:v>288934</x:v>
       </x:c>
       <x:c r="GI5" s="3" t="n">
-        <x:v>299422</x:v>
+        <x:v>321014</x:v>
+      </x:c>
+      <x:c r="GJ5" s="3" t="n">
+        <x:v>309948</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:191">
+    <x:row r="6" spans="1:192">
       <x:c r="A6" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>725</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>1254</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>1201</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>959</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
         <x:v>696</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
         <x:v>1251</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
         <x:v>1204</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
         <x:v>950</x:v>
       </x:c>
@@ -2860,131 +2879,134 @@
       <x:c r="FB6" s="3" t="n">
         <x:v>1534</x:v>
       </x:c>
       <x:c r="FC6" s="3" t="n">
         <x:v>2859</x:v>
       </x:c>
       <x:c r="FD6" s="3" t="n">
         <x:v>2851</x:v>
       </x:c>
       <x:c r="FE6" s="3" t="n">
         <x:v>1916</x:v>
       </x:c>
       <x:c r="FF6" s="3" t="n">
         <x:v>1451</x:v>
       </x:c>
       <x:c r="FG6" s="3" t="n">
         <x:v>2709</x:v>
       </x:c>
       <x:c r="FH6" s="3" t="n">
         <x:v>2737</x:v>
       </x:c>
       <x:c r="FI6" s="3" t="n">
         <x:v>1887</x:v>
       </x:c>
       <x:c r="FJ6" s="3" t="n">
-        <x:v>1569</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="FK6" s="3" t="n">
-        <x:v>2886</x:v>
+        <x:v>2887</x:v>
       </x:c>
       <x:c r="FL6" s="3" t="n">
         <x:v>2894</x:v>
       </x:c>
       <x:c r="FM6" s="3" t="n">
         <x:v>2063</x:v>
       </x:c>
       <x:c r="FN6" s="3" t="n">
         <x:v>1780</x:v>
       </x:c>
       <x:c r="FO6" s="3" t="n">
         <x:v>3121</x:v>
       </x:c>
       <x:c r="FP6" s="3" t="n">
         <x:v>3103</x:v>
       </x:c>
       <x:c r="FQ6" s="3" t="n">
         <x:v>2211</x:v>
       </x:c>
       <x:c r="FR6" s="3" t="n">
         <x:v>1705</x:v>
       </x:c>
       <x:c r="FS6" s="3" t="n">
         <x:v>3217</x:v>
       </x:c>
       <x:c r="FT6" s="3" t="n">
-        <x:v>3276</x:v>
+        <x:v>3277</x:v>
       </x:c>
       <x:c r="FU6" s="3" t="n">
         <x:v>2192</x:v>
       </x:c>
       <x:c r="FV6" s="3" t="n">
         <x:v>1799</x:v>
       </x:c>
       <x:c r="FW6" s="3" t="n">
         <x:v>3331</x:v>
       </x:c>
       <x:c r="FX6" s="3" t="n">
-        <x:v>3379</x:v>
+        <x:v>3380</x:v>
       </x:c>
       <x:c r="FY6" s="3" t="n">
         <x:v>2319</x:v>
       </x:c>
       <x:c r="FZ6" s="3" t="n">
-        <x:v>1788</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="GA6" s="3" t="n">
-        <x:v>3185</x:v>
+        <x:v>3047</x:v>
       </x:c>
       <x:c r="GB6" s="3" t="n">
-        <x:v>3063</x:v>
+        <x:v>2960</x:v>
       </x:c>
       <x:c r="GC6" s="3" t="n">
-        <x:v>2274</x:v>
+        <x:v>2128</x:v>
       </x:c>
       <x:c r="GD6" s="3" t="n">
-        <x:v>1717</x:v>
+        <x:v>1638</x:v>
       </x:c>
       <x:c r="GE6" s="3" t="n">
-        <x:v>3140</x:v>
+        <x:v>3009</x:v>
       </x:c>
       <x:c r="GF6" s="3" t="n">
-        <x:v>3058</x:v>
+        <x:v>2961</x:v>
       </x:c>
       <x:c r="GG6" s="3" t="n">
-        <x:v>2136</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="GH6" s="3" t="n">
-        <x:v>1935</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="GI6" s="3" t="n">
-        <x:v>3554</x:v>
+        <x:v>3384</x:v>
+      </x:c>
+      <x:c r="GJ6" s="3" t="n">
+        <x:v>3292</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:191">
+    <x:row r="7" spans="1:192">
       <x:c r="A7" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>494</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>402</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
         <x:v>188</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
         <x:v>135</x:v>
       </x:c>
@@ -3219,347 +3241,350 @@
       <x:c r="CH7" s="3" t="n">
         <x:v>230</x:v>
       </x:c>
       <x:c r="CI7" s="3" t="n">
         <x:v>364</x:v>
       </x:c>
       <x:c r="CJ7" s="3" t="n">
         <x:v>795</x:v>
       </x:c>
       <x:c r="CK7" s="3" t="n">
         <x:v>330</x:v>
       </x:c>
       <x:c r="CL7" s="3" t="n">
         <x:v>667</x:v>
       </x:c>
       <x:c r="CM7" s="3" t="n">
         <x:v>887</x:v>
       </x:c>
       <x:c r="CN7" s="3" t="n">
         <x:v>777</x:v>
       </x:c>
       <x:c r="CO7" s="3" t="n">
         <x:v>476</x:v>
       </x:c>
       <x:c r="CP7" s="3" t="n">
-        <x:v>1416</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="CQ7" s="3" t="n">
-        <x:v>894</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="CR7" s="3" t="n">
-        <x:v>993</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="CS7" s="3" t="n">
-        <x:v>865</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="CT7" s="3" t="n">
-        <x:v>1499</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="CU7" s="3" t="n">
-        <x:v>-1060</x:v>
+        <x:v>-1052</x:v>
       </x:c>
       <x:c r="CV7" s="3" t="n">
-        <x:v>141</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="CW7" s="3" t="n">
-        <x:v>2155</x:v>
+        <x:v>2163</x:v>
       </x:c>
       <x:c r="CX7" s="3" t="n">
-        <x:v>1061</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="CY7" s="3" t="n">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="CZ7" s="3" t="n">
-        <x:v>166</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="DA7" s="3" t="n">
-        <x:v>260</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="DB7" s="3" t="n">
-        <x:v>306</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="DC7" s="3" t="n">
-        <x:v>347</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="DD7" s="3" t="n">
-        <x:v>393</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="DE7" s="3" t="n">
-        <x:v>284</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="DF7" s="3" t="n">
-        <x:v>273</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="DG7" s="3" t="n">
-        <x:v>162</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="DH7" s="3" t="n">
-        <x:v>449</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="DI7" s="3" t="n">
-        <x:v>578</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="DJ7" s="3" t="n">
-        <x:v>319</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="DK7" s="3" t="n">
-        <x:v>607</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="DL7" s="3" t="n">
-        <x:v>455</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="DM7" s="3" t="n">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="DN7" s="3" t="n">
+        <x:v>-111</x:v>
+      </x:c>
+      <x:c r="DO7" s="3" t="n">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="DP7" s="3" t="n">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="DQ7" s="3" t="n">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="DR7" s="3" t="n">
+        <x:v>1343</x:v>
+      </x:c>
+      <x:c r="DS7" s="3" t="n">
         <x:v>695</x:v>
       </x:c>
-      <x:c r="DN7" s="3" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="DT7" s="3" t="n">
-        <x:v>756</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="DU7" s="3" t="n">
-        <x:v>508</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="DV7" s="3" t="n">
-        <x:v>434</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="DW7" s="3" t="n">
-        <x:v>449</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="DX7" s="3" t="n">
-        <x:v>589</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="DY7" s="3" t="n">
-        <x:v>496</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="DZ7" s="3" t="n">
-        <x:v>444</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="EA7" s="3" t="n">
-        <x:v>718</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="EB7" s="3" t="n">
-        <x:v>606</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="EC7" s="3" t="n">
-        <x:v>565</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="ED7" s="3" t="n">
-        <x:v>949</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="EE7" s="3" t="n">
-        <x:v>1166</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="EF7" s="3" t="n">
-        <x:v>1051</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="EG7" s="3" t="n">
-        <x:v>837</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="EH7" s="3" t="n">
-        <x:v>291</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="EI7" s="3" t="n">
-        <x:v>500</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="EJ7" s="3" t="n">
-        <x:v>449</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="EK7" s="3" t="n">
-        <x:v>474</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="EL7" s="3" t="n">
-        <x:v>639</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="EM7" s="3" t="n">
-        <x:v>1085</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="EN7" s="3" t="n">
-        <x:v>757</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="EO7" s="3" t="n">
-        <x:v>938</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="EP7" s="3" t="n">
-        <x:v>831</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="EQ7" s="3" t="n">
-        <x:v>1125</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="ER7" s="3" t="n">
-        <x:v>1153</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="ES7" s="3" t="n">
-        <x:v>963</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="ET7" s="3" t="n">
-        <x:v>1325</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="EU7" s="3" t="n">
-        <x:v>1382</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="EV7" s="3" t="n">
-        <x:v>1116</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="EW7" s="3" t="n">
-        <x:v>879</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="EX7" s="3" t="n">
-        <x:v>1675</x:v>
+        <x:v>1971</x:v>
       </x:c>
       <x:c r="EY7" s="3" t="n">
-        <x:v>1068</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="EZ7" s="3" t="n">
-        <x:v>1106</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="FA7" s="3" t="n">
-        <x:v>2142</x:v>
+        <x:v>2439</x:v>
       </x:c>
       <x:c r="FB7" s="3" t="n">
-        <x:v>1890</x:v>
+        <x:v>2266</x:v>
       </x:c>
       <x:c r="FC7" s="3" t="n">
-        <x:v>2109</x:v>
+        <x:v>2485</x:v>
       </x:c>
       <x:c r="FD7" s="3" t="n">
-        <x:v>2347</x:v>
+        <x:v>2723</x:v>
       </x:c>
       <x:c r="FE7" s="3" t="n">
-        <x:v>1818</x:v>
+        <x:v>2194</x:v>
       </x:c>
       <x:c r="FF7" s="3" t="n">
-        <x:v>1567</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="FG7" s="3" t="n">
-        <x:v>1488</x:v>
+        <x:v>1896</x:v>
       </x:c>
       <x:c r="FH7" s="3" t="n">
-        <x:v>1423</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="FI7" s="3" t="n">
-        <x:v>1584</x:v>
+        <x:v>1991</x:v>
       </x:c>
       <x:c r="FJ7" s="3" t="n">
-        <x:v>1938</x:v>
+        <x:v>2507</x:v>
       </x:c>
       <x:c r="FK7" s="3" t="n">
-        <x:v>2136</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="FL7" s="3" t="n">
-        <x:v>2274</x:v>
+        <x:v>2843</x:v>
       </x:c>
       <x:c r="FM7" s="3" t="n">
-        <x:v>3067</x:v>
+        <x:v>3637</x:v>
       </x:c>
       <x:c r="FN7" s="3" t="n">
-        <x:v>2255</x:v>
+        <x:v>2828</x:v>
       </x:c>
       <x:c r="FO7" s="3" t="n">
-        <x:v>1915</x:v>
+        <x:v>2488</x:v>
       </x:c>
       <x:c r="FP7" s="3" t="n">
-        <x:v>2158</x:v>
+        <x:v>2731</x:v>
       </x:c>
       <x:c r="FQ7" s="3" t="n">
-        <x:v>2435</x:v>
+        <x:v>3008</x:v>
       </x:c>
       <x:c r="FR7" s="3" t="n">
-        <x:v>3343</x:v>
+        <x:v>4026</x:v>
       </x:c>
       <x:c r="FS7" s="3" t="n">
-        <x:v>3600</x:v>
+        <x:v>4283</x:v>
       </x:c>
       <x:c r="FT7" s="3" t="n">
-        <x:v>2192</x:v>
+        <x:v>2875</x:v>
       </x:c>
       <x:c r="FU7" s="3" t="n">
-        <x:v>2884</x:v>
+        <x:v>3567</x:v>
       </x:c>
       <x:c r="FV7" s="3" t="n">
-        <x:v>2252</x:v>
+        <x:v>3081</x:v>
       </x:c>
       <x:c r="FW7" s="3" t="n">
-        <x:v>2285</x:v>
+        <x:v>3125</x:v>
       </x:c>
       <x:c r="FX7" s="3" t="n">
-        <x:v>2956</x:v>
+        <x:v>3877</x:v>
       </x:c>
       <x:c r="FY7" s="3" t="n">
-        <x:v>2259</x:v>
+        <x:v>3230</x:v>
       </x:c>
       <x:c r="FZ7" s="3" t="n">
-        <x:v>4087</x:v>
+        <x:v>3338</x:v>
       </x:c>
       <x:c r="GA7" s="3" t="n">
-        <x:v>3711</x:v>
+        <x:v>3204</x:v>
       </x:c>
       <x:c r="GB7" s="3" t="n">
-        <x:v>3859</x:v>
+        <x:v>3057</x:v>
       </x:c>
       <x:c r="GC7" s="3" t="n">
-        <x:v>3841</x:v>
+        <x:v>3063</x:v>
       </x:c>
       <x:c r="GD7" s="3" t="n">
-        <x:v>3004</x:v>
+        <x:v>2445</x:v>
       </x:c>
       <x:c r="GE7" s="3" t="n">
-        <x:v>3339</x:v>
+        <x:v>2659</x:v>
       </x:c>
       <x:c r="GF7" s="3" t="n">
-        <x:v>4136</x:v>
+        <x:v>3088</x:v>
       </x:c>
       <x:c r="GG7" s="3" t="n">
-        <x:v>2399</x:v>
+        <x:v>2197</x:v>
       </x:c>
       <x:c r="GH7" s="3" t="n">
-        <x:v>5228</x:v>
+        <x:v>3682</x:v>
       </x:c>
       <x:c r="GI7" s="3" t="n">
-        <x:v>3020</x:v>
+        <x:v>2652</x:v>
+      </x:c>
+      <x:c r="GJ7" s="3" t="n">
+        <x:v>2044</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:191">
+    <x:row r="8" spans="1:192">
       <x:c r="A8" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
         <x:v>129</x:v>
       </x:c>
@@ -3794,347 +3819,350 @@
       <x:c r="CH8" s="3" t="n">
         <x:v>61</x:v>
       </x:c>
       <x:c r="CI8" s="3" t="n">
         <x:v>113</x:v>
       </x:c>
       <x:c r="CJ8" s="3" t="n">
         <x:v>149</x:v>
       </x:c>
       <x:c r="CK8" s="3" t="n">
         <x:v>249</x:v>
       </x:c>
       <x:c r="CL8" s="3" t="n">
         <x:v>127</x:v>
       </x:c>
       <x:c r="CM8" s="3" t="n">
         <x:v>213</x:v>
       </x:c>
       <x:c r="CN8" s="3" t="n">
         <x:v>169</x:v>
       </x:c>
       <x:c r="CO8" s="3" t="n">
         <x:v>206</x:v>
       </x:c>
       <x:c r="CP8" s="3" t="n">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="CQ8" s="3" t="n">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="CR8" s="3" t="n">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="CS8" s="3" t="n">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="CT8" s="3" t="n">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="CU8" s="3" t="n">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="CV8" s="3" t="n">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="CW8" s="3" t="n">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="CX8" s="3" t="n">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="CY8" s="3" t="n">
-        <x:v>359</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="CZ8" s="3" t="n">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="DA8" s="3" t="n">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="DB8" s="3" t="n">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="DC8" s="3" t="n">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="DD8" s="3" t="n">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="DE8" s="3" t="n">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="DF8" s="3" t="n">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="DG8" s="3" t="n">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="DH8" s="3" t="n">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="DI8" s="3" t="n">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="DJ8" s="3" t="n">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="DA8" s="3" t="n">
-[...17 lines deleted...]
-      <x:c r="DG8" s="3" t="n">
+      <x:c r="DK8" s="3" t="n">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="DL8" s="3" t="n">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="DM8" s="3" t="n">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="DN8" s="3" t="n">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="DO8" s="3" t="n">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="DP8" s="3" t="n">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="DQ8" s="3" t="n">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="DR8" s="3" t="n">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="DS8" s="3" t="n">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="DH8" s="3" t="n">
-[...26 lines deleted...]
-      <x:c r="DQ8" s="3" t="n">
+      <x:c r="DT8" s="3" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="DU8" s="3" t="n">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="DV8" s="3" t="n">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="DW8" s="3" t="n">
+        <x:v>1155</x:v>
+      </x:c>
+      <x:c r="DX8" s="3" t="n">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="DY8" s="3" t="n">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="DZ8" s="3" t="n">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="EA8" s="3" t="n">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="EB8" s="3" t="n">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="EC8" s="3" t="n">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="ED8" s="3" t="n">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="EE8" s="3" t="n">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="EF8" s="3" t="n">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="EG8" s="3" t="n">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="EH8" s="3" t="n">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="EI8" s="3" t="n">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="EJ8" s="3" t="n">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="EK8" s="3" t="n">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="EL8" s="3" t="n">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="EM8" s="3" t="n">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="EN8" s="3" t="n">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="EO8" s="3" t="n">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="EP8" s="3" t="n">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="EQ8" s="3" t="n">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="ER8" s="3" t="n">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="ES8" s="3" t="n">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="ET8" s="3" t="n">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="EU8" s="3" t="n">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="EV8" s="3" t="n">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="EW8" s="3" t="n">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="EX8" s="3" t="n">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="EY8" s="3" t="n">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="EZ8" s="3" t="n">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="FA8" s="3" t="n">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="FB8" s="3" t="n">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="FC8" s="3" t="n">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="DR8" s="3" t="n">
-[...71 lines deleted...]
-      <x:c r="EP8" s="3" t="n">
+      <x:c r="FD8" s="3" t="n">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="FE8" s="3" t="n">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="FF8" s="3" t="n">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="FG8" s="3" t="n">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="FH8" s="3" t="n">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="FI8" s="3" t="n">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="FJ8" s="3" t="n">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="FK8" s="3" t="n">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="FL8" s="3" t="n">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="FM8" s="3" t="n">
+        <x:v>928</x:v>
+      </x:c>
+      <x:c r="FN8" s="3" t="n">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="FO8" s="3" t="n">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="FP8" s="3" t="n">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="EQ8" s="3" t="n">
-[...76 lines deleted...]
-      </x:c>
       <x:c r="FQ8" s="3" t="n">
-        <x:v>451</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="FR8" s="3" t="n">
-        <x:v>295</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="FS8" s="3" t="n">
-        <x:v>453</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="FT8" s="3" t="n">
-        <x:v>471</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="FU8" s="3" t="n">
-        <x:v>553</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="FV8" s="3" t="n">
-        <x:v>397</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="FW8" s="3" t="n">
-        <x:v>483</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="FX8" s="3" t="n">
-        <x:v>614</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="FY8" s="3" t="n">
-        <x:v>724</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="FZ8" s="3" t="n">
-        <x:v>666</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="GA8" s="3" t="n">
-        <x:v>963</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="GB8" s="3" t="n">
-        <x:v>732</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="GC8" s="3" t="n">
-        <x:v>996</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="GD8" s="3" t="n">
-        <x:v>1062</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="GE8" s="3" t="n">
-        <x:v>913</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="GF8" s="3" t="n">
-        <x:v>865</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="GG8" s="3" t="n">
-        <x:v>880</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="GH8" s="3" t="n">
-        <x:v>483</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="GI8" s="3" t="n">
-        <x:v>681</x:v>
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="GJ8" s="3" t="n">
+        <x:v>534</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:191">
+    <x:row r="9" spans="1:192">
       <x:c r="A9" s="2" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>1762</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>1582</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>1708</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>2151</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>2179</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>2905</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
         <x:v>2628</x:v>
       </x:c>
       <x:c r="I9" s="3" t="n">
         <x:v>3084</x:v>
       </x:c>
@@ -4369,347 +4397,350 @@
       <x:c r="CH9" s="3" t="n">
         <x:v>17399</x:v>
       </x:c>
       <x:c r="CI9" s="3" t="n">
         <x:v>18666</x:v>
       </x:c>
       <x:c r="CJ9" s="3" t="n">
         <x:v>17168</x:v>
       </x:c>
       <x:c r="CK9" s="3" t="n">
         <x:v>11629</x:v>
       </x:c>
       <x:c r="CL9" s="3" t="n">
         <x:v>16917</x:v>
       </x:c>
       <x:c r="CM9" s="3" t="n">
         <x:v>15270</x:v>
       </x:c>
       <x:c r="CN9" s="3" t="n">
         <x:v>14186</x:v>
       </x:c>
       <x:c r="CO9" s="3" t="n">
         <x:v>14347</x:v>
       </x:c>
       <x:c r="CP9" s="3" t="n">
-        <x:v>13303</x:v>
+        <x:v>13362</x:v>
       </x:c>
       <x:c r="CQ9" s="3" t="n">
-        <x:v>16845</x:v>
+        <x:v>16927</x:v>
       </x:c>
       <x:c r="CR9" s="3" t="n">
-        <x:v>15165</x:v>
+        <x:v>15232</x:v>
       </x:c>
       <x:c r="CS9" s="3" t="n">
-        <x:v>14785</x:v>
+        <x:v>14866</x:v>
       </x:c>
       <x:c r="CT9" s="3" t="n">
-        <x:v>13275</x:v>
+        <x:v>13389</x:v>
       </x:c>
       <x:c r="CU9" s="3" t="n">
-        <x:v>18616</x:v>
+        <x:v>18818</x:v>
       </x:c>
       <x:c r="CV9" s="3" t="n">
-        <x:v>13835</x:v>
+        <x:v>13956</x:v>
       </x:c>
       <x:c r="CW9" s="3" t="n">
-        <x:v>14900</x:v>
+        <x:v>15030</x:v>
       </x:c>
       <x:c r="CX9" s="3" t="n">
-        <x:v>13980</x:v>
+        <x:v>14161</x:v>
       </x:c>
       <x:c r="CY9" s="3" t="n">
-        <x:v>14515</x:v>
+        <x:v>14753</x:v>
       </x:c>
       <x:c r="CZ9" s="3" t="n">
-        <x:v>16924</x:v>
+        <x:v>17140</x:v>
       </x:c>
       <x:c r="DA9" s="3" t="n">
-        <x:v>17290</x:v>
+        <x:v>17495</x:v>
       </x:c>
       <x:c r="DB9" s="3" t="n">
-        <x:v>14560</x:v>
+        <x:v>14814</x:v>
       </x:c>
       <x:c r="DC9" s="3" t="n">
-        <x:v>16731</x:v>
+        <x:v>17020</x:v>
       </x:c>
       <x:c r="DD9" s="3" t="n">
-        <x:v>17349</x:v>
+        <x:v>17644</x:v>
       </x:c>
       <x:c r="DE9" s="3" t="n">
-        <x:v>21268</x:v>
+        <x:v>21666</x:v>
       </x:c>
       <x:c r="DF9" s="3" t="n">
-        <x:v>19135</x:v>
+        <x:v>19590</x:v>
       </x:c>
       <x:c r="DG9" s="3" t="n">
-        <x:v>18319</x:v>
+        <x:v>18800</x:v>
       </x:c>
       <x:c r="DH9" s="3" t="n">
-        <x:v>20270</x:v>
+        <x:v>20737</x:v>
       </x:c>
       <x:c r="DI9" s="3" t="n">
-        <x:v>25134</x:v>
+        <x:v>25690</x:v>
       </x:c>
       <x:c r="DJ9" s="3" t="n">
-        <x:v>18744</x:v>
+        <x:v>19249</x:v>
       </x:c>
       <x:c r="DK9" s="3" t="n">
-        <x:v>23262</x:v>
+        <x:v>23862</x:v>
       </x:c>
       <x:c r="DL9" s="3" t="n">
-        <x:v>25744</x:v>
+        <x:v>26448</x:v>
       </x:c>
       <x:c r="DM9" s="3" t="n">
-        <x:v>28137</x:v>
+        <x:v>28898</x:v>
       </x:c>
       <x:c r="DN9" s="3" t="n">
-        <x:v>23065</x:v>
+        <x:v>23774</x:v>
       </x:c>
       <x:c r="DO9" s="3" t="n">
-        <x:v>31508</x:v>
+        <x:v>32538</x:v>
       </x:c>
       <x:c r="DP9" s="3" t="n">
-        <x:v>32006</x:v>
+        <x:v>33018</x:v>
       </x:c>
       <x:c r="DQ9" s="3" t="n">
-        <x:v>31877</x:v>
+        <x:v>32851</x:v>
       </x:c>
       <x:c r="DR9" s="3" t="n">
-        <x:v>31188</x:v>
+        <x:v>32350</x:v>
       </x:c>
       <x:c r="DS9" s="3" t="n">
-        <x:v>34020</x:v>
+        <x:v>35262</x:v>
       </x:c>
       <x:c r="DT9" s="3" t="n">
-        <x:v>34665</x:v>
+        <x:v>35855</x:v>
       </x:c>
       <x:c r="DU9" s="3" t="n">
-        <x:v>37309</x:v>
+        <x:v>38613</x:v>
       </x:c>
       <x:c r="DV9" s="3" t="n">
-        <x:v>40530</x:v>
+        <x:v>42233</x:v>
       </x:c>
       <x:c r="DW9" s="3" t="n">
-        <x:v>35817</x:v>
+        <x:v>37181</x:v>
       </x:c>
       <x:c r="DX9" s="3" t="n">
-        <x:v>35648</x:v>
+        <x:v>37018</x:v>
       </x:c>
       <x:c r="DY9" s="3" t="n">
-        <x:v>38149</x:v>
+        <x:v>39757</x:v>
       </x:c>
       <x:c r="DZ9" s="3" t="n">
-        <x:v>30391</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="EA9" s="3" t="n">
-        <x:v>35191</x:v>
+        <x:v>36673</x:v>
       </x:c>
       <x:c r="EB9" s="3" t="n">
-        <x:v>32241</x:v>
+        <x:v>33599</x:v>
       </x:c>
       <x:c r="EC9" s="3" t="n">
-        <x:v>35491</x:v>
+        <x:v>37010</x:v>
       </x:c>
       <x:c r="ED9" s="3" t="n">
-        <x:v>33778</x:v>
+        <x:v>35277</x:v>
       </x:c>
       <x:c r="EE9" s="3" t="n">
-        <x:v>36259</x:v>
+        <x:v>38464</x:v>
       </x:c>
       <x:c r="EF9" s="3" t="n">
-        <x:v>40613</x:v>
+        <x:v>42401</x:v>
       </x:c>
       <x:c r="EG9" s="3" t="n">
-        <x:v>42060</x:v>
+        <x:v>43930</x:v>
       </x:c>
       <x:c r="EH9" s="3" t="n">
-        <x:v>41694</x:v>
+        <x:v>43853</x:v>
       </x:c>
       <x:c r="EI9" s="3" t="n">
-        <x:v>46611</x:v>
+        <x:v>49025</x:v>
       </x:c>
       <x:c r="EJ9" s="3" t="n">
-        <x:v>48505</x:v>
+        <x:v>51098</x:v>
       </x:c>
       <x:c r="EK9" s="3" t="n">
-        <x:v>53899</x:v>
+        <x:v>56783</x:v>
       </x:c>
       <x:c r="EL9" s="3" t="n">
-        <x:v>45641</x:v>
+        <x:v>48088</x:v>
       </x:c>
       <x:c r="EM9" s="3" t="n">
-        <x:v>56840</x:v>
+        <x:v>60076</x:v>
       </x:c>
       <x:c r="EN9" s="3" t="n">
-        <x:v>58560</x:v>
+        <x:v>61820</x:v>
       </x:c>
       <x:c r="EO9" s="3" t="n">
-        <x:v>61402</x:v>
+        <x:v>64925</x:v>
       </x:c>
       <x:c r="EP9" s="3" t="n">
-        <x:v>55684</x:v>
+        <x:v>59004</x:v>
       </x:c>
       <x:c r="EQ9" s="3" t="n">
-        <x:v>58521</x:v>
+        <x:v>62034</x:v>
       </x:c>
       <x:c r="ER9" s="3" t="n">
-        <x:v>56931</x:v>
+        <x:v>60330</x:v>
       </x:c>
       <x:c r="ES9" s="3" t="n">
-        <x:v>54779</x:v>
+        <x:v>58052</x:v>
       </x:c>
       <x:c r="ET9" s="3" t="n">
-        <x:v>51795</x:v>
+        <x:v>55154</x:v>
       </x:c>
       <x:c r="EU9" s="3" t="n">
-        <x:v>54505</x:v>
+        <x:v>58044</x:v>
       </x:c>
       <x:c r="EV9" s="3" t="n">
-        <x:v>47114</x:v>
+        <x:v>50357</x:v>
       </x:c>
       <x:c r="EW9" s="3" t="n">
-        <x:v>48598</x:v>
+        <x:v>51717</x:v>
       </x:c>
       <x:c r="EX9" s="3" t="n">
-        <x:v>40729</x:v>
+        <x:v>43548</x:v>
       </x:c>
       <x:c r="EY9" s="3" t="n">
-        <x:v>43362</x:v>
+        <x:v>46181</x:v>
       </x:c>
       <x:c r="EZ9" s="3" t="n">
-        <x:v>41528</x:v>
+        <x:v>44347</x:v>
       </x:c>
       <x:c r="FA9" s="3" t="n">
-        <x:v>40598</x:v>
+        <x:v>43417</x:v>
       </x:c>
       <x:c r="FB9" s="3" t="n">
-        <x:v>36519</x:v>
+        <x:v>39285</x:v>
       </x:c>
       <x:c r="FC9" s="3" t="n">
-        <x:v>39790</x:v>
+        <x:v>42556</x:v>
       </x:c>
       <x:c r="FD9" s="3" t="n">
-        <x:v>35551</x:v>
+        <x:v>38328</x:v>
       </x:c>
       <x:c r="FE9" s="3" t="n">
-        <x:v>40006</x:v>
+        <x:v>42777</x:v>
       </x:c>
       <x:c r="FF9" s="3" t="n">
-        <x:v>31762</x:v>
+        <x:v>34726</x:v>
       </x:c>
       <x:c r="FG9" s="3" t="n">
-        <x:v>38578</x:v>
+        <x:v>41542</x:v>
       </x:c>
       <x:c r="FH9" s="3" t="n">
-        <x:v>39739</x:v>
+        <x:v>42703</x:v>
       </x:c>
       <x:c r="FI9" s="3" t="n">
-        <x:v>43483</x:v>
+        <x:v>46447</x:v>
       </x:c>
       <x:c r="FJ9" s="3" t="n">
-        <x:v>38787</x:v>
+        <x:v>42496</x:v>
       </x:c>
       <x:c r="FK9" s="3" t="n">
-        <x:v>45477</x:v>
+        <x:v>49185</x:v>
       </x:c>
       <x:c r="FL9" s="3" t="n">
-        <x:v>46897</x:v>
+        <x:v>50614</x:v>
       </x:c>
       <x:c r="FM9" s="3" t="n">
-        <x:v>51052</x:v>
+        <x:v>54765</x:v>
       </x:c>
       <x:c r="FN9" s="3" t="n">
-        <x:v>46382</x:v>
+        <x:v>50427</x:v>
       </x:c>
       <x:c r="FO9" s="3" t="n">
-        <x:v>47202</x:v>
+        <x:v>51227</x:v>
       </x:c>
       <x:c r="FP9" s="3" t="n">
-        <x:v>44451</x:v>
+        <x:v>48477</x:v>
       </x:c>
       <x:c r="FQ9" s="3" t="n">
-        <x:v>47879</x:v>
+        <x:v>51906</x:v>
       </x:c>
       <x:c r="FR9" s="3" t="n">
-        <x:v>42018</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="FS9" s="3" t="n">
-        <x:v>44692</x:v>
+        <x:v>48767</x:v>
       </x:c>
       <x:c r="FT9" s="3" t="n">
-        <x:v>45631</x:v>
+        <x:v>49707</x:v>
       </x:c>
       <x:c r="FU9" s="3" t="n">
-        <x:v>47807</x:v>
+        <x:v>51889</x:v>
       </x:c>
       <x:c r="FV9" s="3" t="n">
-        <x:v>42070</x:v>
+        <x:v>47014</x:v>
       </x:c>
       <x:c r="FW9" s="3" t="n">
-        <x:v>46031</x:v>
+        <x:v>50935</x:v>
       </x:c>
       <x:c r="FX9" s="3" t="n">
-        <x:v>45052</x:v>
+        <x:v>50143</x:v>
       </x:c>
       <x:c r="FY9" s="3" t="n">
-        <x:v>49237</x:v>
+        <x:v>54419</x:v>
       </x:c>
       <x:c r="FZ9" s="3" t="n">
-        <x:v>47184</x:v>
+        <x:v>50152</x:v>
       </x:c>
       <x:c r="GA9" s="3" t="n">
-        <x:v>53014</x:v>
+        <x:v>55945</x:v>
       </x:c>
       <x:c r="GB9" s="3" t="n">
-        <x:v>58382</x:v>
+        <x:v>61515</x:v>
       </x:c>
       <x:c r="GC9" s="3" t="n">
-        <x:v>63512</x:v>
+        <x:v>66759</x:v>
       </x:c>
       <x:c r="GD9" s="3" t="n">
-        <x:v>56782</x:v>
+        <x:v>58212</x:v>
       </x:c>
       <x:c r="GE9" s="3" t="n">
-        <x:v>65672</x:v>
+        <x:v>67133</x:v>
       </x:c>
       <x:c r="GF9" s="3" t="n">
-        <x:v>66108</x:v>
+        <x:v>67594</x:v>
       </x:c>
       <x:c r="GG9" s="3" t="n">
-        <x:v>72975</x:v>
+        <x:v>72979</x:v>
       </x:c>
       <x:c r="GH9" s="3" t="n">
-        <x:v>63116</x:v>
+        <x:v>64135</x:v>
       </x:c>
       <x:c r="GI9" s="3" t="n">
-        <x:v>73320</x:v>
+        <x:v>72823</x:v>
+      </x:c>
+      <x:c r="GJ9" s="3" t="n">
+        <x:v>72160</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:191">
+    <x:row r="10" spans="1:192">
       <x:c r="A10" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>1593</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>1463</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>1470</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>1762</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>2141</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>2855</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
         <x:v>2590</x:v>
       </x:c>
       <x:c r="I10" s="3" t="n">
         <x:v>3011</x:v>
       </x:c>
@@ -4944,347 +4975,350 @@
       <x:c r="CH10" s="3" t="n">
         <x:v>17357</x:v>
       </x:c>
       <x:c r="CI10" s="3" t="n">
         <x:v>18648</x:v>
       </x:c>
       <x:c r="CJ10" s="3" t="n">
         <x:v>16717</x:v>
       </x:c>
       <x:c r="CK10" s="3" t="n">
         <x:v>13943</x:v>
       </x:c>
       <x:c r="CL10" s="3" t="n">
         <x:v>13586</x:v>
       </x:c>
       <x:c r="CM10" s="3" t="n">
         <x:v>14933</x:v>
       </x:c>
       <x:c r="CN10" s="3" t="n">
         <x:v>13858</x:v>
       </x:c>
       <x:c r="CO10" s="3" t="n">
         <x:v>14012</x:v>
       </x:c>
       <x:c r="CP10" s="3" t="n">
-        <x:v>12526</x:v>
+        <x:v>12578</x:v>
       </x:c>
       <x:c r="CQ10" s="3" t="n">
-        <x:v>13864</x:v>
+        <x:v>13923</x:v>
       </x:c>
       <x:c r="CR10" s="3" t="n">
-        <x:v>14258</x:v>
+        <x:v>14318</x:v>
       </x:c>
       <x:c r="CS10" s="3" t="n">
-        <x:v>16112</x:v>
+        <x:v>16179</x:v>
       </x:c>
       <x:c r="CT10" s="3" t="n">
-        <x:v>13098</x:v>
+        <x:v>13209</x:v>
       </x:c>
       <x:c r="CU10" s="3" t="n">
-        <x:v>13470</x:v>
+        <x:v>13583</x:v>
       </x:c>
       <x:c r="CV10" s="3" t="n">
-        <x:v>13467</x:v>
+        <x:v>13581</x:v>
       </x:c>
       <x:c r="CW10" s="3" t="n">
-        <x:v>14618</x:v>
+        <x:v>14742</x:v>
       </x:c>
       <x:c r="CX10" s="3" t="n">
-        <x:v>13866</x:v>
+        <x:v>14041</x:v>
       </x:c>
       <x:c r="CY10" s="3" t="n">
-        <x:v>15922</x:v>
+        <x:v>16123</x:v>
       </x:c>
       <x:c r="CZ10" s="3" t="n">
-        <x:v>16730</x:v>
+        <x:v>16942</x:v>
       </x:c>
       <x:c r="DA10" s="3" t="n">
-        <x:v>15750</x:v>
+        <x:v>15949</x:v>
       </x:c>
       <x:c r="DB10" s="3" t="n">
-        <x:v>14798</x:v>
+        <x:v>15047</x:v>
       </x:c>
       <x:c r="DC10" s="3" t="n">
-        <x:v>16449</x:v>
+        <x:v>16726</x:v>
       </x:c>
       <x:c r="DD10" s="3" t="n">
-        <x:v>17240</x:v>
+        <x:v>17529</x:v>
       </x:c>
       <x:c r="DE10" s="3" t="n">
-        <x:v>18563</x:v>
+        <x:v>18875</x:v>
       </x:c>
       <x:c r="DF10" s="3" t="n">
-        <x:v>17174</x:v>
+        <x:v>17535</x:v>
       </x:c>
       <x:c r="DG10" s="3" t="n">
-        <x:v>20089</x:v>
+        <x:v>20512</x:v>
       </x:c>
       <x:c r="DH10" s="3" t="n">
-        <x:v>19767</x:v>
+        <x:v>20183</x:v>
       </x:c>
       <x:c r="DI10" s="3" t="n">
-        <x:v>23837</x:v>
+        <x:v>24338</x:v>
       </x:c>
       <x:c r="DJ10" s="3" t="n">
-        <x:v>19205</x:v>
+        <x:v>19689</x:v>
       </x:c>
       <x:c r="DK10" s="3" t="n">
-        <x:v>22627</x:v>
+        <x:v>23196</x:v>
       </x:c>
       <x:c r="DL10" s="3" t="n">
-        <x:v>24562</x:v>
+        <x:v>25180</x:v>
       </x:c>
       <x:c r="DM10" s="3" t="n">
-        <x:v>25899</x:v>
+        <x:v>26550</x:v>
       </x:c>
       <x:c r="DN10" s="3" t="n">
-        <x:v>22210</x:v>
+        <x:v>22862</x:v>
       </x:c>
       <x:c r="DO10" s="3" t="n">
-        <x:v>27736</x:v>
+        <x:v>28550</x:v>
       </x:c>
       <x:c r="DP10" s="3" t="n">
-        <x:v>29708</x:v>
+        <x:v>30581</x:v>
       </x:c>
       <x:c r="DQ10" s="3" t="n">
-        <x:v>30698</x:v>
+        <x:v>31599</x:v>
       </x:c>
       <x:c r="DR10" s="3" t="n">
-        <x:v>27218</x:v>
+        <x:v>28131</x:v>
       </x:c>
       <x:c r="DS10" s="3" t="n">
-        <x:v>30572</x:v>
+        <x:v>31599</x:v>
       </x:c>
       <x:c r="DT10" s="3" t="n">
-        <x:v>33771</x:v>
+        <x:v>34905</x:v>
       </x:c>
       <x:c r="DU10" s="3" t="n">
-        <x:v>35550</x:v>
+        <x:v>36743</x:v>
       </x:c>
       <x:c r="DV10" s="3" t="n">
-        <x:v>35662</x:v>
+        <x:v>37008</x:v>
       </x:c>
       <x:c r="DW10" s="3" t="n">
-        <x:v>35829</x:v>
+        <x:v>37182</x:v>
       </x:c>
       <x:c r="DX10" s="3" t="n">
-        <x:v>35284</x:v>
+        <x:v>36616</x:v>
       </x:c>
       <x:c r="DY10" s="3" t="n">
-        <x:v>33458</x:v>
+        <x:v>34723</x:v>
       </x:c>
       <x:c r="DZ10" s="3" t="n">
-        <x:v>29794</x:v>
+        <x:v>31035</x:v>
       </x:c>
       <x:c r="EA10" s="3" t="n">
-        <x:v>35069</x:v>
+        <x:v>36532</x:v>
       </x:c>
       <x:c r="EB10" s="3" t="n">
-        <x:v>32128</x:v>
+        <x:v>33468</x:v>
       </x:c>
       <x:c r="EC10" s="3" t="n">
-        <x:v>34804</x:v>
+        <x:v>36257</x:v>
       </x:c>
       <x:c r="ED10" s="3" t="n">
-        <x:v>33665</x:v>
+        <x:v>35158</x:v>
       </x:c>
       <x:c r="EE10" s="3" t="n">
-        <x:v>36297</x:v>
+        <x:v>38121</x:v>
       </x:c>
       <x:c r="EF10" s="3" t="n">
-        <x:v>41236</x:v>
+        <x:v>43079</x:v>
       </x:c>
       <x:c r="EG10" s="3" t="n">
-        <x:v>42248</x:v>
+        <x:v>44138</x:v>
       </x:c>
       <x:c r="EH10" s="3" t="n">
-        <x:v>40229</x:v>
+        <x:v>42253</x:v>
       </x:c>
       <x:c r="EI10" s="3" t="n">
-        <x:v>44993</x:v>
+        <x:v>47258</x:v>
       </x:c>
       <x:c r="EJ10" s="3" t="n">
-        <x:v>44978</x:v>
+        <x:v>47241</x:v>
       </x:c>
       <x:c r="EK10" s="3" t="n">
-        <x:v>49936</x:v>
+        <x:v>52451</x:v>
       </x:c>
       <x:c r="EL10" s="3" t="n">
-        <x:v>46907</x:v>
+        <x:v>49453</x:v>
       </x:c>
       <x:c r="EM10" s="3" t="n">
-        <x:v>54352</x:v>
+        <x:v>57304</x:v>
       </x:c>
       <x:c r="EN10" s="3" t="n">
-        <x:v>57536</x:v>
+        <x:v>60661</x:v>
       </x:c>
       <x:c r="EO10" s="3" t="n">
-        <x:v>58139</x:v>
+        <x:v>61297</x:v>
       </x:c>
       <x:c r="EP10" s="3" t="n">
-        <x:v>54650</x:v>
+        <x:v>57854</x:v>
       </x:c>
       <x:c r="EQ10" s="3" t="n">
-        <x:v>57001</x:v>
+        <x:v>60345</x:v>
       </x:c>
       <x:c r="ER10" s="3" t="n">
-        <x:v>55773</x:v>
+        <x:v>59044</x:v>
       </x:c>
       <x:c r="ES10" s="3" t="n">
-        <x:v>53600</x:v>
+        <x:v>56742</x:v>
       </x:c>
       <x:c r="ET10" s="3" t="n">
-        <x:v>50305</x:v>
+        <x:v>53394</x:v>
       </x:c>
       <x:c r="EU10" s="3" t="n">
-        <x:v>52853</x:v>
+        <x:v>56102</x:v>
       </x:c>
       <x:c r="EV10" s="3" t="n">
-        <x:v>46217</x:v>
+        <x:v>49258</x:v>
       </x:c>
       <x:c r="EW10" s="3" t="n">
-        <x:v>47852</x:v>
+        <x:v>50788</x:v>
       </x:c>
       <x:c r="EX10" s="3" t="n">
-        <x:v>39615</x:v>
+        <x:v>42356</x:v>
       </x:c>
       <x:c r="EY10" s="3" t="n">
-        <x:v>42990</x:v>
+        <x:v>45731</x:v>
       </x:c>
       <x:c r="EZ10" s="3" t="n">
-        <x:v>41339</x:v>
+        <x:v>44080</x:v>
       </x:c>
       <x:c r="FA10" s="3" t="n">
-        <x:v>40173</x:v>
+        <x:v>42914</x:v>
       </x:c>
       <x:c r="FB10" s="3" t="n">
-        <x:v>35506</x:v>
+        <x:v>38136</x:v>
       </x:c>
       <x:c r="FC10" s="3" t="n">
-        <x:v>38971</x:v>
+        <x:v>41601</x:v>
       </x:c>
       <x:c r="FD10" s="3" t="n">
-        <x:v>34504</x:v>
+        <x:v>37134</x:v>
       </x:c>
       <x:c r="FE10" s="3" t="n">
-        <x:v>38644</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="FF10" s="3" t="n">
-        <x:v>31160</x:v>
+        <x:v>34025</x:v>
       </x:c>
       <x:c r="FG10" s="3" t="n">
-        <x:v>37795</x:v>
+        <x:v>40661</x:v>
       </x:c>
       <x:c r="FH10" s="3" t="n">
-        <x:v>39177</x:v>
+        <x:v>42043</x:v>
       </x:c>
       <x:c r="FI10" s="3" t="n">
-        <x:v>42715</x:v>
+        <x:v>45581</x:v>
       </x:c>
       <x:c r="FJ10" s="3" t="n">
-        <x:v>37845</x:v>
+        <x:v>41401</x:v>
       </x:c>
       <x:c r="FK10" s="3" t="n">
-        <x:v>44389</x:v>
+        <x:v>47945</x:v>
       </x:c>
       <x:c r="FL10" s="3" t="n">
-        <x:v>45917</x:v>
+        <x:v>49473</x:v>
       </x:c>
       <x:c r="FM10" s="3" t="n">
-        <x:v>49886</x:v>
+        <x:v>53443</x:v>
       </x:c>
       <x:c r="FN10" s="3" t="n">
-        <x:v>44292</x:v>
+        <x:v>48054</x:v>
       </x:c>
       <x:c r="FO10" s="3" t="n">
-        <x:v>45217</x:v>
+        <x:v>48979</x:v>
       </x:c>
       <x:c r="FP10" s="3" t="n">
-        <x:v>43277</x:v>
+        <x:v>47039</x:v>
       </x:c>
       <x:c r="FQ10" s="3" t="n">
-        <x:v>46802</x:v>
+        <x:v>50565</x:v>
       </x:c>
       <x:c r="FR10" s="3" t="n">
-        <x:v>41611</x:v>
+        <x:v>45508</x:v>
       </x:c>
       <x:c r="FS10" s="3" t="n">
-        <x:v>44113</x:v>
+        <x:v>48009</x:v>
       </x:c>
       <x:c r="FT10" s="3" t="n">
-        <x:v>45267</x:v>
+        <x:v>49164</x:v>
       </x:c>
       <x:c r="FU10" s="3" t="n">
-        <x:v>47216</x:v>
+        <x:v>51113</x:v>
       </x:c>
       <x:c r="FV10" s="3" t="n">
-        <x:v>41049</x:v>
+        <x:v>45880</x:v>
       </x:c>
       <x:c r="FW10" s="3" t="n">
-        <x:v>44473</x:v>
+        <x:v>49147</x:v>
       </x:c>
       <x:c r="FX10" s="3" t="n">
-        <x:v>44125</x:v>
+        <x:v>48962</x:v>
       </x:c>
       <x:c r="FY10" s="3" t="n">
-        <x:v>47672</x:v>
+        <x:v>52559</x:v>
       </x:c>
       <x:c r="FZ10" s="3" t="n">
-        <x:v>45517</x:v>
+        <x:v>49427</x:v>
       </x:c>
       <x:c r="GA10" s="3" t="n">
-        <x:v>50915</x:v>
+        <x:v>54843</x:v>
       </x:c>
       <x:c r="GB10" s="3" t="n">
-        <x:v>56566</x:v>
+        <x:v>60577</x:v>
       </x:c>
       <x:c r="GC10" s="3" t="n">
-        <x:v>61073</x:v>
+        <x:v>65346</x:v>
       </x:c>
       <x:c r="GD10" s="3" t="n">
-        <x:v>54522</x:v>
+        <x:v>56283</x:v>
       </x:c>
       <x:c r="GE10" s="3" t="n">
-        <x:v>62892</x:v>
+        <x:v>64834</x:v>
       </x:c>
       <x:c r="GF10" s="3" t="n">
-        <x:v>62175</x:v>
+        <x:v>64132</x:v>
       </x:c>
       <x:c r="GG10" s="3" t="n">
-        <x:v>69656</x:v>
+        <x:v>70113</x:v>
       </x:c>
       <x:c r="GH10" s="3" t="n">
-        <x:v>60767</x:v>
+        <x:v>62346</x:v>
       </x:c>
       <x:c r="GI10" s="3" t="n">
-        <x:v>69690</x:v>
+        <x:v>71021</x:v>
+      </x:c>
+      <x:c r="GJ10" s="3" t="n">
+        <x:v>70006</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:191">
+    <x:row r="11" spans="1:192">
       <x:c r="A11" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>238</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>390</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
         <x:v>73</x:v>
       </x:c>
@@ -5519,347 +5553,350 @@
       <x:c r="CH11" s="3" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="CI11" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="CJ11" s="3" t="n">
         <x:v>451</x:v>
       </x:c>
       <x:c r="CK11" s="3" t="n">
         <x:v>-2314</x:v>
       </x:c>
       <x:c r="CL11" s="3" t="n">
         <x:v>3331</x:v>
       </x:c>
       <x:c r="CM11" s="3" t="n">
         <x:v>337</x:v>
       </x:c>
       <x:c r="CN11" s="3" t="n">
         <x:v>328</x:v>
       </x:c>
       <x:c r="CO11" s="3" t="n">
         <x:v>335</x:v>
       </x:c>
       <x:c r="CP11" s="3" t="n">
-        <x:v>777</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="CQ11" s="3" t="n">
-        <x:v>2981</x:v>
+        <x:v>3005</x:v>
       </x:c>
       <x:c r="CR11" s="3" t="n">
-        <x:v>907</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="CS11" s="3" t="n">
-        <x:v>-1327</x:v>
+        <x:v>-1314</x:v>
       </x:c>
       <x:c r="CT11" s="3" t="n">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="CU11" s="3" t="n">
-        <x:v>5147</x:v>
+        <x:v>5235</x:v>
       </x:c>
       <x:c r="CV11" s="3" t="n">
-        <x:v>368</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="CW11" s="3" t="n">
-        <x:v>282</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="CX11" s="3" t="n">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="CY11" s="3" t="n">
+        <x:v>-1369</x:v>
+      </x:c>
+      <x:c r="CZ11" s="3" t="n">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="DA11" s="3" t="n">
+        <x:v>1546</x:v>
+      </x:c>
+      <x:c r="DB11" s="3" t="n">
+        <x:v>-234</x:v>
+      </x:c>
+      <x:c r="DC11" s="3" t="n">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="DD11" s="3" t="n">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="CY11" s="3" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="DE11" s="3" t="n">
-        <x:v>2705</x:v>
+        <x:v>2791</x:v>
       </x:c>
       <x:c r="DF11" s="3" t="n">
-        <x:v>1961</x:v>
+        <x:v>2054</x:v>
       </x:c>
       <x:c r="DG11" s="3" t="n">
-        <x:v>-1770</x:v>
+        <x:v>-1712</x:v>
       </x:c>
       <x:c r="DH11" s="3" t="n">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="DI11" s="3" t="n">
+        <x:v>1351</x:v>
+      </x:c>
+      <x:c r="DJ11" s="3" t="n">
+        <x:v>-440</x:v>
+      </x:c>
+      <x:c r="DK11" s="3" t="n">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="DL11" s="3" t="n">
+        <x:v>1267</x:v>
+      </x:c>
+      <x:c r="DM11" s="3" t="n">
+        <x:v>2348</x:v>
+      </x:c>
+      <x:c r="DN11" s="3" t="n">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="DO11" s="3" t="n">
+        <x:v>3987</x:v>
+      </x:c>
+      <x:c r="DP11" s="3" t="n">
+        <x:v>2437</x:v>
+      </x:c>
+      <x:c r="DQ11" s="3" t="n">
+        <x:v>1252</x:v>
+      </x:c>
+      <x:c r="DR11" s="3" t="n">
+        <x:v>4219</x:v>
+      </x:c>
+      <x:c r="DS11" s="3" t="n">
+        <x:v>3663</x:v>
+      </x:c>
+      <x:c r="DT11" s="3" t="n">
+        <x:v>950</x:v>
+      </x:c>
+      <x:c r="DU11" s="3" t="n">
+        <x:v>1870</x:v>
+      </x:c>
+      <x:c r="DV11" s="3" t="n">
+        <x:v>5225</x:v>
+      </x:c>
+      <x:c r="DW11" s="3" t="n">
+        <x:v>-1</x:v>
+      </x:c>
+      <x:c r="DX11" s="3" t="n">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="DY11" s="3" t="n">
+        <x:v>5034</x:v>
+      </x:c>
+      <x:c r="DZ11" s="3" t="n">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="EA11" s="3" t="n">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="EB11" s="3" t="n">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="EC11" s="3" t="n">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="ED11" s="3" t="n">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="EE11" s="3" t="n">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="EF11" s="3" t="n">
+        <x:v>-678</x:v>
+      </x:c>
+      <x:c r="EG11" s="3" t="n">
+        <x:v>-208</x:v>
+      </x:c>
+      <x:c r="EH11" s="3" t="n">
+        <x:v>1600</x:v>
+      </x:c>
+      <x:c r="EI11" s="3" t="n">
+        <x:v>1767</x:v>
+      </x:c>
+      <x:c r="EJ11" s="3" t="n">
+        <x:v>3856</x:v>
+      </x:c>
+      <x:c r="EK11" s="3" t="n">
+        <x:v>4332</x:v>
+      </x:c>
+      <x:c r="EL11" s="3" t="n">
+        <x:v>-1364</x:v>
+      </x:c>
+      <x:c r="EM11" s="3" t="n">
+        <x:v>2772</x:v>
+      </x:c>
+      <x:c r="EN11" s="3" t="n">
+        <x:v>1159</x:v>
+      </x:c>
+      <x:c r="EO11" s="3" t="n">
+        <x:v>3628</x:v>
+      </x:c>
+      <x:c r="EP11" s="3" t="n">
+        <x:v>1150</x:v>
+      </x:c>
+      <x:c r="EQ11" s="3" t="n">
+        <x:v>1689</x:v>
+      </x:c>
+      <x:c r="ER11" s="3" t="n">
+        <x:v>1286</x:v>
+      </x:c>
+      <x:c r="ES11" s="3" t="n">
+        <x:v>1310</x:v>
+      </x:c>
+      <x:c r="ET11" s="3" t="n">
+        <x:v>1760</x:v>
+      </x:c>
+      <x:c r="EU11" s="3" t="n">
+        <x:v>1943</x:v>
+      </x:c>
+      <x:c r="EV11" s="3" t="n">
+        <x:v>1099</x:v>
+      </x:c>
+      <x:c r="EW11" s="3" t="n">
+        <x:v>929</x:v>
+      </x:c>
+      <x:c r="EX11" s="3" t="n">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="EY11" s="3" t="n">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="EZ11" s="3" t="n">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="FA11" s="3" t="n">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="DI11" s="3" t="n">
-[...133 lines deleted...]
-      </x:c>
       <x:c r="FB11" s="3" t="n">
-        <x:v>1013</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="FC11" s="3" t="n">
-        <x:v>819</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="FD11" s="3" t="n">
-        <x:v>1047</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="FE11" s="3" t="n">
-        <x:v>1363</x:v>
+        <x:v>1503</x:v>
       </x:c>
       <x:c r="FF11" s="3" t="n">
-        <x:v>603</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="FG11" s="3" t="n">
-        <x:v>782</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="FH11" s="3" t="n">
-        <x:v>562</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="FI11" s="3" t="n">
-        <x:v>768</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="FJ11" s="3" t="n">
-        <x:v>942</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="FK11" s="3" t="n">
-        <x:v>1088</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="FL11" s="3" t="n">
-        <x:v>980</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="FM11" s="3" t="n">
-        <x:v>1166</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="FN11" s="3" t="n">
-        <x:v>2090</x:v>
+        <x:v>2373</x:v>
       </x:c>
       <x:c r="FO11" s="3" t="n">
-        <x:v>1985</x:v>
+        <x:v>2248</x:v>
       </x:c>
       <x:c r="FP11" s="3" t="n">
-        <x:v>1174</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="FQ11" s="3" t="n">
-        <x:v>1077</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="FR11" s="3" t="n">
-        <x:v>407</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="FS11" s="3" t="n">
-        <x:v>579</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="FT11" s="3" t="n">
-        <x:v>365</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="FU11" s="3" t="n">
-        <x:v>590</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="FV11" s="3" t="n">
-        <x:v>1022</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="FW11" s="3" t="n">
-        <x:v>1558</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="FX11" s="3" t="n">
-        <x:v>927</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="FY11" s="3" t="n">
-        <x:v>1565</x:v>
+        <x:v>1861</x:v>
       </x:c>
       <x:c r="FZ11" s="3" t="n">
-        <x:v>1668</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="GA11" s="3" t="n">
-        <x:v>2099</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="GB11" s="3" t="n">
-        <x:v>1816</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="GC11" s="3" t="n">
-        <x:v>2440</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="GD11" s="3" t="n">
-        <x:v>2260</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="GE11" s="3" t="n">
-        <x:v>2780</x:v>
+        <x:v>2298</x:v>
       </x:c>
       <x:c r="GF11" s="3" t="n">
-        <x:v>3934</x:v>
+        <x:v>3462</x:v>
       </x:c>
       <x:c r="GG11" s="3" t="n">
-        <x:v>3319</x:v>
+        <x:v>2866</x:v>
       </x:c>
       <x:c r="GH11" s="3" t="n">
-        <x:v>2349</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="GI11" s="3" t="n">
-        <x:v>3630</x:v>
+        <x:v>1802</x:v>
+      </x:c>
+      <x:c r="GJ11" s="3" t="n">
+        <x:v>2154</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:191">
+    <x:row r="12" spans="1:192">
       <x:c r="A12" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>1959</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>2029</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>1689</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>2426</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>1445</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
         <x:v>1686</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
         <x:v>1693</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
         <x:v>2346</x:v>
       </x:c>
@@ -6094,347 +6131,350 @@
       <x:c r="CH12" s="3" t="n">
         <x:v>4886</x:v>
       </x:c>
       <x:c r="CI12" s="3" t="n">
         <x:v>5686</x:v>
       </x:c>
       <x:c r="CJ12" s="3" t="n">
         <x:v>5916</x:v>
       </x:c>
       <x:c r="CK12" s="3" t="n">
         <x:v>7401</x:v>
       </x:c>
       <x:c r="CL12" s="3" t="n">
         <x:v>4579</x:v>
       </x:c>
       <x:c r="CM12" s="3" t="n">
         <x:v>5872</x:v>
       </x:c>
       <x:c r="CN12" s="3" t="n">
         <x:v>5608</x:v>
       </x:c>
       <x:c r="CO12" s="3" t="n">
         <x:v>6520</x:v>
       </x:c>
       <x:c r="CP12" s="3" t="n">
-        <x:v>4669</x:v>
+        <x:v>4714</x:v>
       </x:c>
       <x:c r="CQ12" s="3" t="n">
-        <x:v>5710</x:v>
+        <x:v>5763</x:v>
       </x:c>
       <x:c r="CR12" s="3" t="n">
-        <x:v>5930</x:v>
+        <x:v>5990</x:v>
       </x:c>
       <x:c r="CS12" s="3" t="n">
-        <x:v>7428</x:v>
+        <x:v>7505</x:v>
       </x:c>
       <x:c r="CT12" s="3" t="n">
-        <x:v>5767</x:v>
+        <x:v>5884</x:v>
       </x:c>
       <x:c r="CU12" s="3" t="n">
-        <x:v>6754</x:v>
+        <x:v>6903</x:v>
       </x:c>
       <x:c r="CV12" s="3" t="n">
-        <x:v>6774</x:v>
+        <x:v>6934</x:v>
       </x:c>
       <x:c r="CW12" s="3" t="n">
-        <x:v>8249</x:v>
+        <x:v>8420</x:v>
       </x:c>
       <x:c r="CX12" s="3" t="n">
-        <x:v>5130</x:v>
+        <x:v>5289</x:v>
       </x:c>
       <x:c r="CY12" s="3" t="n">
-        <x:v>5627</x:v>
+        <x:v>5806</x:v>
       </x:c>
       <x:c r="CZ12" s="3" t="n">
-        <x:v>5326</x:v>
+        <x:v>5522</x:v>
       </x:c>
       <x:c r="DA12" s="3" t="n">
-        <x:v>6619</x:v>
+        <x:v>6837</x:v>
       </x:c>
       <x:c r="DB12" s="3" t="n">
-        <x:v>5446</x:v>
+        <x:v>5673</x:v>
       </x:c>
       <x:c r="DC12" s="3" t="n">
-        <x:v>6303</x:v>
+        <x:v>6583</x:v>
       </x:c>
       <x:c r="DD12" s="3" t="n">
-        <x:v>6453</x:v>
+        <x:v>6766</x:v>
       </x:c>
       <x:c r="DE12" s="3" t="n">
-        <x:v>7040</x:v>
+        <x:v>7351</x:v>
       </x:c>
       <x:c r="DF12" s="3" t="n">
-        <x:v>4717</x:v>
+        <x:v>5027</x:v>
       </x:c>
       <x:c r="DG12" s="3" t="n">
-        <x:v>6235</x:v>
+        <x:v>6648</x:v>
       </x:c>
       <x:c r="DH12" s="3" t="n">
-        <x:v>6090</x:v>
+        <x:v>6481</x:v>
       </x:c>
       <x:c r="DI12" s="3" t="n">
-        <x:v>8978</x:v>
+        <x:v>9566</x:v>
       </x:c>
       <x:c r="DJ12" s="3" t="n">
-        <x:v>5583</x:v>
+        <x:v>6005</x:v>
       </x:c>
       <x:c r="DK12" s="3" t="n">
-        <x:v>6540</x:v>
+        <x:v>7046</x:v>
       </x:c>
       <x:c r="DL12" s="3" t="n">
-        <x:v>7157</x:v>
+        <x:v>7704</x:v>
       </x:c>
       <x:c r="DM12" s="3" t="n">
-        <x:v>9367</x:v>
+        <x:v>10191</x:v>
       </x:c>
       <x:c r="DN12" s="3" t="n">
-        <x:v>6178</x:v>
+        <x:v>6764</x:v>
       </x:c>
       <x:c r="DO12" s="3" t="n">
-        <x:v>9069</x:v>
+        <x:v>9860</x:v>
       </x:c>
       <x:c r="DP12" s="3" t="n">
-        <x:v>9522</x:v>
+        <x:v>10470</x:v>
       </x:c>
       <x:c r="DQ12" s="3" t="n">
-        <x:v>11748</x:v>
+        <x:v>12995</x:v>
       </x:c>
       <x:c r="DR12" s="3" t="n">
-        <x:v>9098</x:v>
+        <x:v>10480</x:v>
       </x:c>
       <x:c r="DS12" s="3" t="n">
-        <x:v>10906</x:v>
+        <x:v>12402</x:v>
       </x:c>
       <x:c r="DT12" s="3" t="n">
-        <x:v>11327</x:v>
+        <x:v>13340</x:v>
       </x:c>
       <x:c r="DU12" s="3" t="n">
-        <x:v>13976</x:v>
+        <x:v>16240</x:v>
       </x:c>
       <x:c r="DV12" s="3" t="n">
-        <x:v>7762</x:v>
+        <x:v>9049</x:v>
       </x:c>
       <x:c r="DW12" s="3" t="n">
-        <x:v>7642</x:v>
+        <x:v>8727</x:v>
       </x:c>
       <x:c r="DX12" s="3" t="n">
-        <x:v>6862</x:v>
+        <x:v>7983</x:v>
       </x:c>
       <x:c r="DY12" s="3" t="n">
-        <x:v>8143</x:v>
+        <x:v>9266</x:v>
       </x:c>
       <x:c r="DZ12" s="3" t="n">
-        <x:v>5696</x:v>
+        <x:v>6480</x:v>
       </x:c>
       <x:c r="EA12" s="3" t="n">
-        <x:v>6659</x:v>
+        <x:v>7566</x:v>
       </x:c>
       <x:c r="EB12" s="3" t="n">
-        <x:v>5862</x:v>
+        <x:v>6617</x:v>
       </x:c>
       <x:c r="EC12" s="3" t="n">
-        <x:v>8053</x:v>
+        <x:v>9037</x:v>
       </x:c>
       <x:c r="ED12" s="3" t="n">
-        <x:v>5893</x:v>
+        <x:v>6610</x:v>
       </x:c>
       <x:c r="EE12" s="3" t="n">
-        <x:v>7026</x:v>
+        <x:v>8002</x:v>
       </x:c>
       <x:c r="EF12" s="3" t="n">
-        <x:v>7089</x:v>
+        <x:v>8008</x:v>
       </x:c>
       <x:c r="EG12" s="3" t="n">
-        <x:v>8874</x:v>
+        <x:v>10044</x:v>
       </x:c>
       <x:c r="EH12" s="3" t="n">
-        <x:v>6893</x:v>
+        <x:v>7845</x:v>
       </x:c>
       <x:c r="EI12" s="3" t="n">
-        <x:v>7877</x:v>
+        <x:v>9166</x:v>
       </x:c>
       <x:c r="EJ12" s="3" t="n">
-        <x:v>6916</x:v>
+        <x:v>8056</x:v>
       </x:c>
       <x:c r="EK12" s="3" t="n">
-        <x:v>9514</x:v>
+        <x:v>11212</x:v>
       </x:c>
       <x:c r="EL12" s="3" t="n">
-        <x:v>6160</x:v>
+        <x:v>7184</x:v>
       </x:c>
       <x:c r="EM12" s="3" t="n">
-        <x:v>7889</x:v>
+        <x:v>9169</x:v>
       </x:c>
       <x:c r="EN12" s="3" t="n">
-        <x:v>6997</x:v>
+        <x:v>8101</x:v>
       </x:c>
       <x:c r="EO12" s="3" t="n">
-        <x:v>9245</x:v>
+        <x:v>10723</x:v>
       </x:c>
       <x:c r="EP12" s="3" t="n">
-        <x:v>7071</x:v>
+        <x:v>8189</x:v>
       </x:c>
       <x:c r="EQ12" s="3" t="n">
-        <x:v>7963</x:v>
+        <x:v>9293</x:v>
       </x:c>
       <x:c r="ER12" s="3" t="n">
-        <x:v>7425</x:v>
+        <x:v>8633</x:v>
       </x:c>
       <x:c r="ES12" s="3" t="n">
-        <x:v>10404</x:v>
+        <x:v>12716</x:v>
       </x:c>
       <x:c r="ET12" s="3" t="n">
-        <x:v>6335</x:v>
+        <x:v>7380</x:v>
       </x:c>
       <x:c r="EU12" s="3" t="n">
-        <x:v>7442</x:v>
+        <x:v>8735</x:v>
       </x:c>
       <x:c r="EV12" s="3" t="n">
-        <x:v>7167</x:v>
+        <x:v>8640</x:v>
       </x:c>
       <x:c r="EW12" s="3" t="n">
-        <x:v>9275</x:v>
+        <x:v>11014</x:v>
       </x:c>
       <x:c r="EX12" s="3" t="n">
-        <x:v>7851</x:v>
+        <x:v>9799</x:v>
       </x:c>
       <x:c r="EY12" s="3" t="n">
-        <x:v>8610</x:v>
+        <x:v>10558</x:v>
       </x:c>
       <x:c r="EZ12" s="3" t="n">
-        <x:v>7952</x:v>
+        <x:v>9900</x:v>
       </x:c>
       <x:c r="FA12" s="3" t="n">
-        <x:v>11882</x:v>
+        <x:v>13831</x:v>
       </x:c>
       <x:c r="FB12" s="3" t="n">
-        <x:v>8673</x:v>
+        <x:v>10503</x:v>
       </x:c>
       <x:c r="FC12" s="3" t="n">
-        <x:v>8372</x:v>
+        <x:v>10202</x:v>
       </x:c>
       <x:c r="FD12" s="3" t="n">
-        <x:v>8227</x:v>
+        <x:v>10057</x:v>
       </x:c>
       <x:c r="FE12" s="3" t="n">
-        <x:v>11568</x:v>
+        <x:v>13398</x:v>
       </x:c>
       <x:c r="FF12" s="3" t="n">
-        <x:v>8286</x:v>
+        <x:v>10441</x:v>
       </x:c>
       <x:c r="FG12" s="3" t="n">
-        <x:v>9779</x:v>
+        <x:v>11934</x:v>
       </x:c>
       <x:c r="FH12" s="3" t="n">
-        <x:v>8742</x:v>
+        <x:v>10897</x:v>
       </x:c>
       <x:c r="FI12" s="3" t="n">
-        <x:v>12112</x:v>
+        <x:v>14267</x:v>
       </x:c>
       <x:c r="FJ12" s="3" t="n">
-        <x:v>10526</x:v>
+        <x:v>13905</x:v>
       </x:c>
       <x:c r="FK12" s="3" t="n">
-        <x:v>11773</x:v>
+        <x:v>15152</x:v>
       </x:c>
       <x:c r="FL12" s="3" t="n">
-        <x:v>12058</x:v>
+        <x:v>15437</x:v>
       </x:c>
       <x:c r="FM12" s="3" t="n">
-        <x:v>15160</x:v>
+        <x:v>18543</x:v>
       </x:c>
       <x:c r="FN12" s="3" t="n">
-        <x:v>10209</x:v>
+        <x:v>12806</x:v>
       </x:c>
       <x:c r="FO12" s="3" t="n">
-        <x:v>10047</x:v>
+        <x:v>12644</x:v>
       </x:c>
       <x:c r="FP12" s="3" t="n">
-        <x:v>9816</x:v>
+        <x:v>12412</x:v>
       </x:c>
       <x:c r="FQ12" s="3" t="n">
-        <x:v>12527</x:v>
+        <x:v>15124</x:v>
       </x:c>
       <x:c r="FR12" s="3" t="n">
-        <x:v>10176</x:v>
+        <x:v>13077</x:v>
       </x:c>
       <x:c r="FS12" s="3" t="n">
-        <x:v>10727</x:v>
+        <x:v>13629</x:v>
       </x:c>
       <x:c r="FT12" s="3" t="n">
-        <x:v>9659</x:v>
+        <x:v>12559</x:v>
       </x:c>
       <x:c r="FU12" s="3" t="n">
-        <x:v>14827</x:v>
+        <x:v>17728</x:v>
       </x:c>
       <x:c r="FV12" s="3" t="n">
-        <x:v>11027</x:v>
+        <x:v>14607</x:v>
       </x:c>
       <x:c r="FW12" s="3" t="n">
-        <x:v>12176</x:v>
+        <x:v>16820</x:v>
       </x:c>
       <x:c r="FX12" s="3" t="n">
-        <x:v>12122</x:v>
+        <x:v>15268</x:v>
       </x:c>
       <x:c r="FY12" s="3" t="n">
-        <x:v>15562</x:v>
+        <x:v>19564</x:v>
       </x:c>
       <x:c r="FZ12" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>15721</x:v>
       </x:c>
       <x:c r="GA12" s="3" t="n">
-        <x:v>14898</x:v>
+        <x:v>16402</x:v>
       </x:c>
       <x:c r="GB12" s="3" t="n">
-        <x:v>14607</x:v>
+        <x:v>15509</x:v>
       </x:c>
       <x:c r="GC12" s="3" t="n">
-        <x:v>20021</x:v>
+        <x:v>20147</x:v>
       </x:c>
       <x:c r="GD12" s="3" t="n">
-        <x:v>14895</x:v>
+        <x:v>15765</x:v>
       </x:c>
       <x:c r="GE12" s="3" t="n">
-        <x:v>15888</x:v>
+        <x:v>17165</x:v>
       </x:c>
       <x:c r="GF12" s="3" t="n">
-        <x:v>14988</x:v>
+        <x:v>16026</x:v>
       </x:c>
       <x:c r="GG12" s="3" t="n">
-        <x:v>19827</x:v>
+        <x:v>20648</x:v>
       </x:c>
       <x:c r="GH12" s="3" t="n">
-        <x:v>15223</x:v>
+        <x:v>15873</x:v>
       </x:c>
       <x:c r="GI12" s="3" t="n">
-        <x:v>17076</x:v>
+        <x:v>17934</x:v>
+      </x:c>
+      <x:c r="GJ12" s="3" t="n">
+        <x:v>17947</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:191">
+    <x:row r="13" spans="1:192">
       <x:c r="A13" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>356</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>308</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>329</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I13" s="3" t="n">
         <x:v>473</x:v>
       </x:c>
@@ -6669,347 +6709,350 @@
       <x:c r="CH13" s="3" t="n">
         <x:v>1007</x:v>
       </x:c>
       <x:c r="CI13" s="3" t="n">
         <x:v>947</x:v>
       </x:c>
       <x:c r="CJ13" s="3" t="n">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="CK13" s="3" t="n">
         <x:v>1475</x:v>
       </x:c>
       <x:c r="CL13" s="3" t="n">
         <x:v>925</x:v>
       </x:c>
       <x:c r="CM13" s="3" t="n">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="CN13" s="3" t="n">
         <x:v>1346</x:v>
       </x:c>
       <x:c r="CO13" s="3" t="n">
         <x:v>1244</x:v>
       </x:c>
       <x:c r="CP13" s="3" t="n">
-        <x:v>932</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="CQ13" s="3" t="n">
-        <x:v>1267</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="CR13" s="3" t="n">
-        <x:v>1229</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="CS13" s="3" t="n">
-        <x:v>1394</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="CT13" s="3" t="n">
-        <x:v>997</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="CU13" s="3" t="n">
-        <x:v>1256</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="CV13" s="3" t="n">
-        <x:v>1093</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="CW13" s="3" t="n">
-        <x:v>1721</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="CX13" s="3" t="n">
-        <x:v>1045</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="CY13" s="3" t="n">
-        <x:v>1146</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="CZ13" s="3" t="n">
-        <x:v>1130</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="DA13" s="3" t="n">
-        <x:v>1320</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="DB13" s="3" t="n">
-        <x:v>911</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="DC13" s="3" t="n">
-        <x:v>1147</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="DD13" s="3" t="n">
-        <x:v>1075</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="DE13" s="3" t="n">
-        <x:v>1065</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="DF13" s="3" t="n">
-        <x:v>723</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="DG13" s="3" t="n">
-        <x:v>1115</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="DH13" s="3" t="n">
-        <x:v>859</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="DI13" s="3" t="n">
-        <x:v>1262</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="DJ13" s="3" t="n">
-        <x:v>949</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="DK13" s="3" t="n">
-        <x:v>1223</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="DL13" s="3" t="n">
-        <x:v>1206</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="DM13" s="3" t="n">
-        <x:v>1448</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="DN13" s="3" t="n">
-        <x:v>905</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="DO13" s="3" t="n">
-        <x:v>1088</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="DP13" s="3" t="n">
-        <x:v>1129</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="DQ13" s="3" t="n">
-        <x:v>1505</x:v>
+        <x:v>1624</x:v>
       </x:c>
       <x:c r="DR13" s="3" t="n">
-        <x:v>1487</x:v>
+        <x:v>1614</x:v>
       </x:c>
       <x:c r="DS13" s="3" t="n">
-        <x:v>1819</x:v>
+        <x:v>1979</x:v>
       </x:c>
       <x:c r="DT13" s="3" t="n">
-        <x:v>1639</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="DU13" s="3" t="n">
-        <x:v>2571</x:v>
+        <x:v>2784</x:v>
       </x:c>
       <x:c r="DV13" s="3" t="n">
-        <x:v>1408</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="DW13" s="3" t="n">
-        <x:v>1651</x:v>
+        <x:v>1815</x:v>
       </x:c>
       <x:c r="DX13" s="3" t="n">
-        <x:v>1362</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="DY13" s="3" t="n">
-        <x:v>1476</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="DZ13" s="3" t="n">
-        <x:v>1510</x:v>
+        <x:v>1671</x:v>
       </x:c>
       <x:c r="EA13" s="3" t="n">
-        <x:v>1980</x:v>
+        <x:v>2191</x:v>
       </x:c>
       <x:c r="EB13" s="3" t="n">
-        <x:v>1808</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="EC13" s="3" t="n">
-        <x:v>2151</x:v>
+        <x:v>2370</x:v>
       </x:c>
       <x:c r="ED13" s="3" t="n">
-        <x:v>1917</x:v>
+        <x:v>2112</x:v>
       </x:c>
       <x:c r="EE13" s="3" t="n">
-        <x:v>2070</x:v>
+        <x:v>2281</x:v>
       </x:c>
       <x:c r="EF13" s="3" t="n">
-        <x:v>1780</x:v>
+        <x:v>1962</x:v>
       </x:c>
       <x:c r="EG13" s="3" t="n">
-        <x:v>2369</x:v>
+        <x:v>2603</x:v>
       </x:c>
       <x:c r="EH13" s="3" t="n">
-        <x:v>1870</x:v>
+        <x:v>2069</x:v>
       </x:c>
       <x:c r="EI13" s="3" t="n">
-        <x:v>1876</x:v>
+        <x:v>2089</x:v>
       </x:c>
       <x:c r="EJ13" s="3" t="n">
-        <x:v>1572</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="EK13" s="3" t="n">
-        <x:v>2248</x:v>
+        <x:v>2491</x:v>
       </x:c>
       <x:c r="EL13" s="3" t="n">
-        <x:v>1313</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="EM13" s="3" t="n">
-        <x:v>1539</x:v>
+        <x:v>1771</x:v>
       </x:c>
       <x:c r="EN13" s="3" t="n">
-        <x:v>1396</x:v>
+        <x:v>1618</x:v>
       </x:c>
       <x:c r="EO13" s="3" t="n">
-        <x:v>2141</x:v>
+        <x:v>2456</x:v>
       </x:c>
       <x:c r="EP13" s="3" t="n">
-        <x:v>1540</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="EQ13" s="3" t="n">
-        <x:v>2093</x:v>
+        <x:v>2416</x:v>
       </x:c>
       <x:c r="ER13" s="3" t="n">
-        <x:v>1873</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="ES13" s="3" t="n">
-        <x:v>2428</x:v>
+        <x:v>2781</x:v>
       </x:c>
       <x:c r="ET13" s="3" t="n">
-        <x:v>1459</x:v>
+        <x:v>1682</x:v>
       </x:c>
       <x:c r="EU13" s="3" t="n">
-        <x:v>1813</x:v>
+        <x:v>2101</x:v>
       </x:c>
       <x:c r="EV13" s="3" t="n">
-        <x:v>1705</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="EW13" s="3" t="n">
-        <x:v>2193</x:v>
+        <x:v>2518</x:v>
       </x:c>
       <x:c r="EX13" s="3" t="n">
-        <x:v>1882</x:v>
+        <x:v>2240</x:v>
       </x:c>
       <x:c r="EY13" s="3" t="n">
-        <x:v>1743</x:v>
+        <x:v>2101</x:v>
       </x:c>
       <x:c r="EZ13" s="3" t="n">
-        <x:v>1643</x:v>
+        <x:v>2000</x:v>
       </x:c>
       <x:c r="FA13" s="3" t="n">
-        <x:v>3015</x:v>
+        <x:v>3373</x:v>
       </x:c>
       <x:c r="FB13" s="3" t="n">
-        <x:v>2316</x:v>
+        <x:v>2778</x:v>
       </x:c>
       <x:c r="FC13" s="3" t="n">
-        <x:v>2129</x:v>
+        <x:v>2591</x:v>
       </x:c>
       <x:c r="FD13" s="3" t="n">
-        <x:v>2027</x:v>
+        <x:v>2489</x:v>
       </x:c>
       <x:c r="FE13" s="3" t="n">
+        <x:v>3479</x:v>
+      </x:c>
+      <x:c r="FF13" s="3" t="n">
+        <x:v>2866</x:v>
+      </x:c>
+      <x:c r="FG13" s="3" t="n">
+        <x:v>3110</x:v>
+      </x:c>
+      <x:c r="FH13" s="3" t="n">
+        <x:v>2552</x:v>
+      </x:c>
+      <x:c r="FI13" s="3" t="n">
+        <x:v>3227</x:v>
+      </x:c>
+      <x:c r="FJ13" s="3" t="n">
+        <x:v>2989</x:v>
+      </x:c>
+      <x:c r="FK13" s="3" t="n">
+        <x:v>3173</x:v>
+      </x:c>
+      <x:c r="FL13" s="3" t="n">
+        <x:v>3183</x:v>
+      </x:c>
+      <x:c r="FM13" s="3" t="n">
+        <x:v>3671</x:v>
+      </x:c>
+      <x:c r="FN13" s="3" t="n">
+        <x:v>3279</x:v>
+      </x:c>
+      <x:c r="FO13" s="3" t="n">
+        <x:v>3485</x:v>
+      </x:c>
+      <x:c r="FP13" s="3" t="n">
+        <x:v>3426</x:v>
+      </x:c>
+      <x:c r="FQ13" s="3" t="n">
+        <x:v>3849</x:v>
+      </x:c>
+      <x:c r="FR13" s="3" t="n">
+        <x:v>3038</x:v>
+      </x:c>
+      <x:c r="FS13" s="3" t="n">
+        <x:v>3244</x:v>
+      </x:c>
+      <x:c r="FT13" s="3" t="n">
         <x:v>3017</x:v>
       </x:c>
-      <x:c r="FF13" s="3" t="n">
-[...23 lines deleted...]
-      <x:c r="FN13" s="3" t="n">
+      <x:c r="FU13" s="3" t="n">
+        <x:v>3341</x:v>
+      </x:c>
+      <x:c r="FV13" s="3" t="n">
+        <x:v>2560</x:v>
+      </x:c>
+      <x:c r="FW13" s="3" t="n">
+        <x:v>3056</x:v>
+      </x:c>
+      <x:c r="FX13" s="3" t="n">
+        <x:v>2925</x:v>
+      </x:c>
+      <x:c r="FY13" s="3" t="n">
+        <x:v>3758</x:v>
+      </x:c>
+      <x:c r="FZ13" s="3" t="n">
+        <x:v>2932</x:v>
+      </x:c>
+      <x:c r="GA13" s="3" t="n">
         <x:v>2584</x:v>
       </x:c>
-      <x:c r="FO13" s="3" t="n">
-[...37 lines deleted...]
-      </x:c>
       <x:c r="GB13" s="3" t="n">
-        <x:v>3044</x:v>
+        <x:v>3531</x:v>
       </x:c>
       <x:c r="GC13" s="3" t="n">
-        <x:v>2950</x:v>
+        <x:v>3360</x:v>
       </x:c>
       <x:c r="GD13" s="3" t="n">
-        <x:v>1843</x:v>
+        <x:v>2264</x:v>
       </x:c>
       <x:c r="GE13" s="3" t="n">
-        <x:v>2245</x:v>
+        <x:v>2781</x:v>
       </x:c>
       <x:c r="GF13" s="3" t="n">
-        <x:v>2002</x:v>
+        <x:v>2358</x:v>
       </x:c>
       <x:c r="GG13" s="3" t="n">
-        <x:v>2624</x:v>
+        <x:v>3111</x:v>
       </x:c>
       <x:c r="GH13" s="3" t="n">
-        <x:v>2281</x:v>
+        <x:v>2786</x:v>
       </x:c>
       <x:c r="GI13" s="3" t="n">
-        <x:v>2577</x:v>
+        <x:v>3084</x:v>
+      </x:c>
+      <x:c r="GJ13" s="3" t="n">
+        <x:v>3846</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:191">
+    <x:row r="14" spans="1:192">
       <x:c r="A14" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>257</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
         <x:v>212</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
         <x:v>314</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
         <x:v>233</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I14" s="3" t="n">
         <x:v>337</x:v>
       </x:c>
@@ -7244,347 +7287,350 @@
       <x:c r="CH14" s="3" t="n">
         <x:v>829</x:v>
       </x:c>
       <x:c r="CI14" s="3" t="n">
         <x:v>722</x:v>
       </x:c>
       <x:c r="CJ14" s="3" t="n">
         <x:v>811</x:v>
       </x:c>
       <x:c r="CK14" s="3" t="n">
         <x:v>1124</x:v>
       </x:c>
       <x:c r="CL14" s="3" t="n">
         <x:v>589</x:v>
       </x:c>
       <x:c r="CM14" s="3" t="n">
         <x:v>772</x:v>
       </x:c>
       <x:c r="CN14" s="3" t="n">
         <x:v>1065</x:v>
       </x:c>
       <x:c r="CO14" s="3" t="n">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="CP14" s="3" t="n">
-        <x:v>729</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="CQ14" s="3" t="n">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="CR14" s="3" t="n">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="CS14" s="3" t="n">
+        <x:v>994</x:v>
+      </x:c>
+      <x:c r="CT14" s="3" t="n">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="CU14" s="3" t="n">
+        <x:v>979</x:v>
+      </x:c>
+      <x:c r="CV14" s="3" t="n">
+        <x:v>921</x:v>
+      </x:c>
+      <x:c r="CW14" s="3" t="n">
+        <x:v>1357</x:v>
+      </x:c>
+      <x:c r="CX14" s="3" t="n">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="CY14" s="3" t="n">
+        <x:v>913</x:v>
+      </x:c>
+      <x:c r="CZ14" s="3" t="n">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="DA14" s="3" t="n">
+        <x:v>1157</x:v>
+      </x:c>
+      <x:c r="DB14" s="3" t="n">
+        <x:v>767</x:v>
+      </x:c>
+      <x:c r="DC14" s="3" t="n">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c r="DD14" s="3" t="n">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="DE14" s="3" t="n">
+        <x:v>920</x:v>
+      </x:c>
+      <x:c r="DF14" s="3" t="n">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="DG14" s="3" t="n">
+        <x:v>1027</x:v>
+      </x:c>
+      <x:c r="DH14" s="3" t="n">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="DI14" s="3" t="n">
+        <x:v>1123</x:v>
+      </x:c>
+      <x:c r="DJ14" s="3" t="n">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="DK14" s="3" t="n">
+        <x:v>987</x:v>
+      </x:c>
+      <x:c r="DL14" s="3" t="n">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="DM14" s="3" t="n">
+        <x:v>1264</x:v>
+      </x:c>
+      <x:c r="DN14" s="3" t="n">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="DO14" s="3" t="n">
+        <x:v>886</x:v>
+      </x:c>
+      <x:c r="DP14" s="3" t="n">
         <x:v>873</x:v>
       </x:c>
-      <x:c r="CR14" s="3" t="n">
-[...73 lines deleted...]
-      </x:c>
       <x:c r="DQ14" s="3" t="n">
-        <x:v>1217</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="DR14" s="3" t="n">
-        <x:v>1319</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="DS14" s="3" t="n">
-        <x:v>1523</x:v>
+        <x:v>1630</x:v>
       </x:c>
       <x:c r="DT14" s="3" t="n">
-        <x:v>1362</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="DU14" s="3" t="n">
-        <x:v>2221</x:v>
+        <x:v>2374</x:v>
       </x:c>
       <x:c r="DV14" s="3" t="n">
-        <x:v>1232</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="DW14" s="3" t="n">
-        <x:v>1398</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="DX14" s="3" t="n">
-        <x:v>1075</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="DY14" s="3" t="n">
-        <x:v>1246</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="DZ14" s="3" t="n">
-        <x:v>1081</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="EA14" s="3" t="n">
-        <x:v>1433</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="EB14" s="3" t="n">
-        <x:v>1363</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="EC14" s="3" t="n">
-        <x:v>1699</x:v>
+        <x:v>1838</x:v>
       </x:c>
       <x:c r="ED14" s="3" t="n">
-        <x:v>1601</x:v>
+        <x:v>1723</x:v>
       </x:c>
       <x:c r="EE14" s="3" t="n">
-        <x:v>1726</x:v>
+        <x:v>1858</x:v>
       </x:c>
       <x:c r="EF14" s="3" t="n">
-        <x:v>1496</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="EG14" s="3" t="n">
-        <x:v>2041</x:v>
+        <x:v>2199</x:v>
       </x:c>
       <x:c r="EH14" s="3" t="n">
-        <x:v>1646</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="EI14" s="3" t="n">
-        <x:v>1567</x:v>
+        <x:v>1709</x:v>
       </x:c>
       <x:c r="EJ14" s="3" t="n">
-        <x:v>1320</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="EK14" s="3" t="n">
-        <x:v>1947</x:v>
+        <x:v>2120</x:v>
       </x:c>
       <x:c r="EL14" s="3" t="n">
-        <x:v>965</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="EM14" s="3" t="n">
-        <x:v>1172</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="EN14" s="3" t="n">
-        <x:v>1013</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="EO14" s="3" t="n">
-        <x:v>1604</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="EP14" s="3" t="n">
-        <x:v>1131</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="EQ14" s="3" t="n">
-        <x:v>1631</x:v>
+        <x:v>1836</x:v>
       </x:c>
       <x:c r="ER14" s="3" t="n">
-        <x:v>1497</x:v>
+        <x:v>1688</x:v>
       </x:c>
       <x:c r="ES14" s="3" t="n">
-        <x:v>1983</x:v>
+        <x:v>2222</x:v>
       </x:c>
       <x:c r="ET14" s="3" t="n">
-        <x:v>1157</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="EU14" s="3" t="n">
-        <x:v>1363</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="EV14" s="3" t="n">
-        <x:v>1308</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="EW14" s="3" t="n">
-        <x:v>1780</x:v>
+        <x:v>1993</x:v>
       </x:c>
       <x:c r="EX14" s="3" t="n">
-        <x:v>1329</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="EY14" s="3" t="n">
-        <x:v>1343</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="EZ14" s="3" t="n">
-        <x:v>1297</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="FA14" s="3" t="n">
-        <x:v>2473</x:v>
+        <x:v>2683</x:v>
       </x:c>
       <x:c r="FB14" s="3" t="n">
-        <x:v>1591</x:v>
+        <x:v>1836</x:v>
       </x:c>
       <x:c r="FC14" s="3" t="n">
-        <x:v>1558</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="FD14" s="3" t="n">
-        <x:v>1324</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="FE14" s="3" t="n">
-        <x:v>2161</x:v>
+        <x:v>2406</x:v>
       </x:c>
       <x:c r="FF14" s="3" t="n">
-        <x:v>1520</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="FG14" s="3" t="n">
-        <x:v>1807</x:v>
+        <x:v>2060</x:v>
       </x:c>
       <x:c r="FH14" s="3" t="n">
-        <x:v>1351</x:v>
+        <x:v>1605</x:v>
       </x:c>
       <x:c r="FI14" s="3" t="n">
-        <x:v>1917</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="FJ14" s="3" t="n">
-        <x:v>1604</x:v>
+        <x:v>1924</x:v>
       </x:c>
       <x:c r="FK14" s="3" t="n">
-        <x:v>1804</x:v>
+        <x:v>2124</x:v>
       </x:c>
       <x:c r="FL14" s="3" t="n">
-        <x:v>1883</x:v>
+        <x:v>2204</x:v>
       </x:c>
       <x:c r="FM14" s="3" t="n">
-        <x:v>2260</x:v>
+        <x:v>2581</x:v>
       </x:c>
       <x:c r="FN14" s="3" t="n">
-        <x:v>1529</x:v>
+        <x:v>1824</x:v>
       </x:c>
       <x:c r="FO14" s="3" t="n">
-        <x:v>1671</x:v>
+        <x:v>1967</x:v>
       </x:c>
       <x:c r="FP14" s="3" t="n">
-        <x:v>1492</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="FQ14" s="3" t="n">
-        <x:v>2041</x:v>
+        <x:v>2336</x:v>
       </x:c>
       <x:c r="FR14" s="3" t="n">
-        <x:v>1357</x:v>
+        <x:v>1672</x:v>
       </x:c>
       <x:c r="FS14" s="3" t="n">
-        <x:v>1615</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="FT14" s="3" t="n">
-        <x:v>1781</x:v>
+        <x:v>2096</x:v>
       </x:c>
       <x:c r="FU14" s="3" t="n">
-        <x:v>2169</x:v>
+        <x:v>2485</x:v>
       </x:c>
       <x:c r="FV14" s="3" t="n">
-        <x:v>1324</x:v>
+        <x:v>1656</x:v>
       </x:c>
       <x:c r="FW14" s="3" t="n">
-        <x:v>1636</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="FX14" s="3" t="n">
-        <x:v>1757</x:v>
+        <x:v>2046</x:v>
       </x:c>
       <x:c r="FY14" s="3" t="n">
-        <x:v>2302</x:v>
+        <x:v>2628</x:v>
       </x:c>
       <x:c r="FZ14" s="3" t="n">
-        <x:v>1391</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="GA14" s="3" t="n">
-        <x:v>1483</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="GB14" s="3" t="n">
-        <x:v>2203</x:v>
+        <x:v>2155</x:v>
       </x:c>
       <x:c r="GC14" s="3" t="n">
-        <x:v>2172</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="GD14" s="3" t="n">
-        <x:v>1229</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="GE14" s="3" t="n">
-        <x:v>1444</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="GF14" s="3" t="n">
-        <x:v>1477</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="GG14" s="3" t="n">
-        <x:v>1927</x:v>
+        <x:v>1885</x:v>
       </x:c>
       <x:c r="GH14" s="3" t="n">
-        <x:v>1516</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="GI14" s="3" t="n">
-        <x:v>1807</x:v>
+        <x:v>1742</x:v>
+      </x:c>
+      <x:c r="GJ14" s="3" t="n">
+        <x:v>1802</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:191">
+    <x:row r="15" spans="1:192">
       <x:c r="A15" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I15" s="3" t="n">
         <x:v>136</x:v>
       </x:c>
@@ -7819,347 +7865,350 @@
       <x:c r="CH15" s="3" t="n">
         <x:v>177</x:v>
       </x:c>
       <x:c r="CI15" s="3" t="n">
         <x:v>225</x:v>
       </x:c>
       <x:c r="CJ15" s="3" t="n">
         <x:v>309</x:v>
       </x:c>
       <x:c r="CK15" s="3" t="n">
         <x:v>351</x:v>
       </x:c>
       <x:c r="CL15" s="3" t="n">
         <x:v>335</x:v>
       </x:c>
       <x:c r="CM15" s="3" t="n">
         <x:v>285</x:v>
       </x:c>
       <x:c r="CN15" s="3" t="n">
         <x:v>281</x:v>
       </x:c>
       <x:c r="CO15" s="3" t="n">
         <x:v>186</x:v>
       </x:c>
       <x:c r="CP15" s="3" t="n">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="CQ15" s="3" t="n">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="CR15" s="3" t="n">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="CS15" s="3" t="n">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="CT15" s="3" t="n">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="CU15" s="3" t="n">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="CV15" s="3" t="n">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="CW15" s="3" t="n">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="CX15" s="3" t="n">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="CQ15" s="3" t="n">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="CY15" s="3" t="n">
-        <x:v>256</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="CZ15" s="3" t="n">
-        <x:v>324</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="DA15" s="3" t="n">
-        <x:v>191</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="DB15" s="3" t="n">
-        <x:v>169</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="DC15" s="3" t="n">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="DD15" s="3" t="n">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="DE15" s="3" t="n">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="DD15" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="DF15" s="3" t="n">
-        <x:v>125</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="DG15" s="3" t="n">
-        <x:v>128</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="DH15" s="3" t="n">
-        <x:v>131</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="DI15" s="3" t="n">
-        <x:v>182</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="DJ15" s="3" t="n">
-        <x:v>147</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="DK15" s="3" t="n">
-        <x:v>281</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="DL15" s="3" t="n">
-        <x:v>358</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="DM15" s="3" t="n">
-        <x:v>241</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="DN15" s="3" t="n">
-        <x:v>216</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="DO15" s="3" t="n">
-        <x:v>256</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="DP15" s="3" t="n">
-        <x:v>309</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="DQ15" s="3" t="n">
-        <x:v>288</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="DR15" s="3" t="n">
-        <x:v>168</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="DS15" s="3" t="n">
-        <x:v>297</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="DT15" s="3" t="n">
-        <x:v>277</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="DU15" s="3" t="n">
-        <x:v>350</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="DV15" s="3" t="n">
-        <x:v>176</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="DW15" s="3" t="n">
-        <x:v>253</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="DX15" s="3" t="n">
-        <x:v>288</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="DY15" s="3" t="n">
-        <x:v>230</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="DZ15" s="3" t="n">
-        <x:v>428</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="EA15" s="3" t="n">
-        <x:v>548</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="EB15" s="3" t="n">
-        <x:v>444</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="EC15" s="3" t="n">
-        <x:v>453</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="ED15" s="3" t="n">
-        <x:v>316</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="EE15" s="3" t="n">
-        <x:v>344</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="EF15" s="3" t="n">
-        <x:v>285</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="EG15" s="3" t="n">
-        <x:v>328</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="EH15" s="3" t="n">
-        <x:v>224</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="EI15" s="3" t="n">
-        <x:v>309</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="EJ15" s="3" t="n">
-        <x:v>252</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="EK15" s="3" t="n">
-        <x:v>301</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="EL15" s="3" t="n">
-        <x:v>347</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="EM15" s="3" t="n">
-        <x:v>367</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="EN15" s="3" t="n">
-        <x:v>382</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="EO15" s="3" t="n">
-        <x:v>537</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="EP15" s="3" t="n">
-        <x:v>409</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="EQ15" s="3" t="n">
-        <x:v>462</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="ER15" s="3" t="n">
-        <x:v>376</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="ES15" s="3" t="n">
-        <x:v>446</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="ET15" s="3" t="n">
-        <x:v>302</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="EU15" s="3" t="n">
-        <x:v>450</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="EV15" s="3" t="n">
-        <x:v>397</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="EW15" s="3" t="n">
-        <x:v>413</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="EX15" s="3" t="n">
-        <x:v>553</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="EY15" s="3" t="n">
-        <x:v>400</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="EZ15" s="3" t="n">
-        <x:v>346</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="FA15" s="3" t="n">
-        <x:v>542</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="FB15" s="3" t="n">
-        <x:v>725</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="FC15" s="3" t="n">
-        <x:v>571</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="FD15" s="3" t="n">
-        <x:v>703</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="FE15" s="3" t="n">
-        <x:v>856</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="FF15" s="3" t="n">
-        <x:v>810</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="FG15" s="3" t="n">
-        <x:v>767</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="FH15" s="3" t="n">
-        <x:v>665</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="FI15" s="3" t="n">
-        <x:v>773</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="FJ15" s="3" t="n">
-        <x:v>761</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="FK15" s="3" t="n">
-        <x:v>745</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="FL15" s="3" t="n">
-        <x:v>676</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="FM15" s="3" t="n">
-        <x:v>786</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="FN15" s="3" t="n">
-        <x:v>1055</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="FO15" s="3" t="n">
-        <x:v>1119</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="FP15" s="3" t="n">
-        <x:v>1240</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="FQ15" s="3" t="n">
-        <x:v>1113</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="FR15" s="3" t="n">
-        <x:v>1040</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="FS15" s="3" t="n">
-        <x:v>988</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="FT15" s="3" t="n">
-        <x:v>596</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="FU15" s="3" t="n">
-        <x:v>531</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="FV15" s="3" t="n">
-        <x:v>623</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="FW15" s="3" t="n">
-        <x:v>760</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="FX15" s="3" t="n">
-        <x:v>582</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="FY15" s="3" t="n">
-        <x:v>805</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="FZ15" s="3" t="n">
-        <x:v>1053</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="GA15" s="3" t="n">
-        <x:v>745</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="GB15" s="3" t="n">
-        <x:v>841</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="GC15" s="3" t="n">
-        <x:v>778</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="GD15" s="3" t="n">
-        <x:v>614</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="GE15" s="3" t="n">
-        <x:v>801</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="GF15" s="3" t="n">
-        <x:v>526</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="GG15" s="3" t="n">
-        <x:v>697</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="GH15" s="3" t="n">
-        <x:v>766</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="GI15" s="3" t="n">
-        <x:v>770</x:v>
+        <x:v>1342</x:v>
+      </x:c>
+      <x:c r="GJ15" s="3" t="n">
+        <x:v>2043</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:191">
+    <x:row r="16" spans="1:192">
       <x:c r="A16" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H16" s="3" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="I16" s="3" t="n">
         <x:v>100</x:v>
       </x:c>
@@ -8397,344 +8446,347 @@
       <x:c r="CI16" s="3" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="CJ16" s="3" t="n">
         <x:v>76</x:v>
       </x:c>
       <x:c r="CK16" s="3" t="n">
         <x:v>55</x:v>
       </x:c>
       <x:c r="CL16" s="3" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="CM16" s="3" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="CN16" s="3" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="CO16" s="3" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="CP16" s="3" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="CQ16" s="3" t="n">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="CR16" s="3" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="CS16" s="3" t="n">
         <x:v>76</x:v>
       </x:c>
       <x:c r="CT16" s="3" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="CU16" s="3" t="n">
         <x:v>51</x:v>
       </x:c>
       <x:c r="CV16" s="3" t="n">
         <x:v>56</x:v>
       </x:c>
       <x:c r="CW16" s="3" t="n">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="CX16" s="3" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="CY16" s="3" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="CZ16" s="3" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="DA16" s="3" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="DB16" s="3" t="n">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="DC16" s="3" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="DD16" s="3" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="DE16" s="3" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="DF16" s="3" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="DG16" s="3" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="DH16" s="3" t="n">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="DI16" s="3" t="n">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="DJ16" s="3" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="DK16" s="3" t="n">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="DL16" s="3" t="n">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="DM16" s="3" t="n">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="DN16" s="3" t="n">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="DO16" s="3" t="n">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="DP16" s="3" t="n">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="DQ16" s="3" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="DR16" s="3" t="n">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="DS16" s="3" t="n">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="DT16" s="3" t="n">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="DU16" s="3" t="n">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="DV16" s="3" t="n">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="DW16" s="3" t="n">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="DX16" s="3" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="DY16" s="3" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="DZ16" s="3" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="EA16" s="3" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="EB16" s="3" t="n">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="EC16" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="ED16" s="3" t="n">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="EE16" s="3" t="n">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="EF16" s="3" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="EG16" s="3" t="n">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="EH16" s="3" t="n">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="EI16" s="3" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="EJ16" s="3" t="n">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="EK16" s="3" t="n">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="EL16" s="3" t="n">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="EM16" s="3" t="n">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="EN16" s="3" t="n">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="EO16" s="3" t="n">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="EP16" s="3" t="n">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="EQ16" s="3" t="n">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="ER16" s="3" t="n">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="ES16" s="3" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="ET16" s="3" t="n">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="EU16" s="3" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="EV16" s="3" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="EW16" s="3" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="EX16" s="3" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="EY16" s="3" t="n">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="EZ16" s="3" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="FA16" s="3" t="n">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="FB16" s="3" t="n">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="FC16" s="3" t="n">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="FD16" s="3" t="n">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="FE16" s="3" t="n">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="FF16" s="3" t="n">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="CY16" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="DB16" s="3" t="n">
+      <x:c r="FG16" s="3" t="n">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="FH16" s="3" t="n">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="FI16" s="3" t="n">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="FJ16" s="3" t="n">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="FK16" s="3" t="n">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="FL16" s="3" t="n">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="FM16" s="3" t="n">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="FN16" s="3" t="n">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="FO16" s="3" t="n">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="FP16" s="3" t="n">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="DC16" s="3" t="n">
-[...41 lines deleted...]
-      <x:c r="DQ16" s="3" t="n">
+      <x:c r="FQ16" s="3" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="FR16" s="3" t="n">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="FS16" s="3" t="n">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="FT16" s="3" t="n">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="FU16" s="3" t="n">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="DR16" s="3" t="n">
-[...29 lines deleted...]
-      <x:c r="EB16" s="3" t="n">
+      <x:c r="FV16" s="3" t="n">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="FW16" s="3" t="n">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="FX16" s="3" t="n">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="FY16" s="3" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="FZ16" s="3" t="n">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="GA16" s="3" t="n">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="GB16" s="3" t="n">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="GC16" s="3" t="n">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="GD16" s="3" t="n">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="GE16" s="3" t="n">
         <x:v>95</x:v>
-      </x:c>
-[...163 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="GF16" s="3" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="GG16" s="3" t="n">
-        <x:v>170</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="GH16" s="3" t="n">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="GI16" s="3" t="n">
-        <x:v>143</x:v>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="GJ16" s="3" t="n">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:191">
+    <x:row r="17" spans="1:192">
       <x:c r="A17" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I17" s="3" t="n">
         <x:v>158</x:v>
       </x:c>
@@ -8969,347 +9021,350 @@
       <x:c r="CH17" s="3" t="n">
         <x:v>120</x:v>
       </x:c>
       <x:c r="CI17" s="3" t="n">
         <x:v>110</x:v>
       </x:c>
       <x:c r="CJ17" s="3" t="n">
         <x:v>149</x:v>
       </x:c>
       <x:c r="CK17" s="3" t="n">
         <x:v>153</x:v>
       </x:c>
       <x:c r="CL17" s="3" t="n">
         <x:v>98</x:v>
       </x:c>
       <x:c r="CM17" s="3" t="n">
         <x:v>157</x:v>
       </x:c>
       <x:c r="CN17" s="3" t="n">
         <x:v>176</x:v>
       </x:c>
       <x:c r="CO17" s="3" t="n">
         <x:v>148</x:v>
       </x:c>
       <x:c r="CP17" s="3" t="n">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="CQ17" s="3" t="n">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="CR17" s="3" t="n">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="CS17" s="3" t="n">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="CT17" s="3" t="n">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="CU17" s="3" t="n">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="CV17" s="3" t="n">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="CW17" s="3" t="n">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="CX17" s="3" t="n">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="CY17" s="3" t="n">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="CZ17" s="3" t="n">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="DA17" s="3" t="n">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="DB17" s="3" t="n">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="DC17" s="3" t="n">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="DD17" s="3" t="n">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="DE17" s="3" t="n">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="DF17" s="3" t="n">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="DG17" s="3" t="n">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="DH17" s="3" t="n">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="DI17" s="3" t="n">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="DJ17" s="3" t="n">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="DK17" s="3" t="n">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="DL17" s="3" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="DM17" s="3" t="n">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="DN17" s="3" t="n">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="DO17" s="3" t="n">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="DP17" s="3" t="n">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="DQ17" s="3" t="n">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="DR17" s="3" t="n">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="DS17" s="3" t="n">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="DT17" s="3" t="n">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="DU17" s="3" t="n">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="DV17" s="3" t="n">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="DW17" s="3" t="n">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="DX17" s="3" t="n">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="DY17" s="3" t="n">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="DZ17" s="3" t="n">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="EA17" s="3" t="n">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="EB17" s="3" t="n">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="EC17" s="3" t="n">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="ED17" s="3" t="n">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="EE17" s="3" t="n">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="EF17" s="3" t="n">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="EG17" s="3" t="n">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="EH17" s="3" t="n">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="EI17" s="3" t="n">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="EJ17" s="3" t="n">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="EK17" s="3" t="n">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="EL17" s="3" t="n">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="EM17" s="3" t="n">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="EN17" s="3" t="n">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="EO17" s="3" t="n">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="EP17" s="3" t="n">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="EQ17" s="3" t="n">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="ER17" s="3" t="n">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="ES17" s="3" t="n">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="ET17" s="3" t="n">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="EU17" s="3" t="n">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="EV17" s="3" t="n">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="EW17" s="3" t="n">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="EX17" s="3" t="n">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="EY17" s="3" t="n">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="EZ17" s="3" t="n">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="FA17" s="3" t="n">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="FB17" s="3" t="n">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="FC17" s="3" t="n">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="FD17" s="3" t="n">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="FE17" s="3" t="n">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="FF17" s="3" t="n">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="FG17" s="3" t="n">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="FH17" s="3" t="n">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="FI17" s="3" t="n">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="FJ17" s="3" t="n">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="FK17" s="3" t="n">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="FL17" s="3" t="n">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="FM17" s="3" t="n">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="FN17" s="3" t="n">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="FO17" s="3" t="n">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="FP17" s="3" t="n">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="FQ17" s="3" t="n">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="FR17" s="3" t="n">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="FS17" s="3" t="n">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="FT17" s="3" t="n">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="FU17" s="3" t="n">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="FV17" s="3" t="n">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="FW17" s="3" t="n">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="FX17" s="3" t="n">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="FY17" s="3" t="n">
+        <x:v>742</x:v>
+      </x:c>
+      <x:c r="FZ17" s="3" t="n">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="GA17" s="3" t="n">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="GB17" s="3" t="n">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="GC17" s="3" t="n">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="GD17" s="3" t="n">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="GE17" s="3" t="n">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="GF17" s="3" t="n">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="GG17" s="3" t="n">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="GH17" s="3" t="n">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="GI17" s="3" t="n">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="GJ17" s="3" t="n">
+        <x:v>326</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:192">
+      <x:c r="A18" s="2" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...288 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
         <x:v>146</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
         <x:v>142</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
         <x:v>334</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I18" s="3" t="n">
         <x:v>319</x:v>
       </x:c>
@@ -9544,347 +9599,350 @@
       <x:c r="CH18" s="3" t="n">
         <x:v>242</x:v>
       </x:c>
       <x:c r="CI18" s="3" t="n">
         <x:v>510</x:v>
       </x:c>
       <x:c r="CJ18" s="3" t="n">
         <x:v>400</x:v>
       </x:c>
       <x:c r="CK18" s="3" t="n">
         <x:v>422</x:v>
       </x:c>
       <x:c r="CL18" s="3" t="n">
         <x:v>360</x:v>
       </x:c>
       <x:c r="CM18" s="3" t="n">
         <x:v>220</x:v>
       </x:c>
       <x:c r="CN18" s="3" t="n">
         <x:v>240</x:v>
       </x:c>
       <x:c r="CO18" s="3" t="n">
         <x:v>279</x:v>
       </x:c>
       <x:c r="CP18" s="3" t="n">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="CQ18" s="3" t="n">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="CR18" s="3" t="n">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="CS18" s="3" t="n">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="CT18" s="3" t="n">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="CU18" s="3" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="CV18" s="3" t="n">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="CW18" s="3" t="n">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="CX18" s="3" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="CY18" s="3" t="n">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="CZ18" s="3" t="n">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="DA18" s="3" t="n">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="DB18" s="3" t="n">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="DC18" s="3" t="n">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="DD18" s="3" t="n">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="DE18" s="3" t="n">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="DF18" s="3" t="n">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="DG18" s="3" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="DH18" s="3" t="n">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="DI18" s="3" t="n">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="DJ18" s="3" t="n">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="DK18" s="3" t="n">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="DL18" s="3" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="DM18" s="3" t="n">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="DN18" s="3" t="n">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="DO18" s="3" t="n">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="DP18" s="3" t="n">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="DQ18" s="3" t="n">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="DR18" s="3" t="n">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="DS18" s="3" t="n">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="DT18" s="3" t="n">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="DU18" s="3" t="n">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="DV18" s="3" t="n">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="CQ18" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="CT18" s="3" t="n">
+      <x:c r="DW18" s="3" t="n">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="DX18" s="3" t="n">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="DY18" s="3" t="n">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="DZ18" s="3" t="n">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="EA18" s="3" t="n">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="EB18" s="3" t="n">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="EC18" s="3" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="ED18" s="3" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="EE18" s="3" t="n">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="EF18" s="3" t="n">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="EG18" s="3" t="n">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="EH18" s="3" t="n">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="EI18" s="3" t="n">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="EJ18" s="3" t="n">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="EK18" s="3" t="n">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="EL18" s="3" t="n">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="EM18" s="3" t="n">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="EN18" s="3" t="n">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="EO18" s="3" t="n">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="EP18" s="3" t="n">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="EQ18" s="3" t="n">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="ER18" s="3" t="n">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="ES18" s="3" t="n">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="ET18" s="3" t="n">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="EU18" s="3" t="n">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="EV18" s="3" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="EW18" s="3" t="n">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="EX18" s="3" t="n">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="EY18" s="3" t="n">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="EZ18" s="3" t="n">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="FA18" s="3" t="n">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="FB18" s="3" t="n">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="FC18" s="3" t="n">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="FD18" s="3" t="n">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="FE18" s="3" t="n">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="FF18" s="3" t="n">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="FG18" s="3" t="n">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="FH18" s="3" t="n">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="FI18" s="3" t="n">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="FJ18" s="3" t="n">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="FK18" s="3" t="n">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="FL18" s="3" t="n">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="FM18" s="3" t="n">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="FN18" s="3" t="n">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="FO18" s="3" t="n">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="FP18" s="3" t="n">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="FQ18" s="3" t="n">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="FR18" s="3" t="n">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="FS18" s="3" t="n">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="FT18" s="3" t="n">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="FU18" s="3" t="n">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="FV18" s="3" t="n">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="CU18" s="3" t="n">
-[...53 lines deleted...]
-      <x:c r="DM18" s="3" t="n">
+      <x:c r="FW18" s="3" t="n">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="FX18" s="3" t="n">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="FY18" s="3" t="n">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="FZ18" s="3" t="n">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="GA18" s="3" t="n">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="GB18" s="3" t="n">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="GC18" s="3" t="n">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="GD18" s="3" t="n">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="GE18" s="3" t="n">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="GF18" s="3" t="n">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="DN18" s="3" t="n">
-[...182 lines deleted...]
-      <x:c r="FW18" s="3" t="n">
+      <x:c r="GG18" s="3" t="n">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="GH18" s="3" t="n">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="GI18" s="3" t="n">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="GJ18" s="3" t="n">
+        <x:v>228</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:192">
+      <x:c r="A19" s="2" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...39 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="I19" s="3" t="n">
         <x:v>87</x:v>
       </x:c>
@@ -10119,347 +10177,350 @@
       <x:c r="CH19" s="3" t="n">
         <x:v>222</x:v>
       </x:c>
       <x:c r="CI19" s="3" t="n">
         <x:v>207</x:v>
       </x:c>
       <x:c r="CJ19" s="3" t="n">
         <x:v>176</x:v>
       </x:c>
       <x:c r="CK19" s="3" t="n">
         <x:v>398</x:v>
       </x:c>
       <x:c r="CL19" s="3" t="n">
         <x:v>149</x:v>
       </x:c>
       <x:c r="CM19" s="3" t="n">
         <x:v>433</x:v>
       </x:c>
       <x:c r="CN19" s="3" t="n">
         <x:v>108</x:v>
       </x:c>
       <x:c r="CO19" s="3" t="n">
         <x:v>137</x:v>
       </x:c>
       <x:c r="CP19" s="3" t="n">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="CQ19" s="3" t="n">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="CR19" s="3" t="n">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="CS19" s="3" t="n">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="CT19" s="3" t="n">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="CU19" s="3" t="n">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="CV19" s="3" t="n">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="CW19" s="3" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="CX19" s="3" t="n">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="CY19" s="3" t="n">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="CZ19" s="3" t="n">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="DA19" s="3" t="n">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="DB19" s="3" t="n">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="DC19" s="3" t="n">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="DD19" s="3" t="n">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="DE19" s="3" t="n">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="DF19" s="3" t="n">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="DG19" s="3" t="n">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="DH19" s="3" t="n">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="DI19" s="3" t="n">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="DJ19" s="3" t="n">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="DK19" s="3" t="n">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="DL19" s="3" t="n">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="DM19" s="3" t="n">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="DN19" s="3" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="DO19" s="3" t="n">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="DP19" s="3" t="n">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="DQ19" s="3" t="n">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="DR19" s="3" t="n">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="DS19" s="3" t="n">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="DT19" s="3" t="n">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="DU19" s="3" t="n">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="DV19" s="3" t="n">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="DW19" s="3" t="n">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="DX19" s="3" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="DY19" s="3" t="n">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="DZ19" s="3" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="EA19" s="3" t="n">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="EB19" s="3" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="EC19" s="3" t="n">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="ED19" s="3" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="EE19" s="3" t="n">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="EF19" s="3" t="n">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="EG19" s="3" t="n">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="EH19" s="3" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="EI19" s="3" t="n">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="EJ19" s="3" t="n">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="CS19" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="CT19" s="3" t="n">
+      <x:c r="EK19" s="3" t="n">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="EL19" s="3" t="n">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="EM19" s="3" t="n">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="EN19" s="3" t="n">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="EO19" s="3" t="n">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="EP19" s="3" t="n">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="EQ19" s="3" t="n">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="ER19" s="3" t="n">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="ES19" s="3" t="n">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="ET19" s="3" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="EU19" s="3" t="n">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="EV19" s="3" t="n">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="EW19" s="3" t="n">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="EX19" s="3" t="n">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="EY19" s="3" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="EZ19" s="3" t="n">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="CU19" s="3" t="n">
+      <x:c r="FA19" s="3" t="n">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="CV19" s="3" t="n">
-[...11 lines deleted...]
-      <x:c r="CZ19" s="3" t="n">
+      <x:c r="FB19" s="3" t="n">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="FC19" s="3" t="n">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="FD19" s="3" t="n">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="FE19" s="3" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="FF19" s="3" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="FG19" s="3" t="n">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="FH19" s="3" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="FI19" s="3" t="n">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="FJ19" s="3" t="n">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="FK19" s="3" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="FL19" s="3" t="n">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="DA19" s="3" t="n">
+      <x:c r="FM19" s="3" t="n">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="FN19" s="3" t="n">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="DB19" s="3" t="n">
-[...41 lines deleted...]
-      <x:c r="DP19" s="3" t="n">
+      <x:c r="FO19" s="3" t="n">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="FP19" s="3" t="n">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="FQ19" s="3" t="n">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="FR19" s="3" t="n">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="FS19" s="3" t="n">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="FT19" s="3" t="n">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="FU19" s="3" t="n">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="FV19" s="3" t="n">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="FW19" s="3" t="n">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="FX19" s="3" t="n">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="DQ19" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="DR19" s="3" t="n">
+      <x:c r="FY19" s="3" t="n">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="DS19" s="3" t="n">
-[...11 lines deleted...]
-      <x:c r="DW19" s="3" t="n">
+      <x:c r="FZ19" s="3" t="n">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="GA19" s="3" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="GB19" s="3" t="n">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="GC19" s="3" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="GD19" s="3" t="n">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="GE19" s="3" t="n">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="GF19" s="3" t="n">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="DX19" s="3" t="n">
-[...128 lines deleted...]
-      <x:c r="FO19" s="3" t="n">
+      <x:c r="GG19" s="3" t="n">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="GH19" s="3" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="GI19" s="3" t="n">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="FP19" s="3" t="n">
-[...57 lines deleted...]
-        <x:v>21</x:v>
+      <x:c r="GJ19" s="3" t="n">
+        <x:v>46</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:191">
+    <x:row r="20" spans="1:192">
       <x:c r="A20" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
         <x:v>450</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
         <x:v>347</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
         <x:v>296</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I20" s="3" t="n">
         <x:v>195</x:v>
       </x:c>
@@ -10694,347 +10755,350 @@
       <x:c r="CH20" s="3" t="n">
         <x:v>800</x:v>
       </x:c>
       <x:c r="CI20" s="3" t="n">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="CJ20" s="3" t="n">
         <x:v>1167</x:v>
       </x:c>
       <x:c r="CK20" s="3" t="n">
         <x:v>1537</x:v>
       </x:c>
       <x:c r="CL20" s="3" t="n">
         <x:v>747</x:v>
       </x:c>
       <x:c r="CM20" s="3" t="n">
         <x:v>899</x:v>
       </x:c>
       <x:c r="CN20" s="3" t="n">
         <x:v>901</x:v>
       </x:c>
       <x:c r="CO20" s="3" t="n">
         <x:v>1017</x:v>
       </x:c>
       <x:c r="CP20" s="3" t="n">
-        <x:v>722</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="CQ20" s="3" t="n">
-        <x:v>833</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="CR20" s="3" t="n">
-        <x:v>878</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="CS20" s="3" t="n">
-        <x:v>1171</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="CT20" s="3" t="n">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c r="CU20" s="3" t="n">
+        <x:v>1046</x:v>
+      </x:c>
+      <x:c r="CV20" s="3" t="n">
+        <x:v>1145</x:v>
+      </x:c>
+      <x:c r="CW20" s="3" t="n">
+        <x:v>1273</x:v>
+      </x:c>
+      <x:c r="CX20" s="3" t="n">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="CY20" s="3" t="n">
+        <x:v>890</x:v>
+      </x:c>
+      <x:c r="CZ20" s="3" t="n">
+        <x:v>916</x:v>
+      </x:c>
+      <x:c r="DA20" s="3" t="n">
+        <x:v>1196</x:v>
+      </x:c>
+      <x:c r="DB20" s="3" t="n">
         <x:v>746</x:v>
       </x:c>
-      <x:c r="CU20" s="3" t="n">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="DC20" s="3" t="n">
-        <x:v>1013</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="DD20" s="3" t="n">
-        <x:v>1343</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="DE20" s="3" t="n">
-        <x:v>1226</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="DF20" s="3" t="n">
-        <x:v>1039</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="DG20" s="3" t="n">
-        <x:v>1453</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="DH20" s="3" t="n">
-        <x:v>1309</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="DI20" s="3" t="n">
-        <x:v>2233</x:v>
+        <x:v>2494</x:v>
       </x:c>
       <x:c r="DJ20" s="3" t="n">
-        <x:v>1021</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="DK20" s="3" t="n">
-        <x:v>1224</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="DL20" s="3" t="n">
-        <x:v>1047</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="DM20" s="3" t="n">
-        <x:v>1982</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="DN20" s="3" t="n">
-        <x:v>921</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="DO20" s="3" t="n">
-        <x:v>1236</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="DP20" s="3" t="n">
-        <x:v>1739</x:v>
+        <x:v>2124</x:v>
       </x:c>
       <x:c r="DQ20" s="3" t="n">
-        <x:v>2444</x:v>
+        <x:v>3048</x:v>
       </x:c>
       <x:c r="DR20" s="3" t="n">
-        <x:v>2827</x:v>
+        <x:v>3720</x:v>
       </x:c>
       <x:c r="DS20" s="3" t="n">
-        <x:v>3474</x:v>
+        <x:v>4393</x:v>
       </x:c>
       <x:c r="DT20" s="3" t="n">
-        <x:v>4370</x:v>
+        <x:v>5833</x:v>
       </x:c>
       <x:c r="DU20" s="3" t="n">
-        <x:v>4382</x:v>
+        <x:v>5888</x:v>
       </x:c>
       <x:c r="DV20" s="3" t="n">
-        <x:v>2668</x:v>
+        <x:v>3516</x:v>
       </x:c>
       <x:c r="DW20" s="3" t="n">
-        <x:v>1994</x:v>
+        <x:v>2585</x:v>
       </x:c>
       <x:c r="DX20" s="3" t="n">
-        <x:v>1992</x:v>
+        <x:v>2690</x:v>
       </x:c>
       <x:c r="DY20" s="3" t="n">
-        <x:v>2288</x:v>
+        <x:v>2909</x:v>
       </x:c>
       <x:c r="DZ20" s="3" t="n">
-        <x:v>1180</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="EA20" s="3" t="n">
-        <x:v>1278</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="EB20" s="3" t="n">
-        <x:v>1214</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="EC20" s="3" t="n">
-        <x:v>1542</x:v>
+        <x:v>1886</x:v>
       </x:c>
       <x:c r="ED20" s="3" t="n">
-        <x:v>877</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="EE20" s="3" t="n">
-        <x:v>1203</x:v>
+        <x:v>1584</x:v>
       </x:c>
       <x:c r="EF20" s="3" t="n">
-        <x:v>1155</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="EG20" s="3" t="n">
-        <x:v>1462</x:v>
+        <x:v>1878</x:v>
       </x:c>
       <x:c r="EH20" s="3" t="n">
-        <x:v>940</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="EI20" s="3" t="n">
-        <x:v>1559</x:v>
+        <x:v>2102</x:v>
       </x:c>
       <x:c r="EJ20" s="3" t="n">
-        <x:v>1283</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="EK20" s="3" t="n">
-        <x:v>2044</x:v>
+        <x:v>2904</x:v>
       </x:c>
       <x:c r="EL20" s="3" t="n">
-        <x:v>969</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="EM20" s="3" t="n">
-        <x:v>1393</x:v>
+        <x:v>1838</x:v>
       </x:c>
       <x:c r="EN20" s="3" t="n">
-        <x:v>1013</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="EO20" s="3" t="n">
-        <x:v>1381</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="EP20" s="3" t="n">
-        <x:v>980</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="EQ20" s="3" t="n">
-        <x:v>1224</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="ER20" s="3" t="n">
-        <x:v>1090</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="ES20" s="3" t="n">
-        <x:v>2219</x:v>
+        <x:v>3435</x:v>
       </x:c>
       <x:c r="ET20" s="3" t="n">
-        <x:v>777</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="EU20" s="3" t="n">
-        <x:v>1098</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="EV20" s="3" t="n">
-        <x:v>1395</x:v>
+        <x:v>2002</x:v>
       </x:c>
       <x:c r="EW20" s="3" t="n">
-        <x:v>1824</x:v>
+        <x:v>2520</x:v>
       </x:c>
       <x:c r="EX20" s="3" t="n">
-        <x:v>1301</x:v>
+        <x:v>2159</x:v>
       </x:c>
       <x:c r="EY20" s="3" t="n">
-        <x:v>1848</x:v>
+        <x:v>2705</x:v>
       </x:c>
       <x:c r="EZ20" s="3" t="n">
-        <x:v>1609</x:v>
+        <x:v>2467</x:v>
       </x:c>
       <x:c r="FA20" s="3" t="n">
-        <x:v>2390</x:v>
+        <x:v>3248</x:v>
       </x:c>
       <x:c r="FB20" s="3" t="n">
-        <x:v>1335</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="FC20" s="3" t="n">
-        <x:v>1348</x:v>
+        <x:v>1902</x:v>
       </x:c>
       <x:c r="FD20" s="3" t="n">
-        <x:v>1194</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="FE20" s="3" t="n">
-        <x:v>1832</x:v>
+        <x:v>2386</x:v>
       </x:c>
       <x:c r="FF20" s="3" t="n">
-        <x:v>1423</x:v>
+        <x:v>2148</x:v>
       </x:c>
       <x:c r="FG20" s="3" t="n">
-        <x:v>1817</x:v>
+        <x:v>2541</x:v>
       </x:c>
       <x:c r="FH20" s="3" t="n">
-        <x:v>1622</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="FI20" s="3" t="n">
-        <x:v>2334</x:v>
+        <x:v>3059</x:v>
       </x:c>
       <x:c r="FJ20" s="3" t="n">
-        <x:v>1753</x:v>
+        <x:v>3334</x:v>
       </x:c>
       <x:c r="FK20" s="3" t="n">
-        <x:v>2392</x:v>
+        <x:v>3974</x:v>
       </x:c>
       <x:c r="FL20" s="3" t="n">
-        <x:v>2825</x:v>
+        <x:v>4406</x:v>
       </x:c>
       <x:c r="FM20" s="3" t="n">
-        <x:v>3506</x:v>
+        <x:v>5092</x:v>
       </x:c>
       <x:c r="FN20" s="3" t="n">
-        <x:v>1551</x:v>
+        <x:v>2361</x:v>
       </x:c>
       <x:c r="FO20" s="3" t="n">
-        <x:v>1625</x:v>
+        <x:v>2435</x:v>
       </x:c>
       <x:c r="FP20" s="3" t="n">
-        <x:v>1714</x:v>
+        <x:v>2523</x:v>
       </x:c>
       <x:c r="FQ20" s="3" t="n">
-        <x:v>2160</x:v>
+        <x:v>2970</x:v>
       </x:c>
       <x:c r="FR20" s="3" t="n">
-        <x:v>1782</x:v>
+        <x:v>2690</x:v>
       </x:c>
       <x:c r="FS20" s="3" t="n">
-        <x:v>1966</x:v>
+        <x:v>2875</x:v>
       </x:c>
       <x:c r="FT20" s="3" t="n">
-        <x:v>1849</x:v>
+        <x:v>2758</x:v>
       </x:c>
       <x:c r="FU20" s="3" t="n">
-        <x:v>2562</x:v>
+        <x:v>3471</x:v>
       </x:c>
       <x:c r="FV20" s="3" t="n">
-        <x:v>2230</x:v>
+        <x:v>3785</x:v>
       </x:c>
       <x:c r="FW20" s="3" t="n">
-        <x:v>2611</x:v>
+        <x:v>4948</x:v>
       </x:c>
       <x:c r="FX20" s="3" t="n">
-        <x:v>2204</x:v>
+        <x:v>3372</x:v>
       </x:c>
       <x:c r="FY20" s="3" t="n">
-        <x:v>2589</x:v>
+        <x:v>4151</x:v>
       </x:c>
       <x:c r="FZ20" s="3" t="n">
-        <x:v>1948</x:v>
+        <x:v>2236</x:v>
       </x:c>
       <x:c r="GA20" s="3" t="n">
-        <x:v>2059</x:v>
+        <x:v>2535</x:v>
       </x:c>
       <x:c r="GB20" s="3" t="n">
-        <x:v>2024</x:v>
+        <x:v>2428</x:v>
       </x:c>
       <x:c r="GC20" s="3" t="n">
-        <x:v>2922</x:v>
+        <x:v>3677</x:v>
       </x:c>
       <x:c r="GD20" s="3" t="n">
-        <x:v>2113</x:v>
+        <x:v>2577</x:v>
       </x:c>
       <x:c r="GE20" s="3" t="n">
-        <x:v>2594</x:v>
+        <x:v>3289</x:v>
       </x:c>
       <x:c r="GF20" s="3" t="n">
-        <x:v>2528</x:v>
+        <x:v>3144</x:v>
       </x:c>
       <x:c r="GG20" s="3" t="n">
-        <x:v>3237</x:v>
+        <x:v>4123</x:v>
       </x:c>
       <x:c r="GH20" s="3" t="n">
-        <x:v>2896</x:v>
+        <x:v>3354</x:v>
       </x:c>
       <x:c r="GI20" s="3" t="n">
-        <x:v>3437</x:v>
+        <x:v>4182</x:v>
+      </x:c>
+      <x:c r="GJ20" s="3" t="n">
+        <x:v>4464</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:191">
+    <x:row r="21" spans="1:192">
       <x:c r="A21" s="2" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>165</x:v>
       </x:c>
       <x:c r="D21" s="3" t="n">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E21" s="3" t="n">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F21" s="3" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G21" s="3" t="n">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H21" s="3" t="n">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I21" s="3" t="n">
         <x:v>85</x:v>
       </x:c>
@@ -11269,347 +11333,350 @@
       <x:c r="CH21" s="3" t="n">
         <x:v>417</x:v>
       </x:c>
       <x:c r="CI21" s="3" t="n">
         <x:v>658</x:v>
       </x:c>
       <x:c r="CJ21" s="3" t="n">
         <x:v>574</x:v>
       </x:c>
       <x:c r="CK21" s="3" t="n">
         <x:v>739</x:v>
       </x:c>
       <x:c r="CL21" s="3" t="n">
         <x:v>327</x:v>
       </x:c>
       <x:c r="CM21" s="3" t="n">
         <x:v>411</x:v>
       </x:c>
       <x:c r="CN21" s="3" t="n">
         <x:v>419</x:v>
       </x:c>
       <x:c r="CO21" s="3" t="n">
         <x:v>428</x:v>
       </x:c>
       <x:c r="CP21" s="3" t="n">
-        <x:v>295</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="CQ21" s="3" t="n">
-        <x:v>368</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="CR21" s="3" t="n">
-        <x:v>344</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="CS21" s="3" t="n">
-        <x:v>460</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="CT21" s="3" t="n">
-        <x:v>253</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="CU21" s="3" t="n">
-        <x:v>337</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="CV21" s="3" t="n">
-        <x:v>357</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="CW21" s="3" t="n">
-        <x:v>449</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="CX21" s="3" t="n">
-        <x:v>326</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="CY21" s="3" t="n">
-        <x:v>402</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="CZ21" s="3" t="n">
-        <x:v>315</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="DA21" s="3" t="n">
-        <x:v>493</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="DB21" s="3" t="n">
-        <x:v>274</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="DC21" s="3" t="n">
-        <x:v>474</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="DD21" s="3" t="n">
-        <x:v>664</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="DE21" s="3" t="n">
-        <x:v>611</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="DF21" s="3" t="n">
-        <x:v>651</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="DG21" s="3" t="n">
-        <x:v>955</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="DH21" s="3" t="n">
-        <x:v>798</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="DI21" s="3" t="n">
-        <x:v>1513</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="DJ21" s="3" t="n">
-        <x:v>498</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="DK21" s="3" t="n">
-        <x:v>664</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="DL21" s="3" t="n">
-        <x:v>558</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="DM21" s="3" t="n">
-        <x:v>932</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="DN21" s="3" t="n">
-        <x:v>351</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="DO21" s="3" t="n">
-        <x:v>671</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="DP21" s="3" t="n">
-        <x:v>894</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="DQ21" s="3" t="n">
-        <x:v>1322</x:v>
+        <x:v>1589</x:v>
       </x:c>
       <x:c r="DR21" s="3" t="n">
-        <x:v>1548</x:v>
+        <x:v>1895</x:v>
       </x:c>
       <x:c r="DS21" s="3" t="n">
-        <x:v>2457</x:v>
+        <x:v>3014</x:v>
       </x:c>
       <x:c r="DT21" s="3" t="n">
-        <x:v>2342</x:v>
+        <x:v>2872</x:v>
       </x:c>
       <x:c r="DU21" s="3" t="n">
-        <x:v>2254</x:v>
+        <x:v>2763</x:v>
       </x:c>
       <x:c r="DV21" s="3" t="n">
-        <x:v>1677</x:v>
+        <x:v>2113</x:v>
       </x:c>
       <x:c r="DW21" s="3" t="n">
-        <x:v>1197</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="DX21" s="3" t="n">
-        <x:v>930</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="DY21" s="3" t="n">
-        <x:v>1505</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="DZ21" s="3" t="n">
-        <x:v>533</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="EA21" s="3" t="n">
-        <x:v>577</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="EB21" s="3" t="n">
-        <x:v>556</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="EC21" s="3" t="n">
-        <x:v>791</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="ED21" s="3" t="n">
-        <x:v>390</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="EE21" s="3" t="n">
-        <x:v>499</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="EF21" s="3" t="n">
-        <x:v>596</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="EG21" s="3" t="n">
-        <x:v>781</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="EH21" s="3" t="n">
-        <x:v>462</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="EI21" s="3" t="n">
-        <x:v>821</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="EJ21" s="3" t="n">
-        <x:v>596</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="EK21" s="3" t="n">
-        <x:v>1036</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="EL21" s="3" t="n">
-        <x:v>469</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="EM21" s="3" t="n">
-        <x:v>824</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="EN21" s="3" t="n">
-        <x:v>630</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="EO21" s="3" t="n">
-        <x:v>751</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="EP21" s="3" t="n">
-        <x:v>575</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="EQ21" s="3" t="n">
-        <x:v>716</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="ER21" s="3" t="n">
-        <x:v>623</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="ES21" s="3" t="n">
-        <x:v>930</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="ET21" s="3" t="n">
-        <x:v>454</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="EU21" s="3" t="n">
-        <x:v>488</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="EV21" s="3" t="n">
-        <x:v>780</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="EW21" s="3" t="n">
-        <x:v>954</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="EX21" s="3" t="n">
-        <x:v>652</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="EY21" s="3" t="n">
-        <x:v>948</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="EZ21" s="3" t="n">
-        <x:v>663</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="FA21" s="3" t="n">
-        <x:v>1669</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="FB21" s="3" t="n">
-        <x:v>759</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="FC21" s="3" t="n">
-        <x:v>804</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="FD21" s="3" t="n">
-        <x:v>668</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="FE21" s="3" t="n">
-        <x:v>1072</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="FF21" s="3" t="n">
-        <x:v>739</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="FG21" s="3" t="n">
-        <x:v>962</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="FH21" s="3" t="n">
-        <x:v>883</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="FI21" s="3" t="n">
-        <x:v>1261</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="FJ21" s="3" t="n">
-        <x:v>781</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="FK21" s="3" t="n">
-        <x:v>1096</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="FL21" s="3" t="n">
-        <x:v>1013</x:v>
+        <x:v>1675</x:v>
       </x:c>
       <x:c r="FM21" s="3" t="n">
-        <x:v>1552</x:v>
+        <x:v>2214</x:v>
       </x:c>
       <x:c r="FN21" s="3" t="n">
-        <x:v>630</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="FO21" s="3" t="n">
-        <x:v>644</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="FP21" s="3" t="n">
-        <x:v>704</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="FQ21" s="3" t="n">
-        <x:v>1134</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="FR21" s="3" t="n">
-        <x:v>732</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="FS21" s="3" t="n">
-        <x:v>931</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="FT21" s="3" t="n">
-        <x:v>836</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="FU21" s="3" t="n">
-        <x:v>1158</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="FV21" s="3" t="n">
-        <x:v>849</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="FW21" s="3" t="n">
-        <x:v>1091</x:v>
+        <x:v>1847</x:v>
       </x:c>
       <x:c r="FX21" s="3" t="n">
-        <x:v>999</x:v>
+        <x:v>1833</x:v>
       </x:c>
       <x:c r="FY21" s="3" t="n">
-        <x:v>1286</x:v>
+        <x:v>2388</x:v>
       </x:c>
       <x:c r="FZ21" s="3" t="n">
-        <x:v>763</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="GA21" s="3" t="n">
-        <x:v>899</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="GB21" s="3" t="n">
-        <x:v>925</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="GC21" s="3" t="n">
-        <x:v>1400</x:v>
+        <x:v>2046</x:v>
       </x:c>
       <x:c r="GD21" s="3" t="n">
-        <x:v>986</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="GE21" s="3" t="n">
-        <x:v>1302</x:v>
+        <x:v>1956</x:v>
       </x:c>
       <x:c r="GF21" s="3" t="n">
-        <x:v>1198</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="GG21" s="3" t="n">
-        <x:v>1529</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="GH21" s="3" t="n">
-        <x:v>1014</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="GI21" s="3" t="n">
-        <x:v>1361</x:v>
+        <x:v>2062</x:v>
+      </x:c>
+      <x:c r="GJ21" s="3" t="n">
+        <x:v>1800</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:191">
+    <x:row r="22" spans="1:192">
       <x:c r="A22" s="2" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
         <x:v>109</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
         <x:v>214</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
         <x:v>98</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H22" s="3" t="n">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I22" s="3" t="n">
         <x:v>133</x:v>
       </x:c>
@@ -11844,347 +11911,350 @@
       <x:c r="CH22" s="3" t="n">
         <x:v>331</x:v>
       </x:c>
       <x:c r="CI22" s="3" t="n">
         <x:v>349</x:v>
       </x:c>
       <x:c r="CJ22" s="3" t="n">
         <x:v>503</x:v>
       </x:c>
       <x:c r="CK22" s="3" t="n">
         <x:v>570</x:v>
       </x:c>
       <x:c r="CL22" s="3" t="n">
         <x:v>263</x:v>
       </x:c>
       <x:c r="CM22" s="3" t="n">
         <x:v>339</x:v>
       </x:c>
       <x:c r="CN22" s="3" t="n">
         <x:v>345</x:v>
       </x:c>
       <x:c r="CO22" s="3" t="n">
         <x:v>520</x:v>
       </x:c>
       <x:c r="CP22" s="3" t="n">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="CQ22" s="3" t="n">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="CR22" s="3" t="n">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="CS22" s="3" t="n">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="CT22" s="3" t="n">
-        <x:v>152</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="CU22" s="3" t="n">
-        <x:v>267</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="CV22" s="3" t="n">
-        <x:v>182</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="CW22" s="3" t="n">
-        <x:v>475</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="CX22" s="3" t="n">
-        <x:v>179</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="CY22" s="3" t="n">
-        <x:v>290</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="CZ22" s="3" t="n">
-        <x:v>190</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="DA22" s="3" t="n">
-        <x:v>368</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="DB22" s="3" t="n">
-        <x:v>344</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="DC22" s="3" t="n">
-        <x:v>348</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="DD22" s="3" t="n">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="DE22" s="3" t="n">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="DF22" s="3" t="n">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="DG22" s="3" t="n">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="DH22" s="3" t="n">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="DI22" s="3" t="n">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c r="DJ22" s="3" t="n">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="DK22" s="3" t="n">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="DL22" s="3" t="n">
+        <x:v>957</x:v>
+      </x:c>
+      <x:c r="DM22" s="3" t="n">
+        <x:v>1121</x:v>
+      </x:c>
+      <x:c r="DN22" s="3" t="n">
+        <x:v>1263</x:v>
+      </x:c>
+      <x:c r="DO22" s="3" t="n">
+        <x:v>1480</x:v>
+      </x:c>
+      <x:c r="DP22" s="3" t="n">
+        <x:v>1286</x:v>
+      </x:c>
+      <x:c r="DQ22" s="3" t="n">
+        <x:v>1053</x:v>
+      </x:c>
+      <x:c r="DR22" s="3" t="n">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="DS22" s="3" t="n">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="DT22" s="3" t="n">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="DU22" s="3" t="n">
+        <x:v>985</x:v>
+      </x:c>
+      <x:c r="DV22" s="3" t="n">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="DW22" s="3" t="n">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="DX22" s="3" t="n">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="DY22" s="3" t="n">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="DZ22" s="3" t="n">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="EA22" s="3" t="n">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="EB22" s="3" t="n">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="EC22" s="3" t="n">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="ED22" s="3" t="n">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="EE22" s="3" t="n">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="EF22" s="3" t="n">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="EG22" s="3" t="n">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="EH22" s="3" t="n">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="EI22" s="3" t="n">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="EJ22" s="3" t="n">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="EK22" s="3" t="n">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="EL22" s="3" t="n">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="DE22" s="3" t="n">
-[...100 lines deleted...]
-      </x:c>
       <x:c r="EM22" s="3" t="n">
-        <x:v>479</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="EN22" s="3" t="n">
-        <x:v>468</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="EO22" s="3" t="n">
-        <x:v>464</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="EP22" s="3" t="n">
-        <x:v>338</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="EQ22" s="3" t="n">
-        <x:v>338</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="ER22" s="3" t="n">
-        <x:v>322</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="ES22" s="3" t="n">
-        <x:v>631</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="ET22" s="3" t="n">
-        <x:v>309</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="EU22" s="3" t="n">
-        <x:v>460</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="EV22" s="3" t="n">
-        <x:v>355</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="EW22" s="3" t="n">
-        <x:v>566</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="EX22" s="3" t="n">
-        <x:v>377</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="EY22" s="3" t="n">
-        <x:v>374</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="EZ22" s="3" t="n">
-        <x:v>464</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="FA22" s="3" t="n">
-        <x:v>695</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="FB22" s="3" t="n">
-        <x:v>427</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="FC22" s="3" t="n">
-        <x:v>504</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="FD22" s="3" t="n">
-        <x:v>467</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="FE22" s="3" t="n">
-        <x:v>702</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="FF22" s="3" t="n">
-        <x:v>435</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="FG22" s="3" t="n">
-        <x:v>591</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="FH22" s="3" t="n">
-        <x:v>724</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="FI22" s="3" t="n">
-        <x:v>988</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="FJ22" s="3" t="n">
-        <x:v>573</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="FK22" s="3" t="n">
-        <x:v>638</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="FL22" s="3" t="n">
-        <x:v>689</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="FM22" s="3" t="n">
-        <x:v>1168</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="FN22" s="3" t="n">
-        <x:v>532</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="FO22" s="3" t="n">
-        <x:v>615</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="FP22" s="3" t="n">
-        <x:v>601</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="FQ22" s="3" t="n">
-        <x:v>1191</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="FR22" s="3" t="n">
-        <x:v>453</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="FS22" s="3" t="n">
-        <x:v>610</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="FT22" s="3" t="n">
-        <x:v>530</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="FU22" s="3" t="n">
-        <x:v>2336</x:v>
+        <x:v>2729</x:v>
       </x:c>
       <x:c r="FV22" s="3" t="n">
-        <x:v>761</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="FW22" s="3" t="n">
+        <x:v>1372</x:v>
+      </x:c>
+      <x:c r="FX22" s="3" t="n">
+        <x:v>1259</x:v>
+      </x:c>
+      <x:c r="FY22" s="3" t="n">
+        <x:v>2038</x:v>
+      </x:c>
+      <x:c r="FZ22" s="3" t="n">
+        <x:v>1384</x:v>
+      </x:c>
+      <x:c r="GA22" s="3" t="n">
+        <x:v>1387</x:v>
+      </x:c>
+      <x:c r="GB22" s="3" t="n">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="GC22" s="3" t="n">
+        <x:v>1083</x:v>
+      </x:c>
+      <x:c r="GD22" s="3" t="n">
+        <x:v>1425</x:v>
+      </x:c>
+      <x:c r="GE22" s="3" t="n">
+        <x:v>1382</x:v>
+      </x:c>
+      <x:c r="GF22" s="3" t="n">
+        <x:v>1627</x:v>
+      </x:c>
+      <x:c r="GG22" s="3" t="n">
+        <x:v>1974</x:v>
+      </x:c>
+      <x:c r="GH22" s="3" t="n">
+        <x:v>864</x:v>
+      </x:c>
+      <x:c r="GI22" s="3" t="n">
         <x:v>933</x:v>
       </x:c>
-      <x:c r="FX22" s="3" t="n">
-[...33 lines deleted...]
-        <x:v>1040</x:v>
+      <x:c r="GJ22" s="3" t="n">
+        <x:v>870</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:191">
+    <x:row r="23" spans="1:192">
       <x:c r="A23" s="2" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H23" s="3" t="n">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I23" s="3" t="n">
         <x:v>236</x:v>
       </x:c>
@@ -12419,347 +12489,350 @@
       <x:c r="CH23" s="3" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="CI23" s="3" t="n">
         <x:v>484</x:v>
       </x:c>
       <x:c r="CJ23" s="3" t="n">
         <x:v>475</x:v>
       </x:c>
       <x:c r="CK23" s="3" t="n">
         <x:v>550</x:v>
       </x:c>
       <x:c r="CL23" s="3" t="n">
         <x:v>352</x:v>
       </x:c>
       <x:c r="CM23" s="3" t="n">
         <x:v>518</x:v>
       </x:c>
       <x:c r="CN23" s="3" t="n">
         <x:v>547</x:v>
       </x:c>
       <x:c r="CO23" s="3" t="n">
         <x:v>796</x:v>
       </x:c>
       <x:c r="CP23" s="3" t="n">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="CQ23" s="3" t="n">
-        <x:v>631</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="CR23" s="3" t="n">
-        <x:v>824</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="CS23" s="3" t="n">
-        <x:v>1337</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="CT23" s="3" t="n">
-        <x:v>1369</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="CU23" s="3" t="n">
-        <x:v>1463</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="CV23" s="3" t="n">
-        <x:v>1580</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="CW23" s="3" t="n">
-        <x:v>1688</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="CX23" s="3" t="n">
-        <x:v>834</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="CY23" s="3" t="n">
-        <x:v>805</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="CZ23" s="3" t="n">
-        <x:v>769</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="DA23" s="3" t="n">
-        <x:v>1332</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="DB23" s="3" t="n">
-        <x:v>798</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="DC23" s="3" t="n">
-        <x:v>905</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="DD23" s="3" t="n">
-        <x:v>815</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="DE23" s="3" t="n">
-        <x:v>861</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="DF23" s="3" t="n">
-        <x:v>400</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="DG23" s="3" t="n">
-        <x:v>572</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="DH23" s="3" t="n">
-        <x:v>585</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="DI23" s="3" t="n">
-        <x:v>1170</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="DJ23" s="3" t="n">
-        <x:v>383</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="DK23" s="3" t="n">
-        <x:v>453</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="DL23" s="3" t="n">
-        <x:v>450</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="DM23" s="3" t="n">
-        <x:v>926</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="DN23" s="3" t="n">
-        <x:v>490</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="DO23" s="3" t="n">
-        <x:v>541</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="DP23" s="3" t="n">
-        <x:v>681</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="DQ23" s="3" t="n">
-        <x:v>933</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="DR23" s="3" t="n">
-        <x:v>649</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="DS23" s="3" t="n">
-        <x:v>987</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="DT23" s="3" t="n">
-        <x:v>778</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="DU23" s="3" t="n">
-        <x:v>918</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="DV23" s="3" t="n">
-        <x:v>483</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="DW23" s="3" t="n">
-        <x:v>585</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="DX23" s="3" t="n">
-        <x:v>456</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="DY23" s="3" t="n">
-        <x:v>631</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="DZ23" s="3" t="n">
-        <x:v>362</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="EA23" s="3" t="n">
-        <x:v>415</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="EB23" s="3" t="n">
-        <x:v>365</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="EC23" s="3" t="n">
-        <x:v>805</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="ED23" s="3" t="n">
-        <x:v>323</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="EE23" s="3" t="n">
-        <x:v>442</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="EF23" s="3" t="n">
-        <x:v>469</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="EG23" s="3" t="n">
-        <x:v>762</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="EH23" s="3" t="n">
-        <x:v>426</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="EI23" s="3" t="n">
-        <x:v>651</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="EJ23" s="3" t="n">
-        <x:v>395</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="EK23" s="3" t="n">
-        <x:v>682</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="EL23" s="3" t="n">
-        <x:v>463</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="EM23" s="3" t="n">
-        <x:v>531</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="EN23" s="3" t="n">
-        <x:v>465</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="EO23" s="3" t="n">
-        <x:v>667</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="EP23" s="3" t="n">
-        <x:v>469</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="EQ23" s="3" t="n">
-        <x:v>504</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="ER23" s="3" t="n">
-        <x:v>465</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="ES23" s="3" t="n">
-        <x:v>768</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="ET23" s="3" t="n">
-        <x:v>568</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="EU23" s="3" t="n">
-        <x:v>810</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="EV23" s="3" t="n">
-        <x:v>727</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="EW23" s="3" t="n">
-        <x:v>1125</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="EX23" s="3" t="n">
-        <x:v>904</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="EY23" s="3" t="n">
-        <x:v>1223</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="EZ23" s="3" t="n">
-        <x:v>1212</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="FA23" s="3" t="n">
-        <x:v>1506</x:v>
+        <x:v>1607</x:v>
       </x:c>
       <x:c r="FB23" s="3" t="n">
-        <x:v>1227</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="FC23" s="3" t="n">
-        <x:v>1166</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="FD23" s="3" t="n">
-        <x:v>1197</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="FE23" s="3" t="n">
-        <x:v>1470</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="FF23" s="3" t="n">
-        <x:v>748</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="FG23" s="3" t="n">
-        <x:v>872</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="FH23" s="3" t="n">
-        <x:v>958</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="FI23" s="3" t="n">
-        <x:v>1316</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="FJ23" s="3" t="n">
-        <x:v>1021</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="FK23" s="3" t="n">
-        <x:v>1345</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="FL23" s="3" t="n">
-        <x:v>1282</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="FM23" s="3" t="n">
-        <x:v>1750</x:v>
+        <x:v>1864</x:v>
       </x:c>
       <x:c r="FN23" s="3" t="n">
-        <x:v>984</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="FO23" s="3" t="n">
-        <x:v>974</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="FP23" s="3" t="n">
-        <x:v>815</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="FQ23" s="3" t="n">
-        <x:v>1178</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="FR23" s="3" t="n">
-        <x:v>1023</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="FS23" s="3" t="n">
-        <x:v>1177</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="FT23" s="3" t="n">
-        <x:v>1043</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="FU23" s="3" t="n">
-        <x:v>1862</x:v>
+        <x:v>1981</x:v>
       </x:c>
       <x:c r="FV23" s="3" t="n">
-        <x:v>1226</x:v>
+        <x:v>1682</x:v>
       </x:c>
       <x:c r="FW23" s="3" t="n">
-        <x:v>1474</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="FX23" s="3" t="n">
-        <x:v>1725</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="FY23" s="3" t="n">
-        <x:v>2382</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="FZ23" s="3" t="n">
-        <x:v>2041</x:v>
+        <x:v>2527</x:v>
       </x:c>
       <x:c r="GA23" s="3" t="n">
-        <x:v>2561</x:v>
+        <x:v>2958</x:v>
       </x:c>
       <x:c r="GB23" s="3" t="n">
-        <x:v>2331</x:v>
+        <x:v>2762</x:v>
       </x:c>
       <x:c r="GC23" s="3" t="n">
-        <x:v>3569</x:v>
+        <x:v>3799</x:v>
       </x:c>
       <x:c r="GD23" s="3" t="n">
-        <x:v>2290</x:v>
+        <x:v>2748</x:v>
       </x:c>
       <x:c r="GE23" s="3" t="n">
-        <x:v>2841</x:v>
+        <x:v>3232</x:v>
       </x:c>
       <x:c r="GF23" s="3" t="n">
-        <x:v>2365</x:v>
+        <x:v>2821</x:v>
       </x:c>
       <x:c r="GG23" s="3" t="n">
-        <x:v>3302</x:v>
+        <x:v>3691</x:v>
       </x:c>
       <x:c r="GH23" s="3" t="n">
-        <x:v>1896</x:v>
+        <x:v>2440</x:v>
       </x:c>
       <x:c r="GI23" s="3" t="n">
-        <x:v>2370</x:v>
+        <x:v>2851</x:v>
+      </x:c>
+      <x:c r="GJ23" s="3" t="n">
+        <x:v>2453</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:191">
+    <x:row r="24" spans="1:192">
       <x:c r="A24" s="2" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
         <x:v>346</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
         <x:v>313</x:v>
       </x:c>
       <x:c r="E24" s="3" t="n">
         <x:v>471</x:v>
       </x:c>
       <x:c r="F24" s="3" t="n">
         <x:v>296</x:v>
       </x:c>
       <x:c r="G24" s="3" t="n">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H24" s="3" t="n">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I24" s="3" t="n">
         <x:v>421</x:v>
       </x:c>
@@ -12994,347 +13067,350 @@
       <x:c r="CH24" s="3" t="n">
         <x:v>1146</x:v>
       </x:c>
       <x:c r="CI24" s="3" t="n">
         <x:v>1297</x:v>
       </x:c>
       <x:c r="CJ24" s="3" t="n">
         <x:v>1281</x:v>
       </x:c>
       <x:c r="CK24" s="3" t="n">
         <x:v>1472</x:v>
       </x:c>
       <x:c r="CL24" s="3" t="n">
         <x:v>1184</x:v>
       </x:c>
       <x:c r="CM24" s="3" t="n">
         <x:v>1592</x:v>
       </x:c>
       <x:c r="CN24" s="3" t="n">
         <x:v>1356</x:v>
       </x:c>
       <x:c r="CO24" s="3" t="n">
         <x:v>1610</x:v>
       </x:c>
       <x:c r="CP24" s="3" t="n">
-        <x:v>1451</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="CQ24" s="3" t="n">
-        <x:v>1525</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="CR24" s="3" t="n">
-        <x:v>1615</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="CS24" s="3" t="n">
-        <x:v>1703</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="CT24" s="3" t="n">
-        <x:v>1365</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="CU24" s="3" t="n">
-        <x:v>1444</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="CV24" s="3" t="n">
-        <x:v>1420</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="CW24" s="3" t="n">
-        <x:v>1520</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="CX24" s="3" t="n">
-        <x:v>1136</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="CY24" s="3" t="n">
-        <x:v>1212</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="CZ24" s="3" t="n">
-        <x:v>1195</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="DA24" s="3" t="n">
-        <x:v>1246</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="DB24" s="3" t="n">
-        <x:v>1499</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="DC24" s="3" t="n">
-        <x:v>1468</x:v>
+        <x:v>1502</x:v>
       </x:c>
       <x:c r="DD24" s="3" t="n">
-        <x:v>1480</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="DE24" s="3" t="n">
+        <x:v>1616</x:v>
+      </x:c>
+      <x:c r="DF24" s="3" t="n">
+        <x:v>1027</x:v>
+      </x:c>
+      <x:c r="DG24" s="3" t="n">
+        <x:v>1311</x:v>
+      </x:c>
+      <x:c r="DH24" s="3" t="n">
+        <x:v>1354</x:v>
+      </x:c>
+      <x:c r="DI24" s="3" t="n">
+        <x:v>1634</x:v>
+      </x:c>
+      <x:c r="DJ24" s="3" t="n">
+        <x:v>1277</x:v>
+      </x:c>
+      <x:c r="DK24" s="3" t="n">
+        <x:v>1390</x:v>
+      </x:c>
+      <x:c r="DL24" s="3" t="n">
         <x:v>1579</x:v>
       </x:c>
-      <x:c r="DF24" s="3" t="n">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="DM24" s="3" t="n">
-        <x:v>1928</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="DN24" s="3" t="n">
-        <x:v>1369</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="DO24" s="3" t="n">
-        <x:v>1648</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="DP24" s="3" t="n">
-        <x:v>1847</x:v>
+        <x:v>1916</x:v>
       </x:c>
       <x:c r="DQ24" s="3" t="n">
-        <x:v>2229</x:v>
+        <x:v>2315</x:v>
       </x:c>
       <x:c r="DR24" s="3" t="n">
-        <x:v>1848</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="DS24" s="3" t="n">
-        <x:v>2123</x:v>
+        <x:v>2219</x:v>
       </x:c>
       <x:c r="DT24" s="3" t="n">
-        <x:v>1954</x:v>
+        <x:v>2041</x:v>
       </x:c>
       <x:c r="DU24" s="3" t="n">
-        <x:v>2429</x:v>
+        <x:v>2544</x:v>
       </x:c>
       <x:c r="DV24" s="3" t="n">
-        <x:v>1570</x:v>
+        <x:v>1652</x:v>
       </x:c>
       <x:c r="DW24" s="3" t="n">
-        <x:v>1570</x:v>
+        <x:v>1650</x:v>
       </x:c>
       <x:c r="DX24" s="3" t="n">
-        <x:v>1597</x:v>
+        <x:v>1678</x:v>
       </x:c>
       <x:c r="DY24" s="3" t="n">
-        <x:v>1821</x:v>
+        <x:v>1916</x:v>
       </x:c>
       <x:c r="DZ24" s="3" t="n">
-        <x:v>1306</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="EA24" s="3" t="n">
-        <x:v>1448</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="EB24" s="3" t="n">
-        <x:v>1241</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="EC24" s="3" t="n">
-        <x:v>1641</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="ED24" s="3" t="n">
-        <x:v>1440</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="EE24" s="3" t="n">
-        <x:v>1661</x:v>
+        <x:v>1767</x:v>
       </x:c>
       <x:c r="EF24" s="3" t="n">
-        <x:v>1729</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="EG24" s="3" t="n">
-        <x:v>2139</x:v>
+        <x:v>2287</x:v>
       </x:c>
       <x:c r="EH24" s="3" t="n">
-        <x:v>1771</x:v>
+        <x:v>1900</x:v>
       </x:c>
       <x:c r="EI24" s="3" t="n">
-        <x:v>1730</x:v>
+        <x:v>1860</x:v>
       </x:c>
       <x:c r="EJ24" s="3" t="n">
-        <x:v>1685</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="EK24" s="3" t="n">
-        <x:v>2153</x:v>
+        <x:v>2315</x:v>
       </x:c>
       <x:c r="EL24" s="3" t="n">
-        <x:v>1708</x:v>
+        <x:v>1840</x:v>
       </x:c>
       <x:c r="EM24" s="3" t="n">
-        <x:v>2127</x:v>
+        <x:v>2292</x:v>
       </x:c>
       <x:c r="EN24" s="3" t="n">
-        <x:v>1963</x:v>
+        <x:v>2116</x:v>
       </x:c>
       <x:c r="EO24" s="3" t="n">
-        <x:v>2455</x:v>
+        <x:v>2653</x:v>
       </x:c>
       <x:c r="EP24" s="3" t="n">
-        <x:v>2135</x:v>
+        <x:v>2307</x:v>
       </x:c>
       <x:c r="EQ24" s="3" t="n">
-        <x:v>2079</x:v>
+        <x:v>2248</x:v>
       </x:c>
       <x:c r="ER24" s="3" t="n">
+        <x:v>2293</x:v>
+      </x:c>
+      <x:c r="ES24" s="3" t="n">
+        <x:v>2724</x:v>
+      </x:c>
+      <x:c r="ET24" s="3" t="n">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="EU24" s="3" t="n">
+        <x:v>1980</x:v>
+      </x:c>
+      <x:c r="EV24" s="3" t="n">
+        <x:v>1746</x:v>
+      </x:c>
+      <x:c r="EW24" s="3" t="n">
+        <x:v>2237</x:v>
+      </x:c>
+      <x:c r="EX24" s="3" t="n">
         <x:v>2116</x:v>
       </x:c>
-      <x:c r="ES24" s="3" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="EY24" s="3" t="n">
-        <x:v>1913</x:v>
+        <x:v>2093</x:v>
       </x:c>
       <x:c r="EZ24" s="3" t="n">
-        <x:v>1657</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="FA24" s="3" t="n">
-        <x:v>2232</x:v>
+        <x:v>2412</x:v>
       </x:c>
       <x:c r="FB24" s="3" t="n">
-        <x:v>1848</x:v>
+        <x:v>2039</x:v>
       </x:c>
       <x:c r="FC24" s="3" t="n">
-        <x:v>1719</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="FD24" s="3" t="n">
-        <x:v>1635</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="FE24" s="3" t="n">
-        <x:v>2238</x:v>
+        <x:v>2428</x:v>
       </x:c>
       <x:c r="FF24" s="3" t="n">
-        <x:v>1843</x:v>
+        <x:v>2042</x:v>
       </x:c>
       <x:c r="FG24" s="3" t="n">
-        <x:v>2093</x:v>
+        <x:v>2292</x:v>
       </x:c>
       <x:c r="FH24" s="3" t="n">
-        <x:v>1693</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="FI24" s="3" t="n">
-        <x:v>2153</x:v>
+        <x:v>2352</x:v>
       </x:c>
       <x:c r="FJ24" s="3" t="n">
-        <x:v>2558</x:v>
+        <x:v>2843</x:v>
       </x:c>
       <x:c r="FK24" s="3" t="n">
-        <x:v>2549</x:v>
+        <x:v>2834</x:v>
       </x:c>
       <x:c r="FL24" s="3" t="n">
-        <x:v>2267</x:v>
+        <x:v>2552</x:v>
       </x:c>
       <x:c r="FM24" s="3" t="n">
-        <x:v>2839</x:v>
+        <x:v>3124</x:v>
       </x:c>
       <x:c r="FN24" s="3" t="n">
-        <x:v>2292</x:v>
+        <x:v>2554</x:v>
       </x:c>
       <x:c r="FO24" s="3" t="n">
-        <x:v>2190</x:v>
+        <x:v>2452</x:v>
       </x:c>
       <x:c r="FP24" s="3" t="n">
-        <x:v>1968</x:v>
+        <x:v>2230</x:v>
       </x:c>
       <x:c r="FQ24" s="3" t="n">
-        <x:v>2658</x:v>
+        <x:v>2920</x:v>
       </x:c>
       <x:c r="FR24" s="3" t="n">
-        <x:v>2522</x:v>
+        <x:v>2847</x:v>
       </x:c>
       <x:c r="FS24" s="3" t="n">
-        <x:v>2564</x:v>
+        <x:v>2889</x:v>
       </x:c>
       <x:c r="FT24" s="3" t="n">
-        <x:v>2090</x:v>
+        <x:v>2414</x:v>
       </x:c>
       <x:c r="FU24" s="3" t="n">
-        <x:v>2987</x:v>
+        <x:v>3312</x:v>
       </x:c>
       <x:c r="FV24" s="3" t="n">
-        <x:v>2891</x:v>
+        <x:v>3288</x:v>
       </x:c>
       <x:c r="FW24" s="3" t="n">
-        <x:v>2698</x:v>
+        <x:v>3111</x:v>
       </x:c>
       <x:c r="FX24" s="3" t="n">
-        <x:v>2735</x:v>
+        <x:v>3061</x:v>
       </x:c>
       <x:c r="FY24" s="3" t="n">
-        <x:v>3663</x:v>
+        <x:v>4272</x:v>
       </x:c>
       <x:c r="FZ24" s="3" t="n">
-        <x:v>3549</x:v>
+        <x:v>3861</x:v>
       </x:c>
       <x:c r="GA24" s="3" t="n">
-        <x:v>3461</x:v>
+        <x:v>3950</x:v>
       </x:c>
       <x:c r="GB24" s="3" t="n">
-        <x:v>3096</x:v>
+        <x:v>3163</x:v>
       </x:c>
       <x:c r="GC24" s="3" t="n">
-        <x:v>4006</x:v>
+        <x:v>4052</x:v>
       </x:c>
       <x:c r="GD24" s="3" t="n">
-        <x:v>3234</x:v>
+        <x:v>3384</x:v>
       </x:c>
       <x:c r="GE24" s="3" t="n">
-        <x:v>3193</x:v>
+        <x:v>3351</x:v>
       </x:c>
       <x:c r="GF24" s="3" t="n">
-        <x:v>2982</x:v>
+        <x:v>3120</x:v>
       </x:c>
       <x:c r="GG24" s="3" t="n">
-        <x:v>3933</x:v>
+        <x:v>4122</x:v>
       </x:c>
       <x:c r="GH24" s="3" t="n">
-        <x:v>3220</x:v>
+        <x:v>3323</x:v>
       </x:c>
       <x:c r="GI24" s="3" t="n">
-        <x:v>3359</x:v>
+        <x:v>3480</x:v>
+      </x:c>
+      <x:c r="GJ24" s="3" t="n">
+        <x:v>3745</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:191">
+    <x:row r="25" spans="1:192">
       <x:c r="A25" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E25" s="3" t="n">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F25" s="3" t="n">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G25" s="3" t="n">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H25" s="3" t="n">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I25" s="3" t="n">
         <x:v>129</x:v>
       </x:c>
@@ -13569,347 +13645,350 @@
       <x:c r="CH25" s="3" t="n">
         <x:v>334</x:v>
       </x:c>
       <x:c r="CI25" s="3" t="n">
         <x:v>329</x:v>
       </x:c>
       <x:c r="CJ25" s="3" t="n">
         <x:v>312</x:v>
       </x:c>
       <x:c r="CK25" s="3" t="n">
         <x:v>458</x:v>
       </x:c>
       <x:c r="CL25" s="3" t="n">
         <x:v>237</x:v>
       </x:c>
       <x:c r="CM25" s="3" t="n">
         <x:v>327</x:v>
       </x:c>
       <x:c r="CN25" s="3" t="n">
         <x:v>281</x:v>
       </x:c>
       <x:c r="CO25" s="3" t="n">
         <x:v>420</x:v>
       </x:c>
       <x:c r="CP25" s="3" t="n">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="CQ25" s="3" t="n">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="CR25" s="3" t="n">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="CS25" s="3" t="n">
-        <x:v>507</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="CT25" s="3" t="n">
-        <x:v>362</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="CU25" s="3" t="n">
-        <x:v>485</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="CV25" s="3" t="n">
-        <x:v>461</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="CW25" s="3" t="n">
-        <x:v>595</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="CX25" s="3" t="n">
-        <x:v>340</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="CY25" s="3" t="n">
-        <x:v>367</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="CZ25" s="3" t="n">
-        <x:v>235</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="DA25" s="3" t="n">
-        <x:v>257</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="DB25" s="3" t="n">
-        <x:v>323</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="DC25" s="3" t="n">
-        <x:v>383</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="DD25" s="3" t="n">
-        <x:v>360</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="DE25" s="3" t="n">
-        <x:v>502</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="DF25" s="3" t="n">
-        <x:v>303</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="DG25" s="3" t="n">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="DH25" s="3" t="n">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="DI25" s="3" t="n">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="DJ25" s="3" t="n">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="DK25" s="3" t="n">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="DL25" s="3" t="n">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="DM25" s="3" t="n">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="DN25" s="3" t="n">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="DO25" s="3" t="n">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="DP25" s="3" t="n">
+        <x:v>1695</x:v>
+      </x:c>
+      <x:c r="DQ25" s="3" t="n">
+        <x:v>2178</x:v>
+      </x:c>
+      <x:c r="DR25" s="3" t="n">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="DS25" s="3" t="n">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="DT25" s="3" t="n">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="DU25" s="3" t="n">
+        <x:v>952</x:v>
+      </x:c>
+      <x:c r="DV25" s="3" t="n">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="DW25" s="3" t="n">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="DX25" s="3" t="n">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="DY25" s="3" t="n">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="DZ25" s="3" t="n">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="EA25" s="3" t="n">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="EB25" s="3" t="n">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="EC25" s="3" t="n">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="ED25" s="3" t="n">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="EE25" s="3" t="n">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="EF25" s="3" t="n">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="DH25" s="3" t="n">
-[...11 lines deleted...]
-      <x:c r="DL25" s="3" t="n">
+      <x:c r="EG25" s="3" t="n">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="EH25" s="3" t="n">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="EI25" s="3" t="n">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="EJ25" s="3" t="n">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="EK25" s="3" t="n">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="EL25" s="3" t="n">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="EM25" s="3" t="n">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="EN25" s="3" t="n">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="EO25" s="3" t="n">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="EP25" s="3" t="n">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="EQ25" s="3" t="n">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="ER25" s="3" t="n">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="ES25" s="3" t="n">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="ET25" s="3" t="n">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="EU25" s="3" t="n">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="EV25" s="3" t="n">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="EW25" s="3" t="n">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="EX25" s="3" t="n">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="EY25" s="3" t="n">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="EZ25" s="3" t="n">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="FA25" s="3" t="n">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="FB25" s="3" t="n">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="FC25" s="3" t="n">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="FD25" s="3" t="n">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="FE25" s="3" t="n">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="FF25" s="3" t="n">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="FG25" s="3" t="n">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="FH25" s="3" t="n">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="FI25" s="3" t="n">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="FJ25" s="3" t="n">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="FK25" s="3" t="n">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="FL25" s="3" t="n">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="FM25" s="3" t="n">
+        <x:v>997</x:v>
+      </x:c>
+      <x:c r="FN25" s="3" t="n">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="FO25" s="3" t="n">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="FP25" s="3" t="n">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="FQ25" s="3" t="n">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="FR25" s="3" t="n">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="FS25" s="3" t="n">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="FT25" s="3" t="n">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="FU25" s="3" t="n">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="FV25" s="3" t="n">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="FW25" s="3" t="n">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="FX25" s="3" t="n">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="FY25" s="3" t="n">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="FZ25" s="3" t="n">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="GA25" s="3" t="n">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="GB25" s="3" t="n">
+        <x:v>916</x:v>
+      </x:c>
+      <x:c r="GC25" s="3" t="n">
+        <x:v>1202</x:v>
+      </x:c>
+      <x:c r="GD25" s="3" t="n">
+        <x:v>1038</x:v>
+      </x:c>
+      <x:c r="GE25" s="3" t="n">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="GF25" s="3" t="n">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c r="GG25" s="3" t="n">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="GH25" s="3" t="n">
         <x:v>618</x:v>
       </x:c>
-      <x:c r="DM25" s="3" t="n">
-[...68 lines deleted...]
-      <x:c r="EJ25" s="3" t="n">
+      <x:c r="GI25" s="3" t="n">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="GJ25" s="3" t="n">
         <x:v>613</x:v>
       </x:c>
-      <x:c r="EK25" s="3" t="n">
-[...151 lines deleted...]
-      </x:c>
     </x:row>
-    <x:row r="26" spans="1:191">
+    <x:row r="26" spans="1:192">
       <x:c r="A26" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D26" s="3" t="n">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E26" s="3" t="n">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F26" s="3" t="n">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G26" s="3" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H26" s="3" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I26" s="3" t="n">
         <x:v>46</x:v>
       </x:c>
@@ -14144,347 +14223,350 @@
       <x:c r="CH26" s="3" t="n">
         <x:v>135</x:v>
       </x:c>
       <x:c r="CI26" s="3" t="n">
         <x:v>161</x:v>
       </x:c>
       <x:c r="CJ26" s="3" t="n">
         <x:v>162</x:v>
       </x:c>
       <x:c r="CK26" s="3" t="n">
         <x:v>183</x:v>
       </x:c>
       <x:c r="CL26" s="3" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="CM26" s="3" t="n">
         <x:v>210</x:v>
       </x:c>
       <x:c r="CN26" s="3" t="n">
         <x:v>199</x:v>
       </x:c>
       <x:c r="CO26" s="3" t="n">
         <x:v>207</x:v>
       </x:c>
       <x:c r="CP26" s="3" t="n">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="CQ26" s="3" t="n">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="CR26" s="3" t="n">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="CS26" s="3" t="n">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="CT26" s="3" t="n">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="CU26" s="3" t="n">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="CV26" s="3" t="n">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="CW26" s="3" t="n">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="CX26" s="3" t="n">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="CY26" s="3" t="n">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="CZ26" s="3" t="n">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="DA26" s="3" t="n">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="DB26" s="3" t="n">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="DC26" s="3" t="n">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="DD26" s="3" t="n">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="DE26" s="3" t="n">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="DF26" s="3" t="n">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="DG26" s="3" t="n">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="DH26" s="3" t="n">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="DI26" s="3" t="n">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="DJ26" s="3" t="n">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="DK26" s="3" t="n">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="DL26" s="3" t="n">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="DM26" s="3" t="n">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="DN26" s="3" t="n">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="DO26" s="3" t="n">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="DP26" s="3" t="n">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="DQ26" s="3" t="n">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="DR26" s="3" t="n">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="DS26" s="3" t="n">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="DT26" s="3" t="n">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="DU26" s="3" t="n">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="DV26" s="3" t="n">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="DW26" s="3" t="n">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="DX26" s="3" t="n">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="DY26" s="3" t="n">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="DZ26" s="3" t="n">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="EA26" s="3" t="n">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="EB26" s="3" t="n">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="EC26" s="3" t="n">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="ED26" s="3" t="n">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="EE26" s="3" t="n">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="EF26" s="3" t="n">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="EG26" s="3" t="n">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="EH26" s="3" t="n">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="EI26" s="3" t="n">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="EJ26" s="3" t="n">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="EK26" s="3" t="n">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="EL26" s="3" t="n">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="EM26" s="3" t="n">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="EN26" s="3" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="EO26" s="3" t="n">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="EP26" s="3" t="n">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="EQ26" s="3" t="n">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="ER26" s="3" t="n">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="ES26" s="3" t="n">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="ET26" s="3" t="n">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="EU26" s="3" t="n">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="EV26" s="3" t="n">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="EW26" s="3" t="n">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="EX26" s="3" t="n">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="CT26" s="3" t="n">
-[...50 lines deleted...]
-      <x:c r="DK26" s="3" t="n">
+      <x:c r="EY26" s="3" t="n">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="EZ26" s="3" t="n">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="FA26" s="3" t="n">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="FB26" s="3" t="n">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="FC26" s="3" t="n">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="FD26" s="3" t="n">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="FE26" s="3" t="n">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="FF26" s="3" t="n">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="FG26" s="3" t="n">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="FH26" s="3" t="n">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="FI26" s="3" t="n">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="FJ26" s="3" t="n">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="FK26" s="3" t="n">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="FL26" s="3" t="n">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="FM26" s="3" t="n">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="FN26" s="3" t="n">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="FO26" s="3" t="n">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="FP26" s="3" t="n">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="FQ26" s="3" t="n">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="FR26" s="3" t="n">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="FS26" s="3" t="n">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="FT26" s="3" t="n">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="FU26" s="3" t="n">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="FV26" s="3" t="n">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="FW26" s="3" t="n">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="FX26" s="3" t="n">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="FY26" s="3" t="n">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="FZ26" s="3" t="n">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="GA26" s="3" t="n">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="GB26" s="3" t="n">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="GC26" s="3" t="n">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="GD26" s="3" t="n">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="GE26" s="3" t="n">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="GF26" s="3" t="n">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="GG26" s="3" t="n">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="GH26" s="3" t="n">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="GI26" s="3" t="n">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="GJ26" s="3" t="n">
+        <x:v>361</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:192">
+      <x:c r="A27" s="2" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...231 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="E27" s="3" t="n">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F27" s="3" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G27" s="3" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H27" s="3" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I27" s="3" t="n">
         <x:v>49</x:v>
       </x:c>
@@ -14719,347 +14801,350 @@
       <x:c r="CH27" s="3" t="n">
         <x:v>92</x:v>
       </x:c>
       <x:c r="CI27" s="3" t="n">
         <x:v>99</x:v>
       </x:c>
       <x:c r="CJ27" s="3" t="n">
         <x:v>95</x:v>
       </x:c>
       <x:c r="CK27" s="3" t="n">
         <x:v>127</x:v>
       </x:c>
       <x:c r="CL27" s="3" t="n">
         <x:v>56</x:v>
       </x:c>
       <x:c r="CM27" s="3" t="n">
         <x:v>92</x:v>
       </x:c>
       <x:c r="CN27" s="3" t="n">
         <x:v>78</x:v>
       </x:c>
       <x:c r="CO27" s="3" t="n">
         <x:v>107</x:v>
       </x:c>
       <x:c r="CP27" s="3" t="n">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="CQ27" s="3" t="n">
         <x:v>76</x:v>
       </x:c>
       <x:c r="CR27" s="3" t="n">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="CS27" s="3" t="n">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="CT27" s="3" t="n">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="CU27" s="3" t="n">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="CV27" s="3" t="n">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="CW27" s="3" t="n">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="CX27" s="3" t="n">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="CY27" s="3" t="n">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="CZ27" s="3" t="n">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="DA27" s="3" t="n">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="DB27" s="3" t="n">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="DC27" s="3" t="n">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="CU27" s="3" t="n">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="DD27" s="3" t="n">
-        <x:v>153</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="DE27" s="3" t="n">
-        <x:v>153</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="DF27" s="3" t="n">
-        <x:v>99</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="DG27" s="3" t="n">
-        <x:v>124</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="DH27" s="3" t="n">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="DI27" s="3" t="n">
-        <x:v>209</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="DJ27" s="3" t="n">
-        <x:v>221</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="DK27" s="3" t="n">
-        <x:v>209</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="DL27" s="3" t="n">
-        <x:v>340</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="DM27" s="3" t="n">
-        <x:v>337</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="DN27" s="3" t="n">
-        <x:v>244</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="DO27" s="3" t="n">
-        <x:v>335</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="DP27" s="3" t="n">
-        <x:v>335</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="DQ27" s="3" t="n">
-        <x:v>465</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="DR27" s="3" t="n">
-        <x:v>237</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="DS27" s="3" t="n">
-        <x:v>274</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="DT27" s="3" t="n">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="DU27" s="3" t="n">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c r="DV27" s="3" t="n">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="DW27" s="3" t="n">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="DX27" s="3" t="n">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="DY27" s="3" t="n">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="DZ27" s="3" t="n">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="EA27" s="3" t="n">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="EB27" s="3" t="n">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="EC27" s="3" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="ED27" s="3" t="n">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="EE27" s="3" t="n">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="EF27" s="3" t="n">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="EG27" s="3" t="n">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="EH27" s="3" t="n">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="EI27" s="3" t="n">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="EJ27" s="3" t="n">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="EK27" s="3" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="EL27" s="3" t="n">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="EM27" s="3" t="n">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="EN27" s="3" t="n">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="EO27" s="3" t="n">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="EP27" s="3" t="n">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="DU27" s="3" t="n">
-[...59 lines deleted...]
-      <x:c r="EO27" s="3" t="n">
+      <x:c r="EQ27" s="3" t="n">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="ER27" s="3" t="n">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="ES27" s="3" t="n">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="ET27" s="3" t="n">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="EU27" s="3" t="n">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="EV27" s="3" t="n">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="EW27" s="3" t="n">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="EX27" s="3" t="n">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="EY27" s="3" t="n">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="EZ27" s="3" t="n">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="FA27" s="3" t="n">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="FB27" s="3" t="n">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="FC27" s="3" t="n">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="FD27" s="3" t="n">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="EP27" s="3" t="n">
-[...43 lines deleted...]
-      </x:c>
       <x:c r="FE27" s="3" t="n">
-        <x:v>581</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="FF27" s="3" t="n">
-        <x:v>343</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="FG27" s="3" t="n">
-        <x:v>366</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="FH27" s="3" t="n">
-        <x:v>340</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="FI27" s="3" t="n">
-        <x:v>716</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="FJ27" s="3" t="n">
-        <x:v>613</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="FK27" s="3" t="n">
-        <x:v>524</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="FL27" s="3" t="n">
-        <x:v>527</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="FM27" s="3" t="n">
-        <x:v>375</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="FN27" s="3" t="n">
-        <x:v>642</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="FO27" s="3" t="n">
-        <x:v>505</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="FP27" s="3" t="n">
-        <x:v>455</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="FQ27" s="3" t="n">
-        <x:v>280</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="FR27" s="3" t="n">
-        <x:v>676</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="FS27" s="3" t="n">
-        <x:v>415</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="FT27" s="3" t="n">
-        <x:v>406</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="FU27" s="3" t="n">
-        <x:v>615</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="FV27" s="3" t="n">
-        <x:v>509</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="FW27" s="3" t="n">
-        <x:v>382</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="FX27" s="3" t="n">
-        <x:v>550</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="FY27" s="3" t="n">
-        <x:v>493</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="FZ27" s="3" t="n">
-        <x:v>1216</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="GA27" s="3" t="n">
-        <x:v>880</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="GB27" s="3" t="n">
-        <x:v>779</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="GC27" s="3" t="n">
-        <x:v>1727</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="GD27" s="3" t="n">
-        <x:v>1419</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="GE27" s="3" t="n">
-        <x:v>1192</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="GF27" s="3" t="n">
-        <x:v>1071</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="GG27" s="3" t="n">
-        <x:v>2112</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="GH27" s="3" t="n">
-        <x:v>2296</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="GI27" s="3" t="n">
-        <x:v>2532</x:v>
+        <x:v>1385</x:v>
+      </x:c>
+      <x:c r="GJ27" s="3" t="n">
+        <x:v>905</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:191">
+    <x:row r="28" spans="1:192">
       <x:c r="A28" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>930</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
         <x:v>1145</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
         <x:v>1282</x:v>
       </x:c>
       <x:c r="E28" s="3" t="n">
         <x:v>1851</x:v>
       </x:c>
       <x:c r="F28" s="3" t="n">
         <x:v>845</x:v>
       </x:c>
       <x:c r="G28" s="3" t="n">
         <x:v>1218</x:v>
       </x:c>
       <x:c r="H28" s="3" t="n">
         <x:v>1453</x:v>
       </x:c>
       <x:c r="I28" s="3" t="n">
         <x:v>1984</x:v>
       </x:c>
@@ -15294,347 +15379,350 @@
       <x:c r="CH28" s="3" t="n">
         <x:v>934</x:v>
       </x:c>
       <x:c r="CI28" s="3" t="n">
         <x:v>1203</x:v>
       </x:c>
       <x:c r="CJ28" s="3" t="n">
         <x:v>1168</x:v>
       </x:c>
       <x:c r="CK28" s="3" t="n">
         <x:v>1663</x:v>
       </x:c>
       <x:c r="CL28" s="3" t="n">
         <x:v>766</x:v>
       </x:c>
       <x:c r="CM28" s="3" t="n">
         <x:v>1055</x:v>
       </x:c>
       <x:c r="CN28" s="3" t="n">
         <x:v>1056</x:v>
       </x:c>
       <x:c r="CO28" s="3" t="n">
         <x:v>1422</x:v>
       </x:c>
       <x:c r="CP28" s="3" t="n">
-        <x:v>698</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="CQ28" s="3" t="n">
-        <x:v>946</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="CR28" s="3" t="n">
-        <x:v>1053</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="CS28" s="3" t="n">
+        <x:v>1416</x:v>
+      </x:c>
+      <x:c r="CT28" s="3" t="n">
+        <x:v>989</x:v>
+      </x:c>
+      <x:c r="CU28" s="3" t="n">
+        <x:v>1494</x:v>
+      </x:c>
+      <x:c r="CV28" s="3" t="n">
+        <x:v>1630</x:v>
+      </x:c>
+      <x:c r="CW28" s="3" t="n">
+        <x:v>1965</x:v>
+      </x:c>
+      <x:c r="CX28" s="3" t="n">
+        <x:v>1184</x:v>
+      </x:c>
+      <x:c r="CY28" s="3" t="n">
+        <x:v>1739</x:v>
+      </x:c>
+      <x:c r="CZ28" s="3" t="n">
+        <x:v>1825</x:v>
+      </x:c>
+      <x:c r="DA28" s="3" t="n">
+        <x:v>2426</x:v>
+      </x:c>
+      <x:c r="DB28" s="3" t="n">
         <x:v>1415</x:v>
       </x:c>
-      <x:c r="CT28" s="3" t="n">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="DC28" s="3" t="n">
-        <x:v>1917</x:v>
+        <x:v>1922</x:v>
       </x:c>
       <x:c r="DD28" s="3" t="n">
-        <x:v>1967</x:v>
+        <x:v>1972</x:v>
       </x:c>
       <x:c r="DE28" s="3" t="n">
-        <x:v>2516</x:v>
+        <x:v>2522</x:v>
       </x:c>
       <x:c r="DF28" s="3" t="n">
-        <x:v>1459</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="DG28" s="3" t="n">
-        <x:v>2372</x:v>
+        <x:v>2379</x:v>
       </x:c>
       <x:c r="DH28" s="3" t="n">
-        <x:v>2356</x:v>
+        <x:v>2362</x:v>
       </x:c>
       <x:c r="DI28" s="3" t="n">
-        <x:v>2431</x:v>
+        <x:v>2438</x:v>
       </x:c>
       <x:c r="DJ28" s="3" t="n">
-        <x:v>1585</x:v>
+        <x:v>1591</x:v>
       </x:c>
       <x:c r="DK28" s="3" t="n">
-        <x:v>2195</x:v>
+        <x:v>2203</x:v>
       </x:c>
       <x:c r="DL28" s="3" t="n">
-        <x:v>2495</x:v>
+        <x:v>2504</x:v>
       </x:c>
       <x:c r="DM28" s="3" t="n">
-        <x:v>3053</x:v>
+        <x:v>3064</x:v>
       </x:c>
       <x:c r="DN28" s="3" t="n">
-        <x:v>2054</x:v>
+        <x:v>2064</x:v>
       </x:c>
       <x:c r="DO28" s="3" t="n">
-        <x:v>2971</x:v>
+        <x:v>2985</x:v>
       </x:c>
       <x:c r="DP28" s="3" t="n">
-        <x:v>3221</x:v>
+        <x:v>3236</x:v>
       </x:c>
       <x:c r="DQ28" s="3" t="n">
-        <x:v>3966</x:v>
+        <x:v>3985</x:v>
       </x:c>
       <x:c r="DR28" s="3" t="n">
-        <x:v>2675</x:v>
+        <x:v>2692</x:v>
       </x:c>
       <x:c r="DS28" s="3" t="n">
-        <x:v>3785</x:v>
+        <x:v>3810</x:v>
       </x:c>
       <x:c r="DT28" s="3" t="n">
-        <x:v>3685</x:v>
+        <x:v>3710</x:v>
       </x:c>
       <x:c r="DU28" s="3" t="n">
-        <x:v>4557</x:v>
+        <x:v>4587</x:v>
       </x:c>
       <x:c r="DV28" s="3" t="n">
-        <x:v>2340</x:v>
+        <x:v>2358</x:v>
       </x:c>
       <x:c r="DW28" s="3" t="n">
-        <x:v>3065</x:v>
+        <x:v>3091</x:v>
       </x:c>
       <x:c r="DX28" s="3" t="n">
-        <x:v>3318</x:v>
+        <x:v>3346</x:v>
       </x:c>
       <x:c r="DY28" s="3" t="n">
-        <x:v>3744</x:v>
+        <x:v>3773</x:v>
       </x:c>
       <x:c r="DZ28" s="3" t="n">
-        <x:v>2269</x:v>
+        <x:v>2289</x:v>
       </x:c>
       <x:c r="EA28" s="3" t="n">
-        <x:v>3684</x:v>
+        <x:v>3714</x:v>
       </x:c>
       <x:c r="EB28" s="3" t="n">
-        <x:v>3948</x:v>
+        <x:v>3981</x:v>
       </x:c>
       <x:c r="EC28" s="3" t="n">
-        <x:v>4941</x:v>
+        <x:v>4980</x:v>
       </x:c>
       <x:c r="ED28" s="3" t="n">
-        <x:v>2855</x:v>
+        <x:v>2882</x:v>
       </x:c>
       <x:c r="EE28" s="3" t="n">
-        <x:v>4314</x:v>
+        <x:v>4357</x:v>
       </x:c>
       <x:c r="EF28" s="3" t="n">
-        <x:v>4175</x:v>
+        <x:v>4212</x:v>
       </x:c>
       <x:c r="EG28" s="3" t="n">
-        <x:v>5295</x:v>
+        <x:v>5341</x:v>
       </x:c>
       <x:c r="EH28" s="3" t="n">
-        <x:v>3447</x:v>
+        <x:v>3485</x:v>
       </x:c>
       <x:c r="EI28" s="3" t="n">
-        <x:v>4279</x:v>
+        <x:v>4324</x:v>
       </x:c>
       <x:c r="EJ28" s="3" t="n">
-        <x:v>4689</x:v>
+        <x:v>4739</x:v>
       </x:c>
       <x:c r="EK28" s="3" t="n">
-        <x:v>6046</x:v>
+        <x:v>6115</x:v>
       </x:c>
       <x:c r="EL28" s="3" t="n">
-        <x:v>3471</x:v>
+        <x:v>3517</x:v>
       </x:c>
       <x:c r="EM28" s="3" t="n">
-        <x:v>5066</x:v>
+        <x:v>5127</x:v>
       </x:c>
       <x:c r="EN28" s="3" t="n">
-        <x:v>4992</x:v>
+        <x:v>5062</x:v>
       </x:c>
       <x:c r="EO28" s="3" t="n">
-        <x:v>6250</x:v>
+        <x:v>6336</x:v>
       </x:c>
       <x:c r="EP28" s="3" t="n">
-        <x:v>4317</x:v>
+        <x:v>4386</x:v>
       </x:c>
       <x:c r="EQ28" s="3" t="n">
-        <x:v>5775</x:v>
+        <x:v>5862</x:v>
       </x:c>
       <x:c r="ER28" s="3" t="n">
-        <x:v>5245</x:v>
+        <x:v>5325</x:v>
       </x:c>
       <x:c r="ES28" s="3" t="n">
-        <x:v>6354</x:v>
+        <x:v>6452</x:v>
       </x:c>
       <x:c r="ET28" s="3" t="n">
-        <x:v>4177</x:v>
+        <x:v>4247</x:v>
       </x:c>
       <x:c r="EU28" s="3" t="n">
-        <x:v>5487</x:v>
+        <x:v>5583</x:v>
       </x:c>
       <x:c r="EV28" s="3" t="n">
-        <x:v>5523</x:v>
+        <x:v>5613</x:v>
       </x:c>
       <x:c r="EW28" s="3" t="n">
-        <x:v>6991</x:v>
+        <x:v>7104</x:v>
       </x:c>
       <x:c r="EX28" s="3" t="n">
-        <x:v>5170</x:v>
+        <x:v>5284</x:v>
       </x:c>
       <x:c r="EY28" s="3" t="n">
-        <x:v>6292</x:v>
+        <x:v>6406</x:v>
       </x:c>
       <x:c r="EZ28" s="3" t="n">
-        <x:v>6734</x:v>
+        <x:v>6848</x:v>
       </x:c>
       <x:c r="FA28" s="3" t="n">
-        <x:v>7989</x:v>
+        <x:v>8103</x:v>
       </x:c>
       <x:c r="FB28" s="3" t="n">
-        <x:v>6066</x:v>
+        <x:v>6213</x:v>
       </x:c>
       <x:c r="FC28" s="3" t="n">
-        <x:v>5892</x:v>
+        <x:v>6039</x:v>
       </x:c>
       <x:c r="FD28" s="3" t="n">
-        <x:v>8469</x:v>
+        <x:v>8616</x:v>
       </x:c>
       <x:c r="FE28" s="3" t="n">
-        <x:v>8450</x:v>
+        <x:v>8597</x:v>
       </x:c>
       <x:c r="FF28" s="3" t="n">
-        <x:v>6182</x:v>
+        <x:v>6355</x:v>
       </x:c>
       <x:c r="FG28" s="3" t="n">
-        <x:v>8408</x:v>
+        <x:v>8581</x:v>
       </x:c>
       <x:c r="FH28" s="3" t="n">
-        <x:v>9813</x:v>
+        <x:v>9986</x:v>
       </x:c>
       <x:c r="FI28" s="3" t="n">
-        <x:v>10374</x:v>
+        <x:v>10547</x:v>
       </x:c>
       <x:c r="FJ28" s="3" t="n">
-        <x:v>6821</x:v>
+        <x:v>6985</x:v>
       </x:c>
       <x:c r="FK28" s="3" t="n">
-        <x:v>8054</x:v>
+        <x:v>8217</x:v>
       </x:c>
       <x:c r="FL28" s="3" t="n">
-        <x:v>10150</x:v>
+        <x:v>10314</x:v>
       </x:c>
       <x:c r="FM28" s="3" t="n">
-        <x:v>10888</x:v>
+        <x:v>11052</x:v>
       </x:c>
       <x:c r="FN28" s="3" t="n">
-        <x:v>7459</x:v>
+        <x:v>7640</x:v>
       </x:c>
       <x:c r="FO28" s="3" t="n">
-        <x:v>9884</x:v>
+        <x:v>10065</x:v>
       </x:c>
       <x:c r="FP28" s="3" t="n">
-        <x:v>10495</x:v>
+        <x:v>10675</x:v>
       </x:c>
       <x:c r="FQ28" s="3" t="n">
-        <x:v>10424</x:v>
+        <x:v>10605</x:v>
       </x:c>
       <x:c r="FR28" s="3" t="n">
-        <x:v>6859</x:v>
+        <x:v>7010</x:v>
       </x:c>
       <x:c r="FS28" s="3" t="n">
-        <x:v>8347</x:v>
+        <x:v>8497</x:v>
       </x:c>
       <x:c r="FT28" s="3" t="n">
-        <x:v>8307</x:v>
+        <x:v>8457</x:v>
       </x:c>
       <x:c r="FU28" s="3" t="n">
-        <x:v>7845</x:v>
+        <x:v>7995</x:v>
       </x:c>
       <x:c r="FV28" s="3" t="n">
-        <x:v>5409</x:v>
+        <x:v>5566</x:v>
       </x:c>
       <x:c r="FW28" s="3" t="n">
-        <x:v>5713</x:v>
+        <x:v>5869</x:v>
       </x:c>
       <x:c r="FX28" s="3" t="n">
-        <x:v>5628</x:v>
+        <x:v>5798</x:v>
       </x:c>
       <x:c r="FY28" s="3" t="n">
-        <x:v>7597</x:v>
+        <x:v>7827</x:v>
       </x:c>
       <x:c r="FZ28" s="3" t="n">
-        <x:v>5837</x:v>
+        <x:v>6370</x:v>
       </x:c>
       <x:c r="GA28" s="3" t="n">
-        <x:v>5936</x:v>
+        <x:v>6497</x:v>
       </x:c>
       <x:c r="GB28" s="3" t="n">
-        <x:v>6729</x:v>
+        <x:v>7273</x:v>
       </x:c>
       <x:c r="GC28" s="3" t="n">
-        <x:v>8550</x:v>
+        <x:v>9393</x:v>
       </x:c>
       <x:c r="GD28" s="3" t="n">
-        <x:v>6247</x:v>
+        <x:v>6784</x:v>
       </x:c>
       <x:c r="GE28" s="3" t="n">
-        <x:v>8903</x:v>
+        <x:v>9693</x:v>
       </x:c>
       <x:c r="GF28" s="3" t="n">
-        <x:v>7462</x:v>
+        <x:v>8231</x:v>
       </x:c>
       <x:c r="GG28" s="3" t="n">
-        <x:v>9244</x:v>
+        <x:v>10146</x:v>
       </x:c>
       <x:c r="GH28" s="3" t="n">
-        <x:v>7444</x:v>
+        <x:v>8105</x:v>
       </x:c>
       <x:c r="GI28" s="3" t="n">
-        <x:v>9527</x:v>
+        <x:v>10437</x:v>
+      </x:c>
+      <x:c r="GJ28" s="3" t="n">
+        <x:v>10062</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:191">
+    <x:row r="29" spans="1:192">
       <x:c r="A29" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>353</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
         <x:v>358</x:v>
       </x:c>
       <x:c r="E29" s="3" t="n">
         <x:v>364</x:v>
       </x:c>
       <x:c r="F29" s="3" t="n">
         <x:v>371</x:v>
       </x:c>
       <x:c r="G29" s="3" t="n">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H29" s="3" t="n">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I29" s="3" t="n">
         <x:v>393</x:v>
       </x:c>
@@ -15869,347 +15957,350 @@
       <x:c r="CH29" s="3" t="n">
         <x:v>725</x:v>
       </x:c>
       <x:c r="CI29" s="3" t="n">
         <x:v>822</x:v>
       </x:c>
       <x:c r="CJ29" s="3" t="n">
         <x:v>1036</x:v>
       </x:c>
       <x:c r="CK29" s="3" t="n">
         <x:v>1307</x:v>
       </x:c>
       <x:c r="CL29" s="3" t="n">
         <x:v>745</x:v>
       </x:c>
       <x:c r="CM29" s="3" t="n">
         <x:v>834</x:v>
       </x:c>
       <x:c r="CN29" s="3" t="n">
         <x:v>986</x:v>
       </x:c>
       <x:c r="CO29" s="3" t="n">
         <x:v>1097</x:v>
       </x:c>
       <x:c r="CP29" s="3" t="n">
-        <x:v>776</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="CQ29" s="3" t="n">
-        <x:v>869</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="CR29" s="3" t="n">
-        <x:v>1026</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="CS29" s="3" t="n">
-        <x:v>1147</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="CT29" s="3" t="n">
-        <x:v>848</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="CU29" s="3" t="n">
-        <x:v>913</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="CV29" s="3" t="n">
-        <x:v>1069</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="CW29" s="3" t="n">
-        <x:v>1135</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="CX29" s="3" t="n">
-        <x:v>895</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="CY29" s="3" t="n">
-        <x:v>971</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="CZ29" s="3" t="n">
-        <x:v>1171</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="DA29" s="3" t="n">
-        <x:v>1228</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="DB29" s="3" t="n">
-        <x:v>1214</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="DC29" s="3" t="n">
-        <x:v>1393</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="DD29" s="3" t="n">
-        <x:v>1421</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="DE29" s="3" t="n">
-        <x:v>1732</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="DF29" s="3" t="n">
-        <x:v>1373</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="DG29" s="3" t="n">
-        <x:v>1401</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="DH29" s="3" t="n">
-        <x:v>1432</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="DI29" s="3" t="n">
-        <x:v>1774</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="DJ29" s="3" t="n">
-        <x:v>1223</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="DK29" s="3" t="n">
-        <x:v>1375</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="DL29" s="3" t="n">
-        <x:v>1237</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="DM29" s="3" t="n">
-        <x:v>2182</x:v>
+        <x:v>2218</x:v>
       </x:c>
       <x:c r="DN29" s="3" t="n">
-        <x:v>1098</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="DO29" s="3" t="n">
-        <x:v>1326</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="DP29" s="3" t="n">
-        <x:v>1337</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="DQ29" s="3" t="n">
-        <x:v>2061</x:v>
+        <x:v>2118</x:v>
       </x:c>
       <x:c r="DR29" s="3" t="n">
-        <x:v>2169</x:v>
+        <x:v>2319</x:v>
       </x:c>
       <x:c r="DS29" s="3" t="n">
-        <x:v>2329</x:v>
+        <x:v>2484</x:v>
       </x:c>
       <x:c r="DT29" s="3" t="n">
-        <x:v>2378</x:v>
+        <x:v>2531</x:v>
       </x:c>
       <x:c r="DU29" s="3" t="n">
-        <x:v>3037</x:v>
+        <x:v>3193</x:v>
       </x:c>
       <x:c r="DV29" s="3" t="n">
-        <x:v>2517</x:v>
+        <x:v>2687</x:v>
       </x:c>
       <x:c r="DW29" s="3" t="n">
-        <x:v>2747</x:v>
+        <x:v>2909</x:v>
       </x:c>
       <x:c r="DX29" s="3" t="n">
-        <x:v>2039</x:v>
+        <x:v>2191</x:v>
       </x:c>
       <x:c r="DY29" s="3" t="n">
-        <x:v>2516</x:v>
+        <x:v>2678</x:v>
       </x:c>
       <x:c r="DZ29" s="3" t="n">
-        <x:v>2322</x:v>
+        <x:v>2394</x:v>
       </x:c>
       <x:c r="EA29" s="3" t="n">
-        <x:v>2702</x:v>
+        <x:v>2782</x:v>
       </x:c>
       <x:c r="EB29" s="3" t="n">
-        <x:v>1870</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="EC29" s="3" t="n">
-        <x:v>2363</x:v>
+        <x:v>2446</x:v>
       </x:c>
       <x:c r="ED29" s="3" t="n">
-        <x:v>2053</x:v>
+        <x:v>2146</x:v>
       </x:c>
       <x:c r="EE29" s="3" t="n">
-        <x:v>2422</x:v>
+        <x:v>2519</x:v>
       </x:c>
       <x:c r="EF29" s="3" t="n">
-        <x:v>1862</x:v>
+        <x:v>1957</x:v>
       </x:c>
       <x:c r="EG29" s="3" t="n">
-        <x:v>2315</x:v>
+        <x:v>2414</x:v>
       </x:c>
       <x:c r="EH29" s="3" t="n">
-        <x:v>2801</x:v>
+        <x:v>2877</x:v>
       </x:c>
       <x:c r="EI29" s="3" t="n">
-        <x:v>2769</x:v>
+        <x:v>2847</x:v>
       </x:c>
       <x:c r="EJ29" s="3" t="n">
-        <x:v>1630</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="EK29" s="3" t="n">
-        <x:v>2433</x:v>
+        <x:v>2512</x:v>
       </x:c>
       <x:c r="EL29" s="3" t="n">
-        <x:v>2651</x:v>
+        <x:v>2703</x:v>
       </x:c>
       <x:c r="EM29" s="3" t="n">
-        <x:v>2307</x:v>
+        <x:v>2362</x:v>
       </x:c>
       <x:c r="EN29" s="3" t="n">
-        <x:v>1389</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="EO29" s="3" t="n">
-        <x:v>2499</x:v>
+        <x:v>2557</x:v>
       </x:c>
       <x:c r="EP29" s="3" t="n">
-        <x:v>3399</x:v>
+        <x:v>3465</x:v>
       </x:c>
       <x:c r="EQ29" s="3" t="n">
-        <x:v>2962</x:v>
+        <x:v>3031</x:v>
       </x:c>
       <x:c r="ER29" s="3" t="n">
-        <x:v>2108</x:v>
+        <x:v>2176</x:v>
       </x:c>
       <x:c r="ES29" s="3" t="n">
-        <x:v>3202</x:v>
+        <x:v>3275</x:v>
       </x:c>
       <x:c r="ET29" s="3" t="n">
-        <x:v>3601</x:v>
+        <x:v>3672</x:v>
       </x:c>
       <x:c r="EU29" s="3" t="n">
-        <x:v>1730</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="EV29" s="3" t="n">
-        <x:v>3664</x:v>
+        <x:v>3738</x:v>
       </x:c>
       <x:c r="EW29" s="3" t="n">
-        <x:v>3706</x:v>
+        <x:v>3783</x:v>
       </x:c>
       <x:c r="EX29" s="3" t="n">
-        <x:v>2470</x:v>
+        <x:v>2561</x:v>
       </x:c>
       <x:c r="EY29" s="3" t="n">
-        <x:v>3617</x:v>
+        <x:v>3708</x:v>
       </x:c>
       <x:c r="EZ29" s="3" t="n">
-        <x:v>3320</x:v>
+        <x:v>3411</x:v>
       </x:c>
       <x:c r="FA29" s="3" t="n">
-        <x:v>4734</x:v>
+        <x:v>4825</x:v>
       </x:c>
       <x:c r="FB29" s="3" t="n">
-        <x:v>2532</x:v>
+        <x:v>2611</x:v>
       </x:c>
       <x:c r="FC29" s="3" t="n">
-        <x:v>3274</x:v>
+        <x:v>3352</x:v>
       </x:c>
       <x:c r="FD29" s="3" t="n">
-        <x:v>2844</x:v>
+        <x:v>2923</x:v>
       </x:c>
       <x:c r="FE29" s="3" t="n">
-        <x:v>5037</x:v>
+        <x:v>5115</x:v>
       </x:c>
       <x:c r="FF29" s="3" t="n">
-        <x:v>2414</x:v>
+        <x:v>2531</x:v>
       </x:c>
       <x:c r="FG29" s="3" t="n">
-        <x:v>3528</x:v>
+        <x:v>3645</x:v>
       </x:c>
       <x:c r="FH29" s="3" t="n">
-        <x:v>3814</x:v>
+        <x:v>3931</x:v>
       </x:c>
       <x:c r="FI29" s="3" t="n">
-        <x:v>5663</x:v>
+        <x:v>5780</x:v>
       </x:c>
       <x:c r="FJ29" s="3" t="n">
-        <x:v>3236</x:v>
+        <x:v>3391</x:v>
       </x:c>
       <x:c r="FK29" s="3" t="n">
-        <x:v>4338</x:v>
+        <x:v>4493</x:v>
       </x:c>
       <x:c r="FL29" s="3" t="n">
-        <x:v>3828</x:v>
+        <x:v>3983</x:v>
       </x:c>
       <x:c r="FM29" s="3" t="n">
-        <x:v>6099</x:v>
+        <x:v>6254</x:v>
       </x:c>
       <x:c r="FN29" s="3" t="n">
-        <x:v>3338</x:v>
+        <x:v>3505</x:v>
       </x:c>
       <x:c r="FO29" s="3" t="n">
-        <x:v>4525</x:v>
+        <x:v>4693</x:v>
       </x:c>
       <x:c r="FP29" s="3" t="n">
-        <x:v>3879</x:v>
+        <x:v>4047</x:v>
       </x:c>
       <x:c r="FQ29" s="3" t="n">
-        <x:v>6443</x:v>
+        <x:v>6610</x:v>
       </x:c>
       <x:c r="FR29" s="3" t="n">
-        <x:v>3277</x:v>
+        <x:v>3479</x:v>
       </x:c>
       <x:c r="FS29" s="3" t="n">
-        <x:v>4637</x:v>
+        <x:v>4839</x:v>
       </x:c>
       <x:c r="FT29" s="3" t="n">
-        <x:v>4377</x:v>
+        <x:v>4579</x:v>
       </x:c>
       <x:c r="FU29" s="3" t="n">
-        <x:v>7041</x:v>
+        <x:v>7243</x:v>
       </x:c>
       <x:c r="FV29" s="3" t="n">
-        <x:v>3954</x:v>
+        <x:v>4545</x:v>
       </x:c>
       <x:c r="FW29" s="3" t="n">
-        <x:v>5923</x:v>
+        <x:v>6209</x:v>
       </x:c>
       <x:c r="FX29" s="3" t="n">
-        <x:v>5679</x:v>
+        <x:v>5957</x:v>
       </x:c>
       <x:c r="FY29" s="3" t="n">
-        <x:v>9161</x:v>
+        <x:v>9139</x:v>
       </x:c>
       <x:c r="FZ29" s="3" t="n">
-        <x:v>5423</x:v>
+        <x:v>5524</x:v>
       </x:c>
       <x:c r="GA29" s="3" t="n">
-        <x:v>7415</x:v>
+        <x:v>7383</x:v>
       </x:c>
       <x:c r="GB29" s="3" t="n">
-        <x:v>6089</x:v>
+        <x:v>6156</x:v>
       </x:c>
       <x:c r="GC29" s="3" t="n">
-        <x:v>9663</x:v>
+        <x:v>9499</x:v>
       </x:c>
       <x:c r="GD29" s="3" t="n">
-        <x:v>5459</x:v>
+        <x:v>5612</x:v>
       </x:c>
       <x:c r="GE29" s="3" t="n">
-        <x:v>8187</x:v>
+        <x:v>8191</x:v>
       </x:c>
       <x:c r="GF29" s="3" t="n">
-        <x:v>7667</x:v>
+        <x:v>7681</x:v>
       </x:c>
       <x:c r="GG29" s="3" t="n">
-        <x:v>11693</x:v>
+        <x:v>11517</x:v>
       </x:c>
       <x:c r="GH29" s="3" t="n">
-        <x:v>6007</x:v>
+        <x:v>6122</x:v>
       </x:c>
       <x:c r="GI29" s="3" t="n">
-        <x:v>7792</x:v>
+        <x:v>7834</x:v>
+      </x:c>
+      <x:c r="GJ29" s="3" t="n">
+        <x:v>7539</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:191">
+    <x:row r="30" spans="1:192">
       <x:c r="A30" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
         <x:v>239</x:v>
       </x:c>
       <x:c r="E30" s="3" t="n">
         <x:v>258</x:v>
       </x:c>
       <x:c r="F30" s="3" t="n">
         <x:v>245</x:v>
       </x:c>
       <x:c r="G30" s="3" t="n">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H30" s="3" t="n">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I30" s="3" t="n">
         <x:v>269</x:v>
       </x:c>
@@ -16444,347 +16535,350 @@
       <x:c r="CH30" s="3" t="n">
         <x:v>1507</x:v>
       </x:c>
       <x:c r="CI30" s="3" t="n">
         <x:v>1461</x:v>
       </x:c>
       <x:c r="CJ30" s="3" t="n">
         <x:v>1410</x:v>
       </x:c>
       <x:c r="CK30" s="3" t="n">
         <x:v>1623</x:v>
       </x:c>
       <x:c r="CL30" s="3" t="n">
         <x:v>1699</x:v>
       </x:c>
       <x:c r="CM30" s="3" t="n">
         <x:v>1580</x:v>
       </x:c>
       <x:c r="CN30" s="3" t="n">
         <x:v>1538</x:v>
       </x:c>
       <x:c r="CO30" s="3" t="n">
         <x:v>1733</x:v>
       </x:c>
       <x:c r="CP30" s="3" t="n">
-        <x:v>1861</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="CQ30" s="3" t="n">
-        <x:v>1662</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="CR30" s="3" t="n">
-        <x:v>1604</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="CS30" s="3" t="n">
-        <x:v>1754</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="CT30" s="3" t="n">
-        <x:v>2181</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="CU30" s="3" t="n">
-        <x:v>2046</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="CV30" s="3" t="n">
-        <x:v>1945</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="CW30" s="3" t="n">
-        <x:v>1773</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="CX30" s="3" t="n">
-        <x:v>2114</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="CY30" s="3" t="n">
-        <x:v>1937</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="CZ30" s="3" t="n">
-        <x:v>1970</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="DA30" s="3" t="n">
-        <x:v>1923</x:v>
+        <x:v>1804</x:v>
       </x:c>
       <x:c r="DB30" s="3" t="n">
-        <x:v>2014</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="DC30" s="3" t="n">
+        <x:v>1968</x:v>
+      </x:c>
+      <x:c r="DD30" s="3" t="n">
+        <x:v>1855</x:v>
+      </x:c>
+      <x:c r="DE30" s="3" t="n">
         <x:v>2096</x:v>
       </x:c>
-      <x:c r="DD30" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="DF30" s="3" t="n">
-        <x:v>2786</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="DG30" s="3" t="n">
-        <x:v>3110</x:v>
+        <x:v>2417</x:v>
       </x:c>
       <x:c r="DH30" s="3" t="n">
-        <x:v>2889</x:v>
+        <x:v>2189</x:v>
       </x:c>
       <x:c r="DI30" s="3" t="n">
-        <x:v>3238</x:v>
+        <x:v>2542</x:v>
       </x:c>
       <x:c r="DJ30" s="3" t="n">
-        <x:v>3696</x:v>
+        <x:v>3008</x:v>
       </x:c>
       <x:c r="DK30" s="3" t="n">
-        <x:v>3610</x:v>
+        <x:v>2920</x:v>
       </x:c>
       <x:c r="DL30" s="3" t="n">
-        <x:v>3391</x:v>
+        <x:v>2694</x:v>
       </x:c>
       <x:c r="DM30" s="3" t="n">
-        <x:v>3930</x:v>
+        <x:v>3244</x:v>
       </x:c>
       <x:c r="DN30" s="3" t="n">
-        <x:v>4265</x:v>
+        <x:v>3379</x:v>
       </x:c>
       <x:c r="DO30" s="3" t="n">
-        <x:v>4073</x:v>
+        <x:v>3195</x:v>
       </x:c>
       <x:c r="DP30" s="3" t="n">
-        <x:v>4486</x:v>
+        <x:v>3600</x:v>
       </x:c>
       <x:c r="DQ30" s="3" t="n">
-        <x:v>3575</x:v>
+        <x:v>2691</x:v>
       </x:c>
       <x:c r="DR30" s="3" t="n">
-        <x:v>3457</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="DS30" s="3" t="n">
-        <x:v>3618</x:v>
+        <x:v>2534</x:v>
       </x:c>
       <x:c r="DT30" s="3" t="n">
-        <x:v>3366</x:v>
+        <x:v>2269</x:v>
       </x:c>
       <x:c r="DU30" s="3" t="n">
-        <x:v>3480</x:v>
+        <x:v>2387</x:v>
       </x:c>
       <x:c r="DV30" s="3" t="n">
-        <x:v>3490</x:v>
+        <x:v>2304</x:v>
       </x:c>
       <x:c r="DW30" s="3" t="n">
-        <x:v>3322</x:v>
+        <x:v>2131</x:v>
       </x:c>
       <x:c r="DX30" s="3" t="n">
-        <x:v>2996</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="DY30" s="3" t="n">
-        <x:v>3007</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="DZ30" s="3" t="n">
-        <x:v>2844</x:v>
+        <x:v>2000</x:v>
       </x:c>
       <x:c r="EA30" s="3" t="n">
-        <x:v>3119</x:v>
+        <x:v>2294</x:v>
       </x:c>
       <x:c r="EB30" s="3" t="n">
-        <x:v>2836</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="EC30" s="3" t="n">
-        <x:v>3062</x:v>
+        <x:v>2227</x:v>
       </x:c>
       <x:c r="ED30" s="3" t="n">
-        <x:v>3302</x:v>
+        <x:v>2737</x:v>
       </x:c>
       <x:c r="EE30" s="3" t="n">
-        <x:v>3459</x:v>
+        <x:v>2906</x:v>
       </x:c>
       <x:c r="EF30" s="3" t="n">
-        <x:v>3197</x:v>
+        <x:v>2624</x:v>
       </x:c>
       <x:c r="EG30" s="3" t="n">
-        <x:v>3519</x:v>
+        <x:v>2962</x:v>
       </x:c>
       <x:c r="EH30" s="3" t="n">
-        <x:v>4216</x:v>
+        <x:v>3695</x:v>
       </x:c>
       <x:c r="EI30" s="3" t="n">
-        <x:v>4358</x:v>
+        <x:v>3847</x:v>
       </x:c>
       <x:c r="EJ30" s="3" t="n">
-        <x:v>4126</x:v>
+        <x:v>3596</x:v>
       </x:c>
       <x:c r="EK30" s="3" t="n">
-        <x:v>4430</x:v>
+        <x:v>3916</x:v>
       </x:c>
       <x:c r="EL30" s="3" t="n">
+        <x:v>2797</x:v>
+      </x:c>
+      <x:c r="EM30" s="3" t="n">
+        <x:v>3248</x:v>
+      </x:c>
+      <x:c r="EN30" s="3" t="n">
+        <x:v>2854</x:v>
+      </x:c>
+      <x:c r="EO30" s="3" t="n">
+        <x:v>3227</x:v>
+      </x:c>
+      <x:c r="EP30" s="3" t="n">
+        <x:v>3021</x:v>
+      </x:c>
+      <x:c r="EQ30" s="3" t="n">
+        <x:v>3229</x:v>
+      </x:c>
+      <x:c r="ER30" s="3" t="n">
+        <x:v>2950</x:v>
+      </x:c>
+      <x:c r="ES30" s="3" t="n">
+        <x:v>3186</x:v>
+      </x:c>
+      <x:c r="ET30" s="3" t="n">
+        <x:v>3094</x:v>
+      </x:c>
+      <x:c r="EU30" s="3" t="n">
         <x:v>3431</x:v>
       </x:c>
-      <x:c r="EM30" s="3" t="n">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="EV30" s="3" t="n">
-        <x:v>4096</x:v>
+        <x:v>3113</x:v>
       </x:c>
       <x:c r="EW30" s="3" t="n">
-        <x:v>4323</x:v>
+        <x:v>3356</x:v>
       </x:c>
       <x:c r="EX30" s="3" t="n">
-        <x:v>4125</x:v>
+        <x:v>3439</x:v>
       </x:c>
       <x:c r="EY30" s="3" t="n">
-        <x:v>4891</x:v>
+        <x:v>4205</x:v>
       </x:c>
       <x:c r="EZ30" s="3" t="n">
-        <x:v>4324</x:v>
+        <x:v>3638</x:v>
       </x:c>
       <x:c r="FA30" s="3" t="n">
-        <x:v>4571</x:v>
+        <x:v>3885</x:v>
       </x:c>
       <x:c r="FB30" s="3" t="n">
-        <x:v>4534</x:v>
+        <x:v>3653</x:v>
       </x:c>
       <x:c r="FC30" s="3" t="n">
-        <x:v>4974</x:v>
+        <x:v>4093</x:v>
       </x:c>
       <x:c r="FD30" s="3" t="n">
-        <x:v>4604</x:v>
+        <x:v>3723</x:v>
       </x:c>
       <x:c r="FE30" s="3" t="n">
-        <x:v>5215</x:v>
+        <x:v>4334</x:v>
       </x:c>
       <x:c r="FF30" s="3" t="n">
-        <x:v>5862</x:v>
+        <x:v>4280</x:v>
       </x:c>
       <x:c r="FG30" s="3" t="n">
-        <x:v>6859</x:v>
+        <x:v>5276</x:v>
       </x:c>
       <x:c r="FH30" s="3" t="n">
-        <x:v>6426</x:v>
+        <x:v>4843</x:v>
       </x:c>
       <x:c r="FI30" s="3" t="n">
-        <x:v>6930</x:v>
+        <x:v>5347</x:v>
       </x:c>
       <x:c r="FJ30" s="3" t="n">
-        <x:v>6626</x:v>
+        <x:v>5432</x:v>
       </x:c>
       <x:c r="FK30" s="3" t="n">
-        <x:v>7123</x:v>
+        <x:v>5928</x:v>
       </x:c>
       <x:c r="FL30" s="3" t="n">
-        <x:v>6699</x:v>
+        <x:v>5505</x:v>
       </x:c>
       <x:c r="FM30" s="3" t="n">
-        <x:v>6880</x:v>
+        <x:v>5686</x:v>
       </x:c>
       <x:c r="FN30" s="3" t="n">
-        <x:v>5783</x:v>
+        <x:v>4870</x:v>
       </x:c>
       <x:c r="FO30" s="3" t="n">
-        <x:v>6265</x:v>
+        <x:v>5352</x:v>
       </x:c>
       <x:c r="FP30" s="3" t="n">
-        <x:v>5509</x:v>
+        <x:v>4596</x:v>
       </x:c>
       <x:c r="FQ30" s="3" t="n">
-        <x:v>5755</x:v>
+        <x:v>4842</x:v>
       </x:c>
       <x:c r="FR30" s="3" t="n">
-        <x:v>5402</x:v>
+        <x:v>4102</x:v>
       </x:c>
       <x:c r="FS30" s="3" t="n">
-        <x:v>5922</x:v>
+        <x:v>4622</x:v>
       </x:c>
       <x:c r="FT30" s="3" t="n">
-        <x:v>5804</x:v>
+        <x:v>4504</x:v>
       </x:c>
       <x:c r="FU30" s="3" t="n">
-        <x:v>6350</x:v>
+        <x:v>5050</x:v>
       </x:c>
       <x:c r="FV30" s="3" t="n">
-        <x:v>6414</x:v>
+        <x:v>5052</x:v>
       </x:c>
       <x:c r="FW30" s="3" t="n">
-        <x:v>6955</x:v>
+        <x:v>5537</x:v>
       </x:c>
       <x:c r="FX30" s="3" t="n">
-        <x:v>6769</x:v>
+        <x:v>5422</x:v>
       </x:c>
       <x:c r="FY30" s="3" t="n">
-        <x:v>7312</x:v>
+        <x:v>6033</x:v>
       </x:c>
       <x:c r="FZ30" s="3" t="n">
-        <x:v>7238</x:v>
+        <x:v>6147</x:v>
       </x:c>
       <x:c r="GA30" s="3" t="n">
-        <x:v>8184</x:v>
+        <x:v>6697</x:v>
       </x:c>
       <x:c r="GB30" s="3" t="n">
-        <x:v>6539</x:v>
+        <x:v>5521</x:v>
       </x:c>
       <x:c r="GC30" s="3" t="n">
-        <x:v>8611</x:v>
+        <x:v>7142</x:v>
       </x:c>
       <x:c r="GD30" s="3" t="n">
-        <x:v>6980</x:v>
+        <x:v>4803</x:v>
       </x:c>
       <x:c r="GE30" s="3" t="n">
-        <x:v>8125</x:v>
+        <x:v>5532</x:v>
       </x:c>
       <x:c r="GF30" s="3" t="n">
-        <x:v>7221</x:v>
+        <x:v>4869</x:v>
       </x:c>
       <x:c r="GG30" s="3" t="n">
-        <x:v>7602</x:v>
+        <x:v>5258</x:v>
       </x:c>
       <x:c r="GH30" s="3" t="n">
-        <x:v>7480</x:v>
+        <x:v>5129</x:v>
       </x:c>
       <x:c r="GI30" s="3" t="n">
-        <x:v>9606</x:v>
+        <x:v>6540</x:v>
+      </x:c>
+      <x:c r="GJ30" s="3" t="n">
+        <x:v>4802</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:191">
+    <x:row r="31" spans="1:192">
       <x:c r="A31" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>1937</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>1782</x:v>
       </x:c>
       <x:c r="D31" s="3" t="n">
         <x:v>1699</x:v>
       </x:c>
       <x:c r="E31" s="3" t="n">
         <x:v>1899</x:v>
       </x:c>
       <x:c r="F31" s="3" t="n">
         <x:v>1596</x:v>
       </x:c>
       <x:c r="G31" s="3" t="n">
         <x:v>1653</x:v>
       </x:c>
       <x:c r="H31" s="3" t="n">
         <x:v>1792</x:v>
       </x:c>
       <x:c r="I31" s="3" t="n">
         <x:v>2254</x:v>
       </x:c>
@@ -17019,347 +17113,350 @@
       <x:c r="CH31" s="3" t="n">
         <x:v>2695</x:v>
       </x:c>
       <x:c r="CI31" s="3" t="n">
         <x:v>2408</x:v>
       </x:c>
       <x:c r="CJ31" s="3" t="n">
         <x:v>2721</x:v>
       </x:c>
       <x:c r="CK31" s="3" t="n">
         <x:v>3264</x:v>
       </x:c>
       <x:c r="CL31" s="3" t="n">
         <x:v>2855</x:v>
       </x:c>
       <x:c r="CM31" s="3" t="n">
         <x:v>2712</x:v>
       </x:c>
       <x:c r="CN31" s="3" t="n">
         <x:v>2699</x:v>
       </x:c>
       <x:c r="CO31" s="3" t="n">
         <x:v>3219</x:v>
       </x:c>
       <x:c r="CP31" s="3" t="n">
-        <x:v>3097</x:v>
+        <x:v>3140</x:v>
       </x:c>
       <x:c r="CQ31" s="3" t="n">
-        <x:v>2781</x:v>
+        <x:v>2821</x:v>
       </x:c>
       <x:c r="CR31" s="3" t="n">
-        <x:v>2984</x:v>
+        <x:v>3024</x:v>
       </x:c>
       <x:c r="CS31" s="3" t="n">
-        <x:v>3230</x:v>
+        <x:v>3272</x:v>
       </x:c>
       <x:c r="CT31" s="3" t="n">
-        <x:v>3229</x:v>
+        <x:v>3321</x:v>
       </x:c>
       <x:c r="CU31" s="3" t="n">
-        <x:v>3382</x:v>
+        <x:v>3477</x:v>
       </x:c>
       <x:c r="CV31" s="3" t="n">
-        <x:v>2779</x:v>
+        <x:v>2861</x:v>
       </x:c>
       <x:c r="CW31" s="3" t="n">
-        <x:v>2454</x:v>
+        <x:v>2525</x:v>
       </x:c>
       <x:c r="CX31" s="3" t="n">
-        <x:v>3820</x:v>
+        <x:v>3960</x:v>
       </x:c>
       <x:c r="CY31" s="3" t="n">
-        <x:v>3838</x:v>
+        <x:v>3979</x:v>
       </x:c>
       <x:c r="CZ31" s="3" t="n">
-        <x:v>3450</x:v>
+        <x:v>3578</x:v>
       </x:c>
       <x:c r="DA31" s="3" t="n">
-        <x:v>3624</x:v>
+        <x:v>3747</x:v>
       </x:c>
       <x:c r="DB31" s="3" t="n">
-        <x:v>3900</x:v>
+        <x:v>4126</x:v>
       </x:c>
       <x:c r="DC31" s="3" t="n">
-        <x:v>3957</x:v>
+        <x:v>4188</x:v>
       </x:c>
       <x:c r="DD31" s="3" t="n">
-        <x:v>3911</x:v>
+        <x:v>4141</x:v>
       </x:c>
       <x:c r="DE31" s="3" t="n">
-        <x:v>4512</x:v>
+        <x:v>4764</x:v>
       </x:c>
       <x:c r="DF31" s="3" t="n">
-        <x:v>3197</x:v>
+        <x:v>3439</x:v>
       </x:c>
       <x:c r="DG31" s="3" t="n">
-        <x:v>3432</x:v>
+        <x:v>3693</x:v>
       </x:c>
       <x:c r="DH31" s="3" t="n">
-        <x:v>3400</x:v>
+        <x:v>3657</x:v>
       </x:c>
       <x:c r="DI31" s="3" t="n">
-        <x:v>3969</x:v>
+        <x:v>4249</x:v>
       </x:c>
       <x:c r="DJ31" s="3" t="n">
-        <x:v>3410</x:v>
+        <x:v>3708</x:v>
       </x:c>
       <x:c r="DK31" s="3" t="n">
-        <x:v>3410</x:v>
+        <x:v>3715</x:v>
       </x:c>
       <x:c r="DL31" s="3" t="n">
-        <x:v>3434</x:v>
+        <x:v>3738</x:v>
       </x:c>
       <x:c r="DM31" s="3" t="n">
-        <x:v>4187</x:v>
+        <x:v>4540</x:v>
       </x:c>
       <x:c r="DN31" s="3" t="n">
-        <x:v>3686</x:v>
+        <x:v>4075</x:v>
       </x:c>
       <x:c r="DO31" s="3" t="n">
-        <x:v>3333</x:v>
+        <x:v>3694</x:v>
       </x:c>
       <x:c r="DP31" s="3" t="n">
-        <x:v>3722</x:v>
+        <x:v>4116</x:v>
       </x:c>
       <x:c r="DQ31" s="3" t="n">
-        <x:v>4374</x:v>
+        <x:v>4832</x:v>
       </x:c>
       <x:c r="DR31" s="3" t="n">
-        <x:v>3059</x:v>
+        <x:v>3429</x:v>
       </x:c>
       <x:c r="DS31" s="3" t="n">
-        <x:v>4014</x:v>
+        <x:v>4489</x:v>
       </x:c>
       <x:c r="DT31" s="3" t="n">
-        <x:v>3361</x:v>
+        <x:v>3768</x:v>
       </x:c>
       <x:c r="DU31" s="3" t="n">
-        <x:v>3586</x:v>
+        <x:v>4022</x:v>
       </x:c>
       <x:c r="DV31" s="3" t="n">
-        <x:v>2768</x:v>
+        <x:v>3137</x:v>
       </x:c>
       <x:c r="DW31" s="3" t="n">
-        <x:v>2135</x:v>
+        <x:v>2431</x:v>
       </x:c>
       <x:c r="DX31" s="3" t="n">
-        <x:v>2446</x:v>
+        <x:v>2775</x:v>
       </x:c>
       <x:c r="DY31" s="3" t="n">
-        <x:v>2862</x:v>
+        <x:v>3247</x:v>
       </x:c>
       <x:c r="DZ31" s="3" t="n">
-        <x:v>2130</x:v>
+        <x:v>2466</x:v>
       </x:c>
       <x:c r="EA31" s="3" t="n">
-        <x:v>2474</x:v>
+        <x:v>2839</x:v>
       </x:c>
       <x:c r="EB31" s="3" t="n">
-        <x:v>2144</x:v>
+        <x:v>2491</x:v>
       </x:c>
       <x:c r="EC31" s="3" t="n">
-        <x:v>4225</x:v>
+        <x:v>4843</x:v>
       </x:c>
       <x:c r="ED31" s="3" t="n">
-        <x:v>3730</x:v>
+        <x:v>4296</x:v>
       </x:c>
       <x:c r="EE31" s="3" t="n">
-        <x:v>2520</x:v>
+        <x:v>2945</x:v>
       </x:c>
       <x:c r="EF31" s="3" t="n">
-        <x:v>2878</x:v>
+        <x:v>3335</x:v>
       </x:c>
       <x:c r="EG31" s="3" t="n">
-        <x:v>3818</x:v>
+        <x:v>4395</x:v>
       </x:c>
       <x:c r="EH31" s="3" t="n">
-        <x:v>2792</x:v>
+        <x:v>3342</x:v>
       </x:c>
       <x:c r="EI31" s="3" t="n">
-        <x:v>3143</x:v>
+        <x:v>3733</x:v>
       </x:c>
       <x:c r="EJ31" s="3" t="n">
-        <x:v>3209</x:v>
+        <x:v>3825</x:v>
       </x:c>
       <x:c r="EK31" s="3" t="n">
-        <x:v>3536</x:v>
+        <x:v>4217</x:v>
       </x:c>
       <x:c r="EL31" s="3" t="n">
-        <x:v>3415</x:v>
+        <x:v>4080</x:v>
       </x:c>
       <x:c r="EM31" s="3" t="n">
-        <x:v>3905</x:v>
+        <x:v>4647</x:v>
       </x:c>
       <x:c r="EN31" s="3" t="n">
-        <x:v>3254</x:v>
+        <x:v>3883</x:v>
       </x:c>
       <x:c r="EO31" s="3" t="n">
-        <x:v>4281</x:v>
+        <x:v>5131</x:v>
       </x:c>
       <x:c r="EP31" s="3" t="n">
-        <x:v>3393</x:v>
+        <x:v>4073</x:v>
       </x:c>
       <x:c r="EQ31" s="3" t="n">
-        <x:v>3317</x:v>
+        <x:v>3987</x:v>
       </x:c>
       <x:c r="ER31" s="3" t="n">
-        <x:v>3409</x:v>
+        <x:v>4099</x:v>
       </x:c>
       <x:c r="ES31" s="3" t="n">
-        <x:v>5314</x:v>
+        <x:v>6350</x:v>
       </x:c>
       <x:c r="ET31" s="3" t="n">
-        <x:v>3077</x:v>
+        <x:v>3712</x:v>
       </x:c>
       <x:c r="EU31" s="3" t="n">
-        <x:v>3528</x:v>
+        <x:v>4252</x:v>
       </x:c>
       <x:c r="EV31" s="3" t="n">
-        <x:v>3300</x:v>
+        <x:v>3980</x:v>
       </x:c>
       <x:c r="EW31" s="3" t="n">
-        <x:v>4317</x:v>
+        <x:v>5211</x:v>
       </x:c>
       <x:c r="EX31" s="3" t="n">
-        <x:v>3105</x:v>
+        <x:v>4141</x:v>
       </x:c>
       <x:c r="EY31" s="3" t="n">
-        <x:v>4664</x:v>
+        <x:v>5700</x:v>
       </x:c>
       <x:c r="EZ31" s="3" t="n">
-        <x:v>4364</x:v>
+        <x:v>5400</x:v>
       </x:c>
       <x:c r="FA31" s="3" t="n">
-        <x:v>5353</x:v>
+        <x:v>6389</x:v>
       </x:c>
       <x:c r="FB31" s="3" t="n">
-        <x:v>5058</x:v>
+        <x:v>6294</x:v>
       </x:c>
       <x:c r="FC31" s="3" t="n">
-        <x:v>4291</x:v>
+        <x:v>5528</x:v>
       </x:c>
       <x:c r="FD31" s="3" t="n">
-        <x:v>4978</x:v>
+        <x:v>6215</x:v>
       </x:c>
       <x:c r="FE31" s="3" t="n">
-        <x:v>6374</x:v>
+        <x:v>7611</x:v>
       </x:c>
       <x:c r="FF31" s="3" t="n">
-        <x:v>4431</x:v>
+        <x:v>5762</x:v>
       </x:c>
       <x:c r="FG31" s="3" t="n">
-        <x:v>5247</x:v>
+        <x:v>6578</x:v>
       </x:c>
       <x:c r="FH31" s="3" t="n">
-        <x:v>5527</x:v>
+        <x:v>6858</x:v>
       </x:c>
       <x:c r="FI31" s="3" t="n">
-        <x:v>7488</x:v>
+        <x:v>8819</x:v>
       </x:c>
       <x:c r="FJ31" s="3" t="n">
-        <x:v>4860</x:v>
+        <x:v>6350</x:v>
       </x:c>
       <x:c r="FK31" s="3" t="n">
-        <x:v>5262</x:v>
+        <x:v>6752</x:v>
       </x:c>
       <x:c r="FL31" s="3" t="n">
-        <x:v>6192</x:v>
+        <x:v>7681</x:v>
       </x:c>
       <x:c r="FM31" s="3" t="n">
-        <x:v>7608</x:v>
+        <x:v>9097</x:v>
       </x:c>
       <x:c r="FN31" s="3" t="n">
-        <x:v>5645</x:v>
+        <x:v>7657</x:v>
       </x:c>
       <x:c r="FO31" s="3" t="n">
-        <x:v>5815</x:v>
+        <x:v>7827</x:v>
       </x:c>
       <x:c r="FP31" s="3" t="n">
-        <x:v>5259</x:v>
+        <x:v>7271</x:v>
       </x:c>
       <x:c r="FQ31" s="3" t="n">
-        <x:v>9479</x:v>
+        <x:v>11491</x:v>
       </x:c>
       <x:c r="FR31" s="3" t="n">
-        <x:v>6076</x:v>
+        <x:v>8186</x:v>
       </x:c>
       <x:c r="FS31" s="3" t="n">
-        <x:v>7345</x:v>
+        <x:v>9455</x:v>
       </x:c>
       <x:c r="FT31" s="3" t="n">
-        <x:v>5490</x:v>
+        <x:v>7600</x:v>
       </x:c>
       <x:c r="FU31" s="3" t="n">
-        <x:v>7385</x:v>
+        <x:v>9495</x:v>
       </x:c>
       <x:c r="FV31" s="3" t="n">
-        <x:v>6412</x:v>
+        <x:v>8003</x:v>
       </x:c>
       <x:c r="FW31" s="3" t="n">
-        <x:v>7916</x:v>
+        <x:v>9631</x:v>
       </x:c>
       <x:c r="FX31" s="3" t="n">
-        <x:v>6284</x:v>
+        <x:v>7841</x:v>
       </x:c>
       <x:c r="FY31" s="3" t="n">
-        <x:v>9736</x:v>
+        <x:v>11966</x:v>
       </x:c>
       <x:c r="FZ31" s="3" t="n">
-        <x:v>6270</x:v>
+        <x:v>6889</x:v>
       </x:c>
       <x:c r="GA31" s="3" t="n">
-        <x:v>7709</x:v>
+        <x:v>7667</x:v>
       </x:c>
       <x:c r="GB31" s="3" t="n">
-        <x:v>7825</x:v>
+        <x:v>7409</x:v>
       </x:c>
       <x:c r="GC31" s="3" t="n">
-        <x:v>9092</x:v>
+        <x:v>8737</x:v>
       </x:c>
       <x:c r="GD31" s="3" t="n">
-        <x:v>6318</x:v>
+        <x:v>6234</x:v>
       </x:c>
       <x:c r="GE31" s="3" t="n">
-        <x:v>8504</x:v>
+        <x:v>8495</x:v>
       </x:c>
       <x:c r="GF31" s="3" t="n">
-        <x:v>7327</x:v>
+        <x:v>7419</x:v>
       </x:c>
       <x:c r="GG31" s="3" t="n">
-        <x:v>9459</x:v>
+        <x:v>9903</x:v>
       </x:c>
       <x:c r="GH31" s="3" t="n">
-        <x:v>7078</x:v>
+        <x:v>7113</x:v>
       </x:c>
       <x:c r="GI31" s="3" t="n">
-        <x:v>7267</x:v>
+        <x:v>7231</x:v>
+      </x:c>
+      <x:c r="GJ31" s="3" t="n">
+        <x:v>8457</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:191">
+    <x:row r="32" spans="1:192">
       <x:c r="A32" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C32" s="3" t="n">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D32" s="3" t="n">
         <x:v>166</x:v>
       </x:c>
       <x:c r="E32" s="3" t="n">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F32" s="3" t="n">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G32" s="3" t="n">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H32" s="3" t="n">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I32" s="3" t="n">
         <x:v>64</x:v>
       </x:c>
@@ -17621,320 +17718,323 @@
       <x:c r="CQ32" s="3" t="n">
         <x:v>403</x:v>
       </x:c>
       <x:c r="CR32" s="3" t="n">
         <x:v>623</x:v>
       </x:c>
       <x:c r="CS32" s="3" t="n">
         <x:v>680</x:v>
       </x:c>
       <x:c r="CT32" s="3" t="n">
         <x:v>170</x:v>
       </x:c>
       <x:c r="CU32" s="3" t="n">
         <x:v>157</x:v>
       </x:c>
       <x:c r="CV32" s="3" t="n">
         <x:v>388</x:v>
       </x:c>
       <x:c r="CW32" s="3" t="n">
         <x:v>363</x:v>
       </x:c>
       <x:c r="CX32" s="3" t="n">
         <x:v>800</x:v>
       </x:c>
       <x:c r="CY32" s="3" t="n">
-        <x:v>1030</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="CZ32" s="3" t="n">
         <x:v>652</x:v>
       </x:c>
       <x:c r="DA32" s="3" t="n">
-        <x:v>418</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="DB32" s="3" t="n">
-        <x:v>825</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="DC32" s="3" t="n">
-        <x:v>1492</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="DD32" s="3" t="n">
-        <x:v>1832</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="DE32" s="3" t="n">
-        <x:v>2009</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="DF32" s="3" t="n">
-        <x:v>1859</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="DG32" s="3" t="n">
-        <x:v>3134</x:v>
+        <x:v>3130</x:v>
       </x:c>
       <x:c r="DH32" s="3" t="n">
-        <x:v>3001</x:v>
+        <x:v>2997</x:v>
       </x:c>
       <x:c r="DI32" s="3" t="n">
-        <x:v>2033</x:v>
+        <x:v>2031</x:v>
       </x:c>
       <x:c r="DJ32" s="3" t="n">
-        <x:v>844</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="DK32" s="3" t="n">
-        <x:v>1455</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="DL32" s="3" t="n">
-        <x:v>2023</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="DM32" s="3" t="n">
-        <x:v>1000</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="DN32" s="3" t="n">
-        <x:v>754</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="DO32" s="3" t="n">
-        <x:v>1222</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="DP32" s="3" t="n">
-        <x:v>1333</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="DQ32" s="3" t="n">
-        <x:v>329</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="DR32" s="3" t="n">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="DS32" s="3" t="n">
-        <x:v>598</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="DT32" s="3" t="n">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="DU32" s="3" t="n">
         <x:v>210</x:v>
       </x:c>
       <x:c r="DV32" s="3" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="DW32" s="3" t="n">
         <x:v>96</x:v>
       </x:c>
       <x:c r="DX32" s="3" t="n">
         <x:v>281</x:v>
       </x:c>
       <x:c r="DY32" s="3" t="n">
         <x:v>167</x:v>
       </x:c>
       <x:c r="DZ32" s="3" t="n">
         <x:v>270</x:v>
       </x:c>
       <x:c r="EA32" s="3" t="n">
         <x:v>120</x:v>
       </x:c>
       <x:c r="EB32" s="3" t="n">
         <x:v>104</x:v>
       </x:c>
       <x:c r="EC32" s="3" t="n">
         <x:v>118</x:v>
       </x:c>
       <x:c r="ED32" s="3" t="n">
-        <x:v>231</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="EE32" s="3" t="n">
         <x:v>78</x:v>
       </x:c>
       <x:c r="EF32" s="3" t="n">
         <x:v>142</x:v>
       </x:c>
       <x:c r="EG32" s="3" t="n">
         <x:v>146</x:v>
       </x:c>
       <x:c r="EH32" s="3" t="n">
         <x:v>123</x:v>
       </x:c>
       <x:c r="EI32" s="3" t="n">
         <x:v>57</x:v>
       </x:c>
       <x:c r="EJ32" s="3" t="n">
         <x:v>61</x:v>
       </x:c>
       <x:c r="EK32" s="3" t="n">
-        <x:v>134</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="EL32" s="3" t="n">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="EM32" s="3" t="n">
-        <x:v>749</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="EN32" s="3" t="n">
-        <x:v>1486</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="EO32" s="3" t="n">
-        <x:v>797</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="EP32" s="3" t="n">
-        <x:v>1006</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="EQ32" s="3" t="n">
-        <x:v>1493</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="ER32" s="3" t="n">
-        <x:v>1307</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="ES32" s="3" t="n">
-        <x:v>784</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="ET32" s="3" t="n">
-        <x:v>1120</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="EU32" s="3" t="n">
-        <x:v>1237</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="EV32" s="3" t="n">
-        <x:v>1159</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="EW32" s="3" t="n">
-        <x:v>915</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="EX32" s="3" t="n">
-        <x:v>360</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="EY32" s="3" t="n">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="EZ32" s="3" t="n">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="FA32" s="3" t="n">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="FB32" s="3" t="n">
-        <x:v>445</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="FC32" s="3" t="n">
-        <x:v>688</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="FD32" s="3" t="n">
-        <x:v>586</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="FE32" s="3" t="n">
-        <x:v>486</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="FF32" s="3" t="n">
-        <x:v>334</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="FG32" s="3" t="n">
-        <x:v>647</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="FH32" s="3" t="n">
-        <x:v>615</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="FI32" s="3" t="n">
-        <x:v>633</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="FJ32" s="3" t="n">
         <x:v>175</x:v>
       </x:c>
       <x:c r="FK32" s="3" t="n">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="FL32" s="3" t="n">
         <x:v>164</x:v>
       </x:c>
       <x:c r="FM32" s="3" t="n">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="FN32" s="3" t="n">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="FO32" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="FP32" s="3" t="n">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="FQ32" s="3" t="n">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="FR32" s="3" t="n">
-        <x:v>175</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="FS32" s="3" t="n">
-        <x:v>226</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="FT32" s="3" t="n">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="FU32" s="3" t="n">
-        <x:v>270</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="FV32" s="3" t="n">
         <x:v>197</x:v>
       </x:c>
       <x:c r="FW32" s="3" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="FX32" s="3" t="n">
         <x:v>495</x:v>
       </x:c>
       <x:c r="FY32" s="3" t="n">
         <x:v>239</x:v>
       </x:c>
       <x:c r="FZ32" s="3" t="n">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="GA32" s="3" t="n">
-        <x:v>629</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="GB32" s="3" t="n">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="GC32" s="3" t="n">
-        <x:v>1726</x:v>
+        <x:v>1728</x:v>
       </x:c>
       <x:c r="GD32" s="3" t="n">
-        <x:v>1109</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="GE32" s="3" t="n">
-        <x:v>836</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="GF32" s="3" t="n">
-        <x:v>1180</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="GG32" s="3" t="n">
-        <x:v>992</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="GH32" s="3" t="n">
-        <x:v>674</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="GI32" s="3" t="n">
-        <x:v>2079</x:v>
+        <x:v>2087</x:v>
+      </x:c>
+      <x:c r="GJ32" s="3" t="n">
+        <x:v>1047</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:191">
+    <x:row r="33" spans="1:192">
       <x:c r="A33" s="2" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>1822</x:v>
       </x:c>
       <x:c r="D33" s="3" t="n">
         <x:v>-600</x:v>
       </x:c>
       <x:c r="E33" s="3" t="n">
         <x:v>950</x:v>
       </x:c>
       <x:c r="F33" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="G33" s="3" t="n">
         <x:v>882</x:v>
       </x:c>
       <x:c r="H33" s="3" t="n">
         <x:v>1822</x:v>
       </x:c>
       <x:c r="I33" s="3" t="n">
         <x:v>657</x:v>
       </x:c>
@@ -18169,347 +18269,350 @@
       <x:c r="CH33" s="3" t="n">
         <x:v>2422</x:v>
       </x:c>
       <x:c r="CI33" s="3" t="n">
         <x:v>622</x:v>
       </x:c>
       <x:c r="CJ33" s="3" t="n">
         <x:v>6803</x:v>
       </x:c>
       <x:c r="CK33" s="3" t="n">
         <x:v>3328</x:v>
       </x:c>
       <x:c r="CL33" s="3" t="n">
         <x:v>5812</x:v>
       </x:c>
       <x:c r="CM33" s="3" t="n">
         <x:v>6272</x:v>
       </x:c>
       <x:c r="CN33" s="3" t="n">
         <x:v>4151</x:v>
       </x:c>
       <x:c r="CO33" s="3" t="n">
         <x:v>2847</x:v>
       </x:c>
       <x:c r="CP33" s="3" t="n">
-        <x:v>5194</x:v>
+        <x:v>5260</x:v>
       </x:c>
       <x:c r="CQ33" s="3" t="n">
-        <x:v>2254</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="CR33" s="3" t="n">
-        <x:v>1818</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="CS33" s="3" t="n">
-        <x:v>3134</x:v>
+        <x:v>3175</x:v>
       </x:c>
       <x:c r="CT33" s="3" t="n">
-        <x:v>737</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="CU33" s="3" t="n">
-        <x:v>1140</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="CV33" s="3" t="n">
-        <x:v>996</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="CW33" s="3" t="n">
-        <x:v>1902</x:v>
+        <x:v>1945</x:v>
       </x:c>
       <x:c r="CX33" s="3" t="n">
-        <x:v>7032</x:v>
+        <x:v>7148</x:v>
       </x:c>
       <x:c r="CY33" s="3" t="n">
-        <x:v>1294</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="CZ33" s="3" t="n">
-        <x:v>5471</x:v>
+        <x:v>5564</x:v>
       </x:c>
       <x:c r="DA33" s="3" t="n">
-        <x:v>-4358</x:v>
+        <x:v>-4280</x:v>
       </x:c>
       <x:c r="DB33" s="3" t="n">
-        <x:v>1248</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="DC33" s="3" t="n">
-        <x:v>740</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="DD33" s="3" t="n">
-        <x:v>1734</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="DE33" s="3" t="n">
-        <x:v>4764</x:v>
+        <x:v>4952</x:v>
       </x:c>
       <x:c r="DF33" s="3" t="n">
-        <x:v>1607</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="DG33" s="3" t="n">
-        <x:v>1741</x:v>
+        <x:v>1839</x:v>
       </x:c>
       <x:c r="DH33" s="3" t="n">
-        <x:v>234</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="DI33" s="3" t="n">
-        <x:v>2674</x:v>
+        <x:v>2785</x:v>
       </x:c>
       <x:c r="DJ33" s="3" t="n">
-        <x:v>3434</x:v>
+        <x:v>3650</x:v>
       </x:c>
       <x:c r="DK33" s="3" t="n">
-        <x:v>3295</x:v>
+        <x:v>3496</x:v>
       </x:c>
       <x:c r="DL33" s="3" t="n">
-        <x:v>3425</x:v>
+        <x:v>3621</x:v>
       </x:c>
       <x:c r="DM33" s="3" t="n">
-        <x:v>2280</x:v>
+        <x:v>2478</x:v>
       </x:c>
       <x:c r="DN33" s="3" t="n">
-        <x:v>2579</x:v>
+        <x:v>2785</x:v>
       </x:c>
       <x:c r="DO33" s="3" t="n">
-        <x:v>2403</x:v>
+        <x:v>2589</x:v>
       </x:c>
       <x:c r="DP33" s="3" t="n">
-        <x:v>3367</x:v>
+        <x:v>3679</x:v>
       </x:c>
       <x:c r="DQ33" s="3" t="n">
-        <x:v>2273</x:v>
+        <x:v>2448</x:v>
       </x:c>
       <x:c r="DR33" s="3" t="n">
-        <x:v>1954</x:v>
+        <x:v>2048</x:v>
       </x:c>
       <x:c r="DS33" s="3" t="n">
-        <x:v>1863</x:v>
+        <x:v>1950</x:v>
       </x:c>
       <x:c r="DT33" s="3" t="n">
-        <x:v>476</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="DU33" s="3" t="n">
-        <x:v>2520</x:v>
+        <x:v>2660</x:v>
       </x:c>
       <x:c r="DV33" s="3" t="n">
-        <x:v>1842</x:v>
+        <x:v>2089</x:v>
       </x:c>
       <x:c r="DW33" s="3" t="n">
-        <x:v>2636</x:v>
+        <x:v>2917</x:v>
       </x:c>
       <x:c r="DX33" s="3" t="n">
-        <x:v>2604</x:v>
+        <x:v>2883</x:v>
       </x:c>
       <x:c r="DY33" s="3" t="n">
+        <x:v>3191</x:v>
+      </x:c>
+      <x:c r="DZ33" s="3" t="n">
+        <x:v>2450</x:v>
+      </x:c>
+      <x:c r="EA33" s="3" t="n">
+        <x:v>3936</x:v>
+      </x:c>
+      <x:c r="EB33" s="3" t="n">
         <x:v>2888</x:v>
       </x:c>
-      <x:c r="DZ33" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="EC33" s="3" t="n">
-        <x:v>2408</x:v>
+        <x:v>2677</x:v>
       </x:c>
       <x:c r="ED33" s="3" t="n">
-        <x:v>4131</x:v>
+        <x:v>4575</x:v>
       </x:c>
       <x:c r="EE33" s="3" t="n">
-        <x:v>3358</x:v>
+        <x:v>3753</x:v>
       </x:c>
       <x:c r="EF33" s="3" t="n">
-        <x:v>3492</x:v>
+        <x:v>3981</x:v>
       </x:c>
       <x:c r="EG33" s="3" t="n">
-        <x:v>4861</x:v>
+        <x:v>5415</x:v>
       </x:c>
       <x:c r="EH33" s="3" t="n">
-        <x:v>1843</x:v>
+        <x:v>2143</x:v>
       </x:c>
       <x:c r="EI33" s="3" t="n">
-        <x:v>1664</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="EJ33" s="3" t="n">
-        <x:v>1386</x:v>
+        <x:v>1620</x:v>
       </x:c>
       <x:c r="EK33" s="3" t="n">
-        <x:v>1984</x:v>
+        <x:v>2296</x:v>
       </x:c>
       <x:c r="EL33" s="3" t="n">
-        <x:v>220</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="EM33" s="3" t="n">
-        <x:v>510</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="EN33" s="3" t="n">
-        <x:v>326</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="EO33" s="3" t="n">
-        <x:v>-6</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="EP33" s="3" t="n">
-        <x:v>-836</x:v>
+        <x:v>-726</x:v>
       </x:c>
       <x:c r="EQ33" s="3" t="n">
-        <x:v>203</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="ER33" s="3" t="n">
-        <x:v>758</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="ES33" s="3" t="n">
-        <x:v>697</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="ET33" s="3" t="n">
-        <x:v>-293</x:v>
+        <x:v>-267</x:v>
       </x:c>
       <x:c r="EU33" s="3" t="n">
-        <x:v>-20</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="EV33" s="3" t="n">
-        <x:v>-333</x:v>
+        <x:v>-320</x:v>
       </x:c>
       <x:c r="EW33" s="3" t="n">
-        <x:v>-222</x:v>
+        <x:v>-197</x:v>
       </x:c>
       <x:c r="EX33" s="3" t="n">
-        <x:v>872</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="EY33" s="3" t="n">
-        <x:v>2705</x:v>
+        <x:v>3299</x:v>
       </x:c>
       <x:c r="EZ33" s="3" t="n">
-        <x:v>5177</x:v>
+        <x:v>5771</x:v>
       </x:c>
       <x:c r="FA33" s="3" t="n">
-        <x:v>3519</x:v>
+        <x:v>4113</x:v>
       </x:c>
       <x:c r="FB33" s="3" t="n">
-        <x:v>-612</x:v>
+        <x:v>-273</x:v>
       </x:c>
       <x:c r="FC33" s="3" t="n">
-        <x:v>-221</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="FD33" s="3" t="n">
-        <x:v>1594</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="FE33" s="3" t="n">
-        <x:v>183</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="FF33" s="3" t="n">
-        <x:v>4141</x:v>
+        <x:v>4600</x:v>
       </x:c>
       <x:c r="FG33" s="3" t="n">
-        <x:v>1895</x:v>
+        <x:v>2353</x:v>
       </x:c>
       <x:c r="FH33" s="3" t="n">
-        <x:v>256</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="FI33" s="3" t="n">
-        <x:v>2026</x:v>
+        <x:v>2485</x:v>
       </x:c>
       <x:c r="FJ33" s="3" t="n">
-        <x:v>3526</x:v>
+        <x:v>4460</x:v>
       </x:c>
       <x:c r="FK33" s="3" t="n">
-        <x:v>3819</x:v>
+        <x:v>4753</x:v>
       </x:c>
       <x:c r="FL33" s="3" t="n">
-        <x:v>6948</x:v>
+        <x:v>7882</x:v>
       </x:c>
       <x:c r="FM33" s="3" t="n">
-        <x:v>10760</x:v>
+        <x:v>11694</x:v>
       </x:c>
       <x:c r="FN33" s="3" t="n">
-        <x:v>5530</x:v>
+        <x:v>6404</x:v>
       </x:c>
       <x:c r="FO33" s="3" t="n">
-        <x:v>1931</x:v>
+        <x:v>2805</x:v>
       </x:c>
       <x:c r="FP33" s="3" t="n">
-        <x:v>4964</x:v>
+        <x:v>5838</x:v>
       </x:c>
       <x:c r="FQ33" s="3" t="n">
-        <x:v>4090</x:v>
+        <x:v>4963</x:v>
       </x:c>
       <x:c r="FR33" s="3" t="n">
-        <x:v>7411</x:v>
+        <x:v>8273</x:v>
       </x:c>
       <x:c r="FS33" s="3" t="n">
-        <x:v>508</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="FT33" s="3" t="n">
-        <x:v>285</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="FU33" s="3" t="n">
-        <x:v>5112</x:v>
+        <x:v>5975</x:v>
       </x:c>
       <x:c r="FV33" s="3" t="n">
-        <x:v>4879</x:v>
+        <x:v>6003</x:v>
       </x:c>
       <x:c r="FW33" s="3" t="n">
-        <x:v>3271</x:v>
+        <x:v>3954</x:v>
       </x:c>
       <x:c r="FX33" s="3" t="n">
-        <x:v>1950</x:v>
+        <x:v>2536</x:v>
       </x:c>
       <x:c r="FY33" s="3" t="n">
-        <x:v>4367</x:v>
+        <x:v>5637</x:v>
       </x:c>
       <x:c r="FZ33" s="3" t="n">
-        <x:v>499</x:v>
+        <x:v>5543</x:v>
       </x:c>
       <x:c r="GA33" s="3" t="n">
-        <x:v>461</x:v>
+        <x:v>5243</x:v>
       </x:c>
       <x:c r="GB33" s="3" t="n">
-        <x:v>1440</x:v>
+        <x:v>7587</x:v>
       </x:c>
       <x:c r="GC33" s="3" t="n">
-        <x:v>78</x:v>
+        <x:v>3020</x:v>
       </x:c>
       <x:c r="GD33" s="3" t="n">
-        <x:v>112</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="GE33" s="3" t="n">
-        <x:v>879</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="GF33" s="3" t="n">
-        <x:v>2654</x:v>
+        <x:v>2719</x:v>
       </x:c>
       <x:c r="GG33" s="3" t="n">
-        <x:v>5501</x:v>
+        <x:v>5622</x:v>
       </x:c>
       <x:c r="GH33" s="3" t="n">
-        <x:v>318</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="GI33" s="3" t="n">
-        <x:v>1652</x:v>
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="GJ33" s="3" t="n">
+        <x:v>190</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:191">
+    <x:row r="34" spans="1:192">
       <x:c r="A34" s="2" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>1064</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
         <x:v>679</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
         <x:v>447</x:v>
       </x:c>
       <x:c r="E34" s="3" t="n">
         <x:v>520</x:v>
       </x:c>
       <x:c r="F34" s="3" t="n">
         <x:v>1181</x:v>
       </x:c>
       <x:c r="G34" s="3" t="n">
         <x:v>-340</x:v>
       </x:c>
       <x:c r="H34" s="3" t="n">
         <x:v>-477</x:v>
       </x:c>
       <x:c r="I34" s="3" t="n">
         <x:v>2950</x:v>
       </x:c>
@@ -18744,347 +18847,350 @@
       <x:c r="CH34" s="3" t="n">
         <x:v>2363</x:v>
       </x:c>
       <x:c r="CI34" s="3" t="n">
         <x:v>2353</x:v>
       </x:c>
       <x:c r="CJ34" s="3" t="n">
         <x:v>2513</x:v>
       </x:c>
       <x:c r="CK34" s="3" t="n">
         <x:v>2425</x:v>
       </x:c>
       <x:c r="CL34" s="3" t="n">
         <x:v>2507</x:v>
       </x:c>
       <x:c r="CM34" s="3" t="n">
         <x:v>2791</x:v>
       </x:c>
       <x:c r="CN34" s="3" t="n">
         <x:v>2499</x:v>
       </x:c>
       <x:c r="CO34" s="3" t="n">
         <x:v>3171</x:v>
       </x:c>
       <x:c r="CP34" s="3" t="n">
-        <x:v>3291</x:v>
+        <x:v>3318</x:v>
       </x:c>
       <x:c r="CQ34" s="3" t="n">
-        <x:v>2793</x:v>
+        <x:v>2823</x:v>
       </x:c>
       <x:c r="CR34" s="3" t="n">
-        <x:v>2542</x:v>
+        <x:v>2569</x:v>
       </x:c>
       <x:c r="CS34" s="3" t="n">
-        <x:v>1801</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="CT34" s="3" t="n">
-        <x:v>2271</x:v>
+        <x:v>2323</x:v>
       </x:c>
       <x:c r="CU34" s="3" t="n">
-        <x:v>2395</x:v>
+        <x:v>2457</x:v>
       </x:c>
       <x:c r="CV34" s="3" t="n">
-        <x:v>2140</x:v>
+        <x:v>2193</x:v>
       </x:c>
       <x:c r="CW34" s="3" t="n">
-        <x:v>1960</x:v>
+        <x:v>2033</x:v>
       </x:c>
       <x:c r="CX34" s="3" t="n">
-        <x:v>616</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="CY34" s="3" t="n">
-        <x:v>1528</x:v>
+        <x:v>1589</x:v>
       </x:c>
       <x:c r="CZ34" s="3" t="n">
-        <x:v>1677</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="DA34" s="3" t="n">
-        <x:v>1645</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="DB34" s="3" t="n">
-        <x:v>1059</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="DC34" s="3" t="n">
-        <x:v>924</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="DD34" s="3" t="n">
-        <x:v>1827</x:v>
+        <x:v>1906</x:v>
       </x:c>
       <x:c r="DE34" s="3" t="n">
-        <x:v>3329</x:v>
+        <x:v>3432</x:v>
       </x:c>
       <x:c r="DF34" s="3" t="n">
-        <x:v>3394</x:v>
+        <x:v>3512</x:v>
       </x:c>
       <x:c r="DG34" s="3" t="n">
-        <x:v>3528</x:v>
+        <x:v>3661</x:v>
       </x:c>
       <x:c r="DH34" s="3" t="n">
-        <x:v>3137</x:v>
+        <x:v>3269</x:v>
       </x:c>
       <x:c r="DI34" s="3" t="n">
-        <x:v>4181</x:v>
+        <x:v>4340</x:v>
       </x:c>
       <x:c r="DJ34" s="3" t="n">
-        <x:v>3716</x:v>
+        <x:v>3879</x:v>
       </x:c>
       <x:c r="DK34" s="3" t="n">
-        <x:v>3243</x:v>
+        <x:v>3424</x:v>
       </x:c>
       <x:c r="DL34" s="3" t="n">
-        <x:v>3390</x:v>
+        <x:v>3571</x:v>
       </x:c>
       <x:c r="DM34" s="3" t="n">
-        <x:v>2946</x:v>
+        <x:v>3143</x:v>
       </x:c>
       <x:c r="DN34" s="3" t="n">
-        <x:v>4524</x:v>
+        <x:v>4897</x:v>
       </x:c>
       <x:c r="DO34" s="3" t="n">
-        <x:v>3941</x:v>
+        <x:v>4274</x:v>
       </x:c>
       <x:c r="DP34" s="3" t="n">
-        <x:v>4294</x:v>
+        <x:v>4636</x:v>
       </x:c>
       <x:c r="DQ34" s="3" t="n">
-        <x:v>4447</x:v>
+        <x:v>4845</x:v>
       </x:c>
       <x:c r="DR34" s="3" t="n">
-        <x:v>4994</x:v>
+        <x:v>5282</x:v>
       </x:c>
       <x:c r="DS34" s="3" t="n">
-        <x:v>4695</x:v>
+        <x:v>5009</x:v>
       </x:c>
       <x:c r="DT34" s="3" t="n">
-        <x:v>3709</x:v>
+        <x:v>3981</x:v>
       </x:c>
       <x:c r="DU34" s="3" t="n">
-        <x:v>6350</x:v>
+        <x:v>6651</x:v>
       </x:c>
       <x:c r="DV34" s="3" t="n">
-        <x:v>5889</x:v>
+        <x:v>6461</x:v>
       </x:c>
       <x:c r="DW34" s="3" t="n">
-        <x:v>7851</x:v>
+        <x:v>8551</x:v>
       </x:c>
       <x:c r="DX34" s="3" t="n">
-        <x:v>6925</x:v>
+        <x:v>7510</x:v>
       </x:c>
       <x:c r="DY34" s="3" t="n">
-        <x:v>7338</x:v>
+        <x:v>7931</x:v>
       </x:c>
       <x:c r="DZ34" s="3" t="n">
-        <x:v>5064</x:v>
+        <x:v>5464</x:v>
       </x:c>
       <x:c r="EA34" s="3" t="n">
-        <x:v>5432</x:v>
+        <x:v>5890</x:v>
       </x:c>
       <x:c r="EB34" s="3" t="n">
-        <x:v>5036</x:v>
+        <x:v>5456</x:v>
       </x:c>
       <x:c r="EC34" s="3" t="n">
-        <x:v>5436</x:v>
+        <x:v>5923</x:v>
       </x:c>
       <x:c r="ED34" s="3" t="n">
-        <x:v>4441</x:v>
+        <x:v>4881</x:v>
       </x:c>
       <x:c r="EE34" s="3" t="n">
-        <x:v>5260</x:v>
+        <x:v>5732</x:v>
       </x:c>
       <x:c r="EF34" s="3" t="n">
+        <x:v>5060</x:v>
+      </x:c>
+      <x:c r="EG34" s="3" t="n">
+        <x:v>5771</x:v>
+      </x:c>
+      <x:c r="EH34" s="3" t="n">
+        <x:v>5897</x:v>
+      </x:c>
+      <x:c r="EI34" s="3" t="n">
+        <x:v>6249</x:v>
+      </x:c>
+      <x:c r="EJ34" s="3" t="n">
+        <x:v>6686</x:v>
+      </x:c>
+      <x:c r="EK34" s="3" t="n">
+        <x:v>7228</x:v>
+      </x:c>
+      <x:c r="EL34" s="3" t="n">
+        <x:v>5732</x:v>
+      </x:c>
+      <x:c r="EM34" s="3" t="n">
+        <x:v>6510</x:v>
+      </x:c>
+      <x:c r="EN34" s="3" t="n">
+        <x:v>6092</x:v>
+      </x:c>
+      <x:c r="EO34" s="3" t="n">
+        <x:v>4944</x:v>
+      </x:c>
+      <x:c r="EP34" s="3" t="n">
+        <x:v>3877</x:v>
+      </x:c>
+      <x:c r="EQ34" s="3" t="n">
+        <x:v>4536</x:v>
+      </x:c>
+      <x:c r="ER34" s="3" t="n">
+        <x:v>4699</x:v>
+      </x:c>
+      <x:c r="ES34" s="3" t="n">
+        <x:v>4353</x:v>
+      </x:c>
+      <x:c r="ET34" s="3" t="n">
+        <x:v>3875</x:v>
+      </x:c>
+      <x:c r="EU34" s="3" t="n">
+        <x:v>4351</x:v>
+      </x:c>
+      <x:c r="EV34" s="3" t="n">
+        <x:v>3547</x:v>
+      </x:c>
+      <x:c r="EW34" s="3" t="n">
+        <x:v>4105</x:v>
+      </x:c>
+      <x:c r="EX34" s="3" t="n">
+        <x:v>3077</x:v>
+      </x:c>
+      <x:c r="EY34" s="3" t="n">
         <x:v>4569</x:v>
       </x:c>
-      <x:c r="EG34" s="3" t="n">
-[...55 lines deleted...]
-      </x:c>
       <x:c r="EZ34" s="3" t="n">
-        <x:v>3730</x:v>
+        <x:v>5025</x:v>
       </x:c>
       <x:c r="FA34" s="3" t="n">
-        <x:v>2182</x:v>
+        <x:v>3476</x:v>
       </x:c>
       <x:c r="FB34" s="3" t="n">
-        <x:v>4239</x:v>
+        <x:v>5314</x:v>
       </x:c>
       <x:c r="FC34" s="3" t="n">
-        <x:v>4438</x:v>
+        <x:v>5513</x:v>
       </x:c>
       <x:c r="FD34" s="3" t="n">
-        <x:v>4043</x:v>
+        <x:v>5118</x:v>
       </x:c>
       <x:c r="FE34" s="3" t="n">
-        <x:v>3465</x:v>
+        <x:v>4539</x:v>
       </x:c>
       <x:c r="FF34" s="3" t="n">
-        <x:v>3894</x:v>
+        <x:v>4881</x:v>
       </x:c>
       <x:c r="FG34" s="3" t="n">
-        <x:v>4334</x:v>
+        <x:v>5321</x:v>
       </x:c>
       <x:c r="FH34" s="3" t="n">
-        <x:v>3896</x:v>
+        <x:v>4883</x:v>
       </x:c>
       <x:c r="FI34" s="3" t="n">
-        <x:v>4897</x:v>
+        <x:v>5884</x:v>
       </x:c>
       <x:c r="FJ34" s="3" t="n">
-        <x:v>5225</x:v>
+        <x:v>6460</x:v>
       </x:c>
       <x:c r="FK34" s="3" t="n">
-        <x:v>6396</x:v>
+        <x:v>7631</x:v>
       </x:c>
       <x:c r="FL34" s="3" t="n">
-        <x:v>6991</x:v>
+        <x:v>8226</x:v>
       </x:c>
       <x:c r="FM34" s="3" t="n">
-        <x:v>7008</x:v>
+        <x:v>8243</x:v>
       </x:c>
       <x:c r="FN34" s="3" t="n">
-        <x:v>5959</x:v>
+        <x:v>7297</x:v>
       </x:c>
       <x:c r="FO34" s="3" t="n">
-        <x:v>5908</x:v>
+        <x:v>7246</x:v>
       </x:c>
       <x:c r="FP34" s="3" t="n">
-        <x:v>4899</x:v>
+        <x:v>6237</x:v>
       </x:c>
       <x:c r="FQ34" s="3" t="n">
-        <x:v>6010</x:v>
+        <x:v>7348</x:v>
       </x:c>
       <x:c r="FR34" s="3" t="n">
-        <x:v>7906</x:v>
+        <x:v>9354</x:v>
       </x:c>
       <x:c r="FS34" s="3" t="n">
-        <x:v>6584</x:v>
+        <x:v>8032</x:v>
       </x:c>
       <x:c r="FT34" s="3" t="n">
-        <x:v>9260</x:v>
+        <x:v>10708</x:v>
       </x:c>
       <x:c r="FU34" s="3" t="n">
-        <x:v>7742</x:v>
+        <x:v>9190</x:v>
       </x:c>
       <x:c r="FV34" s="3" t="n">
-        <x:v>10882</x:v>
+        <x:v>12280</x:v>
       </x:c>
       <x:c r="FW34" s="3" t="n">
-        <x:v>7275</x:v>
+        <x:v>8695</x:v>
       </x:c>
       <x:c r="FX34" s="3" t="n">
-        <x:v>7893</x:v>
+        <x:v>9377</x:v>
       </x:c>
       <x:c r="FY34" s="3" t="n">
-        <x:v>5400</x:v>
+        <x:v>6727</x:v>
       </x:c>
       <x:c r="FZ34" s="3" t="n">
-        <x:v>9852</x:v>
+        <x:v>8827</x:v>
       </x:c>
       <x:c r="GA34" s="3" t="n">
-        <x:v>10739</x:v>
+        <x:v>11968</x:v>
       </x:c>
       <x:c r="GB34" s="3" t="n">
-        <x:v>6063</x:v>
+        <x:v>5140</x:v>
       </x:c>
       <x:c r="GC34" s="3" t="n">
-        <x:v>8574</x:v>
+        <x:v>8924</x:v>
       </x:c>
       <x:c r="GD34" s="3" t="n">
-        <x:v>8128</x:v>
+        <x:v>9144</x:v>
       </x:c>
       <x:c r="GE34" s="3" t="n">
-        <x:v>8179</x:v>
+        <x:v>11146</x:v>
       </x:c>
       <x:c r="GF34" s="3" t="n">
-        <x:v>9570</x:v>
+        <x:v>12089</x:v>
       </x:c>
       <x:c r="GG34" s="3" t="n">
-        <x:v>11517</x:v>
+        <x:v>12643</x:v>
       </x:c>
       <x:c r="GH34" s="3" t="n">
-        <x:v>10008</x:v>
+        <x:v>12660</x:v>
       </x:c>
       <x:c r="GI34" s="3" t="n">
-        <x:v>10402</x:v>
+        <x:v>12840</x:v>
+      </x:c>
+      <x:c r="GJ34" s="3" t="n">
+        <x:v>9922</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:191">
+    <x:row r="35" spans="1:192">
       <x:c r="A35" s="2" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D35" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E35" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F35" s="3" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="G35" s="3" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H35" s="3" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="3" t="n">
         <x:v>17</x:v>
       </x:c>
@@ -19319,347 +19425,350 @@
       <x:c r="CH35" s="3" t="n">
         <x:v>162</x:v>
       </x:c>
       <x:c r="CI35" s="3" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="CJ35" s="3" t="n">
         <x:v>199</x:v>
       </x:c>
       <x:c r="CK35" s="3" t="n">
         <x:v>213</x:v>
       </x:c>
       <x:c r="CL35" s="3" t="n">
         <x:v>122</x:v>
       </x:c>
       <x:c r="CM35" s="3" t="n">
         <x:v>128</x:v>
       </x:c>
       <x:c r="CN35" s="3" t="n">
         <x:v>151</x:v>
       </x:c>
       <x:c r="CO35" s="3" t="n">
         <x:v>160</x:v>
       </x:c>
       <x:c r="CP35" s="3" t="n">
-        <x:v>-92</x:v>
+        <x:v>-87</x:v>
       </x:c>
       <x:c r="CQ35" s="3" t="n">
-        <x:v>-65</x:v>
+        <x:v>-60</x:v>
       </x:c>
       <x:c r="CR35" s="3" t="n">
-        <x:v>-51</x:v>
+        <x:v>-45</x:v>
       </x:c>
       <x:c r="CS35" s="3" t="n">
-        <x:v>-59</x:v>
+        <x:v>-54</x:v>
       </x:c>
       <x:c r="CT35" s="3" t="n">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="CU35" s="3" t="n">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="CV35" s="3" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="CW35" s="3" t="n">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="CU35" s="3" t="n">
-[...5 lines deleted...]
-      <x:c r="CW35" s="3" t="n">
+      <x:c r="CX35" s="3" t="n">
+        <x:v>-5</x:v>
+      </x:c>
+      <x:c r="CY35" s="3" t="n">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="CZ35" s="3" t="n">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="DA35" s="3" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="DB35" s="3" t="n">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="DC35" s="3" t="n">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="DD35" s="3" t="n">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="DE35" s="3" t="n">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="DF35" s="3" t="n">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="DG35" s="3" t="n">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="DH35" s="3" t="n">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="DI35" s="3" t="n">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="DJ35" s="3" t="n">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="DK35" s="3" t="n">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="DL35" s="3" t="n">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="DM35" s="3" t="n">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="DN35" s="3" t="n">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="DO35" s="3" t="n">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="DP35" s="3" t="n">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="DQ35" s="3" t="n">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="DR35" s="3" t="n">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="DS35" s="3" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="DT35" s="3" t="n">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="DU35" s="3" t="n">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="DV35" s="3" t="n">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="DW35" s="3" t="n">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="DX35" s="3" t="n">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="DY35" s="3" t="n">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="DZ35" s="3" t="n">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="EA35" s="3" t="n">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="EB35" s="3" t="n">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="EC35" s="3" t="n">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="ED35" s="3" t="n">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="EE35" s="3" t="n">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="EF35" s="3" t="n">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="EG35" s="3" t="n">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="EH35" s="3" t="n">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="EI35" s="3" t="n">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="EJ35" s="3" t="n">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="CX35" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="DC35" s="3" t="n">
+      <x:c r="EK35" s="3" t="n">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="EL35" s="3" t="n">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="EM35" s="3" t="n">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="EN35" s="3" t="n">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="EO35" s="3" t="n">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="EP35" s="3" t="n">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="DD35" s="3" t="n">
-[...53 lines deleted...]
-      <x:c r="DV35" s="3" t="n">
+      <x:c r="EQ35" s="3" t="n">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="ER35" s="3" t="n">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="ES35" s="3" t="n">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="ET35" s="3" t="n">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="EU35" s="3" t="n">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="EV35" s="3" t="n">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="EW35" s="3" t="n">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="EX35" s="3" t="n">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="EY35" s="3" t="n">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="EZ35" s="3" t="n">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="FA35" s="3" t="n">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="FB35" s="3" t="n">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="FC35" s="3" t="n">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="FD35" s="3" t="n">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="FE35" s="3" t="n">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="DW35" s="3" t="n">
-[...103 lines deleted...]
-      </x:c>
       <x:c r="FF35" s="3" t="n">
-        <x:v>215</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="FG35" s="3" t="n">
-        <x:v>228</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="FH35" s="3" t="n">
-        <x:v>199</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="FI35" s="3" t="n">
-        <x:v>229</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="FJ35" s="3" t="n">
-        <x:v>252</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="FK35" s="3" t="n">
-        <x:v>314</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="FL35" s="3" t="n">
-        <x:v>294</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="FM35" s="3" t="n">
-        <x:v>293</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="FN35" s="3" t="n">
-        <x:v>338</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="FO35" s="3" t="n">
-        <x:v>354</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="FP35" s="3" t="n">
-        <x:v>330</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="FQ35" s="3" t="n">
-        <x:v>389</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="FR35" s="3" t="n">
-        <x:v>229</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="FS35" s="3" t="n">
-        <x:v>239</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="FT35" s="3" t="n">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="FU35" s="3" t="n">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="FV35" s="3" t="n">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="FW35" s="3" t="n">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="FX35" s="3" t="n">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="FY35" s="3" t="n">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="FZ35" s="3" t="n">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c r="GA35" s="3" t="n">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="GB35" s="3" t="n">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="GC35" s="3" t="n">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="GD35" s="3" t="n">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="GE35" s="3" t="n">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="GF35" s="3" t="n">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="GG35" s="3" t="n">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="GH35" s="3" t="n">
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="GI35" s="3" t="n">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="GJ35" s="3" t="n">
+        <x:v>713</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:192">
+      <x:c r="A36" s="2" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...48 lines deleted...]
-        <x:v>223</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
         <x:v>127</x:v>
       </x:c>
       <x:c r="E36" s="3" t="n">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F36" s="3" t="n">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G36" s="3" t="n">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H36" s="3" t="n">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I36" s="3" t="n">
         <x:v>138</x:v>
       </x:c>
@@ -19894,347 +20003,350 @@
       <x:c r="CH36" s="3" t="n">
         <x:v>335</x:v>
       </x:c>
       <x:c r="CI36" s="3" t="n">
         <x:v>443</x:v>
       </x:c>
       <x:c r="CJ36" s="3" t="n">
         <x:v>509</x:v>
       </x:c>
       <x:c r="CK36" s="3" t="n">
         <x:v>447</x:v>
       </x:c>
       <x:c r="CL36" s="3" t="n">
         <x:v>489</x:v>
       </x:c>
       <x:c r="CM36" s="3" t="n">
         <x:v>498</x:v>
       </x:c>
       <x:c r="CN36" s="3" t="n">
         <x:v>532</x:v>
       </x:c>
       <x:c r="CO36" s="3" t="n">
         <x:v>481</x:v>
       </x:c>
       <x:c r="CP36" s="3" t="n">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="CQ36" s="3" t="n">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="CR36" s="3" t="n">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="CS36" s="3" t="n">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="CT36" s="3" t="n">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="CU36" s="3" t="n">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="CV36" s="3" t="n">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="CW36" s="3" t="n">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="CX36" s="3" t="n">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="CY36" s="3" t="n">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="CZ36" s="3" t="n">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="DA36" s="3" t="n">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="DB36" s="3" t="n">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="DC36" s="3" t="n">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="DD36" s="3" t="n">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="DE36" s="3" t="n">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="DF36" s="3" t="n">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="DG36" s="3" t="n">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="DH36" s="3" t="n">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="DI36" s="3" t="n">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="DJ36" s="3" t="n">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="DK36" s="3" t="n">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="DL36" s="3" t="n">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="DM36" s="3" t="n">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="DN36" s="3" t="n">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="DO36" s="3" t="n">
+        <x:v>937</x:v>
+      </x:c>
+      <x:c r="DP36" s="3" t="n">
+        <x:v>916</x:v>
+      </x:c>
+      <x:c r="DQ36" s="3" t="n">
+        <x:v>1018</x:v>
+      </x:c>
+      <x:c r="DR36" s="3" t="n">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="DS36" s="3" t="n">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="DT36" s="3" t="n">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="DU36" s="3" t="n">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="DV36" s="3" t="n">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="DW36" s="3" t="n">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="DX36" s="3" t="n">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="DY36" s="3" t="n">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="DZ36" s="3" t="n">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="EA36" s="3" t="n">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="EB36" s="3" t="n">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="EC36" s="3" t="n">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="ED36" s="3" t="n">
         <x:v>577</x:v>
       </x:c>
-      <x:c r="CQ36" s="3" t="n">
-[...118 lines deleted...]
-      </x:c>
       <x:c r="EE36" s="3" t="n">
-        <x:v>402</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="EF36" s="3" t="n">
-        <x:v>443</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="EG36" s="3" t="n">
-        <x:v>494</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="EH36" s="3" t="n">
-        <x:v>511</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="EI36" s="3" t="n">
-        <x:v>508</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="EJ36" s="3" t="n">
-        <x:v>578</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="EK36" s="3" t="n">
-        <x:v>614</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="EL36" s="3" t="n">
-        <x:v>529</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="EM36" s="3" t="n">
-        <x:v>562</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="EN36" s="3" t="n">
-        <x:v>562</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="EO36" s="3" t="n">
-        <x:v>567</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="EP36" s="3" t="n">
-        <x:v>597</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="EQ36" s="3" t="n">
-        <x:v>658</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="ER36" s="3" t="n">
-        <x:v>680</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="ES36" s="3" t="n">
-        <x:v>648</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="ET36" s="3" t="n">
-        <x:v>434</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="EU36" s="3" t="n">
-        <x:v>583</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="EV36" s="3" t="n">
-        <x:v>589</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="EW36" s="3" t="n">
-        <x:v>575</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="EX36" s="3" t="n">
-        <x:v>568</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="EY36" s="3" t="n">
-        <x:v>617</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="EZ36" s="3" t="n">
-        <x:v>679</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="FA36" s="3" t="n">
-        <x:v>697</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="FB36" s="3" t="n">
-        <x:v>702</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="FC36" s="3" t="n">
-        <x:v>786</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="FD36" s="3" t="n">
-        <x:v>885</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="FE36" s="3" t="n">
-        <x:v>866</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="FF36" s="3" t="n">
-        <x:v>822</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="FG36" s="3" t="n">
-        <x:v>922</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="FH36" s="3" t="n">
-        <x:v>916</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="FI36" s="3" t="n">
-        <x:v>766</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="FJ36" s="3" t="n">
-        <x:v>847</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="FK36" s="3" t="n">
-        <x:v>963</x:v>
+        <x:v>1612</x:v>
       </x:c>
       <x:c r="FL36" s="3" t="n">
-        <x:v>941</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="FM36" s="3" t="n">
-        <x:v>831</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="FN36" s="3" t="n">
-        <x:v>946</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="FO36" s="3" t="n">
-        <x:v>531</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="FP36" s="3" t="n">
-        <x:v>941</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="FQ36" s="3" t="n">
-        <x:v>711</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="FR36" s="3" t="n">
-        <x:v>710</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="FS36" s="3" t="n">
-        <x:v>842</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="FT36" s="3" t="n">
-        <x:v>1125</x:v>
+        <x:v>1842</x:v>
       </x:c>
       <x:c r="FU36" s="3" t="n">
-        <x:v>876</x:v>
+        <x:v>1593</x:v>
       </x:c>
       <x:c r="FV36" s="3" t="n">
-        <x:v>979</x:v>
+        <x:v>1798</x:v>
       </x:c>
       <x:c r="FW36" s="3" t="n">
-        <x:v>1023</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="FX36" s="3" t="n">
-        <x:v>1014</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="FY36" s="3" t="n">
-        <x:v>731</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="FZ36" s="3" t="n">
-        <x:v>874</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="GA36" s="3" t="n">
-        <x:v>1051</x:v>
+        <x:v>1612</x:v>
       </x:c>
       <x:c r="GB36" s="3" t="n">
-        <x:v>1043</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="GC36" s="3" t="n">
-        <x:v>938</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="GD36" s="3" t="n">
-        <x:v>873</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="GE36" s="3" t="n">
-        <x:v>998</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="GF36" s="3" t="n">
-        <x:v>1072</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="GG36" s="3" t="n">
-        <x:v>1009</x:v>
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="GH36" s="3" t="n">
-        <x:v>1007</x:v>
+        <x:v>1593</x:v>
       </x:c>
       <x:c r="GI36" s="3" t="n">
-        <x:v>1316</x:v>
+        <x:v>2110</x:v>
+      </x:c>
+      <x:c r="GJ36" s="3" t="n">
+        <x:v>1920</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:191">
+    <x:row r="37" spans="1:192">
       <x:c r="A37" s="2" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>654</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
         <x:v>665</x:v>
       </x:c>
       <x:c r="E37" s="3" t="n">
         <x:v>738</x:v>
       </x:c>
       <x:c r="F37" s="3" t="n">
         <x:v>644</x:v>
       </x:c>
       <x:c r="G37" s="3" t="n">
         <x:v>802</x:v>
       </x:c>
       <x:c r="H37" s="3" t="n">
         <x:v>656</x:v>
       </x:c>
       <x:c r="I37" s="3" t="n">
         <x:v>748</x:v>
       </x:c>
@@ -20469,347 +20581,350 @@
       <x:c r="CH37" s="3" t="n">
         <x:v>2573</x:v>
       </x:c>
       <x:c r="CI37" s="3" t="n">
         <x:v>2632</x:v>
       </x:c>
       <x:c r="CJ37" s="3" t="n">
         <x:v>2775</x:v>
       </x:c>
       <x:c r="CK37" s="3" t="n">
         <x:v>3179</x:v>
       </x:c>
       <x:c r="CL37" s="3" t="n">
         <x:v>3224</x:v>
       </x:c>
       <x:c r="CM37" s="3" t="n">
         <x:v>3549</x:v>
       </x:c>
       <x:c r="CN37" s="3" t="n">
         <x:v>3417</x:v>
       </x:c>
       <x:c r="CO37" s="3" t="n">
         <x:v>3632</x:v>
       </x:c>
       <x:c r="CP37" s="3" t="n">
-        <x:v>3685</x:v>
+        <x:v>3706</x:v>
       </x:c>
       <x:c r="CQ37" s="3" t="n">
-        <x:v>3879</x:v>
+        <x:v>3901</x:v>
       </x:c>
       <x:c r="CR37" s="3" t="n">
-        <x:v>3803</x:v>
+        <x:v>3824</x:v>
       </x:c>
       <x:c r="CS37" s="3" t="n">
-        <x:v>3782</x:v>
+        <x:v>3804</x:v>
       </x:c>
       <x:c r="CT37" s="3" t="n">
-        <x:v>3774</x:v>
+        <x:v>3819</x:v>
       </x:c>
       <x:c r="CU37" s="3" t="n">
-        <x:v>2677</x:v>
+        <x:v>2707</x:v>
       </x:c>
       <x:c r="CV37" s="3" t="n">
-        <x:v>3189</x:v>
+        <x:v>3227</x:v>
       </x:c>
       <x:c r="CW37" s="3" t="n">
-        <x:v>3279</x:v>
+        <x:v>3317</x:v>
       </x:c>
       <x:c r="CX37" s="3" t="n">
-        <x:v>2825</x:v>
+        <x:v>2871</x:v>
       </x:c>
       <x:c r="CY37" s="3" t="n">
-        <x:v>2383</x:v>
+        <x:v>2418</x:v>
       </x:c>
       <x:c r="CZ37" s="3" t="n">
-        <x:v>2530</x:v>
+        <x:v>2570</x:v>
       </x:c>
       <x:c r="DA37" s="3" t="n">
-        <x:v>2567</x:v>
+        <x:v>2608</x:v>
       </x:c>
       <x:c r="DB37" s="3" t="n">
-        <x:v>2987</x:v>
+        <x:v>3053</x:v>
       </x:c>
       <x:c r="DC37" s="3" t="n">
-        <x:v>2787</x:v>
+        <x:v>2847</x:v>
       </x:c>
       <x:c r="DD37" s="3" t="n">
-        <x:v>2655</x:v>
+        <x:v>2713</x:v>
       </x:c>
       <x:c r="DE37" s="3" t="n">
-        <x:v>2737</x:v>
+        <x:v>2796</x:v>
       </x:c>
       <x:c r="DF37" s="3" t="n">
-        <x:v>3481</x:v>
+        <x:v>3573</x:v>
       </x:c>
       <x:c r="DG37" s="3" t="n">
-        <x:v>3184</x:v>
+        <x:v>3268</x:v>
       </x:c>
       <x:c r="DH37" s="3" t="n">
-        <x:v>3116</x:v>
+        <x:v>3196</x:v>
       </x:c>
       <x:c r="DI37" s="3" t="n">
-        <x:v>3201</x:v>
+        <x:v>3282</x:v>
       </x:c>
       <x:c r="DJ37" s="3" t="n">
-        <x:v>3581</x:v>
+        <x:v>3693</x:v>
       </x:c>
       <x:c r="DK37" s="3" t="n">
-        <x:v>3381</x:v>
+        <x:v>3486</x:v>
       </x:c>
       <x:c r="DL37" s="3" t="n">
-        <x:v>3425</x:v>
+        <x:v>3530</x:v>
       </x:c>
       <x:c r="DM37" s="3" t="n">
-        <x:v>3559</x:v>
+        <x:v>3669</x:v>
       </x:c>
       <x:c r="DN37" s="3" t="n">
-        <x:v>3932</x:v>
+        <x:v>4090</x:v>
       </x:c>
       <x:c r="DO37" s="3" t="n">
-        <x:v>3715</x:v>
+        <x:v>3860</x:v>
       </x:c>
       <x:c r="DP37" s="3" t="n">
-        <x:v>3530</x:v>
+        <x:v>3671</x:v>
       </x:c>
       <x:c r="DQ37" s="3" t="n">
-        <x:v>3755</x:v>
+        <x:v>3900</x:v>
       </x:c>
       <x:c r="DR37" s="3" t="n">
-        <x:v>4733</x:v>
+        <x:v>4922</x:v>
       </x:c>
       <x:c r="DS37" s="3" t="n">
-        <x:v>4687</x:v>
+        <x:v>4874</x:v>
       </x:c>
       <x:c r="DT37" s="3" t="n">
-        <x:v>4662</x:v>
+        <x:v>4849</x:v>
       </x:c>
       <x:c r="DU37" s="3" t="n">
-        <x:v>4997</x:v>
+        <x:v>5199</x:v>
       </x:c>
       <x:c r="DV37" s="3" t="n">
-        <x:v>4216</x:v>
+        <x:v>4412</x:v>
       </x:c>
       <x:c r="DW37" s="3" t="n">
-        <x:v>4081</x:v>
+        <x:v>4270</x:v>
       </x:c>
       <x:c r="DX37" s="3" t="n">
-        <x:v>4064</x:v>
+        <x:v>4252</x:v>
       </x:c>
       <x:c r="DY37" s="3" t="n">
-        <x:v>4300</x:v>
+        <x:v>4501</x:v>
       </x:c>
       <x:c r="DZ37" s="3" t="n">
-        <x:v>4393</x:v>
+        <x:v>4626</x:v>
       </x:c>
       <x:c r="EA37" s="3" t="n">
-        <x:v>4369</x:v>
+        <x:v>4602</x:v>
       </x:c>
       <x:c r="EB37" s="3" t="n">
-        <x:v>4151</x:v>
+        <x:v>4373</x:v>
       </x:c>
       <x:c r="EC37" s="3" t="n">
-        <x:v>4598</x:v>
+        <x:v>4841</x:v>
       </x:c>
       <x:c r="ED37" s="3" t="n">
-        <x:v>4289</x:v>
+        <x:v>4536</x:v>
       </x:c>
       <x:c r="EE37" s="3" t="n">
-        <x:v>4204</x:v>
+        <x:v>4447</x:v>
       </x:c>
       <x:c r="EF37" s="3" t="n">
-        <x:v>4088</x:v>
+        <x:v>4325</x:v>
       </x:c>
       <x:c r="EG37" s="3" t="n">
-        <x:v>4512</x:v>
+        <x:v>4770</x:v>
       </x:c>
       <x:c r="EH37" s="3" t="n">
-        <x:v>4780</x:v>
+        <x:v>5085</x:v>
       </x:c>
       <x:c r="EI37" s="3" t="n">
-        <x:v>4558</x:v>
+        <x:v>4850</x:v>
       </x:c>
       <x:c r="EJ37" s="3" t="n">
-        <x:v>4475</x:v>
+        <x:v>4765</x:v>
       </x:c>
       <x:c r="EK37" s="3" t="n">
-        <x:v>5140</x:v>
+        <x:v>5470</x:v>
       </x:c>
       <x:c r="EL37" s="3" t="n">
-        <x:v>4928</x:v>
+        <x:v>5272</x:v>
       </x:c>
       <x:c r="EM37" s="3" t="n">
-        <x:v>5223</x:v>
+        <x:v>5590</x:v>
       </x:c>
       <x:c r="EN37" s="3" t="n">
-        <x:v>4868</x:v>
+        <x:v>5213</x:v>
       </x:c>
       <x:c r="EO37" s="3" t="n">
-        <x:v>5690</x:v>
+        <x:v>6090</x:v>
       </x:c>
       <x:c r="EP37" s="3" t="n">
-        <x:v>4971</x:v>
+        <x:v>5348</x:v>
       </x:c>
       <x:c r="EQ37" s="3" t="n">
-        <x:v>4785</x:v>
+        <x:v>5150</x:v>
       </x:c>
       <x:c r="ER37" s="3" t="n">
-        <x:v>4576</x:v>
+        <x:v>4926</x:v>
       </x:c>
       <x:c r="ES37" s="3" t="n">
-        <x:v>5219</x:v>
+        <x:v>5613</x:v>
       </x:c>
       <x:c r="ET37" s="3" t="n">
-        <x:v>5656</x:v>
+        <x:v>6143</x:v>
       </x:c>
       <x:c r="EU37" s="3" t="n">
-        <x:v>5421</x:v>
+        <x:v>5889</x:v>
       </x:c>
       <x:c r="EV37" s="3" t="n">
-        <x:v>5158</x:v>
+        <x:v>5607</x:v>
       </x:c>
       <x:c r="EW37" s="3" t="n">
-        <x:v>5954</x:v>
+        <x:v>6462</x:v>
       </x:c>
       <x:c r="EX37" s="3" t="n">
-        <x:v>5648</x:v>
+        <x:v>6173</x:v>
       </x:c>
       <x:c r="EY37" s="3" t="n">
-        <x:v>6045</x:v>
+        <x:v>6570</x:v>
       </x:c>
       <x:c r="EZ37" s="3" t="n">
-        <x:v>5610</x:v>
+        <x:v>6135</x:v>
       </x:c>
       <x:c r="FA37" s="3" t="n">
-        <x:v>6865</x:v>
+        <x:v>7390</x:v>
       </x:c>
       <x:c r="FB37" s="3" t="n">
-        <x:v>7695</x:v>
+        <x:v>8380</x:v>
       </x:c>
       <x:c r="FC37" s="3" t="n">
-        <x:v>7258</x:v>
+        <x:v>7943</x:v>
       </x:c>
       <x:c r="FD37" s="3" t="n">
-        <x:v>7136</x:v>
+        <x:v>7821</x:v>
       </x:c>
       <x:c r="FE37" s="3" t="n">
-        <x:v>8297</x:v>
+        <x:v>8982</x:v>
       </x:c>
       <x:c r="FF37" s="3" t="n">
-        <x:v>8838</x:v>
+        <x:v>9655</x:v>
       </x:c>
       <x:c r="FG37" s="3" t="n">
-        <x:v>8755</x:v>
+        <x:v>9572</x:v>
       </x:c>
       <x:c r="FH37" s="3" t="n">
-        <x:v>8326</x:v>
+        <x:v>9143</x:v>
       </x:c>
       <x:c r="FI37" s="3" t="n">
-        <x:v>9707</x:v>
+        <x:v>10524</x:v>
       </x:c>
       <x:c r="FJ37" s="3" t="n">
-        <x:v>9440</x:v>
+        <x:v>10359</x:v>
       </x:c>
       <x:c r="FK37" s="3" t="n">
-        <x:v>8540</x:v>
+        <x:v>9459</x:v>
       </x:c>
       <x:c r="FL37" s="3" t="n">
-        <x:v>8211</x:v>
+        <x:v>9129</x:v>
       </x:c>
       <x:c r="FM37" s="3" t="n">
-        <x:v>9324</x:v>
+        <x:v>10243</x:v>
       </x:c>
       <x:c r="FN37" s="3" t="n">
-        <x:v>11840</x:v>
+        <x:v>13049</x:v>
       </x:c>
       <x:c r="FO37" s="3" t="n">
-        <x:v>10643</x:v>
+        <x:v>11852</x:v>
       </x:c>
       <x:c r="FP37" s="3" t="n">
-        <x:v>10419</x:v>
+        <x:v>11628</x:v>
       </x:c>
       <x:c r="FQ37" s="3" t="n">
-        <x:v>12805</x:v>
+        <x:v>14014</x:v>
       </x:c>
       <x:c r="FR37" s="3" t="n">
-        <x:v>12339</x:v>
+        <x:v>13679</x:v>
       </x:c>
       <x:c r="FS37" s="3" t="n">
-        <x:v>11611</x:v>
+        <x:v>12950</x:v>
       </x:c>
       <x:c r="FT37" s="3" t="n">
-        <x:v>11297</x:v>
+        <x:v>12636</x:v>
       </x:c>
       <x:c r="FU37" s="3" t="n">
-        <x:v>12524</x:v>
+        <x:v>13864</x:v>
       </x:c>
       <x:c r="FV37" s="3" t="n">
-        <x:v>11967</x:v>
+        <x:v>13710</x:v>
       </x:c>
       <x:c r="FW37" s="3" t="n">
-        <x:v>10106</x:v>
+        <x:v>11382</x:v>
       </x:c>
       <x:c r="FX37" s="3" t="n">
-        <x:v>9774</x:v>
+        <x:v>10890</x:v>
       </x:c>
       <x:c r="FY37" s="3" t="n">
-        <x:v>9453</x:v>
+        <x:v>10356</x:v>
       </x:c>
       <x:c r="FZ37" s="3" t="n">
-        <x:v>11281</x:v>
+        <x:v>12291</x:v>
       </x:c>
       <x:c r="GA37" s="3" t="n">
-        <x:v>9593</x:v>
+        <x:v>10579</x:v>
       </x:c>
       <x:c r="GB37" s="3" t="n">
-        <x:v>9667</x:v>
+        <x:v>10611</x:v>
       </x:c>
       <x:c r="GC37" s="3" t="n">
-        <x:v>11130</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="GD37" s="3" t="n">
-        <x:v>11017</x:v>
+        <x:v>11910</x:v>
       </x:c>
       <x:c r="GE37" s="3" t="n">
-        <x:v>10433</x:v>
+        <x:v>11868</x:v>
       </x:c>
       <x:c r="GF37" s="3" t="n">
-        <x:v>9937</x:v>
+        <x:v>10760</x:v>
       </x:c>
       <x:c r="GG37" s="3" t="n">
-        <x:v>11325</x:v>
+        <x:v>12192</x:v>
       </x:c>
       <x:c r="GH37" s="3" t="n">
-        <x:v>11375</x:v>
+        <x:v>12320</x:v>
       </x:c>
       <x:c r="GI37" s="3" t="n">
-        <x:v>10547</x:v>
+        <x:v>11642</x:v>
+      </x:c>
+      <x:c r="GJ37" s="3" t="n">
+        <x:v>10946</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:191">
+    <x:row r="38" spans="1:192">
       <x:c r="A38" s="2" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
         <x:v>165</x:v>
       </x:c>
       <x:c r="D38" s="3" t="n">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E38" s="3" t="n">
         <x:v>167</x:v>
       </x:c>
       <x:c r="F38" s="3" t="n">
         <x:v>237</x:v>
       </x:c>
       <x:c r="G38" s="3" t="n">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H38" s="3" t="n">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I38" s="3" t="n">
         <x:v>246</x:v>
       </x:c>
@@ -21044,347 +21159,350 @@
       <x:c r="CH38" s="3" t="n">
         <x:v>1882</x:v>
       </x:c>
       <x:c r="CI38" s="3" t="n">
         <x:v>1877</x:v>
       </x:c>
       <x:c r="CJ38" s="3" t="n">
         <x:v>1869</x:v>
       </x:c>
       <x:c r="CK38" s="3" t="n">
         <x:v>2029</x:v>
       </x:c>
       <x:c r="CL38" s="3" t="n">
         <x:v>1595</x:v>
       </x:c>
       <x:c r="CM38" s="3" t="n">
         <x:v>1543</x:v>
       </x:c>
       <x:c r="CN38" s="3" t="n">
         <x:v>1564</x:v>
       </x:c>
       <x:c r="CO38" s="3" t="n">
         <x:v>1642</x:v>
       </x:c>
       <x:c r="CP38" s="3" t="n">
-        <x:v>2003</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="CQ38" s="3" t="n">
-        <x:v>2002</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="CR38" s="3" t="n">
-        <x:v>2004</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="CS38" s="3" t="n">
-        <x:v>2022</x:v>
+        <x:v>2045</x:v>
       </x:c>
       <x:c r="CT38" s="3" t="n">
-        <x:v>1398</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="CU38" s="3" t="n">
-        <x:v>1348</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="CV38" s="3" t="n">
-        <x:v>1324</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="CW38" s="3" t="n">
-        <x:v>1341</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="CX38" s="3" t="n">
-        <x:v>661</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="CY38" s="3" t="n">
-        <x:v>660</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="CZ38" s="3" t="n">
-        <x:v>657</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="DA38" s="3" t="n">
-        <x:v>688</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="DB38" s="3" t="n">
-        <x:v>1747</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="DC38" s="3" t="n">
-        <x:v>1771</x:v>
+        <x:v>1849</x:v>
       </x:c>
       <x:c r="DD38" s="3" t="n">
-        <x:v>1769</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="DE38" s="3" t="n">
-        <x:v>1792</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="DF38" s="3" t="n">
-        <x:v>1264</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="DG38" s="3" t="n">
-        <x:v>1279</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="DH38" s="3" t="n">
-        <x:v>1258</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="DI38" s="3" t="n">
-        <x:v>1239</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="DJ38" s="3" t="n">
-        <x:v>2457</x:v>
+        <x:v>2760</x:v>
       </x:c>
       <x:c r="DK38" s="3" t="n">
-        <x:v>2498</x:v>
+        <x:v>2805</x:v>
       </x:c>
       <x:c r="DL38" s="3" t="n">
-        <x:v>2462</x:v>
+        <x:v>2762</x:v>
       </x:c>
       <x:c r="DM38" s="3" t="n">
+        <x:v>2802</x:v>
+      </x:c>
+      <x:c r="DN38" s="3" t="n">
+        <x:v>2769</x:v>
+      </x:c>
+      <x:c r="DO38" s="3" t="n">
+        <x:v>2782</x:v>
+      </x:c>
+      <x:c r="DP38" s="3" t="n">
+        <x:v>2760</x:v>
+      </x:c>
+      <x:c r="DQ38" s="3" t="n">
+        <x:v>2696</x:v>
+      </x:c>
+      <x:c r="DR38" s="3" t="n">
+        <x:v>3340</x:v>
+      </x:c>
+      <x:c r="DS38" s="3" t="n">
+        <x:v>3310</x:v>
+      </x:c>
+      <x:c r="DT38" s="3" t="n">
+        <x:v>3255</x:v>
+      </x:c>
+      <x:c r="DU38" s="3" t="n">
+        <x:v>3377</x:v>
+      </x:c>
+      <x:c r="DV38" s="3" t="n">
+        <x:v>1956</x:v>
+      </x:c>
+      <x:c r="DW38" s="3" t="n">
+        <x:v>1972</x:v>
+      </x:c>
+      <x:c r="DX38" s="3" t="n">
+        <x:v>2080</x:v>
+      </x:c>
+      <x:c r="DY38" s="3" t="n">
+        <x:v>2167</x:v>
+      </x:c>
+      <x:c r="DZ38" s="3" t="n">
+        <x:v>1533</x:v>
+      </x:c>
+      <x:c r="EA38" s="3" t="n">
+        <x:v>1585</x:v>
+      </x:c>
+      <x:c r="EB38" s="3" t="n">
+        <x:v>1573</x:v>
+      </x:c>
+      <x:c r="EC38" s="3" t="n">
+        <x:v>1711</x:v>
+      </x:c>
+      <x:c r="ED38" s="3" t="n">
+        <x:v>2661</x:v>
+      </x:c>
+      <x:c r="EE38" s="3" t="n">
+        <x:v>2589</x:v>
+      </x:c>
+      <x:c r="EF38" s="3" t="n">
+        <x:v>2569</x:v>
+      </x:c>
+      <x:c r="EG38" s="3" t="n">
+        <x:v>2738</x:v>
+      </x:c>
+      <x:c r="EH38" s="3" t="n">
+        <x:v>1731</x:v>
+      </x:c>
+      <x:c r="EI38" s="3" t="n">
+        <x:v>1714</x:v>
+      </x:c>
+      <x:c r="EJ38" s="3" t="n">
+        <x:v>1717</x:v>
+      </x:c>
+      <x:c r="EK38" s="3" t="n">
+        <x:v>1813</x:v>
+      </x:c>
+      <x:c r="EL38" s="3" t="n">
+        <x:v>2215</x:v>
+      </x:c>
+      <x:c r="EM38" s="3" t="n">
+        <x:v>2361</x:v>
+      </x:c>
+      <x:c r="EN38" s="3" t="n">
+        <x:v>2372</x:v>
+      </x:c>
+      <x:c r="EO38" s="3" t="n">
         <x:v>2491</x:v>
       </x:c>
-      <x:c r="DN38" s="3" t="n">
-[...82 lines deleted...]
-      </x:c>
       <x:c r="EP38" s="3" t="n">
-        <x:v>1733</x:v>
+        <x:v>1982</x:v>
       </x:c>
       <x:c r="EQ38" s="3" t="n">
-        <x:v>1736</x:v>
+        <x:v>1984</x:v>
       </x:c>
       <x:c r="ER38" s="3" t="n">
-        <x:v>1735</x:v>
+        <x:v>1984</x:v>
       </x:c>
       <x:c r="ES38" s="3" t="n">
-        <x:v>1912</x:v>
+        <x:v>2184</x:v>
       </x:c>
       <x:c r="ET38" s="3" t="n">
-        <x:v>1016</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="EU38" s="3" t="n">
-        <x:v>1030</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="EV38" s="3" t="n">
-        <x:v>1025</x:v>
+        <x:v>1660</x:v>
       </x:c>
       <x:c r="EW38" s="3" t="n">
-        <x:v>1216</x:v>
+        <x:v>1886</x:v>
       </x:c>
       <x:c r="EX38" s="3" t="n">
-        <x:v>900</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="EY38" s="3" t="n">
-        <x:v>1014</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="EZ38" s="3" t="n">
-        <x:v>1070</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="FA38" s="3" t="n">
-        <x:v>1253</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="FB38" s="3" t="n">
-        <x:v>1432</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="FC38" s="3" t="n">
-        <x:v>1549</x:v>
+        <x:v>1829</x:v>
       </x:c>
       <x:c r="FD38" s="3" t="n">
-        <x:v>1624</x:v>
+        <x:v>1904</x:v>
       </x:c>
       <x:c r="FE38" s="3" t="n">
-        <x:v>1768</x:v>
+        <x:v>2048</x:v>
       </x:c>
       <x:c r="FF38" s="3" t="n">
-        <x:v>1644</x:v>
+        <x:v>2187</x:v>
       </x:c>
       <x:c r="FG38" s="3" t="n">
-        <x:v>1897</x:v>
+        <x:v>2440</x:v>
       </x:c>
       <x:c r="FH38" s="3" t="n">
-        <x:v>2124</x:v>
+        <x:v>2668</x:v>
       </x:c>
       <x:c r="FI38" s="3" t="n">
-        <x:v>2695</x:v>
+        <x:v>3239</x:v>
       </x:c>
       <x:c r="FJ38" s="3" t="n">
-        <x:v>3234</x:v>
+        <x:v>4200</x:v>
       </x:c>
       <x:c r="FK38" s="3" t="n">
-        <x:v>3737</x:v>
+        <x:v>4703</x:v>
       </x:c>
       <x:c r="FL38" s="3" t="n">
-        <x:v>4015</x:v>
+        <x:v>4982</x:v>
       </x:c>
       <x:c r="FM38" s="3" t="n">
-        <x:v>4301</x:v>
+        <x:v>5268</x:v>
       </x:c>
       <x:c r="FN38" s="3" t="n">
-        <x:v>3355</x:v>
+        <x:v>4252</x:v>
       </x:c>
       <x:c r="FO38" s="3" t="n">
-        <x:v>3282</x:v>
+        <x:v>4179</x:v>
       </x:c>
       <x:c r="FP38" s="3" t="n">
-        <x:v>3372</x:v>
+        <x:v>4269</x:v>
       </x:c>
       <x:c r="FQ38" s="3" t="n">
-        <x:v>3616</x:v>
+        <x:v>4513</x:v>
       </x:c>
       <x:c r="FR38" s="3" t="n">
-        <x:v>2515</x:v>
+        <x:v>3517</x:v>
       </x:c>
       <x:c r="FS38" s="3" t="n">
-        <x:v>2670</x:v>
+        <x:v>3671</x:v>
       </x:c>
       <x:c r="FT38" s="3" t="n">
-        <x:v>2508</x:v>
+        <x:v>3509</x:v>
       </x:c>
       <x:c r="FU38" s="3" t="n">
-        <x:v>2523</x:v>
+        <x:v>3524</x:v>
       </x:c>
       <x:c r="FV38" s="3" t="n">
-        <x:v>2705</x:v>
+        <x:v>3061</x:v>
       </x:c>
       <x:c r="FW38" s="3" t="n">
-        <x:v>3016</x:v>
+        <x:v>3432</x:v>
       </x:c>
       <x:c r="FX38" s="3" t="n">
-        <x:v>2997</x:v>
+        <x:v>3433</x:v>
       </x:c>
       <x:c r="FY38" s="3" t="n">
-        <x:v>2917</x:v>
+        <x:v>3441</x:v>
       </x:c>
       <x:c r="FZ38" s="3" t="n">
-        <x:v>2990</x:v>
+        <x:v>4378</x:v>
       </x:c>
       <x:c r="GA38" s="3" t="n">
-        <x:v>3119</x:v>
+        <x:v>4522</x:v>
       </x:c>
       <x:c r="GB38" s="3" t="n">
-        <x:v>2997</x:v>
+        <x:v>4419</x:v>
       </x:c>
       <x:c r="GC38" s="3" t="n">
-        <x:v>3196</x:v>
+        <x:v>4738</x:v>
       </x:c>
       <x:c r="GD38" s="3" t="n">
-        <x:v>2835</x:v>
+        <x:v>4272</x:v>
       </x:c>
       <x:c r="GE38" s="3" t="n">
-        <x:v>3227</x:v>
+        <x:v>4754</x:v>
       </x:c>
       <x:c r="GF38" s="3" t="n">
-        <x:v>3023</x:v>
+        <x:v>4558</x:v>
       </x:c>
       <x:c r="GG38" s="3" t="n">
-        <x:v>3327</x:v>
+        <x:v>4949</x:v>
       </x:c>
       <x:c r="GH38" s="3" t="n">
-        <x:v>3091</x:v>
+        <x:v>4612</x:v>
       </x:c>
       <x:c r="GI38" s="3" t="n">
-        <x:v>3309</x:v>
+        <x:v>4908</x:v>
+      </x:c>
+      <x:c r="GJ38" s="3" t="n">
+        <x:v>4789</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:191">
+    <x:row r="39" spans="1:192">
       <x:c r="A39" s="2" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D39" s="3" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="E39" s="3" t="n">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F39" s="3" t="n">
         <x:v>173</x:v>
       </x:c>
       <x:c r="G39" s="3" t="n">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H39" s="3" t="n">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I39" s="3" t="n">
         <x:v>198</x:v>
       </x:c>
@@ -21619,347 +21737,350 @@
       <x:c r="CH39" s="3" t="n">
         <x:v>3386</x:v>
       </x:c>
       <x:c r="CI39" s="3" t="n">
         <x:v>3312</x:v>
       </x:c>
       <x:c r="CJ39" s="3" t="n">
         <x:v>3382</x:v>
       </x:c>
       <x:c r="CK39" s="3" t="n">
         <x:v>3997</x:v>
       </x:c>
       <x:c r="CL39" s="3" t="n">
         <x:v>3870</x:v>
       </x:c>
       <x:c r="CM39" s="3" t="n">
         <x:v>3412</x:v>
       </x:c>
       <x:c r="CN39" s="3" t="n">
         <x:v>3422</x:v>
       </x:c>
       <x:c r="CO39" s="3" t="n">
         <x:v>3976</x:v>
       </x:c>
       <x:c r="CP39" s="3" t="n">
-        <x:v>4057</x:v>
+        <x:v>4161</x:v>
       </x:c>
       <x:c r="CQ39" s="3" t="n">
-        <x:v>3600</x:v>
+        <x:v>3693</x:v>
       </x:c>
       <x:c r="CR39" s="3" t="n">
-        <x:v>3554</x:v>
+        <x:v>3646</x:v>
       </x:c>
       <x:c r="CS39" s="3" t="n">
-        <x:v>3664</x:v>
+        <x:v>3758</x:v>
       </x:c>
       <x:c r="CT39" s="3" t="n">
-        <x:v>4821</x:v>
+        <x:v>5173</x:v>
       </x:c>
       <x:c r="CU39" s="3" t="n">
-        <x:v>3838</x:v>
+        <x:v>4141</x:v>
       </x:c>
       <x:c r="CV39" s="3" t="n">
-        <x:v>4185</x:v>
+        <x:v>4505</x:v>
       </x:c>
       <x:c r="CW39" s="3" t="n">
-        <x:v>3220</x:v>
+        <x:v>3491</x:v>
       </x:c>
       <x:c r="CX39" s="3" t="n">
-        <x:v>4191</x:v>
+        <x:v>4101</x:v>
       </x:c>
       <x:c r="CY39" s="3" t="n">
-        <x:v>3105</x:v>
+        <x:v>2946</x:v>
       </x:c>
       <x:c r="CZ39" s="3" t="n">
-        <x:v>3433</x:v>
+        <x:v>3295</x:v>
       </x:c>
       <x:c r="DA39" s="3" t="n">
-        <x:v>3166</x:v>
+        <x:v>3011</x:v>
       </x:c>
       <x:c r="DB39" s="3" t="n">
-        <x:v>3260</x:v>
+        <x:v>4146</x:v>
       </x:c>
       <x:c r="DC39" s="3" t="n">
-        <x:v>3241</x:v>
+        <x:v>4126</x:v>
       </x:c>
       <x:c r="DD39" s="3" t="n">
-        <x:v>3182</x:v>
+        <x:v>4062</x:v>
       </x:c>
       <x:c r="DE39" s="3" t="n">
-        <x:v>3601</x:v>
+        <x:v>4525</x:v>
       </x:c>
       <x:c r="DF39" s="3" t="n">
-        <x:v>4570</x:v>
+        <x:v>4694</x:v>
       </x:c>
       <x:c r="DG39" s="3" t="n">
-        <x:v>4532</x:v>
+        <x:v>4654</x:v>
       </x:c>
       <x:c r="DH39" s="3" t="n">
-        <x:v>4618</x:v>
+        <x:v>4752</x:v>
       </x:c>
       <x:c r="DI39" s="3" t="n">
-        <x:v>5192</x:v>
+        <x:v>5395</x:v>
       </x:c>
       <x:c r="DJ39" s="3" t="n">
-        <x:v>7563</x:v>
+        <x:v>8756</x:v>
       </x:c>
       <x:c r="DK39" s="3" t="n">
-        <x:v>7472</x:v>
+        <x:v>8646</x:v>
       </x:c>
       <x:c r="DL39" s="3" t="n">
-        <x:v>7393</x:v>
+        <x:v>8551</x:v>
       </x:c>
       <x:c r="DM39" s="3" t="n">
-        <x:v>8456</x:v>
+        <x:v>9784</x:v>
       </x:c>
       <x:c r="DN39" s="3" t="n">
-        <x:v>13746</x:v>
+        <x:v>16324</x:v>
       </x:c>
       <x:c r="DO39" s="3" t="n">
-        <x:v>13337</x:v>
+        <x:v>15830</x:v>
       </x:c>
       <x:c r="DP39" s="3" t="n">
-        <x:v>13879</x:v>
+        <x:v>16488</x:v>
       </x:c>
       <x:c r="DQ39" s="3" t="n">
-        <x:v>16329</x:v>
+        <x:v>19335</x:v>
       </x:c>
       <x:c r="DR39" s="3" t="n">
-        <x:v>14146</x:v>
+        <x:v>18892</x:v>
       </x:c>
       <x:c r="DS39" s="3" t="n">
-        <x:v>13107</x:v>
+        <x:v>17719</x:v>
       </x:c>
       <x:c r="DT39" s="3" t="n">
-        <x:v>13347</x:v>
+        <x:v>17930</x:v>
       </x:c>
       <x:c r="DU39" s="3" t="n">
-        <x:v>14315</x:v>
+        <x:v>19165</x:v>
       </x:c>
       <x:c r="DV39" s="3" t="n">
-        <x:v>10525</x:v>
+        <x:v>14222</x:v>
       </x:c>
       <x:c r="DW39" s="3" t="n">
-        <x:v>8972</x:v>
+        <x:v>12378</x:v>
       </x:c>
       <x:c r="DX39" s="3" t="n">
-        <x:v>8155</x:v>
+        <x:v>11300</x:v>
       </x:c>
       <x:c r="DY39" s="3" t="n">
-        <x:v>8451</x:v>
+        <x:v>11753</x:v>
       </x:c>
       <x:c r="DZ39" s="3" t="n">
-        <x:v>8159</x:v>
+        <x:v>10819</x:v>
       </x:c>
       <x:c r="EA39" s="3" t="n">
-        <x:v>8687</x:v>
+        <x:v>11483</x:v>
       </x:c>
       <x:c r="EB39" s="3" t="n">
-        <x:v>8328</x:v>
+        <x:v>11018</x:v>
       </x:c>
       <x:c r="EC39" s="3" t="n">
-        <x:v>9056</x:v>
+        <x:v>11988</x:v>
       </x:c>
       <x:c r="ED39" s="3" t="n">
-        <x:v>8492</x:v>
+        <x:v>12117</x:v>
       </x:c>
       <x:c r="EE39" s="3" t="n">
-        <x:v>8012</x:v>
+        <x:v>11547</x:v>
       </x:c>
       <x:c r="EF39" s="3" t="n">
-        <x:v>7840</x:v>
+        <x:v>11265</x:v>
       </x:c>
       <x:c r="EG39" s="3" t="n">
-        <x:v>8118</x:v>
+        <x:v>11715</x:v>
       </x:c>
       <x:c r="EH39" s="3" t="n">
-        <x:v>8733</x:v>
+        <x:v>12223</x:v>
       </x:c>
       <x:c r="EI39" s="3" t="n">
-        <x:v>8805</x:v>
+        <x:v>12248</x:v>
       </x:c>
       <x:c r="EJ39" s="3" t="n">
-        <x:v>9516</x:v>
+        <x:v>13080</x:v>
       </x:c>
       <x:c r="EK39" s="3" t="n">
-        <x:v>9188</x:v>
+        <x:v>12765</x:v>
       </x:c>
       <x:c r="EL39" s="3" t="n">
-        <x:v>8153</x:v>
+        <x:v>11696</x:v>
       </x:c>
       <x:c r="EM39" s="3" t="n">
-        <x:v>9101</x:v>
+        <x:v>12838</x:v>
       </x:c>
       <x:c r="EN39" s="3" t="n">
-        <x:v>8934</x:v>
+        <x:v>12532</x:v>
       </x:c>
       <x:c r="EO39" s="3" t="n">
-        <x:v>8845</x:v>
+        <x:v>12535</x:v>
       </x:c>
       <x:c r="EP39" s="3" t="n">
-        <x:v>9327</x:v>
+        <x:v>13948</x:v>
       </x:c>
       <x:c r="EQ39" s="3" t="n">
-        <x:v>10068</x:v>
+        <x:v>14775</x:v>
       </x:c>
       <x:c r="ER39" s="3" t="n">
-        <x:v>10451</x:v>
+        <x:v>15155</x:v>
       </x:c>
       <x:c r="ES39" s="3" t="n">
-        <x:v>10424</x:v>
+        <x:v>15322</x:v>
       </x:c>
       <x:c r="ET39" s="3" t="n">
-        <x:v>9702</x:v>
+        <x:v>15586</x:v>
       </x:c>
       <x:c r="EU39" s="3" t="n">
-        <x:v>12060</x:v>
+        <x:v>18111</x:v>
       </x:c>
       <x:c r="EV39" s="3" t="n">
-        <x:v>9595</x:v>
+        <x:v>15452</x:v>
       </x:c>
       <x:c r="EW39" s="3" t="n">
-        <x:v>9979</x:v>
+        <x:v>15997</x:v>
       </x:c>
       <x:c r="EX39" s="3" t="n">
-        <x:v>10800</x:v>
+        <x:v>17212</x:v>
       </x:c>
       <x:c r="EY39" s="3" t="n">
-        <x:v>11744</x:v>
+        <x:v>18156</x:v>
       </x:c>
       <x:c r="EZ39" s="3" t="n">
-        <x:v>11911</x:v>
+        <x:v>18323</x:v>
       </x:c>
       <x:c r="FA39" s="3" t="n">
-        <x:v>12396</x:v>
+        <x:v>18809</x:v>
       </x:c>
       <x:c r="FB39" s="3" t="n">
-        <x:v>12693</x:v>
+        <x:v>19197</x:v>
       </x:c>
       <x:c r="FC39" s="3" t="n">
-        <x:v>12510</x:v>
+        <x:v>19015</x:v>
       </x:c>
       <x:c r="FD39" s="3" t="n">
-        <x:v>12434</x:v>
+        <x:v>18939</x:v>
       </x:c>
       <x:c r="FE39" s="3" t="n">
-        <x:v>11848</x:v>
+        <x:v>18352</x:v>
       </x:c>
       <x:c r="FF39" s="3" t="n">
-        <x:v>10687</x:v>
+        <x:v>17542</x:v>
       </x:c>
       <x:c r="FG39" s="3" t="n">
-        <x:v>10426</x:v>
+        <x:v>17281</x:v>
       </x:c>
       <x:c r="FH39" s="3" t="n">
-        <x:v>10654</x:v>
+        <x:v>17508</x:v>
       </x:c>
       <x:c r="FI39" s="3" t="n">
-        <x:v>11288</x:v>
+        <x:v>18142</x:v>
       </x:c>
       <x:c r="FJ39" s="3" t="n">
-        <x:v>11117</x:v>
+        <x:v>18196</x:v>
       </x:c>
       <x:c r="FK39" s="3" t="n">
-        <x:v>11556</x:v>
+        <x:v>18635</x:v>
       </x:c>
       <x:c r="FL39" s="3" t="n">
-        <x:v>11689</x:v>
+        <x:v>18768</x:v>
       </x:c>
       <x:c r="FM39" s="3" t="n">
-        <x:v>11664</x:v>
+        <x:v>18743</x:v>
       </x:c>
       <x:c r="FN39" s="3" t="n">
-        <x:v>9748</x:v>
+        <x:v>17468</x:v>
       </x:c>
       <x:c r="FO39" s="3" t="n">
-        <x:v>9737</x:v>
+        <x:v>17457</x:v>
       </x:c>
       <x:c r="FP39" s="3" t="n">
-        <x:v>9587</x:v>
+        <x:v>17307</x:v>
       </x:c>
       <x:c r="FQ39" s="3" t="n">
-        <x:v>10176</x:v>
+        <x:v>17896</x:v>
       </x:c>
       <x:c r="FR39" s="3" t="n">
-        <x:v>12668</x:v>
+        <x:v>22754</x:v>
       </x:c>
       <x:c r="FS39" s="3" t="n">
-        <x:v>14316</x:v>
+        <x:v>24402</x:v>
       </x:c>
       <x:c r="FT39" s="3" t="n">
-        <x:v>14126</x:v>
+        <x:v>24212</x:v>
       </x:c>
       <x:c r="FU39" s="3" t="n">
-        <x:v>14154</x:v>
+        <x:v>24240</x:v>
       </x:c>
       <x:c r="FV39" s="3" t="n">
-        <x:v>15565</x:v>
+        <x:v>24132</x:v>
       </x:c>
       <x:c r="FW39" s="3" t="n">
-        <x:v>15814</x:v>
+        <x:v>24572</x:v>
       </x:c>
       <x:c r="FX39" s="3" t="n">
-        <x:v>17010</x:v>
+        <x:v>26212</x:v>
       </x:c>
       <x:c r="FY39" s="3" t="n">
-        <x:v>14065</x:v>
+        <x:v>22232</x:v>
       </x:c>
       <x:c r="FZ39" s="3" t="n">
-        <x:v>15635</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="GA39" s="3" t="n">
-        <x:v>14988</x:v>
+        <x:v>20330</x:v>
       </x:c>
       <x:c r="GB39" s="3" t="n">
-        <x:v>14818</x:v>
+        <x:v>20114</x:v>
       </x:c>
       <x:c r="GC39" s="3" t="n">
-        <x:v>14219</x:v>
+        <x:v>19396</x:v>
       </x:c>
       <x:c r="GD39" s="3" t="n">
-        <x:v>13847</x:v>
+        <x:v>18490</x:v>
       </x:c>
       <x:c r="GE39" s="3" t="n">
-        <x:v>13113</x:v>
+        <x:v>18691</x:v>
       </x:c>
       <x:c r="GF39" s="3" t="n">
-        <x:v>12808</x:v>
+        <x:v>18233</x:v>
       </x:c>
       <x:c r="GG39" s="3" t="n">
-        <x:v>13091</x:v>
+        <x:v>19125</x:v>
       </x:c>
       <x:c r="GH39" s="3" t="n">
-        <x:v>13165</x:v>
+        <x:v>19690</x:v>
       </x:c>
       <x:c r="GI39" s="3" t="n">
-        <x:v>13488</x:v>
+        <x:v>20397</x:v>
+      </x:c>
+      <x:c r="GJ39" s="3" t="n">
+        <x:v>19633</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:191">
+    <x:row r="40" spans="1:192">
       <x:c r="A40" s="2" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
         <x:v>3589</x:v>
       </x:c>
       <x:c r="C40" s="3" t="n">
         <x:v>3879</x:v>
       </x:c>
       <x:c r="D40" s="3" t="n">
         <x:v>4374</x:v>
       </x:c>
       <x:c r="E40" s="3" t="n">
         <x:v>4297</x:v>
       </x:c>
       <x:c r="F40" s="3" t="n">
         <x:v>3768</x:v>
       </x:c>
       <x:c r="G40" s="3" t="n">
         <x:v>4041</x:v>
       </x:c>
       <x:c r="H40" s="3" t="n">
         <x:v>4522</x:v>
       </x:c>
       <x:c r="I40" s="3" t="n">
         <x:v>4455</x:v>
       </x:c>
@@ -22446,95 +22567,98 @@
       <x:c r="FN40" s="3" t="n">
         <x:v>47382</x:v>
       </x:c>
       <x:c r="FO40" s="3" t="n">
         <x:v>49838</x:v>
       </x:c>
       <x:c r="FP40" s="3" t="n">
         <x:v>49815</x:v>
       </x:c>
       <x:c r="FQ40" s="3" t="n">
         <x:v>52048</x:v>
       </x:c>
       <x:c r="FR40" s="3" t="n">
         <x:v>51437</x:v>
       </x:c>
       <x:c r="FS40" s="3" t="n">
         <x:v>55366</x:v>
       </x:c>
       <x:c r="FT40" s="3" t="n">
         <x:v>54884</x:v>
       </x:c>
       <x:c r="FU40" s="3" t="n">
         <x:v>58412</x:v>
       </x:c>
       <x:c r="FV40" s="3" t="n">
-        <x:v>58698</x:v>
+        <x:v>59441</x:v>
       </x:c>
       <x:c r="FW40" s="3" t="n">
-        <x:v>59318</x:v>
+        <x:v>60067</x:v>
       </x:c>
       <x:c r="FX40" s="3" t="n">
-        <x:v>58574</x:v>
+        <x:v>59316</x:v>
       </x:c>
       <x:c r="FY40" s="3" t="n">
-        <x:v>60667</x:v>
+        <x:v>61426</x:v>
       </x:c>
       <x:c r="FZ40" s="3" t="n">
-        <x:v>55984</x:v>
+        <x:v>62973</x:v>
       </x:c>
       <x:c r="GA40" s="3" t="n">
-        <x:v>50850</x:v>
+        <x:v>57128</x:v>
       </x:c>
       <x:c r="GB40" s="3" t="n">
-        <x:v>48239</x:v>
+        <x:v>54161</x:v>
       </x:c>
       <x:c r="GC40" s="3" t="n">
-        <x:v>47461</x:v>
+        <x:v>53267</x:v>
       </x:c>
       <x:c r="GD40" s="3" t="n">
-        <x:v>45275</x:v>
+        <x:v>51313</x:v>
       </x:c>
       <x:c r="GE40" s="3" t="n">
-        <x:v>43362</x:v>
+        <x:v>50612</x:v>
       </x:c>
       <x:c r="GF40" s="3" t="n">
-        <x:v>41678</x:v>
+        <x:v>49242</x:v>
       </x:c>
       <x:c r="GG40" s="3" t="n">
-        <x:v>39895</x:v>
+        <x:v>47755</x:v>
       </x:c>
       <x:c r="GH40" s="3" t="n">
-        <x:v>40451</x:v>
+        <x:v>49163</x:v>
       </x:c>
       <x:c r="GI40" s="3" t="n">
-        <x:v>42584</x:v>
+        <x:v>51770</x:v>
+      </x:c>
+      <x:c r="GJ40" s="3" t="n">
+        <x:v>51557</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:191">
+    <x:row r="41" spans="1:192">
       <x:c r="A41" s="2" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D41" s="3" t="n">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E41" s="3" t="n">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F41" s="3" t="n">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G41" s="3" t="n">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H41" s="3" t="n">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I41" s="3" t="n">
         <x:v>163</x:v>
       </x:c>
@@ -22769,347 +22893,350 @@
       <x:c r="CH41" s="3" t="n">
         <x:v>1427</x:v>
       </x:c>
       <x:c r="CI41" s="3" t="n">
         <x:v>1421</x:v>
       </x:c>
       <x:c r="CJ41" s="3" t="n">
         <x:v>1401</x:v>
       </x:c>
       <x:c r="CK41" s="3" t="n">
         <x:v>1494</x:v>
       </x:c>
       <x:c r="CL41" s="3" t="n">
         <x:v>1285</x:v>
       </x:c>
       <x:c r="CM41" s="3" t="n">
         <x:v>1232</x:v>
       </x:c>
       <x:c r="CN41" s="3" t="n">
         <x:v>1216</x:v>
       </x:c>
       <x:c r="CO41" s="3" t="n">
         <x:v>1285</x:v>
       </x:c>
       <x:c r="CP41" s="3" t="n">
-        <x:v>1496</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="CQ41" s="3" t="n">
-        <x:v>1416</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="CR41" s="3" t="n">
-        <x:v>1390</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="CS41" s="3" t="n">
-        <x:v>1438</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="CT41" s="3" t="n">
-        <x:v>1595</x:v>
+        <x:v>1614</x:v>
       </x:c>
       <x:c r="CU41" s="3" t="n">
-        <x:v>1573</x:v>
+        <x:v>1592</x:v>
       </x:c>
       <x:c r="CV41" s="3" t="n">
-        <x:v>1528</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="CW41" s="3" t="n">
-        <x:v>1507</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="CX41" s="3" t="n">
-        <x:v>1466</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="CY41" s="3" t="n">
-        <x:v>1405</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="CZ41" s="3" t="n">
+        <x:v>1430</x:v>
+      </x:c>
+      <x:c r="DA41" s="3" t="n">
+        <x:v>1493</x:v>
+      </x:c>
+      <x:c r="DB41" s="3" t="n">
+        <x:v>1439</x:v>
+      </x:c>
+      <x:c r="DC41" s="3" t="n">
         <x:v>1404</x:v>
       </x:c>
-      <x:c r="DA41" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="DD41" s="3" t="n">
-        <x:v>1361</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="DE41" s="3" t="n">
-        <x:v>1436</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="DF41" s="3" t="n">
-        <x:v>1907</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="DG41" s="3" t="n">
-        <x:v>1986</x:v>
+        <x:v>2059</x:v>
       </x:c>
       <x:c r="DH41" s="3" t="n">
-        <x:v>1912</x:v>
+        <x:v>1981</x:v>
       </x:c>
       <x:c r="DI41" s="3" t="n">
-        <x:v>2133</x:v>
+        <x:v>2212</x:v>
       </x:c>
       <x:c r="DJ41" s="3" t="n">
-        <x:v>2171</x:v>
+        <x:v>2254</x:v>
       </x:c>
       <x:c r="DK41" s="3" t="n">
-        <x:v>2252</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="DL41" s="3" t="n">
-        <x:v>2256</x:v>
+        <x:v>2341</x:v>
       </x:c>
       <x:c r="DM41" s="3" t="n">
-        <x:v>2554</x:v>
+        <x:v>2656</x:v>
       </x:c>
       <x:c r="DN41" s="3" t="n">
-        <x:v>3142</x:v>
+        <x:v>3265</x:v>
       </x:c>
       <x:c r="DO41" s="3" t="n">
-        <x:v>3178</x:v>
+        <x:v>3302</x:v>
       </x:c>
       <x:c r="DP41" s="3" t="n">
-        <x:v>3167</x:v>
+        <x:v>3292</x:v>
       </x:c>
       <x:c r="DQ41" s="3" t="n">
-        <x:v>3528</x:v>
+        <x:v>3671</x:v>
       </x:c>
       <x:c r="DR41" s="3" t="n">
-        <x:v>2877</x:v>
+        <x:v>2997</x:v>
       </x:c>
       <x:c r="DS41" s="3" t="n">
-        <x:v>3052</x:v>
+        <x:v>3185</x:v>
       </x:c>
       <x:c r="DT41" s="3" t="n">
-        <x:v>2875</x:v>
+        <x:v>2996</x:v>
       </x:c>
       <x:c r="DU41" s="3" t="n">
-        <x:v>3159</x:v>
+        <x:v>3297</x:v>
       </x:c>
       <x:c r="DV41" s="3" t="n">
-        <x:v>2738</x:v>
+        <x:v>2861</x:v>
       </x:c>
       <x:c r="DW41" s="3" t="n">
-        <x:v>2754</x:v>
+        <x:v>2880</x:v>
       </x:c>
       <x:c r="DX41" s="3" t="n">
-        <x:v>2602</x:v>
+        <x:v>2718</x:v>
       </x:c>
       <x:c r="DY41" s="3" t="n">
-        <x:v>2818</x:v>
+        <x:v>2948</x:v>
       </x:c>
       <x:c r="DZ41" s="3" t="n">
-        <x:v>2530</x:v>
+        <x:v>2679</x:v>
       </x:c>
       <x:c r="EA41" s="3" t="n">
-        <x:v>2656</x:v>
+        <x:v>2815</x:v>
       </x:c>
       <x:c r="EB41" s="3" t="n">
-        <x:v>2500</x:v>
+        <x:v>2645</x:v>
       </x:c>
       <x:c r="EC41" s="3" t="n">
-        <x:v>2811</x:v>
+        <x:v>2982</x:v>
       </x:c>
       <x:c r="ED41" s="3" t="n">
-        <x:v>2395</x:v>
+        <x:v>2529</x:v>
       </x:c>
       <x:c r="EE41" s="3" t="n">
-        <x:v>2457</x:v>
+        <x:v>2599</x:v>
       </x:c>
       <x:c r="EF41" s="3" t="n">
-        <x:v>2375</x:v>
+        <x:v>2506</x:v>
       </x:c>
       <x:c r="EG41" s="3" t="n">
-        <x:v>2618</x:v>
+        <x:v>2769</x:v>
       </x:c>
       <x:c r="EH41" s="3" t="n">
-        <x:v>3006</x:v>
+        <x:v>3185</x:v>
       </x:c>
       <x:c r="EI41" s="3" t="n">
-        <x:v>3188</x:v>
+        <x:v>3375</x:v>
       </x:c>
       <x:c r="EJ41" s="3" t="n">
-        <x:v>2996</x:v>
+        <x:v>3172</x:v>
       </x:c>
       <x:c r="EK41" s="3" t="n">
-        <x:v>3880</x:v>
+        <x:v>4089</x:v>
       </x:c>
       <x:c r="EL41" s="3" t="n">
-        <x:v>3413</x:v>
+        <x:v>3618</x:v>
       </x:c>
       <x:c r="EM41" s="3" t="n">
-        <x:v>3713</x:v>
+        <x:v>3955</x:v>
       </x:c>
       <x:c r="EN41" s="3" t="n">
-        <x:v>3244</x:v>
+        <x:v>3453</x:v>
       </x:c>
       <x:c r="EO41" s="3" t="n">
-        <x:v>4409</x:v>
+        <x:v>4663</x:v>
       </x:c>
       <x:c r="EP41" s="3" t="n">
-        <x:v>3545</x:v>
+        <x:v>3798</x:v>
       </x:c>
       <x:c r="EQ41" s="3" t="n">
-        <x:v>3746</x:v>
+        <x:v>4011</x:v>
       </x:c>
       <x:c r="ER41" s="3" t="n">
-        <x:v>3398</x:v>
+        <x:v>3638</x:v>
       </x:c>
       <x:c r="ES41" s="3" t="n">
-        <x:v>4362</x:v>
+        <x:v>4651</x:v>
       </x:c>
       <x:c r="ET41" s="3" t="n">
-        <x:v>3660</x:v>
+        <x:v>3963</x:v>
       </x:c>
       <x:c r="EU41" s="3" t="n">
-        <x:v>3893</x:v>
+        <x:v>4214</x:v>
       </x:c>
       <x:c r="EV41" s="3" t="n">
-        <x:v>3557</x:v>
+        <x:v>3850</x:v>
       </x:c>
       <x:c r="EW41" s="3" t="n">
-        <x:v>4499</x:v>
+        <x:v>4844</x:v>
       </x:c>
       <x:c r="EX41" s="3" t="n">
-        <x:v>4123</x:v>
+        <x:v>4494</x:v>
       </x:c>
       <x:c r="EY41" s="3" t="n">
-        <x:v>4137</x:v>
+        <x:v>4508</x:v>
       </x:c>
       <x:c r="EZ41" s="3" t="n">
-        <x:v>3940</x:v>
+        <x:v>4311</x:v>
       </x:c>
       <x:c r="FA41" s="3" t="n">
-        <x:v>4659</x:v>
+        <x:v>5030</x:v>
       </x:c>
       <x:c r="FB41" s="3" t="n">
-        <x:v>5240</x:v>
+        <x:v>5770</x:v>
       </x:c>
       <x:c r="FC41" s="3" t="n">
-        <x:v>5014</x:v>
+        <x:v>5544</x:v>
       </x:c>
       <x:c r="FD41" s="3" t="n">
-        <x:v>5056</x:v>
+        <x:v>5586</x:v>
       </x:c>
       <x:c r="FE41" s="3" t="n">
-        <x:v>5868</x:v>
+        <x:v>6398</x:v>
       </x:c>
       <x:c r="FF41" s="3" t="n">
-        <x:v>4799</x:v>
+        <x:v>5271</x:v>
       </x:c>
       <x:c r="FG41" s="3" t="n">
-        <x:v>4793</x:v>
+        <x:v>5265</x:v>
       </x:c>
       <x:c r="FH41" s="3" t="n">
-        <x:v>4270</x:v>
+        <x:v>4741</x:v>
       </x:c>
       <x:c r="FI41" s="3" t="n">
+        <x:v>5532</x:v>
+      </x:c>
+      <x:c r="FJ41" s="3" t="n">
+        <x:v>5520</x:v>
+      </x:c>
+      <x:c r="FK41" s="3" t="n">
+        <x:v>5644</x:v>
+      </x:c>
+      <x:c r="FL41" s="3" t="n">
         <x:v>5061</x:v>
       </x:c>
-      <x:c r="FJ41" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="FM41" s="3" t="n">
-        <x:v>4548</x:v>
+        <x:v>5085</x:v>
       </x:c>
       <x:c r="FN41" s="3" t="n">
-        <x:v>6297</x:v>
+        <x:v>6940</x:v>
       </x:c>
       <x:c r="FO41" s="3" t="n">
-        <x:v>5602</x:v>
+        <x:v>6245</x:v>
       </x:c>
       <x:c r="FP41" s="3" t="n">
-        <x:v>5398</x:v>
+        <x:v>6041</x:v>
       </x:c>
       <x:c r="FQ41" s="3" t="n">
-        <x:v>6437</x:v>
+        <x:v>7080</x:v>
       </x:c>
       <x:c r="FR41" s="3" t="n">
-        <x:v>5538</x:v>
+        <x:v>6137</x:v>
       </x:c>
       <x:c r="FS41" s="3" t="n">
-        <x:v>5310</x:v>
+        <x:v>5909</x:v>
       </x:c>
       <x:c r="FT41" s="3" t="n">
-        <x:v>5301</x:v>
+        <x:v>5900</x:v>
       </x:c>
       <x:c r="FU41" s="3" t="n">
-        <x:v>6443</x:v>
+        <x:v>7042</x:v>
       </x:c>
       <x:c r="FV41" s="3" t="n">
-        <x:v>7094</x:v>
+        <x:v>7734</x:v>
       </x:c>
       <x:c r="FW41" s="3" t="n">
-        <x:v>7077</x:v>
+        <x:v>7718</x:v>
       </x:c>
       <x:c r="FX41" s="3" t="n">
-        <x:v>7291</x:v>
+        <x:v>7997</x:v>
       </x:c>
       <x:c r="FY41" s="3" t="n">
-        <x:v>7178</x:v>
+        <x:v>7809</x:v>
       </x:c>
       <x:c r="FZ41" s="3" t="n">
-        <x:v>8231</x:v>
+        <x:v>8513</x:v>
       </x:c>
       <x:c r="GA41" s="3" t="n">
-        <x:v>7086</x:v>
+        <x:v>7413</x:v>
       </x:c>
       <x:c r="GB41" s="3" t="n">
-        <x:v>7088</x:v>
+        <x:v>7383</x:v>
       </x:c>
       <x:c r="GC41" s="3" t="n">
-        <x:v>8410</x:v>
+        <x:v>8720</x:v>
       </x:c>
       <x:c r="GD41" s="3" t="n">
-        <x:v>8033</x:v>
+        <x:v>8299</x:v>
       </x:c>
       <x:c r="GE41" s="3" t="n">
-        <x:v>7815</x:v>
+        <x:v>8416</x:v>
       </x:c>
       <x:c r="GF41" s="3" t="n">
-        <x:v>7380</x:v>
+        <x:v>7704</x:v>
       </x:c>
       <x:c r="GG41" s="3" t="n">
-        <x:v>8640</x:v>
+        <x:v>9003</x:v>
       </x:c>
       <x:c r="GH41" s="3" t="n">
-        <x:v>8654</x:v>
+        <x:v>9034</x:v>
       </x:c>
       <x:c r="GI41" s="3" t="n">
-        <x:v>7970</x:v>
+        <x:v>8464</x:v>
+      </x:c>
+      <x:c r="GJ41" s="3" t="n">
+        <x:v>7976</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:191">
+    <x:row r="42" spans="1:192">
       <x:c r="A42" s="2" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C42" s="3" t="n">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D42" s="3" t="n">
         <x:v>121</x:v>
       </x:c>
       <x:c r="E42" s="3" t="n">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F42" s="3" t="n">
         <x:v>189</x:v>
       </x:c>
       <x:c r="G42" s="3" t="n">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H42" s="3" t="n">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I42" s="3" t="n">
         <x:v>197</x:v>
       </x:c>
@@ -23344,347 +23471,350 @@
       <x:c r="CH42" s="3" t="n">
         <x:v>987</x:v>
       </x:c>
       <x:c r="CI42" s="3" t="n">
         <x:v>990</x:v>
       </x:c>
       <x:c r="CJ42" s="3" t="n">
         <x:v>976</x:v>
       </x:c>
       <x:c r="CK42" s="3" t="n">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="CL42" s="3" t="n">
         <x:v>950</x:v>
       </x:c>
       <x:c r="CM42" s="3" t="n">
         <x:v>880</x:v>
       </x:c>
       <x:c r="CN42" s="3" t="n">
         <x:v>854</x:v>
       </x:c>
       <x:c r="CO42" s="3" t="n">
         <x:v>924</x:v>
       </x:c>
       <x:c r="CP42" s="3" t="n">
-        <x:v>717</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="CQ42" s="3" t="n">
-        <x:v>549</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="CR42" s="3" t="n">
-        <x:v>580</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="CS42" s="3" t="n">
-        <x:v>691</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="CT42" s="3" t="n">
-        <x:v>786</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="CU42" s="3" t="n">
-        <x:v>767</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="CV42" s="3" t="n">
-        <x:v>719</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="CW42" s="3" t="n">
-        <x:v>676</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="CX42" s="3" t="n">
-        <x:v>90</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="CY42" s="3" t="n">
-        <x:v>98</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="CZ42" s="3" t="n">
-        <x:v>198</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="DA42" s="3" t="n">
-        <x:v>245</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="DB42" s="3" t="n">
-        <x:v>892</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="DC42" s="3" t="n">
-        <x:v>832</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="DD42" s="3" t="n">
-        <x:v>822</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="DE42" s="3" t="n">
-        <x:v>1011</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="DF42" s="3" t="n">
-        <x:v>2086</x:v>
+        <x:v>2143</x:v>
       </x:c>
       <x:c r="DG42" s="3" t="n">
-        <x:v>2126</x:v>
+        <x:v>2187</x:v>
       </x:c>
       <x:c r="DH42" s="3" t="n">
-        <x:v>2580</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="DI42" s="3" t="n">
-        <x:v>1927</x:v>
+        <x:v>1993</x:v>
       </x:c>
       <x:c r="DJ42" s="3" t="n">
-        <x:v>1931</x:v>
+        <x:v>2031</x:v>
       </x:c>
       <x:c r="DK42" s="3" t="n">
-        <x:v>2049</x:v>
+        <x:v>2152</x:v>
       </x:c>
       <x:c r="DL42" s="3" t="n">
+        <x:v>2181</x:v>
+      </x:c>
+      <x:c r="DM42" s="3" t="n">
+        <x:v>2442</x:v>
+      </x:c>
+      <x:c r="DN42" s="3" t="n">
+        <x:v>2294</x:v>
+      </x:c>
+      <x:c r="DO42" s="3" t="n">
+        <x:v>2351</x:v>
+      </x:c>
+      <x:c r="DP42" s="3" t="n">
+        <x:v>2249</x:v>
+      </x:c>
+      <x:c r="DQ42" s="3" t="n">
+        <x:v>2631</x:v>
+      </x:c>
+      <x:c r="DR42" s="3" t="n">
+        <x:v>2133</x:v>
+      </x:c>
+      <x:c r="DS42" s="3" t="n">
+        <x:v>2125</x:v>
+      </x:c>
+      <x:c r="DT42" s="3" t="n">
+        <x:v>1989</x:v>
+      </x:c>
+      <x:c r="DU42" s="3" t="n">
+        <x:v>1892</x:v>
+      </x:c>
+      <x:c r="DV42" s="3" t="n">
+        <x:v>986</x:v>
+      </x:c>
+      <x:c r="DW42" s="3" t="n">
+        <x:v>1107</x:v>
+      </x:c>
+      <x:c r="DX42" s="3" t="n">
+        <x:v>1205</x:v>
+      </x:c>
+      <x:c r="DY42" s="3" t="n">
+        <x:v>1293</x:v>
+      </x:c>
+      <x:c r="DZ42" s="3" t="n">
+        <x:v>1458</x:v>
+      </x:c>
+      <x:c r="EA42" s="3" t="n">
+        <x:v>1584</x:v>
+      </x:c>
+      <x:c r="EB42" s="3" t="n">
+        <x:v>1694</x:v>
+      </x:c>
+      <x:c r="EC42" s="3" t="n">
+        <x:v>1604</x:v>
+      </x:c>
+      <x:c r="ED42" s="3" t="n">
+        <x:v>1717</x:v>
+      </x:c>
+      <x:c r="EE42" s="3" t="n">
+        <x:v>1815</x:v>
+      </x:c>
+      <x:c r="EF42" s="3" t="n">
+        <x:v>1884</x:v>
+      </x:c>
+      <x:c r="EG42" s="3" t="n">
+        <x:v>2145</x:v>
+      </x:c>
+      <x:c r="EH42" s="3" t="n">
+        <x:v>1895</x:v>
+      </x:c>
+      <x:c r="EI42" s="3" t="n">
+        <x:v>1905</x:v>
+      </x:c>
+      <x:c r="EJ42" s="3" t="n">
         <x:v>2079</x:v>
       </x:c>
-      <x:c r="DM42" s="3" t="n">
-[...70 lines deleted...]
-      </x:c>
       <x:c r="EK42" s="3" t="n">
-        <x:v>1812</x:v>
+        <x:v>1979</x:v>
       </x:c>
       <x:c r="EL42" s="3" t="n">
-        <x:v>1500</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="EM42" s="3" t="n">
-        <x:v>1761</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="EN42" s="3" t="n">
-        <x:v>1783</x:v>
+        <x:v>1965</x:v>
       </x:c>
       <x:c r="EO42" s="3" t="n">
-        <x:v>1624</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="EP42" s="3" t="n">
-        <x:v>1435</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="EQ42" s="3" t="n">
-        <x:v>1599</x:v>
+        <x:v>1806</x:v>
       </x:c>
       <x:c r="ER42" s="3" t="n">
-        <x:v>1895</x:v>
+        <x:v>2120</x:v>
       </x:c>
       <x:c r="ES42" s="3" t="n">
-        <x:v>1770</x:v>
+        <x:v>1990</x:v>
       </x:c>
       <x:c r="ET42" s="3" t="n">
-        <x:v>1219</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="EU42" s="3" t="n">
-        <x:v>1414</x:v>
+        <x:v>1659</x:v>
       </x:c>
       <x:c r="EV42" s="3" t="n">
-        <x:v>1589</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="EW42" s="3" t="n">
-        <x:v>1613</x:v>
+        <x:v>1871</x:v>
       </x:c>
       <x:c r="EX42" s="3" t="n">
-        <x:v>4809</x:v>
+        <x:v>5149</x:v>
       </x:c>
       <x:c r="EY42" s="3" t="n">
-        <x:v>5006</x:v>
+        <x:v>5346</x:v>
       </x:c>
       <x:c r="EZ42" s="3" t="n">
-        <x:v>5416</x:v>
+        <x:v>5756</x:v>
       </x:c>
       <x:c r="FA42" s="3" t="n">
-        <x:v>4616</x:v>
+        <x:v>4956</x:v>
       </x:c>
       <x:c r="FB42" s="3" t="n">
-        <x:v>2194</x:v>
+        <x:v>2529</x:v>
       </x:c>
       <x:c r="FC42" s="3" t="n">
-        <x:v>2410</x:v>
+        <x:v>2745</x:v>
       </x:c>
       <x:c r="FD42" s="3" t="n">
-        <x:v>2662</x:v>
+        <x:v>2998</x:v>
       </x:c>
       <x:c r="FE42" s="3" t="n">
-        <x:v>3433</x:v>
+        <x:v>3768</x:v>
       </x:c>
       <x:c r="FF42" s="3" t="n">
-        <x:v>2983</x:v>
+        <x:v>3479</x:v>
       </x:c>
       <x:c r="FG42" s="3" t="n">
-        <x:v>4667</x:v>
+        <x:v>5163</x:v>
       </x:c>
       <x:c r="FH42" s="3" t="n">
-        <x:v>4180</x:v>
+        <x:v>4675</x:v>
       </x:c>
       <x:c r="FI42" s="3" t="n">
-        <x:v>3903</x:v>
+        <x:v>4398</x:v>
       </x:c>
       <x:c r="FJ42" s="3" t="n">
-        <x:v>3633</x:v>
+        <x:v>4101</x:v>
       </x:c>
       <x:c r="FK42" s="3" t="n">
-        <x:v>3916</x:v>
+        <x:v>4385</x:v>
       </x:c>
       <x:c r="FL42" s="3" t="n">
-        <x:v>3307</x:v>
+        <x:v>3775</x:v>
       </x:c>
       <x:c r="FM42" s="3" t="n">
-        <x:v>2619</x:v>
+        <x:v>3087</x:v>
       </x:c>
       <x:c r="FN42" s="3" t="n">
-        <x:v>3400</x:v>
+        <x:v>3863</x:v>
       </x:c>
       <x:c r="FO42" s="3" t="n">
-        <x:v>2091</x:v>
+        <x:v>2554</x:v>
       </x:c>
       <x:c r="FP42" s="3" t="n">
-        <x:v>2537</x:v>
+        <x:v>2999</x:v>
       </x:c>
       <x:c r="FQ42" s="3" t="n">
-        <x:v>3155</x:v>
+        <x:v>3617</x:v>
       </x:c>
       <x:c r="FR42" s="3" t="n">
-        <x:v>3636</x:v>
+        <x:v>4199</x:v>
       </x:c>
       <x:c r="FS42" s="3" t="n">
-        <x:v>3735</x:v>
+        <x:v>4297</x:v>
       </x:c>
       <x:c r="FT42" s="3" t="n">
-        <x:v>4171</x:v>
+        <x:v>4734</x:v>
       </x:c>
       <x:c r="FU42" s="3" t="n">
-        <x:v>2816</x:v>
+        <x:v>3378</x:v>
       </x:c>
       <x:c r="FV42" s="3" t="n">
-        <x:v>4314</x:v>
+        <x:v>4744</x:v>
       </x:c>
       <x:c r="FW42" s="3" t="n">
-        <x:v>4326</x:v>
+        <x:v>4686</x:v>
       </x:c>
       <x:c r="FX42" s="3" t="n">
-        <x:v>4646</x:v>
+        <x:v>4984</x:v>
       </x:c>
       <x:c r="FY42" s="3" t="n">
-        <x:v>4236</x:v>
+        <x:v>4541</x:v>
       </x:c>
       <x:c r="FZ42" s="3" t="n">
-        <x:v>4905</x:v>
+        <x:v>5953</x:v>
       </x:c>
       <x:c r="GA42" s="3" t="n">
-        <x:v>4973</x:v>
+        <x:v>6203</x:v>
       </x:c>
       <x:c r="GB42" s="3" t="n">
-        <x:v>4318</x:v>
+        <x:v>5336</x:v>
       </x:c>
       <x:c r="GC42" s="3" t="n">
-        <x:v>4096</x:v>
+        <x:v>4727</x:v>
       </x:c>
       <x:c r="GD42" s="3" t="n">
-        <x:v>3936</x:v>
+        <x:v>6419</x:v>
       </x:c>
       <x:c r="GE42" s="3" t="n">
-        <x:v>5057</x:v>
+        <x:v>8761</x:v>
       </x:c>
       <x:c r="GF42" s="3" t="n">
-        <x:v>4651</x:v>
+        <x:v>7487</x:v>
       </x:c>
       <x:c r="GG42" s="3" t="n">
-        <x:v>4304</x:v>
+        <x:v>8808</x:v>
       </x:c>
       <x:c r="GH42" s="3" t="n">
-        <x:v>4946</x:v>
+        <x:v>8066</x:v>
       </x:c>
       <x:c r="GI42" s="3" t="n">
-        <x:v>5963</x:v>
+        <x:v>9501</x:v>
+      </x:c>
+      <x:c r="GJ42" s="3" t="n">
+        <x:v>8550</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:191">
+    <x:row r="43" spans="1:192">
       <x:c r="A43" s="2" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
         <x:v>1702</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>1724</x:v>
       </x:c>
       <x:c r="D43" s="3" t="n">
         <x:v>1751</x:v>
       </x:c>
       <x:c r="E43" s="3" t="n">
         <x:v>1777</x:v>
       </x:c>
       <x:c r="F43" s="3" t="n">
         <x:v>1566</x:v>
       </x:c>
       <x:c r="G43" s="3" t="n">
         <x:v>1607</x:v>
       </x:c>
       <x:c r="H43" s="3" t="n">
         <x:v>1621</x:v>
       </x:c>
       <x:c r="I43" s="3" t="n">
         <x:v>1648</x:v>
       </x:c>
@@ -24171,1820 +24301,1832 @@
       <x:c r="FN43" s="3" t="n">
         <x:v>21471</x:v>
       </x:c>
       <x:c r="FO43" s="3" t="n">
         <x:v>32320</x:v>
       </x:c>
       <x:c r="FP43" s="3" t="n">
         <x:v>30903</x:v>
       </x:c>
       <x:c r="FQ43" s="3" t="n">
         <x:v>38511</x:v>
       </x:c>
       <x:c r="FR43" s="3" t="n">
         <x:v>22113</x:v>
       </x:c>
       <x:c r="FS43" s="3" t="n">
         <x:v>28472</x:v>
       </x:c>
       <x:c r="FT43" s="3" t="n">
         <x:v>30933</x:v>
       </x:c>
       <x:c r="FU43" s="3" t="n">
         <x:v>41942</x:v>
       </x:c>
       <x:c r="FV43" s="3" t="n">
-        <x:v>23733</x:v>
+        <x:v>23729</x:v>
       </x:c>
       <x:c r="FW43" s="3" t="n">
-        <x:v>31892</x:v>
+        <x:v>31779</x:v>
       </x:c>
       <x:c r="FX43" s="3" t="n">
-        <x:v>35151</x:v>
+        <x:v>34928</x:v>
       </x:c>
       <x:c r="FY43" s="3" t="n">
-        <x:v>43505</x:v>
+        <x:v>43037</x:v>
       </x:c>
       <x:c r="FZ43" s="3" t="n">
-        <x:v>28182</x:v>
+        <x:v>27871</x:v>
       </x:c>
       <x:c r="GA43" s="3" t="n">
-        <x:v>34309</x:v>
+        <x:v>33363</x:v>
       </x:c>
       <x:c r="GB43" s="3" t="n">
-        <x:v>32970</x:v>
+        <x:v>32672</x:v>
       </x:c>
       <x:c r="GC43" s="3" t="n">
-        <x:v>50468</x:v>
+        <x:v>50399</x:v>
       </x:c>
       <x:c r="GD43" s="3" t="n">
-        <x:v>30078</x:v>
+        <x:v>30212</x:v>
       </x:c>
       <x:c r="GE43" s="3" t="n">
-        <x:v>34556</x:v>
+        <x:v>34929</x:v>
       </x:c>
       <x:c r="GF43" s="3" t="n">
-        <x:v>41012</x:v>
+        <x:v>41428</x:v>
       </x:c>
       <x:c r="GG43" s="3" t="n">
-        <x:v>56173</x:v>
+        <x:v>55758</x:v>
       </x:c>
       <x:c r="GH43" s="3" t="n">
-        <x:v>33596</x:v>
+        <x:v>30691</x:v>
       </x:c>
       <x:c r="GI43" s="3" t="n">
-        <x:v>39820</x:v>
+        <x:v>37053</x:v>
+      </x:c>
+      <x:c r="GJ43" s="3" t="n">
+        <x:v>37556</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:191">
+    <x:row r="44" spans="1:192">
       <x:c r="A44" s="2" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>706</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C44" s="3" t="n">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="D44" s="3" t="n">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="E44" s="3" t="n">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="F44" s="3" t="n">
         <x:v>712</x:v>
       </x:c>
-      <x:c r="D44" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G44" s="3" t="n">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="H44" s="3" t="n">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="I44" s="3" t="n">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="J44" s="3" t="n">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="K44" s="3" t="n">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="L44" s="3" t="n">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c r="M44" s="3" t="n">
+        <x:v>803</x:v>
+      </x:c>
+      <x:c r="N44" s="3" t="n">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="O44" s="3" t="n">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="P44" s="3" t="n">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="Q44" s="3" t="n">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="R44" s="3" t="n">
+        <x:v>822</x:v>
+      </x:c>
+      <x:c r="S44" s="3" t="n">
+        <x:v>837</x:v>
+      </x:c>
+      <x:c r="T44" s="3" t="n">
+        <x:v>854</x:v>
+      </x:c>
+      <x:c r="U44" s="3" t="n">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="V44" s="3" t="n">
+        <x:v>931</x:v>
+      </x:c>
+      <x:c r="W44" s="3" t="n">
+        <x:v>942</x:v>
+      </x:c>
+      <x:c r="X44" s="3" t="n">
+        <x:v>948</x:v>
+      </x:c>
+      <x:c r="Y44" s="3" t="n">
+        <x:v>946</x:v>
+      </x:c>
+      <x:c r="Z44" s="3" t="n">
+        <x:v>959</x:v>
+      </x:c>
+      <x:c r="AA44" s="3" t="n">
+        <x:v>971</x:v>
+      </x:c>
+      <x:c r="AB44" s="3" t="n">
+        <x:v>988</x:v>
+      </x:c>
+      <x:c r="AC44" s="3" t="n">
+        <x:v>1003</x:v>
+      </x:c>
+      <x:c r="AD44" s="3" t="n">
+        <x:v>974</x:v>
+      </x:c>
+      <x:c r="AE44" s="3" t="n">
+        <x:v>996</x:v>
+      </x:c>
+      <x:c r="AF44" s="3" t="n">
+        <x:v>1009</x:v>
+      </x:c>
+      <x:c r="AG44" s="3" t="n">
+        <x:v>1019</x:v>
+      </x:c>
+      <x:c r="AH44" s="3" t="n">
+        <x:v>1074</x:v>
+      </x:c>
+      <x:c r="AI44" s="3" t="n">
+        <x:v>1110</x:v>
+      </x:c>
+      <x:c r="AJ44" s="3" t="n">
+        <x:v>1157</x:v>
+      </x:c>
+      <x:c r="AK44" s="3" t="n">
+        <x:v>1235</x:v>
+      </x:c>
+      <x:c r="AL44" s="3" t="n">
+        <x:v>1320</x:v>
+      </x:c>
+      <x:c r="AM44" s="3" t="n">
+        <x:v>1338</x:v>
+      </x:c>
+      <x:c r="AN44" s="3" t="n">
+        <x:v>1337</x:v>
+      </x:c>
+      <x:c r="AO44" s="3" t="n">
+        <x:v>1445</x:v>
+      </x:c>
+      <x:c r="AP44" s="3" t="n">
+        <x:v>1455</x:v>
+      </x:c>
+      <x:c r="AQ44" s="3" t="n">
+        <x:v>1406</x:v>
+      </x:c>
+      <x:c r="AR44" s="3" t="n">
+        <x:v>1391</x:v>
+      </x:c>
+      <x:c r="AS44" s="3" t="n">
+        <x:v>1494</x:v>
+      </x:c>
+      <x:c r="AT44" s="3" t="n">
+        <x:v>1507</x:v>
+      </x:c>
+      <x:c r="AU44" s="3" t="n">
+        <x:v>1456</x:v>
+      </x:c>
+      <x:c r="AV44" s="3" t="n">
+        <x:v>1457</x:v>
+      </x:c>
+      <x:c r="AW44" s="3" t="n">
+        <x:v>1619</x:v>
+      </x:c>
+      <x:c r="AX44" s="3" t="n">
+        <x:v>1528</x:v>
+      </x:c>
+      <x:c r="AY44" s="3" t="n">
+        <x:v>1500</x:v>
+      </x:c>
+      <x:c r="AZ44" s="3" t="n">
+        <x:v>1550</x:v>
+      </x:c>
+      <x:c r="BA44" s="3" t="n">
+        <x:v>1752</x:v>
+      </x:c>
+      <x:c r="BB44" s="3" t="n">
+        <x:v>1600</x:v>
+      </x:c>
+      <x:c r="BC44" s="3" t="n">
+        <x:v>1610</x:v>
+      </x:c>
+      <x:c r="BD44" s="3" t="n">
+        <x:v>1675</x:v>
+      </x:c>
+      <x:c r="BE44" s="3" t="n">
+        <x:v>2060</x:v>
+      </x:c>
+      <x:c r="BF44" s="3" t="n">
+        <x:v>1700</x:v>
+      </x:c>
+      <x:c r="BG44" s="3" t="n">
+        <x:v>1698</x:v>
+      </x:c>
+      <x:c r="BH44" s="3" t="n">
+        <x:v>1776</x:v>
+      </x:c>
+      <x:c r="BI44" s="3" t="n">
+        <x:v>2100</x:v>
+      </x:c>
+      <x:c r="BJ44" s="3" t="n">
+        <x:v>1814</x:v>
+      </x:c>
+      <x:c r="BK44" s="3" t="n">
+        <x:v>1804</x:v>
+      </x:c>
+      <x:c r="BL44" s="3" t="n">
+        <x:v>1932</x:v>
+      </x:c>
+      <x:c r="BM44" s="3" t="n">
+        <x:v>2112</x:v>
+      </x:c>
+      <x:c r="BN44" s="3" t="n">
+        <x:v>1898</x:v>
+      </x:c>
+      <x:c r="BO44" s="3" t="n">
+        <x:v>2094</x:v>
+      </x:c>
+      <x:c r="BP44" s="3" t="n">
+        <x:v>2141</x:v>
+      </x:c>
+      <x:c r="BQ44" s="3" t="n">
+        <x:v>2491</x:v>
+      </x:c>
+      <x:c r="BR44" s="3" t="n">
+        <x:v>2073</x:v>
+      </x:c>
+      <x:c r="BS44" s="3" t="n">
+        <x:v>2158</x:v>
+      </x:c>
+      <x:c r="BT44" s="3" t="n">
+        <x:v>2214</x:v>
+      </x:c>
+      <x:c r="BU44" s="3" t="n">
+        <x:v>2601</x:v>
+      </x:c>
+      <x:c r="BV44" s="3" t="n">
+        <x:v>2299</x:v>
+      </x:c>
+      <x:c r="BW44" s="3" t="n">
+        <x:v>2377</x:v>
+      </x:c>
+      <x:c r="BX44" s="3" t="n">
+        <x:v>2457</x:v>
+      </x:c>
+      <x:c r="BY44" s="3" t="n">
+        <x:v>2879</x:v>
+      </x:c>
+      <x:c r="BZ44" s="3" t="n">
+        <x:v>4590</x:v>
+      </x:c>
+      <x:c r="CA44" s="3" t="n">
+        <x:v>4307</x:v>
+      </x:c>
+      <x:c r="CB44" s="3" t="n">
+        <x:v>2970</x:v>
+      </x:c>
+      <x:c r="CC44" s="3" t="n">
+        <x:v>2996</x:v>
+      </x:c>
+      <x:c r="CD44" s="3" t="n">
+        <x:v>3423</x:v>
+      </x:c>
+      <x:c r="CE44" s="3" t="n">
+        <x:v>3478</x:v>
+      </x:c>
+      <x:c r="CF44" s="3" t="n">
+        <x:v>3156</x:v>
+      </x:c>
+      <x:c r="CG44" s="3" t="n">
+        <x:v>3321</x:v>
+      </x:c>
+      <x:c r="CH44" s="3" t="n">
+        <x:v>3391</x:v>
+      </x:c>
+      <x:c r="CI44" s="3" t="n">
+        <x:v>3326</x:v>
+      </x:c>
+      <x:c r="CJ44" s="3" t="n">
+        <x:v>3083</x:v>
+      </x:c>
+      <x:c r="CK44" s="3" t="n">
+        <x:v>3274</x:v>
+      </x:c>
+      <x:c r="CL44" s="3" t="n">
+        <x:v>3369</x:v>
+      </x:c>
+      <x:c r="CM44" s="3" t="n">
+        <x:v>3293</x:v>
+      </x:c>
+      <x:c r="CN44" s="3" t="n">
+        <x:v>3067</x:v>
+      </x:c>
+      <x:c r="CO44" s="3" t="n">
+        <x:v>3395</x:v>
+      </x:c>
+      <x:c r="CP44" s="3" t="n">
+        <x:v>3428</x:v>
+      </x:c>
+      <x:c r="CQ44" s="3" t="n">
+        <x:v>3328</x:v>
+      </x:c>
+      <x:c r="CR44" s="3" t="n">
+        <x:v>3133</x:v>
+      </x:c>
+      <x:c r="CS44" s="3" t="n">
+        <x:v>3172</x:v>
+      </x:c>
+      <x:c r="CT44" s="3" t="n">
+        <x:v>3784</x:v>
+      </x:c>
+      <x:c r="CU44" s="3" t="n">
+        <x:v>3632</x:v>
+      </x:c>
+      <x:c r="CV44" s="3" t="n">
+        <x:v>3446</x:v>
+      </x:c>
+      <x:c r="CW44" s="3" t="n">
+        <x:v>3530</x:v>
+      </x:c>
+      <x:c r="CX44" s="3" t="n">
+        <x:v>4235</x:v>
+      </x:c>
+      <x:c r="CY44" s="3" t="n">
+        <x:v>4270</x:v>
+      </x:c>
+      <x:c r="CZ44" s="3" t="n">
+        <x:v>4075</x:v>
+      </x:c>
+      <x:c r="DA44" s="3" t="n">
+        <x:v>4142</x:v>
+      </x:c>
+      <x:c r="DB44" s="3" t="n">
+        <x:v>3747</x:v>
+      </x:c>
+      <x:c r="DC44" s="3" t="n">
+        <x:v>3998</x:v>
+      </x:c>
+      <x:c r="DD44" s="3" t="n">
+        <x:v>4084</x:v>
+      </x:c>
+      <x:c r="DE44" s="3" t="n">
+        <x:v>4732</x:v>
+      </x:c>
+      <x:c r="DF44" s="3" t="n">
+        <x:v>4017</x:v>
+      </x:c>
+      <x:c r="DG44" s="3" t="n">
+        <x:v>4208</x:v>
+      </x:c>
+      <x:c r="DH44" s="3" t="n">
+        <x:v>4242</x:v>
+      </x:c>
+      <x:c r="DI44" s="3" t="n">
+        <x:v>5145</x:v>
+      </x:c>
+      <x:c r="DJ44" s="3" t="n">
+        <x:v>4512</x:v>
+      </x:c>
+      <x:c r="DK44" s="3" t="n">
+        <x:v>5275</x:v>
+      </x:c>
+      <x:c r="DL44" s="3" t="n">
+        <x:v>4779</x:v>
+      </x:c>
+      <x:c r="DM44" s="3" t="n">
+        <x:v>5364</x:v>
+      </x:c>
+      <x:c r="DN44" s="3" t="n">
+        <x:v>4886</x:v>
+      </x:c>
+      <x:c r="DO44" s="3" t="n">
+        <x:v>5605</x:v>
+      </x:c>
+      <x:c r="DP44" s="3" t="n">
+        <x:v>5563</x:v>
+      </x:c>
+      <x:c r="DQ44" s="3" t="n">
+        <x:v>6524</x:v>
+      </x:c>
+      <x:c r="DR44" s="3" t="n">
+        <x:v>5560</x:v>
+      </x:c>
+      <x:c r="DS44" s="3" t="n">
+        <x:v>5348</x:v>
+      </x:c>
+      <x:c r="DT44" s="3" t="n">
+        <x:v>6358</x:v>
+      </x:c>
+      <x:c r="DU44" s="3" t="n">
+        <x:v>6904</x:v>
+      </x:c>
+      <x:c r="DV44" s="3" t="n">
+        <x:v>6017</x:v>
+      </x:c>
+      <x:c r="DW44" s="3" t="n">
+        <x:v>5982</x:v>
+      </x:c>
+      <x:c r="DX44" s="3" t="n">
+        <x:v>7709</x:v>
+      </x:c>
+      <x:c r="DY44" s="3" t="n">
+        <x:v>7932</x:v>
+      </x:c>
+      <x:c r="DZ44" s="3" t="n">
+        <x:v>6224</x:v>
+      </x:c>
+      <x:c r="EA44" s="3" t="n">
+        <x:v>5999</x:v>
+      </x:c>
+      <x:c r="EB44" s="3" t="n">
+        <x:v>7709</x:v>
+      </x:c>
+      <x:c r="EC44" s="3" t="n">
+        <x:v>7736</x:v>
+      </x:c>
+      <x:c r="ED44" s="3" t="n">
+        <x:v>6140</x:v>
+      </x:c>
+      <x:c r="EE44" s="3" t="n">
+        <x:v>5939</x:v>
+      </x:c>
+      <x:c r="EF44" s="3" t="n">
+        <x:v>7470</x:v>
+      </x:c>
+      <x:c r="EG44" s="3" t="n">
+        <x:v>7295</x:v>
+      </x:c>
+      <x:c r="EH44" s="3" t="n">
+        <x:v>6185</x:v>
+      </x:c>
+      <x:c r="EI44" s="3" t="n">
+        <x:v>5998</x:v>
+      </x:c>
+      <x:c r="EJ44" s="3" t="n">
+        <x:v>7330</x:v>
+      </x:c>
+      <x:c r="EK44" s="3" t="n">
+        <x:v>7491</x:v>
+      </x:c>
+      <x:c r="EL44" s="3" t="n">
+        <x:v>6752</x:v>
+      </x:c>
+      <x:c r="EM44" s="3" t="n">
+        <x:v>6713</x:v>
+      </x:c>
+      <x:c r="EN44" s="3" t="n">
+        <x:v>8506</x:v>
+      </x:c>
+      <x:c r="EO44" s="3" t="n">
+        <x:v>8365</x:v>
+      </x:c>
+      <x:c r="EP44" s="3" t="n">
+        <x:v>7581</x:v>
+      </x:c>
+      <x:c r="EQ44" s="3" t="n">
+        <x:v>6954</x:v>
+      </x:c>
+      <x:c r="ER44" s="3" t="n">
+        <x:v>9041</x:v>
+      </x:c>
+      <x:c r="ES44" s="3" t="n">
+        <x:v>8753</x:v>
+      </x:c>
+      <x:c r="ET44" s="3" t="n">
+        <x:v>8805</x:v>
+      </x:c>
+      <x:c r="EU44" s="3" t="n">
+        <x:v>8942</x:v>
+      </x:c>
+      <x:c r="EV44" s="3" t="n">
+        <x:v>9023</x:v>
+      </x:c>
+      <x:c r="EW44" s="3" t="n">
+        <x:v>9191</x:v>
+      </x:c>
+      <x:c r="EX44" s="3" t="n">
+        <x:v>7880</x:v>
+      </x:c>
+      <x:c r="EY44" s="3" t="n">
+        <x:v>8712</x:v>
+      </x:c>
+      <x:c r="EZ44" s="3" t="n">
+        <x:v>9281</x:v>
+      </x:c>
+      <x:c r="FA44" s="3" t="n">
+        <x:v>11295</x:v>
+      </x:c>
+      <x:c r="FB44" s="3" t="n">
+        <x:v>9128</x:v>
+      </x:c>
+      <x:c r="FC44" s="3" t="n">
+        <x:v>9607</x:v>
+      </x:c>
+      <x:c r="FD44" s="3" t="n">
+        <x:v>10406</x:v>
+      </x:c>
+      <x:c r="FE44" s="3" t="n">
+        <x:v>13082</x:v>
+      </x:c>
+      <x:c r="FF44" s="3" t="n">
+        <x:v>9668</x:v>
+      </x:c>
+      <x:c r="FG44" s="3" t="n">
+        <x:v>9694</x:v>
+      </x:c>
+      <x:c r="FH44" s="3" t="n">
+        <x:v>10868</x:v>
+      </x:c>
+      <x:c r="FI44" s="3" t="n">
+        <x:v>13651</x:v>
+      </x:c>
+      <x:c r="FJ44" s="3" t="n">
+        <x:v>9459</x:v>
+      </x:c>
+      <x:c r="FK44" s="3" t="n">
+        <x:v>10282</x:v>
+      </x:c>
+      <x:c r="FL44" s="3" t="n">
+        <x:v>11798</x:v>
+      </x:c>
+      <x:c r="FM44" s="3" t="n">
+        <x:v>13787</x:v>
+      </x:c>
+      <x:c r="FN44" s="3" t="n">
+        <x:v>10370</x:v>
+      </x:c>
+      <x:c r="FO44" s="3" t="n">
+        <x:v>10424</x:v>
+      </x:c>
+      <x:c r="FP44" s="3" t="n">
+        <x:v>11479</x:v>
+      </x:c>
+      <x:c r="FQ44" s="3" t="n">
+        <x:v>14315</x:v>
+      </x:c>
+      <x:c r="FR44" s="3" t="n">
+        <x:v>10443</x:v>
+      </x:c>
+      <x:c r="FS44" s="3" t="n">
+        <x:v>10533</x:v>
+      </x:c>
+      <x:c r="FT44" s="3" t="n">
+        <x:v>10987</x:v>
+      </x:c>
+      <x:c r="FU44" s="3" t="n">
+        <x:v>14163</x:v>
+      </x:c>
+      <x:c r="FV44" s="3" t="n">
+        <x:v>10647</x:v>
+      </x:c>
+      <x:c r="FW44" s="3" t="n">
+        <x:v>11291</x:v>
+      </x:c>
+      <x:c r="FX44" s="3" t="n">
+        <x:v>12599</x:v>
+      </x:c>
+      <x:c r="FY44" s="3" t="n">
+        <x:v>15694</x:v>
+      </x:c>
+      <x:c r="FZ44" s="3" t="n">
+        <x:v>11266</x:v>
+      </x:c>
+      <x:c r="GA44" s="3" t="n">
+        <x:v>11663</x:v>
+      </x:c>
+      <x:c r="GB44" s="3" t="n">
+        <x:v>12561</x:v>
+      </x:c>
+      <x:c r="GC44" s="3" t="n">
+        <x:v>16341</x:v>
+      </x:c>
+      <x:c r="GD44" s="3" t="n">
+        <x:v>12145</x:v>
+      </x:c>
+      <x:c r="GE44" s="3" t="n">
+        <x:v>13154</x:v>
+      </x:c>
+      <x:c r="GF44" s="3" t="n">
+        <x:v>16407</x:v>
+      </x:c>
+      <x:c r="GG44" s="3" t="n">
+        <x:v>17661</x:v>
+      </x:c>
+      <x:c r="GH44" s="3" t="n">
+        <x:v>12742</x:v>
+      </x:c>
+      <x:c r="GI44" s="3" t="n">
+        <x:v>13598</x:v>
+      </x:c>
+      <x:c r="GJ44" s="3" t="n">
+        <x:v>15164</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:192">
+      <x:c r="A45" s="2" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="B45" s="3" t="n">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="n">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="D45" s="3" t="n">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="E45" s="3" t="n">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="F45" s="3" t="n">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="G45" s="3" t="n">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="H45" s="3" t="n">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="I45" s="3" t="n">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="J45" s="3" t="n">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="K45" s="3" t="n">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="L45" s="3" t="n">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="M45" s="3" t="n">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c r="N45" s="3" t="n">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c r="O45" s="3" t="n">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="P45" s="3" t="n">
+        <x:v>809</x:v>
+      </x:c>
+      <x:c r="Q45" s="3" t="n">
+        <x:v>822</x:v>
+      </x:c>
+      <x:c r="R45" s="3" t="n">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="S45" s="3" t="n">
+        <x:v>821</x:v>
+      </x:c>
+      <x:c r="T45" s="3" t="n">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="U45" s="3" t="n">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="V45" s="3" t="n">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="W45" s="3" t="n">
+        <x:v>873</x:v>
+      </x:c>
+      <x:c r="X45" s="3" t="n">
+        <x:v>873</x:v>
+      </x:c>
+      <x:c r="Y45" s="3" t="n">
+        <x:v>870</x:v>
+      </x:c>
+      <x:c r="Z45" s="3" t="n">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="AA45" s="3" t="n">
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="AB45" s="3" t="n">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="AC45" s="3" t="n">
+        <x:v>870</x:v>
+      </x:c>
+      <x:c r="AD45" s="3" t="n">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="AE45" s="3" t="n">
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="AF45" s="3" t="n">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="AG45" s="3" t="n">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="AH45" s="3" t="n">
+        <x:v>914</x:v>
+      </x:c>
+      <x:c r="AI45" s="3" t="n">
+        <x:v>1003</x:v>
+      </x:c>
+      <x:c r="AJ45" s="3" t="n">
+        <x:v>1061</x:v>
+      </x:c>
+      <x:c r="AK45" s="3" t="n">
+        <x:v>1138</x:v>
+      </x:c>
+      <x:c r="AL45" s="3" t="n">
+        <x:v>1248</x:v>
+      </x:c>
+      <x:c r="AM45" s="3" t="n">
+        <x:v>1323</x:v>
+      </x:c>
+      <x:c r="AN45" s="3" t="n">
+        <x:v>1367</x:v>
+      </x:c>
+      <x:c r="AO45" s="3" t="n">
+        <x:v>1414</x:v>
+      </x:c>
+      <x:c r="AP45" s="3" t="n">
+        <x:v>1712</x:v>
+      </x:c>
+      <x:c r="AQ45" s="3" t="n">
+        <x:v>1600</x:v>
+      </x:c>
+      <x:c r="AR45" s="3" t="n">
+        <x:v>1525</x:v>
+      </x:c>
+      <x:c r="AS45" s="3" t="n">
+        <x:v>1511</x:v>
+      </x:c>
+      <x:c r="AT45" s="3" t="n">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="AU45" s="3" t="n">
+        <x:v>1501</x:v>
+      </x:c>
+      <x:c r="AV45" s="3" t="n">
+        <x:v>1506</x:v>
+      </x:c>
+      <x:c r="AW45" s="3" t="n">
+        <x:v>1564</x:v>
+      </x:c>
+      <x:c r="AX45" s="3" t="n">
+        <x:v>1518</x:v>
+      </x:c>
+      <x:c r="AY45" s="3" t="n">
+        <x:v>1406</x:v>
+      </x:c>
+      <x:c r="AZ45" s="3" t="n">
+        <x:v>1438</x:v>
+      </x:c>
+      <x:c r="BA45" s="3" t="n">
+        <x:v>1595</x:v>
+      </x:c>
+      <x:c r="BB45" s="3" t="n">
+        <x:v>1636</x:v>
+      </x:c>
+      <x:c r="BC45" s="3" t="n">
+        <x:v>1563</x:v>
+      </x:c>
+      <x:c r="BD45" s="3" t="n">
+        <x:v>1671</x:v>
+      </x:c>
+      <x:c r="BE45" s="3" t="n">
+        <x:v>1920</x:v>
+      </x:c>
+      <x:c r="BF45" s="3" t="n">
+        <x:v>1566</x:v>
+      </x:c>
+      <x:c r="BG45" s="3" t="n">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="BH45" s="3" t="n">
+        <x:v>1583</x:v>
+      </x:c>
+      <x:c r="BI45" s="3" t="n">
+        <x:v>1786</x:v>
+      </x:c>
+      <x:c r="BJ45" s="3" t="n">
+        <x:v>1439</x:v>
+      </x:c>
+      <x:c r="BK45" s="3" t="n">
+        <x:v>1416</x:v>
+      </x:c>
+      <x:c r="BL45" s="3" t="n">
+        <x:v>1584</x:v>
+      </x:c>
+      <x:c r="BM45" s="3" t="n">
+        <x:v>1965</x:v>
+      </x:c>
+      <x:c r="BN45" s="3" t="n">
+        <x:v>1452</x:v>
+      </x:c>
+      <x:c r="BO45" s="3" t="n">
+        <x:v>1492</x:v>
+      </x:c>
+      <x:c r="BP45" s="3" t="n">
+        <x:v>1660</x:v>
+      </x:c>
+      <x:c r="BQ45" s="3" t="n">
+        <x:v>1937</x:v>
+      </x:c>
+      <x:c r="BR45" s="3" t="n">
+        <x:v>1603</x:v>
+      </x:c>
+      <x:c r="BS45" s="3" t="n">
+        <x:v>1640</x:v>
+      </x:c>
+      <x:c r="BT45" s="3" t="n">
+        <x:v>1822</x:v>
+      </x:c>
+      <x:c r="BU45" s="3" t="n">
+        <x:v>2179</x:v>
+      </x:c>
+      <x:c r="BV45" s="3" t="n">
+        <x:v>1810</x:v>
+      </x:c>
+      <x:c r="BW45" s="3" t="n">
+        <x:v>1845</x:v>
+      </x:c>
+      <x:c r="BX45" s="3" t="n">
+        <x:v>2053</x:v>
+      </x:c>
+      <x:c r="BY45" s="3" t="n">
+        <x:v>2500</x:v>
+      </x:c>
+      <x:c r="BZ45" s="3" t="n">
+        <x:v>1921</x:v>
+      </x:c>
+      <x:c r="CA45" s="3" t="n">
+        <x:v>1961</x:v>
+      </x:c>
+      <x:c r="CB45" s="3" t="n">
+        <x:v>2195</x:v>
+      </x:c>
+      <x:c r="CC45" s="3" t="n">
+        <x:v>2683</x:v>
+      </x:c>
+      <x:c r="CD45" s="3" t="n">
+        <x:v>2448</x:v>
+      </x:c>
+      <x:c r="CE45" s="3" t="n">
+        <x:v>2495</x:v>
+      </x:c>
+      <x:c r="CF45" s="3" t="n">
+        <x:v>2783</x:v>
+      </x:c>
+      <x:c r="CG45" s="3" t="n">
+        <x:v>3438</x:v>
+      </x:c>
+      <x:c r="CH45" s="3" t="n">
+        <x:v>2954</x:v>
+      </x:c>
+      <x:c r="CI45" s="3" t="n">
+        <x:v>2925</x:v>
+      </x:c>
+      <x:c r="CJ45" s="3" t="n">
+        <x:v>3311</x:v>
+      </x:c>
+      <x:c r="CK45" s="3" t="n">
+        <x:v>4053</x:v>
+      </x:c>
+      <x:c r="CL45" s="3" t="n">
+        <x:v>2907</x:v>
+      </x:c>
+      <x:c r="CM45" s="3" t="n">
+        <x:v>2908</x:v>
+      </x:c>
+      <x:c r="CN45" s="3" t="n">
+        <x:v>3293</x:v>
+      </x:c>
+      <x:c r="CO45" s="3" t="n">
+        <x:v>3877</x:v>
+      </x:c>
+      <x:c r="CP45" s="3" t="n">
+        <x:v>3194</x:v>
+      </x:c>
+      <x:c r="CQ45" s="3" t="n">
+        <x:v>3228</x:v>
+      </x:c>
+      <x:c r="CR45" s="3" t="n">
+        <x:v>3692</x:v>
+      </x:c>
+      <x:c r="CS45" s="3" t="n">
+        <x:v>4255</x:v>
+      </x:c>
+      <x:c r="CT45" s="3" t="n">
+        <x:v>3204</x:v>
+      </x:c>
+      <x:c r="CU45" s="3" t="n">
+        <x:v>3413</x:v>
+      </x:c>
+      <x:c r="CV45" s="3" t="n">
+        <x:v>3733</x:v>
+      </x:c>
+      <x:c r="CW45" s="3" t="n">
+        <x:v>4345</x:v>
+      </x:c>
+      <x:c r="CX45" s="3" t="n">
+        <x:v>3755</x:v>
+      </x:c>
+      <x:c r="CY45" s="3" t="n">
+        <x:v>3601</x:v>
+      </x:c>
+      <x:c r="CZ45" s="3" t="n">
+        <x:v>3804</x:v>
+      </x:c>
+      <x:c r="DA45" s="3" t="n">
+        <x:v>3895</x:v>
+      </x:c>
+      <x:c r="DB45" s="3" t="n">
+        <x:v>3073</x:v>
+      </x:c>
+      <x:c r="DC45" s="3" t="n">
+        <x:v>4003</x:v>
+      </x:c>
+      <x:c r="DD45" s="3" t="n">
+        <x:v>3548</x:v>
+      </x:c>
+      <x:c r="DE45" s="3" t="n">
+        <x:v>5271</x:v>
+      </x:c>
+      <x:c r="DF45" s="3" t="n">
+        <x:v>3160</x:v>
+      </x:c>
+      <x:c r="DG45" s="3" t="n">
+        <x:v>4093</x:v>
+      </x:c>
+      <x:c r="DH45" s="3" t="n">
+        <x:v>3613</x:v>
+      </x:c>
+      <x:c r="DI45" s="3" t="n">
+        <x:v>5434</x:v>
+      </x:c>
+      <x:c r="DJ45" s="3" t="n">
+        <x:v>3474</x:v>
+      </x:c>
+      <x:c r="DK45" s="3" t="n">
+        <x:v>3956</x:v>
+      </x:c>
+      <x:c r="DL45" s="3" t="n">
+        <x:v>4075</x:v>
+      </x:c>
+      <x:c r="DM45" s="3" t="n">
+        <x:v>6306</x:v>
+      </x:c>
+      <x:c r="DN45" s="3" t="n">
+        <x:v>4169</x:v>
+      </x:c>
+      <x:c r="DO45" s="3" t="n">
+        <x:v>4894</x:v>
+      </x:c>
+      <x:c r="DP45" s="3" t="n">
+        <x:v>4873</x:v>
+      </x:c>
+      <x:c r="DQ45" s="3" t="n">
+        <x:v>6268</x:v>
+      </x:c>
+      <x:c r="DR45" s="3" t="n">
+        <x:v>4247</x:v>
+      </x:c>
+      <x:c r="DS45" s="3" t="n">
+        <x:v>5022</x:v>
+      </x:c>
+      <x:c r="DT45" s="3" t="n">
+        <x:v>4404</x:v>
+      </x:c>
+      <x:c r="DU45" s="3" t="n">
+        <x:v>5888</x:v>
+      </x:c>
+      <x:c r="DV45" s="3" t="n">
+        <x:v>3705</x:v>
+      </x:c>
+      <x:c r="DW45" s="3" t="n">
+        <x:v>4728</x:v>
+      </x:c>
+      <x:c r="DX45" s="3" t="n">
+        <x:v>4335</x:v>
+      </x:c>
+      <x:c r="DY45" s="3" t="n">
+        <x:v>5719</x:v>
+      </x:c>
+      <x:c r="DZ45" s="3" t="n">
+        <x:v>3881</x:v>
+      </x:c>
+      <x:c r="EA45" s="3" t="n">
+        <x:v>3906</x:v>
+      </x:c>
+      <x:c r="EB45" s="3" t="n">
+        <x:v>3932</x:v>
+      </x:c>
+      <x:c r="EC45" s="3" t="n">
+        <x:v>5340</x:v>
+      </x:c>
+      <x:c r="ED45" s="3" t="n">
+        <x:v>4165</x:v>
+      </x:c>
+      <x:c r="EE45" s="3" t="n">
+        <x:v>4249</x:v>
+      </x:c>
+      <x:c r="EF45" s="3" t="n">
+        <x:v>4709</x:v>
+      </x:c>
+      <x:c r="EG45" s="3" t="n">
+        <x:v>4692</x:v>
+      </x:c>
+      <x:c r="EH45" s="3" t="n">
+        <x:v>4317</x:v>
+      </x:c>
+      <x:c r="EI45" s="3" t="n">
+        <x:v>5081</x:v>
+      </x:c>
+      <x:c r="EJ45" s="3" t="n">
+        <x:v>4884</x:v>
+      </x:c>
+      <x:c r="EK45" s="3" t="n">
+        <x:v>5448</x:v>
+      </x:c>
+      <x:c r="EL45" s="3" t="n">
+        <x:v>5649</x:v>
+      </x:c>
+      <x:c r="EM45" s="3" t="n">
+        <x:v>5874</x:v>
+      </x:c>
+      <x:c r="EN45" s="3" t="n">
+        <x:v>5838</x:v>
+      </x:c>
+      <x:c r="EO45" s="3" t="n">
+        <x:v>6698</x:v>
+      </x:c>
+      <x:c r="EP45" s="3" t="n">
+        <x:v>6493</x:v>
+      </x:c>
+      <x:c r="EQ45" s="3" t="n">
+        <x:v>7113</x:v>
+      </x:c>
+      <x:c r="ER45" s="3" t="n">
+        <x:v>5832</x:v>
+      </x:c>
+      <x:c r="ES45" s="3" t="n">
+        <x:v>6987</x:v>
+      </x:c>
+      <x:c r="ET45" s="3" t="n">
+        <x:v>6279</x:v>
+      </x:c>
+      <x:c r="EU45" s="3" t="n">
+        <x:v>6354</x:v>
+      </x:c>
+      <x:c r="EV45" s="3" t="n">
+        <x:v>6400</x:v>
+      </x:c>
+      <x:c r="EW45" s="3" t="n">
+        <x:v>6546</x:v>
+      </x:c>
+      <x:c r="EX45" s="3" t="n">
+        <x:v>5990</x:v>
+      </x:c>
+      <x:c r="EY45" s="3" t="n">
+        <x:v>7473</x:v>
+      </x:c>
+      <x:c r="EZ45" s="3" t="n">
+        <x:v>6455</x:v>
+      </x:c>
+      <x:c r="FA45" s="3" t="n">
+        <x:v>8400</x:v>
+      </x:c>
+      <x:c r="FB45" s="3" t="n">
+        <x:v>6354</x:v>
+      </x:c>
+      <x:c r="FC45" s="3" t="n">
+        <x:v>7277</x:v>
+      </x:c>
+      <x:c r="FD45" s="3" t="n">
+        <x:v>6840</x:v>
+      </x:c>
+      <x:c r="FE45" s="3" t="n">
+        <x:v>9444</x:v>
+      </x:c>
+      <x:c r="FF45" s="3" t="n">
+        <x:v>6057</x:v>
+      </x:c>
+      <x:c r="FG45" s="3" t="n">
+        <x:v>7222</x:v>
+      </x:c>
+      <x:c r="FH45" s="3" t="n">
+        <x:v>6985</x:v>
+      </x:c>
+      <x:c r="FI45" s="3" t="n">
+        <x:v>9417</x:v>
+      </x:c>
+      <x:c r="FJ45" s="3" t="n">
+        <x:v>7406</x:v>
+      </x:c>
+      <x:c r="FK45" s="3" t="n">
+        <x:v>8368</x:v>
+      </x:c>
+      <x:c r="FL45" s="3" t="n">
+        <x:v>8524</x:v>
+      </x:c>
+      <x:c r="FM45" s="3" t="n">
+        <x:v>11299</x:v>
+      </x:c>
+      <x:c r="FN45" s="3" t="n">
+        <x:v>8264</x:v>
+      </x:c>
+      <x:c r="FO45" s="3" t="n">
+        <x:v>9779</x:v>
+      </x:c>
+      <x:c r="FP45" s="3" t="n">
+        <x:v>9170</x:v>
+      </x:c>
+      <x:c r="FQ45" s="3" t="n">
+        <x:v>11841</x:v>
+      </x:c>
+      <x:c r="FR45" s="3" t="n">
+        <x:v>9484</x:v>
+      </x:c>
+      <x:c r="FS45" s="3" t="n">
+        <x:v>10051</x:v>
+      </x:c>
+      <x:c r="FT45" s="3" t="n">
+        <x:v>10093</x:v>
+      </x:c>
+      <x:c r="FU45" s="3" t="n">
+        <x:v>13867</x:v>
+      </x:c>
+      <x:c r="FV45" s="3" t="n">
+        <x:v>9618</x:v>
+      </x:c>
+      <x:c r="FW45" s="3" t="n">
+        <x:v>10790</x:v>
+      </x:c>
+      <x:c r="FX45" s="3" t="n">
+        <x:v>10691</x:v>
+      </x:c>
+      <x:c r="FY45" s="3" t="n">
+        <x:v>15052</x:v>
+      </x:c>
+      <x:c r="FZ45" s="3" t="n">
+        <x:v>12401</x:v>
+      </x:c>
+      <x:c r="GA45" s="3" t="n">
+        <x:v>12445</x:v>
+      </x:c>
+      <x:c r="GB45" s="3" t="n">
+        <x:v>13196</x:v>
+      </x:c>
+      <x:c r="GC45" s="3" t="n">
+        <x:v>15252</x:v>
+      </x:c>
+      <x:c r="GD45" s="3" t="n">
+        <x:v>11686</x:v>
+      </x:c>
+      <x:c r="GE45" s="3" t="n">
+        <x:v>13503</x:v>
+      </x:c>
+      <x:c r="GF45" s="3" t="n">
+        <x:v>11629</x:v>
+      </x:c>
+      <x:c r="GG45" s="3" t="n">
+        <x:v>14451</x:v>
+      </x:c>
+      <x:c r="GH45" s="3" t="n">
+        <x:v>10978</x:v>
+      </x:c>
+      <x:c r="GI45" s="3" t="n">
+        <x:v>12885</x:v>
+      </x:c>
+      <x:c r="GJ45" s="3" t="n">
+        <x:v>10245</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:192">
+      <x:c r="A46" s="2" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="B46" s="3" t="n">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C46" s="3" t="n">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="D46" s="3" t="n">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="E46" s="3" t="n">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="F46" s="3" t="n">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="G46" s="3" t="n">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="H46" s="3" t="n">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="I46" s="3" t="n">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="J46" s="3" t="n">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="K46" s="3" t="n">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="L46" s="3" t="n">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="M46" s="3" t="n">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="N46" s="3" t="n">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="O46" s="3" t="n">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="P46" s="3" t="n">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="Q46" s="3" t="n">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="R46" s="3" t="n">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="S46" s="3" t="n">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="T46" s="3" t="n">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="U46" s="3" t="n">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="V46" s="3" t="n">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="W46" s="3" t="n">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="X46" s="3" t="n">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="Y46" s="3" t="n">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="Z46" s="3" t="n">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="AA46" s="3" t="n">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="AB46" s="3" t="n">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="AC46" s="3" t="n">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="AD46" s="3" t="n">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="AE46" s="3" t="n">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="AF46" s="3" t="n">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="AG46" s="3" t="n">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="AH46" s="3" t="n">
         <x:v>726</x:v>
       </x:c>
-      <x:c r="H44" s="3" t="n">
-[...32 lines deleted...]
-      <x:c r="S44" s="3" t="n">
+      <x:c r="AI46" s="3" t="n">
+        <x:v>761</x:v>
+      </x:c>
+      <x:c r="AJ46" s="3" t="n">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c r="AK46" s="3" t="n">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="AL46" s="3" t="n">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="AM46" s="3" t="n">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="AN46" s="3" t="n">
+        <x:v>882</x:v>
+      </x:c>
+      <x:c r="AO46" s="3" t="n">
+        <x:v>932</x:v>
+      </x:c>
+      <x:c r="AP46" s="3" t="n">
+        <x:v>994</x:v>
+      </x:c>
+      <x:c r="AQ46" s="3" t="n">
+        <x:v>971</x:v>
+      </x:c>
+      <x:c r="AR46" s="3" t="n">
+        <x:v>967</x:v>
+      </x:c>
+      <x:c r="AS46" s="3" t="n">
+        <x:v>994</x:v>
+      </x:c>
+      <x:c r="AT46" s="3" t="n">
+        <x:v>880</x:v>
+      </x:c>
+      <x:c r="AU46" s="3" t="n">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="AV46" s="3" t="n">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="AW46" s="3" t="n">
+        <x:v>927</x:v>
+      </x:c>
+      <x:c r="AX46" s="3" t="n">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="AY46" s="3" t="n">
+        <x:v>833</x:v>
+      </x:c>
+      <x:c r="AZ46" s="3" t="n">
+        <x:v>839</x:v>
+      </x:c>
+      <x:c r="BA46" s="3" t="n">
         <x:v>843</x:v>
       </x:c>
-      <x:c r="T44" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="W44" s="3" t="n">
+      <x:c r="BB46" s="3" t="n">
+        <x:v>945</x:v>
+      </x:c>
+      <x:c r="BC46" s="3" t="n">
+        <x:v>926</x:v>
+      </x:c>
+      <x:c r="BD46" s="3" t="n">
+        <x:v>932</x:v>
+      </x:c>
+      <x:c r="BE46" s="3" t="n">
         <x:v>949</x:v>
       </x:c>
-      <x:c r="X44" s="3" t="n">
-[...11 lines deleted...]
-      <x:c r="AB44" s="3" t="n">
+      <x:c r="BF46" s="3" t="n">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="BG46" s="3" t="n">
+        <x:v>1035</x:v>
+      </x:c>
+      <x:c r="BH46" s="3" t="n">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="BI46" s="3" t="n">
+        <x:v>1062</x:v>
+      </x:c>
+      <x:c r="BJ46" s="3" t="n">
+        <x:v>1197</x:v>
+      </x:c>
+      <x:c r="BK46" s="3" t="n">
+        <x:v>1196</x:v>
+      </x:c>
+      <x:c r="BL46" s="3" t="n">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="BM46" s="3" t="n">
+        <x:v>1274</x:v>
+      </x:c>
+      <x:c r="BN46" s="3" t="n">
         <x:v>997</x:v>
       </x:c>
-      <x:c r="AC44" s="3" t="n">
-[...50 lines deleted...]
-      <x:c r="AT44" s="3" t="n">
+      <x:c r="BO46" s="3" t="n">
+        <x:v>1008</x:v>
+      </x:c>
+      <x:c r="BP46" s="3" t="n">
+        <x:v>1045</x:v>
+      </x:c>
+      <x:c r="BQ46" s="3" t="n">
+        <x:v>1081</x:v>
+      </x:c>
+      <x:c r="BR46" s="3" t="n">
+        <x:v>1200</x:v>
+      </x:c>
+      <x:c r="BS46" s="3" t="n">
+        <x:v>1204</x:v>
+      </x:c>
+      <x:c r="BT46" s="3" t="n">
+        <x:v>1218</x:v>
+      </x:c>
+      <x:c r="BU46" s="3" t="n">
+        <x:v>1231</x:v>
+      </x:c>
+      <x:c r="BV46" s="3" t="n">
+        <x:v>1193</x:v>
+      </x:c>
+      <x:c r="BW46" s="3" t="n">
+        <x:v>1164</x:v>
+      </x:c>
+      <x:c r="BX46" s="3" t="n">
+        <x:v>1189</x:v>
+      </x:c>
+      <x:c r="BY46" s="3" t="n">
+        <x:v>1236</x:v>
+      </x:c>
+      <x:c r="BZ46" s="3" t="n">
+        <x:v>1294</x:v>
+      </x:c>
+      <x:c r="CA46" s="3" t="n">
+        <x:v>1298</x:v>
+      </x:c>
+      <x:c r="CB46" s="3" t="n">
+        <x:v>1322</x:v>
+      </x:c>
+      <x:c r="CC46" s="3" t="n">
+        <x:v>1382</x:v>
+      </x:c>
+      <x:c r="CD46" s="3" t="n">
+        <x:v>1416</x:v>
+      </x:c>
+      <x:c r="CE46" s="3" t="n">
+        <x:v>1400</x:v>
+      </x:c>
+      <x:c r="CF46" s="3" t="n">
+        <x:v>1404</x:v>
+      </x:c>
+      <x:c r="CG46" s="3" t="n">
+        <x:v>1404</x:v>
+      </x:c>
+      <x:c r="CH46" s="3" t="n">
+        <x:v>1491</x:v>
+      </x:c>
+      <x:c r="CI46" s="3" t="n">
         <x:v>1521</x:v>
       </x:c>
-      <x:c r="AU44" s="3" t="n">
-[...56 lines deleted...]
-      <x:c r="BN44" s="3" t="n">
+      <x:c r="CJ46" s="3" t="n">
+        <x:v>1575</x:v>
+      </x:c>
+      <x:c r="CK46" s="3" t="n">
+        <x:v>1736</x:v>
+      </x:c>
+      <x:c r="CL46" s="3" t="n">
+        <x:v>1560</x:v>
+      </x:c>
+      <x:c r="CM46" s="3" t="n">
+        <x:v>1548</x:v>
+      </x:c>
+      <x:c r="CN46" s="3" t="n">
+        <x:v>1653</x:v>
+      </x:c>
+      <x:c r="CO46" s="3" t="n">
+        <x:v>1782</x:v>
+      </x:c>
+      <x:c r="CP46" s="3" t="n">
+        <x:v>1583</x:v>
+      </x:c>
+      <x:c r="CQ46" s="3" t="n">
+        <x:v>1536</x:v>
+      </x:c>
+      <x:c r="CR46" s="3" t="n">
+        <x:v>1573</x:v>
+      </x:c>
+      <x:c r="CS46" s="3" t="n">
+        <x:v>1692</x:v>
+      </x:c>
+      <x:c r="CT46" s="3" t="n">
+        <x:v>1646</x:v>
+      </x:c>
+      <x:c r="CU46" s="3" t="n">
+        <x:v>1647</x:v>
+      </x:c>
+      <x:c r="CV46" s="3" t="n">
+        <x:v>1691</x:v>
+      </x:c>
+      <x:c r="CW46" s="3" t="n">
+        <x:v>1835</x:v>
+      </x:c>
+      <x:c r="CX46" s="3" t="n">
+        <x:v>1849</x:v>
+      </x:c>
+      <x:c r="CY46" s="3" t="n">
+        <x:v>1827</x:v>
+      </x:c>
+      <x:c r="CZ46" s="3" t="n">
+        <x:v>1909</x:v>
+      </x:c>
+      <x:c r="DA46" s="3" t="n">
+        <x:v>2161</x:v>
+      </x:c>
+      <x:c r="DB46" s="3" t="n">
+        <x:v>1880</x:v>
+      </x:c>
+      <x:c r="DC46" s="3" t="n">
+        <x:v>1925</x:v>
+      </x:c>
+      <x:c r="DD46" s="3" t="n">
+        <x:v>1980</x:v>
+      </x:c>
+      <x:c r="DE46" s="3" t="n">
+        <x:v>2196</x:v>
+      </x:c>
+      <x:c r="DF46" s="3" t="n">
+        <x:v>1728</x:v>
+      </x:c>
+      <x:c r="DG46" s="3" t="n">
+        <x:v>1781</x:v>
+      </x:c>
+      <x:c r="DH46" s="3" t="n">
+        <x:v>1874</x:v>
+      </x:c>
+      <x:c r="DI46" s="3" t="n">
+        <x:v>2042</x:v>
+      </x:c>
+      <x:c r="DJ46" s="3" t="n">
+        <x:v>2251</x:v>
+      </x:c>
+      <x:c r="DK46" s="3" t="n">
+        <x:v>2145</x:v>
+      </x:c>
+      <x:c r="DL46" s="3" t="n">
+        <x:v>2259</x:v>
+      </x:c>
+      <x:c r="DM46" s="3" t="n">
+        <x:v>2441</x:v>
+      </x:c>
+      <x:c r="DN46" s="3" t="n">
+        <x:v>1735</x:v>
+      </x:c>
+      <x:c r="DO46" s="3" t="n">
+        <x:v>1734</x:v>
+      </x:c>
+      <x:c r="DP46" s="3" t="n">
+        <x:v>1679</x:v>
+      </x:c>
+      <x:c r="DQ46" s="3" t="n">
         <x:v>1920</x:v>
       </x:c>
-      <x:c r="BO44" s="3" t="n">
-[...372 lines deleted...]
-        <x:v>13087</x:v>
+      <x:c r="DR46" s="3" t="n">
+        <x:v>1875</x:v>
+      </x:c>
+      <x:c r="DS46" s="3" t="n">
+        <x:v>1840</x:v>
+      </x:c>
+      <x:c r="DT46" s="3" t="n">
+        <x:v>1715</x:v>
+      </x:c>
+      <x:c r="DU46" s="3" t="n">
+        <x:v>1902</x:v>
+      </x:c>
+      <x:c r="DV46" s="3" t="n">
+        <x:v>2340</x:v>
+      </x:c>
+      <x:c r="DW46" s="3" t="n">
+        <x:v>2285</x:v>
+      </x:c>
+      <x:c r="DX46" s="3" t="n">
+        <x:v>2067</x:v>
+      </x:c>
+      <x:c r="DY46" s="3" t="n">
+        <x:v>2294</x:v>
+      </x:c>
+      <x:c r="DZ46" s="3" t="n">
+        <x:v>1859</x:v>
+      </x:c>
+      <x:c r="EA46" s="3" t="n">
+        <x:v>1942</x:v>
+      </x:c>
+      <x:c r="EB46" s="3" t="n">
+        <x:v>1808</x:v>
+      </x:c>
+      <x:c r="EC46" s="3" t="n">
+        <x:v>2037</x:v>
+      </x:c>
+      <x:c r="ED46" s="3" t="n">
+        <x:v>2268</x:v>
+      </x:c>
+      <x:c r="EE46" s="3" t="n">
+        <x:v>2286</x:v>
+      </x:c>
+      <x:c r="EF46" s="3" t="n">
+        <x:v>2111</x:v>
+      </x:c>
+      <x:c r="EG46" s="3" t="n">
+        <x:v>2217</x:v>
+      </x:c>
+      <x:c r="EH46" s="3" t="n">
+        <x:v>2194</x:v>
+      </x:c>
+      <x:c r="EI46" s="3" t="n">
+        <x:v>2062</x:v>
+      </x:c>
+      <x:c r="EJ46" s="3" t="n">
+        <x:v>1998</x:v>
+      </x:c>
+      <x:c r="EK46" s="3" t="n">
+        <x:v>2063</x:v>
+      </x:c>
+      <x:c r="EL46" s="3" t="n">
+        <x:v>2161</x:v>
+      </x:c>
+      <x:c r="EM46" s="3" t="n">
+        <x:v>2171</x:v>
+      </x:c>
+      <x:c r="EN46" s="3" t="n">
+        <x:v>2026</x:v>
+      </x:c>
+      <x:c r="EO46" s="3" t="n">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="EP46" s="3" t="n">
+        <x:v>2538</x:v>
+      </x:c>
+      <x:c r="EQ46" s="3" t="n">
+        <x:v>2588</x:v>
+      </x:c>
+      <x:c r="ER46" s="3" t="n">
+        <x:v>2488</x:v>
+      </x:c>
+      <x:c r="ES46" s="3" t="n">
+        <x:v>2591</x:v>
+      </x:c>
+      <x:c r="ET46" s="3" t="n">
+        <x:v>1569</x:v>
+      </x:c>
+      <x:c r="EU46" s="3" t="n">
+        <x:v>1603</x:v>
+      </x:c>
+      <x:c r="EV46" s="3" t="n">
+        <x:v>1542</x:v>
+      </x:c>
+      <x:c r="EW46" s="3" t="n">
+        <x:v>1711</x:v>
+      </x:c>
+      <x:c r="EX46" s="3" t="n">
+        <x:v>1643</x:v>
+      </x:c>
+      <x:c r="EY46" s="3" t="n">
+        <x:v>1777</x:v>
+      </x:c>
+      <x:c r="EZ46" s="3" t="n">
+        <x:v>1758</x:v>
+      </x:c>
+      <x:c r="FA46" s="3" t="n">
+        <x:v>1951</x:v>
+      </x:c>
+      <x:c r="FB46" s="3" t="n">
+        <x:v>2380</x:v>
+      </x:c>
+      <x:c r="FC46" s="3" t="n">
+        <x:v>2402</x:v>
+      </x:c>
+      <x:c r="FD46" s="3" t="n">
+        <x:v>2385</x:v>
+      </x:c>
+      <x:c r="FE46" s="3" t="n">
+        <x:v>2503</x:v>
+      </x:c>
+      <x:c r="FF46" s="3" t="n">
+        <x:v>2461</x:v>
+      </x:c>
+      <x:c r="FG46" s="3" t="n">
+        <x:v>2554</x:v>
+      </x:c>
+      <x:c r="FH46" s="3" t="n">
+        <x:v>2548</x:v>
+      </x:c>
+      <x:c r="FI46" s="3" t="n">
+        <x:v>2878</x:v>
+      </x:c>
+      <x:c r="FJ46" s="3" t="n">
+        <x:v>3848</x:v>
+      </x:c>
+      <x:c r="FK46" s="3" t="n">
+        <x:v>4032</x:v>
+      </x:c>
+      <x:c r="FL46" s="3" t="n">
+        <x:v>4055</x:v>
+      </x:c>
+      <x:c r="FM46" s="3" t="n">
+        <x:v>4258</x:v>
+      </x:c>
+      <x:c r="FN46" s="3" t="n">
+        <x:v>2871</x:v>
+      </x:c>
+      <x:c r="FO46" s="3" t="n">
+        <x:v>2750</x:v>
+      </x:c>
+      <x:c r="FP46" s="3" t="n">
+        <x:v>2835</x:v>
+      </x:c>
+      <x:c r="FQ46" s="3" t="n">
+        <x:v>2983</x:v>
+      </x:c>
+      <x:c r="FR46" s="3" t="n">
+        <x:v>2135</x:v>
+      </x:c>
+      <x:c r="FS46" s="3" t="n">
+        <x:v>2803</x:v>
+      </x:c>
+      <x:c r="FT46" s="3" t="n">
+        <x:v>2865</x:v>
+      </x:c>
+      <x:c r="FU46" s="3" t="n">
+        <x:v>3131</x:v>
+      </x:c>
+      <x:c r="FV46" s="3" t="n">
+        <x:v>2698</x:v>
+      </x:c>
+      <x:c r="FW46" s="3" t="n">
+        <x:v>2789</x:v>
+      </x:c>
+      <x:c r="FX46" s="3" t="n">
+        <x:v>2814</x:v>
+      </x:c>
+      <x:c r="FY46" s="3" t="n">
+        <x:v>2841</x:v>
+      </x:c>
+      <x:c r="FZ46" s="3" t="n">
+        <x:v>3035</x:v>
+      </x:c>
+      <x:c r="GA46" s="3" t="n">
+        <x:v>3000</x:v>
+      </x:c>
+      <x:c r="GB46" s="3" t="n">
+        <x:v>2825</x:v>
+      </x:c>
+      <x:c r="GC46" s="3" t="n">
+        <x:v>2996</x:v>
+      </x:c>
+      <x:c r="GD46" s="3" t="n">
+        <x:v>2916</x:v>
+      </x:c>
+      <x:c r="GE46" s="3" t="n">
+        <x:v>3050</x:v>
+      </x:c>
+      <x:c r="GF46" s="3" t="n">
+        <x:v>2868</x:v>
+      </x:c>
+      <x:c r="GG46" s="3" t="n">
+        <x:v>3233</x:v>
+      </x:c>
+      <x:c r="GH46" s="3" t="n">
+        <x:v>3109</x:v>
+      </x:c>
+      <x:c r="GI46" s="3" t="n">
+        <x:v>3249</x:v>
+      </x:c>
+      <x:c r="GJ46" s="3" t="n">
+        <x:v>2902</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:191">
-[...1149 lines deleted...]
-    <x:row r="47" spans="1:191">
+    <x:row r="47" spans="1:192">
       <x:c r="A47" s="2" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
         <x:v>3344</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>3393</x:v>
       </x:c>
       <x:c r="D47" s="3" t="n">
         <x:v>3445</x:v>
       </x:c>
       <x:c r="E47" s="3" t="n">
         <x:v>3492</x:v>
       </x:c>
       <x:c r="F47" s="3" t="n">
         <x:v>3240</x:v>
       </x:c>
       <x:c r="G47" s="3" t="n">
         <x:v>3316</x:v>
       </x:c>
       <x:c r="H47" s="3" t="n">
         <x:v>3340</x:v>
       </x:c>
       <x:c r="I47" s="3" t="n">
         <x:v>3400</x:v>
       </x:c>
@@ -26471,95 +26613,98 @@
       <x:c r="FN47" s="3" t="n">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="FO47" s="3" t="n">
         <x:v>54688</x:v>
       </x:c>
       <x:c r="FP47" s="3" t="n">
         <x:v>53088</x:v>
       </x:c>
       <x:c r="FQ47" s="3" t="n">
         <x:v>68723</x:v>
       </x:c>
       <x:c r="FR47" s="3" t="n">
         <x:v>42118</x:v>
       </x:c>
       <x:c r="FS47" s="3" t="n">
         <x:v>50879</x:v>
       </x:c>
       <x:c r="FT47" s="3" t="n">
         <x:v>53535</x:v>
       </x:c>
       <x:c r="FU47" s="3" t="n">
         <x:v>73925</x:v>
       </x:c>
       <x:c r="FV47" s="3" t="n">
-        <x:v>43973</x:v>
+        <x:v>44850</x:v>
       </x:c>
       <x:c r="FW47" s="3" t="n">
-        <x:v>56040</x:v>
+        <x:v>56452</x:v>
       </x:c>
       <x:c r="FX47" s="3" t="n">
-        <x:v>60289</x:v>
+        <x:v>60548</x:v>
       </x:c>
       <x:c r="FY47" s="3" t="n">
-        <x:v>79728</x:v>
+        <x:v>79120</x:v>
       </x:c>
       <x:c r="FZ47" s="3" t="n">
-        <x:v>52986</x:v>
+        <x:v>52829</x:v>
       </x:c>
       <x:c r="GA47" s="3" t="n">
-        <x:v>61582</x:v>
+        <x:v>60703</x:v>
       </x:c>
       <x:c r="GB47" s="3" t="n">
-        <x:v>61094</x:v>
+        <x:v>60874</x:v>
       </x:c>
       <x:c r="GC47" s="3" t="n">
-        <x:v>88203</x:v>
+        <x:v>87949</x:v>
       </x:c>
       <x:c r="GD47" s="3" t="n">
-        <x:v>54865</x:v>
+        <x:v>55436</x:v>
       </x:c>
       <x:c r="GE47" s="3" t="n">
-        <x:v>64324</x:v>
+        <x:v>65394</x:v>
       </x:c>
       <x:c r="GF47" s="3" t="n">
-        <x:v>72211</x:v>
+        <x:v>73343</x:v>
       </x:c>
       <x:c r="GG47" s="3" t="n">
-        <x:v>94278</x:v>
+        <x:v>94634</x:v>
       </x:c>
       <x:c r="GH47" s="3" t="n">
-        <x:v>59094</x:v>
+        <x:v>56616</x:v>
       </x:c>
       <x:c r="GI47" s="3" t="n">
-        <x:v>69391</x:v>
+        <x:v>67351</x:v>
+      </x:c>
+      <x:c r="GJ47" s="3" t="n">
+        <x:v>66557</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:191">
+    <x:row r="48" spans="1:192">
       <x:c r="A48" s="2" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
         <x:v>1387</x:v>
       </x:c>
       <x:c r="C48" s="3" t="n">
         <x:v>1406</x:v>
       </x:c>
       <x:c r="D48" s="3" t="n">
         <x:v>1425</x:v>
       </x:c>
       <x:c r="E48" s="3" t="n">
         <x:v>1438</x:v>
       </x:c>
       <x:c r="F48" s="3" t="n">
         <x:v>1299</x:v>
       </x:c>
       <x:c r="G48" s="3" t="n">
         <x:v>1321</x:v>
       </x:c>
       <x:c r="H48" s="3" t="n">
         <x:v>1333</x:v>
       </x:c>
       <x:c r="I48" s="3" t="n">
         <x:v>1351</x:v>
       </x:c>
@@ -27046,95 +27191,98 @@
       <x:c r="FN48" s="3" t="n">
         <x:v>25782</x:v>
       </x:c>
       <x:c r="FO48" s="3" t="n">
         <x:v>32956</x:v>
       </x:c>
       <x:c r="FP48" s="3" t="n">
         <x:v>33021</x:v>
       </x:c>
       <x:c r="FQ48" s="3" t="n">
         <x:v>38803</x:v>
       </x:c>
       <x:c r="FR48" s="3" t="n">
         <x:v>28110</x:v>
       </x:c>
       <x:c r="FS48" s="3" t="n">
         <x:v>28513</x:v>
       </x:c>
       <x:c r="FT48" s="3" t="n">
         <x:v>34274</x:v>
       </x:c>
       <x:c r="FU48" s="3" t="n">
         <x:v>44277</x:v>
       </x:c>
       <x:c r="FV48" s="3" t="n">
-        <x:v>29037</x:v>
+        <x:v>29393</x:v>
       </x:c>
       <x:c r="FW48" s="3" t="n">
-        <x:v>31602</x:v>
+        <x:v>31905</x:v>
       </x:c>
       <x:c r="FX48" s="3" t="n">
-        <x:v>38773</x:v>
+        <x:v>38900</x:v>
       </x:c>
       <x:c r="FY48" s="3" t="n">
-        <x:v>46131</x:v>
+        <x:v>45922</x:v>
       </x:c>
       <x:c r="FZ48" s="3" t="n">
-        <x:v>35691</x:v>
+        <x:v>35249</x:v>
       </x:c>
       <x:c r="GA48" s="3" t="n">
-        <x:v>37965</x:v>
+        <x:v>36868</x:v>
       </x:c>
       <x:c r="GB48" s="3" t="n">
-        <x:v>39897</x:v>
+        <x:v>39416</x:v>
       </x:c>
       <x:c r="GC48" s="3" t="n">
-        <x:v>53418</x:v>
+        <x:v>53002</x:v>
       </x:c>
       <x:c r="GD48" s="3" t="n">
-        <x:v>36900</x:v>
+        <x:v>36263</x:v>
       </x:c>
       <x:c r="GE48" s="3" t="n">
-        <x:v>38143</x:v>
+        <x:v>37593</x:v>
       </x:c>
       <x:c r="GF48" s="3" t="n">
-        <x:v>46441</x:v>
+        <x:v>45987</x:v>
       </x:c>
       <x:c r="GG48" s="3" t="n">
-        <x:v>59030</x:v>
+        <x:v>57357</x:v>
       </x:c>
       <x:c r="GH48" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>36821</x:v>
       </x:c>
       <x:c r="GI48" s="3" t="n">
-        <x:v>42927</x:v>
+        <x:v>39217</x:v>
+      </x:c>
+      <x:c r="GJ48" s="3" t="n">
+        <x:v>41009</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:191">
+    <x:row r="49" spans="1:192">
       <x:c r="A49" s="2" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
         <x:v>1103</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>1119</x:v>
       </x:c>
       <x:c r="D49" s="3" t="n">
         <x:v>1134</x:v>
       </x:c>
       <x:c r="E49" s="3" t="n">
         <x:v>1147</x:v>
       </x:c>
       <x:c r="F49" s="3" t="n">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="G49" s="3" t="n">
         <x:v>1097</x:v>
       </x:c>
       <x:c r="H49" s="3" t="n">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="I49" s="3" t="n">
         <x:v>1124</x:v>
       </x:c>
@@ -27621,95 +27769,98 @@
       <x:c r="FN49" s="3" t="n">
         <x:v>23435</x:v>
       </x:c>
       <x:c r="FO49" s="3" t="n">
         <x:v>23175</x:v>
       </x:c>
       <x:c r="FP49" s="3" t="n">
         <x:v>24194</x:v>
       </x:c>
       <x:c r="FQ49" s="3" t="n">
         <x:v>32242</x:v>
       </x:c>
       <x:c r="FR49" s="3" t="n">
         <x:v>23424</x:v>
       </x:c>
       <x:c r="FS49" s="3" t="n">
         <x:v>23066</x:v>
       </x:c>
       <x:c r="FT49" s="3" t="n">
         <x:v>25787</x:v>
       </x:c>
       <x:c r="FU49" s="3" t="n">
         <x:v>34108</x:v>
       </x:c>
       <x:c r="FV49" s="3" t="n">
-        <x:v>24451</x:v>
+        <x:v>24729</x:v>
       </x:c>
       <x:c r="FW49" s="3" t="n">
-        <x:v>27786</x:v>
+        <x:v>27976</x:v>
       </x:c>
       <x:c r="FX49" s="3" t="n">
-        <x:v>27912</x:v>
+        <x:v>28052</x:v>
       </x:c>
       <x:c r="FY49" s="3" t="n">
-        <x:v>37525</x:v>
+        <x:v>37470</x:v>
       </x:c>
       <x:c r="FZ49" s="3" t="n">
-        <x:v>29533</x:v>
+        <x:v>29402</x:v>
       </x:c>
       <x:c r="GA49" s="3" t="n">
-        <x:v>29686</x:v>
+        <x:v>29563</x:v>
       </x:c>
       <x:c r="GB49" s="3" t="n">
-        <x:v>33140</x:v>
+        <x:v>32957</x:v>
       </x:c>
       <x:c r="GC49" s="3" t="n">
-        <x:v>40205</x:v>
+        <x:v>39946</x:v>
       </x:c>
       <x:c r="GD49" s="3" t="n">
-        <x:v>29818</x:v>
+        <x:v>29449</x:v>
       </x:c>
       <x:c r="GE49" s="3" t="n">
-        <x:v>31926</x:v>
+        <x:v>31631</x:v>
       </x:c>
       <x:c r="GF49" s="3" t="n">
-        <x:v>34114</x:v>
+        <x:v>33905</x:v>
       </x:c>
       <x:c r="GG49" s="3" t="n">
-        <x:v>39873</x:v>
+        <x:v>39935</x:v>
       </x:c>
       <x:c r="GH49" s="3" t="n">
-        <x:v>30082</x:v>
+        <x:v>29813</x:v>
       </x:c>
       <x:c r="GI49" s="3" t="n">
-        <x:v>32906</x:v>
+        <x:v>32598</x:v>
+      </x:c>
+      <x:c r="GJ49" s="3" t="n">
+        <x:v>31531</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:191">
+    <x:row r="50" spans="1:192">
       <x:c r="A50" s="2" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C50" s="3" t="n">
         <x:v>287</x:v>
       </x:c>
       <x:c r="D50" s="3" t="n">
         <x:v>291</x:v>
       </x:c>
       <x:c r="E50" s="3" t="n">
         <x:v>291</x:v>
       </x:c>
       <x:c r="F50" s="3" t="n">
         <x:v>222</x:v>
       </x:c>
       <x:c r="G50" s="3" t="n">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H50" s="3" t="n">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I50" s="3" t="n">
         <x:v>227</x:v>
       </x:c>
@@ -28196,95 +28347,98 @@
       <x:c r="FN50" s="3" t="n">
         <x:v>2347</x:v>
       </x:c>
       <x:c r="FO50" s="3" t="n">
         <x:v>9781</x:v>
       </x:c>
       <x:c r="FP50" s="3" t="n">
         <x:v>8827</x:v>
       </x:c>
       <x:c r="FQ50" s="3" t="n">
         <x:v>6561</x:v>
       </x:c>
       <x:c r="FR50" s="3" t="n">
         <x:v>4686</x:v>
       </x:c>
       <x:c r="FS50" s="3" t="n">
         <x:v>5448</x:v>
       </x:c>
       <x:c r="FT50" s="3" t="n">
         <x:v>8487</x:v>
       </x:c>
       <x:c r="FU50" s="3" t="n">
         <x:v>10169</x:v>
       </x:c>
       <x:c r="FV50" s="3" t="n">
-        <x:v>4586</x:v>
+        <x:v>4664</x:v>
       </x:c>
       <x:c r="FW50" s="3" t="n">
-        <x:v>3817</x:v>
+        <x:v>3929</x:v>
       </x:c>
       <x:c r="FX50" s="3" t="n">
-        <x:v>10861</x:v>
+        <x:v>10848</x:v>
       </x:c>
       <x:c r="FY50" s="3" t="n">
-        <x:v>8606</x:v>
+        <x:v>8452</x:v>
       </x:c>
       <x:c r="FZ50" s="3" t="n">
-        <x:v>6158</x:v>
+        <x:v>5847</x:v>
       </x:c>
       <x:c r="GA50" s="3" t="n">
-        <x:v>8279</x:v>
+        <x:v>7305</x:v>
       </x:c>
       <x:c r="GB50" s="3" t="n">
-        <x:v>6757</x:v>
+        <x:v>6459</x:v>
       </x:c>
       <x:c r="GC50" s="3" t="n">
-        <x:v>13213</x:v>
+        <x:v>13056</x:v>
       </x:c>
       <x:c r="GD50" s="3" t="n">
-        <x:v>7082</x:v>
+        <x:v>6814</x:v>
       </x:c>
       <x:c r="GE50" s="3" t="n">
-        <x:v>6217</x:v>
+        <x:v>5962</x:v>
       </x:c>
       <x:c r="GF50" s="3" t="n">
-        <x:v>12327</x:v>
+        <x:v>12082</x:v>
       </x:c>
       <x:c r="GG50" s="3" t="n">
-        <x:v>19157</x:v>
+        <x:v>17422</x:v>
       </x:c>
       <x:c r="GH50" s="3" t="n">
-        <x:v>10395</x:v>
+        <x:v>7008</x:v>
       </x:c>
       <x:c r="GI50" s="3" t="n">
-        <x:v>10020</x:v>
+        <x:v>6619</x:v>
+      </x:c>
+      <x:c r="GJ50" s="3" t="n">
+        <x:v>9478</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:191">
+    <x:row r="51" spans="1:192">
       <x:c r="A51" s="2" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
         <x:v>1956</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>1987</x:v>
       </x:c>
       <x:c r="D51" s="3" t="n">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="E51" s="3" t="n">
         <x:v>2054</x:v>
       </x:c>
       <x:c r="F51" s="3" t="n">
         <x:v>1941</x:v>
       </x:c>
       <x:c r="G51" s="3" t="n">
         <x:v>1995</x:v>
       </x:c>
       <x:c r="H51" s="3" t="n">
         <x:v>2007</x:v>
       </x:c>
       <x:c r="I51" s="3" t="n">
         <x:v>2050</x:v>
       </x:c>
@@ -28771,2530 +28925,2550 @@
       <x:c r="FN51" s="3" t="n">
         <x:v>15127</x:v>
       </x:c>
       <x:c r="FO51" s="3" t="n">
         <x:v>21732</x:v>
       </x:c>
       <x:c r="FP51" s="3" t="n">
         <x:v>20067</x:v>
       </x:c>
       <x:c r="FQ51" s="3" t="n">
         <x:v>29920</x:v>
       </x:c>
       <x:c r="FR51" s="3" t="n">
         <x:v>14008</x:v>
       </x:c>
       <x:c r="FS51" s="3" t="n">
         <x:v>22365</x:v>
       </x:c>
       <x:c r="FT51" s="3" t="n">
         <x:v>19261</x:v>
       </x:c>
       <x:c r="FU51" s="3" t="n">
         <x:v>29648</x:v>
       </x:c>
       <x:c r="FV51" s="3" t="n">
-        <x:v>14936</x:v>
+        <x:v>15458</x:v>
       </x:c>
       <x:c r="FW51" s="3" t="n">
-        <x:v>24438</x:v>
+        <x:v>24548</x:v>
       </x:c>
       <x:c r="FX51" s="3" t="n">
-        <x:v>21516</x:v>
+        <x:v>21647</x:v>
       </x:c>
       <x:c r="FY51" s="3" t="n">
-        <x:v>33597</x:v>
+        <x:v>33198</x:v>
       </x:c>
       <x:c r="FZ51" s="3" t="n">
-        <x:v>17294</x:v>
+        <x:v>17580</x:v>
       </x:c>
       <x:c r="GA51" s="3" t="n">
-        <x:v>23616</x:v>
+        <x:v>23835</x:v>
       </x:c>
       <x:c r="GB51" s="3" t="n">
-        <x:v>21196</x:v>
+        <x:v>21458</x:v>
       </x:c>
       <x:c r="GC51" s="3" t="n">
-        <x:v>34785</x:v>
+        <x:v>34947</x:v>
       </x:c>
       <x:c r="GD51" s="3" t="n">
-        <x:v>17965</x:v>
+        <x:v>19173</x:v>
       </x:c>
       <x:c r="GE51" s="3" t="n">
-        <x:v>26181</x:v>
+        <x:v>27801</x:v>
       </x:c>
       <x:c r="GF51" s="3" t="n">
-        <x:v>25770</x:v>
+        <x:v>27355</x:v>
       </x:c>
       <x:c r="GG51" s="3" t="n">
-        <x:v>35248</x:v>
+        <x:v>37278</x:v>
       </x:c>
       <x:c r="GH51" s="3" t="n">
-        <x:v>18617</x:v>
+        <x:v>19795</x:v>
       </x:c>
       <x:c r="GI51" s="3" t="n">
-        <x:v>26464</x:v>
+        <x:v>28134</x:v>
+      </x:c>
+      <x:c r="GJ51" s="3" t="n">
+        <x:v>25548</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:191">
+    <x:row r="52" spans="1:192">
       <x:c r="A52" s="2" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>16171</x:v>
+        <x:v>16200</x:v>
       </x:c>
       <x:c r="C52" s="3" t="n">
-        <x:v>16827</x:v>
+        <x:v>16853</x:v>
       </x:c>
       <x:c r="D52" s="3" t="n">
-        <x:v>16457</x:v>
+        <x:v>16485</x:v>
       </x:c>
       <x:c r="E52" s="3" t="n">
-        <x:v>18396</x:v>
+        <x:v>18426</x:v>
       </x:c>
       <x:c r="F52" s="3" t="n">
-        <x:v>15198</x:v>
+        <x:v>15226</x:v>
       </x:c>
       <x:c r="G52" s="3" t="n">
-        <x:v>15470</x:v>
+        <x:v>15497</x:v>
       </x:c>
       <x:c r="H52" s="3" t="n">
-        <x:v>16106</x:v>
+        <x:v>16136</x:v>
       </x:c>
       <x:c r="I52" s="3" t="n">
-        <x:v>21036</x:v>
+        <x:v>21069</x:v>
       </x:c>
       <x:c r="J52" s="3" t="n">
-        <x:v>17966</x:v>
+        <x:v>17994</x:v>
       </x:c>
       <x:c r="K52" s="3" t="n">
-        <x:v>17768</x:v>
+        <x:v>17795</x:v>
       </x:c>
       <x:c r="L52" s="3" t="n">
-        <x:v>19177</x:v>
+        <x:v>19209</x:v>
       </x:c>
       <x:c r="M52" s="3" t="n">
-        <x:v>20664</x:v>
+        <x:v>20700</x:v>
       </x:c>
       <x:c r="N52" s="3" t="n">
-        <x:v>18345</x:v>
+        <x:v>18381</x:v>
       </x:c>
       <x:c r="O52" s="3" t="n">
-        <x:v>20877</x:v>
+        <x:v>20911</x:v>
       </x:c>
       <x:c r="P52" s="3" t="n">
-        <x:v>21906</x:v>
+        <x:v>21945</x:v>
       </x:c>
       <x:c r="Q52" s="3" t="n">
-        <x:v>23465</x:v>
+        <x:v>23508</x:v>
       </x:c>
       <x:c r="R52" s="3" t="n">
-        <x:v>20357</x:v>
+        <x:v>20410</x:v>
       </x:c>
       <x:c r="S52" s="3" t="n">
-        <x:v>22933</x:v>
+        <x:v>22984</x:v>
       </x:c>
       <x:c r="T52" s="3" t="n">
-        <x:v>22733</x:v>
+        <x:v>22791</x:v>
       </x:c>
       <x:c r="U52" s="3" t="n">
-        <x:v>24290</x:v>
+        <x:v>24352</x:v>
       </x:c>
       <x:c r="V52" s="3" t="n">
-        <x:v>21438</x:v>
+        <x:v>21484</x:v>
       </x:c>
       <x:c r="W52" s="3" t="n">
-        <x:v>23336</x:v>
+        <x:v>23381</x:v>
       </x:c>
       <x:c r="X52" s="3" t="n">
-        <x:v>24955</x:v>
+        <x:v>25005</x:v>
       </x:c>
       <x:c r="Y52" s="3" t="n">
-        <x:v>25508</x:v>
+        <x:v>25564</x:v>
       </x:c>
       <x:c r="Z52" s="3" t="n">
-        <x:v>22303</x:v>
+        <x:v>22350</x:v>
       </x:c>
       <x:c r="AA52" s="3" t="n">
-        <x:v>24796</x:v>
+        <x:v>24841</x:v>
       </x:c>
       <x:c r="AB52" s="3" t="n">
-        <x:v>26478</x:v>
+        <x:v>26531</x:v>
       </x:c>
       <x:c r="AC52" s="3" t="n">
-        <x:v>28333</x:v>
+        <x:v>28394</x:v>
       </x:c>
       <x:c r="AD52" s="3" t="n">
-        <x:v>22516</x:v>
+        <x:v>22563</x:v>
       </x:c>
       <x:c r="AE52" s="3" t="n">
-        <x:v>26296</x:v>
+        <x:v>26343</x:v>
       </x:c>
       <x:c r="AF52" s="3" t="n">
-        <x:v>33436</x:v>
+        <x:v>33491</x:v>
       </x:c>
       <x:c r="AG52" s="3" t="n">
-        <x:v>32891</x:v>
+        <x:v>32955</x:v>
       </x:c>
       <x:c r="AH52" s="3" t="n">
-        <x:v>31313</x:v>
+        <x:v>31383</x:v>
       </x:c>
       <x:c r="AI52" s="3" t="n">
-        <x:v>35147</x:v>
+        <x:v>35221</x:v>
       </x:c>
       <x:c r="AJ52" s="3" t="n">
-        <x:v>37013</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="AK52" s="3" t="n">
-        <x:v>36549</x:v>
+        <x:v>36647</x:v>
       </x:c>
       <x:c r="AL52" s="3" t="n">
-        <x:v>35153</x:v>
+        <x:v>35235</x:v>
       </x:c>
       <x:c r="AM52" s="3" t="n">
-        <x:v>36260</x:v>
+        <x:v>36341</x:v>
       </x:c>
       <x:c r="AN52" s="3" t="n">
-        <x:v>38045</x:v>
+        <x:v>38126</x:v>
       </x:c>
       <x:c r="AO52" s="3" t="n">
-        <x:v>43607</x:v>
+        <x:v>43695</x:v>
       </x:c>
       <x:c r="AP52" s="3" t="n">
-        <x:v>36763</x:v>
+        <x:v>36866</x:v>
       </x:c>
       <x:c r="AQ52" s="3" t="n">
-        <x:v>38558</x:v>
+        <x:v>38656</x:v>
       </x:c>
       <x:c r="AR52" s="3" t="n">
-        <x:v>37995</x:v>
+        <x:v>38089</x:v>
       </x:c>
       <x:c r="AS52" s="3" t="n">
-        <x:v>41393</x:v>
+        <x:v>41490</x:v>
       </x:c>
       <x:c r="AT52" s="3" t="n">
-        <x:v>31378</x:v>
+        <x:v>31485</x:v>
       </x:c>
       <x:c r="AU52" s="3" t="n">
-        <x:v>33587</x:v>
+        <x:v>33684</x:v>
       </x:c>
       <x:c r="AV52" s="3" t="n">
-        <x:v>32285</x:v>
+        <x:v>32383</x:v>
       </x:c>
       <x:c r="AW52" s="3" t="n">
-        <x:v>37889</x:v>
+        <x:v>37993</x:v>
       </x:c>
       <x:c r="AX52" s="3" t="n">
-        <x:v>33200</x:v>
+        <x:v>33313</x:v>
       </x:c>
       <x:c r="AY52" s="3" t="n">
-        <x:v>30454</x:v>
+        <x:v>30551</x:v>
       </x:c>
       <x:c r="AZ52" s="3" t="n">
-        <x:v>30227</x:v>
+        <x:v>30323</x:v>
       </x:c>
       <x:c r="BA52" s="3" t="n">
-        <x:v>35697</x:v>
+        <x:v>35789</x:v>
       </x:c>
       <x:c r="BB52" s="3" t="n">
-        <x:v>27617</x:v>
+        <x:v>27735</x:v>
       </x:c>
       <x:c r="BC52" s="3" t="n">
-        <x:v>28884</x:v>
+        <x:v>28991</x:v>
       </x:c>
       <x:c r="BD52" s="3" t="n">
-        <x:v>30364</x:v>
+        <x:v>30473</x:v>
       </x:c>
       <x:c r="BE52" s="3" t="n">
-        <x:v>36279</x:v>
+        <x:v>36394</x:v>
       </x:c>
       <x:c r="BF52" s="3" t="n">
-        <x:v>26494</x:v>
+        <x:v>26605</x:v>
       </x:c>
       <x:c r="BG52" s="3" t="n">
-        <x:v>29403</x:v>
+        <x:v>29512</x:v>
       </x:c>
       <x:c r="BH52" s="3" t="n">
-        <x:v>27645</x:v>
+        <x:v>27751</x:v>
       </x:c>
       <x:c r="BI52" s="3" t="n">
-        <x:v>35431</x:v>
+        <x:v>35550</x:v>
       </x:c>
       <x:c r="BJ52" s="3" t="n">
-        <x:v>25087</x:v>
+        <x:v>25341</x:v>
       </x:c>
       <x:c r="BK52" s="3" t="n">
-        <x:v>28169</x:v>
+        <x:v>28422</x:v>
       </x:c>
       <x:c r="BL52" s="3" t="n">
-        <x:v>30181</x:v>
+        <x:v>30444</x:v>
       </x:c>
       <x:c r="BM52" s="3" t="n">
-        <x:v>34530</x:v>
+        <x:v>34811</x:v>
       </x:c>
       <x:c r="BN52" s="3" t="n">
-        <x:v>29196</x:v>
+        <x:v>29309</x:v>
       </x:c>
       <x:c r="BO52" s="3" t="n">
-        <x:v>31586</x:v>
+        <x:v>31700</x:v>
       </x:c>
       <x:c r="BP52" s="3" t="n">
-        <x:v>34036</x:v>
+        <x:v>34166</x:v>
       </x:c>
       <x:c r="BQ52" s="3" t="n">
-        <x:v>38997</x:v>
+        <x:v>39142</x:v>
       </x:c>
       <x:c r="BR52" s="3" t="n">
-        <x:v>36046</x:v>
+        <x:v>36256</x:v>
       </x:c>
       <x:c r="BS52" s="3" t="n">
-        <x:v>37432</x:v>
+        <x:v>37642</x:v>
       </x:c>
       <x:c r="BT52" s="3" t="n">
-        <x:v>38766</x:v>
+        <x:v>38981</x:v>
       </x:c>
       <x:c r="BU52" s="3" t="n">
-        <x:v>41740</x:v>
+        <x:v>41962</x:v>
       </x:c>
       <x:c r="BV52" s="3" t="n">
-        <x:v>42444</x:v>
+        <x:v>42590</x:v>
       </x:c>
       <x:c r="BW52" s="3" t="n">
-        <x:v>42375</x:v>
+        <x:v>42509</x:v>
       </x:c>
       <x:c r="BX52" s="3" t="n">
-        <x:v>42138</x:v>
+        <x:v>42283</x:v>
       </x:c>
       <x:c r="BY52" s="3" t="n">
-        <x:v>48958</x:v>
+        <x:v>49121</x:v>
       </x:c>
       <x:c r="BZ52" s="3" t="n">
-        <x:v>43313</x:v>
+        <x:v>43477</x:v>
       </x:c>
       <x:c r="CA52" s="3" t="n">
-        <x:v>46341</x:v>
+        <x:v>46502</x:v>
       </x:c>
       <x:c r="CB52" s="3" t="n">
-        <x:v>49445</x:v>
+        <x:v>49617</x:v>
       </x:c>
       <x:c r="CC52" s="3" t="n">
-        <x:v>53442</x:v>
+        <x:v>53637</x:v>
       </x:c>
       <x:c r="CD52" s="3" t="n">
-        <x:v>50393</x:v>
+        <x:v>50574</x:v>
       </x:c>
       <x:c r="CE52" s="3" t="n">
-        <x:v>49336</x:v>
+        <x:v>49505</x:v>
       </x:c>
       <x:c r="CF52" s="3" t="n">
-        <x:v>53305</x:v>
+        <x:v>53476</x:v>
       </x:c>
       <x:c r="CG52" s="3" t="n">
-        <x:v>60049</x:v>
+        <x:v>60224</x:v>
       </x:c>
       <x:c r="CH52" s="3" t="n">
-        <x:v>48839</x:v>
+        <x:v>49056</x:v>
       </x:c>
       <x:c r="CI52" s="3" t="n">
-        <x:v>50147</x:v>
+        <x:v>50360</x:v>
       </x:c>
       <x:c r="CJ52" s="3" t="n">
-        <x:v>54021</x:v>
+        <x:v>54239</x:v>
       </x:c>
       <x:c r="CK52" s="3" t="n">
-        <x:v>59464</x:v>
+        <x:v>59705</x:v>
       </x:c>
       <x:c r="CL52" s="3" t="n">
-        <x:v>53965</x:v>
+        <x:v>54209</x:v>
       </x:c>
       <x:c r="CM52" s="3" t="n">
-        <x:v>54066</x:v>
+        <x:v>54293</x:v>
       </x:c>
       <x:c r="CN52" s="3" t="n">
-        <x:v>53702</x:v>
+        <x:v>53931</x:v>
       </x:c>
       <x:c r="CO52" s="3" t="n">
-        <x:v>60897</x:v>
+        <x:v>61148</x:v>
       </x:c>
       <x:c r="CP52" s="3" t="n">
-        <x:v>57586</x:v>
+        <x:v>58094</x:v>
       </x:c>
       <x:c r="CQ52" s="3" t="n">
-        <x:v>59435</x:v>
+        <x:v>59941</x:v>
       </x:c>
       <x:c r="CR52" s="3" t="n">
-        <x:v>57700</x:v>
+        <x:v>58188</x:v>
       </x:c>
       <x:c r="CS52" s="3" t="n">
-        <x:v>59430</x:v>
+        <x:v>59957</x:v>
       </x:c>
       <x:c r="CT52" s="3" t="n">
-        <x:v>59936</x:v>
+        <x:v>60823</x:v>
       </x:c>
       <x:c r="CU52" s="3" t="n">
-        <x:v>62397</x:v>
+        <x:v>63339</x:v>
       </x:c>
       <x:c r="CV52" s="3" t="n">
-        <x:v>58494</x:v>
+        <x:v>59367</x:v>
       </x:c>
       <x:c r="CW52" s="3" t="n">
-        <x:v>61940</x:v>
+        <x:v>62777</x:v>
       </x:c>
       <x:c r="CX52" s="3" t="n">
-        <x:v>56462</x:v>
+        <x:v>57157</x:v>
       </x:c>
       <x:c r="CY52" s="3" t="n">
-        <x:v>54793</x:v>
+        <x:v>55443</x:v>
       </x:c>
       <x:c r="CZ52" s="3" t="n">
-        <x:v>57649</x:v>
+        <x:v>58296</x:v>
       </x:c>
       <x:c r="DA52" s="3" t="n">
-        <x:v>62493</x:v>
+        <x:v>63205</x:v>
       </x:c>
       <x:c r="DB52" s="3" t="n">
-        <x:v>59716</x:v>
+        <x:v>61791</x:v>
       </x:c>
       <x:c r="DC52" s="3" t="n">
-        <x:v>64616</x:v>
+        <x:v>66766</x:v>
       </x:c>
       <x:c r="DD52" s="3" t="n">
-        <x:v>66052</x:v>
+        <x:v>68211</x:v>
       </x:c>
       <x:c r="DE52" s="3" t="n">
-        <x:v>78213</x:v>
+        <x:v>80589</x:v>
       </x:c>
       <x:c r="DF52" s="3" t="n">
-        <x:v>71499</x:v>
+        <x:v>72600</x:v>
       </x:c>
       <x:c r="DG52" s="3" t="n">
-        <x:v>74077</x:v>
+        <x:v>75310</x:v>
       </x:c>
       <x:c r="DH52" s="3" t="n">
-        <x:v>75024</x:v>
+        <x:v>76229</x:v>
       </x:c>
       <x:c r="DI52" s="3" t="n">
-        <x:v>87632</x:v>
+        <x:v>89213</x:v>
       </x:c>
       <x:c r="DJ52" s="3" t="n">
-        <x:v>80417</x:v>
+        <x:v>82988</x:v>
       </x:c>
       <x:c r="DK52" s="3" t="n">
-        <x:v>88546</x:v>
+        <x:v>91231</x:v>
       </x:c>
       <x:c r="DL52" s="3" t="n">
-        <x:v>84918</x:v>
+        <x:v>87658</x:v>
       </x:c>
       <x:c r="DM52" s="3" t="n">
-        <x:v>100375</x:v>
+        <x:v>103763</x:v>
       </x:c>
       <x:c r="DN52" s="3" t="n">
-        <x:v>98079</x:v>
+        <x:v>102509</x:v>
       </x:c>
       <x:c r="DO52" s="3" t="n">
-        <x:v>106431</x:v>
+        <x:v>111109</x:v>
       </x:c>
       <x:c r="DP52" s="3" t="n">
-        <x:v>105157</x:v>
+        <x:v>110061</x:v>
       </x:c>
       <x:c r="DQ52" s="3" t="n">
-        <x:v>120160</x:v>
+        <x:v>125943</x:v>
       </x:c>
       <x:c r="DR52" s="3" t="n">
-        <x:v>109352</x:v>
+        <x:v>116884</x:v>
       </x:c>
       <x:c r="DS52" s="3" t="n">
-        <x:v>112503</x:v>
+        <x:v>120100</x:v>
       </x:c>
       <x:c r="DT52" s="3" t="n">
-        <x:v>111622</x:v>
+        <x:v>119408</x:v>
       </x:c>
       <x:c r="DU52" s="3" t="n">
-        <x:v>120382</x:v>
+        <x:v>128890</x:v>
       </x:c>
       <x:c r="DV52" s="3" t="n">
-        <x:v>101587</x:v>
+        <x:v>108396</x:v>
       </x:c>
       <x:c r="DW52" s="3" t="n">
-        <x:v>101391</x:v>
+        <x:v>107499</x:v>
       </x:c>
       <x:c r="DX52" s="3" t="n">
-        <x:v>97686</x:v>
+        <x:v>103466</x:v>
       </x:c>
       <x:c r="DY52" s="3" t="n">
-        <x:v>113407</x:v>
+        <x:v>119735</x:v>
       </x:c>
       <x:c r="DZ52" s="3" t="n">
-        <x:v>89698</x:v>
+        <x:v>94524</x:v>
       </x:c>
       <x:c r="EA52" s="3" t="n">
-        <x:v>97931</x:v>
+        <x:v>103181</x:v>
       </x:c>
       <x:c r="EB52" s="3" t="n">
-        <x:v>96267</x:v>
+        <x:v>101104</x:v>
       </x:c>
       <x:c r="EC52" s="3" t="n">
-        <x:v>110699</x:v>
+        <x:v>116491</x:v>
       </x:c>
       <x:c r="ED52" s="3" t="n">
-        <x:v>102210</x:v>
+        <x:v>108772</x:v>
       </x:c>
       <x:c r="EE52" s="3" t="n">
-        <x:v>105598</x:v>
+        <x:v>112669</x:v>
       </x:c>
       <x:c r="EF52" s="3" t="n">
-        <x:v>105710</x:v>
+        <x:v>112184</x:v>
       </x:c>
       <x:c r="EG52" s="3" t="n">
-        <x:v>117414</x:v>
+        <x:v>124635</x:v>
       </x:c>
       <x:c r="EH52" s="3" t="n">
-        <x:v>108967</x:v>
+        <x:v>115899</x:v>
       </x:c>
       <x:c r="EI52" s="3" t="n">
-        <x:v>114608</x:v>
+        <x:v>121942</x:v>
       </x:c>
       <x:c r="EJ52" s="3" t="n">
-        <x:v>121062</x:v>
+        <x:v>128613</x:v>
       </x:c>
       <x:c r="EK52" s="3" t="n">
-        <x:v>133360</x:v>
+        <x:v>141763</x:v>
       </x:c>
       <x:c r="EL52" s="3" t="n">
-        <x:v>115959</x:v>
+        <x:v>123155</x:v>
       </x:c>
       <x:c r="EM52" s="3" t="n">
-        <x:v>127564</x:v>
+        <x:v>135955</x:v>
       </x:c>
       <x:c r="EN52" s="3" t="n">
-        <x:v>123625</x:v>
+        <x:v>131319</x:v>
       </x:c>
       <x:c r="EO52" s="3" t="n">
-        <x:v>135700</x:v>
+        <x:v>144472</x:v>
       </x:c>
       <x:c r="EP52" s="3" t="n">
-        <x:v>123937</x:v>
+        <x:v>132921</x:v>
       </x:c>
       <x:c r="EQ52" s="3" t="n">
-        <x:v>132373</x:v>
+        <x:v>141798</x:v>
       </x:c>
       <x:c r="ER52" s="3" t="n">
-        <x:v>129269</x:v>
+        <x:v>138489</x:v>
       </x:c>
       <x:c r="ES52" s="3" t="n">
-        <x:v>137601</x:v>
+        <x:v>148683</x:v>
       </x:c>
       <x:c r="ET52" s="3" t="n">
-        <x:v>127776</x:v>
+        <x:v>137612</x:v>
       </x:c>
       <x:c r="EU52" s="3" t="n">
-        <x:v>135778</x:v>
+        <x:v>146380</x:v>
       </x:c>
       <x:c r="EV52" s="3" t="n">
-        <x:v>133367</x:v>
+        <x:v>143653</x:v>
       </x:c>
       <x:c r="EW52" s="3" t="n">
-        <x:v>143815</x:v>
+        <x:v>155046</x:v>
       </x:c>
       <x:c r="EX52" s="3" t="n">
-        <x:v>129304</x:v>
+        <x:v>142071</x:v>
       </x:c>
       <x:c r="EY52" s="3" t="n">
-        <x:v>149167</x:v>
+        <x:v>161934</x:v>
       </x:c>
       <x:c r="EZ52" s="3" t="n">
-        <x:v>150866</x:v>
+        <x:v>163633</x:v>
       </x:c>
       <x:c r="FA52" s="3" t="n">
-        <x:v>173849</x:v>
+        <x:v>186616</x:v>
       </x:c>
       <x:c r="FB52" s="3" t="n">
-        <x:v>150681</x:v>
+        <x:v>164214</x:v>
       </x:c>
       <x:c r="FC52" s="3" t="n">
-        <x:v>161013</x:v>
+        <x:v>174545</x:v>
       </x:c>
       <x:c r="FD52" s="3" t="n">
-        <x:v>159198</x:v>
+        <x:v>172740</x:v>
       </x:c>
       <x:c r="FE52" s="3" t="n">
-        <x:v>187720</x:v>
+        <x:v>201256</x:v>
       </x:c>
       <x:c r="FF52" s="3" t="n">
-        <x:v>151791</x:v>
+        <x:v>165891</x:v>
       </x:c>
       <x:c r="FG52" s="3" t="n">
-        <x:v>170478</x:v>
+        <x:v>184580</x:v>
       </x:c>
       <x:c r="FH52" s="3" t="n">
-        <x:v>170126</x:v>
+        <x:v>184227</x:v>
       </x:c>
       <x:c r="FI52" s="3" t="n">
-        <x:v>196513</x:v>
+        <x:v>210613</x:v>
       </x:c>
       <x:c r="FJ52" s="3" t="n">
-        <x:v>166064</x:v>
+        <x:v>183942</x:v>
       </x:c>
       <x:c r="FK52" s="3" t="n">
-        <x:v>187597</x:v>
+        <x:v>205475</x:v>
       </x:c>
       <x:c r="FL52" s="3" t="n">
-        <x:v>188412</x:v>
+        <x:v>206298</x:v>
       </x:c>
       <x:c r="FM52" s="3" t="n">
-        <x:v>211827</x:v>
+        <x:v>229713</x:v>
       </x:c>
       <x:c r="FN52" s="3" t="n">
-        <x:v>170558</x:v>
+        <x:v>189101</x:v>
       </x:c>
       <x:c r="FO52" s="3" t="n">
-        <x:v>186586</x:v>
+        <x:v>205109</x:v>
       </x:c>
       <x:c r="FP52" s="3" t="n">
-        <x:v>182717</x:v>
+        <x:v>201241</x:v>
       </x:c>
       <x:c r="FQ52" s="3" t="n">
-        <x:v>213202</x:v>
+        <x:v>231727</x:v>
       </x:c>
       <x:c r="FR52" s="3" t="n">
-        <x:v>178067</x:v>
+        <x:v>199573</x:v>
       </x:c>
       <x:c r="FS52" s="3" t="n">
-        <x:v>196732</x:v>
+        <x:v>218234</x:v>
       </x:c>
       <x:c r="FT52" s="3" t="n">
-        <x:v>197087</x:v>
+        <x:v>218588</x:v>
       </x:c>
       <x:c r="FU52" s="3" t="n">
-        <x:v>227895</x:v>
+        <x:v>249402</x:v>
       </x:c>
       <x:c r="FV52" s="3" t="n">
-        <x:v>197065</x:v>
+        <x:v>218417</x:v>
       </x:c>
       <x:c r="FW52" s="3" t="n">
-        <x:v>210823</x:v>
+        <x:v>232346</x:v>
       </x:c>
       <x:c r="FX52" s="3" t="n">
-        <x:v>214724</x:v>
+        <x:v>234992</x:v>
       </x:c>
       <x:c r="FY52" s="3" t="n">
-        <x:v>238096</x:v>
+        <x:v>257883</x:v>
       </x:c>
       <x:c r="FZ52" s="3" t="n">
-        <x:v>211969</x:v>
+        <x:v>227680</x:v>
       </x:c>
       <x:c r="GA52" s="3" t="n">
-        <x:v>217748</x:v>
+        <x:v>233953</x:v>
       </x:c>
       <x:c r="GB52" s="3" t="n">
-        <x:v>207007</x:v>
+        <x:v>220166</x:v>
       </x:c>
       <x:c r="GC52" s="3" t="n">
-        <x:v>248495</x:v>
+        <x:v>261528</x:v>
       </x:c>
       <x:c r="GD52" s="3" t="n">
-        <x:v>197995</x:v>
+        <x:v>215163</x:v>
       </x:c>
       <x:c r="GE52" s="3" t="n">
-        <x:v>214944</x:v>
+        <x:v>239056</x:v>
       </x:c>
       <x:c r="GF52" s="3" t="n">
-        <x:v>217469</x:v>
+        <x:v>239234</x:v>
       </x:c>
       <x:c r="GG52" s="3" t="n">
-        <x:v>249704</x:v>
+        <x:v>273309</x:v>
       </x:c>
       <x:c r="GH52" s="3" t="n">
-        <x:v>205534</x:v>
+        <x:v>225420</x:v>
       </x:c>
       <x:c r="GI52" s="3" t="n">
-        <x:v>226001</x:v>
+        <x:v>247616</x:v>
+      </x:c>
+      <x:c r="GJ52" s="3" t="n">
+        <x:v>238704</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:191">
+    <x:row r="53" spans="1:192">
       <x:c r="A53" s="2" t="s">
-        <x:v>240</x:v>
-[...569 lines deleted...]
-        <x:v>111494</x:v>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="G53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="I53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="J53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="K53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="L53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="M53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="N53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="O53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="P53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="R53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="S53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="T53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="U53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="V53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="W53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="X53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Y53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Z53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AR53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AS53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AT53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BR53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BS53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BT53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CR53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CS53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CT53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DR53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DS53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DT53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ED53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ER53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ES53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ET53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FJ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FK53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FL53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FM53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FN53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FO53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FP53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FQ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FR53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FS53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FT53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FU53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FV53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FW53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FX53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FY53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FZ53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GA53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GB53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GC53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GD53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GE53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GF53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GG53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GH53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GI53" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GJ53" s="4" t="s">
+        <x:v>242</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:191">
+    <x:row r="54" spans="1:192">
       <x:c r="A54" s="2" t="s">
-        <x:v>241</x:v>
-[...569 lines deleted...]
-        <x:v>184916</x:v>
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="G54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="I54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="J54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="K54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="L54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="M54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="N54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="O54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="P54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Q54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="R54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="S54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="T54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="U54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="V54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="W54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="X54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Y54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Z54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AR54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AS54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AT54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BR54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BS54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BT54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CR54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CS54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CT54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DR54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DS54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DT54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ED54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ER54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ES54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ET54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FJ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FK54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FL54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FM54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FN54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FO54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FP54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FQ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FR54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FS54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FT54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FU54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FV54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FW54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FX54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FY54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FZ54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GA54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GB54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GC54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GD54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GE54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GF54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GG54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GH54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GI54" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GJ54" s="4" t="s">
+        <x:v>242</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:191">
+    <x:row r="55" spans="1:192">
       <x:c r="A55" s="2" t="s">
-        <x:v>242</x:v>
-[...569 lines deleted...]
-        <x:v>114507</x:v>
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="G55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="I55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="J55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="K55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="L55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="M55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="N55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="O55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="P55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="R55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="S55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="T55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="U55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="V55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="W55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="X55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Y55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="Z55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AR55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AS55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AT55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="AZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BR55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BS55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BT55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CR55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CS55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CT55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="CZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DR55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DS55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DT55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="DZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ED55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ER55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ES55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="ET55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="EZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FJ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FK55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FL55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FM55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FN55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FO55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FP55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FQ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FR55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FS55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FT55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FU55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FV55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FW55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FX55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FY55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="FZ55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GA55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GB55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GC55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GD55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GE55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GF55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GG55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GH55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GI55" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="GJ55" s="4" t="s">
+        <x:v>242</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:191">
+    <x:row r="57" spans="1:192">
       <x:c r="A57" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:191">
+    <x:row r="58" spans="1:192">
       <x:c r="A58" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:191">
-[...1 lines deleted...]
-        <x:v>245</x:v>
+    <x:row r="59" spans="1:192">
+      <x:c r="A59" s="0" t="s">
+        <x:v>247</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:191">
+    <x:row r="61" spans="1:192">
       <x:c r="A61" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:191">
+    <x:row r="62" spans="1:192">
       <x:c r="A62" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:191">
-[...1 lines deleted...]
-        <x:v>248</x:v>
+    <x:row r="63" spans="1:192">
+      <x:c r="A63" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
-    <x:row r="65" spans="1:191">
+    <x:row r="65" spans="1:192">
       <x:c r="A65" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:192">
+      <x:c r="A66" s="0" t="s">
+        <x:v>252</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:192">
+      <x:c r="A68" s="0" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:192">
+      <x:c r="A69" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:191">
-[...1 lines deleted...]
-        <x:v>250</x:v>
+    <x:row r="70" spans="1:192">
+      <x:c r="A70" s="0" t="s">
+        <x:v>254</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:191">
-[...1 lines deleted...]
-        <x:v>246</x:v>
+    <x:row r="71" spans="1:192">
+      <x:c r="A71" s="0" t="s">
+        <x:v>255</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:191">
-[...1 lines deleted...]
-        <x:v>251</x:v>
+    <x:row r="72" spans="1:192">
+      <x:c r="A72" s="0" t="s">
+        <x:v>256</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:191">
-[...1 lines deleted...]
-        <x:v>252</x:v>
+    <x:row r="77" spans="1:192">
+      <x:c r="A77" s="0" t="s">
+        <x:v>257</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:191">
-[...1 lines deleted...]
-        <x:v>253</x:v>
+    <x:row r="78" spans="1:192">
+      <x:c r="A78" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row r="76" spans="1:191">
-[...1 lines deleted...]
-        <x:v>254</x:v>
+    <x:row r="79" spans="1:192">
+      <x:c r="A79" s="0" t="s">
+        <x:v>258</x:v>
       </x:c>
     </x:row>
-    <x:row r="77" spans="1:191">
-[...1 lines deleted...]
-        <x:v>246</x:v>
+    <x:row r="80" spans="1:192">
+      <x:c r="A80" s="0" t="s">
+        <x:v>259</x:v>
       </x:c>
     </x:row>
-    <x:row r="78" spans="1:191">
-[...1 lines deleted...]
-        <x:v>255</x:v>
+    <x:row r="81" spans="1:192">
+      <x:c r="A81" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:191">
-[...1 lines deleted...]
-        <x:v>256</x:v>
+    <x:row r="82" spans="1:192">
+      <x:c r="A82" s="0" t="s">
+        <x:v>260</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:191">
-[...1 lines deleted...]
-        <x:v>246</x:v>
+    <x:row r="84" spans="1:192">
+      <x:c r="A84" s="0" t="s">
+        <x:v>261</x:v>
       </x:c>
     </x:row>
-    <x:row r="81" spans="1:191">
-[...1 lines deleted...]
-        <x:v>257</x:v>
+    <x:row r="85" spans="1:192">
+      <x:c r="A85" s="0" t="s">
+        <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="83" spans="1:191">
-[...1 lines deleted...]
-        <x:v>258</x:v>
+    <x:row r="86" spans="1:192">
+      <x:c r="A86" s="0" t="s">
+        <x:v>262</x:v>
       </x:c>
     </x:row>
-    <x:row r="84" spans="1:191">
-[...1 lines deleted...]
-        <x:v>1</x:v>
+    <x:row r="89" spans="1:192">
+      <x:c r="A89" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:191">
-[...1 lines deleted...]
-        <x:v>259</x:v>
+    <x:row r="90" spans="1:192">
+      <x:c r="A90" s="0" t="s">
+        <x:v>263</x:v>
       </x:c>
     </x:row>
-    <x:row r="88" spans="1:191">
-[...1 lines deleted...]
-        <x:v>246</x:v>
+    <x:row r="94" spans="1:192">
+      <x:c r="A94" s="0" t="s">
+        <x:v>264</x:v>
       </x:c>
     </x:row>
-    <x:row r="89" spans="1:191">
-[...1 lines deleted...]
-        <x:v>260</x:v>
+    <x:row r="96" spans="1:192">
+      <x:c r="A96" s="0" t="s">
+        <x:v>265</x:v>
       </x:c>
     </x:row>
-    <x:row r="93" spans="1:191">
-[...1 lines deleted...]
-        <x:v>261</x:v>
+    <x:row r="97" spans="1:192">
+      <x:c r="A97" s="0" t="s">
+        <x:v>266</x:v>
       </x:c>
     </x:row>
-    <x:row r="95" spans="1:191">
-[...1 lines deleted...]
-        <x:v>262</x:v>
+    <x:row r="99" spans="1:192">
+      <x:c r="A99" s="0" t="s">
+        <x:v>267</x:v>
       </x:c>
     </x:row>
-    <x:row r="96" spans="1:191">
-[...11 lines deleted...]
-        <x:v>265</x:v>
+    <x:row r="100" spans="1:192">
+      <x:c r="A100" s="0" t="s">
+        <x:v>268</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>LPriser</vt:lpstr>
       <vt:lpstr>LPriser!Print_Area</vt:lpstr>
       <vt:lpstr>LPriser!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>