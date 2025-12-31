--- v2 (2025-12-11)
+++ v3 (2025-12-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R720a8bfc13474545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cc740b8a142f475e98e49c9a24944e07.psmdcp" Id="R9af425c5a2834a18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec43b30291ca40a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c28a780853214e4e9426b0e1703d63aa.psmdcp" Id="R2e7b39a935404783" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="269" uniqueCount="269">
   <x:si>
     <x:t>09183: Gross fixed capital formation, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million)</x:t>
   </x:si>
   <x:si>