--- v3 (2025-12-31)
+++ v4 (2026-01-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec43b30291ca40a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c28a780853214e4e9426b0e1703d63aa.psmdcp" Id="R2e7b39a935404783" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbae7da351fed4367" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/244ee811740d49c794d8a38767c67fc2.psmdcp" Id="R6323be14c2354881" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LPriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="269" uniqueCount="269">
   <x:si>
     <x:t>09183: Gross fixed capital formation, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million)</x:t>
   </x:si>
   <x:si>