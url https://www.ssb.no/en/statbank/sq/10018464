--- v0 (2025-10-11)
+++ v1 (2025-11-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R343aad3ead6e4dbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/df0a0a72573a4c5fabce7696a8a4129b.psmdcp" Id="R6d22280dea2346eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8c9e62a228d475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bfdbed274b5541c9847095f984d263b9.psmdcp" Id="Raa8f519f8610456a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Volumendring" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="131">
   <x:si>
     <x:t>07337: Imports of goods and services, by product, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Annual change in volume (per cent)</x:t>
   </x:si>
   <x:si>