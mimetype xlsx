--- v1 (2025-11-04)
+++ v2 (2025-11-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8c9e62a228d475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bfdbed274b5541c9847095f984d263b9.psmdcp" Id="Raa8f519f8610456a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R450b154f57fc40c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/597478c28d024f5683e73ff781ce0d61.psmdcp" Id="R0e78f7d4e7e246b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Volumendring" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="131">
   <x:si>
     <x:t>07337: Imports of goods and services, by product, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Annual change in volume (per cent)</x:t>
   </x:si>
   <x:si>
@@ -329,51 +329,51 @@
     <x:t>¬¬¬ Construction, repairs and installation</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Waste treatment and recycling</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Trade, hotel and restaurant services</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Publishing, film, music and broadcasting</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Telecommunication</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Information services</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Other personal and government services</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The components in constant prices do not add up to the totals due to separate chaining of the different levels.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Figures from 2022 onwards are preliminary.</x:t>
+    <x:t>Figures from 2023 onwards are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>.. = Data not available. Figures have not been entered into our databases or are too unreliable to be published.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Annual change in volume (per cent):</x:t>
   </x:si>
   <x:si>
     <x:t>20250515 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Arne Eidshagen, Statistics Norway</x:t>
   </x:si>