--- v2 (2025-11-26)
+++ v3 (2025-12-18)
@@ -1,40 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="els" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R450b154f57fc40c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/597478c28d024f5683e73ff781ce0d61.psmdcp" Id="R0e78f7d4e7e246b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e6aa5d3d9c54df5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6d733b5929b242f9bf1db5e6e48ee9fd.psmdcp" Id="R7c512395003342e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Volumendring" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="131">
   <x:si>
     <x:t>07337: Imports of goods and services, by product, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Annual change in volume (per cent)</x:t>
   </x:si>
   <x:si>
@@ -329,63 +330,63 @@
     <x:t>¬¬¬ Construction, repairs and installation</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Waste treatment and recycling</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Trade, hotel and restaurant services</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Publishing, film, music and broadcasting</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Telecommunication</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Information services</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Other personal and government services</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The components in constant prices do not add up to the totals due to separate chaining of the different levels.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Figures from 2023 onwards are preliminary.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>.. = Data not available. Figures have not been entered into our databases or are too unreliable to be published.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Annual change in volume (per cent):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250515 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Arne Eidshagen, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 93 23 58 78</x:t>
   </x:si>
   <x:si>
     <x:t>new@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Øyvind Woxmyhr Bersaas, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 93 87 28 36</x:t>
   </x:si>
@@ -1006,195 +1007,195 @@
       </x:c>
     </x:row>
     <x:row r="5" spans="1:56">
       <x:c r="A5" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B5" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C5" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="D5" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="E5" s="4" t="n">
         <x:v>15.5</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="G5" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="I5" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="J5" s="4" t="n">
         <x:v>-15.2</x:v>
       </x:c>
       <x:c r="K5" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="L5" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="M5" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="N5" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="O5" s="4" t="n">
         <x:v>-3.1</x:v>
       </x:c>
       <x:c r="P5" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="R5" s="4" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="S5" s="4" t="n">
-        <x:v>-6.6</x:v>
+        <x:v>-6.5</x:v>
       </x:c>
       <x:c r="T5" s="4" t="n">
         <x:v>-2.7</x:v>
       </x:c>
       <x:c r="U5" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="V5" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="W5" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="X5" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="Y5" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="Z5" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="AA5" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="AB5" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="AC5" s="4" t="n">
-        <x:v>12.6</x:v>
+        <x:v>12.4</x:v>
       </x:c>
       <x:c r="AD5" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="AE5" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="AF5" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AG5" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AH5" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="AI5" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="AJ5" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="AK5" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="AL5" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="AM5" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="AN5" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="AO5" s="4" t="n">
-        <x:v>-10.2</x:v>
+        <x:v>-10.1</x:v>
       </x:c>
       <x:c r="AP5" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="AQ5" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="AR5" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="AS5" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="AT5" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AU5" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="AV5" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="AW5" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AX5" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="AY5" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="AZ5" s="4" t="n">
         <x:v>-9.9</x:v>
       </x:c>
       <x:c r="BA5" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="BB5" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>13.7</x:v>
       </x:c>
       <x:c r="BC5" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="BD5" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:56">
       <x:c r="A6" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
         <x:v>17.1</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
@@ -1314,57 +1315,57 @@
       <x:c r="AT6" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="AU6" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AV6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="AW6" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="AX6" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="AY6" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="AZ6" s="4" t="n">
         <x:v>-2.1</x:v>
       </x:c>
       <x:c r="BA6" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="BB6" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="BC6" s="4" t="n">
-        <x:v>-5.9</x:v>
+        <x:v>-5.7</x:v>
       </x:c>
       <x:c r="BD6" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:56">
       <x:c r="A7" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>-12.5</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>-1.6</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
         <x:v>-12.7</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
@@ -1487,54 +1488,54 @@
       <x:c r="AU7" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="AV7" s="4" t="n">
         <x:v>-7.4</x:v>
       </x:c>
       <x:c r="AW7" s="4" t="n">
         <x:v>26.7</x:v>
       </x:c>
       <x:c r="AX7" s="4" t="n">
         <x:v>38.6</x:v>
       </x:c>
       <x:c r="AY7" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="AZ7" s="4" t="n">
         <x:v>-7.3</x:v>
       </x:c>
       <x:c r="BA7" s="4" t="n">
         <x:v>-11.8</x:v>
       </x:c>
       <x:c r="BB7" s="4" t="n">
         <x:v>-14.4</x:v>
       </x:c>
       <x:c r="BC7" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="BD7" s="4" t="n">
-        <x:v>-15</x:v>
+        <x:v>-13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:56">
       <x:c r="A8" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>16.1</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>-8.9</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>68.5</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>-10</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
         <x:v>23.7</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
@@ -1654,57 +1655,57 @@
       <x:c r="AT8" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="AU8" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="AV8" s="4" t="n">
         <x:v>26.4</x:v>
       </x:c>
       <x:c r="AW8" s="4" t="n">
         <x:v>-12</x:v>
       </x:c>
       <x:c r="AX8" s="4" t="n">
         <x:v>-16.7</x:v>
       </x:c>
       <x:c r="AY8" s="4" t="n">
         <x:v>-11.5</x:v>
       </x:c>
       <x:c r="AZ8" s="4" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="BA8" s="4" t="n">
         <x:v>-15.3</x:v>
       </x:c>
       <x:c r="BB8" s="4" t="n">
-        <x:v>-32.4</x:v>
+        <x:v>-32.3</x:v>
       </x:c>
       <x:c r="BC8" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="BD8" s="4" t="n">
-        <x:v>22.9</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:56">
       <x:c r="A9" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
@@ -1824,57 +1825,57 @@
       <x:c r="AT9" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="AU9" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AV9" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
       <x:c r="AW9" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AX9" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AY9" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="AZ9" s="4" t="n">
         <x:v>-2.7</x:v>
       </x:c>
       <x:c r="BA9" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="BB9" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="BC9" s="4" t="n">
         <x:v>-6.2</x:v>
       </x:c>
       <x:c r="BD9" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:56">
       <x:c r="A10" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>-9.6</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>-6.3</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
@@ -1997,51 +1998,51 @@
       <x:c r="AU10" s="4" t="n">
         <x:v>-4.4</x:v>
       </x:c>
       <x:c r="AV10" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="AW10" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="AX10" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AY10" s="4" t="n">
         <x:v>-3</x:v>
       </x:c>
       <x:c r="AZ10" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="BA10" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="BB10" s="4" t="n">
         <x:v>-7.9</x:v>
       </x:c>
       <x:c r="BC10" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="BD10" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:56">
       <x:c r="A11" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>-3.9</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>14.1</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
@@ -2167,54 +2168,54 @@
       <x:c r="AU11" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="AV11" s="4" t="n">
         <x:v>-14.7</x:v>
       </x:c>
       <x:c r="AW11" s="4" t="n">
         <x:v>13.9</x:v>
       </x:c>
       <x:c r="AX11" s="4" t="n">
         <x:v>-26.7</x:v>
       </x:c>
       <x:c r="AY11" s="4" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="AZ11" s="4" t="n">
         <x:v>-5.8</x:v>
       </x:c>
       <x:c r="BA11" s="4" t="n">
         <x:v>11.9</x:v>
       </x:c>
       <x:c r="BB11" s="4" t="n">
         <x:v>12.3</x:v>
       </x:c>
       <x:c r="BC11" s="4" t="n">
-        <x:v>-7.2</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="BD11" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>12.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:56">
       <x:c r="A12" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
         <x:v>8.8</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
@@ -2334,57 +2335,57 @@
       <x:c r="AT12" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="AU12" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AV12" s="4" t="n">
         <x:v>-1.2</x:v>
       </x:c>
       <x:c r="AW12" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AX12" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AY12" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="AZ12" s="4" t="n">
         <x:v>-2.4</x:v>
       </x:c>
       <x:c r="BA12" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="BB12" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="BC12" s="4" t="n">
-        <x:v>-6.5</x:v>
+        <x:v>-6.6</x:v>
       </x:c>
       <x:c r="BD12" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:56">
       <x:c r="A13" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="G13" s="4" t="n">
         <x:v>-10.5</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
@@ -2507,54 +2508,54 @@
       <x:c r="AU13" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="AV13" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="AW13" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="AX13" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AY13" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="AZ13" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="BA13" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="BB13" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="BC13" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="BD13" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:56">
       <x:c r="A14" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="G14" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H14" s="4" t="n">
@@ -2677,51 +2678,51 @@
       <x:c r="AU14" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AV14" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="AW14" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="AX14" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="AY14" s="4" t="n">
         <x:v>-0.7</x:v>
       </x:c>
       <x:c r="AZ14" s="4" t="n">
         <x:v>-5.6</x:v>
       </x:c>
       <x:c r="BA14" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="BB14" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="BC14" s="4" t="n">
-        <x:v>-14.3</x:v>
+        <x:v>-14.4</x:v>
       </x:c>
       <x:c r="BD14" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:56">
       <x:c r="A15" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="G15" s="4" t="n">
@@ -2847,51 +2848,51 @@
       <x:c r="AU15" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="AV15" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AW15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AX15" s="4" t="n">
         <x:v>-2</x:v>
       </x:c>
       <x:c r="AY15" s="4" t="n">
         <x:v>-1</x:v>
       </x:c>
       <x:c r="AZ15" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
       <x:c r="BA15" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="BB15" s="4" t="n">
         <x:v>-11.2</x:v>
       </x:c>
       <x:c r="BC15" s="4" t="n">
-        <x:v>-18.3</x:v>
+        <x:v>-18.2</x:v>
       </x:c>
       <x:c r="BD15" s="4" t="n">
         <x:v>-4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:56">
       <x:c r="A16" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
         <x:v>32.5</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
         <x:v>18.7</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="G16" s="4" t="n">
@@ -3017,51 +3018,51 @@
       <x:c r="AU16" s="4" t="n">
         <x:v>25.1</x:v>
       </x:c>
       <x:c r="AV16" s="4" t="n">
         <x:v>-1.8</x:v>
       </x:c>
       <x:c r="AW16" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="AX16" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="AY16" s="4" t="n">
         <x:v>-1.9</x:v>
       </x:c>
       <x:c r="AZ16" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="BA16" s="4" t="n">
         <x:v>-5</x:v>
       </x:c>
       <x:c r="BB16" s="4" t="n">
         <x:v>-6</x:v>
       </x:c>
       <x:c r="BC16" s="4" t="n">
-        <x:v>-5</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="BD16" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:56">
       <x:c r="A17" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
@@ -3103,51 +3104,51 @@
       <x:c r="S17" s="4" t="n">
         <x:v>11.1</x:v>
       </x:c>
       <x:c r="T17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U17" s="4" t="n">
         <x:v>81.8</x:v>
       </x:c>
       <x:c r="V17" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="W17" s="4" t="n">
         <x:v>-3.7</x:v>
       </x:c>
       <x:c r="X17" s="4" t="n">
         <x:v>-40.7</x:v>
       </x:c>
       <x:c r="Y17" s="4" t="n">
         <x:v>33.3</x:v>
       </x:c>
       <x:c r="Z17" s="4" t="n">
         <x:v>-31.6</x:v>
       </x:c>
       <x:c r="AA17" s="4" t="n">
-        <x:v>-18.7</x:v>
+        <x:v>-18.8</x:v>
       </x:c>
       <x:c r="AB17" s="4" t="n">
         <x:v>-13.3</x:v>
       </x:c>
       <x:c r="AC17" s="4" t="n">
         <x:v>80</x:v>
       </x:c>
       <x:c r="AD17" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="AE17" s="4" t="n">
         <x:v>16.1</x:v>
       </x:c>
       <x:c r="AF17" s="4" t="n">
         <x:v>16.2</x:v>
       </x:c>
       <x:c r="AG17" s="4" t="n">
         <x:v>-27.3</x:v>
       </x:c>
       <x:c r="AH17" s="4" t="n">
         <x:v>-3</x:v>
       </x:c>
       <x:c r="AI17" s="4" t="n">
         <x:v>-10.3</x:v>
       </x:c>
@@ -3354,57 +3355,57 @@
       <x:c r="AT18" s="4" t="n">
         <x:v>-16.3</x:v>
       </x:c>
       <x:c r="AU18" s="4" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="AV18" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="AW18" s="4" t="n">
         <x:v>11.3</x:v>
       </x:c>
       <x:c r="AX18" s="4" t="n">
         <x:v>-11.4</x:v>
       </x:c>
       <x:c r="AY18" s="4" t="n">
         <x:v>8.9</x:v>
       </x:c>
       <x:c r="AZ18" s="4" t="n">
         <x:v>-12.8</x:v>
       </x:c>
       <x:c r="BA18" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
       <x:c r="BB18" s="4" t="n">
-        <x:v>58.1</x:v>
+        <x:v>68.6</x:v>
       </x:c>
       <x:c r="BC18" s="4" t="n">
-        <x:v>-20.4</x:v>
+        <x:v>-16</x:v>
       </x:c>
       <x:c r="BD18" s="4" t="n">
-        <x:v>-4.5</x:v>
+        <x:v>-8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:56">
       <x:c r="A19" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>13.6</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>13.1</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>-8.6</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
@@ -3527,54 +3528,54 @@
       <x:c r="AU19" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="AV19" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AW19" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="AX19" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="AY19" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="AZ19" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="BA19" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="BB19" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="BC19" s="4" t="n">
-        <x:v>-8.7</x:v>
+        <x:v>-8.6</x:v>
       </x:c>
       <x:c r="BD19" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:56">
       <x:c r="A20" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>-11.1</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>15.5</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
         <x:v>17.8</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
         <x:v>-1.6</x:v>
       </x:c>
       <x:c r="H20" s="4" t="n">
@@ -3697,54 +3698,54 @@
       <x:c r="AU20" s="4" t="n">
         <x:v>-11.3</x:v>
       </x:c>
       <x:c r="AV20" s="4" t="n">
         <x:v>-2.1</x:v>
       </x:c>
       <x:c r="AW20" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AX20" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="AY20" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="AZ20" s="4" t="n">
         <x:v>-2.9</x:v>
       </x:c>
       <x:c r="BA20" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="BB20" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="BC20" s="4" t="n">
-        <x:v>-6.6</x:v>
+        <x:v>-5.9</x:v>
       </x:c>
       <x:c r="BD20" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:56">
       <x:c r="A21" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>-3</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>12.1</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
         <x:v>19.3</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="H21" s="4" t="n">
@@ -3864,57 +3865,57 @@
       <x:c r="AT21" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="AU21" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AV21" s="4" t="n">
         <x:v>-5.4</x:v>
       </x:c>
       <x:c r="AW21" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="AX21" s="4" t="n">
         <x:v>8.9</x:v>
       </x:c>
       <x:c r="AY21" s="4" t="n">
         <x:v>12.3</x:v>
       </x:c>
       <x:c r="AZ21" s="4" t="n">
         <x:v>-6.5</x:v>
       </x:c>
       <x:c r="BA21" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="BB21" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="BC21" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="BD21" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:56">
       <x:c r="A22" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>12.9</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>10.3</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
         <x:v>13.8</x:v>
       </x:c>
       <x:c r="G22" s="4" t="n">
         <x:v>15.6</x:v>
       </x:c>
       <x:c r="H22" s="4" t="n">
@@ -4037,54 +4038,54 @@
       <x:c r="AU22" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="AV22" s="4" t="n">
         <x:v>-0.5</x:v>
       </x:c>
       <x:c r="AW22" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="AX22" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="AY22" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="AZ22" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="BA22" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="BB22" s="4" t="n">
         <x:v>-2.6</x:v>
       </x:c>
       <x:c r="BC22" s="4" t="n">
-        <x:v>-10.5</x:v>
+        <x:v>-10.7</x:v>
       </x:c>
       <x:c r="BD22" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:56">
       <x:c r="A23" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
         <x:v>-5.8</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>10.4</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="G23" s="4" t="n">
         <x:v>29.6</x:v>
       </x:c>
       <x:c r="H23" s="4" t="n">
@@ -4207,51 +4208,51 @@
       <x:c r="AU23" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
       <x:c r="AV23" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="AW23" s="4" t="n">
         <x:v>15.5</x:v>
       </x:c>
       <x:c r="AX23" s="4" t="n">
         <x:v>-2.4</x:v>
       </x:c>
       <x:c r="AY23" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="AZ23" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="BA23" s="4" t="n">
         <x:v>34.4</x:v>
       </x:c>
       <x:c r="BB23" s="4" t="n">
         <x:v>10.6</x:v>
       </x:c>
       <x:c r="BC23" s="4" t="n">
-        <x:v>-21.2</x:v>
+        <x:v>-28.4</x:v>
       </x:c>
       <x:c r="BD23" s="4" t="n">
         <x:v>-4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:56">
       <x:c r="A24" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>-42.1</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
         <x:v>-77.8</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G24" s="4" t="n">
@@ -4377,54 +4378,54 @@
       <x:c r="AU24" s="4" t="n">
         <x:v>16.1</x:v>
       </x:c>
       <x:c r="AV24" s="4" t="n">
         <x:v>-22.1</x:v>
       </x:c>
       <x:c r="AW24" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="AX24" s="4" t="n">
         <x:v>36.5</x:v>
       </x:c>
       <x:c r="AY24" s="4" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="AZ24" s="4" t="n">
         <x:v>-63.7</x:v>
       </x:c>
       <x:c r="BA24" s="4" t="n">
         <x:v>63.3</x:v>
       </x:c>
       <x:c r="BB24" s="4" t="n">
         <x:v>61</x:v>
       </x:c>
       <x:c r="BC24" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="BD24" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:56">
       <x:c r="A25" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>9.6</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
         <x:v>11.5</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="H25" s="4" t="n">
@@ -4544,227 +4545,227 @@
       <x:c r="AT25" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AU25" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="AV25" s="4" t="n">
         <x:v>-1.5</x:v>
       </x:c>
       <x:c r="AW25" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AX25" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="AY25" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="AZ25" s="4" t="n">
         <x:v>-2.1</x:v>
       </x:c>
       <x:c r="BA25" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="BB25" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="BC25" s="4" t="n">
-        <x:v>-4.8</x:v>
+        <x:v>-5.3</x:v>
       </x:c>
       <x:c r="BD25" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:56">
       <x:c r="A26" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>21.4</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="G26" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="H26" s="4" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.6</x:v>
       </x:c>
       <x:c r="I26" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="J26" s="4" t="n">
-        <x:v>-6.8</x:v>
+        <x:v>-6.7</x:v>
       </x:c>
       <x:c r="K26" s="4" t="n">
         <x:v>-5.1</x:v>
       </x:c>
       <x:c r="L26" s="4" t="n">
-        <x:v>-4.9</x:v>
+        <x:v>-4.8</x:v>
       </x:c>
       <x:c r="M26" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
       <x:c r="N26" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="O26" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="P26" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="Q26" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="R26" s="4" t="n">
         <x:v>8.5</x:v>
       </x:c>
       <x:c r="S26" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>-6.1</x:v>
       </x:c>
       <x:c r="T26" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="U26" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="V26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W26" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="X26" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="Y26" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="Z26" s="4" t="n">
         <x:v>-1</x:v>
       </x:c>
       <x:c r="AA26" s="4" t="n">
         <x:v>-1.9</x:v>
       </x:c>
       <x:c r="AB26" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="AC26" s="4" t="n">
-        <x:v>17.2</x:v>
+        <x:v>16.5</x:v>
       </x:c>
       <x:c r="AD26" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="AE26" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="AF26" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="AG26" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="AH26" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="AI26" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>-3.5</x:v>
       </x:c>
       <x:c r="AJ26" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="AK26" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="AL26" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="AM26" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="AN26" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="AO26" s="4" t="n">
-        <x:v>-7.3</x:v>
+        <x:v>-6.9</x:v>
       </x:c>
       <x:c r="AP26" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="AQ26" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AR26" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="AS26" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="AT26" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AU26" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="AV26" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="AW26" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="AX26" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="AY26" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="AZ26" s="4" t="n">
-        <x:v>-23.5</x:v>
+        <x:v>-23.4</x:v>
       </x:c>
       <x:c r="BA26" s="4" t="n">
-        <x:v>-2.8</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="BB26" s="4" t="n">
-        <x:v>36.3</x:v>
+        <x:v>36.2</x:v>
       </x:c>
       <x:c r="BC26" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="BD26" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:56">
       <x:c r="A27" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E27" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F27" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H27" s="3" t="s">
@@ -4884,57 +4885,57 @@
       <x:c r="AT27" s="4" t="n">
         <x:v>-9.8</x:v>
       </x:c>
       <x:c r="AU27" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="AV27" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="AW27" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="AX27" s="4" t="n">
         <x:v>-3.3</x:v>
       </x:c>
       <x:c r="AY27" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="AZ27" s="4" t="n">
         <x:v>-86.8</x:v>
       </x:c>
       <x:c r="BA27" s="4" t="n">
         <x:v>-35.6</x:v>
       </x:c>
       <x:c r="BB27" s="4" t="n">
-        <x:v>704.8</x:v>
+        <x:v>20589.7</x:v>
       </x:c>
       <x:c r="BC27" s="4" t="n">
-        <x:v>-14.9</x:v>
+        <x:v>-96.9</x:v>
       </x:c>
       <x:c r="BD27" s="4" t="n">
-        <x:v>-6.2</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:56">
       <x:c r="A28" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
         <x:v>-4.3</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
         <x:v>11.5</x:v>
       </x:c>
       <x:c r="G28" s="4" t="n">
         <x:v>-15</x:v>
       </x:c>
       <x:c r="H28" s="4" t="n">
@@ -5054,57 +5055,57 @@
       <x:c r="AT28" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
       <x:c r="AU28" s="4" t="n">
         <x:v>-24.8</x:v>
       </x:c>
       <x:c r="AV28" s="4" t="n">
         <x:v>-1.8</x:v>
       </x:c>
       <x:c r="AW28" s="4" t="n">
         <x:v>-0.7</x:v>
       </x:c>
       <x:c r="AX28" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="AY28" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="AZ28" s="4" t="n">
         <x:v>-13.5</x:v>
       </x:c>
       <x:c r="BA28" s="4" t="n">
         <x:v>10.1</x:v>
       </x:c>
       <x:c r="BB28" s="4" t="n">
-        <x:v>-24</x:v>
+        <x:v>-73.3</x:v>
       </x:c>
       <x:c r="BC28" s="4" t="n">
-        <x:v>-9.3</x:v>
+        <x:v>137.9</x:v>
       </x:c>
       <x:c r="BD28" s="4" t="n">
-        <x:v>-6.7</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:56">
       <x:c r="A29" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>176.1</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
         <x:v>-8</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>49.8</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
         <x:v>15.2</x:v>
       </x:c>
       <x:c r="G29" s="4" t="n">
         <x:v>44.5</x:v>
       </x:c>
       <x:c r="H29" s="4" t="n">
@@ -5224,57 +5225,57 @@
       <x:c r="AT29" s="4" t="n">
         <x:v>12.7</x:v>
       </x:c>
       <x:c r="AU29" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="AV29" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="AW29" s="4" t="n">
         <x:v>-22.5</x:v>
       </x:c>
       <x:c r="AX29" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="AY29" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="AZ29" s="4" t="n">
         <x:v>-19.5</x:v>
       </x:c>
       <x:c r="BA29" s="4" t="n">
         <x:v>-12.3</x:v>
       </x:c>
       <x:c r="BB29" s="4" t="n">
-        <x:v>23.7</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="BC29" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="BD29" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:56">
       <x:c r="A30" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D30" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E30" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F30" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H30" s="3" t="s">
@@ -5567,224 +5568,224 @@
       <x:c r="AU31" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
       <x:c r="AV31" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="AW31" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AX31" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="AY31" s="4" t="n">
         <x:v>-1.6</x:v>
       </x:c>
       <x:c r="AZ31" s="4" t="n">
         <x:v>-73.6</x:v>
       </x:c>
       <x:c r="BA31" s="4" t="n">
         <x:v>-7.3</x:v>
       </x:c>
       <x:c r="BB31" s="4" t="n">
         <x:v>244.5</x:v>
       </x:c>
       <x:c r="BC31" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="BD31" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:56">
       <x:c r="A32" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>25.9</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>-5</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="G32" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="H32" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="I32" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="J32" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="K32" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="L32" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="M32" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="N32" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="O32" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="P32" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="Q32" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="R32" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="S32" s="4" t="n">
-        <x:v>-7.5</x:v>
+        <x:v>-7</x:v>
       </x:c>
       <x:c r="T32" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="U32" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="V32" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="W32" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="X32" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="Y32" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="Z32" s="4" t="n">
-        <x:v>-10.3</x:v>
+        <x:v>-10.1</x:v>
       </x:c>
       <x:c r="AA32" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="AB32" s="4" t="n">
         <x:v>-1.1</x:v>
       </x:c>
       <x:c r="AC32" s="4" t="n">
-        <x:v>24.6</x:v>
+        <x:v>22.5</x:v>
       </x:c>
       <x:c r="AD32" s="4" t="n">
         <x:v>10.6</x:v>
       </x:c>
       <x:c r="AE32" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="AF32" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="AG32" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="AH32" s="4" t="n">
+        <x:v>-9.2</x:v>
+      </x:c>
+      <x:c r="AI32" s="4" t="n">
+        <x:v>-5.5</x:v>
+      </x:c>
+      <x:c r="AJ32" s="4" t="n">
+        <x:v>-3</x:v>
+      </x:c>
+      <x:c r="AK32" s="4" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="AL32" s="4" t="n">
+        <x:v>-0.6</x:v>
+      </x:c>
+      <x:c r="AM32" s="4" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="AN32" s="4" t="n">
+        <x:v>9.2</x:v>
+      </x:c>
+      <x:c r="AO32" s="4" t="n">
+        <x:v>-6.9</x:v>
+      </x:c>
+      <x:c r="AP32" s="4" t="n">
+        <x:v>15.4</x:v>
+      </x:c>
+      <x:c r="AQ32" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
-      <x:c r="AH32" s="4" t="n">
-[...17 lines deleted...]
-      <x:c r="AN32" s="4" t="n">
+      <x:c r="AR32" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="AS32" s="4" t="n">
+        <x:v>7.9</x:v>
+      </x:c>
+      <x:c r="AT32" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="AU32" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
-      <x:c r="AO32" s="4" t="n">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="AV32" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="AW32" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="AX32" s="4" t="n">
-        <x:v>-3.5</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="AY32" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="AZ32" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="BA32" s="4" t="n">
-        <x:v>-3.5</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="BB32" s="4" t="n">
-        <x:v>18.5</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="BC32" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>13.5</x:v>
       </x:c>
       <x:c r="BD32" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:56">
       <x:c r="A33" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>-4.5</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>70.7</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
         <x:v>63.7</x:v>
       </x:c>
       <x:c r="G33" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="H33" s="4" t="n">
@@ -5859,102 +5860,102 @@
       <x:c r="AE33" s="4" t="n">
         <x:v>-13</x:v>
       </x:c>
       <x:c r="AF33" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="AG33" s="4" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="AH33" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="AI33" s="4" t="n">
         <x:v>-15.9</x:v>
       </x:c>
       <x:c r="AJ33" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="AK33" s="4" t="n">
         <x:v>28.2</x:v>
       </x:c>
       <x:c r="AL33" s="4" t="n">
         <x:v>-32.2</x:v>
       </x:c>
       <x:c r="AM33" s="4" t="n">
-        <x:v>232.5</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="AN33" s="4" t="n">
-        <x:v>-10.6</x:v>
+        <x:v>-8.2</x:v>
       </x:c>
       <x:c r="AO33" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="AP33" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>15.3</x:v>
       </x:c>
       <x:c r="AQ33" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="AR33" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="AS33" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="AT33" s="4" t="n">
-        <x:v>24.5</x:v>
+        <x:v>23.4</x:v>
       </x:c>
       <x:c r="AU33" s="4" t="n">
-        <x:v>-10.8</x:v>
+        <x:v>-9.3</x:v>
       </x:c>
       <x:c r="AV33" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="AW33" s="4" t="n">
-        <x:v>19</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="AX33" s="4" t="n">
-        <x:v>-6.9</x:v>
+        <x:v>-6.7</x:v>
       </x:c>
       <x:c r="AY33" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="AZ33" s="4" t="n">
-        <x:v>-35.8</x:v>
+        <x:v>-33.8</x:v>
       </x:c>
       <x:c r="BA33" s="4" t="n">
-        <x:v>16.3</x:v>
+        <x:v>15.3</x:v>
       </x:c>
       <x:c r="BB33" s="4" t="n">
-        <x:v>56.1</x:v>
+        <x:v>65.2</x:v>
       </x:c>
       <x:c r="BC33" s="4" t="n">
-        <x:v>-11.4</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="BD33" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:56">
       <x:c r="A34" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D34" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E34" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
         <x:v>-13.8</x:v>
       </x:c>
       <x:c r="G34" s="4" t="n">
         <x:v>47.2</x:v>
       </x:c>
       <x:c r="H34" s="4" t="n">
@@ -6077,51 +6078,51 @@
       <x:c r="AU34" s="4" t="n">
         <x:v>108.3</x:v>
       </x:c>
       <x:c r="AV34" s="4" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="AW34" s="4" t="n">
         <x:v>-44.3</x:v>
       </x:c>
       <x:c r="AX34" s="4" t="n">
         <x:v>-29.5</x:v>
       </x:c>
       <x:c r="AY34" s="4" t="n">
         <x:v>-25.3</x:v>
       </x:c>
       <x:c r="AZ34" s="4" t="n">
         <x:v>-88.3</x:v>
       </x:c>
       <x:c r="BA34" s="4" t="n">
         <x:v>-50</x:v>
       </x:c>
       <x:c r="BB34" s="4" t="n">
         <x:v>875</x:v>
       </x:c>
       <x:c r="BC34" s="4" t="n">
-        <x:v>81.8</x:v>
+        <x:v>77.5</x:v>
       </x:c>
       <x:c r="BD34" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:56">
       <x:c r="A35" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E35" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F35" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
@@ -6414,57 +6415,57 @@
       <x:c r="AT36" s="4" t="n">
         <x:v>18.1</x:v>
       </x:c>
       <x:c r="AU36" s="4" t="n">
         <x:v>-26.7</x:v>
       </x:c>
       <x:c r="AV36" s="4" t="n">
         <x:v>16.2</x:v>
       </x:c>
       <x:c r="AW36" s="4" t="n">
         <x:v>-2.8</x:v>
       </x:c>
       <x:c r="AX36" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="AY36" s="4" t="n">
         <x:v>-6.5</x:v>
       </x:c>
       <x:c r="AZ36" s="4" t="n">
         <x:v>-74</x:v>
       </x:c>
       <x:c r="BA36" s="4" t="n">
         <x:v>69</x:v>
       </x:c>
       <x:c r="BB36" s="4" t="n">
-        <x:v>121.9</x:v>
+        <x:v>169.4</x:v>
       </x:c>
       <x:c r="BC36" s="4" t="n">
-        <x:v>-33.5</x:v>
+        <x:v>-13.4</x:v>
       </x:c>
       <x:c r="BD36" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:56">
       <x:c r="A37" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>-53.3</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
         <x:v>-50</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>-20</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
         <x:v>2075</x:v>
       </x:c>
       <x:c r="G37" s="4" t="n">
         <x:v>-2</x:v>
       </x:c>
       <x:c r="H37" s="4" t="n">
@@ -6539,102 +6540,102 @@
       <x:c r="AE37" s="4" t="n">
         <x:v>-14.4</x:v>
       </x:c>
       <x:c r="AF37" s="4" t="n">
         <x:v>-22.6</x:v>
       </x:c>
       <x:c r="AG37" s="4" t="n">
         <x:v>24.9</x:v>
       </x:c>
       <x:c r="AH37" s="4" t="n">
         <x:v>-31.2</x:v>
       </x:c>
       <x:c r="AI37" s="4" t="n">
         <x:v>-4.4</x:v>
       </x:c>
       <x:c r="AJ37" s="4" t="n">
         <x:v>48.6</x:v>
       </x:c>
       <x:c r="AK37" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="AL37" s="4" t="n">
         <x:v>-2.7</x:v>
       </x:c>
       <x:c r="AM37" s="4" t="n">
-        <x:v>1549.2</x:v>
+        <x:v>1647.2</x:v>
       </x:c>
       <x:c r="AN37" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="AO37" s="4" t="n">
-        <x:v>-20.1</x:v>
+        <x:v>-15.5</x:v>
       </x:c>
       <x:c r="AP37" s="4" t="n">
-        <x:v>18.2</x:v>
+        <x:v>18.8</x:v>
       </x:c>
       <x:c r="AQ37" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="AR37" s="4" t="n">
-        <x:v>-10.6</x:v>
+        <x:v>-7.2</x:v>
       </x:c>
       <x:c r="AS37" s="4" t="n">
+        <x:v>8.5</x:v>
+      </x:c>
+      <x:c r="AT37" s="4" t="n">
+        <x:v>32.3</x:v>
+      </x:c>
+      <x:c r="AU37" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
-      <x:c r="AT37" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="AV37" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
       <x:c r="AW37" s="4" t="n">
-        <x:v>47.2</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="AX37" s="4" t="n">
-        <x:v>-13.8</x:v>
+        <x:v>-12.7</x:v>
       </x:c>
       <x:c r="AY37" s="4" t="n">
-        <x:v>23.1</x:v>
+        <x:v>19.5</x:v>
       </x:c>
       <x:c r="AZ37" s="4" t="n">
-        <x:v>-12.2</x:v>
+        <x:v>-11.4</x:v>
       </x:c>
       <x:c r="BA37" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="BB37" s="4" t="n">
-        <x:v>32.4</x:v>
+        <x:v>31.1</x:v>
       </x:c>
       <x:c r="BC37" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="BD37" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:56">
       <x:c r="A38" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>-5.9</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
         <x:v>-11.1</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>-5.6</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
         <x:v>-15.8</x:v>
       </x:c>
       <x:c r="G38" s="4" t="n">
         <x:v>-5.6</x:v>
       </x:c>
       <x:c r="H38" s="4" t="n">
@@ -6757,394 +6758,394 @@
       <x:c r="AU38" s="4" t="n">
         <x:v>-6.8</x:v>
       </x:c>
       <x:c r="AV38" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="AW38" s="4" t="n">
         <x:v>-7.7</x:v>
       </x:c>
       <x:c r="AX38" s="4" t="n">
         <x:v>-24.6</x:v>
       </x:c>
       <x:c r="AY38" s="4" t="n">
         <x:v>-21.8</x:v>
       </x:c>
       <x:c r="AZ38" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="BA38" s="4" t="n">
         <x:v>34.4</x:v>
       </x:c>
       <x:c r="BB38" s="4" t="n">
         <x:v>10.8</x:v>
       </x:c>
       <x:c r="BC38" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="BD38" s="4" t="n">
-        <x:v>-9.5</x:v>
+        <x:v>-9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:56">
       <x:c r="A39" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>16.3</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>13.1</x:v>
+        <x:v>11.5</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="G39" s="4" t="n">
-        <x:v>22.8</x:v>
+        <x:v>20.4</x:v>
       </x:c>
       <x:c r="H39" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="I39" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
-      <x:c r="I39" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J39" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="K39" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="L39" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="M39" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="N39" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="O39" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="P39" s="4" t="n">
-        <x:v>14.7</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="R39" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="S39" s="4" t="n">
-        <x:v>-7.2</x:v>
+        <x:v>-5.6</x:v>
       </x:c>
       <x:c r="T39" s="4" t="n">
-        <x:v>-9.5</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="U39" s="4" t="n">
-        <x:v>-4.8</x:v>
+        <x:v>-4.1</x:v>
       </x:c>
       <x:c r="V39" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="W39" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="X39" s="4" t="n">
-        <x:v>63.4</x:v>
+        <x:v>53.8</x:v>
       </x:c>
       <x:c r="Y39" s="4" t="n">
-        <x:v>18.3</x:v>
+        <x:v>17.2</x:v>
       </x:c>
       <x:c r="Z39" s="4" t="n">
-        <x:v>-6.2</x:v>
+        <x:v>-5.8</x:v>
       </x:c>
       <x:c r="AA39" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
       <x:c r="AB39" s="4" t="n">
-        <x:v>-8.2</x:v>
+        <x:v>-7.5</x:v>
       </x:c>
       <x:c r="AC39" s="4" t="n">
-        <x:v>32.8</x:v>
+        <x:v>27.2</x:v>
       </x:c>
       <x:c r="AD39" s="4" t="n">
         <x:v>13.7</x:v>
       </x:c>
       <x:c r="AE39" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="AF39" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="AG39" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="AH39" s="4" t="n">
-        <x:v>-11.7</x:v>
+        <x:v>-13.6</x:v>
       </x:c>
       <x:c r="AI39" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="AJ39" s="4" t="n">
-        <x:v>-5</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="AK39" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="AL39" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="AM39" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="AN39" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="AO39" s="4" t="n">
-        <x:v>-5.3</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="AP39" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>17.2</x:v>
       </x:c>
       <x:c r="AQ39" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="AR39" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="AS39" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="AT39" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>-3.3</x:v>
       </x:c>
       <x:c r="AU39" s="4" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.6</x:v>
       </x:c>
       <x:c r="AV39" s="4" t="n">
-        <x:v>15.9</x:v>
+        <x:v>12.6</x:v>
       </x:c>
       <x:c r="AW39" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="AX39" s="4" t="n">
-        <x:v>-7</x:v>
+        <x:v>-6.3</x:v>
       </x:c>
       <x:c r="AY39" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="AZ39" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="BA39" s="4" t="n">
-        <x:v>-11.9</x:v>
+        <x:v>-12.7</x:v>
       </x:c>
       <x:c r="BB39" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="BC39" s="4" t="n">
-        <x:v>15.5</x:v>
+        <x:v>15.6</x:v>
       </x:c>
       <x:c r="BD39" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:56">
       <x:c r="A40" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>31.5</x:v>
+        <x:v>20.9</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-8.8</x:v>
+        <x:v>-6.1</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="G40" s="4" t="n">
-        <x:v>17.1</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="H40" s="4" t="n">
-        <x:v>-8.6</x:v>
+        <x:v>-5.7</x:v>
       </x:c>
       <x:c r="I40" s="4" t="n">
-        <x:v>-4.8</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="J40" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K40" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="L40" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="M40" s="4" t="n">
-        <x:v>-18.8</x:v>
+        <x:v>-14.4</x:v>
       </x:c>
       <x:c r="N40" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="O40" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="P40" s="4" t="n">
-        <x:v>21.1</x:v>
+        <x:v>20.2</x:v>
       </x:c>
       <x:c r="Q40" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="R40" s="4" t="n">
-        <x:v>-6.8</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="S40" s="4" t="n">
-        <x:v>-5.6</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="T40" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="U40" s="4" t="n">
-        <x:v>-12.6</x:v>
+        <x:v>-9.4</x:v>
       </x:c>
       <x:c r="V40" s="4" t="n">
-        <x:v>17.2</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="W40" s="4" t="n">
-        <x:v>-9.7</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="X40" s="4" t="n">
-        <x:v>123</x:v>
+        <x:v>83.6</x:v>
       </x:c>
       <x:c r="Y40" s="4" t="n">
-        <x:v>22</x:v>
+        <x:v>19.1</x:v>
       </x:c>
       <x:c r="Z40" s="4" t="n">
+        <x:v>-16.8</x:v>
+      </x:c>
+      <x:c r="AA40" s="4" t="n">
+        <x:v>-4.1</x:v>
+      </x:c>
+      <x:c r="AB40" s="4" t="n">
+        <x:v>-5.7</x:v>
+      </x:c>
+      <x:c r="AC40" s="4" t="n">
+        <x:v>-10.2</x:v>
+      </x:c>
+      <x:c r="AD40" s="4" t="n">
+        <x:v>15.9</x:v>
+      </x:c>
+      <x:c r="AE40" s="4" t="n">
+        <x:v>26.7</x:v>
+      </x:c>
+      <x:c r="AF40" s="4" t="n">
+        <x:v>5.8</x:v>
+      </x:c>
+      <x:c r="AG40" s="4" t="n">
+        <x:v>7.7</x:v>
+      </x:c>
+      <x:c r="AH40" s="4" t="n">
+        <x:v>-8.9</x:v>
+      </x:c>
+      <x:c r="AI40" s="4" t="n">
+        <x:v>6.1</x:v>
+      </x:c>
+      <x:c r="AJ40" s="4" t="n">
+        <x:v>-12</x:v>
+      </x:c>
+      <x:c r="AK40" s="4" t="n">
+        <x:v>-21.4</x:v>
+      </x:c>
+      <x:c r="AL40" s="4" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="AM40" s="4" t="n">
+        <x:v>-35.1</x:v>
+      </x:c>
+      <x:c r="AN40" s="4" t="n">
         <x:v>-19.1</x:v>
       </x:c>
-      <x:c r="AA40" s="4" t="n">
-[...40 lines deleted...]
-      </x:c>
       <x:c r="AO40" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="AP40" s="4" t="n">
-        <x:v>-36.3</x:v>
+        <x:v>-38.5</x:v>
       </x:c>
       <x:c r="AQ40" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>12.4</x:v>
       </x:c>
       <x:c r="AR40" s="4" t="n">
-        <x:v>-23.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="AS40" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>19.9</x:v>
       </x:c>
       <x:c r="AT40" s="4" t="n">
-        <x:v>-4.9</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="AU40" s="4" t="n">
-        <x:v>16.2</x:v>
+        <x:v>19.7</x:v>
       </x:c>
       <x:c r="AV40" s="4" t="n">
-        <x:v>23.3</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="AW40" s="4" t="n">
-        <x:v>20.4</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="AX40" s="4" t="n">
-        <x:v>14.5</x:v>
+        <x:v>19.8</x:v>
       </x:c>
       <x:c r="AY40" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="AZ40" s="4" t="n">
-        <x:v>15.9</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="BA40" s="4" t="n">
-        <x:v>-22.4</x:v>
+        <x:v>-26.2</x:v>
       </x:c>
       <x:c r="BB40" s="4" t="n">
-        <x:v>28.7</x:v>
+        <x:v>12.5</x:v>
       </x:c>
       <x:c r="BC40" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>16.6</x:v>
       </x:c>
       <x:c r="BD40" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>24.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:56">
       <x:c r="A41" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
         <x:v>33.3</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
         <x:v>9.1</x:v>
       </x:c>
       <x:c r="G41" s="4" t="n">
         <x:v>42.9</x:v>
       </x:c>
       <x:c r="H41" s="4" t="n">
@@ -7264,57 +7265,57 @@
       <x:c r="AT41" s="4" t="n">
         <x:v>9.1</x:v>
       </x:c>
       <x:c r="AU41" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
       <x:c r="AV41" s="4" t="n">
         <x:v>-4.8</x:v>
       </x:c>
       <x:c r="AW41" s="4" t="n">
         <x:v>10.4</x:v>
       </x:c>
       <x:c r="AX41" s="4" t="n">
         <x:v>-9.1</x:v>
       </x:c>
       <x:c r="AY41" s="4" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="AZ41" s="4" t="n">
         <x:v>13.5</x:v>
       </x:c>
       <x:c r="BA41" s="4" t="n">
         <x:v>-9.7</x:v>
       </x:c>
       <x:c r="BB41" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="BC41" s="4" t="n">
-        <x:v>40.5</x:v>
+        <x:v>41.9</x:v>
       </x:c>
       <x:c r="BD41" s="4" t="n">
-        <x:v>-8.1</x:v>
+        <x:v>-10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:56">
       <x:c r="A42" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
         <x:v>16.2</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>48.9</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="G42" s="4" t="n">
         <x:v>19.6</x:v>
       </x:c>
       <x:c r="H42" s="4" t="n">
@@ -7434,57 +7435,57 @@
       <x:c r="AT42" s="4" t="n">
         <x:v>-2.1</x:v>
       </x:c>
       <x:c r="AU42" s="4" t="n">
         <x:v>16.9</x:v>
       </x:c>
       <x:c r="AV42" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
       <x:c r="AW42" s="4" t="n">
         <x:v>-21.5</x:v>
       </x:c>
       <x:c r="AX42" s="4" t="n">
         <x:v>-15.6</x:v>
       </x:c>
       <x:c r="AY42" s="4" t="n">
         <x:v>45.2</x:v>
       </x:c>
       <x:c r="AZ42" s="4" t="n">
         <x:v>27.7</x:v>
       </x:c>
       <x:c r="BA42" s="4" t="n">
         <x:v>-10.3</x:v>
       </x:c>
       <x:c r="BB42" s="4" t="n">
-        <x:v>44.9</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="BC42" s="4" t="n">
-        <x:v>32.5</x:v>
+        <x:v>-30.3</x:v>
       </x:c>
       <x:c r="BD42" s="4" t="n">
-        <x:v>-20.8</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:56">
       <x:c r="A43" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>15.1</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="G43" s="4" t="n">
         <x:v>29.9</x:v>
       </x:c>
       <x:c r="H43" s="4" t="n">
@@ -7559,102 +7560,102 @@
       <x:c r="AE43" s="4" t="n">
         <x:v>7.6</x:v>
       </x:c>
       <x:c r="AF43" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="AG43" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="AH43" s="4" t="n">
         <x:v>-13.5</x:v>
       </x:c>
       <x:c r="AI43" s="4" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="AJ43" s="4" t="n">
         <x:v>-4.1</x:v>
       </x:c>
       <x:c r="AK43" s="4" t="n">
         <x:v>23.9</x:v>
       </x:c>
       <x:c r="AL43" s="4" t="n">
         <x:v>-3.6</x:v>
       </x:c>
       <x:c r="AM43" s="4" t="n">
-        <x:v>-6.7</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="AN43" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>15.6</x:v>
       </x:c>
       <x:c r="AO43" s="4" t="n">
-        <x:v>-11.1</x:v>
+        <x:v>-10.9</x:v>
       </x:c>
       <x:c r="AP43" s="4" t="n">
-        <x:v>54.9</x:v>
+        <x:v>54.6</x:v>
       </x:c>
       <x:c r="AQ43" s="4" t="n">
         <x:v>9.9</x:v>
       </x:c>
       <x:c r="AR43" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="AS43" s="4" t="n">
         <x:v>11.8</x:v>
       </x:c>
       <x:c r="AT43" s="4" t="n">
-        <x:v>-7.6</x:v>
+        <x:v>-7.5</x:v>
       </x:c>
       <x:c r="AU43" s="4" t="n">
-        <x:v>25.1</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="AV43" s="4" t="n">
         <x:v>20.8</x:v>
       </x:c>
       <x:c r="AW43" s="4" t="n">
-        <x:v>-8</x:v>
+        <x:v>-7.4</x:v>
       </x:c>
       <x:c r="AX43" s="4" t="n">
         <x:v>-12.9</x:v>
       </x:c>
       <x:c r="AY43" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="AZ43" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="BA43" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>-8.4</x:v>
       </x:c>
       <x:c r="BB43" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="BC43" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="BD43" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:56">
       <x:c r="A44" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>29.1</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
         <x:v>-6.4</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
         <x:v>-4.8</x:v>
       </x:c>
       <x:c r="G44" s="4" t="n">
         <x:v>-2</x:v>
       </x:c>
       <x:c r="H44" s="4" t="n">
@@ -7729,102 +7730,102 @@
       <x:c r="AE44" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="AF44" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="AG44" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="AH44" s="4" t="n">
         <x:v>-7.3</x:v>
       </x:c>
       <x:c r="AI44" s="4" t="n">
         <x:v>-9.5</x:v>
       </x:c>
       <x:c r="AJ44" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="AK44" s="4" t="n">
         <x:v>16.9</x:v>
       </x:c>
       <x:c r="AL44" s="4" t="n">
         <x:v>-1.2</x:v>
       </x:c>
       <x:c r="AM44" s="4" t="n">
-        <x:v>20.1</x:v>
+        <x:v>21.1</x:v>
       </x:c>
       <x:c r="AN44" s="4" t="n">
-        <x:v>22.8</x:v>
+        <x:v>23.3</x:v>
       </x:c>
       <x:c r="AO44" s="4" t="n">
-        <x:v>-12.2</x:v>
+        <x:v>-11.6</x:v>
       </x:c>
       <x:c r="AP44" s="4" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="AQ44" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="AR44" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="AS44" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="AT44" s="4" t="n">
+        <x:v>5.2</x:v>
+      </x:c>
+      <x:c r="AU44" s="4" t="n">
+        <x:v>6.1</x:v>
+      </x:c>
+      <x:c r="AV44" s="4" t="n">
+        <x:v>5.7</x:v>
+      </x:c>
+      <x:c r="AW44" s="4" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="AX44" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AY44" s="4" t="n">
+        <x:v>15.4</x:v>
+      </x:c>
+      <x:c r="AZ44" s="4" t="n">
+        <x:v>13.7</x:v>
+      </x:c>
+      <x:c r="BA44" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="BB44" s="4" t="n">
+        <x:v>17.8</x:v>
+      </x:c>
+      <x:c r="BC44" s="4" t="n">
+        <x:v>15.7</x:v>
+      </x:c>
+      <x:c r="BD44" s="4" t="n">
         <x:v>13.8</x:v>
-      </x:c>
-[...40 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:56">
       <x:c r="A45" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>40.8</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
         <x:v>-13.7</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
         <x:v>10.6</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
         <x:v>-9.8</x:v>
       </x:c>
       <x:c r="G45" s="4" t="n">
         <x:v>-10.4</x:v>
       </x:c>
       <x:c r="H45" s="4" t="n">
@@ -7899,102 +7900,102 @@
       <x:c r="AE45" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="AF45" s="4" t="n">
         <x:v>12.8</x:v>
       </x:c>
       <x:c r="AG45" s="4" t="n">
         <x:v>11.5</x:v>
       </x:c>
       <x:c r="AH45" s="4" t="n">
         <x:v>-31.8</x:v>
       </x:c>
       <x:c r="AI45" s="4" t="n">
         <x:v>-19.4</x:v>
       </x:c>
       <x:c r="AJ45" s="4" t="n">
         <x:v>-9</x:v>
       </x:c>
       <x:c r="AK45" s="4" t="n">
         <x:v>19.1</x:v>
       </x:c>
       <x:c r="AL45" s="4" t="n">
         <x:v>-6.2</x:v>
       </x:c>
       <x:c r="AM45" s="4" t="n">
-        <x:v>153.8</x:v>
+        <x:v>159.3</x:v>
       </x:c>
       <x:c r="AN45" s="4" t="n">
-        <x:v>21.5</x:v>
+        <x:v>22.9</x:v>
       </x:c>
       <x:c r="AO45" s="4" t="n">
-        <x:v>-19</x:v>
+        <x:v>-17.4</x:v>
       </x:c>
       <x:c r="AP45" s="4" t="n">
-        <x:v>-9.2</x:v>
+        <x:v>-7.5</x:v>
       </x:c>
       <x:c r="AQ45" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="AR45" s="4" t="n">
-        <x:v>-12</x:v>
+        <x:v>-10.1</x:v>
       </x:c>
       <x:c r="AS45" s="4" t="n">
-        <x:v>-5.1</x:v>
+        <x:v>-3.6</x:v>
       </x:c>
       <x:c r="AT45" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="AU45" s="4" t="n">
-        <x:v>-10</x:v>
+        <x:v>-7.8</x:v>
       </x:c>
       <x:c r="AV45" s="4" t="n">
-        <x:v>-4.6</x:v>
+        <x:v>-3.6</x:v>
       </x:c>
       <x:c r="AW45" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="AX45" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="AY45" s="4" t="n">
         <x:v>58.3</x:v>
       </x:c>
       <x:c r="AZ45" s="4" t="n">
-        <x:v>-8.4</x:v>
+        <x:v>-6.3</x:v>
       </x:c>
       <x:c r="BA45" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="BB45" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="BC45" s="4" t="n">
-        <x:v>24.3</x:v>
+        <x:v>12.4</x:v>
       </x:c>
       <x:c r="BD45" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>28.1</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:56">
       <x:c r="A46" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
         <x:v>-3.3</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
         <x:v>11.3</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
         <x:v>15.4</x:v>
       </x:c>
       <x:c r="G46" s="4" t="n">
         <x:v>-9.3</x:v>
       </x:c>
       <x:c r="H46" s="4" t="n">
@@ -8117,54 +8118,54 @@
       <x:c r="AU46" s="4" t="n">
         <x:v>-15.7</x:v>
       </x:c>
       <x:c r="AV46" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="AW46" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="AX46" s="4" t="n">
         <x:v>-13.5</x:v>
       </x:c>
       <x:c r="AY46" s="4" t="n">
         <x:v>12.4</x:v>
       </x:c>
       <x:c r="AZ46" s="4" t="n">
         <x:v>-4.7</x:v>
       </x:c>
       <x:c r="BA46" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="BB46" s="4" t="n">
         <x:v>14.7</x:v>
       </x:c>
       <x:c r="BC46" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="BD46" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:56">
       <x:c r="A47" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
         <x:v>16.2</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>19.1</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
         <x:v>-9</x:v>
       </x:c>
       <x:c r="G47" s="4" t="n">
         <x:v>-2.1</x:v>
       </x:c>
       <x:c r="H47" s="4" t="n">
@@ -8287,54 +8288,54 @@
       <x:c r="AU47" s="4" t="n">
         <x:v>-16.8</x:v>
       </x:c>
       <x:c r="AV47" s="4" t="n">
         <x:v>13.5</x:v>
       </x:c>
       <x:c r="AW47" s="4" t="n">
         <x:v>-11.3</x:v>
       </x:c>
       <x:c r="AX47" s="4" t="n">
         <x:v>10.6</x:v>
       </x:c>
       <x:c r="AY47" s="4" t="n">
         <x:v>-9.3</x:v>
       </x:c>
       <x:c r="AZ47" s="4" t="n">
         <x:v>-24.2</x:v>
       </x:c>
       <x:c r="BA47" s="4" t="n">
         <x:v>-11</x:v>
       </x:c>
       <x:c r="BB47" s="4" t="n">
         <x:v>35.8</x:v>
       </x:c>
       <x:c r="BC47" s="4" t="n">
-        <x:v>-32.2</x:v>
+        <x:v>-27.5</x:v>
       </x:c>
       <x:c r="BD47" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:56">
       <x:c r="A48" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>43.5</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
         <x:v>9.1</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
         <x:v>-20.5</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G48" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="H48" s="4" t="n">
@@ -8454,57 +8455,57 @@
       <x:c r="AT48" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="AU48" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="AV48" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="AW48" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="AX48" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="AY48" s="4" t="n">
         <x:v>-12.2</x:v>
       </x:c>
       <x:c r="AZ48" s="4" t="n">
         <x:v>27.1</x:v>
       </x:c>
       <x:c r="BA48" s="4" t="n">
         <x:v>10.4</x:v>
       </x:c>
       <x:c r="BB48" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>14.4</x:v>
       </x:c>
       <x:c r="BC48" s="4" t="n">
-        <x:v>-7.3</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="BD48" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:56">
       <x:c r="A49" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
         <x:v>-6.9</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="G49" s="4" t="n">
         <x:v>-9.9</x:v>
       </x:c>
       <x:c r="H49" s="4" t="n">
@@ -8627,54 +8628,54 @@
       <x:c r="AU49" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="AV49" s="4" t="n">
         <x:v>27.1</x:v>
       </x:c>
       <x:c r="AW49" s="4" t="n">
         <x:v>-2.5</x:v>
       </x:c>
       <x:c r="AX49" s="4" t="n">
         <x:v>-15.7</x:v>
       </x:c>
       <x:c r="AY49" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="AZ49" s="4" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="BA49" s="4" t="n">
         <x:v>-10.1</x:v>
       </x:c>
       <x:c r="BB49" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="BC49" s="4" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.9</x:v>
       </x:c>
       <x:c r="BD49" s="4" t="n">
-        <x:v>-24</x:v>
+        <x:v>-23.9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:56">
       <x:c r="A50" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>28.6</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
         <x:v>29.6</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="G50" s="4" t="n">
         <x:v>44.7</x:v>
       </x:c>
       <x:c r="H50" s="4" t="n">
@@ -8794,57 +8795,57 @@
       <x:c r="AT50" s="4" t="n">
         <x:v>19.6</x:v>
       </x:c>
       <x:c r="AU50" s="4" t="n">
         <x:v>23.8</x:v>
       </x:c>
       <x:c r="AV50" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="AW50" s="4" t="n">
         <x:v>11.3</x:v>
       </x:c>
       <x:c r="AX50" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
       <x:c r="AY50" s="4" t="n">
         <x:v>13.9</x:v>
       </x:c>
       <x:c r="AZ50" s="4" t="n">
         <x:v>42.1</x:v>
       </x:c>
       <x:c r="BA50" s="4" t="n">
         <x:v>-5.2</x:v>
       </x:c>
       <x:c r="BB50" s="4" t="n">
-        <x:v>24.3</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="BC50" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>18.5</x:v>
       </x:c>
       <x:c r="BD50" s="4" t="n">
-        <x:v>14.5</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:56">
       <x:c r="A51" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>13.2</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="G51" s="4" t="n">
         <x:v>23.1</x:v>
       </x:c>
       <x:c r="H51" s="4" t="n">
@@ -8964,57 +8965,57 @@
       <x:c r="AT51" s="4" t="n">
         <x:v>-9.9</x:v>
       </x:c>
       <x:c r="AU51" s="4" t="n">
         <x:v>13.8</x:v>
       </x:c>
       <x:c r="AV51" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="AW51" s="4" t="n">
         <x:v>27.1</x:v>
       </x:c>
       <x:c r="AX51" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
       <x:c r="AY51" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="AZ51" s="4" t="n">
         <x:v>-22.1</x:v>
       </x:c>
       <x:c r="BA51" s="4" t="n">
         <x:v>-2.1</x:v>
       </x:c>
       <x:c r="BB51" s="4" t="n">
-        <x:v>30.3</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="BC51" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>39.2</x:v>
       </x:c>
       <x:c r="BD51" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:56">
       <x:c r="A53" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:56">
       <x:c r="A54" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:56">
       <x:c r="A55" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:56">
       <x:c r="A57" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:56">
       <x:c r="A58" s="0" t="s">
         <x:v>109</x:v>