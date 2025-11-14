--- v0 (2025-10-19)
+++ v1 (2025-11-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ed694cb3d894a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33512950517c433392f9abfb0fe8bf06.psmdcp" Id="R681e17b1fd2d4414" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb7a211f319a4478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/258ad754d67c463581e2aaef90e7b19a.psmdcp" Id="Rb7b362e45a6342e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lonn2" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="201" uniqueCount="201">
   <x:si>
     <x:t>09175: Wages and employment, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Wages and salaries, seasonally adjusted (NOK million)</x:t>
   </x:si>
   <x:si>