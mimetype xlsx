--- v1 (2025-11-14)
+++ v2 (2025-12-11)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb7a211f319a4478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/258ad754d67c463581e2aaef90e7b19a.psmdcp" Id="Rb7b362e45a6342e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc62d4d0ee0b545e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e3632313ea84905b56fa7b2497f56cb.psmdcp" Id="R90b9cfa029f84c87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lonn2" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="201" uniqueCount="201">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="204">
   <x:si>
     <x:t>09175: Wages and employment, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Wages and salaries, seasonally adjusted (NOK million)</x:t>
   </x:si>
   <x:si>
     <x:t>1995K1</x:t>
   </x:si>
   <x:si>
     <x:t>1995K2</x:t>
   </x:si>
   <x:si>
     <x:t>1995K3</x:t>
   </x:si>
   <x:si>
     <x:t>1995K4</x:t>
   </x:si>
   <x:si>
     <x:t>1996K1</x:t>
   </x:si>
   <x:si>
     <x:t>1996K2</x:t>
   </x:si>
   <x:si>
@@ -382,50 +382,53 @@
   <x:si>
     <x:t>2023K3</x:t>
   </x:si>
   <x:si>
     <x:t>2023K4</x:t>
   </x:si>
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
+    <x:t>2025K3</x:t>
+  </x:si>
+  <x:si>
     <x:t>Total industry</x:t>
   </x:si>
   <x:si>
     <x:t>Agriculture and forestry</x:t>
   </x:si>
   <x:si>
     <x:t>Fishing and aquaculture</x:t>
   </x:si>
   <x:si>
     <x:t>Mining and quarrying</x:t>
   </x:si>
   <x:si>
     <x:t>Oil and gas extraction including services</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Oil and gas extraction</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Service activities incidental to oil and gas</x:t>
   </x:si>
   <x:si>
     <x:t>Manufacturing</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Food products, beverages and tobacco</x:t>
@@ -529,66 +532,72 @@
   <x:si>
     <x:t>Arts, entertainment and other service activities</x:t>
   </x:si>
   <x:si>
     <x:t>¬ General government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Civilian central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Defence</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Local government</x:t>
   </x:si>
   <x:si>
     <x:t>Mainland Norway</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Production for market Mainland Norway</x:t>
   </x:si>
   <x:si>
+    <x:t>.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Market producers</x:t>
   </x:si>
   <x:si>
     <x:t>Non-market producers</x:t>
   </x:si>
   <x:si>
-    <x:t>Unadjusted figures from the base year (final annual accounts) are preliminary.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>. = Category not applicable. Figures do not exist at this time, because the category was not in use when the figures were collected.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Wages and salaries, seasonally adjusted (NOK million):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250821 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Kristian Gimming, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 13</x:t>
   </x:si>
   <x:si>
     <x:t>kgi@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Achraf Bougroug, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 15</x:t>
   </x:si>
@@ -687,65 +696,69 @@
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="4">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -1002,70 +1015,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:DS104"/>
+  <x:dimension ref="A1:DT105"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="123" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="124" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:123">
+    <x:row r="1" spans="1:124">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:123">
+    <x:row r="3" spans="1:124">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:123">
+    <x:row r="4" spans="1:124">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -1388,425 +1401,431 @@
       </x:c>
       <x:c r="DL4" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="DM4" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="DN4" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="DO4" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="DP4" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="DQ4" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="DR4" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="DS4" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
+      <x:c r="DT4" s="2" t="s">
+        <x:v>124</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:123">
+    <x:row r="5" spans="1:124">
       <x:c r="A5" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>90892</x:v>
+        <x:v>90848</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>91862</x:v>
+        <x:v>91812</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>93232</x:v>
+        <x:v>93185</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>95062</x:v>
+        <x:v>95017</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>96013</x:v>
+        <x:v>95962</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>98139</x:v>
+        <x:v>98090</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>100146</x:v>
+        <x:v>100095</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>102549</x:v>
+        <x:v>102498</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>104868</x:v>
+        <x:v>104815</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>106725</x:v>
+        <x:v>106671</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>108154</x:v>
+        <x:v>108099</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>110159</x:v>
+        <x:v>110105</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>112950</x:v>
+        <x:v>112899</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>116000</x:v>
+        <x:v>115946</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>119279</x:v>
+        <x:v>119221</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>122042</x:v>
+        <x:v>121972</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>123675</x:v>
+        <x:v>123614</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>124593</x:v>
+        <x:v>124529</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>125544</x:v>
+        <x:v>125482</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>127374</x:v>
+        <x:v>127321</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>128399</x:v>
+        <x:v>128338</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>131125</x:v>
+        <x:v>131067</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>133139</x:v>
+        <x:v>133077</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>134703</x:v>
+        <x:v>134628</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>136419</x:v>
+        <x:v>136351</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>137710</x:v>
+        <x:v>137603</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>138996</x:v>
+        <x:v>138844</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>141608</x:v>
+        <x:v>141403</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>142799</x:v>
+        <x:v>142527</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>144941</x:v>
+        <x:v>144607</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>147056</x:v>
+        <x:v>146665</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>148519</x:v>
+        <x:v>148086</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>148451</x:v>
+        <x:v>147944</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>148364</x:v>
+        <x:v>147808</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>149694</x:v>
+        <x:v>149064</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>150369</x:v>
+        <x:v>149681</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>151965</x:v>
+        <x:v>151114</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>155263</x:v>
+        <x:v>154339</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>157741</x:v>
+        <x:v>156740</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>160044</x:v>
+        <x:v>158955</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>162369</x:v>
+        <x:v>161162</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>164481</x:v>
+        <x:v>163176</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>165670</x:v>
+        <x:v>164300</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>167920</x:v>
+        <x:v>166443</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>173613</x:v>
+        <x:v>171885</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>178181</x:v>
+        <x:v>176295</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>182289</x:v>
+        <x:v>180276</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>185550</x:v>
+        <x:v>183415</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>190988</x:v>
+        <x:v>188496</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>196420</x:v>
+        <x:v>193778</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>202742</x:v>
+        <x:v>199938</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>205760</x:v>
+        <x:v>202795</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>210552</x:v>
+        <x:v>207500</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>216642</x:v>
+        <x:v>213397</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>219667</x:v>
+        <x:v>216196</x:v>
       </x:c>
       <x:c r="BE5" s="3" t="n">
-        <x:v>223569</x:v>
+        <x:v>220090</x:v>
       </x:c>
       <x:c r="BF5" s="3" t="n">
-        <x:v>222809</x:v>
+        <x:v>219560</x:v>
       </x:c>
       <x:c r="BG5" s="3" t="n">
-        <x:v>221793</x:v>
+        <x:v>218655</x:v>
       </x:c>
       <x:c r="BH5" s="3" t="n">
-        <x:v>224201</x:v>
+        <x:v>221113</x:v>
       </x:c>
       <x:c r="BI5" s="3" t="n">
-        <x:v>229144</x:v>
+        <x:v>226132</x:v>
       </x:c>
       <x:c r="BJ5" s="3" t="n">
-        <x:v>228246</x:v>
+        <x:v>225241</x:v>
       </x:c>
       <x:c r="BK5" s="3" t="n">
-        <x:v>229319</x:v>
+        <x:v>226439</x:v>
       </x:c>
       <x:c r="BL5" s="3" t="n">
-        <x:v>233972</x:v>
+        <x:v>231072</x:v>
       </x:c>
       <x:c r="BM5" s="3" t="n">
-        <x:v>238138</x:v>
+        <x:v>235227</x:v>
       </x:c>
       <x:c r="BN5" s="3" t="n">
-        <x:v>242256</x:v>
+        <x:v>239246</x:v>
       </x:c>
       <x:c r="BO5" s="3" t="n">
-        <x:v>243201</x:v>
+        <x:v>240156</x:v>
       </x:c>
       <x:c r="BP5" s="3" t="n">
-        <x:v>249484</x:v>
+        <x:v>246229</x:v>
       </x:c>
       <x:c r="BQ5" s="3" t="n">
-        <x:v>252998</x:v>
+        <x:v>249447</x:v>
       </x:c>
       <x:c r="BR5" s="3" t="n">
-        <x:v>258436</x:v>
+        <x:v>255149</x:v>
       </x:c>
       <x:c r="BS5" s="3" t="n">
-        <x:v>260527</x:v>
+        <x:v>257065</x:v>
       </x:c>
       <x:c r="BT5" s="3" t="n">
-        <x:v>263135</x:v>
+        <x:v>259535</x:v>
       </x:c>
       <x:c r="BU5" s="3" t="n">
-        <x:v>268366</x:v>
+        <x:v>264571</x:v>
       </x:c>
       <x:c r="BV5" s="3" t="n">
-        <x:v>272843</x:v>
+        <x:v>269127</x:v>
       </x:c>
       <x:c r="BW5" s="3" t="n">
-        <x:v>276688</x:v>
+        <x:v>272892</x:v>
       </x:c>
       <x:c r="BX5" s="3" t="n">
-        <x:v>278530</x:v>
+        <x:v>274661</x:v>
       </x:c>
       <x:c r="BY5" s="3" t="n">
-        <x:v>281335</x:v>
+        <x:v>277340</x:v>
       </x:c>
       <x:c r="BZ5" s="3" t="n">
-        <x:v>284223</x:v>
+        <x:v>280030</x:v>
       </x:c>
       <x:c r="CA5" s="3" t="n">
-        <x:v>287247</x:v>
+        <x:v>283004</x:v>
       </x:c>
       <x:c r="CB5" s="3" t="n">
-        <x:v>289546</x:v>
+        <x:v>285360</x:v>
       </x:c>
       <x:c r="CC5" s="3" t="n">
-        <x:v>292582</x:v>
+        <x:v>288478</x:v>
       </x:c>
       <x:c r="CD5" s="3" t="n">
-        <x:v>297326</x:v>
+        <x:v>293245</x:v>
       </x:c>
       <x:c r="CE5" s="3" t="n">
-        <x:v>292722</x:v>
+        <x:v>288641</x:v>
       </x:c>
       <x:c r="CF5" s="3" t="n">
-        <x:v>298594</x:v>
+        <x:v>294454</x:v>
       </x:c>
       <x:c r="CG5" s="3" t="n">
-        <x:v>299954</x:v>
+        <x:v>295480</x:v>
       </x:c>
       <x:c r="CH5" s="3" t="n">
-        <x:v>300992</x:v>
+        <x:v>296097</x:v>
       </x:c>
       <x:c r="CI5" s="3" t="n">
-        <x:v>301796</x:v>
+        <x:v>296587</x:v>
       </x:c>
       <x:c r="CJ5" s="3" t="n">
-        <x:v>302709</x:v>
+        <x:v>297334</x:v>
       </x:c>
       <x:c r="CK5" s="3" t="n">
-        <x:v>305382</x:v>
+        <x:v>299953</x:v>
       </x:c>
       <x:c r="CL5" s="3" t="n">
-        <x:v>308148</x:v>
+        <x:v>302952</x:v>
       </x:c>
       <x:c r="CM5" s="3" t="n">
-        <x:v>311099</x:v>
+        <x:v>306036</x:v>
       </x:c>
       <x:c r="CN5" s="3" t="n">
-        <x:v>314744</x:v>
+        <x:v>309638</x:v>
       </x:c>
       <x:c r="CO5" s="3" t="n">
-        <x:v>317902</x:v>
+        <x:v>312693</x:v>
       </x:c>
       <x:c r="CP5" s="3" t="n">
-        <x:v>322670</x:v>
+        <x:v>317211</x:v>
       </x:c>
       <x:c r="CQ5" s="3" t="n">
-        <x:v>327313</x:v>
+        <x:v>321792</x:v>
       </x:c>
       <x:c r="CR5" s="3" t="n">
-        <x:v>328094</x:v>
+        <x:v>322460</x:v>
       </x:c>
       <x:c r="CS5" s="3" t="n">
-        <x:v>334816</x:v>
+        <x:v>329029</x:v>
       </x:c>
       <x:c r="CT5" s="3" t="n">
-        <x:v>338993</x:v>
+        <x:v>333138</x:v>
       </x:c>
       <x:c r="CU5" s="3" t="n">
-        <x:v>342279</x:v>
+        <x:v>336367</x:v>
       </x:c>
       <x:c r="CV5" s="3" t="n">
-        <x:v>348817</x:v>
+        <x:v>342892</x:v>
       </x:c>
       <x:c r="CW5" s="3" t="n">
-        <x:v>353181</x:v>
+        <x:v>347269</x:v>
       </x:c>
       <x:c r="CX5" s="3" t="n">
-        <x:v>355009</x:v>
+        <x:v>349062</x:v>
       </x:c>
       <x:c r="CY5" s="3" t="n">
-        <x:v>336891</x:v>
+        <x:v>331417</x:v>
       </x:c>
       <x:c r="CZ5" s="3" t="n">
-        <x:v>344901</x:v>
+        <x:v>339430</x:v>
       </x:c>
       <x:c r="DA5" s="3" t="n">
-        <x:v>354710</x:v>
+        <x:v>348995</x:v>
       </x:c>
       <x:c r="DB5" s="3" t="n">
-        <x:v>359201</x:v>
+        <x:v>353380</x:v>
       </x:c>
       <x:c r="DC5" s="3" t="n">
-        <x:v>360243</x:v>
+        <x:v>354447</x:v>
       </x:c>
       <x:c r="DD5" s="3" t="n">
-        <x:v>370233</x:v>
+        <x:v>364076</x:v>
       </x:c>
       <x:c r="DE5" s="3" t="n">
-        <x:v>382708</x:v>
+        <x:v>376522</x:v>
       </x:c>
       <x:c r="DF5" s="3" t="n">
-        <x:v>387238</x:v>
+        <x:v>381210</x:v>
       </x:c>
       <x:c r="DG5" s="3" t="n">
-        <x:v>395542</x:v>
+        <x:v>389828</x:v>
       </x:c>
       <x:c r="DH5" s="3" t="n">
-        <x:v>399211</x:v>
+        <x:v>392469</x:v>
       </x:c>
       <x:c r="DI5" s="3" t="n">
-        <x:v>408548</x:v>
+        <x:v>401162</x:v>
       </x:c>
       <x:c r="DJ5" s="3" t="n">
-        <x:v>415065</x:v>
+        <x:v>408278</x:v>
       </x:c>
       <x:c r="DK5" s="3" t="n">
-        <x:v>419118</x:v>
+        <x:v>411634</x:v>
       </x:c>
       <x:c r="DL5" s="3" t="n">
-        <x:v>426502</x:v>
+        <x:v>419464</x:v>
       </x:c>
       <x:c r="DM5" s="3" t="n">
-        <x:v>434125</x:v>
+        <x:v>426651</x:v>
       </x:c>
       <x:c r="DN5" s="3" t="n">
-        <x:v>440275</x:v>
+        <x:v>433451</x:v>
       </x:c>
       <x:c r="DO5" s="3" t="n">
-        <x:v>445809</x:v>
+        <x:v>439263</x:v>
       </x:c>
       <x:c r="DP5" s="3" t="n">
-        <x:v>450934</x:v>
+        <x:v>444943</x:v>
       </x:c>
       <x:c r="DQ5" s="3" t="n">
-        <x:v>456174</x:v>
+        <x:v>449476</x:v>
       </x:c>
       <x:c r="DR5" s="3" t="n">
-        <x:v>466019</x:v>
+        <x:v>457453</x:v>
       </x:c>
       <x:c r="DS5" s="3" t="n">
-        <x:v>475486</x:v>
+        <x:v>466789</x:v>
+      </x:c>
+      <x:c r="DT5" s="3" t="n">
+        <x:v>467593</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:123">
+    <x:row r="6" spans="1:124">
       <x:c r="A6" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>732</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>735</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>714</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>742</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
         <x:v>785</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
         <x:v>778</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
         <x:v>763</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
         <x:v>778</x:v>
       </x:c>
@@ -1846,338 +1865,341 @@
       <x:c r="U6" s="3" t="n">
         <x:v>863</x:v>
       </x:c>
       <x:c r="V6" s="3" t="n">
         <x:v>863</x:v>
       </x:c>
       <x:c r="W6" s="3" t="n">
         <x:v>895</x:v>
       </x:c>
       <x:c r="X6" s="3" t="n">
         <x:v>897</x:v>
       </x:c>
       <x:c r="Y6" s="3" t="n">
         <x:v>867</x:v>
       </x:c>
       <x:c r="Z6" s="3" t="n">
         <x:v>883</x:v>
       </x:c>
       <x:c r="AA6" s="3" t="n">
         <x:v>842</x:v>
       </x:c>
       <x:c r="AB6" s="3" t="n">
         <x:v>838</x:v>
       </x:c>
       <x:c r="AC6" s="3" t="n">
-        <x:v>843</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="AD6" s="3" t="n">
-        <x:v>852</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="AE6" s="3" t="n">
-        <x:v>849</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="AF6" s="3" t="n">
-        <x:v>874</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="AG6" s="3" t="n">
-        <x:v>898</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="AH6" s="3" t="n">
-        <x:v>894</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="AI6" s="3" t="n">
-        <x:v>872</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="AJ6" s="3" t="n">
-        <x:v>884</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="AK6" s="3" t="n">
-        <x:v>904</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="AL6" s="3" t="n">
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="AM6" s="3" t="n">
+        <x:v>891</x:v>
+      </x:c>
+      <x:c r="AN6" s="3" t="n">
         <x:v>887</x:v>
       </x:c>
-      <x:c r="AM6" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="AO6" s="3" t="n">
-        <x:v>896</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="AP6" s="3" t="n">
-        <x:v>922</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="AQ6" s="3" t="n">
-        <x:v>925</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="AR6" s="3" t="n">
-        <x:v>918</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="AS6" s="3" t="n">
-        <x:v>938</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="AT6" s="3" t="n">
-        <x:v>1000</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="AU6" s="3" t="n">
+        <x:v>994</x:v>
+      </x:c>
+      <x:c r="AV6" s="3" t="n">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="AW6" s="3" t="n">
+        <x:v>962</x:v>
+      </x:c>
+      <x:c r="AX6" s="3" t="n">
+        <x:v>969</x:v>
+      </x:c>
+      <x:c r="AY6" s="3" t="n">
         <x:v>1004</x:v>
       </x:c>
-      <x:c r="AV6" s="3" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="AZ6" s="3" t="n">
-        <x:v>1049</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="BA6" s="3" t="n">
-        <x:v>1066</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="BB6" s="3" t="n">
-        <x:v>1005</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="BC6" s="3" t="n">
-        <x:v>1071</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="BD6" s="3" t="n">
-        <x:v>1098</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="BE6" s="3" t="n">
-        <x:v>1093</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="BF6" s="3" t="n">
-        <x:v>1038</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="BG6" s="3" t="n">
+        <x:v>1061</x:v>
+      </x:c>
+      <x:c r="BH6" s="3" t="n">
         <x:v>1078</x:v>
       </x:c>
-      <x:c r="BH6" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="BI6" s="3" t="n">
-        <x:v>1098</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="BJ6" s="3" t="n">
-        <x:v>1138</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="BK6" s="3" t="n">
-        <x:v>1146</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="BL6" s="3" t="n">
-        <x:v>1170</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="BM6" s="3" t="n">
-        <x:v>1169</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="BN6" s="3" t="n">
-        <x:v>1180</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="BO6" s="3" t="n">
-        <x:v>1237</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="BP6" s="3" t="n">
-        <x:v>1230</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="BQ6" s="3" t="n">
-        <x:v>1246</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="BR6" s="3" t="n">
-        <x:v>1250</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="BS6" s="3" t="n">
-        <x:v>1266</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="BT6" s="3" t="n">
-        <x:v>1292</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="BU6" s="3" t="n">
-        <x:v>1302</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="BV6" s="3" t="n">
-        <x:v>1327</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="BW6" s="3" t="n">
-        <x:v>1317</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="BX6" s="3" t="n">
-        <x:v>1325</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="BY6" s="3" t="n">
-        <x:v>1321</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="BZ6" s="3" t="n">
-        <x:v>1320</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="CA6" s="3" t="n">
-        <x:v>1361</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="CB6" s="3" t="n">
-        <x:v>1374</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="CC6" s="3" t="n">
-        <x:v>1405</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="CD6" s="3" t="n">
-        <x:v>1433</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="CE6" s="3" t="n">
-        <x:v>1386</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="CF6" s="3" t="n">
-        <x:v>1411</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="CG6" s="3" t="n">
-        <x:v>1465</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="CH6" s="3" t="n">
-        <x:v>1447</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="CI6" s="3" t="n">
-        <x:v>1453</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="CJ6" s="3" t="n">
-        <x:v>1460</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="CK6" s="3" t="n">
-        <x:v>1511</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="CL6" s="3" t="n">
-        <x:v>1507</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="CM6" s="3" t="n">
-        <x:v>1520</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="CN6" s="3" t="n">
-        <x:v>1539</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="CO6" s="3" t="n">
-        <x:v>1545</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="CP6" s="3" t="n">
-        <x:v>1575</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="CQ6" s="3" t="n">
-        <x:v>1586</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="CR6" s="3" t="n">
-        <x:v>1576</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="CS6" s="3" t="n">
-        <x:v>1583</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="CT6" s="3" t="n">
-        <x:v>1624</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="CU6" s="3" t="n">
-        <x:v>1636</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="CV6" s="3" t="n">
-        <x:v>1663</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="CW6" s="3" t="n">
-        <x:v>1677</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="CX6" s="3" t="n">
-        <x:v>1667</x:v>
+        <x:v>1640</x:v>
       </x:c>
       <x:c r="CY6" s="3" t="n">
-        <x:v>1688</x:v>
+        <x:v>1660</x:v>
       </x:c>
       <x:c r="CZ6" s="3" t="n">
-        <x:v>1637</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="DA6" s="3" t="n">
-        <x:v>1701</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="DB6" s="3" t="n">
-        <x:v>1726</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="DC6" s="3" t="n">
-        <x:v>1695</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="DD6" s="3" t="n">
-        <x:v>1729</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="DE6" s="3" t="n">
-        <x:v>1760</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="DF6" s="3" t="n">
-        <x:v>1799</x:v>
+        <x:v>1771</x:v>
       </x:c>
       <x:c r="DG6" s="3" t="n">
-        <x:v>1834</x:v>
+        <x:v>1810</x:v>
       </x:c>
       <x:c r="DH6" s="3" t="n">
-        <x:v>1838</x:v>
+        <x:v>1824</x:v>
       </x:c>
       <x:c r="DI6" s="3" t="n">
-        <x:v>1885</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="DJ6" s="3" t="n">
-        <x:v>1942</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="DK6" s="3" t="n">
-        <x:v>1925</x:v>
+        <x:v>1893</x:v>
       </x:c>
       <x:c r="DL6" s="3" t="n">
-        <x:v>1930</x:v>
+        <x:v>1896</x:v>
       </x:c>
       <x:c r="DM6" s="3" t="n">
+        <x:v>1954</x:v>
+      </x:c>
+      <x:c r="DN6" s="3" t="n">
         <x:v>1992</x:v>
       </x:c>
-      <x:c r="DN6" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="DO6" s="3" t="n">
-        <x:v>2057</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="DP6" s="3" t="n">
+        <x:v>2081</x:v>
+      </x:c>
+      <x:c r="DQ6" s="3" t="n">
+        <x:v>2082</x:v>
+      </x:c>
+      <x:c r="DR6" s="3" t="n">
         <x:v>2096</x:v>
       </x:c>
-      <x:c r="DQ6" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="DS6" s="3" t="n">
-        <x:v>2191</x:v>
+        <x:v>2160</x:v>
+      </x:c>
+      <x:c r="DT6" s="3" t="n">
+        <x:v>2178</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:123">
+    <x:row r="7" spans="1:124">
       <x:c r="A7" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>383</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>374</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>397</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
         <x:v>375</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
         <x:v>417</x:v>
       </x:c>
@@ -2241,314 +2263,317 @@
       <x:c r="AC7" s="3" t="n">
         <x:v>433</x:v>
       </x:c>
       <x:c r="AD7" s="3" t="n">
         <x:v>428</x:v>
       </x:c>
       <x:c r="AE7" s="3" t="n">
         <x:v>439</x:v>
       </x:c>
       <x:c r="AF7" s="3" t="n">
         <x:v>445</x:v>
       </x:c>
       <x:c r="AG7" s="3" t="n">
         <x:v>442</x:v>
       </x:c>
       <x:c r="AH7" s="3" t="n">
         <x:v>415</x:v>
       </x:c>
       <x:c r="AI7" s="3" t="n">
         <x:v>410</x:v>
       </x:c>
       <x:c r="AJ7" s="3" t="n">
         <x:v>393</x:v>
       </x:c>
       <x:c r="AK7" s="3" t="n">
-        <x:v>395</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="AL7" s="3" t="n">
         <x:v>393</x:v>
       </x:c>
       <x:c r="AM7" s="3" t="n">
         <x:v>394</x:v>
       </x:c>
       <x:c r="AN7" s="3" t="n">
         <x:v>398</x:v>
       </x:c>
       <x:c r="AO7" s="3" t="n">
-        <x:v>386</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="AP7" s="3" t="n">
         <x:v>394</x:v>
       </x:c>
       <x:c r="AQ7" s="3" t="n">
         <x:v>406</x:v>
       </x:c>
       <x:c r="AR7" s="3" t="n">
         <x:v>411</x:v>
       </x:c>
       <x:c r="AS7" s="3" t="n">
         <x:v>422</x:v>
       </x:c>
       <x:c r="AT7" s="3" t="n">
         <x:v>459</x:v>
       </x:c>
       <x:c r="AU7" s="3" t="n">
         <x:v>463</x:v>
       </x:c>
       <x:c r="AV7" s="3" t="n">
         <x:v>469</x:v>
       </x:c>
       <x:c r="AW7" s="3" t="n">
         <x:v>481</x:v>
       </x:c>
       <x:c r="AX7" s="3" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="AY7" s="3" t="n">
         <x:v>528</x:v>
       </x:c>
       <x:c r="AZ7" s="3" t="n">
         <x:v>537</x:v>
       </x:c>
       <x:c r="BA7" s="3" t="n">
-        <x:v>578</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="BB7" s="3" t="n">
         <x:v>585</x:v>
       </x:c>
       <x:c r="BC7" s="3" t="n">
         <x:v>617</x:v>
       </x:c>
       <x:c r="BD7" s="3" t="n">
-        <x:v>642</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="BE7" s="3" t="n">
         <x:v>653</x:v>
       </x:c>
       <x:c r="BF7" s="3" t="n">
         <x:v>661</x:v>
       </x:c>
       <x:c r="BG7" s="3" t="n">
         <x:v>680</x:v>
       </x:c>
       <x:c r="BH7" s="3" t="n">
-        <x:v>710</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="BI7" s="3" t="n">
         <x:v>722</x:v>
       </x:c>
       <x:c r="BJ7" s="3" t="n">
         <x:v>764</x:v>
       </x:c>
       <x:c r="BK7" s="3" t="n">
         <x:v>803</x:v>
       </x:c>
       <x:c r="BL7" s="3" t="n">
         <x:v>859</x:v>
       </x:c>
       <x:c r="BM7" s="3" t="n">
         <x:v>886</x:v>
       </x:c>
       <x:c r="BN7" s="3" t="n">
-        <x:v>891</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="BO7" s="3" t="n">
         <x:v>933</x:v>
       </x:c>
       <x:c r="BP7" s="3" t="n">
         <x:v>941</x:v>
       </x:c>
       <x:c r="BQ7" s="3" t="n">
         <x:v>894</x:v>
       </x:c>
       <x:c r="BR7" s="3" t="n">
-        <x:v>962</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="BS7" s="3" t="n">
         <x:v>968</x:v>
       </x:c>
       <x:c r="BT7" s="3" t="n">
         <x:v>932</x:v>
       </x:c>
       <x:c r="BU7" s="3" t="n">
         <x:v>910</x:v>
       </x:c>
       <x:c r="BV7" s="3" t="n">
         <x:v>964</x:v>
       </x:c>
       <x:c r="BW7" s="3" t="n">
-        <x:v>971</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="BX7" s="3" t="n">
-        <x:v>1011</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="BY7" s="3" t="n">
-        <x:v>1036</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="BZ7" s="3" t="n">
         <x:v>1061</x:v>
       </x:c>
       <x:c r="CA7" s="3" t="n">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="CB7" s="3" t="n">
         <x:v>1138</x:v>
       </x:c>
       <x:c r="CC7" s="3" t="n">
-        <x:v>1157</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="CD7" s="3" t="n">
         <x:v>1209</x:v>
       </x:c>
       <x:c r="CE7" s="3" t="n">
         <x:v>1212</x:v>
       </x:c>
       <x:c r="CF7" s="3" t="n">
         <x:v>1273</x:v>
       </x:c>
       <x:c r="CG7" s="3" t="n">
         <x:v>1194</x:v>
       </x:c>
       <x:c r="CH7" s="3" t="n">
-        <x:v>1270</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="CI7" s="3" t="n">
         <x:v>1317</x:v>
       </x:c>
       <x:c r="CJ7" s="3" t="n">
         <x:v>1389</x:v>
       </x:c>
       <x:c r="CK7" s="3" t="n">
         <x:v>1424</x:v>
       </x:c>
       <x:c r="CL7" s="3" t="n">
-        <x:v>1475</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="CM7" s="3" t="n">
-        <x:v>1494</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="CN7" s="3" t="n">
-        <x:v>1510</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="CO7" s="3" t="n">
-        <x:v>1529</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="CP7" s="3" t="n">
-        <x:v>1610</x:v>
+        <x:v>1611</x:v>
       </x:c>
       <x:c r="CQ7" s="3" t="n">
         <x:v>1655</x:v>
       </x:c>
       <x:c r="CR7" s="3" t="n">
         <x:v>1646</x:v>
       </x:c>
       <x:c r="CS7" s="3" t="n">
-        <x:v>1709</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="CT7" s="3" t="n">
-        <x:v>1750</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="CU7" s="3" t="n">
         <x:v>1738</x:v>
       </x:c>
       <x:c r="CV7" s="3" t="n">
-        <x:v>1847</x:v>
+        <x:v>1848</x:v>
       </x:c>
       <x:c r="CW7" s="3" t="n">
-        <x:v>1910</x:v>
+        <x:v>1911</x:v>
       </x:c>
       <x:c r="CX7" s="3" t="n">
-        <x:v>1957</x:v>
+        <x:v>1958</x:v>
       </x:c>
       <x:c r="CY7" s="3" t="n">
-        <x:v>2011</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="CZ7" s="3" t="n">
-        <x:v>1997</x:v>
+        <x:v>1999</x:v>
       </x:c>
       <x:c r="DA7" s="3" t="n">
-        <x:v>2025</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="DB7" s="3" t="n">
-        <x:v>2129</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="DC7" s="3" t="n">
-        <x:v>2191</x:v>
+        <x:v>2196</x:v>
       </x:c>
       <x:c r="DD7" s="3" t="n">
-        <x:v>2198</x:v>
+        <x:v>2200</x:v>
       </x:c>
       <x:c r="DE7" s="3" t="n">
-        <x:v>2278</x:v>
+        <x:v>2277</x:v>
       </x:c>
       <x:c r="DF7" s="3" t="n">
-        <x:v>2397</x:v>
+        <x:v>2383</x:v>
       </x:c>
       <x:c r="DG7" s="3" t="n">
-        <x:v>2469</x:v>
+        <x:v>2453</x:v>
       </x:c>
       <x:c r="DH7" s="3" t="n">
-        <x:v>2538</x:v>
+        <x:v>2511</x:v>
       </x:c>
       <x:c r="DI7" s="3" t="n">
-        <x:v>2632</x:v>
+        <x:v>2628</x:v>
       </x:c>
       <x:c r="DJ7" s="3" t="n">
-        <x:v>2734</x:v>
+        <x:v>2705</x:v>
       </x:c>
       <x:c r="DK7" s="3" t="n">
-        <x:v>2811</x:v>
+        <x:v>2780</x:v>
       </x:c>
       <x:c r="DL7" s="3" t="n">
-        <x:v>2856</x:v>
+        <x:v>2832</x:v>
       </x:c>
       <x:c r="DM7" s="3" t="n">
-        <x:v>2918</x:v>
+        <x:v>2889</x:v>
       </x:c>
       <x:c r="DN7" s="3" t="n">
-        <x:v>2918</x:v>
+        <x:v>2891</x:v>
       </x:c>
       <x:c r="DO7" s="3" t="n">
-        <x:v>3054</x:v>
+        <x:v>3031</x:v>
       </x:c>
       <x:c r="DP7" s="3" t="n">
-        <x:v>3087</x:v>
+        <x:v>3077</x:v>
       </x:c>
       <x:c r="DQ7" s="3" t="n">
-        <x:v>3234</x:v>
+        <x:v>3215</x:v>
       </x:c>
       <x:c r="DR7" s="3" t="n">
-        <x:v>3290</x:v>
+        <x:v>3262</x:v>
       </x:c>
       <x:c r="DS7" s="3" t="n">
+        <x:v>3369</x:v>
+      </x:c>
+      <x:c r="DT7" s="3" t="n">
         <x:v>3399</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:123">
+    <x:row r="8" spans="1:124">
       <x:c r="A8" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>256</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>256</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>272</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
         <x:v>265</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
         <x:v>257</x:v>
       </x:c>
@@ -2579,718 +2604,724 @@
       <x:c r="R8" s="3" t="n">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S8" s="3" t="n">
         <x:v>273</x:v>
       </x:c>
       <x:c r="T8" s="3" t="n">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U8" s="3" t="n">
         <x:v>275</x:v>
       </x:c>
       <x:c r="V8" s="3" t="n">
         <x:v>282</x:v>
       </x:c>
       <x:c r="W8" s="3" t="n">
         <x:v>286</x:v>
       </x:c>
       <x:c r="X8" s="3" t="n">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Y8" s="3" t="n">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Z8" s="3" t="n">
-        <x:v>317</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="AA8" s="3" t="n">
         <x:v>317</x:v>
       </x:c>
       <x:c r="AB8" s="3" t="n">
         <x:v>321</x:v>
       </x:c>
       <x:c r="AC8" s="3" t="n">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="AD8" s="3" t="n">
-        <x:v>325</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="AE8" s="3" t="n">
-        <x:v>332</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="AF8" s="3" t="n">
-        <x:v>331</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="AG8" s="3" t="n">
-        <x:v>328</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="AH8" s="3" t="n">
-        <x:v>324</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="AI8" s="3" t="n">
-        <x:v>324</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="AJ8" s="3" t="n">
-        <x:v>331</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="AK8" s="3" t="n">
-        <x:v>339</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="AL8" s="3" t="n">
-        <x:v>352</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="AM8" s="3" t="n">
-        <x:v>370</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="AN8" s="3" t="n">
-        <x:v>371</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="AO8" s="3" t="n">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="AP8" s="3" t="n">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="AQ8" s="3" t="n">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="AR8" s="3" t="n">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="AS8" s="3" t="n">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="AP8" s="3" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="AT8" s="3" t="n">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="AU8" s="3" t="n">
-        <x:v>420</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="AV8" s="3" t="n">
-        <x:v>432</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="AW8" s="3" t="n">
-        <x:v>441</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="AX8" s="3" t="n">
-        <x:v>457</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="AY8" s="3" t="n">
-        <x:v>472</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="AZ8" s="3" t="n">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="BA8" s="3" t="n">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="BA8" s="3" t="n">
+      <x:c r="BB8" s="3" t="n">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="BC8" s="3" t="n">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="BB8" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="BD8" s="3" t="n">
-        <x:v>498</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="BE8" s="3" t="n">
-        <x:v>530</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="BF8" s="3" t="n">
-        <x:v>493</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="BG8" s="3" t="n">
-        <x:v>472</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="BH8" s="3" t="n">
-        <x:v>475</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="BI8" s="3" t="n">
-        <x:v>486</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="BJ8" s="3" t="n">
-        <x:v>499</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="BK8" s="3" t="n">
-        <x:v>502</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="BL8" s="3" t="n">
-        <x:v>506</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="BM8" s="3" t="n">
-        <x:v>515</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="BN8" s="3" t="n">
-        <x:v>544</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="BO8" s="3" t="n">
-        <x:v>551</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="BP8" s="3" t="n">
-        <x:v>574</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="BQ8" s="3" t="n">
-        <x:v>563</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="BR8" s="3" t="n">
-        <x:v>642</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="BS8" s="3" t="n">
-        <x:v>622</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="BT8" s="3" t="n">
-        <x:v>604</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="BU8" s="3" t="n">
-        <x:v>648</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="BV8" s="3" t="n">
-        <x:v>644</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="BW8" s="3" t="n">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="BX8" s="3" t="n">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="BY8" s="3" t="n">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="BZ8" s="3" t="n">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="CA8" s="3" t="n">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="CB8" s="3" t="n">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="CC8" s="3" t="n">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="CD8" s="3" t="n">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="CE8" s="3" t="n">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="CF8" s="3" t="n">
         <x:v>649</x:v>
       </x:c>
-      <x:c r="BX8" s="3" t="n">
-[...23 lines deleted...]
-      <x:c r="CF8" s="3" t="n">
+      <x:c r="CG8" s="3" t="n">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="CH8" s="3" t="n">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="CI8" s="3" t="n">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="CJ8" s="3" t="n">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="CK8" s="3" t="n">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="CL8" s="3" t="n">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="CM8" s="3" t="n">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="CN8" s="3" t="n">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="CO8" s="3" t="n">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="CP8" s="3" t="n">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="CQ8" s="3" t="n">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="CR8" s="3" t="n">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="CS8" s="3" t="n">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="CT8" s="3" t="n">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="CU8" s="3" t="n">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="CV8" s="3" t="n">
         <x:v>657</x:v>
       </x:c>
-      <x:c r="CG8" s="3" t="n">
-[...46 lines deleted...]
-      </x:c>
       <x:c r="CW8" s="3" t="n">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="CX8" s="3" t="n">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="CY8" s="3" t="n">
         <x:v>679</x:v>
       </x:c>
-      <x:c r="CX8" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="CY8" s="3" t="n">
+      <x:c r="CZ8" s="3" t="n">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="DA8" s="3" t="n">
         <x:v>689</x:v>
       </x:c>
-      <x:c r="CZ8" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="DB8" s="3" t="n">
-        <x:v>695</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="DC8" s="3" t="n">
-        <x:v>699</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="DD8" s="3" t="n">
-        <x:v>718</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="DE8" s="3" t="n">
-        <x:v>718</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="DF8" s="3" t="n">
-        <x:v>723</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="DG8" s="3" t="n">
-        <x:v>742</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="DH8" s="3" t="n">
-        <x:v>752</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="DI8" s="3" t="n">
-        <x:v>778</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="DJ8" s="3" t="n">
-        <x:v>796</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="DK8" s="3" t="n">
-        <x:v>785</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="DL8" s="3" t="n">
-        <x:v>806</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="DM8" s="3" t="n">
-        <x:v>805</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="DN8" s="3" t="n">
-        <x:v>813</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="DO8" s="3" t="n">
-        <x:v>847</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="DP8" s="3" t="n">
-        <x:v>832</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="DQ8" s="3" t="n">
-        <x:v>849</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="DR8" s="3" t="n">
-        <x:v>864</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="DS8" s="3" t="n">
-        <x:v>866</x:v>
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="DT8" s="3" t="n">
+        <x:v>854</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:123">
+    <x:row r="9" spans="1:124">
       <x:c r="A9" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>2354</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>2314</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>2332</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>2493</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>2452</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>2457</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
         <x:v>2489</x:v>
       </x:c>
       <x:c r="I9" s="3" t="n">
         <x:v>2666</x:v>
       </x:c>
       <x:c r="J9" s="3" t="n">
         <x:v>2713</x:v>
       </x:c>
       <x:c r="K9" s="3" t="n">
         <x:v>2808</x:v>
       </x:c>
       <x:c r="L9" s="3" t="n">
         <x:v>2836</x:v>
       </x:c>
       <x:c r="M9" s="3" t="n">
         <x:v>3070</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>2854</x:v>
       </x:c>
       <x:c r="O9" s="3" t="n">
         <x:v>3036</x:v>
       </x:c>
       <x:c r="P9" s="3" t="n">
         <x:v>3215</x:v>
       </x:c>
       <x:c r="Q9" s="3" t="n">
         <x:v>3384</x:v>
       </x:c>
       <x:c r="R9" s="3" t="n">
-        <x:v>3252</x:v>
+        <x:v>3251</x:v>
       </x:c>
       <x:c r="S9" s="3" t="n">
         <x:v>3214</x:v>
       </x:c>
       <x:c r="T9" s="3" t="n">
         <x:v>3316</x:v>
       </x:c>
       <x:c r="U9" s="3" t="n">
         <x:v>3392</x:v>
       </x:c>
       <x:c r="V9" s="3" t="n">
         <x:v>3199</x:v>
       </x:c>
       <x:c r="W9" s="3" t="n">
         <x:v>3258</x:v>
       </x:c>
       <x:c r="X9" s="3" t="n">
         <x:v>3299</x:v>
       </x:c>
       <x:c r="Y9" s="3" t="n">
         <x:v>3426</x:v>
       </x:c>
       <x:c r="Z9" s="3" t="n">
-        <x:v>3773</x:v>
+        <x:v>3772</x:v>
       </x:c>
       <x:c r="AA9" s="3" t="n">
-        <x:v>3992</x:v>
+        <x:v>3990</x:v>
       </x:c>
       <x:c r="AB9" s="3" t="n">
-        <x:v>4182</x:v>
+        <x:v>4180</x:v>
       </x:c>
       <x:c r="AC9" s="3" t="n">
-        <x:v>4240</x:v>
+        <x:v>4236</x:v>
       </x:c>
       <x:c r="AD9" s="3" t="n">
-        <x:v>4447</x:v>
+        <x:v>4442</x:v>
       </x:c>
       <x:c r="AE9" s="3" t="n">
-        <x:v>4644</x:v>
+        <x:v>4637</x:v>
       </x:c>
       <x:c r="AF9" s="3" t="n">
-        <x:v>4768</x:v>
+        <x:v>4759</x:v>
       </x:c>
       <x:c r="AG9" s="3" t="n">
-        <x:v>4751</x:v>
+        <x:v>4742</x:v>
       </x:c>
       <x:c r="AH9" s="3" t="n">
-        <x:v>4522</x:v>
+        <x:v>4512</x:v>
       </x:c>
       <x:c r="AI9" s="3" t="n">
-        <x:v>4702</x:v>
+        <x:v>4690</x:v>
       </x:c>
       <x:c r="AJ9" s="3" t="n">
-        <x:v>4788</x:v>
+        <x:v>4774</x:v>
       </x:c>
       <x:c r="AK9" s="3" t="n">
-        <x:v>4868</x:v>
+        <x:v>4852</x:v>
       </x:c>
       <x:c r="AL9" s="3" t="n">
-        <x:v>4818</x:v>
+        <x:v>4800</x:v>
       </x:c>
       <x:c r="AM9" s="3" t="n">
-        <x:v>4894</x:v>
+        <x:v>4874</x:v>
       </x:c>
       <x:c r="AN9" s="3" t="n">
-        <x:v>4947</x:v>
+        <x:v>4925</x:v>
       </x:c>
       <x:c r="AO9" s="3" t="n">
-        <x:v>5132</x:v>
+        <x:v>5107</x:v>
       </x:c>
       <x:c r="AP9" s="3" t="n">
-        <x:v>5300</x:v>
+        <x:v>5272</x:v>
       </x:c>
       <x:c r="AQ9" s="3" t="n">
-        <x:v>5373</x:v>
+        <x:v>5342</x:v>
       </x:c>
       <x:c r="AR9" s="3" t="n">
-        <x:v>5652</x:v>
+        <x:v>5618</x:v>
       </x:c>
       <x:c r="AS9" s="3" t="n">
-        <x:v>5853</x:v>
+        <x:v>5815</x:v>
       </x:c>
       <x:c r="AT9" s="3" t="n">
-        <x:v>5668</x:v>
+        <x:v>5628</x:v>
       </x:c>
       <x:c r="AU9" s="3" t="n">
-        <x:v>5914</x:v>
+        <x:v>5870</x:v>
       </x:c>
       <x:c r="AV9" s="3" t="n">
-        <x:v>6565</x:v>
+        <x:v>6513</x:v>
       </x:c>
       <x:c r="AW9" s="3" t="n">
-        <x:v>6654</x:v>
+        <x:v>6599</x:v>
       </x:c>
       <x:c r="AX9" s="3" t="n">
-        <x:v>7089</x:v>
+        <x:v>7027</x:v>
       </x:c>
       <x:c r="AY9" s="3" t="n">
-        <x:v>7219</x:v>
+        <x:v>7152</x:v>
       </x:c>
       <x:c r="AZ9" s="3" t="n">
-        <x:v>8576</x:v>
+        <x:v>8491</x:v>
       </x:c>
       <x:c r="BA9" s="3" t="n">
-        <x:v>8048</x:v>
+        <x:v>7965</x:v>
       </x:c>
       <x:c r="BB9" s="3" t="n">
-        <x:v>7929</x:v>
+        <x:v>7844</x:v>
       </x:c>
       <x:c r="BC9" s="3" t="n">
-        <x:v>8458</x:v>
+        <x:v>8363</x:v>
       </x:c>
       <x:c r="BD9" s="3" t="n">
-        <x:v>9751</x:v>
+        <x:v>9640</x:v>
       </x:c>
       <x:c r="BE9" s="3" t="n">
-        <x:v>10108</x:v>
+        <x:v>9993</x:v>
       </x:c>
       <x:c r="BF9" s="3" t="n">
-        <x:v>10338</x:v>
+        <x:v>10221</x:v>
       </x:c>
       <x:c r="BG9" s="3" t="n">
-        <x:v>10416</x:v>
+        <x:v>10299</x:v>
       </x:c>
       <x:c r="BH9" s="3" t="n">
-        <x:v>10204</x:v>
+        <x:v>10091</x:v>
       </x:c>
       <x:c r="BI9" s="3" t="n">
-        <x:v>10598</x:v>
+        <x:v>10479</x:v>
       </x:c>
       <x:c r="BJ9" s="3" t="n">
-        <x:v>10592</x:v>
+        <x:v>10473</x:v>
       </x:c>
       <x:c r="BK9" s="3" t="n">
-        <x:v>10848</x:v>
+        <x:v>10726</x:v>
       </x:c>
       <x:c r="BL9" s="3" t="n">
-        <x:v>10787</x:v>
+        <x:v>10667</x:v>
       </x:c>
       <x:c r="BM9" s="3" t="n">
-        <x:v>11378</x:v>
+        <x:v>11250</x:v>
       </x:c>
       <x:c r="BN9" s="3" t="n">
-        <x:v>11952</x:v>
+        <x:v>11818</x:v>
       </x:c>
       <x:c r="BO9" s="3" t="n">
-        <x:v>12003</x:v>
+        <x:v>11869</x:v>
       </x:c>
       <x:c r="BP9" s="3" t="n">
-        <x:v>12411</x:v>
+        <x:v>12273</x:v>
       </x:c>
       <x:c r="BQ9" s="3" t="n">
-        <x:v>12656</x:v>
+        <x:v>12515</x:v>
       </x:c>
       <x:c r="BR9" s="3" t="n">
-        <x:v>13615</x:v>
+        <x:v>13462</x:v>
       </x:c>
       <x:c r="BS9" s="3" t="n">
-        <x:v>13479</x:v>
+        <x:v>13328</x:v>
       </x:c>
       <x:c r="BT9" s="3" t="n">
-        <x:v>13583</x:v>
+        <x:v>13430</x:v>
       </x:c>
       <x:c r="BU9" s="3" t="n">
-        <x:v>14741</x:v>
+        <x:v>14576</x:v>
       </x:c>
       <x:c r="BV9" s="3" t="n">
-        <x:v>14849</x:v>
+        <x:v>14682</x:v>
       </x:c>
       <x:c r="BW9" s="3" t="n">
-        <x:v>15239</x:v>
+        <x:v>15067</x:v>
       </x:c>
       <x:c r="BX9" s="3" t="n">
-        <x:v>15487</x:v>
+        <x:v>15313</x:v>
       </x:c>
       <x:c r="BY9" s="3" t="n">
-        <x:v>16042</x:v>
+        <x:v>15861</x:v>
       </x:c>
       <x:c r="BZ9" s="3" t="n">
-        <x:v>16007</x:v>
+        <x:v>15826</x:v>
       </x:c>
       <x:c r="CA9" s="3" t="n">
-        <x:v>16064</x:v>
+        <x:v>15883</x:v>
       </x:c>
       <x:c r="CB9" s="3" t="n">
-        <x:v>16089</x:v>
+        <x:v>15908</x:v>
       </x:c>
       <x:c r="CC9" s="3" t="n">
-        <x:v>15498</x:v>
+        <x:v>15323</x:v>
       </x:c>
       <x:c r="CD9" s="3" t="n">
-        <x:v>15940</x:v>
+        <x:v>15760</x:v>
       </x:c>
       <x:c r="CE9" s="3" t="n">
-        <x:v>15206</x:v>
+        <x:v>15034</x:v>
       </x:c>
       <x:c r="CF9" s="3" t="n">
-        <x:v>14746</x:v>
+        <x:v>14581</x:v>
       </x:c>
       <x:c r="CG9" s="3" t="n">
-        <x:v>14212</x:v>
+        <x:v>14054</x:v>
       </x:c>
       <x:c r="CH9" s="3" t="n">
-        <x:v>14350</x:v>
+        <x:v>14190</x:v>
       </x:c>
       <x:c r="CI9" s="3" t="n">
-        <x:v>13512</x:v>
+        <x:v>13361</x:v>
       </x:c>
       <x:c r="CJ9" s="3" t="n">
-        <x:v>13178</x:v>
+        <x:v>13032</x:v>
       </x:c>
       <x:c r="CK9" s="3" t="n">
-        <x:v>12724</x:v>
+        <x:v>12584</x:v>
       </x:c>
       <x:c r="CL9" s="3" t="n">
-        <x:v>12495</x:v>
+        <x:v>12357</x:v>
       </x:c>
       <x:c r="CM9" s="3" t="n">
-        <x:v>12955</x:v>
+        <x:v>12812</x:v>
       </x:c>
       <x:c r="CN9" s="3" t="n">
-        <x:v>13068</x:v>
+        <x:v>12923</x:v>
       </x:c>
       <x:c r="CO9" s="3" t="n">
-        <x:v>13197</x:v>
+        <x:v>13051</x:v>
       </x:c>
       <x:c r="CP9" s="3" t="n">
-        <x:v>12566</x:v>
+        <x:v>12426</x:v>
       </x:c>
       <x:c r="CQ9" s="3" t="n">
-        <x:v>14294</x:v>
+        <x:v>14137</x:v>
       </x:c>
       <x:c r="CR9" s="3" t="n">
-        <x:v>13425</x:v>
+        <x:v>13276</x:v>
       </x:c>
       <x:c r="CS9" s="3" t="n">
-        <x:v>13815</x:v>
+        <x:v>13662</x:v>
       </x:c>
       <x:c r="CT9" s="3" t="n">
-        <x:v>14684</x:v>
+        <x:v>14521</x:v>
       </x:c>
       <x:c r="CU9" s="3" t="n">
-        <x:v>14339</x:v>
+        <x:v>14181</x:v>
       </x:c>
       <x:c r="CV9" s="3" t="n">
-        <x:v>14987</x:v>
+        <x:v>14822</x:v>
       </x:c>
       <x:c r="CW9" s="3" t="n">
-        <x:v>15333</x:v>
+        <x:v>15164</x:v>
       </x:c>
       <x:c r="CX9" s="3" t="n">
-        <x:v>15138</x:v>
+        <x:v>14968</x:v>
       </x:c>
       <x:c r="CY9" s="3" t="n">
-        <x:v>15487</x:v>
+        <x:v>15329</x:v>
       </x:c>
       <x:c r="CZ9" s="3" t="n">
-        <x:v>15101</x:v>
+        <x:v>14974</x:v>
       </x:c>
       <x:c r="DA9" s="3" t="n">
-        <x:v>15500</x:v>
+        <x:v>15409</x:v>
       </x:c>
       <x:c r="DB9" s="3" t="n">
-        <x:v>14996</x:v>
+        <x:v>14961</x:v>
       </x:c>
       <x:c r="DC9" s="3" t="n">
-        <x:v>15941</x:v>
+        <x:v>15891</x:v>
       </x:c>
       <x:c r="DD9" s="3" t="n">
-        <x:v>16101</x:v>
+        <x:v>15966</x:v>
       </x:c>
       <x:c r="DE9" s="3" t="n">
-        <x:v>16504</x:v>
+        <x:v>16217</x:v>
       </x:c>
       <x:c r="DF9" s="3" t="n">
-        <x:v>17064</x:v>
+        <x:v>16592</x:v>
       </x:c>
       <x:c r="DG9" s="3" t="n">
-        <x:v>17041</x:v>
+        <x:v>16427</x:v>
       </x:c>
       <x:c r="DH9" s="3" t="n">
-        <x:v>17266</x:v>
+        <x:v>16526</x:v>
       </x:c>
       <x:c r="DI9" s="3" t="n">
-        <x:v>17875</x:v>
+        <x:v>17192</x:v>
       </x:c>
       <x:c r="DJ9" s="3" t="n">
-        <x:v>18206</x:v>
+        <x:v>17688</x:v>
       </x:c>
       <x:c r="DK9" s="3" t="n">
-        <x:v>18698</x:v>
+        <x:v>18321</x:v>
       </x:c>
       <x:c r="DL9" s="3" t="n">
-        <x:v>19118</x:v>
+        <x:v>18792</x:v>
       </x:c>
       <x:c r="DM9" s="3" t="n">
-        <x:v>19272</x:v>
+        <x:v>18956</x:v>
       </x:c>
       <x:c r="DN9" s="3" t="n">
-        <x:v>19638</x:v>
+        <x:v>19579</x:v>
       </x:c>
       <x:c r="DO9" s="3" t="n">
-        <x:v>19909</x:v>
+        <x:v>19803</x:v>
       </x:c>
       <x:c r="DP9" s="3" t="n">
-        <x:v>20262</x:v>
+        <x:v>20121</x:v>
       </x:c>
       <x:c r="DQ9" s="3" t="n">
-        <x:v>20905</x:v>
+        <x:v>20701</x:v>
       </x:c>
       <x:c r="DR9" s="3" t="n">
-        <x:v>21793</x:v>
+        <x:v>21646</x:v>
       </x:c>
       <x:c r="DS9" s="3" t="n">
-        <x:v>21839</x:v>
+        <x:v>21767</x:v>
+      </x:c>
+      <x:c r="DT9" s="3" t="n">
+        <x:v>22109</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:123">
+    <x:row r="10" spans="1:124">
       <x:c r="A10" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>2004</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>1962</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>1962</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>2064</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>1991</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
         <x:v>1986</x:v>
       </x:c>
       <x:c r="I10" s="3" t="n">
         <x:v>2097</x:v>
       </x:c>
@@ -3324,344 +3355,347 @@
       <x:c r="S10" s="3" t="n">
         <x:v>2323</x:v>
       </x:c>
       <x:c r="T10" s="3" t="n">
         <x:v>2321</x:v>
       </x:c>
       <x:c r="U10" s="3" t="n">
         <x:v>2339</x:v>
       </x:c>
       <x:c r="V10" s="3" t="n">
         <x:v>2418</x:v>
       </x:c>
       <x:c r="W10" s="3" t="n">
         <x:v>2414</x:v>
       </x:c>
       <x:c r="X10" s="3" t="n">
         <x:v>2409</x:v>
       </x:c>
       <x:c r="Y10" s="3" t="n">
         <x:v>2406</x:v>
       </x:c>
       <x:c r="Z10" s="3" t="n">
         <x:v>2589</x:v>
       </x:c>
       <x:c r="AA10" s="3" t="n">
-        <x:v>2654</x:v>
+        <x:v>2653</x:v>
       </x:c>
       <x:c r="AB10" s="3" t="n">
-        <x:v>2751</x:v>
+        <x:v>2750</x:v>
       </x:c>
       <x:c r="AC10" s="3" t="n">
-        <x:v>2806</x:v>
+        <x:v>2804</x:v>
       </x:c>
       <x:c r="AD10" s="3" t="n">
-        <x:v>2799</x:v>
+        <x:v>2797</x:v>
       </x:c>
       <x:c r="AE10" s="3" t="n">
-        <x:v>2894</x:v>
+        <x:v>2890</x:v>
       </x:c>
       <x:c r="AF10" s="3" t="n">
-        <x:v>2939</x:v>
+        <x:v>2934</x:v>
       </x:c>
       <x:c r="AG10" s="3" t="n">
-        <x:v>2876</x:v>
+        <x:v>2871</x:v>
       </x:c>
       <x:c r="AH10" s="3" t="n">
-        <x:v>2875</x:v>
+        <x:v>2869</x:v>
       </x:c>
       <x:c r="AI10" s="3" t="n">
-        <x:v>2951</x:v>
+        <x:v>2945</x:v>
       </x:c>
       <x:c r="AJ10" s="3" t="n">
-        <x:v>2949</x:v>
+        <x:v>2942</x:v>
       </x:c>
       <x:c r="AK10" s="3" t="n">
-        <x:v>3030</x:v>
+        <x:v>3021</x:v>
       </x:c>
       <x:c r="AL10" s="3" t="n">
-        <x:v>2994</x:v>
+        <x:v>2984</x:v>
       </x:c>
       <x:c r="AM10" s="3" t="n">
-        <x:v>2975</x:v>
+        <x:v>2965</x:v>
       </x:c>
       <x:c r="AN10" s="3" t="n">
-        <x:v>2978</x:v>
+        <x:v>2967</x:v>
       </x:c>
       <x:c r="AO10" s="3" t="n">
-        <x:v>3065</x:v>
+        <x:v>3052</x:v>
       </x:c>
       <x:c r="AP10" s="3" t="n">
-        <x:v>3145</x:v>
+        <x:v>3131</x:v>
       </x:c>
       <x:c r="AQ10" s="3" t="n">
-        <x:v>3184</x:v>
+        <x:v>3169</x:v>
       </x:c>
       <x:c r="AR10" s="3" t="n">
-        <x:v>3277</x:v>
+        <x:v>3260</x:v>
       </x:c>
       <x:c r="AS10" s="3" t="n">
-        <x:v>3320</x:v>
+        <x:v>3301</x:v>
       </x:c>
       <x:c r="AT10" s="3" t="n">
-        <x:v>3037</x:v>
+        <x:v>3019</x:v>
       </x:c>
       <x:c r="AU10" s="3" t="n">
-        <x:v>3196</x:v>
+        <x:v>3176</x:v>
       </x:c>
       <x:c r="AV10" s="3" t="n">
-        <x:v>3387</x:v>
+        <x:v>3365</x:v>
       </x:c>
       <x:c r="AW10" s="3" t="n">
-        <x:v>3556</x:v>
+        <x:v>3531</x:v>
       </x:c>
       <x:c r="AX10" s="3" t="n">
-        <x:v>3688</x:v>
+        <x:v>3661</x:v>
       </x:c>
       <x:c r="AY10" s="3" t="n">
-        <x:v>3613</x:v>
+        <x:v>3586</x:v>
       </x:c>
       <x:c r="AZ10" s="3" t="n">
-        <x:v>3852</x:v>
+        <x:v>3820</x:v>
       </x:c>
       <x:c r="BA10" s="3" t="n">
-        <x:v>3979</x:v>
+        <x:v>3945</x:v>
       </x:c>
       <x:c r="BB10" s="3" t="n">
-        <x:v>3939</x:v>
+        <x:v>3903</x:v>
       </x:c>
       <x:c r="BC10" s="3" t="n">
-        <x:v>4132</x:v>
+        <x:v>4094</x:v>
       </x:c>
       <x:c r="BD10" s="3" t="n">
-        <x:v>5029</x:v>
+        <x:v>4981</x:v>
       </x:c>
       <x:c r="BE10" s="3" t="n">
-        <x:v>5159</x:v>
+        <x:v>5110</x:v>
       </x:c>
       <x:c r="BF10" s="3" t="n">
-        <x:v>5186</x:v>
+        <x:v>5138</x:v>
       </x:c>
       <x:c r="BG10" s="3" t="n">
-        <x:v>5263</x:v>
+        <x:v>5214</x:v>
       </x:c>
       <x:c r="BH10" s="3" t="n">
-        <x:v>5274</x:v>
+        <x:v>5225</x:v>
       </x:c>
       <x:c r="BI10" s="3" t="n">
-        <x:v>5401</x:v>
+        <x:v>5351</x:v>
       </x:c>
       <x:c r="BJ10" s="3" t="n">
-        <x:v>5412</x:v>
+        <x:v>5361</x:v>
       </x:c>
       <x:c r="BK10" s="3" t="n">
-        <x:v>5572</x:v>
+        <x:v>5520</x:v>
       </x:c>
       <x:c r="BL10" s="3" t="n">
-        <x:v>5578</x:v>
+        <x:v>5526</x:v>
       </x:c>
       <x:c r="BM10" s="3" t="n">
-        <x:v>5705</x:v>
+        <x:v>5652</x:v>
       </x:c>
       <x:c r="BN10" s="3" t="n">
-        <x:v>6115</x:v>
+        <x:v>6058</x:v>
       </x:c>
       <x:c r="BO10" s="3" t="n">
-        <x:v>6192</x:v>
+        <x:v>6135</x:v>
       </x:c>
       <x:c r="BP10" s="3" t="n">
-        <x:v>6468</x:v>
+        <x:v>6408</x:v>
       </x:c>
       <x:c r="BQ10" s="3" t="n">
-        <x:v>6525</x:v>
+        <x:v>6465</x:v>
       </x:c>
       <x:c r="BR10" s="3" t="n">
-        <x:v>6901</x:v>
+        <x:v>6837</x:v>
       </x:c>
       <x:c r="BS10" s="3" t="n">
-        <x:v>6841</x:v>
+        <x:v>6777</x:v>
       </x:c>
       <x:c r="BT10" s="3" t="n">
-        <x:v>6745</x:v>
+        <x:v>6682</x:v>
       </x:c>
       <x:c r="BU10" s="3" t="n">
-        <x:v>7456</x:v>
+        <x:v>7387</x:v>
       </x:c>
       <x:c r="BV10" s="3" t="n">
-        <x:v>7392</x:v>
+        <x:v>7324</x:v>
       </x:c>
       <x:c r="BW10" s="3" t="n">
-        <x:v>7573</x:v>
+        <x:v>7503</x:v>
       </x:c>
       <x:c r="BX10" s="3" t="n">
-        <x:v>7641</x:v>
+        <x:v>7570</x:v>
       </x:c>
       <x:c r="BY10" s="3" t="n">
-        <x:v>7958</x:v>
+        <x:v>7884</x:v>
       </x:c>
       <x:c r="BZ10" s="3" t="n">
-        <x:v>7853</x:v>
+        <x:v>7780</x:v>
       </x:c>
       <x:c r="CA10" s="3" t="n">
-        <x:v>7887</x:v>
+        <x:v>7814</x:v>
       </x:c>
       <x:c r="CB10" s="3" t="n">
-        <x:v>7901</x:v>
+        <x:v>7827</x:v>
       </x:c>
       <x:c r="CC10" s="3" t="n">
-        <x:v>7663</x:v>
+        <x:v>7592</x:v>
       </x:c>
       <x:c r="CD10" s="3" t="n">
-        <x:v>7606</x:v>
+        <x:v>7535</x:v>
       </x:c>
       <x:c r="CE10" s="3" t="n">
-        <x:v>7336</x:v>
+        <x:v>7268</x:v>
       </x:c>
       <x:c r="CF10" s="3" t="n">
-        <x:v>7403</x:v>
+        <x:v>7334</x:v>
       </x:c>
       <x:c r="CG10" s="3" t="n">
-        <x:v>7250</x:v>
+        <x:v>7182</x:v>
       </x:c>
       <x:c r="CH10" s="3" t="n">
-        <x:v>7384</x:v>
+        <x:v>7316</x:v>
       </x:c>
       <x:c r="CI10" s="3" t="n">
-        <x:v>7056</x:v>
+        <x:v>6990</x:v>
       </x:c>
       <x:c r="CJ10" s="3" t="n">
-        <x:v>7124</x:v>
+        <x:v>7058</x:v>
       </x:c>
       <x:c r="CK10" s="3" t="n">
-        <x:v>7053</x:v>
+        <x:v>6987</x:v>
       </x:c>
       <x:c r="CL10" s="3" t="n">
-        <x:v>6799</x:v>
+        <x:v>6735</x:v>
       </x:c>
       <x:c r="CM10" s="3" t="n">
-        <x:v>7147</x:v>
+        <x:v>7079</x:v>
       </x:c>
       <x:c r="CN10" s="3" t="n">
-        <x:v>7060</x:v>
+        <x:v>6992</x:v>
       </x:c>
       <x:c r="CO10" s="3" t="n">
-        <x:v>7200</x:v>
+        <x:v>7130</x:v>
       </x:c>
       <x:c r="CP10" s="3" t="n">
-        <x:v>6529</x:v>
+        <x:v>6464</x:v>
       </x:c>
       <x:c r="CQ10" s="3" t="n">
-        <x:v>8155</x:v>
+        <x:v>8073</x:v>
       </x:c>
       <x:c r="CR10" s="3" t="n">
-        <x:v>7241</x:v>
+        <x:v>7165</x:v>
       </x:c>
       <x:c r="CS10" s="3" t="n">
-        <x:v>7401</x:v>
+        <x:v>7321</x:v>
       </x:c>
       <x:c r="CT10" s="3" t="n">
-        <x:v>8045</x:v>
+        <x:v>7955</x:v>
       </x:c>
       <x:c r="CU10" s="3" t="n">
-        <x:v>7442</x:v>
+        <x:v>7358</x:v>
       </x:c>
       <x:c r="CV10" s="3" t="n">
-        <x:v>7730</x:v>
+        <x:v>7646</x:v>
       </x:c>
       <x:c r="CW10" s="3" t="n">
-        <x:v>7734</x:v>
+        <x:v>7657</x:v>
       </x:c>
       <x:c r="CX10" s="3" t="n">
-        <x:v>7146</x:v>
+        <x:v>7083</x:v>
       </x:c>
       <x:c r="CY10" s="3" t="n">
-        <x:v>8011</x:v>
+        <x:v>7950</x:v>
       </x:c>
       <x:c r="CZ10" s="3" t="n">
-        <x:v>7942</x:v>
+        <x:v>7888</x:v>
       </x:c>
       <x:c r="DA10" s="3" t="n">
-        <x:v>7938</x:v>
+        <x:v>7890</x:v>
       </x:c>
       <x:c r="DB10" s="3" t="n">
-        <x:v>7027</x:v>
+        <x:v>6990</x:v>
       </x:c>
       <x:c r="DC10" s="3" t="n">
-        <x:v>8079</x:v>
+        <x:v>8040</x:v>
       </x:c>
       <x:c r="DD10" s="3" t="n">
-        <x:v>8198</x:v>
+        <x:v>8160</x:v>
       </x:c>
       <x:c r="DE10" s="3" t="n">
-        <x:v>8358</x:v>
+        <x:v>8320</x:v>
       </x:c>
       <x:c r="DF10" s="3" t="n">
-        <x:v>8860</x:v>
+        <x:v>8817</x:v>
       </x:c>
       <x:c r="DG10" s="3" t="n">
-        <x:v>8587</x:v>
+        <x:v>8572</x:v>
       </x:c>
       <x:c r="DH10" s="3" t="n">
-        <x:v>8698</x:v>
+        <x:v>8680</x:v>
       </x:c>
       <x:c r="DI10" s="3" t="n">
-        <x:v>9182</x:v>
+        <x:v>9164</x:v>
       </x:c>
       <x:c r="DJ10" s="3" t="n">
-        <x:v>9471</x:v>
+        <x:v>9482</x:v>
       </x:c>
       <x:c r="DK10" s="3" t="n">
-        <x:v>9509</x:v>
+        <x:v>9565</x:v>
       </x:c>
       <x:c r="DL10" s="3" t="n">
-        <x:v>9710</x:v>
+        <x:v>9805</x:v>
       </x:c>
       <x:c r="DM10" s="3" t="n">
-        <x:v>9901</x:v>
+        <x:v>10001</x:v>
       </x:c>
       <x:c r="DN10" s="3" t="n">
-        <x:v>9947</x:v>
+        <x:v>10196</x:v>
       </x:c>
       <x:c r="DO10" s="3" t="n">
-        <x:v>10040</x:v>
+        <x:v>10217</x:v>
       </x:c>
       <x:c r="DP10" s="3" t="n">
-        <x:v>10335</x:v>
+        <x:v>10548</x:v>
       </x:c>
       <x:c r="DQ10" s="3" t="n">
-        <x:v>10484</x:v>
+        <x:v>10692</x:v>
       </x:c>
       <x:c r="DR10" s="3" t="n">
-        <x:v>10769</x:v>
+        <x:v>10953</x:v>
       </x:c>
       <x:c r="DS10" s="3" t="n">
-        <x:v>11035</x:v>
+        <x:v>11267</x:v>
+      </x:c>
+      <x:c r="DT10" s="3" t="n">
+        <x:v>11302</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:123">
+    <x:row r="11" spans="1:124">
       <x:c r="A11" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>352</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>370</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>430</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>437</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
         <x:v>569</x:v>
       </x:c>
@@ -3689,721 +3723,727 @@
       <x:c r="Q11" s="3" t="n">
         <x:v>1080</x:v>
       </x:c>
       <x:c r="R11" s="3" t="n">
         <x:v>867</x:v>
       </x:c>
       <x:c r="S11" s="3" t="n">
         <x:v>890</x:v>
       </x:c>
       <x:c r="T11" s="3" t="n">
         <x:v>995</x:v>
       </x:c>
       <x:c r="U11" s="3" t="n">
         <x:v>1053</x:v>
       </x:c>
       <x:c r="V11" s="3" t="n">
         <x:v>781</x:v>
       </x:c>
       <x:c r="W11" s="3" t="n">
         <x:v>844</x:v>
       </x:c>
       <x:c r="X11" s="3" t="n">
         <x:v>890</x:v>
       </x:c>
       <x:c r="Y11" s="3" t="n">
-        <x:v>1021</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="Z11" s="3" t="n">
         <x:v>1183</x:v>
       </x:c>
       <x:c r="AA11" s="3" t="n">
-        <x:v>1338</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="AB11" s="3" t="n">
-        <x:v>1431</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="AC11" s="3" t="n">
-        <x:v>1434</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="AD11" s="3" t="n">
-        <x:v>1648</x:v>
+        <x:v>1646</x:v>
       </x:c>
       <x:c r="AE11" s="3" t="n">
-        <x:v>1750</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="AF11" s="3" t="n">
-        <x:v>1829</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="AG11" s="3" t="n">
-        <x:v>1875</x:v>
+        <x:v>1870</x:v>
       </x:c>
       <x:c r="AH11" s="3" t="n">
-        <x:v>1648</x:v>
+        <x:v>1643</x:v>
       </x:c>
       <x:c r="AI11" s="3" t="n">
-        <x:v>1751</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="AJ11" s="3" t="n">
-        <x:v>1839</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="AK11" s="3" t="n">
-        <x:v>1839</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="AL11" s="3" t="n">
-        <x:v>1824</x:v>
+        <x:v>1816</x:v>
       </x:c>
       <x:c r="AM11" s="3" t="n">
-        <x:v>1919</x:v>
+        <x:v>1909</x:v>
       </x:c>
       <x:c r="AN11" s="3" t="n">
-        <x:v>1969</x:v>
+        <x:v>1958</x:v>
       </x:c>
       <x:c r="AO11" s="3" t="n">
-        <x:v>2067</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="AP11" s="3" t="n">
-        <x:v>2155</x:v>
+        <x:v>2141</x:v>
       </x:c>
       <x:c r="AQ11" s="3" t="n">
-        <x:v>2188</x:v>
+        <x:v>2173</x:v>
       </x:c>
       <x:c r="AR11" s="3" t="n">
-        <x:v>2376</x:v>
+        <x:v>2358</x:v>
       </x:c>
       <x:c r="AS11" s="3" t="n">
-        <x:v>2533</x:v>
+        <x:v>2513</x:v>
       </x:c>
       <x:c r="AT11" s="3" t="n">
-        <x:v>2631</x:v>
+        <x:v>2609</x:v>
       </x:c>
       <x:c r="AU11" s="3" t="n">
-        <x:v>2717</x:v>
+        <x:v>2693</x:v>
       </x:c>
       <x:c r="AV11" s="3" t="n">
-        <x:v>3178</x:v>
+        <x:v>3148</x:v>
       </x:c>
       <x:c r="AW11" s="3" t="n">
-        <x:v>3098</x:v>
+        <x:v>3068</x:v>
       </x:c>
       <x:c r="AX11" s="3" t="n">
-        <x:v>3401</x:v>
+        <x:v>3366</x:v>
       </x:c>
       <x:c r="AY11" s="3" t="n">
-        <x:v>3606</x:v>
+        <x:v>3567</x:v>
       </x:c>
       <x:c r="AZ11" s="3" t="n">
-        <x:v>4724</x:v>
+        <x:v>4671</x:v>
       </x:c>
       <x:c r="BA11" s="3" t="n">
-        <x:v>4069</x:v>
+        <x:v>4020</x:v>
       </x:c>
       <x:c r="BB11" s="3" t="n">
-        <x:v>3991</x:v>
+        <x:v>3940</x:v>
       </x:c>
       <x:c r="BC11" s="3" t="n">
-        <x:v>4325</x:v>
+        <x:v>4268</x:v>
       </x:c>
       <x:c r="BD11" s="3" t="n">
-        <x:v>4722</x:v>
+        <x:v>4659</x:v>
       </x:c>
       <x:c r="BE11" s="3" t="n">
-        <x:v>4949</x:v>
+        <x:v>4882</x:v>
       </x:c>
       <x:c r="BF11" s="3" t="n">
-        <x:v>5152</x:v>
+        <x:v>5083</x:v>
       </x:c>
       <x:c r="BG11" s="3" t="n">
-        <x:v>5153</x:v>
+        <x:v>5085</x:v>
       </x:c>
       <x:c r="BH11" s="3" t="n">
-        <x:v>4930</x:v>
+        <x:v>4865</x:v>
       </x:c>
       <x:c r="BI11" s="3" t="n">
-        <x:v>5197</x:v>
+        <x:v>5129</x:v>
       </x:c>
       <x:c r="BJ11" s="3" t="n">
-        <x:v>5180</x:v>
+        <x:v>5112</x:v>
       </x:c>
       <x:c r="BK11" s="3" t="n">
-        <x:v>5275</x:v>
+        <x:v>5206</x:v>
       </x:c>
       <x:c r="BL11" s="3" t="n">
-        <x:v>5209</x:v>
+        <x:v>5141</x:v>
       </x:c>
       <x:c r="BM11" s="3" t="n">
-        <x:v>5674</x:v>
+        <x:v>5599</x:v>
       </x:c>
       <x:c r="BN11" s="3" t="n">
-        <x:v>5837</x:v>
+        <x:v>5760</x:v>
       </x:c>
       <x:c r="BO11" s="3" t="n">
-        <x:v>5810</x:v>
+        <x:v>5734</x:v>
       </x:c>
       <x:c r="BP11" s="3" t="n">
-        <x:v>5943</x:v>
+        <x:v>5865</x:v>
       </x:c>
       <x:c r="BQ11" s="3" t="n">
-        <x:v>6131</x:v>
+        <x:v>6051</x:v>
       </x:c>
       <x:c r="BR11" s="3" t="n">
-        <x:v>6714</x:v>
+        <x:v>6625</x:v>
       </x:c>
       <x:c r="BS11" s="3" t="n">
-        <x:v>6638</x:v>
+        <x:v>6551</x:v>
       </x:c>
       <x:c r="BT11" s="3" t="n">
-        <x:v>6838</x:v>
+        <x:v>6748</x:v>
       </x:c>
       <x:c r="BU11" s="3" t="n">
-        <x:v>7285</x:v>
+        <x:v>7189</x:v>
       </x:c>
       <x:c r="BV11" s="3" t="n">
-        <x:v>7457</x:v>
+        <x:v>7359</x:v>
       </x:c>
       <x:c r="BW11" s="3" t="n">
-        <x:v>7665</x:v>
+        <x:v>7565</x:v>
       </x:c>
       <x:c r="BX11" s="3" t="n">
+        <x:v>7743</x:v>
+      </x:c>
+      <x:c r="BY11" s="3" t="n">
+        <x:v>7977</x:v>
+      </x:c>
+      <x:c r="BZ11" s="3" t="n">
+        <x:v>8046</x:v>
+      </x:c>
+      <x:c r="CA11" s="3" t="n">
+        <x:v>8069</x:v>
+      </x:c>
+      <x:c r="CB11" s="3" t="n">
+        <x:v>8081</x:v>
+      </x:c>
+      <x:c r="CC11" s="3" t="n">
+        <x:v>7731</x:v>
+      </x:c>
+      <x:c r="CD11" s="3" t="n">
+        <x:v>8224</x:v>
+      </x:c>
+      <x:c r="CE11" s="3" t="n">
+        <x:v>7766</x:v>
+      </x:c>
+      <x:c r="CF11" s="3" t="n">
+        <x:v>7247</x:v>
+      </x:c>
+      <x:c r="CG11" s="3" t="n">
+        <x:v>6871</x:v>
+      </x:c>
+      <x:c r="CH11" s="3" t="n">
+        <x:v>6874</x:v>
+      </x:c>
+      <x:c r="CI11" s="3" t="n">
+        <x:v>6371</x:v>
+      </x:c>
+      <x:c r="CJ11" s="3" t="n">
+        <x:v>5974</x:v>
+      </x:c>
+      <x:c r="CK11" s="3" t="n">
+        <x:v>5596</x:v>
+      </x:c>
+      <x:c r="CL11" s="3" t="n">
+        <x:v>5622</x:v>
+      </x:c>
+      <x:c r="CM11" s="3" t="n">
+        <x:v>5733</x:v>
+      </x:c>
+      <x:c r="CN11" s="3" t="n">
+        <x:v>5931</x:v>
+      </x:c>
+      <x:c r="CO11" s="3" t="n">
+        <x:v>5921</x:v>
+      </x:c>
+      <x:c r="CP11" s="3" t="n">
+        <x:v>5962</x:v>
+      </x:c>
+      <x:c r="CQ11" s="3" t="n">
+        <x:v>6064</x:v>
+      </x:c>
+      <x:c r="CR11" s="3" t="n">
+        <x:v>6111</x:v>
+      </x:c>
+      <x:c r="CS11" s="3" t="n">
+        <x:v>6341</x:v>
+      </x:c>
+      <x:c r="CT11" s="3" t="n">
+        <x:v>6566</x:v>
+      </x:c>
+      <x:c r="CU11" s="3" t="n">
+        <x:v>6823</x:v>
+      </x:c>
+      <x:c r="CV11" s="3" t="n">
+        <x:v>7176</x:v>
+      </x:c>
+      <x:c r="CW11" s="3" t="n">
+        <x:v>7507</x:v>
+      </x:c>
+      <x:c r="CX11" s="3" t="n">
+        <x:v>7885</x:v>
+      </x:c>
+      <x:c r="CY11" s="3" t="n">
+        <x:v>7379</x:v>
+      </x:c>
+      <x:c r="CZ11" s="3" t="n">
+        <x:v>7086</x:v>
+      </x:c>
+      <x:c r="DA11" s="3" t="n">
+        <x:v>7518</x:v>
+      </x:c>
+      <x:c r="DB11" s="3" t="n">
+        <x:v>7972</x:v>
+      </x:c>
+      <x:c r="DC11" s="3" t="n">
+        <x:v>7851</x:v>
+      </x:c>
+      <x:c r="DD11" s="3" t="n">
+        <x:v>7807</x:v>
+      </x:c>
+      <x:c r="DE11" s="3" t="n">
+        <x:v>7897</x:v>
+      </x:c>
+      <x:c r="DF11" s="3" t="n">
+        <x:v>7775</x:v>
+      </x:c>
+      <x:c r="DG11" s="3" t="n">
+        <x:v>7855</x:v>
+      </x:c>
+      <x:c r="DH11" s="3" t="n">
         <x:v>7846</x:v>
       </x:c>
-      <x:c r="BY11" s="3" t="n">
-[...106 lines deleted...]
-      </x:c>
       <x:c r="DI11" s="3" t="n">
-        <x:v>8693</x:v>
+        <x:v>8029</x:v>
       </x:c>
       <x:c r="DJ11" s="3" t="n">
-        <x:v>8735</x:v>
+        <x:v>8207</x:v>
       </x:c>
       <x:c r="DK11" s="3" t="n">
-        <x:v>9188</x:v>
+        <x:v>8756</x:v>
       </x:c>
       <x:c r="DL11" s="3" t="n">
-        <x:v>9408</x:v>
+        <x:v>8988</x:v>
       </x:c>
       <x:c r="DM11" s="3" t="n">
-        <x:v>9371</x:v>
+        <x:v>8955</x:v>
       </x:c>
       <x:c r="DN11" s="3" t="n">
-        <x:v>9691</x:v>
+        <x:v>9382</x:v>
       </x:c>
       <x:c r="DO11" s="3" t="n">
-        <x:v>9868</x:v>
+        <x:v>9586</x:v>
       </x:c>
       <x:c r="DP11" s="3" t="n">
-        <x:v>9927</x:v>
+        <x:v>9573</x:v>
       </x:c>
       <x:c r="DQ11" s="3" t="n">
-        <x:v>10421</x:v>
+        <x:v>10010</x:v>
       </x:c>
       <x:c r="DR11" s="3" t="n">
-        <x:v>11024</x:v>
+        <x:v>10694</x:v>
       </x:c>
       <x:c r="DS11" s="3" t="n">
-        <x:v>10804</x:v>
+        <x:v>10500</x:v>
+      </x:c>
+      <x:c r="DT11" s="3" t="n">
+        <x:v>10807</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:123">
+    <x:row r="12" spans="1:124">
       <x:c r="A12" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>14251</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>14572</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>14731</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>15034</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>14996</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
         <x:v>15219</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
         <x:v>15582</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
         <x:v>16011</x:v>
       </x:c>
       <x:c r="J12" s="3" t="n">
         <x:v>16525</x:v>
       </x:c>
       <x:c r="K12" s="3" t="n">
         <x:v>16722</x:v>
       </x:c>
       <x:c r="L12" s="3" t="n">
         <x:v>16985</x:v>
       </x:c>
       <x:c r="M12" s="3" t="n">
         <x:v>17096</x:v>
       </x:c>
       <x:c r="N12" s="3" t="n">
         <x:v>17620</x:v>
       </x:c>
       <x:c r="O12" s="3" t="n">
         <x:v>18047</x:v>
       </x:c>
       <x:c r="P12" s="3" t="n">
         <x:v>18402</x:v>
       </x:c>
       <x:c r="Q12" s="3" t="n">
         <x:v>18837</x:v>
       </x:c>
       <x:c r="R12" s="3" t="n">
-        <x:v>18687</x:v>
+        <x:v>18686</x:v>
       </x:c>
       <x:c r="S12" s="3" t="n">
         <x:v>18618</x:v>
       </x:c>
       <x:c r="T12" s="3" t="n">
         <x:v>18526</x:v>
       </x:c>
       <x:c r="U12" s="3" t="n">
         <x:v>18586</x:v>
       </x:c>
       <x:c r="V12" s="3" t="n">
-        <x:v>18588</x:v>
+        <x:v>18590</x:v>
       </x:c>
       <x:c r="W12" s="3" t="n">
-        <x:v>18758</x:v>
+        <x:v>18760</x:v>
       </x:c>
       <x:c r="X12" s="3" t="n">
         <x:v>18879</x:v>
       </x:c>
       <x:c r="Y12" s="3" t="n">
-        <x:v>18754</x:v>
+        <x:v>18751</x:v>
       </x:c>
       <x:c r="Z12" s="3" t="n">
-        <x:v>18743</x:v>
+        <x:v>18737</x:v>
       </x:c>
       <x:c r="AA12" s="3" t="n">
-        <x:v>18975</x:v>
+        <x:v>18963</x:v>
       </x:c>
       <x:c r="AB12" s="3" t="n">
-        <x:v>19103</x:v>
+        <x:v>19085</x:v>
       </x:c>
       <x:c r="AC12" s="3" t="n">
-        <x:v>19385</x:v>
+        <x:v>19358</x:v>
       </x:c>
       <x:c r="AD12" s="3" t="n">
-        <x:v>19619</x:v>
+        <x:v>19583</x:v>
       </x:c>
       <x:c r="AE12" s="3" t="n">
-        <x:v>19784</x:v>
+        <x:v>19739</x:v>
       </x:c>
       <x:c r="AF12" s="3" t="n">
-        <x:v>19701</x:v>
+        <x:v>19648</x:v>
       </x:c>
       <x:c r="AG12" s="3" t="n">
-        <x:v>19705</x:v>
+        <x:v>19645</x:v>
       </x:c>
       <x:c r="AH12" s="3" t="n">
-        <x:v>19338</x:v>
+        <x:v>19271</x:v>
       </x:c>
       <x:c r="AI12" s="3" t="n">
-        <x:v>19194</x:v>
+        <x:v>19119</x:v>
       </x:c>
       <x:c r="AJ12" s="3" t="n">
-        <x:v>19291</x:v>
+        <x:v>19207</x:v>
       </x:c>
       <x:c r="AK12" s="3" t="n">
-        <x:v>19262</x:v>
+        <x:v>19166</x:v>
       </x:c>
       <x:c r="AL12" s="3" t="n">
-        <x:v>19283</x:v>
+        <x:v>19173</x:v>
       </x:c>
       <x:c r="AM12" s="3" t="n">
-        <x:v>19483</x:v>
+        <x:v>19360</x:v>
       </x:c>
       <x:c r="AN12" s="3" t="n">
-        <x:v>19801</x:v>
+        <x:v>19661</x:v>
       </x:c>
       <x:c r="AO12" s="3" t="n">
-        <x:v>19961</x:v>
+        <x:v>19806</x:v>
       </x:c>
       <x:c r="AP12" s="3" t="n">
-        <x:v>20354</x:v>
+        <x:v>20182</x:v>
       </x:c>
       <x:c r="AQ12" s="3" t="n">
-        <x:v>20632</x:v>
+        <x:v>20443</x:v>
       </x:c>
       <x:c r="AR12" s="3" t="n">
-        <x:v>20715</x:v>
+        <x:v>20510</x:v>
       </x:c>
       <x:c r="AS12" s="3" t="n">
-        <x:v>20993</x:v>
+        <x:v>20773</x:v>
       </x:c>
       <x:c r="AT12" s="3" t="n">
-        <x:v>22497</x:v>
+        <x:v>22242</x:v>
       </x:c>
       <x:c r="AU12" s="3" t="n">
-        <x:v>22955</x:v>
+        <x:v>22677</x:v>
       </x:c>
       <x:c r="AV12" s="3" t="n">
-        <x:v>23429</x:v>
+        <x:v>23128</x:v>
       </x:c>
       <x:c r="AW12" s="3" t="n">
-        <x:v>23961</x:v>
+        <x:v>23634</x:v>
       </x:c>
       <x:c r="AX12" s="3" t="n">
-        <x:v>24047</x:v>
+        <x:v>23694</x:v>
       </x:c>
       <x:c r="AY12" s="3" t="n">
-        <x:v>24615</x:v>
+        <x:v>24233</x:v>
       </x:c>
       <x:c r="AZ12" s="3" t="n">
-        <x:v>25058</x:v>
+        <x:v>24652</x:v>
       </x:c>
       <x:c r="BA12" s="3" t="n">
-        <x:v>25760</x:v>
+        <x:v>25326</x:v>
       </x:c>
       <x:c r="BB12" s="3" t="n">
-        <x:v>25813</x:v>
+        <x:v>25367</x:v>
       </x:c>
       <x:c r="BC12" s="3" t="n">
-        <x:v>26208</x:v>
+        <x:v>25745</x:v>
       </x:c>
       <x:c r="BD12" s="3" t="n">
-        <x:v>26753</x:v>
+        <x:v>26266</x:v>
       </x:c>
       <x:c r="BE12" s="3" t="n">
-        <x:v>26966</x:v>
+        <x:v>26469</x:v>
       </x:c>
       <x:c r="BF12" s="3" t="n">
-        <x:v>26093</x:v>
+        <x:v>25630</x:v>
       </x:c>
       <x:c r="BG12" s="3" t="n">
-        <x:v>25816</x:v>
+        <x:v>25354</x:v>
       </x:c>
       <x:c r="BH12" s="3" t="n">
-        <x:v>25894</x:v>
+        <x:v>25430</x:v>
       </x:c>
       <x:c r="BI12" s="3" t="n">
-        <x:v>25776</x:v>
+        <x:v>25315</x:v>
       </x:c>
       <x:c r="BJ12" s="3" t="n">
-        <x:v>25705</x:v>
+        <x:v>25245</x:v>
       </x:c>
       <x:c r="BK12" s="3" t="n">
-        <x:v>25618</x:v>
+        <x:v>25160</x:v>
       </x:c>
       <x:c r="BL12" s="3" t="n">
-        <x:v>25431</x:v>
+        <x:v>24979</x:v>
       </x:c>
       <x:c r="BM12" s="3" t="n">
-        <x:v>25817</x:v>
+        <x:v>25358</x:v>
       </x:c>
       <x:c r="BN12" s="3" t="n">
-        <x:v>26179</x:v>
+        <x:v>25717</x:v>
       </x:c>
       <x:c r="BO12" s="3" t="n">
-        <x:v>26084</x:v>
+        <x:v>25623</x:v>
       </x:c>
       <x:c r="BP12" s="3" t="n">
-        <x:v>27031</x:v>
+        <x:v>26555</x:v>
       </x:c>
       <x:c r="BQ12" s="3" t="n">
-        <x:v>27068</x:v>
+        <x:v>26589</x:v>
       </x:c>
       <x:c r="BR12" s="3" t="n">
-        <x:v>27824</x:v>
+        <x:v>27328</x:v>
       </x:c>
       <x:c r="BS12" s="3" t="n">
-        <x:v>27817</x:v>
+        <x:v>27321</x:v>
       </x:c>
       <x:c r="BT12" s="3" t="n">
-        <x:v>28204</x:v>
+        <x:v>27700</x:v>
       </x:c>
       <x:c r="BU12" s="3" t="n">
-        <x:v>28533</x:v>
+        <x:v>28021</x:v>
       </x:c>
       <x:c r="BV12" s="3" t="n">
-        <x:v>29016</x:v>
+        <x:v>28495</x:v>
       </x:c>
       <x:c r="BW12" s="3" t="n">
-        <x:v>29338</x:v>
+        <x:v>28810</x:v>
       </x:c>
       <x:c r="BX12" s="3" t="n">
-        <x:v>29530</x:v>
+        <x:v>28999</x:v>
       </x:c>
       <x:c r="BY12" s="3" t="n">
-        <x:v>29905</x:v>
+        <x:v>29363</x:v>
       </x:c>
       <x:c r="BZ12" s="3" t="n">
-        <x:v>30380</x:v>
+        <x:v>29828</x:v>
       </x:c>
       <x:c r="CA12" s="3" t="n">
-        <x:v>30643</x:v>
+        <x:v>30091</x:v>
       </x:c>
       <x:c r="CB12" s="3" t="n">
-        <x:v>30566</x:v>
+        <x:v>30010</x:v>
       </x:c>
       <x:c r="CC12" s="3" t="n">
-        <x:v>30379</x:v>
+        <x:v>29830</x:v>
       </x:c>
       <x:c r="CD12" s="3" t="n">
-        <x:v>30663</x:v>
+        <x:v>30105</x:v>
       </x:c>
       <x:c r="CE12" s="3" t="n">
-        <x:v>30393</x:v>
+        <x:v>29842</x:v>
       </x:c>
       <x:c r="CF12" s="3" t="n">
-        <x:v>29961</x:v>
+        <x:v>29419</x:v>
       </x:c>
       <x:c r="CG12" s="3" t="n">
-        <x:v>29789</x:v>
+        <x:v>29253</x:v>
       </x:c>
       <x:c r="CH12" s="3" t="n">
-        <x:v>29723</x:v>
+        <x:v>29183</x:v>
       </x:c>
       <x:c r="CI12" s="3" t="n">
-        <x:v>29484</x:v>
+        <x:v>28951</x:v>
       </x:c>
       <x:c r="CJ12" s="3" t="n">
-        <x:v>29045</x:v>
+        <x:v>28522</x:v>
       </x:c>
       <x:c r="CK12" s="3" t="n">
-        <x:v>29177</x:v>
+        <x:v>28649</x:v>
       </x:c>
       <x:c r="CL12" s="3" t="n">
-        <x:v>29020</x:v>
+        <x:v>28499</x:v>
       </x:c>
       <x:c r="CM12" s="3" t="n">
-        <x:v>29003</x:v>
+        <x:v>28483</x:v>
       </x:c>
       <x:c r="CN12" s="3" t="n">
-        <x:v>29436</x:v>
+        <x:v>28913</x:v>
       </x:c>
       <x:c r="CO12" s="3" t="n">
-        <x:v>29741</x:v>
+        <x:v>29218</x:v>
       </x:c>
       <x:c r="CP12" s="3" t="n">
-        <x:v>29987</x:v>
+        <x:v>29468</x:v>
       </x:c>
       <x:c r="CQ12" s="3" t="n">
-        <x:v>29975</x:v>
+        <x:v>29453</x:v>
       </x:c>
       <x:c r="CR12" s="3" t="n">
-        <x:v>30497</x:v>
+        <x:v>29971</x:v>
       </x:c>
       <x:c r="CS12" s="3" t="n">
-        <x:v>30945</x:v>
+        <x:v>30414</x:v>
       </x:c>
       <x:c r="CT12" s="3" t="n">
-        <x:v>31424</x:v>
+        <x:v>30875</x:v>
       </x:c>
       <x:c r="CU12" s="3" t="n">
-        <x:v>31857</x:v>
+        <x:v>31303</x:v>
       </x:c>
       <x:c r="CV12" s="3" t="n">
-        <x:v>32283</x:v>
+        <x:v>31720</x:v>
       </x:c>
       <x:c r="CW12" s="3" t="n">
-        <x:v>32610</x:v>
+        <x:v>32042</x:v>
       </x:c>
       <x:c r="CX12" s="3" t="n">
-        <x:v>32316</x:v>
+        <x:v>31760</x:v>
       </x:c>
       <x:c r="CY12" s="3" t="n">
-        <x:v>30601</x:v>
+        <x:v>30076</x:v>
       </x:c>
       <x:c r="CZ12" s="3" t="n">
-        <x:v>31050</x:v>
+        <x:v>30521</x:v>
       </x:c>
       <x:c r="DA12" s="3" t="n">
-        <x:v>32448</x:v>
+        <x:v>31904</x:v>
       </x:c>
       <x:c r="DB12" s="3" t="n">
-        <x:v>32368</x:v>
+        <x:v>31830</x:v>
       </x:c>
       <x:c r="DC12" s="3" t="n">
-        <x:v>32523</x:v>
+        <x:v>31984</x:v>
       </x:c>
       <x:c r="DD12" s="3" t="n">
-        <x:v>33218</x:v>
+        <x:v>32670</x:v>
       </x:c>
       <x:c r="DE12" s="3" t="n">
-        <x:v>33868</x:v>
+        <x:v>33303</x:v>
       </x:c>
       <x:c r="DF12" s="3" t="n">
-        <x:v>34119</x:v>
+        <x:v>33513</x:v>
       </x:c>
       <x:c r="DG12" s="3" t="n">
-        <x:v>34812</x:v>
+        <x:v>34283</x:v>
       </x:c>
       <x:c r="DH12" s="3" t="n">
-        <x:v>35148</x:v>
+        <x:v>34507</x:v>
       </x:c>
       <x:c r="DI12" s="3" t="n">
-        <x:v>36033</x:v>
+        <x:v>35332</x:v>
       </x:c>
       <x:c r="DJ12" s="3" t="n">
-        <x:v>36869</x:v>
+        <x:v>36137</x:v>
       </x:c>
       <x:c r="DK12" s="3" t="n">
-        <x:v>36680</x:v>
+        <x:v>35894</x:v>
       </x:c>
       <x:c r="DL12" s="3" t="n">
-        <x:v>37730</x:v>
+        <x:v>37007</x:v>
       </x:c>
       <x:c r="DM12" s="3" t="n">
-        <x:v>38342</x:v>
+        <x:v>37577</x:v>
       </x:c>
       <x:c r="DN12" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>38343</x:v>
       </x:c>
       <x:c r="DO12" s="3" t="n">
-        <x:v>39360</x:v>
+        <x:v>38837</x:v>
       </x:c>
       <x:c r="DP12" s="3" t="n">
-        <x:v>40150</x:v>
+        <x:v>39734</x:v>
       </x:c>
       <x:c r="DQ12" s="3" t="n">
-        <x:v>40888</x:v>
+        <x:v>40407</x:v>
       </x:c>
       <x:c r="DR12" s="3" t="n">
-        <x:v>41672</x:v>
+        <x:v>41130</x:v>
       </x:c>
       <x:c r="DS12" s="3" t="n">
-        <x:v>42981</x:v>
+        <x:v>42387</x:v>
+      </x:c>
+      <x:c r="DT12" s="3" t="n">
+        <x:v>42270</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:123">
+    <x:row r="13" spans="1:124">
       <x:c r="A13" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>2578</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>2631</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>2644</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>2663</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>2681</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>2735</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
         <x:v>2792</x:v>
       </x:c>
       <x:c r="I13" s="3" t="n">
         <x:v>2879</x:v>
       </x:c>
@@ -4413,368 +4453,371 @@
       <x:c r="K13" s="3" t="n">
         <x:v>2896</x:v>
       </x:c>
       <x:c r="L13" s="3" t="n">
         <x:v>2950</x:v>
       </x:c>
       <x:c r="M13" s="3" t="n">
         <x:v>2916</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>2996</x:v>
       </x:c>
       <x:c r="O13" s="3" t="n">
         <x:v>3017</x:v>
       </x:c>
       <x:c r="P13" s="3" t="n">
         <x:v>3079</x:v>
       </x:c>
       <x:c r="Q13" s="3" t="n">
         <x:v>3145</x:v>
       </x:c>
       <x:c r="R13" s="3" t="n">
         <x:v>3157</x:v>
       </x:c>
       <x:c r="S13" s="3" t="n">
-        <x:v>3211</x:v>
+        <x:v>3210</x:v>
       </x:c>
       <x:c r="T13" s="3" t="n">
         <x:v>3188</x:v>
       </x:c>
       <x:c r="U13" s="3" t="n">
         <x:v>3225</x:v>
       </x:c>
       <x:c r="V13" s="3" t="n">
         <x:v>3269</x:v>
       </x:c>
       <x:c r="W13" s="3" t="n">
-        <x:v>3367</x:v>
+        <x:v>3368</x:v>
       </x:c>
       <x:c r="X13" s="3" t="n">
         <x:v>3372</x:v>
       </x:c>
       <x:c r="Y13" s="3" t="n">
         <x:v>3343</x:v>
       </x:c>
       <x:c r="Z13" s="3" t="n">
-        <x:v>3310</x:v>
+        <x:v>3309</x:v>
       </x:c>
       <x:c r="AA13" s="3" t="n">
-        <x:v>3422</x:v>
+        <x:v>3420</x:v>
       </x:c>
       <x:c r="AB13" s="3" t="n">
-        <x:v>3477</x:v>
+        <x:v>3474</x:v>
       </x:c>
       <x:c r="AC13" s="3" t="n">
-        <x:v>3487</x:v>
+        <x:v>3483</x:v>
       </x:c>
       <x:c r="AD13" s="3" t="n">
-        <x:v>3607</x:v>
+        <x:v>3602</x:v>
       </x:c>
       <x:c r="AE13" s="3" t="n">
-        <x:v>3616</x:v>
+        <x:v>3610</x:v>
       </x:c>
       <x:c r="AF13" s="3" t="n">
-        <x:v>3671</x:v>
+        <x:v>3663</x:v>
       </x:c>
       <x:c r="AG13" s="3" t="n">
-        <x:v>3736</x:v>
+        <x:v>3727</x:v>
       </x:c>
       <x:c r="AH13" s="3" t="n">
-        <x:v>3637</x:v>
+        <x:v>3627</x:v>
       </x:c>
       <x:c r="AI13" s="3" t="n">
-        <x:v>3614</x:v>
+        <x:v>3602</x:v>
       </x:c>
       <x:c r="AJ13" s="3" t="n">
-        <x:v>3648</x:v>
+        <x:v>3635</x:v>
       </x:c>
       <x:c r="AK13" s="3" t="n">
-        <x:v>3701</x:v>
+        <x:v>3685</x:v>
       </x:c>
       <x:c r="AL13" s="3" t="n">
-        <x:v>3678</x:v>
+        <x:v>3661</x:v>
       </x:c>
       <x:c r="AM13" s="3" t="n">
-        <x:v>3687</x:v>
+        <x:v>3667</x:v>
       </x:c>
       <x:c r="AN13" s="3" t="n">
-        <x:v>3737</x:v>
+        <x:v>3715</x:v>
       </x:c>
       <x:c r="AO13" s="3" t="n">
-        <x:v>3718</x:v>
+        <x:v>3694</x:v>
       </x:c>
       <x:c r="AP13" s="3" t="n">
-        <x:v>3677</x:v>
+        <x:v>3651</x:v>
       </x:c>
       <x:c r="AQ13" s="3" t="n">
-        <x:v>3669</x:v>
+        <x:v>3642</x:v>
       </x:c>
       <x:c r="AR13" s="3" t="n">
-        <x:v>3692</x:v>
+        <x:v>3663</x:v>
       </x:c>
       <x:c r="AS13" s="3" t="n">
-        <x:v>3736</x:v>
+        <x:v>3705</x:v>
       </x:c>
       <x:c r="AT13" s="3" t="n">
-        <x:v>3798</x:v>
+        <x:v>3764</x:v>
       </x:c>
       <x:c r="AU13" s="3" t="n">
-        <x:v>3894</x:v>
+        <x:v>3858</x:v>
       </x:c>
       <x:c r="AV13" s="3" t="n">
-        <x:v>3899</x:v>
+        <x:v>3861</x:v>
       </x:c>
       <x:c r="AW13" s="3" t="n">
-        <x:v>3946</x:v>
+        <x:v>3906</x:v>
       </x:c>
       <x:c r="AX13" s="3" t="n">
-        <x:v>4006</x:v>
+        <x:v>3963</x:v>
       </x:c>
       <x:c r="AY13" s="3" t="n">
-        <x:v>4055</x:v>
+        <x:v>4009</x:v>
       </x:c>
       <x:c r="AZ13" s="3" t="n">
-        <x:v>4183</x:v>
+        <x:v>4134</x:v>
       </x:c>
       <x:c r="BA13" s="3" t="n">
-        <x:v>4245</x:v>
+        <x:v>4192</x:v>
       </x:c>
       <x:c r="BB13" s="3" t="n">
-        <x:v>4314</x:v>
+        <x:v>4256</x:v>
       </x:c>
       <x:c r="BC13" s="3" t="n">
-        <x:v>4362</x:v>
+        <x:v>4301</x:v>
       </x:c>
       <x:c r="BD13" s="3" t="n">
-        <x:v>4323</x:v>
+        <x:v>4261</x:v>
       </x:c>
       <x:c r="BE13" s="3" t="n">
-        <x:v>4389</x:v>
+        <x:v>4326</x:v>
       </x:c>
       <x:c r="BF13" s="3" t="n">
-        <x:v>4427</x:v>
+        <x:v>4364</x:v>
       </x:c>
       <x:c r="BG13" s="3" t="n">
-        <x:v>4495</x:v>
+        <x:v>4432</x:v>
       </x:c>
       <x:c r="BH13" s="3" t="n">
-        <x:v>4546</x:v>
+        <x:v>4482</x:v>
       </x:c>
       <x:c r="BI13" s="3" t="n">
-        <x:v>4467</x:v>
+        <x:v>4404</x:v>
       </x:c>
       <x:c r="BJ13" s="3" t="n">
-        <x:v>4619</x:v>
+        <x:v>4553</x:v>
       </x:c>
       <x:c r="BK13" s="3" t="n">
-        <x:v>4577</x:v>
+        <x:v>4512</x:v>
       </x:c>
       <x:c r="BL13" s="3" t="n">
-        <x:v>4545</x:v>
+        <x:v>4480</x:v>
       </x:c>
       <x:c r="BM13" s="3" t="n">
-        <x:v>4736</x:v>
+        <x:v>4669</x:v>
       </x:c>
       <x:c r="BN13" s="3" t="n">
-        <x:v>4724</x:v>
+        <x:v>4657</x:v>
       </x:c>
       <x:c r="BO13" s="3" t="n">
-        <x:v>4652</x:v>
+        <x:v>4588</x:v>
       </x:c>
       <x:c r="BP13" s="3" t="n">
-        <x:v>4890</x:v>
+        <x:v>4822</x:v>
       </x:c>
       <x:c r="BQ13" s="3" t="n">
-        <x:v>4948</x:v>
+        <x:v>4879</x:v>
       </x:c>
       <x:c r="BR13" s="3" t="n">
-        <x:v>4973</x:v>
+        <x:v>4903</x:v>
       </x:c>
       <x:c r="BS13" s="3" t="n">
-        <x:v>5026</x:v>
+        <x:v>4954</x:v>
       </x:c>
       <x:c r="BT13" s="3" t="n">
-        <x:v>5110</x:v>
+        <x:v>5037</x:v>
       </x:c>
       <x:c r="BU13" s="3" t="n">
+        <x:v>5068</x:v>
+      </x:c>
+      <x:c r="BV13" s="3" t="n">
         <x:v>5141</x:v>
       </x:c>
-      <x:c r="BV13" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="BW13" s="3" t="n">
-        <x:v>5223</x:v>
+        <x:v>5149</x:v>
       </x:c>
       <x:c r="BX13" s="3" t="n">
-        <x:v>5195</x:v>
+        <x:v>5121</x:v>
       </x:c>
       <x:c r="BY13" s="3" t="n">
-        <x:v>5306</x:v>
+        <x:v>5231</x:v>
       </x:c>
       <x:c r="BZ13" s="3" t="n">
-        <x:v>5357</x:v>
+        <x:v>5280</x:v>
       </x:c>
       <x:c r="CA13" s="3" t="n">
-        <x:v>5476</x:v>
+        <x:v>5398</x:v>
       </x:c>
       <x:c r="CB13" s="3" t="n">
-        <x:v>5380</x:v>
+        <x:v>5303</x:v>
       </x:c>
       <x:c r="CC13" s="3" t="n">
-        <x:v>5292</x:v>
+        <x:v>5217</x:v>
       </x:c>
       <x:c r="CD13" s="3" t="n">
-        <x:v>5444</x:v>
+        <x:v>5367</x:v>
       </x:c>
       <x:c r="CE13" s="3" t="n">
-        <x:v>5378</x:v>
+        <x:v>5302</x:v>
       </x:c>
       <x:c r="CF13" s="3" t="n">
-        <x:v>5567</x:v>
+        <x:v>5488</x:v>
       </x:c>
       <x:c r="CG13" s="3" t="n">
-        <x:v>5570</x:v>
+        <x:v>5492</x:v>
       </x:c>
       <x:c r="CH13" s="3" t="n">
-        <x:v>5645</x:v>
+        <x:v>5566</x:v>
       </x:c>
       <x:c r="CI13" s="3" t="n">
-        <x:v>5648</x:v>
+        <x:v>5568</x:v>
       </x:c>
       <x:c r="CJ13" s="3" t="n">
-        <x:v>5627</x:v>
+        <x:v>5547</x:v>
       </x:c>
       <x:c r="CK13" s="3" t="n">
-        <x:v>5798</x:v>
+        <x:v>5715</x:v>
       </x:c>
       <x:c r="CL13" s="3" t="n">
-        <x:v>5735</x:v>
+        <x:v>5652</x:v>
       </x:c>
       <x:c r="CM13" s="3" t="n">
+        <x:v>5733</x:v>
+      </x:c>
+      <x:c r="CN13" s="3" t="n">
         <x:v>5817</x:v>
       </x:c>
-      <x:c r="CN13" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="CO13" s="3" t="n">
-        <x:v>5992</x:v>
+        <x:v>5906</x:v>
       </x:c>
       <x:c r="CP13" s="3" t="n">
-        <x:v>6014</x:v>
+        <x:v>5929</x:v>
       </x:c>
       <x:c r="CQ13" s="3" t="n">
-        <x:v>6058</x:v>
+        <x:v>5972</x:v>
       </x:c>
       <x:c r="CR13" s="3" t="n">
-        <x:v>6098</x:v>
+        <x:v>6013</x:v>
       </x:c>
       <x:c r="CS13" s="3" t="n">
-        <x:v>6126</x:v>
+        <x:v>6041</x:v>
       </x:c>
       <x:c r="CT13" s="3" t="n">
-        <x:v>6182</x:v>
+        <x:v>6096</x:v>
       </x:c>
       <x:c r="CU13" s="3" t="n">
-        <x:v>6208</x:v>
+        <x:v>6122</x:v>
       </x:c>
       <x:c r="CV13" s="3" t="n">
-        <x:v>6288</x:v>
+        <x:v>6200</x:v>
       </x:c>
       <x:c r="CW13" s="3" t="n">
-        <x:v>6373</x:v>
+        <x:v>6285</x:v>
       </x:c>
       <x:c r="CX13" s="3" t="n">
-        <x:v>6329</x:v>
+        <x:v>6241</x:v>
       </x:c>
       <x:c r="CY13" s="3" t="n">
-        <x:v>6187</x:v>
+        <x:v>6103</x:v>
       </x:c>
       <x:c r="CZ13" s="3" t="n">
-        <x:v>6311</x:v>
+        <x:v>6229</x:v>
       </x:c>
       <x:c r="DA13" s="3" t="n">
-        <x:v>6608</x:v>
+        <x:v>6526</x:v>
       </x:c>
       <x:c r="DB13" s="3" t="n">
-        <x:v>6607</x:v>
+        <x:v>6532</x:v>
       </x:c>
       <x:c r="DC13" s="3" t="n">
-        <x:v>6712</x:v>
+        <x:v>6634</x:v>
       </x:c>
       <x:c r="DD13" s="3" t="n">
-        <x:v>6806</x:v>
+        <x:v>6717</x:v>
       </x:c>
       <x:c r="DE13" s="3" t="n">
-        <x:v>6877</x:v>
+        <x:v>6771</x:v>
       </x:c>
       <x:c r="DF13" s="3" t="n">
-        <x:v>6885</x:v>
+        <x:v>6744</x:v>
       </x:c>
       <x:c r="DG13" s="3" t="n">
-        <x:v>7066</x:v>
+        <x:v>6926</x:v>
       </x:c>
       <x:c r="DH13" s="3" t="n">
-        <x:v>7045</x:v>
+        <x:v>6882</x:v>
       </x:c>
       <x:c r="DI13" s="3" t="n">
-        <x:v>7132</x:v>
+        <x:v>6994</x:v>
       </x:c>
       <x:c r="DJ13" s="3" t="n">
-        <x:v>7283</x:v>
+        <x:v>7153</x:v>
       </x:c>
       <x:c r="DK13" s="3" t="n">
-        <x:v>7241</x:v>
+        <x:v>7124</x:v>
       </x:c>
       <x:c r="DL13" s="3" t="n">
-        <x:v>7521</x:v>
+        <x:v>7416</x:v>
       </x:c>
       <x:c r="DM13" s="3" t="n">
-        <x:v>7517</x:v>
+        <x:v>7411</x:v>
       </x:c>
       <x:c r="DN13" s="3" t="n">
-        <x:v>7646</x:v>
+        <x:v>7573</x:v>
       </x:c>
       <x:c r="DO13" s="3" t="n">
-        <x:v>7717</x:v>
+        <x:v>7653</x:v>
       </x:c>
       <x:c r="DP13" s="3" t="n">
-        <x:v>7917</x:v>
+        <x:v>7854</x:v>
       </x:c>
       <x:c r="DQ13" s="3" t="n">
-        <x:v>8048</x:v>
+        <x:v>7972</x:v>
       </x:c>
       <x:c r="DR13" s="3" t="n">
-        <x:v>8112</x:v>
+        <x:v>8039</x:v>
       </x:c>
       <x:c r="DS13" s="3" t="n">
-        <x:v>8423</x:v>
+        <x:v>8333</x:v>
+      </x:c>
+      <x:c r="DT13" s="3" t="n">
+        <x:v>8374</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:123">
+    <x:row r="14" spans="1:124">
       <x:c r="A14" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>2045</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>2101</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
         <x:v>2103</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
         <x:v>2102</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
         <x:v>2118</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
         <x:v>2169</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
         <x:v>2219</x:v>
       </x:c>
       <x:c r="I14" s="3" t="n">
         <x:v>2284</x:v>
       </x:c>
@@ -4796,727 +4839,733 @@
       <x:c r="O14" s="3" t="n">
         <x:v>2354</x:v>
       </x:c>
       <x:c r="P14" s="3" t="n">
         <x:v>2390</x:v>
       </x:c>
       <x:c r="Q14" s="3" t="n">
         <x:v>2450</x:v>
       </x:c>
       <x:c r="R14" s="3" t="n">
         <x:v>2459</x:v>
       </x:c>
       <x:c r="S14" s="3" t="n">
         <x:v>2532</x:v>
       </x:c>
       <x:c r="T14" s="3" t="n">
         <x:v>2500</x:v>
       </x:c>
       <x:c r="U14" s="3" t="n">
         <x:v>2512</x:v>
       </x:c>
       <x:c r="V14" s="3" t="n">
         <x:v>2587</x:v>
       </x:c>
       <x:c r="W14" s="3" t="n">
-        <x:v>2638</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="X14" s="3" t="n">
         <x:v>2670</x:v>
       </x:c>
       <x:c r="Y14" s="3" t="n">
         <x:v>2651</x:v>
       </x:c>
       <x:c r="Z14" s="3" t="n">
-        <x:v>2620</x:v>
+        <x:v>2619</x:v>
       </x:c>
       <x:c r="AA14" s="3" t="n">
-        <x:v>2658</x:v>
+        <x:v>2657</x:v>
       </x:c>
       <x:c r="AB14" s="3" t="n">
-        <x:v>2730</x:v>
+        <x:v>2728</x:v>
       </x:c>
       <x:c r="AC14" s="3" t="n">
-        <x:v>2784</x:v>
+        <x:v>2781</x:v>
       </x:c>
       <x:c r="AD14" s="3" t="n">
-        <x:v>2862</x:v>
+        <x:v>2859</x:v>
       </x:c>
       <x:c r="AE14" s="3" t="n">
-        <x:v>2870</x:v>
+        <x:v>2866</x:v>
       </x:c>
       <x:c r="AF14" s="3" t="n">
-        <x:v>2890</x:v>
+        <x:v>2885</x:v>
       </x:c>
       <x:c r="AG14" s="3" t="n">
-        <x:v>2975</x:v>
+        <x:v>2969</x:v>
       </x:c>
       <x:c r="AH14" s="3" t="n">
-        <x:v>2927</x:v>
+        <x:v>2920</x:v>
       </x:c>
       <x:c r="AI14" s="3" t="n">
-        <x:v>2920</x:v>
+        <x:v>2912</x:v>
       </x:c>
       <x:c r="AJ14" s="3" t="n">
-        <x:v>2937</x:v>
+        <x:v>2928</x:v>
       </x:c>
       <x:c r="AK14" s="3" t="n">
-        <x:v>2967</x:v>
+        <x:v>2957</x:v>
       </x:c>
       <x:c r="AL14" s="3" t="n">
-        <x:v>2971</x:v>
+        <x:v>2958</x:v>
       </x:c>
       <x:c r="AM14" s="3" t="n">
-        <x:v>2973</x:v>
+        <x:v>2959</x:v>
       </x:c>
       <x:c r="AN14" s="3" t="n">
-        <x:v>3027</x:v>
+        <x:v>3011</x:v>
       </x:c>
       <x:c r="AO14" s="3" t="n">
-        <x:v>3030</x:v>
+        <x:v>3013</x:v>
       </x:c>
       <x:c r="AP14" s="3" t="n">
-        <x:v>2991</x:v>
+        <x:v>2972</x:v>
       </x:c>
       <x:c r="AQ14" s="3" t="n">
-        <x:v>3010</x:v>
+        <x:v>2990</x:v>
       </x:c>
       <x:c r="AR14" s="3" t="n">
-        <x:v>3046</x:v>
+        <x:v>3024</x:v>
       </x:c>
       <x:c r="AS14" s="3" t="n">
-        <x:v>3058</x:v>
+        <x:v>3035</x:v>
       </x:c>
       <x:c r="AT14" s="3" t="n">
-        <x:v>3107</x:v>
+        <x:v>3083</x:v>
       </x:c>
       <x:c r="AU14" s="3" t="n">
-        <x:v>3207</x:v>
+        <x:v>3181</x:v>
       </x:c>
       <x:c r="AV14" s="3" t="n">
-        <x:v>3224</x:v>
+        <x:v>3196</x:v>
       </x:c>
       <x:c r="AW14" s="3" t="n">
-        <x:v>3251</x:v>
+        <x:v>3221</x:v>
       </x:c>
       <x:c r="AX14" s="3" t="n">
-        <x:v>3306</x:v>
+        <x:v>3275</x:v>
       </x:c>
       <x:c r="AY14" s="3" t="n">
-        <x:v>3316</x:v>
+        <x:v>3284</x:v>
       </x:c>
       <x:c r="AZ14" s="3" t="n">
-        <x:v>3437</x:v>
+        <x:v>3401</x:v>
       </x:c>
       <x:c r="BA14" s="3" t="n">
-        <x:v>3535</x:v>
+        <x:v>3495</x:v>
       </x:c>
       <x:c r="BB14" s="3" t="n">
-        <x:v>3565</x:v>
+        <x:v>3523</x:v>
       </x:c>
       <x:c r="BC14" s="3" t="n">
-        <x:v>3613</x:v>
+        <x:v>3569</x:v>
       </x:c>
       <x:c r="BD14" s="3" t="n">
-        <x:v>3571</x:v>
+        <x:v>3526</x:v>
       </x:c>
       <x:c r="BE14" s="3" t="n">
-        <x:v>3629</x:v>
+        <x:v>3582</x:v>
       </x:c>
       <x:c r="BF14" s="3" t="n">
-        <x:v>3652</x:v>
+        <x:v>3606</x:v>
       </x:c>
       <x:c r="BG14" s="3" t="n">
-        <x:v>3699</x:v>
+        <x:v>3653</x:v>
       </x:c>
       <x:c r="BH14" s="3" t="n">
-        <x:v>3705</x:v>
+        <x:v>3659</x:v>
       </x:c>
       <x:c r="BI14" s="3" t="n">
-        <x:v>3597</x:v>
+        <x:v>3552</x:v>
       </x:c>
       <x:c r="BJ14" s="3" t="n">
-        <x:v>3760</x:v>
+        <x:v>3713</x:v>
       </x:c>
       <x:c r="BK14" s="3" t="n">
-        <x:v>3732</x:v>
+        <x:v>3685</x:v>
       </x:c>
       <x:c r="BL14" s="3" t="n">
-        <x:v>3677</x:v>
+        <x:v>3631</x:v>
       </x:c>
       <x:c r="BM14" s="3" t="n">
-        <x:v>3842</x:v>
+        <x:v>3794</x:v>
       </x:c>
       <x:c r="BN14" s="3" t="n">
-        <x:v>3785</x:v>
+        <x:v>3739</x:v>
       </x:c>
       <x:c r="BO14" s="3" t="n">
-        <x:v>3783</x:v>
+        <x:v>3737</x:v>
       </x:c>
       <x:c r="BP14" s="3" t="n">
+        <x:v>3905</x:v>
+      </x:c>
+      <x:c r="BQ14" s="3" t="n">
         <x:v>3953</x:v>
       </x:c>
-      <x:c r="BQ14" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="BR14" s="3" t="n">
-        <x:v>3990</x:v>
+        <x:v>3940</x:v>
       </x:c>
       <x:c r="BS14" s="3" t="n">
-        <x:v>4029</x:v>
+        <x:v>3978</x:v>
       </x:c>
       <x:c r="BT14" s="3" t="n">
-        <x:v>4093</x:v>
+        <x:v>4042</x:v>
       </x:c>
       <x:c r="BU14" s="3" t="n">
-        <x:v>4109</x:v>
+        <x:v>4058</x:v>
       </x:c>
       <x:c r="BV14" s="3" t="n">
-        <x:v>4179</x:v>
+        <x:v>4127</x:v>
       </x:c>
       <x:c r="BW14" s="3" t="n">
-        <x:v>4165</x:v>
+        <x:v>4113</x:v>
       </x:c>
       <x:c r="BX14" s="3" t="n">
-        <x:v>4127</x:v>
+        <x:v>4076</x:v>
       </x:c>
       <x:c r="BY14" s="3" t="n">
-        <x:v>4203</x:v>
+        <x:v>4151</x:v>
       </x:c>
       <x:c r="BZ14" s="3" t="n">
-        <x:v>4226</x:v>
+        <x:v>4173</x:v>
       </x:c>
       <x:c r="CA14" s="3" t="n">
-        <x:v>4338</x:v>
+        <x:v>4283</x:v>
       </x:c>
       <x:c r="CB14" s="3" t="n">
-        <x:v>4241</x:v>
+        <x:v>4188</x:v>
       </x:c>
       <x:c r="CC14" s="3" t="n">
-        <x:v>4149</x:v>
+        <x:v>4097</x:v>
       </x:c>
       <x:c r="CD14" s="3" t="n">
-        <x:v>4345</x:v>
+        <x:v>4291</x:v>
       </x:c>
       <x:c r="CE14" s="3" t="n">
-        <x:v>4255</x:v>
+        <x:v>4202</x:v>
       </x:c>
       <x:c r="CF14" s="3" t="n">
-        <x:v>4375</x:v>
+        <x:v>4321</x:v>
       </x:c>
       <x:c r="CG14" s="3" t="n">
-        <x:v>4364</x:v>
+        <x:v>4310</x:v>
       </x:c>
       <x:c r="CH14" s="3" t="n">
-        <x:v>4452</x:v>
+        <x:v>4397</x:v>
       </x:c>
       <x:c r="CI14" s="3" t="n">
-        <x:v>4436</x:v>
+        <x:v>4381</x:v>
       </x:c>
       <x:c r="CJ14" s="3" t="n">
-        <x:v>4412</x:v>
+        <x:v>4358</x:v>
       </x:c>
       <x:c r="CK14" s="3" t="n">
-        <x:v>4603</x:v>
+        <x:v>4546</x:v>
       </x:c>
       <x:c r="CL14" s="3" t="n">
-        <x:v>4488</x:v>
+        <x:v>4432</x:v>
       </x:c>
       <x:c r="CM14" s="3" t="n">
-        <x:v>4554</x:v>
+        <x:v>4497</x:v>
       </x:c>
       <x:c r="CN14" s="3" t="n">
+        <x:v>4578</x:v>
+      </x:c>
+      <x:c r="CO14" s="3" t="n">
         <x:v>4636</x:v>
       </x:c>
-      <x:c r="CO14" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="CP14" s="3" t="n">
-        <x:v>4687</x:v>
+        <x:v>4629</x:v>
       </x:c>
       <x:c r="CQ14" s="3" t="n">
-        <x:v>4711</x:v>
+        <x:v>4654</x:v>
       </x:c>
       <x:c r="CR14" s="3" t="n">
+        <x:v>4700</x:v>
+      </x:c>
+      <x:c r="CS14" s="3" t="n">
+        <x:v>4719</x:v>
+      </x:c>
+      <x:c r="CT14" s="3" t="n">
         <x:v>4758</x:v>
       </x:c>
-      <x:c r="CS14" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="CU14" s="3" t="n">
-        <x:v>4859</x:v>
+        <x:v>4802</x:v>
       </x:c>
       <x:c r="CV14" s="3" t="n">
-        <x:v>4864</x:v>
+        <x:v>4806</x:v>
       </x:c>
       <x:c r="CW14" s="3" t="n">
-        <x:v>4901</x:v>
+        <x:v>4844</x:v>
       </x:c>
       <x:c r="CX14" s="3" t="n">
-        <x:v>4882</x:v>
+        <x:v>4825</x:v>
       </x:c>
       <x:c r="CY14" s="3" t="n">
-        <x:v>4705</x:v>
+        <x:v>4651</x:v>
       </x:c>
       <x:c r="CZ14" s="3" t="n">
-        <x:v>4855</x:v>
+        <x:v>4802</x:v>
       </x:c>
       <x:c r="DA14" s="3" t="n">
-        <x:v>5017</x:v>
+        <x:v>4967</x:v>
       </x:c>
       <x:c r="DB14" s="3" t="n">
-        <x:v>5053</x:v>
+        <x:v>5009</x:v>
       </x:c>
       <x:c r="DC14" s="3" t="n">
-        <x:v>5118</x:v>
+        <x:v>5072</x:v>
       </x:c>
       <x:c r="DD14" s="3" t="n">
-        <x:v>5138</x:v>
+        <x:v>5083</x:v>
       </x:c>
       <x:c r="DE14" s="3" t="n">
-        <x:v>5208</x:v>
+        <x:v>5135</x:v>
       </x:c>
       <x:c r="DF14" s="3" t="n">
-        <x:v>5221</x:v>
+        <x:v>5117</x:v>
       </x:c>
       <x:c r="DG14" s="3" t="n">
-        <x:v>5328</x:v>
+        <x:v>5229</x:v>
       </x:c>
       <x:c r="DH14" s="3" t="n">
-        <x:v>5304</x:v>
+        <x:v>5171</x:v>
       </x:c>
       <x:c r="DI14" s="3" t="n">
-        <x:v>5389</x:v>
+        <x:v>5268</x:v>
       </x:c>
       <x:c r="DJ14" s="3" t="n">
-        <x:v>5424</x:v>
+        <x:v>5316</x:v>
       </x:c>
       <x:c r="DK14" s="3" t="n">
-        <x:v>5376</x:v>
+        <x:v>5281</x:v>
       </x:c>
       <x:c r="DL14" s="3" t="n">
-        <x:v>5644</x:v>
+        <x:v>5557</x:v>
       </x:c>
       <x:c r="DM14" s="3" t="n">
-        <x:v>5587</x:v>
+        <x:v>5498</x:v>
       </x:c>
       <x:c r="DN14" s="3" t="n">
-        <x:v>5690</x:v>
+        <x:v>5633</x:v>
       </x:c>
       <x:c r="DO14" s="3" t="n">
-        <x:v>5733</x:v>
+        <x:v>5689</x:v>
       </x:c>
       <x:c r="DP14" s="3" t="n">
-        <x:v>5842</x:v>
+        <x:v>5799</x:v>
       </x:c>
       <x:c r="DQ14" s="3" t="n">
-        <x:v>5929</x:v>
+        <x:v>5876</x:v>
       </x:c>
       <x:c r="DR14" s="3" t="n">
-        <x:v>5997</x:v>
+        <x:v>5944</x:v>
       </x:c>
       <x:c r="DS14" s="3" t="n">
-        <x:v>6166</x:v>
+        <x:v>6105</x:v>
+      </x:c>
+      <x:c r="DT14" s="3" t="n">
+        <x:v>6143</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:123">
+    <x:row r="15" spans="1:124">
       <x:c r="A15" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>531</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
         <x:v>541</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>560</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
         <x:v>563</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
         <x:v>566</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
         <x:v>572</x:v>
       </x:c>
       <x:c r="I15" s="3" t="n">
-        <x:v>596</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="J15" s="3" t="n">
         <x:v>622</x:v>
       </x:c>
       <x:c r="K15" s="3" t="n">
         <x:v>629</x:v>
       </x:c>
       <x:c r="L15" s="3" t="n">
         <x:v>646</x:v>
       </x:c>
       <x:c r="M15" s="3" t="n">
         <x:v>654</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>669</x:v>
       </x:c>
       <x:c r="O15" s="3" t="n">
         <x:v>662</x:v>
       </x:c>
       <x:c r="P15" s="3" t="n">
         <x:v>688</x:v>
       </x:c>
       <x:c r="Q15" s="3" t="n">
         <x:v>696</x:v>
       </x:c>
       <x:c r="R15" s="3" t="n">
         <x:v>698</x:v>
       </x:c>
       <x:c r="S15" s="3" t="n">
         <x:v>679</x:v>
       </x:c>
       <x:c r="T15" s="3" t="n">
         <x:v>688</x:v>
       </x:c>
       <x:c r="U15" s="3" t="n">
         <x:v>713</x:v>
       </x:c>
       <x:c r="V15" s="3" t="n">
         <x:v>682</x:v>
       </x:c>
       <x:c r="W15" s="3" t="n">
         <x:v>729</x:v>
       </x:c>
       <x:c r="X15" s="3" t="n">
         <x:v>702</x:v>
       </x:c>
       <x:c r="Y15" s="3" t="n">
-        <x:v>693</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Z15" s="3" t="n">
         <x:v>690</x:v>
       </x:c>
       <x:c r="AA15" s="3" t="n">
         <x:v>763</x:v>
       </x:c>
       <x:c r="AB15" s="3" t="n">
         <x:v>746</x:v>
       </x:c>
       <x:c r="AC15" s="3" t="n">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="AD15" s="3" t="n">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="AE15" s="3" t="n">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="AF15" s="3" t="n">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="AG15" s="3" t="n">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="AH15" s="3" t="n">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="AI15" s="3" t="n">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="AJ15" s="3" t="n">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="AK15" s="3" t="n">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="AL15" s="3" t="n">
         <x:v>703</x:v>
       </x:c>
-      <x:c r="AD15" s="3" t="n">
-[...20 lines deleted...]
-      <x:c r="AK15" s="3" t="n">
+      <x:c r="AM15" s="3" t="n">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="AN15" s="3" t="n">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="AO15" s="3" t="n">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="AP15" s="3" t="n">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="AQ15" s="3" t="n">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="AR15" s="3" t="n">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="AS15" s="3" t="n">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="AT15" s="3" t="n">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="AU15" s="3" t="n">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="AV15" s="3" t="n">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="AW15" s="3" t="n">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="AX15" s="3" t="n">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="AY15" s="3" t="n">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="AZ15" s="3" t="n">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="BA15" s="3" t="n">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="BB15" s="3" t="n">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="BC15" s="3" t="n">
         <x:v>733</x:v>
       </x:c>
-      <x:c r="AL15" s="3" t="n">
-[...52 lines deleted...]
-      </x:c>
       <x:c r="BD15" s="3" t="n">
-        <x:v>752</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="BE15" s="3" t="n">
-        <x:v>760</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="BF15" s="3" t="n">
-        <x:v>775</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="BG15" s="3" t="n">
-        <x:v>796</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="BH15" s="3" t="n">
-        <x:v>840</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="BI15" s="3" t="n">
-        <x:v>870</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="BJ15" s="3" t="n">
-        <x:v>859</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="BK15" s="3" t="n">
-        <x:v>846</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="BL15" s="3" t="n">
-        <x:v>868</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="BM15" s="3" t="n">
-        <x:v>893</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="BN15" s="3" t="n">
-        <x:v>938</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="BO15" s="3" t="n">
-        <x:v>869</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="BP15" s="3" t="n">
-        <x:v>937</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="BQ15" s="3" t="n">
-        <x:v>946</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="BR15" s="3" t="n">
-        <x:v>983</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="BS15" s="3" t="n">
-        <x:v>997</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="BT15" s="3" t="n">
-        <x:v>1017</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="BU15" s="3" t="n">
-        <x:v>1032</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="BV15" s="3" t="n">
-        <x:v>1035</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="BW15" s="3" t="n">
-        <x:v>1058</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="BX15" s="3" t="n">
-        <x:v>1068</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="BY15" s="3" t="n">
-        <x:v>1103</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="BZ15" s="3" t="n">
-        <x:v>1131</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="CA15" s="3" t="n">
-        <x:v>1138</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="CB15" s="3" t="n">
-        <x:v>1139</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="CC15" s="3" t="n">
-        <x:v>1143</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="CD15" s="3" t="n">
-        <x:v>1099</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="CE15" s="3" t="n">
-        <x:v>1123</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="CF15" s="3" t="n">
-        <x:v>1192</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="CG15" s="3" t="n">
-        <x:v>1207</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="CH15" s="3" t="n">
-        <x:v>1193</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="CI15" s="3" t="n">
-        <x:v>1212</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="CJ15" s="3" t="n">
-        <x:v>1214</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="CK15" s="3" t="n">
-        <x:v>1194</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="CL15" s="3" t="n">
-        <x:v>1246</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="CM15" s="3" t="n">
-        <x:v>1263</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="CN15" s="3" t="n">
-        <x:v>1266</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="CO15" s="3" t="n">
-        <x:v>1298</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="CP15" s="3" t="n">
-        <x:v>1327</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="CQ15" s="3" t="n">
-        <x:v>1347</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="CR15" s="3" t="n">
-        <x:v>1341</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="CS15" s="3" t="n">
-        <x:v>1351</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="CT15" s="3" t="n">
-        <x:v>1366</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="CU15" s="3" t="n">
-        <x:v>1349</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="CV15" s="3" t="n">
-        <x:v>1424</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="CW15" s="3" t="n">
-        <x:v>1472</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="CX15" s="3" t="n">
-        <x:v>1446</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="CY15" s="3" t="n">
-        <x:v>1482</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="CZ15" s="3" t="n">
-        <x:v>1456</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="DA15" s="3" t="n">
-        <x:v>1591</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="DB15" s="3" t="n">
-        <x:v>1554</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="DC15" s="3" t="n">
-        <x:v>1594</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="DD15" s="3" t="n">
-        <x:v>1668</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="DE15" s="3" t="n">
-        <x:v>1669</x:v>
+        <x:v>1636</x:v>
       </x:c>
       <x:c r="DF15" s="3" t="n">
-        <x:v>1664</x:v>
+        <x:v>1628</x:v>
       </x:c>
       <x:c r="DG15" s="3" t="n">
-        <x:v>1738</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="DH15" s="3" t="n">
-        <x:v>1741</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="DI15" s="3" t="n">
-        <x:v>1743</x:v>
+        <x:v>1726</x:v>
       </x:c>
       <x:c r="DJ15" s="3" t="n">
+        <x:v>1837</x:v>
+      </x:c>
+      <x:c r="DK15" s="3" t="n">
+        <x:v>1843</x:v>
+      </x:c>
+      <x:c r="DL15" s="3" t="n">
         <x:v>1859</x:v>
       </x:c>
-      <x:c r="DK15" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="DM15" s="3" t="n">
-        <x:v>1929</x:v>
+        <x:v>1913</x:v>
       </x:c>
       <x:c r="DN15" s="3" t="n">
-        <x:v>1955</x:v>
+        <x:v>1940</x:v>
       </x:c>
       <x:c r="DO15" s="3" t="n">
-        <x:v>1983</x:v>
+        <x:v>1964</x:v>
       </x:c>
       <x:c r="DP15" s="3" t="n">
-        <x:v>2076</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="DQ15" s="3" t="n">
-        <x:v>2120</x:v>
+        <x:v>2096</x:v>
       </x:c>
       <x:c r="DR15" s="3" t="n">
-        <x:v>2115</x:v>
+        <x:v>2095</x:v>
       </x:c>
       <x:c r="DS15" s="3" t="n">
-        <x:v>2257</x:v>
+        <x:v>2227</x:v>
+      </x:c>
+      <x:c r="DT15" s="3" t="n">
+        <x:v>2230</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:123">
+    <x:row r="16" spans="1:124">
       <x:c r="A16" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>344</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>340</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>344</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
         <x:v>359</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>368</x:v>
       </x:c>
       <x:c r="H16" s="3" t="n">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I16" s="3" t="n">
         <x:v>364</x:v>
       </x:c>
@@ -5538,356 +5587,359 @@
       <x:c r="O16" s="3" t="n">
         <x:v>407</x:v>
       </x:c>
       <x:c r="P16" s="3" t="n">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q16" s="3" t="n">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R16" s="3" t="n">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S16" s="3" t="n">
         <x:v>363</x:v>
       </x:c>
       <x:c r="T16" s="3" t="n">
         <x:v>356</x:v>
       </x:c>
       <x:c r="U16" s="3" t="n">
         <x:v>356</x:v>
       </x:c>
       <x:c r="V16" s="3" t="n">
         <x:v>363</x:v>
       </x:c>
       <x:c r="W16" s="3" t="n">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="X16" s="3" t="n">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Y16" s="3" t="n">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Z16" s="3" t="n">
         <x:v>367</x:v>
       </x:c>
       <x:c r="AA16" s="3" t="n">
-        <x:v>363</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="AB16" s="3" t="n">
         <x:v>363</x:v>
       </x:c>
       <x:c r="AC16" s="3" t="n">
         <x:v>367</x:v>
       </x:c>
       <x:c r="AD16" s="3" t="n">
         <x:v>356</x:v>
       </x:c>
       <x:c r="AE16" s="3" t="n">
         <x:v>354</x:v>
       </x:c>
       <x:c r="AF16" s="3" t="n">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="AG16" s="3" t="n">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="AH16" s="3" t="n">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="AI16" s="3" t="n">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="AJ16" s="3" t="n">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="AK16" s="3" t="n">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="AL16" s="3" t="n">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="AM16" s="3" t="n">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="AN16" s="3" t="n">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="AO16" s="3" t="n">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="AP16" s="3" t="n">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="AQ16" s="3" t="n">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="AR16" s="3" t="n">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="AS16" s="3" t="n">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="AT16" s="3" t="n">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="AU16" s="3" t="n">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="AV16" s="3" t="n">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="AW16" s="3" t="n">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="AX16" s="3" t="n">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="AY16" s="3" t="n">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="AZ16" s="3" t="n">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="BA16" s="3" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="BB16" s="3" t="n">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="BC16" s="3" t="n">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="BD16" s="3" t="n">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="BE16" s="3" t="n">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="BF16" s="3" t="n">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="AG16" s="3" t="n">
+      <x:c r="BG16" s="3" t="n">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="BH16" s="3" t="n">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="BI16" s="3" t="n">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="AH16" s="3" t="n">
-[...20 lines deleted...]
-      <x:c r="AO16" s="3" t="n">
+      <x:c r="BJ16" s="3" t="n">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="BK16" s="3" t="n">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="BL16" s="3" t="n">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="AP16" s="3" t="n">
-[...5 lines deleted...]
-      <x:c r="AR16" s="3" t="n">
+      <x:c r="BM16" s="3" t="n">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="AS16" s="3" t="n">
-[...5 lines deleted...]
-      <x:c r="AU16" s="3" t="n">
+      <x:c r="BN16" s="3" t="n">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="BO16" s="3" t="n">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="BP16" s="3" t="n">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="BQ16" s="3" t="n">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="BR16" s="3" t="n">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="BS16" s="3" t="n">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="BT16" s="3" t="n">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="BU16" s="3" t="n">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="BV16" s="3" t="n">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="BW16" s="3" t="n">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="AV16" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="BA16" s="3" t="n">
+      <x:c r="BX16" s="3" t="n">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="BY16" s="3" t="n">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="BZ16" s="3" t="n">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="CA16" s="3" t="n">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="CB16" s="3" t="n">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="CC16" s="3" t="n">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="CD16" s="3" t="n">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="CE16" s="3" t="n">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="CF16" s="3" t="n">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="CG16" s="3" t="n">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="CH16" s="3" t="n">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="CI16" s="3" t="n">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="BB16" s="3" t="n">
-[...100 lines deleted...]
-      </x:c>
       <x:c r="CJ16" s="3" t="n">
-        <x:v>381</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="CK16" s="3" t="n">
-        <x:v>387</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="CL16" s="3" t="n">
-        <x:v>391</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="CM16" s="3" t="n">
-        <x:v>401</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="CN16" s="3" t="n">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="CO16" s="3" t="n">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="CO16" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="CP16" s="3" t="n">
-        <x:v>442</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="CQ16" s="3" t="n">
-        <x:v>450</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="CR16" s="3" t="n">
-        <x:v>462</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="CS16" s="3" t="n">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="CT16" s="3" t="n">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="CU16" s="3" t="n">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="CV16" s="3" t="n">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="CW16" s="3" t="n">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="CX16" s="3" t="n">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="CY16" s="3" t="n">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="CZ16" s="3" t="n">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="DA16" s="3" t="n">
         <x:v>474</x:v>
       </x:c>
-      <x:c r="CT16" s="3" t="n">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="DB16" s="3" t="n">
-        <x:v>478</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="DC16" s="3" t="n">
-        <x:v>523</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="DD16" s="3" t="n">
-        <x:v>511</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="DE16" s="3" t="n">
-        <x:v>520</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="DF16" s="3" t="n">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="DG16" s="3" t="n">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="DH16" s="3" t="n">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="DI16" s="3" t="n">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="DJ16" s="3" t="n">
         <x:v>544</x:v>
       </x:c>
-      <x:c r="DG16" s="3" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="DK16" s="3" t="n">
-        <x:v>560</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="DL16" s="3" t="n">
-        <x:v>562</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="DM16" s="3" t="n">
-        <x:v>571</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="DN16" s="3" t="n">
-        <x:v>565</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="DO16" s="3" t="n">
-        <x:v>597</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="DP16" s="3" t="n">
-        <x:v>589</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="DQ16" s="3" t="n">
-        <x:v>588</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="DR16" s="3" t="n">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="DS16" s="3" t="n">
         <x:v>602</x:v>
       </x:c>
-      <x:c r="DS16" s="3" t="n">
-        <x:v>617</x:v>
+      <x:c r="DT16" s="3" t="n">
+        <x:v>596</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:123">
+    <x:row r="17" spans="1:124">
       <x:c r="A17" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>699</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>712</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
         <x:v>715</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
         <x:v>730</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
         <x:v>709</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
         <x:v>721</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
         <x:v>754</x:v>
       </x:c>
       <x:c r="I17" s="3" t="n">
         <x:v>771</x:v>
       </x:c>
@@ -5915,350 +5967,353 @@
       <x:c r="Q17" s="3" t="n">
         <x:v>918</x:v>
       </x:c>
       <x:c r="R17" s="3" t="n">
         <x:v>811</x:v>
       </x:c>
       <x:c r="S17" s="3" t="n">
         <x:v>827</x:v>
       </x:c>
       <x:c r="T17" s="3" t="n">
         <x:v>832</x:v>
       </x:c>
       <x:c r="U17" s="3" t="n">
         <x:v>836</x:v>
       </x:c>
       <x:c r="V17" s="3" t="n">
         <x:v>847</x:v>
       </x:c>
       <x:c r="W17" s="3" t="n">
         <x:v>867</x:v>
       </x:c>
       <x:c r="X17" s="3" t="n">
         <x:v>882</x:v>
       </x:c>
       <x:c r="Y17" s="3" t="n">
-        <x:v>891</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="Z17" s="3" t="n">
         <x:v>908</x:v>
       </x:c>
       <x:c r="AA17" s="3" t="n">
-        <x:v>882</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="AB17" s="3" t="n">
-        <x:v>899</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="AC17" s="3" t="n">
-        <x:v>907</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="AD17" s="3" t="n">
-        <x:v>912</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="AE17" s="3" t="n">
-        <x:v>904</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="AF17" s="3" t="n">
-        <x:v>915</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="AG17" s="3" t="n">
+        <x:v>919</x:v>
+      </x:c>
+      <x:c r="AH17" s="3" t="n">
         <x:v>921</x:v>
       </x:c>
-      <x:c r="AH17" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="AI17" s="3" t="n">
-        <x:v>928</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="AJ17" s="3" t="n">
-        <x:v>940</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="AK17" s="3" t="n">
-        <x:v>937</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="AL17" s="3" t="n">
-        <x:v>932</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="AM17" s="3" t="n">
-        <x:v>991</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="AN17" s="3" t="n">
-        <x:v>974</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="AO17" s="3" t="n">
-        <x:v>990</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="AP17" s="3" t="n">
-        <x:v>1008</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="AQ17" s="3" t="n">
-        <x:v>1036</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="AR17" s="3" t="n">
-        <x:v>1041</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="AS17" s="3" t="n">
-        <x:v>1066</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="AT17" s="3" t="n">
-        <x:v>1076</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="AU17" s="3" t="n">
-        <x:v>1097</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="AV17" s="3" t="n">
-        <x:v>1132</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="AW17" s="3" t="n">
-        <x:v>1156</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="AX17" s="3" t="n">
+        <x:v>1182</x:v>
+      </x:c>
+      <x:c r="AY17" s="3" t="n">
+        <x:v>1214</x:v>
+      </x:c>
+      <x:c r="AZ17" s="3" t="n">
+        <x:v>1230</x:v>
+      </x:c>
+      <x:c r="BA17" s="3" t="n">
+        <x:v>1284</x:v>
+      </x:c>
+      <x:c r="BB17" s="3" t="n">
+        <x:v>1210</x:v>
+      </x:c>
+      <x:c r="BC17" s="3" t="n">
+        <x:v>1217</x:v>
+      </x:c>
+      <x:c r="BD17" s="3" t="n">
+        <x:v>1223</x:v>
+      </x:c>
+      <x:c r="BE17" s="3" t="n">
+        <x:v>1205</x:v>
+      </x:c>
+      <x:c r="BF17" s="3" t="n">
+        <x:v>1084</x:v>
+      </x:c>
+      <x:c r="BG17" s="3" t="n">
+        <x:v>1082</x:v>
+      </x:c>
+      <x:c r="BH17" s="3" t="n">
+        <x:v>1094</x:v>
+      </x:c>
+      <x:c r="BI17" s="3" t="n">
+        <x:v>1103</x:v>
+      </x:c>
+      <x:c r="BJ17" s="3" t="n">
+        <x:v>1126</x:v>
+      </x:c>
+      <x:c r="BK17" s="3" t="n">
+        <x:v>1130</x:v>
+      </x:c>
+      <x:c r="BL17" s="3" t="n">
+        <x:v>1154</x:v>
+      </x:c>
+      <x:c r="BM17" s="3" t="n">
+        <x:v>1179</x:v>
+      </x:c>
+      <x:c r="BN17" s="3" t="n">
+        <x:v>1174</x:v>
+      </x:c>
+      <x:c r="BO17" s="3" t="n">
+        <x:v>1196</x:v>
+      </x:c>
+      <x:c r="BP17" s="3" t="n">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="BQ17" s="3" t="n">
+        <x:v>1242</x:v>
+      </x:c>
+      <x:c r="BR17" s="3" t="n">
         <x:v>1199</x:v>
       </x:c>
-      <x:c r="AY17" s="3" t="n">
+      <x:c r="BS17" s="3" t="n">
+        <x:v>1258</x:v>
+      </x:c>
+      <x:c r="BT17" s="3" t="n">
+        <x:v>1242</x:v>
+      </x:c>
+      <x:c r="BU17" s="3" t="n">
+        <x:v>1222</x:v>
+      </x:c>
+      <x:c r="BV17" s="3" t="n">
+        <x:v>1230</x:v>
+      </x:c>
+      <x:c r="BW17" s="3" t="n">
+        <x:v>1215</x:v>
+      </x:c>
+      <x:c r="BX17" s="3" t="n">
+        <x:v>1225</x:v>
+      </x:c>
+      <x:c r="BY17" s="3" t="n">
+        <x:v>1239</x:v>
+      </x:c>
+      <x:c r="BZ17" s="3" t="n">
+        <x:v>1235</x:v>
+      </x:c>
+      <x:c r="CA17" s="3" t="n">
         <x:v>1232</x:v>
       </x:c>
-      <x:c r="AZ17" s="3" t="n">
-[...59 lines deleted...]
-      <x:c r="BT17" s="3" t="n">
+      <x:c r="CB17" s="3" t="n">
+        <x:v>1244</x:v>
+      </x:c>
+      <x:c r="CC17" s="3" t="n">
+        <x:v>1254</x:v>
+      </x:c>
+      <x:c r="CD17" s="3" t="n">
         <x:v>1265</x:v>
       </x:c>
-      <x:c r="BU17" s="3" t="n">
-[...5 lines deleted...]
-      <x:c r="BW17" s="3" t="n">
+      <x:c r="CE17" s="3" t="n">
         <x:v>1237</x:v>
       </x:c>
-      <x:c r="BX17" s="3" t="n">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="CF17" s="3" t="n">
-        <x:v>1307</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="CG17" s="3" t="n">
-        <x:v>1319</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="CH17" s="3" t="n">
-        <x:v>1321</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="CI17" s="3" t="n">
-        <x:v>1348</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="CJ17" s="3" t="n">
-        <x:v>1371</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="CK17" s="3" t="n">
-        <x:v>1392</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="CL17" s="3" t="n">
-        <x:v>1425</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="CM17" s="3" t="n">
+        <x:v>1418</x:v>
+      </x:c>
+      <x:c r="CN17" s="3" t="n">
+        <x:v>1406</x:v>
+      </x:c>
+      <x:c r="CO17" s="3" t="n">
         <x:v>1444</x:v>
       </x:c>
-      <x:c r="CN17" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="CP17" s="3" t="n">
-        <x:v>1474</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="CQ17" s="3" t="n">
+        <x:v>1459</x:v>
+      </x:c>
+      <x:c r="CR17" s="3" t="n">
+        <x:v>1468</x:v>
+      </x:c>
+      <x:c r="CS17" s="3" t="n">
+        <x:v>1473</x:v>
+      </x:c>
+      <x:c r="CT17" s="3" t="n">
         <x:v>1485</x:v>
       </x:c>
-      <x:c r="CR17" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="CU17" s="3" t="n">
-        <x:v>1520</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="CV17" s="3" t="n">
-        <x:v>1550</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="CW17" s="3" t="n">
-        <x:v>1548</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="CX17" s="3" t="n">
-        <x:v>1554</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="CY17" s="3" t="n">
-        <x:v>1574</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="CZ17" s="3" t="n">
-        <x:v>1503</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="DA17" s="3" t="n">
-        <x:v>1637</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="DB17" s="3" t="n">
-        <x:v>1652</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="DC17" s="3" t="n">
-        <x:v>1694</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="DD17" s="3" t="n">
-        <x:v>1696</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="DE17" s="3" t="n">
-        <x:v>1768</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="DF17" s="3" t="n">
-        <x:v>1791</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="DG17" s="3" t="n">
-        <x:v>1830</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="DH17" s="3" t="n">
-        <x:v>1778</x:v>
+        <x:v>1756</x:v>
       </x:c>
       <x:c r="DI17" s="3" t="n">
-        <x:v>1789</x:v>
+        <x:v>1763</x:v>
       </x:c>
       <x:c r="DJ17" s="3" t="n">
-        <x:v>1834</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="DK17" s="3" t="n">
-        <x:v>1760</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="DL17" s="3" t="n">
-        <x:v>1739</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="DM17" s="3" t="n">
-        <x:v>1713</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="DN17" s="3" t="n">
-        <x:v>1690</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="DO17" s="3" t="n">
-        <x:v>1690</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="DP17" s="3" t="n">
-        <x:v>1721</x:v>
+        <x:v>1706</x:v>
       </x:c>
       <x:c r="DQ17" s="3" t="n">
-        <x:v>1719</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="DR17" s="3" t="n">
-        <x:v>1727</x:v>
+        <x:v>1707</x:v>
       </x:c>
       <x:c r="DS17" s="3" t="n">
-        <x:v>1720</x:v>
+        <x:v>1705</x:v>
+      </x:c>
+      <x:c r="DT17" s="3" t="n">
+        <x:v>1685</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:123">
+    <x:row r="18" spans="1:124">
       <x:c r="A18" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>623</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
         <x:v>652</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
         <x:v>663</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
         <x:v>652</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
         <x:v>681</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
         <x:v>670</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
         <x:v>660</x:v>
       </x:c>
       <x:c r="I18" s="3" t="n">
         <x:v>637</x:v>
       </x:c>
@@ -6295,341 +6350,344 @@
       <x:c r="T18" s="3" t="n">
         <x:v>688</x:v>
       </x:c>
       <x:c r="U18" s="3" t="n">
         <x:v>713</x:v>
       </x:c>
       <x:c r="V18" s="3" t="n">
         <x:v>707</x:v>
       </x:c>
       <x:c r="W18" s="3" t="n">
         <x:v>720</x:v>
       </x:c>
       <x:c r="X18" s="3" t="n">
         <x:v>739</x:v>
       </x:c>
       <x:c r="Y18" s="3" t="n">
         <x:v>735</x:v>
       </x:c>
       <x:c r="Z18" s="3" t="n">
         <x:v>725</x:v>
       </x:c>
       <x:c r="AA18" s="3" t="n">
         <x:v>721</x:v>
       </x:c>
       <x:c r="AB18" s="3" t="n">
-        <x:v>698</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="AC18" s="3" t="n">
         <x:v>703</x:v>
       </x:c>
       <x:c r="AD18" s="3" t="n">
-        <x:v>714</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="AE18" s="3" t="n">
-        <x:v>694</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="AF18" s="3" t="n">
-        <x:v>653</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="AG18" s="3" t="n">
-        <x:v>646</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="AH18" s="3" t="n">
-        <x:v>632</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="AI18" s="3" t="n">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="AJ18" s="3" t="n">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="AK18" s="3" t="n">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="AL18" s="3" t="n">
         <x:v>614</x:v>
       </x:c>
-      <x:c r="AJ18" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="AM18" s="3" t="n">
-        <x:v>632</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="AN18" s="3" t="n">
-        <x:v>625</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="AO18" s="3" t="n">
-        <x:v>615</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="AP18" s="3" t="n">
-        <x:v>587</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="AQ18" s="3" t="n">
-        <x:v>586</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="AR18" s="3" t="n">
-        <x:v>577</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="AS18" s="3" t="n">
-        <x:v>566</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="AT18" s="3" t="n">
-        <x:v>569</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="AU18" s="3" t="n">
-        <x:v>545</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="AV18" s="3" t="n">
-        <x:v>527</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="AW18" s="3" t="n">
-        <x:v>524</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="AX18" s="3" t="n">
-        <x:v>507</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="AY18" s="3" t="n">
-        <x:v>527</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="AZ18" s="3" t="n">
-        <x:v>491</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="BA18" s="3" t="n">
-        <x:v>507</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="BB18" s="3" t="n">
-        <x:v>520</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="BC18" s="3" t="n">
-        <x:v>503</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="BD18" s="3" t="n">
-        <x:v>505</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="BE18" s="3" t="n">
-        <x:v>500</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="BF18" s="3" t="n">
-        <x:v>482</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="BG18" s="3" t="n">
-        <x:v>469</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="BH18" s="3" t="n">
-        <x:v>467</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="BI18" s="3" t="n">
-        <x:v>467</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="BJ18" s="3" t="n">
-        <x:v>441</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="BK18" s="3" t="n">
-        <x:v>462</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="BL18" s="3" t="n">
-        <x:v>437</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="BM18" s="3" t="n">
-        <x:v>441</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="BN18" s="3" t="n">
-        <x:v>439</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="BO18" s="3" t="n">
-        <x:v>434</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="BP18" s="3" t="n">
-        <x:v>456</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="BQ18" s="3" t="n">
-        <x:v>421</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="BR18" s="3" t="n">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="BS18" s="3" t="n">
-        <x:v>310</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="BT18" s="3" t="n">
-        <x:v>315</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="BU18" s="3" t="n">
-        <x:v>308</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="BV18" s="3" t="n">
-        <x:v>334</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="BW18" s="3" t="n">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="BX18" s="3" t="n">
-        <x:v>317</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="BY18" s="3" t="n">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="BZ18" s="3" t="n">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="CA18" s="3" t="n">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="CB18" s="3" t="n">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="CC18" s="3" t="n">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="CD18" s="3" t="n">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="CE18" s="3" t="n">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="BZ18" s="3" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="CF18" s="3" t="n">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="CG18" s="3" t="n">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="CH18" s="3" t="n">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="CI18" s="3" t="n">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="CJ18" s="3" t="n">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="CG18" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="CJ18" s="3" t="n">
+      <x:c r="CK18" s="3" t="n">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="CK18" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="CL18" s="3" t="n">
-        <x:v>346</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="CM18" s="3" t="n">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="CN18" s="3" t="n">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="CO18" s="3" t="n">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="CN18" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="CO18" s="3" t="n">
+      <x:c r="CP18" s="3" t="n">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="CP18" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="CQ18" s="3" t="n">
-        <x:v>390</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="CR18" s="3" t="n">
-        <x:v>390</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="CS18" s="3" t="n">
-        <x:v>402</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="CT18" s="3" t="n">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="CU18" s="3" t="n">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="CU18" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="CV18" s="3" t="n">
-        <x:v>403</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="CW18" s="3" t="n">
-        <x:v>412</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="CX18" s="3" t="n">
-        <x:v>409</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="CY18" s="3" t="n">
-        <x:v>391</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="CZ18" s="3" t="n">
-        <x:v>381</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="DA18" s="3" t="n">
-        <x:v>398</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="DB18" s="3" t="n">
-        <x:v>412</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="DC18" s="3" t="n">
-        <x:v>419</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="DD18" s="3" t="n">
-        <x:v>418</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="DE18" s="3" t="n">
-        <x:v>417</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="DF18" s="3" t="n">
-        <x:v>434</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="DG18" s="3" t="n">
-        <x:v>437</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="DH18" s="3" t="n">
-        <x:v>434</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="DI18" s="3" t="n">
-        <x:v>443</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="DJ18" s="3" t="n">
         <x:v>427</x:v>
       </x:c>
       <x:c r="DK18" s="3" t="n">
-        <x:v>442</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="DL18" s="3" t="n">
-        <x:v>451</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="DM18" s="3" t="n">
-        <x:v>464</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="DN18" s="3" t="n">
         <x:v>486</x:v>
       </x:c>
       <x:c r="DO18" s="3" t="n">
-        <x:v>475</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="DP18" s="3" t="n">
-        <x:v>476</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="DQ18" s="3" t="n">
-        <x:v>480</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="DR18" s="3" t="n">
-        <x:v>479</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="DS18" s="3" t="n">
         <x:v>481</x:v>
       </x:c>
+      <x:c r="DT18" s="3" t="n">
+        <x:v>492</x:v>
+      </x:c>
     </x:row>
-    <x:row r="19" spans="1:123">
+    <x:row r="19" spans="1:124">
       <x:c r="A19" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>631</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>639</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
         <x:v>641</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
         <x:v>644</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
         <x:v>668</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
         <x:v>672</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
         <x:v>673</x:v>
       </x:c>
       <x:c r="I19" s="3" t="n">
         <x:v>692</x:v>
       </x:c>
@@ -6639,368 +6697,371 @@
       <x:c r="K19" s="3" t="n">
         <x:v>719</x:v>
       </x:c>
       <x:c r="L19" s="3" t="n">
         <x:v>724</x:v>
       </x:c>
       <x:c r="M19" s="3" t="n">
         <x:v>718</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>834</x:v>
       </x:c>
       <x:c r="O19" s="3" t="n">
         <x:v>852</x:v>
       </x:c>
       <x:c r="P19" s="3" t="n">
         <x:v>848</x:v>
       </x:c>
       <x:c r="Q19" s="3" t="n">
         <x:v>863</x:v>
       </x:c>
       <x:c r="R19" s="3" t="n">
         <x:v>804</x:v>
       </x:c>
       <x:c r="S19" s="3" t="n">
-        <x:v>797</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="T19" s="3" t="n">
         <x:v>788</x:v>
       </x:c>
       <x:c r="U19" s="3" t="n">
         <x:v>787</x:v>
       </x:c>
       <x:c r="V19" s="3" t="n">
         <x:v>812</x:v>
       </x:c>
       <x:c r="W19" s="3" t="n">
         <x:v>821</x:v>
       </x:c>
       <x:c r="X19" s="3" t="n">
         <x:v>805</x:v>
       </x:c>
       <x:c r="Y19" s="3" t="n">
-        <x:v>795</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="Z19" s="3" t="n">
         <x:v>752</x:v>
       </x:c>
       <x:c r="AA19" s="3" t="n">
         <x:v>739</x:v>
       </x:c>
       <x:c r="AB19" s="3" t="n">
-        <x:v>756</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="AC19" s="3" t="n">
-        <x:v>737</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="AD19" s="3" t="n">
-        <x:v>725</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="AE19" s="3" t="n">
-        <x:v>711</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="AF19" s="3" t="n">
-        <x:v>709</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="AG19" s="3" t="n">
-        <x:v>701</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="AH19" s="3" t="n">
-        <x:v>689</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="AI19" s="3" t="n">
-        <x:v>684</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="AJ19" s="3" t="n">
-        <x:v>676</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="AK19" s="3" t="n">
-        <x:v>672</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="AL19" s="3" t="n">
-        <x:v>677</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="AM19" s="3" t="n">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="AN19" s="3" t="n">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="AO19" s="3" t="n">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="AP19" s="3" t="n">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="AQ19" s="3" t="n">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="AR19" s="3" t="n">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="AS19" s="3" t="n">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="AT19" s="3" t="n">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="AU19" s="3" t="n">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="AV19" s="3" t="n">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="AW19" s="3" t="n">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="AX19" s="3" t="n">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="AY19" s="3" t="n">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="AZ19" s="3" t="n">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="BA19" s="3" t="n">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="BB19" s="3" t="n">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="BC19" s="3" t="n">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="BD19" s="3" t="n">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="BE19" s="3" t="n">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="BF19" s="3" t="n">
         <x:v>670</x:v>
       </x:c>
-      <x:c r="AN19" s="3" t="n">
-[...55 lines deleted...]
-      </x:c>
       <x:c r="BG19" s="3" t="n">
-        <x:v>669</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="BH19" s="3" t="n">
-        <x:v>672</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="BI19" s="3" t="n">
-        <x:v>672</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="BJ19" s="3" t="n">
-        <x:v>669</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="BK19" s="3" t="n">
-        <x:v>657</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="BL19" s="3" t="n">
-        <x:v>665</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="BM19" s="3" t="n">
-        <x:v>647</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="BN19" s="3" t="n">
-        <x:v>645</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="BO19" s="3" t="n">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="BP19" s="3" t="n">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="BQ19" s="3" t="n">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="BR19" s="3" t="n">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="BS19" s="3" t="n">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="BT19" s="3" t="n">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="BU19" s="3" t="n">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="BV19" s="3" t="n">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="BW19" s="3" t="n">
         <x:v>644</x:v>
       </x:c>
-      <x:c r="BP19" s="3" t="n">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="BX19" s="3" t="n">
-        <x:v>642</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="BY19" s="3" t="n">
-        <x:v>632</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="BZ19" s="3" t="n">
-        <x:v>617</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="CA19" s="3" t="n">
-        <x:v>633</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="CB19" s="3" t="n">
-        <x:v>609</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="CC19" s="3" t="n">
-        <x:v>609</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="CD19" s="3" t="n">
-        <x:v>633</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="CE19" s="3" t="n">
-        <x:v>614</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="CF19" s="3" t="n">
-        <x:v>605</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="CG19" s="3" t="n">
-        <x:v>592</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="CH19" s="3" t="n">
-        <x:v>570</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="CI19" s="3" t="n">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="CJ19" s="3" t="n">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="CK19" s="3" t="n">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="CL19" s="3" t="n">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="CM19" s="3" t="n">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="CN19" s="3" t="n">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="CO19" s="3" t="n">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="CP19" s="3" t="n">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="CQ19" s="3" t="n">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="CR19" s="3" t="n">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="CS19" s="3" t="n">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="CT19" s="3" t="n">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="CU19" s="3" t="n">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="CV19" s="3" t="n">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="CW19" s="3" t="n">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="CJ19" s="3" t="n">
+      <x:c r="CX19" s="3" t="n">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="CK19" s="3" t="n">
-[...40 lines deleted...]
-      </x:c>
       <x:c r="CY19" s="3" t="n">
-        <x:v>444</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="CZ19" s="3" t="n">
-        <x:v>425</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="DA19" s="3" t="n">
-        <x:v>458</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="DB19" s="3" t="n">
-        <x:v>460</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="DC19" s="3" t="n">
-        <x:v>436</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="DD19" s="3" t="n">
-        <x:v>462</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="DE19" s="3" t="n">
-        <x:v>477</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="DF19" s="3" t="n">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="DG19" s="3" t="n">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="DG19" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="DH19" s="3" t="n">
-        <x:v>495</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="DI19" s="3" t="n">
-        <x:v>509</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="DJ19" s="3" t="n">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="DK19" s="3" t="n">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="DL19" s="3" t="n">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="DM19" s="3" t="n">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="DN19" s="3" t="n">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="DO19" s="3" t="n">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="DP19" s="3" t="n">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="DQ19" s="3" t="n">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="DR19" s="3" t="n">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="DK19" s="3" t="n">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="DS19" s="3" t="n">
-        <x:v>521</x:v>
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="DT19" s="3" t="n">
+        <x:v>506</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:123">
+    <x:row r="20" spans="1:124">
       <x:c r="A20" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
         <x:v>1136</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
         <x:v>1168</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
         <x:v>1119</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
         <x:v>1109</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
         <x:v>1119</x:v>
       </x:c>
       <x:c r="I20" s="3" t="n">
         <x:v>1144</x:v>
       </x:c>
@@ -7037,341 +7098,344 @@
       <x:c r="T20" s="3" t="n">
         <x:v>1320</x:v>
       </x:c>
       <x:c r="U20" s="3" t="n">
         <x:v>1319</x:v>
       </x:c>
       <x:c r="V20" s="3" t="n">
         <x:v>1270</x:v>
       </x:c>
       <x:c r="W20" s="3" t="n">
         <x:v>1294</x:v>
       </x:c>
       <x:c r="X20" s="3" t="n">
         <x:v>1309</x:v>
       </x:c>
       <x:c r="Y20" s="3" t="n">
         <x:v>1298</x:v>
       </x:c>
       <x:c r="Z20" s="3" t="n">
         <x:v>1310</x:v>
       </x:c>
       <x:c r="AA20" s="3" t="n">
         <x:v>1319</x:v>
       </x:c>
       <x:c r="AB20" s="3" t="n">
-        <x:v>1317</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="AC20" s="3" t="n">
-        <x:v>1333</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="AD20" s="3" t="n">
-        <x:v>1355</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="AE20" s="3" t="n">
-        <x:v>1372</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="AF20" s="3" t="n">
-        <x:v>1370</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="AG20" s="3" t="n">
-        <x:v>1418</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="AH20" s="3" t="n">
-        <x:v>1399</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="AI20" s="3" t="n">
-        <x:v>1455</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="AJ20" s="3" t="n">
-        <x:v>1454</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="AK20" s="3" t="n">
-        <x:v>1508</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="AL20" s="3" t="n">
-        <x:v>1576</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="AM20" s="3" t="n">
-        <x:v>1569</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="AN20" s="3" t="n">
-        <x:v>1615</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="AO20" s="3" t="n">
-        <x:v>1652</x:v>
+        <x:v>1636</x:v>
       </x:c>
       <x:c r="AP20" s="3" t="n">
-        <x:v>1756</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="AQ20" s="3" t="n">
-        <x:v>1724</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="AR20" s="3" t="n">
-        <x:v>1753</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="AS20" s="3" t="n">
-        <x:v>1742</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="AT20" s="3" t="n">
+        <x:v>1853</x:v>
+      </x:c>
+      <x:c r="AU20" s="3" t="n">
         <x:v>1880</x:v>
       </x:c>
-      <x:c r="AU20" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="AV20" s="3" t="n">
-        <x:v>1939</x:v>
+        <x:v>1904</x:v>
       </x:c>
       <x:c r="AW20" s="3" t="n">
-        <x:v>1927</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="AX20" s="3" t="n">
-        <x:v>1925</x:v>
+        <x:v>1883</x:v>
       </x:c>
       <x:c r="AY20" s="3" t="n">
+        <x:v>1936</x:v>
+      </x:c>
+      <x:c r="AZ20" s="3" t="n">
+        <x:v>1982</x:v>
+      </x:c>
+      <x:c r="BA20" s="3" t="n">
+        <x:v>1942</x:v>
+      </x:c>
+      <x:c r="BB20" s="3" t="n">
+        <x:v>1838</x:v>
+      </x:c>
+      <x:c r="BC20" s="3" t="n">
+        <x:v>1857</x:v>
+      </x:c>
+      <x:c r="BD20" s="3" t="n">
+        <x:v>1921</x:v>
+      </x:c>
+      <x:c r="BE20" s="3" t="n">
+        <x:v>2000</x:v>
+      </x:c>
+      <x:c r="BF20" s="3" t="n">
+        <x:v>1827</x:v>
+      </x:c>
+      <x:c r="BG20" s="3" t="n">
+        <x:v>1791</x:v>
+      </x:c>
+      <x:c r="BH20" s="3" t="n">
+        <x:v>1744</x:v>
+      </x:c>
+      <x:c r="BI20" s="3" t="n">
+        <x:v>1766</x:v>
+      </x:c>
+      <x:c r="BJ20" s="3" t="n">
+        <x:v>1877</x:v>
+      </x:c>
+      <x:c r="BK20" s="3" t="n">
+        <x:v>1857</x:v>
+      </x:c>
+      <x:c r="BL20" s="3" t="n">
+        <x:v>1893</x:v>
+      </x:c>
+      <x:c r="BM20" s="3" t="n">
+        <x:v>1956</x:v>
+      </x:c>
+      <x:c r="BN20" s="3" t="n">
+        <x:v>1981</x:v>
+      </x:c>
+      <x:c r="BO20" s="3" t="n">
+        <x:v>1975</x:v>
+      </x:c>
+      <x:c r="BP20" s="3" t="n">
         <x:v>1983</x:v>
       </x:c>
-      <x:c r="AZ20" s="3" t="n">
-[...5 lines deleted...]
-      <x:c r="BB20" s="3" t="n">
+      <x:c r="BQ20" s="3" t="n">
+        <x:v>1974</x:v>
+      </x:c>
+      <x:c r="BR20" s="3" t="n">
+        <x:v>1961</x:v>
+      </x:c>
+      <x:c r="BS20" s="3" t="n">
+        <x:v>1904</x:v>
+      </x:c>
+      <x:c r="BT20" s="3" t="n">
         <x:v>1895</x:v>
       </x:c>
-      <x:c r="BC20" s="3" t="n">
-[...44 lines deleted...]
-      <x:c r="BR20" s="3" t="n">
+      <x:c r="BU20" s="3" t="n">
+        <x:v>1856</x:v>
+      </x:c>
+      <x:c r="BV20" s="3" t="n">
+        <x:v>2085</x:v>
+      </x:c>
+      <x:c r="BW20" s="3" t="n">
+        <x:v>2013</x:v>
+      </x:c>
+      <x:c r="BX20" s="3" t="n">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="BY20" s="3" t="n">
+        <x:v>1971</x:v>
+      </x:c>
+      <x:c r="BZ20" s="3" t="n">
+        <x:v>1979</x:v>
+      </x:c>
+      <x:c r="CA20" s="3" t="n">
+        <x:v>2081</x:v>
+      </x:c>
+      <x:c r="CB20" s="3" t="n">
         <x:v>2001</x:v>
       </x:c>
-      <x:c r="BS20" s="3" t="n">
-[...11 lines deleted...]
-      <x:c r="BW20" s="3" t="n">
+      <x:c r="CC20" s="3" t="n">
         <x:v>2055</x:v>
       </x:c>
-      <x:c r="BX20" s="3" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="CD20" s="3" t="n">
-        <x:v>2098</x:v>
+        <x:v>2056</x:v>
       </x:c>
       <x:c r="CE20" s="3" t="n">
-        <x:v>2086</x:v>
+        <x:v>2045</x:v>
       </x:c>
       <x:c r="CF20" s="3" t="n">
-        <x:v>2109</x:v>
+        <x:v>2068</x:v>
       </x:c>
       <x:c r="CG20" s="3" t="n">
-        <x:v>2119</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="CH20" s="3" t="n">
-        <x:v>2172</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="CI20" s="3" t="n">
-        <x:v>2133</x:v>
+        <x:v>2092</x:v>
       </x:c>
       <x:c r="CJ20" s="3" t="n">
-        <x:v>2149</x:v>
+        <x:v>2108</x:v>
       </x:c>
       <x:c r="CK20" s="3" t="n">
-        <x:v>2221</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="CL20" s="3" t="n">
-        <x:v>2205</x:v>
+        <x:v>2163</x:v>
       </x:c>
       <x:c r="CM20" s="3" t="n">
-        <x:v>2248</x:v>
+        <x:v>2206</x:v>
       </x:c>
       <x:c r="CN20" s="3" t="n">
+        <x:v>2213</x:v>
+      </x:c>
+      <x:c r="CO20" s="3" t="n">
         <x:v>2256</x:v>
       </x:c>
-      <x:c r="CO20" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="CP20" s="3" t="n">
-        <x:v>2292</x:v>
+        <x:v>2251</x:v>
       </x:c>
       <x:c r="CQ20" s="3" t="n">
-        <x:v>2353</x:v>
+        <x:v>2303</x:v>
       </x:c>
       <x:c r="CR20" s="3" t="n">
-        <x:v>2370</x:v>
+        <x:v>2325</x:v>
       </x:c>
       <x:c r="CS20" s="3" t="n">
-        <x:v>2365</x:v>
+        <x:v>2322</x:v>
       </x:c>
       <x:c r="CT20" s="3" t="n">
-        <x:v>2431</x:v>
+        <x:v>2381</x:v>
       </x:c>
       <x:c r="CU20" s="3" t="n">
-        <x:v>2435</x:v>
+        <x:v>2388</x:v>
       </x:c>
       <x:c r="CV20" s="3" t="n">
-        <x:v>2471</x:v>
+        <x:v>2422</x:v>
       </x:c>
       <x:c r="CW20" s="3" t="n">
-        <x:v>2511</x:v>
+        <x:v>2459</x:v>
       </x:c>
       <x:c r="CX20" s="3" t="n">
-        <x:v>2474</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="CY20" s="3" t="n">
-        <x:v>2402</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="CZ20" s="3" t="n">
-        <x:v>2431</x:v>
+        <x:v>2382</x:v>
       </x:c>
       <x:c r="DA20" s="3" t="n">
-        <x:v>2551</x:v>
+        <x:v>2504</x:v>
       </x:c>
       <x:c r="DB20" s="3" t="n">
-        <x:v>2626</x:v>
+        <x:v>2576</x:v>
       </x:c>
       <x:c r="DC20" s="3" t="n">
-        <x:v>2488</x:v>
+        <x:v>2442</x:v>
       </x:c>
       <x:c r="DD20" s="3" t="n">
-        <x:v>2623</x:v>
+        <x:v>2584</x:v>
       </x:c>
       <x:c r="DE20" s="3" t="n">
-        <x:v>2642</x:v>
+        <x:v>2609</x:v>
       </x:c>
       <x:c r="DF20" s="3" t="n">
-        <x:v>2761</x:v>
+        <x:v>2741</x:v>
       </x:c>
       <x:c r="DG20" s="3" t="n">
-        <x:v>2806</x:v>
+        <x:v>2778</x:v>
       </x:c>
       <x:c r="DH20" s="3" t="n">
-        <x:v>2794</x:v>
+        <x:v>2777</x:v>
       </x:c>
       <x:c r="DI20" s="3" t="n">
-        <x:v>2861</x:v>
+        <x:v>2837</x:v>
       </x:c>
       <x:c r="DJ20" s="3" t="n">
-        <x:v>2819</x:v>
+        <x:v>2817</x:v>
       </x:c>
       <x:c r="DK20" s="3" t="n">
-        <x:v>2939</x:v>
+        <x:v>2919</x:v>
       </x:c>
       <x:c r="DL20" s="3" t="n">
-        <x:v>2959</x:v>
+        <x:v>2947</x:v>
       </x:c>
       <x:c r="DM20" s="3" t="n">
-        <x:v>2983</x:v>
+        <x:v>2968</x:v>
       </x:c>
       <x:c r="DN20" s="3" t="n">
-        <x:v>3065</x:v>
+        <x:v>3063</x:v>
       </x:c>
       <x:c r="DO20" s="3" t="n">
-        <x:v>3068</x:v>
+        <x:v>3034</x:v>
       </x:c>
       <x:c r="DP20" s="3" t="n">
-        <x:v>3141</x:v>
+        <x:v>3117</x:v>
       </x:c>
       <x:c r="DQ20" s="3" t="n">
-        <x:v>3197</x:v>
+        <x:v>3163</x:v>
       </x:c>
       <x:c r="DR20" s="3" t="n">
-        <x:v>3300</x:v>
+        <x:v>3303</x:v>
       </x:c>
       <x:c r="DS20" s="3" t="n">
-        <x:v>3272</x:v>
+        <x:v>3278</x:v>
+      </x:c>
+      <x:c r="DT20" s="3" t="n">
+        <x:v>3306</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:123">
+    <x:row r="21" spans="1:124">
       <x:c r="A21" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>461</x:v>
       </x:c>
       <x:c r="D21" s="3" t="n">
         <x:v>468</x:v>
       </x:c>
       <x:c r="E21" s="3" t="n">
         <x:v>473</x:v>
       </x:c>
       <x:c r="F21" s="3" t="n">
         <x:v>465</x:v>
       </x:c>
       <x:c r="G21" s="3" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="H21" s="3" t="n">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I21" s="3" t="n">
         <x:v>449</x:v>
       </x:c>
@@ -7426,323 +7490,326 @@
       <x:c r="Z21" s="3" t="n">
         <x:v>502</x:v>
       </x:c>
       <x:c r="AA21" s="3" t="n">
         <x:v>498</x:v>
       </x:c>
       <x:c r="AB21" s="3" t="n">
         <x:v>498</x:v>
       </x:c>
       <x:c r="AC21" s="3" t="n">
         <x:v>501</x:v>
       </x:c>
       <x:c r="AD21" s="3" t="n">
         <x:v>512</x:v>
       </x:c>
       <x:c r="AE21" s="3" t="n">
         <x:v>505</x:v>
       </x:c>
       <x:c r="AF21" s="3" t="n">
         <x:v>509</x:v>
       </x:c>
       <x:c r="AG21" s="3" t="n">
         <x:v>540</x:v>
       </x:c>
       <x:c r="AH21" s="3" t="n">
-        <x:v>519</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="AI21" s="3" t="n">
         <x:v>546</x:v>
       </x:c>
       <x:c r="AJ21" s="3" t="n">
         <x:v>534</x:v>
       </x:c>
       <x:c r="AK21" s="3" t="n">
         <x:v>567</x:v>
       </x:c>
       <x:c r="AL21" s="3" t="n">
         <x:v>681</x:v>
       </x:c>
       <x:c r="AM21" s="3" t="n">
         <x:v>672</x:v>
       </x:c>
       <x:c r="AN21" s="3" t="n">
         <x:v>700</x:v>
       </x:c>
       <x:c r="AO21" s="3" t="n">
-        <x:v>707</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="AP21" s="3" t="n">
-        <x:v>801</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="AQ21" s="3" t="n">
         <x:v>773</x:v>
       </x:c>
       <x:c r="AR21" s="3" t="n">
         <x:v>782</x:v>
       </x:c>
       <x:c r="AS21" s="3" t="n">
         <x:v>761</x:v>
       </x:c>
       <x:c r="AT21" s="3" t="n">
-        <x:v>845</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="AU21" s="3" t="n">
-        <x:v>851</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="AV21" s="3" t="n">
         <x:v>853</x:v>
       </x:c>
       <x:c r="AW21" s="3" t="n">
         <x:v>837</x:v>
       </x:c>
       <x:c r="AX21" s="3" t="n">
-        <x:v>806</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="AY21" s="3" t="n">
-        <x:v>827</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="AZ21" s="3" t="n">
         <x:v>847</x:v>
       </x:c>
       <x:c r="BA21" s="3" t="n">
-        <x:v>800</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="BB21" s="3" t="n">
-        <x:v>731</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="BC21" s="3" t="n">
-        <x:v>748</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="BD21" s="3" t="n">
-        <x:v>797</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="BE21" s="3" t="n">
-        <x:v>842</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="BF21" s="3" t="n">
-        <x:v>814</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="BG21" s="3" t="n">
         <x:v>767</x:v>
       </x:c>
       <x:c r="BH21" s="3" t="n">
-        <x:v>712</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="BI21" s="3" t="n">
         <x:v>734</x:v>
       </x:c>
       <x:c r="BJ21" s="3" t="n">
         <x:v>844</x:v>
       </x:c>
       <x:c r="BK21" s="3" t="n">
-        <x:v>832</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="BL21" s="3" t="n">
-        <x:v>875</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="BM21" s="3" t="n">
-        <x:v>908</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="BN21" s="3" t="n">
-        <x:v>902</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="BO21" s="3" t="n">
-        <x:v>895</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="BP21" s="3" t="n">
         <x:v>883</x:v>
       </x:c>
       <x:c r="BQ21" s="3" t="n">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="BR21" s="3" t="n">
         <x:v>853</x:v>
       </x:c>
       <x:c r="BS21" s="3" t="n">
-        <x:v>847</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="BT21" s="3" t="n">
         <x:v>807</x:v>
       </x:c>
       <x:c r="BU21" s="3" t="n">
         <x:v>782</x:v>
       </x:c>
       <x:c r="BV21" s="3" t="n">
         <x:v>854</x:v>
       </x:c>
       <x:c r="BW21" s="3" t="n">
         <x:v>813</x:v>
       </x:c>
       <x:c r="BX21" s="3" t="n">
         <x:v>840</x:v>
       </x:c>
       <x:c r="BY21" s="3" t="n">
         <x:v>816</x:v>
       </x:c>
       <x:c r="BZ21" s="3" t="n">
-        <x:v>836</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="CA21" s="3" t="n">
-        <x:v>891</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="CB21" s="3" t="n">
         <x:v>869</x:v>
       </x:c>
       <x:c r="CC21" s="3" t="n">
         <x:v>908</x:v>
       </x:c>
       <x:c r="CD21" s="3" t="n">
         <x:v>924</x:v>
       </x:c>
       <x:c r="CE21" s="3" t="n">
         <x:v>930</x:v>
       </x:c>
       <x:c r="CF21" s="3" t="n">
-        <x:v>938</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="CG21" s="3" t="n">
         <x:v>975</x:v>
       </x:c>
       <x:c r="CH21" s="3" t="n">
         <x:v>966</x:v>
       </x:c>
       <x:c r="CI21" s="3" t="n">
-        <x:v>975</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="CJ21" s="3" t="n">
-        <x:v>1001</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="CK21" s="3" t="n">
         <x:v>1022</x:v>
       </x:c>
       <x:c r="CL21" s="3" t="n">
-        <x:v>1019</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="CM21" s="3" t="n">
-        <x:v>1022</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="CN21" s="3" t="n">
-        <x:v>1037</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="CO21" s="3" t="n">
-        <x:v>1062</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="CP21" s="3" t="n">
-        <x:v>1084</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="CQ21" s="3" t="n">
-        <x:v>1081</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="CR21" s="3" t="n">
+        <x:v>1110</x:v>
+      </x:c>
+      <x:c r="CS21" s="3" t="n">
+        <x:v>1115</x:v>
+      </x:c>
+      <x:c r="CT21" s="3" t="n">
+        <x:v>1120</x:v>
+      </x:c>
+      <x:c r="CU21" s="3" t="n">
+        <x:v>1127</x:v>
+      </x:c>
+      <x:c r="CV21" s="3" t="n">
+        <x:v>1131</x:v>
+      </x:c>
+      <x:c r="CW21" s="3" t="n">
+        <x:v>1147</x:v>
+      </x:c>
+      <x:c r="CX21" s="3" t="n">
+        <x:v>1130</x:v>
+      </x:c>
+      <x:c r="CY21" s="3" t="n">
+        <x:v>1092</x:v>
+      </x:c>
+      <x:c r="CZ21" s="3" t="n">
         <x:v>1109</x:v>
       </x:c>
-      <x:c r="CS21" s="3" t="n">
-[...11 lines deleted...]
-      <x:c r="CW21" s="3" t="n">
+      <x:c r="DA21" s="3" t="n">
         <x:v>1146</x:v>
       </x:c>
-      <x:c r="CX21" s="3" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="DB21" s="3" t="n">
-        <x:v>1176</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="DC21" s="3" t="n">
-        <x:v>1143</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="DD21" s="3" t="n">
-        <x:v>1241</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="DE21" s="3" t="n">
         <x:v>1248</x:v>
       </x:c>
       <x:c r="DF21" s="3" t="n">
-        <x:v>1286</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="DG21" s="3" t="n">
         <x:v>1321</x:v>
       </x:c>
       <x:c r="DH21" s="3" t="n">
-        <x:v>1304</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="DI21" s="3" t="n">
-        <x:v>1357</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="DJ21" s="3" t="n">
         <x:v>1359</x:v>
       </x:c>
       <x:c r="DK21" s="3" t="n">
-        <x:v>1375</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="DL21" s="3" t="n">
-        <x:v>1383</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="DM21" s="3" t="n">
         <x:v>1391</x:v>
       </x:c>
       <x:c r="DN21" s="3" t="n">
-        <x:v>1426</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="DO21" s="3" t="n">
-        <x:v>1424</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="DP21" s="3" t="n">
-        <x:v>1448</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="DQ21" s="3" t="n">
-        <x:v>1451</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="DR21" s="3" t="n">
-        <x:v>1472</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="DS21" s="3" t="n">
-        <x:v>1502</x:v>
+        <x:v>1527</x:v>
+      </x:c>
+      <x:c r="DT21" s="3" t="n">
+        <x:v>1501</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:123">
+    <x:row r="22" spans="1:124">
       <x:c r="A22" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>807</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
         <x:v>836</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
         <x:v>843</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
         <x:v>861</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
         <x:v>896</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
         <x:v>917</x:v>
       </x:c>
       <x:c r="H22" s="3" t="n">
         <x:v>953</x:v>
       </x:c>
       <x:c r="I22" s="3" t="n">
         <x:v>982</x:v>
       </x:c>
@@ -7773,347 +7840,350 @@
       <x:c r="R22" s="3" t="n">
         <x:v>1124</x:v>
       </x:c>
       <x:c r="S22" s="3" t="n">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="T22" s="3" t="n">
         <x:v>1117</x:v>
       </x:c>
       <x:c r="U22" s="3" t="n">
         <x:v>1126</x:v>
       </x:c>
       <x:c r="V22" s="3" t="n">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="W22" s="3" t="n">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="X22" s="3" t="n">
         <x:v>1137</x:v>
       </x:c>
       <x:c r="Y22" s="3" t="n">
         <x:v>1129</x:v>
       </x:c>
       <x:c r="Z22" s="3" t="n">
-        <x:v>1103</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="AA22" s="3" t="n">
         <x:v>1116</x:v>
       </x:c>
       <x:c r="AB22" s="3" t="n">
+        <x:v>1120</x:v>
+      </x:c>
+      <x:c r="AC22" s="3" t="n">
         <x:v>1121</x:v>
       </x:c>
-      <x:c r="AC22" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="AD22" s="3" t="n">
-        <x:v>1135</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="AE22" s="3" t="n">
-        <x:v>1159</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="AF22" s="3" t="n">
-        <x:v>1164</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="AG22" s="3" t="n">
+        <x:v>1149</x:v>
+      </x:c>
+      <x:c r="AH22" s="3" t="n">
+        <x:v>1146</x:v>
+      </x:c>
+      <x:c r="AI22" s="3" t="n">
+        <x:v>1145</x:v>
+      </x:c>
+      <x:c r="AJ22" s="3" t="n">
         <x:v>1151</x:v>
       </x:c>
-      <x:c r="AH22" s="3" t="n">
-[...5 lines deleted...]
-      <x:c r="AJ22" s="3" t="n">
+      <x:c r="AK22" s="3" t="n">
+        <x:v>1169</x:v>
+      </x:c>
+      <x:c r="AL22" s="3" t="n">
+        <x:v>1141</x:v>
+      </x:c>
+      <x:c r="AM22" s="3" t="n">
         <x:v>1155</x:v>
       </x:c>
-      <x:c r="AK22" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="AN22" s="3" t="n">
-        <x:v>1168</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="AO22" s="3" t="n">
-        <x:v>1192</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="AP22" s="3" t="n">
-        <x:v>1249</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="AQ22" s="3" t="n">
-        <x:v>1253</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="AR22" s="3" t="n">
-        <x:v>1250</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="AS22" s="3" t="n">
-        <x:v>1293</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="AT22" s="3" t="n">
-        <x:v>1368</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="AU22" s="3" t="n">
-        <x:v>1357</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="AV22" s="3" t="n">
-        <x:v>1385</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="AW22" s="3" t="n">
-        <x:v>1401</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="AX22" s="3" t="n">
-        <x:v>1519</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="AY22" s="3" t="n">
-        <x:v>1539</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="AZ22" s="3" t="n">
-        <x:v>1574</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="BA22" s="3" t="n">
-        <x:v>1593</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="BB22" s="3" t="n">
-        <x:v>1572</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="BC22" s="3" t="n">
-        <x:v>1642</x:v>
+        <x:v>1624</x:v>
       </x:c>
       <x:c r="BD22" s="3" t="n">
-        <x:v>1692</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="BE22" s="3" t="n">
-        <x:v>1729</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="BF22" s="3" t="n">
-        <x:v>1495</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="BG22" s="3" t="n">
-        <x:v>1507</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="BH22" s="3" t="n">
-        <x:v>1530</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="BI22" s="3" t="n">
-        <x:v>1557</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="BJ22" s="3" t="n">
-        <x:v>1550</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="BK22" s="3" t="n">
-        <x:v>1500</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="BL22" s="3" t="n">
-        <x:v>1506</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="BM22" s="3" t="n">
-        <x:v>1527</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="BN22" s="3" t="n">
-        <x:v>1568</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="BO22" s="3" t="n">
-        <x:v>1548</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="BP22" s="3" t="n">
-        <x:v>1669</x:v>
+        <x:v>1650</x:v>
       </x:c>
       <x:c r="BQ22" s="3" t="n">
-        <x:v>1629</x:v>
+        <x:v>1611</x:v>
       </x:c>
       <x:c r="BR22" s="3" t="n">
-        <x:v>1629</x:v>
+        <x:v>1611</x:v>
       </x:c>
       <x:c r="BS22" s="3" t="n">
-        <x:v>1666</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="BT22" s="3" t="n">
-        <x:v>1720</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="BU22" s="3" t="n">
-        <x:v>1702</x:v>
+        <x:v>1684</x:v>
       </x:c>
       <x:c r="BV22" s="3" t="n">
-        <x:v>1709</x:v>
+        <x:v>1691</x:v>
       </x:c>
       <x:c r="BW22" s="3" t="n">
-        <x:v>1736</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="BX22" s="3" t="n">
-        <x:v>1682</x:v>
+        <x:v>1663</x:v>
       </x:c>
       <x:c r="BY22" s="3" t="n">
-        <x:v>1710</x:v>
+        <x:v>1691</x:v>
       </x:c>
       <x:c r="BZ22" s="3" t="n">
-        <x:v>1742</x:v>
+        <x:v>1723</x:v>
       </x:c>
       <x:c r="CA22" s="3" t="n">
-        <x:v>1742</x:v>
+        <x:v>1723</x:v>
       </x:c>
       <x:c r="CB22" s="3" t="n">
-        <x:v>1749</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="CC22" s="3" t="n">
-        <x:v>1773</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="CD22" s="3" t="n">
-        <x:v>1789</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="CE22" s="3" t="n">
-        <x:v>1806</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="CF22" s="3" t="n">
-        <x:v>1794</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="CG22" s="3" t="n">
-        <x:v>1773</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="CH22" s="3" t="n">
-        <x:v>1820</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="CI22" s="3" t="n">
-        <x:v>1831</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="CJ22" s="3" t="n">
-        <x:v>1876</x:v>
+        <x:v>1856</x:v>
       </x:c>
       <x:c r="CK22" s="3" t="n">
-        <x:v>1895</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="CL22" s="3" t="n">
-        <x:v>1935</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="CM22" s="3" t="n">
-        <x:v>1951</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="CN22" s="3" t="n">
-        <x:v>1949</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="CO22" s="3" t="n">
+        <x:v>1975</x:v>
+      </x:c>
+      <x:c r="CP22" s="3" t="n">
         <x:v>1995</x:v>
       </x:c>
-      <x:c r="CP22" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="CQ22" s="3" t="n">
-        <x:v>2027</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="CR22" s="3" t="n">
-        <x:v>2066</x:v>
+        <x:v>2044</x:v>
       </x:c>
       <x:c r="CS22" s="3" t="n">
-        <x:v>2075</x:v>
+        <x:v>2054</x:v>
       </x:c>
       <x:c r="CT22" s="3" t="n">
-        <x:v>2072</x:v>
+        <x:v>2050</x:v>
       </x:c>
       <x:c r="CU22" s="3" t="n">
-        <x:v>2096</x:v>
+        <x:v>2074</x:v>
       </x:c>
       <x:c r="CV22" s="3" t="n">
-        <x:v>2086</x:v>
+        <x:v>2064</x:v>
       </x:c>
       <x:c r="CW22" s="3" t="n">
-        <x:v>2094</x:v>
+        <x:v>2071</x:v>
       </x:c>
       <x:c r="CX22" s="3" t="n">
-        <x:v>2113</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="CY22" s="3" t="n">
-        <x:v>2029</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="CZ22" s="3" t="n">
-        <x:v>1992</x:v>
+        <x:v>1972</x:v>
       </x:c>
       <x:c r="DA22" s="3" t="n">
-        <x:v>2097</x:v>
+        <x:v>2076</x:v>
       </x:c>
       <x:c r="DB22" s="3" t="n">
-        <x:v>2073</x:v>
+        <x:v>2052</x:v>
       </x:c>
       <x:c r="DC22" s="3" t="n">
-        <x:v>2078</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="DD22" s="3" t="n">
-        <x:v>2202</x:v>
+        <x:v>2179</x:v>
       </x:c>
       <x:c r="DE22" s="3" t="n">
-        <x:v>2254</x:v>
+        <x:v>2228</x:v>
       </x:c>
       <x:c r="DF22" s="3" t="n">
-        <x:v>2200</x:v>
+        <x:v>2178</x:v>
       </x:c>
       <x:c r="DG22" s="3" t="n">
-        <x:v>2255</x:v>
+        <x:v>2221</x:v>
       </x:c>
       <x:c r="DH22" s="3" t="n">
-        <x:v>2306</x:v>
+        <x:v>2264</x:v>
       </x:c>
       <x:c r="DI22" s="3" t="n">
-        <x:v>2348</x:v>
+        <x:v>2310</x:v>
       </x:c>
       <x:c r="DJ22" s="3" t="n">
-        <x:v>2361</x:v>
+        <x:v>2321</x:v>
       </x:c>
       <x:c r="DK22" s="3" t="n">
-        <x:v>2340</x:v>
+        <x:v>2295</x:v>
       </x:c>
       <x:c r="DL22" s="3" t="n">
-        <x:v>2356</x:v>
+        <x:v>2319</x:v>
       </x:c>
       <x:c r="DM22" s="3" t="n">
-        <x:v>2362</x:v>
+        <x:v>2320</x:v>
       </x:c>
       <x:c r="DN22" s="3" t="n">
-        <x:v>2398</x:v>
+        <x:v>2372</x:v>
       </x:c>
       <x:c r="DO22" s="3" t="n">
-        <x:v>2477</x:v>
+        <x:v>2454</x:v>
       </x:c>
       <x:c r="DP22" s="3" t="n">
-        <x:v>2432</x:v>
+        <x:v>2416</x:v>
       </x:c>
       <x:c r="DQ22" s="3" t="n">
-        <x:v>2480</x:v>
+        <x:v>2475</x:v>
       </x:c>
       <x:c r="DR22" s="3" t="n">
-        <x:v>2517</x:v>
+        <x:v>2492</x:v>
       </x:c>
       <x:c r="DS22" s="3" t="n">
-        <x:v>2526</x:v>
+        <x:v>2501</x:v>
+      </x:c>
+      <x:c r="DT22" s="3" t="n">
+        <x:v>2511</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:123">
+    <x:row r="23" spans="1:124">
       <x:c r="A23" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>974</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>1011</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
         <x:v>1032</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
         <x:v>1043</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
         <x:v>1071</x:v>
       </x:c>
       <x:c r="H23" s="3" t="n">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="I23" s="3" t="n">
         <x:v>1079</x:v>
       </x:c>
@@ -8147,344 +8217,347 @@
       <x:c r="S23" s="3" t="n">
         <x:v>1165</x:v>
       </x:c>
       <x:c r="T23" s="3" t="n">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="U23" s="3" t="n">
         <x:v>1111</x:v>
       </x:c>
       <x:c r="V23" s="3" t="n">
         <x:v>1169</x:v>
       </x:c>
       <x:c r="W23" s="3" t="n">
         <x:v>1159</x:v>
       </x:c>
       <x:c r="X23" s="3" t="n">
         <x:v>1168</x:v>
       </x:c>
       <x:c r="Y23" s="3" t="n">
         <x:v>1141</x:v>
       </x:c>
       <x:c r="Z23" s="3" t="n">
         <x:v>1181</x:v>
       </x:c>
       <x:c r="AA23" s="3" t="n">
-        <x:v>1162</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="AB23" s="3" t="n">
-        <x:v>1136</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="AC23" s="3" t="n">
+        <x:v>1163</x:v>
+      </x:c>
+      <x:c r="AD23" s="3" t="n">
+        <x:v>1099</x:v>
+      </x:c>
+      <x:c r="AE23" s="3" t="n">
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="AF23" s="3" t="n">
+        <x:v>1055</x:v>
+      </x:c>
+      <x:c r="AG23" s="3" t="n">
+        <x:v>1062</x:v>
+      </x:c>
+      <x:c r="AH23" s="3" t="n">
+        <x:v>1180</x:v>
+      </x:c>
+      <x:c r="AI23" s="3" t="n">
+        <x:v>1204</x:v>
+      </x:c>
+      <x:c r="AJ23" s="3" t="n">
+        <x:v>1208</x:v>
+      </x:c>
+      <x:c r="AK23" s="3" t="n">
+        <x:v>1193</x:v>
+      </x:c>
+      <x:c r="AL23" s="3" t="n">
+        <x:v>1122</x:v>
+      </x:c>
+      <x:c r="AM23" s="3" t="n">
+        <x:v>1148</x:v>
+      </x:c>
+      <x:c r="AN23" s="3" t="n">
+        <x:v>1153</x:v>
+      </x:c>
+      <x:c r="AO23" s="3" t="n">
+        <x:v>1138</x:v>
+      </x:c>
+      <x:c r="AP23" s="3" t="n">
+        <x:v>1152</x:v>
+      </x:c>
+      <x:c r="AQ23" s="3" t="n">
+        <x:v>1140</x:v>
+      </x:c>
+      <x:c r="AR23" s="3" t="n">
+        <x:v>1139</x:v>
+      </x:c>
+      <x:c r="AS23" s="3" t="n">
+        <x:v>1113</x:v>
+      </x:c>
+      <x:c r="AT23" s="3" t="n">
+        <x:v>1260</x:v>
+      </x:c>
+      <x:c r="AU23" s="3" t="n">
+        <x:v>1257</x:v>
+      </x:c>
+      <x:c r="AV23" s="3" t="n">
+        <x:v>1227</x:v>
+      </x:c>
+      <x:c r="AW23" s="3" t="n">
+        <x:v>1233</x:v>
+      </x:c>
+      <x:c r="AX23" s="3" t="n">
+        <x:v>1227</x:v>
+      </x:c>
+      <x:c r="AY23" s="3" t="n">
+        <x:v>1274</x:v>
+      </x:c>
+      <x:c r="AZ23" s="3" t="n">
+        <x:v>1208</x:v>
+      </x:c>
+      <x:c r="BA23" s="3" t="n">
+        <x:v>1250</x:v>
+      </x:c>
+      <x:c r="BB23" s="3" t="n">
+        <x:v>1403</x:v>
+      </x:c>
+      <x:c r="BC23" s="3" t="n">
+        <x:v>1472</x:v>
+      </x:c>
+      <x:c r="BD23" s="3" t="n">
+        <x:v>1502</x:v>
+      </x:c>
+      <x:c r="BE23" s="3" t="n">
+        <x:v>1469</x:v>
+      </x:c>
+      <x:c r="BF23" s="3" t="n">
+        <x:v>1407</x:v>
+      </x:c>
+      <x:c r="BG23" s="3" t="n">
+        <x:v>1332</x:v>
+      </x:c>
+      <x:c r="BH23" s="3" t="n">
+        <x:v>1357</x:v>
+      </x:c>
+      <x:c r="BI23" s="3" t="n">
+        <x:v>1315</x:v>
+      </x:c>
+      <x:c r="BJ23" s="3" t="n">
         <x:v>1165</x:v>
       </x:c>
-      <x:c r="AD23" s="3" t="n">
-[...47 lines deleted...]
-      <x:c r="AT23" s="3" t="n">
+      <x:c r="BK23" s="3" t="n">
         <x:v>1271</x:v>
       </x:c>
-      <x:c r="AU23" s="3" t="n">
-[...11 lines deleted...]
-      <x:c r="AY23" s="3" t="n">
+      <x:c r="BL23" s="3" t="n">
+        <x:v>1285</x:v>
+      </x:c>
+      <x:c r="BM23" s="3" t="n">
+        <x:v>1309</x:v>
+      </x:c>
+      <x:c r="BN23" s="3" t="n">
+        <x:v>1327</x:v>
+      </x:c>
+      <x:c r="BO23" s="3" t="n">
+        <x:v>1286</x:v>
+      </x:c>
+      <x:c r="BP23" s="3" t="n">
+        <x:v>1243</x:v>
+      </x:c>
+      <x:c r="BQ23" s="3" t="n">
+        <x:v>1274</x:v>
+      </x:c>
+      <x:c r="BR23" s="3" t="n">
+        <x:v>1296</x:v>
+      </x:c>
+      <x:c r="BS23" s="3" t="n">
+        <x:v>1234</x:v>
+      </x:c>
+      <x:c r="BT23" s="3" t="n">
+        <x:v>1264</x:v>
+      </x:c>
+      <x:c r="BU23" s="3" t="n">
+        <x:v>1237</x:v>
+      </x:c>
+      <x:c r="BV23" s="3" t="n">
+        <x:v>1205</x:v>
+      </x:c>
+      <x:c r="BW23" s="3" t="n">
+        <x:v>1241</x:v>
+      </x:c>
+      <x:c r="BX23" s="3" t="n">
+        <x:v>1325</x:v>
+      </x:c>
+      <x:c r="BY23" s="3" t="n">
+        <x:v>1193</x:v>
+      </x:c>
+      <x:c r="BZ23" s="3" t="n">
+        <x:v>1294</x:v>
+      </x:c>
+      <x:c r="CA23" s="3" t="n">
+        <x:v>1316</x:v>
+      </x:c>
+      <x:c r="CB23" s="3" t="n">
+        <x:v>1276</x:v>
+      </x:c>
+      <x:c r="CC23" s="3" t="n">
         <x:v>1288</x:v>
       </x:c>
-      <x:c r="AZ23" s="3" t="n">
-[...88 lines deleted...]
-      </x:c>
       <x:c r="CD23" s="3" t="n">
-        <x:v>1352</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="CE23" s="3" t="n">
-        <x:v>1352</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="CF23" s="3" t="n">
-        <x:v>1371</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="CG23" s="3" t="n">
-        <x:v>1496</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="CH23" s="3" t="n">
-        <x:v>1486</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="CI23" s="3" t="n">
+        <x:v>1490</x:v>
+      </x:c>
+      <x:c r="CJ23" s="3" t="n">
+        <x:v>1483</x:v>
+      </x:c>
+      <x:c r="CK23" s="3" t="n">
         <x:v>1508</x:v>
       </x:c>
-      <x:c r="CJ23" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="CL23" s="3" t="n">
-        <x:v>1529</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="CM23" s="3" t="n">
-        <x:v>1563</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="CN23" s="3" t="n">
-        <x:v>1592</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="CO23" s="3" t="n">
-        <x:v>1609</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="CP23" s="3" t="n">
-        <x:v>1651</x:v>
+        <x:v>1630</x:v>
       </x:c>
       <x:c r="CQ23" s="3" t="n">
-        <x:v>1642</x:v>
+        <x:v>1622</x:v>
       </x:c>
       <x:c r="CR23" s="3" t="n">
-        <x:v>1659</x:v>
+        <x:v>1640</x:v>
       </x:c>
       <x:c r="CS23" s="3" t="n">
+        <x:v>1646</x:v>
+      </x:c>
+      <x:c r="CT23" s="3" t="n">
         <x:v>1666</x:v>
       </x:c>
-      <x:c r="CT23" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="CU23" s="3" t="n">
-        <x:v>1710</x:v>
+        <x:v>1690</x:v>
       </x:c>
       <x:c r="CV23" s="3" t="n">
-        <x:v>1731</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="CW23" s="3" t="n">
-        <x:v>1753</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="CX23" s="3" t="n">
-        <x:v>1684</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="CY23" s="3" t="n">
-        <x:v>1665</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="CZ23" s="3" t="n">
-        <x:v>1722</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="DA23" s="3" t="n">
-        <x:v>1752</x:v>
+        <x:v>1732</x:v>
       </x:c>
       <x:c r="DB23" s="3" t="n">
-        <x:v>1721</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="DC23" s="3" t="n">
-        <x:v>1748</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="DD23" s="3" t="n">
-        <x:v>1793</x:v>
+        <x:v>1772</x:v>
       </x:c>
       <x:c r="DE23" s="3" t="n">
-        <x:v>1813</x:v>
+        <x:v>1797</x:v>
       </x:c>
       <x:c r="DF23" s="3" t="n">
-        <x:v>1866</x:v>
+        <x:v>1856</x:v>
       </x:c>
       <x:c r="DG23" s="3" t="n">
-        <x:v>1892</x:v>
+        <x:v>1885</x:v>
       </x:c>
       <x:c r="DH23" s="3" t="n">
-        <x:v>1853</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="DI23" s="3" t="n">
-        <x:v>1983</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="DJ23" s="3" t="n">
+        <x:v>1986</x:v>
+      </x:c>
+      <x:c r="DK23" s="3" t="n">
+        <x:v>1912</x:v>
+      </x:c>
+      <x:c r="DL23" s="3" t="n">
         <x:v>2008</x:v>
       </x:c>
-      <x:c r="DK23" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="DM23" s="3" t="n">
-        <x:v>2055</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="DN23" s="3" t="n">
-        <x:v>2089</x:v>
+        <x:v>2067</x:v>
       </x:c>
       <x:c r="DO23" s="3" t="n">
-        <x:v>2128</x:v>
+        <x:v>2115</x:v>
       </x:c>
       <x:c r="DP23" s="3" t="n">
-        <x:v>2190</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="DQ23" s="3" t="n">
-        <x:v>2213</x:v>
+        <x:v>2189</x:v>
       </x:c>
       <x:c r="DR23" s="3" t="n">
-        <x:v>2287</x:v>
+        <x:v>2257</x:v>
       </x:c>
       <x:c r="DS23" s="3" t="n">
-        <x:v>2344</x:v>
+        <x:v>2310</x:v>
+      </x:c>
+      <x:c r="DT23" s="3" t="n">
+        <x:v>2312</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:123">
+    <x:row r="24" spans="1:124">
       <x:c r="A24" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>3227</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
         <x:v>3289</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
         <x:v>3339</x:v>
       </x:c>
       <x:c r="E24" s="3" t="n">
         <x:v>3456</x:v>
       </x:c>
       <x:c r="F24" s="3" t="n">
         <x:v>3453</x:v>
       </x:c>
       <x:c r="G24" s="3" t="n">
         <x:v>3541</x:v>
       </x:c>
       <x:c r="H24" s="3" t="n">
         <x:v>3650</x:v>
       </x:c>
       <x:c r="I24" s="3" t="n">
         <x:v>3794</x:v>
       </x:c>
@@ -8503,359 +8576,362 @@
       <x:c r="N24" s="3" t="n">
         <x:v>4240</x:v>
       </x:c>
       <x:c r="O24" s="3" t="n">
         <x:v>4399</x:v>
       </x:c>
       <x:c r="P24" s="3" t="n">
         <x:v>4525</x:v>
       </x:c>
       <x:c r="Q24" s="3" t="n">
         <x:v>4580</x:v>
       </x:c>
       <x:c r="R24" s="3" t="n">
         <x:v>4749</x:v>
       </x:c>
       <x:c r="S24" s="3" t="n">
         <x:v>4523</x:v>
       </x:c>
       <x:c r="T24" s="3" t="n">
         <x:v>4537</x:v>
       </x:c>
       <x:c r="U24" s="3" t="n">
         <x:v>4570</x:v>
       </x:c>
       <x:c r="V24" s="3" t="n">
-        <x:v>4567</x:v>
+        <x:v>4568</x:v>
       </x:c>
       <x:c r="W24" s="3" t="n">
         <x:v>4613</x:v>
       </x:c>
       <x:c r="X24" s="3" t="n">
         <x:v>4639</x:v>
       </x:c>
       <x:c r="Y24" s="3" t="n">
-        <x:v>4640</x:v>
+        <x:v>4639</x:v>
       </x:c>
       <x:c r="Z24" s="3" t="n">
-        <x:v>4689</x:v>
+        <x:v>4687</x:v>
       </x:c>
       <x:c r="AA24" s="3" t="n">
-        <x:v>4718</x:v>
+        <x:v>4714</x:v>
       </x:c>
       <x:c r="AB24" s="3" t="n">
-        <x:v>4770</x:v>
+        <x:v>4764</x:v>
       </x:c>
       <x:c r="AC24" s="3" t="n">
-        <x:v>4881</x:v>
+        <x:v>4872</x:v>
       </x:c>
       <x:c r="AD24" s="3" t="n">
-        <x:v>4850</x:v>
+        <x:v>4838</x:v>
       </x:c>
       <x:c r="AE24" s="3" t="n">
-        <x:v>4910</x:v>
+        <x:v>4895</x:v>
       </x:c>
       <x:c r="AF24" s="3" t="n">
-        <x:v>4846</x:v>
+        <x:v>4829</x:v>
       </x:c>
       <x:c r="AG24" s="3" t="n">
-        <x:v>4811</x:v>
+        <x:v>4792</x:v>
       </x:c>
       <x:c r="AH24" s="3" t="n">
-        <x:v>4628</x:v>
+        <x:v>4609</x:v>
       </x:c>
       <x:c r="AI24" s="3" t="n">
+        <x:v>4527</x:v>
+      </x:c>
+      <x:c r="AJ24" s="3" t="n">
+        <x:v>4529</x:v>
+      </x:c>
+      <x:c r="AK24" s="3" t="n">
+        <x:v>4458</x:v>
+      </x:c>
+      <x:c r="AL24" s="3" t="n">
+        <x:v>4412</x:v>
+      </x:c>
+      <x:c r="AM24" s="3" t="n">
+        <x:v>4468</x:v>
+      </x:c>
+      <x:c r="AN24" s="3" t="n">
         <x:v>4549</x:v>
       </x:c>
-      <x:c r="AJ24" s="3" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="AO24" s="3" t="n">
-        <x:v>4601</x:v>
+        <x:v>4559</x:v>
       </x:c>
       <x:c r="AP24" s="3" t="n">
-        <x:v>4866</x:v>
+        <x:v>4817</x:v>
       </x:c>
       <x:c r="AQ24" s="3" t="n">
-        <x:v>4987</x:v>
+        <x:v>4933</x:v>
       </x:c>
       <x:c r="AR24" s="3" t="n">
-        <x:v>5002</x:v>
+        <x:v>4944</x:v>
       </x:c>
       <x:c r="AS24" s="3" t="n">
-        <x:v>5065</x:v>
+        <x:v>5003</x:v>
       </x:c>
       <x:c r="AT24" s="3" t="n">
-        <x:v>5412</x:v>
+        <x:v>5341</x:v>
       </x:c>
       <x:c r="AU24" s="3" t="n">
-        <x:v>5518</x:v>
+        <x:v>5441</x:v>
       </x:c>
       <x:c r="AV24" s="3" t="n">
-        <x:v>5675</x:v>
+        <x:v>5592</x:v>
       </x:c>
       <x:c r="AW24" s="3" t="n">
-        <x:v>5892</x:v>
+        <x:v>5802</x:v>
       </x:c>
       <x:c r="AX24" s="3" t="n">
-        <x:v>6051</x:v>
+        <x:v>5955</x:v>
       </x:c>
       <x:c r="AY24" s="3" t="n">
-        <x:v>6223</x:v>
+        <x:v>6120</x:v>
       </x:c>
       <x:c r="AZ24" s="3" t="n">
-        <x:v>6373</x:v>
+        <x:v>6261</x:v>
       </x:c>
       <x:c r="BA24" s="3" t="n">
-        <x:v>6602</x:v>
+        <x:v>6480</x:v>
       </x:c>
       <x:c r="BB24" s="3" t="n">
-        <x:v>6637</x:v>
+        <x:v>6508</x:v>
       </x:c>
       <x:c r="BC24" s="3" t="n">
-        <x:v>6771</x:v>
+        <x:v>6633</x:v>
       </x:c>
       <x:c r="BD24" s="3" t="n">
-        <x:v>6961</x:v>
+        <x:v>6816</x:v>
       </x:c>
       <x:c r="BE24" s="3" t="n">
-        <x:v>7108</x:v>
+        <x:v>6958</x:v>
       </x:c>
       <x:c r="BF24" s="3" t="n">
-        <x:v>7334</x:v>
+        <x:v>7180</x:v>
       </x:c>
       <x:c r="BG24" s="3" t="n">
-        <x:v>7277</x:v>
+        <x:v>7126</x:v>
       </x:c>
       <x:c r="BH24" s="3" t="n">
-        <x:v>7372</x:v>
+        <x:v>7219</x:v>
       </x:c>
       <x:c r="BI24" s="3" t="n">
-        <x:v>7265</x:v>
+        <x:v>7114</x:v>
       </x:c>
       <x:c r="BJ24" s="3" t="n">
-        <x:v>7080</x:v>
+        <x:v>6934</x:v>
       </x:c>
       <x:c r="BK24" s="3" t="n">
-        <x:v>7000</x:v>
+        <x:v>6855</x:v>
       </x:c>
       <x:c r="BL24" s="3" t="n">
-        <x:v>7050</x:v>
+        <x:v>6903</x:v>
       </x:c>
       <x:c r="BM24" s="3" t="n">
-        <x:v>7124</x:v>
+        <x:v>6976</x:v>
       </x:c>
       <x:c r="BN24" s="3" t="n">
-        <x:v>7164</x:v>
+        <x:v>7015</x:v>
       </x:c>
       <x:c r="BO24" s="3" t="n">
-        <x:v>7377</x:v>
+        <x:v>7225</x:v>
       </x:c>
       <x:c r="BP24" s="3" t="n">
-        <x:v>7494</x:v>
+        <x:v>7340</x:v>
       </x:c>
       <x:c r="BQ24" s="3" t="n">
-        <x:v>7592</x:v>
+        <x:v>7435</x:v>
       </x:c>
       <x:c r="BR24" s="3" t="n">
-        <x:v>8152</x:v>
+        <x:v>7983</x:v>
       </x:c>
       <x:c r="BS24" s="3" t="n">
-        <x:v>8120</x:v>
+        <x:v>7951</x:v>
       </x:c>
       <x:c r="BT24" s="3" t="n">
-        <x:v>8040</x:v>
+        <x:v>7874</x:v>
       </x:c>
       <x:c r="BU24" s="3" t="n">
-        <x:v>8357</x:v>
+        <x:v>8184</x:v>
       </x:c>
       <x:c r="BV24" s="3" t="n">
-        <x:v>8489</x:v>
+        <x:v>8312</x:v>
       </x:c>
       <x:c r="BW24" s="3" t="n">
-        <x:v>8584</x:v>
+        <x:v>8404</x:v>
       </x:c>
       <x:c r="BX24" s="3" t="n">
-        <x:v>8827</x:v>
+        <x:v>8643</x:v>
       </x:c>
       <x:c r="BY24" s="3" t="n">
-        <x:v>8895</x:v>
+        <x:v>8709</x:v>
       </x:c>
       <x:c r="BZ24" s="3" t="n">
-        <x:v>9146</x:v>
+        <x:v>8955</x:v>
       </x:c>
       <x:c r="CA24" s="3" t="n">
-        <x:v>9119</x:v>
+        <x:v>8930</x:v>
       </x:c>
       <x:c r="CB24" s="3" t="n">
-        <x:v>9387</x:v>
+        <x:v>9190</x:v>
       </x:c>
       <x:c r="CC24" s="3" t="n">
-        <x:v>9278</x:v>
+        <x:v>9084</x:v>
       </x:c>
       <x:c r="CD24" s="3" t="n">
-        <x:v>9452</x:v>
+        <x:v>9253</x:v>
       </x:c>
       <x:c r="CE24" s="3" t="n">
-        <x:v>9371</x:v>
+        <x:v>9172</x:v>
       </x:c>
       <x:c r="CF24" s="3" t="n">
-        <x:v>9007</x:v>
+        <x:v>8818</x:v>
       </x:c>
       <x:c r="CG24" s="3" t="n">
-        <x:v>8911</x:v>
+        <x:v>8723</x:v>
       </x:c>
       <x:c r="CH24" s="3" t="n">
-        <x:v>8738</x:v>
+        <x:v>8554</x:v>
       </x:c>
       <x:c r="CI24" s="3" t="n">
-        <x:v>8699</x:v>
+        <x:v>8517</x:v>
       </x:c>
       <x:c r="CJ24" s="3" t="n">
-        <x:v>8329</x:v>
+        <x:v>8156</x:v>
       </x:c>
       <x:c r="CK24" s="3" t="n">
-        <x:v>8226</x:v>
+        <x:v>8055</x:v>
       </x:c>
       <x:c r="CL24" s="3" t="n">
-        <x:v>8074</x:v>
+        <x:v>7908</x:v>
       </x:c>
       <x:c r="CM24" s="3" t="n">
-        <x:v>7953</x:v>
+        <x:v>7790</x:v>
       </x:c>
       <x:c r="CN24" s="3" t="n">
-        <x:v>8129</x:v>
+        <x:v>7964</x:v>
       </x:c>
       <x:c r="CO24" s="3" t="n">
-        <x:v>8149</x:v>
+        <x:v>7985</x:v>
       </x:c>
       <x:c r="CP24" s="3" t="n">
-        <x:v>8224</x:v>
+        <x:v>8059</x:v>
       </x:c>
       <x:c r="CQ24" s="3" t="n">
-        <x:v>8085</x:v>
+        <x:v>7924</x:v>
       </x:c>
       <x:c r="CR24" s="3" t="n">
-        <x:v>8335</x:v>
+        <x:v>8169</x:v>
       </x:c>
       <x:c r="CS24" s="3" t="n">
-        <x:v>8563</x:v>
+        <x:v>8394</x:v>
       </x:c>
       <x:c r="CT24" s="3" t="n">
-        <x:v>8796</x:v>
+        <x:v>8621</x:v>
       </x:c>
       <x:c r="CU24" s="3" t="n">
-        <x:v>8956</x:v>
+        <x:v>8779</x:v>
       </x:c>
       <x:c r="CV24" s="3" t="n">
-        <x:v>9101</x:v>
+        <x:v>8920</x:v>
       </x:c>
       <x:c r="CW24" s="3" t="n">
-        <x:v>9228</x:v>
+        <x:v>9044</x:v>
       </x:c>
       <x:c r="CX24" s="3" t="n">
-        <x:v>9136</x:v>
+        <x:v>8951</x:v>
       </x:c>
       <x:c r="CY24" s="3" t="n">
-        <x:v>8705</x:v>
+        <x:v>8529</x:v>
       </x:c>
       <x:c r="CZ24" s="3" t="n">
-        <x:v>8750</x:v>
+        <x:v>8576</x:v>
       </x:c>
       <x:c r="DA24" s="3" t="n">
-        <x:v>9106</x:v>
+        <x:v>8930</x:v>
       </x:c>
       <x:c r="DB24" s="3" t="n">
-        <x:v>9029</x:v>
+        <x:v>8861</x:v>
       </x:c>
       <x:c r="DC24" s="3" t="n">
-        <x:v>9157</x:v>
+        <x:v>8985</x:v>
       </x:c>
       <x:c r="DD24" s="3" t="n">
-        <x:v>9350</x:v>
+        <x:v>9168</x:v>
       </x:c>
       <x:c r="DE24" s="3" t="n">
-        <x:v>9552</x:v>
+        <x:v>9351</x:v>
       </x:c>
       <x:c r="DF24" s="3" t="n">
-        <x:v>9669</x:v>
+        <x:v>9403</x:v>
       </x:c>
       <x:c r="DG24" s="3" t="n">
-        <x:v>9886</x:v>
+        <x:v>9706</x:v>
       </x:c>
       <x:c r="DH24" s="3" t="n">
-        <x:v>10088</x:v>
+        <x:v>9833</x:v>
       </x:c>
       <x:c r="DI24" s="3" t="n">
-        <x:v>10416</x:v>
+        <x:v>10112</x:v>
       </x:c>
       <x:c r="DJ24" s="3" t="n">
-        <x:v>10872</x:v>
+        <x:v>10559</x:v>
       </x:c>
       <x:c r="DK24" s="3" t="n">
-        <x:v>10681</x:v>
+        <x:v>10374</x:v>
       </x:c>
       <x:c r="DL24" s="3" t="n">
-        <x:v>11050</x:v>
+        <x:v>10781</x:v>
       </x:c>
       <x:c r="DM24" s="3" t="n">
-        <x:v>11459</x:v>
+        <x:v>11179</x:v>
       </x:c>
       <x:c r="DN24" s="3" t="n">
-        <x:v>11501</x:v>
+        <x:v>11352</x:v>
       </x:c>
       <x:c r="DO24" s="3" t="n">
-        <x:v>11690</x:v>
+        <x:v>11579</x:v>
       </x:c>
       <x:c r="DP24" s="3" t="n">
-        <x:v>11987</x:v>
+        <x:v>11908</x:v>
       </x:c>
       <x:c r="DQ24" s="3" t="n">
-        <x:v>12225</x:v>
+        <x:v>12134</x:v>
       </x:c>
       <x:c r="DR24" s="3" t="n">
-        <x:v>12576</x:v>
+        <x:v>12413</x:v>
       </x:c>
       <x:c r="DS24" s="3" t="n">
-        <x:v>13168</x:v>
+        <x:v>13007</x:v>
+      </x:c>
+      <x:c r="DT24" s="3" t="n">
+        <x:v>13002</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:123">
+    <x:row r="25" spans="1:124">
       <x:c r="A25" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>1990</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>2030</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
         <x:v>2054</x:v>
       </x:c>
       <x:c r="E25" s="3" t="n">
         <x:v>2124</x:v>
       </x:c>
       <x:c r="F25" s="3" t="n">
         <x:v>2001</x:v>
       </x:c>
       <x:c r="G25" s="3" t="n">
         <x:v>2039</x:v>
       </x:c>
       <x:c r="H25" s="3" t="n">
         <x:v>2119</x:v>
       </x:c>
       <x:c r="I25" s="3" t="n">
         <x:v>2187</x:v>
       </x:c>
@@ -8889,344 +8965,347 @@
       <x:c r="S25" s="3" t="n">
         <x:v>2923</x:v>
       </x:c>
       <x:c r="T25" s="3" t="n">
         <x:v>2882</x:v>
       </x:c>
       <x:c r="U25" s="3" t="n">
         <x:v>2847</x:v>
       </x:c>
       <x:c r="V25" s="3" t="n">
         <x:v>2762</x:v>
       </x:c>
       <x:c r="W25" s="3" t="n">
         <x:v>2716</x:v>
       </x:c>
       <x:c r="X25" s="3" t="n">
         <x:v>2727</x:v>
       </x:c>
       <x:c r="Y25" s="3" t="n">
         <x:v>2686</x:v>
       </x:c>
       <x:c r="Z25" s="3" t="n">
         <x:v>2661</x:v>
       </x:c>
       <x:c r="AA25" s="3" t="n">
-        <x:v>2777</x:v>
+        <x:v>2776</x:v>
       </x:c>
       <x:c r="AB25" s="3" t="n">
-        <x:v>2803</x:v>
+        <x:v>2802</x:v>
       </x:c>
       <x:c r="AC25" s="3" t="n">
-        <x:v>2881</x:v>
+        <x:v>2879</x:v>
       </x:c>
       <x:c r="AD25" s="3" t="n">
-        <x:v>3040</x:v>
+        <x:v>3037</x:v>
       </x:c>
       <x:c r="AE25" s="3" t="n">
-        <x:v>3134</x:v>
+        <x:v>3130</x:v>
       </x:c>
       <x:c r="AF25" s="3" t="n">
-        <x:v>3160</x:v>
+        <x:v>3154</x:v>
       </x:c>
       <x:c r="AG25" s="3" t="n">
-        <x:v>3103</x:v>
+        <x:v>3097</x:v>
       </x:c>
       <x:c r="AH25" s="3" t="n">
-        <x:v>2975</x:v>
+        <x:v>2969</x:v>
       </x:c>
       <x:c r="AI25" s="3" t="n">
-        <x:v>2912</x:v>
+        <x:v>2906</x:v>
       </x:c>
       <x:c r="AJ25" s="3" t="n">
-        <x:v>2927</x:v>
+        <x:v>2920</x:v>
       </x:c>
       <x:c r="AK25" s="3" t="n">
-        <x:v>2930</x:v>
+        <x:v>2922</x:v>
       </x:c>
       <x:c r="AL25" s="3" t="n">
-        <x:v>2961</x:v>
+        <x:v>2952</x:v>
       </x:c>
       <x:c r="AM25" s="3" t="n">
-        <x:v>2978</x:v>
+        <x:v>2968</x:v>
       </x:c>
       <x:c r="AN25" s="3" t="n">
-        <x:v>3034</x:v>
+        <x:v>3022</x:v>
       </x:c>
       <x:c r="AO25" s="3" t="n">
-        <x:v>3109</x:v>
+        <x:v>3095</x:v>
       </x:c>
       <x:c r="AP25" s="3" t="n">
-        <x:v>3063</x:v>
+        <x:v>3049</x:v>
       </x:c>
       <x:c r="AQ25" s="3" t="n">
-        <x:v>3147</x:v>
+        <x:v>3131</x:v>
       </x:c>
       <x:c r="AR25" s="3" t="n">
-        <x:v>3162</x:v>
+        <x:v>3144</x:v>
       </x:c>
       <x:c r="AS25" s="3" t="n">
-        <x:v>3295</x:v>
+        <x:v>3275</x:v>
       </x:c>
       <x:c r="AT25" s="3" t="n">
-        <x:v>3598</x:v>
+        <x:v>3572</x:v>
       </x:c>
       <x:c r="AU25" s="3" t="n">
-        <x:v>3741</x:v>
+        <x:v>3712</x:v>
       </x:c>
       <x:c r="AV25" s="3" t="n">
-        <x:v>3946</x:v>
+        <x:v>3913</x:v>
       </x:c>
       <x:c r="AW25" s="3" t="n">
-        <x:v>4072</x:v>
+        <x:v>4037</x:v>
       </x:c>
       <x:c r="AX25" s="3" t="n">
-        <x:v>3605</x:v>
+        <x:v>3573</x:v>
       </x:c>
       <x:c r="AY25" s="3" t="n">
+        <x:v>3635</x:v>
+      </x:c>
+      <x:c r="AZ25" s="3" t="n">
+        <x:v>3732</x:v>
+      </x:c>
+      <x:c r="BA25" s="3" t="n">
+        <x:v>3937</x:v>
+      </x:c>
+      <x:c r="BB25" s="3" t="n">
+        <x:v>3926</x:v>
+      </x:c>
+      <x:c r="BC25" s="3" t="n">
+        <x:v>3986</x:v>
+      </x:c>
+      <x:c r="BD25" s="3" t="n">
+        <x:v>4092</x:v>
+      </x:c>
+      <x:c r="BE25" s="3" t="n">
+        <x:v>4054</x:v>
+      </x:c>
+      <x:c r="BF25" s="3" t="n">
+        <x:v>3769</x:v>
+      </x:c>
+      <x:c r="BG25" s="3" t="n">
+        <x:v>3674</x:v>
+      </x:c>
+      <x:c r="BH25" s="3" t="n">
+        <x:v>3673</x:v>
+      </x:c>
+      <x:c r="BI25" s="3" t="n">
+        <x:v>3713</x:v>
+      </x:c>
+      <x:c r="BJ25" s="3" t="n">
+        <x:v>3614</x:v>
+      </x:c>
+      <x:c r="BK25" s="3" t="n">
+        <x:v>3615</x:v>
+      </x:c>
+      <x:c r="BL25" s="3" t="n">
+        <x:v>3422</x:v>
+      </x:c>
+      <x:c r="BM25" s="3" t="n">
+        <x:v>3375</x:v>
+      </x:c>
+      <x:c r="BN25" s="3" t="n">
+        <x:v>3555</x:v>
+      </x:c>
+      <x:c r="BO25" s="3" t="n">
+        <x:v>3415</x:v>
+      </x:c>
+      <x:c r="BP25" s="3" t="n">
+        <x:v>3831</x:v>
+      </x:c>
+      <x:c r="BQ25" s="3" t="n">
+        <x:v>3674</x:v>
+      </x:c>
+      <x:c r="BR25" s="3" t="n">
+        <x:v>3814</x:v>
+      </x:c>
+      <x:c r="BS25" s="3" t="n">
+        <x:v>3844</x:v>
+      </x:c>
+      <x:c r="BT25" s="3" t="n">
+        <x:v>4038</x:v>
+      </x:c>
+      <x:c r="BU25" s="3" t="n">
+        <x:v>4106</x:v>
+      </x:c>
+      <x:c r="BV25" s="3" t="n">
+        <x:v>4069</x:v>
+      </x:c>
+      <x:c r="BW25" s="3" t="n">
+        <x:v>4263</x:v>
+      </x:c>
+      <x:c r="BX25" s="3" t="n">
+        <x:v>4184</x:v>
+      </x:c>
+      <x:c r="BY25" s="3" t="n">
+        <x:v>4388</x:v>
+      </x:c>
+      <x:c r="BZ25" s="3" t="n">
+        <x:v>4419</x:v>
+      </x:c>
+      <x:c r="CA25" s="3" t="n">
+        <x:v>4481</x:v>
+      </x:c>
+      <x:c r="CB25" s="3" t="n">
+        <x:v>4398</x:v>
+      </x:c>
+      <x:c r="CC25" s="3" t="n">
+        <x:v>4353</x:v>
+      </x:c>
+      <x:c r="CD25" s="3" t="n">
+        <x:v>3984</x:v>
+      </x:c>
+      <x:c r="CE25" s="3" t="n">
+        <x:v>3968</x:v>
+      </x:c>
+      <x:c r="CF25" s="3" t="n">
+        <x:v>3670</x:v>
+      </x:c>
+      <x:c r="CG25" s="3" t="n">
+        <x:v>3548</x:v>
+      </x:c>
+      <x:c r="CH25" s="3" t="n">
+        <x:v>3445</x:v>
+      </x:c>
+      <x:c r="CI25" s="3" t="n">
+        <x:v>3387</x:v>
+      </x:c>
+      <x:c r="CJ25" s="3" t="n">
+        <x:v>3269</x:v>
+      </x:c>
+      <x:c r="CK25" s="3" t="n">
+        <x:v>3141</x:v>
+      </x:c>
+      <x:c r="CL25" s="3" t="n">
+        <x:v>3104</x:v>
+      </x:c>
+      <x:c r="CM25" s="3" t="n">
+        <x:v>2898</x:v>
+      </x:c>
+      <x:c r="CN25" s="3" t="n">
+        <x:v>3038</x:v>
+      </x:c>
+      <x:c r="CO25" s="3" t="n">
+        <x:v>3071</x:v>
+      </x:c>
+      <x:c r="CP25" s="3" t="n">
+        <x:v>3098</x:v>
+      </x:c>
+      <x:c r="CQ25" s="3" t="n">
+        <x:v>3104</x:v>
+      </x:c>
+      <x:c r="CR25" s="3" t="n">
+        <x:v>3163</x:v>
+      </x:c>
+      <x:c r="CS25" s="3" t="n">
+        <x:v>3228</x:v>
+      </x:c>
+      <x:c r="CT25" s="3" t="n">
+        <x:v>3280</x:v>
+      </x:c>
+      <x:c r="CU25" s="3" t="n">
+        <x:v>3321</x:v>
+      </x:c>
+      <x:c r="CV25" s="3" t="n">
+        <x:v>3357</x:v>
+      </x:c>
+      <x:c r="CW25" s="3" t="n">
+        <x:v>3407</x:v>
+      </x:c>
+      <x:c r="CX25" s="3" t="n">
+        <x:v>3383</x:v>
+      </x:c>
+      <x:c r="CY25" s="3" t="n">
+        <x:v>3021</x:v>
+      </x:c>
+      <x:c r="CZ25" s="3" t="n">
+        <x:v>3043</x:v>
+      </x:c>
+      <x:c r="DA25" s="3" t="n">
+        <x:v>3129</x:v>
+      </x:c>
+      <x:c r="DB25" s="3" t="n">
+        <x:v>3108</x:v>
+      </x:c>
+      <x:c r="DC25" s="3" t="n">
+        <x:v>3050</x:v>
+      </x:c>
+      <x:c r="DD25" s="3" t="n">
+        <x:v>3031</x:v>
+      </x:c>
+      <x:c r="DE25" s="3" t="n">
+        <x:v>3061</x:v>
+      </x:c>
+      <x:c r="DF25" s="3" t="n">
+        <x:v>3014</x:v>
+      </x:c>
+      <x:c r="DG25" s="3" t="n">
+        <x:v>3065</x:v>
+      </x:c>
+      <x:c r="DH25" s="3" t="n">
+        <x:v>3166</x:v>
+      </x:c>
+      <x:c r="DI25" s="3" t="n">
+        <x:v>3223</x:v>
+      </x:c>
+      <x:c r="DJ25" s="3" t="n">
+        <x:v>3269</x:v>
+      </x:c>
+      <x:c r="DK25" s="3" t="n">
+        <x:v>3282</x:v>
+      </x:c>
+      <x:c r="DL25" s="3" t="n">
+        <x:v>3361</x:v>
+      </x:c>
+      <x:c r="DM25" s="3" t="n">
+        <x:v>3416</x:v>
+      </x:c>
+      <x:c r="DN25" s="3" t="n">
+        <x:v>3535</x:v>
+      </x:c>
+      <x:c r="DO25" s="3" t="n">
+        <x:v>3552</x:v>
+      </x:c>
+      <x:c r="DP25" s="3" t="n">
         <x:v>3668</x:v>
       </x:c>
-      <x:c r="AZ25" s="3" t="n">
-[...205 lines deleted...]
-      </x:c>
       <x:c r="DQ25" s="3" t="n">
-        <x:v>3830</x:v>
+        <x:v>3770</x:v>
       </x:c>
       <x:c r="DR25" s="3" t="n">
-        <x:v>3908</x:v>
+        <x:v>3838</x:v>
       </x:c>
       <x:c r="DS25" s="3" t="n">
-        <x:v>4044</x:v>
+        <x:v>3963</x:v>
+      </x:c>
+      <x:c r="DT25" s="3" t="n">
+        <x:v>3912</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:123">
+    <x:row r="26" spans="1:124">
       <x:c r="A26" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>616</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
         <x:v>629</x:v>
       </x:c>
       <x:c r="D26" s="3" t="n">
         <x:v>643</x:v>
       </x:c>
       <x:c r="E26" s="3" t="n">
         <x:v>662</x:v>
       </x:c>
       <x:c r="F26" s="3" t="n">
         <x:v>673</x:v>
       </x:c>
       <x:c r="G26" s="3" t="n">
         <x:v>689</x:v>
       </x:c>
       <x:c r="H26" s="3" t="n">
         <x:v>714</x:v>
       </x:c>
       <x:c r="I26" s="3" t="n">
         <x:v>756</x:v>
       </x:c>
@@ -9260,344 +9339,347 @@
       <x:c r="S26" s="3" t="n">
         <x:v>918</x:v>
       </x:c>
       <x:c r="T26" s="3" t="n">
         <x:v>929</x:v>
       </x:c>
       <x:c r="U26" s="3" t="n">
         <x:v>933</x:v>
       </x:c>
       <x:c r="V26" s="3" t="n">
         <x:v>940</x:v>
       </x:c>
       <x:c r="W26" s="3" t="n">
         <x:v>956</x:v>
       </x:c>
       <x:c r="X26" s="3" t="n">
         <x:v>958</x:v>
       </x:c>
       <x:c r="Y26" s="3" t="n">
         <x:v>955</x:v>
       </x:c>
       <x:c r="Z26" s="3" t="n">
         <x:v>938</x:v>
       </x:c>
       <x:c r="AA26" s="3" t="n">
-        <x:v>926</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="AB26" s="3" t="n">
+        <x:v>915</x:v>
+      </x:c>
+      <x:c r="AC26" s="3" t="n">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c r="AD26" s="3" t="n">
+        <x:v>955</x:v>
+      </x:c>
+      <x:c r="AE26" s="3" t="n">
+        <x:v>965</x:v>
+      </x:c>
+      <x:c r="AF26" s="3" t="n">
+        <x:v>914</x:v>
+      </x:c>
+      <x:c r="AG26" s="3" t="n">
+        <x:v>918</x:v>
+      </x:c>
+      <x:c r="AH26" s="3" t="n">
+        <x:v>894</x:v>
+      </x:c>
+      <x:c r="AI26" s="3" t="n">
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="AJ26" s="3" t="n">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c r="AK26" s="3" t="n">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="AL26" s="3" t="n">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="AM26" s="3" t="n">
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="AN26" s="3" t="n">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="AO26" s="3" t="n">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="AP26" s="3" t="n">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="AQ26" s="3" t="n">
+        <x:v>932</x:v>
+      </x:c>
+      <x:c r="AR26" s="3" t="n">
+        <x:v>923</x:v>
+      </x:c>
+      <x:c r="AS26" s="3" t="n">
+        <x:v>929</x:v>
+      </x:c>
+      <x:c r="AT26" s="3" t="n">
+        <x:v>946</x:v>
+      </x:c>
+      <x:c r="AU26" s="3" t="n">
+        <x:v>970</x:v>
+      </x:c>
+      <x:c r="AV26" s="3" t="n">
+        <x:v>983</x:v>
+      </x:c>
+      <x:c r="AW26" s="3" t="n">
+        <x:v>997</x:v>
+      </x:c>
+      <x:c r="AX26" s="3" t="n">
+        <x:v>1007</x:v>
+      </x:c>
+      <x:c r="AY26" s="3" t="n">
+        <x:v>1024</x:v>
+      </x:c>
+      <x:c r="AZ26" s="3" t="n">
+        <x:v>1050</x:v>
+      </x:c>
+      <x:c r="BA26" s="3" t="n">
+        <x:v>1047</x:v>
+      </x:c>
+      <x:c r="BB26" s="3" t="n">
+        <x:v>1020</x:v>
+      </x:c>
+      <x:c r="BC26" s="3" t="n">
+        <x:v>976</x:v>
+      </x:c>
+      <x:c r="BD26" s="3" t="n">
+        <x:v>957</x:v>
+      </x:c>
+      <x:c r="BE26" s="3" t="n">
+        <x:v>955</x:v>
+      </x:c>
+      <x:c r="BF26" s="3" t="n">
+        <x:v>934</x:v>
+      </x:c>
+      <x:c r="BG26" s="3" t="n">
+        <x:v>921</x:v>
+      </x:c>
+      <x:c r="BH26" s="3" t="n">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="BI26" s="3" t="n">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="BJ26" s="3" t="n">
+        <x:v>903</x:v>
+      </x:c>
+      <x:c r="BK26" s="3" t="n">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="BL26" s="3" t="n">
+        <x:v>858</x:v>
+      </x:c>
+      <x:c r="BM26" s="3" t="n">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="BN26" s="3" t="n">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="BO26" s="3" t="n">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="BP26" s="3" t="n">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="BQ26" s="3" t="n">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="BR26" s="3" t="n">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="BS26" s="3" t="n">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="BT26" s="3" t="n">
+        <x:v>875</x:v>
+      </x:c>
+      <x:c r="BU26" s="3" t="n">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="BV26" s="3" t="n">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="BW26" s="3" t="n">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="BX26" s="3" t="n">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="BY26" s="3" t="n">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="BZ26" s="3" t="n">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="CA26" s="3" t="n">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="CB26" s="3" t="n">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="CC26" s="3" t="n">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="CD26" s="3" t="n">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="CE26" s="3" t="n">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="CF26" s="3" t="n">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="CG26" s="3" t="n">
+        <x:v>854</x:v>
+      </x:c>
+      <x:c r="CH26" s="3" t="n">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="CI26" s="3" t="n">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="CJ26" s="3" t="n">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="CK26" s="3" t="n">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="CL26" s="3" t="n">
         <x:v>916</x:v>
       </x:c>
-      <x:c r="AC26" s="3" t="n">
-[...11 lines deleted...]
-      <x:c r="AG26" s="3" t="n">
+      <x:c r="CM26" s="3" t="n">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c r="CN26" s="3" t="n">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="CO26" s="3" t="n">
         <x:v>921</x:v>
       </x:c>
-      <x:c r="AH26" s="3" t="n">
-[...32 lines deleted...]
-      <x:c r="AS26" s="3" t="n">
+      <x:c r="CP26" s="3" t="n">
+        <x:v>918</x:v>
+      </x:c>
+      <x:c r="CQ26" s="3" t="n">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c r="CR26" s="3" t="n">
+        <x:v>930</x:v>
+      </x:c>
+      <x:c r="CS26" s="3" t="n">
         <x:v>939</x:v>
       </x:c>
-      <x:c r="AT26" s="3" t="n">
-[...154 lines deleted...]
-      </x:c>
       <x:c r="CT26" s="3" t="n">
-        <x:v>958</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="CU26" s="3" t="n">
-        <x:v>952</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="CV26" s="3" t="n">
-        <x:v>1027</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="CW26" s="3" t="n">
-        <x:v>995</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="CX26" s="3" t="n">
-        <x:v>977</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="CY26" s="3" t="n">
-        <x:v>808</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="CZ26" s="3" t="n">
-        <x:v>980</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="DA26" s="3" t="n">
-        <x:v>1056</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="DB26" s="3" t="n">
-        <x:v>1032</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="DC26" s="3" t="n">
-        <x:v>1035</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="DD26" s="3" t="n">
-        <x:v>1066</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="DE26" s="3" t="n">
-        <x:v>1107</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="DF26" s="3" t="n">
-        <x:v>1124</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="DG26" s="3" t="n">
-        <x:v>1161</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="DH26" s="3" t="n">
-        <x:v>1166</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="DI26" s="3" t="n">
-        <x:v>1162</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="DJ26" s="3" t="n">
-        <x:v>1174</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="DK26" s="3" t="n">
-        <x:v>1146</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="DL26" s="3" t="n">
-        <x:v>1194</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="DM26" s="3" t="n">
-        <x:v>1178</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="DN26" s="3" t="n">
-        <x:v>1188</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="DO26" s="3" t="n">
-        <x:v>1161</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="DP26" s="3" t="n">
-        <x:v>1192</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="DQ26" s="3" t="n">
-        <x:v>1218</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="DR26" s="3" t="n">
-        <x:v>1230</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="DS26" s="3" t="n">
-        <x:v>1263</x:v>
+        <x:v>1249</x:v>
+      </x:c>
+      <x:c r="DT26" s="3" t="n">
+        <x:v>1211</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:123">
+    <x:row r="27" spans="1:124">
       <x:c r="A27" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>660</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>665</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
         <x:v>668</x:v>
       </x:c>
       <x:c r="E27" s="3" t="n">
         <x:v>687</x:v>
       </x:c>
       <x:c r="F27" s="3" t="n">
         <x:v>672</x:v>
       </x:c>
       <x:c r="G27" s="3" t="n">
         <x:v>686</x:v>
       </x:c>
       <x:c r="H27" s="3" t="n">
         <x:v>706</x:v>
       </x:c>
       <x:c r="I27" s="3" t="n">
         <x:v>725</x:v>
       </x:c>
@@ -9628,347 +9710,350 @@
       <x:c r="R27" s="3" t="n">
         <x:v>774</x:v>
       </x:c>
       <x:c r="S27" s="3" t="n">
         <x:v>762</x:v>
       </x:c>
       <x:c r="T27" s="3" t="n">
         <x:v>759</x:v>
       </x:c>
       <x:c r="U27" s="3" t="n">
         <x:v>763</x:v>
       </x:c>
       <x:c r="V27" s="3" t="n">
         <x:v>776</x:v>
       </x:c>
       <x:c r="W27" s="3" t="n">
         <x:v>775</x:v>
       </x:c>
       <x:c r="X27" s="3" t="n">
         <x:v>775</x:v>
       </x:c>
       <x:c r="Y27" s="3" t="n">
         <x:v>773</x:v>
       </x:c>
       <x:c r="Z27" s="3" t="n">
-        <x:v>798</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="AA27" s="3" t="n">
-        <x:v>831</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="AB27" s="3" t="n">
-        <x:v>847</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="AC27" s="3" t="n">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="AD27" s="3" t="n">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c r="AE27" s="3" t="n">
+        <x:v>884</x:v>
+      </x:c>
+      <x:c r="AF27" s="3" t="n">
+        <x:v>891</x:v>
+      </x:c>
+      <x:c r="AG27" s="3" t="n">
+        <x:v>884</x:v>
+      </x:c>
+      <x:c r="AH27" s="3" t="n">
+        <x:v>878</x:v>
+      </x:c>
+      <x:c r="AI27" s="3" t="n">
         <x:v>864</x:v>
       </x:c>
-      <x:c r="AD27" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="AI27" s="3" t="n">
+      <x:c r="AJ27" s="3" t="n">
         <x:v>873</x:v>
       </x:c>
-      <x:c r="AJ27" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="AK27" s="3" t="n">
-        <x:v>849</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="AL27" s="3" t="n">
-        <x:v>950</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="AM27" s="3" t="n">
-        <x:v>970</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="AN27" s="3" t="n">
-        <x:v>1002</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="AO27" s="3" t="n">
-        <x:v>1037</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="AP27" s="3" t="n">
-        <x:v>1071</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="AQ27" s="3" t="n">
-        <x:v>1118</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="AR27" s="3" t="n">
-        <x:v>1149</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="AS27" s="3" t="n">
-        <x:v>1169</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="AT27" s="3" t="n">
-        <x:v>1535</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="AU27" s="3" t="n">
-        <x:v>1592</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="AV27" s="3" t="n">
-        <x:v>1651</x:v>
+        <x:v>1602</x:v>
       </x:c>
       <x:c r="AW27" s="3" t="n">
-        <x:v>1744</x:v>
+        <x:v>1688</x:v>
       </x:c>
       <x:c r="AX27" s="3" t="n">
-        <x:v>1891</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="AY27" s="3" t="n">
-        <x:v>1957</x:v>
+        <x:v>1885</x:v>
       </x:c>
       <x:c r="AZ27" s="3" t="n">
-        <x:v>2027</x:v>
+        <x:v>1953</x:v>
       </x:c>
       <x:c r="BA27" s="3" t="n">
-        <x:v>2116</x:v>
+        <x:v>2042</x:v>
       </x:c>
       <x:c r="BB27" s="3" t="n">
-        <x:v>2116</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="BC27" s="3" t="n">
-        <x:v>2175</x:v>
+        <x:v>2110</x:v>
       </x:c>
       <x:c r="BD27" s="3" t="n">
-        <x:v>2292</x:v>
+        <x:v>2224</x:v>
       </x:c>
       <x:c r="BE27" s="3" t="n">
-        <x:v>2271</x:v>
+        <x:v>2201</x:v>
       </x:c>
       <x:c r="BF27" s="3" t="n">
+        <x:v>2099</x:v>
+      </x:c>
+      <x:c r="BG27" s="3" t="n">
+        <x:v>2057</x:v>
+      </x:c>
+      <x:c r="BH27" s="3" t="n">
+        <x:v>1996</x:v>
+      </x:c>
+      <x:c r="BI27" s="3" t="n">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="BJ27" s="3" t="n">
+        <x:v>2097</x:v>
+      </x:c>
+      <x:c r="BK27" s="3" t="n">
+        <x:v>2153</x:v>
+      </x:c>
+      <x:c r="BL27" s="3" t="n">
+        <x:v>2088</x:v>
+      </x:c>
+      <x:c r="BM27" s="3" t="n">
+        <x:v>2133</x:v>
+      </x:c>
+      <x:c r="BN27" s="3" t="n">
+        <x:v>2172</x:v>
+      </x:c>
+      <x:c r="BO27" s="3" t="n">
         <x:v>2173</x:v>
       </x:c>
-      <x:c r="BG27" s="3" t="n">
-[...20 lines deleted...]
-      <x:c r="BN27" s="3" t="n">
+      <x:c r="BP27" s="3" t="n">
+        <x:v>2211</x:v>
+      </x:c>
+      <x:c r="BQ27" s="3" t="n">
         <x:v>2248</x:v>
       </x:c>
-      <x:c r="BO27" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="BR27" s="3" t="n">
-        <x:v>2353</x:v>
+        <x:v>2274</x:v>
       </x:c>
       <x:c r="BS27" s="3" t="n">
-        <x:v>2439</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="BT27" s="3" t="n">
-        <x:v>2566</x:v>
+        <x:v>2480</x:v>
       </x:c>
       <x:c r="BU27" s="3" t="n">
-        <x:v>2605</x:v>
+        <x:v>2518</x:v>
       </x:c>
       <x:c r="BV27" s="3" t="n">
-        <x:v>2708</x:v>
+        <x:v>2619</x:v>
       </x:c>
       <x:c r="BW27" s="3" t="n">
-        <x:v>2738</x:v>
+        <x:v>2647</x:v>
       </x:c>
       <x:c r="BX27" s="3" t="n">
-        <x:v>2761</x:v>
+        <x:v>2669</x:v>
       </x:c>
       <x:c r="BY27" s="3" t="n">
-        <x:v>2900</x:v>
+        <x:v>2803</x:v>
       </x:c>
       <x:c r="BZ27" s="3" t="n">
+        <x:v>2834</x:v>
+      </x:c>
+      <x:c r="CA27" s="3" t="n">
+        <x:v>2813</x:v>
+      </x:c>
+      <x:c r="CB27" s="3" t="n">
+        <x:v>2802</x:v>
+      </x:c>
+      <x:c r="CC27" s="3" t="n">
+        <x:v>2730</x:v>
+      </x:c>
+      <x:c r="CD27" s="3" t="n">
+        <x:v>2918</x:v>
+      </x:c>
+      <x:c r="CE27" s="3" t="n">
+        <x:v>2875</x:v>
+      </x:c>
+      <x:c r="CF27" s="3" t="n">
+        <x:v>2831</x:v>
+      </x:c>
+      <x:c r="CG27" s="3" t="n">
+        <x:v>2759</x:v>
+      </x:c>
+      <x:c r="CH27" s="3" t="n">
+        <x:v>2808</x:v>
+      </x:c>
+      <x:c r="CI27" s="3" t="n">
+        <x:v>2666</x:v>
+      </x:c>
+      <x:c r="CJ27" s="3" t="n">
+        <x:v>2647</x:v>
+      </x:c>
+      <x:c r="CK27" s="3" t="n">
+        <x:v>2668</x:v>
+      </x:c>
+      <x:c r="CL27" s="3" t="n">
+        <x:v>2652</x:v>
+      </x:c>
+      <x:c r="CM27" s="3" t="n">
+        <x:v>2734</x:v>
+      </x:c>
+      <x:c r="CN27" s="3" t="n">
+        <x:v>2735</x:v>
+      </x:c>
+      <x:c r="CO27" s="3" t="n">
+        <x:v>2740</x:v>
+      </x:c>
+      <x:c r="CP27" s="3" t="n">
+        <x:v>2776</x:v>
+      </x:c>
+      <x:c r="CQ27" s="3" t="n">
+        <x:v>2746</x:v>
+      </x:c>
+      <x:c r="CR27" s="3" t="n">
+        <x:v>2831</x:v>
+      </x:c>
+      <x:c r="CS27" s="3" t="n">
+        <x:v>2905</x:v>
+      </x:c>
+      <x:c r="CT27" s="3" t="n">
+        <x:v>2945</x:v>
+      </x:c>
+      <x:c r="CU27" s="3" t="n">
+        <x:v>3082</x:v>
+      </x:c>
+      <x:c r="CV27" s="3" t="n">
+        <x:v>3086</x:v>
+      </x:c>
+      <x:c r="CW27" s="3" t="n">
+        <x:v>3115</x:v>
+      </x:c>
+      <x:c r="CX27" s="3" t="n">
+        <x:v>3111</x:v>
+      </x:c>
+      <x:c r="CY27" s="3" t="n">
+        <x:v>2841</x:v>
+      </x:c>
+      <x:c r="CZ27" s="3" t="n">
         <x:v>2934</x:v>
       </x:c>
-      <x:c r="CA27" s="3" t="n">
-[...74 lines deleted...]
-      <x:c r="CZ27" s="3" t="n">
+      <x:c r="DA27" s="3" t="n">
+        <x:v>3042</x:v>
+      </x:c>
+      <x:c r="DB27" s="3" t="n">
         <x:v>3027</x:v>
       </x:c>
-      <x:c r="DA27" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="DC27" s="3" t="n">
-        <x:v>3148</x:v>
+        <x:v>3042</x:v>
       </x:c>
       <x:c r="DD27" s="3" t="n">
-        <x:v>3225</x:v>
+        <x:v>3124</x:v>
       </x:c>
       <x:c r="DE27" s="3" t="n">
-        <x:v>3348</x:v>
+        <x:v>3259</x:v>
       </x:c>
       <x:c r="DF27" s="3" t="n">
-        <x:v>3322</x:v>
+        <x:v>3257</x:v>
       </x:c>
       <x:c r="DG27" s="3" t="n">
-        <x:v>3358</x:v>
+        <x:v>3319</x:v>
       </x:c>
       <x:c r="DH27" s="3" t="n">
-        <x:v>3439</x:v>
+        <x:v>3381</x:v>
       </x:c>
       <x:c r="DI27" s="3" t="n">
-        <x:v>3548</x:v>
+        <x:v>3499</x:v>
       </x:c>
       <x:c r="DJ27" s="3" t="n">
-        <x:v>3661</x:v>
+        <x:v>3603</x:v>
       </x:c>
       <x:c r="DK27" s="3" t="n">
-        <x:v>3725</x:v>
+        <x:v>3646</x:v>
       </x:c>
       <x:c r="DL27" s="3" t="n">
-        <x:v>3868</x:v>
+        <x:v>3785</x:v>
       </x:c>
       <x:c r="DM27" s="3" t="n">
-        <x:v>3994</x:v>
+        <x:v>3896</x:v>
       </x:c>
       <x:c r="DN27" s="3" t="n">
-        <x:v>4108</x:v>
+        <x:v>3996</x:v>
       </x:c>
       <x:c r="DO27" s="3" t="n">
-        <x:v>4203</x:v>
+        <x:v>4074</x:v>
       </x:c>
       <x:c r="DP27" s="3" t="n">
-        <x:v>4263</x:v>
+        <x:v>4153</x:v>
       </x:c>
       <x:c r="DQ27" s="3" t="n">
-        <x:v>4384</x:v>
+        <x:v>4243</x:v>
       </x:c>
       <x:c r="DR27" s="3" t="n">
-        <x:v>4422</x:v>
+        <x:v>4290</x:v>
       </x:c>
       <x:c r="DS27" s="3" t="n">
-        <x:v>4603</x:v>
+        <x:v>4443</x:v>
+      </x:c>
+      <x:c r="DT27" s="3" t="n">
+        <x:v>4364</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:123">
+    <x:row r="28" spans="1:124">
       <x:c r="A28" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>1131</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
         <x:v>1168</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
         <x:v>1133</x:v>
       </x:c>
       <x:c r="E28" s="3" t="n">
         <x:v>1122</x:v>
       </x:c>
       <x:c r="F28" s="3" t="n">
         <x:v>1143</x:v>
       </x:c>
       <x:c r="G28" s="3" t="n">
         <x:v>1167</x:v>
       </x:c>
       <x:c r="H28" s="3" t="n">
         <x:v>1169</x:v>
       </x:c>
       <x:c r="I28" s="3" t="n">
         <x:v>1154</x:v>
       </x:c>
@@ -9996,350 +10081,353 @@
       <x:c r="Q28" s="3" t="n">
         <x:v>1244</x:v>
       </x:c>
       <x:c r="R28" s="3" t="n">
         <x:v>1203</x:v>
       </x:c>
       <x:c r="S28" s="3" t="n">
         <x:v>1204</x:v>
       </x:c>
       <x:c r="T28" s="3" t="n">
         <x:v>1171</x:v>
       </x:c>
       <x:c r="U28" s="3" t="n">
         <x:v>1186</x:v>
       </x:c>
       <x:c r="V28" s="3" t="n">
         <x:v>1224</x:v>
       </x:c>
       <x:c r="W28" s="3" t="n">
         <x:v>1240</x:v>
       </x:c>
       <x:c r="X28" s="3" t="n">
         <x:v>1201</x:v>
       </x:c>
       <x:c r="Y28" s="3" t="n">
-        <x:v>1242</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="Z28" s="3" t="n">
         <x:v>1263</x:v>
       </x:c>
       <x:c r="AA28" s="3" t="n">
         <x:v>1248</x:v>
       </x:c>
       <x:c r="AB28" s="3" t="n">
         <x:v>1257</x:v>
       </x:c>
       <x:c r="AC28" s="3" t="n">
-        <x:v>1244</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="AD28" s="3" t="n">
-        <x:v>1249</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="AE28" s="3" t="n">
-        <x:v>1255</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="AF28" s="3" t="n">
-        <x:v>1295</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="AG28" s="3" t="n">
-        <x:v>1272</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="AH28" s="3" t="n">
-        <x:v>1347</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="AI28" s="3" t="n">
-        <x:v>1345</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="AJ28" s="3" t="n">
-        <x:v>1382</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="AK28" s="3" t="n">
-        <x:v>1379</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="AL28" s="3" t="n">
-        <x:v>1403</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="AM28" s="3" t="n">
-        <x:v>1427</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="AN28" s="3" t="n">
-        <x:v>1437</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="AO28" s="3" t="n">
-        <x:v>1472</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="AP28" s="3" t="n">
-        <x:v>1512</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="AQ28" s="3" t="n">
-        <x:v>1514</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="AR28" s="3" t="n">
-        <x:v>1502</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="AS28" s="3" t="n">
-        <x:v>1500</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="AT28" s="3" t="n">
-        <x:v>1554</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="AU28" s="3" t="n">
-        <x:v>1599</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="AV28" s="3" t="n">
-        <x:v>1562</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="AW28" s="3" t="n">
-        <x:v>1575</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="AX28" s="3" t="n">
-        <x:v>1891</x:v>
+        <x:v>1881</x:v>
       </x:c>
       <x:c r="AY28" s="3" t="n">
-        <x:v>1925</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="AZ28" s="3" t="n">
-        <x:v>1883</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="BA28" s="3" t="n">
-        <x:v>1425</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="BB28" s="3" t="n">
-        <x:v>1933</x:v>
+        <x:v>1921</x:v>
       </x:c>
       <x:c r="BC28" s="3" t="n">
-        <x:v>1940</x:v>
+        <x:v>1927</x:v>
       </x:c>
       <x:c r="BD28" s="3" t="n">
-        <x:v>2067</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="BE28" s="3" t="n">
-        <x:v>2082</x:v>
+        <x:v>2068</x:v>
       </x:c>
       <x:c r="BF28" s="3" t="n">
-        <x:v>1991</x:v>
+        <x:v>1978</x:v>
       </x:c>
       <x:c r="BG28" s="3" t="n">
-        <x:v>1975</x:v>
+        <x:v>1962</x:v>
       </x:c>
       <x:c r="BH28" s="3" t="n">
-        <x:v>1995</x:v>
+        <x:v>1982</x:v>
       </x:c>
       <x:c r="BI28" s="3" t="n">
-        <x:v>1990</x:v>
+        <x:v>1977</x:v>
       </x:c>
       <x:c r="BJ28" s="3" t="n">
-        <x:v>1939</x:v>
+        <x:v>1927</x:v>
       </x:c>
       <x:c r="BK28" s="3" t="n">
-        <x:v>1989</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="BL28" s="3" t="n">
-        <x:v>1982</x:v>
+        <x:v>1969</x:v>
       </x:c>
       <x:c r="BM28" s="3" t="n">
-        <x:v>2042</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="BN28" s="3" t="n">
-        <x:v>2116</x:v>
+        <x:v>2102</x:v>
       </x:c>
       <x:c r="BO28" s="3" t="n">
-        <x:v>2114</x:v>
+        <x:v>2099</x:v>
       </x:c>
       <x:c r="BP28" s="3" t="n">
-        <x:v>2143</x:v>
+        <x:v>2128</x:v>
       </x:c>
       <x:c r="BQ28" s="3" t="n">
-        <x:v>2155</x:v>
+        <x:v>2140</x:v>
       </x:c>
       <x:c r="BR28" s="3" t="n">
-        <x:v>2251</x:v>
+        <x:v>2235</x:v>
       </x:c>
       <x:c r="BS28" s="3" t="n">
-        <x:v>2266</x:v>
+        <x:v>2250</x:v>
       </x:c>
       <x:c r="BT28" s="3" t="n">
-        <x:v>2272</x:v>
+        <x:v>2256</x:v>
       </x:c>
       <x:c r="BU28" s="3" t="n">
-        <x:v>2280</x:v>
+        <x:v>2264</x:v>
       </x:c>
       <x:c r="BV28" s="3" t="n">
-        <x:v>2294</x:v>
+        <x:v>2278</x:v>
       </x:c>
       <x:c r="BW28" s="3" t="n">
-        <x:v>2304</x:v>
+        <x:v>2289</x:v>
       </x:c>
       <x:c r="BX28" s="3" t="n">
-        <x:v>2375</x:v>
+        <x:v>2359</x:v>
       </x:c>
       <x:c r="BY28" s="3" t="n">
-        <x:v>2435</x:v>
+        <x:v>2418</x:v>
       </x:c>
       <x:c r="BZ28" s="3" t="n">
-        <x:v>2472</x:v>
+        <x:v>2455</x:v>
       </x:c>
       <x:c r="CA28" s="3" t="n">
-        <x:v>2534</x:v>
+        <x:v>2517</x:v>
       </x:c>
       <x:c r="CB28" s="3" t="n">
+        <x:v>2465</x:v>
+      </x:c>
+      <x:c r="CC28" s="3" t="n">
         <x:v>2482</x:v>
       </x:c>
-      <x:c r="CC28" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="CD28" s="3" t="n">
-        <x:v>2601</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="CE28" s="3" t="n">
-        <x:v>2572</x:v>
+        <x:v>2554</x:v>
       </x:c>
       <x:c r="CF28" s="3" t="n">
-        <x:v>2660</x:v>
+        <x:v>2642</x:v>
       </x:c>
       <x:c r="CG28" s="3" t="n">
-        <x:v>2696</x:v>
+        <x:v>2678</x:v>
       </x:c>
       <x:c r="CH28" s="3" t="n">
-        <x:v>2693</x:v>
+        <x:v>2673</x:v>
       </x:c>
       <x:c r="CI28" s="3" t="n">
-        <x:v>2720</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="CJ28" s="3" t="n">
-        <x:v>2748</x:v>
+        <x:v>2727</x:v>
       </x:c>
       <x:c r="CK28" s="3" t="n">
-        <x:v>2780</x:v>
+        <x:v>2760</x:v>
       </x:c>
       <x:c r="CL28" s="3" t="n">
-        <x:v>2814</x:v>
+        <x:v>2793</x:v>
       </x:c>
       <x:c r="CM28" s="3" t="n">
-        <x:v>2846</x:v>
+        <x:v>2825</x:v>
       </x:c>
       <x:c r="CN28" s="3" t="n">
-        <x:v>2863</x:v>
+        <x:v>2841</x:v>
       </x:c>
       <x:c r="CO28" s="3" t="n">
-        <x:v>2859</x:v>
+        <x:v>2838</x:v>
       </x:c>
       <x:c r="CP28" s="3" t="n">
-        <x:v>2926</x:v>
+        <x:v>2904</x:v>
       </x:c>
       <x:c r="CQ28" s="3" t="n">
-        <x:v>2927</x:v>
+        <x:v>2905</x:v>
       </x:c>
       <x:c r="CR28" s="3" t="n">
-        <x:v>2939</x:v>
+        <x:v>2917</x:v>
       </x:c>
       <x:c r="CS28" s="3" t="n">
-        <x:v>2980</x:v>
+        <x:v>2958</x:v>
       </x:c>
       <x:c r="CT28" s="3" t="n">
-        <x:v>3000</x:v>
+        <x:v>2978</x:v>
       </x:c>
       <x:c r="CU28" s="3" t="n">
-        <x:v>3048</x:v>
+        <x:v>3025</x:v>
       </x:c>
       <x:c r="CV28" s="3" t="n">
-        <x:v>3097</x:v>
+        <x:v>3073</x:v>
       </x:c>
       <x:c r="CW28" s="3" t="n">
-        <x:v>3165</x:v>
+        <x:v>3141</x:v>
       </x:c>
       <x:c r="CX28" s="3" t="n">
-        <x:v>3229</x:v>
+        <x:v>3205</x:v>
       </x:c>
       <x:c r="CY28" s="3" t="n">
-        <x:v>3142</x:v>
+        <x:v>3118</x:v>
       </x:c>
       <x:c r="CZ28" s="3" t="n">
-        <x:v>3232</x:v>
+        <x:v>3209</x:v>
       </x:c>
       <x:c r="DA28" s="3" t="n">
-        <x:v>3301</x:v>
+        <x:v>3278</x:v>
       </x:c>
       <x:c r="DB28" s="3" t="n">
-        <x:v>3436</x:v>
+        <x:v>3414</x:v>
       </x:c>
       <x:c r="DC28" s="3" t="n">
-        <x:v>3383</x:v>
+        <x:v>3361</x:v>
       </x:c>
       <x:c r="DD28" s="3" t="n">
-        <x:v>3485</x:v>
+        <x:v>3461</x:v>
       </x:c>
       <x:c r="DE28" s="3" t="n">
-        <x:v>3517</x:v>
+        <x:v>3487</x:v>
       </x:c>
       <x:c r="DF28" s="3" t="n">
-        <x:v>3556</x:v>
+        <x:v>3531</x:v>
       </x:c>
       <x:c r="DG28" s="3" t="n">
-        <x:v>3716</x:v>
+        <x:v>3690</x:v>
       </x:c>
       <x:c r="DH28" s="3" t="n">
-        <x:v>3716</x:v>
+        <x:v>3631</x:v>
       </x:c>
       <x:c r="DI28" s="3" t="n">
-        <x:v>3848</x:v>
+        <x:v>3820</x:v>
       </x:c>
       <x:c r="DJ28" s="3" t="n">
-        <x:v>3934</x:v>
+        <x:v>3896</x:v>
       </x:c>
       <x:c r="DK28" s="3" t="n">
-        <x:v>4002</x:v>
+        <x:v>3965</x:v>
       </x:c>
       <x:c r="DL28" s="3" t="n">
-        <x:v>4198</x:v>
+        <x:v>4197</x:v>
       </x:c>
       <x:c r="DM28" s="3" t="n">
-        <x:v>4213</x:v>
+        <x:v>4194</x:v>
       </x:c>
       <x:c r="DN28" s="3" t="n">
-        <x:v>4354</x:v>
+        <x:v>4331</x:v>
       </x:c>
       <x:c r="DO28" s="3" t="n">
-        <x:v>4376</x:v>
+        <x:v>4337</x:v>
       </x:c>
       <x:c r="DP28" s="3" t="n">
-        <x:v>4407</x:v>
+        <x:v>4430</x:v>
       </x:c>
       <x:c r="DQ28" s="3" t="n">
-        <x:v>4627</x:v>
+        <x:v>4639</x:v>
       </x:c>
       <x:c r="DR28" s="3" t="n">
-        <x:v>4681</x:v>
+        <x:v>4680</x:v>
       </x:c>
       <x:c r="DS28" s="3" t="n">
-        <x:v>4844</x:v>
+        <x:v>4832</x:v>
+      </x:c>
+      <x:c r="DT28" s="3" t="n">
+        <x:v>4800</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:123">
+    <x:row r="29" spans="1:124">
       <x:c r="A29" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>339</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
         <x:v>346</x:v>
       </x:c>
       <x:c r="E29" s="3" t="n">
         <x:v>352</x:v>
       </x:c>
       <x:c r="F29" s="3" t="n">
         <x:v>337</x:v>
       </x:c>
       <x:c r="G29" s="3" t="n">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H29" s="3" t="n">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I29" s="3" t="n">
         <x:v>365</x:v>
       </x:c>
@@ -10370,347 +10458,350 @@
       <x:c r="R29" s="3" t="n">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S29" s="3" t="n">
         <x:v>486</x:v>
       </x:c>
       <x:c r="T29" s="3" t="n">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U29" s="3" t="n">
         <x:v>502</x:v>
       </x:c>
       <x:c r="V29" s="3" t="n">
         <x:v>535</x:v>
       </x:c>
       <x:c r="W29" s="3" t="n">
         <x:v>554</x:v>
       </x:c>
       <x:c r="X29" s="3" t="n">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Y29" s="3" t="n">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Z29" s="3" t="n">
-        <x:v>556</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="AA29" s="3" t="n">
         <x:v>568</x:v>
       </x:c>
       <x:c r="AB29" s="3" t="n">
         <x:v>579</x:v>
       </x:c>
       <x:c r="AC29" s="3" t="n">
         <x:v>592</x:v>
       </x:c>
       <x:c r="AD29" s="3" t="n">
-        <x:v>594</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="AE29" s="3" t="n">
         <x:v>619</x:v>
       </x:c>
       <x:c r="AF29" s="3" t="n">
-        <x:v>632</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="AG29" s="3" t="n">
-        <x:v>645</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="AH29" s="3" t="n">
-        <x:v>650</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="AI29" s="3" t="n">
-        <x:v>668</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="AJ29" s="3" t="n">
-        <x:v>686</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="AK29" s="3" t="n">
-        <x:v>706</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="AL29" s="3" t="n">
-        <x:v>811</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="AM29" s="3" t="n">
-        <x:v>825</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="AN29" s="3" t="n">
-        <x:v>864</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="AO29" s="3" t="n">
-        <x:v>882</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="AP29" s="3" t="n">
-        <x:v>904</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="AQ29" s="3" t="n">
-        <x:v>919</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="AR29" s="3" t="n">
-        <x:v>932</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="AS29" s="3" t="n">
-        <x:v>962</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="AT29" s="3" t="n">
-        <x:v>972</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="AU29" s="3" t="n">
-        <x:v>1011</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="AV29" s="3" t="n">
-        <x:v>1046</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="AW29" s="3" t="n">
-        <x:v>1063</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="AX29" s="3" t="n">
-        <x:v>1145</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="AY29" s="3" t="n">
-        <x:v>1186</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="AZ29" s="3" t="n">
-        <x:v>1242</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="BA29" s="3" t="n">
-        <x:v>1232</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="BB29" s="3" t="n">
-        <x:v>1291</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="BC29" s="3" t="n">
-        <x:v>1340</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="BD29" s="3" t="n">
-        <x:v>1382</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="BE29" s="3" t="n">
-        <x:v>1423</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="BF29" s="3" t="n">
-        <x:v>1327</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="BG29" s="3" t="n">
-        <x:v>1354</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="BH29" s="3" t="n">
-        <x:v>1396</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="BI29" s="3" t="n">
-        <x:v>1433</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="BJ29" s="3" t="n">
-        <x:v>1393</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="BK29" s="3" t="n">
-        <x:v>1424</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="BL29" s="3" t="n">
-        <x:v>1460</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="BM29" s="3" t="n">
-        <x:v>1488</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="BN29" s="3" t="n">
-        <x:v>1526</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="BO29" s="3" t="n">
-        <x:v>1552</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="BP29" s="3" t="n">
-        <x:v>1497</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="BQ29" s="3" t="n">
-        <x:v>1531</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="BR29" s="3" t="n">
-        <x:v>1553</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="BS29" s="3" t="n">
-        <x:v>1582</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="BT29" s="3" t="n">
-        <x:v>1600</x:v>
+        <x:v>1579</x:v>
       </x:c>
       <x:c r="BU29" s="3" t="n">
-        <x:v>1607</x:v>
+        <x:v>1586</x:v>
       </x:c>
       <x:c r="BV29" s="3" t="n">
-        <x:v>1633</x:v>
+        <x:v>1611</x:v>
       </x:c>
       <x:c r="BW29" s="3" t="n">
-        <x:v>1682</x:v>
+        <x:v>1660</x:v>
       </x:c>
       <x:c r="BX29" s="3" t="n">
-        <x:v>1690</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="BY29" s="3" t="n">
-        <x:v>1730</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="BZ29" s="3" t="n">
-        <x:v>1725</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="CA29" s="3" t="n">
-        <x:v>1770</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="CB29" s="3" t="n">
-        <x:v>1809</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="CC29" s="3" t="n">
-        <x:v>1856</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="CD29" s="3" t="n">
-        <x:v>1881</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="CE29" s="3" t="n">
-        <x:v>1850</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="CF29" s="3" t="n">
-        <x:v>1906</x:v>
+        <x:v>1882</x:v>
       </x:c>
       <x:c r="CG29" s="3" t="n">
-        <x:v>1919</x:v>
+        <x:v>1896</x:v>
       </x:c>
       <x:c r="CH29" s="3" t="n">
-        <x:v>1955</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="CI29" s="3" t="n">
-        <x:v>1986</x:v>
+        <x:v>1963</x:v>
       </x:c>
       <x:c r="CJ29" s="3" t="n">
-        <x:v>2007</x:v>
+        <x:v>1984</x:v>
       </x:c>
       <x:c r="CK29" s="3" t="n">
-        <x:v>2020</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="CL29" s="3" t="n">
-        <x:v>2063</x:v>
+        <x:v>2039</x:v>
       </x:c>
       <x:c r="CM29" s="3" t="n">
-        <x:v>2080</x:v>
+        <x:v>2057</x:v>
       </x:c>
       <x:c r="CN29" s="3" t="n">
-        <x:v>2081</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="CO29" s="3" t="n">
-        <x:v>2151</x:v>
+        <x:v>2127</x:v>
       </x:c>
       <x:c r="CP29" s="3" t="n">
-        <x:v>2206</x:v>
+        <x:v>2182</x:v>
       </x:c>
       <x:c r="CQ29" s="3" t="n">
-        <x:v>2208</x:v>
+        <x:v>2184</x:v>
       </x:c>
       <x:c r="CR29" s="3" t="n">
-        <x:v>2224</x:v>
+        <x:v>2201</x:v>
       </x:c>
       <x:c r="CS29" s="3" t="n">
-        <x:v>2286</x:v>
+        <x:v>2262</x:v>
       </x:c>
       <x:c r="CT29" s="3" t="n">
-        <x:v>2309</x:v>
+        <x:v>2284</x:v>
       </x:c>
       <x:c r="CU29" s="3" t="n">
-        <x:v>2348</x:v>
+        <x:v>2323</x:v>
       </x:c>
       <x:c r="CV29" s="3" t="n">
-        <x:v>2392</x:v>
+        <x:v>2366</x:v>
       </x:c>
       <x:c r="CW29" s="3" t="n">
-        <x:v>2426</x:v>
+        <x:v>2400</x:v>
       </x:c>
       <x:c r="CX29" s="3" t="n">
-        <x:v>2478</x:v>
+        <x:v>2451</x:v>
       </x:c>
       <x:c r="CY29" s="3" t="n">
-        <x:v>2425</x:v>
+        <x:v>2399</x:v>
       </x:c>
       <x:c r="CZ29" s="3" t="n">
-        <x:v>2474</x:v>
+        <x:v>2448</x:v>
       </x:c>
       <x:c r="DA29" s="3" t="n">
-        <x:v>2532</x:v>
+        <x:v>2506</x:v>
       </x:c>
       <x:c r="DB29" s="3" t="n">
-        <x:v>2587</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="DC29" s="3" t="n">
-        <x:v>2582</x:v>
+        <x:v>2558</x:v>
       </x:c>
       <x:c r="DD29" s="3" t="n">
-        <x:v>2617</x:v>
+        <x:v>2591</x:v>
       </x:c>
       <x:c r="DE29" s="3" t="n">
-        <x:v>2690</x:v>
+        <x:v>2658</x:v>
       </x:c>
       <x:c r="DF29" s="3" t="n">
-        <x:v>2707</x:v>
+        <x:v>2647</x:v>
       </x:c>
       <x:c r="DG29" s="3" t="n">
-        <x:v>2784</x:v>
+        <x:v>2760</x:v>
       </x:c>
       <x:c r="DH29" s="3" t="n">
-        <x:v>2811</x:v>
+        <x:v>2767</x:v>
       </x:c>
       <x:c r="DI29" s="3" t="n">
-        <x:v>2907</x:v>
+        <x:v>2861</x:v>
       </x:c>
       <x:c r="DJ29" s="3" t="n">
-        <x:v>2981</x:v>
+        <x:v>2942</x:v>
       </x:c>
       <x:c r="DK29" s="3" t="n">
-        <x:v>2972</x:v>
+        <x:v>2932</x:v>
       </x:c>
       <x:c r="DL29" s="3" t="n">
-        <x:v>3079</x:v>
+        <x:v>3052</x:v>
       </x:c>
       <x:c r="DM29" s="3" t="n">
-        <x:v>3153</x:v>
+        <x:v>3116</x:v>
       </x:c>
       <x:c r="DN29" s="3" t="n">
-        <x:v>3250</x:v>
+        <x:v>3224</x:v>
       </x:c>
       <x:c r="DO29" s="3" t="n">
-        <x:v>3253</x:v>
+        <x:v>3229</x:v>
       </x:c>
       <x:c r="DP29" s="3" t="n">
-        <x:v>3321</x:v>
+        <x:v>3299</x:v>
       </x:c>
       <x:c r="DQ29" s="3" t="n">
-        <x:v>3376</x:v>
+        <x:v>3362</x:v>
       </x:c>
       <x:c r="DR29" s="3" t="n">
-        <x:v>3442</x:v>
+        <x:v>3431</x:v>
       </x:c>
       <x:c r="DS29" s="3" t="n">
-        <x:v>3550</x:v>
+        <x:v>3535</x:v>
+      </x:c>
+      <x:c r="DT29" s="3" t="n">
+        <x:v>3551</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:123">
+    <x:row r="30" spans="1:124">
       <x:c r="A30" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>4491</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
         <x:v>4585</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
         <x:v>4674</x:v>
       </x:c>
       <x:c r="E30" s="3" t="n">
         <x:v>4744</x:v>
       </x:c>
       <x:c r="F30" s="3" t="n">
         <x:v>4994</x:v>
       </x:c>
       <x:c r="G30" s="3" t="n">
         <x:v>5096</x:v>
       </x:c>
       <x:c r="H30" s="3" t="n">
         <x:v>5246</x:v>
       </x:c>
       <x:c r="I30" s="3" t="n">
         <x:v>5502</x:v>
       </x:c>
@@ -10738,721 +10829,727 @@
       <x:c r="Q30" s="3" t="n">
         <x:v>7532</x:v>
       </x:c>
       <x:c r="R30" s="3" t="n">
         <x:v>7764</x:v>
       </x:c>
       <x:c r="S30" s="3" t="n">
         <x:v>7896</x:v>
       </x:c>
       <x:c r="T30" s="3" t="n">
         <x:v>7880</x:v>
       </x:c>
       <x:c r="U30" s="3" t="n">
         <x:v>8082</x:v>
       </x:c>
       <x:c r="V30" s="3" t="n">
         <x:v>7834</x:v>
       </x:c>
       <x:c r="W30" s="3" t="n">
         <x:v>8095</x:v>
       </x:c>
       <x:c r="X30" s="3" t="n">
         <x:v>8297</x:v>
       </x:c>
       <x:c r="Y30" s="3" t="n">
-        <x:v>8421</x:v>
+        <x:v>8420</x:v>
       </x:c>
       <x:c r="Z30" s="3" t="n">
-        <x:v>8485</x:v>
+        <x:v>8483</x:v>
       </x:c>
       <x:c r="AA30" s="3" t="n">
-        <x:v>8758</x:v>
+        <x:v>8753</x:v>
       </x:c>
       <x:c r="AB30" s="3" t="n">
-        <x:v>8772</x:v>
+        <x:v>8764</x:v>
       </x:c>
       <x:c r="AC30" s="3" t="n">
-        <x:v>9024</x:v>
+        <x:v>9013</x:v>
       </x:c>
       <x:c r="AD30" s="3" t="n">
-        <x:v>9164</x:v>
+        <x:v>9148</x:v>
       </x:c>
       <x:c r="AE30" s="3" t="n">
-        <x:v>9237</x:v>
+        <x:v>9218</x:v>
       </x:c>
       <x:c r="AF30" s="3" t="n">
-        <x:v>9549</x:v>
+        <x:v>9526</x:v>
       </x:c>
       <x:c r="AG30" s="3" t="n">
-        <x:v>9661</x:v>
+        <x:v>9634</x:v>
       </x:c>
       <x:c r="AH30" s="3" t="n">
-        <x:v>9988</x:v>
+        <x:v>9958</x:v>
       </x:c>
       <x:c r="AI30" s="3" t="n">
-        <x:v>10008</x:v>
+        <x:v>9975</x:v>
       </x:c>
       <x:c r="AJ30" s="3" t="n">
-        <x:v>10200</x:v>
+        <x:v>10161</x:v>
       </x:c>
       <x:c r="AK30" s="3" t="n">
-        <x:v>10348</x:v>
+        <x:v>10303</x:v>
       </x:c>
       <x:c r="AL30" s="3" t="n">
-        <x:v>10321</x:v>
+        <x:v>10271</x:v>
       </x:c>
       <x:c r="AM30" s="3" t="n">
-        <x:v>10671</x:v>
+        <x:v>10613</x:v>
       </x:c>
       <x:c r="AN30" s="3" t="n">
-        <x:v>10822</x:v>
+        <x:v>10757</x:v>
       </x:c>
       <x:c r="AO30" s="3" t="n">
-        <x:v>11159</x:v>
+        <x:v>11085</x:v>
       </x:c>
       <x:c r="AP30" s="3" t="n">
-        <x:v>11310</x:v>
+        <x:v>11229</x:v>
       </x:c>
       <x:c r="AQ30" s="3" t="n">
-        <x:v>11567</x:v>
+        <x:v>11478</x:v>
       </x:c>
       <x:c r="AR30" s="3" t="n">
-        <x:v>11840</x:v>
+        <x:v>11742</x:v>
       </x:c>
       <x:c r="AS30" s="3" t="n">
-        <x:v>12097</x:v>
+        <x:v>11990</x:v>
       </x:c>
       <x:c r="AT30" s="3" t="n">
-        <x:v>12492</x:v>
+        <x:v>12373</x:v>
       </x:c>
       <x:c r="AU30" s="3" t="n">
-        <x:v>12948</x:v>
+        <x:v>12817</x:v>
       </x:c>
       <x:c r="AV30" s="3" t="n">
-        <x:v>13401</x:v>
+        <x:v>13259</x:v>
       </x:c>
       <x:c r="AW30" s="3" t="n">
-        <x:v>13891</x:v>
+        <x:v>13736</x:v>
       </x:c>
       <x:c r="AX30" s="3" t="n">
-        <x:v>14455</x:v>
+        <x:v>14289</x:v>
       </x:c>
       <x:c r="AY30" s="3" t="n">
-        <x:v>15038</x:v>
+        <x:v>14856</x:v>
       </x:c>
       <x:c r="AZ30" s="3" t="n">
-        <x:v>15624</x:v>
+        <x:v>15423</x:v>
       </x:c>
       <x:c r="BA30" s="3" t="n">
-        <x:v>16067</x:v>
+        <x:v>15844</x:v>
       </x:c>
       <x:c r="BB30" s="3" t="n">
-        <x:v>17018</x:v>
+        <x:v>16760</x:v>
       </x:c>
       <x:c r="BC30" s="3" t="n">
-        <x:v>17614</x:v>
+        <x:v>17332</x:v>
       </x:c>
       <x:c r="BD30" s="3" t="n">
-        <x:v>16604</x:v>
+        <x:v>16331</x:v>
       </x:c>
       <x:c r="BE30" s="3" t="n">
-        <x:v>16401</x:v>
+        <x:v>16131</x:v>
       </x:c>
       <x:c r="BF30" s="3" t="n">
-        <x:v>16679</x:v>
+        <x:v>16408</x:v>
       </x:c>
       <x:c r="BG30" s="3" t="n">
-        <x:v>16530</x:v>
+        <x:v>16265</x:v>
       </x:c>
       <x:c r="BH30" s="3" t="n">
-        <x:v>16732</x:v>
+        <x:v>16466</x:v>
       </x:c>
       <x:c r="BI30" s="3" t="n">
-        <x:v>17107</x:v>
+        <x:v>16835</x:v>
       </x:c>
       <x:c r="BJ30" s="3" t="n">
-        <x:v>16675</x:v>
+        <x:v>16409</x:v>
       </x:c>
       <x:c r="BK30" s="3" t="n">
-        <x:v>16546</x:v>
+        <x:v>16280</x:v>
       </x:c>
       <x:c r="BL30" s="3" t="n">
-        <x:v>16770</x:v>
+        <x:v>16501</x:v>
       </x:c>
       <x:c r="BM30" s="3" t="n">
-        <x:v>17271</x:v>
+        <x:v>16994</x:v>
       </x:c>
       <x:c r="BN30" s="3" t="n">
-        <x:v>17627</x:v>
+        <x:v>17344</x:v>
       </x:c>
       <x:c r="BO30" s="3" t="n">
-        <x:v>17999</x:v>
+        <x:v>17711</x:v>
       </x:c>
       <x:c r="BP30" s="3" t="n">
-        <x:v>18455</x:v>
+        <x:v>18160</x:v>
       </x:c>
       <x:c r="BQ30" s="3" t="n">
-        <x:v>18866</x:v>
+        <x:v>18564</x:v>
       </x:c>
       <x:c r="BR30" s="3" t="n">
-        <x:v>19354</x:v>
+        <x:v>19043</x:v>
       </x:c>
       <x:c r="BS30" s="3" t="n">
-        <x:v>19787</x:v>
+        <x:v>19470</x:v>
       </x:c>
       <x:c r="BT30" s="3" t="n">
-        <x:v>20271</x:v>
+        <x:v>19946</x:v>
       </x:c>
       <x:c r="BU30" s="3" t="n">
-        <x:v>20836</x:v>
+        <x:v>20501</x:v>
       </x:c>
       <x:c r="BV30" s="3" t="n">
-        <x:v>21241</x:v>
+        <x:v>20900</x:v>
       </x:c>
       <x:c r="BW30" s="3" t="n">
-        <x:v>21873</x:v>
+        <x:v>21522</x:v>
       </x:c>
       <x:c r="BX30" s="3" t="n">
-        <x:v>21428</x:v>
+        <x:v>21084</x:v>
       </x:c>
       <x:c r="BY30" s="3" t="n">
-        <x:v>21814</x:v>
+        <x:v>21464</x:v>
       </x:c>
       <x:c r="BZ30" s="3" t="n">
-        <x:v>22228</x:v>
+        <x:v>21871</x:v>
       </x:c>
       <x:c r="CA30" s="3" t="n">
-        <x:v>22757</x:v>
+        <x:v>22392</x:v>
       </x:c>
       <x:c r="CB30" s="3" t="n">
-        <x:v>22819</x:v>
+        <x:v>22454</x:v>
       </x:c>
       <x:c r="CC30" s="3" t="n">
-        <x:v>23404</x:v>
+        <x:v>23031</x:v>
       </x:c>
       <x:c r="CD30" s="3" t="n">
-        <x:v>23783</x:v>
+        <x:v>23406</x:v>
       </x:c>
       <x:c r="CE30" s="3" t="n">
-        <x:v>23176</x:v>
+        <x:v>22809</x:v>
       </x:c>
       <x:c r="CF30" s="3" t="n">
-        <x:v>24425</x:v>
+        <x:v>24040</x:v>
       </x:c>
       <x:c r="CG30" s="3" t="n">
-        <x:v>24768</x:v>
+        <x:v>24376</x:v>
       </x:c>
       <x:c r="CH30" s="3" t="n">
-        <x:v>24785</x:v>
+        <x:v>24392</x:v>
       </x:c>
       <x:c r="CI30" s="3" t="n">
-        <x:v>25066</x:v>
+        <x:v>24668</x:v>
       </x:c>
       <x:c r="CJ30" s="3" t="n">
-        <x:v>25665</x:v>
+        <x:v>25258</x:v>
       </x:c>
       <x:c r="CK30" s="3" t="n">
-        <x:v>25922</x:v>
+        <x:v>25512</x:v>
       </x:c>
       <x:c r="CL30" s="3" t="n">
-        <x:v>26794</x:v>
+        <x:v>26371</x:v>
       </x:c>
       <x:c r="CM30" s="3" t="n">
-        <x:v>26999</x:v>
+        <x:v>26575</x:v>
       </x:c>
       <x:c r="CN30" s="3" t="n">
-        <x:v>27385</x:v>
+        <x:v>26957</x:v>
       </x:c>
       <x:c r="CO30" s="3" t="n">
-        <x:v>27851</x:v>
+        <x:v>27417</x:v>
       </x:c>
       <x:c r="CP30" s="3" t="n">
-        <x:v>28419</x:v>
+        <x:v>27978</x:v>
       </x:c>
       <x:c r="CQ30" s="3" t="n">
-        <x:v>28882</x:v>
+        <x:v>28435</x:v>
       </x:c>
       <x:c r="CR30" s="3" t="n">
-        <x:v>29257</x:v>
+        <x:v>28805</x:v>
       </x:c>
       <x:c r="CS30" s="3" t="n">
-        <x:v>29999</x:v>
+        <x:v>29536</x:v>
       </x:c>
       <x:c r="CT30" s="3" t="n">
-        <x:v>30293</x:v>
+        <x:v>29826</x:v>
       </x:c>
       <x:c r="CU30" s="3" t="n">
-        <x:v>30852</x:v>
+        <x:v>30377</x:v>
       </x:c>
       <x:c r="CV30" s="3" t="n">
-        <x:v>31337</x:v>
+        <x:v>30858</x:v>
       </x:c>
       <x:c r="CW30" s="3" t="n">
-        <x:v>32035</x:v>
+        <x:v>31549</x:v>
       </x:c>
       <x:c r="CX30" s="3" t="n">
-        <x:v>31945</x:v>
+        <x:v>31465</x:v>
       </x:c>
       <x:c r="CY30" s="3" t="n">
-        <x:v>30969</x:v>
+        <x:v>30505</x:v>
       </x:c>
       <x:c r="CZ30" s="3" t="n">
-        <x:v>31071</x:v>
+        <x:v>30604</x:v>
       </x:c>
       <x:c r="DA30" s="3" t="n">
-        <x:v>32623</x:v>
+        <x:v>32128</x:v>
       </x:c>
       <x:c r="DB30" s="3" t="n">
-        <x:v>32754</x:v>
+        <x:v>32248</x:v>
       </x:c>
       <x:c r="DC30" s="3" t="n">
-        <x:v>32379</x:v>
+        <x:v>31882</x:v>
       </x:c>
       <x:c r="DD30" s="3" t="n">
-        <x:v>33735</x:v>
+        <x:v>33235</x:v>
       </x:c>
       <x:c r="DE30" s="3" t="n">
-        <x:v>34392</x:v>
+        <x:v>33911</x:v>
       </x:c>
       <x:c r="DF30" s="3" t="n">
-        <x:v>34725</x:v>
+        <x:v>34165</x:v>
       </x:c>
       <x:c r="DG30" s="3" t="n">
-        <x:v>35947</x:v>
+        <x:v>35729</x:v>
       </x:c>
       <x:c r="DH30" s="3" t="n">
-        <x:v>36676</x:v>
+        <x:v>36127</x:v>
       </x:c>
       <x:c r="DI30" s="3" t="n">
-        <x:v>37359</x:v>
+        <x:v>36622</x:v>
       </x:c>
       <x:c r="DJ30" s="3" t="n">
-        <x:v>39140</x:v>
+        <x:v>38294</x:v>
       </x:c>
       <x:c r="DK30" s="3" t="n">
-        <x:v>37995</x:v>
+        <x:v>37064</x:v>
       </x:c>
       <x:c r="DL30" s="3" t="n">
-        <x:v>38244</x:v>
+        <x:v>37283</x:v>
       </x:c>
       <x:c r="DM30" s="3" t="n">
-        <x:v>38692</x:v>
+        <x:v>37590</x:v>
       </x:c>
       <x:c r="DN30" s="3" t="n">
-        <x:v>39090</x:v>
+        <x:v>38502</x:v>
       </x:c>
       <x:c r="DO30" s="3" t="n">
-        <x:v>39395</x:v>
+        <x:v>38835</x:v>
       </x:c>
       <x:c r="DP30" s="3" t="n">
-        <x:v>39407</x:v>
+        <x:v>38940</x:v>
       </x:c>
       <x:c r="DQ30" s="3" t="n">
-        <x:v>39518</x:v>
+        <x:v>38944</x:v>
       </x:c>
       <x:c r="DR30" s="3" t="n">
-        <x:v>40020</x:v>
+        <x:v>39202</x:v>
       </x:c>
       <x:c r="DS30" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>40198</x:v>
+      </x:c>
+      <x:c r="DT30" s="3" t="n">
+        <x:v>39713</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:123">
+    <x:row r="31" spans="1:124">
       <x:c r="A31" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>12422</x:v>
+        <x:v>12418</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>12390</x:v>
+        <x:v>12386</x:v>
       </x:c>
       <x:c r="D31" s="3" t="n">
-        <x:v>12634</x:v>
+        <x:v>12629</x:v>
       </x:c>
       <x:c r="E31" s="3" t="n">
-        <x:v>12976</x:v>
+        <x:v>12971</x:v>
       </x:c>
       <x:c r="F31" s="3" t="n">
-        <x:v>13202</x:v>
+        <x:v>13197</x:v>
       </x:c>
       <x:c r="G31" s="3" t="n">
-        <x:v>13474</x:v>
+        <x:v>13469</x:v>
       </x:c>
       <x:c r="H31" s="3" t="n">
-        <x:v>13658</x:v>
+        <x:v>13653</x:v>
       </x:c>
       <x:c r="I31" s="3" t="n">
-        <x:v>13994</x:v>
+        <x:v>13988</x:v>
       </x:c>
       <x:c r="J31" s="3" t="n">
-        <x:v>14067</x:v>
+        <x:v>14062</x:v>
       </x:c>
       <x:c r="K31" s="3" t="n">
-        <x:v>14394</x:v>
+        <x:v>14388</x:v>
       </x:c>
       <x:c r="L31" s="3" t="n">
-        <x:v>14625</x:v>
+        <x:v>14619</x:v>
       </x:c>
       <x:c r="M31" s="3" t="n">
-        <x:v>15007</x:v>
+        <x:v>15001</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>15415</x:v>
+        <x:v>15409</x:v>
       </x:c>
       <x:c r="O31" s="3" t="n">
-        <x:v>15818</x:v>
+        <x:v>15812</x:v>
       </x:c>
       <x:c r="P31" s="3" t="n">
-        <x:v>16110</x:v>
+        <x:v>16103</x:v>
       </x:c>
       <x:c r="Q31" s="3" t="n">
-        <x:v>16311</x:v>
+        <x:v>16305</x:v>
       </x:c>
       <x:c r="R31" s="3" t="n">
-        <x:v>16398</x:v>
+        <x:v>16392</x:v>
       </x:c>
       <x:c r="S31" s="3" t="n">
-        <x:v>16383</x:v>
+        <x:v>16377</x:v>
       </x:c>
       <x:c r="T31" s="3" t="n">
-        <x:v>16518</x:v>
+        <x:v>16511</x:v>
       </x:c>
       <x:c r="U31" s="3" t="n">
-        <x:v>16712</x:v>
+        <x:v>16705</x:v>
       </x:c>
       <x:c r="V31" s="3" t="n">
-        <x:v>17359</x:v>
+        <x:v>17351</x:v>
       </x:c>
       <x:c r="W31" s="3" t="n">
-        <x:v>17604</x:v>
+        <x:v>17596</x:v>
       </x:c>
       <x:c r="X31" s="3" t="n">
-        <x:v>17700</x:v>
+        <x:v>17694</x:v>
       </x:c>
       <x:c r="Y31" s="3" t="n">
-        <x:v>17832</x:v>
+        <x:v>17827</x:v>
       </x:c>
       <x:c r="Z31" s="3" t="n">
-        <x:v>18234</x:v>
+        <x:v>18233</x:v>
       </x:c>
       <x:c r="AA31" s="3" t="n">
-        <x:v>18245</x:v>
+        <x:v>18247</x:v>
       </x:c>
       <x:c r="AB31" s="3" t="n">
-        <x:v>18203</x:v>
+        <x:v>18207</x:v>
       </x:c>
       <x:c r="AC31" s="3" t="n">
-        <x:v>18781</x:v>
+        <x:v>18787</x:v>
       </x:c>
       <x:c r="AD31" s="3" t="n">
-        <x:v>18828</x:v>
+        <x:v>18836</x:v>
       </x:c>
       <x:c r="AE31" s="3" t="n">
-        <x:v>19120</x:v>
+        <x:v>19129</x:v>
       </x:c>
       <x:c r="AF31" s="3" t="n">
-        <x:v>19123</x:v>
+        <x:v>19134</x:v>
       </x:c>
       <x:c r="AG31" s="3" t="n">
-        <x:v>19273</x:v>
+        <x:v>19285</x:v>
       </x:c>
       <x:c r="AH31" s="3" t="n">
-        <x:v>19413</x:v>
+        <x:v>19427</x:v>
       </x:c>
       <x:c r="AI31" s="3" t="n">
-        <x:v>19541</x:v>
+        <x:v>19556</x:v>
       </x:c>
       <x:c r="AJ31" s="3" t="n">
-        <x:v>19778</x:v>
+        <x:v>19796</x:v>
       </x:c>
       <x:c r="AK31" s="3" t="n">
-        <x:v>19850</x:v>
+        <x:v>19871</x:v>
       </x:c>
       <x:c r="AL31" s="3" t="n">
-        <x:v>20330</x:v>
+        <x:v>20354</x:v>
       </x:c>
       <x:c r="AM31" s="3" t="n">
-        <x:v>20595</x:v>
+        <x:v>20622</x:v>
       </x:c>
       <x:c r="AN31" s="3" t="n">
-        <x:v>20963</x:v>
+        <x:v>20993</x:v>
       </x:c>
       <x:c r="AO31" s="3" t="n">
-        <x:v>21218</x:v>
+        <x:v>21252</x:v>
       </x:c>
       <x:c r="AP31" s="3" t="n">
-        <x:v>21321</x:v>
+        <x:v>21357</x:v>
       </x:c>
       <x:c r="AQ31" s="3" t="n">
-        <x:v>21741</x:v>
+        <x:v>21781</x:v>
       </x:c>
       <x:c r="AR31" s="3" t="n">
-        <x:v>21857</x:v>
+        <x:v>21900</x:v>
       </x:c>
       <x:c r="AS31" s="3" t="n">
-        <x:v>21980</x:v>
+        <x:v>22027</x:v>
       </x:c>
       <x:c r="AT31" s="3" t="n">
-        <x:v>21963</x:v>
+        <x:v>22014</x:v>
       </x:c>
       <x:c r="AU31" s="3" t="n">
-        <x:v>22490</x:v>
+        <x:v>22545</x:v>
       </x:c>
       <x:c r="AV31" s="3" t="n">
-        <x:v>23153</x:v>
+        <x:v>23212</x:v>
       </x:c>
       <x:c r="AW31" s="3" t="n">
-        <x:v>23287</x:v>
+        <x:v>23349</x:v>
       </x:c>
       <x:c r="AX31" s="3" t="n">
-        <x:v>23202</x:v>
+        <x:v>23265</x:v>
       </x:c>
       <x:c r="AY31" s="3" t="n">
-        <x:v>24140</x:v>
+        <x:v>24208</x:v>
       </x:c>
       <x:c r="AZ31" s="3" t="n">
-        <x:v>25140</x:v>
+        <x:v>25214</x:v>
       </x:c>
       <x:c r="BA31" s="3" t="n">
-        <x:v>25752</x:v>
+        <x:v>25830</x:v>
       </x:c>
       <x:c r="BB31" s="3" t="n">
-        <x:v>26604</x:v>
+        <x:v>26689</x:v>
       </x:c>
       <x:c r="BC31" s="3" t="n">
-        <x:v>26846</x:v>
+        <x:v>26936</x:v>
       </x:c>
       <x:c r="BD31" s="3" t="n">
-        <x:v>26379</x:v>
+        <x:v>26470</x:v>
       </x:c>
       <x:c r="BE31" s="3" t="n">
-        <x:v>27189</x:v>
+        <x:v>27284</x:v>
       </x:c>
       <x:c r="BF31" s="3" t="n">
-        <x:v>27098</x:v>
+        <x:v>27195</x:v>
       </x:c>
       <x:c r="BG31" s="3" t="n">
-        <x:v>26751</x:v>
+        <x:v>26848</x:v>
       </x:c>
       <x:c r="BH31" s="3" t="n">
-        <x:v>26647</x:v>
+        <x:v>26744</x:v>
       </x:c>
       <x:c r="BI31" s="3" t="n">
-        <x:v>27391</x:v>
+        <x:v>27491</x:v>
       </x:c>
       <x:c r="BJ31" s="3" t="n">
-        <x:v>27252</x:v>
+        <x:v>27353</x:v>
       </x:c>
       <x:c r="BK31" s="3" t="n">
-        <x:v>27457</x:v>
+        <x:v>27559</x:v>
       </x:c>
       <x:c r="BL31" s="3" t="n">
-        <x:v>27599</x:v>
+        <x:v>27701</x:v>
       </x:c>
       <x:c r="BM31" s="3" t="n">
-        <x:v>28128</x:v>
+        <x:v>28233</x:v>
       </x:c>
       <x:c r="BN31" s="3" t="n">
-        <x:v>28176</x:v>
+        <x:v>28280</x:v>
       </x:c>
       <x:c r="BO31" s="3" t="n">
-        <x:v>27759</x:v>
+        <x:v>27862</x:v>
       </x:c>
       <x:c r="BP31" s="3" t="n">
-        <x:v>29145</x:v>
+        <x:v>29252</x:v>
       </x:c>
       <x:c r="BQ31" s="3" t="n">
-        <x:v>28887</x:v>
+        <x:v>28993</x:v>
       </x:c>
       <x:c r="BR31" s="3" t="n">
-        <x:v>29605</x:v>
+        <x:v>29713</x:v>
       </x:c>
       <x:c r="BS31" s="3" t="n">
-        <x:v>29556</x:v>
+        <x:v>29664</x:v>
       </x:c>
       <x:c r="BT31" s="3" t="n">
-        <x:v>30082</x:v>
+        <x:v>30192</x:v>
       </x:c>
       <x:c r="BU31" s="3" t="n">
-        <x:v>30042</x:v>
+        <x:v>30151</x:v>
       </x:c>
       <x:c r="BV31" s="3" t="n">
-        <x:v>30945</x:v>
+        <x:v>31058</x:v>
       </x:c>
       <x:c r="BW31" s="3" t="n">
-        <x:v>31104</x:v>
+        <x:v>31218</x:v>
       </x:c>
       <x:c r="BX31" s="3" t="n">
-        <x:v>31259</x:v>
+        <x:v>31374</x:v>
       </x:c>
       <x:c r="BY31" s="3" t="n">
-        <x:v>31014</x:v>
+        <x:v>31128</x:v>
       </x:c>
       <x:c r="BZ31" s="3" t="n">
-        <x:v>31309</x:v>
+        <x:v>31425</x:v>
       </x:c>
       <x:c r="CA31" s="3" t="n">
-        <x:v>31789</x:v>
+        <x:v>31906</x:v>
       </x:c>
       <x:c r="CB31" s="3" t="n">
-        <x:v>31819</x:v>
+        <x:v>31936</x:v>
       </x:c>
       <x:c r="CC31" s="3" t="n">
-        <x:v>32762</x:v>
+        <x:v>32883</x:v>
       </x:c>
       <x:c r="CD31" s="3" t="n">
-        <x:v>33017</x:v>
+        <x:v>33140</x:v>
       </x:c>
       <x:c r="CE31" s="3" t="n">
-        <x:v>32417</x:v>
+        <x:v>32538</x:v>
       </x:c>
       <x:c r="CF31" s="3" t="n">
-        <x:v>33318</x:v>
+        <x:v>33444</x:v>
       </x:c>
       <x:c r="CG31" s="3" t="n">
-        <x:v>33744</x:v>
+        <x:v>33871</x:v>
       </x:c>
       <x:c r="CH31" s="3" t="n">
-        <x:v>33744</x:v>
+        <x:v>33872</x:v>
       </x:c>
       <x:c r="CI31" s="3" t="n">
-        <x:v>33832</x:v>
+        <x:v>33960</x:v>
       </x:c>
       <x:c r="CJ31" s="3" t="n">
-        <x:v>34063</x:v>
+        <x:v>34193</x:v>
       </x:c>
       <x:c r="CK31" s="3" t="n">
-        <x:v>34277</x:v>
+        <x:v>34408</x:v>
       </x:c>
       <x:c r="CL31" s="3" t="n">
-        <x:v>34952</x:v>
+        <x:v>35086</x:v>
       </x:c>
       <x:c r="CM31" s="3" t="n">
-        <x:v>35010</x:v>
+        <x:v>35145</x:v>
       </x:c>
       <x:c r="CN31" s="3" t="n">
-        <x:v>35257</x:v>
+        <x:v>35393</x:v>
       </x:c>
       <x:c r="CO31" s="3" t="n">
-        <x:v>35503</x:v>
+        <x:v>35640</x:v>
       </x:c>
       <x:c r="CP31" s="3" t="n">
-        <x:v>35727</x:v>
+        <x:v>35865</x:v>
       </x:c>
       <x:c r="CQ31" s="3" t="n">
-        <x:v>36143</x:v>
+        <x:v>36282</x:v>
       </x:c>
       <x:c r="CR31" s="3" t="n">
-        <x:v>36175</x:v>
+        <x:v>36313</x:v>
       </x:c>
       <x:c r="CS31" s="3" t="n">
-        <x:v>36542</x:v>
+        <x:v>36681</x:v>
       </x:c>
       <x:c r="CT31" s="3" t="n">
-        <x:v>36816</x:v>
+        <x:v>36955</x:v>
       </x:c>
       <x:c r="CU31" s="3" t="n">
-        <x:v>37025</x:v>
+        <x:v>37164</x:v>
       </x:c>
       <x:c r="CV31" s="3" t="n">
-        <x:v>37400</x:v>
+        <x:v>37543</x:v>
       </x:c>
       <x:c r="CW31" s="3" t="n">
-        <x:v>37718</x:v>
+        <x:v>37867</x:v>
       </x:c>
       <x:c r="CX31" s="3" t="n">
-        <x:v>37700</x:v>
+        <x:v>37854</x:v>
       </x:c>
       <x:c r="CY31" s="3" t="n">
-        <x:v>34587</x:v>
+        <x:v>34731</x:v>
       </x:c>
       <x:c r="CZ31" s="3" t="n">
-        <x:v>37065</x:v>
+        <x:v>37219</x:v>
       </x:c>
       <x:c r="DA31" s="3" t="n">
-        <x:v>39136</x:v>
+        <x:v>39295</x:v>
       </x:c>
       <x:c r="DB31" s="3" t="n">
-        <x:v>39217</x:v>
+        <x:v>39369</x:v>
       </x:c>
       <x:c r="DC31" s="3" t="n">
-        <x:v>38915</x:v>
+        <x:v>39070</x:v>
       </x:c>
       <x:c r="DD31" s="3" t="n">
-        <x:v>39880</x:v>
+        <x:v>40057</x:v>
       </x:c>
       <x:c r="DE31" s="3" t="n">
-        <x:v>40831</x:v>
+        <x:v>41044</x:v>
       </x:c>
       <x:c r="DF31" s="3" t="n">
-        <x:v>41362</x:v>
+        <x:v>41604</x:v>
       </x:c>
       <x:c r="DG31" s="3" t="n">
-        <x:v>41908</x:v>
+        <x:v>42246</x:v>
       </x:c>
       <x:c r="DH31" s="3" t="n">
-        <x:v>41778</x:v>
+        <x:v>42113</x:v>
       </x:c>
       <x:c r="DI31" s="3" t="n">
-        <x:v>42653</x:v>
+        <x:v>42923</x:v>
       </x:c>
       <x:c r="DJ31" s="3" t="n">
-        <x:v>43148</x:v>
+        <x:v>43556</x:v>
       </x:c>
       <x:c r="DK31" s="3" t="n">
-        <x:v>43381</x:v>
+        <x:v>43591</x:v>
       </x:c>
       <x:c r="DL31" s="3" t="n">
-        <x:v>43983</x:v>
+        <x:v>44374</x:v>
       </x:c>
       <x:c r="DM31" s="3" t="n">
-        <x:v>44438</x:v>
+        <x:v>44707</x:v>
       </x:c>
       <x:c r="DN31" s="3" t="n">
-        <x:v>45024</x:v>
+        <x:v>45278</x:v>
       </x:c>
       <x:c r="DO31" s="3" t="n">
-        <x:v>45510</x:v>
+        <x:v>45800</x:v>
       </x:c>
       <x:c r="DP31" s="3" t="n">
-        <x:v>45946</x:v>
+        <x:v>46375</x:v>
       </x:c>
       <x:c r="DQ31" s="3" t="n">
-        <x:v>46301</x:v>
+        <x:v>46573</x:v>
       </x:c>
       <x:c r="DR31" s="3" t="n">
-        <x:v>46966</x:v>
+        <x:v>47126</x:v>
       </x:c>
       <x:c r="DS31" s="3" t="n">
-        <x:v>47667</x:v>
+        <x:v>47829</x:v>
+      </x:c>
+      <x:c r="DT31" s="3" t="n">
+        <x:v>47832</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:123">
+    <x:row r="32" spans="1:124">
       <x:c r="A32" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E32" s="3" t="n">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F32" s="3" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G32" s="3" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H32" s="3" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I32" s="3" t="n">
         <x:v>-9</x:v>
       </x:c>
@@ -11729,472 +11826,478 @@
       <x:c r="CV32" s="3" t="n">
         <x:v>81</x:v>
       </x:c>
       <x:c r="CW32" s="3" t="n">
         <x:v>78</x:v>
       </x:c>
       <x:c r="CX32" s="3" t="n">
         <x:v>77</x:v>
       </x:c>
       <x:c r="CY32" s="3" t="n">
         <x:v>85</x:v>
       </x:c>
       <x:c r="CZ32" s="3" t="n">
         <x:v>81</x:v>
       </x:c>
       <x:c r="DA32" s="3" t="n">
         <x:v>83</x:v>
       </x:c>
       <x:c r="DB32" s="3" t="n">
         <x:v>80</x:v>
       </x:c>
       <x:c r="DC32" s="3" t="n">
         <x:v>69</x:v>
       </x:c>
       <x:c r="DD32" s="3" t="n">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="DE32" s="3" t="n">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="DF32" s="3" t="n">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="DF32" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="DG32" s="3" t="n">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="DH32" s="3" t="n">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="DI32" s="3" t="n">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="DJ32" s="3" t="n">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="DK32" s="3" t="n">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="DL32" s="3" t="n">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="DM32" s="3" t="n">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="DN32" s="3" t="n">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="DO32" s="3" t="n">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="DP32" s="3" t="n">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="DQ32" s="3" t="n">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="DR32" s="3" t="n">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="DO32" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="DP32" s="3" t="n">
+      <x:c r="DS32" s="3" t="n">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="DQ32" s="3" t="n">
-[...6 lines deleted...]
-        <x:v>115</x:v>
+      <x:c r="DT32" s="3" t="n">
+        <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:123">
+    <x:row r="33" spans="1:124">
       <x:c r="A33" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>1663</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>1663</x:v>
       </x:c>
       <x:c r="D33" s="3" t="n">
         <x:v>1664</x:v>
       </x:c>
       <x:c r="E33" s="3" t="n">
         <x:v>1698</x:v>
       </x:c>
       <x:c r="F33" s="3" t="n">
         <x:v>1660</x:v>
       </x:c>
       <x:c r="G33" s="3" t="n">
         <x:v>1682</x:v>
       </x:c>
       <x:c r="H33" s="3" t="n">
         <x:v>1697</x:v>
       </x:c>
       <x:c r="I33" s="3" t="n">
         <x:v>1731</x:v>
       </x:c>
       <x:c r="J33" s="3" t="n">
         <x:v>1804</x:v>
       </x:c>
       <x:c r="K33" s="3" t="n">
         <x:v>1808</x:v>
       </x:c>
       <x:c r="L33" s="3" t="n">
         <x:v>1854</x:v>
       </x:c>
       <x:c r="M33" s="3" t="n">
-        <x:v>1877</x:v>
+        <x:v>1878</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>2051</x:v>
       </x:c>
       <x:c r="O33" s="3" t="n">
-        <x:v>2082</x:v>
+        <x:v>2083</x:v>
       </x:c>
       <x:c r="P33" s="3" t="n">
         <x:v>2108</x:v>
       </x:c>
       <x:c r="Q33" s="3" t="n">
-        <x:v>2131</x:v>
+        <x:v>2130</x:v>
       </x:c>
       <x:c r="R33" s="3" t="n">
-        <x:v>2246</x:v>
+        <x:v>2245</x:v>
       </x:c>
       <x:c r="S33" s="3" t="n">
-        <x:v>2283</x:v>
+        <x:v>2282</x:v>
       </x:c>
       <x:c r="T33" s="3" t="n">
         <x:v>2315</x:v>
       </x:c>
       <x:c r="U33" s="3" t="n">
-        <x:v>2365</x:v>
+        <x:v>2368</x:v>
       </x:c>
       <x:c r="V33" s="3" t="n">
-        <x:v>2522</x:v>
+        <x:v>2529</x:v>
       </x:c>
       <x:c r="W33" s="3" t="n">
-        <x:v>2570</x:v>
+        <x:v>2576</x:v>
       </x:c>
       <x:c r="X33" s="3" t="n">
         <x:v>2568</x:v>
       </x:c>
       <x:c r="Y33" s="3" t="n">
-        <x:v>2564</x:v>
+        <x:v>2552</x:v>
       </x:c>
       <x:c r="Z33" s="3" t="n">
-        <x:v>2536</x:v>
+        <x:v>2508</x:v>
       </x:c>
       <x:c r="AA33" s="3" t="n">
-        <x:v>2496</x:v>
+        <x:v>2448</x:v>
       </x:c>
       <x:c r="AB33" s="3" t="n">
-        <x:v>2538</x:v>
+        <x:v>2463</x:v>
       </x:c>
       <x:c r="AC33" s="3" t="n">
-        <x:v>2489</x:v>
+        <x:v>2384</x:v>
       </x:c>
       <x:c r="AD33" s="3" t="n">
-        <x:v>2477</x:v>
+        <x:v>2337</x:v>
       </x:c>
       <x:c r="AE33" s="3" t="n">
-        <x:v>2458</x:v>
+        <x:v>2286</x:v>
       </x:c>
       <x:c r="AF33" s="3" t="n">
-        <x:v>2468</x:v>
+        <x:v>2266</x:v>
       </x:c>
       <x:c r="AG33" s="3" t="n">
-        <x:v>2401</x:v>
+        <x:v>2178</x:v>
       </x:c>
       <x:c r="AH33" s="3" t="n">
-        <x:v>2396</x:v>
+        <x:v>2149</x:v>
       </x:c>
       <x:c r="AI33" s="3" t="n">
-        <x:v>2380</x:v>
+        <x:v>2105</x:v>
       </x:c>
       <x:c r="AJ33" s="3" t="n">
-        <x:v>2368</x:v>
+        <x:v>2059</x:v>
       </x:c>
       <x:c r="AK33" s="3" t="n">
-        <x:v>2319</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="AL33" s="3" t="n">
-        <x:v>2218</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="AM33" s="3" t="n">
-        <x:v>2197</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="AN33" s="3" t="n">
-        <x:v>2165</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="AO33" s="3" t="n">
-        <x:v>2159</x:v>
+        <x:v>1675</x:v>
       </x:c>
       <x:c r="AP33" s="3" t="n">
-        <x:v>2111</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="AQ33" s="3" t="n">
-        <x:v>2090</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="AR33" s="3" t="n">
-        <x:v>2029</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="AS33" s="3" t="n">
-        <x:v>2011</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="AT33" s="3" t="n">
-        <x:v>2028</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="AU33" s="3" t="n">
-        <x:v>2000</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="AV33" s="3" t="n">
-        <x:v>1945</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="AW33" s="3" t="n">
-        <x:v>1924</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="AX33" s="3" t="n">
-        <x:v>2211</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="AY33" s="3" t="n">
-        <x:v>2170</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="AZ33" s="3" t="n">
-        <x:v>2125</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="BA33" s="3" t="n">
-        <x:v>2142</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="BB33" s="3" t="n">
-        <x:v>2072</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="BC33" s="3" t="n">
-        <x:v>2049</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="BD33" s="3" t="n">
-        <x:v>2034</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="BE33" s="3" t="n">
-        <x:v>1981</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="BF33" s="3" t="n">
-        <x:v>1812</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="BG33" s="3" t="n">
-        <x:v>1833</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="BH33" s="3" t="n">
-        <x:v>1934</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="BI33" s="3" t="n">
-        <x:v>2135</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="BJ33" s="3" t="n">
-        <x:v>2313</x:v>
+        <x:v>1503</x:v>
       </x:c>
       <x:c r="BK33" s="3" t="n">
-        <x:v>2454</x:v>
+        <x:v>1723</x:v>
       </x:c>
       <x:c r="BL33" s="3" t="n">
-        <x:v>2523</x:v>
+        <x:v>1848</x:v>
       </x:c>
       <x:c r="BM33" s="3" t="n">
-        <x:v>2444</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="BN33" s="3" t="n">
-        <x:v>2236</x:v>
+        <x:v>1617</x:v>
       </x:c>
       <x:c r="BO33" s="3" t="n">
-        <x:v>2245</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="BP33" s="3" t="n">
-        <x:v>2556</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="BQ33" s="3" t="n">
-        <x:v>3080</x:v>
+        <x:v>2147</x:v>
       </x:c>
       <x:c r="BR33" s="3" t="n">
-        <x:v>2225</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="BS33" s="3" t="n">
-        <x:v>2724</x:v>
+        <x:v>1906</x:v>
       </x:c>
       <x:c r="BT33" s="3" t="n">
-        <x:v>3049</x:v>
+        <x:v>2156</x:v>
       </x:c>
       <x:c r="BU33" s="3" t="n">
-        <x:v>3474</x:v>
+        <x:v>2500</x:v>
       </x:c>
       <x:c r="BV33" s="3" t="n">
-        <x:v>3141</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="BW33" s="3" t="n">
-        <x:v>3067</x:v>
+        <x:v>2244</x:v>
       </x:c>
       <x:c r="BX33" s="3" t="n">
-        <x:v>2928</x:v>
+        <x:v>2054</x:v>
       </x:c>
       <x:c r="BY33" s="3" t="n">
-        <x:v>2745</x:v>
+        <x:v>1781</x:v>
       </x:c>
       <x:c r="BZ33" s="3" t="n">
-        <x:v>2487</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="CA33" s="3" t="n">
-        <x:v>2292</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="CB33" s="3" t="n">
-        <x:v>2162</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="CC33" s="3" t="n">
-        <x:v>2214</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="CD33" s="3" t="n">
-        <x:v>2303</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="CE33" s="3" t="n">
-        <x:v>2371</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="CF33" s="3" t="n">
-        <x:v>2386</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="CG33" s="3" t="n">
-        <x:v>2428</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="CH33" s="3" t="n">
-        <x:v>2289</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="CI33" s="3" t="n">
-        <x:v>2331</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="CJ33" s="3" t="n">
-        <x:v>2295</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="CK33" s="3" t="n">
-        <x:v>2381</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="CL33" s="3" t="n">
-        <x:v>2339</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="CM33" s="3" t="n">
-        <x:v>2268</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="CN33" s="3" t="n">
-        <x:v>2316</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="CO33" s="3" t="n">
-        <x:v>2329</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="CP33" s="3" t="n">
-        <x:v>2408</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="CQ33" s="3" t="n">
-        <x:v>2296</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="CR33" s="3" t="n">
-        <x:v>2293</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="CS33" s="3" t="n">
-        <x:v>2337</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="CT33" s="3" t="n">
-        <x:v>2400</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="CU33" s="3" t="n">
-        <x:v>2445</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="CV33" s="3" t="n">
-        <x:v>2456</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="CW33" s="3" t="n">
-        <x:v>2454</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="CX33" s="3" t="n">
-        <x:v>2485</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="CY33" s="3" t="n">
-        <x:v>1974</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="CZ33" s="3" t="n">
-        <x:v>2269</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="DA33" s="3" t="n">
-        <x:v>2347</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="DB33" s="3" t="n">
-        <x:v>2220</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="DC33" s="3" t="n">
-        <x:v>2101</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="DD33" s="3" t="n">
-        <x:v>2416</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="DE33" s="3" t="n">
-        <x:v>2294</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="DF33" s="3" t="n">
-        <x:v>2238</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="DG33" s="3" t="n">
-        <x:v>2382</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="DH33" s="3" t="n">
-        <x:v>2397</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="DI33" s="3" t="n">
-        <x:v>2695</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="DJ33" s="3" t="n">
-        <x:v>2570</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="DK33" s="3" t="n">
-        <x:v>2560</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="DL33" s="3" t="n">
-        <x:v>2331</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="DM33" s="3" t="n">
-        <x:v>2102</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="DN33" s="3" t="n">
-        <x:v>2061</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="DO33" s="3" t="n">
-        <x:v>2090</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="DP33" s="3" t="n">
-        <x:v>2104</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="DQ33" s="3" t="n">
-        <x:v>2136</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="DR33" s="3" t="n">
-        <x:v>2210</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="DS33" s="3" t="n">
-        <x:v>2030</x:v>
+        <x:v>1153</x:v>
+      </x:c>
+      <x:c r="DT33" s="3" t="n">
+        <x:v>1111</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:123">
+    <x:row r="34" spans="1:124">
       <x:c r="A34" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>4642</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
         <x:v>4704</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
         <x:v>4725</x:v>
       </x:c>
       <x:c r="E34" s="3" t="n">
         <x:v>4838</x:v>
       </x:c>
       <x:c r="F34" s="3" t="n">
         <x:v>4881</x:v>
       </x:c>
       <x:c r="G34" s="3" t="n">
         <x:v>5025</x:v>
       </x:c>
       <x:c r="H34" s="3" t="n">
         <x:v>5216</x:v>
       </x:c>
       <x:c r="I34" s="3" t="n">
         <x:v>5285</x:v>
       </x:c>
@@ -12213,359 +12316,362 @@
       <x:c r="N34" s="3" t="n">
         <x:v>5881</x:v>
       </x:c>
       <x:c r="O34" s="3" t="n">
         <x:v>5998</x:v>
       </x:c>
       <x:c r="P34" s="3" t="n">
         <x:v>6260</x:v>
       </x:c>
       <x:c r="Q34" s="3" t="n">
         <x:v>6415</x:v>
       </x:c>
       <x:c r="R34" s="3" t="n">
         <x:v>6255</x:v>
       </x:c>
       <x:c r="S34" s="3" t="n">
         <x:v>6564</x:v>
       </x:c>
       <x:c r="T34" s="3" t="n">
         <x:v>6601</x:v>
       </x:c>
       <x:c r="U34" s="3" t="n">
         <x:v>6700</x:v>
       </x:c>
       <x:c r="V34" s="3" t="n">
-        <x:v>6465</x:v>
+        <x:v>6466</x:v>
       </x:c>
       <x:c r="W34" s="3" t="n">
-        <x:v>6677</x:v>
+        <x:v>6678</x:v>
       </x:c>
       <x:c r="X34" s="3" t="n">
         <x:v>6703</x:v>
       </x:c>
       <x:c r="Y34" s="3" t="n">
-        <x:v>6623</x:v>
+        <x:v>6621</x:v>
       </x:c>
       <x:c r="Z34" s="3" t="n">
-        <x:v>6690</x:v>
+        <x:v>6685</x:v>
       </x:c>
       <x:c r="AA34" s="3" t="n">
-        <x:v>6776</x:v>
+        <x:v>6768</x:v>
       </x:c>
       <x:c r="AB34" s="3" t="n">
-        <x:v>6763</x:v>
+        <x:v>6750</x:v>
       </x:c>
       <x:c r="AC34" s="3" t="n">
-        <x:v>6845</x:v>
+        <x:v>6827</x:v>
       </x:c>
       <x:c r="AD34" s="3" t="n">
-        <x:v>7120</x:v>
+        <x:v>7095</x:v>
       </x:c>
       <x:c r="AE34" s="3" t="n">
-        <x:v>7103</x:v>
+        <x:v>7071</x:v>
       </x:c>
       <x:c r="AF34" s="3" t="n">
-        <x:v>7215</x:v>
+        <x:v>7176</x:v>
       </x:c>
       <x:c r="AG34" s="3" t="n">
-        <x:v>7469</x:v>
+        <x:v>7425</x:v>
       </x:c>
       <x:c r="AH34" s="3" t="n">
-        <x:v>7208</x:v>
+        <x:v>7160</x:v>
       </x:c>
       <x:c r="AI34" s="3" t="n">
-        <x:v>7165</x:v>
+        <x:v>7110</x:v>
       </x:c>
       <x:c r="AJ34" s="3" t="n">
-        <x:v>7309</x:v>
+        <x:v>7245</x:v>
       </x:c>
       <x:c r="AK34" s="3" t="n">
-        <x:v>7418</x:v>
+        <x:v>7345</x:v>
       </x:c>
       <x:c r="AL34" s="3" t="n">
-        <x:v>7796</x:v>
+        <x:v>7719</x:v>
       </x:c>
       <x:c r="AM34" s="3" t="n">
-        <x:v>7892</x:v>
+        <x:v>7804</x:v>
       </x:c>
       <x:c r="AN34" s="3" t="n">
-        <x:v>7968</x:v>
+        <x:v>7869</x:v>
       </x:c>
       <x:c r="AO34" s="3" t="n">
-        <x:v>7938</x:v>
+        <x:v>7829</x:v>
       </x:c>
       <x:c r="AP34" s="3" t="n">
-        <x:v>8218</x:v>
+        <x:v>8097</x:v>
       </x:c>
       <x:c r="AQ34" s="3" t="n">
-        <x:v>8283</x:v>
+        <x:v>8152</x:v>
       </x:c>
       <x:c r="AR34" s="3" t="n">
-        <x:v>8266</x:v>
+        <x:v>8122</x:v>
       </x:c>
       <x:c r="AS34" s="3" t="n">
-        <x:v>8344</x:v>
+        <x:v>8185</x:v>
       </x:c>
       <x:c r="AT34" s="3" t="n">
-        <x:v>8570</x:v>
+        <x:v>8398</x:v>
       </x:c>
       <x:c r="AU34" s="3" t="n">
-        <x:v>8741</x:v>
+        <x:v>8557</x:v>
       </x:c>
       <x:c r="AV34" s="3" t="n">
-        <x:v>8884</x:v>
+        <x:v>8681</x:v>
       </x:c>
       <x:c r="AW34" s="3" t="n">
-        <x:v>8997</x:v>
+        <x:v>8781</x:v>
       </x:c>
       <x:c r="AX34" s="3" t="n">
-        <x:v>9165</x:v>
+        <x:v>8924</x:v>
       </x:c>
       <x:c r="AY34" s="3" t="n">
-        <x:v>9398</x:v>
+        <x:v>9144</x:v>
       </x:c>
       <x:c r="AZ34" s="3" t="n">
-        <x:v>9685</x:v>
+        <x:v>9405</x:v>
       </x:c>
       <x:c r="BA34" s="3" t="n">
-        <x:v>9817</x:v>
+        <x:v>9516</x:v>
       </x:c>
       <x:c r="BB34" s="3" t="n">
-        <x:v>10248</x:v>
+        <x:v>9940</x:v>
       </x:c>
       <x:c r="BC34" s="3" t="n">
-        <x:v>10404</x:v>
+        <x:v>10077</x:v>
       </x:c>
       <x:c r="BD34" s="3" t="n">
-        <x:v>10487</x:v>
+        <x:v>10158</x:v>
       </x:c>
       <x:c r="BE34" s="3" t="n">
-        <x:v>10732</x:v>
+        <x:v>10391</x:v>
       </x:c>
       <x:c r="BF34" s="3" t="n">
-        <x:v>10555</x:v>
+        <x:v>10259</x:v>
       </x:c>
       <x:c r="BG34" s="3" t="n">
-        <x:v>10615</x:v>
+        <x:v>10319</x:v>
       </x:c>
       <x:c r="BH34" s="3" t="n">
-        <x:v>10733</x:v>
+        <x:v>10444</x:v>
       </x:c>
       <x:c r="BI34" s="3" t="n">
-        <x:v>10869</x:v>
+        <x:v>10575</x:v>
       </x:c>
       <x:c r="BJ34" s="3" t="n">
-        <x:v>10970</x:v>
+        <x:v>10675</x:v>
       </x:c>
       <x:c r="BK34" s="3" t="n">
-        <x:v>11076</x:v>
+        <x:v>10781</x:v>
       </x:c>
       <x:c r="BL34" s="3" t="n">
-        <x:v>11390</x:v>
+        <x:v>11096</x:v>
       </x:c>
       <x:c r="BM34" s="3" t="n">
-        <x:v>11514</x:v>
+        <x:v>11219</x:v>
       </x:c>
       <x:c r="BN34" s="3" t="n">
-        <x:v>11684</x:v>
+        <x:v>11392</x:v>
       </x:c>
       <x:c r="BO34" s="3" t="n">
-        <x:v>11672</x:v>
+        <x:v>11374</x:v>
       </x:c>
       <x:c r="BP34" s="3" t="n">
-        <x:v>11890</x:v>
+        <x:v>11581</x:v>
       </x:c>
       <x:c r="BQ34" s="3" t="n">
-        <x:v>11582</x:v>
+        <x:v>11240</x:v>
       </x:c>
       <x:c r="BR34" s="3" t="n">
-        <x:v>12936</x:v>
+        <x:v>12650</x:v>
       </x:c>
       <x:c r="BS34" s="3" t="n">
-        <x:v>12223</x:v>
+        <x:v>11896</x:v>
       </x:c>
       <x:c r="BT34" s="3" t="n">
-        <x:v>11611</x:v>
+        <x:v>11256</x:v>
       </x:c>
       <x:c r="BU34" s="3" t="n">
-        <x:v>11571</x:v>
+        <x:v>11192</x:v>
       </x:c>
       <x:c r="BV34" s="3" t="n">
-        <x:v>12490</x:v>
+        <x:v>12141</x:v>
       </x:c>
       <x:c r="BW34" s="3" t="n">
-        <x:v>12814</x:v>
+        <x:v>12453</x:v>
       </x:c>
       <x:c r="BX34" s="3" t="n">
-        <x:v>12760</x:v>
+        <x:v>12401</x:v>
       </x:c>
       <x:c r="BY34" s="3" t="n">
-        <x:v>12756</x:v>
+        <x:v>12396</x:v>
       </x:c>
       <x:c r="BZ34" s="3" t="n">
-        <x:v>13139</x:v>
+        <x:v>12769</x:v>
       </x:c>
       <x:c r="CA34" s="3" t="n">
-        <x:v>12965</x:v>
+        <x:v>12594</x:v>
       </x:c>
       <x:c r="CB34" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>12783</x:v>
       </x:c>
       <x:c r="CC34" s="3" t="n">
-        <x:v>13310</x:v>
+        <x:v>12940</x:v>
       </x:c>
       <x:c r="CD34" s="3" t="n">
-        <x:v>13476</x:v>
+        <x:v>13113</x:v>
       </x:c>
       <x:c r="CE34" s="3" t="n">
-        <x:v>13392</x:v>
+        <x:v>13035</x:v>
       </x:c>
       <x:c r="CF34" s="3" t="n">
-        <x:v>13621</x:v>
+        <x:v>13238</x:v>
       </x:c>
       <x:c r="CG34" s="3" t="n">
-        <x:v>13754</x:v>
+        <x:v>13343</x:v>
       </x:c>
       <x:c r="CH34" s="3" t="n">
-        <x:v>13718</x:v>
+        <x:v>13280</x:v>
       </x:c>
       <x:c r="CI34" s="3" t="n">
-        <x:v>13649</x:v>
+        <x:v>13209</x:v>
       </x:c>
       <x:c r="CJ34" s="3" t="n">
-        <x:v>13668</x:v>
+        <x:v>13261</x:v>
       </x:c>
       <x:c r="CK34" s="3" t="n">
-        <x:v>13748</x:v>
+        <x:v>13409</x:v>
       </x:c>
       <x:c r="CL34" s="3" t="n">
-        <x:v>13708</x:v>
+        <x:v>13479</x:v>
       </x:c>
       <x:c r="CM34" s="3" t="n">
-        <x:v>13745</x:v>
+        <x:v>13574</x:v>
       </x:c>
       <x:c r="CN34" s="3" t="n">
-        <x:v>13874</x:v>
+        <x:v>13699</x:v>
       </x:c>
       <x:c r="CO34" s="3" t="n">
-        <x:v>13913</x:v>
+        <x:v>13685</x:v>
       </x:c>
       <x:c r="CP34" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>13911</x:v>
       </x:c>
       <x:c r="CQ34" s="3" t="n">
-        <x:v>14494</x:v>
+        <x:v>14059</x:v>
       </x:c>
       <x:c r="CR34" s="3" t="n">
-        <x:v>14389</x:v>
+        <x:v>13910</x:v>
       </x:c>
       <x:c r="CS34" s="3" t="n">
-        <x:v>14657</x:v>
+        <x:v>14161</x:v>
       </x:c>
       <x:c r="CT34" s="3" t="n">
-        <x:v>14711</x:v>
+        <x:v>14234</x:v>
       </x:c>
       <x:c r="CU34" s="3" t="n">
-        <x:v>14893</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="CV34" s="3" t="n">
-        <x:v>15382</x:v>
+        <x:v>14922</x:v>
       </x:c>
       <x:c r="CW34" s="3" t="n">
-        <x:v>15453</x:v>
+        <x:v>14986</x:v>
       </x:c>
       <x:c r="CX34" s="3" t="n">
-        <x:v>15707</x:v>
+        <x:v>15217</x:v>
       </x:c>
       <x:c r="CY34" s="3" t="n">
-        <x:v>13826</x:v>
+        <x:v>13350</x:v>
       </x:c>
       <x:c r="CZ34" s="3" t="n">
-        <x:v>14224</x:v>
+        <x:v>13736</x:v>
       </x:c>
       <x:c r="DA34" s="3" t="n">
-        <x:v>14705</x:v>
+        <x:v>14195</x:v>
       </x:c>
       <x:c r="DB34" s="3" t="n">
-        <x:v>14590</x:v>
+        <x:v>14067</x:v>
       </x:c>
       <x:c r="DC34" s="3" t="n">
-        <x:v>14601</x:v>
+        <x:v>14050</x:v>
       </x:c>
       <x:c r="DD34" s="3" t="n">
-        <x:v>15341</x:v>
+        <x:v>14741</x:v>
       </x:c>
       <x:c r="DE34" s="3" t="n">
-        <x:v>16101</x:v>
+        <x:v>15431</x:v>
       </x:c>
       <x:c r="DF34" s="3" t="n">
-        <x:v>16396</x:v>
+        <x:v>15633</x:v>
       </x:c>
       <x:c r="DG34" s="3" t="n">
-        <x:v>16760</x:v>
+        <x:v>15939</x:v>
       </x:c>
       <x:c r="DH34" s="3" t="n">
-        <x:v>17045</x:v>
+        <x:v>16113</x:v>
       </x:c>
       <x:c r="DI34" s="3" t="n">
-        <x:v>17564</x:v>
+        <x:v>16604</x:v>
       </x:c>
       <x:c r="DJ34" s="3" t="n">
-        <x:v>17796</x:v>
+        <x:v>16805</x:v>
       </x:c>
       <x:c r="DK34" s="3" t="n">
-        <x:v>18213</x:v>
+        <x:v>17150</x:v>
       </x:c>
       <x:c r="DL34" s="3" t="n">
-        <x:v>18347</x:v>
+        <x:v>17310</x:v>
       </x:c>
       <x:c r="DM34" s="3" t="n">
-        <x:v>18593</x:v>
+        <x:v>17516</x:v>
       </x:c>
       <x:c r="DN34" s="3" t="n">
-        <x:v>19163</x:v>
+        <x:v>18033</x:v>
       </x:c>
       <x:c r="DO34" s="3" t="n">
-        <x:v>19620</x:v>
+        <x:v>18425</x:v>
       </x:c>
       <x:c r="DP34" s="3" t="n">
-        <x:v>19902</x:v>
+        <x:v>18730</x:v>
       </x:c>
       <x:c r="DQ34" s="3" t="n">
-        <x:v>20336</x:v>
+        <x:v>19085</x:v>
       </x:c>
       <x:c r="DR34" s="3" t="n">
-        <x:v>20598</x:v>
+        <x:v>19347</x:v>
       </x:c>
       <x:c r="DS34" s="3" t="n">
-        <x:v>21030</x:v>
+        <x:v>19742</x:v>
+      </x:c>
+      <x:c r="DT34" s="3" t="n">
+        <x:v>19870</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:123">
+    <x:row r="35" spans="1:124">
       <x:c r="A35" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>1368</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>1380</x:v>
       </x:c>
       <x:c r="D35" s="3" t="n">
         <x:v>1415</x:v>
       </x:c>
       <x:c r="E35" s="3" t="n">
         <x:v>1460</x:v>
       </x:c>
       <x:c r="F35" s="3" t="n">
         <x:v>1403</x:v>
       </x:c>
       <x:c r="G35" s="3" t="n">
         <x:v>1418</x:v>
       </x:c>
       <x:c r="H35" s="3" t="n">
         <x:v>1436</x:v>
       </x:c>
       <x:c r="I35" s="3" t="n">
         <x:v>1449</x:v>
       </x:c>
@@ -12587,356 +12693,359 @@
       <x:c r="O35" s="3" t="n">
         <x:v>1532</x:v>
       </x:c>
       <x:c r="P35" s="3" t="n">
         <x:v>1591</x:v>
       </x:c>
       <x:c r="Q35" s="3" t="n">
         <x:v>1608</x:v>
       </x:c>
       <x:c r="R35" s="3" t="n">
         <x:v>1627</x:v>
       </x:c>
       <x:c r="S35" s="3" t="n">
         <x:v>1632</x:v>
       </x:c>
       <x:c r="T35" s="3" t="n">
         <x:v>1650</x:v>
       </x:c>
       <x:c r="U35" s="3" t="n">
         <x:v>1647</x:v>
       </x:c>
       <x:c r="V35" s="3" t="n">
         <x:v>1617</x:v>
       </x:c>
       <x:c r="W35" s="3" t="n">
-        <x:v>1638</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="X35" s="3" t="n">
         <x:v>1663</x:v>
       </x:c>
       <x:c r="Y35" s="3" t="n">
         <x:v>1664</x:v>
       </x:c>
       <x:c r="Z35" s="3" t="n">
+        <x:v>1619</x:v>
+      </x:c>
+      <x:c r="AA35" s="3" t="n">
+        <x:v>1595</x:v>
+      </x:c>
+      <x:c r="AB35" s="3" t="n">
+        <x:v>1578</x:v>
+      </x:c>
+      <x:c r="AC35" s="3" t="n">
+        <x:v>1547</x:v>
+      </x:c>
+      <x:c r="AD35" s="3" t="n">
+        <x:v>1482</x:v>
+      </x:c>
+      <x:c r="AE35" s="3" t="n">
+        <x:v>1457</x:v>
+      </x:c>
+      <x:c r="AF35" s="3" t="n">
+        <x:v>1471</x:v>
+      </x:c>
+      <x:c r="AG35" s="3" t="n">
+        <x:v>1465</x:v>
+      </x:c>
+      <x:c r="AH35" s="3" t="n">
+        <x:v>1452</x:v>
+      </x:c>
+      <x:c r="AI35" s="3" t="n">
+        <x:v>1431</x:v>
+      </x:c>
+      <x:c r="AJ35" s="3" t="n">
+        <x:v>1401</x:v>
+      </x:c>
+      <x:c r="AK35" s="3" t="n">
+        <x:v>1364</x:v>
+      </x:c>
+      <x:c r="AL35" s="3" t="n">
+        <x:v>1364</x:v>
+      </x:c>
+      <x:c r="AM35" s="3" t="n">
+        <x:v>1370</x:v>
+      </x:c>
+      <x:c r="AN35" s="3" t="n">
+        <x:v>1341</x:v>
+      </x:c>
+      <x:c r="AO35" s="3" t="n">
+        <x:v>1359</x:v>
+      </x:c>
+      <x:c r="AP35" s="3" t="n">
+        <x:v>1417</x:v>
+      </x:c>
+      <x:c r="AQ35" s="3" t="n">
+        <x:v>1433</x:v>
+      </x:c>
+      <x:c r="AR35" s="3" t="n">
+        <x:v>1440</x:v>
+      </x:c>
+      <x:c r="AS35" s="3" t="n">
+        <x:v>1472</x:v>
+      </x:c>
+      <x:c r="AT35" s="3" t="n">
+        <x:v>1423</x:v>
+      </x:c>
+      <x:c r="AU35" s="3" t="n">
+        <x:v>1458</x:v>
+      </x:c>
+      <x:c r="AV35" s="3" t="n">
+        <x:v>1451</x:v>
+      </x:c>
+      <x:c r="AW35" s="3" t="n">
+        <x:v>1500</x:v>
+      </x:c>
+      <x:c r="AX35" s="3" t="n">
+        <x:v>1518</x:v>
+      </x:c>
+      <x:c r="AY35" s="3" t="n">
+        <x:v>1533</x:v>
+      </x:c>
+      <x:c r="AZ35" s="3" t="n">
+        <x:v>1551</x:v>
+      </x:c>
+      <x:c r="BA35" s="3" t="n">
+        <x:v>1668</x:v>
+      </x:c>
+      <x:c r="BB35" s="3" t="n">
+        <x:v>1692</x:v>
+      </x:c>
+      <x:c r="BC35" s="3" t="n">
+        <x:v>1671</x:v>
+      </x:c>
+      <x:c r="BD35" s="3" t="n">
+        <x:v>1632</x:v>
+      </x:c>
+      <x:c r="BE35" s="3" t="n">
+        <x:v>1521</x:v>
+      </x:c>
+      <x:c r="BF35" s="3" t="n">
+        <x:v>1564</x:v>
+      </x:c>
+      <x:c r="BG35" s="3" t="n">
+        <x:v>1554</x:v>
+      </x:c>
+      <x:c r="BH35" s="3" t="n">
+        <x:v>1596</x:v>
+      </x:c>
+      <x:c r="BI35" s="3" t="n">
+        <x:v>1522</x:v>
+      </x:c>
+      <x:c r="BJ35" s="3" t="n">
+        <x:v>1480</x:v>
+      </x:c>
+      <x:c r="BK35" s="3" t="n">
+        <x:v>1503</x:v>
+      </x:c>
+      <x:c r="BL35" s="3" t="n">
+        <x:v>1569</x:v>
+      </x:c>
+      <x:c r="BM35" s="3" t="n">
+        <x:v>1531</x:v>
+      </x:c>
+      <x:c r="BN35" s="3" t="n">
+        <x:v>1541</x:v>
+      </x:c>
+      <x:c r="BO35" s="3" t="n">
+        <x:v>1510</x:v>
+      </x:c>
+      <x:c r="BP35" s="3" t="n">
+        <x:v>1527</x:v>
+      </x:c>
+      <x:c r="BQ35" s="3" t="n">
+        <x:v>1593</x:v>
+      </x:c>
+      <x:c r="BR35" s="3" t="n">
         <x:v>1620</x:v>
       </x:c>
-      <x:c r="AA35" s="3" t="n">
-[...77 lines deleted...]
-      <x:c r="BA35" s="3" t="n">
+      <x:c r="BS35" s="3" t="n">
+        <x:v>1641</x:v>
+      </x:c>
+      <x:c r="BT35" s="3" t="n">
+        <x:v>1605</x:v>
+      </x:c>
+      <x:c r="BU35" s="3" t="n">
+        <x:v>1617</x:v>
+      </x:c>
+      <x:c r="BV35" s="3" t="n">
+        <x:v>1624</x:v>
+      </x:c>
+      <x:c r="BW35" s="3" t="n">
+        <x:v>1651</x:v>
+      </x:c>
+      <x:c r="BX35" s="3" t="n">
+        <x:v>1666</x:v>
+      </x:c>
+      <x:c r="BY35" s="3" t="n">
+        <x:v>1641</x:v>
+      </x:c>
+      <x:c r="BZ35" s="3" t="n">
+        <x:v>1646</x:v>
+      </x:c>
+      <x:c r="CA35" s="3" t="n">
+        <x:v>1650</x:v>
+      </x:c>
+      <x:c r="CB35" s="3" t="n">
+        <x:v>1690</x:v>
+      </x:c>
+      <x:c r="CC35" s="3" t="n">
+        <x:v>1695</x:v>
+      </x:c>
+      <x:c r="CD35" s="3" t="n">
+        <x:v>1688</x:v>
+      </x:c>
+      <x:c r="CE35" s="3" t="n">
+        <x:v>1691</x:v>
+      </x:c>
+      <x:c r="CF35" s="3" t="n">
+        <x:v>1698</x:v>
+      </x:c>
+      <x:c r="CG35" s="3" t="n">
         <x:v>1696</x:v>
       </x:c>
-      <x:c r="BB35" s="3" t="n">
+      <x:c r="CH35" s="3" t="n">
+        <x:v>1713</x:v>
+      </x:c>
+      <x:c r="CI35" s="3" t="n">
+        <x:v>1704</x:v>
+      </x:c>
+      <x:c r="CJ35" s="3" t="n">
+        <x:v>1670</x:v>
+      </x:c>
+      <x:c r="CK35" s="3" t="n">
+        <x:v>1661</x:v>
+      </x:c>
+      <x:c r="CL35" s="3" t="n">
+        <x:v>1650</x:v>
+      </x:c>
+      <x:c r="CM35" s="3" t="n">
+        <x:v>1676</x:v>
+      </x:c>
+      <x:c r="CN35" s="3" t="n">
+        <x:v>1668</x:v>
+      </x:c>
+      <x:c r="CO35" s="3" t="n">
+        <x:v>1667</x:v>
+      </x:c>
+      <x:c r="CP35" s="3" t="n">
+        <x:v>1688</x:v>
+      </x:c>
+      <x:c r="CQ35" s="3" t="n">
+        <x:v>1652</x:v>
+      </x:c>
+      <x:c r="CR35" s="3" t="n">
+        <x:v>1675</x:v>
+      </x:c>
+      <x:c r="CS35" s="3" t="n">
+        <x:v>1660</x:v>
+      </x:c>
+      <x:c r="CT35" s="3" t="n">
+        <x:v>1648</x:v>
+      </x:c>
+      <x:c r="CU35" s="3" t="n">
+        <x:v>1637</x:v>
+      </x:c>
+      <x:c r="CV35" s="3" t="n">
+        <x:v>1665</x:v>
+      </x:c>
+      <x:c r="CW35" s="3" t="n">
+        <x:v>1677</x:v>
+      </x:c>
+      <x:c r="CX35" s="3" t="n">
+        <x:v>1657</x:v>
+      </x:c>
+      <x:c r="CY35" s="3" t="n">
+        <x:v>1591</x:v>
+      </x:c>
+      <x:c r="CZ35" s="3" t="n">
+        <x:v>1628</x:v>
+      </x:c>
+      <x:c r="DA35" s="3" t="n">
+        <x:v>1650</x:v>
+      </x:c>
+      <x:c r="DB35" s="3" t="n">
         <x:v>1723</x:v>
       </x:c>
-      <x:c r="BC35" s="3" t="n">
-[...74 lines deleted...]
-      <x:c r="CB35" s="3" t="n">
+      <x:c r="DC35" s="3" t="n">
+        <x:v>1728</x:v>
+      </x:c>
+      <x:c r="DD35" s="3" t="n">
+        <x:v>1684</x:v>
+      </x:c>
+      <x:c r="DE35" s="3" t="n">
+        <x:v>1723</x:v>
+      </x:c>
+      <x:c r="DF35" s="3" t="n">
+        <x:v>1764</x:v>
+      </x:c>
+      <x:c r="DG35" s="3" t="n">
+        <x:v>1778</x:v>
+      </x:c>
+      <x:c r="DH35" s="3" t="n">
         <x:v>1721</x:v>
       </x:c>
-      <x:c r="CC35" s="3" t="n">
-[...89 lines deleted...]
-      <x:c r="DG35" s="3" t="n">
+      <x:c r="DI35" s="3" t="n">
+        <x:v>1875</x:v>
+      </x:c>
+      <x:c r="DJ35" s="3" t="n">
+        <x:v>1832</x:v>
+      </x:c>
+      <x:c r="DK35" s="3" t="n">
+        <x:v>1865</x:v>
+      </x:c>
+      <x:c r="DL35" s="3" t="n">
+        <x:v>1879</x:v>
+      </x:c>
+      <x:c r="DM35" s="3" t="n">
+        <x:v>1888</x:v>
+      </x:c>
+      <x:c r="DN35" s="3" t="n">
+        <x:v>1872</x:v>
+      </x:c>
+      <x:c r="DO35" s="3" t="n">
+        <x:v>1807</x:v>
+      </x:c>
+      <x:c r="DP35" s="3" t="n">
+        <x:v>1865</x:v>
+      </x:c>
+      <x:c r="DQ35" s="3" t="n">
+        <x:v>1804</x:v>
+      </x:c>
+      <x:c r="DR35" s="3" t="n">
+        <x:v>1836</x:v>
+      </x:c>
+      <x:c r="DS35" s="3" t="n">
         <x:v>1831</x:v>
       </x:c>
-      <x:c r="DH35" s="3" t="n">
-[...33 lines deleted...]
-        <x:v>1851</x:v>
+      <x:c r="DT35" s="3" t="n">
+        <x:v>1803</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:123">
+    <x:row r="36" spans="1:124">
       <x:c r="A36" s="2" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>2317</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
         <x:v>2353</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
         <x:v>2387</x:v>
       </x:c>
       <x:c r="E36" s="3" t="n">
         <x:v>2425</x:v>
       </x:c>
       <x:c r="F36" s="3" t="n">
         <x:v>2415</x:v>
       </x:c>
       <x:c r="G36" s="3" t="n">
         <x:v>2516</x:v>
       </x:c>
       <x:c r="H36" s="3" t="n">
         <x:v>2631</x:v>
       </x:c>
       <x:c r="I36" s="3" t="n">
         <x:v>2654</x:v>
       </x:c>
@@ -12946,368 +13055,371 @@
       <x:c r="K36" s="3" t="n">
         <x:v>2753</x:v>
       </x:c>
       <x:c r="L36" s="3" t="n">
         <x:v>2805</x:v>
       </x:c>
       <x:c r="M36" s="3" t="n">
         <x:v>2849</x:v>
       </x:c>
       <x:c r="N36" s="3" t="n">
         <x:v>2860</x:v>
       </x:c>
       <x:c r="O36" s="3" t="n">
         <x:v>2960</x:v>
       </x:c>
       <x:c r="P36" s="3" t="n">
         <x:v>3032</x:v>
       </x:c>
       <x:c r="Q36" s="3" t="n">
         <x:v>3111</x:v>
       </x:c>
       <x:c r="R36" s="3" t="n">
         <x:v>3163</x:v>
       </x:c>
       <x:c r="S36" s="3" t="n">
-        <x:v>3192</x:v>
+        <x:v>3191</x:v>
       </x:c>
       <x:c r="T36" s="3" t="n">
         <x:v>3174</x:v>
       </x:c>
       <x:c r="U36" s="3" t="n">
         <x:v>3192</x:v>
       </x:c>
       <x:c r="V36" s="3" t="n">
         <x:v>3258</x:v>
       </x:c>
       <x:c r="W36" s="3" t="n">
         <x:v>3289</x:v>
       </x:c>
       <x:c r="X36" s="3" t="n">
         <x:v>3301</x:v>
       </x:c>
       <x:c r="Y36" s="3" t="n">
         <x:v>3320</x:v>
       </x:c>
       <x:c r="Z36" s="3" t="n">
-        <x:v>3341</x:v>
+        <x:v>3340</x:v>
       </x:c>
       <x:c r="AA36" s="3" t="n">
-        <x:v>3353</x:v>
+        <x:v>3352</x:v>
       </x:c>
       <x:c r="AB36" s="3" t="n">
-        <x:v>3301</x:v>
+        <x:v>3300</x:v>
       </x:c>
       <x:c r="AC36" s="3" t="n">
-        <x:v>3334</x:v>
+        <x:v>3331</x:v>
       </x:c>
       <x:c r="AD36" s="3" t="n">
-        <x:v>3418</x:v>
+        <x:v>3415</x:v>
       </x:c>
       <x:c r="AE36" s="3" t="n">
-        <x:v>3442</x:v>
+        <x:v>3438</x:v>
       </x:c>
       <x:c r="AF36" s="3" t="n">
-        <x:v>3511</x:v>
+        <x:v>3506</x:v>
       </x:c>
       <x:c r="AG36" s="3" t="n">
-        <x:v>3547</x:v>
+        <x:v>3541</x:v>
       </x:c>
       <x:c r="AH36" s="3" t="n">
-        <x:v>3498</x:v>
+        <x:v>3492</x:v>
       </x:c>
       <x:c r="AI36" s="3" t="n">
-        <x:v>3457</x:v>
+        <x:v>3450</x:v>
       </x:c>
       <x:c r="AJ36" s="3" t="n">
-        <x:v>3541</x:v>
+        <x:v>3532</x:v>
       </x:c>
       <x:c r="AK36" s="3" t="n">
-        <x:v>3518</x:v>
+        <x:v>3508</x:v>
       </x:c>
       <x:c r="AL36" s="3" t="n">
-        <x:v>3473</x:v>
+        <x:v>3462</x:v>
       </x:c>
       <x:c r="AM36" s="3" t="n">
-        <x:v>3484</x:v>
+        <x:v>3472</x:v>
       </x:c>
       <x:c r="AN36" s="3" t="n">
-        <x:v>3547</x:v>
+        <x:v>3534</x:v>
       </x:c>
       <x:c r="AO36" s="3" t="n">
-        <x:v>3557</x:v>
+        <x:v>3542</x:v>
       </x:c>
       <x:c r="AP36" s="3" t="n">
-        <x:v>3539</x:v>
+        <x:v>3523</x:v>
       </x:c>
       <x:c r="AQ36" s="3" t="n">
-        <x:v>3625</x:v>
+        <x:v>3607</x:v>
       </x:c>
       <x:c r="AR36" s="3" t="n">
-        <x:v>3615</x:v>
+        <x:v>3596</x:v>
       </x:c>
       <x:c r="AS36" s="3" t="n">
-        <x:v>3644</x:v>
+        <x:v>3623</x:v>
       </x:c>
       <x:c r="AT36" s="3" t="n">
-        <x:v>3726</x:v>
+        <x:v>3704</x:v>
       </x:c>
       <x:c r="AU36" s="3" t="n">
-        <x:v>3775</x:v>
+        <x:v>3751</x:v>
       </x:c>
       <x:c r="AV36" s="3" t="n">
-        <x:v>3809</x:v>
+        <x:v>3783</x:v>
       </x:c>
       <x:c r="AW36" s="3" t="n">
-        <x:v>3843</x:v>
+        <x:v>3816</x:v>
       </x:c>
       <x:c r="AX36" s="3" t="n">
-        <x:v>3978</x:v>
+        <x:v>3948</x:v>
       </x:c>
       <x:c r="AY36" s="3" t="n">
-        <x:v>4084</x:v>
+        <x:v>4052</x:v>
       </x:c>
       <x:c r="AZ36" s="3" t="n">
-        <x:v>4188</x:v>
+        <x:v>4153</x:v>
       </x:c>
       <x:c r="BA36" s="3" t="n">
-        <x:v>4212</x:v>
+        <x:v>4175</x:v>
       </x:c>
       <x:c r="BB36" s="3" t="n">
-        <x:v>4327</x:v>
+        <x:v>4288</x:v>
       </x:c>
       <x:c r="BC36" s="3" t="n">
-        <x:v>4389</x:v>
+        <x:v>4348</x:v>
       </x:c>
       <x:c r="BD36" s="3" t="n">
-        <x:v>4379</x:v>
+        <x:v>4337</x:v>
       </x:c>
       <x:c r="BE36" s="3" t="n">
-        <x:v>4465</x:v>
+        <x:v>4423</x:v>
       </x:c>
       <x:c r="BF36" s="3" t="n">
-        <x:v>4352</x:v>
+        <x:v>4311</x:v>
       </x:c>
       <x:c r="BG36" s="3" t="n">
-        <x:v>4257</x:v>
+        <x:v>4217</x:v>
       </x:c>
       <x:c r="BH36" s="3" t="n">
-        <x:v>4455</x:v>
+        <x:v>4414</x:v>
       </x:c>
       <x:c r="BI36" s="3" t="n">
-        <x:v>4547</x:v>
+        <x:v>4505</x:v>
       </x:c>
       <x:c r="BJ36" s="3" t="n">
-        <x:v>4558</x:v>
+        <x:v>4516</x:v>
       </x:c>
       <x:c r="BK36" s="3" t="n">
-        <x:v>4545</x:v>
+        <x:v>4502</x:v>
       </x:c>
       <x:c r="BL36" s="3" t="n">
-        <x:v>4597</x:v>
+        <x:v>4554</x:v>
       </x:c>
       <x:c r="BM36" s="3" t="n">
-        <x:v>4707</x:v>
+        <x:v>4663</x:v>
       </x:c>
       <x:c r="BN36" s="3" t="n">
-        <x:v>4755</x:v>
+        <x:v>4711</x:v>
       </x:c>
       <x:c r="BO36" s="3" t="n">
-        <x:v>4838</x:v>
+        <x:v>4793</x:v>
       </x:c>
       <x:c r="BP36" s="3" t="n">
-        <x:v>4881</x:v>
+        <x:v>4835</x:v>
       </x:c>
       <x:c r="BQ36" s="3" t="n">
-        <x:v>5058</x:v>
+        <x:v>5011</x:v>
       </x:c>
       <x:c r="BR36" s="3" t="n">
-        <x:v>4996</x:v>
+        <x:v>4950</x:v>
       </x:c>
       <x:c r="BS36" s="3" t="n">
-        <x:v>5085</x:v>
+        <x:v>5038</x:v>
       </x:c>
       <x:c r="BT36" s="3" t="n">
-        <x:v>5112</x:v>
+        <x:v>5065</x:v>
       </x:c>
       <x:c r="BU36" s="3" t="n">
-        <x:v>5154</x:v>
+        <x:v>5105</x:v>
       </x:c>
       <x:c r="BV36" s="3" t="n">
-        <x:v>5363</x:v>
+        <x:v>5312</x:v>
       </x:c>
       <x:c r="BW36" s="3" t="n">
-        <x:v>5329</x:v>
+        <x:v>5279</x:v>
       </x:c>
       <x:c r="BX36" s="3" t="n">
-        <x:v>5451</x:v>
+        <x:v>5400</x:v>
       </x:c>
       <x:c r="BY36" s="3" t="n">
-        <x:v>5614</x:v>
+        <x:v>5560</x:v>
       </x:c>
       <x:c r="BZ36" s="3" t="n">
-        <x:v>5704</x:v>
+        <x:v>5650</x:v>
       </x:c>
       <x:c r="CA36" s="3" t="n">
-        <x:v>5791</x:v>
+        <x:v>5736</x:v>
       </x:c>
       <x:c r="CB36" s="3" t="n">
-        <x:v>5841</x:v>
+        <x:v>5786</x:v>
       </x:c>
       <x:c r="CC36" s="3" t="n">
-        <x:v>5841</x:v>
+        <x:v>5786</x:v>
       </x:c>
       <x:c r="CD36" s="3" t="n">
-        <x:v>5989</x:v>
+        <x:v>5932</x:v>
       </x:c>
       <x:c r="CE36" s="3" t="n">
-        <x:v>6018</x:v>
+        <x:v>5961</x:v>
       </x:c>
       <x:c r="CF36" s="3" t="n">
-        <x:v>6090</x:v>
+        <x:v>6032</x:v>
       </x:c>
       <x:c r="CG36" s="3" t="n">
-        <x:v>6443</x:v>
+        <x:v>6382</x:v>
       </x:c>
       <x:c r="CH36" s="3" t="n">
-        <x:v>6432</x:v>
+        <x:v>6372</x:v>
       </x:c>
       <x:c r="CI36" s="3" t="n">
-        <x:v>6281</x:v>
+        <x:v>6222</x:v>
       </x:c>
       <x:c r="CJ36" s="3" t="n">
-        <x:v>6414</x:v>
+        <x:v>6353</x:v>
       </x:c>
       <x:c r="CK36" s="3" t="n">
-        <x:v>6512</x:v>
+        <x:v>6449</x:v>
       </x:c>
       <x:c r="CL36" s="3" t="n">
-        <x:v>6605</x:v>
+        <x:v>6540</x:v>
       </x:c>
       <x:c r="CM36" s="3" t="n">
-        <x:v>6684</x:v>
+        <x:v>6617</x:v>
       </x:c>
       <x:c r="CN36" s="3" t="n">
-        <x:v>6780</x:v>
+        <x:v>6711</x:v>
       </x:c>
       <x:c r="CO36" s="3" t="n">
-        <x:v>6909</x:v>
+        <x:v>6839</x:v>
       </x:c>
       <x:c r="CP36" s="3" t="n">
-        <x:v>7016</x:v>
+        <x:v>6946</x:v>
       </x:c>
       <x:c r="CQ36" s="3" t="n">
-        <x:v>7151</x:v>
+        <x:v>7080</x:v>
       </x:c>
       <x:c r="CR36" s="3" t="n">
-        <x:v>7203</x:v>
+        <x:v>7129</x:v>
       </x:c>
       <x:c r="CS36" s="3" t="n">
-        <x:v>7351</x:v>
+        <x:v>7273</x:v>
       </x:c>
       <x:c r="CT36" s="3" t="n">
-        <x:v>7472</x:v>
+        <x:v>7389</x:v>
       </x:c>
       <x:c r="CU36" s="3" t="n">
-        <x:v>7652</x:v>
+        <x:v>7567</x:v>
       </x:c>
       <x:c r="CV36" s="3" t="n">
-        <x:v>7793</x:v>
+        <x:v>7714</x:v>
       </x:c>
       <x:c r="CW36" s="3" t="n">
-        <x:v>7869</x:v>
+        <x:v>7803</x:v>
       </x:c>
       <x:c r="CX36" s="3" t="n">
-        <x:v>7933</x:v>
+        <x:v>7887</x:v>
       </x:c>
       <x:c r="CY36" s="3" t="n">
-        <x:v>4319</x:v>
+        <x:v>4294</x:v>
       </x:c>
       <x:c r="CZ36" s="3" t="n">
-        <x:v>6213</x:v>
+        <x:v>6166</x:v>
       </x:c>
       <x:c r="DA36" s="3" t="n">
-        <x:v>6169</x:v>
+        <x:v>6095</x:v>
       </x:c>
       <x:c r="DB36" s="3" t="n">
-        <x:v>5553</x:v>
+        <x:v>5450</x:v>
       </x:c>
       <x:c r="DC36" s="3" t="n">
-        <x:v>4906</x:v>
+        <x:v>4791</x:v>
       </x:c>
       <x:c r="DD36" s="3" t="n">
-        <x:v>7471</x:v>
+        <x:v>7275</x:v>
       </x:c>
       <x:c r="DE36" s="3" t="n">
-        <x:v>8344</x:v>
+        <x:v>8122</x:v>
       </x:c>
       <x:c r="DF36" s="3" t="n">
-        <x:v>7839</x:v>
+        <x:v>7659</x:v>
       </x:c>
       <x:c r="DG36" s="3" t="n">
-        <x:v>8580</x:v>
+        <x:v>8392</x:v>
       </x:c>
       <x:c r="DH36" s="3" t="n">
-        <x:v>9034</x:v>
+        <x:v>8839</x:v>
       </x:c>
       <x:c r="DI36" s="3" t="n">
-        <x:v>9346</x:v>
+        <x:v>9145</x:v>
       </x:c>
       <x:c r="DJ36" s="3" t="n">
-        <x:v>9316</x:v>
+        <x:v>9115</x:v>
       </x:c>
       <x:c r="DK36" s="3" t="n">
-        <x:v>9435</x:v>
+        <x:v>9211</x:v>
       </x:c>
       <x:c r="DL36" s="3" t="n">
-        <x:v>9564</x:v>
+        <x:v>9348</x:v>
       </x:c>
       <x:c r="DM36" s="3" t="n">
-        <x:v>9610</x:v>
+        <x:v>9391</x:v>
       </x:c>
       <x:c r="DN36" s="3" t="n">
-        <x:v>9926</x:v>
+        <x:v>9730</x:v>
       </x:c>
       <x:c r="DO36" s="3" t="n">
-        <x:v>10013</x:v>
+        <x:v>9807</x:v>
       </x:c>
       <x:c r="DP36" s="3" t="n">
-        <x:v>10149</x:v>
+        <x:v>9954</x:v>
       </x:c>
       <x:c r="DQ36" s="3" t="n">
-        <x:v>10316</x:v>
+        <x:v>10094</x:v>
       </x:c>
       <x:c r="DR36" s="3" t="n">
-        <x:v>10624</x:v>
+        <x:v>10389</x:v>
       </x:c>
       <x:c r="DS36" s="3" t="n">
-        <x:v>10883</x:v>
+        <x:v>10644</x:v>
+      </x:c>
+      <x:c r="DT36" s="3" t="n">
+        <x:v>10782</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:123">
+    <x:row r="37" spans="1:124">
       <x:c r="A37" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>3658</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>3727</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
         <x:v>3831</x:v>
       </x:c>
       <x:c r="E37" s="3" t="n">
         <x:v>3907</x:v>
       </x:c>
       <x:c r="F37" s="3" t="n">
         <x:v>4030</x:v>
       </x:c>
       <x:c r="G37" s="3" t="n">
         <x:v>4134</x:v>
       </x:c>
       <x:c r="H37" s="3" t="n">
         <x:v>4226</x:v>
       </x:c>
       <x:c r="I37" s="3" t="n">
         <x:v>4381</x:v>
       </x:c>
@@ -13335,350 +13447,353 @@
       <x:c r="Q37" s="3" t="n">
         <x:v>5634</x:v>
       </x:c>
       <x:c r="R37" s="3" t="n">
         <x:v>5656</x:v>
       </x:c>
       <x:c r="S37" s="3" t="n">
         <x:v>5788</x:v>
       </x:c>
       <x:c r="T37" s="3" t="n">
         <x:v>5892</x:v>
       </x:c>
       <x:c r="U37" s="3" t="n">
         <x:v>6060</x:v>
       </x:c>
       <x:c r="V37" s="3" t="n">
         <x:v>6534</x:v>
       </x:c>
       <x:c r="W37" s="3" t="n">
         <x:v>6800</x:v>
       </x:c>
       <x:c r="X37" s="3" t="n">
         <x:v>6976</x:v>
       </x:c>
       <x:c r="Y37" s="3" t="n">
-        <x:v>7112</x:v>
+        <x:v>7111</x:v>
       </x:c>
       <x:c r="Z37" s="3" t="n">
-        <x:v>7532</x:v>
+        <x:v>7531</x:v>
       </x:c>
       <x:c r="AA37" s="3" t="n">
-        <x:v>7610</x:v>
+        <x:v>7607</x:v>
       </x:c>
       <x:c r="AB37" s="3" t="n">
-        <x:v>7761</x:v>
+        <x:v>7758</x:v>
       </x:c>
       <x:c r="AC37" s="3" t="n">
-        <x:v>7821</x:v>
+        <x:v>7815</x:v>
       </x:c>
       <x:c r="AD37" s="3" t="n">
-        <x:v>7679</x:v>
+        <x:v>7672</x:v>
       </x:c>
       <x:c r="AE37" s="3" t="n">
-        <x:v>7733</x:v>
+        <x:v>7724</x:v>
       </x:c>
       <x:c r="AF37" s="3" t="n">
-        <x:v>7839</x:v>
+        <x:v>7829</x:v>
       </x:c>
       <x:c r="AG37" s="3" t="n">
-        <x:v>7902</x:v>
+        <x:v>7891</x:v>
       </x:c>
       <x:c r="AH37" s="3" t="n">
+        <x:v>7309</x:v>
+      </x:c>
+      <x:c r="AI37" s="3" t="n">
         <x:v>7322</x:v>
       </x:c>
-      <x:c r="AI37" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="AJ37" s="3" t="n">
-        <x:v>7361</x:v>
+        <x:v>7345</x:v>
       </x:c>
       <x:c r="AK37" s="3" t="n">
-        <x:v>7342</x:v>
+        <x:v>7324</x:v>
       </x:c>
       <x:c r="AL37" s="3" t="n">
-        <x:v>7360</x:v>
+        <x:v>7340</x:v>
       </x:c>
       <x:c r="AM37" s="3" t="n">
-        <x:v>7529</x:v>
+        <x:v>7507</x:v>
       </x:c>
       <x:c r="AN37" s="3" t="n">
-        <x:v>7647</x:v>
+        <x:v>7622</x:v>
       </x:c>
       <x:c r="AO37" s="3" t="n">
-        <x:v>7839</x:v>
+        <x:v>7812</x:v>
       </x:c>
       <x:c r="AP37" s="3" t="n">
-        <x:v>7888</x:v>
+        <x:v>7859</x:v>
       </x:c>
       <x:c r="AQ37" s="3" t="n">
-        <x:v>8068</x:v>
+        <x:v>8036</x:v>
       </x:c>
       <x:c r="AR37" s="3" t="n">
-        <x:v>8163</x:v>
+        <x:v>8129</x:v>
       </x:c>
       <x:c r="AS37" s="3" t="n">
-        <x:v>8282</x:v>
+        <x:v>8244</x:v>
       </x:c>
       <x:c r="AT37" s="3" t="n">
-        <x:v>8434</x:v>
+        <x:v>8397</x:v>
       </x:c>
       <x:c r="AU37" s="3" t="n">
-        <x:v>8682</x:v>
+        <x:v>8643</x:v>
       </x:c>
       <x:c r="AV37" s="3" t="n">
-        <x:v>8825</x:v>
+        <x:v>8784</x:v>
       </x:c>
       <x:c r="AW37" s="3" t="n">
-        <x:v>8992</x:v>
+        <x:v>8948</x:v>
       </x:c>
       <x:c r="AX37" s="3" t="n">
-        <x:v>9334</x:v>
+        <x:v>9285</x:v>
       </x:c>
       <x:c r="AY37" s="3" t="n">
-        <x:v>9562</x:v>
+        <x:v>9510</x:v>
       </x:c>
       <x:c r="AZ37" s="3" t="n">
-        <x:v>9683</x:v>
+        <x:v>9627</x:v>
       </x:c>
       <x:c r="BA37" s="3" t="n">
-        <x:v>10030</x:v>
+        <x:v>9965</x:v>
       </x:c>
       <x:c r="BB37" s="3" t="n">
-        <x:v>10189</x:v>
+        <x:v>10116</x:v>
       </x:c>
       <x:c r="BC37" s="3" t="n">
-        <x:v>10276</x:v>
+        <x:v>10200</x:v>
       </x:c>
       <x:c r="BD37" s="3" t="n">
-        <x:v>10790</x:v>
+        <x:v>10709</x:v>
       </x:c>
       <x:c r="BE37" s="3" t="n">
-        <x:v>10911</x:v>
+        <x:v>10831</x:v>
       </x:c>
       <x:c r="BF37" s="3" t="n">
-        <x:v>10652</x:v>
+        <x:v>10575</x:v>
       </x:c>
       <x:c r="BG37" s="3" t="n">
-        <x:v>10736</x:v>
+        <x:v>10660</x:v>
       </x:c>
       <x:c r="BH37" s="3" t="n">
-        <x:v>10805</x:v>
+        <x:v>10730</x:v>
       </x:c>
       <x:c r="BI37" s="3" t="n">
-        <x:v>10937</x:v>
+        <x:v>10863</x:v>
       </x:c>
       <x:c r="BJ37" s="3" t="n">
-        <x:v>11013</x:v>
+        <x:v>10939</x:v>
       </x:c>
       <x:c r="BK37" s="3" t="n">
-        <x:v>10966</x:v>
+        <x:v>10892</x:v>
       </x:c>
       <x:c r="BL37" s="3" t="n">
-        <x:v>11433</x:v>
+        <x:v>11358</x:v>
       </x:c>
       <x:c r="BM37" s="3" t="n">
-        <x:v>11594</x:v>
+        <x:v>11518</x:v>
       </x:c>
       <x:c r="BN37" s="3" t="n">
-        <x:v>11689</x:v>
+        <x:v>11617</x:v>
       </x:c>
       <x:c r="BO37" s="3" t="n">
-        <x:v>11875</x:v>
+        <x:v>11804</x:v>
       </x:c>
       <x:c r="BP37" s="3" t="n">
-        <x:v>11941</x:v>
+        <x:v>11868</x:v>
       </x:c>
       <x:c r="BQ37" s="3" t="n">
-        <x:v>12259</x:v>
+        <x:v>12187</x:v>
       </x:c>
       <x:c r="BR37" s="3" t="n">
-        <x:v>12339</x:v>
+        <x:v>12266</x:v>
       </x:c>
       <x:c r="BS37" s="3" t="n">
-        <x:v>12892</x:v>
+        <x:v>12818</x:v>
       </x:c>
       <x:c r="BT37" s="3" t="n">
-        <x:v>12555</x:v>
+        <x:v>12484</x:v>
       </x:c>
       <x:c r="BU37" s="3" t="n">
-        <x:v>12673</x:v>
+        <x:v>12602</x:v>
       </x:c>
       <x:c r="BV37" s="3" t="n">
-        <x:v>12917</x:v>
+        <x:v>12847</x:v>
       </x:c>
       <x:c r="BW37" s="3" t="n">
-        <x:v>12993</x:v>
+        <x:v>12924</x:v>
       </x:c>
       <x:c r="BX37" s="3" t="n">
-        <x:v>13322</x:v>
+        <x:v>13254</x:v>
       </x:c>
       <x:c r="BY37" s="3" t="n">
-        <x:v>13424</x:v>
+        <x:v>13357</x:v>
       </x:c>
       <x:c r="BZ37" s="3" t="n">
-        <x:v>13846</x:v>
+        <x:v>13776</x:v>
       </x:c>
       <x:c r="CA37" s="3" t="n">
-        <x:v>13766</x:v>
+        <x:v>13696</x:v>
       </x:c>
       <x:c r="CB37" s="3" t="n">
-        <x:v>13891</x:v>
+        <x:v>13823</x:v>
       </x:c>
       <x:c r="CC37" s="3" t="n">
-        <x:v>14038</x:v>
+        <x:v>13968</x:v>
       </x:c>
       <x:c r="CD37" s="3" t="n">
-        <x:v>14418</x:v>
+        <x:v>14352</x:v>
       </x:c>
       <x:c r="CE37" s="3" t="n">
-        <x:v>14370</x:v>
+        <x:v>14306</x:v>
       </x:c>
       <x:c r="CF37" s="3" t="n">
-        <x:v>14629</x:v>
+        <x:v>14565</x:v>
       </x:c>
       <x:c r="CG37" s="3" t="n">
-        <x:v>14713</x:v>
+        <x:v>14648</x:v>
       </x:c>
       <x:c r="CH37" s="3" t="n">
-        <x:v>14622</x:v>
+        <x:v>14559</x:v>
       </x:c>
       <x:c r="CI37" s="3" t="n">
-        <x:v>14834</x:v>
+        <x:v>14770</x:v>
       </x:c>
       <x:c r="CJ37" s="3" t="n">
-        <x:v>14785</x:v>
+        <x:v>14724</x:v>
       </x:c>
       <x:c r="CK37" s="3" t="n">
-        <x:v>14845</x:v>
+        <x:v>14784</x:v>
       </x:c>
       <x:c r="CL37" s="3" t="n">
-        <x:v>15060</x:v>
+        <x:v>15001</x:v>
       </x:c>
       <x:c r="CM37" s="3" t="n">
-        <x:v>15314</x:v>
+        <x:v>15257</x:v>
       </x:c>
       <x:c r="CN37" s="3" t="n">
-        <x:v>15585</x:v>
+        <x:v>15523</x:v>
       </x:c>
       <x:c r="CO37" s="3" t="n">
-        <x:v>15791</x:v>
+        <x:v>15731</x:v>
       </x:c>
       <x:c r="CP37" s="3" t="n">
-        <x:v>16094</x:v>
+        <x:v>16037</x:v>
       </x:c>
       <x:c r="CQ37" s="3" t="n">
-        <x:v>16178</x:v>
+        <x:v>16125</x:v>
       </x:c>
       <x:c r="CR37" s="3" t="n">
-        <x:v>16287</x:v>
+        <x:v>16242</x:v>
       </x:c>
       <x:c r="CS37" s="3" t="n">
-        <x:v>16569</x:v>
+        <x:v>16524</x:v>
       </x:c>
       <x:c r="CT37" s="3" t="n">
-        <x:v>17174</x:v>
+        <x:v>17122</x:v>
       </x:c>
       <x:c r="CU37" s="3" t="n">
-        <x:v>17190</x:v>
+        <x:v>17142</x:v>
       </x:c>
       <x:c r="CV37" s="3" t="n">
-        <x:v>17802</x:v>
+        <x:v>17751</x:v>
       </x:c>
       <x:c r="CW37" s="3" t="n">
-        <x:v>18212</x:v>
+        <x:v>18159</x:v>
       </x:c>
       <x:c r="CX37" s="3" t="n">
-        <x:v>17858</x:v>
+        <x:v>17812</x:v>
       </x:c>
       <x:c r="CY37" s="3" t="n">
-        <x:v>17490</x:v>
+        <x:v>17444</x:v>
       </x:c>
       <x:c r="CZ37" s="3" t="n">
-        <x:v>17653</x:v>
+        <x:v>17605</x:v>
       </x:c>
       <x:c r="DA37" s="3" t="n">
-        <x:v>18543</x:v>
+        <x:v>18490</x:v>
       </x:c>
       <x:c r="DB37" s="3" t="n">
-        <x:v>18968</x:v>
+        <x:v>18917</x:v>
       </x:c>
       <x:c r="DC37" s="3" t="n">
-        <x:v>19364</x:v>
+        <x:v>19316</x:v>
       </x:c>
       <x:c r="DD37" s="3" t="n">
-        <x:v>20031</x:v>
+        <x:v>19996</x:v>
       </x:c>
       <x:c r="DE37" s="3" t="n">
-        <x:v>20621</x:v>
+        <x:v>20608</x:v>
       </x:c>
       <x:c r="DF37" s="3" t="n">
-        <x:v>21079</x:v>
+        <x:v>21102</x:v>
       </x:c>
       <x:c r="DG37" s="3" t="n">
-        <x:v>21692</x:v>
+        <x:v>21756</x:v>
       </x:c>
       <x:c r="DH37" s="3" t="n">
-        <x:v>22376</x:v>
+        <x:v>22364</x:v>
       </x:c>
       <x:c r="DI37" s="3" t="n">
-        <x:v>23071</x:v>
+        <x:v>23017</x:v>
       </x:c>
       <x:c r="DJ37" s="3" t="n">
-        <x:v>23589</x:v>
+        <x:v>23494</x:v>
       </x:c>
       <x:c r="DK37" s="3" t="n">
-        <x:v>23842</x:v>
+        <x:v>23630</x:v>
       </x:c>
       <x:c r="DL37" s="3" t="n">
-        <x:v>24107</x:v>
+        <x:v>23863</x:v>
       </x:c>
       <x:c r="DM37" s="3" t="n">
-        <x:v>24536</x:v>
+        <x:v>24327</x:v>
       </x:c>
       <x:c r="DN37" s="3" t="n">
-        <x:v>25062</x:v>
+        <x:v>24925</x:v>
       </x:c>
       <x:c r="DO37" s="3" t="n">
-        <x:v>25286</x:v>
+        <x:v>25088</x:v>
       </x:c>
       <x:c r="DP37" s="3" t="n">
-        <x:v>25437</x:v>
+        <x:v>25272</x:v>
       </x:c>
       <x:c r="DQ37" s="3" t="n">
-        <x:v>25603</x:v>
+        <x:v>25462</x:v>
       </x:c>
       <x:c r="DR37" s="3" t="n">
-        <x:v>26100</x:v>
+        <x:v>25891</x:v>
       </x:c>
       <x:c r="DS37" s="3" t="n">
-        <x:v>26428</x:v>
+        <x:v>26259</x:v>
+      </x:c>
+      <x:c r="DT37" s="3" t="n">
+        <x:v>26308</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:123">
+    <x:row r="38" spans="1:124">
       <x:c r="A38" s="2" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>3400</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
         <x:v>3388</x:v>
       </x:c>
       <x:c r="D38" s="3" t="n">
         <x:v>3450</x:v>
       </x:c>
       <x:c r="E38" s="3" t="n">
         <x:v>3476</x:v>
       </x:c>
       <x:c r="F38" s="3" t="n">
         <x:v>3463</x:v>
       </x:c>
       <x:c r="G38" s="3" t="n">
         <x:v>3514</x:v>
       </x:c>
       <x:c r="H38" s="3" t="n">
         <x:v>3512</x:v>
       </x:c>
       <x:c r="I38" s="3" t="n">
         <x:v>3531</x:v>
       </x:c>
@@ -13694,362 +13809,365 @@
       <x:c r="M38" s="3" t="n">
         <x:v>3558</x:v>
       </x:c>
       <x:c r="N38" s="3" t="n">
         <x:v>3515</x:v>
       </x:c>
       <x:c r="O38" s="3" t="n">
         <x:v>3582</x:v>
       </x:c>
       <x:c r="P38" s="3" t="n">
         <x:v>3665</x:v>
       </x:c>
       <x:c r="Q38" s="3" t="n">
         <x:v>3686</x:v>
       </x:c>
       <x:c r="R38" s="3" t="n">
         <x:v>3831</x:v>
       </x:c>
       <x:c r="S38" s="3" t="n">
         <x:v>3902</x:v>
       </x:c>
       <x:c r="T38" s="3" t="n">
         <x:v>3993</x:v>
       </x:c>
       <x:c r="U38" s="3" t="n">
-        <x:v>4061</x:v>
+        <x:v>4060</x:v>
       </x:c>
       <x:c r="V38" s="3" t="n">
-        <x:v>4109</x:v>
+        <x:v>4107</x:v>
       </x:c>
       <x:c r="W38" s="3" t="n">
-        <x:v>4159</x:v>
+        <x:v>4158</x:v>
       </x:c>
       <x:c r="X38" s="3" t="n">
         <x:v>4161</x:v>
       </x:c>
       <x:c r="Y38" s="3" t="n">
-        <x:v>4170</x:v>
+        <x:v>4173</x:v>
       </x:c>
       <x:c r="Z38" s="3" t="n">
-        <x:v>4320</x:v>
+        <x:v>4328</x:v>
       </x:c>
       <x:c r="AA38" s="3" t="n">
-        <x:v>4267</x:v>
+        <x:v>4277</x:v>
       </x:c>
       <x:c r="AB38" s="3" t="n">
-        <x:v>4409</x:v>
+        <x:v>4418</x:v>
       </x:c>
       <x:c r="AC38" s="3" t="n">
-        <x:v>4486</x:v>
+        <x:v>4491</x:v>
       </x:c>
       <x:c r="AD38" s="3" t="n">
-        <x:v>4486</x:v>
+        <x:v>4482</x:v>
       </x:c>
       <x:c r="AE38" s="3" t="n">
-        <x:v>4489</x:v>
+        <x:v>4481</x:v>
       </x:c>
       <x:c r="AF38" s="3" t="n">
-        <x:v>4573</x:v>
+        <x:v>4563</x:v>
       </x:c>
       <x:c r="AG38" s="3" t="n">
-        <x:v>4638</x:v>
+        <x:v>4630</x:v>
       </x:c>
       <x:c r="AH38" s="3" t="n">
-        <x:v>4678</x:v>
+        <x:v>4676</x:v>
       </x:c>
       <x:c r="AI38" s="3" t="n">
+        <x:v>4664</x:v>
+      </x:c>
+      <x:c r="AJ38" s="3" t="n">
+        <x:v>4622</x:v>
+      </x:c>
+      <x:c r="AK38" s="3" t="n">
         <x:v>4665</x:v>
       </x:c>
-      <x:c r="AJ38" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="AL38" s="3" t="n">
-        <x:v>4900</x:v>
+        <x:v>4877</x:v>
       </x:c>
       <x:c r="AM38" s="3" t="n">
-        <x:v>4982</x:v>
+        <x:v>4951</x:v>
       </x:c>
       <x:c r="AN38" s="3" t="n">
-        <x:v>5018</x:v>
+        <x:v>4983</x:v>
       </x:c>
       <x:c r="AO38" s="3" t="n">
-        <x:v>5125</x:v>
+        <x:v>5091</x:v>
       </x:c>
       <x:c r="AP38" s="3" t="n">
-        <x:v>5050</x:v>
+        <x:v>5023</x:v>
       </x:c>
       <x:c r="AQ38" s="3" t="n">
-        <x:v>5128</x:v>
+        <x:v>5103</x:v>
       </x:c>
       <x:c r="AR38" s="3" t="n">
-        <x:v>5257</x:v>
+        <x:v>5230</x:v>
       </x:c>
       <x:c r="AS38" s="3" t="n">
-        <x:v>5369</x:v>
+        <x:v>5336</x:v>
       </x:c>
       <x:c r="AT38" s="3" t="n">
-        <x:v>5468</x:v>
+        <x:v>5424</x:v>
       </x:c>
       <x:c r="AU38" s="3" t="n">
-        <x:v>5602</x:v>
+        <x:v>5550</x:v>
       </x:c>
       <x:c r="AV38" s="3" t="n">
-        <x:v>5748</x:v>
+        <x:v>5691</x:v>
       </x:c>
       <x:c r="AW38" s="3" t="n">
-        <x:v>5902</x:v>
+        <x:v>5841</x:v>
       </x:c>
       <x:c r="AX38" s="3" t="n">
-        <x:v>6021</x:v>
+        <x:v>5963</x:v>
       </x:c>
       <x:c r="AY38" s="3" t="n">
-        <x:v>6136</x:v>
+        <x:v>6074</x:v>
       </x:c>
       <x:c r="AZ38" s="3" t="n">
-        <x:v>6318</x:v>
+        <x:v>6248</x:v>
       </x:c>
       <x:c r="BA38" s="3" t="n">
-        <x:v>6359</x:v>
+        <x:v>6277</x:v>
       </x:c>
       <x:c r="BB38" s="3" t="n">
-        <x:v>6683</x:v>
+        <x:v>6580</x:v>
       </x:c>
       <x:c r="BC38" s="3" t="n">
-        <x:v>6895</x:v>
+        <x:v>6778</x:v>
       </x:c>
       <x:c r="BD38" s="3" t="n">
-        <x:v>6935</x:v>
+        <x:v>6812</x:v>
       </x:c>
       <x:c r="BE38" s="3" t="n">
-        <x:v>7177</x:v>
+        <x:v>7051</x:v>
       </x:c>
       <x:c r="BF38" s="3" t="n">
-        <x:v>7083</x:v>
+        <x:v>6966</x:v>
       </x:c>
       <x:c r="BG38" s="3" t="n">
-        <x:v>7202</x:v>
+        <x:v>7088</x:v>
       </x:c>
       <x:c r="BH38" s="3" t="n">
-        <x:v>7251</x:v>
+        <x:v>7136</x:v>
       </x:c>
       <x:c r="BI38" s="3" t="n">
-        <x:v>7303</x:v>
+        <x:v>7183</x:v>
       </x:c>
       <x:c r="BJ38" s="3" t="n">
-        <x:v>7268</x:v>
+        <x:v>7140</x:v>
       </x:c>
       <x:c r="BK38" s="3" t="n">
-        <x:v>7279</x:v>
+        <x:v>7145</x:v>
       </x:c>
       <x:c r="BL38" s="3" t="n">
-        <x:v>7587</x:v>
+        <x:v>7445</x:v>
       </x:c>
       <x:c r="BM38" s="3" t="n">
-        <x:v>7639</x:v>
+        <x:v>7495</x:v>
       </x:c>
       <x:c r="BN38" s="3" t="n">
-        <x:v>7804</x:v>
+        <x:v>7659</x:v>
       </x:c>
       <x:c r="BO38" s="3" t="n">
-        <x:v>7549</x:v>
+        <x:v>7411</x:v>
       </x:c>
       <x:c r="BP38" s="3" t="n">
-        <x:v>7712</x:v>
+        <x:v>7572</x:v>
       </x:c>
       <x:c r="BQ38" s="3" t="n">
-        <x:v>7820</x:v>
+        <x:v>7679</x:v>
       </x:c>
       <x:c r="BR38" s="3" t="n">
-        <x:v>7829</x:v>
+        <x:v>7688</x:v>
       </x:c>
       <x:c r="BS38" s="3" t="n">
-        <x:v>8098</x:v>
+        <x:v>7953</x:v>
       </x:c>
       <x:c r="BT38" s="3" t="n">
-        <x:v>7820</x:v>
+        <x:v>7683</x:v>
       </x:c>
       <x:c r="BU38" s="3" t="n">
-        <x:v>8069</x:v>
+        <x:v>7931</x:v>
       </x:c>
       <x:c r="BV38" s="3" t="n">
-        <x:v>8144</x:v>
+        <x:v>8009</x:v>
       </x:c>
       <x:c r="BW38" s="3" t="n">
-        <x:v>8198</x:v>
+        <x:v>8064</x:v>
       </x:c>
       <x:c r="BX38" s="3" t="n">
-        <x:v>8255</x:v>
+        <x:v>8121</x:v>
       </x:c>
       <x:c r="BY38" s="3" t="n">
-        <x:v>8244</x:v>
+        <x:v>8108</x:v>
       </x:c>
       <x:c r="BZ38" s="3" t="n">
-        <x:v>8432</x:v>
+        <x:v>8290</x:v>
       </x:c>
       <x:c r="CA38" s="3" t="n">
-        <x:v>8556</x:v>
+        <x:v>8412</x:v>
       </x:c>
       <x:c r="CB38" s="3" t="n">
-        <x:v>8505</x:v>
+        <x:v>8367</x:v>
       </x:c>
       <x:c r="CC38" s="3" t="n">
-        <x:v>8662</x:v>
+        <x:v>8531</x:v>
       </x:c>
       <x:c r="CD38" s="3" t="n">
-        <x:v>8745</x:v>
+        <x:v>8627</x:v>
       </x:c>
       <x:c r="CE38" s="3" t="n">
-        <x:v>8467</x:v>
+        <x:v>8354</x:v>
       </x:c>
       <x:c r="CF38" s="3" t="n">
-        <x:v>8771</x:v>
+        <x:v>8645</x:v>
       </x:c>
       <x:c r="CG38" s="3" t="n">
-        <x:v>8937</x:v>
+        <x:v>8789</x:v>
       </x:c>
       <x:c r="CH38" s="3" t="n">
-        <x:v>8999</x:v>
+        <x:v>8820</x:v>
       </x:c>
       <x:c r="CI38" s="3" t="n">
-        <x:v>8928</x:v>
+        <x:v>8730</x:v>
       </x:c>
       <x:c r="CJ38" s="3" t="n">
-        <x:v>9045</x:v>
+        <x:v>8835</x:v>
       </x:c>
       <x:c r="CK38" s="3" t="n">
-        <x:v>9091</x:v>
+        <x:v>8878</x:v>
       </x:c>
       <x:c r="CL38" s="3" t="n">
-        <x:v>9022</x:v>
+        <x:v>8819</x:v>
       </x:c>
       <x:c r="CM38" s="3" t="n">
-        <x:v>9234</x:v>
+        <x:v>9032</x:v>
       </x:c>
       <x:c r="CN38" s="3" t="n">
-        <x:v>9146</x:v>
+        <x:v>8948</x:v>
       </x:c>
       <x:c r="CO38" s="3" t="n">
-        <x:v>9338</x:v>
+        <x:v>9137</x:v>
       </x:c>
       <x:c r="CP38" s="3" t="n">
-        <x:v>9474</x:v>
+        <x:v>9267</x:v>
       </x:c>
       <x:c r="CQ38" s="3" t="n">
-        <x:v>9449</x:v>
+        <x:v>9244</x:v>
       </x:c>
       <x:c r="CR38" s="3" t="n">
-        <x:v>9413</x:v>
+        <x:v>9211</x:v>
       </x:c>
       <x:c r="CS38" s="3" t="n">
-        <x:v>9695</x:v>
+        <x:v>9493</x:v>
       </x:c>
       <x:c r="CT38" s="3" t="n">
-        <x:v>9683</x:v>
+        <x:v>9490</x:v>
       </x:c>
       <x:c r="CU38" s="3" t="n">
-        <x:v>9678</x:v>
+        <x:v>9490</x:v>
       </x:c>
       <x:c r="CV38" s="3" t="n">
-        <x:v>9842</x:v>
+        <x:v>9650</x:v>
       </x:c>
       <x:c r="CW38" s="3" t="n">
-        <x:v>9801</x:v>
+        <x:v>9606</x:v>
       </x:c>
       <x:c r="CX38" s="3" t="n">
-        <x:v>10254</x:v>
+        <x:v>10042</x:v>
       </x:c>
       <x:c r="CY38" s="3" t="n">
-        <x:v>10221</x:v>
+        <x:v>10008</x:v>
       </x:c>
       <x:c r="CZ38" s="3" t="n">
-        <x:v>10359</x:v>
+        <x:v>10145</x:v>
       </x:c>
       <x:c r="DA38" s="3" t="n">
-        <x:v>10486</x:v>
+        <x:v>10277</x:v>
       </x:c>
       <x:c r="DB38" s="3" t="n">
-        <x:v>10859</x:v>
+        <x:v>10655</x:v>
       </x:c>
       <x:c r="DC38" s="3" t="n">
-        <x:v>10900</x:v>
+        <x:v>10705</x:v>
       </x:c>
       <x:c r="DD38" s="3" t="n">
-        <x:v>10955</x:v>
+        <x:v>10766</x:v>
       </x:c>
       <x:c r="DE38" s="3" t="n">
-        <x:v>11129</x:v>
+        <x:v>10942</x:v>
       </x:c>
       <x:c r="DF38" s="3" t="n">
-        <x:v>11534</x:v>
+        <x:v>11351</x:v>
       </x:c>
       <x:c r="DG38" s="3" t="n">
-        <x:v>11630</x:v>
+        <x:v>11444</x:v>
       </x:c>
       <x:c r="DH38" s="3" t="n">
-        <x:v>11729</x:v>
+        <x:v>11510</x:v>
       </x:c>
       <x:c r="DI38" s="3" t="n">
-        <x:v>11996</x:v>
+        <x:v>11747</x:v>
       </x:c>
       <x:c r="DJ38" s="3" t="n">
-        <x:v>12218</x:v>
+        <x:v>11937</x:v>
       </x:c>
       <x:c r="DK38" s="3" t="n">
-        <x:v>12350</x:v>
+        <x:v>12059</x:v>
       </x:c>
       <x:c r="DL38" s="3" t="n">
-        <x:v>12628</x:v>
+        <x:v>12366</x:v>
       </x:c>
       <x:c r="DM38" s="3" t="n">
-        <x:v>12867</x:v>
+        <x:v>12565</x:v>
       </x:c>
       <x:c r="DN38" s="3" t="n">
-        <x:v>13121</x:v>
+        <x:v>12893</x:v>
       </x:c>
       <x:c r="DO38" s="3" t="n">
-        <x:v>13401</x:v>
+        <x:v>13171</x:v>
       </x:c>
       <x:c r="DP38" s="3" t="n">
-        <x:v>13463</x:v>
+        <x:v>13308</x:v>
       </x:c>
       <x:c r="DQ38" s="3" t="n">
-        <x:v>13759</x:v>
+        <x:v>13527</x:v>
       </x:c>
       <x:c r="DR38" s="3" t="n">
-        <x:v>14069</x:v>
+        <x:v>13807</x:v>
       </x:c>
       <x:c r="DS38" s="3" t="n">
-        <x:v>14327</x:v>
+        <x:v>14066</x:v>
+      </x:c>
+      <x:c r="DT38" s="3" t="n">
+        <x:v>13979</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:123">
+    <x:row r="39" spans="1:124">
       <x:c r="A39" s="2" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>436</x:v>
       </x:c>
       <x:c r="D39" s="3" t="n">
         <x:v>454</x:v>
       </x:c>
       <x:c r="E39" s="3" t="n">
         <x:v>470</x:v>
       </x:c>
       <x:c r="F39" s="3" t="n">
         <x:v>481</x:v>
       </x:c>
       <x:c r="G39" s="3" t="n">
         <x:v>505</x:v>
       </x:c>
       <x:c r="H39" s="3" t="n">
         <x:v>523</x:v>
       </x:c>
       <x:c r="I39" s="3" t="n">
         <x:v>552</x:v>
       </x:c>
@@ -14083,344 +14201,347 @@
       <x:c r="S39" s="3" t="n">
         <x:v>919</x:v>
       </x:c>
       <x:c r="T39" s="3" t="n">
         <x:v>937</x:v>
       </x:c>
       <x:c r="U39" s="3" t="n">
         <x:v>967</x:v>
       </x:c>
       <x:c r="V39" s="3" t="n">
         <x:v>1026</x:v>
       </x:c>
       <x:c r="W39" s="3" t="n">
         <x:v>1072</x:v>
       </x:c>
       <x:c r="X39" s="3" t="n">
         <x:v>1109</x:v>
       </x:c>
       <x:c r="Y39" s="3" t="n">
         <x:v>1156</x:v>
       </x:c>
       <x:c r="Z39" s="3" t="n">
         <x:v>1140</x:v>
       </x:c>
       <x:c r="AA39" s="3" t="n">
-        <x:v>1175</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="AB39" s="3" t="n">
-        <x:v>1206</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="AC39" s="3" t="n">
-        <x:v>1233</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="AD39" s="3" t="n">
-        <x:v>1256</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="AE39" s="3" t="n">
-        <x:v>1267</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="AF39" s="3" t="n">
-        <x:v>1295</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="AG39" s="3" t="n">
-        <x:v>1315</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="AH39" s="3" t="n">
-        <x:v>1311</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="AI39" s="3" t="n">
-        <x:v>1327</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="AJ39" s="3" t="n">
-        <x:v>1344</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="AK39" s="3" t="n">
-        <x:v>1361</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="AL39" s="3" t="n">
-        <x:v>1388</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="AM39" s="3" t="n">
-        <x:v>1448</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="AN39" s="3" t="n">
-        <x:v>1471</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="AO39" s="3" t="n">
-        <x:v>1515</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="AP39" s="3" t="n">
-        <x:v>1573</x:v>
+        <x:v>1556</x:v>
       </x:c>
       <x:c r="AQ39" s="3" t="n">
-        <x:v>1591</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="AR39" s="3" t="n">
-        <x:v>1625</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="AS39" s="3" t="n">
-        <x:v>1666</x:v>
+        <x:v>1645</x:v>
       </x:c>
       <x:c r="AT39" s="3" t="n">
-        <x:v>1720</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="AU39" s="3" t="n">
-        <x:v>1791</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="AV39" s="3" t="n">
-        <x:v>1847</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="AW39" s="3" t="n">
-        <x:v>1910</x:v>
+        <x:v>1880</x:v>
       </x:c>
       <x:c r="AX39" s="3" t="n">
-        <x:v>2013</x:v>
+        <x:v>1979</x:v>
       </x:c>
       <x:c r="AY39" s="3" t="n">
-        <x:v>2107</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="AZ39" s="3" t="n">
-        <x:v>2172</x:v>
+        <x:v>2132</x:v>
       </x:c>
       <x:c r="BA39" s="3" t="n">
-        <x:v>2251</x:v>
+        <x:v>2207</x:v>
       </x:c>
       <x:c r="BB39" s="3" t="n">
-        <x:v>2322</x:v>
+        <x:v>2275</x:v>
       </x:c>
       <x:c r="BC39" s="3" t="n">
-        <x:v>2398</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="BD39" s="3" t="n">
-        <x:v>2444</x:v>
+        <x:v>2391</x:v>
       </x:c>
       <x:c r="BE39" s="3" t="n">
-        <x:v>2568</x:v>
+        <x:v>2512</x:v>
       </x:c>
       <x:c r="BF39" s="3" t="n">
-        <x:v>2334</x:v>
+        <x:v>2284</x:v>
       </x:c>
       <x:c r="BG39" s="3" t="n">
-        <x:v>2368</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="BH39" s="3" t="n">
-        <x:v>2426</x:v>
+        <x:v>2374</x:v>
       </x:c>
       <x:c r="BI39" s="3" t="n">
-        <x:v>2521</x:v>
+        <x:v>2467</x:v>
       </x:c>
       <x:c r="BJ39" s="3" t="n">
-        <x:v>2416</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="BK39" s="3" t="n">
-        <x:v>2460</x:v>
+        <x:v>2407</x:v>
       </x:c>
       <x:c r="BL39" s="3" t="n">
-        <x:v>2552</x:v>
+        <x:v>2497</x:v>
       </x:c>
       <x:c r="BM39" s="3" t="n">
-        <x:v>2618</x:v>
+        <x:v>2562</x:v>
       </x:c>
       <x:c r="BN39" s="3" t="n">
-        <x:v>2649</x:v>
+        <x:v>2592</x:v>
       </x:c>
       <x:c r="BO39" s="3" t="n">
-        <x:v>2728</x:v>
+        <x:v>2669</x:v>
       </x:c>
       <x:c r="BP39" s="3" t="n">
-        <x:v>2806</x:v>
+        <x:v>2746</x:v>
       </x:c>
       <x:c r="BQ39" s="3" t="n">
-        <x:v>2748</x:v>
+        <x:v>2690</x:v>
       </x:c>
       <x:c r="BR39" s="3" t="n">
-        <x:v>3048</x:v>
+        <x:v>2983</x:v>
       </x:c>
       <x:c r="BS39" s="3" t="n">
-        <x:v>2974</x:v>
+        <x:v>2911</x:v>
       </x:c>
       <x:c r="BT39" s="3" t="n">
-        <x:v>3046</x:v>
+        <x:v>2981</x:v>
       </x:c>
       <x:c r="BU39" s="3" t="n">
-        <x:v>3094</x:v>
+        <x:v>3028</x:v>
       </x:c>
       <x:c r="BV39" s="3" t="n">
-        <x:v>3032</x:v>
+        <x:v>2968</x:v>
       </x:c>
       <x:c r="BW39" s="3" t="n">
-        <x:v>3171</x:v>
+        <x:v>3104</x:v>
       </x:c>
       <x:c r="BX39" s="3" t="n">
-        <x:v>3225</x:v>
+        <x:v>3156</x:v>
       </x:c>
       <x:c r="BY39" s="3" t="n">
+        <x:v>3112</x:v>
+      </x:c>
+      <x:c r="BZ39" s="3" t="n">
         <x:v>3180</x:v>
       </x:c>
-      <x:c r="BZ39" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="CA39" s="3" t="n">
-        <x:v>3281</x:v>
+        <x:v>3211</x:v>
       </x:c>
       <x:c r="CB39" s="3" t="n">
-        <x:v>3241</x:v>
+        <x:v>3172</x:v>
       </x:c>
       <x:c r="CC39" s="3" t="n">
-        <x:v>3336</x:v>
+        <x:v>3265</x:v>
       </x:c>
       <x:c r="CD39" s="3" t="n">
-        <x:v>3639</x:v>
+        <x:v>3562</x:v>
       </x:c>
       <x:c r="CE39" s="3" t="n">
-        <x:v>3077</x:v>
+        <x:v>3012</x:v>
       </x:c>
       <x:c r="CF39" s="3" t="n">
-        <x:v>3614</x:v>
+        <x:v>3537</x:v>
       </x:c>
       <x:c r="CG39" s="3" t="n">
-        <x:v>3648</x:v>
+        <x:v>3570</x:v>
       </x:c>
       <x:c r="CH39" s="3" t="n">
-        <x:v>3624</x:v>
+        <x:v>3547</x:v>
       </x:c>
       <x:c r="CI39" s="3" t="n">
-        <x:v>3646</x:v>
+        <x:v>3568</x:v>
       </x:c>
       <x:c r="CJ39" s="3" t="n">
-        <x:v>3666</x:v>
+        <x:v>3588</x:v>
       </x:c>
       <x:c r="CK39" s="3" t="n">
-        <x:v>3686</x:v>
+        <x:v>3608</x:v>
       </x:c>
       <x:c r="CL39" s="3" t="n">
-        <x:v>3775</x:v>
+        <x:v>3696</x:v>
       </x:c>
       <x:c r="CM39" s="3" t="n">
-        <x:v>3871</x:v>
+        <x:v>3791</x:v>
       </x:c>
       <x:c r="CN39" s="3" t="n">
-        <x:v>3847</x:v>
+        <x:v>3767</x:v>
       </x:c>
       <x:c r="CO39" s="3" t="n">
-        <x:v>3840</x:v>
+        <x:v>3760</x:v>
       </x:c>
       <x:c r="CP39" s="3" t="n">
-        <x:v>4000</x:v>
+        <x:v>3916</x:v>
       </x:c>
       <x:c r="CQ39" s="3" t="n">
-        <x:v>4085</x:v>
+        <x:v>3999</x:v>
       </x:c>
       <x:c r="CR39" s="3" t="n">
-        <x:v>4014</x:v>
+        <x:v>3929</x:v>
       </x:c>
       <x:c r="CS39" s="3" t="n">
-        <x:v>4015</x:v>
+        <x:v>3930</x:v>
       </x:c>
       <x:c r="CT39" s="3" t="n">
-        <x:v>4045</x:v>
+        <x:v>3960</x:v>
       </x:c>
       <x:c r="CU39" s="3" t="n">
-        <x:v>3963</x:v>
+        <x:v>3881</x:v>
       </x:c>
       <x:c r="CV39" s="3" t="n">
-        <x:v>4148</x:v>
+        <x:v>4062</x:v>
       </x:c>
       <x:c r="CW39" s="3" t="n">
-        <x:v>4275</x:v>
+        <x:v>4187</x:v>
       </x:c>
       <x:c r="CX39" s="3" t="n">
-        <x:v>4508</x:v>
+        <x:v>4415</x:v>
       </x:c>
       <x:c r="CY39" s="3" t="n">
-        <x:v>4052</x:v>
+        <x:v>3968</x:v>
       </x:c>
       <x:c r="CZ39" s="3" t="n">
-        <x:v>4531</x:v>
+        <x:v>4438</x:v>
       </x:c>
       <x:c r="DA39" s="3" t="n">
-        <x:v>4498</x:v>
+        <x:v>4406</x:v>
       </x:c>
       <x:c r="DB39" s="3" t="n">
-        <x:v>4691</x:v>
+        <x:v>4597</x:v>
       </x:c>
       <x:c r="DC39" s="3" t="n">
-        <x:v>4665</x:v>
+        <x:v>4572</x:v>
       </x:c>
       <x:c r="DD39" s="3" t="n">
-        <x:v>4858</x:v>
+        <x:v>4760</x:v>
       </x:c>
       <x:c r="DE39" s="3" t="n">
-        <x:v>4931</x:v>
+        <x:v>4831</x:v>
       </x:c>
       <x:c r="DF39" s="3" t="n">
-        <x:v>5093</x:v>
+        <x:v>4970</x:v>
       </x:c>
       <x:c r="DG39" s="3" t="n">
-        <x:v>5213</x:v>
+        <x:v>5118</x:v>
       </x:c>
       <x:c r="DH39" s="3" t="n">
-        <x:v>5122</x:v>
+        <x:v>5015</x:v>
       </x:c>
       <x:c r="DI39" s="3" t="n">
-        <x:v>5250</x:v>
+        <x:v>5131</x:v>
       </x:c>
       <x:c r="DJ39" s="3" t="n">
-        <x:v>5293</x:v>
+        <x:v>5187</x:v>
       </x:c>
       <x:c r="DK39" s="3" t="n">
-        <x:v>5298</x:v>
+        <x:v>5180</x:v>
       </x:c>
       <x:c r="DL39" s="3" t="n">
-        <x:v>5360</x:v>
+        <x:v>5265</x:v>
       </x:c>
       <x:c r="DM39" s="3" t="n">
-        <x:v>5310</x:v>
+        <x:v>5207</x:v>
       </x:c>
       <x:c r="DN39" s="3" t="n">
-        <x:v>5506</x:v>
+        <x:v>5413</x:v>
       </x:c>
       <x:c r="DO39" s="3" t="n">
-        <x:v>5568</x:v>
+        <x:v>5462</x:v>
       </x:c>
       <x:c r="DP39" s="3" t="n">
-        <x:v>5640</x:v>
+        <x:v>5555</x:v>
       </x:c>
       <x:c r="DQ39" s="3" t="n">
-        <x:v>5658</x:v>
+        <x:v>5550</x:v>
       </x:c>
       <x:c r="DR39" s="3" t="n">
-        <x:v>5881</x:v>
+        <x:v>5773</x:v>
       </x:c>
       <x:c r="DS39" s="3" t="n">
-        <x:v>6063</x:v>
+        <x:v>5935</x:v>
+      </x:c>
+      <x:c r="DT39" s="3" t="n">
+        <x:v>5861</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:123">
+    <x:row r="40" spans="1:124">
       <x:c r="A40" s="2" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
@@ -14744,2280 +14865,2301 @@
       </x:c>
       <x:c r="DL40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DM40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DN40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DO40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DP40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DQ40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DR40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DS40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
+      <x:c r="DT40" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
     </x:row>
-    <x:row r="41" spans="1:123">
+    <x:row r="41" spans="1:124">
       <x:c r="A41" s="2" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
         <x:v>3799</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>3849</x:v>
       </x:c>
       <x:c r="D41" s="3" t="n">
         <x:v>3985</x:v>
       </x:c>
       <x:c r="E41" s="3" t="n">
         <x:v>4069</x:v>
       </x:c>
       <x:c r="F41" s="3" t="n">
         <x:v>4024</x:v>
       </x:c>
       <x:c r="G41" s="3" t="n">
         <x:v>4187</x:v>
       </x:c>
       <x:c r="H41" s="3" t="n">
         <x:v>4309</x:v>
       </x:c>
       <x:c r="I41" s="3" t="n">
         <x:v>4492</x:v>
       </x:c>
       <x:c r="J41" s="3" t="n">
         <x:v>4685</x:v>
       </x:c>
       <x:c r="K41" s="3" t="n">
         <x:v>4870</x:v>
       </x:c>
       <x:c r="L41" s="3" t="n">
         <x:v>4989</x:v>
       </x:c>
       <x:c r="M41" s="3" t="n">
         <x:v>5132</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>5281</x:v>
       </x:c>
       <x:c r="O41" s="3" t="n">
         <x:v>5476</x:v>
       </x:c>
       <x:c r="P41" s="3" t="n">
         <x:v>5656</x:v>
       </x:c>
       <x:c r="Q41" s="3" t="n">
-        <x:v>5698</x:v>
+        <x:v>5697</x:v>
       </x:c>
       <x:c r="R41" s="3" t="n">
         <x:v>5876</x:v>
       </x:c>
       <x:c r="S41" s="3" t="n">
         <x:v>5992</x:v>
       </x:c>
       <x:c r="T41" s="3" t="n">
         <x:v>6060</x:v>
       </x:c>
       <x:c r="U41" s="3" t="n">
         <x:v>6190</x:v>
       </x:c>
       <x:c r="V41" s="3" t="n">
-        <x:v>6154</x:v>
+        <x:v>6155</x:v>
       </x:c>
       <x:c r="W41" s="3" t="n">
-        <x:v>6348</x:v>
+        <x:v>6349</x:v>
       </x:c>
       <x:c r="X41" s="3" t="n">
         <x:v>6519</x:v>
       </x:c>
       <x:c r="Y41" s="3" t="n">
-        <x:v>6718</x:v>
+        <x:v>6716</x:v>
       </x:c>
       <x:c r="Z41" s="3" t="n">
-        <x:v>6695</x:v>
+        <x:v>6690</x:v>
       </x:c>
       <x:c r="AA41" s="3" t="n">
-        <x:v>6781</x:v>
+        <x:v>6772</x:v>
       </x:c>
       <x:c r="AB41" s="3" t="n">
-        <x:v>6907</x:v>
+        <x:v>6893</x:v>
       </x:c>
       <x:c r="AC41" s="3" t="n">
-        <x:v>6992</x:v>
+        <x:v>6972</x:v>
       </x:c>
       <x:c r="AD41" s="3" t="n">
-        <x:v>7252</x:v>
+        <x:v>7224</x:v>
       </x:c>
       <x:c r="AE41" s="3" t="n">
-        <x:v>7318</x:v>
+        <x:v>7283</x:v>
       </x:c>
       <x:c r="AF41" s="3" t="n">
-        <x:v>7396</x:v>
+        <x:v>7354</x:v>
       </x:c>
       <x:c r="AG41" s="3" t="n">
-        <x:v>7447</x:v>
+        <x:v>7399</x:v>
       </x:c>
       <x:c r="AH41" s="3" t="n">
-        <x:v>7315</x:v>
+        <x:v>7262</x:v>
       </x:c>
       <x:c r="AI41" s="3" t="n">
-        <x:v>7307</x:v>
+        <x:v>7248</x:v>
       </x:c>
       <x:c r="AJ41" s="3" t="n">
-        <x:v>7384</x:v>
+        <x:v>7316</x:v>
       </x:c>
       <x:c r="AK41" s="3" t="n">
-        <x:v>7390</x:v>
+        <x:v>7313</x:v>
       </x:c>
       <x:c r="AL41" s="3" t="n">
-        <x:v>7537</x:v>
+        <x:v>7448</x:v>
       </x:c>
       <x:c r="AM41" s="3" t="n">
-        <x:v>7770</x:v>
+        <x:v>7668</x:v>
       </x:c>
       <x:c r="AN41" s="3" t="n">
-        <x:v>7874</x:v>
+        <x:v>7760</x:v>
       </x:c>
       <x:c r="AO41" s="3" t="n">
-        <x:v>8043</x:v>
+        <x:v>7916</x:v>
       </x:c>
       <x:c r="AP41" s="3" t="n">
-        <x:v>8252</x:v>
+        <x:v>8109</x:v>
       </x:c>
       <x:c r="AQ41" s="3" t="n">
-        <x:v>8379</x:v>
+        <x:v>8222</x:v>
       </x:c>
       <x:c r="AR41" s="3" t="n">
-        <x:v>8474</x:v>
+        <x:v>8304</x:v>
       </x:c>
       <x:c r="AS41" s="3" t="n">
-        <x:v>8624</x:v>
+        <x:v>8440</x:v>
       </x:c>
       <x:c r="AT41" s="3" t="n">
-        <x:v>9488</x:v>
+        <x:v>9272</x:v>
       </x:c>
       <x:c r="AU41" s="3" t="n">
-        <x:v>9785</x:v>
+        <x:v>9547</x:v>
       </x:c>
       <x:c r="AV41" s="3" t="n">
-        <x:v>10094</x:v>
+        <x:v>9834</x:v>
       </x:c>
       <x:c r="AW41" s="3" t="n">
-        <x:v>10343</x:v>
+        <x:v>10058</x:v>
       </x:c>
       <x:c r="AX41" s="3" t="n">
-        <x:v>10973</x:v>
+        <x:v>10649</x:v>
       </x:c>
       <x:c r="AY41" s="3" t="n">
-        <x:v>11389</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="AZ41" s="3" t="n">
-        <x:v>11766</x:v>
+        <x:v>11403</x:v>
       </x:c>
       <x:c r="BA41" s="3" t="n">
-        <x:v>11991</x:v>
+        <x:v>11626</x:v>
       </x:c>
       <x:c r="BB41" s="3" t="n">
-        <x:v>12173</x:v>
+        <x:v>11820</x:v>
       </x:c>
       <x:c r="BC41" s="3" t="n">
-        <x:v>12662</x:v>
+        <x:v>12306</x:v>
       </x:c>
       <x:c r="BD41" s="3" t="n">
-        <x:v>13226</x:v>
+        <x:v>12864</x:v>
       </x:c>
       <x:c r="BE41" s="3" t="n">
-        <x:v>13669</x:v>
+        <x:v>13301</x:v>
       </x:c>
       <x:c r="BF41" s="3" t="n">
-        <x:v>13389</x:v>
+        <x:v>13032</x:v>
       </x:c>
       <x:c r="BG41" s="3" t="n">
-        <x:v>13412</x:v>
+        <x:v>13053</x:v>
       </x:c>
       <x:c r="BH41" s="3" t="n">
-        <x:v>13448</x:v>
+        <x:v>13087</x:v>
       </x:c>
       <x:c r="BI41" s="3" t="n">
-        <x:v>13667</x:v>
+        <x:v>13299</x:v>
       </x:c>
       <x:c r="BJ41" s="3" t="n">
-        <x:v>13779</x:v>
+        <x:v>13408</x:v>
       </x:c>
       <x:c r="BK41" s="3" t="n">
-        <x:v>13867</x:v>
+        <x:v>13494</x:v>
       </x:c>
       <x:c r="BL41" s="3" t="n">
-        <x:v>14051</x:v>
+        <x:v>13674</x:v>
       </x:c>
       <x:c r="BM41" s="3" t="n">
-        <x:v>14452</x:v>
+        <x:v>14063</x:v>
       </x:c>
       <x:c r="BN41" s="3" t="n">
-        <x:v>14293</x:v>
+        <x:v>13905</x:v>
       </x:c>
       <x:c r="BO41" s="3" t="n">
-        <x:v>14486</x:v>
+        <x:v>14094</x:v>
       </x:c>
       <x:c r="BP41" s="3" t="n">
-        <x:v>15009</x:v>
+        <x:v>14601</x:v>
       </x:c>
       <x:c r="BQ41" s="3" t="n">
-        <x:v>15521</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="BR41" s="3" t="n">
-        <x:v>15789</x:v>
+        <x:v>15363</x:v>
       </x:c>
       <x:c r="BS41" s="3" t="n">
-        <x:v>16048</x:v>
+        <x:v>15615</x:v>
       </x:c>
       <x:c r="BT41" s="3" t="n">
-        <x:v>16041</x:v>
+        <x:v>15608</x:v>
       </x:c>
       <x:c r="BU41" s="3" t="n">
-        <x:v>16428</x:v>
+        <x:v>15984</x:v>
       </x:c>
       <x:c r="BV41" s="3" t="n">
-        <x:v>17005</x:v>
+        <x:v>16542</x:v>
       </x:c>
       <x:c r="BW41" s="3" t="n">
-        <x:v>17376</x:v>
+        <x:v>16903</x:v>
       </x:c>
       <x:c r="BX41" s="3" t="n">
-        <x:v>17493</x:v>
+        <x:v>17015</x:v>
       </x:c>
       <x:c r="BY41" s="3" t="n">
-        <x:v>17635</x:v>
+        <x:v>17153</x:v>
       </x:c>
       <x:c r="BZ41" s="3" t="n">
-        <x:v>17838</x:v>
+        <x:v>17350</x:v>
       </x:c>
       <x:c r="CA41" s="3" t="n">
-        <x:v>17886</x:v>
+        <x:v>17395</x:v>
       </x:c>
       <x:c r="CB41" s="3" t="n">
-        <x:v>18522</x:v>
+        <x:v>18014</x:v>
       </x:c>
       <x:c r="CC41" s="3" t="n">
-        <x:v>18564</x:v>
+        <x:v>18053</x:v>
       </x:c>
       <x:c r="CD41" s="3" t="n">
-        <x:v>18673</x:v>
+        <x:v>18163</x:v>
       </x:c>
       <x:c r="CE41" s="3" t="n">
-        <x:v>18821</x:v>
+        <x:v>18307</x:v>
       </x:c>
       <x:c r="CF41" s="3" t="n">
-        <x:v>18933</x:v>
+        <x:v>18417</x:v>
       </x:c>
       <x:c r="CG41" s="3" t="n">
-        <x:v>19002</x:v>
+        <x:v>18486</x:v>
       </x:c>
       <x:c r="CH41" s="3" t="n">
-        <x:v>18772</x:v>
+        <x:v>18264</x:v>
       </x:c>
       <x:c r="CI41" s="3" t="n">
-        <x:v>18800</x:v>
+        <x:v>18294</x:v>
       </x:c>
       <x:c r="CJ41" s="3" t="n">
-        <x:v>18498</x:v>
+        <x:v>17994</x:v>
       </x:c>
       <x:c r="CK41" s="3" t="n">
-        <x:v>18540</x:v>
+        <x:v>18040</x:v>
       </x:c>
       <x:c r="CL41" s="3" t="n">
-        <x:v>18823</x:v>
+        <x:v>18319</x:v>
       </x:c>
       <x:c r="CM41" s="3" t="n">
-        <x:v>18846</x:v>
+        <x:v>18345</x:v>
       </x:c>
       <x:c r="CN41" s="3" t="n">
-        <x:v>19309</x:v>
+        <x:v>18797</x:v>
       </x:c>
       <x:c r="CO41" s="3" t="n">
-        <x:v>19635</x:v>
+        <x:v>19113</x:v>
       </x:c>
       <x:c r="CP41" s="3" t="n">
-        <x:v>20157</x:v>
+        <x:v>19615</x:v>
       </x:c>
       <x:c r="CQ41" s="3" t="n">
-        <x:v>20298</x:v>
+        <x:v>19752</x:v>
       </x:c>
       <x:c r="CR41" s="3" t="n">
-        <x:v>20794</x:v>
+        <x:v>20234</x:v>
       </x:c>
       <x:c r="CS41" s="3" t="n">
-        <x:v>21263</x:v>
+        <x:v>20689</x:v>
       </x:c>
       <x:c r="CT41" s="3" t="n">
-        <x:v>21656</x:v>
+        <x:v>21073</x:v>
       </x:c>
       <x:c r="CU41" s="3" t="n">
-        <x:v>21994</x:v>
+        <x:v>21401</x:v>
       </x:c>
       <x:c r="CV41" s="3" t="n">
-        <x:v>22397</x:v>
+        <x:v>21797</x:v>
       </x:c>
       <x:c r="CW41" s="3" t="n">
-        <x:v>22799</x:v>
+        <x:v>22191</x:v>
       </x:c>
       <x:c r="CX41" s="3" t="n">
-        <x:v>22886</x:v>
+        <x:v>22278</x:v>
       </x:c>
       <x:c r="CY41" s="3" t="n">
-        <x:v>21733</x:v>
+        <x:v>21168</x:v>
       </x:c>
       <x:c r="CZ41" s="3" t="n">
-        <x:v>21920</x:v>
+        <x:v>21349</x:v>
       </x:c>
       <x:c r="DA41" s="3" t="n">
-        <x:v>22989</x:v>
+        <x:v>22385</x:v>
       </x:c>
       <x:c r="DB41" s="3" t="n">
-        <x:v>23517</x:v>
+        <x:v>22898</x:v>
       </x:c>
       <x:c r="DC41" s="3" t="n">
-        <x:v>23789</x:v>
+        <x:v>23168</x:v>
       </x:c>
       <x:c r="DD41" s="3" t="n">
-        <x:v>24318</x:v>
+        <x:v>23686</x:v>
       </x:c>
       <x:c r="DE41" s="3" t="n">
-        <x:v>25010</x:v>
+        <x:v>24371</x:v>
       </x:c>
       <x:c r="DF41" s="3" t="n">
-        <x:v>25507</x:v>
+        <x:v>24939</x:v>
       </x:c>
       <x:c r="DG41" s="3" t="n">
-        <x:v>26240</x:v>
+        <x:v>25681</x:v>
       </x:c>
       <x:c r="DH41" s="3" t="n">
-        <x:v>27006</x:v>
+        <x:v>26252</x:v>
       </x:c>
       <x:c r="DI41" s="3" t="n">
-        <x:v>27990</x:v>
+        <x:v>27227</x:v>
       </x:c>
       <x:c r="DJ41" s="3" t="n">
-        <x:v>28321</x:v>
+        <x:v>27645</x:v>
       </x:c>
       <x:c r="DK41" s="3" t="n">
-        <x:v>28825</x:v>
+        <x:v>28079</x:v>
       </x:c>
       <x:c r="DL41" s="3" t="n">
-        <x:v>29545</x:v>
+        <x:v>28815</x:v>
       </x:c>
       <x:c r="DM41" s="3" t="n">
-        <x:v>29985</x:v>
+        <x:v>29325</x:v>
       </x:c>
       <x:c r="DN41" s="3" t="n">
-        <x:v>30327</x:v>
+        <x:v>29723</x:v>
       </x:c>
       <x:c r="DO41" s="3" t="n">
-        <x:v>30842</x:v>
+        <x:v>30202</x:v>
       </x:c>
       <x:c r="DP41" s="3" t="n">
-        <x:v>31167</x:v>
+        <x:v>30662</x:v>
       </x:c>
       <x:c r="DQ41" s="3" t="n">
-        <x:v>31766</x:v>
+        <x:v>31062</x:v>
       </x:c>
       <x:c r="DR41" s="3" t="n">
-        <x:v>32678</x:v>
+        <x:v>31951</x:v>
       </x:c>
       <x:c r="DS41" s="3" t="n">
-        <x:v>32942</x:v>
+        <x:v>32163</x:v>
+      </x:c>
+      <x:c r="DT41" s="3" t="n">
+        <x:v>32155</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:123">
+    <x:row r="42" spans="1:124">
       <x:c r="A42" s="2" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>1614</x:v>
       </x:c>
       <x:c r="C42" s="3" t="n">
         <x:v>1657</x:v>
       </x:c>
       <x:c r="D42" s="3" t="n">
         <x:v>1730</x:v>
       </x:c>
       <x:c r="E42" s="3" t="n">
         <x:v>1803</x:v>
       </x:c>
       <x:c r="F42" s="3" t="n">
         <x:v>1882</x:v>
       </x:c>
       <x:c r="G42" s="3" t="n">
         <x:v>1982</x:v>
       </x:c>
       <x:c r="H42" s="3" t="n">
         <x:v>2072</x:v>
       </x:c>
       <x:c r="I42" s="3" t="n">
         <x:v>2181</x:v>
       </x:c>
       <x:c r="J42" s="3" t="n">
         <x:v>2320</x:v>
       </x:c>
       <x:c r="K42" s="3" t="n">
         <x:v>2413</x:v>
       </x:c>
       <x:c r="L42" s="3" t="n">
         <x:v>2504</x:v>
       </x:c>
       <x:c r="M42" s="3" t="n">
         <x:v>2614</x:v>
       </x:c>
       <x:c r="N42" s="3" t="n">
         <x:v>2726</x:v>
       </x:c>
       <x:c r="O42" s="3" t="n">
         <x:v>2870</x:v>
       </x:c>
       <x:c r="P42" s="3" t="n">
         <x:v>3019</x:v>
       </x:c>
       <x:c r="Q42" s="3" t="n">
         <x:v>3077</x:v>
       </x:c>
       <x:c r="R42" s="3" t="n">
-        <x:v>3450</x:v>
+        <x:v>3449</x:v>
       </x:c>
       <x:c r="S42" s="3" t="n">
         <x:v>3558</x:v>
       </x:c>
       <x:c r="T42" s="3" t="n">
         <x:v>3622</x:v>
       </x:c>
       <x:c r="U42" s="3" t="n">
-        <x:v>3721</x:v>
+        <x:v>3722</x:v>
       </x:c>
       <x:c r="V42" s="3" t="n">
-        <x:v>3856</x:v>
+        <x:v>3858</x:v>
       </x:c>
       <x:c r="W42" s="3" t="n">
-        <x:v>4031</x:v>
+        <x:v>4032</x:v>
       </x:c>
       <x:c r="X42" s="3" t="n">
         <x:v>4157</x:v>
       </x:c>
       <x:c r="Y42" s="3" t="n">
-        <x:v>4278</x:v>
+        <x:v>4275</x:v>
       </x:c>
       <x:c r="Z42" s="3" t="n">
-        <x:v>4136</x:v>
+        <x:v>4130</x:v>
       </x:c>
       <x:c r="AA42" s="3" t="n">
-        <x:v>4214</x:v>
+        <x:v>4201</x:v>
       </x:c>
       <x:c r="AB42" s="3" t="n">
-        <x:v>4306</x:v>
+        <x:v>4286</x:v>
       </x:c>
       <x:c r="AC42" s="3" t="n">
-        <x:v>4393</x:v>
+        <x:v>4365</x:v>
       </x:c>
       <x:c r="AD42" s="3" t="n">
-        <x:v>4396</x:v>
+        <x:v>4358</x:v>
       </x:c>
       <x:c r="AE42" s="3" t="n">
-        <x:v>4384</x:v>
+        <x:v>4337</x:v>
       </x:c>
       <x:c r="AF42" s="3" t="n">
-        <x:v>4476</x:v>
+        <x:v>4419</x:v>
       </x:c>
       <x:c r="AG42" s="3" t="n">
-        <x:v>4566</x:v>
+        <x:v>4499</x:v>
       </x:c>
       <x:c r="AH42" s="3" t="n">
-        <x:v>4597</x:v>
+        <x:v>4521</x:v>
       </x:c>
       <x:c r="AI42" s="3" t="n">
-        <x:v>4610</x:v>
+        <x:v>4524</x:v>
       </x:c>
       <x:c r="AJ42" s="3" t="n">
-        <x:v>4672</x:v>
+        <x:v>4573</x:v>
       </x:c>
       <x:c r="AK42" s="3" t="n">
-        <x:v>4732</x:v>
+        <x:v>4618</x:v>
       </x:c>
       <x:c r="AL42" s="3" t="n">
-        <x:v>4783</x:v>
+        <x:v>4651</x:v>
       </x:c>
       <x:c r="AM42" s="3" t="n">
-        <x:v>4939</x:v>
+        <x:v>4787</x:v>
       </x:c>
       <x:c r="AN42" s="3" t="n">
-        <x:v>5019</x:v>
+        <x:v>4847</x:v>
       </x:c>
       <x:c r="AO42" s="3" t="n">
-        <x:v>5118</x:v>
+        <x:v>4926</x:v>
       </x:c>
       <x:c r="AP42" s="3" t="n">
-        <x:v>5546</x:v>
+        <x:v>5320</x:v>
       </x:c>
       <x:c r="AQ42" s="3" t="n">
-        <x:v>5562</x:v>
+        <x:v>5316</x:v>
       </x:c>
       <x:c r="AR42" s="3" t="n">
-        <x:v>5676</x:v>
+        <x:v>5403</x:v>
       </x:c>
       <x:c r="AS42" s="3" t="n">
-        <x:v>5795</x:v>
+        <x:v>5493</x:v>
       </x:c>
       <x:c r="AT42" s="3" t="n">
-        <x:v>6730</x:v>
+        <x:v>6352</x:v>
       </x:c>
       <x:c r="AU42" s="3" t="n">
-        <x:v>6916</x:v>
+        <x:v>6500</x:v>
       </x:c>
       <x:c r="AV42" s="3" t="n">
-        <x:v>7159</x:v>
+        <x:v>6702</x:v>
       </x:c>
       <x:c r="AW42" s="3" t="n">
-        <x:v>7372</x:v>
+        <x:v>6876</x:v>
       </x:c>
       <x:c r="AX42" s="3" t="n">
-        <x:v>7832</x:v>
+        <x:v>7281</x:v>
       </x:c>
       <x:c r="AY42" s="3" t="n">
-        <x:v>8026</x:v>
+        <x:v>7432</x:v>
       </x:c>
       <x:c r="AZ42" s="3" t="n">
-        <x:v>8384</x:v>
+        <x:v>7730</x:v>
       </x:c>
       <x:c r="BA42" s="3" t="n">
-        <x:v>8636</x:v>
+        <x:v>7924</x:v>
       </x:c>
       <x:c r="BB42" s="3" t="n">
-        <x:v>8925</x:v>
+        <x:v>8145</x:v>
       </x:c>
       <x:c r="BC42" s="3" t="n">
+        <x:v>8543</x:v>
+      </x:c>
+      <x:c r="BD42" s="3" t="n">
+        <x:v>8501</x:v>
+      </x:c>
+      <x:c r="BE42" s="3" t="n">
+        <x:v>8713</x:v>
+      </x:c>
+      <x:c r="BF42" s="3" t="n">
+        <x:v>8395</x:v>
+      </x:c>
+      <x:c r="BG42" s="3" t="n">
+        <x:v>7833</x:v>
+      </x:c>
+      <x:c r="BH42" s="3" t="n">
+        <x:v>7888</x:v>
+      </x:c>
+      <x:c r="BI42" s="3" t="n">
+        <x:v>8108</x:v>
+      </x:c>
+      <x:c r="BJ42" s="3" t="n">
+        <x:v>8094</x:v>
+      </x:c>
+      <x:c r="BK42" s="3" t="n">
+        <x:v>7770</x:v>
+      </x:c>
+      <x:c r="BL42" s="3" t="n">
+        <x:v>8439</x:v>
+      </x:c>
+      <x:c r="BM42" s="3" t="n">
+        <x:v>8392</x:v>
+      </x:c>
+      <x:c r="BN42" s="3" t="n">
         <x:v>9393</x:v>
       </x:c>
-      <x:c r="BD42" s="3" t="n">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="BO42" s="3" t="n">
-        <x:v>10061</x:v>
+        <x:v>9181</x:v>
       </x:c>
       <x:c r="BP42" s="3" t="n">
-        <x:v>10423</x:v>
+        <x:v>9505</x:v>
       </x:c>
       <x:c r="BQ42" s="3" t="n">
-        <x:v>10621</x:v>
+        <x:v>9682</x:v>
       </x:c>
       <x:c r="BR42" s="3" t="n">
-        <x:v>11075</x:v>
+        <x:v>10094</x:v>
       </x:c>
       <x:c r="BS42" s="3" t="n">
-        <x:v>11152</x:v>
+        <x:v>10164</x:v>
       </x:c>
       <x:c r="BT42" s="3" t="n">
-        <x:v>10834</x:v>
+        <x:v>9872</x:v>
       </x:c>
       <x:c r="BU42" s="3" t="n">
-        <x:v>11515</x:v>
+        <x:v>10492</x:v>
       </x:c>
       <x:c r="BV42" s="3" t="n">
-        <x:v>11546</x:v>
+        <x:v>10519</x:v>
       </x:c>
       <x:c r="BW42" s="3" t="n">
-        <x:v>11629</x:v>
+        <x:v>10592</x:v>
       </x:c>
       <x:c r="BX42" s="3" t="n">
-        <x:v>11845</x:v>
+        <x:v>10788</x:v>
       </x:c>
       <x:c r="BY42" s="3" t="n">
-        <x:v>11843</x:v>
+        <x:v>10785</x:v>
       </x:c>
       <x:c r="BZ42" s="3" t="n">
-        <x:v>11809</x:v>
+        <x:v>10753</x:v>
       </x:c>
       <x:c r="CA42" s="3" t="n">
-        <x:v>12120</x:v>
+        <x:v>11038</x:v>
       </x:c>
       <x:c r="CB42" s="3" t="n">
-        <x:v>12175</x:v>
+        <x:v>11092</x:v>
       </x:c>
       <x:c r="CC42" s="3" t="n">
-        <x:v>12368</x:v>
+        <x:v>11277</x:v>
       </x:c>
       <x:c r="CD42" s="3" t="n">
-        <x:v>12248</x:v>
+        <x:v>11178</x:v>
       </x:c>
       <x:c r="CE42" s="3" t="n">
-        <x:v>11866</x:v>
+        <x:v>10839</x:v>
       </x:c>
       <x:c r="CF42" s="3" t="n">
-        <x:v>11866</x:v>
+        <x:v>10847</x:v>
       </x:c>
       <x:c r="CG42" s="3" t="n">
-        <x:v>11963</x:v>
+        <x:v>10942</x:v>
       </x:c>
       <x:c r="CH42" s="3" t="n">
-        <x:v>11870</x:v>
+        <x:v>10863</x:v>
       </x:c>
       <x:c r="CI42" s="3" t="n">
-        <x:v>11868</x:v>
+        <x:v>10864</x:v>
       </x:c>
       <x:c r="CJ42" s="3" t="n">
-        <x:v>12086</x:v>
+        <x:v>11063</x:v>
       </x:c>
       <x:c r="CK42" s="3" t="n">
-        <x:v>12267</x:v>
+        <x:v>11226</x:v>
       </x:c>
       <x:c r="CL42" s="3" t="n">
-        <x:v>12494</x:v>
+        <x:v>11426</x:v>
       </x:c>
       <x:c r="CM42" s="3" t="n">
-        <x:v>12620</x:v>
+        <x:v>11535</x:v>
       </x:c>
       <x:c r="CN42" s="3" t="n">
-        <x:v>13004</x:v>
+        <x:v>11880</x:v>
       </x:c>
       <x:c r="CO42" s="3" t="n">
-        <x:v>13241</x:v>
+        <x:v>12091</x:v>
       </x:c>
       <x:c r="CP42" s="3" t="n">
-        <x:v>13705</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="CQ42" s="3" t="n">
-        <x:v>13835</x:v>
+        <x:v>12621</x:v>
       </x:c>
       <x:c r="CR42" s="3" t="n">
-        <x:v>14073</x:v>
+        <x:v>12830</x:v>
       </x:c>
       <x:c r="CS42" s="3" t="n">
-        <x:v>14597</x:v>
+        <x:v>13296</x:v>
       </x:c>
       <x:c r="CT42" s="3" t="n">
-        <x:v>14880</x:v>
+        <x:v>13541</x:v>
       </x:c>
       <x:c r="CU42" s="3" t="n">
-        <x:v>15128</x:v>
+        <x:v>13762</x:v>
       </x:c>
       <x:c r="CV42" s="3" t="n">
-        <x:v>15253</x:v>
+        <x:v>13885</x:v>
       </x:c>
       <x:c r="CW42" s="3" t="n">
-        <x:v>15594</x:v>
+        <x:v>14216</x:v>
       </x:c>
       <x:c r="CX42" s="3" t="n">
-        <x:v>15652</x:v>
+        <x:v>14301</x:v>
       </x:c>
       <x:c r="CY42" s="3" t="n">
-        <x:v>13091</x:v>
+        <x:v>11964</x:v>
       </x:c>
       <x:c r="CZ42" s="3" t="n">
-        <x:v>13244</x:v>
+        <x:v>12085</x:v>
       </x:c>
       <x:c r="DA42" s="3" t="n">
-        <x:v>13987</x:v>
+        <x:v>12719</x:v>
       </x:c>
       <x:c r="DB42" s="3" t="n">
-        <x:v>14455</x:v>
+        <x:v>13074</x:v>
       </x:c>
       <x:c r="DC42" s="3" t="n">
-        <x:v>14116</x:v>
+        <x:v>12779</x:v>
       </x:c>
       <x:c r="DD42" s="3" t="n">
-        <x:v>15035</x:v>
+        <x:v>13725</x:v>
       </x:c>
       <x:c r="DE42" s="3" t="n">
-        <x:v>16064</x:v>
+        <x:v>14887</x:v>
       </x:c>
       <x:c r="DF42" s="3" t="n">
-        <x:v>16161</x:v>
+        <x:v>15323</x:v>
       </x:c>
       <x:c r="DG42" s="3" t="n">
-        <x:v>16901</x:v>
+        <x:v>16166</x:v>
       </x:c>
       <x:c r="DH42" s="3" t="n">
-        <x:v>16824</x:v>
+        <x:v>16325</x:v>
       </x:c>
       <x:c r="DI42" s="3" t="n">
-        <x:v>17326</x:v>
+        <x:v>16720</x:v>
       </x:c>
       <x:c r="DJ42" s="3" t="n">
-        <x:v>17474</x:v>
+        <x:v>16657</x:v>
       </x:c>
       <x:c r="DK42" s="3" t="n">
-        <x:v>17238</x:v>
+        <x:v>16370</x:v>
       </x:c>
       <x:c r="DL42" s="3" t="n">
-        <x:v>17235</x:v>
+        <x:v>16186</x:v>
       </x:c>
       <x:c r="DM42" s="3" t="n">
-        <x:v>17564</x:v>
+        <x:v>16462</x:v>
       </x:c>
       <x:c r="DN42" s="3" t="n">
-        <x:v>18220</x:v>
+        <x:v>16874</x:v>
       </x:c>
       <x:c r="DO42" s="3" t="n">
-        <x:v>18268</x:v>
+        <x:v>16935</x:v>
       </x:c>
       <x:c r="DP42" s="3" t="n">
-        <x:v>18507</x:v>
+        <x:v>17106</x:v>
       </x:c>
       <x:c r="DQ42" s="3" t="n">
-        <x:v>18485</x:v>
+        <x:v>17090</x:v>
       </x:c>
       <x:c r="DR42" s="3" t="n">
-        <x:v>18593</x:v>
+        <x:v>17253</x:v>
       </x:c>
       <x:c r="DS42" s="3" t="n">
-        <x:v>19026</x:v>
+        <x:v>17688</x:v>
+      </x:c>
+      <x:c r="DT42" s="3" t="n">
+        <x:v>17928</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:123">
+    <x:row r="43" spans="1:124">
       <x:c r="A43" s="2" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
         <x:v>8967</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>9052</x:v>
       </x:c>
       <x:c r="D43" s="3" t="n">
         <x:v>9157</x:v>
       </x:c>
       <x:c r="E43" s="3" t="n">
         <x:v>9234</x:v>
       </x:c>
       <x:c r="F43" s="3" t="n">
         <x:v>9311</x:v>
       </x:c>
       <x:c r="G43" s="3" t="n">
         <x:v>9467</x:v>
       </x:c>
       <x:c r="H43" s="3" t="n">
         <x:v>9558</x:v>
       </x:c>
       <x:c r="I43" s="3" t="n">
         <x:v>9673</x:v>
       </x:c>
       <x:c r="J43" s="3" t="n">
         <x:v>9776</x:v>
       </x:c>
       <x:c r="K43" s="3" t="n">
         <x:v>9866</x:v>
       </x:c>
       <x:c r="L43" s="3" t="n">
         <x:v>9921</x:v>
       </x:c>
       <x:c r="M43" s="3" t="n">
         <x:v>10048</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>10159</x:v>
       </x:c>
       <x:c r="O43" s="3" t="n">
         <x:v>10234</x:v>
       </x:c>
       <x:c r="P43" s="3" t="n">
         <x:v>10540</x:v>
       </x:c>
       <x:c r="Q43" s="3" t="n">
         <x:v>10770</x:v>
       </x:c>
       <x:c r="R43" s="3" t="n">
-        <x:v>10945</x:v>
+        <x:v>10944</x:v>
       </x:c>
       <x:c r="S43" s="3" t="n">
         <x:v>10836</x:v>
       </x:c>
       <x:c r="T43" s="3" t="n">
         <x:v>11017</x:v>
       </x:c>
       <x:c r="U43" s="3" t="n">
-        <x:v>11104</x:v>
+        <x:v>11105</x:v>
       </x:c>
       <x:c r="V43" s="3" t="n">
-        <x:v>10909</x:v>
+        <x:v>10910</x:v>
       </x:c>
       <x:c r="W43" s="3" t="n">
-        <x:v>11065</x:v>
+        <x:v>11066</x:v>
       </x:c>
       <x:c r="X43" s="3" t="n">
         <x:v>11251</x:v>
       </x:c>
       <x:c r="Y43" s="3" t="n">
-        <x:v>11434</x:v>
+        <x:v>11433</x:v>
       </x:c>
       <x:c r="Z43" s="3" t="n">
-        <x:v>11287</x:v>
+        <x:v>11283</x:v>
       </x:c>
       <x:c r="AA43" s="3" t="n">
-        <x:v>11335</x:v>
+        <x:v>11328</x:v>
       </x:c>
       <x:c r="AB43" s="3" t="n">
-        <x:v>11416</x:v>
+        <x:v>11404</x:v>
       </x:c>
       <x:c r="AC43" s="3" t="n">
-        <x:v>11922</x:v>
+        <x:v>11905</x:v>
       </x:c>
       <x:c r="AD43" s="3" t="n">
-        <x:v>11422</x:v>
+        <x:v>11398</x:v>
       </x:c>
       <x:c r="AE43" s="3" t="n">
-        <x:v>11603</x:v>
+        <x:v>11573</x:v>
       </x:c>
       <x:c r="AF43" s="3" t="n">
-        <x:v>11782</x:v>
+        <x:v>11746</x:v>
       </x:c>
       <x:c r="AG43" s="3" t="n">
-        <x:v>11978</x:v>
+        <x:v>11935</x:v>
       </x:c>
       <x:c r="AH43" s="3" t="n">
-        <x:v>12201</x:v>
+        <x:v>12153</x:v>
       </x:c>
       <x:c r="AI43" s="3" t="n">
-        <x:v>12060</x:v>
+        <x:v>12005</x:v>
       </x:c>
       <x:c r="AJ43" s="3" t="n">
-        <x:v>12099</x:v>
+        <x:v>12036</x:v>
       </x:c>
       <x:c r="AK43" s="3" t="n">
-        <x:v>12212</x:v>
+        <x:v>12140</x:v>
       </x:c>
       <x:c r="AL43" s="3" t="n">
-        <x:v>12286</x:v>
+        <x:v>12204</x:v>
       </x:c>
       <x:c r="AM43" s="3" t="n">
-        <x:v>12582</x:v>
+        <x:v>12488</x:v>
       </x:c>
       <x:c r="AN43" s="3" t="n">
-        <x:v>12850</x:v>
+        <x:v>12744</x:v>
       </x:c>
       <x:c r="AO43" s="3" t="n">
-        <x:v>13028</x:v>
+        <x:v>12909</x:v>
       </x:c>
       <x:c r="AP43" s="3" t="n">
-        <x:v>12939</x:v>
+        <x:v>12812</x:v>
       </x:c>
       <x:c r="AQ43" s="3" t="n">
-        <x:v>13143</x:v>
+        <x:v>13003</x:v>
       </x:c>
       <x:c r="AR43" s="3" t="n">
-        <x:v>13042</x:v>
+        <x:v>12893</x:v>
       </x:c>
       <x:c r="AS43" s="3" t="n">
-        <x:v>13124</x:v>
+        <x:v>12963</x:v>
       </x:c>
       <x:c r="AT43" s="3" t="n">
-        <x:v>13578</x:v>
+        <x:v>13401</x:v>
       </x:c>
       <x:c r="AU43" s="3" t="n">
-        <x:v>13915</x:v>
+        <x:v>13722</x:v>
       </x:c>
       <x:c r="AV43" s="3" t="n">
-        <x:v>14152</x:v>
+        <x:v>13944</x:v>
       </x:c>
       <x:c r="AW43" s="3" t="n">
-        <x:v>14254</x:v>
+        <x:v>14032</x:v>
       </x:c>
       <x:c r="AX43" s="3" t="n">
-        <x:v>14680</x:v>
+        <x:v>14438</x:v>
       </x:c>
       <x:c r="AY43" s="3" t="n">
-        <x:v>14825</x:v>
+        <x:v>14568</x:v>
       </x:c>
       <x:c r="AZ43" s="3" t="n">
-        <x:v>15153</x:v>
+        <x:v>14879</x:v>
       </x:c>
       <x:c r="BA43" s="3" t="n">
-        <x:v>15384</x:v>
+        <x:v>15091</x:v>
       </x:c>
       <x:c r="BB43" s="3" t="n">
-        <x:v>15541</x:v>
+        <x:v>15238</x:v>
       </x:c>
       <x:c r="BC43" s="3" t="n">
-        <x:v>16158</x:v>
+        <x:v>15833</x:v>
       </x:c>
       <x:c r="BD43" s="3" t="n">
-        <x:v>16580</x:v>
+        <x:v>16241</x:v>
       </x:c>
       <x:c r="BE43" s="3" t="n">
-        <x:v>16863</x:v>
+        <x:v>16516</x:v>
       </x:c>
       <x:c r="BF43" s="3" t="n">
-        <x:v>17301</x:v>
+        <x:v>16946</x:v>
       </x:c>
       <x:c r="BG43" s="3" t="n">
-        <x:v>17281</x:v>
+        <x:v>16929</x:v>
       </x:c>
       <x:c r="BH43" s="3" t="n">
-        <x:v>17671</x:v>
+        <x:v>17312</x:v>
       </x:c>
       <x:c r="BI43" s="3" t="n">
-        <x:v>18102</x:v>
+        <x:v>17736</x:v>
       </x:c>
       <x:c r="BJ43" s="3" t="n">
-        <x:v>18129</x:v>
+        <x:v>17759</x:v>
       </x:c>
       <x:c r="BK43" s="3" t="n">
-        <x:v>18495</x:v>
+        <x:v>18115</x:v>
       </x:c>
       <x:c r="BL43" s="3" t="n">
-        <x:v>18656</x:v>
+        <x:v>18270</x:v>
       </x:c>
       <x:c r="BM43" s="3" t="n">
-        <x:v>18832</x:v>
+        <x:v>18441</x:v>
       </x:c>
       <x:c r="BN43" s="3" t="n">
-        <x:v>19038</x:v>
+        <x:v>18645</x:v>
       </x:c>
       <x:c r="BO43" s="3" t="n">
-        <x:v>19462</x:v>
+        <x:v>19062</x:v>
       </x:c>
       <x:c r="BP43" s="3" t="n">
-        <x:v>19931</x:v>
+        <x:v>19525</x:v>
       </x:c>
       <x:c r="BQ43" s="3" t="n">
-        <x:v>20355</x:v>
+        <x:v>19942</x:v>
       </x:c>
       <x:c r="BR43" s="3" t="n">
-        <x:v>20350</x:v>
+        <x:v>19937</x:v>
       </x:c>
       <x:c r="BS43" s="3" t="n">
-        <x:v>20567</x:v>
+        <x:v>20147</x:v>
       </x:c>
       <x:c r="BT43" s="3" t="n">
-        <x:v>21016</x:v>
+        <x:v>20586</x:v>
       </x:c>
       <x:c r="BU43" s="3" t="n">
-        <x:v>21008</x:v>
+        <x:v>20578</x:v>
       </x:c>
       <x:c r="BV43" s="3" t="n">
-        <x:v>21227</x:v>
+        <x:v>20791</x:v>
       </x:c>
       <x:c r="BW43" s="3" t="n">
-        <x:v>21580</x:v>
+        <x:v>21135</x:v>
       </x:c>
       <x:c r="BX43" s="3" t="n">
-        <x:v>21826</x:v>
+        <x:v>21375</x:v>
       </x:c>
       <x:c r="BY43" s="3" t="n">
-        <x:v>22002</x:v>
+        <x:v>21545</x:v>
       </x:c>
       <x:c r="BZ43" s="3" t="n">
-        <x:v>22178</x:v>
+        <x:v>21716</x:v>
       </x:c>
       <x:c r="CA43" s="3" t="n">
-        <x:v>22718</x:v>
+        <x:v>22244</x:v>
       </x:c>
       <x:c r="CB43" s="3" t="n">
-        <x:v>23162</x:v>
+        <x:v>22679</x:v>
       </x:c>
       <x:c r="CC43" s="3" t="n">
-        <x:v>23432</x:v>
+        <x:v>22943</x:v>
       </x:c>
       <x:c r="CD43" s="3" t="n">
-        <x:v>24006</x:v>
+        <x:v>23501</x:v>
       </x:c>
       <x:c r="CE43" s="3" t="n">
-        <x:v>23937</x:v>
+        <x:v>23435</x:v>
       </x:c>
       <x:c r="CF43" s="3" t="n">
-        <x:v>24410</x:v>
+        <x:v>23897</x:v>
       </x:c>
       <x:c r="CG43" s="3" t="n">
-        <x:v>24071</x:v>
+        <x:v>23565</x:v>
       </x:c>
       <x:c r="CH43" s="3" t="n">
-        <x:v>24836</x:v>
+        <x:v>24314</x:v>
       </x:c>
       <x:c r="CI43" s="3" t="n">
-        <x:v>25024</x:v>
+        <x:v>24498</x:v>
       </x:c>
       <x:c r="CJ43" s="3" t="n">
-        <x:v>25203</x:v>
+        <x:v>24672</x:v>
       </x:c>
       <x:c r="CK43" s="3" t="n">
-        <x:v>25600</x:v>
+        <x:v>25053</x:v>
       </x:c>
       <x:c r="CL43" s="3" t="n">
-        <x:v>25505</x:v>
+        <x:v>24963</x:v>
       </x:c>
       <x:c r="CM43" s="3" t="n">
-        <x:v>25860</x:v>
+        <x:v>25308</x:v>
       </x:c>
       <x:c r="CN43" s="3" t="n">
-        <x:v>26156</x:v>
+        <x:v>25599</x:v>
       </x:c>
       <x:c r="CO43" s="3" t="n">
-        <x:v>26376</x:v>
+        <x:v>25827</x:v>
       </x:c>
       <x:c r="CP43" s="3" t="n">
-        <x:v>26474</x:v>
+        <x:v>25935</x:v>
       </x:c>
       <x:c r="CQ43" s="3" t="n">
-        <x:v>26916</x:v>
+        <x:v>26379</x:v>
       </x:c>
       <x:c r="CR43" s="3" t="n">
-        <x:v>27047</x:v>
+        <x:v>26516</x:v>
       </x:c>
       <x:c r="CS43" s="3" t="n">
-        <x:v>27921</x:v>
+        <x:v>27384</x:v>
       </x:c>
       <x:c r="CT43" s="3" t="n">
-        <x:v>27789</x:v>
+        <x:v>27250</x:v>
       </x:c>
       <x:c r="CU43" s="3" t="n">
-        <x:v>28046</x:v>
+        <x:v>27508</x:v>
       </x:c>
       <x:c r="CV43" s="3" t="n">
-        <x:v>28171</x:v>
+        <x:v>27642</x:v>
       </x:c>
       <x:c r="CW43" s="3" t="n">
-        <x:v>28357</x:v>
+        <x:v>27837</x:v>
       </x:c>
       <x:c r="CX43" s="3" t="n">
-        <x:v>29507</x:v>
+        <x:v>28976</x:v>
       </x:c>
       <x:c r="CY43" s="3" t="n">
-        <x:v>29459</x:v>
+        <x:v>28943</x:v>
       </x:c>
       <x:c r="CZ43" s="3" t="n">
-        <x:v>30057</x:v>
+        <x:v>29530</x:v>
       </x:c>
       <x:c r="DA43" s="3" t="n">
-        <x:v>29323</x:v>
+        <x:v>28817</x:v>
       </x:c>
       <x:c r="DB43" s="3" t="n">
-        <x:v>30318</x:v>
+        <x:v>29801</x:v>
       </x:c>
       <x:c r="DC43" s="3" t="n">
-        <x:v>30554</x:v>
+        <x:v>30025</x:v>
       </x:c>
       <x:c r="DD43" s="3" t="n">
-        <x:v>30905</x:v>
+        <x:v>30368</x:v>
       </x:c>
       <x:c r="DE43" s="3" t="n">
-        <x:v>31741</x:v>
+        <x:v>31180</x:v>
       </x:c>
       <x:c r="DF43" s="3" t="n">
-        <x:v>31726</x:v>
+        <x:v>31191</x:v>
       </x:c>
       <x:c r="DG43" s="3" t="n">
-        <x:v>32179</x:v>
+        <x:v>31776</x:v>
       </x:c>
       <x:c r="DH43" s="3" t="n">
-        <x:v>32425</x:v>
+        <x:v>31818</x:v>
       </x:c>
       <x:c r="DI43" s="3" t="n">
-        <x:v>33218</x:v>
+        <x:v>32491</x:v>
       </x:c>
       <x:c r="DJ43" s="3" t="n">
-        <x:v>33528</x:v>
+        <x:v>33075</x:v>
       </x:c>
       <x:c r="DK43" s="3" t="n">
-        <x:v>33953</x:v>
+        <x:v>33544</x:v>
       </x:c>
       <x:c r="DL43" s="3" t="n">
-        <x:v>35270</x:v>
+        <x:v>34830</x:v>
       </x:c>
       <x:c r="DM43" s="3" t="n">
-        <x:v>36445</x:v>
+        <x:v>35991</x:v>
       </x:c>
       <x:c r="DN43" s="3" t="n">
-        <x:v>36442</x:v>
+        <x:v>35830</x:v>
       </x:c>
       <x:c r="DO43" s="3" t="n">
-        <x:v>36928</x:v>
+        <x:v>36496</x:v>
       </x:c>
       <x:c r="DP43" s="3" t="n">
-        <x:v>37147</x:v>
+        <x:v>36798</x:v>
       </x:c>
       <x:c r="DQ43" s="3" t="n">
-        <x:v>37637</x:v>
+        <x:v>36783</x:v>
       </x:c>
       <x:c r="DR43" s="3" t="n">
-        <x:v>38959</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="DS43" s="3" t="n">
-        <x:v>40509</x:v>
+        <x:v>39482</x:v>
+      </x:c>
+      <x:c r="DT43" s="3" t="n">
+        <x:v>39217</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:123">
+    <x:row r="44" spans="1:124">
       <x:c r="A44" s="2" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>7447</x:v>
+        <x:v>7449</x:v>
       </x:c>
       <x:c r="C44" s="3" t="n">
-        <x:v>7509</x:v>
+        <x:v>7504</x:v>
       </x:c>
       <x:c r="D44" s="3" t="n">
-        <x:v>7660</x:v>
+        <x:v>7655</x:v>
       </x:c>
       <x:c r="E44" s="3" t="n">
-        <x:v>7714</x:v>
+        <x:v>7710</x:v>
       </x:c>
       <x:c r="F44" s="3" t="n">
-        <x:v>7857</x:v>
+        <x:v>7853</x:v>
       </x:c>
       <x:c r="G44" s="3" t="n">
-        <x:v>8005</x:v>
+        <x:v>8003</x:v>
       </x:c>
       <x:c r="H44" s="3" t="n">
-        <x:v>8113</x:v>
+        <x:v>8110</x:v>
       </x:c>
       <x:c r="I44" s="3" t="n">
-        <x:v>8219</x:v>
+        <x:v>8215</x:v>
       </x:c>
       <x:c r="J44" s="3" t="n">
-        <x:v>8312</x:v>
+        <x:v>8308</x:v>
       </x:c>
       <x:c r="K44" s="3" t="n">
-        <x:v>8451</x:v>
+        <x:v>8447</x:v>
       </x:c>
       <x:c r="L44" s="3" t="n">
-        <x:v>8540</x:v>
+        <x:v>8537</x:v>
       </x:c>
       <x:c r="M44" s="3" t="n">
-        <x:v>8734</x:v>
+        <x:v>8732</x:v>
       </x:c>
       <x:c r="N44" s="3" t="n">
-        <x:v>8910</x:v>
+        <x:v>8908</x:v>
       </x:c>
       <x:c r="O44" s="3" t="n">
-        <x:v>9185</x:v>
+        <x:v>9182</x:v>
       </x:c>
       <x:c r="P44" s="3" t="n">
-        <x:v>9429</x:v>
+        <x:v>9425</x:v>
       </x:c>
       <x:c r="Q44" s="3" t="n">
-        <x:v>9689</x:v>
+        <x:v>9680</x:v>
       </x:c>
       <x:c r="R44" s="3" t="n">
         <x:v>9795</x:v>
       </x:c>
       <x:c r="S44" s="3" t="n">
-        <x:v>9815</x:v>
+        <x:v>9809</x:v>
       </x:c>
       <x:c r="T44" s="3" t="n">
-        <x:v>9899</x:v>
+        <x:v>9894</x:v>
       </x:c>
       <x:c r="U44" s="3" t="n">
-        <x:v>10091</x:v>
+        <x:v>10087</x:v>
       </x:c>
       <x:c r="V44" s="3" t="n">
-        <x:v>10206</x:v>
+        <x:v>10202</x:v>
       </x:c>
       <x:c r="W44" s="3" t="n">
-        <x:v>10375</x:v>
+        <x:v>10372</x:v>
       </x:c>
       <x:c r="X44" s="3" t="n">
-        <x:v>10711</x:v>
+        <x:v>10708</x:v>
       </x:c>
       <x:c r="Y44" s="3" t="n">
-        <x:v>10916</x:v>
+        <x:v>10909</x:v>
       </x:c>
       <x:c r="Z44" s="3" t="n">
-        <x:v>11210</x:v>
+        <x:v>11218</x:v>
       </x:c>
       <x:c r="AA44" s="3" t="n">
-        <x:v>11252</x:v>
+        <x:v>11248</x:v>
       </x:c>
       <x:c r="AB44" s="3" t="n">
-        <x:v>11357</x:v>
+        <x:v>11346</x:v>
       </x:c>
       <x:c r="AC44" s="3" t="n">
-        <x:v>11558</x:v>
+        <x:v>11541</x:v>
       </x:c>
       <x:c r="AD44" s="3" t="n">
-        <x:v>11643</x:v>
+        <x:v>11640</x:v>
       </x:c>
       <x:c r="AE44" s="3" t="n">
-        <x:v>11913</x:v>
+        <x:v>11905</x:v>
       </x:c>
       <x:c r="AF44" s="3" t="n">
-        <x:v>12205</x:v>
+        <x:v>12191</x:v>
       </x:c>
       <x:c r="AG44" s="3" t="n">
-        <x:v>12309</x:v>
+        <x:v>12296</x:v>
       </x:c>
       <x:c r="AH44" s="3" t="n">
-        <x:v>12723</x:v>
+        <x:v>12705</x:v>
       </x:c>
       <x:c r="AI44" s="3" t="n">
-        <x:v>12754</x:v>
+        <x:v>12742</x:v>
       </x:c>
       <x:c r="AJ44" s="3" t="n">
-        <x:v>12445</x:v>
+        <x:v>12430</x:v>
       </x:c>
       <x:c r="AK44" s="3" t="n">
-        <x:v>12510</x:v>
+        <x:v>12499</x:v>
       </x:c>
       <x:c r="AL44" s="3" t="n">
-        <x:v>12572</x:v>
+        <x:v>12553</x:v>
       </x:c>
       <x:c r="AM44" s="3" t="n">
-        <x:v>13011</x:v>
+        <x:v>13002</x:v>
       </x:c>
       <x:c r="AN44" s="3" t="n">
-        <x:v>13200</x:v>
+        <x:v>13184</x:v>
       </x:c>
       <x:c r="AO44" s="3" t="n">
-        <x:v>13238</x:v>
+        <x:v>13207</x:v>
       </x:c>
       <x:c r="AP44" s="3" t="n">
-        <x:v>13439</x:v>
+        <x:v>13400</x:v>
       </x:c>
       <x:c r="AQ44" s="3" t="n">
-        <x:v>13441</x:v>
+        <x:v>13398</x:v>
       </x:c>
       <x:c r="AR44" s="3" t="n">
-        <x:v>13509</x:v>
+        <x:v>13494</x:v>
       </x:c>
       <x:c r="AS44" s="3" t="n">
         <x:v>13643</x:v>
       </x:c>
       <x:c r="AT44" s="3" t="n">
-        <x:v>13861</x:v>
+        <x:v>13798</x:v>
       </x:c>
       <x:c r="AU44" s="3" t="n">
-        <x:v>14239</x:v>
+        <x:v>14187</x:v>
       </x:c>
       <x:c r="AV44" s="3" t="n">
-        <x:v>14184</x:v>
+        <x:v>14167</x:v>
       </x:c>
       <x:c r="AW44" s="3" t="n">
-        <x:v>14499</x:v>
+        <x:v>14505</x:v>
       </x:c>
       <x:c r="AX44" s="3" t="n">
-        <x:v>14811</x:v>
+        <x:v>14762</x:v>
       </x:c>
       <x:c r="AY44" s="3" t="n">
-        <x:v>15107</x:v>
+        <x:v>15052</x:v>
       </x:c>
       <x:c r="AZ44" s="3" t="n">
-        <x:v>15310</x:v>
+        <x:v>15278</x:v>
       </x:c>
       <x:c r="BA44" s="3" t="n">
-        <x:v>15461</x:v>
+        <x:v>15438</x:v>
       </x:c>
       <x:c r="BB44" s="3" t="n">
-        <x:v>15628</x:v>
+        <x:v>15586</x:v>
       </x:c>
       <x:c r="BC44" s="3" t="n">
-        <x:v>16278</x:v>
+        <x:v>16222</x:v>
       </x:c>
       <x:c r="BD44" s="3" t="n">
-        <x:v>16707</x:v>
+        <x:v>16653</x:v>
       </x:c>
       <x:c r="BE44" s="3" t="n">
-        <x:v>17025</x:v>
+        <x:v>16979</x:v>
       </x:c>
       <x:c r="BF44" s="3" t="n">
-        <x:v>17138</x:v>
+        <x:v>17084</x:v>
       </x:c>
       <x:c r="BG44" s="3" t="n">
-        <x:v>17110</x:v>
+        <x:v>17045</x:v>
       </x:c>
       <x:c r="BH44" s="3" t="n">
-        <x:v>17499</x:v>
+        <x:v>17440</x:v>
       </x:c>
       <x:c r="BI44" s="3" t="n">
-        <x:v>18078</x:v>
+        <x:v>18046</x:v>
       </x:c>
       <x:c r="BJ44" s="3" t="n">
-        <x:v>17876</x:v>
+        <x:v>17811</x:v>
       </x:c>
       <x:c r="BK44" s="3" t="n">
-        <x:v>17947</x:v>
+        <x:v>17897</x:v>
       </x:c>
       <x:c r="BL44" s="3" t="n">
-        <x:v>18643</x:v>
+        <x:v>18584</x:v>
       </x:c>
       <x:c r="BM44" s="3" t="n">
-        <x:v>18812</x:v>
+        <x:v>18764</x:v>
       </x:c>
       <x:c r="BN44" s="3" t="n">
-        <x:v>19003</x:v>
+        <x:v>18954</x:v>
       </x:c>
       <x:c r="BO44" s="3" t="n">
-        <x:v>19114</x:v>
+        <x:v>19066</x:v>
       </x:c>
       <x:c r="BP44" s="3" t="n">
-        <x:v>19337</x:v>
+        <x:v>19281</x:v>
       </x:c>
       <x:c r="BQ44" s="3" t="n">
-        <x:v>19674</x:v>
+        <x:v>19593</x:v>
       </x:c>
       <x:c r="BR44" s="3" t="n">
-        <x:v>19495</x:v>
+        <x:v>19441</x:v>
       </x:c>
       <x:c r="BS44" s="3" t="n">
-        <x:v>19679</x:v>
+        <x:v>19635</x:v>
       </x:c>
       <x:c r="BT44" s="3" t="n">
-        <x:v>20520</x:v>
+        <x:v>20457</x:v>
       </x:c>
       <x:c r="BU44" s="3" t="n">
-        <x:v>21092</x:v>
+        <x:v>21006</x:v>
       </x:c>
       <x:c r="BV44" s="3" t="n">
-        <x:v>21034</x:v>
+        <x:v>20996</x:v>
       </x:c>
       <x:c r="BW44" s="3" t="n">
-        <x:v>21042</x:v>
+        <x:v>20971</x:v>
       </x:c>
       <x:c r="BX44" s="3" t="n">
-        <x:v>21263</x:v>
+        <x:v>21190</x:v>
       </x:c>
       <x:c r="BY44" s="3" t="n">
-        <x:v>21487</x:v>
+        <x:v>21408</x:v>
       </x:c>
       <x:c r="BZ44" s="3" t="n">
-        <x:v>21615</x:v>
+        <x:v>21502</x:v>
       </x:c>
       <x:c r="CA44" s="3" t="n">
-        <x:v>21701</x:v>
+        <x:v>21598</x:v>
       </x:c>
       <x:c r="CB44" s="3" t="n">
-        <x:v>21930</x:v>
+        <x:v>21868</x:v>
       </x:c>
       <x:c r="CC44" s="3" t="n">
-        <x:v>22485</x:v>
+        <x:v>22496</x:v>
       </x:c>
       <x:c r="CD44" s="3" t="n">
-        <x:v>22756</x:v>
+        <x:v>22609</x:v>
       </x:c>
       <x:c r="CE44" s="3" t="n">
-        <x:v>22542</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="CF44" s="3" t="n">
-        <x:v>23087</x:v>
+        <x:v>23029</x:v>
       </x:c>
       <x:c r="CG44" s="3" t="n">
-        <x:v>23195</x:v>
+        <x:v>23187</x:v>
       </x:c>
       <x:c r="CH44" s="3" t="n">
-        <x:v>23377</x:v>
+        <x:v>23326</x:v>
       </x:c>
       <x:c r="CI44" s="3" t="n">
-        <x:v>23710</x:v>
+        <x:v>23646</x:v>
       </x:c>
       <x:c r="CJ44" s="3" t="n">
-        <x:v>24053</x:v>
+        <x:v>23964</x:v>
       </x:c>
       <x:c r="CK44" s="3" t="n">
-        <x:v>24222</x:v>
+        <x:v>24133</x:v>
       </x:c>
       <x:c r="CL44" s="3" t="n">
-        <x:v>24445</x:v>
+        <x:v>24372</x:v>
       </x:c>
       <x:c r="CM44" s="3" t="n">
-        <x:v>24723</x:v>
+        <x:v>24656</x:v>
       </x:c>
       <x:c r="CN44" s="3" t="n">
-        <x:v>24768</x:v>
+        <x:v>24693</x:v>
       </x:c>
       <x:c r="CO44" s="3" t="n">
-        <x:v>25177</x:v>
+        <x:v>25098</x:v>
       </x:c>
       <x:c r="CP44" s="3" t="n">
-        <x:v>25579</x:v>
+        <x:v>25504</x:v>
       </x:c>
       <x:c r="CQ44" s="3" t="n">
-        <x:v>25799</x:v>
+        <x:v>25753</x:v>
       </x:c>
       <x:c r="CR44" s="3" t="n">
-        <x:v>25889</x:v>
+        <x:v>25795</x:v>
       </x:c>
       <x:c r="CS44" s="3" t="n">
-        <x:v>26275</x:v>
+        <x:v>26180</x:v>
       </x:c>
       <x:c r="CT44" s="3" t="n">
-        <x:v>26440</x:v>
+        <x:v>26346</x:v>
       </x:c>
       <x:c r="CU44" s="3" t="n">
-        <x:v>26839</x:v>
+        <x:v>26736</x:v>
       </x:c>
       <x:c r="CV44" s="3" t="n">
-        <x:v>27270</x:v>
+        <x:v>27194</x:v>
       </x:c>
       <x:c r="CW44" s="3" t="n">
-        <x:v>27431</x:v>
+        <x:v>27386</x:v>
       </x:c>
       <x:c r="CX44" s="3" t="n">
-        <x:v>27803</x:v>
+        <x:v>27752</x:v>
       </x:c>
       <x:c r="CY44" s="3" t="n">
-        <x:v>27051</x:v>
+        <x:v>26873</x:v>
       </x:c>
       <x:c r="CZ44" s="3" t="n">
-        <x:v>27488</x:v>
+        <x:v>27474</x:v>
       </x:c>
       <x:c r="DA44" s="3" t="n">
-        <x:v>27693</x:v>
+        <x:v>27650</x:v>
       </x:c>
       <x:c r="DB44" s="3" t="n">
-        <x:v>28184</x:v>
+        <x:v>28137</x:v>
       </x:c>
       <x:c r="DC44" s="3" t="n">
-        <x:v>28277</x:v>
+        <x:v>28193</x:v>
       </x:c>
       <x:c r="DD44" s="3" t="n">
-        <x:v>28136</x:v>
+        <x:v>28039</x:v>
       </x:c>
       <x:c r="DE44" s="3" t="n">
-        <x:v>29840</x:v>
+        <x:v>29789</x:v>
       </x:c>
       <x:c r="DF44" s="3" t="n">
-        <x:v>29685</x:v>
+        <x:v>29733</x:v>
       </x:c>
       <x:c r="DG44" s="3" t="n">
-        <x:v>30302</x:v>
+        <x:v>30128</x:v>
       </x:c>
       <x:c r="DH44" s="3" t="n">
-        <x:v>29778</x:v>
+        <x:v>29682</x:v>
       </x:c>
       <x:c r="DI44" s="3" t="n">
-        <x:v>30500</x:v>
+        <x:v>30435</x:v>
       </x:c>
       <x:c r="DJ44" s="3" t="n">
-        <x:v>31224</x:v>
+        <x:v>31150</x:v>
       </x:c>
       <x:c r="DK44" s="3" t="n">
-        <x:v>31781</x:v>
+        <x:v>31662</x:v>
       </x:c>
       <x:c r="DL44" s="3" t="n">
-        <x:v>32581</x:v>
+        <x:v>32549</x:v>
       </x:c>
       <x:c r="DM44" s="3" t="n">
-        <x:v>33318</x:v>
+        <x:v>33196</x:v>
       </x:c>
       <x:c r="DN44" s="3" t="n">
-        <x:v>33421</x:v>
+        <x:v>33222</x:v>
       </x:c>
       <x:c r="DO44" s="3" t="n">
-        <x:v>33684</x:v>
+        <x:v>33569</x:v>
       </x:c>
       <x:c r="DP44" s="3" t="n">
-        <x:v>34205</x:v>
+        <x:v>34072</x:v>
       </x:c>
       <x:c r="DQ44" s="3" t="n">
-        <x:v>34336</x:v>
+        <x:v>34183</x:v>
       </x:c>
       <x:c r="DR44" s="3" t="n">
-        <x:v>35104</x:v>
+        <x:v>34806</x:v>
       </x:c>
       <x:c r="DS44" s="3" t="n">
-        <x:v>35496</x:v>
+        <x:v>35152</x:v>
+      </x:c>
+      <x:c r="DT44" s="3" t="n">
+        <x:v>35072</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:123">
+    <x:row r="45" spans="1:124">
       <x:c r="A45" s="2" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>12480</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>12676</x:v>
+        <x:v>12635</x:v>
       </x:c>
       <x:c r="D45" s="3" t="n">
-        <x:v>12823</x:v>
+        <x:v>12786</x:v>
       </x:c>
       <x:c r="E45" s="3" t="n">
-        <x:v>12983</x:v>
+        <x:v>12947</x:v>
       </x:c>
       <x:c r="F45" s="3" t="n">
-        <x:v>13217</x:v>
+        <x:v>13174</x:v>
       </x:c>
       <x:c r="G45" s="3" t="n">
-        <x:v>13634</x:v>
+        <x:v>13593</x:v>
       </x:c>
       <x:c r="H45" s="3" t="n">
-        <x:v>13999</x:v>
+        <x:v>13956</x:v>
       </x:c>
       <x:c r="I45" s="3" t="n">
-        <x:v>14296</x:v>
+        <x:v>14255</x:v>
       </x:c>
       <x:c r="J45" s="3" t="n">
-        <x:v>14470</x:v>
+        <x:v>14427</x:v>
       </x:c>
       <x:c r="K45" s="3" t="n">
-        <x:v>14648</x:v>
+        <x:v>14604</x:v>
       </x:c>
       <x:c r="L45" s="3" t="n">
-        <x:v>14911</x:v>
+        <x:v>14864</x:v>
       </x:c>
       <x:c r="M45" s="3" t="n">
-        <x:v>15097</x:v>
+        <x:v>15051</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>15342</x:v>
+        <x:v>15299</x:v>
       </x:c>
       <x:c r="O45" s="3" t="n">
-        <x:v>15815</x:v>
+        <x:v>15769</x:v>
       </x:c>
       <x:c r="P45" s="3" t="n">
-        <x:v>16223</x:v>
+        <x:v>16175</x:v>
       </x:c>
       <x:c r="Q45" s="3" t="n">
-        <x:v>16752</x:v>
+        <x:v>16697</x:v>
       </x:c>
       <x:c r="R45" s="3" t="n">
-        <x:v>17115</x:v>
+        <x:v>17062</x:v>
       </x:c>
       <x:c r="S45" s="3" t="n">
-        <x:v>17208</x:v>
+        <x:v>17156</x:v>
       </x:c>
       <x:c r="T45" s="3" t="n">
-        <x:v>17415</x:v>
+        <x:v>17364</x:v>
       </x:c>
       <x:c r="U45" s="3" t="n">
-        <x:v>17703</x:v>
+        <x:v>17659</x:v>
       </x:c>
       <x:c r="V45" s="3" t="n">
-        <x:v>17750</x:v>
+        <x:v>17696</x:v>
       </x:c>
       <x:c r="W45" s="3" t="n">
-        <x:v>18191</x:v>
+        <x:v>18140</x:v>
       </x:c>
       <x:c r="X45" s="3" t="n">
-        <x:v>18613</x:v>
+        <x:v>18561</x:v>
       </x:c>
       <x:c r="Y45" s="3" t="n">
-        <x:v>19005</x:v>
+        <x:v>18950</x:v>
       </x:c>
       <x:c r="Z45" s="3" t="n">
-        <x:v>19500</x:v>
+        <x:v>19446</x:v>
       </x:c>
       <x:c r="AA45" s="3" t="n">
-        <x:v>19733</x:v>
+        <x:v>19675</x:v>
       </x:c>
       <x:c r="AB45" s="3" t="n">
-        <x:v>20005</x:v>
+        <x:v>19948</x:v>
       </x:c>
       <x:c r="AC45" s="3" t="n">
-        <x:v>20323</x:v>
+        <x:v>20275</x:v>
       </x:c>
       <x:c r="AD45" s="3" t="n">
-        <x:v>20809</x:v>
+        <x:v>20748</x:v>
       </x:c>
       <x:c r="AE45" s="3" t="n">
-        <x:v>21542</x:v>
+        <x:v>21483</x:v>
       </x:c>
       <x:c r="AF45" s="3" t="n">
-        <x:v>22082</x:v>
+        <x:v>22026</x:v>
       </x:c>
       <x:c r="AG45" s="3" t="n">
-        <x:v>22484</x:v>
+        <x:v>22423</x:v>
       </x:c>
       <x:c r="AH45" s="3" t="n">
-        <x:v>22988</x:v>
+        <x:v>22924</x:v>
       </x:c>
       <x:c r="AI45" s="3" t="n">
-        <x:v>22893</x:v>
+        <x:v>22822</x:v>
       </x:c>
       <x:c r="AJ45" s="3" t="n">
-        <x:v>23423</x:v>
+        <x:v>23349</x:v>
       </x:c>
       <x:c r="AK45" s="3" t="n">
-        <x:v>23451</x:v>
+        <x:v>23396</x:v>
       </x:c>
       <x:c r="AL45" s="3" t="n">
-        <x:v>23825</x:v>
+        <x:v>23708</x:v>
       </x:c>
       <x:c r="AM45" s="3" t="n">
-        <x:v>24592</x:v>
+        <x:v>24500</x:v>
       </x:c>
       <x:c r="AN45" s="3" t="n">
-        <x:v>25130</x:v>
+        <x:v>25061</x:v>
       </x:c>
       <x:c r="AO45" s="3" t="n">
-        <x:v>25542</x:v>
+        <x:v>25500</x:v>
       </x:c>
       <x:c r="AP45" s="3" t="n">
-        <x:v>25879</x:v>
+        <x:v>25833</x:v>
       </x:c>
       <x:c r="AQ45" s="3" t="n">
-        <x:v>26105</x:v>
+        <x:v>26060</x:v>
       </x:c>
       <x:c r="AR45" s="3" t="n">
-        <x:v>26219</x:v>
+        <x:v>26191</x:v>
       </x:c>
       <x:c r="AS45" s="3" t="n">
-        <x:v>26627</x:v>
+        <x:v>26598</x:v>
       </x:c>
       <x:c r="AT45" s="3" t="n">
-        <x:v>27356</x:v>
+        <x:v>27354</x:v>
       </x:c>
       <x:c r="AU45" s="3" t="n">
-        <x:v>28125</x:v>
+        <x:v>28086</x:v>
       </x:c>
       <x:c r="AV45" s="3" t="n">
-        <x:v>28863</x:v>
+        <x:v>28825</x:v>
       </x:c>
       <x:c r="AW45" s="3" t="n">
-        <x:v>29314</x:v>
+        <x:v>29281</x:v>
       </x:c>
       <x:c r="AX45" s="3" t="n">
-        <x:v>29847</x:v>
+        <x:v>29841</x:v>
       </x:c>
       <x:c r="AY45" s="3" t="n">
-        <x:v>31018</x:v>
+        <x:v>31002</x:v>
       </x:c>
       <x:c r="AZ45" s="3" t="n">
-        <x:v>31884</x:v>
+        <x:v>31893</x:v>
       </x:c>
       <x:c r="BA45" s="3" t="n">
-        <x:v>32372</x:v>
+        <x:v>32390</x:v>
       </x:c>
       <x:c r="BB45" s="3" t="n">
-        <x:v>32918</x:v>
+        <x:v>32945</x:v>
       </x:c>
       <x:c r="BC45" s="3" t="n">
-        <x:v>34275</x:v>
+        <x:v>34306</x:v>
       </x:c>
       <x:c r="BD45" s="3" t="n">
-        <x:v>34566</x:v>
+        <x:v>34430</x:v>
       </x:c>
       <x:c r="BE45" s="3" t="n">
-        <x:v>35200</x:v>
+        <x:v>35101</x:v>
       </x:c>
       <x:c r="BF45" s="3" t="n">
-        <x:v>36251</x:v>
+        <x:v>36160</x:v>
       </x:c>
       <x:c r="BG45" s="3" t="n">
-        <x:v>36118</x:v>
+        <x:v>36052</x:v>
       </x:c>
       <x:c r="BH45" s="3" t="n">
-        <x:v>36871</x:v>
+        <x:v>36824</x:v>
       </x:c>
       <x:c r="BI45" s="3" t="n">
-        <x:v>38142</x:v>
+        <x:v>38151</x:v>
       </x:c>
       <x:c r="BJ45" s="3" t="n">
-        <x:v>37918</x:v>
+        <x:v>37870</x:v>
       </x:c>
       <x:c r="BK45" s="3" t="n">
-        <x:v>38170</x:v>
+        <x:v>38128</x:v>
       </x:c>
       <x:c r="BL45" s="3" t="n">
-        <x:v>39356</x:v>
+        <x:v>39317</x:v>
       </x:c>
       <x:c r="BM45" s="3" t="n">
-        <x:v>40176</x:v>
+        <x:v>40124</x:v>
       </x:c>
       <x:c r="BN45" s="3" t="n">
-        <x:v>40978</x:v>
+        <x:v>40933</x:v>
       </x:c>
       <x:c r="BO45" s="3" t="n">
-        <x:v>41259</x:v>
+        <x:v>41217</x:v>
       </x:c>
       <x:c r="BP45" s="3" t="n">
-        <x:v>41910</x:v>
+        <x:v>41873</x:v>
       </x:c>
       <x:c r="BQ45" s="3" t="n">
-        <x:v>42715</x:v>
+        <x:v>42650</x:v>
       </x:c>
       <x:c r="BR45" s="3" t="n">
-        <x:v>43075</x:v>
+        <x:v>43049</x:v>
       </x:c>
       <x:c r="BS45" s="3" t="n">
-        <x:v>43695</x:v>
+        <x:v>43664</x:v>
       </x:c>
       <x:c r="BT45" s="3" t="n">
-        <x:v>44775</x:v>
+        <x:v>44694</x:v>
       </x:c>
       <x:c r="BU45" s="3" t="n">
-        <x:v>45483</x:v>
+        <x:v>45420</x:v>
       </x:c>
       <x:c r="BV45" s="3" t="n">
-        <x:v>45813</x:v>
+        <x:v>45734</x:v>
       </x:c>
       <x:c r="BW45" s="3" t="n">
-        <x:v>46611</x:v>
+        <x:v>46547</x:v>
       </x:c>
       <x:c r="BX45" s="3" t="n">
-        <x:v>47028</x:v>
+        <x:v>46993</x:v>
       </x:c>
       <x:c r="BY45" s="3" t="n">
-        <x:v>47995</x:v>
+        <x:v>47975</x:v>
       </x:c>
       <x:c r="BZ45" s="3" t="n">
-        <x:v>48215</x:v>
+        <x:v>48168</x:v>
       </x:c>
       <x:c r="CA45" s="3" t="n">
-        <x:v>48866</x:v>
+        <x:v>48822</x:v>
       </x:c>
       <x:c r="CB45" s="3" t="n">
-        <x:v>49414</x:v>
+        <x:v>49368</x:v>
       </x:c>
       <x:c r="CC45" s="3" t="n">
-        <x:v>50007</x:v>
+        <x:v>49967</x:v>
       </x:c>
       <x:c r="CD45" s="3" t="n">
-        <x:v>51092</x:v>
+        <x:v>51125</x:v>
       </x:c>
       <x:c r="CE45" s="3" t="n">
-        <x:v>50345</x:v>
+        <x:v>50373</x:v>
       </x:c>
       <x:c r="CF45" s="3" t="n">
-        <x:v>51781</x:v>
+        <x:v>51729</x:v>
       </x:c>
       <x:c r="CG45" s="3" t="n">
-        <x:v>52388</x:v>
+        <x:v>52247</x:v>
       </x:c>
       <x:c r="CH45" s="3" t="n">
-        <x:v>52753</x:v>
+        <x:v>52575</x:v>
       </x:c>
       <x:c r="CI45" s="3" t="n">
-        <x:v>53592</x:v>
+        <x:v>53393</x:v>
       </x:c>
       <x:c r="CJ45" s="3" t="n">
-        <x:v>53543</x:v>
+        <x:v>53313</x:v>
       </x:c>
       <x:c r="CK45" s="3" t="n">
-        <x:v>54644</x:v>
+        <x:v>54401</x:v>
       </x:c>
       <x:c r="CL45" s="3" t="n">
-        <x:v>55157</x:v>
+        <x:v>54927</x:v>
       </x:c>
       <x:c r="CM45" s="3" t="n">
-        <x:v>55806</x:v>
+        <x:v>55577</x:v>
       </x:c>
       <x:c r="CN45" s="3" t="n">
-        <x:v>56504</x:v>
+        <x:v>56297</x:v>
       </x:c>
       <x:c r="CO45" s="3" t="n">
-        <x:v>56701</x:v>
+        <x:v>56486</x:v>
       </x:c>
       <x:c r="CP45" s="3" t="n">
-        <x:v>57668</x:v>
+        <x:v>57442</x:v>
       </x:c>
       <x:c r="CQ45" s="3" t="n">
-        <x:v>58435</x:v>
+        <x:v>58206</x:v>
       </x:c>
       <x:c r="CR45" s="3" t="n">
-        <x:v>58296</x:v>
+        <x:v>58081</x:v>
       </x:c>
       <x:c r="CS45" s="3" t="n">
-        <x:v>59487</x:v>
+        <x:v>59259</x:v>
       </x:c>
       <x:c r="CT45" s="3" t="n">
-        <x:v>60041</x:v>
+        <x:v>59820</x:v>
       </x:c>
       <x:c r="CU45" s="3" t="n">
-        <x:v>60603</x:v>
+        <x:v>60371</x:v>
       </x:c>
       <x:c r="CV45" s="3" t="n">
-        <x:v>62094</x:v>
+        <x:v>61846</x:v>
       </x:c>
       <x:c r="CW45" s="3" t="n">
-        <x:v>62630</x:v>
+        <x:v>62396</x:v>
       </x:c>
       <x:c r="CX45" s="3" t="n">
-        <x:v>62672</x:v>
+        <x:v>62421</x:v>
       </x:c>
       <x:c r="CY45" s="3" t="n">
-        <x:v>63040</x:v>
+        <x:v>62799</x:v>
       </x:c>
       <x:c r="CZ45" s="3" t="n">
-        <x:v>62460</x:v>
+        <x:v>62261</x:v>
       </x:c>
       <x:c r="DA45" s="3" t="n">
-        <x:v>63399</x:v>
+        <x:v>63188</x:v>
       </x:c>
       <x:c r="DB45" s="3" t="n">
-        <x:v>65444</x:v>
+        <x:v>65195</x:v>
       </x:c>
       <x:c r="DC45" s="3" t="n">
-        <x:v>66232</x:v>
+        <x:v>66002</x:v>
       </x:c>
       <x:c r="DD45" s="3" t="n">
-        <x:v>65964</x:v>
+        <x:v>65734</x:v>
       </x:c>
       <x:c r="DE45" s="3" t="n">
-        <x:v>68535</x:v>
+        <x:v>68300</x:v>
       </x:c>
       <x:c r="DF45" s="3" t="n">
-        <x:v>69909</x:v>
+        <x:v>69678</x:v>
       </x:c>
       <x:c r="DG45" s="3" t="n">
-        <x:v>70404</x:v>
+        <x:v>70161</x:v>
       </x:c>
       <x:c r="DH45" s="3" t="n">
-        <x:v>70807</x:v>
+        <x:v>70525</x:v>
       </x:c>
       <x:c r="DI45" s="3" t="n">
-        <x:v>71069</x:v>
+        <x:v>70863</x:v>
       </x:c>
       <x:c r="DJ45" s="3" t="n">
-        <x:v>71249</x:v>
+        <x:v>71361</x:v>
       </x:c>
       <x:c r="DK45" s="3" t="n">
-        <x:v>73558</x:v>
+        <x:v>73462</x:v>
       </x:c>
       <x:c r="DL45" s="3" t="n">
-        <x:v>74569</x:v>
+        <x:v>74483</x:v>
       </x:c>
       <x:c r="DM45" s="3" t="n">
-        <x:v>76736</x:v>
+        <x:v>76573</x:v>
       </x:c>
       <x:c r="DN45" s="3" t="n">
-        <x:v>77655</x:v>
+        <x:v>77283</x:v>
       </x:c>
       <x:c r="DO45" s="3" t="n">
-        <x:v>78881</x:v>
+        <x:v>78655</x:v>
       </x:c>
       <x:c r="DP45" s="3" t="n">
-        <x:v>79981</x:v>
+        <x:v>79595</x:v>
       </x:c>
       <x:c r="DQ45" s="3" t="n">
-        <x:v>80562</x:v>
+        <x:v>80801</x:v>
       </x:c>
       <x:c r="DR45" s="3" t="n">
-        <x:v>82254</x:v>
+        <x:v>81513</x:v>
       </x:c>
       <x:c r="DS45" s="3" t="n">
-        <x:v>84009</x:v>
+        <x:v>83149</x:v>
+      </x:c>
+      <x:c r="DT45" s="3" t="n">
+        <x:v>84140</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:123">
+    <x:row r="46" spans="1:124">
       <x:c r="A46" s="2" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
         <x:v>2665</x:v>
       </x:c>
       <x:c r="C46" s="3" t="n">
         <x:v>2724</x:v>
       </x:c>
       <x:c r="D46" s="3" t="n">
         <x:v>2756</x:v>
       </x:c>
       <x:c r="E46" s="3" t="n">
         <x:v>2771</x:v>
       </x:c>
       <x:c r="F46" s="3" t="n">
         <x:v>2798</x:v>
       </x:c>
       <x:c r="G46" s="3" t="n">
         <x:v>2854</x:v>
       </x:c>
       <x:c r="H46" s="3" t="n">
         <x:v>2913</x:v>
       </x:c>
       <x:c r="I46" s="3" t="n">
         <x:v>2970</x:v>
       </x:c>
       <x:c r="J46" s="3" t="n">
         <x:v>2957</x:v>
       </x:c>
       <x:c r="K46" s="3" t="n">
         <x:v>2984</x:v>
       </x:c>
       <x:c r="L46" s="3" t="n">
         <x:v>3021</x:v>
       </x:c>
       <x:c r="M46" s="3" t="n">
         <x:v>3054</x:v>
       </x:c>
       <x:c r="N46" s="3" t="n">
         <x:v>3096</x:v>
       </x:c>
       <x:c r="O46" s="3" t="n">
         <x:v>3177</x:v>
       </x:c>
       <x:c r="P46" s="3" t="n">
         <x:v>3280</x:v>
       </x:c>
       <x:c r="Q46" s="3" t="n">
-        <x:v>3358</x:v>
+        <x:v>3359</x:v>
       </x:c>
       <x:c r="R46" s="3" t="n">
-        <x:v>3465</x:v>
+        <x:v>3467</x:v>
       </x:c>
       <x:c r="S46" s="3" t="n">
-        <x:v>3480</x:v>
+        <x:v>3481</x:v>
       </x:c>
       <x:c r="T46" s="3" t="n">
         <x:v>3469</x:v>
       </x:c>
       <x:c r="U46" s="3" t="n">
-        <x:v>3523</x:v>
+        <x:v>3520</x:v>
       </x:c>
       <x:c r="V46" s="3" t="n">
-        <x:v>3600</x:v>
+        <x:v>3593</x:v>
       </x:c>
       <x:c r="W46" s="3" t="n">
-        <x:v>3695</x:v>
+        <x:v>3689</x:v>
       </x:c>
       <x:c r="X46" s="3" t="n">
         <x:v>3731</x:v>
       </x:c>
       <x:c r="Y46" s="3" t="n">
-        <x:v>3774</x:v>
+        <x:v>3787</x:v>
       </x:c>
       <x:c r="Z46" s="3" t="n">
-        <x:v>3650</x:v>
+        <x:v>3683</x:v>
       </x:c>
       <x:c r="AA46" s="3" t="n">
-        <x:v>3673</x:v>
+        <x:v>3726</x:v>
       </x:c>
       <x:c r="AB46" s="3" t="n">
-        <x:v>3692</x:v>
+        <x:v>3764</x:v>
       </x:c>
       <x:c r="AC46" s="3" t="n">
-        <x:v>3705</x:v>
+        <x:v>3799</x:v>
       </x:c>
       <x:c r="AD46" s="3" t="n">
-        <x:v>3779</x:v>
+        <x:v>3898</x:v>
       </x:c>
       <x:c r="AE46" s="3" t="n">
-        <x:v>3861</x:v>
+        <x:v>4005</x:v>
       </x:c>
       <x:c r="AF46" s="3" t="n">
-        <x:v>3910</x:v>
+        <x:v>4080</x:v>
       </x:c>
       <x:c r="AG46" s="3" t="n">
-        <x:v>3929</x:v>
+        <x:v>4123</x:v>
       </x:c>
       <x:c r="AH46" s="3" t="n">
-        <x:v>3803</x:v>
+        <x:v>3986</x:v>
       </x:c>
       <x:c r="AI46" s="3" t="n">
-        <x:v>3833</x:v>
+        <x:v>4039</x:v>
       </x:c>
       <x:c r="AJ46" s="3" t="n">
-        <x:v>3893</x:v>
+        <x:v>4127</x:v>
       </x:c>
       <x:c r="AK46" s="3" t="n">
-        <x:v>3943</x:v>
+        <x:v>4205</x:v>
       </x:c>
       <x:c r="AL46" s="3" t="n">
-        <x:v>3774</x:v>
+        <x:v>4051</x:v>
       </x:c>
       <x:c r="AM46" s="3" t="n">
-        <x:v>3841</x:v>
+        <x:v>4143</x:v>
       </x:c>
       <x:c r="AN46" s="3" t="n">
-        <x:v>3946</x:v>
+        <x:v>4279</x:v>
       </x:c>
       <x:c r="AO46" s="3" t="n">
-        <x:v>4006</x:v>
+        <x:v>4362</x:v>
       </x:c>
       <x:c r="AP46" s="3" t="n">
-        <x:v>4047</x:v>
+        <x:v>4421</x:v>
       </x:c>
       <x:c r="AQ46" s="3" t="n">
-        <x:v>4101</x:v>
+        <x:v>4498</x:v>
       </x:c>
       <x:c r="AR46" s="3" t="n">
-        <x:v>4070</x:v>
+        <x:v>4475</x:v>
       </x:c>
       <x:c r="AS46" s="3" t="n">
-        <x:v>4100</x:v>
+        <x:v>4529</x:v>
       </x:c>
       <x:c r="AT46" s="3" t="n">
-        <x:v>4159</x:v>
+        <x:v>4616</x:v>
       </x:c>
       <x:c r="AU46" s="3" t="n">
-        <x:v>4283</x:v>
+        <x:v>4777</x:v>
       </x:c>
       <x:c r="AV46" s="3" t="n">
-        <x:v>4245</x:v>
+        <x:v>4741</x:v>
       </x:c>
       <x:c r="AW46" s="3" t="n">
-        <x:v>4311</x:v>
+        <x:v>4824</x:v>
       </x:c>
       <x:c r="AX46" s="3" t="n">
-        <x:v>4739</x:v>
+        <x:v>5263</x:v>
       </x:c>
       <x:c r="AY46" s="3" t="n">
-        <x:v>4859</x:v>
+        <x:v>5424</x:v>
       </x:c>
       <x:c r="AZ46" s="3" t="n">
-        <x:v>4847</x:v>
+        <x:v>5418</x:v>
       </x:c>
       <x:c r="BA46" s="3" t="n">
-        <x:v>4927</x:v>
+        <x:v>5533</x:v>
       </x:c>
       <x:c r="BB46" s="3" t="n">
-        <x:v>5087</x:v>
+        <x:v>5784</x:v>
       </x:c>
       <x:c r="BC46" s="3" t="n">
-        <x:v>5117</x:v>
+        <x:v>5841</x:v>
       </x:c>
       <x:c r="BD46" s="3" t="n">
-        <x:v>5288</x:v>
+        <x:v>6049</x:v>
       </x:c>
       <x:c r="BE46" s="3" t="n">
-        <x:v>5360</x:v>
+        <x:v>6124</x:v>
       </x:c>
       <x:c r="BF46" s="3" t="n">
-        <x:v>5380</x:v>
+        <x:v>6144</x:v>
       </x:c>
       <x:c r="BG46" s="3" t="n">
-        <x:v>5588</x:v>
+        <x:v>6363</x:v>
       </x:c>
       <x:c r="BH46" s="3" t="n">
-        <x:v>5670</x:v>
+        <x:v>6463</x:v>
       </x:c>
       <x:c r="BI46" s="3" t="n">
-        <x:v>5795</x:v>
+        <x:v>6614</x:v>
       </x:c>
       <x:c r="BJ46" s="3" t="n">
-        <x:v>5663</x:v>
+        <x:v>6488</x:v>
       </x:c>
       <x:c r="BK46" s="3" t="n">
-        <x:v>5673</x:v>
+        <x:v>6510</x:v>
       </x:c>
       <x:c r="BL46" s="3" t="n">
-        <x:v>5761</x:v>
+        <x:v>6617</x:v>
       </x:c>
       <x:c r="BM46" s="3" t="n">
-        <x:v>5879</x:v>
+        <x:v>6737</x:v>
       </x:c>
       <x:c r="BN46" s="3" t="n">
-        <x:v>6041</x:v>
+        <x:v>6892</x:v>
       </x:c>
       <x:c r="BO46" s="3" t="n">
-        <x:v>6098</x:v>
+        <x:v>6948</x:v>
       </x:c>
       <x:c r="BP46" s="3" t="n">
-        <x:v>6061</x:v>
+        <x:v>6914</x:v>
       </x:c>
       <x:c r="BQ46" s="3" t="n">
-        <x:v>6033</x:v>
+        <x:v>6905</x:v>
       </x:c>
       <x:c r="BR46" s="3" t="n">
-        <x:v>6525</x:v>
+        <x:v>7371</x:v>
       </x:c>
       <x:c r="BS46" s="3" t="n">
-        <x:v>6324</x:v>
+        <x:v>7205</x:v>
       </x:c>
       <x:c r="BT46" s="3" t="n">
-        <x:v>6228</x:v>
+        <x:v>7135</x:v>
       </x:c>
       <x:c r="BU46" s="3" t="n">
-        <x:v>6203</x:v>
+        <x:v>7128</x:v>
       </x:c>
       <x:c r="BV46" s="3" t="n">
-        <x:v>6495</x:v>
+        <x:v>7328</x:v>
       </x:c>
       <x:c r="BW46" s="3" t="n">
-        <x:v>6649</x:v>
+        <x:v>7481</x:v>
       </x:c>
       <x:c r="BX46" s="3" t="n">
-        <x:v>6620</x:v>
+        <x:v>7431</x:v>
       </x:c>
       <x:c r="BY46" s="3" t="n">
-        <x:v>6723</x:v>
+        <x:v>7529</x:v>
       </x:c>
       <x:c r="BZ46" s="3" t="n">
-        <x:v>6807</x:v>
+        <x:v>7615</x:v>
       </x:c>
       <x:c r="CA46" s="3" t="n">
-        <x:v>6889</x:v>
+        <x:v>7715</x:v>
       </x:c>
       <x:c r="CB46" s="3" t="n">
-        <x:v>6991</x:v>
+        <x:v>7853</x:v>
       </x:c>
       <x:c r="CC46" s="3" t="n">
-        <x:v>6909</x:v>
+        <x:v>7814</x:v>
       </x:c>
       <x:c r="CD46" s="3" t="n">
-        <x:v>7011</x:v>
+        <x:v>8024</x:v>
       </x:c>
       <x:c r="CE46" s="3" t="n">
-        <x:v>6850</x:v>
+        <x:v>7707</x:v>
       </x:c>
       <x:c r="CF46" s="3" t="n">
-        <x:v>7247</x:v>
+        <x:v>8159</x:v>
       </x:c>
       <x:c r="CG46" s="3" t="n">
-        <x:v>7187</x:v>
+        <x:v>7861</x:v>
       </x:c>
       <x:c r="CH46" s="3" t="n">
-        <x:v>7278</x:v>
+        <x:v>7618</x:v>
       </x:c>
       <x:c r="CI46" s="3" t="n">
-        <x:v>7346</x:v>
+        <x:v>7436</x:v>
       </x:c>
       <x:c r="CJ46" s="3" t="n">
-        <x:v>7541</x:v>
+        <x:v>7500</x:v>
       </x:c>
       <x:c r="CK46" s="3" t="n">
-        <x:v>7651</x:v>
+        <x:v>7580</x:v>
       </x:c>
       <x:c r="CL46" s="3" t="n">
-        <x:v>7744</x:v>
+        <x:v>7757</x:v>
       </x:c>
       <x:c r="CM46" s="3" t="n">
-        <x:v>7862</x:v>
+        <x:v>7936</x:v>
       </x:c>
       <x:c r="CN46" s="3" t="n">
-        <x:v>7940</x:v>
+        <x:v>8048</x:v>
       </x:c>
       <x:c r="CO46" s="3" t="n">
-        <x:v>7895</x:v>
+        <x:v>8008</x:v>
       </x:c>
       <x:c r="CP46" s="3" t="n">
-        <x:v>8398</x:v>
+        <x:v>8487</x:v>
       </x:c>
       <x:c r="CQ46" s="3" t="n">
-        <x:v>8319</x:v>
+        <x:v>8393</x:v>
       </x:c>
       <x:c r="CR46" s="3" t="n">
-        <x:v>8230</x:v>
+        <x:v>8297</x:v>
       </x:c>
       <x:c r="CS46" s="3" t="n">
-        <x:v>8362</x:v>
+        <x:v>8426</x:v>
       </x:c>
       <x:c r="CT46" s="3" t="n">
-        <x:v>8400</x:v>
+        <x:v>8475</x:v>
       </x:c>
       <x:c r="CU46" s="3" t="n">
-        <x:v>8584</x:v>
+        <x:v>8666</x:v>
       </x:c>
       <x:c r="CV46" s="3" t="n">
-        <x:v>8759</x:v>
+        <x:v>8848</x:v>
       </x:c>
       <x:c r="CW46" s="3" t="n">
-        <x:v>8965</x:v>
+        <x:v>9056</x:v>
       </x:c>
       <x:c r="CX46" s="3" t="n">
-        <x:v>8866</x:v>
+        <x:v>8961</x:v>
       </x:c>
       <x:c r="CY46" s="3" t="n">
-        <x:v>7328</x:v>
+        <x:v>7400</x:v>
       </x:c>
       <x:c r="CZ46" s="3" t="n">
-        <x:v>8444</x:v>
+        <x:v>8518</x:v>
       </x:c>
       <x:c r="DA46" s="3" t="n">
-        <x:v>8842</x:v>
+        <x:v>8920</x:v>
       </x:c>
       <x:c r="DB46" s="3" t="n">
-        <x:v>8662</x:v>
+        <x:v>8734</x:v>
       </x:c>
       <x:c r="DC46" s="3" t="n">
-        <x:v>8602</x:v>
+        <x:v>8665</x:v>
       </x:c>
       <x:c r="DD46" s="3" t="n">
-        <x:v>9330</x:v>
+        <x:v>9413</x:v>
       </x:c>
       <x:c r="DE46" s="3" t="n">
-        <x:v>9701</x:v>
+        <x:v>9794</x:v>
       </x:c>
       <x:c r="DF46" s="3" t="n">
-        <x:v>9729</x:v>
+        <x:v>9812</x:v>
       </x:c>
       <x:c r="DG46" s="3" t="n">
-        <x:v>10095</x:v>
+        <x:v>10206</x:v>
       </x:c>
       <x:c r="DH46" s="3" t="n">
-        <x:v>10291</x:v>
+        <x:v>10400</x:v>
       </x:c>
       <x:c r="DI46" s="3" t="n">
-        <x:v>10523</x:v>
+        <x:v>10611</x:v>
       </x:c>
       <x:c r="DJ46" s="3" t="n">
-        <x:v>10775</x:v>
+        <x:v>10860</x:v>
       </x:c>
       <x:c r="DK46" s="3" t="n">
-        <x:v>10821</x:v>
+        <x:v>10925</x:v>
       </x:c>
       <x:c r="DL46" s="3" t="n">
-        <x:v>11010</x:v>
+        <x:v>11100</x:v>
       </x:c>
       <x:c r="DM46" s="3" t="n">
-        <x:v>11220</x:v>
+        <x:v>11309</x:v>
       </x:c>
       <x:c r="DN46" s="3" t="n">
-        <x:v>11384</x:v>
+        <x:v>11483</x:v>
       </x:c>
       <x:c r="DO46" s="3" t="n">
-        <x:v>11525</x:v>
+        <x:v>11624</x:v>
       </x:c>
       <x:c r="DP46" s="3" t="n">
-        <x:v>11735</x:v>
+        <x:v>11831</x:v>
       </x:c>
       <x:c r="DQ46" s="3" t="n">
-        <x:v>11838</x:v>
+        <x:v>11942</x:v>
       </x:c>
       <x:c r="DR46" s="3" t="n">
-        <x:v>12122</x:v>
+        <x:v>12173</x:v>
       </x:c>
       <x:c r="DS46" s="3" t="n">
-        <x:v>12432</x:v>
+        <x:v>12486</x:v>
+      </x:c>
+      <x:c r="DT46" s="3" t="n">
+        <x:v>12544</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:123">
+    <x:row r="47" spans="1:124">
       <x:c r="A47" s="2" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
         <x:v>26679</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>26954</x:v>
       </x:c>
       <x:c r="D47" s="3" t="n">
         <x:v>27336</x:v>
       </x:c>
       <x:c r="E47" s="3" t="n">
         <x:v>27605</x:v>
       </x:c>
       <x:c r="F47" s="3" t="n">
         <x:v>28008</x:v>
       </x:c>
       <x:c r="G47" s="3" t="n">
         <x:v>28677</x:v>
       </x:c>
       <x:c r="H47" s="3" t="n">
         <x:v>29191</x:v>
       </x:c>
       <x:c r="I47" s="3" t="n">
         <x:v>29667</x:v>
       </x:c>
@@ -17036,359 +17178,362 @@
       <x:c r="N47" s="3" t="n">
         <x:v>31836</x:v>
       </x:c>
       <x:c r="O47" s="3" t="n">
         <x:v>32590</x:v>
       </x:c>
       <x:c r="P47" s="3" t="n">
         <x:v>33492</x:v>
       </x:c>
       <x:c r="Q47" s="3" t="n">
         <x:v>34471</x:v>
       </x:c>
       <x:c r="R47" s="3" t="n">
         <x:v>34994</x:v>
       </x:c>
       <x:c r="S47" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="T47" s="3" t="n">
         <x:v>35482</x:v>
       </x:c>
       <x:c r="U47" s="3" t="n">
         <x:v>35988</x:v>
       </x:c>
       <x:c r="V47" s="3" t="n">
-        <x:v>35910</x:v>
+        <x:v>35911</x:v>
       </x:c>
       <x:c r="W47" s="3" t="n">
-        <x:v>36622</x:v>
+        <x:v>36623</x:v>
       </x:c>
       <x:c r="X47" s="3" t="n">
         <x:v>37530</x:v>
       </x:c>
       <x:c r="Y47" s="3" t="n">
-        <x:v>38263</x:v>
+        <x:v>38260</x:v>
       </x:c>
       <x:c r="Z47" s="3" t="n">
-        <x:v>38723</x:v>
+        <x:v>38716</x:v>
       </x:c>
       <x:c r="AA47" s="3" t="n">
-        <x:v>39066</x:v>
+        <x:v>39054</x:v>
       </x:c>
       <x:c r="AB47" s="3" t="n">
-        <x:v>39474</x:v>
+        <x:v>39456</x:v>
       </x:c>
       <x:c r="AC47" s="3" t="n">
-        <x:v>40424</x:v>
+        <x:v>40399</x:v>
       </x:c>
       <x:c r="AD47" s="3" t="n">
-        <x:v>40435</x:v>
+        <x:v>40403</x:v>
       </x:c>
       <x:c r="AE47" s="3" t="n">
-        <x:v>41530</x:v>
+        <x:v>41489</x:v>
       </x:c>
       <x:c r="AF47" s="3" t="n">
-        <x:v>42425</x:v>
+        <x:v>42375</x:v>
       </x:c>
       <x:c r="AG47" s="3" t="n">
-        <x:v>43059</x:v>
+        <x:v>43000</x:v>
       </x:c>
       <x:c r="AH47" s="3" t="n">
-        <x:v>44149</x:v>
+        <x:v>44080</x:v>
       </x:c>
       <x:c r="AI47" s="3" t="n">
-        <x:v>43897</x:v>
+        <x:v>43819</x:v>
       </x:c>
       <x:c r="AJ47" s="3" t="n">
-        <x:v>44124</x:v>
+        <x:v>44036</x:v>
       </x:c>
       <x:c r="AK47" s="3" t="n">
-        <x:v>44206</x:v>
+        <x:v>44105</x:v>
       </x:c>
       <x:c r="AL47" s="3" t="n">
-        <x:v>44474</x:v>
+        <x:v>44359</x:v>
       </x:c>
       <x:c r="AM47" s="3" t="n">
-        <x:v>45765</x:v>
+        <x:v>45633</x:v>
       </x:c>
       <x:c r="AN47" s="3" t="n">
-        <x:v>46625</x:v>
+        <x:v>46477</x:v>
       </x:c>
       <x:c r="AO47" s="3" t="n">
-        <x:v>47168</x:v>
+        <x:v>47005</x:v>
       </x:c>
       <x:c r="AP47" s="3" t="n">
-        <x:v>47613</x:v>
+        <x:v>47436</x:v>
       </x:c>
       <x:c r="AQ47" s="3" t="n">
-        <x:v>47965</x:v>
+        <x:v>47771</x:v>
       </x:c>
       <x:c r="AR47" s="3" t="n">
-        <x:v>47995</x:v>
+        <x:v>47788</x:v>
       </x:c>
       <x:c r="AS47" s="3" t="n">
-        <x:v>48500</x:v>
+        <x:v>48278</x:v>
       </x:c>
       <x:c r="AT47" s="3" t="n">
-        <x:v>49649</x:v>
+        <x:v>49405</x:v>
       </x:c>
       <x:c r="AU47" s="3" t="n">
-        <x:v>50911</x:v>
+        <x:v>50645</x:v>
       </x:c>
       <x:c r="AV47" s="3" t="n">
-        <x:v>51758</x:v>
+        <x:v>51471</x:v>
       </x:c>
       <x:c r="AW47" s="3" t="n">
-        <x:v>52485</x:v>
+        <x:v>52179</x:v>
       </x:c>
       <x:c r="AX47" s="3" t="n">
-        <x:v>53620</x:v>
+        <x:v>53288</x:v>
       </x:c>
       <x:c r="AY47" s="3" t="n">
-        <x:v>54925</x:v>
+        <x:v>54571</x:v>
       </x:c>
       <x:c r="AZ47" s="3" t="n">
-        <x:v>56157</x:v>
+        <x:v>55777</x:v>
       </x:c>
       <x:c r="BA47" s="3" t="n">
-        <x:v>56815</x:v>
+        <x:v>56410</x:v>
       </x:c>
       <x:c r="BB47" s="3" t="n">
-        <x:v>57304</x:v>
+        <x:v>56881</x:v>
       </x:c>
       <x:c r="BC47" s="3" t="n">
-        <x:v>59699</x:v>
+        <x:v>59245</x:v>
       </x:c>
       <x:c r="BD47" s="3" t="n">
-        <x:v>61230</x:v>
+        <x:v>60756</x:v>
       </x:c>
       <x:c r="BE47" s="3" t="n">
-        <x:v>62135</x:v>
+        <x:v>61651</x:v>
       </x:c>
       <x:c r="BF47" s="3" t="n">
-        <x:v>63394</x:v>
+        <x:v>62901</x:v>
       </x:c>
       <x:c r="BG47" s="3" t="n">
-        <x:v>62994</x:v>
+        <x:v>62506</x:v>
       </x:c>
       <x:c r="BH47" s="3" t="n">
-        <x:v>64373</x:v>
+        <x:v>63876</x:v>
       </x:c>
       <x:c r="BI47" s="3" t="n">
-        <x:v>66209</x:v>
+        <x:v>65700</x:v>
       </x:c>
       <x:c r="BJ47" s="3" t="n">
-        <x:v>66184</x:v>
+        <x:v>65671</x:v>
       </x:c>
       <x:c r="BK47" s="3" t="n">
-        <x:v>66774</x:v>
+        <x:v>66250</x:v>
       </x:c>
       <x:c r="BL47" s="3" t="n">
-        <x:v>68570</x:v>
+        <x:v>68034</x:v>
       </x:c>
       <x:c r="BM47" s="3" t="n">
-        <x:v>69647</x:v>
+        <x:v>69103</x:v>
       </x:c>
       <x:c r="BN47" s="3" t="n">
-        <x:v>70574</x:v>
+        <x:v>70027</x:v>
       </x:c>
       <x:c r="BO47" s="3" t="n">
-        <x:v>71253</x:v>
+        <x:v>70698</x:v>
       </x:c>
       <x:c r="BP47" s="3" t="n">
-        <x:v>72286</x:v>
+        <x:v>71723</x:v>
       </x:c>
       <x:c r="BQ47" s="3" t="n">
-        <x:v>73868</x:v>
+        <x:v>73296</x:v>
       </x:c>
       <x:c r="BR47" s="3" t="n">
-        <x:v>74471</x:v>
+        <x:v>73896</x:v>
       </x:c>
       <x:c r="BS47" s="3" t="n">
-        <x:v>74757</x:v>
+        <x:v>74175</x:v>
       </x:c>
       <x:c r="BT47" s="3" t="n">
-        <x:v>76865</x:v>
+        <x:v>76268</x:v>
       </x:c>
       <x:c r="BU47" s="3" t="n">
-        <x:v>77816</x:v>
+        <x:v>77216</x:v>
       </x:c>
       <x:c r="BV47" s="3" t="n">
-        <x:v>78485</x:v>
+        <x:v>77877</x:v>
       </x:c>
       <x:c r="BW47" s="3" t="n">
-        <x:v>79583</x:v>
+        <x:v>78964</x:v>
       </x:c>
       <x:c r="BX47" s="3" t="n">
-        <x:v>80322</x:v>
+        <x:v>79694</x:v>
       </x:c>
       <x:c r="BY47" s="3" t="n">
-        <x:v>81567</x:v>
+        <x:v>80931</x:v>
       </x:c>
       <x:c r="BZ47" s="3" t="n">
-        <x:v>82039</x:v>
+        <x:v>81398</x:v>
       </x:c>
       <x:c r="CA47" s="3" t="n">
-        <x:v>83194</x:v>
+        <x:v>82539</x:v>
       </x:c>
       <x:c r="CB47" s="3" t="n">
-        <x:v>84224</x:v>
+        <x:v>83558</x:v>
       </x:c>
       <x:c r="CC47" s="3" t="n">
-        <x:v>85401</x:v>
+        <x:v>84726</x:v>
       </x:c>
       <x:c r="CD47" s="3" t="n">
-        <x:v>87120</x:v>
+        <x:v>86426</x:v>
       </x:c>
       <x:c r="CE47" s="3" t="n">
-        <x:v>86214</x:v>
+        <x:v>85524</x:v>
       </x:c>
       <x:c r="CF47" s="3" t="n">
-        <x:v>88120</x:v>
+        <x:v>87414</x:v>
       </x:c>
       <x:c r="CG47" s="3" t="n">
-        <x:v>88388</x:v>
+        <x:v>87689</x:v>
       </x:c>
       <x:c r="CH47" s="3" t="n">
-        <x:v>89471</x:v>
+        <x:v>88755</x:v>
       </x:c>
       <x:c r="CI47" s="3" t="n">
-        <x:v>90764</x:v>
+        <x:v>90042</x:v>
       </x:c>
       <x:c r="CJ47" s="3" t="n">
-        <x:v>91267</x:v>
+        <x:v>90538</x:v>
       </x:c>
       <x:c r="CK47" s="3" t="n">
-        <x:v>92787</x:v>
+        <x:v>92041</x:v>
       </x:c>
       <x:c r="CL47" s="3" t="n">
-        <x:v>93354</x:v>
+        <x:v>92609</x:v>
       </x:c>
       <x:c r="CM47" s="3" t="n">
-        <x:v>94526</x:v>
+        <x:v>93770</x:v>
       </x:c>
       <x:c r="CN47" s="3" t="n">
-        <x:v>95481</x:v>
+        <x:v>94719</x:v>
       </x:c>
       <x:c r="CO47" s="3" t="n">
-        <x:v>96266</x:v>
+        <x:v>95511</x:v>
       </x:c>
       <x:c r="CP47" s="3" t="n">
-        <x:v>97852</x:v>
+        <x:v>97105</x:v>
       </x:c>
       <x:c r="CQ47" s="3" t="n">
-        <x:v>98976</x:v>
+        <x:v>98231</x:v>
       </x:c>
       <x:c r="CR47" s="3" t="n">
-        <x:v>98985</x:v>
+        <x:v>98247</x:v>
       </x:c>
       <x:c r="CS47" s="3" t="n">
-        <x:v>101085</x:v>
+        <x:v>100338</x:v>
       </x:c>
       <x:c r="CT47" s="3" t="n">
-        <x:v>101609</x:v>
+        <x:v>100858</x:v>
       </x:c>
       <x:c r="CU47" s="3" t="n">
-        <x:v>102639</x:v>
+        <x:v>101889</x:v>
       </x:c>
       <x:c r="CV47" s="3" t="n">
-        <x:v>104547</x:v>
+        <x:v>103801</x:v>
       </x:c>
       <x:c r="CW47" s="3" t="n">
-        <x:v>105332</x:v>
+        <x:v>104595</x:v>
       </x:c>
       <x:c r="CX47" s="3" t="n">
-        <x:v>106787</x:v>
+        <x:v>106041</x:v>
       </x:c>
       <x:c r="CY47" s="3" t="n">
-        <x:v>107032</x:v>
+        <x:v>106303</x:v>
       </x:c>
       <x:c r="CZ47" s="3" t="n">
-        <x:v>106769</x:v>
+        <x:v>106036</x:v>
       </x:c>
       <x:c r="DA47" s="3" t="n">
-        <x:v>107019</x:v>
+        <x:v>106310</x:v>
       </x:c>
       <x:c r="DB47" s="3" t="n">
-        <x:v>110132</x:v>
+        <x:v>109414</x:v>
       </x:c>
       <x:c r="DC47" s="3" t="n">
-        <x:v>111250</x:v>
+        <x:v>110521</x:v>
       </x:c>
       <x:c r="DD47" s="3" t="n">
-        <x:v>110959</x:v>
+        <x:v>110218</x:v>
       </x:c>
       <x:c r="DE47" s="3" t="n">
-        <x:v>115343</x:v>
+        <x:v>114561</x:v>
       </x:c>
       <x:c r="DF47" s="3" t="n">
-        <x:v>116476</x:v>
+        <x:v>115791</x:v>
       </x:c>
       <x:c r="DG47" s="3" t="n">
-        <x:v>117917</x:v>
+        <x:v>117204</x:v>
       </x:c>
       <x:c r="DH47" s="3" t="n">
-        <x:v>117928</x:v>
+        <x:v>117129</x:v>
       </x:c>
       <x:c r="DI47" s="3" t="n">
-        <x:v>119346</x:v>
+        <x:v>118391</x:v>
       </x:c>
       <x:c r="DJ47" s="3" t="n">
-        <x:v>120606</x:v>
+        <x:v>120154</x:v>
       </x:c>
       <x:c r="DK47" s="3" t="n">
-        <x:v>123541</x:v>
+        <x:v>123087</x:v>
       </x:c>
       <x:c r="DL47" s="3" t="n">
-        <x:v>126248</x:v>
+        <x:v>125678</x:v>
       </x:c>
       <x:c r="DM47" s="3" t="n">
-        <x:v>130352</x:v>
+        <x:v>129664</x:v>
       </x:c>
       <x:c r="DN47" s="3" t="n">
-        <x:v>130995</x:v>
+        <x:v>129915</x:v>
       </x:c>
       <x:c r="DO47" s="3" t="n">
-        <x:v>132586</x:v>
+        <x:v>131913</x:v>
       </x:c>
       <x:c r="DP47" s="3" t="n">
-        <x:v>134326</x:v>
+        <x:v>133585</x:v>
       </x:c>
       <x:c r="DQ47" s="3" t="n">
-        <x:v>135267</x:v>
+        <x:v>134594</x:v>
       </x:c>
       <x:c r="DR47" s="3" t="n">
-        <x:v>138647</x:v>
+        <x:v>136703</x:v>
       </x:c>
       <x:c r="DS47" s="3" t="n">
-        <x:v>142037</x:v>
+        <x:v>139856</x:v>
+      </x:c>
+      <x:c r="DT47" s="3" t="n">
+        <x:v>140427</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:123">
+    <x:row r="48" spans="1:124">
       <x:c r="A48" s="2" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
         <x:v>7607</x:v>
       </x:c>
       <x:c r="C48" s="3" t="n">
         <x:v>7694</x:v>
       </x:c>
       <x:c r="D48" s="3" t="n">
         <x:v>7792</x:v>
       </x:c>
       <x:c r="E48" s="3" t="n">
         <x:v>7884</x:v>
       </x:c>
       <x:c r="F48" s="3" t="n">
         <x:v>7953</x:v>
       </x:c>
       <x:c r="G48" s="3" t="n">
         <x:v>8095</x:v>
       </x:c>
       <x:c r="H48" s="3" t="n">
         <x:v>8194</x:v>
       </x:c>
       <x:c r="I48" s="3" t="n">
         <x:v>8323</x:v>
       </x:c>
@@ -17407,730 +17552,736 @@
       <x:c r="N48" s="3" t="n">
         <x:v>8934</x:v>
       </x:c>
       <x:c r="O48" s="3" t="n">
         <x:v>9069</x:v>
       </x:c>
       <x:c r="P48" s="3" t="n">
         <x:v>9363</x:v>
       </x:c>
       <x:c r="Q48" s="3" t="n">
         <x:v>9533</x:v>
       </x:c>
       <x:c r="R48" s="3" t="n">
         <x:v>9701</x:v>
       </x:c>
       <x:c r="S48" s="3" t="n">
         <x:v>9648</x:v>
       </x:c>
       <x:c r="T48" s="3" t="n">
         <x:v>9819</x:v>
       </x:c>
       <x:c r="U48" s="3" t="n">
         <x:v>9950</x:v>
       </x:c>
       <x:c r="V48" s="3" t="n">
-        <x:v>9951</x:v>
+        <x:v>9952</x:v>
       </x:c>
       <x:c r="W48" s="3" t="n">
         <x:v>10125</x:v>
       </x:c>
       <x:c r="X48" s="3" t="n">
         <x:v>10314</x:v>
       </x:c>
       <x:c r="Y48" s="3" t="n">
-        <x:v>10513</x:v>
+        <x:v>10511</x:v>
       </x:c>
       <x:c r="Z48" s="3" t="n">
-        <x:v>10418</x:v>
+        <x:v>10414</x:v>
       </x:c>
       <x:c r="AA48" s="3" t="n">
-        <x:v>10480</x:v>
+        <x:v>10473</x:v>
       </x:c>
       <x:c r="AB48" s="3" t="n">
-        <x:v>10609</x:v>
+        <x:v>10598</x:v>
       </x:c>
       <x:c r="AC48" s="3" t="n">
-        <x:v>10768</x:v>
+        <x:v>10752</x:v>
       </x:c>
       <x:c r="AD48" s="3" t="n">
-        <x:v>17256</x:v>
+        <x:v>17233</x:v>
       </x:c>
       <x:c r="AE48" s="3" t="n">
-        <x:v>17587</x:v>
+        <x:v>17558</x:v>
       </x:c>
       <x:c r="AF48" s="3" t="n">
-        <x:v>17974</x:v>
+        <x:v>17939</x:v>
       </x:c>
       <x:c r="AG48" s="3" t="n">
-        <x:v>18219</x:v>
+        <x:v>18178</x:v>
       </x:c>
       <x:c r="AH48" s="3" t="n">
-        <x:v>18726</x:v>
+        <x:v>18679</x:v>
       </x:c>
       <x:c r="AI48" s="3" t="n">
-        <x:v>18692</x:v>
+        <x:v>18639</x:v>
       </x:c>
       <x:c r="AJ48" s="3" t="n">
-        <x:v>18962</x:v>
+        <x:v>18901</x:v>
       </x:c>
       <x:c r="AK48" s="3" t="n">
-        <x:v>18712</x:v>
+        <x:v>18643</x:v>
       </x:c>
       <x:c r="AL48" s="3" t="n">
-        <x:v>19126</x:v>
+        <x:v>19045</x:v>
       </x:c>
       <x:c r="AM48" s="3" t="n">
-        <x:v>19779</x:v>
+        <x:v>19686</x:v>
       </x:c>
       <x:c r="AN48" s="3" t="n">
-        <x:v>20201</x:v>
+        <x:v>20097</x:v>
       </x:c>
       <x:c r="AO48" s="3" t="n">
-        <x:v>20473</x:v>
+        <x:v>20358</x:v>
       </x:c>
       <x:c r="AP48" s="3" t="n">
-        <x:v>20507</x:v>
+        <x:v>20383</x:v>
       </x:c>
       <x:c r="AQ48" s="3" t="n">
-        <x:v>20719</x:v>
+        <x:v>20583</x:v>
       </x:c>
       <x:c r="AR48" s="3" t="n">
-        <x:v>20828</x:v>
+        <x:v>20682</x:v>
       </x:c>
       <x:c r="AS48" s="3" t="n">
-        <x:v>21064</x:v>
+        <x:v>20907</x:v>
       </x:c>
       <x:c r="AT48" s="3" t="n">
-        <x:v>21616</x:v>
+        <x:v>21443</x:v>
       </x:c>
       <x:c r="AU48" s="3" t="n">
-        <x:v>22078</x:v>
+        <x:v>21889</x:v>
       </x:c>
       <x:c r="AV48" s="3" t="n">
-        <x:v>22277</x:v>
+        <x:v>22074</x:v>
       </x:c>
       <x:c r="AW48" s="3" t="n">
-        <x:v>22618</x:v>
+        <x:v>22402</x:v>
       </x:c>
       <x:c r="AX48" s="3" t="n">
-        <x:v>23379</x:v>
+        <x:v>23141</x:v>
       </x:c>
       <x:c r="AY48" s="3" t="n">
-        <x:v>23671</x:v>
+        <x:v>23419</x:v>
       </x:c>
       <x:c r="AZ48" s="3" t="n">
-        <x:v>24253</x:v>
+        <x:v>23984</x:v>
       </x:c>
       <x:c r="BA48" s="3" t="n">
-        <x:v>24533</x:v>
+        <x:v>24247</x:v>
       </x:c>
       <x:c r="BB48" s="3" t="n">
-        <x:v>24526</x:v>
+        <x:v>24229</x:v>
       </x:c>
       <x:c r="BC48" s="3" t="n">
-        <x:v>25460</x:v>
+        <x:v>25143</x:v>
       </x:c>
       <x:c r="BD48" s="3" t="n">
-        <x:v>26183</x:v>
+        <x:v>25853</x:v>
       </x:c>
       <x:c r="BE48" s="3" t="n">
-        <x:v>26623</x:v>
+        <x:v>26286</x:v>
       </x:c>
       <x:c r="BF48" s="3" t="n">
-        <x:v>27133</x:v>
+        <x:v>26787</x:v>
       </x:c>
       <x:c r="BG48" s="3" t="n">
-        <x:v>26879</x:v>
+        <x:v>26537</x:v>
       </x:c>
       <x:c r="BH48" s="3" t="n">
-        <x:v>27377</x:v>
+        <x:v>27028</x:v>
       </x:c>
       <x:c r="BI48" s="3" t="n">
-        <x:v>27934</x:v>
+        <x:v>27579</x:v>
       </x:c>
       <x:c r="BJ48" s="3" t="n">
-        <x:v>28144</x:v>
+        <x:v>27784</x:v>
       </x:c>
       <x:c r="BK48" s="3" t="n">
-        <x:v>28615</x:v>
+        <x:v>28246</x:v>
       </x:c>
       <x:c r="BL48" s="3" t="n">
-        <x:v>29109</x:v>
+        <x:v>28733</x:v>
       </x:c>
       <x:c r="BM48" s="3" t="n">
-        <x:v>29531</x:v>
+        <x:v>29149</x:v>
       </x:c>
       <x:c r="BN48" s="3" t="n">
-        <x:v>29997</x:v>
+        <x:v>29613</x:v>
       </x:c>
       <x:c r="BO48" s="3" t="n">
-        <x:v>30297</x:v>
+        <x:v>29908</x:v>
       </x:c>
       <x:c r="BP48" s="3" t="n">
-        <x:v>30739</x:v>
+        <x:v>30345</x:v>
       </x:c>
       <x:c r="BQ48" s="3" t="n">
-        <x:v>31268</x:v>
+        <x:v>30869</x:v>
       </x:c>
       <x:c r="BR48" s="3" t="n">
-        <x:v>31759</x:v>
+        <x:v>31358</x:v>
       </x:c>
       <x:c r="BS48" s="3" t="n">
-        <x:v>31921</x:v>
+        <x:v>31513</x:v>
       </x:c>
       <x:c r="BT48" s="3" t="n">
-        <x:v>32398</x:v>
+        <x:v>31981</x:v>
       </x:c>
       <x:c r="BU48" s="3" t="n">
-        <x:v>32679</x:v>
+        <x:v>32261</x:v>
       </x:c>
       <x:c r="BV48" s="3" t="n">
-        <x:v>33243</x:v>
+        <x:v>32818</x:v>
       </x:c>
       <x:c r="BW48" s="3" t="n">
-        <x:v>33834</x:v>
+        <x:v>33401</x:v>
       </x:c>
       <x:c r="BX48" s="3" t="n">
-        <x:v>33850</x:v>
+        <x:v>33412</x:v>
       </x:c>
       <x:c r="BY48" s="3" t="n">
-        <x:v>34432</x:v>
+        <x:v>33988</x:v>
       </x:c>
       <x:c r="BZ48" s="3" t="n">
-        <x:v>34965</x:v>
+        <x:v>34515</x:v>
       </x:c>
       <x:c r="CA48" s="3" t="n">
-        <x:v>35757</x:v>
+        <x:v>35294</x:v>
       </x:c>
       <x:c r="CB48" s="3" t="n">
-        <x:v>36266</x:v>
+        <x:v>35794</x:v>
       </x:c>
       <x:c r="CC48" s="3" t="n">
-        <x:v>36793</x:v>
+        <x:v>36315</x:v>
       </x:c>
       <x:c r="CD48" s="3" t="n">
-        <x:v>37756</x:v>
+        <x:v>37263</x:v>
       </x:c>
       <x:c r="CE48" s="3" t="n">
-        <x:v>37391</x:v>
+        <x:v>36899</x:v>
       </x:c>
       <x:c r="CF48" s="3" t="n">
-        <x:v>38041</x:v>
+        <x:v>37540</x:v>
       </x:c>
       <x:c r="CG48" s="3" t="n">
-        <x:v>37866</x:v>
+        <x:v>37372</x:v>
       </x:c>
       <x:c r="CH48" s="3" t="n">
-        <x:v>38646</x:v>
+        <x:v>38136</x:v>
       </x:c>
       <x:c r="CI48" s="3" t="n">
-        <x:v>39015</x:v>
+        <x:v>38502</x:v>
       </x:c>
       <x:c r="CJ48" s="3" t="n">
-        <x:v>39093</x:v>
+        <x:v>38576</x:v>
       </x:c>
       <x:c r="CK48" s="3" t="n">
-        <x:v>40047</x:v>
+        <x:v>39513</x:v>
       </x:c>
       <x:c r="CL48" s="3" t="n">
-        <x:v>39935</x:v>
+        <x:v>39407</x:v>
       </x:c>
       <x:c r="CM48" s="3" t="n">
-        <x:v>40624</x:v>
+        <x:v>40086</x:v>
       </x:c>
       <x:c r="CN48" s="3" t="n">
-        <x:v>41110</x:v>
+        <x:v>40567</x:v>
       </x:c>
       <x:c r="CO48" s="3" t="n">
-        <x:v>40970</x:v>
+        <x:v>40437</x:v>
       </x:c>
       <x:c r="CP48" s="3" t="n">
-        <x:v>41681</x:v>
+        <x:v>41156</x:v>
       </x:c>
       <x:c r="CQ48" s="3" t="n">
-        <x:v>42239</x:v>
+        <x:v>41718</x:v>
       </x:c>
       <x:c r="CR48" s="3" t="n">
-        <x:v>42428</x:v>
+        <x:v>41913</x:v>
       </x:c>
       <x:c r="CS48" s="3" t="n">
-        <x:v>43829</x:v>
+        <x:v>43306</x:v>
       </x:c>
       <x:c r="CT48" s="3" t="n">
-        <x:v>43735</x:v>
+        <x:v>43212</x:v>
       </x:c>
       <x:c r="CU48" s="3" t="n">
-        <x:v>44096</x:v>
+        <x:v>43576</x:v>
       </x:c>
       <x:c r="CV48" s="3" t="n">
-        <x:v>44505</x:v>
+        <x:v>43995</x:v>
       </x:c>
       <x:c r="CW48" s="3" t="n">
-        <x:v>44899</x:v>
+        <x:v>44398</x:v>
       </x:c>
       <x:c r="CX48" s="3" t="n">
-        <x:v>46031</x:v>
+        <x:v>45523</x:v>
       </x:c>
       <x:c r="CY48" s="3" t="n">
-        <x:v>46377</x:v>
+        <x:v>45884</x:v>
       </x:c>
       <x:c r="CZ48" s="3" t="n">
-        <x:v>46779</x:v>
+        <x:v>46278</x:v>
       </x:c>
       <x:c r="DA48" s="3" t="n">
-        <x:v>46259</x:v>
+        <x:v>45781</x:v>
       </x:c>
       <x:c r="DB48" s="3" t="n">
-        <x:v>48107</x:v>
+        <x:v>47622</x:v>
       </x:c>
       <x:c r="DC48" s="3" t="n">
-        <x:v>48583</x:v>
+        <x:v>48087</x:v>
       </x:c>
       <x:c r="DD48" s="3" t="n">
-        <x:v>48692</x:v>
+        <x:v>48183</x:v>
       </x:c>
       <x:c r="DE48" s="3" t="n">
-        <x:v>50386</x:v>
+        <x:v>49843</x:v>
       </x:c>
       <x:c r="DF48" s="3" t="n">
-        <x:v>50622</x:v>
+        <x:v>50079</x:v>
       </x:c>
       <x:c r="DG48" s="3" t="n">
-        <x:v>51205</x:v>
+        <x:v>50850</x:v>
       </x:c>
       <x:c r="DH48" s="3" t="n">
-        <x:v>52021</x:v>
+        <x:v>51350</x:v>
       </x:c>
       <x:c r="DI48" s="3" t="n">
-        <x:v>52983</x:v>
+        <x:v>52201</x:v>
       </x:c>
       <x:c r="DJ48" s="3" t="n">
-        <x:v>53477</x:v>
+        <x:v>53045</x:v>
       </x:c>
       <x:c r="DK48" s="3" t="n">
-        <x:v>53997</x:v>
+        <x:v>53640</x:v>
       </x:c>
       <x:c r="DL48" s="3" t="n">
-        <x:v>55348</x:v>
+        <x:v>54668</x:v>
       </x:c>
       <x:c r="DM48" s="3" t="n">
-        <x:v>58042</x:v>
+        <x:v>57395</x:v>
       </x:c>
       <x:c r="DN48" s="3" t="n">
-        <x:v>57907</x:v>
+        <x:v>57062</x:v>
       </x:c>
       <x:c r="DO48" s="3" t="n">
-        <x:v>58648</x:v>
+        <x:v>58202</x:v>
       </x:c>
       <x:c r="DP48" s="3" t="n">
-        <x:v>59163</x:v>
+        <x:v>58676</x:v>
       </x:c>
       <x:c r="DQ48" s="3" t="n">
-        <x:v>59271</x:v>
+        <x:v>58728</x:v>
       </x:c>
       <x:c r="DR48" s="3" t="n">
-        <x:v>61467</x:v>
+        <x:v>59728</x:v>
       </x:c>
       <x:c r="DS48" s="3" t="n">
-        <x:v>64096</x:v>
+        <x:v>62323</x:v>
+      </x:c>
+      <x:c r="DT48" s="3" t="n">
+        <x:v>62576</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:123">
+    <x:row r="49" spans="1:124">
       <x:c r="A49" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
         <x:v>5944</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>6020</x:v>
       </x:c>
       <x:c r="D49" s="3" t="n">
         <x:v>6100</x:v>
       </x:c>
       <x:c r="E49" s="3" t="n">
         <x:v>6168</x:v>
       </x:c>
       <x:c r="F49" s="3" t="n">
         <x:v>6232</x:v>
       </x:c>
       <x:c r="G49" s="3" t="n">
         <x:v>6361</x:v>
       </x:c>
       <x:c r="H49" s="3" t="n">
         <x:v>6443</x:v>
       </x:c>
       <x:c r="I49" s="3" t="n">
         <x:v>6545</x:v>
       </x:c>
       <x:c r="J49" s="3" t="n">
         <x:v>6712</x:v>
       </x:c>
       <x:c r="K49" s="3" t="n">
         <x:v>6822</x:v>
       </x:c>
       <x:c r="L49" s="3" t="n">
         <x:v>6871</x:v>
       </x:c>
       <x:c r="M49" s="3" t="n">
         <x:v>6984</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>7022</x:v>
+        <x:v>7023</x:v>
       </x:c>
       <x:c r="O49" s="3" t="n">
         <x:v>7154</x:v>
       </x:c>
       <x:c r="P49" s="3" t="n">
         <x:v>7399</x:v>
       </x:c>
       <x:c r="Q49" s="3" t="n">
         <x:v>7528</x:v>
       </x:c>
       <x:c r="R49" s="3" t="n">
         <x:v>7639</x:v>
       </x:c>
       <x:c r="S49" s="3" t="n">
         <x:v>7550</x:v>
       </x:c>
       <x:c r="T49" s="3" t="n">
         <x:v>7712</x:v>
       </x:c>
       <x:c r="U49" s="3" t="n">
         <x:v>7824</x:v>
       </x:c>
       <x:c r="V49" s="3" t="n">
-        <x:v>7855</x:v>
+        <x:v>7856</x:v>
       </x:c>
       <x:c r="W49" s="3" t="n">
-        <x:v>7983</x:v>
+        <x:v>7984</x:v>
       </x:c>
       <x:c r="X49" s="3" t="n">
         <x:v>8156</x:v>
       </x:c>
       <x:c r="Y49" s="3" t="n">
-        <x:v>8330</x:v>
+        <x:v>8328</x:v>
       </x:c>
       <x:c r="Z49" s="3" t="n">
-        <x:v>8458</x:v>
+        <x:v>8454</x:v>
       </x:c>
       <x:c r="AA49" s="3" t="n">
-        <x:v>8502</x:v>
+        <x:v>8495</x:v>
       </x:c>
       <x:c r="AB49" s="3" t="n">
-        <x:v>8636</x:v>
+        <x:v>8625</x:v>
       </x:c>
       <x:c r="AC49" s="3" t="n">
-        <x:v>8792</x:v>
+        <x:v>8777</x:v>
       </x:c>
       <x:c r="AD49" s="3" t="n">
-        <x:v>15232</x:v>
+        <x:v>15210</x:v>
       </x:c>
       <x:c r="AE49" s="3" t="n">
-        <x:v>15572</x:v>
+        <x:v>15543</x:v>
       </x:c>
       <x:c r="AF49" s="3" t="n">
-        <x:v>15920</x:v>
+        <x:v>15886</x:v>
       </x:c>
       <x:c r="AG49" s="3" t="n">
-        <x:v>16153</x:v>
+        <x:v>16113</x:v>
       </x:c>
       <x:c r="AH49" s="3" t="n">
-        <x:v>16678</x:v>
+        <x:v>16632</x:v>
       </x:c>
       <x:c r="AI49" s="3" t="n">
-        <x:v>16656</x:v>
+        <x:v>16603</x:v>
       </x:c>
       <x:c r="AJ49" s="3" t="n">
-        <x:v>16930</x:v>
+        <x:v>16870</x:v>
       </x:c>
       <x:c r="AK49" s="3" t="n">
-        <x:v>16668</x:v>
+        <x:v>16599</x:v>
       </x:c>
       <x:c r="AL49" s="3" t="n">
-        <x:v>17073</x:v>
+        <x:v>16994</x:v>
       </x:c>
       <x:c r="AM49" s="3" t="n">
-        <x:v>17708</x:v>
+        <x:v>17616</x:v>
       </x:c>
       <x:c r="AN49" s="3" t="n">
-        <x:v>18087</x:v>
+        <x:v>17984</x:v>
       </x:c>
       <x:c r="AO49" s="3" t="n">
-        <x:v>18336</x:v>
+        <x:v>18222</x:v>
       </x:c>
       <x:c r="AP49" s="3" t="n">
-        <x:v>18446</x:v>
+        <x:v>18323</x:v>
       </x:c>
       <x:c r="AQ49" s="3" t="n">
-        <x:v>18631</x:v>
+        <x:v>18497</x:v>
       </x:c>
       <x:c r="AR49" s="3" t="n">
-        <x:v>18768</x:v>
+        <x:v>18624</x:v>
       </x:c>
       <x:c r="AS49" s="3" t="n">
-        <x:v>19007</x:v>
+        <x:v>18852</x:v>
       </x:c>
       <x:c r="AT49" s="3" t="n">
-        <x:v>19459</x:v>
+        <x:v>19288</x:v>
       </x:c>
       <x:c r="AU49" s="3" t="n">
-        <x:v>19891</x:v>
+        <x:v>19705</x:v>
       </x:c>
       <x:c r="AV49" s="3" t="n">
-        <x:v>20068</x:v>
+        <x:v>19867</x:v>
       </x:c>
       <x:c r="AW49" s="3" t="n">
-        <x:v>20379</x:v>
+        <x:v>20165</x:v>
       </x:c>
       <x:c r="AX49" s="3" t="n">
-        <x:v>21103</x:v>
+        <x:v>20868</x:v>
       </x:c>
       <x:c r="AY49" s="3" t="n">
-        <x:v>21376</x:v>
+        <x:v>21127</x:v>
       </x:c>
       <x:c r="AZ49" s="3" t="n">
-        <x:v>21921</x:v>
+        <x:v>21655</x:v>
       </x:c>
       <x:c r="BA49" s="3" t="n">
-        <x:v>22206</x:v>
+        <x:v>21923</x:v>
       </x:c>
       <x:c r="BB49" s="3" t="n">
-        <x:v>22142</x:v>
+        <x:v>21849</x:v>
       </x:c>
       <x:c r="BC49" s="3" t="n">
-        <x:v>22990</x:v>
+        <x:v>22676</x:v>
       </x:c>
       <x:c r="BD49" s="3" t="n">
-        <x:v>23646</x:v>
+        <x:v>23319</x:v>
       </x:c>
       <x:c r="BE49" s="3" t="n">
-        <x:v>24056</x:v>
+        <x:v>23723</x:v>
       </x:c>
       <x:c r="BF49" s="3" t="n">
-        <x:v>24619</x:v>
+        <x:v>24276</x:v>
       </x:c>
       <x:c r="BG49" s="3" t="n">
-        <x:v>24333</x:v>
+        <x:v>23994</x:v>
       </x:c>
       <x:c r="BH49" s="3" t="n">
-        <x:v>24799</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="BI49" s="3" t="n">
-        <x:v>25305</x:v>
+        <x:v>24954</x:v>
       </x:c>
       <x:c r="BJ49" s="3" t="n">
-        <x:v>25534</x:v>
+        <x:v>25177</x:v>
       </x:c>
       <x:c r="BK49" s="3" t="n">
-        <x:v>26021</x:v>
+        <x:v>25655</x:v>
       </x:c>
       <x:c r="BL49" s="3" t="n">
-        <x:v>26521</x:v>
+        <x:v>26148</x:v>
       </x:c>
       <x:c r="BM49" s="3" t="n">
-        <x:v>26962</x:v>
+        <x:v>26583</x:v>
       </x:c>
       <x:c r="BN49" s="3" t="n">
-        <x:v>27364</x:v>
+        <x:v>26984</x:v>
       </x:c>
       <x:c r="BO49" s="3" t="n">
-        <x:v>27578</x:v>
+        <x:v>27193</x:v>
       </x:c>
       <x:c r="BP49" s="3" t="n">
-        <x:v>27918</x:v>
+        <x:v>27528</x:v>
       </x:c>
       <x:c r="BQ49" s="3" t="n">
-        <x:v>28359</x:v>
+        <x:v>27964</x:v>
       </x:c>
       <x:c r="BR49" s="3" t="n">
-        <x:v>28879</x:v>
+        <x:v>28482</x:v>
       </x:c>
       <x:c r="BS49" s="3" t="n">
-        <x:v>29055</x:v>
+        <x:v>28650</x:v>
       </x:c>
       <x:c r="BT49" s="3" t="n">
-        <x:v>29503</x:v>
+        <x:v>29090</x:v>
       </x:c>
       <x:c r="BU49" s="3" t="n">
-        <x:v>29782</x:v>
+        <x:v>29369</x:v>
       </x:c>
       <x:c r="BV49" s="3" t="n">
-        <x:v>30340</x:v>
+        <x:v>29920</x:v>
       </x:c>
       <x:c r="BW49" s="3" t="n">
-        <x:v>30931</x:v>
+        <x:v>30502</x:v>
       </x:c>
       <x:c r="BX49" s="3" t="n">
-        <x:v>30934</x:v>
+        <x:v>30500</x:v>
       </x:c>
       <x:c r="BY49" s="3" t="n">
-        <x:v>31537</x:v>
+        <x:v>31097</x:v>
       </x:c>
       <x:c r="BZ49" s="3" t="n">
-        <x:v>32001</x:v>
+        <x:v>31555</x:v>
       </x:c>
       <x:c r="CA49" s="3" t="n">
-        <x:v>32691</x:v>
+        <x:v>32233</x:v>
       </x:c>
       <x:c r="CB49" s="3" t="n">
-        <x:v>33125</x:v>
+        <x:v>32657</x:v>
       </x:c>
       <x:c r="CC49" s="3" t="n">
-        <x:v>33601</x:v>
+        <x:v>33128</x:v>
       </x:c>
       <x:c r="CD49" s="3" t="n">
-        <x:v>34527</x:v>
+        <x:v>34038</x:v>
       </x:c>
       <x:c r="CE49" s="3" t="n">
-        <x:v>34135</x:v>
+        <x:v>33648</x:v>
       </x:c>
       <x:c r="CF49" s="3" t="n">
-        <x:v>34795</x:v>
+        <x:v>34298</x:v>
       </x:c>
       <x:c r="CG49" s="3" t="n">
-        <x:v>34741</x:v>
+        <x:v>34252</x:v>
       </x:c>
       <x:c r="CH49" s="3" t="n">
-        <x:v>35394</x:v>
+        <x:v>34889</x:v>
       </x:c>
       <x:c r="CI49" s="3" t="n">
-        <x:v>35761</x:v>
+        <x:v>35254</x:v>
       </x:c>
       <x:c r="CJ49" s="3" t="n">
-        <x:v>35807</x:v>
+        <x:v>35295</x:v>
       </x:c>
       <x:c r="CK49" s="3" t="n">
-        <x:v>36774</x:v>
+        <x:v>36245</x:v>
       </x:c>
       <x:c r="CL49" s="3" t="n">
-        <x:v>36593</x:v>
+        <x:v>36070</x:v>
       </x:c>
       <x:c r="CM49" s="3" t="n">
-        <x:v>37211</x:v>
+        <x:v>36678</x:v>
       </x:c>
       <x:c r="CN49" s="3" t="n">
-        <x:v>37712</x:v>
+        <x:v>37173</x:v>
       </x:c>
       <x:c r="CO49" s="3" t="n">
-        <x:v>37544</x:v>
+        <x:v>37016</x:v>
       </x:c>
       <x:c r="CP49" s="3" t="n">
-        <x:v>38267</x:v>
+        <x:v>37747</x:v>
       </x:c>
       <x:c r="CQ49" s="3" t="n">
-        <x:v>38757</x:v>
+        <x:v>38240</x:v>
       </x:c>
       <x:c r="CR49" s="3" t="n">
-        <x:v>38953</x:v>
+        <x:v>38443</x:v>
       </x:c>
       <x:c r="CS49" s="3" t="n">
-        <x:v>39863</x:v>
+        <x:v>39346</x:v>
       </x:c>
       <x:c r="CT49" s="3" t="n">
-        <x:v>40086</x:v>
+        <x:v>39569</x:v>
       </x:c>
       <x:c r="CU49" s="3" t="n">
-        <x:v>40391</x:v>
+        <x:v>39876</x:v>
       </x:c>
       <x:c r="CV49" s="3" t="n">
-        <x:v>40747</x:v>
+        <x:v>40242</x:v>
       </x:c>
       <x:c r="CW49" s="3" t="n">
-        <x:v>41114</x:v>
+        <x:v>40619</x:v>
       </x:c>
       <x:c r="CX49" s="3" t="n">
-        <x:v>42154</x:v>
+        <x:v>41651</x:v>
       </x:c>
       <x:c r="CY49" s="3" t="n">
-        <x:v>42404</x:v>
+        <x:v>41916</x:v>
       </x:c>
       <x:c r="CZ49" s="3" t="n">
-        <x:v>42932</x:v>
+        <x:v>42436</x:v>
       </x:c>
       <x:c r="DA49" s="3" t="n">
-        <x:v>42419</x:v>
+        <x:v>41947</x:v>
       </x:c>
       <x:c r="DB49" s="3" t="n">
-        <x:v>43927</x:v>
+        <x:v>43450</x:v>
       </x:c>
       <x:c r="DC49" s="3" t="n">
-        <x:v>44620</x:v>
+        <x:v>44130</x:v>
       </x:c>
       <x:c r="DD49" s="3" t="n">
-        <x:v>44503</x:v>
+        <x:v>43999</x:v>
       </x:c>
       <x:c r="DE49" s="3" t="n">
-        <x:v>46055</x:v>
+        <x:v>45514</x:v>
       </x:c>
       <x:c r="DF49" s="3" t="n">
-        <x:v>46363</x:v>
+        <x:v>45831</x:v>
       </x:c>
       <x:c r="DG49" s="3" t="n">
-        <x:v>46817</x:v>
+        <x:v>46402</x:v>
       </x:c>
       <x:c r="DH49" s="3" t="n">
-        <x:v>47629</x:v>
+        <x:v>46956</x:v>
       </x:c>
       <x:c r="DI49" s="3" t="n">
-        <x:v>48435</x:v>
+        <x:v>47712</x:v>
       </x:c>
       <x:c r="DJ49" s="3" t="n">
-        <x:v>48754</x:v>
+        <x:v>48364</x:v>
       </x:c>
       <x:c r="DK49" s="3" t="n">
-        <x:v>49329</x:v>
+        <x:v>48986</x:v>
       </x:c>
       <x:c r="DL49" s="3" t="n">
-        <x:v>50430</x:v>
+        <x:v>49778</x:v>
       </x:c>
       <x:c r="DM49" s="3" t="n">
-        <x:v>52888</x:v>
+        <x:v>52293</x:v>
       </x:c>
       <x:c r="DN49" s="3" t="n">
-        <x:v>52637</x:v>
+        <x:v>51892</x:v>
       </x:c>
       <x:c r="DO49" s="3" t="n">
-        <x:v>53299</x:v>
+        <x:v>52853</x:v>
       </x:c>
       <x:c r="DP49" s="3" t="n">
-        <x:v>53817</x:v>
+        <x:v>53310</x:v>
       </x:c>
       <x:c r="DQ49" s="3" t="n">
-        <x:v>53831</x:v>
+        <x:v>53303</x:v>
       </x:c>
       <x:c r="DR49" s="3" t="n">
-        <x:v>55869</x:v>
+        <x:v>54318</x:v>
       </x:c>
       <x:c r="DS49" s="3" t="n">
-        <x:v>57809</x:v>
+        <x:v>56178</x:v>
+      </x:c>
+      <x:c r="DT49" s="3" t="n">
+        <x:v>56683</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:123">
+    <x:row r="50" spans="1:124">
       <x:c r="A50" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
         <x:v>1663</x:v>
       </x:c>
       <x:c r="C50" s="3" t="n">
         <x:v>1675</x:v>
       </x:c>
       <x:c r="D50" s="3" t="n">
         <x:v>1692</x:v>
       </x:c>
       <x:c r="E50" s="3" t="n">
         <x:v>1716</x:v>
       </x:c>
       <x:c r="F50" s="3" t="n">
         <x:v>1721</x:v>
       </x:c>
       <x:c r="G50" s="3" t="n">
         <x:v>1734</x:v>
       </x:c>
       <x:c r="H50" s="3" t="n">
         <x:v>1752</x:v>
       </x:c>
       <x:c r="I50" s="3" t="n">
         <x:v>1778</x:v>
       </x:c>
@@ -18164,2354 +18315,2377 @@
       <x:c r="S50" s="3" t="n">
         <x:v>2099</x:v>
       </x:c>
       <x:c r="T50" s="3" t="n">
         <x:v>2107</x:v>
       </x:c>
       <x:c r="U50" s="3" t="n">
         <x:v>2126</x:v>
       </x:c>
       <x:c r="V50" s="3" t="n">
         <x:v>2095</x:v>
       </x:c>
       <x:c r="W50" s="3" t="n">
         <x:v>2142</x:v>
       </x:c>
       <x:c r="X50" s="3" t="n">
         <x:v>2159</x:v>
       </x:c>
       <x:c r="Y50" s="3" t="n">
         <x:v>2183</x:v>
       </x:c>
       <x:c r="Z50" s="3" t="n">
         <x:v>1960</x:v>
       </x:c>
       <x:c r="AA50" s="3" t="n">
-        <x:v>1978</x:v>
+        <x:v>1977</x:v>
       </x:c>
       <x:c r="AB50" s="3" t="n">
-        <x:v>1973</x:v>
+        <x:v>1972</x:v>
       </x:c>
       <x:c r="AC50" s="3" t="n">
         <x:v>1976</x:v>
       </x:c>
       <x:c r="AD50" s="3" t="n">
-        <x:v>2024</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="AE50" s="3" t="n">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="AF50" s="3" t="n">
         <x:v>2053</x:v>
       </x:c>
       <x:c r="AG50" s="3" t="n">
-        <x:v>2066</x:v>
+        <x:v>2065</x:v>
       </x:c>
       <x:c r="AH50" s="3" t="n">
-        <x:v>2048</x:v>
+        <x:v>2047</x:v>
       </x:c>
       <x:c r="AI50" s="3" t="n">
         <x:v>2036</x:v>
       </x:c>
       <x:c r="AJ50" s="3" t="n">
-        <x:v>2032</x:v>
+        <x:v>2031</x:v>
       </x:c>
       <x:c r="AK50" s="3" t="n">
-        <x:v>2045</x:v>
+        <x:v>2044</x:v>
       </x:c>
       <x:c r="AL50" s="3" t="n">
-        <x:v>2052</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="AM50" s="3" t="n">
-        <x:v>2071</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="AN50" s="3" t="n">
-        <x:v>2114</x:v>
+        <x:v>2113</x:v>
       </x:c>
       <x:c r="AO50" s="3" t="n">
-        <x:v>2137</x:v>
+        <x:v>2136</x:v>
       </x:c>
       <x:c r="AP50" s="3" t="n">
-        <x:v>2061</x:v>
+        <x:v>2060</x:v>
       </x:c>
       <x:c r="AQ50" s="3" t="n">
-        <x:v>2088</x:v>
+        <x:v>2087</x:v>
       </x:c>
       <x:c r="AR50" s="3" t="n">
-        <x:v>2060</x:v>
+        <x:v>2059</x:v>
       </x:c>
       <x:c r="AS50" s="3" t="n">
-        <x:v>2056</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="AT50" s="3" t="n">
-        <x:v>2157</x:v>
+        <x:v>2155</x:v>
       </x:c>
       <x:c r="AU50" s="3" t="n">
-        <x:v>2186</x:v>
+        <x:v>2184</x:v>
       </x:c>
       <x:c r="AV50" s="3" t="n">
-        <x:v>2209</x:v>
+        <x:v>2206</x:v>
       </x:c>
       <x:c r="AW50" s="3" t="n">
-        <x:v>2239</x:v>
+        <x:v>2237</x:v>
       </x:c>
       <x:c r="AX50" s="3" t="n">
-        <x:v>2275</x:v>
+        <x:v>2273</x:v>
       </x:c>
       <x:c r="AY50" s="3" t="n">
-        <x:v>2295</x:v>
+        <x:v>2292</x:v>
       </x:c>
       <x:c r="AZ50" s="3" t="n">
-        <x:v>2331</x:v>
+        <x:v>2329</x:v>
       </x:c>
       <x:c r="BA50" s="3" t="n">
-        <x:v>2328</x:v>
+        <x:v>2325</x:v>
       </x:c>
       <x:c r="BB50" s="3" t="n">
-        <x:v>2384</x:v>
+        <x:v>2381</x:v>
       </x:c>
       <x:c r="BC50" s="3" t="n">
-        <x:v>2470</x:v>
+        <x:v>2466</x:v>
       </x:c>
       <x:c r="BD50" s="3" t="n">
-        <x:v>2537</x:v>
+        <x:v>2534</x:v>
       </x:c>
       <x:c r="BE50" s="3" t="n">
-        <x:v>2567</x:v>
+        <x:v>2563</x:v>
       </x:c>
       <x:c r="BF50" s="3" t="n">
-        <x:v>2514</x:v>
+        <x:v>2511</x:v>
       </x:c>
       <x:c r="BG50" s="3" t="n">
-        <x:v>2546</x:v>
+        <x:v>2543</x:v>
       </x:c>
       <x:c r="BH50" s="3" t="n">
-        <x:v>2577</x:v>
+        <x:v>2574</x:v>
       </x:c>
       <x:c r="BI50" s="3" t="n">
+        <x:v>2625</x:v>
+      </x:c>
+      <x:c r="BJ50" s="3" t="n">
+        <x:v>2607</x:v>
+      </x:c>
+      <x:c r="BK50" s="3" t="n">
+        <x:v>2591</x:v>
+      </x:c>
+      <x:c r="BL50" s="3" t="n">
+        <x:v>2584</x:v>
+      </x:c>
+      <x:c r="BM50" s="3" t="n">
+        <x:v>2566</x:v>
+      </x:c>
+      <x:c r="BN50" s="3" t="n">
         <x:v>2629</x:v>
       </x:c>
-      <x:c r="BJ50" s="3" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="BO50" s="3" t="n">
-        <x:v>2719</x:v>
+        <x:v>2715</x:v>
       </x:c>
       <x:c r="BP50" s="3" t="n">
-        <x:v>2821</x:v>
+        <x:v>2817</x:v>
       </x:c>
       <x:c r="BQ50" s="3" t="n">
-        <x:v>2909</x:v>
+        <x:v>2905</x:v>
       </x:c>
       <x:c r="BR50" s="3" t="n">
-        <x:v>2880</x:v>
+        <x:v>2876</x:v>
       </x:c>
       <x:c r="BS50" s="3" t="n">
-        <x:v>2867</x:v>
+        <x:v>2863</x:v>
       </x:c>
       <x:c r="BT50" s="3" t="n">
-        <x:v>2895</x:v>
+        <x:v>2891</x:v>
       </x:c>
       <x:c r="BU50" s="3" t="n">
-        <x:v>2897</x:v>
+        <x:v>2892</x:v>
       </x:c>
       <x:c r="BV50" s="3" t="n">
-        <x:v>2902</x:v>
+        <x:v>2898</x:v>
       </x:c>
       <x:c r="BW50" s="3" t="n">
-        <x:v>2903</x:v>
+        <x:v>2899</x:v>
       </x:c>
       <x:c r="BX50" s="3" t="n">
-        <x:v>2916</x:v>
+        <x:v>2912</x:v>
       </x:c>
       <x:c r="BY50" s="3" t="n">
-        <x:v>2895</x:v>
+        <x:v>2891</x:v>
       </x:c>
       <x:c r="BZ50" s="3" t="n">
-        <x:v>2964</x:v>
+        <x:v>2960</x:v>
       </x:c>
       <x:c r="CA50" s="3" t="n">
-        <x:v>3065</x:v>
+        <x:v>3061</x:v>
       </x:c>
       <x:c r="CB50" s="3" t="n">
-        <x:v>3142</x:v>
+        <x:v>3137</x:v>
       </x:c>
       <x:c r="CC50" s="3" t="n">
-        <x:v>3192</x:v>
+        <x:v>3187</x:v>
       </x:c>
       <x:c r="CD50" s="3" t="n">
-        <x:v>3229</x:v>
+        <x:v>3224</x:v>
       </x:c>
       <x:c r="CE50" s="3" t="n">
-        <x:v>3256</x:v>
+        <x:v>3251</x:v>
       </x:c>
       <x:c r="CF50" s="3" t="n">
-        <x:v>3246</x:v>
+        <x:v>3242</x:v>
       </x:c>
       <x:c r="CG50" s="3" t="n">
-        <x:v>3125</x:v>
+        <x:v>3121</x:v>
       </x:c>
       <x:c r="CH50" s="3" t="n">
-        <x:v>3252</x:v>
+        <x:v>3247</x:v>
       </x:c>
       <x:c r="CI50" s="3" t="n">
-        <x:v>3253</x:v>
+        <x:v>3248</x:v>
       </x:c>
       <x:c r="CJ50" s="3" t="n">
-        <x:v>3286</x:v>
+        <x:v>3281</x:v>
       </x:c>
       <x:c r="CK50" s="3" t="n">
-        <x:v>3273</x:v>
+        <x:v>3268</x:v>
       </x:c>
       <x:c r="CL50" s="3" t="n">
-        <x:v>3342</x:v>
+        <x:v>3337</x:v>
       </x:c>
       <x:c r="CM50" s="3" t="n">
-        <x:v>3413</x:v>
+        <x:v>3407</x:v>
       </x:c>
       <x:c r="CN50" s="3" t="n">
-        <x:v>3399</x:v>
+        <x:v>3394</x:v>
       </x:c>
       <x:c r="CO50" s="3" t="n">
-        <x:v>3426</x:v>
+        <x:v>3421</x:v>
       </x:c>
       <x:c r="CP50" s="3" t="n">
-        <x:v>3414</x:v>
+        <x:v>3409</x:v>
       </x:c>
       <x:c r="CQ50" s="3" t="n">
-        <x:v>3483</x:v>
+        <x:v>3478</x:v>
       </x:c>
       <x:c r="CR50" s="3" t="n">
-        <x:v>3475</x:v>
+        <x:v>3470</x:v>
       </x:c>
       <x:c r="CS50" s="3" t="n">
-        <x:v>3966</x:v>
+        <x:v>3960</x:v>
       </x:c>
       <x:c r="CT50" s="3" t="n">
-        <x:v>3649</x:v>
+        <x:v>3644</x:v>
       </x:c>
       <x:c r="CU50" s="3" t="n">
-        <x:v>3705</x:v>
+        <x:v>3700</x:v>
       </x:c>
       <x:c r="CV50" s="3" t="n">
-        <x:v>3758</x:v>
+        <x:v>3753</x:v>
       </x:c>
       <x:c r="CW50" s="3" t="n">
-        <x:v>3784</x:v>
+        <x:v>3779</x:v>
       </x:c>
       <x:c r="CX50" s="3" t="n">
-        <x:v>3876</x:v>
+        <x:v>3872</x:v>
       </x:c>
       <x:c r="CY50" s="3" t="n">
-        <x:v>3973</x:v>
+        <x:v>3968</x:v>
       </x:c>
       <x:c r="CZ50" s="3" t="n">
-        <x:v>3846</x:v>
+        <x:v>3841</x:v>
       </x:c>
       <x:c r="DA50" s="3" t="n">
-        <x:v>3839</x:v>
+        <x:v>3834</x:v>
       </x:c>
       <x:c r="DB50" s="3" t="n">
-        <x:v>4179</x:v>
+        <x:v>4173</x:v>
       </x:c>
       <x:c r="DC50" s="3" t="n">
-        <x:v>3963</x:v>
+        <x:v>3958</x:v>
       </x:c>
       <x:c r="DD50" s="3" t="n">
-        <x:v>4189</x:v>
+        <x:v>4185</x:v>
       </x:c>
       <x:c r="DE50" s="3" t="n">
-        <x:v>4331</x:v>
+        <x:v>4329</x:v>
       </x:c>
       <x:c r="DF50" s="3" t="n">
-        <x:v>4259</x:v>
+        <x:v>4247</x:v>
       </x:c>
       <x:c r="DG50" s="3" t="n">
-        <x:v>4388</x:v>
+        <x:v>4448</x:v>
       </x:c>
       <x:c r="DH50" s="3" t="n">
-        <x:v>4392</x:v>
+        <x:v>4395</x:v>
       </x:c>
       <x:c r="DI50" s="3" t="n">
-        <x:v>4548</x:v>
+        <x:v>4489</x:v>
       </x:c>
       <x:c r="DJ50" s="3" t="n">
-        <x:v>4724</x:v>
+        <x:v>4680</x:v>
       </x:c>
       <x:c r="DK50" s="3" t="n">
-        <x:v>4669</x:v>
+        <x:v>4654</x:v>
       </x:c>
       <x:c r="DL50" s="3" t="n">
-        <x:v>4918</x:v>
+        <x:v>4889</x:v>
       </x:c>
       <x:c r="DM50" s="3" t="n">
-        <x:v>5153</x:v>
+        <x:v>5102</x:v>
       </x:c>
       <x:c r="DN50" s="3" t="n">
-        <x:v>5270</x:v>
+        <x:v>5170</x:v>
       </x:c>
       <x:c r="DO50" s="3" t="n">
         <x:v>5349</x:v>
       </x:c>
       <x:c r="DP50" s="3" t="n">
-        <x:v>5346</x:v>
+        <x:v>5365</x:v>
       </x:c>
       <x:c r="DQ50" s="3" t="n">
-        <x:v>5439</x:v>
+        <x:v>5425</x:v>
       </x:c>
       <x:c r="DR50" s="3" t="n">
-        <x:v>5599</x:v>
+        <x:v>5410</x:v>
       </x:c>
       <x:c r="DS50" s="3" t="n">
-        <x:v>6287</x:v>
+        <x:v>6145</x:v>
+      </x:c>
+      <x:c r="DT50" s="3" t="n">
+        <x:v>5893</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:123">
+    <x:row r="51" spans="1:124">
       <x:c r="A51" s="2" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
         <x:v>19072</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>19260</x:v>
       </x:c>
       <x:c r="D51" s="3" t="n">
         <x:v>19543</x:v>
       </x:c>
       <x:c r="E51" s="3" t="n">
         <x:v>19721</x:v>
       </x:c>
       <x:c r="F51" s="3" t="n">
         <x:v>20055</x:v>
       </x:c>
       <x:c r="G51" s="3" t="n">
         <x:v>20582</x:v>
       </x:c>
       <x:c r="H51" s="3" t="n">
         <x:v>20996</x:v>
       </x:c>
       <x:c r="I51" s="3" t="n">
         <x:v>21344</x:v>
       </x:c>
       <x:c r="J51" s="3" t="n">
         <x:v>21509</x:v>
       </x:c>
       <x:c r="K51" s="3" t="n">
         <x:v>21794</x:v>
       </x:c>
       <x:c r="L51" s="3" t="n">
         <x:v>22093</x:v>
       </x:c>
       <x:c r="M51" s="3" t="n">
         <x:v>22433</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>22902</x:v>
       </x:c>
       <x:c r="O51" s="3" t="n">
         <x:v>23521</x:v>
       </x:c>
       <x:c r="P51" s="3" t="n">
         <x:v>24129</x:v>
       </x:c>
       <x:c r="Q51" s="3" t="n">
         <x:v>24939</x:v>
       </x:c>
       <x:c r="R51" s="3" t="n">
-        <x:v>25293</x:v>
+        <x:v>25292</x:v>
       </x:c>
       <x:c r="S51" s="3" t="n">
         <x:v>25366</x:v>
       </x:c>
       <x:c r="T51" s="3" t="n">
         <x:v>25663</x:v>
       </x:c>
       <x:c r="U51" s="3" t="n">
         <x:v>26038</x:v>
       </x:c>
       <x:c r="V51" s="3" t="n">
-        <x:v>25959</x:v>
+        <x:v>25960</x:v>
       </x:c>
       <x:c r="W51" s="3" t="n">
         <x:v>26497</x:v>
       </x:c>
       <x:c r="X51" s="3" t="n">
         <x:v>27215</x:v>
       </x:c>
       <x:c r="Y51" s="3" t="n">
-        <x:v>27750</x:v>
+        <x:v>27749</x:v>
       </x:c>
       <x:c r="Z51" s="3" t="n">
-        <x:v>28305</x:v>
+        <x:v>28302</x:v>
       </x:c>
       <x:c r="AA51" s="3" t="n">
-        <x:v>28586</x:v>
+        <x:v>28582</x:v>
       </x:c>
       <x:c r="AB51" s="3" t="n">
-        <x:v>28865</x:v>
+        <x:v>28858</x:v>
       </x:c>
       <x:c r="AC51" s="3" t="n">
-        <x:v>29657</x:v>
+        <x:v>29647</x:v>
       </x:c>
       <x:c r="AD51" s="3" t="n">
-        <x:v>23180</x:v>
+        <x:v>23170</x:v>
       </x:c>
       <x:c r="AE51" s="3" t="n">
-        <x:v>23943</x:v>
+        <x:v>23930</x:v>
       </x:c>
       <x:c r="AF51" s="3" t="n">
-        <x:v>24452</x:v>
+        <x:v>24437</x:v>
       </x:c>
       <x:c r="AG51" s="3" t="n">
-        <x:v>24840</x:v>
+        <x:v>24821</x:v>
       </x:c>
       <x:c r="AH51" s="3" t="n">
-        <x:v>25423</x:v>
+        <x:v>25401</x:v>
       </x:c>
       <x:c r="AI51" s="3" t="n">
-        <x:v>25204</x:v>
+        <x:v>25180</x:v>
       </x:c>
       <x:c r="AJ51" s="3" t="n">
-        <x:v>25162</x:v>
+        <x:v>25135</x:v>
       </x:c>
       <x:c r="AK51" s="3" t="n">
-        <x:v>25493</x:v>
+        <x:v>25462</x:v>
       </x:c>
       <x:c r="AL51" s="3" t="n">
-        <x:v>25349</x:v>
+        <x:v>25314</x:v>
       </x:c>
       <x:c r="AM51" s="3" t="n">
-        <x:v>25987</x:v>
+        <x:v>25947</x:v>
       </x:c>
       <x:c r="AN51" s="3" t="n">
-        <x:v>26424</x:v>
+        <x:v>26380</x:v>
       </x:c>
       <x:c r="AO51" s="3" t="n">
-        <x:v>26695</x:v>
+        <x:v>26647</x:v>
       </x:c>
       <x:c r="AP51" s="3" t="n">
+        <x:v>27053</x:v>
+      </x:c>
+      <x:c r="AQ51" s="3" t="n">
+        <x:v>27188</x:v>
+      </x:c>
+      <x:c r="AR51" s="3" t="n">
         <x:v>27106</x:v>
       </x:c>
-      <x:c r="AQ51" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="AS51" s="3" t="n">
-        <x:v>27436</x:v>
+        <x:v>27371</x:v>
       </x:c>
       <x:c r="AT51" s="3" t="n">
-        <x:v>28033</x:v>
+        <x:v>27962</x:v>
       </x:c>
       <x:c r="AU51" s="3" t="n">
-        <x:v>28834</x:v>
+        <x:v>28756</x:v>
       </x:c>
       <x:c r="AV51" s="3" t="n">
-        <x:v>29481</x:v>
+        <x:v>29397</x:v>
       </x:c>
       <x:c r="AW51" s="3" t="n">
-        <x:v>29867</x:v>
+        <x:v>29777</x:v>
       </x:c>
       <x:c r="AX51" s="3" t="n">
-        <x:v>30242</x:v>
+        <x:v>30147</x:v>
       </x:c>
       <x:c r="AY51" s="3" t="n">
-        <x:v>31254</x:v>
+        <x:v>31151</x:v>
       </x:c>
       <x:c r="AZ51" s="3" t="n">
-        <x:v>31904</x:v>
+        <x:v>31794</x:v>
       </x:c>
       <x:c r="BA51" s="3" t="n">
-        <x:v>32281</x:v>
+        <x:v>32163</x:v>
       </x:c>
       <x:c r="BB51" s="3" t="n">
-        <x:v>32778</x:v>
+        <x:v>32651</x:v>
       </x:c>
       <x:c r="BC51" s="3" t="n">
-        <x:v>34239</x:v>
+        <x:v>34102</x:v>
       </x:c>
       <x:c r="BD51" s="3" t="n">
-        <x:v>35047</x:v>
+        <x:v>34904</x:v>
       </x:c>
       <x:c r="BE51" s="3" t="n">
-        <x:v>35512</x:v>
+        <x:v>35365</x:v>
       </x:c>
       <x:c r="BF51" s="3" t="n">
-        <x:v>36261</x:v>
+        <x:v>36113</x:v>
       </x:c>
       <x:c r="BG51" s="3" t="n">
-        <x:v>36116</x:v>
+        <x:v>35970</x:v>
       </x:c>
       <x:c r="BH51" s="3" t="n">
-        <x:v>36997</x:v>
+        <x:v>36848</x:v>
       </x:c>
       <x:c r="BI51" s="3" t="n">
-        <x:v>38275</x:v>
+        <x:v>38121</x:v>
       </x:c>
       <x:c r="BJ51" s="3" t="n">
-        <x:v>38040</x:v>
+        <x:v>37887</x:v>
       </x:c>
       <x:c r="BK51" s="3" t="n">
-        <x:v>38159</x:v>
+        <x:v>38004</x:v>
       </x:c>
       <x:c r="BL51" s="3" t="n">
-        <x:v>39460</x:v>
+        <x:v>39301</x:v>
       </x:c>
       <x:c r="BM51" s="3" t="n">
-        <x:v>40115</x:v>
+        <x:v>39954</x:v>
       </x:c>
       <x:c r="BN51" s="3" t="n">
-        <x:v>40577</x:v>
+        <x:v>40414</x:v>
       </x:c>
       <x:c r="BO51" s="3" t="n">
-        <x:v>40956</x:v>
+        <x:v>40790</x:v>
       </x:c>
       <x:c r="BP51" s="3" t="n">
-        <x:v>41547</x:v>
+        <x:v>41378</x:v>
       </x:c>
       <x:c r="BQ51" s="3" t="n">
-        <x:v>42600</x:v>
+        <x:v>42427</x:v>
       </x:c>
       <x:c r="BR51" s="3" t="n">
-        <x:v>42712</x:v>
+        <x:v>42538</x:v>
       </x:c>
       <x:c r="BS51" s="3" t="n">
-        <x:v>42836</x:v>
+        <x:v>42662</x:v>
       </x:c>
       <x:c r="BT51" s="3" t="n">
-        <x:v>44467</x:v>
+        <x:v>44287</x:v>
       </x:c>
       <x:c r="BU51" s="3" t="n">
-        <x:v>45137</x:v>
+        <x:v>44955</x:v>
       </x:c>
       <x:c r="BV51" s="3" t="n">
-        <x:v>45242</x:v>
+        <x:v>45059</x:v>
       </x:c>
       <x:c r="BW51" s="3" t="n">
-        <x:v>45749</x:v>
+        <x:v>45563</x:v>
       </x:c>
       <x:c r="BX51" s="3" t="n">
-        <x:v>46472</x:v>
+        <x:v>46283</x:v>
       </x:c>
       <x:c r="BY51" s="3" t="n">
-        <x:v>47135</x:v>
+        <x:v>46944</x:v>
       </x:c>
       <x:c r="BZ51" s="3" t="n">
-        <x:v>47074</x:v>
+        <x:v>46883</x:v>
       </x:c>
       <x:c r="CA51" s="3" t="n">
-        <x:v>47437</x:v>
+        <x:v>47245</x:v>
       </x:c>
       <x:c r="CB51" s="3" t="n">
-        <x:v>47958</x:v>
+        <x:v>47763</x:v>
       </x:c>
       <x:c r="CC51" s="3" t="n">
-        <x:v>48608</x:v>
+        <x:v>48411</x:v>
       </x:c>
       <x:c r="CD51" s="3" t="n">
-        <x:v>49364</x:v>
+        <x:v>49163</x:v>
       </x:c>
       <x:c r="CE51" s="3" t="n">
-        <x:v>48823</x:v>
+        <x:v>48624</x:v>
       </x:c>
       <x:c r="CF51" s="3" t="n">
-        <x:v>50079</x:v>
+        <x:v>49874</x:v>
       </x:c>
       <x:c r="CG51" s="3" t="n">
-        <x:v>50522</x:v>
+        <x:v>50317</x:v>
       </x:c>
       <x:c r="CH51" s="3" t="n">
-        <x:v>50825</x:v>
+        <x:v>50619</x:v>
       </x:c>
       <x:c r="CI51" s="3" t="n">
-        <x:v>51749</x:v>
+        <x:v>51539</x:v>
       </x:c>
       <x:c r="CJ51" s="3" t="n">
-        <x:v>52174</x:v>
+        <x:v>51963</x:v>
       </x:c>
       <x:c r="CK51" s="3" t="n">
-        <x:v>52740</x:v>
+        <x:v>52527</x:v>
       </x:c>
       <x:c r="CL51" s="3" t="n">
-        <x:v>53419</x:v>
+        <x:v>53202</x:v>
       </x:c>
       <x:c r="CM51" s="3" t="n">
-        <x:v>53902</x:v>
+        <x:v>53684</x:v>
       </x:c>
       <x:c r="CN51" s="3" t="n">
-        <x:v>54371</x:v>
+        <x:v>54153</x:v>
       </x:c>
       <x:c r="CO51" s="3" t="n">
-        <x:v>55296</x:v>
+        <x:v>55074</x:v>
       </x:c>
       <x:c r="CP51" s="3" t="n">
-        <x:v>56171</x:v>
+        <x:v>55949</x:v>
       </x:c>
       <x:c r="CQ51" s="3" t="n">
-        <x:v>56737</x:v>
+        <x:v>56513</x:v>
       </x:c>
       <x:c r="CR51" s="3" t="n">
-        <x:v>56557</x:v>
+        <x:v>56334</x:v>
       </x:c>
       <x:c r="CS51" s="3" t="n">
-        <x:v>57257</x:v>
+        <x:v>57032</x:v>
       </x:c>
       <x:c r="CT51" s="3" t="n">
-        <x:v>57874</x:v>
+        <x:v>57646</x:v>
       </x:c>
       <x:c r="CU51" s="3" t="n">
-        <x:v>58544</x:v>
+        <x:v>58313</x:v>
       </x:c>
       <x:c r="CV51" s="3" t="n">
-        <x:v>60042</x:v>
+        <x:v>59806</x:v>
       </x:c>
       <x:c r="CW51" s="3" t="n">
-        <x:v>60434</x:v>
+        <x:v>60197</x:v>
       </x:c>
       <x:c r="CX51" s="3" t="n">
-        <x:v>60757</x:v>
+        <x:v>60518</x:v>
       </x:c>
       <x:c r="CY51" s="3" t="n">
-        <x:v>60655</x:v>
+        <x:v>60419</x:v>
       </x:c>
       <x:c r="CZ51" s="3" t="n">
-        <x:v>59990</x:v>
+        <x:v>59758</x:v>
       </x:c>
       <x:c r="DA51" s="3" t="n">
-        <x:v>60760</x:v>
+        <x:v>60529</x:v>
       </x:c>
       <x:c r="DB51" s="3" t="n">
-        <x:v>62026</x:v>
+        <x:v>61792</x:v>
       </x:c>
       <x:c r="DC51" s="3" t="n">
-        <x:v>62667</x:v>
+        <x:v>62433</x:v>
       </x:c>
       <x:c r="DD51" s="3" t="n">
-        <x:v>62267</x:v>
+        <x:v>62035</x:v>
       </x:c>
       <x:c r="DE51" s="3" t="n">
-        <x:v>64958</x:v>
+        <x:v>64718</x:v>
       </x:c>
       <x:c r="DF51" s="3" t="n">
-        <x:v>65854</x:v>
+        <x:v>65713</x:v>
       </x:c>
       <x:c r="DG51" s="3" t="n">
-        <x:v>66712</x:v>
+        <x:v>66354</x:v>
       </x:c>
       <x:c r="DH51" s="3" t="n">
-        <x:v>65907</x:v>
+        <x:v>65778</x:v>
       </x:c>
       <x:c r="DI51" s="3" t="n">
-        <x:v>66363</x:v>
+        <x:v>66190</x:v>
       </x:c>
       <x:c r="DJ51" s="3" t="n">
-        <x:v>67129</x:v>
+        <x:v>67109</x:v>
       </x:c>
       <x:c r="DK51" s="3" t="n">
-        <x:v>69543</x:v>
+        <x:v>69447</x:v>
       </x:c>
       <x:c r="DL51" s="3" t="n">
-        <x:v>70900</x:v>
+        <x:v>71010</x:v>
       </x:c>
       <x:c r="DM51" s="3" t="n">
-        <x:v>72311</x:v>
+        <x:v>72270</x:v>
       </x:c>
       <x:c r="DN51" s="3" t="n">
-        <x:v>73088</x:v>
+        <x:v>72853</x:v>
       </x:c>
       <x:c r="DO51" s="3" t="n">
-        <x:v>73938</x:v>
+        <x:v>73712</x:v>
       </x:c>
       <x:c r="DP51" s="3" t="n">
-        <x:v>75163</x:v>
+        <x:v>74909</x:v>
       </x:c>
       <x:c r="DQ51" s="3" t="n">
-        <x:v>75996</x:v>
+        <x:v>75866</x:v>
       </x:c>
       <x:c r="DR51" s="3" t="n">
-        <x:v>77180</x:v>
+        <x:v>76975</x:v>
       </x:c>
       <x:c r="DS51" s="3" t="n">
-        <x:v>77942</x:v>
+        <x:v>77533</x:v>
+      </x:c>
+      <x:c r="DT51" s="3" t="n">
+        <x:v>77850</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:123">
+    <x:row r="52" spans="1:124">
       <x:c r="A52" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>87180</x:v>
+        <x:v>87136</x:v>
       </x:c>
       <x:c r="C52" s="3" t="n">
-        <x:v>88236</x:v>
+        <x:v>88186</x:v>
       </x:c>
       <x:c r="D52" s="3" t="n">
-        <x:v>89607</x:v>
+        <x:v>89559</x:v>
       </x:c>
       <x:c r="E52" s="3" t="n">
-        <x:v>91218</x:v>
+        <x:v>91173</x:v>
       </x:c>
       <x:c r="F52" s="3" t="n">
-        <x:v>92296</x:v>
+        <x:v>92245</x:v>
       </x:c>
       <x:c r="G52" s="3" t="n">
-        <x:v>94423</x:v>
+        <x:v>94374</x:v>
       </x:c>
       <x:c r="H52" s="3" t="n">
-        <x:v>96420</x:v>
+        <x:v>96369</x:v>
       </x:c>
       <x:c r="I52" s="3" t="n">
-        <x:v>98730</x:v>
+        <x:v>98679</x:v>
       </x:c>
       <x:c r="J52" s="3" t="n">
-        <x:v>100964</x:v>
+        <x:v>100911</x:v>
       </x:c>
       <x:c r="K52" s="3" t="n">
-        <x:v>102766</x:v>
+        <x:v>102712</x:v>
       </x:c>
       <x:c r="L52" s="3" t="n">
-        <x:v>104162</x:v>
+        <x:v>104106</x:v>
       </x:c>
       <x:c r="M52" s="3" t="n">
-        <x:v>106024</x:v>
+        <x:v>105971</x:v>
       </x:c>
       <x:c r="N52" s="3" t="n">
-        <x:v>108851</x:v>
+        <x:v>108800</x:v>
       </x:c>
       <x:c r="O52" s="3" t="n">
-        <x:v>111745</x:v>
+        <x:v>111690</x:v>
       </x:c>
       <x:c r="P52" s="3" t="n">
-        <x:v>114896</x:v>
+        <x:v>114838</x:v>
       </x:c>
       <x:c r="Q52" s="3" t="n">
-        <x:v>117576</x:v>
+        <x:v>117506</x:v>
       </x:c>
       <x:c r="R52" s="3" t="n">
-        <x:v>119000</x:v>
+        <x:v>118941</x:v>
       </x:c>
       <x:c r="S52" s="3" t="n">
-        <x:v>119947</x:v>
+        <x:v>119884</x:v>
       </x:c>
       <x:c r="T52" s="3" t="n">
-        <x:v>120868</x:v>
+        <x:v>120805</x:v>
       </x:c>
       <x:c r="U52" s="3" t="n">
-        <x:v>122634</x:v>
+        <x:v>122579</x:v>
       </x:c>
       <x:c r="V52" s="3" t="n">
-        <x:v>123377</x:v>
+        <x:v>123310</x:v>
       </x:c>
       <x:c r="W52" s="3" t="n">
-        <x:v>126035</x:v>
+        <x:v>125972</x:v>
       </x:c>
       <x:c r="X52" s="3" t="n">
-        <x:v>128070</x:v>
+        <x:v>128008</x:v>
       </x:c>
       <x:c r="Y52" s="3" t="n">
-        <x:v>129625</x:v>
+        <x:v>129562</x:v>
       </x:c>
       <x:c r="Z52" s="3" t="n">
-        <x:v>131219</x:v>
+        <x:v>131179</x:v>
       </x:c>
       <x:c r="AA52" s="3" t="n">
-        <x:v>132472</x:v>
+        <x:v>132414</x:v>
       </x:c>
       <x:c r="AB52" s="3" t="n">
-        <x:v>133632</x:v>
+        <x:v>133556</x:v>
       </x:c>
       <x:c r="AC52" s="3" t="n">
-        <x:v>136224</x:v>
+        <x:v>136126</x:v>
       </x:c>
       <x:c r="AD52" s="3" t="n">
-        <x:v>137450</x:v>
+        <x:v>137320</x:v>
       </x:c>
       <x:c r="AE52" s="3" t="n">
-        <x:v>139500</x:v>
+        <x:v>139341</x:v>
       </x:c>
       <x:c r="AF52" s="3" t="n">
-        <x:v>141540</x:v>
+        <x:v>141356</x:v>
       </x:c>
       <x:c r="AG52" s="3" t="n">
-        <x:v>143154</x:v>
+        <x:v>142949</x:v>
       </x:c>
       <x:c r="AH52" s="3" t="n">
-        <x:v>143118</x:v>
+        <x:v>142864</x:v>
       </x:c>
       <x:c r="AI52" s="3" t="n">
-        <x:v>142957</x:v>
+        <x:v>142682</x:v>
       </x:c>
       <x:c r="AJ52" s="3" t="n">
-        <x:v>144290</x:v>
+        <x:v>143975</x:v>
       </x:c>
       <x:c r="AK52" s="3" t="n">
-        <x:v>144947</x:v>
+        <x:v>144611</x:v>
       </x:c>
       <x:c r="AL52" s="3" t="n">
-        <x:v>146671</x:v>
+        <x:v>146201</x:v>
       </x:c>
       <x:c r="AM52" s="3" t="n">
-        <x:v>150028</x:v>
+        <x:v>149526</x:v>
       </x:c>
       <x:c r="AN52" s="3" t="n">
-        <x:v>152539</x:v>
+        <x:v>151996</x:v>
       </x:c>
       <x:c r="AO52" s="3" t="n">
-        <x:v>154759</x:v>
+        <x:v>154166</x:v>
       </x:c>
       <x:c r="AP52" s="3" t="n">
-        <x:v>157038</x:v>
+        <x:v>156357</x:v>
       </x:c>
       <x:c r="AQ52" s="3" t="n">
-        <x:v>159146</x:v>
+        <x:v>158399</x:v>
       </x:c>
       <x:c r="AR52" s="3" t="n">
-        <x:v>160307</x:v>
+        <x:v>159517</x:v>
       </x:c>
       <x:c r="AS52" s="3" t="n">
-        <x:v>162531</x:v>
+        <x:v>161668</x:v>
       </x:c>
       <x:c r="AT52" s="3" t="n">
-        <x:v>168499</x:v>
+        <x:v>167427</x:v>
       </x:c>
       <x:c r="AU52" s="3" t="n">
-        <x:v>172940</x:v>
+        <x:v>171738</x:v>
       </x:c>
       <x:c r="AV52" s="3" t="n">
-        <x:v>176914</x:v>
+        <x:v>175604</x:v>
       </x:c>
       <x:c r="AW52" s="3" t="n">
-        <x:v>180029</x:v>
+        <x:v>178626</x:v>
       </x:c>
       <x:c r="AX52" s="3" t="n">
-        <x:v>185041</x:v>
+        <x:v>183427</x:v>
       </x:c>
       <x:c r="AY52" s="3" t="n">
-        <x:v>190594</x:v>
+        <x:v>188852</x:v>
       </x:c>
       <x:c r="AZ52" s="3" t="n">
-        <x:v>196724</x:v>
+        <x:v>194840</x:v>
       </x:c>
       <x:c r="BA52" s="3" t="n">
-        <x:v>199592</x:v>
+        <x:v>197593</x:v>
       </x:c>
       <x:c r="BB52" s="3" t="n">
-        <x:v>204504</x:v>
+        <x:v>202423</x:v>
       </x:c>
       <x:c r="BC52" s="3" t="n">
-        <x:v>210425</x:v>
+        <x:v>208175</x:v>
       </x:c>
       <x:c r="BD52" s="3" t="n">
-        <x:v>212570</x:v>
+        <x:v>210126</x:v>
       </x:c>
       <x:c r="BE52" s="3" t="n">
-        <x:v>216394</x:v>
+        <x:v>213944</x:v>
       </x:c>
       <x:c r="BF52" s="3" t="n">
-        <x:v>215770</x:v>
+        <x:v>213489</x:v>
       </x:c>
       <x:c r="BG52" s="3" t="n">
-        <x:v>214658</x:v>
+        <x:v>212484</x:v>
       </x:c>
       <x:c r="BH52" s="3" t="n">
-        <x:v>216955</x:v>
+        <x:v>214828</x:v>
       </x:c>
       <x:c r="BI52" s="3" t="n">
-        <x:v>221569</x:v>
+        <x:v>219511</x:v>
       </x:c>
       <x:c r="BJ52" s="3" t="n">
-        <x:v>220483</x:v>
+        <x:v>218339</x:v>
       </x:c>
       <x:c r="BK52" s="3" t="n">
-        <x:v>221254</x:v>
+        <x:v>219156</x:v>
       </x:c>
       <x:c r="BL52" s="3" t="n">
-        <x:v>225832</x:v>
+        <x:v>223659</x:v>
       </x:c>
       <x:c r="BM52" s="3" t="n">
-        <x:v>229949</x:v>
+        <x:v>227730</x:v>
       </x:c>
       <x:c r="BN52" s="3" t="n">
-        <x:v>233863</x:v>
+        <x:v>231529</x:v>
       </x:c>
       <x:c r="BO52" s="3" t="n">
-        <x:v>234719</x:v>
+        <x:v>232382</x:v>
       </x:c>
       <x:c r="BP52" s="3" t="n">
-        <x:v>240416</x:v>
+        <x:v>237983</x:v>
       </x:c>
       <x:c r="BQ52" s="3" t="n">
-        <x:v>243349</x:v>
+        <x:v>240793</x:v>
       </x:c>
       <x:c r="BR52" s="3" t="n">
-        <x:v>249260</x:v>
+        <x:v>246713</x:v>
       </x:c>
       <x:c r="BS52" s="3" t="n">
-        <x:v>250911</x:v>
+        <x:v>248331</x:v>
       </x:c>
       <x:c r="BT52" s="3" t="n">
-        <x:v>253288</x:v>
+        <x:v>250644</x:v>
       </x:c>
       <x:c r="BU52" s="3" t="n">
-        <x:v>257378</x:v>
+        <x:v>254626</x:v>
       </x:c>
       <x:c r="BV52" s="3" t="n">
-        <x:v>262241</x:v>
+        <x:v>259417</x:v>
       </x:c>
       <x:c r="BW52" s="3" t="n">
-        <x:v>265977</x:v>
+        <x:v>263075</x:v>
       </x:c>
       <x:c r="BX52" s="3" t="n">
-        <x:v>267893</x:v>
+        <x:v>264969</x:v>
       </x:c>
       <x:c r="BY52" s="3" t="n">
-        <x:v>270567</x:v>
+        <x:v>267610</x:v>
       </x:c>
       <x:c r="BZ52" s="3" t="n">
-        <x:v>273814</x:v>
+        <x:v>270751</x:v>
       </x:c>
       <x:c r="CA52" s="3" t="n">
-        <x:v>276995</x:v>
+        <x:v>273909</x:v>
       </x:c>
       <x:c r="CB52" s="3" t="n">
-        <x:v>279410</x:v>
+        <x:v>276377</x:v>
       </x:c>
       <x:c r="CC52" s="3" t="n">
-        <x:v>282634</x:v>
+        <x:v>279714</x:v>
       </x:c>
       <x:c r="CD52" s="3" t="n">
-        <x:v>287347</x:v>
+        <x:v>284454</x:v>
       </x:c>
       <x:c r="CE52" s="3" t="n">
-        <x:v>282949</x:v>
+        <x:v>280058</x:v>
       </x:c>
       <x:c r="CF52" s="3" t="n">
-        <x:v>288733</x:v>
+        <x:v>285776</x:v>
       </x:c>
       <x:c r="CG52" s="3" t="n">
-        <x:v>290200</x:v>
+        <x:v>286925</x:v>
       </x:c>
       <x:c r="CH52" s="3" t="n">
-        <x:v>291249</x:v>
+        <x:v>287498</x:v>
       </x:c>
       <x:c r="CI52" s="3" t="n">
-        <x:v>292341</x:v>
+        <x:v>288302</x:v>
       </x:c>
       <x:c r="CJ52" s="3" t="n">
-        <x:v>293217</x:v>
+        <x:v>288996</x:v>
       </x:c>
       <x:c r="CK52" s="3" t="n">
-        <x:v>295877</x:v>
+        <x:v>291642</x:v>
       </x:c>
       <x:c r="CL52" s="3" t="n">
-        <x:v>298934</x:v>
+        <x:v>294904</x:v>
       </x:c>
       <x:c r="CM52" s="3" t="n">
-        <x:v>301625</x:v>
+        <x:v>297695</x:v>
       </x:c>
       <x:c r="CN52" s="3" t="n">
-        <x:v>305297</x:v>
+        <x:v>301344</x:v>
       </x:c>
       <x:c r="CO52" s="3" t="n">
-        <x:v>308302</x:v>
+        <x:v>304254</x:v>
       </x:c>
       <x:c r="CP52" s="3" t="n">
-        <x:v>313652</x:v>
+        <x:v>309386</x:v>
       </x:c>
       <x:c r="CQ52" s="3" t="n">
-        <x:v>316786</x:v>
+        <x:v>312422</x:v>
       </x:c>
       <x:c r="CR52" s="3" t="n">
-        <x:v>318485</x:v>
+        <x:v>313997</x:v>
       </x:c>
       <x:c r="CS52" s="3" t="n">
-        <x:v>324994</x:v>
+        <x:v>320373</x:v>
       </x:c>
       <x:c r="CT52" s="3" t="n">
-        <x:v>328472</x:v>
+        <x:v>323818</x:v>
       </x:c>
       <x:c r="CU52" s="3" t="n">
-        <x:v>332300</x:v>
+        <x:v>327603</x:v>
       </x:c>
       <x:c r="CV52" s="3" t="n">
-        <x:v>338550</x:v>
+        <x:v>333851</x:v>
       </x:c>
       <x:c r="CW52" s="3" t="n">
-        <x:v>342915</x:v>
+        <x:v>338235</x:v>
       </x:c>
       <x:c r="CX52" s="3" t="n">
-        <x:v>345301</x:v>
+        <x:v>340607</x:v>
       </x:c>
       <x:c r="CY52" s="3" t="n">
-        <x:v>326820</x:v>
+        <x:v>322363</x:v>
       </x:c>
       <x:c r="CZ52" s="3" t="n">
-        <x:v>334610</x:v>
+        <x:v>330294</x:v>
       </x:c>
       <x:c r="DA52" s="3" t="n">
-        <x:v>344342</x:v>
+        <x:v>339812</x:v>
       </x:c>
       <x:c r="DB52" s="3" t="n">
-        <x:v>349874</x:v>
+        <x:v>345156</x:v>
       </x:c>
       <x:c r="DC52" s="3" t="n">
-        <x:v>349993</x:v>
+        <x:v>345250</x:v>
       </x:c>
       <x:c r="DD52" s="3" t="n">
-        <x:v>359542</x:v>
+        <x:v>354611</x:v>
       </x:c>
       <x:c r="DE52" s="3" t="n">
-        <x:v>371977</x:v>
+        <x:v>366993</x:v>
       </x:c>
       <x:c r="DF52" s="3" t="n">
-        <x:v>376060</x:v>
+        <x:v>371254</x:v>
       </x:c>
       <x:c r="DG52" s="3" t="n">
-        <x:v>384493</x:v>
+        <x:v>380099</x:v>
       </x:c>
       <x:c r="DH52" s="3" t="n">
-        <x:v>388027</x:v>
+        <x:v>382622</x:v>
       </x:c>
       <x:c r="DI52" s="3" t="n">
-        <x:v>396582</x:v>
+        <x:v>390696</x:v>
       </x:c>
       <x:c r="DJ52" s="3" t="n">
-        <x:v>402935</x:v>
+        <x:v>397550</x:v>
       </x:c>
       <x:c r="DK52" s="3" t="n">
-        <x:v>406954</x:v>
+        <x:v>400781</x:v>
       </x:c>
       <x:c r="DL52" s="3" t="n">
-        <x:v>414357</x:v>
+        <x:v>408415</x:v>
       </x:c>
       <x:c r="DM52" s="3" t="n">
-        <x:v>422015</x:v>
+        <x:v>415524</x:v>
       </x:c>
       <x:c r="DN52" s="3" t="n">
-        <x:v>428153</x:v>
+        <x:v>422026</x:v>
       </x:c>
       <x:c r="DO52" s="3" t="n">
-        <x:v>433566</x:v>
+        <x:v>427767</x:v>
       </x:c>
       <x:c r="DP52" s="3" t="n">
-        <x:v>438382</x:v>
+        <x:v>433078</x:v>
       </x:c>
       <x:c r="DQ52" s="3" t="n">
-        <x:v>443435</x:v>
+        <x:v>437454</x:v>
       </x:c>
       <x:c r="DR52" s="3" t="n">
-        <x:v>452922</x:v>
+        <x:v>445168</x:v>
       </x:c>
       <x:c r="DS52" s="3" t="n">
-        <x:v>462306</x:v>
+        <x:v>454256</x:v>
+      </x:c>
+      <x:c r="DT52" s="3" t="n">
+        <x:v>455066</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:123">
+    <x:row r="53" spans="1:124">
       <x:c r="A53" s="2" t="s">
-        <x:v>172</x:v>
-[...365 lines deleted...]
-        <x:v>306548</x:v>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="G53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="I53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="K53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="L53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="M53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="N53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="O53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="P53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="R53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="S53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="T53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="U53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="V53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="W53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="X53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Y53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Z53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AA53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AB53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AC53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AD53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AE53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AF53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AG53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AH53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AI53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AJ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AK53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AL53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AM53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AN53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AO53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AP53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AQ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AR53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AS53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AT53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AU53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AV53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AW53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AX53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AY53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AZ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BA53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BB53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BC53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BD53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BE53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BF53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BG53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BH53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BI53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BJ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BK53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BL53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BM53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BN53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BO53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BP53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BQ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BR53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BS53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BT53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BU53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BV53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BW53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BX53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BY53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BZ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CA53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CB53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CC53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CD53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CE53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CF53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CG53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CH53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CI53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CJ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CK53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CL53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CM53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CN53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CO53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CP53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CQ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CR53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CS53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CT53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CU53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CV53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CW53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CX53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CY53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CZ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DA53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DB53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DC53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DD53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DE53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DF53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DG53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DH53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DI53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DJ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DK53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DL53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DM53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DN53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DO53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DP53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DQ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DR53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DS53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DT53" s="4" t="s">
+        <x:v>174</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:123">
+    <x:row r="54" spans="1:124">
       <x:c r="A54" s="2" t="s">
-        <x:v>173</x:v>
-[...365 lines deleted...]
-        <x:v>319727</x:v>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="G54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="I54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="K54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="L54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="M54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="N54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="O54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="P54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Q54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="R54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="S54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="T54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="U54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="V54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="W54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="X54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Y54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Z54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AA54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AB54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AC54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AD54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AE54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AF54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AG54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AH54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AI54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AJ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AK54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AL54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AM54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AN54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AO54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AP54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AQ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AR54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AS54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AT54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AU54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AV54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AW54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AX54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AY54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AZ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BA54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BB54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BC54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BD54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BE54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BF54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BG54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BH54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BI54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BJ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BK54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BL54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BM54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BN54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BO54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BP54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BQ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BR54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BS54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BT54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BU54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BV54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BW54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BX54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BY54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BZ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CA54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CB54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CC54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CD54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CE54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CF54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CG54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CH54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CI54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CJ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CK54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CL54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CM54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CN54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CO54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CP54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CQ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CR54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CS54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CT54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CU54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CV54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CW54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CX54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CY54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CZ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DA54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DB54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DC54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DD54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DE54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DF54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DG54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DH54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DI54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DJ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DK54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DL54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DM54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DN54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DO54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DP54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DQ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DR54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DS54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DT54" s="4" t="s">
+        <x:v>174</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:123">
+    <x:row r="55" spans="1:124">
       <x:c r="A55" s="2" t="s">
-        <x:v>174</x:v>
-[...365 lines deleted...]
-        <x:v>155758</x:v>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="G55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="I55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="K55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="L55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="M55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="N55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="O55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="P55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="R55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="S55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="T55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="U55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="V55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="W55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="X55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Y55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Z55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AA55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AB55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AC55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AD55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AE55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AF55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AG55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AH55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AI55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AJ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AK55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AL55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AM55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AN55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AO55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AP55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AQ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AR55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AS55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AT55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AU55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AV55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AW55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AX55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AY55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AZ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BA55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BB55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BC55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BD55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BE55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BF55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BG55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BH55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BI55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BJ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BK55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BL55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BM55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BN55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BO55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BP55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BQ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BR55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BS55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BT55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BU55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BV55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BW55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BX55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BY55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BZ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CA55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CB55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CC55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CD55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CE55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CF55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CG55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CH55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CI55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CJ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CK55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CL55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CM55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CN55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CO55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CP55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CQ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CR55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CS55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CT55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CU55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CV55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CW55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CX55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CY55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CZ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DA55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DB55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DC55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DD55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DE55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DF55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DG55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DH55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DI55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DJ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DK55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DL55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DM55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DN55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DO55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DP55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DQ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DR55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DS55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DT55" s="4" t="s">
+        <x:v>174</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:123">
+    <x:row r="57" spans="1:124">
       <x:c r="A57" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:123">
-[...1 lines deleted...]
-        <x:v>176</x:v>
+    <x:row r="58" spans="1:124">
+      <x:c r="A58" s="0" t="s">
+        <x:v>178</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:123">
+    <x:row r="60" spans="1:124">
       <x:c r="A60" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:123">
+    <x:row r="61" spans="1:124">
       <x:c r="A61" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:123">
-[...1 lines deleted...]
-        <x:v>179</x:v>
+    <x:row r="62" spans="1:124">
+      <x:c r="A62" s="0" t="s">
+        <x:v>181</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:123">
+    <x:row r="64" spans="1:124">
       <x:c r="A64" s="0" t="s">
+        <x:v>182</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:124">
+      <x:c r="A65" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:124">
+      <x:c r="A67" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:124">
+      <x:c r="A68" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:123">
-[...1 lines deleted...]
-        <x:v>181</x:v>
+    <x:row r="69" spans="1:124">
+      <x:c r="A69" s="0" t="s">
+        <x:v>185</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:123">
-[...1 lines deleted...]
-        <x:v>177</x:v>
+    <x:row r="70" spans="1:124">
+      <x:c r="A70" s="0" t="s">
+        <x:v>186</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:123">
-[...1 lines deleted...]
-        <x:v>182</x:v>
+    <x:row r="71" spans="1:124">
+      <x:c r="A71" s="0" t="s">
+        <x:v>187</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:123">
-[...1 lines deleted...]
-        <x:v>183</x:v>
+    <x:row r="73" spans="1:124">
+      <x:c r="A73" s="0" t="s">
+        <x:v>188</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:123">
-[...1 lines deleted...]
-        <x:v>184</x:v>
+    <x:row r="74" spans="1:124">
+      <x:c r="A74" s="0" t="s">
+        <x:v>189</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:123">
-[...1 lines deleted...]
-        <x:v>185</x:v>
+    <x:row r="75" spans="1:124">
+      <x:c r="A75" s="0" t="s">
+        <x:v>190</x:v>
       </x:c>
     </x:row>
-    <x:row r="73" spans="1:123">
-[...1 lines deleted...]
-        <x:v>186</x:v>
+    <x:row r="80" spans="1:124">
+      <x:c r="A80" s="0" t="s">
+        <x:v>191</x:v>
       </x:c>
     </x:row>
-    <x:row r="74" spans="1:123">
-[...1 lines deleted...]
-        <x:v>187</x:v>
+    <x:row r="81" spans="1:124">
+      <x:c r="A81" s="0" t="s">
+        <x:v>180</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:123">
-[...1 lines deleted...]
-        <x:v>188</x:v>
+    <x:row r="82" spans="1:124">
+      <x:c r="A82" s="0" t="s">
+        <x:v>192</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:123">
-[...1 lines deleted...]
-        <x:v>177</x:v>
+    <x:row r="83" spans="1:124">
+      <x:c r="A83" s="0" t="s">
+        <x:v>193</x:v>
       </x:c>
     </x:row>
-    <x:row r="81" spans="1:123">
-[...1 lines deleted...]
-        <x:v>189</x:v>
+    <x:row r="84" spans="1:124">
+      <x:c r="A84" s="0" t="s">
+        <x:v>180</x:v>
       </x:c>
     </x:row>
-    <x:row r="82" spans="1:123">
-[...1 lines deleted...]
-        <x:v>190</x:v>
+    <x:row r="85" spans="1:124">
+      <x:c r="A85" s="0" t="s">
+        <x:v>194</x:v>
       </x:c>
     </x:row>
-    <x:row r="83" spans="1:123">
-[...1 lines deleted...]
-        <x:v>177</x:v>
+    <x:row r="87" spans="1:124">
+      <x:c r="A87" s="0" t="s">
+        <x:v>195</x:v>
       </x:c>
     </x:row>
-    <x:row r="84" spans="1:123">
-[...1 lines deleted...]
-        <x:v>191</x:v>
+    <x:row r="88" spans="1:124">
+      <x:c r="A88" s="0" t="s">
+        <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:123">
-[...1 lines deleted...]
-        <x:v>192</x:v>
+    <x:row r="89" spans="1:124">
+      <x:c r="A89" s="0" t="s">
+        <x:v>196</x:v>
       </x:c>
     </x:row>
-    <x:row r="87" spans="1:123">
-[...1 lines deleted...]
-        <x:v>1</x:v>
+    <x:row r="93" spans="1:124">
+      <x:c r="A93" s="0" t="s">
+        <x:v>180</x:v>
       </x:c>
     </x:row>
-    <x:row r="88" spans="1:123">
-[...1 lines deleted...]
-        <x:v>193</x:v>
+    <x:row r="94" spans="1:124">
+      <x:c r="A94" s="0" t="s">
+        <x:v>197</x:v>
       </x:c>
     </x:row>
-    <x:row r="92" spans="1:123">
-[...1 lines deleted...]
-        <x:v>177</x:v>
+    <x:row r="96" spans="1:124">
+      <x:c r="A96" s="0" t="s">
+        <x:v>180</x:v>
       </x:c>
     </x:row>
-    <x:row r="93" spans="1:123">
-[...1 lines deleted...]
-        <x:v>194</x:v>
+    <x:row r="97" spans="1:124">
+      <x:c r="A97" s="0" t="s">
+        <x:v>198</x:v>
       </x:c>
     </x:row>
-    <x:row r="95" spans="1:123">
-[...1 lines deleted...]
-        <x:v>177</x:v>
+    <x:row r="99" spans="1:124">
+      <x:c r="A99" s="0" t="s">
+        <x:v>199</x:v>
       </x:c>
     </x:row>
-    <x:row r="96" spans="1:123">
-[...1 lines deleted...]
-        <x:v>195</x:v>
+    <x:row r="101" spans="1:124">
+      <x:c r="A101" s="0" t="s">
+        <x:v>200</x:v>
       </x:c>
     </x:row>
-    <x:row r="98" spans="1:123">
-[...1 lines deleted...]
-        <x:v>196</x:v>
+    <x:row r="102" spans="1:124">
+      <x:c r="A102" s="0" t="s">
+        <x:v>201</x:v>
       </x:c>
     </x:row>
-    <x:row r="100" spans="1:123">
-[...1 lines deleted...]
-        <x:v>197</x:v>
+    <x:row r="104" spans="1:124">
+      <x:c r="A104" s="0" t="s">
+        <x:v>202</x:v>
       </x:c>
     </x:row>
-    <x:row r="101" spans="1:123">
-[...11 lines deleted...]
-        <x:v>200</x:v>
+    <x:row r="105" spans="1:124">
+      <x:c r="A105" s="0" t="s">
+        <x:v>203</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Lonn2</vt:lpstr>
       <vt:lpstr>Lonn2!Print_Area</vt:lpstr>
       <vt:lpstr>Lonn2!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>