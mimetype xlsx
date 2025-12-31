--- v2 (2025-12-11)
+++ v3 (2025-12-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc62d4d0ee0b545e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e3632313ea84905b56fa7b2497f56cb.psmdcp" Id="R90b9cfa029f84c87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34ffe30b5de14e3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92b97ea65f0c46e8997ac62bceec0a15.psmdcp" Id="R809c33251a6c4a23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lonn2" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="204">
   <x:si>
     <x:t>09175: Wages and employment, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Wages and salaries, seasonally adjusted (NOK million)</x:t>
   </x:si>
   <x:si>