--- v3 (2025-12-31)
+++ v4 (2026-01-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34ffe30b5de14e3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92b97ea65f0c46e8997ac62bceec0a15.psmdcp" Id="R809c33251a6c4a23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7055a296bd3e469e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3893f313b2144dc7bd25ac4e8c6bce8e.psmdcp" Id="Rdda18f1add134769" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lonn2" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="204">
   <x:si>
     <x:t>09175: Wages and employment, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Wages and salaries, seasonally adjusted (NOK million)</x:t>
   </x:si>
   <x:si>