--- v0 (2025-10-11)
+++ v1 (2025-11-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f8193784aa542ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ce1d3a8ade7b4b8c92f276c27c13d40f.psmdcp" Id="Rd25442845c414551" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbb47d11693442a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7cf41de0fc0f45c5b0dbfc01bdf4e0da.psmdcp" Id="Rd46c26d80f2e47e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lpriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="129">
   <x:si>
     <x:t>07337: Imports of goods and services, by product, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million)</x:t>
   </x:si>
   <x:si>