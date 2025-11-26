--- v1 (2025-11-04)
+++ v2 (2025-11-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbb47d11693442a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7cf41de0fc0f45c5b0dbfc01bdf4e0da.psmdcp" Id="Rd46c26d80f2e47e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4699fa4e065c49ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/11a9988454f049169d07bcb487a1d32d.psmdcp" Id="R4a25e1d396014845" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lpriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="129">
   <x:si>
     <x:t>07337: Imports of goods and services, by product, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million)</x:t>
   </x:si>
   <x:si>
@@ -326,51 +326,51 @@
     <x:t>¬¬¬ Construction, repairs and installation</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Waste treatment and recycling</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Trade, hotel and restaurant services</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Publishing, film, music and broadcasting</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Telecommunication</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Information services</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Other personal and government services</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The components in constant prices do not add up to the totals due to separate chaining of the different levels.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Figures from 2022 onwards are preliminary.</x:t>
+    <x:t>Figures from 2023 onwards are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million):</x:t>
   </x:si>
   <x:si>
     <x:t>20250515 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Arne Eidshagen, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 93 23 58 78</x:t>
   </x:si>