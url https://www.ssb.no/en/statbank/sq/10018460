--- v2 (2025-11-26)
+++ v3 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4699fa4e065c49ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/11a9988454f049169d07bcb487a1d32d.psmdcp" Id="R4a25e1d396014845" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49c2b9ff797b4207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/122510b89eaa488989aae3aecf143f7a.psmdcp" Id="R79f8ceebe0674929" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lpriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="129">
   <x:si>
     <x:t>07337: Imports of goods and services, by product, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million)</x:t>
   </x:si>
   <x:si>
@@ -326,60 +326,60 @@
     <x:t>¬¬¬ Construction, repairs and installation</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Waste treatment and recycling</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Trade, hotel and restaurant services</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Publishing, film, music and broadcasting</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Telecommunication</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Information services</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Other personal and government services</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The components in constant prices do not add up to the totals due to separate chaining of the different levels.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Figures from 2023 onwards are preliminary.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250515 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Arne Eidshagen, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 93 23 58 78</x:t>
   </x:si>
   <x:si>
     <x:t>new@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Øyvind Woxmyhr Bersaas, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 93 87 28 36</x:t>
   </x:si>
@@ -978,213 +978,213 @@
       </x:c>
       <x:c r="AY4" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="AZ4" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="BA4" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="BB4" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="BC4" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="BD4" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:56">
       <x:c r="A5" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>32762</x:v>
+        <x:v>32855</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>37168</x:v>
+        <x:v>37292</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>37857</x:v>
+        <x:v>37991</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>47719</x:v>
+        <x:v>47903</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>62250</x:v>
+        <x:v>62501</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>70503</x:v>
+        <x:v>70761</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>85432</x:v>
+        <x:v>85687</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>94246</x:v>
+        <x:v>94509</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>86062</x:v>
+        <x:v>86332</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>97907</x:v>
+        <x:v>98184</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>115083</x:v>
+        <x:v>115448</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>128027</x:v>
+        <x:v>128398</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>143863</x:v>
+        <x:v>144240</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>149129</x:v>
+        <x:v>149563</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>167347</x:v>
+        <x:v>167773</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>192995</x:v>
+        <x:v>193647</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>213337</x:v>
+        <x:v>213957</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>213615</x:v>
+        <x:v>214650</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>216207</x:v>
+        <x:v>217289</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>235333</x:v>
+        <x:v>236563</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>244898</x:v>
+        <x:v>246321</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>244928</x:v>
+        <x:v>246295</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>244863</x:v>
+        <x:v>246104</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>261386</x:v>
+        <x:v>262471</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>277163</x:v>
+        <x:v>278690</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>295496</x:v>
+        <x:v>297139</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>324514</x:v>
+        <x:v>326217</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>366572</x:v>
+        <x:v>367645</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>405754</x:v>
+        <x:v>407071</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>394125</x:v>
+        <x:v>395508</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>433117</x:v>
+        <x:v>434724</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>441391</x:v>
+        <x:v>443297</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>423072</x:v>
+        <x:v>425248</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>432796</x:v>
+        <x:v>434938</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>492839</x:v>
+        <x:v>495217</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>539747</x:v>
+        <x:v>541815</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>603443</x:v>
+        <x:v>605560</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>684084</x:v>
+        <x:v>685486</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>749070</x:v>
+        <x:v>750782</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>674682</x:v>
+        <x:v>675206</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>731822</x:v>
+        <x:v>732471</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>785023</x:v>
+        <x:v>784892</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>811741</x:v>
+        <x:v>814635</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>868739</x:v>
+        <x:v>872811</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>929869</x:v>
+        <x:v>935070</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>997172</x:v>
+        <x:v>1003426</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>1033859</x:v>
+        <x:v>1038474</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>1075905</x:v>
+        <x:v>1080170</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>1136715</x:v>
+        <x:v>1141407</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>1232127</x:v>
+        <x:v>1238921</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>1147292</x:v>
+        <x:v>1152507</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>1218761</x:v>
+        <x:v>1224128</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>1554171</x:v>
+        <x:v>1563410</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>1655545</x:v>
+        <x:v>1644313</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>1760184</x:v>
+        <x:v>1777659</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:56">
       <x:c r="A6" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>26134</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>28673</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>29074</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>36896</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
         <x:v>48726</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
         <x:v>53995</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
@@ -1304,57 +1304,57 @@
       <x:c r="AT6" s="3" t="n">
         <x:v>582941</x:v>
       </x:c>
       <x:c r="AU6" s="3" t="n">
         <x:v>627896</x:v>
       </x:c>
       <x:c r="AV6" s="3" t="n">
         <x:v>642788</x:v>
       </x:c>
       <x:c r="AW6" s="3" t="n">
         <x:v>680586</x:v>
       </x:c>
       <x:c r="AX6" s="3" t="n">
         <x:v>728860</x:v>
       </x:c>
       <x:c r="AY6" s="3" t="n">
         <x:v>786290</x:v>
       </x:c>
       <x:c r="AZ6" s="3" t="n">
         <x:v>798341</x:v>
       </x:c>
       <x:c r="BA6" s="3" t="n">
         <x:v>872538</x:v>
       </x:c>
       <x:c r="BB6" s="3" t="n">
-        <x:v>1057533</x:v>
+        <x:v>1056337</x:v>
       </x:c>
       <x:c r="BC6" s="3" t="n">
-        <x:v>1050133</x:v>
+        <x:v>1053625</x:v>
       </x:c>
       <x:c r="BD6" s="3" t="n">
-        <x:v>1099058</x:v>
+        <x:v>1088284</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:56">
       <x:c r="A7" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>1380</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>1372</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>1366</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>1713</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
         <x:v>3834</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
         <x:v>3608</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
@@ -1477,51 +1477,51 @@
       <x:c r="AU7" s="3" t="n">
         <x:v>10908</x:v>
       </x:c>
       <x:c r="AV7" s="3" t="n">
         <x:v>8483</x:v>
       </x:c>
       <x:c r="AW7" s="3" t="n">
         <x:v>13242</x:v>
       </x:c>
       <x:c r="AX7" s="3" t="n">
         <x:v>23661</x:v>
       </x:c>
       <x:c r="AY7" s="3" t="n">
         <x:v>24141</x:v>
       </x:c>
       <x:c r="AZ7" s="3" t="n">
         <x:v>17191</x:v>
       </x:c>
       <x:c r="BA7" s="3" t="n">
         <x:v>19638</x:v>
       </x:c>
       <x:c r="BB7" s="3" t="n">
         <x:v>25973</x:v>
       </x:c>
       <x:c r="BC7" s="3" t="n">
-        <x:v>26515</x:v>
+        <x:v>26440</x:v>
       </x:c>
       <x:c r="BD7" s="3" t="n">
         <x:v>20744</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:56">
       <x:c r="A8" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>3469</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>4240</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>4265</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>8117</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
         <x:v>8513</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
@@ -1647,51 +1647,51 @@
       <x:c r="AU8" s="3" t="n">
         <x:v>39377</x:v>
       </x:c>
       <x:c r="AV8" s="3" t="n">
         <x:v>50707</x:v>
       </x:c>
       <x:c r="AW8" s="3" t="n">
         <x:v>44307</x:v>
       </x:c>
       <x:c r="AX8" s="3" t="n">
         <x:v>37886</x:v>
       </x:c>
       <x:c r="AY8" s="3" t="n">
         <x:v>35791</x:v>
       </x:c>
       <x:c r="AZ8" s="3" t="n">
         <x:v>44118</x:v>
       </x:c>
       <x:c r="BA8" s="3" t="n">
         <x:v>37465</x:v>
       </x:c>
       <x:c r="BB8" s="3" t="n">
         <x:v>27799</x:v>
       </x:c>
       <x:c r="BC8" s="3" t="n">
-        <x:v>31211</x:v>
+        <x:v>31733</x:v>
       </x:c>
       <x:c r="BD8" s="3" t="n">
         <x:v>41163</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:56">
       <x:c r="A9" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>21285</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>23061</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>23443</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>27066</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>36379</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
@@ -1814,57 +1814,57 @@
       <x:c r="AT9" s="3" t="n">
         <x:v>535506</x:v>
       </x:c>
       <x:c r="AU9" s="3" t="n">
         <x:v>577611</x:v>
       </x:c>
       <x:c r="AV9" s="3" t="n">
         <x:v>583598</x:v>
       </x:c>
       <x:c r="AW9" s="3" t="n">
         <x:v>623037</x:v>
       </x:c>
       <x:c r="AX9" s="3" t="n">
         <x:v>667313</x:v>
       </x:c>
       <x:c r="AY9" s="3" t="n">
         <x:v>726358</x:v>
       </x:c>
       <x:c r="AZ9" s="3" t="n">
         <x:v>737032</x:v>
       </x:c>
       <x:c r="BA9" s="3" t="n">
         <x:v>815435</x:v>
       </x:c>
       <x:c r="BB9" s="3" t="n">
-        <x:v>1003761</x:v>
+        <x:v>1002565</x:v>
       </x:c>
       <x:c r="BC9" s="3" t="n">
-        <x:v>992407</x:v>
+        <x:v>995452</x:v>
       </x:c>
       <x:c r="BD9" s="3" t="n">
-        <x:v>1037151</x:v>
+        <x:v>1026377</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:56">
       <x:c r="A10" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>2076</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>1970</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>1935</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>2395</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>3244</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>3111</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
@@ -1987,51 +1987,51 @@
       <x:c r="AU10" s="3" t="n">
         <x:v>17713</x:v>
       </x:c>
       <x:c r="AV10" s="3" t="n">
         <x:v>18285</x:v>
       </x:c>
       <x:c r="AW10" s="3" t="n">
         <x:v>18639</x:v>
       </x:c>
       <x:c r="AX10" s="3" t="n">
         <x:v>19567</x:v>
       </x:c>
       <x:c r="AY10" s="3" t="n">
         <x:v>19790</x:v>
       </x:c>
       <x:c r="AZ10" s="3" t="n">
         <x:v>21873</x:v>
       </x:c>
       <x:c r="BA10" s="3" t="n">
         <x:v>23322</x:v>
       </x:c>
       <x:c r="BB10" s="3" t="n">
         <x:v>25165</x:v>
       </x:c>
       <x:c r="BC10" s="3" t="n">
-        <x:v>27129</x:v>
+        <x:v>27128</x:v>
       </x:c>
       <x:c r="BD10" s="3" t="n">
         <x:v>27864</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:56">
       <x:c r="A11" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>539</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>542</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>588</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>977</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
@@ -2157,51 +2157,51 @@
       <x:c r="AU11" s="3" t="n">
         <x:v>7236</x:v>
       </x:c>
       <x:c r="AV11" s="3" t="n">
         <x:v>6202</x:v>
       </x:c>
       <x:c r="AW11" s="3" t="n">
         <x:v>8945</x:v>
       </x:c>
       <x:c r="AX11" s="3" t="n">
         <x:v>7006</x:v>
       </x:c>
       <x:c r="AY11" s="3" t="n">
         <x:v>7912</x:v>
       </x:c>
       <x:c r="AZ11" s="3" t="n">
         <x:v>6984</x:v>
       </x:c>
       <x:c r="BA11" s="3" t="n">
         <x:v>7752</x:v>
       </x:c>
       <x:c r="BB11" s="3" t="n">
         <x:v>12888</x:v>
       </x:c>
       <x:c r="BC11" s="3" t="n">
-        <x:v>12762</x:v>
+        <x:v>12825</x:v>
       </x:c>
       <x:c r="BD11" s="3" t="n">
         <x:v>13418</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:56">
       <x:c r="A12" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>18681</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>20543</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>20961</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>24076</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>32147</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
@@ -2324,57 +2324,57 @@
       <x:c r="AT12" s="3" t="n">
         <x:v>511176</x:v>
       </x:c>
       <x:c r="AU12" s="3" t="n">
         <x:v>551165</x:v>
       </x:c>
       <x:c r="AV12" s="3" t="n">
         <x:v>557645</x:v>
       </x:c>
       <x:c r="AW12" s="3" t="n">
         <x:v>593732</x:v>
       </x:c>
       <x:c r="AX12" s="3" t="n">
         <x:v>637238</x:v>
       </x:c>
       <x:c r="AY12" s="3" t="n">
         <x:v>693775</x:v>
       </x:c>
       <x:c r="AZ12" s="3" t="n">
         <x:v>707538</x:v>
       </x:c>
       <x:c r="BA12" s="3" t="n">
         <x:v>779702</x:v>
       </x:c>
       <x:c r="BB12" s="3" t="n">
-        <x:v>943575</x:v>
+        <x:v>942379</x:v>
       </x:c>
       <x:c r="BC12" s="3" t="n">
-        <x:v>944257</x:v>
+        <x:v>947206</x:v>
       </x:c>
       <x:c r="BD12" s="3" t="n">
-        <x:v>991118</x:v>
+        <x:v>980344</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:56">
       <x:c r="A13" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>907</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>946</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>1068</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>1240</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>1537</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>1360</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
@@ -2497,51 +2497,51 @@
       <x:c r="AU13" s="3" t="n">
         <x:v>48379</x:v>
       </x:c>
       <x:c r="AV13" s="3" t="n">
         <x:v>51145</x:v>
       </x:c>
       <x:c r="AW13" s="3" t="n">
         <x:v>51361</x:v>
       </x:c>
       <x:c r="AX13" s="3" t="n">
         <x:v>53891</x:v>
       </x:c>
       <x:c r="AY13" s="3" t="n">
         <x:v>58870</x:v>
       </x:c>
       <x:c r="AZ13" s="3" t="n">
         <x:v>68464</x:v>
       </x:c>
       <x:c r="BA13" s="3" t="n">
         <x:v>74080</x:v>
       </x:c>
       <x:c r="BB13" s="3" t="n">
         <x:v>85120</x:v>
       </x:c>
       <x:c r="BC13" s="3" t="n">
-        <x:v>95114</x:v>
+        <x:v>95562</x:v>
       </x:c>
       <x:c r="BD13" s="3" t="n">
         <x:v>100154</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:56">
       <x:c r="A14" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>2321</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>2548</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
         <x:v>2824</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
         <x:v>3048</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
         <x:v>3539</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
@@ -2667,51 +2667,51 @@
       <x:c r="AU14" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="AV14" s="3" t="n">
         <x:v>39455</x:v>
       </x:c>
       <x:c r="AW14" s="3" t="n">
         <x:v>42394</x:v>
       </x:c>
       <x:c r="AX14" s="3" t="n">
         <x:v>44515</x:v>
       </x:c>
       <x:c r="AY14" s="3" t="n">
         <x:v>47169</x:v>
       </x:c>
       <x:c r="AZ14" s="3" t="n">
         <x:v>48713</x:v>
       </x:c>
       <x:c r="BA14" s="3" t="n">
         <x:v>52406</x:v>
       </x:c>
       <x:c r="BB14" s="3" t="n">
         <x:v>60230</x:v>
       </x:c>
       <x:c r="BC14" s="3" t="n">
-        <x:v>58076</x:v>
+        <x:v>58056</x:v>
       </x:c>
       <x:c r="BD14" s="3" t="n">
         <x:v>61672</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:56">
       <x:c r="A15" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>445</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
         <x:v>481</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>552</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
         <x:v>682</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
@@ -2837,51 +2837,51 @@
       <x:c r="AU15" s="3" t="n">
         <x:v>13145</x:v>
       </x:c>
       <x:c r="AV15" s="3" t="n">
         <x:v>14145</x:v>
       </x:c>
       <x:c r="AW15" s="3" t="n">
         <x:v>14242</x:v>
       </x:c>
       <x:c r="AX15" s="3" t="n">
         <x:v>14636</x:v>
       </x:c>
       <x:c r="AY15" s="3" t="n">
         <x:v>15226</x:v>
       </x:c>
       <x:c r="AZ15" s="3" t="n">
         <x:v>15347</x:v>
       </x:c>
       <x:c r="BA15" s="3" t="n">
         <x:v>18906</x:v>
       </x:c>
       <x:c r="BB15" s="3" t="n">
         <x:v>19211</x:v>
       </x:c>
       <x:c r="BC15" s="3" t="n">
-        <x:v>15662</x:v>
+        <x:v>15666</x:v>
       </x:c>
       <x:c r="BD15" s="3" t="n">
         <x:v>15160</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:56">
       <x:c r="A16" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>456</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>571</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>702</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
         <x:v>988</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
@@ -3010,51 +3010,51 @@
       <x:c r="AV16" s="3" t="n">
         <x:v>11216</x:v>
       </x:c>
       <x:c r="AW16" s="3" t="n">
         <x:v>11282</x:v>
       </x:c>
       <x:c r="AX16" s="3" t="n">
         <x:v>11993</x:v>
       </x:c>
       <x:c r="AY16" s="3" t="n">
         <x:v>12107</x:v>
       </x:c>
       <x:c r="AZ16" s="3" t="n">
         <x:v>13209</x:v>
       </x:c>
       <x:c r="BA16" s="3" t="n">
         <x:v>13297</x:v>
       </x:c>
       <x:c r="BB16" s="3" t="n">
         <x:v>15180</x:v>
       </x:c>
       <x:c r="BC16" s="3" t="n">
         <x:v>16036</x:v>
       </x:c>
       <x:c r="BD16" s="3" t="n">
-        <x:v>17088</x:v>
+        <x:v>17089</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:56">
       <x:c r="A17" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
@@ -3344,54 +3344,54 @@
       <x:c r="AT18" s="3" t="n">
         <x:v>27308</x:v>
       </x:c>
       <x:c r="AU18" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="AV18" s="3" t="n">
         <x:v>22496</x:v>
       </x:c>
       <x:c r="AW18" s="3" t="n">
         <x:v>31316</x:v>
       </x:c>
       <x:c r="AX18" s="3" t="n">
         <x:v>34421</x:v>
       </x:c>
       <x:c r="AY18" s="3" t="n">
         <x:v>37467</x:v>
       </x:c>
       <x:c r="AZ18" s="3" t="n">
         <x:v>30097</x:v>
       </x:c>
       <x:c r="BA18" s="3" t="n">
         <x:v>38213</x:v>
       </x:c>
       <x:c r="BB18" s="3" t="n">
-        <x:v>92508</x:v>
+        <x:v>91312</x:v>
       </x:c>
       <x:c r="BC18" s="3" t="n">
-        <x:v>70422</x:v>
+        <x:v>73148</x:v>
       </x:c>
       <x:c r="BD18" s="3" t="n">
         <x:v>59804</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:56">
       <x:c r="A19" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>2696</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>2907</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
         <x:v>3063</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
         <x:v>3539</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
         <x:v>5063</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
@@ -3517,54 +3517,54 @@
       <x:c r="AU19" s="3" t="n">
         <x:v>85009</x:v>
       </x:c>
       <x:c r="AV19" s="3" t="n">
         <x:v>87631</x:v>
       </x:c>
       <x:c r="AW19" s="3" t="n">
         <x:v>94520</x:v>
       </x:c>
       <x:c r="AX19" s="3" t="n">
         <x:v>98507</x:v>
       </x:c>
       <x:c r="AY19" s="3" t="n">
         <x:v>101408</x:v>
       </x:c>
       <x:c r="AZ19" s="3" t="n">
         <x:v>110504</x:v>
       </x:c>
       <x:c r="BA19" s="3" t="n">
         <x:v>127069</x:v>
       </x:c>
       <x:c r="BB19" s="3" t="n">
         <x:v>153567</x:v>
       </x:c>
       <x:c r="BC19" s="3" t="n">
-        <x:v>147307</x:v>
+        <x:v>147595</x:v>
       </x:c>
       <x:c r="BD19" s="3" t="n">
-        <x:v>156621</x:v>
+        <x:v>147075</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:56">
       <x:c r="A20" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>3435</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
         <x:v>3452</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
         <x:v>3060</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
         <x:v>3694</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
         <x:v>5474</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
         <x:v>6121</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
@@ -3687,54 +3687,54 @@
       <x:c r="AU20" s="3" t="n">
         <x:v>54906</x:v>
       </x:c>
       <x:c r="AV20" s="3" t="n">
         <x:v>54597</x:v>
       </x:c>
       <x:c r="AW20" s="3" t="n">
         <x:v>59328</x:v>
       </x:c>
       <x:c r="AX20" s="3" t="n">
         <x:v>67428</x:v>
       </x:c>
       <x:c r="AY20" s="3" t="n">
         <x:v>73203</x:v>
       </x:c>
       <x:c r="AZ20" s="3" t="n">
         <x:v>73625</x:v>
       </x:c>
       <x:c r="BA20" s="3" t="n">
         <x:v>77513</x:v>
       </x:c>
       <x:c r="BB20" s="3" t="n">
         <x:v>94929</x:v>
       </x:c>
       <x:c r="BC20" s="3" t="n">
-        <x:v>94943</x:v>
+        <x:v>96031</x:v>
       </x:c>
       <x:c r="BD20" s="3" t="n">
-        <x:v>107512</x:v>
+        <x:v>106358</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:56">
       <x:c r="A21" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>5810</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>6467</x:v>
       </x:c>
       <x:c r="D21" s="3" t="n">
         <x:v>6486</x:v>
       </x:c>
       <x:c r="E21" s="3" t="n">
         <x:v>7202</x:v>
       </x:c>
       <x:c r="F21" s="3" t="n">
         <x:v>9507</x:v>
       </x:c>
       <x:c r="G21" s="3" t="n">
         <x:v>11914</x:v>
       </x:c>
       <x:c r="H21" s="3" t="n">
@@ -3857,54 +3857,54 @@
       <x:c r="AU21" s="3" t="n">
         <x:v>206455</x:v>
       </x:c>
       <x:c r="AV21" s="3" t="n">
         <x:v>202232</x:v>
       </x:c>
       <x:c r="AW21" s="3" t="n">
         <x:v>207410</x:v>
       </x:c>
       <x:c r="AX21" s="3" t="n">
         <x:v>228545</x:v>
       </x:c>
       <x:c r="AY21" s="3" t="n">
         <x:v>261514</x:v>
       </x:c>
       <x:c r="AZ21" s="3" t="n">
         <x:v>256292</x:v>
       </x:c>
       <x:c r="BA21" s="3" t="n">
         <x:v>263096</x:v>
       </x:c>
       <x:c r="BB21" s="3" t="n">
         <x:v>294358</x:v>
       </x:c>
       <x:c r="BC21" s="3" t="n">
-        <x:v>338358</x:v>
+        <x:v>336938</x:v>
       </x:c>
       <x:c r="BD21" s="3" t="n">
-        <x:v>367887</x:v>
+        <x:v>367812</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:56">
       <x:c r="A22" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
         <x:v>624</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
         <x:v>673</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
         <x:v>761</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
         <x:v>961</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
         <x:v>1159</x:v>
       </x:c>
       <x:c r="H22" s="3" t="n">
@@ -4027,51 +4027,51 @@
       <x:c r="AU22" s="3" t="n">
         <x:v>31120</x:v>
       </x:c>
       <x:c r="AV22" s="3" t="n">
         <x:v>31943</x:v>
       </x:c>
       <x:c r="AW22" s="3" t="n">
         <x:v>31796</x:v>
       </x:c>
       <x:c r="AX22" s="3" t="n">
         <x:v>33211</x:v>
       </x:c>
       <x:c r="AY22" s="3" t="n">
         <x:v>35605</x:v>
       </x:c>
       <x:c r="AZ22" s="3" t="n">
         <x:v>38413</x:v>
       </x:c>
       <x:c r="BA22" s="3" t="n">
         <x:v>42979</x:v>
       </x:c>
       <x:c r="BB22" s="3" t="n">
         <x:v>45329</x:v>
       </x:c>
       <x:c r="BC22" s="3" t="n">
-        <x:v>44067</x:v>
+        <x:v>43901</x:v>
       </x:c>
       <x:c r="BD22" s="3" t="n">
         <x:v>45429</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:56">
       <x:c r="A23" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>600</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>822</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
         <x:v>862</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
         <x:v>995</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
         <x:v>1067</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
@@ -4197,51 +4197,51 @@
       <x:c r="AU23" s="3" t="n">
         <x:v>39100</x:v>
       </x:c>
       <x:c r="AV23" s="3" t="n">
         <x:v>42755</x:v>
       </x:c>
       <x:c r="AW23" s="3" t="n">
         <x:v>50055</x:v>
       </x:c>
       <x:c r="AX23" s="3" t="n">
         <x:v>50069</x:v>
       </x:c>
       <x:c r="AY23" s="3" t="n">
         <x:v>51190</x:v>
       </x:c>
       <x:c r="AZ23" s="3" t="n">
         <x:v>52851</x:v>
       </x:c>
       <x:c r="BA23" s="3" t="n">
         <x:v>72128</x:v>
       </x:c>
       <x:c r="BB23" s="3" t="n">
         <x:v>83125</x:v>
       </x:c>
       <x:c r="BC23" s="3" t="n">
-        <x:v>64252</x:v>
+        <x:v>64253</x:v>
       </x:c>
       <x:c r="BD23" s="3" t="n">
         <x:v>59773</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:56">
       <x:c r="A24" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E24" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F24" s="3" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="G24" s="3" t="n">
@@ -4367,51 +4367,51 @@
       <x:c r="AU24" s="3" t="n">
         <x:v>1497</x:v>
       </x:c>
       <x:c r="AV24" s="3" t="n">
         <x:v>1466</x:v>
       </x:c>
       <x:c r="AW24" s="3" t="n">
         <x:v>1721</x:v>
       </x:c>
       <x:c r="AX24" s="3" t="n">
         <x:v>3502</x:v>
       </x:c>
       <x:c r="AY24" s="3" t="n">
         <x:v>4881</x:v>
       </x:c>
       <x:c r="AZ24" s="3" t="n">
         <x:v>637</x:v>
       </x:c>
       <x:c r="BA24" s="3" t="n">
         <x:v>4659</x:v>
       </x:c>
       <x:c r="BB24" s="3" t="n">
         <x:v>22133</x:v>
       </x:c>
       <x:c r="BC24" s="3" t="n">
-        <x:v>8259</x:v>
+        <x:v>8293</x:v>
       </x:c>
       <x:c r="BD24" s="3" t="n">
         <x:v>4751</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:56">
       <x:c r="A25" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>19766</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>21187</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
         <x:v>21572</x:v>
       </x:c>
       <x:c r="E25" s="3" t="n">
         <x:v>24725</x:v>
       </x:c>
       <x:c r="F25" s="3" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="G25" s="3" t="n">
@@ -4537,224 +4537,224 @@
       <x:c r="AU25" s="3" t="n">
         <x:v>553271</x:v>
       </x:c>
       <x:c r="AV25" s="3" t="n">
         <x:v>561102</x:v>
       </x:c>
       <x:c r="AW25" s="3" t="n">
         <x:v>591721</x:v>
       </x:c>
       <x:c r="AX25" s="3" t="n">
         <x:v>632892</x:v>
       </x:c>
       <x:c r="AY25" s="3" t="n">
         <x:v>688891</x:v>
       </x:c>
       <x:c r="AZ25" s="3" t="n">
         <x:v>706935</x:v>
       </x:c>
       <x:c r="BA25" s="3" t="n">
         <x:v>777222</x:v>
       </x:c>
       <x:c r="BB25" s="3" t="n">
         <x:v>911253</x:v>
       </x:c>
       <x:c r="BC25" s="3" t="n">
-        <x:v>921985</x:v>
+        <x:v>922304</x:v>
       </x:c>
       <x:c r="BD25" s="3" t="n">
-        <x:v>977347</x:v>
+        <x:v>966573</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:56">
       <x:c r="A26" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>6628</x:v>
+        <x:v>6721</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
-        <x:v>8495</x:v>
+        <x:v>8619</x:v>
       </x:c>
       <x:c r="D26" s="3" t="n">
-        <x:v>8783</x:v>
+        <x:v>8917</x:v>
       </x:c>
       <x:c r="E26" s="3" t="n">
-        <x:v>10823</x:v>
+        <x:v>11007</x:v>
       </x:c>
       <x:c r="F26" s="3" t="n">
-        <x:v>13524</x:v>
+        <x:v>13775</x:v>
       </x:c>
       <x:c r="G26" s="3" t="n">
-        <x:v>16508</x:v>
+        <x:v>16766</x:v>
       </x:c>
       <x:c r="H26" s="3" t="n">
-        <x:v>21095</x:v>
+        <x:v>21350</x:v>
       </x:c>
       <x:c r="I26" s="3" t="n">
-        <x:v>22867</x:v>
+        <x:v>23130</x:v>
       </x:c>
       <x:c r="J26" s="3" t="n">
-        <x:v>24103</x:v>
+        <x:v>24373</x:v>
       </x:c>
       <x:c r="K26" s="3" t="n">
-        <x:v>26390</x:v>
+        <x:v>26667</x:v>
       </x:c>
       <x:c r="L26" s="3" t="n">
-        <x:v>28569</x:v>
+        <x:v>28934</x:v>
       </x:c>
       <x:c r="M26" s="3" t="n">
-        <x:v>34916</x:v>
+        <x:v>35287</x:v>
       </x:c>
       <x:c r="N26" s="3" t="n">
-        <x:v>39972</x:v>
+        <x:v>40349</x:v>
       </x:c>
       <x:c r="O26" s="3" t="n">
-        <x:v>45398</x:v>
+        <x:v>45832</x:v>
       </x:c>
       <x:c r="P26" s="3" t="n">
-        <x:v>49734</x:v>
+        <x:v>50160</x:v>
       </x:c>
       <x:c r="Q26" s="3" t="n">
-        <x:v>56319</x:v>
+        <x:v>56971</x:v>
       </x:c>
       <x:c r="R26" s="3" t="n">
-        <x:v>60078</x:v>
+        <x:v>60698</x:v>
       </x:c>
       <x:c r="S26" s="3" t="n">
-        <x:v>62549</x:v>
+        <x:v>63584</x:v>
       </x:c>
       <x:c r="T26" s="3" t="n">
-        <x:v>63863</x:v>
+        <x:v>64945</x:v>
       </x:c>
       <x:c r="U26" s="3" t="n">
-        <x:v>69888</x:v>
+        <x:v>71118</x:v>
       </x:c>
       <x:c r="V26" s="3" t="n">
-        <x:v>71631</x:v>
+        <x:v>73054</x:v>
       </x:c>
       <x:c r="W26" s="3" t="n">
-        <x:v>77636</x:v>
+        <x:v>79003</x:v>
       </x:c>
       <x:c r="X26" s="3" t="n">
-        <x:v>82263</x:v>
+        <x:v>83504</x:v>
       </x:c>
       <x:c r="Y26" s="3" t="n">
-        <x:v>87531</x:v>
+        <x:v>88616</x:v>
       </x:c>
       <x:c r="Z26" s="3" t="n">
-        <x:v>87634</x:v>
+        <x:v>89161</x:v>
       </x:c>
       <x:c r="AA26" s="3" t="n">
-        <x:v>87010</x:v>
+        <x:v>88653</x:v>
       </x:c>
       <x:c r="AB26" s="3" t="n">
-        <x:v>90736</x:v>
+        <x:v>92439</x:v>
       </x:c>
       <x:c r="AC26" s="3" t="n">
-        <x:v>108470</x:v>
+        <x:v>109543</x:v>
       </x:c>
       <x:c r="AD26" s="3" t="n">
-        <x:v>119182</x:v>
+        <x:v>120499</x:v>
       </x:c>
       <x:c r="AE26" s="3" t="n">
-        <x:v>125800</x:v>
+        <x:v>127183</x:v>
       </x:c>
       <x:c r="AF26" s="3" t="n">
-        <x:v>139899</x:v>
+        <x:v>141506</x:v>
       </x:c>
       <x:c r="AG26" s="3" t="n">
-        <x:v>149705</x:v>
+        <x:v>151611</x:v>
       </x:c>
       <x:c r="AH26" s="3" t="n">
-        <x:v>147429</x:v>
+        <x:v>149605</x:v>
       </x:c>
       <x:c r="AI26" s="3" t="n">
-        <x:v>148879</x:v>
+        <x:v>151021</x:v>
       </x:c>
       <x:c r="AJ26" s="3" t="n">
-        <x:v>164407</x:v>
+        <x:v>166785</x:v>
       </x:c>
       <x:c r="AK26" s="3" t="n">
-        <x:v>182644</x:v>
+        <x:v>184712</x:v>
       </x:c>
       <x:c r="AL26" s="3" t="n">
-        <x:v>194909</x:v>
+        <x:v>197026</x:v>
       </x:c>
       <x:c r="AM26" s="3" t="n">
-        <x:v>224800</x:v>
+        <x:v>226202</x:v>
       </x:c>
       <x:c r="AN26" s="3" t="n">
-        <x:v>243090</x:v>
+        <x:v>244802</x:v>
       </x:c>
       <x:c r="AO26" s="3" t="n">
-        <x:v>230527</x:v>
+        <x:v>231051</x:v>
       </x:c>
       <x:c r="AP26" s="3" t="n">
-        <x:v>260018</x:v>
+        <x:v>260667</x:v>
       </x:c>
       <x:c r="AQ26" s="3" t="n">
-        <x:v>272290</x:v>
+        <x:v>272159</x:v>
       </x:c>
       <x:c r="AR26" s="3" t="n">
-        <x:v>293526</x:v>
+        <x:v>296420</x:v>
       </x:c>
       <x:c r="AS26" s="3" t="n">
-        <x:v>318545</x:v>
+        <x:v>322617</x:v>
       </x:c>
       <x:c r="AT26" s="3" t="n">
-        <x:v>346928</x:v>
+        <x:v>352129</x:v>
       </x:c>
       <x:c r="AU26" s="3" t="n">
-        <x:v>369276</x:v>
+        <x:v>375530</x:v>
       </x:c>
       <x:c r="AV26" s="3" t="n">
-        <x:v>391071</x:v>
+        <x:v>395686</x:v>
       </x:c>
       <x:c r="AW26" s="3" t="n">
-        <x:v>395319</x:v>
+        <x:v>399584</x:v>
       </x:c>
       <x:c r="AX26" s="3" t="n">
-        <x:v>407855</x:v>
+        <x:v>412547</x:v>
       </x:c>
       <x:c r="AY26" s="3" t="n">
-        <x:v>445837</x:v>
+        <x:v>452631</x:v>
       </x:c>
       <x:c r="AZ26" s="3" t="n">
-        <x:v>348951</x:v>
+        <x:v>354166</x:v>
       </x:c>
       <x:c r="BA26" s="3" t="n">
-        <x:v>346223</x:v>
+        <x:v>351590</x:v>
       </x:c>
       <x:c r="BB26" s="3" t="n">
-        <x:v>496638</x:v>
+        <x:v>507073</x:v>
       </x:c>
       <x:c r="BC26" s="3" t="n">
-        <x:v>605413</x:v>
+        <x:v>590688</x:v>
       </x:c>
       <x:c r="BD26" s="3" t="n">
-        <x:v>661126</x:v>
+        <x:v>689375</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:56">
       <x:c r="A27" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E27" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F27" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G27" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H27" s="3" t="n">
@@ -4874,54 +4874,54 @@
       <x:c r="AT27" s="3" t="n">
         <x:v>948</x:v>
       </x:c>
       <x:c r="AU27" s="3" t="n">
         <x:v>1013</x:v>
       </x:c>
       <x:c r="AV27" s="3" t="n">
         <x:v>1065</x:v>
       </x:c>
       <x:c r="AW27" s="3" t="n">
         <x:v>1146</x:v>
       </x:c>
       <x:c r="AX27" s="3" t="n">
         <x:v>1152</x:v>
       </x:c>
       <x:c r="AY27" s="3" t="n">
         <x:v>1204</x:v>
       </x:c>
       <x:c r="AZ27" s="3" t="n">
         <x:v>180</x:v>
       </x:c>
       <x:c r="BA27" s="3" t="n">
         <x:v>126</x:v>
       </x:c>
       <x:c r="BB27" s="3" t="n">
+        <x:v>29743</x:v>
+      </x:c>
+      <x:c r="BC27" s="3" t="n">
         <x:v>930</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>800</x:v>
       </x:c>
       <x:c r="BD27" s="3" t="n">
         <x:v>800</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:56">
       <x:c r="A28" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>2542</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
         <x:v>2714</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
         <x:v>2767</x:v>
       </x:c>
       <x:c r="E28" s="3" t="n">
         <x:v>3432</x:v>
       </x:c>
       <x:c r="F28" s="3" t="n">
         <x:v>4714</x:v>
       </x:c>
       <x:c r="G28" s="3" t="n">
@@ -5044,54 +5044,54 @@
       <x:c r="AT28" s="3" t="n">
         <x:v>45824</x:v>
       </x:c>
       <x:c r="AU28" s="3" t="n">
         <x:v>43093</x:v>
       </x:c>
       <x:c r="AV28" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="AW28" s="3" t="n">
         <x:v>37699</x:v>
       </x:c>
       <x:c r="AX28" s="3" t="n">
         <x:v>47756</x:v>
       </x:c>
       <x:c r="AY28" s="3" t="n">
         <x:v>51703</x:v>
       </x:c>
       <x:c r="AZ28" s="3" t="n">
         <x:v>46520</x:v>
       </x:c>
       <x:c r="BA28" s="3" t="n">
         <x:v>52723</x:v>
       </x:c>
       <x:c r="BB28" s="3" t="n">
-        <x:v>41320</x:v>
+        <x:v>14522</x:v>
       </x:c>
       <x:c r="BC28" s="3" t="n">
-        <x:v>54030</x:v>
+        <x:v>33851</x:v>
       </x:c>
       <x:c r="BD28" s="3" t="n">
         <x:v>58669</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:56">
       <x:c r="A29" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>690</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
         <x:v>671</x:v>
       </x:c>
       <x:c r="E29" s="3" t="n">
         <x:v>1093</x:v>
       </x:c>
       <x:c r="F29" s="3" t="n">
         <x:v>1470</x:v>
       </x:c>
       <x:c r="G29" s="3" t="n">
@@ -5217,54 +5217,54 @@
       <x:c r="AU29" s="3" t="n">
         <x:v>41005</x:v>
       </x:c>
       <x:c r="AV29" s="3" t="n">
         <x:v>43766</x:v>
       </x:c>
       <x:c r="AW29" s="3" t="n">
         <x:v>29413</x:v>
       </x:c>
       <x:c r="AX29" s="3" t="n">
         <x:v>30961</x:v>
       </x:c>
       <x:c r="AY29" s="3" t="n">
         <x:v>33111</x:v>
       </x:c>
       <x:c r="AZ29" s="3" t="n">
         <x:v>27391</x:v>
       </x:c>
       <x:c r="BA29" s="3" t="n">
         <x:v>23425</x:v>
       </x:c>
       <x:c r="BB29" s="3" t="n">
         <x:v>30102</x:v>
       </x:c>
       <x:c r="BC29" s="3" t="n">
-        <x:v>33177</x:v>
+        <x:v>33185</x:v>
       </x:c>
       <x:c r="BD29" s="3" t="n">
-        <x:v>37294</x:v>
+        <x:v>37749</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:56">
       <x:c r="A30" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H30" s="3" t="n">
@@ -5557,224 +5557,224 @@
       <x:c r="AU31" s="3" t="n">
         <x:v>123315</x:v>
       </x:c>
       <x:c r="AV31" s="3" t="n">
         <x:v>126313</x:v>
       </x:c>
       <x:c r="AW31" s="3" t="n">
         <x:v>134099</x:v>
       </x:c>
       <x:c r="AX31" s="3" t="n">
         <x:v>138842</x:v>
       </x:c>
       <x:c r="AY31" s="3" t="n">
         <x:v>141808</x:v>
       </x:c>
       <x:c r="AZ31" s="3" t="n">
         <x:v>39542</x:v>
       </x:c>
       <x:c r="BA31" s="3" t="n">
         <x:v>36286</x:v>
       </x:c>
       <x:c r="BB31" s="3" t="n">
         <x:v>136252</x:v>
       </x:c>
       <x:c r="BC31" s="3" t="n">
-        <x:v>181996</x:v>
+        <x:v>169675</x:v>
       </x:c>
       <x:c r="BD31" s="3" t="n">
-        <x:v>195940</x:v>
+        <x:v>191457</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:56">
       <x:c r="A32" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>2748</x:v>
+        <x:v>2841</x:v>
       </x:c>
       <x:c r="C32" s="3" t="n">
-        <x:v>3795</x:v>
+        <x:v>3919</x:v>
       </x:c>
       <x:c r="D32" s="3" t="n">
-        <x:v>3836</x:v>
+        <x:v>3970</x:v>
       </x:c>
       <x:c r="E32" s="3" t="n">
-        <x:v>4582</x:v>
+        <x:v>4766</x:v>
       </x:c>
       <x:c r="F32" s="3" t="n">
-        <x:v>5303</x:v>
+        <x:v>5554</x:v>
       </x:c>
       <x:c r="G32" s="3" t="n">
-        <x:v>6199</x:v>
+        <x:v>6457</x:v>
       </x:c>
       <x:c r="H32" s="3" t="n">
-        <x:v>7375</x:v>
+        <x:v>7630</x:v>
       </x:c>
       <x:c r="I32" s="3" t="n">
-        <x:v>8372</x:v>
+        <x:v>8635</x:v>
       </x:c>
       <x:c r="J32" s="3" t="n">
-        <x:v>9353</x:v>
+        <x:v>9623</x:v>
       </x:c>
       <x:c r="K32" s="3" t="n">
-        <x:v>10249</x:v>
+        <x:v>10526</x:v>
       </x:c>
       <x:c r="L32" s="3" t="n">
-        <x:v>11492</x:v>
+        <x:v>11857</x:v>
       </x:c>
       <x:c r="M32" s="3" t="n">
-        <x:v>13120</x:v>
+        <x:v>13491</x:v>
       </x:c>
       <x:c r="N32" s="3" t="n">
-        <x:v>14965</x:v>
+        <x:v>15342</x:v>
       </x:c>
       <x:c r="O32" s="3" t="n">
-        <x:v>16730</x:v>
+        <x:v>17164</x:v>
       </x:c>
       <x:c r="P32" s="3" t="n">
-        <x:v>18346</x:v>
+        <x:v>18772</x:v>
       </x:c>
       <x:c r="Q32" s="3" t="n">
-        <x:v>20384</x:v>
+        <x:v>21036</x:v>
       </x:c>
       <x:c r="R32" s="3" t="n">
-        <x:v>22117</x:v>
+        <x:v>22737</x:v>
       </x:c>
       <x:c r="S32" s="3" t="n">
-        <x:v>22837</x:v>
+        <x:v>23872</x:v>
       </x:c>
       <x:c r="T32" s="3" t="n">
-        <x:v>24071</x:v>
+        <x:v>25153</x:v>
       </x:c>
       <x:c r="U32" s="3" t="n">
-        <x:v>26610</x:v>
+        <x:v>27840</x:v>
       </x:c>
       <x:c r="V32" s="3" t="n">
-        <x:v>27578</x:v>
+        <x:v>29001</x:v>
       </x:c>
       <x:c r="W32" s="3" t="n">
-        <x:v>30844</x:v>
+        <x:v>32211</x:v>
       </x:c>
       <x:c r="X32" s="3" t="n">
-        <x:v>33792</x:v>
+        <x:v>35033</x:v>
       </x:c>
       <x:c r="Y32" s="3" t="n">
-        <x:v>37024</x:v>
+        <x:v>38109</x:v>
       </x:c>
       <x:c r="Z32" s="3" t="n">
-        <x:v>34640</x:v>
+        <x:v>36167</x:v>
       </x:c>
       <x:c r="AA32" s="3" t="n">
-        <x:v>34803</x:v>
+        <x:v>36446</x:v>
       </x:c>
       <x:c r="AB32" s="3" t="n">
-        <x:v>34889</x:v>
+        <x:v>36592</x:v>
       </x:c>
       <x:c r="AC32" s="3" t="n">
-        <x:v>43554</x:v>
+        <x:v>44627</x:v>
       </x:c>
       <x:c r="AD32" s="3" t="n">
-        <x:v>49770</x:v>
+        <x:v>51087</x:v>
       </x:c>
       <x:c r="AE32" s="3" t="n">
-        <x:v>50823</x:v>
+        <x:v>52206</x:v>
       </x:c>
       <x:c r="AF32" s="3" t="n">
-        <x:v>56877</x:v>
+        <x:v>58484</x:v>
       </x:c>
       <x:c r="AG32" s="3" t="n">
-        <x:v>60388</x:v>
+        <x:v>62294</x:v>
       </x:c>
       <x:c r="AH32" s="3" t="n">
-        <x:v>56217</x:v>
+        <x:v>58393</x:v>
       </x:c>
       <x:c r="AI32" s="3" t="n">
-        <x:v>54097</x:v>
+        <x:v>56239</x:v>
       </x:c>
       <x:c r="AJ32" s="3" t="n">
-        <x:v>53692</x:v>
+        <x:v>56070</x:v>
       </x:c>
       <x:c r="AK32" s="3" t="n">
-        <x:v>64821</x:v>
+        <x:v>66889</x:v>
       </x:c>
       <x:c r="AL32" s="3" t="n">
-        <x:v>67514</x:v>
+        <x:v>69631</x:v>
       </x:c>
       <x:c r="AM32" s="3" t="n">
-        <x:v>87323</x:v>
+        <x:v>88725</x:v>
       </x:c>
       <x:c r="AN32" s="3" t="n">
-        <x:v>100221</x:v>
+        <x:v>101933</x:v>
       </x:c>
       <x:c r="AO32" s="3" t="n">
-        <x:v>95926</x:v>
+        <x:v>96450</x:v>
       </x:c>
       <x:c r="AP32" s="3" t="n">
-        <x:v>113564</x:v>
+        <x:v>114213</x:v>
       </x:c>
       <x:c r="AQ32" s="3" t="n">
-        <x:v>121244</x:v>
+        <x:v>121113</x:v>
       </x:c>
       <x:c r="AR32" s="3" t="n">
-        <x:v>125077</x:v>
+        <x:v>127971</x:v>
       </x:c>
       <x:c r="AS32" s="3" t="n">
-        <x:v>136226</x:v>
+        <x:v>140298</x:v>
       </x:c>
       <x:c r="AT32" s="3" t="n">
-        <x:v>145711</x:v>
+        <x:v>150912</x:v>
       </x:c>
       <x:c r="AU32" s="3" t="n">
-        <x:v>160850</x:v>
+        <x:v>167104</x:v>
       </x:c>
       <x:c r="AV32" s="3" t="n">
-        <x:v>178891</x:v>
+        <x:v>183506</x:v>
       </x:c>
       <x:c r="AW32" s="3" t="n">
-        <x:v>192962</x:v>
+        <x:v>197227</x:v>
       </x:c>
       <x:c r="AX32" s="3" t="n">
-        <x:v>189144</x:v>
+        <x:v>193836</x:v>
       </x:c>
       <x:c r="AY32" s="3" t="n">
-        <x:v>218011</x:v>
+        <x:v>224805</x:v>
       </x:c>
       <x:c r="AZ32" s="3" t="n">
-        <x:v>235318</x:v>
+        <x:v>240533</x:v>
       </x:c>
       <x:c r="BA32" s="3" t="n">
-        <x:v>233663</x:v>
+        <x:v>239030</x:v>
       </x:c>
       <x:c r="BB32" s="3" t="n">
-        <x:v>288034</x:v>
+        <x:v>296454</x:v>
       </x:c>
       <x:c r="BC32" s="3" t="n">
-        <x:v>335410</x:v>
+        <x:v>353047</x:v>
       </x:c>
       <x:c r="BD32" s="3" t="n">
-        <x:v>368422</x:v>
+        <x:v>400700</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:56">
       <x:c r="A33" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D33" s="3" t="n">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E33" s="3" t="n">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F33" s="3" t="n">
         <x:v>250</x:v>
       </x:c>
       <x:c r="G33" s="3" t="n">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H33" s="3" t="n">
@@ -5849,102 +5849,102 @@
       <x:c r="AE33" s="3" t="n">
         <x:v>2949</x:v>
       </x:c>
       <x:c r="AF33" s="3" t="n">
         <x:v>3617</x:v>
       </x:c>
       <x:c r="AG33" s="3" t="n">
         <x:v>4146</x:v>
       </x:c>
       <x:c r="AH33" s="3" t="n">
         <x:v>4352</x:v>
       </x:c>
       <x:c r="AI33" s="3" t="n">
         <x:v>3601</x:v>
       </x:c>
       <x:c r="AJ33" s="3" t="n">
         <x:v>3570</x:v>
       </x:c>
       <x:c r="AK33" s="3" t="n">
         <x:v>4901</x:v>
       </x:c>
       <x:c r="AL33" s="3" t="n">
         <x:v>3466</x:v>
       </x:c>
       <x:c r="AM33" s="3" t="n">
-        <x:v>11642</x:v>
+        <x:v>11951</x:v>
       </x:c>
       <x:c r="AN33" s="3" t="n">
-        <x:v>11448</x:v>
+        <x:v>12067</x:v>
       </x:c>
       <x:c r="AO33" s="3" t="n">
-        <x:v>11944</x:v>
+        <x:v>12769</x:v>
       </x:c>
       <x:c r="AP33" s="3" t="n">
-        <x:v>14223</x:v>
+        <x:v>15254</x:v>
       </x:c>
       <x:c r="AQ33" s="3" t="n">
-        <x:v>14914</x:v>
+        <x:v>16151</x:v>
       </x:c>
       <x:c r="AR33" s="3" t="n">
-        <x:v>16904</x:v>
+        <x:v>18347</x:v>
       </x:c>
       <x:c r="AS33" s="3" t="n">
-        <x:v>18408</x:v>
+        <x:v>20057</x:v>
       </x:c>
       <x:c r="AT33" s="3" t="n">
-        <x:v>23321</x:v>
+        <x:v>25177</x:v>
       </x:c>
       <x:c r="AU33" s="3" t="n">
-        <x:v>20941</x:v>
+        <x:v>23003</x:v>
       </x:c>
       <x:c r="AV33" s="3" t="n">
-        <x:v>22291</x:v>
+        <x:v>24302</x:v>
       </x:c>
       <x:c r="AW33" s="3" t="n">
-        <x:v>26582</x:v>
+        <x:v>28460</x:v>
       </x:c>
       <x:c r="AX33" s="3" t="n">
-        <x:v>24393</x:v>
+        <x:v>26218</x:v>
       </x:c>
       <x:c r="AY33" s="3" t="n">
-        <x:v>27543</x:v>
+        <x:v>29316</x:v>
       </x:c>
       <x:c r="AZ33" s="3" t="n">
-        <x:v>17769</x:v>
+        <x:v>19500</x:v>
       </x:c>
       <x:c r="BA33" s="3" t="n">
-        <x:v>21299</x:v>
+        <x:v>23164</x:v>
       </x:c>
       <x:c r="BB33" s="3" t="n">
-        <x:v>32604</x:v>
+        <x:v>37385</x:v>
       </x:c>
       <x:c r="BC33" s="3" t="n">
-        <x:v>33014</x:v>
+        <x:v>37665</x:v>
       </x:c>
       <x:c r="BD33" s="3" t="n">
-        <x:v>37147</x:v>
+        <x:v>41713</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:56">
       <x:c r="A34" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E34" s="3" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F34" s="3" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G34" s="3" t="n">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H34" s="3" t="n">
@@ -6404,57 +6404,57 @@
       <x:c r="AT36" s="3" t="n">
         <x:v>12204</x:v>
       </x:c>
       <x:c r="AU36" s="3" t="n">
         <x:v>9536</x:v>
       </x:c>
       <x:c r="AV36" s="3" t="n">
         <x:v>11029</x:v>
       </x:c>
       <x:c r="AW36" s="3" t="n">
         <x:v>10444</x:v>
       </x:c>
       <x:c r="AX36" s="3" t="n">
         <x:v>10574</x:v>
       </x:c>
       <x:c r="AY36" s="3" t="n">
         <x:v>10629</x:v>
       </x:c>
       <x:c r="AZ36" s="3" t="n">
         <x:v>3230</x:v>
       </x:c>
       <x:c r="BA36" s="3" t="n">
         <x:v>5814</x:v>
       </x:c>
       <x:c r="BB36" s="3" t="n">
-        <x:v>11483</x:v>
+        <x:v>13880</x:v>
       </x:c>
       <x:c r="BC36" s="3" t="n">
-        <x:v>10167</x:v>
+        <x:v>11655</x:v>
       </x:c>
       <x:c r="BD36" s="3" t="n">
-        <x:v>10917</x:v>
+        <x:v>10915</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:56">
       <x:c r="A37" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E37" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F37" s="3" t="n">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G37" s="3" t="n">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H37" s="3" t="n">
@@ -6529,102 +6529,102 @@
       <x:c r="AE37" s="3" t="n">
         <x:v>252</x:v>
       </x:c>
       <x:c r="AF37" s="3" t="n">
         <x:v>205</x:v>
       </x:c>
       <x:c r="AG37" s="3" t="n">
         <x:v>263</x:v>
       </x:c>
       <x:c r="AH37" s="3" t="n">
         <x:v>183</x:v>
       </x:c>
       <x:c r="AI37" s="3" t="n">
         <x:v>179</x:v>
       </x:c>
       <x:c r="AJ37" s="3" t="n">
         <x:v>278</x:v>
       </x:c>
       <x:c r="AK37" s="3" t="n">
         <x:v>292</x:v>
       </x:c>
       <x:c r="AL37" s="3" t="n">
         <x:v>301</x:v>
       </x:c>
       <x:c r="AM37" s="3" t="n">
-        <x:v>5224</x:v>
+        <x:v>5533</x:v>
       </x:c>
       <x:c r="AN37" s="3" t="n">
-        <x:v>6227</x:v>
+        <x:v>6846</x:v>
       </x:c>
       <x:c r="AO37" s="3" t="n">
-        <x:v>5093</x:v>
+        <x:v>5918</x:v>
       </x:c>
       <x:c r="AP37" s="3" t="n">
-        <x:v>6179</x:v>
+        <x:v>7210</x:v>
       </x:c>
       <x:c r="AQ37" s="3" t="n">
-        <x:v>7303</x:v>
+        <x:v>8540</x:v>
       </x:c>
       <x:c r="AR37" s="3" t="n">
-        <x:v>6560</x:v>
+        <x:v>8003</x:v>
       </x:c>
       <x:c r="AS37" s="3" t="n">
-        <x:v>7162</x:v>
+        <x:v>8811</x:v>
       </x:c>
       <x:c r="AT37" s="3" t="n">
-        <x:v>9941</x:v>
+        <x:v>11797</x:v>
       </x:c>
       <x:c r="AU37" s="3" t="n">
-        <x:v>10183</x:v>
+        <x:v>12245</x:v>
       </x:c>
       <x:c r="AV37" s="3" t="n">
-        <x:v>9973</x:v>
+        <x:v>11984</x:v>
       </x:c>
       <x:c r="AW37" s="3" t="n">
-        <x:v>14956</x:v>
+        <x:v>16834</x:v>
       </x:c>
       <x:c r="AX37" s="3" t="n">
-        <x:v>12911</x:v>
+        <x:v>14736</x:v>
       </x:c>
       <x:c r="AY37" s="3" t="n">
-        <x:v>16173</x:v>
+        <x:v>17946</x:v>
       </x:c>
       <x:c r="AZ37" s="3" t="n">
-        <x:v>13813</x:v>
+        <x:v>15544</x:v>
       </x:c>
       <x:c r="BA37" s="3" t="n">
-        <x:v>14599</x:v>
+        <x:v>16464</x:v>
       </x:c>
       <x:c r="BB37" s="3" t="n">
-        <x:v>20039</x:v>
+        <x:v>22423</x:v>
       </x:c>
       <x:c r="BC37" s="3" t="n">
-        <x:v>21651</x:v>
+        <x:v>24814</x:v>
       </x:c>
       <x:c r="BD37" s="3" t="n">
-        <x:v>25119</x:v>
+        <x:v>29687</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:56">
       <x:c r="A38" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D38" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E38" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F38" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G38" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H38" s="3" t="n">
@@ -6758,383 +6758,383 @@
       </x:c>
       <x:c r="AY38" s="3" t="n">
         <x:v>681</x:v>
       </x:c>
       <x:c r="AZ38" s="3" t="n">
         <x:v>718</x:v>
       </x:c>
       <x:c r="BA38" s="3" t="n">
         <x:v>882</x:v>
       </x:c>
       <x:c r="BB38" s="3" t="n">
         <x:v>1042</x:v>
       </x:c>
       <x:c r="BC38" s="3" t="n">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="BD38" s="3" t="n">
         <x:v>1111</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:56">
       <x:c r="A39" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>503</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>686</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="D39" s="3" t="n">
-        <x:v>742</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="E39" s="3" t="n">
-        <x:v>957</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="F39" s="3" t="n">
-        <x:v>1191</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="G39" s="3" t="n">
-        <x:v>1575</x:v>
+        <x:v>1833</x:v>
       </x:c>
       <x:c r="H39" s="3" t="n">
-        <x:v>1730</x:v>
+        <x:v>1985</x:v>
       </x:c>
       <x:c r="I39" s="3" t="n">
-        <x:v>1871</x:v>
+        <x:v>2134</x:v>
       </x:c>
       <x:c r="J39" s="3" t="n">
-        <x:v>2257</x:v>
+        <x:v>2527</x:v>
       </x:c>
       <x:c r="K39" s="3" t="n">
-        <x:v>2557</x:v>
+        <x:v>2834</x:v>
       </x:c>
       <x:c r="L39" s="3" t="n">
-        <x:v>3098</x:v>
+        <x:v>3463</x:v>
       </x:c>
       <x:c r="M39" s="3" t="n">
-        <x:v>3361</x:v>
+        <x:v>3732</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>3924</x:v>
+        <x:v>4301</x:v>
       </x:c>
       <x:c r="O39" s="3" t="n">
-        <x:v>4833</x:v>
+        <x:v>5267</x:v>
       </x:c>
       <x:c r="P39" s="3" t="n">
-        <x:v>5573</x:v>
+        <x:v>5999</x:v>
       </x:c>
       <x:c r="Q39" s="3" t="n">
-        <x:v>6028</x:v>
+        <x:v>6680</x:v>
       </x:c>
       <x:c r="R39" s="3" t="n">
-        <x:v>6638</x:v>
+        <x:v>7258</x:v>
       </x:c>
       <x:c r="S39" s="3" t="n">
-        <x:v>7184</x:v>
+        <x:v>8219</x:v>
       </x:c>
       <x:c r="T39" s="3" t="n">
-        <x:v>6624</x:v>
+        <x:v>7706</x:v>
       </x:c>
       <x:c r="U39" s="3" t="n">
-        <x:v>6727</x:v>
+        <x:v>7957</x:v>
       </x:c>
       <x:c r="V39" s="3" t="n">
-        <x:v>7918</x:v>
+        <x:v>9341</x:v>
       </x:c>
       <x:c r="W39" s="3" t="n">
-        <x:v>8687</x:v>
+        <x:v>10054</x:v>
       </x:c>
       <x:c r="X39" s="3" t="n">
-        <x:v>13929</x:v>
+        <x:v>15170</x:v>
       </x:c>
       <x:c r="Y39" s="3" t="n">
-        <x:v>15821</x:v>
+        <x:v>16906</x:v>
       </x:c>
       <x:c r="Z39" s="3" t="n">
-        <x:v>16024</x:v>
+        <x:v>17551</x:v>
       </x:c>
       <x:c r="AA39" s="3" t="n">
-        <x:v>15151</x:v>
+        <x:v>16794</x:v>
       </x:c>
       <x:c r="AB39" s="3" t="n">
-        <x:v>14317</x:v>
+        <x:v>16020</x:v>
       </x:c>
       <x:c r="AC39" s="3" t="n">
-        <x:v>18817</x:v>
+        <x:v>19890</x:v>
       </x:c>
       <x:c r="AD39" s="3" t="n">
-        <x:v>22279</x:v>
+        <x:v>23596</x:v>
       </x:c>
       <x:c r="AE39" s="3" t="n">
-        <x:v>23478</x:v>
+        <x:v>24861</x:v>
       </x:c>
       <x:c r="AF39" s="3" t="n">
-        <x:v>25538</x:v>
+        <x:v>27145</x:v>
       </x:c>
       <x:c r="AG39" s="3" t="n">
-        <x:v>25917</x:v>
+        <x:v>27823</x:v>
       </x:c>
       <x:c r="AH39" s="3" t="n">
-        <x:v>24009</x:v>
+        <x:v>26185</x:v>
       </x:c>
       <x:c r="AI39" s="3" t="n">
-        <x:v>25346</x:v>
+        <x:v>27488</x:v>
       </x:c>
       <x:c r="AJ39" s="3" t="n">
-        <x:v>24341</x:v>
+        <x:v>26719</x:v>
       </x:c>
       <x:c r="AK39" s="3" t="n">
-        <x:v>29091</x:v>
+        <x:v>31159</x:v>
       </x:c>
       <x:c r="AL39" s="3" t="n">
-        <x:v>31708</x:v>
+        <x:v>33825</x:v>
       </x:c>
       <x:c r="AM39" s="3" t="n">
-        <x:v>35648</x:v>
+        <x:v>36424</x:v>
       </x:c>
       <x:c r="AN39" s="3" t="n">
-        <x:v>37701</x:v>
+        <x:v>38164</x:v>
       </x:c>
       <x:c r="AO39" s="3" t="n">
-        <x:v>38951</x:v>
+        <x:v>37810</x:v>
       </x:c>
       <x:c r="AP39" s="3" t="n">
-        <x:v>47349</x:v>
+        <x:v>45918</x:v>
       </x:c>
       <x:c r="AQ39" s="3" t="n">
-        <x:v>50888</x:v>
+        <x:v>48259</x:v>
       </x:c>
       <x:c r="AR39" s="3" t="n">
-        <x:v>52321</x:v>
+        <x:v>52303</x:v>
       </x:c>
       <x:c r="AS39" s="3" t="n">
-        <x:v>59126</x:v>
+        <x:v>59870</x:v>
       </x:c>
       <x:c r="AT39" s="3" t="n">
-        <x:v>58730</x:v>
+        <x:v>60186</x:v>
       </x:c>
       <x:c r="AU39" s="3" t="n">
-        <x:v>71221</x:v>
+        <x:v>73314</x:v>
       </x:c>
       <x:c r="AV39" s="3" t="n">
-        <x:v>82967</x:v>
+        <x:v>83373</x:v>
       </x:c>
       <x:c r="AW39" s="3" t="n">
-        <x:v>83406</x:v>
+        <x:v>83279</x:v>
       </x:c>
       <x:c r="AX39" s="3" t="n">
-        <x:v>78730</x:v>
+        <x:v>79096</x:v>
       </x:c>
       <x:c r="AY39" s="3" t="n">
-        <x:v>89234</x:v>
+        <x:v>90208</x:v>
       </x:c>
       <x:c r="AZ39" s="3" t="n">
-        <x:v>98899</x:v>
+        <x:v>98019</x:v>
       </x:c>
       <x:c r="BA39" s="3" t="n">
-        <x:v>89628</x:v>
+        <x:v>88968</x:v>
       </x:c>
       <x:c r="BB39" s="3" t="n">
-        <x:v>104565</x:v>
+        <x:v>101710</x:v>
       </x:c>
       <x:c r="BC39" s="3" t="n">
-        <x:v>127991</x:v>
+        <x:v>124599</x:v>
       </x:c>
       <x:c r="BD39" s="3" t="n">
-        <x:v>131915</x:v>
+        <x:v>131653</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:56">
       <x:c r="A40" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>213</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C40" s="3" t="n">
-        <x:v>351</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D40" s="3" t="n">
-        <x:v>356</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E40" s="3" t="n">
-        <x:v>458</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="F40" s="3" t="n">
-        <x:v>603</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="G40" s="3" t="n">
-        <x:v>719</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="H40" s="3" t="n">
-        <x:v>735</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="I40" s="3" t="n">
-        <x:v>761</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="J40" s="3" t="n">
-        <x:v>889</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="K40" s="3" t="n">
-        <x:v>1093</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="L40" s="3" t="n">
-        <x:v>1470</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="M40" s="3" t="n">
-        <x:v>1376</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="N40" s="3" t="n">
-        <x:v>1648</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="O40" s="3" t="n">
-        <x:v>2006</x:v>
+        <x:v>2440</x:v>
       </x:c>
       <x:c r="P40" s="3" t="n">
-        <x:v>2218</x:v>
+        <x:v>2644</x:v>
       </x:c>
       <x:c r="Q40" s="3" t="n">
-        <x:v>2457</x:v>
+        <x:v>3109</x:v>
       </x:c>
       <x:c r="R40" s="3" t="n">
-        <x:v>2660</x:v>
+        <x:v>3280</x:v>
       </x:c>
       <x:c r="S40" s="3" t="n">
-        <x:v>3166</x:v>
+        <x:v>4201</x:v>
       </x:c>
       <x:c r="T40" s="3" t="n">
-        <x:v>3074</x:v>
+        <x:v>4156</x:v>
       </x:c>
       <x:c r="U40" s="3" t="n">
-        <x:v>3009</x:v>
+        <x:v>4239</x:v>
       </x:c>
       <x:c r="V40" s="3" t="n">
-        <x:v>3563</x:v>
+        <x:v>4986</x:v>
       </x:c>
       <x:c r="W40" s="3" t="n">
-        <x:v>3150</x:v>
+        <x:v>4517</x:v>
       </x:c>
       <x:c r="X40" s="3" t="n">
-        <x:v>6621</x:v>
+        <x:v>7862</x:v>
       </x:c>
       <x:c r="Y40" s="3" t="n">
-        <x:v>7249</x:v>
+        <x:v>8334</x:v>
       </x:c>
       <x:c r="Z40" s="3" t="n">
-        <x:v>6880</x:v>
+        <x:v>8407</x:v>
       </x:c>
       <x:c r="AA40" s="3" t="n">
-        <x:v>5914</x:v>
+        <x:v>7557</x:v>
       </x:c>
       <x:c r="AB40" s="3" t="n">
-        <x:v>5750</x:v>
+        <x:v>7453</x:v>
       </x:c>
       <x:c r="AC40" s="3" t="n">
-        <x:v>4773</x:v>
+        <x:v>5846</x:v>
       </x:c>
       <x:c r="AD40" s="3" t="n">
-        <x:v>5919</x:v>
+        <x:v>7236</x:v>
       </x:c>
       <x:c r="AE40" s="3" t="n">
-        <x:v>5771</x:v>
+        <x:v>7154</x:v>
       </x:c>
       <x:c r="AF40" s="3" t="n">
-        <x:v>6608</x:v>
+        <x:v>8215</x:v>
       </x:c>
       <x:c r="AG40" s="3" t="n">
-        <x:v>7426</x:v>
+        <x:v>9332</x:v>
       </x:c>
       <x:c r="AH40" s="3" t="n">
-        <x:v>8617</x:v>
+        <x:v>10793</x:v>
       </x:c>
       <x:c r="AI40" s="3" t="n">
-        <x:v>10182</x:v>
+        <x:v>12324</x:v>
       </x:c>
       <x:c r="AJ40" s="3" t="n">
-        <x:v>8969</x:v>
+        <x:v>11347</x:v>
       </x:c>
       <x:c r="AK40" s="3" t="n">
-        <x:v>8494</x:v>
+        <x:v>10562</x:v>
       </x:c>
       <x:c r="AL40" s="3" t="n">
-        <x:v>9880</x:v>
+        <x:v>11997</x:v>
       </x:c>
       <x:c r="AM40" s="3" t="n">
-        <x:v>8116</x:v>
+        <x:v>8845</x:v>
       </x:c>
       <x:c r="AN40" s="3" t="n">
-        <x:v>7329</x:v>
+        <x:v>7699</x:v>
       </x:c>
       <x:c r="AO40" s="3" t="n">
-        <x:v>10693</x:v>
+        <x:v>9428</x:v>
       </x:c>
       <x:c r="AP40" s="3" t="n">
-        <x:v>8266</x:v>
+        <x:v>6679</x:v>
       </x:c>
       <x:c r="AQ40" s="3" t="n">
-        <x:v>10813</x:v>
+        <x:v>7997</x:v>
       </x:c>
       <x:c r="AR40" s="3" t="n">
-        <x:v>9353</x:v>
+        <x:v>9117</x:v>
       </x:c>
       <x:c r="AS40" s="3" t="n">
-        <x:v>10028</x:v>
+        <x:v>10523</x:v>
       </x:c>
       <x:c r="AT40" s="3" t="n">
-        <x:v>9746</x:v>
+        <x:v>10922</x:v>
       </x:c>
       <x:c r="AU40" s="3" t="n">
-        <x:v>10166</x:v>
+        <x:v>11948</x:v>
       </x:c>
       <x:c r="AV40" s="3" t="n">
-        <x:v>12695</x:v>
+        <x:v>12711</x:v>
       </x:c>
       <x:c r="AW40" s="3" t="n">
-        <x:v>16155</x:v>
+        <x:v>15338</x:v>
       </x:c>
       <x:c r="AX40" s="3" t="n">
-        <x:v>18065</x:v>
+        <x:v>17804</x:v>
       </x:c>
       <x:c r="AY40" s="3" t="n">
-        <x:v>19540</x:v>
+        <x:v>19850</x:v>
       </x:c>
       <x:c r="AZ40" s="3" t="n">
-        <x:v>23060</x:v>
+        <x:v>21724</x:v>
       </x:c>
       <x:c r="BA40" s="3" t="n">
-        <x:v>18126</x:v>
+        <x:v>17068</x:v>
       </x:c>
       <x:c r="BB40" s="3" t="n">
-        <x:v>23409</x:v>
+        <x:v>20360</x:v>
       </x:c>
       <x:c r="BC40" s="3" t="n">
-        <x:v>25323</x:v>
+        <x:v>24193</x:v>
       </x:c>
       <x:c r="BD40" s="3" t="n">
-        <x:v>27440</x:v>
+        <x:v>26794</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:56">
       <x:c r="A41" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D41" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E41" s="3" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F41" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G41" s="3" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H41" s="3" t="n">
@@ -7257,54 +7257,54 @@
       <x:c r="AU41" s="3" t="n">
         <x:v>13322</x:v>
       </x:c>
       <x:c r="AV41" s="3" t="n">
         <x:v>12782</x:v>
       </x:c>
       <x:c r="AW41" s="3" t="n">
         <x:v>14304</x:v>
       </x:c>
       <x:c r="AX41" s="3" t="n">
         <x:v>13222</x:v>
       </x:c>
       <x:c r="AY41" s="3" t="n">
         <x:v>15812</x:v>
       </x:c>
       <x:c r="AZ41" s="3" t="n">
         <x:v>18319</x:v>
       </x:c>
       <x:c r="BA41" s="3" t="n">
         <x:v>16902</x:v>
       </x:c>
       <x:c r="BB41" s="3" t="n">
         <x:v>18638</x:v>
       </x:c>
       <x:c r="BC41" s="3" t="n">
-        <x:v>27884</x:v>
+        <x:v>27971</x:v>
       </x:c>
       <x:c r="BD41" s="3" t="n">
-        <x:v>26835</x:v>
+        <x:v>26363</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:56">
       <x:c r="A42" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C42" s="3" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="D42" s="3" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E42" s="3" t="n">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F42" s="3" t="n">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G42" s="3" t="n">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H42" s="3" t="n">
@@ -7427,54 +7427,54 @@
       <x:c r="AU42" s="3" t="n">
         <x:v>3100</x:v>
       </x:c>
       <x:c r="AV42" s="3" t="n">
         <x:v>3480</x:v>
       </x:c>
       <x:c r="AW42" s="3" t="n">
         <x:v>2785</x:v>
       </x:c>
       <x:c r="AX42" s="3" t="n">
         <x:v>2422</x:v>
       </x:c>
       <x:c r="AY42" s="3" t="n">
         <x:v>3619</x:v>
       </x:c>
       <x:c r="AZ42" s="3" t="n">
         <x:v>4691</x:v>
       </x:c>
       <x:c r="BA42" s="3" t="n">
         <x:v>4282</x:v>
       </x:c>
       <x:c r="BB42" s="3" t="n">
         <x:v>6527</x:v>
       </x:c>
       <x:c r="BC42" s="3" t="n">
-        <x:v>9185</x:v>
+        <x:v>4880</x:v>
       </x:c>
       <x:c r="BD42" s="3" t="n">
-        <x:v>7656</x:v>
+        <x:v>7669</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:56">
       <x:c r="A43" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>292</x:v>
       </x:c>
       <x:c r="D43" s="3" t="n">
         <x:v>331</x:v>
       </x:c>
       <x:c r="E43" s="3" t="n">
         <x:v>410</x:v>
       </x:c>
       <x:c r="F43" s="3" t="n">
         <x:v>482</x:v>
       </x:c>
       <x:c r="G43" s="3" t="n">
         <x:v>709</x:v>
       </x:c>
       <x:c r="H43" s="3" t="n">
@@ -7549,102 +7549,102 @@
       <x:c r="AE43" s="3" t="n">
         <x:v>13911</x:v>
       </x:c>
       <x:c r="AF43" s="3" t="n">
         <x:v>15128</x:v>
       </x:c>
       <x:c r="AG43" s="3" t="n">
         <x:v>15546</x:v>
       </x:c>
       <x:c r="AH43" s="3" t="n">
         <x:v>13252</x:v>
       </x:c>
       <x:c r="AI43" s="3" t="n">
         <x:v>13187</x:v>
       </x:c>
       <x:c r="AJ43" s="3" t="n">
         <x:v>12924</x:v>
       </x:c>
       <x:c r="AK43" s="3" t="n">
         <x:v>16257</x:v>
       </x:c>
       <x:c r="AL43" s="3" t="n">
         <x:v>16313</x:v>
       </x:c>
       <x:c r="AM43" s="3" t="n">
-        <x:v>15983</x:v>
+        <x:v>16030</x:v>
       </x:c>
       <x:c r="AN43" s="3" t="n">
-        <x:v>19335</x:v>
+        <x:v>19428</x:v>
       </x:c>
       <x:c r="AO43" s="3" t="n">
-        <x:v>17241</x:v>
+        <x:v>17365</x:v>
       </x:c>
       <x:c r="AP43" s="3" t="n">
-        <x:v>27032</x:v>
+        <x:v>27188</x:v>
       </x:c>
       <x:c r="AQ43" s="3" t="n">
-        <x:v>29914</x:v>
+        <x:v>30101</x:v>
       </x:c>
       <x:c r="AR43" s="3" t="n">
-        <x:v>31230</x:v>
+        <x:v>31448</x:v>
       </x:c>
       <x:c r="AS43" s="3" t="n">
-        <x:v>35862</x:v>
+        <x:v>36111</x:v>
       </x:c>
       <x:c r="AT43" s="3" t="n">
-        <x:v>34405</x:v>
+        <x:v>34685</x:v>
       </x:c>
       <x:c r="AU43" s="3" t="n">
-        <x:v>44633</x:v>
+        <x:v>44944</x:v>
       </x:c>
       <x:c r="AV43" s="3" t="n">
-        <x:v>54010</x:v>
+        <x:v>54400</x:v>
       </x:c>
       <x:c r="AW43" s="3" t="n">
-        <x:v>50162</x:v>
+        <x:v>50852</x:v>
       </x:c>
       <x:c r="AX43" s="3" t="n">
-        <x:v>45021</x:v>
+        <x:v>45648</x:v>
       </x:c>
       <x:c r="AY43" s="3" t="n">
-        <x:v>50263</x:v>
+        <x:v>50927</x:v>
       </x:c>
       <x:c r="AZ43" s="3" t="n">
-        <x:v>52829</x:v>
+        <x:v>53285</x:v>
       </x:c>
       <x:c r="BA43" s="3" t="n">
-        <x:v>50318</x:v>
+        <x:v>50716</x:v>
       </x:c>
       <x:c r="BB43" s="3" t="n">
-        <x:v>55991</x:v>
+        <x:v>56185</x:v>
       </x:c>
       <x:c r="BC43" s="3" t="n">
-        <x:v>65599</x:v>
+        <x:v>67555</x:v>
       </x:c>
       <x:c r="BD43" s="3" t="n">
-        <x:v>69984</x:v>
+        <x:v>70827</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:56">
       <x:c r="A44" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
         <x:v>2178</x:v>
       </x:c>
       <x:c r="C44" s="3" t="n">
         <x:v>3041</x:v>
       </x:c>
       <x:c r="D44" s="3" t="n">
         <x:v>3019</x:v>
       </x:c>
       <x:c r="E44" s="3" t="n">
         <x:v>3490</x:v>
       </x:c>
       <x:c r="F44" s="3" t="n">
         <x:v>3862</x:v>
       </x:c>
       <x:c r="G44" s="3" t="n">
         <x:v>4323</x:v>
       </x:c>
       <x:c r="H44" s="3" t="n">
@@ -7719,102 +7719,102 @@
       <x:c r="AE44" s="3" t="n">
         <x:v>24396</x:v>
       </x:c>
       <x:c r="AF44" s="3" t="n">
         <x:v>27722</x:v>
       </x:c>
       <x:c r="AG44" s="3" t="n">
         <x:v>30325</x:v>
       </x:c>
       <x:c r="AH44" s="3" t="n">
         <x:v>27856</x:v>
       </x:c>
       <x:c r="AI44" s="3" t="n">
         <x:v>25150</x:v>
       </x:c>
       <x:c r="AJ44" s="3" t="n">
         <x:v>25781</x:v>
       </x:c>
       <x:c r="AK44" s="3" t="n">
         <x:v>30829</x:v>
       </x:c>
       <x:c r="AL44" s="3" t="n">
         <x:v>32340</x:v>
       </x:c>
       <x:c r="AM44" s="3" t="n">
-        <x:v>40033</x:v>
+        <x:v>40350</x:v>
       </x:c>
       <x:c r="AN44" s="3" t="n">
-        <x:v>51072</x:v>
+        <x:v>51702</x:v>
       </x:c>
       <x:c r="AO44" s="3" t="n">
-        <x:v>45031</x:v>
+        <x:v>45871</x:v>
       </x:c>
       <x:c r="AP44" s="3" t="n">
-        <x:v>51992</x:v>
+        <x:v>53041</x:v>
       </x:c>
       <x:c r="AQ44" s="3" t="n">
-        <x:v>55442</x:v>
+        <x:v>56703</x:v>
       </x:c>
       <x:c r="AR44" s="3" t="n">
-        <x:v>55852</x:v>
+        <x:v>57321</x:v>
       </x:c>
       <x:c r="AS44" s="3" t="n">
-        <x:v>58692</x:v>
+        <x:v>60371</x:v>
       </x:c>
       <x:c r="AT44" s="3" t="n">
-        <x:v>63660</x:v>
+        <x:v>65549</x:v>
       </x:c>
       <x:c r="AU44" s="3" t="n">
-        <x:v>68688</x:v>
+        <x:v>70787</x:v>
       </x:c>
       <x:c r="AV44" s="3" t="n">
-        <x:v>73633</x:v>
+        <x:v>75831</x:v>
       </x:c>
       <x:c r="AW44" s="3" t="n">
-        <x:v>82974</x:v>
+        <x:v>85488</x:v>
       </x:c>
       <x:c r="AX44" s="3" t="n">
-        <x:v>86021</x:v>
+        <x:v>88522</x:v>
       </x:c>
       <x:c r="AY44" s="3" t="n">
-        <x:v>101234</x:v>
+        <x:v>105281</x:v>
       </x:c>
       <x:c r="AZ44" s="3" t="n">
-        <x:v>118650</x:v>
+        <x:v>123014</x:v>
       </x:c>
       <x:c r="BA44" s="3" t="n">
-        <x:v>122736</x:v>
+        <x:v>126898</x:v>
       </x:c>
       <x:c r="BB44" s="3" t="n">
-        <x:v>150865</x:v>
+        <x:v>157359</x:v>
       </x:c>
       <x:c r="BC44" s="3" t="n">
-        <x:v>174405</x:v>
+        <x:v>190783</x:v>
       </x:c>
       <x:c r="BD44" s="3" t="n">
-        <x:v>199360</x:v>
+        <x:v>227334</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:56">
       <x:c r="A45" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
         <x:v>1288</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>1961</x:v>
       </x:c>
       <x:c r="D45" s="3" t="n">
         <x:v>1815</x:v>
       </x:c>
       <x:c r="E45" s="3" t="n">
         <x:v>2160</x:v>
       </x:c>
       <x:c r="F45" s="3" t="n">
         <x:v>2276</x:v>
       </x:c>
       <x:c r="G45" s="3" t="n">
         <x:v>2353</x:v>
       </x:c>
       <x:c r="H45" s="3" t="n">
@@ -7889,102 +7889,102 @@
       <x:c r="AE45" s="3" t="n">
         <x:v>6381</x:v>
       </x:c>
       <x:c r="AF45" s="3" t="n">
         <x:v>7607</x:v>
       </x:c>
       <x:c r="AG45" s="3" t="n">
         <x:v>8706</x:v>
       </x:c>
       <x:c r="AH45" s="3" t="n">
         <x:v>5951</x:v>
       </x:c>
       <x:c r="AI45" s="3" t="n">
         <x:v>4917</x:v>
       </x:c>
       <x:c r="AJ45" s="3" t="n">
         <x:v>4666</x:v>
       </x:c>
       <x:c r="AK45" s="3" t="n">
         <x:v>5691</x:v>
       </x:c>
       <x:c r="AL45" s="3" t="n">
         <x:v>5604</x:v>
       </x:c>
       <x:c r="AM45" s="3" t="n">
-        <x:v>14930</x:v>
+        <x:v>15247</x:v>
       </x:c>
       <x:c r="AN45" s="3" t="n">
-        <x:v>19233</x:v>
+        <x:v>19863</x:v>
       </x:c>
       <x:c r="AO45" s="3" t="n">
-        <x:v>15812</x:v>
+        <x:v>16652</x:v>
       </x:c>
       <x:c r="AP45" s="3" t="n">
-        <x:v>14596</x:v>
+        <x:v>15645</x:v>
       </x:c>
       <x:c r="AQ45" s="3" t="n">
-        <x:v>15701</x:v>
+        <x:v>16962</x:v>
       </x:c>
       <x:c r="AR45" s="3" t="n">
-        <x:v>14076</x:v>
+        <x:v>15545</x:v>
       </x:c>
       <x:c r="AS45" s="3" t="n">
-        <x:v>13775</x:v>
+        <x:v>15454</x:v>
       </x:c>
       <x:c r="AT45" s="3" t="n">
-        <x:v>14439</x:v>
+        <x:v>16328</x:v>
       </x:c>
       <x:c r="AU45" s="3" t="n">
-        <x:v>13297</x:v>
+        <x:v>15396</x:v>
       </x:c>
       <x:c r="AV45" s="3" t="n">
-        <x:v>12939</x:v>
+        <x:v>15137</x:v>
       </x:c>
       <x:c r="AW45" s="3" t="n">
-        <x:v>14192</x:v>
+        <x:v>16706</x:v>
       </x:c>
       <x:c r="AX45" s="3" t="n">
-        <x:v>14435</x:v>
+        <x:v>16936</x:v>
       </x:c>
       <x:c r="AY45" s="3" t="n">
-        <x:v>23399</x:v>
+        <x:v>27446</x:v>
       </x:c>
       <x:c r="AZ45" s="3" t="n">
-        <x:v>21795</x:v>
+        <x:v>26159</x:v>
       </x:c>
       <x:c r="BA45" s="3" t="n">
-        <x:v>24979</x:v>
+        <x:v>29141</x:v>
       </x:c>
       <x:c r="BB45" s="3" t="n">
-        <x:v>25410</x:v>
+        <x:v>29956</x:v>
       </x:c>
       <x:c r="BC45" s="3" t="n">
-        <x:v>33132</x:v>
+        <x:v>34979</x:v>
       </x:c>
       <x:c r="BD45" s="3" t="n">
-        <x:v>39430</x:v>
+        <x:v>48250</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:56">
       <x:c r="A46" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C46" s="3" t="n">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D46" s="3" t="n">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E46" s="3" t="n">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F46" s="3" t="n">
         <x:v>193</x:v>
       </x:c>
       <x:c r="G46" s="3" t="n">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H46" s="3" t="n">
@@ -8107,51 +8107,51 @@
       <x:c r="AU46" s="3" t="n">
         <x:v>3040</x:v>
       </x:c>
       <x:c r="AV46" s="3" t="n">
         <x:v>3212</x:v>
       </x:c>
       <x:c r="AW46" s="3" t="n">
         <x:v>4007</x:v>
       </x:c>
       <x:c r="AX46" s="3" t="n">
         <x:v>3594</x:v>
       </x:c>
       <x:c r="AY46" s="3" t="n">
         <x:v>4090</x:v>
       </x:c>
       <x:c r="AZ46" s="3" t="n">
         <x:v>4138</x:v>
       </x:c>
       <x:c r="BA46" s="3" t="n">
         <x:v>4855</x:v>
       </x:c>
       <x:c r="BB46" s="3" t="n">
         <x:v>6502</x:v>
       </x:c>
       <x:c r="BC46" s="3" t="n">
-        <x:v>6824</x:v>
+        <x:v>6834</x:v>
       </x:c>
       <x:c r="BD46" s="3" t="n">
         <x:v>8152</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:56">
       <x:c r="A47" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D47" s="3" t="n">
         <x:v>257</x:v>
       </x:c>
       <x:c r="E47" s="3" t="n">
         <x:v>334</x:v>
       </x:c>
       <x:c r="F47" s="3" t="n">
         <x:v>339</x:v>
       </x:c>
       <x:c r="G47" s="3" t="n">
@@ -8277,54 +8277,54 @@
       <x:c r="AU47" s="3" t="n">
         <x:v>2757</x:v>
       </x:c>
       <x:c r="AV47" s="3" t="n">
         <x:v>3130</x:v>
       </x:c>
       <x:c r="AW47" s="3" t="n">
         <x:v>2776</x:v>
       </x:c>
       <x:c r="AX47" s="3" t="n">
         <x:v>3078</x:v>
       </x:c>
       <x:c r="AY47" s="3" t="n">
         <x:v>2886</x:v>
       </x:c>
       <x:c r="AZ47" s="3" t="n">
         <x:v>2335</x:v>
       </x:c>
       <x:c r="BA47" s="3" t="n">
         <x:v>2282</x:v>
       </x:c>
       <x:c r="BB47" s="3" t="n">
         <x:v>3422</x:v>
       </x:c>
       <x:c r="BC47" s="3" t="n">
-        <x:v>2473</x:v>
+        <x:v>3269</x:v>
       </x:c>
       <x:c r="BD47" s="3" t="n">
-        <x:v>2612</x:v>
+        <x:v>3119</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:56">
       <x:c r="A48" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C48" s="3" t="n">
         <x:v>253</x:v>
       </x:c>
       <x:c r="D48" s="3" t="n">
         <x:v>278</x:v>
       </x:c>
       <x:c r="E48" s="3" t="n">
         <x:v>215</x:v>
       </x:c>
       <x:c r="F48" s="3" t="n">
         <x:v>251</x:v>
       </x:c>
       <x:c r="G48" s="3" t="n">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H48" s="3" t="n">
@@ -8447,51 +8447,51 @@
       <x:c r="AU48" s="3" t="n">
         <x:v>11388</x:v>
       </x:c>
       <x:c r="AV48" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="AW48" s="3" t="n">
         <x:v>13207</x:v>
       </x:c>
       <x:c r="AX48" s="3" t="n">
         <x:v>13616</x:v>
       </x:c>
       <x:c r="AY48" s="3" t="n">
         <x:v>12387</x:v>
       </x:c>
       <x:c r="AZ48" s="3" t="n">
         <x:v>16646</x:v>
       </x:c>
       <x:c r="BA48" s="3" t="n">
         <x:v>18637</x:v>
       </x:c>
       <x:c r="BB48" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="BC48" s="3" t="n">
-        <x:v>26084</x:v>
+        <x:v>26085</x:v>
       </x:c>
       <x:c r="BD48" s="3" t="n">
         <x:v>30319</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:56">
       <x:c r="A49" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D49" s="3" t="n">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E49" s="3" t="n">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F49" s="3" t="n">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G49" s="3" t="n">
@@ -8620,51 +8620,51 @@
       <x:c r="AV49" s="3" t="n">
         <x:v>6776</x:v>
       </x:c>
       <x:c r="AW49" s="3" t="n">
         <x:v>6572</x:v>
       </x:c>
       <x:c r="AX49" s="3" t="n">
         <x:v>5560</x:v>
       </x:c>
       <x:c r="AY49" s="3" t="n">
         <x:v>5775</x:v>
       </x:c>
       <x:c r="AZ49" s="3" t="n">
         <x:v>6721</x:v>
       </x:c>
       <x:c r="BA49" s="3" t="n">
         <x:v>6063</x:v>
       </x:c>
       <x:c r="BB49" s="3" t="n">
         <x:v>6501</x:v>
       </x:c>
       <x:c r="BC49" s="3" t="n">
         <x:v>8104</x:v>
       </x:c>
       <x:c r="BD49" s="3" t="n">
-        <x:v>6285</x:v>
+        <x:v>6288</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:56">
       <x:c r="A50" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C50" s="3" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D50" s="3" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E50" s="3" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F50" s="3" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G50" s="3" t="n">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H50" s="3" t="n">
@@ -8784,57 +8784,57 @@
       <x:c r="AT50" s="3" t="n">
         <x:v>18198</x:v>
       </x:c>
       <x:c r="AU50" s="3" t="n">
         <x:v>22870</x:v>
       </x:c>
       <x:c r="AV50" s="3" t="n">
         <x:v>24885</x:v>
       </x:c>
       <x:c r="AW50" s="3" t="n">
         <x:v>28285</x:v>
       </x:c>
       <x:c r="AX50" s="3" t="n">
         <x:v>32126</x:v>
       </x:c>
       <x:c r="AY50" s="3" t="n">
         <x:v>38074</x:v>
       </x:c>
       <x:c r="AZ50" s="3" t="n">
         <x:v>55481</x:v>
       </x:c>
       <x:c r="BA50" s="3" t="n">
         <x:v>54217</x:v>
       </x:c>
       <x:c r="BB50" s="3" t="n">
-        <x:v>70036</x:v>
+        <x:v>74324</x:v>
       </x:c>
       <x:c r="BC50" s="3" t="n">
-        <x:v>78055</x:v>
+        <x:v>91546</x:v>
       </x:c>
       <x:c r="BD50" s="3" t="n">
-        <x:v>91954</x:v>
+        <x:v>110601</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:56">
       <x:c r="A51" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>413</x:v>
       </x:c>
       <x:c r="D51" s="3" t="n">
         <x:v>465</x:v>
       </x:c>
       <x:c r="E51" s="3" t="n">
         <x:v>539</x:v>
       </x:c>
       <x:c r="F51" s="3" t="n">
         <x:v>675</x:v>
       </x:c>
       <x:c r="G51" s="3" t="n">
         <x:v>953</x:v>
       </x:c>
       <x:c r="H51" s="3" t="n">
@@ -8954,57 +8954,57 @@
       <x:c r="AT51" s="3" t="n">
         <x:v>8694</x:v>
       </x:c>
       <x:c r="AU51" s="3" t="n">
         <x:v>9935</x:v>
       </x:c>
       <x:c r="AV51" s="3" t="n">
         <x:v>10637</x:v>
       </x:c>
       <x:c r="AW51" s="3" t="n">
         <x:v>13935</x:v>
       </x:c>
       <x:c r="AX51" s="3" t="n">
         <x:v>13612</x:v>
       </x:c>
       <x:c r="AY51" s="3" t="n">
         <x:v>14623</x:v>
       </x:c>
       <x:c r="AZ51" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="BA51" s="3" t="n">
         <x:v>11703</x:v>
       </x:c>
       <x:c r="BB51" s="3" t="n">
-        <x:v>16109</x:v>
+        <x:v>13769</x:v>
       </x:c>
       <x:c r="BC51" s="3" t="n">
-        <x:v>19733</x:v>
+        <x:v>19966</x:v>
       </x:c>
       <x:c r="BD51" s="3" t="n">
-        <x:v>20608</x:v>
+        <x:v>20605</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:56">
       <x:c r="A53" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:56">
       <x:c r="A54" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:56">
       <x:c r="A56" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:56">
       <x:c r="A57" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:56">
       <x:c r="A58" s="0" t="s">
         <x:v>108</x:v>