--- v3 (2025-12-18)
+++ v4 (2026-01-10)
@@ -1,40 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="els" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49c2b9ff797b4207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/122510b89eaa488989aae3aecf143f7a.psmdcp" Id="R79f8ceebe0674929" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra77aecc6d77b4d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/584eccd483a34125bc6e64fecbf09a0b.psmdcp" Id="R70289c5d14b44d7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lpriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="129">
   <x:si>
     <x:t>07337: Imports of goods and services, by product, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million)</x:t>
   </x:si>
   <x:si>