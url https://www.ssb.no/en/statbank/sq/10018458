--- v0 (2025-10-21)
+++ v1 (2025-12-11)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b4a8f75c9d04df3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b5bac8579384478486cd065b30347315.psmdcp" Id="R357ec0809bb2497f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c601b729ccf4956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b96797e94e7140deb884cd8d2f8a373e.psmdcp" Id="Rfaa9835ee6a248de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LKostnader" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="199" uniqueCount="199">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="202">
   <x:si>
     <x:t>09175: Wages and employment, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Compensation of employees (NOK million)</x:t>
   </x:si>
   <x:si>
     <x:t>1995K1</x:t>
   </x:si>
   <x:si>
     <x:t>1995K2</x:t>
   </x:si>
   <x:si>
     <x:t>1995K3</x:t>
   </x:si>
   <x:si>
     <x:t>1995K4</x:t>
   </x:si>
   <x:si>
     <x:t>1996K1</x:t>
   </x:si>
   <x:si>
     <x:t>1996K2</x:t>
   </x:si>
   <x:si>
@@ -382,50 +382,53 @@
   <x:si>
     <x:t>2023K3</x:t>
   </x:si>
   <x:si>
     <x:t>2023K4</x:t>
   </x:si>
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
+    <x:t>2025K3</x:t>
+  </x:si>
+  <x:si>
     <x:t>Total industry</x:t>
   </x:si>
   <x:si>
     <x:t>Agriculture and forestry</x:t>
   </x:si>
   <x:si>
     <x:t>Fishing and aquaculture</x:t>
   </x:si>
   <x:si>
     <x:t>Mining and quarrying</x:t>
   </x:si>
   <x:si>
     <x:t>Oil and gas extraction including services</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Oil and gas extraction</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Service activities incidental to oil and gas</x:t>
   </x:si>
   <x:si>
     <x:t>Manufacturing</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Food products, beverages and tobacco</x:t>
@@ -529,66 +532,72 @@
   <x:si>
     <x:t>Arts, entertainment and other service activities</x:t>
   </x:si>
   <x:si>
     <x:t>¬ General government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Civilian central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Defence</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Local government</x:t>
   </x:si>
   <x:si>
     <x:t>Mainland Norway</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Production for market Mainland Norway</x:t>
   </x:si>
   <x:si>
+    <x:t>.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Market producers</x:t>
   </x:si>
   <x:si>
     <x:t>Non-market producers</x:t>
   </x:si>
   <x:si>
-    <x:t>Unadjusted figures from the base year (final annual accounts) are preliminary.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>. = Category not applicable. Figures do not exist at this time, because the category was not in use when the figures were collected.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Compensation of employees (NOK million):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250821 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Kristian Gimming, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 13</x:t>
   </x:si>
   <x:si>
     <x:t>kgi@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Achraf Bougroug, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 15</x:t>
   </x:si>
@@ -681,65 +690,69 @@
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="4">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -996,70 +1009,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:DS100"/>
+  <x:dimension ref="A1:DT101"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="123" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="124" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:123">
+    <x:row r="1" spans="1:124">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:123">
+    <x:row r="3" spans="1:124">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:123">
+    <x:row r="4" spans="1:124">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -1382,425 +1395,431 @@
       </x:c>
       <x:c r="DL4" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="DM4" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="DN4" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="DO4" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="DP4" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="DQ4" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="DR4" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="DS4" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
+      <x:c r="DT4" s="2" t="s">
+        <x:v>124</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:123">
+    <x:row r="5" spans="1:124">
       <x:c r="A5" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>109121</x:v>
+        <x:v>109071</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>108018</x:v>
+        <x:v>107963</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>111197</x:v>
+        <x:v>111149</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>113920</x:v>
+        <x:v>113878</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>115366</x:v>
+        <x:v>115307</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>115933</x:v>
+        <x:v>115881</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>119763</x:v>
+        <x:v>119712</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>122960</x:v>
+        <x:v>122912</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>123053</x:v>
+        <x:v>122991</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>128924</x:v>
+        <x:v>128865</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>129310</x:v>
+        <x:v>129253</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>132794</x:v>
+        <x:v>132744</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>135591</x:v>
+        <x:v>135529</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>138398</x:v>
+        <x:v>138340</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>143844</x:v>
+        <x:v>143785</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>147636</x:v>
+        <x:v>147565</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>147521</x:v>
+        <x:v>147446</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>150328</x:v>
+        <x:v>150257</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>151591</x:v>
+        <x:v>151527</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>154724</x:v>
+        <x:v>154676</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>157256</x:v>
+        <x:v>157192</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>157690</x:v>
+        <x:v>157639</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>160958</x:v>
+        <x:v>160893</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>162847</x:v>
+        <x:v>162754</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>167610</x:v>
+        <x:v>167491</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>166700</x:v>
+        <x:v>166529</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>169507</x:v>
+        <x:v>169270</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>174282</x:v>
+        <x:v>173984</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>171250</x:v>
+        <x:v>170871</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>177546</x:v>
+        <x:v>177098</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>180740</x:v>
+        <x:v>180212</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>181151</x:v>
+        <x:v>180567</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>182184</x:v>
+        <x:v>181548</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>180296</x:v>
+        <x:v>179596</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>184129</x:v>
+        <x:v>183325</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>183747</x:v>
+        <x:v>182877</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>187158</x:v>
+        <x:v>186152</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>188807</x:v>
+        <x:v>187720</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>193097</x:v>
+        <x:v>191904</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>197312</x:v>
+        <x:v>196007</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>197446</x:v>
+        <x:v>196017</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>205292</x:v>
+        <x:v>203729</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>203825</x:v>
+        <x:v>202188</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>208007</x:v>
+        <x:v>206253</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>217014</x:v>
+        <x:v>215067</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>218831</x:v>
+        <x:v>216688</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>224818</x:v>
+        <x:v>222555</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>229318</x:v>
+        <x:v>226928</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>239346</x:v>
+        <x:v>236670</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>241961</x:v>
+        <x:v>239098</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>250139</x:v>
+        <x:v>247137</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>255134</x:v>
+        <x:v>251978</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>262258</x:v>
+        <x:v>259131</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>269490</x:v>
+        <x:v>266170</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>274346</x:v>
+        <x:v>270689</x:v>
       </x:c>
       <x:c r="BE5" s="3" t="n">
-        <x:v>277409</x:v>
+        <x:v>273745</x:v>
       </x:c>
       <x:c r="BF5" s="3" t="n">
-        <x:v>275288</x:v>
+        <x:v>271981</x:v>
       </x:c>
       <x:c r="BG5" s="3" t="n">
-        <x:v>276236</x:v>
+        <x:v>272995</x:v>
       </x:c>
       <x:c r="BH5" s="3" t="n">
-        <x:v>280224</x:v>
+        <x:v>276967</x:v>
       </x:c>
       <x:c r="BI5" s="3" t="n">
-        <x:v>283634</x:v>
+        <x:v>280448</x:v>
       </x:c>
       <x:c r="BJ5" s="3" t="n">
-        <x:v>284812</x:v>
+        <x:v>281720</x:v>
       </x:c>
       <x:c r="BK5" s="3" t="n">
-        <x:v>284129</x:v>
+        <x:v>281166</x:v>
       </x:c>
       <x:c r="BL5" s="3" t="n">
-        <x:v>289281</x:v>
+        <x:v>286258</x:v>
       </x:c>
       <x:c r="BM5" s="3" t="n">
-        <x:v>292259</x:v>
+        <x:v>289250</x:v>
       </x:c>
       <x:c r="BN5" s="3" t="n">
-        <x:v>301214</x:v>
+        <x:v>298176</x:v>
       </x:c>
       <x:c r="BO5" s="3" t="n">
-        <x:v>301047</x:v>
+        <x:v>297992</x:v>
       </x:c>
       <x:c r="BP5" s="3" t="n">
-        <x:v>309778</x:v>
+        <x:v>306471</x:v>
       </x:c>
       <x:c r="BQ5" s="3" t="n">
-        <x:v>311919</x:v>
+        <x:v>308289</x:v>
       </x:c>
       <x:c r="BR5" s="3" t="n">
-        <x:v>325016</x:v>
+        <x:v>321731</x:v>
       </x:c>
       <x:c r="BS5" s="3" t="n">
-        <x:v>324684</x:v>
+        <x:v>321228</x:v>
       </x:c>
       <x:c r="BT5" s="3" t="n">
-        <x:v>326054</x:v>
+        <x:v>322422</x:v>
       </x:c>
       <x:c r="BU5" s="3" t="n">
-        <x:v>331407</x:v>
+        <x:v>327609</x:v>
       </x:c>
       <x:c r="BV5" s="3" t="n">
-        <x:v>343203</x:v>
+        <x:v>339645</x:v>
       </x:c>
       <x:c r="BW5" s="3" t="n">
-        <x:v>344919</x:v>
+        <x:v>341327</x:v>
       </x:c>
       <x:c r="BX5" s="3" t="n">
-        <x:v>346882</x:v>
+        <x:v>343113</x:v>
       </x:c>
       <x:c r="BY5" s="3" t="n">
-        <x:v>348006</x:v>
+        <x:v>343971</x:v>
       </x:c>
       <x:c r="BZ5" s="3" t="n">
-        <x:v>358700</x:v>
+        <x:v>354204</x:v>
       </x:c>
       <x:c r="CA5" s="3" t="n">
-        <x:v>359429</x:v>
+        <x:v>354710</x:v>
       </x:c>
       <x:c r="CB5" s="3" t="n">
-        <x:v>360968</x:v>
+        <x:v>356071</x:v>
       </x:c>
       <x:c r="CC5" s="3" t="n">
-        <x:v>363141</x:v>
+        <x:v>358141</x:v>
       </x:c>
       <x:c r="CD5" s="3" t="n">
-        <x:v>357921</x:v>
+        <x:v>352978</x:v>
       </x:c>
       <x:c r="CE5" s="3" t="n">
-        <x:v>393900</x:v>
+        <x:v>388422</x:v>
       </x:c>
       <x:c r="CF5" s="3" t="n">
-        <x:v>355184</x:v>
+        <x:v>350372</x:v>
       </x:c>
       <x:c r="CG5" s="3" t="n">
-        <x:v>378841</x:v>
+        <x:v>373867</x:v>
       </x:c>
       <x:c r="CH5" s="3" t="n">
-        <x:v>362192</x:v>
+        <x:v>357328</x:v>
       </x:c>
       <x:c r="CI5" s="3" t="n">
-        <x:v>403404</x:v>
+        <x:v>398049</x:v>
       </x:c>
       <x:c r="CJ5" s="3" t="n">
-        <x:v>360281</x:v>
+        <x:v>355739</x:v>
       </x:c>
       <x:c r="CK5" s="3" t="n">
-        <x:v>384483</x:v>
+        <x:v>379729</x:v>
       </x:c>
       <x:c r="CL5" s="3" t="n">
-        <x:v>370639</x:v>
+        <x:v>366068</x:v>
       </x:c>
       <x:c r="CM5" s="3" t="n">
-        <x:v>415472</x:v>
+        <x:v>410363</x:v>
       </x:c>
       <x:c r="CN5" s="3" t="n">
-        <x:v>374285</x:v>
+        <x:v>369818</x:v>
       </x:c>
       <x:c r="CO5" s="3" t="n">
-        <x:v>399352</x:v>
+        <x:v>394578</x:v>
       </x:c>
       <x:c r="CP5" s="3" t="n">
-        <x:v>388289</x:v>
+        <x:v>383294</x:v>
       </x:c>
       <x:c r="CQ5" s="3" t="n">
-        <x:v>436306</x:v>
+        <x:v>430603</x:v>
       </x:c>
       <x:c r="CR5" s="3" t="n">
-        <x:v>392563</x:v>
+        <x:v>387471</x:v>
       </x:c>
       <x:c r="CS5" s="3" t="n">
-        <x:v>421674</x:v>
+        <x:v>416169</x:v>
       </x:c>
       <x:c r="CT5" s="3" t="n">
-        <x:v>409146</x:v>
+        <x:v>403476</x:v>
       </x:c>
       <x:c r="CU5" s="3" t="n">
-        <x:v>457311</x:v>
+        <x:v>450863</x:v>
       </x:c>
       <x:c r="CV5" s="3" t="n">
-        <x:v>418531</x:v>
+        <x:v>412864</x:v>
       </x:c>
       <x:c r="CW5" s="3" t="n">
-        <x:v>448259</x:v>
+        <x:v>442588</x:v>
       </x:c>
       <x:c r="CX5" s="3" t="n">
-        <x:v>428274</x:v>
+        <x:v>422943</x:v>
       </x:c>
       <x:c r="CY5" s="3" t="n">
-        <x:v>453204</x:v>
+        <x:v>447837</x:v>
       </x:c>
       <x:c r="CZ5" s="3" t="n">
-        <x:v>411861</x:v>
+        <x:v>407383</x:v>
       </x:c>
       <x:c r="DA5" s="3" t="n">
-        <x:v>444131</x:v>
+        <x:v>439247</x:v>
       </x:c>
       <x:c r="DB5" s="3" t="n">
-        <x:v>435219</x:v>
+        <x:v>430289</x:v>
       </x:c>
       <x:c r="DC5" s="3" t="n">
-        <x:v>483243</x:v>
+        <x:v>477548</x:v>
       </x:c>
       <x:c r="DD5" s="3" t="n">
-        <x:v>444537</x:v>
+        <x:v>439471</x:v>
       </x:c>
       <x:c r="DE5" s="3" t="n">
-        <x:v>481012</x:v>
+        <x:v>475859</x:v>
       </x:c>
       <x:c r="DF5" s="3" t="n">
-        <x:v>471870</x:v>
+        <x:v>466966</x:v>
       </x:c>
       <x:c r="DG5" s="3" t="n">
-        <x:v>530436</x:v>
+        <x:v>524686</x:v>
       </x:c>
       <x:c r="DH5" s="3" t="n">
-        <x:v>482762</x:v>
+        <x:v>477608</x:v>
       </x:c>
       <x:c r="DI5" s="3" t="n">
-        <x:v>514168</x:v>
+        <x:v>508047</x:v>
       </x:c>
       <x:c r="DJ5" s="3" t="n">
-        <x:v>510684</x:v>
+        <x:v>503834</x:v>
       </x:c>
       <x:c r="DK5" s="3" t="n">
-        <x:v>562008</x:v>
+        <x:v>553556</x:v>
       </x:c>
       <x:c r="DL5" s="3" t="n">
-        <x:v>522070</x:v>
+        <x:v>514381</x:v>
       </x:c>
       <x:c r="DM5" s="3" t="n">
-        <x:v>559780</x:v>
+        <x:v>551197</x:v>
       </x:c>
       <x:c r="DN5" s="3" t="n">
-        <x:v>541751</x:v>
+        <x:v>535101</x:v>
       </x:c>
       <x:c r="DO5" s="3" t="n">
-        <x:v>599867</x:v>
+        <x:v>593471</x:v>
       </x:c>
       <x:c r="DP5" s="3" t="n">
-        <x:v>552530</x:v>
+        <x:v>547047</x:v>
       </x:c>
       <x:c r="DQ5" s="3" t="n">
-        <x:v>582353</x:v>
+        <x:v>576593</x:v>
       </x:c>
       <x:c r="DR5" s="3" t="n">
-        <x:v>574089</x:v>
+        <x:v>565657</x:v>
       </x:c>
       <x:c r="DS5" s="3" t="n">
-        <x:v>635067</x:v>
+        <x:v>626448</x:v>
+      </x:c>
+      <x:c r="DT5" s="3" t="n">
+        <x:v>572075</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:123">
+    <x:row r="6" spans="1:124">
       <x:c r="A6" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>817</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>851</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>867</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>838</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
         <x:v>884</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
         <x:v>912</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
         <x:v>911</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
         <x:v>880</x:v>
       </x:c>
@@ -1843,335 +1862,338 @@
       <x:c r="V6" s="3" t="n">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="W6" s="3" t="n">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="X6" s="3" t="n">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="Y6" s="3" t="n">
         <x:v>1006</x:v>
       </x:c>
       <x:c r="Z6" s="3" t="n">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="AA6" s="3" t="n">
         <x:v>987</x:v>
       </x:c>
       <x:c r="AB6" s="3" t="n">
         <x:v>988</x:v>
       </x:c>
       <x:c r="AC6" s="3" t="n">
         <x:v>984</x:v>
       </x:c>
       <x:c r="AD6" s="3" t="n">
-        <x:v>983</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="AE6" s="3" t="n">
-        <x:v>979</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="AF6" s="3" t="n">
-        <x:v>1020</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="AG6" s="3" t="n">
-        <x:v>1040</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="AH6" s="3" t="n">
+        <x:v>1030</x:v>
+      </x:c>
+      <x:c r="AI6" s="3" t="n">
+        <x:v>1002</x:v>
+      </x:c>
+      <x:c r="AJ6" s="3" t="n">
         <x:v>1032</x:v>
       </x:c>
-      <x:c r="AI6" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="AK6" s="3" t="n">
-        <x:v>1053</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="AL6" s="3" t="n">
-        <x:v>1024</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="AM6" s="3" t="n">
-        <x:v>1034</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="AN6" s="3" t="n">
-        <x:v>1052</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="AO6" s="3" t="n">
-        <x:v>1048</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="AP6" s="3" t="n">
-        <x:v>1075</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="AQ6" s="3" t="n">
-        <x:v>1089</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="AR6" s="3" t="n">
-        <x:v>1111</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="AS6" s="3" t="n">
-        <x:v>1119</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="AT6" s="3" t="n">
-        <x:v>1144</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="AU6" s="3" t="n">
-        <x:v>1173</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="AV6" s="3" t="n">
-        <x:v>1170</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="AW6" s="3" t="n">
-        <x:v>1152</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="AX6" s="3" t="n">
-        <x:v>1120</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="AY6" s="3" t="n">
-        <x:v>1195</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="AZ6" s="3" t="n">
-        <x:v>1299</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="BA6" s="3" t="n">
-        <x:v>1271</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="BB6" s="3" t="n">
-        <x:v>1137</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="BC6" s="3" t="n">
-        <x:v>1260</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="BD6" s="3" t="n">
-        <x:v>1379</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="BE6" s="3" t="n">
-        <x:v>1299</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="BF6" s="3" t="n">
-        <x:v>1146</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="BG6" s="3" t="n">
-        <x:v>1245</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="BH6" s="3" t="n">
-        <x:v>1363</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="BI6" s="3" t="n">
-        <x:v>1278</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="BJ6" s="3" t="n">
-        <x:v>1238</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="BK6" s="3" t="n">
-        <x:v>1310</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="BL6" s="3" t="n">
-        <x:v>1454</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="BM6" s="3" t="n">
-        <x:v>1343</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="BN6" s="3" t="n">
-        <x:v>1281</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="BO6" s="3" t="n">
-        <x:v>1414</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="BP6" s="3" t="n">
-        <x:v>1536</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="BQ6" s="3" t="n">
+        <x:v>1415</x:v>
+      </x:c>
+      <x:c r="BR6" s="3" t="n">
+        <x:v>1340</x:v>
+      </x:c>
+      <x:c r="BS6" s="3" t="n">
         <x:v>1431</x:v>
       </x:c>
-      <x:c r="BR6" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="BT6" s="3" t="n">
-        <x:v>1613</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="BU6" s="3" t="n">
-        <x:v>1496</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="BV6" s="3" t="n">
-        <x:v>1436</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="BW6" s="3" t="n">
+        <x:v>1487</x:v>
+      </x:c>
+      <x:c r="BX6" s="3" t="n">
+        <x:v>1636</x:v>
+      </x:c>
+      <x:c r="BY6" s="3" t="n">
         <x:v>1504</x:v>
       </x:c>
-      <x:c r="BX6" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="BZ6" s="3" t="n">
-        <x:v>1434</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="CA6" s="3" t="n">
-        <x:v>1565</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="CB6" s="3" t="n">
-        <x:v>1722</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="CC6" s="3" t="n">
-        <x:v>1616</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="CD6" s="3" t="n">
-        <x:v>1058</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="CE6" s="3" t="n">
-        <x:v>1621</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="CF6" s="3" t="n">
-        <x:v>1791</x:v>
+        <x:v>1771</x:v>
       </x:c>
       <x:c r="CG6" s="3" t="n">
-        <x:v>2117</x:v>
+        <x:v>2093</x:v>
       </x:c>
       <x:c r="CH6" s="3" t="n">
-        <x:v>1081</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="CI6" s="3" t="n">
-        <x:v>1705</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="CJ6" s="3" t="n">
-        <x:v>1852</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="CK6" s="3" t="n">
-        <x:v>2137</x:v>
+        <x:v>2113</x:v>
       </x:c>
       <x:c r="CL6" s="3" t="n">
-        <x:v>1148</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="CM6" s="3" t="n">
-        <x:v>1782</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="CN6" s="3" t="n">
-        <x:v>1949</x:v>
+        <x:v>1927</x:v>
       </x:c>
       <x:c r="CO6" s="3" t="n">
-        <x:v>2175</x:v>
+        <x:v>2151</x:v>
       </x:c>
       <x:c r="CP6" s="3" t="n">
-        <x:v>1230</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="CQ6" s="3" t="n">
-        <x:v>1864</x:v>
+        <x:v>1843</x:v>
       </x:c>
       <x:c r="CR6" s="3" t="n">
-        <x:v>2006</x:v>
+        <x:v>1984</x:v>
       </x:c>
       <x:c r="CS6" s="3" t="n">
-        <x:v>2215</x:v>
+        <x:v>2190</x:v>
       </x:c>
       <x:c r="CT6" s="3" t="n">
-        <x:v>1284</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="CU6" s="3" t="n">
-        <x:v>1939</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="CV6" s="3" t="n">
-        <x:v>2112</x:v>
+        <x:v>2088</x:v>
       </x:c>
       <x:c r="CW6" s="3" t="n">
-        <x:v>2315</x:v>
+        <x:v>2289</x:v>
       </x:c>
       <x:c r="CX6" s="3" t="n">
-        <x:v>1334</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="CY6" s="3" t="n">
-        <x:v>2006</x:v>
+        <x:v>1982</x:v>
       </x:c>
       <x:c r="CZ6" s="3" t="n">
-        <x:v>2072</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="DA6" s="3" t="n">
-        <x:v>2354</x:v>
+        <x:v>2330</x:v>
       </x:c>
       <x:c r="DB6" s="3" t="n">
-        <x:v>1400</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="DC6" s="3" t="n">
-        <x:v>2035</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="DD6" s="3" t="n">
-        <x:v>2184</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="DE6" s="3" t="n">
-        <x:v>2430</x:v>
+        <x:v>2420</x:v>
       </x:c>
       <x:c r="DF6" s="3" t="n">
-        <x:v>1492</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="DG6" s="3" t="n">
-        <x:v>2219</x:v>
+        <x:v>2216</x:v>
       </x:c>
       <x:c r="DH6" s="3" t="n">
-        <x:v>2334</x:v>
+        <x:v>2329</x:v>
       </x:c>
       <x:c r="DI6" s="3" t="n">
-        <x:v>2605</x:v>
+        <x:v>2591</x:v>
       </x:c>
       <x:c r="DJ6" s="3" t="n">
-        <x:v>1671</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="DK6" s="3" t="n">
-        <x:v>2343</x:v>
+        <x:v>2311</x:v>
       </x:c>
       <x:c r="DL6" s="3" t="n">
-        <x:v>2462</x:v>
+        <x:v>2421</x:v>
       </x:c>
       <x:c r="DM6" s="3" t="n">
-        <x:v>2772</x:v>
+        <x:v>2722</x:v>
       </x:c>
       <x:c r="DN6" s="3" t="n">
-        <x:v>1741</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="DO6" s="3" t="n">
-        <x:v>2511</x:v>
+        <x:v>2503</x:v>
       </x:c>
       <x:c r="DP6" s="3" t="n">
-        <x:v>2665</x:v>
+        <x:v>2658</x:v>
       </x:c>
       <x:c r="DQ6" s="3" t="n">
-        <x:v>2909</x:v>
+        <x:v>2867</x:v>
       </x:c>
       <x:c r="DR6" s="3" t="n">
-        <x:v>1872</x:v>
+        <x:v>1858</x:v>
       </x:c>
       <x:c r="DS6" s="3" t="n">
-        <x:v>2671</x:v>
+        <x:v>2650</x:v>
+      </x:c>
+      <x:c r="DT6" s="3" t="n">
+        <x:v>2779</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:123">
+    <x:row r="7" spans="1:124">
       <x:c r="A7" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>430</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>444</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>444</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
         <x:v>409</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
         <x:v>426</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
         <x:v>446</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
         <x:v>470</x:v>
       </x:c>
@@ -2223,326 +2245,329 @@
       <x:c r="Y7" s="3" t="n">
         <x:v>512</x:v>
       </x:c>
       <x:c r="Z7" s="3" t="n">
         <x:v>479</x:v>
       </x:c>
       <x:c r="AA7" s="3" t="n">
         <x:v>471</x:v>
       </x:c>
       <x:c r="AB7" s="3" t="n">
         <x:v>494</x:v>
       </x:c>
       <x:c r="AC7" s="3" t="n">
         <x:v>497</x:v>
       </x:c>
       <x:c r="AD7" s="3" t="n">
         <x:v>469</x:v>
       </x:c>
       <x:c r="AE7" s="3" t="n">
         <x:v>493</x:v>
       </x:c>
       <x:c r="AF7" s="3" t="n">
         <x:v>511</x:v>
       </x:c>
       <x:c r="AG7" s="3" t="n">
-        <x:v>500</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="AH7" s="3" t="n">
         <x:v>456</x:v>
       </x:c>
       <x:c r="AI7" s="3" t="n">
         <x:v>462</x:v>
       </x:c>
       <x:c r="AJ7" s="3" t="n">
-        <x:v>450</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="AK7" s="3" t="n">
-        <x:v>442</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="AL7" s="3" t="n">
         <x:v>434</x:v>
       </x:c>
       <x:c r="AM7" s="3" t="n">
         <x:v>445</x:v>
       </x:c>
       <x:c r="AN7" s="3" t="n">
         <x:v>453</x:v>
       </x:c>
       <x:c r="AO7" s="3" t="n">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="AP7" s="3" t="n">
         <x:v>439</x:v>
       </x:c>
       <x:c r="AQ7" s="3" t="n">
         <x:v>459</x:v>
       </x:c>
       <x:c r="AR7" s="3" t="n">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="AS7" s="3" t="n">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="AT7" s="3" t="n">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="AU7" s="3" t="n">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="AV7" s="3" t="n">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="AW7" s="3" t="n">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="AX7" s="3" t="n">
-        <x:v>597</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="AY7" s="3" t="n">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="AZ7" s="3" t="n">
-        <x:v>613</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="BA7" s="3" t="n">
-        <x:v>645</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="BB7" s="3" t="n">
-        <x:v>656</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="BC7" s="3" t="n">
-        <x:v>694</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="BD7" s="3" t="n">
-        <x:v>731</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="BE7" s="3" t="n">
-        <x:v>731</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="BF7" s="3" t="n">
-        <x:v>732</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="BG7" s="3" t="n">
-        <x:v>759</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="BH7" s="3" t="n">
-        <x:v>808</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="BI7" s="3" t="n">
-        <x:v>811</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="BJ7" s="3" t="n">
-        <x:v>848</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="BK7" s="3" t="n">
-        <x:v>904</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="BL7" s="3" t="n">
-        <x:v>995</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="BM7" s="3" t="n">
-        <x:v>1015</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="BN7" s="3" t="n">
-        <x:v>990</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="BO7" s="3" t="n">
-        <x:v>1048</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="BP7" s="3" t="n">
+        <x:v>1090</x:v>
+      </x:c>
+      <x:c r="BQ7" s="3" t="n">
+        <x:v>1021</x:v>
+      </x:c>
+      <x:c r="BR7" s="3" t="n">
+        <x:v>1081</x:v>
+      </x:c>
+      <x:c r="BS7" s="3" t="n">
+        <x:v>1094</x:v>
+      </x:c>
+      <x:c r="BT7" s="3" t="n">
         <x:v>1088</x:v>
       </x:c>
-      <x:c r="BQ7" s="3" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="BU7" s="3" t="n">
-        <x:v>1046</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="BV7" s="3" t="n">
-        <x:v>1071</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="BW7" s="3" t="n">
-        <x:v>1091</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="BX7" s="3" t="n">
-        <x:v>1183</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="BY7" s="3" t="n">
-        <x:v>1199</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="BZ7" s="3" t="n">
-        <x:v>1176</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="CA7" s="3" t="n">
-        <x:v>1221</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="CB7" s="3" t="n">
-        <x:v>1334</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="CC7" s="3" t="n">
-        <x:v>1344</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="CD7" s="3" t="n">
-        <x:v>1186</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="CE7" s="3" t="n">
-        <x:v>1415</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="CF7" s="3" t="n">
-        <x:v>1308</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="CG7" s="3" t="n">
-        <x:v>1678</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="CH7" s="3" t="n">
-        <x:v>1268</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="CI7" s="3" t="n">
-        <x:v>1543</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="CJ7" s="3" t="n">
-        <x:v>1444</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="CK7" s="3" t="n">
-        <x:v>1935</x:v>
+        <x:v>1940</x:v>
       </x:c>
       <x:c r="CL7" s="3" t="n">
-        <x:v>1504</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="CM7" s="3" t="n">
-        <x:v>1756</x:v>
+        <x:v>1763</x:v>
       </x:c>
       <x:c r="CN7" s="3" t="n">
-        <x:v>1593</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="CO7" s="3" t="n">
-        <x:v>2107</x:v>
+        <x:v>2114</x:v>
       </x:c>
       <x:c r="CP7" s="3" t="n">
-        <x:v>1669</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="CQ7" s="3" t="n">
-        <x:v>1933</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="CR7" s="3" t="n">
-        <x:v>1770</x:v>
+        <x:v>1777</x:v>
       </x:c>
       <x:c r="CS7" s="3" t="n">
-        <x:v>2285</x:v>
+        <x:v>2292</x:v>
       </x:c>
       <x:c r="CT7" s="3" t="n">
-        <x:v>1827</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="CU7" s="3" t="n">
-        <x:v>2026</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="CV7" s="3" t="n">
-        <x:v>1999</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="CW7" s="3" t="n">
-        <x:v>2527</x:v>
+        <x:v>2536</x:v>
       </x:c>
       <x:c r="CX7" s="3" t="n">
-        <x:v>2070</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="CY7" s="3" t="n">
-        <x:v>2351</x:v>
+        <x:v>2360</x:v>
       </x:c>
       <x:c r="CZ7" s="3" t="n">
-        <x:v>2139</x:v>
+        <x:v>2148</x:v>
       </x:c>
       <x:c r="DA7" s="3" t="n">
-        <x:v>2687</x:v>
+        <x:v>2697</x:v>
       </x:c>
       <x:c r="DB7" s="3" t="n">
-        <x:v>2268</x:v>
+        <x:v>2280</x:v>
       </x:c>
       <x:c r="DC7" s="3" t="n">
-        <x:v>2578</x:v>
+        <x:v>2592</x:v>
       </x:c>
       <x:c r="DD7" s="3" t="n">
-        <x:v>2364</x:v>
+        <x:v>2374</x:v>
       </x:c>
       <x:c r="DE7" s="3" t="n">
-        <x:v>3032</x:v>
+        <x:v>3037</x:v>
       </x:c>
       <x:c r="DF7" s="3" t="n">
         <x:v>2591</x:v>
       </x:c>
       <x:c r="DG7" s="3" t="n">
-        <x:v>2928</x:v>
+        <x:v>2920</x:v>
       </x:c>
       <x:c r="DH7" s="3" t="n">
-        <x:v>2774</x:v>
+        <x:v>2762</x:v>
       </x:c>
       <x:c r="DI7" s="3" t="n">
-        <x:v>3532</x:v>
+        <x:v>3508</x:v>
       </x:c>
       <x:c r="DJ7" s="3" t="n">
-        <x:v>2982</x:v>
+        <x:v>2963</x:v>
       </x:c>
       <x:c r="DK7" s="3" t="n">
-        <x:v>3337</x:v>
+        <x:v>3312</x:v>
       </x:c>
       <x:c r="DL7" s="3" t="n">
-        <x:v>3147</x:v>
+        <x:v>3122</x:v>
       </x:c>
       <x:c r="DM7" s="3" t="n">
-        <x:v>3948</x:v>
+        <x:v>3916</x:v>
       </x:c>
       <x:c r="DN7" s="3" t="n">
-        <x:v>3195</x:v>
+        <x:v>3179</x:v>
       </x:c>
       <x:c r="DO7" s="3" t="n">
-        <x:v>3644</x:v>
+        <x:v>3624</x:v>
       </x:c>
       <x:c r="DP7" s="3" t="n">
-        <x:v>3417</x:v>
+        <x:v>3403</x:v>
       </x:c>
       <x:c r="DQ7" s="3" t="n">
-        <x:v>4380</x:v>
+        <x:v>4370</x:v>
       </x:c>
       <x:c r="DR7" s="3" t="n">
-        <x:v>3624</x:v>
+        <x:v>3600</x:v>
       </x:c>
       <x:c r="DS7" s="3" t="n">
-        <x:v>4061</x:v>
+        <x:v>4033</x:v>
+      </x:c>
+      <x:c r="DT7" s="3" t="n">
+        <x:v>3771</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:123">
+    <x:row r="8" spans="1:124">
       <x:c r="A8" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>311</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>311</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
         <x:v>303</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
         <x:v>307</x:v>
       </x:c>
@@ -2576,344 +2601,347 @@
       <x:c r="S8" s="3" t="n">
         <x:v>319</x:v>
       </x:c>
       <x:c r="T8" s="3" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U8" s="3" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="V8" s="3" t="n">
         <x:v>338</x:v>
       </x:c>
       <x:c r="W8" s="3" t="n">
         <x:v>338</x:v>
       </x:c>
       <x:c r="X8" s="3" t="n">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Y8" s="3" t="n">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Z8" s="3" t="n">
         <x:v>373</x:v>
       </x:c>
       <x:c r="AA8" s="3" t="n">
-        <x:v>377</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="AB8" s="3" t="n">
         <x:v>380</x:v>
       </x:c>
       <x:c r="AC8" s="3" t="n">
         <x:v>379</x:v>
       </x:c>
       <x:c r="AD8" s="3" t="n">
         <x:v>365</x:v>
       </x:c>
       <x:c r="AE8" s="3" t="n">
-        <x:v>395</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="AF8" s="3" t="n">
         <x:v>405</x:v>
       </x:c>
       <x:c r="AG8" s="3" t="n">
-        <x:v>385</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="AH8" s="3" t="n">
-        <x:v>374</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="AI8" s="3" t="n">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="AJ8" s="3" t="n">
-        <x:v>416</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="AK8" s="3" t="n">
-        <x:v>407</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="AL8" s="3" t="n">
-        <x:v>420</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="AM8" s="3" t="n">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="AN8" s="3" t="n">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="AO8" s="3" t="n">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="AP8" s="3" t="n">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="AQ8" s="3" t="n">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="AO8" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="AR8" s="3" t="n">
-        <x:v>509</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="AS8" s="3" t="n">
-        <x:v>504</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="AT8" s="3" t="n">
-        <x:v>490</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="AU8" s="3" t="n">
-        <x:v>536</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="AV8" s="3" t="n">
-        <x:v>570</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="AW8" s="3" t="n">
-        <x:v>557</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="AX8" s="3" t="n">
-        <x:v>553</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="AY8" s="3" t="n">
-        <x:v>585</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="AZ8" s="3" t="n">
-        <x:v>642</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="BA8" s="3" t="n">
-        <x:v>623</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="BB8" s="3" t="n">
-        <x:v>624</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="BC8" s="3" t="n">
-        <x:v>644</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="BD8" s="3" t="n">
-        <x:v>646</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="BE8" s="3" t="n">
-        <x:v>657</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="BF8" s="3" t="n">
-        <x:v>615</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="BG8" s="3" t="n">
-        <x:v>580</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="BH8" s="3" t="n">
-        <x:v>606</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="BI8" s="3" t="n">
-        <x:v>594</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="BJ8" s="3" t="n">
-        <x:v>611</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="BK8" s="3" t="n">
-        <x:v>594</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="BL8" s="3" t="n">
-        <x:v>618</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="BM8" s="3" t="n">
-        <x:v>605</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="BN8" s="3" t="n">
-        <x:v>683</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="BO8" s="3" t="n">
-        <x:v>658</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="BP8" s="3" t="n">
-        <x:v>705</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="BQ8" s="3" t="n">
-        <x:v>667</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="BR8" s="3" t="n">
-        <x:v>796</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="BS8" s="3" t="n">
-        <x:v>725</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="BT8" s="3" t="n">
-        <x:v>722</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="BU8" s="3" t="n">
-        <x:v>750</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="BV8" s="3" t="n">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c r="BW8" s="3" t="n">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="BX8" s="3" t="n">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="BY8" s="3" t="n">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="BZ8" s="3" t="n">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="CA8" s="3" t="n">
+        <x:v>742</x:v>
+      </x:c>
+      <x:c r="CB8" s="3" t="n">
+        <x:v>771</x:v>
+      </x:c>
+      <x:c r="CC8" s="3" t="n">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="CD8" s="3" t="n">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="CE8" s="3" t="n">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="CF8" s="3" t="n">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="CG8" s="3" t="n">
+        <x:v>761</x:v>
+      </x:c>
+      <x:c r="CH8" s="3" t="n">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="CI8" s="3" t="n">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="CJ8" s="3" t="n">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="CK8" s="3" t="n">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="CL8" s="3" t="n">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="CM8" s="3" t="n">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="CN8" s="3" t="n">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="CO8" s="3" t="n">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="CP8" s="3" t="n">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="CQ8" s="3" t="n">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="CR8" s="3" t="n">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="CS8" s="3" t="n">
         <x:v>786</x:v>
       </x:c>
-      <x:c r="BW8" s="3" t="n">
-[...67 lines deleted...]
-      </x:c>
       <x:c r="CT8" s="3" t="n">
-        <x:v>713</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="CU8" s="3" t="n">
-        <x:v>867</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="CV8" s="3" t="n">
-        <x:v>746</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="CW8" s="3" t="n">
-        <x:v>816</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="CX8" s="3" t="n">
-        <x:v>765</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="CY8" s="3" t="n">
-        <x:v>892</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="CZ8" s="3" t="n">
-        <x:v>750</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="DA8" s="3" t="n">
-        <x:v>838</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="DB8" s="3" t="n">
-        <x:v>782</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="DC8" s="3" t="n">
-        <x:v>929</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="DD8" s="3" t="n">
-        <x:v>815</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="DE8" s="3" t="n">
-        <x:v>875</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="DF8" s="3" t="n">
-        <x:v>807</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="DG8" s="3" t="n">
-        <x:v>975</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="DH8" s="3" t="n">
-        <x:v>852</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="DI8" s="3" t="n">
-        <x:v>946</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="DJ8" s="3" t="n">
-        <x:v>904</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="DK8" s="3" t="n">
-        <x:v>1041</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="DL8" s="3" t="n">
-        <x:v>927</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="DM8" s="3" t="n">
-        <x:v>1005</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="DN8" s="3" t="n">
-        <x:v>929</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="DO8" s="3" t="n">
-        <x:v>1110</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="DP8" s="3" t="n">
-        <x:v>976</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="DQ8" s="3" t="n">
-        <x:v>1072</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="DR8" s="3" t="n">
-        <x:v>1001</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="DS8" s="3" t="n">
-        <x:v>1122</x:v>
+        <x:v>1108</x:v>
+      </x:c>
+      <x:c r="DT8" s="3" t="n">
+        <x:v>981</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:123">
+    <x:row r="9" spans="1:124">
       <x:c r="A9" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>2880</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>2898</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>2958</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>2918</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>3037</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>3070</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
         <x:v>3138</x:v>
       </x:c>
       <x:c r="I9" s="3" t="n">
         <x:v>3158</x:v>
       </x:c>
@@ -2935,356 +2963,359 @@
       <x:c r="O9" s="3" t="n">
         <x:v>3761</x:v>
       </x:c>
       <x:c r="P9" s="3" t="n">
         <x:v>4063</x:v>
       </x:c>
       <x:c r="Q9" s="3" t="n">
         <x:v>3979</x:v>
       </x:c>
       <x:c r="R9" s="3" t="n">
         <x:v>4279</x:v>
       </x:c>
       <x:c r="S9" s="3" t="n">
         <x:v>4131</x:v>
       </x:c>
       <x:c r="T9" s="3" t="n">
         <x:v>4378</x:v>
       </x:c>
       <x:c r="U9" s="3" t="n">
         <x:v>4131</x:v>
       </x:c>
       <x:c r="V9" s="3" t="n">
         <x:v>4178</x:v>
       </x:c>
       <x:c r="W9" s="3" t="n">
-        <x:v>4090</x:v>
+        <x:v>4091</x:v>
       </x:c>
       <x:c r="X9" s="3" t="n">
         <x:v>4228</x:v>
       </x:c>
       <x:c r="Y9" s="3" t="n">
-        <x:v>3989</x:v>
+        <x:v>3988</x:v>
       </x:c>
       <x:c r="Z9" s="3" t="n">
-        <x:v>4973</x:v>
+        <x:v>4971</x:v>
       </x:c>
       <x:c r="AA9" s="3" t="n">
-        <x:v>4976</x:v>
+        <x:v>4972</x:v>
       </x:c>
       <x:c r="AB9" s="3" t="n">
-        <x:v>5226</x:v>
+        <x:v>5220</x:v>
       </x:c>
       <x:c r="AC9" s="3" t="n">
-        <x:v>4935</x:v>
+        <x:v>4928</x:v>
       </x:c>
       <x:c r="AD9" s="3" t="n">
-        <x:v>5648</x:v>
+        <x:v>5639</x:v>
       </x:c>
       <x:c r="AE9" s="3" t="n">
-        <x:v>5654</x:v>
+        <x:v>5642</x:v>
       </x:c>
       <x:c r="AF9" s="3" t="n">
-        <x:v>5910</x:v>
+        <x:v>5896</x:v>
       </x:c>
       <x:c r="AG9" s="3" t="n">
-        <x:v>5439</x:v>
+        <x:v>5423</x:v>
       </x:c>
       <x:c r="AH9" s="3" t="n">
-        <x:v>5806</x:v>
+        <x:v>5787</x:v>
       </x:c>
       <x:c r="AI9" s="3" t="n">
-        <x:v>5818</x:v>
+        <x:v>5797</x:v>
       </x:c>
       <x:c r="AJ9" s="3" t="n">
-        <x:v>6084</x:v>
+        <x:v>6059</x:v>
       </x:c>
       <x:c r="AK9" s="3" t="n">
-        <x:v>5788</x:v>
+        <x:v>5760</x:v>
       </x:c>
       <x:c r="AL9" s="3" t="n">
-        <x:v>6150</x:v>
+        <x:v>6117</x:v>
       </x:c>
       <x:c r="AM9" s="3" t="n">
-        <x:v>5974</x:v>
+        <x:v>5939</x:v>
       </x:c>
       <x:c r="AN9" s="3" t="n">
-        <x:v>6297</x:v>
+        <x:v>6256</x:v>
       </x:c>
       <x:c r="AO9" s="3" t="n">
-        <x:v>6093</x:v>
+        <x:v>6050</x:v>
       </x:c>
       <x:c r="AP9" s="3" t="n">
-        <x:v>6738</x:v>
+        <x:v>6689</x:v>
       </x:c>
       <x:c r="AQ9" s="3" t="n">
-        <x:v>6608</x:v>
+        <x:v>6555</x:v>
       </x:c>
       <x:c r="AR9" s="3" t="n">
-        <x:v>7256</x:v>
+        <x:v>7195</x:v>
       </x:c>
       <x:c r="AS9" s="3" t="n">
-        <x:v>6974</x:v>
+        <x:v>6909</x:v>
       </x:c>
       <x:c r="AT9" s="3" t="n">
-        <x:v>7156</x:v>
+        <x:v>7088</x:v>
       </x:c>
       <x:c r="AU9" s="3" t="n">
-        <x:v>7101</x:v>
+        <x:v>7028</x:v>
       </x:c>
       <x:c r="AV9" s="3" t="n">
-        <x:v>8090</x:v>
+        <x:v>8003</x:v>
       </x:c>
       <x:c r="AW9" s="3" t="n">
-        <x:v>7628</x:v>
+        <x:v>7538</x:v>
       </x:c>
       <x:c r="AX9" s="3" t="n">
-        <x:v>9002</x:v>
+        <x:v>8895</x:v>
       </x:c>
       <x:c r="AY9" s="3" t="n">
-        <x:v>8509</x:v>
+        <x:v>8403</x:v>
       </x:c>
       <x:c r="AZ9" s="3" t="n">
-        <x:v>10016</x:v>
+        <x:v>9887</x:v>
       </x:c>
       <x:c r="BA9" s="3" t="n">
-        <x:v>9219</x:v>
+        <x:v>9090</x:v>
       </x:c>
       <x:c r="BB9" s="3" t="n">
-        <x:v>10191</x:v>
+        <x:v>10041</x:v>
       </x:c>
       <x:c r="BC9" s="3" t="n">
-        <x:v>10244</x:v>
+        <x:v>10088</x:v>
       </x:c>
       <x:c r="BD9" s="3" t="n">
-        <x:v>11981</x:v>
+        <x:v>11793</x:v>
       </x:c>
       <x:c r="BE9" s="3" t="n">
-        <x:v>12152</x:v>
+        <x:v>11963</x:v>
       </x:c>
       <x:c r="BF9" s="3" t="n">
-        <x:v>13396</x:v>
+        <x:v>13194</x:v>
       </x:c>
       <x:c r="BG9" s="3" t="n">
-        <x:v>12873</x:v>
+        <x:v>12682</x:v>
       </x:c>
       <x:c r="BH9" s="3" t="n">
-        <x:v>12758</x:v>
+        <x:v>12568</x:v>
       </x:c>
       <x:c r="BI9" s="3" t="n">
-        <x:v>12949</x:v>
+        <x:v>12755</x:v>
       </x:c>
       <x:c r="BJ9" s="3" t="n">
-        <x:v>14102</x:v>
+        <x:v>13882</x:v>
       </x:c>
       <x:c r="BK9" s="3" t="n">
-        <x:v>13421</x:v>
+        <x:v>13210</x:v>
       </x:c>
       <x:c r="BL9" s="3" t="n">
-        <x:v>13226</x:v>
+        <x:v>13018</x:v>
       </x:c>
       <x:c r="BM9" s="3" t="n">
-        <x:v>13644</x:v>
+        <x:v>13432</x:v>
       </x:c>
       <x:c r="BN9" s="3" t="n">
-        <x:v>15986</x:v>
+        <x:v>15736</x:v>
       </x:c>
       <x:c r="BO9" s="3" t="n">
-        <x:v>14978</x:v>
+        <x:v>14746</x:v>
       </x:c>
       <x:c r="BP9" s="3" t="n">
-        <x:v>15391</x:v>
+        <x:v>15153</x:v>
       </x:c>
       <x:c r="BQ9" s="3" t="n">
-        <x:v>15309</x:v>
+        <x:v>15073</x:v>
       </x:c>
       <x:c r="BR9" s="3" t="n">
-        <x:v>18816</x:v>
+        <x:v>18527</x:v>
       </x:c>
       <x:c r="BS9" s="3" t="n">
+        <x:v>16677</x:v>
+      </x:c>
+      <x:c r="BT9" s="3" t="n">
+        <x:v>16059</x:v>
+      </x:c>
+      <x:c r="BU9" s="3" t="n">
+        <x:v>17650</x:v>
+      </x:c>
+      <x:c r="BV9" s="3" t="n">
+        <x:v>20397</x:v>
+      </x:c>
+      <x:c r="BW9" s="3" t="n">
+        <x:v>18921</x:v>
+      </x:c>
+      <x:c r="BX9" s="3" t="n">
+        <x:v>18783</x:v>
+      </x:c>
+      <x:c r="BY9" s="3" t="n">
+        <x:v>19391</x:v>
+      </x:c>
+      <x:c r="BZ9" s="3" t="n">
+        <x:v>21945</x:v>
+      </x:c>
+      <x:c r="CA9" s="3" t="n">
+        <x:v>19993</x:v>
+      </x:c>
+      <x:c r="CB9" s="3" t="n">
+        <x:v>19708</x:v>
+      </x:c>
+      <x:c r="CC9" s="3" t="n">
+        <x:v>19058</x:v>
+      </x:c>
+      <x:c r="CD9" s="3" t="n">
+        <x:v>20465</x:v>
+      </x:c>
+      <x:c r="CE9" s="3" t="n">
+        <x:v>20288</x:v>
+      </x:c>
+      <x:c r="CF9" s="3" t="n">
         <x:v>16938</x:v>
       </x:c>
-      <x:c r="BT9" s="3" t="n">
-[...37 lines deleted...]
-      </x:c>
       <x:c r="CG9" s="3" t="n">
-        <x:v>18822</x:v>
+        <x:v>18540</x:v>
       </x:c>
       <x:c r="CH9" s="3" t="n">
-        <x:v>19249</x:v>
+        <x:v>18959</x:v>
       </x:c>
       <x:c r="CI9" s="3" t="n">
-        <x:v>18854</x:v>
+        <x:v>18579</x:v>
       </x:c>
       <x:c r="CJ9" s="3" t="n">
-        <x:v>15643</x:v>
+        <x:v>15409</x:v>
       </x:c>
       <x:c r="CK9" s="3" t="n">
-        <x:v>15788</x:v>
+        <x:v>15547</x:v>
       </x:c>
       <x:c r="CL9" s="3" t="n">
-        <x:v>16868</x:v>
+        <x:v>16610</x:v>
       </x:c>
       <x:c r="CM9" s="3" t="n">
-        <x:v>18444</x:v>
+        <x:v>18171</x:v>
       </x:c>
       <x:c r="CN9" s="3" t="n">
-        <x:v>15094</x:v>
+        <x:v>14873</x:v>
       </x:c>
       <x:c r="CO9" s="3" t="n">
-        <x:v>15995</x:v>
+        <x:v>15757</x:v>
       </x:c>
       <x:c r="CP9" s="3" t="n">
-        <x:v>17214</x:v>
+        <x:v>16953</x:v>
       </x:c>
       <x:c r="CQ9" s="3" t="n">
-        <x:v>19940</x:v>
+        <x:v>19638</x:v>
       </x:c>
       <x:c r="CR9" s="3" t="n">
-        <x:v>15366</x:v>
+        <x:v>15143</x:v>
       </x:c>
       <x:c r="CS9" s="3" t="n">
-        <x:v>17268</x:v>
+        <x:v>17010</x:v>
       </x:c>
       <x:c r="CT9" s="3" t="n">
-        <x:v>19273</x:v>
+        <x:v>18980</x:v>
       </x:c>
       <x:c r="CU9" s="3" t="n">
-        <x:v>20215</x:v>
+        <x:v>19925</x:v>
       </x:c>
       <x:c r="CV9" s="3" t="n">
-        <x:v>17083</x:v>
+        <x:v>16846</x:v>
       </x:c>
       <x:c r="CW9" s="3" t="n">
-        <x:v>20630</x:v>
+        <x:v>20325</x:v>
       </x:c>
       <x:c r="CX9" s="3" t="n">
-        <x:v>21288</x:v>
+        <x:v>20975</x:v>
       </x:c>
       <x:c r="CY9" s="3" t="n">
-        <x:v>21911</x:v>
+        <x:v>21609</x:v>
       </x:c>
       <x:c r="CZ9" s="3" t="n">
-        <x:v>17598</x:v>
+        <x:v>17382</x:v>
       </x:c>
       <x:c r="DA9" s="3" t="n">
-        <x:v>18889</x:v>
+        <x:v>18699</x:v>
       </x:c>
       <x:c r="DB9" s="3" t="n">
-        <x:v>21122</x:v>
+        <x:v>20965</x:v>
       </x:c>
       <x:c r="DC9" s="3" t="n">
-        <x:v>22420</x:v>
+        <x:v>22258</x:v>
       </x:c>
       <x:c r="DD9" s="3" t="n">
-        <x:v>18694</x:v>
+        <x:v>18460</x:v>
       </x:c>
       <x:c r="DE9" s="3" t="n">
-        <x:v>20375</x:v>
+        <x:v>19941</x:v>
       </x:c>
       <x:c r="DF9" s="3" t="n">
-        <x:v>23928</x:v>
+        <x:v>23168</x:v>
       </x:c>
       <x:c r="DG9" s="3" t="n">
-        <x:v>24762</x:v>
+        <x:v>23716</x:v>
       </x:c>
       <x:c r="DH9" s="3" t="n">
-        <x:v>20212</x:v>
+        <x:v>19288</x:v>
       </x:c>
       <x:c r="DI9" s="3" t="n">
-        <x:v>21826</x:v>
+        <x:v>20886</x:v>
       </x:c>
       <x:c r="DJ9" s="3" t="n">
-        <x:v>25664</x:v>
+        <x:v>24769</x:v>
       </x:c>
       <x:c r="DK9" s="3" t="n">
-        <x:v>26428</x:v>
+        <x:v>25541</x:v>
       </x:c>
       <x:c r="DL9" s="3" t="n">
-        <x:v>22907</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="DM9" s="3" t="n">
-        <x:v>25788</x:v>
+        <x:v>25078</x:v>
       </x:c>
       <x:c r="DN9" s="3" t="n">
-        <x:v>27426</x:v>
+        <x:v>27104</x:v>
       </x:c>
       <x:c r="DO9" s="3" t="n">
-        <x:v>28668</x:v>
+        <x:v>28224</x:v>
       </x:c>
       <x:c r="DP9" s="3" t="n">
-        <x:v>24798</x:v>
+        <x:v>24418</x:v>
       </x:c>
       <x:c r="DQ9" s="3" t="n">
-        <x:v>26873</x:v>
+        <x:v>26455</x:v>
       </x:c>
       <x:c r="DR9" s="3" t="n">
-        <x:v>29908</x:v>
+        <x:v>29475</x:v>
       </x:c>
       <x:c r="DS9" s="3" t="n">
-        <x:v>30498</x:v>
+        <x:v>30084</x:v>
+      </x:c>
+      <x:c r="DT9" s="3" t="n">
+        <x:v>26066</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:123">
+    <x:row r="10" spans="1:124">
       <x:c r="A10" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>2422</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>2436</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>2482</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>2449</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>2458</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>2460</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
         <x:v>2500</x:v>
       </x:c>
       <x:c r="I10" s="3" t="n">
         <x:v>2503</x:v>
       </x:c>
@@ -3312,350 +3343,353 @@
       <x:c r="Q10" s="3" t="n">
         <x:v>2702</x:v>
       </x:c>
       <x:c r="R10" s="3" t="n">
         <x:v>3102</x:v>
       </x:c>
       <x:c r="S10" s="3" t="n">
         <x:v>2928</x:v>
       </x:c>
       <x:c r="T10" s="3" t="n">
         <x:v>3019</x:v>
       </x:c>
       <x:c r="U10" s="3" t="n">
         <x:v>2869</x:v>
       </x:c>
       <x:c r="V10" s="3" t="n">
         <x:v>3077</x:v>
       </x:c>
       <x:c r="W10" s="3" t="n">
         <x:v>2954</x:v>
       </x:c>
       <x:c r="X10" s="3" t="n">
         <x:v>3051</x:v>
       </x:c>
       <x:c r="Y10" s="3" t="n">
-        <x:v>2868</x:v>
+        <x:v>2867</x:v>
       </x:c>
       <x:c r="Z10" s="3" t="n">
-        <x:v>3294</x:v>
+        <x:v>3292</x:v>
       </x:c>
       <x:c r="AA10" s="3" t="n">
-        <x:v>3240</x:v>
+        <x:v>3237</x:v>
       </x:c>
       <x:c r="AB10" s="3" t="n">
-        <x:v>3477</x:v>
+        <x:v>3473</x:v>
       </x:c>
       <x:c r="AC10" s="3" t="n">
-        <x:v>3349</x:v>
+        <x:v>3343</x:v>
       </x:c>
       <x:c r="AD10" s="3" t="n">
-        <x:v>3466</x:v>
+        <x:v>3458</x:v>
       </x:c>
       <x:c r="AE10" s="3" t="n">
-        <x:v>3440</x:v>
+        <x:v>3431</x:v>
       </x:c>
       <x:c r="AF10" s="3" t="n">
-        <x:v>3619</x:v>
+        <x:v>3607</x:v>
       </x:c>
       <x:c r="AG10" s="3" t="n">
-        <x:v>3371</x:v>
+        <x:v>3358</x:v>
       </x:c>
       <x:c r="AH10" s="3" t="n">
-        <x:v>3661</x:v>
+        <x:v>3645</x:v>
       </x:c>
       <x:c r="AI10" s="3" t="n">
-        <x:v>3611</x:v>
+        <x:v>3593</x:v>
       </x:c>
       <x:c r="AJ10" s="3" t="n">
-        <x:v>3743</x:v>
+        <x:v>3723</x:v>
       </x:c>
       <x:c r="AK10" s="3" t="n">
-        <x:v>3686</x:v>
+        <x:v>3664</x:v>
       </x:c>
       <x:c r="AL10" s="3" t="n">
-        <x:v>3793</x:v>
+        <x:v>3767</x:v>
       </x:c>
       <x:c r="AM10" s="3" t="n">
-        <x:v>3613</x:v>
+        <x:v>3585</x:v>
       </x:c>
       <x:c r="AN10" s="3" t="n">
-        <x:v>3759</x:v>
+        <x:v>3727</x:v>
       </x:c>
       <x:c r="AO10" s="3" t="n">
-        <x:v>3739</x:v>
+        <x:v>3704</x:v>
       </x:c>
       <x:c r="AP10" s="3" t="n">
-        <x:v>4002</x:v>
+        <x:v>3962</x:v>
       </x:c>
       <x:c r="AQ10" s="3" t="n">
-        <x:v>3876</x:v>
+        <x:v>3835</x:v>
       </x:c>
       <x:c r="AR10" s="3" t="n">
-        <x:v>4143</x:v>
+        <x:v>4095</x:v>
       </x:c>
       <x:c r="AS10" s="3" t="n">
-        <x:v>4080</x:v>
+        <x:v>4030</x:v>
       </x:c>
       <x:c r="AT10" s="3" t="n">
-        <x:v>3835</x:v>
+        <x:v>3784</x:v>
       </x:c>
       <x:c r="AU10" s="3" t="n">
-        <x:v>3852</x:v>
+        <x:v>3798</x:v>
       </x:c>
       <x:c r="AV10" s="3" t="n">
-        <x:v>4219</x:v>
+        <x:v>4157</x:v>
       </x:c>
       <x:c r="AW10" s="3" t="n">
-        <x:v>4326</x:v>
+        <x:v>4259</x:v>
       </x:c>
       <x:c r="AX10" s="3" t="n">
-        <x:v>4625</x:v>
+        <x:v>4550</x:v>
       </x:c>
       <x:c r="AY10" s="3" t="n">
-        <x:v>4325</x:v>
+        <x:v>4252</x:v>
       </x:c>
       <x:c r="AZ10" s="3" t="n">
-        <x:v>4717</x:v>
+        <x:v>4634</x:v>
       </x:c>
       <x:c r="BA10" s="3" t="n">
-        <x:v>4771</x:v>
+        <x:v>4683</x:v>
       </x:c>
       <x:c r="BB10" s="3" t="n">
-        <x:v>5277</x:v>
+        <x:v>5175</x:v>
       </x:c>
       <x:c r="BC10" s="3" t="n">
-        <x:v>5264</x:v>
+        <x:v>5159</x:v>
       </x:c>
       <x:c r="BD10" s="3" t="n">
-        <x:v>6478</x:v>
+        <x:v>6345</x:v>
       </x:c>
       <x:c r="BE10" s="3" t="n">
-        <x:v>6515</x:v>
+        <x:v>6381</x:v>
       </x:c>
       <x:c r="BF10" s="3" t="n">
-        <x:v>7054</x:v>
+        <x:v>6910</x:v>
       </x:c>
       <x:c r="BG10" s="3" t="n">
-        <x:v>6761</x:v>
+        <x:v>6624</x:v>
       </x:c>
       <x:c r="BH10" s="3" t="n">
-        <x:v>6766</x:v>
+        <x:v>6628</x:v>
       </x:c>
       <x:c r="BI10" s="3" t="n">
-        <x:v>6800</x:v>
+        <x:v>6660</x:v>
       </x:c>
       <x:c r="BJ10" s="3" t="n">
-        <x:v>7685</x:v>
+        <x:v>7525</x:v>
       </x:c>
       <x:c r="BK10" s="3" t="n">
-        <x:v>7247</x:v>
+        <x:v>7095</x:v>
       </x:c>
       <x:c r="BL10" s="3" t="n">
-        <x:v>7079</x:v>
+        <x:v>6930</x:v>
       </x:c>
       <x:c r="BM10" s="3" t="n">
-        <x:v>7071</x:v>
+        <x:v>6921</x:v>
       </x:c>
       <x:c r="BN10" s="3" t="n">
-        <x:v>8582</x:v>
+        <x:v>8399</x:v>
       </x:c>
       <x:c r="BO10" s="3" t="n">
-        <x:v>8024</x:v>
+        <x:v>7853</x:v>
       </x:c>
       <x:c r="BP10" s="3" t="n">
-        <x:v>8241</x:v>
+        <x:v>8064</x:v>
       </x:c>
       <x:c r="BQ10" s="3" t="n">
-        <x:v>8189</x:v>
+        <x:v>8012</x:v>
       </x:c>
       <x:c r="BR10" s="3" t="n">
-        <x:v>9849</x:v>
+        <x:v>9635</x:v>
       </x:c>
       <x:c r="BS10" s="3" t="n">
-        <x:v>8915</x:v>
+        <x:v>8721</x:v>
       </x:c>
       <x:c r="BT10" s="3" t="n">
-        <x:v>8626</x:v>
+        <x:v>8438</x:v>
       </x:c>
       <x:c r="BU10" s="3" t="n">
-        <x:v>9405</x:v>
+        <x:v>9201</x:v>
       </x:c>
       <x:c r="BV10" s="3" t="n">
-        <x:v>10631</x:v>
+        <x:v>10403</x:v>
       </x:c>
       <x:c r="BW10" s="3" t="n">
-        <x:v>9879</x:v>
+        <x:v>9667</x:v>
       </x:c>
       <x:c r="BX10" s="3" t="n">
-        <x:v>9770</x:v>
+        <x:v>9561</x:v>
       </x:c>
       <x:c r="BY10" s="3" t="n">
-        <x:v>10047</x:v>
+        <x:v>9832</x:v>
       </x:c>
       <x:c r="BZ10" s="3" t="n">
-        <x:v>11271</x:v>
+        <x:v>11030</x:v>
       </x:c>
       <x:c r="CA10" s="3" t="n">
-        <x:v>10244</x:v>
+        <x:v>10024</x:v>
       </x:c>
       <x:c r="CB10" s="3" t="n">
-        <x:v>10069</x:v>
+        <x:v>9853</x:v>
       </x:c>
       <x:c r="CC10" s="3" t="n">
-        <x:v>9711</x:v>
+        <x:v>9503</x:v>
       </x:c>
       <x:c r="CD10" s="3" t="n">
-        <x:v>10583</x:v>
+        <x:v>10357</x:v>
       </x:c>
       <x:c r="CE10" s="3" t="n">
-        <x:v>10029</x:v>
+        <x:v>9815</x:v>
       </x:c>
       <x:c r="CF10" s="3" t="n">
-        <x:v>8491</x:v>
+        <x:v>8310</x:v>
       </x:c>
       <x:c r="CG10" s="3" t="n">
-        <x:v>10086</x:v>
+        <x:v>9872</x:v>
       </x:c>
       <x:c r="CH10" s="3" t="n">
-        <x:v>10554</x:v>
+        <x:v>10329</x:v>
       </x:c>
       <x:c r="CI10" s="3" t="n">
-        <x:v>9693</x:v>
+        <x:v>9487</x:v>
       </x:c>
       <x:c r="CJ10" s="3" t="n">
-        <x:v>8535</x:v>
+        <x:v>8353</x:v>
       </x:c>
       <x:c r="CK10" s="3" t="n">
-        <x:v>9010</x:v>
+        <x:v>8819</x:v>
       </x:c>
       <x:c r="CL10" s="3" t="n">
-        <x:v>9773</x:v>
+        <x:v>9566</x:v>
       </x:c>
       <x:c r="CM10" s="3" t="n">
-        <x:v>10069</x:v>
+        <x:v>9856</x:v>
       </x:c>
       <x:c r="CN10" s="3" t="n">
-        <x:v>8033</x:v>
+        <x:v>7862</x:v>
       </x:c>
       <x:c r="CO10" s="3" t="n">
-        <x:v>8799</x:v>
+        <x:v>8611</x:v>
       </x:c>
       <x:c r="CP10" s="3" t="n">
-        <x:v>9713</x:v>
+        <x:v>9504</x:v>
       </x:c>
       <x:c r="CQ10" s="3" t="n">
-        <x:v>11204</x:v>
+        <x:v>10960</x:v>
       </x:c>
       <x:c r="CR10" s="3" t="n">
-        <x:v>8054</x:v>
+        <x:v>7877</x:v>
       </x:c>
       <x:c r="CS10" s="3" t="n">
-        <x:v>9545</x:v>
+        <x:v>9331</x:v>
       </x:c>
       <x:c r="CT10" s="3" t="n">
-        <x:v>11005</x:v>
+        <x:v>10755</x:v>
       </x:c>
       <x:c r="CU10" s="3" t="n">
-        <x:v>10586</x:v>
+        <x:v>10346</x:v>
       </x:c>
       <x:c r="CV10" s="3" t="n">
-        <x:v>8478</x:v>
+        <x:v>8289</x:v>
       </x:c>
       <x:c r="CW10" s="3" t="n">
-        <x:v>11236</x:v>
+        <x:v>10994</x:v>
       </x:c>
       <x:c r="CX10" s="3" t="n">
-        <x:v>11381</x:v>
+        <x:v>11148</x:v>
       </x:c>
       <x:c r="CY10" s="3" t="n">
-        <x:v>11285</x:v>
+        <x:v>11063</x:v>
       </x:c>
       <x:c r="CZ10" s="3" t="n">
-        <x:v>9113</x:v>
+        <x:v>8938</x:v>
       </x:c>
       <x:c r="DA10" s="3" t="n">
-        <x:v>9840</x:v>
+        <x:v>9654</x:v>
       </x:c>
       <x:c r="DB10" s="3" t="n">
-        <x:v>11358</x:v>
+        <x:v>11143</x:v>
       </x:c>
       <x:c r="DC10" s="3" t="n">
+        <x:v>10970</x:v>
+      </x:c>
+      <x:c r="DD10" s="3" t="n">
+        <x:v>9226</x:v>
+      </x:c>
+      <x:c r="DE10" s="3" t="n">
+        <x:v>10416</x:v>
+      </x:c>
+      <x:c r="DF10" s="3" t="n">
+        <x:v>13508</x:v>
+      </x:c>
+      <x:c r="DG10" s="3" t="n">
+        <x:v>12369</x:v>
+      </x:c>
+      <x:c r="DH10" s="3" t="n">
+        <x:v>9934</x:v>
+      </x:c>
+      <x:c r="DI10" s="3" t="n">
         <x:v>11180</x:v>
       </x:c>
-      <x:c r="DD10" s="3" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="DJ10" s="3" t="n">
-        <x:v>14678</x:v>
+        <x:v>14452</x:v>
       </x:c>
       <x:c r="DK10" s="3" t="n">
-        <x:v>13157</x:v>
+        <x:v>12958</x:v>
       </x:c>
       <x:c r="DL10" s="3" t="n">
-        <x:v>11566</x:v>
+        <x:v>11394</x:v>
       </x:c>
       <x:c r="DM10" s="3" t="n">
-        <x:v>14244</x:v>
+        <x:v>14033</x:v>
       </x:c>
       <x:c r="DN10" s="3" t="n">
-        <x:v>15184</x:v>
+        <x:v>15246</x:v>
       </x:c>
       <x:c r="DO10" s="3" t="n">
-        <x:v>14470</x:v>
+        <x:v>14498</x:v>
       </x:c>
       <x:c r="DP10" s="3" t="n">
-        <x:v>12832</x:v>
+        <x:v>12876</x:v>
       </x:c>
       <x:c r="DQ10" s="3" t="n">
-        <x:v>13919</x:v>
+        <x:v>13953</x:v>
       </x:c>
       <x:c r="DR10" s="3" t="n">
-        <x:v>16016</x:v>
+        <x:v>16002</x:v>
       </x:c>
       <x:c r="DS10" s="3" t="n">
-        <x:v>15245</x:v>
+        <x:v>15293</x:v>
+      </x:c>
+      <x:c r="DT10" s="3" t="n">
+        <x:v>13201</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:123">
+    <x:row r="11" spans="1:124">
       <x:c r="A11" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>462</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>476</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>469</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>580</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>610</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
         <x:v>638</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
         <x:v>654</x:v>
       </x:c>
@@ -3686,718 +3720,724 @@
       <x:c r="R11" s="3" t="n">
         <x:v>1177</x:v>
       </x:c>
       <x:c r="S11" s="3" t="n">
         <x:v>1203</x:v>
       </x:c>
       <x:c r="T11" s="3" t="n">
         <x:v>1359</x:v>
       </x:c>
       <x:c r="U11" s="3" t="n">
         <x:v>1262</x:v>
       </x:c>
       <x:c r="V11" s="3" t="n">
         <x:v>1101</x:v>
       </x:c>
       <x:c r="W11" s="3" t="n">
         <x:v>1137</x:v>
       </x:c>
       <x:c r="X11" s="3" t="n">
         <x:v>1177</x:v>
       </x:c>
       <x:c r="Y11" s="3" t="n">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="Z11" s="3" t="n">
-        <x:v>1680</x:v>
+        <x:v>1679</x:v>
       </x:c>
       <x:c r="AA11" s="3" t="n">
-        <x:v>1736</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="AB11" s="3" t="n">
-        <x:v>1748</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="AC11" s="3" t="n">
-        <x:v>1586</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="AD11" s="3" t="n">
-        <x:v>2182</x:v>
+        <x:v>2180</x:v>
       </x:c>
       <x:c r="AE11" s="3" t="n">
-        <x:v>2214</x:v>
+        <x:v>2212</x:v>
       </x:c>
       <x:c r="AF11" s="3" t="n">
-        <x:v>2292</x:v>
+        <x:v>2289</x:v>
       </x:c>
       <x:c r="AG11" s="3" t="n">
-        <x:v>2068</x:v>
+        <x:v>2065</x:v>
       </x:c>
       <x:c r="AH11" s="3" t="n">
-        <x:v>2146</x:v>
+        <x:v>2142</x:v>
       </x:c>
       <x:c r="AI11" s="3" t="n">
-        <x:v>2207</x:v>
+        <x:v>2203</x:v>
       </x:c>
       <x:c r="AJ11" s="3" t="n">
-        <x:v>2341</x:v>
+        <x:v>2336</x:v>
       </x:c>
       <x:c r="AK11" s="3" t="n">
-        <x:v>2101</x:v>
+        <x:v>2096</x:v>
       </x:c>
       <x:c r="AL11" s="3" t="n">
-        <x:v>2357</x:v>
+        <x:v>2350</x:v>
       </x:c>
       <x:c r="AM11" s="3" t="n">
-        <x:v>2361</x:v>
+        <x:v>2354</x:v>
       </x:c>
       <x:c r="AN11" s="3" t="n">
-        <x:v>2538</x:v>
+        <x:v>2529</x:v>
       </x:c>
       <x:c r="AO11" s="3" t="n">
-        <x:v>2354</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="AP11" s="3" t="n">
-        <x:v>2737</x:v>
+        <x:v>2726</x:v>
       </x:c>
       <x:c r="AQ11" s="3" t="n">
-        <x:v>2731</x:v>
+        <x:v>2720</x:v>
       </x:c>
       <x:c r="AR11" s="3" t="n">
-        <x:v>3114</x:v>
+        <x:v>3100</x:v>
       </x:c>
       <x:c r="AS11" s="3" t="n">
-        <x:v>2894</x:v>
+        <x:v>2880</x:v>
       </x:c>
       <x:c r="AT11" s="3" t="n">
-        <x:v>3321</x:v>
+        <x:v>3304</x:v>
       </x:c>
       <x:c r="AU11" s="3" t="n">
-        <x:v>3249</x:v>
+        <x:v>3230</x:v>
       </x:c>
       <x:c r="AV11" s="3" t="n">
-        <x:v>3871</x:v>
+        <x:v>3846</x:v>
       </x:c>
       <x:c r="AW11" s="3" t="n">
-        <x:v>3301</x:v>
+        <x:v>3278</x:v>
       </x:c>
       <x:c r="AX11" s="3" t="n">
-        <x:v>4378</x:v>
+        <x:v>4345</x:v>
       </x:c>
       <x:c r="AY11" s="3" t="n">
-        <x:v>4184</x:v>
+        <x:v>4151</x:v>
       </x:c>
       <x:c r="AZ11" s="3" t="n">
-        <x:v>5299</x:v>
+        <x:v>5253</x:v>
       </x:c>
       <x:c r="BA11" s="3" t="n">
-        <x:v>4448</x:v>
+        <x:v>4407</x:v>
       </x:c>
       <x:c r="BB11" s="3" t="n">
-        <x:v>4915</x:v>
+        <x:v>4867</x:v>
       </x:c>
       <x:c r="BC11" s="3" t="n">
-        <x:v>4979</x:v>
+        <x:v>4929</x:v>
       </x:c>
       <x:c r="BD11" s="3" t="n">
-        <x:v>5503</x:v>
+        <x:v>5448</x:v>
       </x:c>
       <x:c r="BE11" s="3" t="n">
-        <x:v>5637</x:v>
+        <x:v>5582</x:v>
       </x:c>
       <x:c r="BF11" s="3" t="n">
-        <x:v>6342</x:v>
+        <x:v>6284</x:v>
       </x:c>
       <x:c r="BG11" s="3" t="n">
-        <x:v>6111</x:v>
+        <x:v>6058</x:v>
       </x:c>
       <x:c r="BH11" s="3" t="n">
-        <x:v>5992</x:v>
+        <x:v>5940</x:v>
       </x:c>
       <x:c r="BI11" s="3" t="n">
-        <x:v>6150</x:v>
+        <x:v>6095</x:v>
       </x:c>
       <x:c r="BJ11" s="3" t="n">
-        <x:v>6417</x:v>
+        <x:v>6357</x:v>
       </x:c>
       <x:c r="BK11" s="3" t="n">
-        <x:v>6174</x:v>
+        <x:v>6115</x:v>
       </x:c>
       <x:c r="BL11" s="3" t="n">
-        <x:v>6147</x:v>
+        <x:v>6088</x:v>
       </x:c>
       <x:c r="BM11" s="3" t="n">
-        <x:v>6572</x:v>
+        <x:v>6510</x:v>
       </x:c>
       <x:c r="BN11" s="3" t="n">
-        <x:v>7404</x:v>
+        <x:v>7337</x:v>
       </x:c>
       <x:c r="BO11" s="3" t="n">
-        <x:v>6953</x:v>
+        <x:v>6893</x:v>
       </x:c>
       <x:c r="BP11" s="3" t="n">
-        <x:v>7149</x:v>
+        <x:v>7089</x:v>
       </x:c>
       <x:c r="BQ11" s="3" t="n">
-        <x:v>7120</x:v>
+        <x:v>7060</x:v>
       </x:c>
       <x:c r="BR11" s="3" t="n">
-        <x:v>8967</x:v>
+        <x:v>8892</x:v>
       </x:c>
       <x:c r="BS11" s="3" t="n">
-        <x:v>8023</x:v>
+        <x:v>7956</x:v>
       </x:c>
       <x:c r="BT11" s="3" t="n">
-        <x:v>7685</x:v>
+        <x:v>7621</x:v>
       </x:c>
       <x:c r="BU11" s="3" t="n">
-        <x:v>8519</x:v>
+        <x:v>8449</x:v>
       </x:c>
       <x:c r="BV11" s="3" t="n">
-        <x:v>10077</x:v>
+        <x:v>9995</x:v>
       </x:c>
       <x:c r="BW11" s="3" t="n">
-        <x:v>9329</x:v>
+        <x:v>9254</x:v>
       </x:c>
       <x:c r="BX11" s="3" t="n">
-        <x:v>9296</x:v>
+        <x:v>9222</x:v>
       </x:c>
       <x:c r="BY11" s="3" t="n">
-        <x:v>9636</x:v>
+        <x:v>9560</x:v>
       </x:c>
       <x:c r="BZ11" s="3" t="n">
-        <x:v>11001</x:v>
+        <x:v>10915</x:v>
       </x:c>
       <x:c r="CA11" s="3" t="n">
-        <x:v>10047</x:v>
+        <x:v>9969</x:v>
       </x:c>
       <x:c r="CB11" s="3" t="n">
-        <x:v>9932</x:v>
+        <x:v>9855</x:v>
       </x:c>
       <x:c r="CC11" s="3" t="n">
-        <x:v>9630</x:v>
+        <x:v>9556</x:v>
       </x:c>
       <x:c r="CD11" s="3" t="n">
-        <x:v>10187</x:v>
+        <x:v>10108</x:v>
       </x:c>
       <x:c r="CE11" s="3" t="n">
-        <x:v>10555</x:v>
+        <x:v>10473</x:v>
       </x:c>
       <x:c r="CF11" s="3" t="n">
-        <x:v>8695</x:v>
+        <x:v>8628</x:v>
       </x:c>
       <x:c r="CG11" s="3" t="n">
-        <x:v>8735</x:v>
+        <x:v>8669</x:v>
       </x:c>
       <x:c r="CH11" s="3" t="n">
-        <x:v>8696</x:v>
+        <x:v>8630</x:v>
       </x:c>
       <x:c r="CI11" s="3" t="n">
-        <x:v>9161</x:v>
+        <x:v>9093</x:v>
       </x:c>
       <x:c r="CJ11" s="3" t="n">
-        <x:v>7108</x:v>
+        <x:v>7056</x:v>
       </x:c>
       <x:c r="CK11" s="3" t="n">
-        <x:v>6778</x:v>
+        <x:v>6728</x:v>
       </x:c>
       <x:c r="CL11" s="3" t="n">
-        <x:v>7095</x:v>
+        <x:v>7044</x:v>
       </x:c>
       <x:c r="CM11" s="3" t="n">
-        <x:v>8375</x:v>
+        <x:v>8315</x:v>
       </x:c>
       <x:c r="CN11" s="3" t="n">
-        <x:v>7060</x:v>
+        <x:v>7011</x:v>
       </x:c>
       <x:c r="CO11" s="3" t="n">
-        <x:v>7196</x:v>
+        <x:v>7146</x:v>
       </x:c>
       <x:c r="CP11" s="3" t="n">
-        <x:v>7500</x:v>
+        <x:v>7449</x:v>
       </x:c>
       <x:c r="CQ11" s="3" t="n">
-        <x:v>8736</x:v>
+        <x:v>8678</x:v>
       </x:c>
       <x:c r="CR11" s="3" t="n">
-        <x:v>7311</x:v>
+        <x:v>7266</x:v>
       </x:c>
       <x:c r="CS11" s="3" t="n">
-        <x:v>7723</x:v>
+        <x:v>7678</x:v>
       </x:c>
       <x:c r="CT11" s="3" t="n">
-        <x:v>8268</x:v>
+        <x:v>8225</x:v>
       </x:c>
       <x:c r="CU11" s="3" t="n">
-        <x:v>9628</x:v>
+        <x:v>9579</x:v>
       </x:c>
       <x:c r="CV11" s="3" t="n">
-        <x:v>8605</x:v>
+        <x:v>8556</x:v>
       </x:c>
       <x:c r="CW11" s="3" t="n">
-        <x:v>9394</x:v>
+        <x:v>9331</x:v>
       </x:c>
       <x:c r="CX11" s="3" t="n">
-        <x:v>9907</x:v>
+        <x:v>9827</x:v>
       </x:c>
       <x:c r="CY11" s="3" t="n">
-        <x:v>10626</x:v>
+        <x:v>10545</x:v>
       </x:c>
       <x:c r="CZ11" s="3" t="n">
-        <x:v>8485</x:v>
+        <x:v>8444</x:v>
       </x:c>
       <x:c r="DA11" s="3" t="n">
-        <x:v>9048</x:v>
+        <x:v>9045</x:v>
       </x:c>
       <x:c r="DB11" s="3" t="n">
-        <x:v>9764</x:v>
+        <x:v>9822</x:v>
       </x:c>
       <x:c r="DC11" s="3" t="n">
-        <x:v>11239</x:v>
+        <x:v>11288</x:v>
       </x:c>
       <x:c r="DD11" s="3" t="n">
-        <x:v>9294</x:v>
+        <x:v>9234</x:v>
       </x:c>
       <x:c r="DE11" s="3" t="n">
-        <x:v>9768</x:v>
+        <x:v>9525</x:v>
       </x:c>
       <x:c r="DF11" s="3" t="n">
-        <x:v>10182</x:v>
+        <x:v>9659</x:v>
       </x:c>
       <x:c r="DG11" s="3" t="n">
-        <x:v>12182</x:v>
+        <x:v>11346</x:v>
       </x:c>
       <x:c r="DH11" s="3" t="n">
-        <x:v>10114</x:v>
+        <x:v>9354</x:v>
       </x:c>
       <x:c r="DI11" s="3" t="n">
-        <x:v>10467</x:v>
+        <x:v>9706</x:v>
       </x:c>
       <x:c r="DJ11" s="3" t="n">
-        <x:v>10986</x:v>
+        <x:v>10317</x:v>
       </x:c>
       <x:c r="DK11" s="3" t="n">
-        <x:v>13272</x:v>
+        <x:v>12583</x:v>
       </x:c>
       <x:c r="DL11" s="3" t="n">
-        <x:v>11341</x:v>
+        <x:v>10817</x:v>
       </x:c>
       <x:c r="DM11" s="3" t="n">
-        <x:v>11545</x:v>
+        <x:v>11044</x:v>
       </x:c>
       <x:c r="DN11" s="3" t="n">
-        <x:v>12242</x:v>
+        <x:v>11859</x:v>
       </x:c>
       <x:c r="DO11" s="3" t="n">
-        <x:v>14197</x:v>
+        <x:v>13726</x:v>
       </x:c>
       <x:c r="DP11" s="3" t="n">
-        <x:v>11966</x:v>
+        <x:v>11542</x:v>
       </x:c>
       <x:c r="DQ11" s="3" t="n">
-        <x:v>12954</x:v>
+        <x:v>12502</x:v>
       </x:c>
       <x:c r="DR11" s="3" t="n">
-        <x:v>13892</x:v>
+        <x:v>13473</x:v>
       </x:c>
       <x:c r="DS11" s="3" t="n">
-        <x:v>15253</x:v>
+        <x:v>14791</x:v>
+      </x:c>
+      <x:c r="DT11" s="3" t="n">
+        <x:v>12865</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:123">
+    <x:row r="12" spans="1:124">
       <x:c r="A12" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>16743</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>17365</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>17640</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>17616</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>17717</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
         <x:v>18158</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
         <x:v>18510</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
         <x:v>18605</x:v>
       </x:c>
       <x:c r="J12" s="3" t="n">
         <x:v>19314</x:v>
       </x:c>
       <x:c r="K12" s="3" t="n">
         <x:v>19912</x:v>
       </x:c>
       <x:c r="L12" s="3" t="n">
         <x:v>20196</x:v>
       </x:c>
       <x:c r="M12" s="3" t="n">
         <x:v>20087</x:v>
       </x:c>
       <x:c r="N12" s="3" t="n">
         <x:v>20662</x:v>
       </x:c>
       <x:c r="O12" s="3" t="n">
         <x:v>21478</x:v>
       </x:c>
       <x:c r="P12" s="3" t="n">
         <x:v>21858</x:v>
       </x:c>
       <x:c r="Q12" s="3" t="n">
         <x:v>22078</x:v>
       </x:c>
       <x:c r="R12" s="3" t="n">
-        <x:v>21406</x:v>
+        <x:v>21405</x:v>
       </x:c>
       <x:c r="S12" s="3" t="n">
         <x:v>22238</x:v>
       </x:c>
       <x:c r="T12" s="3" t="n">
         <x:v>22260</x:v>
       </x:c>
       <x:c r="U12" s="3" t="n">
         <x:v>22102</x:v>
       </x:c>
       <x:c r="V12" s="3" t="n">
-        <x:v>21932</x:v>
+        <x:v>21933</x:v>
       </x:c>
       <x:c r="W12" s="3" t="n">
-        <x:v>22501</x:v>
+        <x:v>22502</x:v>
       </x:c>
       <x:c r="X12" s="3" t="n">
         <x:v>22665</x:v>
       </x:c>
       <x:c r="Y12" s="3" t="n">
-        <x:v>22400</x:v>
+        <x:v>22398</x:v>
       </x:c>
       <x:c r="Z12" s="3" t="n">
-        <x:v>22193</x:v>
+        <x:v>22187</x:v>
       </x:c>
       <x:c r="AA12" s="3" t="n">
-        <x:v>22926</x:v>
+        <x:v>22916</x:v>
       </x:c>
       <x:c r="AB12" s="3" t="n">
-        <x:v>23112</x:v>
+        <x:v>23097</x:v>
       </x:c>
       <x:c r="AC12" s="3" t="n">
+        <x:v>23194</x:v>
+      </x:c>
+      <x:c r="AD12" s="3" t="n">
+        <x:v>22850</x:v>
+      </x:c>
+      <x:c r="AE12" s="3" t="n">
+        <x:v>23816</x:v>
+      </x:c>
+      <x:c r="AF12" s="3" t="n">
+        <x:v>23756</x:v>
+      </x:c>
+      <x:c r="AG12" s="3" t="n">
+        <x:v>23695</x:v>
+      </x:c>
+      <x:c r="AH12" s="3" t="n">
+        <x:v>22681</x:v>
+      </x:c>
+      <x:c r="AI12" s="3" t="n">
         <x:v>23217</x:v>
       </x:c>
-      <x:c r="AD12" s="3" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="AJ12" s="3" t="n">
-        <x:v>23452</x:v>
+        <x:v>23379</x:v>
       </x:c>
       <x:c r="AK12" s="3" t="n">
-        <x:v>23385</x:v>
+        <x:v>23303</x:v>
       </x:c>
       <x:c r="AL12" s="3" t="n">
-        <x:v>23040</x:v>
+        <x:v>22947</x:v>
       </x:c>
       <x:c r="AM12" s="3" t="n">
-        <x:v>23890</x:v>
+        <x:v>23783</x:v>
       </x:c>
       <x:c r="AN12" s="3" t="n">
-        <x:v>24264</x:v>
+        <x:v>24146</x:v>
       </x:c>
       <x:c r="AO12" s="3" t="n">
-        <x:v>24440</x:v>
+        <x:v>24310</x:v>
       </x:c>
       <x:c r="AP12" s="3" t="n">
-        <x:v>24719</x:v>
+        <x:v>24577</x:v>
       </x:c>
       <x:c r="AQ12" s="3" t="n">
-        <x:v>25633</x:v>
+        <x:v>25476</x:v>
       </x:c>
       <x:c r="AR12" s="3" t="n">
-        <x:v>25695</x:v>
+        <x:v>25527</x:v>
       </x:c>
       <x:c r="AS12" s="3" t="n">
-        <x:v>26072</x:v>
+        <x:v>25892</x:v>
       </x:c>
       <x:c r="AT12" s="3" t="n">
-        <x:v>27644</x:v>
+        <x:v>27440</x:v>
       </x:c>
       <x:c r="AU12" s="3" t="n">
-        <x:v>28691</x:v>
+        <x:v>28466</x:v>
       </x:c>
       <x:c r="AV12" s="3" t="n">
-        <x:v>29251</x:v>
+        <x:v>29008</x:v>
       </x:c>
       <x:c r="AW12" s="3" t="n">
-        <x:v>29986</x:v>
+        <x:v>29722</x:v>
       </x:c>
       <x:c r="AX12" s="3" t="n">
-        <x:v>29707</x:v>
+        <x:v>29426</x:v>
       </x:c>
       <x:c r="AY12" s="3" t="n">
-        <x:v>30768</x:v>
+        <x:v>30460</x:v>
       </x:c>
       <x:c r="AZ12" s="3" t="n">
-        <x:v>31258</x:v>
+        <x:v>30934</x:v>
       </x:c>
       <x:c r="BA12" s="3" t="n">
-        <x:v>32342</x:v>
+        <x:v>31997</x:v>
       </x:c>
       <x:c r="BB12" s="3" t="n">
-        <x:v>31912</x:v>
+        <x:v>31566</x:v>
       </x:c>
       <x:c r="BC12" s="3" t="n">
-        <x:v>32615</x:v>
+        <x:v>32255</x:v>
       </x:c>
       <x:c r="BD12" s="3" t="n">
-        <x:v>33335</x:v>
+        <x:v>32949</x:v>
       </x:c>
       <x:c r="BE12" s="3" t="n">
-        <x:v>33809</x:v>
+        <x:v>33397</x:v>
       </x:c>
       <x:c r="BF12" s="3" t="n">
-        <x:v>31617</x:v>
+        <x:v>31236</x:v>
       </x:c>
       <x:c r="BG12" s="3" t="n">
-        <x:v>31376</x:v>
+        <x:v>30981</x:v>
       </x:c>
       <x:c r="BH12" s="3" t="n">
-        <x:v>31628</x:v>
+        <x:v>31221</x:v>
       </x:c>
       <x:c r="BI12" s="3" t="n">
-        <x:v>31518</x:v>
+        <x:v>31111</x:v>
       </x:c>
       <x:c r="BJ12" s="3" t="n">
-        <x:v>31017</x:v>
+        <x:v>30608</x:v>
       </x:c>
       <x:c r="BK12" s="3" t="n">
-        <x:v>30835</x:v>
+        <x:v>30435</x:v>
       </x:c>
       <x:c r="BL12" s="3" t="n">
-        <x:v>30723</x:v>
+        <x:v>30331</x:v>
       </x:c>
       <x:c r="BM12" s="3" t="n">
-        <x:v>31199</x:v>
+        <x:v>30802</x:v>
       </x:c>
       <x:c r="BN12" s="3" t="n">
-        <x:v>31901</x:v>
+        <x:v>31496</x:v>
       </x:c>
       <x:c r="BO12" s="3" t="n">
-        <x:v>31524</x:v>
+        <x:v>31130</x:v>
       </x:c>
       <x:c r="BP12" s="3" t="n">
-        <x:v>32749</x:v>
+        <x:v>32346</x:v>
       </x:c>
       <x:c r="BQ12" s="3" t="n">
-        <x:v>32792</x:v>
+        <x:v>32385</x:v>
       </x:c>
       <x:c r="BR12" s="3" t="n">
-        <x:v>34201</x:v>
+        <x:v>33769</x:v>
       </x:c>
       <x:c r="BS12" s="3" t="n">
-        <x:v>33817</x:v>
+        <x:v>33396</x:v>
       </x:c>
       <x:c r="BT12" s="3" t="n">
-        <x:v>34289</x:v>
+        <x:v>33865</x:v>
       </x:c>
       <x:c r="BU12" s="3" t="n">
-        <x:v>34729</x:v>
+        <x:v>34297</x:v>
       </x:c>
       <x:c r="BV12" s="3" t="n">
-        <x:v>35723</x:v>
+        <x:v>35274</x:v>
       </x:c>
       <x:c r="BW12" s="3" t="n">
-        <x:v>35818</x:v>
+        <x:v>35374</x:v>
       </x:c>
       <x:c r="BX12" s="3" t="n">
-        <x:v>36052</x:v>
+        <x:v>35609</x:v>
       </x:c>
       <x:c r="BY12" s="3" t="n">
-        <x:v>36531</x:v>
+        <x:v>36075</x:v>
       </x:c>
       <x:c r="BZ12" s="3" t="n">
-        <x:v>37486</x:v>
+        <x:v>37014</x:v>
       </x:c>
       <x:c r="CA12" s="3" t="n">
-        <x:v>37512</x:v>
+        <x:v>37051</x:v>
       </x:c>
       <x:c r="CB12" s="3" t="n">
-        <x:v>37442</x:v>
+        <x:v>36975</x:v>
       </x:c>
       <x:c r="CC12" s="3" t="n">
-        <x:v>37350</x:v>
+        <x:v>36883</x:v>
       </x:c>
       <x:c r="CD12" s="3" t="n">
-        <x:v>36028</x:v>
+        <x:v>35574</x:v>
       </x:c>
       <x:c r="CE12" s="3" t="n">
-        <x:v>40654</x:v>
+        <x:v>40148</x:v>
       </x:c>
       <x:c r="CF12" s="3" t="n">
-        <x:v>34144</x:v>
+        <x:v>33721</x:v>
       </x:c>
       <x:c r="CG12" s="3" t="n">
-        <x:v>37474</x:v>
+        <x:v>37001</x:v>
       </x:c>
       <x:c r="CH12" s="3" t="n">
-        <x:v>35237</x:v>
+        <x:v>34793</x:v>
       </x:c>
       <x:c r="CI12" s="3" t="n">
-        <x:v>39747</x:v>
+        <x:v>39258</x:v>
       </x:c>
       <x:c r="CJ12" s="3" t="n">
-        <x:v>32903</x:v>
+        <x:v>32500</x:v>
       </x:c>
       <x:c r="CK12" s="3" t="n">
-        <x:v>36453</x:v>
+        <x:v>36001</x:v>
       </x:c>
       <x:c r="CL12" s="3" t="n">
-        <x:v>34281</x:v>
+        <x:v>33867</x:v>
       </x:c>
       <x:c r="CM12" s="3" t="n">
-        <x:v>38939</x:v>
+        <x:v>38482</x:v>
       </x:c>
       <x:c r="CN12" s="3" t="n">
-        <x:v>33374</x:v>
+        <x:v>32987</x:v>
       </x:c>
       <x:c r="CO12" s="3" t="n">
-        <x:v>37122</x:v>
+        <x:v>36690</x:v>
       </x:c>
       <x:c r="CP12" s="3" t="n">
-        <x:v>35431</x:v>
+        <x:v>35027</x:v>
       </x:c>
       <x:c r="CQ12" s="3" t="n">
-        <x:v>40027</x:v>
+        <x:v>39575</x:v>
       </x:c>
       <x:c r="CR12" s="3" t="n">
-        <x:v>35144</x:v>
+        <x:v>34757</x:v>
       </x:c>
       <x:c r="CS12" s="3" t="n">
-        <x:v>38296</x:v>
+        <x:v>37868</x:v>
       </x:c>
       <x:c r="CT12" s="3" t="n">
-        <x:v>37302</x:v>
+        <x:v>36883</x:v>
       </x:c>
       <x:c r="CU12" s="3" t="n">
-        <x:v>42621</x:v>
+        <x:v>42152</x:v>
       </x:c>
       <x:c r="CV12" s="3" t="n">
-        <x:v>37102</x:v>
+        <x:v>36693</x:v>
       </x:c>
       <x:c r="CW12" s="3" t="n">
-        <x:v>40964</x:v>
+        <x:v>40483</x:v>
       </x:c>
       <x:c r="CX12" s="3" t="n">
-        <x:v>38577</x:v>
+        <x:v>38137</x:v>
       </x:c>
       <x:c r="CY12" s="3" t="n">
-        <x:v>41240</x:v>
+        <x:v>40778</x:v>
       </x:c>
       <x:c r="CZ12" s="3" t="n">
-        <x:v>35557</x:v>
+        <x:v>35163</x:v>
       </x:c>
       <x:c r="DA12" s="3" t="n">
-        <x:v>39950</x:v>
+        <x:v>39513</x:v>
       </x:c>
       <x:c r="DB12" s="3" t="n">
-        <x:v>38690</x:v>
+        <x:v>38277</x:v>
       </x:c>
       <x:c r="DC12" s="3" t="n">
-        <x:v>43508</x:v>
+        <x:v>43069</x:v>
       </x:c>
       <x:c r="DD12" s="3" t="n">
-        <x:v>38201</x:v>
+        <x:v>37827</x:v>
       </x:c>
       <x:c r="DE12" s="3" t="n">
-        <x:v>41679</x:v>
+        <x:v>41269</x:v>
       </x:c>
       <x:c r="DF12" s="3" t="n">
-        <x:v>40984</x:v>
+        <x:v>40572</x:v>
       </x:c>
       <x:c r="DG12" s="3" t="n">
-        <x:v>46573</x:v>
+        <x:v>46088</x:v>
       </x:c>
       <x:c r="DH12" s="3" t="n">
-        <x:v>40687</x:v>
+        <x:v>40208</x:v>
       </x:c>
       <x:c r="DI12" s="3" t="n">
-        <x:v>44907</x:v>
+        <x:v>44297</x:v>
       </x:c>
       <x:c r="DJ12" s="3" t="n">
-        <x:v>45084</x:v>
+        <x:v>44341</x:v>
       </x:c>
       <x:c r="DK12" s="3" t="n">
-        <x:v>49075</x:v>
+        <x:v>48191</x:v>
       </x:c>
       <x:c r="DL12" s="3" t="n">
-        <x:v>44177</x:v>
+        <x:v>43322</x:v>
       </x:c>
       <x:c r="DM12" s="3" t="n">
-        <x:v>48501</x:v>
+        <x:v>47539</x:v>
       </x:c>
       <x:c r="DN12" s="3" t="n">
-        <x:v>47100</x:v>
+        <x:v>46670</x:v>
       </x:c>
       <x:c r="DO12" s="3" t="n">
-        <x:v>52389</x:v>
+        <x:v>52015</x:v>
       </x:c>
       <x:c r="DP12" s="3" t="n">
-        <x:v>47152</x:v>
+        <x:v>46836</x:v>
       </x:c>
       <x:c r="DQ12" s="3" t="n">
-        <x:v>51467</x:v>
+        <x:v>51079</x:v>
       </x:c>
       <x:c r="DR12" s="3" t="n">
-        <x:v>50420</x:v>
+        <x:v>50011</x:v>
       </x:c>
       <x:c r="DS12" s="3" t="n">
-        <x:v>56837</x:v>
+        <x:v>56417</x:v>
+      </x:c>
+      <x:c r="DT12" s="3" t="n">
+        <x:v>49754</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:123">
+    <x:row r="13" spans="1:124">
       <x:c r="A13" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>2948</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>3090</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>3153</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>3155</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>3056</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>3206</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
         <x:v>3332</x:v>
       </x:c>
       <x:c r="I13" s="3" t="n">
         <x:v>3415</x:v>
       </x:c>
@@ -4416,359 +4456,362 @@
       <x:c r="N13" s="3" t="n">
         <x:v>3396</x:v>
       </x:c>
       <x:c r="O13" s="3" t="n">
         <x:v>3525</x:v>
       </x:c>
       <x:c r="P13" s="3" t="n">
         <x:v>3680</x:v>
       </x:c>
       <x:c r="Q13" s="3" t="n">
         <x:v>3729</x:v>
       </x:c>
       <x:c r="R13" s="3" t="n">
         <x:v>3583</x:v>
       </x:c>
       <x:c r="S13" s="3" t="n">
         <x:v>3760</x:v>
       </x:c>
       <x:c r="T13" s="3" t="n">
         <x:v>3828</x:v>
       </x:c>
       <x:c r="U13" s="3" t="n">
         <x:v>3835</x:v>
       </x:c>
       <x:c r="V13" s="3" t="n">
-        <x:v>3717</x:v>
+        <x:v>3718</x:v>
       </x:c>
       <x:c r="W13" s="3" t="n">
         <x:v>3947</x:v>
       </x:c>
       <x:c r="X13" s="3" t="n">
         <x:v>4065</x:v>
       </x:c>
       <x:c r="Y13" s="3" t="n">
         <x:v>3994</x:v>
       </x:c>
       <x:c r="Z13" s="3" t="n">
-        <x:v>3782</x:v>
+        <x:v>3781</x:v>
       </x:c>
       <x:c r="AA13" s="3" t="n">
-        <x:v>4022</x:v>
+        <x:v>4020</x:v>
       </x:c>
       <x:c r="AB13" s="3" t="n">
-        <x:v>4210</x:v>
+        <x:v>4207</x:v>
       </x:c>
       <x:c r="AC13" s="3" t="n">
-        <x:v>4197</x:v>
+        <x:v>4193</x:v>
       </x:c>
       <x:c r="AD13" s="3" t="n">
-        <x:v>4101</x:v>
+        <x:v>4096</x:v>
       </x:c>
       <x:c r="AE13" s="3" t="n">
-        <x:v>4220</x:v>
+        <x:v>4213</x:v>
       </x:c>
       <x:c r="AF13" s="3" t="n">
-        <x:v>4418</x:v>
+        <x:v>4410</x:v>
       </x:c>
       <x:c r="AG13" s="3" t="n">
-        <x:v>4480</x:v>
+        <x:v>4472</x:v>
       </x:c>
       <x:c r="AH13" s="3" t="n">
-        <x:v>4199</x:v>
+        <x:v>4191</x:v>
       </x:c>
       <x:c r="AI13" s="3" t="n">
-        <x:v>4264</x:v>
+        <x:v>4254</x:v>
       </x:c>
       <x:c r="AJ13" s="3" t="n">
-        <x:v>4444</x:v>
+        <x:v>4432</x:v>
       </x:c>
       <x:c r="AK13" s="3" t="n">
-        <x:v>4502</x:v>
+        <x:v>4489</x:v>
       </x:c>
       <x:c r="AL13" s="3" t="n">
-        <x:v>4253</x:v>
+        <x:v>4238</x:v>
       </x:c>
       <x:c r="AM13" s="3" t="n">
-        <x:v>4340</x:v>
+        <x:v>4322</x:v>
       </x:c>
       <x:c r="AN13" s="3" t="n">
-        <x:v>4534</x:v>
+        <x:v>4514</x:v>
       </x:c>
       <x:c r="AO13" s="3" t="n">
-        <x:v>4525</x:v>
+        <x:v>4504</x:v>
       </x:c>
       <x:c r="AP13" s="3" t="n">
-        <x:v>4365</x:v>
+        <x:v>4344</x:v>
       </x:c>
       <x:c r="AQ13" s="3" t="n">
-        <x:v>4423</x:v>
+        <x:v>4401</x:v>
       </x:c>
       <x:c r="AR13" s="3" t="n">
-        <x:v>4574</x:v>
+        <x:v>4550</x:v>
       </x:c>
       <x:c r="AS13" s="3" t="n">
-        <x:v>4653</x:v>
+        <x:v>4627</x:v>
       </x:c>
       <x:c r="AT13" s="3" t="n">
-        <x:v>4533</x:v>
+        <x:v>4506</x:v>
       </x:c>
       <x:c r="AU13" s="3" t="n">
-        <x:v>4703</x:v>
+        <x:v>4672</x:v>
       </x:c>
       <x:c r="AV13" s="3" t="n">
-        <x:v>4817</x:v>
+        <x:v>4785</x:v>
       </x:c>
       <x:c r="AW13" s="3" t="n">
-        <x:v>4918</x:v>
+        <x:v>4883</x:v>
       </x:c>
       <x:c r="AX13" s="3" t="n">
-        <x:v>4854</x:v>
+        <x:v>4819</x:v>
       </x:c>
       <x:c r="AY13" s="3" t="n">
-        <x:v>4937</x:v>
+        <x:v>4900</x:v>
       </x:c>
       <x:c r="AZ13" s="3" t="n">
+        <x:v>5146</x:v>
+      </x:c>
+      <x:c r="BA13" s="3" t="n">
+        <x:v>5291</x:v>
+      </x:c>
+      <x:c r="BB13" s="3" t="n">
         <x:v>5186</x:v>
       </x:c>
-      <x:c r="BA13" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="BC13" s="3" t="n">
-        <x:v>5277</x:v>
+        <x:v>5228</x:v>
       </x:c>
       <x:c r="BD13" s="3" t="n">
-        <x:v>5316</x:v>
+        <x:v>5266</x:v>
       </x:c>
       <x:c r="BE13" s="3" t="n">
-        <x:v>5483</x:v>
+        <x:v>5431</x:v>
       </x:c>
       <x:c r="BF13" s="3" t="n">
-        <x:v>5361</x:v>
+        <x:v>5311</x:v>
       </x:c>
       <x:c r="BG13" s="3" t="n">
-        <x:v>5385</x:v>
+        <x:v>5336</x:v>
       </x:c>
       <x:c r="BH13" s="3" t="n">
-        <x:v>5532</x:v>
+        <x:v>5480</x:v>
       </x:c>
       <x:c r="BI13" s="3" t="n">
-        <x:v>5532</x:v>
+        <x:v>5477</x:v>
       </x:c>
       <x:c r="BJ13" s="3" t="n">
-        <x:v>5470</x:v>
+        <x:v>5413</x:v>
       </x:c>
       <x:c r="BK13" s="3" t="n">
-        <x:v>5323</x:v>
+        <x:v>5266</x:v>
       </x:c>
       <x:c r="BL13" s="3" t="n">
-        <x:v>5378</x:v>
+        <x:v>5320</x:v>
       </x:c>
       <x:c r="BM13" s="3" t="n">
-        <x:v>5714</x:v>
+        <x:v>5652</x:v>
       </x:c>
       <x:c r="BN13" s="3" t="n">
-        <x:v>5627</x:v>
+        <x:v>5568</x:v>
       </x:c>
       <x:c r="BO13" s="3" t="n">
-        <x:v>5426</x:v>
+        <x:v>5370</x:v>
       </x:c>
       <x:c r="BP13" s="3" t="n">
-        <x:v>5801</x:v>
+        <x:v>5743</x:v>
       </x:c>
       <x:c r="BQ13" s="3" t="n">
-        <x:v>5985</x:v>
+        <x:v>5924</x:v>
       </x:c>
       <x:c r="BR13" s="3" t="n">
-        <x:v>5991</x:v>
+        <x:v>5928</x:v>
       </x:c>
       <x:c r="BS13" s="3" t="n">
-        <x:v>5910</x:v>
+        <x:v>5849</x:v>
       </x:c>
       <x:c r="BT13" s="3" t="n">
-        <x:v>6108</x:v>
+        <x:v>6045</x:v>
       </x:c>
       <x:c r="BU13" s="3" t="n">
-        <x:v>6256</x:v>
+        <x:v>6191</x:v>
       </x:c>
       <x:c r="BV13" s="3" t="n">
-        <x:v>6298</x:v>
+        <x:v>6233</x:v>
       </x:c>
       <x:c r="BW13" s="3" t="n">
-        <x:v>6159</x:v>
+        <x:v>6098</x:v>
       </x:c>
       <x:c r="BX13" s="3" t="n">
-        <x:v>6206</x:v>
+        <x:v>6144</x:v>
       </x:c>
       <x:c r="BY13" s="3" t="n">
-        <x:v>6450</x:v>
+        <x:v>6386</x:v>
       </x:c>
       <x:c r="BZ13" s="3" t="n">
-        <x:v>6499</x:v>
+        <x:v>6433</x:v>
       </x:c>
       <x:c r="CA13" s="3" t="n">
-        <x:v>6493</x:v>
+        <x:v>6427</x:v>
       </x:c>
       <x:c r="CB13" s="3" t="n">
-        <x:v>6430</x:v>
+        <x:v>6365</x:v>
       </x:c>
       <x:c r="CC13" s="3" t="n">
-        <x:v>6408</x:v>
+        <x:v>6343</x:v>
       </x:c>
       <x:c r="CD13" s="3" t="n">
-        <x:v>6000</x:v>
+        <x:v>5941</x:v>
       </x:c>
       <x:c r="CE13" s="3" t="n">
-        <x:v>7252</x:v>
+        <x:v>7179</x:v>
       </x:c>
       <x:c r="CF13" s="3" t="n">
-        <x:v>6074</x:v>
+        <x:v>6015</x:v>
       </x:c>
       <x:c r="CG13" s="3" t="n">
-        <x:v>7116</x:v>
+        <x:v>7046</x:v>
       </x:c>
       <x:c r="CH13" s="3" t="n">
-        <x:v>6374</x:v>
+        <x:v>6311</x:v>
       </x:c>
       <x:c r="CI13" s="3" t="n">
-        <x:v>7546</x:v>
+        <x:v>7471</x:v>
       </x:c>
       <x:c r="CJ13" s="3" t="n">
-        <x:v>6131</x:v>
+        <x:v>6071</x:v>
       </x:c>
       <x:c r="CK13" s="3" t="n">
-        <x:v>7258</x:v>
+        <x:v>7186</x:v>
       </x:c>
       <x:c r="CL13" s="3" t="n">
-        <x:v>6489</x:v>
+        <x:v>6425</x:v>
       </x:c>
       <x:c r="CM13" s="3" t="n">
-        <x:v>7709</x:v>
+        <x:v>7633</x:v>
       </x:c>
       <x:c r="CN13" s="3" t="n">
-        <x:v>6466</x:v>
+        <x:v>6403</x:v>
       </x:c>
       <x:c r="CO13" s="3" t="n">
-        <x:v>7460</x:v>
+        <x:v>7387</x:v>
       </x:c>
       <x:c r="CP13" s="3" t="n">
-        <x:v>6678</x:v>
+        <x:v>6613</x:v>
       </x:c>
       <x:c r="CQ13" s="3" t="n">
-        <x:v>7965</x:v>
+        <x:v>7888</x:v>
       </x:c>
       <x:c r="CR13" s="3" t="n">
-        <x:v>6905</x:v>
+        <x:v>6840</x:v>
       </x:c>
       <x:c r="CS13" s="3" t="n">
-        <x:v>7395</x:v>
+        <x:v>7324</x:v>
       </x:c>
       <x:c r="CT13" s="3" t="n">
-        <x:v>6909</x:v>
+        <x:v>6844</x:v>
       </x:c>
       <x:c r="CU13" s="3" t="n">
-        <x:v>8303</x:v>
+        <x:v>8225</x:v>
       </x:c>
       <x:c r="CV13" s="3" t="n">
-        <x:v>7002</x:v>
+        <x:v>6937</x:v>
       </x:c>
       <x:c r="CW13" s="3" t="n">
-        <x:v>7683</x:v>
+        <x:v>7611</x:v>
       </x:c>
       <x:c r="CX13" s="3" t="n">
-        <x:v>7098</x:v>
+        <x:v>7032</x:v>
       </x:c>
       <x:c r="CY13" s="3" t="n">
-        <x:v>8280</x:v>
+        <x:v>8206</x:v>
       </x:c>
       <x:c r="CZ13" s="3" t="n">
-        <x:v>7004</x:v>
+        <x:v>6949</x:v>
       </x:c>
       <x:c r="DA13" s="3" t="n">
-        <x:v>7990</x:v>
+        <x:v>7937</x:v>
       </x:c>
       <x:c r="DB13" s="3" t="n">
-        <x:v>7437</x:v>
+        <x:v>7402</x:v>
       </x:c>
       <x:c r="DC13" s="3" t="n">
-        <x:v>8919</x:v>
+        <x:v>8882</x:v>
       </x:c>
       <x:c r="DD13" s="3" t="n">
-        <x:v>7628</x:v>
+        <x:v>7591</x:v>
       </x:c>
       <x:c r="DE13" s="3" t="n">
-        <x:v>8361</x:v>
+        <x:v>8301</x:v>
       </x:c>
       <x:c r="DF13" s="3" t="n">
-        <x:v>7763</x:v>
+        <x:v>7680</x:v>
       </x:c>
       <x:c r="DG13" s="3" t="n">
-        <x:v>9429</x:v>
+        <x:v>9304</x:v>
       </x:c>
       <x:c r="DH13" s="3" t="n">
-        <x:v>7999</x:v>
+        <x:v>7878</x:v>
       </x:c>
       <x:c r="DI13" s="3" t="n">
-        <x:v>8802</x:v>
+        <x:v>8663</x:v>
       </x:c>
       <x:c r="DJ13" s="3" t="n">
-        <x:v>8419</x:v>
+        <x:v>8287</x:v>
       </x:c>
       <x:c r="DK13" s="3" t="n">
-        <x:v>9692</x:v>
+        <x:v>9540</x:v>
       </x:c>
       <x:c r="DL13" s="3" t="n">
-        <x:v>8597</x:v>
+        <x:v>8460</x:v>
       </x:c>
       <x:c r="DM13" s="3" t="n">
-        <x:v>9393</x:v>
+        <x:v>9248</x:v>
       </x:c>
       <x:c r="DN13" s="3" t="n">
-        <x:v>8732</x:v>
+        <x:v>8700</x:v>
       </x:c>
       <x:c r="DO13" s="3" t="n">
-        <x:v>10340</x:v>
+        <x:v>10311</x:v>
       </x:c>
       <x:c r="DP13" s="3" t="n">
-        <x:v>9061</x:v>
+        <x:v>9030</x:v>
       </x:c>
       <x:c r="DQ13" s="3" t="n">
-        <x:v>10021</x:v>
+        <x:v>9952</x:v>
       </x:c>
       <x:c r="DR13" s="3" t="n">
-        <x:v>9285</x:v>
+        <x:v>9253</x:v>
       </x:c>
       <x:c r="DS13" s="3" t="n">
-        <x:v>11153</x:v>
+        <x:v>11100</x:v>
+      </x:c>
+      <x:c r="DT13" s="3" t="n">
+        <x:v>9635</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:123">
+    <x:row r="14" spans="1:124">
       <x:c r="A14" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>2355</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>2508</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
         <x:v>2550</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
         <x:v>2531</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
         <x:v>2428</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
         <x:v>2585</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
         <x:v>2693</x:v>
       </x:c>
       <x:c r="I14" s="3" t="n">
         <x:v>2747</x:v>
       </x:c>
@@ -4799,347 +4842,350 @@
       <x:c r="R14" s="3" t="n">
         <x:v>2821</x:v>
       </x:c>
       <x:c r="S14" s="3" t="n">
         <x:v>3005</x:v>
       </x:c>
       <x:c r="T14" s="3" t="n">
         <x:v>3049</x:v>
       </x:c>
       <x:c r="U14" s="3" t="n">
         <x:v>3028</x:v>
       </x:c>
       <x:c r="V14" s="3" t="n">
         <x:v>2977</x:v>
       </x:c>
       <x:c r="W14" s="3" t="n">
         <x:v>3127</x:v>
       </x:c>
       <x:c r="X14" s="3" t="n">
         <x:v>3266</x:v>
       </x:c>
       <x:c r="Y14" s="3" t="n">
         <x:v>3209</x:v>
       </x:c>
       <x:c r="Z14" s="3" t="n">
-        <x:v>3033</x:v>
+        <x:v>3032</x:v>
       </x:c>
       <x:c r="AA14" s="3" t="n">
-        <x:v>3155</x:v>
+        <x:v>3153</x:v>
       </x:c>
       <x:c r="AB14" s="3" t="n">
-        <x:v>3359</x:v>
+        <x:v>3357</x:v>
       </x:c>
       <x:c r="AC14" s="3" t="n">
-        <x:v>3396</x:v>
+        <x:v>3393</x:v>
       </x:c>
       <x:c r="AD14" s="3" t="n">
-        <x:v>3309</x:v>
+        <x:v>3305</x:v>
       </x:c>
       <x:c r="AE14" s="3" t="n">
-        <x:v>3386</x:v>
+        <x:v>3381</x:v>
       </x:c>
       <x:c r="AF14" s="3" t="n">
-        <x:v>3548</x:v>
+        <x:v>3543</x:v>
       </x:c>
       <x:c r="AG14" s="3" t="n">
-        <x:v>3625</x:v>
+        <x:v>3619</x:v>
       </x:c>
       <x:c r="AH14" s="3" t="n">
-        <x:v>3437</x:v>
+        <x:v>3431</x:v>
       </x:c>
       <x:c r="AI14" s="3" t="n">
-        <x:v>3487</x:v>
+        <x:v>3481</x:v>
       </x:c>
       <x:c r="AJ14" s="3" t="n">
-        <x:v>3656</x:v>
+        <x:v>3648</x:v>
       </x:c>
       <x:c r="AK14" s="3" t="n">
-        <x:v>3672</x:v>
+        <x:v>3662</x:v>
       </x:c>
       <x:c r="AL14" s="3" t="n">
-        <x:v>3489</x:v>
+        <x:v>3478</x:v>
       </x:c>
       <x:c r="AM14" s="3" t="n">
-        <x:v>3546</x:v>
+        <x:v>3534</x:v>
       </x:c>
       <x:c r="AN14" s="3" t="n">
-        <x:v>3759</x:v>
+        <x:v>3745</x:v>
       </x:c>
       <x:c r="AO14" s="3" t="n">
-        <x:v>3743</x:v>
+        <x:v>3728</x:v>
       </x:c>
       <x:c r="AP14" s="3" t="n">
-        <x:v>3618</x:v>
+        <x:v>3603</x:v>
       </x:c>
       <x:c r="AQ14" s="3" t="n">
-        <x:v>3693</x:v>
+        <x:v>3677</x:v>
       </x:c>
       <x:c r="AR14" s="3" t="n">
-        <x:v>3876</x:v>
+        <x:v>3859</x:v>
       </x:c>
       <x:c r="AS14" s="3" t="n">
-        <x:v>3879</x:v>
+        <x:v>3860</x:v>
       </x:c>
       <x:c r="AT14" s="3" t="n">
-        <x:v>3776</x:v>
+        <x:v>3756</x:v>
       </x:c>
       <x:c r="AU14" s="3" t="n">
-        <x:v>3945</x:v>
+        <x:v>3923</x:v>
       </x:c>
       <x:c r="AV14" s="3" t="n">
-        <x:v>4097</x:v>
+        <x:v>4073</x:v>
       </x:c>
       <x:c r="AW14" s="3" t="n">
-        <x:v>4125</x:v>
+        <x:v>4100</x:v>
       </x:c>
       <x:c r="AX14" s="3" t="n">
-        <x:v>4074</x:v>
+        <x:v>4048</x:v>
       </x:c>
       <x:c r="AY14" s="3" t="n">
-        <x:v>4122</x:v>
+        <x:v>4096</x:v>
       </x:c>
       <x:c r="AZ14" s="3" t="n">
-        <x:v>4389</x:v>
+        <x:v>4359</x:v>
       </x:c>
       <x:c r="BA14" s="3" t="n">
-        <x:v>4521</x:v>
+        <x:v>4488</x:v>
       </x:c>
       <x:c r="BB14" s="3" t="n">
-        <x:v>4390</x:v>
+        <x:v>4356</x:v>
       </x:c>
       <x:c r="BC14" s="3" t="n">
-        <x:v>4458</x:v>
+        <x:v>4422</x:v>
       </x:c>
       <x:c r="BD14" s="3" t="n">
-        <x:v>4514</x:v>
+        <x:v>4477</x:v>
       </x:c>
       <x:c r="BE14" s="3" t="n">
-        <x:v>4611</x:v>
+        <x:v>4572</x:v>
       </x:c>
       <x:c r="BF14" s="3" t="n">
-        <x:v>4481</x:v>
+        <x:v>4443</x:v>
       </x:c>
       <x:c r="BG14" s="3" t="n">
-        <x:v>4517</x:v>
+        <x:v>4480</x:v>
       </x:c>
       <x:c r="BH14" s="3" t="n">
-        <x:v>4632</x:v>
+        <x:v>4593</x:v>
       </x:c>
       <x:c r="BI14" s="3" t="n">
-        <x:v>4533</x:v>
+        <x:v>4493</x:v>
       </x:c>
       <x:c r="BJ14" s="3" t="n">
-        <x:v>4483</x:v>
+        <x:v>4442</x:v>
       </x:c>
       <x:c r="BK14" s="3" t="n">
-        <x:v>4404</x:v>
+        <x:v>4362</x:v>
       </x:c>
       <x:c r="BL14" s="3" t="n">
-        <x:v>4449</x:v>
+        <x:v>4406</x:v>
       </x:c>
       <x:c r="BM14" s="3" t="n">
-        <x:v>4689</x:v>
+        <x:v>4644</x:v>
       </x:c>
       <x:c r="BN14" s="3" t="n">
-        <x:v>4540</x:v>
+        <x:v>4498</x:v>
       </x:c>
       <x:c r="BO14" s="3" t="n">
-        <x:v>4481</x:v>
+        <x:v>4441</x:v>
       </x:c>
       <x:c r="BP14" s="3" t="n">
-        <x:v>4799</x:v>
+        <x:v>4757</x:v>
       </x:c>
       <x:c r="BQ14" s="3" t="n">
-        <x:v>4903</x:v>
+        <x:v>4859</x:v>
       </x:c>
       <x:c r="BR14" s="3" t="n">
-        <x:v>4856</x:v>
+        <x:v>4813</x:v>
       </x:c>
       <x:c r="BS14" s="3" t="n">
-        <x:v>4837</x:v>
+        <x:v>4794</x:v>
       </x:c>
       <x:c r="BT14" s="3" t="n">
-        <x:v>5035</x:v>
+        <x:v>4990</x:v>
       </x:c>
       <x:c r="BU14" s="3" t="n">
-        <x:v>5092</x:v>
+        <x:v>5047</x:v>
       </x:c>
       <x:c r="BV14" s="3" t="n">
-        <x:v>5087</x:v>
+        <x:v>5044</x:v>
       </x:c>
       <x:c r="BW14" s="3" t="n">
-        <x:v>5009</x:v>
+        <x:v>4967</x:v>
       </x:c>
       <x:c r="BX14" s="3" t="n">
-        <x:v>5071</x:v>
+        <x:v>5028</x:v>
       </x:c>
       <x:c r="BY14" s="3" t="n">
-        <x:v>5194</x:v>
+        <x:v>5149</x:v>
       </x:c>
       <x:c r="BZ14" s="3" t="n">
-        <x:v>5139</x:v>
+        <x:v>5093</x:v>
       </x:c>
       <x:c r="CA14" s="3" t="n">
-        <x:v>5220</x:v>
+        <x:v>5174</x:v>
       </x:c>
       <x:c r="CB14" s="3" t="n">
-        <x:v>5207</x:v>
+        <x:v>5160</x:v>
       </x:c>
       <x:c r="CC14" s="3" t="n">
-        <x:v>5125</x:v>
+        <x:v>5079</x:v>
       </x:c>
       <x:c r="CD14" s="3" t="n">
-        <x:v>4846</x:v>
+        <x:v>4803</x:v>
       </x:c>
       <x:c r="CE14" s="3" t="n">
-        <x:v>5751</x:v>
+        <x:v>5701</x:v>
       </x:c>
       <x:c r="CF14" s="3" t="n">
-        <x:v>4945</x:v>
+        <x:v>4902</x:v>
       </x:c>
       <x:c r="CG14" s="3" t="n">
-        <x:v>5665</x:v>
+        <x:v>5616</x:v>
       </x:c>
       <x:c r="CH14" s="3" t="n">
-        <x:v>5110</x:v>
+        <x:v>5065</x:v>
       </x:c>
       <x:c r="CI14" s="3" t="n">
-        <x:v>5952</x:v>
+        <x:v>5900</x:v>
       </x:c>
       <x:c r="CJ14" s="3" t="n">
-        <x:v>4971</x:v>
+        <x:v>4928</x:v>
       </x:c>
       <x:c r="CK14" s="3" t="n">
-        <x:v>5815</x:v>
+        <x:v>5763</x:v>
       </x:c>
       <x:c r="CL14" s="3" t="n">
-        <x:v>5166</x:v>
+        <x:v>5120</x:v>
       </x:c>
       <x:c r="CM14" s="3" t="n">
-        <x:v>6054</x:v>
+        <x:v>6000</x:v>
       </x:c>
       <x:c r="CN14" s="3" t="n">
-        <x:v>5242</x:v>
+        <x:v>5196</x:v>
       </x:c>
       <x:c r="CO14" s="3" t="n">
-        <x:v>5901</x:v>
+        <x:v>5849</x:v>
       </x:c>
       <x:c r="CP14" s="3" t="n">
-        <x:v>5264</x:v>
+        <x:v>5219</x:v>
       </x:c>
       <x:c r="CQ14" s="3" t="n">
-        <x:v>6219</x:v>
+        <x:v>6167</x:v>
       </x:c>
       <x:c r="CR14" s="3" t="n">
-        <x:v>5593</x:v>
+        <x:v>5546</x:v>
       </x:c>
       <x:c r="CS14" s="3" t="n">
-        <x:v>5778</x:v>
+        <x:v>5731</x:v>
       </x:c>
       <x:c r="CT14" s="3" t="n">
-        <x:v>5430</x:v>
+        <x:v>5385</x:v>
       </x:c>
       <x:c r="CU14" s="3" t="n">
-        <x:v>6545</x:v>
+        <x:v>6491</x:v>
       </x:c>
       <x:c r="CV14" s="3" t="n">
-        <x:v>5592</x:v>
+        <x:v>5546</x:v>
       </x:c>
       <x:c r="CW14" s="3" t="n">
-        <x:v>5952</x:v>
+        <x:v>5902</x:v>
       </x:c>
       <x:c r="CX14" s="3" t="n">
-        <x:v>5519</x:v>
+        <x:v>5471</x:v>
       </x:c>
       <x:c r="CY14" s="3" t="n">
-        <x:v>6356</x:v>
+        <x:v>6303</x:v>
       </x:c>
       <x:c r="CZ14" s="3" t="n">
-        <x:v>5557</x:v>
+        <x:v>5518</x:v>
       </x:c>
       <x:c r="DA14" s="3" t="n">
-        <x:v>6130</x:v>
+        <x:v>6097</x:v>
       </x:c>
       <x:c r="DB14" s="3" t="n">
-        <x:v>5745</x:v>
+        <x:v>5728</x:v>
       </x:c>
       <x:c r="DC14" s="3" t="n">
-        <x:v>6855</x:v>
+        <x:v>6840</x:v>
       </x:c>
       <x:c r="DD14" s="3" t="n">
-        <x:v>5938</x:v>
+        <x:v>5918</x:v>
       </x:c>
       <x:c r="DE14" s="3" t="n">
-        <x:v>6379</x:v>
+        <x:v>6339</x:v>
       </x:c>
       <x:c r="DF14" s="3" t="n">
-        <x:v>5931</x:v>
+        <x:v>5866</x:v>
       </x:c>
       <x:c r="DG14" s="3" t="n">
-        <x:v>7194</x:v>
+        <x:v>7088</x:v>
       </x:c>
       <x:c r="DH14" s="3" t="n">
-        <x:v>6209</x:v>
+        <x:v>6102</x:v>
       </x:c>
       <x:c r="DI14" s="3" t="n">
-        <x:v>6673</x:v>
+        <x:v>6548</x:v>
       </x:c>
       <x:c r="DJ14" s="3" t="n">
-        <x:v>6351</x:v>
+        <x:v>6229</x:v>
       </x:c>
       <x:c r="DK14" s="3" t="n">
-        <x:v>7299</x:v>
+        <x:v>7156</x:v>
       </x:c>
       <x:c r="DL14" s="3" t="n">
-        <x:v>6647</x:v>
+        <x:v>6516</x:v>
       </x:c>
       <x:c r="DM14" s="3" t="n">
-        <x:v>7013</x:v>
+        <x:v>6874</x:v>
       </x:c>
       <x:c r="DN14" s="3" t="n">
-        <x:v>6566</x:v>
+        <x:v>6531</x:v>
       </x:c>
       <x:c r="DO14" s="3" t="n">
-        <x:v>7792</x:v>
+        <x:v>7762</x:v>
       </x:c>
       <x:c r="DP14" s="3" t="n">
-        <x:v>6877</x:v>
+        <x:v>6842</x:v>
       </x:c>
       <x:c r="DQ14" s="3" t="n">
-        <x:v>7392</x:v>
+        <x:v>7329</x:v>
       </x:c>
       <x:c r="DR14" s="3" t="n">
-        <x:v>6930</x:v>
+        <x:v>6902</x:v>
       </x:c>
       <x:c r="DS14" s="3" t="n">
-        <x:v>8295</x:v>
+        <x:v>8247</x:v>
+      </x:c>
+      <x:c r="DT14" s="3" t="n">
+        <x:v>7233</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:123">
+    <x:row r="15" spans="1:124">
       <x:c r="A15" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>583</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
         <x:v>602</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>624</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
         <x:v>628</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
         <x:v>639</x:v>
       </x:c>
       <x:c r="I15" s="3" t="n">
         <x:v>669</x:v>
       </x:c>
@@ -5179,338 +5225,341 @@
       <x:c r="U15" s="3" t="n">
         <x:v>807</x:v>
       </x:c>
       <x:c r="V15" s="3" t="n">
         <x:v>741</x:v>
       </x:c>
       <x:c r="W15" s="3" t="n">
         <x:v>820</x:v>
       </x:c>
       <x:c r="X15" s="3" t="n">
         <x:v>799</x:v>
       </x:c>
       <x:c r="Y15" s="3" t="n">
         <x:v>785</x:v>
       </x:c>
       <x:c r="Z15" s="3" t="n">
         <x:v>748</x:v>
       </x:c>
       <x:c r="AA15" s="3" t="n">
         <x:v>867</x:v>
       </x:c>
       <x:c r="AB15" s="3" t="n">
         <x:v>851</x:v>
       </x:c>
       <x:c r="AC15" s="3" t="n">
-        <x:v>801</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="AD15" s="3" t="n">
-        <x:v>793</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="AE15" s="3" t="n">
-        <x:v>834</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="AF15" s="3" t="n">
-        <x:v>870</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="AG15" s="3" t="n">
-        <x:v>855</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="AH15" s="3" t="n">
-        <x:v>763</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="AI15" s="3" t="n">
-        <x:v>777</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="AJ15" s="3" t="n">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="AK15" s="3" t="n">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="AL15" s="3" t="n">
+        <x:v>759</x:v>
+      </x:c>
+      <x:c r="AM15" s="3" t="n">
         <x:v>788</x:v>
       </x:c>
-      <x:c r="AK15" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="AN15" s="3" t="n">
-        <x:v>775</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="AO15" s="3" t="n">
-        <x:v>782</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="AP15" s="3" t="n">
-        <x:v>747</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="AQ15" s="3" t="n">
-        <x:v>730</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="AR15" s="3" t="n">
-        <x:v>697</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="AS15" s="3" t="n">
-        <x:v>774</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="AT15" s="3" t="n">
-        <x:v>758</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="AU15" s="3" t="n">
-        <x:v>757</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="AV15" s="3" t="n">
-        <x:v>720</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="AW15" s="3" t="n">
-        <x:v>792</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="AX15" s="3" t="n">
-        <x:v>781</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="AY15" s="3" t="n">
-        <x:v>815</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="AZ15" s="3" t="n">
-        <x:v>797</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="BA15" s="3" t="n">
-        <x:v>814</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="BB15" s="3" t="n">
-        <x:v>842</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="BC15" s="3" t="n">
-        <x:v>819</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="BD15" s="3" t="n">
-        <x:v>802</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="BE15" s="3" t="n">
-        <x:v>872</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="BF15" s="3" t="n">
-        <x:v>880</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="BG15" s="3" t="n">
-        <x:v>868</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="BH15" s="3" t="n">
-        <x:v>899</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="BI15" s="3" t="n">
-        <x:v>999</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="BJ15" s="3" t="n">
-        <x:v>987</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="BK15" s="3" t="n">
-        <x:v>919</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="BL15" s="3" t="n">
+        <x:v>913</x:v>
+      </x:c>
+      <x:c r="BM15" s="3" t="n">
+        <x:v>1008</x:v>
+      </x:c>
+      <x:c r="BN15" s="3" t="n">
+        <x:v>1070</x:v>
+      </x:c>
+      <x:c r="BO15" s="3" t="n">
         <x:v>929</x:v>
       </x:c>
-      <x:c r="BM15" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="BP15" s="3" t="n">
-        <x:v>1002</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="BQ15" s="3" t="n">
-        <x:v>1083</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="BR15" s="3" t="n">
-        <x:v>1135</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="BS15" s="3" t="n">
-        <x:v>1073</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="BT15" s="3" t="n">
-        <x:v>1073</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="BU15" s="3" t="n">
-        <x:v>1164</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="BV15" s="3" t="n">
-        <x:v>1210</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="BW15" s="3" t="n">
-        <x:v>1150</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="BX15" s="3" t="n">
-        <x:v>1134</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="BY15" s="3" t="n">
-        <x:v>1256</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="BZ15" s="3" t="n">
-        <x:v>1360</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="CA15" s="3" t="n">
-        <x:v>1272</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="CB15" s="3" t="n">
-        <x:v>1223</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="CC15" s="3" t="n">
-        <x:v>1283</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="CD15" s="3" t="n">
-        <x:v>1154</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="CE15" s="3" t="n">
-        <x:v>1501</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="CF15" s="3" t="n">
-        <x:v>1129</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="CG15" s="3" t="n">
-        <x:v>1451</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="CH15" s="3" t="n">
-        <x:v>1264</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="CI15" s="3" t="n">
+        <x:v>1571</x:v>
+      </x:c>
+      <x:c r="CJ15" s="3" t="n">
+        <x:v>1143</x:v>
+      </x:c>
+      <x:c r="CK15" s="3" t="n">
+        <x:v>1423</x:v>
+      </x:c>
+      <x:c r="CL15" s="3" t="n">
+        <x:v>1305</x:v>
+      </x:c>
+      <x:c r="CM15" s="3" t="n">
+        <x:v>1633</x:v>
+      </x:c>
+      <x:c r="CN15" s="3" t="n">
+        <x:v>1207</x:v>
+      </x:c>
+      <x:c r="CO15" s="3" t="n">
+        <x:v>1538</x:v>
+      </x:c>
+      <x:c r="CP15" s="3" t="n">
+        <x:v>1394</x:v>
+      </x:c>
+      <x:c r="CQ15" s="3" t="n">
+        <x:v>1721</x:v>
+      </x:c>
+      <x:c r="CR15" s="3" t="n">
+        <x:v>1294</x:v>
+      </x:c>
+      <x:c r="CS15" s="3" t="n">
         <x:v>1594</x:v>
       </x:c>
-      <x:c r="CJ15" s="3" t="n">
-[...14 lines deleted...]
-      <x:c r="CO15" s="3" t="n">
+      <x:c r="CT15" s="3" t="n">
+        <x:v>1458</x:v>
+      </x:c>
+      <x:c r="CU15" s="3" t="n">
+        <x:v>1734</x:v>
+      </x:c>
+      <x:c r="CV15" s="3" t="n">
+        <x:v>1391</x:v>
+      </x:c>
+      <x:c r="CW15" s="3" t="n">
+        <x:v>1710</x:v>
+      </x:c>
+      <x:c r="CX15" s="3" t="n">
         <x:v>1560</x:v>
       </x:c>
-      <x:c r="CP15" s="3" t="n">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="CY15" s="3" t="n">
-        <x:v>1924</x:v>
+        <x:v>1903</x:v>
       </x:c>
       <x:c r="CZ15" s="3" t="n">
-        <x:v>1447</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="DA15" s="3" t="n">
-        <x:v>1860</x:v>
+        <x:v>1840</x:v>
       </x:c>
       <x:c r="DB15" s="3" t="n">
-        <x:v>1692</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="DC15" s="3" t="n">
-        <x:v>2064</x:v>
+        <x:v>2042</x:v>
       </x:c>
       <x:c r="DD15" s="3" t="n">
-        <x:v>1690</x:v>
+        <x:v>1672</x:v>
       </x:c>
       <x:c r="DE15" s="3" t="n">
-        <x:v>1981</x:v>
+        <x:v>1961</x:v>
       </x:c>
       <x:c r="DF15" s="3" t="n">
-        <x:v>1832</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="DG15" s="3" t="n">
-        <x:v>2236</x:v>
+        <x:v>2216</x:v>
       </x:c>
       <x:c r="DH15" s="3" t="n">
-        <x:v>1790</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="DI15" s="3" t="n">
-        <x:v>2129</x:v>
+        <x:v>2115</x:v>
       </x:c>
       <x:c r="DJ15" s="3" t="n">
-        <x:v>2068</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="DK15" s="3" t="n">
-        <x:v>2393</x:v>
+        <x:v>2384</x:v>
       </x:c>
       <x:c r="DL15" s="3" t="n">
-        <x:v>1950</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="DM15" s="3" t="n">
-        <x:v>2380</x:v>
+        <x:v>2374</x:v>
       </x:c>
       <x:c r="DN15" s="3" t="n">
-        <x:v>2166</x:v>
+        <x:v>2169</x:v>
       </x:c>
       <x:c r="DO15" s="3" t="n">
-        <x:v>2548</x:v>
+        <x:v>2549</x:v>
       </x:c>
       <x:c r="DP15" s="3" t="n">
-        <x:v>2184</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="DQ15" s="3" t="n">
-        <x:v>2628</x:v>
+        <x:v>2623</x:v>
       </x:c>
       <x:c r="DR15" s="3" t="n">
-        <x:v>2354</x:v>
+        <x:v>2351</x:v>
       </x:c>
       <x:c r="DS15" s="3" t="n">
-        <x:v>2859</x:v>
+        <x:v>2854</x:v>
+      </x:c>
+      <x:c r="DT15" s="3" t="n">
+        <x:v>2403</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:123">
+    <x:row r="16" spans="1:124">
       <x:c r="A16" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>391</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>395</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>395</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
         <x:v>417</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H16" s="3" t="n">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I16" s="3" t="n">
         <x:v>421</x:v>
       </x:c>
@@ -5550,338 +5599,341 @@
       <x:c r="U16" s="3" t="n">
         <x:v>425</x:v>
       </x:c>
       <x:c r="V16" s="3" t="n">
         <x:v>425</x:v>
       </x:c>
       <x:c r="W16" s="3" t="n">
         <x:v>425</x:v>
       </x:c>
       <x:c r="X16" s="3" t="n">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Y16" s="3" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Z16" s="3" t="n">
         <x:v>420</x:v>
       </x:c>
       <x:c r="AA16" s="3" t="n">
         <x:v>424</x:v>
       </x:c>
       <x:c r="AB16" s="3" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="AC16" s="3" t="n">
-        <x:v>429</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="AD16" s="3" t="n">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="AE16" s="3" t="n">
         <x:v>425</x:v>
       </x:c>
       <x:c r="AF16" s="3" t="n">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="AG16" s="3" t="n">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="AH16" s="3" t="n">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="AI16" s="3" t="n">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="AJ16" s="3" t="n">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="AK16" s="3" t="n">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="AL16" s="3" t="n">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="AM16" s="3" t="n">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="AN16" s="3" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="AO16" s="3" t="n">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="AP16" s="3" t="n">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="AQ16" s="3" t="n">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="AR16" s="3" t="n">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="AS16" s="3" t="n">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="AT16" s="3" t="n">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="AU16" s="3" t="n">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="AV16" s="3" t="n">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="AW16" s="3" t="n">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="AX16" s="3" t="n">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="AY16" s="3" t="n">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="AZ16" s="3" t="n">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="BA16" s="3" t="n">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="BB16" s="3" t="n">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="BC16" s="3" t="n">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="BD16" s="3" t="n">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="BE16" s="3" t="n">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="BF16" s="3" t="n">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="BG16" s="3" t="n">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="BH16" s="3" t="n">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="BI16" s="3" t="n">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="BJ16" s="3" t="n">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="BK16" s="3" t="n">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="BL16" s="3" t="n">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="BM16" s="3" t="n">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="BN16" s="3" t="n">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="AG16" s="3" t="n">
-[...89 lines deleted...]
-      <x:c r="BK16" s="3" t="n">
+      <x:c r="BO16" s="3" t="n">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="BP16" s="3" t="n">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="BQ16" s="3" t="n">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="BR16" s="3" t="n">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="BS16" s="3" t="n">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="BT16" s="3" t="n">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="BU16" s="3" t="n">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="BV16" s="3" t="n">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="BW16" s="3" t="n">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="BX16" s="3" t="n">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="BY16" s="3" t="n">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="BZ16" s="3" t="n">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="CA16" s="3" t="n">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="CB16" s="3" t="n">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="BL16" s="3" t="n">
-[...49 lines deleted...]
-      </x:c>
       <x:c r="CC16" s="3" t="n">
-        <x:v>410</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="CD16" s="3" t="n">
-        <x:v>384</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="CE16" s="3" t="n">
-        <x:v>479</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="CF16" s="3" t="n">
-        <x:v>395</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="CG16" s="3" t="n">
-        <x:v>456</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="CH16" s="3" t="n">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="CI16" s="3" t="n">
-        <x:v>501</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="CJ16" s="3" t="n">
-        <x:v>415</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="CK16" s="3" t="n">
-        <x:v>477</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="CL16" s="3" t="n">
         <x:v>421</x:v>
       </x:c>
       <x:c r="CM16" s="3" t="n">
-        <x:v>532</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="CN16" s="3" t="n">
-        <x:v>452</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="CO16" s="3" t="n">
-        <x:v>509</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="CP16" s="3" t="n">
-        <x:v>483</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="CQ16" s="3" t="n">
-        <x:v>589</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="CR16" s="3" t="n">
-        <x:v>513</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="CS16" s="3" t="n">
-        <x:v>580</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="CT16" s="3" t="n">
         <x:v>516</x:v>
       </x:c>
       <x:c r="CU16" s="3" t="n">
-        <x:v>628</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="CV16" s="3" t="n">
-        <x:v>526</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="CW16" s="3" t="n">
-        <x:v>582</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="CX16" s="3" t="n">
-        <x:v>500</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="CY16" s="3" t="n">
-        <x:v>548</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="CZ16" s="3" t="n">
         <x:v>485</x:v>
       </x:c>
       <x:c r="DA16" s="3" t="n">
-        <x:v>579</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="DB16" s="3" t="n">
-        <x:v>527</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="DC16" s="3" t="n">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="DD16" s="3" t="n">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="DE16" s="3" t="n">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="DF16" s="3" t="n">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="DG16" s="3" t="n">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="DH16" s="3" t="n">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="DI16" s="3" t="n">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="DJ16" s="3" t="n">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="DK16" s="3" t="n">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="DL16" s="3" t="n">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="DM16" s="3" t="n">
         <x:v>694</x:v>
       </x:c>
-      <x:c r="DD16" s="3" t="n">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="DN16" s="3" t="n">
-        <x:v>639</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="DO16" s="3" t="n">
-        <x:v>799</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="DP16" s="3" t="n">
-        <x:v>658</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="DQ16" s="3" t="n">
-        <x:v>737</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="DR16" s="3" t="n">
-        <x:v>681</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="DS16" s="3" t="n">
-        <x:v>825</x:v>
+        <x:v>810</x:v>
+      </x:c>
+      <x:c r="DT16" s="3" t="n">
+        <x:v>665</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:123">
+    <x:row r="17" spans="1:124">
       <x:c r="A17" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>781</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>817</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
         <x:v>848</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
         <x:v>840</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
         <x:v>794</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
         <x:v>830</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
         <x:v>894</x:v>
       </x:c>
       <x:c r="I17" s="3" t="n">
         <x:v>887</x:v>
       </x:c>
@@ -5912,347 +5964,350 @@
       <x:c r="R17" s="3" t="n">
         <x:v>914</x:v>
       </x:c>
       <x:c r="S17" s="3" t="n">
         <x:v>954</x:v>
       </x:c>
       <x:c r="T17" s="3" t="n">
         <x:v>987</x:v>
       </x:c>
       <x:c r="U17" s="3" t="n">
         <x:v>958</x:v>
       </x:c>
       <x:c r="V17" s="3" t="n">
         <x:v>958</x:v>
       </x:c>
       <x:c r="W17" s="3" t="n">
         <x:v>1002</x:v>
       </x:c>
       <x:c r="X17" s="3" t="n">
         <x:v>1048</x:v>
       </x:c>
       <x:c r="Y17" s="3" t="n">
         <x:v>1022</x:v>
       </x:c>
       <x:c r="Z17" s="3" t="n">
-        <x:v>1046</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="AA17" s="3" t="n">
         <x:v>1036</x:v>
       </x:c>
       <x:c r="AB17" s="3" t="n">
         <x:v>1086</x:v>
       </x:c>
       <x:c r="AC17" s="3" t="n">
-        <x:v>1058</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="AD17" s="3" t="n">
-        <x:v>1049</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="AE17" s="3" t="n">
-        <x:v>1060</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="AF17" s="3" t="n">
-        <x:v>1102</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="AG17" s="3" t="n">
-        <x:v>1070</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="AH17" s="3" t="n">
-        <x:v>1073</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="AI17" s="3" t="n">
-        <x:v>1098</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="AJ17" s="3" t="n">
-        <x:v>1139</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="AK17" s="3" t="n">
-        <x:v>1097</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="AL17" s="3" t="n">
-        <x:v>1087</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="AM17" s="3" t="n">
-        <x:v>1179</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="AN17" s="3" t="n">
-        <x:v>1180</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="AO17" s="3" t="n">
-        <x:v>1162</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="AP17" s="3" t="n">
-        <x:v>1188</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="AQ17" s="3" t="n">
-        <x:v>1244</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="AR17" s="3" t="n">
-        <x:v>1269</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="AS17" s="3" t="n">
-        <x:v>1260</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="AT17" s="3" t="n">
-        <x:v>1277</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="AU17" s="3" t="n">
-        <x:v>1322</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="AV17" s="3" t="n">
-        <x:v>1382</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="AW17" s="3" t="n">
-        <x:v>1373</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="AX17" s="3" t="n">
-        <x:v>1433</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="AY17" s="3" t="n">
-        <x:v>1488</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="AZ17" s="3" t="n">
-        <x:v>1527</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="BA17" s="3" t="n">
-        <x:v>1557</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="BB17" s="3" t="n">
-        <x:v>1488</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="BC17" s="3" t="n">
+        <x:v>1493</x:v>
+      </x:c>
+      <x:c r="BD17" s="3" t="n">
+        <x:v>1515</x:v>
+      </x:c>
+      <x:c r="BE17" s="3" t="n">
+        <x:v>1463</x:v>
+      </x:c>
+      <x:c r="BF17" s="3" t="n">
+        <x:v>1319</x:v>
+      </x:c>
+      <x:c r="BG17" s="3" t="n">
+        <x:v>1323</x:v>
+      </x:c>
+      <x:c r="BH17" s="3" t="n">
+        <x:v>1345</x:v>
+      </x:c>
+      <x:c r="BI17" s="3" t="n">
+        <x:v>1335</x:v>
+      </x:c>
+      <x:c r="BJ17" s="3" t="n">
+        <x:v>1354</x:v>
+      </x:c>
+      <x:c r="BK17" s="3" t="n">
+        <x:v>1363</x:v>
+      </x:c>
+      <x:c r="BL17" s="3" t="n">
+        <x:v>1394</x:v>
+      </x:c>
+      <x:c r="BM17" s="3" t="n">
+        <x:v>1411</x:v>
+      </x:c>
+      <x:c r="BN17" s="3" t="n">
+        <x:v>1419</x:v>
+      </x:c>
+      <x:c r="BO17" s="3" t="n">
+        <x:v>1451</x:v>
+      </x:c>
+      <x:c r="BP17" s="3" t="n">
+        <x:v>1444</x:v>
+      </x:c>
+      <x:c r="BQ17" s="3" t="n">
+        <x:v>1498</x:v>
+      </x:c>
+      <x:c r="BR17" s="3" t="n">
+        <x:v>1448</x:v>
+      </x:c>
+      <x:c r="BS17" s="3" t="n">
+        <x:v>1526</x:v>
+      </x:c>
+      <x:c r="BT17" s="3" t="n">
+        <x:v>1499</x:v>
+      </x:c>
+      <x:c r="BU17" s="3" t="n">
+        <x:v>1475</x:v>
+      </x:c>
+      <x:c r="BV17" s="3" t="n">
+        <x:v>1481</x:v>
+      </x:c>
+      <x:c r="BW17" s="3" t="n">
+        <x:v>1468</x:v>
+      </x:c>
+      <x:c r="BX17" s="3" t="n">
+        <x:v>1473</x:v>
+      </x:c>
+      <x:c r="BY17" s="3" t="n">
+        <x:v>1495</x:v>
+      </x:c>
+      <x:c r="BZ17" s="3" t="n">
+        <x:v>1492</x:v>
+      </x:c>
+      <x:c r="CA17" s="3" t="n">
+        <x:v>1492</x:v>
+      </x:c>
+      <x:c r="CB17" s="3" t="n">
+        <x:v>1496</x:v>
+      </x:c>
+      <x:c r="CC17" s="3" t="n">
         <x:v>1509</x:v>
       </x:c>
-      <x:c r="BD17" s="3" t="n">
-[...76 lines deleted...]
-      </x:c>
       <x:c r="CD17" s="3" t="n">
-        <x:v>1392</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="CE17" s="3" t="n">
-        <x:v>1705</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="CF17" s="3" t="n">
-        <x:v>1430</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="CG17" s="3" t="n">
-        <x:v>1670</x:v>
+        <x:v>1651</x:v>
       </x:c>
       <x:c r="CH17" s="3" t="n">
-        <x:v>1422</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="CI17" s="3" t="n">
-        <x:v>1835</x:v>
+        <x:v>1815</x:v>
       </x:c>
       <x:c r="CJ17" s="3" t="n">
-        <x:v>1509</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="CK17" s="3" t="n">
-        <x:v>1764</x:v>
+        <x:v>1745</x:v>
       </x:c>
       <x:c r="CL17" s="3" t="n">
-        <x:v>1546</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="CM17" s="3" t="n">
-        <x:v>1928</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="CN17" s="3" t="n">
-        <x:v>1582</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="CO17" s="3" t="n">
-        <x:v>1863</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="CP17" s="3" t="n">
-        <x:v>1604</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="CQ17" s="3" t="n">
-        <x:v>1968</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="CR17" s="3" t="n">
-        <x:v>1665</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="CS17" s="3" t="n">
-        <x:v>1879</x:v>
+        <x:v>1859</x:v>
       </x:c>
       <x:c r="CT17" s="3" t="n">
-        <x:v>1662</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="CU17" s="3" t="n">
-        <x:v>2017</x:v>
+        <x:v>1995</x:v>
       </x:c>
       <x:c r="CV17" s="3" t="n">
-        <x:v>1734</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="CW17" s="3" t="n">
-        <x:v>1921</x:v>
+        <x:v>1899</x:v>
       </x:c>
       <x:c r="CX17" s="3" t="n">
-        <x:v>1720</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="CY17" s="3" t="n">
-        <x:v>2084</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="CZ17" s="3" t="n">
-        <x:v>1678</x:v>
+        <x:v>1659</x:v>
       </x:c>
       <x:c r="DA17" s="3" t="n">
-        <x:v>2019</x:v>
+        <x:v>1997</x:v>
       </x:c>
       <x:c r="DB17" s="3" t="n">
-        <x:v>1842</x:v>
+        <x:v>1822</x:v>
       </x:c>
       <x:c r="DC17" s="3" t="n">
-        <x:v>2237</x:v>
+        <x:v>2214</x:v>
       </x:c>
       <x:c r="DD17" s="3" t="n">
-        <x:v>1913</x:v>
+        <x:v>1895</x:v>
       </x:c>
       <x:c r="DE17" s="3" t="n">
-        <x:v>2177</x:v>
+        <x:v>2157</x:v>
       </x:c>
       <x:c r="DF17" s="3" t="n">
-        <x:v>2031</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="DG17" s="3" t="n">
-        <x:v>2394</x:v>
+        <x:v>2375</x:v>
       </x:c>
       <x:c r="DH17" s="3" t="n">
-        <x:v>2041</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="DI17" s="3" t="n">
-        <x:v>2239</x:v>
+        <x:v>2215</x:v>
       </x:c>
       <x:c r="DJ17" s="3" t="n">
-        <x:v>2111</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="DK17" s="3" t="n">
-        <x:v>2334</x:v>
+        <x:v>2296</x:v>
       </x:c>
       <x:c r="DL17" s="3" t="n">
-        <x:v>2009</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="DM17" s="3" t="n">
-        <x:v>2159</x:v>
+        <x:v>2119</x:v>
       </x:c>
       <x:c r="DN17" s="3" t="n">
-        <x:v>1943</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="DO17" s="3" t="n">
-        <x:v>2244</x:v>
+        <x:v>2219</x:v>
       </x:c>
       <x:c r="DP17" s="3" t="n">
-        <x:v>1992</x:v>
+        <x:v>1978</x:v>
       </x:c>
       <x:c r="DQ17" s="3" t="n">
-        <x:v>2171</x:v>
+        <x:v>2149</x:v>
       </x:c>
       <x:c r="DR17" s="3" t="n">
-        <x:v>1987</x:v>
+        <x:v>1977</x:v>
       </x:c>
       <x:c r="DS17" s="3" t="n">
-        <x:v>2274</x:v>
+        <x:v>2263</x:v>
+      </x:c>
+      <x:c r="DT17" s="3" t="n">
+        <x:v>1951</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:123">
+    <x:row r="18" spans="1:124">
       <x:c r="A18" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>719</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
         <x:v>808</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
         <x:v>802</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
         <x:v>777</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
         <x:v>782</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
         <x:v>827</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
         <x:v>790</x:v>
       </x:c>
       <x:c r="I18" s="3" t="n">
         <x:v>754</x:v>
       </x:c>
@@ -6286,344 +6341,347 @@
       <x:c r="S18" s="3" t="n">
         <x:v>865</x:v>
       </x:c>
       <x:c r="T18" s="3" t="n">
         <x:v>815</x:v>
       </x:c>
       <x:c r="U18" s="3" t="n">
         <x:v>854</x:v>
       </x:c>
       <x:c r="V18" s="3" t="n">
         <x:v>830</x:v>
       </x:c>
       <x:c r="W18" s="3" t="n">
         <x:v>903</x:v>
       </x:c>
       <x:c r="X18" s="3" t="n">
         <x:v>875</x:v>
       </x:c>
       <x:c r="Y18" s="3" t="n">
         <x:v>888</x:v>
       </x:c>
       <x:c r="Z18" s="3" t="n">
         <x:v>864</x:v>
       </x:c>
       <x:c r="AA18" s="3" t="n">
-        <x:v>917</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="AB18" s="3" t="n">
         <x:v>834</x:v>
       </x:c>
       <x:c r="AC18" s="3" t="n">
         <x:v>863</x:v>
       </x:c>
       <x:c r="AD18" s="3" t="n">
         <x:v>837</x:v>
       </x:c>
       <x:c r="AE18" s="3" t="n">
-        <x:v>865</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="AF18" s="3" t="n">
-        <x:v>765</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="AG18" s="3" t="n">
-        <x:v>777</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="AH18" s="3" t="n">
-        <x:v>770</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="AI18" s="3" t="n">
-        <x:v>790</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="AJ18" s="3" t="n">
-        <x:v>759</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="AK18" s="3" t="n">
-        <x:v>768</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="AL18" s="3" t="n">
-        <x:v>738</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="AM18" s="3" t="n">
-        <x:v>794</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="AN18" s="3" t="n">
-        <x:v>744</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="AO18" s="3" t="n">
-        <x:v>754</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="AP18" s="3" t="n">
-        <x:v>734</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="AQ18" s="3" t="n">
-        <x:v>762</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="AR18" s="3" t="n">
-        <x:v>716</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="AS18" s="3" t="n">
-        <x:v>723</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="AT18" s="3" t="n">
-        <x:v>729</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="AU18" s="3" t="n">
-        <x:v>720</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="AV18" s="3" t="n">
-        <x:v>672</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="AW18" s="3" t="n">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="AX18" s="3" t="n">
-        <x:v>642</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="AY18" s="3" t="n">
-        <x:v>685</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="AZ18" s="3" t="n">
-        <x:v>620</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="BA18" s="3" t="n">
-        <x:v>654</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="BB18" s="3" t="n">
-        <x:v>652</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="BC18" s="3" t="n">
-        <x:v>643</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="BD18" s="3" t="n">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="BE18" s="3" t="n">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="BF18" s="3" t="n">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="BG18" s="3" t="n">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="BH18" s="3" t="n">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="BI18" s="3" t="n">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="BJ18" s="3" t="n">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="BK18" s="3" t="n">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="BL18" s="3" t="n">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="BM18" s="3" t="n">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="BN18" s="3" t="n">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="BO18" s="3" t="n">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="BP18" s="3" t="n">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="BQ18" s="3" t="n">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="BR18" s="3" t="n">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="BS18" s="3" t="n">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="BT18" s="3" t="n">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="BU18" s="3" t="n">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="BV18" s="3" t="n">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="BW18" s="3" t="n">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="BX18" s="3" t="n">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="BY18" s="3" t="n">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="BZ18" s="3" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="CA18" s="3" t="n">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="CB18" s="3" t="n">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="CC18" s="3" t="n">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="CD18" s="3" t="n">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="CE18" s="3" t="n">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="CF18" s="3" t="n">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="CG18" s="3" t="n">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="CH18" s="3" t="n">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="CI18" s="3" t="n">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="CJ18" s="3" t="n">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="CK18" s="3" t="n">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="CL18" s="3" t="n">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="CM18" s="3" t="n">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="CN18" s="3" t="n">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="CO18" s="3" t="n">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="CP18" s="3" t="n">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="CQ18" s="3" t="n">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="CR18" s="3" t="n">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="CS18" s="3" t="n">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="CT18" s="3" t="n">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="CU18" s="3" t="n">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="CV18" s="3" t="n">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="CW18" s="3" t="n">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="CX18" s="3" t="n">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="CY18" s="3" t="n">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="CZ18" s="3" t="n">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="DA18" s="3" t="n">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="DB18" s="3" t="n">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="DC18" s="3" t="n">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="DD18" s="3" t="n">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="DE18" s="3" t="n">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="DF18" s="3" t="n">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="DG18" s="3" t="n">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="DH18" s="3" t="n">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="DI18" s="3" t="n">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="DJ18" s="3" t="n">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="DK18" s="3" t="n">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="DL18" s="3" t="n">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="DM18" s="3" t="n">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="DN18" s="3" t="n">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="DO18" s="3" t="n">
         <x:v>635</x:v>
       </x:c>
-      <x:c r="BE18" s="3" t="n">
-[...11 lines deleted...]
-      <x:c r="BI18" s="3" t="n">
+      <x:c r="DP18" s="3" t="n">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="DQ18" s="3" t="n">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="DR18" s="3" t="n">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="BJ18" s="3" t="n">
-[...181 lines deleted...]
-      </x:c>
       <x:c r="DS18" s="3" t="n">
-        <x:v>644</x:v>
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="DT18" s="3" t="n">
+        <x:v>586</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:123">
+    <x:row r="19" spans="1:124">
       <x:c r="A19" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>738</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>766</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
         <x:v>772</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
         <x:v>752</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
         <x:v>783</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
         <x:v>810</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
         <x:v>809</x:v>
       </x:c>
       <x:c r="I19" s="3" t="n">
         <x:v>809</x:v>
       </x:c>
@@ -6639,362 +6697,365 @@
       <x:c r="M19" s="3" t="n">
         <x:v>837</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>982</x:v>
       </x:c>
       <x:c r="O19" s="3" t="n">
         <x:v>1035</x:v>
       </x:c>
       <x:c r="P19" s="3" t="n">
         <x:v>1016</x:v>
       </x:c>
       <x:c r="Q19" s="3" t="n">
         <x:v>1017</x:v>
       </x:c>
       <x:c r="R19" s="3" t="n">
         <x:v>950</x:v>
       </x:c>
       <x:c r="S19" s="3" t="n">
         <x:v>971</x:v>
       </x:c>
       <x:c r="T19" s="3" t="n">
         <x:v>946</x:v>
       </x:c>
       <x:c r="U19" s="3" t="n">
-        <x:v>933</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="V19" s="3" t="n">
         <x:v>958</x:v>
       </x:c>
       <x:c r="W19" s="3" t="n">
         <x:v>1001</x:v>
       </x:c>
       <x:c r="X19" s="3" t="n">
         <x:v>967</x:v>
       </x:c>
       <x:c r="Y19" s="3" t="n">
         <x:v>946</x:v>
       </x:c>
       <x:c r="Z19" s="3" t="n">
         <x:v>889</x:v>
       </x:c>
       <x:c r="AA19" s="3" t="n">
         <x:v>901</x:v>
       </x:c>
       <x:c r="AB19" s="3" t="n">
+        <x:v>907</x:v>
+      </x:c>
+      <x:c r="AC19" s="3" t="n">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="AD19" s="3" t="n">
+        <x:v>855</x:v>
+      </x:c>
+      <x:c r="AE19" s="3" t="n">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="AF19" s="3" t="n">
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="AG19" s="3" t="n">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="AH19" s="3" t="n">
+        <x:v>821</x:v>
+      </x:c>
+      <x:c r="AI19" s="3" t="n">
+        <x:v>833</x:v>
+      </x:c>
+      <x:c r="AJ19" s="3" t="n">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="AK19" s="3" t="n">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="AL19" s="3" t="n">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="AM19" s="3" t="n">
+        <x:v>824</x:v>
+      </x:c>
+      <x:c r="AN19" s="3" t="n">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="AO19" s="3" t="n">
+        <x:v>822</x:v>
+      </x:c>
+      <x:c r="AP19" s="3" t="n">
+        <x:v>837</x:v>
+      </x:c>
+      <x:c r="AQ19" s="3" t="n">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="AR19" s="3" t="n">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="AS19" s="3" t="n">
+        <x:v>822</x:v>
+      </x:c>
+      <x:c r="AT19" s="3" t="n">
+        <x:v>855</x:v>
+      </x:c>
+      <x:c r="AU19" s="3" t="n">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="AV19" s="3" t="n">
+        <x:v>833</x:v>
+      </x:c>
+      <x:c r="AW19" s="3" t="n">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="AX19" s="3" t="n">
+        <x:v>886</x:v>
+      </x:c>
+      <x:c r="AY19" s="3" t="n">
+        <x:v>898</x:v>
+      </x:c>
+      <x:c r="AZ19" s="3" t="n">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="BA19" s="3" t="n">
+        <x:v>881</x:v>
+      </x:c>
+      <x:c r="BB19" s="3" t="n">
         <x:v>908</x:v>
       </x:c>
-      <x:c r="AC19" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="AF19" s="3" t="n">
+      <x:c r="BC19" s="3" t="n">
+        <x:v>902</x:v>
+      </x:c>
+      <x:c r="BD19" s="3" t="n">
+        <x:v>903</x:v>
+      </x:c>
+      <x:c r="BE19" s="3" t="n">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="BF19" s="3" t="n">
         <x:v>845</x:v>
       </x:c>
-      <x:c r="AG19" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="AH19" s="3" t="n">
+      <x:c r="BG19" s="3" t="n">
+        <x:v>828</x:v>
+      </x:c>
+      <x:c r="BH19" s="3" t="n">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="BI19" s="3" t="n">
+        <x:v>839</x:v>
+      </x:c>
+      <x:c r="BJ19" s="3" t="n">
         <x:v>823</x:v>
       </x:c>
-      <x:c r="AI19" s="3" t="n">
-[...5 lines deleted...]
-      <x:c r="AK19" s="3" t="n">
+      <x:c r="BK19" s="3" t="n">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="BL19" s="3" t="n">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="BM19" s="3" t="n">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="BN19" s="3" t="n">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="BO19" s="3" t="n">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="BP19" s="3" t="n">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="BQ19" s="3" t="n">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="BR19" s="3" t="n">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="BS19" s="3" t="n">
+        <x:v>814</x:v>
+      </x:c>
+      <x:c r="BT19" s="3" t="n">
         <x:v>802</x:v>
       </x:c>
-      <x:c r="AL19" s="3" t="n">
-[...103 lines deleted...]
-      </x:c>
       <x:c r="BU19" s="3" t="n">
-        <x:v>801</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="BV19" s="3" t="n">
-        <x:v>774</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="BW19" s="3" t="n">
-        <x:v>818</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="BX19" s="3" t="n">
-        <x:v>801</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="BY19" s="3" t="n">
-        <x:v>791</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="BZ19" s="3" t="n">
-        <x:v>749</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="CA19" s="3" t="n">
-        <x:v>788</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="CB19" s="3" t="n">
-        <x:v>745</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="CC19" s="3" t="n">
-        <x:v>744</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="CD19" s="3" t="n">
-        <x:v>738</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="CE19" s="3" t="n">
-        <x:v>792</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="CF19" s="3" t="n">
-        <x:v>693</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="CG19" s="3" t="n">
-        <x:v>756</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="CH19" s="3" t="n">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="CI19" s="3" t="n">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="CJ19" s="3" t="n">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="CK19" s="3" t="n">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="CL19" s="3" t="n">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="CM19" s="3" t="n">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="CN19" s="3" t="n">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="CO19" s="3" t="n">
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="CP19" s="3" t="n">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="CQ19" s="3" t="n">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="CR19" s="3" t="n">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="CS19" s="3" t="n">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="CT19" s="3" t="n">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="CU19" s="3" t="n">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="CV19" s="3" t="n">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="CW19" s="3" t="n">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="CX19" s="3" t="n">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="CY19" s="3" t="n">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="CZ19" s="3" t="n">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="DA19" s="3" t="n">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="DB19" s="3" t="n">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="DC19" s="3" t="n">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="DD19" s="3" t="n">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="DE19" s="3" t="n">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="DF19" s="3" t="n">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="DG19" s="3" t="n">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="DH19" s="3" t="n">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="DI19" s="3" t="n">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="DJ19" s="3" t="n">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="DK19" s="3" t="n">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="DL19" s="3" t="n">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="DM19" s="3" t="n">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="DN19" s="3" t="n">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="DO19" s="3" t="n">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="DP19" s="3" t="n">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="DQ19" s="3" t="n">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="DR19" s="3" t="n">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="DS19" s="3" t="n">
         <x:v>672</x:v>
       </x:c>
-      <x:c r="CI19" s="3" t="n">
-[...108 lines deleted...]
-        <x:v>676</x:v>
+      <x:c r="DT19" s="3" t="n">
+        <x:v>604</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:123">
+    <x:row r="20" spans="1:124">
       <x:c r="A20" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>1344</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
         <x:v>1423</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
         <x:v>1430</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
         <x:v>1433</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
         <x:v>1380</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
         <x:v>1409</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
         <x:v>1391</x:v>
       </x:c>
       <x:c r="I20" s="3" t="n">
         <x:v>1393</x:v>
       </x:c>
@@ -7034,338 +7095,341 @@
       <x:c r="U20" s="3" t="n">
         <x:v>1580</x:v>
       </x:c>
       <x:c r="V20" s="3" t="n">
         <x:v>1569</x:v>
       </x:c>
       <x:c r="W20" s="3" t="n">
         <x:v>1670</x:v>
       </x:c>
       <x:c r="X20" s="3" t="n">
         <x:v>1638</x:v>
       </x:c>
       <x:c r="Y20" s="3" t="n">
         <x:v>1630</x:v>
       </x:c>
       <x:c r="Z20" s="3" t="n">
         <x:v>1644</x:v>
       </x:c>
       <x:c r="AA20" s="3" t="n">
         <x:v>1723</x:v>
       </x:c>
       <x:c r="AB20" s="3" t="n">
         <x:v>1686</x:v>
       </x:c>
       <x:c r="AC20" s="3" t="n">
-        <x:v>1703</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="AD20" s="3" t="n">
-        <x:v>1679</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="AE20" s="3" t="n">
-        <x:v>1785</x:v>
+        <x:v>1781</x:v>
       </x:c>
       <x:c r="AF20" s="3" t="n">
-        <x:v>1753</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="AG20" s="3" t="n">
-        <x:v>1800</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="AH20" s="3" t="n">
-        <x:v>1736</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="AI20" s="3" t="n">
-        <x:v>1877</x:v>
+        <x:v>1870</x:v>
       </x:c>
       <x:c r="AJ20" s="3" t="n">
-        <x:v>1852</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="AK20" s="3" t="n">
-        <x:v>1900</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="AL20" s="3" t="n">
-        <x:v>1987</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="AM20" s="3" t="n">
-        <x:v>2037</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="AN20" s="3" t="n">
-        <x:v>2079</x:v>
+        <x:v>2064</x:v>
       </x:c>
       <x:c r="AO20" s="3" t="n">
-        <x:v>2094</x:v>
+        <x:v>2077</x:v>
       </x:c>
       <x:c r="AP20" s="3" t="n">
-        <x:v>2200</x:v>
+        <x:v>2182</x:v>
       </x:c>
       <x:c r="AQ20" s="3" t="n">
-        <x:v>2205</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="AR20" s="3" t="n">
-        <x:v>2243</x:v>
+        <x:v>2220</x:v>
       </x:c>
       <x:c r="AS20" s="3" t="n">
-        <x:v>2182</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="AT20" s="3" t="n">
-        <x:v>2383</x:v>
+        <x:v>2356</x:v>
       </x:c>
       <x:c r="AU20" s="3" t="n">
-        <x:v>2458</x:v>
+        <x:v>2425</x:v>
       </x:c>
       <x:c r="AV20" s="3" t="n">
-        <x:v>2506</x:v>
+        <x:v>2471</x:v>
       </x:c>
       <x:c r="AW20" s="3" t="n">
-        <x:v>2428</x:v>
+        <x:v>2391</x:v>
       </x:c>
       <x:c r="AX20" s="3" t="n">
-        <x:v>2452</x:v>
+        <x:v>2410</x:v>
       </x:c>
       <x:c r="AY20" s="3" t="n">
-        <x:v>2557</x:v>
+        <x:v>2508</x:v>
       </x:c>
       <x:c r="AZ20" s="3" t="n">
-        <x:v>2637</x:v>
+        <x:v>2584</x:v>
       </x:c>
       <x:c r="BA20" s="3" t="n">
-        <x:v>2524</x:v>
+        <x:v>2468</x:v>
       </x:c>
       <x:c r="BB20" s="3" t="n">
-        <x:v>2423</x:v>
+        <x:v>2366</x:v>
       </x:c>
       <x:c r="BC20" s="3" t="n">
-        <x:v>2480</x:v>
+        <x:v>2421</x:v>
       </x:c>
       <x:c r="BD20" s="3" t="n">
-        <x:v>2570</x:v>
+        <x:v>2504</x:v>
       </x:c>
       <x:c r="BE20" s="3" t="n">
-        <x:v>2613</x:v>
+        <x:v>2546</x:v>
       </x:c>
       <x:c r="BF20" s="3" t="n">
-        <x:v>2376</x:v>
+        <x:v>2343</x:v>
       </x:c>
       <x:c r="BG20" s="3" t="n">
-        <x:v>2359</x:v>
+        <x:v>2325</x:v>
       </x:c>
       <x:c r="BH20" s="3" t="n">
-        <x:v>2294</x:v>
+        <x:v>2259</x:v>
       </x:c>
       <x:c r="BI20" s="3" t="n">
-        <x:v>2270</x:v>
+        <x:v>2236</x:v>
       </x:c>
       <x:c r="BJ20" s="3" t="n">
-        <x:v>2450</x:v>
+        <x:v>2407</x:v>
       </x:c>
       <x:c r="BK20" s="3" t="n">
-        <x:v>2446</x:v>
+        <x:v>2405</x:v>
       </x:c>
       <x:c r="BL20" s="3" t="n">
-        <x:v>2476</x:v>
+        <x:v>2437</x:v>
       </x:c>
       <x:c r="BM20" s="3" t="n">
-        <x:v>2487</x:v>
+        <x:v>2447</x:v>
       </x:c>
       <x:c r="BN20" s="3" t="n">
-        <x:v>2574</x:v>
+        <x:v>2533</x:v>
       </x:c>
       <x:c r="BO20" s="3" t="n">
-        <x:v>2581</x:v>
+        <x:v>2543</x:v>
       </x:c>
       <x:c r="BP20" s="3" t="n">
-        <x:v>2563</x:v>
+        <x:v>2522</x:v>
       </x:c>
       <x:c r="BQ20" s="3" t="n">
-        <x:v>2472</x:v>
+        <x:v>2431</x:v>
       </x:c>
       <x:c r="BR20" s="3" t="n">
-        <x:v>2578</x:v>
+        <x:v>2532</x:v>
       </x:c>
       <x:c r="BS20" s="3" t="n">
-        <x:v>2508</x:v>
+        <x:v>2468</x:v>
       </x:c>
       <x:c r="BT20" s="3" t="n">
-        <x:v>2458</x:v>
+        <x:v>2417</x:v>
       </x:c>
       <x:c r="BU20" s="3" t="n">
-        <x:v>2323</x:v>
+        <x:v>2282</x:v>
       </x:c>
       <x:c r="BV20" s="3" t="n">
-        <x:v>2786</x:v>
+        <x:v>2738</x:v>
       </x:c>
       <x:c r="BW20" s="3" t="n">
-        <x:v>2688</x:v>
+        <x:v>2646</x:v>
       </x:c>
       <x:c r="BX20" s="3" t="n">
-        <x:v>2637</x:v>
+        <x:v>2596</x:v>
       </x:c>
       <x:c r="BY20" s="3" t="n">
-        <x:v>2481</x:v>
+        <x:v>2439</x:v>
       </x:c>
       <x:c r="BZ20" s="3" t="n">
-        <x:v>2639</x:v>
+        <x:v>2591</x:v>
       </x:c>
       <x:c r="CA20" s="3" t="n">
-        <x:v>2773</x:v>
+        <x:v>2729</x:v>
       </x:c>
       <x:c r="CB20" s="3" t="n">
-        <x:v>2595</x:v>
+        <x:v>2553</x:v>
       </x:c>
       <x:c r="CC20" s="3" t="n">
-        <x:v>2553</x:v>
+        <x:v>2511</x:v>
       </x:c>
       <x:c r="CD20" s="3" t="n">
-        <x:v>2619</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="CE20" s="3" t="n">
-        <x:v>2957</x:v>
+        <x:v>2914</x:v>
       </x:c>
       <x:c r="CF20" s="3" t="n">
-        <x:v>2445</x:v>
+        <x:v>2409</x:v>
       </x:c>
       <x:c r="CG20" s="3" t="n">
-        <x:v>2721</x:v>
+        <x:v>2672</x:v>
       </x:c>
       <x:c r="CH20" s="3" t="n">
-        <x:v>2733</x:v>
+        <x:v>2690</x:v>
       </x:c>
       <x:c r="CI20" s="3" t="n">
-        <x:v>3095</x:v>
+        <x:v>3053</x:v>
       </x:c>
       <x:c r="CJ20" s="3" t="n">
-        <x:v>2512</x:v>
+        <x:v>2473</x:v>
       </x:c>
       <x:c r="CK20" s="3" t="n">
-        <x:v>2806</x:v>
+        <x:v>2752</x:v>
       </x:c>
       <x:c r="CL20" s="3" t="n">
-        <x:v>2715</x:v>
+        <x:v>2673</x:v>
       </x:c>
       <x:c r="CM20" s="3" t="n">
-        <x:v>3184</x:v>
+        <x:v>3139</x:v>
       </x:c>
       <x:c r="CN20" s="3" t="n">
-        <x:v>2654</x:v>
+        <x:v>2614</x:v>
       </x:c>
       <x:c r="CO20" s="3" t="n">
-        <x:v>2863</x:v>
+        <x:v>2815</x:v>
       </x:c>
       <x:c r="CP20" s="3" t="n">
-        <x:v>2915</x:v>
+        <x:v>2872</x:v>
       </x:c>
       <x:c r="CQ20" s="3" t="n">
-        <x:v>3264</x:v>
+        <x:v>3212</x:v>
       </x:c>
       <x:c r="CR20" s="3" t="n">
-        <x:v>2789</x:v>
+        <x:v>2749</x:v>
       </x:c>
       <x:c r="CS20" s="3" t="n">
-        <x:v>2946</x:v>
+        <x:v>2895</x:v>
       </x:c>
       <x:c r="CT20" s="3" t="n">
-        <x:v>3026</x:v>
+        <x:v>2976</x:v>
       </x:c>
       <x:c r="CU20" s="3" t="n">
-        <x:v>3428</x:v>
+        <x:v>3378</x:v>
       </x:c>
       <x:c r="CV20" s="3" t="n">
-        <x:v>2875</x:v>
+        <x:v>2832</x:v>
       </x:c>
       <x:c r="CW20" s="3" t="n">
-        <x:v>3141</x:v>
+        <x:v>3074</x:v>
       </x:c>
       <x:c r="CX20" s="3" t="n">
-        <x:v>3117</x:v>
+        <x:v>3066</x:v>
       </x:c>
       <x:c r="CY20" s="3" t="n">
-        <x:v>3395</x:v>
+        <x:v>3345</x:v>
       </x:c>
       <x:c r="CZ20" s="3" t="n">
-        <x:v>2880</x:v>
+        <x:v>2835</x:v>
       </x:c>
       <x:c r="DA20" s="3" t="n">
-        <x:v>3184</x:v>
+        <x:v>3130</x:v>
       </x:c>
       <x:c r="DB20" s="3" t="n">
-        <x:v>3338</x:v>
+        <x:v>3283</x:v>
       </x:c>
       <x:c r="DC20" s="3" t="n">
-        <x:v>3578</x:v>
+        <x:v>3529</x:v>
       </x:c>
       <x:c r="DD20" s="3" t="n">
-        <x:v>3069</x:v>
+        <x:v>3036</x:v>
       </x:c>
       <x:c r="DE20" s="3" t="n">
-        <x:v>3269</x:v>
+        <x:v>3238</x:v>
       </x:c>
       <x:c r="DF20" s="3" t="n">
-        <x:v>3543</x:v>
+        <x:v>3517</x:v>
       </x:c>
       <x:c r="DG20" s="3" t="n">
-        <x:v>3941</x:v>
+        <x:v>3925</x:v>
       </x:c>
       <x:c r="DH20" s="3" t="n">
-        <x:v>3317</x:v>
+        <x:v>3307</x:v>
       </x:c>
       <x:c r="DI20" s="3" t="n">
-        <x:v>3500</x:v>
+        <x:v>3489</x:v>
       </x:c>
       <x:c r="DJ20" s="3" t="n">
-        <x:v>3686</x:v>
+        <x:v>3671</x:v>
       </x:c>
       <x:c r="DK20" s="3" t="n">
-        <x:v>4117</x:v>
+        <x:v>4099</x:v>
       </x:c>
       <x:c r="DL20" s="3" t="n">
-        <x:v>3591</x:v>
+        <x:v>3575</x:v>
       </x:c>
       <x:c r="DM20" s="3" t="n">
-        <x:v>3820</x:v>
+        <x:v>3801</x:v>
       </x:c>
       <x:c r="DN20" s="3" t="n">
-        <x:v>3968</x:v>
+        <x:v>3944</x:v>
       </x:c>
       <x:c r="DO20" s="3" t="n">
-        <x:v>4253</x:v>
+        <x:v>4241</x:v>
       </x:c>
       <x:c r="DP20" s="3" t="n">
-        <x:v>3829</x:v>
+        <x:v>3817</x:v>
       </x:c>
       <x:c r="DQ20" s="3" t="n">
-        <x:v>4029</x:v>
+        <x:v>4021</x:v>
       </x:c>
       <x:c r="DR20" s="3" t="n">
-        <x:v>4235</x:v>
+        <x:v>4213</x:v>
       </x:c>
       <x:c r="DS20" s="3" t="n">
-        <x:v>4524</x:v>
+        <x:v>4550</x:v>
+      </x:c>
+      <x:c r="DT20" s="3" t="n">
+        <x:v>4001</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:123">
+    <x:row r="21" spans="1:124">
       <x:c r="A21" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>580</x:v>
       </x:c>
       <x:c r="D21" s="3" t="n">
         <x:v>580</x:v>
       </x:c>
       <x:c r="E21" s="3" t="n">
         <x:v>586</x:v>
       </x:c>
       <x:c r="F21" s="3" t="n">
         <x:v>559</x:v>
       </x:c>
       <x:c r="G21" s="3" t="n">
         <x:v>567</x:v>
       </x:c>
       <x:c r="H21" s="3" t="n">
         <x:v>549</x:v>
       </x:c>
       <x:c r="I21" s="3" t="n">
         <x:v>556</x:v>
       </x:c>
@@ -7402,341 +7466,344 @@
       <x:c r="T21" s="3" t="n">
         <x:v>579</x:v>
       </x:c>
       <x:c r="U21" s="3" t="n">
         <x:v>569</x:v>
       </x:c>
       <x:c r="V21" s="3" t="n">
         <x:v>566</x:v>
       </x:c>
       <x:c r="W21" s="3" t="n">
         <x:v>624</x:v>
       </x:c>
       <x:c r="X21" s="3" t="n">
         <x:v>618</x:v>
       </x:c>
       <x:c r="Y21" s="3" t="n">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Z21" s="3" t="n">
         <x:v>626</x:v>
       </x:c>
       <x:c r="AA21" s="3" t="n">
         <x:v>655</x:v>
       </x:c>
       <x:c r="AB21" s="3" t="n">
-        <x:v>636</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="AC21" s="3" t="n">
         <x:v>645</x:v>
       </x:c>
       <x:c r="AD21" s="3" t="n">
         <x:v>632</x:v>
       </x:c>
       <x:c r="AE21" s="3" t="n">
         <x:v>651</x:v>
       </x:c>
       <x:c r="AF21" s="3" t="n">
         <x:v>639</x:v>
       </x:c>
       <x:c r="AG21" s="3" t="n">
-        <x:v>680</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="AH21" s="3" t="n">
         <x:v>633</x:v>
       </x:c>
       <x:c r="AI21" s="3" t="n">
-        <x:v>686</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="AJ21" s="3" t="n">
         <x:v>659</x:v>
       </x:c>
       <x:c r="AK21" s="3" t="n">
         <x:v>698</x:v>
       </x:c>
       <x:c r="AL21" s="3" t="n">
-        <x:v>834</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="AM21" s="3" t="n">
-        <x:v>838</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="AN21" s="3" t="n">
-        <x:v>868</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="AO21" s="3" t="n">
-        <x:v>865</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="AP21" s="3" t="n">
-        <x:v>968</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="AQ21" s="3" t="n">
-        <x:v>946</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="AR21" s="3" t="n">
-        <x:v>963</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="AS21" s="3" t="n">
-        <x:v>914</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="AT21" s="3" t="n">
-        <x:v>1021</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="AU21" s="3" t="n">
-        <x:v>1040</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="AV21" s="3" t="n">
-        <x:v>1058</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="AW21" s="3" t="n">
-        <x:v>1004</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="AX21" s="3" t="n">
-        <x:v>1025</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="AY21" s="3" t="n">
-        <x:v>1067</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="AZ21" s="3" t="n">
+        <x:v>1113</x:v>
+      </x:c>
+      <x:c r="BA21" s="3" t="n">
+        <x:v>1017</x:v>
+      </x:c>
+      <x:c r="BB21" s="3" t="n">
+        <x:v>934</x:v>
+      </x:c>
+      <x:c r="BC21" s="3" t="n">
+        <x:v>978</x:v>
+      </x:c>
+      <x:c r="BD21" s="3" t="n">
+        <x:v>1050</x:v>
+      </x:c>
+      <x:c r="BE21" s="3" t="n">
+        <x:v>1074</x:v>
+      </x:c>
+      <x:c r="BF21" s="3" t="n">
+        <x:v>1009</x:v>
+      </x:c>
+      <x:c r="BG21" s="3" t="n">
+        <x:v>981</x:v>
+      </x:c>
+      <x:c r="BH21" s="3" t="n">
+        <x:v>910</x:v>
+      </x:c>
+      <x:c r="BI21" s="3" t="n">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="BJ21" s="3" t="n">
+        <x:v>1061</x:v>
+      </x:c>
+      <x:c r="BK21" s="3" t="n">
+        <x:v>1089</x:v>
+      </x:c>
+      <x:c r="BL21" s="3" t="n">
+        <x:v>1131</x:v>
+      </x:c>
+      <x:c r="BM21" s="3" t="n">
+        <x:v>1126</x:v>
+      </x:c>
+      <x:c r="BN21" s="3" t="n">
+        <x:v>1122</x:v>
+      </x:c>
+      <x:c r="BO21" s="3" t="n">
+        <x:v>1162</x:v>
+      </x:c>
+      <x:c r="BP21" s="3" t="n">
+        <x:v>1121</x:v>
+      </x:c>
+      <x:c r="BQ21" s="3" t="n">
+        <x:v>1054</x:v>
+      </x:c>
+      <x:c r="BR21" s="3" t="n">
+        <x:v>1051</x:v>
+      </x:c>
+      <x:c r="BS21" s="3" t="n">
+        <x:v>1096</x:v>
+      </x:c>
+      <x:c r="BT21" s="3" t="n">
+        <x:v>1015</x:v>
+      </x:c>
+      <x:c r="BU21" s="3" t="n">
+        <x:v>929</x:v>
+      </x:c>
+      <x:c r="BV21" s="3" t="n">
+        <x:v>1068</x:v>
+      </x:c>
+      <x:c r="BW21" s="3" t="n">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="BX21" s="3" t="n">
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="BY21" s="3" t="n">
+        <x:v>979</x:v>
+      </x:c>
+      <x:c r="BZ21" s="3" t="n">
+        <x:v>1043</x:v>
+      </x:c>
+      <x:c r="CA21" s="3" t="n">
+        <x:v>1176</x:v>
+      </x:c>
+      <x:c r="CB21" s="3" t="n">
         <x:v>1110</x:v>
       </x:c>
-      <x:c r="BA21" s="3" t="n">
-[...82 lines deleted...]
-      </x:c>
       <x:c r="CC21" s="3" t="n">
-        <x:v>1090</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="CD21" s="3" t="n">
-        <x:v>1132</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="CE21" s="3" t="n">
-        <x:v>1343</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="CF21" s="3" t="n">
-        <x:v>1100</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="CG21" s="3" t="n">
-        <x:v>1192</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="CH21" s="3" t="n">
-        <x:v>1175</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="CI21" s="3" t="n">
-        <x:v>1464</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="CJ21" s="3" t="n">
-        <x:v>1175</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="CK21" s="3" t="n">
-        <x:v>1256</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="CL21" s="3" t="n">
-        <x:v>1202</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="CM21" s="3" t="n">
-        <x:v>1511</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="CN21" s="3" t="n">
-        <x:v>1230</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="CO21" s="3" t="n">
-        <x:v>1290</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="CP21" s="3" t="n">
-        <x:v>1354</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="CQ21" s="3" t="n">
-        <x:v>1528</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="CR21" s="3" t="n">
-        <x:v>1309</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="CS21" s="3" t="n">
-        <x:v>1344</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="CT21" s="3" t="n">
-        <x:v>1386</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="CU21" s="3" t="n">
-        <x:v>1623</x:v>
+        <x:v>1627</x:v>
       </x:c>
       <x:c r="CV21" s="3" t="n">
-        <x:v>1325</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="CW21" s="3" t="n">
-        <x:v>1352</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="CX21" s="3" t="n">
-        <x:v>1367</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="CY21" s="3" t="n">
-        <x:v>1605</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="CZ21" s="3" t="n">
-        <x:v>1306</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="DA21" s="3" t="n">
-        <x:v>1380</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="DB21" s="3" t="n">
-        <x:v>1466</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="DC21" s="3" t="n">
-        <x:v>1723</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="DD21" s="3" t="n">
-        <x:v>1449</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="DE21" s="3" t="n">
-        <x:v>1534</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="DF21" s="3" t="n">
-        <x:v>1596</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="DG21" s="3" t="n">
-        <x:v>1936</x:v>
+        <x:v>1940</x:v>
       </x:c>
       <x:c r="DH21" s="3" t="n">
-        <x:v>1547</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="DI21" s="3" t="n">
-        <x:v>1637</x:v>
+        <x:v>1638</x:v>
       </x:c>
       <x:c r="DJ21" s="3" t="n">
-        <x:v>1721</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="DK21" s="3" t="n">
-        <x:v>2006</x:v>
+        <x:v>2002</x:v>
       </x:c>
       <x:c r="DL21" s="3" t="n">
-        <x:v>1710</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="DM21" s="3" t="n">
-        <x:v>1779</x:v>
+        <x:v>1773</x:v>
       </x:c>
       <x:c r="DN21" s="3" t="n">
-        <x:v>1758</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="DO21" s="3" t="n">
-        <x:v>2056</x:v>
+        <x:v>2057</x:v>
       </x:c>
       <x:c r="DP21" s="3" t="n">
-        <x:v>1769</x:v>
+        <x:v>1767</x:v>
       </x:c>
       <x:c r="DQ21" s="3" t="n">
         <x:v>1815</x:v>
       </x:c>
       <x:c r="DR21" s="3" t="n">
-        <x:v>1796</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="DS21" s="3" t="n">
-        <x:v>2180</x:v>
+        <x:v>2222</x:v>
+      </x:c>
+      <x:c r="DT21" s="3" t="n">
+        <x:v>1812</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:123">
+    <x:row r="22" spans="1:124">
       <x:c r="A22" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>980</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
         <x:v>991</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
         <x:v>1001</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
         <x:v>1001</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="H22" s="3" t="n">
         <x:v>1118</x:v>
       </x:c>
       <x:c r="I22" s="3" t="n">
         <x:v>1118</x:v>
       </x:c>
@@ -7770,344 +7837,347 @@
       <x:c r="S22" s="3" t="n">
         <x:v>1319</x:v>
       </x:c>
       <x:c r="T22" s="3" t="n">
         <x:v>1333</x:v>
       </x:c>
       <x:c r="U22" s="3" t="n">
         <x:v>1334</x:v>
       </x:c>
       <x:c r="V22" s="3" t="n">
         <x:v>1327</x:v>
       </x:c>
       <x:c r="W22" s="3" t="n">
         <x:v>1327</x:v>
       </x:c>
       <x:c r="X22" s="3" t="n">
         <x:v>1340</x:v>
       </x:c>
       <x:c r="Y22" s="3" t="n">
         <x:v>1338</x:v>
       </x:c>
       <x:c r="Z22" s="3" t="n">
         <x:v>1318</x:v>
       </x:c>
       <x:c r="AA22" s="3" t="n">
-        <x:v>1330</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="AB22" s="3" t="n">
-        <x:v>1341</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="AC22" s="3" t="n">
-        <x:v>1338</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="AD22" s="3" t="n">
-        <x:v>1289</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="AE22" s="3" t="n">
-        <x:v>1376</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="AF22" s="3" t="n">
-        <x:v>1400</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="AG22" s="3" t="n">
-        <x:v>1361</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="AH22" s="3" t="n">
-        <x:v>1320</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="AI22" s="3" t="n">
-        <x:v>1383</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="AJ22" s="3" t="n">
-        <x:v>1409</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="AK22" s="3" t="n">
-        <x:v>1398</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="AL22" s="3" t="n">
-        <x:v>1357</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="AM22" s="3" t="n">
-        <x:v>1413</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="AN22" s="3" t="n">
-        <x:v>1428</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="AO22" s="3" t="n">
-        <x:v>1422</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="AP22" s="3" t="n">
-        <x:v>1487</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="AQ22" s="3" t="n">
-        <x:v>1534</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="AR22" s="3" t="n">
-        <x:v>1528</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="AS22" s="3" t="n">
-        <x:v>1536</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="AT22" s="3" t="n">
-        <x:v>1652</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="AU22" s="3" t="n">
-        <x:v>1662</x:v>
+        <x:v>1659</x:v>
       </x:c>
       <x:c r="AV22" s="3" t="n">
-        <x:v>1682</x:v>
+        <x:v>1679</x:v>
       </x:c>
       <x:c r="AW22" s="3" t="n">
-        <x:v>1660</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="AX22" s="3" t="n">
-        <x:v>1842</x:v>
+        <x:v>1839</x:v>
       </x:c>
       <x:c r="AY22" s="3" t="n">
-        <x:v>1870</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="AZ22" s="3" t="n">
-        <x:v>1896</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="BA22" s="3" t="n">
-        <x:v>1900</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="BB22" s="3" t="n">
-        <x:v>1898</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="BC22" s="3" t="n">
-        <x:v>1982</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="BD22" s="3" t="n">
-        <x:v>2074</x:v>
+        <x:v>2067</x:v>
       </x:c>
       <x:c r="BE22" s="3" t="n">
-        <x:v>2075</x:v>
+        <x:v>2068</x:v>
       </x:c>
       <x:c r="BF22" s="3" t="n">
-        <x:v>1795</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="BG22" s="3" t="n">
-        <x:v>1829</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="BH22" s="3" t="n">
-        <x:v>1897</x:v>
+        <x:v>1893</x:v>
       </x:c>
       <x:c r="BI22" s="3" t="n">
-        <x:v>1876</x:v>
+        <x:v>1871</x:v>
       </x:c>
       <x:c r="BJ22" s="3" t="n">
-        <x:v>1832</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="BK22" s="3" t="n">
-        <x:v>1787</x:v>
+        <x:v>1780</x:v>
       </x:c>
       <x:c r="BL22" s="3" t="n">
-        <x:v>1830</x:v>
+        <x:v>1823</x:v>
       </x:c>
       <x:c r="BM22" s="3" t="n">
-        <x:v>1800</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="BN22" s="3" t="n">
-        <x:v>1872</x:v>
+        <x:v>1864</x:v>
       </x:c>
       <x:c r="BO22" s="3" t="n">
-        <x:v>1860</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="BP22" s="3" t="n">
-        <x:v>2035</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="BQ22" s="3" t="n">
-        <x:v>1914</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="BR22" s="3" t="n">
-        <x:v>1969</x:v>
+        <x:v>1963</x:v>
       </x:c>
       <x:c r="BS22" s="3" t="n">
-        <x:v>2014</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="BT22" s="3" t="n">
+        <x:v>2067</x:v>
+      </x:c>
+      <x:c r="BU22" s="3" t="n">
+        <x:v>2010</x:v>
+      </x:c>
+      <x:c r="BV22" s="3" t="n">
+        <x:v>2045</x:v>
+      </x:c>
+      <x:c r="BW22" s="3" t="n">
+        <x:v>2097</x:v>
+      </x:c>
+      <x:c r="BX22" s="3" t="n">
+        <x:v>2042</x:v>
+      </x:c>
+      <x:c r="BY22" s="3" t="n">
+        <x:v>2034</x:v>
+      </x:c>
+      <x:c r="BZ22" s="3" t="n">
         <x:v>2073</x:v>
       </x:c>
-      <x:c r="BU22" s="3" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="CA22" s="3" t="n">
-        <x:v>2121</x:v>
+        <x:v>2115</x:v>
       </x:c>
       <x:c r="CB22" s="3" t="n">
-        <x:v>2152</x:v>
+        <x:v>2146</x:v>
       </x:c>
       <x:c r="CC22" s="3" t="n">
-        <x:v>2133</x:v>
+        <x:v>2127</x:v>
       </x:c>
       <x:c r="CD22" s="3" t="n">
-        <x:v>1998</x:v>
+        <x:v>1992</x:v>
       </x:c>
       <x:c r="CE22" s="3" t="n">
-        <x:v>2408</x:v>
+        <x:v>2402</x:v>
       </x:c>
       <x:c r="CF22" s="3" t="n">
-        <x:v>2001</x:v>
+        <x:v>1995</x:v>
       </x:c>
       <x:c r="CG22" s="3" t="n">
-        <x:v>2250</x:v>
+        <x:v>2244</x:v>
       </x:c>
       <x:c r="CH22" s="3" t="n">
-        <x:v>2028</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="CI22" s="3" t="n">
-        <x:v>2457</x:v>
+        <x:v>2450</x:v>
       </x:c>
       <x:c r="CJ22" s="3" t="n">
-        <x:v>2097</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="CK22" s="3" t="n">
-        <x:v>2392</x:v>
+        <x:v>2385</x:v>
       </x:c>
       <x:c r="CL22" s="3" t="n">
-        <x:v>2156</x:v>
+        <x:v>2149</x:v>
       </x:c>
       <x:c r="CM22" s="3" t="n">
-        <x:v>2604</x:v>
+        <x:v>2597</x:v>
       </x:c>
       <x:c r="CN22" s="3" t="n">
-        <x:v>2193</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="CO22" s="3" t="n">
-        <x:v>2495</x:v>
+        <x:v>2490</x:v>
       </x:c>
       <x:c r="CP22" s="3" t="n">
-        <x:v>2253</x:v>
+        <x:v>2247</x:v>
       </x:c>
       <x:c r="CQ22" s="3" t="n">
-        <x:v>2675</x:v>
+        <x:v>2669</x:v>
       </x:c>
       <x:c r="CR22" s="3" t="n">
-        <x:v>2334</x:v>
+        <x:v>2328</x:v>
       </x:c>
       <x:c r="CS22" s="3" t="n">
-        <x:v>2662</x:v>
+        <x:v>2657</x:v>
       </x:c>
       <x:c r="CT22" s="3" t="n">
-        <x:v>2329</x:v>
+        <x:v>2323</x:v>
       </x:c>
       <x:c r="CU22" s="3" t="n">
-        <x:v>2769</x:v>
+        <x:v>2762</x:v>
       </x:c>
       <x:c r="CV22" s="3" t="n">
-        <x:v>2370</x:v>
+        <x:v>2363</x:v>
       </x:c>
       <x:c r="CW22" s="3" t="n">
-        <x:v>2644</x:v>
+        <x:v>2636</x:v>
       </x:c>
       <x:c r="CX22" s="3" t="n">
-        <x:v>2393</x:v>
+        <x:v>2385</x:v>
       </x:c>
       <x:c r="CY22" s="3" t="n">
-        <x:v>2682</x:v>
+        <x:v>2674</x:v>
       </x:c>
       <x:c r="CZ22" s="3" t="n">
-        <x:v>2270</x:v>
+        <x:v>2263</x:v>
       </x:c>
       <x:c r="DA22" s="3" t="n">
-        <x:v>2631</x:v>
+        <x:v>2624</x:v>
       </x:c>
       <x:c r="DB22" s="3" t="n">
-        <x:v>2347</x:v>
+        <x:v>2341</x:v>
       </x:c>
       <x:c r="DC22" s="3" t="n">
-        <x:v>2773</x:v>
+        <x:v>2768</x:v>
       </x:c>
       <x:c r="DD22" s="3" t="n">
-        <x:v>2527</x:v>
+        <x:v>2521</x:v>
       </x:c>
       <x:c r="DE22" s="3" t="n">
-        <x:v>2807</x:v>
+        <x:v>2797</x:v>
       </x:c>
       <x:c r="DF22" s="3" t="n">
-        <x:v>2526</x:v>
+        <x:v>2511</x:v>
       </x:c>
       <x:c r="DG22" s="3" t="n">
-        <x:v>3005</x:v>
+        <x:v>2983</x:v>
       </x:c>
       <x:c r="DH22" s="3" t="n">
-        <x:v>2663</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="DI22" s="3" t="n">
-        <x:v>2937</x:v>
+        <x:v>2904</x:v>
       </x:c>
       <x:c r="DJ22" s="3" t="n">
+        <x:v>2726</x:v>
+      </x:c>
+      <x:c r="DK22" s="3" t="n">
+        <x:v>3064</x:v>
+      </x:c>
+      <x:c r="DL22" s="3" t="n">
+        <x:v>2686</x:v>
+      </x:c>
+      <x:c r="DM22" s="3" t="n">
+        <x:v>2931</x:v>
+      </x:c>
+      <x:c r="DN22" s="3" t="n">
         <x:v>2765</x:v>
       </x:c>
-      <x:c r="DK22" s="3" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="DO22" s="3" t="n">
-        <x:v>3304</x:v>
+        <x:v>3288</x:v>
       </x:c>
       <x:c r="DP22" s="3" t="n">
-        <x:v>2843</x:v>
+        <x:v>2822</x:v>
       </x:c>
       <x:c r="DQ22" s="3" t="n">
-        <x:v>3127</x:v>
+        <x:v>3120</x:v>
       </x:c>
       <x:c r="DR22" s="3" t="n">
-        <x:v>2949</x:v>
+        <x:v>2929</x:v>
       </x:c>
       <x:c r="DS22" s="3" t="n">
-        <x:v>3343</x:v>
+        <x:v>3323</x:v>
+      </x:c>
+      <x:c r="DT22" s="3" t="n">
+        <x:v>2923</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:123">
+    <x:row r="23" spans="1:124">
       <x:c r="A23" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>1131</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>1240</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
         <x:v>1255</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
         <x:v>1236</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
         <x:v>1229</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
         <x:v>1287</x:v>
       </x:c>
       <x:c r="H23" s="3" t="n">
         <x:v>1275</x:v>
       </x:c>
       <x:c r="I23" s="3" t="n">
         <x:v>1243</x:v>
       </x:c>
@@ -8141,344 +8211,347 @@
       <x:c r="S23" s="3" t="n">
         <x:v>1407</x:v>
       </x:c>
       <x:c r="T23" s="3" t="n">
         <x:v>1326</x:v>
       </x:c>
       <x:c r="U23" s="3" t="n">
         <x:v>1274</x:v>
       </x:c>
       <x:c r="V23" s="3" t="n">
         <x:v>1361</x:v>
       </x:c>
       <x:c r="W23" s="3" t="n">
         <x:v>1422</x:v>
       </x:c>
       <x:c r="X23" s="3" t="n">
         <x:v>1388</x:v>
       </x:c>
       <x:c r="Y23" s="3" t="n">
         <x:v>1340</x:v>
       </x:c>
       <x:c r="Z23" s="3" t="n">
         <x:v>1362</x:v>
       </x:c>
       <x:c r="AA23" s="3" t="n">
-        <x:v>1412</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="AB23" s="3" t="n">
-        <x:v>1339</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="AC23" s="3" t="n">
-        <x:v>1366</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="AD23" s="3" t="n">
-        <x:v>1327</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="AE23" s="3" t="n">
-        <x:v>1364</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="AF23" s="3" t="n">
-        <x:v>1305</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="AG23" s="3" t="n">
-        <x:v>1313</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="AH23" s="3" t="n">
-        <x:v>1377</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="AI23" s="3" t="n">
-        <x:v>1485</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="AJ23" s="3" t="n">
-        <x:v>1449</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="AK23" s="3" t="n">
-        <x:v>1433</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="AL23" s="3" t="n">
-        <x:v>1470</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="AM23" s="3" t="n">
-        <x:v>1592</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="AN23" s="3" t="n">
-        <x:v>1555</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="AO23" s="3" t="n">
-        <x:v>1535</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="AP23" s="3" t="n">
-        <x:v>1461</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="AQ23" s="3" t="n">
-        <x:v>1525</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="AR23" s="3" t="n">
-        <x:v>1486</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="AS23" s="3" t="n">
-        <x:v>1448</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="AT23" s="3" t="n">
-        <x:v>1669</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="AU23" s="3" t="n">
-        <x:v>1740</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="AV23" s="3" t="n">
-        <x:v>1665</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="AW23" s="3" t="n">
-        <x:v>1661</x:v>
+        <x:v>1652</x:v>
       </x:c>
       <x:c r="AX23" s="3" t="n">
-        <x:v>1612</x:v>
+        <x:v>1603</x:v>
       </x:c>
       <x:c r="AY23" s="3" t="n">
-        <x:v>1716</x:v>
+        <x:v>1706</x:v>
       </x:c>
       <x:c r="AZ23" s="3" t="n">
-        <x:v>1612</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="BA23" s="3" t="n">
-        <x:v>1652</x:v>
+        <x:v>1640</x:v>
       </x:c>
       <x:c r="BB23" s="3" t="n">
-        <x:v>1742</x:v>
+        <x:v>1727</x:v>
       </x:c>
       <x:c r="BC23" s="3" t="n">
-        <x:v>1834</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="BD23" s="3" t="n">
-        <x:v>1876</x:v>
+        <x:v>1858</x:v>
       </x:c>
       <x:c r="BE23" s="3" t="n">
-        <x:v>1811</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="BF23" s="3" t="n">
-        <x:v>1780</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="BG23" s="3" t="n">
-        <x:v>1644</x:v>
+        <x:v>1630</x:v>
       </x:c>
       <x:c r="BH23" s="3" t="n">
-        <x:v>1705</x:v>
+        <x:v>1690</x:v>
       </x:c>
       <x:c r="BI23" s="3" t="n">
-        <x:v>1623</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="BJ23" s="3" t="n">
-        <x:v>1467</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="BK23" s="3" t="n">
-        <x:v>1528</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="BL23" s="3" t="n">
-        <x:v>1592</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="BM23" s="3" t="n">
-        <x:v>1582</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="BN23" s="3" t="n">
+        <x:v>1699</x:v>
+      </x:c>
+      <x:c r="BO23" s="3" t="n">
+        <x:v>1546</x:v>
+      </x:c>
+      <x:c r="BP23" s="3" t="n">
+        <x:v>1552</x:v>
+      </x:c>
+      <x:c r="BQ23" s="3" t="n">
+        <x:v>1544</x:v>
+      </x:c>
+      <x:c r="BR23" s="3" t="n">
+        <x:v>1686</x:v>
+      </x:c>
+      <x:c r="BS23" s="3" t="n">
+        <x:v>1502</x:v>
+      </x:c>
+      <x:c r="BT23" s="3" t="n">
+        <x:v>1597</x:v>
+      </x:c>
+      <x:c r="BU23" s="3" t="n">
+        <x:v>1511</x:v>
+      </x:c>
+      <x:c r="BV23" s="3" t="n">
+        <x:v>1560</x:v>
+      </x:c>
+      <x:c r="BW23" s="3" t="n">
+        <x:v>1505</x:v>
+      </x:c>
+      <x:c r="BX23" s="3" t="n">
+        <x:v>1666</x:v>
+      </x:c>
+      <x:c r="BY23" s="3" t="n">
+        <x:v>1447</x:v>
+      </x:c>
+      <x:c r="BZ23" s="3" t="n">
+        <x:v>1678</x:v>
+      </x:c>
+      <x:c r="CA23" s="3" t="n">
+        <x:v>1607</x:v>
+      </x:c>
+      <x:c r="CB23" s="3" t="n">
+        <x:v>1616</x:v>
+      </x:c>
+      <x:c r="CC23" s="3" t="n">
+        <x:v>1567</x:v>
+      </x:c>
+      <x:c r="CD23" s="3" t="n">
+        <x:v>1806</x:v>
+      </x:c>
+      <x:c r="CE23" s="3" t="n">
         <x:v>1714</x:v>
       </x:c>
-      <x:c r="BO23" s="3" t="n">
-[...49 lines deleted...]
-      </x:c>
       <x:c r="CF23" s="3" t="n">
-        <x:v>1615</x:v>
+        <x:v>1602</x:v>
       </x:c>
       <x:c r="CG23" s="3" t="n">
-        <x:v>1789</x:v>
+        <x:v>1775</x:v>
       </x:c>
       <x:c r="CH23" s="3" t="n">
+        <x:v>1978</x:v>
+      </x:c>
+      <x:c r="CI23" s="3" t="n">
+        <x:v>1915</x:v>
+      </x:c>
+      <x:c r="CJ23" s="3" t="n">
+        <x:v>1747</x:v>
+      </x:c>
+      <x:c r="CK23" s="3" t="n">
+        <x:v>1825</x:v>
+      </x:c>
+      <x:c r="CL23" s="3" t="n">
+        <x:v>2028</x:v>
+      </x:c>
+      <x:c r="CM23" s="3" t="n">
+        <x:v>1971</x:v>
+      </x:c>
+      <x:c r="CN23" s="3" t="n">
+        <x:v>1880</x:v>
+      </x:c>
+      <x:c r="CO23" s="3" t="n">
+        <x:v>1893</x:v>
+      </x:c>
+      <x:c r="CP23" s="3" t="n">
+        <x:v>2171</x:v>
+      </x:c>
+      <x:c r="CQ23" s="3" t="n">
+        <x:v>2062</x:v>
+      </x:c>
+      <x:c r="CR23" s="3" t="n">
         <x:v>1994</x:v>
       </x:c>
-      <x:c r="CI23" s="3" t="n">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="CS23" s="3" t="n">
-        <x:v>1979</x:v>
+        <x:v>1964</x:v>
       </x:c>
       <x:c r="CT23" s="3" t="n">
-        <x:v>2261</x:v>
+        <x:v>2244</x:v>
       </x:c>
       <x:c r="CU23" s="3" t="n">
-        <x:v>2174</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="CV23" s="3" t="n">
-        <x:v>2062</x:v>
+        <x:v>2048</x:v>
       </x:c>
       <x:c r="CW23" s="3" t="n">
-        <x:v>2143</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="CX23" s="3" t="n">
-        <x:v>2243</x:v>
+        <x:v>2228</x:v>
       </x:c>
       <x:c r="CY23" s="3" t="n">
-        <x:v>2136</x:v>
+        <x:v>2122</x:v>
       </x:c>
       <x:c r="CZ23" s="3" t="n">
-        <x:v>2029</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="DA23" s="3" t="n">
-        <x:v>2105</x:v>
+        <x:v>2089</x:v>
       </x:c>
       <x:c r="DB23" s="3" t="n">
-        <x:v>2261</x:v>
+        <x:v>2240</x:v>
       </x:c>
       <x:c r="DC23" s="3" t="n">
-        <x:v>2236</x:v>
+        <x:v>2215</x:v>
       </x:c>
       <x:c r="DD23" s="3" t="n">
-        <x:v>2148</x:v>
+        <x:v>2132</x:v>
       </x:c>
       <x:c r="DE23" s="3" t="n">
-        <x:v>2138</x:v>
+        <x:v>2127</x:v>
       </x:c>
       <x:c r="DF23" s="3" t="n">
-        <x:v>2495</x:v>
+        <x:v>2493</x:v>
       </x:c>
       <x:c r="DG23" s="3" t="n">
-        <x:v>2401</x:v>
+        <x:v>2402</x:v>
       </x:c>
       <x:c r="DH23" s="3" t="n">
         <x:v>2251</x:v>
       </x:c>
       <x:c r="DI23" s="3" t="n">
-        <x:v>2335</x:v>
+        <x:v>2329</x:v>
       </x:c>
       <x:c r="DJ23" s="3" t="n">
-        <x:v>2676</x:v>
+        <x:v>2656</x:v>
       </x:c>
       <x:c r="DK23" s="3" t="n">
-        <x:v>2499</x:v>
+        <x:v>2471</x:v>
       </x:c>
       <x:c r="DL23" s="3" t="n">
-        <x:v>2467</x:v>
+        <x:v>2434</x:v>
       </x:c>
       <x:c r="DM23" s="3" t="n">
-        <x:v>2480</x:v>
+        <x:v>2444</x:v>
       </x:c>
       <x:c r="DN23" s="3" t="n">
-        <x:v>2850</x:v>
+        <x:v>2806</x:v>
       </x:c>
       <x:c r="DO23" s="3" t="n">
-        <x:v>2728</x:v>
+        <x:v>2724</x:v>
       </x:c>
       <x:c r="DP23" s="3" t="n">
-        <x:v>2688</x:v>
+        <x:v>2667</x:v>
       </x:c>
       <x:c r="DQ23" s="3" t="n">
-        <x:v>2662</x:v>
+        <x:v>2641</x:v>
       </x:c>
       <x:c r="DR23" s="3" t="n">
-        <x:v>3025</x:v>
+        <x:v>2988</x:v>
       </x:c>
       <x:c r="DS23" s="3" t="n">
-        <x:v>3009</x:v>
+        <x:v>2980</x:v>
+      </x:c>
+      <x:c r="DT23" s="3" t="n">
+        <x:v>2842</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:123">
+    <x:row r="24" spans="1:124">
       <x:c r="A24" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>3897</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
         <x:v>3988</x:v>
       </x:c>
       <x:c r="E24" s="3" t="n">
         <x:v>3989</x:v>
       </x:c>
       <x:c r="F24" s="3" t="n">
         <x:v>4247</x:v>
       </x:c>
       <x:c r="G24" s="3" t="n">
         <x:v>4250</x:v>
       </x:c>
       <x:c r="H24" s="3" t="n">
         <x:v>4299</x:v>
       </x:c>
       <x:c r="I24" s="3" t="n">
         <x:v>4303</x:v>
       </x:c>
@@ -8497,359 +8570,362 @@
       <x:c r="N24" s="3" t="n">
         <x:v>5162</x:v>
       </x:c>
       <x:c r="O24" s="3" t="n">
         <x:v>5222</x:v>
       </x:c>
       <x:c r="P24" s="3" t="n">
         <x:v>5280</x:v>
       </x:c>
       <x:c r="Q24" s="3" t="n">
         <x:v>5282</x:v>
       </x:c>
       <x:c r="R24" s="3" t="n">
         <x:v>5401</x:v>
       </x:c>
       <x:c r="S24" s="3" t="n">
         <x:v>5463</x:v>
       </x:c>
       <x:c r="T24" s="3" t="n">
         <x:v>5523</x:v>
       </x:c>
       <x:c r="U24" s="3" t="n">
         <x:v>5522</x:v>
       </x:c>
       <x:c r="V24" s="3" t="n">
-        <x:v>5477</x:v>
+        <x:v>5478</x:v>
       </x:c>
       <x:c r="W24" s="3" t="n">
-        <x:v>5480</x:v>
+        <x:v>5481</x:v>
       </x:c>
       <x:c r="X24" s="3" t="n">
         <x:v>5541</x:v>
       </x:c>
       <x:c r="Y24" s="3" t="n">
-        <x:v>5539</x:v>
+        <x:v>5538</x:v>
       </x:c>
       <x:c r="Z24" s="3" t="n">
-        <x:v>5654</x:v>
+        <x:v>5652</x:v>
       </x:c>
       <x:c r="AA24" s="3" t="n">
-        <x:v>5715</x:v>
+        <x:v>5711</x:v>
       </x:c>
       <x:c r="AB24" s="3" t="n">
-        <x:v>5775</x:v>
+        <x:v>5769</x:v>
       </x:c>
       <x:c r="AC24" s="3" t="n">
-        <x:v>5774</x:v>
+        <x:v>5766</x:v>
       </x:c>
       <x:c r="AD24" s="3" t="n">
-        <x:v>5667</x:v>
+        <x:v>5656</x:v>
       </x:c>
       <x:c r="AE24" s="3" t="n">
-        <x:v>5912</x:v>
+        <x:v>5898</x:v>
       </x:c>
       <x:c r="AF24" s="3" t="n">
-        <x:v>5842</x:v>
+        <x:v>5825</x:v>
       </x:c>
       <x:c r="AG24" s="3" t="n">
-        <x:v>5812</x:v>
+        <x:v>5795</x:v>
       </x:c>
       <x:c r="AH24" s="3" t="n">
-        <x:v>5435</x:v>
+        <x:v>5417</x:v>
       </x:c>
       <x:c r="AI24" s="3" t="n">
-        <x:v>5522</x:v>
+        <x:v>5502</x:v>
       </x:c>
       <x:c r="AJ24" s="3" t="n">
-        <x:v>5518</x:v>
+        <x:v>5496</x:v>
       </x:c>
       <x:c r="AK24" s="3" t="n">
-        <x:v>5436</x:v>
+        <x:v>5411</x:v>
       </x:c>
       <x:c r="AL24" s="3" t="n">
-        <x:v>5288</x:v>
+        <x:v>5261</x:v>
       </x:c>
       <x:c r="AM24" s="3" t="n">
-        <x:v>5510</x:v>
+        <x:v>5479</x:v>
       </x:c>
       <x:c r="AN24" s="3" t="n">
-        <x:v>5571</x:v>
+        <x:v>5537</x:v>
       </x:c>
       <x:c r="AO24" s="3" t="n">
-        <x:v>5607</x:v>
+        <x:v>5570</x:v>
       </x:c>
       <x:c r="AP24" s="3" t="n">
-        <x:v>5912</x:v>
+        <x:v>5869</x:v>
       </x:c>
       <x:c r="AQ24" s="3" t="n">
-        <x:v>6198</x:v>
+        <x:v>6150</x:v>
       </x:c>
       <x:c r="AR24" s="3" t="n">
-        <x:v>6163</x:v>
+        <x:v>6113</x:v>
       </x:c>
       <x:c r="AS24" s="3" t="n">
-        <x:v>6294</x:v>
+        <x:v>6239</x:v>
       </x:c>
       <x:c r="AT24" s="3" t="n">
-        <x:v>6629</x:v>
+        <x:v>6569</x:v>
       </x:c>
       <x:c r="AU24" s="3" t="n">
-        <x:v>6914</x:v>
+        <x:v>6848</x:v>
       </x:c>
       <x:c r="AV24" s="3" t="n">
-        <x:v>7057</x:v>
+        <x:v>6987</x:v>
       </x:c>
       <x:c r="AW24" s="3" t="n">
-        <x:v>7396</x:v>
+        <x:v>7321</x:v>
       </x:c>
       <x:c r="AX24" s="3" t="n">
-        <x:v>7504</x:v>
+        <x:v>7426</x:v>
       </x:c>
       <x:c r="AY24" s="3" t="n">
-        <x:v>7847</x:v>
+        <x:v>7762</x:v>
       </x:c>
       <x:c r="AZ24" s="3" t="n">
-        <x:v>7990</x:v>
+        <x:v>7900</x:v>
       </x:c>
       <x:c r="BA24" s="3" t="n">
-        <x:v>8377</x:v>
+        <x:v>8279</x:v>
       </x:c>
       <x:c r="BB24" s="3" t="n">
-        <x:v>8317</x:v>
+        <x:v>8214</x:v>
       </x:c>
       <x:c r="BC24" s="3" t="n">
-        <x:v>8543</x:v>
+        <x:v>8431</x:v>
       </x:c>
       <x:c r="BD24" s="3" t="n">
-        <x:v>8749</x:v>
+        <x:v>8626</x:v>
       </x:c>
       <x:c r="BE24" s="3" t="n">
-        <x:v>9020</x:v>
+        <x:v>8885</x:v>
       </x:c>
       <x:c r="BF24" s="3" t="n">
-        <x:v>8939</x:v>
+        <x:v>8796</x:v>
       </x:c>
       <x:c r="BG24" s="3" t="n">
-        <x:v>8890</x:v>
+        <x:v>8743</x:v>
       </x:c>
       <x:c r="BH24" s="3" t="n">
-        <x:v>8953</x:v>
+        <x:v>8803</x:v>
       </x:c>
       <x:c r="BI24" s="3" t="n">
-        <x:v>8915</x:v>
+        <x:v>8766</x:v>
       </x:c>
       <x:c r="BJ24" s="3" t="n">
-        <x:v>8628</x:v>
+        <x:v>8488</x:v>
       </x:c>
       <x:c r="BK24" s="3" t="n">
-        <x:v>8482</x:v>
+        <x:v>8345</x:v>
       </x:c>
       <x:c r="BL24" s="3" t="n">
-        <x:v>8492</x:v>
+        <x:v>8358</x:v>
       </x:c>
       <x:c r="BM24" s="3" t="n">
-        <x:v>8674</x:v>
+        <x:v>8536</x:v>
       </x:c>
       <x:c r="BN24" s="3" t="n">
-        <x:v>8789</x:v>
+        <x:v>8650</x:v>
       </x:c>
       <x:c r="BO24" s="3" t="n">
-        <x:v>8948</x:v>
+        <x:v>8807</x:v>
       </x:c>
       <x:c r="BP24" s="3" t="n">
-        <x:v>9035</x:v>
+        <x:v>8896</x:v>
       </x:c>
       <x:c r="BQ24" s="3" t="n">
-        <x:v>9259</x:v>
+        <x:v>9114</x:v>
       </x:c>
       <x:c r="BR24" s="3" t="n">
-        <x:v>10037</x:v>
+        <x:v>9880</x:v>
       </x:c>
       <x:c r="BS24" s="3" t="n">
-        <x:v>9832</x:v>
+        <x:v>9678</x:v>
       </x:c>
       <x:c r="BT24" s="3" t="n">
-        <x:v>9717</x:v>
+        <x:v>9567</x:v>
       </x:c>
       <x:c r="BU24" s="3" t="n">
-        <x:v>10176</x:v>
+        <x:v>10018</x:v>
       </x:c>
       <x:c r="BV24" s="3" t="n">
-        <x:v>10518</x:v>
+        <x:v>10354</x:v>
       </x:c>
       <x:c r="BW24" s="3" t="n">
-        <x:v>10442</x:v>
+        <x:v>10277</x:v>
       </x:c>
       <x:c r="BX24" s="3" t="n">
-        <x:v>10728</x:v>
+        <x:v>10562</x:v>
       </x:c>
       <x:c r="BY24" s="3" t="n">
-        <x:v>10897</x:v>
+        <x:v>10727</x:v>
       </x:c>
       <x:c r="BZ24" s="3" t="n">
-        <x:v>11360</x:v>
+        <x:v>11186</x:v>
       </x:c>
       <x:c r="CA24" s="3" t="n">
-        <x:v>11130</x:v>
+        <x:v>10959</x:v>
       </x:c>
       <x:c r="CB24" s="3" t="n">
-        <x:v>11483</x:v>
+        <x:v>11306</x:v>
       </x:c>
       <x:c r="CC24" s="3" t="n">
-        <x:v>11472</x:v>
+        <x:v>11293</x:v>
       </x:c>
       <x:c r="CD24" s="3" t="n">
-        <x:v>11407</x:v>
+        <x:v>11226</x:v>
       </x:c>
       <x:c r="CE24" s="3" t="n">
-        <x:v>12333</x:v>
+        <x:v>12136</x:v>
       </x:c>
       <x:c r="CF24" s="3" t="n">
-        <x:v>10238</x:v>
+        <x:v>10076</x:v>
       </x:c>
       <x:c r="CG24" s="3" t="n">
-        <x:v>11209</x:v>
+        <x:v>11032</x:v>
       </x:c>
       <x:c r="CH24" s="3" t="n">
-        <x:v>10581</x:v>
+        <x:v>10413</x:v>
       </x:c>
       <x:c r="CI24" s="3" t="n">
-        <x:v>11560</x:v>
+        <x:v>11380</x:v>
       </x:c>
       <x:c r="CJ24" s="3" t="n">
-        <x:v>9430</x:v>
+        <x:v>9287</x:v>
       </x:c>
       <x:c r="CK24" s="3" t="n">
-        <x:v>10310</x:v>
+        <x:v>10156</x:v>
       </x:c>
       <x:c r="CL24" s="3" t="n">
-        <x:v>9771</x:v>
+        <x:v>9626</x:v>
       </x:c>
       <x:c r="CM24" s="3" t="n">
-        <x:v>10660</x:v>
+        <x:v>10507</x:v>
       </x:c>
       <x:c r="CN24" s="3" t="n">
-        <x:v>9216</x:v>
+        <x:v>9087</x:v>
       </x:c>
       <x:c r="CO24" s="3" t="n">
-        <x:v>10236</x:v>
+        <x:v>10093</x:v>
       </x:c>
       <x:c r="CP24" s="3" t="n">
-        <x:v>9985</x:v>
+        <x:v>9844</x:v>
       </x:c>
       <x:c r="CQ24" s="3" t="n">
-        <x:v>10798</x:v>
+        <x:v>10648</x:v>
       </x:c>
       <x:c r="CR24" s="3" t="n">
-        <x:v>9565</x:v>
+        <x:v>9434</x:v>
       </x:c>
       <x:c r="CS24" s="3" t="n">
-        <x:v>10677</x:v>
+        <x:v>10532</x:v>
       </x:c>
       <x:c r="CT24" s="3" t="n">
-        <x:v>10730</x:v>
+        <x:v>10582</x:v>
       </x:c>
       <x:c r="CU24" s="3" t="n">
-        <x:v>11885</x:v>
+        <x:v>11726</x:v>
       </x:c>
       <x:c r="CV24" s="3" t="n">
-        <x:v>10530</x:v>
+        <x:v>10388</x:v>
       </x:c>
       <x:c r="CW24" s="3" t="n">
-        <x:v>11392</x:v>
+        <x:v>11236</x:v>
       </x:c>
       <x:c r="CX24" s="3" t="n">
-        <x:v>11207</x:v>
+        <x:v>11046</x:v>
       </x:c>
       <x:c r="CY24" s="3" t="n">
-        <x:v>11610</x:v>
+        <x:v>11447</x:v>
       </x:c>
       <x:c r="CZ24" s="3" t="n">
-        <x:v>10057</x:v>
+        <x:v>9916</x:v>
       </x:c>
       <x:c r="DA24" s="3" t="n">
-        <x:v>11345</x:v>
+        <x:v>11191</x:v>
       </x:c>
       <x:c r="DB24" s="3" t="n">
-        <x:v>11082</x:v>
+        <x:v>10937</x:v>
       </x:c>
       <x:c r="DC24" s="3" t="n">
-        <x:v>12162</x:v>
+        <x:v>12002</x:v>
       </x:c>
       <x:c r="DD24" s="3" t="n">
-        <x:v>10851</x:v>
+        <x:v>10699</x:v>
       </x:c>
       <x:c r="DE24" s="3" t="n">
-        <x:v>11889</x:v>
+        <x:v>11708</x:v>
       </x:c>
       <x:c r="DF24" s="3" t="n">
-        <x:v>11911</x:v>
+        <x:v>11702</x:v>
       </x:c>
       <x:c r="DG24" s="3" t="n">
-        <x:v>13229</x:v>
+        <x:v>12979</x:v>
       </x:c>
       <x:c r="DH24" s="3" t="n">
-        <x:v>11700</x:v>
+        <x:v>11457</x:v>
       </x:c>
       <x:c r="DI24" s="3" t="n">
-        <x:v>13117</x:v>
+        <x:v>12833</x:v>
       </x:c>
       <x:c r="DJ24" s="3" t="n">
-        <x:v>13548</x:v>
+        <x:v>13224</x:v>
       </x:c>
       <x:c r="DK24" s="3" t="n">
-        <x:v>14233</x:v>
+        <x:v>13894</x:v>
       </x:c>
       <x:c r="DL24" s="3" t="n">
-        <x:v>12890</x:v>
+        <x:v>12578</x:v>
       </x:c>
       <x:c r="DM24" s="3" t="n">
-        <x:v>14446</x:v>
+        <x:v>14096</x:v>
       </x:c>
       <x:c r="DN24" s="3" t="n">
-        <x:v>13957</x:v>
+        <x:v>13888</x:v>
       </x:c>
       <x:c r="DO24" s="3" t="n">
-        <x:v>15249</x:v>
+        <x:v>15212</x:v>
       </x:c>
       <x:c r="DP24" s="3" t="n">
-        <x:v>13911</x:v>
+        <x:v>13890</x:v>
       </x:c>
       <x:c r="DQ24" s="3" t="n">
-        <x:v>15404</x:v>
+        <x:v>15365</x:v>
       </x:c>
       <x:c r="DR24" s="3" t="n">
-        <x:v>15247</x:v>
+        <x:v>15177</x:v>
       </x:c>
       <x:c r="DS24" s="3" t="n">
-        <x:v>17062</x:v>
+        <x:v>16980</x:v>
+      </x:c>
+      <x:c r="DT24" s="3" t="n">
+        <x:v>15181</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:123">
+    <x:row r="25" spans="1:124">
       <x:c r="A25" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>2332</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>2373</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
         <x:v>2432</x:v>
       </x:c>
       <x:c r="E25" s="3" t="n">
         <x:v>2463</x:v>
       </x:c>
       <x:c r="F25" s="3" t="n">
         <x:v>2334</x:v>
       </x:c>
       <x:c r="G25" s="3" t="n">
         <x:v>2388</x:v>
       </x:c>
       <x:c r="H25" s="3" t="n">
         <x:v>2494</x:v>
       </x:c>
       <x:c r="I25" s="3" t="n">
         <x:v>2535</x:v>
       </x:c>
@@ -8880,347 +8956,350 @@
       <x:c r="R25" s="3" t="n">
         <x:v>3361</x:v>
       </x:c>
       <x:c r="S25" s="3" t="n">
         <x:v>3478</x:v>
       </x:c>
       <x:c r="T25" s="3" t="n">
         <x:v>3466</x:v>
       </x:c>
       <x:c r="U25" s="3" t="n">
         <x:v>3382</x:v>
       </x:c>
       <x:c r="V25" s="3" t="n">
         <x:v>3290</x:v>
       </x:c>
       <x:c r="W25" s="3" t="n">
         <x:v>3273</x:v>
       </x:c>
       <x:c r="X25" s="3" t="n">
         <x:v>3306</x:v>
       </x:c>
       <x:c r="Y25" s="3" t="n">
         <x:v>3230</x:v>
       </x:c>
       <x:c r="Z25" s="3" t="n">
-        <x:v>3161</x:v>
+        <x:v>3162</x:v>
       </x:c>
       <x:c r="AA25" s="3" t="n">
         <x:v>3348</x:v>
       </x:c>
       <x:c r="AB25" s="3" t="n">
-        <x:v>3400</x:v>
+        <x:v>3399</x:v>
       </x:c>
       <x:c r="AC25" s="3" t="n">
-        <x:v>3475</x:v>
+        <x:v>3474</x:v>
       </x:c>
       <x:c r="AD25" s="3" t="n">
-        <x:v>3555</x:v>
+        <x:v>3553</x:v>
       </x:c>
       <x:c r="AE25" s="3" t="n">
-        <x:v>3767</x:v>
+        <x:v>3764</x:v>
       </x:c>
       <x:c r="AF25" s="3" t="n">
+        <x:v>3806</x:v>
+      </x:c>
+      <x:c r="AG25" s="3" t="n">
+        <x:v>3752</x:v>
+      </x:c>
+      <x:c r="AH25" s="3" t="n">
+        <x:v>3525</x:v>
+      </x:c>
+      <x:c r="AI25" s="3" t="n">
+        <x:v>3523</x:v>
+      </x:c>
+      <x:c r="AJ25" s="3" t="n">
+        <x:v>3566</x:v>
+      </x:c>
+      <x:c r="AK25" s="3" t="n">
+        <x:v>3585</x:v>
+      </x:c>
+      <x:c r="AL25" s="3" t="n">
+        <x:v>3517</x:v>
+      </x:c>
+      <x:c r="AM25" s="3" t="n">
+        <x:v>3597</x:v>
+      </x:c>
+      <x:c r="AN25" s="3" t="n">
+        <x:v>3691</x:v>
+      </x:c>
+      <x:c r="AO25" s="3" t="n">
+        <x:v>3836</x:v>
+      </x:c>
+      <x:c r="AP25" s="3" t="n">
+        <x:v>3744</x:v>
+      </x:c>
+      <x:c r="AQ25" s="3" t="n">
+        <x:v>3933</x:v>
+      </x:c>
+      <x:c r="AR25" s="3" t="n">
+        <x:v>3977</x:v>
+      </x:c>
+      <x:c r="AS25" s="3" t="n">
+        <x:v>4193</x:v>
+      </x:c>
+      <x:c r="AT25" s="3" t="n">
+        <x:v>4418</x:v>
+      </x:c>
+      <x:c r="AU25" s="3" t="n">
+        <x:v>4634</x:v>
+      </x:c>
+      <x:c r="AV25" s="3" t="n">
+        <x:v>4902</x:v>
+      </x:c>
+      <x:c r="AW25" s="3" t="n">
+        <x:v>5165</x:v>
+      </x:c>
+      <x:c r="AX25" s="3" t="n">
+        <x:v>4434</x:v>
+      </x:c>
+      <x:c r="AY25" s="3" t="n">
+        <x:v>4573</x:v>
+      </x:c>
+      <x:c r="AZ25" s="3" t="n">
+        <x:v>4694</x:v>
+      </x:c>
+      <x:c r="BA25" s="3" t="n">
+        <x:v>5067</x:v>
+      </x:c>
+      <x:c r="BB25" s="3" t="n">
+        <x:v>4870</x:v>
+      </x:c>
+      <x:c r="BC25" s="3" t="n">
+        <x:v>5040</x:v>
+      </x:c>
+      <x:c r="BD25" s="3" t="n">
+        <x:v>5179</x:v>
+      </x:c>
+      <x:c r="BE25" s="3" t="n">
+        <x:v>5194</x:v>
+      </x:c>
+      <x:c r="BF25" s="3" t="n">
+        <x:v>4517</x:v>
+      </x:c>
+      <x:c r="BG25" s="3" t="n">
+        <x:v>4450</x:v>
+      </x:c>
+      <x:c r="BH25" s="3" t="n">
+        <x:v>4444</x:v>
+      </x:c>
+      <x:c r="BI25" s="3" t="n">
+        <x:v>4581</x:v>
+      </x:c>
+      <x:c r="BJ25" s="3" t="n">
+        <x:v>4248</x:v>
+      </x:c>
+      <x:c r="BK25" s="3" t="n">
+        <x:v>4375</x:v>
+      </x:c>
+      <x:c r="BL25" s="3" t="n">
+        <x:v>4167</x:v>
+      </x:c>
+      <x:c r="BM25" s="3" t="n">
+        <x:v>4136</x:v>
+      </x:c>
+      <x:c r="BN25" s="3" t="n">
+        <x:v>4227</x:v>
+      </x:c>
+      <x:c r="BO25" s="3" t="n">
+        <x:v>4175</x:v>
+      </x:c>
+      <x:c r="BP25" s="3" t="n">
+        <x:v>4708</x:v>
+      </x:c>
+      <x:c r="BQ25" s="3" t="n">
+        <x:v>4491</x:v>
+      </x:c>
+      <x:c r="BR25" s="3" t="n">
+        <x:v>4629</x:v>
+      </x:c>
+      <x:c r="BS25" s="3" t="n">
+        <x:v>4786</x:v>
+      </x:c>
+      <x:c r="BT25" s="3" t="n">
+        <x:v>4978</x:v>
+      </x:c>
+      <x:c r="BU25" s="3" t="n">
+        <x:v>5091</x:v>
+      </x:c>
+      <x:c r="BV25" s="3" t="n">
+        <x:v>4927</x:v>
+      </x:c>
+      <x:c r="BW25" s="3" t="n">
+        <x:v>5326</x:v>
+      </x:c>
+      <x:c r="BX25" s="3" t="n">
+        <x:v>5164</x:v>
+      </x:c>
+      <x:c r="BY25" s="3" t="n">
+        <x:v>5476</x:v>
+      </x:c>
+      <x:c r="BZ25" s="3" t="n">
+        <x:v>5412</x:v>
+      </x:c>
+      <x:c r="CA25" s="3" t="n">
+        <x:v>5659</x:v>
+      </x:c>
+      <x:c r="CB25" s="3" t="n">
+        <x:v>5483</x:v>
+      </x:c>
+      <x:c r="CC25" s="3" t="n">
+        <x:v>5423</x:v>
+      </x:c>
+      <x:c r="CD25" s="3" t="n">
+        <x:v>4690</x:v>
+      </x:c>
+      <x:c r="CE25" s="3" t="n">
+        <x:v>5314</x:v>
+      </x:c>
+      <x:c r="CF25" s="3" t="n">
+        <x:v>4464</x:v>
+      </x:c>
+      <x:c r="CG25" s="3" t="n">
+        <x:v>4446</x:v>
+      </x:c>
+      <x:c r="CH25" s="3" t="n">
+        <x:v>4215</x:v>
+      </x:c>
+      <x:c r="CI25" s="3" t="n">
+        <x:v>4633</x:v>
+      </x:c>
+      <x:c r="CJ25" s="3" t="n">
         <x:v>3810</x:v>
       </x:c>
-      <x:c r="AG25" s="3" t="n">
-[...166 lines deleted...]
-      </x:c>
       <x:c r="CK25" s="3" t="n">
-        <x:v>3911</x:v>
+        <x:v>3885</x:v>
       </x:c>
       <x:c r="CL25" s="3" t="n">
-        <x:v>3745</x:v>
+        <x:v>3721</x:v>
       </x:c>
       <x:c r="CM25" s="3" t="n">
-        <x:v>4041</x:v>
+        <x:v>4016</x:v>
       </x:c>
       <x:c r="CN25" s="3" t="n">
-        <x:v>3548</x:v>
+        <x:v>3529</x:v>
       </x:c>
       <x:c r="CO25" s="3" t="n">
-        <x:v>3844</x:v>
+        <x:v>3824</x:v>
       </x:c>
       <x:c r="CP25" s="3" t="n">
-        <x:v>3824</x:v>
+        <x:v>3806</x:v>
       </x:c>
       <x:c r="CQ25" s="3" t="n">
-        <x:v>4297</x:v>
+        <x:v>4278</x:v>
       </x:c>
       <x:c r="CR25" s="3" t="n">
-        <x:v>3733</x:v>
+        <x:v>3718</x:v>
       </x:c>
       <x:c r="CS25" s="3" t="n">
-        <x:v>3969</x:v>
+        <x:v>3953</x:v>
       </x:c>
       <x:c r="CT25" s="3" t="n">
-        <x:v>4027</x:v>
+        <x:v>4010</x:v>
       </x:c>
       <x:c r="CU25" s="3" t="n">
-        <x:v>4550</x:v>
+        <x:v>4529</x:v>
       </x:c>
       <x:c r="CV25" s="3" t="n">
-        <x:v>3937</x:v>
+        <x:v>3920</x:v>
       </x:c>
       <x:c r="CW25" s="3" t="n">
-        <x:v>4221</x:v>
+        <x:v>4202</x:v>
       </x:c>
       <x:c r="CX25" s="3" t="n">
-        <x:v>4178</x:v>
+        <x:v>4159</x:v>
       </x:c>
       <x:c r="CY25" s="3" t="n">
-        <x:v>4154</x:v>
+        <x:v>4133</x:v>
       </x:c>
       <x:c r="CZ25" s="3" t="n">
-        <x:v>3570</x:v>
+        <x:v>3552</x:v>
       </x:c>
       <x:c r="DA25" s="3" t="n">
-        <x:v>3870</x:v>
+        <x:v>3851</x:v>
       </x:c>
       <x:c r="DB25" s="3" t="n">
-        <x:v>3850</x:v>
+        <x:v>3830</x:v>
       </x:c>
       <x:c r="DC25" s="3" t="n">
-        <x:v>4174</x:v>
+        <x:v>4152</x:v>
       </x:c>
       <x:c r="DD25" s="3" t="n">
-        <x:v>3539</x:v>
+        <x:v>3524</x:v>
       </x:c>
       <x:c r="DE25" s="3" t="n">
-        <x:v>3784</x:v>
+        <x:v>3772</x:v>
       </x:c>
       <x:c r="DF25" s="3" t="n">
-        <x:v>3714</x:v>
+        <x:v>3708</x:v>
       </x:c>
       <x:c r="DG25" s="3" t="n">
-        <x:v>4205</x:v>
+        <x:v>4196</x:v>
       </x:c>
       <x:c r="DH25" s="3" t="n">
-        <x:v>3751</x:v>
+        <x:v>3729</x:v>
       </x:c>
       <x:c r="DI25" s="3" t="n">
-        <x:v>4081</x:v>
+        <x:v>4031</x:v>
       </x:c>
       <x:c r="DJ25" s="3" t="n">
-        <x:v>4162</x:v>
+        <x:v>4072</x:v>
       </x:c>
       <x:c r="DK25" s="3" t="n">
-        <x:v>4588</x:v>
+        <x:v>4460</x:v>
       </x:c>
       <x:c r="DL25" s="3" t="n">
-        <x:v>4180</x:v>
+        <x:v>4042</x:v>
       </x:c>
       <x:c r="DM25" s="3" t="n">
-        <x:v>4682</x:v>
+        <x:v>4522</x:v>
       </x:c>
       <x:c r="DN25" s="3" t="n">
-        <x:v>4658</x:v>
+        <x:v>4565</x:v>
       </x:c>
       <x:c r="DO25" s="3" t="n">
-        <x:v>5084</x:v>
+        <x:v>4985</x:v>
       </x:c>
       <x:c r="DP25" s="3" t="n">
-        <x:v>4599</x:v>
+        <x:v>4530</x:v>
       </x:c>
       <x:c r="DQ25" s="3" t="n">
-        <x:v>5036</x:v>
+        <x:v>4969</x:v>
       </x:c>
       <x:c r="DR25" s="3" t="n">
-        <x:v>5009</x:v>
+        <x:v>4940</x:v>
       </x:c>
       <x:c r="DS25" s="3" t="n">
-        <x:v>5594</x:v>
+        <x:v>5516</x:v>
+      </x:c>
+      <x:c r="DT25" s="3" t="n">
+        <x:v>4843</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:123">
+    <x:row r="26" spans="1:124">
       <x:c r="A26" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>710</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
         <x:v>736</x:v>
       </x:c>
       <x:c r="D26" s="3" t="n">
         <x:v>761</x:v>
       </x:c>
       <x:c r="E26" s="3" t="n">
         <x:v>768</x:v>
       </x:c>
       <x:c r="F26" s="3" t="n">
         <x:v>780</x:v>
       </x:c>
       <x:c r="G26" s="3" t="n">
         <x:v>808</x:v>
       </x:c>
       <x:c r="H26" s="3" t="n">
         <x:v>842</x:v>
       </x:c>
       <x:c r="I26" s="3" t="n">
         <x:v>876</x:v>
       </x:c>
@@ -9254,344 +9333,347 @@
       <x:c r="S26" s="3" t="n">
         <x:v>1079</x:v>
       </x:c>
       <x:c r="T26" s="3" t="n">
         <x:v>1101</x:v>
       </x:c>
       <x:c r="U26" s="3" t="n">
         <x:v>1101</x:v>
       </x:c>
       <x:c r="V26" s="3" t="n">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="W26" s="3" t="n">
         <x:v>1126</x:v>
       </x:c>
       <x:c r="X26" s="3" t="n">
         <x:v>1136</x:v>
       </x:c>
       <x:c r="Y26" s="3" t="n">
         <x:v>1129</x:v>
       </x:c>
       <x:c r="Z26" s="3" t="n">
         <x:v>1094</x:v>
       </x:c>
       <x:c r="AA26" s="3" t="n">
+        <x:v>1099</x:v>
+      </x:c>
+      <x:c r="AB26" s="3" t="n">
+        <x:v>1091</x:v>
+      </x:c>
+      <x:c r="AC26" s="3" t="n">
+        <x:v>1107</x:v>
+      </x:c>
+      <x:c r="AD26" s="3" t="n">
+        <x:v>1101</x:v>
+      </x:c>
+      <x:c r="AE26" s="3" t="n">
+        <x:v>1138</x:v>
+      </x:c>
+      <x:c r="AF26" s="3" t="n">
+        <x:v>1082</x:v>
+      </x:c>
+      <x:c r="AG26" s="3" t="n">
+        <x:v>1085</x:v>
+      </x:c>
+      <x:c r="AH26" s="3" t="n">
+        <x:v>1034</x:v>
+      </x:c>
+      <x:c r="AI26" s="3" t="n">
+        <x:v>1043</x:v>
+      </x:c>
+      <x:c r="AJ26" s="3" t="n">
+        <x:v>1057</x:v>
+      </x:c>
+      <x:c r="AK26" s="3" t="n">
+        <x:v>1030</x:v>
+      </x:c>
+      <x:c r="AL26" s="3" t="n">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="AM26" s="3" t="n">
+        <x:v>1001</x:v>
+      </x:c>
+      <x:c r="AN26" s="3" t="n">
+        <x:v>1057</x:v>
+      </x:c>
+      <x:c r="AO26" s="3" t="n">
+        <x:v>1053</x:v>
+      </x:c>
+      <x:c r="AP26" s="3" t="n">
+        <x:v>1073</x:v>
+      </x:c>
+      <x:c r="AQ26" s="3" t="n">
+        <x:v>1117</x:v>
+      </x:c>
+      <x:c r="AR26" s="3" t="n">
+        <x:v>1108</x:v>
+      </x:c>
+      <x:c r="AS26" s="3" t="n">
+        <x:v>1114</x:v>
+      </x:c>
+      <x:c r="AT26" s="3" t="n">
+        <x:v>1141</x:v>
+      </x:c>
+      <x:c r="AU26" s="3" t="n">
+        <x:v>1177</x:v>
+      </x:c>
+      <x:c r="AV26" s="3" t="n">
+        <x:v>1193</x:v>
+      </x:c>
+      <x:c r="AW26" s="3" t="n">
+        <x:v>1211</x:v>
+      </x:c>
+      <x:c r="AX26" s="3" t="n">
+        <x:v>1224</x:v>
+      </x:c>
+      <x:c r="AY26" s="3" t="n">
+        <x:v>1241</x:v>
+      </x:c>
+      <x:c r="AZ26" s="3" t="n">
+        <x:v>1272</x:v>
+      </x:c>
+      <x:c r="BA26" s="3" t="n">
+        <x:v>1272</x:v>
+      </x:c>
+      <x:c r="BB26" s="3" t="n">
+        <x:v>1249</x:v>
+      </x:c>
+      <x:c r="BC26" s="3" t="n">
+        <x:v>1180</x:v>
+      </x:c>
+      <x:c r="BD26" s="3" t="n">
+        <x:v>1157</x:v>
+      </x:c>
+      <x:c r="BE26" s="3" t="n">
+        <x:v>1156</x:v>
+      </x:c>
+      <x:c r="BF26" s="3" t="n">
+        <x:v>1143</x:v>
+      </x:c>
+      <x:c r="BG26" s="3" t="n">
         <x:v>1100</x:v>
       </x:c>
-      <x:c r="AB26" s="3" t="n">
-[...8 lines deleted...]
-      <x:c r="AE26" s="3" t="n">
+      <x:c r="BH26" s="3" t="n">
+        <x:v>1063</x:v>
+      </x:c>
+      <x:c r="BI26" s="3" t="n">
+        <x:v>1050</x:v>
+      </x:c>
+      <x:c r="BJ26" s="3" t="n">
+        <x:v>1113</x:v>
+      </x:c>
+      <x:c r="BK26" s="3" t="n">
+        <x:v>1008</x:v>
+      </x:c>
+      <x:c r="BL26" s="3" t="n">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="BM26" s="3" t="n">
+        <x:v>1019</x:v>
+      </x:c>
+      <x:c r="BN26" s="3" t="n">
+        <x:v>1085</x:v>
+      </x:c>
+      <x:c r="BO26" s="3" t="n">
+        <x:v>993</x:v>
+      </x:c>
+      <x:c r="BP26" s="3" t="n">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c r="BQ26" s="3" t="n">
+        <x:v>978</x:v>
+      </x:c>
+      <x:c r="BR26" s="3" t="n">
+        <x:v>1045</x:v>
+      </x:c>
+      <x:c r="BS26" s="3" t="n">
+        <x:v>1041</x:v>
+      </x:c>
+      <x:c r="BT26" s="3" t="n">
+        <x:v>1052</x:v>
+      </x:c>
+      <x:c r="BU26" s="3" t="n">
+        <x:v>1054</x:v>
+      </x:c>
+      <x:c r="BV26" s="3" t="n">
+        <x:v>1059</x:v>
+      </x:c>
+      <x:c r="BW26" s="3" t="n">
+        <x:v>1022</x:v>
+      </x:c>
+      <x:c r="BX26" s="3" t="n">
+        <x:v>1007</x:v>
+      </x:c>
+      <x:c r="BY26" s="3" t="n">
+        <x:v>1020</x:v>
+      </x:c>
+      <x:c r="BZ26" s="3" t="n">
+        <x:v>1055</x:v>
+      </x:c>
+      <x:c r="CA26" s="3" t="n">
+        <x:v>1009</x:v>
+      </x:c>
+      <x:c r="CB26" s="3" t="n">
+        <x:v>986</x:v>
+      </x:c>
+      <x:c r="CC26" s="3" t="n">
+        <x:v>1025</x:v>
+      </x:c>
+      <x:c r="CD26" s="3" t="n">
+        <x:v>966</x:v>
+      </x:c>
+      <x:c r="CE26" s="3" t="n">
+        <x:v>1144</x:v>
+      </x:c>
+      <x:c r="CF26" s="3" t="n">
+        <x:v>929</x:v>
+      </x:c>
+      <x:c r="CG26" s="3" t="n">
+        <x:v>1081</x:v>
+      </x:c>
+      <x:c r="CH26" s="3" t="n">
+        <x:v>965</x:v>
+      </x:c>
+      <x:c r="CI26" s="3" t="n">
+        <x:v>1179</x:v>
+      </x:c>
+      <x:c r="CJ26" s="3" t="n">
+        <x:v>965</x:v>
+      </x:c>
+      <x:c r="CK26" s="3" t="n">
+        <x:v>1088</x:v>
+      </x:c>
+      <x:c r="CL26" s="3" t="n">
+        <x:v>1044</x:v>
+      </x:c>
+      <x:c r="CM26" s="3" t="n">
+        <x:v>1210</x:v>
+      </x:c>
+      <x:c r="CN26" s="3" t="n">
+        <x:v>1003</x:v>
+      </x:c>
+      <x:c r="CO26" s="3" t="n">
+        <x:v>1148</x:v>
+      </x:c>
+      <x:c r="CP26" s="3" t="n">
+        <x:v>1047</x:v>
+      </x:c>
+      <x:c r="CQ26" s="3" t="n">
+        <x:v>1237</x:v>
+      </x:c>
+      <x:c r="CR26" s="3" t="n">
+        <x:v>1049</x:v>
+      </x:c>
+      <x:c r="CS26" s="3" t="n">
+        <x:v>1173</x:v>
+      </x:c>
+      <x:c r="CT26" s="3" t="n">
+        <x:v>1082</x:v>
+      </x:c>
+      <x:c r="CU26" s="3" t="n">
+        <x:v>1245</x:v>
+      </x:c>
+      <x:c r="CV26" s="3" t="n">
         <x:v>1141</x:v>
       </x:c>
-      <x:c r="AF26" s="3" t="n">
-[...205 lines deleted...]
-      </x:c>
       <x:c r="CW26" s="3" t="n">
+        <x:v>1220</x:v>
+      </x:c>
+      <x:c r="CX26" s="3" t="n">
+        <x:v>1110</x:v>
+      </x:c>
+      <x:c r="CY26" s="3" t="n">
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="CZ26" s="3" t="n">
+        <x:v>1112</x:v>
+      </x:c>
+      <x:c r="DA26" s="3" t="n">
+        <x:v>1295</x:v>
+      </x:c>
+      <x:c r="DB26" s="3" t="n">
+        <x:v>1180</x:v>
+      </x:c>
+      <x:c r="DC26" s="3" t="n">
+        <x:v>1331</x:v>
+      </x:c>
+      <x:c r="DD26" s="3" t="n">
         <x:v>1237</x:v>
       </x:c>
-      <x:c r="CX26" s="3" t="n">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="DE26" s="3" t="n">
-        <x:v>1390</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="DF26" s="3" t="n">
-        <x:v>1312</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="DG26" s="3" t="n">
-        <x:v>1498</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="DH26" s="3" t="n">
-        <x:v>1372</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="DI26" s="3" t="n">
-        <x:v>1440</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="DJ26" s="3" t="n">
-        <x:v>1415</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="DK26" s="3" t="n">
-        <x:v>1479</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="DL26" s="3" t="n">
-        <x:v>1430</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="DM26" s="3" t="n">
-        <x:v>1498</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="DN26" s="3" t="n">
-        <x:v>1410</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="DO26" s="3" t="n">
-        <x:v>1508</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="DP26" s="3" t="n">
-        <x:v>1429</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="DQ26" s="3" t="n">
-        <x:v>1540</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="DR26" s="3" t="n">
-        <x:v>1465</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="DS26" s="3" t="n">
-        <x:v>1628</x:v>
+        <x:v>1617</x:v>
+      </x:c>
+      <x:c r="DT26" s="3" t="n">
+        <x:v>1464</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:123">
+    <x:row r="27" spans="1:124">
       <x:c r="A27" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>788</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
         <x:v>802</x:v>
       </x:c>
       <x:c r="E27" s="3" t="n">
         <x:v>808</x:v>
       </x:c>
       <x:c r="F27" s="3" t="n">
         <x:v>808</x:v>
       </x:c>
       <x:c r="G27" s="3" t="n">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H27" s="3" t="n">
         <x:v>845</x:v>
       </x:c>
       <x:c r="I27" s="3" t="n">
         <x:v>852</x:v>
       </x:c>
@@ -9622,347 +9704,350 @@
       <x:c r="R27" s="3" t="n">
         <x:v>893</x:v>
       </x:c>
       <x:c r="S27" s="3" t="n">
         <x:v>916</x:v>
       </x:c>
       <x:c r="T27" s="3" t="n">
         <x:v>917</x:v>
       </x:c>
       <x:c r="U27" s="3" t="n">
         <x:v>903</x:v>
       </x:c>
       <x:c r="V27" s="3" t="n">
         <x:v>930</x:v>
       </x:c>
       <x:c r="W27" s="3" t="n">
         <x:v>925</x:v>
       </x:c>
       <x:c r="X27" s="3" t="n">
         <x:v>933</x:v>
       </x:c>
       <x:c r="Y27" s="3" t="n">
         <x:v>915</x:v>
       </x:c>
       <x:c r="Z27" s="3" t="n">
-        <x:v>958</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="AA27" s="3" t="n">
-        <x:v>999</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="AB27" s="3" t="n">
-        <x:v>1012</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="AC27" s="3" t="n">
-        <x:v>1026</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="AD27" s="3" t="n">
-        <x:v>1024</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="AE27" s="3" t="n">
-        <x:v>1081</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="AF27" s="3" t="n">
-        <x:v>1085</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="AG27" s="3" t="n">
-        <x:v>1071</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="AH27" s="3" t="n">
+        <x:v>1056</x:v>
+      </x:c>
+      <x:c r="AI27" s="3" t="n">
+        <x:v>1058</x:v>
+      </x:c>
+      <x:c r="AJ27" s="3" t="n">
         <x:v>1064</x:v>
       </x:c>
-      <x:c r="AI27" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="AK27" s="3" t="n">
-        <x:v>1070</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="AL27" s="3" t="n">
-        <x:v>1164</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="AM27" s="3" t="n">
-        <x:v>1198</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="AN27" s="3" t="n">
-        <x:v>1222</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="AO27" s="3" t="n">
-        <x:v>1257</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="AP27" s="3" t="n">
-        <x:v>1343</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="AQ27" s="3" t="n">
-        <x:v>1412</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="AR27" s="3" t="n">
-        <x:v>1415</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="AS27" s="3" t="n">
-        <x:v>1467</x:v>
+        <x:v>1439</x:v>
       </x:c>
       <x:c r="AT27" s="3" t="n">
-        <x:v>1944</x:v>
+        <x:v>1906</x:v>
       </x:c>
       <x:c r="AU27" s="3" t="n">
-        <x:v>2032</x:v>
+        <x:v>1992</x:v>
       </x:c>
       <x:c r="AV27" s="3" t="n">
-        <x:v>2099</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="AW27" s="3" t="n">
-        <x:v>2210</x:v>
+        <x:v>2159</x:v>
       </x:c>
       <x:c r="AX27" s="3" t="n">
-        <x:v>2364</x:v>
+        <x:v>2301</x:v>
       </x:c>
       <x:c r="AY27" s="3" t="n">
-        <x:v>2456</x:v>
+        <x:v>2387</x:v>
       </x:c>
       <x:c r="AZ27" s="3" t="n">
-        <x:v>2505</x:v>
+        <x:v>2436</x:v>
       </x:c>
       <x:c r="BA27" s="3" t="n">
-        <x:v>2656</x:v>
+        <x:v>2588</x:v>
       </x:c>
       <x:c r="BB27" s="3" t="n">
-        <x:v>2655</x:v>
+        <x:v>2599</x:v>
       </x:c>
       <x:c r="BC27" s="3" t="n">
-        <x:v>2742</x:v>
+        <x:v>2689</x:v>
       </x:c>
       <x:c r="BD27" s="3" t="n">
-        <x:v>2855</x:v>
+        <x:v>2799</x:v>
       </x:c>
       <x:c r="BE27" s="3" t="n">
-        <x:v>2945</x:v>
+        <x:v>2880</x:v>
       </x:c>
       <x:c r="BF27" s="3" t="n">
-        <x:v>2459</x:v>
+        <x:v>2394</x:v>
       </x:c>
       <x:c r="BG27" s="3" t="n">
-        <x:v>2502</x:v>
+        <x:v>2428</x:v>
       </x:c>
       <x:c r="BH27" s="3" t="n">
-        <x:v>2501</x:v>
+        <x:v>2423</x:v>
       </x:c>
       <x:c r="BI27" s="3" t="n">
-        <x:v>2436</x:v>
+        <x:v>2361</x:v>
       </x:c>
       <x:c r="BJ27" s="3" t="n">
-        <x:v>2607</x:v>
+        <x:v>2533</x:v>
       </x:c>
       <x:c r="BK27" s="3" t="n">
-        <x:v>2668</x:v>
+        <x:v>2596</x:v>
       </x:c>
       <x:c r="BL27" s="3" t="n">
-        <x:v>2555</x:v>
+        <x:v>2489</x:v>
       </x:c>
       <x:c r="BM27" s="3" t="n">
-        <x:v>2584</x:v>
+        <x:v>2518</x:v>
       </x:c>
       <x:c r="BN27" s="3" t="n">
-        <x:v>2791</x:v>
+        <x:v>2720</x:v>
       </x:c>
       <x:c r="BO27" s="3" t="n">
-        <x:v>2723</x:v>
+        <x:v>2654</x:v>
       </x:c>
       <x:c r="BP27" s="3" t="n">
-        <x:v>2733</x:v>
+        <x:v>2664</x:v>
       </x:c>
       <x:c r="BQ27" s="3" t="n">
-        <x:v>2808</x:v>
+        <x:v>2737</x:v>
       </x:c>
       <x:c r="BR27" s="3" t="n">
-        <x:v>2933</x:v>
+        <x:v>2859</x:v>
       </x:c>
       <x:c r="BS27" s="3" t="n">
-        <x:v>2982</x:v>
+        <x:v>2907</x:v>
       </x:c>
       <x:c r="BT27" s="3" t="n">
-        <x:v>3111</x:v>
+        <x:v>3034</x:v>
       </x:c>
       <x:c r="BU27" s="3" t="n">
+        <x:v>3092</x:v>
+      </x:c>
+      <x:c r="BV27" s="3" t="n">
+        <x:v>3280</x:v>
+      </x:c>
+      <x:c r="BW27" s="3" t="n">
+        <x:v>3296</x:v>
+      </x:c>
+      <x:c r="BX27" s="3" t="n">
+        <x:v>3334</x:v>
+      </x:c>
+      <x:c r="BY27" s="3" t="n">
+        <x:v>3465</x:v>
+      </x:c>
+      <x:c r="BZ27" s="3" t="n">
+        <x:v>3557</x:v>
+      </x:c>
+      <x:c r="CA27" s="3" t="n">
+        <x:v>3467</x:v>
+      </x:c>
+      <x:c r="CB27" s="3" t="n">
+        <x:v>3511</x:v>
+      </x:c>
+      <x:c r="CC27" s="3" t="n">
+        <x:v>3567</x:v>
+      </x:c>
+      <x:c r="CD27" s="3" t="n">
+        <x:v>3473</x:v>
+      </x:c>
+      <x:c r="CE27" s="3" t="n">
+        <x:v>3957</x:v>
+      </x:c>
+      <x:c r="CF27" s="3" t="n">
+        <x:v>3359</x:v>
+      </x:c>
+      <x:c r="CG27" s="3" t="n">
+        <x:v>3452</x:v>
+      </x:c>
+      <x:c r="CH27" s="3" t="n">
+        <x:v>3319</x:v>
+      </x:c>
+      <x:c r="CI27" s="3" t="n">
+        <x:v>3728</x:v>
+      </x:c>
+      <x:c r="CJ27" s="3" t="n">
+        <x:v>3146</x:v>
+      </x:c>
+      <x:c r="CK27" s="3" t="n">
+        <x:v>3389</x:v>
+      </x:c>
+      <x:c r="CL27" s="3" t="n">
         <x:v>3170</x:v>
       </x:c>
-      <x:c r="BV27" s="3" t="n">
-[...49 lines deleted...]
-      </x:c>
       <x:c r="CM27" s="3" t="n">
-        <x:v>3826</x:v>
+        <x:v>3738</x:v>
       </x:c>
       <x:c r="CN27" s="3" t="n">
-        <x:v>3261</x:v>
+        <x:v>3187</x:v>
       </x:c>
       <x:c r="CO27" s="3" t="n">
-        <x:v>3593</x:v>
+        <x:v>3513</x:v>
       </x:c>
       <x:c r="CP27" s="3" t="n">
-        <x:v>3326</x:v>
+        <x:v>3253</x:v>
       </x:c>
       <x:c r="CQ27" s="3" t="n">
-        <x:v>3906</x:v>
+        <x:v>3822</x:v>
       </x:c>
       <x:c r="CR27" s="3" t="n">
-        <x:v>3479</x:v>
+        <x:v>3406</x:v>
       </x:c>
       <x:c r="CS27" s="3" t="n">
-        <x:v>3834</x:v>
+        <x:v>3754</x:v>
       </x:c>
       <x:c r="CT27" s="3" t="n">
-        <x:v>3603</x:v>
+        <x:v>3530</x:v>
       </x:c>
       <x:c r="CU27" s="3" t="n">
-        <x:v>4363</x:v>
+        <x:v>4275</x:v>
       </x:c>
       <x:c r="CV27" s="3" t="n">
-        <x:v>3787</x:v>
+        <x:v>3711</x:v>
       </x:c>
       <x:c r="CW27" s="3" t="n">
-        <x:v>4803</x:v>
+        <x:v>4707</x:v>
       </x:c>
       <x:c r="CX27" s="3" t="n">
-        <x:v>3850</x:v>
+        <x:v>3773</x:v>
       </x:c>
       <x:c r="CY27" s="3" t="n">
-        <x:v>4163</x:v>
+        <x:v>4078</x:v>
       </x:c>
       <x:c r="CZ27" s="3" t="n">
-        <x:v>3525</x:v>
+        <x:v>3449</x:v>
       </x:c>
       <x:c r="DA27" s="3" t="n">
-        <x:v>3854</x:v>
+        <x:v>3766</x:v>
       </x:c>
       <x:c r="DB27" s="3" t="n">
-        <x:v>3760</x:v>
+        <x:v>3666</x:v>
       </x:c>
       <x:c r="DC27" s="3" t="n">
-        <x:v>4262</x:v>
+        <x:v>4157</x:v>
       </x:c>
       <x:c r="DD27" s="3" t="n">
-        <x:v>3683</x:v>
+        <x:v>3602</x:v>
       </x:c>
       <x:c r="DE27" s="3" t="n">
-        <x:v>4112</x:v>
+        <x:v>4041</x:v>
       </x:c>
       <x:c r="DF27" s="3" t="n">
-        <x:v>3973</x:v>
+        <x:v>3933</x:v>
       </x:c>
       <x:c r="DG27" s="3" t="n">
+        <x:v>4513</x:v>
+      </x:c>
+      <x:c r="DH27" s="3" t="n">
+        <x:v>3880</x:v>
+      </x:c>
+      <x:c r="DI27" s="3" t="n">
         <x:v>4539</x:v>
       </x:c>
-      <x:c r="DH27" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="DJ27" s="3" t="n">
-        <x:v>4460</x:v>
+        <x:v>4416</x:v>
       </x:c>
       <x:c r="DK27" s="3" t="n">
-        <x:v>5020</x:v>
+        <x:v>4954</x:v>
       </x:c>
       <x:c r="DL27" s="3" t="n">
-        <x:v>4504</x:v>
+        <x:v>4435</x:v>
       </x:c>
       <x:c r="DM27" s="3" t="n">
-        <x:v>5073</x:v>
+        <x:v>4990</x:v>
       </x:c>
       <x:c r="DN27" s="3" t="n">
-        <x:v>4938</x:v>
+        <x:v>4835</x:v>
       </x:c>
       <x:c r="DO27" s="3" t="n">
-        <x:v>5574</x:v>
+        <x:v>5457</x:v>
       </x:c>
       <x:c r="DP27" s="3" t="n">
-        <x:v>4965</x:v>
+        <x:v>4871</x:v>
       </x:c>
       <x:c r="DQ27" s="3" t="n">
-        <x:v>5486</x:v>
+        <x:v>5373</x:v>
       </x:c>
       <x:c r="DR27" s="3" t="n">
-        <x:v>5328</x:v>
+        <x:v>5206</x:v>
       </x:c>
       <x:c r="DS27" s="3" t="n">
-        <x:v>6106</x:v>
+        <x:v>5965</x:v>
+      </x:c>
+      <x:c r="DT27" s="3" t="n">
+        <x:v>5058</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:123">
+    <x:row r="28" spans="1:124">
       <x:c r="A28" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>1333</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
         <x:v>1391</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
         <x:v>1435</x:v>
       </x:c>
       <x:c r="E28" s="3" t="n">
         <x:v>1403</x:v>
       </x:c>
       <x:c r="F28" s="3" t="n">
         <x:v>1365</x:v>
       </x:c>
       <x:c r="G28" s="3" t="n">
         <x:v>1426</x:v>
       </x:c>
       <x:c r="H28" s="3" t="n">
         <x:v>1488</x:v>
       </x:c>
       <x:c r="I28" s="3" t="n">
         <x:v>1454</x:v>
       </x:c>
@@ -9981,359 +10066,362 @@
       <x:c r="N28" s="3" t="n">
         <x:v>1467</x:v>
       </x:c>
       <x:c r="O28" s="3" t="n">
         <x:v>1515</x:v>
       </x:c>
       <x:c r="P28" s="3" t="n">
         <x:v>1561</x:v>
       </x:c>
       <x:c r="Q28" s="3" t="n">
         <x:v>1586</x:v>
       </x:c>
       <x:c r="R28" s="3" t="n">
         <x:v>1475</x:v>
       </x:c>
       <x:c r="S28" s="3" t="n">
         <x:v>1522</x:v>
       </x:c>
       <x:c r="T28" s="3" t="n">
         <x:v>1498</x:v>
       </x:c>
       <x:c r="U28" s="3" t="n">
         <x:v>1492</x:v>
       </x:c>
       <x:c r="V28" s="3" t="n">
-        <x:v>1499</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="W28" s="3" t="n">
         <x:v>1564</x:v>
       </x:c>
       <x:c r="X28" s="3" t="n">
         <x:v>1536</x:v>
       </x:c>
       <x:c r="Y28" s="3" t="n">
         <x:v>1559</x:v>
       </x:c>
       <x:c r="Z28" s="3" t="n">
-        <x:v>1586</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="AA28" s="3" t="n">
-        <x:v>1616</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="AB28" s="3" t="n">
-        <x:v>1653</x:v>
+        <x:v>1652</x:v>
       </x:c>
       <x:c r="AC28" s="3" t="n">
-        <x:v>1598</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="AD28" s="3" t="n">
-        <x:v>1564</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="AE28" s="3" t="n">
-        <x:v>1616</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="AF28" s="3" t="n">
-        <x:v>1692</x:v>
+        <x:v>1690</x:v>
       </x:c>
       <x:c r="AG28" s="3" t="n">
-        <x:v>1621</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="AH28" s="3" t="n">
-        <x:v>1676</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="AI28" s="3" t="n">
-        <x:v>1726</x:v>
+        <x:v>1723</x:v>
       </x:c>
       <x:c r="AJ28" s="3" t="n">
-        <x:v>1793</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="AK28" s="3" t="n">
-        <x:v>1744</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="AL28" s="3" t="n">
-        <x:v>1742</x:v>
+        <x:v>1738</x:v>
       </x:c>
       <x:c r="AM28" s="3" t="n">
-        <x:v>1832</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="AN28" s="3" t="n">
-        <x:v>1853</x:v>
+        <x:v>1848</x:v>
       </x:c>
       <x:c r="AO28" s="3" t="n">
-        <x:v>1859</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="AP28" s="3" t="n">
-        <x:v>1934</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="AQ28" s="3" t="n">
-        <x:v>2006</x:v>
+        <x:v>1999</x:v>
       </x:c>
       <x:c r="AR28" s="3" t="n">
-        <x:v>1988</x:v>
+        <x:v>1981</x:v>
       </x:c>
       <x:c r="AS28" s="3" t="n">
-        <x:v>1960</x:v>
+        <x:v>1953</x:v>
       </x:c>
       <x:c r="AT28" s="3" t="n">
-        <x:v>2072</x:v>
+        <x:v>2065</x:v>
       </x:c>
       <x:c r="AU28" s="3" t="n">
-        <x:v>2209</x:v>
+        <x:v>2201</x:v>
       </x:c>
       <x:c r="AV28" s="3" t="n">
-        <x:v>2150</x:v>
+        <x:v>2142</x:v>
       </x:c>
       <x:c r="AW28" s="3" t="n">
-        <x:v>2157</x:v>
+        <x:v>2149</x:v>
       </x:c>
       <x:c r="AX28" s="3" t="n">
-        <x:v>2506</x:v>
+        <x:v>2498</x:v>
       </x:c>
       <x:c r="AY28" s="3" t="n">
-        <x:v>2635</x:v>
+        <x:v>2626</x:v>
       </x:c>
       <x:c r="AZ28" s="3" t="n">
-        <x:v>2578</x:v>
+        <x:v>2569</x:v>
       </x:c>
       <x:c r="BA28" s="3" t="n">
-        <x:v>1945</x:v>
+        <x:v>1938</x:v>
       </x:c>
       <x:c r="BB28" s="3" t="n">
-        <x:v>2564</x:v>
+        <x:v>2554</x:v>
       </x:c>
       <x:c r="BC28" s="3" t="n">
-        <x:v>2649</x:v>
+        <x:v>2639</x:v>
       </x:c>
       <x:c r="BD28" s="3" t="n">
-        <x:v>2828</x:v>
+        <x:v>2816</x:v>
       </x:c>
       <x:c r="BE28" s="3" t="n">
-        <x:v>2843</x:v>
+        <x:v>2832</x:v>
       </x:c>
       <x:c r="BF28" s="3" t="n">
-        <x:v>2595</x:v>
+        <x:v>2585</x:v>
       </x:c>
       <x:c r="BG28" s="3" t="n">
-        <x:v>2633</x:v>
+        <x:v>2622</x:v>
       </x:c>
       <x:c r="BH28" s="3" t="n">
-        <x:v>2677</x:v>
+        <x:v>2666</x:v>
       </x:c>
       <x:c r="BI28" s="3" t="n">
-        <x:v>2663</x:v>
+        <x:v>2652</x:v>
       </x:c>
       <x:c r="BJ28" s="3" t="n">
-        <x:v>2471</x:v>
+        <x:v>2460</x:v>
       </x:c>
       <x:c r="BK28" s="3" t="n">
-        <x:v>2576</x:v>
+        <x:v>2566</x:v>
       </x:c>
       <x:c r="BL28" s="3" t="n">
-        <x:v>2586</x:v>
+        <x:v>2575</x:v>
       </x:c>
       <x:c r="BM28" s="3" t="n">
-        <x:v>2649</x:v>
+        <x:v>2637</x:v>
       </x:c>
       <x:c r="BN28" s="3" t="n">
-        <x:v>2720</x:v>
+        <x:v>2707</x:v>
       </x:c>
       <x:c r="BO28" s="3" t="n">
-        <x:v>2751</x:v>
+        <x:v>2738</x:v>
       </x:c>
       <x:c r="BP28" s="3" t="n">
-        <x:v>2804</x:v>
+        <x:v>2791</x:v>
       </x:c>
       <x:c r="BQ28" s="3" t="n">
-        <x:v>2799</x:v>
+        <x:v>2786</x:v>
       </x:c>
       <x:c r="BR28" s="3" t="n">
-        <x:v>2948</x:v>
+        <x:v>2935</x:v>
       </x:c>
       <x:c r="BS28" s="3" t="n">
-        <x:v>2997</x:v>
+        <x:v>2984</x:v>
       </x:c>
       <x:c r="BT28" s="3" t="n">
-        <x:v>3014</x:v>
+        <x:v>3001</x:v>
       </x:c>
       <x:c r="BU28" s="3" t="n">
-        <x:v>2999</x:v>
+        <x:v>2985</x:v>
       </x:c>
       <x:c r="BV28" s="3" t="n">
-        <x:v>3044</x:v>
+        <x:v>3031</x:v>
       </x:c>
       <x:c r="BW28" s="3" t="n">
-        <x:v>3081</x:v>
+        <x:v>3068</x:v>
       </x:c>
       <x:c r="BX28" s="3" t="n">
-        <x:v>3180</x:v>
+        <x:v>3166</x:v>
       </x:c>
       <x:c r="BY28" s="3" t="n">
-        <x:v>3239</x:v>
+        <x:v>3225</x:v>
       </x:c>
       <x:c r="BZ28" s="3" t="n">
-        <x:v>3287</x:v>
+        <x:v>3273</x:v>
       </x:c>
       <x:c r="CA28" s="3" t="n">
-        <x:v>3398</x:v>
+        <x:v>3383</x:v>
       </x:c>
       <x:c r="CB28" s="3" t="n">
+        <x:v>3324</x:v>
+      </x:c>
+      <x:c r="CC28" s="3" t="n">
         <x:v>3338</x:v>
       </x:c>
-      <x:c r="CC28" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="CD28" s="3" t="n">
-        <x:v>3247</x:v>
+        <x:v>3233</x:v>
       </x:c>
       <x:c r="CE28" s="3" t="n">
-        <x:v>3832</x:v>
+        <x:v>3815</x:v>
       </x:c>
       <x:c r="CF28" s="3" t="n">
-        <x:v>3170</x:v>
+        <x:v>3157</x:v>
       </x:c>
       <x:c r="CG28" s="3" t="n">
-        <x:v>3886</x:v>
+        <x:v>3870</x:v>
       </x:c>
       <x:c r="CH28" s="3" t="n">
-        <x:v>3541</x:v>
+        <x:v>3524</x:v>
       </x:c>
       <x:c r="CI28" s="3" t="n">
-        <x:v>3758</x:v>
+        <x:v>3742</x:v>
       </x:c>
       <x:c r="CJ28" s="3" t="n">
-        <x:v>3347</x:v>
+        <x:v>3332</x:v>
       </x:c>
       <x:c r="CK28" s="3" t="n">
-        <x:v>4097</x:v>
+        <x:v>4078</x:v>
       </x:c>
       <x:c r="CL28" s="3" t="n">
-        <x:v>3700</x:v>
+        <x:v>3681</x:v>
       </x:c>
       <x:c r="CM28" s="3" t="n">
-        <x:v>3972</x:v>
+        <x:v>3954</x:v>
       </x:c>
       <x:c r="CN28" s="3" t="n">
-        <x:v>3464</x:v>
+        <x:v>3448</x:v>
       </x:c>
       <x:c r="CO28" s="3" t="n">
-        <x:v>4091</x:v>
+        <x:v>4072</x:v>
       </x:c>
       <x:c r="CP28" s="3" t="n">
-        <x:v>3572</x:v>
+        <x:v>3554</x:v>
       </x:c>
       <x:c r="CQ28" s="3" t="n">
-        <x:v>4209</x:v>
+        <x:v>4189</x:v>
       </x:c>
       <x:c r="CR28" s="3" t="n">
-        <x:v>3632</x:v>
+        <x:v>3616</x:v>
       </x:c>
       <x:c r="CS28" s="3" t="n">
-        <x:v>4326</x:v>
+        <x:v>4306</x:v>
       </x:c>
       <x:c r="CT28" s="3" t="n">
-        <x:v>3852</x:v>
+        <x:v>3834</x:v>
       </x:c>
       <x:c r="CU28" s="3" t="n">
-        <x:v>4266</x:v>
+        <x:v>4247</x:v>
       </x:c>
       <x:c r="CV28" s="3" t="n">
-        <x:v>3905</x:v>
+        <x:v>3887</x:v>
       </x:c>
       <x:c r="CW28" s="3" t="n">
-        <x:v>4560</x:v>
+        <x:v>4539</x:v>
       </x:c>
       <x:c r="CX28" s="3" t="n">
-        <x:v>4111</x:v>
+        <x:v>4090</x:v>
       </x:c>
       <x:c r="CY28" s="3" t="n">
-        <x:v>4471</x:v>
+        <x:v>4450</x:v>
       </x:c>
       <x:c r="CZ28" s="3" t="n">
-        <x:v>3849</x:v>
+        <x:v>3830</x:v>
       </x:c>
       <x:c r="DA28" s="3" t="n">
-        <x:v>4468</x:v>
+        <x:v>4448</x:v>
       </x:c>
       <x:c r="DB28" s="3" t="n">
-        <x:v>4367</x:v>
+        <x:v>4349</x:v>
       </x:c>
       <x:c r="DC28" s="3" t="n">
-        <x:v>4717</x:v>
+        <x:v>4700</x:v>
       </x:c>
       <x:c r="DD28" s="3" t="n">
-        <x:v>4367</x:v>
+        <x:v>4347</x:v>
       </x:c>
       <x:c r="DE28" s="3" t="n">
-        <x:v>5054</x:v>
+        <x:v>5025</x:v>
       </x:c>
       <x:c r="DF28" s="3" t="n">
-        <x:v>4360</x:v>
+        <x:v>4328</x:v>
       </x:c>
       <x:c r="DG28" s="3" t="n">
-        <x:v>5406</x:v>
+        <x:v>5362</x:v>
       </x:c>
       <x:c r="DH28" s="3" t="n">
-        <x:v>4674</x:v>
+        <x:v>4634</x:v>
       </x:c>
       <x:c r="DI28" s="3" t="n">
-        <x:v>5715</x:v>
+        <x:v>5670</x:v>
       </x:c>
       <x:c r="DJ28" s="3" t="n">
-        <x:v>5230</x:v>
+        <x:v>5192</x:v>
       </x:c>
       <x:c r="DK28" s="3" t="n">
-        <x:v>5965</x:v>
+        <x:v>5928</x:v>
       </x:c>
       <x:c r="DL28" s="3" t="n">
-        <x:v>5814</x:v>
+        <x:v>5779</x:v>
       </x:c>
       <x:c r="DM28" s="3" t="n">
-        <x:v>6655</x:v>
+        <x:v>6623</x:v>
       </x:c>
       <x:c r="DN28" s="3" t="n">
-        <x:v>5762</x:v>
+        <x:v>5728</x:v>
       </x:c>
       <x:c r="DO28" s="3" t="n">
-        <x:v>6335</x:v>
+        <x:v>6295</x:v>
       </x:c>
       <x:c r="DP28" s="3" t="n">
-        <x:v>5575</x:v>
+        <x:v>5561</x:v>
       </x:c>
       <x:c r="DQ28" s="3" t="n">
-        <x:v>6679</x:v>
+        <x:v>6683</x:v>
       </x:c>
       <x:c r="DR28" s="3" t="n">
-        <x:v>5829</x:v>
+        <x:v>5827</x:v>
       </x:c>
       <x:c r="DS28" s="3" t="n">
-        <x:v>6689</x:v>
+        <x:v>6702</x:v>
+      </x:c>
+      <x:c r="DT28" s="3" t="n">
+        <x:v>5852</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:123">
+    <x:row r="29" spans="1:124">
       <x:c r="A29" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>387</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
         <x:v>404</x:v>
       </x:c>
       <x:c r="E29" s="3" t="n">
         <x:v>420</x:v>
       </x:c>
       <x:c r="F29" s="3" t="n">
         <x:v>417</x:v>
       </x:c>
       <x:c r="G29" s="3" t="n">
         <x:v>396</x:v>
       </x:c>
       <x:c r="H29" s="3" t="n">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I29" s="3" t="n">
         <x:v>429</x:v>
       </x:c>
@@ -10379,332 +10467,335 @@
       <x:c r="W29" s="3" t="n">
         <x:v>654</x:v>
       </x:c>
       <x:c r="X29" s="3" t="n">
         <x:v>684</x:v>
       </x:c>
       <x:c r="Y29" s="3" t="n">
         <x:v>683</x:v>
       </x:c>
       <x:c r="Z29" s="3" t="n">
         <x:v>688</x:v>
       </x:c>
       <x:c r="AA29" s="3" t="n">
         <x:v>657</x:v>
       </x:c>
       <x:c r="AB29" s="3" t="n">
         <x:v>689</x:v>
       </x:c>
       <x:c r="AC29" s="3" t="n">
         <x:v>729</x:v>
       </x:c>
       <x:c r="AD29" s="3" t="n">
         <x:v>693</x:v>
       </x:c>
       <x:c r="AE29" s="3" t="n">
-        <x:v>734</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="AF29" s="3" t="n">
-        <x:v>764</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="AG29" s="3" t="n">
-        <x:v>770</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="AH29" s="3" t="n">
-        <x:v>776</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="AI29" s="3" t="n">
-        <x:v>778</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="AJ29" s="3" t="n">
-        <x:v>824</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="AK29" s="3" t="n">
-        <x:v>817</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="AL29" s="3" t="n">
-        <x:v>982</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="AM29" s="3" t="n">
-        <x:v>962</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="AN29" s="3" t="n">
-        <x:v>1052</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="AO29" s="3" t="n">
-        <x:v>1046</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="AP29" s="3" t="n">
-        <x:v>1083</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="AQ29" s="3" t="n">
-        <x:v>1119</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="AR29" s="3" t="n">
-        <x:v>1152</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="AS29" s="3" t="n">
-        <x:v>1148</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="AT29" s="3" t="n">
-        <x:v>1195</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="AU29" s="3" t="n">
-        <x:v>1186</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="AV29" s="3" t="n">
-        <x:v>1277</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="AW29" s="3" t="n">
-        <x:v>1260</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="AX29" s="3" t="n">
-        <x:v>1406</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="AY29" s="3" t="n">
-        <x:v>1408</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="AZ29" s="3" t="n">
-        <x:v>1517</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="BA29" s="3" t="n">
-        <x:v>1465</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="BB29" s="3" t="n">
-        <x:v>1581</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="BC29" s="3" t="n">
-        <x:v>1640</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="BD29" s="3" t="n">
-        <x:v>1702</x:v>
+        <x:v>1684</x:v>
       </x:c>
       <x:c r="BE29" s="3" t="n">
-        <x:v>1720</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="BF29" s="3" t="n">
-        <x:v>1538</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="BG29" s="3" t="n">
-        <x:v>1564</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="BH29" s="3" t="n">
-        <x:v>1623</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="BI29" s="3" t="n">
-        <x:v>1640</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="BJ29" s="3" t="n">
-        <x:v>1648</x:v>
+        <x:v>1630</x:v>
       </x:c>
       <x:c r="BK29" s="3" t="n">
-        <x:v>1677</x:v>
+        <x:v>1659</x:v>
       </x:c>
       <x:c r="BL29" s="3" t="n">
-        <x:v>1731</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="BM29" s="3" t="n">
-        <x:v>1738</x:v>
+        <x:v>1722</x:v>
       </x:c>
       <x:c r="BN29" s="3" t="n">
-        <x:v>1819</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="BO29" s="3" t="n">
-        <x:v>1843</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="BP29" s="3" t="n">
-        <x:v>1791</x:v>
+        <x:v>1777</x:v>
       </x:c>
       <x:c r="BQ29" s="3" t="n">
-        <x:v>1806</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="BR29" s="3" t="n">
-        <x:v>1876</x:v>
+        <x:v>1863</x:v>
       </x:c>
       <x:c r="BS29" s="3" t="n">
-        <x:v>1905</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="BT29" s="3" t="n">
-        <x:v>1938</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="BU29" s="3" t="n">
-        <x:v>1922</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="BV29" s="3" t="n">
-        <x:v>1994</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="BW29" s="3" t="n">
-        <x:v>2051</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="BX29" s="3" t="n">
-        <x:v>2072</x:v>
+        <x:v>2060</x:v>
       </x:c>
       <x:c r="BY29" s="3" t="n">
-        <x:v>2097</x:v>
+        <x:v>2080</x:v>
       </x:c>
       <x:c r="BZ29" s="3" t="n">
-        <x:v>2124</x:v>
+        <x:v>2102</x:v>
       </x:c>
       <x:c r="CA29" s="3" t="n">
-        <x:v>2178</x:v>
+        <x:v>2151</x:v>
       </x:c>
       <x:c r="CB29" s="3" t="n">
-        <x:v>2232</x:v>
+        <x:v>2202</x:v>
       </x:c>
       <x:c r="CC29" s="3" t="n">
-        <x:v>2259</x:v>
+        <x:v>2228</x:v>
       </x:c>
       <x:c r="CD29" s="3" t="n">
-        <x:v>2217</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="CE29" s="3" t="n">
-        <x:v>2433</x:v>
+        <x:v>2401</x:v>
       </x:c>
       <x:c r="CF29" s="3" t="n">
-        <x:v>2276</x:v>
+        <x:v>2247</x:v>
       </x:c>
       <x:c r="CG29" s="3" t="n">
-        <x:v>2390</x:v>
+        <x:v>2360</x:v>
       </x:c>
       <x:c r="CH29" s="3" t="n">
-        <x:v>2333</x:v>
+        <x:v>2304</x:v>
       </x:c>
       <x:c r="CI29" s="3" t="n">
-        <x:v>2630</x:v>
+        <x:v>2598</x:v>
       </x:c>
       <x:c r="CJ29" s="3" t="n">
-        <x:v>2442</x:v>
+        <x:v>2412</x:v>
       </x:c>
       <x:c r="CK29" s="3" t="n">
-        <x:v>2565</x:v>
+        <x:v>2536</x:v>
       </x:c>
       <x:c r="CL29" s="3" t="n">
-        <x:v>2473</x:v>
+        <x:v>2446</x:v>
       </x:c>
       <x:c r="CM29" s="3" t="n">
-        <x:v>2761</x:v>
+        <x:v>2731</x:v>
       </x:c>
       <x:c r="CN29" s="3" t="n">
-        <x:v>2545</x:v>
+        <x:v>2518</x:v>
       </x:c>
       <x:c r="CO29" s="3" t="n">
-        <x:v>2739</x:v>
+        <x:v>2711</x:v>
       </x:c>
       <x:c r="CP29" s="3" t="n">
-        <x:v>2634</x:v>
+        <x:v>2605</x:v>
       </x:c>
       <x:c r="CQ29" s="3" t="n">
-        <x:v>2934</x:v>
+        <x:v>2900</x:v>
       </x:c>
       <x:c r="CR29" s="3" t="n">
-        <x:v>2735</x:v>
+        <x:v>2701</x:v>
       </x:c>
       <x:c r="CS29" s="3" t="n">
-        <x:v>2920</x:v>
+        <x:v>2881</x:v>
       </x:c>
       <x:c r="CT29" s="3" t="n">
-        <x:v>2767</x:v>
+        <x:v>2726</x:v>
       </x:c>
       <x:c r="CU29" s="3" t="n">
-        <x:v>3142</x:v>
+        <x:v>3094</x:v>
       </x:c>
       <x:c r="CV29" s="3" t="n">
-        <x:v>2947</x:v>
+        <x:v>2903</x:v>
       </x:c>
       <x:c r="CW29" s="3" t="n">
-        <x:v>3096</x:v>
+        <x:v>3056</x:v>
       </x:c>
       <x:c r="CX29" s="3" t="n">
-        <x:v>2998</x:v>
+        <x:v>2965</x:v>
       </x:c>
       <x:c r="CY29" s="3" t="n">
-        <x:v>3296</x:v>
+        <x:v>3264</x:v>
       </x:c>
       <x:c r="CZ29" s="3" t="n">
-        <x:v>3060</x:v>
+        <x:v>3031</x:v>
       </x:c>
       <x:c r="DA29" s="3" t="n">
-        <x:v>3264</x:v>
+        <x:v>3230</x:v>
       </x:c>
       <x:c r="DB29" s="3" t="n">
-        <x:v>3144</x:v>
+        <x:v>3103</x:v>
       </x:c>
       <x:c r="DC29" s="3" t="n">
-        <x:v>3475</x:v>
+        <x:v>3425</x:v>
       </x:c>
       <x:c r="DD29" s="3" t="n">
-        <x:v>3267</x:v>
+        <x:v>3216</x:v>
       </x:c>
       <x:c r="DE29" s="3" t="n">
-        <x:v>3469</x:v>
+        <x:v>3414</x:v>
       </x:c>
       <x:c r="DF29" s="3" t="n">
-        <x:v>3361</x:v>
+        <x:v>3309</x:v>
       </x:c>
       <x:c r="DG29" s="3" t="n">
-        <x:v>3834</x:v>
+        <x:v>3775</x:v>
       </x:c>
       <x:c r="DH29" s="3" t="n">
-        <x:v>3589</x:v>
+        <x:v>3533</x:v>
       </x:c>
       <x:c r="DI29" s="3" t="n">
-        <x:v>3857</x:v>
+        <x:v>3796</x:v>
       </x:c>
       <x:c r="DJ29" s="3" t="n">
-        <x:v>3673</x:v>
+        <x:v>3613</x:v>
       </x:c>
       <x:c r="DK29" s="3" t="n">
-        <x:v>4028</x:v>
+        <x:v>3961</x:v>
       </x:c>
       <x:c r="DL29" s="3" t="n">
-        <x:v>3904</x:v>
+        <x:v>3839</x:v>
       </x:c>
       <x:c r="DM29" s="3" t="n">
-        <x:v>4271</x:v>
+        <x:v>4198</x:v>
       </x:c>
       <x:c r="DN29" s="3" t="n">
-        <x:v>4045</x:v>
+        <x:v>3999</x:v>
       </x:c>
       <x:c r="DO29" s="3" t="n">
-        <x:v>4409</x:v>
+        <x:v>4371</x:v>
       </x:c>
       <x:c r="DP29" s="3" t="n">
-        <x:v>4213</x:v>
+        <x:v>4164</x:v>
       </x:c>
       <x:c r="DQ29" s="3" t="n">
-        <x:v>4506</x:v>
+        <x:v>4479</x:v>
       </x:c>
       <x:c r="DR29" s="3" t="n">
-        <x:v>4299</x:v>
+        <x:v>4269</x:v>
       </x:c>
       <x:c r="DS29" s="3" t="n">
-        <x:v>4789</x:v>
+        <x:v>4759</x:v>
+      </x:c>
+      <x:c r="DT29" s="3" t="n">
+        <x:v>4480</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:123">
+    <x:row r="30" spans="1:124">
       <x:c r="A30" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>4953</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
         <x:v>5318</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
         <x:v>5593</x:v>
       </x:c>
       <x:c r="E30" s="3" t="n">
         <x:v>5611</x:v>
       </x:c>
       <x:c r="F30" s="3" t="n">
         <x:v>5561</x:v>
       </x:c>
       <x:c r="G30" s="3" t="n">
         <x:v>5945</x:v>
       </x:c>
       <x:c r="H30" s="3" t="n">
         <x:v>6297</x:v>
       </x:c>
       <x:c r="I30" s="3" t="n">
         <x:v>6493</x:v>
       </x:c>
@@ -10735,347 +10826,350 @@
       <x:c r="R30" s="3" t="n">
         <x:v>8810</x:v>
       </x:c>
       <x:c r="S30" s="3" t="n">
         <x:v>9356</x:v>
       </x:c>
       <x:c r="T30" s="3" t="n">
         <x:v>9579</x:v>
       </x:c>
       <x:c r="U30" s="3" t="n">
         <x:v>9648</x:v>
       </x:c>
       <x:c r="V30" s="3" t="n">
         <x:v>8814</x:v>
       </x:c>
       <x:c r="W30" s="3" t="n">
         <x:v>9504</x:v>
       </x:c>
       <x:c r="X30" s="3" t="n">
         <x:v>9987</x:v>
       </x:c>
       <x:c r="Y30" s="3" t="n">
         <x:v>9966</x:v>
       </x:c>
       <x:c r="Z30" s="3" t="n">
-        <x:v>9604</x:v>
+        <x:v>9603</x:v>
       </x:c>
       <x:c r="AA30" s="3" t="n">
-        <x:v>10337</x:v>
+        <x:v>10335</x:v>
       </x:c>
       <x:c r="AB30" s="3" t="n">
-        <x:v>10616</x:v>
+        <x:v>10613</x:v>
       </x:c>
       <x:c r="AC30" s="3" t="n">
-        <x:v>10729</x:v>
+        <x:v>10722</x:v>
       </x:c>
       <x:c r="AD30" s="3" t="n">
-        <x:v>10312</x:v>
+        <x:v>10303</x:v>
       </x:c>
       <x:c r="AE30" s="3" t="n">
-        <x:v>10816</x:v>
+        <x:v>10803</x:v>
       </x:c>
       <x:c r="AF30" s="3" t="n">
-        <x:v>11444</x:v>
+        <x:v>11428</x:v>
       </x:c>
       <x:c r="AG30" s="3" t="n">
-        <x:v>11371</x:v>
+        <x:v>11354</x:v>
       </x:c>
       <x:c r="AH30" s="3" t="n">
-        <x:v>11310</x:v>
+        <x:v>11292</x:v>
       </x:c>
       <x:c r="AI30" s="3" t="n">
-        <x:v>11759</x:v>
+        <x:v>11738</x:v>
       </x:c>
       <x:c r="AJ30" s="3" t="n">
-        <x:v>12257</x:v>
+        <x:v>12232</x:v>
       </x:c>
       <x:c r="AK30" s="3" t="n">
-        <x:v>12186</x:v>
+        <x:v>12156</x:v>
       </x:c>
       <x:c r="AL30" s="3" t="n">
-        <x:v>11611</x:v>
+        <x:v>11576</x:v>
       </x:c>
       <x:c r="AM30" s="3" t="n">
-        <x:v>12402</x:v>
+        <x:v>12359</x:v>
       </x:c>
       <x:c r="AN30" s="3" t="n">
-        <x:v>12845</x:v>
+        <x:v>12795</x:v>
       </x:c>
       <x:c r="AO30" s="3" t="n">
-        <x:v>12948</x:v>
+        <x:v>12893</x:v>
       </x:c>
       <x:c r="AP30" s="3" t="n">
-        <x:v>12792</x:v>
+        <x:v>12736</x:v>
       </x:c>
       <x:c r="AQ30" s="3" t="n">
-        <x:v>13453</x:v>
+        <x:v>13390</x:v>
       </x:c>
       <x:c r="AR30" s="3" t="n">
-        <x:v>14049</x:v>
+        <x:v>13978</x:v>
       </x:c>
       <x:c r="AS30" s="3" t="n">
-        <x:v>14006</x:v>
+        <x:v>13930</x:v>
       </x:c>
       <x:c r="AT30" s="3" t="n">
-        <x:v>14165</x:v>
+        <x:v>14081</x:v>
       </x:c>
       <x:c r="AU30" s="3" t="n">
-        <x:v>15017</x:v>
+        <x:v>14923</x:v>
       </x:c>
       <x:c r="AV30" s="3" t="n">
-        <x:v>16072</x:v>
+        <x:v>15969</x:v>
       </x:c>
       <x:c r="AW30" s="3" t="n">
-        <x:v>16255</x:v>
+        <x:v>16152</x:v>
       </x:c>
       <x:c r="AX30" s="3" t="n">
-        <x:v>16485</x:v>
+        <x:v>16385</x:v>
       </x:c>
       <x:c r="AY30" s="3" t="n">
-        <x:v>17442</x:v>
+        <x:v>17339</x:v>
       </x:c>
       <x:c r="AZ30" s="3" t="n">
-        <x:v>18740</x:v>
+        <x:v>18629</x:v>
       </x:c>
       <x:c r="BA30" s="3" t="n">
-        <x:v>18820</x:v>
+        <x:v>18706</x:v>
       </x:c>
       <x:c r="BB30" s="3" t="n">
-        <x:v>19909</x:v>
+        <x:v>19782</x:v>
       </x:c>
       <x:c r="BC30" s="3" t="n">
-        <x:v>20825</x:v>
+        <x:v>20686</x:v>
       </x:c>
       <x:c r="BD30" s="3" t="n">
-        <x:v>19971</x:v>
+        <x:v>19835</x:v>
       </x:c>
       <x:c r="BE30" s="3" t="n">
-        <x:v>19359</x:v>
+        <x:v>19225</x:v>
       </x:c>
       <x:c r="BF30" s="3" t="n">
-        <x:v>19475</x:v>
+        <x:v>19339</x:v>
       </x:c>
       <x:c r="BG30" s="3" t="n">
-        <x:v>19460</x:v>
+        <x:v>19325</x:v>
       </x:c>
       <x:c r="BH30" s="3" t="n">
-        <x:v>19956</x:v>
+        <x:v>19820</x:v>
       </x:c>
       <x:c r="BI30" s="3" t="n">
-        <x:v>20146</x:v>
+        <x:v>20014</x:v>
       </x:c>
       <x:c r="BJ30" s="3" t="n">
-        <x:v>19644</x:v>
+        <x:v>19521</x:v>
       </x:c>
       <x:c r="BK30" s="3" t="n">
-        <x:v>19668</x:v>
+        <x:v>19549</x:v>
       </x:c>
       <x:c r="BL30" s="3" t="n">
-        <x:v>20059</x:v>
+        <x:v>19939</x:v>
       </x:c>
       <x:c r="BM30" s="3" t="n">
-        <x:v>20543</x:v>
+        <x:v>20419</x:v>
       </x:c>
       <x:c r="BN30" s="3" t="n">
-        <x:v>20774</x:v>
+        <x:v>20645</x:v>
       </x:c>
       <x:c r="BO30" s="3" t="n">
-        <x:v>21497</x:v>
+        <x:v>21362</x:v>
       </x:c>
       <x:c r="BP30" s="3" t="n">
-        <x:v>21973</x:v>
+        <x:v>21838</x:v>
       </x:c>
       <x:c r="BQ30" s="3" t="n">
-        <x:v>22485</x:v>
+        <x:v>22352</x:v>
       </x:c>
       <x:c r="BR30" s="3" t="n">
-        <x:v>22876</x:v>
+        <x:v>22750</x:v>
       </x:c>
       <x:c r="BS30" s="3" t="n">
-        <x:v>23856</x:v>
+        <x:v>23731</x:v>
       </x:c>
       <x:c r="BT30" s="3" t="n">
-        <x:v>24129</x:v>
+        <x:v>24006</x:v>
       </x:c>
       <x:c r="BU30" s="3" t="n">
-        <x:v>24933</x:v>
+        <x:v>24806</x:v>
       </x:c>
       <x:c r="BV30" s="3" t="n">
-        <x:v>25029</x:v>
+        <x:v>24898</x:v>
       </x:c>
       <x:c r="BW30" s="3" t="n">
-        <x:v>26452</x:v>
+        <x:v>26309</x:v>
       </x:c>
       <x:c r="BX30" s="3" t="n">
-        <x:v>25343</x:v>
+        <x:v>25201</x:v>
       </x:c>
       <x:c r="BY30" s="3" t="n">
-        <x:v>26016</x:v>
+        <x:v>25863</x:v>
       </x:c>
       <x:c r="BZ30" s="3" t="n">
-        <x:v>26138</x:v>
+        <x:v>25977</x:v>
       </x:c>
       <x:c r="CA30" s="3" t="n">
-        <x:v>27561</x:v>
+        <x:v>27385</x:v>
       </x:c>
       <x:c r="CB30" s="3" t="n">
-        <x:v>26861</x:v>
+        <x:v>26688</x:v>
       </x:c>
       <x:c r="CC30" s="3" t="n">
-        <x:v>27871</x:v>
+        <x:v>27690</x:v>
       </x:c>
       <x:c r="CD30" s="3" t="n">
-        <x:v>25086</x:v>
+        <x:v>24925</x:v>
       </x:c>
       <x:c r="CE30" s="3" t="n">
-        <x:v>31264</x:v>
+        <x:v>31064</x:v>
       </x:c>
       <x:c r="CF30" s="3" t="n">
-        <x:v>26593</x:v>
+        <x:v>26423</x:v>
       </x:c>
       <x:c r="CG30" s="3" t="n">
-        <x:v>31349</x:v>
+        <x:v>31150</x:v>
       </x:c>
       <x:c r="CH30" s="3" t="n">
-        <x:v>26235</x:v>
+        <x:v>26070</x:v>
       </x:c>
       <x:c r="CI30" s="3" t="n">
-        <x:v>33653</x:v>
+        <x:v>33442</x:v>
       </x:c>
       <x:c r="CJ30" s="3" t="n">
-        <x:v>27967</x:v>
+        <x:v>27796</x:v>
       </x:c>
       <x:c r="CK30" s="3" t="n">
-        <x:v>32826</x:v>
+        <x:v>32632</x:v>
       </x:c>
       <x:c r="CL30" s="3" t="n">
-        <x:v>28587</x:v>
+        <x:v>28425</x:v>
       </x:c>
       <x:c r="CM30" s="3" t="n">
-        <x:v>36060</x:v>
+        <x:v>35863</x:v>
       </x:c>
       <x:c r="CN30" s="3" t="n">
-        <x:v>29978</x:v>
+        <x:v>29821</x:v>
       </x:c>
       <x:c r="CO30" s="3" t="n">
-        <x:v>35243</x:v>
+        <x:v>35065</x:v>
       </x:c>
       <x:c r="CP30" s="3" t="n">
-        <x:v>30422</x:v>
+        <x:v>30272</x:v>
       </x:c>
       <x:c r="CQ30" s="3" t="n">
-        <x:v>38392</x:v>
+        <x:v>38208</x:v>
       </x:c>
       <x:c r="CR30" s="3" t="n">
-        <x:v>32361</x:v>
+        <x:v>32209</x:v>
       </x:c>
       <x:c r="CS30" s="3" t="n">
-        <x:v>37895</x:v>
+        <x:v>37719</x:v>
       </x:c>
       <x:c r="CT30" s="3" t="n">
-        <x:v>32698</x:v>
+        <x:v>32547</x:v>
       </x:c>
       <x:c r="CU30" s="3" t="n">
-        <x:v>41072</x:v>
+        <x:v>40883</x:v>
       </x:c>
       <x:c r="CV30" s="3" t="n">
-        <x:v>34800</x:v>
+        <x:v>34642</x:v>
       </x:c>
       <x:c r="CW30" s="3" t="n">
-        <x:v>40219</x:v>
+        <x:v>40038</x:v>
       </x:c>
       <x:c r="CX30" s="3" t="n">
-        <x:v>34555</x:v>
+        <x:v>34401</x:v>
       </x:c>
       <x:c r="CY30" s="3" t="n">
-        <x:v>41661</x:v>
+        <x:v>41473</x:v>
       </x:c>
       <x:c r="CZ30" s="3" t="n">
-        <x:v>34430</x:v>
+        <x:v>34269</x:v>
       </x:c>
       <x:c r="DA30" s="3" t="n">
-        <x:v>40950</x:v>
+        <x:v>40750</x:v>
       </x:c>
       <x:c r="DB30" s="3" t="n">
-        <x:v>35893</x:v>
+        <x:v>35706</x:v>
       </x:c>
       <x:c r="DC30" s="3" t="n">
-        <x:v>43243</x:v>
+        <x:v>43020</x:v>
       </x:c>
       <x:c r="DD30" s="3" t="n">
-        <x:v>37506</x:v>
+        <x:v>37330</x:v>
       </x:c>
       <x:c r="DE30" s="3" t="n">
-        <x:v>43129</x:v>
+        <x:v>42965</x:v>
       </x:c>
       <x:c r="DF30" s="3" t="n">
-        <x:v>38128</x:v>
+        <x:v>38033</x:v>
       </x:c>
       <x:c r="DG30" s="3" t="n">
-        <x:v>48176</x:v>
+        <x:v>48054</x:v>
       </x:c>
       <x:c r="DH30" s="3" t="n">
-        <x:v>41172</x:v>
+        <x:v>40996</x:v>
       </x:c>
       <x:c r="DI30" s="3" t="n">
-        <x:v>46953</x:v>
+        <x:v>46603</x:v>
       </x:c>
       <x:c r="DJ30" s="3" t="n">
-        <x:v>43789</x:v>
+        <x:v>43250</x:v>
       </x:c>
       <x:c r="DK30" s="3" t="n">
-        <x:v>50941</x:v>
+        <x:v>50125</x:v>
       </x:c>
       <x:c r="DL30" s="3" t="n">
-        <x:v>43398</x:v>
+        <x:v>42598</x:v>
       </x:c>
       <x:c r="DM30" s="3" t="n">
-        <x:v>49259</x:v>
+        <x:v>48289</x:v>
       </x:c>
       <x:c r="DN30" s="3" t="n">
-        <x:v>43655</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="DO30" s="3" t="n">
-        <x:v>52897</x:v>
+        <x:v>52599</x:v>
       </x:c>
       <x:c r="DP30" s="3" t="n">
-        <x:v>44667</x:v>
+        <x:v>44455</x:v>
       </x:c>
       <x:c r="DQ30" s="3" t="n">
-        <x:v>50294</x:v>
+        <x:v>49987</x:v>
       </x:c>
       <x:c r="DR30" s="3" t="n">
-        <x:v>44883</x:v>
+        <x:v>44421</x:v>
       </x:c>
       <x:c r="DS30" s="3" t="n">
-        <x:v>54976</x:v>
+        <x:v>54394</x:v>
+      </x:c>
+      <x:c r="DT30" s="3" t="n">
+        <x:v>45397</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:123">
+    <x:row r="31" spans="1:124">
       <x:c r="A31" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>14390</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>14786</x:v>
       </x:c>
       <x:c r="D31" s="3" t="n">
         <x:v>15204</x:v>
       </x:c>
       <x:c r="E31" s="3" t="n">
         <x:v>15263</x:v>
       </x:c>
       <x:c r="F31" s="3" t="n">
         <x:v>15388</x:v>
       </x:c>
       <x:c r="G31" s="3" t="n">
         <x:v>16178</x:v>
       </x:c>
       <x:c r="H31" s="3" t="n">
         <x:v>16434</x:v>
       </x:c>
       <x:c r="I31" s="3" t="n">
         <x:v>16477</x:v>
       </x:c>
@@ -11085,368 +11179,371 @@
       <x:c r="K31" s="3" t="n">
         <x:v>17475</x:v>
       </x:c>
       <x:c r="L31" s="3" t="n">
         <x:v>17694</x:v>
       </x:c>
       <x:c r="M31" s="3" t="n">
         <x:v>17769</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>18190</x:v>
       </x:c>
       <x:c r="O31" s="3" t="n">
         <x:v>19218</x:v>
       </x:c>
       <x:c r="P31" s="3" t="n">
         <x:v>19416</x:v>
       </x:c>
       <x:c r="Q31" s="3" t="n">
         <x:v>19242</x:v>
       </x:c>
       <x:c r="R31" s="3" t="n">
         <x:v>19489</x:v>
       </x:c>
       <x:c r="S31" s="3" t="n">
-        <x:v>20018</x:v>
+        <x:v>20019</x:v>
       </x:c>
       <x:c r="T31" s="3" t="n">
         <x:v>19967</x:v>
       </x:c>
       <x:c r="U31" s="3" t="n">
         <x:v>19765</x:v>
       </x:c>
       <x:c r="V31" s="3" t="n">
-        <x:v>20715</x:v>
+        <x:v>20714</x:v>
       </x:c>
       <x:c r="W31" s="3" t="n">
-        <x:v>21557</x:v>
+        <x:v>21556</x:v>
       </x:c>
       <x:c r="X31" s="3" t="n">
         <x:v>21440</x:v>
       </x:c>
       <x:c r="Y31" s="3" t="n">
-        <x:v>21131</x:v>
+        <x:v>21132</x:v>
       </x:c>
       <x:c r="Z31" s="3" t="n">
-        <x:v>21656</x:v>
+        <x:v>21659</x:v>
       </x:c>
       <x:c r="AA31" s="3" t="n">
-        <x:v>22224</x:v>
+        <x:v>22229</x:v>
       </x:c>
       <x:c r="AB31" s="3" t="n">
-        <x:v>21959</x:v>
+        <x:v>21967</x:v>
       </x:c>
       <x:c r="AC31" s="3" t="n">
-        <x:v>22158</x:v>
+        <x:v>22170</x:v>
       </x:c>
       <x:c r="AD31" s="3" t="n">
-        <x:v>22228</x:v>
+        <x:v>22244</x:v>
       </x:c>
       <x:c r="AE31" s="3" t="n">
-        <x:v>23143</x:v>
+        <x:v>23164</x:v>
       </x:c>
       <x:c r="AF31" s="3" t="n">
-        <x:v>22977</x:v>
+        <x:v>23002</x:v>
       </x:c>
       <x:c r="AG31" s="3" t="n">
-        <x:v>22641</x:v>
+        <x:v>22669</x:v>
       </x:c>
       <x:c r="AH31" s="3" t="n">
-        <x:v>22812</x:v>
+        <x:v>22844</x:v>
       </x:c>
       <x:c r="AI31" s="3" t="n">
-        <x:v>23569</x:v>
+        <x:v>23606</x:v>
       </x:c>
       <x:c r="AJ31" s="3" t="n">
-        <x:v>23753</x:v>
+        <x:v>23794</x:v>
       </x:c>
       <x:c r="AK31" s="3" t="n">
-        <x:v>23304</x:v>
+        <x:v>23350</x:v>
       </x:c>
       <x:c r="AL31" s="3" t="n">
-        <x:v>23856</x:v>
+        <x:v>23909</x:v>
       </x:c>
       <x:c r="AM31" s="3" t="n">
-        <x:v>24829</x:v>
+        <x:v>24891</x:v>
       </x:c>
       <x:c r="AN31" s="3" t="n">
-        <x:v>25247</x:v>
+        <x:v>25318</x:v>
       </x:c>
       <x:c r="AO31" s="3" t="n">
-        <x:v>24950</x:v>
+        <x:v>25027</x:v>
       </x:c>
       <x:c r="AP31" s="3" t="n">
-        <x:v>25041</x:v>
+        <x:v>25125</x:v>
       </x:c>
       <x:c r="AQ31" s="3" t="n">
-        <x:v>26203</x:v>
+        <x:v>26299</x:v>
       </x:c>
       <x:c r="AR31" s="3" t="n">
-        <x:v>26372</x:v>
+        <x:v>26476</x:v>
       </x:c>
       <x:c r="AS31" s="3" t="n">
-        <x:v>25900</x:v>
+        <x:v>26010</x:v>
       </x:c>
       <x:c r="AT31" s="3" t="n">
-        <x:v>25896</x:v>
+        <x:v>26014</x:v>
       </x:c>
       <x:c r="AU31" s="3" t="n">
-        <x:v>27111</x:v>
+        <x:v>27243</x:v>
       </x:c>
       <x:c r="AV31" s="3" t="n">
-        <x:v>28343</x:v>
+        <x:v>28489</x:v>
       </x:c>
       <x:c r="AW31" s="3" t="n">
-        <x:v>27910</x:v>
+        <x:v>28063</x:v>
       </x:c>
       <x:c r="AX31" s="3" t="n">
-        <x:v>27687</x:v>
+        <x:v>27847</x:v>
       </x:c>
       <x:c r="AY31" s="3" t="n">
-        <x:v>29267</x:v>
+        <x:v>29445</x:v>
       </x:c>
       <x:c r="AZ31" s="3" t="n">
-        <x:v>30929</x:v>
+        <x:v>31127</x:v>
       </x:c>
       <x:c r="BA31" s="3" t="n">
-        <x:v>31133</x:v>
+        <x:v>31341</x:v>
       </x:c>
       <x:c r="BB31" s="3" t="n">
-        <x:v>32249</x:v>
+        <x:v>32474</x:v>
       </x:c>
       <x:c r="BC31" s="3" t="n">
-        <x:v>32776</x:v>
+        <x:v>33013</x:v>
       </x:c>
       <x:c r="BD31" s="3" t="n">
-        <x:v>32229</x:v>
+        <x:v>32468</x:v>
       </x:c>
       <x:c r="BE31" s="3" t="n">
-        <x:v>32665</x:v>
+        <x:v>32912</x:v>
       </x:c>
       <x:c r="BF31" s="3" t="n">
-        <x:v>33108</x:v>
+        <x:v>33361</x:v>
       </x:c>
       <x:c r="BG31" s="3" t="n">
-        <x:v>32546</x:v>
+        <x:v>32798</x:v>
       </x:c>
       <x:c r="BH31" s="3" t="n">
-        <x:v>32485</x:v>
+        <x:v>32740</x:v>
       </x:c>
       <x:c r="BI31" s="3" t="n">
-        <x:v>32771</x:v>
+        <x:v>33031</x:v>
       </x:c>
       <x:c r="BJ31" s="3" t="n">
-        <x:v>33460</x:v>
+        <x:v>33729</x:v>
       </x:c>
       <x:c r="BK31" s="3" t="n">
-        <x:v>33223</x:v>
+        <x:v>33491</x:v>
       </x:c>
       <x:c r="BL31" s="3" t="n">
-        <x:v>33547</x:v>
+        <x:v>33816</x:v>
       </x:c>
       <x:c r="BM31" s="3" t="n">
-        <x:v>33393</x:v>
+        <x:v>33657</x:v>
       </x:c>
       <x:c r="BN31" s="3" t="n">
-        <x:v>34687</x:v>
+        <x:v>34954</x:v>
       </x:c>
       <x:c r="BO31" s="3" t="n">
-        <x:v>33421</x:v>
+        <x:v>33675</x:v>
       </x:c>
       <x:c r="BP31" s="3" t="n">
-        <x:v>35303</x:v>
+        <x:v>35571</x:v>
       </x:c>
       <x:c r="BQ31" s="3" t="n">
-        <x:v>33990</x:v>
+        <x:v>34249</x:v>
       </x:c>
       <x:c r="BR31" s="3" t="n">
-        <x:v>36783</x:v>
+        <x:v>37068</x:v>
       </x:c>
       <x:c r="BS31" s="3" t="n">
-        <x:v>35763</x:v>
+        <x:v>36044</x:v>
       </x:c>
       <x:c r="BT31" s="3" t="n">
-        <x:v>36631</x:v>
+        <x:v>36921</x:v>
       </x:c>
       <x:c r="BU31" s="3" t="n">
-        <x:v>35350</x:v>
+        <x:v>35632</x:v>
       </x:c>
       <x:c r="BV31" s="3" t="n">
-        <x:v>38567</x:v>
+        <x:v>38876</x:v>
       </x:c>
       <x:c r="BW31" s="3" t="n">
-        <x:v>37684</x:v>
+        <x:v>37987</x:v>
       </x:c>
       <x:c r="BX31" s="3" t="n">
-        <x:v>38034</x:v>
+        <x:v>38338</x:v>
       </x:c>
       <x:c r="BY31" s="3" t="n">
-        <x:v>36342</x:v>
+        <x:v>36630</x:v>
       </x:c>
       <x:c r="BZ31" s="3" t="n">
-        <x:v>38922</x:v>
+        <x:v>39226</x:v>
       </x:c>
       <x:c r="CA31" s="3" t="n">
-        <x:v>38387</x:v>
+        <x:v>38683</x:v>
       </x:c>
       <x:c r="CB31" s="3" t="n">
-        <x:v>38552</x:v>
+        <x:v>38848</x:v>
       </x:c>
       <x:c r="CC31" s="3" t="n">
-        <x:v>38340</x:v>
+        <x:v>38635</x:v>
       </x:c>
       <x:c r="CD31" s="3" t="n">
-        <x:v>38503</x:v>
+        <x:v>38800</x:v>
       </x:c>
       <x:c r="CE31" s="3" t="n">
-        <x:v>42563</x:v>
+        <x:v>42892</x:v>
       </x:c>
       <x:c r="CF31" s="3" t="n">
-        <x:v>37872</x:v>
+        <x:v>38165</x:v>
       </x:c>
       <x:c r="CG31" s="3" t="n">
-        <x:v>40702</x:v>
+        <x:v>41017</x:v>
       </x:c>
       <x:c r="CH31" s="3" t="n">
-        <x:v>39368</x:v>
+        <x:v>39672</x:v>
       </x:c>
       <x:c r="CI31" s="3" t="n">
-        <x:v>44240</x:v>
+        <x:v>44583</x:v>
       </x:c>
       <x:c r="CJ31" s="3" t="n">
-        <x:v>39462</x:v>
+        <x:v>39771</x:v>
       </x:c>
       <x:c r="CK31" s="3" t="n">
-        <x:v>40531</x:v>
+        <x:v>40852</x:v>
       </x:c>
       <x:c r="CL31" s="3" t="n">
-        <x:v>40751</x:v>
+        <x:v>41079</x:v>
       </x:c>
       <x:c r="CM31" s="3" t="n">
-        <x:v>45724</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="CN31" s="3" t="n">
-        <x:v>40326</x:v>
+        <x:v>40659</x:v>
       </x:c>
       <x:c r="CO31" s="3" t="n">
-        <x:v>42511</x:v>
+        <x:v>42865</x:v>
       </x:c>
       <x:c r="CP31" s="3" t="n">
-        <x:v>41768</x:v>
+        <x:v>42118</x:v>
       </x:c>
       <x:c r="CQ31" s="3" t="n">
-        <x:v>47061</x:v>
+        <x:v>47457</x:v>
       </x:c>
       <x:c r="CR31" s="3" t="n">
-        <x:v>41544</x:v>
+        <x:v>41894</x:v>
       </x:c>
       <x:c r="CS31" s="3" t="n">
-        <x:v>43843</x:v>
+        <x:v>44212</x:v>
       </x:c>
       <x:c r="CT31" s="3" t="n">
-        <x:v>43132</x:v>
+        <x:v>43495</x:v>
       </x:c>
       <x:c r="CU31" s="3" t="n">
-        <x:v>48398</x:v>
+        <x:v>48803</x:v>
       </x:c>
       <x:c r="CV31" s="3" t="n">
-        <x:v>43024</x:v>
+        <x:v>43384</x:v>
       </x:c>
       <x:c r="CW31" s="3" t="n">
-        <x:v>45313</x:v>
+        <x:v>45690</x:v>
       </x:c>
       <x:c r="CX31" s="3" t="n">
-        <x:v>44452</x:v>
+        <x:v>44820</x:v>
       </x:c>
       <x:c r="CY31" s="3" t="n">
-        <x:v>45831</x:v>
+        <x:v>46214</x:v>
       </x:c>
       <x:c r="CZ31" s="3" t="n">
-        <x:v>42539</x:v>
+        <x:v>42902</x:v>
       </x:c>
       <x:c r="DA31" s="3" t="n">
-        <x:v>46908</x:v>
+        <x:v>47321</x:v>
       </x:c>
       <x:c r="DB31" s="3" t="n">
-        <x:v>46505</x:v>
+        <x:v>46931</x:v>
       </x:c>
       <x:c r="DC31" s="3" t="n">
-        <x:v>51259</x:v>
+        <x:v>51754</x:v>
       </x:c>
       <x:c r="DD31" s="3" t="n">
-        <x:v>46160</x:v>
+        <x:v>46635</x:v>
       </x:c>
       <x:c r="DE31" s="3" t="n">
-        <x:v>49092</x:v>
+        <x:v>49636</x:v>
       </x:c>
       <x:c r="DF31" s="3" t="n">
-        <x:v>49182</x:v>
+        <x:v>49772</x:v>
       </x:c>
       <x:c r="DG31" s="3" t="n">
-        <x:v>55099</x:v>
+        <x:v>55789</x:v>
       </x:c>
       <x:c r="DH31" s="3" t="n">
-        <x:v>48789</x:v>
+        <x:v>49403</x:v>
       </x:c>
       <x:c r="DI31" s="3" t="n">
-        <x:v>51430</x:v>
+        <x:v>52059</x:v>
       </x:c>
       <x:c r="DJ31" s="3" t="n">
-        <x:v>51827</x:v>
+        <x:v>52422</x:v>
       </x:c>
       <x:c r="DK31" s="3" t="n">
-        <x:v>57258</x:v>
+        <x:v>57882</x:v>
       </x:c>
       <x:c r="DL31" s="3" t="n">
-        <x:v>51949</x:v>
+        <x:v>52496</x:v>
       </x:c>
       <x:c r="DM31" s="3" t="n">
-        <x:v>54315</x:v>
+        <x:v>54877</x:v>
       </x:c>
       <x:c r="DN31" s="3" t="n">
-        <x:v>54066</x:v>
+        <x:v>54463</x:v>
       </x:c>
       <x:c r="DO31" s="3" t="n">
-        <x:v>60074</x:v>
+        <x:v>60864</x:v>
       </x:c>
       <x:c r="DP31" s="3" t="n">
-        <x:v>54306</x:v>
+        <x:v>54971</x:v>
       </x:c>
       <x:c r="DQ31" s="3" t="n">
-        <x:v>56506</x:v>
+        <x:v>57106</x:v>
       </x:c>
       <x:c r="DR31" s="3" t="n">
-        <x:v>56685</x:v>
+        <x:v>56953</x:v>
       </x:c>
       <x:c r="DS31" s="3" t="n">
-        <x:v>62635</x:v>
+        <x:v>63314</x:v>
+      </x:c>
+      <x:c r="DT31" s="3" t="n">
+        <x:v>56504</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:123">
+    <x:row r="32" spans="1:124">
       <x:c r="A32" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D32" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E32" s="3" t="n">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F32" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G32" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H32" s="3" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I32" s="3" t="n">
         <x:v>36</x:v>
       </x:c>
@@ -11729,466 +11826,472 @@
       <x:c r="CX32" s="3" t="n">
         <x:v>115</x:v>
       </x:c>
       <x:c r="CY32" s="3" t="n">
         <x:v>113</x:v>
       </x:c>
       <x:c r="CZ32" s="3" t="n">
         <x:v>119</x:v>
       </x:c>
       <x:c r="DA32" s="3" t="n">
         <x:v>107</x:v>
       </x:c>
       <x:c r="DB32" s="3" t="n">
         <x:v>141</x:v>
       </x:c>
       <x:c r="DC32" s="3" t="n">
         <x:v>106</x:v>
       </x:c>
       <x:c r="DD32" s="3" t="n">
         <x:v>92</x:v>
       </x:c>
       <x:c r="DE32" s="3" t="n">
         <x:v>104</x:v>
       </x:c>
       <x:c r="DF32" s="3" t="n">
-        <x:v>134</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="DG32" s="3" t="n">
-        <x:v>134</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="DH32" s="3" t="n">
-        <x:v>99</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="DI32" s="3" t="n">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="DJ32" s="3" t="n">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="DK32" s="3" t="n">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="DL32" s="3" t="n">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="DM32" s="3" t="n">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="DN32" s="3" t="n">
-        <x:v>190</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="DO32" s="3" t="n">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="DP32" s="3" t="n">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="DQ32" s="3" t="n">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="DR32" s="3" t="n">
-        <x:v>177</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="DS32" s="3" t="n">
-        <x:v>186</x:v>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="DT32" s="3" t="n">
+        <x:v>159</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:123">
+    <x:row r="33" spans="1:124">
       <x:c r="A33" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>1868</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>1890</x:v>
       </x:c>
       <x:c r="D33" s="3" t="n">
         <x:v>1932</x:v>
       </x:c>
       <x:c r="E33" s="3" t="n">
         <x:v>1932</x:v>
       </x:c>
       <x:c r="F33" s="3" t="n">
         <x:v>1882</x:v>
       </x:c>
       <x:c r="G33" s="3" t="n">
         <x:v>1919</x:v>
       </x:c>
       <x:c r="H33" s="3" t="n">
         <x:v>1967</x:v>
       </x:c>
       <x:c r="I33" s="3" t="n">
         <x:v>1965</x:v>
       </x:c>
       <x:c r="J33" s="3" t="n">
         <x:v>2060</x:v>
       </x:c>
       <x:c r="K33" s="3" t="n">
         <x:v>2063</x:v>
       </x:c>
       <x:c r="L33" s="3" t="n">
         <x:v>2136</x:v>
       </x:c>
       <x:c r="M33" s="3" t="n">
         <x:v>2119</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>2352</x:v>
       </x:c>
       <x:c r="O33" s="3" t="n">
         <x:v>2375</x:v>
       </x:c>
       <x:c r="P33" s="3" t="n">
         <x:v>2413</x:v>
       </x:c>
       <x:c r="Q33" s="3" t="n">
-        <x:v>2397</x:v>
+        <x:v>2396</x:v>
       </x:c>
       <x:c r="R33" s="3" t="n">
-        <x:v>2580</x:v>
+        <x:v>2579</x:v>
       </x:c>
       <x:c r="S33" s="3" t="n">
-        <x:v>2599</x:v>
+        <x:v>2598</x:v>
       </x:c>
       <x:c r="T33" s="3" t="n">
         <x:v>2643</x:v>
       </x:c>
       <x:c r="U33" s="3" t="n">
-        <x:v>2660</x:v>
+        <x:v>2662</x:v>
       </x:c>
       <x:c r="V33" s="3" t="n">
-        <x:v>2941</x:v>
+        <x:v>2948</x:v>
       </x:c>
       <x:c r="W33" s="3" t="n">
-        <x:v>2965</x:v>
+        <x:v>2971</x:v>
       </x:c>
       <x:c r="X33" s="3" t="n">
-        <x:v>2980</x:v>
+        <x:v>2979</x:v>
       </x:c>
       <x:c r="Y33" s="3" t="n">
-        <x:v>2948</x:v>
+        <x:v>2936</x:v>
       </x:c>
       <x:c r="Z33" s="3" t="n">
-        <x:v>2998</x:v>
+        <x:v>2969</x:v>
       </x:c>
       <x:c r="AA33" s="3" t="n">
-        <x:v>2930</x:v>
+        <x:v>2878</x:v>
       </x:c>
       <x:c r="AB33" s="3" t="n">
-        <x:v>3003</x:v>
+        <x:v>2922</x:v>
       </x:c>
       <x:c r="AC33" s="3" t="n">
-        <x:v>2936</x:v>
+        <x:v>2822</x:v>
       </x:c>
       <x:c r="AD33" s="3" t="n">
-        <x:v>2917</x:v>
+        <x:v>2765</x:v>
       </x:c>
       <x:c r="AE33" s="3" t="n">
-        <x:v>2881</x:v>
+        <x:v>2696</x:v>
       </x:c>
       <x:c r="AF33" s="3" t="n">
-        <x:v>2920</x:v>
+        <x:v>2700</x:v>
       </x:c>
       <x:c r="AG33" s="3" t="n">
-        <x:v>2849</x:v>
+        <x:v>2606</x:v>
       </x:c>
       <x:c r="AH33" s="3" t="n">
-        <x:v>2847</x:v>
+        <x:v>2580</x:v>
       </x:c>
       <x:c r="AI33" s="3" t="n">
-        <x:v>2828</x:v>
+        <x:v>2530</x:v>
       </x:c>
       <x:c r="AJ33" s="3" t="n">
-        <x:v>2838</x:v>
+        <x:v>2501</x:v>
       </x:c>
       <x:c r="AK33" s="3" t="n">
-        <x:v>2805</x:v>
+        <x:v>2426</x:v>
       </x:c>
       <x:c r="AL33" s="3" t="n">
-        <x:v>2613</x:v>
+        <x:v>2212</x:v>
       </x:c>
       <x:c r="AM33" s="3" t="n">
-        <x:v>2597</x:v>
+        <x:v>2153</x:v>
       </x:c>
       <x:c r="AN33" s="3" t="n">
-        <x:v>2579</x:v>
+        <x:v>2094</x:v>
       </x:c>
       <x:c r="AO33" s="3" t="n">
-        <x:v>2611</x:v>
+        <x:v>2079</x:v>
       </x:c>
       <x:c r="AP33" s="3" t="n">
-        <x:v>2586</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="AQ33" s="3" t="n">
-        <x:v>2577</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="AR33" s="3" t="n">
-        <x:v>2523</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="AS33" s="3" t="n">
-        <x:v>2552</x:v>
+        <x:v>1881</x:v>
       </x:c>
       <x:c r="AT33" s="3" t="n">
-        <x:v>2582</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="AU33" s="3" t="n">
-        <x:v>2571</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="AV33" s="3" t="n">
-        <x:v>2529</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="AW33" s="3" t="n">
-        <x:v>2553</x:v>
+        <x:v>1726</x:v>
       </x:c>
       <x:c r="AX33" s="3" t="n">
-        <x:v>2809</x:v>
+        <x:v>1855</x:v>
       </x:c>
       <x:c r="AY33" s="3" t="n">
-        <x:v>2783</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="AZ33" s="3" t="n">
-        <x:v>2775</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="BA33" s="3" t="n">
+        <x:v>1741</x:v>
+      </x:c>
+      <x:c r="BB33" s="3" t="n">
+        <x:v>1564</x:v>
+      </x:c>
+      <x:c r="BC33" s="3" t="n">
+        <x:v>1521</x:v>
+      </x:c>
+      <x:c r="BD33" s="3" t="n">
+        <x:v>1511</x:v>
+      </x:c>
+      <x:c r="BE33" s="3" t="n">
+        <x:v>1437</x:v>
+      </x:c>
+      <x:c r="BF33" s="3" t="n">
+        <x:v>1179</x:v>
+      </x:c>
+      <x:c r="BG33" s="3" t="n">
+        <x:v>1213</x:v>
+      </x:c>
+      <x:c r="BH33" s="3" t="n">
+        <x:v>1386</x:v>
+      </x:c>
+      <x:c r="BI33" s="3" t="n">
+        <x:v>1638</x:v>
+      </x:c>
+      <x:c r="BJ33" s="3" t="n">
+        <x:v>1878</x:v>
+      </x:c>
+      <x:c r="BK33" s="3" t="n">
+        <x:v>2149</x:v>
+      </x:c>
+      <x:c r="BL33" s="3" t="n">
+        <x:v>2382</x:v>
+      </x:c>
+      <x:c r="BM33" s="3" t="n">
+        <x:v>2273</x:v>
+      </x:c>
+      <x:c r="BN33" s="3" t="n">
+        <x:v>2009</x:v>
+      </x:c>
+      <x:c r="BO33" s="3" t="n">
+        <x:v>1992</x:v>
+      </x:c>
+      <x:c r="BP33" s="3" t="n">
+        <x:v>2325</x:v>
+      </x:c>
+      <x:c r="BQ33" s="3" t="n">
+        <x:v>2709</x:v>
+      </x:c>
+      <x:c r="BR33" s="3" t="n">
+        <x:v>1954</x:v>
+      </x:c>
+      <x:c r="BS33" s="3" t="n">
+        <x:v>2395</x:v>
+      </x:c>
+      <x:c r="BT33" s="3" t="n">
+        <x:v>2776</x:v>
+      </x:c>
+      <x:c r="BU33" s="3" t="n">
+        <x:v>3111</x:v>
+      </x:c>
+      <x:c r="BV33" s="3" t="n">
+        <x:v>2950</x:v>
+      </x:c>
+      <x:c r="BW33" s="3" t="n">
         <x:v>2835</x:v>
       </x:c>
-      <x:c r="BB33" s="3" t="n">
-[...64 lines deleted...]
-      </x:c>
       <x:c r="BX33" s="3" t="n">
-        <x:v>3602</x:v>
+        <x:v>2637</x:v>
       </x:c>
       <x:c r="BY33" s="3" t="n">
-        <x:v>3263</x:v>
+        <x:v>2227</x:v>
       </x:c>
       <x:c r="BZ33" s="3" t="n">
-        <x:v>3035</x:v>
+        <x:v>1862</x:v>
       </x:c>
       <x:c r="CA33" s="3" t="n">
-        <x:v>2754</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="CB33" s="3" t="n">
-        <x:v>2596</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="CC33" s="3" t="n">
-        <x:v>2579</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="CD33" s="3" t="n">
-        <x:v>2789</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="CE33" s="3" t="n">
-        <x:v>2948</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="CF33" s="3" t="n">
-        <x:v>2730</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="CG33" s="3" t="n">
-        <x:v>2886</x:v>
+        <x:v>1658</x:v>
       </x:c>
       <x:c r="CH33" s="3" t="n">
-        <x:v>2768</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="CI33" s="3" t="n">
-        <x:v>2881</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="CJ33" s="3" t="n">
-        <x:v>2617</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="CK33" s="3" t="n">
-        <x:v>2801</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="CL33" s="3" t="n">
-        <x:v>2819</x:v>
+        <x:v>1602</x:v>
       </x:c>
       <x:c r="CM33" s="3" t="n">
-        <x:v>2792</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="CN33" s="3" t="n">
-        <x:v>2629</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="CO33" s="3" t="n">
-        <x:v>2727</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="CP33" s="3" t="n">
-        <x:v>2879</x:v>
+        <x:v>1643</x:v>
       </x:c>
       <x:c r="CQ33" s="3" t="n">
-        <x:v>2849</x:v>
+        <x:v>1628</x:v>
       </x:c>
       <x:c r="CR33" s="3" t="n">
-        <x:v>2638</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="CS33" s="3" t="n">
-        <x:v>2740</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="CT33" s="3" t="n">
-        <x:v>2873</x:v>
+        <x:v>1656</x:v>
       </x:c>
       <x:c r="CU33" s="3" t="n">
-        <x:v>3033</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="CV33" s="3" t="n">
-        <x:v>2828</x:v>
+        <x:v>1622</x:v>
       </x:c>
       <x:c r="CW33" s="3" t="n">
-        <x:v>2824</x:v>
+        <x:v>1605</x:v>
       </x:c>
       <x:c r="CX33" s="3" t="n">
-        <x:v>2932</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="CY33" s="3" t="n">
-        <x:v>2483</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="CZ33" s="3" t="n">
-        <x:v>2576</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="DA33" s="3" t="n">
-        <x:v>2791</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="DB33" s="3" t="n">
-        <x:v>2602</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="DC33" s="3" t="n">
-        <x:v>2710</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="DD33" s="3" t="n">
-        <x:v>2746</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="DE33" s="3" t="n">
-        <x:v>2632</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="DF33" s="3" t="n">
-        <x:v>2641</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="DG33" s="3" t="n">
-        <x:v>3048</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="DH33" s="3" t="n">
-        <x:v>2732</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="DI33" s="3" t="n">
-        <x:v>3058</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="DJ33" s="3" t="n">
-        <x:v>3045</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="DK33" s="3" t="n">
-        <x:v>3289</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="DL33" s="3" t="n">
-        <x:v>2648</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="DM33" s="3" t="n">
-        <x:v>2341</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="DN33" s="3" t="n">
-        <x:v>2419</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="DO33" s="3" t="n">
-        <x:v>2720</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="DP33" s="3" t="n">
-        <x:v>2383</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="DQ33" s="3" t="n">
-        <x:v>2387</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="DR33" s="3" t="n">
-        <x:v>2625</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="DS33" s="3" t="n">
-        <x:v>2652</x:v>
+        <x:v>1629</x:v>
+      </x:c>
+      <x:c r="DT33" s="3" t="n">
+        <x:v>1330</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:123">
+    <x:row r="34" spans="1:124">
       <x:c r="A34" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>5279</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
         <x:v>5524</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
         <x:v>5683</x:v>
       </x:c>
       <x:c r="E34" s="3" t="n">
         <x:v>5632</x:v>
       </x:c>
       <x:c r="F34" s="3" t="n">
         <x:v>5531</x:v>
       </x:c>
       <x:c r="G34" s="3" t="n">
         <x:v>5902</x:v>
       </x:c>
       <x:c r="H34" s="3" t="n">
         <x:v>6285</x:v>
       </x:c>
       <x:c r="I34" s="3" t="n">
         <x:v>6159</x:v>
       </x:c>
@@ -12204,362 +12307,365 @@
       <x:c r="M34" s="3" t="n">
         <x:v>6483</x:v>
       </x:c>
       <x:c r="N34" s="3" t="n">
         <x:v>6690</x:v>
       </x:c>
       <x:c r="O34" s="3" t="n">
         <x:v>7119</x:v>
       </x:c>
       <x:c r="P34" s="3" t="n">
         <x:v>7626</x:v>
       </x:c>
       <x:c r="Q34" s="3" t="n">
         <x:v>7542</x:v>
       </x:c>
       <x:c r="R34" s="3" t="n">
         <x:v>7186</x:v>
       </x:c>
       <x:c r="S34" s="3" t="n">
         <x:v>7862</x:v>
       </x:c>
       <x:c r="T34" s="3" t="n">
         <x:v>8119</x:v>
       </x:c>
       <x:c r="U34" s="3" t="n">
-        <x:v>7943</x:v>
+        <x:v>7944</x:v>
       </x:c>
       <x:c r="V34" s="3" t="n">
-        <x:v>7424</x:v>
+        <x:v>7425</x:v>
       </x:c>
       <x:c r="W34" s="3" t="n">
         <x:v>7955</x:v>
       </x:c>
       <x:c r="X34" s="3" t="n">
         <x:v>8203</x:v>
       </x:c>
       <x:c r="Y34" s="3" t="n">
-        <x:v>7819</x:v>
+        <x:v>7818</x:v>
       </x:c>
       <x:c r="Z34" s="3" t="n">
-        <x:v>7729</x:v>
+        <x:v>7724</x:v>
       </x:c>
       <x:c r="AA34" s="3" t="n">
-        <x:v>8089</x:v>
+        <x:v>8081</x:v>
       </x:c>
       <x:c r="AB34" s="3" t="n">
-        <x:v>8303</x:v>
+        <x:v>8290</x:v>
       </x:c>
       <x:c r="AC34" s="3" t="n">
-        <x:v>8103</x:v>
+        <x:v>8085</x:v>
       </x:c>
       <x:c r="AD34" s="3" t="n">
-        <x:v>8304</x:v>
+        <x:v>8279</x:v>
       </x:c>
       <x:c r="AE34" s="3" t="n">
-        <x:v>8435</x:v>
+        <x:v>8403</x:v>
       </x:c>
       <x:c r="AF34" s="3" t="n">
-        <x:v>8838</x:v>
+        <x:v>8799</x:v>
       </x:c>
       <x:c r="AG34" s="3" t="n">
-        <x:v>8826</x:v>
+        <x:v>8783</x:v>
       </x:c>
       <x:c r="AH34" s="3" t="n">
-        <x:v>8516</x:v>
+        <x:v>8471</x:v>
       </x:c>
       <x:c r="AI34" s="3" t="n">
-        <x:v>8625</x:v>
+        <x:v>8574</x:v>
       </x:c>
       <x:c r="AJ34" s="3" t="n">
-        <x:v>9042</x:v>
+        <x:v>8980</x:v>
       </x:c>
       <x:c r="AK34" s="3" t="n">
-        <x:v>8864</x:v>
+        <x:v>8795</x:v>
       </x:c>
       <x:c r="AL34" s="3" t="n">
-        <x:v>9187</x:v>
+        <x:v>9116</x:v>
       </x:c>
       <x:c r="AM34" s="3" t="n">
-        <x:v>9454</x:v>
+        <x:v>9373</x:v>
       </x:c>
       <x:c r="AN34" s="3" t="n">
-        <x:v>9781</x:v>
+        <x:v>9682</x:v>
       </x:c>
       <x:c r="AO34" s="3" t="n">
-        <x:v>9411</x:v>
+        <x:v>9305</x:v>
       </x:c>
       <x:c r="AP34" s="3" t="n">
-        <x:v>9814</x:v>
+        <x:v>9699</x:v>
       </x:c>
       <x:c r="AQ34" s="3" t="n">
-        <x:v>9954</x:v>
+        <x:v>9834</x:v>
       </x:c>
       <x:c r="AR34" s="3" t="n">
-        <x:v>10182</x:v>
+        <x:v>10041</x:v>
       </x:c>
       <x:c r="AS34" s="3" t="n">
-        <x:v>9939</x:v>
+        <x:v>9790</x:v>
       </x:c>
       <x:c r="AT34" s="3" t="n">
-        <x:v>10376</x:v>
+        <x:v>10216</x:v>
       </x:c>
       <x:c r="AU34" s="3" t="n">
-        <x:v>10722</x:v>
+        <x:v>10561</x:v>
       </x:c>
       <x:c r="AV34" s="3" t="n">
-        <x:v>11140</x:v>
+        <x:v>10946</x:v>
       </x:c>
       <x:c r="AW34" s="3" t="n">
-        <x:v>10941</x:v>
+        <x:v>10742</x:v>
       </x:c>
       <x:c r="AX34" s="3" t="n">
-        <x:v>11182</x:v>
+        <x:v>10958</x:v>
       </x:c>
       <x:c r="AY34" s="3" t="n">
-        <x:v>11580</x:v>
+        <x:v>11357</x:v>
       </x:c>
       <x:c r="AZ34" s="3" t="n">
-        <x:v>12131</x:v>
+        <x:v>11871</x:v>
       </x:c>
       <x:c r="BA34" s="3" t="n">
-        <x:v>11986</x:v>
+        <x:v>11709</x:v>
       </x:c>
       <x:c r="BB34" s="3" t="n">
-        <x:v>12593</x:v>
+        <x:v>12312</x:v>
       </x:c>
       <x:c r="BC34" s="3" t="n">
-        <x:v>12798</x:v>
+        <x:v>12509</x:v>
       </x:c>
       <x:c r="BD34" s="3" t="n">
-        <x:v>13162</x:v>
+        <x:v>12861</x:v>
       </x:c>
       <x:c r="BE34" s="3" t="n">
-        <x:v>13175</x:v>
+        <x:v>12866</x:v>
       </x:c>
       <x:c r="BF34" s="3" t="n">
-        <x:v>12974</x:v>
+        <x:v>12715</x:v>
       </x:c>
       <x:c r="BG34" s="3" t="n">
-        <x:v>13118</x:v>
+        <x:v>12867</x:v>
       </x:c>
       <x:c r="BH34" s="3" t="n">
-        <x:v>13439</x:v>
+        <x:v>13191</x:v>
       </x:c>
       <x:c r="BI34" s="3" t="n">
-        <x:v>13369</x:v>
+        <x:v>13108</x:v>
       </x:c>
       <x:c r="BJ34" s="3" t="n">
-        <x:v>13261</x:v>
+        <x:v>12995</x:v>
       </x:c>
       <x:c r="BK34" s="3" t="n">
-        <x:v>13437</x:v>
+        <x:v>13177</x:v>
       </x:c>
       <x:c r="BL34" s="3" t="n">
-        <x:v>13942</x:v>
+        <x:v>13684</x:v>
       </x:c>
       <x:c r="BM34" s="3" t="n">
-        <x:v>13875</x:v>
+        <x:v>13614</x:v>
       </x:c>
       <x:c r="BN34" s="3" t="n">
-        <x:v>14237</x:v>
+        <x:v>13980</x:v>
       </x:c>
       <x:c r="BO34" s="3" t="n">
-        <x:v>14272</x:v>
+        <x:v>14018</x:v>
       </x:c>
       <x:c r="BP34" s="3" t="n">
-        <x:v>14665</x:v>
+        <x:v>14402</x:v>
       </x:c>
       <x:c r="BQ34" s="3" t="n">
-        <x:v>14227</x:v>
+        <x:v>13919</x:v>
       </x:c>
       <x:c r="BR34" s="3" t="n">
-        <x:v>15725</x:v>
+        <x:v>15484</x:v>
       </x:c>
       <x:c r="BS34" s="3" t="n">
-        <x:v>15011</x:v>
+        <x:v>14728</x:v>
       </x:c>
       <x:c r="BT34" s="3" t="n">
-        <x:v>14354</x:v>
+        <x:v>14036</x:v>
       </x:c>
       <x:c r="BU34" s="3" t="n">
-        <x:v>14238</x:v>
+        <x:v>13886</x:v>
       </x:c>
       <x:c r="BV34" s="3" t="n">
-        <x:v>15434</x:v>
+        <x:v>15119</x:v>
       </x:c>
       <x:c r="BW34" s="3" t="n">
-        <x:v>15740</x:v>
+        <x:v>15422</x:v>
       </x:c>
       <x:c r="BX34" s="3" t="n">
-        <x:v>15729</x:v>
+        <x:v>15416</x:v>
       </x:c>
       <x:c r="BY34" s="3" t="n">
-        <x:v>15602</x:v>
+        <x:v>15283</x:v>
       </x:c>
       <x:c r="BZ34" s="3" t="n">
-        <x:v>16230</x:v>
+        <x:v>15899</x:v>
       </x:c>
       <x:c r="CA34" s="3" t="n">
-        <x:v>16015</x:v>
+        <x:v>15693</x:v>
       </x:c>
       <x:c r="CB34" s="3" t="n">
-        <x:v>16206</x:v>
+        <x:v>15892</x:v>
       </x:c>
       <x:c r="CC34" s="3" t="n">
-        <x:v>16264</x:v>
+        <x:v>15944</x:v>
       </x:c>
       <x:c r="CD34" s="3" t="n">
-        <x:v>15586</x:v>
+        <x:v>15312</x:v>
       </x:c>
       <x:c r="CE34" s="3" t="n">
-        <x:v>17864</x:v>
+        <x:v>17506</x:v>
       </x:c>
       <x:c r="CF34" s="3" t="n">
-        <x:v>16228</x:v>
+        <x:v>15918</x:v>
       </x:c>
       <x:c r="CG34" s="3" t="n">
-        <x:v>17386</x:v>
+        <x:v>17034</x:v>
       </x:c>
       <x:c r="CH34" s="3" t="n">
-        <x:v>16082</x:v>
+        <x:v>15779</x:v>
       </x:c>
       <x:c r="CI34" s="3" t="n">
-        <x:v>18020</x:v>
+        <x:v>17621</x:v>
       </x:c>
       <x:c r="CJ34" s="3" t="n">
-        <x:v>16344</x:v>
+        <x:v>16007</x:v>
       </x:c>
       <x:c r="CK34" s="3" t="n">
-        <x:v>17234</x:v>
+        <x:v>16869</x:v>
       </x:c>
       <x:c r="CL34" s="3" t="n">
-        <x:v>15693</x:v>
+        <x:v>15426</x:v>
       </x:c>
       <x:c r="CM34" s="3" t="n">
-        <x:v>17915</x:v>
+        <x:v>17575</x:v>
       </x:c>
       <x:c r="CN34" s="3" t="n">
-        <x:v>16390</x:v>
+        <x:v>16104</x:v>
       </x:c>
       <x:c r="CO34" s="3" t="n">
-        <x:v>17027</x:v>
+        <x:v>16705</x:v>
       </x:c>
       <x:c r="CP34" s="3" t="n">
-        <x:v>16483</x:v>
+        <x:v>16155</x:v>
       </x:c>
       <x:c r="CQ34" s="3" t="n">
-        <x:v>19012</x:v>
+        <x:v>18588</x:v>
       </x:c>
       <x:c r="CR34" s="3" t="n">
-        <x:v>17309</x:v>
+        <x:v>16948</x:v>
       </x:c>
       <x:c r="CS34" s="3" t="n">
-        <x:v>18230</x:v>
+        <x:v>17832</x:v>
       </x:c>
       <x:c r="CT34" s="3" t="n">
-        <x:v>17061</x:v>
+        <x:v>16715</x:v>
       </x:c>
       <x:c r="CU34" s="3" t="n">
-        <x:v>19365</x:v>
+        <x:v>18920</x:v>
       </x:c>
       <x:c r="CV34" s="3" t="n">
-        <x:v>18098</x:v>
+        <x:v>17721</x:v>
       </x:c>
       <x:c r="CW34" s="3" t="n">
-        <x:v>20444</x:v>
+        <x:v>20016</x:v>
       </x:c>
       <x:c r="CX34" s="3" t="n">
-        <x:v>18243</x:v>
+        <x:v>17854</x:v>
       </x:c>
       <x:c r="CY34" s="3" t="n">
-        <x:v>18362</x:v>
+        <x:v>17885</x:v>
       </x:c>
       <x:c r="CZ34" s="3" t="n">
-        <x:v>16848</x:v>
+        <x:v>16446</x:v>
       </x:c>
       <x:c r="DA34" s="3" t="n">
-        <x:v>18190</x:v>
+        <x:v>17760</x:v>
       </x:c>
       <x:c r="DB34" s="3" t="n">
-        <x:v>17007</x:v>
+        <x:v>16637</x:v>
       </x:c>
       <x:c r="DC34" s="3" t="n">
-        <x:v>19347</x:v>
+        <x:v>18847</x:v>
       </x:c>
       <x:c r="DD34" s="3" t="n">
-        <x:v>18338</x:v>
+        <x:v>17875</x:v>
       </x:c>
       <x:c r="DE34" s="3" t="n">
-        <x:v>19864</x:v>
+        <x:v>19292</x:v>
       </x:c>
       <x:c r="DF34" s="3" t="n">
-        <x:v>19219</x:v>
+        <x:v>18593</x:v>
       </x:c>
       <x:c r="DG34" s="3" t="n">
-        <x:v>22119</x:v>
+        <x:v>21229</x:v>
       </x:c>
       <x:c r="DH34" s="3" t="n">
-        <x:v>20625</x:v>
+        <x:v>19753</x:v>
       </x:c>
       <x:c r="DI34" s="3" t="n">
-        <x:v>21840</x:v>
+        <x:v>20855</x:v>
       </x:c>
       <x:c r="DJ34" s="3" t="n">
-        <x:v>21461</x:v>
+        <x:v>20501</x:v>
       </x:c>
       <x:c r="DK34" s="3" t="n">
-        <x:v>24171</x:v>
+        <x:v>23008</x:v>
       </x:c>
       <x:c r="DL34" s="3" t="n">
-        <x:v>22941</x:v>
+        <x:v>21889</x:v>
       </x:c>
       <x:c r="DM34" s="3" t="n">
-        <x:v>23603</x:v>
+        <x:v>22482</x:v>
       </x:c>
       <x:c r="DN34" s="3" t="n">
-        <x:v>22853</x:v>
+        <x:v>21836</x:v>
       </x:c>
       <x:c r="DO34" s="3" t="n">
-        <x:v>26015</x:v>
+        <x:v>24764</x:v>
       </x:c>
       <x:c r="DP34" s="3" t="n">
-        <x:v>24465</x:v>
+        <x:v>23238</x:v>
       </x:c>
       <x:c r="DQ34" s="3" t="n">
-        <x:v>25683</x:v>
+        <x:v>24408</x:v>
       </x:c>
       <x:c r="DR34" s="3" t="n">
-        <x:v>24596</x:v>
+        <x:v>23394</x:v>
       </x:c>
       <x:c r="DS34" s="3" t="n">
-        <x:v>27557</x:v>
+        <x:v>26202</x:v>
+      </x:c>
+      <x:c r="DT34" s="3" t="n">
+        <x:v>24132</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:123">
+    <x:row r="35" spans="1:124">
       <x:c r="A35" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>1633</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>1678</x:v>
       </x:c>
       <x:c r="D35" s="3" t="n">
         <x:v>1725</x:v>
       </x:c>
       <x:c r="E35" s="3" t="n">
         <x:v>1743</x:v>
       </x:c>
       <x:c r="F35" s="3" t="n">
         <x:v>1654</x:v>
       </x:c>
       <x:c r="G35" s="3" t="n">
         <x:v>1697</x:v>
       </x:c>
       <x:c r="H35" s="3" t="n">
         <x:v>1717</x:v>
       </x:c>
       <x:c r="I35" s="3" t="n">
         <x:v>1703</x:v>
       </x:c>
@@ -12587,350 +12693,353 @@
       <x:c r="Q35" s="3" t="n">
         <x:v>1918</x:v>
       </x:c>
       <x:c r="R35" s="3" t="n">
         <x:v>1925</x:v>
       </x:c>
       <x:c r="S35" s="3" t="n">
         <x:v>1952</x:v>
       </x:c>
       <x:c r="T35" s="3" t="n">
         <x:v>1977</x:v>
       </x:c>
       <x:c r="U35" s="3" t="n">
         <x:v>1968</x:v>
       </x:c>
       <x:c r="V35" s="3" t="n">
         <x:v>1921</x:v>
       </x:c>
       <x:c r="W35" s="3" t="n">
         <x:v>1974</x:v>
       </x:c>
       <x:c r="X35" s="3" t="n">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="Y35" s="3" t="n">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="Z35" s="3" t="n">
         <x:v>1966</x:v>
       </x:c>
       <x:c r="AA35" s="3" t="n">
-        <x:v>1981</x:v>
+        <x:v>1979</x:v>
       </x:c>
       <x:c r="AB35" s="3" t="n">
-        <x:v>1963</x:v>
+        <x:v>1961</x:v>
       </x:c>
       <x:c r="AC35" s="3" t="n">
-        <x:v>1941</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="AD35" s="3" t="n">
-        <x:v>1831</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="AE35" s="3" t="n">
-        <x:v>1849</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="AF35" s="3" t="n">
+        <x:v>1851</x:v>
+      </x:c>
+      <x:c r="AG35" s="3" t="n">
+        <x:v>1870</x:v>
+      </x:c>
+      <x:c r="AH35" s="3" t="n">
+        <x:v>1774</x:v>
+      </x:c>
+      <x:c r="AI35" s="3" t="n">
+        <x:v>1799</x:v>
+      </x:c>
+      <x:c r="AJ35" s="3" t="n">
+        <x:v>1734</x:v>
+      </x:c>
+      <x:c r="AK35" s="3" t="n">
+        <x:v>1724</x:v>
+      </x:c>
+      <x:c r="AL35" s="3" t="n">
+        <x:v>1692</x:v>
+      </x:c>
+      <x:c r="AM35" s="3" t="n">
+        <x:v>1747</x:v>
+      </x:c>
+      <x:c r="AN35" s="3" t="n">
+        <x:v>1671</x:v>
+      </x:c>
+      <x:c r="AO35" s="3" t="n">
+        <x:v>1740</x:v>
+      </x:c>
+      <x:c r="AP35" s="3" t="n">
+        <x:v>1718</x:v>
+      </x:c>
+      <x:c r="AQ35" s="3" t="n">
+        <x:v>1778</x:v>
+      </x:c>
+      <x:c r="AR35" s="3" t="n">
+        <x:v>1743</x:v>
+      </x:c>
+      <x:c r="AS35" s="3" t="n">
+        <x:v>1832</x:v>
+      </x:c>
+      <x:c r="AT35" s="3" t="n">
+        <x:v>1730</x:v>
+      </x:c>
+      <x:c r="AU35" s="3" t="n">
+        <x:v>1798</x:v>
+      </x:c>
+      <x:c r="AV35" s="3" t="n">
+        <x:v>1761</x:v>
+      </x:c>
+      <x:c r="AW35" s="3" t="n">
+        <x:v>1864</x:v>
+      </x:c>
+      <x:c r="AX35" s="3" t="n">
+        <x:v>1847</x:v>
+      </x:c>
+      <x:c r="AY35" s="3" t="n">
+        <x:v>1876</x:v>
+      </x:c>
+      <x:c r="AZ35" s="3" t="n">
+        <x:v>1898</x:v>
+      </x:c>
+      <x:c r="BA35" s="3" t="n">
+        <x:v>2061</x:v>
+      </x:c>
+      <x:c r="BB35" s="3" t="n">
+        <x:v>2066</x:v>
+      </x:c>
+      <x:c r="BC35" s="3" t="n">
+        <x:v>2030</x:v>
+      </x:c>
+      <x:c r="BD35" s="3" t="n">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="BE35" s="3" t="n">
+        <x:v>1869</x:v>
+      </x:c>
+      <x:c r="BF35" s="3" t="n">
+        <x:v>1910</x:v>
+      </x:c>
+      <x:c r="BG35" s="3" t="n">
+        <x:v>1871</x:v>
+      </x:c>
+      <x:c r="BH35" s="3" t="n">
+        <x:v>1986</x:v>
+      </x:c>
+      <x:c r="BI35" s="3" t="n">
+        <x:v>1851</x:v>
+      </x:c>
+      <x:c r="BJ35" s="3" t="n">
+        <x:v>1768</x:v>
+      </x:c>
+      <x:c r="BK35" s="3" t="n">
+        <x:v>1759</x:v>
+      </x:c>
+      <x:c r="BL35" s="3" t="n">
+        <x:v>1920</x:v>
+      </x:c>
+      <x:c r="BM35" s="3" t="n">
+        <x:v>1813</x:v>
+      </x:c>
+      <x:c r="BN35" s="3" t="n">
+        <x:v>1872</x:v>
+      </x:c>
+      <x:c r="BO35" s="3" t="n">
+        <x:v>1795</x:v>
+      </x:c>
+      <x:c r="BP35" s="3" t="n">
+        <x:v>1907</x:v>
+      </x:c>
+      <x:c r="BQ35" s="3" t="n">
+        <x:v>1912</x:v>
+      </x:c>
+      <x:c r="BR35" s="3" t="n">
+        <x:v>1976</x:v>
+      </x:c>
+      <x:c r="BS35" s="3" t="n">
+        <x:v>1956</x:v>
+      </x:c>
+      <x:c r="BT35" s="3" t="n">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="BU35" s="3" t="n">
+        <x:v>1944</x:v>
+      </x:c>
+      <x:c r="BV35" s="3" t="n">
+        <x:v>1972</x:v>
+      </x:c>
+      <x:c r="BW35" s="3" t="n">
+        <x:v>1960</x:v>
+      </x:c>
+      <x:c r="BX35" s="3" t="n">
+        <x:v>2084</x:v>
+      </x:c>
+      <x:c r="BY35" s="3" t="n">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="BZ35" s="3" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="CA35" s="3" t="n">
+        <x:v>1984</x:v>
+      </x:c>
+      <x:c r="CB35" s="3" t="n">
+        <x:v>2141</x:v>
+      </x:c>
+      <x:c r="CC35" s="3" t="n">
+        <x:v>2061</x:v>
+      </x:c>
+      <x:c r="CD35" s="3" t="n">
+        <x:v>1972</x:v>
+      </x:c>
+      <x:c r="CE35" s="3" t="n">
+        <x:v>2244</x:v>
+      </x:c>
+      <x:c r="CF35" s="3" t="n">
+        <x:v>2062</x:v>
+      </x:c>
+      <x:c r="CG35" s="3" t="n">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="CH35" s="3" t="n">
+        <x:v>1975</x:v>
+      </x:c>
+      <x:c r="CI35" s="3" t="n">
+        <x:v>2271</x:v>
+      </x:c>
+      <x:c r="CJ35" s="3" t="n">
+        <x:v>1997</x:v>
+      </x:c>
+      <x:c r="CK35" s="3" t="n">
+        <x:v>2067</x:v>
+      </x:c>
+      <x:c r="CL35" s="3" t="n">
         <x:v>1855</x:v>
       </x:c>
-      <x:c r="AG35" s="3" t="n">
-[...65 lines deleted...]
-      <x:c r="BC35" s="3" t="n">
+      <x:c r="CM35" s="3" t="n">
+        <x:v>2295</x:v>
+      </x:c>
+      <x:c r="CN35" s="3" t="n">
+        <x:v>1994</x:v>
+      </x:c>
+      <x:c r="CO35" s="3" t="n">
+        <x:v>2018</x:v>
+      </x:c>
+      <x:c r="CP35" s="3" t="n">
+        <x:v>1920</x:v>
+      </x:c>
+      <x:c r="CQ35" s="3" t="n">
+        <x:v>2228</x:v>
+      </x:c>
+      <x:c r="CR35" s="3" t="n">
         <x:v>2058</x:v>
       </x:c>
-      <x:c r="BD35" s="3" t="n">
-[...121 lines deleted...]
-      </x:c>
       <x:c r="CS35" s="3" t="n">
-        <x:v>2107</x:v>
+        <x:v>2080</x:v>
       </x:c>
       <x:c r="CT35" s="3" t="n">
-        <x:v>2000</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="CU35" s="3" t="n">
-        <x:v>2167</x:v>
+        <x:v>2139</x:v>
       </x:c>
       <x:c r="CV35" s="3" t="n">
-        <x:v>2024</x:v>
+        <x:v>1997</x:v>
       </x:c>
       <x:c r="CW35" s="3" t="n">
-        <x:v>2064</x:v>
+        <x:v>2037</x:v>
       </x:c>
       <x:c r="CX35" s="3" t="n">
-        <x:v>2109</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="CY35" s="3" t="n">
-        <x:v>2224</x:v>
+        <x:v>2196</x:v>
       </x:c>
       <x:c r="CZ35" s="3" t="n">
-        <x:v>1938</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="DA35" s="3" t="n">
-        <x:v>2157</x:v>
+        <x:v>2132</x:v>
       </x:c>
       <x:c r="DB35" s="3" t="n">
-        <x:v>2058</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="DC35" s="3" t="n">
-        <x:v>2286</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="DD35" s="3" t="n">
-        <x:v>2078</x:v>
+        <x:v>2052</x:v>
       </x:c>
       <x:c r="DE35" s="3" t="n">
-        <x:v>2183</x:v>
+        <x:v>2149</x:v>
       </x:c>
       <x:c r="DF35" s="3" t="n">
-        <x:v>2134</x:v>
+        <x:v>2092</x:v>
       </x:c>
       <x:c r="DG35" s="3" t="n">
-        <x:v>2362</x:v>
+        <x:v>2309</x:v>
       </x:c>
       <x:c r="DH35" s="3" t="n">
-        <x:v>2133</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="DI35" s="3" t="n">
-        <x:v>2426</x:v>
+        <x:v>2371</x:v>
       </x:c>
       <x:c r="DJ35" s="3" t="n">
-        <x:v>2258</x:v>
+        <x:v>2213</x:v>
       </x:c>
       <x:c r="DK35" s="3" t="n">
-        <x:v>2446</x:v>
+        <x:v>2403</x:v>
       </x:c>
       <x:c r="DL35" s="3" t="n">
-        <x:v>2311</x:v>
+        <x:v>2273</x:v>
       </x:c>
       <x:c r="DM35" s="3" t="n">
-        <x:v>2436</x:v>
+        <x:v>2398</x:v>
       </x:c>
       <x:c r="DN35" s="3" t="n">
-        <x:v>2264</x:v>
+        <x:v>2249</x:v>
       </x:c>
       <x:c r="DO35" s="3" t="n">
-        <x:v>2372</x:v>
+        <x:v>2360</x:v>
       </x:c>
       <x:c r="DP35" s="3" t="n">
-        <x:v>2292</x:v>
+        <x:v>2277</x:v>
       </x:c>
       <x:c r="DQ35" s="3" t="n">
-        <x:v>2322</x:v>
+        <x:v>2299</x:v>
       </x:c>
       <x:c r="DR35" s="3" t="n">
-        <x:v>2224</x:v>
+        <x:v>2217</x:v>
       </x:c>
       <x:c r="DS35" s="3" t="n">
-        <x:v>2389</x:v>
+        <x:v>2384</x:v>
+      </x:c>
+      <x:c r="DT35" s="3" t="n">
+        <x:v>2204</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:123">
+    <x:row r="36" spans="1:124">
       <x:c r="A36" s="2" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>2581</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
         <x:v>2730</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
         <x:v>2823</x:v>
       </x:c>
       <x:c r="E36" s="3" t="n">
         <x:v>2768</x:v>
       </x:c>
       <x:c r="F36" s="3" t="n">
         <x:v>2694</x:v>
       </x:c>
       <x:c r="G36" s="3" t="n">
         <x:v>2932</x:v>
       </x:c>
       <x:c r="H36" s="3" t="n">
         <x:v>3124</x:v>
       </x:c>
       <x:c r="I36" s="3" t="n">
         <x:v>3039</x:v>
       </x:c>
@@ -12958,350 +13067,353 @@
       <x:c r="Q36" s="3" t="n">
         <x:v>3556</x:v>
       </x:c>
       <x:c r="R36" s="3" t="n">
         <x:v>3535</x:v>
       </x:c>
       <x:c r="S36" s="3" t="n">
         <x:v>3736</x:v>
       </x:c>
       <x:c r="T36" s="3" t="n">
         <x:v>3758</x:v>
       </x:c>
       <x:c r="U36" s="3" t="n">
         <x:v>3640</x:v>
       </x:c>
       <x:c r="V36" s="3" t="n">
         <x:v>3619</x:v>
       </x:c>
       <x:c r="W36" s="3" t="n">
         <x:v>3858</x:v>
       </x:c>
       <x:c r="X36" s="3" t="n">
         <x:v>3892</x:v>
       </x:c>
       <x:c r="Y36" s="3" t="n">
+        <x:v>3771</x:v>
+      </x:c>
+      <x:c r="Z36" s="3" t="n">
+        <x:v>3706</x:v>
+      </x:c>
+      <x:c r="AA36" s="3" t="n">
+        <x:v>3911</x:v>
+      </x:c>
+      <x:c r="AB36" s="3" t="n">
+        <x:v>3882</x:v>
+      </x:c>
+      <x:c r="AC36" s="3" t="n">
         <x:v>3772</x:v>
       </x:c>
-      <x:c r="Z36" s="3" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="AD36" s="3" t="n">
-        <x:v>3800</x:v>
+        <x:v>3796</x:v>
       </x:c>
       <x:c r="AE36" s="3" t="n">
-        <x:v>3947</x:v>
+        <x:v>3942</x:v>
       </x:c>
       <x:c r="AF36" s="3" t="n">
-        <x:v>4107</x:v>
+        <x:v>4101</x:v>
       </x:c>
       <x:c r="AG36" s="3" t="n">
-        <x:v>3985</x:v>
+        <x:v>3978</x:v>
       </x:c>
       <x:c r="AH36" s="3" t="n">
-        <x:v>3850</x:v>
+        <x:v>3843</x:v>
       </x:c>
       <x:c r="AI36" s="3" t="n">
-        <x:v>3991</x:v>
+        <x:v>3982</x:v>
       </x:c>
       <x:c r="AJ36" s="3" t="n">
-        <x:v>4139</x:v>
+        <x:v>4129</x:v>
       </x:c>
       <x:c r="AK36" s="3" t="n">
-        <x:v>3940</x:v>
+        <x:v>3929</x:v>
       </x:c>
       <x:c r="AL36" s="3" t="n">
-        <x:v>3813</x:v>
+        <x:v>3801</x:v>
       </x:c>
       <x:c r="AM36" s="3" t="n">
-        <x:v>4013</x:v>
+        <x:v>3998</x:v>
       </x:c>
       <x:c r="AN36" s="3" t="n">
-        <x:v>4134</x:v>
+        <x:v>4118</x:v>
       </x:c>
       <x:c r="AO36" s="3" t="n">
-        <x:v>3963</x:v>
+        <x:v>3946</x:v>
       </x:c>
       <x:c r="AP36" s="3" t="n">
-        <x:v>3932</x:v>
+        <x:v>3913</x:v>
       </x:c>
       <x:c r="AQ36" s="3" t="n">
-        <x:v>4147</x:v>
+        <x:v>4125</x:v>
       </x:c>
       <x:c r="AR36" s="3" t="n">
-        <x:v>4207</x:v>
+        <x:v>4184</x:v>
       </x:c>
       <x:c r="AS36" s="3" t="n">
-        <x:v>4056</x:v>
+        <x:v>4033</x:v>
       </x:c>
       <x:c r="AT36" s="3" t="n">
-        <x:v>4119</x:v>
+        <x:v>4093</x:v>
       </x:c>
       <x:c r="AU36" s="3" t="n">
-        <x:v>4363</x:v>
+        <x:v>4334</x:v>
       </x:c>
       <x:c r="AV36" s="3" t="n">
-        <x:v>4484</x:v>
+        <x:v>4453</x:v>
       </x:c>
       <x:c r="AW36" s="3" t="n">
-        <x:v>4348</x:v>
+        <x:v>4316</x:v>
       </x:c>
       <x:c r="AX36" s="3" t="n">
-        <x:v>4466</x:v>
+        <x:v>4431</x:v>
       </x:c>
       <x:c r="AY36" s="3" t="n">
-        <x:v>4763</x:v>
+        <x:v>4724</x:v>
       </x:c>
       <x:c r="AZ36" s="3" t="n">
-        <x:v>4957</x:v>
+        <x:v>4914</x:v>
       </x:c>
       <x:c r="BA36" s="3" t="n">
-        <x:v>4830</x:v>
+        <x:v>4786</x:v>
       </x:c>
       <x:c r="BB36" s="3" t="n">
-        <x:v>4956</x:v>
+        <x:v>4910</x:v>
       </x:c>
       <x:c r="BC36" s="3" t="n">
-        <x:v>5115</x:v>
+        <x:v>5065</x:v>
       </x:c>
       <x:c r="BD36" s="3" t="n">
-        <x:v>5125</x:v>
+        <x:v>5074</x:v>
       </x:c>
       <x:c r="BE36" s="3" t="n">
-        <x:v>5113</x:v>
+        <x:v>5063</x:v>
       </x:c>
       <x:c r="BF36" s="3" t="n">
-        <x:v>4973</x:v>
+        <x:v>4924</x:v>
       </x:c>
       <x:c r="BG36" s="3" t="n">
-        <x:v>5018</x:v>
+        <x:v>4968</x:v>
       </x:c>
       <x:c r="BH36" s="3" t="n">
-        <x:v>5212</x:v>
+        <x:v>5160</x:v>
       </x:c>
       <x:c r="BI36" s="3" t="n">
-        <x:v>5255</x:v>
+        <x:v>5203</x:v>
       </x:c>
       <x:c r="BJ36" s="3" t="n">
-        <x:v>5259</x:v>
+        <x:v>5207</x:v>
       </x:c>
       <x:c r="BK36" s="3" t="n">
-        <x:v>5336</x:v>
+        <x:v>5283</x:v>
       </x:c>
       <x:c r="BL36" s="3" t="n">
-        <x:v>5370</x:v>
+        <x:v>5317</x:v>
       </x:c>
       <x:c r="BM36" s="3" t="n">
-        <x:v>5470</x:v>
+        <x:v>5416</x:v>
       </x:c>
       <x:c r="BN36" s="3" t="n">
-        <x:v>5475</x:v>
+        <x:v>5421</x:v>
       </x:c>
       <x:c r="BO36" s="3" t="n">
-        <x:v>5721</x:v>
+        <x:v>5665</x:v>
       </x:c>
       <x:c r="BP36" s="3" t="n">
-        <x:v>5698</x:v>
+        <x:v>5641</x:v>
       </x:c>
       <x:c r="BQ36" s="3" t="n">
-        <x:v>5895</x:v>
+        <x:v>5836</x:v>
       </x:c>
       <x:c r="BR36" s="3" t="n">
-        <x:v>5782</x:v>
+        <x:v>5724</x:v>
       </x:c>
       <x:c r="BS36" s="3" t="n">
-        <x:v>6023</x:v>
+        <x:v>5962</x:v>
       </x:c>
       <x:c r="BT36" s="3" t="n">
-        <x:v>5975</x:v>
+        <x:v>5915</x:v>
       </x:c>
       <x:c r="BU36" s="3" t="n">
-        <x:v>6016</x:v>
+        <x:v>5955</x:v>
       </x:c>
       <x:c r="BV36" s="3" t="n">
-        <x:v>6260</x:v>
+        <x:v>6196</x:v>
       </x:c>
       <x:c r="BW36" s="3" t="n">
-        <x:v>6265</x:v>
+        <x:v>6202</x:v>
       </x:c>
       <x:c r="BX36" s="3" t="n">
-        <x:v>6365</x:v>
+        <x:v>6300</x:v>
       </x:c>
       <x:c r="BY36" s="3" t="n">
-        <x:v>6538</x:v>
+        <x:v>6471</x:v>
       </x:c>
       <x:c r="BZ36" s="3" t="n">
-        <x:v>6593</x:v>
+        <x:v>6525</x:v>
       </x:c>
       <x:c r="CA36" s="3" t="n">
-        <x:v>6852</x:v>
+        <x:v>6782</x:v>
       </x:c>
       <x:c r="CB36" s="3" t="n">
-        <x:v>6815</x:v>
+        <x:v>6746</x:v>
       </x:c>
       <x:c r="CC36" s="3" t="n">
-        <x:v>6816</x:v>
+        <x:v>6747</x:v>
       </x:c>
       <x:c r="CD36" s="3" t="n">
-        <x:v>6009</x:v>
+        <x:v>5948</x:v>
       </x:c>
       <x:c r="CE36" s="3" t="n">
-        <x:v>7878</x:v>
+        <x:v>7798</x:v>
       </x:c>
       <x:c r="CF36" s="3" t="n">
-        <x:v>7360</x:v>
+        <x:v>7286</x:v>
       </x:c>
       <x:c r="CG36" s="3" t="n">
-        <x:v>7362</x:v>
+        <x:v>7288</x:v>
       </x:c>
       <x:c r="CH36" s="3" t="n">
-        <x:v>6505</x:v>
+        <x:v>6439</x:v>
       </x:c>
       <x:c r="CI36" s="3" t="n">
-        <x:v>8159</x:v>
+        <x:v>8077</x:v>
       </x:c>
       <x:c r="CJ36" s="3" t="n">
-        <x:v>7738</x:v>
+        <x:v>7659</x:v>
       </x:c>
       <x:c r="CK36" s="3" t="n">
-        <x:v>7455</x:v>
+        <x:v>7378</x:v>
       </x:c>
       <x:c r="CL36" s="3" t="n">
-        <x:v>6694</x:v>
+        <x:v>6623</x:v>
       </x:c>
       <x:c r="CM36" s="3" t="n">
-        <x:v>8642</x:v>
+        <x:v>8550</x:v>
       </x:c>
       <x:c r="CN36" s="3" t="n">
-        <x:v>8167</x:v>
+        <x:v>8079</x:v>
       </x:c>
       <x:c r="CO36" s="3" t="n">
-        <x:v>7893</x:v>
+        <x:v>7808</x:v>
       </x:c>
       <x:c r="CP36" s="3" t="n">
-        <x:v>7161</x:v>
+        <x:v>7085</x:v>
       </x:c>
       <x:c r="CQ36" s="3" t="n">
-        <x:v>9196</x:v>
+        <x:v>9098</x:v>
       </x:c>
       <x:c r="CR36" s="3" t="n">
-        <x:v>8702</x:v>
+        <x:v>8609</x:v>
       </x:c>
       <x:c r="CS36" s="3" t="n">
-        <x:v>8418</x:v>
+        <x:v>8326</x:v>
       </x:c>
       <x:c r="CT36" s="3" t="n">
-        <x:v>7700</x:v>
+        <x:v>7615</x:v>
       </x:c>
       <x:c r="CU36" s="3" t="n">
-        <x:v>9843</x:v>
+        <x:v>9734</x:v>
       </x:c>
       <x:c r="CV36" s="3" t="n">
-        <x:v>9444</x:v>
+        <x:v>9342</x:v>
       </x:c>
       <x:c r="CW36" s="3" t="n">
-        <x:v>9039</x:v>
+        <x:v>8946</x:v>
       </x:c>
       <x:c r="CX36" s="3" t="n">
-        <x:v>8009</x:v>
+        <x:v>7932</x:v>
       </x:c>
       <x:c r="CY36" s="3" t="n">
-        <x:v>6079</x:v>
+        <x:v>6025</x:v>
       </x:c>
       <x:c r="CZ36" s="3" t="n">
-        <x:v>7809</x:v>
+        <x:v>7742</x:v>
       </x:c>
       <x:c r="DA36" s="3" t="n">
-        <x:v>7102</x:v>
+        <x:v>7043</x:v>
       </x:c>
       <x:c r="DB36" s="3" t="n">
-        <x:v>5191</x:v>
+        <x:v>5149</x:v>
       </x:c>
       <x:c r="DC36" s="3" t="n">
-        <x:v>6868</x:v>
+        <x:v>6811</x:v>
       </x:c>
       <x:c r="DD36" s="3" t="n">
-        <x:v>9333</x:v>
+        <x:v>9256</x:v>
       </x:c>
       <x:c r="DE36" s="3" t="n">
-        <x:v>9497</x:v>
+        <x:v>9416</x:v>
       </x:c>
       <x:c r="DF36" s="3" t="n">
-        <x:v>7851</x:v>
+        <x:v>7781</x:v>
       </x:c>
       <x:c r="DG36" s="3" t="n">
-        <x:v>11199</x:v>
+        <x:v>11093</x:v>
       </x:c>
       <x:c r="DH36" s="3" t="n">
-        <x:v>11281</x:v>
+        <x:v>11169</x:v>
       </x:c>
       <x:c r="DI36" s="3" t="n">
-        <x:v>10768</x:v>
+        <x:v>10653</x:v>
       </x:c>
       <x:c r="DJ36" s="3" t="n">
-        <x:v>9664</x:v>
+        <x:v>9553</x:v>
       </x:c>
       <x:c r="DK36" s="3" t="n">
-        <x:v>12273</x:v>
+        <x:v>12126</x:v>
       </x:c>
       <x:c r="DL36" s="3" t="n">
-        <x:v>11959</x:v>
+        <x:v>11810</x:v>
       </x:c>
       <x:c r="DM36" s="3" t="n">
-        <x:v>11146</x:v>
+        <x:v>11006</x:v>
       </x:c>
       <x:c r="DN36" s="3" t="n">
-        <x:v>10384</x:v>
+        <x:v>10302</x:v>
       </x:c>
       <x:c r="DO36" s="3" t="n">
-        <x:v>13010</x:v>
+        <x:v>12917</x:v>
       </x:c>
       <x:c r="DP36" s="3" t="n">
-        <x:v>12705</x:v>
+        <x:v>12582</x:v>
       </x:c>
       <x:c r="DQ36" s="3" t="n">
-        <x:v>11982</x:v>
+        <x:v>11845</x:v>
       </x:c>
       <x:c r="DR36" s="3" t="n">
-        <x:v>11282</x:v>
+        <x:v>11134</x:v>
       </x:c>
       <x:c r="DS36" s="3" t="n">
-        <x:v>14090</x:v>
+        <x:v>13940</x:v>
+      </x:c>
+      <x:c r="DT36" s="3" t="n">
+        <x:v>13590</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:123">
+    <x:row r="37" spans="1:124">
       <x:c r="A37" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>4440</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>4561</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
         <x:v>4680</x:v>
       </x:c>
       <x:c r="E37" s="3" t="n">
         <x:v>4663</x:v>
       </x:c>
       <x:c r="F37" s="3" t="n">
         <x:v>4893</x:v>
       </x:c>
       <x:c r="G37" s="3" t="n">
         <x:v>5055</x:v>
       </x:c>
       <x:c r="H37" s="3" t="n">
         <x:v>5143</x:v>
       </x:c>
       <x:c r="I37" s="3" t="n">
         <x:v>5176</x:v>
       </x:c>
@@ -13320,359 +13432,362 @@
       <x:c r="N37" s="3" t="n">
         <x:v>6367</x:v>
       </x:c>
       <x:c r="O37" s="3" t="n">
         <x:v>6660</x:v>
       </x:c>
       <x:c r="P37" s="3" t="n">
         <x:v>6806</x:v>
       </x:c>
       <x:c r="Q37" s="3" t="n">
         <x:v>6780</x:v>
       </x:c>
       <x:c r="R37" s="3" t="n">
         <x:v>7009</x:v>
       </x:c>
       <x:c r="S37" s="3" t="n">
         <x:v>7210</x:v>
       </x:c>
       <x:c r="T37" s="3" t="n">
         <x:v>7253</x:v>
       </x:c>
       <x:c r="U37" s="3" t="n">
         <x:v>7237</x:v>
       </x:c>
       <x:c r="V37" s="3" t="n">
-        <x:v>8246</x:v>
+        <x:v>8247</x:v>
       </x:c>
       <x:c r="W37" s="3" t="n">
-        <x:v>8579</x:v>
+        <x:v>8580</x:v>
       </x:c>
       <x:c r="X37" s="3" t="n">
         <x:v>8678</x:v>
       </x:c>
       <x:c r="Y37" s="3" t="n">
         <x:v>8679</x:v>
       </x:c>
       <x:c r="Z37" s="3" t="n">
-        <x:v>9350</x:v>
+        <x:v>9348</x:v>
       </x:c>
       <x:c r="AA37" s="3" t="n">
-        <x:v>9534</x:v>
+        <x:v>9532</x:v>
       </x:c>
       <x:c r="AB37" s="3" t="n">
-        <x:v>9633</x:v>
+        <x:v>9629</x:v>
       </x:c>
       <x:c r="AC37" s="3" t="n">
-        <x:v>9508</x:v>
+        <x:v>9503</x:v>
       </x:c>
       <x:c r="AD37" s="3" t="n">
-        <x:v>9471</x:v>
+        <x:v>9465</x:v>
       </x:c>
       <x:c r="AE37" s="3" t="n">
-        <x:v>9619</x:v>
+        <x:v>9611</x:v>
       </x:c>
       <x:c r="AF37" s="3" t="n">
-        <x:v>9693</x:v>
+        <x:v>9684</x:v>
       </x:c>
       <x:c r="AG37" s="3" t="n">
-        <x:v>9612</x:v>
+        <x:v>9601</x:v>
       </x:c>
       <x:c r="AH37" s="3" t="n">
-        <x:v>9063</x:v>
+        <x:v>9051</x:v>
       </x:c>
       <x:c r="AI37" s="3" t="n">
-        <x:v>9239</x:v>
+        <x:v>9225</x:v>
       </x:c>
       <x:c r="AJ37" s="3" t="n">
-        <x:v>9168</x:v>
+        <x:v>9154</x:v>
       </x:c>
       <x:c r="AK37" s="3" t="n">
-        <x:v>9067</x:v>
+        <x:v>9050</x:v>
       </x:c>
       <x:c r="AL37" s="3" t="n">
-        <x:v>9184</x:v>
+        <x:v>9166</x:v>
       </x:c>
       <x:c r="AM37" s="3" t="n">
-        <x:v>9503</x:v>
+        <x:v>9482</x:v>
       </x:c>
       <x:c r="AN37" s="3" t="n">
-        <x:v>9484</x:v>
+        <x:v>9462</x:v>
       </x:c>
       <x:c r="AO37" s="3" t="n">
-        <x:v>9603</x:v>
+        <x:v>9577</x:v>
       </x:c>
       <x:c r="AP37" s="3" t="n">
-        <x:v>9869</x:v>
+        <x:v>9843</x:v>
       </x:c>
       <x:c r="AQ37" s="3" t="n">
-        <x:v>10101</x:v>
+        <x:v>10071</x:v>
       </x:c>
       <x:c r="AR37" s="3" t="n">
-        <x:v>10034</x:v>
+        <x:v>10003</x:v>
       </x:c>
       <x:c r="AS37" s="3" t="n">
-        <x:v>10173</x:v>
+        <x:v>10137</x:v>
       </x:c>
       <x:c r="AT37" s="3" t="n">
-        <x:v>10470</x:v>
+        <x:v>10437</x:v>
       </x:c>
       <x:c r="AU37" s="3" t="n">
-        <x:v>10847</x:v>
+        <x:v>10810</x:v>
       </x:c>
       <x:c r="AV37" s="3" t="n">
-        <x:v>10854</x:v>
+        <x:v>10817</x:v>
       </x:c>
       <x:c r="AW37" s="3" t="n">
-        <x:v>11077</x:v>
+        <x:v>11037</x:v>
       </x:c>
       <x:c r="AX37" s="3" t="n">
-        <x:v>11675</x:v>
+        <x:v>11630</x:v>
       </x:c>
       <x:c r="AY37" s="3" t="n">
-        <x:v>12010</x:v>
+        <x:v>11963</x:v>
       </x:c>
       <x:c r="AZ37" s="3" t="n">
-        <x:v>12087</x:v>
+        <x:v>12038</x:v>
       </x:c>
       <x:c r="BA37" s="3" t="n">
-        <x:v>12507</x:v>
+        <x:v>12447</x:v>
       </x:c>
       <x:c r="BB37" s="3" t="n">
-        <x:v>12889</x:v>
+        <x:v>12820</x:v>
       </x:c>
       <x:c r="BC37" s="3" t="n">
-        <x:v>12822</x:v>
+        <x:v>12751</x:v>
       </x:c>
       <x:c r="BD37" s="3" t="n">
-        <x:v>13480</x:v>
+        <x:v>13406</x:v>
       </x:c>
       <x:c r="BE37" s="3" t="n">
-        <x:v>13667</x:v>
+        <x:v>13596</x:v>
       </x:c>
       <x:c r="BF37" s="3" t="n">
-        <x:v>13355</x:v>
+        <x:v>13288</x:v>
       </x:c>
       <x:c r="BG37" s="3" t="n">
-        <x:v>13442</x:v>
+        <x:v>13379</x:v>
       </x:c>
       <x:c r="BH37" s="3" t="n">
-        <x:v>13611</x:v>
+        <x:v>13547</x:v>
       </x:c>
       <x:c r="BI37" s="3" t="n">
-        <x:v>13593</x:v>
+        <x:v>13529</x:v>
       </x:c>
       <x:c r="BJ37" s="3" t="n">
-        <x:v>13684</x:v>
+        <x:v>13618</x:v>
       </x:c>
       <x:c r="BK37" s="3" t="n">
-        <x:v>13442</x:v>
+        <x:v>13375</x:v>
       </x:c>
       <x:c r="BL37" s="3" t="n">
-        <x:v>13955</x:v>
+        <x:v>13886</x:v>
       </x:c>
       <x:c r="BM37" s="3" t="n">
-        <x:v>14002</x:v>
+        <x:v>13933</x:v>
       </x:c>
       <x:c r="BN37" s="3" t="n">
-        <x:v>14748</x:v>
+        <x:v>14685</x:v>
       </x:c>
       <x:c r="BO37" s="3" t="n">
-        <x:v>14649</x:v>
+        <x:v>14590</x:v>
       </x:c>
       <x:c r="BP37" s="3" t="n">
-        <x:v>14581</x:v>
+        <x:v>14518</x:v>
       </x:c>
       <x:c r="BQ37" s="3" t="n">
-        <x:v>14882</x:v>
+        <x:v>14823</x:v>
       </x:c>
       <x:c r="BR37" s="3" t="n">
-        <x:v>15674</x:v>
+        <x:v>15614</x:v>
       </x:c>
       <x:c r="BS37" s="3" t="n">
-        <x:v>15980</x:v>
+        <x:v>15920</x:v>
       </x:c>
       <x:c r="BT37" s="3" t="n">
-        <x:v>15494</x:v>
+        <x:v>15435</x:v>
       </x:c>
       <x:c r="BU37" s="3" t="n">
-        <x:v>15447</x:v>
+        <x:v>15389</x:v>
       </x:c>
       <x:c r="BV37" s="3" t="n">
-        <x:v>16437</x:v>
+        <x:v>16380</x:v>
       </x:c>
       <x:c r="BW37" s="3" t="n">
-        <x:v>16103</x:v>
+        <x:v>16050</x:v>
       </x:c>
       <x:c r="BX37" s="3" t="n">
-        <x:v>16439</x:v>
+        <x:v>16386</x:v>
       </x:c>
       <x:c r="BY37" s="3" t="n">
-        <x:v>16337</x:v>
+        <x:v>16285</x:v>
       </x:c>
       <x:c r="BZ37" s="3" t="n">
-        <x:v>17540</x:v>
+        <x:v>17484</x:v>
       </x:c>
       <x:c r="CA37" s="3" t="n">
+        <x:v>16986</x:v>
+      </x:c>
+      <x:c r="CB37" s="3" t="n">
         <x:v>17041</x:v>
       </x:c>
-      <x:c r="CB37" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="CC37" s="3" t="n">
-        <x:v>17134</x:v>
+        <x:v>17082</x:v>
       </x:c>
       <x:c r="CD37" s="3" t="n">
-        <x:v>17990</x:v>
+        <x:v>17940</x:v>
       </x:c>
       <x:c r="CE37" s="3" t="n">
-        <x:v>18654</x:v>
+        <x:v>18604</x:v>
       </x:c>
       <x:c r="CF37" s="3" t="n">
-        <x:v>16805</x:v>
+        <x:v>16766</x:v>
       </x:c>
       <x:c r="CG37" s="3" t="n">
-        <x:v>18472</x:v>
+        <x:v>18424</x:v>
       </x:c>
       <x:c r="CH37" s="3" t="n">
-        <x:v>18098</x:v>
+        <x:v>18063</x:v>
       </x:c>
       <x:c r="CI37" s="3" t="n">
-        <x:v>19394</x:v>
+        <x:v>19340</x:v>
       </x:c>
       <x:c r="CJ37" s="3" t="n">
-        <x:v>17019</x:v>
+        <x:v>16983</x:v>
       </x:c>
       <x:c r="CK37" s="3" t="n">
-        <x:v>18601</x:v>
+        <x:v>18559</x:v>
       </x:c>
       <x:c r="CL37" s="3" t="n">
-        <x:v>18850</x:v>
+        <x:v>18812</x:v>
       </x:c>
       <x:c r="CM37" s="3" t="n">
-        <x:v>19828</x:v>
+        <x:v>19783</x:v>
       </x:c>
       <x:c r="CN37" s="3" t="n">
-        <x:v>18029</x:v>
+        <x:v>17993</x:v>
       </x:c>
       <x:c r="CO37" s="3" t="n">
-        <x:v>19655</x:v>
+        <x:v>19617</x:v>
       </x:c>
       <x:c r="CP37" s="3" t="n">
-        <x:v>19932</x:v>
+        <x:v>19906</x:v>
       </x:c>
       <x:c r="CQ37" s="3" t="n">
-        <x:v>21115</x:v>
+        <x:v>21077</x:v>
       </x:c>
       <x:c r="CR37" s="3" t="n">
-        <x:v>18972</x:v>
+        <x:v>18958</x:v>
       </x:c>
       <x:c r="CS37" s="3" t="n">
-        <x:v>20649</x:v>
+        <x:v>20633</x:v>
       </x:c>
       <x:c r="CT37" s="3" t="n">
-        <x:v>21213</x:v>
+        <x:v>21196</x:v>
       </x:c>
       <x:c r="CU37" s="3" t="n">
-        <x:v>22319</x:v>
+        <x:v>22291</x:v>
       </x:c>
       <x:c r="CV37" s="3" t="n">
-        <x:v>20744</x:v>
+        <x:v>20725</x:v>
       </x:c>
       <x:c r="CW37" s="3" t="n">
-        <x:v>22738</x:v>
+        <x:v>22708</x:v>
       </x:c>
       <x:c r="CX37" s="3" t="n">
-        <x:v>22074</x:v>
+        <x:v>22058</x:v>
       </x:c>
       <x:c r="CY37" s="3" t="n">
-        <x:v>22528</x:v>
+        <x:v>22497</x:v>
       </x:c>
       <x:c r="CZ37" s="3" t="n">
-        <x:v>20422</x:v>
+        <x:v>20397</x:v>
       </x:c>
       <x:c r="DA37" s="3" t="n">
-        <x:v>23110</x:v>
+        <x:v>23070</x:v>
       </x:c>
       <x:c r="DB37" s="3" t="n">
-        <x:v>23475</x:v>
+        <x:v>23453</x:v>
       </x:c>
       <x:c r="DC37" s="3" t="n">
-        <x:v>25031</x:v>
+        <x:v>24999</x:v>
       </x:c>
       <x:c r="DD37" s="3" t="n">
-        <x:v>23434</x:v>
+        <x:v>23433</x:v>
       </x:c>
       <x:c r="DE37" s="3" t="n">
-        <x:v>25481</x:v>
+        <x:v>25507</x:v>
       </x:c>
       <x:c r="DF37" s="3" t="n">
-        <x:v>26109</x:v>
+        <x:v>26190</x:v>
       </x:c>
       <x:c r="DG37" s="3" t="n">
-        <x:v>27896</x:v>
+        <x:v>27978</x:v>
       </x:c>
       <x:c r="DH37" s="3" t="n">
-        <x:v>26332</x:v>
+        <x:v>26388</x:v>
       </x:c>
       <x:c r="DI37" s="3" t="n">
-        <x:v>28490</x:v>
+        <x:v>28480</x:v>
       </x:c>
       <x:c r="DJ37" s="3" t="n">
-        <x:v>29664</x:v>
+        <x:v>29536</x:v>
       </x:c>
       <x:c r="DK37" s="3" t="n">
-        <x:v>30821</x:v>
+        <x:v>30573</x:v>
       </x:c>
       <x:c r="DL37" s="3" t="n">
-        <x:v>28847</x:v>
+        <x:v>28559</x:v>
       </x:c>
       <x:c r="DM37" s="3" t="n">
-        <x:v>31364</x:v>
+        <x:v>30999</x:v>
       </x:c>
       <x:c r="DN37" s="3" t="n">
-        <x:v>31450</x:v>
+        <x:v>31295</x:v>
       </x:c>
       <x:c r="DO37" s="3" t="n">
-        <x:v>33010</x:v>
+        <x:v>32823</x:v>
       </x:c>
       <x:c r="DP37" s="3" t="n">
-        <x:v>30512</x:v>
+        <x:v>30365</x:v>
       </x:c>
       <x:c r="DQ37" s="3" t="n">
-        <x:v>32323</x:v>
+        <x:v>32066</x:v>
       </x:c>
       <x:c r="DR37" s="3" t="n">
-        <x:v>32730</x:v>
+        <x:v>32512</x:v>
       </x:c>
       <x:c r="DS37" s="3" t="n">
-        <x:v>34261</x:v>
+        <x:v>34105</x:v>
+      </x:c>
+      <x:c r="DT37" s="3" t="n">
+        <x:v>31383</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:123">
+    <x:row r="38" spans="1:124">
       <x:c r="A38" s="2" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>3991</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
         <x:v>4025</x:v>
       </x:c>
       <x:c r="D38" s="3" t="n">
         <x:v>4182</x:v>
       </x:c>
       <x:c r="E38" s="3" t="n">
         <x:v>4161</x:v>
       </x:c>
       <x:c r="F38" s="3" t="n">
         <x:v>4090</x:v>
       </x:c>
       <x:c r="G38" s="3" t="n">
         <x:v>4203</x:v>
       </x:c>
       <x:c r="H38" s="3" t="n">
         <x:v>4280</x:v>
       </x:c>
       <x:c r="I38" s="3" t="n">
         <x:v>4241</x:v>
       </x:c>
@@ -13691,359 +13806,362 @@
       <x:c r="N38" s="3" t="n">
         <x:v>4180</x:v>
       </x:c>
       <x:c r="O38" s="3" t="n">
         <x:v>4321</x:v>
       </x:c>
       <x:c r="P38" s="3" t="n">
         <x:v>4485</x:v>
       </x:c>
       <x:c r="Q38" s="3" t="n">
         <x:v>4425</x:v>
       </x:c>
       <x:c r="R38" s="3" t="n">
         <x:v>4561</x:v>
       </x:c>
       <x:c r="S38" s="3" t="n">
         <x:v>4713</x:v>
       </x:c>
       <x:c r="T38" s="3" t="n">
         <x:v>4880</x:v>
       </x:c>
       <x:c r="U38" s="3" t="n">
         <x:v>4857</x:v>
       </x:c>
       <x:c r="V38" s="3" t="n">
-        <x:v>5096</x:v>
+        <x:v>5097</x:v>
       </x:c>
       <x:c r="W38" s="3" t="n">
         <x:v>5224</x:v>
       </x:c>
       <x:c r="X38" s="3" t="n">
         <x:v>5285</x:v>
       </x:c>
       <x:c r="Y38" s="3" t="n">
-        <x:v>5194</x:v>
+        <x:v>5193</x:v>
       </x:c>
       <x:c r="Z38" s="3" t="n">
-        <x:v>5456</x:v>
+        <x:v>5454</x:v>
       </x:c>
       <x:c r="AA38" s="3" t="n">
-        <x:v>5466</x:v>
+        <x:v>5462</x:v>
       </x:c>
       <x:c r="AB38" s="3" t="n">
-        <x:v>5703</x:v>
+        <x:v>5697</x:v>
       </x:c>
       <x:c r="AC38" s="3" t="n">
-        <x:v>5696</x:v>
+        <x:v>5688</x:v>
       </x:c>
       <x:c r="AD38" s="3" t="n">
-        <x:v>5733</x:v>
+        <x:v>5723</x:v>
       </x:c>
       <x:c r="AE38" s="3" t="n">
-        <x:v>5808</x:v>
+        <x:v>5794</x:v>
       </x:c>
       <x:c r="AF38" s="3" t="n">
-        <x:v>5955</x:v>
+        <x:v>5939</x:v>
       </x:c>
       <x:c r="AG38" s="3" t="n">
-        <x:v>5942</x:v>
+        <x:v>5923</x:v>
       </x:c>
       <x:c r="AH38" s="3" t="n">
-        <x:v>6010</x:v>
+        <x:v>5989</x:v>
       </x:c>
       <x:c r="AI38" s="3" t="n">
-        <x:v>6065</x:v>
+        <x:v>6042</x:v>
       </x:c>
       <x:c r="AJ38" s="3" t="n">
-        <x:v>6043</x:v>
+        <x:v>6016</x:v>
       </x:c>
       <x:c r="AK38" s="3" t="n">
-        <x:v>6019</x:v>
+        <x:v>5989</x:v>
       </x:c>
       <x:c r="AL38" s="3" t="n">
-        <x:v>6460</x:v>
+        <x:v>6424</x:v>
       </x:c>
       <x:c r="AM38" s="3" t="n">
-        <x:v>6513</x:v>
+        <x:v>6473</x:v>
       </x:c>
       <x:c r="AN38" s="3" t="n">
-        <x:v>6453</x:v>
+        <x:v>6410</x:v>
       </x:c>
       <x:c r="AO38" s="3" t="n">
-        <x:v>6490</x:v>
+        <x:v>6441</x:v>
       </x:c>
       <x:c r="AP38" s="3" t="n">
-        <x:v>6663</x:v>
+        <x:v>6608</x:v>
       </x:c>
       <x:c r="AQ38" s="3" t="n">
-        <x:v>6829</x:v>
+        <x:v>6768</x:v>
       </x:c>
       <x:c r="AR38" s="3" t="n">
-        <x:v>7016</x:v>
+        <x:v>6949</x:v>
       </x:c>
       <x:c r="AS38" s="3" t="n">
-        <x:v>7061</x:v>
+        <x:v>6989</x:v>
       </x:c>
       <x:c r="AT38" s="3" t="n">
-        <x:v>7146</x:v>
+        <x:v>7068</x:v>
       </x:c>
       <x:c r="AU38" s="3" t="n">
-        <x:v>7386</x:v>
+        <x:v>7302</x:v>
       </x:c>
       <x:c r="AV38" s="3" t="n">
-        <x:v>7597</x:v>
+        <x:v>7507</x:v>
       </x:c>
       <x:c r="AW38" s="3" t="n">
-        <x:v>7696</x:v>
+        <x:v>7602</x:v>
       </x:c>
       <x:c r="AX38" s="3" t="n">
-        <x:v>8257</x:v>
+        <x:v>8155</x:v>
       </x:c>
       <x:c r="AY38" s="3" t="n">
-        <x:v>8313</x:v>
+        <x:v>8207</x:v>
       </x:c>
       <x:c r="AZ38" s="3" t="n">
-        <x:v>8555</x:v>
+        <x:v>8441</x:v>
       </x:c>
       <x:c r="BA38" s="3" t="n">
-        <x:v>8511</x:v>
+        <x:v>8392</x:v>
       </x:c>
       <x:c r="BB38" s="3" t="n">
-        <x:v>8998</x:v>
+        <x:v>8865</x:v>
       </x:c>
       <x:c r="BC38" s="3" t="n">
-        <x:v>9314</x:v>
+        <x:v>9171</x:v>
       </x:c>
       <x:c r="BD38" s="3" t="n">
-        <x:v>9417</x:v>
+        <x:v>9269</x:v>
       </x:c>
       <x:c r="BE38" s="3" t="n">
-        <x:v>9606</x:v>
+        <x:v>9454</x:v>
       </x:c>
       <x:c r="BF38" s="3" t="n">
-        <x:v>9650</x:v>
+        <x:v>9499</x:v>
       </x:c>
       <x:c r="BG38" s="3" t="n">
-        <x:v>9787</x:v>
+        <x:v>9635</x:v>
       </x:c>
       <x:c r="BH38" s="3" t="n">
-        <x:v>9885</x:v>
+        <x:v>9731</x:v>
       </x:c>
       <x:c r="BI38" s="3" t="n">
-        <x:v>9825</x:v>
+        <x:v>9671</x:v>
       </x:c>
       <x:c r="BJ38" s="3" t="n">
-        <x:v>9702</x:v>
+        <x:v>9549</x:v>
       </x:c>
       <x:c r="BK38" s="3" t="n">
-        <x:v>9684</x:v>
+        <x:v>9530</x:v>
       </x:c>
       <x:c r="BL38" s="3" t="n">
-        <x:v>10107</x:v>
+        <x:v>9945</x:v>
       </x:c>
       <x:c r="BM38" s="3" t="n">
-        <x:v>10052</x:v>
+        <x:v>9890</x:v>
       </x:c>
       <x:c r="BN38" s="3" t="n">
-        <x:v>10279</x:v>
+        <x:v>10112</x:v>
       </x:c>
       <x:c r="BO38" s="3" t="n">
-        <x:v>9915</x:v>
+        <x:v>9753</x:v>
       </x:c>
       <x:c r="BP38" s="3" t="n">
-        <x:v>10083</x:v>
+        <x:v>9919</x:v>
       </x:c>
       <x:c r="BQ38" s="3" t="n">
-        <x:v>10111</x:v>
+        <x:v>9946</x:v>
       </x:c>
       <x:c r="BR38" s="3" t="n">
-        <x:v>10480</x:v>
+        <x:v>10310</x:v>
       </x:c>
       <x:c r="BS38" s="3" t="n">
-        <x:v>10820</x:v>
+        <x:v>10644</x:v>
       </x:c>
       <x:c r="BT38" s="3" t="n">
-        <x:v>10337</x:v>
+        <x:v>10169</x:v>
       </x:c>
       <x:c r="BU38" s="3" t="n">
-        <x:v>10557</x:v>
+        <x:v>10384</x:v>
       </x:c>
       <x:c r="BV38" s="3" t="n">
-        <x:v>10869</x:v>
+        <x:v>10688</x:v>
       </x:c>
       <x:c r="BW38" s="3" t="n">
-        <x:v>10959</x:v>
+        <x:v>10775</x:v>
       </x:c>
       <x:c r="BX38" s="3" t="n">
-        <x:v>10829</x:v>
+        <x:v>10647</x:v>
       </x:c>
       <x:c r="BY38" s="3" t="n">
-        <x:v>10726</x:v>
+        <x:v>10547</x:v>
       </x:c>
       <x:c r="BZ38" s="3" t="n">
-        <x:v>11333</x:v>
+        <x:v>11145</x:v>
       </x:c>
       <x:c r="CA38" s="3" t="n">
-        <x:v>11547</x:v>
+        <x:v>11356</x:v>
       </x:c>
       <x:c r="CB38" s="3" t="n">
-        <x:v>11185</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="CC38" s="3" t="n">
-        <x:v>11281</x:v>
+        <x:v>11096</x:v>
       </x:c>
       <x:c r="CD38" s="3" t="n">
-        <x:v>13106</x:v>
+        <x:v>12890</x:v>
       </x:c>
       <x:c r="CE38" s="3" t="n">
-        <x:v>11581</x:v>
+        <x:v>11390</x:v>
       </x:c>
       <x:c r="CF38" s="3" t="n">
-        <x:v>9755</x:v>
+        <x:v>9595</x:v>
       </x:c>
       <x:c r="CG38" s="3" t="n">
-        <x:v>11878</x:v>
+        <x:v>11684</x:v>
       </x:c>
       <x:c r="CH38" s="3" t="n">
-        <x:v>12762</x:v>
+        <x:v>12555</x:v>
       </x:c>
       <x:c r="CI38" s="3" t="n">
-        <x:v>11981</x:v>
+        <x:v>11788</x:v>
       </x:c>
       <x:c r="CJ38" s="3" t="n">
-        <x:v>10242</x:v>
+        <x:v>10077</x:v>
       </x:c>
       <x:c r="CK38" s="3" t="n">
-        <x:v>12469</x:v>
+        <x:v>12268</x:v>
       </x:c>
       <x:c r="CL38" s="3" t="n">
-        <x:v>12580</x:v>
+        <x:v>12377</x:v>
       </x:c>
       <x:c r="CM38" s="3" t="n">
-        <x:v>12231</x:v>
+        <x:v>12033</x:v>
       </x:c>
       <x:c r="CN38" s="3" t="n">
-        <x:v>10466</x:v>
+        <x:v>10295</x:v>
       </x:c>
       <x:c r="CO38" s="3" t="n">
-        <x:v>12220</x:v>
+        <x:v>12021</x:v>
       </x:c>
       <x:c r="CP38" s="3" t="n">
-        <x:v>13179</x:v>
+        <x:v>12964</x:v>
       </x:c>
       <x:c r="CQ38" s="3" t="n">
-        <x:v>12542</x:v>
+        <x:v>12339</x:v>
       </x:c>
       <x:c r="CR38" s="3" t="n">
-        <x:v>10904</x:v>
+        <x:v>10732</x:v>
       </x:c>
       <x:c r="CS38" s="3" t="n">
-        <x:v>12517</x:v>
+        <x:v>12327</x:v>
       </x:c>
       <x:c r="CT38" s="3" t="n">
-        <x:v>13508</x:v>
+        <x:v>13314</x:v>
       </x:c>
       <x:c r="CU38" s="3" t="n">
-        <x:v>12943</x:v>
+        <x:v>12761</x:v>
       </x:c>
       <x:c r="CV38" s="3" t="n">
-        <x:v>11543</x:v>
+        <x:v>11378</x:v>
       </x:c>
       <x:c r="CW38" s="3" t="n">
-        <x:v>12586</x:v>
+        <x:v>12397</x:v>
       </x:c>
       <x:c r="CX38" s="3" t="n">
-        <x:v>14005</x:v>
+        <x:v>13778</x:v>
       </x:c>
       <x:c r="CY38" s="3" t="n">
-        <x:v>13732</x:v>
+        <x:v>13506</x:v>
       </x:c>
       <x:c r="CZ38" s="3" t="n">
-        <x:v>11845</x:v>
+        <x:v>11660</x:v>
       </x:c>
       <x:c r="DA38" s="3" t="n">
-        <x:v>13106</x:v>
+        <x:v>12921</x:v>
       </x:c>
       <x:c r="DB38" s="3" t="n">
-        <x:v>14881</x:v>
+        <x:v>14710</x:v>
       </x:c>
       <x:c r="DC38" s="3" t="n">
-        <x:v>14741</x:v>
+        <x:v>14600</x:v>
       </x:c>
       <x:c r="DD38" s="3" t="n">
-        <x:v>12633</x:v>
+        <x:v>12531</x:v>
       </x:c>
       <x:c r="DE38" s="3" t="n">
-        <x:v>14054</x:v>
+        <x:v>13954</x:v>
       </x:c>
       <x:c r="DF38" s="3" t="n">
-        <x:v>15858</x:v>
+        <x:v>15751</x:v>
       </x:c>
       <x:c r="DG38" s="3" t="n">
-        <x:v>15614</x:v>
+        <x:v>15489</x:v>
       </x:c>
       <x:c r="DH38" s="3" t="n">
-        <x:v>13816</x:v>
+        <x:v>13666</x:v>
       </x:c>
       <x:c r="DI38" s="3" t="n">
-        <x:v>14969</x:v>
+        <x:v>14742</x:v>
       </x:c>
       <x:c r="DJ38" s="3" t="n">
-        <x:v>17456</x:v>
+        <x:v>17089</x:v>
       </x:c>
       <x:c r="DK38" s="3" t="n">
-        <x:v>16576</x:v>
+        <x:v>16158</x:v>
       </x:c>
       <x:c r="DL38" s="3" t="n">
-        <x:v>15199</x:v>
+        <x:v>14772</x:v>
       </x:c>
       <x:c r="DM38" s="3" t="n">
-        <x:v>16842</x:v>
+        <x:v>16344</x:v>
       </x:c>
       <x:c r="DN38" s="3" t="n">
-        <x:v>17952</x:v>
+        <x:v>17726</x:v>
       </x:c>
       <x:c r="DO38" s="3" t="n">
-        <x:v>18321</x:v>
+        <x:v>18083</x:v>
       </x:c>
       <x:c r="DP38" s="3" t="n">
-        <x:v>16174</x:v>
+        <x:v>15993</x:v>
       </x:c>
       <x:c r="DQ38" s="3" t="n">
-        <x:v>17688</x:v>
+        <x:v>17464</x:v>
       </x:c>
       <x:c r="DR38" s="3" t="n">
-        <x:v>19486</x:v>
+        <x:v>19219</x:v>
       </x:c>
       <x:c r="DS38" s="3" t="n">
-        <x:v>19061</x:v>
+        <x:v>18803</x:v>
+      </x:c>
+      <x:c r="DT38" s="3" t="n">
+        <x:v>16653</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:123">
+    <x:row r="39" spans="1:124">
       <x:c r="A39" s="2" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>509</x:v>
       </x:c>
       <x:c r="D39" s="3" t="n">
         <x:v>537</x:v>
       </x:c>
       <x:c r="E39" s="3" t="n">
         <x:v>542</x:v>
       </x:c>
       <x:c r="F39" s="3" t="n">
         <x:v>563</x:v>
       </x:c>
       <x:c r="G39" s="3" t="n">
         <x:v>593</x:v>
       </x:c>
       <x:c r="H39" s="3" t="n">
         <x:v>620</x:v>
       </x:c>
       <x:c r="I39" s="3" t="n">
         <x:v>637</x:v>
       </x:c>
@@ -14080,341 +14198,344 @@
       <x:c r="T39" s="3" t="n">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="U39" s="3" t="n">
         <x:v>1131</x:v>
       </x:c>
       <x:c r="V39" s="3" t="n">
         <x:v>1233</x:v>
       </x:c>
       <x:c r="W39" s="3" t="n">
         <x:v>1298</x:v>
       </x:c>
       <x:c r="X39" s="3" t="n">
         <x:v>1345</x:v>
       </x:c>
       <x:c r="Y39" s="3" t="n">
         <x:v>1363</x:v>
       </x:c>
       <x:c r="Z39" s="3" t="n">
         <x:v>1373</x:v>
       </x:c>
       <x:c r="AA39" s="3" t="n">
         <x:v>1424</x:v>
       </x:c>
       <x:c r="AB39" s="3" t="n">
-        <x:v>1462</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="AC39" s="3" t="n">
-        <x:v>1458</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="AD39" s="3" t="n">
-        <x:v>1479</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="AE39" s="3" t="n">
-        <x:v>1503</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="AF39" s="3" t="n">
-        <x:v>1536</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="AG39" s="3" t="n">
-        <x:v>1524</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="AH39" s="3" t="n">
-        <x:v>1530</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="AI39" s="3" t="n">
-        <x:v>1560</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="AJ39" s="3" t="n">
-        <x:v>1576</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="AK39" s="3" t="n">
-        <x:v>1562</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="AL39" s="3" t="n">
-        <x:v>1619</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="AM39" s="3" t="n">
-        <x:v>1699</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="AN39" s="3" t="n">
-        <x:v>1718</x:v>
+        <x:v>1706</x:v>
       </x:c>
       <x:c r="AO39" s="3" t="n">
-        <x:v>1738</x:v>
+        <x:v>1724</x:v>
       </x:c>
       <x:c r="AP39" s="3" t="n">
-        <x:v>1820</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="AQ39" s="3" t="n">
-        <x:v>1851</x:v>
+        <x:v>1834</x:v>
       </x:c>
       <x:c r="AR39" s="3" t="n">
-        <x:v>1879</x:v>
+        <x:v>1860</x:v>
       </x:c>
       <x:c r="AS39" s="3" t="n">
-        <x:v>1896</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="AT39" s="3" t="n">
-        <x:v>2002</x:v>
+        <x:v>1979</x:v>
       </x:c>
       <x:c r="AU39" s="3" t="n">
-        <x:v>2088</x:v>
+        <x:v>2062</x:v>
       </x:c>
       <x:c r="AV39" s="3" t="n">
-        <x:v>2140</x:v>
+        <x:v>2112</x:v>
       </x:c>
       <x:c r="AW39" s="3" t="n">
-        <x:v>2187</x:v>
+        <x:v>2157</x:v>
       </x:c>
       <x:c r="AX39" s="3" t="n">
-        <x:v>2418</x:v>
+        <x:v>2384</x:v>
       </x:c>
       <x:c r="AY39" s="3" t="n">
-        <x:v>2525</x:v>
+        <x:v>2488</x:v>
       </x:c>
       <x:c r="AZ39" s="3" t="n">
-        <x:v>2595</x:v>
+        <x:v>2556</x:v>
       </x:c>
       <x:c r="BA39" s="3" t="n">
-        <x:v>2663</x:v>
+        <x:v>2622</x:v>
       </x:c>
       <x:c r="BB39" s="3" t="n">
-        <x:v>2801</x:v>
+        <x:v>2757</x:v>
       </x:c>
       <x:c r="BC39" s="3" t="n">
-        <x:v>2874</x:v>
+        <x:v>2829</x:v>
       </x:c>
       <x:c r="BD39" s="3" t="n">
-        <x:v>2939</x:v>
+        <x:v>2893</x:v>
       </x:c>
       <x:c r="BE39" s="3" t="n">
-        <x:v>3062</x:v>
+        <x:v>3014</x:v>
       </x:c>
       <x:c r="BF39" s="3" t="n">
-        <x:v>2821</x:v>
+        <x:v>2778</x:v>
       </x:c>
       <x:c r="BG39" s="3" t="n">
-        <x:v>2840</x:v>
+        <x:v>2797</x:v>
       </x:c>
       <x:c r="BH39" s="3" t="n">
-        <x:v>2938</x:v>
+        <x:v>2893</x:v>
       </x:c>
       <x:c r="BI39" s="3" t="n">
-        <x:v>3025</x:v>
+        <x:v>2978</x:v>
       </x:c>
       <x:c r="BJ39" s="3" t="n">
-        <x:v>2888</x:v>
+        <x:v>2842</x:v>
       </x:c>
       <x:c r="BK39" s="3" t="n">
-        <x:v>2922</x:v>
+        <x:v>2875</x:v>
       </x:c>
       <x:c r="BL39" s="3" t="n">
-        <x:v>3080</x:v>
+        <x:v>3030</x:v>
       </x:c>
       <x:c r="BM39" s="3" t="n">
-        <x:v>3118</x:v>
+        <x:v>3067</x:v>
       </x:c>
       <x:c r="BN39" s="3" t="n">
-        <x:v>3167</x:v>
+        <x:v>3115</x:v>
       </x:c>
       <x:c r="BO39" s="3" t="n">
-        <x:v>3254</x:v>
+        <x:v>3202</x:v>
       </x:c>
       <x:c r="BP39" s="3" t="n">
-        <x:v>3410</x:v>
+        <x:v>3356</x:v>
       </x:c>
       <x:c r="BQ39" s="3" t="n">
-        <x:v>3282</x:v>
+        <x:v>3230</x:v>
       </x:c>
       <x:c r="BR39" s="3" t="n">
-        <x:v>3664</x:v>
+        <x:v>3607</x:v>
       </x:c>
       <x:c r="BS39" s="3" t="n">
-        <x:v>3590</x:v>
+        <x:v>3535</x:v>
       </x:c>
       <x:c r="BT39" s="3" t="n">
-        <x:v>3743</x:v>
+        <x:v>3686</x:v>
       </x:c>
       <x:c r="BU39" s="3" t="n">
-        <x:v>3719</x:v>
+        <x:v>3662</x:v>
       </x:c>
       <x:c r="BV39" s="3" t="n">
-        <x:v>3612</x:v>
+        <x:v>3556</x:v>
       </x:c>
       <x:c r="BW39" s="3" t="n">
-        <x:v>3812</x:v>
+        <x:v>3752</x:v>
       </x:c>
       <x:c r="BX39" s="3" t="n">
-        <x:v>3941</x:v>
+        <x:v>3879</x:v>
       </x:c>
       <x:c r="BY39" s="3" t="n">
-        <x:v>3801</x:v>
+        <x:v>3742</x:v>
       </x:c>
       <x:c r="BZ39" s="3" t="n">
-        <x:v>3884</x:v>
+        <x:v>3824</x:v>
       </x:c>
       <x:c r="CA39" s="3" t="n">
-        <x:v>3982</x:v>
+        <x:v>3921</x:v>
       </x:c>
       <x:c r="CB39" s="3" t="n">
-        <x:v>3992</x:v>
+        <x:v>3932</x:v>
       </x:c>
       <x:c r="CC39" s="3" t="n">
-        <x:v>4014</x:v>
+        <x:v>3954</x:v>
       </x:c>
       <x:c r="CD39" s="3" t="n">
-        <x:v>3900</x:v>
+        <x:v>3840</x:v>
       </x:c>
       <x:c r="CE39" s="3" t="n">
-        <x:v>4492</x:v>
+        <x:v>4423</x:v>
       </x:c>
       <x:c r="CF39" s="3" t="n">
-        <x:v>3889</x:v>
+        <x:v>3828</x:v>
       </x:c>
       <x:c r="CG39" s="3" t="n">
-        <x:v>4601</x:v>
+        <x:v>4529</x:v>
       </x:c>
       <x:c r="CH39" s="3" t="n">
-        <x:v>3848</x:v>
+        <x:v>3787</x:v>
       </x:c>
       <x:c r="CI39" s="3" t="n">
-        <x:v>5093</x:v>
+        <x:v>5012</x:v>
       </x:c>
       <x:c r="CJ39" s="3" t="n">
-        <x:v>3980</x:v>
+        <x:v>3918</x:v>
       </x:c>
       <x:c r="CK39" s="3" t="n">
-        <x:v>4689</x:v>
+        <x:v>4617</x:v>
       </x:c>
       <x:c r="CL39" s="3" t="n">
-        <x:v>4046</x:v>
+        <x:v>3987</x:v>
       </x:c>
       <x:c r="CM39" s="3" t="n">
+        <x:v>5318</x:v>
+      </x:c>
+      <x:c r="CN39" s="3" t="n">
+        <x:v>4177</x:v>
+      </x:c>
+      <x:c r="CO39" s="3" t="n">
+        <x:v>4767</x:v>
+      </x:c>
+      <x:c r="CP39" s="3" t="n">
+        <x:v>4221</x:v>
+      </x:c>
+      <x:c r="CQ39" s="3" t="n">
+        <x:v>5532</x:v>
+      </x:c>
+      <x:c r="CR39" s="3" t="n">
+        <x:v>4387</x:v>
+      </x:c>
+      <x:c r="CS39" s="3" t="n">
+        <x:v>5011</x:v>
+      </x:c>
+      <x:c r="CT39" s="3" t="n">
+        <x:v>4246</x:v>
+      </x:c>
+      <x:c r="CU39" s="3" t="n">
+        <x:v>5487</x:v>
+      </x:c>
+      <x:c r="CV39" s="3" t="n">
+        <x:v>4576</x:v>
+      </x:c>
+      <x:c r="CW39" s="3" t="n">
+        <x:v>5247</x:v>
+      </x:c>
+      <x:c r="CX39" s="3" t="n">
+        <x:v>4719</x:v>
+      </x:c>
+      <x:c r="CY39" s="3" t="n">
+        <x:v>5667</x:v>
+      </x:c>
+      <x:c r="CZ39" s="3" t="n">
+        <x:v>4944</x:v>
+      </x:c>
+      <x:c r="DA39" s="3" t="n">
+        <x:v>5532</x:v>
+      </x:c>
+      <x:c r="DB39" s="3" t="n">
+        <x:v>4933</x:v>
+      </x:c>
+      <x:c r="DC39" s="3" t="n">
+        <x:v>6452</x:v>
+      </x:c>
+      <x:c r="DD39" s="3" t="n">
         <x:v>5394</x:v>
       </x:c>
-      <x:c r="CN39" s="3" t="n">
-[...49 lines deleted...]
-      </x:c>
       <x:c r="DE39" s="3" t="n">
-        <x:v>6090</x:v>
+        <x:v>6002</x:v>
       </x:c>
       <x:c r="DF39" s="3" t="n">
-        <x:v>5491</x:v>
+        <x:v>5410</x:v>
       </x:c>
       <x:c r="DG39" s="3" t="n">
-        <x:v>7301</x:v>
+        <x:v>7190</x:v>
       </x:c>
       <x:c r="DH39" s="3" t="n">
-        <x:v>5821</x:v>
+        <x:v>5730</x:v>
       </x:c>
       <x:c r="DI39" s="3" t="n">
-        <x:v>6489</x:v>
+        <x:v>6382</x:v>
       </x:c>
       <x:c r="DJ39" s="3" t="n">
-        <x:v>5807</x:v>
+        <x:v>5707</x:v>
       </x:c>
       <x:c r="DK39" s="3" t="n">
-        <x:v>7521</x:v>
+        <x:v>7387</x:v>
       </x:c>
       <x:c r="DL39" s="3" t="n">
-        <x:v>6213</x:v>
+        <x:v>6100</x:v>
       </x:c>
       <x:c r="DM39" s="3" t="n">
-        <x:v>6614</x:v>
+        <x:v>6493</x:v>
       </x:c>
       <x:c r="DN39" s="3" t="n">
-        <x:v>6056</x:v>
+        <x:v>5975</x:v>
       </x:c>
       <x:c r="DO39" s="3" t="n">
-        <x:v>7916</x:v>
+        <x:v>7818</x:v>
       </x:c>
       <x:c r="DP39" s="3" t="n">
-        <x:v>6490</x:v>
+        <x:v>6390</x:v>
       </x:c>
       <x:c r="DQ39" s="3" t="n">
-        <x:v>7019</x:v>
+        <x:v>6900</x:v>
       </x:c>
       <x:c r="DR39" s="3" t="n">
-        <x:v>6541</x:v>
+        <x:v>6443</x:v>
       </x:c>
       <x:c r="DS39" s="3" t="n">
-        <x:v>8503</x:v>
+        <x:v>8390</x:v>
+      </x:c>
+      <x:c r="DT39" s="3" t="n">
+        <x:v>6733</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:123">
+    <x:row r="40" spans="1:124">
       <x:c r="A40" s="2" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
@@ -14738,796 +14859,805 @@
       </x:c>
       <x:c r="DL40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DM40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DN40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DO40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DP40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DQ40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DR40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="DS40" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
+      <x:c r="DT40" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
     </x:row>
-    <x:row r="41" spans="1:123">
+    <x:row r="41" spans="1:124">
       <x:c r="A41" s="2" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
         <x:v>4514</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>4609</x:v>
       </x:c>
       <x:c r="D41" s="3" t="n">
         <x:v>4862</x:v>
       </x:c>
       <x:c r="E41" s="3" t="n">
         <x:v>4902</x:v>
       </x:c>
       <x:c r="F41" s="3" t="n">
         <x:v>4794</x:v>
       </x:c>
       <x:c r="G41" s="3" t="n">
         <x:v>5044</x:v>
       </x:c>
       <x:c r="H41" s="3" t="n">
         <x:v>5275</x:v>
       </x:c>
       <x:c r="I41" s="3" t="n">
         <x:v>5419</x:v>
       </x:c>
       <x:c r="J41" s="3" t="n">
         <x:v>5617</x:v>
       </x:c>
       <x:c r="K41" s="3" t="n">
         <x:v>5844</x:v>
       </x:c>
       <x:c r="L41" s="3" t="n">
         <x:v>6115</x:v>
       </x:c>
       <x:c r="M41" s="3" t="n">
         <x:v>6204</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>6339</x:v>
       </x:c>
       <x:c r="O41" s="3" t="n">
         <x:v>6717</x:v>
       </x:c>
       <x:c r="P41" s="3" t="n">
         <x:v>7034</x:v>
       </x:c>
       <x:c r="Q41" s="3" t="n">
         <x:v>6952</x:v>
       </x:c>
       <x:c r="R41" s="3" t="n">
-        <x:v>7086</x:v>
+        <x:v>7085</x:v>
       </x:c>
       <x:c r="S41" s="3" t="n">
-        <x:v>7386</x:v>
+        <x:v>7385</x:v>
       </x:c>
       <x:c r="T41" s="3" t="n">
         <x:v>7543</x:v>
       </x:c>
       <x:c r="U41" s="3" t="n">
         <x:v>7573</x:v>
       </x:c>
       <x:c r="V41" s="3" t="n">
-        <x:v>7419</x:v>
+        <x:v>7421</x:v>
       </x:c>
       <x:c r="W41" s="3" t="n">
-        <x:v>7808</x:v>
+        <x:v>7809</x:v>
       </x:c>
       <x:c r="X41" s="3" t="n">
         <x:v>8077</x:v>
       </x:c>
       <x:c r="Y41" s="3" t="n">
-        <x:v>8164</x:v>
+        <x:v>8162</x:v>
       </x:c>
       <x:c r="Z41" s="3" t="n">
-        <x:v>8082</x:v>
+        <x:v>8076</x:v>
       </x:c>
       <x:c r="AA41" s="3" t="n">
-        <x:v>8348</x:v>
+        <x:v>8337</x:v>
       </x:c>
       <x:c r="AB41" s="3" t="n">
-        <x:v>8536</x:v>
+        <x:v>8520</x:v>
       </x:c>
       <x:c r="AC41" s="3" t="n">
-        <x:v>8486</x:v>
+        <x:v>8464</x:v>
       </x:c>
       <x:c r="AD41" s="3" t="n">
-        <x:v>8715</x:v>
+        <x:v>8686</x:v>
       </x:c>
       <x:c r="AE41" s="3" t="n">
-        <x:v>8829</x:v>
+        <x:v>8792</x:v>
       </x:c>
       <x:c r="AF41" s="3" t="n">
-        <x:v>8994</x:v>
+        <x:v>8949</x:v>
       </x:c>
       <x:c r="AG41" s="3" t="n">
-        <x:v>8898</x:v>
+        <x:v>8847</x:v>
       </x:c>
       <x:c r="AH41" s="3" t="n">
-        <x:v>8809</x:v>
+        <x:v>8753</x:v>
       </x:c>
       <x:c r="AI41" s="3" t="n">
-        <x:v>8948</x:v>
+        <x:v>8884</x:v>
       </x:c>
       <x:c r="AJ41" s="3" t="n">
-        <x:v>9015</x:v>
+        <x:v>8942</x:v>
       </x:c>
       <x:c r="AK41" s="3" t="n">
-        <x:v>8905</x:v>
+        <x:v>8824</x:v>
       </x:c>
       <x:c r="AL41" s="3" t="n">
-        <x:v>9083</x:v>
+        <x:v>8988</x:v>
       </x:c>
       <x:c r="AM41" s="3" t="n">
-        <x:v>9500</x:v>
+        <x:v>9389</x:v>
       </x:c>
       <x:c r="AN41" s="3" t="n">
-        <x:v>9586</x:v>
+        <x:v>9463</x:v>
       </x:c>
       <x:c r="AO41" s="3" t="n">
-        <x:v>9671</x:v>
+        <x:v>9536</x:v>
       </x:c>
       <x:c r="AP41" s="3" t="n">
-        <x:v>10057</x:v>
+        <x:v>9904</x:v>
       </x:c>
       <x:c r="AQ41" s="3" t="n">
-        <x:v>10209</x:v>
+        <x:v>10041</x:v>
       </x:c>
       <x:c r="AR41" s="3" t="n">
-        <x:v>10339</x:v>
+        <x:v>10157</x:v>
       </x:c>
       <x:c r="AS41" s="3" t="n">
-        <x:v>10412</x:v>
+        <x:v>10216</x:v>
       </x:c>
       <x:c r="AT41" s="3" t="n">
-        <x:v>11531</x:v>
+        <x:v>11298</x:v>
       </x:c>
       <x:c r="AU41" s="3" t="n">
-        <x:v>11999</x:v>
+        <x:v>11741</x:v>
       </x:c>
       <x:c r="AV41" s="3" t="n">
-        <x:v>12279</x:v>
+        <x:v>11997</x:v>
       </x:c>
       <x:c r="AW41" s="3" t="n">
-        <x:v>12523</x:v>
+        <x:v>12217</x:v>
       </x:c>
       <x:c r="AX41" s="3" t="n">
-        <x:v>13452</x:v>
+        <x:v>13101</x:v>
       </x:c>
       <x:c r="AY41" s="3" t="n">
-        <x:v>14008</x:v>
+        <x:v>13631</x:v>
       </x:c>
       <x:c r="AZ41" s="3" t="n">
-        <x:v>14345</x:v>
+        <x:v>13958</x:v>
       </x:c>
       <x:c r="BA41" s="3" t="n">
-        <x:v>14642</x:v>
+        <x:v>14257</x:v>
       </x:c>
       <x:c r="BB41" s="3" t="n">
-        <x:v>15038</x:v>
+        <x:v>14665</x:v>
       </x:c>
       <x:c r="BC41" s="3" t="n">
-        <x:v>15361</x:v>
+        <x:v>14997</x:v>
       </x:c>
       <x:c r="BD41" s="3" t="n">
-        <x:v>16046</x:v>
+        <x:v>15680</x:v>
       </x:c>
       <x:c r="BE41" s="3" t="n">
-        <x:v>16761</x:v>
+        <x:v>16387</x:v>
       </x:c>
       <x:c r="BF41" s="3" t="n">
-        <x:v>16355</x:v>
+        <x:v>15991</x:v>
       </x:c>
       <x:c r="BG41" s="3" t="n">
-        <x:v>16311</x:v>
+        <x:v>15945</x:v>
       </x:c>
       <x:c r="BH41" s="3" t="n">
-        <x:v>16285</x:v>
+        <x:v>15920</x:v>
       </x:c>
       <x:c r="BI41" s="3" t="n">
-        <x:v>16743</x:v>
+        <x:v>16363</x:v>
       </x:c>
       <x:c r="BJ41" s="3" t="n">
-        <x:v>16758</x:v>
+        <x:v>16374</x:v>
       </x:c>
       <x:c r="BK41" s="3" t="n">
-        <x:v>16703</x:v>
+        <x:v>16319</x:v>
       </x:c>
       <x:c r="BL41" s="3" t="n">
-        <x:v>16826</x:v>
+        <x:v>16439</x:v>
       </x:c>
       <x:c r="BM41" s="3" t="n">
-        <x:v>17607</x:v>
+        <x:v>17202</x:v>
       </x:c>
       <x:c r="BN41" s="3" t="n">
-        <x:v>17434</x:v>
+        <x:v>17029</x:v>
       </x:c>
       <x:c r="BO41" s="3" t="n">
-        <x:v>17455</x:v>
+        <x:v>17053</x:v>
       </x:c>
       <x:c r="BP41" s="3" t="n">
-        <x:v>17986</x:v>
+        <x:v>17572</x:v>
       </x:c>
       <x:c r="BQ41" s="3" t="n">
-        <x:v>18908</x:v>
+        <x:v>18472</x:v>
       </x:c>
       <x:c r="BR41" s="3" t="n">
-        <x:v>19487</x:v>
+        <x:v>19041</x:v>
       </x:c>
       <x:c r="BS41" s="3" t="n">
-        <x:v>19466</x:v>
+        <x:v>19022</x:v>
       </x:c>
       <x:c r="BT41" s="3" t="n">
-        <x:v>19325</x:v>
+        <x:v>18884</x:v>
       </x:c>
       <x:c r="BU41" s="3" t="n">
-        <x:v>20134</x:v>
+        <x:v>19674</x:v>
       </x:c>
       <x:c r="BV41" s="3" t="n">
-        <x:v>21148</x:v>
+        <x:v>20660</x:v>
       </x:c>
       <x:c r="BW41" s="3" t="n">
-        <x:v>20873</x:v>
+        <x:v>20391</x:v>
       </x:c>
       <x:c r="BX41" s="3" t="n">
-        <x:v>21045</x:v>
+        <x:v>20559</x:v>
       </x:c>
       <x:c r="BY41" s="3" t="n">
-        <x:v>21563</x:v>
+        <x:v>21061</x:v>
       </x:c>
       <x:c r="BZ41" s="3" t="n">
-        <x:v>22056</x:v>
+        <x:v>21543</x:v>
       </x:c>
       <x:c r="CA41" s="3" t="n">
-        <x:v>21675</x:v>
+        <x:v>21169</x:v>
       </x:c>
       <x:c r="CB41" s="3" t="n">
-        <x:v>22301</x:v>
+        <x:v>21782</x:v>
       </x:c>
       <x:c r="CC41" s="3" t="n">
-        <x:v>22703</x:v>
+        <x:v>22172</x:v>
       </x:c>
       <x:c r="CD41" s="3" t="n">
-        <x:v>22240</x:v>
+        <x:v>21733</x:v>
       </x:c>
       <x:c r="CE41" s="3" t="n">
-        <x:v>23721</x:v>
+        <x:v>23165</x:v>
       </x:c>
       <x:c r="CF41" s="3" t="n">
-        <x:v>21570</x:v>
+        <x:v>21069</x:v>
       </x:c>
       <x:c r="CG41" s="3" t="n">
-        <x:v>24132</x:v>
+        <x:v>23570</x:v>
       </x:c>
       <x:c r="CH41" s="3" t="n">
-        <x:v>22309</x:v>
+        <x:v>21796</x:v>
       </x:c>
       <x:c r="CI41" s="3" t="n">
-        <x:v>23796</x:v>
+        <x:v>23247</x:v>
       </x:c>
       <x:c r="CJ41" s="3" t="n">
-        <x:v>21222</x:v>
+        <x:v>20732</x:v>
       </x:c>
       <x:c r="CK41" s="3" t="n">
-        <x:v>23439</x:v>
+        <x:v>22902</x:v>
       </x:c>
       <x:c r="CL41" s="3" t="n">
-        <x:v>22373</x:v>
+        <x:v>21874</x:v>
       </x:c>
       <x:c r="CM41" s="3" t="n">
-        <x:v>23898</x:v>
+        <x:v>23369</x:v>
       </x:c>
       <x:c r="CN41" s="3" t="n">
-        <x:v>22187</x:v>
+        <x:v>21698</x:v>
       </x:c>
       <x:c r="CO41" s="3" t="n">
-        <x:v>24652</x:v>
+        <x:v>24101</x:v>
       </x:c>
       <x:c r="CP41" s="3" t="n">
-        <x:v>23970</x:v>
+        <x:v>23430</x:v>
       </x:c>
       <x:c r="CQ41" s="3" t="n">
-        <x:v>25731</x:v>
+        <x:v>25143</x:v>
       </x:c>
       <x:c r="CR41" s="3" t="n">
-        <x:v>23955</x:v>
+        <x:v>23408</x:v>
       </x:c>
       <x:c r="CS41" s="3" t="n">
-        <x:v>26643</x:v>
+        <x:v>26029</x:v>
       </x:c>
       <x:c r="CT41" s="3" t="n">
-        <x:v>25706</x:v>
+        <x:v>25120</x:v>
       </x:c>
       <x:c r="CU41" s="3" t="n">
-        <x:v>27767</x:v>
+        <x:v>27129</x:v>
       </x:c>
       <x:c r="CV41" s="3" t="n">
-        <x:v>26123</x:v>
+        <x:v>25527</x:v>
       </x:c>
       <x:c r="CW41" s="3" t="n">
-        <x:v>28472</x:v>
+        <x:v>27824</x:v>
       </x:c>
       <x:c r="CX41" s="3" t="n">
-        <x:v>27082</x:v>
+        <x:v>26467</x:v>
       </x:c>
       <x:c r="CY41" s="3" t="n">
-        <x:v>27726</x:v>
+        <x:v>27102</x:v>
       </x:c>
       <x:c r="CZ41" s="3" t="n">
-        <x:v>25336</x:v>
+        <x:v>24768</x:v>
       </x:c>
       <x:c r="DA41" s="3" t="n">
-        <x:v>28816</x:v>
+        <x:v>28167</x:v>
       </x:c>
       <x:c r="DB41" s="3" t="n">
-        <x:v>27881</x:v>
+        <x:v>27255</x:v>
       </x:c>
       <x:c r="DC41" s="3" t="n">
-        <x:v>30371</x:v>
+        <x:v>29690</x:v>
       </x:c>
       <x:c r="DD41" s="3" t="n">
-        <x:v>28219</x:v>
+        <x:v>27595</x:v>
       </x:c>
       <x:c r="DE41" s="3" t="n">
-        <x:v>31522</x:v>
+        <x:v>30838</x:v>
       </x:c>
       <x:c r="DF41" s="3" t="n">
-        <x:v>30786</x:v>
+        <x:v>30138</x:v>
       </x:c>
       <x:c r="DG41" s="3" t="n">
-        <x:v>33537</x:v>
+        <x:v>32838</x:v>
       </x:c>
       <x:c r="DH41" s="3" t="n">
-        <x:v>31648</x:v>
+        <x:v>30996</x:v>
       </x:c>
       <x:c r="DI41" s="3" t="n">
-        <x:v>35272</x:v>
+        <x:v>34544</x:v>
       </x:c>
       <x:c r="DJ41" s="3" t="n">
-        <x:v>34384</x:v>
+        <x:v>33665</x:v>
       </x:c>
       <x:c r="DK41" s="3" t="n">
-        <x:v>36921</x:v>
+        <x:v>36140</x:v>
       </x:c>
       <x:c r="DL41" s="3" t="n">
-        <x:v>34991</x:v>
+        <x:v>34247</x:v>
       </x:c>
       <x:c r="DM41" s="3" t="n">
-        <x:v>38449</x:v>
+        <x:v>37629</x:v>
       </x:c>
       <x:c r="DN41" s="3" t="n">
-        <x:v>36874</x:v>
+        <x:v>36269</x:v>
       </x:c>
       <x:c r="DO41" s="3" t="n">
-        <x:v>39524</x:v>
+        <x:v>38917</x:v>
       </x:c>
       <x:c r="DP41" s="3" t="n">
-        <x:v>37013</x:v>
+        <x:v>36537</x:v>
       </x:c>
       <x:c r="DQ41" s="3" t="n">
-        <x:v>40681</x:v>
+        <x:v>39851</x:v>
       </x:c>
       <x:c r="DR41" s="3" t="n">
-        <x:v>39801</x:v>
+        <x:v>39064</x:v>
       </x:c>
       <x:c r="DS41" s="3" t="n">
-        <x:v>41991</x:v>
+        <x:v>41280</x:v>
+      </x:c>
+      <x:c r="DT41" s="3" t="n">
+        <x:v>37973</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:123">
+    <x:row r="42" spans="1:124">
       <x:c r="A42" s="2" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>1906</x:v>
       </x:c>
       <x:c r="C42" s="3" t="n">
         <x:v>1955</x:v>
       </x:c>
       <x:c r="D42" s="3" t="n">
         <x:v>2051</x:v>
       </x:c>
       <x:c r="E42" s="3" t="n">
         <x:v>2063</x:v>
       </x:c>
       <x:c r="F42" s="3" t="n">
         <x:v>2222</x:v>
       </x:c>
       <x:c r="G42" s="3" t="n">
         <x:v>2343</x:v>
       </x:c>
       <x:c r="H42" s="3" t="n">
         <x:v>2457</x:v>
       </x:c>
       <x:c r="I42" s="3" t="n">
         <x:v>2498</x:v>
       </x:c>
       <x:c r="J42" s="3" t="n">
         <x:v>2739</x:v>
       </x:c>
       <x:c r="K42" s="3" t="n">
         <x:v>2861</x:v>
       </x:c>
       <x:c r="L42" s="3" t="n">
         <x:v>2976</x:v>
       </x:c>
       <x:c r="M42" s="3" t="n">
         <x:v>3007</x:v>
       </x:c>
       <x:c r="N42" s="3" t="n">
         <x:v>3221</x:v>
       </x:c>
       <x:c r="O42" s="3" t="n">
         <x:v>3412</x:v>
       </x:c>
       <x:c r="P42" s="3" t="n">
         <x:v>3598</x:v>
       </x:c>
       <x:c r="Q42" s="3" t="n">
         <x:v>3558</x:v>
       </x:c>
       <x:c r="R42" s="3" t="n">
-        <x:v>4105</x:v>
+        <x:v>4104</x:v>
       </x:c>
       <x:c r="S42" s="3" t="n">
         <x:v>4263</x:v>
       </x:c>
       <x:c r="T42" s="3" t="n">
         <x:v>4361</x:v>
       </x:c>
       <x:c r="U42" s="3" t="n">
         <x:v>4361</x:v>
       </x:c>
       <x:c r="V42" s="3" t="n">
-        <x:v>4595</x:v>
+        <x:v>4596</x:v>
       </x:c>
       <x:c r="W42" s="3" t="n">
-        <x:v>4831</x:v>
+        <x:v>4833</x:v>
       </x:c>
       <x:c r="X42" s="3" t="n">
         <x:v>5013</x:v>
       </x:c>
       <x:c r="Y42" s="3" t="n">
-        <x:v>5041</x:v>
+        <x:v>5038</x:v>
       </x:c>
       <x:c r="Z42" s="3" t="n">
-        <x:v>4929</x:v>
+        <x:v>4922</x:v>
       </x:c>
       <x:c r="AA42" s="3" t="n">
-        <x:v>5054</x:v>
+        <x:v>5042</x:v>
       </x:c>
       <x:c r="AB42" s="3" t="n">
-        <x:v>5196</x:v>
+        <x:v>5176</x:v>
       </x:c>
       <x:c r="AC42" s="3" t="n">
-        <x:v>5195</x:v>
+        <x:v>5167</x:v>
       </x:c>
       <x:c r="AD42" s="3" t="n">
-        <x:v>5165</x:v>
+        <x:v>5127</x:v>
       </x:c>
       <x:c r="AE42" s="3" t="n">
-        <x:v>5192</x:v>
+        <x:v>5143</x:v>
       </x:c>
       <x:c r="AF42" s="3" t="n">
-        <x:v>5321</x:v>
+        <x:v>5262</x:v>
       </x:c>
       <x:c r="AG42" s="3" t="n">
-        <x:v>5329</x:v>
+        <x:v>5261</x:v>
       </x:c>
       <x:c r="AH42" s="3" t="n">
-        <x:v>5388</x:v>
+        <x:v>5311</x:v>
       </x:c>
       <x:c r="AI42" s="3" t="n">
-        <x:v>5453</x:v>
+        <x:v>5365</x:v>
       </x:c>
       <x:c r="AJ42" s="3" t="n">
-        <x:v>5527</x:v>
+        <x:v>5425</x:v>
       </x:c>
       <x:c r="AK42" s="3" t="n">
-        <x:v>5497</x:v>
+        <x:v>5382</x:v>
       </x:c>
       <x:c r="AL42" s="3" t="n">
-        <x:v>5625</x:v>
+        <x:v>5490</x:v>
       </x:c>
       <x:c r="AM42" s="3" t="n">
-        <x:v>5869</x:v>
+        <x:v>5710</x:v>
       </x:c>
       <x:c r="AN42" s="3" t="n">
-        <x:v>5939</x:v>
+        <x:v>5762</x:v>
       </x:c>
       <x:c r="AO42" s="3" t="n">
-        <x:v>5945</x:v>
+        <x:v>5751</x:v>
       </x:c>
       <x:c r="AP42" s="3" t="n">
-        <x:v>6558</x:v>
+        <x:v>6327</x:v>
       </x:c>
       <x:c r="AQ42" s="3" t="n">
-        <x:v>6665</x:v>
+        <x:v>6412</x:v>
       </x:c>
       <x:c r="AR42" s="3" t="n">
-        <x:v>6736</x:v>
+        <x:v>6460</x:v>
       </x:c>
       <x:c r="AS42" s="3" t="n">
-        <x:v>6752</x:v>
+        <x:v>6454</x:v>
       </x:c>
       <x:c r="AT42" s="3" t="n">
-        <x:v>8019</x:v>
+        <x:v>7640</x:v>
       </x:c>
       <x:c r="AU42" s="3" t="n">
-        <x:v>8375</x:v>
+        <x:v>7953</x:v>
       </x:c>
       <x:c r="AV42" s="3" t="n">
-        <x:v>8546</x:v>
+        <x:v>8092</x:v>
       </x:c>
       <x:c r="AW42" s="3" t="n">
-        <x:v>8660</x:v>
+        <x:v>8178</x:v>
       </x:c>
       <x:c r="AX42" s="3" t="n">
-        <x:v>9272</x:v>
+        <x:v>8735</x:v>
       </x:c>
       <x:c r="AY42" s="3" t="n">
-        <x:v>9681</x:v>
+        <x:v>9092</x:v>
       </x:c>
       <x:c r="AZ42" s="3" t="n">
-        <x:v>9941</x:v>
+        <x:v>9298</x:v>
       </x:c>
       <x:c r="BA42" s="3" t="n">
-        <x:v>10105</x:v>
+        <x:v>9404</x:v>
       </x:c>
       <x:c r="BB42" s="3" t="n">
-        <x:v>10541</x:v>
+        <x:v>9753</x:v>
       </x:c>
       <x:c r="BC42" s="3" t="n">
-        <x:v>11288</x:v>
+        <x:v>10406</x:v>
       </x:c>
       <x:c r="BD42" s="3" t="n">
-        <x:v>11064</x:v>
+        <x:v>10186</x:v>
       </x:c>
       <x:c r="BE42" s="3" t="n">
-        <x:v>11207</x:v>
+        <x:v>10327</x:v>
       </x:c>
       <x:c r="BF42" s="3" t="n">
-        <x:v>10941</x:v>
+        <x:v>10116</x:v>
       </x:c>
       <x:c r="BG42" s="3" t="n">
-        <x:v>10337</x:v>
+        <x:v>9582</x:v>
       </x:c>
       <x:c r="BH42" s="3" t="n">
-        <x:v>10236</x:v>
+        <x:v>9504</x:v>
       </x:c>
       <x:c r="BI42" s="3" t="n">
-        <x:v>10423</x:v>
+        <x:v>9687</x:v>
       </x:c>
       <x:c r="BJ42" s="3" t="n">
-        <x:v>10567</x:v>
+        <x:v>9822</x:v>
       </x:c>
       <x:c r="BK42" s="3" t="n">
-        <x:v>10241</x:v>
+        <x:v>9519</x:v>
       </x:c>
       <x:c r="BL42" s="3" t="n">
-        <x:v>10991</x:v>
+        <x:v>10216</x:v>
       </x:c>
       <x:c r="BM42" s="3" t="n">
-        <x:v>10869</x:v>
+        <x:v>10100</x:v>
       </x:c>
       <x:c r="BN42" s="3" t="n">
-        <x:v>12331</x:v>
+        <x:v>11455</x:v>
       </x:c>
       <x:c r="BO42" s="3" t="n">
-        <x:v>12131</x:v>
+        <x:v>11264</x:v>
       </x:c>
       <x:c r="BP42" s="3" t="n">
-        <x:v>12438</x:v>
+        <x:v>11545</x:v>
       </x:c>
       <x:c r="BQ42" s="3" t="n">
-        <x:v>12607</x:v>
+        <x:v>11696</x:v>
       </x:c>
       <x:c r="BR42" s="3" t="n">
-        <x:v>13268</x:v>
+        <x:v>12302</x:v>
       </x:c>
       <x:c r="BS42" s="3" t="n">
-        <x:v>13385</x:v>
+        <x:v>12405</x:v>
       </x:c>
       <x:c r="BT42" s="3" t="n">
-        <x:v>12894</x:v>
+        <x:v>11947</x:v>
       </x:c>
       <x:c r="BU42" s="3" t="n">
-        <x:v>13644</x:v>
+        <x:v>12638</x:v>
       </x:c>
       <x:c r="BV42" s="3" t="n">
-        <x:v>13789</x:v>
+        <x:v>12771</x:v>
       </x:c>
       <x:c r="BW42" s="3" t="n">
-        <x:v>13919</x:v>
+        <x:v>12890</x:v>
       </x:c>
       <x:c r="BX42" s="3" t="n">
-        <x:v>14039</x:v>
+        <x:v>13000</x:v>
       </x:c>
       <x:c r="BY42" s="3" t="n">
-        <x:v>14008</x:v>
+        <x:v>12971</x:v>
       </x:c>
       <x:c r="BZ42" s="3" t="n">
-        <x:v>14157</x:v>
+        <x:v>13107</x:v>
       </x:c>
       <x:c r="CA42" s="3" t="n">
-        <x:v>14577</x:v>
+        <x:v>13498</x:v>
       </x:c>
       <x:c r="CB42" s="3" t="n">
-        <x:v>14409</x:v>
+        <x:v>13346</x:v>
       </x:c>
       <x:c r="CC42" s="3" t="n">
-        <x:v>14520</x:v>
+        <x:v>13454</x:v>
       </x:c>
       <x:c r="CD42" s="3" t="n">
-        <x:v>13330</x:v>
+        <x:v>12359</x:v>
       </x:c>
       <x:c r="CE42" s="3" t="n">
-        <x:v>15381</x:v>
+        <x:v>14268</x:v>
       </x:c>
       <x:c r="CF42" s="3" t="n">
-        <x:v>13851</x:v>
+        <x:v>12854</x:v>
       </x:c>
       <x:c r="CG42" s="3" t="n">
-        <x:v>14367</x:v>
+        <x:v>13339</x:v>
       </x:c>
       <x:c r="CH42" s="3" t="n">
-        <x:v>12893</x:v>
+        <x:v>11975</x:v>
       </x:c>
       <x:c r="CI42" s="3" t="n">
-        <x:v>15390</x:v>
+        <x:v>14298</x:v>
       </x:c>
       <x:c r="CJ42" s="3" t="n">
-        <x:v>14127</x:v>
+        <x:v>13124</x:v>
       </x:c>
       <x:c r="CK42" s="3" t="n">
-        <x:v>14659</x:v>
+        <x:v>13615</x:v>
       </x:c>
       <x:c r="CL42" s="3" t="n">
-        <x:v>13596</x:v>
+        <x:v>12623</x:v>
       </x:c>
       <x:c r="CM42" s="3" t="n">
-        <x:v>16311</x:v>
+        <x:v>15138</x:v>
       </x:c>
       <x:c r="CN42" s="3" t="n">
-        <x:v>15195</x:v>
+        <x:v>14097</x:v>
       </x:c>
       <x:c r="CO42" s="3" t="n">
-        <x:v>15757</x:v>
+        <x:v>14615</x:v>
       </x:c>
       <x:c r="CP42" s="3" t="n">
-        <x:v>14973</x:v>
+        <x:v>13884</x:v>
       </x:c>
       <x:c r="CQ42" s="3" t="n">
-        <x:v>17846</x:v>
+        <x:v>16543</x:v>
       </x:c>
       <x:c r="CR42" s="3" t="n">
-        <x:v>16480</x:v>
+        <x:v>15271</x:v>
       </x:c>
       <x:c r="CS42" s="3" t="n">
-        <x:v>17404</x:v>
+        <x:v>16119</x:v>
       </x:c>
       <x:c r="CT42" s="3" t="n">
-        <x:v>16386</x:v>
+        <x:v>15167</x:v>
       </x:c>
       <x:c r="CU42" s="3" t="n">
-        <x:v>19562</x:v>
+        <x:v>18105</x:v>
       </x:c>
       <x:c r="CV42" s="3" t="n">
-        <x:v>17924</x:v>
+        <x:v>16599</x:v>
       </x:c>
       <x:c r="CW42" s="3" t="n">
-        <x:v>18486</x:v>
+        <x:v>17138</x:v>
       </x:c>
       <x:c r="CX42" s="3" t="n">
-        <x:v>17183</x:v>
+        <x:v>15957</x:v>
       </x:c>
       <x:c r="CY42" s="3" t="n">
-        <x:v>17328</x:v>
+        <x:v>16092</x:v>
       </x:c>
       <x:c r="CZ42" s="3" t="n">
-        <x:v>15433</x:v>
+        <x:v>14310</x:v>
       </x:c>
       <x:c r="DA42" s="3" t="n">
-        <x:v>16685</x:v>
+        <x:v>15423</x:v>
       </x:c>
       <x:c r="DB42" s="3" t="n">
-        <x:v>15761</x:v>
+        <x:v>14501</x:v>
       </x:c>
       <x:c r="DC42" s="3" t="n">
-        <x:v>18724</x:v>
+        <x:v>17257</x:v>
       </x:c>
       <x:c r="DD42" s="3" t="n">
-        <x:v>17489</x:v>
+        <x:v>16268</x:v>
       </x:c>
       <x:c r="DE42" s="3" t="n">
-        <x:v>19015</x:v>
+        <x:v>17974</x:v>
       </x:c>
       <x:c r="DF42" s="3" t="n">
-        <x:v>17914</x:v>
+        <x:v>17330</x:v>
       </x:c>
       <x:c r="DG42" s="3" t="n">
-        <x:v>22078</x:v>
+        <x:v>21679</x:v>
       </x:c>
       <x:c r="DH42" s="3" t="n">
-        <x:v>19767</x:v>
+        <x:v>19513</x:v>
       </x:c>
       <x:c r="DI42" s="3" t="n">
-        <x:v>20687</x:v>
+        <x:v>20355</x:v>
       </x:c>
       <x:c r="DJ42" s="3" t="n">
-        <x:v>19662</x:v>
+        <x:v>19111</x:v>
       </x:c>
       <x:c r="DK42" s="3" t="n">
-        <x:v>22630</x:v>
+        <x:v>21790</x:v>
       </x:c>
       <x:c r="DL42" s="3" t="n">
-        <x:v>20349</x:v>
+        <x:v>19473</x:v>
       </x:c>
       <x:c r="DM42" s="3" t="n">
-        <x:v>21314</x:v>
+        <x:v>20332</x:v>
       </x:c>
       <x:c r="DN42" s="3" t="n">
-        <x:v>20612</x:v>
+        <x:v>19381</x:v>
       </x:c>
       <x:c r="DO42" s="3" t="n">
-        <x:v>24045</x:v>
+        <x:v>22618</x:v>
       </x:c>
       <x:c r="DP42" s="3" t="n">
-        <x:v>22011</x:v>
+        <x:v>20720</x:v>
       </x:c>
       <x:c r="DQ42" s="3" t="n">
-        <x:v>22071</x:v>
+        <x:v>20779</x:v>
       </x:c>
       <x:c r="DR42" s="3" t="n">
-        <x:v>21097</x:v>
+        <x:v>19875</x:v>
       </x:c>
       <x:c r="DS42" s="3" t="n">
-        <x:v>24916</x:v>
+        <x:v>23484</x:v>
+      </x:c>
+      <x:c r="DT42" s="3" t="n">
+        <x:v>21635</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:123">
+    <x:row r="43" spans="1:124">
       <x:c r="A43" s="2" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
         <x:v>11709</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>10368</x:v>
       </x:c>
       <x:c r="D43" s="3" t="n">
         <x:v>11041</x:v>
       </x:c>
       <x:c r="E43" s="3" t="n">
         <x:v>11753</x:v>
       </x:c>
       <x:c r="F43" s="3" t="n">
         <x:v>12019</x:v>
       </x:c>
       <x:c r="G43" s="3" t="n">
         <x:v>10853</x:v>
       </x:c>
       <x:c r="H43" s="3" t="n">
         <x:v>11808</x:v>
       </x:c>
       <x:c r="I43" s="3" t="n">
         <x:v>12348</x:v>
       </x:c>
@@ -15675,972 +15805,981 @@
       <x:c r="BE43" s="3" t="n">
         <x:v>21997</x:v>
       </x:c>
       <x:c r="BF43" s="3" t="n">
         <x:v>22125</x:v>
       </x:c>
       <x:c r="BG43" s="3" t="n">
         <x:v>22661</x:v>
       </x:c>
       <x:c r="BH43" s="3" t="n">
         <x:v>23167</x:v>
       </x:c>
       <x:c r="BI43" s="3" t="n">
         <x:v>23530</x:v>
       </x:c>
       <x:c r="BJ43" s="3" t="n">
         <x:v>23979</x:v>
       </x:c>
       <x:c r="BK43" s="3" t="n">
         <x:v>24286</x:v>
       </x:c>
       <x:c r="BL43" s="3" t="n">
         <x:v>24296</x:v>
       </x:c>
       <x:c r="BM43" s="3" t="n">
-        <x:v>24441</x:v>
+        <x:v>24442</x:v>
       </x:c>
       <x:c r="BN43" s="3" t="n">
-        <x:v>24706</x:v>
+        <x:v>24707</x:v>
       </x:c>
       <x:c r="BO43" s="3" t="n">
-        <x:v>25264</x:v>
+        <x:v>25265</x:v>
       </x:c>
       <x:c r="BP43" s="3" t="n">
         <x:v>25924</x:v>
       </x:c>
       <x:c r="BQ43" s="3" t="n">
-        <x:v>26629</x:v>
+        <x:v>26626</x:v>
       </x:c>
       <x:c r="BR43" s="3" t="n">
-        <x:v>26835</x:v>
+        <x:v>26829</x:v>
       </x:c>
       <x:c r="BS43" s="3" t="n">
-        <x:v>26913</x:v>
+        <x:v>26908</x:v>
       </x:c>
       <x:c r="BT43" s="3" t="n">
         <x:v>27324</x:v>
       </x:c>
       <x:c r="BU43" s="3" t="n">
-        <x:v>27550</x:v>
+        <x:v>27561</x:v>
       </x:c>
       <x:c r="BV43" s="3" t="n">
-        <x:v>27740</x:v>
+        <x:v>27766</x:v>
       </x:c>
       <x:c r="BW43" s="3" t="n">
-        <x:v>28357</x:v>
+        <x:v>28379</x:v>
       </x:c>
       <x:c r="BX43" s="3" t="n">
-        <x:v>28536</x:v>
+        <x:v>28534</x:v>
       </x:c>
       <x:c r="BY43" s="3" t="n">
-        <x:v>28802</x:v>
+        <x:v>28756</x:v>
       </x:c>
       <x:c r="BZ43" s="3" t="n">
-        <x:v>29295</x:v>
+        <x:v>29183</x:v>
       </x:c>
       <x:c r="CA43" s="3" t="n">
-        <x:v>30025</x:v>
+        <x:v>29866</x:v>
       </x:c>
       <x:c r="CB43" s="3" t="n">
-        <x:v>30577</x:v>
+        <x:v>30394</x:v>
       </x:c>
       <x:c r="CC43" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>30843</x:v>
       </x:c>
       <x:c r="CD43" s="3" t="n">
-        <x:v>29770</x:v>
+        <x:v>29626</x:v>
       </x:c>
       <x:c r="CE43" s="3" t="n">
-        <x:v>33989</x:v>
+        <x:v>33834</x:v>
       </x:c>
       <x:c r="CF43" s="3" t="n">
-        <x:v>31184</x:v>
+        <x:v>31056</x:v>
       </x:c>
       <x:c r="CG43" s="3" t="n">
-        <x:v>31335</x:v>
+        <x:v>31223</x:v>
       </x:c>
       <x:c r="CH43" s="3" t="n">
-        <x:v>31136</x:v>
+        <x:v>31015</x:v>
       </x:c>
       <x:c r="CI43" s="3" t="n">
-        <x:v>34064</x:v>
+        <x:v>33935</x:v>
       </x:c>
       <x:c r="CJ43" s="3" t="n">
-        <x:v>31835</x:v>
+        <x:v>31716</x:v>
       </x:c>
       <x:c r="CK43" s="3" t="n">
-        <x:v>33853</x:v>
+        <x:v>33739</x:v>
       </x:c>
       <x:c r="CL43" s="3" t="n">
-        <x:v>32442</x:v>
+        <x:v>32341</x:v>
       </x:c>
       <x:c r="CM43" s="3" t="n">
-        <x:v>35619</x:v>
+        <x:v>35521</x:v>
       </x:c>
       <x:c r="CN43" s="3" t="n">
-        <x:v>33368</x:v>
+        <x:v>33274</x:v>
       </x:c>
       <x:c r="CO43" s="3" t="n">
-        <x:v>35075</x:v>
+        <x:v>34971</x:v>
       </x:c>
       <x:c r="CP43" s="3" t="n">
-        <x:v>33896</x:v>
+        <x:v>33780</x:v>
       </x:c>
       <x:c r="CQ43" s="3" t="n">
-        <x:v>37119</x:v>
+        <x:v>36981</x:v>
       </x:c>
       <x:c r="CR43" s="3" t="n">
-        <x:v>34620</x:v>
+        <x:v>34466</x:v>
       </x:c>
       <x:c r="CS43" s="3" t="n">
-        <x:v>37394</x:v>
+        <x:v>37213</x:v>
       </x:c>
       <x:c r="CT43" s="3" t="n">
-        <x:v>35588</x:v>
+        <x:v>35382</x:v>
       </x:c>
       <x:c r="CU43" s="3" t="n">
-        <x:v>38790</x:v>
+        <x:v>38562</x:v>
       </x:c>
       <x:c r="CV43" s="3" t="n">
-        <x:v>36313</x:v>
+        <x:v>36100</x:v>
       </x:c>
       <x:c r="CW43" s="3" t="n">
-        <x:v>38253</x:v>
+        <x:v>38063</x:v>
       </x:c>
       <x:c r="CX43" s="3" t="n">
-        <x:v>37087</x:v>
+        <x:v>36952</x:v>
       </x:c>
       <x:c r="CY43" s="3" t="n">
-        <x:v>39996</x:v>
+        <x:v>39902</x:v>
       </x:c>
       <x:c r="CZ43" s="3" t="n">
-        <x:v>37905</x:v>
+        <x:v>37856</x:v>
       </x:c>
       <x:c r="DA43" s="3" t="n">
-        <x:v>38941</x:v>
+        <x:v>38926</x:v>
       </x:c>
       <x:c r="DB43" s="3" t="n">
-        <x:v>38312</x:v>
+        <x:v>38327</x:v>
       </x:c>
       <x:c r="DC43" s="3" t="n">
-        <x:v>41613</x:v>
+        <x:v>41660</x:v>
       </x:c>
       <x:c r="DD43" s="3" t="n">
-        <x:v>39116</x:v>
+        <x:v>39190</x:v>
       </x:c>
       <x:c r="DE43" s="3" t="n">
-        <x:v>42520</x:v>
+        <x:v>42624</x:v>
       </x:c>
       <x:c r="DF43" s="3" t="n">
-        <x:v>40418</x:v>
+        <x:v>40551</x:v>
       </x:c>
       <x:c r="DG43" s="3" t="n">
-        <x:v>44188</x:v>
+        <x:v>44337</x:v>
       </x:c>
       <x:c r="DH43" s="3" t="n">
-        <x:v>41379</x:v>
+        <x:v>41540</x:v>
       </x:c>
       <x:c r="DI43" s="3" t="n">
-        <x:v>44435</x:v>
+        <x:v>44607</x:v>
       </x:c>
       <x:c r="DJ43" s="3" t="n">
-        <x:v>42795</x:v>
+        <x:v>42949</x:v>
       </x:c>
       <x:c r="DK43" s="3" t="n">
-        <x:v>46621</x:v>
+        <x:v>46811</x:v>
       </x:c>
       <x:c r="DL43" s="3" t="n">
-        <x:v>45324</x:v>
+        <x:v>45471</x:v>
       </x:c>
       <x:c r="DM43" s="3" t="n">
-        <x:v>49841</x:v>
+        <x:v>50019</x:v>
       </x:c>
       <x:c r="DN43" s="3" t="n">
-        <x:v>46608</x:v>
+        <x:v>46415</x:v>
       </x:c>
       <x:c r="DO43" s="3" t="n">
-        <x:v>50905</x:v>
+        <x:v>50983</x:v>
       </x:c>
       <x:c r="DP43" s="3" t="n">
-        <x:v>47715</x:v>
+        <x:v>48087</x:v>
       </x:c>
       <x:c r="DQ43" s="3" t="n">
-        <x:v>50720</x:v>
+        <x:v>50918</x:v>
       </x:c>
       <x:c r="DR43" s="3" t="n">
-        <x:v>49876</x:v>
+        <x:v>49393</x:v>
       </x:c>
       <x:c r="DS43" s="3" t="n">
-        <x:v>55364</x:v>
+        <x:v>54804</x:v>
+      </x:c>
+      <x:c r="DT43" s="3" t="n">
+        <x:v>51063</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:123">
+    <x:row r="44" spans="1:124">
       <x:c r="A44" s="2" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
         <x:v>10142</x:v>
       </x:c>
       <x:c r="C44" s="3" t="n">
-        <x:v>8629</x:v>
+        <x:v>8623</x:v>
       </x:c>
       <x:c r="D44" s="3" t="n">
-        <x:v>8349</x:v>
+        <x:v>8343</x:v>
       </x:c>
       <x:c r="E44" s="3" t="n">
-        <x:v>9786</x:v>
+        <x:v>9784</x:v>
       </x:c>
       <x:c r="F44" s="3" t="n">
-        <x:v>10472</x:v>
+        <x:v>10465</x:v>
       </x:c>
       <x:c r="G44" s="3" t="n">
-        <x:v>9436</x:v>
+        <x:v>9433</x:v>
       </x:c>
       <x:c r="H44" s="3" t="n">
-        <x:v>8692</x:v>
+        <x:v>8689</x:v>
       </x:c>
       <x:c r="I44" s="3" t="n">
-        <x:v>10684</x:v>
+        <x:v>10683</x:v>
       </x:c>
       <x:c r="J44" s="3" t="n">
-        <x:v>9924</x:v>
+        <x:v>9915</x:v>
       </x:c>
       <x:c r="K44" s="3" t="n">
-        <x:v>10928</x:v>
+        <x:v>10922</x:v>
       </x:c>
       <x:c r="L44" s="3" t="n">
-        <x:v>8985</x:v>
+        <x:v>8980</x:v>
       </x:c>
       <x:c r="M44" s="3" t="n">
-        <x:v>11571</x:v>
+        <x:v>11572</x:v>
       </x:c>
       <x:c r="N44" s="3" t="n">
-        <x:v>11778</x:v>
+        <x:v>11770</x:v>
       </x:c>
       <x:c r="O44" s="3" t="n">
-        <x:v>10947</x:v>
+        <x:v>10942</x:v>
       </x:c>
       <x:c r="P44" s="3" t="n">
-        <x:v>10133</x:v>
+        <x:v>10129</x:v>
       </x:c>
       <x:c r="Q44" s="3" t="n">
-        <x:v>12785</x:v>
+        <x:v>12779</x:v>
       </x:c>
       <x:c r="R44" s="3" t="n">
-        <x:v>12339</x:v>
+        <x:v>12331</x:v>
       </x:c>
       <x:c r="S44" s="3" t="n">
-        <x:v>12255</x:v>
+        <x:v>12247</x:v>
       </x:c>
       <x:c r="T44" s="3" t="n">
-        <x:v>10403</x:v>
+        <x:v>10397</x:v>
       </x:c>
       <x:c r="U44" s="3" t="n">
-        <x:v>13387</x:v>
+        <x:v>13389</x:v>
       </x:c>
       <x:c r="V44" s="3" t="n">
-        <x:v>13798</x:v>
+        <x:v>13785</x:v>
       </x:c>
       <x:c r="W44" s="3" t="n">
-        <x:v>12236</x:v>
+        <x:v>12233</x:v>
       </x:c>
       <x:c r="X44" s="3" t="n">
-        <x:v>11705</x:v>
+        <x:v>11700</x:v>
       </x:c>
       <x:c r="Y44" s="3" t="n">
-        <x:v>13754</x:v>
+        <x:v>13753</x:v>
       </x:c>
       <x:c r="Z44" s="3" t="n">
-        <x:v>15238</x:v>
+        <x:v>15237</x:v>
       </x:c>
       <x:c r="AA44" s="3" t="n">
-        <x:v>13400</x:v>
+        <x:v>13397</x:v>
       </x:c>
       <x:c r="AB44" s="3" t="n">
-        <x:v>12713</x:v>
+        <x:v>12701</x:v>
       </x:c>
       <x:c r="AC44" s="3" t="n">
-        <x:v>15137</x:v>
+        <x:v>15127</x:v>
       </x:c>
       <x:c r="AD44" s="3" t="n">
-        <x:v>14452</x:v>
+        <x:v>14442</x:v>
       </x:c>
       <x:c r="AE44" s="3" t="n">
-        <x:v>15055</x:v>
+        <x:v>15051</x:v>
       </x:c>
       <x:c r="AF44" s="3" t="n">
-        <x:v>13823</x:v>
+        <x:v>13810</x:v>
       </x:c>
       <x:c r="AG44" s="3" t="n">
-        <x:v>15981</x:v>
+        <x:v>15978</x:v>
       </x:c>
       <x:c r="AH44" s="3" t="n">
-        <x:v>17378</x:v>
+        <x:v>17355</x:v>
       </x:c>
       <x:c r="AI44" s="3" t="n">
-        <x:v>15554</x:v>
+        <x:v>15552</x:v>
       </x:c>
       <x:c r="AJ44" s="3" t="n">
-        <x:v>14523</x:v>
+        <x:v>14514</x:v>
       </x:c>
       <x:c r="AK44" s="3" t="n">
-        <x:v>16565</x:v>
+        <x:v>16568</x:v>
       </x:c>
       <x:c r="AL44" s="3" t="n">
-        <x:v>17271</x:v>
+        <x:v>17252</x:v>
       </x:c>
       <x:c r="AM44" s="3" t="n">
-        <x:v>15846</x:v>
+        <x:v>15851</x:v>
       </x:c>
       <x:c r="AN44" s="3" t="n">
-        <x:v>14667</x:v>
+        <x:v>14662</x:v>
       </x:c>
       <x:c r="AO44" s="3" t="n">
-        <x:v>18171</x:v>
+        <x:v>18160</x:v>
       </x:c>
       <x:c r="AP44" s="3" t="n">
-        <x:v>17157</x:v>
+        <x:v>17125</x:v>
       </x:c>
       <x:c r="AQ44" s="3" t="n">
-        <x:v>18119</x:v>
+        <x:v>18091</x:v>
       </x:c>
       <x:c r="AR44" s="3" t="n">
-        <x:v>14654</x:v>
+        <x:v>14657</x:v>
       </x:c>
       <x:c r="AS44" s="3" t="n">
-        <x:v>18951</x:v>
+        <x:v>18980</x:v>
       </x:c>
       <x:c r="AT44" s="3" t="n">
-        <x:v>19511</x:v>
+        <x:v>19458</x:v>
       </x:c>
       <x:c r="AU44" s="3" t="n">
-        <x:v>17782</x:v>
+        <x:v>17752</x:v>
       </x:c>
       <x:c r="AV44" s="3" t="n">
-        <x:v>15664</x:v>
+        <x:v>15671</x:v>
       </x:c>
       <x:c r="AW44" s="3" t="n">
-        <x:v>19285</x:v>
+        <x:v>19330</x:v>
       </x:c>
       <x:c r="AX44" s="3" t="n">
-        <x:v>20097</x:v>
+        <x:v>20068</x:v>
       </x:c>
       <x:c r="AY44" s="3" t="n">
-        <x:v>18590</x:v>
+        <x:v>18564</x:v>
       </x:c>
       <x:c r="AZ44" s="3" t="n">
-        <x:v>16896</x:v>
+        <x:v>16891</x:v>
       </x:c>
       <x:c r="BA44" s="3" t="n">
-        <x:v>20183</x:v>
+        <x:v>20204</x:v>
       </x:c>
       <x:c r="BB44" s="3" t="n">
-        <x:v>19587</x:v>
+        <x:v>19579</x:v>
       </x:c>
       <x:c r="BC44" s="3" t="n">
-        <x:v>20221</x:v>
+        <x:v>20202</x:v>
       </x:c>
       <x:c r="BD44" s="3" t="n">
-        <x:v>20755</x:v>
+        <x:v>20736</x:v>
       </x:c>
       <x:c r="BE44" s="3" t="n">
-        <x:v>21158</x:v>
+        <x:v>21162</x:v>
       </x:c>
       <x:c r="BF44" s="3" t="n">
-        <x:v>21221</x:v>
+        <x:v>21203</x:v>
       </x:c>
       <x:c r="BG44" s="3" t="n">
-        <x:v>21785</x:v>
+        <x:v>21763</x:v>
       </x:c>
       <x:c r="BH44" s="3" t="n">
-        <x:v>22278</x:v>
+        <x:v>22254</x:v>
       </x:c>
       <x:c r="BI44" s="3" t="n">
-        <x:v>22819</x:v>
+        <x:v>22839</x:v>
       </x:c>
       <x:c r="BJ44" s="3" t="n">
-        <x:v>22846</x:v>
+        <x:v>22821</x:v>
       </x:c>
       <x:c r="BK44" s="3" t="n">
-        <x:v>22800</x:v>
+        <x:v>22799</x:v>
       </x:c>
       <x:c r="BL44" s="3" t="n">
-        <x:v>23282</x:v>
+        <x:v>23260</x:v>
       </x:c>
       <x:c r="BM44" s="3" t="n">
-        <x:v>23521</x:v>
+        <x:v>23524</x:v>
       </x:c>
       <x:c r="BN44" s="3" t="n">
-        <x:v>23824</x:v>
+        <x:v>23819</x:v>
       </x:c>
       <x:c r="BO44" s="3" t="n">
-        <x:v>24008</x:v>
+        <x:v>24015</x:v>
       </x:c>
       <x:c r="BP44" s="3" t="n">
-        <x:v>24426</x:v>
+        <x:v>24405</x:v>
       </x:c>
       <x:c r="BQ44" s="3" t="n">
-        <x:v>24504</x:v>
+        <x:v>24474</x:v>
       </x:c>
       <x:c r="BR44" s="3" t="n">
-        <x:v>24752</x:v>
+        <x:v>24740</x:v>
       </x:c>
       <x:c r="BS44" s="3" t="n">
-        <x:v>25025</x:v>
+        <x:v>25037</x:v>
       </x:c>
       <x:c r="BT44" s="3" t="n">
-        <x:v>25546</x:v>
+        <x:v>25519</x:v>
       </x:c>
       <x:c r="BU44" s="3" t="n">
-        <x:v>26125</x:v>
+        <x:v>26097</x:v>
       </x:c>
       <x:c r="BV44" s="3" t="n">
-        <x:v>26350</x:v>
+        <x:v>26362</x:v>
       </x:c>
       <x:c r="BW44" s="3" t="n">
-        <x:v>26716</x:v>
+        <x:v>26705</x:v>
       </x:c>
       <x:c r="BX44" s="3" t="n">
-        <x:v>27005</x:v>
+        <x:v>26969</x:v>
       </x:c>
       <x:c r="BY44" s="3" t="n">
-        <x:v>27250</x:v>
+        <x:v>27228</x:v>
       </x:c>
       <x:c r="BZ44" s="3" t="n">
-        <x:v>27377</x:v>
+        <x:v>27346</x:v>
       </x:c>
       <x:c r="CA44" s="3" t="n">
-        <x:v>27588</x:v>
+        <x:v>27571</x:v>
       </x:c>
       <x:c r="CB44" s="3" t="n">
-        <x:v>27755</x:v>
+        <x:v>27719</x:v>
       </x:c>
       <x:c r="CC44" s="3" t="n">
-        <x:v>28385</x:v>
+        <x:v>28379</x:v>
       </x:c>
       <x:c r="CD44" s="3" t="n">
-        <x:v>28649</x:v>
+        <x:v>28518</x:v>
       </x:c>
       <x:c r="CE44" s="3" t="n">
-        <x:v>29842</x:v>
+        <x:v>29769</x:v>
       </x:c>
       <x:c r="CF44" s="3" t="n">
-        <x:v>28583</x:v>
+        <x:v>28637</x:v>
       </x:c>
       <x:c r="CG44" s="3" t="n">
-        <x:v>29389</x:v>
+        <x:v>29422</x:v>
       </x:c>
       <x:c r="CH44" s="3" t="n">
-        <x:v>29597</x:v>
+        <x:v>29488</x:v>
       </x:c>
       <x:c r="CI44" s="3" t="n">
-        <x:v>31533</x:v>
+        <x:v>31464</x:v>
       </x:c>
       <x:c r="CJ44" s="3" t="n">
-        <x:v>29884</x:v>
+        <x:v>29958</x:v>
       </x:c>
       <x:c r="CK44" s="3" t="n">
-        <x:v>31152</x:v>
+        <x:v>31138</x:v>
       </x:c>
       <x:c r="CL44" s="3" t="n">
-        <x:v>30988</x:v>
+        <x:v>30958</x:v>
       </x:c>
       <x:c r="CM44" s="3" t="n">
-        <x:v>32872</x:v>
+        <x:v>32793</x:v>
       </x:c>
       <x:c r="CN44" s="3" t="n">
-        <x:v>30806</x:v>
+        <x:v>30858</x:v>
       </x:c>
       <x:c r="CO44" s="3" t="n">
-        <x:v>32430</x:v>
+        <x:v>32352</x:v>
       </x:c>
       <x:c r="CP44" s="3" t="n">
-        <x:v>32266</x:v>
+        <x:v>32198</x:v>
       </x:c>
       <x:c r="CQ44" s="3" t="n">
-        <x:v>34094</x:v>
+        <x:v>34023</x:v>
       </x:c>
       <x:c r="CR44" s="3" t="n">
-        <x:v>32121</x:v>
+        <x:v>32164</x:v>
       </x:c>
       <x:c r="CS44" s="3" t="n">
-        <x:v>33718</x:v>
+        <x:v>33645</x:v>
       </x:c>
       <x:c r="CT44" s="3" t="n">
-        <x:v>33595</x:v>
+        <x:v>33517</x:v>
       </x:c>
       <x:c r="CU44" s="3" t="n">
-        <x:v>35657</x:v>
+        <x:v>35538</x:v>
       </x:c>
       <x:c r="CV44" s="3" t="n">
-        <x:v>34115</x:v>
+        <x:v>34190</x:v>
       </x:c>
       <x:c r="CW44" s="3" t="n">
-        <x:v>35522</x:v>
+        <x:v>35501</x:v>
       </x:c>
       <x:c r="CX44" s="3" t="n">
-        <x:v>34860</x:v>
+        <x:v>34815</x:v>
       </x:c>
       <x:c r="CY44" s="3" t="n">
-        <x:v>35768</x:v>
+        <x:v>35538</x:v>
       </x:c>
       <x:c r="CZ44" s="3" t="n">
-        <x:v>33769</x:v>
+        <x:v>33894</x:v>
       </x:c>
       <x:c r="DA44" s="3" t="n">
-        <x:v>35391</x:v>
+        <x:v>35385</x:v>
       </x:c>
       <x:c r="DB44" s="3" t="n">
-        <x:v>35524</x:v>
+        <x:v>35442</x:v>
       </x:c>
       <x:c r="DC44" s="3" t="n">
-        <x:v>37299</x:v>
+        <x:v>37170</x:v>
       </x:c>
       <x:c r="DD44" s="3" t="n">
-        <x:v>34849</x:v>
+        <x:v>34900</x:v>
       </x:c>
       <x:c r="DE44" s="3" t="n">
-        <x:v>38118</x:v>
+        <x:v>37994</x:v>
       </x:c>
       <x:c r="DF44" s="3" t="n">
-        <x:v>37606</x:v>
+        <x:v>37518</x:v>
       </x:c>
       <x:c r="DG44" s="3" t="n">
-        <x:v>39790</x:v>
+        <x:v>39632</x:v>
       </x:c>
       <x:c r="DH44" s="3" t="n">
-        <x:v>36970</x:v>
+        <x:v>36928</x:v>
       </x:c>
       <x:c r="DI44" s="3" t="n">
-        <x:v>39064</x:v>
+        <x:v>38867</x:v>
       </x:c>
       <x:c r="DJ44" s="3" t="n">
-        <x:v>39449</x:v>
+        <x:v>39114</x:v>
       </x:c>
       <x:c r="DK44" s="3" t="n">
-        <x:v>41579</x:v>
+        <x:v>41166</x:v>
       </x:c>
       <x:c r="DL44" s="3" t="n">
-        <x:v>40503</x:v>
+        <x:v>40224</x:v>
       </x:c>
       <x:c r="DM44" s="3" t="n">
-        <x:v>43089</x:v>
+        <x:v>42588</x:v>
       </x:c>
       <x:c r="DN44" s="3" t="n">
-        <x:v>42578</x:v>
+        <x:v>42087</x:v>
       </x:c>
       <x:c r="DO44" s="3" t="n">
-        <x:v>44335</x:v>
+        <x:v>44034</x:v>
       </x:c>
       <x:c r="DP44" s="3" t="n">
-        <x:v>42857</x:v>
+        <x:v>42502</x:v>
       </x:c>
       <x:c r="DQ44" s="3" t="n">
-        <x:v>44549</x:v>
+        <x:v>44160</x:v>
       </x:c>
       <x:c r="DR44" s="3" t="n">
-        <x:v>44720</x:v>
+        <x:v>44164</x:v>
       </x:c>
       <x:c r="DS44" s="3" t="n">
-        <x:v>46636</x:v>
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="DT44" s="3" t="n">
+        <x:v>43756</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:123">
+    <x:row r="45" spans="1:124">
       <x:c r="A45" s="2" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>15137</x:v>
+        <x:v>15088</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>14679</x:v>
+        <x:v>14630</x:v>
       </x:c>
       <x:c r="D45" s="3" t="n">
-        <x:v>15283</x:v>
+        <x:v>15241</x:v>
       </x:c>
       <x:c r="E45" s="3" t="n">
-        <x:v>15731</x:v>
+        <x:v>15691</x:v>
       </x:c>
       <x:c r="F45" s="3" t="n">
-        <x:v>16129</x:v>
+        <x:v>16077</x:v>
       </x:c>
       <x:c r="G45" s="3" t="n">
-        <x:v>15814</x:v>
+        <x:v>15765</x:v>
       </x:c>
       <x:c r="H45" s="3" t="n">
-        <x:v>16999</x:v>
+        <x:v>16952</x:v>
       </x:c>
       <x:c r="I45" s="3" t="n">
-        <x:v>17324</x:v>
+        <x:v>17278</x:v>
       </x:c>
       <x:c r="J45" s="3" t="n">
-        <x:v>16965</x:v>
+        <x:v>16912</x:v>
       </x:c>
       <x:c r="K45" s="3" t="n">
-        <x:v>17605</x:v>
+        <x:v>17552</x:v>
       </x:c>
       <x:c r="L45" s="3" t="n">
-        <x:v>18085</x:v>
+        <x:v>18032</x:v>
       </x:c>
       <x:c r="M45" s="3" t="n">
-        <x:v>18447</x:v>
+        <x:v>18395</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>18382</x:v>
+        <x:v>18328</x:v>
       </x:c>
       <x:c r="O45" s="3" t="n">
-        <x:v>18461</x:v>
+        <x:v>18407</x:v>
       </x:c>
       <x:c r="P45" s="3" t="n">
-        <x:v>20207</x:v>
+        <x:v>20153</x:v>
       </x:c>
       <x:c r="Q45" s="3" t="n">
-        <x:v>20627</x:v>
+        <x:v>20563</x:v>
       </x:c>
       <x:c r="R45" s="3" t="n">
-        <x:v>20452</x:v>
+        <x:v>20387</x:v>
       </x:c>
       <x:c r="S45" s="3" t="n">
-        <x:v>20370</x:v>
+        <x:v>20309</x:v>
       </x:c>
       <x:c r="T45" s="3" t="n">
-        <x:v>21408</x:v>
+        <x:v>21350</x:v>
       </x:c>
       <x:c r="U45" s="3" t="n">
-        <x:v>21744</x:v>
+        <x:v>21689</x:v>
       </x:c>
       <x:c r="V45" s="3" t="n">
-        <x:v>22201</x:v>
+        <x:v>22138</x:v>
       </x:c>
       <x:c r="W45" s="3" t="n">
-        <x:v>21587</x:v>
+        <x:v>21527</x:v>
       </x:c>
       <x:c r="X45" s="3" t="n">
-        <x:v>22657</x:v>
+        <x:v>22598</x:v>
       </x:c>
       <x:c r="Y45" s="3" t="n">
-        <x:v>23176</x:v>
+        <x:v>23107</x:v>
       </x:c>
       <x:c r="Z45" s="3" t="n">
-        <x:v>24216</x:v>
+        <x:v>24153</x:v>
       </x:c>
       <x:c r="AA45" s="3" t="n">
-        <x:v>23509</x:v>
+        <x:v>23440</x:v>
       </x:c>
       <x:c r="AB45" s="3" t="n">
-        <x:v>24484</x:v>
+        <x:v>24418</x:v>
       </x:c>
       <x:c r="AC45" s="3" t="n">
-        <x:v>26414</x:v>
+        <x:v>26352</x:v>
       </x:c>
       <x:c r="AD45" s="3" t="n">
-        <x:v>25130</x:v>
+        <x:v>25066</x:v>
       </x:c>
       <x:c r="AE45" s="3" t="n">
-        <x:v>26844</x:v>
+        <x:v>26780</x:v>
       </x:c>
       <x:c r="AF45" s="3" t="n">
-        <x:v>28239</x:v>
+        <x:v>28179</x:v>
       </x:c>
       <x:c r="AG45" s="3" t="n">
-        <x:v>27878</x:v>
+        <x:v>27804</x:v>
       </x:c>
       <x:c r="AH45" s="3" t="n">
-        <x:v>29134</x:v>
+        <x:v>29079</x:v>
       </x:c>
       <x:c r="AI45" s="3" t="n">
-        <x:v>27822</x:v>
+        <x:v>27753</x:v>
       </x:c>
       <x:c r="AJ45" s="3" t="n">
-        <x:v>29439</x:v>
+        <x:v>29366</x:v>
       </x:c>
       <x:c r="AK45" s="3" t="n">
-        <x:v>28853</x:v>
+        <x:v>28791</x:v>
       </x:c>
       <x:c r="AL45" s="3" t="n">
-        <x:v>30253</x:v>
+        <x:v>30159</x:v>
       </x:c>
       <x:c r="AM45" s="3" t="n">
-        <x:v>30020</x:v>
+        <x:v>29939</x:v>
       </x:c>
       <x:c r="AN45" s="3" t="n">
-        <x:v>31593</x:v>
+        <x:v>31525</x:v>
       </x:c>
       <x:c r="AO45" s="3" t="n">
-        <x:v>32194</x:v>
+        <x:v>32126</x:v>
       </x:c>
       <x:c r="AP45" s="3" t="n">
-        <x:v>31769</x:v>
+        <x:v>31722</x:v>
       </x:c>
       <x:c r="AQ45" s="3" t="n">
-        <x:v>33473</x:v>
+        <x:v>33390</x:v>
       </x:c>
       <x:c r="AR45" s="3" t="n">
-        <x:v>33530</x:v>
+        <x:v>33455</x:v>
       </x:c>
       <x:c r="AS45" s="3" t="n">
-        <x:v>33804</x:v>
+        <x:v>33703</x:v>
       </x:c>
       <x:c r="AT45" s="3" t="n">
-        <x:v>35286</x:v>
+        <x:v>35289</x:v>
       </x:c>
       <x:c r="AU45" s="3" t="n">
-        <x:v>34671</x:v>
+        <x:v>34600</x:v>
       </x:c>
       <x:c r="AV45" s="3" t="n">
-        <x:v>36520</x:v>
+        <x:v>36440</x:v>
       </x:c>
       <x:c r="AW45" s="3" t="n">
-        <x:v>36718</x:v>
+        <x:v>36610</x:v>
       </x:c>
       <x:c r="AX45" s="3" t="n">
-        <x:v>38514</x:v>
+        <x:v>38486</x:v>
       </x:c>
       <x:c r="AY45" s="3" t="n">
-        <x:v>38558</x:v>
+        <x:v>38481</x:v>
       </x:c>
       <x:c r="AZ45" s="3" t="n">
-        <x:v>40463</x:v>
+        <x:v>40406</x:v>
       </x:c>
       <x:c r="BA45" s="3" t="n">
-        <x:v>40906</x:v>
+        <x:v>40837</x:v>
       </x:c>
       <x:c r="BB45" s="3" t="n">
-        <x:v>42326</x:v>
+        <x:v>42388</x:v>
       </x:c>
       <x:c r="BC45" s="3" t="n">
-        <x:v>43776</x:v>
+        <x:v>43827</x:v>
       </x:c>
       <x:c r="BD45" s="3" t="n">
-        <x:v>44080</x:v>
+        <x:v>43918</x:v>
       </x:c>
       <x:c r="BE45" s="3" t="n">
-        <x:v>44760</x:v>
+        <x:v>44616</x:v>
       </x:c>
       <x:c r="BF45" s="3" t="n">
-        <x:v>45331</x:v>
+        <x:v>45266</x:v>
       </x:c>
       <x:c r="BG45" s="3" t="n">
-        <x:v>46333</x:v>
+        <x:v>46267</x:v>
       </x:c>
       <x:c r="BH45" s="3" t="n">
-        <x:v>47214</x:v>
+        <x:v>47153</x:v>
       </x:c>
       <x:c r="BI45" s="3" t="n">
-        <x:v>48398</x:v>
+        <x:v>48371</x:v>
       </x:c>
       <x:c r="BJ45" s="3" t="n">
-        <x:v>48616</x:v>
+        <x:v>48599</x:v>
       </x:c>
       <x:c r="BK45" s="3" t="n">
-        <x:v>48704</x:v>
+        <x:v>48667</x:v>
       </x:c>
       <x:c r="BL45" s="3" t="n">
-        <x:v>49584</x:v>
+        <x:v>49531</x:v>
       </x:c>
       <x:c r="BM45" s="3" t="n">
-        <x:v>50421</x:v>
+        <x:v>50326</x:v>
       </x:c>
       <x:c r="BN45" s="3" t="n">
-        <x:v>51549</x:v>
+        <x:v>51536</x:v>
       </x:c>
       <x:c r="BO45" s="3" t="n">
-        <x:v>52622</x:v>
+        <x:v>52590</x:v>
       </x:c>
       <x:c r="BP45" s="3" t="n">
-        <x:v>53881</x:v>
+        <x:v>53830</x:v>
       </x:c>
       <x:c r="BQ45" s="3" t="n">
-        <x:v>54478</x:v>
+        <x:v>54366</x:v>
       </x:c>
       <x:c r="BR45" s="3" t="n">
-        <x:v>55701</x:v>
+        <x:v>55698</x:v>
       </x:c>
       <x:c r="BS45" s="3" t="n">
-        <x:v>56249</x:v>
+        <x:v>56220</x:v>
       </x:c>
       <x:c r="BT45" s="3" t="n">
-        <x:v>56787</x:v>
+        <x:v>56687</x:v>
       </x:c>
       <x:c r="BU45" s="3" t="n">
-        <x:v>57758</x:v>
+        <x:v>57689</x:v>
       </x:c>
       <x:c r="BV45" s="3" t="n">
-        <x:v>58608</x:v>
+        <x:v>58604</x:v>
       </x:c>
       <x:c r="BW45" s="3" t="n">
-        <x:v>59971</x:v>
+        <x:v>59958</x:v>
       </x:c>
       <x:c r="BX45" s="3" t="n">
-        <x:v>60965</x:v>
+        <x:v>60908</x:v>
       </x:c>
       <x:c r="BY45" s="3" t="n">
-        <x:v>61682</x:v>
+        <x:v>61527</x:v>
       </x:c>
       <x:c r="BZ45" s="3" t="n">
-        <x:v>62404</x:v>
+        <x:v>62112</x:v>
       </x:c>
       <x:c r="CA45" s="3" t="n">
-        <x:v>63314</x:v>
+        <x:v>62865</x:v>
       </x:c>
       <x:c r="CB45" s="3" t="n">
-        <x:v>64152</x:v>
+        <x:v>63544</x:v>
       </x:c>
       <x:c r="CC45" s="3" t="n">
-        <x:v>64796</x:v>
+        <x:v>64083</x:v>
       </x:c>
       <x:c r="CD45" s="3" t="n">
-        <x:v>64661</x:v>
+        <x:v>63958</x:v>
       </x:c>
       <x:c r="CE45" s="3" t="n">
-        <x:v>70120</x:v>
+        <x:v>69202</x:v>
       </x:c>
       <x:c r="CF45" s="3" t="n">
-        <x:v>67023</x:v>
+        <x:v>66113</x:v>
       </x:c>
       <x:c r="CG45" s="3" t="n">
-        <x:v>65902</x:v>
+        <x:v>65189</x:v>
       </x:c>
       <x:c r="CH45" s="3" t="n">
-        <x:v>66238</x:v>
+        <x:v>65440</x:v>
       </x:c>
       <x:c r="CI45" s="3" t="n">
-        <x:v>73901</x:v>
+        <x:v>73043</x:v>
       </x:c>
       <x:c r="CJ45" s="3" t="n">
-        <x:v>68551</x:v>
+        <x:v>67846</x:v>
       </x:c>
       <x:c r="CK45" s="3" t="n">
-        <x:v>69005</x:v>
+        <x:v>68482</x:v>
       </x:c>
       <x:c r="CL45" s="3" t="n">
-        <x:v>69451</x:v>
+        <x:v>68805</x:v>
       </x:c>
       <x:c r="CM45" s="3" t="n">
-        <x:v>76981</x:v>
+        <x:v>76220</x:v>
       </x:c>
       <x:c r="CN45" s="3" t="n">
-        <x:v>72413</x:v>
+        <x:v>71745</x:v>
       </x:c>
       <x:c r="CO45" s="3" t="n">
-        <x:v>71857</x:v>
+        <x:v>71309</x:v>
       </x:c>
       <x:c r="CP45" s="3" t="n">
-        <x:v>73038</x:v>
+        <x:v>72239</x:v>
       </x:c>
       <x:c r="CQ45" s="3" t="n">
-        <x:v>80830</x:v>
+        <x:v>79821</x:v>
       </x:c>
       <x:c r="CR45" s="3" t="n">
-        <x:v>75282</x:v>
+        <x:v>74304</x:v>
       </x:c>
       <x:c r="CS45" s="3" t="n">
-        <x:v>75900</x:v>
+        <x:v>74975</x:v>
       </x:c>
       <x:c r="CT45" s="3" t="n">
-        <x:v>76351</x:v>
+        <x:v>75174</x:v>
       </x:c>
       <x:c r="CU45" s="3" t="n">
-        <x:v>84332</x:v>
+        <x:v>82970</x:v>
       </x:c>
       <x:c r="CV45" s="3" t="n">
-        <x:v>80640</x:v>
+        <x:v>79392</x:v>
       </x:c>
       <x:c r="CW45" s="3" t="n">
-        <x:v>80385</x:v>
+        <x:v>79508</x:v>
       </x:c>
       <x:c r="CX45" s="3" t="n">
-        <x:v>79206</x:v>
+        <x:v>78453</x:v>
       </x:c>
       <x:c r="CY45" s="3" t="n">
-        <x:v>87557</x:v>
+        <x:v>86891</x:v>
       </x:c>
       <x:c r="CZ45" s="3" t="n">
-        <x:v>80909</x:v>
+        <x:v>80326</x:v>
       </x:c>
       <x:c r="DA45" s="3" t="n">
-        <x:v>80479</x:v>
+        <x:v>79923</x:v>
       </x:c>
       <x:c r="DB45" s="3" t="n">
-        <x:v>83022</x:v>
+        <x:v>82134</x:v>
       </x:c>
       <x:c r="DC45" s="3" t="n">
-        <x:v>91954</x:v>
+        <x:v>90762</x:v>
       </x:c>
       <x:c r="DD45" s="3" t="n">
-        <x:v>86036</x:v>
+        <x:v>84870</x:v>
       </x:c>
       <x:c r="DE45" s="3" t="n">
-        <x:v>88342</x:v>
+        <x:v>87349</x:v>
       </x:c>
       <x:c r="DF45" s="3" t="n">
-        <x:v>89456</x:v>
+        <x:v>88446</x:v>
       </x:c>
       <x:c r="DG45" s="3" t="n">
-        <x:v>97878</x:v>
+        <x:v>96831</x:v>
       </x:c>
       <x:c r="DH45" s="3" t="n">
-        <x:v>92692</x:v>
+        <x:v>91835</x:v>
       </x:c>
       <x:c r="DI45" s="3" t="n">
-        <x:v>91382</x:v>
+        <x:v>90672</x:v>
       </x:c>
       <x:c r="DJ45" s="3" t="n">
-        <x:v>91235</x:v>
+        <x:v>90708</x:v>
       </x:c>
       <x:c r="DK45" s="3" t="n">
-        <x:v>102312</x:v>
+        <x:v>101552</x:v>
       </x:c>
       <x:c r="DL45" s="3" t="n">
-        <x:v>98169</x:v>
+        <x:v>97545</x:v>
       </x:c>
       <x:c r="DM45" s="3" t="n">
-        <x:v>101672</x:v>
+        <x:v>100933</x:v>
       </x:c>
       <x:c r="DN45" s="3" t="n">
-        <x:v>100048</x:v>
+        <x:v>99087</x:v>
       </x:c>
       <x:c r="DO45" s="3" t="n">
-        <x:v>110189</x:v>
+        <x:v>109423</x:v>
       </x:c>
       <x:c r="DP45" s="3" t="n">
-        <x:v>105696</x:v>
+        <x:v>105012</x:v>
       </x:c>
       <x:c r="DQ45" s="3" t="n">
-        <x:v>104754</x:v>
+        <x:v>104808</x:v>
       </x:c>
       <x:c r="DR45" s="3" t="n">
-        <x:v>105918</x:v>
+        <x:v>104561</x:v>
       </x:c>
       <x:c r="DS45" s="3" t="n">
-        <x:v>116786</x:v>
+        <x:v>115333</x:v>
+      </x:c>
+      <x:c r="DT45" s="3" t="n">
+        <x:v>110671</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:123">
+    <x:row r="46" spans="1:124">
       <x:c r="A46" s="2" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
         <x:v>3130</x:v>
       </x:c>
       <x:c r="C46" s="3" t="n">
         <x:v>3126</x:v>
       </x:c>
       <x:c r="D46" s="3" t="n">
         <x:v>3193</x:v>
       </x:c>
       <x:c r="E46" s="3" t="n">
         <x:v>3239</x:v>
       </x:c>
       <x:c r="F46" s="3" t="n">
         <x:v>3306</x:v>
       </x:c>
       <x:c r="G46" s="3" t="n">
         <x:v>3292</x:v>
       </x:c>
       <x:c r="H46" s="3" t="n">
         <x:v>3412</x:v>
       </x:c>
       <x:c r="I46" s="3" t="n">
         <x:v>3459</x:v>
       </x:c>
@@ -16674,344 +16813,347 @@
       <x:c r="S46" s="3" t="n">
         <x:v>4030</x:v>
       </x:c>
       <x:c r="T46" s="3" t="n">
         <x:v>4105</x:v>
       </x:c>
       <x:c r="U46" s="3" t="n">
         <x:v>4146</x:v>
       </x:c>
       <x:c r="V46" s="3" t="n">
         <x:v>4320</x:v>
       </x:c>
       <x:c r="W46" s="3" t="n">
         <x:v>4304</x:v>
       </x:c>
       <x:c r="X46" s="3" t="n">
         <x:v>4408</x:v>
       </x:c>
       <x:c r="Y46" s="3" t="n">
         <x:v>4445</x:v>
       </x:c>
       <x:c r="Z46" s="3" t="n">
         <x:v>4368</x:v>
       </x:c>
       <x:c r="AA46" s="3" t="n">
-        <x:v>4374</x:v>
+        <x:v>4375</x:v>
       </x:c>
       <x:c r="AB46" s="3" t="n">
-        <x:v>4451</x:v>
+        <x:v>4453</x:v>
       </x:c>
       <x:c r="AC46" s="3" t="n">
-        <x:v>4511</x:v>
+        <x:v>4514</x:v>
       </x:c>
       <x:c r="AD46" s="3" t="n">
-        <x:v>4439</x:v>
+        <x:v>4443</x:v>
       </x:c>
       <x:c r="AE46" s="3" t="n">
-        <x:v>4690</x:v>
+        <x:v>4695</x:v>
       </x:c>
       <x:c r="AF46" s="3" t="n">
+        <x:v>4866</x:v>
+      </x:c>
+      <x:c r="AG46" s="3" t="n">
         <x:v>4861</x:v>
       </x:c>
-      <x:c r="AG46" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="AH46" s="3" t="n">
-        <x:v>4554</x:v>
+        <x:v>4561</x:v>
       </x:c>
       <x:c r="AI46" s="3" t="n">
-        <x:v>4697</x:v>
+        <x:v>4705</x:v>
       </x:c>
       <x:c r="AJ46" s="3" t="n">
-        <x:v>4900</x:v>
+        <x:v>4910</x:v>
       </x:c>
       <x:c r="AK46" s="3" t="n">
-        <x:v>4884</x:v>
+        <x:v>4894</x:v>
       </x:c>
       <x:c r="AL46" s="3" t="n">
-        <x:v>4653</x:v>
+        <x:v>4665</x:v>
       </x:c>
       <x:c r="AM46" s="3" t="n">
-        <x:v>4815</x:v>
+        <x:v>4830</x:v>
       </x:c>
       <x:c r="AN46" s="3" t="n">
-        <x:v>5044</x:v>
+        <x:v>5061</x:v>
       </x:c>
       <x:c r="AO46" s="3" t="n">
-        <x:v>5057</x:v>
+        <x:v>5075</x:v>
       </x:c>
       <x:c r="AP46" s="3" t="n">
-        <x:v>5061</x:v>
+        <x:v>5082</x:v>
       </x:c>
       <x:c r="AQ46" s="3" t="n">
-        <x:v>5259</x:v>
+        <x:v>5282</x:v>
       </x:c>
       <x:c r="AR46" s="3" t="n">
-        <x:v>5257</x:v>
+        <x:v>5284</x:v>
       </x:c>
       <x:c r="AS46" s="3" t="n">
-        <x:v>5245</x:v>
+        <x:v>5274</x:v>
       </x:c>
       <x:c r="AT46" s="3" t="n">
-        <x:v>5281</x:v>
+        <x:v>5309</x:v>
       </x:c>
       <x:c r="AU46" s="3" t="n">
-        <x:v>5493</x:v>
+        <x:v>5524</x:v>
       </x:c>
       <x:c r="AV46" s="3" t="n">
-        <x:v>5517</x:v>
+        <x:v>5552</x:v>
       </x:c>
       <x:c r="AW46" s="3" t="n">
-        <x:v>5519</x:v>
+        <x:v>5553</x:v>
       </x:c>
       <x:c r="AX46" s="3" t="n">
-        <x:v>6151</x:v>
+        <x:v>6192</x:v>
       </x:c>
       <x:c r="AY46" s="3" t="n">
-        <x:v>6296</x:v>
+        <x:v>6340</x:v>
       </x:c>
       <x:c r="AZ46" s="3" t="n">
-        <x:v>6340</x:v>
+        <x:v>6390</x:v>
       </x:c>
       <x:c r="BA46" s="3" t="n">
-        <x:v>6472</x:v>
+        <x:v>6527</x:v>
       </x:c>
       <x:c r="BB46" s="3" t="n">
-        <x:v>6732</x:v>
+        <x:v>6796</x:v>
       </x:c>
       <x:c r="BC46" s="3" t="n">
-        <x:v>6812</x:v>
+        <x:v>6872</x:v>
       </x:c>
       <x:c r="BD46" s="3" t="n">
-        <x:v>7107</x:v>
+        <x:v>7179</x:v>
       </x:c>
       <x:c r="BE46" s="3" t="n">
-        <x:v>7134</x:v>
+        <x:v>7202</x:v>
       </x:c>
       <x:c r="BF46" s="3" t="n">
-        <x:v>7153</x:v>
+        <x:v>7215</x:v>
       </x:c>
       <x:c r="BG46" s="3" t="n">
-        <x:v>7396</x:v>
+        <x:v>7466</x:v>
       </x:c>
       <x:c r="BH46" s="3" t="n">
-        <x:v>7556</x:v>
+        <x:v>7635</x:v>
       </x:c>
       <x:c r="BI46" s="3" t="n">
-        <x:v>7688</x:v>
+        <x:v>7769</x:v>
       </x:c>
       <x:c r="BJ46" s="3" t="n">
-        <x:v>7610</x:v>
+        <x:v>7695</x:v>
       </x:c>
       <x:c r="BK46" s="3" t="n">
-        <x:v>7580</x:v>
+        <x:v>7661</x:v>
       </x:c>
       <x:c r="BL46" s="3" t="n">
-        <x:v>7757</x:v>
+        <x:v>7845</x:v>
       </x:c>
       <x:c r="BM46" s="3" t="n">
-        <x:v>7878</x:v>
+        <x:v>7969</x:v>
       </x:c>
       <x:c r="BN46" s="3" t="n">
-        <x:v>7994</x:v>
+        <x:v>8099</x:v>
       </x:c>
       <x:c r="BO46" s="3" t="n">
-        <x:v>8053</x:v>
+        <x:v>8152</x:v>
       </x:c>
       <x:c r="BP46" s="3" t="n">
-        <x:v>8174</x:v>
+        <x:v>8280</x:v>
       </x:c>
       <x:c r="BQ46" s="3" t="n">
-        <x:v>8379</x:v>
+        <x:v>8484</x:v>
       </x:c>
       <x:c r="BR46" s="3" t="n">
-        <x:v>8159</x:v>
+        <x:v>8259</x:v>
       </x:c>
       <x:c r="BS46" s="3" t="n">
-        <x:v>8348</x:v>
+        <x:v>8457</x:v>
       </x:c>
       <x:c r="BT46" s="3" t="n">
-        <x:v>8660</x:v>
+        <x:v>8779</x:v>
       </x:c>
       <x:c r="BU46" s="3" t="n">
-        <x:v>8863</x:v>
+        <x:v>8983</x:v>
       </x:c>
       <x:c r="BV46" s="3" t="n">
-        <x:v>8650</x:v>
+        <x:v>8789</x:v>
       </x:c>
       <x:c r="BW46" s="3" t="n">
-        <x:v>8760</x:v>
+        <x:v>8897</x:v>
       </x:c>
       <x:c r="BX46" s="3" t="n">
-        <x:v>8834</x:v>
+        <x:v>8966</x:v>
       </x:c>
       <x:c r="BY46" s="3" t="n">
-        <x:v>8975</x:v>
+        <x:v>9103</x:v>
       </x:c>
       <x:c r="BZ46" s="3" t="n">
-        <x:v>9009</x:v>
+        <x:v>9126</x:v>
       </x:c>
       <x:c r="CA46" s="3" t="n">
-        <x:v>9090</x:v>
+        <x:v>9194</x:v>
       </x:c>
       <x:c r="CB46" s="3" t="n">
-        <x:v>9349</x:v>
+        <x:v>9457</x:v>
       </x:c>
       <x:c r="CC46" s="3" t="n">
-        <x:v>9227</x:v>
+        <x:v>9326</x:v>
       </x:c>
       <x:c r="CD46" s="3" t="n">
-        <x:v>8956</x:v>
+        <x:v>9072</x:v>
       </x:c>
       <x:c r="CE46" s="3" t="n">
-        <x:v>9853</x:v>
+        <x:v>9984</x:v>
       </x:c>
       <x:c r="CF46" s="3" t="n">
+        <x:v>9087</x:v>
+      </x:c>
+      <x:c r="CG46" s="3" t="n">
+        <x:v>9934</x:v>
+      </x:c>
+      <x:c r="CH46" s="3" t="n">
         <x:v>8971</x:v>
       </x:c>
-      <x:c r="CG46" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="CI46" s="3" t="n">
-        <x:v>9851</x:v>
+        <x:v>9981</x:v>
       </x:c>
       <x:c r="CJ46" s="3" t="n">
-        <x:v>8906</x:v>
+        <x:v>9013</x:v>
       </x:c>
       <x:c r="CK46" s="3" t="n">
-        <x:v>9880</x:v>
+        <x:v>9996</x:v>
       </x:c>
       <x:c r="CL46" s="3" t="n">
-        <x:v>9147</x:v>
+        <x:v>9269</x:v>
       </x:c>
       <x:c r="CM46" s="3" t="n">
-        <x:v>10345</x:v>
+        <x:v>10484</x:v>
       </x:c>
       <x:c r="CN46" s="3" t="n">
-        <x:v>9298</x:v>
+        <x:v>9421</x:v>
       </x:c>
       <x:c r="CO46" s="3" t="n">
-        <x:v>10342</x:v>
+        <x:v>10468</x:v>
       </x:c>
       <x:c r="CP46" s="3" t="n">
-        <x:v>9531</x:v>
+        <x:v>9640</x:v>
       </x:c>
       <x:c r="CQ46" s="3" t="n">
-        <x:v>10802</x:v>
+        <x:v>10921</x:v>
       </x:c>
       <x:c r="CR46" s="3" t="n">
-        <x:v>9674</x:v>
+        <x:v>9774</x:v>
       </x:c>
       <x:c r="CS46" s="3" t="n">
-        <x:v>10911</x:v>
+        <x:v>11029</x:v>
       </x:c>
       <x:c r="CT46" s="3" t="n">
-        <x:v>9884</x:v>
+        <x:v>10003</x:v>
       </x:c>
       <x:c r="CU46" s="3" t="n">
-        <x:v>11289</x:v>
+        <x:v>11436</x:v>
       </x:c>
       <x:c r="CV46" s="3" t="n">
-        <x:v>10273</x:v>
+        <x:v>10410</x:v>
       </x:c>
       <x:c r="CW46" s="3" t="n">
-        <x:v>11556</x:v>
+        <x:v>11715</x:v>
       </x:c>
       <x:c r="CX46" s="3" t="n">
-        <x:v>10428</x:v>
+        <x:v>10575</x:v>
       </x:c>
       <x:c r="CY46" s="3" t="n">
-        <x:v>9895</x:v>
+        <x:v>10030</x:v>
       </x:c>
       <x:c r="CZ46" s="3" t="n">
-        <x:v>9936</x:v>
+        <x:v>10062</x:v>
       </x:c>
       <x:c r="DA46" s="3" t="n">
-        <x:v>11331</x:v>
+        <x:v>11488</x:v>
       </x:c>
       <x:c r="DB46" s="3" t="n">
-        <x:v>10187</x:v>
+        <x:v>10339</x:v>
       </x:c>
       <x:c r="DC46" s="3" t="n">
-        <x:v>11484</x:v>
+        <x:v>11662</x:v>
       </x:c>
       <x:c r="DD46" s="3" t="n">
-        <x:v>11144</x:v>
+        <x:v>11343</x:v>
       </x:c>
       <x:c r="DE46" s="3" t="n">
-        <x:v>12456</x:v>
+        <x:v>12688</x:v>
       </x:c>
       <x:c r="DF46" s="3" t="n">
-        <x:v>11420</x:v>
+        <x:v>11637</x:v>
       </x:c>
       <x:c r="DG46" s="3" t="n">
-        <x:v>13321</x:v>
+        <x:v>13571</x:v>
       </x:c>
       <x:c r="DH46" s="3" t="n">
-        <x:v>12382</x:v>
+        <x:v>12591</x:v>
       </x:c>
       <x:c r="DI46" s="3" t="n">
-        <x:v>13380</x:v>
+        <x:v>13541</x:v>
       </x:c>
       <x:c r="DJ46" s="3" t="n">
-        <x:v>12831</x:v>
+        <x:v>12907</x:v>
       </x:c>
       <x:c r="DK46" s="3" t="n">
-        <x:v>14292</x:v>
+        <x:v>14334</x:v>
       </x:c>
       <x:c r="DL46" s="3" t="n">
-        <x:v>13796</x:v>
+        <x:v>13803</x:v>
       </x:c>
       <x:c r="DM46" s="3" t="n">
-        <x:v>14398</x:v>
+        <x:v>14368</x:v>
       </x:c>
       <x:c r="DN46" s="3" t="n">
-        <x:v>13542</x:v>
+        <x:v>13585</x:v>
       </x:c>
       <x:c r="DO46" s="3" t="n">
-        <x:v>15300</x:v>
+        <x:v>15325</x:v>
       </x:c>
       <x:c r="DP46" s="3" t="n">
-        <x:v>14321</x:v>
+        <x:v>14331</x:v>
       </x:c>
       <x:c r="DQ46" s="3" t="n">
-        <x:v>15305</x:v>
+        <x:v>15340</x:v>
       </x:c>
       <x:c r="DR46" s="3" t="n">
-        <x:v>14496</x:v>
+        <x:v>14491</x:v>
       </x:c>
       <x:c r="DS46" s="3" t="n">
-        <x:v>16396</x:v>
+        <x:v>16393</x:v>
+      </x:c>
+      <x:c r="DT46" s="3" t="n">
+        <x:v>15210</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:123">
+    <x:row r="47" spans="1:124">
       <x:c r="A47" s="2" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
         <x:v>34452</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>30988</x:v>
       </x:c>
       <x:c r="D47" s="3" t="n">
         <x:v>31973</x:v>
       </x:c>
       <x:c r="E47" s="3" t="n">
         <x:v>34592</x:v>
       </x:c>
       <x:c r="F47" s="3" t="n">
         <x:v>35926</x:v>
       </x:c>
       <x:c r="G47" s="3" t="n">
         <x:v>33233</x:v>
       </x:c>
       <x:c r="H47" s="3" t="n">
         <x:v>34605</x:v>
       </x:c>
       <x:c r="I47" s="3" t="n">
         <x:v>37438</x:v>
       </x:c>
@@ -17150,239 +17292,242 @@
       <x:c r="BB47" s="3" t="n">
         <x:v>73676</x:v>
       </x:c>
       <x:c r="BC47" s="3" t="n">
         <x:v>76325</x:v>
       </x:c>
       <x:c r="BD47" s="3" t="n">
         <x:v>78326</x:v>
       </x:c>
       <x:c r="BE47" s="3" t="n">
         <x:v>79580</x:v>
       </x:c>
       <x:c r="BF47" s="3" t="n">
         <x:v>79698</x:v>
       </x:c>
       <x:c r="BG47" s="3" t="n">
         <x:v>81556</x:v>
       </x:c>
       <x:c r="BH47" s="3" t="n">
         <x:v>83348</x:v>
       </x:c>
       <x:c r="BI47" s="3" t="n">
         <x:v>85102</x:v>
       </x:c>
       <x:c r="BJ47" s="3" t="n">
-        <x:v>85977</x:v>
+        <x:v>85976</x:v>
       </x:c>
       <x:c r="BK47" s="3" t="n">
-        <x:v>86242</x:v>
+        <x:v>86241</x:v>
       </x:c>
       <x:c r="BL47" s="3" t="n">
         <x:v>87378</x:v>
       </x:c>
       <x:c r="BM47" s="3" t="n">
-        <x:v>88665</x:v>
+        <x:v>88667</x:v>
       </x:c>
       <x:c r="BN47" s="3" t="n">
-        <x:v>89655</x:v>
+        <x:v>89660</x:v>
       </x:c>
       <x:c r="BO47" s="3" t="n">
-        <x:v>91389</x:v>
+        <x:v>91393</x:v>
       </x:c>
       <x:c r="BP47" s="3" t="n">
         <x:v>93505</x:v>
       </x:c>
       <x:c r="BQ47" s="3" t="n">
-        <x:v>95203</x:v>
+        <x:v>95194</x:v>
       </x:c>
       <x:c r="BR47" s="3" t="n">
-        <x:v>96460</x:v>
+        <x:v>96438</x:v>
       </x:c>
       <x:c r="BS47" s="3" t="n">
-        <x:v>96963</x:v>
+        <x:v>96944</x:v>
       </x:c>
       <x:c r="BT47" s="3" t="n">
-        <x:v>98492</x:v>
+        <x:v>98494</x:v>
       </x:c>
       <x:c r="BU47" s="3" t="n">
-        <x:v>100160</x:v>
+        <x:v>100199</x:v>
       </x:c>
       <x:c r="BV47" s="3" t="n">
-        <x:v>101111</x:v>
+        <x:v>101206</x:v>
       </x:c>
       <x:c r="BW47" s="3" t="n">
-        <x:v>103377</x:v>
+        <x:v>103460</x:v>
       </x:c>
       <x:c r="BX47" s="3" t="n">
-        <x:v>104732</x:v>
+        <x:v>104728</x:v>
       </x:c>
       <x:c r="BY47" s="3" t="n">
-        <x:v>105874</x:v>
+        <x:v>105700</x:v>
       </x:c>
       <x:c r="BZ47" s="3" t="n">
-        <x:v>107047</x:v>
+        <x:v>106628</x:v>
       </x:c>
       <x:c r="CA47" s="3" t="n">
-        <x:v>108731</x:v>
+        <x:v>108115</x:v>
       </x:c>
       <x:c r="CB47" s="3" t="n">
-        <x:v>110112</x:v>
+        <x:v>109345</x:v>
       </x:c>
       <x:c r="CC47" s="3" t="n">
-        <x:v>111551</x:v>
+        <x:v>110688</x:v>
       </x:c>
       <x:c r="CD47" s="3" t="n">
-        <x:v>110884</x:v>
+        <x:v>110012</x:v>
       </x:c>
       <x:c r="CE47" s="3" t="n">
-        <x:v>120396</x:v>
+        <x:v>119390</x:v>
       </x:c>
       <x:c r="CF47" s="3" t="n">
-        <x:v>114190</x:v>
+        <x:v>113229</x:v>
       </x:c>
       <x:c r="CG47" s="3" t="n">
-        <x:v>112061</x:v>
+        <x:v>111215</x:v>
       </x:c>
       <x:c r="CH47" s="3" t="n">
-        <x:v>113778</x:v>
+        <x:v>112927</x:v>
       </x:c>
       <x:c r="CI47" s="3" t="n">
-        <x:v>124778</x:v>
+        <x:v>123898</x:v>
       </x:c>
       <x:c r="CJ47" s="3" t="n">
-        <x:v>117142</x:v>
+        <x:v>116372</x:v>
       </x:c>
       <x:c r="CK47" s="3" t="n">
-        <x:v>118721</x:v>
+        <x:v>118025</x:v>
       </x:c>
       <x:c r="CL47" s="3" t="n">
-        <x:v>119206</x:v>
+        <x:v>118528</x:v>
       </x:c>
       <x:c r="CM47" s="3" t="n">
-        <x:v>130111</x:v>
+        <x:v>129386</x:v>
       </x:c>
       <x:c r="CN47" s="3" t="n">
-        <x:v>122972</x:v>
+        <x:v>122264</x:v>
       </x:c>
       <x:c r="CO47" s="3" t="n">
-        <x:v>123734</x:v>
+        <x:v>122995</x:v>
       </x:c>
       <x:c r="CP47" s="3" t="n">
-        <x:v>125095</x:v>
+        <x:v>124232</x:v>
       </x:c>
       <x:c r="CQ47" s="3" t="n">
-        <x:v>136231</x:v>
+        <x:v>135179</x:v>
       </x:c>
       <x:c r="CR47" s="3" t="n">
-        <x:v>127928</x:v>
+        <x:v>126835</x:v>
       </x:c>
       <x:c r="CS47" s="3" t="n">
-        <x:v>130508</x:v>
+        <x:v>129329</x:v>
       </x:c>
       <x:c r="CT47" s="3" t="n">
-        <x:v>130750</x:v>
+        <x:v>129395</x:v>
       </x:c>
       <x:c r="CU47" s="3" t="n">
-        <x:v>141970</x:v>
+        <x:v>140456</x:v>
       </x:c>
       <x:c r="CV47" s="3" t="n">
-        <x:v>135948</x:v>
+        <x:v>134574</x:v>
       </x:c>
       <x:c r="CW47" s="3" t="n">
-        <x:v>136546</x:v>
+        <x:v>135426</x:v>
       </x:c>
       <x:c r="CX47" s="3" t="n">
-        <x:v>135669</x:v>
+        <x:v>134851</x:v>
       </x:c>
       <x:c r="CY47" s="3" t="n">
-        <x:v>146530</x:v>
+        <x:v>145842</x:v>
       </x:c>
       <x:c r="CZ47" s="3" t="n">
-        <x:v>137183</x:v>
+        <x:v>136599</x:v>
       </x:c>
       <x:c r="DA47" s="3" t="n">
-        <x:v>137335</x:v>
+        <x:v>136702</x:v>
       </x:c>
       <x:c r="DB47" s="3" t="n">
-        <x:v>140497</x:v>
+        <x:v>139614</x:v>
       </x:c>
       <x:c r="DC47" s="3" t="n">
-        <x:v>152646</x:v>
+        <x:v>151528</x:v>
       </x:c>
       <x:c r="DD47" s="3" t="n">
-        <x:v>143188</x:v>
+        <x:v>142099</x:v>
       </x:c>
       <x:c r="DE47" s="3" t="n">
-        <x:v>149416</x:v>
+        <x:v>148411</x:v>
       </x:c>
       <x:c r="DF47" s="3" t="n">
-        <x:v>149592</x:v>
+        <x:v>148653</x:v>
       </x:c>
       <x:c r="DG47" s="3" t="n">
-        <x:v>162130</x:v>
+        <x:v>161199</x:v>
       </x:c>
       <x:c r="DH47" s="3" t="n">
-        <x:v>152756</x:v>
+        <x:v>151967</x:v>
       </x:c>
       <x:c r="DI47" s="3" t="n">
-        <x:v>155154</x:v>
+        <x:v>154438</x:v>
       </x:c>
       <x:c r="DJ47" s="3" t="n">
-        <x:v>154652</x:v>
+        <x:v>153823</x:v>
       </x:c>
       <x:c r="DK47" s="3" t="n">
-        <x:v>169684</x:v>
+        <x:v>168777</x:v>
       </x:c>
       <x:c r="DL47" s="3" t="n">
-        <x:v>163997</x:v>
+        <x:v>163061</x:v>
       </x:c>
       <x:c r="DM47" s="3" t="n">
-        <x:v>172959</x:v>
+        <x:v>171945</x:v>
       </x:c>
       <x:c r="DN47" s="3" t="n">
-        <x:v>169167</x:v>
+        <x:v>167534</x:v>
       </x:c>
       <x:c r="DO47" s="3" t="n">
-        <x:v>183146</x:v>
+        <x:v>182084</x:v>
       </x:c>
       <x:c r="DP47" s="3" t="n">
-        <x:v>175492</x:v>
+        <x:v>174724</x:v>
       </x:c>
       <x:c r="DQ47" s="3" t="n">
-        <x:v>177985</x:v>
+        <x:v>177858</x:v>
       </x:c>
       <x:c r="DR47" s="3" t="n">
-        <x:v>179033</x:v>
+        <x:v>176606</x:v>
       </x:c>
       <x:c r="DS47" s="3" t="n">
-        <x:v>195147</x:v>
+        <x:v>192490</x:v>
+      </x:c>
+      <x:c r="DT47" s="3" t="n">
+        <x:v>183369</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:123">
+    <x:row r="48" spans="1:124">
       <x:c r="A48" s="2" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
         <x:v>10138</x:v>
       </x:c>
       <x:c r="C48" s="3" t="n">
         <x:v>8975</x:v>
       </x:c>
       <x:c r="D48" s="3" t="n">
         <x:v>9585</x:v>
       </x:c>
       <x:c r="E48" s="3" t="n">
         <x:v>10124</x:v>
       </x:c>
       <x:c r="F48" s="3" t="n">
         <x:v>10527</x:v>
       </x:c>
       <x:c r="G48" s="3" t="n">
         <x:v>9491</x:v>
       </x:c>
       <x:c r="H48" s="3" t="n">
         <x:v>10336</x:v>
       </x:c>
       <x:c r="I48" s="3" t="n">
         <x:v>10755</x:v>
       </x:c>
@@ -17653,107 +17798,110 @@
       <x:c r="CT48" s="3" t="n">
         <x:v>55734</x:v>
       </x:c>
       <x:c r="CU48" s="3" t="n">
         <x:v>60811</x:v>
       </x:c>
       <x:c r="CV48" s="3" t="n">
         <x:v>57108</x:v>
       </x:c>
       <x:c r="CW48" s="3" t="n">
         <x:v>59182</x:v>
       </x:c>
       <x:c r="CX48" s="3" t="n">
         <x:v>57901</x:v>
       </x:c>
       <x:c r="CY48" s="3" t="n">
         <x:v>63081</x:v>
       </x:c>
       <x:c r="CZ48" s="3" t="n">
         <x:v>59163</x:v>
       </x:c>
       <x:c r="DA48" s="3" t="n">
         <x:v>60699</x:v>
       </x:c>
       <x:c r="DB48" s="3" t="n">
-        <x:v>60585</x:v>
+        <x:v>60583</x:v>
       </x:c>
       <x:c r="DC48" s="3" t="n">
-        <x:v>66233</x:v>
+        <x:v>66231</x:v>
       </x:c>
       <x:c r="DD48" s="3" t="n">
-        <x:v>61464</x:v>
+        <x:v>61461</x:v>
       </x:c>
       <x:c r="DE48" s="3" t="n">
-        <x:v>67019</x:v>
+        <x:v>67014</x:v>
       </x:c>
       <x:c r="DF48" s="3" t="n">
-        <x:v>64186</x:v>
+        <x:v>64185</x:v>
       </x:c>
       <x:c r="DG48" s="3" t="n">
-        <x:v>70328</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="DH48" s="3" t="n">
-        <x:v>65904</x:v>
+        <x:v>65903</x:v>
       </x:c>
       <x:c r="DI48" s="3" t="n">
-        <x:v>70374</x:v>
+        <x:v>70383</x:v>
       </x:c>
       <x:c r="DJ48" s="3" t="n">
-        <x:v>67504</x:v>
+        <x:v>67490</x:v>
       </x:c>
       <x:c r="DK48" s="3" t="n">
-        <x:v>74089</x:v>
+        <x:v>74095</x:v>
       </x:c>
       <x:c r="DL48" s="3" t="n">
-        <x:v>70365</x:v>
+        <x:v>70366</x:v>
       </x:c>
       <x:c r="DM48" s="3" t="n">
-        <x:v>78170</x:v>
+        <x:v>78182</x:v>
       </x:c>
       <x:c r="DN48" s="3" t="n">
-        <x:v>73060</x:v>
+        <x:v>72362</x:v>
       </x:c>
       <x:c r="DO48" s="3" t="n">
-        <x:v>80408</x:v>
+        <x:v>80066</x:v>
       </x:c>
       <x:c r="DP48" s="3" t="n">
-        <x:v>75094</x:v>
+        <x:v>75393</x:v>
       </x:c>
       <x:c r="DQ48" s="3" t="n">
-        <x:v>79066</x:v>
+        <x:v>79521</x:v>
       </x:c>
       <x:c r="DR48" s="3" t="n">
-        <x:v>77404</x:v>
+        <x:v>75912</x:v>
       </x:c>
       <x:c r="DS48" s="3" t="n">
-        <x:v>87170</x:v>
+        <x:v>85474</x:v>
+      </x:c>
+      <x:c r="DT48" s="3" t="n">
+        <x:v>80117</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:123">
+    <x:row r="49" spans="1:124">
       <x:c r="A49" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
         <x:v>7892</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>6994</x:v>
       </x:c>
       <x:c r="D49" s="3" t="n">
         <x:v>7558</x:v>
       </x:c>
       <x:c r="E49" s="3" t="n">
         <x:v>7880</x:v>
       </x:c>
       <x:c r="F49" s="3" t="n">
         <x:v>8207</x:v>
       </x:c>
       <x:c r="G49" s="3" t="n">
         <x:v>7415</x:v>
       </x:c>
       <x:c r="H49" s="3" t="n">
         <x:v>8169</x:v>
       </x:c>
       <x:c r="I49" s="3" t="n">
         <x:v>8401</x:v>
       </x:c>
@@ -17994,137 +18142,140 @@
       <x:c r="CJ49" s="3" t="n">
         <x:v>45640</x:v>
       </x:c>
       <x:c r="CK49" s="3" t="n">
         <x:v>47553</x:v>
       </x:c>
       <x:c r="CL49" s="3" t="n">
         <x:v>46684</x:v>
       </x:c>
       <x:c r="CM49" s="3" t="n">
         <x:v>51240</x:v>
       </x:c>
       <x:c r="CN49" s="3" t="n">
         <x:v>48496</x:v>
       </x:c>
       <x:c r="CO49" s="3" t="n">
         <x:v>49035</x:v>
       </x:c>
       <x:c r="CP49" s="3" t="n">
         <x:v>48652</x:v>
       </x:c>
       <x:c r="CQ49" s="3" t="n">
         <x:v>53200</x:v>
       </x:c>
       <x:c r="CR49" s="3" t="n">
-        <x:v>50096</x:v>
+        <x:v>50095</x:v>
       </x:c>
       <x:c r="CS49" s="3" t="n">
         <x:v>52135</x:v>
       </x:c>
       <x:c r="CT49" s="3" t="n">
         <x:v>51337</x:v>
       </x:c>
       <x:c r="CU49" s="3" t="n">
         <x:v>55530</x:v>
       </x:c>
       <x:c r="CV49" s="3" t="n">
         <x:v>52526</x:v>
       </x:c>
       <x:c r="CW49" s="3" t="n">
-        <x:v>53935</x:v>
+        <x:v>53936</x:v>
       </x:c>
       <x:c r="CX49" s="3" t="n">
-        <x:v>53283</x:v>
+        <x:v>53284</x:v>
       </x:c>
       <x:c r="CY49" s="3" t="n">
-        <x:v>57417</x:v>
+        <x:v>57419</x:v>
       </x:c>
       <x:c r="CZ49" s="3" t="n">
         <x:v>54557</x:v>
       </x:c>
       <x:c r="DA49" s="3" t="n">
-        <x:v>55379</x:v>
+        <x:v>55376</x:v>
       </x:c>
       <x:c r="DB49" s="3" t="n">
-        <x:v>55416</x:v>
+        <x:v>55408</x:v>
       </x:c>
       <x:c r="DC49" s="3" t="n">
-        <x:v>60339</x:v>
+        <x:v>60331</x:v>
       </x:c>
       <x:c r="DD49" s="3" t="n">
-        <x:v>56266</x:v>
+        <x:v>56265</x:v>
       </x:c>
       <x:c r="DE49" s="3" t="n">
-        <x:v>60836</x:v>
+        <x:v>60846</x:v>
       </x:c>
       <x:c r="DF49" s="3" t="n">
-        <x:v>58856</x:v>
+        <x:v>58887</x:v>
       </x:c>
       <x:c r="DG49" s="3" t="n">
-        <x:v>63643</x:v>
+        <x:v>63673</x:v>
       </x:c>
       <x:c r="DH49" s="3" t="n">
-        <x:v>60359</x:v>
+        <x:v>60357</x:v>
       </x:c>
       <x:c r="DI49" s="3" t="n">
-        <x:v>63851</x:v>
+        <x:v>63795</x:v>
       </x:c>
       <x:c r="DJ49" s="3" t="n">
-        <x:v>61829</x:v>
+        <x:v>61675</x:v>
       </x:c>
       <x:c r="DK49" s="3" t="n">
-        <x:v>67213</x:v>
+        <x:v>66970</x:v>
       </x:c>
       <x:c r="DL49" s="3" t="n">
-        <x:v>64301</x:v>
+        <x:v>64037</x:v>
       </x:c>
       <x:c r="DM49" s="3" t="n">
-        <x:v>71037</x:v>
+        <x:v>70708</x:v>
       </x:c>
       <x:c r="DN49" s="3" t="n">
-        <x:v>66702</x:v>
+        <x:v>65798</x:v>
       </x:c>
       <x:c r="DO49" s="3" t="n">
-        <x:v>72579</x:v>
+        <x:v>72038</x:v>
       </x:c>
       <x:c r="DP49" s="3" t="n">
-        <x:v>68511</x:v>
+        <x:v>68510</x:v>
       </x:c>
       <x:c r="DQ49" s="3" t="n">
-        <x:v>71579</x:v>
+        <x:v>71737</x:v>
       </x:c>
       <x:c r="DR49" s="3" t="n">
-        <x:v>70673</x:v>
+        <x:v>68932</x:v>
       </x:c>
       <x:c r="DS49" s="3" t="n">
-        <x:v>78115</x:v>
+        <x:v>76373</x:v>
+      </x:c>
+      <x:c r="DT49" s="3" t="n">
+        <x:v>72533</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:123">
+    <x:row r="50" spans="1:124">
       <x:c r="A50" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
         <x:v>2246</x:v>
       </x:c>
       <x:c r="C50" s="3" t="n">
         <x:v>1980</x:v>
       </x:c>
       <x:c r="D50" s="3" t="n">
         <x:v>2027</x:v>
       </x:c>
       <x:c r="E50" s="3" t="n">
         <x:v>2245</x:v>
       </x:c>
       <x:c r="F50" s="3" t="n">
         <x:v>2319</x:v>
       </x:c>
       <x:c r="G50" s="3" t="n">
         <x:v>2076</x:v>
       </x:c>
       <x:c r="H50" s="3" t="n">
         <x:v>2167</x:v>
       </x:c>
       <x:c r="I50" s="3" t="n">
         <x:v>2353</x:v>
       </x:c>
@@ -18371,131 +18522,134 @@
       <x:c r="CL50" s="3" t="n">
         <x:v>4052</x:v>
       </x:c>
       <x:c r="CM50" s="3" t="n">
         <x:v>4900</x:v>
       </x:c>
       <x:c r="CN50" s="3" t="n">
         <x:v>4158</x:v>
       </x:c>
       <x:c r="CO50" s="3" t="n">
         <x:v>4776</x:v>
       </x:c>
       <x:c r="CP50" s="3" t="n">
         <x:v>4170</x:v>
       </x:c>
       <x:c r="CQ50" s="3" t="n">
         <x:v>5030</x:v>
       </x:c>
       <x:c r="CR50" s="3" t="n">
         <x:v>4271</x:v>
       </x:c>
       <x:c r="CS50" s="3" t="n">
         <x:v>5522</x:v>
       </x:c>
       <x:c r="CT50" s="3" t="n">
-        <x:v>4396</x:v>
+        <x:v>4397</x:v>
       </x:c>
       <x:c r="CU50" s="3" t="n">
-        <x:v>5280</x:v>
+        <x:v>5281</x:v>
       </x:c>
       <x:c r="CV50" s="3" t="n">
         <x:v>4582</x:v>
       </x:c>
       <x:c r="CW50" s="3" t="n">
-        <x:v>5247</x:v>
+        <x:v>5246</x:v>
       </x:c>
       <x:c r="CX50" s="3" t="n">
-        <x:v>4618</x:v>
+        <x:v>4617</x:v>
       </x:c>
       <x:c r="CY50" s="3" t="n">
-        <x:v>5664</x:v>
+        <x:v>5662</x:v>
       </x:c>
       <x:c r="CZ50" s="3" t="n">
         <x:v>4606</x:v>
       </x:c>
       <x:c r="DA50" s="3" t="n">
-        <x:v>5320</x:v>
+        <x:v>5323</x:v>
       </x:c>
       <x:c r="DB50" s="3" t="n">
-        <x:v>5169</x:v>
+        <x:v>5175</x:v>
       </x:c>
       <x:c r="DC50" s="3" t="n">
-        <x:v>5893</x:v>
+        <x:v>5900</x:v>
       </x:c>
       <x:c r="DD50" s="3" t="n">
-        <x:v>5198</x:v>
+        <x:v>5197</x:v>
       </x:c>
       <x:c r="DE50" s="3" t="n">
-        <x:v>6183</x:v>
+        <x:v>6168</x:v>
       </x:c>
       <x:c r="DF50" s="3" t="n">
-        <x:v>5329</x:v>
+        <x:v>5298</x:v>
       </x:c>
       <x:c r="DG50" s="3" t="n">
-        <x:v>6685</x:v>
+        <x:v>6649</x:v>
       </x:c>
       <x:c r="DH50" s="3" t="n">
-        <x:v>5545</x:v>
+        <x:v>5547</x:v>
       </x:c>
       <x:c r="DI50" s="3" t="n">
-        <x:v>6523</x:v>
+        <x:v>6589</x:v>
       </x:c>
       <x:c r="DJ50" s="3" t="n">
-        <x:v>5674</x:v>
+        <x:v>5814</x:v>
       </x:c>
       <x:c r="DK50" s="3" t="n">
-        <x:v>6876</x:v>
+        <x:v>7125</x:v>
       </x:c>
       <x:c r="DL50" s="3" t="n">
-        <x:v>6065</x:v>
+        <x:v>6329</x:v>
       </x:c>
       <x:c r="DM50" s="3" t="n">
-        <x:v>7133</x:v>
+        <x:v>7473</x:v>
       </x:c>
       <x:c r="DN50" s="3" t="n">
-        <x:v>6357</x:v>
+        <x:v>6565</x:v>
       </x:c>
       <x:c r="DO50" s="3" t="n">
-        <x:v>7829</x:v>
+        <x:v>8027</x:v>
       </x:c>
       <x:c r="DP50" s="3" t="n">
-        <x:v>6583</x:v>
+        <x:v>6883</x:v>
       </x:c>
       <x:c r="DQ50" s="3" t="n">
-        <x:v>7487</x:v>
+        <x:v>7784</x:v>
       </x:c>
       <x:c r="DR50" s="3" t="n">
-        <x:v>6731</x:v>
+        <x:v>6980</x:v>
       </x:c>
       <x:c r="DS50" s="3" t="n">
-        <x:v>9055</x:v>
+        <x:v>9100</x:v>
+      </x:c>
+      <x:c r="DT50" s="3" t="n">
+        <x:v>7584</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:123">
+    <x:row r="51" spans="1:124">
       <x:c r="A51" s="2" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
         <x:v>24314</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>22013</x:v>
       </x:c>
       <x:c r="D51" s="3" t="n">
         <x:v>22388</x:v>
       </x:c>
       <x:c r="E51" s="3" t="n">
         <x:v>24467</x:v>
       </x:c>
       <x:c r="F51" s="3" t="n">
         <x:v>25399</x:v>
       </x:c>
       <x:c r="G51" s="3" t="n">
         <x:v>23742</x:v>
       </x:c>
       <x:c r="H51" s="3" t="n">
         <x:v>24269</x:v>
       </x:c>
       <x:c r="I51" s="3" t="n">
         <x:v>26684</x:v>
       </x:c>
@@ -18619,1873 +18773,1893 @@
       <x:c r="AW51" s="3" t="n">
         <x:v>38281</x:v>
       </x:c>
       <x:c r="AX51" s="3" t="n">
         <x:v>39784</x:v>
       </x:c>
       <x:c r="AY51" s="3" t="n">
         <x:v>38130</x:v>
       </x:c>
       <x:c r="AZ51" s="3" t="n">
         <x:v>37908</x:v>
       </x:c>
       <x:c r="BA51" s="3" t="n">
         <x:v>41706</x:v>
       </x:c>
       <x:c r="BB51" s="3" t="n">
         <x:v>41730</x:v>
       </x:c>
       <x:c r="BC51" s="3" t="n">
         <x:v>43124</x:v>
       </x:c>
       <x:c r="BD51" s="3" t="n">
         <x:v>44170</x:v>
       </x:c>
       <x:c r="BE51" s="3" t="n">
-        <x:v>44866</x:v>
+        <x:v>44867</x:v>
       </x:c>
       <x:c r="BF51" s="3" t="n">
-        <x:v>45036</x:v>
+        <x:v>45037</x:v>
       </x:c>
       <x:c r="BG51" s="3" t="n">
-        <x:v>46329</x:v>
+        <x:v>46330</x:v>
       </x:c>
       <x:c r="BH51" s="3" t="n">
         <x:v>47455</x:v>
       </x:c>
       <x:c r="BI51" s="3" t="n">
-        <x:v>48750</x:v>
+        <x:v>48749</x:v>
       </x:c>
       <x:c r="BJ51" s="3" t="n">
-        <x:v>49120</x:v>
+        <x:v>49119</x:v>
       </x:c>
       <x:c r="BK51" s="3" t="n">
-        <x:v>48764</x:v>
+        <x:v>48763</x:v>
       </x:c>
       <x:c r="BL51" s="3" t="n">
-        <x:v>49275</x:v>
+        <x:v>49276</x:v>
       </x:c>
       <x:c r="BM51" s="3" t="n">
-        <x:v>50056</x:v>
+        <x:v>50058</x:v>
       </x:c>
       <x:c r="BN51" s="3" t="n">
-        <x:v>50846</x:v>
+        <x:v>50851</x:v>
       </x:c>
       <x:c r="BO51" s="3" t="n">
-        <x:v>51977</x:v>
+        <x:v>51982</x:v>
       </x:c>
       <x:c r="BP51" s="3" t="n">
         <x:v>53507</x:v>
       </x:c>
       <x:c r="BQ51" s="3" t="n">
-        <x:v>54445</x:v>
+        <x:v>54436</x:v>
       </x:c>
       <x:c r="BR51" s="3" t="n">
-        <x:v>55175</x:v>
+        <x:v>55152</x:v>
       </x:c>
       <x:c r="BS51" s="3" t="n">
-        <x:v>55436</x:v>
+        <x:v>55418</x:v>
       </x:c>
       <x:c r="BT51" s="3" t="n">
-        <x:v>56200</x:v>
+        <x:v>56201</x:v>
       </x:c>
       <x:c r="BU51" s="3" t="n">
-        <x:v>57203</x:v>
+        <x:v>57243</x:v>
       </x:c>
       <x:c r="BV51" s="3" t="n">
-        <x:v>57647</x:v>
+        <x:v>57742</x:v>
       </x:c>
       <x:c r="BW51" s="3" t="n">
-        <x:v>59143</x:v>
+        <x:v>59226</x:v>
       </x:c>
       <x:c r="BX51" s="3" t="n">
-        <x:v>60139</x:v>
+        <x:v>60134</x:v>
       </x:c>
       <x:c r="BY51" s="3" t="n">
-        <x:v>60931</x:v>
+        <x:v>60758</x:v>
       </x:c>
       <x:c r="BZ51" s="3" t="n">
-        <x:v>61286</x:v>
+        <x:v>60868</x:v>
       </x:c>
       <x:c r="CA51" s="3" t="n">
-        <x:v>61947</x:v>
+        <x:v>61331</x:v>
       </x:c>
       <x:c r="CB51" s="3" t="n">
-        <x:v>62559</x:v>
+        <x:v>61793</x:v>
       </x:c>
       <x:c r="CC51" s="3" t="n">
-        <x:v>63308</x:v>
+        <x:v>62445</x:v>
       </x:c>
       <x:c r="CD51" s="3" t="n">
-        <x:v>63006</x:v>
+        <x:v>62134</x:v>
       </x:c>
       <x:c r="CE51" s="3" t="n">
-        <x:v>68589</x:v>
+        <x:v>67583</x:v>
       </x:c>
       <x:c r="CF51" s="3" t="n">
-        <x:v>65424</x:v>
+        <x:v>64463</x:v>
       </x:c>
       <x:c r="CG51" s="3" t="n">
-        <x:v>61420</x:v>
+        <x:v>60575</x:v>
       </x:c>
       <x:c r="CH51" s="3" t="n">
-        <x:v>65064</x:v>
+        <x:v>64212</x:v>
       </x:c>
       <x:c r="CI51" s="3" t="n">
-        <x:v>71106</x:v>
+        <x:v>70226</x:v>
       </x:c>
       <x:c r="CJ51" s="3" t="n">
-        <x:v>67395</x:v>
+        <x:v>66625</x:v>
       </x:c>
       <x:c r="CK51" s="3" t="n">
-        <x:v>66529</x:v>
+        <x:v>65833</x:v>
       </x:c>
       <x:c r="CL51" s="3" t="n">
-        <x:v>68470</x:v>
+        <x:v>67792</x:v>
       </x:c>
       <x:c r="CM51" s="3" t="n">
-        <x:v>73971</x:v>
+        <x:v>73246</x:v>
       </x:c>
       <x:c r="CN51" s="3" t="n">
-        <x:v>70318</x:v>
+        <x:v>69610</x:v>
       </x:c>
       <x:c r="CO51" s="3" t="n">
-        <x:v>69922</x:v>
+        <x:v>69183</x:v>
       </x:c>
       <x:c r="CP51" s="3" t="n">
-        <x:v>72273</x:v>
+        <x:v>71410</x:v>
       </x:c>
       <x:c r="CQ51" s="3" t="n">
-        <x:v>78001</x:v>
+        <x:v>76950</x:v>
       </x:c>
       <x:c r="CR51" s="3" t="n">
-        <x:v>73561</x:v>
+        <x:v>72468</x:v>
       </x:c>
       <x:c r="CS51" s="3" t="n">
-        <x:v>72850</x:v>
+        <x:v>71672</x:v>
       </x:c>
       <x:c r="CT51" s="3" t="n">
-        <x:v>75016</x:v>
+        <x:v>73661</x:v>
       </x:c>
       <x:c r="CU51" s="3" t="n">
-        <x:v>81159</x:v>
+        <x:v>79646</x:v>
       </x:c>
       <x:c r="CV51" s="3" t="n">
-        <x:v>78840</x:v>
+        <x:v>77466</x:v>
       </x:c>
       <x:c r="CW51" s="3" t="n">
-        <x:v>77364</x:v>
+        <x:v>76244</x:v>
       </x:c>
       <x:c r="CX51" s="3" t="n">
-        <x:v>77768</x:v>
+        <x:v>76950</x:v>
       </x:c>
       <x:c r="CY51" s="3" t="n">
-        <x:v>83450</x:v>
+        <x:v>82761</x:v>
       </x:c>
       <x:c r="CZ51" s="3" t="n">
-        <x:v>78020</x:v>
+        <x:v>77436</x:v>
       </x:c>
       <x:c r="DA51" s="3" t="n">
-        <x:v>76636</x:v>
+        <x:v>76003</x:v>
       </x:c>
       <x:c r="DB51" s="3" t="n">
-        <x:v>79913</x:v>
+        <x:v>79031</x:v>
       </x:c>
       <x:c r="DC51" s="3" t="n">
-        <x:v>86413</x:v>
+        <x:v>85297</x:v>
       </x:c>
       <x:c r="DD51" s="3" t="n">
-        <x:v>81724</x:v>
+        <x:v>80638</x:v>
       </x:c>
       <x:c r="DE51" s="3" t="n">
-        <x:v>82397</x:v>
+        <x:v>81397</x:v>
       </x:c>
       <x:c r="DF51" s="3" t="n">
-        <x:v>85406</x:v>
+        <x:v>84469</x:v>
       </x:c>
       <x:c r="DG51" s="3" t="n">
-        <x:v>91802</x:v>
+        <x:v>90877</x:v>
       </x:c>
       <x:c r="DH51" s="3" t="n">
-        <x:v>86851</x:v>
+        <x:v>86064</x:v>
       </x:c>
       <x:c r="DI51" s="3" t="n">
-        <x:v>84779</x:v>
+        <x:v>84055</x:v>
       </x:c>
       <x:c r="DJ51" s="3" t="n">
-        <x:v>87148</x:v>
+        <x:v>86333</x:v>
       </x:c>
       <x:c r="DK51" s="3" t="n">
-        <x:v>95594</x:v>
+        <x:v>94683</x:v>
       </x:c>
       <x:c r="DL51" s="3" t="n">
-        <x:v>93631</x:v>
+        <x:v>92695</x:v>
       </x:c>
       <x:c r="DM51" s="3" t="n">
-        <x:v>94789</x:v>
+        <x:v>93764</x:v>
       </x:c>
       <x:c r="DN51" s="3" t="n">
-        <x:v>96108</x:v>
+        <x:v>95172</x:v>
       </x:c>
       <x:c r="DO51" s="3" t="n">
-        <x:v>102737</x:v>
+        <x:v>102018</x:v>
       </x:c>
       <x:c r="DP51" s="3" t="n">
-        <x:v>100398</x:v>
+        <x:v>99331</x:v>
       </x:c>
       <x:c r="DQ51" s="3" t="n">
-        <x:v>98918</x:v>
+        <x:v>98337</x:v>
       </x:c>
       <x:c r="DR51" s="3" t="n">
-        <x:v>101629</x:v>
+        <x:v>100694</x:v>
       </x:c>
       <x:c r="DS51" s="3" t="n">
-        <x:v>107977</x:v>
+        <x:v>107017</x:v>
+      </x:c>
+      <x:c r="DT51" s="3" t="n">
+        <x:v>103252</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:123">
+    <x:row r="52" spans="1:124">
       <x:c r="A52" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>104787</x:v>
+        <x:v>104737</x:v>
       </x:c>
       <x:c r="C52" s="3" t="n">
-        <x:v>103691</x:v>
+        <x:v>103636</x:v>
       </x:c>
       <x:c r="D52" s="3" t="n">
-        <x:v>106783</x:v>
+        <x:v>106735</x:v>
       </x:c>
       <x:c r="E52" s="3" t="n">
-        <x:v>109359</x:v>
+        <x:v>109317</x:v>
       </x:c>
       <x:c r="F52" s="3" t="n">
-        <x:v>110991</x:v>
+        <x:v>110933</x:v>
       </x:c>
       <x:c r="G52" s="3" t="n">
-        <x:v>111519</x:v>
+        <x:v>111466</x:v>
       </x:c>
       <x:c r="H52" s="3" t="n">
-        <x:v>115261</x:v>
+        <x:v>115210</x:v>
       </x:c>
       <x:c r="I52" s="3" t="n">
-        <x:v>118455</x:v>
+        <x:v>118408</x:v>
       </x:c>
       <x:c r="J52" s="3" t="n">
-        <x:v>118474</x:v>
+        <x:v>118411</x:v>
       </x:c>
       <x:c r="K52" s="3" t="n">
-        <x:v>124275</x:v>
+        <x:v>124216</x:v>
       </x:c>
       <x:c r="L52" s="3" t="n">
-        <x:v>124551</x:v>
+        <x:v>124494</x:v>
       </x:c>
       <x:c r="M52" s="3" t="n">
-        <x:v>128002</x:v>
+        <x:v>127951</x:v>
       </x:c>
       <x:c r="N52" s="3" t="n">
-        <x:v>130748</x:v>
+        <x:v>130686</x:v>
       </x:c>
       <x:c r="O52" s="3" t="n">
-        <x:v>133405</x:v>
+        <x:v>133347</x:v>
       </x:c>
       <x:c r="P52" s="3" t="n">
-        <x:v>138629</x:v>
+        <x:v>138570</x:v>
       </x:c>
       <x:c r="Q52" s="3" t="n">
-        <x:v>142481</x:v>
+        <x:v>142411</x:v>
       </x:c>
       <x:c r="R52" s="3" t="n">
-        <x:v>141809</x:v>
+        <x:v>141736</x:v>
       </x:c>
       <x:c r="S52" s="3" t="n">
-        <x:v>144741</x:v>
+        <x:v>144672</x:v>
       </x:c>
       <x:c r="T52" s="3" t="n">
-        <x:v>145881</x:v>
+        <x:v>145817</x:v>
       </x:c>
       <x:c r="U52" s="3" t="n">
-        <x:v>149135</x:v>
+        <x:v>149084</x:v>
       </x:c>
       <x:c r="V52" s="3" t="n">
-        <x:v>151167</x:v>
+        <x:v>151096</x:v>
       </x:c>
       <x:c r="W52" s="3" t="n">
-        <x:v>151630</x:v>
+        <x:v>151572</x:v>
       </x:c>
       <x:c r="X52" s="3" t="n">
-        <x:v>154814</x:v>
+        <x:v>154750</x:v>
       </x:c>
       <x:c r="Y52" s="3" t="n">
-        <x:v>156886</x:v>
+        <x:v>156806</x:v>
       </x:c>
       <x:c r="Z52" s="3" t="n">
-        <x:v>161257</x:v>
+        <x:v>161169</x:v>
       </x:c>
       <x:c r="AA52" s="3" t="n">
-        <x:v>160410</x:v>
+        <x:v>160293</x:v>
       </x:c>
       <x:c r="AB52" s="3" t="n">
-        <x:v>162930</x:v>
+        <x:v>162778</x:v>
       </x:c>
       <x:c r="AC52" s="3" t="n">
-        <x:v>167874</x:v>
+        <x:v>167695</x:v>
       </x:c>
       <x:c r="AD52" s="3" t="n">
-        <x:v>164806</x:v>
+        <x:v>164588</x:v>
       </x:c>
       <x:c r="AE52" s="3" t="n">
-        <x:v>171107</x:v>
+        <x:v>170854</x:v>
       </x:c>
       <x:c r="AF52" s="3" t="n">
-        <x:v>174063</x:v>
+        <x:v>173767</x:v>
       </x:c>
       <x:c r="AG52" s="3" t="n">
-        <x:v>174813</x:v>
+        <x:v>174484</x:v>
       </x:c>
       <x:c r="AH52" s="3" t="n">
-        <x:v>175626</x:v>
+        <x:v>175273</x:v>
       </x:c>
       <x:c r="AI52" s="3" t="n">
-        <x:v>173760</x:v>
+        <x:v>173374</x:v>
       </x:c>
       <x:c r="AJ52" s="3" t="n">
-        <x:v>177433</x:v>
+        <x:v>176987</x:v>
       </x:c>
       <x:c r="AK52" s="3" t="n">
-        <x:v>177158</x:v>
+        <x:v>176690</x:v>
       </x:c>
       <x:c r="AL52" s="3" t="n">
-        <x:v>180671</x:v>
+        <x:v>180093</x:v>
       </x:c>
       <x:c r="AM52" s="3" t="n">
-        <x:v>182517</x:v>
+        <x:v>181902</x:v>
       </x:c>
       <x:c r="AN52" s="3" t="n">
-        <x:v>186678</x:v>
+        <x:v>186000</x:v>
       </x:c>
       <x:c r="AO52" s="3" t="n">
-        <x:v>190882</x:v>
+        <x:v>190142</x:v>
       </x:c>
       <x:c r="AP52" s="3" t="n">
-        <x:v>190780</x:v>
+        <x:v>189955</x:v>
       </x:c>
       <x:c r="AQ52" s="3" t="n">
-        <x:v>198762</x:v>
+        <x:v>197841</x:v>
       </x:c>
       <x:c r="AR52" s="3" t="n">
-        <x:v>197080</x:v>
+        <x:v>196117</x:v>
       </x:c>
       <x:c r="AS52" s="3" t="n">
-        <x:v>201299</x:v>
+        <x:v>200266</x:v>
       </x:c>
       <x:c r="AT52" s="3" t="n">
-        <x:v>210544</x:v>
+        <x:v>209364</x:v>
       </x:c>
       <x:c r="AU52" s="3" t="n">
-        <x:v>212354</x:v>
+        <x:v>211018</x:v>
       </x:c>
       <x:c r="AV52" s="3" t="n">
-        <x:v>218011</x:v>
+        <x:v>216589</x:v>
       </x:c>
       <x:c r="AW52" s="3" t="n">
-        <x:v>222383</x:v>
+        <x:v>220887</x:v>
       </x:c>
       <x:c r="AX52" s="3" t="n">
-        <x:v>231854</x:v>
+        <x:v>230207</x:v>
       </x:c>
       <x:c r="AY52" s="3" t="n">
-        <x:v>234799</x:v>
+        <x:v>232998</x:v>
       </x:c>
       <x:c r="AZ52" s="3" t="n">
-        <x:v>242589</x:v>
+        <x:v>240698</x:v>
       </x:c>
       <x:c r="BA52" s="3" t="n">
-        <x:v>247464</x:v>
+        <x:v>245490</x:v>
       </x:c>
       <x:c r="BB52" s="3" t="n">
-        <x:v>254318</x:v>
+        <x:v>252338</x:v>
       </x:c>
       <x:c r="BC52" s="3" t="n">
-        <x:v>261572</x:v>
+        <x:v>259435</x:v>
       </x:c>
       <x:c r="BD52" s="3" t="n">
-        <x:v>265165</x:v>
+        <x:v>262776</x:v>
       </x:c>
       <x:c r="BE52" s="3" t="n">
-        <x:v>268255</x:v>
+        <x:v>265868</x:v>
       </x:c>
       <x:c r="BF52" s="3" t="n">
-        <x:v>266003</x:v>
+        <x:v>263830</x:v>
       </x:c>
       <x:c r="BG52" s="3" t="n">
-        <x:v>267201</x:v>
+        <x:v>265096</x:v>
       </x:c>
       <x:c r="BH52" s="3" t="n">
-        <x:v>270974</x:v>
+        <x:v>268890</x:v>
       </x:c>
       <x:c r="BI52" s="3" t="n">
-        <x:v>274116</x:v>
+        <x:v>272086</x:v>
       </x:c>
       <x:c r="BJ52" s="3" t="n">
-        <x:v>274318</x:v>
+        <x:v>272254</x:v>
       </x:c>
       <x:c r="BK52" s="3" t="n">
-        <x:v>273883</x:v>
+        <x:v>271858</x:v>
       </x:c>
       <x:c r="BL52" s="3" t="n">
-        <x:v>279000</x:v>
+        <x:v>276880</x:v>
       </x:c>
       <x:c r="BM52" s="3" t="n">
-        <x:v>282155</x:v>
+        <x:v>279989</x:v>
       </x:c>
       <x:c r="BN52" s="3" t="n">
-        <x:v>289901</x:v>
+        <x:v>287708</x:v>
       </x:c>
       <x:c r="BO52" s="3" t="n">
-        <x:v>290274</x:v>
+        <x:v>288088</x:v>
       </x:c>
       <x:c r="BP52" s="3" t="n">
-        <x:v>298297</x:v>
+        <x:v>296017</x:v>
       </x:c>
       <x:c r="BQ52" s="3" t="n">
-        <x:v>299947</x:v>
+        <x:v>297508</x:v>
       </x:c>
       <x:c r="BR52" s="3" t="n">
-        <x:v>312409</x:v>
+        <x:v>310072</x:v>
       </x:c>
       <x:c r="BS52" s="3" t="n">
-        <x:v>312418</x:v>
+        <x:v>310042</x:v>
       </x:c>
       <x:c r="BT52" s="3" t="n">
-        <x:v>313583</x:v>
+        <x:v>311130</x:v>
       </x:c>
       <x:c r="BU52" s="3" t="n">
-        <x:v>317767</x:v>
+        <x:v>315216</x:v>
       </x:c>
       <x:c r="BV52" s="3" t="n">
-        <x:v>328624</x:v>
+        <x:v>326196</x:v>
       </x:c>
       <x:c r="BW52" s="3" t="n">
-        <x:v>331215</x:v>
+        <x:v>328729</x:v>
       </x:c>
       <x:c r="BX52" s="3" t="n">
-        <x:v>333410</x:v>
+        <x:v>330815</x:v>
       </x:c>
       <x:c r="BY52" s="3" t="n">
-        <x:v>334606</x:v>
+        <x:v>331821</x:v>
       </x:c>
       <x:c r="BZ52" s="3" t="n">
-        <x:v>344298</x:v>
+        <x:v>341217</x:v>
       </x:c>
       <x:c r="CA52" s="3" t="n">
-        <x:v>346332</x:v>
+        <x:v>343022</x:v>
       </x:c>
       <x:c r="CB52" s="3" t="n">
-        <x:v>348196</x:v>
+        <x:v>344699</x:v>
       </x:c>
       <x:c r="CC52" s="3" t="n">
-        <x:v>350753</x:v>
+        <x:v>347147</x:v>
       </x:c>
       <x:c r="CD52" s="3" t="n">
-        <x:v>344412</x:v>
+        <x:v>340931</x:v>
       </x:c>
       <x:c r="CE52" s="3" t="n">
-        <x:v>380833</x:v>
+        <x:v>376844</x:v>
       </x:c>
       <x:c r="CF52" s="3" t="n">
-        <x:v>343877</x:v>
+        <x:v>340410</x:v>
       </x:c>
       <x:c r="CG52" s="3" t="n">
-        <x:v>365784</x:v>
+        <x:v>362254</x:v>
       </x:c>
       <x:c r="CH52" s="3" t="n">
-        <x:v>348744</x:v>
+        <x:v>345295</x:v>
       </x:c>
       <x:c r="CI52" s="3" t="n">
-        <x:v>390734</x:v>
+        <x:v>386832</x:v>
       </x:c>
       <x:c r="CJ52" s="3" t="n">
-        <x:v>349043</x:v>
+        <x:v>345817</x:v>
       </x:c>
       <x:c r="CK52" s="3" t="n">
-        <x:v>372585</x:v>
+        <x:v>369237</x:v>
       </x:c>
       <x:c r="CL52" s="3" t="n">
-        <x:v>357925</x:v>
+        <x:v>354778</x:v>
       </x:c>
       <x:c r="CM52" s="3" t="n">
-        <x:v>402521</x:v>
+        <x:v>398827</x:v>
       </x:c>
       <x:c r="CN52" s="3" t="n">
-        <x:v>363541</x:v>
+        <x:v>360374</x:v>
       </x:c>
       <x:c r="CO52" s="3" t="n">
-        <x:v>387728</x:v>
+        <x:v>384312</x:v>
       </x:c>
       <x:c r="CP52" s="3" t="n">
-        <x:v>375565</x:v>
+        <x:v>372015</x:v>
       </x:c>
       <x:c r="CQ52" s="3" t="n">
-        <x:v>422137</x:v>
+        <x:v>417899</x:v>
       </x:c>
       <x:c r="CR52" s="3" t="n">
-        <x:v>381784</x:v>
+        <x:v>377997</x:v>
       </x:c>
       <x:c r="CS52" s="3" t="n">
-        <x:v>409276</x:v>
+        <x:v>405151</x:v>
       </x:c>
       <x:c r="CT52" s="3" t="n">
-        <x:v>395145</x:v>
+        <x:v>390942</x:v>
       </x:c>
       <x:c r="CU52" s="3" t="n">
-        <x:v>443563</x:v>
+        <x:v>438640</x:v>
       </x:c>
       <x:c r="CV52" s="3" t="n">
-        <x:v>407128</x:v>
+        <x:v>402856</x:v>
       </x:c>
       <x:c r="CW52" s="3" t="n">
-        <x:v>434079</x:v>
+        <x:v>429869</x:v>
       </x:c>
       <x:c r="CX52" s="3" t="n">
-        <x:v>413846</x:v>
+        <x:v>410036</x:v>
       </x:c>
       <x:c r="CY52" s="3" t="n">
-        <x:v>439322</x:v>
+        <x:v>435279</x:v>
       </x:c>
       <x:c r="CZ52" s="3" t="n">
-        <x:v>400052</x:v>
+        <x:v>396895</x:v>
       </x:c>
       <x:c r="DA52" s="3" t="n">
-        <x:v>431392</x:v>
+        <x:v>427932</x:v>
       </x:c>
       <x:c r="DB52" s="3" t="n">
-        <x:v>421118</x:v>
+        <x:v>417544</x:v>
       </x:c>
       <x:c r="DC52" s="3" t="n">
-        <x:v>469246</x:v>
+        <x:v>464956</x:v>
       </x:c>
       <x:c r="DD52" s="3" t="n">
-        <x:v>432299</x:v>
+        <x:v>428645</x:v>
       </x:c>
       <x:c r="DE52" s="3" t="n">
-        <x:v>467670</x:v>
+        <x:v>463940</x:v>
       </x:c>
       <x:c r="DF52" s="3" t="n">
-        <x:v>455348</x:v>
+        <x:v>451986</x:v>
       </x:c>
       <x:c r="DG52" s="3" t="n">
-        <x:v>514674</x:v>
+        <x:v>510687</x:v>
       </x:c>
       <x:c r="DH52" s="3" t="n">
-        <x:v>469834</x:v>
+        <x:v>466249</x:v>
       </x:c>
       <x:c r="DI52" s="3" t="n">
-        <x:v>499612</x:v>
+        <x:v>495229</x:v>
       </x:c>
       <x:c r="DJ52" s="3" t="n">
-        <x:v>492813</x:v>
+        <x:v>487691</x:v>
       </x:c>
       <x:c r="DK52" s="3" t="n">
-        <x:v>545422</x:v>
+        <x:v>538756</x:v>
       </x:c>
       <x:c r="DL52" s="3" t="n">
-        <x:v>507722</x:v>
+        <x:v>501465</x:v>
       </x:c>
       <x:c r="DM52" s="3" t="n">
-        <x:v>543040</x:v>
+        <x:v>535774</x:v>
       </x:c>
       <x:c r="DN52" s="3" t="n">
-        <x:v>523958</x:v>
+        <x:v>518197</x:v>
       </x:c>
       <x:c r="DO52" s="3" t="n">
-        <x:v>582505</x:v>
+        <x:v>577148</x:v>
       </x:c>
       <x:c r="DP52" s="3" t="n">
-        <x:v>537189</x:v>
+        <x:v>532575</x:v>
       </x:c>
       <x:c r="DQ52" s="3" t="n">
-        <x:v>565863</x:v>
+        <x:v>560953</x:v>
       </x:c>
       <x:c r="DR52" s="3" t="n">
-        <x:v>555270</x:v>
+        <x:v>547862</x:v>
       </x:c>
       <x:c r="DS52" s="3" t="n">
-        <x:v>616984</x:v>
+        <x:v>609343</x:v>
+      </x:c>
+      <x:c r="DT52" s="3" t="n">
+        <x:v>557385</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:123">
+    <x:row r="53" spans="1:124">
       <x:c r="A53" s="2" t="s">
-        <x:v>172</x:v>
-[...365 lines deleted...]
-        <x:v>403348</x:v>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="G53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="I53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="K53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="L53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="M53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="N53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="O53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="P53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="R53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="S53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="T53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="U53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="V53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="W53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="X53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Y53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Z53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AA53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AB53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AC53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AD53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AE53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AF53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AG53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AH53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AI53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AJ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AK53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AL53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AM53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AN53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AO53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AP53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AQ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AR53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AS53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AT53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AU53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AV53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AW53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AX53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AY53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AZ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BA53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BB53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BC53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BD53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BE53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BF53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BG53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BH53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BI53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BJ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BK53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BL53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BM53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BN53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BO53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BP53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BQ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BR53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BS53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BT53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BU53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BV53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BW53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BX53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BY53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BZ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CA53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CB53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CC53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CD53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CE53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CF53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CG53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CH53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CI53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CJ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CK53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CL53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CM53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CN53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CO53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CP53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CQ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CR53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CS53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CT53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CU53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CV53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CW53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CX53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CY53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CZ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DA53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DB53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DC53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DD53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DE53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DF53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DG53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DH53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DI53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DJ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DK53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DL53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DM53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DN53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DO53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DP53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DQ53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DR53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DS53" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DT53" s="4" t="s">
+        <x:v>174</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:123">
+    <x:row r="54" spans="1:124">
       <x:c r="A54" s="2" t="s">
-        <x:v>173</x:v>
-[...365 lines deleted...]
-        <x:v>421431</x:v>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="G54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="I54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="K54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="L54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="M54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="N54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="O54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="P54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Q54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="R54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="S54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="T54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="U54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="V54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="W54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="X54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Y54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Z54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AA54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AB54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AC54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AD54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AE54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AF54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AG54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AH54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AI54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AJ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AK54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AL54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AM54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AN54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AO54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AP54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AQ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AR54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AS54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AT54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AU54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AV54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AW54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AX54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AY54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AZ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BA54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BB54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BC54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BD54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BE54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BF54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BG54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BH54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BI54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BJ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BK54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BL54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BM54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BN54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BO54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BP54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BQ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BR54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BS54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BT54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BU54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BV54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BW54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BX54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BY54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BZ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CA54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CB54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CC54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CD54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CE54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CF54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CG54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CH54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CI54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CJ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CK54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CL54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CM54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CN54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CO54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CP54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CQ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CR54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CS54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CT54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CU54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CV54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CW54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CX54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CY54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CZ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DA54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DB54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DC54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DD54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DE54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DF54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DG54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DH54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DI54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DJ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DK54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DL54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DM54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DN54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DO54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DP54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DQ54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DR54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DS54" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DT54" s="4" t="s">
+        <x:v>174</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:123">
+    <x:row r="55" spans="1:124">
       <x:c r="A55" s="2" t="s">
-        <x:v>174</x:v>
-[...365 lines deleted...]
-        <x:v>213636</x:v>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="G55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="I55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="K55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="L55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="M55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="N55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="O55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="P55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="R55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="S55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="T55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="U55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="V55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="W55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="X55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Y55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Z55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AA55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AB55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AC55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AD55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AE55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AF55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AG55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AH55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AI55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AJ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AK55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AL55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AM55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AN55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AO55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AP55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AQ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AR55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AS55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AT55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AU55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AV55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AW55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AX55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AY55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="AZ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BA55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BB55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BC55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BD55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BE55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BF55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BG55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BH55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BI55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BJ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BK55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BL55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BM55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BN55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BO55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BP55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BQ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BR55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BS55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BT55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BU55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BV55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BW55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BX55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BY55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="BZ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CA55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CB55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CC55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CD55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CE55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CF55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CG55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CH55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CI55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CJ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CK55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CL55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CM55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CN55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CO55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CP55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CQ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CR55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CS55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CT55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CU55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CV55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CW55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CX55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CY55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="CZ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DA55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DB55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DC55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DD55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DE55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DF55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DG55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DH55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DI55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DJ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DK55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DL55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DM55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DN55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DO55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DP55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DQ55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DR55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DS55" s="4" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="DT55" s="4" t="s">
+        <x:v>174</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:123">
+    <x:row r="57" spans="1:124">
       <x:c r="A57" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:123">
-[...1 lines deleted...]
-        <x:v>176</x:v>
+    <x:row r="58" spans="1:124">
+      <x:c r="A58" s="0" t="s">
+        <x:v>178</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:123">
+    <x:row r="60" spans="1:124">
       <x:c r="A60" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:123">
+    <x:row r="61" spans="1:124">
       <x:c r="A61" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:123">
-[...1 lines deleted...]
-        <x:v>179</x:v>
+    <x:row r="62" spans="1:124">
+      <x:c r="A62" s="0" t="s">
+        <x:v>181</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:123">
+    <x:row r="64" spans="1:124">
       <x:c r="A64" s="0" t="s">
+        <x:v>182</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:124">
+      <x:c r="A65" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:124">
+      <x:c r="A67" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:124">
+      <x:c r="A68" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:123">
-[...1 lines deleted...]
-        <x:v>181</x:v>
+    <x:row r="69" spans="1:124">
+      <x:c r="A69" s="0" t="s">
+        <x:v>185</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:123">
-[...1 lines deleted...]
-        <x:v>177</x:v>
+    <x:row r="70" spans="1:124">
+      <x:c r="A70" s="0" t="s">
+        <x:v>186</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:123">
-[...1 lines deleted...]
-        <x:v>182</x:v>
+    <x:row r="71" spans="1:124">
+      <x:c r="A71" s="0" t="s">
+        <x:v>187</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:123">
-[...1 lines deleted...]
-        <x:v>183</x:v>
+    <x:row r="73" spans="1:124">
+      <x:c r="A73" s="0" t="s">
+        <x:v>188</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:123">
-[...1 lines deleted...]
-        <x:v>184</x:v>
+    <x:row r="74" spans="1:124">
+      <x:c r="A74" s="0" t="s">
+        <x:v>189</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:123">
-[...1 lines deleted...]
-        <x:v>185</x:v>
+    <x:row r="75" spans="1:124">
+      <x:c r="A75" s="0" t="s">
+        <x:v>190</x:v>
       </x:c>
     </x:row>
-    <x:row r="73" spans="1:123">
-[...1 lines deleted...]
-        <x:v>186</x:v>
+    <x:row r="80" spans="1:124">
+      <x:c r="A80" s="0" t="s">
+        <x:v>191</x:v>
       </x:c>
     </x:row>
-    <x:row r="74" spans="1:123">
-[...1 lines deleted...]
-        <x:v>187</x:v>
+    <x:row r="81" spans="1:124">
+      <x:c r="A81" s="0" t="s">
+        <x:v>180</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:123">
-[...1 lines deleted...]
-        <x:v>188</x:v>
+    <x:row r="82" spans="1:124">
+      <x:c r="A82" s="0" t="s">
+        <x:v>192</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:123">
-[...1 lines deleted...]
-        <x:v>177</x:v>
+    <x:row r="83" spans="1:124">
+      <x:c r="A83" s="0" t="s">
+        <x:v>193</x:v>
       </x:c>
     </x:row>
-    <x:row r="81" spans="1:123">
-[...1 lines deleted...]
-        <x:v>189</x:v>
+    <x:row r="84" spans="1:124">
+      <x:c r="A84" s="0" t="s">
+        <x:v>180</x:v>
       </x:c>
     </x:row>
-    <x:row r="82" spans="1:123">
-[...1 lines deleted...]
-        <x:v>190</x:v>
+    <x:row r="85" spans="1:124">
+      <x:c r="A85" s="0" t="s">
+        <x:v>194</x:v>
       </x:c>
     </x:row>
-    <x:row r="83" spans="1:123">
-[...1 lines deleted...]
-        <x:v>177</x:v>
+    <x:row r="87" spans="1:124">
+      <x:c r="A87" s="0" t="s">
+        <x:v>195</x:v>
       </x:c>
     </x:row>
-    <x:row r="84" spans="1:123">
-[...1 lines deleted...]
-        <x:v>191</x:v>
+    <x:row r="88" spans="1:124">
+      <x:c r="A88" s="0" t="s">
+        <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:123">
-[...1 lines deleted...]
-        <x:v>192</x:v>
+    <x:row r="89" spans="1:124">
+      <x:c r="A89" s="0" t="s">
+        <x:v>196</x:v>
       </x:c>
     </x:row>
-    <x:row r="87" spans="1:123">
-[...1 lines deleted...]
-        <x:v>1</x:v>
+    <x:row r="95" spans="1:124">
+      <x:c r="A95" s="0" t="s">
+        <x:v>197</x:v>
       </x:c>
     </x:row>
-    <x:row r="88" spans="1:123">
-[...1 lines deleted...]
-        <x:v>193</x:v>
+    <x:row r="97" spans="1:124">
+      <x:c r="A97" s="0" t="s">
+        <x:v>198</x:v>
       </x:c>
     </x:row>
-    <x:row r="94" spans="1:123">
-[...1 lines deleted...]
-        <x:v>194</x:v>
+    <x:row r="98" spans="1:124">
+      <x:c r="A98" s="0" t="s">
+        <x:v>199</x:v>
       </x:c>
     </x:row>
-    <x:row r="96" spans="1:123">
-[...1 lines deleted...]
-        <x:v>195</x:v>
+    <x:row r="100" spans="1:124">
+      <x:c r="A100" s="0" t="s">
+        <x:v>200</x:v>
       </x:c>
     </x:row>
-    <x:row r="97" spans="1:123">
-[...11 lines deleted...]
-        <x:v>198</x:v>
+    <x:row r="101" spans="1:124">
+      <x:c r="A101" s="0" t="s">
+        <x:v>201</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>LKostnader</vt:lpstr>
       <vt:lpstr>LKostnader!Print_Area</vt:lpstr>
       <vt:lpstr>LKostnader!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>