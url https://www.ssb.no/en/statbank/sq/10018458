--- v1 (2025-12-11)
+++ v2 (2025-12-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c601b729ccf4956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b96797e94e7140deb884cd8d2f8a373e.psmdcp" Id="Rfaa9835ee6a248de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R309c0e555b5b488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d7ae9244f25b4c948576885480dc75ea.psmdcp" Id="R43600271f9554470" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LKostnader" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="202">
   <x:si>
     <x:t>09175: Wages and employment, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Compensation of employees (NOK million)</x:t>
   </x:si>
   <x:si>