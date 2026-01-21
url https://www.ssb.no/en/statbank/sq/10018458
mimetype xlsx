--- v2 (2025-12-31)
+++ v3 (2026-01-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R309c0e555b5b488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d7ae9244f25b4c948576885480dc75ea.psmdcp" Id="R43600271f9554470" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07e13595ded14084" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa4dbff2a25d4d658292b08428e6870f.psmdcp" Id="Rbf41c2aa3d73404b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="LKostnader" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="202">
   <x:si>
     <x:t>09175: Wages and employment, by industry, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Compensation of employees (NOK million)</x:t>
   </x:si>
   <x:si>