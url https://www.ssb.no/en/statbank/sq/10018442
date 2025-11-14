--- v0 (2025-10-21)
+++ v1 (2025-11-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R737fbf7f419c4111" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e71f0fe10685477f9ac01b8718c8ff30.psmdcp" Id="R1a1de5ae86524572" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc1a30b4254740c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b676f311546743e6bc584b6dae239c0e.psmdcp" Id="R0a2632bb4ecf4c08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="FpriserSes" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="266">
   <x:si>
     <x:t>09178: Imports of goods and services, by product, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Constant 2022-prices, seasonally adjusted (NOK milion)</x:t>
   </x:si>
   <x:si>