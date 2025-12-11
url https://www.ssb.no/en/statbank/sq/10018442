--- v1 (2025-11-14)
+++ v2 (2025-12-11)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc1a30b4254740c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b676f311546743e6bc584b6dae239c0e.psmdcp" Id="R0a2632bb4ecf4c08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8450a77a69c446ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d1e36e3d97c1475eb21be365f6717a1c.psmdcp" Id="Rd5489b9be9e94398" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="FpriserSes" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="266">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="267" uniqueCount="267">
   <x:si>
     <x:t>09178: Imports of goods and services, by product, contents and quarter</x:t>
   </x:si>
   <x:si>
-    <x:t>Constant 2022-prices, seasonally adjusted (NOK milion)</x:t>
+    <x:t>Constant 2023-prices, seasonally adjusted (NOK milion)</x:t>
   </x:si>
   <x:si>
     <x:t>1978K1</x:t>
   </x:si>
   <x:si>
     <x:t>1978K2</x:t>
   </x:si>
   <x:si>
     <x:t>1978K3</x:t>
   </x:si>
   <x:si>
     <x:t>1978K4</x:t>
   </x:si>
   <x:si>
     <x:t>1979K1</x:t>
   </x:si>
   <x:si>
     <x:t>1979K2</x:t>
   </x:si>
   <x:si>
     <x:t>1979K3</x:t>
   </x:si>
   <x:si>
     <x:t>1979K4</x:t>
   </x:si>
@@ -586,50 +586,53 @@
   <x:si>
     <x:t>2023K3</x:t>
   </x:si>
   <x:si>
     <x:t>2023K4</x:t>
   </x:si>
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
+    <x:t>2025K3</x:t>
+  </x:si>
+  <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>
     <x:t>Goods</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Crude oil and natural gas</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Ships, oil platforms, aircraft</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Other goods</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Agriculture, forestry and fishing</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Mining and quarrying</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Manufacturing products</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Food products, beverages and tobacco</x:t>
@@ -727,63 +730,63 @@
   <x:si>
     <x:t>¬¬ Services n.e.c</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Construction, repairs and installation</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Waste treatment and recycling</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Trade, hotel and restaurant services</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Publishing, film, music and broadcasting</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Telecommunication</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Information services</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Other personal and government services</x:t>
   </x:si>
   <x:si>
-    <x:t>Unadjusted figures from the base year (final annual accounts) are preliminary.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>In the time series in volume, the figures from the base year and onwards are fixed price figures while data prior to the base year are chained volume figures. This implies that additivity in volume is lost prior to the base year.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
-    <x:t>Constant 2022-prices, seasonally adjusted (NOK milion):</x:t>
+    <x:t>Constant 2023-prices, seasonally adjusted (NOK milion):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250821 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Arne Eidshagen, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 93 23 58 78</x:t>
   </x:si>
   <x:si>
     <x:t>new@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Øyvind Woxmyhr Bersaas, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 93 87 28 36</x:t>
   </x:si>
@@ -1197,70 +1200,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:GI101"/>
+  <x:dimension ref="A1:GJ101"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="191" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="192" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:191">
+    <x:row r="1" spans="1:192">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:191">
+    <x:row r="3" spans="1:192">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:191">
+    <x:row r="4" spans="1:192">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -1787,27239 +1790,27383 @@
       </x:c>
       <x:c r="GB4" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="GC4" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="GD4" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="GE4" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="GF4" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="GG4" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="GH4" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="GI4" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
+      <x:c r="GJ4" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:191">
+    <x:row r="5" spans="1:192">
       <x:c r="A5" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>93058</x:v>
+        <x:v>99098</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>94633</x:v>
+        <x:v>100672</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>89636</x:v>
+        <x:v>95675</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>92977</x:v>
+        <x:v>99017</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>89693</x:v>
+        <x:v>95750</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>94750</x:v>
+        <x:v>100807</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>95652</x:v>
+        <x:v>101709</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>92262</x:v>
+        <x:v>98320</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>99017</x:v>
+        <x:v>105244</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>98904</x:v>
+        <x:v>105130</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>93482</x:v>
+        <x:v>99709</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>90880</x:v>
+        <x:v>97107</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>91719</x:v>
+        <x:v>98047</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>89877</x:v>
+        <x:v>96204</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>100529</x:v>
+        <x:v>106857</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>106077</x:v>
+        <x:v>112405</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>98265</x:v>
+        <x:v>104946</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>100756</x:v>
+        <x:v>107437</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>101911</x:v>
+        <x:v>108591</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>108911</x:v>
+        <x:v>115592</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>103776</x:v>
+        <x:v>110226</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>98456</x:v>
+        <x:v>104905</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>99868</x:v>
+        <x:v>106318</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>95156</x:v>
+        <x:v>101606</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>101815</x:v>
+        <x:v>108643</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>107220</x:v>
+        <x:v>114048</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>99146</x:v>
+        <x:v>105975</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>110379</x:v>
+        <x:v>117207</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>110276</x:v>
+        <x:v>117713</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>111350</x:v>
+        <x:v>118787</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>116700</x:v>
+        <x:v>124137</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>117940</x:v>
+        <x:v>125376</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>133118</x:v>
+        <x:v>141427</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>131264</x:v>
+        <x:v>139572</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>126734</x:v>
+        <x:v>135042</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>119845</x:v>
+        <x:v>128154</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>116479</x:v>
+        <x:v>124312</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>118004</x:v>
+        <x:v>125838</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>124938</x:v>
+        <x:v>132772</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>117979</x:v>
+        <x:v>125813</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>116508</x:v>
+        <x:v>124167</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>117011</x:v>
+        <x:v>124670</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>115348</x:v>
+        <x:v>123006</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>115629</x:v>
+        <x:v>123287</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>118060</x:v>
+        <x:v>125868</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>114255</x:v>
+        <x:v>122064</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>118253</x:v>
+        <x:v>126062</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>123919</x:v>
+        <x:v>131727</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>120392</x:v>
+        <x:v>128365</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>123851</x:v>
+        <x:v>131824</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>117748</x:v>
+        <x:v>125721</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>123887</x:v>
+        <x:v>131859</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>119632</x:v>
+        <x:v>127608</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>124341</x:v>
+        <x:v>132317</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>120834</x:v>
+        <x:v>128810</x:v>
       </x:c>
       <x:c r="BE5" s="3" t="n">
-        <x:v>122962</x:v>
+        <x:v>130937</x:v>
       </x:c>
       <x:c r="BF5" s="3" t="n">
-        <x:v>124276</x:v>
+        <x:v>132324</x:v>
       </x:c>
       <x:c r="BG5" s="3" t="n">
-        <x:v>125090</x:v>
+        <x:v>133139</x:v>
       </x:c>
       <x:c r="BH5" s="3" t="n">
-        <x:v>126463</x:v>
+        <x:v>134512</x:v>
       </x:c>
       <x:c r="BI5" s="3" t="n">
-        <x:v>120329</x:v>
+        <x:v>128378</x:v>
       </x:c>
       <x:c r="BJ5" s="3" t="n">
-        <x:v>127490</x:v>
+        <x:v>135931</x:v>
       </x:c>
       <x:c r="BK5" s="3" t="n">
-        <x:v>125815</x:v>
+        <x:v>134256</x:v>
       </x:c>
       <x:c r="BL5" s="3" t="n">
-        <x:v>136011</x:v>
+        <x:v>144452</x:v>
       </x:c>
       <x:c r="BM5" s="3" t="n">
-        <x:v>131452</x:v>
+        <x:v>139894</x:v>
       </x:c>
       <x:c r="BN5" s="3" t="n">
-        <x:v>134637</x:v>
+        <x:v>143496</x:v>
       </x:c>
       <x:c r="BO5" s="3" t="n">
-        <x:v>134299</x:v>
+        <x:v>143158</x:v>
       </x:c>
       <x:c r="BP5" s="3" t="n">
-        <x:v>136099</x:v>
+        <x:v>144958</x:v>
       </x:c>
       <x:c r="BQ5" s="3" t="n">
-        <x:v>143759</x:v>
+        <x:v>152618</x:v>
       </x:c>
       <x:c r="BR5" s="3" t="n">
-        <x:v>144384</x:v>
+        <x:v>153675</x:v>
       </x:c>
       <x:c r="BS5" s="3" t="n">
-        <x:v>146786</x:v>
+        <x:v>156077</x:v>
       </x:c>
       <x:c r="BT5" s="3" t="n">
-        <x:v>144965</x:v>
+        <x:v>154256</x:v>
       </x:c>
       <x:c r="BU5" s="3" t="n">
-        <x:v>143325</x:v>
+        <x:v>152617</x:v>
       </x:c>
       <x:c r="BV5" s="3" t="n">
-        <x:v>151931</x:v>
+        <x:v>161959</x:v>
       </x:c>
       <x:c r="BW5" s="3" t="n">
-        <x:v>152914</x:v>
+        <x:v>162942</x:v>
       </x:c>
       <x:c r="BX5" s="3" t="n">
-        <x:v>159141</x:v>
+        <x:v>169169</x:v>
       </x:c>
       <x:c r="BY5" s="3" t="n">
-        <x:v>166697</x:v>
+        <x:v>176725</x:v>
       </x:c>
       <x:c r="BZ5" s="3" t="n">
-        <x:v>172229</x:v>
+        <x:v>183237</x:v>
       </x:c>
       <x:c r="CA5" s="3" t="n">
-        <x:v>177834</x:v>
+        <x:v>188842</x:v>
       </x:c>
       <x:c r="CB5" s="3" t="n">
-        <x:v>179098</x:v>
+        <x:v>190107</x:v>
       </x:c>
       <x:c r="CC5" s="3" t="n">
-        <x:v>181110</x:v>
+        <x:v>192118</x:v>
       </x:c>
       <x:c r="CD5" s="3" t="n">
-        <x:v>193788</x:v>
+        <x:v>205832</x:v>
       </x:c>
       <x:c r="CE5" s="3" t="n">
-        <x:v>191920</x:v>
+        <x:v>203963</x:v>
       </x:c>
       <x:c r="CF5" s="3" t="n">
-        <x:v>192610</x:v>
+        <x:v>204654</x:v>
       </x:c>
       <x:c r="CG5" s="3" t="n">
-        <x:v>197368</x:v>
+        <x:v>209412</x:v>
       </x:c>
       <x:c r="CH5" s="3" t="n">
-        <x:v>186914</x:v>
+        <x:v>199252</x:v>
       </x:c>
       <x:c r="CI5" s="3" t="n">
-        <x:v>188662</x:v>
+        <x:v>201000</x:v>
       </x:c>
       <x:c r="CJ5" s="3" t="n">
-        <x:v>192602</x:v>
+        <x:v>204940</x:v>
       </x:c>
       <x:c r="CK5" s="3" t="n">
-        <x:v>193273</x:v>
+        <x:v>205611</x:v>
       </x:c>
       <x:c r="CL5" s="3" t="n">
-        <x:v>199081</x:v>
+        <x:v>211732</x:v>
       </x:c>
       <x:c r="CM5" s="3" t="n">
-        <x:v>196504</x:v>
+        <x:v>209156</x:v>
       </x:c>
       <x:c r="CN5" s="3" t="n">
-        <x:v>193590</x:v>
+        <x:v>206241</x:v>
       </x:c>
       <x:c r="CO5" s="3" t="n">
-        <x:v>193635</x:v>
+        <x:v>206286</x:v>
       </x:c>
       <x:c r="CP5" s="3" t="n">
-        <x:v>199784</x:v>
+        <x:v>212782</x:v>
       </x:c>
       <x:c r="CQ5" s="3" t="n">
-        <x:v>200118</x:v>
+        <x:v>213116</x:v>
       </x:c>
       <x:c r="CR5" s="3" t="n">
-        <x:v>198475</x:v>
+        <x:v>211472</x:v>
       </x:c>
       <x:c r="CS5" s="3" t="n">
-        <x:v>199890</x:v>
+        <x:v>212888</x:v>
       </x:c>
       <x:c r="CT5" s="3" t="n">
-        <x:v>199643</x:v>
+        <x:v>212345</x:v>
       </x:c>
       <x:c r="CU5" s="3" t="n">
-        <x:v>203430</x:v>
+        <x:v>216132</x:v>
       </x:c>
       <x:c r="CV5" s="3" t="n">
-        <x:v>198741</x:v>
+        <x:v>211444</x:v>
       </x:c>
       <x:c r="CW5" s="3" t="n">
-        <x:v>200765</x:v>
+        <x:v>213467</x:v>
       </x:c>
       <x:c r="CX5" s="3" t="n">
-        <x:v>200392</x:v>
+        <x:v>213029</x:v>
       </x:c>
       <x:c r="CY5" s="3" t="n">
-        <x:v>200670</x:v>
+        <x:v>213307</x:v>
       </x:c>
       <x:c r="CZ5" s="3" t="n">
-        <x:v>203686</x:v>
+        <x:v>216323</x:v>
       </x:c>
       <x:c r="DA5" s="3" t="n">
-        <x:v>204467</x:v>
+        <x:v>217105</x:v>
       </x:c>
       <x:c r="DB5" s="3" t="n">
-        <x:v>213959</x:v>
+        <x:v>227467</x:v>
       </x:c>
       <x:c r="DC5" s="3" t="n">
-        <x:v>218739</x:v>
+        <x:v>232248</x:v>
       </x:c>
       <x:c r="DD5" s="3" t="n">
-        <x:v>225153</x:v>
+        <x:v>238661</x:v>
       </x:c>
       <x:c r="DE5" s="3" t="n">
-        <x:v>225389</x:v>
+        <x:v>238897</x:v>
       </x:c>
       <x:c r="DF5" s="3" t="n">
-        <x:v>229201</x:v>
+        <x:v>243526</x:v>
       </x:c>
       <x:c r="DG5" s="3" t="n">
-        <x:v>234121</x:v>
+        <x:v>248446</x:v>
       </x:c>
       <x:c r="DH5" s="3" t="n">
-        <x:v>243812</x:v>
+        <x:v>258137</x:v>
       </x:c>
       <x:c r="DI5" s="3" t="n">
-        <x:v>245959</x:v>
+        <x:v>260284</x:v>
       </x:c>
       <x:c r="DJ5" s="3" t="n">
-        <x:v>249791</x:v>
+        <x:v>265356</x:v>
       </x:c>
       <x:c r="DK5" s="3" t="n">
-        <x:v>256230</x:v>
+        <x:v>271796</x:v>
       </x:c>
       <x:c r="DL5" s="3" t="n">
-        <x:v>259099</x:v>
+        <x:v>274664</x:v>
       </x:c>
       <x:c r="DM5" s="3" t="n">
-        <x:v>272098</x:v>
+        <x:v>287664</x:v>
       </x:c>
       <x:c r="DN5" s="3" t="n">
-        <x:v>280987</x:v>
+        <x:v>297630</x:v>
       </x:c>
       <x:c r="DO5" s="3" t="n">
-        <x:v>283419</x:v>
+        <x:v>300062</x:v>
       </x:c>
       <x:c r="DP5" s="3" t="n">
-        <x:v>281103</x:v>
+        <x:v>297746</x:v>
       </x:c>
       <x:c r="DQ5" s="3" t="n">
-        <x:v>292620</x:v>
+        <x:v>309263</x:v>
       </x:c>
       <x:c r="DR5" s="3" t="n">
-        <x:v>299022</x:v>
+        <x:v>316406</x:v>
       </x:c>
       <x:c r="DS5" s="3" t="n">
-        <x:v>296614</x:v>
+        <x:v>313998</x:v>
       </x:c>
       <x:c r="DT5" s="3" t="n">
-        <x:v>299188</x:v>
+        <x:v>316572</x:v>
       </x:c>
       <x:c r="DU5" s="3" t="n">
-        <x:v>294287</x:v>
+        <x:v>311671</x:v>
       </x:c>
       <x:c r="DV5" s="3" t="n">
-        <x:v>263776</x:v>
+        <x:v>279780</x:v>
       </x:c>
       <x:c r="DW5" s="3" t="n">
-        <x:v>264472</x:v>
+        <x:v>280476</x:v>
       </x:c>
       <x:c r="DX5" s="3" t="n">
-        <x:v>268207</x:v>
+        <x:v>284211</x:v>
       </x:c>
       <x:c r="DY5" s="3" t="n">
-        <x:v>270892</x:v>
+        <x:v>286897</x:v>
       </x:c>
       <x:c r="DZ5" s="3" t="n">
-        <x:v>278590</x:v>
+        <x:v>296132</x:v>
       </x:c>
       <x:c r="EA5" s="3" t="n">
-        <x:v>292546</x:v>
+        <x:v>310089</x:v>
       </x:c>
       <x:c r="EB5" s="3" t="n">
-        <x:v>292018</x:v>
+        <x:v>309561</x:v>
       </x:c>
       <x:c r="EC5" s="3" t="n">
-        <x:v>289418</x:v>
+        <x:v>306961</x:v>
       </x:c>
       <x:c r="ED5" s="3" t="n">
-        <x:v>308798</x:v>
+        <x:v>327112</x:v>
       </x:c>
       <x:c r="EE5" s="3" t="n">
-        <x:v>289079</x:v>
+        <x:v>307393</x:v>
       </x:c>
       <x:c r="EF5" s="3" t="n">
-        <x:v>293874</x:v>
+        <x:v>312188</x:v>
       </x:c>
       <x:c r="EG5" s="3" t="n">
-        <x:v>306179</x:v>
+        <x:v>324494</x:v>
       </x:c>
       <x:c r="EH5" s="3" t="n">
-        <x:v>305316</x:v>
+        <x:v>325457</x:v>
       </x:c>
       <x:c r="EI5" s="3" t="n">
-        <x:v>310822</x:v>
+        <x:v>330963</x:v>
       </x:c>
       <x:c r="EJ5" s="3" t="n">
-        <x:v>308908</x:v>
+        <x:v>329049</x:v>
       </x:c>
       <x:c r="EK5" s="3" t="n">
-        <x:v>308039</x:v>
+        <x:v>328181</x:v>
       </x:c>
       <x:c r="EL5" s="3" t="n">
-        <x:v>318290</x:v>
+        <x:v>340003</x:v>
       </x:c>
       <x:c r="EM5" s="3" t="n">
-        <x:v>322852</x:v>
+        <x:v>344565</x:v>
       </x:c>
       <x:c r="EN5" s="3" t="n">
-        <x:v>327289</x:v>
+        <x:v>349002</x:v>
       </x:c>
       <x:c r="EO5" s="3" t="n">
-        <x:v>326841</x:v>
+        <x:v>348554</x:v>
       </x:c>
       <x:c r="EP5" s="3" t="n">
-        <x:v>320290</x:v>
+        <x:v>342685</x:v>
       </x:c>
       <x:c r="EQ5" s="3" t="n">
-        <x:v>330536</x:v>
+        <x:v>352931</x:v>
       </x:c>
       <x:c r="ER5" s="3" t="n">
-        <x:v>344262</x:v>
+        <x:v>366657</x:v>
       </x:c>
       <x:c r="ES5" s="3" t="n">
-        <x:v>328414</x:v>
+        <x:v>350809</x:v>
       </x:c>
       <x:c r="ET5" s="3" t="n">
-        <x:v>338259</x:v>
+        <x:v>361389</x:v>
       </x:c>
       <x:c r="EU5" s="3" t="n">
-        <x:v>337252</x:v>
+        <x:v>360381</x:v>
       </x:c>
       <x:c r="EV5" s="3" t="n">
-        <x:v>333851</x:v>
+        <x:v>356981</x:v>
       </x:c>
       <x:c r="EW5" s="3" t="n">
-        <x:v>339060</x:v>
+        <x:v>362190</x:v>
       </x:c>
       <x:c r="EX5" s="3" t="n">
-        <x:v>341834</x:v>
+        <x:v>362458</x:v>
       </x:c>
       <x:c r="EY5" s="3" t="n">
-        <x:v>336155</x:v>
+        <x:v>357917</x:v>
       </x:c>
       <x:c r="EZ5" s="3" t="n">
-        <x:v>348135</x:v>
+        <x:v>374554</x:v>
       </x:c>
       <x:c r="FA5" s="3" t="n">
-        <x:v>346303</x:v>
+        <x:v>368613</x:v>
       </x:c>
       <x:c r="FB5" s="3" t="n">
-        <x:v>347011</x:v>
+        <x:v>368659</x:v>
       </x:c>
       <x:c r="FC5" s="3" t="n">
-        <x:v>348797</x:v>
+        <x:v>371533</x:v>
       </x:c>
       <x:c r="FD5" s="3" t="n">
-        <x:v>348000</x:v>
+        <x:v>373409</x:v>
       </x:c>
       <x:c r="FE5" s="3" t="n">
-        <x:v>359310</x:v>
+        <x:v>383141</x:v>
       </x:c>
       <x:c r="FF5" s="3" t="n">
-        <x:v>348034</x:v>
+        <x:v>371780</x:v>
       </x:c>
       <x:c r="FG5" s="3" t="n">
-        <x:v>360244</x:v>
+        <x:v>383216</x:v>
       </x:c>
       <x:c r="FH5" s="3" t="n">
-        <x:v>356639</x:v>
+        <x:v>382546</x:v>
       </x:c>
       <x:c r="FI5" s="3" t="n">
-        <x:v>358771</x:v>
+        <x:v>378963</x:v>
       </x:c>
       <x:c r="FJ5" s="3" t="n">
-        <x:v>370216</x:v>
+        <x:v>394730</x:v>
       </x:c>
       <x:c r="FK5" s="3" t="n">
-        <x:v>374524</x:v>
+        <x:v>399638</x:v>
       </x:c>
       <x:c r="FL5" s="3" t="n">
-        <x:v>378316</x:v>
+        <x:v>406837</x:v>
       </x:c>
       <x:c r="FM5" s="3" t="n">
-        <x:v>377489</x:v>
+        <x:v>398649</x:v>
       </x:c>
       <x:c r="FN5" s="3" t="n">
-        <x:v>374797</x:v>
+        <x:v>397344</x:v>
       </x:c>
       <x:c r="FO5" s="3" t="n">
-        <x:v>305563</x:v>
+        <x:v>327417</x:v>
       </x:c>
       <x:c r="FP5" s="3" t="n">
-        <x:v>335446</x:v>
+        <x:v>359446</x:v>
       </x:c>
       <x:c r="FQ5" s="3" t="n">
-        <x:v>334813</x:v>
+        <x:v>357083</x:v>
       </x:c>
       <x:c r="FR5" s="3" t="n">
-        <x:v>318608</x:v>
+        <x:v>338138</x:v>
       </x:c>
       <x:c r="FS5" s="3" t="n">
-        <x:v>334388</x:v>
+        <x:v>356877</x:v>
       </x:c>
       <x:c r="FT5" s="3" t="n">
-        <x:v>349431</x:v>
+        <x:v>374011</x:v>
       </x:c>
       <x:c r="FU5" s="3" t="n">
-        <x:v>363980</x:v>
+        <x:v>388634</x:v>
       </x:c>
       <x:c r="FV5" s="3" t="n">
-        <x:v>362931</x:v>
+        <x:v>385520</x:v>
       </x:c>
       <x:c r="FW5" s="3" t="n">
-        <x:v>385876</x:v>
+        <x:v>412912</x:v>
       </x:c>
       <x:c r="FX5" s="3" t="n">
-        <x:v>394295</x:v>
+        <x:v>423857</x:v>
       </x:c>
       <x:c r="FY5" s="3" t="n">
-        <x:v>405683</x:v>
+        <x:v>437030</x:v>
       </x:c>
       <x:c r="FZ5" s="3" t="n">
-        <x:v>384870</x:v>
+        <x:v>410768</x:v>
       </x:c>
       <x:c r="GA5" s="3" t="n">
-        <x:v>391424</x:v>
+        <x:v>419112</x:v>
       </x:c>
       <x:c r="GB5" s="3" t="n">
-        <x:v>375377</x:v>
+        <x:v>405476</x:v>
       </x:c>
       <x:c r="GC5" s="3" t="n">
-        <x:v>381870</x:v>
+        <x:v>412215</x:v>
       </x:c>
       <x:c r="GD5" s="3" t="n">
-        <x:v>381877</x:v>
+        <x:v>413073</x:v>
       </x:c>
       <x:c r="GE5" s="3" t="n">
-        <x:v>396934</x:v>
+        <x:v>430005</x:v>
       </x:c>
       <x:c r="GF5" s="3" t="n">
-        <x:v>408812</x:v>
+        <x:v>441293</x:v>
       </x:c>
       <x:c r="GG5" s="3" t="n">
-        <x:v>407270</x:v>
+        <x:v>442286</x:v>
       </x:c>
       <x:c r="GH5" s="3" t="n">
-        <x:v>396696</x:v>
+        <x:v>436167</x:v>
       </x:c>
       <x:c r="GI5" s="3" t="n">
-        <x:v>394175</x:v>
+        <x:v>434120</x:v>
+      </x:c>
+      <x:c r="GJ5" s="3" t="n">
+        <x:v>439084</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:191">
+    <x:row r="6" spans="1:192">
       <x:c r="A6" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>58962</x:v>
+        <x:v>62044</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>60494</x:v>
+        <x:v>63576</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>56598</x:v>
+        <x:v>59680</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>62041</x:v>
+        <x:v>65124</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>57461</x:v>
+        <x:v>60628</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>61182</x:v>
+        <x:v>64349</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
-        <x:v>63881</x:v>
+        <x:v>67049</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
-        <x:v>62131</x:v>
+        <x:v>65298</x:v>
       </x:c>
       <x:c r="J6" s="3" t="n">
-        <x:v>65774</x:v>
+        <x:v>69115</x:v>
       </x:c>
       <x:c r="K6" s="3" t="n">
-        <x:v>65565</x:v>
+        <x:v>68906</x:v>
       </x:c>
       <x:c r="L6" s="3" t="n">
-        <x:v>63877</x:v>
+        <x:v>67217</x:v>
       </x:c>
       <x:c r="M6" s="3" t="n">
-        <x:v>62814</x:v>
+        <x:v>66154</x:v>
       </x:c>
       <x:c r="N6" s="3" t="n">
-        <x:v>63387</x:v>
+        <x:v>66688</x:v>
       </x:c>
       <x:c r="O6" s="3" t="n">
-        <x:v>56552</x:v>
+        <x:v>59852</x:v>
       </x:c>
       <x:c r="P6" s="3" t="n">
-        <x:v>65882</x:v>
+        <x:v>69183</x:v>
       </x:c>
       <x:c r="Q6" s="3" t="n">
-        <x:v>69131</x:v>
+        <x:v>72432</x:v>
       </x:c>
       <x:c r="R6" s="3" t="n">
-        <x:v>64000</x:v>
+        <x:v>67500</x:v>
       </x:c>
       <x:c r="S6" s="3" t="n">
-        <x:v>67647</x:v>
+        <x:v>71146</x:v>
       </x:c>
       <x:c r="T6" s="3" t="n">
-        <x:v>69659</x:v>
+        <x:v>73159</x:v>
       </x:c>
       <x:c r="U6" s="3" t="n">
-        <x:v>69049</x:v>
+        <x:v>72549</x:v>
       </x:c>
       <x:c r="V6" s="3" t="n">
-        <x:v>65609</x:v>
+        <x:v>68890</x:v>
       </x:c>
       <x:c r="W6" s="3" t="n">
-        <x:v>63390</x:v>
+        <x:v>66671</x:v>
       </x:c>
       <x:c r="X6" s="3" t="n">
-        <x:v>61277</x:v>
+        <x:v>64558</x:v>
       </x:c>
       <x:c r="Y6" s="3" t="n">
-        <x:v>63180</x:v>
+        <x:v>66461</x:v>
       </x:c>
       <x:c r="Z6" s="3" t="n">
-        <x:v>68313</x:v>
+        <x:v>71796</x:v>
       </x:c>
       <x:c r="AA6" s="3" t="n">
-        <x:v>65849</x:v>
+        <x:v>69332</x:v>
       </x:c>
       <x:c r="AB6" s="3" t="n">
-        <x:v>69229</x:v>
+        <x:v>72712</x:v>
       </x:c>
       <x:c r="AC6" s="3" t="n">
-        <x:v>65681</x:v>
+        <x:v>69164</x:v>
       </x:c>
       <x:c r="AD6" s="3" t="n">
-        <x:v>70710</x:v>
+        <x:v>74567</x:v>
       </x:c>
       <x:c r="AE6" s="3" t="n">
-        <x:v>71961</x:v>
+        <x:v>75818</x:v>
       </x:c>
       <x:c r="AF6" s="3" t="n">
-        <x:v>76299</x:v>
+        <x:v>80156</x:v>
       </x:c>
       <x:c r="AG6" s="3" t="n">
-        <x:v>78985</x:v>
+        <x:v>82842</x:v>
       </x:c>
       <x:c r="AH6" s="3" t="n">
-        <x:v>87341</x:v>
+        <x:v>91716</x:v>
       </x:c>
       <x:c r="AI6" s="3" t="n">
-        <x:v>88302</x:v>
+        <x:v>92677</x:v>
       </x:c>
       <x:c r="AJ6" s="3" t="n">
-        <x:v>83960</x:v>
+        <x:v>88335</x:v>
       </x:c>
       <x:c r="AK6" s="3" t="n">
-        <x:v>78368</x:v>
+        <x:v>82743</x:v>
       </x:c>
       <x:c r="AL6" s="3" t="n">
-        <x:v>75545</x:v>
+        <x:v>79628</x:v>
       </x:c>
       <x:c r="AM6" s="3" t="n">
-        <x:v>76755</x:v>
+        <x:v>80838</x:v>
       </x:c>
       <x:c r="AN6" s="3" t="n">
-        <x:v>83004</x:v>
+        <x:v>87086</x:v>
       </x:c>
       <x:c r="AO6" s="3" t="n">
-        <x:v>80074</x:v>
+        <x:v>84157</x:v>
       </x:c>
       <x:c r="AP6" s="3" t="n">
-        <x:v>76296</x:v>
+        <x:v>80229</x:v>
       </x:c>
       <x:c r="AQ6" s="3" t="n">
-        <x:v>76183</x:v>
+        <x:v>80115</x:v>
       </x:c>
       <x:c r="AR6" s="3" t="n">
-        <x:v>74025</x:v>
+        <x:v>77958</x:v>
       </x:c>
       <x:c r="AS6" s="3" t="n">
-        <x:v>77270</x:v>
+        <x:v>81203</x:v>
       </x:c>
       <x:c r="AT6" s="3" t="n">
-        <x:v>76294</x:v>
+        <x:v>80274</x:v>
       </x:c>
       <x:c r="AU6" s="3" t="n">
-        <x:v>73724</x:v>
+        <x:v>77705</x:v>
       </x:c>
       <x:c r="AV6" s="3" t="n">
-        <x:v>77846</x:v>
+        <x:v>81827</x:v>
       </x:c>
       <x:c r="AW6" s="3" t="n">
-        <x:v>79615</x:v>
+        <x:v>83596</x:v>
       </x:c>
       <x:c r="AX6" s="3" t="n">
-        <x:v>76824</x:v>
+        <x:v>80941</x:v>
       </x:c>
       <x:c r="AY6" s="3" t="n">
-        <x:v>84088</x:v>
+        <x:v>88205</x:v>
       </x:c>
       <x:c r="AZ6" s="3" t="n">
-        <x:v>77232</x:v>
+        <x:v>81349</x:v>
       </x:c>
       <x:c r="BA6" s="3" t="n">
-        <x:v>79872</x:v>
+        <x:v>83988</x:v>
       </x:c>
       <x:c r="BB6" s="3" t="n">
-        <x:v>77378</x:v>
+        <x:v>81413</x:v>
       </x:c>
       <x:c r="BC6" s="3" t="n">
-        <x:v>81139</x:v>
+        <x:v>85174</x:v>
       </x:c>
       <x:c r="BD6" s="3" t="n">
-        <x:v>76401</x:v>
+        <x:v>80436</x:v>
       </x:c>
       <x:c r="BE6" s="3" t="n">
-        <x:v>76772</x:v>
+        <x:v>80807</x:v>
       </x:c>
       <x:c r="BF6" s="3" t="n">
-        <x:v>78230</x:v>
+        <x:v>82263</x:v>
       </x:c>
       <x:c r="BG6" s="3" t="n">
-        <x:v>77310</x:v>
+        <x:v>81344</x:v>
       </x:c>
       <x:c r="BH6" s="3" t="n">
-        <x:v>79542</x:v>
+        <x:v>83575</x:v>
       </x:c>
       <x:c r="BI6" s="3" t="n">
-        <x:v>76461</x:v>
+        <x:v>80494</x:v>
       </x:c>
       <x:c r="BJ6" s="3" t="n">
-        <x:v>79613</x:v>
+        <x:v>83862</x:v>
       </x:c>
       <x:c r="BK6" s="3" t="n">
-        <x:v>78450</x:v>
+        <x:v>82699</x:v>
       </x:c>
       <x:c r="BL6" s="3" t="n">
-        <x:v>85492</x:v>
+        <x:v>89740</x:v>
       </x:c>
       <x:c r="BM6" s="3" t="n">
-        <x:v>84652</x:v>
+        <x:v>88901</x:v>
       </x:c>
       <x:c r="BN6" s="3" t="n">
-        <x:v>87576</x:v>
+        <x:v>92189</x:v>
       </x:c>
       <x:c r="BO6" s="3" t="n">
-        <x:v>88899</x:v>
+        <x:v>93512</x:v>
       </x:c>
       <x:c r="BP6" s="3" t="n">
-        <x:v>90420</x:v>
+        <x:v>95033</x:v>
       </x:c>
       <x:c r="BQ6" s="3" t="n">
-        <x:v>89448</x:v>
+        <x:v>94061</x:v>
       </x:c>
       <x:c r="BR6" s="3" t="n">
-        <x:v>95202</x:v>
+        <x:v>100232</x:v>
       </x:c>
       <x:c r="BS6" s="3" t="n">
-        <x:v>98356</x:v>
+        <x:v>103387</x:v>
       </x:c>
       <x:c r="BT6" s="3" t="n">
-        <x:v>97614</x:v>
+        <x:v>102644</x:v>
       </x:c>
       <x:c r="BU6" s="3" t="n">
-        <x:v>97452</x:v>
+        <x:v>102483</x:v>
       </x:c>
       <x:c r="BV6" s="3" t="n">
-        <x:v>103093</x:v>
+        <x:v>108739</x:v>
       </x:c>
       <x:c r="BW6" s="3" t="n">
-        <x:v>106025</x:v>
+        <x:v>111671</x:v>
       </x:c>
       <x:c r="BX6" s="3" t="n">
-        <x:v>110283</x:v>
+        <x:v>115929</x:v>
       </x:c>
       <x:c r="BY6" s="3" t="n">
-        <x:v>116728</x:v>
+        <x:v>122374</x:v>
       </x:c>
       <x:c r="BZ6" s="3" t="n">
-        <x:v>118315</x:v>
+        <x:v>124573</x:v>
       </x:c>
       <x:c r="CA6" s="3" t="n">
-        <x:v>120196</x:v>
+        <x:v>126454</x:v>
       </x:c>
       <x:c r="CB6" s="3" t="n">
-        <x:v>121698</x:v>
+        <x:v>127955</x:v>
       </x:c>
       <x:c r="CC6" s="3" t="n">
-        <x:v>123183</x:v>
+        <x:v>129441</x:v>
       </x:c>
       <x:c r="CD6" s="3" t="n">
-        <x:v>132648</x:v>
+        <x:v>139562</x:v>
       </x:c>
       <x:c r="CE6" s="3" t="n">
-        <x:v>132098</x:v>
+        <x:v>139011</x:v>
       </x:c>
       <x:c r="CF6" s="3" t="n">
-        <x:v>133227</x:v>
+        <x:v>140141</x:v>
       </x:c>
       <x:c r="CG6" s="3" t="n">
-        <x:v>136092</x:v>
+        <x:v>143006</x:v>
       </x:c>
       <x:c r="CH6" s="3" t="n">
-        <x:v>123198</x:v>
+        <x:v>129828</x:v>
       </x:c>
       <x:c r="CI6" s="3" t="n">
-        <x:v>126999</x:v>
+        <x:v>133630</x:v>
       </x:c>
       <x:c r="CJ6" s="3" t="n">
-        <x:v>130545</x:v>
+        <x:v>137176</x:v>
       </x:c>
       <x:c r="CK6" s="3" t="n">
-        <x:v>131478</x:v>
+        <x:v>138109</x:v>
       </x:c>
       <x:c r="CL6" s="3" t="n">
-        <x:v>133925</x:v>
+        <x:v>140711</x:v>
       </x:c>
       <x:c r="CM6" s="3" t="n">
-        <x:v>132148</x:v>
+        <x:v>138934</x:v>
       </x:c>
       <x:c r="CN6" s="3" t="n">
-        <x:v>130332</x:v>
+        <x:v>137118</x:v>
       </x:c>
       <x:c r="CO6" s="3" t="n">
-        <x:v>127806</x:v>
+        <x:v>134592</x:v>
       </x:c>
       <x:c r="CP6" s="3" t="n">
-        <x:v>130754</x:v>
+        <x:v>137589</x:v>
       </x:c>
       <x:c r="CQ6" s="3" t="n">
-        <x:v>131513</x:v>
+        <x:v>138348</x:v>
       </x:c>
       <x:c r="CR6" s="3" t="n">
-        <x:v>131553</x:v>
+        <x:v>138388</x:v>
       </x:c>
       <x:c r="CS6" s="3" t="n">
-        <x:v>134160</x:v>
+        <x:v>140995</x:v>
       </x:c>
       <x:c r="CT6" s="3" t="n">
-        <x:v>131866</x:v>
+        <x:v>138780</x:v>
       </x:c>
       <x:c r="CU6" s="3" t="n">
-        <x:v>136606</x:v>
+        <x:v>143519</x:v>
       </x:c>
       <x:c r="CV6" s="3" t="n">
-        <x:v>131316</x:v>
+        <x:v>138230</x:v>
       </x:c>
       <x:c r="CW6" s="3" t="n">
-        <x:v>134257</x:v>
+        <x:v>141170</x:v>
       </x:c>
       <x:c r="CX6" s="3" t="n">
-        <x:v>136671</x:v>
+        <x:v>143797</x:v>
       </x:c>
       <x:c r="CY6" s="3" t="n">
-        <x:v>136287</x:v>
+        <x:v>143413</x:v>
       </x:c>
       <x:c r="CZ6" s="3" t="n">
-        <x:v>138295</x:v>
+        <x:v>145421</x:v>
       </x:c>
       <x:c r="DA6" s="3" t="n">
-        <x:v>139194</x:v>
+        <x:v>146320</x:v>
       </x:c>
       <x:c r="DB6" s="3" t="n">
-        <x:v>146491</x:v>
+        <x:v>154481</x:v>
       </x:c>
       <x:c r="DC6" s="3" t="n">
-        <x:v>153865</x:v>
+        <x:v>161855</x:v>
       </x:c>
       <x:c r="DD6" s="3" t="n">
-        <x:v>159309</x:v>
+        <x:v>167299</x:v>
       </x:c>
       <x:c r="DE6" s="3" t="n">
-        <x:v>157537</x:v>
+        <x:v>165527</x:v>
       </x:c>
       <x:c r="DF6" s="3" t="n">
-        <x:v>160857</x:v>
+        <x:v>169489</x:v>
       </x:c>
       <x:c r="DG6" s="3" t="n">
-        <x:v>162500</x:v>
+        <x:v>171132</x:v>
       </x:c>
       <x:c r="DH6" s="3" t="n">
-        <x:v>171922</x:v>
+        <x:v>180554</x:v>
       </x:c>
       <x:c r="DI6" s="3" t="n">
-        <x:v>171544</x:v>
+        <x:v>180176</x:v>
       </x:c>
       <x:c r="DJ6" s="3" t="n">
-        <x:v>179518</x:v>
+        <x:v>189067</x:v>
       </x:c>
       <x:c r="DK6" s="3" t="n">
-        <x:v>181514</x:v>
+        <x:v>191062</x:v>
       </x:c>
       <x:c r="DL6" s="3" t="n">
-        <x:v>183232</x:v>
+        <x:v>192780</x:v>
       </x:c>
       <x:c r="DM6" s="3" t="n">
-        <x:v>193353</x:v>
+        <x:v>202901</x:v>
       </x:c>
       <x:c r="DN6" s="3" t="n">
-        <x:v>199147</x:v>
+        <x:v>209564</x:v>
       </x:c>
       <x:c r="DO6" s="3" t="n">
-        <x:v>201734</x:v>
+        <x:v>212151</x:v>
       </x:c>
       <x:c r="DP6" s="3" t="n">
-        <x:v>198779</x:v>
+        <x:v>209196</x:v>
       </x:c>
       <x:c r="DQ6" s="3" t="n">
-        <x:v>205024</x:v>
+        <x:v>215441</x:v>
       </x:c>
       <x:c r="DR6" s="3" t="n">
-        <x:v>213725</x:v>
+        <x:v>224618</x:v>
       </x:c>
       <x:c r="DS6" s="3" t="n">
-        <x:v>210334</x:v>
+        <x:v>221227</x:v>
       </x:c>
       <x:c r="DT6" s="3" t="n">
-        <x:v>212222</x:v>
+        <x:v>223115</x:v>
       </x:c>
       <x:c r="DU6" s="3" t="n">
-        <x:v>205174</x:v>
+        <x:v>216067</x:v>
       </x:c>
       <x:c r="DV6" s="3" t="n">
-        <x:v>185168</x:v>
+        <x:v>194790</x:v>
       </x:c>
       <x:c r="DW6" s="3" t="n">
-        <x:v>182943</x:v>
+        <x:v>192565</x:v>
       </x:c>
       <x:c r="DX6" s="3" t="n">
-        <x:v>187031</x:v>
+        <x:v>196653</x:v>
       </x:c>
       <x:c r="DY6" s="3" t="n">
-        <x:v>188140</x:v>
+        <x:v>197762</x:v>
       </x:c>
       <x:c r="DZ6" s="3" t="n">
-        <x:v>192011</x:v>
+        <x:v>202287</x:v>
       </x:c>
       <x:c r="EA6" s="3" t="n">
-        <x:v>201650</x:v>
+        <x:v>211925</x:v>
       </x:c>
       <x:c r="EB6" s="3" t="n">
-        <x:v>200327</x:v>
+        <x:v>210602</x:v>
       </x:c>
       <x:c r="EC6" s="3" t="n">
-        <x:v>199747</x:v>
+        <x:v>210023</x:v>
       </x:c>
       <x:c r="ED6" s="3" t="n">
-        <x:v>221328</x:v>
+        <x:v>232071</x:v>
       </x:c>
       <x:c r="EE6" s="3" t="n">
-        <x:v>200746</x:v>
+        <x:v>211489</x:v>
       </x:c>
       <x:c r="EF6" s="3" t="n">
-        <x:v>201864</x:v>
+        <x:v>212607</x:v>
       </x:c>
       <x:c r="EG6" s="3" t="n">
-        <x:v>205931</x:v>
+        <x:v>216674</x:v>
       </x:c>
       <x:c r="EH6" s="3" t="n">
-        <x:v>205746</x:v>
+        <x:v>216479</x:v>
       </x:c>
       <x:c r="EI6" s="3" t="n">
-        <x:v>208899</x:v>
+        <x:v>219632</x:v>
       </x:c>
       <x:c r="EJ6" s="3" t="n">
-        <x:v>206973</x:v>
+        <x:v>217706</x:v>
       </x:c>
       <x:c r="EK6" s="3" t="n">
-        <x:v>207494</x:v>
+        <x:v>218228</x:v>
       </x:c>
       <x:c r="EL6" s="3" t="n">
-        <x:v>213948</x:v>
+        <x:v>225118</x:v>
       </x:c>
       <x:c r="EM6" s="3" t="n">
-        <x:v>214723</x:v>
+        <x:v>225893</x:v>
       </x:c>
       <x:c r="EN6" s="3" t="n">
-        <x:v>219625</x:v>
+        <x:v>230794</x:v>
       </x:c>
       <x:c r="EO6" s="3" t="n">
-        <x:v>214525</x:v>
+        <x:v>225694</x:v>
       </x:c>
       <x:c r="EP6" s="3" t="n">
-        <x:v>212467</x:v>
+        <x:v>223844</x:v>
       </x:c>
       <x:c r="EQ6" s="3" t="n">
-        <x:v>217863</x:v>
+        <x:v>229241</x:v>
       </x:c>
       <x:c r="ER6" s="3" t="n">
-        <x:v>232712</x:v>
+        <x:v>244089</x:v>
       </x:c>
       <x:c r="ES6" s="3" t="n">
-        <x:v>215829</x:v>
+        <x:v>227207</x:v>
       </x:c>
       <x:c r="ET6" s="3" t="n">
-        <x:v>228341</x:v>
+        <x:v>240031</x:v>
       </x:c>
       <x:c r="EU6" s="3" t="n">
-        <x:v>227011</x:v>
+        <x:v>238702</x:v>
       </x:c>
       <x:c r="EV6" s="3" t="n">
-        <x:v>223288</x:v>
+        <x:v>234979</x:v>
       </x:c>
       <x:c r="EW6" s="3" t="n">
-        <x:v>224413</x:v>
+        <x:v>236103</x:v>
       </x:c>
       <x:c r="EX6" s="3" t="n">
-        <x:v>224605</x:v>
+        <x:v>235808</x:v>
       </x:c>
       <x:c r="EY6" s="3" t="n">
-        <x:v>219683</x:v>
+        <x:v>229968</x:v>
       </x:c>
       <x:c r="EZ6" s="3" t="n">
-        <x:v>231887</x:v>
+        <x:v>245675</x:v>
       </x:c>
       <x:c r="FA6" s="3" t="n">
-        <x:v>227071</x:v>
+        <x:v>239097</x:v>
       </x:c>
       <x:c r="FB6" s="3" t="n">
-        <x:v>230646</x:v>
+        <x:v>242186</x:v>
       </x:c>
       <x:c r="FC6" s="3" t="n">
-        <x:v>231550</x:v>
+        <x:v>242890</x:v>
       </x:c>
       <x:c r="FD6" s="3" t="n">
-        <x:v>230623</x:v>
+        <x:v>243951</x:v>
       </x:c>
       <x:c r="FE6" s="3" t="n">
-        <x:v>238979</x:v>
+        <x:v>251452</x:v>
       </x:c>
       <x:c r="FF6" s="3" t="n">
-        <x:v>234138</x:v>
+        <x:v>246714</x:v>
       </x:c>
       <x:c r="FG6" s="3" t="n">
-        <x:v>241944</x:v>
+        <x:v>252838</x:v>
       </x:c>
       <x:c r="FH6" s="3" t="n">
-        <x:v>237491</x:v>
+        <x:v>251241</x:v>
       </x:c>
       <x:c r="FI6" s="3" t="n">
-        <x:v>240223</x:v>
+        <x:v>251040</x:v>
       </x:c>
       <x:c r="FJ6" s="3" t="n">
-        <x:v>249947</x:v>
+        <x:v>262704</x:v>
       </x:c>
       <x:c r="FK6" s="3" t="n">
-        <x:v>254392</x:v>
+        <x:v>266076</x:v>
       </x:c>
       <x:c r="FL6" s="3" t="n">
-        <x:v>254101</x:v>
+        <x:v>268195</x:v>
       </x:c>
       <x:c r="FM6" s="3" t="n">
-        <x:v>245479</x:v>
+        <x:v>256929</x:v>
       </x:c>
       <x:c r="FN6" s="3" t="n">
-        <x:v>249560</x:v>
+        <x:v>260411</x:v>
       </x:c>
       <x:c r="FO6" s="3" t="n">
-        <x:v>226355</x:v>
+        <x:v>239234</x:v>
       </x:c>
       <x:c r="FP6" s="3" t="n">
-        <x:v>250617</x:v>
+        <x:v>263625</x:v>
       </x:c>
       <x:c r="FQ6" s="3" t="n">
-        <x:v>247064</x:v>
+        <x:v>261157</x:v>
       </x:c>
       <x:c r="FR6" s="3" t="n">
-        <x:v>239396</x:v>
+        <x:v>251717</x:v>
       </x:c>
       <x:c r="FS6" s="3" t="n">
-        <x:v>258175</x:v>
+        <x:v>271075</x:v>
       </x:c>
       <x:c r="FT6" s="3" t="n">
-        <x:v>256854</x:v>
+        <x:v>270587</x:v>
       </x:c>
       <x:c r="FU6" s="3" t="n">
-        <x:v>255016</x:v>
+        <x:v>269077</x:v>
       </x:c>
       <x:c r="FV6" s="3" t="n">
-        <x:v>252757</x:v>
+        <x:v>265990</x:v>
       </x:c>
       <x:c r="FW6" s="3" t="n">
-        <x:v>260665</x:v>
+        <x:v>274472</x:v>
       </x:c>
       <x:c r="FX6" s="3" t="n">
-        <x:v>265736</x:v>
+        <x:v>281606</x:v>
       </x:c>
       <x:c r="FY6" s="3" t="n">
-        <x:v>275961</x:v>
+        <x:v>294034</x:v>
       </x:c>
       <x:c r="FZ6" s="3" t="n">
-        <x:v>253653</x:v>
+        <x:v>267061</x:v>
       </x:c>
       <x:c r="GA6" s="3" t="n">
-        <x:v>256330</x:v>
+        <x:v>270987</x:v>
       </x:c>
       <x:c r="GB6" s="3" t="n">
-        <x:v>242937</x:v>
+        <x:v>258919</x:v>
       </x:c>
       <x:c r="GC6" s="3" t="n">
-        <x:v>245896</x:v>
+        <x:v>259964</x:v>
       </x:c>
       <x:c r="GD6" s="3" t="n">
-        <x:v>245977</x:v>
+        <x:v>256728</x:v>
       </x:c>
       <x:c r="GE6" s="3" t="n">
-        <x:v>258518</x:v>
+        <x:v>269805</x:v>
       </x:c>
       <x:c r="GF6" s="3" t="n">
-        <x:v>265184</x:v>
+        <x:v>276229</x:v>
       </x:c>
       <x:c r="GG6" s="3" t="n">
-        <x:v>264223</x:v>
+        <x:v>277356</x:v>
       </x:c>
       <x:c r="GH6" s="3" t="n">
-        <x:v>255690</x:v>
+        <x:v>271989</x:v>
       </x:c>
       <x:c r="GI6" s="3" t="n">
-        <x:v>259481</x:v>
+        <x:v>271477</x:v>
+      </x:c>
+      <x:c r="GJ6" s="3" t="n">
+        <x:v>271373</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:191">
+    <x:row r="7" spans="1:192">
       <x:c r="A7" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>16513</x:v>
+        <x:v>16332</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>16349</x:v>
+        <x:v>16168</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>16817</x:v>
+        <x:v>16636</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>16377</x:v>
+        <x:v>16196</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>15671</x:v>
+        <x:v>15489</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>17488</x:v>
+        <x:v>17306</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
-        <x:v>16836</x:v>
+        <x:v>16654</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
-        <x:v>16387</x:v>
+        <x:v>16205</x:v>
       </x:c>
       <x:c r="J7" s="3" t="n">
-        <x:v>15463</x:v>
+        <x:v>15308</x:v>
       </x:c>
       <x:c r="K7" s="3" t="n">
-        <x:v>15510</x:v>
+        <x:v>15355</x:v>
       </x:c>
       <x:c r="L7" s="3" t="n">
-        <x:v>12830</x:v>
+        <x:v>12676</x:v>
       </x:c>
       <x:c r="M7" s="3" t="n">
-        <x:v>12683</x:v>
+        <x:v>12529</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>10238</x:v>
+        <x:v>10131</x:v>
       </x:c>
       <x:c r="O7" s="3" t="n">
-        <x:v>9245</x:v>
+        <x:v>9138</x:v>
       </x:c>
       <x:c r="P7" s="3" t="n">
-        <x:v>9611</x:v>
+        <x:v>9504</x:v>
       </x:c>
       <x:c r="Q7" s="3" t="n">
-        <x:v>9936</x:v>
+        <x:v>9829</x:v>
       </x:c>
       <x:c r="R7" s="3" t="n">
-        <x:v>8446</x:v>
+        <x:v>8356</x:v>
       </x:c>
       <x:c r="S7" s="3" t="n">
-        <x:v>7461</x:v>
+        <x:v>7371</x:v>
       </x:c>
       <x:c r="T7" s="3" t="n">
-        <x:v>8825</x:v>
+        <x:v>8734</x:v>
       </x:c>
       <x:c r="U7" s="3" t="n">
-        <x:v>8320</x:v>
+        <x:v>8229</x:v>
       </x:c>
       <x:c r="V7" s="3" t="n">
-        <x:v>6723</x:v>
+        <x:v>6652</x:v>
       </x:c>
       <x:c r="W7" s="3" t="n">
-        <x:v>5812</x:v>
+        <x:v>5742</x:v>
       </x:c>
       <x:c r="X7" s="3" t="n">
-        <x:v>6528</x:v>
+        <x:v>6458</x:v>
       </x:c>
       <x:c r="Y7" s="3" t="n">
+        <x:v>6527</x:v>
+      </x:c>
+      <x:c r="Z7" s="3" t="n">
+        <x:v>7160</x:v>
+      </x:c>
+      <x:c r="AA7" s="3" t="n">
+        <x:v>8292</x:v>
+      </x:c>
+      <x:c r="AB7" s="3" t="n">
+        <x:v>6255</x:v>
+      </x:c>
+      <x:c r="AC7" s="3" t="n">
+        <x:v>6855</x:v>
+      </x:c>
+      <x:c r="AD7" s="3" t="n">
+        <x:v>7048</x:v>
+      </x:c>
+      <x:c r="AE7" s="3" t="n">
+        <x:v>5840</x:v>
+      </x:c>
+      <x:c r="AF7" s="3" t="n">
+        <x:v>6290</x:v>
+      </x:c>
+      <x:c r="AG7" s="3" t="n">
+        <x:v>6026</x:v>
+      </x:c>
+      <x:c r="AH7" s="3" t="n">
+        <x:v>6624</x:v>
+      </x:c>
+      <x:c r="AI7" s="3" t="n">
+        <x:v>9257</x:v>
+      </x:c>
+      <x:c r="AJ7" s="3" t="n">
+        <x:v>6755</x:v>
+      </x:c>
+      <x:c r="AK7" s="3" t="n">
+        <x:v>5715</x:v>
+      </x:c>
+      <x:c r="AL7" s="3" t="n">
+        <x:v>6182</x:v>
+      </x:c>
+      <x:c r="AM7" s="3" t="n">
+        <x:v>6415</x:v>
+      </x:c>
+      <x:c r="AN7" s="3" t="n">
+        <x:v>6870</x:v>
+      </x:c>
+      <x:c r="AO7" s="3" t="n">
+        <x:v>7833</x:v>
+      </x:c>
+      <x:c r="AP7" s="3" t="n">
+        <x:v>4985</x:v>
+      </x:c>
+      <x:c r="AQ7" s="3" t="n">
+        <x:v>4098</x:v>
+      </x:c>
+      <x:c r="AR7" s="3" t="n">
+        <x:v>4284</x:v>
+      </x:c>
+      <x:c r="AS7" s="3" t="n">
+        <x:v>4269</x:v>
+      </x:c>
+      <x:c r="AT7" s="3" t="n">
+        <x:v>4093</x:v>
+      </x:c>
+      <x:c r="AU7" s="3" t="n">
+        <x:v>3899</x:v>
+      </x:c>
+      <x:c r="AV7" s="3" t="n">
+        <x:v>4160</x:v>
+      </x:c>
+      <x:c r="AW7" s="3" t="n">
+        <x:v>3717</x:v>
+      </x:c>
+      <x:c r="AX7" s="3" t="n">
+        <x:v>4450</x:v>
+      </x:c>
+      <x:c r="AY7" s="3" t="n">
+        <x:v>5377</x:v>
+      </x:c>
+      <x:c r="AZ7" s="3" t="n">
+        <x:v>4504</x:v>
+      </x:c>
+      <x:c r="BA7" s="3" t="n">
+        <x:v>4652</x:v>
+      </x:c>
+      <x:c r="BB7" s="3" t="n">
+        <x:v>4823</x:v>
+      </x:c>
+      <x:c r="BC7" s="3" t="n">
+        <x:v>5244</x:v>
+      </x:c>
+      <x:c r="BD7" s="3" t="n">
+        <x:v>4072</x:v>
+      </x:c>
+      <x:c r="BE7" s="3" t="n">
+        <x:v>5007</x:v>
+      </x:c>
+      <x:c r="BF7" s="3" t="n">
+        <x:v>4277</x:v>
+      </x:c>
+      <x:c r="BG7" s="3" t="n">
+        <x:v>4602</x:v>
+      </x:c>
+      <x:c r="BH7" s="3" t="n">
+        <x:v>4573</x:v>
+      </x:c>
+      <x:c r="BI7" s="3" t="n">
+        <x:v>4387</x:v>
+      </x:c>
+      <x:c r="BJ7" s="3" t="n">
+        <x:v>4709</x:v>
+      </x:c>
+      <x:c r="BK7" s="3" t="n">
+        <x:v>4265</x:v>
+      </x:c>
+      <x:c r="BL7" s="3" t="n">
+        <x:v>4589</x:v>
+      </x:c>
+      <x:c r="BM7" s="3" t="n">
+        <x:v>4800</x:v>
+      </x:c>
+      <x:c r="BN7" s="3" t="n">
+        <x:v>4570</x:v>
+      </x:c>
+      <x:c r="BO7" s="3" t="n">
+        <x:v>4299</x:v>
+      </x:c>
+      <x:c r="BP7" s="3" t="n">
+        <x:v>4590</x:v>
+      </x:c>
+      <x:c r="BQ7" s="3" t="n">
+        <x:v>4483</x:v>
+      </x:c>
+      <x:c r="BR7" s="3" t="n">
+        <x:v>5418</x:v>
+      </x:c>
+      <x:c r="BS7" s="3" t="n">
+        <x:v>6028</x:v>
+      </x:c>
+      <x:c r="BT7" s="3" t="n">
+        <x:v>5554</x:v>
+      </x:c>
+      <x:c r="BU7" s="3" t="n">
+        <x:v>4998</x:v>
+      </x:c>
+      <x:c r="BV7" s="3" t="n">
+        <x:v>5159</x:v>
+      </x:c>
+      <x:c r="BW7" s="3" t="n">
+        <x:v>5166</x:v>
+      </x:c>
+      <x:c r="BX7" s="3" t="n">
+        <x:v>5298</x:v>
+      </x:c>
+      <x:c r="BY7" s="3" t="n">
+        <x:v>6481</x:v>
+      </x:c>
+      <x:c r="BZ7" s="3" t="n">
+        <x:v>6286</x:v>
+      </x:c>
+      <x:c r="CA7" s="3" t="n">
+        <x:v>6035</x:v>
+      </x:c>
+      <x:c r="CB7" s="3" t="n">
+        <x:v>5868</x:v>
+      </x:c>
+      <x:c r="CC7" s="3" t="n">
+        <x:v>5826</x:v>
+      </x:c>
+      <x:c r="CD7" s="3" t="n">
+        <x:v>6449</x:v>
+      </x:c>
+      <x:c r="CE7" s="3" t="n">
+        <x:v>6021</x:v>
+      </x:c>
+      <x:c r="CF7" s="3" t="n">
+        <x:v>5968</x:v>
+      </x:c>
+      <x:c r="CG7" s="3" t="n">
+        <x:v>5561</x:v>
+      </x:c>
+      <x:c r="CH7" s="3" t="n">
+        <x:v>6187</x:v>
+      </x:c>
+      <x:c r="CI7" s="3" t="n">
+        <x:v>6727</x:v>
+      </x:c>
+      <x:c r="CJ7" s="3" t="n">
+        <x:v>6402</x:v>
+      </x:c>
+      <x:c r="CK7" s="3" t="n">
+        <x:v>6287</x:v>
+      </x:c>
+      <x:c r="CL7" s="3" t="n">
+        <x:v>4631</x:v>
+      </x:c>
+      <x:c r="CM7" s="3" t="n">
+        <x:v>4427</x:v>
+      </x:c>
+      <x:c r="CN7" s="3" t="n">
+        <x:v>5398</x:v>
+      </x:c>
+      <x:c r="CO7" s="3" t="n">
+        <x:v>5301</x:v>
+      </x:c>
+      <x:c r="CP7" s="3" t="n">
+        <x:v>4809</x:v>
+      </x:c>
+      <x:c r="CQ7" s="3" t="n">
+        <x:v>5114</x:v>
+      </x:c>
+      <x:c r="CR7" s="3" t="n">
+        <x:v>4582</x:v>
+      </x:c>
+      <x:c r="CS7" s="3" t="n">
+        <x:v>5056</x:v>
+      </x:c>
+      <x:c r="CT7" s="3" t="n">
+        <x:v>4687</x:v>
+      </x:c>
+      <x:c r="CU7" s="3" t="n">
+        <x:v>4336</x:v>
+      </x:c>
+      <x:c r="CV7" s="3" t="n">
+        <x:v>4475</x:v>
+      </x:c>
+      <x:c r="CW7" s="3" t="n">
+        <x:v>4221</x:v>
+      </x:c>
+      <x:c r="CX7" s="3" t="n">
+        <x:v>5263</x:v>
+      </x:c>
+      <x:c r="CY7" s="3" t="n">
+        <x:v>4272</x:v>
+      </x:c>
+      <x:c r="CZ7" s="3" t="n">
+        <x:v>4162</x:v>
+      </x:c>
+      <x:c r="DA7" s="3" t="n">
+        <x:v>4092</x:v>
+      </x:c>
+      <x:c r="DB7" s="3" t="n">
+        <x:v>4092</x:v>
+      </x:c>
+      <x:c r="DC7" s="3" t="n">
+        <x:v>4806</x:v>
+      </x:c>
+      <x:c r="DD7" s="3" t="n">
+        <x:v>4987</x:v>
+      </x:c>
+      <x:c r="DE7" s="3" t="n">
+        <x:v>4578</x:v>
+      </x:c>
+      <x:c r="DF7" s="3" t="n">
+        <x:v>4819</x:v>
+      </x:c>
+      <x:c r="DG7" s="3" t="n">
+        <x:v>4362</x:v>
+      </x:c>
+      <x:c r="DH7" s="3" t="n">
+        <x:v>4593</x:v>
+      </x:c>
+      <x:c r="DI7" s="3" t="n">
+        <x:v>5530</x:v>
+      </x:c>
+      <x:c r="DJ7" s="3" t="n">
+        <x:v>3924</x:v>
+      </x:c>
+      <x:c r="DK7" s="3" t="n">
+        <x:v>3529</x:v>
+      </x:c>
+      <x:c r="DL7" s="3" t="n">
+        <x:v>3686</x:v>
+      </x:c>
+      <x:c r="DM7" s="3" t="n">
+        <x:v>4081</x:v>
+      </x:c>
+      <x:c r="DN7" s="3" t="n">
+        <x:v>8296</x:v>
+      </x:c>
+      <x:c r="DO7" s="3" t="n">
+        <x:v>9969</x:v>
+      </x:c>
+      <x:c r="DP7" s="3" t="n">
+        <x:v>7800</x:v>
+      </x:c>
+      <x:c r="DQ7" s="3" t="n">
+        <x:v>8348</x:v>
+      </x:c>
+      <x:c r="DR7" s="3" t="n">
+        <x:v>5130</x:v>
+      </x:c>
+      <x:c r="DS7" s="3" t="n">
+        <x:v>4890</x:v>
+      </x:c>
+      <x:c r="DT7" s="3" t="n">
+        <x:v>4673</x:v>
+      </x:c>
+      <x:c r="DU7" s="3" t="n">
+        <x:v>5591</x:v>
+      </x:c>
+      <x:c r="DV7" s="3" t="n">
+        <x:v>7645</x:v>
+      </x:c>
+      <x:c r="DW7" s="3" t="n">
+        <x:v>7376</x:v>
+      </x:c>
+      <x:c r="DX7" s="3" t="n">
+        <x:v>8207</x:v>
+      </x:c>
+      <x:c r="DY7" s="3" t="n">
+        <x:v>7299</x:v>
+      </x:c>
+      <x:c r="DZ7" s="3" t="n">
+        <x:v>5245</x:v>
+      </x:c>
+      <x:c r="EA7" s="3" t="n">
+        <x:v>6517</x:v>
+      </x:c>
+      <x:c r="EB7" s="3" t="n">
+        <x:v>6351</x:v>
+      </x:c>
+      <x:c r="EC7" s="3" t="n">
+        <x:v>5320</x:v>
+      </x:c>
+      <x:c r="ED7" s="3" t="n">
+        <x:v>6890</x:v>
+      </x:c>
+      <x:c r="EE7" s="3" t="n">
+        <x:v>4690</x:v>
+      </x:c>
+      <x:c r="EF7" s="3" t="n">
+        <x:v>4847</x:v>
+      </x:c>
+      <x:c r="EG7" s="3" t="n">
+        <x:v>5208</x:v>
+      </x:c>
+      <x:c r="EH7" s="3" t="n">
+        <x:v>5201</x:v>
+      </x:c>
+      <x:c r="EI7" s="3" t="n">
+        <x:v>6851</x:v>
+      </x:c>
+      <x:c r="EJ7" s="3" t="n">
+        <x:v>5037</x:v>
+      </x:c>
+      <x:c r="EK7" s="3" t="n">
+        <x:v>5082</x:v>
+      </x:c>
+      <x:c r="EL7" s="3" t="n">
+        <x:v>5920</x:v>
+      </x:c>
+      <x:c r="EM7" s="3" t="n">
+        <x:v>6121</x:v>
+      </x:c>
+      <x:c r="EN7" s="3" t="n">
+        <x:v>7003</x:v>
+      </x:c>
+      <x:c r="EO7" s="3" t="n">
+        <x:v>5648</x:v>
+      </x:c>
+      <x:c r="EP7" s="3" t="n">
+        <x:v>5246</x:v>
+      </x:c>
+      <x:c r="EQ7" s="3" t="n">
+        <x:v>5151</x:v>
+      </x:c>
+      <x:c r="ER7" s="3" t="n">
+        <x:v>5569</x:v>
+      </x:c>
+      <x:c r="ES7" s="3" t="n">
+        <x:v>5808</x:v>
+      </x:c>
+      <x:c r="ET7" s="3" t="n">
+        <x:v>5711</x:v>
+      </x:c>
+      <x:c r="EU7" s="3" t="n">
+        <x:v>5392</x:v>
+      </x:c>
+      <x:c r="EV7" s="3" t="n">
+        <x:v>5169</x:v>
+      </x:c>
+      <x:c r="EW7" s="3" t="n">
+        <x:v>5472</x:v>
+      </x:c>
+      <x:c r="EX7" s="3" t="n">
+        <x:v>6260</x:v>
+      </x:c>
+      <x:c r="EY7" s="3" t="n">
+        <x:v>4777</x:v>
+      </x:c>
+      <x:c r="EZ7" s="3" t="n">
+        <x:v>5057</x:v>
+      </x:c>
+      <x:c r="FA7" s="3" t="n">
+        <x:v>4623</x:v>
+      </x:c>
+      <x:c r="FB7" s="3" t="n">
+        <x:v>5658</x:v>
+      </x:c>
+      <x:c r="FC7" s="3" t="n">
+        <x:v>6978</x:v>
+      </x:c>
+      <x:c r="FD7" s="3" t="n">
+        <x:v>5935</x:v>
+      </x:c>
+      <x:c r="FE7" s="3" t="n">
+        <x:v>7105</x:v>
+      </x:c>
+      <x:c r="FF7" s="3" t="n">
+        <x:v>7932</x:v>
+      </x:c>
+      <x:c r="FG7" s="3" t="n">
+        <x:v>10464</x:v>
+      </x:c>
+      <x:c r="FH7" s="3" t="n">
+        <x:v>7826</x:v>
+      </x:c>
+      <x:c r="FI7" s="3" t="n">
+        <x:v>8896</x:v>
+      </x:c>
+      <x:c r="FJ7" s="3" t="n">
+        <x:v>6969</x:v>
+      </x:c>
+      <x:c r="FK7" s="3" t="n">
+        <x:v>7782</x:v>
+      </x:c>
+      <x:c r="FL7" s="3" t="n">
+        <x:v>11211</x:v>
+      </x:c>
+      <x:c r="FM7" s="3" t="n">
+        <x:v>10493</x:v>
+      </x:c>
+      <x:c r="FN7" s="3" t="n">
+        <x:v>10778</x:v>
+      </x:c>
+      <x:c r="FO7" s="3" t="n">
+        <x:v>8163</x:v>
+      </x:c>
+      <x:c r="FP7" s="3" t="n">
+        <x:v>7400</x:v>
+      </x:c>
+      <x:c r="FQ7" s="3" t="n">
+        <x:v>8030</x:v>
+      </x:c>
+      <x:c r="FR7" s="3" t="n">
+        <x:v>5762</x:v>
+      </x:c>
+      <x:c r="FS7" s="3" t="n">
+        <x:v>13336</x:v>
+      </x:c>
+      <x:c r="FT7" s="3" t="n">
+        <x:v>4656</x:v>
+      </x:c>
+      <x:c r="FU7" s="3" t="n">
+        <x:v>5851</x:v>
+      </x:c>
+      <x:c r="FV7" s="3" t="n">
+        <x:v>4443</x:v>
+      </x:c>
+      <x:c r="FW7" s="3" t="n">
+        <x:v>8167</x:v>
+      </x:c>
+      <x:c r="FX7" s="3" t="n">
+        <x:v>5599</x:v>
+      </x:c>
+      <x:c r="FY7" s="3" t="n">
+        <x:v>7645</x:v>
+      </x:c>
+      <x:c r="FZ7" s="3" t="n">
+        <x:v>7503</x:v>
+      </x:c>
+      <x:c r="GA7" s="3" t="n">
+        <x:v>6433</x:v>
+      </x:c>
+      <x:c r="GB7" s="3" t="n">
+        <x:v>6058</x:v>
+      </x:c>
+      <x:c r="GC7" s="3" t="n">
+        <x:v>6590</x:v>
+      </x:c>
+      <x:c r="GD7" s="3" t="n">
+        <x:v>4744</x:v>
+      </x:c>
+      <x:c r="GE7" s="3" t="n">
+        <x:v>5883</x:v>
+      </x:c>
+      <x:c r="GF7" s="3" t="n">
+        <x:v>7371</x:v>
+      </x:c>
+      <x:c r="GG7" s="3" t="n">
+        <x:v>4862</x:v>
+      </x:c>
+      <x:c r="GH7" s="3" t="n">
+        <x:v>6196</x:v>
+      </x:c>
+      <x:c r="GI7" s="3" t="n">
+        <x:v>6052</x:v>
+      </x:c>
+      <x:c r="GJ7" s="3" t="n">
+        <x:v>5544</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:192">
+      <x:c r="A8" s="2" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="n">
+        <x:v>12088</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="n">
+        <x:v>17598</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="n">
+        <x:v>4609</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="n">
+        <x:v>11867</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="n">
+        <x:v>11267</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="n">
+        <x:v>11109</x:v>
+      </x:c>
+      <x:c r="H8" s="3" t="n">
+        <x:v>12472</x:v>
+      </x:c>
+      <x:c r="I8" s="3" t="n">
+        <x:v>8782</x:v>
+      </x:c>
+      <x:c r="J8" s="3" t="n">
+        <x:v>8002</x:v>
+      </x:c>
+      <x:c r="K8" s="3" t="n">
+        <x:v>7001</x:v>
+      </x:c>
+      <x:c r="L8" s="3" t="n">
+        <x:v>9367</x:v>
+      </x:c>
+      <x:c r="M8" s="3" t="n">
+        <x:v>8811</x:v>
+      </x:c>
+      <x:c r="N8" s="3" t="n">
+        <x:v>13406</x:v>
+      </x:c>
+      <x:c r="O8" s="3" t="n">
+        <x:v>6130</x:v>
+      </x:c>
+      <x:c r="P8" s="3" t="n">
+        <x:v>15930</x:v>
+      </x:c>
+      <x:c r="Q8" s="3" t="n">
+        <x:v>20366</x:v>
+      </x:c>
+      <x:c r="R8" s="3" t="n">
+        <x:v>12325</x:v>
+      </x:c>
+      <x:c r="S8" s="3" t="n">
+        <x:v>20303</x:v>
+      </x:c>
+      <x:c r="T8" s="3" t="n">
+        <x:v>18396</x:v>
+      </x:c>
+      <x:c r="U8" s="3" t="n">
+        <x:v>23302</x:v>
+      </x:c>
+      <x:c r="V8" s="3" t="n">
+        <x:v>24233</x:v>
+      </x:c>
+      <x:c r="W8" s="3" t="n">
+        <x:v>19595</x:v>
+      </x:c>
+      <x:c r="X8" s="3" t="n">
+        <x:v>13926</x:v>
+      </x:c>
+      <x:c r="Y8" s="3" t="n">
+        <x:v>15963</x:v>
+      </x:c>
+      <x:c r="Z8" s="3" t="n">
+        <x:v>16473</x:v>
+      </x:c>
+      <x:c r="AA8" s="3" t="n">
+        <x:v>12420</x:v>
+      </x:c>
+      <x:c r="AB8" s="3" t="n">
+        <x:v>18861</x:v>
+      </x:c>
+      <x:c r="AC8" s="3" t="n">
+        <x:v>8521</x:v>
+      </x:c>
+      <x:c r="AD8" s="3" t="n">
+        <x:v>8801</x:v>
+      </x:c>
+      <x:c r="AE8" s="3" t="n">
+        <x:v>10879</x:v>
+      </x:c>
+      <x:c r="AF8" s="3" t="n">
+        <x:v>12038</x:v>
+      </x:c>
+      <x:c r="AG8" s="3" t="n">
+        <x:v>13926</x:v>
+      </x:c>
+      <x:c r="AH8" s="3" t="n">
+        <x:v>16397</x:v>
+      </x:c>
+      <x:c r="AI8" s="3" t="n">
+        <x:v>13498</x:v>
+      </x:c>
+      <x:c r="AJ8" s="3" t="n">
+        <x:v>10831</x:v>
+      </x:c>
+      <x:c r="AK8" s="3" t="n">
+        <x:v>9871</x:v>
+      </x:c>
+      <x:c r="AL8" s="3" t="n">
+        <x:v>8931</x:v>
+      </x:c>
+      <x:c r="AM8" s="3" t="n">
+        <x:v>9833</x:v>
+      </x:c>
+      <x:c r="AN8" s="3" t="n">
+        <x:v>15196</x:v>
+      </x:c>
+      <x:c r="AO8" s="3" t="n">
+        <x:v>13614</x:v>
+      </x:c>
+      <x:c r="AP8" s="3" t="n">
+        <x:v>14146</x:v>
+      </x:c>
+      <x:c r="AQ8" s="3" t="n">
+        <x:v>16109</x:v>
+      </x:c>
+      <x:c r="AR8" s="3" t="n">
+        <x:v>16141</x:v>
+      </x:c>
+      <x:c r="AS8" s="3" t="n">
+        <x:v>21302</x:v>
+      </x:c>
+      <x:c r="AT8" s="3" t="n">
+        <x:v>21495</x:v>
+      </x:c>
+      <x:c r="AU8" s="3" t="n">
+        <x:v>22428</x:v>
+      </x:c>
+      <x:c r="AV8" s="3" t="n">
+        <x:v>29046</x:v>
+      </x:c>
+      <x:c r="AW8" s="3" t="n">
+        <x:v>28101</x:v>
+      </x:c>
+      <x:c r="AX8" s="3" t="n">
+        <x:v>18313</x:v>
+      </x:c>
+      <x:c r="AY8" s="3" t="n">
+        <x:v>26444</x:v>
+      </x:c>
+      <x:c r="AZ8" s="3" t="n">
+        <x:v>19776</x:v>
+      </x:c>
+      <x:c r="BA8" s="3" t="n">
+        <x:v>22803</x:v>
+      </x:c>
+      <x:c r="BB8" s="3" t="n">
+        <x:v>15731</x:v>
+      </x:c>
+      <x:c r="BC8" s="3" t="n">
+        <x:v>20501</x:v>
+      </x:c>
+      <x:c r="BD8" s="3" t="n">
+        <x:v>17131</x:v>
+      </x:c>
+      <x:c r="BE8" s="3" t="n">
+        <x:v>15319</x:v>
+      </x:c>
+      <x:c r="BF8" s="3" t="n">
+        <x:v>11693</x:v>
+      </x:c>
+      <x:c r="BG8" s="3" t="n">
+        <x:v>11493</x:v>
+      </x:c>
+      <x:c r="BH8" s="3" t="n">
+        <x:v>10209</x:v>
+      </x:c>
+      <x:c r="BI8" s="3" t="n">
+        <x:v>10948</x:v>
+      </x:c>
+      <x:c r="BJ8" s="3" t="n">
+        <x:v>14315</x:v>
+      </x:c>
+      <x:c r="BK8" s="3" t="n">
+        <x:v>11047</x:v>
+      </x:c>
+      <x:c r="BL8" s="3" t="n">
+        <x:v>16756</x:v>
+      </x:c>
+      <x:c r="BM8" s="3" t="n">
+        <x:v>14388</x:v>
+      </x:c>
+      <x:c r="BN8" s="3" t="n">
+        <x:v>12561</x:v>
+      </x:c>
+      <x:c r="BO8" s="3" t="n">
+        <x:v>10043</x:v>
+      </x:c>
+      <x:c r="BP8" s="3" t="n">
+        <x:v>9276</x:v>
+      </x:c>
+      <x:c r="BQ8" s="3" t="n">
+        <x:v>8006</x:v>
+      </x:c>
+      <x:c r="BR8" s="3" t="n">
+        <x:v>10601</x:v>
+      </x:c>
+      <x:c r="BS8" s="3" t="n">
+        <x:v>9998</x:v>
+      </x:c>
+      <x:c r="BT8" s="3" t="n">
+        <x:v>9860</x:v>
+      </x:c>
+      <x:c r="BU8" s="3" t="n">
+        <x:v>10958</x:v>
+      </x:c>
+      <x:c r="BV8" s="3" t="n">
+        <x:v>10630</x:v>
+      </x:c>
+      <x:c r="BW8" s="3" t="n">
+        <x:v>13357</x:v>
+      </x:c>
+      <x:c r="BX8" s="3" t="n">
+        <x:v>13736</x:v>
+      </x:c>
+      <x:c r="BY8" s="3" t="n">
+        <x:v>17856</x:v>
+      </x:c>
+      <x:c r="BZ8" s="3" t="n">
+        <x:v>18103</x:v>
+      </x:c>
+      <x:c r="CA8" s="3" t="n">
+        <x:v>20508</x:v>
+      </x:c>
+      <x:c r="CB8" s="3" t="n">
+        <x:v>19162</x:v>
+      </x:c>
+      <x:c r="CC8" s="3" t="n">
+        <x:v>16477</x:v>
+      </x:c>
+      <x:c r="CD8" s="3" t="n">
+        <x:v>20605</x:v>
+      </x:c>
+      <x:c r="CE8" s="3" t="n">
+        <x:v>19348</x:v>
+      </x:c>
+      <x:c r="CF8" s="3" t="n">
+        <x:v>20804</x:v>
+      </x:c>
+      <x:c r="CG8" s="3" t="n">
+        <x:v>26021</x:v>
+      </x:c>
+      <x:c r="CH8" s="3" t="n">
+        <x:v>12786</x:v>
+      </x:c>
+      <x:c r="CI8" s="3" t="n">
+        <x:v>17497</x:v>
+      </x:c>
+      <x:c r="CJ8" s="3" t="n">
+        <x:v>23373</x:v>
+      </x:c>
+      <x:c r="CK8" s="3" t="n">
+        <x:v>17510</x:v>
+      </x:c>
+      <x:c r="CL8" s="3" t="n">
+        <x:v>21971</x:v>
+      </x:c>
+      <x:c r="CM8" s="3" t="n">
+        <x:v>19589</x:v>
+      </x:c>
+      <x:c r="CN8" s="3" t="n">
+        <x:v>15415</x:v>
+      </x:c>
+      <x:c r="CO8" s="3" t="n">
+        <x:v>11132</x:v>
+      </x:c>
+      <x:c r="CP8" s="3" t="n">
+        <x:v>11321</x:v>
+      </x:c>
+      <x:c r="CQ8" s="3" t="n">
+        <x:v>9337</x:v>
+      </x:c>
+      <x:c r="CR8" s="3" t="n">
+        <x:v>10312</x:v>
+      </x:c>
+      <x:c r="CS8" s="3" t="n">
+        <x:v>12620</x:v>
+      </x:c>
+      <x:c r="CT8" s="3" t="n">
+        <x:v>5425</x:v>
+      </x:c>
+      <x:c r="CU8" s="3" t="n">
+        <x:v>17525</x:v>
+      </x:c>
+      <x:c r="CV8" s="3" t="n">
+        <x:v>6637</x:v>
+      </x:c>
+      <x:c r="CW8" s="3" t="n">
+        <x:v>8559</x:v>
+      </x:c>
+      <x:c r="CX8" s="3" t="n">
+        <x:v>7795</x:v>
+      </x:c>
+      <x:c r="CY8" s="3" t="n">
+        <x:v>7076</x:v>
+      </x:c>
+      <x:c r="CZ8" s="3" t="n">
+        <x:v>7620</x:v>
+      </x:c>
+      <x:c r="DA8" s="3" t="n">
+        <x:v>5542</x:v>
+      </x:c>
+      <x:c r="DB8" s="3" t="n">
+        <x:v>6987</x:v>
+      </x:c>
+      <x:c r="DC8" s="3" t="n">
+        <x:v>7870</x:v>
+      </x:c>
+      <x:c r="DD8" s="3" t="n">
+        <x:v>8214</x:v>
+      </x:c>
+      <x:c r="DE8" s="3" t="n">
+        <x:v>10778</x:v>
+      </x:c>
+      <x:c r="DF8" s="3" t="n">
+        <x:v>8027</x:v>
+      </x:c>
+      <x:c r="DG8" s="3" t="n">
+        <x:v>9085</x:v>
+      </x:c>
+      <x:c r="DH8" s="3" t="n">
+        <x:v>8685</x:v>
+      </x:c>
+      <x:c r="DI8" s="3" t="n">
+        <x:v>8663</x:v>
+      </x:c>
+      <x:c r="DJ8" s="3" t="n">
+        <x:v>8877</x:v>
+      </x:c>
+      <x:c r="DK8" s="3" t="n">
+        <x:v>12628</x:v>
+      </x:c>
+      <x:c r="DL8" s="3" t="n">
+        <x:v>10050</x:v>
+      </x:c>
+      <x:c r="DM8" s="3" t="n">
+        <x:v>6233</x:v>
+      </x:c>
+      <x:c r="DN8" s="3" t="n">
+        <x:v>10286</x:v>
+      </x:c>
+      <x:c r="DO8" s="3" t="n">
+        <x:v>10300</x:v>
+      </x:c>
+      <x:c r="DP8" s="3" t="n">
+        <x:v>13568</x:v>
+      </x:c>
+      <x:c r="DQ8" s="3" t="n">
+        <x:v>11889</x:v>
+      </x:c>
+      <x:c r="DR8" s="3" t="n">
+        <x:v>14403</x:v>
+      </x:c>
+      <x:c r="DS8" s="3" t="n">
+        <x:v>15056</x:v>
+      </x:c>
+      <x:c r="DT8" s="3" t="n">
+        <x:v>20445</x:v>
+      </x:c>
+      <x:c r="DU8" s="3" t="n">
+        <x:v>24823</x:v>
+      </x:c>
+      <x:c r="DV8" s="3" t="n">
+        <x:v>12041</x:v>
+      </x:c>
+      <x:c r="DW8" s="3" t="n">
+        <x:v>14510</x:v>
+      </x:c>
+      <x:c r="DX8" s="3" t="n">
+        <x:v>12202</x:v>
+      </x:c>
+      <x:c r="DY8" s="3" t="n">
+        <x:v>18638</x:v>
+      </x:c>
+      <x:c r="DZ8" s="3" t="n">
+        <x:v>14206</x:v>
+      </x:c>
+      <x:c r="EA8" s="3" t="n">
+        <x:v>15420</x:v>
+      </x:c>
+      <x:c r="EB8" s="3" t="n">
+        <x:v>14979</x:v>
+      </x:c>
+      <x:c r="EC8" s="3" t="n">
+        <x:v>11954</x:v>
+      </x:c>
+      <x:c r="ED8" s="3" t="n">
+        <x:v>28927</x:v>
+      </x:c>
+      <x:c r="EE8" s="3" t="n">
+        <x:v>10584</x:v>
+      </x:c>
+      <x:c r="EF8" s="3" t="n">
+        <x:v>10946</x:v>
+      </x:c>
+      <x:c r="EG8" s="3" t="n">
+        <x:v>9844</x:v>
+      </x:c>
+      <x:c r="EH8" s="3" t="n">
+        <x:v>9617</x:v>
+      </x:c>
+      <x:c r="EI8" s="3" t="n">
+        <x:v>9903</x:v>
+      </x:c>
+      <x:c r="EJ8" s="3" t="n">
+        <x:v>8730</x:v>
+      </x:c>
+      <x:c r="EK8" s="3" t="n">
+        <x:v>9742</x:v>
+      </x:c>
+      <x:c r="EL8" s="3" t="n">
+        <x:v>13629</x:v>
+      </x:c>
+      <x:c r="EM8" s="3" t="n">
+        <x:v>13433</x:v>
+      </x:c>
+      <x:c r="EN8" s="3" t="n">
+        <x:v>14113</x:v>
+      </x:c>
+      <x:c r="EO8" s="3" t="n">
+        <x:v>11287</x:v>
+      </x:c>
+      <x:c r="EP8" s="3" t="n">
+        <x:v>9072</x:v>
+      </x:c>
+      <x:c r="EQ8" s="3" t="n">
+        <x:v>11407</x:v>
+      </x:c>
+      <x:c r="ER8" s="3" t="n">
+        <x:v>25008</x:v>
+      </x:c>
+      <x:c r="ES8" s="3" t="n">
+        <x:v>9250</x:v>
+      </x:c>
+      <x:c r="ET8" s="3" t="n">
+        <x:v>14610</x:v>
+      </x:c>
+      <x:c r="EU8" s="3" t="n">
+        <x:v>14759</x:v>
+      </x:c>
+      <x:c r="EV8" s="3" t="n">
+        <x:v>15527</x:v>
+      </x:c>
+      <x:c r="EW8" s="3" t="n">
+        <x:v>12583</x:v>
+      </x:c>
+      <x:c r="EX8" s="3" t="n">
+        <x:v>14105</x:v>
+      </x:c>
+      <x:c r="EY8" s="3" t="n">
+        <x:v>17483</x:v>
+      </x:c>
+      <x:c r="EZ8" s="3" t="n">
+        <x:v>22054</x:v>
+      </x:c>
+      <x:c r="FA8" s="3" t="n">
+        <x:v>19008</x:v>
+      </x:c>
+      <x:c r="FB8" s="3" t="n">
+        <x:v>21575</x:v>
+      </x:c>
+      <x:c r="FC8" s="3" t="n">
+        <x:v>15939</x:v>
+      </x:c>
+      <x:c r="FD8" s="3" t="n">
+        <x:v>13386</x:v>
+      </x:c>
+      <x:c r="FE8" s="3" t="n">
+        <x:v>13004</x:v>
+      </x:c>
+      <x:c r="FF8" s="3" t="n">
+        <x:v>12948</x:v>
+      </x:c>
+      <x:c r="FG8" s="3" t="n">
+        <x:v>16139</x:v>
+      </x:c>
+      <x:c r="FH8" s="3" t="n">
+        <x:v>13263</x:v>
+      </x:c>
+      <x:c r="FI8" s="3" t="n">
+        <x:v>10899</x:v>
+      </x:c>
+      <x:c r="FJ8" s="3" t="n">
+        <x:v>8871</x:v>
+      </x:c>
+      <x:c r="FK8" s="3" t="n">
+        <x:v>14180</x:v>
+      </x:c>
+      <x:c r="FL8" s="3" t="n">
+        <x:v>13994</x:v>
+      </x:c>
+      <x:c r="FM8" s="3" t="n">
+        <x:v>10080</x:v>
+      </x:c>
+      <x:c r="FN8" s="3" t="n">
+        <x:v>14800</x:v>
+      </x:c>
+      <x:c r="FO8" s="3" t="n">
+        <x:v>13747</x:v>
+      </x:c>
+      <x:c r="FP8" s="3" t="n">
+        <x:v>14545</x:v>
+      </x:c>
+      <x:c r="FQ8" s="3" t="n">
+        <x:v>10157</x:v>
+      </x:c>
+      <x:c r="FR8" s="3" t="n">
+        <x:v>8356</x:v>
+      </x:c>
+      <x:c r="FS8" s="3" t="n">
+        <x:v>8570</x:v>
+      </x:c>
+      <x:c r="FT8" s="3" t="n">
+        <x:v>13887</x:v>
+      </x:c>
+      <x:c r="FU8" s="3" t="n">
+        <x:v>14297</x:v>
+      </x:c>
+      <x:c r="FV8" s="3" t="n">
+        <x:v>9950</x:v>
+      </x:c>
+      <x:c r="FW8" s="3" t="n">
+        <x:v>6145</x:v>
+      </x:c>
+      <x:c r="FX8" s="3" t="n">
+        <x:v>6142</x:v>
+      </x:c>
+      <x:c r="FY8" s="3" t="n">
+        <x:v>8294</x:v>
+      </x:c>
+      <x:c r="FZ8" s="3" t="n">
+        <x:v>5774</x:v>
+      </x:c>
+      <x:c r="GA8" s="3" t="n">
+        <x:v>10304</x:v>
+      </x:c>
+      <x:c r="GB8" s="3" t="n">
+        <x:v>8218</x:v>
+      </x:c>
+      <x:c r="GC8" s="3" t="n">
+        <x:v>7437</x:v>
+      </x:c>
+      <x:c r="GD8" s="3" t="n">
+        <x:v>5448</x:v>
+      </x:c>
+      <x:c r="GE8" s="3" t="n">
+        <x:v>6387</x:v>
+      </x:c>
+      <x:c r="GF8" s="3" t="n">
+        <x:v>9564</x:v>
+      </x:c>
+      <x:c r="GG8" s="3" t="n">
+        <x:v>16983</x:v>
+      </x:c>
+      <x:c r="GH8" s="3" t="n">
+        <x:v>6120</x:v>
+      </x:c>
+      <x:c r="GI8" s="3" t="n">
+        <x:v>6163</x:v>
+      </x:c>
+      <x:c r="GJ8" s="3" t="n">
+        <x:v>4300</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:192">
+      <x:c r="A9" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="n">
+        <x:v>42655</x:v>
+      </x:c>
+      <x:c r="C9" s="3" t="n">
+        <x:v>42576</x:v>
+      </x:c>
+      <x:c r="D9" s="3" t="n">
+        <x:v>43793</x:v>
+      </x:c>
+      <x:c r="E9" s="3" t="n">
+        <x:v>44924</x:v>
+      </x:c>
+      <x:c r="F9" s="3" t="n">
+        <x:v>42996</x:v>
+      </x:c>
+      <x:c r="G9" s="3" t="n">
+        <x:v>45670</x:v>
+      </x:c>
+      <x:c r="H9" s="3" t="n">
+        <x:v>45374</x:v>
+      </x:c>
+      <x:c r="I9" s="3" t="n">
+        <x:v>46731</x:v>
+      </x:c>
+      <x:c r="J9" s="3" t="n">
+        <x:v>50151</x:v>
+      </x:c>
+      <x:c r="K9" s="3" t="n">
+        <x:v>50724</x:v>
+      </x:c>
+      <x:c r="L9" s="3" t="n">
+        <x:v>50032</x:v>
+      </x:c>
+      <x:c r="M9" s="3" t="n">
+        <x:v>49324</x:v>
+      </x:c>
+      <x:c r="N9" s="3" t="n">
+        <x:v>48744</x:v>
+      </x:c>
+      <x:c r="O9" s="3" t="n">
+        <x:v>49129</x:v>
+      </x:c>
+      <x:c r="P9" s="3" t="n">
+        <x:v>49509</x:v>
+      </x:c>
+      <x:c r="Q9" s="3" t="n">
+        <x:v>50674</x:v>
+      </x:c>
+      <x:c r="R9" s="3" t="n">
+        <x:v>52407</x:v>
+      </x:c>
+      <x:c r="S9" s="3" t="n">
+        <x:v>52952</x:v>
+      </x:c>
+      <x:c r="T9" s="3" t="n">
+        <x:v>52652</x:v>
+      </x:c>
+      <x:c r="U9" s="3" t="n">
+        <x:v>50928</x:v>
+      </x:c>
+      <x:c r="V9" s="3" t="n">
+        <x:v>47463</x:v>
+      </x:c>
+      <x:c r="W9" s="3" t="n">
+        <x:v>49718</x:v>
+      </x:c>
+      <x:c r="X9" s="3" t="n">
+        <x:v>49701</x:v>
+      </x:c>
+      <x:c r="Y9" s="3" t="n">
+        <x:v>50449</x:v>
+      </x:c>
+      <x:c r="Z9" s="3" t="n">
+        <x:v>53366</x:v>
+      </x:c>
+      <x:c r="AA9" s="3" t="n">
+        <x:v>52956</x:v>
+      </x:c>
+      <x:c r="AB9" s="3" t="n">
+        <x:v>55230</x:v>
+      </x:c>
+      <x:c r="AC9" s="3" t="n">
+        <x:v>56234</x:v>
+      </x:c>
+      <x:c r="AD9" s="3" t="n">
+        <x:v>60442</x:v>
+      </x:c>
+      <x:c r="AE9" s="3" t="n">
+        <x:v>61346</x:v>
+      </x:c>
+      <x:c r="AF9" s="3" t="n">
+        <x:v>63769</x:v>
+      </x:c>
+      <x:c r="AG9" s="3" t="n">
+        <x:v>66001</x:v>
+      </x:c>
+      <x:c r="AH9" s="3" t="n">
+        <x:v>71561</x:v>
+      </x:c>
+      <x:c r="AI9" s="3" t="n">
+        <x:v>72387</x:v>
+      </x:c>
+      <x:c r="AJ9" s="3" t="n">
+        <x:v>71766</x:v>
+      </x:c>
+      <x:c r="AK9" s="3" t="n">
+        <x:v>70247</x:v>
+      </x:c>
+      <x:c r="AL9" s="3" t="n">
+        <x:v>66312</x:v>
+      </x:c>
+      <x:c r="AM9" s="3" t="n">
+        <x:v>66267</x:v>
+      </x:c>
+      <x:c r="AN9" s="3" t="n">
+        <x:v>67570</x:v>
+      </x:c>
+      <x:c r="AO9" s="3" t="n">
+        <x:v>66234</x:v>
+      </x:c>
+      <x:c r="AP9" s="3" t="n">
+        <x:v>63967</x:v>
+      </x:c>
+      <x:c r="AQ9" s="3" t="n">
+        <x:v>63205</x:v>
+      </x:c>
+      <x:c r="AR9" s="3" t="n">
+        <x:v>60994</x:v>
+      </x:c>
+      <x:c r="AS9" s="3" t="n">
+        <x:v>61563</x:v>
+      </x:c>
+      <x:c r="AT9" s="3" t="n">
+        <x:v>59464</x:v>
+      </x:c>
+      <x:c r="AU9" s="3" t="n">
+        <x:v>58528</x:v>
+      </x:c>
+      <x:c r="AV9" s="3" t="n">
+        <x:v>58332</x:v>
+      </x:c>
+      <x:c r="AW9" s="3" t="n">
+        <x:v>59428</x:v>
+      </x:c>
+      <x:c r="AX9" s="3" t="n">
+        <x:v>63808</x:v>
+      </x:c>
+      <x:c r="AY9" s="3" t="n">
+        <x:v>62822</x:v>
+      </x:c>
+      <x:c r="AZ9" s="3" t="n">
+        <x:v>63229</x:v>
+      </x:c>
+      <x:c r="BA9" s="3" t="n">
+        <x:v>63798</x:v>
+      </x:c>
+      <x:c r="BB9" s="3" t="n">
+        <x:v>63988</x:v>
+      </x:c>
+      <x:c r="BC9" s="3" t="n">
+        <x:v>64932</x:v>
+      </x:c>
+      <x:c r="BD9" s="3" t="n">
+        <x:v>64621</x:v>
+      </x:c>
+      <x:c r="BE9" s="3" t="n">
+        <x:v>65603</x:v>
+      </x:c>
+      <x:c r="BF9" s="3" t="n">
+        <x:v>68798</x:v>
+      </x:c>
+      <x:c r="BG9" s="3" t="n">
+        <x:v>67153</x:v>
+      </x:c>
+      <x:c r="BH9" s="3" t="n">
+        <x:v>70493</x:v>
+      </x:c>
+      <x:c r="BI9" s="3" t="n">
+        <x:v>68664</x:v>
+      </x:c>
+      <x:c r="BJ9" s="3" t="n">
+        <x:v>68091</x:v>
+      </x:c>
+      <x:c r="BK9" s="3" t="n">
+        <x:v>69170</x:v>
+      </x:c>
+      <x:c r="BL9" s="3" t="n">
+        <x:v>72738</x:v>
+      </x:c>
+      <x:c r="BM9" s="3" t="n">
+        <x:v>73350</x:v>
+      </x:c>
+      <x:c r="BN9" s="3" t="n">
+        <x:v>77982</x:v>
+      </x:c>
+      <x:c r="BO9" s="3" t="n">
+        <x:v>80115</x:v>
+      </x:c>
+      <x:c r="BP9" s="3" t="n">
+        <x:v>82327</x:v>
+      </x:c>
+      <x:c r="BQ9" s="3" t="n">
+        <x:v>83031</x:v>
+      </x:c>
+      <x:c r="BR9" s="3" t="n">
+        <x:v>86802</x:v>
+      </x:c>
+      <x:c r="BS9" s="3" t="n">
+        <x:v>88565</x:v>
+      </x:c>
+      <x:c r="BT9" s="3" t="n">
+        <x:v>88951</x:v>
+      </x:c>
+      <x:c r="BU9" s="3" t="n">
+        <x:v>89024</x:v>
+      </x:c>
+      <x:c r="BV9" s="3" t="n">
+        <x:v>95848</x:v>
+      </x:c>
+      <x:c r="BW9" s="3" t="n">
+        <x:v>94959</x:v>
+      </x:c>
+      <x:c r="BX9" s="3" t="n">
+        <x:v>99629</x:v>
+      </x:c>
+      <x:c r="BY9" s="3" t="n">
+        <x:v>101043</x:v>
+      </x:c>
+      <x:c r="BZ9" s="3" t="n">
+        <x:v>101879</x:v>
+      </x:c>
+      <x:c r="CA9" s="3" t="n">
+        <x:v>105911</x:v>
+      </x:c>
+      <x:c r="CB9" s="3" t="n">
+        <x:v>107424</x:v>
+      </x:c>
+      <x:c r="CC9" s="3" t="n">
+        <x:v>110551</x:v>
+      </x:c>
+      <x:c r="CD9" s="3" t="n">
+        <x:v>115941</x:v>
+      </x:c>
+      <x:c r="CE9" s="3" t="n">
+        <x:v>116991</x:v>
+      </x:c>
+      <x:c r="CF9" s="3" t="n">
+        <x:v>117627</x:v>
+      </x:c>
+      <x:c r="CG9" s="3" t="n">
+        <x:v>117308</x:v>
+      </x:c>
+      <x:c r="CH9" s="3" t="n">
+        <x:v>114277</x:v>
+      </x:c>
+      <x:c r="CI9" s="3" t="n">
+        <x:v>112207</x:v>
+      </x:c>
+      <x:c r="CJ9" s="3" t="n">
+        <x:v>112444</x:v>
+      </x:c>
+      <x:c r="CK9" s="3" t="n">
+        <x:v>117574</x:v>
+      </x:c>
+      <x:c r="CL9" s="3" t="n">
+        <x:v>116465</x:v>
+      </x:c>
+      <x:c r="CM9" s="3" t="n">
+        <x:v>118728</x:v>
+      </x:c>
+      <x:c r="CN9" s="3" t="n">
+        <x:v>118949</x:v>
+      </x:c>
+      <x:c r="CO9" s="3" t="n">
+        <x:v>118965</x:v>
+      </x:c>
+      <x:c r="CP9" s="3" t="n">
+        <x:v>122754</x:v>
+      </x:c>
+      <x:c r="CQ9" s="3" t="n">
+        <x:v>124370</x:v>
+      </x:c>
+      <x:c r="CR9" s="3" t="n">
+        <x:v>125075</x:v>
+      </x:c>
+      <x:c r="CS9" s="3" t="n">
+        <x:v>124275</x:v>
+      </x:c>
+      <x:c r="CT9" s="3" t="n">
+        <x:v>127022</x:v>
+      </x:c>
+      <x:c r="CU9" s="3" t="n">
+        <x:v>125956</x:v>
+      </x:c>
+      <x:c r="CV9" s="3" t="n">
+        <x:v>126962</x:v>
+      </x:c>
+      <x:c r="CW9" s="3" t="n">
+        <x:v>128367</x:v>
+      </x:c>
+      <x:c r="CX9" s="3" t="n">
+        <x:v>130786</x:v>
+      </x:c>
+      <x:c r="CY9" s="3" t="n">
+        <x:v>132207</x:v>
+      </x:c>
+      <x:c r="CZ9" s="3" t="n">
+        <x:v>134025</x:v>
+      </x:c>
+      <x:c r="DA9" s="3" t="n">
+        <x:v>136935</x:v>
+      </x:c>
+      <x:c r="DB9" s="3" t="n">
+        <x:v>143942</x:v>
+      </x:c>
+      <x:c r="DC9" s="3" t="n">
+        <x:v>149042</x:v>
+      </x:c>
+      <x:c r="DD9" s="3" t="n">
+        <x:v>153376</x:v>
+      </x:c>
+      <x:c r="DE9" s="3" t="n">
+        <x:v>151148</x:v>
+      </x:c>
+      <x:c r="DF9" s="3" t="n">
+        <x:v>154637</x:v>
+      </x:c>
+      <x:c r="DG9" s="3" t="n">
+        <x:v>160418</x:v>
+      </x:c>
+      <x:c r="DH9" s="3" t="n">
+        <x:v>166211</x:v>
+      </x:c>
+      <x:c r="DI9" s="3" t="n">
+        <x:v>166351</x:v>
+      </x:c>
+      <x:c r="DJ9" s="3" t="n">
+        <x:v>175330</x:v>
+      </x:c>
+      <x:c r="DK9" s="3" t="n">
+        <x:v>175230</x:v>
+      </x:c>
+      <x:c r="DL9" s="3" t="n">
+        <x:v>177112</x:v>
+      </x:c>
+      <x:c r="DM9" s="3" t="n">
+        <x:v>193275</x:v>
+      </x:c>
+      <x:c r="DN9" s="3" t="n">
+        <x:v>191241</x:v>
+      </x:c>
+      <x:c r="DO9" s="3" t="n">
+        <x:v>192619</x:v>
+      </x:c>
+      <x:c r="DP9" s="3" t="n">
+        <x:v>187530</x:v>
+      </x:c>
+      <x:c r="DQ9" s="3" t="n">
+        <x:v>197204</x:v>
+      </x:c>
+      <x:c r="DR9" s="3" t="n">
+        <x:v>205170</x:v>
+      </x:c>
+      <x:c r="DS9" s="3" t="n">
+        <x:v>201509</x:v>
+      </x:c>
+      <x:c r="DT9" s="3" t="n">
+        <x:v>199200</x:v>
+      </x:c>
+      <x:c r="DU9" s="3" t="n">
+        <x:v>186661</x:v>
+      </x:c>
+      <x:c r="DV9" s="3" t="n">
+        <x:v>175526</x:v>
+      </x:c>
+      <x:c r="DW9" s="3" t="n">
+        <x:v>171543</x:v>
+      </x:c>
+      <x:c r="DX9" s="3" t="n">
+        <x:v>176012</x:v>
+      </x:c>
+      <x:c r="DY9" s="3" t="n">
+        <x:v>173265</x:v>
+      </x:c>
+      <x:c r="DZ9" s="3" t="n">
+        <x:v>183412</x:v>
+      </x:c>
+      <x:c r="EA9" s="3" t="n">
+        <x:v>189863</x:v>
+      </x:c>
+      <x:c r="EB9" s="3" t="n">
+        <x:v>189141</x:v>
+      </x:c>
+      <x:c r="EC9" s="3" t="n">
+        <x:v>192898</x:v>
+      </x:c>
+      <x:c r="ED9" s="3" t="n">
+        <x:v>197633</x:v>
+      </x:c>
+      <x:c r="EE9" s="3" t="n">
+        <x:v>196021</x:v>
+      </x:c>
+      <x:c r="EF9" s="3" t="n">
+        <x:v>196571</x:v>
+      </x:c>
+      <x:c r="EG9" s="3" t="n">
+        <x:v>200940</x:v>
+      </x:c>
+      <x:c r="EH9" s="3" t="n">
+        <x:v>201385</x:v>
+      </x:c>
+      <x:c r="EI9" s="3" t="n">
+        <x:v>201607</x:v>
+      </x:c>
+      <x:c r="EJ9" s="3" t="n">
+        <x:v>203673</x:v>
+      </x:c>
+      <x:c r="EK9" s="3" t="n">
+        <x:v>203224</x:v>
+      </x:c>
+      <x:c r="EL9" s="3" t="n">
+        <x:v>205489</x:v>
+      </x:c>
+      <x:c r="EM9" s="3" t="n">
+        <x:v>206135</x:v>
+      </x:c>
+      <x:c r="EN9" s="3" t="n">
+        <x:v>209089</x:v>
+      </x:c>
+      <x:c r="EO9" s="3" t="n">
+        <x:v>208600</x:v>
+      </x:c>
+      <x:c r="EP9" s="3" t="n">
+        <x:v>209210</x:v>
+      </x:c>
+      <x:c r="EQ9" s="3" t="n">
+        <x:v>212459</x:v>
+      </x:c>
+      <x:c r="ER9" s="3" t="n">
+        <x:v>213635</x:v>
+      </x:c>
+      <x:c r="ES9" s="3" t="n">
+        <x:v>211750</x:v>
+      </x:c>
+      <x:c r="ET9" s="3" t="n">
+        <x:v>219472</x:v>
+      </x:c>
+      <x:c r="EU9" s="3" t="n">
+        <x:v>218367</x:v>
+      </x:c>
+      <x:c r="EV9" s="3" t="n">
+        <x:v>214153</x:v>
+      </x:c>
+      <x:c r="EW9" s="3" t="n">
+        <x:v>217785</x:v>
+      </x:c>
+      <x:c r="EX9" s="3" t="n">
+        <x:v>214951</x:v>
+      </x:c>
+      <x:c r="EY9" s="3" t="n">
+        <x:v>207325</x:v>
+      </x:c>
+      <x:c r="EZ9" s="3" t="n">
+        <x:v>218166</x:v>
+      </x:c>
+      <x:c r="FA9" s="3" t="n">
+        <x:v>215041</x:v>
+      </x:c>
+      <x:c r="FB9" s="3" t="n">
+        <x:v>215222</x:v>
+      </x:c>
+      <x:c r="FC9" s="3" t="n">
+        <x:v>220067</x:v>
+      </x:c>
+      <x:c r="FD9" s="3" t="n">
+        <x:v>224770</x:v>
+      </x:c>
+      <x:c r="FE9" s="3" t="n">
+        <x:v>231256</x:v>
+      </x:c>
+      <x:c r="FF9" s="3" t="n">
+        <x:v>226607</x:v>
+      </x:c>
+      <x:c r="FG9" s="3" t="n">
+        <x:v>226866</x:v>
+      </x:c>
+      <x:c r="FH9" s="3" t="n">
+        <x:v>230961</x:v>
+      </x:c>
+      <x:c r="FI9" s="3" t="n">
+        <x:v>231785</x:v>
+      </x:c>
+      <x:c r="FJ9" s="3" t="n">
+        <x:v>247563</x:v>
+      </x:c>
+      <x:c r="FK9" s="3" t="n">
+        <x:v>244852</x:v>
+      </x:c>
+      <x:c r="FL9" s="3" t="n">
+        <x:v>243656</x:v>
+      </x:c>
+      <x:c r="FM9" s="3" t="n">
+        <x:v>236885</x:v>
+      </x:c>
+      <x:c r="FN9" s="3" t="n">
+        <x:v>235226</x:v>
+      </x:c>
+      <x:c r="FO9" s="3" t="n">
+        <x:v>217753</x:v>
+      </x:c>
+      <x:c r="FP9" s="3" t="n">
+        <x:v>242355</x:v>
+      </x:c>
+      <x:c r="FQ9" s="3" t="n">
+        <x:v>243544</x:v>
+      </x:c>
+      <x:c r="FR9" s="3" t="n">
+        <x:v>238198</x:v>
+      </x:c>
+      <x:c r="FS9" s="3" t="n">
+        <x:v>248961</x:v>
+      </x:c>
+      <x:c r="FT9" s="3" t="n">
+        <x:v>252388</x:v>
+      </x:c>
+      <x:c r="FU9" s="3" t="n">
+        <x:v>249205</x:v>
+      </x:c>
+      <x:c r="FV9" s="3" t="n">
+        <x:v>251640</x:v>
+      </x:c>
+      <x:c r="FW9" s="3" t="n">
+        <x:v>260101</x:v>
+      </x:c>
+      <x:c r="FX9" s="3" t="n">
+        <x:v>269932</x:v>
+      </x:c>
+      <x:c r="FY9" s="3" t="n">
+        <x:v>278093</x:v>
+      </x:c>
+      <x:c r="FZ9" s="3" t="n">
+        <x:v>253783</x:v>
+      </x:c>
+      <x:c r="GA9" s="3" t="n">
+        <x:v>254250</x:v>
+      </x:c>
+      <x:c r="GB9" s="3" t="n">
+        <x:v>244642</x:v>
+      </x:c>
+      <x:c r="GC9" s="3" t="n">
+        <x:v>245938</x:v>
+      </x:c>
+      <x:c r="GD9" s="3" t="n">
+        <x:v>246535</x:v>
+      </x:c>
+      <x:c r="GE9" s="3" t="n">
+        <x:v>257535</x:v>
+      </x:c>
+      <x:c r="GF9" s="3" t="n">
+        <x:v>259294</x:v>
+      </x:c>
+      <x:c r="GG9" s="3" t="n">
+        <x:v>255511</x:v>
+      </x:c>
+      <x:c r="GH9" s="3" t="n">
+        <x:v>259673</x:v>
+      </x:c>
+      <x:c r="GI9" s="3" t="n">
+        <x:v>259263</x:v>
+      </x:c>
+      <x:c r="GJ9" s="3" t="n">
+        <x:v>261529</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:192">
+      <x:c r="A10" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="n">
+        <x:v>2662</x:v>
+      </x:c>
+      <x:c r="C10" s="3" t="n">
+        <x:v>2681</x:v>
+      </x:c>
+      <x:c r="D10" s="3" t="n">
+        <x:v>2739</x:v>
+      </x:c>
+      <x:c r="E10" s="3" t="n">
+        <x:v>2827</x:v>
+      </x:c>
+      <x:c r="F10" s="3" t="n">
+        <x:v>2992</x:v>
+      </x:c>
+      <x:c r="G10" s="3" t="n">
+        <x:v>3000</x:v>
+      </x:c>
+      <x:c r="H10" s="3" t="n">
+        <x:v>2970</x:v>
+      </x:c>
+      <x:c r="I10" s="3" t="n">
+        <x:v>3113</x:v>
+      </x:c>
+      <x:c r="J10" s="3" t="n">
+        <x:v>2944</x:v>
+      </x:c>
+      <x:c r="K10" s="3" t="n">
+        <x:v>3137</x:v>
+      </x:c>
+      <x:c r="L10" s="3" t="n">
+        <x:v>3187</x:v>
+      </x:c>
+      <x:c r="M10" s="3" t="n">
+        <x:v>3059</x:v>
+      </x:c>
+      <x:c r="N10" s="3" t="n">
+        <x:v>3082</x:v>
+      </x:c>
+      <x:c r="O10" s="3" t="n">
+        <x:v>3083</x:v>
+      </x:c>
+      <x:c r="P10" s="3" t="n">
+        <x:v>3294</x:v>
+      </x:c>
+      <x:c r="Q10" s="3" t="n">
+        <x:v>3202</x:v>
+      </x:c>
+      <x:c r="R10" s="3" t="n">
+        <x:v>3294</x:v>
+      </x:c>
+      <x:c r="S10" s="3" t="n">
+        <x:v>3289</x:v>
+      </x:c>
+      <x:c r="T10" s="3" t="n">
+        <x:v>2597</x:v>
+      </x:c>
+      <x:c r="U10" s="3" t="n">
+        <x:v>2878</x:v>
+      </x:c>
+      <x:c r="V10" s="3" t="n">
+        <x:v>2832</x:v>
+      </x:c>
+      <x:c r="W10" s="3" t="n">
+        <x:v>2553</x:v>
+      </x:c>
+      <x:c r="X10" s="3" t="n">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="Y10" s="3" t="n">
+        <x:v>3161</x:v>
+      </x:c>
+      <x:c r="Z10" s="3" t="n">
+        <x:v>2798</x:v>
+      </x:c>
+      <x:c r="AA10" s="3" t="n">
+        <x:v>3150</x:v>
+      </x:c>
+      <x:c r="AB10" s="3" t="n">
+        <x:v>2797</x:v>
+      </x:c>
+      <x:c r="AC10" s="3" t="n">
+        <x:v>2573</x:v>
+      </x:c>
+      <x:c r="AD10" s="3" t="n">
+        <x:v>2679</x:v>
+      </x:c>
+      <x:c r="AE10" s="3" t="n">
+        <x:v>2869</x:v>
+      </x:c>
+      <x:c r="AF10" s="3" t="n">
+        <x:v>2907</x:v>
+      </x:c>
+      <x:c r="AG10" s="3" t="n">
+        <x:v>2872</x:v>
+      </x:c>
+      <x:c r="AH10" s="3" t="n">
+        <x:v>3080</x:v>
+      </x:c>
+      <x:c r="AI10" s="3" t="n">
+        <x:v>3044</x:v>
+      </x:c>
+      <x:c r="AJ10" s="3" t="n">
+        <x:v>3354</x:v>
+      </x:c>
+      <x:c r="AK10" s="3" t="n">
+        <x:v>3585</x:v>
+      </x:c>
+      <x:c r="AL10" s="3" t="n">
+        <x:v>3379</x:v>
+      </x:c>
+      <x:c r="AM10" s="3" t="n">
+        <x:v>3368</x:v>
+      </x:c>
+      <x:c r="AN10" s="3" t="n">
+        <x:v>3291</x:v>
+      </x:c>
+      <x:c r="AO10" s="3" t="n">
+        <x:v>3379</x:v>
+      </x:c>
+      <x:c r="AP10" s="3" t="n">
+        <x:v>3431</x:v>
+      </x:c>
+      <x:c r="AQ10" s="3" t="n">
+        <x:v>3211</x:v>
+      </x:c>
+      <x:c r="AR10" s="3" t="n">
+        <x:v>3042</x:v>
+      </x:c>
+      <x:c r="AS10" s="3" t="n">
+        <x:v>3210</x:v>
+      </x:c>
+      <x:c r="AT10" s="3" t="n">
+        <x:v>3233</x:v>
+      </x:c>
+      <x:c r="AU10" s="3" t="n">
+        <x:v>3291</x:v>
+      </x:c>
+      <x:c r="AV10" s="3" t="n">
+        <x:v>3052</x:v>
+      </x:c>
+      <x:c r="AW10" s="3" t="n">
+        <x:v>2963</x:v>
+      </x:c>
+      <x:c r="AX10" s="3" t="n">
+        <x:v>2880</x:v>
+      </x:c>
+      <x:c r="AY10" s="3" t="n">
+        <x:v>2789</x:v>
+      </x:c>
+      <x:c r="AZ10" s="3" t="n">
+        <x:v>2989</x:v>
+      </x:c>
+      <x:c r="BA10" s="3" t="n">
+        <x:v>2914</x:v>
+      </x:c>
+      <x:c r="BB10" s="3" t="n">
+        <x:v>2886</x:v>
+      </x:c>
+      <x:c r="BC10" s="3" t="n">
+        <x:v>2898</x:v>
+      </x:c>
+      <x:c r="BD10" s="3" t="n">
+        <x:v>2915</x:v>
+      </x:c>
+      <x:c r="BE10" s="3" t="n">
+        <x:v>2942</x:v>
+      </x:c>
+      <x:c r="BF10" s="3" t="n">
+        <x:v>3248</x:v>
+      </x:c>
+      <x:c r="BG10" s="3" t="n">
+        <x:v>3260</x:v>
+      </x:c>
+      <x:c r="BH10" s="3" t="n">
+        <x:v>3612</x:v>
+      </x:c>
+      <x:c r="BI10" s="3" t="n">
+        <x:v>3253</x:v>
+      </x:c>
+      <x:c r="BJ10" s="3" t="n">
+        <x:v>2734</x:v>
+      </x:c>
+      <x:c r="BK10" s="3" t="n">
+        <x:v>3327</x:v>
+      </x:c>
+      <x:c r="BL10" s="3" t="n">
+        <x:v>2899</x:v>
+      </x:c>
+      <x:c r="BM10" s="3" t="n">
+        <x:v>3105</x:v>
+      </x:c>
+      <x:c r="BN10" s="3" t="n">
+        <x:v>3625</x:v>
+      </x:c>
+      <x:c r="BO10" s="3" t="n">
+        <x:v>3987</x:v>
+      </x:c>
+      <x:c r="BP10" s="3" t="n">
+        <x:v>4561</x:v>
+      </x:c>
+      <x:c r="BQ10" s="3" t="n">
+        <x:v>4575</x:v>
+      </x:c>
+      <x:c r="BR10" s="3" t="n">
+        <x:v>4564</x:v>
+      </x:c>
+      <x:c r="BS10" s="3" t="n">
+        <x:v>4723</x:v>
+      </x:c>
+      <x:c r="BT10" s="3" t="n">
+        <x:v>4206</x:v>
+      </x:c>
+      <x:c r="BU10" s="3" t="n">
+        <x:v>4338</x:v>
+      </x:c>
+      <x:c r="BV10" s="3" t="n">
+        <x:v>4680</x:v>
+      </x:c>
+      <x:c r="BW10" s="3" t="n">
+        <x:v>4143</x:v>
+      </x:c>
+      <x:c r="BX10" s="3" t="n">
+        <x:v>4651</x:v>
+      </x:c>
+      <x:c r="BY10" s="3" t="n">
+        <x:v>4753</x:v>
+      </x:c>
+      <x:c r="BZ10" s="3" t="n">
+        <x:v>4269</x:v>
+      </x:c>
+      <x:c r="CA10" s="3" t="n">
+        <x:v>4724</x:v>
+      </x:c>
+      <x:c r="CB10" s="3" t="n">
+        <x:v>4632</x:v>
+      </x:c>
+      <x:c r="CC10" s="3" t="n">
+        <x:v>4625</x:v>
+      </x:c>
+      <x:c r="CD10" s="3" t="n">
+        <x:v>5776</x:v>
+      </x:c>
+      <x:c r="CE10" s="3" t="n">
+        <x:v>4408</x:v>
+      </x:c>
+      <x:c r="CF10" s="3" t="n">
+        <x:v>4833</x:v>
+      </x:c>
+      <x:c r="CG10" s="3" t="n">
+        <x:v>4335</x:v>
+      </x:c>
+      <x:c r="CH10" s="3" t="n">
+        <x:v>4432</x:v>
+      </x:c>
+      <x:c r="CI10" s="3" t="n">
+        <x:v>4552</x:v>
+      </x:c>
+      <x:c r="CJ10" s="3" t="n">
+        <x:v>4846</x:v>
+      </x:c>
+      <x:c r="CK10" s="3" t="n">
+        <x:v>5227</x:v>
+      </x:c>
+      <x:c r="CL10" s="3" t="n">
+        <x:v>4706</x:v>
+      </x:c>
+      <x:c r="CM10" s="3" t="n">
+        <x:v>4598</x:v>
+      </x:c>
+      <x:c r="CN10" s="3" t="n">
+        <x:v>4496</x:v>
+      </x:c>
+      <x:c r="CO10" s="3" t="n">
+        <x:v>4678</x:v>
+      </x:c>
+      <x:c r="CP10" s="3" t="n">
+        <x:v>5857</x:v>
+      </x:c>
+      <x:c r="CQ10" s="3" t="n">
+        <x:v>5954</x:v>
+      </x:c>
+      <x:c r="CR10" s="3" t="n">
+        <x:v>5645</x:v>
+      </x:c>
+      <x:c r="CS10" s="3" t="n">
+        <x:v>5707</x:v>
+      </x:c>
+      <x:c r="CT10" s="3" t="n">
+        <x:v>5860</x:v>
+      </x:c>
+      <x:c r="CU10" s="3" t="n">
+        <x:v>5379</x:v>
+      </x:c>
+      <x:c r="CV10" s="3" t="n">
+        <x:v>5484</x:v>
+      </x:c>
+      <x:c r="CW10" s="3" t="n">
+        <x:v>5525</x:v>
+      </x:c>
+      <x:c r="CX10" s="3" t="n">
+        <x:v>5394</x:v>
+      </x:c>
+      <x:c r="CY10" s="3" t="n">
+        <x:v>5308</x:v>
+      </x:c>
+      <x:c r="CZ10" s="3" t="n">
+        <x:v>5461</x:v>
+      </x:c>
+      <x:c r="DA10" s="3" t="n">
+        <x:v>5859</x:v>
+      </x:c>
+      <x:c r="DB10" s="3" t="n">
+        <x:v>5741</x:v>
+      </x:c>
+      <x:c r="DC10" s="3" t="n">
+        <x:v>5569</x:v>
+      </x:c>
+      <x:c r="DD10" s="3" t="n">
+        <x:v>5839</x:v>
+      </x:c>
+      <x:c r="DE10" s="3" t="n">
+        <x:v>5875</x:v>
+      </x:c>
+      <x:c r="DF10" s="3" t="n">
+        <x:v>5683</x:v>
+      </x:c>
+      <x:c r="DG10" s="3" t="n">
+        <x:v>5811</x:v>
+      </x:c>
+      <x:c r="DH10" s="3" t="n">
+        <x:v>5829</x:v>
+      </x:c>
+      <x:c r="DI10" s="3" t="n">
+        <x:v>5712</x:v>
+      </x:c>
+      <x:c r="DJ10" s="3" t="n">
+        <x:v>6013</x:v>
+      </x:c>
+      <x:c r="DK10" s="3" t="n">
+        <x:v>6096</x:v>
+      </x:c>
+      <x:c r="DL10" s="3" t="n">
+        <x:v>6102</x:v>
+      </x:c>
+      <x:c r="DM10" s="3" t="n">
+        <x:v>6129</x:v>
+      </x:c>
+      <x:c r="DN10" s="3" t="n">
+        <x:v>6518</x:v>
+      </x:c>
+      <x:c r="DO10" s="3" t="n">
+        <x:v>6809</x:v>
+      </x:c>
+      <x:c r="DP10" s="3" t="n">
+        <x:v>6727</x:v>
+      </x:c>
+      <x:c r="DQ10" s="3" t="n">
+        <x:v>7156</x:v>
+      </x:c>
+      <x:c r="DR10" s="3" t="n">
+        <x:v>7056</x:v>
+      </x:c>
+      <x:c r="DS10" s="3" t="n">
+        <x:v>6947</x:v>
+      </x:c>
+      <x:c r="DT10" s="3" t="n">
+        <x:v>6837</x:v>
+      </x:c>
+      <x:c r="DU10" s="3" t="n">
+        <x:v>6645</x:v>
+      </x:c>
+      <x:c r="DV10" s="3" t="n">
+        <x:v>6258</x:v>
+      </x:c>
+      <x:c r="DW10" s="3" t="n">
+        <x:v>5296</x:v>
+      </x:c>
+      <x:c r="DX10" s="3" t="n">
+        <x:v>5956</x:v>
+      </x:c>
+      <x:c r="DY10" s="3" t="n">
+        <x:v>6559</x:v>
+      </x:c>
+      <x:c r="DZ10" s="3" t="n">
+        <x:v>6525</x:v>
+      </x:c>
+      <x:c r="EA10" s="3" t="n">
+        <x:v>6083</x:v>
+      </x:c>
+      <x:c r="EB10" s="3" t="n">
+        <x:v>6002</x:v>
+      </x:c>
+      <x:c r="EC10" s="3" t="n">
+        <x:v>6656</x:v>
+      </x:c>
+      <x:c r="ED10" s="3" t="n">
+        <x:v>7484</x:v>
+      </x:c>
+      <x:c r="EE10" s="3" t="n">
+        <x:v>6633</x:v>
+      </x:c>
+      <x:c r="EF10" s="3" t="n">
+        <x:v>6385</x:v>
+      </x:c>
+      <x:c r="EG10" s="3" t="n">
+        <x:v>7009</x:v>
+      </x:c>
+      <x:c r="EH10" s="3" t="n">
+        <x:v>7271</x:v>
+      </x:c>
+      <x:c r="EI10" s="3" t="n">
+        <x:v>6692</x:v>
+      </x:c>
+      <x:c r="EJ10" s="3" t="n">
+        <x:v>6874</x:v>
+      </x:c>
+      <x:c r="EK10" s="3" t="n">
+        <x:v>7233</x:v>
+      </x:c>
+      <x:c r="EL10" s="3" t="n">
+        <x:v>7248</x:v>
+      </x:c>
+      <x:c r="EM10" s="3" t="n">
+        <x:v>6856</x:v>
+      </x:c>
+      <x:c r="EN10" s="3" t="n">
+        <x:v>7178</x:v>
+      </x:c>
+      <x:c r="EO10" s="3" t="n">
+        <x:v>7530</x:v>
+      </x:c>
+      <x:c r="EP10" s="3" t="n">
+        <x:v>7344</x:v>
+      </x:c>
+      <x:c r="EQ10" s="3" t="n">
+        <x:v>6806</x:v>
+      </x:c>
+      <x:c r="ER10" s="3" t="n">
+        <x:v>6912</x:v>
+      </x:c>
+      <x:c r="ES10" s="3" t="n">
+        <x:v>7707</x:v>
+      </x:c>
+      <x:c r="ET10" s="3" t="n">
+        <x:v>7033</x:v>
+      </x:c>
+      <x:c r="EU10" s="3" t="n">
+        <x:v>6502</x:v>
+      </x:c>
+      <x:c r="EV10" s="3" t="n">
         <x:v>6597</x:v>
       </x:c>
-      <x:c r="Z7" s="3" t="n">
-[...137 lines deleted...]
-      <x:c r="BT7" s="3" t="n">
+      <x:c r="EW10" s="3" t="n">
+        <x:v>7358</x:v>
+      </x:c>
+      <x:c r="EX10" s="3" t="n">
+        <x:v>6693</x:v>
+      </x:c>
+      <x:c r="EY10" s="3" t="n">
+        <x:v>6738</x:v>
+      </x:c>
+      <x:c r="EZ10" s="3" t="n">
+        <x:v>6919</x:v>
+      </x:c>
+      <x:c r="FA10" s="3" t="n">
+        <x:v>6805</x:v>
+      </x:c>
+      <x:c r="FB10" s="3" t="n">
+        <x:v>7002</x:v>
+      </x:c>
+      <x:c r="FC10" s="3" t="n">
+        <x:v>6772</x:v>
+      </x:c>
+      <x:c r="FD10" s="3" t="n">
+        <x:v>6965</x:v>
+      </x:c>
+      <x:c r="FE10" s="3" t="n">
+        <x:v>6967</x:v>
+      </x:c>
+      <x:c r="FF10" s="3" t="n">
+        <x:v>6775</x:v>
+      </x:c>
+      <x:c r="FG10" s="3" t="n">
+        <x:v>7321</x:v>
+      </x:c>
+      <x:c r="FH10" s="3" t="n">
+        <x:v>7140</x:v>
+      </x:c>
+      <x:c r="FI10" s="3" t="n">
+        <x:v>7456</x:v>
+      </x:c>
+      <x:c r="FJ10" s="3" t="n">
+        <x:v>7149</x:v>
+      </x:c>
+      <x:c r="FK10" s="3" t="n">
+        <x:v>7073</x:v>
+      </x:c>
+      <x:c r="FL10" s="3" t="n">
+        <x:v>6673</x:v>
+      </x:c>
+      <x:c r="FM10" s="3" t="n">
+        <x:v>6942</x:v>
+      </x:c>
+      <x:c r="FN10" s="3" t="n">
+        <x:v>6929</x:v>
+      </x:c>
+      <x:c r="FO10" s="3" t="n">
+        <x:v>6780</x:v>
+      </x:c>
+      <x:c r="FP10" s="3" t="n">
+        <x:v>7086</x:v>
+      </x:c>
+      <x:c r="FQ10" s="3" t="n">
+        <x:v>7184</x:v>
+      </x:c>
+      <x:c r="FR10" s="3" t="n">
+        <x:v>7578</x:v>
+      </x:c>
+      <x:c r="FS10" s="3" t="n">
+        <x:v>6989</x:v>
+      </x:c>
+      <x:c r="FT10" s="3" t="n">
+        <x:v>7510</x:v>
+      </x:c>
+      <x:c r="FU10" s="3" t="n">
+        <x:v>7412</x:v>
+      </x:c>
+      <x:c r="FV10" s="3" t="n">
+        <x:v>6950</x:v>
+      </x:c>
+      <x:c r="FW10" s="3" t="n">
+        <x:v>6938</x:v>
+      </x:c>
+      <x:c r="FX10" s="3" t="n">
+        <x:v>6903</x:v>
+      </x:c>
+      <x:c r="FY10" s="3" t="n">
+        <x:v>6498</x:v>
+      </x:c>
+      <x:c r="FZ10" s="3" t="n">
+        <x:v>6281</x:v>
+      </x:c>
+      <x:c r="GA10" s="3" t="n">
+        <x:v>6687</x:v>
+      </x:c>
+      <x:c r="GB10" s="3" t="n">
+        <x:v>7164</x:v>
+      </x:c>
+      <x:c r="GC10" s="3" t="n">
+        <x:v>7174</x:v>
+      </x:c>
+      <x:c r="GD10" s="3" t="n">
+        <x:v>6962</x:v>
+      </x:c>
+      <x:c r="GE10" s="3" t="n">
+        <x:v>6871</x:v>
+      </x:c>
+      <x:c r="GF10" s="3" t="n">
+        <x:v>6910</x:v>
+      </x:c>
+      <x:c r="GG10" s="3" t="n">
+        <x:v>7015</x:v>
+      </x:c>
+      <x:c r="GH10" s="3" t="n">
+        <x:v>7235</x:v>
+      </x:c>
+      <x:c r="GI10" s="3" t="n">
+        <x:v>7153</x:v>
+      </x:c>
+      <x:c r="GJ10" s="3" t="n">
+        <x:v>7198</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:192">
+      <x:c r="A11" s="2" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="n">
+        <x:v>1055</x:v>
+      </x:c>
+      <x:c r="C11" s="3" t="n">
+        <x:v>1155</x:v>
+      </x:c>
+      <x:c r="D11" s="3" t="n">
+        <x:v>1211</x:v>
+      </x:c>
+      <x:c r="E11" s="3" t="n">
+        <x:v>1262</x:v>
+      </x:c>
+      <x:c r="F11" s="3" t="n">
+        <x:v>1247</x:v>
+      </x:c>
+      <x:c r="G11" s="3" t="n">
+        <x:v>1373</x:v>
+      </x:c>
+      <x:c r="H11" s="3" t="n">
+        <x:v>1452</x:v>
+      </x:c>
+      <x:c r="I11" s="3" t="n">
+        <x:v>1500</x:v>
+      </x:c>
+      <x:c r="J11" s="3" t="n">
+        <x:v>1634</x:v>
+      </x:c>
+      <x:c r="K11" s="3" t="n">
+        <x:v>1382</x:v>
+      </x:c>
+      <x:c r="L11" s="3" t="n">
+        <x:v>1390</x:v>
+      </x:c>
+      <x:c r="M11" s="3" t="n">
+        <x:v>1259</x:v>
+      </x:c>
+      <x:c r="N11" s="3" t="n">
+        <x:v>1139</x:v>
+      </x:c>
+      <x:c r="O11" s="3" t="n">
+        <x:v>1316</x:v>
+      </x:c>
+      <x:c r="P11" s="3" t="n">
+        <x:v>1245</x:v>
+      </x:c>
+      <x:c r="Q11" s="3" t="n">
+        <x:v>1310</x:v>
+      </x:c>
+      <x:c r="R11" s="3" t="n">
+        <x:v>1429</x:v>
+      </x:c>
+      <x:c r="S11" s="3" t="n">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="T11" s="3" t="n">
+        <x:v>1356</x:v>
+      </x:c>
+      <x:c r="U11" s="3" t="n">
+        <x:v>1513</x:v>
+      </x:c>
+      <x:c r="V11" s="3" t="n">
+        <x:v>1141</x:v>
+      </x:c>
+      <x:c r="W11" s="3" t="n">
+        <x:v>1334</x:v>
+      </x:c>
+      <x:c r="X11" s="3" t="n">
+        <x:v>1274</x:v>
+      </x:c>
+      <x:c r="Y11" s="3" t="n">
+        <x:v>1332</x:v>
+      </x:c>
+      <x:c r="Z11" s="3" t="n">
+        <x:v>1484</x:v>
+      </x:c>
+      <x:c r="AA11" s="3" t="n">
+        <x:v>1502</x:v>
+      </x:c>
+      <x:c r="AB11" s="3" t="n">
+        <x:v>1522</x:v>
+      </x:c>
+      <x:c r="AC11" s="3" t="n">
+        <x:v>1487</x:v>
+      </x:c>
+      <x:c r="AD11" s="3" t="n">
+        <x:v>1554</x:v>
+      </x:c>
+      <x:c r="AE11" s="3" t="n">
+        <x:v>1521</x:v>
+      </x:c>
+      <x:c r="AF11" s="3" t="n">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="AG11" s="3" t="n">
+        <x:v>1576</x:v>
+      </x:c>
+      <x:c r="AH11" s="3" t="n">
+        <x:v>1476</x:v>
+      </x:c>
+      <x:c r="AI11" s="3" t="n">
+        <x:v>1467</x:v>
+      </x:c>
+      <x:c r="AJ11" s="3" t="n">
+        <x:v>1601</x:v>
+      </x:c>
+      <x:c r="AK11" s="3" t="n">
+        <x:v>1476</x:v>
+      </x:c>
+      <x:c r="AL11" s="3" t="n">
+        <x:v>1454</x:v>
+      </x:c>
+      <x:c r="AM11" s="3" t="n">
+        <x:v>1514</x:v>
+      </x:c>
+      <x:c r="AN11" s="3" t="n">
+        <x:v>1563</x:v>
+      </x:c>
+      <x:c r="AO11" s="3" t="n">
+        <x:v>1505</x:v>
+      </x:c>
+      <x:c r="AP11" s="3" t="n">
+        <x:v>1666</x:v>
+      </x:c>
+      <x:c r="AQ11" s="3" t="n">
+        <x:v>1591</x:v>
+      </x:c>
+      <x:c r="AR11" s="3" t="n">
+        <x:v>1608</x:v>
+      </x:c>
+      <x:c r="AS11" s="3" t="n">
+        <x:v>1601</x:v>
+      </x:c>
+      <x:c r="AT11" s="3" t="n">
+        <x:v>1460</x:v>
+      </x:c>
+      <x:c r="AU11" s="3" t="n">
+        <x:v>1572</x:v>
+      </x:c>
+      <x:c r="AV11" s="3" t="n">
+        <x:v>1483</x:v>
+      </x:c>
+      <x:c r="AW11" s="3" t="n">
+        <x:v>1653</x:v>
+      </x:c>
+      <x:c r="AX11" s="3" t="n">
+        <x:v>1868</x:v>
+      </x:c>
+      <x:c r="AY11" s="3" t="n">
+        <x:v>1771</x:v>
+      </x:c>
+      <x:c r="AZ11" s="3" t="n">
+        <x:v>1590</x:v>
+      </x:c>
+      <x:c r="BA11" s="3" t="n">
+        <x:v>1611</x:v>
+      </x:c>
+      <x:c r="BB11" s="3" t="n">
+        <x:v>1575</x:v>
+      </x:c>
+      <x:c r="BC11" s="3" t="n">
+        <x:v>1574</x:v>
+      </x:c>
+      <x:c r="BD11" s="3" t="n">
+        <x:v>1667</x:v>
+      </x:c>
+      <x:c r="BE11" s="3" t="n">
+        <x:v>1626</x:v>
+      </x:c>
+      <x:c r="BF11" s="3" t="n">
+        <x:v>1541</x:v>
+      </x:c>
+      <x:c r="BG11" s="3" t="n">
+        <x:v>1615</x:v>
+      </x:c>
+      <x:c r="BH11" s="3" t="n">
+        <x:v>1665</x:v>
+      </x:c>
+      <x:c r="BI11" s="3" t="n">
+        <x:v>1569</x:v>
+      </x:c>
+      <x:c r="BJ11" s="3" t="n">
+        <x:v>1571</x:v>
+      </x:c>
+      <x:c r="BK11" s="3" t="n">
+        <x:v>1772</x:v>
+      </x:c>
+      <x:c r="BL11" s="3" t="n">
+        <x:v>1815</x:v>
+      </x:c>
+      <x:c r="BM11" s="3" t="n">
+        <x:v>1816</x:v>
+      </x:c>
+      <x:c r="BN11" s="3" t="n">
+        <x:v>1830</x:v>
+      </x:c>
+      <x:c r="BO11" s="3" t="n">
+        <x:v>1770</x:v>
+      </x:c>
+      <x:c r="BP11" s="3" t="n">
+        <x:v>1672</x:v>
+      </x:c>
+      <x:c r="BQ11" s="3" t="n">
+        <x:v>1618</x:v>
+      </x:c>
+      <x:c r="BR11" s="3" t="n">
+        <x:v>1619</x:v>
+      </x:c>
+      <x:c r="BS11" s="3" t="n">
+        <x:v>1749</x:v>
+      </x:c>
+      <x:c r="BT11" s="3" t="n">
+        <x:v>1701</x:v>
+      </x:c>
+      <x:c r="BU11" s="3" t="n">
+        <x:v>1867</x:v>
+      </x:c>
+      <x:c r="BV11" s="3" t="n">
+        <x:v>1873</x:v>
+      </x:c>
+      <x:c r="BW11" s="3" t="n">
+        <x:v>1604</x:v>
+      </x:c>
+      <x:c r="BX11" s="3" t="n">
+        <x:v>1702</x:v>
+      </x:c>
+      <x:c r="BY11" s="3" t="n">
+        <x:v>1799</x:v>
+      </x:c>
+      <x:c r="BZ11" s="3" t="n">
+        <x:v>1773</x:v>
+      </x:c>
+      <x:c r="CA11" s="3" t="n">
+        <x:v>2066</x:v>
+      </x:c>
+      <x:c r="CB11" s="3" t="n">
+        <x:v>2162</x:v>
+      </x:c>
+      <x:c r="CC11" s="3" t="n">
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="CD11" s="3" t="n">
+        <x:v>2346</x:v>
+      </x:c>
+      <x:c r="CE11" s="3" t="n">
+        <x:v>2154</x:v>
+      </x:c>
+      <x:c r="CF11" s="3" t="n">
+        <x:v>1958</x:v>
+      </x:c>
+      <x:c r="CG11" s="3" t="n">
+        <x:v>2055</x:v>
+      </x:c>
+      <x:c r="CH11" s="3" t="n">
+        <x:v>2049</x:v>
+      </x:c>
+      <x:c r="CI11" s="3" t="n">
+        <x:v>1841</x:v>
+      </x:c>
+      <x:c r="CJ11" s="3" t="n">
+        <x:v>2102</x:v>
+      </x:c>
+      <x:c r="CK11" s="3" t="n">
+        <x:v>2054</x:v>
+      </x:c>
+      <x:c r="CL11" s="3" t="n">
+        <x:v>1887</x:v>
+      </x:c>
+      <x:c r="CM11" s="3" t="n">
+        <x:v>2089</x:v>
+      </x:c>
+      <x:c r="CN11" s="3" t="n">
+        <x:v>2010</x:v>
+      </x:c>
+      <x:c r="CO11" s="3" t="n">
+        <x:v>1901</x:v>
+      </x:c>
+      <x:c r="CP11" s="3" t="n">
+        <x:v>2132</x:v>
+      </x:c>
+      <x:c r="CQ11" s="3" t="n">
+        <x:v>1738</x:v>
+      </x:c>
+      <x:c r="CR11" s="3" t="n">
+        <x:v>1756</x:v>
+      </x:c>
+      <x:c r="CS11" s="3" t="n">
+        <x:v>1798</x:v>
+      </x:c>
+      <x:c r="CT11" s="3" t="n">
+        <x:v>1082</x:v>
+      </x:c>
+      <x:c r="CU11" s="3" t="n">
+        <x:v>1176</x:v>
+      </x:c>
+      <x:c r="CV11" s="3" t="n">
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="CW11" s="3" t="n">
+        <x:v>1043</x:v>
+      </x:c>
+      <x:c r="CX11" s="3" t="n">
+        <x:v>1136</x:v>
+      </x:c>
+      <x:c r="CY11" s="3" t="n">
+        <x:v>1139</x:v>
+      </x:c>
+      <x:c r="CZ11" s="3" t="n">
+        <x:v>1267</x:v>
+      </x:c>
+      <x:c r="DA11" s="3" t="n">
+        <x:v>1224</x:v>
+      </x:c>
+      <x:c r="DB11" s="3" t="n">
+        <x:v>1270</x:v>
+      </x:c>
+      <x:c r="DC11" s="3" t="n">
+        <x:v>1368</x:v>
+      </x:c>
+      <x:c r="DD11" s="3" t="n">
+        <x:v>1257</x:v>
+      </x:c>
+      <x:c r="DE11" s="3" t="n">
+        <x:v>1380</x:v>
+      </x:c>
+      <x:c r="DF11" s="3" t="n">
+        <x:v>1387</x:v>
+      </x:c>
+      <x:c r="DG11" s="3" t="n">
+        <x:v>1432</x:v>
+      </x:c>
+      <x:c r="DH11" s="3" t="n">
+        <x:v>1557</x:v>
+      </x:c>
+      <x:c r="DI11" s="3" t="n">
+        <x:v>1785</x:v>
+      </x:c>
+      <x:c r="DJ11" s="3" t="n">
+        <x:v>1376</x:v>
+      </x:c>
+      <x:c r="DK11" s="3" t="n">
+        <x:v>1643</x:v>
+      </x:c>
+      <x:c r="DL11" s="3" t="n">
+        <x:v>1665</x:v>
+      </x:c>
+      <x:c r="DM11" s="3" t="n">
+        <x:v>1730</x:v>
+      </x:c>
+      <x:c r="DN11" s="3" t="n">
+        <x:v>1939</x:v>
+      </x:c>
+      <x:c r="DO11" s="3" t="n">
+        <x:v>1834</x:v>
+      </x:c>
+      <x:c r="DP11" s="3" t="n">
+        <x:v>1728</x:v>
+      </x:c>
+      <x:c r="DQ11" s="3" t="n">
+        <x:v>1764</x:v>
+      </x:c>
+      <x:c r="DR11" s="3" t="n">
+        <x:v>3200</x:v>
+      </x:c>
+      <x:c r="DS11" s="3" t="n">
+        <x:v>3171</x:v>
+      </x:c>
+      <x:c r="DT11" s="3" t="n">
+        <x:v>3279</x:v>
+      </x:c>
+      <x:c r="DU11" s="3" t="n">
+        <x:v>3225</x:v>
+      </x:c>
+      <x:c r="DV11" s="3" t="n">
+        <x:v>1821</x:v>
+      </x:c>
+      <x:c r="DW11" s="3" t="n">
+        <x:v>1675</x:v>
+      </x:c>
+      <x:c r="DX11" s="3" t="n">
+        <x:v>1930</x:v>
+      </x:c>
+      <x:c r="DY11" s="3" t="n">
+        <x:v>1964</x:v>
+      </x:c>
+      <x:c r="DZ11" s="3" t="n">
+        <x:v>3294</x:v>
+      </x:c>
+      <x:c r="EA11" s="3" t="n">
+        <x:v>3140</x:v>
+      </x:c>
+      <x:c r="EB11" s="3" t="n">
+        <x:v>3128</x:v>
+      </x:c>
+      <x:c r="EC11" s="3" t="n">
+        <x:v>2925</x:v>
+      </x:c>
+      <x:c r="ED11" s="3" t="n">
+        <x:v>3106</x:v>
+      </x:c>
+      <x:c r="EE11" s="3" t="n">
+        <x:v>3255</x:v>
+      </x:c>
+      <x:c r="EF11" s="3" t="n">
+        <x:v>3118</x:v>
+      </x:c>
+      <x:c r="EG11" s="3" t="n">
+        <x:v>3409</x:v>
+      </x:c>
+      <x:c r="EH11" s="3" t="n">
+        <x:v>3092</x:v>
+      </x:c>
+      <x:c r="EI11" s="3" t="n">
+        <x:v>2916</x:v>
+      </x:c>
+      <x:c r="EJ11" s="3" t="n">
+        <x:v>3288</x:v>
+      </x:c>
+      <x:c r="EK11" s="3" t="n">
+        <x:v>3081</x:v>
+      </x:c>
+      <x:c r="EL11" s="3" t="n">
+        <x:v>3042</x:v>
+      </x:c>
+      <x:c r="EM11" s="3" t="n">
+        <x:v>3161</x:v>
+      </x:c>
+      <x:c r="EN11" s="3" t="n">
+        <x:v>2945</x:v>
+      </x:c>
+      <x:c r="EO11" s="3" t="n">
+        <x:v>3080</x:v>
+      </x:c>
+      <x:c r="EP11" s="3" t="n">
+        <x:v>3015</x:v>
+      </x:c>
+      <x:c r="EQ11" s="3" t="n">
+        <x:v>3425</x:v>
+      </x:c>
+      <x:c r="ER11" s="3" t="n">
+        <x:v>3193</x:v>
+      </x:c>
+      <x:c r="ES11" s="3" t="n">
+        <x:v>3126</x:v>
+      </x:c>
+      <x:c r="ET11" s="3" t="n">
+        <x:v>3480</x:v>
+      </x:c>
+      <x:c r="EU11" s="3" t="n">
+        <x:v>3242</x:v>
+      </x:c>
+      <x:c r="EV11" s="3" t="n">
+        <x:v>3408</x:v>
+      </x:c>
+      <x:c r="EW11" s="3" t="n">
+        <x:v>3493</x:v>
+      </x:c>
+      <x:c r="EX11" s="3" t="n">
+        <x:v>2532</x:v>
+      </x:c>
+      <x:c r="EY11" s="3" t="n">
+        <x:v>2968</x:v>
+      </x:c>
+      <x:c r="EZ11" s="3" t="n">
+        <x:v>2871</x:v>
+      </x:c>
+      <x:c r="FA11" s="3" t="n">
+        <x:v>3275</x:v>
+      </x:c>
+      <x:c r="FB11" s="3" t="n">
+        <x:v>3464</x:v>
+      </x:c>
+      <x:c r="FC11" s="3" t="n">
+        <x:v>3261</x:v>
+      </x:c>
+      <x:c r="FD11" s="3" t="n">
+        <x:v>3310</x:v>
+      </x:c>
+      <x:c r="FE11" s="3" t="n">
+        <x:v>3232</x:v>
+      </x:c>
+      <x:c r="FF11" s="3" t="n">
+        <x:v>2716</x:v>
+      </x:c>
+      <x:c r="FG11" s="3" t="n">
+        <x:v>2271</x:v>
+      </x:c>
+      <x:c r="FH11" s="3" t="n">
+        <x:v>2385</x:v>
+      </x:c>
+      <x:c r="FI11" s="3" t="n">
+        <x:v>2309</x:v>
+      </x:c>
+      <x:c r="FJ11" s="3" t="n">
+        <x:v>2668</x:v>
+      </x:c>
+      <x:c r="FK11" s="3" t="n">
+        <x:v>2877</x:v>
+      </x:c>
+      <x:c r="FL11" s="3" t="n">
+        <x:v>2652</x:v>
+      </x:c>
+      <x:c r="FM11" s="3" t="n">
+        <x:v>2833</x:v>
+      </x:c>
+      <x:c r="FN11" s="3" t="n">
+        <x:v>2983</x:v>
+      </x:c>
+      <x:c r="FO11" s="3" t="n">
+        <x:v>2443</x:v>
+      </x:c>
+      <x:c r="FP11" s="3" t="n">
+        <x:v>2247</x:v>
+      </x:c>
+      <x:c r="FQ11" s="3" t="n">
+        <x:v>2786</x:v>
+      </x:c>
+      <x:c r="FR11" s="3" t="n">
+        <x:v>3223</x:v>
+      </x:c>
+      <x:c r="FS11" s="3" t="n">
+        <x:v>2176</x:v>
+      </x:c>
+      <x:c r="FT11" s="3" t="n">
+        <x:v>3136</x:v>
+      </x:c>
+      <x:c r="FU11" s="3" t="n">
+        <x:v>3035</x:v>
+      </x:c>
+      <x:c r="FV11" s="3" t="n">
+        <x:v>2900</x:v>
+      </x:c>
+      <x:c r="FW11" s="3" t="n">
+        <x:v>3358</x:v>
+      </x:c>
+      <x:c r="FX11" s="3" t="n">
+        <x:v>3582</x:v>
+      </x:c>
+      <x:c r="FY11" s="3" t="n">
+        <x:v>3211</x:v>
+      </x:c>
+      <x:c r="FZ11" s="3" t="n">
+        <x:v>2938</x:v>
+      </x:c>
+      <x:c r="GA11" s="3" t="n">
+        <x:v>3132</x:v>
+      </x:c>
+      <x:c r="GB11" s="3" t="n">
+        <x:v>3396</x:v>
+      </x:c>
+      <x:c r="GC11" s="3" t="n">
+        <x:v>3363</x:v>
+      </x:c>
+      <x:c r="GD11" s="3" t="n">
+        <x:v>3623</x:v>
+      </x:c>
+      <x:c r="GE11" s="3" t="n">
+        <x:v>3933</x:v>
+      </x:c>
+      <x:c r="GF11" s="3" t="n">
+        <x:v>3324</x:v>
+      </x:c>
+      <x:c r="GG11" s="3" t="n">
+        <x:v>3554</x:v>
+      </x:c>
+      <x:c r="GH11" s="3" t="n">
+        <x:v>3135</x:v>
+      </x:c>
+      <x:c r="GI11" s="3" t="n">
+        <x:v>3673</x:v>
+      </x:c>
+      <x:c r="GJ11" s="3" t="n">
+        <x:v>3137</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:192">
+      <x:c r="A12" s="2" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="n">
+        <x:v>38436</x:v>
+      </x:c>
+      <x:c r="C12" s="3" t="n">
+        <x:v>38374</x:v>
+      </x:c>
+      <x:c r="D12" s="3" t="n">
+        <x:v>39425</x:v>
+      </x:c>
+      <x:c r="E12" s="3" t="n">
+        <x:v>40581</x:v>
+      </x:c>
+      <x:c r="F12" s="3" t="n">
+        <x:v>38369</x:v>
+      </x:c>
+      <x:c r="G12" s="3" t="n">
+        <x:v>40823</x:v>
+      </x:c>
+      <x:c r="H12" s="3" t="n">
+        <x:v>40540</x:v>
+      </x:c>
+      <x:c r="I12" s="3" t="n">
+        <x:v>41872</x:v>
+      </x:c>
+      <x:c r="J12" s="3" t="n">
+        <x:v>45085</x:v>
+      </x:c>
+      <x:c r="K12" s="3" t="n">
+        <x:v>45684</x:v>
+      </x:c>
+      <x:c r="L12" s="3" t="n">
+        <x:v>44912</x:v>
+      </x:c>
+      <x:c r="M12" s="3" t="n">
+        <x:v>44315</x:v>
+      </x:c>
+      <x:c r="N12" s="3" t="n">
+        <x:v>43823</x:v>
+      </x:c>
+      <x:c r="O12" s="3" t="n">
+        <x:v>44146</x:v>
+      </x:c>
+      <x:c r="P12" s="3" t="n">
+        <x:v>44497</x:v>
+      </x:c>
+      <x:c r="Q12" s="3" t="n">
+        <x:v>45778</x:v>
+      </x:c>
+      <x:c r="R12" s="3" t="n">
+        <x:v>47165</x:v>
+      </x:c>
+      <x:c r="S12" s="3" t="n">
+        <x:v>47882</x:v>
+      </x:c>
+      <x:c r="T12" s="3" t="n">
+        <x:v>47955</x:v>
+      </x:c>
+      <x:c r="U12" s="3" t="n">
+        <x:v>46118</x:v>
+      </x:c>
+      <x:c r="V12" s="3" t="n">
+        <x:v>42844</x:v>
+      </x:c>
+      <x:c r="W12" s="3" t="n">
+        <x:v>45253</x:v>
+      </x:c>
+      <x:c r="X12" s="3" t="n">
+        <x:v>45000</x:v>
+      </x:c>
+      <x:c r="Y12" s="3" t="n">
+        <x:v>45658</x:v>
+      </x:c>
+      <x:c r="Z12" s="3" t="n">
+        <x:v>48379</x:v>
+      </x:c>
+      <x:c r="AA12" s="3" t="n">
+        <x:v>47959</x:v>
+      </x:c>
+      <x:c r="AB12" s="3" t="n">
+        <x:v>50386</x:v>
+      </x:c>
+      <x:c r="AC12" s="3" t="n">
+        <x:v>51480</x:v>
+      </x:c>
+      <x:c r="AD12" s="3" t="n">
+        <x:v>55522</x:v>
+      </x:c>
+      <x:c r="AE12" s="3" t="n">
+        <x:v>56279</x:v>
+      </x:c>
+      <x:c r="AF12" s="3" t="n">
+        <x:v>58018</x:v>
+      </x:c>
+      <x:c r="AG12" s="3" t="n">
+        <x:v>60586</x:v>
+      </x:c>
+      <x:c r="AH12" s="3" t="n">
+        <x:v>65902</x:v>
+      </x:c>
+      <x:c r="AI12" s="3" t="n">
+        <x:v>66473</x:v>
+      </x:c>
+      <x:c r="AJ12" s="3" t="n">
+        <x:v>66156</x:v>
+      </x:c>
+      <x:c r="AK12" s="3" t="n">
+        <x:v>64142</x:v>
+      </x:c>
+      <x:c r="AL12" s="3" t="n">
+        <x:v>60649</x:v>
+      </x:c>
+      <x:c r="AM12" s="3" t="n">
+        <x:v>60715</x:v>
+      </x:c>
+      <x:c r="AN12" s="3" t="n">
+        <x:v>61573</x:v>
+      </x:c>
+      <x:c r="AO12" s="3" t="n">
+        <x:v>60612</x:v>
+      </x:c>
+      <x:c r="AP12" s="3" t="n">
+        <x:v>58067</x:v>
+      </x:c>
+      <x:c r="AQ12" s="3" t="n">
+        <x:v>57647</x:v>
+      </x:c>
+      <x:c r="AR12" s="3" t="n">
+        <x:v>55831</x:v>
+      </x:c>
+      <x:c r="AS12" s="3" t="n">
+        <x:v>56236</x:v>
+      </x:c>
+      <x:c r="AT12" s="3" t="n">
+        <x:v>53949</x:v>
+      </x:c>
+      <x:c r="AU12" s="3" t="n">
+        <x:v>53324</x:v>
+      </x:c>
+      <x:c r="AV12" s="3" t="n">
+        <x:v>53260</x:v>
+      </x:c>
+      <x:c r="AW12" s="3" t="n">
+        <x:v>54291</x:v>
+      </x:c>
+      <x:c r="AX12" s="3" t="n">
+        <x:v>58257</x:v>
+      </x:c>
+      <x:c r="AY12" s="3" t="n">
+        <x:v>57641</x:v>
+      </x:c>
+      <x:c r="AZ12" s="3" t="n">
+        <x:v>57936</x:v>
+      </x:c>
+      <x:c r="BA12" s="3" t="n">
+        <x:v>58641</x:v>
+      </x:c>
+      <x:c r="BB12" s="3" t="n">
+        <x:v>58746</x:v>
+      </x:c>
+      <x:c r="BC12" s="3" t="n">
+        <x:v>60086</x:v>
+      </x:c>
+      <x:c r="BD12" s="3" t="n">
+        <x:v>58893</x:v>
+      </x:c>
+      <x:c r="BE12" s="3" t="n">
+        <x:v>59736</x:v>
+      </x:c>
+      <x:c r="BF12" s="3" t="n">
+        <x:v>62857</x:v>
+      </x:c>
+      <x:c r="BG12" s="3" t="n">
+        <x:v>61649</x:v>
+      </x:c>
+      <x:c r="BH12" s="3" t="n">
+        <x:v>64381</x:v>
+      </x:c>
+      <x:c r="BI12" s="3" t="n">
+        <x:v>63129</x:v>
+      </x:c>
+      <x:c r="BJ12" s="3" t="n">
+        <x:v>62828</x:v>
+      </x:c>
+      <x:c r="BK12" s="3" t="n">
+        <x:v>63567</x:v>
+      </x:c>
+      <x:c r="BL12" s="3" t="n">
+        <x:v>66847</x:v>
+      </x:c>
+      <x:c r="BM12" s="3" t="n">
+        <x:v>67482</x:v>
+      </x:c>
+      <x:c r="BN12" s="3" t="n">
+        <x:v>71044</x:v>
+      </x:c>
+      <x:c r="BO12" s="3" t="n">
+        <x:v>73333</x:v>
+      </x:c>
+      <x:c r="BP12" s="3" t="n">
+        <x:v>75202</x:v>
+      </x:c>
+      <x:c r="BQ12" s="3" t="n">
+        <x:v>75826</x:v>
+      </x:c>
+      <x:c r="BR12" s="3" t="n">
+        <x:v>79657</x:v>
+      </x:c>
+      <x:c r="BS12" s="3" t="n">
+        <x:v>81169</x:v>
+      </x:c>
+      <x:c r="BT12" s="3" t="n">
+        <x:v>81803</x:v>
+      </x:c>
+      <x:c r="BU12" s="3" t="n">
+        <x:v>81935</x:v>
+      </x:c>
+      <x:c r="BV12" s="3" t="n">
+        <x:v>88535</x:v>
+      </x:c>
+      <x:c r="BW12" s="3" t="n">
+        <x:v>87742</x:v>
+      </x:c>
+      <x:c r="BX12" s="3" t="n">
+        <x:v>90808</x:v>
+      </x:c>
+      <x:c r="BY12" s="3" t="n">
+        <x:v>92051</x:v>
+      </x:c>
+      <x:c r="BZ12" s="3" t="n">
+        <x:v>94132</x:v>
+      </x:c>
+      <x:c r="CA12" s="3" t="n">
+        <x:v>98399</x:v>
+      </x:c>
+      <x:c r="CB12" s="3" t="n">
+        <x:v>99821</x:v>
+      </x:c>
+      <x:c r="CC12" s="3" t="n">
+        <x:v>103023</x:v>
+      </x:c>
+      <x:c r="CD12" s="3" t="n">
+        <x:v>107142</x:v>
+      </x:c>
+      <x:c r="CE12" s="3" t="n">
+        <x:v>109329</x:v>
+      </x:c>
+      <x:c r="CF12" s="3" t="n">
+        <x:v>109738</x:v>
+      </x:c>
+      <x:c r="CG12" s="3" t="n">
+        <x:v>109582</x:v>
+      </x:c>
+      <x:c r="CH12" s="3" t="n">
+        <x:v>106947</x:v>
+      </x:c>
+      <x:c r="CI12" s="3" t="n">
+        <x:v>104673</x:v>
+      </x:c>
+      <x:c r="CJ12" s="3" t="n">
+        <x:v>104654</x:v>
+      </x:c>
+      <x:c r="CK12" s="3" t="n">
+        <x:v>109318</x:v>
+      </x:c>
+      <x:c r="CL12" s="3" t="n">
+        <x:v>109523</x:v>
+      </x:c>
+      <x:c r="CM12" s="3" t="n">
+        <x:v>111399</x:v>
+      </x:c>
+      <x:c r="CN12" s="3" t="n">
+        <x:v>111420</x:v>
+      </x:c>
+      <x:c r="CO12" s="3" t="n">
+        <x:v>111395</x:v>
+      </x:c>
+      <x:c r="CP12" s="3" t="n">
+        <x:v>114071</x:v>
+      </x:c>
+      <x:c r="CQ12" s="3" t="n">
+        <x:v>115168</x:v>
+      </x:c>
+      <x:c r="CR12" s="3" t="n">
+        <x:v>116102</x:v>
+      </x:c>
+      <x:c r="CS12" s="3" t="n">
+        <x:v>115757</x:v>
+      </x:c>
+      <x:c r="CT12" s="3" t="n">
+        <x:v>119226</x:v>
+      </x:c>
+      <x:c r="CU12" s="3" t="n">
+        <x:v>118637</x:v>
+      </x:c>
+      <x:c r="CV12" s="3" t="n">
+        <x:v>119517</x:v>
+      </x:c>
+      <x:c r="CW12" s="3" t="n">
+        <x:v>120592</x:v>
+      </x:c>
+      <x:c r="CX12" s="3" t="n">
+        <x:v>121786</x:v>
+      </x:c>
+      <x:c r="CY12" s="3" t="n">
+        <x:v>123807</x:v>
+      </x:c>
+      <x:c r="CZ12" s="3" t="n">
+        <x:v>125490</x:v>
+      </x:c>
+      <x:c r="DA12" s="3" t="n">
+        <x:v>128011</x:v>
+      </x:c>
+      <x:c r="DB12" s="3" t="n">
+        <x:v>134950</x:v>
+      </x:c>
+      <x:c r="DC12" s="3" t="n">
+        <x:v>139629</x:v>
+      </x:c>
+      <x:c r="DD12" s="3" t="n">
+        <x:v>143498</x:v>
+      </x:c>
+      <x:c r="DE12" s="3" t="n">
+        <x:v>141585</x:v>
+      </x:c>
+      <x:c r="DF12" s="3" t="n">
+        <x:v>146427</x:v>
+      </x:c>
+      <x:c r="DG12" s="3" t="n">
+        <x:v>152018</x:v>
+      </x:c>
+      <x:c r="DH12" s="3" t="n">
+        <x:v>157345</x:v>
+      </x:c>
+      <x:c r="DI12" s="3" t="n">
+        <x:v>157806</x:v>
+      </x:c>
+      <x:c r="DJ12" s="3" t="n">
+        <x:v>166447</x:v>
+      </x:c>
+      <x:c r="DK12" s="3" t="n">
+        <x:v>165344</x:v>
+      </x:c>
+      <x:c r="DL12" s="3" t="n">
+        <x:v>167127</x:v>
+      </x:c>
+      <x:c r="DM12" s="3" t="n">
+        <x:v>183065</x:v>
+      </x:c>
+      <x:c r="DN12" s="3" t="n">
+        <x:v>181401</x:v>
+      </x:c>
+      <x:c r="DO12" s="3" t="n">
+        <x:v>182989</x:v>
+      </x:c>
+      <x:c r="DP12" s="3" t="n">
+        <x:v>178027</x:v>
+      </x:c>
+      <x:c r="DQ12" s="3" t="n">
+        <x:v>186900</x:v>
+      </x:c>
+      <x:c r="DR12" s="3" t="n">
+        <x:v>193877</x:v>
+      </x:c>
+      <x:c r="DS12" s="3" t="n">
+        <x:v>190320</x:v>
+      </x:c>
+      <x:c r="DT12" s="3" t="n">
+        <x:v>188194</x:v>
+      </x:c>
+      <x:c r="DU12" s="3" t="n">
+        <x:v>175737</x:v>
+      </x:c>
+      <x:c r="DV12" s="3" t="n">
+        <x:v>166208</x:v>
+      </x:c>
+      <x:c r="DW12" s="3" t="n">
+        <x:v>163148</x:v>
+      </x:c>
+      <x:c r="DX12" s="3" t="n">
+        <x:v>166488</x:v>
+      </x:c>
+      <x:c r="DY12" s="3" t="n">
+        <x:v>163511</x:v>
+      </x:c>
+      <x:c r="DZ12" s="3" t="n">
+        <x:v>171211</x:v>
+      </x:c>
+      <x:c r="EA12" s="3" t="n">
+        <x:v>177415</x:v>
+      </x:c>
+      <x:c r="EB12" s="3" t="n">
+        <x:v>177728</x:v>
+      </x:c>
+      <x:c r="EC12" s="3" t="n">
+        <x:v>180796</x:v>
+      </x:c>
+      <x:c r="ED12" s="3" t="n">
+        <x:v>183942</x:v>
+      </x:c>
+      <x:c r="EE12" s="3" t="n">
+        <x:v>184194</x:v>
+      </x:c>
+      <x:c r="EF12" s="3" t="n">
+        <x:v>185758</x:v>
+      </x:c>
+      <x:c r="EG12" s="3" t="n">
+        <x:v>189077</x:v>
+      </x:c>
+      <x:c r="EH12" s="3" t="n">
+        <x:v>190382</x:v>
+      </x:c>
+      <x:c r="EI12" s="3" t="n">
+        <x:v>191386</x:v>
+      </x:c>
+      <x:c r="EJ12" s="3" t="n">
+        <x:v>193111</x:v>
+      </x:c>
+      <x:c r="EK12" s="3" t="n">
+        <x:v>191715</x:v>
+      </x:c>
+      <x:c r="EL12" s="3" t="n">
+        <x:v>193439</x:v>
+      </x:c>
+      <x:c r="EM12" s="3" t="n">
+        <x:v>194381</x:v>
+      </x:c>
+      <x:c r="EN12" s="3" t="n">
+        <x:v>198123</x:v>
+      </x:c>
+      <x:c r="EO12" s="3" t="n">
+        <x:v>196768</x:v>
+      </x:c>
+      <x:c r="EP12" s="3" t="n">
+        <x:v>197619</x:v>
+      </x:c>
+      <x:c r="EQ12" s="3" t="n">
+        <x:v>201479</x:v>
+      </x:c>
+      <x:c r="ER12" s="3" t="n">
+        <x:v>202822</x:v>
+      </x:c>
+      <x:c r="ES12" s="3" t="n">
+        <x:v>199938</x:v>
+      </x:c>
+      <x:c r="ET12" s="3" t="n">
+        <x:v>207730</x:v>
+      </x:c>
+      <x:c r="EU12" s="3" t="n">
+        <x:v>207524</x:v>
+      </x:c>
+      <x:c r="EV12" s="3" t="n">
+        <x:v>203295</x:v>
+      </x:c>
+      <x:c r="EW12" s="3" t="n">
+        <x:v>205944</x:v>
+      </x:c>
+      <x:c r="EX12" s="3" t="n">
+        <x:v>206193</x:v>
+      </x:c>
+      <x:c r="EY12" s="3" t="n">
+        <x:v>197322</x:v>
+      </x:c>
+      <x:c r="EZ12" s="3" t="n">
+        <x:v>205646</x:v>
+      </x:c>
+      <x:c r="FA12" s="3" t="n">
+        <x:v>203842</x:v>
+      </x:c>
+      <x:c r="FB12" s="3" t="n">
+        <x:v>204522</x:v>
+      </x:c>
+      <x:c r="FC12" s="3" t="n">
+        <x:v>209270</x:v>
+      </x:c>
+      <x:c r="FD12" s="3" t="n">
+        <x:v>212259</x:v>
+      </x:c>
+      <x:c r="FE12" s="3" t="n">
+        <x:v>220688</x:v>
+      </x:c>
+      <x:c r="FF12" s="3" t="n">
+        <x:v>217057</x:v>
+      </x:c>
+      <x:c r="FG12" s="3" t="n">
+        <x:v>215887</x:v>
+      </x:c>
+      <x:c r="FH12" s="3" t="n">
+        <x:v>218574</x:v>
+      </x:c>
+      <x:c r="FI12" s="3" t="n">
+        <x:v>221486</x:v>
+      </x:c>
+      <x:c r="FJ12" s="3" t="n">
+        <x:v>236428</x:v>
+      </x:c>
+      <x:c r="FK12" s="3" t="n">
+        <x:v>232940</x:v>
+      </x:c>
+      <x:c r="FL12" s="3" t="n">
+        <x:v>231870</x:v>
+      </x:c>
+      <x:c r="FM12" s="3" t="n">
+        <x:v>225497</x:v>
+      </x:c>
+      <x:c r="FN12" s="3" t="n">
+        <x:v>224926</x:v>
+      </x:c>
+      <x:c r="FO12" s="3" t="n">
+        <x:v>208194</x:v>
+      </x:c>
+      <x:c r="FP12" s="3" t="n">
+        <x:v>230946</x:v>
+      </x:c>
+      <x:c r="FQ12" s="3" t="n">
+        <x:v>233590</x:v>
+      </x:c>
+      <x:c r="FR12" s="3" t="n">
+        <x:v>226829</x:v>
+      </x:c>
+      <x:c r="FS12" s="3" t="n">
+        <x:v>238473</x:v>
+      </x:c>
+      <x:c r="FT12" s="3" t="n">
+        <x:v>239691</x:v>
+      </x:c>
+      <x:c r="FU12" s="3" t="n">
+        <x:v>238383</x:v>
+      </x:c>
+      <x:c r="FV12" s="3" t="n">
+        <x:v>240479</x:v>
+      </x:c>
+      <x:c r="FW12" s="3" t="n">
+        <x:v>248075</x:v>
+      </x:c>
+      <x:c r="FX12" s="3" t="n">
+        <x:v>256292</x:v>
+      </x:c>
+      <x:c r="FY12" s="3" t="n">
+        <x:v>267635</x:v>
+      </x:c>
+      <x:c r="FZ12" s="3" t="n">
+        <x:v>242220</x:v>
+      </x:c>
+      <x:c r="GA12" s="3" t="n">
+        <x:v>242415</x:v>
+      </x:c>
+      <x:c r="GB12" s="3" t="n">
+        <x:v>232670</x:v>
+      </x:c>
+      <x:c r="GC12" s="3" t="n">
+        <x:v>232919</x:v>
+      </x:c>
+      <x:c r="GD12" s="3" t="n">
+        <x:v>233461</x:v>
+      </x:c>
+      <x:c r="GE12" s="3" t="n">
+        <x:v>244689</x:v>
+      </x:c>
+      <x:c r="GF12" s="3" t="n">
+        <x:v>246387</x:v>
+      </x:c>
+      <x:c r="GG12" s="3" t="n">
+        <x:v>243196</x:v>
+      </x:c>
+      <x:c r="GH12" s="3" t="n">
+        <x:v>247984</x:v>
+      </x:c>
+      <x:c r="GI12" s="3" t="n">
+        <x:v>246382</x:v>
+      </x:c>
+      <x:c r="GJ12" s="3" t="n">
+        <x:v>249193</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:192">
+      <x:c r="A13" s="2" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="B13" s="3" t="n">
+        <x:v>2825</x:v>
+      </x:c>
+      <x:c r="C13" s="3" t="n">
+        <x:v>2708</x:v>
+      </x:c>
+      <x:c r="D13" s="3" t="n">
+        <x:v>2678</x:v>
+      </x:c>
+      <x:c r="E13" s="3" t="n">
+        <x:v>2859</x:v>
+      </x:c>
+      <x:c r="F13" s="3" t="n">
+        <x:v>2890</x:v>
+      </x:c>
+      <x:c r="G13" s="3" t="n">
+        <x:v>2904</x:v>
+      </x:c>
+      <x:c r="H13" s="3" t="n">
+        <x:v>2816</x:v>
+      </x:c>
+      <x:c r="I13" s="3" t="n">
+        <x:v>2997</x:v>
+      </x:c>
+      <x:c r="J13" s="3" t="n">
+        <x:v>3187</x:v>
+      </x:c>
+      <x:c r="K13" s="3" t="n">
+        <x:v>3124</x:v>
+      </x:c>
+      <x:c r="L13" s="3" t="n">
+        <x:v>3364</x:v>
+      </x:c>
+      <x:c r="M13" s="3" t="n">
+        <x:v>3263</x:v>
+      </x:c>
+      <x:c r="N13" s="3" t="n">
+        <x:v>3022</x:v>
+      </x:c>
+      <x:c r="O13" s="3" t="n">
+        <x:v>2800</x:v>
+      </x:c>
+      <x:c r="P13" s="3" t="n">
+        <x:v>2724</x:v>
+      </x:c>
+      <x:c r="Q13" s="3" t="n">
+        <x:v>2821</x:v>
+      </x:c>
+      <x:c r="R13" s="3" t="n">
+        <x:v>2932</x:v>
+      </x:c>
+      <x:c r="S13" s="3" t="n">
+        <x:v>2976</x:v>
+      </x:c>
+      <x:c r="T13" s="3" t="n">
+        <x:v>2930</x:v>
+      </x:c>
+      <x:c r="U13" s="3" t="n">
+        <x:v>2777</x:v>
+      </x:c>
+      <x:c r="V13" s="3" t="n">
+        <x:v>2926</x:v>
+      </x:c>
+      <x:c r="W13" s="3" t="n">
+        <x:v>3161</x:v>
+      </x:c>
+      <x:c r="X13" s="3" t="n">
+        <x:v>2989</x:v>
+      </x:c>
+      <x:c r="Y13" s="3" t="n">
+        <x:v>3033</x:v>
+      </x:c>
+      <x:c r="Z13" s="3" t="n">
+        <x:v>2945</x:v>
+      </x:c>
+      <x:c r="AA13" s="3" t="n">
+        <x:v>3072</x:v>
+      </x:c>
+      <x:c r="AB13" s="3" t="n">
+        <x:v>3237</x:v>
+      </x:c>
+      <x:c r="AC13" s="3" t="n">
+        <x:v>3349</x:v>
+      </x:c>
+      <x:c r="AD13" s="3" t="n">
+        <x:v>3575</x:v>
+      </x:c>
+      <x:c r="AE13" s="3" t="n">
+        <x:v>3660</x:v>
+      </x:c>
+      <x:c r="AF13" s="3" t="n">
+        <x:v>3706</x:v>
+      </x:c>
+      <x:c r="AG13" s="3" t="n">
+        <x:v>3786</x:v>
+      </x:c>
+      <x:c r="AH13" s="3" t="n">
+        <x:v>4089</x:v>
+      </x:c>
+      <x:c r="AI13" s="3" t="n">
+        <x:v>4175</x:v>
+      </x:c>
+      <x:c r="AJ13" s="3" t="n">
+        <x:v>4177</x:v>
+      </x:c>
+      <x:c r="AK13" s="3" t="n">
+        <x:v>4417</x:v>
+      </x:c>
+      <x:c r="AL13" s="3" t="n">
+        <x:v>4430</x:v>
+      </x:c>
+      <x:c r="AM13" s="3" t="n">
+        <x:v>4312</x:v>
+      </x:c>
+      <x:c r="AN13" s="3" t="n">
+        <x:v>4222</x:v>
+      </x:c>
+      <x:c r="AO13" s="3" t="n">
+        <x:v>4306</x:v>
+      </x:c>
+      <x:c r="AP13" s="3" t="n">
+        <x:v>4405</x:v>
+      </x:c>
+      <x:c r="AQ13" s="3" t="n">
+        <x:v>4628</x:v>
+      </x:c>
+      <x:c r="AR13" s="3" t="n">
+        <x:v>4673</x:v>
+      </x:c>
+      <x:c r="AS13" s="3" t="n">
+        <x:v>4811</x:v>
+      </x:c>
+      <x:c r="AT13" s="3" t="n">
+        <x:v>5007</x:v>
+      </x:c>
+      <x:c r="AU13" s="3" t="n">
+        <x:v>4922</x:v>
+      </x:c>
+      <x:c r="AV13" s="3" t="n">
+        <x:v>5199</x:v>
+      </x:c>
+      <x:c r="AW13" s="3" t="n">
+        <x:v>4860</x:v>
+      </x:c>
+      <x:c r="AX13" s="3" t="n">
+        <x:v>4883</x:v>
+      </x:c>
+      <x:c r="AY13" s="3" t="n">
+        <x:v>4989</x:v>
+      </x:c>
+      <x:c r="AZ13" s="3" t="n">
+        <x:v>4745</x:v>
+      </x:c>
+      <x:c r="BA13" s="3" t="n">
+        <x:v>4984</x:v>
+      </x:c>
+      <x:c r="BB13" s="3" t="n">
+        <x:v>5097</x:v>
+      </x:c>
+      <x:c r="BC13" s="3" t="n">
+        <x:v>5295</x:v>
+      </x:c>
+      <x:c r="BD13" s="3" t="n">
+        <x:v>5238</x:v>
+      </x:c>
+      <x:c r="BE13" s="3" t="n">
+        <x:v>5141</x:v>
+      </x:c>
+      <x:c r="BF13" s="3" t="n">
+        <x:v>5357</x:v>
+      </x:c>
+      <x:c r="BG13" s="3" t="n">
+        <x:v>5308</x:v>
+      </x:c>
+      <x:c r="BH13" s="3" t="n">
+        <x:v>5544</x:v>
+      </x:c>
+      <x:c r="BI13" s="3" t="n">
+        <x:v>5638</x:v>
+      </x:c>
+      <x:c r="BJ13" s="3" t="n">
+        <x:v>6148</x:v>
+      </x:c>
+      <x:c r="BK13" s="3" t="n">
+        <x:v>6051</x:v>
+      </x:c>
+      <x:c r="BL13" s="3" t="n">
+        <x:v>6206</x:v>
+      </x:c>
+      <x:c r="BM13" s="3" t="n">
+        <x:v>6406</x:v>
+      </x:c>
+      <x:c r="BN13" s="3" t="n">
+        <x:v>6061</x:v>
+      </x:c>
+      <x:c r="BO13" s="3" t="n">
+        <x:v>6217</x:v>
+      </x:c>
+      <x:c r="BP13" s="3" t="n">
+        <x:v>6039</x:v>
+      </x:c>
+      <x:c r="BQ13" s="3" t="n">
+        <x:v>6304</x:v>
+      </x:c>
+      <x:c r="BR13" s="3" t="n">
+        <x:v>5916</x:v>
+      </x:c>
+      <x:c r="BS13" s="3" t="n">
+        <x:v>6447</x:v>
+      </x:c>
+      <x:c r="BT13" s="3" t="n">
+        <x:v>6463</x:v>
+      </x:c>
+      <x:c r="BU13" s="3" t="n">
+        <x:v>6300</x:v>
+      </x:c>
+      <x:c r="BV13" s="3" t="n">
+        <x:v>6470</x:v>
+      </x:c>
+      <x:c r="BW13" s="3" t="n">
+        <x:v>6525</x:v>
+      </x:c>
+      <x:c r="BX13" s="3" t="n">
+        <x:v>6648</x:v>
+      </x:c>
+      <x:c r="BY13" s="3" t="n">
+        <x:v>6653</x:v>
+      </x:c>
+      <x:c r="BZ13" s="3" t="n">
+        <x:v>6998</x:v>
+      </x:c>
+      <x:c r="CA13" s="3" t="n">
+        <x:v>7088</x:v>
+      </x:c>
+      <x:c r="CB13" s="3" t="n">
+        <x:v>7322</x:v>
+      </x:c>
+      <x:c r="CC13" s="3" t="n">
+        <x:v>7171</x:v>
+      </x:c>
+      <x:c r="CD13" s="3" t="n">
+        <x:v>7384</x:v>
+      </x:c>
+      <x:c r="CE13" s="3" t="n">
+        <x:v>7504</x:v>
+      </x:c>
+      <x:c r="CF13" s="3" t="n">
+        <x:v>7672</x:v>
+      </x:c>
+      <x:c r="CG13" s="3" t="n">
+        <x:v>7601</x:v>
+      </x:c>
+      <x:c r="CH13" s="3" t="n">
+        <x:v>8089</x:v>
+      </x:c>
+      <x:c r="CI13" s="3" t="n">
+        <x:v>7979</x:v>
+      </x:c>
+      <x:c r="CJ13" s="3" t="n">
+        <x:v>7971</x:v>
+      </x:c>
+      <x:c r="CK13" s="3" t="n">
+        <x:v>8576</x:v>
+      </x:c>
+      <x:c r="CL13" s="3" t="n">
+        <x:v>8268</x:v>
+      </x:c>
+      <x:c r="CM13" s="3" t="n">
+        <x:v>8609</x:v>
+      </x:c>
+      <x:c r="CN13" s="3" t="n">
+        <x:v>8771</x:v>
+      </x:c>
+      <x:c r="CO13" s="3" t="n">
+        <x:v>8896</x:v>
+      </x:c>
+      <x:c r="CP13" s="3" t="n">
+        <x:v>9172</x:v>
+      </x:c>
+      <x:c r="CQ13" s="3" t="n">
+        <x:v>9422</x:v>
+      </x:c>
+      <x:c r="CR13" s="3" t="n">
+        <x:v>9337</x:v>
+      </x:c>
+      <x:c r="CS13" s="3" t="n">
+        <x:v>9348</x:v>
+      </x:c>
+      <x:c r="CT13" s="3" t="n">
+        <x:v>9513</x:v>
+      </x:c>
+      <x:c r="CU13" s="3" t="n">
+        <x:v>9504</x:v>
+      </x:c>
+      <x:c r="CV13" s="3" t="n">
+        <x:v>9566</x:v>
+      </x:c>
+      <x:c r="CW13" s="3" t="n">
+        <x:v>9563</x:v>
+      </x:c>
+      <x:c r="CX13" s="3" t="n">
+        <x:v>9844</x:v>
+      </x:c>
+      <x:c r="CY13" s="3" t="n">
+        <x:v>9856</x:v>
+      </x:c>
+      <x:c r="CZ13" s="3" t="n">
+        <x:v>10492</x:v>
+      </x:c>
+      <x:c r="DA13" s="3" t="n">
+        <x:v>10355</x:v>
+      </x:c>
+      <x:c r="DB13" s="3" t="n">
+        <x:v>10530</x:v>
+      </x:c>
+      <x:c r="DC13" s="3" t="n">
+        <x:v>10654</x:v>
+      </x:c>
+      <x:c r="DD13" s="3" t="n">
+        <x:v>11177</x:v>
+      </x:c>
+      <x:c r="DE13" s="3" t="n">
+        <x:v>11244</x:v>
+      </x:c>
+      <x:c r="DF13" s="3" t="n">
+        <x:v>11665</x:v>
+      </x:c>
+      <x:c r="DG13" s="3" t="n">
+        <x:v>11823</x:v>
+      </x:c>
+      <x:c r="DH13" s="3" t="n">
+        <x:v>11579</x:v>
+      </x:c>
+      <x:c r="DI13" s="3" t="n">
+        <x:v>12127</x:v>
+      </x:c>
+      <x:c r="DJ13" s="3" t="n">
+        <x:v>11850</x:v>
+      </x:c>
+      <x:c r="DK13" s="3" t="n">
+        <x:v>12031</x:v>
+      </x:c>
+      <x:c r="DL13" s="3" t="n">
+        <x:v>12126</x:v>
+      </x:c>
+      <x:c r="DM13" s="3" t="n">
+        <x:v>12725</x:v>
+      </x:c>
+      <x:c r="DN13" s="3" t="n">
+        <x:v>13572</x:v>
+      </x:c>
+      <x:c r="DO13" s="3" t="n">
+        <x:v>13851</x:v>
+      </x:c>
+      <x:c r="DP13" s="3" t="n">
+        <x:v>13478</x:v>
+      </x:c>
+      <x:c r="DQ13" s="3" t="n">
+        <x:v>13730</x:v>
+      </x:c>
+      <x:c r="DR13" s="3" t="n">
+        <x:v>14154</x:v>
+      </x:c>
+      <x:c r="DS13" s="3" t="n">
+        <x:v>14235</x:v>
+      </x:c>
+      <x:c r="DT13" s="3" t="n">
+        <x:v>14193</x:v>
+      </x:c>
+      <x:c r="DU13" s="3" t="n">
+        <x:v>14091</x:v>
+      </x:c>
+      <x:c r="DV13" s="3" t="n">
+        <x:v>14241</x:v>
+      </x:c>
+      <x:c r="DW13" s="3" t="n">
+        <x:v>14317</x:v>
+      </x:c>
+      <x:c r="DX13" s="3" t="n">
+        <x:v>15525</x:v>
+      </x:c>
+      <x:c r="DY13" s="3" t="n">
+        <x:v>14007</x:v>
+      </x:c>
+      <x:c r="DZ13" s="3" t="n">
+        <x:v>15249</x:v>
+      </x:c>
+      <x:c r="EA13" s="3" t="n">
+        <x:v>14808</x:v>
+      </x:c>
+      <x:c r="EB13" s="3" t="n">
+        <x:v>15286</x:v>
+      </x:c>
+      <x:c r="EC13" s="3" t="n">
+        <x:v>14964</x:v>
+      </x:c>
+      <x:c r="ED13" s="3" t="n">
+        <x:v>15668</x:v>
+      </x:c>
+      <x:c r="EE13" s="3" t="n">
+        <x:v>16442</x:v>
+      </x:c>
+      <x:c r="EF13" s="3" t="n">
+        <x:v>16549</x:v>
+      </x:c>
+      <x:c r="EG13" s="3" t="n">
+        <x:v>17315</x:v>
+      </x:c>
+      <x:c r="EH13" s="3" t="n">
+        <x:v>17525</x:v>
+      </x:c>
+      <x:c r="EI13" s="3" t="n">
+        <x:v>17247</x:v>
+      </x:c>
+      <x:c r="EJ13" s="3" t="n">
+        <x:v>17011</x:v>
+      </x:c>
+      <x:c r="EK13" s="3" t="n">
+        <x:v>17560</x:v>
+      </x:c>
+      <x:c r="EL13" s="3" t="n">
+        <x:v>17204</x:v>
+      </x:c>
+      <x:c r="EM13" s="3" t="n">
+        <x:v>17124</x:v>
+      </x:c>
+      <x:c r="EN13" s="3" t="n">
+        <x:v>18189</x:v>
+      </x:c>
+      <x:c r="EO13" s="3" t="n">
+        <x:v>17939</x:v>
+      </x:c>
+      <x:c r="EP13" s="3" t="n">
+        <x:v>18533</x:v>
+      </x:c>
+      <x:c r="EQ13" s="3" t="n">
+        <x:v>19117</x:v>
+      </x:c>
+      <x:c r="ER13" s="3" t="n">
+        <x:v>19009</x:v>
+      </x:c>
+      <x:c r="ES13" s="3" t="n">
+        <x:v>18083</x:v>
+      </x:c>
+      <x:c r="ET13" s="3" t="n">
+        <x:v>19675</x:v>
+      </x:c>
+      <x:c r="EU13" s="3" t="n">
+        <x:v>19143</x:v>
+      </x:c>
+      <x:c r="EV13" s="3" t="n">
+        <x:v>19016</x:v>
+      </x:c>
+      <x:c r="EW13" s="3" t="n">
+        <x:v>19640</x:v>
+      </x:c>
+      <x:c r="EX13" s="3" t="n">
+        <x:v>20412</x:v>
+      </x:c>
+      <x:c r="EY13" s="3" t="n">
+        <x:v>20006</x:v>
+      </x:c>
+      <x:c r="EZ13" s="3" t="n">
+        <x:v>19715</x:v>
+      </x:c>
+      <x:c r="FA13" s="3" t="n">
+        <x:v>18883</x:v>
+      </x:c>
+      <x:c r="FB13" s="3" t="n">
+        <x:v>19356</x:v>
+      </x:c>
+      <x:c r="FC13" s="3" t="n">
+        <x:v>19479</x:v>
+      </x:c>
+      <x:c r="FD13" s="3" t="n">
+        <x:v>19772</x:v>
+      </x:c>
+      <x:c r="FE13" s="3" t="n">
+        <x:v>21316</x:v>
+      </x:c>
+      <x:c r="FF13" s="3" t="n">
+        <x:v>19715</x:v>
+      </x:c>
+      <x:c r="FG13" s="3" t="n">
+        <x:v>20297</x:v>
+      </x:c>
+      <x:c r="FH13" s="3" t="n">
+        <x:v>20593</x:v>
+      </x:c>
+      <x:c r="FI13" s="3" t="n">
+        <x:v>21068</x:v>
+      </x:c>
+      <x:c r="FJ13" s="3" t="n">
+        <x:v>21569</x:v>
+      </x:c>
+      <x:c r="FK13" s="3" t="n">
+        <x:v>21325</x:v>
+      </x:c>
+      <x:c r="FL13" s="3" t="n">
+        <x:v>20767</x:v>
+      </x:c>
+      <x:c r="FM13" s="3" t="n">
+        <x:v>20883</x:v>
+      </x:c>
+      <x:c r="FN13" s="3" t="n">
+        <x:v>21869</x:v>
+      </x:c>
+      <x:c r="FO13" s="3" t="n">
+        <x:v>21693</x:v>
+      </x:c>
+      <x:c r="FP13" s="3" t="n">
+        <x:v>23570</x:v>
+      </x:c>
+      <x:c r="FQ13" s="3" t="n">
+        <x:v>22921</x:v>
+      </x:c>
+      <x:c r="FR13" s="3" t="n">
+        <x:v>24614</x:v>
+      </x:c>
+      <x:c r="FS13" s="3" t="n">
+        <x:v>22638</x:v>
+      </x:c>
+      <x:c r="FT13" s="3" t="n">
+        <x:v>23488</x:v>
+      </x:c>
+      <x:c r="FU13" s="3" t="n">
+        <x:v>24044</x:v>
+      </x:c>
+      <x:c r="FV13" s="3" t="n">
+        <x:v>23511</x:v>
+      </x:c>
+      <x:c r="FW13" s="3" t="n">
+        <x:v>24208</x:v>
+      </x:c>
+      <x:c r="FX13" s="3" t="n">
+        <x:v>23980</x:v>
+      </x:c>
+      <x:c r="FY13" s="3" t="n">
+        <x:v>24801</x:v>
+      </x:c>
+      <x:c r="FZ13" s="3" t="n">
+        <x:v>23409</x:v>
+      </x:c>
+      <x:c r="GA13" s="3" t="n">
+        <x:v>22793</x:v>
+      </x:c>
+      <x:c r="GB13" s="3" t="n">
+        <x:v>25163</x:v>
+      </x:c>
+      <x:c r="GC13" s="3" t="n">
+        <x:v>24477</x:v>
+      </x:c>
+      <x:c r="GD13" s="3" t="n">
+        <x:v>23722</x:v>
+      </x:c>
+      <x:c r="GE13" s="3" t="n">
+        <x:v>25176</x:v>
+      </x:c>
+      <x:c r="GF13" s="3" t="n">
+        <x:v>25189</x:v>
+      </x:c>
+      <x:c r="GG13" s="3" t="n">
+        <x:v>24954</x:v>
+      </x:c>
+      <x:c r="GH13" s="3" t="n">
+        <x:v>25720</x:v>
+      </x:c>
+      <x:c r="GI13" s="3" t="n">
+        <x:v>25831</x:v>
+      </x:c>
+      <x:c r="GJ13" s="3" t="n">
+        <x:v>24871</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:192">
+      <x:c r="A14" s="2" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="B14" s="3" t="n">
+        <x:v>4853</x:v>
+      </x:c>
+      <x:c r="C14" s="3" t="n">
+        <x:v>5242</x:v>
+      </x:c>
+      <x:c r="D14" s="3" t="n">
+        <x:v>5178</x:v>
+      </x:c>
+      <x:c r="E14" s="3" t="n">
+        <x:v>5453</x:v>
+      </x:c>
+      <x:c r="F14" s="3" t="n">
+        <x:v>5045</x:v>
+      </x:c>
+      <x:c r="G14" s="3" t="n">
+        <x:v>5472</x:v>
+      </x:c>
+      <x:c r="H14" s="3" t="n">
+        <x:v>5363</x:v>
+      </x:c>
+      <x:c r="I14" s="3" t="n">
+        <x:v>5703</x:v>
+      </x:c>
+      <x:c r="J14" s="3" t="n">
+        <x:v>6024</x:v>
+      </x:c>
+      <x:c r="K14" s="3" t="n">
+        <x:v>5524</x:v>
+      </x:c>
+      <x:c r="L14" s="3" t="n">
+        <x:v>5733</x:v>
+      </x:c>
+      <x:c r="M14" s="3" t="n">
+        <x:v>5860</x:v>
+      </x:c>
+      <x:c r="N14" s="3" t="n">
+        <x:v>5599</x:v>
+      </x:c>
+      <x:c r="O14" s="3" t="n">
+        <x:v>5619</x:v>
+      </x:c>
+      <x:c r="P14" s="3" t="n">
+        <x:v>5708</x:v>
+      </x:c>
+      <x:c r="Q14" s="3" t="n">
+        <x:v>5637</x:v>
+      </x:c>
+      <x:c r="R14" s="3" t="n">
+        <x:v>5712</x:v>
+      </x:c>
+      <x:c r="S14" s="3" t="n">
+        <x:v>5730</x:v>
+      </x:c>
+      <x:c r="T14" s="3" t="n">
+        <x:v>5800</x:v>
+      </x:c>
+      <x:c r="U14" s="3" t="n">
+        <x:v>5532</x:v>
+      </x:c>
+      <x:c r="V14" s="3" t="n">
+        <x:v>5526</x:v>
+      </x:c>
+      <x:c r="W14" s="3" t="n">
+        <x:v>5572</x:v>
+      </x:c>
+      <x:c r="X14" s="3" t="n">
+        <x:v>5577</x:v>
+      </x:c>
+      <x:c r="Y14" s="3" t="n">
+        <x:v>5636</x:v>
+      </x:c>
+      <x:c r="Z14" s="3" t="n">
+        <x:v>5887</x:v>
+      </x:c>
+      <x:c r="AA14" s="3" t="n">
+        <x:v>5876</x:v>
+      </x:c>
+      <x:c r="AB14" s="3" t="n">
+        <x:v>5992</x:v>
+      </x:c>
+      <x:c r="AC14" s="3" t="n">
+        <x:v>6206</x:v>
+      </x:c>
+      <x:c r="AD14" s="3" t="n">
+        <x:v>6632</x:v>
+      </x:c>
+      <x:c r="AE14" s="3" t="n">
+        <x:v>6697</x:v>
+      </x:c>
+      <x:c r="AF14" s="3" t="n">
+        <x:v>6670</x:v>
+      </x:c>
+      <x:c r="AG14" s="3" t="n">
+        <x:v>7349</x:v>
+      </x:c>
+      <x:c r="AH14" s="3" t="n">
+        <x:v>7317</x:v>
+      </x:c>
+      <x:c r="AI14" s="3" t="n">
+        <x:v>8038</x:v>
+      </x:c>
+      <x:c r="AJ14" s="3" t="n">
+        <x:v>7696</x:v>
+      </x:c>
+      <x:c r="AK14" s="3" t="n">
+        <x:v>7373</x:v>
+      </x:c>
+      <x:c r="AL14" s="3" t="n">
+        <x:v>7245</x:v>
+      </x:c>
+      <x:c r="AM14" s="3" t="n">
+        <x:v>7158</x:v>
+      </x:c>
+      <x:c r="AN14" s="3" t="n">
+        <x:v>7593</x:v>
+      </x:c>
+      <x:c r="AO14" s="3" t="n">
+        <x:v>7268</x:v>
+      </x:c>
+      <x:c r="AP14" s="3" t="n">
+        <x:v>6644</x:v>
+      </x:c>
+      <x:c r="AQ14" s="3" t="n">
+        <x:v>6195</x:v>
+      </x:c>
+      <x:c r="AR14" s="3" t="n">
+        <x:v>6352</x:v>
+      </x:c>
+      <x:c r="AS14" s="3" t="n">
+        <x:v>6102</x:v>
+      </x:c>
+      <x:c r="AT14" s="3" t="n">
+        <x:v>5960</x:v>
+      </x:c>
+      <x:c r="AU14" s="3" t="n">
+        <x:v>6182</x:v>
+      </x:c>
+      <x:c r="AV14" s="3" t="n">
+        <x:v>6016</x:v>
+      </x:c>
+      <x:c r="AW14" s="3" t="n">
+        <x:v>6387</x:v>
+      </x:c>
+      <x:c r="AX14" s="3" t="n">
+        <x:v>6616</x:v>
+      </x:c>
+      <x:c r="AY14" s="3" t="n">
+        <x:v>6638</x:v>
+      </x:c>
+      <x:c r="AZ14" s="3" t="n">
+        <x:v>6281</x:v>
+      </x:c>
+      <x:c r="BA14" s="3" t="n">
+        <x:v>6434</x:v>
+      </x:c>
+      <x:c r="BB14" s="3" t="n">
+        <x:v>6454</x:v>
+      </x:c>
+      <x:c r="BC14" s="3" t="n">
+        <x:v>6829</x:v>
+      </x:c>
+      <x:c r="BD14" s="3" t="n">
+        <x:v>6640</x:v>
+      </x:c>
+      <x:c r="BE14" s="3" t="n">
+        <x:v>6696</x:v>
+      </x:c>
+      <x:c r="BF14" s="3" t="n">
+        <x:v>7015</x:v>
+      </x:c>
+      <x:c r="BG14" s="3" t="n">
+        <x:v>6769</x:v>
+      </x:c>
+      <x:c r="BH14" s="3" t="n">
+        <x:v>7201</x:v>
+      </x:c>
+      <x:c r="BI14" s="3" t="n">
+        <x:v>7098</x:v>
+      </x:c>
+      <x:c r="BJ14" s="3" t="n">
+        <x:v>7040</x:v>
+      </x:c>
+      <x:c r="BK14" s="3" t="n">
+        <x:v>6939</x:v>
+      </x:c>
+      <x:c r="BL14" s="3" t="n">
+        <x:v>7184</x:v>
+      </x:c>
+      <x:c r="BM14" s="3" t="n">
+        <x:v>7229</x:v>
+      </x:c>
+      <x:c r="BN14" s="3" t="n">
+        <x:v>7468</x:v>
+      </x:c>
+      <x:c r="BO14" s="3" t="n">
+        <x:v>7676</x:v>
+      </x:c>
+      <x:c r="BP14" s="3" t="n">
+        <x:v>8040</x:v>
+      </x:c>
+      <x:c r="BQ14" s="3" t="n">
+        <x:v>8303</x:v>
+      </x:c>
+      <x:c r="BR14" s="3" t="n">
+        <x:v>8469</x:v>
+      </x:c>
+      <x:c r="BS14" s="3" t="n">
+        <x:v>7911</x:v>
+      </x:c>
+      <x:c r="BT14" s="3" t="n">
+        <x:v>8060</x:v>
+      </x:c>
+      <x:c r="BU14" s="3" t="n">
+        <x:v>7691</x:v>
+      </x:c>
+      <x:c r="BV14" s="3" t="n">
+        <x:v>7710</x:v>
+      </x:c>
+      <x:c r="BW14" s="3" t="n">
+        <x:v>7842</x:v>
+      </x:c>
+      <x:c r="BX14" s="3" t="n">
+        <x:v>7899</x:v>
+      </x:c>
+      <x:c r="BY14" s="3" t="n">
+        <x:v>8196</x:v>
+      </x:c>
+      <x:c r="BZ14" s="3" t="n">
+        <x:v>7922</x:v>
+      </x:c>
+      <x:c r="CA14" s="3" t="n">
+        <x:v>8776</x:v>
+      </x:c>
+      <x:c r="CB14" s="3" t="n">
+        <x:v>8390</x:v>
+      </x:c>
+      <x:c r="CC14" s="3" t="n">
+        <x:v>8364</x:v>
+      </x:c>
+      <x:c r="CD14" s="3" t="n">
+        <x:v>8700</x:v>
+      </x:c>
+      <x:c r="CE14" s="3" t="n">
+        <x:v>8924</x:v>
+      </x:c>
+      <x:c r="CF14" s="3" t="n">
+        <x:v>8852</x:v>
+      </x:c>
+      <x:c r="CG14" s="3" t="n">
+        <x:v>8824</x:v>
+      </x:c>
+      <x:c r="CH14" s="3" t="n">
+        <x:v>9077</x:v>
+      </x:c>
+      <x:c r="CI14" s="3" t="n">
+        <x:v>8485</x:v>
+      </x:c>
+      <x:c r="CJ14" s="3" t="n">
+        <x:v>8958</x:v>
+      </x:c>
+      <x:c r="CK14" s="3" t="n">
+        <x:v>9169</x:v>
+      </x:c>
+      <x:c r="CL14" s="3" t="n">
+        <x:v>9472</x:v>
+      </x:c>
+      <x:c r="CM14" s="3" t="n">
+        <x:v>9649</x:v>
+      </x:c>
+      <x:c r="CN14" s="3" t="n">
+        <x:v>9593</x:v>
+      </x:c>
+      <x:c r="CO14" s="3" t="n">
+        <x:v>9629</x:v>
+      </x:c>
+      <x:c r="CP14" s="3" t="n">
+        <x:v>9436</x:v>
+      </x:c>
+      <x:c r="CQ14" s="3" t="n">
+        <x:v>9436</x:v>
+      </x:c>
+      <x:c r="CR14" s="3" t="n">
+        <x:v>9308</x:v>
+      </x:c>
+      <x:c r="CS14" s="3" t="n">
+        <x:v>9306</x:v>
+      </x:c>
+      <x:c r="CT14" s="3" t="n">
+        <x:v>9603</x:v>
+      </x:c>
+      <x:c r="CU14" s="3" t="n">
+        <x:v>10179</x:v>
+      </x:c>
+      <x:c r="CV14" s="3" t="n">
+        <x:v>9943</x:v>
+      </x:c>
+      <x:c r="CW14" s="3" t="n">
+        <x:v>9996</x:v>
+      </x:c>
+      <x:c r="CX14" s="3" t="n">
+        <x:v>10195</x:v>
+      </x:c>
+      <x:c r="CY14" s="3" t="n">
+        <x:v>10165</x:v>
+      </x:c>
+      <x:c r="CZ14" s="3" t="n">
+        <x:v>10653</x:v>
+      </x:c>
+      <x:c r="DA14" s="3" t="n">
+        <x:v>10601</x:v>
+      </x:c>
+      <x:c r="DB14" s="3" t="n">
+        <x:v>10955</x:v>
+      </x:c>
+      <x:c r="DC14" s="3" t="n">
+        <x:v>10923</x:v>
+      </x:c>
+      <x:c r="DD14" s="3" t="n">
+        <x:v>11265</x:v>
+      </x:c>
+      <x:c r="DE14" s="3" t="n">
+        <x:v>11108</x:v>
+      </x:c>
+      <x:c r="DF14" s="3" t="n">
+        <x:v>11357</x:v>
+      </x:c>
+      <x:c r="DG14" s="3" t="n">
+        <x:v>12071</x:v>
+      </x:c>
+      <x:c r="DH14" s="3" t="n">
+        <x:v>12119</x:v>
+      </x:c>
+      <x:c r="DI14" s="3" t="n">
+        <x:v>12245</x:v>
+      </x:c>
+      <x:c r="DJ14" s="3" t="n">
+        <x:v>12491</x:v>
+      </x:c>
+      <x:c r="DK14" s="3" t="n">
+        <x:v>12175</x:v>
+      </x:c>
+      <x:c r="DL14" s="3" t="n">
+        <x:v>12556</x:v>
+      </x:c>
+      <x:c r="DM14" s="3" t="n">
+        <x:v>13163</x:v>
+      </x:c>
+      <x:c r="DN14" s="3" t="n">
+        <x:v>13256</x:v>
+      </x:c>
+      <x:c r="DO14" s="3" t="n">
+        <x:v>13205</x:v>
+      </x:c>
+      <x:c r="DP14" s="3" t="n">
+        <x:v>13267</x:v>
+      </x:c>
+      <x:c r="DQ14" s="3" t="n">
+        <x:v>14022</x:v>
+      </x:c>
+      <x:c r="DR14" s="3" t="n">
+        <x:v>13667</x:v>
+      </x:c>
+      <x:c r="DS14" s="3" t="n">
+        <x:v>13909</x:v>
+      </x:c>
+      <x:c r="DT14" s="3" t="n">
+        <x:v>13217</x:v>
+      </x:c>
+      <x:c r="DU14" s="3" t="n">
+        <x:v>12717</x:v>
+      </x:c>
+      <x:c r="DV14" s="3" t="n">
+        <x:v>13403</x:v>
+      </x:c>
+      <x:c r="DW14" s="3" t="n">
+        <x:v>13163</x:v>
+      </x:c>
+      <x:c r="DX14" s="3" t="n">
+        <x:v>12935</x:v>
+      </x:c>
+      <x:c r="DY14" s="3" t="n">
+        <x:v>12420</x:v>
+      </x:c>
+      <x:c r="DZ14" s="3" t="n">
+        <x:v>14062</x:v>
+      </x:c>
+      <x:c r="EA14" s="3" t="n">
+        <x:v>14555</x:v>
+      </x:c>
+      <x:c r="EB14" s="3" t="n">
+        <x:v>14852</x:v>
+      </x:c>
+      <x:c r="EC14" s="3" t="n">
+        <x:v>15354</x:v>
+      </x:c>
+      <x:c r="ED14" s="3" t="n">
+        <x:v>15122</x:v>
+      </x:c>
+      <x:c r="EE14" s="3" t="n">
+        <x:v>15514</x:v>
+      </x:c>
+      <x:c r="EF14" s="3" t="n">
+        <x:v>15909</x:v>
+      </x:c>
+      <x:c r="EG14" s="3" t="n">
+        <x:v>15567</x:v>
+      </x:c>
+      <x:c r="EH14" s="3" t="n">
+        <x:v>13201</x:v>
+      </x:c>
+      <x:c r="EI14" s="3" t="n">
+        <x:v>13200</x:v>
+      </x:c>
+      <x:c r="EJ14" s="3" t="n">
+        <x:v>13691</x:v>
+      </x:c>
+      <x:c r="EK14" s="3" t="n">
+        <x:v>13924</x:v>
+      </x:c>
+      <x:c r="EL14" s="3" t="n">
+        <x:v>14697</x:v>
+      </x:c>
+      <x:c r="EM14" s="3" t="n">
+        <x:v>15119</x:v>
+      </x:c>
+      <x:c r="EN14" s="3" t="n">
+        <x:v>14616</x:v>
+      </x:c>
+      <x:c r="EO14" s="3" t="n">
+        <x:v>14496</x:v>
+      </x:c>
+      <x:c r="EP14" s="3" t="n">
+        <x:v>14531</x:v>
+      </x:c>
+      <x:c r="EQ14" s="3" t="n">
+        <x:v>15427</x:v>
+      </x:c>
+      <x:c r="ER14" s="3" t="n">
+        <x:v>15396</x:v>
+      </x:c>
+      <x:c r="ES14" s="3" t="n">
+        <x:v>15730</x:v>
+      </x:c>
+      <x:c r="ET14" s="3" t="n">
+        <x:v>15743</x:v>
+      </x:c>
+      <x:c r="EU14" s="3" t="n">
+        <x:v>15500</x:v>
+      </x:c>
+      <x:c r="EV14" s="3" t="n">
+        <x:v>15581</x:v>
+      </x:c>
+      <x:c r="EW14" s="3" t="n">
+        <x:v>15385</x:v>
+      </x:c>
+      <x:c r="EX14" s="3" t="n">
+        <x:v>16853</x:v>
+      </x:c>
+      <x:c r="EY14" s="3" t="n">
+        <x:v>14737</x:v>
+      </x:c>
+      <x:c r="EZ14" s="3" t="n">
+        <x:v>15511</x:v>
+      </x:c>
+      <x:c r="FA14" s="3" t="n">
+        <x:v>14716</x:v>
+      </x:c>
+      <x:c r="FB14" s="3" t="n">
+        <x:v>15658</x:v>
+      </x:c>
+      <x:c r="FC14" s="3" t="n">
+        <x:v>15745</x:v>
+      </x:c>
+      <x:c r="FD14" s="3" t="n">
+        <x:v>16137</x:v>
+      </x:c>
+      <x:c r="FE14" s="3" t="n">
+        <x:v>16605</x:v>
+      </x:c>
+      <x:c r="FF14" s="3" t="n">
+        <x:v>16014</x:v>
+      </x:c>
+      <x:c r="FG14" s="3" t="n">
+        <x:v>16105</x:v>
+      </x:c>
+      <x:c r="FH14" s="3" t="n">
+        <x:v>16621</x:v>
+      </x:c>
+      <x:c r="FI14" s="3" t="n">
+        <x:v>16242</x:v>
+      </x:c>
+      <x:c r="FJ14" s="3" t="n">
+        <x:v>16882</x:v>
+      </x:c>
+      <x:c r="FK14" s="3" t="n">
+        <x:v>15901</x:v>
+      </x:c>
+      <x:c r="FL14" s="3" t="n">
+        <x:v>16123</x:v>
+      </x:c>
+      <x:c r="FM14" s="3" t="n">
+        <x:v>15637</x:v>
+      </x:c>
+      <x:c r="FN14" s="3" t="n">
+        <x:v>14870</x:v>
+      </x:c>
+      <x:c r="FO14" s="3" t="n">
+        <x:v>14171</x:v>
+      </x:c>
+      <x:c r="FP14" s="3" t="n">
+        <x:v>15481</x:v>
+      </x:c>
+      <x:c r="FQ14" s="3" t="n">
+        <x:v>15890</x:v>
+      </x:c>
+      <x:c r="FR14" s="3" t="n">
+        <x:v>15921</x:v>
+      </x:c>
+      <x:c r="FS14" s="3" t="n">
+        <x:v>15833</x:v>
+      </x:c>
+      <x:c r="FT14" s="3" t="n">
+        <x:v>15762</x:v>
+      </x:c>
+      <x:c r="FU14" s="3" t="n">
+        <x:v>15540</x:v>
+      </x:c>
+      <x:c r="FV14" s="3" t="n">
+        <x:v>15631</x:v>
+      </x:c>
+      <x:c r="FW14" s="3" t="n">
+        <x:v>17543</x:v>
+      </x:c>
+      <x:c r="FX14" s="3" t="n">
+        <x:v>17081</x:v>
+      </x:c>
+      <x:c r="FY14" s="3" t="n">
+        <x:v>17278</x:v>
+      </x:c>
+      <x:c r="FZ14" s="3" t="n">
+        <x:v>15002</x:v>
+      </x:c>
+      <x:c r="GA14" s="3" t="n">
+        <x:v>15188</x:v>
+      </x:c>
+      <x:c r="GB14" s="3" t="n">
+        <x:v>14085</x:v>
+      </x:c>
+      <x:c r="GC14" s="3" t="n">
+        <x:v>13923</x:v>
+      </x:c>
+      <x:c r="GD14" s="3" t="n">
+        <x:v>14759</x:v>
+      </x:c>
+      <x:c r="GE14" s="3" t="n">
+        <x:v>15332</x:v>
+      </x:c>
+      <x:c r="GF14" s="3" t="n">
+        <x:v>15244</x:v>
+      </x:c>
+      <x:c r="GG14" s="3" t="n">
+        <x:v>15641</x:v>
+      </x:c>
+      <x:c r="GH14" s="3" t="n">
+        <x:v>15555</x:v>
+      </x:c>
+      <x:c r="GI14" s="3" t="n">
+        <x:v>15169</x:v>
+      </x:c>
+      <x:c r="GJ14" s="3" t="n">
+        <x:v>15330</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:192">
+      <x:c r="A15" s="2" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="B15" s="3" t="n">
+        <x:v>1285</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="n">
+        <x:v>1198</x:v>
+      </x:c>
+      <x:c r="D15" s="3" t="n">
+        <x:v>1189</x:v>
+      </x:c>
+      <x:c r="E15" s="3" t="n">
+        <x:v>1238</x:v>
+      </x:c>
+      <x:c r="F15" s="3" t="n">
+        <x:v>1229</x:v>
+      </x:c>
+      <x:c r="G15" s="3" t="n">
+        <x:v>1241</x:v>
+      </x:c>
+      <x:c r="H15" s="3" t="n">
+        <x:v>1181</x:v>
+      </x:c>
+      <x:c r="I15" s="3" t="n">
+        <x:v>1233</x:v>
+      </x:c>
+      <x:c r="J15" s="3" t="n">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="K15" s="3" t="n">
+        <x:v>1220</x:v>
+      </x:c>
+      <x:c r="L15" s="3" t="n">
+        <x:v>1308</x:v>
+      </x:c>
+      <x:c r="M15" s="3" t="n">
+        <x:v>1274</x:v>
+      </x:c>
+      <x:c r="N15" s="3" t="n">
+        <x:v>1244</x:v>
+      </x:c>
+      <x:c r="O15" s="3" t="n">
+        <x:v>1280</x:v>
+      </x:c>
+      <x:c r="P15" s="3" t="n">
+        <x:v>1319</x:v>
+      </x:c>
+      <x:c r="Q15" s="3" t="n">
+        <x:v>1356</x:v>
+      </x:c>
+      <x:c r="R15" s="3" t="n">
+        <x:v>1468</x:v>
+      </x:c>
+      <x:c r="S15" s="3" t="n">
+        <x:v>1488</x:v>
+      </x:c>
+      <x:c r="T15" s="3" t="n">
+        <x:v>1500</x:v>
+      </x:c>
+      <x:c r="U15" s="3" t="n">
+        <x:v>1518</x:v>
+      </x:c>
+      <x:c r="V15" s="3" t="n">
+        <x:v>1488</x:v>
+      </x:c>
+      <x:c r="W15" s="3" t="n">
+        <x:v>1495</x:v>
+      </x:c>
+      <x:c r="X15" s="3" t="n">
+        <x:v>1503</x:v>
+      </x:c>
+      <x:c r="Y15" s="3" t="n">
+        <x:v>1523</x:v>
+      </x:c>
+      <x:c r="Z15" s="3" t="n">
+        <x:v>1492</x:v>
+      </x:c>
+      <x:c r="AA15" s="3" t="n">
+        <x:v>1487</x:v>
+      </x:c>
+      <x:c r="AB15" s="3" t="n">
+        <x:v>1515</x:v>
+      </x:c>
+      <x:c r="AC15" s="3" t="n">
+        <x:v>1539</x:v>
+      </x:c>
+      <x:c r="AD15" s="3" t="n">
+        <x:v>1638</x:v>
+      </x:c>
+      <x:c r="AE15" s="3" t="n">
+        <x:v>1654</x:v>
+      </x:c>
+      <x:c r="AF15" s="3" t="n">
+        <x:v>1752</x:v>
+      </x:c>
+      <x:c r="AG15" s="3" t="n">
+        <x:v>1865</x:v>
+      </x:c>
+      <x:c r="AH15" s="3" t="n">
+        <x:v>2136</x:v>
+      </x:c>
+      <x:c r="AI15" s="3" t="n">
+        <x:v>2138</x:v>
+      </x:c>
+      <x:c r="AJ15" s="3" t="n">
+        <x:v>2087</x:v>
+      </x:c>
+      <x:c r="AK15" s="3" t="n">
+        <x:v>2172</x:v>
+      </x:c>
+      <x:c r="AL15" s="3" t="n">
+        <x:v>2103</x:v>
+      </x:c>
+      <x:c r="AM15" s="3" t="n">
+        <x:v>2185</x:v>
+      </x:c>
+      <x:c r="AN15" s="3" t="n">
+        <x:v>2217</x:v>
+      </x:c>
+      <x:c r="AO15" s="3" t="n">
+        <x:v>2194</x:v>
+      </x:c>
+      <x:c r="AP15" s="3" t="n">
+        <x:v>2101</x:v>
+      </x:c>
+      <x:c r="AQ15" s="3" t="n">
+        <x:v>1955</x:v>
+      </x:c>
+      <x:c r="AR15" s="3" t="n">
+        <x:v>1777</x:v>
+      </x:c>
+      <x:c r="AS15" s="3" t="n">
+        <x:v>1603</x:v>
+      </x:c>
+      <x:c r="AT15" s="3" t="n">
+        <x:v>1382</x:v>
+      </x:c>
+      <x:c r="AU15" s="3" t="n">
+        <x:v>1389</x:v>
+      </x:c>
+      <x:c r="AV15" s="3" t="n">
+        <x:v>1356</x:v>
+      </x:c>
+      <x:c r="AW15" s="3" t="n">
+        <x:v>1306</x:v>
+      </x:c>
+      <x:c r="AX15" s="3" t="n">
+        <x:v>1366</x:v>
+      </x:c>
+      <x:c r="AY15" s="3" t="n">
+        <x:v>1263</x:v>
+      </x:c>
+      <x:c r="AZ15" s="3" t="n">
+        <x:v>1246</x:v>
+      </x:c>
+      <x:c r="BA15" s="3" t="n">
+        <x:v>1246</x:v>
+      </x:c>
+      <x:c r="BB15" s="3" t="n">
+        <x:v>1205</x:v>
+      </x:c>
+      <x:c r="BC15" s="3" t="n">
+        <x:v>1190</x:v>
+      </x:c>
+      <x:c r="BD15" s="3" t="n">
+        <x:v>1185</x:v>
+      </x:c>
+      <x:c r="BE15" s="3" t="n">
+        <x:v>1216</x:v>
+      </x:c>
+      <x:c r="BF15" s="3" t="n">
+        <x:v>1234</x:v>
+      </x:c>
+      <x:c r="BG15" s="3" t="n">
+        <x:v>1238</x:v>
+      </x:c>
+      <x:c r="BH15" s="3" t="n">
+        <x:v>1234</x:v>
+      </x:c>
+      <x:c r="BI15" s="3" t="n">
+        <x:v>1231</x:v>
+      </x:c>
+      <x:c r="BJ15" s="3" t="n">
+        <x:v>1340</x:v>
+      </x:c>
+      <x:c r="BK15" s="3" t="n">
+        <x:v>1389</x:v>
+      </x:c>
+      <x:c r="BL15" s="3" t="n">
+        <x:v>1456</x:v>
+      </x:c>
+      <x:c r="BM15" s="3" t="n">
+        <x:v>1557</x:v>
+      </x:c>
+      <x:c r="BN15" s="3" t="n">
+        <x:v>1606</x:v>
+      </x:c>
+      <x:c r="BO15" s="3" t="n">
+        <x:v>1787</x:v>
+      </x:c>
+      <x:c r="BP15" s="3" t="n">
+        <x:v>1935</x:v>
+      </x:c>
+      <x:c r="BQ15" s="3" t="n">
+        <x:v>1931</x:v>
+      </x:c>
+      <x:c r="BR15" s="3" t="n">
+        <x:v>1950</x:v>
+      </x:c>
+      <x:c r="BS15" s="3" t="n">
+        <x:v>1909</x:v>
+      </x:c>
+      <x:c r="BT15" s="3" t="n">
+        <x:v>1846</x:v>
+      </x:c>
+      <x:c r="BU15" s="3" t="n">
+        <x:v>1892</x:v>
+      </x:c>
+      <x:c r="BV15" s="3" t="n">
+        <x:v>2001</x:v>
+      </x:c>
+      <x:c r="BW15" s="3" t="n">
+        <x:v>1997</x:v>
+      </x:c>
+      <x:c r="BX15" s="3" t="n">
+        <x:v>2067</x:v>
+      </x:c>
+      <x:c r="BY15" s="3" t="n">
+        <x:v>2110</x:v>
+      </x:c>
+      <x:c r="BZ15" s="3" t="n">
+        <x:v>2254</x:v>
+      </x:c>
+      <x:c r="CA15" s="3" t="n">
+        <x:v>2434</x:v>
+      </x:c>
+      <x:c r="CB15" s="3" t="n">
+        <x:v>2480</x:v>
+      </x:c>
+      <x:c r="CC15" s="3" t="n">
+        <x:v>2499</x:v>
+      </x:c>
+      <x:c r="CD15" s="3" t="n">
+        <x:v>2591</x:v>
+      </x:c>
+      <x:c r="CE15" s="3" t="n">
+        <x:v>2635</x:v>
+      </x:c>
+      <x:c r="CF15" s="3" t="n">
+        <x:v>2746</x:v>
+      </x:c>
+      <x:c r="CG15" s="3" t="n">
+        <x:v>2487</x:v>
+      </x:c>
+      <x:c r="CH15" s="3" t="n">
+        <x:v>2575</x:v>
+      </x:c>
+      <x:c r="CI15" s="3" t="n">
+        <x:v>2474</x:v>
+      </x:c>
+      <x:c r="CJ15" s="3" t="n">
+        <x:v>2494</x:v>
+      </x:c>
+      <x:c r="CK15" s="3" t="n">
+        <x:v>2748</x:v>
+      </x:c>
+      <x:c r="CL15" s="3" t="n">
+        <x:v>2878</x:v>
+      </x:c>
+      <x:c r="CM15" s="3" t="n">
+        <x:v>2918</x:v>
+      </x:c>
+      <x:c r="CN15" s="3" t="n">
+        <x:v>2955</x:v>
+      </x:c>
+      <x:c r="CO15" s="3" t="n">
+        <x:v>2947</x:v>
+      </x:c>
+      <x:c r="CP15" s="3" t="n">
+        <x:v>3076</x:v>
+      </x:c>
+      <x:c r="CQ15" s="3" t="n">
+        <x:v>3159</x:v>
+      </x:c>
+      <x:c r="CR15" s="3" t="n">
+        <x:v>3198</x:v>
+      </x:c>
+      <x:c r="CS15" s="3" t="n">
+        <x:v>3247</x:v>
+      </x:c>
+      <x:c r="CT15" s="3" t="n">
+        <x:v>3292</x:v>
+      </x:c>
+      <x:c r="CU15" s="3" t="n">
+        <x:v>3273</x:v>
+      </x:c>
+      <x:c r="CV15" s="3" t="n">
+        <x:v>3260</x:v>
+      </x:c>
+      <x:c r="CW15" s="3" t="n">
+        <x:v>3228</x:v>
+      </x:c>
+      <x:c r="CX15" s="3" t="n">
+        <x:v>3245</x:v>
+      </x:c>
+      <x:c r="CY15" s="3" t="n">
+        <x:v>3413</x:v>
+      </x:c>
+      <x:c r="CZ15" s="3" t="n">
+        <x:v>3379</x:v>
+      </x:c>
+      <x:c r="DA15" s="3" t="n">
+        <x:v>3384</x:v>
+      </x:c>
+      <x:c r="DB15" s="3" t="n">
+        <x:v>3539</x:v>
+      </x:c>
+      <x:c r="DC15" s="3" t="n">
+        <x:v>3597</x:v>
+      </x:c>
+      <x:c r="DD15" s="3" t="n">
+        <x:v>3768</x:v>
+      </x:c>
+      <x:c r="DE15" s="3" t="n">
+        <x:v>3836</x:v>
+      </x:c>
+      <x:c r="DF15" s="3" t="n">
+        <x:v>4184</x:v>
+      </x:c>
+      <x:c r="DG15" s="3" t="n">
+        <x:v>4218</x:v>
+      </x:c>
+      <x:c r="DH15" s="3" t="n">
+        <x:v>4175</x:v>
+      </x:c>
+      <x:c r="DI15" s="3" t="n">
+        <x:v>4256</x:v>
+      </x:c>
+      <x:c r="DJ15" s="3" t="n">
+        <x:v>4458</x:v>
+      </x:c>
+      <x:c r="DK15" s="3" t="n">
+        <x:v>4507</x:v>
+      </x:c>
+      <x:c r="DL15" s="3" t="n">
+        <x:v>4553</x:v>
+      </x:c>
+      <x:c r="DM15" s="3" t="n">
+        <x:v>4870</x:v>
+      </x:c>
+      <x:c r="DN15" s="3" t="n">
+        <x:v>5187</x:v>
+      </x:c>
+      <x:c r="DO15" s="3" t="n">
+        <x:v>5237</x:v>
+      </x:c>
+      <x:c r="DP15" s="3" t="n">
+        <x:v>5315</x:v>
+      </x:c>
+      <x:c r="DQ15" s="3" t="n">
+        <x:v>5473</x:v>
+      </x:c>
+      <x:c r="DR15" s="3" t="n">
+        <x:v>5100</x:v>
+      </x:c>
+      <x:c r="DS15" s="3" t="n">
+        <x:v>5005</x:v>
+      </x:c>
+      <x:c r="DT15" s="3" t="n">
+        <x:v>4759</x:v>
+      </x:c>
+      <x:c r="DU15" s="3" t="n">
+        <x:v>4285</x:v>
+      </x:c>
+      <x:c r="DV15" s="3" t="n">
+        <x:v>3781</x:v>
+      </x:c>
+      <x:c r="DW15" s="3" t="n">
+        <x:v>3948</x:v>
+      </x:c>
+      <x:c r="DX15" s="3" t="n">
+        <x:v>4087</x:v>
+      </x:c>
+      <x:c r="DY15" s="3" t="n">
+        <x:v>4124</x:v>
+      </x:c>
+      <x:c r="DZ15" s="3" t="n">
+        <x:v>4506</x:v>
+      </x:c>
+      <x:c r="EA15" s="3" t="n">
+        <x:v>4447</x:v>
+      </x:c>
+      <x:c r="EB15" s="3" t="n">
+        <x:v>4519</x:v>
+      </x:c>
+      <x:c r="EC15" s="3" t="n">
+        <x:v>4597</x:v>
+      </x:c>
+      <x:c r="ED15" s="3" t="n">
+        <x:v>4604</x:v>
+      </x:c>
+      <x:c r="EE15" s="3" t="n">
+        <x:v>4831</x:v>
+      </x:c>
+      <x:c r="EF15" s="3" t="n">
+        <x:v>4710</x:v>
+      </x:c>
+      <x:c r="EG15" s="3" t="n">
+        <x:v>4982</x:v>
+      </x:c>
+      <x:c r="EH15" s="3" t="n">
+        <x:v>5145</x:v>
+      </x:c>
+      <x:c r="EI15" s="3" t="n">
+        <x:v>5138</x:v>
+      </x:c>
+      <x:c r="EJ15" s="3" t="n">
+        <x:v>5125</x:v>
+      </x:c>
+      <x:c r="EK15" s="3" t="n">
+        <x:v>5092</x:v>
+      </x:c>
+      <x:c r="EL15" s="3" t="n">
+        <x:v>5180</x:v>
+      </x:c>
+      <x:c r="EM15" s="3" t="n">
+        <x:v>5243</x:v>
+      </x:c>
+      <x:c r="EN15" s="3" t="n">
+        <x:v>5349</x:v>
+      </x:c>
+      <x:c r="EO15" s="3" t="n">
+        <x:v>5277</x:v>
+      </x:c>
+      <x:c r="EP15" s="3" t="n">
+        <x:v>5312</x:v>
+      </x:c>
+      <x:c r="EQ15" s="3" t="n">
+        <x:v>5470</x:v>
+      </x:c>
+      <x:c r="ER15" s="3" t="n">
+        <x:v>5123</x:v>
+      </x:c>
+      <x:c r="ES15" s="3" t="n">
+        <x:v>5358</x:v>
+      </x:c>
+      <x:c r="ET15" s="3" t="n">
+        <x:v>5359</x:v>
+      </x:c>
+      <x:c r="EU15" s="3" t="n">
+        <x:v>5366</x:v>
+      </x:c>
+      <x:c r="EV15" s="3" t="n">
+        <x:v>5338</x:v>
+      </x:c>
+      <x:c r="EW15" s="3" t="n">
+        <x:v>5317</x:v>
+      </x:c>
+      <x:c r="EX15" s="3" t="n">
+        <x:v>5351</x:v>
+      </x:c>
+      <x:c r="EY15" s="3" t="n">
+        <x:v>5554</x:v>
+      </x:c>
+      <x:c r="EZ15" s="3" t="n">
+        <x:v>5528</x:v>
+      </x:c>
+      <x:c r="FA15" s="3" t="n">
         <x:v>5615</x:v>
       </x:c>
-      <x:c r="BU7" s="3" t="n">
-[...1760 lines deleted...]
-      <x:c r="CG10" s="3" t="n">
+      <x:c r="FB15" s="3" t="n">
+        <x:v>5720</x:v>
+      </x:c>
+      <x:c r="FC15" s="3" t="n">
+        <x:v>5459</x:v>
+      </x:c>
+      <x:c r="FD15" s="3" t="n">
+        <x:v>5568</x:v>
+      </x:c>
+      <x:c r="FE15" s="3" t="n">
+        <x:v>5436</x:v>
+      </x:c>
+      <x:c r="FF15" s="3" t="n">
+        <x:v>5318</x:v>
+      </x:c>
+      <x:c r="FG15" s="3" t="n">
+        <x:v>5447</x:v>
+      </x:c>
+      <x:c r="FH15" s="3" t="n">
+        <x:v>5573</x:v>
+      </x:c>
+      <x:c r="FI15" s="3" t="n">
+        <x:v>5449</x:v>
+      </x:c>
+      <x:c r="FJ15" s="3" t="n">
+        <x:v>5541</x:v>
+      </x:c>
+      <x:c r="FK15" s="3" t="n">
+        <x:v>5498</x:v>
+      </x:c>
+      <x:c r="FL15" s="3" t="n">
+        <x:v>5292</x:v>
+      </x:c>
+      <x:c r="FM15" s="3" t="n">
+        <x:v>5248</x:v>
+      </x:c>
+      <x:c r="FN15" s="3" t="n">
+        <x:v>4895</x:v>
+      </x:c>
+      <x:c r="FO15" s="3" t="n">
+        <x:v>5026</x:v>
+      </x:c>
+      <x:c r="FP15" s="3" t="n">
+        <x:v>5390</x:v>
+      </x:c>
+      <x:c r="FQ15" s="3" t="n">
+        <x:v>5118</x:v>
+      </x:c>
+      <x:c r="FR15" s="3" t="n">
+        <x:v>5804</x:v>
+      </x:c>
+      <x:c r="FS15" s="3" t="n">
+        <x:v>5182</x:v>
+      </x:c>
+      <x:c r="FT15" s="3" t="n">
+        <x:v>5459</x:v>
+      </x:c>
+      <x:c r="FU15" s="3" t="n">
+        <x:v>5106</x:v>
+      </x:c>
+      <x:c r="FV15" s="3" t="n">
+        <x:v>5370</x:v>
+      </x:c>
+      <x:c r="FW15" s="3" t="n">
+        <x:v>5113</x:v>
+      </x:c>
+      <x:c r="FX15" s="3" t="n">
+        <x:v>4460</x:v>
+      </x:c>
+      <x:c r="FY15" s="3" t="n">
+        <x:v>4182</x:v>
+      </x:c>
+      <x:c r="FZ15" s="3" t="n">
+        <x:v>4054</x:v>
+      </x:c>
+      <x:c r="GA15" s="3" t="n">
         <x:v>3958</x:v>
-      </x:c>
-[...3167 lines deleted...]
-        <x:v>3983</x:v>
       </x:c>
       <x:c r="GB15" s="3" t="n">
         <x:v>3974</x:v>
       </x:c>
       <x:c r="GC15" s="3" t="n">
-        <x:v>3707</x:v>
+        <x:v>3719</x:v>
       </x:c>
       <x:c r="GD15" s="3" t="n">
-        <x:v>3672</x:v>
+        <x:v>3653</x:v>
       </x:c>
       <x:c r="GE15" s="3" t="n">
+        <x:v>3643</x:v>
+      </x:c>
+      <x:c r="GF15" s="3" t="n">
+        <x:v>3798</x:v>
+      </x:c>
+      <x:c r="GG15" s="3" t="n">
+        <x:v>3781</x:v>
+      </x:c>
+      <x:c r="GH15" s="3" t="n">
+        <x:v>3759</x:v>
+      </x:c>
+      <x:c r="GI15" s="3" t="n">
+        <x:v>3655</x:v>
+      </x:c>
+      <x:c r="GJ15" s="3" t="n">
+        <x:v>3383</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:192">
+      <x:c r="A16" s="2" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="B16" s="3" t="n">
+        <x:v>1395</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="n">
+        <x:v>1382</x:v>
+      </x:c>
+      <x:c r="D16" s="3" t="n">
+        <x:v>1386</x:v>
+      </x:c>
+      <x:c r="E16" s="3" t="n">
+        <x:v>1415</x:v>
+      </x:c>
+      <x:c r="F16" s="3" t="n">
+        <x:v>1524</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="n">
+        <x:v>1607</x:v>
+      </x:c>
+      <x:c r="H16" s="3" t="n">
+        <x:v>1554</x:v>
+      </x:c>
+      <x:c r="I16" s="3" t="n">
+        <x:v>1592</x:v>
+      </x:c>
+      <x:c r="J16" s="3" t="n">
+        <x:v>1654</x:v>
+      </x:c>
+      <x:c r="K16" s="3" t="n">
+        <x:v>1610</x:v>
+      </x:c>
+      <x:c r="L16" s="3" t="n">
+        <x:v>1671</x:v>
+      </x:c>
+      <x:c r="M16" s="3" t="n">
+        <x:v>1677</x:v>
+      </x:c>
+      <x:c r="N16" s="3" t="n">
+        <x:v>1638</x:v>
+      </x:c>
+      <x:c r="O16" s="3" t="n">
+        <x:v>1662</x:v>
+      </x:c>
+      <x:c r="P16" s="3" t="n">
+        <x:v>1614</x:v>
+      </x:c>
+      <x:c r="Q16" s="3" t="n">
+        <x:v>1640</x:v>
+      </x:c>
+      <x:c r="R16" s="3" t="n">
+        <x:v>1599</x:v>
+      </x:c>
+      <x:c r="S16" s="3" t="n">
+        <x:v>1667</x:v>
+      </x:c>
+      <x:c r="T16" s="3" t="n">
+        <x:v>1766</x:v>
+      </x:c>
+      <x:c r="U16" s="3" t="n">
+        <x:v>1641</x:v>
+      </x:c>
+      <x:c r="V16" s="3" t="n">
+        <x:v>1552</x:v>
+      </x:c>
+      <x:c r="W16" s="3" t="n">
+        <x:v>1700</x:v>
+      </x:c>
+      <x:c r="X16" s="3" t="n">
+        <x:v>1726</x:v>
+      </x:c>
+      <x:c r="Y16" s="3" t="n">
+        <x:v>1712</x:v>
+      </x:c>
+      <x:c r="Z16" s="3" t="n">
+        <x:v>1798</x:v>
+      </x:c>
+      <x:c r="AA16" s="3" t="n">
+        <x:v>1753</x:v>
+      </x:c>
+      <x:c r="AB16" s="3" t="n">
+        <x:v>1796</x:v>
+      </x:c>
+      <x:c r="AC16" s="3" t="n">
+        <x:v>1858</x:v>
+      </x:c>
+      <x:c r="AD16" s="3" t="n">
+        <x:v>1932</x:v>
+      </x:c>
+      <x:c r="AE16" s="3" t="n">
+        <x:v>1909</x:v>
+      </x:c>
+      <x:c r="AF16" s="3" t="n">
+        <x:v>1925</x:v>
+      </x:c>
+      <x:c r="AG16" s="3" t="n">
+        <x:v>1943</x:v>
+      </x:c>
+      <x:c r="AH16" s="3" t="n">
+        <x:v>1976</x:v>
+      </x:c>
+      <x:c r="AI16" s="3" t="n">
+        <x:v>2071</x:v>
+      </x:c>
+      <x:c r="AJ16" s="3" t="n">
+        <x:v>2063</x:v>
+      </x:c>
+      <x:c r="AK16" s="3" t="n">
+        <x:v>2017</x:v>
+      </x:c>
+      <x:c r="AL16" s="3" t="n">
+        <x:v>2038</x:v>
+      </x:c>
+      <x:c r="AM16" s="3" t="n">
+        <x:v>2073</x:v>
+      </x:c>
+      <x:c r="AN16" s="3" t="n">
+        <x:v>2092</x:v>
+      </x:c>
+      <x:c r="AO16" s="3" t="n">
+        <x:v>2043</x:v>
+      </x:c>
+      <x:c r="AP16" s="3" t="n">
+        <x:v>2143</x:v>
+      </x:c>
+      <x:c r="AQ16" s="3" t="n">
+        <x:v>2130</x:v>
+      </x:c>
+      <x:c r="AR16" s="3" t="n">
+        <x:v>2164</x:v>
+      </x:c>
+      <x:c r="AS16" s="3" t="n">
+        <x:v>2253</x:v>
+      </x:c>
+      <x:c r="AT16" s="3" t="n">
+        <x:v>2189</x:v>
+      </x:c>
+      <x:c r="AU16" s="3" t="n">
+        <x:v>2204</x:v>
+      </x:c>
+      <x:c r="AV16" s="3" t="n">
+        <x:v>2193</x:v>
+      </x:c>
+      <x:c r="AW16" s="3" t="n">
+        <x:v>2193</x:v>
+      </x:c>
+      <x:c r="AX16" s="3" t="n">
+        <x:v>2271</x:v>
+      </x:c>
+      <x:c r="AY16" s="3" t="n">
+        <x:v>2244</x:v>
+      </x:c>
+      <x:c r="AZ16" s="3" t="n">
+        <x:v>2271</x:v>
+      </x:c>
+      <x:c r="BA16" s="3" t="n">
+        <x:v>2319</x:v>
+      </x:c>
+      <x:c r="BB16" s="3" t="n">
+        <x:v>2371</x:v>
+      </x:c>
+      <x:c r="BC16" s="3" t="n">
+        <x:v>2337</x:v>
+      </x:c>
+      <x:c r="BD16" s="3" t="n">
+        <x:v>2336</x:v>
+      </x:c>
+      <x:c r="BE16" s="3" t="n">
+        <x:v>2279</x:v>
+      </x:c>
+      <x:c r="BF16" s="3" t="n">
+        <x:v>2385</x:v>
+      </x:c>
+      <x:c r="BG16" s="3" t="n">
+        <x:v>2428</x:v>
+      </x:c>
+      <x:c r="BH16" s="3" t="n">
+        <x:v>2400</x:v>
+      </x:c>
+      <x:c r="BI16" s="3" t="n">
+        <x:v>2444</x:v>
+      </x:c>
+      <x:c r="BJ16" s="3" t="n">
+        <x:v>2475</x:v>
+      </x:c>
+      <x:c r="BK16" s="3" t="n">
+        <x:v>2561</x:v>
+      </x:c>
+      <x:c r="BL16" s="3" t="n">
+        <x:v>2681</x:v>
+      </x:c>
+      <x:c r="BM16" s="3" t="n">
+        <x:v>2754</x:v>
+      </x:c>
+      <x:c r="BN16" s="3" t="n">
+        <x:v>2856</x:v>
+      </x:c>
+      <x:c r="BO16" s="3" t="n">
+        <x:v>2943</x:v>
+      </x:c>
+      <x:c r="BP16" s="3" t="n">
+        <x:v>2972</x:v>
+      </x:c>
+      <x:c r="BQ16" s="3" t="n">
+        <x:v>2902</x:v>
+      </x:c>
+      <x:c r="BR16" s="3" t="n">
+        <x:v>3145</x:v>
+      </x:c>
+      <x:c r="BS16" s="3" t="n">
+        <x:v>3074</x:v>
+      </x:c>
+      <x:c r="BT16" s="3" t="n">
+        <x:v>3066</x:v>
+      </x:c>
+      <x:c r="BU16" s="3" t="n">
+        <x:v>3089</x:v>
+      </x:c>
+      <x:c r="BV16" s="3" t="n">
+        <x:v>3094</x:v>
+      </x:c>
+      <x:c r="BW16" s="3" t="n">
+        <x:v>3109</x:v>
+      </x:c>
+      <x:c r="BX16" s="3" t="n">
+        <x:v>3119</x:v>
+      </x:c>
+      <x:c r="BY16" s="3" t="n">
+        <x:v>3166</x:v>
+      </x:c>
+      <x:c r="BZ16" s="3" t="n">
+        <x:v>3333</x:v>
+      </x:c>
+      <x:c r="CA16" s="3" t="n">
+        <x:v>3382</x:v>
+      </x:c>
+      <x:c r="CB16" s="3" t="n">
+        <x:v>3459</x:v>
+      </x:c>
+      <x:c r="CC16" s="3" t="n">
+        <x:v>3450</x:v>
+      </x:c>
+      <x:c r="CD16" s="3" t="n">
+        <x:v>3538</x:v>
+      </x:c>
+      <x:c r="CE16" s="3" t="n">
+        <x:v>3524</x:v>
+      </x:c>
+      <x:c r="CF16" s="3" t="n">
+        <x:v>3528</x:v>
+      </x:c>
+      <x:c r="CG16" s="3" t="n">
+        <x:v>3458</x:v>
+      </x:c>
+      <x:c r="CH16" s="3" t="n">
+        <x:v>3587</x:v>
+      </x:c>
+      <x:c r="CI16" s="3" t="n">
+        <x:v>3676</x:v>
+      </x:c>
+      <x:c r="CJ16" s="3" t="n">
         <x:v>3679</x:v>
       </x:c>
-      <x:c r="GF15" s="3" t="n">
-[...5 lines deleted...]
-      <x:c r="GH15" s="3" t="n">
+      <x:c r="CK16" s="3" t="n">
+        <x:v>3897</x:v>
+      </x:c>
+      <x:c r="CL16" s="3" t="n">
+        <x:v>4236</x:v>
+      </x:c>
+      <x:c r="CM16" s="3" t="n">
+        <x:v>4217</x:v>
+      </x:c>
+      <x:c r="CN16" s="3" t="n">
+        <x:v>4194</x:v>
+      </x:c>
+      <x:c r="CO16" s="3" t="n">
+        <x:v>4360</x:v>
+      </x:c>
+      <x:c r="CP16" s="3" t="n">
+        <x:v>4079</x:v>
+      </x:c>
+      <x:c r="CQ16" s="3" t="n">
+        <x:v>3887</x:v>
+      </x:c>
+      <x:c r="CR16" s="3" t="n">
+        <x:v>3926</x:v>
+      </x:c>
+      <x:c r="CS16" s="3" t="n">
+        <x:v>3861</x:v>
+      </x:c>
+      <x:c r="CT16" s="3" t="n">
+        <x:v>3715</x:v>
+      </x:c>
+      <x:c r="CU16" s="3" t="n">
+        <x:v>3748</x:v>
+      </x:c>
+      <x:c r="CV16" s="3" t="n">
+        <x:v>3708</x:v>
+      </x:c>
+      <x:c r="CW16" s="3" t="n">
+        <x:v>3648</x:v>
+      </x:c>
+      <x:c r="CX16" s="3" t="n">
+        <x:v>3680</x:v>
+      </x:c>
+      <x:c r="CY16" s="3" t="n">
+        <x:v>3811</x:v>
+      </x:c>
+      <x:c r="CZ16" s="3" t="n">
+        <x:v>3777</x:v>
+      </x:c>
+      <x:c r="DA16" s="3" t="n">
         <x:v>3789</x:v>
       </x:c>
-      <x:c r="GI15" s="3" t="n">
-        <x:v>3684</x:v>
+      <x:c r="DB16" s="3" t="n">
+        <x:v>3964</x:v>
+      </x:c>
+      <x:c r="DC16" s="3" t="n">
+        <x:v>3926</x:v>
+      </x:c>
+      <x:c r="DD16" s="3" t="n">
+        <x:v>3958</x:v>
+      </x:c>
+      <x:c r="DE16" s="3" t="n">
+        <x:v>3971</x:v>
+      </x:c>
+      <x:c r="DF16" s="3" t="n">
+        <x:v>3906</x:v>
+      </x:c>
+      <x:c r="DG16" s="3" t="n">
+        <x:v>3908</x:v>
+      </x:c>
+      <x:c r="DH16" s="3" t="n">
+        <x:v>3892</x:v>
+      </x:c>
+      <x:c r="DI16" s="3" t="n">
+        <x:v>3858</x:v>
+      </x:c>
+      <x:c r="DJ16" s="3" t="n">
+        <x:v>3392</x:v>
+      </x:c>
+      <x:c r="DK16" s="3" t="n">
+        <x:v>3444</x:v>
+      </x:c>
+      <x:c r="DL16" s="3" t="n">
+        <x:v>3381</x:v>
+      </x:c>
+      <x:c r="DM16" s="3" t="n">
+        <x:v>3553</x:v>
+      </x:c>
+      <x:c r="DN16" s="3" t="n">
+        <x:v>3587</x:v>
+      </x:c>
+      <x:c r="DO16" s="3" t="n">
+        <x:v>3598</x:v>
+      </x:c>
+      <x:c r="DP16" s="3" t="n">
+        <x:v>3508</x:v>
+      </x:c>
+      <x:c r="DQ16" s="3" t="n">
+        <x:v>3608</x:v>
+      </x:c>
+      <x:c r="DR16" s="3" t="n">
+        <x:v>3563</x:v>
+      </x:c>
+      <x:c r="DS16" s="3" t="n">
+        <x:v>3522</x:v>
+      </x:c>
+      <x:c r="DT16" s="3" t="n">
+        <x:v>3521</x:v>
+      </x:c>
+      <x:c r="DU16" s="3" t="n">
+        <x:v>3414</x:v>
+      </x:c>
+      <x:c r="DV16" s="3" t="n">
+        <x:v>3355</x:v>
+      </x:c>
+      <x:c r="DW16" s="3" t="n">
+        <x:v>3345</x:v>
+      </x:c>
+      <x:c r="DX16" s="3" t="n">
+        <x:v>3346</x:v>
+      </x:c>
+      <x:c r="DY16" s="3" t="n">
+        <x:v>3354</x:v>
+      </x:c>
+      <x:c r="DZ16" s="3" t="n">
+        <x:v>3324</x:v>
+      </x:c>
+      <x:c r="EA16" s="3" t="n">
+        <x:v>3342</x:v>
+      </x:c>
+      <x:c r="EB16" s="3" t="n">
+        <x:v>3356</x:v>
+      </x:c>
+      <x:c r="EC16" s="3" t="n">
+        <x:v>3396</x:v>
+      </x:c>
+      <x:c r="ED16" s="3" t="n">
+        <x:v>3388</x:v>
+      </x:c>
+      <x:c r="EE16" s="3" t="n">
+        <x:v>3394</x:v>
+      </x:c>
+      <x:c r="EF16" s="3" t="n">
+        <x:v>3393</x:v>
+      </x:c>
+      <x:c r="EG16" s="3" t="n">
+        <x:v>3350</x:v>
+      </x:c>
+      <x:c r="EH16" s="3" t="n">
+        <x:v>3414</x:v>
+      </x:c>
+      <x:c r="EI16" s="3" t="n">
+        <x:v>3390</x:v>
+      </x:c>
+      <x:c r="EJ16" s="3" t="n">
+        <x:v>3337</x:v>
+      </x:c>
+      <x:c r="EK16" s="3" t="n">
+        <x:v>3339</x:v>
+      </x:c>
+      <x:c r="EL16" s="3" t="n">
+        <x:v>3366</x:v>
+      </x:c>
+      <x:c r="EM16" s="3" t="n">
+        <x:v>3325</x:v>
+      </x:c>
+      <x:c r="EN16" s="3" t="n">
+        <x:v>3375</x:v>
+      </x:c>
+      <x:c r="EO16" s="3" t="n">
+        <x:v>3384</x:v>
+      </x:c>
+      <x:c r="EP16" s="3" t="n">
+        <x:v>3375</x:v>
+      </x:c>
+      <x:c r="EQ16" s="3" t="n">
+        <x:v>3474</x:v>
+      </x:c>
+      <x:c r="ER16" s="3" t="n">
+        <x:v>3378</x:v>
+      </x:c>
+      <x:c r="ES16" s="3" t="n">
+        <x:v>3401</x:v>
+      </x:c>
+      <x:c r="ET16" s="3" t="n">
+        <x:v>4266</x:v>
+      </x:c>
+      <x:c r="EU16" s="3" t="n">
+        <x:v>4275</x:v>
+      </x:c>
+      <x:c r="EV16" s="3" t="n">
+        <x:v>4281</x:v>
+      </x:c>
+      <x:c r="EW16" s="3" t="n">
+        <x:v>4231</x:v>
+      </x:c>
+      <x:c r="EX16" s="3" t="n">
+        <x:v>4270</x:v>
+      </x:c>
+      <x:c r="EY16" s="3" t="n">
+        <x:v>4175</x:v>
+      </x:c>
+      <x:c r="EZ16" s="3" t="n">
+        <x:v>4139</x:v>
+      </x:c>
+      <x:c r="FA16" s="3" t="n">
+        <x:v>4062</x:v>
+      </x:c>
+      <x:c r="FB16" s="3" t="n">
+        <x:v>4213</x:v>
+      </x:c>
+      <x:c r="FC16" s="3" t="n">
+        <x:v>4186</x:v>
+      </x:c>
+      <x:c r="FD16" s="3" t="n">
+        <x:v>4252</x:v>
+      </x:c>
+      <x:c r="FE16" s="3" t="n">
+        <x:v>4419</x:v>
+      </x:c>
+      <x:c r="FF16" s="3" t="n">
+        <x:v>4310</x:v>
+      </x:c>
+      <x:c r="FG16" s="3" t="n">
+        <x:v>4195</x:v>
+      </x:c>
+      <x:c r="FH16" s="3" t="n">
+        <x:v>4320</x:v>
+      </x:c>
+      <x:c r="FI16" s="3" t="n">
+        <x:v>4310</x:v>
+      </x:c>
+      <x:c r="FJ16" s="3" t="n">
+        <x:v>4215</x:v>
+      </x:c>
+      <x:c r="FK16" s="3" t="n">
+        <x:v>4146</x:v>
+      </x:c>
+      <x:c r="FL16" s="3" t="n">
+        <x:v>4147</x:v>
+      </x:c>
+      <x:c r="FM16" s="3" t="n">
+        <x:v>4304</x:v>
+      </x:c>
+      <x:c r="FN16" s="3" t="n">
+        <x:v>4589</x:v>
+      </x:c>
+      <x:c r="FO16" s="3" t="n">
+        <x:v>4231</x:v>
+      </x:c>
+      <x:c r="FP16" s="3" t="n">
+        <x:v>4586</x:v>
+      </x:c>
+      <x:c r="FQ16" s="3" t="n">
+        <x:v>4435</x:v>
+      </x:c>
+      <x:c r="FR16" s="3" t="n">
+        <x:v>4310</x:v>
+      </x:c>
+      <x:c r="FS16" s="3" t="n">
+        <x:v>4110</x:v>
+      </x:c>
+      <x:c r="FT16" s="3" t="n">
+        <x:v>4205</x:v>
+      </x:c>
+      <x:c r="FU16" s="3" t="n">
+        <x:v>4362</x:v>
+      </x:c>
+      <x:c r="FV16" s="3" t="n">
+        <x:v>4062</x:v>
+      </x:c>
+      <x:c r="FW16" s="3" t="n">
+        <x:v>3950</x:v>
+      </x:c>
+      <x:c r="FX16" s="3" t="n">
+        <x:v>4037</x:v>
+      </x:c>
+      <x:c r="FY16" s="3" t="n">
+        <x:v>3932</x:v>
+      </x:c>
+      <x:c r="FZ16" s="3" t="n">
+        <x:v>4011</x:v>
+      </x:c>
+      <x:c r="GA16" s="3" t="n">
+        <x:v>4171</x:v>
+      </x:c>
+      <x:c r="GB16" s="3" t="n">
+        <x:v>3948</x:v>
+      </x:c>
+      <x:c r="GC16" s="3" t="n">
+        <x:v>3960</x:v>
+      </x:c>
+      <x:c r="GD16" s="3" t="n">
+        <x:v>4230</x:v>
+      </x:c>
+      <x:c r="GE16" s="3" t="n">
+        <x:v>4257</x:v>
+      </x:c>
+      <x:c r="GF16" s="3" t="n">
+        <x:v>4580</x:v>
+      </x:c>
+      <x:c r="GG16" s="3" t="n">
+        <x:v>4488</x:v>
+      </x:c>
+      <x:c r="GH16" s="3" t="n">
+        <x:v>4500</x:v>
+      </x:c>
+      <x:c r="GI16" s="3" t="n">
+        <x:v>4385</x:v>
+      </x:c>
+      <x:c r="GJ16" s="3" t="n">
+        <x:v>4413</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:191">
-[...574 lines deleted...]
-    <x:row r="17" spans="1:191">
+    <x:row r="17" spans="1:192">
       <x:c r="A17" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="I17" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="J17" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K17" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L17" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="M17" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="O17" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="P17" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="Q17" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="R17" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="S17" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="T17" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="U17" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="V17" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="W17" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="X17" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="Y17" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="Z17" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="AA17" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="AB17" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="AC17" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="AD17" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="AE17" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="AF17" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="AG17" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="AH17" s="3" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="AI17" s="3" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="AJ17" s="3" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="AK17" s="3" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="AL17" s="3" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="AM17" s="3" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="AN17" s="3" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="AO17" s="3" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="AP17" s="3" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="AQ17" s="3" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="AR17" s="3" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="AS17" s="3" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="AT17" s="3" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="AU17" s="3" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="AV17" s="3" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="AW17" s="3" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="AX17" s="3" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="AY17" s="3" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="AZ17" s="3" t="n">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="BA17" s="3" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="BB17" s="3" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="BC17" s="3" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="BD17" s="3" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="BE17" s="3" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="BF17" s="3" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="BG17" s="3" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="BH17" s="3" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="BI17" s="3" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="BJ17" s="3" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="BK17" s="3" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="BL17" s="3" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="BM17" s="3" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="BN17" s="3" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="BO17" s="3" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="BP17" s="3" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="BQ17" s="3" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="BR17" s="3" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="BS17" s="3" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="BT17" s="3" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="BU17" s="3" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="BV17" s="3" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="BW17" s="3" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="BX17" s="3" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="BY17" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="BZ17" s="3" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="CA17" s="3" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="CB17" s="3" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="CC17" s="3" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="CD17" s="3" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="CE17" s="3" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="CF17" s="3" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="CG17" s="3" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="CH17" s="3" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="CI17" s="3" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="CJ17" s="3" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="CK17" s="3" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="CL17" s="3" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="CM17" s="3" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="CN17" s="3" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="CO17" s="3" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="CP17" s="3" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="CQ17" s="3" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="CR17" s="3" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="CS17" s="3" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="CT17" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="CU17" s="3" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="CV17" s="3" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="CW17" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="CX17" s="3" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="CY17" s="3" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="CZ17" s="3" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="DA17" s="3" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="DB17" s="3" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="DC17" s="3" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="DD17" s="3" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="DE17" s="3" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="DF17" s="3" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="DG17" s="3" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="DH17" s="3" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="DI17" s="3" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="DJ17" s="3" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="DK17" s="3" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="DL17" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="DM17" s="3" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="DN17" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="DO17" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="DP17" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="DQ17" s="3" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="DR17" s="3" t="n">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="DS17" s="3" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="DT17" s="3" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="DU17" s="3" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="DV17" s="3" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="DW17" s="3" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="DX17" s="3" t="n">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="DY17" s="3" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="DZ17" s="3" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="EA17" s="3" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="EB17" s="3" t="n">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="EC17" s="3" t="n">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="ED17" s="3" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="EE17" s="3" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="EF17" s="3" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="EG17" s="3" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="EH17" s="3" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="EI17" s="3" t="n">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="EJ17" s="3" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="EK17" s="3" t="n">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="EL17" s="3" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="EM17" s="3" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="EN17" s="3" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="EO17" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="EP17" s="3" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="EQ17" s="3" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="ER17" s="3" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="ES17" s="3" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="ET17" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="EU17" s="3" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="EV17" s="3" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="EW17" s="3" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="EX17" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="EY17" s="3" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="EZ17" s="3" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="FA17" s="3" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="FB17" s="3" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="FC17" s="3" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="FD17" s="3" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="FE17" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="FF17" s="3" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="FG17" s="3" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="FH17" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="FI17" s="3" t="n">
         <x:v>5</x:v>
-      </x:c>
-[...406 lines deleted...]
-        <x:v>4</x:v>
       </x:c>
       <x:c r="FJ17" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="FK17" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="FL17" s="3" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="FM17" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="FN17" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="FO17" s="3" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="FP17" s="3" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="FQ17" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="FR17" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="FP17" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="FQ17" s="3" t="n">
+      <x:c r="FS17" s="3" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="FT17" s="3" t="n">
         <x:v>5</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>4</x:v>
       </x:c>
       <x:c r="FU17" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="FV17" s="3" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="FW17" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="FX17" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="FY17" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="FZ17" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="GA17" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="GB17" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="GC17" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="GD17" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="GE17" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="GF17" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="GG17" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="GH17" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="GI17" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="GI17" s="3" t="n">
+      <x:c r="GJ17" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:191">
+    <x:row r="18" spans="1:192">
       <x:c r="A18" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>10096</x:v>
+        <x:v>8914</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
-        <x:v>10169</x:v>
+        <x:v>8987</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
-        <x:v>10101</x:v>
+        <x:v>8919</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
-        <x:v>10130</x:v>
+        <x:v>8948</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
-        <x:v>10661</x:v>
+        <x:v>9412</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
+        <x:v>9505</x:v>
+      </x:c>
+      <x:c r="H18" s="3" t="n">
+        <x:v>9392</x:v>
+      </x:c>
+      <x:c r="I18" s="3" t="n">
+        <x:v>9506</x:v>
+      </x:c>
+      <x:c r="J18" s="3" t="n">
+        <x:v>9635</x:v>
+      </x:c>
+      <x:c r="K18" s="3" t="n">
+        <x:v>9955</x:v>
+      </x:c>
+      <x:c r="L18" s="3" t="n">
+        <x:v>10021</x:v>
+      </x:c>
+      <x:c r="M18" s="3" t="n">
+        <x:v>9730</x:v>
+      </x:c>
+      <x:c r="N18" s="3" t="n">
+        <x:v>9285</x:v>
+      </x:c>
+      <x:c r="O18" s="3" t="n">
+        <x:v>9220</x:v>
+      </x:c>
+      <x:c r="P18" s="3" t="n">
+        <x:v>9246</x:v>
+      </x:c>
+      <x:c r="Q18" s="3" t="n">
+        <x:v>9522</x:v>
+      </x:c>
+      <x:c r="R18" s="3" t="n">
+        <x:v>10226</x:v>
+      </x:c>
+      <x:c r="S18" s="3" t="n">
+        <x:v>9688</x:v>
+      </x:c>
+      <x:c r="T18" s="3" t="n">
+        <x:v>9460</x:v>
+      </x:c>
+      <x:c r="U18" s="3" t="n">
+        <x:v>9592</x:v>
+      </x:c>
+      <x:c r="V18" s="3" t="n">
+        <x:v>8424</x:v>
+      </x:c>
+      <x:c r="W18" s="3" t="n">
+        <x:v>8532</x:v>
+      </x:c>
+      <x:c r="X18" s="3" t="n">
+        <x:v>8449</x:v>
+      </x:c>
+      <x:c r="Y18" s="3" t="n">
+        <x:v>8448</x:v>
+      </x:c>
+      <x:c r="Z18" s="3" t="n">
+        <x:v>8851</x:v>
+      </x:c>
+      <x:c r="AA18" s="3" t="n">
+        <x:v>8681</x:v>
+      </x:c>
+      <x:c r="AB18" s="3" t="n">
+        <x:v>9002</x:v>
+      </x:c>
+      <x:c r="AC18" s="3" t="n">
+        <x:v>8753</x:v>
+      </x:c>
+      <x:c r="AD18" s="3" t="n">
+        <x:v>8359</x:v>
+      </x:c>
+      <x:c r="AE18" s="3" t="n">
+        <x:v>8353</x:v>
+      </x:c>
+      <x:c r="AF18" s="3" t="n">
+        <x:v>8103</x:v>
+      </x:c>
+      <x:c r="AG18" s="3" t="n">
+        <x:v>7923</x:v>
+      </x:c>
+      <x:c r="AH18" s="3" t="n">
+        <x:v>10084</x:v>
+      </x:c>
+      <x:c r="AI18" s="3" t="n">
+        <x:v>10270</x:v>
+      </x:c>
+      <x:c r="AJ18" s="3" t="n">
+        <x:v>10389</x:v>
+      </x:c>
+      <x:c r="AK18" s="3" t="n">
+        <x:v>10721</x:v>
+      </x:c>
+      <x:c r="AL18" s="3" t="n">
+        <x:v>8488</x:v>
+      </x:c>
+      <x:c r="AM18" s="3" t="n">
+        <x:v>8446</x:v>
+      </x:c>
+      <x:c r="AN18" s="3" t="n">
+        <x:v>8544</x:v>
+      </x:c>
+      <x:c r="AO18" s="3" t="n">
+        <x:v>8109</x:v>
+      </x:c>
+      <x:c r="AP18" s="3" t="n">
+        <x:v>9363</x:v>
+      </x:c>
+      <x:c r="AQ18" s="3" t="n">
+        <x:v>9697</x:v>
+      </x:c>
+      <x:c r="AR18" s="3" t="n">
+        <x:v>9556</x:v>
+      </x:c>
+      <x:c r="AS18" s="3" t="n">
+        <x:v>11531</x:v>
+      </x:c>
+      <x:c r="AT18" s="3" t="n">
+        <x:v>11123</x:v>
+      </x:c>
+      <x:c r="AU18" s="3" t="n">
+        <x:v>10928</x:v>
+      </x:c>
+      <x:c r="AV18" s="3" t="n">
+        <x:v>10010</x:v>
+      </x:c>
+      <x:c r="AW18" s="3" t="n">
+        <x:v>10040</x:v>
+      </x:c>
+      <x:c r="AX18" s="3" t="n">
+        <x:v>9879</x:v>
+      </x:c>
+      <x:c r="AY18" s="3" t="n">
+        <x:v>9905</x:v>
+      </x:c>
+      <x:c r="AZ18" s="3" t="n">
+        <x:v>9903</x:v>
+      </x:c>
+      <x:c r="BA18" s="3" t="n">
+        <x:v>9811</x:v>
+      </x:c>
+      <x:c r="BB18" s="3" t="n">
+        <x:v>9164</x:v>
+      </x:c>
+      <x:c r="BC18" s="3" t="n">
+        <x:v>10987</x:v>
+      </x:c>
+      <x:c r="BD18" s="3" t="n">
+        <x:v>10020</x:v>
+      </x:c>
+      <x:c r="BE18" s="3" t="n">
+        <x:v>9744</x:v>
+      </x:c>
+      <x:c r="BF18" s="3" t="n">
+        <x:v>10243</x:v>
+      </x:c>
+      <x:c r="BG18" s="3" t="n">
+        <x:v>9768</x:v>
+      </x:c>
+      <x:c r="BH18" s="3" t="n">
+        <x:v>10176</x:v>
+      </x:c>
+      <x:c r="BI18" s="3" t="n">
+        <x:v>10625</x:v>
+      </x:c>
+      <x:c r="BJ18" s="3" t="n">
+        <x:v>9614</x:v>
+      </x:c>
+      <x:c r="BK18" s="3" t="n">
+        <x:v>9617</x:v>
+      </x:c>
+      <x:c r="BL18" s="3" t="n">
+        <x:v>9807</x:v>
+      </x:c>
+      <x:c r="BM18" s="3" t="n">
+        <x:v>9287</x:v>
+      </x:c>
+      <x:c r="BN18" s="3" t="n">
+        <x:v>9911</x:v>
+      </x:c>
+      <x:c r="BO18" s="3" t="n">
+        <x:v>9911</x:v>
+      </x:c>
+      <x:c r="BP18" s="3" t="n">
+        <x:v>9259</x:v>
+      </x:c>
+      <x:c r="BQ18" s="3" t="n">
+        <x:v>10369</x:v>
+      </x:c>
+      <x:c r="BR18" s="3" t="n">
+        <x:v>10132</x:v>
+      </x:c>
+      <x:c r="BS18" s="3" t="n">
+        <x:v>10330</x:v>
+      </x:c>
+      <x:c r="BT18" s="3" t="n">
+        <x:v>10570</x:v>
+      </x:c>
+      <x:c r="BU18" s="3" t="n">
+        <x:v>10376</x:v>
+      </x:c>
+      <x:c r="BV18" s="3" t="n">
+        <x:v>10834</x:v>
+      </x:c>
+      <x:c r="BW18" s="3" t="n">
+        <x:v>10639</x:v>
+      </x:c>
+      <x:c r="BX18" s="3" t="n">
+        <x:v>10828</x:v>
+      </x:c>
+      <x:c r="BY18" s="3" t="n">
+        <x:v>10378</x:v>
+      </x:c>
+      <x:c r="BZ18" s="3" t="n">
+        <x:v>11568</x:v>
+      </x:c>
+      <x:c r="CA18" s="3" t="n">
+        <x:v>12268</x:v>
+      </x:c>
+      <x:c r="CB18" s="3" t="n">
+        <x:v>11530</x:v>
+      </x:c>
+      <x:c r="CC18" s="3" t="n">
+        <x:v>12517</x:v>
+      </x:c>
+      <x:c r="CD18" s="3" t="n">
+        <x:v>11433</x:v>
+      </x:c>
+      <x:c r="CE18" s="3" t="n">
+        <x:v>10949</x:v>
+      </x:c>
+      <x:c r="CF18" s="3" t="n">
+        <x:v>11937</x:v>
+      </x:c>
+      <x:c r="CG18" s="3" t="n">
+        <x:v>11995</x:v>
+      </x:c>
+      <x:c r="CH18" s="3" t="n">
+        <x:v>11201</x:v>
+      </x:c>
+      <x:c r="CI18" s="3" t="n">
+        <x:v>11731</x:v>
+      </x:c>
+      <x:c r="CJ18" s="3" t="n">
+        <x:v>10815</x:v>
+      </x:c>
+      <x:c r="CK18" s="3" t="n">
+        <x:v>10915</x:v>
+      </x:c>
+      <x:c r="CL18" s="3" t="n">
+        <x:v>13581</x:v>
+      </x:c>
+      <x:c r="CM18" s="3" t="n">
+        <x:v>12853</x:v>
+      </x:c>
+      <x:c r="CN18" s="3" t="n">
+        <x:v>12853</x:v>
+      </x:c>
+      <x:c r="CO18" s="3" t="n">
+        <x:v>13303</x:v>
+      </x:c>
+      <x:c r="CP18" s="3" t="n">
+        <x:v>16101</x:v>
+      </x:c>
+      <x:c r="CQ18" s="3" t="n">
+        <x:v>15818</x:v>
+      </x:c>
+      <x:c r="CR18" s="3" t="n">
+        <x:v>16146</x:v>
+      </x:c>
+      <x:c r="CS18" s="3" t="n">
+        <x:v>17014</x:v>
+      </x:c>
+      <x:c r="CT18" s="3" t="n">
+        <x:v>16036</x:v>
+      </x:c>
+      <x:c r="CU18" s="3" t="n">
+        <x:v>15810</x:v>
+      </x:c>
+      <x:c r="CV18" s="3" t="n">
+        <x:v>15547</x:v>
+      </x:c>
+      <x:c r="CW18" s="3" t="n">
+        <x:v>15681</x:v>
+      </x:c>
+      <x:c r="CX18" s="3" t="n">
+        <x:v>16554</x:v>
+      </x:c>
+      <x:c r="CY18" s="3" t="n">
+        <x:v>15270</x:v>
+      </x:c>
+      <x:c r="CZ18" s="3" t="n">
+        <x:v>14963</x:v>
+      </x:c>
+      <x:c r="DA18" s="3" t="n">
+        <x:v>14605</x:v>
+      </x:c>
+      <x:c r="DB18" s="3" t="n">
+        <x:v>13034</x:v>
+      </x:c>
+      <x:c r="DC18" s="3" t="n">
+        <x:v>14093</x:v>
+      </x:c>
+      <x:c r="DD18" s="3" t="n">
+        <x:v>14413</x:v>
+      </x:c>
+      <x:c r="DE18" s="3" t="n">
+        <x:v>12573</x:v>
+      </x:c>
+      <x:c r="DF18" s="3" t="n">
+        <x:v>10021</x:v>
+      </x:c>
+      <x:c r="DG18" s="3" t="n">
+        <x:v>10883</x:v>
+      </x:c>
+      <x:c r="DH18" s="3" t="n">
+        <x:v>11588</x:v>
+      </x:c>
+      <x:c r="DI18" s="3" t="n">
+        <x:v>11024</x:v>
+      </x:c>
+      <x:c r="DJ18" s="3" t="n">
+        <x:v>14819</x:v>
+      </x:c>
+      <x:c r="DK18" s="3" t="n">
+        <x:v>14200</x:v>
+      </x:c>
+      <x:c r="DL18" s="3" t="n">
+        <x:v>13353</x:v>
+      </x:c>
+      <x:c r="DM18" s="3" t="n">
+        <x:v>13584</x:v>
+      </x:c>
+      <x:c r="DN18" s="3" t="n">
+        <x:v>10694</x:v>
+      </x:c>
+      <x:c r="DO18" s="3" t="n">
+        <x:v>10348</x:v>
+      </x:c>
+      <x:c r="DP18" s="3" t="n">
+        <x:v>11033</x:v>
+      </x:c>
+      <x:c r="DQ18" s="3" t="n">
+        <x:v>11994</x:v>
+      </x:c>
+      <x:c r="DR18" s="3" t="n">
+        <x:v>13049</x:v>
+      </x:c>
+      <x:c r="DS18" s="3" t="n">
+        <x:v>12311</x:v>
+      </x:c>
+      <x:c r="DT18" s="3" t="n">
+        <x:v>12438</x:v>
+      </x:c>
+      <x:c r="DU18" s="3" t="n">
+        <x:v>12785</x:v>
+      </x:c>
+      <x:c r="DV18" s="3" t="n">
+        <x:v>15710</x:v>
+      </x:c>
+      <x:c r="DW18" s="3" t="n">
+        <x:v>13424</x:v>
+      </x:c>
+      <x:c r="DX18" s="3" t="n">
+        <x:v>13086</x:v>
+      </x:c>
+      <x:c r="DY18" s="3" t="n">
+        <x:v>12855</x:v>
+      </x:c>
+      <x:c r="DZ18" s="3" t="n">
+        <x:v>15129</x:v>
+      </x:c>
+      <x:c r="EA18" s="3" t="n">
+        <x:v>16229</x:v>
+      </x:c>
+      <x:c r="EB18" s="3" t="n">
+        <x:v>16436</x:v>
+      </x:c>
+      <x:c r="EC18" s="3" t="n">
+        <x:v>16287</x:v>
+      </x:c>
+      <x:c r="ED18" s="3" t="n">
+        <x:v>13986</x:v>
+      </x:c>
+      <x:c r="EE18" s="3" t="n">
+        <x:v>13484</x:v>
+      </x:c>
+      <x:c r="EF18" s="3" t="n">
+        <x:v>13544</x:v>
+      </x:c>
+      <x:c r="EG18" s="3" t="n">
+        <x:v>13364</x:v>
+      </x:c>
+      <x:c r="EH18" s="3" t="n">
+        <x:v>13703</x:v>
+      </x:c>
+      <x:c r="EI18" s="3" t="n">
+        <x:v>13941</x:v>
+      </x:c>
+      <x:c r="EJ18" s="3" t="n">
+        <x:v>14577</x:v>
+      </x:c>
+      <x:c r="EK18" s="3" t="n">
+        <x:v>14396</x:v>
+      </x:c>
+      <x:c r="EL18" s="3" t="n">
+        <x:v>14846</x:v>
+      </x:c>
+      <x:c r="EM18" s="3" t="n">
+        <x:v>14859</x:v>
+      </x:c>
+      <x:c r="EN18" s="3" t="n">
+        <x:v>14467</x:v>
+      </x:c>
+      <x:c r="EO18" s="3" t="n">
+        <x:v>14621</x:v>
+      </x:c>
+      <x:c r="EP18" s="3" t="n">
+        <x:v>12775</x:v>
+      </x:c>
+      <x:c r="EQ18" s="3" t="n">
+        <x:v>12351</x:v>
+      </x:c>
+      <x:c r="ER18" s="3" t="n">
+        <x:v>12857</x:v>
+      </x:c>
+      <x:c r="ES18" s="3" t="n">
+        <x:v>11244</x:v>
+      </x:c>
+      <x:c r="ET18" s="3" t="n">
+        <x:v>12981</x:v>
+      </x:c>
+      <x:c r="EU18" s="3" t="n">
+        <x:v>15470</x:v>
+      </x:c>
+      <x:c r="EV18" s="3" t="n">
+        <x:v>14255</x:v>
+      </x:c>
+      <x:c r="EW18" s="3" t="n">
+        <x:v>14915</x:v>
+      </x:c>
+      <x:c r="EX18" s="3" t="n">
+        <x:v>12001</x:v>
+      </x:c>
+      <x:c r="EY18" s="3" t="n">
+        <x:v>12747</x:v>
+      </x:c>
+      <x:c r="EZ18" s="3" t="n">
+        <x:v>14899</x:v>
+      </x:c>
+      <x:c r="FA18" s="3" t="n">
+        <x:v>17957</x:v>
+      </x:c>
+      <x:c r="FB18" s="3" t="n">
+        <x:v>17239</x:v>
+      </x:c>
+      <x:c r="FC18" s="3" t="n">
+        <x:v>15459</x:v>
+      </x:c>
+      <x:c r="FD18" s="3" t="n">
+        <x:v>15955</x:v>
+      </x:c>
+      <x:c r="FE18" s="3" t="n">
+        <x:v>16702</x:v>
+      </x:c>
+      <x:c r="FF18" s="3" t="n">
+        <x:v>16518</x:v>
+      </x:c>
+      <x:c r="FG18" s="3" t="n">
+        <x:v>14996</x:v>
+      </x:c>
+      <x:c r="FH18" s="3" t="n">
+        <x:v>13472</x:v>
+      </x:c>
+      <x:c r="FI18" s="3" t="n">
+        <x:v>12532</x:v>
+      </x:c>
+      <x:c r="FJ18" s="3" t="n">
+        <x:v>16951</x:v>
+      </x:c>
+      <x:c r="FK18" s="3" t="n">
+        <x:v>15745</x:v>
+      </x:c>
+      <x:c r="FL18" s="3" t="n">
+        <x:v>15646</x:v>
+      </x:c>
+      <x:c r="FM18" s="3" t="n">
+        <x:v>14216</x:v>
+      </x:c>
+      <x:c r="FN18" s="3" t="n">
+        <x:v>14741</x:v>
+      </x:c>
+      <x:c r="FO18" s="3" t="n">
+        <x:v>13567</x:v>
+      </x:c>
+      <x:c r="FP18" s="3" t="n">
+        <x:v>12313</x:v>
+      </x:c>
+      <x:c r="FQ18" s="3" t="n">
+        <x:v>13586</x:v>
+      </x:c>
+      <x:c r="FR18" s="3" t="n">
+        <x:v>12840</x:v>
+      </x:c>
+      <x:c r="FS18" s="3" t="n">
+        <x:v>8790</x:v>
+      </x:c>
+      <x:c r="FT18" s="3" t="n">
+        <x:v>12903</x:v>
+      </x:c>
+      <x:c r="FU18" s="3" t="n">
+        <x:v>17107</x:v>
+      </x:c>
+      <x:c r="FV18" s="3" t="n">
+        <x:v>16486</x:v>
+      </x:c>
+      <x:c r="FW18" s="3" t="n">
+        <x:v>23104</x:v>
+      </x:c>
+      <x:c r="FX18" s="3" t="n">
+        <x:v>24823</x:v>
+      </x:c>
+      <x:c r="FY18" s="3" t="n">
+        <x:v>22833</x:v>
+      </x:c>
+      <x:c r="FZ18" s="3" t="n">
+        <x:v>17897</x:v>
+      </x:c>
+      <x:c r="GA18" s="3" t="n">
+        <x:v>17325</x:v>
+      </x:c>
+      <x:c r="GB18" s="3" t="n">
+        <x:v>18557</x:v>
+      </x:c>
+      <x:c r="GC18" s="3" t="n">
+        <x:v>19679</x:v>
+      </x:c>
+      <x:c r="GD18" s="3" t="n">
+        <x:v>16765</x:v>
+      </x:c>
+      <x:c r="GE18" s="3" t="n">
+        <x:v>19290</x:v>
+      </x:c>
+      <x:c r="GF18" s="3" t="n">
+        <x:v>16833</x:v>
+      </x:c>
+      <x:c r="GG18" s="3" t="n">
+        <x:v>13382</x:v>
+      </x:c>
+      <x:c r="GH18" s="3" t="n">
+        <x:v>15208</x:v>
+      </x:c>
+      <x:c r="GI18" s="3" t="n">
+        <x:v>12258</x:v>
+      </x:c>
+      <x:c r="GJ18" s="3" t="n">
+        <x:v>12149</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:192">
+      <x:c r="A19" s="2" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="B19" s="3" t="n">
+        <x:v>6825</x:v>
+      </x:c>
+      <x:c r="C19" s="3" t="n">
+        <x:v>6619</x:v>
+      </x:c>
+      <x:c r="D19" s="3" t="n">
+        <x:v>6806</x:v>
+      </x:c>
+      <x:c r="E19" s="3" t="n">
+        <x:v>6870</x:v>
+      </x:c>
+      <x:c r="F19" s="3" t="n">
+        <x:v>7251</x:v>
+      </x:c>
+      <x:c r="G19" s="3" t="n">
+        <x:v>7346</x:v>
+      </x:c>
+      <x:c r="H19" s="3" t="n">
+        <x:v>7364</x:v>
+      </x:c>
+      <x:c r="I19" s="3" t="n">
+        <x:v>7447</x:v>
+      </x:c>
+      <x:c r="J19" s="3" t="n">
+        <x:v>8299</x:v>
+      </x:c>
+      <x:c r="K19" s="3" t="n">
+        <x:v>7422</x:v>
+      </x:c>
+      <x:c r="L19" s="3" t="n">
+        <x:v>7273</x:v>
+      </x:c>
+      <x:c r="M19" s="3" t="n">
+        <x:v>7452</x:v>
+      </x:c>
+      <x:c r="N19" s="3" t="n">
+        <x:v>7199</x:v>
+      </x:c>
+      <x:c r="O19" s="3" t="n">
+        <x:v>7353</x:v>
+      </x:c>
+      <x:c r="P19" s="3" t="n">
+        <x:v>7610</x:v>
+      </x:c>
+      <x:c r="Q19" s="3" t="n">
+        <x:v>7175</x:v>
+      </x:c>
+      <x:c r="R19" s="3" t="n">
+        <x:v>7688</x:v>
+      </x:c>
+      <x:c r="S19" s="3" t="n">
+        <x:v>7795</x:v>
+      </x:c>
+      <x:c r="T19" s="3" t="n">
+        <x:v>7847</x:v>
+      </x:c>
+      <x:c r="U19" s="3" t="n">
+        <x:v>7775</x:v>
+      </x:c>
+      <x:c r="V19" s="3" t="n">
+        <x:v>7956</x:v>
+      </x:c>
+      <x:c r="W19" s="3" t="n">
+        <x:v>8049</x:v>
+      </x:c>
+      <x:c r="X19" s="3" t="n">
+        <x:v>8051</x:v>
+      </x:c>
+      <x:c r="Y19" s="3" t="n">
+        <x:v>8231</x:v>
+      </x:c>
+      <x:c r="Z19" s="3" t="n">
+        <x:v>8367</x:v>
+      </x:c>
+      <x:c r="AA19" s="3" t="n">
+        <x:v>8441</x:v>
+      </x:c>
+      <x:c r="AB19" s="3" t="n">
+        <x:v>8697</x:v>
+      </x:c>
+      <x:c r="AC19" s="3" t="n">
+        <x:v>8970</x:v>
+      </x:c>
+      <x:c r="AD19" s="3" t="n">
+        <x:v>9576</x:v>
+      </x:c>
+      <x:c r="AE19" s="3" t="n">
+        <x:v>9735</x:v>
+      </x:c>
+      <x:c r="AF19" s="3" t="n">
+        <x:v>9838</x:v>
+      </x:c>
+      <x:c r="AG19" s="3" t="n">
+        <x:v>10193</x:v>
+      </x:c>
+      <x:c r="AH19" s="3" t="n">
+        <x:v>10912</x:v>
+      </x:c>
+      <x:c r="AI19" s="3" t="n">
+        <x:v>11050</x:v>
+      </x:c>
+      <x:c r="AJ19" s="3" t="n">
+        <x:v>11407</x:v>
+      </x:c>
+      <x:c r="AK19" s="3" t="n">
+        <x:v>11116</x:v>
+      </x:c>
+      <x:c r="AL19" s="3" t="n">
+        <x:v>11362</x:v>
+      </x:c>
+      <x:c r="AM19" s="3" t="n">
+        <x:v>11192</x:v>
+      </x:c>
+      <x:c r="AN19" s="3" t="n">
+        <x:v>11585</x:v>
+      </x:c>
+      <x:c r="AO19" s="3" t="n">
+        <x:v>11726</x:v>
+      </x:c>
+      <x:c r="AP19" s="3" t="n">
+        <x:v>11485</x:v>
+      </x:c>
+      <x:c r="AQ19" s="3" t="n">
+        <x:v>11804</x:v>
+      </x:c>
+      <x:c r="AR19" s="3" t="n">
+        <x:v>11448</x:v>
+      </x:c>
+      <x:c r="AS19" s="3" t="n">
+        <x:v>11345</x:v>
+      </x:c>
+      <x:c r="AT19" s="3" t="n">
+        <x:v>10900</x:v>
+      </x:c>
+      <x:c r="AU19" s="3" t="n">
+        <x:v>11529</x:v>
+      </x:c>
+      <x:c r="AV19" s="3" t="n">
+        <x:v>10977</x:v>
+      </x:c>
+      <x:c r="AW19" s="3" t="n">
+        <x:v>11234</x:v>
+      </x:c>
+      <x:c r="AX19" s="3" t="n">
+        <x:v>11547</x:v>
+      </x:c>
+      <x:c r="AY19" s="3" t="n">
+        <x:v>11536</x:v>
+      </x:c>
+      <x:c r="AZ19" s="3" t="n">
+        <x:v>11591</x:v>
+      </x:c>
+      <x:c r="BA19" s="3" t="n">
+        <x:v>11753</x:v>
+      </x:c>
+      <x:c r="BB19" s="3" t="n">
+        <x:v>12159</x:v>
+      </x:c>
+      <x:c r="BC19" s="3" t="n">
+        <x:v>12044</x:v>
+      </x:c>
+      <x:c r="BD19" s="3" t="n">
+        <x:v>12094</x:v>
+      </x:c>
+      <x:c r="BE19" s="3" t="n">
+        <x:v>12076</x:v>
+      </x:c>
+      <x:c r="BF19" s="3" t="n">
+        <x:v>12523</x:v>
+      </x:c>
+      <x:c r="BG19" s="3" t="n">
+        <x:v>12551</x:v>
+      </x:c>
+      <x:c r="BH19" s="3" t="n">
+        <x:v>12619</x:v>
+      </x:c>
+      <x:c r="BI19" s="3" t="n">
+        <x:v>12590</x:v>
+      </x:c>
+      <x:c r="BJ19" s="3" t="n">
+        <x:v>12870</x:v>
+      </x:c>
+      <x:c r="BK19" s="3" t="n">
+        <x:v>13390</x:v>
+      </x:c>
+      <x:c r="BL19" s="3" t="n">
+        <x:v>13615</x:v>
+      </x:c>
+      <x:c r="BM19" s="3" t="n">
+        <x:v>13881</x:v>
+      </x:c>
+      <x:c r="BN19" s="3" t="n">
+        <x:v>14482</x:v>
+      </x:c>
+      <x:c r="BO19" s="3" t="n">
+        <x:v>14908</x:v>
+      </x:c>
+      <x:c r="BP19" s="3" t="n">
+        <x:v>15309</x:v>
+      </x:c>
+      <x:c r="BQ19" s="3" t="n">
+        <x:v>15197</x:v>
+      </x:c>
+      <x:c r="BR19" s="3" t="n">
+        <x:v>16180</x:v>
+      </x:c>
+      <x:c r="BS19" s="3" t="n">
+        <x:v>16533</x:v>
+      </x:c>
+      <x:c r="BT19" s="3" t="n">
+        <x:v>16537</x:v>
+      </x:c>
+      <x:c r="BU19" s="3" t="n">
+        <x:v>16555</x:v>
+      </x:c>
+      <x:c r="BV19" s="3" t="n">
+        <x:v>17705</x:v>
+      </x:c>
+      <x:c r="BW19" s="3" t="n">
+        <x:v>17171</x:v>
+      </x:c>
+      <x:c r="BX19" s="3" t="n">
+        <x:v>17323</x:v>
+      </x:c>
+      <x:c r="BY19" s="3" t="n">
+        <x:v>17813</x:v>
+      </x:c>
+      <x:c r="BZ19" s="3" t="n">
+        <x:v>17718</x:v>
+      </x:c>
+      <x:c r="CA19" s="3" t="n">
+        <x:v>18535</x:v>
+      </x:c>
+      <x:c r="CB19" s="3" t="n">
+        <x:v>19039</x:v>
+      </x:c>
+      <x:c r="CC19" s="3" t="n">
+        <x:v>19561</x:v>
+      </x:c>
+      <x:c r="CD19" s="3" t="n">
+        <x:v>20080</x:v>
+      </x:c>
+      <x:c r="CE19" s="3" t="n">
+        <x:v>19579</x:v>
+      </x:c>
+      <x:c r="CF19" s="3" t="n">
+        <x:v>20188</x:v>
+      </x:c>
+      <x:c r="CG19" s="3" t="n">
+        <x:v>20164</x:v>
+      </x:c>
+      <x:c r="CH19" s="3" t="n">
+        <x:v>19735</x:v>
+      </x:c>
+      <x:c r="CI19" s="3" t="n">
+        <x:v>19791</x:v>
+      </x:c>
+      <x:c r="CJ19" s="3" t="n">
+        <x:v>20173</x:v>
+      </x:c>
+      <x:c r="CK19" s="3" t="n">
+        <x:v>20726</x:v>
+      </x:c>
+      <x:c r="CL19" s="3" t="n">
+        <x:v>20708</x:v>
+      </x:c>
+      <x:c r="CM19" s="3" t="n">
+        <x:v>20686</x:v>
+      </x:c>
+      <x:c r="CN19" s="3" t="n">
+        <x:v>20380</x:v>
+      </x:c>
+      <x:c r="CO19" s="3" t="n">
+        <x:v>20416</x:v>
+      </x:c>
+      <x:c r="CP19" s="3" t="n">
+        <x:v>20906</x:v>
+      </x:c>
+      <x:c r="CQ19" s="3" t="n">
+        <x:v>21695</x:v>
+      </x:c>
+      <x:c r="CR19" s="3" t="n">
+        <x:v>21729</x:v>
+      </x:c>
+      <x:c r="CS19" s="3" t="n">
+        <x:v>20250</x:v>
+      </x:c>
+      <x:c r="CT19" s="3" t="n">
+        <x:v>22260</x:v>
+      </x:c>
+      <x:c r="CU19" s="3" t="n">
+        <x:v>22053</x:v>
+      </x:c>
+      <x:c r="CV19" s="3" t="n">
+        <x:v>21713</x:v>
+      </x:c>
+      <x:c r="CW19" s="3" t="n">
+        <x:v>22022</x:v>
+      </x:c>
+      <x:c r="CX19" s="3" t="n">
+        <x:v>22393</x:v>
+      </x:c>
+      <x:c r="CY19" s="3" t="n">
+        <x:v>22369</x:v>
+      </x:c>
+      <x:c r="CZ19" s="3" t="n">
+        <x:v>23233</x:v>
+      </x:c>
+      <x:c r="DA19" s="3" t="n">
+        <x:v>23595</x:v>
+      </x:c>
+      <x:c r="DB19" s="3" t="n">
+        <x:v>23836</x:v>
+      </x:c>
+      <x:c r="DC19" s="3" t="n">
+        <x:v>24028</x:v>
+      </x:c>
+      <x:c r="DD19" s="3" t="n">
+        <x:v>24744</x:v>
+      </x:c>
+      <x:c r="DE19" s="3" t="n">
+        <x:v>24726</x:v>
+      </x:c>
+      <x:c r="DF19" s="3" t="n">
+        <x:v>26403</x:v>
+      </x:c>
+      <x:c r="DG19" s="3" t="n">
+        <x:v>26633</x:v>
+      </x:c>
+      <x:c r="DH19" s="3" t="n">
+        <x:v>27013</x:v>
+      </x:c>
+      <x:c r="DI19" s="3" t="n">
+        <x:v>27287</x:v>
+      </x:c>
+      <x:c r="DJ19" s="3" t="n">
+        <x:v>28531</x:v>
+      </x:c>
+      <x:c r="DK19" s="3" t="n">
+        <x:v>28958</x:v>
+      </x:c>
+      <x:c r="DL19" s="3" t="n">
+        <x:v>29271</x:v>
+      </x:c>
+      <x:c r="DM19" s="3" t="n">
+        <x:v>30614</x:v>
+      </x:c>
+      <x:c r="DN19" s="3" t="n">
+        <x:v>31630</x:v>
+      </x:c>
+      <x:c r="DO19" s="3" t="n">
+        <x:v>31315</x:v>
+      </x:c>
+      <x:c r="DP19" s="3" t="n">
+        <x:v>30811</x:v>
+      </x:c>
+      <x:c r="DQ19" s="3" t="n">
+        <x:v>31481</x:v>
+      </x:c>
+      <x:c r="DR19" s="3" t="n">
+        <x:v>31960</x:v>
+      </x:c>
+      <x:c r="DS19" s="3" t="n">
+        <x:v>31922</x:v>
+      </x:c>
+      <x:c r="DT19" s="3" t="n">
+        <x:v>32258</x:v>
+      </x:c>
+      <x:c r="DU19" s="3" t="n">
+        <x:v>29679</x:v>
+      </x:c>
+      <x:c r="DV19" s="3" t="n">
+        <x:v>27691</x:v>
+      </x:c>
+      <x:c r="DW19" s="3" t="n">
+        <x:v>28241</x:v>
+      </x:c>
+      <x:c r="DX19" s="3" t="n">
+        <x:v>28608</x:v>
+      </x:c>
+      <x:c r="DY19" s="3" t="n">
+        <x:v>29618</x:v>
+      </x:c>
+      <x:c r="DZ19" s="3" t="n">
+        <x:v>31720</x:v>
+      </x:c>
+      <x:c r="EA19" s="3" t="n">
+        <x:v>32577</x:v>
+      </x:c>
+      <x:c r="EB19" s="3" t="n">
+        <x:v>33119</x:v>
+      </x:c>
+      <x:c r="EC19" s="3" t="n">
+        <x:v>32874</x:v>
+      </x:c>
+      <x:c r="ED19" s="3" t="n">
+        <x:v>32794</x:v>
+      </x:c>
+      <x:c r="EE19" s="3" t="n">
+        <x:v>33724</x:v>
+      </x:c>
+      <x:c r="EF19" s="3" t="n">
+        <x:v>33181</x:v>
+      </x:c>
+      <x:c r="EG19" s="3" t="n">
+        <x:v>32794</x:v>
+      </x:c>
+      <x:c r="EH19" s="3" t="n">
+        <x:v>33026</x:v>
+      </x:c>
+      <x:c r="EI19" s="3" t="n">
+        <x:v>32725</x:v>
+      </x:c>
+      <x:c r="EJ19" s="3" t="n">
+        <x:v>32539</x:v>
+      </x:c>
+      <x:c r="EK19" s="3" t="n">
+        <x:v>32377</x:v>
+      </x:c>
+      <x:c r="EL19" s="3" t="n">
+        <x:v>32467</x:v>
+      </x:c>
+      <x:c r="EM19" s="3" t="n">
+        <x:v>31536</x:v>
+      </x:c>
+      <x:c r="EN19" s="3" t="n">
+        <x:v>32190</x:v>
+      </x:c>
+      <x:c r="EO19" s="3" t="n">
+        <x:v>32581</x:v>
+      </x:c>
+      <x:c r="EP19" s="3" t="n">
+        <x:v>31717</x:v>
+      </x:c>
+      <x:c r="EQ19" s="3" t="n">
+        <x:v>33178</x:v>
+      </x:c>
+      <x:c r="ER19" s="3" t="n">
+        <x:v>32854</x:v>
+      </x:c>
+      <x:c r="ES19" s="3" t="n">
+        <x:v>33585</x:v>
+      </x:c>
+      <x:c r="ET19" s="3" t="n">
+        <x:v>33461</x:v>
+      </x:c>
+      <x:c r="EU19" s="3" t="n">
+        <x:v>32997</x:v>
+      </x:c>
+      <x:c r="EV19" s="3" t="n">
+        <x:v>33269</x:v>
+      </x:c>
+      <x:c r="EW19" s="3" t="n">
+        <x:v>32654</x:v>
+      </x:c>
+      <x:c r="EX19" s="3" t="n">
+        <x:v>33199</x:v>
+      </x:c>
+      <x:c r="EY19" s="3" t="n">
+        <x:v>33730</x:v>
+      </x:c>
+      <x:c r="EZ19" s="3" t="n">
+        <x:v>34677</x:v>
+      </x:c>
+      <x:c r="FA19" s="3" t="n">
+        <x:v>33920</x:v>
+      </x:c>
+      <x:c r="FB19" s="3" t="n">
+        <x:v>35641</x:v>
+      </x:c>
+      <x:c r="FC19" s="3" t="n">
+        <x:v>36559</x:v>
+      </x:c>
+      <x:c r="FD19" s="3" t="n">
+        <x:v>36728</x:v>
+      </x:c>
+      <x:c r="FE19" s="3" t="n">
+        <x:v>36966</x:v>
+      </x:c>
+      <x:c r="FF19" s="3" t="n">
+        <x:v>36469</x:v>
+      </x:c>
+      <x:c r="FG19" s="3" t="n">
+        <x:v>36454</x:v>
+      </x:c>
+      <x:c r="FH19" s="3" t="n">
+        <x:v>36335</x:v>
+      </x:c>
+      <x:c r="FI19" s="3" t="n">
+        <x:v>36843</x:v>
+      </x:c>
+      <x:c r="FJ19" s="3" t="n">
+        <x:v>36107</x:v>
+      </x:c>
+      <x:c r="FK19" s="3" t="n">
+        <x:v>36418</x:v>
+      </x:c>
+      <x:c r="FL19" s="3" t="n">
+        <x:v>36906</x:v>
+      </x:c>
+      <x:c r="FM19" s="3" t="n">
+        <x:v>35782</x:v>
+      </x:c>
+      <x:c r="FN19" s="3" t="n">
+        <x:v>36676</x:v>
+      </x:c>
+      <x:c r="FO19" s="3" t="n">
+        <x:v>37337</x:v>
+      </x:c>
+      <x:c r="FP19" s="3" t="n">
+        <x:v>36865</x:v>
+      </x:c>
+      <x:c r="FQ19" s="3" t="n">
+        <x:v>37761</x:v>
+      </x:c>
+      <x:c r="FR19" s="3" t="n">
+        <x:v>38056</x:v>
+      </x:c>
+      <x:c r="FS19" s="3" t="n">
+        <x:v>40580</x:v>
+      </x:c>
+      <x:c r="FT19" s="3" t="n">
+        <x:v>39495</x:v>
+      </x:c>
+      <x:c r="FU19" s="3" t="n">
+        <x:v>41210</x:v>
+      </x:c>
+      <x:c r="FV19" s="3" t="n">
+        <x:v>41571</x:v>
+      </x:c>
+      <x:c r="FW19" s="3" t="n">
+        <x:v>39480</x:v>
+      </x:c>
+      <x:c r="FX19" s="3" t="n">
+        <x:v>40353</x:v>
+      </x:c>
+      <x:c r="FY19" s="3" t="n">
+        <x:v>39981</x:v>
+      </x:c>
+      <x:c r="FZ19" s="3" t="n">
+        <x:v>36952</x:v>
+      </x:c>
+      <x:c r="GA19" s="3" t="n">
+        <x:v>37465</x:v>
+      </x:c>
+      <x:c r="GB19" s="3" t="n">
+        <x:v>36011</x:v>
+      </x:c>
+      <x:c r="GC19" s="3" t="n">
+        <x:v>37877</x:v>
+      </x:c>
+      <x:c r="GD19" s="3" t="n">
+        <x:v>37160</x:v>
+      </x:c>
+      <x:c r="GE19" s="3" t="n">
+        <x:v>36063</x:v>
+      </x:c>
+      <x:c r="GF19" s="3" t="n">
+        <x:v>37556</x:v>
+      </x:c>
+      <x:c r="GG19" s="3" t="n">
+        <x:v>37104</x:v>
+      </x:c>
+      <x:c r="GH19" s="3" t="n">
+        <x:v>39155</x:v>
+      </x:c>
+      <x:c r="GI19" s="3" t="n">
+        <x:v>40551</x:v>
+      </x:c>
+      <x:c r="GJ19" s="3" t="n">
+        <x:v>40424</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:192">
+      <x:c r="A20" s="2" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="B20" s="3" t="n">
+        <x:v>8509</x:v>
+      </x:c>
+      <x:c r="C20" s="3" t="n">
+        <x:v>8979</x:v>
+      </x:c>
+      <x:c r="D20" s="3" t="n">
+        <x:v>9052</x:v>
+      </x:c>
+      <x:c r="E20" s="3" t="n">
+        <x:v>9734</x:v>
+      </x:c>
+      <x:c r="F20" s="3" t="n">
+        <x:v>7581</x:v>
+      </x:c>
+      <x:c r="G20" s="3" t="n">
+        <x:v>7957</x:v>
+      </x:c>
+      <x:c r="H20" s="3" t="n">
+        <x:v>8017</x:v>
+      </x:c>
+      <x:c r="I20" s="3" t="n">
+        <x:v>8773</x:v>
+      </x:c>
+      <x:c r="J20" s="3" t="n">
+        <x:v>10137</x:v>
+      </x:c>
+      <x:c r="K20" s="3" t="n">
+        <x:v>9985</x:v>
+      </x:c>
+      <x:c r="L20" s="3" t="n">
+        <x:v>10353</x:v>
+      </x:c>
+      <x:c r="M20" s="3" t="n">
+        <x:v>9901</x:v>
+      </x:c>
+      <x:c r="N20" s="3" t="n">
+        <x:v>9034</x:v>
+      </x:c>
+      <x:c r="O20" s="3" t="n">
+        <x:v>9055</x:v>
+      </x:c>
+      <x:c r="P20" s="3" t="n">
+        <x:v>9019</x:v>
+      </x:c>
+      <x:c r="Q20" s="3" t="n">
+        <x:v>9518</x:v>
+      </x:c>
+      <x:c r="R20" s="3" t="n">
+        <x:v>10768</x:v>
+      </x:c>
+      <x:c r="S20" s="3" t="n">
+        <x:v>11080</x:v>
+      </x:c>
+      <x:c r="T20" s="3" t="n">
+        <x:v>10192</x:v>
+      </x:c>
+      <x:c r="U20" s="3" t="n">
+        <x:v>9724</x:v>
+      </x:c>
+      <x:c r="V20" s="3" t="n">
+        <x:v>7379</x:v>
+      </x:c>
+      <x:c r="W20" s="3" t="n">
+        <x:v>9021</x:v>
+      </x:c>
+      <x:c r="X20" s="3" t="n">
+        <x:v>9584</x:v>
+      </x:c>
+      <x:c r="Y20" s="3" t="n">
+        <x:v>8895</x:v>
+      </x:c>
+      <x:c r="Z20" s="3" t="n">
+        <x:v>9321</x:v>
+      </x:c>
+      <x:c r="AA20" s="3" t="n">
+        <x:v>9434</x:v>
+      </x:c>
+      <x:c r="AB20" s="3" t="n">
+        <x:v>9849</x:v>
+      </x:c>
+      <x:c r="AC20" s="3" t="n">
+        <x:v>9753</x:v>
+      </x:c>
+      <x:c r="AD20" s="3" t="n">
+        <x:v>10177</x:v>
+      </x:c>
+      <x:c r="AE20" s="3" t="n">
+        <x:v>9915</x:v>
+      </x:c>
+      <x:c r="AF20" s="3" t="n">
+        <x:v>10369</x:v>
+      </x:c>
+      <x:c r="AG20" s="3" t="n">
+        <x:v>10983</x:v>
+      </x:c>
+      <x:c r="AH20" s="3" t="n">
+        <x:v>11278</x:v>
+      </x:c>
+      <x:c r="AI20" s="3" t="n">
+        <x:v>11798</x:v>
+      </x:c>
+      <x:c r="AJ20" s="3" t="n">
+        <x:v>11419</x:v>
+      </x:c>
+      <x:c r="AK20" s="3" t="n">
+        <x:v>10890</x:v>
+      </x:c>
+      <x:c r="AL20" s="3" t="n">
+        <x:v>10573</x:v>
+      </x:c>
+      <x:c r="AM20" s="3" t="n">
+        <x:v>10846</x:v>
+      </x:c>
+      <x:c r="AN20" s="3" t="n">
+        <x:v>10639</x:v>
+      </x:c>
+      <x:c r="AO20" s="3" t="n">
+        <x:v>11015</x:v>
+      </x:c>
+      <x:c r="AP20" s="3" t="n">
+        <x:v>11404</x:v>
+      </x:c>
+      <x:c r="AQ20" s="3" t="n">
+        <x:v>11114</x:v>
+      </x:c>
+      <x:c r="AR20" s="3" t="n">
+        <x:v>11670</x:v>
+      </x:c>
+      <x:c r="AS20" s="3" t="n">
+        <x:v>11260</x:v>
+      </x:c>
+      <x:c r="AT20" s="3" t="n">
+        <x:v>10384</x:v>
+      </x:c>
+      <x:c r="AU20" s="3" t="n">
+        <x:v>10875</x:v>
+      </x:c>
+      <x:c r="AV20" s="3" t="n">
+        <x:v>10022</x:v>
+      </x:c>
+      <x:c r="AW20" s="3" t="n">
+        <x:v>11251</x:v>
+      </x:c>
+      <x:c r="AX20" s="3" t="n">
+        <x:v>11936</x:v>
+      </x:c>
+      <x:c r="AY20" s="3" t="n">
+        <x:v>11463</x:v>
+      </x:c>
+      <x:c r="AZ20" s="3" t="n">
+        <x:v>11861</x:v>
+      </x:c>
+      <x:c r="BA20" s="3" t="n">
+        <x:v>11837</x:v>
+      </x:c>
+      <x:c r="BB20" s="3" t="n">
+        <x:v>11406</x:v>
+      </x:c>
+      <x:c r="BC20" s="3" t="n">
+        <x:v>11688</x:v>
+      </x:c>
+      <x:c r="BD20" s="3" t="n">
+        <x:v>11419</x:v>
+      </x:c>
+      <x:c r="BE20" s="3" t="n">
+        <x:v>11861</x:v>
+      </x:c>
+      <x:c r="BF20" s="3" t="n">
+        <x:v>12700</x:v>
+      </x:c>
+      <x:c r="BG20" s="3" t="n">
+        <x:v>12792</x:v>
+      </x:c>
+      <x:c r="BH20" s="3" t="n">
+        <x:v>12868</x:v>
+      </x:c>
+      <x:c r="BI20" s="3" t="n">
+        <x:v>12016</x:v>
+      </x:c>
+      <x:c r="BJ20" s="3" t="n">
+        <x:v>12201</x:v>
+      </x:c>
+      <x:c r="BK20" s="3" t="n">
+        <x:v>12862</x:v>
+      </x:c>
+      <x:c r="BL20" s="3" t="n">
+        <x:v>13222</x:v>
+      </x:c>
+      <x:c r="BM20" s="3" t="n">
+        <x:v>13575</x:v>
+      </x:c>
+      <x:c r="BN20" s="3" t="n">
+        <x:v>14330</x:v>
+      </x:c>
+      <x:c r="BO20" s="3" t="n">
+        <x:v>14042</x:v>
+      </x:c>
+      <x:c r="BP20" s="3" t="n">
+        <x:v>15455</x:v>
+      </x:c>
+      <x:c r="BQ20" s="3" t="n">
+        <x:v>14193</x:v>
+      </x:c>
+      <x:c r="BR20" s="3" t="n">
+        <x:v>14705</x:v>
+      </x:c>
+      <x:c r="BS20" s="3" t="n">
+        <x:v>15155</x:v>
+      </x:c>
+      <x:c r="BT20" s="3" t="n">
+        <x:v>14823</x:v>
+      </x:c>
+      <x:c r="BU20" s="3" t="n">
+        <x:v>15022</x:v>
+      </x:c>
+      <x:c r="BV20" s="3" t="n">
+        <x:v>15970</x:v>
+      </x:c>
+      <x:c r="BW20" s="3" t="n">
+        <x:v>15767</x:v>
+      </x:c>
+      <x:c r="BX20" s="3" t="n">
+        <x:v>16534</x:v>
+      </x:c>
+      <x:c r="BY20" s="3" t="n">
+        <x:v>16531</x:v>
+      </x:c>
+      <x:c r="BZ20" s="3" t="n">
+        <x:v>16724</x:v>
+      </x:c>
+      <x:c r="CA20" s="3" t="n">
+        <x:v>17399</x:v>
+      </x:c>
+      <x:c r="CB20" s="3" t="n">
+        <x:v>17543</x:v>
+      </x:c>
+      <x:c r="CC20" s="3" t="n">
+        <x:v>19197</x:v>
+      </x:c>
+      <x:c r="CD20" s="3" t="n">
+        <x:v>20284</x:v>
+      </x:c>
+      <x:c r="CE20" s="3" t="n">
+        <x:v>20366</x:v>
+      </x:c>
+      <x:c r="CF20" s="3" t="n">
+        <x:v>20307</x:v>
+      </x:c>
+      <x:c r="CG20" s="3" t="n">
+        <x:v>19637</x:v>
+      </x:c>
+      <x:c r="CH20" s="3" t="n">
+        <x:v>18416</x:v>
+      </x:c>
+      <x:c r="CI20" s="3" t="n">
+        <x:v>16751</x:v>
+      </x:c>
+      <x:c r="CJ20" s="3" t="n">
+        <x:v>16658</x:v>
+      </x:c>
+      <x:c r="CK20" s="3" t="n">
+        <x:v>18045</x:v>
+      </x:c>
+      <x:c r="CL20" s="3" t="n">
+        <x:v>16731</x:v>
+      </x:c>
+      <x:c r="CM20" s="3" t="n">
+        <x:v>17362</x:v>
+      </x:c>
+      <x:c r="CN20" s="3" t="n">
+        <x:v>17104</x:v>
+      </x:c>
+      <x:c r="CO20" s="3" t="n">
+        <x:v>15609</x:v>
+      </x:c>
+      <x:c r="CP20" s="3" t="n">
+        <x:v>17253</x:v>
+      </x:c>
+      <x:c r="CQ20" s="3" t="n">
+        <x:v>17473</x:v>
+      </x:c>
+      <x:c r="CR20" s="3" t="n">
+        <x:v>17779</x:v>
+      </x:c>
+      <x:c r="CS20" s="3" t="n">
+        <x:v>17593</x:v>
+      </x:c>
+      <x:c r="CT20" s="3" t="n">
+        <x:v>18413</x:v>
+      </x:c>
+      <x:c r="CU20" s="3" t="n">
+        <x:v>19305</x:v>
+      </x:c>
+      <x:c r="CV20" s="3" t="n">
+        <x:v>18661</x:v>
+      </x:c>
+      <x:c r="CW20" s="3" t="n">
+        <x:v>19953</x:v>
+      </x:c>
+      <x:c r="CX20" s="3" t="n">
+        <x:v>17397</x:v>
+      </x:c>
+      <x:c r="CY20" s="3" t="n">
+        <x:v>18872</x:v>
+      </x:c>
+      <x:c r="CZ20" s="3" t="n">
+        <x:v>18628</x:v>
+      </x:c>
+      <x:c r="DA20" s="3" t="n">
+        <x:v>19785</x:v>
+      </x:c>
+      <x:c r="DB20" s="3" t="n">
+        <x:v>21699</x:v>
+      </x:c>
+      <x:c r="DC20" s="3" t="n">
+        <x:v>22188</x:v>
+      </x:c>
+      <x:c r="DD20" s="3" t="n">
+        <x:v>24019</x:v>
+      </x:c>
+      <x:c r="DE20" s="3" t="n">
+        <x:v>22780</x:v>
+      </x:c>
+      <x:c r="DF20" s="3" t="n">
+        <x:v>24023</x:v>
+      </x:c>
+      <x:c r="DG20" s="3" t="n">
+        <x:v>25237</x:v>
+      </x:c>
+      <x:c r="DH20" s="3" t="n">
+        <x:v>25835</x:v>
+      </x:c>
+      <x:c r="DI20" s="3" t="n">
+        <x:v>24954</x:v>
+      </x:c>
+      <x:c r="DJ20" s="3" t="n">
+        <x:v>26067</x:v>
+      </x:c>
+      <x:c r="DK20" s="3" t="n">
+        <x:v>23552</x:v>
+      </x:c>
+      <x:c r="DL20" s="3" t="n">
+        <x:v>25221</x:v>
+      </x:c>
+      <x:c r="DM20" s="3" t="n">
+        <x:v>30300</x:v>
+      </x:c>
+      <x:c r="DN20" s="3" t="n">
+        <x:v>27770</x:v>
+      </x:c>
+      <x:c r="DO20" s="3" t="n">
+        <x:v>26621</x:v>
+      </x:c>
+      <x:c r="DP20" s="3" t="n">
+        <x:v>24714</x:v>
+      </x:c>
+      <x:c r="DQ20" s="3" t="n">
+        <x:v>25713</x:v>
+      </x:c>
+      <x:c r="DR20" s="3" t="n">
+        <x:v>30467</x:v>
+      </x:c>
+      <x:c r="DS20" s="3" t="n">
+        <x:v>30067</x:v>
+      </x:c>
+      <x:c r="DT20" s="3" t="n">
+        <x:v>30299</x:v>
+      </x:c>
+      <x:c r="DU20" s="3" t="n">
+        <x:v>27274</x:v>
+      </x:c>
+      <x:c r="DV20" s="3" t="n">
+        <x:v>21291</x:v>
+      </x:c>
+      <x:c r="DW20" s="3" t="n">
+        <x:v>21499</x:v>
+      </x:c>
+      <x:c r="DX20" s="3" t="n">
+        <x:v>23389</x:v>
+      </x:c>
+      <x:c r="DY20" s="3" t="n">
+        <x:v>22619</x:v>
+      </x:c>
+      <x:c r="DZ20" s="3" t="n">
+        <x:v>21677</x:v>
+      </x:c>
+      <x:c r="EA20" s="3" t="n">
+        <x:v>23872</x:v>
+      </x:c>
+      <x:c r="EB20" s="3" t="n">
+        <x:v>21177</x:v>
+      </x:c>
+      <x:c r="EC20" s="3" t="n">
+        <x:v>22640</x:v>
+      </x:c>
+      <x:c r="ED20" s="3" t="n">
+        <x:v>27332</x:v>
+      </x:c>
+      <x:c r="EE20" s="3" t="n">
+        <x:v>25302</x:v>
+      </x:c>
+      <x:c r="EF20" s="3" t="n">
+        <x:v>24438</x:v>
+      </x:c>
+      <x:c r="EG20" s="3" t="n">
+        <x:v>25629</x:v>
+      </x:c>
+      <x:c r="EH20" s="3" t="n">
+        <x:v>25018</x:v>
+      </x:c>
+      <x:c r="EI20" s="3" t="n">
+        <x:v>25158</x:v>
+      </x:c>
+      <x:c r="EJ20" s="3" t="n">
+        <x:v>26091</x:v>
+      </x:c>
+      <x:c r="EK20" s="3" t="n">
+        <x:v>24971</x:v>
+      </x:c>
+      <x:c r="EL20" s="3" t="n">
+        <x:v>23818</x:v>
+      </x:c>
+      <x:c r="EM20" s="3" t="n">
+        <x:v>25259</x:v>
+      </x:c>
+      <x:c r="EN20" s="3" t="n">
+        <x:v>25842</x:v>
+      </x:c>
+      <x:c r="EO20" s="3" t="n">
+        <x:v>24896</x:v>
+      </x:c>
+      <x:c r="EP20" s="3" t="n">
+        <x:v>25965</x:v>
+      </x:c>
+      <x:c r="EQ20" s="3" t="n">
+        <x:v>25244</x:v>
+      </x:c>
+      <x:c r="ER20" s="3" t="n">
+        <x:v>25846</x:v>
+      </x:c>
+      <x:c r="ES20" s="3" t="n">
+        <x:v>25224</x:v>
+      </x:c>
+      <x:c r="ET20" s="3" t="n">
+        <x:v>23753</x:v>
+      </x:c>
+      <x:c r="EU20" s="3" t="n">
+        <x:v>24368</x:v>
+      </x:c>
+      <x:c r="EV20" s="3" t="n">
+        <x:v>20824</x:v>
+      </x:c>
+      <x:c r="EW20" s="3" t="n">
+        <x:v>21743</x:v>
+      </x:c>
+      <x:c r="EX20" s="3" t="n">
+        <x:v>23733</x:v>
+      </x:c>
+      <x:c r="EY20" s="3" t="n">
+        <x:v>21353</x:v>
+      </x:c>
+      <x:c r="EZ20" s="3" t="n">
+        <x:v>22193</x:v>
+      </x:c>
+      <x:c r="FA20" s="3" t="n">
+        <x:v>22331</x:v>
+      </x:c>
+      <x:c r="FB20" s="3" t="n">
+        <x:v>21314</x:v>
+      </x:c>
+      <x:c r="FC20" s="3" t="n">
+        <x:v>22948</x:v>
+      </x:c>
+      <x:c r="FD20" s="3" t="n">
+        <x:v>23872</x:v>
+      </x:c>
+      <x:c r="FE20" s="3" t="n">
+        <x:v>24483</x:v>
+      </x:c>
+      <x:c r="FF20" s="3" t="n">
+        <x:v>24291</x:v>
+      </x:c>
+      <x:c r="FG20" s="3" t="n">
+        <x:v>23344</x:v>
+      </x:c>
+      <x:c r="FH20" s="3" t="n">
+        <x:v>24421</x:v>
+      </x:c>
+      <x:c r="FI20" s="3" t="n">
+        <x:v>24769</x:v>
+      </x:c>
+      <x:c r="FJ20" s="3" t="n">
+        <x:v>25207</x:v>
+      </x:c>
+      <x:c r="FK20" s="3" t="n">
+        <x:v>24570</x:v>
+      </x:c>
+      <x:c r="FL20" s="3" t="n">
+        <x:v>25570</x:v>
+      </x:c>
+      <x:c r="FM20" s="3" t="n">
+        <x:v>26596</x:v>
+      </x:c>
+      <x:c r="FN20" s="3" t="n">
+        <x:v>24393</x:v>
+      </x:c>
+      <x:c r="FO20" s="3" t="n">
+        <x:v>23343</x:v>
+      </x:c>
+      <x:c r="FP20" s="3" t="n">
+        <x:v>24702</x:v>
+      </x:c>
+      <x:c r="FQ20" s="3" t="n">
+        <x:v>26337</x:v>
+      </x:c>
+      <x:c r="FR20" s="3" t="n">
+        <x:v>19531</x:v>
+      </x:c>
+      <x:c r="FS20" s="3" t="n">
+        <x:v>30418</x:v>
+      </x:c>
+      <x:c r="FT20" s="3" t="n">
+        <x:v>24375</x:v>
+      </x:c>
+      <x:c r="FU20" s="3" t="n">
+        <x:v>22759</x:v>
+      </x:c>
+      <x:c r="FV20" s="3" t="n">
+        <x:v>25800</x:v>
+      </x:c>
+      <x:c r="FW20" s="3" t="n">
+        <x:v>25110</x:v>
+      </x:c>
+      <x:c r="FX20" s="3" t="n">
+        <x:v>26432</x:v>
+      </x:c>
+      <x:c r="FY20" s="3" t="n">
+        <x:v>25258</x:v>
+      </x:c>
+      <x:c r="FZ20" s="3" t="n">
+        <x:v>23440</x:v>
+      </x:c>
+      <x:c r="GA20" s="3" t="n">
+        <x:v>25686</x:v>
+      </x:c>
+      <x:c r="GB20" s="3" t="n">
+        <x:v>23425</x:v>
+      </x:c>
+      <x:c r="GC20" s="3" t="n">
+        <x:v>23839</x:v>
+      </x:c>
+      <x:c r="GD20" s="3" t="n">
+        <x:v>23979</x:v>
+      </x:c>
+      <x:c r="GE20" s="3" t="n">
+        <x:v>24665</x:v>
+      </x:c>
+      <x:c r="GF20" s="3" t="n">
+        <x:v>26325</x:v>
+      </x:c>
+      <x:c r="GG20" s="3" t="n">
+        <x:v>25233</x:v>
+      </x:c>
+      <x:c r="GH20" s="3" t="n">
+        <x:v>27671</x:v>
+      </x:c>
+      <x:c r="GI20" s="3" t="n">
+        <x:v>24161</x:v>
+      </x:c>
+      <x:c r="GJ20" s="3" t="n">
+        <x:v>26155</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:192">
+      <x:c r="A21" s="2" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="B21" s="3" t="n">
+        <x:v>7830</x:v>
+      </x:c>
+      <x:c r="C21" s="3" t="n">
+        <x:v>7776</x:v>
+      </x:c>
+      <x:c r="D21" s="3" t="n">
+        <x:v>8124</x:v>
+      </x:c>
+      <x:c r="E21" s="3" t="n">
+        <x:v>8184</x:v>
+      </x:c>
+      <x:c r="F21" s="3" t="n">
+        <x:v>7729</x:v>
+      </x:c>
+      <x:c r="G21" s="3" t="n">
+        <x:v>8298</x:v>
+      </x:c>
+      <x:c r="H21" s="3" t="n">
+        <x:v>8342</x:v>
+      </x:c>
+      <x:c r="I21" s="3" t="n">
+        <x:v>8401</x:v>
+      </x:c>
+      <x:c r="J21" s="3" t="n">
+        <x:v>9247</x:v>
+      </x:c>
+      <x:c r="K21" s="3" t="n">
+        <x:v>9461</x:v>
+      </x:c>
+      <x:c r="L21" s="3" t="n">
+        <x:v>9382</x:v>
+      </x:c>
+      <x:c r="M21" s="3" t="n">
+        <x:v>9533</x:v>
+      </x:c>
+      <x:c r="N21" s="3" t="n">
+        <x:v>9780</x:v>
+      </x:c>
+      <x:c r="O21" s="3" t="n">
+        <x:v>9637</x:v>
+      </x:c>
+      <x:c r="P21" s="3" t="n">
+        <x:v>9809</x:v>
+      </x:c>
+      <x:c r="Q21" s="3" t="n">
+        <x:v>10192</x:v>
+      </x:c>
+      <x:c r="R21" s="3" t="n">
+        <x:v>9863</x:v>
+      </x:c>
+      <x:c r="S21" s="3" t="n">
+        <x:v>10218</x:v>
+      </x:c>
+      <x:c r="T21" s="3" t="n">
+        <x:v>11100</x:v>
+      </x:c>
+      <x:c r="U21" s="3" t="n">
+        <x:v>10122</x:v>
+      </x:c>
+      <x:c r="V21" s="3" t="n">
+        <x:v>9539</x:v>
+      </x:c>
+      <x:c r="W21" s="3" t="n">
+        <x:v>9666</x:v>
+      </x:c>
+      <x:c r="X21" s="3" t="n">
+        <x:v>9577</x:v>
+      </x:c>
+      <x:c r="Y21" s="3" t="n">
+        <x:v>10303</x:v>
+      </x:c>
+      <x:c r="Z21" s="3" t="n">
+        <x:v>11424</x:v>
+      </x:c>
+      <x:c r="AA21" s="3" t="n">
+        <x:v>11278</x:v>
+      </x:c>
+      <x:c r="AB21" s="3" t="n">
+        <x:v>12030</x:v>
+      </x:c>
+      <x:c r="AC21" s="3" t="n">
+        <x:v>12437</x:v>
+      </x:c>
+      <x:c r="AD21" s="3" t="n">
+        <x:v>13761</x:v>
+      </x:c>
+      <x:c r="AE21" s="3" t="n">
+        <x:v>14075</x:v>
+      </x:c>
+      <x:c r="AF21" s="3" t="n">
+        <x:v>14629</x:v>
+      </x:c>
+      <x:c r="AG21" s="3" t="n">
+        <x:v>15361</x:v>
+      </x:c>
+      <x:c r="AH21" s="3" t="n">
+        <x:v>16327</x:v>
+      </x:c>
+      <x:c r="AI21" s="3" t="n">
+        <x:v>17057</x:v>
+      </x:c>
+      <x:c r="AJ21" s="3" t="n">
+        <x:v>16856</x:v>
+      </x:c>
+      <x:c r="AK21" s="3" t="n">
+        <x:v>15930</x:v>
+      </x:c>
+      <x:c r="AL21" s="3" t="n">
+        <x:v>14494</x:v>
+      </x:c>
+      <x:c r="AM21" s="3" t="n">
+        <x:v>14931</x:v>
+      </x:c>
+      <x:c r="AN21" s="3" t="n">
+        <x:v>15076</x:v>
+      </x:c>
+      <x:c r="AO21" s="3" t="n">
+        <x:v>15095</x:v>
+      </x:c>
+      <x:c r="AP21" s="3" t="n">
+        <x:v>14328</x:v>
+      </x:c>
+      <x:c r="AQ21" s="3" t="n">
+        <x:v>13778</x:v>
+      </x:c>
+      <x:c r="AR21" s="3" t="n">
+        <x:v>12651</x:v>
+      </x:c>
+      <x:c r="AS21" s="3" t="n">
+        <x:v>11970</x:v>
+      </x:c>
+      <x:c r="AT21" s="3" t="n">
+        <x:v>11936</x:v>
+      </x:c>
+      <x:c r="AU21" s="3" t="n">
+        <x:v>11860</x:v>
+      </x:c>
+      <x:c r="AV21" s="3" t="n">
+        <x:v>12419</x:v>
+      </x:c>
+      <x:c r="AW21" s="3" t="n">
+        <x:v>12613</x:v>
+      </x:c>
+      <x:c r="AX21" s="3" t="n">
+        <x:v>13706</x:v>
+      </x:c>
+      <x:c r="AY21" s="3" t="n">
+        <x:v>13798</x:v>
+      </x:c>
+      <x:c r="AZ21" s="3" t="n">
+        <x:v>13460</x:v>
+      </x:c>
+      <x:c r="BA21" s="3" t="n">
+        <x:v>14301</x:v>
+      </x:c>
+      <x:c r="BB21" s="3" t="n">
+        <x:v>14342</x:v>
+      </x:c>
+      <x:c r="BC21" s="3" t="n">
+        <x:v>14762</x:v>
+      </x:c>
+      <x:c r="BD21" s="3" t="n">
+        <x:v>13804</x:v>
+      </x:c>
+      <x:c r="BE21" s="3" t="n">
+        <x:v>14945</x:v>
+      </x:c>
+      <x:c r="BF21" s="3" t="n">
+        <x:v>15132</x:v>
+      </x:c>
+      <x:c r="BG21" s="3" t="n">
+        <x:v>14981</x:v>
+      </x:c>
+      <x:c r="BH21" s="3" t="n">
+        <x:v>15750</x:v>
+      </x:c>
+      <x:c r="BI21" s="3" t="n">
+        <x:v>15189</x:v>
+      </x:c>
+      <x:c r="BJ21" s="3" t="n">
+        <x:v>14991</x:v>
+      </x:c>
+      <x:c r="BK21" s="3" t="n">
+        <x:v>15062</x:v>
+      </x:c>
+      <x:c r="BL21" s="3" t="n">
+        <x:v>16232</x:v>
+      </x:c>
+      <x:c r="BM21" s="3" t="n">
+        <x:v>16469</x:v>
+      </x:c>
+      <x:c r="BN21" s="3" t="n">
+        <x:v>16990</x:v>
+      </x:c>
+      <x:c r="BO21" s="3" t="n">
+        <x:v>17951</x:v>
+      </x:c>
+      <x:c r="BP21" s="3" t="n">
+        <x:v>18319</x:v>
+      </x:c>
+      <x:c r="BQ21" s="3" t="n">
+        <x:v>18837</x:v>
+      </x:c>
+      <x:c r="BR21" s="3" t="n">
+        <x:v>20372</x:v>
+      </x:c>
+      <x:c r="BS21" s="3" t="n">
+        <x:v>21044</x:v>
+      </x:c>
+      <x:c r="BT21" s="3" t="n">
+        <x:v>21258</x:v>
+      </x:c>
+      <x:c r="BU21" s="3" t="n">
+        <x:v>22042</x:v>
+      </x:c>
+      <x:c r="BV21" s="3" t="n">
+        <x:v>23266</x:v>
+      </x:c>
+      <x:c r="BW21" s="3" t="n">
+        <x:v>23184</x:v>
+      </x:c>
+      <x:c r="BX21" s="3" t="n">
+        <x:v>24268</x:v>
+      </x:c>
+      <x:c r="BY21" s="3" t="n">
+        <x:v>24566</x:v>
+      </x:c>
+      <x:c r="BZ21" s="3" t="n">
+        <x:v>25609</x:v>
+      </x:c>
+      <x:c r="CA21" s="3" t="n">
+        <x:v>27611</x:v>
+      </x:c>
+      <x:c r="CB21" s="3" t="n">
+        <x:v>27880</x:v>
+      </x:c>
+      <x:c r="CC21" s="3" t="n">
+        <x:v>28094</x:v>
+      </x:c>
+      <x:c r="CD21" s="3" t="n">
+        <x:v>29871</x:v>
+      </x:c>
+      <x:c r="CE21" s="3" t="n">
+        <x:v>32158</x:v>
+      </x:c>
+      <x:c r="CF21" s="3" t="n">
+        <x:v>30667</x:v>
+      </x:c>
+      <x:c r="CG21" s="3" t="n">
+        <x:v>31836</x:v>
+      </x:c>
+      <x:c r="CH21" s="3" t="n">
+        <x:v>31599</x:v>
+      </x:c>
+      <x:c r="CI21" s="3" t="n">
+        <x:v>29834</x:v>
+      </x:c>
+      <x:c r="CJ21" s="3" t="n">
+        <x:v>30044</x:v>
+      </x:c>
+      <x:c r="CK21" s="3" t="n">
+        <x:v>30778</x:v>
+      </x:c>
+      <x:c r="CL21" s="3" t="n">
+        <x:v>30633</x:v>
+      </x:c>
+      <x:c r="CM21" s="3" t="n">
+        <x:v>31484</x:v>
+      </x:c>
+      <x:c r="CN21" s="3" t="n">
+        <x:v>31693</x:v>
+      </x:c>
+      <x:c r="CO21" s="3" t="n">
+        <x:v>32178</x:v>
+      </x:c>
+      <x:c r="CP21" s="3" t="n">
+        <x:v>32372</x:v>
+      </x:c>
+      <x:c r="CQ21" s="3" t="n">
+        <x:v>32533</x:v>
+      </x:c>
+      <x:c r="CR21" s="3" t="n">
+        <x:v>32402</x:v>
+      </x:c>
+      <x:c r="CS21" s="3" t="n">
+        <x:v>32976</x:v>
+      </x:c>
+      <x:c r="CT21" s="3" t="n">
+        <x:v>33377</x:v>
+      </x:c>
+      <x:c r="CU21" s="3" t="n">
+        <x:v>33029</x:v>
+      </x:c>
+      <x:c r="CV21" s="3" t="n">
+        <x:v>33882</x:v>
+      </x:c>
+      <x:c r="CW21" s="3" t="n">
+        <x:v>33698</x:v>
+      </x:c>
+      <x:c r="CX21" s="3" t="n">
+        <x:v>34998</x:v>
+      </x:c>
+      <x:c r="CY21" s="3" t="n">
+        <x:v>35733</x:v>
+      </x:c>
+      <x:c r="CZ21" s="3" t="n">
+        <x:v>36197</x:v>
+      </x:c>
+      <x:c r="DA21" s="3" t="n">
+        <x:v>37109</x:v>
+      </x:c>
+      <x:c r="DB21" s="3" t="n">
+        <x:v>40434</x:v>
+      </x:c>
+      <x:c r="DC21" s="3" t="n">
+        <x:v>41365</x:v>
+      </x:c>
+      <x:c r="DD21" s="3" t="n">
+        <x:v>41968</x:v>
+      </x:c>
+      <x:c r="DE21" s="3" t="n">
+        <x:v>42453</x:v>
+      </x:c>
+      <x:c r="DF21" s="3" t="n">
+        <x:v>43701</x:v>
+      </x:c>
+      <x:c r="DG21" s="3" t="n">
+        <x:v>46884</x:v>
+      </x:c>
+      <x:c r="DH21" s="3" t="n">
+        <x:v>50587</x:v>
+      </x:c>
+      <x:c r="DI21" s="3" t="n">
+        <x:v>49804</x:v>
+      </x:c>
+      <x:c r="DJ21" s="3" t="n">
+        <x:v>52678</x:v>
+      </x:c>
+      <x:c r="DK21" s="3" t="n">
+        <x:v>52638</x:v>
+      </x:c>
+      <x:c r="DL21" s="3" t="n">
+        <x:v>54776</x:v>
+      </x:c>
+      <x:c r="DM21" s="3" t="n">
+        <x:v>58766</x:v>
+      </x:c>
+      <x:c r="DN21" s="3" t="n">
+        <x:v>60445</x:v>
+      </x:c>
+      <x:c r="DO21" s="3" t="n">
+        <x:v>60966</x:v>
+      </x:c>
+      <x:c r="DP21" s="3" t="n">
+        <x:v>60394</x:v>
+      </x:c>
+      <x:c r="DQ21" s="3" t="n">
+        <x:v>62036</x:v>
+      </x:c>
+      <x:c r="DR21" s="3" t="n">
+        <x:v>65183</x:v>
+      </x:c>
+      <x:c r="DS21" s="3" t="n">
+        <x:v>63962</x:v>
+      </x:c>
+      <x:c r="DT21" s="3" t="n">
+        <x:v>63246</x:v>
+      </x:c>
+      <x:c r="DU21" s="3" t="n">
+        <x:v>59637</x:v>
+      </x:c>
+      <x:c r="DV21" s="3" t="n">
+        <x:v>55505</x:v>
+      </x:c>
+      <x:c r="DW21" s="3" t="n">
+        <x:v>53768</x:v>
+      </x:c>
+      <x:c r="DX21" s="3" t="n">
+        <x:v>52359</x:v>
+      </x:c>
+      <x:c r="DY21" s="3" t="n">
+        <x:v>51072</x:v>
+      </x:c>
+      <x:c r="DZ21" s="3" t="n">
+        <x:v>51444</x:v>
+      </x:c>
+      <x:c r="EA21" s="3" t="n">
+        <x:v>53504</x:v>
+      </x:c>
+      <x:c r="EB21" s="3" t="n">
+        <x:v>54282</x:v>
+      </x:c>
+      <x:c r="EC21" s="3" t="n">
+        <x:v>55642</x:v>
+      </x:c>
+      <x:c r="ED21" s="3" t="n">
+        <x:v>55341</x:v>
+      </x:c>
+      <x:c r="EE21" s="3" t="n">
+        <x:v>55868</x:v>
+      </x:c>
+      <x:c r="EF21" s="3" t="n">
+        <x:v>58020</x:v>
+      </x:c>
+      <x:c r="EG21" s="3" t="n">
+        <x:v>59254</x:v>
+      </x:c>
+      <x:c r="EH21" s="3" t="n">
+        <x:v>61582</x:v>
+      </x:c>
+      <x:c r="EI21" s="3" t="n">
+        <x:v>62636</x:v>
+      </x:c>
+      <x:c r="EJ21" s="3" t="n">
+        <x:v>62359</x:v>
+      </x:c>
+      <x:c r="EK21" s="3" t="n">
+        <x:v>61926</x:v>
+      </x:c>
+      <x:c r="EL21" s="3" t="n">
+        <x:v>63094</x:v>
+      </x:c>
+      <x:c r="EM21" s="3" t="n">
+        <x:v>63184</x:v>
+      </x:c>
+      <x:c r="EN21" s="3" t="n">
+        <x:v>64701</x:v>
+      </x:c>
+      <x:c r="EO21" s="3" t="n">
+        <x:v>64801</x:v>
+      </x:c>
+      <x:c r="EP21" s="3" t="n">
+        <x:v>65595</x:v>
+      </x:c>
+      <x:c r="EQ21" s="3" t="n">
+        <x:v>67413</x:v>
+      </x:c>
+      <x:c r="ER21" s="3" t="n">
+        <x:v>68313</x:v>
+      </x:c>
+      <x:c r="ES21" s="3" t="n">
+        <x:v>66692</x:v>
+      </x:c>
+      <x:c r="ET21" s="3" t="n">
+        <x:v>70205</x:v>
+      </x:c>
+      <x:c r="EU21" s="3" t="n">
+        <x:v>68164</x:v>
+      </x:c>
+      <x:c r="EV21" s="3" t="n">
+        <x:v>68334</x:v>
+      </x:c>
+      <x:c r="EW21" s="3" t="n">
+        <x:v>69930</x:v>
+      </x:c>
+      <x:c r="EX21" s="3" t="n">
+        <x:v>68060</x:v>
+      </x:c>
+      <x:c r="EY21" s="3" t="n">
+        <x:v>63359</x:v>
+      </x:c>
+      <x:c r="EZ21" s="3" t="n">
+        <x:v>66049</x:v>
+      </x:c>
+      <x:c r="FA21" s="3" t="n">
+        <x:v>64016</x:v>
+      </x:c>
+      <x:c r="FB21" s="3" t="n">
+        <x:v>63634</x:v>
+      </x:c>
+      <x:c r="FC21" s="3" t="n">
+        <x:v>66200</x:v>
+      </x:c>
+      <x:c r="FD21" s="3" t="n">
+        <x:v>65142</x:v>
+      </x:c>
+      <x:c r="FE21" s="3" t="n">
+        <x:v>68694</x:v>
+      </x:c>
+      <x:c r="FF21" s="3" t="n">
+        <x:v>69279</x:v>
+      </x:c>
+      <x:c r="FG21" s="3" t="n">
+        <x:v>70494</x:v>
+      </x:c>
+      <x:c r="FH21" s="3" t="n">
+        <x:v>72512</x:v>
+      </x:c>
+      <x:c r="FI21" s="3" t="n">
+        <x:v>75187</x:v>
+      </x:c>
+      <x:c r="FJ21" s="3" t="n">
+        <x:v>80282</x:v>
+      </x:c>
+      <x:c r="FK21" s="3" t="n">
+        <x:v>82553</x:v>
+      </x:c>
+      <x:c r="FL21" s="3" t="n">
+        <x:v>80619</x:v>
+      </x:c>
+      <x:c r="FM21" s="3" t="n">
+        <x:v>79161</x:v>
+      </x:c>
+      <x:c r="FN21" s="3" t="n">
+        <x:v>77076</x:v>
+      </x:c>
+      <x:c r="FO21" s="3" t="n">
+        <x:v>68987</x:v>
+      </x:c>
+      <x:c r="FP21" s="3" t="n">
+        <x:v>77191</x:v>
+      </x:c>
+      <x:c r="FQ21" s="3" t="n">
+        <x:v>76409</x:v>
+      </x:c>
+      <x:c r="FR21" s="3" t="n">
+        <x:v>73414</x:v>
+      </x:c>
+      <x:c r="FS21" s="3" t="n">
+        <x:v>74685</x:v>
+      </x:c>
+      <x:c r="FT21" s="3" t="n">
+        <x:v>79470</x:v>
+      </x:c>
+      <x:c r="FU21" s="3" t="n">
+        <x:v>76018</x:v>
+      </x:c>
+      <x:c r="FV21" s="3" t="n">
+        <x:v>76425</x:v>
+      </x:c>
+      <x:c r="FW21" s="3" t="n">
+        <x:v>77555</x:v>
+      </x:c>
+      <x:c r="FX21" s="3" t="n">
+        <x:v>82470</x:v>
+      </x:c>
+      <x:c r="FY21" s="3" t="n">
+        <x:v>84728</x:v>
+      </x:c>
+      <x:c r="FZ21" s="3" t="n">
+        <x:v>85624</x:v>
+      </x:c>
+      <x:c r="GA21" s="3" t="n">
+        <x:v>84701</x:v>
+      </x:c>
+      <x:c r="GB21" s="3" t="n">
+        <x:v>82600</x:v>
+      </x:c>
+      <x:c r="GC21" s="3" t="n">
+        <x:v>84558</x:v>
+      </x:c>
+      <x:c r="GD21" s="3" t="n">
+        <x:v>85766</x:v>
+      </x:c>
+      <x:c r="GE21" s="3" t="n">
+        <x:v>90706</x:v>
+      </x:c>
+      <x:c r="GF21" s="3" t="n">
+        <x:v>88045</x:v>
+      </x:c>
+      <x:c r="GG21" s="3" t="n">
+        <x:v>90326</x:v>
+      </x:c>
+      <x:c r="GH21" s="3" t="n">
+        <x:v>88801</x:v>
+      </x:c>
+      <x:c r="GI21" s="3" t="n">
+        <x:v>88986</x:v>
+      </x:c>
+      <x:c r="GJ21" s="3" t="n">
+        <x:v>93577</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:192">
+      <x:c r="A22" s="2" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="B22" s="3" t="n">
+        <x:v>1486</x:v>
+      </x:c>
+      <x:c r="C22" s="3" t="n">
+        <x:v>1433</x:v>
+      </x:c>
+      <x:c r="D22" s="3" t="n">
+        <x:v>1436</x:v>
+      </x:c>
+      <x:c r="E22" s="3" t="n">
+        <x:v>1493</x:v>
+      </x:c>
+      <x:c r="F22" s="3" t="n">
+        <x:v>1441</x:v>
+      </x:c>
+      <x:c r="G22" s="3" t="n">
+        <x:v>1491</x:v>
+      </x:c>
+      <x:c r="H22" s="3" t="n">
+        <x:v>1438</x:v>
+      </x:c>
+      <x:c r="I22" s="3" t="n">
+        <x:v>1494</x:v>
+      </x:c>
+      <x:c r="J22" s="3" t="n">
+        <x:v>1599</x:v>
+      </x:c>
+      <x:c r="K22" s="3" t="n">
+        <x:v>1505</x:v>
+      </x:c>
+      <x:c r="L22" s="3" t="n">
+        <x:v>1597</x:v>
+      </x:c>
+      <x:c r="M22" s="3" t="n">
+        <x:v>1566</x:v>
+      </x:c>
+      <x:c r="N22" s="3" t="n">
+        <x:v>1723</x:v>
+      </x:c>
+      <x:c r="O22" s="3" t="n">
+        <x:v>1786</x:v>
+      </x:c>
+      <x:c r="P22" s="3" t="n">
+        <x:v>1846</x:v>
+      </x:c>
+      <x:c r="Q22" s="3" t="n">
+        <x:v>1915</x:v>
+      </x:c>
+      <x:c r="R22" s="3" t="n">
+        <x:v>1865</x:v>
+      </x:c>
+      <x:c r="S22" s="3" t="n">
+        <x:v>1920</x:v>
+      </x:c>
+      <x:c r="T22" s="3" t="n">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="U22" s="3" t="n">
+        <x:v>1972</x:v>
+      </x:c>
+      <x:c r="V22" s="3" t="n">
+        <x:v>1857</x:v>
+      </x:c>
+      <x:c r="W22" s="3" t="n">
+        <x:v>1988</x:v>
+      </x:c>
+      <x:c r="X22" s="3" t="n">
+        <x:v>1952</x:v>
+      </x:c>
+      <x:c r="Y22" s="3" t="n">
+        <x:v>2006</x:v>
+      </x:c>
+      <x:c r="Z22" s="3" t="n">
+        <x:v>2097</x:v>
+      </x:c>
+      <x:c r="AA22" s="3" t="n">
+        <x:v>2094</x:v>
+      </x:c>
+      <x:c r="AB22" s="3" t="n">
+        <x:v>2168</x:v>
+      </x:c>
+      <x:c r="AC22" s="3" t="n">
+        <x:v>2199</x:v>
+      </x:c>
+      <x:c r="AD22" s="3" t="n">
+        <x:v>2424</x:v>
+      </x:c>
+      <x:c r="AE22" s="3" t="n">
+        <x:v>2507</x:v>
+      </x:c>
+      <x:c r="AF22" s="3" t="n">
+        <x:v>2644</x:v>
+      </x:c>
+      <x:c r="AG22" s="3" t="n">
+        <x:v>2795</x:v>
+      </x:c>
+      <x:c r="AH22" s="3" t="n">
+        <x:v>2991</x:v>
+      </x:c>
+      <x:c r="AI22" s="3" t="n">
+        <x:v>3088</x:v>
+      </x:c>
+      <x:c r="AJ22" s="3" t="n">
+        <x:v>3004</x:v>
+      </x:c>
+      <x:c r="AK22" s="3" t="n">
+        <x:v>3039</x:v>
+      </x:c>
+      <x:c r="AL22" s="3" t="n">
+        <x:v>2840</x:v>
+      </x:c>
+      <x:c r="AM22" s="3" t="n">
+        <x:v>2996</x:v>
+      </x:c>
+      <x:c r="AN22" s="3" t="n">
+        <x:v>3043</x:v>
+      </x:c>
+      <x:c r="AO22" s="3" t="n">
+        <x:v>2941</x:v>
+      </x:c>
+      <x:c r="AP22" s="3" t="n">
+        <x:v>2854</x:v>
+      </x:c>
+      <x:c r="AQ22" s="3" t="n">
+        <x:v>2810</x:v>
+      </x:c>
+      <x:c r="AR22" s="3" t="n">
+        <x:v>2670</x:v>
+      </x:c>
+      <x:c r="AS22" s="3" t="n">
+        <x:v>2557</x:v>
+      </x:c>
+      <x:c r="AT22" s="3" t="n">
+        <x:v>2407</x:v>
+      </x:c>
+      <x:c r="AU22" s="3" t="n">
+        <x:v>2476</x:v>
+      </x:c>
+      <x:c r="AV22" s="3" t="n">
+        <x:v>2465</x:v>
+      </x:c>
+      <x:c r="AW22" s="3" t="n">
+        <x:v>2508</x:v>
+      </x:c>
+      <x:c r="AX22" s="3" t="n">
+        <x:v>2620</x:v>
+      </x:c>
+      <x:c r="AY22" s="3" t="n">
+        <x:v>2598</x:v>
+      </x:c>
+      <x:c r="AZ22" s="3" t="n">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="BA22" s="3" t="n">
+        <x:v>2609</x:v>
+      </x:c>
+      <x:c r="BB22" s="3" t="n">
+        <x:v>2692</x:v>
+      </x:c>
+      <x:c r="BC22" s="3" t="n">
+        <x:v>2685</x:v>
+      </x:c>
+      <x:c r="BD22" s="3" t="n">
+        <x:v>2705</x:v>
+      </x:c>
+      <x:c r="BE22" s="3" t="n">
+        <x:v>2756</x:v>
+      </x:c>
+      <x:c r="BF22" s="3" t="n">
+        <x:v>2800</x:v>
+      </x:c>
+      <x:c r="BG22" s="3" t="n">
+        <x:v>2714</x:v>
+      </x:c>
+      <x:c r="BH22" s="3" t="n">
+        <x:v>2812</x:v>
+      </x:c>
+      <x:c r="BI22" s="3" t="n">
+        <x:v>2823</x:v>
+      </x:c>
+      <x:c r="BJ22" s="3" t="n">
+        <x:v>2786</x:v>
+      </x:c>
+      <x:c r="BK22" s="3" t="n">
+        <x:v>2803</x:v>
+      </x:c>
+      <x:c r="BL22" s="3" t="n">
+        <x:v>2948</x:v>
+      </x:c>
+      <x:c r="BM22" s="3" t="n">
+        <x:v>3003</x:v>
+      </x:c>
+      <x:c r="BN22" s="3" t="n">
+        <x:v>2975</x:v>
+      </x:c>
+      <x:c r="BO22" s="3" t="n">
+        <x:v>3175</x:v>
+      </x:c>
+      <x:c r="BP22" s="3" t="n">
+        <x:v>3176</x:v>
+      </x:c>
+      <x:c r="BQ22" s="3" t="n">
+        <x:v>3151</x:v>
+      </x:c>
+      <x:c r="BR22" s="3" t="n">
+        <x:v>3438</x:v>
+      </x:c>
+      <x:c r="BS22" s="3" t="n">
+        <x:v>3456</x:v>
+      </x:c>
+      <x:c r="BT22" s="3" t="n">
+        <x:v>3555</x:v>
+      </x:c>
+      <x:c r="BU22" s="3" t="n">
+        <x:v>3712</x:v>
+      </x:c>
+      <x:c r="BV22" s="3" t="n">
+        <x:v>3692</x:v>
+      </x:c>
+      <x:c r="BW22" s="3" t="n">
+        <x:v>3672</x:v>
+      </x:c>
+      <x:c r="BX22" s="3" t="n">
+        <x:v>3787</x:v>
+      </x:c>
+      <x:c r="BY22" s="3" t="n">
+        <x:v>3812</x:v>
+      </x:c>
+      <x:c r="BZ22" s="3" t="n">
+        <x:v>3977</x:v>
+      </x:c>
+      <x:c r="CA22" s="3" t="n">
+        <x:v>4216</x:v>
+      </x:c>
+      <x:c r="CB22" s="3" t="n">
+        <x:v>4274</x:v>
+      </x:c>
+      <x:c r="CC22" s="3" t="n">
+        <x:v>4302</x:v>
+      </x:c>
+      <x:c r="CD22" s="3" t="n">
+        <x:v>4560</x:v>
+      </x:c>
+      <x:c r="CE22" s="3" t="n">
+        <x:v>4619</x:v>
+      </x:c>
+      <x:c r="CF22" s="3" t="n">
+        <x:v>4623</x:v>
+      </x:c>
+      <x:c r="CG22" s="3" t="n">
+        <x:v>4713</x:v>
+      </x:c>
+      <x:c r="CH22" s="3" t="n">
+        <x:v>5035</x:v>
+      </x:c>
+      <x:c r="CI22" s="3" t="n">
+        <x:v>4739</x:v>
+      </x:c>
+      <x:c r="CJ22" s="3" t="n">
+        <x:v>4934</x:v>
+      </x:c>
+      <x:c r="CK22" s="3" t="n">
+        <x:v>5153</x:v>
+      </x:c>
+      <x:c r="CL22" s="3" t="n">
+        <x:v>5143</x:v>
+      </x:c>
+      <x:c r="CM22" s="3" t="n">
+        <x:v>5386</x:v>
+      </x:c>
+      <x:c r="CN22" s="3" t="n">
+        <x:v>5516</x:v>
+      </x:c>
+      <x:c r="CO22" s="3" t="n">
+        <x:v>5418</x:v>
+      </x:c>
+      <x:c r="CP22" s="3" t="n">
+        <x:v>5500</x:v>
+      </x:c>
+      <x:c r="CQ22" s="3" t="n">
+        <x:v>5643</x:v>
+      </x:c>
+      <x:c r="CR22" s="3" t="n">
+        <x:v>5616</x:v>
+      </x:c>
+      <x:c r="CS22" s="3" t="n">
+        <x:v>5508</x:v>
+      </x:c>
+      <x:c r="CT22" s="3" t="n">
+        <x:v>5946</x:v>
+      </x:c>
+      <x:c r="CU22" s="3" t="n">
+        <x:v>6008</x:v>
+      </x:c>
+      <x:c r="CV22" s="3" t="n">
+        <x:v>5964</x:v>
+      </x:c>
+      <x:c r="CW22" s="3" t="n">
+        <x:v>6130</x:v>
+      </x:c>
+      <x:c r="CX22" s="3" t="n">
+        <x:v>6056</x:v>
+      </x:c>
+      <x:c r="CY22" s="3" t="n">
+        <x:v>6229</x:v>
+      </x:c>
+      <x:c r="CZ22" s="3" t="n">
+        <x:v>6448</x:v>
+      </x:c>
+      <x:c r="DA22" s="3" t="n">
+        <x:v>6720</x:v>
+      </x:c>
+      <x:c r="DB22" s="3" t="n">
+        <x:v>6675</x:v>
+      </x:c>
+      <x:c r="DC22" s="3" t="n">
+        <x:v>6618</x:v>
+      </x:c>
+      <x:c r="DD22" s="3" t="n">
+        <x:v>6795</x:v>
+      </x:c>
+      <x:c r="DE22" s="3" t="n">
+        <x:v>6809</x:v>
+      </x:c>
+      <x:c r="DF22" s="3" t="n">
+        <x:v>7305</x:v>
+      </x:c>
+      <x:c r="DG22" s="3" t="n">
+        <x:v>7566</x:v>
+      </x:c>
+      <x:c r="DH22" s="3" t="n">
+        <x:v>7569</x:v>
+      </x:c>
+      <x:c r="DI22" s="3" t="n">
+        <x:v>7708</x:v>
+      </x:c>
+      <x:c r="DJ22" s="3" t="n">
+        <x:v>7831</x:v>
+      </x:c>
+      <x:c r="DK22" s="3" t="n">
+        <x:v>7762</x:v>
+      </x:c>
+      <x:c r="DL22" s="3" t="n">
+        <x:v>7813</x:v>
+      </x:c>
+      <x:c r="DM22" s="3" t="n">
+        <x:v>8467</x:v>
+      </x:c>
+      <x:c r="DN22" s="3" t="n">
+        <x:v>8764</x:v>
+      </x:c>
+      <x:c r="DO22" s="3" t="n">
+        <x:v>8824</x:v>
+      </x:c>
+      <x:c r="DP22" s="3" t="n">
+        <x:v>8875</x:v>
+      </x:c>
+      <x:c r="DQ22" s="3" t="n">
+        <x:v>9024</x:v>
+      </x:c>
+      <x:c r="DR22" s="3" t="n">
+        <x:v>8932</x:v>
+      </x:c>
+      <x:c r="DS22" s="3" t="n">
+        <x:v>9024</x:v>
+      </x:c>
+      <x:c r="DT22" s="3" t="n">
+        <x:v>8995</x:v>
+      </x:c>
+      <x:c r="DU22" s="3" t="n">
+        <x:v>8408</x:v>
+      </x:c>
+      <x:c r="DV22" s="3" t="n">
+        <x:v>8061</x:v>
+      </x:c>
+      <x:c r="DW22" s="3" t="n">
+        <x:v>8149</x:v>
+      </x:c>
+      <x:c r="DX22" s="3" t="n">
+        <x:v>8310</x:v>
+      </x:c>
+      <x:c r="DY22" s="3" t="n">
+        <x:v>8193</x:v>
+      </x:c>
+      <x:c r="DZ22" s="3" t="n">
+        <x:v>8721</x:v>
+      </x:c>
+      <x:c r="EA22" s="3" t="n">
+        <x:v>8862</x:v>
+      </x:c>
+      <x:c r="EB22" s="3" t="n">
+        <x:v>9006</x:v>
+      </x:c>
+      <x:c r="EC22" s="3" t="n">
+        <x:v>9220</x:v>
+      </x:c>
+      <x:c r="ED22" s="3" t="n">
+        <x:v>8966</x:v>
+      </x:c>
+      <x:c r="EE22" s="3" t="n">
+        <x:v>8952</x:v>
+      </x:c>
+      <x:c r="EF22" s="3" t="n">
+        <x:v>9164</x:v>
+      </x:c>
+      <x:c r="EG22" s="3" t="n">
+        <x:v>9494</x:v>
+      </x:c>
+      <x:c r="EH22" s="3" t="n">
+        <x:v>9843</x:v>
+      </x:c>
+      <x:c r="EI22" s="3" t="n">
+        <x:v>9719</x:v>
+      </x:c>
+      <x:c r="EJ22" s="3" t="n">
+        <x:v>9793</x:v>
+      </x:c>
+      <x:c r="EK22" s="3" t="n">
+        <x:v>9787</x:v>
+      </x:c>
+      <x:c r="EL22" s="3" t="n">
+        <x:v>9611</x:v>
+      </x:c>
+      <x:c r="EM22" s="3" t="n">
+        <x:v>9907</x:v>
+      </x:c>
+      <x:c r="EN22" s="3" t="n">
+        <x:v>9630</x:v>
+      </x:c>
+      <x:c r="EO22" s="3" t="n">
+        <x:v>9372</x:v>
+      </x:c>
+      <x:c r="EP22" s="3" t="n">
+        <x:v>9830</x:v>
+      </x:c>
+      <x:c r="EQ22" s="3" t="n">
+        <x:v>10208</x:v>
+      </x:c>
+      <x:c r="ER22" s="3" t="n">
+        <x:v>10644</x:v>
+      </x:c>
+      <x:c r="ES22" s="3" t="n">
+        <x:v>10555</x:v>
+      </x:c>
+      <x:c r="ET22" s="3" t="n">
+        <x:v>10916</x:v>
+      </x:c>
+      <x:c r="EU22" s="3" t="n">
+        <x:v>10687</x:v>
+      </x:c>
+      <x:c r="EV22" s="3" t="n">
+        <x:v>10879</x:v>
+      </x:c>
+      <x:c r="EW22" s="3" t="n">
+        <x:v>10376</x:v>
+      </x:c>
+      <x:c r="EX22" s="3" t="n">
+        <x:v>11120</x:v>
+      </x:c>
+      <x:c r="EY22" s="3" t="n">
+        <x:v>10503</x:v>
+      </x:c>
+      <x:c r="EZ22" s="3" t="n">
+        <x:v>10511</x:v>
+      </x:c>
+      <x:c r="FA22" s="3" t="n">
+        <x:v>10316</x:v>
+      </x:c>
+      <x:c r="FB22" s="3" t="n">
+        <x:v>10475</x:v>
+      </x:c>
+      <x:c r="FC22" s="3" t="n">
+        <x:v>10407</x:v>
+      </x:c>
+      <x:c r="FD22" s="3" t="n">
+        <x:v>10577</x:v>
+      </x:c>
+      <x:c r="FE22" s="3" t="n">
+        <x:v>11026</x:v>
+      </x:c>
+      <x:c r="FF22" s="3" t="n">
+        <x:v>10433</x:v>
+      </x:c>
+      <x:c r="FG22" s="3" t="n">
         <x:v>10755</x:v>
       </x:c>
-      <x:c r="H18" s="3" t="n">
+      <x:c r="FH22" s="3" t="n">
+        <x:v>10821</x:v>
+      </x:c>
+      <x:c r="FI22" s="3" t="n">
+        <x:v>11706</x:v>
+      </x:c>
+      <x:c r="FJ22" s="3" t="n">
+        <x:v>11526</x:v>
+      </x:c>
+      <x:c r="FK22" s="3" t="n">
+        <x:v>11303</x:v>
+      </x:c>
+      <x:c r="FL22" s="3" t="n">
+        <x:v>11475</x:v>
+      </x:c>
+      <x:c r="FM22" s="3" t="n">
+        <x:v>11041</x:v>
+      </x:c>
+      <x:c r="FN22" s="3" t="n">
+        <x:v>11026</x:v>
+      </x:c>
+      <x:c r="FO22" s="3" t="n">
+        <x:v>11013</x:v>
+      </x:c>
+      <x:c r="FP22" s="3" t="n">
+        <x:v>12242</x:v>
+      </x:c>
+      <x:c r="FQ22" s="3" t="n">
+        <x:v>12258</x:v>
+      </x:c>
+      <x:c r="FR22" s="3" t="n">
+        <x:v>12748</x:v>
+      </x:c>
+      <x:c r="FS22" s="3" t="n">
+        <x:v>12797</x:v>
+      </x:c>
+      <x:c r="FT22" s="3" t="n">
+        <x:v>12394</x:v>
+      </x:c>
+      <x:c r="FU22" s="3" t="n">
+        <x:v>12393</x:v>
+      </x:c>
+      <x:c r="FV22" s="3" t="n">
+        <x:v>12549</x:v>
+      </x:c>
+      <x:c r="FW22" s="3" t="n">
+        <x:v>12627</x:v>
+      </x:c>
+      <x:c r="FX22" s="3" t="n">
+        <x:v>12258</x:v>
+      </x:c>
+      <x:c r="FY22" s="3" t="n">
+        <x:v>11614</x:v>
+      </x:c>
+      <x:c r="FZ22" s="3" t="n">
+        <x:v>11220</x:v>
+      </x:c>
+      <x:c r="GA22" s="3" t="n">
+        <x:v>11149</x:v>
+      </x:c>
+      <x:c r="GB22" s="3" t="n">
+        <x:v>11021</x:v>
+      </x:c>
+      <x:c r="GC22" s="3" t="n">
         <x:v>10642</x:v>
       </x:c>
-      <x:c r="I18" s="3" t="n">
-[...59 lines deleted...]
-      <x:c r="AC18" s="3" t="n">
+      <x:c r="GD22" s="3" t="n">
+        <x:v>11044</x:v>
+      </x:c>
+      <x:c r="GE22" s="3" t="n">
+        <x:v>11294</x:v>
+      </x:c>
+      <x:c r="GF22" s="3" t="n">
+        <x:v>11302</x:v>
+      </x:c>
+      <x:c r="GG22" s="3" t="n">
+        <x:v>11819</x:v>
+      </x:c>
+      <x:c r="GH22" s="3" t="n">
+        <x:v>11907</x:v>
+      </x:c>
+      <x:c r="GI22" s="3" t="n">
+        <x:v>11845</x:v>
+      </x:c>
+      <x:c r="GJ22" s="3" t="n">
+        <x:v>12015</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:192">
+      <x:c r="A23" s="2" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B23" s="3" t="n">
+        <x:v>1006</x:v>
+      </x:c>
+      <x:c r="C23" s="3" t="n">
+        <x:v>1124</x:v>
+      </x:c>
+      <x:c r="D23" s="3" t="n">
+        <x:v>1334</x:v>
+      </x:c>
+      <x:c r="E23" s="3" t="n">
+        <x:v>1392</x:v>
+      </x:c>
+      <x:c r="F23" s="3" t="n">
+        <x:v>1370</x:v>
+      </x:c>
+      <x:c r="G23" s="3" t="n">
+        <x:v>1544</x:v>
+      </x:c>
+      <x:c r="H23" s="3" t="n">
+        <x:v>1831</x:v>
+      </x:c>
+      <x:c r="I23" s="3" t="n">
+        <x:v>1894</x:v>
+      </x:c>
+      <x:c r="J23" s="3" t="n">
+        <x:v>2171</x:v>
+      </x:c>
+      <x:c r="K23" s="3" t="n">
+        <x:v>2493</x:v>
+      </x:c>
+      <x:c r="L23" s="3" t="n">
+        <x:v>1687</x:v>
+      </x:c>
+      <x:c r="M23" s="3" t="n">
+        <x:v>1246</x:v>
+      </x:c>
+      <x:c r="N23" s="3" t="n">
+        <x:v>1921</x:v>
+      </x:c>
+      <x:c r="O23" s="3" t="n">
+        <x:v>1920</x:v>
+      </x:c>
+      <x:c r="P23" s="3" t="n">
+        <x:v>2167</x:v>
+      </x:c>
+      <x:c r="Q23" s="3" t="n">
+        <x:v>2440</x:v>
+      </x:c>
+      <x:c r="R23" s="3" t="n">
+        <x:v>2310</x:v>
+      </x:c>
+      <x:c r="S23" s="3" t="n">
+        <x:v>2375</x:v>
+      </x:c>
+      <x:c r="T23" s="3" t="n">
+        <x:v>2416</x:v>
+      </x:c>
+      <x:c r="U23" s="3" t="n">
+        <x:v>2340</x:v>
+      </x:c>
+      <x:c r="V23" s="3" t="n">
+        <x:v>2378</x:v>
+      </x:c>
+      <x:c r="W23" s="3" t="n">
+        <x:v>2257</x:v>
+      </x:c>
+      <x:c r="X23" s="3" t="n">
+        <x:v>2332</x:v>
+      </x:c>
+      <x:c r="Y23" s="3" t="n">
+        <x:v>2182</x:v>
+      </x:c>
+      <x:c r="Z23" s="3" t="n">
+        <x:v>2073</x:v>
+      </x:c>
+      <x:c r="AA23" s="3" t="n">
+        <x:v>1800</x:v>
+      </x:c>
+      <x:c r="AB23" s="3" t="n">
+        <x:v>2197</x:v>
+      </x:c>
+      <x:c r="AC23" s="3" t="n">
+        <x:v>2601</x:v>
+      </x:c>
+      <x:c r="AD23" s="3" t="n">
+        <x:v>3123</x:v>
+      </x:c>
+      <x:c r="AE23" s="3" t="n">
+        <x:v>3142</x:v>
+      </x:c>
+      <x:c r="AF23" s="3" t="n">
+        <x:v>4310</x:v>
+      </x:c>
+      <x:c r="AG23" s="3" t="n">
+        <x:v>4699</x:v>
+      </x:c>
+      <x:c r="AH23" s="3" t="n">
+        <x:v>4575</x:v>
+      </x:c>
+      <x:c r="AI23" s="3" t="n">
+        <x:v>4376</x:v>
+      </x:c>
+      <x:c r="AJ23" s="3" t="n">
+        <x:v>3858</x:v>
+      </x:c>
+      <x:c r="AK23" s="3" t="n">
+        <x:v>3378</x:v>
+      </x:c>
+      <x:c r="AL23" s="3" t="n">
+        <x:v>3136</x:v>
+      </x:c>
+      <x:c r="AM23" s="3" t="n">
+        <x:v>2693</x:v>
+      </x:c>
+      <x:c r="AN23" s="3" t="n">
+        <x:v>2539</x:v>
+      </x:c>
+      <x:c r="AO23" s="3" t="n">
+        <x:v>2403</x:v>
+      </x:c>
+      <x:c r="AP23" s="3" t="n">
+        <x:v>2137</x:v>
+      </x:c>
+      <x:c r="AQ23" s="3" t="n">
+        <x:v>1873</x:v>
+      </x:c>
+      <x:c r="AR23" s="3" t="n">
+        <x:v>1359</x:v>
+      </x:c>
+      <x:c r="AS23" s="3" t="n">
+        <x:v>1278</x:v>
+      </x:c>
+      <x:c r="AT23" s="3" t="n">
+        <x:v>949</x:v>
+      </x:c>
+      <x:c r="AU23" s="3" t="n">
+        <x:v>1275</x:v>
+      </x:c>
+      <x:c r="AV23" s="3" t="n">
+        <x:v>1319</x:v>
+      </x:c>
+      <x:c r="AW23" s="3" t="n">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="AX23" s="3" t="n">
+        <x:v>1788</x:v>
+      </x:c>
+      <x:c r="AY23" s="3" t="n">
+        <x:v>1750</x:v>
+      </x:c>
+      <x:c r="AZ23" s="3" t="n">
+        <x:v>1880</x:v>
+      </x:c>
+      <x:c r="BA23" s="3" t="n">
+        <x:v>1720</x:v>
+      </x:c>
+      <x:c r="BB23" s="3" t="n">
+        <x:v>1453</x:v>
+      </x:c>
+      <x:c r="BC23" s="3" t="n">
+        <x:v>1391</x:v>
+      </x:c>
+      <x:c r="BD23" s="3" t="n">
+        <x:v>1334</x:v>
+      </x:c>
+      <x:c r="BE23" s="3" t="n">
+        <x:v>1276</x:v>
+      </x:c>
+      <x:c r="BF23" s="3" t="n">
+        <x:v>1953</x:v>
+      </x:c>
+      <x:c r="BG23" s="3" t="n">
+        <x:v>1792</x:v>
+      </x:c>
+      <x:c r="BH23" s="3" t="n">
+        <x:v>2065</x:v>
+      </x:c>
+      <x:c r="BI23" s="3" t="n">
+        <x:v>1945</x:v>
+      </x:c>
+      <x:c r="BJ23" s="3" t="n">
+        <x:v>1587</x:v>
+      </x:c>
+      <x:c r="BK23" s="3" t="n">
+        <x:v>1505</x:v>
+      </x:c>
+      <x:c r="BL23" s="3" t="n">
+        <x:v>1606</x:v>
+      </x:c>
+      <x:c r="BM23" s="3" t="n">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="BN23" s="3" t="n">
+        <x:v>2501</x:v>
+      </x:c>
+      <x:c r="BO23" s="3" t="n">
+        <x:v>2616</x:v>
+      </x:c>
+      <x:c r="BP23" s="3" t="n">
+        <x:v>2921</x:v>
+      </x:c>
+      <x:c r="BQ23" s="3" t="n">
+        <x:v>2763</x:v>
+      </x:c>
+      <x:c r="BR23" s="3" t="n">
+        <x:v>2692</x:v>
+      </x:c>
+      <x:c r="BS23" s="3" t="n">
+        <x:v>2891</x:v>
+      </x:c>
+      <x:c r="BT23" s="3" t="n">
+        <x:v>2731</x:v>
+      </x:c>
+      <x:c r="BU23" s="3" t="n">
+        <x:v>2385</x:v>
+      </x:c>
+      <x:c r="BV23" s="3" t="n">
+        <x:v>4358</x:v>
+      </x:c>
+      <x:c r="BW23" s="3" t="n">
+        <x:v>4150</x:v>
+      </x:c>
+      <x:c r="BX23" s="3" t="n">
+        <x:v>4467</x:v>
+      </x:c>
+      <x:c r="BY23" s="3" t="n">
+        <x:v>5087</x:v>
+      </x:c>
+      <x:c r="BZ23" s="3" t="n">
+        <x:v>3704</x:v>
+      </x:c>
+      <x:c r="CA23" s="3" t="n">
+        <x:v>4625</x:v>
+      </x:c>
+      <x:c r="CB23" s="3" t="n">
+        <x:v>4501</x:v>
+      </x:c>
+      <x:c r="CC23" s="3" t="n">
+        <x:v>4218</x:v>
+      </x:c>
+      <x:c r="CD23" s="3" t="n">
+        <x:v>4901</x:v>
+      </x:c>
+      <x:c r="CE23" s="3" t="n">
+        <x:v>4894</x:v>
+      </x:c>
+      <x:c r="CF23" s="3" t="n">
+        <x:v>4710</x:v>
+      </x:c>
+      <x:c r="CG23" s="3" t="n">
+        <x:v>4197</x:v>
+      </x:c>
+      <x:c r="CH23" s="3" t="n">
+        <x:v>3615</x:v>
+      </x:c>
+      <x:c r="CI23" s="3" t="n">
+        <x:v>3732</x:v>
+      </x:c>
+      <x:c r="CJ23" s="3" t="n">
+        <x:v>4036</x:v>
+      </x:c>
+      <x:c r="CK23" s="3" t="n">
+        <x:v>4571</x:v>
+      </x:c>
+      <x:c r="CL23" s="3" t="n">
+        <x:v>4287</x:v>
+      </x:c>
+      <x:c r="CM23" s="3" t="n">
+        <x:v>4328</x:v>
+      </x:c>
+      <x:c r="CN23" s="3" t="n">
+        <x:v>4271</x:v>
+      </x:c>
+      <x:c r="CO23" s="3" t="n">
+        <x:v>4532</x:v>
+      </x:c>
+      <x:c r="CP23" s="3" t="n">
+        <x:v>4825</x:v>
+      </x:c>
+      <x:c r="CQ23" s="3" t="n">
+        <x:v>4108</x:v>
+      </x:c>
+      <x:c r="CR23" s="3" t="n">
+        <x:v>4403</x:v>
+      </x:c>
+      <x:c r="CS23" s="3" t="n">
+        <x:v>4143</x:v>
+      </x:c>
+      <x:c r="CT23" s="3" t="n">
+        <x:v>4190</x:v>
+      </x:c>
+      <x:c r="CU23" s="3" t="n">
+        <x:v>4629</x:v>
+      </x:c>
+      <x:c r="CV23" s="3" t="n">
+        <x:v>4900</x:v>
+      </x:c>
+      <x:c r="CW23" s="3" t="n">
+        <x:v>4434</x:v>
+      </x:c>
+      <x:c r="CX23" s="3" t="n">
+        <x:v>4660</x:v>
+      </x:c>
+      <x:c r="CY23" s="3" t="n">
+        <x:v>4444</x:v>
+      </x:c>
+      <x:c r="CZ23" s="3" t="n">
+        <x:v>4562</x:v>
+      </x:c>
+      <x:c r="DA23" s="3" t="n">
+        <x:v>5041</x:v>
+      </x:c>
+      <x:c r="DB23" s="3" t="n">
+        <x:v>6120</x:v>
+      </x:c>
+      <x:c r="DC23" s="3" t="n">
+        <x:v>6026</x:v>
+      </x:c>
+      <x:c r="DD23" s="3" t="n">
+        <x:v>6225</x:v>
+      </x:c>
+      <x:c r="DE23" s="3" t="n">
+        <x:v>6688</x:v>
+      </x:c>
+      <x:c r="DF23" s="3" t="n">
+        <x:v>6272</x:v>
+      </x:c>
+      <x:c r="DG23" s="3" t="n">
+        <x:v>6520</x:v>
+      </x:c>
+      <x:c r="DH23" s="3" t="n">
+        <x:v>6335</x:v>
+      </x:c>
+      <x:c r="DI23" s="3" t="n">
+        <x:v>6363</x:v>
+      </x:c>
+      <x:c r="DJ23" s="3" t="n">
+        <x:v>7492</x:v>
+      </x:c>
+      <x:c r="DK23" s="3" t="n">
+        <x:v>7310</x:v>
+      </x:c>
+      <x:c r="DL23" s="3" t="n">
+        <x:v>7873</x:v>
+      </x:c>
+      <x:c r="DM23" s="3" t="n">
+        <x:v>8637</x:v>
+      </x:c>
+      <x:c r="DN23" s="3" t="n">
+        <x:v>8683</x:v>
+      </x:c>
+      <x:c r="DO23" s="3" t="n">
+        <x:v>8685</x:v>
+      </x:c>
+      <x:c r="DP23" s="3" t="n">
+        <x:v>8916</x:v>
+      </x:c>
+      <x:c r="DQ23" s="3" t="n">
+        <x:v>9080</x:v>
+      </x:c>
+      <x:c r="DR23" s="3" t="n">
+        <x:v>8978</x:v>
+      </x:c>
+      <x:c r="DS23" s="3" t="n">
+        <x:v>8020</x:v>
+      </x:c>
+      <x:c r="DT23" s="3" t="n">
+        <x:v>6958</x:v>
+      </x:c>
+      <x:c r="DU23" s="3" t="n">
+        <x:v>5466</x:v>
+      </x:c>
+      <x:c r="DV23" s="3" t="n">
+        <x:v>4653</x:v>
+      </x:c>
+      <x:c r="DW23" s="3" t="n">
+        <x:v>5885</x:v>
+      </x:c>
+      <x:c r="DX23" s="3" t="n">
+        <x:v>7335</x:v>
+      </x:c>
+      <x:c r="DY23" s="3" t="n">
+        <x:v>7904</x:v>
+      </x:c>
+      <x:c r="DZ23" s="3" t="n">
+        <x:v>8643</x:v>
+      </x:c>
+      <x:c r="EA23" s="3" t="n">
+        <x:v>8501</x:v>
+      </x:c>
+      <x:c r="EB23" s="3" t="n">
+        <x:v>8386</x:v>
+      </x:c>
+      <x:c r="EC23" s="3" t="n">
+        <x:v>8837</x:v>
+      </x:c>
+      <x:c r="ED23" s="3" t="n">
+        <x:v>9121</x:v>
+      </x:c>
+      <x:c r="EE23" s="3" t="n">
+        <x:v>9349</x:v>
+      </x:c>
+      <x:c r="EF23" s="3" t="n">
+        <x:v>9411</x:v>
+      </x:c>
+      <x:c r="EG23" s="3" t="n">
         <x:v>9919</x:v>
       </x:c>
-      <x:c r="AD18" s="3" t="n">
-[...68 lines deleted...]
-      <x:c r="BA18" s="3" t="n">
+      <x:c r="EH23" s="3" t="n">
+        <x:v>9571</x:v>
+      </x:c>
+      <x:c r="EI23" s="3" t="n">
+        <x:v>9733</x:v>
+      </x:c>
+      <x:c r="EJ23" s="3" t="n">
+        <x:v>10002</x:v>
+      </x:c>
+      <x:c r="EK23" s="3" t="n">
+        <x:v>9828</x:v>
+      </x:c>
+      <x:c r="EL23" s="3" t="n">
+        <x:v>10328</x:v>
+      </x:c>
+      <x:c r="EM23" s="3" t="n">
+        <x:v>10131</x:v>
+      </x:c>
+      <x:c r="EN23" s="3" t="n">
+        <x:v>11059</x:v>
+      </x:c>
+      <x:c r="EO23" s="3" t="n">
+        <x:v>10637</x:v>
+      </x:c>
+      <x:c r="EP23" s="3" t="n">
+        <x:v>10981</x:v>
+      </x:c>
+      <x:c r="EQ23" s="3" t="n">
+        <x:v>10603</x:v>
+      </x:c>
+      <x:c r="ER23" s="3" t="n">
+        <x:v>10442</x:v>
+      </x:c>
+      <x:c r="ES23" s="3" t="n">
+        <x:v>10931</x:v>
+      </x:c>
+      <x:c r="ET23" s="3" t="n">
+        <x:v>11686</x:v>
+      </x:c>
+      <x:c r="EU23" s="3" t="n">
+        <x:v>12117</x:v>
+      </x:c>
+      <x:c r="EV23" s="3" t="n">
+        <x:v>11877</x:v>
+      </x:c>
+      <x:c r="EW23" s="3" t="n">
+        <x:v>12165</x:v>
+      </x:c>
+      <x:c r="EX23" s="3" t="n">
+        <x:v>12195</x:v>
+      </x:c>
+      <x:c r="EY23" s="3" t="n">
+        <x:v>12023</x:v>
+      </x:c>
+      <x:c r="EZ23" s="3" t="n">
+        <x:v>13022</x:v>
+      </x:c>
+      <x:c r="FA23" s="3" t="n">
+        <x:v>12959</x:v>
+      </x:c>
+      <x:c r="FB23" s="3" t="n">
+        <x:v>12564</x:v>
+      </x:c>
+      <x:c r="FC23" s="3" t="n">
+        <x:v>14245</x:v>
+      </x:c>
+      <x:c r="FD23" s="3" t="n">
+        <x:v>15419</x:v>
+      </x:c>
+      <x:c r="FE23" s="3" t="n">
+        <x:v>16431</x:v>
+      </x:c>
+      <x:c r="FF23" s="3" t="n">
+        <x:v>14894</x:v>
+      </x:c>
+      <x:c r="FG23" s="3" t="n">
+        <x:v>14214</x:v>
+      </x:c>
+      <x:c r="FH23" s="3" t="n">
+        <x:v>13918</x:v>
+      </x:c>
+      <x:c r="FI23" s="3" t="n">
+        <x:v>13736</x:v>
+      </x:c>
+      <x:c r="FJ23" s="3" t="n">
+        <x:v>17743</x:v>
+      </x:c>
+      <x:c r="FK23" s="3" t="n">
+        <x:v>15198</x:v>
+      </x:c>
+      <x:c r="FL23" s="3" t="n">
+        <x:v>14744</x:v>
+      </x:c>
+      <x:c r="FM23" s="3" t="n">
+        <x:v>12269</x:v>
+      </x:c>
+      <x:c r="FN23" s="3" t="n">
+        <x:v>14551</x:v>
+      </x:c>
+      <x:c r="FO23" s="3" t="n">
+        <x:v>8592</x:v>
+      </x:c>
+      <x:c r="FP23" s="3" t="n">
+        <x:v>18214</x:v>
+      </x:c>
+      <x:c r="FQ23" s="3" t="n">
+        <x:v>18579</x:v>
+      </x:c>
+      <x:c r="FR23" s="3" t="n">
+        <x:v>18282</x:v>
+      </x:c>
+      <x:c r="FS23" s="3" t="n">
+        <x:v>22510</x:v>
+      </x:c>
+      <x:c r="FT23" s="3" t="n">
+        <x:v>20948</x:v>
+      </x:c>
+      <x:c r="FU23" s="3" t="n">
+        <x:v>18709</x:v>
+      </x:c>
+      <x:c r="FV23" s="3" t="n">
+        <x:v>18385</x:v>
+      </x:c>
+      <x:c r="FW23" s="3" t="n">
+        <x:v>18929</x:v>
+      </x:c>
+      <x:c r="FX23" s="3" t="n">
+        <x:v>19882</x:v>
+      </x:c>
+      <x:c r="FY23" s="3" t="n">
+        <x:v>32597</x:v>
+      </x:c>
+      <x:c r="FZ23" s="3" t="n">
+        <x:v>20606</x:v>
+      </x:c>
+      <x:c r="GA23" s="3" t="n">
+        <x:v>19975</x:v>
+      </x:c>
+      <x:c r="GB23" s="3" t="n">
+        <x:v>13880</x:v>
+      </x:c>
+      <x:c r="GC23" s="3" t="n">
+        <x:v>10241</x:v>
+      </x:c>
+      <x:c r="GD23" s="3" t="n">
+        <x:v>12378</x:v>
+      </x:c>
+      <x:c r="GE23" s="3" t="n">
+        <x:v>14258</x:v>
+      </x:c>
+      <x:c r="GF23" s="3" t="n">
+        <x:v>17510</x:v>
+      </x:c>
+      <x:c r="GG23" s="3" t="n">
+        <x:v>16465</x:v>
+      </x:c>
+      <x:c r="GH23" s="3" t="n">
+        <x:v>15702</x:v>
+      </x:c>
+      <x:c r="GI23" s="3" t="n">
+        <x:v>19536</x:v>
+      </x:c>
+      <x:c r="GJ23" s="3" t="n">
+        <x:v>16872</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:192">
+      <x:c r="A24" s="2" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="B24" s="3" t="n">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C24" s="3" t="n">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="D24" s="3" t="n">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="E24" s="3" t="n">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F24" s="3" t="n">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="G24" s="3" t="n">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="H24" s="3" t="n">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="I24" s="3" t="n">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="J24" s="3" t="n">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="K24" s="3" t="n">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="L24" s="3" t="n">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="M24" s="3" t="n">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="N24" s="3" t="n">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="O24" s="3" t="n">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="P24" s="3" t="n">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="Q24" s="3" t="n">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="R24" s="3" t="n">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="S24" s="3" t="n">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="T24" s="3" t="n">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="U24" s="3" t="n">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="V24" s="3" t="n">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="W24" s="3" t="n">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="X24" s="3" t="n">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="Y24" s="3" t="n">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="Z24" s="3" t="n">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="AA24" s="3" t="n">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="AB24" s="3" t="n">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="AC24" s="3" t="n">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="AD24" s="3" t="n">
+        <x:v>1104</x:v>
+      </x:c>
+      <x:c r="AE24" s="3" t="n">
+        <x:v>1208</x:v>
+      </x:c>
+      <x:c r="AF24" s="3" t="n">
+        <x:v>1469</x:v>
+      </x:c>
+      <x:c r="AG24" s="3" t="n">
+        <x:v>1228</x:v>
+      </x:c>
+      <x:c r="AH24" s="3" t="n">
+        <x:v>1107</x:v>
+      </x:c>
+      <x:c r="AI24" s="3" t="n">
+        <x:v>1378</x:v>
+      </x:c>
+      <x:c r="AJ24" s="3" t="n">
+        <x:v>1065</x:v>
+      </x:c>
+      <x:c r="AK24" s="3" t="n">
+        <x:v>1174</x:v>
+      </x:c>
+      <x:c r="AL24" s="3" t="n">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="AM24" s="3" t="n">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="AN24" s="3" t="n">
+        <x:v>961</x:v>
+      </x:c>
+      <x:c r="AO24" s="3" t="n">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="AP24" s="3" t="n">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="AQ24" s="3" t="n">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="AR24" s="3" t="n">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="AS24" s="3" t="n">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="AT24" s="3" t="n">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="AU24" s="3" t="n">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="AV24" s="3" t="n">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="AW24" s="3" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="AX24" s="3" t="n">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="AY24" s="3" t="n">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="AZ24" s="3" t="n">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="BA24" s="3" t="n">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BB24" s="3" t="n">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="BC24" s="3" t="n">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="BD24" s="3" t="n">
+        <x:v>1126</x:v>
+      </x:c>
+      <x:c r="BE24" s="3" t="n">
+        <x:v>1121</x:v>
+      </x:c>
+      <x:c r="BF24" s="3" t="n">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="BG24" s="3" t="n">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="BH24" s="3" t="n">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="BI24" s="3" t="n">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="BJ24" s="3" t="n">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="BK24" s="3" t="n">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="BL24" s="3" t="n">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="BM24" s="3" t="n">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="BN24" s="3" t="n">
+        <x:v>1800</x:v>
+      </x:c>
+      <x:c r="BO24" s="3" t="n">
+        <x:v>1678</x:v>
+      </x:c>
+      <x:c r="BP24" s="3" t="n">
+        <x:v>1499</x:v>
+      </x:c>
+      <x:c r="BQ24" s="3" t="n">
+        <x:v>1601</x:v>
+      </x:c>
+      <x:c r="BR24" s="3" t="n">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="BS24" s="3" t="n">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="BT24" s="3" t="n">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="BU24" s="3" t="n">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="BV24" s="3" t="n">
+        <x:v>2836</x:v>
+      </x:c>
+      <x:c r="BW24" s="3" t="n">
+        <x:v>3058</x:v>
+      </x:c>
+      <x:c r="BX24" s="3" t="n">
+        <x:v>3906</x:v>
+      </x:c>
+      <x:c r="BY24" s="3" t="n">
+        <x:v>3583</x:v>
+      </x:c>
+      <x:c r="BZ24" s="3" t="n">
+        <x:v>1815</x:v>
+      </x:c>
+      <x:c r="CA24" s="3" t="n">
+        <x:v>1532</x:v>
+      </x:c>
+      <x:c r="CB24" s="3" t="n">
+        <x:v>1414</x:v>
+      </x:c>
+      <x:c r="CC24" s="3" t="n">
+        <x:v>1464</x:v>
+      </x:c>
+      <x:c r="CD24" s="3" t="n">
+        <x:v>1368</x:v>
+      </x:c>
+      <x:c r="CE24" s="3" t="n">
+        <x:v>1406</x:v>
+      </x:c>
+      <x:c r="CF24" s="3" t="n">
+        <x:v>1374</x:v>
+      </x:c>
+      <x:c r="CG24" s="3" t="n">
+        <x:v>1460</x:v>
+      </x:c>
+      <x:c r="CH24" s="3" t="n">
+        <x:v>1186</x:v>
+      </x:c>
+      <x:c r="CI24" s="3" t="n">
+        <x:v>1172</x:v>
+      </x:c>
+      <x:c r="CJ24" s="3" t="n">
+        <x:v>1008</x:v>
+      </x:c>
+      <x:c r="CK24" s="3" t="n">
+        <x:v>1100</x:v>
+      </x:c>
+      <x:c r="CL24" s="3" t="n">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="CM24" s="3" t="n">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="CN24" s="3" t="n">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="CO24" s="3" t="n">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="CP24" s="3" t="n">
+        <x:v>1604</x:v>
+      </x:c>
+      <x:c r="CQ24" s="3" t="n">
+        <x:v>1840</x:v>
+      </x:c>
+      <x:c r="CR24" s="3" t="n">
+        <x:v>1930</x:v>
+      </x:c>
+      <x:c r="CS24" s="3" t="n">
+        <x:v>1582</x:v>
+      </x:c>
+      <x:c r="CT24" s="3" t="n">
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="CU24" s="3" t="n">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="CV24" s="3" t="n">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="CW24" s="3" t="n">
+        <x:v>972</x:v>
+      </x:c>
+      <x:c r="CX24" s="3" t="n">
+        <x:v>2375</x:v>
+      </x:c>
+      <x:c r="CY24" s="3" t="n">
+        <x:v>2143</x:v>
+      </x:c>
+      <x:c r="CZ24" s="3" t="n">
+        <x:v>2059</x:v>
+      </x:c>
+      <x:c r="DA24" s="3" t="n">
+        <x:v>2117</x:v>
+      </x:c>
+      <x:c r="DB24" s="3" t="n">
+        <x:v>2354</x:v>
+      </x:c>
+      <x:c r="DC24" s="3" t="n">
+        <x:v>2450</x:v>
+      </x:c>
+      <x:c r="DD24" s="3" t="n">
+        <x:v>2679</x:v>
+      </x:c>
+      <x:c r="DE24" s="3" t="n">
+        <x:v>2429</x:v>
+      </x:c>
+      <x:c r="DF24" s="3" t="n">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="DG24" s="3" t="n">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="DH24" s="3" t="n">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="DI24" s="3" t="n">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="DJ24" s="3" t="n">
+        <x:v>1385</x:v>
+      </x:c>
+      <x:c r="DK24" s="3" t="n">
+        <x:v>1590</x:v>
+      </x:c>
+      <x:c r="DL24" s="3" t="n">
+        <x:v>1675</x:v>
+      </x:c>
+      <x:c r="DM24" s="3" t="n">
+        <x:v>1697</x:v>
+      </x:c>
+      <x:c r="DN24" s="3" t="n">
+        <x:v>962</x:v>
+      </x:c>
+      <x:c r="DO24" s="3" t="n">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="DP24" s="3" t="n">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="DQ24" s="3" t="n">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="DR24" s="3" t="n">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="DS24" s="3" t="n">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="DT24" s="3" t="n">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="DU24" s="3" t="n">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="DV24" s="3" t="n">
+        <x:v>914</x:v>
+      </x:c>
+      <x:c r="DW24" s="3" t="n">
+        <x:v>934</x:v>
+      </x:c>
+      <x:c r="DX24" s="3" t="n">
+        <x:v>920</x:v>
+      </x:c>
+      <x:c r="DY24" s="3" t="n">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="DZ24" s="3" t="n">
+        <x:v>2331</x:v>
+      </x:c>
+      <x:c r="EA24" s="3" t="n">
+        <x:v>2617</x:v>
+      </x:c>
+      <x:c r="EB24" s="3" t="n">
+        <x:v>2222</x:v>
+      </x:c>
+      <x:c r="EC24" s="3" t="n">
+        <x:v>2325</x:v>
+      </x:c>
+      <x:c r="ED24" s="3" t="n">
+        <x:v>2324</x:v>
+      </x:c>
+      <x:c r="EE24" s="3" t="n">
+        <x:v>1809</x:v>
+      </x:c>
+      <x:c r="EF24" s="3" t="n">
+        <x:v>1530</x:v>
+      </x:c>
+      <x:c r="EG24" s="3" t="n">
+        <x:v>1617</x:v>
+      </x:c>
+      <x:c r="EH24" s="3" t="n">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="EI24" s="3" t="n">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="EJ24" s="3" t="n">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="EK24" s="3" t="n">
+        <x:v>917</x:v>
+      </x:c>
+      <x:c r="EL24" s="3" t="n">
+        <x:v>1958</x:v>
+      </x:c>
+      <x:c r="EM24" s="3" t="n">
+        <x:v>1936</x:v>
+      </x:c>
+      <x:c r="EN24" s="3" t="n">
+        <x:v>1520</x:v>
+      </x:c>
+      <x:c r="EO24" s="3" t="n">
+        <x:v>1718</x:v>
+      </x:c>
+      <x:c r="EP24" s="3" t="n">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="EQ24" s="3" t="n">
+        <x:v>1019</x:v>
+      </x:c>
+      <x:c r="ER24" s="3" t="n">
+        <x:v>984</x:v>
+      </x:c>
+      <x:c r="ES24" s="3" t="n">
+        <x:v>1159</x:v>
+      </x:c>
+      <x:c r="ET24" s="3" t="n">
+        <x:v>1409</x:v>
+      </x:c>
+      <x:c r="EU24" s="3" t="n">
+        <x:v>1315</x:v>
+      </x:c>
+      <x:c r="EV24" s="3" t="n">
+        <x:v>1182</x:v>
+      </x:c>
+      <x:c r="EW24" s="3" t="n">
+        <x:v>1276</x:v>
+      </x:c>
+      <x:c r="EX24" s="3" t="n">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="EY24" s="3" t="n">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="EZ24" s="3" t="n">
+        <x:v>1251</x:v>
+      </x:c>
+      <x:c r="FA24" s="3" t="n">
+        <x:v>1265</x:v>
+      </x:c>
+      <x:c r="FB24" s="3" t="n">
+        <x:v>1141</x:v>
+      </x:c>
+      <x:c r="FC24" s="3" t="n">
+        <x:v>973</x:v>
+      </x:c>
+      <x:c r="FD24" s="3" t="n">
+        <x:v>980</x:v>
+      </x:c>
+      <x:c r="FE24" s="3" t="n">
+        <x:v>1093</x:v>
+      </x:c>
+      <x:c r="FF24" s="3" t="n">
+        <x:v>1101</x:v>
+      </x:c>
+      <x:c r="FG24" s="3" t="n">
+        <x:v>1732</x:v>
+      </x:c>
+      <x:c r="FH24" s="3" t="n">
+        <x:v>1749</x:v>
+      </x:c>
+      <x:c r="FI24" s="3" t="n">
+        <x:v>1260</x:v>
+      </x:c>
+      <x:c r="FJ24" s="3" t="n">
+        <x:v>2593</x:v>
+      </x:c>
+      <x:c r="FK24" s="3" t="n">
+        <x:v>2243</x:v>
+      </x:c>
+      <x:c r="FL24" s="3" t="n">
+        <x:v>1417</x:v>
+      </x:c>
+      <x:c r="FM24" s="3" t="n">
+        <x:v>2397</x:v>
+      </x:c>
+      <x:c r="FN24" s="3" t="n">
+        <x:v>1370</x:v>
+      </x:c>
+      <x:c r="FO24" s="3" t="n">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="FP24" s="3" t="n">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="FQ24" s="3" t="n">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="FR24" s="3" t="n">
+        <x:v>1244</x:v>
+      </x:c>
+      <x:c r="FS24" s="3" t="n">
+        <x:v>1601</x:v>
+      </x:c>
+      <x:c r="FT24" s="3" t="n">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="FU24" s="3" t="n">
+        <x:v>1116</x:v>
+      </x:c>
+      <x:c r="FV24" s="3" t="n">
+        <x:v>2033</x:v>
+      </x:c>
+      <x:c r="FW24" s="3" t="n">
+        <x:v>1962</x:v>
+      </x:c>
+      <x:c r="FX24" s="3" t="n">
+        <x:v>2572</x:v>
+      </x:c>
+      <x:c r="FY24" s="3" t="n">
+        <x:v>1691</x:v>
+      </x:c>
+      <x:c r="FZ24" s="3" t="n">
+        <x:v>2345</x:v>
+      </x:c>
+      <x:c r="GA24" s="3" t="n">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="GB24" s="3" t="n">
+        <x:v>1413</x:v>
+      </x:c>
+      <x:c r="GC24" s="3" t="n">
+        <x:v>2482</x:v>
+      </x:c>
+      <x:c r="GD24" s="3" t="n">
+        <x:v>2490</x:v>
+      </x:c>
+      <x:c r="GE24" s="3" t="n">
+        <x:v>2042</x:v>
+      </x:c>
+      <x:c r="GF24" s="3" t="n">
+        <x:v>2673</x:v>
+      </x:c>
+      <x:c r="GG24" s="3" t="n">
+        <x:v>1745</x:v>
+      </x:c>
+      <x:c r="GH24" s="3" t="n">
+        <x:v>1318</x:v>
+      </x:c>
+      <x:c r="GI24" s="3" t="n">
+        <x:v>2055</x:v>
+      </x:c>
+      <x:c r="GJ24" s="3" t="n">
+        <x:v>2002</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:192">
+      <x:c r="A25" s="2" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="B25" s="3" t="n">
+        <x:v>36684</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="n">
+        <x:v>36907</x:v>
+      </x:c>
+      <x:c r="D25" s="3" t="n">
+        <x:v>37940</x:v>
+      </x:c>
+      <x:c r="E25" s="3" t="n">
+        <x:v>39289</x:v>
+      </x:c>
+      <x:c r="F25" s="3" t="n">
+        <x:v>36936</x:v>
+      </x:c>
+      <x:c r="G25" s="3" t="n">
+        <x:v>39559</x:v>
+      </x:c>
+      <x:c r="H25" s="3" t="n">
+        <x:v>39279</x:v>
+      </x:c>
+      <x:c r="I25" s="3" t="n">
+        <x:v>40766</x:v>
+      </x:c>
+      <x:c r="J25" s="3" t="n">
+        <x:v>44079</x:v>
+      </x:c>
+      <x:c r="K25" s="3" t="n">
+        <x:v>44219</x:v>
+      </x:c>
+      <x:c r="L25" s="3" t="n">
+        <x:v>43253</x:v>
+      </x:c>
+      <x:c r="M25" s="3" t="n">
+        <x:v>43052</x:v>
+      </x:c>
+      <x:c r="N25" s="3" t="n">
+        <x:v>42674</x:v>
+      </x:c>
+      <x:c r="O25" s="3" t="n">
+        <x:v>43183</x:v>
+      </x:c>
+      <x:c r="P25" s="3" t="n">
+        <x:v>43367</x:v>
+      </x:c>
+      <x:c r="Q25" s="3" t="n">
+        <x:v>44423</x:v>
+      </x:c>
+      <x:c r="R25" s="3" t="n">
+        <x:v>45418</x:v>
+      </x:c>
+      <x:c r="S25" s="3" t="n">
+        <x:v>46799</x:v>
+      </x:c>
+      <x:c r="T25" s="3" t="n">
+        <x:v>46515</x:v>
+      </x:c>
+      <x:c r="U25" s="3" t="n">
+        <x:v>44688</x:v>
+      </x:c>
+      <x:c r="V25" s="3" t="n">
+        <x:v>41840</x:v>
+      </x:c>
+      <x:c r="W25" s="3" t="n">
+        <x:v>44243</x:v>
+      </x:c>
+      <x:c r="X25" s="3" t="n">
+        <x:v>44046</x:v>
+      </x:c>
+      <x:c r="Y25" s="3" t="n">
+        <x:v>44998</x:v>
+      </x:c>
+      <x:c r="Z25" s="3" t="n">
+        <x:v>47482</x:v>
+      </x:c>
+      <x:c r="AA25" s="3" t="n">
+        <x:v>47397</x:v>
+      </x:c>
+      <x:c r="AB25" s="3" t="n">
+        <x:v>49066</x:v>
+      </x:c>
+      <x:c r="AC25" s="3" t="n">
+        <x:v>50635</x:v>
+      </x:c>
+      <x:c r="AD25" s="3" t="n">
+        <x:v>54714</x:v>
+      </x:c>
+      <x:c r="AE25" s="3" t="n">
+        <x:v>55729</x:v>
+      </x:c>
+      <x:c r="AF25" s="3" t="n">
+        <x:v>58357</x:v>
+      </x:c>
+      <x:c r="AG25" s="3" t="n">
+        <x:v>61115</x:v>
+      </x:c>
+      <x:c r="AH25" s="3" t="n">
+        <x:v>64884</x:v>
+      </x:c>
+      <x:c r="AI25" s="3" t="n">
+        <x:v>66174</x:v>
+      </x:c>
+      <x:c r="AJ25" s="3" t="n">
+        <x:v>64695</x:v>
+      </x:c>
+      <x:c r="AK25" s="3" t="n">
+        <x:v>62942</x:v>
+      </x:c>
+      <x:c r="AL25" s="3" t="n">
+        <x:v>60290</x:v>
+      </x:c>
+      <x:c r="AM25" s="3" t="n">
+        <x:v>60277</x:v>
+      </x:c>
+      <x:c r="AN25" s="3" t="n">
+        <x:v>61251</x:v>
+      </x:c>
+      <x:c r="AO25" s="3" t="n">
+        <x:v>60742</x:v>
+      </x:c>
+      <x:c r="AP25" s="3" t="n">
+        <x:v>58792</x:v>
+      </x:c>
+      <x:c r="AQ25" s="3" t="n">
+        <x:v>57581</x:v>
+      </x:c>
+      <x:c r="AR25" s="3" t="n">
+        <x:v>55100</x:v>
+      </x:c>
+      <x:c r="AS25" s="3" t="n">
+        <x:v>53380</x:v>
+      </x:c>
+      <x:c r="AT25" s="3" t="n">
+        <x:v>52237</x:v>
+      </x:c>
+      <x:c r="AU25" s="3" t="n">
+        <x:v>52415</x:v>
+      </x:c>
+      <x:c r="AV25" s="3" t="n">
+        <x:v>52582</x:v>
+      </x:c>
+      <x:c r="AW25" s="3" t="n">
+        <x:v>54079</x:v>
+      </x:c>
+      <x:c r="AX25" s="3" t="n">
+        <x:v>57588</x:v>
+      </x:c>
+      <x:c r="AY25" s="3" t="n">
+        <x:v>56811</x:v>
+      </x:c>
+      <x:c r="AZ25" s="3" t="n">
+        <x:v>56765</x:v>
+      </x:c>
+      <x:c r="BA25" s="3" t="n">
+        <x:v>57808</x:v>
+      </x:c>
+      <x:c r="BB25" s="3" t="n">
+        <x:v>58305</x:v>
+      </x:c>
+      <x:c r="BC25" s="3" t="n">
+        <x:v>58062</x:v>
+      </x:c>
+      <x:c r="BD25" s="3" t="n">
+        <x:v>58006</x:v>
+      </x:c>
+      <x:c r="BE25" s="3" t="n">
+        <x:v>59690</x:v>
+      </x:c>
+      <x:c r="BF25" s="3" t="n">
+        <x:v>62125</x:v>
+      </x:c>
+      <x:c r="BG25" s="3" t="n">
+        <x:v>61407</x:v>
+      </x:c>
+      <x:c r="BH25" s="3" t="n">
+        <x:v>63831</x:v>
+      </x:c>
+      <x:c r="BI25" s="3" t="n">
+        <x:v>61569</x:v>
+      </x:c>
+      <x:c r="BJ25" s="3" t="n">
+        <x:v>61309</x:v>
+      </x:c>
+      <x:c r="BK25" s="3" t="n">
+        <x:v>62893</x:v>
+      </x:c>
+      <x:c r="BL25" s="3" t="n">
+        <x:v>65707</x:v>
+      </x:c>
+      <x:c r="BM25" s="3" t="n">
+        <x:v>67393</x:v>
+      </x:c>
+      <x:c r="BN25" s="3" t="n">
+        <x:v>70526</x:v>
+      </x:c>
+      <x:c r="BO25" s="3" t="n">
+        <x:v>73185</x:v>
+      </x:c>
+      <x:c r="BP25" s="3" t="n">
+        <x:v>75762</x:v>
+      </x:c>
+      <x:c r="BQ25" s="3" t="n">
+        <x:v>75349</x:v>
+      </x:c>
+      <x:c r="BR25" s="3" t="n">
+        <x:v>79210</x:v>
+      </x:c>
+      <x:c r="BS25" s="3" t="n">
+        <x:v>81234</x:v>
+      </x:c>
+      <x:c r="BT25" s="3" t="n">
+        <x:v>80646</x:v>
+      </x:c>
+      <x:c r="BU25" s="3" t="n">
+        <x:v>81410</x:v>
+      </x:c>
+      <x:c r="BV25" s="3" t="n">
+        <x:v>87107</x:v>
+      </x:c>
+      <x:c r="BW25" s="3" t="n">
+        <x:v>86826</x:v>
+      </x:c>
+      <x:c r="BX25" s="3" t="n">
+        <x:v>90852</x:v>
+      </x:c>
+      <x:c r="BY25" s="3" t="n">
+        <x:v>93307</x:v>
+      </x:c>
+      <x:c r="BZ25" s="3" t="n">
+        <x:v>92527</x:v>
+      </x:c>
+      <x:c r="CA25" s="3" t="n">
+        <x:v>96972</x:v>
+      </x:c>
+      <x:c r="CB25" s="3" t="n">
+        <x:v>98603</x:v>
+      </x:c>
+      <x:c r="CC25" s="3" t="n">
+        <x:v>100917</x:v>
+      </x:c>
+      <x:c r="CD25" s="3" t="n">
+        <x:v>106385</x:v>
+      </x:c>
+      <x:c r="CE25" s="3" t="n">
+        <x:v>108405</x:v>
+      </x:c>
+      <x:c r="CF25" s="3" t="n">
+        <x:v>107348</x:v>
+      </x:c>
+      <x:c r="CG25" s="3" t="n">
+        <x:v>107255</x:v>
+      </x:c>
+      <x:c r="CH25" s="3" t="n">
+        <x:v>104841</x:v>
+      </x:c>
+      <x:c r="CI25" s="3" t="n">
+        <x:v>102036</x:v>
+      </x:c>
+      <x:c r="CJ25" s="3" t="n">
+        <x:v>103419</x:v>
+      </x:c>
+      <x:c r="CK25" s="3" t="n">
+        <x:v>108789</x:v>
+      </x:c>
+      <x:c r="CL25" s="3" t="n">
+        <x:v>105689</x:v>
+      </x:c>
+      <x:c r="CM25" s="3" t="n">
+        <x:v>109010</x:v>
+      </x:c>
+      <x:c r="CN25" s="3" t="n">
+        <x:v>109165</x:v>
+      </x:c>
+      <x:c r="CO25" s="3" t="n">
+        <x:v>108758</x:v>
+      </x:c>
+      <x:c r="CP25" s="3" t="n">
+        <x:v>111403</x:v>
+      </x:c>
+      <x:c r="CQ25" s="3" t="n">
+        <x:v>113316</x:v>
+      </x:c>
+      <x:c r="CR25" s="3" t="n">
+        <x:v>113390</x:v>
+      </x:c>
+      <x:c r="CS25" s="3" t="n">
+        <x:v>111754</x:v>
+      </x:c>
+      <x:c r="CT25" s="3" t="n">
+        <x:v>114717</x:v>
+      </x:c>
+      <x:c r="CU25" s="3" t="n">
+        <x:v>114718</x:v>
+      </x:c>
+      <x:c r="CV25" s="3" t="n">
+        <x:v>115352</x:v>
+      </x:c>
+      <x:c r="CW25" s="3" t="n">
+        <x:v>117066</x:v>
+      </x:c>
+      <x:c r="CX25" s="3" t="n">
+        <x:v>117590</x:v>
+      </x:c>
+      <x:c r="CY25" s="3" t="n">
+        <x:v>120349</x:v>
+      </x:c>
+      <x:c r="CZ25" s="3" t="n">
+        <x:v>122494</x:v>
+      </x:c>
+      <x:c r="DA25" s="3" t="n">
+        <x:v>126369</x:v>
+      </x:c>
+      <x:c r="DB25" s="3" t="n">
+        <x:v>133112</x:v>
+      </x:c>
+      <x:c r="DC25" s="3" t="n">
+        <x:v>136289</x:v>
+      </x:c>
+      <x:c r="DD25" s="3" t="n">
+        <x:v>140161</x:v>
+      </x:c>
+      <x:c r="DE25" s="3" t="n">
+        <x:v>140614</x:v>
+      </x:c>
+      <x:c r="DF25" s="3" t="n">
+        <x:v>144613</x:v>
+      </x:c>
+      <x:c r="DG25" s="3" t="n">
+        <x:v>149691</x:v>
+      </x:c>
+      <x:c r="DH25" s="3" t="n">
+        <x:v>154179</x:v>
+      </x:c>
+      <x:c r="DI25" s="3" t="n">
+        <x:v>154857</x:v>
+      </x:c>
+      <x:c r="DJ25" s="3" t="n">
+        <x:v>161063</x:v>
+      </x:c>
+      <x:c r="DK25" s="3" t="n">
+        <x:v>160982</x:v>
+      </x:c>
+      <x:c r="DL25" s="3" t="n">
+        <x:v>164385</x:v>
+      </x:c>
+      <x:c r="DM25" s="3" t="n">
+        <x:v>180297</x:v>
+      </x:c>
+      <x:c r="DN25" s="3" t="n">
+        <x:v>180513</x:v>
+      </x:c>
+      <x:c r="DO25" s="3" t="n">
+        <x:v>181726</x:v>
+      </x:c>
+      <x:c r="DP25" s="3" t="n">
+        <x:v>175858</x:v>
+      </x:c>
+      <x:c r="DQ25" s="3" t="n">
+        <x:v>183978</x:v>
+      </x:c>
+      <x:c r="DR25" s="3" t="n">
+        <x:v>191712</x:v>
+      </x:c>
+      <x:c r="DS25" s="3" t="n">
+        <x:v>188985</x:v>
+      </x:c>
+      <x:c r="DT25" s="3" t="n">
+        <x:v>186586</x:v>
+      </x:c>
+      <x:c r="DU25" s="3" t="n">
+        <x:v>173641</x:v>
+      </x:c>
+      <x:c r="DV25" s="3" t="n">
+        <x:v>158915</x:v>
+      </x:c>
+      <x:c r="DW25" s="3" t="n">
+        <x:v>158183</x:v>
+      </x:c>
+      <x:c r="DX25" s="3" t="n">
+        <x:v>163308</x:v>
+      </x:c>
+      <x:c r="DY25" s="3" t="n">
+        <x:v>160935</x:v>
+      </x:c>
+      <x:c r="DZ25" s="3" t="n">
+        <x:v>169005</x:v>
+      </x:c>
+      <x:c r="EA25" s="3" t="n">
+        <x:v>173994</x:v>
+      </x:c>
+      <x:c r="EB25" s="3" t="n">
+        <x:v>172984</x:v>
+      </x:c>
+      <x:c r="EC25" s="3" t="n">
+        <x:v>177038</x:v>
+      </x:c>
+      <x:c r="ED25" s="3" t="n">
+        <x:v>183225</x:v>
+      </x:c>
+      <x:c r="EE25" s="3" t="n">
+        <x:v>182294</x:v>
+      </x:c>
+      <x:c r="EF25" s="3" t="n">
+        <x:v>182770</x:v>
+      </x:c>
+      <x:c r="EG25" s="3" t="n">
+        <x:v>187469</x:v>
+      </x:c>
+      <x:c r="EH25" s="3" t="n">
+        <x:v>187582</x:v>
+      </x:c>
+      <x:c r="EI25" s="3" t="n">
+        <x:v>187486</x:v>
+      </x:c>
+      <x:c r="EJ25" s="3" t="n">
+        <x:v>188718</x:v>
+      </x:c>
+      <x:c r="EK25" s="3" t="n">
+        <x:v>188509</x:v>
+      </x:c>
+      <x:c r="EL25" s="3" t="n">
+        <x:v>190339</x:v>
+      </x:c>
+      <x:c r="EM25" s="3" t="n">
+        <x:v>190977</x:v>
+      </x:c>
+      <x:c r="EN25" s="3" t="n">
+        <x:v>194454</x:v>
+      </x:c>
+      <x:c r="EO25" s="3" t="n">
+        <x:v>193766</x:v>
+      </x:c>
+      <x:c r="EP25" s="3" t="n">
+        <x:v>196074</x:v>
+      </x:c>
+      <x:c r="EQ25" s="3" t="n">
+        <x:v>199685</x:v>
+      </x:c>
+      <x:c r="ER25" s="3" t="n">
+        <x:v>200399</x:v>
+      </x:c>
+      <x:c r="ES25" s="3" t="n">
+        <x:v>199975</x:v>
+      </x:c>
+      <x:c r="ET25" s="3" t="n">
+        <x:v>206131</x:v>
+      </x:c>
+      <x:c r="EU25" s="3" t="n">
+        <x:v>202797</x:v>
+      </x:c>
+      <x:c r="EV25" s="3" t="n">
+        <x:v>199699</x:v>
+      </x:c>
+      <x:c r="EW25" s="3" t="n">
+        <x:v>202716</x:v>
+      </x:c>
+      <x:c r="EX25" s="3" t="n">
+        <x:v>202923</x:v>
+      </x:c>
+      <x:c r="EY25" s="3" t="n">
+        <x:v>194485</x:v>
+      </x:c>
+      <x:c r="EZ25" s="3" t="n">
+        <x:v>203176</x:v>
+      </x:c>
+      <x:c r="FA25" s="3" t="n">
+        <x:v>197221</x:v>
+      </x:c>
+      <x:c r="FB25" s="3" t="n">
+        <x:v>198403</x:v>
+      </x:c>
+      <x:c r="FC25" s="3" t="n">
+        <x:v>205069</x:v>
+      </x:c>
+      <x:c r="FD25" s="3" t="n">
+        <x:v>209308</x:v>
+      </x:c>
+      <x:c r="FE25" s="3" t="n">
+        <x:v>215105</x:v>
+      </x:c>
+      <x:c r="FF25" s="3" t="n">
+        <x:v>209690</x:v>
+      </x:c>
+      <x:c r="FG25" s="3" t="n">
+        <x:v>211676</x:v>
+      </x:c>
+      <x:c r="FH25" s="3" t="n">
+        <x:v>217169</x:v>
+      </x:c>
+      <x:c r="FI25" s="3" t="n">
+        <x:v>219116</x:v>
+      </x:c>
+      <x:c r="FJ25" s="3" t="n">
+        <x:v>230310</x:v>
+      </x:c>
+      <x:c r="FK25" s="3" t="n">
+        <x:v>228904</x:v>
+      </x:c>
+      <x:c r="FL25" s="3" t="n">
+        <x:v>227830</x:v>
+      </x:c>
+      <x:c r="FM25" s="3" t="n">
+        <x:v>222548</x:v>
+      </x:c>
+      <x:c r="FN25" s="3" t="n">
+        <x:v>219850</x:v>
+      </x:c>
+      <x:c r="FO25" s="3" t="n">
+        <x:v>203638</x:v>
+      </x:c>
+      <x:c r="FP25" s="3" t="n">
+        <x:v>229562</x:v>
+      </x:c>
+      <x:c r="FQ25" s="3" t="n">
+        <x:v>229454</x:v>
+      </x:c>
+      <x:c r="FR25" s="3" t="n">
+        <x:v>223952</x:v>
+      </x:c>
+      <x:c r="FS25" s="3" t="n">
+        <x:v>239264</x:v>
+      </x:c>
+      <x:c r="FT25" s="3" t="n">
+        <x:v>238547</x:v>
+      </x:c>
+      <x:c r="FU25" s="3" t="n">
+        <x:v>231114</x:v>
+      </x:c>
+      <x:c r="FV25" s="3" t="n">
+        <x:v>234613</x:v>
+      </x:c>
+      <x:c r="FW25" s="3" t="n">
+        <x:v>236679</x:v>
+      </x:c>
+      <x:c r="FX25" s="3" t="n">
+        <x:v>245019</x:v>
+      </x:c>
+      <x:c r="FY25" s="3" t="n">
+        <x:v>255099</x:v>
+      </x:c>
+      <x:c r="FZ25" s="3" t="n">
+        <x:v>235886</x:v>
+      </x:c>
+      <x:c r="GA25" s="3" t="n">
+        <x:v>236925</x:v>
+      </x:c>
+      <x:c r="GB25" s="3" t="n">
+        <x:v>226086</x:v>
+      </x:c>
+      <x:c r="GC25" s="3" t="n">
+        <x:v>226258</x:v>
+      </x:c>
+      <x:c r="GD25" s="3" t="n">
+        <x:v>229770</x:v>
+      </x:c>
+      <x:c r="GE25" s="3" t="n">
+        <x:v>238245</x:v>
+      </x:c>
+      <x:c r="GF25" s="3" t="n">
+        <x:v>242461</x:v>
+      </x:c>
+      <x:c r="GG25" s="3" t="n">
+        <x:v>242129</x:v>
+      </x:c>
+      <x:c r="GH25" s="3" t="n">
+        <x:v>244465</x:v>
+      </x:c>
+      <x:c r="GI25" s="3" t="n">
+        <x:v>247005</x:v>
+      </x:c>
+      <x:c r="GJ25" s="3" t="n">
+        <x:v>249380</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:192">
+      <x:c r="A26" s="2" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="B26" s="3" t="n">
+        <x:v>37713</x:v>
+      </x:c>
+      <x:c r="C26" s="3" t="n">
+        <x:v>36529</x:v>
+      </x:c>
+      <x:c r="D26" s="3" t="n">
+        <x:v>35790</x:v>
+      </x:c>
+      <x:c r="E26" s="3" t="n">
+        <x:v>36733</x:v>
+      </x:c>
+      <x:c r="F26" s="3" t="n">
+        <x:v>35106</x:v>
+      </x:c>
+      <x:c r="G26" s="3" t="n">
+        <x:v>34912</x:v>
+      </x:c>
+      <x:c r="H26" s="3" t="n">
+        <x:v>33743</x:v>
+      </x:c>
+      <x:c r="I26" s="3" t="n">
+        <x:v>35524</x:v>
+      </x:c>
+      <x:c r="J26" s="3" t="n">
+        <x:v>34828</x:v>
+      </x:c>
+      <x:c r="K26" s="3" t="n">
+        <x:v>33691</x:v>
+      </x:c>
+      <x:c r="L26" s="3" t="n">
+        <x:v>31214</x:v>
+      </x:c>
+      <x:c r="M26" s="3" t="n">
+        <x:v>32841</x:v>
+      </x:c>
+      <x:c r="N26" s="3" t="n">
+        <x:v>30363</x:v>
+      </x:c>
+      <x:c r="O26" s="3" t="n">
+        <x:v>34964</x:v>
+      </x:c>
+      <x:c r="P26" s="3" t="n">
+        <x:v>36588</x:v>
+      </x:c>
+      <x:c r="Q26" s="3" t="n">
+        <x:v>43604</x:v>
+      </x:c>
+      <x:c r="R26" s="3" t="n">
+        <x:v>36547</x:v>
+      </x:c>
+      <x:c r="S26" s="3" t="n">
+        <x:v>34175</x:v>
+      </x:c>
+      <x:c r="T26" s="3" t="n">
+        <x:v>34458</x:v>
+      </x:c>
+      <x:c r="U26" s="3" t="n">
+        <x:v>46660</x:v>
+      </x:c>
+      <x:c r="V26" s="3" t="n">
+        <x:v>42081</x:v>
+      </x:c>
+      <x:c r="W26" s="3" t="n">
+        <x:v>37883</x:v>
+      </x:c>
+      <x:c r="X26" s="3" t="n">
+        <x:v>40739</x:v>
+      </x:c>
+      <x:c r="Y26" s="3" t="n">
+        <x:v>38775</x:v>
+      </x:c>
+      <x:c r="Z26" s="3" t="n">
+        <x:v>36819</x:v>
+      </x:c>
+      <x:c r="AA26" s="3" t="n">
+        <x:v>44093</x:v>
+      </x:c>
+      <x:c r="AB26" s="3" t="n">
+        <x:v>33484</x:v>
+      </x:c>
+      <x:c r="AC26" s="3" t="n">
+        <x:v>50916</x:v>
+      </x:c>
+      <x:c r="AD26" s="3" t="n">
+        <x:v>43442</x:v>
+      </x:c>
+      <x:c r="AE26" s="3" t="n">
+        <x:v>42876</x:v>
+      </x:c>
+      <x:c r="AF26" s="3" t="n">
+        <x:v>43124</x:v>
+      </x:c>
+      <x:c r="AG26" s="3" t="n">
+        <x:v>44038</x:v>
+      </x:c>
+      <x:c r="AH26" s="3" t="n">
+        <x:v>49550</x:v>
+      </x:c>
+      <x:c r="AI26" s="3" t="n">
+        <x:v>46790</x:v>
+      </x:c>
+      <x:c r="AJ26" s="3" t="n">
+        <x:v>46062</x:v>
+      </x:c>
+      <x:c r="AK26" s="3" t="n">
+        <x:v>45775</x:v>
+      </x:c>
+      <x:c r="AL26" s="3" t="n">
+        <x:v>44996</x:v>
+      </x:c>
+      <x:c r="AM26" s="3" t="n">
+        <x:v>45392</x:v>
+      </x:c>
+      <x:c r="AN26" s="3" t="n">
+        <x:v>45567</x:v>
+      </x:c>
+      <x:c r="AO26" s="3" t="n">
+        <x:v>40760</x:v>
+      </x:c>
+      <x:c r="AP26" s="3" t="n">
+        <x:v>44302</x:v>
+      </x:c>
+      <x:c r="AQ26" s="3" t="n">
+        <x:v>45446</x:v>
+      </x:c>
+      <x:c r="AR26" s="3" t="n">
+        <x:v>45159</x:v>
+      </x:c>
+      <x:c r="AS26" s="3" t="n">
+        <x:v>41302</x:v>
+      </x:c>
+      <x:c r="AT26" s="3" t="n">
+        <x:v>45726</x:v>
+      </x:c>
+      <x:c r="AU26" s="3" t="n">
+        <x:v>45581</x:v>
+      </x:c>
+      <x:c r="AV26" s="3" t="n">
+        <x:v>44725</x:v>
+      </x:c>
+      <x:c r="AW26" s="3" t="n">
+        <x:v>47746</x:v>
+      </x:c>
+      <x:c r="AX26" s="3" t="n">
+        <x:v>47638</x:v>
+      </x:c>
+      <x:c r="AY26" s="3" t="n">
+        <x:v>44057</x:v>
+      </x:c>
+      <x:c r="AZ26" s="3" t="n">
+        <x:v>44607</x:v>
+      </x:c>
+      <x:c r="BA26" s="3" t="n">
+        <x:v>47389</x:v>
+      </x:c>
+      <x:c r="BB26" s="3" t="n">
+        <x:v>46313</x:v>
+      </x:c>
+      <x:c r="BC26" s="3" t="n">
+        <x:v>48674</x:v>
+      </x:c>
+      <x:c r="BD26" s="3" t="n">
+        <x:v>48708</x:v>
+      </x:c>
+      <x:c r="BE26" s="3" t="n">
+        <x:v>50939</x:v>
+      </x:c>
+      <x:c r="BF26" s="3" t="n">
+        <x:v>51026</x:v>
+      </x:c>
+      <x:c r="BG26" s="3" t="n">
+        <x:v>53701</x:v>
+      </x:c>
+      <x:c r="BH26" s="3" t="n">
+        <x:v>51031</x:v>
+      </x:c>
+      <x:c r="BI26" s="3" t="n">
+        <x:v>49206</x:v>
+      </x:c>
+      <x:c r="BJ26" s="3" t="n">
+        <x:v>53089</x:v>
+      </x:c>
+      <x:c r="BK26" s="3" t="n">
+        <x:v>53249</x:v>
+      </x:c>
+      <x:c r="BL26" s="3" t="n">
+        <x:v>54471</x:v>
+      </x:c>
+      <x:c r="BM26" s="3" t="n">
+        <x:v>52741</x:v>
+      </x:c>
+      <x:c r="BN26" s="3" t="n">
+        <x:v>51444</x:v>
+      </x:c>
+      <x:c r="BO26" s="3" t="n">
+        <x:v>50483</x:v>
+      </x:c>
+      <x:c r="BP26" s="3" t="n">
+        <x:v>49506</x:v>
+      </x:c>
+      <x:c r="BQ26" s="3" t="n">
+        <x:v>60074</x:v>
+      </x:c>
+      <x:c r="BR26" s="3" t="n">
+        <x:v>53011</x:v>
+      </x:c>
+      <x:c r="BS26" s="3" t="n">
+        <x:v>52897</x:v>
+      </x:c>
+      <x:c r="BT26" s="3" t="n">
+        <x:v>50679</x:v>
+      </x:c>
+      <x:c r="BU26" s="3" t="n">
+        <x:v>50849</x:v>
+      </x:c>
+      <x:c r="BV26" s="3" t="n">
+        <x:v>51765</x:v>
+      </x:c>
+      <x:c r="BW26" s="3" t="n">
+        <x:v>50675</x:v>
+      </x:c>
+      <x:c r="BX26" s="3" t="n">
+        <x:v>52228</x:v>
+      </x:c>
+      <x:c r="BY26" s="3" t="n">
+        <x:v>54212</x:v>
+      </x:c>
+      <x:c r="BZ26" s="3" t="n">
+        <x:v>57106</x:v>
+      </x:c>
+      <x:c r="CA26" s="3" t="n">
+        <x:v>62160</x:v>
+      </x:c>
+      <x:c r="CB26" s="3" t="n">
+        <x:v>61339</x:v>
+      </x:c>
+      <x:c r="CC26" s="3" t="n">
+        <x:v>62797</x:v>
+      </x:c>
+      <x:c r="CD26" s="3" t="n">
+        <x:v>64472</x:v>
+      </x:c>
+      <x:c r="CE26" s="3" t="n">
+        <x:v>64339</x:v>
+      </x:c>
+      <x:c r="CF26" s="3" t="n">
+        <x:v>63902</x:v>
+      </x:c>
+      <x:c r="CG26" s="3" t="n">
+        <x:v>65901</x:v>
+      </x:c>
+      <x:c r="CH26" s="3" t="n">
+        <x:v>68582</x:v>
+      </x:c>
+      <x:c r="CI26" s="3" t="n">
+        <x:v>67052</x:v>
+      </x:c>
+      <x:c r="CJ26" s="3" t="n">
+        <x:v>66977</x:v>
+      </x:c>
+      <x:c r="CK26" s="3" t="n">
+        <x:v>67313</x:v>
+      </x:c>
+      <x:c r="CL26" s="3" t="n">
+        <x:v>70072</x:v>
+      </x:c>
+      <x:c r="CM26" s="3" t="n">
+        <x:v>70111</x:v>
+      </x:c>
+      <x:c r="CN26" s="3" t="n">
+        <x:v>68220</x:v>
+      </x:c>
+      <x:c r="CO26" s="3" t="n">
+        <x:v>71599</x:v>
+      </x:c>
+      <x:c r="CP26" s="3" t="n">
+        <x:v>74840</x:v>
+      </x:c>
+      <x:c r="CQ26" s="3" t="n">
+        <x:v>74713</x:v>
+      </x:c>
+      <x:c r="CR26" s="3" t="n">
+        <x:v>71868</x:v>
+      </x:c>
+      <x:c r="CS26" s="3" t="n">
+        <x:v>71793</x:v>
+      </x:c>
+      <x:c r="CT26" s="3" t="n">
+        <x:v>73052</x:v>
+      </x:c>
+      <x:c r="CU26" s="3" t="n">
+        <x:v>72795</x:v>
+      </x:c>
+      <x:c r="CV26" s="3" t="n">
+        <x:v>71924</x:v>
+      </x:c>
+      <x:c r="CW26" s="3" t="n">
+        <x:v>72119</x:v>
+      </x:c>
+      <x:c r="CX26" s="3" t="n">
+        <x:v>69114</x:v>
+      </x:c>
+      <x:c r="CY26" s="3" t="n">
+        <x:v>69748</x:v>
+      </x:c>
+      <x:c r="CZ26" s="3" t="n">
+        <x:v>70041</x:v>
+      </x:c>
+      <x:c r="DA26" s="3" t="n">
+        <x:v>70740</x:v>
+      </x:c>
+      <x:c r="DB26" s="3" t="n">
+        <x:v>73018</x:v>
+      </x:c>
+      <x:c r="DC26" s="3" t="n">
+        <x:v>70479</x:v>
+      </x:c>
+      <x:c r="DD26" s="3" t="n">
+        <x:v>71577</x:v>
+      </x:c>
+      <x:c r="DE26" s="3" t="n">
+        <x:v>73418</x:v>
+      </x:c>
+      <x:c r="DF26" s="3" t="n">
+        <x:v>74134</x:v>
+      </x:c>
+      <x:c r="DG26" s="3" t="n">
+        <x:v>77454</x:v>
+      </x:c>
+      <x:c r="DH26" s="3" t="n">
+        <x:v>77788</x:v>
+      </x:c>
+      <x:c r="DI26" s="3" t="n">
+        <x:v>80268</x:v>
+      </x:c>
+      <x:c r="DJ26" s="3" t="n">
+        <x:v>76908</x:v>
+      </x:c>
+      <x:c r="DK26" s="3" t="n">
+        <x:v>81197</x:v>
+      </x:c>
+      <x:c r="DL26" s="3" t="n">
+        <x:v>82648</x:v>
+      </x:c>
+      <x:c r="DM26" s="3" t="n">
+        <x:v>85421</x:v>
+      </x:c>
+      <x:c r="DN26" s="3" t="n">
+        <x:v>88983</x:v>
+      </x:c>
+      <x:c r="DO26" s="3" t="n">
+        <x:v>88098</x:v>
+      </x:c>
+      <x:c r="DP26" s="3" t="n">
+        <x:v>89007</x:v>
+      </x:c>
+      <x:c r="DQ26" s="3" t="n">
+        <x:v>94530</x:v>
+      </x:c>
+      <x:c r="DR26" s="3" t="n">
+        <x:v>92577</x:v>
+      </x:c>
+      <x:c r="DS26" s="3" t="n">
+        <x:v>93428</x:v>
+      </x:c>
+      <x:c r="DT26" s="3" t="n">
+        <x:v>93977</x:v>
+      </x:c>
+      <x:c r="DU26" s="3" t="n">
+        <x:v>96112</x:v>
+      </x:c>
+      <x:c r="DV26" s="3" t="n">
+        <x:v>85272</x:v>
+      </x:c>
+      <x:c r="DW26" s="3" t="n">
+        <x:v>87932</x:v>
+      </x:c>
+      <x:c r="DX26" s="3" t="n">
+        <x:v>87564</x:v>
+      </x:c>
+      <x:c r="DY26" s="3" t="n">
+        <x:v>89378</x:v>
+      </x:c>
+      <x:c r="DZ26" s="3" t="n">
+        <x:v>93697</x:v>
+      </x:c>
+      <x:c r="EA26" s="3" t="n">
+        <x:v>97951</x:v>
+      </x:c>
+      <x:c r="EB26" s="3" t="n">
+        <x:v>98612</x:v>
+      </x:c>
+      <x:c r="EC26" s="3" t="n">
+        <x:v>96840</x:v>
+      </x:c>
+      <x:c r="ED26" s="3" t="n">
+        <x:v>95283</x:v>
+      </x:c>
+      <x:c r="EE26" s="3" t="n">
+        <x:v>95903</x:v>
+      </x:c>
+      <x:c r="EF26" s="3" t="n">
+        <x:v>99509</x:v>
+      </x:c>
+      <x:c r="EG26" s="3" t="n">
+        <x:v>107606</x:v>
+      </x:c>
+      <x:c r="EH26" s="3" t="n">
+        <x:v>107931</x:v>
+      </x:c>
+      <x:c r="EI26" s="3" t="n">
+        <x:v>110266</x:v>
+      </x:c>
+      <x:c r="EJ26" s="3" t="n">
+        <x:v>110255</x:v>
+      </x:c>
+      <x:c r="EK26" s="3" t="n">
+        <x:v>108904</x:v>
+      </x:c>
+      <x:c r="EL26" s="3" t="n">
+        <x:v>113553</x:v>
+      </x:c>
+      <x:c r="EM26" s="3" t="n">
+        <x:v>117229</x:v>
+      </x:c>
+      <x:c r="EN26" s="3" t="n">
+        <x:v>116864</x:v>
+      </x:c>
+      <x:c r="EO26" s="3" t="n">
+        <x:v>121276</x:v>
+      </x:c>
+      <x:c r="EP26" s="3" t="n">
+        <x:v>117265</x:v>
+      </x:c>
+      <x:c r="EQ26" s="3" t="n">
+        <x:v>122043</x:v>
+      </x:c>
+      <x:c r="ER26" s="3" t="n">
+        <x:v>121234</x:v>
+      </x:c>
+      <x:c r="ES26" s="3" t="n">
+        <x:v>121920</x:v>
+      </x:c>
+      <x:c r="ET26" s="3" t="n">
+        <x:v>120110</x:v>
+      </x:c>
+      <x:c r="EU26" s="3" t="n">
+        <x:v>120396</x:v>
+      </x:c>
+      <x:c r="EV26" s="3" t="n">
+        <x:v>120638</x:v>
+      </x:c>
+      <x:c r="EW26" s="3" t="n">
+        <x:v>124599</x:v>
+      </x:c>
+      <x:c r="EX26" s="3" t="n">
+        <x:v>124875</x:v>
+      </x:c>
+      <x:c r="EY26" s="3" t="n">
+        <x:v>126196</x:v>
+      </x:c>
+      <x:c r="EZ26" s="3" t="n">
+        <x:v>126694</x:v>
+      </x:c>
+      <x:c r="FA26" s="3" t="n">
+        <x:v>127692</x:v>
+      </x:c>
+      <x:c r="FB26" s="3" t="n">
+        <x:v>125121</x:v>
+      </x:c>
+      <x:c r="FC26" s="3" t="n">
+        <x:v>126896</x:v>
+      </x:c>
+      <x:c r="FD26" s="3" t="n">
+        <x:v>127495</x:v>
+      </x:c>
+      <x:c r="FE26" s="3" t="n">
+        <x:v>130000</x:v>
+      </x:c>
+      <x:c r="FF26" s="3" t="n">
+        <x:v>123802</x:v>
+      </x:c>
+      <x:c r="FG26" s="3" t="n">
+        <x:v>128933</x:v>
+      </x:c>
+      <x:c r="FH26" s="3" t="n">
+        <x:v>129510</x:v>
+      </x:c>
+      <x:c r="FI26" s="3" t="n">
+        <x:v>126481</x:v>
+      </x:c>
+      <x:c r="FJ26" s="3" t="n">
+        <x:v>130718</x:v>
+      </x:c>
+      <x:c r="FK26" s="3" t="n">
+        <x:v>131867</x:v>
+      </x:c>
+      <x:c r="FL26" s="3" t="n">
+        <x:v>136682</x:v>
+      </x:c>
+      <x:c r="FM26" s="3" t="n">
+        <x:v>140213</x:v>
+      </x:c>
+      <x:c r="FN26" s="3" t="n">
+        <x:v>138798</x:v>
+      </x:c>
+      <x:c r="FO26" s="3" t="n">
+        <x:v>88678</x:v>
+      </x:c>
+      <x:c r="FP26" s="3" t="n">
+        <x:v>96330</x:v>
+      </x:c>
+      <x:c r="FQ26" s="3" t="n">
+        <x:v>96468</x:v>
+      </x:c>
+      <x:c r="FR26" s="3" t="n">
+        <x:v>87453</x:v>
+      </x:c>
+      <x:c r="FS26" s="3" t="n">
+        <x:v>86698</x:v>
+      </x:c>
+      <x:c r="FT26" s="3" t="n">
+        <x:v>104786</x:v>
+      </x:c>
+      <x:c r="FU26" s="3" t="n">
+        <x:v>121422</x:v>
+      </x:c>
+      <x:c r="FV26" s="3" t="n">
+        <x:v>119388</x:v>
+      </x:c>
+      <x:c r="FW26" s="3" t="n">
+        <x:v>138188</x:v>
+      </x:c>
+      <x:c r="FX26" s="3" t="n">
+        <x:v>141793</x:v>
+      </x:c>
+      <x:c r="FY26" s="3" t="n">
+        <x:v>142783</x:v>
+      </x:c>
+      <x:c r="FZ26" s="3" t="n">
+        <x:v>143707</x:v>
+      </x:c>
+      <x:c r="GA26" s="3" t="n">
+        <x:v>148125</x:v>
+      </x:c>
+      <x:c r="GB26" s="3" t="n">
+        <x:v>146557</x:v>
+      </x:c>
+      <x:c r="GC26" s="3" t="n">
+        <x:v>152251</x:v>
+      </x:c>
+      <x:c r="GD26" s="3" t="n">
+        <x:v>156346</x:v>
+      </x:c>
+      <x:c r="GE26" s="3" t="n">
+        <x:v>160200</x:v>
+      </x:c>
+      <x:c r="GF26" s="3" t="n">
+        <x:v>165064</x:v>
+      </x:c>
+      <x:c r="GG26" s="3" t="n">
+        <x:v>164930</x:v>
+      </x:c>
+      <x:c r="GH26" s="3" t="n">
+        <x:v>164179</x:v>
+      </x:c>
+      <x:c r="GI26" s="3" t="n">
+        <x:v>162642</x:v>
+      </x:c>
+      <x:c r="GJ26" s="3" t="n">
+        <x:v>167710</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:192">
+      <x:c r="A27" s="2" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="B27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="L27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="M27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="N27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="P27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Q27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="R27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="T27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="U27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="V27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="X27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Y27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Z27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AA27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AB27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AC27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AD27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AE27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AF27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AG27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AH27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AI27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AJ27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AK27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AL27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AM27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AN27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AO27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AP27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AQ27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AR27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AS27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AT27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AU27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AV27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AW27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AX27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AY27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AZ27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BA27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BB27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BC27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BD27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BE27" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BF27" s="3" t="n">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="BG27" s="3" t="n">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="BH27" s="3" t="n">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="BI27" s="3" t="n">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="BJ27" s="3" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="BK27" s="3" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="BL27" s="3" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="BM27" s="3" t="n">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="BN27" s="3" t="n">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="BO27" s="3" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="BP27" s="3" t="n">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="BQ27" s="3" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="BR27" s="3" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="BS27" s="3" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="BT27" s="3" t="n">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="BU27" s="3" t="n">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="BV27" s="3" t="n">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="BW27" s="3" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="BX27" s="3" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="BY27" s="3" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="BZ27" s="3" t="n">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="CA27" s="3" t="n">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="CB27" s="3" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="CC27" s="3" t="n">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="CD27" s="3" t="n">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="CE27" s="3" t="n">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="CF27" s="3" t="n">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="CG27" s="3" t="n">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="CH27" s="3" t="n">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="CI27" s="3" t="n">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="CJ27" s="3" t="n">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="CK27" s="3" t="n">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="CL27" s="3" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="CM27" s="3" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="CN27" s="3" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="CO27" s="3" t="n">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="CP27" s="3" t="n">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="CQ27" s="3" t="n">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="CR27" s="3" t="n">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="CS27" s="3" t="n">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="CT27" s="3" t="n">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="CU27" s="3" t="n">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="CV27" s="3" t="n">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="CW27" s="3" t="n">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="CX27" s="3" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="CY27" s="3" t="n">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="CZ27" s="3" t="n">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="DA27" s="3" t="n">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="DB27" s="3" t="n">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="DC27" s="3" t="n">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="DD27" s="3" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="DE27" s="3" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="DF27" s="3" t="n">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="DG27" s="3" t="n">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="DH27" s="3" t="n">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="DI27" s="3" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="DJ27" s="3" t="n">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="DK27" s="3" t="n">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="DL27" s="3" t="n">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="DM27" s="3" t="n">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="DN27" s="3" t="n">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="DO27" s="3" t="n">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="DP27" s="3" t="n">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="DQ27" s="3" t="n">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="DR27" s="3" t="n">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="DS27" s="3" t="n">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="DT27" s="3" t="n">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="DU27" s="3" t="n">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="DV27" s="3" t="n">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="DW27" s="3" t="n">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="DX27" s="3" t="n">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="DY27" s="3" t="n">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="DZ27" s="3" t="n">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="EA27" s="3" t="n">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="EB27" s="3" t="n">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="EC27" s="3" t="n">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="ED27" s="3" t="n">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="EE27" s="3" t="n">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="EF27" s="3" t="n">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="EG27" s="3" t="n">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="EH27" s="3" t="n">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="EI27" s="3" t="n">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="EJ27" s="3" t="n">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="EK27" s="3" t="n">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="EL27" s="3" t="n">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="EM27" s="3" t="n">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="EN27" s="3" t="n">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="EO27" s="3" t="n">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="EP27" s="3" t="n">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="EQ27" s="3" t="n">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="ER27" s="3" t="n">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="ES27" s="3" t="n">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="ET27" s="3" t="n">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="EU27" s="3" t="n">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="EV27" s="3" t="n">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="EW27" s="3" t="n">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="EX27" s="3" t="n">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="EY27" s="3" t="n">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="EZ27" s="3" t="n">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="FA27" s="3" t="n">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="FB27" s="3" t="n">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="FC27" s="3" t="n">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="FD27" s="3" t="n">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="FE27" s="3" t="n">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="FF27" s="3" t="n">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="FG27" s="3" t="n">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="FH27" s="3" t="n">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="FI27" s="3" t="n">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="FJ27" s="3" t="n">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="FK27" s="3" t="n">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="FL27" s="3" t="n">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="FM27" s="3" t="n">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="FN27" s="3" t="n">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="FO27" s="3" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="FP27" s="3" t="n">
+        <x:v>-72</x:v>
+      </x:c>
+      <x:c r="FQ27" s="3" t="n">
+        <x:v>-177</x:v>
+      </x:c>
+      <x:c r="FR27" s="3" t="n">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="FS27" s="3" t="n">
+        <x:v>-26</x:v>
+      </x:c>
+      <x:c r="FT27" s="3" t="n">
+        <x:v>-155</x:v>
+      </x:c>
+      <x:c r="FU27" s="3" t="n">
+        <x:v>-230</x:v>
+      </x:c>
+      <x:c r="FV27" s="3" t="n">
+        <x:v>7760</x:v>
+      </x:c>
+      <x:c r="FW27" s="3" t="n">
+        <x:v>8754</x:v>
+      </x:c>
+      <x:c r="FX27" s="3" t="n">
+        <x:v>7203</x:v>
+      </x:c>
+      <x:c r="FY27" s="3" t="n">
+        <x:v>6510</x:v>
+      </x:c>
+      <x:c r="FZ27" s="3" t="n">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="GA27" s="3" t="n">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="GB27" s="3" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="GC27" s="3" t="n">
+        <x:v>-36</x:v>
+      </x:c>
+      <x:c r="GD27" s="3" t="n">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="GE27" s="3" t="n">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="GF27" s="3" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="GG27" s="3" t="n">
+        <x:v>-15</x:v>
+      </x:c>
+      <x:c r="GH27" s="3" t="n">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="GI27" s="3" t="n">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="GJ27" s="3" t="n">
+        <x:v>126</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:192">
+      <x:c r="A28" s="2" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="B28" s="3" t="n">
+        <x:v>13979</x:v>
+      </x:c>
+      <x:c r="C28" s="3" t="n">
+        <x:v>13690</x:v>
+      </x:c>
+      <x:c r="D28" s="3" t="n">
+        <x:v>13234</x:v>
+      </x:c>
+      <x:c r="E28" s="3" t="n">
+        <x:v>14472</x:v>
+      </x:c>
+      <x:c r="F28" s="3" t="n">
+        <x:v>10992</x:v>
+      </x:c>
+      <x:c r="G28" s="3" t="n">
+        <x:v>11987</x:v>
+      </x:c>
+      <x:c r="H28" s="3" t="n">
+        <x:v>12557</x:v>
+      </x:c>
+      <x:c r="I28" s="3" t="n">
+        <x:v>13289</x:v>
+      </x:c>
+      <x:c r="J28" s="3" t="n">
+        <x:v>11951</x:v>
+      </x:c>
+      <x:c r="K28" s="3" t="n">
+        <x:v>12045</x:v>
+      </x:c>
+      <x:c r="L28" s="3" t="n">
+        <x:v>11397</x:v>
+      </x:c>
+      <x:c r="M28" s="3" t="n">
+        <x:v>11146</x:v>
+      </x:c>
+      <x:c r="N28" s="3" t="n">
+        <x:v>12778</x:v>
+      </x:c>
+      <x:c r="O28" s="3" t="n">
+        <x:v>12543</x:v>
+      </x:c>
+      <x:c r="P28" s="3" t="n">
+        <x:v>13177</x:v>
+      </x:c>
+      <x:c r="Q28" s="3" t="n">
+        <x:v>12484</x:v>
+      </x:c>
+      <x:c r="R28" s="3" t="n">
+        <x:v>11978</x:v>
+      </x:c>
+      <x:c r="S28" s="3" t="n">
+        <x:v>12082</x:v>
+      </x:c>
+      <x:c r="T28" s="3" t="n">
+        <x:v>11652</x:v>
+      </x:c>
+      <x:c r="U28" s="3" t="n">
+        <x:v>12293</x:v>
+      </x:c>
+      <x:c r="V28" s="3" t="n">
+        <x:v>11602</x:v>
+      </x:c>
+      <x:c r="W28" s="3" t="n">
         <x:v>11116</x:v>
       </x:c>
-      <x:c r="BB18" s="3" t="n">
-[...170 lines deleted...]
-      <x:c r="DG18" s="3" t="n">
+      <x:c r="X28" s="3" t="n">
+        <x:v>11409</x:v>
+      </x:c>
+      <x:c r="Y28" s="3" t="n">
+        <x:v>11422</x:v>
+      </x:c>
+      <x:c r="Z28" s="3" t="n">
+        <x:v>12028</x:v>
+      </x:c>
+      <x:c r="AA28" s="3" t="n">
+        <x:v>12308</x:v>
+      </x:c>
+      <x:c r="AB28" s="3" t="n">
+        <x:v>13438</x:v>
+      </x:c>
+      <x:c r="AC28" s="3" t="n">
+        <x:v>14024</x:v>
+      </x:c>
+      <x:c r="AD28" s="3" t="n">
+        <x:v>13795</x:v>
+      </x:c>
+      <x:c r="AE28" s="3" t="n">
+        <x:v>14658</x:v>
+      </x:c>
+      <x:c r="AF28" s="3" t="n">
+        <x:v>14060</x:v>
+      </x:c>
+      <x:c r="AG28" s="3" t="n">
+        <x:v>15066</x:v>
+      </x:c>
+      <x:c r="AH28" s="3" t="n">
+        <x:v>17354</x:v>
+      </x:c>
+      <x:c r="AI28" s="3" t="n">
+        <x:v>16806</x:v>
+      </x:c>
+      <x:c r="AJ28" s="3" t="n">
+        <x:v>16252</x:v>
+      </x:c>
+      <x:c r="AK28" s="3" t="n">
+        <x:v>17094</x:v>
+      </x:c>
+      <x:c r="AL28" s="3" t="n">
+        <x:v>12788</x:v>
+      </x:c>
+      <x:c r="AM28" s="3" t="n">
+        <x:v>13631</x:v>
+      </x:c>
+      <x:c r="AN28" s="3" t="n">
+        <x:v>12915</x:v>
+      </x:c>
+      <x:c r="AO28" s="3" t="n">
+        <x:v>12717</x:v>
+      </x:c>
+      <x:c r="AP28" s="3" t="n">
+        <x:v>13885</x:v>
+      </x:c>
+      <x:c r="AQ28" s="3" t="n">
+        <x:v>14224</x:v>
+      </x:c>
+      <x:c r="AR28" s="3" t="n">
+        <x:v>14479</x:v>
+      </x:c>
+      <x:c r="AS28" s="3" t="n">
+        <x:v>14107</x:v>
+      </x:c>
+      <x:c r="AT28" s="3" t="n">
+        <x:v>15263</x:v>
+      </x:c>
+      <x:c r="AU28" s="3" t="n">
+        <x:v>15738</x:v>
+      </x:c>
+      <x:c r="AV28" s="3" t="n">
+        <x:v>16184</x:v>
+      </x:c>
+      <x:c r="AW28" s="3" t="n">
+        <x:v>16924</x:v>
+      </x:c>
+      <x:c r="AX28" s="3" t="n">
+        <x:v>16068</x:v>
+      </x:c>
+      <x:c r="AY28" s="3" t="n">
+        <x:v>16255</x:v>
+      </x:c>
+      <x:c r="AZ28" s="3" t="n">
+        <x:v>16215</x:v>
+      </x:c>
+      <x:c r="BA28" s="3" t="n">
+        <x:v>16845</x:v>
+      </x:c>
+      <x:c r="BB28" s="3" t="n">
+        <x:v>16759</x:v>
+      </x:c>
+      <x:c r="BC28" s="3" t="n">
+        <x:v>16483</x:v>
+      </x:c>
+      <x:c r="BD28" s="3" t="n">
+        <x:v>16840</x:v>
+      </x:c>
+      <x:c r="BE28" s="3" t="n">
+        <x:v>16230</x:v>
+      </x:c>
+      <x:c r="BF28" s="3" t="n">
+        <x:v>16011</x:v>
+      </x:c>
+      <x:c r="BG28" s="3" t="n">
+        <x:v>15984</x:v>
+      </x:c>
+      <x:c r="BH28" s="3" t="n">
+        <x:v>16699</x:v>
+      </x:c>
+      <x:c r="BI28" s="3" t="n">
+        <x:v>15008</x:v>
+      </x:c>
+      <x:c r="BJ28" s="3" t="n">
+        <x:v>14670</x:v>
+      </x:c>
+      <x:c r="BK28" s="3" t="n">
+        <x:v>14335</x:v>
+      </x:c>
+      <x:c r="BL28" s="3" t="n">
+        <x:v>14186</x:v>
+      </x:c>
+      <x:c r="BM28" s="3" t="n">
+        <x:v>14344</x:v>
+      </x:c>
+      <x:c r="BN28" s="3" t="n">
+        <x:v>14324</x:v>
+      </x:c>
+      <x:c r="BO28" s="3" t="n">
+        <x:v>15105</x:v>
+      </x:c>
+      <x:c r="BP28" s="3" t="n">
+        <x:v>15350</x:v>
+      </x:c>
+      <x:c r="BQ28" s="3" t="n">
+        <x:v>14786</x:v>
+      </x:c>
+      <x:c r="BR28" s="3" t="n">
+        <x:v>15946</x:v>
+      </x:c>
+      <x:c r="BS28" s="3" t="n">
+        <x:v>15463</x:v>
+      </x:c>
+      <x:c r="BT28" s="3" t="n">
+        <x:v>15438</x:v>
+      </x:c>
+      <x:c r="BU28" s="3" t="n">
+        <x:v>15695</x:v>
+      </x:c>
+      <x:c r="BV28" s="3" t="n">
+        <x:v>15157</x:v>
+      </x:c>
+      <x:c r="BW28" s="3" t="n">
+        <x:v>15178</x:v>
+      </x:c>
+      <x:c r="BX28" s="3" t="n">
+        <x:v>15726</x:v>
+      </x:c>
+      <x:c r="BY28" s="3" t="n">
+        <x:v>16079</x:v>
+      </x:c>
+      <x:c r="BZ28" s="3" t="n">
+        <x:v>16739</x:v>
+      </x:c>
+      <x:c r="CA28" s="3" t="n">
+        <x:v>17463</x:v>
+      </x:c>
+      <x:c r="CB28" s="3" t="n">
+        <x:v>17094</x:v>
+      </x:c>
+      <x:c r="CC28" s="3" t="n">
+        <x:v>17178</x:v>
+      </x:c>
+      <x:c r="CD28" s="3" t="n">
+        <x:v>17913</x:v>
+      </x:c>
+      <x:c r="CE28" s="3" t="n">
+        <x:v>18098</x:v>
+      </x:c>
+      <x:c r="CF28" s="3" t="n">
+        <x:v>18281</x:v>
+      </x:c>
+      <x:c r="CG28" s="3" t="n">
+        <x:v>18174</x:v>
+      </x:c>
+      <x:c r="CH28" s="3" t="n">
+        <x:v>17564</x:v>
+      </x:c>
+      <x:c r="CI28" s="3" t="n">
+        <x:v>17062</x:v>
+      </x:c>
+      <x:c r="CJ28" s="3" t="n">
+        <x:v>17500</x:v>
+      </x:c>
+      <x:c r="CK28" s="3" t="n">
+        <x:v>17721</x:v>
+      </x:c>
+      <x:c r="CL28" s="3" t="n">
+        <x:v>18287</x:v>
+      </x:c>
+      <x:c r="CM28" s="3" t="n">
+        <x:v>17991</x:v>
+      </x:c>
+      <x:c r="CN28" s="3" t="n">
+        <x:v>18358</x:v>
+      </x:c>
+      <x:c r="CO28" s="3" t="n">
+        <x:v>18204</x:v>
+      </x:c>
+      <x:c r="CP28" s="3" t="n">
+        <x:v>20558</x:v>
+      </x:c>
+      <x:c r="CQ28" s="3" t="n">
+        <x:v>20928</x:v>
+      </x:c>
+      <x:c r="CR28" s="3" t="n">
+        <x:v>21080</x:v>
+      </x:c>
+      <x:c r="CS28" s="3" t="n">
+        <x:v>20097</x:v>
+      </x:c>
+      <x:c r="CT28" s="3" t="n">
+        <x:v>21756</x:v>
+      </x:c>
+      <x:c r="CU28" s="3" t="n">
+        <x:v>21332</x:v>
+      </x:c>
+      <x:c r="CV28" s="3" t="n">
+        <x:v>19308</x:v>
+      </x:c>
+      <x:c r="CW28" s="3" t="n">
+        <x:v>18915</x:v>
+      </x:c>
+      <x:c r="CX28" s="3" t="n">
+        <x:v>17784</x:v>
+      </x:c>
+      <x:c r="CY28" s="3" t="n">
+        <x:v>18718</x:v>
+      </x:c>
+      <x:c r="CZ28" s="3" t="n">
+        <x:v>19989</x:v>
+      </x:c>
+      <x:c r="DA28" s="3" t="n">
+        <x:v>19187</x:v>
+      </x:c>
+      <x:c r="DB28" s="3" t="n">
+        <x:v>18028</x:v>
+      </x:c>
+      <x:c r="DC28" s="3" t="n">
+        <x:v>18087</x:v>
+      </x:c>
+      <x:c r="DD28" s="3" t="n">
+        <x:v>18331</x:v>
+      </x:c>
+      <x:c r="DE28" s="3" t="n">
+        <x:v>18893</x:v>
+      </x:c>
+      <x:c r="DF28" s="3" t="n">
+        <x:v>18257</x:v>
+      </x:c>
+      <x:c r="DG28" s="3" t="n">
+        <x:v>17182</x:v>
+      </x:c>
+      <x:c r="DH28" s="3" t="n">
+        <x:v>16492</x:v>
+      </x:c>
+      <x:c r="DI28" s="3" t="n">
+        <x:v>18028</x:v>
+      </x:c>
+      <x:c r="DJ28" s="3" t="n">
+        <x:v>17173</x:v>
+      </x:c>
+      <x:c r="DK28" s="3" t="n">
+        <x:v>18095</x:v>
+      </x:c>
+      <x:c r="DL28" s="3" t="n">
+        <x:v>18236</x:v>
+      </x:c>
+      <x:c r="DM28" s="3" t="n">
+        <x:v>18180</x:v>
+      </x:c>
+      <x:c r="DN28" s="3" t="n">
+        <x:v>18817</x:v>
+      </x:c>
+      <x:c r="DO28" s="3" t="n">
+        <x:v>18386</x:v>
+      </x:c>
+      <x:c r="DP28" s="3" t="n">
+        <x:v>18681</x:v>
+      </x:c>
+      <x:c r="DQ28" s="3" t="n">
+        <x:v>17986</x:v>
+      </x:c>
+      <x:c r="DR28" s="3" t="n">
+        <x:v>16607</x:v>
+      </x:c>
+      <x:c r="DS28" s="3" t="n">
+        <x:v>17203</x:v>
+      </x:c>
+      <x:c r="DT28" s="3" t="n">
+        <x:v>16444</x:v>
+      </x:c>
+      <x:c r="DU28" s="3" t="n">
+        <x:v>17104</x:v>
+      </x:c>
+      <x:c r="DV28" s="3" t="n">
+        <x:v>14247</x:v>
+      </x:c>
+      <x:c r="DW28" s="3" t="n">
+        <x:v>13614</x:v>
+      </x:c>
+      <x:c r="DX28" s="3" t="n">
+        <x:v>14067</x:v>
+      </x:c>
+      <x:c r="DY28" s="3" t="n">
+        <x:v>14449</x:v>
+      </x:c>
+      <x:c r="DZ28" s="3" t="n">
+        <x:v>12525</x:v>
+      </x:c>
+      <x:c r="EA28" s="3" t="n">
+        <x:v>13375</x:v>
+      </x:c>
+      <x:c r="EB28" s="3" t="n">
+        <x:v>13490</x:v>
+      </x:c>
+      <x:c r="EC28" s="3" t="n">
+        <x:v>13551</x:v>
+      </x:c>
+      <x:c r="ED28" s="3" t="n">
+        <x:v>13600</x:v>
+      </x:c>
+      <x:c r="EE28" s="3" t="n">
+        <x:v>13272</x:v>
+      </x:c>
+      <x:c r="EF28" s="3" t="n">
+        <x:v>12962</x:v>
+      </x:c>
+      <x:c r="EG28" s="3" t="n">
+        <x:v>13511</x:v>
+      </x:c>
+      <x:c r="EH28" s="3" t="n">
+        <x:v>17626</x:v>
+      </x:c>
+      <x:c r="EI28" s="3" t="n">
+        <x:v>17140</x:v>
+      </x:c>
+      <x:c r="EJ28" s="3" t="n">
+        <x:v>17544</x:v>
+      </x:c>
+      <x:c r="EK28" s="3" t="n">
+        <x:v>16587</x:v>
+      </x:c>
+      <x:c r="EL28" s="3" t="n">
+        <x:v>18174</x:v>
+      </x:c>
+      <x:c r="EM28" s="3" t="n">
+        <x:v>18507</x:v>
+      </x:c>
+      <x:c r="EN28" s="3" t="n">
+        <x:v>18055</x:v>
+      </x:c>
+      <x:c r="EO28" s="3" t="n">
+        <x:v>17353</x:v>
+      </x:c>
+      <x:c r="EP28" s="3" t="n">
+        <x:v>16942</x:v>
+      </x:c>
+      <x:c r="EQ28" s="3" t="n">
+        <x:v>17732</x:v>
+      </x:c>
+      <x:c r="ER28" s="3" t="n">
+        <x:v>17112</x:v>
+      </x:c>
+      <x:c r="ES28" s="3" t="n">
+        <x:v>16991</x:v>
+      </x:c>
+      <x:c r="ET28" s="3" t="n">
+        <x:v>13082</x:v>
+      </x:c>
+      <x:c r="EU28" s="3" t="n">
+        <x:v>12836</x:v>
+      </x:c>
+      <x:c r="EV28" s="3" t="n">
+        <x:v>12958</x:v>
+      </x:c>
+      <x:c r="EW28" s="3" t="n">
+        <x:v>12865</x:v>
+      </x:c>
+      <x:c r="EX28" s="3" t="n">
+        <x:v>12984</x:v>
+      </x:c>
+      <x:c r="EY28" s="3" t="n">
+        <x:v>12464</x:v>
+      </x:c>
+      <x:c r="EZ28" s="3" t="n">
+        <x:v>12739</x:v>
+      </x:c>
+      <x:c r="FA28" s="3" t="n">
+        <x:v>12625</x:v>
+      </x:c>
+      <x:c r="FB28" s="3" t="n">
+        <x:v>12084</x:v>
+      </x:c>
+      <x:c r="FC28" s="3" t="n">
+        <x:v>12498</x:v>
+      </x:c>
+      <x:c r="FD28" s="3" t="n">
+        <x:v>12806</x:v>
+      </x:c>
+      <x:c r="FE28" s="3" t="n">
+        <x:v>13101</x:v>
+      </x:c>
+      <x:c r="FF28" s="3" t="n">
+        <x:v>12843</x:v>
+      </x:c>
+      <x:c r="FG28" s="3" t="n">
+        <x:v>13481</x:v>
+      </x:c>
+      <x:c r="FH28" s="3" t="n">
+        <x:v>13519</x:v>
+      </x:c>
+      <x:c r="FI28" s="3" t="n">
+        <x:v>13935</x:v>
+      </x:c>
+      <x:c r="FJ28" s="3" t="n">
+        <x:v>14328</x:v>
+      </x:c>
+      <x:c r="FK28" s="3" t="n">
+        <x:v>14202</x:v>
+      </x:c>
+      <x:c r="FL28" s="3" t="n">
+        <x:v>13645</x:v>
+      </x:c>
+      <x:c r="FM28" s="3" t="n">
+        <x:v>13826</x:v>
+      </x:c>
+      <x:c r="FN28" s="3" t="n">
+        <x:v>12669</x:v>
+      </x:c>
+      <x:c r="FO28" s="3" t="n">
+        <x:v>11764</x:v>
+      </x:c>
+      <x:c r="FP28" s="3" t="n">
+        <x:v>11878</x:v>
+      </x:c>
+      <x:c r="FQ28" s="3" t="n">
+        <x:v>12129</x:v>
+      </x:c>
+      <x:c r="FR28" s="3" t="n">
+        <x:v>13093</x:v>
+      </x:c>
+      <x:c r="FS28" s="3" t="n">
+        <x:v>13655</x:v>
+      </x:c>
+      <x:c r="FT28" s="3" t="n">
+        <x:v>13603</x:v>
+      </x:c>
+      <x:c r="FU28" s="3" t="n">
+        <x:v>12938</x:v>
+      </x:c>
+      <x:c r="FV28" s="3" t="n">
+        <x:v>4140</x:v>
+      </x:c>
+      <x:c r="FW28" s="3" t="n">
+        <x:v>3154</x:v>
+      </x:c>
+      <x:c r="FX28" s="3" t="n">
+        <x:v>2949</x:v>
+      </x:c>
+      <x:c r="FY28" s="3" t="n">
+        <x:v>3949</x:v>
+      </x:c>
+      <x:c r="FZ28" s="3" t="n">
+        <x:v>8129</x:v>
+      </x:c>
+      <x:c r="GA28" s="3" t="n">
+        <x:v>7905</x:v>
+      </x:c>
+      <x:c r="GB28" s="3" t="n">
+        <x:v>8967</x:v>
+      </x:c>
+      <x:c r="GC28" s="3" t="n">
+        <x:v>8980</x:v>
+      </x:c>
+      <x:c r="GD28" s="3" t="n">
+        <x:v>9382</x:v>
+      </x:c>
+      <x:c r="GE28" s="3" t="n">
+        <x:v>10173</x:v>
+      </x:c>
+      <x:c r="GF28" s="3" t="n">
+        <x:v>10437</x:v>
+      </x:c>
+      <x:c r="GG28" s="3" t="n">
+        <x:v>10435</x:v>
+      </x:c>
+      <x:c r="GH28" s="3" t="n">
+        <x:v>10622</x:v>
+      </x:c>
+      <x:c r="GI28" s="3" t="n">
+        <x:v>11453</x:v>
+      </x:c>
+      <x:c r="GJ28" s="3" t="n">
+        <x:v>10140</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:192">
+      <x:c r="A29" s="2" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="B29" s="3" t="n">
+        <x:v>4129</x:v>
+      </x:c>
+      <x:c r="C29" s="3" t="n">
+        <x:v>4379</x:v>
+      </x:c>
+      <x:c r="D29" s="3" t="n">
+        <x:v>3822</x:v>
+      </x:c>
+      <x:c r="E29" s="3" t="n">
+        <x:v>3880</x:v>
+      </x:c>
+      <x:c r="F29" s="3" t="n">
+        <x:v>3141</x:v>
+      </x:c>
+      <x:c r="G29" s="3" t="n">
+        <x:v>3723</x:v>
+      </x:c>
+      <x:c r="H29" s="3" t="n">
+        <x:v>3823</x:v>
+      </x:c>
+      <x:c r="I29" s="3" t="n">
+        <x:v>2784</x:v>
+      </x:c>
+      <x:c r="J29" s="3" t="n">
+        <x:v>2358</x:v>
+      </x:c>
+      <x:c r="K29" s="3" t="n">
+        <x:v>2172</x:v>
+      </x:c>
+      <x:c r="L29" s="3" t="n">
+        <x:v>1896</x:v>
+      </x:c>
+      <x:c r="M29" s="3" t="n">
+        <x:v>2200</x:v>
+      </x:c>
+      <x:c r="N29" s="3" t="n">
+        <x:v>2682</x:v>
+      </x:c>
+      <x:c r="O29" s="3" t="n">
+        <x:v>2222</x:v>
+      </x:c>
+      <x:c r="P29" s="3" t="n">
+        <x:v>2069</x:v>
+      </x:c>
+      <x:c r="Q29" s="3" t="n">
+        <x:v>2398</x:v>
+      </x:c>
+      <x:c r="R29" s="3" t="n">
+        <x:v>2305</x:v>
+      </x:c>
+      <x:c r="S29" s="3" t="n">
+        <x:v>2572</x:v>
+      </x:c>
+      <x:c r="T29" s="3" t="n">
+        <x:v>2682</x:v>
+      </x:c>
+      <x:c r="U29" s="3" t="n">
+        <x:v>2817</x:v>
+      </x:c>
+      <x:c r="V29" s="3" t="n">
+        <x:v>5389</x:v>
+      </x:c>
+      <x:c r="W29" s="3" t="n">
+        <x:v>3135</x:v>
+      </x:c>
+      <x:c r="X29" s="3" t="n">
+        <x:v>4787</x:v>
+      </x:c>
+      <x:c r="Y29" s="3" t="n">
+        <x:v>3733</x:v>
+      </x:c>
+      <x:c r="Z29" s="3" t="n">
+        <x:v>4273</x:v>
+      </x:c>
+      <x:c r="AA29" s="3" t="n">
+        <x:v>4577</x:v>
+      </x:c>
+      <x:c r="AB29" s="3" t="n">
+        <x:v>2290</x:v>
+      </x:c>
+      <x:c r="AC29" s="3" t="n">
+        <x:v>4698</x:v>
+      </x:c>
+      <x:c r="AD29" s="3" t="n">
+        <x:v>3641</x:v>
+      </x:c>
+      <x:c r="AE29" s="3" t="n">
+        <x:v>2803</x:v>
+      </x:c>
+      <x:c r="AF29" s="3" t="n">
+        <x:v>2337</x:v>
+      </x:c>
+      <x:c r="AG29" s="3" t="n">
+        <x:v>2394</x:v>
+      </x:c>
+      <x:c r="AH29" s="3" t="n">
+        <x:v>2100</x:v>
+      </x:c>
+      <x:c r="AI29" s="3" t="n">
+        <x:v>2097</x:v>
+      </x:c>
+      <x:c r="AJ29" s="3" t="n">
+        <x:v>2092</x:v>
+      </x:c>
+      <x:c r="AK29" s="3" t="n">
+        <x:v>1580</x:v>
+      </x:c>
+      <x:c r="AL29" s="3" t="n">
+        <x:v>1761</x:v>
+      </x:c>
+      <x:c r="AM29" s="3" t="n">
+        <x:v>2073</x:v>
+      </x:c>
+      <x:c r="AN29" s="3" t="n">
+        <x:v>2164</x:v>
+      </x:c>
+      <x:c r="AO29" s="3" t="n">
+        <x:v>2264</x:v>
+      </x:c>
+      <x:c r="AP29" s="3" t="n">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="AQ29" s="3" t="n">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="AR29" s="3" t="n">
+        <x:v>1058</x:v>
+      </x:c>
+      <x:c r="AS29" s="3" t="n">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c r="AT29" s="3" t="n">
+        <x:v>1365</x:v>
+      </x:c>
+      <x:c r="AU29" s="3" t="n">
+        <x:v>1335</x:v>
+      </x:c>
+      <x:c r="AV29" s="3" t="n">
+        <x:v>1166</x:v>
+      </x:c>
+      <x:c r="AW29" s="3" t="n">
+        <x:v>2546</x:v>
+      </x:c>
+      <x:c r="AX29" s="3" t="n">
+        <x:v>2227</x:v>
+      </x:c>
+      <x:c r="AY29" s="3" t="n">
+        <x:v>1769</x:v>
+      </x:c>
+      <x:c r="AZ29" s="3" t="n">
+        <x:v>1701</x:v>
+      </x:c>
+      <x:c r="BA29" s="3" t="n">
+        <x:v>2055</x:v>
+      </x:c>
+      <x:c r="BB29" s="3" t="n">
+        <x:v>3299</x:v>
+      </x:c>
+      <x:c r="BC29" s="3" t="n">
+        <x:v>4445</x:v>
+      </x:c>
+      <x:c r="BD29" s="3" t="n">
+        <x:v>4050</x:v>
+      </x:c>
+      <x:c r="BE29" s="3" t="n">
+        <x:v>3657</x:v>
+      </x:c>
+      <x:c r="BF29" s="3" t="n">
+        <x:v>3373</x:v>
+      </x:c>
+      <x:c r="BG29" s="3" t="n">
+        <x:v>5292</x:v>
+      </x:c>
+      <x:c r="BH29" s="3" t="n">
+        <x:v>3273</x:v>
+      </x:c>
+      <x:c r="BI29" s="3" t="n">
+        <x:v>2851</x:v>
+      </x:c>
+      <x:c r="BJ29" s="3" t="n">
+        <x:v>3665</x:v>
+      </x:c>
+      <x:c r="BK29" s="3" t="n">
+        <x:v>3942</x:v>
+      </x:c>
+      <x:c r="BL29" s="3" t="n">
+        <x:v>4584</x:v>
+      </x:c>
+      <x:c r="BM29" s="3" t="n">
+        <x:v>4451</x:v>
+      </x:c>
+      <x:c r="BN29" s="3" t="n">
+        <x:v>4298</x:v>
+      </x:c>
+      <x:c r="BO29" s="3" t="n">
+        <x:v>3838</x:v>
+      </x:c>
+      <x:c r="BP29" s="3" t="n">
+        <x:v>3928</x:v>
+      </x:c>
+      <x:c r="BQ29" s="3" t="n">
+        <x:v>5834</x:v>
+      </x:c>
+      <x:c r="BR29" s="3" t="n">
+        <x:v>2950</x:v>
+      </x:c>
+      <x:c r="BS29" s="3" t="n">
+        <x:v>2988</x:v>
+      </x:c>
+      <x:c r="BT29" s="3" t="n">
+        <x:v>3130</x:v>
+      </x:c>
+      <x:c r="BU29" s="3" t="n">
+        <x:v>2755</x:v>
+      </x:c>
+      <x:c r="BV29" s="3" t="n">
+        <x:v>3119</x:v>
+      </x:c>
+      <x:c r="BW29" s="3" t="n">
+        <x:v>2328</x:v>
+      </x:c>
+      <x:c r="BX29" s="3" t="n">
+        <x:v>2616</x:v>
+      </x:c>
+      <x:c r="BY29" s="3" t="n">
+        <x:v>3020</x:v>
+      </x:c>
+      <x:c r="BZ29" s="3" t="n">
+        <x:v>2681</x:v>
+      </x:c>
+      <x:c r="CA29" s="3" t="n">
+        <x:v>4269</x:v>
+      </x:c>
+      <x:c r="CB29" s="3" t="n">
+        <x:v>4118</x:v>
+      </x:c>
+      <x:c r="CC29" s="3" t="n">
+        <x:v>3778</x:v>
+      </x:c>
+      <x:c r="CD29" s="3" t="n">
+        <x:v>3093</x:v>
+      </x:c>
+      <x:c r="CE29" s="3" t="n">
+        <x:v>2857</x:v>
+      </x:c>
+      <x:c r="CF29" s="3" t="n">
+        <x:v>2887</x:v>
+      </x:c>
+      <x:c r="CG29" s="3" t="n">
+        <x:v>3370</x:v>
+      </x:c>
+      <x:c r="CH29" s="3" t="n">
+        <x:v>3638</x:v>
+      </x:c>
+      <x:c r="CI29" s="3" t="n">
+        <x:v>4202</x:v>
+      </x:c>
+      <x:c r="CJ29" s="3" t="n">
+        <x:v>3685</x:v>
+      </x:c>
+      <x:c r="CK29" s="3" t="n">
+        <x:v>3018</x:v>
+      </x:c>
+      <x:c r="CL29" s="3" t="n">
+        <x:v>3172</x:v>
+      </x:c>
+      <x:c r="CM29" s="3" t="n">
+        <x:v>3251</x:v>
+      </x:c>
+      <x:c r="CN29" s="3" t="n">
+        <x:v>3168</x:v>
+      </x:c>
+      <x:c r="CO29" s="3" t="n">
+        <x:v>3199</x:v>
+      </x:c>
+      <x:c r="CP29" s="3" t="n">
+        <x:v>3431</x:v>
+      </x:c>
+      <x:c r="CQ29" s="3" t="n">
+        <x:v>3018</x:v>
+      </x:c>
+      <x:c r="CR29" s="3" t="n">
+        <x:v>3041</x:v>
+      </x:c>
+      <x:c r="CS29" s="3" t="n">
+        <x:v>3247</x:v>
+      </x:c>
+      <x:c r="CT29" s="3" t="n">
+        <x:v>3933</x:v>
+      </x:c>
+      <x:c r="CU29" s="3" t="n">
+        <x:v>3679</x:v>
+      </x:c>
+      <x:c r="CV29" s="3" t="n">
+        <x:v>3761</x:v>
+      </x:c>
+      <x:c r="CW29" s="3" t="n">
+        <x:v>3673</x:v>
+      </x:c>
+      <x:c r="CX29" s="3" t="n">
+        <x:v>3118</x:v>
+      </x:c>
+      <x:c r="CY29" s="3" t="n">
+        <x:v>2786</x:v>
+      </x:c>
+      <x:c r="CZ29" s="3" t="n">
+        <x:v>2264</x:v>
+      </x:c>
+      <x:c r="DA29" s="3" t="n">
+        <x:v>2981</x:v>
+      </x:c>
+      <x:c r="DB29" s="3" t="n">
+        <x:v>2726</x:v>
+      </x:c>
+      <x:c r="DC29" s="3" t="n">
+        <x:v>2805</x:v>
+      </x:c>
+      <x:c r="DD29" s="3" t="n">
+        <x:v>2958</x:v>
+      </x:c>
+      <x:c r="DE29" s="3" t="n">
+        <x:v>2992</x:v>
+      </x:c>
+      <x:c r="DF29" s="3" t="n">
+        <x:v>3094</x:v>
+      </x:c>
+      <x:c r="DG29" s="3" t="n">
+        <x:v>4496</x:v>
+      </x:c>
+      <x:c r="DH29" s="3" t="n">
+        <x:v>4682</x:v>
+      </x:c>
+      <x:c r="DI29" s="3" t="n">
+        <x:v>3188</x:v>
+      </x:c>
+      <x:c r="DJ29" s="3" t="n">
+        <x:v>4205</x:v>
+      </x:c>
+      <x:c r="DK29" s="3" t="n">
+        <x:v>4868</x:v>
+      </x:c>
+      <x:c r="DL29" s="3" t="n">
+        <x:v>5935</x:v>
+      </x:c>
+      <x:c r="DM29" s="3" t="n">
+        <x:v>6751</x:v>
+      </x:c>
+      <x:c r="DN29" s="3" t="n">
+        <x:v>5787</x:v>
+      </x:c>
+      <x:c r="DO29" s="3" t="n">
+        <x:v>4777</x:v>
+      </x:c>
+      <x:c r="DP29" s="3" t="n">
+        <x:v>6256</x:v>
+      </x:c>
+      <x:c r="DQ29" s="3" t="n">
+        <x:v>6332</x:v>
+      </x:c>
+      <x:c r="DR29" s="3" t="n">
+        <x:v>6362</x:v>
+      </x:c>
+      <x:c r="DS29" s="3" t="n">
+        <x:v>6154</x:v>
+      </x:c>
+      <x:c r="DT29" s="3" t="n">
+        <x:v>6382</x:v>
+      </x:c>
+      <x:c r="DU29" s="3" t="n">
+        <x:v>6103</x:v>
+      </x:c>
+      <x:c r="DV29" s="3" t="n">
+        <x:v>6599</x:v>
+      </x:c>
+      <x:c r="DW29" s="3" t="n">
+        <x:v>7734</x:v>
+      </x:c>
+      <x:c r="DX29" s="3" t="n">
+        <x:v>5946</x:v>
+      </x:c>
+      <x:c r="DY29" s="3" t="n">
+        <x:v>8461</x:v>
+      </x:c>
+      <x:c r="DZ29" s="3" t="n">
+        <x:v>7547</x:v>
+      </x:c>
+      <x:c r="EA29" s="3" t="n">
+        <x:v>8330</x:v>
+      </x:c>
+      <x:c r="EB29" s="3" t="n">
+        <x:v>8253</x:v>
+      </x:c>
+      <x:c r="EC29" s="3" t="n">
+        <x:v>7174</x:v>
+      </x:c>
+      <x:c r="ED29" s="3" t="n">
+        <x:v>7209</x:v>
+      </x:c>
+      <x:c r="EE29" s="3" t="n">
+        <x:v>6384</x:v>
+      </x:c>
+      <x:c r="EF29" s="3" t="n">
+        <x:v>7239</x:v>
+      </x:c>
+      <x:c r="EG29" s="3" t="n">
+        <x:v>7946</x:v>
+      </x:c>
+      <x:c r="EH29" s="3" t="n">
+        <x:v>8358</x:v>
+      </x:c>
+      <x:c r="EI29" s="3" t="n">
+        <x:v>8079</x:v>
+      </x:c>
+      <x:c r="EJ29" s="3" t="n">
+        <x:v>7099</x:v>
+      </x:c>
+      <x:c r="EK29" s="3" t="n">
+        <x:v>7170</x:v>
+      </x:c>
+      <x:c r="EL29" s="3" t="n">
+        <x:v>8094</x:v>
+      </x:c>
+      <x:c r="EM29" s="3" t="n">
+        <x:v>8198</x:v>
+      </x:c>
+      <x:c r="EN29" s="3" t="n">
+        <x:v>8459</x:v>
+      </x:c>
+      <x:c r="EO29" s="3" t="n">
+        <x:v>8320</x:v>
+      </x:c>
+      <x:c r="EP29" s="3" t="n">
+        <x:v>9247</x:v>
+      </x:c>
+      <x:c r="EQ29" s="3" t="n">
+        <x:v>9965</x:v>
+      </x:c>
+      <x:c r="ER29" s="3" t="n">
+        <x:v>8741</x:v>
+      </x:c>
+      <x:c r="ES29" s="3" t="n">
+        <x:v>9303</x:v>
+      </x:c>
+      <x:c r="ET29" s="3" t="n">
+        <x:v>8977</x:v>
+      </x:c>
+      <x:c r="EU29" s="3" t="n">
+        <x:v>10426</x:v>
+      </x:c>
+      <x:c r="EV29" s="3" t="n">
+        <x:v>9508</x:v>
+      </x:c>
+      <x:c r="EW29" s="3" t="n">
+        <x:v>9690</x:v>
+      </x:c>
+      <x:c r="EX29" s="3" t="n">
+        <x:v>10035</x:v>
+      </x:c>
+      <x:c r="EY29" s="3" t="n">
+        <x:v>10033</x:v>
+      </x:c>
+      <x:c r="EZ29" s="3" t="n">
+        <x:v>9889</x:v>
+      </x:c>
+      <x:c r="FA29" s="3" t="n">
+        <x:v>11455</x:v>
+      </x:c>
+      <x:c r="FB29" s="3" t="n">
+        <x:v>7501</x:v>
+      </x:c>
+      <x:c r="FC29" s="3" t="n">
+        <x:v>7472</x:v>
+      </x:c>
+      <x:c r="FD29" s="3" t="n">
+        <x:v>8068</x:v>
+      </x:c>
+      <x:c r="FE29" s="3" t="n">
+        <x:v>9048</x:v>
+      </x:c>
+      <x:c r="FF29" s="3" t="n">
+        <x:v>7713</x:v>
+      </x:c>
+      <x:c r="FG29" s="3" t="n">
+        <x:v>9736</x:v>
+      </x:c>
+      <x:c r="FH29" s="3" t="n">
+        <x:v>9261</x:v>
+      </x:c>
+      <x:c r="FI29" s="3" t="n">
+        <x:v>8584</x:v>
+      </x:c>
+      <x:c r="FJ29" s="3" t="n">
+        <x:v>8616</x:v>
+      </x:c>
+      <x:c r="FK29" s="3" t="n">
+        <x:v>9335</x:v>
+      </x:c>
+      <x:c r="FL29" s="3" t="n">
+        <x:v>8714</x:v>
+      </x:c>
+      <x:c r="FM29" s="3" t="n">
+        <x:v>9136</x:v>
+      </x:c>
+      <x:c r="FN29" s="3" t="n">
+        <x:v>7457</x:v>
+      </x:c>
+      <x:c r="FO29" s="3" t="n">
+        <x:v>7146</x:v>
+      </x:c>
+      <x:c r="FP29" s="3" t="n">
+        <x:v>6968</x:v>
+      </x:c>
+      <x:c r="FQ29" s="3" t="n">
+        <x:v>7248</x:v>
+      </x:c>
+      <x:c r="FR29" s="3" t="n">
+        <x:v>5538</x:v>
+      </x:c>
+      <x:c r="FS29" s="3" t="n">
+        <x:v>5466</x:v>
+      </x:c>
+      <x:c r="FT29" s="3" t="n">
+        <x:v>6721</x:v>
+      </x:c>
+      <x:c r="FU29" s="3" t="n">
+        <x:v>7544</x:v>
+      </x:c>
+      <x:c r="FV29" s="3" t="n">
+        <x:v>7141</x:v>
+      </x:c>
+      <x:c r="FW29" s="3" t="n">
+        <x:v>7315</x:v>
+      </x:c>
+      <x:c r="FX29" s="3" t="n">
+        <x:v>8056</x:v>
+      </x:c>
+      <x:c r="FY29" s="3" t="n">
+        <x:v>8809</x:v>
+      </x:c>
+      <x:c r="FZ29" s="3" t="n">
+        <x:v>7593</x:v>
+      </x:c>
+      <x:c r="GA29" s="3" t="n">
+        <x:v>8482</x:v>
+      </x:c>
+      <x:c r="GB29" s="3" t="n">
+        <x:v>7700</x:v>
+      </x:c>
+      <x:c r="GC29" s="3" t="n">
+        <x:v>9411</x:v>
+      </x:c>
+      <x:c r="GD29" s="3" t="n">
+        <x:v>7609</x:v>
+      </x:c>
+      <x:c r="GE29" s="3" t="n">
+        <x:v>8536</x:v>
+      </x:c>
+      <x:c r="GF29" s="3" t="n">
+        <x:v>10716</x:v>
+      </x:c>
+      <x:c r="GG29" s="3" t="n">
+        <x:v>8098</x:v>
+      </x:c>
+      <x:c r="GH29" s="3" t="n">
+        <x:v>8686</x:v>
+      </x:c>
+      <x:c r="GI29" s="3" t="n">
+        <x:v>8202</x:v>
+      </x:c>
+      <x:c r="GJ29" s="3" t="n">
+        <x:v>9358</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:192">
+      <x:c r="A30" s="2" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="B30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="L30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="M30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="N30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="P30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Q30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="R30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="T30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="U30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="V30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="X30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Y30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Z30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AA30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AB30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AC30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AD30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AE30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AF30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AG30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AH30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AI30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AJ30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AK30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AL30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AM30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AN30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AO30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AP30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AQ30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AR30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AS30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AT30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AU30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AV30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AW30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AX30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AY30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AZ30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BA30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BB30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BC30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BD30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BE30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BF30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BG30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BH30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BI30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BJ30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BK30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BL30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BM30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BN30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BO30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BP30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BQ30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BR30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BS30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BT30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BU30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BV30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BW30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BX30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BY30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BZ30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CA30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CB30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CC30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CD30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CE30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CF30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CG30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CH30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CI30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CJ30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CK30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CL30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CM30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CN30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CO30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CP30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CQ30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CR30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CS30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CT30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CU30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CV30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CW30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CX30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CY30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CZ30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DA30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DB30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DC30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DD30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DE30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DF30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DG30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DH30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DI30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DJ30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DK30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DL30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DM30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DN30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DO30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DP30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DQ30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DR30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DS30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DT30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DU30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DV30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DW30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DX30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DY30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DZ30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EA30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EB30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EC30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="ED30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EE30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EF30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EG30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EH30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EI30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EJ30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EK30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EL30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EM30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EN30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EO30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EP30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EQ30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="ER30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="ES30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="ET30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EU30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EV30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EW30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EX30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EY30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EZ30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FA30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FB30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FC30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FD30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FE30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FF30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FG30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FH30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FI30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FJ30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FK30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FL30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FM30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FN30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FO30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FP30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FQ30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FR30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FS30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FT30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FU30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FV30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FW30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FX30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FY30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FZ30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GA30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GB30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GC30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GD30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GE30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GF30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GG30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GH30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GI30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GJ30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:192">
+      <x:c r="A31" s="2" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="B31" s="3" t="n">
+        <x:v>9234</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="n">
+        <x:v>8664</x:v>
+      </x:c>
+      <x:c r="D31" s="3" t="n">
+        <x:v>8912</x:v>
+      </x:c>
+      <x:c r="E31" s="3" t="n">
+        <x:v>8754</x:v>
+      </x:c>
+      <x:c r="F31" s="3" t="n">
+        <x:v>8193</x:v>
+      </x:c>
+      <x:c r="G31" s="3" t="n">
+        <x:v>9008</x:v>
+      </x:c>
+      <x:c r="H31" s="3" t="n">
+        <x:v>8009</x:v>
+      </x:c>
+      <x:c r="I31" s="3" t="n">
+        <x:v>8185</x:v>
+      </x:c>
+      <x:c r="J31" s="3" t="n">
+        <x:v>8275</x:v>
+      </x:c>
+      <x:c r="K31" s="3" t="n">
+        <x:v>7874</x:v>
+      </x:c>
+      <x:c r="L31" s="3" t="n">
+        <x:v>8005</x:v>
+      </x:c>
+      <x:c r="M31" s="3" t="n">
+        <x:v>8143</x:v>
+      </x:c>
+      <x:c r="N31" s="3" t="n">
+        <x:v>8746</x:v>
+      </x:c>
+      <x:c r="O31" s="3" t="n">
+        <x:v>10417</x:v>
+      </x:c>
+      <x:c r="P31" s="3" t="n">
+        <x:v>9811</x:v>
+      </x:c>
+      <x:c r="Q31" s="3" t="n">
+        <x:v>10180</x:v>
+      </x:c>
+      <x:c r="R31" s="3" t="n">
+        <x:v>10846</x:v>
+      </x:c>
+      <x:c r="S31" s="3" t="n">
+        <x:v>11005</x:v>
+      </x:c>
+      <x:c r="T31" s="3" t="n">
+        <x:v>11252</x:v>
+      </x:c>
+      <x:c r="U31" s="3" t="n">
+        <x:v>12511</x:v>
+      </x:c>
+      <x:c r="V31" s="3" t="n">
+        <x:v>12101</x:v>
+      </x:c>
+      <x:c r="W31" s="3" t="n">
+        <x:v>12195</x:v>
+      </x:c>
+      <x:c r="X31" s="3" t="n">
+        <x:v>12417</x:v>
+      </x:c>
+      <x:c r="Y31" s="3" t="n">
+        <x:v>10875</x:v>
+      </x:c>
+      <x:c r="Z31" s="3" t="n">
+        <x:v>10985</x:v>
+      </x:c>
+      <x:c r="AA31" s="3" t="n">
+        <x:v>10941</x:v>
+      </x:c>
+      <x:c r="AB31" s="3" t="n">
+        <x:v>11978</x:v>
+      </x:c>
+      <x:c r="AC31" s="3" t="n">
+        <x:v>11587</x:v>
+      </x:c>
+      <x:c r="AD31" s="3" t="n">
+        <x:v>12032</x:v>
+      </x:c>
+      <x:c r="AE31" s="3" t="n">
+        <x:v>12419</x:v>
+      </x:c>
+      <x:c r="AF31" s="3" t="n">
+        <x:v>13075</x:v>
+      </x:c>
+      <x:c r="AG31" s="3" t="n">
+        <x:v>13787</x:v>
+      </x:c>
+      <x:c r="AH31" s="3" t="n">
+        <x:v>15345</x:v>
+      </x:c>
+      <x:c r="AI31" s="3" t="n">
+        <x:v>15172</x:v>
+      </x:c>
+      <x:c r="AJ31" s="3" t="n">
+        <x:v>14640</x:v>
+      </x:c>
+      <x:c r="AK31" s="3" t="n">
+        <x:v>15388</x:v>
+      </x:c>
+      <x:c r="AL31" s="3" t="n">
+        <x:v>16544</x:v>
+      </x:c>
+      <x:c r="AM31" s="3" t="n">
+        <x:v>15635</x:v>
+      </x:c>
+      <x:c r="AN31" s="3" t="n">
+        <x:v>17235</x:v>
+      </x:c>
+      <x:c r="AO31" s="3" t="n">
+        <x:v>17289</x:v>
+      </x:c>
+      <x:c r="AP31" s="3" t="n">
+        <x:v>17036</x:v>
+      </x:c>
+      <x:c r="AQ31" s="3" t="n">
+        <x:v>17323</x:v>
+      </x:c>
+      <x:c r="AR31" s="3" t="n">
+        <x:v>16209</x:v>
+      </x:c>
+      <x:c r="AS31" s="3" t="n">
+        <x:v>15481</x:v>
+      </x:c>
+      <x:c r="AT31" s="3" t="n">
+        <x:v>15836</x:v>
+      </x:c>
+      <x:c r="AU31" s="3" t="n">
+        <x:v>15218</x:v>
+      </x:c>
+      <x:c r="AV31" s="3" t="n">
+        <x:v>14948</x:v>
+      </x:c>
+      <x:c r="AW31" s="3" t="n">
+        <x:v>14883</x:v>
+      </x:c>
+      <x:c r="AX31" s="3" t="n">
+        <x:v>14324</x:v>
+      </x:c>
+      <x:c r="AY31" s="3" t="n">
+        <x:v>14474</x:v>
+      </x:c>
+      <x:c r="AZ31" s="3" t="n">
+        <x:v>14180</x:v>
+      </x:c>
+      <x:c r="BA31" s="3" t="n">
+        <x:v>13858</x:v>
+      </x:c>
+      <x:c r="BB31" s="3" t="n">
+        <x:v>12374</x:v>
+      </x:c>
+      <x:c r="BC31" s="3" t="n">
+        <x:v>12637</x:v>
+      </x:c>
+      <x:c r="BD31" s="3" t="n">
+        <x:v>12966</x:v>
+      </x:c>
+      <x:c r="BE31" s="3" t="n">
+        <x:v>13740</x:v>
+      </x:c>
+      <x:c r="BF31" s="3" t="n">
+        <x:v>14685</x:v>
+      </x:c>
+      <x:c r="BG31" s="3" t="n">
+        <x:v>13830</x:v>
+      </x:c>
+      <x:c r="BH31" s="3" t="n">
+        <x:v>14341</x:v>
+      </x:c>
+      <x:c r="BI31" s="3" t="n">
+        <x:v>14252</x:v>
+      </x:c>
+      <x:c r="BJ31" s="3" t="n">
+        <x:v>14766</x:v>
+      </x:c>
+      <x:c r="BK31" s="3" t="n">
+        <x:v>14221</x:v>
+      </x:c>
+      <x:c r="BL31" s="3" t="n">
+        <x:v>14729</x:v>
+      </x:c>
+      <x:c r="BM31" s="3" t="n">
+        <x:v>14607</x:v>
+      </x:c>
+      <x:c r="BN31" s="3" t="n">
+        <x:v>14235</x:v>
+      </x:c>
+      <x:c r="BO31" s="3" t="n">
+        <x:v>14629</x:v>
+      </x:c>
+      <x:c r="BP31" s="3" t="n">
+        <x:v>14242</x:v>
+      </x:c>
+      <x:c r="BQ31" s="3" t="n">
+        <x:v>19440</x:v>
+      </x:c>
+      <x:c r="BR31" s="3" t="n">
+        <x:v>15239</x:v>
+      </x:c>
+      <x:c r="BS31" s="3" t="n">
+        <x:v>16224</x:v>
+      </x:c>
+      <x:c r="BT31" s="3" t="n">
+        <x:v>15983</x:v>
+      </x:c>
+      <x:c r="BU31" s="3" t="n">
+        <x:v>16236</x:v>
+      </x:c>
+      <x:c r="BV31" s="3" t="n">
+        <x:v>16528</x:v>
+      </x:c>
+      <x:c r="BW31" s="3" t="n">
+        <x:v>16399</x:v>
+      </x:c>
+      <x:c r="BX31" s="3" t="n">
+        <x:v>17173</x:v>
+      </x:c>
+      <x:c r="BY31" s="3" t="n">
+        <x:v>17097</x:v>
+      </x:c>
+      <x:c r="BZ31" s="3" t="n">
+        <x:v>17845</x:v>
+      </x:c>
+      <x:c r="CA31" s="3" t="n">
+        <x:v>18475</x:v>
+      </x:c>
+      <x:c r="CB31" s="3" t="n">
+        <x:v>18595</x:v>
+      </x:c>
+      <x:c r="CC31" s="3" t="n">
+        <x:v>18886</x:v>
+      </x:c>
+      <x:c r="CD31" s="3" t="n">
+        <x:v>19391</x:v>
+      </x:c>
+      <x:c r="CE31" s="3" t="n">
+        <x:v>18957</x:v>
+      </x:c>
+      <x:c r="CF31" s="3" t="n">
+        <x:v>19802</x:v>
+      </x:c>
+      <x:c r="CG31" s="3" t="n">
+        <x:v>20371</x:v>
+      </x:c>
+      <x:c r="CH31" s="3" t="n">
+        <x:v>20806</x:v>
+      </x:c>
+      <x:c r="CI31" s="3" t="n">
+        <x:v>20989</x:v>
+      </x:c>
+      <x:c r="CJ31" s="3" t="n">
+        <x:v>20446</x:v>
+      </x:c>
+      <x:c r="CK31" s="3" t="n">
+        <x:v>20855</x:v>
+      </x:c>
+      <x:c r="CL31" s="3" t="n">
+        <x:v>21648</x:v>
+      </x:c>
+      <x:c r="CM31" s="3" t="n">
+        <x:v>21650</x:v>
+      </x:c>
+      <x:c r="CN31" s="3" t="n">
+        <x:v>21155</x:v>
+      </x:c>
+      <x:c r="CO31" s="3" t="n">
+        <x:v>21844</x:v>
+      </x:c>
+      <x:c r="CP31" s="3" t="n">
+        <x:v>21342</x:v>
+      </x:c>
+      <x:c r="CQ31" s="3" t="n">
+        <x:v>21436</x:v>
+      </x:c>
+      <x:c r="CR31" s="3" t="n">
+        <x:v>21934</x:v>
+      </x:c>
+      <x:c r="CS31" s="3" t="n">
+        <x:v>20677</x:v>
+      </x:c>
+      <x:c r="CT31" s="3" t="n">
+        <x:v>21523</x:v>
+      </x:c>
+      <x:c r="CU31" s="3" t="n">
+        <x:v>22972</x:v>
+      </x:c>
+      <x:c r="CV31" s="3" t="n">
+        <x:v>24054</x:v>
+      </x:c>
+      <x:c r="CW31" s="3" t="n">
+        <x:v>23651</x:v>
+      </x:c>
+      <x:c r="CX31" s="3" t="n">
+        <x:v>23557</x:v>
+      </x:c>
+      <x:c r="CY31" s="3" t="n">
+        <x:v>23873</x:v>
+      </x:c>
+      <x:c r="CZ31" s="3" t="n">
+        <x:v>25734</x:v>
+      </x:c>
+      <x:c r="DA31" s="3" t="n">
+        <x:v>26464</x:v>
+      </x:c>
+      <x:c r="DB31" s="3" t="n">
+        <x:v>28450</x:v>
+      </x:c>
+      <x:c r="DC31" s="3" t="n">
+        <x:v>27373</x:v>
+      </x:c>
+      <x:c r="DD31" s="3" t="n">
+        <x:v>28743</x:v>
+      </x:c>
+      <x:c r="DE31" s="3" t="n">
+        <x:v>30447</x:v>
+      </x:c>
+      <x:c r="DF31" s="3" t="n">
+        <x:v>29946</x:v>
+      </x:c>
+      <x:c r="DG31" s="3" t="n">
+        <x:v>31342</x:v>
+      </x:c>
+      <x:c r="DH31" s="3" t="n">
+        <x:v>30689</x:v>
+      </x:c>
+      <x:c r="DI31" s="3" t="n">
+        <x:v>30046</x:v>
+      </x:c>
+      <x:c r="DJ31" s="3" t="n">
+        <x:v>32346</x:v>
+      </x:c>
+      <x:c r="DK31" s="3" t="n">
+        <x:v>32198</x:v>
+      </x:c>
+      <x:c r="DL31" s="3" t="n">
+        <x:v>32993</x:v>
+      </x:c>
+      <x:c r="DM31" s="3" t="n">
+        <x:v>33038</x:v>
+      </x:c>
+      <x:c r="DN31" s="3" t="n">
+        <x:v>32862</x:v>
+      </x:c>
+      <x:c r="DO31" s="3" t="n">
+        <x:v>34084</x:v>
+      </x:c>
+      <x:c r="DP31" s="3" t="n">
+        <x:v>33553</x:v>
+      </x:c>
+      <x:c r="DQ31" s="3" t="n">
+        <x:v>35683</x:v>
+      </x:c>
+      <x:c r="DR31" s="3" t="n">
+        <x:v>37794</x:v>
+      </x:c>
+      <x:c r="DS31" s="3" t="n">
+        <x:v>36708</x:v>
+      </x:c>
+      <x:c r="DT31" s="3" t="n">
+        <x:v>35350</x:v>
+      </x:c>
+      <x:c r="DU31" s="3" t="n">
+        <x:v>34730</x:v>
+      </x:c>
+      <x:c r="DV31" s="3" t="n">
+        <x:v>32941</x:v>
+      </x:c>
+      <x:c r="DW31" s="3" t="n">
+        <x:v>33159</x:v>
+      </x:c>
+      <x:c r="DX31" s="3" t="n">
+        <x:v>32850</x:v>
+      </x:c>
+      <x:c r="DY31" s="3" t="n">
+        <x:v>34654</x:v>
+      </x:c>
+      <x:c r="DZ31" s="3" t="n">
+        <x:v>37305</x:v>
+      </x:c>
+      <x:c r="EA31" s="3" t="n">
+        <x:v>36824</x:v>
+      </x:c>
+      <x:c r="EB31" s="3" t="n">
+        <x:v>37874</x:v>
+      </x:c>
+      <x:c r="EC31" s="3" t="n">
+        <x:v>38169</x:v>
+      </x:c>
+      <x:c r="ED31" s="3" t="n">
+        <x:v>38759</x:v>
+      </x:c>
+      <x:c r="EE31" s="3" t="n">
+        <x:v>39894</x:v>
+      </x:c>
+      <x:c r="EF31" s="3" t="n">
+        <x:v>40001</x:v>
+      </x:c>
+      <x:c r="EG31" s="3" t="n">
+        <x:v>41246</x:v>
+      </x:c>
+      <x:c r="EH31" s="3" t="n">
+        <x:v>43808</x:v>
+      </x:c>
+      <x:c r="EI31" s="3" t="n">
+        <x:v>43954</x:v>
+      </x:c>
+      <x:c r="EJ31" s="3" t="n">
+        <x:v>44377</x:v>
+      </x:c>
+      <x:c r="EK31" s="3" t="n">
+        <x:v>44714</x:v>
+      </x:c>
+      <x:c r="EL31" s="3" t="n">
+        <x:v>46098</x:v>
+      </x:c>
+      <x:c r="EM31" s="3" t="n">
+        <x:v>46622</x:v>
+      </x:c>
+      <x:c r="EN31" s="3" t="n">
+        <x:v>48159</x:v>
+      </x:c>
+      <x:c r="EO31" s="3" t="n">
+        <x:v>48769</x:v>
+      </x:c>
+      <x:c r="EP31" s="3" t="n">
+        <x:v>47636</x:v>
+      </x:c>
+      <x:c r="EQ31" s="3" t="n">
+        <x:v>48323</x:v>
+      </x:c>
+      <x:c r="ER31" s="3" t="n">
+        <x:v>48200</x:v>
+      </x:c>
+      <x:c r="ES31" s="3" t="n">
+        <x:v>47873</x:v>
+      </x:c>
+      <x:c r="ET31" s="3" t="n">
+        <x:v>46745</x:v>
+      </x:c>
+      <x:c r="EU31" s="3" t="n">
+        <x:v>47261</x:v>
+      </x:c>
+      <x:c r="EV31" s="3" t="n">
+        <x:v>47693</x:v>
+      </x:c>
+      <x:c r="EW31" s="3" t="n">
+        <x:v>47574</x:v>
+      </x:c>
+      <x:c r="EX31" s="3" t="n">
+        <x:v>44862</x:v>
+      </x:c>
+      <x:c r="EY31" s="3" t="n">
+        <x:v>48035</x:v>
+      </x:c>
+      <x:c r="EZ31" s="3" t="n">
+        <x:v>46373</x:v>
+      </x:c>
+      <x:c r="FA31" s="3" t="n">
+        <x:v>47984</x:v>
+      </x:c>
+      <x:c r="FB31" s="3" t="n">
+        <x:v>47789</x:v>
+      </x:c>
+      <x:c r="FC31" s="3" t="n">
+        <x:v>47561</x:v>
+      </x:c>
+      <x:c r="FD31" s="3" t="n">
+        <x:v>47784</x:v>
+      </x:c>
+      <x:c r="FE31" s="3" t="n">
+        <x:v>48443</x:v>
+      </x:c>
+      <x:c r="FF31" s="3" t="n">
+        <x:v>48019</x:v>
+      </x:c>
+      <x:c r="FG31" s="3" t="n">
+        <x:v>48643</x:v>
+      </x:c>
+      <x:c r="FH31" s="3" t="n">
+        <x:v>47515</x:v>
+      </x:c>
+      <x:c r="FI31" s="3" t="n">
+        <x:v>47959</x:v>
+      </x:c>
+      <x:c r="FJ31" s="3" t="n">
+        <x:v>47129</x:v>
+      </x:c>
+      <x:c r="FK31" s="3" t="n">
+        <x:v>45118</x:v>
+      </x:c>
+      <x:c r="FL31" s="3" t="n">
+        <x:v>48105</x:v>
+      </x:c>
+      <x:c r="FM31" s="3" t="n">
+        <x:v>48966</x:v>
+      </x:c>
+      <x:c r="FN31" s="3" t="n">
+        <x:v>44647</x:v>
+      </x:c>
+      <x:c r="FO31" s="3" t="n">
+        <x:v>1278</x:v>
+      </x:c>
+      <x:c r="FP31" s="3" t="n">
+        <x:v>7277</x:v>
+      </x:c>
+      <x:c r="FQ31" s="3" t="n">
+        <x:v>4104</x:v>
+      </x:c>
+      <x:c r="FR31" s="3" t="n">
+        <x:v>2786</x:v>
+      </x:c>
+      <x:c r="FS31" s="3" t="n">
+        <x:v>2590</x:v>
+      </x:c>
+      <x:c r="FT31" s="3" t="n">
+        <x:v>14237</x:v>
+      </x:c>
+      <x:c r="FU31" s="3" t="n">
+        <x:v>26570</x:v>
+      </x:c>
+      <x:c r="FV31" s="3" t="n">
+        <x:v>28157</x:v>
+      </x:c>
+      <x:c r="FW31" s="3" t="n">
+        <x:v>42161</x:v>
+      </x:c>
+      <x:c r="FX31" s="3" t="n">
+        <x:v>42774</x:v>
+      </x:c>
+      <x:c r="FY31" s="3" t="n">
+        <x:v>42969</x:v>
+      </x:c>
+      <x:c r="FZ31" s="3" t="n">
+        <x:v>40881</x:v>
+      </x:c>
+      <x:c r="GA31" s="3" t="n">
+        <x:v>42884</x:v>
+      </x:c>
+      <x:c r="GB31" s="3" t="n">
+        <x:v>43101</x:v>
+      </x:c>
+      <x:c r="GC31" s="3" t="n">
+        <x:v>42747</x:v>
+      </x:c>
+      <x:c r="GD31" s="3" t="n">
+        <x:v>43815</x:v>
+      </x:c>
+      <x:c r="GE31" s="3" t="n">
+        <x:v>45525</x:v>
+      </x:c>
+      <x:c r="GF31" s="3" t="n">
+        <x:v>46322</x:v>
+      </x:c>
+      <x:c r="GG31" s="3" t="n">
+        <x:v>46971</x:v>
+      </x:c>
+      <x:c r="GH31" s="3" t="n">
+        <x:v>48307</x:v>
+      </x:c>
+      <x:c r="GI31" s="3" t="n">
+        <x:v>46137</x:v>
+      </x:c>
+      <x:c r="GJ31" s="3" t="n">
+        <x:v>47452</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:192">
+      <x:c r="A32" s="2" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="B32" s="3" t="n">
+        <x:v>11293</x:v>
+      </x:c>
+      <x:c r="C32" s="3" t="n">
+        <x:v>12330</x:v>
+      </x:c>
+      <x:c r="D32" s="3" t="n">
+        <x:v>12459</x:v>
+      </x:c>
+      <x:c r="E32" s="3" t="n">
         <x:v>12321</x:v>
       </x:c>
-      <x:c r="DH18" s="3" t="n">
-[...237 lines deleted...]
-        <x:v>14965</x:v>
+      <x:c r="F32" s="3" t="n">
+        <x:v>12506</x:v>
+      </x:c>
+      <x:c r="G32" s="3" t="n">
+        <x:v>12446</x:v>
+      </x:c>
+      <x:c r="H32" s="3" t="n">
+        <x:v>12161</x:v>
+      </x:c>
+      <x:c r="I32" s="3" t="n">
+        <x:v>12864</x:v>
+      </x:c>
+      <x:c r="J32" s="3" t="n">
+        <x:v>12611</x:v>
+      </x:c>
+      <x:c r="K32" s="3" t="n">
+        <x:v>13762</x:v>
+      </x:c>
+      <x:c r="L32" s="3" t="n">
+        <x:v>11746</x:v>
+      </x:c>
+      <x:c r="M32" s="3" t="n">
+        <x:v>12357</x:v>
+      </x:c>
+      <x:c r="N32" s="3" t="n">
+        <x:v>7643</x:v>
+      </x:c>
+      <x:c r="O32" s="3" t="n">
+        <x:v>12136</x:v>
+      </x:c>
+      <x:c r="P32" s="3" t="n">
+        <x:v>13631</x:v>
+      </x:c>
+      <x:c r="Q32" s="3" t="n">
+        <x:v>19101</x:v>
+      </x:c>
+      <x:c r="R32" s="3" t="n">
+        <x:v>12588</x:v>
+      </x:c>
+      <x:c r="S32" s="3" t="n">
+        <x:v>11354</x:v>
+      </x:c>
+      <x:c r="T32" s="3" t="n">
+        <x:v>11676</x:v>
+      </x:c>
+      <x:c r="U32" s="3" t="n">
+        <x:v>19269</x:v>
+      </x:c>
+      <x:c r="V32" s="3" t="n">
+        <x:v>13436</x:v>
+      </x:c>
+      <x:c r="W32" s="3" t="n">
+        <x:v>14003</x:v>
+      </x:c>
+      <x:c r="X32" s="3" t="n">
+        <x:v>14165</x:v>
+      </x:c>
+      <x:c r="Y32" s="3" t="n">
+        <x:v>14272</x:v>
+      </x:c>
+      <x:c r="Z32" s="3" t="n">
+        <x:v>11083</x:v>
+      </x:c>
+      <x:c r="AA32" s="3" t="n">
+        <x:v>17918</x:v>
+      </x:c>
+      <x:c r="AB32" s="3" t="n">
+        <x:v>9922</x:v>
+      </x:c>
+      <x:c r="AC32" s="3" t="n">
+        <x:v>19598</x:v>
+      </x:c>
+      <x:c r="AD32" s="3" t="n">
+        <x:v>15259</x:v>
+      </x:c>
+      <x:c r="AE32" s="3" t="n">
+        <x:v>15106</x:v>
+      </x:c>
+      <x:c r="AF32" s="3" t="n">
+        <x:v>15385</x:v>
+      </x:c>
+      <x:c r="AG32" s="3" t="n">
+        <x:v>15008</x:v>
+      </x:c>
+      <x:c r="AH32" s="3" t="n">
+        <x:v>16133</x:v>
+      </x:c>
+      <x:c r="AI32" s="3" t="n">
+        <x:v>15218</x:v>
+      </x:c>
+      <x:c r="AJ32" s="3" t="n">
+        <x:v>15581</x:v>
+      </x:c>
+      <x:c r="AK32" s="3" t="n">
+        <x:v>14421</x:v>
+      </x:c>
+      <x:c r="AL32" s="3" t="n">
+        <x:v>15467</x:v>
+      </x:c>
+      <x:c r="AM32" s="3" t="n">
+        <x:v>15577</x:v>
+      </x:c>
+      <x:c r="AN32" s="3" t="n">
+        <x:v>14703</x:v>
+      </x:c>
+      <x:c r="AO32" s="3" t="n">
+        <x:v>11295</x:v>
+      </x:c>
+      <x:c r="AP32" s="3" t="n">
+        <x:v>14194</x:v>
+      </x:c>
+      <x:c r="AQ32" s="3" t="n">
+        <x:v>15132</x:v>
+      </x:c>
+      <x:c r="AR32" s="3" t="n">
+        <x:v>15028</x:v>
+      </x:c>
+      <x:c r="AS32" s="3" t="n">
+        <x:v>13340</x:v>
+      </x:c>
+      <x:c r="AT32" s="3" t="n">
+        <x:v>14679</x:v>
+      </x:c>
+      <x:c r="AU32" s="3" t="n">
+        <x:v>15353</x:v>
+      </x:c>
+      <x:c r="AV32" s="3" t="n">
+        <x:v>14825</x:v>
+      </x:c>
+      <x:c r="AW32" s="3" t="n">
+        <x:v>15650</x:v>
+      </x:c>
+      <x:c r="AX32" s="3" t="n">
+        <x:v>15871</x:v>
+      </x:c>
+      <x:c r="AY32" s="3" t="n">
+        <x:v>14114</x:v>
+      </x:c>
+      <x:c r="AZ32" s="3" t="n">
+        <x:v>15257</x:v>
+      </x:c>
+      <x:c r="BA32" s="3" t="n">
+        <x:v>16114</x:v>
+      </x:c>
+      <x:c r="BB32" s="3" t="n">
+        <x:v>16031</x:v>
+      </x:c>
+      <x:c r="BC32" s="3" t="n">
+        <x:v>16565</x:v>
+      </x:c>
+      <x:c r="BD32" s="3" t="n">
+        <x:v>15461</x:v>
+      </x:c>
+      <x:c r="BE32" s="3" t="n">
+        <x:v>18891</x:v>
+      </x:c>
+      <x:c r="BF32" s="3" t="n">
+        <x:v>17567</x:v>
+      </x:c>
+      <x:c r="BG32" s="3" t="n">
+        <x:v>18581</x:v>
+      </x:c>
+      <x:c r="BH32" s="3" t="n">
+        <x:v>18449</x:v>
+      </x:c>
+      <x:c r="BI32" s="3" t="n">
+        <x:v>18642</x:v>
+      </x:c>
+      <x:c r="BJ32" s="3" t="n">
+        <x:v>19491</x:v>
+      </x:c>
+      <x:c r="BK32" s="3" t="n">
+        <x:v>20785</x:v>
+      </x:c>
+      <x:c r="BL32" s="3" t="n">
+        <x:v>21903</x:v>
+      </x:c>
+      <x:c r="BM32" s="3" t="n">
+        <x:v>19291</x:v>
+      </x:c>
+      <x:c r="BN32" s="3" t="n">
+        <x:v>18419</x:v>
+      </x:c>
+      <x:c r="BO32" s="3" t="n">
+        <x:v>17293</x:v>
+      </x:c>
+      <x:c r="BP32" s="3" t="n">
+        <x:v>16922</x:v>
+      </x:c>
+      <x:c r="BQ32" s="3" t="n">
+        <x:v>20635</x:v>
+      </x:c>
+      <x:c r="BR32" s="3" t="n">
+        <x:v>18851</x:v>
+      </x:c>
+      <x:c r="BS32" s="3" t="n">
+        <x:v>18603</x:v>
+      </x:c>
+      <x:c r="BT32" s="3" t="n">
+        <x:v>17887</x:v>
+      </x:c>
+      <x:c r="BU32" s="3" t="n">
+        <x:v>17715</x:v>
+      </x:c>
+      <x:c r="BV32" s="3" t="n">
+        <x:v>17740</x:v>
+      </x:c>
+      <x:c r="BW32" s="3" t="n">
+        <x:v>17891</x:v>
+      </x:c>
+      <x:c r="BX32" s="3" t="n">
+        <x:v>17930</x:v>
+      </x:c>
+      <x:c r="BY32" s="3" t="n">
+        <x:v>18703</x:v>
+      </x:c>
+      <x:c r="BZ32" s="3" t="n">
+        <x:v>20722</x:v>
+      </x:c>
+      <x:c r="CA32" s="3" t="n">
+        <x:v>22227</x:v>
+      </x:c>
+      <x:c r="CB32" s="3" t="n">
+        <x:v>22601</x:v>
+      </x:c>
+      <x:c r="CC32" s="3" t="n">
+        <x:v>22965</x:v>
+      </x:c>
+      <x:c r="CD32" s="3" t="n">
+        <x:v>24344</x:v>
+      </x:c>
+      <x:c r="CE32" s="3" t="n">
+        <x:v>24507</x:v>
+      </x:c>
+      <x:c r="CF32" s="3" t="n">
+        <x:v>24481</x:v>
+      </x:c>
+      <x:c r="CG32" s="3" t="n">
+        <x:v>24590</x:v>
+      </x:c>
+      <x:c r="CH32" s="3" t="n">
+        <x:v>25750</x:v>
+      </x:c>
+      <x:c r="CI32" s="3" t="n">
+        <x:v>24853</x:v>
+      </x:c>
+      <x:c r="CJ32" s="3" t="n">
+        <x:v>27510</x:v>
+      </x:c>
+      <x:c r="CK32" s="3" t="n">
+        <x:v>24926</x:v>
+      </x:c>
+      <x:c r="CL32" s="3" t="n">
+        <x:v>26753</x:v>
+      </x:c>
+      <x:c r="CM32" s="3" t="n">
+        <x:v>27111</x:v>
+      </x:c>
+      <x:c r="CN32" s="3" t="n">
+        <x:v>27383</x:v>
+      </x:c>
+      <x:c r="CO32" s="3" t="n">
+        <x:v>28450</x:v>
+      </x:c>
+      <x:c r="CP32" s="3" t="n">
+        <x:v>28585</x:v>
+      </x:c>
+      <x:c r="CQ32" s="3" t="n">
+        <x:v>29772</x:v>
+      </x:c>
+      <x:c r="CR32" s="3" t="n">
+        <x:v>29259</x:v>
+      </x:c>
+      <x:c r="CS32" s="3" t="n">
+        <x:v>26565</x:v>
+      </x:c>
+      <x:c r="CT32" s="3" t="n">
+        <x:v>26736</x:v>
+      </x:c>
+      <x:c r="CU32" s="3" t="n">
+        <x:v>25918</x:v>
+      </x:c>
+      <x:c r="CV32" s="3" t="n">
+        <x:v>25408</x:v>
+      </x:c>
+      <x:c r="CW32" s="3" t="n">
+        <x:v>25639</x:v>
+      </x:c>
+      <x:c r="CX32" s="3" t="n">
+        <x:v>24779</x:v>
+      </x:c>
+      <x:c r="CY32" s="3" t="n">
+        <x:v>25111</x:v>
+      </x:c>
+      <x:c r="CZ32" s="3" t="n">
+        <x:v>24359</x:v>
+      </x:c>
+      <x:c r="DA32" s="3" t="n">
+        <x:v>23760</x:v>
+      </x:c>
+      <x:c r="DB32" s="3" t="n">
+        <x:v>24440</x:v>
+      </x:c>
+      <x:c r="DC32" s="3" t="n">
+        <x:v>23507</x:v>
+      </x:c>
+      <x:c r="DD32" s="3" t="n">
+        <x:v>23907</x:v>
+      </x:c>
+      <x:c r="DE32" s="3" t="n">
+        <x:v>23245</x:v>
+      </x:c>
+      <x:c r="DF32" s="3" t="n">
+        <x:v>25297</x:v>
+      </x:c>
+      <x:c r="DG32" s="3" t="n">
+        <x:v>26212</x:v>
+      </x:c>
+      <x:c r="DH32" s="3" t="n">
+        <x:v>26659</x:v>
+      </x:c>
+      <x:c r="DI32" s="3" t="n">
+        <x:v>30210</x:v>
+      </x:c>
+      <x:c r="DJ32" s="3" t="n">
+        <x:v>24707</x:v>
+      </x:c>
+      <x:c r="DK32" s="3" t="n">
+        <x:v>26825</x:v>
+      </x:c>
+      <x:c r="DL32" s="3" t="n">
+        <x:v>27014</x:v>
+      </x:c>
+      <x:c r="DM32" s="3" t="n">
+        <x:v>29143</x:v>
+      </x:c>
+      <x:c r="DN32" s="3" t="n">
+        <x:v>31810</x:v>
+      </x:c>
+      <x:c r="DO32" s="3" t="n">
+        <x:v>32712</x:v>
+      </x:c>
+      <x:c r="DP32" s="3" t="n">
+        <x:v>33304</x:v>
+      </x:c>
+      <x:c r="DQ32" s="3" t="n">
+        <x:v>33535</x:v>
+      </x:c>
+      <x:c r="DR32" s="3" t="n">
+        <x:v>33239</x:v>
+      </x:c>
+      <x:c r="DS32" s="3" t="n">
+        <x:v>34916</x:v>
+      </x:c>
+      <x:c r="DT32" s="3" t="n">
+        <x:v>36919</x:v>
+      </x:c>
+      <x:c r="DU32" s="3" t="n">
+        <x:v>38345</x:v>
+      </x:c>
+      <x:c r="DV32" s="3" t="n">
+        <x:v>32136</x:v>
+      </x:c>
+      <x:c r="DW32" s="3" t="n">
+        <x:v>33673</x:v>
+      </x:c>
+      <x:c r="DX32" s="3" t="n">
+        <x:v>35660</x:v>
+      </x:c>
+      <x:c r="DY32" s="3" t="n">
+        <x:v>32068</x:v>
+      </x:c>
+      <x:c r="DZ32" s="3" t="n">
+        <x:v>36668</x:v>
+      </x:c>
+      <x:c r="EA32" s="3" t="n">
+        <x:v>39402</x:v>
+      </x:c>
+      <x:c r="EB32" s="3" t="n">
+        <x:v>39520</x:v>
+      </x:c>
+      <x:c r="EC32" s="3" t="n">
+        <x:v>38522</x:v>
+      </x:c>
+      <x:c r="ED32" s="3" t="n">
+        <x:v>36855</x:v>
+      </x:c>
+      <x:c r="EE32" s="3" t="n">
+        <x:v>37698</x:v>
+      </x:c>
+      <x:c r="EF32" s="3" t="n">
+        <x:v>40111</x:v>
+      </x:c>
+      <x:c r="EG32" s="3" t="n">
+        <x:v>45234</x:v>
+      </x:c>
+      <x:c r="EH32" s="3" t="n">
+        <x:v>39802</x:v>
+      </x:c>
+      <x:c r="EI32" s="3" t="n">
+        <x:v>42406</x:v>
+      </x:c>
+      <x:c r="EJ32" s="3" t="n">
+        <x:v>42907</x:v>
+      </x:c>
+      <x:c r="EK32" s="3" t="n">
+        <x:v>41955</x:v>
+      </x:c>
+      <x:c r="EL32" s="3" t="n">
+        <x:v>42844</x:v>
+      </x:c>
+      <x:c r="EM32" s="3" t="n">
+        <x:v>45438</x:v>
+      </x:c>
+      <x:c r="EN32" s="3" t="n">
+        <x:v>43885</x:v>
+      </x:c>
+      <x:c r="EO32" s="3" t="n">
+        <x:v>48146</x:v>
+      </x:c>
+      <x:c r="EP32" s="3" t="n">
+        <x:v>44299</x:v>
+      </x:c>
+      <x:c r="EQ32" s="3" t="n">
+        <x:v>46753</x:v>
+      </x:c>
+      <x:c r="ER32" s="3" t="n">
+        <x:v>48160</x:v>
+      </x:c>
+      <x:c r="ES32" s="3" t="n">
+        <x:v>48580</x:v>
+      </x:c>
+      <x:c r="ET32" s="3" t="n">
+        <x:v>51206</x:v>
+      </x:c>
+      <x:c r="EU32" s="3" t="n">
+        <x:v>49463</x:v>
+      </x:c>
+      <x:c r="EV32" s="3" t="n">
+        <x:v>50342</x:v>
+      </x:c>
+      <x:c r="EW32" s="3" t="n">
+        <x:v>54210</x:v>
+      </x:c>
+      <x:c r="EX32" s="3" t="n">
+        <x:v>56457</x:v>
+      </x:c>
+      <x:c r="EY32" s="3" t="n">
+        <x:v>55040</x:v>
+      </x:c>
+      <x:c r="EZ32" s="3" t="n">
+        <x:v>56423</x:v>
+      </x:c>
+      <x:c r="FA32" s="3" t="n">
+        <x:v>55090</x:v>
+      </x:c>
+      <x:c r="FB32" s="3" t="n">
+        <x:v>58034</x:v>
+      </x:c>
+      <x:c r="FC32" s="3" t="n">
+        <x:v>59389</x:v>
+      </x:c>
+      <x:c r="FD32" s="3" t="n">
+        <x:v>58339</x:v>
+      </x:c>
+      <x:c r="FE32" s="3" t="n">
+        <x:v>59774</x:v>
+      </x:c>
+      <x:c r="FF32" s="3" t="n">
+        <x:v>55487</x:v>
+      </x:c>
+      <x:c r="FG32" s="3" t="n">
+        <x:v>57203</x:v>
+      </x:c>
+      <x:c r="FH32" s="3" t="n">
+        <x:v>58783</x:v>
+      </x:c>
+      <x:c r="FI32" s="3" t="n">
+        <x:v>56456</x:v>
+      </x:c>
+      <x:c r="FJ32" s="3" t="n">
+        <x:v>60413</x:v>
+      </x:c>
+      <x:c r="FK32" s="3" t="n">
+        <x:v>62793</x:v>
+      </x:c>
+      <x:c r="FL32" s="3" t="n">
+        <x:v>65344</x:v>
+      </x:c>
+      <x:c r="FM32" s="3" t="n">
+        <x:v>68252</x:v>
+      </x:c>
+      <x:c r="FN32" s="3" t="n">
+        <x:v>69385</x:v>
+      </x:c>
+      <x:c r="FO32" s="3" t="n">
+        <x:v>65478</x:v>
+      </x:c>
+      <x:c r="FP32" s="3" t="n">
+        <x:v>66805</x:v>
+      </x:c>
+      <x:c r="FQ32" s="3" t="n">
+        <x:v>69693</x:v>
+      </x:c>
+      <x:c r="FR32" s="3" t="n">
+        <x:v>62318</x:v>
+      </x:c>
+      <x:c r="FS32" s="3" t="n">
+        <x:v>61955</x:v>
+      </x:c>
+      <x:c r="FT32" s="3" t="n">
+        <x:v>66433</x:v>
+      </x:c>
+      <x:c r="FU32" s="3" t="n">
+        <x:v>70419</x:v>
+      </x:c>
+      <x:c r="FV32" s="3" t="n">
+        <x:v>72659</x:v>
+      </x:c>
+      <x:c r="FW32" s="3" t="n">
+        <x:v>76828</x:v>
+      </x:c>
+      <x:c r="FX32" s="3" t="n">
+        <x:v>80271</x:v>
+      </x:c>
+      <x:c r="FY32" s="3" t="n">
+        <x:v>81047</x:v>
+      </x:c>
+      <x:c r="FZ32" s="3" t="n">
+        <x:v>86407</x:v>
+      </x:c>
+      <x:c r="GA32" s="3" t="n">
+        <x:v>88630</x:v>
+      </x:c>
+      <x:c r="GB32" s="3" t="n">
+        <x:v>86723</x:v>
+      </x:c>
+      <x:c r="GC32" s="3" t="n">
+        <x:v>91149</x:v>
+      </x:c>
+      <x:c r="GD32" s="3" t="n">
+        <x:v>94890</x:v>
+      </x:c>
+      <x:c r="GE32" s="3" t="n">
+        <x:v>95707</x:v>
+      </x:c>
+      <x:c r="GF32" s="3" t="n">
+        <x:v>97529</x:v>
+      </x:c>
+      <x:c r="GG32" s="3" t="n">
+        <x:v>99441</x:v>
+      </x:c>
+      <x:c r="GH32" s="3" t="n">
+        <x:v>95909</x:v>
+      </x:c>
+      <x:c r="GI32" s="3" t="n">
+        <x:v>96456</x:v>
+      </x:c>
+      <x:c r="GJ32" s="3" t="n">
+        <x:v>100634</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:191">
-[...12 lines deleted...]
-      <x:c r="E19" s="3" t="n">
+    <x:row r="33" spans="1:192">
+      <x:c r="A33" s="2" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="B33" s="3" t="n">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="n">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="D33" s="3" t="n">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="E33" s="3" t="n">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="F33" s="3" t="n">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="G33" s="3" t="n">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="H33" s="3" t="n">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="I33" s="3" t="n">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="J33" s="3" t="n">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="K33" s="3" t="n">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="L33" s="3" t="n">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="M33" s="3" t="n">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="N33" s="3" t="n">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="O33" s="3" t="n">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="P33" s="3" t="n">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="Q33" s="3" t="n">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="R33" s="3" t="n">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="S33" s="3" t="n">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="T33" s="3" t="n">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="U33" s="3" t="n">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="V33" s="3" t="n">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="W33" s="3" t="n">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="X33" s="3" t="n">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="Y33" s="3" t="n">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="Z33" s="3" t="n">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="AA33" s="3" t="n">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="AB33" s="3" t="n">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="AC33" s="3" t="n">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="AD33" s="3" t="n">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="AE33" s="3" t="n">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="AF33" s="3" t="n">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="AG33" s="3" t="n">
+        <x:v>828</x:v>
+      </x:c>
+      <x:c r="AH33" s="3" t="n">
+        <x:v>821</x:v>
+      </x:c>
+      <x:c r="AI33" s="3" t="n">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="AJ33" s="3" t="n">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="AK33" s="3" t="n">
+        <x:v>810</x:v>
+      </x:c>
+      <x:c r="AL33" s="3" t="n">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="AM33" s="3" t="n">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="AN33" s="3" t="n">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="AO33" s="3" t="n">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="AP33" s="3" t="n">
+        <x:v>948</x:v>
+      </x:c>
+      <x:c r="AQ33" s="3" t="n">
+        <x:v>1358</x:v>
+      </x:c>
+      <x:c r="AR33" s="3" t="n">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="AS33" s="3" t="n">
+        <x:v>948</x:v>
+      </x:c>
+      <x:c r="AT33" s="3" t="n">
+        <x:v>1044</x:v>
+      </x:c>
+      <x:c r="AU33" s="3" t="n">
+        <x:v>1087</x:v>
+      </x:c>
+      <x:c r="AV33" s="3" t="n">
+        <x:v>1097</x:v>
+      </x:c>
+      <x:c r="AW33" s="3" t="n">
+        <x:v>1104</x:v>
+      </x:c>
+      <x:c r="AX33" s="3" t="n">
+        <x:v>966</x:v>
+      </x:c>
+      <x:c r="AY33" s="3" t="n">
+        <x:v>1053</x:v>
+      </x:c>
+      <x:c r="AZ33" s="3" t="n">
+        <x:v>941</x:v>
+      </x:c>
+      <x:c r="BA33" s="3" t="n">
+        <x:v>1003</x:v>
+      </x:c>
+      <x:c r="BB33" s="3" t="n">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="BC33" s="3" t="n">
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="BD33" s="3" t="n">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="BE33" s="3" t="n">
+        <x:v>873</x:v>
+      </x:c>
+      <x:c r="BF33" s="3" t="n">
+        <x:v>1118</x:v>
+      </x:c>
+      <x:c r="BG33" s="3" t="n">
+        <x:v>976</x:v>
+      </x:c>
+      <x:c r="BH33" s="3" t="n">
+        <x:v>1045</x:v>
+      </x:c>
+      <x:c r="BI33" s="3" t="n">
+        <x:v>1109</x:v>
+      </x:c>
+      <x:c r="BJ33" s="3" t="n">
+        <x:v>1122</x:v>
+      </x:c>
+      <x:c r="BK33" s="3" t="n">
+        <x:v>910</x:v>
+      </x:c>
+      <x:c r="BL33" s="3" t="n">
+        <x:v>1073</x:v>
+      </x:c>
+      <x:c r="BM33" s="3" t="n">
+        <x:v>1160</x:v>
+      </x:c>
+      <x:c r="BN33" s="3" t="n">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c r="BO33" s="3" t="n">
+        <x:v>1082</x:v>
+      </x:c>
+      <x:c r="BP33" s="3" t="n">
+        <x:v>1138</x:v>
+      </x:c>
+      <x:c r="BQ33" s="3" t="n">
+        <x:v>1780</x:v>
+      </x:c>
+      <x:c r="BR33" s="3" t="n">
+        <x:v>972</x:v>
+      </x:c>
+      <x:c r="BS33" s="3" t="n">
+        <x:v>1251</x:v>
+      </x:c>
+      <x:c r="BT33" s="3" t="n">
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="BU33" s="3" t="n">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c r="BV33" s="3" t="n">
+        <x:v>976</x:v>
+      </x:c>
+      <x:c r="BW33" s="3" t="n">
+        <x:v>1080</x:v>
+      </x:c>
+      <x:c r="BX33" s="3" t="n">
+        <x:v>1089</x:v>
+      </x:c>
+      <x:c r="BY33" s="3" t="n">
+        <x:v>1035</x:v>
+      </x:c>
+      <x:c r="BZ33" s="3" t="n">
+        <x:v>1203</x:v>
+      </x:c>
+      <x:c r="CA33" s="3" t="n">
+        <x:v>1068</x:v>
+      </x:c>
+      <x:c r="CB33" s="3" t="n">
+        <x:v>1074</x:v>
+      </x:c>
+      <x:c r="CC33" s="3" t="n">
+        <x:v>1332</x:v>
+      </x:c>
+      <x:c r="CD33" s="3" t="n">
+        <x:v>1357</x:v>
+      </x:c>
+      <x:c r="CE33" s="3" t="n">
+        <x:v>1405</x:v>
+      </x:c>
+      <x:c r="CF33" s="3" t="n">
+        <x:v>1373</x:v>
+      </x:c>
+      <x:c r="CG33" s="3" t="n">
+        <x:v>1228</x:v>
+      </x:c>
+      <x:c r="CH33" s="3" t="n">
+        <x:v>1015</x:v>
+      </x:c>
+      <x:c r="CI33" s="3" t="n">
+        <x:v>1144</x:v>
+      </x:c>
+      <x:c r="CJ33" s="3" t="n">
+        <x:v>1352</x:v>
+      </x:c>
+      <x:c r="CK33" s="3" t="n">
+        <x:v>1156</x:v>
+      </x:c>
+      <x:c r="CL33" s="3" t="n">
+        <x:v>1267</x:v>
+      </x:c>
+      <x:c r="CM33" s="3" t="n">
+        <x:v>1286</x:v>
+      </x:c>
+      <x:c r="CN33" s="3" t="n">
+        <x:v>1166</x:v>
+      </x:c>
+      <x:c r="CO33" s="3" t="n">
+        <x:v>1381</x:v>
+      </x:c>
+      <x:c r="CP33" s="3" t="n">
+        <x:v>1650</x:v>
+      </x:c>
+      <x:c r="CQ33" s="3" t="n">
+        <x:v>1515</x:v>
+      </x:c>
+      <x:c r="CR33" s="3" t="n">
+        <x:v>1183</x:v>
+      </x:c>
+      <x:c r="CS33" s="3" t="n">
+        <x:v>1364</x:v>
+      </x:c>
+      <x:c r="CT33" s="3" t="n">
+        <x:v>1411</x:v>
+      </x:c>
+      <x:c r="CU33" s="3" t="n">
+        <x:v>1589</x:v>
+      </x:c>
+      <x:c r="CV33" s="3" t="n">
+        <x:v>1748</x:v>
+      </x:c>
+      <x:c r="CW33" s="3" t="n">
+        <x:v>1357</x:v>
+      </x:c>
+      <x:c r="CX33" s="3" t="n">
+        <x:v>1355</x:v>
+      </x:c>
+      <x:c r="CY33" s="3" t="n">
+        <x:v>1169</x:v>
+      </x:c>
+      <x:c r="CZ33" s="3" t="n">
+        <x:v>1420</x:v>
+      </x:c>
+      <x:c r="DA33" s="3" t="n">
+        <x:v>1193</x:v>
+      </x:c>
+      <x:c r="DB33" s="3" t="n">
+        <x:v>1127</x:v>
+      </x:c>
+      <x:c r="DC33" s="3" t="n">
+        <x:v>1251</x:v>
+      </x:c>
+      <x:c r="DD33" s="3" t="n">
+        <x:v>1277</x:v>
+      </x:c>
+      <x:c r="DE33" s="3" t="n">
+        <x:v>1765</x:v>
+      </x:c>
+      <x:c r="DF33" s="3" t="n">
+        <x:v>1406</x:v>
+      </x:c>
+      <x:c r="DG33" s="3" t="n">
+        <x:v>1606</x:v>
+      </x:c>
+      <x:c r="DH33" s="3" t="n">
+        <x:v>1572</x:v>
+      </x:c>
+      <x:c r="DI33" s="3" t="n">
+        <x:v>2361</x:v>
+      </x:c>
+      <x:c r="DJ33" s="3" t="n">
+        <x:v>905</x:v>
+      </x:c>
+      <x:c r="DK33" s="3" t="n">
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="DL33" s="3" t="n">
+        <x:v>1098</x:v>
+      </x:c>
+      <x:c r="DM33" s="3" t="n">
+        <x:v>1639</x:v>
+      </x:c>
+      <x:c r="DN33" s="3" t="n">
+        <x:v>4182</x:v>
+      </x:c>
+      <x:c r="DO33" s="3" t="n">
+        <x:v>3847</x:v>
+      </x:c>
+      <x:c r="DP33" s="3" t="n">
+        <x:v>4100</x:v>
+      </x:c>
+      <x:c r="DQ33" s="3" t="n">
+        <x:v>3938</x:v>
+      </x:c>
+      <x:c r="DR33" s="3" t="n">
+        <x:v>3613</x:v>
+      </x:c>
+      <x:c r="DS33" s="3" t="n">
+        <x:v>3780</x:v>
+      </x:c>
+      <x:c r="DT33" s="3" t="n">
+        <x:v>3832</x:v>
+      </x:c>
+      <x:c r="DU33" s="3" t="n">
+        <x:v>3524</x:v>
+      </x:c>
+      <x:c r="DV33" s="3" t="n">
+        <x:v>3767</x:v>
+      </x:c>
+      <x:c r="DW33" s="3" t="n">
+        <x:v>3792</x:v>
+      </x:c>
+      <x:c r="DX33" s="3" t="n">
+        <x:v>4141</x:v>
+      </x:c>
+      <x:c r="DY33" s="3" t="n">
+        <x:v>3802</x:v>
+      </x:c>
+      <x:c r="DZ33" s="3" t="n">
+        <x:v>4258</x:v>
+      </x:c>
+      <x:c r="EA33" s="3" t="n">
+        <x:v>4425</x:v>
+      </x:c>
+      <x:c r="EB33" s="3" t="n">
+        <x:v>4547</x:v>
+      </x:c>
+      <x:c r="EC33" s="3" t="n">
+        <x:v>4649</x:v>
+      </x:c>
+      <x:c r="ED33" s="3" t="n">
+        <x:v>4587</x:v>
+      </x:c>
+      <x:c r="EE33" s="3" t="n">
+        <x:v>4543</x:v>
+      </x:c>
+      <x:c r="EF33" s="3" t="n">
+        <x:v>4545</x:v>
+      </x:c>
+      <x:c r="EG33" s="3" t="n">
+        <x:v>5282</x:v>
+      </x:c>
+      <x:c r="EH33" s="3" t="n">
+        <x:v>4965</x:v>
+      </x:c>
+      <x:c r="EI33" s="3" t="n">
+        <x:v>5142</x:v>
+      </x:c>
+      <x:c r="EJ33" s="3" t="n">
+        <x:v>5517</x:v>
+      </x:c>
+      <x:c r="EK33" s="3" t="n">
+        <x:v>5016</x:v>
+      </x:c>
+      <x:c r="EL33" s="3" t="n">
+        <x:v>5361</x:v>
+      </x:c>
+      <x:c r="EM33" s="3" t="n">
+        <x:v>5214</x:v>
+      </x:c>
+      <x:c r="EN33" s="3" t="n">
+        <x:v>5782</x:v>
+      </x:c>
+      <x:c r="EO33" s="3" t="n">
+        <x:v>5593</x:v>
+      </x:c>
+      <x:c r="EP33" s="3" t="n">
+        <x:v>6640</x:v>
+      </x:c>
+      <x:c r="EQ33" s="3" t="n">
+        <x:v>6854</x:v>
+      </x:c>
+      <x:c r="ER33" s="3" t="n">
+        <x:v>6622</x:v>
+      </x:c>
+      <x:c r="ES33" s="3" t="n">
+        <x:v>6966</x:v>
+      </x:c>
+      <x:c r="ET33" s="3" t="n">
+        <x:v>6015</x:v>
+      </x:c>
+      <x:c r="EU33" s="3" t="n">
+        <x:v>6169</x:v>
+      </x:c>
+      <x:c r="EV33" s="3" t="n">
+        <x:v>6084</x:v>
+      </x:c>
+      <x:c r="EW33" s="3" t="n">
+        <x:v>6285</x:v>
+      </x:c>
+      <x:c r="EX33" s="3" t="n">
+        <x:v>6669</x:v>
+      </x:c>
+      <x:c r="EY33" s="3" t="n">
         <x:v>6538</x:v>
       </x:c>
-      <x:c r="F19" s="3" t="n">
-[...555 lines deleted...]
-        <x:v>37745</x:v>
+      <x:c r="EZ33" s="3" t="n">
+        <x:v>6428</x:v>
+      </x:c>
+      <x:c r="FA33" s="3" t="n">
+        <x:v>6182</x:v>
+      </x:c>
+      <x:c r="FB33" s="3" t="n">
+        <x:v>7413</x:v>
+      </x:c>
+      <x:c r="FC33" s="3" t="n">
+        <x:v>7301</x:v>
+      </x:c>
+      <x:c r="FD33" s="3" t="n">
+        <x:v>7577</x:v>
+      </x:c>
+      <x:c r="FE33" s="3" t="n">
+        <x:v>7846</x:v>
+      </x:c>
+      <x:c r="FF33" s="3" t="n">
+        <x:v>7339</x:v>
+      </x:c>
+      <x:c r="FG33" s="3" t="n">
+        <x:v>6982</x:v>
+      </x:c>
+      <x:c r="FH33" s="3" t="n">
+        <x:v>6757</x:v>
+      </x:c>
+      <x:c r="FI33" s="3" t="n">
+        <x:v>7024</x:v>
+      </x:c>
+      <x:c r="FJ33" s="3" t="n">
+        <x:v>7288</x:v>
+      </x:c>
+      <x:c r="FK33" s="3" t="n">
+        <x:v>7540</x:v>
+      </x:c>
+      <x:c r="FL33" s="3" t="n">
+        <x:v>8030</x:v>
+      </x:c>
+      <x:c r="FM33" s="3" t="n">
+        <x:v>7371</x:v>
+      </x:c>
+      <x:c r="FN33" s="3" t="n">
+        <x:v>6990</x:v>
+      </x:c>
+      <x:c r="FO33" s="3" t="n">
+        <x:v>4303</x:v>
+      </x:c>
+      <x:c r="FP33" s="3" t="n">
+        <x:v>4187</x:v>
+      </x:c>
+      <x:c r="FQ33" s="3" t="n">
+        <x:v>4503</x:v>
+      </x:c>
+      <x:c r="FR33" s="3" t="n">
+        <x:v>4541</x:v>
+      </x:c>
+      <x:c r="FS33" s="3" t="n">
+        <x:v>4516</x:v>
+      </x:c>
+      <x:c r="FT33" s="3" t="n">
+        <x:v>6584</x:v>
+      </x:c>
+      <x:c r="FU33" s="3" t="n">
+        <x:v>7482</x:v>
+      </x:c>
+      <x:c r="FV33" s="3" t="n">
+        <x:v>7674</x:v>
+      </x:c>
+      <x:c r="FW33" s="3" t="n">
+        <x:v>9457</x:v>
+      </x:c>
+      <x:c r="FX33" s="3" t="n">
+        <x:v>10401</x:v>
+      </x:c>
+      <x:c r="FY33" s="3" t="n">
+        <x:v>10626</x:v>
+      </x:c>
+      <x:c r="FZ33" s="3" t="n">
+        <x:v>9974</x:v>
+      </x:c>
+      <x:c r="GA33" s="3" t="n">
+        <x:v>9939</x:v>
+      </x:c>
+      <x:c r="GB33" s="3" t="n">
+        <x:v>8807</x:v>
+      </x:c>
+      <x:c r="GC33" s="3" t="n">
+        <x:v>8973</x:v>
+      </x:c>
+      <x:c r="GD33" s="3" t="n">
+        <x:v>10160</x:v>
+      </x:c>
+      <x:c r="GE33" s="3" t="n">
+        <x:v>10105</x:v>
+      </x:c>
+      <x:c r="GF33" s="3" t="n">
+        <x:v>10029</x:v>
+      </x:c>
+      <x:c r="GG33" s="3" t="n">
+        <x:v>9994</x:v>
+      </x:c>
+      <x:c r="GH33" s="3" t="n">
+        <x:v>9630</x:v>
+      </x:c>
+      <x:c r="GI33" s="3" t="n">
+        <x:v>9235</x:v>
+      </x:c>
+      <x:c r="GJ33" s="3" t="n">
+        <x:v>9535</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:191">
-      <x:c r="A20" s="2" t="s">
+    <x:row r="34" spans="1:192">
+      <x:c r="A34" s="2" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="B34" s="3" t="n">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C34" s="3" t="n">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="D34" s="3" t="n">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="E34" s="3" t="n">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="F34" s="3" t="n">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="G34" s="3" t="n">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="H34" s="3" t="n">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="I34" s="3" t="n">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="J34" s="3" t="n">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="K34" s="3" t="n">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="L34" s="3" t="n">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="M34" s="3" t="n">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="N34" s="3" t="n">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="O34" s="3" t="n">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="P34" s="3" t="n">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="Q34" s="3" t="n">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="R34" s="3" t="n">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="S34" s="3" t="n">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="T34" s="3" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="U34" s="3" t="n">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="V34" s="3" t="n">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="W34" s="3" t="n">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="X34" s="3" t="n">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="Y34" s="3" t="n">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="Z34" s="3" t="n">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="AA34" s="3" t="n">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="AB34" s="3" t="n">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="AC34" s="3" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="AD34" s="3" t="n">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="AE34" s="3" t="n">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="AF34" s="3" t="n">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="AG34" s="3" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AH34" s="3" t="n">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="AI34" s="3" t="n">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="AJ34" s="3" t="n">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="AK34" s="3" t="n">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="AL34" s="3" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="AM34" s="3" t="n">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="AN34" s="3" t="n">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="AO34" s="3" t="n">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="AP34" s="3" t="n">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="AQ34" s="3" t="n">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="AR34" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="AS34" s="3" t="n">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="AT34" s="3" t="n">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="AU34" s="3" t="n">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="AV34" s="3" t="n">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="AW34" s="3" t="n">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="AX34" s="3" t="n">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="AY34" s="3" t="n">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="AZ34" s="3" t="n">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="BA34" s="3" t="n">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="BB34" s="3" t="n">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="BC34" s="3" t="n">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="BD34" s="3" t="n">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="BE34" s="3" t="n">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="BF34" s="3" t="n">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="B20" s="3" t="n">
-[...2296 lines deleted...]
-      <x:c r="A24" s="2" t="s">
+      <x:c r="BG34" s="3" t="n">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="BH34" s="3" t="n">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="BI34" s="3" t="n">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="BJ34" s="3" t="n">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="BK34" s="3" t="n">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="BL34" s="3" t="n">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="BM34" s="3" t="n">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="BN34" s="3" t="n">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="BO34" s="3" t="n">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="BP34" s="3" t="n">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="BQ34" s="3" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="BR34" s="3" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="BS34" s="3" t="n">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="BT34" s="3" t="n">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="BU34" s="3" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="BV34" s="3" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="BW34" s="3" t="n">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="BX34" s="3" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="BY34" s="3" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="BZ34" s="3" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="CA34" s="3" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="CB34" s="3" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="CC34" s="3" t="n">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="CD34" s="3" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="CE34" s="3" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="CF34" s="3" t="n">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="CG34" s="3" t="n">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="CH34" s="3" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="CI34" s="3" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="CJ34" s="3" t="n">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="CK34" s="3" t="n">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="CL34" s="3" t="n">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="CM34" s="3" t="n">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="CN34" s="3" t="n">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="CO34" s="3" t="n">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="CP34" s="3" t="n">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="CQ34" s="3" t="n">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="CR34" s="3" t="n">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="B24" s="3" t="n">
-[...1904 lines deleted...]
-      <x:c r="BJ27" s="3" t="n">
+      <x:c r="CS34" s="3" t="n">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="CT34" s="3" t="n">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="CU34" s="3" t="n">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="CV34" s="3" t="n">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="CW34" s="3" t="n">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="CX34" s="3" t="n">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="CY34" s="3" t="n">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="CZ34" s="3" t="n">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="DA34" s="3" t="n">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="DB34" s="3" t="n">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="DC34" s="3" t="n">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="DD34" s="3" t="n">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="DE34" s="3" t="n">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="DF34" s="3" t="n">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="DG34" s="3" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="DH34" s="3" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="DI34" s="3" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="DJ34" s="3" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="DK34" s="3" t="n">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="DL34" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="DM34" s="3" t="n">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="DN34" s="3" t="n">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="DO34" s="3" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="DP34" s="3" t="n">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="DQ34" s="3" t="n">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="DR34" s="3" t="n">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="DS34" s="3" t="n">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="DT34" s="3" t="n">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="DU34" s="3" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="DV34" s="3" t="n">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="DW34" s="3" t="n">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="DX34" s="3" t="n">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="DY34" s="3" t="n">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="DZ34" s="3" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="EA34" s="3" t="n">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="EB34" s="3" t="n">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="EC34" s="3" t="n">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="ED34" s="3" t="n">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="EE34" s="3" t="n">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="EF34" s="3" t="n">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="EG34" s="3" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="EH34" s="3" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="EI34" s="3" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="EJ34" s="3" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="EK34" s="3" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="EL34" s="3" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="EM34" s="3" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="EN34" s="3" t="n">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="EO34" s="3" t="n">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="EP34" s="3" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="EQ34" s="3" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="ER34" s="3" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="ES34" s="3" t="n">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="ET34" s="3" t="n">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="EU34" s="3" t="n">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="EV34" s="3" t="n">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="EW34" s="3" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="EX34" s="3" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="EY34" s="3" t="n">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="EZ34" s="3" t="n">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="BK27" s="3" t="n">
-[...32 lines deleted...]
-      <x:c r="BV27" s="3" t="n">
+      <x:c r="FA34" s="3" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="FB34" s="3" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="FC34" s="3" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="FD34" s="3" t="n">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="BW27" s="3" t="n">
-[...98 lines deleted...]
-      <x:c r="DD27" s="3" t="n">
+      <x:c r="FE34" s="3" t="n">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="DE27" s="3" t="n">
-[...3922 lines deleted...]
-      <x:c r="BW34" s="3" t="n">
+      <x:c r="FF34" s="3" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="FG34" s="3" t="n">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="BX34" s="3" t="n">
-[...185 lines deleted...]
-      <x:c r="EH34" s="3" t="n">
+      <x:c r="FH34" s="3" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="FI34" s="3" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="FJ34" s="3" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="FK34" s="3" t="n">
         <x:v>20</x:v>
-      </x:c>
-[...85 lines deleted...]
-        <x:v>18</x:v>
       </x:c>
       <x:c r="FL34" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="FM34" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="FN34" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="FO34" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="FP34" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="FQ34" s="3" t="n">
-        <x:v>-2</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="FR34" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="FS34" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="FT34" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="FU34" s="3" t="n">
-        <x:v>-3</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="FV34" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="FW34" s="3" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="FX34" s="3" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="FY34" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="FZ34" s="3" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="GA34" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="GB34" s="3" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="GC34" s="3" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="GD34" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="GE34" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GF34" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GG34" s="3" t="n">
+        <x:v>-1</x:v>
+      </x:c>
+      <x:c r="GH34" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="GC34" s="3" t="n">
+      <x:c r="GI34" s="3" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="GJ34" s="3" t="n">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:192">
+      <x:c r="A35" s="2" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="B35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="L35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="M35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="N35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="P35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Q35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="R35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="T35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="U35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="V35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="X35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Y35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Z35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AA35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AB35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AC35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AD35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AE35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AF35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AG35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AH35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AI35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AJ35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AK35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AL35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AM35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AN35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AO35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AP35" s="3" t="n">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="AQ35" s="3" t="n">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="AR35" s="3" t="n">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="AS35" s="3" t="n">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="AT35" s="3" t="n">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="AU35" s="3" t="n">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="AV35" s="3" t="n">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="AW35" s="3" t="n">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="AX35" s="3" t="n">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="AY35" s="3" t="n">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="AZ35" s="3" t="n">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="BA35" s="3" t="n">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="BB35" s="3" t="n">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="BC35" s="3" t="n">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="BD35" s="3" t="n">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="BE35" s="3" t="n">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="BF35" s="3" t="n">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="BG35" s="3" t="n">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="BH35" s="3" t="n">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="BI35" s="3" t="n">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="BJ35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BK35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BL35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BM35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BN35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BO35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BP35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BQ35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BR35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BS35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BT35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BU35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BV35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BW35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BX35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BY35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BZ35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CA35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CB35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CC35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CD35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CE35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CF35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CG35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CH35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CI35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CJ35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CK35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CL35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CM35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CN35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CO35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CP35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CQ35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CR35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CS35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CT35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CU35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CV35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CW35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CX35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CY35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CZ35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DA35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DB35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DC35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DD35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DE35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DF35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DG35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DH35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DI35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DJ35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DK35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DL35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DM35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DN35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DO35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DP35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DQ35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DR35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DS35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DT35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DU35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DV35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DW35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DX35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DY35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="DZ35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EA35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EB35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EC35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="ED35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EE35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EF35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EG35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EH35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EI35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EJ35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EK35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EL35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EM35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EN35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EO35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EP35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EQ35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="ER35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="ES35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="ET35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EU35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EV35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EW35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EX35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EY35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="EZ35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FA35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FB35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FC35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FD35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FE35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FF35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FG35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FH35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FI35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FJ35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FK35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FL35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FM35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FN35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FO35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FP35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FQ35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FR35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FS35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FT35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FU35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FV35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FW35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FX35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FY35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="FZ35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GA35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GB35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GC35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GD35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GE35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GF35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GG35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GH35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GI35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="GJ35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:192">
+      <x:c r="A36" s="2" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="B36" s="3" t="n">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="C36" s="3" t="n">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="D36" s="3" t="n">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E36" s="3" t="n">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="F36" s="3" t="n">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="G36" s="3" t="n">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="H36" s="3" t="n">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="I36" s="3" t="n">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="J36" s="3" t="n">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="K36" s="3" t="n">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="L36" s="3" t="n">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="M36" s="3" t="n">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="N36" s="3" t="n">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="O36" s="3" t="n">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="P36" s="3" t="n">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="Q36" s="3" t="n">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="R36" s="3" t="n">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="S36" s="3" t="n">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="T36" s="3" t="n">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="U36" s="3" t="n">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="V36" s="3" t="n">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="W36" s="3" t="n">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="X36" s="3" t="n">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="Y36" s="3" t="n">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="Z36" s="3" t="n">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="AA36" s="3" t="n">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="AB36" s="3" t="n">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="AC36" s="3" t="n">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="AD36" s="3" t="n">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="AE36" s="3" t="n">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="AF36" s="3" t="n">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="AG36" s="3" t="n">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="AH36" s="3" t="n">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="AI36" s="3" t="n">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="AJ36" s="3" t="n">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="AK36" s="3" t="n">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="AL36" s="3" t="n">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="AM36" s="3" t="n">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="AN36" s="3" t="n">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="AO36" s="3" t="n">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="AP36" s="3" t="n">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="AQ36" s="3" t="n">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="AR36" s="3" t="n">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="AS36" s="3" t="n">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="AT36" s="3" t="n">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="AU36" s="3" t="n">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="AV36" s="3" t="n">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="AW36" s="3" t="n">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="AX36" s="3" t="n">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="AY36" s="3" t="n">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="AZ36" s="3" t="n">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="BA36" s="3" t="n">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="BB36" s="3" t="n">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="BC36" s="3" t="n">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="BD36" s="3" t="n">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="BE36" s="3" t="n">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="BF36" s="3" t="n">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="BG36" s="3" t="n">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="BH36" s="3" t="n">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="BI36" s="3" t="n">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="BJ36" s="3" t="n">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="BK36" s="3" t="n">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="BL36" s="3" t="n">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="BM36" s="3" t="n">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="BN36" s="3" t="n">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="BO36" s="3" t="n">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="BP36" s="3" t="n">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="BQ36" s="3" t="n">
+        <x:v>1316</x:v>
+      </x:c>
+      <x:c r="BR36" s="3" t="n">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="BS36" s="3" t="n">
+        <x:v>974</x:v>
+      </x:c>
+      <x:c r="BT36" s="3" t="n">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="BU36" s="3" t="n">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="BV36" s="3" t="n">
+        <x:v>809</x:v>
+      </x:c>
+      <x:c r="BW36" s="3" t="n">
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="BX36" s="3" t="n">
+        <x:v>919</x:v>
+      </x:c>
+      <x:c r="BY36" s="3" t="n">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c r="BZ36" s="3" t="n">
+        <x:v>1034</x:v>
+      </x:c>
+      <x:c r="CA36" s="3" t="n">
+        <x:v>894</x:v>
+      </x:c>
+      <x:c r="CB36" s="3" t="n">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="CC36" s="3" t="n">
+        <x:v>1102</x:v>
+      </x:c>
+      <x:c r="CD36" s="3" t="n">
+        <x:v>1157</x:v>
+      </x:c>
+      <x:c r="CE36" s="3" t="n">
+        <x:v>1177</x:v>
+      </x:c>
+      <x:c r="CF36" s="3" t="n">
+        <x:v>1156</x:v>
+      </x:c>
+      <x:c r="CG36" s="3" t="n">
+        <x:v>982</x:v>
+      </x:c>
+      <x:c r="CH36" s="3" t="n">
+        <x:v>855</x:v>
+      </x:c>
+      <x:c r="CI36" s="3" t="n">
+        <x:v>974</x:v>
+      </x:c>
+      <x:c r="CJ36" s="3" t="n">
+        <x:v>1215</x:v>
+      </x:c>
+      <x:c r="CK36" s="3" t="n">
+        <x:v>982</x:v>
+      </x:c>
+      <x:c r="CL36" s="3" t="n">
+        <x:v>1060</x:v>
+      </x:c>
+      <x:c r="CM36" s="3" t="n">
+        <x:v>1092</x:v>
+      </x:c>
+      <x:c r="CN36" s="3" t="n">
+        <x:v>946</x:v>
+      </x:c>
+      <x:c r="CO36" s="3" t="n">
+        <x:v>1200</x:v>
+      </x:c>
+      <x:c r="CP36" s="3" t="n">
+        <x:v>1329</x:v>
+      </x:c>
+      <x:c r="CQ36" s="3" t="n">
+        <x:v>1208</x:v>
+      </x:c>
+      <x:c r="CR36" s="3" t="n">
+        <x:v>900</x:v>
+      </x:c>
+      <x:c r="CS36" s="3" t="n">
+        <x:v>1091</x:v>
+      </x:c>
+      <x:c r="CT36" s="3" t="n">
+        <x:v>1205</x:v>
+      </x:c>
+      <x:c r="CU36" s="3" t="n">
+        <x:v>1367</x:v>
+      </x:c>
+      <x:c r="CV36" s="3" t="n">
+        <x:v>1511</x:v>
+      </x:c>
+      <x:c r="CW36" s="3" t="n">
+        <x:v>1123</x:v>
+      </x:c>
+      <x:c r="CX36" s="3" t="n">
+        <x:v>1085</x:v>
+      </x:c>
+      <x:c r="CY36" s="3" t="n">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="CZ36" s="3" t="n">
+        <x:v>1243</x:v>
+      </x:c>
+      <x:c r="DA36" s="3" t="n">
+        <x:v>954</x:v>
+      </x:c>
+      <x:c r="DB36" s="3" t="n">
+        <x:v>894</x:v>
+      </x:c>
+      <x:c r="DC36" s="3" t="n">
+        <x:v>1059</x:v>
+      </x:c>
+      <x:c r="DD36" s="3" t="n">
+        <x:v>1077</x:v>
+      </x:c>
+      <x:c r="DE36" s="3" t="n">
+        <x:v>1467</x:v>
+      </x:c>
+      <x:c r="DF36" s="3" t="n">
+        <x:v>1218</x:v>
+      </x:c>
+      <x:c r="DG36" s="3" t="n">
+        <x:v>1488</x:v>
+      </x:c>
+      <x:c r="DH36" s="3" t="n">
+        <x:v>1502</x:v>
+      </x:c>
+      <x:c r="DI36" s="3" t="n">
+        <x:v>2124</x:v>
+      </x:c>
+      <x:c r="DJ36" s="3" t="n">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="DK36" s="3" t="n">
+        <x:v>920</x:v>
+      </x:c>
+      <x:c r="DL36" s="3" t="n">
+        <x:v>926</x:v>
+      </x:c>
+      <x:c r="DM36" s="3" t="n">
+        <x:v>1406</x:v>
+      </x:c>
+      <x:c r="DN36" s="3" t="n">
+        <x:v>2190</x:v>
+      </x:c>
+      <x:c r="DO36" s="3" t="n">
+        <x:v>2048</x:v>
+      </x:c>
+      <x:c r="DP36" s="3" t="n">
+        <x:v>2042</x:v>
+      </x:c>
+      <x:c r="DQ36" s="3" t="n">
+        <x:v>1872</x:v>
+      </x:c>
+      <x:c r="DR36" s="3" t="n">
+        <x:v>1471</x:v>
+      </x:c>
+      <x:c r="DS36" s="3" t="n">
+        <x:v>1654</x:v>
+      </x:c>
+      <x:c r="DT36" s="3" t="n">
+        <x:v>1584</x:v>
+      </x:c>
+      <x:c r="DU36" s="3" t="n">
+        <x:v>1317</x:v>
+      </x:c>
+      <x:c r="DV36" s="3" t="n">
+        <x:v>1909</x:v>
+      </x:c>
+      <x:c r="DW36" s="3" t="n">
+        <x:v>1879</x:v>
+      </x:c>
+      <x:c r="DX36" s="3" t="n">
+        <x:v>2140</x:v>
+      </x:c>
+      <x:c r="DY36" s="3" t="n">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="DZ36" s="3" t="n">
+        <x:v>1966</x:v>
+      </x:c>
+      <x:c r="EA36" s="3" t="n">
+        <x:v>1767</x:v>
+      </x:c>
+      <x:c r="EB36" s="3" t="n">
+        <x:v>1913</x:v>
+      </x:c>
+      <x:c r="EC36" s="3" t="n">
+        <x:v>2064</x:v>
+      </x:c>
+      <x:c r="ED36" s="3" t="n">
+        <x:v>2064</x:v>
+      </x:c>
+      <x:c r="EE36" s="3" t="n">
+        <x:v>2254</x:v>
+      </x:c>
+      <x:c r="EF36" s="3" t="n">
+        <x:v>2186</x:v>
+      </x:c>
+      <x:c r="EG36" s="3" t="n">
+        <x:v>2370</x:v>
+      </x:c>
+      <x:c r="EH36" s="3" t="n">
+        <x:v>2635</x:v>
+      </x:c>
+      <x:c r="EI36" s="3" t="n">
+        <x:v>3007</x:v>
+      </x:c>
+      <x:c r="EJ36" s="3" t="n">
+        <x:v>2767</x:v>
+      </x:c>
+      <x:c r="EK36" s="3" t="n">
+        <x:v>2919</x:v>
+      </x:c>
+      <x:c r="EL36" s="3" t="n">
+        <x:v>2808</x:v>
+      </x:c>
+      <x:c r="EM36" s="3" t="n">
+        <x:v>2806</x:v>
+      </x:c>
+      <x:c r="EN36" s="3" t="n">
+        <x:v>3015</x:v>
+      </x:c>
+      <x:c r="EO36" s="3" t="n">
+        <x:v>3203</x:v>
+      </x:c>
+      <x:c r="EP36" s="3" t="n">
+        <x:v>3676</x:v>
+      </x:c>
+      <x:c r="EQ36" s="3" t="n">
+        <x:v>3312</x:v>
+      </x:c>
+      <x:c r="ER36" s="3" t="n">
+        <x:v>3739</x:v>
+      </x:c>
+      <x:c r="ES36" s="3" t="n">
+        <x:v>3241</x:v>
+      </x:c>
+      <x:c r="ET36" s="3" t="n">
+        <x:v>2717</x:v>
+      </x:c>
+      <x:c r="EU36" s="3" t="n">
+        <x:v>2573</x:v>
+      </x:c>
+      <x:c r="EV36" s="3" t="n">
+        <x:v>2516</x:v>
+      </x:c>
+      <x:c r="EW36" s="3" t="n">
+        <x:v>2430</x:v>
+      </x:c>
+      <x:c r="EX36" s="3" t="n">
+        <x:v>3090</x:v>
+      </x:c>
+      <x:c r="EY36" s="3" t="n">
+        <x:v>3058</x:v>
+      </x:c>
+      <x:c r="EZ36" s="3" t="n">
+        <x:v>2855</x:v>
+      </x:c>
+      <x:c r="FA36" s="3" t="n">
+        <x:v>2879</x:v>
+      </x:c>
+      <x:c r="FB36" s="3" t="n">
+        <x:v>3164</x:v>
+      </x:c>
+      <x:c r="FC36" s="3" t="n">
+        <x:v>2774</x:v>
+      </x:c>
+      <x:c r="FD36" s="3" t="n">
+        <x:v>2633</x:v>
+      </x:c>
+      <x:c r="FE36" s="3" t="n">
+        <x:v>2979</x:v>
+      </x:c>
+      <x:c r="FF36" s="3" t="n">
+        <x:v>3091</x:v>
+      </x:c>
+      <x:c r="FG36" s="3" t="n">
+        <x:v>3066</x:v>
+      </x:c>
+      <x:c r="FH36" s="3" t="n">
+        <x:v>2984</x:v>
+      </x:c>
+      <x:c r="FI36" s="3" t="n">
+        <x:v>2990</x:v>
+      </x:c>
+      <x:c r="FJ36" s="3" t="n">
+        <x:v>2691</x:v>
+      </x:c>
+      <x:c r="FK36" s="3" t="n">
+        <x:v>2934</x:v>
+      </x:c>
+      <x:c r="FL36" s="3" t="n">
+        <x:v>3232</x:v>
+      </x:c>
+      <x:c r="FM36" s="3" t="n">
+        <x:v>2489</x:v>
+      </x:c>
+      <x:c r="FN36" s="3" t="n">
+        <x:v>2130</x:v>
+      </x:c>
+      <x:c r="FO36" s="3" t="n">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="FP36" s="3" t="n">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="FQ36" s="3" t="n">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="FR36" s="3" t="n">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="FS36" s="3" t="n">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="FT36" s="3" t="n">
+        <x:v>1586</x:v>
+      </x:c>
+      <x:c r="FU36" s="3" t="n">
+        <x:v>2660</x:v>
+      </x:c>
+      <x:c r="FV36" s="3" t="n">
+        <x:v>2532</x:v>
+      </x:c>
+      <x:c r="FW36" s="3" t="n">
+        <x:v>3543</x:v>
+      </x:c>
+      <x:c r="FX36" s="3" t="n">
+        <x:v>3578</x:v>
+      </x:c>
+      <x:c r="FY36" s="3" t="n">
+        <x:v>3830</x:v>
+      </x:c>
+      <x:c r="FZ36" s="3" t="n">
+        <x:v>3202</x:v>
+      </x:c>
+      <x:c r="GA36" s="3" t="n">
+        <x:v>2977</x:v>
+      </x:c>
+      <x:c r="GB36" s="3" t="n">
+        <x:v>2750</x:v>
+      </x:c>
+      <x:c r="GC36" s="3" t="n">
+        <x:v>2751</x:v>
+      </x:c>
+      <x:c r="GD36" s="3" t="n">
+        <x:v>2783</x:v>
+      </x:c>
+      <x:c r="GE36" s="3" t="n">
+        <x:v>2733</x:v>
+      </x:c>
+      <x:c r="GF36" s="3" t="n">
+        <x:v>2578</x:v>
+      </x:c>
+      <x:c r="GG36" s="3" t="n">
+        <x:v>2552</x:v>
+      </x:c>
+      <x:c r="GH36" s="3" t="n">
+        <x:v>2787</x:v>
+      </x:c>
+      <x:c r="GI36" s="3" t="n">
+        <x:v>2584</x:v>
+      </x:c>
+      <x:c r="GJ36" s="3" t="n">
+        <x:v>2383</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:192">
+      <x:c r="A37" s="2" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="B37" s="3" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="n">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D37" s="3" t="n">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E37" s="3" t="n">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="F37" s="3" t="n">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="G37" s="3" t="n">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H37" s="3" t="n">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="I37" s="3" t="n">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="J37" s="3" t="n">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="K37" s="3" t="n">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="L37" s="3" t="n">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="M37" s="3" t="n">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="N37" s="3" t="n">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="O37" s="3" t="n">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="P37" s="3" t="n">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="Q37" s="3" t="n">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="R37" s="3" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="S37" s="3" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="T37" s="3" t="n">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="U37" s="3" t="n">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="V37" s="3" t="n">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="W37" s="3" t="n">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="X37" s="3" t="n">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="Y37" s="3" t="n">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Z37" s="3" t="n">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="AA37" s="3" t="n">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="AB37" s="3" t="n">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="AC37" s="3" t="n">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="AD37" s="3" t="n">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="AE37" s="3" t="n">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="AF37" s="3" t="n">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="AG37" s="3" t="n">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="AH37" s="3" t="n">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="AI37" s="3" t="n">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="AJ37" s="3" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="AK37" s="3" t="n">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="AL37" s="3" t="n">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="AM37" s="3" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AN37" s="3" t="n">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="AO37" s="3" t="n">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="AP37" s="3" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="AQ37" s="3" t="n">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="AR37" s="3" t="n">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="AS37" s="3" t="n">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="AT37" s="3" t="n">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="AU37" s="3" t="n">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="AV37" s="3" t="n">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="AW37" s="3" t="n">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="AX37" s="3" t="n">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="AY37" s="3" t="n">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="AZ37" s="3" t="n">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="BA37" s="3" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="BB37" s="3" t="n">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="BC37" s="3" t="n">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="BD37" s="3" t="n">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="BE37" s="3" t="n">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="BF37" s="3" t="n">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="BG37" s="3" t="n">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="BH37" s="3" t="n">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="BI37" s="3" t="n">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="BJ37" s="3" t="n">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="BK37" s="3" t="n">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="BL37" s="3" t="n">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="BM37" s="3" t="n">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="BN37" s="3" t="n">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="BO37" s="3" t="n">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="BP37" s="3" t="n">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="BQ37" s="3" t="n">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="BR37" s="3" t="n">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="BS37" s="3" t="n">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="BT37" s="3" t="n">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="BU37" s="3" t="n">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BV37" s="3" t="n">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="BW37" s="3" t="n">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="BX37" s="3" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="BY37" s="3" t="n">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="BZ37" s="3" t="n">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="CA37" s="3" t="n">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="CB37" s="3" t="n">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="CC37" s="3" t="n">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="CD37" s="3" t="n">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="CE37" s="3" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="CF37" s="3" t="n">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="CG37" s="3" t="n">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="CH37" s="3" t="n">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="CI37" s="3" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="CJ37" s="3" t="n">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="CK37" s="3" t="n">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="CL37" s="3" t="n">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="CM37" s="3" t="n">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="CN37" s="3" t="n">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="CO37" s="3" t="n">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="CP37" s="3" t="n">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="CQ37" s="3" t="n">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="CR37" s="3" t="n">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="CS37" s="3" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="CT37" s="3" t="n">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="CU37" s="3" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="CV37" s="3" t="n">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="CW37" s="3" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="CX37" s="3" t="n">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="CY37" s="3" t="n">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="CZ37" s="3" t="n">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="DA37" s="3" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="DB37" s="3" t="n">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="DC37" s="3" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="DD37" s="3" t="n">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="DE37" s="3" t="n">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="DF37" s="3" t="n">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="DG37" s="3" t="n">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="DH37" s="3" t="n">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="DI37" s="3" t="n">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="DJ37" s="3" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="DK37" s="3" t="n">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="DL37" s="3" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="DM37" s="3" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="DN37" s="3" t="n">
+        <x:v>1783</x:v>
+      </x:c>
+      <x:c r="DO37" s="3" t="n">
+        <x:v>1750</x:v>
+      </x:c>
+      <x:c r="DP37" s="3" t="n">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="DQ37" s="3" t="n">
+        <x:v>1963</x:v>
+      </x:c>
+      <x:c r="DR37" s="3" t="n">
+        <x:v>2019</x:v>
+      </x:c>
+      <x:c r="DS37" s="3" t="n">
+        <x:v>2070</x:v>
+      </x:c>
+      <x:c r="DT37" s="3" t="n">
+        <x:v>2204</x:v>
+      </x:c>
+      <x:c r="DU37" s="3" t="n">
+        <x:v>2125</x:v>
+      </x:c>
+      <x:c r="DV37" s="3" t="n">
+        <x:v>1741</x:v>
+      </x:c>
+      <x:c r="DW37" s="3" t="n">
+        <x:v>1796</x:v>
+      </x:c>
+      <x:c r="DX37" s="3" t="n">
+        <x:v>1864</x:v>
+      </x:c>
+      <x:c r="DY37" s="3" t="n">
+        <x:v>1714</x:v>
+      </x:c>
+      <x:c r="DZ37" s="3" t="n">
+        <x:v>2026</x:v>
+      </x:c>
+      <x:c r="EA37" s="3" t="n">
+        <x:v>2168</x:v>
+      </x:c>
+      <x:c r="EB37" s="3" t="n">
+        <x:v>2044</x:v>
+      </x:c>
+      <x:c r="EC37" s="3" t="n">
+        <x:v>2215</x:v>
+      </x:c>
+      <x:c r="ED37" s="3" t="n">
+        <x:v>2444</x:v>
+      </x:c>
+      <x:c r="EE37" s="3" t="n">
+        <x:v>2330</x:v>
+      </x:c>
+      <x:c r="EF37" s="3" t="n">
+        <x:v>2272</x:v>
+      </x:c>
+      <x:c r="EG37" s="3" t="n">
+        <x:v>2695</x:v>
+      </x:c>
+      <x:c r="EH37" s="3" t="n">
+        <x:v>2280</x:v>
+      </x:c>
+      <x:c r="EI37" s="3" t="n">
+        <x:v>2117</x:v>
+      </x:c>
+      <x:c r="EJ37" s="3" t="n">
+        <x:v>2468</x:v>
+      </x:c>
+      <x:c r="EK37" s="3" t="n">
+        <x:v>2176</x:v>
+      </x:c>
+      <x:c r="EL37" s="3" t="n">
+        <x:v>2402</x:v>
+      </x:c>
+      <x:c r="EM37" s="3" t="n">
+        <x:v>2295</x:v>
+      </x:c>
+      <x:c r="EN37" s="3" t="n">
+        <x:v>2520</x:v>
+      </x:c>
+      <x:c r="EO37" s="3" t="n">
+        <x:v>2594</x:v>
+      </x:c>
+      <x:c r="EP37" s="3" t="n">
+        <x:v>2930</x:v>
+      </x:c>
+      <x:c r="EQ37" s="3" t="n">
+        <x:v>3585</x:v>
+      </x:c>
+      <x:c r="ER37" s="3" t="n">
+        <x:v>2743</x:v>
+      </x:c>
+      <x:c r="ES37" s="3" t="n">
+        <x:v>3723</x:v>
+      </x:c>
+      <x:c r="ET37" s="3" t="n">
+        <x:v>3166</x:v>
+      </x:c>
+      <x:c r="EU37" s="3" t="n">
+        <x:v>3569</x:v>
+      </x:c>
+      <x:c r="EV37" s="3" t="n">
+        <x:v>3363</x:v>
+      </x:c>
+      <x:c r="EW37" s="3" t="n">
+        <x:v>3880</x:v>
+      </x:c>
+      <x:c r="EX37" s="3" t="n">
+        <x:v>3506</x:v>
+      </x:c>
+      <x:c r="EY37" s="3" t="n">
+        <x:v>3428</x:v>
+      </x:c>
+      <x:c r="EZ37" s="3" t="n">
+        <x:v>3394</x:v>
+      </x:c>
+      <x:c r="FA37" s="3" t="n">
+        <x:v>3218</x:v>
+      </x:c>
+      <x:c r="FB37" s="3" t="n">
+        <x:v>4202</x:v>
+      </x:c>
+      <x:c r="FC37" s="3" t="n">
+        <x:v>4520</x:v>
+      </x:c>
+      <x:c r="FD37" s="3" t="n">
+        <x:v>4990</x:v>
+      </x:c>
+      <x:c r="FE37" s="3" t="n">
+        <x:v>4979</x:v>
+      </x:c>
+      <x:c r="FF37" s="3" t="n">
+        <x:v>4177</x:v>
+      </x:c>
+      <x:c r="FG37" s="3" t="n">
+        <x:v>4060</x:v>
+      </x:c>
+      <x:c r="FH37" s="3" t="n">
+        <x:v>3890</x:v>
+      </x:c>
+      <x:c r="FI37" s="3" t="n">
+        <x:v>4185</x:v>
+      </x:c>
+      <x:c r="FJ37" s="3" t="n">
+        <x:v>4603</x:v>
+      </x:c>
+      <x:c r="FK37" s="3" t="n">
+        <x:v>4789</x:v>
+      </x:c>
+      <x:c r="FL37" s="3" t="n">
+        <x:v>4940</x:v>
+      </x:c>
+      <x:c r="FM37" s="3" t="n">
+        <x:v>5153</x:v>
+      </x:c>
+      <x:c r="FN37" s="3" t="n">
+        <x:v>5067</x:v>
+      </x:c>
+      <x:c r="FO37" s="3" t="n">
+        <x:v>4024</x:v>
+      </x:c>
+      <x:c r="FP37" s="3" t="n">
+        <x:v>3760</x:v>
+      </x:c>
+      <x:c r="FQ37" s="3" t="n">
+        <x:v>4391</x:v>
+      </x:c>
+      <x:c r="FR37" s="3" t="n">
+        <x:v>4022</x:v>
+      </x:c>
+      <x:c r="FS37" s="3" t="n">
+        <x:v>3994</x:v>
+      </x:c>
+      <x:c r="FT37" s="3" t="n">
+        <x:v>4918</x:v>
+      </x:c>
+      <x:c r="FU37" s="3" t="n">
+        <x:v>4892</x:v>
+      </x:c>
+      <x:c r="FV37" s="3" t="n">
+        <x:v>4851</x:v>
+      </x:c>
+      <x:c r="FW37" s="3" t="n">
+        <x:v>5590</x:v>
+      </x:c>
+      <x:c r="FX37" s="3" t="n">
+        <x:v>6515</x:v>
+      </x:c>
+      <x:c r="FY37" s="3" t="n">
+        <x:v>6429</x:v>
+      </x:c>
+      <x:c r="FZ37" s="3" t="n">
+        <x:v>6478</x:v>
+      </x:c>
+      <x:c r="GA37" s="3" t="n">
+        <x:v>6510</x:v>
+      </x:c>
+      <x:c r="GB37" s="3" t="n">
+        <x:v>5827</x:v>
+      </x:c>
+      <x:c r="GC37" s="3" t="n">
+        <x:v>6004</x:v>
+      </x:c>
+      <x:c r="GD37" s="3" t="n">
+        <x:v>7126</x:v>
+      </x:c>
+      <x:c r="GE37" s="3" t="n">
+        <x:v>7195</x:v>
+      </x:c>
+      <x:c r="GF37" s="3" t="n">
+        <x:v>7117</x:v>
+      </x:c>
+      <x:c r="GG37" s="3" t="n">
+        <x:v>7187</x:v>
+      </x:c>
+      <x:c r="GH37" s="3" t="n">
+        <x:v>6627</x:v>
+      </x:c>
+      <x:c r="GI37" s="3" t="n">
+        <x:v>6431</x:v>
+      </x:c>
+      <x:c r="GJ37" s="3" t="n">
+        <x:v>6980</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:192">
+      <x:c r="A38" s="2" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="B38" s="3" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C38" s="3" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="D38" s="3" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="E38" s="3" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F38" s="3" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="G38" s="3" t="n">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H38" s="3" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="I38" s="3" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J38" s="3" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="K38" s="3" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="L38" s="3" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="M38" s="3" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="N38" s="3" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="O38" s="3" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="P38" s="3" t="n">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="Q38" s="3" t="n">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R38" s="3" t="n">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="S38" s="3" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="T38" s="3" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="U38" s="3" t="n">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="V38" s="3" t="n">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="W38" s="3" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="X38" s="3" t="n">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="Y38" s="3" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="Z38" s="3" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="AA38" s="3" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="AB38" s="3" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="AC38" s="3" t="n">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="AD38" s="3" t="n">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="AE38" s="3" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="AF38" s="3" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="AG38" s="3" t="n">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="AH38" s="3" t="n">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="AI38" s="3" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="AJ38" s="3" t="n">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="AK38" s="3" t="n">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="AL38" s="3" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="AM38" s="3" t="n">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="AN38" s="3" t="n">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="AO38" s="3" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="AP38" s="3" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="AQ38" s="3" t="n">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="AR38" s="3" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="AS38" s="3" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="AT38" s="3" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="AU38" s="3" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="AV38" s="3" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="AW38" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="AX38" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="GD34" s="3" t="n">
-[...15 lines deleted...]
-        <x:v>1</x:v>
+      <x:c r="AY38" s="3" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="AZ38" s="3" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="BA38" s="3" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="BB38" s="3" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="BC38" s="3" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="BD38" s="3" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="BE38" s="3" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="BF38" s="3" t="n">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="BG38" s="3" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="BH38" s="3" t="n">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="BI38" s="3" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="BJ38" s="3" t="n">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="BK38" s="3" t="n">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="BL38" s="3" t="n">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="BM38" s="3" t="n">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="BN38" s="3" t="n">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="BO38" s="3" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="BP38" s="3" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="BQ38" s="3" t="n">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="BR38" s="3" t="n">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="BS38" s="3" t="n">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="BT38" s="3" t="n">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="BU38" s="3" t="n">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="BV38" s="3" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="BW38" s="3" t="n">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="BX38" s="3" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="BY38" s="3" t="n">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="BZ38" s="3" t="n">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="CA38" s="3" t="n">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="CB38" s="3" t="n">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="CC38" s="3" t="n">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="CD38" s="3" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="CE38" s="3" t="n">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="CF38" s="3" t="n">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="CG38" s="3" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="CH38" s="3" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="CI38" s="3" t="n">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="CJ38" s="3" t="n">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="CK38" s="3" t="n">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="CL38" s="3" t="n">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="CM38" s="3" t="n">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="CN38" s="3" t="n">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="CO38" s="3" t="n">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="CP38" s="3" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="CQ38" s="3" t="n">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="CR38" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="CS38" s="3" t="n">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="CT38" s="3" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="CU38" s="3" t="n">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="CV38" s="3" t="n">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="CW38" s="3" t="n">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="CX38" s="3" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="CY38" s="3" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="CZ38" s="3" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="DA38" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="DB38" s="3" t="n">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="DC38" s="3" t="n">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="DD38" s="3" t="n">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="DE38" s="3" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="DF38" s="3" t="n">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="DG38" s="3" t="n">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="DH38" s="3" t="n">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="DI38" s="3" t="n">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="DJ38" s="3" t="n">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="DK38" s="3" t="n">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="DL38" s="3" t="n">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="DM38" s="3" t="n">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="DN38" s="3" t="n">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="DO38" s="3" t="n">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="DP38" s="3" t="n">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="DQ38" s="3" t="n">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="DR38" s="3" t="n">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="DS38" s="3" t="n">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="DT38" s="3" t="n">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="DU38" s="3" t="n">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="DV38" s="3" t="n">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="DW38" s="3" t="n">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="DX38" s="3" t="n">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="DY38" s="3" t="n">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="DZ38" s="3" t="n">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="EA38" s="3" t="n">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="EB38" s="3" t="n">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="EC38" s="3" t="n">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="ED38" s="3" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="EE38" s="3" t="n">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="EF38" s="3" t="n">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="EG38" s="3" t="n">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="EH38" s="3" t="n">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="EI38" s="3" t="n">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="EJ38" s="3" t="n">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="EK38" s="3" t="n">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="EL38" s="3" t="n">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="EM38" s="3" t="n">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="EN38" s="3" t="n">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="EO38" s="3" t="n">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="EP38" s="3" t="n">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="EQ38" s="3" t="n">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="ER38" s="3" t="n">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="ES38" s="3" t="n">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="ET38" s="3" t="n">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="EU38" s="3" t="n">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="EV38" s="3" t="n">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="EW38" s="3" t="n">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="EX38" s="3" t="n">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="EY38" s="3" t="n">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="EZ38" s="3" t="n">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="FA38" s="3" t="n">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="FB38" s="3" t="n">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="FC38" s="3" t="n">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="FD38" s="3" t="n">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="FE38" s="3" t="n">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="FF38" s="3" t="n">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="FG38" s="3" t="n">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="FH38" s="3" t="n">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="FI38" s="3" t="n">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="FJ38" s="3" t="n">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="FK38" s="3" t="n">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="FL38" s="3" t="n">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="FM38" s="3" t="n">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="FN38" s="3" t="n">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="FO38" s="3" t="n">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="FP38" s="3" t="n">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="FQ38" s="3" t="n">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="FR38" s="3" t="n">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="FS38" s="3" t="n">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="FT38" s="3" t="n">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="FU38" s="3" t="n">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="FV38" s="3" t="n">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="FW38" s="3" t="n">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="FX38" s="3" t="n">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="FY38" s="3" t="n">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="FZ38" s="3" t="n">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="GA38" s="3" t="n">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="GB38" s="3" t="n">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="GC38" s="3" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="GD38" s="3" t="n">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="GE38" s="3" t="n">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="GF38" s="3" t="n">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="GG38" s="3" t="n">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="GH38" s="3" t="n">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="GI38" s="3" t="n">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="GJ38" s="3" t="n">
+        <x:v>154</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:191">
-[...138 lines deleted...]
-      <x:c r="AU35" s="3" t="n">
+    <x:row r="39" spans="1:192">
+      <x:c r="A39" s="2" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="B39" s="3" t="n">
+        <x:v>4311</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="n">
+        <x:v>4323</x:v>
+      </x:c>
+      <x:c r="D39" s="3" t="n">
+        <x:v>4143</x:v>
+      </x:c>
+      <x:c r="E39" s="3" t="n">
+        <x:v>3111</x:v>
+      </x:c>
+      <x:c r="F39" s="3" t="n">
+        <x:v>4874</x:v>
+      </x:c>
+      <x:c r="G39" s="3" t="n">
+        <x:v>4556</x:v>
+      </x:c>
+      <x:c r="H39" s="3" t="n">
+        <x:v>4103</x:v>
+      </x:c>
+      <x:c r="I39" s="3" t="n">
+        <x:v>3392</x:v>
+      </x:c>
+      <x:c r="J39" s="3" t="n">
+        <x:v>4961</x:v>
+      </x:c>
+      <x:c r="K39" s="3" t="n">
+        <x:v>5067</x:v>
+      </x:c>
+      <x:c r="L39" s="3" t="n">
+        <x:v>4277</x:v>
+      </x:c>
+      <x:c r="M39" s="3" t="n">
+        <x:v>3551</x:v>
+      </x:c>
+      <x:c r="N39" s="3" t="n">
+        <x:v>1831</x:v>
+      </x:c>
+      <x:c r="O39" s="3" t="n">
+        <x:v>3562</x:v>
+      </x:c>
+      <x:c r="P39" s="3" t="n">
+        <x:v>5263</x:v>
+      </x:c>
+      <x:c r="Q39" s="3" t="n">
+        <x:v>6871</x:v>
+      </x:c>
+      <x:c r="R39" s="3" t="n">
+        <x:v>5567</x:v>
+      </x:c>
+      <x:c r="S39" s="3" t="n">
+        <x:v>3046</x:v>
+      </x:c>
+      <x:c r="T39" s="3" t="n">
+        <x:v>3692</x:v>
+      </x:c>
+      <x:c r="U39" s="3" t="n">
+        <x:v>6184</x:v>
+      </x:c>
+      <x:c r="V39" s="3" t="n">
+        <x:v>5248</x:v>
+      </x:c>
+      <x:c r="W39" s="3" t="n">
+        <x:v>5580</x:v>
+      </x:c>
+      <x:c r="X39" s="3" t="n">
+        <x:v>4987</x:v>
+      </x:c>
+      <x:c r="Y39" s="3" t="n">
+        <x:v>4372</x:v>
+      </x:c>
+      <x:c r="Z39" s="3" t="n">
+        <x:v>4032</x:v>
+      </x:c>
+      <x:c r="AA39" s="3" t="n">
+        <x:v>10204</x:v>
+      </x:c>
+      <x:c r="AB39" s="3" t="n">
+        <x:v>2345</x:v>
+      </x:c>
+      <x:c r="AC39" s="3" t="n">
+        <x:v>6596</x:v>
+      </x:c>
+      <x:c r="AD39" s="3" t="n">
+        <x:v>5592</x:v>
+      </x:c>
+      <x:c r="AE39" s="3" t="n">
+        <x:v>5378</x:v>
+      </x:c>
+      <x:c r="AF39" s="3" t="n">
+        <x:v>7020</x:v>
+      </x:c>
+      <x:c r="AG39" s="3" t="n">
+        <x:v>5155</x:v>
+      </x:c>
+      <x:c r="AH39" s="3" t="n">
+        <x:v>6807</x:v>
+      </x:c>
+      <x:c r="AI39" s="3" t="n">
+        <x:v>5871</x:v>
+      </x:c>
+      <x:c r="AJ39" s="3" t="n">
+        <x:v>4946</x:v>
+      </x:c>
+      <x:c r="AK39" s="3" t="n">
+        <x:v>5636</x:v>
+      </x:c>
+      <x:c r="AL39" s="3" t="n">
+        <x:v>5611</x:v>
+      </x:c>
+      <x:c r="AM39" s="3" t="n">
+        <x:v>5865</x:v>
+      </x:c>
+      <x:c r="AN39" s="3" t="n">
+        <x:v>5458</x:v>
+      </x:c>
+      <x:c r="AO39" s="3" t="n">
+        <x:v>5028</x:v>
+      </x:c>
+      <x:c r="AP39" s="3" t="n">
+        <x:v>4679</x:v>
+      </x:c>
+      <x:c r="AQ39" s="3" t="n">
+        <x:v>5130</x:v>
+      </x:c>
+      <x:c r="AR39" s="3" t="n">
+        <x:v>6032</x:v>
+      </x:c>
+      <x:c r="AS39" s="3" t="n">
+        <x:v>4384</x:v>
+      </x:c>
+      <x:c r="AT39" s="3" t="n">
+        <x:v>4512</x:v>
+      </x:c>
+      <x:c r="AU39" s="3" t="n">
+        <x:v>5204</x:v>
+      </x:c>
+      <x:c r="AV39" s="3" t="n">
+        <x:v>4467</x:v>
+      </x:c>
+      <x:c r="AW39" s="3" t="n">
+        <x:v>5205</x:v>
+      </x:c>
+      <x:c r="AX39" s="3" t="n">
+        <x:v>5950</x:v>
+      </x:c>
+      <x:c r="AY39" s="3" t="n">
+        <x:v>4264</x:v>
+      </x:c>
+      <x:c r="AZ39" s="3" t="n">
+        <x:v>5246</x:v>
+      </x:c>
+      <x:c r="BA39" s="3" t="n">
+        <x:v>6521</x:v>
+      </x:c>
+      <x:c r="BB39" s="3" t="n">
+        <x:v>5108</x:v>
+      </x:c>
+      <x:c r="BC39" s="3" t="n">
+        <x:v>5811</x:v>
+      </x:c>
+      <x:c r="BD39" s="3" t="n">
+        <x:v>5339</x:v>
+      </x:c>
+      <x:c r="BE39" s="3" t="n">
+        <x:v>7188</x:v>
+      </x:c>
+      <x:c r="BF39" s="3" t="n">
+        <x:v>8307</x:v>
+      </x:c>
+      <x:c r="BG39" s="3" t="n">
+        <x:v>9060</x:v>
+      </x:c>
+      <x:c r="BH39" s="3" t="n">
+        <x:v>9569</x:v>
+      </x:c>
+      <x:c r="BI39" s="3" t="n">
+        <x:v>9122</x:v>
+      </x:c>
+      <x:c r="BJ39" s="3" t="n">
+        <x:v>9952</x:v>
+      </x:c>
+      <x:c r="BK39" s="3" t="n">
+        <x:v>10629</x:v>
+      </x:c>
+      <x:c r="BL39" s="3" t="n">
+        <x:v>11144</x:v>
+      </x:c>
+      <x:c r="BM39" s="3" t="n">
+        <x:v>10522</x:v>
+      </x:c>
+      <x:c r="BN39" s="3" t="n">
+        <x:v>10063</x:v>
+      </x:c>
+      <x:c r="BO39" s="3" t="n">
+        <x:v>9772</x:v>
+      </x:c>
+      <x:c r="BP39" s="3" t="n">
+        <x:v>9989</x:v>
+      </x:c>
+      <x:c r="BQ39" s="3" t="n">
+        <x:v>9956</x:v>
+      </x:c>
+      <x:c r="BR39" s="3" t="n">
+        <x:v>10273</x:v>
+      </x:c>
+      <x:c r="BS39" s="3" t="n">
+        <x:v>9723</x:v>
+      </x:c>
+      <x:c r="BT39" s="3" t="n">
+        <x:v>9224</x:v>
+      </x:c>
+      <x:c r="BU39" s="3" t="n">
+        <x:v>9309</x:v>
+      </x:c>
+      <x:c r="BV39" s="3" t="n">
+        <x:v>8526</x:v>
+      </x:c>
+      <x:c r="BW39" s="3" t="n">
+        <x:v>8792</x:v>
+      </x:c>
+      <x:c r="BX39" s="3" t="n">
+        <x:v>9020</x:v>
+      </x:c>
+      <x:c r="BY39" s="3" t="n">
+        <x:v>9304</x:v>
+      </x:c>
+      <x:c r="BZ39" s="3" t="n">
+        <x:v>10676</x:v>
+      </x:c>
+      <x:c r="CA39" s="3" t="n">
+        <x:v>11444</x:v>
+      </x:c>
+      <x:c r="CB39" s="3" t="n">
+        <x:v>11479</x:v>
+      </x:c>
+      <x:c r="CC39" s="3" t="n">
+        <x:v>11736</x:v>
+      </x:c>
+      <x:c r="CD39" s="3" t="n">
+        <x:v>12448</x:v>
+      </x:c>
+      <x:c r="CE39" s="3" t="n">
+        <x:v>12720</x:v>
+      </x:c>
+      <x:c r="CF39" s="3" t="n">
+        <x:v>12843</x:v>
+      </x:c>
+      <x:c r="CG39" s="3" t="n">
+        <x:v>13541</x:v>
+      </x:c>
+      <x:c r="CH39" s="3" t="n">
+        <x:v>14118</x:v>
+      </x:c>
+      <x:c r="CI39" s="3" t="n">
+        <x:v>14026</x:v>
+      </x:c>
+      <x:c r="CJ39" s="3" t="n">
+        <x:v>14651</x:v>
+      </x:c>
+      <x:c r="CK39" s="3" t="n">
+        <x:v>14633</x:v>
+      </x:c>
+      <x:c r="CL39" s="3" t="n">
+        <x:v>15050</x:v>
+      </x:c>
+      <x:c r="CM39" s="3" t="n">
+        <x:v>15084</x:v>
+      </x:c>
+      <x:c r="CN39" s="3" t="n">
+        <x:v>15005</x:v>
+      </x:c>
+      <x:c r="CO39" s="3" t="n">
+        <x:v>15113</x:v>
+      </x:c>
+      <x:c r="CP39" s="3" t="n">
+        <x:v>14939</x:v>
+      </x:c>
+      <x:c r="CQ39" s="3" t="n">
+        <x:v>15508</x:v>
+      </x:c>
+      <x:c r="CR39" s="3" t="n">
+        <x:v>15077</x:v>
+      </x:c>
+      <x:c r="CS39" s="3" t="n">
+        <x:v>14103</x:v>
+      </x:c>
+      <x:c r="CT39" s="3" t="n">
+        <x:v>13135</x:v>
+      </x:c>
+      <x:c r="CU39" s="3" t="n">
+        <x:v>12797</x:v>
+      </x:c>
+      <x:c r="CV39" s="3" t="n">
+        <x:v>13105</x:v>
+      </x:c>
+      <x:c r="CW39" s="3" t="n">
+        <x:v>12489</x:v>
+      </x:c>
+      <x:c r="CX39" s="3" t="n">
+        <x:v>13288</x:v>
+      </x:c>
+      <x:c r="CY39" s="3" t="n">
+        <x:v>13295</x:v>
+      </x:c>
+      <x:c r="CZ39" s="3" t="n">
+        <x:v>12649</x:v>
+      </x:c>
+      <x:c r="DA39" s="3" t="n">
+        <x:v>12543</x:v>
+      </x:c>
+      <x:c r="DB39" s="3" t="n">
+        <x:v>12984</x:v>
+      </x:c>
+      <x:c r="DC39" s="3" t="n">
+        <x:v>12317</x:v>
+      </x:c>
+      <x:c r="DD39" s="3" t="n">
+        <x:v>11837</x:v>
+      </x:c>
+      <x:c r="DE39" s="3" t="n">
+        <x:v>11535</x:v>
+      </x:c>
+      <x:c r="DF39" s="3" t="n">
+        <x:v>12055</x:v>
+      </x:c>
+      <x:c r="DG39" s="3" t="n">
+        <x:v>13059</x:v>
+      </x:c>
+      <x:c r="DH39" s="3" t="n">
+        <x:v>13352</x:v>
+      </x:c>
+      <x:c r="DI39" s="3" t="n">
+        <x:v>14680</x:v>
+      </x:c>
+      <x:c r="DJ39" s="3" t="n">
+        <x:v>13451</x:v>
+      </x:c>
+      <x:c r="DK39" s="3" t="n">
+        <x:v>14211</x:v>
+      </x:c>
+      <x:c r="DL39" s="3" t="n">
+        <x:v>14251</x:v>
+      </x:c>
+      <x:c r="DM39" s="3" t="n">
+        <x:v>13837</x:v>
+      </x:c>
+      <x:c r="DN39" s="3" t="n">
+        <x:v>13997</x:v>
+      </x:c>
+      <x:c r="DO39" s="3" t="n">
+        <x:v>14198</x:v>
+      </x:c>
+      <x:c r="DP39" s="3" t="n">
+        <x:v>13640</x:v>
+      </x:c>
+      <x:c r="DQ39" s="3" t="n">
+        <x:v>14149</x:v>
+      </x:c>
+      <x:c r="DR39" s="3" t="n">
+        <x:v>13268</x:v>
+      </x:c>
+      <x:c r="DS39" s="3" t="n">
+        <x:v>13553</x:v>
+      </x:c>
+      <x:c r="DT39" s="3" t="n">
+        <x:v>14133</x:v>
+      </x:c>
+      <x:c r="DU39" s="3" t="n">
+        <x:v>14587</x:v>
+      </x:c>
+      <x:c r="DV39" s="3" t="n">
+        <x:v>12404</x:v>
+      </x:c>
+      <x:c r="DW39" s="3" t="n">
+        <x:v>13577</x:v>
+      </x:c>
+      <x:c r="DX39" s="3" t="n">
+        <x:v>14448</x:v>
+      </x:c>
+      <x:c r="DY39" s="3" t="n">
+        <x:v>12758</x:v>
+      </x:c>
+      <x:c r="DZ39" s="3" t="n">
+        <x:v>14896</x:v>
+      </x:c>
+      <x:c r="EA39" s="3" t="n">
+        <x:v>16391</x:v>
+      </x:c>
+      <x:c r="EB39" s="3" t="n">
+        <x:v>15764</x:v>
+      </x:c>
+      <x:c r="EC39" s="3" t="n">
+        <x:v>15280</x:v>
+      </x:c>
+      <x:c r="ED39" s="3" t="n">
+        <x:v>15089</x:v>
+      </x:c>
+      <x:c r="EE39" s="3" t="n">
+        <x:v>15193</x:v>
+      </x:c>
+      <x:c r="EF39" s="3" t="n">
+        <x:v>15785</x:v>
+      </x:c>
+      <x:c r="EG39" s="3" t="n">
+        <x:v>18128</x:v>
+      </x:c>
+      <x:c r="EH39" s="3" t="n">
+        <x:v>16074</x:v>
+      </x:c>
+      <x:c r="EI39" s="3" t="n">
+        <x:v>18013</x:v>
+      </x:c>
+      <x:c r="EJ39" s="3" t="n">
+        <x:v>17674</x:v>
+      </x:c>
+      <x:c r="EK39" s="3" t="n">
+        <x:v>16720</x:v>
+      </x:c>
+      <x:c r="EL39" s="3" t="n">
+        <x:v>17559</x:v>
+      </x:c>
+      <x:c r="EM39" s="3" t="n">
+        <x:v>19107</x:v>
+      </x:c>
+      <x:c r="EN39" s="3" t="n">
+        <x:v>19234</x:v>
+      </x:c>
+      <x:c r="EO39" s="3" t="n">
+        <x:v>21259</x:v>
+      </x:c>
+      <x:c r="EP39" s="3" t="n">
+        <x:v>17413</x:v>
+      </x:c>
+      <x:c r="EQ39" s="3" t="n">
+        <x:v>18501</x:v>
+      </x:c>
+      <x:c r="ER39" s="3" t="n">
+        <x:v>20231</x:v>
+      </x:c>
+      <x:c r="ES39" s="3" t="n">
+        <x:v>18434</x:v>
+      </x:c>
+      <x:c r="ET39" s="3" t="n">
+        <x:v>22752</x:v>
+      </x:c>
+      <x:c r="EU39" s="3" t="n">
+        <x:v>21751</x:v>
+      </x:c>
+      <x:c r="EV39" s="3" t="n">
+        <x:v>21271</x:v>
+      </x:c>
+      <x:c r="EW39" s="3" t="n">
+        <x:v>24153</x:v>
+      </x:c>
+      <x:c r="EX39" s="3" t="n">
+        <x:v>25895</x:v>
+      </x:c>
+      <x:c r="EY39" s="3" t="n">
+        <x:v>25929</x:v>
+      </x:c>
+      <x:c r="EZ39" s="3" t="n">
+        <x:v>24390</x:v>
+      </x:c>
+      <x:c r="FA39" s="3" t="n">
+        <x:v>25025</x:v>
+      </x:c>
+      <x:c r="FB39" s="3" t="n">
+        <x:v>25522</x:v>
+      </x:c>
+      <x:c r="FC39" s="3" t="n">
+        <x:v>25147</x:v>
+      </x:c>
+      <x:c r="FD39" s="3" t="n">
+        <x:v>24916</x:v>
+      </x:c>
+      <x:c r="FE39" s="3" t="n">
+        <x:v>24054</x:v>
+      </x:c>
+      <x:c r="FF39" s="3" t="n">
+        <x:v>22437</x:v>
+      </x:c>
+      <x:c r="FG39" s="3" t="n">
+        <x:v>22320</x:v>
+      </x:c>
+      <x:c r="FH39" s="3" t="n">
+        <x:v>25070</x:v>
+      </x:c>
+      <x:c r="FI39" s="3" t="n">
+        <x:v>23464</x:v>
+      </x:c>
+      <x:c r="FJ39" s="3" t="n">
+        <x:v>24964</x:v>
+      </x:c>
+      <x:c r="FK39" s="3" t="n">
+        <x:v>25423</x:v>
+      </x:c>
+      <x:c r="FL39" s="3" t="n">
+        <x:v>25956</x:v>
+      </x:c>
+      <x:c r="FM39" s="3" t="n">
+        <x:v>27423</x:v>
+      </x:c>
+      <x:c r="FN39" s="3" t="n">
+        <x:v>29704</x:v>
+      </x:c>
+      <x:c r="FO39" s="3" t="n">
+        <x:v>27601</x:v>
+      </x:c>
+      <x:c r="FP39" s="3" t="n">
+        <x:v>27303</x:v>
+      </x:c>
+      <x:c r="FQ39" s="3" t="n">
+        <x:v>28589</x:v>
+      </x:c>
+      <x:c r="FR39" s="3" t="n">
+        <x:v>24785</x:v>
+      </x:c>
+      <x:c r="FS39" s="3" t="n">
+        <x:v>24354</x:v>
+      </x:c>
+      <x:c r="FT39" s="3" t="n">
+        <x:v>24379</x:v>
+      </x:c>
+      <x:c r="FU39" s="3" t="n">
+        <x:v>25274</x:v>
+      </x:c>
+      <x:c r="FV39" s="3" t="n">
+        <x:v>25442</x:v>
+      </x:c>
+      <x:c r="FW39" s="3" t="n">
+        <x:v>26512</x:v>
+      </x:c>
+      <x:c r="FX39" s="3" t="n">
+        <x:v>27826</x:v>
+      </x:c>
+      <x:c r="FY39" s="3" t="n">
+        <x:v>27757</x:v>
+      </x:c>
+      <x:c r="FZ39" s="3" t="n">
+        <x:v>29405</x:v>
+      </x:c>
+      <x:c r="GA39" s="3" t="n">
+        <x:v>31101</x:v>
+      </x:c>
+      <x:c r="GB39" s="3" t="n">
+        <x:v>30981</x:v>
+      </x:c>
+      <x:c r="GC39" s="3" t="n">
+        <x:v>32876</x:v>
+      </x:c>
+      <x:c r="GD39" s="3" t="n">
+        <x:v>31222</x:v>
+      </x:c>
+      <x:c r="GE39" s="3" t="n">
+        <x:v>32115</x:v>
+      </x:c>
+      <x:c r="GF39" s="3" t="n">
+        <x:v>33405</x:v>
+      </x:c>
+      <x:c r="GG39" s="3" t="n">
+        <x:v>33344</x:v>
+      </x:c>
+      <x:c r="GH39" s="3" t="n">
+        <x:v>31747</x:v>
+      </x:c>
+      <x:c r="GI39" s="3" t="n">
+        <x:v>31828</x:v>
+      </x:c>
+      <x:c r="GJ39" s="3" t="n">
+        <x:v>32879</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:192">
+      <x:c r="A40" s="2" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="B40" s="3" t="n">
+        <x:v>2920</x:v>
+      </x:c>
+      <x:c r="C40" s="3" t="n">
+        <x:v>2924</x:v>
+      </x:c>
+      <x:c r="D40" s="3" t="n">
+        <x:v>2883</x:v>
+      </x:c>
+      <x:c r="E40" s="3" t="n">
+        <x:v>2559</x:v>
+      </x:c>
+      <x:c r="F40" s="3" t="n">
+        <x:v>3197</x:v>
+      </x:c>
+      <x:c r="G40" s="3" t="n">
+        <x:v>3167</x:v>
+      </x:c>
+      <x:c r="H40" s="3" t="n">
+        <x:v>3093</x:v>
+      </x:c>
+      <x:c r="I40" s="3" t="n">
+        <x:v>2705</x:v>
+      </x:c>
+      <x:c r="J40" s="3" t="n">
+        <x:v>3315</x:v>
+      </x:c>
+      <x:c r="K40" s="3" t="n">
+        <x:v>3399</x:v>
+      </x:c>
+      <x:c r="L40" s="3" t="n">
+        <x:v>3458</x:v>
+      </x:c>
+      <x:c r="M40" s="3" t="n">
+        <x:v>3215</x:v>
+      </x:c>
+      <x:c r="N40" s="3" t="n">
+        <x:v>2748</x:v>
+      </x:c>
+      <x:c r="O40" s="3" t="n">
+        <x:v>2755</x:v>
+      </x:c>
+      <x:c r="P40" s="3" t="n">
+        <x:v>2952</x:v>
+      </x:c>
+      <x:c r="Q40" s="3" t="n">
+        <x:v>2999</x:v>
+      </x:c>
+      <x:c r="R40" s="3" t="n">
+        <x:v>2911</x:v>
+      </x:c>
+      <x:c r="S40" s="3" t="n">
+        <x:v>2731</x:v>
+      </x:c>
+      <x:c r="T40" s="3" t="n">
+        <x:v>2634</x:v>
+      </x:c>
+      <x:c r="U40" s="3" t="n">
+        <x:v>3754</x:v>
+      </x:c>
+      <x:c r="V40" s="3" t="n">
+        <x:v>3211</x:v>
+      </x:c>
+      <x:c r="W40" s="3" t="n">
+        <x:v>3521</x:v>
+      </x:c>
+      <x:c r="X40" s="3" t="n">
+        <x:v>2956</x:v>
+      </x:c>
+      <x:c r="Y40" s="3" t="n">
+        <x:v>2829</x:v>
+      </x:c>
+      <x:c r="Z40" s="3" t="n">
+        <x:v>2933</x:v>
+      </x:c>
+      <x:c r="AA40" s="3" t="n">
+        <x:v>3306</x:v>
+      </x:c>
+      <x:c r="AB40" s="3" t="n">
+        <x:v>3814</x:v>
+      </x:c>
+      <x:c r="AC40" s="3" t="n">
+        <x:v>4994</x:v>
+      </x:c>
+      <x:c r="AD40" s="3" t="n">
+        <x:v>3441</x:v>
+      </x:c>
+      <x:c r="AE40" s="3" t="n">
+        <x:v>3340</x:v>
+      </x:c>
+      <x:c r="AF40" s="3" t="n">
+        <x:v>5405</x:v>
+      </x:c>
+      <x:c r="AG40" s="3" t="n">
+        <x:v>2770</x:v>
+      </x:c>
+      <x:c r="AH40" s="3" t="n">
+        <x:v>4439</x:v>
+      </x:c>
+      <x:c r="AI40" s="3" t="n">
+        <x:v>3815</x:v>
+      </x:c>
+      <x:c r="AJ40" s="3" t="n">
+        <x:v>3090</x:v>
+      </x:c>
+      <x:c r="AK40" s="3" t="n">
+        <x:v>3035</x:v>
+      </x:c>
+      <x:c r="AL40" s="3" t="n">
+        <x:v>3458</x:v>
+      </x:c>
+      <x:c r="AM40" s="3" t="n">
+        <x:v>3593</x:v>
+      </x:c>
+      <x:c r="AN40" s="3" t="n">
+        <x:v>3848</x:v>
+      </x:c>
+      <x:c r="AO40" s="3" t="n">
+        <x:v>3128</x:v>
+      </x:c>
+      <x:c r="AP40" s="3" t="n">
+        <x:v>3509</x:v>
+      </x:c>
+      <x:c r="AQ40" s="3" t="n">
+        <x:v>3600</x:v>
+      </x:c>
+      <x:c r="AR40" s="3" t="n">
+        <x:v>3906</x:v>
+      </x:c>
+      <x:c r="AS40" s="3" t="n">
+        <x:v>3196</x:v>
+      </x:c>
+      <x:c r="AT40" s="3" t="n">
+        <x:v>3068</x:v>
+      </x:c>
+      <x:c r="AU40" s="3" t="n">
+        <x:v>3349</x:v>
+      </x:c>
+      <x:c r="AV40" s="3" t="n">
+        <x:v>3016</x:v>
+      </x:c>
+      <x:c r="AW40" s="3" t="n">
+        <x:v>3448</x:v>
+      </x:c>
+      <x:c r="AX40" s="3" t="n">
+        <x:v>3723</x:v>
+      </x:c>
+      <x:c r="AY40" s="3" t="n">
+        <x:v>3062</x:v>
+      </x:c>
+      <x:c r="AZ40" s="3" t="n">
+        <x:v>3448</x:v>
+      </x:c>
+      <x:c r="BA40" s="3" t="n">
+        <x:v>4180</x:v>
+      </x:c>
+      <x:c r="BB40" s="3" t="n">
+        <x:v>3011</x:v>
+      </x:c>
+      <x:c r="BC40" s="3" t="n">
+        <x:v>3372</x:v>
+      </x:c>
+      <x:c r="BD40" s="3" t="n">
+        <x:v>3430</x:v>
+      </x:c>
+      <x:c r="BE40" s="3" t="n">
+        <x:v>3467</x:v>
+      </x:c>
+      <x:c r="BF40" s="3" t="n">
+        <x:v>5745</x:v>
+      </x:c>
+      <x:c r="BG40" s="3" t="n">
+        <x:v>6089</x:v>
+      </x:c>
+      <x:c r="BH40" s="3" t="n">
+        <x:v>6279</x:v>
+      </x:c>
+      <x:c r="BI40" s="3" t="n">
+        <x:v>6270</x:v>
+      </x:c>
+      <x:c r="BJ40" s="3" t="n">
+        <x:v>6984</x:v>
+      </x:c>
+      <x:c r="BK40" s="3" t="n">
+        <x:v>7281</x:v>
+      </x:c>
+      <x:c r="BL40" s="3" t="n">
+        <x:v>7452</x:v>
+      </x:c>
+      <x:c r="BM40" s="3" t="n">
+        <x:v>7333</x:v>
+      </x:c>
+      <x:c r="BN40" s="3" t="n">
+        <x:v>5738</x:v>
+      </x:c>
+      <x:c r="BO40" s="3" t="n">
+        <x:v>6054</x:v>
+      </x:c>
+      <x:c r="BP40" s="3" t="n">
+        <x:v>6176</x:v>
+      </x:c>
+      <x:c r="BQ40" s="3" t="n">
+        <x:v>6217</x:v>
+      </x:c>
+      <x:c r="BR40" s="3" t="n">
+        <x:v>6308</x:v>
+      </x:c>
+      <x:c r="BS40" s="3" t="n">
+        <x:v>5668</x:v>
+      </x:c>
+      <x:c r="BT40" s="3" t="n">
+        <x:v>5579</x:v>
+      </x:c>
+      <x:c r="BU40" s="3" t="n">
+        <x:v>5643</x:v>
+      </x:c>
+      <x:c r="BV40" s="3" t="n">
+        <x:v>5528</x:v>
+      </x:c>
+      <x:c r="BW40" s="3" t="n">
+        <x:v>5700</x:v>
+      </x:c>
+      <x:c r="BX40" s="3" t="n">
+        <x:v>5389</x:v>
+      </x:c>
+      <x:c r="BY40" s="3" t="n">
+        <x:v>5271</x:v>
+      </x:c>
+      <x:c r="BZ40" s="3" t="n">
+        <x:v>5002</x:v>
+      </x:c>
+      <x:c r="CA40" s="3" t="n">
+        <x:v>4885</x:v>
+      </x:c>
+      <x:c r="CB40" s="3" t="n">
+        <x:v>5014</x:v>
+      </x:c>
+      <x:c r="CC40" s="3" t="n">
+        <x:v>4749</x:v>
+      </x:c>
+      <x:c r="CD40" s="3" t="n">
+        <x:v>5254</x:v>
+      </x:c>
+      <x:c r="CE40" s="3" t="n">
+        <x:v>5698</x:v>
+      </x:c>
+      <x:c r="CF40" s="3" t="n">
+        <x:v>5683</x:v>
+      </x:c>
+      <x:c r="CG40" s="3" t="n">
+        <x:v>6131</x:v>
+      </x:c>
+      <x:c r="CH40" s="3" t="n">
+        <x:v>7121</x:v>
+      </x:c>
+      <x:c r="CI40" s="3" t="n">
+        <x:v>7191</x:v>
+      </x:c>
+      <x:c r="CJ40" s="3" t="n">
+        <x:v>7298</x:v>
+      </x:c>
+      <x:c r="CK40" s="3" t="n">
+        <x:v>7240</x:v>
+      </x:c>
+      <x:c r="CL40" s="3" t="n">
+        <x:v>7264</x:v>
+      </x:c>
+      <x:c r="CM40" s="3" t="n">
+        <x:v>7479</x:v>
+      </x:c>
+      <x:c r="CN40" s="3" t="n">
+        <x:v>7799</x:v>
+      </x:c>
+      <x:c r="CO40" s="3" t="n">
+        <x:v>7969</x:v>
+      </x:c>
+      <x:c r="CP40" s="3" t="n">
+        <x:v>8055</x:v>
+      </x:c>
+      <x:c r="CQ40" s="3" t="n">
+        <x:v>8493</x:v>
+      </x:c>
+      <x:c r="CR40" s="3" t="n">
+        <x:v>8291</x:v>
+      </x:c>
+      <x:c r="CS40" s="3" t="n">
+        <x:v>8015</x:v>
+      </x:c>
+      <x:c r="CT40" s="3" t="n">
+        <x:v>7436</x:v>
+      </x:c>
+      <x:c r="CU40" s="3" t="n">
+        <x:v>7289</x:v>
+      </x:c>
+      <x:c r="CV40" s="3" t="n">
+        <x:v>7933</x:v>
+      </x:c>
+      <x:c r="CW40" s="3" t="n">
+        <x:v>7260</x:v>
+      </x:c>
+      <x:c r="CX40" s="3" t="n">
+        <x:v>8157</x:v>
+      </x:c>
+      <x:c r="CY40" s="3" t="n">
+        <x:v>8030</x:v>
+      </x:c>
+      <x:c r="CZ40" s="3" t="n">
+        <x:v>7873</x:v>
+      </x:c>
+      <x:c r="DA40" s="3" t="n">
+        <x:v>7682</x:v>
+      </x:c>
+      <x:c r="DB40" s="3" t="n">
+        <x:v>7380</x:v>
+      </x:c>
+      <x:c r="DC40" s="3" t="n">
+        <x:v>7223</x:v>
+      </x:c>
+      <x:c r="DD40" s="3" t="n">
+        <x:v>6818</x:v>
+      </x:c>
+      <x:c r="DE40" s="3" t="n">
+        <x:v>6499</x:v>
+      </x:c>
+      <x:c r="DF40" s="3" t="n">
+        <x:v>5328</x:v>
+      </x:c>
+      <x:c r="DG40" s="3" t="n">
+        <x:v>5769</x:v>
+      </x:c>
+      <x:c r="DH40" s="3" t="n">
+        <x:v>5565</x:v>
+      </x:c>
+      <x:c r="DI40" s="3" t="n">
+        <x:v>5296</x:v>
+      </x:c>
+      <x:c r="DJ40" s="3" t="n">
+        <x:v>5915</x:v>
+      </x:c>
+      <x:c r="DK40" s="3" t="n">
+        <x:v>5882</x:v>
+      </x:c>
+      <x:c r="DL40" s="3" t="n">
+        <x:v>6302</x:v>
+      </x:c>
+      <x:c r="DM40" s="3" t="n">
+        <x:v>6277</x:v>
+      </x:c>
+      <x:c r="DN40" s="3" t="n">
+        <x:v>4235</x:v>
+      </x:c>
+      <x:c r="DO40" s="3" t="n">
+        <x:v>4123</x:v>
+      </x:c>
+      <x:c r="DP40" s="3" t="n">
+        <x:v>3767</x:v>
+      </x:c>
+      <x:c r="DQ40" s="3" t="n">
+        <x:v>3693</x:v>
+      </x:c>
+      <x:c r="DR40" s="3" t="n">
+        <x:v>3149</x:v>
+      </x:c>
+      <x:c r="DS40" s="3" t="n">
+        <x:v>3289</x:v>
+      </x:c>
+      <x:c r="DT40" s="3" t="n">
+        <x:v>3175</x:v>
+      </x:c>
+      <x:c r="DU40" s="3" t="n">
+        <x:v>3183</x:v>
+      </x:c>
+      <x:c r="DV40" s="3" t="n">
+        <x:v>3830</x:v>
+      </x:c>
+      <x:c r="DW40" s="3" t="n">
+        <x:v>3755</x:v>
+      </x:c>
+      <x:c r="DX40" s="3" t="n">
+        <x:v>3581</x:v>
+      </x:c>
+      <x:c r="DY40" s="3" t="n">
+        <x:v>3168</x:v>
+      </x:c>
+      <x:c r="DZ40" s="3" t="n">
+        <x:v>2473</x:v>
+      </x:c>
+      <x:c r="EA40" s="3" t="n">
+        <x:v>2331</x:v>
+      </x:c>
+      <x:c r="EB40" s="3" t="n">
+        <x:v>2176</x:v>
+      </x:c>
+      <x:c r="EC40" s="3" t="n">
+        <x:v>1832</x:v>
+      </x:c>
+      <x:c r="ED40" s="3" t="n">
+        <x:v>2756</x:v>
+      </x:c>
+      <x:c r="EE40" s="3" t="n">
+        <x:v>2362</x:v>
+      </x:c>
+      <x:c r="EF40" s="3" t="n">
+        <x:v>2308</x:v>
+      </x:c>
+      <x:c r="EG40" s="3" t="n">
+        <x:v>2478</x:v>
+      </x:c>
+      <x:c r="EH40" s="3" t="n">
+        <x:v>2924</x:v>
+      </x:c>
+      <x:c r="EI40" s="3" t="n">
+        <x:v>2566</x:v>
+      </x:c>
+      <x:c r="EJ40" s="3" t="n">
+        <x:v>2266</x:v>
+      </x:c>
+      <x:c r="EK40" s="3" t="n">
+        <x:v>2439</x:v>
+      </x:c>
+      <x:c r="EL40" s="3" t="n">
+        <x:v>3080</x:v>
+      </x:c>
+      <x:c r="EM40" s="3" t="n">
+        <x:v>3039</x:v>
+      </x:c>
+      <x:c r="EN40" s="3" t="n">
+        <x:v>3192</x:v>
+      </x:c>
+      <x:c r="EO40" s="3" t="n">
+        <x:v>2913</x:v>
+      </x:c>
+      <x:c r="EP40" s="3" t="n">
+        <x:v>2690</x:v>
+      </x:c>
+      <x:c r="EQ40" s="3" t="n">
+        <x:v>3153</x:v>
+      </x:c>
+      <x:c r="ER40" s="3" t="n">
+        <x:v>3242</x:v>
+      </x:c>
+      <x:c r="ES40" s="3" t="n">
+        <x:v>2887</x:v>
+      </x:c>
+      <x:c r="ET40" s="3" t="n">
+        <x:v>3541</x:v>
+      </x:c>
+      <x:c r="EU40" s="3" t="n">
+        <x:v>3614</x:v>
+      </x:c>
+      <x:c r="EV40" s="3" t="n">
+        <x:v>3611</x:v>
+      </x:c>
+      <x:c r="EW40" s="3" t="n">
+        <x:v>3560</x:v>
+      </x:c>
+      <x:c r="EX40" s="3" t="n">
+        <x:v>3730</x:v>
+      </x:c>
+      <x:c r="EY40" s="3" t="n">
+        <x:v>3625</x:v>
+      </x:c>
+      <x:c r="EZ40" s="3" t="n">
+        <x:v>3545</x:v>
+      </x:c>
+      <x:c r="FA40" s="3" t="n">
+        <x:v>3522</x:v>
+      </x:c>
+      <x:c r="FB40" s="3" t="n">
+        <x:v>4424</x:v>
+      </x:c>
+      <x:c r="FC40" s="3" t="n">
+        <x:v>4411</x:v>
+      </x:c>
+      <x:c r="FD40" s="3" t="n">
+        <x:v>3928</x:v>
+      </x:c>
+      <x:c r="FE40" s="3" t="n">
+        <x:v>4143</x:v>
+      </x:c>
+      <x:c r="FF40" s="3" t="n">
+        <x:v>3990</x:v>
+      </x:c>
+      <x:c r="FG40" s="3" t="n">
+        <x:v>4268</x:v>
+      </x:c>
+      <x:c r="FH40" s="3" t="n">
+        <x:v>6580</x:v>
+      </x:c>
+      <x:c r="FI40" s="3" t="n">
+        <x:v>5396</x:v>
+      </x:c>
+      <x:c r="FJ40" s="3" t="n">
+        <x:v>5537</x:v>
+      </x:c>
+      <x:c r="FK40" s="3" t="n">
+        <x:v>5263</x:v>
+      </x:c>
+      <x:c r="FL40" s="3" t="n">
+        <x:v>5876</x:v>
+      </x:c>
+      <x:c r="FM40" s="3" t="n">
+        <x:v>5911</x:v>
+      </x:c>
+      <x:c r="FN40" s="3" t="n">
+        <x:v>6386</x:v>
+      </x:c>
+      <x:c r="FO40" s="3" t="n">
+        <x:v>6221</x:v>
+      </x:c>
+      <x:c r="FP40" s="3" t="n">
+        <x:v>6115</x:v>
+      </x:c>
+      <x:c r="FQ40" s="3" t="n">
+        <x:v>5998</x:v>
+      </x:c>
+      <x:c r="FR40" s="3" t="n">
+        <x:v>5947</x:v>
+      </x:c>
+      <x:c r="FS40" s="3" t="n">
+        <x:v>4426</x:v>
+      </x:c>
+      <x:c r="FT40" s="3" t="n">
+        <x:v>3891</x:v>
+      </x:c>
+      <x:c r="FU40" s="3" t="n">
+        <x:v>3890</x:v>
+      </x:c>
+      <x:c r="FV40" s="3" t="n">
+        <x:v>5179</x:v>
+      </x:c>
+      <x:c r="FW40" s="3" t="n">
+        <x:v>5108</x:v>
+      </x:c>
+      <x:c r="FX40" s="3" t="n">
+        <x:v>5331</x:v>
+      </x:c>
+      <x:c r="FY40" s="3" t="n">
+        <x:v>5088</x:v>
+      </x:c>
+      <x:c r="FZ40" s="3" t="n">
+        <x:v>5689</x:v>
+      </x:c>
+      <x:c r="GA40" s="3" t="n">
+        <x:v>5792</x:v>
+      </x:c>
+      <x:c r="GB40" s="3" t="n">
+        <x:v>5650</x:v>
+      </x:c>
+      <x:c r="GC40" s="3" t="n">
+        <x:v>6931</x:v>
+      </x:c>
+      <x:c r="GD40" s="3" t="n">
+        <x:v>6571</x:v>
+      </x:c>
+      <x:c r="GE40" s="3" t="n">
+        <x:v>7153</x:v>
+      </x:c>
+      <x:c r="GF40" s="3" t="n">
+        <x:v>8552</x:v>
+      </x:c>
+      <x:c r="GG40" s="3" t="n">
+        <x:v>7700</x:v>
+      </x:c>
+      <x:c r="GH40" s="3" t="n">
+        <x:v>6969</x:v>
+      </x:c>
+      <x:c r="GI40" s="3" t="n">
+        <x:v>7546</x:v>
+      </x:c>
+      <x:c r="GJ40" s="3" t="n">
+        <x:v>8301</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:192">
+      <x:c r="A41" s="2" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="B41" s="3" t="n">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C41" s="3" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D41" s="3" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E41" s="3" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F41" s="3" t="n">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="G41" s="3" t="n">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H41" s="3" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="I41" s="3" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="J41" s="3" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="K41" s="3" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="L41" s="3" t="n">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="M41" s="3" t="n">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="N41" s="3" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="O41" s="3" t="n">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="P41" s="3" t="n">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="Q41" s="3" t="n">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="R41" s="3" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="S41" s="3" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="T41" s="3" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="U41" s="3" t="n">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="V41" s="3" t="n">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="W41" s="3" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="X41" s="3" t="n">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="Y41" s="3" t="n">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="Z41" s="3" t="n">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="AA41" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="AB41" s="3" t="n">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="AC41" s="3" t="n">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="AD41" s="3" t="n">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="AE41" s="3" t="n">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="AF41" s="3" t="n">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="AG41" s="3" t="n">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="AH41" s="3" t="n">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="AI41" s="3" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AJ41" s="3" t="n">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="AK41" s="3" t="n">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="AL41" s="3" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="AM41" s="3" t="n">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="AN41" s="3" t="n">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="AO41" s="3" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="AP41" s="3" t="n">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="AQ41" s="3" t="n">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="AR41" s="3" t="n">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="AS41" s="3" t="n">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="AT41" s="3" t="n">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="AU41" s="3" t="n">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="AV41" s="3" t="n">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="AW41" s="3" t="n">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="AX41" s="3" t="n">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="AY41" s="3" t="n">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="AZ41" s="3" t="n">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="BA41" s="3" t="n">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="BB41" s="3" t="n">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="BC41" s="3" t="n">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="BD41" s="3" t="n">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="BE41" s="3" t="n">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="BF41" s="3" t="n">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="BG41" s="3" t="n">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="BH41" s="3" t="n">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="BI41" s="3" t="n">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="BJ41" s="3" t="n">
+        <x:v>791</x:v>
+      </x:c>
+      <x:c r="BK41" s="3" t="n">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="BL41" s="3" t="n">
+        <x:v>941</x:v>
+      </x:c>
+      <x:c r="BM41" s="3" t="n">
+        <x:v>839</x:v>
+      </x:c>
+      <x:c r="BN41" s="3" t="n">
+        <x:v>1204</x:v>
+      </x:c>
+      <x:c r="BO41" s="3" t="n">
+        <x:v>1031</x:v>
+      </x:c>
+      <x:c r="BP41" s="3" t="n">
+        <x:v>1047</x:v>
+      </x:c>
+      <x:c r="BQ41" s="3" t="n">
+        <x:v>1030</x:v>
+      </x:c>
+      <x:c r="BR41" s="3" t="n">
+        <x:v>1029</x:v>
+      </x:c>
+      <x:c r="BS41" s="3" t="n">
+        <x:v>1025</x:v>
+      </x:c>
+      <x:c r="BT41" s="3" t="n">
+        <x:v>916</x:v>
+      </x:c>
+      <x:c r="BU41" s="3" t="n">
+        <x:v>910</x:v>
+      </x:c>
+      <x:c r="BV41" s="3" t="n">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="BW41" s="3" t="n">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="BX41" s="3" t="n">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="BY41" s="3" t="n">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="BZ41" s="3" t="n">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="CA41" s="3" t="n">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="CB41" s="3" t="n">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="CC41" s="3" t="n">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="CD41" s="3" t="n">
+        <x:v>1764</x:v>
+      </x:c>
+      <x:c r="CE41" s="3" t="n">
+        <x:v>1665</x:v>
+      </x:c>
+      <x:c r="CF41" s="3" t="n">
+        <x:v>1679</x:v>
+      </x:c>
+      <x:c r="CG41" s="3" t="n">
+        <x:v>1763</x:v>
+      </x:c>
+      <x:c r="CH41" s="3" t="n">
+        <x:v>1580</x:v>
+      </x:c>
+      <x:c r="CI41" s="3" t="n">
+        <x:v>1481</x:v>
+      </x:c>
+      <x:c r="CJ41" s="3" t="n">
+        <x:v>1598</x:v>
+      </x:c>
+      <x:c r="CK41" s="3" t="n">
+        <x:v>1589</x:v>
+      </x:c>
+      <x:c r="CL41" s="3" t="n">
+        <x:v>1499</x:v>
+      </x:c>
+      <x:c r="CM41" s="3" t="n">
+        <x:v>1425</x:v>
+      </x:c>
+      <x:c r="CN41" s="3" t="n">
+        <x:v>1344</x:v>
+      </x:c>
+      <x:c r="CO41" s="3" t="n">
+        <x:v>1296</x:v>
+      </x:c>
+      <x:c r="CP41" s="3" t="n">
+        <x:v>1056</x:v>
+      </x:c>
+      <x:c r="CQ41" s="3" t="n">
+        <x:v>1063</x:v>
+      </x:c>
+      <x:c r="CR41" s="3" t="n">
+        <x:v>1012</x:v>
+      </x:c>
+      <x:c r="CS41" s="3" t="n">
+        <x:v>837</x:v>
+      </x:c>
+      <x:c r="CT41" s="3" t="n">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="CU41" s="3" t="n">
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="CV41" s="3" t="n">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="CW41" s="3" t="n">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="CX41" s="3" t="n">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="CY41" s="3" t="n">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="CZ41" s="3" t="n">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="DA41" s="3" t="n">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="DB41" s="3" t="n">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="DC41" s="3" t="n">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="DD41" s="3" t="n">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="DE41" s="3" t="n">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="DF41" s="3" t="n">
+        <x:v>1034</x:v>
+      </x:c>
+      <x:c r="DG41" s="3" t="n">
+        <x:v>1265</x:v>
+      </x:c>
+      <x:c r="DH41" s="3" t="n">
+        <x:v>1461</x:v>
+      </x:c>
+      <x:c r="DI41" s="3" t="n">
+        <x:v>1019</x:v>
+      </x:c>
+      <x:c r="DJ41" s="3" t="n">
+        <x:v>1382</x:v>
+      </x:c>
+      <x:c r="DK41" s="3" t="n">
+        <x:v>1479</x:v>
+      </x:c>
+      <x:c r="DL41" s="3" t="n">
+        <x:v>1682</x:v>
+      </x:c>
+      <x:c r="DM41" s="3" t="n">
+        <x:v>1330</x:v>
+      </x:c>
+      <x:c r="DN41" s="3" t="n">
+        <x:v>3524</x:v>
+      </x:c>
+      <x:c r="DO41" s="3" t="n">
+        <x:v>3791</x:v>
+      </x:c>
+      <x:c r="DP41" s="3" t="n">
+        <x:v>3932</x:v>
+      </x:c>
+      <x:c r="DQ41" s="3" t="n">
+        <x:v>4347</x:v>
+      </x:c>
+      <x:c r="DR41" s="3" t="n">
+        <x:v>3380</x:v>
+      </x:c>
+      <x:c r="DS41" s="3" t="n">
+        <x:v>3286</x:v>
+      </x:c>
+      <x:c r="DT41" s="3" t="n">
+        <x:v>3214</x:v>
+      </x:c>
+      <x:c r="DU41" s="3" t="n">
+        <x:v>4313</x:v>
+      </x:c>
+      <x:c r="DV41" s="3" t="n">
+        <x:v>3269</x:v>
+      </x:c>
+      <x:c r="DW41" s="3" t="n">
+        <x:v>3612</x:v>
+      </x:c>
+      <x:c r="DX41" s="3" t="n">
+        <x:v>3504</x:v>
+      </x:c>
+      <x:c r="DY41" s="3" t="n">
+        <x:v>3160</x:v>
+      </x:c>
+      <x:c r="DZ41" s="3" t="n">
+        <x:v>3330</x:v>
+      </x:c>
+      <x:c r="EA41" s="3" t="n">
+        <x:v>3398</x:v>
+      </x:c>
+      <x:c r="EB41" s="3" t="n">
+        <x:v>3513</x:v>
+      </x:c>
+      <x:c r="EC41" s="3" t="n">
+        <x:v>3076</x:v>
+      </x:c>
+      <x:c r="ED41" s="3" t="n">
+        <x:v>2657</x:v>
+      </x:c>
+      <x:c r="EE41" s="3" t="n">
+        <x:v>2509</x:v>
+      </x:c>
+      <x:c r="EF41" s="3" t="n">
+        <x:v>2684</x:v>
+      </x:c>
+      <x:c r="EG41" s="3" t="n">
+        <x:v>2812</x:v>
+      </x:c>
+      <x:c r="EH41" s="3" t="n">
+        <x:v>3094</x:v>
+      </x:c>
+      <x:c r="EI41" s="3" t="n">
+        <x:v>3364</x:v>
+      </x:c>
+      <x:c r="EJ41" s="3" t="n">
+        <x:v>3345</x:v>
+      </x:c>
+      <x:c r="EK41" s="3" t="n">
+        <x:v>2095</x:v>
+      </x:c>
+      <x:c r="EL41" s="3" t="n">
+        <x:v>3077</x:v>
+      </x:c>
+      <x:c r="EM41" s="3" t="n">
+        <x:v>3556</x:v>
+      </x:c>
+      <x:c r="EN41" s="3" t="n">
+        <x:v>3431</x:v>
+      </x:c>
+      <x:c r="EO41" s="3" t="n">
+        <x:v>3570</x:v>
+      </x:c>
+      <x:c r="EP41" s="3" t="n">
+        <x:v>3309</x:v>
+      </x:c>
+      <x:c r="EQ41" s="3" t="n">
+        <x:v>3072</x:v>
+      </x:c>
+      <x:c r="ER41" s="3" t="n">
+        <x:v>3995</x:v>
+      </x:c>
+      <x:c r="ES41" s="3" t="n">
+        <x:v>4493</x:v>
+      </x:c>
+      <x:c r="ET41" s="3" t="n">
+        <x:v>4393</x:v>
+      </x:c>
+      <x:c r="EU41" s="3" t="n">
+        <x:v>4107</x:v>
+      </x:c>
+      <x:c r="EV41" s="3" t="n">
+        <x:v>3433</x:v>
+      </x:c>
+      <x:c r="EW41" s="3" t="n">
+        <x:v>4355</x:v>
+      </x:c>
+      <x:c r="EX41" s="3" t="n">
+        <x:v>4106</x:v>
+      </x:c>
+      <x:c r="EY41" s="3" t="n">
+        <x:v>4030</x:v>
+      </x:c>
+      <x:c r="EZ41" s="3" t="n">
+        <x:v>3595</x:v>
+      </x:c>
+      <x:c r="FA41" s="3" t="n">
+        <x:v>3780</x:v>
+      </x:c>
+      <x:c r="FB41" s="3" t="n">
+        <x:v>4257</x:v>
+      </x:c>
+      <x:c r="FC41" s="3" t="n">
+        <x:v>4452</x:v>
+      </x:c>
+      <x:c r="FD41" s="3" t="n">
+        <x:v>4386</x:v>
+      </x:c>
+      <x:c r="FE41" s="3" t="n">
+        <x:v>4025</x:v>
+      </x:c>
+      <x:c r="FF41" s="3" t="n">
+        <x:v>3547</x:v>
+      </x:c>
+      <x:c r="FG41" s="3" t="n">
+        <x:v>3682</x:v>
+      </x:c>
+      <x:c r="FH41" s="3" t="n">
+        <x:v>4192</x:v>
+      </x:c>
+      <x:c r="FI41" s="3" t="n">
+        <x:v>4142</x:v>
+      </x:c>
+      <x:c r="FJ41" s="3" t="n">
+        <x:v>4250</x:v>
+      </x:c>
+      <x:c r="FK41" s="3" t="n">
+        <x:v>4278</x:v>
+      </x:c>
+      <x:c r="FL41" s="3" t="n">
+        <x:v>4384</x:v>
+      </x:c>
+      <x:c r="FM41" s="3" t="n">
+        <x:v>5128</x:v>
+      </x:c>
+      <x:c r="FN41" s="3" t="n">
+        <x:v>5363</x:v>
+      </x:c>
+      <x:c r="FO41" s="3" t="n">
+        <x:v>5044</x:v>
+      </x:c>
+      <x:c r="FP41" s="3" t="n">
+        <x:v>4913</x:v>
+      </x:c>
+      <x:c r="FQ41" s="3" t="n">
+        <x:v>5182</x:v>
+      </x:c>
+      <x:c r="FR41" s="3" t="n">
+        <x:v>4684</x:v>
+      </x:c>
+      <x:c r="FS41" s="3" t="n">
+        <x:v>4829</x:v>
+      </x:c>
+      <x:c r="FT41" s="3" t="n">
+        <x:v>4224</x:v>
+      </x:c>
+      <x:c r="FU41" s="3" t="n">
+        <x:v>4744</x:v>
+      </x:c>
+      <x:c r="FV41" s="3" t="n">
+        <x:v>4526</x:v>
+      </x:c>
+      <x:c r="FW41" s="3" t="n">
+        <x:v>4842</x:v>
+      </x:c>
+      <x:c r="FX41" s="3" t="n">
+        <x:v>5202</x:v>
+      </x:c>
+      <x:c r="FY41" s="3" t="n">
+        <x:v>5104</x:v>
+      </x:c>
+      <x:c r="FZ41" s="3" t="n">
+        <x:v>6584</x:v>
+      </x:c>
+      <x:c r="GA41" s="3" t="n">
+        <x:v>7003</x:v>
+      </x:c>
+      <x:c r="GB41" s="3" t="n">
+        <x:v>7314</x:v>
+      </x:c>
+      <x:c r="GC41" s="3" t="n">
+        <x:v>7049</x:v>
+      </x:c>
+      <x:c r="GD41" s="3" t="n">
+        <x:v>6183</x:v>
+      </x:c>
+      <x:c r="GE41" s="3" t="n">
+        <x:v>6310</x:v>
+      </x:c>
+      <x:c r="GF41" s="3" t="n">
+        <x:v>5817</x:v>
+      </x:c>
+      <x:c r="GG41" s="3" t="n">
+        <x:v>6826</x:v>
+      </x:c>
+      <x:c r="GH41" s="3" t="n">
+        <x:v>6508</x:v>
+      </x:c>
+      <x:c r="GI41" s="3" t="n">
+        <x:v>6728</x:v>
+      </x:c>
+      <x:c r="GJ41" s="3" t="n">
+        <x:v>7182</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:192">
+      <x:c r="A42" s="2" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="B42" s="3" t="n">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C42" s="3" t="n">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D42" s="3" t="n">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E42" s="3" t="n">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="F42" s="3" t="n">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="G42" s="3" t="n">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H42" s="3" t="n">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="I42" s="3" t="n">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="J42" s="3" t="n">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="K42" s="3" t="n">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="L42" s="3" t="n">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="M42" s="3" t="n">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="N42" s="3" t="n">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="O42" s="3" t="n">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="P42" s="3" t="n">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="Q42" s="3" t="n">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="R42" s="3" t="n">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="S42" s="3" t="n">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="T42" s="3" t="n">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="U42" s="3" t="n">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="V42" s="3" t="n">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="W42" s="3" t="n">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="X42" s="3" t="n">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="Y42" s="3" t="n">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="Z42" s="3" t="n">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="AA42" s="3" t="n">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="AB42" s="3" t="n">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="AC42" s="3" t="n">
+        <x:v>1021</x:v>
+      </x:c>
+      <x:c r="AD42" s="3" t="n">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="AE42" s="3" t="n">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="AF42" s="3" t="n">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="AG42" s="3" t="n">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="AH42" s="3" t="n">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="AI42" s="3" t="n">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="AJ42" s="3" t="n">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="AK42" s="3" t="n">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="AL42" s="3" t="n">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="AM42" s="3" t="n">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="AN42" s="3" t="n">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="AO42" s="3" t="n">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="AP42" s="3" t="n">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="AQ42" s="3" t="n">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="AR42" s="3" t="n">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="AS42" s="3" t="n">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="AT42" s="3" t="n">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="AU42" s="3" t="n">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="AV42" s="3" t="n">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="AW42" s="3" t="n">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="AX42" s="3" t="n">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="AY42" s="3" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="AZ42" s="3" t="n">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="BA42" s="3" t="n">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="BB42" s="3" t="n">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="BC42" s="3" t="n">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="BD42" s="3" t="n">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="BE42" s="3" t="n">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="BF42" s="3" t="n">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="BG42" s="3" t="n">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="BH42" s="3" t="n">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="BI42" s="3" t="n">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="BJ42" s="3" t="n">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="BK42" s="3" t="n">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="BL42" s="3" t="n">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="BM42" s="3" t="n">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="BN42" s="3" t="n">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="BO42" s="3" t="n">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="BP42" s="3" t="n">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="BQ42" s="3" t="n">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="BR42" s="3" t="n">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="BS42" s="3" t="n">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="BT42" s="3" t="n">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="BU42" s="3" t="n">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="BV42" s="3" t="n">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="BW42" s="3" t="n">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="BX42" s="3" t="n">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="BY42" s="3" t="n">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="BZ42" s="3" t="n">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="CA42" s="3" t="n">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="CB42" s="3" t="n">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="CC42" s="3" t="n">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="CD42" s="3" t="n">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="CE42" s="3" t="n">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="CF42" s="3" t="n">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="CG42" s="3" t="n">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="CH42" s="3" t="n">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="CI42" s="3" t="n">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="CJ42" s="3" t="n">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="CK42" s="3" t="n">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="CL42" s="3" t="n">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="CM42" s="3" t="n">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="CN42" s="3" t="n">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="CO42" s="3" t="n">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="CP42" s="3" t="n">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="CQ42" s="3" t="n">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="CR42" s="3" t="n">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="CS42" s="3" t="n">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="CT42" s="3" t="n">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="CU42" s="3" t="n">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="CV42" s="3" t="n">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="CW42" s="3" t="n">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="AV35" s="3" t="n">
+      <x:c r="CX42" s="3" t="n">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="CY42" s="3" t="n">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="CZ42" s="3" t="n">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="DA42" s="3" t="n">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="DB42" s="3" t="n">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="DC42" s="3" t="n">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="DD42" s="3" t="n">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="DE42" s="3" t="n">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="DF42" s="3" t="n">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="DG42" s="3" t="n">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="DH42" s="3" t="n">
+        <x:v>884</x:v>
+      </x:c>
+      <x:c r="DI42" s="3" t="n">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="DJ42" s="3" t="n">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="DK42" s="3" t="n">
+        <x:v>908</x:v>
+      </x:c>
+      <x:c r="DL42" s="3" t="n">
+        <x:v>977</x:v>
+      </x:c>
+      <x:c r="DM42" s="3" t="n">
+        <x:v>955</x:v>
+      </x:c>
+      <x:c r="DN42" s="3" t="n">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="DO42" s="3" t="n">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="DP42" s="3" t="n">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="DQ42" s="3" t="n">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="DR42" s="3" t="n">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="DS42" s="3" t="n">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="DT42" s="3" t="n">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="DU42" s="3" t="n">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="DV42" s="3" t="n">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="DW42" s="3" t="n">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="DX42" s="3" t="n">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="DY42" s="3" t="n">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="DZ42" s="3" t="n">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="EA42" s="3" t="n">
+        <x:v>994</x:v>
+      </x:c>
+      <x:c r="EB42" s="3" t="n">
+        <x:v>945</x:v>
+      </x:c>
+      <x:c r="EC42" s="3" t="n">
+        <x:v>931</x:v>
+      </x:c>
+      <x:c r="ED42" s="3" t="n">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="EE42" s="3" t="n">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="EF42" s="3" t="n">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="EG42" s="3" t="n">
+        <x:v>1102</x:v>
+      </x:c>
+      <x:c r="EH42" s="3" t="n">
+        <x:v>828</x:v>
+      </x:c>
+      <x:c r="EI42" s="3" t="n">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="EJ42" s="3" t="n">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="EK42" s="3" t="n">
+        <x:v>1150</x:v>
+      </x:c>
+      <x:c r="EL42" s="3" t="n">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="EM42" s="3" t="n">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="EN42" s="3" t="n">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="EO42" s="3" t="n">
+        <x:v>1266</x:v>
+      </x:c>
+      <x:c r="EP42" s="3" t="n">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="EQ42" s="3" t="n">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="ER42" s="3" t="n">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="ES42" s="3" t="n">
+        <x:v>1168</x:v>
+      </x:c>
+      <x:c r="ET42" s="3" t="n">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="EU42" s="3" t="n">
+        <x:v>954</x:v>
+      </x:c>
+      <x:c r="EV42" s="3" t="n">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="EW42" s="3" t="n">
+        <x:v>1336</x:v>
+      </x:c>
+      <x:c r="EX42" s="3" t="n">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="EY42" s="3" t="n">
+        <x:v>1003</x:v>
+      </x:c>
+      <x:c r="EZ42" s="3" t="n">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="FA42" s="3" t="n">
+        <x:v>1305</x:v>
+      </x:c>
+      <x:c r="FB42" s="3" t="n">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="FC42" s="3" t="n">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="FD42" s="3" t="n">
+        <x:v>870</x:v>
+      </x:c>
+      <x:c r="FE42" s="3" t="n">
+        <x:v>839</x:v>
+      </x:c>
+      <x:c r="FF42" s="3" t="n">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="FG42" s="3" t="n">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="FH42" s="3" t="n">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="FI42" s="3" t="n">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="FJ42" s="3" t="n">
+        <x:v>946</x:v>
+      </x:c>
+      <x:c r="FK42" s="3" t="n">
+        <x:v>1075</x:v>
+      </x:c>
+      <x:c r="FL42" s="3" t="n">
+        <x:v>1089</x:v>
+      </x:c>
+      <x:c r="FM42" s="3" t="n">
+        <x:v>1075</x:v>
+      </x:c>
+      <x:c r="FN42" s="3" t="n">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="FO42" s="3" t="n">
+        <x:v>1182</x:v>
+      </x:c>
+      <x:c r="FP42" s="3" t="n">
+        <x:v>1089</x:v>
+      </x:c>
+      <x:c r="FQ42" s="3" t="n">
+        <x:v>2037</x:v>
+      </x:c>
+      <x:c r="FR42" s="3" t="n">
+        <x:v>1270</x:v>
+      </x:c>
+      <x:c r="FS42" s="3" t="n">
+        <x:v>1260</x:v>
+      </x:c>
+      <x:c r="FT42" s="3" t="n">
+        <x:v>1288</x:v>
+      </x:c>
+      <x:c r="FU42" s="3" t="n">
+        <x:v>967</x:v>
+      </x:c>
+      <x:c r="FV42" s="3" t="n">
+        <x:v>1485</x:v>
+      </x:c>
+      <x:c r="FW42" s="3" t="n">
+        <x:v>1701</x:v>
+      </x:c>
+      <x:c r="FX42" s="3" t="n">
+        <x:v>1794</x:v>
+      </x:c>
+      <x:c r="FY42" s="3" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="FZ42" s="3" t="n">
+        <x:v>1346</x:v>
+      </x:c>
+      <x:c r="GA42" s="3" t="n">
+        <x:v>1187</x:v>
+      </x:c>
+      <x:c r="GB42" s="3" t="n">
+        <x:v>1211</x:v>
+      </x:c>
+      <x:c r="GC42" s="3" t="n">
+        <x:v>1150</x:v>
+      </x:c>
+      <x:c r="GD42" s="3" t="n">
+        <x:v>1732</x:v>
+      </x:c>
+      <x:c r="GE42" s="3" t="n">
+        <x:v>1849</x:v>
+      </x:c>
+      <x:c r="GF42" s="3" t="n">
+        <x:v>1935</x:v>
+      </x:c>
+      <x:c r="GG42" s="3" t="n">
+        <x:v>1767</x:v>
+      </x:c>
+      <x:c r="GH42" s="3" t="n">
+        <x:v>1862</x:v>
+      </x:c>
+      <x:c r="GI42" s="3" t="n">
+        <x:v>1700</x:v>
+      </x:c>
+      <x:c r="GJ42" s="3" t="n">
+        <x:v>1479</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:192">
+      <x:c r="A43" s="2" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="B43" s="3" t="n">
+        <x:v>1276</x:v>
+      </x:c>
+      <x:c r="C43" s="3" t="n">
+        <x:v>1457</x:v>
+      </x:c>
+      <x:c r="D43" s="3" t="n">
+        <x:v>1654</x:v>
+      </x:c>
+      <x:c r="E43" s="3" t="n">
+        <x:v>1294</x:v>
+      </x:c>
+      <x:c r="F43" s="3" t="n">
+        <x:v>1573</x:v>
+      </x:c>
+      <x:c r="G43" s="3" t="n">
+        <x:v>1437</x:v>
+      </x:c>
+      <x:c r="H43" s="3" t="n">
+        <x:v>1465</x:v>
+      </x:c>
+      <x:c r="I43" s="3" t="n">
+        <x:v>1479</x:v>
+      </x:c>
+      <x:c r="J43" s="3" t="n">
+        <x:v>1639</x:v>
+      </x:c>
+      <x:c r="K43" s="3" t="n">
+        <x:v>1737</x:v>
+      </x:c>
+      <x:c r="L43" s="3" t="n">
+        <x:v>1399</x:v>
+      </x:c>
+      <x:c r="M43" s="3" t="n">
+        <x:v>1118</x:v>
+      </x:c>
+      <x:c r="N43" s="3" t="n">
+        <x:v>1360</x:v>
+      </x:c>
+      <x:c r="O43" s="3" t="n">
+        <x:v>1470</x:v>
+      </x:c>
+      <x:c r="P43" s="3" t="n">
+        <x:v>1708</x:v>
+      </x:c>
+      <x:c r="Q43" s="3" t="n">
+        <x:v>2001</x:v>
+      </x:c>
+      <x:c r="R43" s="3" t="n">
+        <x:v>1471</x:v>
+      </x:c>
+      <x:c r="S43" s="3" t="n">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="T43" s="3" t="n">
+        <x:v>1266</x:v>
+      </x:c>
+      <x:c r="U43" s="3" t="n">
+        <x:v>2814</x:v>
+      </x:c>
+      <x:c r="V43" s="3" t="n">
+        <x:v>1932</x:v>
+      </x:c>
+      <x:c r="W43" s="3" t="n">
+        <x:v>1868</x:v>
+      </x:c>
+      <x:c r="X43" s="3" t="n">
+        <x:v>2607</x:v>
+      </x:c>
+      <x:c r="Y43" s="3" t="n">
+        <x:v>1342</x:v>
+      </x:c>
+      <x:c r="Z43" s="3" t="n">
+        <x:v>1224</x:v>
+      </x:c>
+      <x:c r="AA43" s="3" t="n">
+        <x:v>1569</x:v>
+      </x:c>
+      <x:c r="AB43" s="3" t="n">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="AC43" s="3" t="n">
+        <x:v>3097</x:v>
+      </x:c>
+      <x:c r="AD43" s="3" t="n">
+        <x:v>2263</x:v>
+      </x:c>
+      <x:c r="AE43" s="3" t="n">
+        <x:v>2171</x:v>
+      </x:c>
+      <x:c r="AF43" s="3" t="n">
+        <x:v>1733</x:v>
+      </x:c>
+      <x:c r="AG43" s="3" t="n">
+        <x:v>1954</x:v>
+      </x:c>
+      <x:c r="AH43" s="3" t="n">
+        <x:v>2358</x:v>
+      </x:c>
+      <x:c r="AI43" s="3" t="n">
+        <x:v>2112</x:v>
+      </x:c>
+      <x:c r="AJ43" s="3" t="n">
+        <x:v>2183</x:v>
+      </x:c>
+      <x:c r="AK43" s="3" t="n">
+        <x:v>2070</x:v>
+      </x:c>
+      <x:c r="AL43" s="3" t="n">
+        <x:v>2622</x:v>
+      </x:c>
+      <x:c r="AM43" s="3" t="n">
+        <x:v>2651</x:v>
+      </x:c>
+      <x:c r="AN43" s="3" t="n">
+        <x:v>2324</x:v>
+      </x:c>
+      <x:c r="AO43" s="3" t="n">
+        <x:v>1329</x:v>
+      </x:c>
+      <x:c r="AP43" s="3" t="n">
+        <x:v>1483</x:v>
+      </x:c>
+      <x:c r="AQ43" s="3" t="n">
+        <x:v>1749</x:v>
+      </x:c>
+      <x:c r="AR43" s="3" t="n">
+        <x:v>2370</x:v>
+      </x:c>
+      <x:c r="AS43" s="3" t="n">
+        <x:v>1080</x:v>
+      </x:c>
+      <x:c r="AT43" s="3" t="n">
+        <x:v>1628</x:v>
+      </x:c>
+      <x:c r="AU43" s="3" t="n">
+        <x:v>1993</x:v>
+      </x:c>
+      <x:c r="AV43" s="3" t="n">
+        <x:v>1459</x:v>
+      </x:c>
+      <x:c r="AW43" s="3" t="n">
+        <x:v>1860</x:v>
+      </x:c>
+      <x:c r="AX43" s="3" t="n">
+        <x:v>2289</x:v>
+      </x:c>
+      <x:c r="AY43" s="3" t="n">
+        <x:v>1293</x:v>
+      </x:c>
+      <x:c r="AZ43" s="3" t="n">
+        <x:v>1730</x:v>
+      </x:c>
+      <x:c r="BA43" s="3" t="n">
+        <x:v>2480</x:v>
+      </x:c>
+      <x:c r="BB43" s="3" t="n">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="BC43" s="3" t="n">
+        <x:v>2290</x:v>
+      </x:c>
+      <x:c r="BD43" s="3" t="n">
+        <x:v>1730</x:v>
+      </x:c>
+      <x:c r="BE43" s="3" t="n">
+        <x:v>3592</x:v>
+      </x:c>
+      <x:c r="BF43" s="3" t="n">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="BG43" s="3" t="n">
+        <x:v>2945</x:v>
+      </x:c>
+      <x:c r="BH43" s="3" t="n">
+        <x:v>3102</x:v>
+      </x:c>
+      <x:c r="BI43" s="3" t="n">
+        <x:v>2980</x:v>
+      </x:c>
+      <x:c r="BJ43" s="3" t="n">
+        <x:v>3078</x:v>
+      </x:c>
+      <x:c r="BK43" s="3" t="n">
+        <x:v>3445</x:v>
+      </x:c>
+      <x:c r="BL43" s="3" t="n">
+        <x:v>3667</x:v>
+      </x:c>
+      <x:c r="BM43" s="3" t="n">
+        <x:v>3392</x:v>
+      </x:c>
+      <x:c r="BN43" s="3" t="n">
+        <x:v>3729</x:v>
+      </x:c>
+      <x:c r="BO43" s="3" t="n">
+        <x:v>3296</x:v>
+      </x:c>
+      <x:c r="BP43" s="3" t="n">
+        <x:v>3314</x:v>
+      </x:c>
+      <x:c r="BQ43" s="3" t="n">
+        <x:v>3319</x:v>
+      </x:c>
+      <x:c r="BR43" s="3" t="n">
+        <x:v>3454</x:v>
+      </x:c>
+      <x:c r="BS43" s="3" t="n">
+        <x:v>3564</x:v>
+      </x:c>
+      <x:c r="BT43" s="3" t="n">
+        <x:v>3178</x:v>
+      </x:c>
+      <x:c r="BU43" s="3" t="n">
+        <x:v>3234</x:v>
+      </x:c>
+      <x:c r="BV43" s="3" t="n">
+        <x:v>2869</x:v>
+      </x:c>
+      <x:c r="BW43" s="3" t="n">
+        <x:v>2965</x:v>
+      </x:c>
+      <x:c r="BX43" s="3" t="n">
+        <x:v>3364</x:v>
+      </x:c>
+      <x:c r="BY43" s="3" t="n">
+        <x:v>3819</x:v>
+      </x:c>
+      <x:c r="BZ43" s="3" t="n">
+        <x:v>4869</x:v>
+      </x:c>
+      <x:c r="CA43" s="3" t="n">
+        <x:v>5681</x:v>
+      </x:c>
+      <x:c r="CB43" s="3" t="n">
+        <x:v>5536</x:v>
+      </x:c>
+      <x:c r="CC43" s="3" t="n">
+        <x:v>6251</x:v>
+      </x:c>
+      <x:c r="CD43" s="3" t="n">
+        <x:v>5555</x:v>
+      </x:c>
+      <x:c r="CE43" s="3" t="n">
+        <x:v>5442</x:v>
+      </x:c>
+      <x:c r="CF43" s="3" t="n">
+        <x:v>5476</x:v>
+      </x:c>
+      <x:c r="CG43" s="3" t="n">
+        <x:v>5850</x:v>
+      </x:c>
+      <x:c r="CH43" s="3" t="n">
+        <x:v>5851</x:v>
+      </x:c>
+      <x:c r="CI43" s="3" t="n">
+        <x:v>5694</x:v>
+      </x:c>
+      <x:c r="CJ43" s="3" t="n">
+        <x:v>6152</x:v>
+      </x:c>
+      <x:c r="CK43" s="3" t="n">
+        <x:v>6333</x:v>
+      </x:c>
+      <x:c r="CL43" s="3" t="n">
+        <x:v>6654</x:v>
+      </x:c>
+      <x:c r="CM43" s="3" t="n">
+        <x:v>6508</x:v>
+      </x:c>
+      <x:c r="CN43" s="3" t="n">
+        <x:v>6249</x:v>
+      </x:c>
+      <x:c r="CO43" s="3" t="n">
+        <x:v>6337</x:v>
+      </x:c>
+      <x:c r="CP43" s="3" t="n">
+        <x:v>6532</x:v>
+      </x:c>
+      <x:c r="CQ43" s="3" t="n">
+        <x:v>6679</x:v>
+      </x:c>
+      <x:c r="CR43" s="3" t="n">
+        <x:v>6582</x:v>
+      </x:c>
+      <x:c r="CS43" s="3" t="n">
+        <x:v>5977</x:v>
+      </x:c>
+      <x:c r="CT43" s="3" t="n">
+        <x:v>5804</x:v>
+      </x:c>
+      <x:c r="CU43" s="3" t="n">
+        <x:v>5578</x:v>
+      </x:c>
+      <x:c r="CV43" s="3" t="n">
+        <x:v>5382</x:v>
+      </x:c>
+      <x:c r="CW43" s="3" t="n">
+        <x:v>5539</x:v>
+      </x:c>
+      <x:c r="CX43" s="3" t="n">
+        <x:v>5627</x:v>
+      </x:c>
+      <x:c r="CY43" s="3" t="n">
+        <x:v>5786</x:v>
+      </x:c>
+      <x:c r="CZ43" s="3" t="n">
+        <x:v>5060</x:v>
+      </x:c>
+      <x:c r="DA43" s="3" t="n">
+        <x:v>5329</x:v>
+      </x:c>
+      <x:c r="DB43" s="3" t="n">
+        <x:v>5563</x:v>
+      </x:c>
+      <x:c r="DC43" s="3" t="n">
+        <x:v>5134</x:v>
+      </x:c>
+      <x:c r="DD43" s="3" t="n">
+        <x:v>4950</x:v>
+      </x:c>
+      <x:c r="DE43" s="3" t="n">
+        <x:v>5267</x:v>
+      </x:c>
+      <x:c r="DF43" s="3" t="n">
+        <x:v>5422</x:v>
+      </x:c>
+      <x:c r="DG43" s="3" t="n">
+        <x:v>5662</x:v>
+      </x:c>
+      <x:c r="DH43" s="3" t="n">
+        <x:v>6155</x:v>
+      </x:c>
+      <x:c r="DI43" s="3" t="n">
+        <x:v>8669</x:v>
+      </x:c>
+      <x:c r="DJ43" s="3" t="n">
+        <x:v>5894</x:v>
+      </x:c>
+      <x:c r="DK43" s="3" t="n">
+        <x:v>6487</x:v>
+      </x:c>
+      <x:c r="DL43" s="3" t="n">
+        <x:v>6153</x:v>
+      </x:c>
+      <x:c r="DM43" s="3" t="n">
+        <x:v>6453</x:v>
+      </x:c>
+      <x:c r="DN43" s="3" t="n">
+        <x:v>5792</x:v>
+      </x:c>
+      <x:c r="DO43" s="3" t="n">
+        <x:v>5533</x:v>
+      </x:c>
+      <x:c r="DP43" s="3" t="n">
+        <x:v>5811</x:v>
+      </x:c>
+      <x:c r="DQ43" s="3" t="n">
+        <x:v>6248</x:v>
+      </x:c>
+      <x:c r="DR43" s="3" t="n">
+        <x:v>7100</x:v>
+      </x:c>
+      <x:c r="DS43" s="3" t="n">
+        <x:v>6826</x:v>
+      </x:c>
+      <x:c r="DT43" s="3" t="n">
+        <x:v>7283</x:v>
+      </x:c>
+      <x:c r="DU43" s="3" t="n">
+        <x:v>5833</x:v>
+      </x:c>
+      <x:c r="DV43" s="3" t="n">
+        <x:v>5592</x:v>
+      </x:c>
+      <x:c r="DW43" s="3" t="n">
+        <x:v>5876</x:v>
+      </x:c>
+      <x:c r="DX43" s="3" t="n">
+        <x:v>7190</x:v>
+      </x:c>
+      <x:c r="DY43" s="3" t="n">
+        <x:v>5435</x:v>
+      </x:c>
+      <x:c r="DZ43" s="3" t="n">
+        <x:v>9203</x:v>
+      </x:c>
+      <x:c r="EA43" s="3" t="n">
+        <x:v>9847</x:v>
+      </x:c>
+      <x:c r="EB43" s="3" t="n">
+        <x:v>9244</x:v>
+      </x:c>
+      <x:c r="EC43" s="3" t="n">
+        <x:v>8958</x:v>
+      </x:c>
+      <x:c r="ED43" s="3" t="n">
+        <x:v>9770</x:v>
+      </x:c>
+      <x:c r="EE43" s="3" t="n">
+        <x:v>9659</x:v>
+      </x:c>
+      <x:c r="EF43" s="3" t="n">
+        <x:v>9970</x:v>
+      </x:c>
+      <x:c r="EG43" s="3" t="n">
+        <x:v>11559</x:v>
+      </x:c>
+      <x:c r="EH43" s="3" t="n">
+        <x:v>10008</x:v>
+      </x:c>
+      <x:c r="EI43" s="3" t="n">
+        <x:v>11208</x:v>
+      </x:c>
+      <x:c r="EJ43" s="3" t="n">
+        <x:v>11183</x:v>
+      </x:c>
+      <x:c r="EK43" s="3" t="n">
+        <x:v>10972</x:v>
+      </x:c>
+      <x:c r="EL43" s="3" t="n">
+        <x:v>11174</x:v>
+      </x:c>
+      <x:c r="EM43" s="3" t="n">
+        <x:v>11780</x:v>
+      </x:c>
+      <x:c r="EN43" s="3" t="n">
+        <x:v>12020</x:v>
+      </x:c>
+      <x:c r="EO43" s="3" t="n">
+        <x:v>13504</x:v>
+      </x:c>
+      <x:c r="EP43" s="3" t="n">
+        <x:v>11265</x:v>
+      </x:c>
+      <x:c r="EQ43" s="3" t="n">
+        <x:v>11800</x:v>
+      </x:c>
+      <x:c r="ER43" s="3" t="n">
+        <x:v>12557</x:v>
+      </x:c>
+      <x:c r="ES43" s="3" t="n">
+        <x:v>9236</x:v>
+      </x:c>
+      <x:c r="ET43" s="3" t="n">
+        <x:v>14490</x:v>
+      </x:c>
+      <x:c r="EU43" s="3" t="n">
+        <x:v>13392</x:v>
+      </x:c>
+      <x:c r="EV43" s="3" t="n">
+        <x:v>13710</x:v>
+      </x:c>
+      <x:c r="EW43" s="3" t="n">
+        <x:v>14460</x:v>
+      </x:c>
+      <x:c r="EX43" s="3" t="n">
+        <x:v>17066</x:v>
+      </x:c>
+      <x:c r="EY43" s="3" t="n">
+        <x:v>17457</x:v>
+      </x:c>
+      <x:c r="EZ43" s="3" t="n">
+        <x:v>16545</x:v>
+      </x:c>
+      <x:c r="FA43" s="3" t="n">
+        <x:v>16680</x:v>
+      </x:c>
+      <x:c r="FB43" s="3" t="n">
+        <x:v>16120</x:v>
+      </x:c>
+      <x:c r="FC43" s="3" t="n">
+        <x:v>15550</x:v>
+      </x:c>
+      <x:c r="FD43" s="3" t="n">
+        <x:v>15821</x:v>
+      </x:c>
+      <x:c r="FE43" s="3" t="n">
+        <x:v>15241</x:v>
+      </x:c>
+      <x:c r="FF43" s="3" t="n">
+        <x:v>14010</x:v>
+      </x:c>
+      <x:c r="FG43" s="3" t="n">
+        <x:v>13598</x:v>
+      </x:c>
+      <x:c r="FH43" s="3" t="n">
+        <x:v>13690</x:v>
+      </x:c>
+      <x:c r="FI43" s="3" t="n">
+        <x:v>13343</x:v>
+      </x:c>
+      <x:c r="FJ43" s="3" t="n">
+        <x:v>14192</x:v>
+      </x:c>
+      <x:c r="FK43" s="3" t="n">
+        <x:v>14760</x:v>
+      </x:c>
+      <x:c r="FL43" s="3" t="n">
+        <x:v>14555</x:v>
+      </x:c>
+      <x:c r="FM43" s="3" t="n">
+        <x:v>15399</x:v>
+      </x:c>
+      <x:c r="FN43" s="3" t="n">
+        <x:v>16875</x:v>
+      </x:c>
+      <x:c r="FO43" s="3" t="n">
+        <x:v>15066</x:v>
+      </x:c>
+      <x:c r="FP43" s="3" t="n">
+        <x:v>15098</x:v>
+      </x:c>
+      <x:c r="FQ43" s="3" t="n">
+        <x:v>15585</x:v>
+      </x:c>
+      <x:c r="FR43" s="3" t="n">
+        <x:v>12917</x:v>
+      </x:c>
+      <x:c r="FS43" s="3" t="n">
+        <x:v>13800</x:v>
+      </x:c>
+      <x:c r="FT43" s="3" t="n">
+        <x:v>14873</x:v>
+      </x:c>
+      <x:c r="FU43" s="3" t="n">
+        <x:v>15746</x:v>
+      </x:c>
+      <x:c r="FV43" s="3" t="n">
+        <x:v>14238</x:v>
+      </x:c>
+      <x:c r="FW43" s="3" t="n">
+        <x:v>14877</x:v>
+      </x:c>
+      <x:c r="FX43" s="3" t="n">
+        <x:v>15612</x:v>
+      </x:c>
+      <x:c r="FY43" s="3" t="n">
+        <x:v>15520</x:v>
+      </x:c>
+      <x:c r="FZ43" s="3" t="n">
+        <x:v>15786</x:v>
+      </x:c>
+      <x:c r="GA43" s="3" t="n">
+        <x:v>17119</x:v>
+      </x:c>
+      <x:c r="GB43" s="3" t="n">
+        <x:v>16807</x:v>
+      </x:c>
+      <x:c r="GC43" s="3" t="n">
+        <x:v>17747</x:v>
+      </x:c>
+      <x:c r="GD43" s="3" t="n">
+        <x:v>16737</x:v>
+      </x:c>
+      <x:c r="GE43" s="3" t="n">
+        <x:v>16803</x:v>
+      </x:c>
+      <x:c r="GF43" s="3" t="n">
+        <x:v>17100</x:v>
+      </x:c>
+      <x:c r="GG43" s="3" t="n">
+        <x:v>17051</x:v>
+      </x:c>
+      <x:c r="GH43" s="3" t="n">
+        <x:v>16409</x:v>
+      </x:c>
+      <x:c r="GI43" s="3" t="n">
+        <x:v>15853</x:v>
+      </x:c>
+      <x:c r="GJ43" s="3" t="n">
+        <x:v>15917</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:192">
+      <x:c r="A44" s="2" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="B44" s="3" t="n">
+        <x:v>6965</x:v>
+      </x:c>
+      <x:c r="C44" s="3" t="n">
+        <x:v>7590</x:v>
+      </x:c>
+      <x:c r="D44" s="3" t="n">
+        <x:v>8097</x:v>
+      </x:c>
+      <x:c r="E44" s="3" t="n">
+        <x:v>6914</x:v>
+      </x:c>
+      <x:c r="F44" s="3" t="n">
+        <x:v>7718</x:v>
+      </x:c>
+      <x:c r="G44" s="3" t="n">
+        <x:v>7224</x:v>
+      </x:c>
+      <x:c r="H44" s="3" t="n">
+        <x:v>7418</x:v>
+      </x:c>
+      <x:c r="I44" s="3" t="n">
+        <x:v>7482</x:v>
+      </x:c>
+      <x:c r="J44" s="3" t="n">
+        <x:v>7855</x:v>
+      </x:c>
+      <x:c r="K44" s="3" t="n">
+        <x:v>8226</x:v>
+      </x:c>
+      <x:c r="L44" s="3" t="n">
+        <x:v>7061</x:v>
+      </x:c>
+      <x:c r="M44" s="3" t="n">
+        <x:v>6532</x:v>
+      </x:c>
+      <x:c r="N44" s="3" t="n">
+        <x:v>7197</x:v>
+      </x:c>
+      <x:c r="O44" s="3" t="n">
+        <x:v>7670</x:v>
+      </x:c>
+      <x:c r="P44" s="3" t="n">
+        <x:v>8355</x:v>
+      </x:c>
+      <x:c r="Q44" s="3" t="n">
+        <x:v>8922</x:v>
+      </x:c>
+      <x:c r="R44" s="3" t="n">
+        <x:v>7875</x:v>
+      </x:c>
+      <x:c r="S44" s="3" t="n">
+        <x:v>7445</x:v>
+      </x:c>
+      <x:c r="T44" s="3" t="n">
+        <x:v>7325</x:v>
+      </x:c>
+      <x:c r="U44" s="3" t="n">
+        <x:v>10644</x:v>
+      </x:c>
+      <x:c r="V44" s="3" t="n">
+        <x:v>8215</x:v>
+      </x:c>
+      <x:c r="W44" s="3" t="n">
+        <x:v>7987</x:v>
+      </x:c>
+      <x:c r="X44" s="3" t="n">
+        <x:v>9962</x:v>
+      </x:c>
+      <x:c r="Y44" s="3" t="n">
+        <x:v>7264</x:v>
+      </x:c>
+      <x:c r="Z44" s="3" t="n">
+        <x:v>6861</x:v>
+      </x:c>
+      <x:c r="AA44" s="3" t="n">
+        <x:v>7666</x:v>
+      </x:c>
+      <x:c r="AB44" s="3" t="n">
+        <x:v>8288</x:v>
+      </x:c>
+      <x:c r="AC44" s="3" t="n">
+        <x:v>10416</x:v>
+      </x:c>
+      <x:c r="AD44" s="3" t="n">
+        <x:v>9428</x:v>
+      </x:c>
+      <x:c r="AE44" s="3" t="n">
+        <x:v>9160</x:v>
+      </x:c>
+      <x:c r="AF44" s="3" t="n">
+        <x:v>8061</x:v>
+      </x:c>
+      <x:c r="AG44" s="3" t="n">
+        <x:v>8176</x:v>
+      </x:c>
+      <x:c r="AH44" s="3" t="n">
+        <x:v>8987</x:v>
+      </x:c>
+      <x:c r="AI44" s="3" t="n">
+        <x:v>8561</x:v>
+      </x:c>
+      <x:c r="AJ44" s="3" t="n">
+        <x:v>9275</x:v>
+      </x:c>
+      <x:c r="AK44" s="3" t="n">
+        <x:v>8111</x:v>
+      </x:c>
+      <x:c r="AL44" s="3" t="n">
+        <x:v>8912</x:v>
+      </x:c>
+      <x:c r="AM44" s="3" t="n">
+        <x:v>9023</x:v>
+      </x:c>
+      <x:c r="AN44" s="3" t="n">
+        <x:v>8495</x:v>
+      </x:c>
+      <x:c r="AO44" s="3" t="n">
+        <x:v>6142</x:v>
+      </x:c>
+      <x:c r="AP44" s="3" t="n">
+        <x:v>8299</x:v>
+      </x:c>
+      <x:c r="AQ44" s="3" t="n">
+        <x:v>8384</x:v>
+      </x:c>
+      <x:c r="AR44" s="3" t="n">
+        <x:v>8362</x:v>
+      </x:c>
+      <x:c r="AS44" s="3" t="n">
+        <x:v>8246</x:v>
+      </x:c>
+      <x:c r="AT44" s="3" t="n">
+        <x:v>9022</x:v>
+      </x:c>
+      <x:c r="AU44" s="3" t="n">
+        <x:v>8952</x:v>
+      </x:c>
+      <x:c r="AV44" s="3" t="n">
+        <x:v>8964</x:v>
+      </x:c>
+      <x:c r="AW44" s="3" t="n">
+        <x:v>9242</x:v>
+      </x:c>
+      <x:c r="AX44" s="3" t="n">
+        <x:v>9055</x:v>
+      </x:c>
+      <x:c r="AY44" s="3" t="n">
+        <x:v>8677</x:v>
+      </x:c>
+      <x:c r="AZ44" s="3" t="n">
+        <x:v>8521</x:v>
+      </x:c>
+      <x:c r="BA44" s="3" t="n">
+        <x:v>8912</x:v>
+      </x:c>
+      <x:c r="BB44" s="3" t="n">
+        <x:v>9738</x:v>
+      </x:c>
+      <x:c r="BC44" s="3" t="n">
+        <x:v>9916</x:v>
+      </x:c>
+      <x:c r="BD44" s="3" t="n">
+        <x:v>9752</x:v>
+      </x:c>
+      <x:c r="BE44" s="3" t="n">
+        <x:v>10446</x:v>
+      </x:c>
+      <x:c r="BF44" s="3" t="n">
+        <x:v>8573</x:v>
+      </x:c>
+      <x:c r="BG44" s="3" t="n">
+        <x:v>8747</x:v>
+      </x:c>
+      <x:c r="BH44" s="3" t="n">
+        <x:v>8657</x:v>
+      </x:c>
+      <x:c r="BI44" s="3" t="n">
+        <x:v>8195</x:v>
+      </x:c>
+      <x:c r="BJ44" s="3" t="n">
+        <x:v>9185</x:v>
+      </x:c>
+      <x:c r="BK44" s="3" t="n">
+        <x:v>9366</x:v>
+      </x:c>
+      <x:c r="BL44" s="3" t="n">
+        <x:v>9374</x:v>
+      </x:c>
+      <x:c r="BM44" s="3" t="n">
+        <x:v>8829</x:v>
+      </x:c>
+      <x:c r="BN44" s="3" t="n">
+        <x:v>6986</x:v>
+      </x:c>
+      <x:c r="BO44" s="3" t="n">
+        <x:v>6766</x:v>
+      </x:c>
+      <x:c r="BP44" s="3" t="n">
+        <x:v>6901</x:v>
+      </x:c>
+      <x:c r="BQ44" s="3" t="n">
+        <x:v>9867</x:v>
+      </x:c>
+      <x:c r="BR44" s="3" t="n">
+        <x:v>8310</x:v>
+      </x:c>
+      <x:c r="BS44" s="3" t="n">
+        <x:v>8279</x:v>
+      </x:c>
+      <x:c r="BT44" s="3" t="n">
+        <x:v>7862</x:v>
+      </x:c>
+      <x:c r="BU44" s="3" t="n">
+        <x:v>7710</x:v>
+      </x:c>
+      <x:c r="BV44" s="3" t="n">
+        <x:v>8549</x:v>
+      </x:c>
+      <x:c r="BW44" s="3" t="n">
+        <x:v>8276</x:v>
+      </x:c>
+      <x:c r="BX44" s="3" t="n">
+        <x:v>8400</x:v>
+      </x:c>
+      <x:c r="BY44" s="3" t="n">
+        <x:v>8529</x:v>
+      </x:c>
+      <x:c r="BZ44" s="3" t="n">
+        <x:v>9364</x:v>
+      </x:c>
+      <x:c r="CA44" s="3" t="n">
+        <x:v>10122</x:v>
+      </x:c>
+      <x:c r="CB44" s="3" t="n">
+        <x:v>9943</x:v>
+      </x:c>
+      <x:c r="CC44" s="3" t="n">
+        <x:v>10991</x:v>
+      </x:c>
+      <x:c r="CD44" s="3" t="n">
+        <x:v>10826</x:v>
+      </x:c>
+      <x:c r="CE44" s="3" t="n">
+        <x:v>11228</x:v>
+      </x:c>
+      <x:c r="CF44" s="3" t="n">
+        <x:v>11357</x:v>
+      </x:c>
+      <x:c r="CG44" s="3" t="n">
+        <x:v>9961</x:v>
+      </x:c>
+      <x:c r="CH44" s="3" t="n">
+        <x:v>12037</x:v>
+      </x:c>
+      <x:c r="CI44" s="3" t="n">
+        <x:v>10087</x:v>
+      </x:c>
+      <x:c r="CJ44" s="3" t="n">
+        <x:v>11099</x:v>
+      </x:c>
+      <x:c r="CK44" s="3" t="n">
+        <x:v>10906</x:v>
+      </x:c>
+      <x:c r="CL44" s="3" t="n">
+        <x:v>11580</x:v>
+      </x:c>
+      <x:c r="CM44" s="3" t="n">
+        <x:v>11712</x:v>
+      </x:c>
+      <x:c r="CN44" s="3" t="n">
+        <x:v>11851</x:v>
+      </x:c>
+      <x:c r="CO44" s="3" t="n">
+        <x:v>12381</x:v>
+      </x:c>
+      <x:c r="CP44" s="3" t="n">
+        <x:v>13326</x:v>
+      </x:c>
+      <x:c r="CQ44" s="3" t="n">
+        <x:v>13283</x:v>
+      </x:c>
+      <x:c r="CR44" s="3" t="n">
+        <x:v>12686</x:v>
+      </x:c>
+      <x:c r="CS44" s="3" t="n">
+        <x:v>12069</x:v>
+      </x:c>
+      <x:c r="CT44" s="3" t="n">
+        <x:v>12024</x:v>
+      </x:c>
+      <x:c r="CU44" s="3" t="n">
+        <x:v>12111</x:v>
+      </x:c>
+      <x:c r="CV44" s="3" t="n">
+        <x:v>11729</x:v>
+      </x:c>
+      <x:c r="CW44" s="3" t="n">
+        <x:v>11732</x:v>
+      </x:c>
+      <x:c r="CX44" s="3" t="n">
+        <x:v>10850</x:v>
+      </x:c>
+      <x:c r="CY44" s="3" t="n">
+        <x:v>11123</x:v>
+      </x:c>
+      <x:c r="CZ44" s="3" t="n">
+        <x:v>10564</x:v>
+      </x:c>
+      <x:c r="DA44" s="3" t="n">
+        <x:v>10545</x:v>
+      </x:c>
+      <x:c r="DB44" s="3" t="n">
+        <x:v>10948</x:v>
+      </x:c>
+      <x:c r="DC44" s="3" t="n">
+        <x:v>10276</x:v>
+      </x:c>
+      <x:c r="DD44" s="3" t="n">
+        <x:v>10562</x:v>
+      </x:c>
+      <x:c r="DE44" s="3" t="n">
+        <x:v>10919</x:v>
+      </x:c>
+      <x:c r="DF44" s="3" t="n">
+        <x:v>11284</x:v>
+      </x:c>
+      <x:c r="DG44" s="3" t="n">
+        <x:v>11937</x:v>
+      </x:c>
+      <x:c r="DH44" s="3" t="n">
+        <x:v>13418</x:v>
+      </x:c>
+      <x:c r="DI44" s="3" t="n">
+        <x:v>13304</x:v>
+      </x:c>
+      <x:c r="DJ44" s="3" t="n">
+        <x:v>11531</x:v>
+      </x:c>
+      <x:c r="DK44" s="3" t="n">
+        <x:v>12656</x:v>
+      </x:c>
+      <x:c r="DL44" s="3" t="n">
+        <x:v>12284</x:v>
+      </x:c>
+      <x:c r="DM44" s="3" t="n">
+        <x:v>12862</x:v>
+      </x:c>
+      <x:c r="DN44" s="3" t="n">
+        <x:v>14755</x:v>
+      </x:c>
+      <x:c r="DO44" s="3" t="n">
+        <x:v>15161</x:v>
+      </x:c>
+      <x:c r="DP44" s="3" t="n">
+        <x:v>14716</x:v>
+      </x:c>
+      <x:c r="DQ44" s="3" t="n">
+        <x:v>15091</x:v>
+      </x:c>
+      <x:c r="DR44" s="3" t="n">
+        <x:v>16377</x:v>
+      </x:c>
+      <x:c r="DS44" s="3" t="n">
+        <x:v>17682</x:v>
+      </x:c>
+      <x:c r="DT44" s="3" t="n">
+        <x:v>19105</x:v>
+      </x:c>
+      <x:c r="DU44" s="3" t="n">
+        <x:v>20489</x:v>
+      </x:c>
+      <x:c r="DV44" s="3" t="n">
+        <x:v>16089</x:v>
+      </x:c>
+      <x:c r="DW44" s="3" t="n">
+        <x:v>16381</x:v>
+      </x:c>
+      <x:c r="DX44" s="3" t="n">
+        <x:v>17095</x:v>
+      </x:c>
+      <x:c r="DY44" s="3" t="n">
+        <x:v>15513</x:v>
+      </x:c>
+      <x:c r="DZ44" s="3" t="n">
+        <x:v>17557</x:v>
+      </x:c>
+      <x:c r="EA44" s="3" t="n">
+        <x:v>18658</x:v>
+      </x:c>
+      <x:c r="EB44" s="3" t="n">
+        <x:v>19307</x:v>
+      </x:c>
+      <x:c r="EC44" s="3" t="n">
+        <x:v>18636</x:v>
+      </x:c>
+      <x:c r="ED44" s="3" t="n">
+        <x:v>17143</x:v>
+      </x:c>
+      <x:c r="EE44" s="3" t="n">
+        <x:v>17983</x:v>
+      </x:c>
+      <x:c r="EF44" s="3" t="n">
+        <x:v>19911</x:v>
+      </x:c>
+      <x:c r="EG44" s="3" t="n">
+        <x:v>21914</x:v>
+      </x:c>
+      <x:c r="EH44" s="3" t="n">
+        <x:v>18772</x:v>
+      </x:c>
+      <x:c r="EI44" s="3" t="n">
+        <x:v>19255</x:v>
+      </x:c>
+      <x:c r="EJ44" s="3" t="n">
+        <x:v>19651</x:v>
+      </x:c>
+      <x:c r="EK44" s="3" t="n">
+        <x:v>20326</x:v>
+      </x:c>
+      <x:c r="EL44" s="3" t="n">
+        <x:v>19933</x:v>
+      </x:c>
+      <x:c r="EM44" s="3" t="n">
+        <x:v>21240</x:v>
+      </x:c>
+      <x:c r="EN44" s="3" t="n">
+        <x:v>18699</x:v>
+      </x:c>
+      <x:c r="EO44" s="3" t="n">
+        <x:v>21332</x:v>
+      </x:c>
+      <x:c r="EP44" s="3" t="n">
+        <x:v>20057</x:v>
+      </x:c>
+      <x:c r="EQ44" s="3" t="n">
+        <x:v>21213</x:v>
+      </x:c>
+      <x:c r="ER44" s="3" t="n">
+        <x:v>21087</x:v>
+      </x:c>
+      <x:c r="ES44" s="3" t="n">
+        <x:v>23057</x:v>
+      </x:c>
+      <x:c r="ET44" s="3" t="n">
+        <x:v>22392</x:v>
+      </x:c>
+      <x:c r="EU44" s="3" t="n">
+        <x:v>21481</x:v>
+      </x:c>
+      <x:c r="EV44" s="3" t="n">
+        <x:v>22996</x:v>
+      </x:c>
+      <x:c r="EW44" s="3" t="n">
+        <x:v>23724</x:v>
+      </x:c>
+      <x:c r="EX44" s="3" t="n">
+        <x:v>23856</x:v>
+      </x:c>
+      <x:c r="EY44" s="3" t="n">
+        <x:v>22556</x:v>
+      </x:c>
+      <x:c r="EZ44" s="3" t="n">
+        <x:v>25537</x:v>
+      </x:c>
+      <x:c r="FA44" s="3" t="n">
+        <x:v>23857</x:v>
+      </x:c>
+      <x:c r="FB44" s="3" t="n">
+        <x:v>25025</x:v>
+      </x:c>
+      <x:c r="FC44" s="3" t="n">
+        <x:v>26836</x:v>
+      </x:c>
+      <x:c r="FD44" s="3" t="n">
+        <x:v>25752</x:v>
+      </x:c>
+      <x:c r="FE44" s="3" t="n">
+        <x:v>27739</x:v>
+      </x:c>
+      <x:c r="FF44" s="3" t="n">
+        <x:v>25654</x:v>
+      </x:c>
+      <x:c r="FG44" s="3" t="n">
+        <x:v>27825</x:v>
+      </x:c>
+      <x:c r="FH44" s="3" t="n">
+        <x:v>26969</x:v>
+      </x:c>
+      <x:c r="FI44" s="3" t="n">
+        <x:v>25952</x:v>
+      </x:c>
+      <x:c r="FJ44" s="3" t="n">
+        <x:v>28176</x:v>
+      </x:c>
+      <x:c r="FK44" s="3" t="n">
+        <x:v>29824</x:v>
+      </x:c>
+      <x:c r="FL44" s="3" t="n">
+        <x:v>31350</x:v>
+      </x:c>
+      <x:c r="FM44" s="3" t="n">
+        <x:v>33497</x:v>
+      </x:c>
+      <x:c r="FN44" s="3" t="n">
+        <x:v>33016</x:v>
+      </x:c>
+      <x:c r="FO44" s="3" t="n">
+        <x:v>33980</x:v>
+      </x:c>
+      <x:c r="FP44" s="3" t="n">
+        <x:v>35697</x:v>
+      </x:c>
+      <x:c r="FQ44" s="3" t="n">
+        <x:v>37022</x:v>
+      </x:c>
+      <x:c r="FR44" s="3" t="n">
+        <x:v>33245</x:v>
+      </x:c>
+      <x:c r="FS44" s="3" t="n">
+        <x:v>33328</x:v>
+      </x:c>
+      <x:c r="FT44" s="3" t="n">
+        <x:v>35664</x:v>
+      </x:c>
+      <x:c r="FU44" s="3" t="n">
+        <x:v>37877</x:v>
+      </x:c>
+      <x:c r="FV44" s="3" t="n">
+        <x:v>39505</x:v>
+      </x:c>
+      <x:c r="FW44" s="3" t="n">
+        <x:v>40827</x:v>
+      </x:c>
+      <x:c r="FX44" s="3" t="n">
+        <x:v>42013</x:v>
+      </x:c>
+      <x:c r="FY44" s="3" t="n">
+        <x:v>42608</x:v>
+      </x:c>
+      <x:c r="FZ44" s="3" t="n">
+        <x:v>47028</x:v>
+      </x:c>
+      <x:c r="GA44" s="3" t="n">
+        <x:v>47590</x:v>
+      </x:c>
+      <x:c r="GB44" s="3" t="n">
+        <x:v>46935</x:v>
+      </x:c>
+      <x:c r="GC44" s="3" t="n">
+        <x:v>49299</x:v>
+      </x:c>
+      <x:c r="GD44" s="3" t="n">
+        <x:v>53508</x:v>
+      </x:c>
+      <x:c r="GE44" s="3" t="n">
+        <x:v>53486</x:v>
+      </x:c>
+      <x:c r="GF44" s="3" t="n">
+        <x:v>54095</x:v>
+      </x:c>
+      <x:c r="GG44" s="3" t="n">
+        <x:v>56102</x:v>
+      </x:c>
+      <x:c r="GH44" s="3" t="n">
+        <x:v>54532</x:v>
+      </x:c>
+      <x:c r="GI44" s="3" t="n">
+        <x:v>55394</x:v>
+      </x:c>
+      <x:c r="GJ44" s="3" t="n">
+        <x:v>58220</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:192">
+      <x:c r="A45" s="2" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="B45" s="3" t="n">
+        <x:v>4266</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="n">
+        <x:v>4696</x:v>
+      </x:c>
+      <x:c r="D45" s="3" t="n">
+        <x:v>5237</x:v>
+      </x:c>
+      <x:c r="E45" s="3" t="n">
+        <x:v>4069</x:v>
+      </x:c>
+      <x:c r="F45" s="3" t="n">
+        <x:v>4870</x:v>
+      </x:c>
+      <x:c r="G45" s="3" t="n">
+        <x:v>4506</x:v>
+      </x:c>
+      <x:c r="H45" s="3" t="n">
+        <x:v>4535</x:v>
+      </x:c>
+      <x:c r="I45" s="3" t="n">
+        <x:v>4677</x:v>
+      </x:c>
+      <x:c r="J45" s="3" t="n">
+        <x:v>5287</x:v>
+      </x:c>
+      <x:c r="K45" s="3" t="n">
+        <x:v>5495</x:v>
+      </x:c>
+      <x:c r="L45" s="3" t="n">
+        <x:v>4425</x:v>
+      </x:c>
+      <x:c r="M45" s="3" t="n">
+        <x:v>3456</x:v>
+      </x:c>
+      <x:c r="N45" s="3" t="n">
+        <x:v>4211</x:v>
+      </x:c>
+      <x:c r="O45" s="3" t="n">
+        <x:v>4590</x:v>
+      </x:c>
+      <x:c r="P45" s="3" t="n">
+        <x:v>5391</x:v>
+      </x:c>
+      <x:c r="Q45" s="3" t="n">
+        <x:v>6373</x:v>
+      </x:c>
+      <x:c r="R45" s="3" t="n">
+        <x:v>4371</x:v>
+      </x:c>
+      <x:c r="S45" s="3" t="n">
+        <x:v>3981</x:v>
+      </x:c>
+      <x:c r="T45" s="3" t="n">
+        <x:v>3704</x:v>
+      </x:c>
+      <x:c r="U45" s="3" t="n">
+        <x:v>8079</x:v>
+      </x:c>
+      <x:c r="V45" s="3" t="n">
+        <x:v>4903</x:v>
+      </x:c>
+      <x:c r="W45" s="3" t="n">
+        <x:v>4698</x:v>
+      </x:c>
+      <x:c r="X45" s="3" t="n">
+        <x:v>6599</x:v>
+      </x:c>
+      <x:c r="Y45" s="3" t="n">
+        <x:v>2981</x:v>
+      </x:c>
+      <x:c r="Z45" s="3" t="n">
+        <x:v>3169</x:v>
+      </x:c>
+      <x:c r="AA45" s="3" t="n">
+        <x:v>4065</x:v>
+      </x:c>
+      <x:c r="AB45" s="3" t="n">
+        <x:v>5197</x:v>
+      </x:c>
+      <x:c r="AC45" s="3" t="n">
+        <x:v>7479</x:v>
+      </x:c>
+      <x:c r="AD45" s="3" t="n">
+        <x:v>5874</x:v>
+      </x:c>
+      <x:c r="AE45" s="3" t="n">
+        <x:v>5629</x:v>
+      </x:c>
+      <x:c r="AF45" s="3" t="n">
+        <x:v>4591</x:v>
+      </x:c>
+      <x:c r="AG45" s="3" t="n">
+        <x:v>4496</x:v>
+      </x:c>
+      <x:c r="AH45" s="3" t="n">
+        <x:v>5741</x:v>
+      </x:c>
+      <x:c r="AI45" s="3" t="n">
+        <x:v>5030</x:v>
+      </x:c>
+      <x:c r="AJ45" s="3" t="n">
+        <x:v>5395</x:v>
+      </x:c>
+      <x:c r="AK45" s="3" t="n">
+        <x:v>4276</x:v>
+      </x:c>
+      <x:c r="AL45" s="3" t="n">
+        <x:v>4985</x:v>
+      </x:c>
+      <x:c r="AM45" s="3" t="n">
+        <x:v>4911</x:v>
+      </x:c>
+      <x:c r="AN45" s="3" t="n">
+        <x:v>4496</x:v>
+      </x:c>
+      <x:c r="AO45" s="3" t="n">
+        <x:v>2042</x:v>
+      </x:c>
+      <x:c r="AP45" s="3" t="n">
+        <x:v>4427</x:v>
+      </x:c>
+      <x:c r="AQ45" s="3" t="n">
+        <x:v>4673</x:v>
+      </x:c>
+      <x:c r="AR45" s="3" t="n">
+        <x:v>4608</x:v>
+      </x:c>
+      <x:c r="AS45" s="3" t="n">
+        <x:v>4918</x:v>
+      </x:c>
+      <x:c r="AT45" s="3" t="n">
+        <x:v>5595</x:v>
+      </x:c>
+      <x:c r="AU45" s="3" t="n">
+        <x:v>5654</x:v>
+      </x:c>
+      <x:c r="AV45" s="3" t="n">
+        <x:v>5660</x:v>
+      </x:c>
+      <x:c r="AW45" s="3" t="n">
+        <x:v>5859</x:v>
+      </x:c>
+      <x:c r="AX45" s="3" t="n">
+        <x:v>4229</x:v>
+      </x:c>
+      <x:c r="AY45" s="3" t="n">
+        <x:v>4379</x:v>
+      </x:c>
+      <x:c r="AZ45" s="3" t="n">
+        <x:v>4164</x:v>
+      </x:c>
+      <x:c r="BA45" s="3" t="n">
+        <x:v>4261</x:v>
+      </x:c>
+      <x:c r="BB45" s="3" t="n">
+        <x:v>5385</x:v>
+      </x:c>
+      <x:c r="BC45" s="3" t="n">
+        <x:v>5430</x:v>
+      </x:c>
+      <x:c r="BD45" s="3" t="n">
+        <x:v>5416</x:v>
+      </x:c>
+      <x:c r="BE45" s="3" t="n">
+        <x:v>5302</x:v>
+      </x:c>
+      <x:c r="BF45" s="3" t="n">
+        <x:v>3339</x:v>
+      </x:c>
+      <x:c r="BG45" s="3" t="n">
+        <x:v>3421</x:v>
+      </x:c>
+      <x:c r="BH45" s="3" t="n">
+        <x:v>3369</x:v>
+      </x:c>
+      <x:c r="BI45" s="3" t="n">
+        <x:v>3262</x:v>
+      </x:c>
+      <x:c r="BJ45" s="3" t="n">
+        <x:v>3573</x:v>
+      </x:c>
+      <x:c r="BK45" s="3" t="n">
+        <x:v>3625</x:v>
+      </x:c>
+      <x:c r="BL45" s="3" t="n">
+        <x:v>3549</x:v>
+      </x:c>
+      <x:c r="BM45" s="3" t="n">
+        <x:v>3457</x:v>
+      </x:c>
+      <x:c r="BN45" s="3" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="BO45" s="3" t="n">
+        <x:v>2138</x:v>
+      </x:c>
+      <x:c r="BP45" s="3" t="n">
+        <x:v>2117</x:v>
+      </x:c>
+      <x:c r="BQ45" s="3" t="n">
+        <x:v>2128</x:v>
+      </x:c>
+      <x:c r="BR45" s="3" t="n">
+        <x:v>2714</x:v>
+      </x:c>
+      <x:c r="BS45" s="3" t="n">
+        <x:v>2654</x:v>
+      </x:c>
+      <x:c r="BT45" s="3" t="n">
+        <x:v>2690</x:v>
+      </x:c>
+      <x:c r="BU45" s="3" t="n">
+        <x:v>2491</x:v>
+      </x:c>
+      <x:c r="BV45" s="3" t="n">
+        <x:v>2774</x:v>
+      </x:c>
+      <x:c r="BW45" s="3" t="n">
+        <x:v>2600</x:v>
+      </x:c>
+      <x:c r="BX45" s="3" t="n">
+        <x:v>2565</x:v>
+      </x:c>
+      <x:c r="BY45" s="3" t="n">
+        <x:v>2734</x:v>
+      </x:c>
+      <x:c r="BZ45" s="3" t="n">
+        <x:v>2763</x:v>
+      </x:c>
+      <x:c r="CA45" s="3" t="n">
+        <x:v>2821</x:v>
+      </x:c>
+      <x:c r="CB45" s="3" t="n">
+        <x:v>2951</x:v>
+      </x:c>
+      <x:c r="CC45" s="3" t="n">
+        <x:v>3884</x:v>
+      </x:c>
+      <x:c r="CD45" s="3" t="n">
+        <x:v>3266</x:v>
+      </x:c>
+      <x:c r="CE45" s="3" t="n">
+        <x:v>3833</x:v>
+      </x:c>
+      <x:c r="CF45" s="3" t="n">
+        <x:v>3300</x:v>
+      </x:c>
+      <x:c r="CG45" s="3" t="n">
+        <x:v>2670</x:v>
+      </x:c>
+      <x:c r="CH45" s="3" t="n">
+        <x:v>3810</x:v>
+      </x:c>
+      <x:c r="CI45" s="3" t="n">
+        <x:v>2784</x:v>
+      </x:c>
+      <x:c r="CJ45" s="3" t="n">
+        <x:v>3423</x:v>
+      </x:c>
+      <x:c r="CK45" s="3" t="n">
+        <x:v>2994</x:v>
+      </x:c>
+      <x:c r="CL45" s="3" t="n">
+        <x:v>3399</x:v>
+      </x:c>
+      <x:c r="CM45" s="3" t="n">
+        <x:v>3693</x:v>
+      </x:c>
+      <x:c r="CN45" s="3" t="n">
+        <x:v>3651</x:v>
+      </x:c>
+      <x:c r="CO45" s="3" t="n">
+        <x:v>3938</x:v>
+      </x:c>
+      <x:c r="CP45" s="3" t="n">
+        <x:v>4302</x:v>
+      </x:c>
+      <x:c r="CQ45" s="3" t="n">
+        <x:v>4180</x:v>
+      </x:c>
+      <x:c r="CR45" s="3" t="n">
+        <x:v>3965</x:v>
+      </x:c>
+      <x:c r="CS45" s="3" t="n">
+        <x:v>3926</x:v>
+      </x:c>
+      <x:c r="CT45" s="3" t="n">
+        <x:v>2950</x:v>
+      </x:c>
+      <x:c r="CU45" s="3" t="n">
+        <x:v>3096</x:v>
+      </x:c>
+      <x:c r="CV45" s="3" t="n">
+        <x:v>2702</x:v>
+      </x:c>
+      <x:c r="CW45" s="3" t="n">
+        <x:v>2418</x:v>
+      </x:c>
+      <x:c r="CX45" s="3" t="n">
+        <x:v>2126</x:v>
+      </x:c>
+      <x:c r="CY45" s="3" t="n">
+        <x:v>2174</x:v>
+      </x:c>
+      <x:c r="CZ45" s="3" t="n">
+        <x:v>2359</x:v>
+      </x:c>
+      <x:c r="DA45" s="3" t="n">
+        <x:v>2346</x:v>
+      </x:c>
+      <x:c r="DB45" s="3" t="n">
+        <x:v>2073</x:v>
+      </x:c>
+      <x:c r="DC45" s="3" t="n">
+        <x:v>1961</x:v>
+      </x:c>
+      <x:c r="DD45" s="3" t="n">
+        <x:v>2077</x:v>
+      </x:c>
+      <x:c r="DE45" s="3" t="n">
+        <x:v>2085</x:v>
+      </x:c>
+      <x:c r="DF45" s="3" t="n">
+        <x:v>2556</x:v>
+      </x:c>
+      <x:c r="DG45" s="3" t="n">
+        <x:v>2321</x:v>
+      </x:c>
+      <x:c r="DH45" s="3" t="n">
+        <x:v>2503</x:v>
+      </x:c>
+      <x:c r="DI45" s="3" t="n">
+        <x:v>2379</x:v>
+      </x:c>
+      <x:c r="DJ45" s="3" t="n">
+        <x:v>2269</x:v>
+      </x:c>
+      <x:c r="DK45" s="3" t="n">
+        <x:v>2374</x:v>
+      </x:c>
+      <x:c r="DL45" s="3" t="n">
+        <x:v>2131</x:v>
+      </x:c>
+      <x:c r="DM45" s="3" t="n">
+        <x:v>2384</x:v>
+      </x:c>
+      <x:c r="DN45" s="3" t="n">
+        <x:v>5893</x:v>
+      </x:c>
+      <x:c r="DO45" s="3" t="n">
+        <x:v>6116</x:v>
+      </x:c>
+      <x:c r="DP45" s="3" t="n">
+        <x:v>5648</x:v>
+      </x:c>
+      <x:c r="DQ45" s="3" t="n">
+        <x:v>6086</x:v>
+      </x:c>
+      <x:c r="DR45" s="3" t="n">
+        <x:v>6338</x:v>
+      </x:c>
+      <x:c r="DS45" s="3" t="n">
+        <x:v>6911</x:v>
+      </x:c>
+      <x:c r="DT45" s="3" t="n">
+        <x:v>8189</x:v>
+      </x:c>
+      <x:c r="DU45" s="3" t="n">
+        <x:v>7745</x:v>
+      </x:c>
+      <x:c r="DV45" s="3" t="n">
+        <x:v>6696</x:v>
+      </x:c>
+      <x:c r="DW45" s="3" t="n">
+        <x:v>6163</x:v>
+      </x:c>
+      <x:c r="DX45" s="3" t="n">
+        <x:v>5959</x:v>
+      </x:c>
+      <x:c r="DY45" s="3" t="n">
+        <x:v>5295</x:v>
+      </x:c>
+      <x:c r="DZ45" s="3" t="n">
+        <x:v>5858</x:v>
+      </x:c>
+      <x:c r="EA45" s="3" t="n">
+        <x:v>5672</x:v>
+      </x:c>
+      <x:c r="EB45" s="3" t="n">
+        <x:v>5565</x:v>
+      </x:c>
+      <x:c r="EC45" s="3" t="n">
+        <x:v>5198</x:v>
+      </x:c>
+      <x:c r="ED45" s="3" t="n">
+        <x:v>4993</x:v>
+      </x:c>
+      <x:c r="EE45" s="3" t="n">
+        <x:v>5368</x:v>
+      </x:c>
+      <x:c r="EF45" s="3" t="n">
+        <x:v>6136</x:v>
+      </x:c>
+      <x:c r="EG45" s="3" t="n">
+        <x:v>6927</x:v>
+      </x:c>
+      <x:c r="EH45" s="3" t="n">
+        <x:v>5638</x:v>
+      </x:c>
+      <x:c r="EI45" s="3" t="n">
+        <x:v>5647</x:v>
+      </x:c>
+      <x:c r="EJ45" s="3" t="n">
+        <x:v>5177</x:v>
+      </x:c>
+      <x:c r="EK45" s="3" t="n">
+        <x:v>4597</x:v>
+      </x:c>
+      <x:c r="EL45" s="3" t="n">
+        <x:v>5317</x:v>
+      </x:c>
+      <x:c r="EM45" s="3" t="n">
+        <x:v>4895</x:v>
+      </x:c>
+      <x:c r="EN45" s="3" t="n">
+        <x:v>4696</x:v>
+      </x:c>
+      <x:c r="EO45" s="3" t="n">
+        <x:v>5392</x:v>
+      </x:c>
+      <x:c r="EP45" s="3" t="n">
+        <x:v>4365</x:v>
+      </x:c>
+      <x:c r="EQ45" s="3" t="n">
+        <x:v>5843</x:v>
+      </x:c>
+      <x:c r="ER45" s="3" t="n">
+        <x:v>4954</x:v>
+      </x:c>
+      <x:c r="ES45" s="3" t="n">
+        <x:v>5338</x:v>
+      </x:c>
+      <x:c r="ET45" s="3" t="n">
+        <x:v>5244</x:v>
+      </x:c>
+      <x:c r="EU45" s="3" t="n">
+        <x:v>4184</x:v>
+      </x:c>
+      <x:c r="EV45" s="3" t="n">
+        <x:v>4719</x:v>
+      </x:c>
+      <x:c r="EW45" s="3" t="n">
+        <x:v>4760</x:v>
+      </x:c>
+      <x:c r="EX45" s="3" t="n">
+        <x:v>5369</x:v>
+      </x:c>
+      <x:c r="EY45" s="3" t="n">
+        <x:v>3086</x:v>
+      </x:c>
+      <x:c r="EZ45" s="3" t="n">
+        <x:v>5033</x:v>
+      </x:c>
+      <x:c r="FA45" s="3" t="n">
+        <x:v>4732</x:v>
+      </x:c>
+      <x:c r="FB45" s="3" t="n">
+        <x:v>4724</x:v>
+      </x:c>
+      <x:c r="FC45" s="3" t="n">
+        <x:v>5014</x:v>
+      </x:c>
+      <x:c r="FD45" s="3" t="n">
+        <x:v>4963</x:v>
+      </x:c>
+      <x:c r="FE45" s="3" t="n">
+        <x:v>5078</x:v>
+      </x:c>
+      <x:c r="FF45" s="3" t="n">
+        <x:v>4522</x:v>
+      </x:c>
+      <x:c r="FG45" s="3" t="n">
+        <x:v>4869</x:v>
+      </x:c>
+      <x:c r="FH45" s="3" t="n">
+        <x:v>4736</x:v>
+      </x:c>
+      <x:c r="FI45" s="3" t="n">
+        <x:v>5361</x:v>
+      </x:c>
+      <x:c r="FJ45" s="3" t="n">
+        <x:v>7877</x:v>
+      </x:c>
+      <x:c r="FK45" s="3" t="n">
+        <x:v>7688</x:v>
+      </x:c>
+      <x:c r="FL45" s="3" t="n">
+        <x:v>7726</x:v>
+      </x:c>
+      <x:c r="FM45" s="3" t="n">
+        <x:v>7544</x:v>
+      </x:c>
+      <x:c r="FN45" s="3" t="n">
+        <x:v>7368</x:v>
+      </x:c>
+      <x:c r="FO45" s="3" t="n">
+        <x:v>6652</x:v>
+      </x:c>
+      <x:c r="FP45" s="3" t="n">
+        <x:v>7082</x:v>
+      </x:c>
+      <x:c r="FQ45" s="3" t="n">
+        <x:v>7788</x:v>
+      </x:c>
+      <x:c r="FR45" s="3" t="n">
+        <x:v>7497</x:v>
+      </x:c>
+      <x:c r="FS45" s="3" t="n">
+        <x:v>7595</x:v>
+      </x:c>
+      <x:c r="FT45" s="3" t="n">
+        <x:v>7906</x:v>
+      </x:c>
+      <x:c r="FU45" s="3" t="n">
+        <x:v>8725</x:v>
+      </x:c>
+      <x:c r="FV45" s="3" t="n">
+        <x:v>6527</x:v>
+      </x:c>
+      <x:c r="FW45" s="3" t="n">
+        <x:v>7178</x:v>
+      </x:c>
+      <x:c r="FX45" s="3" t="n">
+        <x:v>8270</x:v>
+      </x:c>
+      <x:c r="FY45" s="3" t="n">
+        <x:v>9164</x:v>
+      </x:c>
+      <x:c r="FZ45" s="3" t="n">
+        <x:v>8411</x:v>
+      </x:c>
+      <x:c r="GA45" s="3" t="n">
+        <x:v>8606</x:v>
+      </x:c>
+      <x:c r="GB45" s="3" t="n">
+        <x:v>8823</x:v>
+      </x:c>
+      <x:c r="GC45" s="3" t="n">
+        <x:v>9160</x:v>
+      </x:c>
+      <x:c r="GD45" s="3" t="n">
+        <x:v>11827</x:v>
+      </x:c>
+      <x:c r="GE45" s="3" t="n">
+        <x:v>11139</x:v>
+      </x:c>
+      <x:c r="GF45" s="3" t="n">
+        <x:v>11085</x:v>
+      </x:c>
+      <x:c r="GG45" s="3" t="n">
+        <x:v>10761</x:v>
+      </x:c>
+      <x:c r="GH45" s="3" t="n">
+        <x:v>10695</x:v>
+      </x:c>
+      <x:c r="GI45" s="3" t="n">
+        <x:v>12031</x:v>
+      </x:c>
+      <x:c r="GJ45" s="3" t="n">
+        <x:v>12592</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:192">
+      <x:c r="A46" s="2" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="B46" s="3" t="n">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="C46" s="3" t="n">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="D46" s="3" t="n">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="E46" s="3" t="n">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="F46" s="3" t="n">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="G46" s="3" t="n">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="H46" s="3" t="n">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="I46" s="3" t="n">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="J46" s="3" t="n">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="K46" s="3" t="n">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="L46" s="3" t="n">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="M46" s="3" t="n">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="N46" s="3" t="n">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="O46" s="3" t="n">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="P46" s="3" t="n">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="Q46" s="3" t="n">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="R46" s="3" t="n">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="S46" s="3" t="n">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="T46" s="3" t="n">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="U46" s="3" t="n">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="V46" s="3" t="n">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="W46" s="3" t="n">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="X46" s="3" t="n">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="Y46" s="3" t="n">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="Z46" s="3" t="n">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="AA46" s="3" t="n">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="AB46" s="3" t="n">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="AC46" s="3" t="n">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="AD46" s="3" t="n">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="AE46" s="3" t="n">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="AF46" s="3" t="n">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="AG46" s="3" t="n">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="AH46" s="3" t="n">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="AI46" s="3" t="n">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="AJ46" s="3" t="n">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="AK46" s="3" t="n">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="AL46" s="3" t="n">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="AM46" s="3" t="n">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="AN46" s="3" t="n">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="AO46" s="3" t="n">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="AP46" s="3" t="n">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="AQ46" s="3" t="n">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="AR46" s="3" t="n">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="AS46" s="3" t="n">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="AT46" s="3" t="n">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="AU46" s="3" t="n">
         <x:v>423</x:v>
       </x:c>
-      <x:c r="AW35" s="3" t="n">
-[...426 lines deleted...]
-        <x:v>0</x:v>
+      <x:c r="AV46" s="3" t="n">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="AW46" s="3" t="n">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="AX46" s="3" t="n">
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="AY46" s="3" t="n">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="AZ46" s="3" t="n">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="BA46" s="3" t="n">
+        <x:v>801</x:v>
+      </x:c>
+      <x:c r="BB46" s="3" t="n">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="BC46" s="3" t="n">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="BD46" s="3" t="n">
+        <x:v>913</x:v>
+      </x:c>
+      <x:c r="BE46" s="3" t="n">
+        <x:v>961</x:v>
+      </x:c>
+      <x:c r="BF46" s="3" t="n">
+        <x:v>964</x:v>
+      </x:c>
+      <x:c r="BG46" s="3" t="n">
+        <x:v>974</x:v>
+      </x:c>
+      <x:c r="BH46" s="3" t="n">
+        <x:v>987</x:v>
+      </x:c>
+      <x:c r="BI46" s="3" t="n">
+        <x:v>938</x:v>
+      </x:c>
+      <x:c r="BJ46" s="3" t="n">
+        <x:v>1029</x:v>
+      </x:c>
+      <x:c r="BK46" s="3" t="n">
+        <x:v>1093</x:v>
+      </x:c>
+      <x:c r="BL46" s="3" t="n">
+        <x:v>1134</x:v>
+      </x:c>
+      <x:c r="BM46" s="3" t="n">
+        <x:v>1187</x:v>
+      </x:c>
+      <x:c r="BN46" s="3" t="n">
+        <x:v>1381</x:v>
+      </x:c>
+      <x:c r="BO46" s="3" t="n">
+        <x:v>1336</x:v>
+      </x:c>
+      <x:c r="BP46" s="3" t="n">
+        <x:v>1487</x:v>
+      </x:c>
+      <x:c r="BQ46" s="3" t="n">
+        <x:v>1357</x:v>
+      </x:c>
+      <x:c r="BR46" s="3" t="n">
+        <x:v>1341</x:v>
+      </x:c>
+      <x:c r="BS46" s="3" t="n">
+        <x:v>1376</x:v>
+      </x:c>
+      <x:c r="BT46" s="3" t="n">
+        <x:v>1346</x:v>
+      </x:c>
+      <x:c r="BU46" s="3" t="n">
+        <x:v>1355</x:v>
+      </x:c>
+      <x:c r="BV46" s="3" t="n">
+        <x:v>1269</x:v>
+      </x:c>
+      <x:c r="BW46" s="3" t="n">
+        <x:v>1255</x:v>
+      </x:c>
+      <x:c r="BX46" s="3" t="n">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="BY46" s="3" t="n">
+        <x:v>1336</x:v>
+      </x:c>
+      <x:c r="BZ46" s="3" t="n">
+        <x:v>1417</x:v>
+      </x:c>
+      <x:c r="CA46" s="3" t="n">
+        <x:v>1438</x:v>
+      </x:c>
+      <x:c r="CB46" s="3" t="n">
+        <x:v>1466</x:v>
+      </x:c>
+      <x:c r="CC46" s="3" t="n">
+        <x:v>1650</x:v>
+      </x:c>
+      <x:c r="CD46" s="3" t="n">
+        <x:v>1574</x:v>
+      </x:c>
+      <x:c r="CE46" s="3" t="n">
+        <x:v>1561</x:v>
+      </x:c>
+      <x:c r="CF46" s="3" t="n">
+        <x:v>1588</x:v>
+      </x:c>
+      <x:c r="CG46" s="3" t="n">
+        <x:v>1507</x:v>
+      </x:c>
+      <x:c r="CH46" s="3" t="n">
+        <x:v>1708</x:v>
+      </x:c>
+      <x:c r="CI46" s="3" t="n">
+        <x:v>1559</x:v>
+      </x:c>
+      <x:c r="CJ46" s="3" t="n">
+        <x:v>1568</x:v>
+      </x:c>
+      <x:c r="CK46" s="3" t="n">
+        <x:v>1738</x:v>
+      </x:c>
+      <x:c r="CL46" s="3" t="n">
+        <x:v>1661</x:v>
+      </x:c>
+      <x:c r="CM46" s="3" t="n">
+        <x:v>1738</x:v>
+      </x:c>
+      <x:c r="CN46" s="3" t="n">
+        <x:v>1721</x:v>
+      </x:c>
+      <x:c r="CO46" s="3" t="n">
+        <x:v>1536</x:v>
+      </x:c>
+      <x:c r="CP46" s="3" t="n">
+        <x:v>1770</x:v>
+      </x:c>
+      <x:c r="CQ46" s="3" t="n">
+        <x:v>1793</x:v>
+      </x:c>
+      <x:c r="CR46" s="3" t="n">
+        <x:v>1863</x:v>
+      </x:c>
+      <x:c r="CS46" s="3" t="n">
+        <x:v>1798</x:v>
+      </x:c>
+      <x:c r="CT46" s="3" t="n">
+        <x:v>1909</x:v>
+      </x:c>
+      <x:c r="CU46" s="3" t="n">
+        <x:v>1986</x:v>
+      </x:c>
+      <x:c r="CV46" s="3" t="n">
+        <x:v>1930</x:v>
+      </x:c>
+      <x:c r="CW46" s="3" t="n">
+        <x:v>2061</x:v>
+      </x:c>
+      <x:c r="CX46" s="3" t="n">
+        <x:v>2095</x:v>
+      </x:c>
+      <x:c r="CY46" s="3" t="n">
+        <x:v>2089</x:v>
+      </x:c>
+      <x:c r="CZ46" s="3" t="n">
+        <x:v>2055</x:v>
+      </x:c>
+      <x:c r="DA46" s="3" t="n">
+        <x:v>1995</x:v>
+      </x:c>
+      <x:c r="DB46" s="3" t="n">
+        <x:v>1785</x:v>
+      </x:c>
+      <x:c r="DC46" s="3" t="n">
+        <x:v>1724</x:v>
+      </x:c>
+      <x:c r="DD46" s="3" t="n">
+        <x:v>1549</x:v>
+      </x:c>
+      <x:c r="DE46" s="3" t="n">
+        <x:v>1472</x:v>
+      </x:c>
+      <x:c r="DF46" s="3" t="n">
+        <x:v>1221</x:v>
+      </x:c>
+      <x:c r="DG46" s="3" t="n">
+        <x:v>1153</x:v>
+      </x:c>
+      <x:c r="DH46" s="3" t="n">
+        <x:v>1325</x:v>
+      </x:c>
+      <x:c r="DI46" s="3" t="n">
+        <x:v>1264</x:v>
+      </x:c>
+      <x:c r="DJ46" s="3" t="n">
+        <x:v>1179</x:v>
+      </x:c>
+      <x:c r="DK46" s="3" t="n">
+        <x:v>1140</x:v>
+      </x:c>
+      <x:c r="DL46" s="3" t="n">
+        <x:v>1300</x:v>
+      </x:c>
+      <x:c r="DM46" s="3" t="n">
+        <x:v>1355</x:v>
+      </x:c>
+      <x:c r="DN46" s="3" t="n">
+        <x:v>1382</x:v>
+      </x:c>
+      <x:c r="DO46" s="3" t="n">
+        <x:v>1343</x:v>
+      </x:c>
+      <x:c r="DP46" s="3" t="n">
+        <x:v>1183</x:v>
+      </x:c>
+      <x:c r="DQ46" s="3" t="n">
+        <x:v>1222</x:v>
+      </x:c>
+      <x:c r="DR46" s="3" t="n">
+        <x:v>1555</x:v>
+      </x:c>
+      <x:c r="DS46" s="3" t="n">
+        <x:v>1335</x:v>
+      </x:c>
+      <x:c r="DT46" s="3" t="n">
+        <x:v>1337</x:v>
+      </x:c>
+      <x:c r="DU46" s="3" t="n">
+        <x:v>1212</x:v>
+      </x:c>
+      <x:c r="DV46" s="3" t="n">
+        <x:v>1034</x:v>
+      </x:c>
+      <x:c r="DW46" s="3" t="n">
+        <x:v>1119</x:v>
+      </x:c>
+      <x:c r="DX46" s="3" t="n">
+        <x:v>1014</x:v>
+      </x:c>
+      <x:c r="DY46" s="3" t="n">
+        <x:v>1143</x:v>
+      </x:c>
+      <x:c r="DZ46" s="3" t="n">
+        <x:v>1368</x:v>
+      </x:c>
+      <x:c r="EA46" s="3" t="n">
+        <x:v>1392</x:v>
+      </x:c>
+      <x:c r="EB46" s="3" t="n">
+        <x:v>1413</x:v>
+      </x:c>
+      <x:c r="EC46" s="3" t="n">
+        <x:v>1524</x:v>
+      </x:c>
+      <x:c r="ED46" s="3" t="n">
+        <x:v>1663</x:v>
+      </x:c>
+      <x:c r="EE46" s="3" t="n">
+        <x:v>1738</x:v>
+      </x:c>
+      <x:c r="EF46" s="3" t="n">
+        <x:v>1896</x:v>
+      </x:c>
+      <x:c r="EG46" s="3" t="n">
+        <x:v>1752</x:v>
+      </x:c>
+      <x:c r="EH46" s="3" t="n">
+        <x:v>1647</x:v>
+      </x:c>
+      <x:c r="EI46" s="3" t="n">
+        <x:v>1696</x:v>
+      </x:c>
+      <x:c r="EJ46" s="3" t="n">
+        <x:v>1437</x:v>
+      </x:c>
+      <x:c r="EK46" s="3" t="n">
+        <x:v>1738</x:v>
+      </x:c>
+      <x:c r="EL46" s="3" t="n">
+        <x:v>1465</x:v>
+      </x:c>
+      <x:c r="EM46" s="3" t="n">
+        <x:v>1351</x:v>
+      </x:c>
+      <x:c r="EN46" s="3" t="n">
+        <x:v>1295</x:v>
+      </x:c>
+      <x:c r="EO46" s="3" t="n">
+        <x:v>1355</x:v>
+      </x:c>
+      <x:c r="EP46" s="3" t="n">
+        <x:v>1469</x:v>
+      </x:c>
+      <x:c r="EQ46" s="3" t="n">
+        <x:v>1583</x:v>
+      </x:c>
+      <x:c r="ER46" s="3" t="n">
+        <x:v>1671</x:v>
+      </x:c>
+      <x:c r="ES46" s="3" t="n">
+        <x:v>1506</x:v>
+      </x:c>
+      <x:c r="ET46" s="3" t="n">
+        <x:v>1294</x:v>
+      </x:c>
+      <x:c r="EU46" s="3" t="n">
+        <x:v>1238</x:v>
+      </x:c>
+      <x:c r="EV46" s="3" t="n">
+        <x:v>1406</x:v>
+      </x:c>
+      <x:c r="EW46" s="3" t="n">
+        <x:v>1310</x:v>
+      </x:c>
+      <x:c r="EX46" s="3" t="n">
+        <x:v>1373</x:v>
+      </x:c>
+      <x:c r="EY46" s="3" t="n">
+        <x:v>1314</x:v>
+      </x:c>
+      <x:c r="EZ46" s="3" t="n">
+        <x:v>1379</x:v>
+      </x:c>
+      <x:c r="FA46" s="3" t="n">
+        <x:v>1614</x:v>
+      </x:c>
+      <x:c r="FB46" s="3" t="n">
+        <x:v>1527</x:v>
+      </x:c>
+      <x:c r="FC46" s="3" t="n">
+        <x:v>1613</x:v>
+      </x:c>
+      <x:c r="FD46" s="3" t="n">
+        <x:v>1598</x:v>
+      </x:c>
+      <x:c r="FE46" s="3" t="n">
+        <x:v>1338</x:v>
+      </x:c>
+      <x:c r="FF46" s="3" t="n">
+        <x:v>1358</x:v>
+      </x:c>
+      <x:c r="FG46" s="3" t="n">
+        <x:v>1241</x:v>
+      </x:c>
+      <x:c r="FH46" s="3" t="n">
+        <x:v>1342</x:v>
+      </x:c>
+      <x:c r="FI46" s="3" t="n">
+        <x:v>1321</x:v>
+      </x:c>
+      <x:c r="FJ46" s="3" t="n">
+        <x:v>1399</x:v>
+      </x:c>
+      <x:c r="FK46" s="3" t="n">
+        <x:v>1619</x:v>
+      </x:c>
+      <x:c r="FL46" s="3" t="n">
+        <x:v>1447</x:v>
+      </x:c>
+      <x:c r="FM46" s="3" t="n">
+        <x:v>1452</x:v>
+      </x:c>
+      <x:c r="FN46" s="3" t="n">
+        <x:v>1538</x:v>
+      </x:c>
+      <x:c r="FO46" s="3" t="n">
+        <x:v>1129</x:v>
+      </x:c>
+      <x:c r="FP46" s="3" t="n">
+        <x:v>1541</x:v>
+      </x:c>
+      <x:c r="FQ46" s="3" t="n">
+        <x:v>1413</x:v>
+      </x:c>
+      <x:c r="FR46" s="3" t="n">
+        <x:v>1376</x:v>
+      </x:c>
+      <x:c r="FS46" s="3" t="n">
+        <x:v>1366</x:v>
+      </x:c>
+      <x:c r="FT46" s="3" t="n">
+        <x:v>1491</x:v>
+      </x:c>
+      <x:c r="FU46" s="3" t="n">
+        <x:v>1509</x:v>
+      </x:c>
+      <x:c r="FV46" s="3" t="n">
+        <x:v>1626</x:v>
+      </x:c>
+      <x:c r="FW46" s="3" t="n">
+        <x:v>1476</x:v>
+      </x:c>
+      <x:c r="FX46" s="3" t="n">
+        <x:v>1771</x:v>
+      </x:c>
+      <x:c r="FY46" s="3" t="n">
+        <x:v>1732</x:v>
+      </x:c>
+      <x:c r="FZ46" s="3" t="n">
+        <x:v>1597</x:v>
+      </x:c>
+      <x:c r="GA46" s="3" t="n">
+        <x:v>1674</x:v>
+      </x:c>
+      <x:c r="GB46" s="3" t="n">
+        <x:v>1640</x:v>
+      </x:c>
+      <x:c r="GC46" s="3" t="n">
+        <x:v>1930</x:v>
+      </x:c>
+      <x:c r="GD46" s="3" t="n">
+        <x:v>1614</x:v>
+      </x:c>
+      <x:c r="GE46" s="3" t="n">
+        <x:v>1858</x:v>
+      </x:c>
+      <x:c r="GF46" s="3" t="n">
+        <x:v>1839</x:v>
+      </x:c>
+      <x:c r="GG46" s="3" t="n">
+        <x:v>1925</x:v>
+      </x:c>
+      <x:c r="GH46" s="3" t="n">
+        <x:v>2361</x:v>
+      </x:c>
+      <x:c r="GI46" s="3" t="n">
+        <x:v>2126</x:v>
+      </x:c>
+      <x:c r="GJ46" s="3" t="n">
+        <x:v>2573</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:191">
-[...141 lines deleted...]
-      <x:c r="AV36" s="3" t="n">
+    <x:row r="47" spans="1:192">
+      <x:c r="A47" s="2" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="B47" s="3" t="n">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="C47" s="3" t="n">
+        <x:v>785</x:v>
+      </x:c>
+      <x:c r="D47" s="3" t="n">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="E47" s="3" t="n">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="F47" s="3" t="n">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="G47" s="3" t="n">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c r="H47" s="3" t="n">
+        <x:v>925</x:v>
+      </x:c>
+      <x:c r="I47" s="3" t="n">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c r="J47" s="3" t="n">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="K47" s="3" t="n">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="L47" s="3" t="n">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="M47" s="3" t="n">
+        <x:v>880</x:v>
+      </x:c>
+      <x:c r="N47" s="3" t="n">
+        <x:v>972</x:v>
+      </x:c>
+      <x:c r="O47" s="3" t="n">
+        <x:v>984</x:v>
+      </x:c>
+      <x:c r="P47" s="3" t="n">
+        <x:v>986</x:v>
+      </x:c>
+      <x:c r="Q47" s="3" t="n">
+        <x:v>1085</x:v>
+      </x:c>
+      <x:c r="R47" s="3" t="n">
+        <x:v>1317</x:v>
+      </x:c>
+      <x:c r="S47" s="3" t="n">
+        <x:v>1179</x:v>
+      </x:c>
+      <x:c r="T47" s="3" t="n">
+        <x:v>1205</x:v>
+      </x:c>
+      <x:c r="U47" s="3" t="n">
+        <x:v>1367</x:v>
+      </x:c>
+      <x:c r="V47" s="3" t="n">
+        <x:v>1389</x:v>
+      </x:c>
+      <x:c r="W47" s="3" t="n">
+        <x:v>1342</x:v>
+      </x:c>
+      <x:c r="X47" s="3" t="n">
+        <x:v>1507</x:v>
+      </x:c>
+      <x:c r="Y47" s="3" t="n">
+        <x:v>1415</x:v>
+      </x:c>
+      <x:c r="Z47" s="3" t="n">
+        <x:v>1183</x:v>
+      </x:c>
+      <x:c r="AA47" s="3" t="n">
+        <x:v>1101</x:v>
+      </x:c>
+      <x:c r="AB47" s="3" t="n">
+        <x:v>901</x:v>
+      </x:c>
+      <x:c r="AC47" s="3" t="n">
+        <x:v>932</x:v>
+      </x:c>
+      <x:c r="AD47" s="3" t="n">
+        <x:v>925</x:v>
+      </x:c>
+      <x:c r="AE47" s="3" t="n">
+        <x:v>949</x:v>
+      </x:c>
+      <x:c r="AF47" s="3" t="n">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="AG47" s="3" t="n">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="AH47" s="3" t="n">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="AI47" s="3" t="n">
+        <x:v>791</x:v>
+      </x:c>
+      <x:c r="AJ47" s="3" t="n">
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="AK47" s="3" t="n">
+        <x:v>903</x:v>
+      </x:c>
+      <x:c r="AL47" s="3" t="n">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="AM47" s="3" t="n">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="AN47" s="3" t="n">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="AO47" s="3" t="n">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="AP47" s="3" t="n">
+        <x:v>837</x:v>
+      </x:c>
+      <x:c r="AQ47" s="3" t="n">
+        <x:v>703</x:v>
+      </x:c>
+      <x:c r="AR47" s="3" t="n">
+        <x:v>819</x:v>
+      </x:c>
+      <x:c r="AS47" s="3" t="n">
+        <x:v>799</x:v>
+      </x:c>
+      <x:c r="AT47" s="3" t="n">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="AU47" s="3" t="n">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="AV47" s="3" t="n">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="AW47" s="3" t="n">
+        <x:v>808</x:v>
+      </x:c>
+      <x:c r="AX47" s="3" t="n">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c r="AY47" s="3" t="n">
+        <x:v>989</x:v>
+      </x:c>
+      <x:c r="AZ47" s="3" t="n">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="BA47" s="3" t="n">
+        <x:v>909</x:v>
+      </x:c>
+      <x:c r="BB47" s="3" t="n">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c r="BC47" s="3" t="n">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="BD47" s="3" t="n">
+        <x:v>824</x:v>
+      </x:c>
+      <x:c r="BE47" s="3" t="n">
+        <x:v>823</x:v>
+      </x:c>
+      <x:c r="BF47" s="3" t="n">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="BG47" s="3" t="n">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="BH47" s="3" t="n">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="BI47" s="3" t="n">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="BJ47" s="3" t="n">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="BK47" s="3" t="n">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="BL47" s="3" t="n">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="BM47" s="3" t="n">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="BN47" s="3" t="n">
+        <x:v>991</x:v>
+      </x:c>
+      <x:c r="BO47" s="3" t="n">
+        <x:v>878</x:v>
+      </x:c>
+      <x:c r="BP47" s="3" t="n">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c r="BQ47" s="3" t="n">
+        <x:v>860</x:v>
+      </x:c>
+      <x:c r="BR47" s="3" t="n">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c r="BS47" s="3" t="n">
+        <x:v>964</x:v>
+      </x:c>
+      <x:c r="BT47" s="3" t="n">
+        <x:v>885</x:v>
+      </x:c>
+      <x:c r="BU47" s="3" t="n">
+        <x:v>973</x:v>
+      </x:c>
+      <x:c r="BV47" s="3" t="n">
+        <x:v>896</x:v>
+      </x:c>
+      <x:c r="BW47" s="3" t="n">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c r="BX47" s="3" t="n">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="BY47" s="3" t="n">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c r="BZ47" s="3" t="n">
+        <x:v>1166</x:v>
+      </x:c>
+      <x:c r="CA47" s="3" t="n">
+        <x:v>1236</x:v>
+      </x:c>
+      <x:c r="CB47" s="3" t="n">
+        <x:v>1316</x:v>
+      </x:c>
+      <x:c r="CC47" s="3" t="n">
+        <x:v>1266</x:v>
+      </x:c>
+      <x:c r="CD47" s="3" t="n">
+        <x:v>1218</x:v>
+      </x:c>
+      <x:c r="CE47" s="3" t="n">
+        <x:v>1208</x:v>
+      </x:c>
+      <x:c r="CF47" s="3" t="n">
+        <x:v>1150</x:v>
+      </x:c>
+      <x:c r="CG47" s="3" t="n">
+        <x:v>1165</x:v>
+      </x:c>
+      <x:c r="CH47" s="3" t="n">
+        <x:v>1300</x:v>
+      </x:c>
+      <x:c r="CI47" s="3" t="n">
+        <x:v>1196</x:v>
+      </x:c>
+      <x:c r="CJ47" s="3" t="n">
+        <x:v>1357</x:v>
+      </x:c>
+      <x:c r="CK47" s="3" t="n">
+        <x:v>1183</x:v>
+      </x:c>
+      <x:c r="CL47" s="3" t="n">
+        <x:v>959</x:v>
+      </x:c>
+      <x:c r="CM47" s="3" t="n">
+        <x:v>922</x:v>
+      </x:c>
+      <x:c r="CN47" s="3" t="n">
+        <x:v>922</x:v>
+      </x:c>
+      <x:c r="CO47" s="3" t="n">
+        <x:v>946</x:v>
+      </x:c>
+      <x:c r="CP47" s="3" t="n">
+        <x:v>994</x:v>
+      </x:c>
+      <x:c r="CQ47" s="3" t="n">
+        <x:v>946</x:v>
+      </x:c>
+      <x:c r="CR47" s="3" t="n">
+        <x:v>923</x:v>
+      </x:c>
+      <x:c r="CS47" s="3" t="n">
+        <x:v>917</x:v>
+      </x:c>
+      <x:c r="CT47" s="3" t="n">
+        <x:v>988</x:v>
+      </x:c>
+      <x:c r="CU47" s="3" t="n">
+        <x:v>987</x:v>
+      </x:c>
+      <x:c r="CV47" s="3" t="n">
+        <x:v>1122</x:v>
+      </x:c>
+      <x:c r="CW47" s="3" t="n">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="CX47" s="3" t="n">
+        <x:v>1242</x:v>
+      </x:c>
+      <x:c r="CY47" s="3" t="n">
+        <x:v>1312</x:v>
+      </x:c>
+      <x:c r="CZ47" s="3" t="n">
+        <x:v>1182</x:v>
+      </x:c>
+      <x:c r="DA47" s="3" t="n">
+        <x:v>1241</x:v>
+      </x:c>
+      <x:c r="DB47" s="3" t="n">
+        <x:v>1355</x:v>
+      </x:c>
+      <x:c r="DC47" s="3" t="n">
+        <x:v>1234</x:v>
+      </x:c>
+      <x:c r="DD47" s="3" t="n">
+        <x:v>1211</x:v>
+      </x:c>
+      <x:c r="DE47" s="3" t="n">
+        <x:v>1187</x:v>
+      </x:c>
+      <x:c r="DF47" s="3" t="n">
+        <x:v>1097</x:v>
+      </x:c>
+      <x:c r="DG47" s="3" t="n">
+        <x:v>908</x:v>
+      </x:c>
+      <x:c r="DH47" s="3" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="DI47" s="3" t="n">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="DJ47" s="3" t="n">
+        <x:v>1068</x:v>
+      </x:c>
+      <x:c r="DK47" s="3" t="n">
+        <x:v>1050</x:v>
+      </x:c>
+      <x:c r="DL47" s="3" t="n">
+        <x:v>1046</x:v>
+      </x:c>
+      <x:c r="DM47" s="3" t="n">
+        <x:v>1180</x:v>
+      </x:c>
+      <x:c r="DN47" s="3" t="n">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="DO47" s="3" t="n">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="DP47" s="3" t="n">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="DQ47" s="3" t="n">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="DR47" s="3" t="n">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="DS47" s="3" t="n">
+        <x:v>1034</x:v>
+      </x:c>
+      <x:c r="DT47" s="3" t="n">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="DU47" s="3" t="n">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="DV47" s="3" t="n">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="DW47" s="3" t="n">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="DX47" s="3" t="n">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="DY47" s="3" t="n">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="DZ47" s="3" t="n">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="EA47" s="3" t="n">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="EB47" s="3" t="n">
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="EC47" s="3" t="n">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="ED47" s="3" t="n">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="EE47" s="3" t="n">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="EF47" s="3" t="n">
+        <x:v>1055</x:v>
+      </x:c>
+      <x:c r="EG47" s="3" t="n">
+        <x:v>1078</x:v>
+      </x:c>
+      <x:c r="EH47" s="3" t="n">
+        <x:v>1044</x:v>
+      </x:c>
+      <x:c r="EI47" s="3" t="n">
+        <x:v>1111</x:v>
+      </x:c>
+      <x:c r="EJ47" s="3" t="n">
+        <x:v>1207</x:v>
+      </x:c>
+      <x:c r="EK47" s="3" t="n">
+        <x:v>1128</x:v>
+      </x:c>
+      <x:c r="EL47" s="3" t="n">
+        <x:v>1880</x:v>
+      </x:c>
+      <x:c r="EM47" s="3" t="n">
+        <x:v>1703</x:v>
+      </x:c>
+      <x:c r="EN47" s="3" t="n">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="EO47" s="3" t="n">
+        <x:v>1934</x:v>
+      </x:c>
+      <x:c r="EP47" s="3" t="n">
+        <x:v>1564</x:v>
+      </x:c>
+      <x:c r="EQ47" s="3" t="n">
+        <x:v>1340</x:v>
+      </x:c>
+      <x:c r="ER47" s="3" t="n">
+        <x:v>1455</x:v>
+      </x:c>
+      <x:c r="ES47" s="3" t="n">
+        <x:v>1498</x:v>
+      </x:c>
+      <x:c r="ET47" s="3" t="n">
+        <x:v>1179</x:v>
+      </x:c>
+      <x:c r="EU47" s="3" t="n">
+        <x:v>1300</x:v>
+      </x:c>
+      <x:c r="EV47" s="3" t="n">
+        <x:v>1141</x:v>
+      </x:c>
+      <x:c r="EW47" s="3" t="n">
+        <x:v>1254</x:v>
+      </x:c>
+      <x:c r="EX47" s="3" t="n">
+        <x:v>1125</x:v>
+      </x:c>
+      <x:c r="EY47" s="3" t="n">
+        <x:v>1175</x:v>
+      </x:c>
+      <x:c r="EZ47" s="3" t="n">
+        <x:v>1987</x:v>
+      </x:c>
+      <x:c r="FA47" s="3" t="n">
+        <x:v>1239</x:v>
+      </x:c>
+      <x:c r="FB47" s="3" t="n">
+        <x:v>1212</x:v>
+      </x:c>
+      <x:c r="FC47" s="3" t="n">
+        <x:v>1546</x:v>
+      </x:c>
+      <x:c r="FD47" s="3" t="n">
+        <x:v>1198</x:v>
+      </x:c>
+      <x:c r="FE47" s="3" t="n">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c r="FF47" s="3" t="n">
+        <x:v>1406</x:v>
+      </x:c>
+      <x:c r="FG47" s="3" t="n">
+        <x:v>1325</x:v>
+      </x:c>
+      <x:c r="FH47" s="3" t="n">
+        <x:v>1235</x:v>
+      </x:c>
+      <x:c r="FI47" s="3" t="n">
+        <x:v>1443</x:v>
+      </x:c>
+      <x:c r="FJ47" s="3" t="n">
+        <x:v>1281</x:v>
+      </x:c>
+      <x:c r="FK47" s="3" t="n">
+        <x:v>1095</x:v>
+      </x:c>
+      <x:c r="FL47" s="3" t="n">
+        <x:v>1189</x:v>
+      </x:c>
+      <x:c r="FM47" s="3" t="n">
+        <x:v>1336</x:v>
+      </x:c>
+      <x:c r="FN47" s="3" t="n">
+        <x:v>1002</x:v>
+      </x:c>
+      <x:c r="FO47" s="3" t="n">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="FP47" s="3" t="n">
+        <x:v>942</x:v>
+      </x:c>
+      <x:c r="FQ47" s="3" t="n">
+        <x:v>1010</x:v>
+      </x:c>
+      <x:c r="FR47" s="3" t="n">
+        <x:v>864</x:v>
+      </x:c>
+      <x:c r="FS47" s="3" t="n">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="FT47" s="3" t="n">
+        <x:v>821</x:v>
+      </x:c>
+      <x:c r="FU47" s="3" t="n">
+        <x:v>941</x:v>
+      </x:c>
+      <x:c r="FV47" s="3" t="n">
+        <x:v>1087</x:v>
+      </x:c>
+      <x:c r="FW47" s="3" t="n">
+        <x:v>1250</x:v>
+      </x:c>
+      <x:c r="FX47" s="3" t="n">
+        <x:v>993</x:v>
+      </x:c>
+      <x:c r="FY47" s="3" t="n">
+        <x:v>1183</x:v>
+      </x:c>
+      <x:c r="FZ47" s="3" t="n">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="GA47" s="3" t="n">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="GB47" s="3" t="n">
+        <x:v>915</x:v>
+      </x:c>
+      <x:c r="GC47" s="3" t="n">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="GD47" s="3" t="n">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="GE47" s="3" t="n">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="GF47" s="3" t="n">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="GG47" s="3" t="n">
+        <x:v>855</x:v>
+      </x:c>
+      <x:c r="GH47" s="3" t="n">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="GI47" s="3" t="n">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="GJ47" s="3" t="n">
+        <x:v>999</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:192">
+      <x:c r="A48" s="2" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="B48" s="3" t="n">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="C48" s="3" t="n">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="D48" s="3" t="n">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="E48" s="3" t="n">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="F48" s="3" t="n">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="G48" s="3" t="n">
         <x:v>572</x:v>
       </x:c>
-      <x:c r="AW36" s="3" t="n">
-[...44 lines deleted...]
-      <x:c r="BL36" s="3" t="n">
+      <x:c r="H48" s="3" t="n">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="I48" s="3" t="n">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="J48" s="3" t="n">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="K48" s="3" t="n">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="L48" s="3" t="n">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="M48" s="3" t="n">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="N48" s="3" t="n">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="O48" s="3" t="n">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="P48" s="3" t="n">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="Q48" s="3" t="n">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="R48" s="3" t="n">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="S48" s="3" t="n">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="T48" s="3" t="n">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="U48" s="3" t="n">
+        <x:v>885</x:v>
+      </x:c>
+      <x:c r="V48" s="3" t="n">
         <x:v>721</x:v>
       </x:c>
-      <x:c r="BM36" s="3" t="n">
-[...362 lines deleted...]
-      <x:c r="GD36" s="3" t="n">
+      <x:c r="W48" s="3" t="n">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="X48" s="3" t="n">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="Y48" s="3" t="n">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="Z48" s="3" t="n">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="AA48" s="3" t="n">
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="AB48" s="3" t="n">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="AC48" s="3" t="n">
+        <x:v>928</x:v>
+      </x:c>
+      <x:c r="AD48" s="3" t="n">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="AE48" s="3" t="n">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="AF48" s="3" t="n">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="AG48" s="3" t="n">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c r="AH48" s="3" t="n">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="AI48" s="3" t="n">
+        <x:v>1002</x:v>
+      </x:c>
+      <x:c r="AJ48" s="3" t="n">
+        <x:v>1036</x:v>
+      </x:c>
+      <x:c r="AK48" s="3" t="n">
+        <x:v>1006</x:v>
+      </x:c>
+      <x:c r="AL48" s="3" t="n">
+        <x:v>1073</x:v>
+      </x:c>
+      <x:c r="AM48" s="3" t="n">
+        <x:v>1076</x:v>
+      </x:c>
+      <x:c r="AN48" s="3" t="n">
+        <x:v>1087</x:v>
+      </x:c>
+      <x:c r="AO48" s="3" t="n">
+        <x:v>948</x:v>
+      </x:c>
+      <x:c r="AP48" s="3" t="n">
+        <x:v>982</x:v>
+      </x:c>
+      <x:c r="AQ48" s="3" t="n">
+        <x:v>1074</x:v>
+      </x:c>
+      <x:c r="AR48" s="3" t="n">
+        <x:v>1084</x:v>
+      </x:c>
+      <x:c r="AS48" s="3" t="n">
+        <x:v>973</x:v>
+      </x:c>
+      <x:c r="AT48" s="3" t="n">
+        <x:v>1037</x:v>
+      </x:c>
+      <x:c r="AU48" s="3" t="n">
+        <x:v>1066</x:v>
+      </x:c>
+      <x:c r="AV48" s="3" t="n">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c r="AW48" s="3" t="n">
+        <x:v>1077</x:v>
+      </x:c>
+      <x:c r="AX48" s="3" t="n">
+        <x:v>1189</x:v>
+      </x:c>
+      <x:c r="AY48" s="3" t="n">
+        <x:v>1077</x:v>
+      </x:c>
+      <x:c r="AZ48" s="3" t="n">
+        <x:v>1156</x:v>
+      </x:c>
+      <x:c r="BA48" s="3" t="n">
+        <x:v>1264</x:v>
+      </x:c>
+      <x:c r="BB48" s="3" t="n">
+        <x:v>1182</x:v>
+      </x:c>
+      <x:c r="BC48" s="3" t="n">
+        <x:v>1152</x:v>
+      </x:c>
+      <x:c r="BD48" s="3" t="n">
+        <x:v>1136</x:v>
+      </x:c>
+      <x:c r="BE48" s="3" t="n">
+        <x:v>1390</x:v>
+      </x:c>
+      <x:c r="BF48" s="3" t="n">
+        <x:v>1275</x:v>
+      </x:c>
+      <x:c r="BG48" s="3" t="n">
+        <x:v>1312</x:v>
+      </x:c>
+      <x:c r="BH48" s="3" t="n">
+        <x:v>1390</x:v>
+      </x:c>
+      <x:c r="BI48" s="3" t="n">
+        <x:v>1338</x:v>
+      </x:c>
+      <x:c r="BJ48" s="3" t="n">
+        <x:v>1284</x:v>
+      </x:c>
+      <x:c r="BK48" s="3" t="n">
+        <x:v>1328</x:v>
+      </x:c>
+      <x:c r="BL48" s="3" t="n">
+        <x:v>1514</x:v>
+      </x:c>
+      <x:c r="BM48" s="3" t="n">
+        <x:v>1417</x:v>
+      </x:c>
+      <x:c r="BN48" s="3" t="n">
+        <x:v>1526</x:v>
+      </x:c>
+      <x:c r="BO48" s="3" t="n">
+        <x:v>1538</x:v>
+      </x:c>
+      <x:c r="BP48" s="3" t="n">
+        <x:v>1511</x:v>
+      </x:c>
+      <x:c r="BQ48" s="3" t="n">
+        <x:v>1451</x:v>
+      </x:c>
+      <x:c r="BR48" s="3" t="n">
+        <x:v>1599</x:v>
+      </x:c>
+      <x:c r="BS48" s="3" t="n">
+        <x:v>1655</x:v>
+      </x:c>
+      <x:c r="BT48" s="3" t="n">
+        <x:v>1553</x:v>
+      </x:c>
+      <x:c r="BU48" s="3" t="n">
+        <x:v>1623</x:v>
+      </x:c>
+      <x:c r="BV48" s="3" t="n">
+        <x:v>1608</x:v>
+      </x:c>
+      <x:c r="BW48" s="3" t="n">
+        <x:v>1637</x:v>
+      </x:c>
+      <x:c r="BX48" s="3" t="n">
+        <x:v>1728</x:v>
+      </x:c>
+      <x:c r="BY48" s="3" t="n">
+        <x:v>1827</x:v>
+      </x:c>
+      <x:c r="BZ48" s="3" t="n">
+        <x:v>1762</x:v>
+      </x:c>
+      <x:c r="CA48" s="3" t="n">
+        <x:v>1916</x:v>
+      </x:c>
+      <x:c r="CB48" s="3" t="n">
+        <x:v>1925</x:v>
+      </x:c>
+      <x:c r="CC48" s="3" t="n">
+        <x:v>1972</x:v>
+      </x:c>
+      <x:c r="CD48" s="3" t="n">
+        <x:v>1931</x:v>
+      </x:c>
+      <x:c r="CE48" s="3" t="n">
+        <x:v>2009</x:v>
+      </x:c>
+      <x:c r="CF48" s="3" t="n">
+        <x:v>2043</x:v>
+      </x:c>
+      <x:c r="CG48" s="3" t="n">
+        <x:v>1996</x:v>
+      </x:c>
+      <x:c r="CH48" s="3" t="n">
         <x:v>2112</x:v>
       </x:c>
-      <x:c r="GE36" s="3" t="n">
-[...12 lines deleted...]
-        <x:v>1963</x:v>
+      <x:c r="CI48" s="3" t="n">
+        <x:v>2135</x:v>
+      </x:c>
+      <x:c r="CJ48" s="3" t="n">
+        <x:v>2166</x:v>
+      </x:c>
+      <x:c r="CK48" s="3" t="n">
+        <x:v>2249</x:v>
+      </x:c>
+      <x:c r="CL48" s="3" t="n">
+        <x:v>2344</x:v>
+      </x:c>
+      <x:c r="CM48" s="3" t="n">
+        <x:v>2349</x:v>
+      </x:c>
+      <x:c r="CN48" s="3" t="n">
+        <x:v>2348</x:v>
+      </x:c>
+      <x:c r="CO48" s="3" t="n">
+        <x:v>2214</x:v>
+      </x:c>
+      <x:c r="CP48" s="3" t="n">
+        <x:v>2338</x:v>
+      </x:c>
+      <x:c r="CQ48" s="3" t="n">
+        <x:v>2314</x:v>
+      </x:c>
+      <x:c r="CR48" s="3" t="n">
+        <x:v>2190</x:v>
+      </x:c>
+      <x:c r="CS48" s="3" t="n">
+        <x:v>2214</x:v>
+      </x:c>
+      <x:c r="CT48" s="3" t="n">
+        <x:v>2194</x:v>
+      </x:c>
+      <x:c r="CU48" s="3" t="n">
+        <x:v>2191</x:v>
+      </x:c>
+      <x:c r="CV48" s="3" t="n">
+        <x:v>2281</x:v>
+      </x:c>
+      <x:c r="CW48" s="3" t="n">
+        <x:v>2194</x:v>
+      </x:c>
+      <x:c r="CX48" s="3" t="n">
+        <x:v>1785</x:v>
+      </x:c>
+      <x:c r="CY48" s="3" t="n">
+        <x:v>1814</x:v>
+      </x:c>
+      <x:c r="CZ48" s="3" t="n">
+        <x:v>1862</x:v>
+      </x:c>
+      <x:c r="DA48" s="3" t="n">
+        <x:v>1897</x:v>
+      </x:c>
+      <x:c r="DB48" s="3" t="n">
+        <x:v>1944</x:v>
+      </x:c>
+      <x:c r="DC48" s="3" t="n">
+        <x:v>1953</x:v>
+      </x:c>
+      <x:c r="DD48" s="3" t="n">
+        <x:v>1884</x:v>
+      </x:c>
+      <x:c r="DE48" s="3" t="n">
+        <x:v>1945</x:v>
+      </x:c>
+      <x:c r="DF48" s="3" t="n">
+        <x:v>1920</x:v>
+      </x:c>
+      <x:c r="DG48" s="3" t="n">
+        <x:v>1866</x:v>
+      </x:c>
+      <x:c r="DH48" s="3" t="n">
+        <x:v>1903</x:v>
+      </x:c>
+      <x:c r="DI48" s="3" t="n">
+        <x:v>1906</x:v>
+      </x:c>
+      <x:c r="DJ48" s="3" t="n">
+        <x:v>2028</x:v>
+      </x:c>
+      <x:c r="DK48" s="3" t="n">
+        <x:v>2194</x:v>
+      </x:c>
+      <x:c r="DL48" s="3" t="n">
+        <x:v>2066</x:v>
+      </x:c>
+      <x:c r="DM48" s="3" t="n">
+        <x:v>2167</x:v>
+      </x:c>
+      <x:c r="DN48" s="3" t="n">
+        <x:v>2006</x:v>
+      </x:c>
+      <x:c r="DO48" s="3" t="n">
+        <x:v>1887</x:v>
+      </x:c>
+      <x:c r="DP48" s="3" t="n">
+        <x:v>1979</x:v>
+      </x:c>
+      <x:c r="DQ48" s="3" t="n">
+        <x:v>1913</x:v>
+      </x:c>
+      <x:c r="DR48" s="3" t="n">
+        <x:v>2601</x:v>
+      </x:c>
+      <x:c r="DS48" s="3" t="n">
+        <x:v>2649</x:v>
+      </x:c>
+      <x:c r="DT48" s="3" t="n">
+        <x:v>2606</x:v>
+      </x:c>
+      <x:c r="DU48" s="3" t="n">
+        <x:v>2678</x:v>
+      </x:c>
+      <x:c r="DV48" s="3" t="n">
+        <x:v>4139</x:v>
+      </x:c>
+      <x:c r="DW48" s="3" t="n">
+        <x:v>4100</x:v>
+      </x:c>
+      <x:c r="DX48" s="3" t="n">
+        <x:v>3884</x:v>
+      </x:c>
+      <x:c r="DY48" s="3" t="n">
+        <x:v>3904</x:v>
+      </x:c>
+      <x:c r="DZ48" s="3" t="n">
+        <x:v>4447</x:v>
+      </x:c>
+      <x:c r="EA48" s="3" t="n">
+        <x:v>4422</x:v>
+      </x:c>
+      <x:c r="EB48" s="3" t="n">
+        <x:v>4561</x:v>
+      </x:c>
+      <x:c r="EC48" s="3" t="n">
+        <x:v>4375</x:v>
+      </x:c>
+      <x:c r="ED48" s="3" t="n">
+        <x:v>4389</x:v>
+      </x:c>
+      <x:c r="EE48" s="3" t="n">
+        <x:v>4501</x:v>
+      </x:c>
+      <x:c r="EF48" s="3" t="n">
+        <x:v>4552</x:v>
+      </x:c>
+      <x:c r="EG48" s="3" t="n">
+        <x:v>4602</x:v>
+      </x:c>
+      <x:c r="EH48" s="3" t="n">
+        <x:v>3876</x:v>
+      </x:c>
+      <x:c r="EI48" s="3" t="n">
+        <x:v>3922</x:v>
+      </x:c>
+      <x:c r="EJ48" s="3" t="n">
+        <x:v>4120</x:v>
+      </x:c>
+      <x:c r="EK48" s="3" t="n">
+        <x:v>4342</x:v>
+      </x:c>
+      <x:c r="EL48" s="3" t="n">
+        <x:v>3748</x:v>
+      </x:c>
+      <x:c r="EM48" s="3" t="n">
+        <x:v>4344</x:v>
+      </x:c>
+      <x:c r="EN48" s="3" t="n">
+        <x:v>3435</x:v>
+      </x:c>
+      <x:c r="EO48" s="3" t="n">
+        <x:v>3497</x:v>
+      </x:c>
+      <x:c r="EP48" s="3" t="n">
+        <x:v>3897</x:v>
+      </x:c>
+      <x:c r="EQ48" s="3" t="n">
+        <x:v>3933</x:v>
+      </x:c>
+      <x:c r="ER48" s="3" t="n">
+        <x:v>3861</x:v>
+      </x:c>
+      <x:c r="ES48" s="3" t="n">
+        <x:v>3719</x:v>
+      </x:c>
+      <x:c r="ET48" s="3" t="n">
+        <x:v>4059</x:v>
+      </x:c>
+      <x:c r="EU48" s="3" t="n">
+        <x:v>3961</x:v>
+      </x:c>
+      <x:c r="EV48" s="3" t="n">
+        <x:v>4024</x:v>
+      </x:c>
+      <x:c r="EW48" s="3" t="n">
+        <x:v>4056</x:v>
+      </x:c>
+      <x:c r="EX48" s="3" t="n">
+        <x:v>4480</x:v>
+      </x:c>
+      <x:c r="EY48" s="3" t="n">
+        <x:v>4491</x:v>
+      </x:c>
+      <x:c r="EZ48" s="3" t="n">
+        <x:v>4075</x:v>
+      </x:c>
+      <x:c r="FA48" s="3" t="n">
+        <x:v>3404</x:v>
+      </x:c>
+      <x:c r="FB48" s="3" t="n">
+        <x:v>4084</x:v>
+      </x:c>
+      <x:c r="FC48" s="3" t="n">
+        <x:v>4003</x:v>
+      </x:c>
+      <x:c r="FD48" s="3" t="n">
+        <x:v>4391</x:v>
+      </x:c>
+      <x:c r="FE48" s="3" t="n">
+        <x:v>5195</x:v>
+      </x:c>
+      <x:c r="FF48" s="3" t="n">
+        <x:v>4267</x:v>
+      </x:c>
+      <x:c r="FG48" s="3" t="n">
+        <x:v>4613</x:v>
+      </x:c>
+      <x:c r="FH48" s="3" t="n">
+        <x:v>4574</x:v>
+      </x:c>
+      <x:c r="FI48" s="3" t="n">
+        <x:v>4082</x:v>
+      </x:c>
+      <x:c r="FJ48" s="3" t="n">
+        <x:v>3901</x:v>
+      </x:c>
+      <x:c r="FK48" s="3" t="n">
+        <x:v>3819</x:v>
+      </x:c>
+      <x:c r="FL48" s="3" t="n">
+        <x:v>3698</x:v>
+      </x:c>
+      <x:c r="FM48" s="3" t="n">
+        <x:v>3957</x:v>
+      </x:c>
+      <x:c r="FN48" s="3" t="n">
+        <x:v>4466</x:v>
+      </x:c>
+      <x:c r="FO48" s="3" t="n">
+        <x:v>4770</x:v>
+      </x:c>
+      <x:c r="FP48" s="3" t="n">
+        <x:v>4812</x:v>
+      </x:c>
+      <x:c r="FQ48" s="3" t="n">
+        <x:v>5525</x:v>
+      </x:c>
+      <x:c r="FR48" s="3" t="n">
+        <x:v>5252</x:v>
+      </x:c>
+      <x:c r="FS48" s="3" t="n">
+        <x:v>5279</x:v>
+      </x:c>
+      <x:c r="FT48" s="3" t="n">
+        <x:v>5315</x:v>
+      </x:c>
+      <x:c r="FU48" s="3" t="n">
+        <x:v>5762</x:v>
+      </x:c>
+      <x:c r="FV48" s="3" t="n">
+        <x:v>6064</x:v>
+      </x:c>
+      <x:c r="FW48" s="3" t="n">
+        <x:v>6502</x:v>
+      </x:c>
+      <x:c r="FX48" s="3" t="n">
+        <x:v>6172</x:v>
+      </x:c>
+      <x:c r="FY48" s="3" t="n">
+        <x:v>6000</x:v>
+      </x:c>
+      <x:c r="FZ48" s="3" t="n">
+        <x:v>6421</x:v>
+      </x:c>
+      <x:c r="GA48" s="3" t="n">
+        <x:v>6656</x:v>
+      </x:c>
+      <x:c r="GB48" s="3" t="n">
+        <x:v>6448</x:v>
+      </x:c>
+      <x:c r="GC48" s="3" t="n">
+        <x:v>6589</x:v>
+      </x:c>
+      <x:c r="GD48" s="3" t="n">
+        <x:v>6903</x:v>
+      </x:c>
+      <x:c r="GE48" s="3" t="n">
+        <x:v>7312</x:v>
+      </x:c>
+      <x:c r="GF48" s="3" t="n">
+        <x:v>7443</x:v>
+      </x:c>
+      <x:c r="GG48" s="3" t="n">
+        <x:v>7414</x:v>
+      </x:c>
+      <x:c r="GH48" s="3" t="n">
+        <x:v>7552</x:v>
+      </x:c>
+      <x:c r="GI48" s="3" t="n">
+        <x:v>7285</x:v>
+      </x:c>
+      <x:c r="GJ48" s="3" t="n">
+        <x:v>7431</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:191">
-[...96 lines deleted...]
-      <x:c r="AG37" s="3" t="n">
+    <x:row r="49" spans="1:192">
+      <x:c r="A49" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="AH37" s="3" t="n">
-[...6802 lines deleted...]
-      </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D49" s="3" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E49" s="3" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F49" s="3" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="G49" s="3" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="H49" s="3" t="n">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="E49" s="3" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I49" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="J49" s="3" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="K49" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="L49" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="M49" s="3" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="O49" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="P49" s="3" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Q49" s="3" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="R49" s="3" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="S49" s="3" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="T49" s="3" t="n">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="U49" s="3" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="V49" s="3" t="n">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="W49" s="3" t="n">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="Q49" s="3" t="n">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="X49" s="3" t="n">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="Y49" s="3" t="n">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="Y49" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Z49" s="3" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="AA49" s="3" t="n">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="AA49" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="AB49" s="3" t="n">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="AC49" s="3" t="n">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="AD49" s="3" t="n">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="AE49" s="3" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="AF49" s="3" t="n">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="AG49" s="3" t="n">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="AH49" s="3" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="AI49" s="3" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="AJ49" s="3" t="n">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="AK49" s="3" t="n">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="AE49" s="3" t="n">
-[...5 lines deleted...]
-      <x:c r="AG49" s="3" t="n">
+      <x:c r="AL49" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="AM49" s="3" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="AN49" s="3" t="n">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="AH49" s="3" t="n">
-[...17 lines deleted...]
-      <x:c r="AN49" s="3" t="n">
+      <x:c r="AO49" s="3" t="n">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="AO49" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="AP49" s="3" t="n">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="AQ49" s="3" t="n">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="AR49" s="3" t="n">
-        <x:v>37</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="AS49" s="3" t="n">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="AT49" s="3" t="n">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="AU49" s="3" t="n">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="AV49" s="3" t="n">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="AW49" s="3" t="n">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="AX49" s="3" t="n">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="AY49" s="3" t="n">
-        <x:v>100</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="AZ49" s="3" t="n">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="BA49" s="3" t="n">
-        <x:v>103</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="BB49" s="3" t="n">
-        <x:v>149</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="BC49" s="3" t="n">
-        <x:v>156</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="BD49" s="3" t="n">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="BE49" s="3" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="BF49" s="3" t="n">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="BG49" s="3" t="n">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="BH49" s="3" t="n">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="BI49" s="3" t="n">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="BJ49" s="3" t="n">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="BK49" s="3" t="n">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="BE49" s="3" t="n">
-[...2 lines deleted...]
-      <x:c r="BF49" s="3" t="n">
+      <x:c r="BL49" s="3" t="n">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="BM49" s="3" t="n">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="BN49" s="3" t="n">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="BO49" s="3" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="BP49" s="3" t="n">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="BQ49" s="3" t="n">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="BR49" s="3" t="n">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="BS49" s="3" t="n">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="BT49" s="3" t="n">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="BU49" s="3" t="n">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="BV49" s="3" t="n">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="BW49" s="3" t="n">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="BX49" s="3" t="n">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="BY49" s="3" t="n">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="BZ49" s="3" t="n">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="CA49" s="3" t="n">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="CB49" s="3" t="n">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="CC49" s="3" t="n">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="CD49" s="3" t="n">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="CE49" s="3" t="n">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="CF49" s="3" t="n">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="CG49" s="3" t="n">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="CH49" s="3" t="n">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="CI49" s="3" t="n">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="CJ49" s="3" t="n">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="CK49" s="3" t="n">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="CL49" s="3" t="n">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="BG49" s="3" t="n">
-[...5 lines deleted...]
-      <x:c r="BI49" s="3" t="n">
+      <x:c r="CM49" s="3" t="n">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="CN49" s="3" t="n">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="CO49" s="3" t="n">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="CP49" s="3" t="n">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="CQ49" s="3" t="n">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="CR49" s="3" t="n">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="CS49" s="3" t="n">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="CT49" s="3" t="n">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="CU49" s="3" t="n">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="CV49" s="3" t="n">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="CW49" s="3" t="n">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="CX49" s="3" t="n">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="CY49" s="3" t="n">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="CZ49" s="3" t="n">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="DA49" s="3" t="n">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="DB49" s="3" t="n">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="DC49" s="3" t="n">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="DD49" s="3" t="n">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="DE49" s="3" t="n">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="DF49" s="3" t="n">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="DG49" s="3" t="n">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="DH49" s="3" t="n">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="DI49" s="3" t="n">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="DJ49" s="3" t="n">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="DK49" s="3" t="n">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="DL49" s="3" t="n">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="DM49" s="3" t="n">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="DN49" s="3" t="n">
+        <x:v>1057</x:v>
+      </x:c>
+      <x:c r="DO49" s="3" t="n">
+        <x:v>1019</x:v>
+      </x:c>
+      <x:c r="DP49" s="3" t="n">
+        <x:v>1269</x:v>
+      </x:c>
+      <x:c r="DQ49" s="3" t="n">
+        <x:v>1245</x:v>
+      </x:c>
+      <x:c r="DR49" s="3" t="n">
+        <x:v>1191</x:v>
+      </x:c>
+      <x:c r="DS49" s="3" t="n">
+        <x:v>1251</x:v>
+      </x:c>
+      <x:c r="DT49" s="3" t="n">
+        <x:v>1538</x:v>
+      </x:c>
+      <x:c r="DU49" s="3" t="n">
+        <x:v>1624</x:v>
+      </x:c>
+      <x:c r="DV49" s="3" t="n">
+        <x:v>1107</x:v>
+      </x:c>
+      <x:c r="DW49" s="3" t="n">
+        <x:v>1237</x:v>
+      </x:c>
+      <x:c r="DX49" s="3" t="n">
+        <x:v>1403</x:v>
+      </x:c>
+      <x:c r="DY49" s="3" t="n">
+        <x:v>1148</x:v>
+      </x:c>
+      <x:c r="DZ49" s="3" t="n">
+        <x:v>1124</x:v>
+      </x:c>
+      <x:c r="EA49" s="3" t="n">
+        <x:v>1292</x:v>
+      </x:c>
+      <x:c r="EB49" s="3" t="n">
+        <x:v>1329</x:v>
+      </x:c>
+      <x:c r="EC49" s="3" t="n">
+        <x:v>1347</x:v>
+      </x:c>
+      <x:c r="ED49" s="3" t="n">
+        <x:v>1410</x:v>
+      </x:c>
+      <x:c r="EE49" s="3" t="n">
+        <x:v>1195</x:v>
+      </x:c>
+      <x:c r="EF49" s="3" t="n">
+        <x:v>1361</x:v>
+      </x:c>
+      <x:c r="EG49" s="3" t="n">
+        <x:v>1596</x:v>
+      </x:c>
+      <x:c r="EH49" s="3" t="n">
+        <x:v>1212</x:v>
+      </x:c>
+      <x:c r="EI49" s="3" t="n">
+        <x:v>1349</x:v>
+      </x:c>
+      <x:c r="EJ49" s="3" t="n">
+        <x:v>1513</x:v>
+      </x:c>
+      <x:c r="EK49" s="3" t="n">
+        <x:v>1247</x:v>
+      </x:c>
+      <x:c r="EL49" s="3" t="n">
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="EM49" s="3" t="n">
+        <x:v>1236</x:v>
+      </x:c>
+      <x:c r="EN49" s="3" t="n">
+        <x:v>1707</x:v>
+      </x:c>
+      <x:c r="EO49" s="3" t="n">
+        <x:v>948</x:v>
+      </x:c>
+      <x:c r="EP49" s="3" t="n">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="EQ49" s="3" t="n">
+        <x:v>1175</x:v>
+      </x:c>
+      <x:c r="ER49" s="3" t="n">
+        <x:v>1333</x:v>
+      </x:c>
+      <x:c r="ES49" s="3" t="n">
+        <x:v>1761</x:v>
+      </x:c>
+      <x:c r="ET49" s="3" t="n">
+        <x:v>1666</x:v>
+      </x:c>
+      <x:c r="EU49" s="3" t="n">
+        <x:v>1581</x:v>
+      </x:c>
+      <x:c r="EV49" s="3" t="n">
+        <x:v>1359</x:v>
+      </x:c>
+      <x:c r="EW49" s="3" t="n">
+        <x:v>1340</x:v>
+      </x:c>
+      <x:c r="EX49" s="3" t="n">
+        <x:v>1678</x:v>
+      </x:c>
+      <x:c r="EY49" s="3" t="n">
+        <x:v>1568</x:v>
+      </x:c>
+      <x:c r="EZ49" s="3" t="n">
+        <x:v>2226</x:v>
+      </x:c>
+      <x:c r="FA49" s="3" t="n">
+        <x:v>2086</x:v>
+      </x:c>
+      <x:c r="FB49" s="3" t="n">
+        <x:v>2162</x:v>
+      </x:c>
+      <x:c r="FC49" s="3" t="n">
+        <x:v>1898</x:v>
+      </x:c>
+      <x:c r="FD49" s="3" t="n">
+        <x:v>1657</x:v>
+      </x:c>
+      <x:c r="FE49" s="3" t="n">
+        <x:v>1651</x:v>
+      </x:c>
+      <x:c r="FF49" s="3" t="n">
+        <x:v>1467</x:v>
+      </x:c>
+      <x:c r="FG49" s="3" t="n">
+        <x:v>1613</x:v>
+      </x:c>
+      <x:c r="FH49" s="3" t="n">
+        <x:v>1633</x:v>
+      </x:c>
+      <x:c r="FI49" s="3" t="n">
+        <x:v>1494</x:v>
+      </x:c>
+      <x:c r="FJ49" s="3" t="n">
+        <x:v>1487</x:v>
+      </x:c>
+      <x:c r="FK49" s="3" t="n">
+        <x:v>1579</x:v>
+      </x:c>
+      <x:c r="FL49" s="3" t="n">
+        <x:v>1478</x:v>
+      </x:c>
+      <x:c r="FM49" s="3" t="n">
+        <x:v>1751</x:v>
+      </x:c>
+      <x:c r="FN49" s="3" t="n">
+        <x:v>1861</x:v>
+      </x:c>
+      <x:c r="FO49" s="3" t="n">
+        <x:v>1654</x:v>
+      </x:c>
+      <x:c r="FP49" s="3" t="n">
+        <x:v>1896</x:v>
+      </x:c>
+      <x:c r="FQ49" s="3" t="n">
+        <x:v>1870</x:v>
+      </x:c>
+      <x:c r="FR49" s="3" t="n">
+        <x:v>1711</x:v>
+      </x:c>
+      <x:c r="FS49" s="3" t="n">
+        <x:v>1473</x:v>
+      </x:c>
+      <x:c r="FT49" s="3" t="n">
+        <x:v>1630</x:v>
+      </x:c>
+      <x:c r="FU49" s="3" t="n">
+        <x:v>1718</x:v>
+      </x:c>
+      <x:c r="FV49" s="3" t="n">
+        <x:v>1462</x:v>
+      </x:c>
+      <x:c r="FW49" s="3" t="n">
+        <x:v>1744</x:v>
+      </x:c>
+      <x:c r="FX49" s="3" t="n">
+        <x:v>1768</x:v>
+      </x:c>
+      <x:c r="FY49" s="3" t="n">
+        <x:v>1775</x:v>
+      </x:c>
+      <x:c r="FZ49" s="3" t="n">
+        <x:v>2028</x:v>
+      </x:c>
+      <x:c r="GA49" s="3" t="n">
+        <x:v>2170</x:v>
+      </x:c>
+      <x:c r="GB49" s="3" t="n">
+        <x:v>1917</x:v>
+      </x:c>
+      <x:c r="GC49" s="3" t="n">
+        <x:v>1980</x:v>
+      </x:c>
+      <x:c r="GD49" s="3" t="n">
+        <x:v>1574</x:v>
+      </x:c>
+      <x:c r="GE49" s="3" t="n">
+        <x:v>1444</x:v>
+      </x:c>
+      <x:c r="GF49" s="3" t="n">
+        <x:v>1600</x:v>
+      </x:c>
+      <x:c r="GG49" s="3" t="n">
+        <x:v>1541</x:v>
+      </x:c>
+      <x:c r="GH49" s="3" t="n">
+        <x:v>1466</x:v>
+      </x:c>
+      <x:c r="GI49" s="3" t="n">
+        <x:v>1276</x:v>
+      </x:c>
+      <x:c r="GJ49" s="3" t="n">
+        <x:v>1303</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:192">
+      <x:c r="A50" s="2" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="B50" s="3" t="n">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="C50" s="3" t="n">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D50" s="3" t="n">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E50" s="3" t="n">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="F50" s="3" t="n">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="G50" s="3" t="n">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H50" s="3" t="n">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="I50" s="3" t="n">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="J50" s="3" t="n">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="K50" s="3" t="n">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="L50" s="3" t="n">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="M50" s="3" t="n">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="N50" s="3" t="n">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="O50" s="3" t="n">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="P50" s="3" t="n">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="Q50" s="3" t="n">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="R50" s="3" t="n">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="S50" s="3" t="n">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="T50" s="3" t="n">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="U50" s="3" t="n">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="V50" s="3" t="n">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="W50" s="3" t="n">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="X50" s="3" t="n">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="Y50" s="3" t="n">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="Z50" s="3" t="n">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="AA50" s="3" t="n">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="AB50" s="3" t="n">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="AC50" s="3" t="n">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="AD50" s="3" t="n">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="AE50" s="3" t="n">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="AF50" s="3" t="n">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="AG50" s="3" t="n">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="BJ49" s="3" t="n">
+      <x:c r="AH50" s="3" t="n">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="AI50" s="3" t="n">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="AJ50" s="3" t="n">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="AK50" s="3" t="n">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="AL50" s="3" t="n">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="AM50" s="3" t="n">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="AN50" s="3" t="n">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="BK49" s="3" t="n">
-[...20 lines deleted...]
-      <x:c r="BR49" s="3" t="n">
+      <x:c r="AO50" s="3" t="n">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="AP50" s="3" t="n">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="AQ50" s="3" t="n">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="AR50" s="3" t="n">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="AS50" s="3" t="n">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="BS49" s="3" t="n">
-[...32 lines deleted...]
-      <x:c r="CD49" s="3" t="n">
+      <x:c r="AT50" s="3" t="n">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="AU50" s="3" t="n">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="AV50" s="3" t="n">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="AW50" s="3" t="n">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="AX50" s="3" t="n">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="AY50" s="3" t="n">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="AZ50" s="3" t="n">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="BA50" s="3" t="n">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="BB50" s="3" t="n">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="BC50" s="3" t="n">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="BD50" s="3" t="n">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="BE50" s="3" t="n">
+        <x:v>762</x:v>
+      </x:c>
+      <x:c r="BF50" s="3" t="n">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="BG50" s="3" t="n">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="BH50" s="3" t="n">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="BI50" s="3" t="n">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="BJ50" s="3" t="n">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="BK50" s="3" t="n">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="BL50" s="3" t="n">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="BM50" s="3" t="n">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="BN50" s="3" t="n">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="BO50" s="3" t="n">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="BP50" s="3" t="n">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="BQ50" s="3" t="n">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="BR50" s="3" t="n">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="BS50" s="3" t="n">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="BT50" s="3" t="n">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="BU50" s="3" t="n">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="BV50" s="3" t="n">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="BW50" s="3" t="n">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="BX50" s="3" t="n">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="BY50" s="3" t="n">
+        <x:v>854</x:v>
+      </x:c>
+      <x:c r="BZ50" s="3" t="n">
+        <x:v>903</x:v>
+      </x:c>
+      <x:c r="CA50" s="3" t="n">
+        <x:v>1021</x:v>
+      </x:c>
+      <x:c r="CB50" s="3" t="n">
+        <x:v>985</x:v>
+      </x:c>
+      <x:c r="CC50" s="3" t="n">
+        <x:v>1210</x:v>
+      </x:c>
+      <x:c r="CD50" s="3" t="n">
+        <x:v>1158</x:v>
+      </x:c>
+      <x:c r="CE50" s="3" t="n">
+        <x:v>1083</x:v>
+      </x:c>
+      <x:c r="CF50" s="3" t="n">
+        <x:v>1087</x:v>
+      </x:c>
+      <x:c r="CG50" s="3" t="n">
+        <x:v>1269</x:v>
+      </x:c>
+      <x:c r="CH50" s="3" t="n">
+        <x:v>1357</x:v>
+      </x:c>
+      <x:c r="CI50" s="3" t="n">
+        <x:v>1249</x:v>
+      </x:c>
+      <x:c r="CJ50" s="3" t="n">
+        <x:v>1362</x:v>
+      </x:c>
+      <x:c r="CK50" s="3" t="n">
+        <x:v>1519</x:v>
+      </x:c>
+      <x:c r="CL50" s="3" t="n">
+        <x:v>1385</x:v>
+      </x:c>
+      <x:c r="CM50" s="3" t="n">
+        <x:v>1284</x:v>
+      </x:c>
+      <x:c r="CN50" s="3" t="n">
+        <x:v>1240</x:v>
+      </x:c>
+      <x:c r="CO50" s="3" t="n">
+        <x:v>1357</x:v>
+      </x:c>
+      <x:c r="CP50" s="3" t="n">
+        <x:v>2134</x:v>
+      </x:c>
+      <x:c r="CQ50" s="3" t="n">
+        <x:v>2072</x:v>
+      </x:c>
+      <x:c r="CR50" s="3" t="n">
+        <x:v>2065</x:v>
+      </x:c>
+      <x:c r="CS50" s="3" t="n">
+        <x:v>2016</x:v>
+      </x:c>
+      <x:c r="CT50" s="3" t="n">
+        <x:v>2840</x:v>
+      </x:c>
+      <x:c r="CU50" s="3" t="n">
+        <x:v>2581</x:v>
+      </x:c>
+      <x:c r="CV50" s="3" t="n">
+        <x:v>2556</x:v>
+      </x:c>
+      <x:c r="CW50" s="3" t="n">
+        <x:v>2842</x:v>
+      </x:c>
+      <x:c r="CX50" s="3" t="n">
+        <x:v>2372</x:v>
+      </x:c>
+      <x:c r="CY50" s="3" t="n">
+        <x:v>2166</x:v>
+      </x:c>
+      <x:c r="CZ50" s="3" t="n">
+        <x:v>1994</x:v>
+      </x:c>
+      <x:c r="DA50" s="3" t="n">
+        <x:v>2147</x:v>
+      </x:c>
+      <x:c r="DB50" s="3" t="n">
+        <x:v>2161</x:v>
+      </x:c>
+      <x:c r="DC50" s="3" t="n">
+        <x:v>1799</x:v>
+      </x:c>
+      <x:c r="DD50" s="3" t="n">
+        <x:v>2048</x:v>
+      </x:c>
+      <x:c r="DE50" s="3" t="n">
+        <x:v>2794</x:v>
+      </x:c>
+      <x:c r="DF50" s="3" t="n">
+        <x:v>2669</x:v>
+      </x:c>
+      <x:c r="DG50" s="3" t="n">
+        <x:v>3142</x:v>
+      </x:c>
+      <x:c r="DH50" s="3" t="n">
+        <x:v>3614</x:v>
+      </x:c>
+      <x:c r="DI50" s="3" t="n">
+        <x:v>3861</x:v>
+      </x:c>
+      <x:c r="DJ50" s="3" t="n">
+        <x:v>3205</x:v>
+      </x:c>
+      <x:c r="DK50" s="3" t="n">
+        <x:v>3628</x:v>
+      </x:c>
+      <x:c r="DL50" s="3" t="n">
+        <x:v>3909</x:v>
+      </x:c>
+      <x:c r="DM50" s="3" t="n">
+        <x:v>3815</x:v>
+      </x:c>
+      <x:c r="DN50" s="3" t="n">
+        <x:v>2286</x:v>
+      </x:c>
+      <x:c r="DO50" s="3" t="n">
+        <x:v>2468</x:v>
+      </x:c>
+      <x:c r="DP50" s="3" t="n">
+        <x:v>2613</x:v>
+      </x:c>
+      <x:c r="DQ50" s="3" t="n">
+        <x:v>2887</x:v>
+      </x:c>
+      <x:c r="DR50" s="3" t="n">
+        <x:v>2921</x:v>
+      </x:c>
+      <x:c r="DS50" s="3" t="n">
+        <x:v>3078</x:v>
+      </x:c>
+      <x:c r="DT50" s="3" t="n">
+        <x:v>3074</x:v>
+      </x:c>
+      <x:c r="DU50" s="3" t="n">
+        <x:v>3984</x:v>
+      </x:c>
+      <x:c r="DV50" s="3" t="n">
+        <x:v>2012</x:v>
+      </x:c>
+      <x:c r="DW50" s="3" t="n">
+        <x:v>2344</x:v>
+      </x:c>
+      <x:c r="DX50" s="3" t="n">
+        <x:v>3068</x:v>
+      </x:c>
+      <x:c r="DY50" s="3" t="n">
+        <x:v>2246</x:v>
+      </x:c>
+      <x:c r="DZ50" s="3" t="n">
+        <x:v>3134</x:v>
+      </x:c>
+      <x:c r="EA50" s="3" t="n">
+        <x:v>3581</x:v>
+      </x:c>
+      <x:c r="EB50" s="3" t="n">
+        <x:v>3586</x:v>
+      </x:c>
+      <x:c r="EC50" s="3" t="n">
+        <x:v>3591</x:v>
+      </x:c>
+      <x:c r="ED50" s="3" t="n">
+        <x:v>3135</x:v>
+      </x:c>
+      <x:c r="EE50" s="3" t="n">
+        <x:v>3319</x:v>
+      </x:c>
+      <x:c r="EF50" s="3" t="n">
+        <x:v>3630</x:v>
+      </x:c>
+      <x:c r="EG50" s="3" t="n">
+        <x:v>4667</x:v>
+      </x:c>
+      <x:c r="EH50" s="3" t="n">
+        <x:v>4036</x:v>
+      </x:c>
+      <x:c r="EI50" s="3" t="n">
+        <x:v>3982</x:v>
+      </x:c>
+      <x:c r="EJ50" s="3" t="n">
+        <x:v>4588</x:v>
+      </x:c>
+      <x:c r="EK50" s="3" t="n">
+        <x:v>4644</x:v>
+      </x:c>
+      <x:c r="EL50" s="3" t="n">
+        <x:v>4596</x:v>
+      </x:c>
+      <x:c r="EM50" s="3" t="n">
+        <x:v>4863</x:v>
+      </x:c>
+      <x:c r="EN50" s="3" t="n">
+        <x:v>4375</x:v>
+      </x:c>
+      <x:c r="EO50" s="3" t="n">
+        <x:v>5511</x:v>
+      </x:c>
+      <x:c r="EP50" s="3" t="n">
+        <x:v>5274</x:v>
+      </x:c>
+      <x:c r="EQ50" s="3" t="n">
+        <x:v>5555</x:v>
+      </x:c>
+      <x:c r="ER50" s="3" t="n">
+        <x:v>5859</x:v>
+      </x:c>
+      <x:c r="ES50" s="3" t="n">
+        <x:v>6453</x:v>
+      </x:c>
+      <x:c r="ET50" s="3" t="n">
+        <x:v>6541</x:v>
+      </x:c>
+      <x:c r="EU50" s="3" t="n">
+        <x:v>6748</x:v>
+      </x:c>
+      <x:c r="EV50" s="3" t="n">
+        <x:v>6952</x:v>
+      </x:c>
+      <x:c r="EW50" s="3" t="n">
+        <x:v>8416</x:v>
+      </x:c>
+      <x:c r="EX50" s="3" t="n">
+        <x:v>7132</x:v>
+      </x:c>
+      <x:c r="EY50" s="3" t="n">
+        <x:v>7851</x:v>
+      </x:c>
+      <x:c r="EZ50" s="3" t="n">
+        <x:v>8043</x:v>
+      </x:c>
+      <x:c r="FA50" s="3" t="n">
+        <x:v>7697</x:v>
+      </x:c>
+      <x:c r="FB50" s="3" t="n">
+        <x:v>8126</x:v>
+      </x:c>
+      <x:c r="FC50" s="3" t="n">
+        <x:v>8423</x:v>
+      </x:c>
+      <x:c r="FD50" s="3" t="n">
+        <x:v>8669</x:v>
+      </x:c>
+      <x:c r="FE50" s="3" t="n">
+        <x:v>8958</x:v>
+      </x:c>
+      <x:c r="FF50" s="3" t="n">
+        <x:v>10174</x:v>
+      </x:c>
+      <x:c r="FG50" s="3" t="n">
+        <x:v>9348</x:v>
+      </x:c>
+      <x:c r="FH50" s="3" t="n">
+        <x:v>9509</x:v>
+      </x:c>
+      <x:c r="FI50" s="3" t="n">
+        <x:v>9116</x:v>
+      </x:c>
+      <x:c r="FJ50" s="3" t="n">
+        <x:v>8934</x:v>
+      </x:c>
+      <x:c r="FK50" s="3" t="n">
+        <x:v>10392</x:v>
+      </x:c>
+      <x:c r="FL50" s="3" t="n">
+        <x:v>10959</x:v>
+      </x:c>
+      <x:c r="FM50" s="3" t="n">
+        <x:v>13121</x:v>
+      </x:c>
+      <x:c r="FN50" s="3" t="n">
+        <x:v>13427</x:v>
+      </x:c>
+      <x:c r="FO50" s="3" t="n">
+        <x:v>16384</x:v>
+      </x:c>
+      <x:c r="FP50" s="3" t="n">
+        <x:v>15151</x:v>
+      </x:c>
+      <x:c r="FQ50" s="3" t="n">
+        <x:v>16735</x:v>
+      </x:c>
+      <x:c r="FR50" s="3" t="n">
+        <x:v>13761</x:v>
+      </x:c>
+      <x:c r="FS50" s="3" t="n">
+        <x:v>14188</x:v>
+      </x:c>
+      <x:c r="FT50" s="3" t="n">
+        <x:v>15356</x:v>
+      </x:c>
+      <x:c r="FU50" s="3" t="n">
+        <x:v>15246</x:v>
+      </x:c>
+      <x:c r="FV50" s="3" t="n">
+        <x:v>19172</x:v>
+      </x:c>
+      <x:c r="FW50" s="3" t="n">
+        <x:v>19170</x:v>
+      </x:c>
+      <x:c r="FX50" s="3" t="n">
+        <x:v>19514</x:v>
+      </x:c>
+      <x:c r="FY50" s="3" t="n">
+        <x:v>19411</x:v>
+      </x:c>
+      <x:c r="FZ50" s="3" t="n">
+        <x:v>21504</x:v>
+      </x:c>
+      <x:c r="GA50" s="3" t="n">
+        <x:v>23006</x:v>
+      </x:c>
+      <x:c r="GB50" s="3" t="n">
+        <x:v>22500</x:v>
+      </x:c>
+      <x:c r="GC50" s="3" t="n">
+        <x:v>24537</x:v>
+      </x:c>
+      <x:c r="GD50" s="3" t="n">
+        <x:v>26037</x:v>
+      </x:c>
+      <x:c r="GE50" s="3" t="n">
+        <x:v>26460</x:v>
+      </x:c>
+      <x:c r="GF50" s="3" t="n">
+        <x:v>27147</x:v>
+      </x:c>
+      <x:c r="GG50" s="3" t="n">
+        <x:v>27836</x:v>
+      </x:c>
+      <x:c r="GH50" s="3" t="n">
+        <x:v>26908</x:v>
+      </x:c>
+      <x:c r="GI50" s="3" t="n">
+        <x:v>27216</x:v>
+      </x:c>
+      <x:c r="GJ50" s="3" t="n">
+        <x:v>28121</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:192">
+      <x:c r="A51" s="2" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="B51" s="3" t="n">
+        <x:v>2988</x:v>
+      </x:c>
+      <x:c r="C51" s="3" t="n">
+        <x:v>3200</x:v>
+      </x:c>
+      <x:c r="D51" s="3" t="n">
+        <x:v>3227</x:v>
+      </x:c>
+      <x:c r="E51" s="3" t="n">
+        <x:v>3157</x:v>
+      </x:c>
+      <x:c r="F51" s="3" t="n">
+        <x:v>3210</x:v>
+      </x:c>
+      <x:c r="G51" s="3" t="n">
+        <x:v>2953</x:v>
+      </x:c>
+      <x:c r="H51" s="3" t="n">
+        <x:v>2991</x:v>
+      </x:c>
+      <x:c r="I51" s="3" t="n">
+        <x:v>3029</x:v>
+      </x:c>
+      <x:c r="J51" s="3" t="n">
+        <x:v>2789</x:v>
+      </x:c>
+      <x:c r="K51" s="3" t="n">
+        <x:v>2906</x:v>
+      </x:c>
+      <x:c r="L51" s="3" t="n">
+        <x:v>2706</x:v>
+      </x:c>
+      <x:c r="M51" s="3" t="n">
+        <x:v>2751</x:v>
+      </x:c>
+      <x:c r="N51" s="3" t="n">
+        <x:v>2963</x:v>
+      </x:c>
+      <x:c r="O51" s="3" t="n">
+        <x:v>3049</x:v>
+      </x:c>
+      <x:c r="P51" s="3" t="n">
+        <x:v>3044</x:v>
+      </x:c>
+      <x:c r="Q51" s="3" t="n">
+        <x:v>2919</x:v>
+      </x:c>
+      <x:c r="R51" s="3" t="n">
+        <x:v>2889</x:v>
+      </x:c>
+      <x:c r="S51" s="3" t="n">
+        <x:v>2877</x:v>
+      </x:c>
+      <x:c r="T51" s="3" t="n">
+        <x:v>3080</x:v>
+      </x:c>
+      <x:c r="U51" s="3" t="n">
+        <x:v>2844</x:v>
+      </x:c>
+      <x:c r="V51" s="3" t="n">
+        <x:v>2989</x:v>
+      </x:c>
+      <x:c r="W51" s="3" t="n">
+        <x:v>2855</x:v>
+      </x:c>
+      <x:c r="X51" s="3" t="n">
+        <x:v>2967</x:v>
+      </x:c>
+      <x:c r="Y51" s="3" t="n">
+        <x:v>3404</x:v>
+      </x:c>
+      <x:c r="Z51" s="3" t="n">
+        <x:v>2980</x:v>
+      </x:c>
+      <x:c r="AA51" s="3" t="n">
+        <x:v>2957</x:v>
+      </x:c>
+      <x:c r="AB51" s="3" t="n">
+        <x:v>2778</x:v>
+      </x:c>
+      <x:c r="AC51" s="3" t="n">
+        <x:v>3094</x:v>
+      </x:c>
+      <x:c r="AD51" s="3" t="n">
+        <x:v>3050</x:v>
+      </x:c>
+      <x:c r="AE51" s="3" t="n">
+        <x:v>2973</x:v>
+      </x:c>
+      <x:c r="AF51" s="3" t="n">
+        <x:v>2924</x:v>
+      </x:c>
+      <x:c r="AG51" s="3" t="n">
+        <x:v>3083</x:v>
+      </x:c>
+      <x:c r="AH51" s="3" t="n">
+        <x:v>2674</x:v>
+      </x:c>
+      <x:c r="AI51" s="3" t="n">
+        <x:v>2797</x:v>
+      </x:c>
+      <x:c r="AJ51" s="3" t="n">
+        <x:v>3257</x:v>
+      </x:c>
+      <x:c r="AK51" s="3" t="n">
+        <x:v>2851</x:v>
+      </x:c>
+      <x:c r="AL51" s="3" t="n">
+        <x:v>2917</x:v>
+      </x:c>
+      <x:c r="AM51" s="3" t="n">
+        <x:v>3131</x:v>
+      </x:c>
+      <x:c r="AN51" s="3" t="n">
+        <x:v>3081</x:v>
+      </x:c>
+      <x:c r="AO51" s="3" t="n">
+        <x:v>2914</x:v>
+      </x:c>
+      <x:c r="AP51" s="3" t="n">
+        <x:v>2848</x:v>
+      </x:c>
+      <x:c r="AQ51" s="3" t="n">
+        <x:v>2782</x:v>
+      </x:c>
+      <x:c r="AR51" s="3" t="n">
+        <x:v>2590</x:v>
+      </x:c>
+      <x:c r="AS51" s="3" t="n">
+        <x:v>2496</x:v>
+      </x:c>
+      <x:c r="AT51" s="3" t="n">
+        <x:v>2609</x:v>
+      </x:c>
+      <x:c r="AU51" s="3" t="n">
+        <x:v>2408</x:v>
+      </x:c>
+      <x:c r="AV51" s="3" t="n">
+        <x:v>2463</x:v>
+      </x:c>
+      <x:c r="AW51" s="3" t="n">
+        <x:v>2445</x:v>
+      </x:c>
+      <x:c r="AX51" s="3" t="n">
+        <x:v>2969</x:v>
+      </x:c>
+      <x:c r="AY51" s="3" t="n">
+        <x:v>2717</x:v>
+      </x:c>
+      <x:c r="AZ51" s="3" t="n">
+        <x:v>2713</x:v>
+      </x:c>
+      <x:c r="BA51" s="3" t="n">
+        <x:v>2754</x:v>
+      </x:c>
+      <x:c r="BB51" s="3" t="n">
+        <x:v>2372</x:v>
+      </x:c>
+      <x:c r="BC51" s="3" t="n">
+        <x:v>2356</x:v>
+      </x:c>
+      <x:c r="BD51" s="3" t="n">
+        <x:v>2428</x:v>
+      </x:c>
+      <x:c r="BE51" s="3" t="n">
+        <x:v>2769</x:v>
+      </x:c>
+      <x:c r="BF51" s="3" t="n">
+        <x:v>2240</x:v>
+      </x:c>
+      <x:c r="BG51" s="3" t="n">
+        <x:v>2418</x:v>
+      </x:c>
+      <x:c r="BH51" s="3" t="n">
+        <x:v>2297</x:v>
+      </x:c>
+      <x:c r="BI51" s="3" t="n">
+        <x:v>2144</x:v>
+      </x:c>
+      <x:c r="BJ51" s="3" t="n">
+        <x:v>2301</x:v>
+      </x:c>
+      <x:c r="BK51" s="3" t="n">
+        <x:v>2471</x:v>
+      </x:c>
+      <x:c r="BL51" s="3" t="n">
+        <x:v>2420</x:v>
+      </x:c>
+      <x:c r="BM51" s="3" t="n">
+        <x:v>2251</x:v>
+      </x:c>
+      <x:c r="BN51" s="3" t="n">
+        <x:v>954</x:v>
+      </x:c>
+      <x:c r="BO51" s="3" t="n">
+        <x:v>999</x:v>
+      </x:c>
+      <x:c r="BP51" s="3" t="n">
+        <x:v>1195</x:v>
+      </x:c>
+      <x:c r="BQ51" s="3" t="n">
+        <x:v>4843</x:v>
+      </x:c>
+      <x:c r="BR51" s="3" t="n">
+        <x:v>1787</x:v>
+      </x:c>
+      <x:c r="BS51" s="3" t="n">
+        <x:v>1754</x:v>
+      </x:c>
+      <x:c r="BT51" s="3" t="n">
+        <x:v>1832</x:v>
+      </x:c>
+      <x:c r="BU51" s="3" t="n">
+        <x:v>1845</x:v>
+      </x:c>
+      <x:c r="BV51" s="3" t="n">
+        <x:v>2176</x:v>
+      </x:c>
+      <x:c r="BW51" s="3" t="n">
+        <x:v>2198</x:v>
+      </x:c>
+      <x:c r="BX51" s="3" t="n">
+        <x:v>2236</x:v>
+      </x:c>
+      <x:c r="BY51" s="3" t="n">
+        <x:v>2066</x:v>
+      </x:c>
+      <x:c r="BZ51" s="3" t="n">
+        <x:v>2303</x:v>
+      </x:c>
+      <x:c r="CA51" s="3" t="n">
+        <x:v>2734</x:v>
+      </x:c>
+      <x:c r="CB51" s="3" t="n">
+        <x:v>2526</x:v>
+      </x:c>
+      <x:c r="CC51" s="3" t="n">
+        <x:v>2770</x:v>
+      </x:c>
+      <x:c r="CD51" s="3" t="n">
+        <x:v>2537</x:v>
+      </x:c>
+      <x:c r="CE51" s="3" t="n">
+        <x:v>2657</x:v>
+      </x:c>
+      <x:c r="CF51" s="3" t="n">
+        <x:v>3359</x:v>
+      </x:c>
+      <x:c r="CG51" s="3" t="n">
+        <x:v>2639</x:v>
+      </x:c>
+      <x:c r="CH51" s="3" t="n">
+        <x:v>2721</x:v>
+      </x:c>
+      <x:c r="CI51" s="3" t="n">
+        <x:v>2262</x:v>
+      </x:c>
+      <x:c r="CJ51" s="3" t="n">
+        <x:v>2417</x:v>
+      </x:c>
+      <x:c r="CK51" s="3" t="n">
+        <x:v>2555</x:v>
+      </x:c>
+      <x:c r="CL51" s="3" t="n">
+        <x:v>2742</x:v>
+      </x:c>
+      <x:c r="CM51" s="3" t="n">
+        <x:v>2831</x:v>
+      </x:c>
+      <x:c r="CN51" s="3" t="n">
+        <x:v>2958</x:v>
+      </x:c>
+      <x:c r="CO51" s="3" t="n">
+        <x:v>3710</x:v>
+      </x:c>
+      <x:c r="CP51" s="3" t="n">
+        <x:v>2669</x:v>
+      </x:c>
+      <x:c r="CQ51" s="3" t="n">
+        <x:v>3002</x:v>
+      </x:c>
+      <x:c r="CR51" s="3" t="n">
+        <x:v>2620</x:v>
+      </x:c>
+      <x:c r="CS51" s="3" t="n">
+        <x:v>2392</x:v>
+      </x:c>
+      <x:c r="CT51" s="3" t="n">
+        <x:v>2067</x:v>
+      </x:c>
+      <x:c r="CU51" s="3" t="n">
+        <x:v>2069</x:v>
+      </x:c>
+      <x:c r="CV51" s="3" t="n">
+        <x:v>2050</x:v>
+      </x:c>
+      <x:c r="CW51" s="3" t="n">
+        <x:v>2354</x:v>
+      </x:c>
+      <x:c r="CX51" s="3" t="n">
+        <x:v>2292</x:v>
+      </x:c>
+      <x:c r="CY51" s="3" t="n">
+        <x:v>2441</x:v>
+      </x:c>
+      <x:c r="CZ51" s="3" t="n">
+        <x:v>2318</x:v>
+      </x:c>
+      <x:c r="DA51" s="3" t="n">
+        <x:v>2066</x:v>
+      </x:c>
+      <x:c r="DB51" s="3" t="n">
+        <x:v>2462</x:v>
+      </x:c>
+      <x:c r="DC51" s="3" t="n">
+        <x:v>2218</x:v>
+      </x:c>
+      <x:c r="DD51" s="3" t="n">
+        <x:v>2763</x:v>
+      </x:c>
+      <x:c r="DE51" s="3" t="n">
+        <x:v>2366</x:v>
+      </x:c>
+      <x:c r="DF51" s="3" t="n">
+        <x:v>2672</x:v>
+      </x:c>
+      <x:c r="DG51" s="3" t="n">
+        <x:v>2865</x:v>
+      </x:c>
+      <x:c r="DH51" s="3" t="n">
+        <x:v>2801</x:v>
+      </x:c>
+      <x:c r="DI51" s="3" t="n">
+        <x:v>2676</x:v>
+      </x:c>
+      <x:c r="DJ51" s="3" t="n">
+        <x:v>1865</x:v>
+      </x:c>
+      <x:c r="DK51" s="3" t="n">
+        <x:v>1850</x:v>
+      </x:c>
+      <x:c r="DL51" s="3" t="n">
+        <x:v>1853</x:v>
+      </x:c>
+      <x:c r="DM51" s="3" t="n">
+        <x:v>1908</x:v>
+      </x:c>
+      <x:c r="DN51" s="3" t="n">
+        <x:v>1763</x:v>
+      </x:c>
+      <x:c r="DO51" s="3" t="n">
+        <x:v>1687</x:v>
+      </x:c>
+      <x:c r="DP51" s="3" t="n">
+        <x:v>1830</x:v>
+      </x:c>
+      <x:c r="DQ51" s="3" t="n">
+        <x:v>1840</x:v>
+      </x:c>
+      <x:c r="DR51" s="3" t="n">
+        <x:v>2058</x:v>
+      </x:c>
+      <x:c r="DS51" s="3" t="n">
+        <x:v>1937</x:v>
+      </x:c>
+      <x:c r="DT51" s="3" t="n">
+        <x:v>1999</x:v>
+      </x:c>
+      <x:c r="DU51" s="3" t="n">
+        <x:v>2707</x:v>
+      </x:c>
+      <x:c r="DV51" s="3" t="n">
+        <x:v>1548</x:v>
+      </x:c>
+      <x:c r="DW51" s="3" t="n">
+        <x:v>1710</x:v>
+      </x:c>
+      <x:c r="DX51" s="3" t="n">
+        <x:v>1625</x:v>
+      </x:c>
+      <x:c r="DY51" s="3" t="n">
+        <x:v>1409</x:v>
+      </x:c>
+      <x:c r="DZ51" s="3" t="n">
+        <x:v>2197</x:v>
+      </x:c>
+      <x:c r="EA51" s="3" t="n">
+        <x:v>2386</x:v>
+      </x:c>
+      <x:c r="EB51" s="3" t="n">
+        <x:v>2361</x:v>
+      </x:c>
+      <x:c r="EC51" s="3" t="n">
+        <x:v>2071</x:v>
+      </x:c>
+      <x:c r="ED51" s="3" t="n">
+        <x:v>1937</x:v>
+      </x:c>
+      <x:c r="EE51" s="3" t="n">
+        <x:v>1888</x:v>
+      </x:c>
+      <x:c r="EF51" s="3" t="n">
+        <x:v>1963</x:v>
+      </x:c>
+      <x:c r="EG51" s="3" t="n">
+        <x:v>1587</x:v>
+      </x:c>
+      <x:c r="EH51" s="3" t="n">
+        <x:v>2335</x:v>
+      </x:c>
+      <x:c r="EI51" s="3" t="n">
+        <x:v>2258</x:v>
+      </x:c>
+      <x:c r="EJ51" s="3" t="n">
+        <x:v>2210</x:v>
+      </x:c>
+      <x:c r="EK51" s="3" t="n">
+        <x:v>2867</x:v>
+      </x:c>
+      <x:c r="EL51" s="3" t="n">
+        <x:v>2722</x:v>
+      </x:c>
+      <x:c r="EM51" s="3" t="n">
+        <x:v>3328</x:v>
+      </x:c>
+      <x:c r="EN51" s="3" t="n">
+        <x:v>3132</x:v>
+      </x:c>
+      <x:c r="EO51" s="3" t="n">
+        <x:v>3068</x:v>
+      </x:c>
+      <x:c r="EP51" s="3" t="n">
+        <x:v>2855</x:v>
+      </x:c>
+      <x:c r="EQ51" s="3" t="n">
+        <x:v>2352</x:v>
+      </x:c>
+      <x:c r="ER51" s="3" t="n">
+        <x:v>2647</x:v>
+      </x:c>
+      <x:c r="ES51" s="3" t="n">
+        <x:v>3184</x:v>
+      </x:c>
+      <x:c r="ET51" s="3" t="n">
+        <x:v>2910</x:v>
+      </x:c>
+      <x:c r="EU51" s="3" t="n">
+        <x:v>2834</x:v>
+      </x:c>
+      <x:c r="EV51" s="3" t="n">
+        <x:v>3861</x:v>
+      </x:c>
+      <x:c r="EW51" s="3" t="n">
+        <x:v>2961</x:v>
+      </x:c>
+      <x:c r="EX51" s="3" t="n">
+        <x:v>3266</x:v>
+      </x:c>
+      <x:c r="EY51" s="3" t="n">
+        <x:v>3335</x:v>
+      </x:c>
+      <x:c r="EZ51" s="3" t="n">
+        <x:v>3137</x:v>
+      </x:c>
+      <x:c r="FA51" s="3" t="n">
+        <x:v>3644</x:v>
+      </x:c>
+      <x:c r="FB51" s="3" t="n">
+        <x:v>3731</x:v>
+      </x:c>
+      <x:c r="FC51" s="3" t="n">
+        <x:v>4578</x:v>
+      </x:c>
+      <x:c r="FD51" s="3" t="n">
+        <x:v>3550</x:v>
+      </x:c>
+      <x:c r="FE51" s="3" t="n">
+        <x:v>5150</x:v>
+      </x:c>
+      <x:c r="FF51" s="3" t="n">
+        <x:v>3063</x:v>
+      </x:c>
+      <x:c r="FG51" s="3" t="n">
+        <x:v>5089</x:v>
+      </x:c>
+      <x:c r="FH51" s="3" t="n">
+        <x:v>4166</x:v>
+      </x:c>
+      <x:c r="FI51" s="3" t="n">
+        <x:v>3724</x:v>
+      </x:c>
+      <x:c r="FJ51" s="3" t="n">
+        <x:v>3673</x:v>
+      </x:c>
+      <x:c r="FK51" s="3" t="n">
+        <x:v>3761</x:v>
+      </x:c>
+      <x:c r="FL51" s="3" t="n">
+        <x:v>4816</x:v>
+      </x:c>
+      <x:c r="FM51" s="3" t="n">
+        <x:v>4698</x:v>
+      </x:c>
+      <x:c r="FN51" s="3" t="n">
+        <x:v>3901</x:v>
+      </x:c>
+      <x:c r="FO51" s="3" t="n">
+        <x:v>2552</x:v>
+      </x:c>
+      <x:c r="FP51" s="3" t="n">
+        <x:v>3886</x:v>
+      </x:c>
+      <x:c r="FQ51" s="3" t="n">
+        <x:v>2889</x:v>
+      </x:c>
+      <x:c r="FR51" s="3" t="n">
+        <x:v>3072</x:v>
+      </x:c>
+      <x:c r="FS51" s="3" t="n">
+        <x:v>2662</x:v>
+      </x:c>
+      <x:c r="FT51" s="3" t="n">
+        <x:v>3212</x:v>
+      </x:c>
+      <x:c r="FU51" s="3" t="n">
+        <x:v>4022</x:v>
+      </x:c>
+      <x:c r="FV51" s="3" t="n">
+        <x:v>3727</x:v>
+      </x:c>
+      <x:c r="FW51" s="3" t="n">
+        <x:v>3657</x:v>
+      </x:c>
+      <x:c r="FX51" s="3" t="n">
+        <x:v>3649</x:v>
+      </x:c>
+      <x:c r="FY51" s="3" t="n">
+        <x:v>3367</x:v>
+      </x:c>
+      <x:c r="FZ51" s="3" t="n">
+        <x:v>6189</x:v>
+      </x:c>
+      <x:c r="GA51" s="3" t="n">
+        <x:v>4691</x:v>
+      </x:c>
+      <x:c r="GB51" s="3" t="n">
+        <x:v>4691</x:v>
+      </x:c>
+      <x:c r="GC51" s="3" t="n">
+        <x:v>4427</x:v>
+      </x:c>
+      <x:c r="GD51" s="3" t="n">
+        <x:v>4738</x:v>
+      </x:c>
+      <x:c r="GE51" s="3" t="n">
+        <x:v>4568</x:v>
+      </x:c>
+      <x:c r="GF51" s="3" t="n">
+        <x:v>4355</x:v>
+      </x:c>
+      <x:c r="GG51" s="3" t="n">
+        <x:v>5772</x:v>
+      </x:c>
+      <x:c r="GH51" s="3" t="n">
+        <x:v>4821</x:v>
+      </x:c>
+      <x:c r="GI51" s="3" t="n">
+        <x:v>4688</x:v>
+      </x:c>
+      <x:c r="GJ51" s="3" t="n">
+        <x:v>5200</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:192">
+      <x:c r="A53" s="0" t="s">
+        <x:v>240</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:192">
+      <x:c r="A54" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:192">
+      <x:c r="A56" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:192">
+      <x:c r="A57" s="0" t="s">
+        <x:v>243</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:192">
+      <x:c r="A58" s="0" t="s">
+        <x:v>244</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:192">
+      <x:c r="A60" s="0" t="s">
+        <x:v>245</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:192">
+      <x:c r="A61" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:192">
+      <x:c r="A63" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:192">
+      <x:c r="A64" s="0" t="s">
+        <x:v>243</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:192">
+      <x:c r="A65" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:192">
+      <x:c r="A66" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="CE49" s="3" t="n">
+    </x:row>
+    <x:row r="67" spans="1:192">
+      <x:c r="A67" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:192">
+      <x:c r="A69" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:192">
+      <x:c r="A70" s="0" t="s">
+        <x:v>252</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:192">
+      <x:c r="A71" s="0" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:192">
+      <x:c r="A76" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:192">
+      <x:c r="A77" s="0" t="s">
+        <x:v>243</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:192">
+      <x:c r="A78" s="0" t="s">
+        <x:v>255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:192">
+      <x:c r="A79" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:192">
+      <x:c r="A80" s="0" t="s">
+        <x:v>243</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:192">
+      <x:c r="A81" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="CF49" s="3" t="n">
-[...20 lines deleted...]
-      <x:c r="CM49" s="3" t="n">
+    </x:row>
+    <x:row r="83" spans="1:192">
+      <x:c r="A83" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="CN49" s="3" t="n">
-[...298 lines deleted...]
-      </x:c>
     </x:row>
-    <x:row r="50" spans="1:191">
-[...1259 lines deleted...]
-    <x:row r="84" spans="1:191">
+    <x:row r="84" spans="1:192">
       <x:c r="A84" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:191">
+    <x:row r="85" spans="1:192">
       <x:c r="A85" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
-    <x:row r="89" spans="1:191">
+    <x:row r="89" spans="1:192">
       <x:c r="A89" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
-    <x:row r="90" spans="1:191">
+    <x:row r="90" spans="1:192">
       <x:c r="A90" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
-    <x:row r="92" spans="1:191">
+    <x:row r="92" spans="1:192">
       <x:c r="A92" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
-    <x:row r="93" spans="1:191">
+    <x:row r="93" spans="1:192">
       <x:c r="A93" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
-    <x:row r="95" spans="1:191">
+    <x:row r="95" spans="1:192">
       <x:c r="A95" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
-    <x:row r="97" spans="1:191">
+    <x:row r="97" spans="1:192">
       <x:c r="A97" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
-    <x:row r="98" spans="1:191">
+    <x:row r="98" spans="1:192">
       <x:c r="A98" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
-    <x:row r="100" spans="1:191">
+    <x:row r="100" spans="1:192">
       <x:c r="A100" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
-    <x:row r="101" spans="1:191">
+    <x:row r="101" spans="1:192">
       <x:c r="A101" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>FpriserSes</vt:lpstr>
       <vt:lpstr>FpriserSes!Print_Area</vt:lpstr>
       <vt:lpstr>FpriserSes!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>