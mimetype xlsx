--- v2 (2025-12-11)
+++ v3 (2025-12-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8450a77a69c446ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d1e36e3d97c1475eb21be365f6717a1c.psmdcp" Id="Rd5489b9be9e94398" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R250fa2e094a94d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dcbad2f056ac418a8a918adef44fb536.psmdcp" Id="R596a772191754709" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="FpriserSes" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="267" uniqueCount="267">
   <x:si>
     <x:t>09178: Imports of goods and services, by product, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Constant 2023-prices, seasonally adjusted (NOK milion)</x:t>
   </x:si>
   <x:si>