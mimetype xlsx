--- v3 (2025-12-31)
+++ v4 (2026-01-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R250fa2e094a94d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dcbad2f056ac418a8a918adef44fb536.psmdcp" Id="R596a772191754709" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62099466233a45da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/efec2948498f454698837458538687e0.psmdcp" Id="R26c3efdf48594148" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="FpriserSes" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="267" uniqueCount="267">
   <x:si>
     <x:t>09178: Imports of goods and services, by product, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Constant 2023-prices, seasonally adjusted (NOK milion)</x:t>
   </x:si>
   <x:si>