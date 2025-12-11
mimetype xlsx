--- v0 (2025-10-19)
+++ v1 (2025-12-11)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a263bce4d5d40cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d6977926261d44ee976aa5c7da42f05a.psmdcp" Id="R03ffa743c94b41f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcefa9deaa2da4c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a98609b161aa4ef68bb34ebfc451d9f5.psmdcp" Id="Rda72c02e6c544c50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lpriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="264" uniqueCount="264">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="265" uniqueCount="265">
   <x:si>
     <x:t>09178: Imports of goods and services, by product, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million)</x:t>
   </x:si>
   <x:si>
     <x:t>1978K1</x:t>
   </x:si>
   <x:si>
     <x:t>1978K2</x:t>
   </x:si>
   <x:si>
     <x:t>1978K3</x:t>
   </x:si>
   <x:si>
     <x:t>1978K4</x:t>
   </x:si>
   <x:si>
     <x:t>1979K1</x:t>
   </x:si>
   <x:si>
     <x:t>1979K2</x:t>
   </x:si>
   <x:si>
@@ -586,50 +586,53 @@
   <x:si>
     <x:t>2023K3</x:t>
   </x:si>
   <x:si>
     <x:t>2023K4</x:t>
   </x:si>
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
+    <x:t>2025K3</x:t>
+  </x:si>
+  <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>
     <x:t>Goods</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Crude oil and natural gas</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Ships, oil platforms, aircraft</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Other goods</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Agriculture, forestry and fishing</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Mining and quarrying</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Manufacturing products</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Food products, beverages and tobacco</x:t>
@@ -727,63 +730,63 @@
   <x:si>
     <x:t>¬¬ Services n.e.c</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Construction, repairs and installation</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Waste treatment and recycling</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Trade, hotel and restaurant services</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Publishing, film, music and broadcasting</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Telecommunication</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Information services</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Other personal and government services</x:t>
   </x:si>
   <x:si>
-    <x:t>Unadjusted figures from the base year (final annual accounts) are preliminary.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>In the time series in volume, the figures from the base year and onwards are fixed price figures while data prior to the base year are chained volume figures. This implies that additivity in volume is lost prior to the base year.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250821 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Arne Eidshagen, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 93 23 58 78</x:t>
   </x:si>
   <x:si>
     <x:t>new@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Øyvind Woxmyhr Bersaas, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 93 87 28 36</x:t>
   </x:si>
@@ -1191,70 +1194,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:GI97"/>
+  <x:dimension ref="A1:GJ97"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="191" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="192" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:191">
+    <x:row r="1" spans="1:192">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:191">
+    <x:row r="3" spans="1:192">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:191">
+    <x:row r="4" spans="1:192">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -1781,629 +1784,635 @@
       </x:c>
       <x:c r="GB4" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="GC4" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="GD4" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="GE4" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="GF4" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="GG4" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="GH4" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="GI4" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
+      <x:c r="GJ4" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:191">
+    <x:row r="5" spans="1:192">
       <x:c r="A5" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21322</x:v>
+        <x:v>21390</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>22794</x:v>
+        <x:v>22861</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>19473</x:v>
+        <x:v>19541</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>22473</x:v>
+        <x:v>22540</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>21685</x:v>
+        <x:v>21754</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>24027</x:v>
+        <x:v>24096</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>24404</x:v>
+        <x:v>24473</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>27791</x:v>
+        <x:v>27860</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>28146</x:v>
+        <x:v>28229</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>29084</x:v>
+        <x:v>29175</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>27417</x:v>
+        <x:v>27507</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>30436</x:v>
+        <x:v>30537</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>30035</x:v>
+        <x:v>30101</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>29304</x:v>
+        <x:v>29378</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>32059</x:v>
+        <x:v>32149</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>36628</x:v>
+        <x:v>36771</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>33167</x:v>
+        <x:v>33234</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>34583</x:v>
+        <x:v>34646</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>35437</x:v>
+        <x:v>35495</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>40676</x:v>
+        <x:v>40866</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>37740</x:v>
+        <x:v>37837</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>36334</x:v>
+        <x:v>36431</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>36902</x:v>
+        <x:v>37052</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>38153</x:v>
+        <x:v>38243</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>38635</x:v>
+        <x:v>38687</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>39372</x:v>
+        <x:v>39448</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>42139</x:v>
+        <x:v>42249</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>47200</x:v>
+        <x:v>47389</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>46189</x:v>
+        <x:v>46310</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>46229</x:v>
+        <x:v>46341</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>47400</x:v>
+        <x:v>47713</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>53177</x:v>
+        <x:v>53283</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>51566</x:v>
+        <x:v>51786</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>54464</x:v>
+        <x:v>54617</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>52648</x:v>
+        <x:v>52778</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>54659</x:v>
+        <x:v>54776</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>51650</x:v>
+        <x:v>51894</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>53048</x:v>
+        <x:v>53269</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>54445</x:v>
+        <x:v>54993</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>54471</x:v>
+        <x:v>54494</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>51981</x:v>
+        <x:v>52260</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>53687</x:v>
+        <x:v>53962</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>52584</x:v>
+        <x:v>53008</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>57954</x:v>
+        <x:v>58059</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>52466</x:v>
+        <x:v>52797</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>58364</x:v>
+        <x:v>58697</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>57767</x:v>
+        <x:v>58031</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>66736</x:v>
+        <x:v>67039</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>58777</x:v>
+        <x:v>59240</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>62665</x:v>
+        <x:v>62847</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>57015</x:v>
+        <x:v>57331</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>66441</x:v>
+        <x:v>66903</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>55380</x:v>
+        <x:v>55717</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>63297</x:v>
+        <x:v>63638</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>59416</x:v>
+        <x:v>59761</x:v>
       </x:c>
       <x:c r="BE5" s="3" t="n">
-        <x:v>66835</x:v>
+        <x:v>67179</x:v>
       </x:c>
       <x:c r="BF5" s="3" t="n">
-        <x:v>59218</x:v>
+        <x:v>59527</x:v>
       </x:c>
       <x:c r="BG5" s="3" t="n">
-        <x:v>61796</x:v>
+        <x:v>62105</x:v>
       </x:c>
       <x:c r="BH5" s="3" t="n">
-        <x:v>60995</x:v>
+        <x:v>61306</x:v>
       </x:c>
       <x:c r="BI5" s="3" t="n">
-        <x:v>62854</x:v>
+        <x:v>63166</x:v>
       </x:c>
       <x:c r="BJ5" s="3" t="n">
-        <x:v>61560</x:v>
+        <x:v>61828</x:v>
       </x:c>
       <x:c r="BK5" s="3" t="n">
-        <x:v>61377</x:v>
+        <x:v>61647</x:v>
       </x:c>
       <x:c r="BL5" s="3" t="n">
-        <x:v>68000</x:v>
+        <x:v>68273</x:v>
       </x:c>
       <x:c r="BM5" s="3" t="n">
-        <x:v>70449</x:v>
+        <x:v>70723</x:v>
       </x:c>
       <x:c r="BN5" s="3" t="n">
-        <x:v>65351</x:v>
+        <x:v>65728</x:v>
       </x:c>
       <x:c r="BO5" s="3" t="n">
-        <x:v>66520</x:v>
+        <x:v>66901</x:v>
       </x:c>
       <x:c r="BP5" s="3" t="n">
-        <x:v>68482</x:v>
+        <x:v>68867</x:v>
       </x:c>
       <x:c r="BQ5" s="3" t="n">
-        <x:v>76810</x:v>
+        <x:v>77195</x:v>
       </x:c>
       <x:c r="BR5" s="3" t="n">
-        <x:v>71265</x:v>
+        <x:v>71790</x:v>
       </x:c>
       <x:c r="BS5" s="3" t="n">
-        <x:v>72843</x:v>
+        <x:v>73240</x:v>
       </x:c>
       <x:c r="BT5" s="3" t="n">
-        <x:v>73891</x:v>
+        <x:v>74254</x:v>
       </x:c>
       <x:c r="BU5" s="3" t="n">
-        <x:v>77497</x:v>
+        <x:v>77856</x:v>
       </x:c>
       <x:c r="BV5" s="3" t="n">
-        <x:v>75905</x:v>
+        <x:v>76394</x:v>
       </x:c>
       <x:c r="BW5" s="3" t="n">
-        <x:v>77406</x:v>
+        <x:v>77856</x:v>
       </x:c>
       <x:c r="BX5" s="3" t="n">
-        <x:v>81531</x:v>
+        <x:v>81915</x:v>
       </x:c>
       <x:c r="BY5" s="3" t="n">
-        <x:v>89672</x:v>
+        <x:v>90053</x:v>
       </x:c>
       <x:c r="BZ5" s="3" t="n">
-        <x:v>81094</x:v>
+        <x:v>81398</x:v>
       </x:c>
       <x:c r="CA5" s="3" t="n">
-        <x:v>92734</x:v>
+        <x:v>93006</x:v>
       </x:c>
       <x:c r="CB5" s="3" t="n">
-        <x:v>94788</x:v>
+        <x:v>95044</x:v>
       </x:c>
       <x:c r="CC5" s="3" t="n">
-        <x:v>97957</x:v>
+        <x:v>98198</x:v>
       </x:c>
       <x:c r="CD5" s="3" t="n">
-        <x:v>98913</x:v>
+        <x:v>99230</x:v>
       </x:c>
       <x:c r="CE5" s="3" t="n">
-        <x:v>98235</x:v>
+        <x:v>98527</x:v>
       </x:c>
       <x:c r="CF5" s="3" t="n">
-        <x:v>102412</x:v>
+        <x:v>102757</x:v>
       </x:c>
       <x:c r="CG5" s="3" t="n">
-        <x:v>106194</x:v>
+        <x:v>106557</x:v>
       </x:c>
       <x:c r="CH5" s="3" t="n">
-        <x:v>94611</x:v>
+        <x:v>94954</x:v>
       </x:c>
       <x:c r="CI5" s="3" t="n">
-        <x:v>94142</x:v>
+        <x:v>94471</x:v>
       </x:c>
       <x:c r="CJ5" s="3" t="n">
-        <x:v>100902</x:v>
+        <x:v>101251</x:v>
       </x:c>
       <x:c r="CK5" s="3" t="n">
-        <x:v>104470</x:v>
+        <x:v>104832</x:v>
       </x:c>
       <x:c r="CL5" s="3" t="n">
-        <x:v>103598</x:v>
+        <x:v>103995</x:v>
       </x:c>
       <x:c r="CM5" s="3" t="n">
-        <x:v>107224</x:v>
+        <x:v>107617</x:v>
       </x:c>
       <x:c r="CN5" s="3" t="n">
-        <x:v>109837</x:v>
+        <x:v>110229</x:v>
       </x:c>
       <x:c r="CO5" s="3" t="n">
-        <x:v>112458</x:v>
+        <x:v>112883</x:v>
       </x:c>
       <x:c r="CP5" s="3" t="n">
-        <x:v>111299</x:v>
+        <x:v>111804</x:v>
       </x:c>
       <x:c r="CQ5" s="3" t="n">
-        <x:v>110362</x:v>
+        <x:v>110864</x:v>
       </x:c>
       <x:c r="CR5" s="3" t="n">
-        <x:v>109993</x:v>
+        <x:v>110433</x:v>
       </x:c>
       <x:c r="CS5" s="3" t="n">
-        <x:v>109737</x:v>
+        <x:v>110195</x:v>
       </x:c>
       <x:c r="CT5" s="3" t="n">
-        <x:v>99710</x:v>
+        <x:v>100333</x:v>
       </x:c>
       <x:c r="CU5" s="3" t="n">
-        <x:v>110262</x:v>
+        <x:v>110738</x:v>
       </x:c>
       <x:c r="CV5" s="3" t="n">
-        <x:v>105874</x:v>
+        <x:v>106508</x:v>
       </x:c>
       <x:c r="CW5" s="3" t="n">
-        <x:v>107226</x:v>
+        <x:v>107668</x:v>
       </x:c>
       <x:c r="CX5" s="3" t="n">
-        <x:v>102431</x:v>
+        <x:v>102943</x:v>
       </x:c>
       <x:c r="CY5" s="3" t="n">
-        <x:v>105064</x:v>
+        <x:v>105566</x:v>
       </x:c>
       <x:c r="CZ5" s="3" t="n">
-        <x:v>111677</x:v>
+        <x:v>112212</x:v>
       </x:c>
       <x:c r="DA5" s="3" t="n">
-        <x:v>113624</x:v>
+        <x:v>114217</x:v>
       </x:c>
       <x:c r="DB5" s="3" t="n">
-        <x:v>114302</x:v>
+        <x:v>114856</x:v>
       </x:c>
       <x:c r="DC5" s="3" t="n">
-        <x:v>119371</x:v>
+        <x:v>120068</x:v>
       </x:c>
       <x:c r="DD5" s="3" t="n">
-        <x:v>128320</x:v>
+        <x:v>128916</x:v>
       </x:c>
       <x:c r="DE5" s="3" t="n">
-        <x:v>130846</x:v>
+        <x:v>131377</x:v>
       </x:c>
       <x:c r="DF5" s="3" t="n">
-        <x:v>119037</x:v>
+        <x:v>119507</x:v>
       </x:c>
       <x:c r="DG5" s="3" t="n">
-        <x:v>135602</x:v>
+        <x:v>136178</x:v>
       </x:c>
       <x:c r="DH5" s="3" t="n">
-        <x:v>140987</x:v>
+        <x:v>141354</x:v>
       </x:c>
       <x:c r="DI5" s="3" t="n">
-        <x:v>144121</x:v>
+        <x:v>144776</x:v>
       </x:c>
       <x:c r="DJ5" s="3" t="n">
-        <x:v>136960</x:v>
+        <x:v>137502</x:v>
       </x:c>
       <x:c r="DK5" s="3" t="n">
-        <x:v>147718</x:v>
+        <x:v>147932</x:v>
       </x:c>
       <x:c r="DL5" s="3" t="n">
-        <x:v>153678</x:v>
+        <x:v>154092</x:v>
       </x:c>
       <x:c r="DM5" s="3" t="n">
-        <x:v>165086</x:v>
+        <x:v>166034</x:v>
       </x:c>
       <x:c r="DN5" s="3" t="n">
-        <x:v>160202</x:v>
+        <x:v>160564</x:v>
       </x:c>
       <x:c r="DO5" s="3" t="n">
-        <x:v>168870</x:v>
+        <x:v>169177</x:v>
       </x:c>
       <x:c r="DP5" s="3" t="n">
-        <x:v>172142</x:v>
+        <x:v>172529</x:v>
       </x:c>
       <x:c r="DQ5" s="3" t="n">
-        <x:v>182869</x:v>
+        <x:v>183216</x:v>
       </x:c>
       <x:c r="DR5" s="3" t="n">
-        <x:v>172834</x:v>
+        <x:v>173093</x:v>
       </x:c>
       <x:c r="DS5" s="3" t="n">
-        <x:v>187389</x:v>
+        <x:v>187841</x:v>
       </x:c>
       <x:c r="DT5" s="3" t="n">
-        <x:v>192487</x:v>
+        <x:v>192928</x:v>
       </x:c>
       <x:c r="DU5" s="3" t="n">
-        <x:v>196360</x:v>
+        <x:v>196921</x:v>
       </x:c>
       <x:c r="DV5" s="3" t="n">
-        <x:v>163160</x:v>
+        <x:v>163285</x:v>
       </x:c>
       <x:c r="DW5" s="3" t="n">
-        <x:v>167249</x:v>
+        <x:v>167338</x:v>
       </x:c>
       <x:c r="DX5" s="3" t="n">
-        <x:v>173997</x:v>
+        <x:v>174141</x:v>
       </x:c>
       <x:c r="DY5" s="3" t="n">
-        <x:v>170276</x:v>
+        <x:v>170442</x:v>
       </x:c>
       <x:c r="DZ5" s="3" t="n">
-        <x:v>166869</x:v>
+        <x:v>167201</x:v>
       </x:c>
       <x:c r="EA5" s="3" t="n">
-        <x:v>185706</x:v>
+        <x:v>185714</x:v>
       </x:c>
       <x:c r="EB5" s="3" t="n">
-        <x:v>188788</x:v>
+        <x:v>189096</x:v>
       </x:c>
       <x:c r="EC5" s="3" t="n">
-        <x:v>190459</x:v>
+        <x:v>190460</x:v>
       </x:c>
       <x:c r="ED5" s="3" t="n">
-        <x:v>195356</x:v>
+        <x:v>195285</x:v>
       </x:c>
       <x:c r="EE5" s="3" t="n">
-        <x:v>188499</x:v>
+        <x:v>188202</x:v>
       </x:c>
       <x:c r="EF5" s="3" t="n">
-        <x:v>195956</x:v>
+        <x:v>195831</x:v>
       </x:c>
       <x:c r="EG5" s="3" t="n">
-        <x:v>205212</x:v>
+        <x:v>205573</x:v>
       </x:c>
       <x:c r="EH5" s="3" t="n">
-        <x:v>191811</x:v>
+        <x:v>192907</x:v>
       </x:c>
       <x:c r="EI5" s="3" t="n">
-        <x:v>204457</x:v>
+        <x:v>205281</x:v>
       </x:c>
       <x:c r="EJ5" s="3" t="n">
-        <x:v>207976</x:v>
+        <x:v>208512</x:v>
       </x:c>
       <x:c r="EK5" s="3" t="n">
-        <x:v>207496</x:v>
+        <x:v>207935</x:v>
       </x:c>
       <x:c r="EL5" s="3" t="n">
-        <x:v>196185</x:v>
+        <x:v>197169</x:v>
       </x:c>
       <x:c r="EM5" s="3" t="n">
-        <x:v>216377</x:v>
+        <x:v>217790</x:v>
       </x:c>
       <x:c r="EN5" s="3" t="n">
-        <x:v>228377</x:v>
+        <x:v>229462</x:v>
       </x:c>
       <x:c r="EO5" s="3" t="n">
-        <x:v>227800</x:v>
+        <x:v>228390</x:v>
       </x:c>
       <x:c r="EP5" s="3" t="n">
-        <x:v>217057</x:v>
+        <x:v>218210</x:v>
       </x:c>
       <x:c r="EQ5" s="3" t="n">
-        <x:v>226983</x:v>
+        <x:v>228601</x:v>
       </x:c>
       <x:c r="ER5" s="3" t="n">
-        <x:v>246054</x:v>
+        <x:v>246984</x:v>
       </x:c>
       <x:c r="ES5" s="3" t="n">
-        <x:v>239775</x:v>
+        <x:v>241275</x:v>
       </x:c>
       <x:c r="ET5" s="3" t="n">
-        <x:v>239619</x:v>
+        <x:v>241405</x:v>
       </x:c>
       <x:c r="EU5" s="3" t="n">
-        <x:v>245608</x:v>
+        <x:v>246966</x:v>
       </x:c>
       <x:c r="EV5" s="3" t="n">
-        <x:v>253534</x:v>
+        <x:v>255102</x:v>
       </x:c>
       <x:c r="EW5" s="3" t="n">
-        <x:v>258412</x:v>
+        <x:v>259953</x:v>
       </x:c>
       <x:c r="EX5" s="3" t="n">
-        <x:v>242982</x:v>
+        <x:v>244559</x:v>
       </x:c>
       <x:c r="EY5" s="3" t="n">
-        <x:v>262160</x:v>
+        <x:v>263107</x:v>
       </x:c>
       <x:c r="EZ5" s="3" t="n">
-        <x:v>263261</x:v>
+        <x:v>264276</x:v>
       </x:c>
       <x:c r="FA5" s="3" t="n">
-        <x:v>265456</x:v>
+        <x:v>266532</x:v>
       </x:c>
       <x:c r="FB5" s="3" t="n">
-        <x:v>253453</x:v>
+        <x:v>254903</x:v>
       </x:c>
       <x:c r="FC5" s="3" t="n">
-        <x:v>270195</x:v>
+        <x:v>271310</x:v>
       </x:c>
       <x:c r="FD5" s="3" t="n">
-        <x:v>267293</x:v>
+        <x:v>268076</x:v>
       </x:c>
       <x:c r="FE5" s="3" t="n">
-        <x:v>284964</x:v>
+        <x:v>285881</x:v>
       </x:c>
       <x:c r="FF5" s="3" t="n">
-        <x:v>259870</x:v>
+        <x:v>261522</x:v>
       </x:c>
       <x:c r="FG5" s="3" t="n">
-        <x:v>292303</x:v>
+        <x:v>293383</x:v>
       </x:c>
       <x:c r="FH5" s="3" t="n">
-        <x:v>289530</x:v>
+        <x:v>290402</x:v>
       </x:c>
       <x:c r="FI5" s="3" t="n">
-        <x:v>295012</x:v>
+        <x:v>296101</x:v>
       </x:c>
       <x:c r="FJ5" s="3" t="n">
-        <x:v>287653</x:v>
+        <x:v>289775</x:v>
       </x:c>
       <x:c r="FK5" s="3" t="n">
-        <x:v>310305</x:v>
+        <x:v>311906</x:v>
       </x:c>
       <x:c r="FL5" s="3" t="n">
-        <x:v>316005</x:v>
+        <x:v>317544</x:v>
       </x:c>
       <x:c r="FM5" s="3" t="n">
-        <x:v>318164</x:v>
+        <x:v>319696</x:v>
       </x:c>
       <x:c r="FN5" s="3" t="n">
-        <x:v>304252</x:v>
+        <x:v>306006</x:v>
       </x:c>
       <x:c r="FO5" s="3" t="n">
-        <x:v>264688</x:v>
+        <x:v>265744</x:v>
       </x:c>
       <x:c r="FP5" s="3" t="n">
-        <x:v>280181</x:v>
+        <x:v>281207</x:v>
       </x:c>
       <x:c r="FQ5" s="3" t="n">
-        <x:v>298171</x:v>
+        <x:v>299550</x:v>
       </x:c>
       <x:c r="FR5" s="3" t="n">
-        <x:v>263785</x:v>
+        <x:v>265345</x:v>
       </x:c>
       <x:c r="FS5" s="3" t="n">
-        <x:v>295436</x:v>
+        <x:v>296517</x:v>
       </x:c>
       <x:c r="FT5" s="3" t="n">
-        <x:v>313142</x:v>
+        <x:v>314357</x:v>
       </x:c>
       <x:c r="FU5" s="3" t="n">
-        <x:v>346398</x:v>
+        <x:v>347909</x:v>
       </x:c>
       <x:c r="FV5" s="3" t="n">
-        <x:v>333971</x:v>
+        <x:v>335067</x:v>
       </x:c>
       <x:c r="FW5" s="3" t="n">
-        <x:v>383067</x:v>
+        <x:v>385880</x:v>
       </x:c>
       <x:c r="FX5" s="3" t="n">
-        <x:v>409540</x:v>
+        <x:v>411599</x:v>
       </x:c>
       <x:c r="FY5" s="3" t="n">
-        <x:v>427593</x:v>
+        <x:v>430864</x:v>
       </x:c>
       <x:c r="FZ5" s="3" t="n">
-        <x:v>394218</x:v>
+        <x:v>391141</x:v>
       </x:c>
       <x:c r="GA5" s="3" t="n">
-        <x:v>426933</x:v>
+        <x:v>422727</x:v>
       </x:c>
       <x:c r="GB5" s="3" t="n">
-        <x:v>408632</x:v>
+        <x:v>405621</x:v>
       </x:c>
       <x:c r="GC5" s="3" t="n">
-        <x:v>425762</x:v>
+        <x:v>424824</x:v>
       </x:c>
       <x:c r="GD5" s="3" t="n">
-        <x:v>389413</x:v>
+        <x:v>393229</x:v>
       </x:c>
       <x:c r="GE5" s="3" t="n">
-        <x:v>451687</x:v>
+        <x:v>452571</x:v>
       </x:c>
       <x:c r="GF5" s="3" t="n">
-        <x:v>455329</x:v>
+        <x:v>462778</x:v>
       </x:c>
       <x:c r="GG5" s="3" t="n">
-        <x:v>463754</x:v>
+        <x:v>469081</x:v>
       </x:c>
       <x:c r="GH5" s="3" t="n">
-        <x:v>425173</x:v>
+        <x:v>433996</x:v>
       </x:c>
       <x:c r="GI5" s="3" t="n">
-        <x:v>447161</x:v>
+        <x:v>457854</x:v>
+      </x:c>
+      <x:c r="GJ5" s="3" t="n">
+        <x:v>465327</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:191">
+    <x:row r="6" spans="1:192">
       <x:c r="A6" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>15935</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>16801</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>12924</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>16299</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
         <x:v>15900</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
         <x:v>17498</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
         <x:v>17420</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
         <x:v>20699</x:v>
       </x:c>
@@ -2890,95 +2899,98 @@
       <x:c r="FN6" s="3" t="n">
         <x:v>197933</x:v>
       </x:c>
       <x:c r="FO6" s="3" t="n">
         <x:v>188315</x:v>
       </x:c>
       <x:c r="FP6" s="3" t="n">
         <x:v>200264</x:v>
       </x:c>
       <x:c r="FQ6" s="3" t="n">
         <x:v>211830</x:v>
       </x:c>
       <x:c r="FR6" s="3" t="n">
         <x:v>192867</x:v>
       </x:c>
       <x:c r="FS6" s="3" t="n">
         <x:v>220037</x:v>
       </x:c>
       <x:c r="FT6" s="3" t="n">
         <x:v>220772</x:v>
       </x:c>
       <x:c r="FU6" s="3" t="n">
         <x:v>238862</x:v>
       </x:c>
       <x:c r="FV6" s="3" t="n">
-        <x:v>234575</x:v>
+        <x:v>234059</x:v>
       </x:c>
       <x:c r="FW6" s="3" t="n">
-        <x:v>258310</x:v>
+        <x:v>257999</x:v>
       </x:c>
       <x:c r="FX6" s="3" t="n">
-        <x:v>272203</x:v>
+        <x:v>271761</x:v>
       </x:c>
       <x:c r="FY6" s="3" t="n">
-        <x:v>292446</x:v>
+        <x:v>292519</x:v>
       </x:c>
       <x:c r="FZ6" s="3" t="n">
-        <x:v>261622</x:v>
+        <x:v>262431</x:v>
       </x:c>
       <x:c r="GA6" s="3" t="n">
-        <x:v>271714</x:v>
+        <x:v>271582</x:v>
       </x:c>
       <x:c r="GB6" s="3" t="n">
-        <x:v>248573</x:v>
+        <x:v>249845</x:v>
       </x:c>
       <x:c r="GC6" s="3" t="n">
-        <x:v>268224</x:v>
+        <x:v>269767</x:v>
       </x:c>
       <x:c r="GD6" s="3" t="n">
-        <x:v>241735</x:v>
+        <x:v>239781</x:v>
       </x:c>
       <x:c r="GE6" s="3" t="n">
-        <x:v>284115</x:v>
+        <x:v>279960</x:v>
       </x:c>
       <x:c r="GF6" s="3" t="n">
-        <x:v>278935</x:v>
+        <x:v>277027</x:v>
       </x:c>
       <x:c r="GG6" s="3" t="n">
-        <x:v>294273</x:v>
+        <x:v>291516</x:v>
       </x:c>
       <x:c r="GH6" s="3" t="n">
-        <x:v>268926</x:v>
+        <x:v>269734</x:v>
       </x:c>
       <x:c r="GI6" s="3" t="n">
-        <x:v>281296</x:v>
+        <x:v>278567</x:v>
+      </x:c>
+      <x:c r="GJ6" s="3" t="n">
+        <x:v>274092</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:191">
+    <x:row r="7" spans="1:192">
       <x:c r="A7" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>1372</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>1495</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>1261</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>1767</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
         <x:v>1318</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
         <x:v>1799</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
         <x:v>1931</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
         <x:v>2613</x:v>
       </x:c>
@@ -3477,83 +3489,86 @@
       <x:c r="FR7" s="3" t="n">
         <x:v>5083</x:v>
       </x:c>
       <x:c r="FS7" s="3" t="n">
         <x:v>6322</x:v>
       </x:c>
       <x:c r="FT7" s="3" t="n">
         <x:v>3727</x:v>
       </x:c>
       <x:c r="FU7" s="3" t="n">
         <x:v>4506</x:v>
       </x:c>
       <x:c r="FV7" s="3" t="n">
         <x:v>4642</x:v>
       </x:c>
       <x:c r="FW7" s="3" t="n">
         <x:v>6824</x:v>
       </x:c>
       <x:c r="FX7" s="3" t="n">
         <x:v>6612</x:v>
       </x:c>
       <x:c r="FY7" s="3" t="n">
         <x:v>7895</x:v>
       </x:c>
       <x:c r="FZ7" s="3" t="n">
-        <x:v>7487</x:v>
+        <x:v>7467</x:v>
       </x:c>
       <x:c r="GA7" s="3" t="n">
-        <x:v>5533</x:v>
+        <x:v>5515</x:v>
       </x:c>
       <x:c r="GB7" s="3" t="n">
-        <x:v>6828</x:v>
+        <x:v>6808</x:v>
       </x:c>
       <x:c r="GC7" s="3" t="n">
-        <x:v>6667</x:v>
+        <x:v>6650</x:v>
       </x:c>
       <x:c r="GD7" s="3" t="n">
         <x:v>4555</x:v>
       </x:c>
       <x:c r="GE7" s="3" t="n">
         <x:v>3913</x:v>
       </x:c>
       <x:c r="GF7" s="3" t="n">
         <x:v>7789</x:v>
       </x:c>
       <x:c r="GG7" s="3" t="n">
         <x:v>4487</x:v>
       </x:c>
       <x:c r="GH7" s="3" t="n">
-        <x:v>5565</x:v>
+        <x:v>5552</x:v>
       </x:c>
       <x:c r="GI7" s="3" t="n">
-        <x:v>3934</x:v>
+        <x:v>3897</x:v>
+      </x:c>
+      <x:c r="GJ7" s="3" t="n">
+        <x:v>5106</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:191">
+    <x:row r="8" spans="1:192">
       <x:c r="A8" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>1233</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>2412</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>549</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>1349</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
         <x:v>1118</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
         <x:v>1390</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
         <x:v>1785</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
         <x:v>956</x:v>
       </x:c>
@@ -4040,95 +4055,98 @@
       <x:c r="FN8" s="3" t="n">
         <x:v>12356</x:v>
       </x:c>
       <x:c r="FO8" s="3" t="n">
         <x:v>11951</x:v>
       </x:c>
       <x:c r="FP8" s="3" t="n">
         <x:v>11472</x:v>
       </x:c>
       <x:c r="FQ8" s="3" t="n">
         <x:v>8339</x:v>
       </x:c>
       <x:c r="FR8" s="3" t="n">
         <x:v>6800</x:v>
       </x:c>
       <x:c r="FS8" s="3" t="n">
         <x:v>7214</x:v>
       </x:c>
       <x:c r="FT8" s="3" t="n">
         <x:v>11621</x:v>
       </x:c>
       <x:c r="FU8" s="3" t="n">
         <x:v>11830</x:v>
       </x:c>
       <x:c r="FV8" s="3" t="n">
-        <x:v>9118</x:v>
+        <x:v>8793</x:v>
       </x:c>
       <x:c r="FW8" s="3" t="n">
-        <x:v>5417</x:v>
+        <x:v>5472</x:v>
       </x:c>
       <x:c r="FX8" s="3" t="n">
-        <x:v>5764</x:v>
+        <x:v>5612</x:v>
       </x:c>
       <x:c r="FY8" s="3" t="n">
-        <x:v>7500</x:v>
+        <x:v>7922</x:v>
       </x:c>
       <x:c r="FZ8" s="3" t="n">
-        <x:v>5653</x:v>
+        <x:v>5873</x:v>
       </x:c>
       <x:c r="GA8" s="3" t="n">
-        <x:v>11110</x:v>
+        <x:v>10265</x:v>
       </x:c>
       <x:c r="GB8" s="3" t="n">
-        <x:v>7567</x:v>
+        <x:v>8016</x:v>
       </x:c>
       <x:c r="GC8" s="3" t="n">
-        <x:v>6881</x:v>
+        <x:v>7580</x:v>
       </x:c>
       <x:c r="GD8" s="3" t="n">
         <x:v>5406</x:v>
       </x:c>
       <x:c r="GE8" s="3" t="n">
         <x:v>6950</x:v>
       </x:c>
       <x:c r="GF8" s="3" t="n">
         <x:v>9835</x:v>
       </x:c>
       <x:c r="GG8" s="3" t="n">
         <x:v>18972</x:v>
       </x:c>
       <x:c r="GH8" s="3" t="n">
-        <x:v>7078</x:v>
+        <x:v>7205</x:v>
       </x:c>
       <x:c r="GI8" s="3" t="n">
-        <x:v>7800</x:v>
+        <x:v>7267</x:v>
+      </x:c>
+      <x:c r="GJ8" s="3" t="n">
+        <x:v>4571</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:191">
+    <x:row r="9" spans="1:192">
       <x:c r="A9" s="2" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>13330</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>12895</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>11114</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>13183</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>13465</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>14309</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
         <x:v>13703</x:v>
       </x:c>
       <x:c r="I9" s="3" t="n">
         <x:v>17131</x:v>
       </x:c>
@@ -4615,95 +4633,98 @@
       <x:c r="FN9" s="3" t="n">
         <x:v>179522</x:v>
       </x:c>
       <x:c r="FO9" s="3" t="n">
         <x:v>173096</x:v>
       </x:c>
       <x:c r="FP9" s="3" t="n">
         <x:v>184855</x:v>
       </x:c>
       <x:c r="FQ9" s="3" t="n">
         <x:v>199559</x:v>
       </x:c>
       <x:c r="FR9" s="3" t="n">
         <x:v>180984</x:v>
       </x:c>
       <x:c r="FS9" s="3" t="n">
         <x:v>206500</x:v>
       </x:c>
       <x:c r="FT9" s="3" t="n">
         <x:v>205424</x:v>
       </x:c>
       <x:c r="FU9" s="3" t="n">
         <x:v>222527</x:v>
       </x:c>
       <x:c r="FV9" s="3" t="n">
-        <x:v>220814</x:v>
+        <x:v>220624</x:v>
       </x:c>
       <x:c r="FW9" s="3" t="n">
-        <x:v>246069</x:v>
+        <x:v>245702</x:v>
       </x:c>
       <x:c r="FX9" s="3" t="n">
-        <x:v>259827</x:v>
+        <x:v>259537</x:v>
       </x:c>
       <x:c r="FY9" s="3" t="n">
-        <x:v>277051</x:v>
+        <x:v>276702</x:v>
       </x:c>
       <x:c r="FZ9" s="3" t="n">
-        <x:v>248482</x:v>
+        <x:v>249091</x:v>
       </x:c>
       <x:c r="GA9" s="3" t="n">
-        <x:v>255071</x:v>
+        <x:v>255802</x:v>
       </x:c>
       <x:c r="GB9" s="3" t="n">
-        <x:v>234178</x:v>
+        <x:v>235021</x:v>
       </x:c>
       <x:c r="GC9" s="3" t="n">
-        <x:v>254676</x:v>
+        <x:v>255538</x:v>
       </x:c>
       <x:c r="GD9" s="3" t="n">
-        <x:v>231774</x:v>
+        <x:v>229820</x:v>
       </x:c>
       <x:c r="GE9" s="3" t="n">
-        <x:v>273252</x:v>
+        <x:v>269097</x:v>
       </x:c>
       <x:c r="GF9" s="3" t="n">
-        <x:v>261311</x:v>
+        <x:v>259403</x:v>
       </x:c>
       <x:c r="GG9" s="3" t="n">
-        <x:v>270814</x:v>
+        <x:v>268057</x:v>
       </x:c>
       <x:c r="GH9" s="3" t="n">
-        <x:v>256283</x:v>
+        <x:v>256977</x:v>
       </x:c>
       <x:c r="GI9" s="3" t="n">
-        <x:v>269562</x:v>
+        <x:v>267403</x:v>
+      </x:c>
+      <x:c r="GJ9" s="3" t="n">
+        <x:v>264415</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:191">
+    <x:row r="10" spans="1:192">
       <x:c r="A10" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>923</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>968</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>634</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>795</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>996</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>956</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
         <x:v>752</x:v>
       </x:c>
       <x:c r="I10" s="3" t="n">
         <x:v>1032</x:v>
       </x:c>
@@ -5226,59 +5247,62 @@
       <x:c r="FZ10" s="3" t="n">
         <x:v>7057</x:v>
       </x:c>
       <x:c r="GA10" s="3" t="n">
         <x:v>7060</x:v>
       </x:c>
       <x:c r="GB10" s="3" t="n">
         <x:v>5760</x:v>
       </x:c>
       <x:c r="GC10" s="3" t="n">
         <x:v>7252</x:v>
       </x:c>
       <x:c r="GD10" s="3" t="n">
         <x:v>7307</x:v>
       </x:c>
       <x:c r="GE10" s="3" t="n">
         <x:v>7110</x:v>
       </x:c>
       <x:c r="GF10" s="3" t="n">
         <x:v>6067</x:v>
       </x:c>
       <x:c r="GG10" s="3" t="n">
         <x:v>7380</x:v>
       </x:c>
       <x:c r="GH10" s="3" t="n">
-        <x:v>8429</x:v>
+        <x:v>8427</x:v>
       </x:c>
       <x:c r="GI10" s="3" t="n">
-        <x:v>8331</x:v>
+        <x:v>8291</x:v>
+      </x:c>
+      <x:c r="GJ10" s="3" t="n">
+        <x:v>6832</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:191">
+    <x:row r="11" spans="1:192">
       <x:c r="A11" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>205</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>286</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>240</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
         <x:v>342</x:v>
       </x:c>
@@ -5777,83 +5801,86 @@
       <x:c r="FR11" s="3" t="n">
         <x:v>1794</x:v>
       </x:c>
       <x:c r="FS11" s="3" t="n">
         <x:v>1671</x:v>
       </x:c>
       <x:c r="FT11" s="3" t="n">
         <x:v>2232</x:v>
       </x:c>
       <x:c r="FU11" s="3" t="n">
         <x:v>2055</x:v>
       </x:c>
       <x:c r="FV11" s="3" t="n">
         <x:v>2415</x:v>
       </x:c>
       <x:c r="FW11" s="3" t="n">
         <x:v>3204</x:v>
       </x:c>
       <x:c r="FX11" s="3" t="n">
         <x:v>4082</x:v>
       </x:c>
       <x:c r="FY11" s="3" t="n">
         <x:v>3188</x:v>
       </x:c>
       <x:c r="FZ11" s="3" t="n">
-        <x:v>3260</x:v>
+        <x:v>3276</x:v>
       </x:c>
       <x:c r="GA11" s="3" t="n">
-        <x:v>3322</x:v>
+        <x:v>3338</x:v>
       </x:c>
       <x:c r="GB11" s="3" t="n">
-        <x:v>3353</x:v>
+        <x:v>3370</x:v>
       </x:c>
       <x:c r="GC11" s="3" t="n">
-        <x:v>2827</x:v>
+        <x:v>2841</x:v>
       </x:c>
       <x:c r="GD11" s="3" t="n">
         <x:v>3092</x:v>
       </x:c>
       <x:c r="GE11" s="3" t="n">
         <x:v>3458</x:v>
       </x:c>
       <x:c r="GF11" s="3" t="n">
         <x:v>3611</x:v>
       </x:c>
       <x:c r="GG11" s="3" t="n">
         <x:v>3257</x:v>
       </x:c>
       <x:c r="GH11" s="3" t="n">
         <x:v>2828</x:v>
       </x:c>
       <x:c r="GI11" s="3" t="n">
-        <x:v>3164</x:v>
+        <x:v>3199</x:v>
+      </x:c>
+      <x:c r="GJ11" s="3" t="n">
+        <x:v>2892</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:191">
+    <x:row r="12" spans="1:192">
       <x:c r="A12" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>12200</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>11678</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>10261</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>12070</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>12210</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
         <x:v>13036</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
         <x:v>12618</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
         <x:v>15723</x:v>
       </x:c>
@@ -6340,95 +6367,98 @@
       <x:c r="FN12" s="3" t="n">
         <x:v>171459</x:v>
       </x:c>
       <x:c r="FO12" s="3" t="n">
         <x:v>165475</x:v>
       </x:c>
       <x:c r="FP12" s="3" t="n">
         <x:v>178536</x:v>
       </x:c>
       <x:c r="FQ12" s="3" t="n">
         <x:v>192068</x:v>
       </x:c>
       <x:c r="FR12" s="3" t="n">
         <x:v>172275</x:v>
       </x:c>
       <x:c r="FS12" s="3" t="n">
         <x:v>198216</x:v>
       </x:c>
       <x:c r="FT12" s="3" t="n">
         <x:v>197119</x:v>
       </x:c>
       <x:c r="FU12" s="3" t="n">
         <x:v>212092</x:v>
       </x:c>
       <x:c r="FV12" s="3" t="n">
-        <x:v>207483</x:v>
+        <x:v>207293</x:v>
       </x:c>
       <x:c r="FW12" s="3" t="n">
-        <x:v>231908</x:v>
+        <x:v>231541</x:v>
       </x:c>
       <x:c r="FX12" s="3" t="n">
-        <x:v>240332</x:v>
+        <x:v>240041</x:v>
       </x:c>
       <x:c r="FY12" s="3" t="n">
-        <x:v>263852</x:v>
+        <x:v>263504</x:v>
       </x:c>
       <x:c r="FZ12" s="3" t="n">
-        <x:v>234718</x:v>
+        <x:v>235297</x:v>
       </x:c>
       <x:c r="GA12" s="3" t="n">
-        <x:v>242715</x:v>
+        <x:v>243422</x:v>
       </x:c>
       <x:c r="GB12" s="3" t="n">
-        <x:v>224772</x:v>
+        <x:v>225597</x:v>
       </x:c>
       <x:c r="GC12" s="3" t="n">
-        <x:v>242052</x:v>
+        <x:v>242890</x:v>
       </x:c>
       <x:c r="GD12" s="3" t="n">
-        <x:v>218969</x:v>
+        <x:v>217015</x:v>
       </x:c>
       <x:c r="GE12" s="3" t="n">
-        <x:v>261808</x:v>
+        <x:v>257653</x:v>
       </x:c>
       <x:c r="GF12" s="3" t="n">
-        <x:v>251070</x:v>
+        <x:v>249162</x:v>
       </x:c>
       <x:c r="GG12" s="3" t="n">
-        <x:v>259271</x:v>
+        <x:v>256514</x:v>
       </x:c>
       <x:c r="GH12" s="3" t="n">
-        <x:v>244170</x:v>
+        <x:v>244866</x:v>
       </x:c>
       <x:c r="GI12" s="3" t="n">
-        <x:v>256920</x:v>
+        <x:v>254766</x:v>
+      </x:c>
+      <x:c r="GJ12" s="3" t="n">
+        <x:v>253612</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:191">
+    <x:row r="13" spans="1:192">
       <x:c r="A13" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>481</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>494</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>464</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>638</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>564</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>512</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
         <x:v>533</x:v>
       </x:c>
       <x:c r="I13" s="3" t="n">
         <x:v>762</x:v>
       </x:c>
@@ -6927,83 +6957,86 @@
       <x:c r="FR13" s="3" t="n">
         <x:v>15793</x:v>
       </x:c>
       <x:c r="FS13" s="3" t="n">
         <x:v>17414</x:v>
       </x:c>
       <x:c r="FT13" s="3" t="n">
         <x:v>20180</x:v>
       </x:c>
       <x:c r="FU13" s="3" t="n">
         <x:v>20694</x:v>
       </x:c>
       <x:c r="FV13" s="3" t="n">
         <x:v>16972</x:v>
       </x:c>
       <x:c r="FW13" s="3" t="n">
         <x:v>20362</x:v>
       </x:c>
       <x:c r="FX13" s="3" t="n">
         <x:v>23930</x:v>
       </x:c>
       <x:c r="FY13" s="3" t="n">
         <x:v>23856</x:v>
       </x:c>
       <x:c r="FZ13" s="3" t="n">
-        <x:v>20482</x:v>
+        <x:v>20586</x:v>
       </x:c>
       <x:c r="GA13" s="3" t="n">
-        <x:v>22290</x:v>
+        <x:v>22409</x:v>
       </x:c>
       <x:c r="GB13" s="3" t="n">
-        <x:v>26355</x:v>
+        <x:v>26460</x:v>
       </x:c>
       <x:c r="GC13" s="3" t="n">
-        <x:v>25987</x:v>
+        <x:v>26107</x:v>
       </x:c>
       <x:c r="GD13" s="3" t="n">
         <x:v>20838</x:v>
       </x:c>
       <x:c r="GE13" s="3" t="n">
         <x:v>24934</x:v>
       </x:c>
       <x:c r="GF13" s="3" t="n">
         <x:v>28252</x:v>
       </x:c>
       <x:c r="GG13" s="3" t="n">
         <x:v>26130</x:v>
       </x:c>
       <x:c r="GH13" s="3" t="n">
-        <x:v>23596</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="GI13" s="3" t="n">
-        <x:v>25561</x:v>
+        <x:v>25652</x:v>
+      </x:c>
+      <x:c r="GJ13" s="3" t="n">
+        <x:v>27076</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:191">
+    <x:row r="14" spans="1:192">
       <x:c r="A14" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>1356</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>1357</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
         <x:v>1326</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
         <x:v>1520</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
         <x:v>1453</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
         <x:v>1446</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
         <x:v>1581</x:v>
       </x:c>
       <x:c r="I14" s="3" t="n">
         <x:v>1907</x:v>
       </x:c>
@@ -7502,83 +7535,86 @@
       <x:c r="FR14" s="3" t="n">
         <x:v>12200</x:v>
       </x:c>
       <x:c r="FS14" s="3" t="n">
         <x:v>12694</x:v>
       </x:c>
       <x:c r="FT14" s="3" t="n">
         <x:v>14336</x:v>
       </x:c>
       <x:c r="FU14" s="3" t="n">
         <x:v>13176</x:v>
       </x:c>
       <x:c r="FV14" s="3" t="n">
         <x:v>13606</x:v>
       </x:c>
       <x:c r="FW14" s="3" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="FX14" s="3" t="n">
         <x:v>16619</x:v>
       </x:c>
       <x:c r="FY14" s="3" t="n">
         <x:v>15727</x:v>
       </x:c>
       <x:c r="FZ14" s="3" t="n">
-        <x:v>14721</x:v>
+        <x:v>14716</x:v>
       </x:c>
       <x:c r="GA14" s="3" t="n">
-        <x:v>13728</x:v>
+        <x:v>13723</x:v>
       </x:c>
       <x:c r="GB14" s="3" t="n">
-        <x:v>15262</x:v>
+        <x:v>15257</x:v>
       </x:c>
       <x:c r="GC14" s="3" t="n">
-        <x:v>14365</x:v>
+        <x:v>14360</x:v>
       </x:c>
       <x:c r="GD14" s="3" t="n">
         <x:v>13981</x:v>
       </x:c>
       <x:c r="GE14" s="3" t="n">
         <x:v>14714</x:v>
       </x:c>
       <x:c r="GF14" s="3" t="n">
         <x:v>17066</x:v>
       </x:c>
       <x:c r="GG14" s="3" t="n">
         <x:v>15911</x:v>
       </x:c>
       <x:c r="GH14" s="3" t="n">
-        <x:v>15384</x:v>
+        <x:v>15382</x:v>
       </x:c>
       <x:c r="GI14" s="3" t="n">
-        <x:v>13827</x:v>
+        <x:v>13803</x:v>
+      </x:c>
+      <x:c r="GJ14" s="3" t="n">
+        <x:v>16338</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:191">
+    <x:row r="15" spans="1:192">
       <x:c r="A15" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>277</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
         <x:v>242</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>330</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
         <x:v>284</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I15" s="3" t="n">
         <x:v>405</x:v>
       </x:c>
@@ -8077,83 +8113,86 @@
       <x:c r="FR15" s="3" t="n">
         <x:v>3959</x:v>
       </x:c>
       <x:c r="FS15" s="3" t="n">
         <x:v>4920</x:v>
       </x:c>
       <x:c r="FT15" s="3" t="n">
         <x:v>5256</x:v>
       </x:c>
       <x:c r="FU15" s="3" t="n">
         <x:v>4771</x:v>
       </x:c>
       <x:c r="FV15" s="3" t="n">
         <x:v>4975</x:v>
       </x:c>
       <x:c r="FW15" s="3" t="n">
         <x:v>5460</x:v>
       </x:c>
       <x:c r="FX15" s="3" t="n">
         <x:v>4510</x:v>
       </x:c>
       <x:c r="FY15" s="3" t="n">
         <x:v>4266</x:v>
       </x:c>
       <x:c r="FZ15" s="3" t="n">
-        <x:v>3924</x:v>
+        <x:v>3925</x:v>
       </x:c>
       <x:c r="GA15" s="3" t="n">
-        <x:v>4342</x:v>
+        <x:v>4343</x:v>
       </x:c>
       <x:c r="GB15" s="3" t="n">
-        <x:v>3711</x:v>
+        <x:v>3712</x:v>
       </x:c>
       <x:c r="GC15" s="3" t="n">
-        <x:v>3685</x:v>
+        <x:v>3686</x:v>
       </x:c>
       <x:c r="GD15" s="3" t="n">
         <x:v>3317</x:v>
       </x:c>
       <x:c r="GE15" s="3" t="n">
         <x:v>4216</x:v>
       </x:c>
       <x:c r="GF15" s="3" t="n">
         <x:v>3799</x:v>
       </x:c>
       <x:c r="GG15" s="3" t="n">
         <x:v>3828</x:v>
       </x:c>
       <x:c r="GH15" s="3" t="n">
-        <x:v>3874</x:v>
+        <x:v>3871</x:v>
       </x:c>
       <x:c r="GI15" s="3" t="n">
-        <x:v>4329</x:v>
+        <x:v>4326</x:v>
+      </x:c>
+      <x:c r="GJ15" s="3" t="n">
+        <x:v>3639</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:191">
+    <x:row r="16" spans="1:192">
       <x:c r="A16" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>320</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>319</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>406</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
         <x:v>376</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H16" s="3" t="n">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I16" s="3" t="n">
         <x:v>495</x:v>
       </x:c>
@@ -8673,62 +8712,65 @@
       <x:c r="FY16" s="3" t="n">
         <x:v>4089</x:v>
       </x:c>
       <x:c r="FZ16" s="3" t="n">
         <x:v>4117</x:v>
       </x:c>
       <x:c r="GA16" s="3" t="n">
         <x:v>4144</x:v>
       </x:c>
       <x:c r="GB16" s="3" t="n">
         <x:v>3822</x:v>
       </x:c>
       <x:c r="GC16" s="3" t="n">
         <x:v>3953</x:v>
       </x:c>
       <x:c r="GD16" s="3" t="n">
         <x:v>3980</x:v>
       </x:c>
       <x:c r="GE16" s="3" t="n">
         <x:v>4167</x:v>
       </x:c>
       <x:c r="GF16" s="3" t="n">
         <x:v>4498</x:v>
       </x:c>
       <x:c r="GG16" s="3" t="n">
-        <x:v>4443</x:v>
+        <x:v>4444</x:v>
       </x:c>
       <x:c r="GH16" s="3" t="n">
         <x:v>4463</x:v>
       </x:c>
       <x:c r="GI16" s="3" t="n">
-        <x:v>4237</x:v>
+        <x:v>4238</x:v>
+      </x:c>
+      <x:c r="GJ16" s="3" t="n">
+        <x:v>4312</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:191">
+    <x:row r="17" spans="1:192">
       <x:c r="A17" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
@@ -9256,54 +9298,57 @@
       </x:c>
       <x:c r="GB17" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="GC17" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="GD17" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="GE17" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="GF17" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="GG17" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="GH17" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="GI17" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
+      <x:c r="GJ17" s="3" t="n">
+        <x:v>7</x:v>
+      </x:c>
     </x:row>
-    <x:row r="18" spans="1:191">
+    <x:row r="18" spans="1:192">
       <x:c r="A18" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>805</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
         <x:v>868</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
         <x:v>767</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
         <x:v>966</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
         <x:v>1340</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
         <x:v>1444</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
         <x:v>1458</x:v>
       </x:c>
       <x:c r="I18" s="3" t="n">
         <x:v>1805</x:v>
       </x:c>
@@ -9790,95 +9835,98 @@
       <x:c r="FN18" s="3" t="n">
         <x:v>8641</x:v>
       </x:c>
       <x:c r="FO18" s="3" t="n">
         <x:v>7649</x:v>
       </x:c>
       <x:c r="FP18" s="3" t="n">
         <x:v>6811</x:v>
       </x:c>
       <x:c r="FQ18" s="3" t="n">
         <x:v>6996</x:v>
       </x:c>
       <x:c r="FR18" s="3" t="n">
         <x:v>5310</x:v>
       </x:c>
       <x:c r="FS18" s="3" t="n">
         <x:v>7195</x:v>
       </x:c>
       <x:c r="FT18" s="3" t="n">
         <x:v>10451</x:v>
       </x:c>
       <x:c r="FU18" s="3" t="n">
         <x:v>15258</x:v>
       </x:c>
       <x:c r="FV18" s="3" t="n">
-        <x:v>12748</x:v>
+        <x:v>12558</x:v>
       </x:c>
       <x:c r="FW18" s="3" t="n">
-        <x:v>24745</x:v>
+        <x:v>24379</x:v>
       </x:c>
       <x:c r="FX18" s="3" t="n">
-        <x:v>28225</x:v>
+        <x:v>27934</x:v>
       </x:c>
       <x:c r="FY18" s="3" t="n">
-        <x:v>26790</x:v>
+        <x:v>26441</x:v>
       </x:c>
       <x:c r="FZ18" s="3" t="n">
-        <x:v>15940</x:v>
+        <x:v>16465</x:v>
       </x:c>
       <x:c r="GA18" s="3" t="n">
-        <x:v>16683</x:v>
+        <x:v>17318</x:v>
       </x:c>
       <x:c r="GB18" s="3" t="n">
-        <x:v>17645</x:v>
+        <x:v>18432</x:v>
       </x:c>
       <x:c r="GC18" s="3" t="n">
-        <x:v>20154</x:v>
+        <x:v>20934</x:v>
       </x:c>
       <x:c r="GD18" s="3" t="n">
         <x:v>12098</x:v>
       </x:c>
       <x:c r="GE18" s="3" t="n">
         <x:v>19464</x:v>
       </x:c>
       <x:c r="GF18" s="3" t="n">
         <x:v>15653</x:v>
       </x:c>
       <x:c r="GG18" s="3" t="n">
         <x:v>12589</x:v>
       </x:c>
       <x:c r="GH18" s="3" t="n">
-        <x:v>11085</x:v>
+        <x:v>10822</x:v>
       </x:c>
       <x:c r="GI18" s="3" t="n">
-        <x:v>10765</x:v>
+        <x:v>9151</x:v>
+      </x:c>
+      <x:c r="GJ18" s="3" t="n">
+        <x:v>11089</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:191">
+    <x:row r="19" spans="1:192">
       <x:c r="A19" s="2" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>1636</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>1698</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
         <x:v>1557</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
         <x:v>1734</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
         <x:v>1834</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
         <x:v>1944</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
         <x:v>1931</x:v>
       </x:c>
       <x:c r="I19" s="3" t="n">
         <x:v>2280</x:v>
       </x:c>
@@ -10377,83 +10425,86 @@
       <x:c r="FR19" s="3" t="n">
         <x:v>28845</x:v>
       </x:c>
       <x:c r="FS19" s="3" t="n">
         <x:v>31511</x:v>
       </x:c>
       <x:c r="FT19" s="3" t="n">
         <x:v>32073</x:v>
       </x:c>
       <x:c r="FU19" s="3" t="n">
         <x:v>34640</x:v>
       </x:c>
       <x:c r="FV19" s="3" t="n">
         <x:v>37177</x:v>
       </x:c>
       <x:c r="FW19" s="3" t="n">
         <x:v>38000</x:v>
       </x:c>
       <x:c r="FX19" s="3" t="n">
         <x:v>39103</x:v>
       </x:c>
       <x:c r="FY19" s="3" t="n">
         <x:v>39288</x:v>
       </x:c>
       <x:c r="FZ19" s="3" t="n">
-        <x:v>37970</x:v>
+        <x:v>38038</x:v>
       </x:c>
       <x:c r="GA19" s="3" t="n">
-        <x:v>37695</x:v>
+        <x:v>37763</x:v>
       </x:c>
       <x:c r="GB19" s="3" t="n">
-        <x:v>34724</x:v>
+        <x:v>34795</x:v>
       </x:c>
       <x:c r="GC19" s="3" t="n">
-        <x:v>36918</x:v>
+        <x:v>37000</x:v>
       </x:c>
       <x:c r="GD19" s="3" t="n">
-        <x:v>37304</x:v>
+        <x:v>35348</x:v>
       </x:c>
       <x:c r="GE19" s="3" t="n">
-        <x:v>40351</x:v>
+        <x:v>37486</x:v>
       </x:c>
       <x:c r="GF19" s="3" t="n">
-        <x:v>39218</x:v>
+        <x:v>37201</x:v>
       </x:c>
       <x:c r="GG19" s="3" t="n">
-        <x:v>39748</x:v>
+        <x:v>37040</x:v>
       </x:c>
       <x:c r="GH19" s="3" t="n">
-        <x:v>38751</x:v>
+        <x:v>39710</x:v>
       </x:c>
       <x:c r="GI19" s="3" t="n">
-        <x:v>41162</x:v>
+        <x:v>42213</x:v>
+      </x:c>
+      <x:c r="GJ19" s="3" t="n">
+        <x:v>40337</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:191">
+    <x:row r="20" spans="1:192">
       <x:c r="A20" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>1839</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
         <x:v>1771</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
         <x:v>1510</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
         <x:v>1764</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
         <x:v>1590</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
         <x:v>1757</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
         <x:v>1610</x:v>
       </x:c>
       <x:c r="I20" s="3" t="n">
         <x:v>2131</x:v>
       </x:c>
@@ -10952,83 +11003,86 @@
       <x:c r="FR20" s="3" t="n">
         <x:v>16221</x:v>
       </x:c>
       <x:c r="FS20" s="3" t="n">
         <x:v>23793</x:v>
       </x:c>
       <x:c r="FT20" s="3" t="n">
         <x:v>18455</x:v>
       </x:c>
       <x:c r="FU20" s="3" t="n">
         <x:v>19045</x:v>
       </x:c>
       <x:c r="FV20" s="3" t="n">
         <x:v>23512</x:v>
       </x:c>
       <x:c r="FW20" s="3" t="n">
         <x:v>25993</x:v>
       </x:c>
       <x:c r="FX20" s="3" t="n">
         <x:v>23184</x:v>
       </x:c>
       <x:c r="FY20" s="3" t="n">
         <x:v>22240</x:v>
       </x:c>
       <x:c r="FZ20" s="3" t="n">
-        <x:v>22932</x:v>
+        <x:v>23208</x:v>
       </x:c>
       <x:c r="GA20" s="3" t="n">
-        <x:v>27190</x:v>
+        <x:v>27490</x:v>
       </x:c>
       <x:c r="GB20" s="3" t="n">
-        <x:v>21336</x:v>
+        <x:v>21580</x:v>
       </x:c>
       <x:c r="GC20" s="3" t="n">
-        <x:v>23485</x:v>
+        <x:v>23753</x:v>
       </x:c>
       <x:c r="GD20" s="3" t="n">
         <x:v>23210</x:v>
       </x:c>
       <x:c r="GE20" s="3" t="n">
-        <x:v>29786</x:v>
+        <x:v>28632</x:v>
       </x:c>
       <x:c r="GF20" s="3" t="n">
         <x:v>27070</x:v>
       </x:c>
       <x:c r="GG20" s="3" t="n">
         <x:v>27446</x:v>
       </x:c>
       <x:c r="GH20" s="3" t="n">
-        <x:v>29749</x:v>
+        <x:v>29747</x:v>
       </x:c>
       <x:c r="GI20" s="3" t="n">
-        <x:v>29343</x:v>
+        <x:v>27882</x:v>
+      </x:c>
+      <x:c r="GJ20" s="3" t="n">
+        <x:v>27140</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:191">
+    <x:row r="21" spans="1:192">
       <x:c r="A21" s="2" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>4585</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>4046</x:v>
       </x:c>
       <x:c r="D21" s="3" t="n">
         <x:v>3402</x:v>
       </x:c>
       <x:c r="E21" s="3" t="n">
         <x:v>3905</x:v>
       </x:c>
       <x:c r="F21" s="3" t="n">
         <x:v>3932</x:v>
       </x:c>
       <x:c r="G21" s="3" t="n">
         <x:v>4236</x:v>
       </x:c>
       <x:c r="H21" s="3" t="n">
         <x:v>3976</x:v>
       </x:c>
       <x:c r="I21" s="3" t="n">
         <x:v>4811</x:v>
       </x:c>
@@ -11527,83 +11581,86 @@
       <x:c r="FR21" s="3" t="n">
         <x:v>60505</x:v>
       </x:c>
       <x:c r="FS21" s="3" t="n">
         <x:v>67058</x:v>
       </x:c>
       <x:c r="FT21" s="3" t="n">
         <x:v>65722</x:v>
       </x:c>
       <x:c r="FU21" s="3" t="n">
         <x:v>69811</x:v>
       </x:c>
       <x:c r="FV21" s="3" t="n">
         <x:v>67354</x:v>
       </x:c>
       <x:c r="FW21" s="3" t="n">
         <x:v>71804</x:v>
       </x:c>
       <x:c r="FX21" s="3" t="n">
         <x:v>72729</x:v>
       </x:c>
       <x:c r="FY21" s="3" t="n">
         <x:v>82471</x:v>
       </x:c>
       <x:c r="FZ21" s="3" t="n">
-        <x:v>83126</x:v>
+        <x:v>82779</x:v>
       </x:c>
       <x:c r="GA21" s="3" t="n">
-        <x:v>86488</x:v>
+        <x:v>86117</x:v>
       </x:c>
       <x:c r="GB21" s="3" t="n">
-        <x:v>79309</x:v>
+        <x:v>78971</x:v>
       </x:c>
       <x:c r="GC21" s="3" t="n">
-        <x:v>89435</x:v>
+        <x:v>89072</x:v>
       </x:c>
       <x:c r="GD21" s="3" t="n">
-        <x:v>82623</x:v>
+        <x:v>82625</x:v>
       </x:c>
       <x:c r="GE21" s="3" t="n">
-        <x:v>98638</x:v>
+        <x:v>98502</x:v>
       </x:c>
       <x:c r="GF21" s="3" t="n">
-        <x:v>88428</x:v>
+        <x:v>88537</x:v>
       </x:c>
       <x:c r="GG21" s="3" t="n">
-        <x:v>98198</x:v>
+        <x:v>98148</x:v>
       </x:c>
       <x:c r="GH21" s="3" t="n">
-        <x:v>91369</x:v>
+        <x:v>91352</x:v>
       </x:c>
       <x:c r="GI21" s="3" t="n">
-        <x:v>96744</x:v>
+        <x:v>96582</x:v>
+      </x:c>
+      <x:c r="GJ21" s="3" t="n">
+        <x:v>96220</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:191">
+    <x:row r="22" spans="1:192">
       <x:c r="A22" s="2" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
         <x:v>486</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
         <x:v>421</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
         <x:v>560</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
         <x:v>473</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H22" s="3" t="n">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I22" s="3" t="n">
         <x:v>657</x:v>
       </x:c>
@@ -12102,83 +12159,86 @@
       <x:c r="FR22" s="3" t="n">
         <x:v>10461</x:v>
       </x:c>
       <x:c r="FS22" s="3" t="n">
         <x:v>10554</x:v>
       </x:c>
       <x:c r="FT22" s="3" t="n">
         <x:v>10156</x:v>
       </x:c>
       <x:c r="FU22" s="3" t="n">
         <x:v>11808</x:v>
       </x:c>
       <x:c r="FV22" s="3" t="n">
         <x:v>11181</x:v>
       </x:c>
       <x:c r="FW22" s="3" t="n">
         <x:v>11228</x:v>
       </x:c>
       <x:c r="FX22" s="3" t="n">
         <x:v>10928</x:v>
       </x:c>
       <x:c r="FY22" s="3" t="n">
         <x:v>11991</x:v>
       </x:c>
       <x:c r="FZ22" s="3" t="n">
-        <x:v>11142</x:v>
+        <x:v>11100</x:v>
       </x:c>
       <x:c r="GA22" s="3" t="n">
-        <x:v>10766</x:v>
+        <x:v>10725</x:v>
       </x:c>
       <x:c r="GB22" s="3" t="n">
-        <x:v>10283</x:v>
+        <x:v>10244</x:v>
       </x:c>
       <x:c r="GC22" s="3" t="n">
-        <x:v>11876</x:v>
+        <x:v>11831</x:v>
       </x:c>
       <x:c r="GD22" s="3" t="n">
         <x:v>10654</x:v>
       </x:c>
       <x:c r="GE22" s="3" t="n">
         <x:v>11126</x:v>
       </x:c>
       <x:c r="GF22" s="3" t="n">
         <x:v>10892</x:v>
       </x:c>
       <x:c r="GG22" s="3" t="n">
         <x:v>12757</x:v>
       </x:c>
       <x:c r="GH22" s="3" t="n">
-        <x:v>11876</x:v>
+        <x:v>11842</x:v>
       </x:c>
       <x:c r="GI22" s="3" t="n">
-        <x:v>11920</x:v>
+        <x:v>11891</x:v>
+      </x:c>
+      <x:c r="GJ22" s="3" t="n">
+        <x:v>11652</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:191">
+    <x:row r="23" spans="1:192">
       <x:c r="A23" s="2" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>360</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
         <x:v>252</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
         <x:v>245</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
         <x:v>362</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
         <x:v>532</x:v>
       </x:c>
       <x:c r="H23" s="3" t="n">
         <x:v>460</x:v>
       </x:c>
       <x:c r="I23" s="3" t="n">
         <x:v>470</x:v>
       </x:c>
@@ -12704,56 +12764,59 @@
       <x:c r="GA23" s="3" t="n">
         <x:v>19385</x:v>
       </x:c>
       <x:c r="GB23" s="3" t="n">
         <x:v>12319</x:v>
       </x:c>
       <x:c r="GC23" s="3" t="n">
         <x:v>12189</x:v>
       </x:c>
       <x:c r="GD23" s="3" t="n">
         <x:v>10959</x:v>
       </x:c>
       <x:c r="GE23" s="3" t="n">
         <x:v>14407</x:v>
       </x:c>
       <x:c r="GF23" s="3" t="n">
         <x:v>16191</x:v>
       </x:c>
       <x:c r="GG23" s="3" t="n">
         <x:v>18216</x:v>
       </x:c>
       <x:c r="GH23" s="3" t="n">
         <x:v>14016</x:v>
       </x:c>
       <x:c r="GI23" s="3" t="n">
-        <x:v>19028</x:v>
+        <x:v>19024</x:v>
+      </x:c>
+      <x:c r="GJ23" s="3" t="n">
+        <x:v>15802</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:191">
+    <x:row r="24" spans="1:192">
       <x:c r="A24" s="2" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E24" s="3" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F24" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G24" s="3" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="H24" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I24" s="3" t="n">
         <x:v>33</x:v>
       </x:c>
@@ -13252,83 +13315,86 @@
       <x:c r="FR24" s="3" t="n">
         <x:v>827</x:v>
       </x:c>
       <x:c r="FS24" s="3" t="n">
         <x:v>828</x:v>
       </x:c>
       <x:c r="FT24" s="3" t="n">
         <x:v>856</x:v>
       </x:c>
       <x:c r="FU24" s="3" t="n">
         <x:v>2148</x:v>
       </x:c>
       <x:c r="FV24" s="3" t="n">
         <x:v>4410</x:v>
       </x:c>
       <x:c r="FW24" s="3" t="n">
         <x:v>4342</x:v>
       </x:c>
       <x:c r="FX24" s="3" t="n">
         <x:v>9580</x:v>
       </x:c>
       <x:c r="FY24" s="3" t="n">
         <x:v>3801</x:v>
       </x:c>
       <x:c r="FZ24" s="3" t="n">
-        <x:v>3447</x:v>
+        <x:v>3461</x:v>
       </x:c>
       <x:c r="GA24" s="3" t="n">
-        <x:v>1974</x:v>
+        <x:v>1982</x:v>
       </x:c>
       <x:c r="GB24" s="3" t="n">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="GC24" s="3" t="n">
-        <x:v>2545</x:v>
+        <x:v>2555</x:v>
       </x:c>
       <x:c r="GD24" s="3" t="n">
         <x:v>2406</x:v>
       </x:c>
       <x:c r="GE24" s="3" t="n">
         <x:v>876</x:v>
       </x:c>
       <x:c r="GF24" s="3" t="n">
         <x:v>563</x:v>
       </x:c>
       <x:c r="GG24" s="3" t="n">
         <x:v>906</x:v>
       </x:c>
       <x:c r="GH24" s="3" t="n">
         <x:v>856</x:v>
       </x:c>
       <x:c r="GI24" s="3" t="n">
         <x:v>1147</x:v>
       </x:c>
+      <x:c r="GJ24" s="3" t="n">
+        <x:v>1079</x:v>
+      </x:c>
     </x:row>
-    <x:row r="25" spans="1:191">
+    <x:row r="25" spans="1:192">
       <x:c r="A25" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>12525</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>12027</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
         <x:v>10347</x:v>
       </x:c>
       <x:c r="E25" s="3" t="n">
         <x:v>12217</x:v>
       </x:c>
       <x:c r="F25" s="3" t="n">
         <x:v>12125</x:v>
       </x:c>
       <x:c r="G25" s="3" t="n">
         <x:v>12866</x:v>
       </x:c>
       <x:c r="H25" s="3" t="n">
         <x:v>12245</x:v>
       </x:c>
       <x:c r="I25" s="3" t="n">
         <x:v>15326</x:v>
       </x:c>
@@ -13827,658 +13893,664 @@
       <x:c r="FR25" s="3" t="n">
         <x:v>175674</x:v>
       </x:c>
       <x:c r="FS25" s="3" t="n">
         <x:v>199305</x:v>
       </x:c>
       <x:c r="FT25" s="3" t="n">
         <x:v>194973</x:v>
       </x:c>
       <x:c r="FU25" s="3" t="n">
         <x:v>207269</x:v>
       </x:c>
       <x:c r="FV25" s="3" t="n">
         <x:v>208066</x:v>
       </x:c>
       <x:c r="FW25" s="3" t="n">
         <x:v>221324</x:v>
       </x:c>
       <x:c r="FX25" s="3" t="n">
         <x:v>231602</x:v>
       </x:c>
       <x:c r="FY25" s="3" t="n">
         <x:v>250261</x:v>
       </x:c>
       <x:c r="FZ25" s="3" t="n">
-        <x:v>232542</x:v>
+        <x:v>232627</x:v>
       </x:c>
       <x:c r="GA25" s="3" t="n">
-        <x:v>238388</x:v>
+        <x:v>238484</x:v>
       </x:c>
       <x:c r="GB25" s="3" t="n">
-        <x:v>216533</x:v>
+        <x:v>216589</x:v>
       </x:c>
       <x:c r="GC25" s="3" t="n">
-        <x:v>234522</x:v>
+        <x:v>234604</x:v>
       </x:c>
       <x:c r="GD25" s="3" t="n">
-        <x:v>219676</x:v>
+        <x:v>217722</x:v>
       </x:c>
       <x:c r="GE25" s="3" t="n">
-        <x:v>253788</x:v>
+        <x:v>249633</x:v>
       </x:c>
       <x:c r="GF25" s="3" t="n">
-        <x:v>245658</x:v>
+        <x:v>243750</x:v>
       </x:c>
       <x:c r="GG25" s="3" t="n">
-        <x:v>258225</x:v>
+        <x:v>255468</x:v>
       </x:c>
       <x:c r="GH25" s="3" t="n">
-        <x:v>245198</x:v>
+        <x:v>246155</x:v>
       </x:c>
       <x:c r="GI25" s="3" t="n">
-        <x:v>258797</x:v>
+        <x:v>258252</x:v>
+      </x:c>
+      <x:c r="GJ25" s="3" t="n">
+        <x:v>253326</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:191">
+    <x:row r="26" spans="1:192">
       <x:c r="A26" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>5387</x:v>
+        <x:v>5455</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
-        <x:v>5993</x:v>
+        <x:v>6060</x:v>
       </x:c>
       <x:c r="D26" s="3" t="n">
-        <x:v>6550</x:v>
+        <x:v>6617</x:v>
       </x:c>
       <x:c r="E26" s="3" t="n">
-        <x:v>6174</x:v>
+        <x:v>6241</x:v>
       </x:c>
       <x:c r="F26" s="3" t="n">
-        <x:v>5785</x:v>
+        <x:v>5854</x:v>
       </x:c>
       <x:c r="G26" s="3" t="n">
-        <x:v>6529</x:v>
+        <x:v>6598</x:v>
       </x:c>
       <x:c r="H26" s="3" t="n">
-        <x:v>6984</x:v>
+        <x:v>7053</x:v>
       </x:c>
       <x:c r="I26" s="3" t="n">
-        <x:v>7092</x:v>
+        <x:v>7161</x:v>
       </x:c>
       <x:c r="J26" s="3" t="n">
-        <x:v>6711</x:v>
+        <x:v>6794</x:v>
       </x:c>
       <x:c r="K26" s="3" t="n">
-        <x:v>7322</x:v>
+        <x:v>7413</x:v>
       </x:c>
       <x:c r="L26" s="3" t="n">
-        <x:v>7265</x:v>
+        <x:v>7355</x:v>
       </x:c>
       <x:c r="M26" s="3" t="n">
-        <x:v>7271</x:v>
+        <x:v>7371</x:v>
       </x:c>
       <x:c r="N26" s="3" t="n">
-        <x:v>7128</x:v>
+        <x:v>7193</x:v>
       </x:c>
       <x:c r="O26" s="3" t="n">
-        <x:v>8320</x:v>
+        <x:v>8394</x:v>
       </x:c>
       <x:c r="P26" s="3" t="n">
-        <x:v>9479</x:v>
+        <x:v>9568</x:v>
       </x:c>
       <x:c r="Q26" s="3" t="n">
-        <x:v>9989</x:v>
+        <x:v>10132</x:v>
       </x:c>
       <x:c r="R26" s="3" t="n">
-        <x:v>8186</x:v>
+        <x:v>8252</x:v>
       </x:c>
       <x:c r="S26" s="3" t="n">
-        <x:v>9105</x:v>
+        <x:v>9168</x:v>
       </x:c>
       <x:c r="T26" s="3" t="n">
-        <x:v>10134</x:v>
+        <x:v>10191</x:v>
       </x:c>
       <x:c r="U26" s="3" t="n">
-        <x:v>12547</x:v>
+        <x:v>12737</x:v>
       </x:c>
       <x:c r="V26" s="3" t="n">
-        <x:v>10609</x:v>
+        <x:v>10706</x:v>
       </x:c>
       <x:c r="W26" s="3" t="n">
-        <x:v>10569</x:v>
+        <x:v>10666</x:v>
       </x:c>
       <x:c r="X26" s="3" t="n">
-        <x:v>13597</x:v>
+        <x:v>13747</x:v>
       </x:c>
       <x:c r="Y26" s="3" t="n">
-        <x:v>10623</x:v>
+        <x:v>10712</x:v>
       </x:c>
       <x:c r="Z26" s="3" t="n">
-        <x:v>8916</x:v>
+        <x:v>8967</x:v>
       </x:c>
       <x:c r="AA26" s="3" t="n">
-        <x:v>11318</x:v>
+        <x:v>11394</x:v>
       </x:c>
       <x:c r="AB26" s="3" t="n">
-        <x:v>13836</x:v>
+        <x:v>13946</x:v>
       </x:c>
       <x:c r="AC26" s="3" t="n">
-        <x:v>15664</x:v>
+        <x:v>15853</x:v>
       </x:c>
       <x:c r="AD26" s="3" t="n">
-        <x:v>13079</x:v>
+        <x:v>13199</x:v>
       </x:c>
       <x:c r="AE26" s="3" t="n">
-        <x:v>13649</x:v>
+        <x:v>13761</x:v>
       </x:c>
       <x:c r="AF26" s="3" t="n">
-        <x:v>15264</x:v>
+        <x:v>15576</x:v>
       </x:c>
       <x:c r="AG26" s="3" t="n">
-        <x:v>14328</x:v>
+        <x:v>14435</x:v>
       </x:c>
       <x:c r="AH26" s="3" t="n">
-        <x:v>14081</x:v>
+        <x:v>14300</x:v>
       </x:c>
       <x:c r="AI26" s="3" t="n">
-        <x:v>14307</x:v>
+        <x:v>14460</x:v>
       </x:c>
       <x:c r="AJ26" s="3" t="n">
-        <x:v>16850</x:v>
+        <x:v>16980</x:v>
       </x:c>
       <x:c r="AK26" s="3" t="n">
-        <x:v>14841</x:v>
+        <x:v>14957</x:v>
       </x:c>
       <x:c r="AL26" s="3" t="n">
-        <x:v>14541</x:v>
+        <x:v>14784</x:v>
       </x:c>
       <x:c r="AM26" s="3" t="n">
-        <x:v>15646</x:v>
+        <x:v>15867</x:v>
       </x:c>
       <x:c r="AN26" s="3" t="n">
-        <x:v>18490</x:v>
+        <x:v>19038</x:v>
       </x:c>
       <x:c r="AO26" s="3" t="n">
-        <x:v>13872</x:v>
+        <x:v>13894</x:v>
       </x:c>
       <x:c r="AP26" s="3" t="n">
-        <x:v>14608</x:v>
+        <x:v>14887</x:v>
       </x:c>
       <x:c r="AQ26" s="3" t="n">
-        <x:v>15897</x:v>
+        <x:v>16172</x:v>
       </x:c>
       <x:c r="AR26" s="3" t="n">
-        <x:v>18455</x:v>
+        <x:v>18878</x:v>
       </x:c>
       <x:c r="AS26" s="3" t="n">
-        <x:v>14903</x:v>
+        <x:v>15008</x:v>
       </x:c>
       <x:c r="AT26" s="3" t="n">
-        <x:v>15849</x:v>
+        <x:v>16179</x:v>
       </x:c>
       <x:c r="AU26" s="3" t="n">
-        <x:v>17373</x:v>
+        <x:v>17706</x:v>
       </x:c>
       <x:c r="AV26" s="3" t="n">
-        <x:v>18950</x:v>
+        <x:v>19214</x:v>
       </x:c>
       <x:c r="AW26" s="3" t="n">
-        <x:v>17716</x:v>
+        <x:v>18019</x:v>
       </x:c>
       <x:c r="AX26" s="3" t="n">
-        <x:v>16966</x:v>
+        <x:v>17429</x:v>
       </x:c>
       <x:c r="AY26" s="3" t="n">
-        <x:v>17201</x:v>
+        <x:v>17383</x:v>
       </x:c>
       <x:c r="AZ26" s="3" t="n">
-        <x:v>19109</x:v>
+        <x:v>19425</x:v>
       </x:c>
       <x:c r="BA26" s="3" t="n">
-        <x:v>18355</x:v>
+        <x:v>18817</x:v>
       </x:c>
       <x:c r="BB26" s="3" t="n">
-        <x:v>16830</x:v>
+        <x:v>17168</x:v>
       </x:c>
       <x:c r="BC26" s="3" t="n">
-        <x:v>18805</x:v>
+        <x:v>19146</x:v>
       </x:c>
       <x:c r="BD26" s="3" t="n">
-        <x:v>21502</x:v>
+        <x:v>21847</x:v>
       </x:c>
       <x:c r="BE26" s="3" t="n">
-        <x:v>20498</x:v>
+        <x:v>20843</x:v>
       </x:c>
       <x:c r="BF26" s="3" t="n">
-        <x:v>18465</x:v>
+        <x:v>18774</x:v>
       </x:c>
       <x:c r="BG26" s="3" t="n">
-        <x:v>21103</x:v>
+        <x:v>21411</x:v>
       </x:c>
       <x:c r="BH26" s="3" t="n">
-        <x:v>22621</x:v>
+        <x:v>22932</x:v>
       </x:c>
       <x:c r="BI26" s="3" t="n">
-        <x:v>20074</x:v>
+        <x:v>20386</x:v>
       </x:c>
       <x:c r="BJ26" s="3" t="n">
-        <x:v>19697</x:v>
+        <x:v>19965</x:v>
       </x:c>
       <x:c r="BK26" s="3" t="n">
-        <x:v>21204</x:v>
+        <x:v>21475</x:v>
       </x:c>
       <x:c r="BL26" s="3" t="n">
-        <x:v>25006</x:v>
+        <x:v>25279</x:v>
       </x:c>
       <x:c r="BM26" s="3" t="n">
-        <x:v>21624</x:v>
+        <x:v>21897</x:v>
       </x:c>
       <x:c r="BN26" s="3" t="n">
-        <x:v>19115</x:v>
+        <x:v>19492</x:v>
       </x:c>
       <x:c r="BO26" s="3" t="n">
-        <x:v>20110</x:v>
+        <x:v>20490</x:v>
       </x:c>
       <x:c r="BP26" s="3" t="n">
-        <x:v>22464</x:v>
+        <x:v>22849</x:v>
       </x:c>
       <x:c r="BQ26" s="3" t="n">
-        <x:v>25945</x:v>
+        <x:v>26330</x:v>
       </x:c>
       <x:c r="BR26" s="3" t="n">
-        <x:v>19856</x:v>
+        <x:v>20381</x:v>
       </x:c>
       <x:c r="BS26" s="3" t="n">
-        <x:v>21662</x:v>
+        <x:v>22058</x:v>
       </x:c>
       <x:c r="BT26" s="3" t="n">
-        <x:v>23950</x:v>
+        <x:v>24313</x:v>
       </x:c>
       <x:c r="BU26" s="3" t="n">
-        <x:v>21542</x:v>
+        <x:v>21901</x:v>
       </x:c>
       <x:c r="BV26" s="3" t="n">
-        <x:v>19840</x:v>
+        <x:v>20328</x:v>
       </x:c>
       <x:c r="BW26" s="3" t="n">
-        <x:v>21204</x:v>
+        <x:v>21654</x:v>
       </x:c>
       <x:c r="BX26" s="3" t="n">
-        <x:v>25454</x:v>
+        <x:v>25837</x:v>
       </x:c>
       <x:c r="BY26" s="3" t="n">
-        <x:v>24239</x:v>
+        <x:v>24620</x:v>
       </x:c>
       <x:c r="BZ26" s="3" t="n">
-        <x:v>21935</x:v>
+        <x:v>22240</x:v>
       </x:c>
       <x:c r="CA26" s="3" t="n">
-        <x:v>26861</x:v>
+        <x:v>27133</x:v>
       </x:c>
       <x:c r="CB26" s="3" t="n">
-        <x:v>30993</x:v>
+        <x:v>31249</x:v>
       </x:c>
       <x:c r="CC26" s="3" t="n">
-        <x:v>28680</x:v>
+        <x:v>28921</x:v>
       </x:c>
       <x:c r="CD26" s="3" t="n">
-        <x:v>26655</x:v>
+        <x:v>26973</x:v>
       </x:c>
       <x:c r="CE26" s="3" t="n">
-        <x:v>28999</x:v>
+        <x:v>29291</x:v>
       </x:c>
       <x:c r="CF26" s="3" t="n">
-        <x:v>32882</x:v>
+        <x:v>33227</x:v>
       </x:c>
       <x:c r="CG26" s="3" t="n">
-        <x:v>30646</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="CH26" s="3" t="n">
-        <x:v>28624</x:v>
+        <x:v>28966</x:v>
       </x:c>
       <x:c r="CI26" s="3" t="n">
-        <x:v>30123</x:v>
+        <x:v>30452</x:v>
       </x:c>
       <x:c r="CJ26" s="3" t="n">
-        <x:v>35312</x:v>
+        <x:v>35662</x:v>
       </x:c>
       <x:c r="CK26" s="3" t="n">
-        <x:v>31740</x:v>
+        <x:v>32103</x:v>
       </x:c>
       <x:c r="CL26" s="3" t="n">
-        <x:v>30310</x:v>
+        <x:v>30707</x:v>
       </x:c>
       <x:c r="CM26" s="3" t="n">
-        <x:v>35049</x:v>
+        <x:v>35441</x:v>
       </x:c>
       <x:c r="CN26" s="3" t="n">
-        <x:v>38048</x:v>
+        <x:v>38439</x:v>
       </x:c>
       <x:c r="CO26" s="3" t="n">
-        <x:v>36493</x:v>
+        <x:v>36919</x:v>
       </x:c>
       <x:c r="CP26" s="3" t="n">
-        <x:v>35262</x:v>
+        <x:v>35768</x:v>
       </x:c>
       <x:c r="CQ26" s="3" t="n">
-        <x:v>37928</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="CR26" s="3" t="n">
-        <x:v>40666</x:v>
+        <x:v>41106</x:v>
       </x:c>
       <x:c r="CS26" s="3" t="n">
-        <x:v>35848</x:v>
+        <x:v>36306</x:v>
       </x:c>
       <x:c r="CT26" s="3" t="n">
-        <x:v>33824</x:v>
+        <x:v>34447</x:v>
       </x:c>
       <x:c r="CU26" s="3" t="n">
-        <x:v>36757</x:v>
+        <x:v>37233</x:v>
       </x:c>
       <x:c r="CV26" s="3" t="n">
-        <x:v>41131</x:v>
+        <x:v>41766</x:v>
       </x:c>
       <x:c r="CW26" s="3" t="n">
-        <x:v>35716</x:v>
+        <x:v>36159</x:v>
       </x:c>
       <x:c r="CX26" s="3" t="n">
-        <x:v>32463</x:v>
+        <x:v>32974</x:v>
       </x:c>
       <x:c r="CY26" s="3" t="n">
-        <x:v>36052</x:v>
+        <x:v>36554</x:v>
       </x:c>
       <x:c r="CZ26" s="3" t="n">
-        <x:v>42391</x:v>
+        <x:v>42927</x:v>
       </x:c>
       <x:c r="DA26" s="3" t="n">
-        <x:v>37973</x:v>
+        <x:v>38566</x:v>
       </x:c>
       <x:c r="DB26" s="3" t="n">
-        <x:v>36546</x:v>
+        <x:v>37100</x:v>
       </x:c>
       <x:c r="DC26" s="3" t="n">
-        <x:v>38938</x:v>
+        <x:v>39636</x:v>
       </x:c>
       <x:c r="DD26" s="3" t="n">
-        <x:v>46301</x:v>
+        <x:v>46896</x:v>
       </x:c>
       <x:c r="DE26" s="3" t="n">
-        <x:v>42622</x:v>
+        <x:v>43153</x:v>
       </x:c>
       <x:c r="DF26" s="3" t="n">
-        <x:v>38915</x:v>
+        <x:v>39384</x:v>
       </x:c>
       <x:c r="DG26" s="3" t="n">
-        <x:v>44934</x:v>
+        <x:v>45510</x:v>
       </x:c>
       <x:c r="DH26" s="3" t="n">
-        <x:v>51491</x:v>
+        <x:v>51859</x:v>
       </x:c>
       <x:c r="DI26" s="3" t="n">
-        <x:v>47304</x:v>
+        <x:v>47960</x:v>
       </x:c>
       <x:c r="DJ26" s="3" t="n">
-        <x:v>40380</x:v>
+        <x:v>40922</x:v>
       </x:c>
       <x:c r="DK26" s="3" t="n">
-        <x:v>48215</x:v>
+        <x:v>48428</x:v>
       </x:c>
       <x:c r="DL26" s="3" t="n">
-        <x:v>55374</x:v>
+        <x:v>55787</x:v>
       </x:c>
       <x:c r="DM26" s="3" t="n">
-        <x:v>50941</x:v>
+        <x:v>51889</x:v>
       </x:c>
       <x:c r="DN26" s="3" t="n">
-        <x:v>49368</x:v>
+        <x:v>49730</x:v>
       </x:c>
       <x:c r="DO26" s="3" t="n">
-        <x:v>54716</x:v>
+        <x:v>55023</x:v>
       </x:c>
       <x:c r="DP26" s="3" t="n">
-        <x:v>62069</x:v>
+        <x:v>62455</x:v>
       </x:c>
       <x:c r="DQ26" s="3" t="n">
-        <x:v>58646</x:v>
+        <x:v>58993</x:v>
       </x:c>
       <x:c r="DR26" s="3" t="n">
-        <x:v>53535</x:v>
+        <x:v>53794</x:v>
       </x:c>
       <x:c r="DS26" s="3" t="n">
-        <x:v>59136</x:v>
+        <x:v>59588</x:v>
       </x:c>
       <x:c r="DT26" s="3" t="n">
-        <x:v>67071</x:v>
+        <x:v>67512</x:v>
       </x:c>
       <x:c r="DU26" s="3" t="n">
-        <x:v>63347</x:v>
+        <x:v>63908</x:v>
       </x:c>
       <x:c r="DV26" s="3" t="n">
-        <x:v>52144</x:v>
+        <x:v>52269</x:v>
       </x:c>
       <x:c r="DW26" s="3" t="n">
-        <x:v>58416</x:v>
+        <x:v>58505</x:v>
       </x:c>
       <x:c r="DX26" s="3" t="n">
-        <x:v>65339</x:v>
+        <x:v>65483</x:v>
       </x:c>
       <x:c r="DY26" s="3" t="n">
-        <x:v>54628</x:v>
+        <x:v>54793</x:v>
       </x:c>
       <x:c r="DZ26" s="3" t="n">
-        <x:v>58268</x:v>
+        <x:v>58599</x:v>
       </x:c>
       <x:c r="EA26" s="3" t="n">
-        <x:v>65130</x:v>
+        <x:v>65139</x:v>
       </x:c>
       <x:c r="EB26" s="3" t="n">
-        <x:v>71834</x:v>
+        <x:v>72142</x:v>
       </x:c>
       <x:c r="EC26" s="3" t="n">
-        <x:v>64786</x:v>
+        <x:v>64787</x:v>
       </x:c>
       <x:c r="ED26" s="3" t="n">
-        <x:v>59313</x:v>
+        <x:v>59242</x:v>
       </x:c>
       <x:c r="EE26" s="3" t="n">
-        <x:v>66333</x:v>
+        <x:v>66037</x:v>
       </x:c>
       <x:c r="EF26" s="3" t="n">
-        <x:v>73776</x:v>
+        <x:v>73651</x:v>
       </x:c>
       <x:c r="EG26" s="3" t="n">
-        <x:v>72868</x:v>
+        <x:v>73229</x:v>
       </x:c>
       <x:c r="EH26" s="3" t="n">
-        <x:v>66463</x:v>
+        <x:v>67559</x:v>
       </x:c>
       <x:c r="EI26" s="3" t="n">
-        <x:v>74619</x:v>
+        <x:v>75443</x:v>
       </x:c>
       <x:c r="EJ26" s="3" t="n">
-        <x:v>79829</x:v>
+        <x:v>80364</x:v>
       </x:c>
       <x:c r="EK26" s="3" t="n">
-        <x:v>72615</x:v>
+        <x:v>73054</x:v>
       </x:c>
       <x:c r="EL26" s="3" t="n">
-        <x:v>70044</x:v>
+        <x:v>71028</x:v>
       </x:c>
       <x:c r="EM26" s="3" t="n">
-        <x:v>78348</x:v>
+        <x:v>79761</x:v>
       </x:c>
       <x:c r="EN26" s="3" t="n">
-        <x:v>86958</x:v>
+        <x:v>88043</x:v>
       </x:c>
       <x:c r="EO26" s="3" t="n">
-        <x:v>83195</x:v>
+        <x:v>83785</x:v>
       </x:c>
       <x:c r="EP26" s="3" t="n">
-        <x:v>78301</x:v>
+        <x:v>79454</x:v>
       </x:c>
       <x:c r="EQ26" s="3" t="n">
-        <x:v>85127</x:v>
+        <x:v>86745</x:v>
       </x:c>
       <x:c r="ER26" s="3" t="n">
-        <x:v>95057</x:v>
+        <x:v>95987</x:v>
       </x:c>
       <x:c r="ES26" s="3" t="n">
-        <x:v>88442</x:v>
+        <x:v>89943</x:v>
       </x:c>
       <x:c r="ET26" s="3" t="n">
-        <x:v>86003</x:v>
+        <x:v>87790</x:v>
       </x:c>
       <x:c r="EU26" s="3" t="n">
-        <x:v>89604</x:v>
+        <x:v>90962</x:v>
       </x:c>
       <x:c r="EV26" s="3" t="n">
-        <x:v>99150</x:v>
+        <x:v>100719</x:v>
       </x:c>
       <x:c r="EW26" s="3" t="n">
-        <x:v>94519</x:v>
+        <x:v>96060</x:v>
       </x:c>
       <x:c r="EX26" s="3" t="n">
-        <x:v>90407</x:v>
+        <x:v>91984</x:v>
       </x:c>
       <x:c r="EY26" s="3" t="n">
-        <x:v>99177</x:v>
+        <x:v>100124</x:v>
       </x:c>
       <x:c r="EZ26" s="3" t="n">
-        <x:v>103037</x:v>
+        <x:v>104053</x:v>
       </x:c>
       <x:c r="FA26" s="3" t="n">
-        <x:v>98450</x:v>
+        <x:v>99526</x:v>
       </x:c>
       <x:c r="FB26" s="3" t="n">
-        <x:v>86372</x:v>
+        <x:v>87823</x:v>
       </x:c>
       <x:c r="FC26" s="3" t="n">
-        <x:v>101169</x:v>
+        <x:v>102283</x:v>
       </x:c>
       <x:c r="FD26" s="3" t="n">
-        <x:v>104809</x:v>
+        <x:v>105592</x:v>
       </x:c>
       <x:c r="FE26" s="3" t="n">
-        <x:v>102969</x:v>
+        <x:v>103886</x:v>
       </x:c>
       <x:c r="FF26" s="3" t="n">
-        <x:v>89045</x:v>
+        <x:v>90697</x:v>
       </x:c>
       <x:c r="FG26" s="3" t="n">
-        <x:v>103965</x:v>
+        <x:v>105045</x:v>
       </x:c>
       <x:c r="FH26" s="3" t="n">
-        <x:v>110722</x:v>
+        <x:v>111594</x:v>
       </x:c>
       <x:c r="FI26" s="3" t="n">
-        <x:v>104123</x:v>
+        <x:v>105212</x:v>
       </x:c>
       <x:c r="FJ26" s="3" t="n">
-        <x:v>97027</x:v>
+        <x:v>99149</x:v>
       </x:c>
       <x:c r="FK26" s="3" t="n">
-        <x:v>111257</x:v>
+        <x:v>112859</x:v>
       </x:c>
       <x:c r="FL26" s="3" t="n">
-        <x:v>120348</x:v>
+        <x:v>121887</x:v>
       </x:c>
       <x:c r="FM26" s="3" t="n">
-        <x:v>117204</x:v>
+        <x:v>118736</x:v>
       </x:c>
       <x:c r="FN26" s="3" t="n">
-        <x:v>106319</x:v>
+        <x:v>108073</x:v>
       </x:c>
       <x:c r="FO26" s="3" t="n">
-        <x:v>76373</x:v>
+        <x:v>77429</x:v>
       </x:c>
       <x:c r="FP26" s="3" t="n">
-        <x:v>79917</x:v>
+        <x:v>80943</x:v>
       </x:c>
       <x:c r="FQ26" s="3" t="n">
-        <x:v>86341</x:v>
+        <x:v>87720</x:v>
       </x:c>
       <x:c r="FR26" s="3" t="n">
-        <x:v>70918</x:v>
+        <x:v>72478</x:v>
       </x:c>
       <x:c r="FS26" s="3" t="n">
-        <x:v>75399</x:v>
+        <x:v>76481</x:v>
       </x:c>
       <x:c r="FT26" s="3" t="n">
-        <x:v>92370</x:v>
+        <x:v>93584</x:v>
       </x:c>
       <x:c r="FU26" s="3" t="n">
-        <x:v>107536</x:v>
+        <x:v>109047</x:v>
       </x:c>
       <x:c r="FV26" s="3" t="n">
-        <x:v>99396</x:v>
+        <x:v>101008</x:v>
       </x:c>
       <x:c r="FW26" s="3" t="n">
-        <x:v>124757</x:v>
+        <x:v>127882</x:v>
       </x:c>
       <x:c r="FX26" s="3" t="n">
-        <x:v>137337</x:v>
+        <x:v>139838</x:v>
       </x:c>
       <x:c r="FY26" s="3" t="n">
-        <x:v>135147</x:v>
+        <x:v>138345</x:v>
       </x:c>
       <x:c r="FZ26" s="3" t="n">
-        <x:v>132596</x:v>
+        <x:v>128710</x:v>
       </x:c>
       <x:c r="GA26" s="3" t="n">
-        <x:v>155219</x:v>
+        <x:v>151146</x:v>
       </x:c>
       <x:c r="GB26" s="3" t="n">
-        <x:v>160059</x:v>
+        <x:v>155776</x:v>
       </x:c>
       <x:c r="GC26" s="3" t="n">
-        <x:v>157539</x:v>
+        <x:v>155056</x:v>
       </x:c>
       <x:c r="GD26" s="3" t="n">
-        <x:v>147678</x:v>
+        <x:v>153448</x:v>
       </x:c>
       <x:c r="GE26" s="3" t="n">
-        <x:v>167572</x:v>
+        <x:v>172611</x:v>
       </x:c>
       <x:c r="GF26" s="3" t="n">
-        <x:v>176394</x:v>
+        <x:v>185751</x:v>
       </x:c>
       <x:c r="GG26" s="3" t="n">
-        <x:v>169481</x:v>
+        <x:v>177565</x:v>
       </x:c>
       <x:c r="GH26" s="3" t="n">
-        <x:v>156247</x:v>
+        <x:v>164262</x:v>
       </x:c>
       <x:c r="GI26" s="3" t="n">
-        <x:v>165864</x:v>
+        <x:v>179287</x:v>
+      </x:c>
+      <x:c r="GJ26" s="3" t="n">
+        <x:v>191235</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:191">
+    <x:row r="27" spans="1:192">
       <x:c r="A27" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E27" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F27" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G27" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H27" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I27" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
@@ -14965,95 +15037,98 @@
       <x:c r="FN27" s="3" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="FO27" s="3" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="FP27" s="3" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="FQ27" s="3" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="FR27" s="3" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="FS27" s="3" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="FT27" s="3" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="FU27" s="3" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="FV27" s="3" t="n">
-        <x:v>225</x:v>
+        <x:v>7197</x:v>
       </x:c>
       <x:c r="FW27" s="3" t="n">
+        <x:v>7452</x:v>
+      </x:c>
+      <x:c r="FX27" s="3" t="n">
+        <x:v>7563</x:v>
+      </x:c>
+      <x:c r="FY27" s="3" t="n">
+        <x:v>7531</x:v>
+      </x:c>
+      <x:c r="FZ27" s="3" t="n">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="FX27" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="GA27" s="3" t="n">
-        <x:v>200</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="GB27" s="3" t="n">
-        <x:v>200</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="GC27" s="3" t="n">
-        <x:v>200</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="GD27" s="3" t="n">
         <x:v>200</x:v>
       </x:c>
       <x:c r="GE27" s="3" t="n">
         <x:v>200</x:v>
       </x:c>
       <x:c r="GF27" s="3" t="n">
         <x:v>200</x:v>
       </x:c>
       <x:c r="GG27" s="3" t="n">
         <x:v>200</x:v>
       </x:c>
       <x:c r="GH27" s="3" t="n">
-        <x:v>356</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="GI27" s="3" t="n">
-        <x:v>503</x:v>
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="GJ27" s="3" t="n">
+        <x:v>233</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:191">
+    <x:row r="28" spans="1:192">
       <x:c r="A28" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>1562</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
         <x:v>1751</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
         <x:v>1576</x:v>
       </x:c>
       <x:c r="E28" s="3" t="n">
         <x:v>1764</x:v>
       </x:c>
       <x:c r="F28" s="3" t="n">
         <x:v>1624</x:v>
       </x:c>
       <x:c r="G28" s="3" t="n">
         <x:v>1953</x:v>
       </x:c>
       <x:c r="H28" s="3" t="n">
         <x:v>2073</x:v>
       </x:c>
       <x:c r="I28" s="3" t="n">
         <x:v>2299</x:v>
       </x:c>
@@ -15540,95 +15615,98 @@
       <x:c r="FN28" s="3" t="n">
         <x:v>10747</x:v>
       </x:c>
       <x:c r="FO28" s="3" t="n">
         <x:v>10765</x:v>
       </x:c>
       <x:c r="FP28" s="3" t="n">
         <x:v>11401</x:v>
       </x:c>
       <x:c r="FQ28" s="3" t="n">
         <x:v>13607</x:v>
       </x:c>
       <x:c r="FR28" s="3" t="n">
         <x:v>11080</x:v>
       </x:c>
       <x:c r="FS28" s="3" t="n">
         <x:v>12988</x:v>
       </x:c>
       <x:c r="FT28" s="3" t="n">
         <x:v>14368</x:v>
       </x:c>
       <x:c r="FU28" s="3" t="n">
         <x:v>14287</x:v>
       </x:c>
       <x:c r="FV28" s="3" t="n">
-        <x:v>10411</x:v>
+        <x:v>3659</x:v>
       </x:c>
       <x:c r="FW28" s="3" t="n">
-        <x:v>9331</x:v>
+        <x:v>3279</x:v>
       </x:c>
       <x:c r="FX28" s="3" t="n">
-        <x:v>11138</x:v>
+        <x:v>3914</x:v>
       </x:c>
       <x:c r="FY28" s="3" t="n">
-        <x:v>10440</x:v>
+        <x:v>3669</x:v>
       </x:c>
       <x:c r="FZ28" s="3" t="n">
-        <x:v>13843</x:v>
+        <x:v>8673</x:v>
       </x:c>
       <x:c r="GA28" s="3" t="n">
-        <x:v>13766</x:v>
+        <x:v>8625</x:v>
       </x:c>
       <x:c r="GB28" s="3" t="n">
-        <x:v>12922</x:v>
+        <x:v>8096</x:v>
       </x:c>
       <x:c r="GC28" s="3" t="n">
-        <x:v>13499</x:v>
+        <x:v>8457</x:v>
       </x:c>
       <x:c r="GD28" s="3" t="n">
         <x:v>14116</x:v>
       </x:c>
       <x:c r="GE28" s="3" t="n">
         <x:v>15040</x:v>
       </x:c>
       <x:c r="GF28" s="3" t="n">
         <x:v>15040</x:v>
       </x:c>
       <x:c r="GG28" s="3" t="n">
         <x:v>14473</x:v>
       </x:c>
       <x:c r="GH28" s="3" t="n">
-        <x:v>14473</x:v>
+        <x:v>13612</x:v>
       </x:c>
       <x:c r="GI28" s="3" t="n">
-        <x:v>13176</x:v>
+        <x:v>13198</x:v>
+      </x:c>
+      <x:c r="GJ28" s="3" t="n">
+        <x:v>11114</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:191">
+    <x:row r="29" spans="1:192">
       <x:c r="A29" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>637</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>654</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
         <x:v>599</x:v>
       </x:c>
       <x:c r="E29" s="3" t="n">
         <x:v>649</x:v>
       </x:c>
       <x:c r="F29" s="3" t="n">
         <x:v>532</x:v>
       </x:c>
       <x:c r="G29" s="3" t="n">
         <x:v>618</x:v>
       </x:c>
       <x:c r="H29" s="3" t="n">
         <x:v>593</x:v>
       </x:c>
       <x:c r="I29" s="3" t="n">
         <x:v>549</x:v>
       </x:c>
@@ -16127,83 +16205,86 @@
       <x:c r="FR29" s="3" t="n">
         <x:v>4716</x:v>
       </x:c>
       <x:c r="FS29" s="3" t="n">
         <x:v>5252</x:v>
       </x:c>
       <x:c r="FT29" s="3" t="n">
         <x:v>6291</x:v>
       </x:c>
       <x:c r="FU29" s="3" t="n">
         <x:v>7167</x:v>
       </x:c>
       <x:c r="FV29" s="3" t="n">
         <x:v>6245</x:v>
       </x:c>
       <x:c r="FW29" s="3" t="n">
         <x:v>6921</x:v>
       </x:c>
       <x:c r="FX29" s="3" t="n">
         <x:v>7707</x:v>
       </x:c>
       <x:c r="FY29" s="3" t="n">
         <x:v>9229</x:v>
       </x:c>
       <x:c r="FZ29" s="3" t="n">
-        <x:v>6964</x:v>
+        <x:v>6966</x:v>
       </x:c>
       <x:c r="GA29" s="3" t="n">
-        <x:v>8369</x:v>
+        <x:v>8371</x:v>
       </x:c>
       <x:c r="GB29" s="3" t="n">
-        <x:v>7689</x:v>
+        <x:v>7691</x:v>
       </x:c>
       <x:c r="GC29" s="3" t="n">
-        <x:v>10155</x:v>
+        <x:v>10157</x:v>
       </x:c>
       <x:c r="GD29" s="3" t="n">
-        <x:v>7405</x:v>
+        <x:v>7442</x:v>
       </x:c>
       <x:c r="GE29" s="3" t="n">
-        <x:v>9229</x:v>
+        <x:v>9268</x:v>
       </x:c>
       <x:c r="GF29" s="3" t="n">
-        <x:v>10999</x:v>
+        <x:v>11482</x:v>
       </x:c>
       <x:c r="GG29" s="3" t="n">
-        <x:v>9661</x:v>
+        <x:v>9557</x:v>
       </x:c>
       <x:c r="GH29" s="3" t="n">
-        <x:v>9283</x:v>
+        <x:v>9233</x:v>
       </x:c>
       <x:c r="GI29" s="3" t="n">
-        <x:v>9282</x:v>
+        <x:v>9481</x:v>
+      </x:c>
+      <x:c r="GJ29" s="3" t="n">
+        <x:v>10142</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:191">
+    <x:row r="30" spans="1:192">
       <x:c r="A30" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
@@ -16731,54 +16812,57 @@
       </x:c>
       <x:c r="GB30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GC30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GD30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GE30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GF30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GG30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GH30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GI30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
+      <x:c r="GJ30" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
     </x:row>
-    <x:row r="31" spans="1:191">
+    <x:row r="31" spans="1:192">
       <x:c r="A31" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>1045</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>1303</x:v>
       </x:c>
       <x:c r="D31" s="3" t="n">
         <x:v>1890</x:v>
       </x:c>
       <x:c r="E31" s="3" t="n">
         <x:v>1320</x:v>
       </x:c>
       <x:c r="F31" s="3" t="n">
         <x:v>1011</x:v>
       </x:c>
       <x:c r="G31" s="3" t="n">
         <x:v>1604</x:v>
       </x:c>
       <x:c r="H31" s="3" t="n">
         <x:v>1894</x:v>
       </x:c>
       <x:c r="I31" s="3" t="n">
         <x:v>1392</x:v>
       </x:c>
@@ -17277,658 +17361,664 @@
       <x:c r="FR31" s="3" t="n">
         <x:v>1714</x:v>
       </x:c>
       <x:c r="FS31" s="3" t="n">
         <x:v>2182</x:v>
       </x:c>
       <x:c r="FT31" s="3" t="n">
         <x:v>13643</x:v>
       </x:c>
       <x:c r="FU31" s="3" t="n">
         <x:v>18747</x:v>
       </x:c>
       <x:c r="FV31" s="3" t="n">
         <x:v>17938</x:v>
       </x:c>
       <x:c r="FW31" s="3" t="n">
         <x:v>37551</x:v>
       </x:c>
       <x:c r="FX31" s="3" t="n">
         <x:v>45697</x:v>
       </x:c>
       <x:c r="FY31" s="3" t="n">
         <x:v>35067</x:v>
       </x:c>
       <x:c r="FZ31" s="3" t="n">
-        <x:v>32746</x:v>
+        <x:v>30529</x:v>
       </x:c>
       <x:c r="GA31" s="3" t="n">
-        <x:v>49269</x:v>
+        <x:v>45933</x:v>
       </x:c>
       <x:c r="GB31" s="3" t="n">
-        <x:v>57437</x:v>
+        <x:v>53549</x:v>
       </x:c>
       <x:c r="GC31" s="3" t="n">
-        <x:v>42544</x:v>
+        <x:v>39663</x:v>
       </x:c>
       <x:c r="GD31" s="3" t="n">
-        <x:v>38716</x:v>
+        <x:v>36262</x:v>
       </x:c>
       <x:c r="GE31" s="3" t="n">
-        <x:v>52734</x:v>
+        <x:v>49452</x:v>
       </x:c>
       <x:c r="GF31" s="3" t="n">
-        <x:v>60228</x:v>
+        <x:v>60983</x:v>
       </x:c>
       <x:c r="GG31" s="3" t="n">
-        <x:v>44262</x:v>
+        <x:v>44761</x:v>
       </x:c>
       <x:c r="GH31" s="3" t="n">
-        <x:v>39853</x:v>
+        <x:v>40502</x:v>
       </x:c>
       <x:c r="GI31" s="3" t="n">
-        <x:v>51259</x:v>
+        <x:v>52856</x:v>
+      </x:c>
+      <x:c r="GJ31" s="3" t="n">
+        <x:v>64147</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:191">
+    <x:row r="32" spans="1:192">
       <x:c r="A32" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>2142</x:v>
+        <x:v>2210</x:v>
       </x:c>
       <x:c r="C32" s="3" t="n">
-        <x:v>2284</x:v>
+        <x:v>2352</x:v>
       </x:c>
       <x:c r="D32" s="3" t="n">
-        <x:v>2485</x:v>
+        <x:v>2552</x:v>
       </x:c>
       <x:c r="E32" s="3" t="n">
-        <x:v>2442</x:v>
+        <x:v>2509</x:v>
       </x:c>
       <x:c r="F32" s="3" t="n">
-        <x:v>2618</x:v>
+        <x:v>2687</x:v>
       </x:c>
       <x:c r="G32" s="3" t="n">
-        <x:v>2353</x:v>
+        <x:v>2423</x:v>
       </x:c>
       <x:c r="H32" s="3" t="n">
-        <x:v>2426</x:v>
+        <x:v>2495</x:v>
       </x:c>
       <x:c r="I32" s="3" t="n">
-        <x:v>2852</x:v>
+        <x:v>2921</x:v>
       </x:c>
       <x:c r="J32" s="3" t="n">
-        <x:v>2900</x:v>
+        <x:v>2983</x:v>
       </x:c>
       <x:c r="K32" s="3" t="n">
-        <x:v>3021</x:v>
+        <x:v>3112</x:v>
       </x:c>
       <x:c r="L32" s="3" t="n">
-        <x:v>2644</x:v>
+        <x:v>2734</x:v>
       </x:c>
       <x:c r="M32" s="3" t="n">
-        <x:v>2927</x:v>
+        <x:v>3028</x:v>
       </x:c>
       <x:c r="N32" s="3" t="n">
-        <x:v>2681</x:v>
+        <x:v>2747</x:v>
       </x:c>
       <x:c r="O32" s="3" t="n">
-        <x:v>2866</x:v>
+        <x:v>2940</x:v>
       </x:c>
       <x:c r="P32" s="3" t="n">
-        <x:v>3253</x:v>
+        <x:v>3342</x:v>
       </x:c>
       <x:c r="Q32" s="3" t="n">
-        <x:v>4319</x:v>
+        <x:v>4462</x:v>
       </x:c>
       <x:c r="R32" s="3" t="n">
-        <x:v>3145</x:v>
+        <x:v>3211</x:v>
       </x:c>
       <x:c r="S32" s="3" t="n">
-        <x:v>2979</x:v>
+        <x:v>3042</x:v>
       </x:c>
       <x:c r="T32" s="3" t="n">
-        <x:v>2957</x:v>
+        <x:v>3014</x:v>
       </x:c>
       <x:c r="U32" s="3" t="n">
-        <x:v>5884</x:v>
+        <x:v>6074</x:v>
       </x:c>
       <x:c r="V32" s="3" t="n">
-        <x:v>3831</x:v>
+        <x:v>3929</x:v>
       </x:c>
       <x:c r="W32" s="3" t="n">
-        <x:v>3773</x:v>
+        <x:v>3870</x:v>
       </x:c>
       <x:c r="X32" s="3" t="n">
-        <x:v>5079</x:v>
+        <x:v>5229</x:v>
       </x:c>
       <x:c r="Y32" s="3" t="n">
-        <x:v>4047</x:v>
+        <x:v>4137</x:v>
       </x:c>
       <x:c r="Z32" s="3" t="n">
-        <x:v>3260</x:v>
+        <x:v>3311</x:v>
       </x:c>
       <x:c r="AA32" s="3" t="n">
-        <x:v>3788</x:v>
+        <x:v>3864</x:v>
       </x:c>
       <x:c r="AB32" s="3" t="n">
-        <x:v>4523</x:v>
+        <x:v>4633</x:v>
       </x:c>
       <x:c r="AC32" s="3" t="n">
-        <x:v>6775</x:v>
+        <x:v>6964</x:v>
       </x:c>
       <x:c r="AD32" s="3" t="n">
-        <x:v>5248</x:v>
+        <x:v>5368</x:v>
       </x:c>
       <x:c r="AE32" s="3" t="n">
-        <x:v>5055</x:v>
+        <x:v>5167</x:v>
       </x:c>
       <x:c r="AF32" s="3" t="n">
-        <x:v>4952</x:v>
+        <x:v>5265</x:v>
       </x:c>
       <x:c r="AG32" s="3" t="n">
-        <x:v>5129</x:v>
+        <x:v>5236</x:v>
       </x:c>
       <x:c r="AH32" s="3" t="n">
-        <x:v>5656</x:v>
+        <x:v>5875</x:v>
       </x:c>
       <x:c r="AI32" s="3" t="n">
-        <x:v>5217</x:v>
+        <x:v>5371</x:v>
       </x:c>
       <x:c r="AJ32" s="3" t="n">
-        <x:v>5949</x:v>
+        <x:v>6079</x:v>
       </x:c>
       <x:c r="AK32" s="3" t="n">
-        <x:v>5295</x:v>
+        <x:v>5412</x:v>
       </x:c>
       <x:c r="AL32" s="3" t="n">
-        <x:v>6341</x:v>
+        <x:v>6585</x:v>
       </x:c>
       <x:c r="AM32" s="3" t="n">
-        <x:v>6258</x:v>
+        <x:v>6479</x:v>
       </x:c>
       <x:c r="AN32" s="3" t="n">
-        <x:v>6303</x:v>
+        <x:v>6851</x:v>
       </x:c>
       <x:c r="AO32" s="3" t="n">
-        <x:v>3934</x:v>
+        <x:v>3957</x:v>
       </x:c>
       <x:c r="AP32" s="3" t="n">
-        <x:v>5993</x:v>
+        <x:v>6272</x:v>
       </x:c>
       <x:c r="AQ32" s="3" t="n">
-        <x:v>6243</x:v>
+        <x:v>6518</x:v>
       </x:c>
       <x:c r="AR32" s="3" t="n">
-        <x:v>6536</x:v>
+        <x:v>6959</x:v>
       </x:c>
       <x:c r="AS32" s="3" t="n">
-        <x:v>5299</x:v>
+        <x:v>5404</x:v>
       </x:c>
       <x:c r="AT32" s="3" t="n">
-        <x:v>6601</x:v>
+        <x:v>6932</x:v>
       </x:c>
       <x:c r="AU32" s="3" t="n">
-        <x:v>6631</x:v>
+        <x:v>6964</x:v>
       </x:c>
       <x:c r="AV32" s="3" t="n">
-        <x:v>6579</x:v>
+        <x:v>6842</x:v>
       </x:c>
       <x:c r="AW32" s="3" t="n">
-        <x:v>6800</x:v>
+        <x:v>7102</x:v>
       </x:c>
       <x:c r="AX32" s="3" t="n">
-        <x:v>7336</x:v>
+        <x:v>7799</x:v>
       </x:c>
       <x:c r="AY32" s="3" t="n">
-        <x:v>6031</x:v>
+        <x:v>6212</x:v>
       </x:c>
       <x:c r="AZ32" s="3" t="n">
-        <x:v>6645</x:v>
+        <x:v>6961</x:v>
       </x:c>
       <x:c r="BA32" s="3" t="n">
-        <x:v>7567</x:v>
+        <x:v>8028</x:v>
       </x:c>
       <x:c r="BB32" s="3" t="n">
-        <x:v>7192</x:v>
+        <x:v>7529</x:v>
       </x:c>
       <x:c r="BC32" s="3" t="n">
-        <x:v>7239</x:v>
+        <x:v>7579</x:v>
       </x:c>
       <x:c r="BD32" s="3" t="n">
-        <x:v>7203</x:v>
+        <x:v>7548</x:v>
       </x:c>
       <x:c r="BE32" s="3" t="n">
-        <x:v>9210</x:v>
+        <x:v>9554</x:v>
       </x:c>
       <x:c r="BF32" s="3" t="n">
-        <x:v>8182</x:v>
+        <x:v>8491</x:v>
       </x:c>
       <x:c r="BG32" s="3" t="n">
-        <x:v>8061</x:v>
+        <x:v>8369</x:v>
       </x:c>
       <x:c r="BH32" s="3" t="n">
-        <x:v>8699</x:v>
+        <x:v>9011</x:v>
       </x:c>
       <x:c r="BI32" s="3" t="n">
-        <x:v>8850</x:v>
+        <x:v>9162</x:v>
       </x:c>
       <x:c r="BJ32" s="3" t="n">
-        <x:v>8873</x:v>
+        <x:v>9141</x:v>
       </x:c>
       <x:c r="BK32" s="3" t="n">
-        <x:v>8777</x:v>
+        <x:v>9047</x:v>
       </x:c>
       <x:c r="BL32" s="3" t="n">
-        <x:v>9689</x:v>
+        <x:v>9962</x:v>
       </x:c>
       <x:c r="BM32" s="3" t="n">
-        <x:v>9686</x:v>
+        <x:v>9959</x:v>
       </x:c>
       <x:c r="BN32" s="3" t="n">
-        <x:v>8159</x:v>
+        <x:v>8536</x:v>
       </x:c>
       <x:c r="BO32" s="3" t="n">
-        <x:v>7706</x:v>
+        <x:v>8087</x:v>
       </x:c>
       <x:c r="BP32" s="3" t="n">
-        <x:v>8162</x:v>
+        <x:v>8547</x:v>
       </x:c>
       <x:c r="BQ32" s="3" t="n">
-        <x:v>10613</x:v>
+        <x:v>10998</x:v>
       </x:c>
       <x:c r="BR32" s="3" t="n">
-        <x:v>8865</x:v>
+        <x:v>9390</x:v>
       </x:c>
       <x:c r="BS32" s="3" t="n">
-        <x:v>8767</x:v>
+        <x:v>9163</x:v>
       </x:c>
       <x:c r="BT32" s="3" t="n">
-        <x:v>8301</x:v>
+        <x:v>8664</x:v>
       </x:c>
       <x:c r="BU32" s="3" t="n">
-        <x:v>8870</x:v>
+        <x:v>9229</x:v>
       </x:c>
       <x:c r="BV32" s="3" t="n">
-        <x:v>8262</x:v>
+        <x:v>8750</x:v>
       </x:c>
       <x:c r="BW32" s="3" t="n">
-        <x:v>8153</x:v>
+        <x:v>8603</x:v>
       </x:c>
       <x:c r="BX32" s="3" t="n">
-        <x:v>8635</x:v>
+        <x:v>9018</x:v>
       </x:c>
       <x:c r="BY32" s="3" t="n">
-        <x:v>9839</x:v>
+        <x:v>10221</x:v>
       </x:c>
       <x:c r="BZ32" s="3" t="n">
-        <x:v>9713</x:v>
+        <x:v>10017</x:v>
       </x:c>
       <x:c r="CA32" s="3" t="n">
-        <x:v>10568</x:v>
+        <x:v>10840</x:v>
       </x:c>
       <x:c r="CB32" s="3" t="n">
-        <x:v>10568</x:v>
+        <x:v>10823</x:v>
       </x:c>
       <x:c r="CC32" s="3" t="n">
-        <x:v>12706</x:v>
+        <x:v>12947</x:v>
       </x:c>
       <x:c r="CD32" s="3" t="n">
-        <x:v>11990</x:v>
+        <x:v>12307</x:v>
       </x:c>
       <x:c r="CE32" s="3" t="n">
-        <x:v>12306</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="CF32" s="3" t="n">
-        <x:v>12429</x:v>
+        <x:v>12775</x:v>
       </x:c>
       <x:c r="CG32" s="3" t="n">
-        <x:v>13045</x:v>
+        <x:v>13407</x:v>
       </x:c>
       <x:c r="CH32" s="3" t="n">
-        <x:v>12774</x:v>
+        <x:v>13116</x:v>
       </x:c>
       <x:c r="CI32" s="3" t="n">
-        <x:v>11610</x:v>
+        <x:v>11939</x:v>
       </x:c>
       <x:c r="CJ32" s="3" t="n">
-        <x:v>12802</x:v>
+        <x:v>13151</x:v>
       </x:c>
       <x:c r="CK32" s="3" t="n">
-        <x:v>13637</x:v>
+        <x:v>14000</x:v>
       </x:c>
       <x:c r="CL32" s="3" t="n">
-        <x:v>13620</x:v>
+        <x:v>14017</x:v>
       </x:c>
       <x:c r="CM32" s="3" t="n">
-        <x:v>13757</x:v>
+        <x:v>14150</x:v>
       </x:c>
       <x:c r="CN32" s="3" t="n">
-        <x:v>13830</x:v>
+        <x:v>14221</x:v>
       </x:c>
       <x:c r="CO32" s="3" t="n">
-        <x:v>15670</x:v>
+        <x:v>16096</x:v>
       </x:c>
       <x:c r="CP32" s="3" t="n">
-        <x:v>15246</x:v>
+        <x:v>15752</x:v>
       </x:c>
       <x:c r="CQ32" s="3" t="n">
-        <x:v>15425</x:v>
+        <x:v>15928</x:v>
       </x:c>
       <x:c r="CR32" s="3" t="n">
-        <x:v>14704</x:v>
+        <x:v>15144</x:v>
       </x:c>
       <x:c r="CS32" s="3" t="n">
-        <x:v>15012</x:v>
+        <x:v>15470</x:v>
       </x:c>
       <x:c r="CT32" s="3" t="n">
-        <x:v>14063</x:v>
+        <x:v>14686</x:v>
       </x:c>
       <x:c r="CU32" s="3" t="n">
-        <x:v>13540</x:v>
+        <x:v>14016</x:v>
       </x:c>
       <x:c r="CV32" s="3" t="n">
-        <x:v>14065</x:v>
+        <x:v>14699</x:v>
       </x:c>
       <x:c r="CW32" s="3" t="n">
-        <x:v>14549</x:v>
+        <x:v>14991</x:v>
       </x:c>
       <x:c r="CX32" s="3" t="n">
-        <x:v>13310</x:v>
+        <x:v>13821</x:v>
       </x:c>
       <x:c r="CY32" s="3" t="n">
-        <x:v>13295</x:v>
+        <x:v>13797</x:v>
       </x:c>
       <x:c r="CZ32" s="3" t="n">
-        <x:v>13127</x:v>
+        <x:v>13663</x:v>
       </x:c>
       <x:c r="DA32" s="3" t="n">
-        <x:v>14365</x:v>
+        <x:v>14958</x:v>
       </x:c>
       <x:c r="DB32" s="3" t="n">
-        <x:v>13102</x:v>
+        <x:v>13656</x:v>
       </x:c>
       <x:c r="DC32" s="3" t="n">
-        <x:v>12383</x:v>
+        <x:v>13081</x:v>
       </x:c>
       <x:c r="DD32" s="3" t="n">
-        <x:v>12976</x:v>
+        <x:v>13571</x:v>
       </x:c>
       <x:c r="DE32" s="3" t="n">
-        <x:v>15231</x:v>
+        <x:v>15762</x:v>
       </x:c>
       <x:c r="DF32" s="3" t="n">
-        <x:v>13362</x:v>
+        <x:v>13831</x:v>
       </x:c>
       <x:c r="DG32" s="3" t="n">
-        <x:v>14758</x:v>
+        <x:v>15334</x:v>
       </x:c>
       <x:c r="DH32" s="3" t="n">
-        <x:v>16911</x:v>
+        <x:v>17279</x:v>
       </x:c>
       <x:c r="DI32" s="3" t="n">
-        <x:v>19790</x:v>
+        <x:v>20446</x:v>
       </x:c>
       <x:c r="DJ32" s="3" t="n">
-        <x:v>14438</x:v>
+        <x:v>14980</x:v>
       </x:c>
       <x:c r="DK32" s="3" t="n">
-        <x:v>16466</x:v>
+        <x:v>16679</x:v>
       </x:c>
       <x:c r="DL32" s="3" t="n">
-        <x:v>17235</x:v>
+        <x:v>17648</x:v>
       </x:c>
       <x:c r="DM32" s="3" t="n">
-        <x:v>19376</x:v>
+        <x:v>20324</x:v>
       </x:c>
       <x:c r="DN32" s="3" t="n">
-        <x:v>19736</x:v>
+        <x:v>20098</x:v>
       </x:c>
       <x:c r="DO32" s="3" t="n">
-        <x:v>20880</x:v>
+        <x:v>21187</x:v>
       </x:c>
       <x:c r="DP32" s="3" t="n">
-        <x:v>22401</x:v>
+        <x:v>22787</x:v>
       </x:c>
       <x:c r="DQ32" s="3" t="n">
-        <x:v>24305</x:v>
+        <x:v>24652</x:v>
       </x:c>
       <x:c r="DR32" s="3" t="n">
-        <x:v>21591</x:v>
+        <x:v>21850</x:v>
       </x:c>
       <x:c r="DS32" s="3" t="n">
-        <x:v>23770</x:v>
+        <x:v>24222</x:v>
       </x:c>
       <x:c r="DT32" s="3" t="n">
-        <x:v>26351</x:v>
+        <x:v>26792</x:v>
       </x:c>
       <x:c r="DU32" s="3" t="n">
-        <x:v>28508</x:v>
+        <x:v>29069</x:v>
       </x:c>
       <x:c r="DV32" s="3" t="n">
-        <x:v>21913</x:v>
+        <x:v>22038</x:v>
       </x:c>
       <x:c r="DW32" s="3" t="n">
-        <x:v>24035</x:v>
+        <x:v>24124</x:v>
       </x:c>
       <x:c r="DX32" s="3" t="n">
-        <x:v>26577</x:v>
+        <x:v>26721</x:v>
       </x:c>
       <x:c r="DY32" s="3" t="n">
-        <x:v>23401</x:v>
+        <x:v>23567</x:v>
       </x:c>
       <x:c r="DZ32" s="3" t="n">
-        <x:v>25831</x:v>
+        <x:v>26163</x:v>
       </x:c>
       <x:c r="EA32" s="3" t="n">
-        <x:v>28741</x:v>
+        <x:v>28749</x:v>
       </x:c>
       <x:c r="EB32" s="3" t="n">
-        <x:v>29389</x:v>
+        <x:v>29697</x:v>
       </x:c>
       <x:c r="EC32" s="3" t="n">
-        <x:v>29603</x:v>
+        <x:v>29604</x:v>
       </x:c>
       <x:c r="ED32" s="3" t="n">
-        <x:v>26334</x:v>
+        <x:v>26263</x:v>
       </x:c>
       <x:c r="EE32" s="3" t="n">
-        <x:v>28008</x:v>
+        <x:v>27711</x:v>
       </x:c>
       <x:c r="EF32" s="3" t="n">
-        <x:v>30566</x:v>
+        <x:v>30441</x:v>
       </x:c>
       <x:c r="EG32" s="3" t="n">
-        <x:v>36337</x:v>
+        <x:v>36698</x:v>
       </x:c>
       <x:c r="EH32" s="3" t="n">
-        <x:v>28451</x:v>
+        <x:v>29547</x:v>
       </x:c>
       <x:c r="EI32" s="3" t="n">
-        <x:v>31176</x:v>
+        <x:v>32000</x:v>
       </x:c>
       <x:c r="EJ32" s="3" t="n">
-        <x:v>32186</x:v>
+        <x:v>32722</x:v>
       </x:c>
       <x:c r="EK32" s="3" t="n">
-        <x:v>33264</x:v>
+        <x:v>33702</x:v>
       </x:c>
       <x:c r="EL32" s="3" t="n">
-        <x:v>30788</x:v>
+        <x:v>31772</x:v>
       </x:c>
       <x:c r="EM32" s="3" t="n">
-        <x:v>33611</x:v>
+        <x:v>35024</x:v>
       </x:c>
       <x:c r="EN32" s="3" t="n">
-        <x:v>33013</x:v>
+        <x:v>34098</x:v>
       </x:c>
       <x:c r="EO32" s="3" t="n">
-        <x:v>38814</x:v>
+        <x:v>39404</x:v>
       </x:c>
       <x:c r="EP32" s="3" t="n">
-        <x:v>32835</x:v>
+        <x:v>33989</x:v>
       </x:c>
       <x:c r="EQ32" s="3" t="n">
-        <x:v>35612</x:v>
+        <x:v>37230</x:v>
       </x:c>
       <x:c r="ER32" s="3" t="n">
-        <x:v>37480</x:v>
+        <x:v>38409</x:v>
       </x:c>
       <x:c r="ES32" s="3" t="n">
-        <x:v>39784</x:v>
+        <x:v>41284</x:v>
       </x:c>
       <x:c r="ET32" s="3" t="n">
-        <x:v>39309</x:v>
+        <x:v>41096</x:v>
       </x:c>
       <x:c r="EU32" s="3" t="n">
-        <x:v>37791</x:v>
+        <x:v>39149</x:v>
       </x:c>
       <x:c r="EV32" s="3" t="n">
-        <x:v>38982</x:v>
+        <x:v>40551</x:v>
       </x:c>
       <x:c r="EW32" s="3" t="n">
-        <x:v>44768</x:v>
+        <x:v>46309</x:v>
       </x:c>
       <x:c r="EX32" s="3" t="n">
-        <x:v>43455</x:v>
+        <x:v>45032</x:v>
       </x:c>
       <x:c r="EY32" s="3" t="n">
-        <x:v>44453</x:v>
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="EZ32" s="3" t="n">
-        <x:v>44264</x:v>
+        <x:v>45280</x:v>
       </x:c>
       <x:c r="FA32" s="3" t="n">
-        <x:v>46718</x:v>
+        <x:v>47794</x:v>
       </x:c>
       <x:c r="FB32" s="3" t="n">
-        <x:v>45302</x:v>
+        <x:v>46752</x:v>
       </x:c>
       <x:c r="FC32" s="3" t="n">
-        <x:v>48700</x:v>
+        <x:v>49815</x:v>
       </x:c>
       <x:c r="FD32" s="3" t="n">
-        <x:v>47037</x:v>
+        <x:v>47820</x:v>
       </x:c>
       <x:c r="FE32" s="3" t="n">
-        <x:v>51924</x:v>
+        <x:v>52840</x:v>
       </x:c>
       <x:c r="FF32" s="3" t="n">
-        <x:v>43856</x:v>
+        <x:v>45507</x:v>
       </x:c>
       <x:c r="FG32" s="3" t="n">
-        <x:v>47310</x:v>
+        <x:v>48390</x:v>
       </x:c>
       <x:c r="FH32" s="3" t="n">
-        <x:v>47835</x:v>
+        <x:v>48707</x:v>
       </x:c>
       <x:c r="FI32" s="3" t="n">
-        <x:v>50143</x:v>
+        <x:v>51232</x:v>
       </x:c>
       <x:c r="FJ32" s="3" t="n">
-        <x:v>49262</x:v>
+        <x:v>51384</x:v>
       </x:c>
       <x:c r="FK32" s="3" t="n">
-        <x:v>53537</x:v>
+        <x:v>55138</x:v>
       </x:c>
       <x:c r="FL32" s="3" t="n">
-        <x:v>54402</x:v>
+        <x:v>55941</x:v>
       </x:c>
       <x:c r="FM32" s="3" t="n">
-        <x:v>60809</x:v>
+        <x:v>62341</x:v>
       </x:c>
       <x:c r="FN32" s="3" t="n">
-        <x:v>60765</x:v>
+        <x:v>62518</x:v>
       </x:c>
       <x:c r="FO32" s="3" t="n">
-        <x:v>57290</x:v>
+        <x:v>58345</x:v>
       </x:c>
       <x:c r="FP32" s="3" t="n">
-        <x:v>54824</x:v>
+        <x:v>55850</x:v>
       </x:c>
       <x:c r="FQ32" s="3" t="n">
-        <x:v>62440</x:v>
+        <x:v>63819</x:v>
       </x:c>
       <x:c r="FR32" s="3" t="n">
-        <x:v>53360</x:v>
+        <x:v>54920</x:v>
       </x:c>
       <x:c r="FS32" s="3" t="n">
-        <x:v>54944</x:v>
+        <x:v>56026</x:v>
       </x:c>
       <x:c r="FT32" s="3" t="n">
-        <x:v>58043</x:v>
+        <x:v>59258</x:v>
       </x:c>
       <x:c r="FU32" s="3" t="n">
-        <x:v>67315</x:v>
+        <x:v>68827</x:v>
       </x:c>
       <x:c r="FV32" s="3" t="n">
-        <x:v>64578</x:v>
+        <x:v>65969</x:v>
       </x:c>
       <x:c r="FW32" s="3" t="n">
-        <x:v>70722</x:v>
+        <x:v>72680</x:v>
       </x:c>
       <x:c r="FX32" s="3" t="n">
-        <x:v>72559</x:v>
+        <x:v>74957</x:v>
       </x:c>
       <x:c r="FY32" s="3" t="n">
-        <x:v>80175</x:v>
+        <x:v>82849</x:v>
       </x:c>
       <x:c r="FZ32" s="3" t="n">
-        <x:v>78843</x:v>
+        <x:v>82309</x:v>
       </x:c>
       <x:c r="GA32" s="3" t="n">
-        <x:v>83615</x:v>
+        <x:v>87984</x:v>
       </x:c>
       <x:c r="GB32" s="3" t="n">
-        <x:v>81811</x:v>
+        <x:v>86208</x:v>
       </x:c>
       <x:c r="GC32" s="3" t="n">
-        <x:v>91141</x:v>
+        <x:v>96545</x:v>
       </x:c>
       <x:c r="GD32" s="3" t="n">
-        <x:v>87241</x:v>
+        <x:v>95428</x:v>
       </x:c>
       <x:c r="GE32" s="3" t="n">
-        <x:v>90369</x:v>
+        <x:v>98651</x:v>
       </x:c>
       <x:c r="GF32" s="3" t="n">
-        <x:v>89927</x:v>
+        <x:v>98046</x:v>
       </x:c>
       <x:c r="GG32" s="3" t="n">
-        <x:v>100885</x:v>
+        <x:v>108574</x:v>
       </x:c>
       <x:c r="GH32" s="3" t="n">
-        <x:v>92282</x:v>
+        <x:v>100681</x:v>
       </x:c>
       <x:c r="GI32" s="3" t="n">
-        <x:v>91645</x:v>
+        <x:v>103519</x:v>
+      </x:c>
+      <x:c r="GJ32" s="3" t="n">
+        <x:v>105599</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:191">
+    <x:row r="33" spans="1:192">
       <x:c r="A33" s="2" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D33" s="3" t="n">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E33" s="3" t="n">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F33" s="3" t="n">
         <x:v>160</x:v>
       </x:c>
       <x:c r="G33" s="3" t="n">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H33" s="3" t="n">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I33" s="3" t="n">
         <x:v>137</x:v>
       </x:c>
@@ -18235,275 +18325,278 @@
       <x:c r="DF33" s="3" t="n">
         <x:v>865</x:v>
       </x:c>
       <x:c r="DG33" s="3" t="n">
         <x:v>1103</x:v>
       </x:c>
       <x:c r="DH33" s="3" t="n">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="DI33" s="3" t="n">
         <x:v>1846</x:v>
       </x:c>
       <x:c r="DJ33" s="3" t="n">
         <x:v>579</x:v>
       </x:c>
       <x:c r="DK33" s="3" t="n">
         <x:v>770</x:v>
       </x:c>
       <x:c r="DL33" s="3" t="n">
         <x:v>808</x:v>
       </x:c>
       <x:c r="DM33" s="3" t="n">
         <x:v>1309</x:v>
       </x:c>
       <x:c r="DN33" s="3" t="n">
-        <x:v>2744</x:v>
+        <x:v>2814</x:v>
       </x:c>
       <x:c r="DO33" s="3" t="n">
-        <x:v>2802</x:v>
+        <x:v>2874</x:v>
       </x:c>
       <x:c r="DP33" s="3" t="n">
-        <x:v>3102</x:v>
+        <x:v>3187</x:v>
       </x:c>
       <x:c r="DQ33" s="3" t="n">
-        <x:v>2994</x:v>
+        <x:v>3075</x:v>
       </x:c>
       <x:c r="DR33" s="3" t="n">
-        <x:v>2526</x:v>
+        <x:v>2662</x:v>
       </x:c>
       <x:c r="DS33" s="3" t="n">
-        <x:v>2806</x:v>
+        <x:v>2957</x:v>
       </x:c>
       <x:c r="DT33" s="3" t="n">
+        <x:v>3375</x:v>
+      </x:c>
+      <x:c r="DU33" s="3" t="n">
+        <x:v>3072</x:v>
+      </x:c>
+      <x:c r="DV33" s="3" t="n">
+        <x:v>2911</x:v>
+      </x:c>
+      <x:c r="DW33" s="3" t="n">
         <x:v>3202</x:v>
       </x:c>
-      <x:c r="DU33" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="DX33" s="3" t="n">
-        <x:v>3413</x:v>
+        <x:v>3649</x:v>
       </x:c>
       <x:c r="DY33" s="3" t="n">
-        <x:v>2814</x:v>
+        <x:v>3007</x:v>
       </x:c>
       <x:c r="DZ33" s="3" t="n">
-        <x:v>3306</x:v>
+        <x:v>3534</x:v>
       </x:c>
       <x:c r="EA33" s="3" t="n">
-        <x:v>3576</x:v>
+        <x:v>3836</x:v>
       </x:c>
       <x:c r="EB33" s="3" t="n">
-        <x:v>3670</x:v>
+        <x:v>3941</x:v>
       </x:c>
       <x:c r="EC33" s="3" t="n">
-        <x:v>3671</x:v>
+        <x:v>3943</x:v>
       </x:c>
       <x:c r="ED33" s="3" t="n">
-        <x:v>3315</x:v>
+        <x:v>3609</x:v>
       </x:c>
       <x:c r="EE33" s="3" t="n">
-        <x:v>3961</x:v>
+        <x:v>4245</x:v>
       </x:c>
       <x:c r="EF33" s="3" t="n">
-        <x:v>3713</x:v>
+        <x:v>4021</x:v>
       </x:c>
       <x:c r="EG33" s="3" t="n">
-        <x:v>3926</x:v>
+        <x:v>4276</x:v>
       </x:c>
       <x:c r="EH33" s="3" t="n">
-        <x:v>3727</x:v>
+        <x:v>4068</x:v>
       </x:c>
       <x:c r="EI33" s="3" t="n">
-        <x:v>4279</x:v>
+        <x:v>4605</x:v>
       </x:c>
       <x:c r="EJ33" s="3" t="n">
-        <x:v>4777</x:v>
+        <x:v>5211</x:v>
       </x:c>
       <x:c r="EK33" s="3" t="n">
-        <x:v>4122</x:v>
+        <x:v>4463</x:v>
       </x:c>
       <x:c r="EL33" s="3" t="n">
-        <x:v>4417</x:v>
+        <x:v>4794</x:v>
       </x:c>
       <x:c r="EM33" s="3" t="n">
-        <x:v>4461</x:v>
+        <x:v>4838</x:v>
       </x:c>
       <x:c r="EN33" s="3" t="n">
-        <x:v>5059</x:v>
+        <x:v>5514</x:v>
       </x:c>
       <x:c r="EO33" s="3" t="n">
-        <x:v>4471</x:v>
+        <x:v>4911</x:v>
       </x:c>
       <x:c r="EP33" s="3" t="n">
-        <x:v>5235</x:v>
+        <x:v>5626</x:v>
       </x:c>
       <x:c r="EQ33" s="3" t="n">
-        <x:v>6031</x:v>
+        <x:v>6563</x:v>
       </x:c>
       <x:c r="ER33" s="3" t="n">
-        <x:v>5809</x:v>
+        <x:v>6195</x:v>
       </x:c>
       <x:c r="ES33" s="3" t="n">
-        <x:v>6246</x:v>
+        <x:v>6794</x:v>
       </x:c>
       <x:c r="ET33" s="3" t="n">
-        <x:v>4896</x:v>
+        <x:v>5342</x:v>
       </x:c>
       <x:c r="EU33" s="3" t="n">
-        <x:v>5286</x:v>
+        <x:v>5823</x:v>
       </x:c>
       <x:c r="EV33" s="3" t="n">
-        <x:v>5240</x:v>
+        <x:v>5746</x:v>
       </x:c>
       <x:c r="EW33" s="3" t="n">
-        <x:v>5520</x:v>
+        <x:v>6091</x:v>
       </x:c>
       <x:c r="EX33" s="3" t="n">
-        <x:v>5561</x:v>
+        <x:v>6058</x:v>
       </x:c>
       <x:c r="EY33" s="3" t="n">
-        <x:v>5512</x:v>
+        <x:v>6005</x:v>
       </x:c>
       <x:c r="EZ33" s="3" t="n">
-        <x:v>5798</x:v>
+        <x:v>6320</x:v>
       </x:c>
       <x:c r="FA33" s="3" t="n">
-        <x:v>5419</x:v>
+        <x:v>5918</x:v>
       </x:c>
       <x:c r="FB33" s="3" t="n">
-        <x:v>6125</x:v>
+        <x:v>6528</x:v>
       </x:c>
       <x:c r="FC33" s="3" t="n">
-        <x:v>6414</x:v>
+        <x:v>6873</x:v>
       </x:c>
       <x:c r="FD33" s="3" t="n">
-        <x:v>6958</x:v>
+        <x:v>7468</x:v>
       </x:c>
       <x:c r="FE33" s="3" t="n">
-        <x:v>7085</x:v>
+        <x:v>7591</x:v>
       </x:c>
       <x:c r="FF33" s="3" t="n">
-        <x:v>6051</x:v>
+        <x:v>6503</x:v>
       </x:c>
       <x:c r="FG33" s="3" t="n">
-        <x:v>5970</x:v>
+        <x:v>6418</x:v>
       </x:c>
       <x:c r="FH33" s="3" t="n">
-        <x:v>6136</x:v>
+        <x:v>6582</x:v>
       </x:c>
       <x:c r="FI33" s="3" t="n">
-        <x:v>6236</x:v>
+        <x:v>6715</x:v>
       </x:c>
       <x:c r="FJ33" s="3" t="n">
-        <x:v>6178</x:v>
+        <x:v>6593</x:v>
       </x:c>
       <x:c r="FK33" s="3" t="n">
-        <x:v>6833</x:v>
+        <x:v>7270</x:v>
       </x:c>
       <x:c r="FL33" s="3" t="n">
-        <x:v>7724</x:v>
+        <x:v>8177</x:v>
       </x:c>
       <x:c r="FM33" s="3" t="n">
-        <x:v>6808</x:v>
+        <x:v>7277</x:v>
       </x:c>
       <x:c r="FN33" s="3" t="n">
-        <x:v>6428</x:v>
+        <x:v>6920</x:v>
       </x:c>
       <x:c r="FO33" s="3" t="n">
-        <x:v>3646</x:v>
+        <x:v>4063</x:v>
       </x:c>
       <x:c r="FP33" s="3" t="n">
-        <x:v>3632</x:v>
+        <x:v>4008</x:v>
       </x:c>
       <x:c r="FQ33" s="3" t="n">
-        <x:v>4063</x:v>
+        <x:v>4508</x:v>
       </x:c>
       <x:c r="FR33" s="3" t="n">
-        <x:v>3556</x:v>
+        <x:v>3960</x:v>
       </x:c>
       <x:c r="FS33" s="3" t="n">
-        <x:v>3956</x:v>
+        <x:v>4380</x:v>
       </x:c>
       <x:c r="FT33" s="3" t="n">
-        <x:v>6289</x:v>
+        <x:v>6796</x:v>
       </x:c>
       <x:c r="FU33" s="3" t="n">
-        <x:v>7498</x:v>
+        <x:v>8027</x:v>
       </x:c>
       <x:c r="FV33" s="3" t="n">
-        <x:v>5759</x:v>
+        <x:v>6552</x:v>
       </x:c>
       <x:c r="FW33" s="3" t="n">
-        <x:v>8410</x:v>
+        <x:v>9676</x:v>
       </x:c>
       <x:c r="FX33" s="3" t="n">
-        <x:v>8916</x:v>
+        <x:v>10247</x:v>
       </x:c>
       <x:c r="FY33" s="3" t="n">
-        <x:v>9520</x:v>
+        <x:v>10910</x:v>
       </x:c>
       <x:c r="FZ33" s="3" t="n">
-        <x:v>7697</x:v>
+        <x:v>8779</x:v>
       </x:c>
       <x:c r="GA33" s="3" t="n">
-        <x:v>8933</x:v>
+        <x:v>10172</x:v>
       </x:c>
       <x:c r="GB33" s="3" t="n">
-        <x:v>8224</x:v>
+        <x:v>9400</x:v>
       </x:c>
       <x:c r="GC33" s="3" t="n">
-        <x:v>8160</x:v>
+        <x:v>9315</x:v>
       </x:c>
       <x:c r="GD33" s="3" t="n">
-        <x:v>8587</x:v>
+        <x:v>9737</x:v>
       </x:c>
       <x:c r="GE33" s="3" t="n">
-        <x:v>9574</x:v>
+        <x:v>10715</x:v>
       </x:c>
       <x:c r="GF33" s="3" t="n">
-        <x:v>9407</x:v>
+        <x:v>10504</x:v>
       </x:c>
       <x:c r="GG33" s="3" t="n">
-        <x:v>9579</x:v>
+        <x:v>10757</x:v>
       </x:c>
       <x:c r="GH33" s="3" t="n">
-        <x:v>8758</x:v>
+        <x:v>9664</x:v>
       </x:c>
       <x:c r="GI33" s="3" t="n">
-        <x:v>9077</x:v>
+        <x:v>10187</x:v>
+      </x:c>
+      <x:c r="GJ33" s="3" t="n">
+        <x:v>10193</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:191">
+    <x:row r="34" spans="1:192">
       <x:c r="A34" s="2" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E34" s="3" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F34" s="3" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G34" s="3" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H34" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I34" s="3" t="n">
         <x:v>23</x:v>
       </x:c>
@@ -19026,59 +19119,62 @@
       <x:c r="FZ34" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="GA34" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="GB34" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="GC34" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="GD34" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GE34" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GF34" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GG34" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GH34" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="GI34" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="GJ34" s="3" t="n">
+        <x:v>19</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:191">
+    <x:row r="35" spans="1:192">
       <x:c r="A35" s="2" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D35" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E35" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F35" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G35" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H35" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I35" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
@@ -19606,54 +19702,57 @@
       </x:c>
       <x:c r="GB35" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GC35" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GD35" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GE35" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GF35" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GG35" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GH35" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GI35" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
+      <x:c r="GJ35" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
     </x:row>
-    <x:row r="36" spans="1:191">
+    <x:row r="36" spans="1:192">
       <x:c r="A36" s="2" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E36" s="3" t="n">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F36" s="3" t="n">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G36" s="3" t="n">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H36" s="3" t="n">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I36" s="3" t="n">
         <x:v>90</x:v>
       </x:c>
@@ -20140,95 +20239,98 @@
       <x:c r="FN36" s="3" t="n">
         <x:v>2318</x:v>
       </x:c>
       <x:c r="FO36" s="3" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="FP36" s="3" t="n">
         <x:v>465</x:v>
       </x:c>
       <x:c r="FQ36" s="3" t="n">
         <x:v>273</x:v>
       </x:c>
       <x:c r="FR36" s="3" t="n">
         <x:v>204</x:v>
       </x:c>
       <x:c r="FS36" s="3" t="n">
         <x:v>453</x:v>
       </x:c>
       <x:c r="FT36" s="3" t="n">
         <x:v>2092</x:v>
       </x:c>
       <x:c r="FU36" s="3" t="n">
         <x:v>3064</x:v>
       </x:c>
       <x:c r="FV36" s="3" t="n">
-        <x:v>1567</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="FW36" s="3" t="n">
-        <x:v>3326</x:v>
+        <x:v>4020</x:v>
       </x:c>
       <x:c r="FX36" s="3" t="n">
-        <x:v>3252</x:v>
+        <x:v>3931</x:v>
       </x:c>
       <x:c r="FY36" s="3" t="n">
-        <x:v>3338</x:v>
+        <x:v>4035</x:v>
       </x:c>
       <x:c r="FZ36" s="3" t="n">
-        <x:v>2125</x:v>
+        <x:v>2436</x:v>
       </x:c>
       <x:c r="GA36" s="3" t="n">
-        <x:v>2857</x:v>
+        <x:v>3275</x:v>
       </x:c>
       <x:c r="GB36" s="3" t="n">
-        <x:v>2667</x:v>
+        <x:v>3057</x:v>
       </x:c>
       <x:c r="GC36" s="3" t="n">
-        <x:v>2518</x:v>
+        <x:v>2887</x:v>
       </x:c>
       <x:c r="GD36" s="3" t="n">
-        <x:v>2348</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="GE36" s="3" t="n">
-        <x:v>3004</x:v>
+        <x:v>3012</x:v>
       </x:c>
       <x:c r="GF36" s="3" t="n">
         <x:v>2825</x:v>
       </x:c>
       <x:c r="GG36" s="3" t="n">
         <x:v>2740</x:v>
       </x:c>
       <x:c r="GH36" s="3" t="n">
         <x:v>2489</x:v>
       </x:c>
       <x:c r="GI36" s="3" t="n">
         <x:v>3061</x:v>
       </x:c>
+      <x:c r="GJ36" s="3" t="n">
+        <x:v>2756</x:v>
+      </x:c>
     </x:row>
-    <x:row r="37" spans="1:191">
+    <x:row r="37" spans="1:192">
       <x:c r="A37" s="2" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E37" s="3" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F37" s="3" t="n">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G37" s="3" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H37" s="3" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="I37" s="3" t="n">
         <x:v>17</x:v>
       </x:c>
@@ -20535,275 +20637,278 @@
       <x:c r="DF37" s="3" t="n">
         <x:v>65</x:v>
       </x:c>
       <x:c r="DG37" s="3" t="n">
         <x:v>79</x:v>
       </x:c>
       <x:c r="DH37" s="3" t="n">
         <x:v>75</x:v>
       </x:c>
       <x:c r="DI37" s="3" t="n">
         <x:v>73</x:v>
       </x:c>
       <x:c r="DJ37" s="3" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="DK37" s="3" t="n">
         <x:v>77</x:v>
       </x:c>
       <x:c r="DL37" s="3" t="n">
         <x:v>73</x:v>
       </x:c>
       <x:c r="DM37" s="3" t="n">
         <x:v>85</x:v>
       </x:c>
       <x:c r="DN37" s="3" t="n">
-        <x:v>1191</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="DO37" s="3" t="n">
-        <x:v>1219</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="DP37" s="3" t="n">
-        <x:v>1444</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="DQ37" s="3" t="n">
-        <x:v>1370</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="DR37" s="3" t="n">
-        <x:v>1371</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="DS37" s="3" t="n">
-        <x:v>1522</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="DT37" s="3" t="n">
-        <x:v>1744</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="DU37" s="3" t="n">
-        <x:v>1590</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="DV37" s="3" t="n">
-        <x:v>1157</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="DW37" s="3" t="n">
-        <x:v>1283</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="DX37" s="3" t="n">
-        <x:v>1460</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="DY37" s="3" t="n">
-        <x:v>1193</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="DZ37" s="3" t="n">
-        <x:v>1369</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="EA37" s="3" t="n">
-        <x:v>1558</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="EB37" s="3" t="n">
-        <x:v>1624</x:v>
+        <x:v>1895</x:v>
       </x:c>
       <x:c r="EC37" s="3" t="n">
-        <x:v>1628</x:v>
+        <x:v>1900</x:v>
       </x:c>
       <x:c r="ED37" s="3" t="n">
-        <x:v>1738</x:v>
+        <x:v>2032</x:v>
       </x:c>
       <x:c r="EE37" s="3" t="n">
-        <x:v>1682</x:v>
+        <x:v>1967</x:v>
       </x:c>
       <x:c r="EF37" s="3" t="n">
-        <x:v>1817</x:v>
+        <x:v>2125</x:v>
       </x:c>
       <x:c r="EG37" s="3" t="n">
-        <x:v>2066</x:v>
+        <x:v>2416</x:v>
       </x:c>
       <x:c r="EH37" s="3" t="n">
-        <x:v>1549</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="EI37" s="3" t="n">
-        <x:v>1485</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="EJ37" s="3" t="n">
-        <x:v>1973</x:v>
+        <x:v>2407</x:v>
       </x:c>
       <x:c r="EK37" s="3" t="n">
-        <x:v>1554</x:v>
+        <x:v>1895</x:v>
       </x:c>
       <x:c r="EL37" s="3" t="n">
-        <x:v>1637</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="EM37" s="3" t="n">
-        <x:v>1638</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="EN37" s="3" t="n">
-        <x:v>1976</x:v>
+        <x:v>2431</x:v>
       </x:c>
       <x:c r="EO37" s="3" t="n">
-        <x:v>1911</x:v>
+        <x:v>2352</x:v>
       </x:c>
       <x:c r="EP37" s="3" t="n">
-        <x:v>2092</x:v>
+        <x:v>2483</x:v>
       </x:c>
       <x:c r="EQ37" s="3" t="n">
-        <x:v>2846</x:v>
+        <x:v>3378</x:v>
       </x:c>
       <x:c r="ER37" s="3" t="n">
-        <x:v>2068</x:v>
+        <x:v>2454</x:v>
       </x:c>
       <x:c r="ES37" s="3" t="n">
-        <x:v>2935</x:v>
+        <x:v>3483</x:v>
       </x:c>
       <x:c r="ET37" s="3" t="n">
-        <x:v>2206</x:v>
+        <x:v>2653</x:v>
       </x:c>
       <x:c r="EU37" s="3" t="n">
-        <x:v>2656</x:v>
+        <x:v>3194</x:v>
       </x:c>
       <x:c r="EV37" s="3" t="n">
-        <x:v>2502</x:v>
+        <x:v>3009</x:v>
       </x:c>
       <x:c r="EW37" s="3" t="n">
-        <x:v>2819</x:v>
+        <x:v>3390</x:v>
       </x:c>
       <x:c r="EX37" s="3" t="n">
-        <x:v>2465</x:v>
+        <x:v>2963</x:v>
       </x:c>
       <x:c r="EY37" s="3" t="n">
-        <x:v>2443</x:v>
+        <x:v>2936</x:v>
       </x:c>
       <x:c r="EZ37" s="3" t="n">
-        <x:v>2589</x:v>
+        <x:v>3111</x:v>
       </x:c>
       <x:c r="FA37" s="3" t="n">
-        <x:v>2476</x:v>
+        <x:v>2975</x:v>
       </x:c>
       <x:c r="FB37" s="3" t="n">
-        <x:v>3213</x:v>
+        <x:v>3616</x:v>
       </x:c>
       <x:c r="FC37" s="3" t="n">
-        <x:v>3654</x:v>
+        <x:v>4113</x:v>
       </x:c>
       <x:c r="FD37" s="3" t="n">
-        <x:v>4058</x:v>
+        <x:v>4567</x:v>
       </x:c>
       <x:c r="FE37" s="3" t="n">
-        <x:v>4031</x:v>
+        <x:v>4537</x:v>
       </x:c>
       <x:c r="FF37" s="3" t="n">
-        <x:v>3201</x:v>
+        <x:v>3653</x:v>
       </x:c>
       <x:c r="FG37" s="3" t="n">
-        <x:v>3167</x:v>
+        <x:v>3615</x:v>
       </x:c>
       <x:c r="FH37" s="3" t="n">
-        <x:v>3156</x:v>
+        <x:v>3602</x:v>
       </x:c>
       <x:c r="FI37" s="3" t="n">
-        <x:v>3387</x:v>
+        <x:v>3866</x:v>
       </x:c>
       <x:c r="FJ37" s="3" t="n">
-        <x:v>3780</x:v>
+        <x:v>4195</x:v>
       </x:c>
       <x:c r="FK37" s="3" t="n">
-        <x:v>3984</x:v>
+        <x:v>4420</x:v>
       </x:c>
       <x:c r="FL37" s="3" t="n">
-        <x:v>4130</x:v>
+        <x:v>4583</x:v>
       </x:c>
       <x:c r="FM37" s="3" t="n">
-        <x:v>4279</x:v>
+        <x:v>4748</x:v>
       </x:c>
       <x:c r="FN37" s="3" t="n">
-        <x:v>3931</x:v>
+        <x:v>4424</x:v>
       </x:c>
       <x:c r="FO37" s="3" t="n">
-        <x:v>3326</x:v>
+        <x:v>3743</x:v>
       </x:c>
       <x:c r="FP37" s="3" t="n">
-        <x:v>3000</x:v>
+        <x:v>3376</x:v>
       </x:c>
       <x:c r="FQ37" s="3" t="n">
-        <x:v>3556</x:v>
+        <x:v>4002</x:v>
       </x:c>
       <x:c r="FR37" s="3" t="n">
-        <x:v>3167</x:v>
+        <x:v>3571</x:v>
       </x:c>
       <x:c r="FS37" s="3" t="n">
-        <x:v>3319</x:v>
+        <x:v>3743</x:v>
       </x:c>
       <x:c r="FT37" s="3" t="n">
-        <x:v>3969</x:v>
+        <x:v>4476</x:v>
       </x:c>
       <x:c r="FU37" s="3" t="n">
-        <x:v>4145</x:v>
+        <x:v>4674</x:v>
       </x:c>
       <x:c r="FV37" s="3" t="n">
-        <x:v>3917</x:v>
+        <x:v>4383</x:v>
       </x:c>
       <x:c r="FW37" s="3" t="n">
-        <x:v>4812</x:v>
+        <x:v>5385</x:v>
       </x:c>
       <x:c r="FX37" s="3" t="n">
-        <x:v>5479</x:v>
+        <x:v>6131</x:v>
       </x:c>
       <x:c r="FY37" s="3" t="n">
-        <x:v>5831</x:v>
+        <x:v>6525</x:v>
       </x:c>
       <x:c r="FZ37" s="3" t="n">
-        <x:v>5279</x:v>
+        <x:v>6050</x:v>
       </x:c>
       <x:c r="GA37" s="3" t="n">
-        <x:v>5616</x:v>
+        <x:v>6436</x:v>
       </x:c>
       <x:c r="GB37" s="3" t="n">
-        <x:v>5375</x:v>
+        <x:v>6160</x:v>
       </x:c>
       <x:c r="GC37" s="3" t="n">
-        <x:v>5381</x:v>
+        <x:v>6167</x:v>
       </x:c>
       <x:c r="GD37" s="3" t="n">
-        <x:v>5974</x:v>
+        <x:v>7134</x:v>
       </x:c>
       <x:c r="GE37" s="3" t="n">
-        <x:v>6356</x:v>
+        <x:v>7489</x:v>
       </x:c>
       <x:c r="GF37" s="3" t="n">
-        <x:v>6265</x:v>
+        <x:v>7362</x:v>
       </x:c>
       <x:c r="GG37" s="3" t="n">
-        <x:v>6524</x:v>
+        <x:v>7702</x:v>
       </x:c>
       <x:c r="GH37" s="3" t="n">
-        <x:v>6056</x:v>
+        <x:v>6943</x:v>
       </x:c>
       <x:c r="GI37" s="3" t="n">
-        <x:v>5771</x:v>
+        <x:v>6862</x:v>
+      </x:c>
+      <x:c r="GJ37" s="3" t="n">
+        <x:v>7290</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:191">
+    <x:row r="38" spans="1:192">
       <x:c r="A38" s="2" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D38" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E38" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F38" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G38" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H38" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="I38" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
@@ -21331,1204 +21436,1213 @@
       </x:c>
       <x:c r="GB38" s="3" t="n">
         <x:v>163</x:v>
       </x:c>
       <x:c r="GC38" s="3" t="n">
         <x:v>243</x:v>
       </x:c>
       <x:c r="GD38" s="3" t="n">
         <x:v>265</x:v>
       </x:c>
       <x:c r="GE38" s="3" t="n">
         <x:v>214</x:v>
       </x:c>
       <x:c r="GF38" s="3" t="n">
         <x:v>317</x:v>
       </x:c>
       <x:c r="GG38" s="3" t="n">
         <x:v>315</x:v>
       </x:c>
       <x:c r="GH38" s="3" t="n">
         <x:v>213</x:v>
       </x:c>
       <x:c r="GI38" s="3" t="n">
         <x:v>245</x:v>
       </x:c>
+      <x:c r="GJ38" s="3" t="n">
+        <x:v>128</x:v>
+      </x:c>
     </x:row>
-    <x:row r="39" spans="1:191">
+    <x:row r="39" spans="1:192">
       <x:c r="A39" s="2" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>533</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>554</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="D39" s="3" t="n">
-        <x:v>595</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="E39" s="3" t="n">
-        <x:v>575</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="F39" s="3" t="n">
-        <x:v>656</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="G39" s="3" t="n">
-        <x:v>603</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="H39" s="3" t="n">
-        <x:v>593</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="I39" s="3" t="n">
-        <x:v>704</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="J39" s="3" t="n">
-        <x:v>781</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="K39" s="3" t="n">
-        <x:v>828</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="L39" s="3" t="n">
-        <x:v>710</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="M39" s="3" t="n">
-        <x:v>779</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>661</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="O39" s="3" t="n">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c r="P39" s="3" t="n">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="Q39" s="3" t="n">
+        <x:v>1306</x:v>
+      </x:c>
+      <x:c r="R39" s="3" t="n">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="S39" s="3" t="n">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="T39" s="3" t="n">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="U39" s="3" t="n">
+        <x:v>1860</x:v>
+      </x:c>
+      <x:c r="V39" s="3" t="n">
+        <x:v>1211</x:v>
+      </x:c>
+      <x:c r="W39" s="3" t="n">
+        <x:v>1213</x:v>
+      </x:c>
+      <x:c r="X39" s="3" t="n">
+        <x:v>1691</x:v>
+      </x:c>
+      <x:c r="Y39" s="3" t="n">
+        <x:v>1152</x:v>
+      </x:c>
+      <x:c r="Z39" s="3" t="n">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c r="AA39" s="3" t="n">
+        <x:v>1158</x:v>
+      </x:c>
+      <x:c r="AB39" s="3" t="n">
+        <x:v>1538</x:v>
+      </x:c>
+      <x:c r="AC39" s="3" t="n">
+        <x:v>2404</x:v>
+      </x:c>
+      <x:c r="AD39" s="3" t="n">
+        <x:v>1647</x:v>
+      </x:c>
+      <x:c r="AE39" s="3" t="n">
+        <x:v>1580</x:v>
+      </x:c>
+      <x:c r="AF39" s="3" t="n">
+        <x:v>1970</x:v>
+      </x:c>
+      <x:c r="AG39" s="3" t="n">
+        <x:v>1483</x:v>
+      </x:c>
+      <x:c r="AH39" s="3" t="n">
+        <x:v>2056</x:v>
+      </x:c>
+      <x:c r="AI39" s="3" t="n">
+        <x:v>1757</x:v>
+      </x:c>
+      <x:c r="AJ39" s="3" t="n">
+        <x:v>1862</x:v>
+      </x:c>
+      <x:c r="AK39" s="3" t="n">
+        <x:v>1583</x:v>
+      </x:c>
+      <x:c r="AL39" s="3" t="n">
+        <x:v>2301</x:v>
+      </x:c>
+      <x:c r="AM39" s="3" t="n">
+        <x:v>2200</x:v>
+      </x:c>
+      <x:c r="AN39" s="3" t="n">
+        <x:v>2675</x:v>
+      </x:c>
+      <x:c r="AO39" s="3" t="n">
+        <x:v>1043</x:v>
+      </x:c>
+      <x:c r="AP39" s="3" t="n">
+        <x:v>1964</x:v>
+      </x:c>
+      <x:c r="AQ39" s="3" t="n">
+        <x:v>1945</x:v>
+      </x:c>
+      <x:c r="AR39" s="3" t="n">
+        <x:v>2705</x:v>
+      </x:c>
+      <x:c r="AS39" s="3" t="n">
+        <x:v>1092</x:v>
+      </x:c>
+      <x:c r="AT39" s="3" t="n">
+        <x:v>2086</x:v>
+      </x:c>
+      <x:c r="AU39" s="3" t="n">
+        <x:v>2104</x:v>
+      </x:c>
+      <x:c r="AV39" s="3" t="n">
+        <x:v>1793</x:v>
+      </x:c>
+      <x:c r="AW39" s="3" t="n">
+        <x:v>1973</x:v>
+      </x:c>
+      <x:c r="AX39" s="3" t="n">
+        <x:v>2854</x:v>
+      </x:c>
+      <x:c r="AY39" s="3" t="n">
+        <x:v>1481</x:v>
+      </x:c>
+      <x:c r="AZ39" s="3" t="n">
+        <x:v>2147</x:v>
+      </x:c>
+      <x:c r="BA39" s="3" t="n">
+        <x:v>2859</x:v>
+      </x:c>
+      <x:c r="BB39" s="3" t="n">
+        <x:v>2320</x:v>
+      </x:c>
+      <x:c r="BC39" s="3" t="n">
+        <x:v>2293</x:v>
+      </x:c>
+      <x:c r="BD39" s="3" t="n">
+        <x:v>2066</x:v>
+      </x:c>
+      <x:c r="BE39" s="3" t="n">
+        <x:v>3375</x:v>
+      </x:c>
+      <x:c r="BF39" s="3" t="n">
+        <x:v>3593</x:v>
+      </x:c>
+      <x:c r="BG39" s="3" t="n">
+        <x:v>3683</x:v>
+      </x:c>
+      <x:c r="BH39" s="3" t="n">
+        <x:v>3945</x:v>
+      </x:c>
+      <x:c r="BI39" s="3" t="n">
+        <x:v>3949</x:v>
+      </x:c>
+      <x:c r="BJ39" s="3" t="n">
+        <x:v>3965</x:v>
+      </x:c>
+      <x:c r="BK39" s="3" t="n">
+        <x:v>4127</x:v>
+      </x:c>
+      <x:c r="BL39" s="3" t="n">
+        <x:v>4461</x:v>
+      </x:c>
+      <x:c r="BM39" s="3" t="n">
+        <x:v>4354</x:v>
+      </x:c>
+      <x:c r="BN39" s="3" t="n">
+        <x:v>4603</x:v>
+      </x:c>
+      <x:c r="BO39" s="3" t="n">
+        <x:v>4202</x:v>
+      </x:c>
+      <x:c r="BP39" s="3" t="n">
+        <x:v>4304</x:v>
+      </x:c>
+      <x:c r="BQ39" s="3" t="n">
+        <x:v>4443</x:v>
+      </x:c>
+      <x:c r="BR39" s="3" t="n">
+        <x:v>4613</x:v>
+      </x:c>
+      <x:c r="BS39" s="3" t="n">
+        <x:v>4202</x:v>
+      </x:c>
+      <x:c r="BT39" s="3" t="n">
+        <x:v>3825</x:v>
+      </x:c>
+      <x:c r="BU39" s="3" t="n">
+        <x:v>4155</x:v>
+      </x:c>
+      <x:c r="BV39" s="3" t="n">
+        <x:v>3878</x:v>
+      </x:c>
+      <x:c r="BW39" s="3" t="n">
+        <x:v>3771</x:v>
+      </x:c>
+      <x:c r="BX39" s="3" t="n">
+        <x:v>3870</x:v>
+      </x:c>
+      <x:c r="BY39" s="3" t="n">
+        <x:v>4502</x:v>
+      </x:c>
+      <x:c r="BZ39" s="3" t="n">
+        <x:v>4539</x:v>
+      </x:c>
+      <x:c r="CA39" s="3" t="n">
+        <x:v>4889</x:v>
+      </x:c>
+      <x:c r="CB39" s="3" t="n">
+        <x:v>4826</x:v>
+      </x:c>
+      <x:c r="CC39" s="3" t="n">
+        <x:v>5637</x:v>
+      </x:c>
+      <x:c r="CD39" s="3" t="n">
+        <x:v>5705</x:v>
+      </x:c>
+      <x:c r="CE39" s="3" t="n">
+        <x:v>5603</x:v>
+      </x:c>
+      <x:c r="CF39" s="3" t="n">
+        <x:v>5662</x:v>
+      </x:c>
+      <x:c r="CG39" s="3" t="n">
+        <x:v>6626</x:v>
+      </x:c>
+      <x:c r="CH39" s="3" t="n">
+        <x:v>6137</x:v>
+      </x:c>
+      <x:c r="CI39" s="3" t="n">
+        <x:v>5782</x:v>
+      </x:c>
+      <x:c r="CJ39" s="3" t="n">
+        <x:v>6175</x:v>
+      </x:c>
+      <x:c r="CK39" s="3" t="n">
+        <x:v>6768</x:v>
+      </x:c>
+      <x:c r="CL39" s="3" t="n">
+        <x:v>6876</x:v>
+      </x:c>
+      <x:c r="CM39" s="3" t="n">
+        <x:v>6589</x:v>
+      </x:c>
+      <x:c r="CN39" s="3" t="n">
+        <x:v>6534</x:v>
+      </x:c>
+      <x:c r="CO39" s="3" t="n">
+        <x:v>7146</x:v>
+      </x:c>
+      <x:c r="CP39" s="3" t="n">
+        <x:v>7045</x:v>
+      </x:c>
+      <x:c r="CQ39" s="3" t="n">
+        <x:v>7096</x:v>
+      </x:c>
+      <x:c r="CR39" s="3" t="n">
+        <x:v>6918</x:v>
+      </x:c>
+      <x:c r="CS39" s="3" t="n">
+        <x:v>6764</x:v>
+      </x:c>
+      <x:c r="CT39" s="3" t="n">
+        <x:v>6861</x:v>
+      </x:c>
+      <x:c r="CU39" s="3" t="n">
+        <x:v>6140</x:v>
+      </x:c>
+      <x:c r="CV39" s="3" t="n">
+        <x:v>6602</x:v>
+      </x:c>
+      <x:c r="CW39" s="3" t="n">
+        <x:v>6582</x:v>
+      </x:c>
+      <x:c r="CX39" s="3" t="n">
+        <x:v>6990</x:v>
+      </x:c>
+      <x:c r="CY39" s="3" t="n">
+        <x:v>6757</x:v>
+      </x:c>
+      <x:c r="CZ39" s="3" t="n">
+        <x:v>6540</x:v>
+      </x:c>
+      <x:c r="DA39" s="3" t="n">
+        <x:v>7201</x:v>
+      </x:c>
+      <x:c r="DB39" s="3" t="n">
+        <x:v>6823</x:v>
+      </x:c>
+      <x:c r="DC39" s="3" t="n">
+        <x:v>6422</x:v>
+      </x:c>
+      <x:c r="DD39" s="3" t="n">
+        <x:v>6423</x:v>
+      </x:c>
+      <x:c r="DE39" s="3" t="n">
+        <x:v>7051</x:v>
+      </x:c>
+      <x:c r="DF39" s="3" t="n">
+        <x:v>6448</x:v>
+      </x:c>
+      <x:c r="DG39" s="3" t="n">
+        <x:v>7127</x:v>
+      </x:c>
+      <x:c r="DH39" s="3" t="n">
+        <x:v>7781</x:v>
+      </x:c>
+      <x:c r="DI39" s="3" t="n">
+        <x:v>9802</x:v>
+      </x:c>
+      <x:c r="DJ39" s="3" t="n">
+        <x:v>7468</x:v>
+      </x:c>
+      <x:c r="DK39" s="3" t="n">
+        <x:v>7948</x:v>
+      </x:c>
+      <x:c r="DL39" s="3" t="n">
+        <x:v>8785</x:v>
+      </x:c>
+      <x:c r="DM39" s="3" t="n">
+        <x:v>9624</x:v>
+      </x:c>
+      <x:c r="DN39" s="3" t="n">
+        <x:v>8034</x:v>
+      </x:c>
+      <x:c r="DO39" s="3" t="n">
+        <x:v>8540</x:v>
+      </x:c>
+      <x:c r="DP39" s="3" t="n">
+        <x:v>9514</x:v>
+      </x:c>
+      <x:c r="DQ39" s="3" t="n">
+        <x:v>10337</x:v>
+      </x:c>
+      <x:c r="DR39" s="3" t="n">
+        <x:v>8342</x:v>
+      </x:c>
+      <x:c r="DS39" s="3" t="n">
+        <x:v>9174</x:v>
+      </x:c>
+      <x:c r="DT39" s="3" t="n">
+        <x:v>9896</x:v>
+      </x:c>
+      <x:c r="DU39" s="3" t="n">
+        <x:v>10751</x:v>
+      </x:c>
+      <x:c r="DV39" s="3" t="n">
+        <x:v>7951</x:v>
+      </x:c>
+      <x:c r="DW39" s="3" t="n">
+        <x:v>9547</x:v>
+      </x:c>
+      <x:c r="DX39" s="3" t="n">
+        <x:v>10916</x:v>
+      </x:c>
+      <x:c r="DY39" s="3" t="n">
+        <x:v>9396</x:v>
+      </x:c>
+      <x:c r="DZ39" s="3" t="n">
+        <x:v>10437</x:v>
+      </x:c>
+      <x:c r="EA39" s="3" t="n">
+        <x:v>11836</x:v>
+      </x:c>
+      <x:c r="EB39" s="3" t="n">
+        <x:v>12037</x:v>
+      </x:c>
+      <x:c r="EC39" s="3" t="n">
+        <x:v>11608</x:v>
+      </x:c>
+      <x:c r="ED39" s="3" t="n">
+        <x:v>10509</x:v>
+      </x:c>
+      <x:c r="EE39" s="3" t="n">
+        <x:v>10941</x:v>
+      </x:c>
+      <x:c r="EF39" s="3" t="n">
+        <x:v>11732</x:v>
+      </x:c>
+      <x:c r="EG39" s="3" t="n">
+        <x:v>15077</x:v>
+      </x:c>
+      <x:c r="EH39" s="3" t="n">
+        <x:v>11715</x:v>
+      </x:c>
+      <x:c r="EI39" s="3" t="n">
+        <x:v>13640</x:v>
+      </x:c>
+      <x:c r="EJ39" s="3" t="n">
+        <x:v>13173</x:v>
+      </x:c>
+      <x:c r="EK39" s="3" t="n">
+        <x:v>13774</x:v>
+      </x:c>
+      <x:c r="EL39" s="3" t="n">
+        <x:v>12615</x:v>
+      </x:c>
+      <x:c r="EM39" s="3" t="n">
+        <x:v>15047</x:v>
+      </x:c>
+      <x:c r="EN39" s="3" t="n">
+        <x:v>14747</x:v>
+      </x:c>
+      <x:c r="EO39" s="3" t="n">
+        <x:v>17461</x:v>
+      </x:c>
+      <x:c r="EP39" s="3" t="n">
+        <x:v>13465</x:v>
+      </x:c>
+      <x:c r="EQ39" s="3" t="n">
+        <x:v>14808</x:v>
+      </x:c>
+      <x:c r="ER39" s="3" t="n">
+        <x:v>16088</x:v>
+      </x:c>
+      <x:c r="ES39" s="3" t="n">
+        <x:v>15825</x:v>
+      </x:c>
+      <x:c r="ET39" s="3" t="n">
+        <x:v>18278</x:v>
+      </x:c>
+      <x:c r="EU39" s="3" t="n">
+        <x:v>17181</x:v>
+      </x:c>
+      <x:c r="EV39" s="3" t="n">
+        <x:v>16894</x:v>
+      </x:c>
+      <x:c r="EW39" s="3" t="n">
+        <x:v>20961</x:v>
+      </x:c>
+      <x:c r="EX39" s="3" t="n">
+        <x:v>20947</x:v>
+      </x:c>
+      <x:c r="EY39" s="3" t="n">
+        <x:v>21340</x:v>
+      </x:c>
+      <x:c r="EZ39" s="3" t="n">
+        <x:v>19235</x:v>
+      </x:c>
+      <x:c r="FA39" s="3" t="n">
+        <x:v>21851</x:v>
+      </x:c>
+      <x:c r="FB39" s="3" t="n">
+        <x:v>20809</x:v>
+      </x:c>
+      <x:c r="FC39" s="3" t="n">
+        <x:v>20936</x:v>
+      </x:c>
+      <x:c r="FD39" s="3" t="n">
+        <x:v>20001</x:v>
+      </x:c>
+      <x:c r="FE39" s="3" t="n">
+        <x:v>21532</x:v>
+      </x:c>
+      <x:c r="FF39" s="3" t="n">
+        <x:v>18720</x:v>
+      </x:c>
+      <x:c r="FG39" s="3" t="n">
+        <x:v>18618</x:v>
+      </x:c>
+      <x:c r="FH39" s="3" t="n">
+        <x:v>20269</x:v>
+      </x:c>
+      <x:c r="FI39" s="3" t="n">
+        <x:v>21490</x:v>
+      </x:c>
+      <x:c r="FJ39" s="3" t="n">
+        <x:v>21418</x:v>
+      </x:c>
+      <x:c r="FK39" s="3" t="n">
+        <x:v>22008</x:v>
+      </x:c>
+      <x:c r="FL39" s="3" t="n">
+        <x:v>21496</x:v>
+      </x:c>
+      <x:c r="FM39" s="3" t="n">
+        <x:v>25285</x:v>
+      </x:c>
+      <x:c r="FN39" s="3" t="n">
+        <x:v>25544</x:v>
+      </x:c>
+      <x:c r="FO39" s="3" t="n">
+        <x:v>23899</x:v>
+      </x:c>
+      <x:c r="FP39" s="3" t="n">
+        <x:v>22058</x:v>
+      </x:c>
+      <x:c r="FQ39" s="3" t="n">
+        <x:v>26517</x:v>
+      </x:c>
+      <x:c r="FR39" s="3" t="n">
+        <x:v>21249</x:v>
+      </x:c>
+      <x:c r="FS39" s="3" t="n">
+        <x:v>21632</x:v>
+      </x:c>
+      <x:c r="FT39" s="3" t="n">
+        <x:v>20996</x:v>
+      </x:c>
+      <x:c r="FU39" s="3" t="n">
+        <x:v>25091</x:v>
+      </x:c>
+      <x:c r="FV39" s="3" t="n">
+        <x:v>22374</x:v>
+      </x:c>
+      <x:c r="FW39" s="3" t="n">
+        <x:v>24580</x:v>
+      </x:c>
+      <x:c r="FX39" s="3" t="n">
+        <x:v>25412</x:v>
+      </x:c>
+      <x:c r="FY39" s="3" t="n">
+        <x:v>29345</x:v>
+      </x:c>
+      <x:c r="FZ39" s="3" t="n">
+        <x:v>27095</x:v>
+      </x:c>
+      <x:c r="GA39" s="3" t="n">
+        <x:v>30730</x:v>
+      </x:c>
+      <x:c r="GB39" s="3" t="n">
+        <x:v>30326</x:v>
+      </x:c>
+      <x:c r="GC39" s="3" t="n">
+        <x:v>36448</x:v>
+      </x:c>
+      <x:c r="GD39" s="3" t="n">
+        <x:v>29898</x:v>
+      </x:c>
+      <x:c r="GE39" s="3" t="n">
+        <x:v>32338</x:v>
+      </x:c>
+      <x:c r="GF39" s="3" t="n">
+        <x:v>32105</x:v>
+      </x:c>
+      <x:c r="GG39" s="3" t="n">
+        <x:v>37311</x:v>
+      </x:c>
+      <x:c r="GH39" s="3" t="n">
+        <x:v>31329</x:v>
+      </x:c>
+      <x:c r="GI39" s="3" t="n">
+        <x:v>32960</x:v>
+      </x:c>
+      <x:c r="GJ39" s="3" t="n">
+        <x:v>32868</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:192">
+      <x:c r="A40" s="2" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="B40" s="3" t="n">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C40" s="3" t="n">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="D40" s="3" t="n">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="E40" s="3" t="n">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="F40" s="3" t="n">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="G40" s="3" t="n">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="H40" s="3" t="n">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="I40" s="3" t="n">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="J40" s="3" t="n">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="K40" s="3" t="n">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="L40" s="3" t="n">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="M40" s="3" t="n">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="N40" s="3" t="n">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="O40" s="3" t="n">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="P40" s="3" t="n">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="Q40" s="3" t="n">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="R40" s="3" t="n">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="S40" s="3" t="n">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="T40" s="3" t="n">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="U40" s="3" t="n">
         <x:v>715</x:v>
       </x:c>
-      <x:c r="P39" s="3" t="n">
-[...17 lines deleted...]
-      <x:c r="V39" s="3" t="n">
+      <x:c r="V40" s="3" t="n">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="W40" s="3" t="n">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="X40" s="3" t="n">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="Y40" s="3" t="n">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="Z40" s="3" t="n">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="AA40" s="3" t="n">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="AB40" s="3" t="n">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="AC40" s="3" t="n">
+        <x:v>915</x:v>
+      </x:c>
+      <x:c r="AD40" s="3" t="n">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="AE40" s="3" t="n">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="AF40" s="3" t="n">
+        <x:v>1175</x:v>
+      </x:c>
+      <x:c r="AG40" s="3" t="n">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="AH40" s="3" t="n">
+        <x:v>963</x:v>
+      </x:c>
+      <x:c r="AI40" s="3" t="n">
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="AJ40" s="3" t="n">
+        <x:v>766</x:v>
+      </x:c>
+      <x:c r="AK40" s="3" t="n">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="AL40" s="3" t="n">
+        <x:v>1017</x:v>
+      </x:c>
+      <x:c r="AM40" s="3" t="n">
+        <x:v>986</x:v>
+      </x:c>
+      <x:c r="AN40" s="3" t="n">
+        <x:v>1533</x:v>
+      </x:c>
+      <x:c r="AO40" s="3" t="n">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="AP40" s="3" t="n">
+        <x:v>1050</x:v>
+      </x:c>
+      <x:c r="AQ40" s="3" t="n">
+        <x:v>1043</x:v>
+      </x:c>
+      <x:c r="AR40" s="3" t="n">
+        <x:v>1316</x:v>
+      </x:c>
+      <x:c r="AS40" s="3" t="n">
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="AT40" s="3" t="n">
+        <x:v>1087</x:v>
+      </x:c>
+      <x:c r="AU40" s="3" t="n">
+        <x:v>1097</x:v>
+      </x:c>
+      <x:c r="AV40" s="3" t="n">
+        <x:v>997</x:v>
+      </x:c>
+      <x:c r="AW40" s="3" t="n">
+        <x:v>1058</x:v>
+      </x:c>
+      <x:c r="AX40" s="3" t="n">
+        <x:v>1436</x:v>
+      </x:c>
+      <x:c r="AY40" s="3" t="n">
+        <x:v>925</x:v>
+      </x:c>
+      <x:c r="AZ40" s="3" t="n">
+        <x:v>1179</x:v>
+      </x:c>
+      <x:c r="BA40" s="3" t="n">
+        <x:v>1446</x:v>
+      </x:c>
+      <x:c r="BB40" s="3" t="n">
         <x:v>1114</x:v>
       </x:c>
-      <x:c r="W39" s="3" t="n">
-[...62 lines deleted...]
-      <x:c r="AR39" s="3" t="n">
+      <x:c r="BC40" s="3" t="n">
+        <x:v>1126</x:v>
+      </x:c>
+      <x:c r="BD40" s="3" t="n">
+        <x:v>1139</x:v>
+      </x:c>
+      <x:c r="BE40" s="3" t="n">
+        <x:v>1139</x:v>
+      </x:c>
+      <x:c r="BF40" s="3" t="n">
+        <x:v>1955</x:v>
+      </x:c>
+      <x:c r="BG40" s="3" t="n">
+        <x:v>1955</x:v>
+      </x:c>
+      <x:c r="BH40" s="3" t="n">
+        <x:v>1976</x:v>
+      </x:c>
+      <x:c r="BI40" s="3" t="n">
+        <x:v>1976</x:v>
+      </x:c>
+      <x:c r="BJ40" s="3" t="n">
+        <x:v>2055</x:v>
+      </x:c>
+      <x:c r="BK40" s="3" t="n">
+        <x:v>2078</x:v>
+      </x:c>
+      <x:c r="BL40" s="3" t="n">
+        <x:v>2101</x:v>
+      </x:c>
+      <x:c r="BM40" s="3" t="n">
+        <x:v>2101</x:v>
+      </x:c>
+      <x:c r="BN40" s="3" t="n">
+        <x:v>2073</x:v>
+      </x:c>
+      <x:c r="BO40" s="3" t="n">
+        <x:v>2096</x:v>
+      </x:c>
+      <x:c r="BP40" s="3" t="n">
+        <x:v>2119</x:v>
+      </x:c>
+      <x:c r="BQ40" s="3" t="n">
+        <x:v>2119</x:v>
+      </x:c>
+      <x:c r="BR40" s="3" t="n">
+        <x:v>2230</x:v>
+      </x:c>
+      <x:c r="BS40" s="3" t="n">
+        <x:v>1816</x:v>
+      </x:c>
+      <x:c r="BT40" s="3" t="n">
+        <x:v>1725</x:v>
+      </x:c>
+      <x:c r="BU40" s="3" t="n">
+        <x:v>1786</x:v>
+      </x:c>
+      <x:c r="BV40" s="3" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="BW40" s="3" t="n">
+        <x:v>1952</x:v>
+      </x:c>
+      <x:c r="BX40" s="3" t="n">
+        <x:v>1755</x:v>
+      </x:c>
+      <x:c r="BY40" s="3" t="n">
+        <x:v>1723</x:v>
+      </x:c>
+      <x:c r="BZ40" s="3" t="n">
+        <x:v>1570</x:v>
+      </x:c>
+      <x:c r="CA40" s="3" t="n">
+        <x:v>1440</x:v>
+      </x:c>
+      <x:c r="CB40" s="3" t="n">
+        <x:v>1457</x:v>
+      </x:c>
+      <x:c r="CC40" s="3" t="n">
+        <x:v>1379</x:v>
+      </x:c>
+      <x:c r="CD40" s="3" t="n">
+        <x:v>1682</x:v>
+      </x:c>
+      <x:c r="CE40" s="3" t="n">
+        <x:v>1806</x:v>
+      </x:c>
+      <x:c r="CF40" s="3" t="n">
+        <x:v>1759</x:v>
+      </x:c>
+      <x:c r="CG40" s="3" t="n">
+        <x:v>1989</x:v>
+      </x:c>
+      <x:c r="CH40" s="3" t="n">
+        <x:v>1830</x:v>
+      </x:c>
+      <x:c r="CI40" s="3" t="n">
+        <x:v>1818</x:v>
+      </x:c>
+      <x:c r="CJ40" s="3" t="n">
+        <x:v>1755</x:v>
+      </x:c>
+      <x:c r="CK40" s="3" t="n">
+        <x:v>1752</x:v>
+      </x:c>
+      <x:c r="CL40" s="3" t="n">
+        <x:v>1956</x:v>
+      </x:c>
+      <x:c r="CM40" s="3" t="n">
+        <x:v>1999</x:v>
+      </x:c>
+      <x:c r="CN40" s="3" t="n">
+        <x:v>2069</x:v>
+      </x:c>
+      <x:c r="CO40" s="3" t="n">
+        <x:v>2192</x:v>
+      </x:c>
+      <x:c r="CP40" s="3" t="n">
+        <x:v>2297</x:v>
+      </x:c>
+      <x:c r="CQ40" s="3" t="n">
+        <x:v>2448</x:v>
+      </x:c>
+      <x:c r="CR40" s="3" t="n">
+        <x:v>2309</x:v>
+      </x:c>
+      <x:c r="CS40" s="3" t="n">
+        <x:v>2278</x:v>
+      </x:c>
+      <x:c r="CT40" s="3" t="n">
+        <x:v>2782</x:v>
+      </x:c>
+      <x:c r="CU40" s="3" t="n">
+        <x:v>2494</x:v>
+      </x:c>
+      <x:c r="CV40" s="3" t="n">
+        <x:v>2932</x:v>
+      </x:c>
+      <x:c r="CW40" s="3" t="n">
+        <x:v>2585</x:v>
+      </x:c>
+      <x:c r="CX40" s="3" t="n">
+        <x:v>3153</x:v>
+      </x:c>
+      <x:c r="CY40" s="3" t="n">
+        <x:v>3006</x:v>
+      </x:c>
+      <x:c r="CZ40" s="3" t="n">
+        <x:v>3010</x:v>
+      </x:c>
+      <x:c r="DA40" s="3" t="n">
+        <x:v>3155</x:v>
+      </x:c>
+      <x:c r="DB40" s="3" t="n">
+        <x:v>2820</x:v>
+      </x:c>
+      <x:c r="DC40" s="3" t="n">
+        <x:v>2944</x:v>
+      </x:c>
+      <x:c r="DD40" s="3" t="n">
+        <x:v>2727</x:v>
+      </x:c>
+      <x:c r="DE40" s="3" t="n">
+        <x:v>2856</x:v>
+      </x:c>
+      <x:c r="DF40" s="3" t="n">
+        <x:v>2521</x:v>
+      </x:c>
+      <x:c r="DG40" s="3" t="n">
+        <x:v>2746</x:v>
+      </x:c>
+      <x:c r="DH40" s="3" t="n">
+        <x:v>2506</x:v>
+      </x:c>
+      <x:c r="DI40" s="3" t="n">
+        <x:v>2788</x:v>
+      </x:c>
+      <x:c r="DJ40" s="3" t="n">
+        <x:v>2828</x:v>
+      </x:c>
+      <x:c r="DK40" s="3" t="n">
+        <x:v>2510</x:v>
+      </x:c>
+      <x:c r="DL40" s="3" t="n">
+        <x:v>2974</x:v>
+      </x:c>
+      <x:c r="DM40" s="3" t="n">
+        <x:v>3685</x:v>
+      </x:c>
+      <x:c r="DN40" s="3" t="n">
+        <x:v>2110</x:v>
+      </x:c>
+      <x:c r="DO40" s="3" t="n">
+        <x:v>2143</x:v>
+      </x:c>
+      <x:c r="DP40" s="3" t="n">
+        <x:v>2299</x:v>
+      </x:c>
+      <x:c r="DQ40" s="3" t="n">
+        <x:v>2293</x:v>
+      </x:c>
+      <x:c r="DR40" s="3" t="n">
+        <x:v>1523</x:v>
+      </x:c>
+      <x:c r="DS40" s="3" t="n">
+        <x:v>1902</x:v>
+      </x:c>
+      <x:c r="DT40" s="3" t="n">
+        <x:v>1743</x:v>
+      </x:c>
+      <x:c r="DU40" s="3" t="n">
+        <x:v>2531</x:v>
+      </x:c>
+      <x:c r="DV40" s="3" t="n">
+        <x:v>2260</x:v>
+      </x:c>
+      <x:c r="DW40" s="3" t="n">
+        <x:v>2369</x:v>
+      </x:c>
+      <x:c r="DX40" s="3" t="n">
+        <x:v>2412</x:v>
+      </x:c>
+      <x:c r="DY40" s="3" t="n">
+        <x:v>2387</x:v>
+      </x:c>
+      <x:c r="DZ40" s="3" t="n">
+        <x:v>1869</x:v>
+      </x:c>
+      <x:c r="EA40" s="3" t="n">
+        <x:v>1521</x:v>
+      </x:c>
+      <x:c r="EB40" s="3" t="n">
+        <x:v>1852</x:v>
+      </x:c>
+      <x:c r="EC40" s="3" t="n">
+        <x:v>1437</x:v>
+      </x:c>
+      <x:c r="ED40" s="3" t="n">
+        <x:v>2118</x:v>
+      </x:c>
+      <x:c r="EE40" s="3" t="n">
+        <x:v>1601</x:v>
+      </x:c>
+      <x:c r="EF40" s="3" t="n">
+        <x:v>1794</x:v>
+      </x:c>
+      <x:c r="EG40" s="3" t="n">
+        <x:v>2484</x:v>
+      </x:c>
+      <x:c r="EH40" s="3" t="n">
+        <x:v>2713</x:v>
+      </x:c>
+      <x:c r="EI40" s="3" t="n">
         <x:v>2282</x:v>
       </x:c>
-      <x:c r="AS39" s="3" t="n">
-[...438 lines deleted...]
-        <x:v>32081</x:v>
+      <x:c r="EJ40" s="3" t="n">
+        <x:v>1893</x:v>
+      </x:c>
+      <x:c r="EK40" s="3" t="n">
+        <x:v>2229</x:v>
+      </x:c>
+      <x:c r="EL40" s="3" t="n">
+        <x:v>2582</x:v>
+      </x:c>
+      <x:c r="EM40" s="3" t="n">
+        <x:v>3151</x:v>
+      </x:c>
+      <x:c r="EN40" s="3" t="n">
+        <x:v>2790</x:v>
+      </x:c>
+      <x:c r="EO40" s="3" t="n">
+        <x:v>2000</x:v>
+      </x:c>
+      <x:c r="EP40" s="3" t="n">
+        <x:v>2578</x:v>
+      </x:c>
+      <x:c r="EQ40" s="3" t="n">
+        <x:v>3059</x:v>
+      </x:c>
+      <x:c r="ER40" s="3" t="n">
+        <x:v>2628</x:v>
+      </x:c>
+      <x:c r="ES40" s="3" t="n">
+        <x:v>2658</x:v>
+      </x:c>
+      <x:c r="ET40" s="3" t="n">
+        <x:v>3347</x:v>
+      </x:c>
+      <x:c r="EU40" s="3" t="n">
+        <x:v>2926</x:v>
+      </x:c>
+      <x:c r="EV40" s="3" t="n">
+        <x:v>2849</x:v>
+      </x:c>
+      <x:c r="EW40" s="3" t="n">
+        <x:v>2826</x:v>
+      </x:c>
+      <x:c r="EX40" s="3" t="n">
+        <x:v>3812</x:v>
+      </x:c>
+      <x:c r="EY40" s="3" t="n">
+        <x:v>3101</x:v>
+      </x:c>
+      <x:c r="EZ40" s="3" t="n">
+        <x:v>2870</x:v>
+      </x:c>
+      <x:c r="FA40" s="3" t="n">
+        <x:v>2929</x:v>
+      </x:c>
+      <x:c r="FB40" s="3" t="n">
+        <x:v>4491</x:v>
+      </x:c>
+      <x:c r="FC40" s="3" t="n">
+        <x:v>3959</x:v>
+      </x:c>
+      <x:c r="FD40" s="3" t="n">
+        <x:v>3320</x:v>
+      </x:c>
+      <x:c r="FE40" s="3" t="n">
+        <x:v>3569</x:v>
+      </x:c>
+      <x:c r="FF40" s="3" t="n">
+        <x:v>4281</x:v>
+      </x:c>
+      <x:c r="FG40" s="3" t="n">
+        <x:v>3693</x:v>
+      </x:c>
+      <x:c r="FH40" s="3" t="n">
+        <x:v>5238</x:v>
+      </x:c>
+      <x:c r="FI40" s="3" t="n">
+        <x:v>4592</x:v>
+      </x:c>
+      <x:c r="FJ40" s="3" t="n">
+        <x:v>5482</x:v>
+      </x:c>
+      <x:c r="FK40" s="3" t="n">
+        <x:v>4591</x:v>
+      </x:c>
+      <x:c r="FL40" s="3" t="n">
+        <x:v>4741</x:v>
+      </x:c>
+      <x:c r="FM40" s="3" t="n">
+        <x:v>5035</x:v>
+      </x:c>
+      <x:c r="FN40" s="3" t="n">
+        <x:v>6028</x:v>
+      </x:c>
+      <x:c r="FO40" s="3" t="n">
+        <x:v>5247</x:v>
+      </x:c>
+      <x:c r="FP40" s="3" t="n">
+        <x:v>4878</x:v>
+      </x:c>
+      <x:c r="FQ40" s="3" t="n">
+        <x:v>5571</x:v>
+      </x:c>
+      <x:c r="FR40" s="3" t="n">
+        <x:v>5500</x:v>
+      </x:c>
+      <x:c r="FS40" s="3" t="n">
+        <x:v>3969</x:v>
+      </x:c>
+      <x:c r="FT40" s="3" t="n">
+        <x:v>3584</x:v>
+      </x:c>
+      <x:c r="FU40" s="3" t="n">
+        <x:v>4015</x:v>
+      </x:c>
+      <x:c r="FV40" s="3" t="n">
+        <x:v>5007</x:v>
+      </x:c>
+      <x:c r="FW40" s="3" t="n">
+        <x:v>4898</x:v>
+      </x:c>
+      <x:c r="FX40" s="3" t="n">
+        <x:v>4932</x:v>
+      </x:c>
+      <x:c r="FY40" s="3" t="n">
+        <x:v>5524</x:v>
+      </x:c>
+      <x:c r="FZ40" s="3" t="n">
+        <x:v>5233</x:v>
+      </x:c>
+      <x:c r="GA40" s="3" t="n">
+        <x:v>5730</x:v>
+      </x:c>
+      <x:c r="GB40" s="3" t="n">
+        <x:v>5670</x:v>
+      </x:c>
+      <x:c r="GC40" s="3" t="n">
+        <x:v>7560</x:v>
+      </x:c>
+      <x:c r="GD40" s="3" t="n">
+        <x:v>5971</x:v>
+      </x:c>
+      <x:c r="GE40" s="3" t="n">
+        <x:v>6585</x:v>
+      </x:c>
+      <x:c r="GF40" s="3" t="n">
+        <x:v>6749</x:v>
+      </x:c>
+      <x:c r="GG40" s="3" t="n">
+        <x:v>7488</x:v>
+      </x:c>
+      <x:c r="GH40" s="3" t="n">
+        <x:v>6251</x:v>
+      </x:c>
+      <x:c r="GI40" s="3" t="n">
+        <x:v>7130</x:v>
+      </x:c>
+      <x:c r="GJ40" s="3" t="n">
+        <x:v>7028</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:191">
-[...574 lines deleted...]
-    <x:row r="41" spans="1:191">
+    <x:row r="41" spans="1:192">
       <x:c r="A41" s="2" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D41" s="3" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E41" s="3" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F41" s="3" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G41" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="H41" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="I41" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
@@ -23027,83 +23141,86 @@
       <x:c r="FR41" s="3" t="n">
         <x:v>3970</x:v>
       </x:c>
       <x:c r="FS41" s="3" t="n">
         <x:v>4397</x:v>
       </x:c>
       <x:c r="FT41" s="3" t="n">
         <x:v>3744</x:v>
       </x:c>
       <x:c r="FU41" s="3" t="n">
         <x:v>4791</x:v>
       </x:c>
       <x:c r="FV41" s="3" t="n">
         <x:v>3872</x:v>
       </x:c>
       <x:c r="FW41" s="3" t="n">
         <x:v>4501</x:v>
       </x:c>
       <x:c r="FX41" s="3" t="n">
         <x:v>4707</x:v>
       </x:c>
       <x:c r="FY41" s="3" t="n">
         <x:v>5558</x:v>
       </x:c>
       <x:c r="FZ41" s="3" t="n">
-        <x:v>6058</x:v>
+        <x:v>6077</x:v>
       </x:c>
       <x:c r="GA41" s="3" t="n">
-        <x:v>6943</x:v>
+        <x:v>6965</x:v>
       </x:c>
       <x:c r="GB41" s="3" t="n">
-        <x:v>7099</x:v>
+        <x:v>7121</x:v>
       </x:c>
       <x:c r="GC41" s="3" t="n">
-        <x:v>7784</x:v>
+        <x:v>7808</x:v>
       </x:c>
       <x:c r="GD41" s="3" t="n">
-        <x:v>5954</x:v>
+        <x:v>5956</x:v>
       </x:c>
       <x:c r="GE41" s="3" t="n">
-        <x:v>6538</x:v>
+        <x:v>6541</x:v>
       </x:c>
       <x:c r="GF41" s="3" t="n">
-        <x:v>5958</x:v>
+        <x:v>5961</x:v>
       </x:c>
       <x:c r="GG41" s="3" t="n">
-        <x:v>8385</x:v>
+        <x:v>7905</x:v>
       </x:c>
       <x:c r="GH41" s="3" t="n">
-        <x:v>6347</x:v>
+        <x:v>6604</x:v>
       </x:c>
       <x:c r="GI41" s="3" t="n">
-        <x:v>7032</x:v>
+        <x:v>7271</x:v>
+      </x:c>
+      <x:c r="GJ41" s="3" t="n">
+        <x:v>7552</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:191">
+    <x:row r="42" spans="1:192">
       <x:c r="A42" s="2" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C42" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D42" s="3" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E42" s="3" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F42" s="3" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G42" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H42" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I42" s="3" t="n">
         <x:v>24</x:v>
       </x:c>
@@ -23602,83 +23719,86 @@
       <x:c r="FR42" s="3" t="n">
         <x:v>992</x:v>
       </x:c>
       <x:c r="FS42" s="3" t="n">
         <x:v>1081</x:v>
       </x:c>
       <x:c r="FT42" s="3" t="n">
         <x:v>1044</x:v>
       </x:c>
       <x:c r="FU42" s="3" t="n">
         <x:v>1165</x:v>
       </x:c>
       <x:c r="FV42" s="3" t="n">
         <x:v>1261</x:v>
       </x:c>
       <x:c r="FW42" s="3" t="n">
         <x:v>1487</x:v>
       </x:c>
       <x:c r="FX42" s="3" t="n">
         <x:v>1571</x:v>
       </x:c>
       <x:c r="FY42" s="3" t="n">
         <x:v>2208</x:v>
       </x:c>
       <x:c r="FZ42" s="3" t="n">
-        <x:v>2271</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="GA42" s="3" t="n">
-        <x:v>2122</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="GB42" s="3" t="n">
-        <x:v>2158</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="GC42" s="3" t="n">
-        <x:v>2634</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="GD42" s="3" t="n">
-        <x:v>1679</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="GE42" s="3" t="n">
-        <x:v>1911</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="GF42" s="3" t="n">
-        <x:v>1928</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="GG42" s="3" t="n">
-        <x:v>2138</x:v>
+        <x:v>2141</x:v>
       </x:c>
       <x:c r="GH42" s="3" t="n">
-        <x:v>1909</x:v>
+        <x:v>1920</x:v>
       </x:c>
       <x:c r="GI42" s="3" t="n">
-        <x:v>1737</x:v>
+        <x:v>1837</x:v>
+      </x:c>
+      <x:c r="GJ42" s="3" t="n">
+        <x:v>1515</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:191">
+    <x:row r="43" spans="1:192">
       <x:c r="A43" s="2" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>306</x:v>
       </x:c>
       <x:c r="D43" s="3" t="n">
         <x:v>344</x:v>
       </x:c>
       <x:c r="E43" s="3" t="n">
         <x:v>325</x:v>
       </x:c>
       <x:c r="F43" s="3" t="n">
         <x:v>353</x:v>
       </x:c>
       <x:c r="G43" s="3" t="n">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H43" s="3" t="n">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I43" s="3" t="n">
         <x:v>393</x:v>
       </x:c>
@@ -23985,275 +24105,278 @@
       <x:c r="DF43" s="3" t="n">
         <x:v>3042</x:v>
       </x:c>
       <x:c r="DG43" s="3" t="n">
         <x:v>3260</x:v>
       </x:c>
       <x:c r="DH43" s="3" t="n">
         <x:v>3990</x:v>
       </x:c>
       <x:c r="DI43" s="3" t="n">
         <x:v>5965</x:v>
       </x:c>
       <x:c r="DJ43" s="3" t="n">
         <x:v>3450</x:v>
       </x:c>
       <x:c r="DK43" s="3" t="n">
         <x:v>4064</x:v>
       </x:c>
       <x:c r="DL43" s="3" t="n">
         <x:v>4316</x:v>
       </x:c>
       <x:c r="DM43" s="3" t="n">
         <x:v>4483</x:v>
       </x:c>
       <x:c r="DN43" s="3" t="n">
-        <x:v>3487</x:v>
+        <x:v>3497</x:v>
       </x:c>
       <x:c r="DO43" s="3" t="n">
-        <x:v>3580</x:v>
+        <x:v>3591</x:v>
       </x:c>
       <x:c r="DP43" s="3" t="n">
-        <x:v>4393</x:v>
+        <x:v>4406</x:v>
       </x:c>
       <x:c r="DQ43" s="3" t="n">
-        <x:v>4523</x:v>
+        <x:v>4536</x:v>
       </x:c>
       <x:c r="DR43" s="3" t="n">
-        <x:v>4458</x:v>
+        <x:v>4479</x:v>
       </x:c>
       <x:c r="DS43" s="3" t="n">
-        <x:v>4725</x:v>
+        <x:v>4748</x:v>
       </x:c>
       <x:c r="DT43" s="3" t="n">
-        <x:v>5774</x:v>
+        <x:v>5803</x:v>
       </x:c>
       <x:c r="DU43" s="3" t="n">
-        <x:v>4378</x:v>
+        <x:v>4399</x:v>
       </x:c>
       <x:c r="DV43" s="3" t="n">
-        <x:v>3329</x:v>
+        <x:v>3354</x:v>
       </x:c>
       <x:c r="DW43" s="3" t="n">
-        <x:v>4100</x:v>
+        <x:v>4129</x:v>
       </x:c>
       <x:c r="DX43" s="3" t="n">
-        <x:v>5723</x:v>
+        <x:v>5764</x:v>
       </x:c>
       <x:c r="DY43" s="3" t="n">
-        <x:v>4089</x:v>
+        <x:v>4118</x:v>
       </x:c>
       <x:c r="DZ43" s="3" t="n">
-        <x:v>5925</x:v>
+        <x:v>5959</x:v>
       </x:c>
       <x:c r="EA43" s="3" t="n">
-        <x:v>7083</x:v>
+        <x:v>7124</x:v>
       </x:c>
       <x:c r="EB43" s="3" t="n">
-        <x:v>7038</x:v>
+        <x:v>7079</x:v>
       </x:c>
       <x:c r="EC43" s="3" t="n">
-        <x:v>6986</x:v>
+        <x:v>7026</x:v>
       </x:c>
       <x:c r="ED43" s="3" t="n">
-        <x:v>6274</x:v>
+        <x:v>6316</x:v>
       </x:c>
       <x:c r="EE43" s="3" t="n">
-        <x:v>6916</x:v>
+        <x:v>6958</x:v>
       </x:c>
       <x:c r="EF43" s="3" t="n">
-        <x:v>7412</x:v>
+        <x:v>7456</x:v>
       </x:c>
       <x:c r="EG43" s="3" t="n">
-        <x:v>9312</x:v>
+        <x:v>9371</x:v>
       </x:c>
       <x:c r="EH43" s="3" t="n">
-        <x:v>6283</x:v>
+        <x:v>6331</x:v>
       </x:c>
       <x:c r="EI43" s="3" t="n">
-        <x:v>8043</x:v>
+        <x:v>8091</x:v>
       </x:c>
       <x:c r="EJ43" s="3" t="n">
-        <x:v>8100</x:v>
+        <x:v>8154</x:v>
       </x:c>
       <x:c r="EK43" s="3" t="n">
-        <x:v>8804</x:v>
+        <x:v>8872</x:v>
       </x:c>
       <x:c r="EL43" s="3" t="n">
-        <x:v>7296</x:v>
+        <x:v>7348</x:v>
       </x:c>
       <x:c r="EM43" s="3" t="n">
-        <x:v>8478</x:v>
+        <x:v>8534</x:v>
       </x:c>
       <x:c r="EN43" s="3" t="n">
-        <x:v>8850</x:v>
+        <x:v>8912</x:v>
       </x:c>
       <x:c r="EO43" s="3" t="n">
-        <x:v>11238</x:v>
+        <x:v>11316</x:v>
       </x:c>
       <x:c r="EP43" s="3" t="n">
-        <x:v>7800</x:v>
+        <x:v>7863</x:v>
       </x:c>
       <x:c r="EQ43" s="3" t="n">
-        <x:v>8824</x:v>
+        <x:v>8899</x:v>
       </x:c>
       <x:c r="ER43" s="3" t="n">
-        <x:v>9730</x:v>
+        <x:v>9812</x:v>
       </x:c>
       <x:c r="ES43" s="3" t="n">
-        <x:v>8051</x:v>
+        <x:v>8111</x:v>
       </x:c>
       <x:c r="ET43" s="3" t="n">
-        <x:v>10762</x:v>
+        <x:v>10836</x:v>
       </x:c>
       <x:c r="EU43" s="3" t="n">
-        <x:v>10176</x:v>
+        <x:v>10246</x:v>
       </x:c>
       <x:c r="EV43" s="3" t="n">
-        <x:v>10769</x:v>
+        <x:v>10846</x:v>
       </x:c>
       <x:c r="EW43" s="3" t="n">
-        <x:v>12925</x:v>
+        <x:v>13017</x:v>
       </x:c>
       <x:c r="EX43" s="3" t="n">
-        <x:v>12966</x:v>
+        <x:v>13075</x:v>
       </x:c>
       <x:c r="EY43" s="3" t="n">
-        <x:v>14134</x:v>
+        <x:v>14234</x:v>
       </x:c>
       <x:c r="EZ43" s="3" t="n">
-        <x:v>12839</x:v>
+        <x:v>12929</x:v>
       </x:c>
       <x:c r="FA43" s="3" t="n">
-        <x:v>14071</x:v>
+        <x:v>14161</x:v>
       </x:c>
       <x:c r="FB43" s="3" t="n">
-        <x:v>12199</x:v>
+        <x:v>12366</x:v>
       </x:c>
       <x:c r="FC43" s="3" t="n">
-        <x:v>12514</x:v>
+        <x:v>12689</x:v>
       </x:c>
       <x:c r="FD43" s="3" t="n">
-        <x:v>12338</x:v>
+        <x:v>12515</x:v>
       </x:c>
       <x:c r="FE43" s="3" t="n">
-        <x:v>13111</x:v>
+        <x:v>13282</x:v>
       </x:c>
       <x:c r="FF43" s="3" t="n">
-        <x:v>10867</x:v>
+        <x:v>11023</x:v>
       </x:c>
       <x:c r="FG43" s="3" t="n">
-        <x:v>11212</x:v>
+        <x:v>11368</x:v>
       </x:c>
       <x:c r="FH43" s="3" t="n">
-        <x:v>10977</x:v>
+        <x:v>11130</x:v>
       </x:c>
       <x:c r="FI43" s="3" t="n">
-        <x:v>11965</x:v>
+        <x:v>12127</x:v>
       </x:c>
       <x:c r="FJ43" s="3" t="n">
-        <x:v>11503</x:v>
+        <x:v>11656</x:v>
       </x:c>
       <x:c r="FK43" s="3" t="n">
-        <x:v>12679</x:v>
+        <x:v>12846</x:v>
       </x:c>
       <x:c r="FL43" s="3" t="n">
-        <x:v>12028</x:v>
+        <x:v>12188</x:v>
       </x:c>
       <x:c r="FM43" s="3" t="n">
-        <x:v>14053</x:v>
+        <x:v>14236</x:v>
       </x:c>
       <x:c r="FN43" s="3" t="n">
-        <x:v>13899</x:v>
+        <x:v>14014</x:v>
       </x:c>
       <x:c r="FO43" s="3" t="n">
-        <x:v>13000</x:v>
+        <x:v>13114</x:v>
       </x:c>
       <x:c r="FP43" s="3" t="n">
-        <x:v>12050</x:v>
+        <x:v>12159</x:v>
       </x:c>
       <x:c r="FQ43" s="3" t="n">
-        <x:v>13880</x:v>
+        <x:v>13997</x:v>
       </x:c>
       <x:c r="FR43" s="3" t="n">
-        <x:v>10701</x:v>
+        <x:v>10787</x:v>
       </x:c>
       <x:c r="FS43" s="3" t="n">
-        <x:v>12089</x:v>
+        <x:v>12185</x:v>
       </x:c>
       <x:c r="FT43" s="3" t="n">
-        <x:v>12523</x:v>
+        <x:v>12624</x:v>
       </x:c>
       <x:c r="FU43" s="3" t="n">
-        <x:v>15005</x:v>
+        <x:v>15120</x:v>
       </x:c>
       <x:c r="FV43" s="3" t="n">
-        <x:v>12196</x:v>
+        <x:v>12234</x:v>
       </x:c>
       <x:c r="FW43" s="3" t="n">
-        <x:v>13644</x:v>
+        <x:v>13694</x:v>
       </x:c>
       <x:c r="FX43" s="3" t="n">
-        <x:v>14150</x:v>
+        <x:v>14202</x:v>
       </x:c>
       <x:c r="FY43" s="3" t="n">
-        <x:v>16001</x:v>
+        <x:v>16055</x:v>
       </x:c>
       <x:c r="FZ43" s="3" t="n">
-        <x:v>14154</x:v>
+        <x:v>14578</x:v>
       </x:c>
       <x:c r="GA43" s="3" t="n">
-        <x:v>16417</x:v>
+        <x:v>16908</x:v>
       </x:c>
       <x:c r="GB43" s="3" t="n">
-        <x:v>15913</x:v>
+        <x:v>16388</x:v>
       </x:c>
       <x:c r="GC43" s="3" t="n">
-        <x:v>19115</x:v>
+        <x:v>19680</x:v>
       </x:c>
       <x:c r="GD43" s="3" t="n">
-        <x:v>16076</x:v>
+        <x:v>16290</x:v>
       </x:c>
       <x:c r="GE43" s="3" t="n">
-        <x:v>17092</x:v>
+        <x:v>17298</x:v>
       </x:c>
       <x:c r="GF43" s="3" t="n">
-        <x:v>17230</x:v>
+        <x:v>17462</x:v>
       </x:c>
       <x:c r="GG43" s="3" t="n">
-        <x:v>19586</x:v>
+        <x:v>19777</x:v>
       </x:c>
       <x:c r="GH43" s="3" t="n">
-        <x:v>15718</x:v>
+        <x:v>16554</x:v>
       </x:c>
       <x:c r="GI43" s="3" t="n">
-        <x:v>16134</x:v>
+        <x:v>16722</x:v>
+      </x:c>
+      <x:c r="GJ43" s="3" t="n">
+        <x:v>16773</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:191">
+    <x:row r="44" spans="1:192">
       <x:c r="A44" s="2" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
         <x:v>1504</x:v>
       </x:c>
       <x:c r="C44" s="3" t="n">
         <x:v>1624</x:v>
       </x:c>
       <x:c r="D44" s="3" t="n">
         <x:v>1765</x:v>
       </x:c>
       <x:c r="E44" s="3" t="n">
         <x:v>1739</x:v>
       </x:c>
       <x:c r="F44" s="3" t="n">
         <x:v>1802</x:v>
       </x:c>
       <x:c r="G44" s="3" t="n">
         <x:v>1616</x:v>
       </x:c>
       <x:c r="H44" s="3" t="n">
         <x:v>1683</x:v>
       </x:c>
       <x:c r="I44" s="3" t="n">
         <x:v>2011</x:v>
       </x:c>
@@ -24560,275 +24683,278 @@
       <x:c r="DF44" s="3" t="n">
         <x:v>6518</x:v>
       </x:c>
       <x:c r="DG44" s="3" t="n">
         <x:v>7104</x:v>
       </x:c>
       <x:c r="DH44" s="3" t="n">
         <x:v>8410</x:v>
       </x:c>
       <x:c r="DI44" s="3" t="n">
         <x:v>8797</x:v>
       </x:c>
       <x:c r="DJ44" s="3" t="n">
         <x:v>6933</x:v>
       </x:c>
       <x:c r="DK44" s="3" t="n">
         <x:v>7961</x:v>
       </x:c>
       <x:c r="DL44" s="3" t="n">
         <x:v>8056</x:v>
       </x:c>
       <x:c r="DM44" s="3" t="n">
         <x:v>9391</x:v>
       </x:c>
       <x:c r="DN44" s="3" t="n">
-        <x:v>9179</x:v>
+        <x:v>9250</x:v>
       </x:c>
       <x:c r="DO44" s="3" t="n">
-        <x:v>9693</x:v>
+        <x:v>9773</x:v>
       </x:c>
       <x:c r="DP44" s="3" t="n">
-        <x:v>10009</x:v>
+        <x:v>10086</x:v>
       </x:c>
       <x:c r="DQ44" s="3" t="n">
-        <x:v>11151</x:v>
+        <x:v>11241</x:v>
       </x:c>
       <x:c r="DR44" s="3" t="n">
-        <x:v>10733</x:v>
+        <x:v>10846</x:v>
       </x:c>
       <x:c r="DS44" s="3" t="n">
-        <x:v>11951</x:v>
+        <x:v>12091</x:v>
       </x:c>
       <x:c r="DT44" s="3" t="n">
-        <x:v>13329</x:v>
+        <x:v>13520</x:v>
       </x:c>
       <x:c r="DU44" s="3" t="n">
-        <x:v>15058</x:v>
+        <x:v>15246</x:v>
       </x:c>
       <x:c r="DV44" s="3" t="n">
-        <x:v>10961</x:v>
+        <x:v>11176</x:v>
       </x:c>
       <x:c r="DW44" s="3" t="n">
-        <x:v>11169</x:v>
+        <x:v>11375</x:v>
       </x:c>
       <x:c r="DX44" s="3" t="n">
-        <x:v>11934</x:v>
+        <x:v>12156</x:v>
       </x:c>
       <x:c r="DY44" s="3" t="n">
-        <x:v>10967</x:v>
+        <x:v>11164</x:v>
       </x:c>
       <x:c r="DZ44" s="3" t="n">
-        <x:v>11952</x:v>
+        <x:v>12192</x:v>
       </x:c>
       <x:c r="EA44" s="3" t="n">
-        <x:v>12821</x:v>
+        <x:v>13077</x:v>
       </x:c>
       <x:c r="EB44" s="3" t="n">
-        <x:v>13437</x:v>
+        <x:v>13719</x:v>
       </x:c>
       <x:c r="EC44" s="3" t="n">
-        <x:v>13783</x:v>
+        <x:v>14053</x:v>
       </x:c>
       <x:c r="ED44" s="3" t="n">
-        <x:v>11940</x:v>
+        <x:v>12145</x:v>
       </x:c>
       <x:c r="EE44" s="3" t="n">
-        <x:v>12268</x:v>
+        <x:v>12525</x:v>
       </x:c>
       <x:c r="EF44" s="3" t="n">
-        <x:v>14339</x:v>
+        <x:v>14688</x:v>
       </x:c>
       <x:c r="EG44" s="3" t="n">
-        <x:v>16895</x:v>
+        <x:v>17345</x:v>
       </x:c>
       <x:c r="EH44" s="3" t="n">
-        <x:v>13410</x:v>
+        <x:v>13764</x:v>
       </x:c>
       <x:c r="EI44" s="3" t="n">
-        <x:v>13391</x:v>
+        <x:v>13754</x:v>
       </x:c>
       <x:c r="EJ44" s="3" t="n">
-        <x:v>13927</x:v>
+        <x:v>14338</x:v>
       </x:c>
       <x:c r="EK44" s="3" t="n">
-        <x:v>15124</x:v>
+        <x:v>15465</x:v>
       </x:c>
       <x:c r="EL44" s="3" t="n">
-        <x:v>13975</x:v>
+        <x:v>14363</x:v>
       </x:c>
       <x:c r="EM44" s="3" t="n">
-        <x:v>14784</x:v>
+        <x:v>15139</x:v>
       </x:c>
       <x:c r="EN44" s="3" t="n">
-        <x:v>13430</x:v>
+        <x:v>13837</x:v>
       </x:c>
       <x:c r="EO44" s="3" t="n">
-        <x:v>16503</x:v>
+        <x:v>17032</x:v>
       </x:c>
       <x:c r="EP44" s="3" t="n">
-        <x:v>14527</x:v>
+        <x:v>14898</x:v>
       </x:c>
       <x:c r="EQ44" s="3" t="n">
-        <x:v>15350</x:v>
+        <x:v>15860</x:v>
       </x:c>
       <x:c r="ER44" s="3" t="n">
-        <x:v>15651</x:v>
+        <x:v>16126</x:v>
       </x:c>
       <x:c r="ES44" s="3" t="n">
-        <x:v>18132</x:v>
+        <x:v>18666</x:v>
       </x:c>
       <x:c r="ET44" s="3" t="n">
-        <x:v>16815</x:v>
+        <x:v>17476</x:v>
       </x:c>
       <x:c r="EU44" s="3" t="n">
-        <x:v>15766</x:v>
+        <x:v>16144</x:v>
       </x:c>
       <x:c r="EV44" s="3" t="n">
-        <x:v>17401</x:v>
+        <x:v>17910</x:v>
       </x:c>
       <x:c r="EW44" s="3" t="n">
-        <x:v>18706</x:v>
+        <x:v>19257</x:v>
       </x:c>
       <x:c r="EX44" s="3" t="n">
-        <x:v>17462</x:v>
+        <x:v>18027</x:v>
       </x:c>
       <x:c r="EY44" s="3" t="n">
-        <x:v>17629</x:v>
+        <x:v>18054</x:v>
       </x:c>
       <x:c r="EZ44" s="3" t="n">
-        <x:v>19160</x:v>
+        <x:v>19725</x:v>
       </x:c>
       <x:c r="FA44" s="3" t="n">
-        <x:v>19382</x:v>
+        <x:v>20024</x:v>
       </x:c>
       <x:c r="FB44" s="3" t="n">
-        <x:v>18877</x:v>
+        <x:v>19415</x:v>
       </x:c>
       <x:c r="FC44" s="3" t="n">
-        <x:v>21332</x:v>
+        <x:v>22005</x:v>
       </x:c>
       <x:c r="FD44" s="3" t="n">
-        <x:v>19723</x:v>
+        <x:v>20351</x:v>
       </x:c>
       <x:c r="FE44" s="3" t="n">
-        <x:v>23042</x:v>
+        <x:v>23717</x:v>
       </x:c>
       <x:c r="FF44" s="3" t="n">
-        <x:v>19737</x:v>
+        <x:v>20284</x:v>
       </x:c>
       <x:c r="FG44" s="3" t="n">
-        <x:v>22714</x:v>
+        <x:v>23354</x:v>
       </x:c>
       <x:c r="FH44" s="3" t="n">
-        <x:v>21274</x:v>
+        <x:v>21856</x:v>
       </x:c>
       <x:c r="FI44" s="3" t="n">
-        <x:v>22295</x:v>
+        <x:v>23028</x:v>
       </x:c>
       <x:c r="FJ44" s="3" t="n">
-        <x:v>22423</x:v>
+        <x:v>23374</x:v>
       </x:c>
       <x:c r="FK44" s="3" t="n">
-        <x:v>24861</x:v>
+        <x:v>25860</x:v>
       </x:c>
       <x:c r="FL44" s="3" t="n">
-        <x:v>25260</x:v>
+        <x:v>26268</x:v>
       </x:c>
       <x:c r="FM44" s="3" t="n">
-        <x:v>28689</x:v>
+        <x:v>29779</x:v>
       </x:c>
       <x:c r="FN44" s="3" t="n">
-        <x:v>28952</x:v>
+        <x:v>30054</x:v>
       </x:c>
       <x:c r="FO44" s="3" t="n">
-        <x:v>29360</x:v>
+        <x:v>30383</x:v>
       </x:c>
       <x:c r="FP44" s="3" t="n">
-        <x:v>28728</x:v>
+        <x:v>29784</x:v>
       </x:c>
       <x:c r="FQ44" s="3" t="n">
-        <x:v>31611</x:v>
+        <x:v>32793</x:v>
       </x:c>
       <x:c r="FR44" s="3" t="n">
-        <x:v>28678</x:v>
+        <x:v>29711</x:v>
       </x:c>
       <x:c r="FS44" s="3" t="n">
-        <x:v>29010</x:v>
+        <x:v>30014</x:v>
       </x:c>
       <x:c r="FT44" s="3" t="n">
-        <x:v>30452</x:v>
+        <x:v>31465</x:v>
       </x:c>
       <x:c r="FU44" s="3" t="n">
-        <x:v>34597</x:v>
+        <x:v>35709</x:v>
       </x:c>
       <x:c r="FV44" s="3" t="n">
-        <x:v>35649</x:v>
+        <x:v>37043</x:v>
       </x:c>
       <x:c r="FW44" s="3" t="n">
-        <x:v>36975</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="FX44" s="3" t="n">
-        <x:v>37699</x:v>
+        <x:v>39298</x:v>
       </x:c>
       <x:c r="FY44" s="3" t="n">
-        <x:v>40542</x:v>
+        <x:v>42594</x:v>
       </x:c>
       <x:c r="FZ44" s="3" t="n">
-        <x:v>42676</x:v>
+        <x:v>46435</x:v>
       </x:c>
       <x:c r="GA44" s="3" t="n">
-        <x:v>43069</x:v>
+        <x:v>47083</x:v>
       </x:c>
       <x:c r="GB44" s="3" t="n">
-        <x:v>42395</x:v>
+        <x:v>46482</x:v>
       </x:c>
       <x:c r="GC44" s="3" t="n">
-        <x:v>46265</x:v>
+        <x:v>50783</x:v>
       </x:c>
       <x:c r="GD44" s="3" t="n">
-        <x:v>48569</x:v>
+        <x:v>55793</x:v>
       </x:c>
       <x:c r="GE44" s="3" t="n">
-        <x:v>48476</x:v>
+        <x:v>55598</x:v>
       </x:c>
       <x:c r="GF44" s="3" t="n">
-        <x:v>48601</x:v>
+        <x:v>55437</x:v>
       </x:c>
       <x:c r="GG44" s="3" t="n">
-        <x:v>53714</x:v>
+        <x:v>60506</x:v>
       </x:c>
       <x:c r="GH44" s="3" t="n">
-        <x:v>52910</x:v>
+        <x:v>59688</x:v>
       </x:c>
       <x:c r="GI44" s="3" t="n">
-        <x:v>50487</x:v>
+        <x:v>60372</x:v>
+      </x:c>
+      <x:c r="GJ44" s="3" t="n">
+        <x:v>62538</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:191">
+    <x:row r="45" spans="1:192">
       <x:c r="A45" s="2" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>735</x:v>
       </x:c>
       <x:c r="D45" s="3" t="n">
         <x:v>825</x:v>
       </x:c>
       <x:c r="E45" s="3" t="n">
         <x:v>780</x:v>
       </x:c>
       <x:c r="F45" s="3" t="n">
         <x:v>847</x:v>
       </x:c>
       <x:c r="G45" s="3" t="n">
         <x:v>725</x:v>
       </x:c>
       <x:c r="H45" s="3" t="n">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I45" s="3" t="n">
         <x:v>944</x:v>
       </x:c>
@@ -25135,275 +25261,278 @@
       <x:c r="DF45" s="3" t="n">
         <x:v>1299</x:v>
       </x:c>
       <x:c r="DG45" s="3" t="n">
         <x:v>1251</x:v>
       </x:c>
       <x:c r="DH45" s="3" t="n">
         <x:v>1479</x:v>
       </x:c>
       <x:c r="DI45" s="3" t="n">
         <x:v>1662</x:v>
       </x:c>
       <x:c r="DJ45" s="3" t="n">
         <x:v>1072</x:v>
       </x:c>
       <x:c r="DK45" s="3" t="n">
         <x:v>1394</x:v>
       </x:c>
       <x:c r="DL45" s="3" t="n">
         <x:v>1313</x:v>
       </x:c>
       <x:c r="DM45" s="3" t="n">
         <x:v>1826</x:v>
       </x:c>
       <x:c r="DN45" s="3" t="n">
-        <x:v>3335</x:v>
+        <x:v>3406</x:v>
       </x:c>
       <x:c r="DO45" s="3" t="n">
-        <x:v>3763</x:v>
+        <x:v>3843</x:v>
       </x:c>
       <x:c r="DP45" s="3" t="n">
-        <x:v>3647</x:v>
+        <x:v>3724</x:v>
       </x:c>
       <x:c r="DQ45" s="3" t="n">
-        <x:v>4184</x:v>
+        <x:v>4274</x:v>
       </x:c>
       <x:c r="DR45" s="3" t="n">
-        <x:v>3452</x:v>
+        <x:v>3565</x:v>
       </x:c>
       <x:c r="DS45" s="3" t="n">
-        <x:v>4271</x:v>
+        <x:v>4410</x:v>
       </x:c>
       <x:c r="DT45" s="3" t="n">
-        <x:v>5828</x:v>
+        <x:v>6019</x:v>
       </x:c>
       <x:c r="DU45" s="3" t="n">
-        <x:v>5682</x:v>
+        <x:v>5869</x:v>
       </x:c>
       <x:c r="DV45" s="3" t="n">
-        <x:v>3992</x:v>
+        <x:v>4207</x:v>
       </x:c>
       <x:c r="DW45" s="3" t="n">
+        <x:v>4096</x:v>
+      </x:c>
+      <x:c r="DX45" s="3" t="n">
+        <x:v>4459</x:v>
+      </x:c>
+      <x:c r="DY45" s="3" t="n">
         <x:v>3890</x:v>
       </x:c>
-      <x:c r="DX45" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="DZ45" s="3" t="n">
-        <x:v>3326</x:v>
+        <x:v>3566</x:v>
       </x:c>
       <x:c r="EA45" s="3" t="n">
-        <x:v>3575</x:v>
+        <x:v>3831</x:v>
       </x:c>
       <x:c r="EB45" s="3" t="n">
-        <x:v>3927</x:v>
+        <x:v>4210</x:v>
       </x:c>
       <x:c r="EC45" s="3" t="n">
-        <x:v>3768</x:v>
+        <x:v>4038</x:v>
       </x:c>
       <x:c r="ED45" s="3" t="n">
-        <x:v>2613</x:v>
+        <x:v>2818</x:v>
       </x:c>
       <x:c r="EE45" s="3" t="n">
-        <x:v>3180</x:v>
+        <x:v>3436</x:v>
       </x:c>
       <x:c r="EF45" s="3" t="n">
-        <x:v>4446</x:v>
+        <x:v>4795</x:v>
       </x:c>
       <x:c r="EG45" s="3" t="n">
-        <x:v>5463</x:v>
+        <x:v>5913</x:v>
       </x:c>
       <x:c r="EH45" s="3" t="n">
-        <x:v>3504</x:v>
+        <x:v>3858</x:v>
       </x:c>
       <x:c r="EI45" s="3" t="n">
-        <x:v>3674</x:v>
+        <x:v>4037</x:v>
       </x:c>
       <x:c r="EJ45" s="3" t="n">
-        <x:v>3511</x:v>
+        <x:v>3921</x:v>
       </x:c>
       <x:c r="EK45" s="3" t="n">
-        <x:v>3387</x:v>
+        <x:v>3728</x:v>
       </x:c>
       <x:c r="EL45" s="3" t="n">
-        <x:v>3309</x:v>
+        <x:v>3697</x:v>
       </x:c>
       <x:c r="EM45" s="3" t="n">
-        <x:v>3067</x:v>
+        <x:v>3422</x:v>
       </x:c>
       <x:c r="EN45" s="3" t="n">
-        <x:v>3215</x:v>
+        <x:v>3622</x:v>
       </x:c>
       <x:c r="EO45" s="3" t="n">
-        <x:v>4184</x:v>
+        <x:v>4713</x:v>
       </x:c>
       <x:c r="EP45" s="3" t="n">
-        <x:v>2815</x:v>
+        <x:v>3185</x:v>
       </x:c>
       <x:c r="EQ45" s="3" t="n">
-        <x:v>4162</x:v>
+        <x:v>4672</x:v>
       </x:c>
       <x:c r="ER45" s="3" t="n">
-        <x:v>3511</x:v>
+        <x:v>3986</x:v>
       </x:c>
       <x:c r="ES45" s="3" t="n">
-        <x:v>3952</x:v>
+        <x:v>4485</x:v>
       </x:c>
       <x:c r="ET45" s="3" t="n">
-        <x:v>3793</x:v>
+        <x:v>4454</x:v>
       </x:c>
       <x:c r="EU45" s="3" t="n">
-        <x:v>2612</x:v>
+        <x:v>2991</x:v>
       </x:c>
       <x:c r="EV45" s="3" t="n">
-        <x:v>3361</x:v>
+        <x:v>3870</x:v>
       </x:c>
       <x:c r="EW45" s="3" t="n">
-        <x:v>3531</x:v>
+        <x:v>4082</x:v>
       </x:c>
       <x:c r="EX45" s="3" t="n">
-        <x:v>3461</x:v>
+        <x:v>4027</x:v>
       </x:c>
       <x:c r="EY45" s="3" t="n">
-        <x:v>2342</x:v>
+        <x:v>2767</x:v>
       </x:c>
       <x:c r="EZ45" s="3" t="n">
-        <x:v>3563</x:v>
+        <x:v>4128</x:v>
       </x:c>
       <x:c r="FA45" s="3" t="n">
-        <x:v>3573</x:v>
+        <x:v>4215</x:v>
       </x:c>
       <x:c r="FB45" s="3" t="n">
-        <x:v>3014</x:v>
+        <x:v>3552</x:v>
       </x:c>
       <x:c r="FC45" s="3" t="n">
-        <x:v>3768</x:v>
+        <x:v>4441</x:v>
       </x:c>
       <x:c r="FD45" s="3" t="n">
-        <x:v>3477</x:v>
+        <x:v>4105</x:v>
       </x:c>
       <x:c r="FE45" s="3" t="n">
-        <x:v>3933</x:v>
+        <x:v>4608</x:v>
       </x:c>
       <x:c r="FF45" s="3" t="n">
-        <x:v>2927</x:v>
+        <x:v>3474</x:v>
       </x:c>
       <x:c r="FG45" s="3" t="n">
-        <x:v>3743</x:v>
+        <x:v>4383</x:v>
       </x:c>
       <x:c r="FH45" s="3" t="n">
-        <x:v>3481</x:v>
+        <x:v>4063</x:v>
       </x:c>
       <x:c r="FI45" s="3" t="n">
-        <x:v>4284</x:v>
+        <x:v>5016</x:v>
       </x:c>
       <x:c r="FJ45" s="3" t="n">
-        <x:v>5669</x:v>
+        <x:v>6618</x:v>
       </x:c>
       <x:c r="FK45" s="3" t="n">
-        <x:v>5935</x:v>
+        <x:v>6934</x:v>
       </x:c>
       <x:c r="FL45" s="3" t="n">
-        <x:v>5866</x:v>
+        <x:v>6874</x:v>
       </x:c>
       <x:c r="FM45" s="3" t="n">
-        <x:v>5929</x:v>
+        <x:v>7020</x:v>
       </x:c>
       <x:c r="FN45" s="3" t="n">
-        <x:v>5661</x:v>
+        <x:v>6764</x:v>
       </x:c>
       <x:c r="FO45" s="3" t="n">
-        <x:v>5331</x:v>
+        <x:v>6356</x:v>
       </x:c>
       <x:c r="FP45" s="3" t="n">
-        <x:v>5274</x:v>
+        <x:v>6330</x:v>
       </x:c>
       <x:c r="FQ45" s="3" t="n">
-        <x:v>5529</x:v>
+        <x:v>6708</x:v>
       </x:c>
       <x:c r="FR45" s="3" t="n">
-        <x:v>5784</x:v>
+        <x:v>6812</x:v>
       </x:c>
       <x:c r="FS45" s="3" t="n">
-        <x:v>5935</x:v>
+        <x:v>6933</x:v>
       </x:c>
       <x:c r="FT45" s="3" t="n">
-        <x:v>6143</x:v>
+        <x:v>7156</x:v>
       </x:c>
       <x:c r="FU45" s="3" t="n">
-        <x:v>7117</x:v>
+        <x:v>8240</x:v>
       </x:c>
       <x:c r="FV45" s="3" t="n">
-        <x:v>5015</x:v>
+        <x:v>5931</x:v>
       </x:c>
       <x:c r="FW45" s="3" t="n">
-        <x:v>5798</x:v>
+        <x:v>6823</x:v>
       </x:c>
       <x:c r="FX45" s="3" t="n">
-        <x:v>6826</x:v>
+        <x:v>8059</x:v>
       </x:c>
       <x:c r="FY45" s="3" t="n">
-        <x:v>7772</x:v>
+        <x:v>9143</x:v>
       </x:c>
       <x:c r="FZ45" s="3" t="n">
-        <x:v>7645</x:v>
+        <x:v>8049</x:v>
       </x:c>
       <x:c r="GA45" s="3" t="n">
-        <x:v>8082</x:v>
+        <x:v>8507</x:v>
       </x:c>
       <x:c r="GB45" s="3" t="n">
-        <x:v>8450</x:v>
+        <x:v>9024</x:v>
       </x:c>
       <x:c r="GC45" s="3" t="n">
-        <x:v>8955</x:v>
+        <x:v>9399</x:v>
       </x:c>
       <x:c r="GD45" s="3" t="n">
-        <x:v>9671</x:v>
+        <x:v>12326</x:v>
       </x:c>
       <x:c r="GE45" s="3" t="n">
-        <x:v>10033</x:v>
+        <x:v>11844</x:v>
       </x:c>
       <x:c r="GF45" s="3" t="n">
-        <x:v>9888</x:v>
+        <x:v>12096</x:v>
       </x:c>
       <x:c r="GG45" s="3" t="n">
-        <x:v>9838</x:v>
+        <x:v>11984</x:v>
       </x:c>
       <x:c r="GH45" s="3" t="n">
-        <x:v>9977</x:v>
+        <x:v>12224</x:v>
       </x:c>
       <x:c r="GI45" s="3" t="n">
-        <x:v>9959</x:v>
+        <x:v>13987</x:v>
+      </x:c>
+      <x:c r="GJ45" s="3" t="n">
+        <x:v>14670</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:191">
+    <x:row r="46" spans="1:192">
       <x:c r="A46" s="2" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C46" s="3" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D46" s="3" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E46" s="3" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F46" s="3" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G46" s="3" t="n">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H46" s="3" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I46" s="3" t="n">
         <x:v>67</x:v>
       </x:c>
@@ -25902,83 +26031,86 @@
       <x:c r="FR46" s="3" t="n">
         <x:v>1016</x:v>
       </x:c>
       <x:c r="FS46" s="3" t="n">
         <x:v>1310</x:v>
       </x:c>
       <x:c r="FT46" s="3" t="n">
         <x:v>1170</x:v>
       </x:c>
       <x:c r="FU46" s="3" t="n">
         <x:v>1360</x:v>
       </x:c>
       <x:c r="FV46" s="3" t="n">
         <x:v>1560</x:v>
       </x:c>
       <x:c r="FW46" s="3" t="n">
         <x:v>1783</x:v>
       </x:c>
       <x:c r="FX46" s="3" t="n">
         <x:v>1555</x:v>
       </x:c>
       <x:c r="FY46" s="3" t="n">
         <x:v>1605</x:v>
       </x:c>
       <x:c r="FZ46" s="3" t="n">
-        <x:v>1539</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="GA46" s="3" t="n">
-        <x:v>1986</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="GB46" s="3" t="n">
-        <x:v>1369</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="GC46" s="3" t="n">
-        <x:v>1930</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="GD46" s="3" t="n">
         <x:v>1660</x:v>
       </x:c>
       <x:c r="GE46" s="3" t="n">
         <x:v>2343</x:v>
       </x:c>
       <x:c r="GF46" s="3" t="n">
         <x:v>1855</x:v>
       </x:c>
       <x:c r="GG46" s="3" t="n">
         <x:v>2294</x:v>
       </x:c>
       <x:c r="GH46" s="3" t="n">
-        <x:v>2708</x:v>
+        <x:v>2707</x:v>
       </x:c>
       <x:c r="GI46" s="3" t="n">
-        <x:v>2819</x:v>
+        <x:v>2820</x:v>
+      </x:c>
+      <x:c r="GJ46" s="3" t="n">
+        <x:v>2627</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:191">
+    <x:row r="47" spans="1:192">
       <x:c r="A47" s="2" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D47" s="3" t="n">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E47" s="3" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F47" s="3" t="n">
         <x:v>136</x:v>
       </x:c>
       <x:c r="G47" s="3" t="n">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H47" s="3" t="n">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I47" s="3" t="n">
         <x:v>132</x:v>
       </x:c>
@@ -26414,146 +26546,149 @@
       <x:c r="EW47" s="3" t="n">
         <x:v>666</x:v>
       </x:c>
       <x:c r="EX47" s="3" t="n">
         <x:v>565</x:v>
       </x:c>
       <x:c r="EY47" s="3" t="n">
         <x:v>756</x:v>
       </x:c>
       <x:c r="EZ47" s="3" t="n">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="FA47" s="3" t="n">
         <x:v>684</x:v>
       </x:c>
       <x:c r="FB47" s="3" t="n">
         <x:v>629</x:v>
       </x:c>
       <x:c r="FC47" s="3" t="n">
         <x:v>968</x:v>
       </x:c>
       <x:c r="FD47" s="3" t="n">
         <x:v>670</x:v>
       </x:c>
       <x:c r="FE47" s="3" t="n">
-        <x:v>510</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="FF47" s="3" t="n">
         <x:v>722</x:v>
       </x:c>
       <x:c r="FG47" s="3" t="n">
         <x:v>827</x:v>
       </x:c>
       <x:c r="FH47" s="3" t="n">
         <x:v>694</x:v>
       </x:c>
       <x:c r="FI47" s="3" t="n">
         <x:v>836</x:v>
       </x:c>
       <x:c r="FJ47" s="3" t="n">
         <x:v>692</x:v>
       </x:c>
       <x:c r="FK47" s="3" t="n">
-        <x:v>727</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="FL47" s="3" t="n">
         <x:v>690</x:v>
       </x:c>
       <x:c r="FM47" s="3" t="n">
-        <x:v>777</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="FN47" s="3" t="n">
-        <x:v>564</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="FO47" s="3" t="n">
-        <x:v>543</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="FP47" s="3" t="n">
         <x:v>579</x:v>
       </x:c>
       <x:c r="FQ47" s="3" t="n">
-        <x:v>649</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="FR47" s="3" t="n">
-        <x:v>498</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="FS47" s="3" t="n">
-        <x:v>517</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="FT47" s="3" t="n">
-        <x:v>564</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="FU47" s="3" t="n">
-        <x:v>703</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="FV47" s="3" t="n">
-        <x:v>694</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="FW47" s="3" t="n">
-        <x:v>992</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="FX47" s="3" t="n">
-        <x:v>784</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="FY47" s="3" t="n">
-        <x:v>951</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="FZ47" s="3" t="n">
-        <x:v>521</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="GA47" s="3" t="n">
-        <x:v>575</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="GB47" s="3" t="n">
-        <x:v>681</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="GC47" s="3" t="n">
-        <x:v>696</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="GD47" s="3" t="n">
         <x:v>654</x:v>
       </x:c>
       <x:c r="GE47" s="3" t="n">
         <x:v>679</x:v>
       </x:c>
       <x:c r="GF47" s="3" t="n">
         <x:v>641</x:v>
       </x:c>
       <x:c r="GG47" s="3" t="n">
-        <x:v>638</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="GH47" s="3" t="n">
         <x:v>599</x:v>
       </x:c>
       <x:c r="GI47" s="3" t="n">
-        <x:v>817</x:v>
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="GJ47" s="3" t="n">
+        <x:v>1093</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:191">
+    <x:row r="48" spans="1:192">
       <x:c r="A48" s="2" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C48" s="3" t="n">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D48" s="3" t="n">
         <x:v>199</x:v>
       </x:c>
       <x:c r="E48" s="3" t="n">
         <x:v>215</x:v>
       </x:c>
       <x:c r="F48" s="3" t="n">
         <x:v>209</x:v>
       </x:c>
       <x:c r="G48" s="3" t="n">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H48" s="3" t="n">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I48" s="3" t="n">
         <x:v>236</x:v>
       </x:c>
@@ -27076,59 +27211,62 @@
       <x:c r="FZ48" s="3" t="n">
         <x:v>6272</x:v>
       </x:c>
       <x:c r="GA48" s="3" t="n">
         <x:v>6177</x:v>
       </x:c>
       <x:c r="GB48" s="3" t="n">
         <x:v>6818</x:v>
       </x:c>
       <x:c r="GC48" s="3" t="n">
         <x:v>6817</x:v>
       </x:c>
       <x:c r="GD48" s="3" t="n">
         <x:v>7172</x:v>
       </x:c>
       <x:c r="GE48" s="3" t="n">
         <x:v>7264</x:v>
       </x:c>
       <x:c r="GF48" s="3" t="n">
         <x:v>7620</x:v>
       </x:c>
       <x:c r="GG48" s="3" t="n">
         <x:v>8263</x:v>
       </x:c>
       <x:c r="GH48" s="3" t="n">
-        <x:v>8353</x:v>
+        <x:v>8352</x:v>
       </x:c>
       <x:c r="GI48" s="3" t="n">
         <x:v>7422</x:v>
       </x:c>
+      <x:c r="GJ48" s="3" t="n">
+        <x:v>8150</x:v>
+      </x:c>
     </x:row>
-    <x:row r="49" spans="1:191">
+    <x:row r="49" spans="1:192">
       <x:c r="A49" s="2" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D49" s="3" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E49" s="3" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F49" s="3" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G49" s="3" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="H49" s="3" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I49" s="3" t="n">
         <x:v>33</x:v>
       </x:c>
@@ -27639,71 +27777,74 @@
       <x:c r="FV49" s="3" t="n">
         <x:v>1362</x:v>
       </x:c>
       <x:c r="FW49" s="3" t="n">
         <x:v>1756</x:v>
       </x:c>
       <x:c r="FX49" s="3" t="n">
         <x:v>1685</x:v>
       </x:c>
       <x:c r="FY49" s="3" t="n">
         <x:v>1698</x:v>
       </x:c>
       <x:c r="FZ49" s="3" t="n">
         <x:v>1977</x:v>
       </x:c>
       <x:c r="GA49" s="3" t="n">
         <x:v>2224</x:v>
       </x:c>
       <x:c r="GB49" s="3" t="n">
         <x:v>1928</x:v>
       </x:c>
       <x:c r="GC49" s="3" t="n">
         <x:v>1975</x:v>
       </x:c>
       <x:c r="GD49" s="3" t="n">
-        <x:v>1558</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="GE49" s="3" t="n">
-        <x:v>1520</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="GF49" s="3" t="n">
-        <x:v>1643</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="GG49" s="3" t="n">
         <x:v>1564</x:v>
       </x:c>
       <x:c r="GH49" s="3" t="n">
-        <x:v>1515</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="GI49" s="3" t="n">
-        <x:v>1167</x:v>
+        <x:v>1405</x:v>
+      </x:c>
+      <x:c r="GJ49" s="3" t="n">
+        <x:v>1412</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:191">
+    <x:row r="50" spans="1:192">
       <x:c r="A50" s="2" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C50" s="3" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="D50" s="3" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="E50" s="3" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F50" s="3" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G50" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H50" s="3" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I50" s="3" t="n">
         <x:v>46</x:v>
       </x:c>
@@ -28190,95 +28331,98 @@
       <x:c r="FN50" s="3" t="n">
         <x:v>12551</x:v>
       </x:c>
       <x:c r="FO50" s="3" t="n">
         <x:v>14789</x:v>
       </x:c>
       <x:c r="FP50" s="3" t="n">
         <x:v>13006</x:v>
       </x:c>
       <x:c r="FQ50" s="3" t="n">
         <x:v>15135</x:v>
       </x:c>
       <x:c r="FR50" s="3" t="n">
         <x:v>12779</x:v>
       </x:c>
       <x:c r="FS50" s="3" t="n">
         <x:v>12938</x:v>
       </x:c>
       <x:c r="FT50" s="3" t="n">
         <x:v>13509</x:v>
       </x:c>
       <x:c r="FU50" s="3" t="n">
         <x:v>14991</x:v>
       </x:c>
       <x:c r="FV50" s="3" t="n">
-        <x:v>17260</x:v>
+        <x:v>18316</x:v>
       </x:c>
       <x:c r="FW50" s="3" t="n">
-        <x:v>16976</x:v>
+        <x:v>18016</x:v>
       </x:c>
       <x:c r="FX50" s="3" t="n">
-        <x:v>16932</x:v>
+        <x:v>17969</x:v>
       </x:c>
       <x:c r="FY50" s="3" t="n">
-        <x:v>18868</x:v>
+        <x:v>20023</x:v>
       </x:c>
       <x:c r="FZ50" s="3" t="n">
-        <x:v>18398</x:v>
+        <x:v>21578</x:v>
       </x:c>
       <x:c r="GA50" s="3" t="n">
-        <x:v>19386</x:v>
+        <x:v>22737</x:v>
       </x:c>
       <x:c r="GB50" s="3" t="n">
-        <x:v>18548</x:v>
+        <x:v>21754</x:v>
       </x:c>
       <x:c r="GC50" s="3" t="n">
-        <x:v>21723</x:v>
+        <x:v>25478</x:v>
       </x:c>
       <x:c r="GD50" s="3" t="n">
-        <x:v>22482</x:v>
+        <x:v>27057</x:v>
       </x:c>
       <x:c r="GE50" s="3" t="n">
-        <x:v>21857</x:v>
+        <x:v>27163</x:v>
       </x:c>
       <x:c r="GF50" s="3" t="n">
-        <x:v>22356</x:v>
+        <x:v>26983</x:v>
       </x:c>
       <x:c r="GG50" s="3" t="n">
-        <x:v>25259</x:v>
+        <x:v>29398</x:v>
       </x:c>
       <x:c r="GH50" s="3" t="n">
-        <x:v>24085</x:v>
+        <x:v>28621</x:v>
       </x:c>
       <x:c r="GI50" s="3" t="n">
-        <x:v>23285</x:v>
+        <x:v>28965</x:v>
+      </x:c>
+      <x:c r="GJ50" s="3" t="n">
+        <x:v>28933</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:191">
+    <x:row r="51" spans="1:192">
       <x:c r="A51" s="2" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>465</x:v>
       </x:c>
       <x:c r="D51" s="3" t="n">
         <x:v>485</x:v>
       </x:c>
       <x:c r="E51" s="3" t="n">
         <x:v>518</x:v>
       </x:c>
       <x:c r="F51" s="3" t="n">
         <x:v>492</x:v>
       </x:c>
       <x:c r="G51" s="3" t="n">
         <x:v>469</x:v>
       </x:c>
       <x:c r="H51" s="3" t="n">
         <x:v>495</x:v>
       </x:c>
       <x:c r="I51" s="3" t="n">
         <x:v>552</x:v>
       </x:c>
@@ -28765,235 +28909,238 @@
       <x:c r="FN51" s="3" t="n">
         <x:v>3761</x:v>
       </x:c>
       <x:c r="FO51" s="3" t="n">
         <x:v>2328</x:v>
       </x:c>
       <x:c r="FP51" s="3" t="n">
         <x:v>3052</x:v>
       </x:c>
       <x:c r="FQ51" s="3" t="n">
         <x:v>2393</x:v>
       </x:c>
       <x:c r="FR51" s="3" t="n">
         <x:v>2770</x:v>
       </x:c>
       <x:c r="FS51" s="3" t="n">
         <x:v>2508</x:v>
       </x:c>
       <x:c r="FT51" s="3" t="n">
         <x:v>2987</x:v>
       </x:c>
       <x:c r="FU51" s="3" t="n">
         <x:v>3439</x:v>
       </x:c>
       <x:c r="FV51" s="3" t="n">
-        <x:v>4232</x:v>
+        <x:v>3678</x:v>
       </x:c>
       <x:c r="FW51" s="3" t="n">
-        <x:v>4120</x:v>
+        <x:v>3539</x:v>
       </x:c>
       <x:c r="FX51" s="3" t="n">
-        <x:v>4220</x:v>
+        <x:v>3551</x:v>
       </x:c>
       <x:c r="FY51" s="3" t="n">
-        <x:v>3537</x:v>
+        <x:v>3002</x:v>
       </x:c>
       <x:c r="FZ51" s="3" t="n">
-        <x:v>6324</x:v>
+        <x:v>6384</x:v>
       </x:c>
       <x:c r="GA51" s="3" t="n">
-        <x:v>4639</x:v>
+        <x:v>4696</x:v>
       </x:c>
       <x:c r="GB51" s="3" t="n">
-        <x:v>4601</x:v>
+        <x:v>4662</x:v>
       </x:c>
       <x:c r="GC51" s="3" t="n">
-        <x:v>4169</x:v>
+        <x:v>4224</x:v>
       </x:c>
       <x:c r="GD51" s="3" t="n">
-        <x:v>5372</x:v>
+        <x:v>5365</x:v>
       </x:c>
       <x:c r="GE51" s="3" t="n">
-        <x:v>4780</x:v>
+        <x:v>4784</x:v>
       </x:c>
       <x:c r="GF51" s="3" t="n">
         <x:v>4598</x:v>
       </x:c>
       <x:c r="GG51" s="3" t="n">
         <x:v>5858</x:v>
       </x:c>
       <x:c r="GH51" s="3" t="n">
         <x:v>5673</x:v>
       </x:c>
       <x:c r="GI51" s="3" t="n">
-        <x:v>5018</x:v>
+        <x:v>5016</x:v>
+      </x:c>
+      <x:c r="GJ51" s="3" t="n">
+        <x:v>5653</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:191">
+    <x:row r="53" spans="1:192">
       <x:c r="A53" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:191">
+    <x:row r="54" spans="1:192">
       <x:c r="A54" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
-    <x:row r="56" spans="1:191">
+    <x:row r="56" spans="1:192">
       <x:c r="A56" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:191">
+    <x:row r="57" spans="1:192">
       <x:c r="A57" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:191">
+    <x:row r="58" spans="1:192">
       <x:c r="A58" s="0" t="s">
+        <x:v>244</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:192">
+      <x:c r="A60" s="0" t="s">
+        <x:v>245</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:192">
+      <x:c r="A61" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:192">
+      <x:c r="A63" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:192">
+      <x:c r="A64" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:191">
-[...1 lines deleted...]
-        <x:v>244</x:v>
+    <x:row r="65" spans="1:192">
+      <x:c r="A65" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:191">
-[...1 lines deleted...]
-        <x:v>245</x:v>
+    <x:row r="66" spans="1:192">
+      <x:c r="A66" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:191">
-[...1 lines deleted...]
-        <x:v>246</x:v>
+    <x:row r="67" spans="1:192">
+      <x:c r="A67" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:191">
-[...1 lines deleted...]
-        <x:v>242</x:v>
+    <x:row r="69" spans="1:192">
+      <x:c r="A69" s="0" t="s">
+        <x:v>251</x:v>
       </x:c>
     </x:row>
-    <x:row r="65" spans="1:191">
-[...1 lines deleted...]
-        <x:v>247</x:v>
+    <x:row r="70" spans="1:192">
+      <x:c r="A70" s="0" t="s">
+        <x:v>252</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:191">
-[...1 lines deleted...]
-        <x:v>248</x:v>
+    <x:row r="71" spans="1:192">
+      <x:c r="A71" s="0" t="s">
+        <x:v>253</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:191">
-[...1 lines deleted...]
-        <x:v>249</x:v>
+    <x:row r="76" spans="1:192">
+      <x:c r="A76" s="0" t="s">
+        <x:v>254</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:191">
-[...1 lines deleted...]
-        <x:v>250</x:v>
+    <x:row r="77" spans="1:192">
+      <x:c r="A77" s="0" t="s">
+        <x:v>243</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:191">
-[...1 lines deleted...]
-        <x:v>251</x:v>
+    <x:row r="78" spans="1:192">
+      <x:c r="A78" s="0" t="s">
+        <x:v>255</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:191">
-[...1 lines deleted...]
-        <x:v>252</x:v>
+    <x:row r="79" spans="1:192">
+      <x:c r="A79" s="0" t="s">
+        <x:v>256</x:v>
       </x:c>
     </x:row>
-    <x:row r="76" spans="1:191">
-[...1 lines deleted...]
-        <x:v>253</x:v>
+    <x:row r="80" spans="1:192">
+      <x:c r="A80" s="0" t="s">
+        <x:v>243</x:v>
       </x:c>
     </x:row>
-    <x:row r="77" spans="1:191">
-[...1 lines deleted...]
-        <x:v>242</x:v>
+    <x:row r="81" spans="1:192">
+      <x:c r="A81" s="0" t="s">
+        <x:v>257</x:v>
       </x:c>
     </x:row>
-    <x:row r="78" spans="1:191">
-[...1 lines deleted...]
-        <x:v>254</x:v>
+    <x:row r="83" spans="1:192">
+      <x:c r="A83" s="0" t="s">
+        <x:v>258</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:191">
-[...19 lines deleted...]
-    <x:row r="84" spans="1:191">
+    <x:row r="84" spans="1:192">
       <x:c r="A84" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:191">
+    <x:row r="85" spans="1:192">
       <x:c r="A85" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
-    <x:row r="91" spans="1:191">
+    <x:row r="91" spans="1:192">
       <x:c r="A91" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
-    <x:row r="93" spans="1:191">
+    <x:row r="93" spans="1:192">
       <x:c r="A93" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
-    <x:row r="94" spans="1:191">
+    <x:row r="94" spans="1:192">
       <x:c r="A94" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
-    <x:row r="96" spans="1:191">
+    <x:row r="96" spans="1:192">
       <x:c r="A96" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
-    <x:row r="97" spans="1:191">
+    <x:row r="97" spans="1:192">
       <x:c r="A97" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Lpriser</vt:lpstr>
       <vt:lpstr>Lpriser!Print_Area</vt:lpstr>
       <vt:lpstr>Lpriser!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>