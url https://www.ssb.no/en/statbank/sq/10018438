--- v1 (2025-12-11)
+++ v2 (2026-01-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcefa9deaa2da4c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a98609b161aa4ef68bb34ebfc451d9f5.psmdcp" Id="Rda72c02e6c544c50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aacdf6520ed4231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/196809b56fd043ed93eda7e9b6b37db8.psmdcp" Id="Rf976e1a0599043c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lpriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="265" uniqueCount="265">
   <x:si>
     <x:t>09178: Imports of goods and services, by product, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million)</x:t>
   </x:si>
   <x:si>