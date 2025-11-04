--- v0 (2025-10-11)
+++ v1 (2025-11-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R499ace2ea0f94987" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/113c095f0af74eb5bfc6b027a87b4c17.psmdcp" Id="R46907e14e092462b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c6226f643db4e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a08834f37dfe4b96bca4ba4ed0558e9d.psmdcp" Id="R2688dc416b9a4ddb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BIF3" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="100">
   <x:si>
     <x:t>09181: Gross fixed capital formation and capital stocks, by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Gross fixed capital formation. Annual change in volume</x:t>
   </x:si>
   <x:si>