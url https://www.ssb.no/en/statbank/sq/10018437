--- v1 (2025-11-04)
+++ v2 (2025-11-26)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c6226f643db4e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a08834f37dfe4b96bca4ba4ed0558e9d.psmdcp" Id="R2688dc416b9a4ddb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e889878f94b483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a42a870838c344dc961034d0018f0da2.psmdcp" Id="R222c4cbbc42e4084" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BIF3" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="100">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99" uniqueCount="99">
   <x:si>
     <x:t>09181: Gross fixed capital formation and capital stocks, by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Gross fixed capital formation. Annual change in volume</x:t>
   </x:si>
   <x:si>
     <x:t>1970</x:t>
   </x:si>
   <x:si>
     <x:t>1971</x:t>
   </x:si>
   <x:si>
     <x:t>1972</x:t>
   </x:si>
   <x:si>
     <x:t>1973</x:t>
   </x:si>
   <x:si>
     <x:t>1974</x:t>
   </x:si>
   <x:si>
     <x:t>1975</x:t>
   </x:si>
   <x:si>
@@ -218,54 +218,51 @@
     <x:t>Ships and boats</x:t>
   </x:si>
   <x:si>
     <x:t>Other transport equipment</x:t>
   </x:si>
   <x:si>
     <x:t>Machinery and equipment</x:t>
   </x:si>
   <x:si>
     <x:t>Cultivated biological resources</x:t>
   </x:si>
   <x:si>
     <x:t>Intellectual property products, except oil exploration</x:t>
   </x:si>
   <x:si>
     <x:t>Acquisitions less disposals of valuables</x:t>
   </x:si>
   <x:si>
     <x:t>.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The components in constant prices do not add up to the totals due to separate chaining of the different levels.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Figures from 2022 onwards are preliminary.</x:t>
-[...2 lines deleted...]
-    <x:t>Figures at A64 level for the year 2021 were changed on 21 May 2024.</x:t>
+    <x:t>Figures from 2023 onwards are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>.. = Data not available. Figures have not been entered into our databases or are too unreliable to be published.</x:t>
   </x:si>
   <x:si>
     <x:t>. = Category not applicable. Figures do not exist at this time, because the category was not in use when the figures were collected.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Gross fixed capital formation. Annual change in volume:</x:t>
   </x:si>
   <x:si>
     <x:t>20250515 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
@@ -704,51 +701,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:BD68"/>
+  <x:dimension ref="A1:BD67"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="56" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:56">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:56">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:56">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
@@ -2440,213 +2437,208 @@
       </x:c>
       <x:c r="BD13" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:56">
       <x:c r="A15" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:56">
       <x:c r="A16" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:56">
       <x:c r="A17" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:56">
       <x:c r="A18" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:56">
-      <x:c r="A19" s="0" t="s">
+    <x:row r="20" spans="1:56">
+      <x:c r="A20" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:56">
       <x:c r="A21" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:56">
       <x:c r="A22" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:56">
-      <x:c r="A23" s="0" t="s">
+    <x:row r="24" spans="1:56">
+      <x:c r="A24" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:56">
       <x:c r="A25" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:56">
-      <x:c r="A26" s="0" t="s">
+    <x:row r="27" spans="1:56">
+      <x:c r="A27" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:56">
       <x:c r="A28" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:56">
       <x:c r="A29" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:56">
       <x:c r="A30" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:56">
       <x:c r="A31" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:56">
-      <x:c r="A32" s="0" t="s">
+    <x:row r="33" spans="1:56">
+      <x:c r="A33" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:56">
       <x:c r="A34" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:56">
       <x:c r="A35" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:56">
-      <x:c r="A36" s="0" t="s">
+    <x:row r="37" spans="1:56">
+      <x:c r="A37" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:56">
       <x:c r="A38" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:56">
       <x:c r="A39" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:56">
-      <x:c r="A40" s="0" t="s">
+    <x:row r="44" spans="1:56">
+      <x:c r="A44" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:56">
       <x:c r="A45" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:56">
       <x:c r="A46" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:56">
       <x:c r="A47" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:56">
       <x:c r="A48" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:56">
       <x:c r="A49" s="0" t="s">
-        <x:v>74</x:v>
-[...3 lines deleted...]
-      <x:c r="A50" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:56">
+      <x:c r="A51" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:56">
       <x:c r="A52" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:56">
       <x:c r="A53" s="0" t="s">
-        <x:v>1</x:v>
-[...4 lines deleted...]
-        <x:v>93</x:v>
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:56">
+      <x:c r="A56" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:56">
       <x:c r="A57" s="0" t="s">
-        <x:v>74</x:v>
-[...3 lines deleted...]
-      <x:c r="A58" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:56">
+      <x:c r="A61" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:56">
-      <x:c r="A62" s="0" t="s">
+    <x:row r="63" spans="1:56">
+      <x:c r="A63" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:56">
       <x:c r="A64" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
-    <x:row r="65" spans="1:56">
-      <x:c r="A65" s="0" t="s">
+    <x:row r="66" spans="1:56">
+      <x:c r="A66" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:56">
       <x:c r="A67" s="0" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>BIF3</vt:lpstr>
       <vt:lpstr>BIF3!Print_Area</vt:lpstr>
       <vt:lpstr>BIF3!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>