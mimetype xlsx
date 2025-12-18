--- v2 (2025-11-26)
+++ v3 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e889878f94b483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a42a870838c344dc961034d0018f0da2.psmdcp" Id="R222c4cbbc42e4084" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37b7c158ec974cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/555516b74fc9471fbf589e5033098917.psmdcp" Id="R09eda89d81e44023" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BIF3" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99" uniqueCount="99">
   <x:si>
     <x:t>09181: Gross fixed capital formation and capital stocks, by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Gross fixed capital formation. Annual change in volume</x:t>
   </x:si>
   <x:si>
@@ -218,66 +218,66 @@
     <x:t>Ships and boats</x:t>
   </x:si>
   <x:si>
     <x:t>Other transport equipment</x:t>
   </x:si>
   <x:si>
     <x:t>Machinery and equipment</x:t>
   </x:si>
   <x:si>
     <x:t>Cultivated biological resources</x:t>
   </x:si>
   <x:si>
     <x:t>Intellectual property products, except oil exploration</x:t>
   </x:si>
   <x:si>
     <x:t>Acquisitions less disposals of valuables</x:t>
   </x:si>
   <x:si>
     <x:t>.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The components in constant prices do not add up to the totals due to separate chaining of the different levels.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Figures from 2023 onwards are preliminary.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>.. = Data not available. Figures have not been entered into our databases or are too unreliable to be published.</x:t>
   </x:si>
   <x:si>
     <x:t>. = Category not applicable. Figures do not exist at this time, because the category was not in use when the figures were collected.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Gross fixed capital formation. Annual change in volume:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250515 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Johan Nitter-Hauge, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 83</x:t>
   </x:si>
   <x:si>
     <x:t>jni@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Steinar Todsen, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 95 91 00 74</x:t>
   </x:si>
@@ -898,207 +898,207 @@
       </x:c>
       <x:c r="BA4" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="BB4" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="BC4" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="BD4" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:56">
       <x:c r="A5" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B5" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C5" s="4" t="n">
         <x:v>8.7</x:v>
       </x:c>
       <x:c r="D5" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="E5" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="G5" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="I5" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="J5" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="K5" s="4" t="n">
         <x:v>-2.9</x:v>
       </x:c>
       <x:c r="L5" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="M5" s="4" t="n">
         <x:v>-0.5</x:v>
       </x:c>
       <x:c r="N5" s="4" t="n">
         <x:v>-4.1</x:v>
       </x:c>
       <x:c r="O5" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="P5" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="R5" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.5</x:v>
       </x:c>
       <x:c r="S5" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="T5" s="4" t="n">
         <x:v>-3.6</x:v>
       </x:c>
       <x:c r="U5" s="4" t="n">
         <x:v>-13.7</x:v>
       </x:c>
       <x:c r="V5" s="4" t="n">
         <x:v>-11.4</x:v>
       </x:c>
       <x:c r="W5" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
       <x:c r="X5" s="4" t="n">
         <x:v>-2.1</x:v>
       </x:c>
       <x:c r="Y5" s="4" t="n">
-        <x:v>-4.7</x:v>
+        <x:v>-4.6</x:v>
       </x:c>
       <x:c r="Z5" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="AA5" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>13.5</x:v>
       </x:c>
       <x:c r="AB5" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="AC5" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="AD5" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="AE5" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="AF5" s="4" t="n">
         <x:v>-1.3</x:v>
       </x:c>
       <x:c r="AG5" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AH5" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="AI5" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="AJ5" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>12.3</x:v>
       </x:c>
       <x:c r="AK5" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="AL5" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="AM5" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>12.4</x:v>
       </x:c>
       <x:c r="AN5" s="4" t="n">
-        <x:v>-3.4</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="AO5" s="4" t="n">
-        <x:v>-11.3</x:v>
+        <x:v>-13.1</x:v>
       </x:c>
       <x:c r="AP5" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>-6.1</x:v>
       </x:c>
       <x:c r="AQ5" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="AR5" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="AS5" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="AT5" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="AU5" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="AV5" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="AW5" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="AX5" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>-3.6</x:v>
       </x:c>
       <x:c r="AY5" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="AZ5" s="4" t="n">
         <x:v>-4</x:v>
       </x:c>
       <x:c r="BA5" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="BB5" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="BC5" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>-11.4</x:v>
       </x:c>
       <x:c r="BD5" s="4" t="n">
-        <x:v>-9.6</x:v>
+        <x:v>-7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:56">
       <x:c r="A6" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>110.2</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>-37.8</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
         <x:v>227</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>55.4</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
         <x:v>12.9</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
@@ -1155,800 +1155,800 @@
       <x:c r="Y6" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="Z6" s="4" t="n">
         <x:v>10.5</x:v>
       </x:c>
       <x:c r="AA6" s="4" t="n">
         <x:v>-19.9</x:v>
       </x:c>
       <x:c r="AB6" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="AC6" s="4" t="n">
         <x:v>30.1</x:v>
       </x:c>
       <x:c r="AD6" s="4" t="n">
         <x:v>10.3</x:v>
       </x:c>
       <x:c r="AE6" s="4" t="n">
         <x:v>-17.4</x:v>
       </x:c>
       <x:c r="AF6" s="4" t="n">
         <x:v>-6.6</x:v>
       </x:c>
       <x:c r="AG6" s="4" t="n">
-        <x:v>13.7</x:v>
+        <x:v>14.1</x:v>
       </x:c>
       <x:c r="AH6" s="4" t="n">
-        <x:v>-18.9</x:v>
+        <x:v>-18.5</x:v>
       </x:c>
       <x:c r="AI6" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="AJ6" s="4" t="n">
+        <x:v>13.1</x:v>
+      </x:c>
+      <x:c r="AK6" s="4" t="n">
+        <x:v>40.7</x:v>
+      </x:c>
+      <x:c r="AL6" s="4" t="n">
+        <x:v>-4.9</x:v>
+      </x:c>
+      <x:c r="AM6" s="4" t="n">
+        <x:v>15.3</x:v>
+      </x:c>
+      <x:c r="AN6" s="4" t="n">
+        <x:v>6.3</x:v>
+      </x:c>
+      <x:c r="AO6" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
-      <x:c r="AJ6" s="4" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="AP6" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="AQ6" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="AR6" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="AS6" s="4" t="n">
-        <x:v>22.7</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="AT6" s="4" t="n">
-        <x:v>-4.6</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="AU6" s="4" t="n">
-        <x:v>-8.2</x:v>
+        <x:v>-7.8</x:v>
       </x:c>
       <x:c r="AV6" s="4" t="n">
-        <x:v>-18.9</x:v>
+        <x:v>-18.5</x:v>
       </x:c>
       <x:c r="AW6" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="AX6" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="AY6" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="AZ6" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="BA6" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="BB6" s="4" t="n">
-        <x:v>-11.1</x:v>
+        <x:v>-9.9</x:v>
       </x:c>
       <x:c r="BC6" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="BD6" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:56">
       <x:c r="A7" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
         <x:v>76.1</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>76.7</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
         <x:v>18.4</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>46.4</x:v>
+        <x:v>46.3</x:v>
       </x:c>
       <x:c r="I7" s="4" t="n">
         <x:v>23.6</x:v>
       </x:c>
       <x:c r="J7" s="4" t="n">
         <x:v>-58.6</x:v>
       </x:c>
       <x:c r="K7" s="4" t="n">
         <x:v>80.9</x:v>
       </x:c>
       <x:c r="L7" s="4" t="n">
         <x:v>-19.7</x:v>
       </x:c>
       <x:c r="M7" s="4" t="n">
-        <x:v>-13.9</x:v>
+        <x:v>-14</x:v>
       </x:c>
       <x:c r="N7" s="4" t="n">
-        <x:v>31.3</x:v>
+        <x:v>31.4</x:v>
       </x:c>
       <x:c r="O7" s="4" t="n">
-        <x:v>45.5</x:v>
+        <x:v>45.4</x:v>
       </x:c>
       <x:c r="P7" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="n">
         <x:v>21.2</x:v>
       </x:c>
       <x:c r="R7" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="S7" s="4" t="n">
         <x:v>-5.6</x:v>
       </x:c>
       <x:c r="T7" s="4" t="n">
         <x:v>-24.8</x:v>
       </x:c>
       <x:c r="U7" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="V7" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="W7" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="X7" s="4" t="n">
         <x:v>15.7</x:v>
       </x:c>
       <x:c r="Y7" s="4" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="Z7" s="4" t="n">
         <x:v>-22.7</x:v>
       </x:c>
       <x:c r="AA7" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
       <x:c r="AB7" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="AC7" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="AD7" s="4" t="n">
-        <x:v>35.4</x:v>
+        <x:v>35.6</x:v>
       </x:c>
       <x:c r="AE7" s="4" t="n">
-        <x:v>-21.6</x:v>
+        <x:v>-21.7</x:v>
       </x:c>
       <x:c r="AF7" s="4" t="n">
-        <x:v>-18.7</x:v>
+        <x:v>-18.6</x:v>
       </x:c>
       <x:c r="AG7" s="4" t="n">
-        <x:v>-18.6</x:v>
+        <x:v>-18.3</x:v>
       </x:c>
       <x:c r="AH7" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="AI7" s="4" t="n">
-        <x:v>-21.2</x:v>
+        <x:v>-20.9</x:v>
       </x:c>
       <x:c r="AJ7" s="4" t="n">
+        <x:v>8.5</x:v>
+      </x:c>
+      <x:c r="AK7" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="AK7" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="AL7" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="AM7" s="4" t="n">
-        <x:v>54.1</x:v>
+        <x:v>55.2</x:v>
       </x:c>
       <x:c r="AN7" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>13.8</x:v>
       </x:c>
       <x:c r="AO7" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="AP7" s="4" t="n">
-        <x:v>-27</x:v>
+        <x:v>-26.9</x:v>
       </x:c>
       <x:c r="AQ7" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>18.7</x:v>
       </x:c>
       <x:c r="AR7" s="4" t="n">
-        <x:v>44.2</x:v>
+        <x:v>44.6</x:v>
       </x:c>
       <x:c r="AS7" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="AT7" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="AU7" s="4" t="n">
-        <x:v>-19.1</x:v>
+        <x:v>-18.5</x:v>
       </x:c>
       <x:c r="AV7" s="4" t="n">
-        <x:v>-12.9</x:v>
+        <x:v>-13</x:v>
       </x:c>
       <x:c r="AW7" s="4" t="n">
-        <x:v>-4.9</x:v>
+        <x:v>-4.4</x:v>
       </x:c>
       <x:c r="AX7" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="AY7" s="4" t="n">
-        <x:v>20.9</x:v>
+        <x:v>21.4</x:v>
       </x:c>
       <x:c r="AZ7" s="4" t="n">
-        <x:v>-8.7</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
       <x:c r="BA7" s="4" t="n">
-        <x:v>-11.3</x:v>
+        <x:v>-11.1</x:v>
       </x:c>
       <x:c r="BB7" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-5.7</x:v>
       </x:c>
       <x:c r="BC7" s="4" t="n">
-        <x:v>25.2</x:v>
+        <x:v>27.3</x:v>
       </x:c>
       <x:c r="BD7" s="4" t="n">
-        <x:v>20.7</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:56">
       <x:c r="A8" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>26.2</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>-15</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>36.4</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>-26</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
         <x:v>-20.9</x:v>
       </x:c>
       <x:c r="J8" s="4" t="n">
         <x:v>-36.2</x:v>
       </x:c>
       <x:c r="K8" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L8" s="4" t="n">
         <x:v>-34.9</x:v>
       </x:c>
       <x:c r="M8" s="4" t="n">
         <x:v>74.1</x:v>
       </x:c>
       <x:c r="N8" s="4" t="n">
         <x:v>18.6</x:v>
       </x:c>
       <x:c r="O8" s="4" t="n">
         <x:v>-38.6</x:v>
       </x:c>
       <x:c r="P8" s="4" t="n">
-        <x:v>-33.5</x:v>
+        <x:v>-33.4</x:v>
       </x:c>
       <x:c r="Q8" s="4" t="n">
-        <x:v>-77.5</x:v>
+        <x:v>-77.1</x:v>
       </x:c>
       <x:c r="R8" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S8" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="T8" s="4" t="n">
-        <x:v>482.7</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U8" s="4" t="n">
         <x:v>33.2</x:v>
       </x:c>
       <x:c r="V8" s="4" t="n">
-        <x:v>-51.1</x:v>
+        <x:v>-51</x:v>
       </x:c>
       <x:c r="W8" s="4" t="n">
-        <x:v>-25.9</x:v>
+        <x:v>-25.8</x:v>
       </x:c>
       <x:c r="X8" s="4" t="n">
-        <x:v>-54.2</x:v>
+        <x:v>-54.1</x:v>
       </x:c>
       <x:c r="Y8" s="4" t="n">
-        <x:v>113</x:v>
+        <x:v>112.6</x:v>
       </x:c>
       <x:c r="Z8" s="4" t="n">
         <x:v>-10.5</x:v>
       </x:c>
       <x:c r="AA8" s="4" t="n">
-        <x:v>-8</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="AB8" s="4" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.4</x:v>
       </x:c>
       <x:c r="AC8" s="4" t="n">
-        <x:v>81.9</x:v>
+        <x:v>81.8</x:v>
       </x:c>
       <x:c r="AD8" s="4" t="n">
-        <x:v>13.1</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="AE8" s="4" t="n">
         <x:v>-11.1</x:v>
       </x:c>
       <x:c r="AF8" s="4" t="n">
         <x:v>22.7</x:v>
       </x:c>
       <x:c r="AG8" s="4" t="n">
-        <x:v>-21.4</x:v>
+        <x:v>-20.6</x:v>
       </x:c>
       <x:c r="AH8" s="4" t="n">
-        <x:v>-48.3</x:v>
+        <x:v>-48</x:v>
       </x:c>
       <x:c r="AI8" s="4" t="n">
-        <x:v>41.9</x:v>
+        <x:v>44.2</x:v>
       </x:c>
       <x:c r="AJ8" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="AK8" s="4" t="n">
-        <x:v>26.1</x:v>
+        <x:v>24.8</x:v>
       </x:c>
       <x:c r="AL8" s="4" t="n">
-        <x:v>54</x:v>
+        <x:v>55.7</x:v>
       </x:c>
       <x:c r="AM8" s="4" t="n">
-        <x:v>-16.7</x:v>
+        <x:v>-16.1</x:v>
       </x:c>
       <x:c r="AN8" s="4" t="n">
-        <x:v>-8.4</x:v>
+        <x:v>-9.8</x:v>
       </x:c>
       <x:c r="AO8" s="4" t="n">
-        <x:v>28.4</x:v>
+        <x:v>30.8</x:v>
       </x:c>
       <x:c r="AP8" s="4" t="n">
-        <x:v>-28</x:v>
+        <x:v>-26.3</x:v>
       </x:c>
       <x:c r="AQ8" s="4" t="n">
-        <x:v>45.9</x:v>
+        <x:v>46.5</x:v>
       </x:c>
       <x:c r="AR8" s="4" t="n">
-        <x:v>-44</x:v>
+        <x:v>-43.5</x:v>
       </x:c>
       <x:c r="AS8" s="4" t="n">
-        <x:v>-46.3</x:v>
+        <x:v>-47.7</x:v>
       </x:c>
       <x:c r="AT8" s="4" t="n">
+        <x:v>-18.3</x:v>
+      </x:c>
+      <x:c r="AU8" s="4" t="n">
+        <x:v>-55.2</x:v>
+      </x:c>
+      <x:c r="AV8" s="4" t="n">
+        <x:v>415.9</x:v>
+      </x:c>
+      <x:c r="AW8" s="4" t="n">
+        <x:v>-52.4</x:v>
+      </x:c>
+      <x:c r="AX8" s="4" t="n">
+        <x:v>64.9</x:v>
+      </x:c>
+      <x:c r="AY8" s="4" t="n">
+        <x:v>130.8</x:v>
+      </x:c>
+      <x:c r="AZ8" s="4" t="n">
         <x:v>-20.4</x:v>
       </x:c>
-      <x:c r="AU8" s="4" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="BA8" s="4" t="n">
-        <x:v>19.1</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="BB8" s="4" t="n">
-        <x:v>-32.8</x:v>
+        <x:v>-34.4</x:v>
       </x:c>
       <x:c r="BC8" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="BD8" s="4" t="n">
-        <x:v>17.1</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:56">
       <x:c r="A9" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-6.6</x:v>
+        <x:v>-6.5</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>14.6</x:v>
+        <x:v>14.5</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="K9" s="4" t="n">
         <x:v>-6.6</x:v>
       </x:c>
       <x:c r="L9" s="4" t="n">
         <x:v>-5</x:v>
       </x:c>
       <x:c r="M9" s="4" t="n">
-        <x:v>18.1</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="N9" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="O9" s="4" t="n">
         <x:v>-1.1</x:v>
       </x:c>
       <x:c r="P9" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="R9" s="4" t="n">
-        <x:v>26.2</x:v>
+        <x:v>26.1</x:v>
       </x:c>
       <x:c r="S9" s="4" t="n">
         <x:v>-29.4</x:v>
       </x:c>
       <x:c r="T9" s="4" t="n">
-        <x:v>-31.7</x:v>
+        <x:v>-31.6</x:v>
       </x:c>
       <x:c r="U9" s="4" t="n">
-        <x:v>-17.6</x:v>
+        <x:v>-17.5</x:v>
       </x:c>
       <x:c r="V9" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="W9" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="X9" s="4" t="n">
         <x:v>-6.9</x:v>
       </x:c>
       <x:c r="Y9" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="Z9" s="4" t="n">
-        <x:v>39.4</x:v>
+        <x:v>39.1</x:v>
       </x:c>
       <x:c r="AA9" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="AB9" s="4" t="n">
         <x:v>17.8</x:v>
       </x:c>
       <x:c r="AC9" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="AD9" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>14.2</x:v>
       </x:c>
       <x:c r="AE9" s="4" t="n">
-        <x:v>-11.9</x:v>
+        <x:v>-11.8</x:v>
       </x:c>
       <x:c r="AF9" s="4" t="n">
-        <x:v>-23.6</x:v>
+        <x:v>-23.5</x:v>
       </x:c>
       <x:c r="AG9" s="4" t="n">
+        <x:v>11.9</x:v>
+      </x:c>
+      <x:c r="AH9" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="AI9" s="4" t="n">
+        <x:v>-39.3</x:v>
+      </x:c>
+      <x:c r="AJ9" s="4" t="n">
+        <x:v>-8.5</x:v>
+      </x:c>
+      <x:c r="AK9" s="4" t="n">
+        <x:v>103.3</x:v>
+      </x:c>
+      <x:c r="AL9" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="AM9" s="4" t="n">
+        <x:v>64.4</x:v>
+      </x:c>
+      <x:c r="AN9" s="4" t="n">
+        <x:v>-11.7</x:v>
+      </x:c>
+      <x:c r="AO9" s="4" t="n">
+        <x:v>-28.2</x:v>
+      </x:c>
+      <x:c r="AP9" s="4" t="n">
+        <x:v>15.8</x:v>
+      </x:c>
+      <x:c r="AQ9" s="4" t="n">
+        <x:v>6.4</x:v>
+      </x:c>
+      <x:c r="AR9" s="4" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="AS9" s="4" t="n">
+        <x:v>-0.6</x:v>
+      </x:c>
+      <x:c r="AT9" s="4" t="n">
+        <x:v>-22.1</x:v>
+      </x:c>
+      <x:c r="AU9" s="4" t="n">
+        <x:v>13.1</x:v>
+      </x:c>
+      <x:c r="AV9" s="4" t="n">
+        <x:v>40.3</x:v>
+      </x:c>
+      <x:c r="AW9" s="4" t="n">
+        <x:v>9.7</x:v>
+      </x:c>
+      <x:c r="AX9" s="4" t="n">
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="AY9" s="4" t="n">
+        <x:v>11.8</x:v>
+      </x:c>
+      <x:c r="AZ9" s="4" t="n">
+        <x:v>-4.9</x:v>
+      </x:c>
+      <x:c r="BA9" s="4" t="n">
         <x:v>11.1</x:v>
       </x:c>
-      <x:c r="AH9" s="4" t="n">
-[...58 lines deleted...]
-      </x:c>
       <x:c r="BB9" s="4" t="n">
-        <x:v>44.6</x:v>
+        <x:v>37.2</x:v>
       </x:c>
       <x:c r="BC9" s="4" t="n">
-        <x:v>-8.9</x:v>
+        <x:v>-9.6</x:v>
       </x:c>
       <x:c r="BD9" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:56">
       <x:c r="A10" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>12.4</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>12.6</x:v>
+        <x:v>12.5</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>12.4</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>16.5</x:v>
+        <x:v>16.4</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>-6.5</x:v>
       </x:c>
       <x:c r="K10" s="4" t="n">
         <x:v>-3</x:v>
       </x:c>
       <x:c r="L10" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="M10" s="4" t="n">
         <x:v>10.2</x:v>
       </x:c>
       <x:c r="N10" s="4" t="n">
         <x:v>-1.9</x:v>
       </x:c>
       <x:c r="O10" s="4" t="n">
         <x:v>-2.9</x:v>
       </x:c>
       <x:c r="P10" s="4" t="n">
         <x:v>10.9</x:v>
       </x:c>
       <x:c r="Q10" s="4" t="n">
         <x:v>10.2</x:v>
       </x:c>
       <x:c r="R10" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="S10" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="T10" s="4" t="n">
         <x:v>-2.1</x:v>
       </x:c>
       <x:c r="U10" s="4" t="n">
-        <x:v>-15.2</x:v>
+        <x:v>-15.1</x:v>
       </x:c>
       <x:c r="V10" s="4" t="n">
         <x:v>-1.1</x:v>
       </x:c>
       <x:c r="W10" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="X10" s="4" t="n">
         <x:v>-0.7</x:v>
       </x:c>
       <x:c r="Y10" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="Z10" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="AA10" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="AB10" s="4" t="n">
-        <x:v>13.8</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="AC10" s="4" t="n">
         <x:v>20.1</x:v>
       </x:c>
       <x:c r="AD10" s="4" t="n">
-        <x:v>15.2</x:v>
+        <x:v>15.1</x:v>
       </x:c>
       <x:c r="AE10" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="AF10" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="AG10" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="AH10" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>11.5</x:v>
       </x:c>
       <x:c r="AI10" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="AJ10" s="4" t="n">
-        <x:v>17.7</x:v>
+        <x:v>18.4</x:v>
       </x:c>
       <x:c r="AK10" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="AL10" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>11.8</x:v>
       </x:c>
       <x:c r="AM10" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="AN10" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="AO10" s="4" t="n">
-        <x:v>-15.3</x:v>
+        <x:v>-15.5</x:v>
       </x:c>
       <x:c r="AP10" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="AQ10" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="AR10" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>12.8</x:v>
       </x:c>
       <x:c r="AS10" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="AT10" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="AU10" s="4" t="n">
-        <x:v>-8</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
       <x:c r="AV10" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="AW10" s="4" t="n">
-        <x:v>12.4</x:v>
+        <x:v>12.6</x:v>
       </x:c>
       <x:c r="AX10" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>12.8</x:v>
       </x:c>
       <x:c r="AY10" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="AZ10" s="4" t="n">
-        <x:v>-9.7</x:v>
+        <x:v>-10.5</x:v>
       </x:c>
       <x:c r="BA10" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="BB10" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-9.3</x:v>
       </x:c>
       <x:c r="BC10" s="4" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="BD10" s="4" t="n">
         <x:v>5.3</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:56">
       <x:c r="A11" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
@@ -2085,210 +2085,210 @@
       </x:c>
       <x:c r="AZ11" s="4" t="n">
         <x:v>643.5</x:v>
       </x:c>
       <x:c r="BA11" s="4" t="n">
         <x:v>-60.3</x:v>
       </x:c>
       <x:c r="BB11" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="BC11" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="BD11" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:56">
       <x:c r="A12" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
         <x:v>-4.9</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="J12" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="K12" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="L12" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="M12" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="N12" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="O12" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="P12" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>14.6</x:v>
       </x:c>
       <x:c r="Q12" s="4" t="n">
         <x:v>16.3</x:v>
       </x:c>
       <x:c r="R12" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="S12" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="T12" s="4" t="n">
-        <x:v>-3.6</x:v>
+        <x:v>-3.5</x:v>
       </x:c>
       <x:c r="U12" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="V12" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="W12" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="X12" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="Y12" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>16.2</x:v>
       </x:c>
       <x:c r="Z12" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="AA12" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="AB12" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="AC12" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AD12" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="AE12" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="AF12" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AG12" s="4" t="n">
+        <x:v>9.3</x:v>
+      </x:c>
+      <x:c r="AH12" s="4" t="n">
+        <x:v>6.9</x:v>
+      </x:c>
+      <x:c r="AI12" s="4" t="n">
+        <x:v>13.1</x:v>
+      </x:c>
+      <x:c r="AJ12" s="4" t="n">
         <x:v>9.2</x:v>
       </x:c>
-      <x:c r="AH12" s="4" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="AK12" s="4" t="n">
-        <x:v>-10</x:v>
+        <x:v>-11.2</x:v>
       </x:c>
       <x:c r="AL12" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="AM12" s="4" t="n">
-        <x:v>21.1</x:v>
+        <x:v>21.9</x:v>
       </x:c>
       <x:c r="AN12" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="AO12" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="AP12" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
-      <x:c r="AP12" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="AQ12" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="AR12" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="AS12" s="4" t="n">
-        <x:v>13.2</x:v>
+        <x:v>13.1</x:v>
       </x:c>
       <x:c r="AT12" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="AU12" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="AV12" s="4" t="n">
-        <x:v>15.5</x:v>
+        <x:v>17.8</x:v>
       </x:c>
       <x:c r="AW12" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="AX12" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="AY12" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="AZ12" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="BA12" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
       <x:c r="BB12" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="BC12" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="BD12" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:56">
       <x:c r="A13" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E13" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F13" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">