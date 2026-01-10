--- v3 (2025-12-18)
+++ v4 (2026-01-10)
@@ -1,40 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="els" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37b7c158ec974cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/555516b74fc9471fbf589e5033098917.psmdcp" Id="R09eda89d81e44023" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf351557625934a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ddbe74d781fc4721b87c4d180d079bf9.psmdcp" Id="R50e1793c268b4b9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BIF3" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99" uniqueCount="99">
   <x:si>
     <x:t>09181: Gross fixed capital formation and capital stocks, by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Gross fixed capital formation. Annual change in volume</x:t>
   </x:si>
   <x:si>