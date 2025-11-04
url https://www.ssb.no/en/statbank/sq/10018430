--- v0 (2025-10-11)
+++ v1 (2025-11-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0a6d9d307624c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/55e3f17a24804c0a90661ac40544cf68.psmdcp" Id="R5b926663134448bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re87dcbc7904844ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/177b21efaec34b14896688ad9a8dc4cc.psmdcp" Id="Red08da45f8664940" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BIF" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="98">
   <x:si>
     <x:t>09181: Gross fixed capital formation and capital stocks, by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Gross fixed capital formation. Current prices (NOK million)</x:t>
   </x:si>
   <x:si>