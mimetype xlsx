--- v1 (2025-11-04)
+++ v2 (2025-11-26)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re87dcbc7904844ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/177b21efaec34b14896688ad9a8dc4cc.psmdcp" Id="Red08da45f8664940" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86f3c5f933964817" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e9f10951a3747a4a8c5621e244889f8.psmdcp" Id="Re1e8a1dacbd54021" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BIF" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="98">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="97">
   <x:si>
     <x:t>09181: Gross fixed capital formation and capital stocks, by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Gross fixed capital formation. Current prices (NOK million)</x:t>
   </x:si>
   <x:si>
     <x:t>1970</x:t>
   </x:si>
   <x:si>
     <x:t>1971</x:t>
   </x:si>
   <x:si>
     <x:t>1972</x:t>
   </x:si>
   <x:si>
     <x:t>1973</x:t>
   </x:si>
   <x:si>
     <x:t>1974</x:t>
   </x:si>
   <x:si>
     <x:t>1975</x:t>
   </x:si>
   <x:si>
@@ -215,54 +215,51 @@
     <x:t>Ships and boats</x:t>
   </x:si>
   <x:si>
     <x:t>Other transport equipment</x:t>
   </x:si>
   <x:si>
     <x:t>Machinery and equipment</x:t>
   </x:si>
   <x:si>
     <x:t>Cultivated biological resources</x:t>
   </x:si>
   <x:si>
     <x:t>Intellectual property products, except oil exploration</x:t>
   </x:si>
   <x:si>
     <x:t>Acquisitions less disposals of valuables</x:t>
   </x:si>
   <x:si>
     <x:t>.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The components in constant prices do not add up to the totals due to separate chaining of the different levels.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Figures from 2022 onwards are preliminary.</x:t>
-[...2 lines deleted...]
-    <x:t>Figures at A64 level for the year 2021 were changed on 21 May 2024.</x:t>
+    <x:t>Figures from 2023 onwards are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>. = Category not applicable. Figures do not exist at this time, because the category was not in use when the figures were collected.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Gross fixed capital formation. Current prices (NOK million):</x:t>
   </x:si>
   <x:si>
     <x:t>20250515 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Johan Nitter-Hauge, Statistics Norway</x:t>
   </x:si>
@@ -698,51 +695,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:BD67"/>
+  <x:dimension ref="A1:BD66"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="56" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:56">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:56">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:56">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
@@ -2429,213 +2426,208 @@
       <x:c r="BB13" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="BC13" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="BD13" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:56">
       <x:c r="A15" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:56">
       <x:c r="A16" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:56">
       <x:c r="A17" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:56">
-      <x:c r="A18" s="0" t="s">
+    <x:row r="19" spans="1:56">
+      <x:c r="A19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:56">
       <x:c r="A20" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:56">
       <x:c r="A21" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:56">
-      <x:c r="A22" s="0" t="s">
+    <x:row r="23" spans="1:56">
+      <x:c r="A23" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:56">
       <x:c r="A24" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:56">
-      <x:c r="A25" s="0" t="s">
+    <x:row r="26" spans="1:56">
+      <x:c r="A26" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:56">
       <x:c r="A27" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:56">
       <x:c r="A28" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:56">
       <x:c r="A29" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:56">
       <x:c r="A30" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:56">
-      <x:c r="A31" s="0" t="s">
+    <x:row r="32" spans="1:56">
+      <x:c r="A32" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:56">
       <x:c r="A33" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:56">
       <x:c r="A34" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:56">
-      <x:c r="A35" s="0" t="s">
+    <x:row r="36" spans="1:56">
+      <x:c r="A36" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:56">
       <x:c r="A37" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:56">
       <x:c r="A38" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:56">
-      <x:c r="A39" s="0" t="s">
+    <x:row r="43" spans="1:56">
+      <x:c r="A43" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:56">
       <x:c r="A44" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:56">
       <x:c r="A45" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:56">
       <x:c r="A46" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:56">
       <x:c r="A47" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:56">
       <x:c r="A48" s="0" t="s">
-        <x:v>72</x:v>
-[...3 lines deleted...]
-      <x:c r="A49" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:56">
+      <x:c r="A50" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:56">
       <x:c r="A51" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:56">
       <x:c r="A52" s="0" t="s">
-        <x:v>1</x:v>
-[...4 lines deleted...]
-        <x:v>91</x:v>
+        <x:v>90</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:56">
+      <x:c r="A55" s="0" t="s">
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:56">
       <x:c r="A56" s="0" t="s">
-        <x:v>72</x:v>
-[...3 lines deleted...]
-      <x:c r="A57" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:56">
+      <x:c r="A60" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:56">
-      <x:c r="A61" s="0" t="s">
+    <x:row r="62" spans="1:56">
+      <x:c r="A62" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:56">
       <x:c r="A63" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:56">
-      <x:c r="A64" s="0" t="s">
+    <x:row r="65" spans="1:56">
+      <x:c r="A65" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:56">
       <x:c r="A66" s="0" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>BIF</vt:lpstr>
       <vt:lpstr>BIF!Print_Area</vt:lpstr>
       <vt:lpstr>BIF!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>