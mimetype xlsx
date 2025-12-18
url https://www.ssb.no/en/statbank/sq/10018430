--- v2 (2025-11-26)
+++ v3 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86f3c5f933964817" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e9f10951a3747a4a8c5621e244889f8.psmdcp" Id="Re1e8a1dacbd54021" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6236fb2ff0b4bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/124c217666dd496eb9861cc5e2718506.psmdcp" Id="Re780f0a5933c4f4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BIF" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="97">
   <x:si>
     <x:t>09181: Gross fixed capital formation and capital stocks, by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Gross fixed capital formation. Current prices (NOK million)</x:t>
   </x:si>
   <x:si>
@@ -215,63 +215,63 @@
     <x:t>Ships and boats</x:t>
   </x:si>
   <x:si>
     <x:t>Other transport equipment</x:t>
   </x:si>
   <x:si>
     <x:t>Machinery and equipment</x:t>
   </x:si>
   <x:si>
     <x:t>Cultivated biological resources</x:t>
   </x:si>
   <x:si>
     <x:t>Intellectual property products, except oil exploration</x:t>
   </x:si>
   <x:si>
     <x:t>Acquisitions less disposals of valuables</x:t>
   </x:si>
   <x:si>
     <x:t>.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The components in constant prices do not add up to the totals due to separate chaining of the different levels.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Figures from 2023 onwards are preliminary.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>. = Category not applicable. Figures do not exist at this time, because the category was not in use when the figures were collected.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Gross fixed capital formation. Current prices (NOK million):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250515 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Johan Nitter-Hauge, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 83</x:t>
   </x:si>
   <x:si>
     <x:t>jni@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Steinar Todsen, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 95 91 00 74</x:t>
   </x:si>
@@ -886,213 +886,213 @@
       </x:c>
       <x:c r="AY4" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="AZ4" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="BA4" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="BB4" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="BC4" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="BD4" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:56">
       <x:c r="A5" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>13497</x:v>
+        <x:v>13513</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>15562</x:v>
+        <x:v>15579</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>17416</x:v>
+        <x:v>17433</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>19027</x:v>
+        <x:v>19045</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>23017</x:v>
+        <x:v>23039</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>26919</x:v>
+        <x:v>26942</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>30233</x:v>
+        <x:v>30268</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>34921</x:v>
+        <x:v>34957</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>39413</x:v>
+        <x:v>39452</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>40224</x:v>
+        <x:v>40266</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>44703</x:v>
+        <x:v>44734</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>48716</x:v>
+        <x:v>48752</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>50931</x:v>
+        <x:v>51018</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>54324</x:v>
+        <x:v>54376</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>57582</x:v>
+        <x:v>57642</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>61088</x:v>
+        <x:v>61150</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>73328</x:v>
+        <x:v>73441</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>85432</x:v>
+        <x:v>85565</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>89633</x:v>
+        <x:v>89785</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>76677</x:v>
+        <x:v>76826</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>67002</x:v>
+        <x:v>67152</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>63814</x:v>
+        <x:v>64006</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>62545</x:v>
+        <x:v>62742</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>59927</x:v>
+        <x:v>60144</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>68436</x:v>
+        <x:v>68617</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>82182</x:v>
+        <x:v>82333</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>90317</x:v>
+        <x:v>90476</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>100453</x:v>
+        <x:v>100641</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>108893</x:v>
+        <x:v>109099</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>113234</x:v>
+        <x:v>113476</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>117245</x:v>
+        <x:v>117524</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>125461</x:v>
+        <x:v>126164</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>128688</x:v>
+        <x:v>130204</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>139012</x:v>
+        <x:v>139228</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>162414</x:v>
+        <x:v>166794</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>186877</x:v>
+        <x:v>186801</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>219254</x:v>
+        <x:v>224130</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>260597</x:v>
+        <x:v>270605</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>265969</x:v>
+        <x:v>284922</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>241829</x:v>
+        <x:v>254001</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>238167</x:v>
+        <x:v>247682</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>267608</x:v>
+        <x:v>281233</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>291836</x:v>
+        <x:v>306879</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>312931</x:v>
+        <x:v>328831</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>336335</x:v>
+        <x:v>356714</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>355004</x:v>
+        <x:v>379008</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>388360</x:v>
+        <x:v>415990</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>412243</x:v>
+        <x:v>440298</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>414130</x:v>
+        <x:v>439660</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>439689</x:v>
+        <x:v>473485</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>433479</x:v>
+        <x:v>466704</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>472752</x:v>
+        <x:v>515976</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>517547</x:v>
+        <x:v>584100</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>495762</x:v>
+        <x:v>542471</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>465861</x:v>
+        <x:v>520993</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:56">
       <x:c r="A6" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>704</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>460</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>1652</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
         <x:v>3006</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
         <x:v>3821</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
@@ -1149,120 +1149,120 @@
       <x:c r="Y6" s="3" t="n">
         <x:v>19868</x:v>
       </x:c>
       <x:c r="Z6" s="3" t="n">
         <x:v>21459</x:v>
       </x:c>
       <x:c r="AA6" s="3" t="n">
         <x:v>17815</x:v>
       </x:c>
       <x:c r="AB6" s="3" t="n">
         <x:v>20226</x:v>
       </x:c>
       <x:c r="AC6" s="3" t="n">
         <x:v>27939</x:v>
       </x:c>
       <x:c r="AD6" s="3" t="n">
         <x:v>32761</x:v>
       </x:c>
       <x:c r="AE6" s="3" t="n">
         <x:v>28192</x:v>
       </x:c>
       <x:c r="AF6" s="3" t="n">
         <x:v>26458</x:v>
       </x:c>
       <x:c r="AG6" s="3" t="n">
-        <x:v>33102</x:v>
+        <x:v>33232</x:v>
       </x:c>
       <x:c r="AH6" s="3" t="n">
-        <x:v>26701</x:v>
+        <x:v>26918</x:v>
       </x:c>
       <x:c r="AI6" s="3" t="n">
-        <x:v>28355</x:v>
+        <x:v>28667</x:v>
       </x:c>
       <x:c r="AJ6" s="3" t="n">
-        <x:v>31704</x:v>
+        <x:v>32121</x:v>
       </x:c>
       <x:c r="AK6" s="3" t="n">
-        <x:v>46303</x:v>
+        <x:v>47050</x:v>
       </x:c>
       <x:c r="AL6" s="3" t="n">
-        <x:v>45426</x:v>
+        <x:v>46423</x:v>
       </x:c>
       <x:c r="AM6" s="3" t="n">
-        <x:v>56407</x:v>
+        <x:v>57950</x:v>
       </x:c>
       <x:c r="AN6" s="3" t="n">
-        <x:v>64523</x:v>
+        <x:v>66623</x:v>
       </x:c>
       <x:c r="AO6" s="3" t="n">
-        <x:v>71049</x:v>
+        <x:v>73709</x:v>
       </x:c>
       <x:c r="AP6" s="3" t="n">
-        <x:v>73340</x:v>
+        <x:v>76389</x:v>
       </x:c>
       <x:c r="AQ6" s="3" t="n">
-        <x:v>79711</x:v>
+        <x:v>83366</x:v>
       </x:c>
       <x:c r="AR6" s="3" t="n">
-        <x:v>87150</x:v>
+        <x:v>91531</x:v>
       </x:c>
       <x:c r="AS6" s="3" t="n">
-        <x:v>109975</x:v>
+        <x:v>115791</x:v>
       </x:c>
       <x:c r="AT6" s="3" t="n">
-        <x:v>109641</x:v>
+        <x:v>115809</x:v>
       </x:c>
       <x:c r="AU6" s="3" t="n">
-        <x:v>102332</x:v>
+        <x:v>108486</x:v>
       </x:c>
       <x:c r="AV6" s="3" t="n">
-        <x:v>80049</x:v>
+        <x:v>85340</x:v>
       </x:c>
       <x:c r="AW6" s="3" t="n">
-        <x:v>75205</x:v>
+        <x:v>80412</x:v>
       </x:c>
       <x:c r="AX6" s="3" t="n">
-        <x:v>76321</x:v>
+        <x:v>81902</x:v>
       </x:c>
       <x:c r="AY6" s="3" t="n">
-        <x:v>85546</x:v>
+        <x:v>92305</x:v>
       </x:c>
       <x:c r="AZ6" s="3" t="n">
-        <x:v>92909</x:v>
+        <x:v>100643</x:v>
       </x:c>
       <x:c r="BA6" s="3" t="n">
-        <x:v>97287</x:v>
+        <x:v>105685</x:v>
       </x:c>
       <x:c r="BB6" s="3" t="n">
-        <x:v>91090</x:v>
+        <x:v>100790</x:v>
       </x:c>
       <x:c r="BC6" s="3" t="n">
-        <x:v>102051</x:v>
+        <x:v>109018</x:v>
       </x:c>
       <x:c r="BD6" s="3" t="n">
-        <x:v>108169</x:v>
+        <x:v>104700</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:56">
       <x:c r="A7" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>806</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>1574</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
         <x:v>3192</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
         <x:v>4233</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
@@ -1319,120 +1319,120 @@
       <x:c r="Y7" s="3" t="n">
         <x:v>33966</x:v>
       </x:c>
       <x:c r="Z7" s="3" t="n">
         <x:v>26548</x:v>
       </x:c>
       <x:c r="AA7" s="3" t="n">
         <x:v>26029</x:v>
       </x:c>
       <x:c r="AB7" s="3" t="n">
         <x:v>28513</x:v>
       </x:c>
       <x:c r="AC7" s="3" t="n">
         <x:v>32282</x:v>
       </x:c>
       <x:c r="AD7" s="3" t="n">
         <x:v>45118</x:v>
       </x:c>
       <x:c r="AE7" s="3" t="n">
         <x:v>35710</x:v>
       </x:c>
       <x:c r="AF7" s="3" t="n">
         <x:v>30490</x:v>
       </x:c>
       <x:c r="AG7" s="3" t="n">
-        <x:v>25625</x:v>
+        <x:v>25762</x:v>
       </x:c>
       <x:c r="AH7" s="3" t="n">
-        <x:v>29152</x:v>
+        <x:v>29438</x:v>
       </x:c>
       <x:c r="AI7" s="3" t="n">
-        <x:v>23608</x:v>
+        <x:v>23951</x:v>
       </x:c>
       <x:c r="AJ7" s="3" t="n">
-        <x:v>26164</x:v>
+        <x:v>26636</x:v>
       </x:c>
       <x:c r="AK7" s="3" t="n">
-        <x:v>29752</x:v>
+        <x:v>30540</x:v>
       </x:c>
       <x:c r="AL7" s="3" t="n">
-        <x:v>32705</x:v>
+        <x:v>33591</x:v>
       </x:c>
       <x:c r="AM7" s="3" t="n">
-        <x:v>52732</x:v>
+        <x:v>54522</x:v>
       </x:c>
       <x:c r="AN7" s="3" t="n">
-        <x:v>63776</x:v>
+        <x:v>66093</x:v>
       </x:c>
       <x:c r="AO7" s="3" t="n">
-        <x:v>68141</x:v>
+        <x:v>70958</x:v>
       </x:c>
       <x:c r="AP7" s="3" t="n">
-        <x:v>51058</x:v>
+        <x:v>53229</x:v>
       </x:c>
       <x:c r="AQ7" s="3" t="n">
-        <x:v>63431</x:v>
+        <x:v>66622</x:v>
       </x:c>
       <x:c r="AR7" s="3" t="n">
-        <x:v>92320</x:v>
+        <x:v>97226</x:v>
       </x:c>
       <x:c r="AS7" s="3" t="n">
-        <x:v>103654</x:v>
+        <x:v>109419</x:v>
       </x:c>
       <x:c r="AT7" s="3" t="n">
-        <x:v>106592</x:v>
+        <x:v>112943</x:v>
       </x:c>
       <x:c r="AU7" s="3" t="n">
-        <x:v>87866</x:v>
+        <x:v>93886</x:v>
       </x:c>
       <x:c r="AV7" s="3" t="n">
-        <x:v>75074</x:v>
+        <x:v>80131</x:v>
       </x:c>
       <x:c r="AW7" s="3" t="n">
-        <x:v>68973</x:v>
+        <x:v>74009</x:v>
       </x:c>
       <x:c r="AX7" s="3" t="n">
-        <x:v>72977</x:v>
+        <x:v>78561</x:v>
       </x:c>
       <x:c r="AY7" s="3" t="n">
-        <x:v>90020</x:v>
+        <x:v>97282</x:v>
       </x:c>
       <x:c r="AZ7" s="3" t="n">
-        <x:v>85604</x:v>
+        <x:v>92908</x:v>
       </x:c>
       <x:c r="BA7" s="3" t="n">
-        <x:v>76087</x:v>
+        <x:v>82832</x:v>
       </x:c>
       <x:c r="BB7" s="3" t="n">
-        <x:v>82833</x:v>
+        <x:v>82905</x:v>
       </x:c>
       <x:c r="BC7" s="3" t="n">
-        <x:v>113113</x:v>
+        <x:v>110600</x:v>
       </x:c>
       <x:c r="BD7" s="3" t="n">
-        <x:v>145577</x:v>
+        <x:v>142384</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:56">
       <x:c r="A8" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>3057</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>5007</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>3373</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>4796</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
         <x:v>3610</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
         <x:v>6822</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
@@ -1489,460 +1489,460 @@
       <x:c r="Y8" s="3" t="n">
         <x:v>7633</x:v>
       </x:c>
       <x:c r="Z8" s="3" t="n">
         <x:v>6674</x:v>
       </x:c>
       <x:c r="AA8" s="3" t="n">
         <x:v>5603</x:v>
       </x:c>
       <x:c r="AB8" s="3" t="n">
         <x:v>7576</x:v>
       </x:c>
       <x:c r="AC8" s="3" t="n">
         <x:v>16062</x:v>
       </x:c>
       <x:c r="AD8" s="3" t="n">
         <x:v>18257</x:v>
       </x:c>
       <x:c r="AE8" s="3" t="n">
         <x:v>15176</x:v>
       </x:c>
       <x:c r="AF8" s="3" t="n">
         <x:v>22111</x:v>
       </x:c>
       <x:c r="AG8" s="3" t="n">
-        <x:v>16717</x:v>
+        <x:v>16908</x:v>
       </x:c>
       <x:c r="AH8" s="3" t="n">
-        <x:v>8876</x:v>
+        <x:v>9032</x:v>
       </x:c>
       <x:c r="AI8" s="3" t="n">
-        <x:v>11271</x:v>
+        <x:v>11693</x:v>
       </x:c>
       <x:c r="AJ8" s="3" t="n">
-        <x:v>11394</x:v>
+        <x:v>11873</x:v>
       </x:c>
       <x:c r="AK8" s="3" t="n">
-        <x:v>15168</x:v>
+        <x:v>15606</x:v>
       </x:c>
       <x:c r="AL8" s="3" t="n">
-        <x:v>25415</x:v>
+        <x:v>26425</x:v>
       </x:c>
       <x:c r="AM8" s="3" t="n">
-        <x:v>22081</x:v>
+        <x:v>23175</x:v>
       </x:c>
       <x:c r="AN8" s="3" t="n">
-        <x:v>21404</x:v>
+        <x:v>22126</x:v>
       </x:c>
       <x:c r="AO8" s="3" t="n">
-        <x:v>29191</x:v>
+        <x:v>30725</x:v>
       </x:c>
       <x:c r="AP8" s="3" t="n">
-        <x:v>18762</x:v>
+        <x:v>20272</x:v>
       </x:c>
       <x:c r="AQ8" s="3" t="n">
-        <x:v>28335</x:v>
+        <x:v>30683</x:v>
       </x:c>
       <x:c r="AR8" s="3" t="n">
-        <x:v>15699</x:v>
+        <x:v>17188</x:v>
       </x:c>
       <x:c r="AS8" s="3" t="n">
-        <x:v>8816</x:v>
+        <x:v>9418</x:v>
       </x:c>
       <x:c r="AT8" s="3" t="n">
-        <x:v>6644</x:v>
+        <x:v>7363</x:v>
       </x:c>
       <x:c r="AU8" s="3" t="n">
-        <x:v>3071</x:v>
+        <x:v>3393</x:v>
       </x:c>
       <x:c r="AV8" s="3" t="n">
-        <x:v>18433</x:v>
+        <x:v>21337</x:v>
       </x:c>
       <x:c r="AW8" s="3" t="n">
-        <x:v>6257</x:v>
+        <x:v>8007</x:v>
       </x:c>
       <x:c r="AX8" s="3" t="n">
-        <x:v>15973</x:v>
+        <x:v>18343</x:v>
       </x:c>
       <x:c r="AY8" s="3" t="n">
-        <x:v>41514</x:v>
+        <x:v>46657</x:v>
       </x:c>
       <x:c r="AZ8" s="3" t="n">
-        <x:v>33804</x:v>
+        <x:v>39435</x:v>
       </x:c>
       <x:c r="BA8" s="3" t="n">
-        <x:v>41288</x:v>
+        <x:v>46376</x:v>
       </x:c>
       <x:c r="BB8" s="3" t="n">
-        <x:v>31080</x:v>
+        <x:v>34175</x:v>
       </x:c>
       <x:c r="BC8" s="3" t="n">
-        <x:v>36695</x:v>
+        <x:v>40790</x:v>
       </x:c>
       <x:c r="BD8" s="3" t="n">
-        <x:v>45685</x:v>
+        <x:v>43573</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:56">
       <x:c r="A9" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>1859</x:v>
+        <x:v>1863</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>2121</x:v>
+        <x:v>2125</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>2121</x:v>
+        <x:v>2128</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>2373</x:v>
+        <x:v>2383</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
-        <x:v>2889</x:v>
+        <x:v>2902</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>3183</x:v>
+        <x:v>3196</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
-        <x:v>3880</x:v>
+        <x:v>3893</x:v>
       </x:c>
       <x:c r="I9" s="3" t="n">
-        <x:v>4420</x:v>
+        <x:v>4438</x:v>
       </x:c>
       <x:c r="J9" s="3" t="n">
-        <x:v>4730</x:v>
+        <x:v>4748</x:v>
       </x:c>
       <x:c r="K9" s="3" t="n">
-        <x:v>4717</x:v>
+        <x:v>4734</x:v>
       </x:c>
       <x:c r="L9" s="3" t="n">
-        <x:v>4633</x:v>
+        <x:v>4655</x:v>
       </x:c>
       <x:c r="M9" s="3" t="n">
-        <x:v>5812</x:v>
+        <x:v>5837</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>6482</x:v>
+        <x:v>6511</x:v>
       </x:c>
       <x:c r="O9" s="3" t="n">
-        <x:v>6957</x:v>
+        <x:v>6989</x:v>
       </x:c>
       <x:c r="P9" s="3" t="n">
-        <x:v>7811</x:v>
+        <x:v>7841</x:v>
       </x:c>
       <x:c r="Q9" s="3" t="n">
-        <x:v>9864</x:v>
+        <x:v>9890</x:v>
       </x:c>
       <x:c r="R9" s="3" t="n">
-        <x:v>13780</x:v>
+        <x:v>13804</x:v>
       </x:c>
       <x:c r="S9" s="3" t="n">
-        <x:v>11275</x:v>
+        <x:v>11299</x:v>
       </x:c>
       <x:c r="T9" s="3" t="n">
-        <x:v>7969</x:v>
+        <x:v>8010</x:v>
       </x:c>
       <x:c r="U9" s="3" t="n">
-        <x:v>7273</x:v>
+        <x:v>7318</x:v>
       </x:c>
       <x:c r="V9" s="3" t="n">
-        <x:v>8473</x:v>
+        <x:v>8508</x:v>
       </x:c>
       <x:c r="W9" s="3" t="n">
-        <x:v>8763</x:v>
+        <x:v>8802</x:v>
       </x:c>
       <x:c r="X9" s="3" t="n">
-        <x:v>7809</x:v>
+        <x:v>7849</x:v>
       </x:c>
       <x:c r="Y9" s="3" t="n">
-        <x:v>7689</x:v>
+        <x:v>7732</x:v>
       </x:c>
       <x:c r="Z9" s="3" t="n">
-        <x:v>11137</x:v>
+        <x:v>11179</x:v>
       </x:c>
       <x:c r="AA9" s="3" t="n">
-        <x:v>11675</x:v>
+        <x:v>11742</x:v>
       </x:c>
       <x:c r="AB9" s="3" t="n">
-        <x:v>13844</x:v>
+        <x:v>13918</x:v>
       </x:c>
       <x:c r="AC9" s="3" t="n">
-        <x:v>14302</x:v>
+        <x:v>14373</x:v>
       </x:c>
       <x:c r="AD9" s="3" t="n">
-        <x:v>15123</x:v>
+        <x:v>15189</x:v>
       </x:c>
       <x:c r="AE9" s="3" t="n">
-        <x:v>13281</x:v>
+        <x:v>13351</x:v>
       </x:c>
       <x:c r="AF9" s="3" t="n">
-        <x:v>10164</x:v>
+        <x:v>10238</x:v>
       </x:c>
       <x:c r="AG9" s="3" t="n">
-        <x:v>11520</x:v>
+        <x:v>11689</x:v>
       </x:c>
       <x:c r="AH9" s="3" t="n">
-        <x:v>10918</x:v>
+        <x:v>11237</x:v>
       </x:c>
       <x:c r="AI9" s="3" t="n">
-        <x:v>7062</x:v>
+        <x:v>7413</x:v>
       </x:c>
       <x:c r="AJ9" s="3" t="n">
-        <x:v>6950</x:v>
+        <x:v>7477</x:v>
       </x:c>
       <x:c r="AK9" s="3" t="n">
-        <x:v>13866</x:v>
+        <x:v>14871</x:v>
       </x:c>
       <x:c r="AL9" s="3" t="n">
-        <x:v>14923</x:v>
+        <x:v>16310</x:v>
       </x:c>
       <x:c r="AM9" s="3" t="n">
-        <x:v>25197</x:v>
+        <x:v>28008</x:v>
       </x:c>
       <x:c r="AN9" s="3" t="n">
-        <x:v>23582</x:v>
+        <x:v>25614</x:v>
       </x:c>
       <x:c r="AO9" s="3" t="n">
-        <x:v>17421</x:v>
+        <x:v>19935</x:v>
       </x:c>
       <x:c r="AP9" s="3" t="n">
-        <x:v>19281</x:v>
+        <x:v>21842</x:v>
       </x:c>
       <x:c r="AQ9" s="3" t="n">
-        <x:v>19864</x:v>
+        <x:v>22485</x:v>
       </x:c>
       <x:c r="AR9" s="3" t="n">
-        <x:v>22860</x:v>
+        <x:v>25932</x:v>
       </x:c>
       <x:c r="AS9" s="3" t="n">
-        <x:v>22515</x:v>
+        <x:v>25944</x:v>
       </x:c>
       <x:c r="AT9" s="3" t="n">
-        <x:v>17869</x:v>
+        <x:v>20944</x:v>
       </x:c>
       <x:c r="AU9" s="3" t="n">
-        <x:v>21247</x:v>
+        <x:v>24945</x:v>
       </x:c>
       <x:c r="AV9" s="3" t="n">
-        <x:v>29114</x:v>
+        <x:v>33959</x:v>
       </x:c>
       <x:c r="AW9" s="3" t="n">
-        <x:v>32715</x:v>
+        <x:v>37151</x:v>
       </x:c>
       <x:c r="AX9" s="3" t="n">
-        <x:v>35376</x:v>
+        <x:v>40513</x:v>
       </x:c>
       <x:c r="AY9" s="3" t="n">
-        <x:v>39230</x:v>
+        <x:v>45699</x:v>
       </x:c>
       <x:c r="AZ9" s="3" t="n">
-        <x:v>36649</x:v>
+        <x:v>44695</x:v>
       </x:c>
       <x:c r="BA9" s="3" t="n">
-        <x:v>40466</x:v>
+        <x:v>49028</x:v>
       </x:c>
       <x:c r="BB9" s="3" t="n">
-        <x:v>50123</x:v>
+        <x:v>52874</x:v>
       </x:c>
       <x:c r="BC9" s="3" t="n">
-        <x:v>46755</x:v>
+        <x:v>52695</x:v>
       </x:c>
       <x:c r="BD9" s="3" t="n">
-        <x:v>48639</x:v>
+        <x:v>57769</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:56">
       <x:c r="A10" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>6210</x:v>
+        <x:v>6231</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>7194</x:v>
+        <x:v>7217</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>7768</x:v>
+        <x:v>7797</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>8469</x:v>
+        <x:v>8500</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
-        <x:v>10697</x:v>
+        <x:v>10731</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>13301</x:v>
+        <x:v>13338</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
-        <x:v>15366</x:v>
+        <x:v>15408</x:v>
       </x:c>
       <x:c r="I10" s="3" t="n">
-        <x:v>19187</x:v>
+        <x:v>19235</x:v>
       </x:c>
       <x:c r="J10" s="3" t="n">
-        <x:v>19169</x:v>
+        <x:v>19220</x:v>
       </x:c>
       <x:c r="K10" s="3" t="n">
-        <x:v>19068</x:v>
+        <x:v>19126</x:v>
       </x:c>
       <x:c r="L10" s="3" t="n">
-        <x:v>22089</x:v>
+        <x:v>22152</x:v>
       </x:c>
       <x:c r="M10" s="3" t="n">
-        <x:v>25752</x:v>
+        <x:v>25826</x:v>
       </x:c>
       <x:c r="N10" s="3" t="n">
-        <x:v>26668</x:v>
+        <x:v>26763</x:v>
       </x:c>
       <x:c r="O10" s="3" t="n">
-        <x:v>27516</x:v>
+        <x:v>27613</x:v>
       </x:c>
       <x:c r="P10" s="3" t="n">
-        <x:v>31765</x:v>
+        <x:v>31876</x:v>
       </x:c>
       <x:c r="Q10" s="3" t="n">
-        <x:v>36532</x:v>
+        <x:v>36655</x:v>
       </x:c>
       <x:c r="R10" s="3" t="n">
-        <x:v>41712</x:v>
+        <x:v>41864</x:v>
       </x:c>
       <x:c r="S10" s="3" t="n">
-        <x:v>44655</x:v>
+        <x:v>44814</x:v>
       </x:c>
       <x:c r="T10" s="3" t="n">
-        <x:v>45595</x:v>
+        <x:v>45767</x:v>
       </x:c>
       <x:c r="U10" s="3" t="n">
-        <x:v>39184</x:v>
+        <x:v>39362</x:v>
       </x:c>
       <x:c r="V10" s="3" t="n">
-        <x:v>38421</x:v>
+        <x:v>38597</x:v>
       </x:c>
       <x:c r="W10" s="3" t="n">
-        <x:v>38700</x:v>
+        <x:v>38881</x:v>
       </x:c>
       <x:c r="X10" s="3" t="n">
-        <x:v>38038</x:v>
+        <x:v>38216</x:v>
       </x:c>
       <x:c r="Y10" s="3" t="n">
-        <x:v>38405</x:v>
+        <x:v>38667</x:v>
       </x:c>
       <x:c r="Z10" s="3" t="n">
-        <x:v>43956</x:v>
+        <x:v>44151</x:v>
       </x:c>
       <x:c r="AA10" s="3" t="n">
-        <x:v>46335</x:v>
+        <x:v>46581</x:v>
       </x:c>
       <x:c r="AB10" s="3" t="n">
-        <x:v>50814</x:v>
+        <x:v>51029</x:v>
       </x:c>
       <x:c r="AC10" s="3" t="n">
-        <x:v>58043</x:v>
+        <x:v>58276</x:v>
       </x:c>
       <x:c r="AD10" s="3" t="n">
-        <x:v>67642</x:v>
+        <x:v>67875</x:v>
       </x:c>
       <x:c r="AE10" s="3" t="n">
-        <x:v>69178</x:v>
+        <x:v>69446</x:v>
       </x:c>
       <x:c r="AF10" s="3" t="n">
-        <x:v>68222</x:v>
+        <x:v>68501</x:v>
       </x:c>
       <x:c r="AG10" s="3" t="n">
-        <x:v>67572</x:v>
+        <x:v>68313</x:v>
       </x:c>
       <x:c r="AH10" s="3" t="n">
-        <x:v>70852</x:v>
+        <x:v>72135</x:v>
       </x:c>
       <x:c r="AI10" s="3" t="n">
-        <x:v>64672</x:v>
+        <x:v>66164</x:v>
       </x:c>
       <x:c r="AJ10" s="3" t="n">
-        <x:v>76536</x:v>
+        <x:v>78787</x:v>
       </x:c>
       <x:c r="AK10" s="3" t="n">
-        <x:v>81738</x:v>
+        <x:v>84875</x:v>
       </x:c>
       <x:c r="AL10" s="3" t="n">
-        <x:v>90585</x:v>
+        <x:v>94788</x:v>
       </x:c>
       <x:c r="AM10" s="3" t="n">
-        <x:v>91463</x:v>
+        <x:v>96366</x:v>
       </x:c>
       <x:c r="AN10" s="3" t="n">
-        <x:v>95864</x:v>
+        <x:v>103645</x:v>
       </x:c>
       <x:c r="AO10" s="3" t="n">
-        <x:v>80232</x:v>
+        <x:v>86499</x:v>
       </x:c>
       <x:c r="AP10" s="3" t="n">
-        <x:v>76130</x:v>
+        <x:v>81359</x:v>
       </x:c>
       <x:c r="AQ10" s="3" t="n">
-        <x:v>79895</x:v>
+        <x:v>86048</x:v>
       </x:c>
       <x:c r="AR10" s="3" t="n">
-        <x:v>91715</x:v>
+        <x:v>99487</x:v>
       </x:c>
       <x:c r="AS10" s="3" t="n">
-        <x:v>92469</x:v>
+        <x:v>100851</x:v>
       </x:c>
       <x:c r="AT10" s="3" t="n">
-        <x:v>96113</x:v>
+        <x:v>105979</x:v>
       </x:c>
       <x:c r="AU10" s="3" t="n">
-        <x:v>92845</x:v>
+        <x:v>102007</x:v>
       </x:c>
       <x:c r="AV10" s="3" t="n">
-        <x:v>96400</x:v>
+        <x:v>107210</x:v>
       </x:c>
       <x:c r="AW10" s="3" t="n">
-        <x:v>110477</x:v>
+        <x:v>123077</x:v>
       </x:c>
       <x:c r="AX10" s="3" t="n">
-        <x:v>125367</x:v>
+        <x:v>140829</x:v>
       </x:c>
       <x:c r="AY10" s="3" t="n">
-        <x:v>136776</x:v>
+        <x:v>155446</x:v>
       </x:c>
       <x:c r="AZ10" s="3" t="n">
-        <x:v>131437</x:v>
+        <x:v>147883</x:v>
       </x:c>
       <x:c r="BA10" s="3" t="n">
-        <x:v>131817</x:v>
+        <x:v>150956</x:v>
       </x:c>
       <x:c r="BB10" s="3" t="n">
-        <x:v>138228</x:v>
+        <x:v>144264</x:v>
       </x:c>
       <x:c r="BC10" s="3" t="n">
-        <x:v>160003</x:v>
+        <x:v>171553</x:v>
       </x:c>
       <x:c r="BD10" s="3" t="n">
-        <x:v>172340</x:v>
+        <x:v>189007</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:56">
       <x:c r="A11" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>-54</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>-15</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>-30</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>-85</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>-73</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
@@ -2065,224 +2065,224 @@
       <x:c r="AU11" s="3" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="AV11" s="3" t="n">
         <x:v>62</x:v>
       </x:c>
       <x:c r="AW11" s="3" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="AX11" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="AY11" s="3" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="AZ11" s="3" t="n">
         <x:v>184</x:v>
       </x:c>
       <x:c r="BA11" s="3" t="n">
         <x:v>83</x:v>
       </x:c>
       <x:c r="BB11" s="3" t="n">
         <x:v>-146</x:v>
       </x:c>
       <x:c r="BC11" s="3" t="n">
-        <x:v>-144</x:v>
+        <x:v>-182</x:v>
       </x:c>
       <x:c r="BD11" s="3" t="n">
-        <x:v>-157</x:v>
+        <x:v>-198</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:56">
       <x:c r="A12" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>734</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>882</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>1044</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>1200</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>1486</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>1526</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
-        <x:v>1928</x:v>
+        <x:v>1934</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
-        <x:v>2211</x:v>
+        <x:v>2218</x:v>
       </x:c>
       <x:c r="J12" s="3" t="n">
-        <x:v>2473</x:v>
+        <x:v>2478</x:v>
       </x:c>
       <x:c r="K12" s="3" t="n">
-        <x:v>2798</x:v>
+        <x:v>2799</x:v>
       </x:c>
       <x:c r="L12" s="3" t="n">
-        <x:v>3456</x:v>
+        <x:v>3463</x:v>
       </x:c>
       <x:c r="M12" s="3" t="n">
-        <x:v>4005</x:v>
+        <x:v>4021</x:v>
       </x:c>
       <x:c r="N12" s="3" t="n">
-        <x:v>4737</x:v>
+        <x:v>4750</x:v>
       </x:c>
       <x:c r="O12" s="3" t="n">
-        <x:v>5589</x:v>
+        <x:v>5604</x:v>
       </x:c>
       <x:c r="P12" s="3" t="n">
-        <x:v>7102</x:v>
+        <x:v>7107</x:v>
       </x:c>
       <x:c r="Q12" s="3" t="n">
-        <x:v>9191</x:v>
+        <x:v>9193</x:v>
       </x:c>
       <x:c r="R12" s="3" t="n">
-        <x:v>10387</x:v>
+        <x:v>10426</x:v>
       </x:c>
       <x:c r="S12" s="3" t="n">
-        <x:v>11337</x:v>
+        <x:v>11354</x:v>
       </x:c>
       <x:c r="T12" s="3" t="n">
-        <x:v>11231</x:v>
+        <x:v>11258</x:v>
       </x:c>
       <x:c r="U12" s="3" t="n">
-        <x:v>11459</x:v>
+        <x:v>11493</x:v>
       </x:c>
       <x:c r="V12" s="3" t="n">
-        <x:v>12085</x:v>
+        <x:v>12123</x:v>
       </x:c>
       <x:c r="W12" s="3" t="n">
-        <x:v>12257</x:v>
+        <x:v>12295</x:v>
       </x:c>
       <x:c r="X12" s="3" t="n">
-        <x:v>13089</x:v>
+        <x:v>13118</x:v>
       </x:c>
       <x:c r="Y12" s="3" t="n">
-        <x:v>14748</x:v>
+        <x:v>15276</x:v>
       </x:c>
       <x:c r="Z12" s="3" t="n">
-        <x:v>15836</x:v>
+        <x:v>15919</x:v>
       </x:c>
       <x:c r="AA12" s="3" t="n">
-        <x:v>16767</x:v>
+        <x:v>17160</x:v>
       </x:c>
       <x:c r="AB12" s="3" t="n">
-        <x:v>18801</x:v>
+        <x:v>18942</x:v>
       </x:c>
       <x:c r="AC12" s="3" t="n">
-        <x:v>19760</x:v>
+        <x:v>19960</x:v>
       </x:c>
       <x:c r="AD12" s="3" t="n">
-        <x:v>20585</x:v>
+        <x:v>20776</x:v>
       </x:c>
       <x:c r="AE12" s="3" t="n">
-        <x:v>22230</x:v>
+        <x:v>22539</x:v>
       </x:c>
       <x:c r="AF12" s="3" t="n">
-        <x:v>24069</x:v>
+        <x:v>24389</x:v>
       </x:c>
       <x:c r="AG12" s="3" t="n">
-        <x:v>25576</x:v>
+        <x:v>25943</x:v>
       </x:c>
       <x:c r="AH12" s="3" t="n">
-        <x:v>28094</x:v>
+        <x:v>28449</x:v>
       </x:c>
       <x:c r="AI12" s="3" t="n">
-        <x:v>31996</x:v>
+        <x:v>32746</x:v>
       </x:c>
       <x:c r="AJ12" s="3" t="n">
-        <x:v>35144</x:v>
+        <x:v>36949</x:v>
       </x:c>
       <x:c r="AK12" s="3" t="n">
-        <x:v>31709</x:v>
+        <x:v>32850</x:v>
       </x:c>
       <x:c r="AL12" s="3" t="n">
-        <x:v>36017</x:v>
+        <x:v>37168</x:v>
       </x:c>
       <x:c r="AM12" s="3" t="n">
-        <x:v>45945</x:v>
+        <x:v>47705</x:v>
       </x:c>
       <x:c r="AN12" s="3" t="n">
-        <x:v>54553</x:v>
+        <x:v>56720</x:v>
       </x:c>
       <x:c r="AO12" s="3" t="n">
-        <x:v>57028</x:v>
+        <x:v>60494</x:v>
       </x:c>
       <x:c r="AP12" s="3" t="n">
-        <x:v>60975</x:v>
+        <x:v>64407</x:v>
       </x:c>
       <x:c r="AQ12" s="3" t="n">
-        <x:v>62012</x:v>
+        <x:v>66677</x:v>
       </x:c>
       <x:c r="AR12" s="3" t="n">
-        <x:v>63788</x:v>
+        <x:v>67533</x:v>
       </x:c>
       <x:c r="AS12" s="3" t="n">
-        <x:v>73868</x:v>
+        <x:v>78134</x:v>
       </x:c>
       <x:c r="AT12" s="3" t="n">
-        <x:v>76425</x:v>
+        <x:v>81986</x:v>
       </x:c>
       <x:c r="AU12" s="3" t="n">
-        <x:v>79125</x:v>
+        <x:v>84111</x:v>
       </x:c>
       <x:c r="AV12" s="3" t="n">
-        <x:v>93340</x:v>
+        <x:v>101207</x:v>
       </x:c>
       <x:c r="AW12" s="3" t="n">
-        <x:v>103474</x:v>
+        <x:v>112401</x:v>
       </x:c>
       <x:c r="AX12" s="3" t="n">
-        <x:v>110146</x:v>
+        <x:v>120171</x:v>
       </x:c>
       <x:c r="AY12" s="3" t="n">
-        <x:v>124952</x:v>
+        <x:v>136338</x:v>
       </x:c>
       <x:c r="AZ12" s="3" t="n">
-        <x:v>135671</x:v>
+        <x:v>149939</x:v>
       </x:c>
       <x:c r="BA12" s="3" t="n">
-        <x:v>132383</x:v>
+        <x:v>146275</x:v>
       </x:c>
       <x:c r="BB12" s="3" t="n">
-        <x:v>142733</x:v>
+        <x:v>160353</x:v>
       </x:c>
       <x:c r="BC12" s="3" t="n">
-        <x:v>150396</x:v>
+        <x:v>170839</x:v>
       </x:c>
       <x:c r="BD12" s="3" t="n">
-        <x:v>156506</x:v>
+        <x:v>177385</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:56">
       <x:c r="A13" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B13" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C13" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D13" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E13" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F13" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">