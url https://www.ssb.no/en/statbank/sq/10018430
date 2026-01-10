--- v3 (2025-12-18)
+++ v4 (2026-01-10)
@@ -1,40 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="els" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6236fb2ff0b4bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/124c217666dd496eb9861cc5e2718506.psmdcp" Id="Re780f0a5933c4f4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re90dd1f1c06e44ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a953c611523d4a1598109b8df8461c99.psmdcp" Id="R8d5757a3501b4431" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BIF" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="97">
   <x:si>
     <x:t>09181: Gross fixed capital formation and capital stocks, by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Gross fixed capital formation. Current prices (NOK million)</x:t>
   </x:si>
   <x:si>