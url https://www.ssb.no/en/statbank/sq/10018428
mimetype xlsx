--- v0 (2025-10-19)
+++ v1 (2025-11-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc76dc1a28ec245f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ede37fd5e55f44acb27bf3aefbdf3eb7.psmdcp" Id="Rd9a4871159cd455c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf08b7495d05c4564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/897e1364280a45c3827069ca89d49c82.psmdcp" Id="R0b3f5757904f4593" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lpriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="264" uniqueCount="264">
   <x:si>
     <x:t>09177: Exports of goods and services by product, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million)</x:t>
   </x:si>
   <x:si>