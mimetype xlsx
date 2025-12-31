--- v1 (2025-11-14)
+++ v2 (2025-12-31)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf08b7495d05c4564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/897e1364280a45c3827069ca89d49c82.psmdcp" Id="R0b3f5757904f4593" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra94c730cc0d14ef7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7cf48bc27a0a4702a4e06bcde0093464.psmdcp" Id="R42d2cd50771042d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lpriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="264" uniqueCount="264">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="265" uniqueCount="265">
   <x:si>
     <x:t>09177: Exports of goods and services by product, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million)</x:t>
   </x:si>
   <x:si>
     <x:t>1978K1</x:t>
   </x:si>
   <x:si>
     <x:t>1978K2</x:t>
   </x:si>
   <x:si>
     <x:t>1978K3</x:t>
   </x:si>
   <x:si>
     <x:t>1978K4</x:t>
   </x:si>
   <x:si>
     <x:t>1979K1</x:t>
   </x:si>
   <x:si>
     <x:t>1979K2</x:t>
   </x:si>
   <x:si>
@@ -586,50 +586,53 @@
   <x:si>
     <x:t>2023K3</x:t>
   </x:si>
   <x:si>
     <x:t>2023K4</x:t>
   </x:si>
   <x:si>
     <x:t>2024K1</x:t>
   </x:si>
   <x:si>
     <x:t>2024K2</x:t>
   </x:si>
   <x:si>
     <x:t>2024K3</x:t>
   </x:si>
   <x:si>
     <x:t>2024K4</x:t>
   </x:si>
   <x:si>
     <x:t>2025K1</x:t>
   </x:si>
   <x:si>
     <x:t>2025K2</x:t>
   </x:si>
   <x:si>
+    <x:t>2025K3</x:t>
+  </x:si>
+  <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>
     <x:t>Goods</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Crude oil and natural gas</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Ships, oil platforms, aircraft</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Other goods</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Agriculture, forestry and fishing</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Mining and quarrying</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Manufacturing products</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Food products, beverages and tobacco</x:t>
@@ -727,63 +730,63 @@
   <x:si>
     <x:t>¬¬ Services n.e.c</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Construction, repairs and installation</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Waste treatment and recycling</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Trade, hotel and restaurant services</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Publishing, film, music and broadcasting</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Telecommunication</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Information services</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Other personal and government services</x:t>
   </x:si>
   <x:si>
-    <x:t>Unadjusted figures from the base year (final annual accounts) are preliminary.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>In the time series in volume, the figures from the base year and onwards are fixed price figures while data prior to the base year are chained volume figures. This implies that additivity in volume is lost prior to the base year.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250821 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Arne Eidshagen, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 93 23 58 78</x:t>
   </x:si>
   <x:si>
     <x:t>new@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Øyvind Woxmyhr Bersaas, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 93 87 28 36</x:t>
   </x:si>
@@ -1191,70 +1194,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:GI97"/>
+  <x:dimension ref="A1:GJ97"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="191" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="192" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:191">
+    <x:row r="1" spans="1:192">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:191">
+    <x:row r="3" spans="1:192">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:191">
+    <x:row r="4" spans="1:192">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -1781,54 +1784,57 @@
       </x:c>
       <x:c r="GB4" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="GC4" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="GD4" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="GE4" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="GF4" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="GG4" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="GH4" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="GI4" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
+      <x:c r="GJ4" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:191">
+    <x:row r="5" spans="1:192">
       <x:c r="A5" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
         <x:v>18726</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>24742</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
         <x:v>20491</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
         <x:v>22460</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
         <x:v>23099</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
         <x:v>24583</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
         <x:v>26338</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
         <x:v>29551</x:v>
       </x:c>
@@ -2135,275 +2141,278 @@
       <x:c r="DF5" s="3" t="n">
         <x:v>198431</x:v>
       </x:c>
       <x:c r="DG5" s="3" t="n">
         <x:v>210797</x:v>
       </x:c>
       <x:c r="DH5" s="3" t="n">
         <x:v>219640</x:v>
       </x:c>
       <x:c r="DI5" s="3" t="n">
         <x:v>238686</x:v>
       </x:c>
       <x:c r="DJ5" s="3" t="n">
         <x:v>252526</x:v>
       </x:c>
       <x:c r="DK5" s="3" t="n">
         <x:v>241883</x:v>
       </x:c>
       <x:c r="DL5" s="3" t="n">
         <x:v>241833</x:v>
       </x:c>
       <x:c r="DM5" s="3" t="n">
         <x:v>254656</x:v>
       </x:c>
       <x:c r="DN5" s="3" t="n">
-        <x:v>245590</x:v>
+        <x:v>246053</x:v>
       </x:c>
       <x:c r="DO5" s="3" t="n">
-        <x:v>244537</x:v>
+        <x:v>244940</x:v>
       </x:c>
       <x:c r="DP5" s="3" t="n">
-        <x:v>244529</x:v>
+        <x:v>245045</x:v>
       </x:c>
       <x:c r="DQ5" s="3" t="n">
-        <x:v>279216</x:v>
+        <x:v>279816</x:v>
       </x:c>
       <x:c r="DR5" s="3" t="n">
-        <x:v>293010</x:v>
+        <x:v>294126</x:v>
       </x:c>
       <x:c r="DS5" s="3" t="n">
-        <x:v>315401</x:v>
+        <x:v>316390</x:v>
       </x:c>
       <x:c r="DT5" s="3" t="n">
-        <x:v>300268</x:v>
+        <x:v>301192</x:v>
       </x:c>
       <x:c r="DU5" s="3" t="n">
-        <x:v>303222</x:v>
+        <x:v>304156</x:v>
       </x:c>
       <x:c r="DV5" s="3" t="n">
-        <x:v>243915</x:v>
+        <x:v>245207</x:v>
       </x:c>
       <x:c r="DW5" s="3" t="n">
-        <x:v>232772</x:v>
+        <x:v>234330</x:v>
       </x:c>
       <x:c r="DX5" s="3" t="n">
-        <x:v>237494</x:v>
+        <x:v>238834</x:v>
       </x:c>
       <x:c r="DY5" s="3" t="n">
-        <x:v>257071</x:v>
+        <x:v>258167</x:v>
       </x:c>
       <x:c r="DZ5" s="3" t="n">
-        <x:v>262072</x:v>
+        <x:v>264197</x:v>
       </x:c>
       <x:c r="EA5" s="3" t="n">
-        <x:v>253184</x:v>
+        <x:v>254695</x:v>
       </x:c>
       <x:c r="EB5" s="3" t="n">
-        <x:v>245641</x:v>
+        <x:v>247064</x:v>
       </x:c>
       <x:c r="EC5" s="3" t="n">
-        <x:v>285160</x:v>
+        <x:v>286707</x:v>
       </x:c>
       <x:c r="ED5" s="3" t="n">
-        <x:v>292338</x:v>
+        <x:v>294475</x:v>
       </x:c>
       <x:c r="EE5" s="3" t="n">
-        <x:v>283856</x:v>
+        <x:v>285589</x:v>
       </x:c>
       <x:c r="EF5" s="3" t="n">
-        <x:v>285052</x:v>
+        <x:v>287228</x:v>
       </x:c>
       <x:c r="EG5" s="3" t="n">
-        <x:v>309406</x:v>
+        <x:v>311286</x:v>
       </x:c>
       <x:c r="EH5" s="3" t="n">
-        <x:v>331589</x:v>
+        <x:v>333991</x:v>
       </x:c>
       <x:c r="EI5" s="3" t="n">
-        <x:v>305801</x:v>
+        <x:v>308698</x:v>
       </x:c>
       <x:c r="EJ5" s="3" t="n">
-        <x:v>285357</x:v>
+        <x:v>287506</x:v>
       </x:c>
       <x:c r="EK5" s="3" t="n">
-        <x:v>308880</x:v>
+        <x:v>310680</x:v>
       </x:c>
       <x:c r="EL5" s="3" t="n">
-        <x:v>300126</x:v>
+        <x:v>302396</x:v>
       </x:c>
       <x:c r="EM5" s="3" t="n">
-        <x:v>298278</x:v>
+        <x:v>300837</x:v>
       </x:c>
       <x:c r="EN5" s="3" t="n">
-        <x:v>301776</x:v>
+        <x:v>304070</x:v>
       </x:c>
       <x:c r="EO5" s="3" t="n">
-        <x:v>331668</x:v>
+        <x:v>335114</x:v>
       </x:c>
       <x:c r="EP5" s="3" t="n">
-        <x:v>329287</x:v>
+        <x:v>331749</x:v>
       </x:c>
       <x:c r="EQ5" s="3" t="n">
-        <x:v>299786</x:v>
+        <x:v>302555</x:v>
       </x:c>
       <x:c r="ER5" s="3" t="n">
-        <x:v>297427</x:v>
+        <x:v>300400</x:v>
       </x:c>
       <x:c r="ES5" s="3" t="n">
-        <x:v>329600</x:v>
+        <x:v>333284</x:v>
       </x:c>
       <x:c r="ET5" s="3" t="n">
-        <x:v>305987</x:v>
+        <x:v>309190</x:v>
       </x:c>
       <x:c r="EU5" s="3" t="n">
-        <x:v>294951</x:v>
+        <x:v>297975</x:v>
       </x:c>
       <x:c r="EV5" s="3" t="n">
-        <x:v>299231</x:v>
+        <x:v>302594</x:v>
       </x:c>
       <x:c r="EW5" s="3" t="n">
-        <x:v>307306</x:v>
+        <x:v>310924</x:v>
       </x:c>
       <x:c r="EX5" s="3" t="n">
-        <x:v>272071</x:v>
+        <x:v>274422</x:v>
       </x:c>
       <x:c r="EY5" s="3" t="n">
-        <x:v>272227</x:v>
+        <x:v>274543</x:v>
       </x:c>
       <x:c r="EZ5" s="3" t="n">
-        <x:v>272492</x:v>
+        <x:v>274594</x:v>
       </x:c>
       <x:c r="FA5" s="3" t="n">
-        <x:v>303057</x:v>
+        <x:v>305847</x:v>
       </x:c>
       <x:c r="FB5" s="3" t="n">
-        <x:v>306450</x:v>
+        <x:v>308529</x:v>
       </x:c>
       <x:c r="FC5" s="3" t="n">
-        <x:v>297179</x:v>
+        <x:v>299739</x:v>
       </x:c>
       <x:c r="FD5" s="3" t="n">
-        <x:v>294095</x:v>
+        <x:v>296440</x:v>
       </x:c>
       <x:c r="FE5" s="3" t="n">
-        <x:v>322927</x:v>
+        <x:v>325519</x:v>
       </x:c>
       <x:c r="FF5" s="3" t="n">
-        <x:v>325445</x:v>
+        <x:v>328352</x:v>
       </x:c>
       <x:c r="FG5" s="3" t="n">
-        <x:v>333757</x:v>
+        <x:v>336522</x:v>
       </x:c>
       <x:c r="FH5" s="3" t="n">
-        <x:v>349903</x:v>
+        <x:v>352656</x:v>
       </x:c>
       <x:c r="FI5" s="3" t="n">
-        <x:v>357901</x:v>
+        <x:v>361495</x:v>
       </x:c>
       <x:c r="FJ5" s="3" t="n">
-        <x:v>342390</x:v>
+        <x:v>345706</x:v>
       </x:c>
       <x:c r="FK5" s="3" t="n">
-        <x:v>321141</x:v>
+        <x:v>324594</x:v>
       </x:c>
       <x:c r="FL5" s="3" t="n">
-        <x:v>307855</x:v>
+        <x:v>311635</x:v>
       </x:c>
       <x:c r="FM5" s="3" t="n">
-        <x:v>346565</x:v>
+        <x:v>350688</x:v>
       </x:c>
       <x:c r="FN5" s="3" t="n">
-        <x:v>318065</x:v>
+        <x:v>321697</x:v>
       </x:c>
       <x:c r="FO5" s="3" t="n">
-        <x:v>239511</x:v>
+        <x:v>243083</x:v>
       </x:c>
       <x:c r="FP5" s="3" t="n">
-        <x:v>257028</x:v>
+        <x:v>259979</x:v>
       </x:c>
       <x:c r="FQ5" s="3" t="n">
-        <x:v>300381</x:v>
+        <x:v>303466</x:v>
       </x:c>
       <x:c r="FR5" s="3" t="n">
-        <x:v>338811</x:v>
+        <x:v>341334</x:v>
       </x:c>
       <x:c r="FS5" s="3" t="n">
-        <x:v>372060</x:v>
+        <x:v>374738</x:v>
       </x:c>
       <x:c r="FT5" s="3" t="n">
-        <x:v>468100</x:v>
+        <x:v>471112</x:v>
       </x:c>
       <x:c r="FU5" s="3" t="n">
-        <x:v>681888</x:v>
+        <x:v>684969</x:v>
       </x:c>
       <x:c r="FV5" s="3" t="n">
-        <x:v>709997</x:v>
+        <x:v>709488</x:v>
       </x:c>
       <x:c r="FW5" s="3" t="n">
-        <x:v>717182</x:v>
+        <x:v>715906</x:v>
       </x:c>
       <x:c r="FX5" s="3" t="n">
-        <x:v>990448</x:v>
+        <x:v>989413</x:v>
       </x:c>
       <x:c r="FY5" s="3" t="n">
-        <x:v>764125</x:v>
+        <x:v>765158</x:v>
       </x:c>
       <x:c r="FZ5" s="3" t="n">
-        <x:v>646364</x:v>
+        <x:v>649620</x:v>
       </x:c>
       <x:c r="GA5" s="3" t="n">
-        <x:v>573511</x:v>
+        <x:v>578698</x:v>
       </x:c>
       <x:c r="GB5" s="3" t="n">
-        <x:v>582682</x:v>
+        <x:v>587423</x:v>
       </x:c>
       <x:c r="GC5" s="3" t="n">
-        <x:v>641708</x:v>
+        <x:v>645987</x:v>
       </x:c>
       <x:c r="GD5" s="3" t="n">
-        <x:v>573068</x:v>
+        <x:v>574716</x:v>
       </x:c>
       <x:c r="GE5" s="3" t="n">
-        <x:v>630164</x:v>
+        <x:v>630401</x:v>
       </x:c>
       <x:c r="GF5" s="3" t="n">
-        <x:v>602355</x:v>
+        <x:v>603768</x:v>
       </x:c>
       <x:c r="GG5" s="3" t="n">
-        <x:v>662370</x:v>
+        <x:v>666257</x:v>
       </x:c>
       <x:c r="GH5" s="3" t="n">
-        <x:v>664566</x:v>
+        <x:v>667441</x:v>
       </x:c>
       <x:c r="GI5" s="3" t="n">
-        <x:v>589362</x:v>
+        <x:v>585066</x:v>
+      </x:c>
+      <x:c r="GJ5" s="3" t="n">
+        <x:v>603941</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:191">
+    <x:row r="6" spans="1:192">
       <x:c r="A6" s="2" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>12140</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>17202</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>12793</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>13856</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
         <x:v>14476</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
         <x:v>15745</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
         <x:v>16712</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
         <x:v>19842</x:v>
       </x:c>
@@ -2890,95 +2899,98 @@
       <x:c r="FN6" s="3" t="n">
         <x:v>228144</x:v>
       </x:c>
       <x:c r="FO6" s="3" t="n">
         <x:v>162410</x:v>
       </x:c>
       <x:c r="FP6" s="3" t="n">
         <x:v>180117</x:v>
       </x:c>
       <x:c r="FQ6" s="3" t="n">
         <x:v>218580</x:v>
       </x:c>
       <x:c r="FR6" s="3" t="n">
         <x:v>260649</x:v>
       </x:c>
       <x:c r="FS6" s="3" t="n">
         <x:v>287846</x:v>
       </x:c>
       <x:c r="FT6" s="3" t="n">
         <x:v>372425</x:v>
       </x:c>
       <x:c r="FU6" s="3" t="n">
         <x:v>573718</x:v>
       </x:c>
       <x:c r="FV6" s="3" t="n">
-        <x:v>601514</x:v>
+        <x:v>601509</x:v>
       </x:c>
       <x:c r="FW6" s="3" t="n">
-        <x:v>587002</x:v>
+        <x:v>586994</x:v>
       </x:c>
       <x:c r="FX6" s="3" t="n">
-        <x:v>842510</x:v>
+        <x:v>842498</x:v>
       </x:c>
       <x:c r="FY6" s="3" t="n">
-        <x:v>628757</x:v>
+        <x:v>628748</x:v>
       </x:c>
       <x:c r="FZ6" s="3" t="n">
-        <x:v>516728</x:v>
+        <x:v>520342</x:v>
       </x:c>
       <x:c r="GA6" s="3" t="n">
-        <x:v>432185</x:v>
+        <x:v>436712</x:v>
       </x:c>
       <x:c r="GB6" s="3" t="n">
-        <x:v>429482</x:v>
+        <x:v>434993</x:v>
       </x:c>
       <x:c r="GC6" s="3" t="n">
-        <x:v>496958</x:v>
+        <x:v>501534</x:v>
       </x:c>
       <x:c r="GD6" s="3" t="n">
-        <x:v>434960</x:v>
+        <x:v>435693</x:v>
       </x:c>
       <x:c r="GE6" s="3" t="n">
-        <x:v>475620</x:v>
+        <x:v>474941</x:v>
       </x:c>
       <x:c r="GF6" s="3" t="n">
-        <x:v>436363</x:v>
+        <x:v>437362</x:v>
       </x:c>
       <x:c r="GG6" s="3" t="n">
-        <x:v>503467</x:v>
+        <x:v>505113</x:v>
       </x:c>
       <x:c r="GH6" s="3" t="n">
-        <x:v>514804</x:v>
+        <x:v>515901</x:v>
       </x:c>
       <x:c r="GI6" s="3" t="n">
-        <x:v>435925</x:v>
+        <x:v>427411</x:v>
+      </x:c>
+      <x:c r="GJ6" s="3" t="n">
+        <x:v>431511</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:191">
+    <x:row r="7" spans="1:192">
       <x:c r="A7" s="2" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>3732</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>3154</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>3743</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>3479</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
         <x:v>3853</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
         <x:v>4935</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
         <x:v>6441</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
         <x:v>7884</x:v>
       </x:c>
@@ -3477,83 +3489,86 @@
       <x:c r="FR7" s="3" t="n">
         <x:v>147667</x:v>
       </x:c>
       <x:c r="FS7" s="3" t="n">
         <x:v>167176</x:v>
       </x:c>
       <x:c r="FT7" s="3" t="n">
         <x:v>241369</x:v>
       </x:c>
       <x:c r="FU7" s="3" t="n">
         <x:v>425136</x:v>
       </x:c>
       <x:c r="FV7" s="3" t="n">
         <x:v>455258</x:v>
       </x:c>
       <x:c r="FW7" s="3" t="n">
         <x:v>436034</x:v>
       </x:c>
       <x:c r="FX7" s="3" t="n">
         <x:v>669883</x:v>
       </x:c>
       <x:c r="FY7" s="3" t="n">
         <x:v>454735</x:v>
       </x:c>
       <x:c r="FZ7" s="3" t="n">
-        <x:v>348505</x:v>
+        <x:v>353805</x:v>
       </x:c>
       <x:c r="GA7" s="3" t="n">
-        <x:v>264637</x:v>
+        <x:v>270429</x:v>
       </x:c>
       <x:c r="GB7" s="3" t="n">
-        <x:v>265875</x:v>
+        <x:v>272599</x:v>
       </x:c>
       <x:c r="GC7" s="3" t="n">
-        <x:v>322760</x:v>
+        <x:v>329069</x:v>
       </x:c>
       <x:c r="GD7" s="3" t="n">
         <x:v>274797</x:v>
       </x:c>
       <x:c r="GE7" s="3" t="n">
-        <x:v>304747</x:v>
+        <x:v>304748</x:v>
       </x:c>
       <x:c r="GF7" s="3" t="n">
         <x:v>271064</x:v>
       </x:c>
       <x:c r="GG7" s="3" t="n">
         <x:v>318705</x:v>
       </x:c>
       <x:c r="GH7" s="3" t="n">
         <x:v>333759</x:v>
       </x:c>
       <x:c r="GI7" s="3" t="n">
-        <x:v>255992</x:v>
+        <x:v>255018</x:v>
+      </x:c>
+      <x:c r="GJ7" s="3" t="n">
+        <x:v>248186</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:191">
+    <x:row r="8" spans="1:192">
       <x:c r="A8" s="2" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>1381</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>6244</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>1765</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>1574</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
         <x:v>2096</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
         <x:v>1451</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
         <x:v>1301</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
         <x:v>1636</x:v>
       </x:c>
@@ -4040,95 +4055,98 @@
       <x:c r="FN8" s="3" t="n">
         <x:v>3858</x:v>
       </x:c>
       <x:c r="FO8" s="3" t="n">
         <x:v>2031</x:v>
       </x:c>
       <x:c r="FP8" s="3" t="n">
         <x:v>2437</x:v>
       </x:c>
       <x:c r="FQ8" s="3" t="n">
         <x:v>1278</x:v>
       </x:c>
       <x:c r="FR8" s="3" t="n">
         <x:v>1830</x:v>
       </x:c>
       <x:c r="FS8" s="3" t="n">
         <x:v>3291</x:v>
       </x:c>
       <x:c r="FT8" s="3" t="n">
         <x:v>8404</x:v>
       </x:c>
       <x:c r="FU8" s="3" t="n">
         <x:v>6561</x:v>
       </x:c>
       <x:c r="FV8" s="3" t="n">
-        <x:v>1717</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="FW8" s="3" t="n">
-        <x:v>2895</x:v>
+        <x:v>2887</x:v>
       </x:c>
       <x:c r="FX8" s="3" t="n">
-        <x:v>5385</x:v>
+        <x:v>5374</x:v>
       </x:c>
       <x:c r="FY8" s="3" t="n">
-        <x:v>2007</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="FZ8" s="3" t="n">
-        <x:v>1098</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="GA8" s="3" t="n">
-        <x:v>1843</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="GB8" s="3" t="n">
-        <x:v>4164</x:v>
+        <x:v>4641</x:v>
       </x:c>
       <x:c r="GC8" s="3" t="n">
-        <x:v>1176</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="GD8" s="3" t="n">
-        <x:v>2925</x:v>
+        <x:v>2957</x:v>
       </x:c>
       <x:c r="GE8" s="3" t="n">
-        <x:v>2999</x:v>
+        <x:v>3159</x:v>
       </x:c>
       <x:c r="GF8" s="3" t="n">
-        <x:v>2224</x:v>
+        <x:v>2258</x:v>
       </x:c>
       <x:c r="GG8" s="3" t="n">
-        <x:v>3761</x:v>
+        <x:v>3740</x:v>
       </x:c>
       <x:c r="GH8" s="3" t="n">
-        <x:v>5914</x:v>
+        <x:v>5859</x:v>
       </x:c>
       <x:c r="GI8" s="3" t="n">
-        <x:v>2995</x:v>
+        <x:v>3136</x:v>
+      </x:c>
+      <x:c r="GJ8" s="3" t="n">
+        <x:v>3087</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:191">
+    <x:row r="9" spans="1:192">
       <x:c r="A9" s="2" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>7028</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>7804</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>7285</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>8803</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>8527</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>9358</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
         <x:v>8970</x:v>
       </x:c>
       <x:c r="I9" s="3" t="n">
         <x:v>10321</x:v>
       </x:c>
@@ -4627,83 +4645,86 @@
       <x:c r="FR9" s="3" t="n">
         <x:v>111152</x:v>
       </x:c>
       <x:c r="FS9" s="3" t="n">
         <x:v>117379</x:v>
       </x:c>
       <x:c r="FT9" s="3" t="n">
         <x:v>122653</x:v>
       </x:c>
       <x:c r="FU9" s="3" t="n">
         <x:v>142022</x:v>
       </x:c>
       <x:c r="FV9" s="3" t="n">
         <x:v>144539</x:v>
       </x:c>
       <x:c r="FW9" s="3" t="n">
         <x:v>148073</x:v>
       </x:c>
       <x:c r="FX9" s="3" t="n">
         <x:v>167241</x:v>
       </x:c>
       <x:c r="FY9" s="3" t="n">
         <x:v>172016</x:v>
       </x:c>
       <x:c r="FZ9" s="3" t="n">
-        <x:v>167125</x:v>
+        <x:v>165361</x:v>
       </x:c>
       <x:c r="GA9" s="3" t="n">
-        <x:v>165704</x:v>
+        <x:v>164277</x:v>
       </x:c>
       <x:c r="GB9" s="3" t="n">
-        <x:v>159443</x:v>
+        <x:v>157753</x:v>
       </x:c>
       <x:c r="GC9" s="3" t="n">
-        <x:v>173022</x:v>
+        <x:v>171197</x:v>
       </x:c>
       <x:c r="GD9" s="3" t="n">
-        <x:v>157238</x:v>
+        <x:v>157939</x:v>
       </x:c>
       <x:c r="GE9" s="3" t="n">
-        <x:v>167874</x:v>
+        <x:v>167034</x:v>
       </x:c>
       <x:c r="GF9" s="3" t="n">
-        <x:v>163075</x:v>
+        <x:v>164040</x:v>
       </x:c>
       <x:c r="GG9" s="3" t="n">
-        <x:v>181001</x:v>
+        <x:v>182668</x:v>
       </x:c>
       <x:c r="GH9" s="3" t="n">
-        <x:v>175131</x:v>
+        <x:v>176283</x:v>
       </x:c>
       <x:c r="GI9" s="3" t="n">
-        <x:v>176938</x:v>
+        <x:v>169257</x:v>
+      </x:c>
+      <x:c r="GJ9" s="3" t="n">
+        <x:v>180238</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:191">
+    <x:row r="10" spans="1:192">
       <x:c r="A10" s="2" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>180</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I10" s="3" t="n">
         <x:v>197</x:v>
       </x:c>
@@ -5202,83 +5223,86 @@
       <x:c r="FR10" s="3" t="n">
         <x:v>15794</x:v>
       </x:c>
       <x:c r="FS10" s="3" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="FT10" s="3" t="n">
         <x:v>19132</x:v>
       </x:c>
       <x:c r="FU10" s="3" t="n">
         <x:v>21144</x:v>
       </x:c>
       <x:c r="FV10" s="3" t="n">
         <x:v>20348</x:v>
       </x:c>
       <x:c r="FW10" s="3" t="n">
         <x:v>21757</x:v>
       </x:c>
       <x:c r="FX10" s="3" t="n">
         <x:v>23152</x:v>
       </x:c>
       <x:c r="FY10" s="3" t="n">
         <x:v>24721</x:v>
       </x:c>
       <x:c r="FZ10" s="3" t="n">
-        <x:v>24525</x:v>
+        <x:v>24504</x:v>
       </x:c>
       <x:c r="GA10" s="3" t="n">
-        <x:v>24789</x:v>
+        <x:v>24768</x:v>
       </x:c>
       <x:c r="GB10" s="3" t="n">
-        <x:v>26722</x:v>
+        <x:v>26699</x:v>
       </x:c>
       <x:c r="GC10" s="3" t="n">
-        <x:v>28348</x:v>
+        <x:v>28324</x:v>
       </x:c>
       <x:c r="GD10" s="3" t="n">
-        <x:v>22860</x:v>
+        <x:v>22861</x:v>
       </x:c>
       <x:c r="GE10" s="3" t="n">
-        <x:v>22484</x:v>
+        <x:v>22486</x:v>
       </x:c>
       <x:c r="GF10" s="3" t="n">
-        <x:v>27213</x:v>
+        <x:v>27216</x:v>
       </x:c>
       <x:c r="GG10" s="3" t="n">
-        <x:v>29033</x:v>
+        <x:v>29035</x:v>
       </x:c>
       <x:c r="GH10" s="3" t="n">
-        <x:v>24513</x:v>
+        <x:v>24508</x:v>
       </x:c>
       <x:c r="GI10" s="3" t="n">
-        <x:v>23279</x:v>
+        <x:v>23252</x:v>
+      </x:c>
+      <x:c r="GJ10" s="3" t="n">
+        <x:v>26938</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:191">
+    <x:row r="11" spans="1:192">
       <x:c r="A11" s="2" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>227</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>238</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>291</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
         <x:v>292</x:v>
       </x:c>
@@ -5777,83 +5801,86 @@
       <x:c r="FR11" s="3" t="n">
         <x:v>1892</x:v>
       </x:c>
       <x:c r="FS11" s="3" t="n">
         <x:v>1809</x:v>
       </x:c>
       <x:c r="FT11" s="3" t="n">
         <x:v>1698</x:v>
       </x:c>
       <x:c r="FU11" s="3" t="n">
         <x:v>1707</x:v>
       </x:c>
       <x:c r="FV11" s="3" t="n">
         <x:v>1711</x:v>
       </x:c>
       <x:c r="FW11" s="3" t="n">
         <x:v>2051</x:v>
       </x:c>
       <x:c r="FX11" s="3" t="n">
         <x:v>1832</x:v>
       </x:c>
       <x:c r="FY11" s="3" t="n">
         <x:v>2140</x:v>
       </x:c>
       <x:c r="FZ11" s="3" t="n">
-        <x:v>1991</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="GA11" s="3" t="n">
-        <x:v>2563</x:v>
+        <x:v>2593</x:v>
       </x:c>
       <x:c r="GB11" s="3" t="n">
-        <x:v>1980</x:v>
+        <x:v>2003</x:v>
       </x:c>
       <x:c r="GC11" s="3" t="n">
-        <x:v>2768</x:v>
+        <x:v>2801</x:v>
       </x:c>
       <x:c r="GD11" s="3" t="n">
         <x:v>2147</x:v>
       </x:c>
       <x:c r="GE11" s="3" t="n">
         <x:v>2523</x:v>
       </x:c>
       <x:c r="GF11" s="3" t="n">
         <x:v>2156</x:v>
       </x:c>
       <x:c r="GG11" s="3" t="n">
         <x:v>2242</x:v>
       </x:c>
       <x:c r="GH11" s="3" t="n">
         <x:v>2073</x:v>
       </x:c>
       <x:c r="GI11" s="3" t="n">
         <x:v>2047</x:v>
       </x:c>
+      <x:c r="GJ11" s="3" t="n">
+        <x:v>2016</x:v>
+      </x:c>
     </x:row>
-    <x:row r="12" spans="1:191">
+    <x:row r="12" spans="1:192">
       <x:c r="A12" s="2" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>6526</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>7376</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>6891</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>8299</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>8018</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
         <x:v>8723</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
         <x:v>8395</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
         <x:v>9621</x:v>
       </x:c>
@@ -6352,83 +6379,86 @@
       <x:c r="FR12" s="3" t="n">
         <x:v>91082</x:v>
       </x:c>
       <x:c r="FS12" s="3" t="n">
         <x:v>96808</x:v>
       </x:c>
       <x:c r="FT12" s="3" t="n">
         <x:v>96367</x:v>
       </x:c>
       <x:c r="FU12" s="3" t="n">
         <x:v>110096</x:v>
       </x:c>
       <x:c r="FV12" s="3" t="n">
         <x:v>112675</x:v>
       </x:c>
       <x:c r="FW12" s="3" t="n">
         <x:v>115533</x:v>
       </x:c>
       <x:c r="FX12" s="3" t="n">
         <x:v>128141</x:v>
       </x:c>
       <x:c r="FY12" s="3" t="n">
         <x:v>133042</x:v>
       </x:c>
       <x:c r="FZ12" s="3" t="n">
-        <x:v>132172</x:v>
+        <x:v>130405</x:v>
       </x:c>
       <x:c r="GA12" s="3" t="n">
-        <x:v>131273</x:v>
+        <x:v>129837</x:v>
       </x:c>
       <x:c r="GB12" s="3" t="n">
-        <x:v>124298</x:v>
+        <x:v>122607</x:v>
       </x:c>
       <x:c r="GC12" s="3" t="n">
-        <x:v>136529</x:v>
+        <x:v>134695</x:v>
       </x:c>
       <x:c r="GD12" s="3" t="n">
-        <x:v>126843</x:v>
+        <x:v>127543</x:v>
       </x:c>
       <x:c r="GE12" s="3" t="n">
-        <x:v>138048</x:v>
+        <x:v>137206</x:v>
       </x:c>
       <x:c r="GF12" s="3" t="n">
-        <x:v>129269</x:v>
+        <x:v>130231</x:v>
       </x:c>
       <x:c r="GG12" s="3" t="n">
-        <x:v>144086</x:v>
+        <x:v>145751</x:v>
       </x:c>
       <x:c r="GH12" s="3" t="n">
-        <x:v>140867</x:v>
+        <x:v>142024</x:v>
       </x:c>
       <x:c r="GI12" s="3" t="n">
-        <x:v>146596</x:v>
+        <x:v>138942</x:v>
+      </x:c>
+      <x:c r="GJ12" s="3" t="n">
+        <x:v>144908</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:191">
+    <x:row r="13" spans="1:192">
       <x:c r="A13" s="2" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>1160</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>1198</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>1259</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>1253</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>1278</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>1421</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
         <x:v>1405</x:v>
       </x:c>
       <x:c r="I13" s="3" t="n">
         <x:v>1442</x:v>
       </x:c>
@@ -6927,83 +6957,86 @@
       <x:c r="FR13" s="3" t="n">
         <x:v>15080</x:v>
       </x:c>
       <x:c r="FS13" s="3" t="n">
         <x:v>13991</x:v>
       </x:c>
       <x:c r="FT13" s="3" t="n">
         <x:v>15762</x:v>
       </x:c>
       <x:c r="FU13" s="3" t="n">
         <x:v>19437</x:v>
       </x:c>
       <x:c r="FV13" s="3" t="n">
         <x:v>17342</x:v>
       </x:c>
       <x:c r="FW13" s="3" t="n">
         <x:v>18211</x:v>
       </x:c>
       <x:c r="FX13" s="3" t="n">
         <x:v>19321</x:v>
       </x:c>
       <x:c r="FY13" s="3" t="n">
         <x:v>22736</x:v>
       </x:c>
       <x:c r="FZ13" s="3" t="n">
-        <x:v>21038</x:v>
+        <x:v>21017</x:v>
       </x:c>
       <x:c r="GA13" s="3" t="n">
-        <x:v>20592</x:v>
+        <x:v>20583</x:v>
       </x:c>
       <x:c r="GB13" s="3" t="n">
-        <x:v>19513</x:v>
+        <x:v>19508</x:v>
       </x:c>
       <x:c r="GC13" s="3" t="n">
-        <x:v>24114</x:v>
+        <x:v>24093</x:v>
       </x:c>
       <x:c r="GD13" s="3" t="n">
-        <x:v>21832</x:v>
+        <x:v>21842</x:v>
       </x:c>
       <x:c r="GE13" s="3" t="n">
-        <x:v>22213</x:v>
+        <x:v>22241</x:v>
       </x:c>
       <x:c r="GF13" s="3" t="n">
-        <x:v>21365</x:v>
+        <x:v>21394</x:v>
       </x:c>
       <x:c r="GG13" s="3" t="n">
-        <x:v>26676</x:v>
+        <x:v>26710</x:v>
       </x:c>
       <x:c r="GH13" s="3" t="n">
-        <x:v>24934</x:v>
+        <x:v>24996</x:v>
       </x:c>
       <x:c r="GI13" s="3" t="n">
-        <x:v>23103</x:v>
+        <x:v>23121</x:v>
+      </x:c>
+      <x:c r="GJ13" s="3" t="n">
+        <x:v>24289</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:191">
+    <x:row r="14" spans="1:192">
       <x:c r="A14" s="2" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>194</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
         <x:v>202</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
         <x:v>252</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
         <x:v>226</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I14" s="3" t="n">
         <x:v>306</x:v>
       </x:c>
@@ -7502,83 +7535,86 @@
       <x:c r="FR14" s="3" t="n">
         <x:v>1391</x:v>
       </x:c>
       <x:c r="FS14" s="3" t="n">
         <x:v>1437</x:v>
       </x:c>
       <x:c r="FT14" s="3" t="n">
         <x:v>1377</x:v>
       </x:c>
       <x:c r="FU14" s="3" t="n">
         <x:v>1524</x:v>
       </x:c>
       <x:c r="FV14" s="3" t="n">
         <x:v>1500</x:v>
       </x:c>
       <x:c r="FW14" s="3" t="n">
         <x:v>1460</x:v>
       </x:c>
       <x:c r="FX14" s="3" t="n">
         <x:v>1604</x:v>
       </x:c>
       <x:c r="FY14" s="3" t="n">
         <x:v>1874</x:v>
       </x:c>
       <x:c r="FZ14" s="3" t="n">
-        <x:v>1922</x:v>
+        <x:v>1935</x:v>
       </x:c>
       <x:c r="GA14" s="3" t="n">
-        <x:v>1831</x:v>
+        <x:v>1843</x:v>
       </x:c>
       <x:c r="GB14" s="3" t="n">
-        <x:v>1992</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="GC14" s="3" t="n">
-        <x:v>2131</x:v>
+        <x:v>2145</x:v>
       </x:c>
       <x:c r="GD14" s="3" t="n">
-        <x:v>1893</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="GE14" s="3" t="n">
-        <x:v>1834</x:v>
+        <x:v>1838</x:v>
       </x:c>
       <x:c r="GF14" s="3" t="n">
-        <x:v>1988</x:v>
+        <x:v>1995</x:v>
       </x:c>
       <x:c r="GG14" s="3" t="n">
-        <x:v>2189</x:v>
+        <x:v>2193</x:v>
       </x:c>
       <x:c r="GH14" s="3" t="n">
-        <x:v>2021</x:v>
+        <x:v>2028</x:v>
       </x:c>
       <x:c r="GI14" s="3" t="n">
-        <x:v>1976</x:v>
+        <x:v>1898</x:v>
+      </x:c>
+      <x:c r="GJ14" s="3" t="n">
+        <x:v>1983</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:191">
+    <x:row r="15" spans="1:192">
       <x:c r="A15" s="2" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
         <x:v>103</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>151</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
         <x:v>137</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I15" s="3" t="n">
         <x:v>190</x:v>
       </x:c>
@@ -8077,83 +8113,86 @@
       <x:c r="FR15" s="3" t="n">
         <x:v>1146</x:v>
       </x:c>
       <x:c r="FS15" s="3" t="n">
         <x:v>1320</x:v>
       </x:c>
       <x:c r="FT15" s="3" t="n">
         <x:v>1219</x:v>
       </x:c>
       <x:c r="FU15" s="3" t="n">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="FV15" s="3" t="n">
         <x:v>1430</x:v>
       </x:c>
       <x:c r="FW15" s="3" t="n">
         <x:v>1594</x:v>
       </x:c>
       <x:c r="FX15" s="3" t="n">
         <x:v>1235</x:v>
       </x:c>
       <x:c r="FY15" s="3" t="n">
         <x:v>1361</x:v>
       </x:c>
       <x:c r="FZ15" s="3" t="n">
-        <x:v>1618</x:v>
+        <x:v>1617</x:v>
       </x:c>
       <x:c r="GA15" s="3" t="n">
-        <x:v>1434</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="GB15" s="3" t="n">
-        <x:v>1120</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="GC15" s="3" t="n">
-        <x:v>1258</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="GD15" s="3" t="n">
         <x:v>1477</x:v>
       </x:c>
       <x:c r="GE15" s="3" t="n">
         <x:v>1755</x:v>
       </x:c>
       <x:c r="GF15" s="3" t="n">
         <x:v>1403</x:v>
       </x:c>
       <x:c r="GG15" s="3" t="n">
         <x:v>1575</x:v>
       </x:c>
       <x:c r="GH15" s="3" t="n">
-        <x:v>1818</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="GI15" s="3" t="n">
-        <x:v>1831</x:v>
+        <x:v>1833</x:v>
+      </x:c>
+      <x:c r="GJ15" s="3" t="n">
+        <x:v>1416</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:191">
+    <x:row r="16" spans="1:192">
       <x:c r="A16" s="2" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>685</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>754</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>714</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>956</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
         <x:v>845</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>947</x:v>
       </x:c>
       <x:c r="H16" s="3" t="n">
         <x:v>934</x:v>
       </x:c>
       <x:c r="I16" s="3" t="n">
         <x:v>987</x:v>
       </x:c>
@@ -8652,83 +8691,86 @@
       <x:c r="FR16" s="3" t="n">
         <x:v>3331</x:v>
       </x:c>
       <x:c r="FS16" s="3" t="n">
         <x:v>3356</x:v>
       </x:c>
       <x:c r="FT16" s="3" t="n">
         <x:v>3392</x:v>
       </x:c>
       <x:c r="FU16" s="3" t="n">
         <x:v>3398</x:v>
       </x:c>
       <x:c r="FV16" s="3" t="n">
         <x:v>4069</x:v>
       </x:c>
       <x:c r="FW16" s="3" t="n">
         <x:v>4082</x:v>
       </x:c>
       <x:c r="FX16" s="3" t="n">
         <x:v>4347</x:v>
       </x:c>
       <x:c r="FY16" s="3" t="n">
         <x:v>4502</x:v>
       </x:c>
       <x:c r="FZ16" s="3" t="n">
-        <x:v>4812</x:v>
+        <x:v>4816</x:v>
       </x:c>
       <x:c r="GA16" s="3" t="n">
-        <x:v>4526</x:v>
+        <x:v>4530</x:v>
       </x:c>
       <x:c r="GB16" s="3" t="n">
-        <x:v>3953</x:v>
+        <x:v>3957</x:v>
       </x:c>
       <x:c r="GC16" s="3" t="n">
-        <x:v>3852</x:v>
+        <x:v>3856</x:v>
       </x:c>
       <x:c r="GD16" s="3" t="n">
         <x:v>4361</x:v>
       </x:c>
       <x:c r="GE16" s="3" t="n">
-        <x:v>4475</x:v>
+        <x:v>4476</x:v>
       </x:c>
       <x:c r="GF16" s="3" t="n">
         <x:v>4821</x:v>
       </x:c>
       <x:c r="GG16" s="3" t="n">
         <x:v>4764</x:v>
       </x:c>
       <x:c r="GH16" s="3" t="n">
         <x:v>4836</x:v>
       </x:c>
       <x:c r="GI16" s="3" t="n">
         <x:v>4575</x:v>
       </x:c>
+      <x:c r="GJ16" s="3" t="n">
+        <x:v>4420</x:v>
+      </x:c>
     </x:row>
-    <x:row r="17" spans="1:191">
+    <x:row r="17" spans="1:192">
       <x:c r="A17" s="2" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
@@ -9227,83 +9269,86 @@
       <x:c r="FR17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="FS17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="FT17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="FU17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="FV17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="FW17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="FX17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="FY17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="FZ17" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="GA17" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="GB17" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="GC17" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="GD17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GE17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GF17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GG17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GH17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GI17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
+      <x:c r="GJ17" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
     </x:row>
-    <x:row r="18" spans="1:191">
+    <x:row r="18" spans="1:192">
       <x:c r="A18" s="2" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
         <x:v>217</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
         <x:v>226</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
         <x:v>235</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
         <x:v>366</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
         <x:v>362</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
         <x:v>450</x:v>
       </x:c>
       <x:c r="I18" s="3" t="n">
         <x:v>432</x:v>
       </x:c>
@@ -9802,83 +9847,86 @@
       <x:c r="FR18" s="3" t="n">
         <x:v>9734</x:v>
       </x:c>
       <x:c r="FS18" s="3" t="n">
         <x:v>11634</x:v>
       </x:c>
       <x:c r="FT18" s="3" t="n">
         <x:v>9313</x:v>
       </x:c>
       <x:c r="FU18" s="3" t="n">
         <x:v>12480</x:v>
       </x:c>
       <x:c r="FV18" s="3" t="n">
         <x:v>12705</x:v>
       </x:c>
       <x:c r="FW18" s="3" t="n">
         <x:v>10989</x:v>
       </x:c>
       <x:c r="FX18" s="3" t="n">
         <x:v>17062</x:v>
       </x:c>
       <x:c r="FY18" s="3" t="n">
         <x:v>18551</x:v>
       </x:c>
       <x:c r="FZ18" s="3" t="n">
-        <x:v>15120</x:v>
+        <x:v>15056</x:v>
       </x:c>
       <x:c r="GA18" s="3" t="n">
-        <x:v>13566</x:v>
+        <x:v>13524</x:v>
       </x:c>
       <x:c r="GB18" s="3" t="n">
-        <x:v>14907</x:v>
+        <x:v>14832</x:v>
       </x:c>
       <x:c r="GC18" s="3" t="n">
-        <x:v>15433</x:v>
+        <x:v>15238</x:v>
       </x:c>
       <x:c r="GD18" s="3" t="n">
-        <x:v>11751</x:v>
+        <x:v>11757</x:v>
       </x:c>
       <x:c r="GE18" s="3" t="n">
-        <x:v>9805</x:v>
+        <x:v>9825</x:v>
       </x:c>
       <x:c r="GF18" s="3" t="n">
-        <x:v>13287</x:v>
+        <x:v>13298</x:v>
       </x:c>
       <x:c r="GG18" s="3" t="n">
-        <x:v>12885</x:v>
+        <x:v>12897</x:v>
       </x:c>
       <x:c r="GH18" s="3" t="n">
-        <x:v>10843</x:v>
+        <x:v>10853</x:v>
       </x:c>
       <x:c r="GI18" s="3" t="n">
-        <x:v>11279</x:v>
+        <x:v>11276</x:v>
+      </x:c>
+      <x:c r="GJ18" s="3" t="n">
+        <x:v>9909</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:191">
+    <x:row r="19" spans="1:192">
       <x:c r="A19" s="2" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>976</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>1026</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
         <x:v>982</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
         <x:v>1249</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
         <x:v>1285</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
         <x:v>1483</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
         <x:v>1479</x:v>
       </x:c>
       <x:c r="I19" s="3" t="n">
         <x:v>1563</x:v>
       </x:c>
@@ -10377,83 +10425,86 @@
       <x:c r="FR19" s="3" t="n">
         <x:v>15645</x:v>
       </x:c>
       <x:c r="FS19" s="3" t="n">
         <x:v>16311</x:v>
       </x:c>
       <x:c r="FT19" s="3" t="n">
         <x:v>17694</x:v>
       </x:c>
       <x:c r="FU19" s="3" t="n">
         <x:v>18495</x:v>
       </x:c>
       <x:c r="FV19" s="3" t="n">
         <x:v>21589</x:v>
       </x:c>
       <x:c r="FW19" s="3" t="n">
         <x:v>21330</x:v>
       </x:c>
       <x:c r="FX19" s="3" t="n">
         <x:v>23558</x:v>
       </x:c>
       <x:c r="FY19" s="3" t="n">
         <x:v>22921</x:v>
       </x:c>
       <x:c r="FZ19" s="3" t="n">
-        <x:v>22782</x:v>
+        <x:v>22912</x:v>
       </x:c>
       <x:c r="GA19" s="3" t="n">
-        <x:v>22909</x:v>
+        <x:v>23046</x:v>
       </x:c>
       <x:c r="GB19" s="3" t="n">
-        <x:v>19960</x:v>
+        <x:v>20075</x:v>
       </x:c>
       <x:c r="GC19" s="3" t="n">
-        <x:v>21068</x:v>
+        <x:v>21193</x:v>
       </x:c>
       <x:c r="GD19" s="3" t="n">
-        <x:v>21556</x:v>
+        <x:v>21573</x:v>
       </x:c>
       <x:c r="GE19" s="3" t="n">
-        <x:v>22854</x:v>
+        <x:v>22864</x:v>
       </x:c>
       <x:c r="GF19" s="3" t="n">
-        <x:v>21375</x:v>
+        <x:v>21408</x:v>
       </x:c>
       <x:c r="GG19" s="3" t="n">
-        <x:v>20392</x:v>
+        <x:v>20429</x:v>
       </x:c>
       <x:c r="GH19" s="3" t="n">
-        <x:v>23653</x:v>
+        <x:v>23662</x:v>
       </x:c>
       <x:c r="GI19" s="3" t="n">
-        <x:v>22904</x:v>
+        <x:v>22836</x:v>
+      </x:c>
+      <x:c r="GJ19" s="3" t="n">
+        <x:v>21631</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:191">
+    <x:row r="20" spans="1:192">
       <x:c r="A20" s="2" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>1808</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
         <x:v>2365</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
         <x:v>2421</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
         <x:v>2249</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
         <x:v>2481</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
         <x:v>2226</x:v>
       </x:c>
       <x:c r="I20" s="3" t="n">
         <x:v>2681</x:v>
       </x:c>
@@ -10952,83 +11003,86 @@
       <x:c r="FR20" s="3" t="n">
         <x:v>16370</x:v>
       </x:c>
       <x:c r="FS20" s="3" t="n">
         <x:v>19655</x:v>
       </x:c>
       <x:c r="FT20" s="3" t="n">
         <x:v>19968</x:v>
       </x:c>
       <x:c r="FU20" s="3" t="n">
         <x:v>23358</x:v>
       </x:c>
       <x:c r="FV20" s="3" t="n">
         <x:v>25624</x:v>
       </x:c>
       <x:c r="FW20" s="3" t="n">
         <x:v>28242</x:v>
       </x:c>
       <x:c r="FX20" s="3" t="n">
         <x:v>25874</x:v>
       </x:c>
       <x:c r="FY20" s="3" t="n">
         <x:v>24181</x:v>
       </x:c>
       <x:c r="FZ20" s="3" t="n">
-        <x:v>24672</x:v>
+        <x:v>24328</x:v>
       </x:c>
       <x:c r="GA20" s="3" t="n">
-        <x:v>25770</x:v>
+        <x:v>25408</x:v>
       </x:c>
       <x:c r="GB20" s="3" t="n">
-        <x:v>21126</x:v>
+        <x:v>20809</x:v>
       </x:c>
       <x:c r="GC20" s="3" t="n">
-        <x:v>23270</x:v>
+        <x:v>22956</x:v>
       </x:c>
       <x:c r="GD20" s="3" t="n">
-        <x:v>24007</x:v>
+        <x:v>24002</x:v>
       </x:c>
       <x:c r="GE20" s="3" t="n">
-        <x:v>26620</x:v>
+        <x:v>26854</x:v>
       </x:c>
       <x:c r="GF20" s="3" t="n">
-        <x:v>24095</x:v>
+        <x:v>24272</x:v>
       </x:c>
       <x:c r="GG20" s="3" t="n">
-        <x:v>26999</x:v>
+        <x:v>27172</x:v>
       </x:c>
       <x:c r="GH20" s="3" t="n">
-        <x:v>26770</x:v>
+        <x:v>26883</x:v>
       </x:c>
       <x:c r="GI20" s="3" t="n">
-        <x:v>26060</x:v>
+        <x:v>26828</x:v>
+      </x:c>
+      <x:c r="GJ20" s="3" t="n">
+        <x:v>26597</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:191">
+    <x:row r="21" spans="1:192">
       <x:c r="A21" s="2" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>1242</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>1289</x:v>
       </x:c>
       <x:c r="D21" s="3" t="n">
         <x:v>1211</x:v>
       </x:c>
       <x:c r="E21" s="3" t="n">
         <x:v>1532</x:v>
       </x:c>
       <x:c r="F21" s="3" t="n">
         <x:v>1453</x:v>
       </x:c>
       <x:c r="G21" s="3" t="n">
         <x:v>1410</x:v>
       </x:c>
       <x:c r="H21" s="3" t="n">
         <x:v>1286</x:v>
       </x:c>
       <x:c r="I21" s="3" t="n">
         <x:v>1776</x:v>
       </x:c>
@@ -11527,83 +11581,86 @@
       <x:c r="FR21" s="3" t="n">
         <x:v>26259</x:v>
       </x:c>
       <x:c r="FS21" s="3" t="n">
         <x:v>27007</x:v>
       </x:c>
       <x:c r="FT21" s="3" t="n">
         <x:v>25431</x:v>
       </x:c>
       <x:c r="FU21" s="3" t="n">
         <x:v>27215</x:v>
       </x:c>
       <x:c r="FV21" s="3" t="n">
         <x:v>25960</x:v>
       </x:c>
       <x:c r="FW21" s="3" t="n">
         <x:v>27087</x:v>
       </x:c>
       <x:c r="FX21" s="3" t="n">
         <x:v>32126</x:v>
       </x:c>
       <x:c r="FY21" s="3" t="n">
         <x:v>33812</x:v>
       </x:c>
       <x:c r="FZ21" s="3" t="n">
-        <x:v>37570</x:v>
+        <x:v>35446</x:v>
       </x:c>
       <x:c r="GA21" s="3" t="n">
-        <x:v>37347</x:v>
+        <x:v>35521</x:v>
       </x:c>
       <x:c r="GB21" s="3" t="n">
-        <x:v>38497</x:v>
+        <x:v>36452</x:v>
       </x:c>
       <x:c r="GC21" s="3" t="n">
-        <x:v>41506</x:v>
+        <x:v>39294</x:v>
       </x:c>
       <x:c r="GD21" s="3" t="n">
-        <x:v>37661</x:v>
+        <x:v>38262</x:v>
       </x:c>
       <x:c r="GE21" s="3" t="n">
-        <x:v>46009</x:v>
+        <x:v>44701</x:v>
       </x:c>
       <x:c r="GF21" s="3" t="n">
-        <x:v>38851</x:v>
+        <x:v>39380</x:v>
       </x:c>
       <x:c r="GG21" s="3" t="n">
-        <x:v>45804</x:v>
+        <x:v>46988</x:v>
       </x:c>
       <x:c r="GH21" s="3" t="n">
-        <x:v>43159</x:v>
+        <x:v>44066</x:v>
       </x:c>
       <x:c r="GI21" s="3" t="n">
-        <x:v>52091</x:v>
+        <x:v>43810</x:v>
+      </x:c>
+      <x:c r="GJ21" s="3" t="n">
+        <x:v>52080</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:191">
+    <x:row r="22" spans="1:192">
       <x:c r="A22" s="2" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
         <x:v>182</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
         <x:v>222</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
         <x:v>172</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H22" s="3" t="n">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I22" s="3" t="n">
         <x:v>234</x:v>
       </x:c>
@@ -12102,83 +12159,86 @@
       <x:c r="FR22" s="3" t="n">
         <x:v>1961</x:v>
       </x:c>
       <x:c r="FS22" s="3" t="n">
         <x:v>1935</x:v>
       </x:c>
       <x:c r="FT22" s="3" t="n">
         <x:v>2047</x:v>
       </x:c>
       <x:c r="FU22" s="3" t="n">
         <x:v>2777</x:v>
       </x:c>
       <x:c r="FV22" s="3" t="n">
         <x:v>2222</x:v>
       </x:c>
       <x:c r="FW22" s="3" t="n">
         <x:v>2171</x:v>
       </x:c>
       <x:c r="FX22" s="3" t="n">
         <x:v>2544</x:v>
       </x:c>
       <x:c r="FY22" s="3" t="n">
         <x:v>2583</x:v>
       </x:c>
       <x:c r="FZ22" s="3" t="n">
-        <x:v>1863</x:v>
+        <x:v>2502</x:v>
       </x:c>
       <x:c r="GA22" s="3" t="n">
-        <x:v>1896</x:v>
+        <x:v>2546</x:v>
       </x:c>
       <x:c r="GB22" s="3" t="n">
-        <x:v>1807</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="GC22" s="3" t="n">
-        <x:v>2235</x:v>
+        <x:v>3001</x:v>
       </x:c>
       <x:c r="GD22" s="3" t="n">
-        <x:v>1821</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="GE22" s="3" t="n">
-        <x:v>1895</x:v>
+        <x:v>2064</x:v>
       </x:c>
       <x:c r="GF22" s="3" t="n">
-        <x:v>1622</x:v>
+        <x:v>1798</x:v>
       </x:c>
       <x:c r="GG22" s="3" t="n">
-        <x:v>2127</x:v>
+        <x:v>2348</x:v>
       </x:c>
       <x:c r="GH22" s="3" t="n">
-        <x:v>2135</x:v>
+        <x:v>2183</x:v>
       </x:c>
       <x:c r="GI22" s="3" t="n">
-        <x:v>1885</x:v>
+        <x:v>1873</x:v>
+      </x:c>
+      <x:c r="GJ22" s="3" t="n">
+        <x:v>1876</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:191">
+    <x:row r="23" spans="1:192">
       <x:c r="A23" s="2" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H23" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I23" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
@@ -12706,54 +12766,57 @@
       </x:c>
       <x:c r="GB23" s="3" t="n">
         <x:v>1423</x:v>
       </x:c>
       <x:c r="GC23" s="3" t="n">
         <x:v>1662</x:v>
       </x:c>
       <x:c r="GD23" s="3" t="n">
         <x:v>484</x:v>
       </x:c>
       <x:c r="GE23" s="3" t="n">
         <x:v>588</x:v>
       </x:c>
       <x:c r="GF23" s="3" t="n">
         <x:v>462</x:v>
       </x:c>
       <x:c r="GG23" s="3" t="n">
         <x:v>675</x:v>
       </x:c>
       <x:c r="GH23" s="3" t="n">
         <x:v>698</x:v>
       </x:c>
       <x:c r="GI23" s="3" t="n">
         <x:v>892</x:v>
       </x:c>
+      <x:c r="GJ23" s="3" t="n">
+        <x:v>707</x:v>
+      </x:c>
     </x:row>
-    <x:row r="24" spans="1:191">
+    <x:row r="24" spans="1:192">
       <x:c r="A24" s="2" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E24" s="3" t="n">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F24" s="3" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G24" s="3" t="n">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H24" s="3" t="n">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I24" s="3" t="n">
         <x:v>212</x:v>
       </x:c>
@@ -13281,54 +13344,57 @@
       </x:c>
       <x:c r="GB24" s="3" t="n">
         <x:v>6443</x:v>
       </x:c>
       <x:c r="GC24" s="3" t="n">
         <x:v>5377</x:v>
       </x:c>
       <x:c r="GD24" s="3" t="n">
         <x:v>5388</x:v>
       </x:c>
       <x:c r="GE24" s="3" t="n">
         <x:v>4819</x:v>
       </x:c>
       <x:c r="GF24" s="3" t="n">
         <x:v>4437</x:v>
       </x:c>
       <x:c r="GG24" s="3" t="n">
         <x:v>5640</x:v>
       </x:c>
       <x:c r="GH24" s="3" t="n">
         <x:v>7678</x:v>
       </x:c>
       <x:c r="GI24" s="3" t="n">
         <x:v>5016</x:v>
       </x:c>
+      <x:c r="GJ24" s="3" t="n">
+        <x:v>6376</x:v>
+      </x:c>
     </x:row>
-    <x:row r="25" spans="1:191">
+    <x:row r="25" spans="1:192">
       <x:c r="A25" s="2" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>6809</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>7586</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
         <x:v>7060</x:v>
       </x:c>
       <x:c r="E25" s="3" t="n">
         <x:v>8568</x:v>
       </x:c>
       <x:c r="F25" s="3" t="n">
         <x:v>8162</x:v>
       </x:c>
       <x:c r="G25" s="3" t="n">
         <x:v>8996</x:v>
       </x:c>
       <x:c r="H25" s="3" t="n">
         <x:v>8521</x:v>
       </x:c>
       <x:c r="I25" s="3" t="n">
         <x:v>9889</x:v>
       </x:c>
@@ -13827,83 +13893,86 @@
       <x:c r="FR25" s="3" t="n">
         <x:v>101418</x:v>
       </x:c>
       <x:c r="FS25" s="3" t="n">
         <x:v>105744</x:v>
       </x:c>
       <x:c r="FT25" s="3" t="n">
         <x:v>113340</x:v>
       </x:c>
       <x:c r="FU25" s="3" t="n">
         <x:v>129542</x:v>
       </x:c>
       <x:c r="FV25" s="3" t="n">
         <x:v>131834</x:v>
       </x:c>
       <x:c r="FW25" s="3" t="n">
         <x:v>137084</x:v>
       </x:c>
       <x:c r="FX25" s="3" t="n">
         <x:v>150179</x:v>
       </x:c>
       <x:c r="FY25" s="3" t="n">
         <x:v>153465</x:v>
       </x:c>
       <x:c r="FZ25" s="3" t="n">
-        <x:v>152005</x:v>
+        <x:v>150305</x:v>
       </x:c>
       <x:c r="GA25" s="3" t="n">
-        <x:v>152138</x:v>
+        <x:v>150753</x:v>
       </x:c>
       <x:c r="GB25" s="3" t="n">
-        <x:v>144536</x:v>
+        <x:v>142921</x:v>
       </x:c>
       <x:c r="GC25" s="3" t="n">
-        <x:v>157589</x:v>
+        <x:v>155959</x:v>
       </x:c>
       <x:c r="GD25" s="3" t="n">
-        <x:v>145487</x:v>
+        <x:v>146182</x:v>
       </x:c>
       <x:c r="GE25" s="3" t="n">
-        <x:v>158069</x:v>
+        <x:v>157209</x:v>
       </x:c>
       <x:c r="GF25" s="3" t="n">
-        <x:v>149788</x:v>
+        <x:v>150742</x:v>
       </x:c>
       <x:c r="GG25" s="3" t="n">
-        <x:v>168116</x:v>
+        <x:v>169771</x:v>
       </x:c>
       <x:c r="GH25" s="3" t="n">
-        <x:v>164288</x:v>
+        <x:v>165430</x:v>
       </x:c>
       <x:c r="GI25" s="3" t="n">
-        <x:v>165659</x:v>
+        <x:v>157981</x:v>
+      </x:c>
+      <x:c r="GJ25" s="3" t="n">
+        <x:v>170329</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:191">
+    <x:row r="26" spans="1:192">
       <x:c r="A26" s="2" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>6585</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
         <x:v>7540</x:v>
       </x:c>
       <x:c r="D26" s="3" t="n">
         <x:v>7698</x:v>
       </x:c>
       <x:c r="E26" s="3" t="n">
         <x:v>8604</x:v>
       </x:c>
       <x:c r="F26" s="3" t="n">
         <x:v>8622</x:v>
       </x:c>
       <x:c r="G26" s="3" t="n">
         <x:v>8839</x:v>
       </x:c>
       <x:c r="H26" s="3" t="n">
         <x:v>9626</x:v>
       </x:c>
       <x:c r="I26" s="3" t="n">
         <x:v>9708</x:v>
       </x:c>
@@ -14210,275 +14279,278 @@
       <x:c r="DF26" s="3" t="n">
         <x:v>46541</x:v>
       </x:c>
       <x:c r="DG26" s="3" t="n">
         <x:v>49462</x:v>
       </x:c>
       <x:c r="DH26" s="3" t="n">
         <x:v>50678</x:v>
       </x:c>
       <x:c r="DI26" s="3" t="n">
         <x:v>52398</x:v>
       </x:c>
       <x:c r="DJ26" s="3" t="n">
         <x:v>48817</x:v>
       </x:c>
       <x:c r="DK26" s="3" t="n">
         <x:v>52494</x:v>
       </x:c>
       <x:c r="DL26" s="3" t="n">
         <x:v>54451</x:v>
       </x:c>
       <x:c r="DM26" s="3" t="n">
         <x:v>56388</x:v>
       </x:c>
       <x:c r="DN26" s="3" t="n">
-        <x:v>52557</x:v>
+        <x:v>53020</x:v>
       </x:c>
       <x:c r="DO26" s="3" t="n">
-        <x:v>57177</x:v>
+        <x:v>57580</x:v>
       </x:c>
       <x:c r="DP26" s="3" t="n">
-        <x:v>58818</x:v>
+        <x:v>59334</x:v>
       </x:c>
       <x:c r="DQ26" s="3" t="n">
-        <x:v>59296</x:v>
+        <x:v>59896</x:v>
       </x:c>
       <x:c r="DR26" s="3" t="n">
-        <x:v>56751</x:v>
+        <x:v>57868</x:v>
       </x:c>
       <x:c r="DS26" s="3" t="n">
-        <x:v>65130</x:v>
+        <x:v>66118</x:v>
       </x:c>
       <x:c r="DT26" s="3" t="n">
-        <x:v>61020</x:v>
+        <x:v>61943</x:v>
       </x:c>
       <x:c r="DU26" s="3" t="n">
-        <x:v>61426</x:v>
+        <x:v>62360</x:v>
       </x:c>
       <x:c r="DV26" s="3" t="n">
-        <x:v>52898</x:v>
+        <x:v>54190</x:v>
       </x:c>
       <x:c r="DW26" s="3" t="n">
-        <x:v>57853</x:v>
+        <x:v>59411</x:v>
       </x:c>
       <x:c r="DX26" s="3" t="n">
-        <x:v>56091</x:v>
+        <x:v>57431</x:v>
       </x:c>
       <x:c r="DY26" s="3" t="n">
-        <x:v>58927</x:v>
+        <x:v>60022</x:v>
       </x:c>
       <x:c r="DZ26" s="3" t="n">
-        <x:v>59621</x:v>
+        <x:v>61746</x:v>
       </x:c>
       <x:c r="EA26" s="3" t="n">
-        <x:v>63660</x:v>
+        <x:v>65171</x:v>
       </x:c>
       <x:c r="EB26" s="3" t="n">
-        <x:v>63348</x:v>
+        <x:v>64770</x:v>
       </x:c>
       <x:c r="EC26" s="3" t="n">
-        <x:v>67505</x:v>
+        <x:v>69053</x:v>
       </x:c>
       <x:c r="ED26" s="3" t="n">
-        <x:v>59731</x:v>
+        <x:v>61868</x:v>
       </x:c>
       <x:c r="EE26" s="3" t="n">
-        <x:v>62412</x:v>
+        <x:v>64145</x:v>
       </x:c>
       <x:c r="EF26" s="3" t="n">
-        <x:v>64348</x:v>
+        <x:v>66525</x:v>
       </x:c>
       <x:c r="EG26" s="3" t="n">
-        <x:v>71133</x:v>
+        <x:v>73013</x:v>
       </x:c>
       <x:c r="EH26" s="3" t="n">
-        <x:v>66830</x:v>
+        <x:v>69232</x:v>
       </x:c>
       <x:c r="EI26" s="3" t="n">
-        <x:v>72964</x:v>
+        <x:v>75861</x:v>
       </x:c>
       <x:c r="EJ26" s="3" t="n">
-        <x:v>69789</x:v>
+        <x:v>71938</x:v>
       </x:c>
       <x:c r="EK26" s="3" t="n">
-        <x:v>70637</x:v>
+        <x:v>72437</x:v>
       </x:c>
       <x:c r="EL26" s="3" t="n">
-        <x:v>65232</x:v>
+        <x:v>67502</x:v>
       </x:c>
       <x:c r="EM26" s="3" t="n">
-        <x:v>74591</x:v>
+        <x:v>77151</x:v>
       </x:c>
       <x:c r="EN26" s="3" t="n">
-        <x:v>74582</x:v>
+        <x:v>76875</x:v>
       </x:c>
       <x:c r="EO26" s="3" t="n">
-        <x:v>78298</x:v>
+        <x:v>81744</x:v>
       </x:c>
       <x:c r="EP26" s="3" t="n">
-        <x:v>71130</x:v>
+        <x:v>73593</x:v>
       </x:c>
       <x:c r="EQ26" s="3" t="n">
-        <x:v>80402</x:v>
+        <x:v>83172</x:v>
       </x:c>
       <x:c r="ER26" s="3" t="n">
-        <x:v>81590</x:v>
+        <x:v>84562</x:v>
       </x:c>
       <x:c r="ES26" s="3" t="n">
-        <x:v>87796</x:v>
+        <x:v>91479</x:v>
       </x:c>
       <x:c r="ET26" s="3" t="n">
-        <x:v>81782</x:v>
+        <x:v>84985</x:v>
       </x:c>
       <x:c r="EU26" s="3" t="n">
-        <x:v>84574</x:v>
+        <x:v>87598</x:v>
       </x:c>
       <x:c r="EV26" s="3" t="n">
-        <x:v>87391</x:v>
+        <x:v>90754</x:v>
       </x:c>
       <x:c r="EW26" s="3" t="n">
-        <x:v>92956</x:v>
+        <x:v>96574</x:v>
       </x:c>
       <x:c r="EX26" s="3" t="n">
-        <x:v>86101</x:v>
+        <x:v>88452</x:v>
       </x:c>
       <x:c r="EY26" s="3" t="n">
-        <x:v>88809</x:v>
+        <x:v>91126</x:v>
       </x:c>
       <x:c r="EZ26" s="3" t="n">
-        <x:v>92251</x:v>
+        <x:v>94353</x:v>
       </x:c>
       <x:c r="FA26" s="3" t="n">
-        <x:v>86705</x:v>
+        <x:v>89495</x:v>
       </x:c>
       <x:c r="FB26" s="3" t="n">
-        <x:v>75782</x:v>
+        <x:v>77861</x:v>
       </x:c>
       <x:c r="FC26" s="3" t="n">
-        <x:v>87191</x:v>
+        <x:v>89751</x:v>
       </x:c>
       <x:c r="FD26" s="3" t="n">
-        <x:v>92302</x:v>
+        <x:v>94647</x:v>
       </x:c>
       <x:c r="FE26" s="3" t="n">
-        <x:v>87141</x:v>
+        <x:v>89733</x:v>
       </x:c>
       <x:c r="FF26" s="3" t="n">
-        <x:v>78346</x:v>
+        <x:v>81254</x:v>
       </x:c>
       <x:c r="FG26" s="3" t="n">
-        <x:v>90968</x:v>
+        <x:v>93734</x:v>
       </x:c>
       <x:c r="FH26" s="3" t="n">
-        <x:v>95838</x:v>
+        <x:v>98591</x:v>
       </x:c>
       <x:c r="FI26" s="3" t="n">
-        <x:v>87983</x:v>
+        <x:v>91577</x:v>
       </x:c>
       <x:c r="FJ26" s="3" t="n">
-        <x:v>89769</x:v>
+        <x:v>93086</x:v>
       </x:c>
       <x:c r="FK26" s="3" t="n">
-        <x:v>97522</x:v>
+        <x:v>100975</x:v>
       </x:c>
       <x:c r="FL26" s="3" t="n">
-        <x:v>105809</x:v>
+        <x:v>109588</x:v>
       </x:c>
       <x:c r="FM26" s="3" t="n">
-        <x:v>94801</x:v>
+        <x:v>98925</x:v>
       </x:c>
       <x:c r="FN26" s="3" t="n">
-        <x:v>89921</x:v>
+        <x:v>93553</x:v>
       </x:c>
       <x:c r="FO26" s="3" t="n">
-        <x:v>77101</x:v>
+        <x:v>80674</x:v>
       </x:c>
       <x:c r="FP26" s="3" t="n">
-        <x:v>76912</x:v>
+        <x:v>79862</x:v>
       </x:c>
       <x:c r="FQ26" s="3" t="n">
-        <x:v>81801</x:v>
+        <x:v>84887</x:v>
       </x:c>
       <x:c r="FR26" s="3" t="n">
-        <x:v>78162</x:v>
+        <x:v>80685</x:v>
       </x:c>
       <x:c r="FS26" s="3" t="n">
-        <x:v>84215</x:v>
+        <x:v>86893</x:v>
       </x:c>
       <x:c r="FT26" s="3" t="n">
-        <x:v>95675</x:v>
+        <x:v>98687</x:v>
       </x:c>
       <x:c r="FU26" s="3" t="n">
-        <x:v>108170</x:v>
+        <x:v>111251</x:v>
       </x:c>
       <x:c r="FV26" s="3" t="n">
-        <x:v>108484</x:v>
+        <x:v>107979</x:v>
       </x:c>
       <x:c r="FW26" s="3" t="n">
-        <x:v>130179</x:v>
+        <x:v>128913</x:v>
       </x:c>
       <x:c r="FX26" s="3" t="n">
-        <x:v>147939</x:v>
+        <x:v>146916</x:v>
       </x:c>
       <x:c r="FY26" s="3" t="n">
-        <x:v>135367</x:v>
+        <x:v>136409</x:v>
       </x:c>
       <x:c r="FZ26" s="3" t="n">
-        <x:v>129636</x:v>
+        <x:v>129278</x:v>
       </x:c>
       <x:c r="GA26" s="3" t="n">
-        <x:v>141326</x:v>
+        <x:v>141987</x:v>
       </x:c>
       <x:c r="GB26" s="3" t="n">
-        <x:v>153199</x:v>
+        <x:v>152430</x:v>
       </x:c>
       <x:c r="GC26" s="3" t="n">
-        <x:v>144749</x:v>
+        <x:v>144453</x:v>
       </x:c>
       <x:c r="GD26" s="3" t="n">
-        <x:v>138107</x:v>
+        <x:v>139023</x:v>
       </x:c>
       <x:c r="GE26" s="3" t="n">
-        <x:v>154543</x:v>
+        <x:v>155461</x:v>
       </x:c>
       <x:c r="GF26" s="3" t="n">
-        <x:v>165992</x:v>
+        <x:v>166406</x:v>
       </x:c>
       <x:c r="GG26" s="3" t="n">
-        <x:v>158903</x:v>
+        <x:v>161144</x:v>
       </x:c>
       <x:c r="GH26" s="3" t="n">
-        <x:v>149761</x:v>
+        <x:v>151540</x:v>
       </x:c>
       <x:c r="GI26" s="3" t="n">
-        <x:v>153437</x:v>
+        <x:v>157655</x:v>
+      </x:c>
+      <x:c r="GJ26" s="3" t="n">
+        <x:v>172430</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:191">
+    <x:row r="27" spans="1:192">
       <x:c r="A27" s="2" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>4152</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>4366</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
         <x:v>4298</x:v>
       </x:c>
       <x:c r="E27" s="3" t="n">
         <x:v>4926</x:v>
       </x:c>
       <x:c r="F27" s="3" t="n">
         <x:v>4538</x:v>
       </x:c>
       <x:c r="G27" s="3" t="n">
         <x:v>5323</x:v>
       </x:c>
       <x:c r="H27" s="3" t="n">
         <x:v>5681</x:v>
       </x:c>
       <x:c r="I27" s="3" t="n">
         <x:v>6294</x:v>
       </x:c>
@@ -14965,95 +15037,98 @@
       <x:c r="FN27" s="3" t="n">
         <x:v>25314</x:v>
       </x:c>
       <x:c r="FO27" s="3" t="n">
         <x:v>22967</x:v>
       </x:c>
       <x:c r="FP27" s="3" t="n">
         <x:v>21923</x:v>
       </x:c>
       <x:c r="FQ27" s="3" t="n">
         <x:v>21803</x:v>
       </x:c>
       <x:c r="FR27" s="3" t="n">
         <x:v>23463</x:v>
       </x:c>
       <x:c r="FS27" s="3" t="n">
         <x:v>26918</x:v>
       </x:c>
       <x:c r="FT27" s="3" t="n">
         <x:v>31706</x:v>
       </x:c>
       <x:c r="FU27" s="3" t="n">
         <x:v>35650</x:v>
       </x:c>
       <x:c r="FV27" s="3" t="n">
-        <x:v>36974</x:v>
+        <x:v>31784</x:v>
       </x:c>
       <x:c r="FW27" s="3" t="n">
-        <x:v>47325</x:v>
+        <x:v>40682</x:v>
       </x:c>
       <x:c r="FX27" s="3" t="n">
-        <x:v>49172</x:v>
+        <x:v>42269</x:v>
       </x:c>
       <x:c r="FY27" s="3" t="n">
-        <x:v>44663</x:v>
+        <x:v>38394</x:v>
       </x:c>
       <x:c r="FZ27" s="3" t="n">
-        <x:v>41128</x:v>
+        <x:v>36763</x:v>
       </x:c>
       <x:c r="GA27" s="3" t="n">
-        <x:v>42508</x:v>
+        <x:v>37997</x:v>
       </x:c>
       <x:c r="GB27" s="3" t="n">
-        <x:v>39581</x:v>
+        <x:v>35380</x:v>
       </x:c>
       <x:c r="GC27" s="3" t="n">
-        <x:v>39854</x:v>
+        <x:v>35624</x:v>
       </x:c>
       <x:c r="GD27" s="3" t="n">
-        <x:v>39955</x:v>
+        <x:v>40955</x:v>
       </x:c>
       <x:c r="GE27" s="3" t="n">
-        <x:v>42920</x:v>
+        <x:v>43929</x:v>
       </x:c>
       <x:c r="GF27" s="3" t="n">
-        <x:v>41552</x:v>
+        <x:v>42552</x:v>
       </x:c>
       <x:c r="GG27" s="3" t="n">
-        <x:v>40011</x:v>
+        <x:v>41052</x:v>
       </x:c>
       <x:c r="GH27" s="3" t="n">
-        <x:v>39324</x:v>
+        <x:v>41013</x:v>
       </x:c>
       <x:c r="GI27" s="3" t="n">
-        <x:v>38341</x:v>
+        <x:v>40225</x:v>
+      </x:c>
+      <x:c r="GJ27" s="3" t="n">
+        <x:v>40343</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:191">
+    <x:row r="28" spans="1:192">
       <x:c r="A28" s="2" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
@@ -15581,54 +15656,57 @@
       </x:c>
       <x:c r="GB28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GC28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GD28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GE28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GF28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GG28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GH28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="GI28" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
+      <x:c r="GJ28" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
     </x:row>
-    <x:row r="29" spans="1:191">
+    <x:row r="29" spans="1:192">
       <x:c r="A29" s="2" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>249</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
         <x:v>245</x:v>
       </x:c>
       <x:c r="E29" s="3" t="n">
         <x:v>244</x:v>
       </x:c>
       <x:c r="F29" s="3" t="n">
         <x:v>287</x:v>
       </x:c>
       <x:c r="G29" s="3" t="n">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H29" s="3" t="n">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I29" s="3" t="n">
         <x:v>281</x:v>
       </x:c>
@@ -16115,95 +16193,98 @@
       <x:c r="FN29" s="3" t="n">
         <x:v>5178</x:v>
       </x:c>
       <x:c r="FO29" s="3" t="n">
         <x:v>5452</x:v>
       </x:c>
       <x:c r="FP29" s="3" t="n">
         <x:v>5162</x:v>
       </x:c>
       <x:c r="FQ29" s="3" t="n">
         <x:v>4993</x:v>
       </x:c>
       <x:c r="FR29" s="3" t="n">
         <x:v>4173</x:v>
       </x:c>
       <x:c r="FS29" s="3" t="n">
         <x:v>5175</x:v>
       </x:c>
       <x:c r="FT29" s="3" t="n">
         <x:v>6457</x:v>
       </x:c>
       <x:c r="FU29" s="3" t="n">
         <x:v>7107</x:v>
       </x:c>
       <x:c r="FV29" s="3" t="n">
-        <x:v>6391</x:v>
+        <x:v>5959</x:v>
       </x:c>
       <x:c r="FW29" s="3" t="n">
-        <x:v>6451</x:v>
+        <x:v>6014</x:v>
       </x:c>
       <x:c r="FX29" s="3" t="n">
-        <x:v>9143</x:v>
+        <x:v>8521</x:v>
       </x:c>
       <x:c r="FY29" s="3" t="n">
-        <x:v>8692</x:v>
+        <x:v>8102</x:v>
       </x:c>
       <x:c r="FZ29" s="3" t="n">
-        <x:v>6661</x:v>
+        <x:v>6669</x:v>
       </x:c>
       <x:c r="GA29" s="3" t="n">
-        <x:v>7827</x:v>
+        <x:v>7834</x:v>
       </x:c>
       <x:c r="GB29" s="3" t="n">
-        <x:v>8851</x:v>
+        <x:v>8858</x:v>
       </x:c>
       <x:c r="GC29" s="3" t="n">
-        <x:v>9132</x:v>
+        <x:v>9141</x:v>
       </x:c>
       <x:c r="GD29" s="3" t="n">
         <x:v>8372</x:v>
       </x:c>
       <x:c r="GE29" s="3" t="n">
         <x:v>9281</x:v>
       </x:c>
       <x:c r="GF29" s="3" t="n">
-        <x:v>8289</x:v>
+        <x:v>8306</x:v>
       </x:c>
       <x:c r="GG29" s="3" t="n">
-        <x:v>9889</x:v>
+        <x:v>9954</x:v>
       </x:c>
       <x:c r="GH29" s="3" t="n">
-        <x:v>8547</x:v>
+        <x:v>8561</x:v>
       </x:c>
       <x:c r="GI29" s="3" t="n">
-        <x:v>8186</x:v>
+        <x:v>8309</x:v>
+      </x:c>
+      <x:c r="GJ29" s="3" t="n">
+        <x:v>7606</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:191">
+    <x:row r="30" spans="1:192">
       <x:c r="A30" s="2" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
         <x:v>247</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
         <x:v>317</x:v>
       </x:c>
       <x:c r="E30" s="3" t="n">
         <x:v>455</x:v>
       </x:c>
       <x:c r="F30" s="3" t="n">
         <x:v>452</x:v>
       </x:c>
       <x:c r="G30" s="3" t="n">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H30" s="3" t="n">
         <x:v>458</x:v>
       </x:c>
       <x:c r="I30" s="3" t="n">
         <x:v>650</x:v>
       </x:c>
@@ -16702,83 +16783,86 @@
       <x:c r="FR30" s="3" t="n">
         <x:v>3000</x:v>
       </x:c>
       <x:c r="FS30" s="3" t="n">
         <x:v>2844</x:v>
       </x:c>
       <x:c r="FT30" s="3" t="n">
         <x:v>3152</x:v>
       </x:c>
       <x:c r="FU30" s="3" t="n">
         <x:v>2962</x:v>
       </x:c>
       <x:c r="FV30" s="3" t="n">
         <x:v>2996</x:v>
       </x:c>
       <x:c r="FW30" s="3" t="n">
         <x:v>2987</x:v>
       </x:c>
       <x:c r="FX30" s="3" t="n">
         <x:v>3324</x:v>
       </x:c>
       <x:c r="FY30" s="3" t="n">
         <x:v>3346</x:v>
       </x:c>
       <x:c r="FZ30" s="3" t="n">
-        <x:v>2661</x:v>
+        <x:v>2633</x:v>
       </x:c>
       <x:c r="GA30" s="3" t="n">
-        <x:v>2585</x:v>
+        <x:v>2557</x:v>
       </x:c>
       <x:c r="GB30" s="3" t="n">
-        <x:v>2418</x:v>
+        <x:v>2392</x:v>
       </x:c>
       <x:c r="GC30" s="3" t="n">
-        <x:v>2374</x:v>
+        <x:v>2349</x:v>
       </x:c>
       <x:c r="GD30" s="3" t="n">
         <x:v>2932</x:v>
       </x:c>
       <x:c r="GE30" s="3" t="n">
         <x:v>2850</x:v>
       </x:c>
       <x:c r="GF30" s="3" t="n">
         <x:v>2654</x:v>
       </x:c>
       <x:c r="GG30" s="3" t="n">
         <x:v>2784</x:v>
       </x:c>
       <x:c r="GH30" s="3" t="n">
-        <x:v>3215</x:v>
+        <x:v>3266</x:v>
       </x:c>
       <x:c r="GI30" s="3" t="n">
-        <x:v>3219</x:v>
+        <x:v>2742</x:v>
+      </x:c>
+      <x:c r="GJ30" s="3" t="n">
+        <x:v>2981</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:191">
+    <x:row r="31" spans="1:192">
       <x:c r="A31" s="2" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>750</x:v>
       </x:c>
       <x:c r="D31" s="3" t="n">
         <x:v>1281</x:v>
       </x:c>
       <x:c r="E31" s="3" t="n">
         <x:v>567</x:v>
       </x:c>
       <x:c r="F31" s="3" t="n">
         <x:v>541</x:v>
       </x:c>
       <x:c r="G31" s="3" t="n">
         <x:v>881</x:v>
       </x:c>
       <x:c r="H31" s="3" t="n">
         <x:v>1261</x:v>
       </x:c>
       <x:c r="I31" s="3" t="n">
         <x:v>706</x:v>
       </x:c>
@@ -17277,83 +17361,86 @@
       <x:c r="FR31" s="3" t="n">
         <x:v>2112</x:v>
       </x:c>
       <x:c r="FS31" s="3" t="n">
         <x:v>2398</x:v>
       </x:c>
       <x:c r="FT31" s="3" t="n">
         <x:v>7281</x:v>
       </x:c>
       <x:c r="FU31" s="3" t="n">
         <x:v>5004</x:v>
       </x:c>
       <x:c r="FV31" s="3" t="n">
         <x:v>7345</x:v>
       </x:c>
       <x:c r="FW31" s="3" t="n">
         <x:v>14760</x:v>
       </x:c>
       <x:c r="FX31" s="3" t="n">
         <x:v>24539</x:v>
       </x:c>
       <x:c r="FY31" s="3" t="n">
         <x:v>8283</x:v>
       </x:c>
       <x:c r="FZ31" s="3" t="n">
-        <x:v>11598</x:v>
+        <x:v>11281</x:v>
       </x:c>
       <x:c r="GA31" s="3" t="n">
-        <x:v>17689</x:v>
+        <x:v>17206</x:v>
       </x:c>
       <x:c r="GB31" s="3" t="n">
-        <x:v>30330</x:v>
+        <x:v>29502</x:v>
       </x:c>
       <x:c r="GC31" s="3" t="n">
-        <x:v>11510</x:v>
+        <x:v>11196</x:v>
       </x:c>
       <x:c r="GD31" s="3" t="n">
-        <x:v>14824</x:v>
+        <x:v>14432</x:v>
       </x:c>
       <x:c r="GE31" s="3" t="n">
-        <x:v>19515</x:v>
+        <x:v>18964</x:v>
       </x:c>
       <x:c r="GF31" s="3" t="n">
-        <x:v>34024</x:v>
+        <x:v>33023</x:v>
       </x:c>
       <x:c r="GG31" s="3" t="n">
-        <x:v>15585</x:v>
+        <x:v>15137</x:v>
       </x:c>
       <x:c r="GH31" s="3" t="n">
-        <x:v>17798</x:v>
+        <x:v>17334</x:v>
       </x:c>
       <x:c r="GI31" s="3" t="n">
-        <x:v>24929</x:v>
+        <x:v>24208</x:v>
+      </x:c>
+      <x:c r="GJ31" s="3" t="n">
+        <x:v>40703</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:191">
+    <x:row r="32" spans="1:192">
       <x:c r="A32" s="2" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
         <x:v>1475</x:v>
       </x:c>
       <x:c r="C32" s="3" t="n">
         <x:v>1928</x:v>
       </x:c>
       <x:c r="D32" s="3" t="n">
         <x:v>1558</x:v>
       </x:c>
       <x:c r="E32" s="3" t="n">
         <x:v>2411</x:v>
       </x:c>
       <x:c r="F32" s="3" t="n">
         <x:v>2804</x:v>
       </x:c>
       <x:c r="G32" s="3" t="n">
         <x:v>1944</x:v>
       </x:c>
       <x:c r="H32" s="3" t="n">
         <x:v>1869</x:v>
       </x:c>
       <x:c r="I32" s="3" t="n">
         <x:v>1777</x:v>
       </x:c>
@@ -17660,275 +17747,278 @@
       <x:c r="DF32" s="3" t="n">
         <x:v>17292</x:v>
       </x:c>
       <x:c r="DG32" s="3" t="n">
         <x:v>18466</x:v>
       </x:c>
       <x:c r="DH32" s="3" t="n">
         <x:v>18810</x:v>
       </x:c>
       <x:c r="DI32" s="3" t="n">
         <x:v>19695</x:v>
       </x:c>
       <x:c r="DJ32" s="3" t="n">
         <x:v>21215</x:v>
       </x:c>
       <x:c r="DK32" s="3" t="n">
         <x:v>22142</x:v>
       </x:c>
       <x:c r="DL32" s="3" t="n">
         <x:v>22738</x:v>
       </x:c>
       <x:c r="DM32" s="3" t="n">
         <x:v>25315</x:v>
       </x:c>
       <x:c r="DN32" s="3" t="n">
-        <x:v>23333</x:v>
+        <x:v>23796</x:v>
       </x:c>
       <x:c r="DO32" s="3" t="n">
-        <x:v>23884</x:v>
+        <x:v>24287</x:v>
       </x:c>
       <x:c r="DP32" s="3" t="n">
-        <x:v>23942</x:v>
+        <x:v>24458</x:v>
       </x:c>
       <x:c r="DQ32" s="3" t="n">
-        <x:v>23583</x:v>
+        <x:v>24183</x:v>
       </x:c>
       <x:c r="DR32" s="3" t="n">
-        <x:v>25696</x:v>
+        <x:v>26813</x:v>
       </x:c>
       <x:c r="DS32" s="3" t="n">
-        <x:v>28996</x:v>
+        <x:v>29984</x:v>
       </x:c>
       <x:c r="DT32" s="3" t="n">
-        <x:v>24827</x:v>
+        <x:v>25751</x:v>
       </x:c>
       <x:c r="DU32" s="3" t="n">
-        <x:v>27678</x:v>
+        <x:v>28612</x:v>
       </x:c>
       <x:c r="DV32" s="3" t="n">
-        <x:v>23501</x:v>
+        <x:v>24793</x:v>
       </x:c>
       <x:c r="DW32" s="3" t="n">
-        <x:v>26801</x:v>
+        <x:v>28359</x:v>
       </x:c>
       <x:c r="DX32" s="3" t="n">
-        <x:v>24742</x:v>
+        <x:v>26082</x:v>
       </x:c>
       <x:c r="DY32" s="3" t="n">
-        <x:v>28213</x:v>
+        <x:v>29308</x:v>
       </x:c>
       <x:c r="DZ32" s="3" t="n">
-        <x:v>30707</x:v>
+        <x:v>32831</x:v>
       </x:c>
       <x:c r="EA32" s="3" t="n">
-        <x:v>29548</x:v>
+        <x:v>31059</x:v>
       </x:c>
       <x:c r="EB32" s="3" t="n">
-        <x:v>29744</x:v>
+        <x:v>31166</x:v>
       </x:c>
       <x:c r="EC32" s="3" t="n">
-        <x:v>33884</x:v>
+        <x:v>35431</x:v>
       </x:c>
       <x:c r="ED32" s="3" t="n">
-        <x:v>30327</x:v>
+        <x:v>32463</x:v>
       </x:c>
       <x:c r="EE32" s="3" t="n">
-        <x:v>31426</x:v>
+        <x:v>33159</x:v>
       </x:c>
       <x:c r="EF32" s="3" t="n">
-        <x:v>33046</x:v>
+        <x:v>35222</x:v>
       </x:c>
       <x:c r="EG32" s="3" t="n">
-        <x:v>37606</x:v>
+        <x:v>39486</x:v>
       </x:c>
       <x:c r="EH32" s="3" t="n">
-        <x:v>32632</x:v>
+        <x:v>35033</x:v>
       </x:c>
       <x:c r="EI32" s="3" t="n">
-        <x:v>36010</x:v>
+        <x:v>38907</x:v>
       </x:c>
       <x:c r="EJ32" s="3" t="n">
-        <x:v>33605</x:v>
+        <x:v>35754</x:v>
       </x:c>
       <x:c r="EK32" s="3" t="n">
-        <x:v>35934</x:v>
+        <x:v>37734</x:v>
       </x:c>
       <x:c r="EL32" s="3" t="n">
-        <x:v>34289</x:v>
+        <x:v>36559</x:v>
       </x:c>
       <x:c r="EM32" s="3" t="n">
-        <x:v>37375</x:v>
+        <x:v>39935</x:v>
       </x:c>
       <x:c r="EN32" s="3" t="n">
-        <x:v>37295</x:v>
+        <x:v>39589</x:v>
       </x:c>
       <x:c r="EO32" s="3" t="n">
-        <x:v>42582</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="EP32" s="3" t="n">
-        <x:v>38870</x:v>
+        <x:v>41332</x:v>
       </x:c>
       <x:c r="EQ32" s="3" t="n">
-        <x:v>40062</x:v>
+        <x:v>42832</x:v>
       </x:c>
       <x:c r="ER32" s="3" t="n">
-        <x:v>40866</x:v>
+        <x:v>43839</x:v>
       </x:c>
       <x:c r="ES32" s="3" t="n">
-        <x:v>46526</x:v>
+        <x:v>50210</x:v>
       </x:c>
       <x:c r="ET32" s="3" t="n">
-        <x:v>44908</x:v>
+        <x:v>48110</x:v>
       </x:c>
       <x:c r="EU32" s="3" t="n">
-        <x:v>43822</x:v>
+        <x:v>46846</x:v>
       </x:c>
       <x:c r="EV32" s="3" t="n">
-        <x:v>44944</x:v>
+        <x:v>48307</x:v>
       </x:c>
       <x:c r="EW32" s="3" t="n">
-        <x:v>51188</x:v>
+        <x:v>54806</x:v>
       </x:c>
       <x:c r="EX32" s="3" t="n">
-        <x:v>43827</x:v>
+        <x:v>46179</x:v>
       </x:c>
       <x:c r="EY32" s="3" t="n">
-        <x:v>44238</x:v>
+        <x:v>46555</x:v>
       </x:c>
       <x:c r="EZ32" s="3" t="n">
-        <x:v>41107</x:v>
+        <x:v>43210</x:v>
       </x:c>
       <x:c r="FA32" s="3" t="n">
-        <x:v>47544</x:v>
+        <x:v>50334</x:v>
       </x:c>
       <x:c r="FB32" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>42556</x:v>
       </x:c>
       <x:c r="FC32" s="3" t="n">
-        <x:v>43172</x:v>
+        <x:v>45732</x:v>
       </x:c>
       <x:c r="FD32" s="3" t="n">
-        <x:v>42066</x:v>
+        <x:v>44411</x:v>
       </x:c>
       <x:c r="FE32" s="3" t="n">
-        <x:v>49097</x:v>
+        <x:v>51689</x:v>
       </x:c>
       <x:c r="FF32" s="3" t="n">
-        <x:v>40056</x:v>
+        <x:v>42963</x:v>
       </x:c>
       <x:c r="FG32" s="3" t="n">
-        <x:v>44556</x:v>
+        <x:v>47322</x:v>
       </x:c>
       <x:c r="FH32" s="3" t="n">
-        <x:v>42570</x:v>
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="FI32" s="3" t="n">
-        <x:v>47227</x:v>
+        <x:v>50821</x:v>
       </x:c>
       <x:c r="FJ32" s="3" t="n">
-        <x:v>47627</x:v>
+        <x:v>50944</x:v>
       </x:c>
       <x:c r="FK32" s="3" t="n">
-        <x:v>47699</x:v>
+        <x:v>51152</x:v>
       </x:c>
       <x:c r="FL32" s="3" t="n">
-        <x:v>48117</x:v>
+        <x:v>51896</x:v>
       </x:c>
       <x:c r="FM32" s="3" t="n">
-        <x:v>50551</x:v>
+        <x:v>54674</x:v>
       </x:c>
       <x:c r="FN32" s="3" t="n">
-        <x:v>48026</x:v>
+        <x:v>51659</x:v>
       </x:c>
       <x:c r="FO32" s="3" t="n">
-        <x:v>43847</x:v>
+        <x:v>47420</x:v>
       </x:c>
       <x:c r="FP32" s="3" t="n">
-        <x:v>41528</x:v>
+        <x:v>44479</x:v>
       </x:c>
       <x:c r="FQ32" s="3" t="n">
-        <x:v>49293</x:v>
+        <x:v>52379</x:v>
       </x:c>
       <x:c r="FR32" s="3" t="n">
-        <x:v>45214</x:v>
+        <x:v>47737</x:v>
       </x:c>
       <x:c r="FS32" s="3" t="n">
-        <x:v>46352</x:v>
+        <x:v>49030</x:v>
       </x:c>
       <x:c r="FT32" s="3" t="n">
-        <x:v>46342</x:v>
+        <x:v>49354</x:v>
       </x:c>
       <x:c r="FU32" s="3" t="n">
-        <x:v>54755</x:v>
+        <x:v>57836</x:v>
       </x:c>
       <x:c r="FV32" s="3" t="n">
-        <x:v>51813</x:v>
+        <x:v>56931</x:v>
       </x:c>
       <x:c r="FW32" s="3" t="n">
-        <x:v>56850</x:v>
+        <x:v>62664</x:v>
       </x:c>
       <x:c r="FX32" s="3" t="n">
-        <x:v>59440</x:v>
+        <x:v>65941</x:v>
       </x:c>
       <x:c r="FY32" s="3" t="n">
-        <x:v>68081</x:v>
+        <x:v>75983</x:v>
       </x:c>
       <x:c r="FZ32" s="3" t="n">
-        <x:v>66161</x:v>
+        <x:v>70505</x:v>
       </x:c>
       <x:c r="GA32" s="3" t="n">
-        <x:v>69740</x:v>
+        <x:v>75416</x:v>
       </x:c>
       <x:c r="GB32" s="3" t="n">
-        <x:v>70346</x:v>
+        <x:v>74625</x:v>
       </x:c>
       <x:c r="GC32" s="3" t="n">
-        <x:v>80645</x:v>
+        <x:v>84910</x:v>
       </x:c>
       <x:c r="GD32" s="3" t="n">
-        <x:v>71384</x:v>
+        <x:v>71691</x:v>
       </x:c>
       <x:c r="GE32" s="3" t="n">
-        <x:v>78517</x:v>
+        <x:v>78975</x:v>
       </x:c>
       <x:c r="GF32" s="3" t="n">
-        <x:v>77165</x:v>
+        <x:v>77563</x:v>
       </x:c>
       <x:c r="GG32" s="3" t="n">
-        <x:v>87932</x:v>
+        <x:v>89515</x:v>
       </x:c>
       <x:c r="GH32" s="3" t="n">
-        <x:v>78139</x:v>
+        <x:v>78628</x:v>
       </x:c>
       <x:c r="GI32" s="3" t="n">
-        <x:v>77365</x:v>
+        <x:v>80774</x:v>
+      </x:c>
+      <x:c r="GJ32" s="3" t="n">
+        <x:v>79595</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:191">
+    <x:row r="33" spans="1:192">
       <x:c r="A33" s="2" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>635</x:v>
       </x:c>
       <x:c r="D33" s="3" t="n">
         <x:v>539</x:v>
       </x:c>
       <x:c r="E33" s="3" t="n">
         <x:v>654</x:v>
       </x:c>
       <x:c r="F33" s="3" t="n">
         <x:v>660</x:v>
       </x:c>
       <x:c r="G33" s="3" t="n">
         <x:v>666</x:v>
       </x:c>
       <x:c r="H33" s="3" t="n">
         <x:v>705</x:v>
       </x:c>
       <x:c r="I33" s="3" t="n">
         <x:v>715</x:v>
       </x:c>
@@ -18235,275 +18325,278 @@
       <x:c r="DF33" s="3" t="n">
         <x:v>3958</x:v>
       </x:c>
       <x:c r="DG33" s="3" t="n">
         <x:v>4445</x:v>
       </x:c>
       <x:c r="DH33" s="3" t="n">
         <x:v>4428</x:v>
       </x:c>
       <x:c r="DI33" s="3" t="n">
         <x:v>4660</x:v>
       </x:c>
       <x:c r="DJ33" s="3" t="n">
         <x:v>5228</x:v>
       </x:c>
       <x:c r="DK33" s="3" t="n">
         <x:v>5437</x:v>
       </x:c>
       <x:c r="DL33" s="3" t="n">
         <x:v>5988</x:v>
       </x:c>
       <x:c r="DM33" s="3" t="n">
         <x:v>6190</x:v>
       </x:c>
       <x:c r="DN33" s="3" t="n">
-        <x:v>5463</x:v>
+        <x:v>5762</x:v>
       </x:c>
       <x:c r="DO33" s="3" t="n">
-        <x:v>5023</x:v>
+        <x:v>5260</x:v>
       </x:c>
       <x:c r="DP33" s="3" t="n">
-        <x:v>5988</x:v>
+        <x:v>6351</x:v>
       </x:c>
       <x:c r="DQ33" s="3" t="n">
-        <x:v>6527</x:v>
+        <x:v>6944</x:v>
       </x:c>
       <x:c r="DR33" s="3" t="n">
-        <x:v>6416</x:v>
+        <x:v>7243</x:v>
       </x:c>
       <x:c r="DS33" s="3" t="n">
-        <x:v>6193</x:v>
+        <x:v>6819</x:v>
       </x:c>
       <x:c r="DT33" s="3" t="n">
-        <x:v>6609</x:v>
+        <x:v>7213</x:v>
       </x:c>
       <x:c r="DU33" s="3" t="n">
-        <x:v>6927</x:v>
+        <x:v>7501</x:v>
       </x:c>
       <x:c r="DV33" s="3" t="n">
-        <x:v>7387</x:v>
+        <x:v>8235</x:v>
       </x:c>
       <x:c r="DW33" s="3" t="n">
-        <x:v>8034</x:v>
+        <x:v>9113</x:v>
       </x:c>
       <x:c r="DX33" s="3" t="n">
-        <x:v>7805</x:v>
+        <x:v>8723</x:v>
       </x:c>
       <x:c r="DY33" s="3" t="n">
-        <x:v>7389</x:v>
+        <x:v>8053</x:v>
       </x:c>
       <x:c r="DZ33" s="3" t="n">
-        <x:v>9340</x:v>
+        <x:v>10856</x:v>
       </x:c>
       <x:c r="EA33" s="3" t="n">
-        <x:v>8335</x:v>
+        <x:v>9249</x:v>
       </x:c>
       <x:c r="EB33" s="3" t="n">
-        <x:v>8499</x:v>
+        <x:v>9472</x:v>
       </x:c>
       <x:c r="EC33" s="3" t="n">
-        <x:v>8517</x:v>
+        <x:v>9500</x:v>
       </x:c>
       <x:c r="ED33" s="3" t="n">
-        <x:v>9567</x:v>
+        <x:v>11151</x:v>
       </x:c>
       <x:c r="EE33" s="3" t="n">
-        <x:v>9330</x:v>
+        <x:v>10452</x:v>
       </x:c>
       <x:c r="EF33" s="3" t="n">
-        <x:v>10014</x:v>
+        <x:v>11423</x:v>
       </x:c>
       <x:c r="EG33" s="3" t="n">
-        <x:v>9011</x:v>
+        <x:v>10158</x:v>
       </x:c>
       <x:c r="EH33" s="3" t="n">
-        <x:v>9996</x:v>
+        <x:v>11635</x:v>
       </x:c>
       <x:c r="EI33" s="3" t="n">
-        <x:v>11321</x:v>
+        <x:v>13273</x:v>
       </x:c>
       <x:c r="EJ33" s="3" t="n">
-        <x:v>10788</x:v>
+        <x:v>12325</x:v>
       </x:c>
       <x:c r="EK33" s="3" t="n">
-        <x:v>9670</x:v>
+        <x:v>10683</x:v>
       </x:c>
       <x:c r="EL33" s="3" t="n">
-        <x:v>10395</x:v>
+        <x:v>11869</x:v>
       </x:c>
       <x:c r="EM33" s="3" t="n">
-        <x:v>11373</x:v>
+        <x:v>13061</x:v>
       </x:c>
       <x:c r="EN33" s="3" t="n">
-        <x:v>10946</x:v>
+        <x:v>12449</x:v>
       </x:c>
       <x:c r="EO33" s="3" t="n">
-        <x:v>12684</x:v>
+        <x:v>15035</x:v>
       </x:c>
       <x:c r="EP33" s="3" t="n">
-        <x:v>12435</x:v>
+        <x:v>14086</x:v>
       </x:c>
       <x:c r="EQ33" s="3" t="n">
-        <x:v>13761</x:v>
+        <x:v>15569</x:v>
       </x:c>
       <x:c r="ER33" s="3" t="n">
-        <x:v>13471</x:v>
+        <x:v>15426</x:v>
       </x:c>
       <x:c r="ES33" s="3" t="n">
-        <x:v>15081</x:v>
+        <x:v>17562</x:v>
       </x:c>
       <x:c r="ET33" s="3" t="n">
-        <x:v>13396</x:v>
+        <x:v>15566</x:v>
       </x:c>
       <x:c r="EU33" s="3" t="n">
-        <x:v>13053</x:v>
+        <x:v>14878</x:v>
       </x:c>
       <x:c r="EV33" s="3" t="n">
-        <x:v>14040</x:v>
+        <x:v>16285</x:v>
       </x:c>
       <x:c r="EW33" s="3" t="n">
-        <x:v>14429</x:v>
+        <x:v>16962</x:v>
       </x:c>
       <x:c r="EX33" s="3" t="n">
-        <x:v>11918</x:v>
+        <x:v>13435</x:v>
       </x:c>
       <x:c r="EY33" s="3" t="n">
-        <x:v>11422</x:v>
+        <x:v>12852</x:v>
       </x:c>
       <x:c r="EZ33" s="3" t="n">
-        <x:v>11104</x:v>
+        <x:v>12467</x:v>
       </x:c>
       <x:c r="FA33" s="3" t="n">
-        <x:v>12701</x:v>
+        <x:v>14721</x:v>
       </x:c>
       <x:c r="FB33" s="3" t="n">
-        <x:v>11110</x:v>
+        <x:v>12352</x:v>
       </x:c>
       <x:c r="FC33" s="3" t="n">
-        <x:v>12888</x:v>
+        <x:v>14220</x:v>
       </x:c>
       <x:c r="FD33" s="3" t="n">
-        <x:v>12981</x:v>
+        <x:v>14129</x:v>
       </x:c>
       <x:c r="FE33" s="3" t="n">
-        <x:v>13320</x:v>
+        <x:v>14512</x:v>
       </x:c>
       <x:c r="FF33" s="3" t="n">
-        <x:v>10300</x:v>
+        <x:v>11873</x:v>
       </x:c>
       <x:c r="FG33" s="3" t="n">
-        <x:v>10847</x:v>
+        <x:v>12204</x:v>
       </x:c>
       <x:c r="FH33" s="3" t="n">
-        <x:v>10235</x:v>
+        <x:v>11470</x:v>
       </x:c>
       <x:c r="FI33" s="3" t="n">
-        <x:v>10617</x:v>
+        <x:v>12349</x:v>
       </x:c>
       <x:c r="FJ33" s="3" t="n">
-        <x:v>10707</x:v>
+        <x:v>11676</x:v>
       </x:c>
       <x:c r="FK33" s="3" t="n">
-        <x:v>11586</x:v>
+        <x:v>13069</x:v>
       </x:c>
       <x:c r="FL33" s="3" t="n">
-        <x:v>11930</x:v>
+        <x:v>13799</x:v>
       </x:c>
       <x:c r="FM33" s="3" t="n">
-        <x:v>10873</x:v>
+        <x:v>12769</x:v>
       </x:c>
       <x:c r="FN33" s="3" t="n">
-        <x:v>7708</x:v>
+        <x:v>9738</x:v>
       </x:c>
       <x:c r="FO33" s="3" t="n">
-        <x:v>5327</x:v>
+        <x:v>7087</x:v>
       </x:c>
       <x:c r="FP33" s="3" t="n">
-        <x:v>5064</x:v>
+        <x:v>6753</x:v>
       </x:c>
       <x:c r="FQ33" s="3" t="n">
-        <x:v>5122</x:v>
+        <x:v>6803</x:v>
       </x:c>
       <x:c r="FR33" s="3" t="n">
-        <x:v>5619</x:v>
+        <x:v>6615</x:v>
       </x:c>
       <x:c r="FS33" s="3" t="n">
-        <x:v>6105</x:v>
+        <x:v>7356</x:v>
       </x:c>
       <x:c r="FT33" s="3" t="n">
-        <x:v>5799</x:v>
+        <x:v>7109</x:v>
       </x:c>
       <x:c r="FU33" s="3" t="n">
-        <x:v>7065</x:v>
+        <x:v>8549</x:v>
       </x:c>
       <x:c r="FV33" s="3" t="n">
-        <x:v>7550</x:v>
+        <x:v>8916</x:v>
       </x:c>
       <x:c r="FW33" s="3" t="n">
-        <x:v>8701</x:v>
+        <x:v>10579</x:v>
       </x:c>
       <x:c r="FX33" s="3" t="n">
-        <x:v>9736</x:v>
+        <x:v>11769</x:v>
       </x:c>
       <x:c r="FY33" s="3" t="n">
-        <x:v>9806</x:v>
+        <x:v>12271</x:v>
       </x:c>
       <x:c r="FZ33" s="3" t="n">
-        <x:v>10980</x:v>
+        <x:v>11316</x:v>
       </x:c>
       <x:c r="GA33" s="3" t="n">
-        <x:v>12377</x:v>
+        <x:v>12660</x:v>
       </x:c>
       <x:c r="GB33" s="3" t="n">
-        <x:v>12918</x:v>
+        <x:v>13417</x:v>
       </x:c>
       <x:c r="GC33" s="3" t="n">
-        <x:v>13786</x:v>
+        <x:v>14182</x:v>
       </x:c>
       <x:c r="GD33" s="3" t="n">
-        <x:v>11550</x:v>
+        <x:v>11540</x:v>
       </x:c>
       <x:c r="GE33" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>13165</x:v>
       </x:c>
       <x:c r="GF33" s="3" t="n">
         <x:v>13945</x:v>
       </x:c>
       <x:c r="GG33" s="3" t="n">
-        <x:v>14873</x:v>
+        <x:v>14928</x:v>
       </x:c>
       <x:c r="GH33" s="3" t="n">
-        <x:v>12492</x:v>
+        <x:v>11602</x:v>
       </x:c>
       <x:c r="GI33" s="3" t="n">
-        <x:v>13587</x:v>
+        <x:v>13783</x:v>
+      </x:c>
+      <x:c r="GJ33" s="3" t="n">
+        <x:v>14025</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:191">
+    <x:row r="34" spans="1:192">
       <x:c r="A34" s="2" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="E34" s="3" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F34" s="3" t="n">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G34" s="3" t="n">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H34" s="3" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I34" s="3" t="n">
         <x:v>66</x:v>
       </x:c>
@@ -19023,62 +19116,65 @@
       <x:c r="FY34" s="3" t="n">
         <x:v>1441</x:v>
       </x:c>
       <x:c r="FZ34" s="3" t="n">
         <x:v>1540</x:v>
       </x:c>
       <x:c r="GA34" s="3" t="n">
         <x:v>1712</x:v>
       </x:c>
       <x:c r="GB34" s="3" t="n">
         <x:v>1754</x:v>
       </x:c>
       <x:c r="GC34" s="3" t="n">
         <x:v>1875</x:v>
       </x:c>
       <x:c r="GD34" s="3" t="n">
         <x:v>1769</x:v>
       </x:c>
       <x:c r="GE34" s="3" t="n">
         <x:v>1737</x:v>
       </x:c>
       <x:c r="GF34" s="3" t="n">
         <x:v>1745</x:v>
       </x:c>
       <x:c r="GG34" s="3" t="n">
-        <x:v>1876</x:v>
+        <x:v>1914</x:v>
       </x:c>
       <x:c r="GH34" s="3" t="n">
-        <x:v>1908</x:v>
+        <x:v>1905</x:v>
       </x:c>
       <x:c r="GI34" s="3" t="n">
-        <x:v>1997</x:v>
+        <x:v>2037</x:v>
+      </x:c>
+      <x:c r="GJ34" s="3" t="n">
+        <x:v>2003</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:191">
+    <x:row r="35" spans="1:192">
       <x:c r="A35" s="2" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D35" s="3" t="n">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E35" s="3" t="n">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F35" s="3" t="n">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G35" s="3" t="n">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H35" s="3" t="n">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I35" s="3" t="n">
         <x:v>84</x:v>
       </x:c>
@@ -19565,95 +19661,98 @@
       <x:c r="FN35" s="3" t="n">
         <x:v>1690</x:v>
       </x:c>
       <x:c r="FO35" s="3" t="n">
         <x:v>1048</x:v>
       </x:c>
       <x:c r="FP35" s="3" t="n">
         <x:v>840</x:v>
       </x:c>
       <x:c r="FQ35" s="3" t="n">
         <x:v>776</x:v>
       </x:c>
       <x:c r="FR35" s="3" t="n">
         <x:v>1946</x:v>
       </x:c>
       <x:c r="FS35" s="3" t="n">
         <x:v>1252</x:v>
       </x:c>
       <x:c r="FT35" s="3" t="n">
         <x:v>1131</x:v>
       </x:c>
       <x:c r="FU35" s="3" t="n">
         <x:v>1072</x:v>
       </x:c>
       <x:c r="FV35" s="3" t="n">
-        <x:v>2139</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="FW35" s="3" t="n">
-        <x:v>2049</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="FX35" s="3" t="n">
-        <x:v>2447</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="FY35" s="3" t="n">
-        <x:v>1788</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="FZ35" s="3" t="n">
-        <x:v>4001</x:v>
+        <x:v>2342</x:v>
       </x:c>
       <x:c r="GA35" s="3" t="n">
-        <x:v>4513</x:v>
+        <x:v>2642</x:v>
       </x:c>
       <x:c r="GB35" s="3" t="n">
-        <x:v>4350</x:v>
+        <x:v>2546</x:v>
       </x:c>
       <x:c r="GC35" s="3" t="n">
-        <x:v>4622</x:v>
+        <x:v>2705</x:v>
       </x:c>
       <x:c r="GD35" s="3" t="n">
         <x:v>3818</x:v>
       </x:c>
       <x:c r="GE35" s="3" t="n">
-        <x:v>4281</x:v>
+        <x:v>4284</x:v>
       </x:c>
       <x:c r="GF35" s="3" t="n">
         <x:v>4269</x:v>
       </x:c>
       <x:c r="GG35" s="3" t="n">
-        <x:v>3693</x:v>
+        <x:v>3710</x:v>
       </x:c>
       <x:c r="GH35" s="3" t="n">
-        <x:v>4048</x:v>
+        <x:v>3152</x:v>
       </x:c>
       <x:c r="GI35" s="3" t="n">
-        <x:v>4860</x:v>
+        <x:v>4929</x:v>
+      </x:c>
+      <x:c r="GJ35" s="3" t="n">
+        <x:v>4134</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:191">
+    <x:row r="36" spans="1:192">
       <x:c r="A36" s="2" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
         <x:v>285</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
         <x:v>272</x:v>
       </x:c>
       <x:c r="E36" s="3" t="n">
         <x:v>269</x:v>
       </x:c>
       <x:c r="F36" s="3" t="n">
         <x:v>262</x:v>
       </x:c>
       <x:c r="G36" s="3" t="n">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H36" s="3" t="n">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I36" s="3" t="n">
         <x:v>330</x:v>
       </x:c>
@@ -20140,95 +20239,98 @@
       <x:c r="FN36" s="3" t="n">
         <x:v>2009</x:v>
       </x:c>
       <x:c r="FO36" s="3" t="n">
         <x:v>612</x:v>
       </x:c>
       <x:c r="FP36" s="3" t="n">
         <x:v>587</x:v>
       </x:c>
       <x:c r="FQ36" s="3" t="n">
         <x:v>499</x:v>
       </x:c>
       <x:c r="FR36" s="3" t="n">
         <x:v>537</x:v>
       </x:c>
       <x:c r="FS36" s="3" t="n">
         <x:v>1263</x:v>
       </x:c>
       <x:c r="FT36" s="3" t="n">
         <x:v>1144</x:v>
       </x:c>
       <x:c r="FU36" s="3" t="n">
         <x:v>1975</x:v>
       </x:c>
       <x:c r="FV36" s="3" t="n">
-        <x:v>1316</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="FW36" s="3" t="n">
-        <x:v>2013</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="FX36" s="3" t="n">
-        <x:v>2349</x:v>
+        <x:v>2747</x:v>
       </x:c>
       <x:c r="FY36" s="3" t="n">
-        <x:v>2875</x:v>
+        <x:v>3363</x:v>
       </x:c>
       <x:c r="FZ36" s="3" t="n">
-        <x:v>2255</x:v>
+        <x:v>2227</x:v>
       </x:c>
       <x:c r="GA36" s="3" t="n">
-        <x:v>2682</x:v>
+        <x:v>2648</x:v>
       </x:c>
       <x:c r="GB36" s="3" t="n">
-        <x:v>3253</x:v>
+        <x:v>3212</x:v>
       </x:c>
       <x:c r="GC36" s="3" t="n">
-        <x:v>3632</x:v>
+        <x:v>3586</x:v>
       </x:c>
       <x:c r="GD36" s="3" t="n">
-        <x:v>2606</x:v>
+        <x:v>2596</x:v>
       </x:c>
       <x:c r="GE36" s="3" t="n">
-        <x:v>3327</x:v>
+        <x:v>3335</x:v>
       </x:c>
       <x:c r="GF36" s="3" t="n">
         <x:v>3969</x:v>
       </x:c>
       <x:c r="GG36" s="3" t="n">
         <x:v>5005</x:v>
       </x:c>
       <x:c r="GH36" s="3" t="n">
         <x:v>2762</x:v>
       </x:c>
       <x:c r="GI36" s="3" t="n">
         <x:v>3159</x:v>
       </x:c>
+      <x:c r="GJ36" s="3" t="n">
+        <x:v>3857</x:v>
+      </x:c>
     </x:row>
-    <x:row r="37" spans="1:191">
+    <x:row r="37" spans="1:192">
       <x:c r="A37" s="2" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>219</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E37" s="3" t="n">
         <x:v>256</x:v>
       </x:c>
       <x:c r="F37" s="3" t="n">
         <x:v>258</x:v>
       </x:c>
       <x:c r="G37" s="3" t="n">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H37" s="3" t="n">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I37" s="3" t="n">
         <x:v>227</x:v>
       </x:c>
@@ -20535,275 +20637,278 @@
       <x:c r="DF37" s="3" t="n">
         <x:v>1560</x:v>
       </x:c>
       <x:c r="DG37" s="3" t="n">
         <x:v>1864</x:v>
       </x:c>
       <x:c r="DH37" s="3" t="n">
         <x:v>1841</x:v>
       </x:c>
       <x:c r="DI37" s="3" t="n">
         <x:v>1989</x:v>
       </x:c>
       <x:c r="DJ37" s="3" t="n">
         <x:v>1607</x:v>
       </x:c>
       <x:c r="DK37" s="3" t="n">
         <x:v>1732</x:v>
       </x:c>
       <x:c r="DL37" s="3" t="n">
         <x:v>2077</x:v>
       </x:c>
       <x:c r="DM37" s="3" t="n">
         <x:v>2216</x:v>
       </x:c>
       <x:c r="DN37" s="3" t="n">
-        <x:v>1039</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="DO37" s="3" t="n">
-        <x:v>820</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="DP37" s="3" t="n">
-        <x:v>1261</x:v>
+        <x:v>1624</x:v>
       </x:c>
       <x:c r="DQ37" s="3" t="n">
-        <x:v>1450</x:v>
+        <x:v>1868</x:v>
       </x:c>
       <x:c r="DR37" s="3" t="n">
-        <x:v>1824</x:v>
+        <x:v>2650</x:v>
       </x:c>
       <x:c r="DS37" s="3" t="n">
-        <x:v>1382</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="DT37" s="3" t="n">
-        <x:v>1334</x:v>
+        <x:v>1938</x:v>
       </x:c>
       <x:c r="DU37" s="3" t="n">
-        <x:v>1269</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="DV37" s="3" t="n">
-        <x:v>1372</x:v>
+        <x:v>2220</x:v>
       </x:c>
       <x:c r="DW37" s="3" t="n">
-        <x:v>1745</x:v>
+        <x:v>2824</x:v>
       </x:c>
       <x:c r="DX37" s="3" t="n">
-        <x:v>1486</x:v>
+        <x:v>2405</x:v>
       </x:c>
       <x:c r="DY37" s="3" t="n">
-        <x:v>1074</x:v>
+        <x:v>1738</x:v>
       </x:c>
       <x:c r="DZ37" s="3" t="n">
-        <x:v>2814</x:v>
+        <x:v>4331</x:v>
       </x:c>
       <x:c r="EA37" s="3" t="n">
-        <x:v>1696</x:v>
+        <x:v>2610</x:v>
       </x:c>
       <x:c r="EB37" s="3" t="n">
-        <x:v>1804</x:v>
+        <x:v>2777</x:v>
       </x:c>
       <x:c r="EC37" s="3" t="n">
-        <x:v>1824</x:v>
+        <x:v>2807</x:v>
       </x:c>
       <x:c r="ED37" s="3" t="n">
-        <x:v>2209</x:v>
+        <x:v>3793</x:v>
       </x:c>
       <x:c r="EE37" s="3" t="n">
-        <x:v>1564</x:v>
+        <x:v>2687</x:v>
       </x:c>
       <x:c r="EF37" s="3" t="n">
-        <x:v>1965</x:v>
+        <x:v>3374</x:v>
       </x:c>
       <x:c r="EG37" s="3" t="n">
-        <x:v>1600</x:v>
+        <x:v>2748</x:v>
       </x:c>
       <x:c r="EH37" s="3" t="n">
-        <x:v>1820</x:v>
+        <x:v>3459</x:v>
       </x:c>
       <x:c r="EI37" s="3" t="n">
-        <x:v>2167</x:v>
+        <x:v>4119</x:v>
       </x:c>
       <x:c r="EJ37" s="3" t="n">
-        <x:v>1706</x:v>
+        <x:v>3243</x:v>
       </x:c>
       <x:c r="EK37" s="3" t="n">
-        <x:v>1124</x:v>
+        <x:v>2136</x:v>
       </x:c>
       <x:c r="EL37" s="3" t="n">
-        <x:v>2206</x:v>
+        <x:v>3681</x:v>
       </x:c>
       <x:c r="EM37" s="3" t="n">
-        <x:v>2526</x:v>
+        <x:v>4214</x:v>
       </x:c>
       <x:c r="EN37" s="3" t="n">
-        <x:v>2249</x:v>
+        <x:v>3752</x:v>
       </x:c>
       <x:c r="EO37" s="3" t="n">
-        <x:v>3517</x:v>
+        <x:v>5868</x:v>
       </x:c>
       <x:c r="EP37" s="3" t="n">
-        <x:v>2473</x:v>
+        <x:v>4124</x:v>
       </x:c>
       <x:c r="EQ37" s="3" t="n">
-        <x:v>2708</x:v>
+        <x:v>4515</x:v>
       </x:c>
       <x:c r="ER37" s="3" t="n">
-        <x:v>2929</x:v>
+        <x:v>4884</x:v>
       </x:c>
       <x:c r="ES37" s="3" t="n">
-        <x:v>3717</x:v>
+        <x:v>6198</x:v>
       </x:c>
       <x:c r="ET37" s="3" t="n">
-        <x:v>3792</x:v>
+        <x:v>5962</x:v>
       </x:c>
       <x:c r="EU37" s="3" t="n">
-        <x:v>3189</x:v>
+        <x:v>5014</x:v>
       </x:c>
       <x:c r="EV37" s="3" t="n">
-        <x:v>3923</x:v>
+        <x:v>6168</x:v>
       </x:c>
       <x:c r="EW37" s="3" t="n">
-        <x:v>4426</x:v>
+        <x:v>6958</x:v>
       </x:c>
       <x:c r="EX37" s="3" t="n">
-        <x:v>3148</x:v>
+        <x:v>4665</x:v>
       </x:c>
       <x:c r="EY37" s="3" t="n">
-        <x:v>2967</x:v>
+        <x:v>4397</x:v>
       </x:c>
       <x:c r="EZ37" s="3" t="n">
-        <x:v>2826</x:v>
+        <x:v>4189</x:v>
       </x:c>
       <x:c r="FA37" s="3" t="n">
-        <x:v>4189</x:v>
+        <x:v>6209</x:v>
       </x:c>
       <x:c r="FB37" s="3" t="n">
-        <x:v>2993</x:v>
+        <x:v>4235</x:v>
       </x:c>
       <x:c r="FC37" s="3" t="n">
-        <x:v>3210</x:v>
+        <x:v>4542</x:v>
       </x:c>
       <x:c r="FD37" s="3" t="n">
-        <x:v>2765</x:v>
+        <x:v>3913</x:v>
       </x:c>
       <x:c r="FE37" s="3" t="n">
-        <x:v>2873</x:v>
+        <x:v>4064</x:v>
       </x:c>
       <x:c r="FF37" s="3" t="n">
-        <x:v>1356</x:v>
+        <x:v>2928</x:v>
       </x:c>
       <x:c r="FG37" s="3" t="n">
-        <x:v>1170</x:v>
+        <x:v>2528</x:v>
       </x:c>
       <x:c r="FH37" s="3" t="n">
-        <x:v>1064</x:v>
+        <x:v>2299</x:v>
       </x:c>
       <x:c r="FI37" s="3" t="n">
-        <x:v>1494</x:v>
+        <x:v>3226</x:v>
       </x:c>
       <x:c r="FJ37" s="3" t="n">
-        <x:v>1158</x:v>
+        <x:v>2127</x:v>
       </x:c>
       <x:c r="FK37" s="3" t="n">
-        <x:v>1774</x:v>
+        <x:v>3258</x:v>
       </x:c>
       <x:c r="FL37" s="3" t="n">
-        <x:v>2235</x:v>
+        <x:v>4104</x:v>
       </x:c>
       <x:c r="FM37" s="3" t="n">
-        <x:v>2267</x:v>
+        <x:v>4163</x:v>
       </x:c>
       <x:c r="FN37" s="3" t="n">
-        <x:v>2045</x:v>
+        <x:v>4075</x:v>
       </x:c>
       <x:c r="FO37" s="3" t="n">
-        <x:v>1772</x:v>
+        <x:v>3532</x:v>
       </x:c>
       <x:c r="FP37" s="3" t="n">
-        <x:v>1701</x:v>
+        <x:v>3389</x:v>
       </x:c>
       <x:c r="FQ37" s="3" t="n">
-        <x:v>1693</x:v>
+        <x:v>3374</x:v>
       </x:c>
       <x:c r="FR37" s="3" t="n">
-        <x:v>1179</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="FS37" s="3" t="n">
-        <x:v>1480</x:v>
+        <x:v>2731</x:v>
       </x:c>
       <x:c r="FT37" s="3" t="n">
-        <x:v>1551</x:v>
+        <x:v>2861</x:v>
       </x:c>
       <x:c r="FU37" s="3" t="n">
-        <x:v>1756</x:v>
+        <x:v>3240</x:v>
       </x:c>
       <x:c r="FV37" s="3" t="n">
-        <x:v>2189</x:v>
+        <x:v>4146</x:v>
       </x:c>
       <x:c r="FW37" s="3" t="n">
-        <x:v>2591</x:v>
+        <x:v>4907</x:v>
       </x:c>
       <x:c r="FX37" s="3" t="n">
-        <x:v>2871</x:v>
+        <x:v>5437</x:v>
       </x:c>
       <x:c r="FY37" s="3" t="n">
-        <x:v>2973</x:v>
+        <x:v>5631</x:v>
       </x:c>
       <x:c r="FZ37" s="3" t="n">
-        <x:v>2441</x:v>
+        <x:v>4450</x:v>
       </x:c>
       <x:c r="GA37" s="3" t="n">
-        <x:v>2639</x:v>
+        <x:v>4811</x:v>
       </x:c>
       <x:c r="GB37" s="3" t="n">
-        <x:v>2830</x:v>
+        <x:v>5159</x:v>
       </x:c>
       <x:c r="GC37" s="3" t="n">
-        <x:v>2846</x:v>
+        <x:v>5188</x:v>
       </x:c>
       <x:c r="GD37" s="3" t="n">
         <x:v>2595</x:v>
       </x:c>
       <x:c r="GE37" s="3" t="n">
         <x:v>2993</x:v>
       </x:c>
       <x:c r="GF37" s="3" t="n">
         <x:v>3314</x:v>
       </x:c>
       <x:c r="GG37" s="3" t="n">
         <x:v>3432</x:v>
       </x:c>
       <x:c r="GH37" s="3" t="n">
         <x:v>2888</x:v>
       </x:c>
       <x:c r="GI37" s="3" t="n">
-        <x:v>2810</x:v>
+        <x:v>2888</x:v>
+      </x:c>
+      <x:c r="GJ37" s="3" t="n">
+        <x:v>3236</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:191">
+    <x:row r="38" spans="1:192">
       <x:c r="A38" s="2" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D38" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E38" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F38" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G38" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H38" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="I38" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
@@ -21302,83 +21407,86 @@
       <x:c r="FR38" s="3" t="n">
         <x:v>632</x:v>
       </x:c>
       <x:c r="FS38" s="3" t="n">
         <x:v>643</x:v>
       </x:c>
       <x:c r="FT38" s="3" t="n">
         <x:v>641</x:v>
       </x:c>
       <x:c r="FU38" s="3" t="n">
         <x:v>721</x:v>
       </x:c>
       <x:c r="FV38" s="3" t="n">
         <x:v>685</x:v>
       </x:c>
       <x:c r="FW38" s="3" t="n">
         <x:v>699</x:v>
       </x:c>
       <x:c r="FX38" s="3" t="n">
         <x:v>669</x:v>
       </x:c>
       <x:c r="FY38" s="3" t="n">
         <x:v>729</x:v>
       </x:c>
       <x:c r="FZ38" s="3" t="n">
-        <x:v>743</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="GA38" s="3" t="n">
-        <x:v>831</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="GB38" s="3" t="n">
-        <x:v>731</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="GC38" s="3" t="n">
-        <x:v>811</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="GD38" s="3" t="n">
         <x:v>762</x:v>
       </x:c>
       <x:c r="GE38" s="3" t="n">
         <x:v>816</x:v>
       </x:c>
       <x:c r="GF38" s="3" t="n">
         <x:v>648</x:v>
       </x:c>
       <x:c r="GG38" s="3" t="n">
         <x:v>867</x:v>
       </x:c>
       <x:c r="GH38" s="3" t="n">
-        <x:v>886</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="GI38" s="3" t="n">
-        <x:v>761</x:v>
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="GJ38" s="3" t="n">
+        <x:v>795</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:191">
+    <x:row r="39" spans="1:192">
       <x:c r="A39" s="2" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>793</x:v>
       </x:c>
       <x:c r="D39" s="3" t="n">
         <x:v>562</x:v>
       </x:c>
       <x:c r="E39" s="3" t="n">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="F39" s="3" t="n">
         <x:v>1421</x:v>
       </x:c>
       <x:c r="G39" s="3" t="n">
         <x:v>660</x:v>
       </x:c>
       <x:c r="H39" s="3" t="n">
         <x:v>581</x:v>
       </x:c>
       <x:c r="I39" s="3" t="n">
         <x:v>320</x:v>
       </x:c>
@@ -21730,230 +21838,233 @@
       <x:c r="DU39" s="3" t="n">
         <x:v>12700</x:v>
       </x:c>
       <x:c r="DV39" s="3" t="n">
         <x:v>9037</x:v>
       </x:c>
       <x:c r="DW39" s="3" t="n">
         <x:v>10338</x:v>
       </x:c>
       <x:c r="DX39" s="3" t="n">
         <x:v>9360</x:v>
       </x:c>
       <x:c r="DY39" s="3" t="n">
         <x:v>11818</x:v>
       </x:c>
       <x:c r="DZ39" s="3" t="n">
         <x:v>12336</x:v>
       </x:c>
       <x:c r="EA39" s="3" t="n">
         <x:v>12011</x:v>
       </x:c>
       <x:c r="EB39" s="3" t="n">
         <x:v>11753</x:v>
       </x:c>
       <x:c r="EC39" s="3" t="n">
-        <x:v>15438</x:v>
+        <x:v>15439</x:v>
       </x:c>
       <x:c r="ED39" s="3" t="n">
-        <x:v>11657</x:v>
+        <x:v>11658</x:v>
       </x:c>
       <x:c r="EE39" s="3" t="n">
-        <x:v>12065</x:v>
+        <x:v>12066</x:v>
       </x:c>
       <x:c r="EF39" s="3" t="n">
-        <x:v>12491</x:v>
+        <x:v>12492</x:v>
       </x:c>
       <x:c r="EG39" s="3" t="n">
-        <x:v>17302</x:v>
+        <x:v>17303</x:v>
       </x:c>
       <x:c r="EH39" s="3" t="n">
         <x:v>13126</x:v>
       </x:c>
       <x:c r="EI39" s="3" t="n">
         <x:v>14219</x:v>
       </x:c>
       <x:c r="EJ39" s="3" t="n">
-        <x:v>14322</x:v>
+        <x:v>14324</x:v>
       </x:c>
       <x:c r="EK39" s="3" t="n">
         <x:v>15361</x:v>
       </x:c>
       <x:c r="EL39" s="3" t="n">
-        <x:v>15160</x:v>
+        <x:v>15161</x:v>
       </x:c>
       <x:c r="EM39" s="3" t="n">
         <x:v>16801</x:v>
       </x:c>
       <x:c r="EN39" s="3" t="n">
         <x:v>16205</x:v>
       </x:c>
       <x:c r="EO39" s="3" t="n">
-        <x:v>19667</x:v>
+        <x:v>19668</x:v>
       </x:c>
       <x:c r="EP39" s="3" t="n">
-        <x:v>17495</x:v>
+        <x:v>17496</x:v>
       </x:c>
       <x:c r="EQ39" s="3" t="n">
-        <x:v>17341</x:v>
+        <x:v>17342</x:v>
       </x:c>
       <x:c r="ER39" s="3" t="n">
         <x:v>17535</x:v>
       </x:c>
       <x:c r="ES39" s="3" t="n">
-        <x:v>21232</x:v>
+        <x:v>21233</x:v>
       </x:c>
       <x:c r="ET39" s="3" t="n">
         <x:v>21090</x:v>
       </x:c>
       <x:c r="EU39" s="3" t="n">
-        <x:v>19632</x:v>
+        <x:v>19633</x:v>
       </x:c>
       <x:c r="EV39" s="3" t="n">
-        <x:v>19924</x:v>
+        <x:v>19925</x:v>
       </x:c>
       <x:c r="EW39" s="3" t="n">
         <x:v>24171</x:v>
       </x:c>
       <x:c r="EX39" s="3" t="n">
         <x:v>20799</x:v>
       </x:c>
       <x:c r="EY39" s="3" t="n">
         <x:v>20213</x:v>
       </x:c>
       <x:c r="EZ39" s="3" t="n">
-        <x:v>18780</x:v>
+        <x:v>18781</x:v>
       </x:c>
       <x:c r="FA39" s="3" t="n">
-        <x:v>22457</x:v>
+        <x:v>22458</x:v>
       </x:c>
       <x:c r="FB39" s="3" t="n">
-        <x:v>18351</x:v>
+        <x:v>18358</x:v>
       </x:c>
       <x:c r="FC39" s="3" t="n">
-        <x:v>18407</x:v>
+        <x:v>18412</x:v>
       </x:c>
       <x:c r="FD39" s="3" t="n">
-        <x:v>17366</x:v>
+        <x:v>17369</x:v>
       </x:c>
       <x:c r="FE39" s="3" t="n">
-        <x:v>21641</x:v>
+        <x:v>21647</x:v>
       </x:c>
       <x:c r="FF39" s="3" t="n">
-        <x:v>17760</x:v>
+        <x:v>17762</x:v>
       </x:c>
       <x:c r="FG39" s="3" t="n">
-        <x:v>20289</x:v>
+        <x:v>20291</x:v>
       </x:c>
       <x:c r="FH39" s="3" t="n">
-        <x:v>17984</x:v>
+        <x:v>17986</x:v>
       </x:c>
       <x:c r="FI39" s="3" t="n">
-        <x:v>21154</x:v>
+        <x:v>21156</x:v>
       </x:c>
       <x:c r="FJ39" s="3" t="n">
-        <x:v>21115</x:v>
+        <x:v>21120</x:v>
       </x:c>
       <x:c r="FK39" s="3" t="n">
-        <x:v>20397</x:v>
+        <x:v>20399</x:v>
       </x:c>
       <x:c r="FL39" s="3" t="n">
-        <x:v>21022</x:v>
+        <x:v>21025</x:v>
       </x:c>
       <x:c r="FM39" s="3" t="n">
-        <x:v>22522</x:v>
+        <x:v>22526</x:v>
       </x:c>
       <x:c r="FN39" s="3" t="n">
-        <x:v>23622</x:v>
+        <x:v>23638</x:v>
       </x:c>
       <x:c r="FO39" s="3" t="n">
-        <x:v>21571</x:v>
+        <x:v>21573</x:v>
       </x:c>
       <x:c r="FP39" s="3" t="n">
-        <x:v>20918</x:v>
+        <x:v>20919</x:v>
       </x:c>
       <x:c r="FQ39" s="3" t="n">
-        <x:v>24911</x:v>
+        <x:v>24913</x:v>
       </x:c>
       <x:c r="FR39" s="3" t="n">
         <x:v>22559</x:v>
       </x:c>
       <x:c r="FS39" s="3" t="n">
         <x:v>23033</x:v>
       </x:c>
       <x:c r="FT39" s="3" t="n">
-        <x:v>23008</x:v>
+        <x:v>23009</x:v>
       </x:c>
       <x:c r="FU39" s="3" t="n">
-        <x:v>27082</x:v>
+        <x:v>27083</x:v>
       </x:c>
       <x:c r="FV39" s="3" t="n">
-        <x:v>24609</x:v>
+        <x:v>25234</x:v>
       </x:c>
       <x:c r="FW39" s="3" t="n">
-        <x:v>27921</x:v>
+        <x:v>28987</x:v>
       </x:c>
       <x:c r="FX39" s="3" t="n">
-        <x:v>29036</x:v>
+        <x:v>30005</x:v>
       </x:c>
       <x:c r="FY39" s="3" t="n">
-        <x:v>33573</x:v>
+        <x:v>34786</x:v>
       </x:c>
       <x:c r="FZ39" s="3" t="n">
-        <x:v>30461</x:v>
+        <x:v>31258</x:v>
       </x:c>
       <x:c r="GA39" s="3" t="n">
-        <x:v>31484</x:v>
+        <x:v>32342</x:v>
       </x:c>
       <x:c r="GB39" s="3" t="n">
-        <x:v>33002</x:v>
+        <x:v>33859</x:v>
       </x:c>
       <x:c r="GC39" s="3" t="n">
-        <x:v>40024</x:v>
+        <x:v>41058</x:v>
       </x:c>
       <x:c r="GD39" s="3" t="n">
-        <x:v>32464</x:v>
+        <x:v>32750</x:v>
       </x:c>
       <x:c r="GE39" s="3" t="n">
-        <x:v>35077</x:v>
+        <x:v>35367</x:v>
       </x:c>
       <x:c r="GF39" s="3" t="n">
-        <x:v>34180</x:v>
+        <x:v>34466</x:v>
       </x:c>
       <x:c r="GG39" s="3" t="n">
-        <x:v>40366</x:v>
+        <x:v>40843</x:v>
       </x:c>
       <x:c r="GH39" s="3" t="n">
-        <x:v>34711</x:v>
+        <x:v>34825</x:v>
       </x:c>
       <x:c r="GI39" s="3" t="n">
-        <x:v>33950</x:v>
+        <x:v>35493</x:v>
+      </x:c>
+      <x:c r="GJ39" s="3" t="n">
+        <x:v>34169</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:191">
+    <x:row r="40" spans="1:192">
       <x:c r="A40" s="2" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C40" s="3" t="n">
         <x:v>146</x:v>
       </x:c>
       <x:c r="D40" s="3" t="n">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E40" s="3" t="n">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F40" s="3" t="n">
         <x:v>158</x:v>
       </x:c>
       <x:c r="G40" s="3" t="n">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H40" s="3" t="n">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I40" s="3" t="n">
         <x:v>173</x:v>
       </x:c>
@@ -22440,95 +22551,98 @@
       <x:c r="FN40" s="3" t="n">
         <x:v>9096</x:v>
       </x:c>
       <x:c r="FO40" s="3" t="n">
         <x:v>7960</x:v>
       </x:c>
       <x:c r="FP40" s="3" t="n">
         <x:v>7206</x:v>
       </x:c>
       <x:c r="FQ40" s="3" t="n">
         <x:v>7313</x:v>
       </x:c>
       <x:c r="FR40" s="3" t="n">
         <x:v>8933</x:v>
       </x:c>
       <x:c r="FS40" s="3" t="n">
         <x:v>8499</x:v>
       </x:c>
       <x:c r="FT40" s="3" t="n">
         <x:v>8467</x:v>
       </x:c>
       <x:c r="FU40" s="3" t="n">
         <x:v>9155</x:v>
       </x:c>
       <x:c r="FV40" s="3" t="n">
-        <x:v>10429</x:v>
+        <x:v>9096</x:v>
       </x:c>
       <x:c r="FW40" s="3" t="n">
-        <x:v>11433</x:v>
+        <x:v>10095</x:v>
       </x:c>
       <x:c r="FX40" s="3" t="n">
-        <x:v>11519</x:v>
+        <x:v>10001</x:v>
       </x:c>
       <x:c r="FY40" s="3" t="n">
-        <x:v>12234</x:v>
+        <x:v>10572</x:v>
       </x:c>
       <x:c r="FZ40" s="3" t="n">
-        <x:v>10547</x:v>
+        <x:v>11339</x:v>
       </x:c>
       <x:c r="GA40" s="3" t="n">
-        <x:v>10832</x:v>
+        <x:v>11671</x:v>
       </x:c>
       <x:c r="GB40" s="3" t="n">
-        <x:v>10823</x:v>
+        <x:v>11654</x:v>
       </x:c>
       <x:c r="GC40" s="3" t="n">
-        <x:v>12610</x:v>
+        <x:v>13642</x:v>
       </x:c>
       <x:c r="GD40" s="3" t="n">
-        <x:v>11842</x:v>
+        <x:v>12128</x:v>
       </x:c>
       <x:c r="GE40" s="3" t="n">
-        <x:v>12736</x:v>
+        <x:v>13026</x:v>
       </x:c>
       <x:c r="GF40" s="3" t="n">
-        <x:v>12577</x:v>
+        <x:v>12862</x:v>
       </x:c>
       <x:c r="GG40" s="3" t="n">
-        <x:v>13340</x:v>
+        <x:v>13816</x:v>
       </x:c>
       <x:c r="GH40" s="3" t="n">
-        <x:v>12373</x:v>
+        <x:v>12083</x:v>
       </x:c>
       <x:c r="GI40" s="3" t="n">
-        <x:v>12030</x:v>
+        <x:v>12578</x:v>
+      </x:c>
+      <x:c r="GJ40" s="3" t="n">
+        <x:v>12649</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:191">
+    <x:row r="41" spans="1:192">
       <x:c r="A41" s="2" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D41" s="3" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="E41" s="3" t="n">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F41" s="3" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G41" s="3" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H41" s="3" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="I41" s="3" t="n">
         <x:v>11</x:v>
       </x:c>
@@ -23015,95 +23129,98 @@
       <x:c r="FN41" s="3" t="n">
         <x:v>6394</x:v>
       </x:c>
       <x:c r="FO41" s="3" t="n">
         <x:v>6053</x:v>
       </x:c>
       <x:c r="FP41" s="3" t="n">
         <x:v>5496</x:v>
       </x:c>
       <x:c r="FQ41" s="3" t="n">
         <x:v>7357</x:v>
       </x:c>
       <x:c r="FR41" s="3" t="n">
         <x:v>5688</x:v>
       </x:c>
       <x:c r="FS41" s="3" t="n">
         <x:v>5781</x:v>
       </x:c>
       <x:c r="FT41" s="3" t="n">
         <x:v>4974</x:v>
       </x:c>
       <x:c r="FU41" s="3" t="n">
         <x:v>6479</x:v>
       </x:c>
       <x:c r="FV41" s="3" t="n">
-        <x:v>5660</x:v>
+        <x:v>7502</x:v>
       </x:c>
       <x:c r="FW41" s="3" t="n">
-        <x:v>6934</x:v>
+        <x:v>9191</x:v>
       </x:c>
       <x:c r="FX41" s="3" t="n">
-        <x:v>7168</x:v>
+        <x:v>9501</x:v>
       </x:c>
       <x:c r="FY41" s="3" t="n">
-        <x:v>8237</x:v>
+        <x:v>10918</x:v>
       </x:c>
       <x:c r="FZ41" s="3" t="n">
-        <x:v>6547</x:v>
+        <x:v>6552</x:v>
       </x:c>
       <x:c r="GA41" s="3" t="n">
-        <x:v>7202</x:v>
+        <x:v>7207</x:v>
       </x:c>
       <x:c r="GB41" s="3" t="n">
-        <x:v>7351</x:v>
+        <x:v>7356</x:v>
       </x:c>
       <x:c r="GC41" s="3" t="n">
-        <x:v>10112</x:v>
+        <x:v>10119</x:v>
       </x:c>
       <x:c r="GD41" s="3" t="n">
         <x:v>7528</x:v>
       </x:c>
       <x:c r="GE41" s="3" t="n">
         <x:v>8188</x:v>
       </x:c>
       <x:c r="GF41" s="3" t="n">
         <x:v>7772</x:v>
       </x:c>
       <x:c r="GG41" s="3" t="n">
-        <x:v>10167</x:v>
+        <x:v>10166</x:v>
       </x:c>
       <x:c r="GH41" s="3" t="n">
-        <x:v>8599</x:v>
+        <x:v>8721</x:v>
       </x:c>
       <x:c r="GI41" s="3" t="n">
-        <x:v>8040</x:v>
+        <x:v>8323</x:v>
+      </x:c>
+      <x:c r="GJ41" s="3" t="n">
+        <x:v>8711</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:191">
+    <x:row r="42" spans="1:192">
       <x:c r="A42" s="2" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C42" s="3" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D42" s="3" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E42" s="3" t="n">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F42" s="3" t="n">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G42" s="3" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="H42" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I42" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
@@ -23602,83 +23719,86 @@
       <x:c r="FR42" s="3" t="n">
         <x:v>1013</x:v>
       </x:c>
       <x:c r="FS42" s="3" t="n">
         <x:v>1446</x:v>
       </x:c>
       <x:c r="FT42" s="3" t="n">
         <x:v>1234</x:v>
       </x:c>
       <x:c r="FU42" s="3" t="n">
         <x:v>1608</x:v>
       </x:c>
       <x:c r="FV42" s="3" t="n">
         <x:v>1354</x:v>
       </x:c>
       <x:c r="FW42" s="3" t="n">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="FX42" s="3" t="n">
         <x:v>1160</x:v>
       </x:c>
       <x:c r="FY42" s="3" t="n">
         <x:v>1545</x:v>
       </x:c>
       <x:c r="FZ42" s="3" t="n">
-        <x:v>1668</x:v>
+        <x:v>1671</x:v>
       </x:c>
       <x:c r="GA42" s="3" t="n">
-        <x:v>1725</x:v>
+        <x:v>1728</x:v>
       </x:c>
       <x:c r="GB42" s="3" t="n">
-        <x:v>1952</x:v>
+        <x:v>1955</x:v>
       </x:c>
       <x:c r="GC42" s="3" t="n">
-        <x:v>1765</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="GD42" s="3" t="n">
         <x:v>2005</x:v>
       </x:c>
       <x:c r="GE42" s="3" t="n">
         <x:v>1575</x:v>
       </x:c>
       <x:c r="GF42" s="3" t="n">
         <x:v>1528</x:v>
       </x:c>
       <x:c r="GG42" s="3" t="n">
         <x:v>1985</x:v>
       </x:c>
       <x:c r="GH42" s="3" t="n">
-        <x:v>1857</x:v>
+        <x:v>1858</x:v>
       </x:c>
       <x:c r="GI42" s="3" t="n">
-        <x:v>1842</x:v>
+        <x:v>2008</x:v>
+      </x:c>
+      <x:c r="GJ42" s="3" t="n">
+        <x:v>1749</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:191">
+    <x:row r="43" spans="1:192">
       <x:c r="A43" s="2" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>548</x:v>
       </x:c>
       <x:c r="D43" s="3" t="n">
         <x:v>361</x:v>
       </x:c>
       <x:c r="E43" s="3" t="n">
         <x:v>810</x:v>
       </x:c>
       <x:c r="F43" s="3" t="n">
         <x:v>1096</x:v>
       </x:c>
       <x:c r="G43" s="3" t="n">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H43" s="3" t="n">
         <x:v>363</x:v>
       </x:c>
       <x:c r="I43" s="3" t="n">
         <x:v>128</x:v>
       </x:c>
@@ -24030,230 +24150,233 @@
       <x:c r="DU43" s="3" t="n">
         <x:v>5424</x:v>
       </x:c>
       <x:c r="DV43" s="3" t="n">
         <x:v>2212</x:v>
       </x:c>
       <x:c r="DW43" s="3" t="n">
         <x:v>2843</x:v>
       </x:c>
       <x:c r="DX43" s="3" t="n">
         <x:v>2697</x:v>
       </x:c>
       <x:c r="DY43" s="3" t="n">
         <x:v>4341</x:v>
       </x:c>
       <x:c r="DZ43" s="3" t="n">
         <x:v>4982</x:v>
       </x:c>
       <x:c r="EA43" s="3" t="n">
         <x:v>4847</x:v>
       </x:c>
       <x:c r="EB43" s="3" t="n">
         <x:v>4460</x:v>
       </x:c>
       <x:c r="EC43" s="3" t="n">
-        <x:v>6732</x:v>
+        <x:v>6733</x:v>
       </x:c>
       <x:c r="ED43" s="3" t="n">
-        <x:v>3964</x:v>
+        <x:v>3965</x:v>
       </x:c>
       <x:c r="EE43" s="3" t="n">
         <x:v>4650</x:v>
       </x:c>
       <x:c r="EF43" s="3" t="n">
-        <x:v>4692</x:v>
+        <x:v>4693</x:v>
       </x:c>
       <x:c r="EG43" s="3" t="n">
-        <x:v>6846</x:v>
+        <x:v>6847</x:v>
       </x:c>
       <x:c r="EH43" s="3" t="n">
         <x:v>5033</x:v>
       </x:c>
       <x:c r="EI43" s="3" t="n">
         <x:v>5610</x:v>
       </x:c>
       <x:c r="EJ43" s="3" t="n">
-        <x:v>6069</x:v>
+        <x:v>6071</x:v>
       </x:c>
       <x:c r="EK43" s="3" t="n">
         <x:v>5647</x:v>
       </x:c>
       <x:c r="EL43" s="3" t="n">
-        <x:v>6290</x:v>
+        <x:v>6291</x:v>
       </x:c>
       <x:c r="EM43" s="3" t="n">
         <x:v>7061</x:v>
       </x:c>
       <x:c r="EN43" s="3" t="n">
-        <x:v>6215</x:v>
+        <x:v>6216</x:v>
       </x:c>
       <x:c r="EO43" s="3" t="n">
-        <x:v>8579</x:v>
+        <x:v>8580</x:v>
       </x:c>
       <x:c r="EP43" s="3" t="n">
-        <x:v>6877</x:v>
+        <x:v>6878</x:v>
       </x:c>
       <x:c r="EQ43" s="3" t="n">
-        <x:v>6584</x:v>
+        <x:v>6585</x:v>
       </x:c>
       <x:c r="ER43" s="3" t="n">
         <x:v>7465</x:v>
       </x:c>
       <x:c r="ES43" s="3" t="n">
-        <x:v>7860</x:v>
+        <x:v>7861</x:v>
       </x:c>
       <x:c r="ET43" s="3" t="n">
         <x:v>7643</x:v>
       </x:c>
       <x:c r="EU43" s="3" t="n">
-        <x:v>7289</x:v>
+        <x:v>7290</x:v>
       </x:c>
       <x:c r="EV43" s="3" t="n">
-        <x:v>7855</x:v>
+        <x:v>7856</x:v>
       </x:c>
       <x:c r="EW43" s="3" t="n">
-        <x:v>9019</x:v>
+        <x:v>9020</x:v>
       </x:c>
       <x:c r="EX43" s="3" t="n">
-        <x:v>7047</x:v>
+        <x:v>7048</x:v>
       </x:c>
       <x:c r="EY43" s="3" t="n">
-        <x:v>7624</x:v>
+        <x:v>7625</x:v>
       </x:c>
       <x:c r="EZ43" s="3" t="n">
         <x:v>6966</x:v>
       </x:c>
       <x:c r="FA43" s="3" t="n">
         <x:v>8913</x:v>
       </x:c>
       <x:c r="FB43" s="3" t="n">
-        <x:v>6106</x:v>
+        <x:v>6113</x:v>
       </x:c>
       <x:c r="FC43" s="3" t="n">
-        <x:v>6171</x:v>
+        <x:v>6176</x:v>
       </x:c>
       <x:c r="FD43" s="3" t="n">
-        <x:v>5783</x:v>
+        <x:v>5787</x:v>
       </x:c>
       <x:c r="FE43" s="3" t="n">
-        <x:v>7786</x:v>
+        <x:v>7792</x:v>
       </x:c>
       <x:c r="FF43" s="3" t="n">
-        <x:v>5877</x:v>
+        <x:v>5880</x:v>
       </x:c>
       <x:c r="FG43" s="3" t="n">
-        <x:v>6444</x:v>
+        <x:v>6446</x:v>
       </x:c>
       <x:c r="FH43" s="3" t="n">
-        <x:v>6332</x:v>
+        <x:v>6334</x:v>
       </x:c>
       <x:c r="FI43" s="3" t="n">
-        <x:v>6720</x:v>
+        <x:v>6722</x:v>
       </x:c>
       <x:c r="FJ43" s="3" t="n">
-        <x:v>5405</x:v>
+        <x:v>5409</x:v>
       </x:c>
       <x:c r="FK43" s="3" t="n">
-        <x:v>5572</x:v>
+        <x:v>5574</x:v>
       </x:c>
       <x:c r="FL43" s="3" t="n">
-        <x:v>5559</x:v>
+        <x:v>5562</x:v>
       </x:c>
       <x:c r="FM43" s="3" t="n">
-        <x:v>6662</x:v>
+        <x:v>6665</x:v>
       </x:c>
       <x:c r="FN43" s="3" t="n">
-        <x:v>6917</x:v>
+        <x:v>6933</x:v>
       </x:c>
       <x:c r="FO43" s="3" t="n">
-        <x:v>6724</x:v>
+        <x:v>6727</x:v>
       </x:c>
       <x:c r="FP43" s="3" t="n">
-        <x:v>7299</x:v>
+        <x:v>7300</x:v>
       </x:c>
       <x:c r="FQ43" s="3" t="n">
-        <x:v>9020</x:v>
+        <x:v>9022</x:v>
       </x:c>
       <x:c r="FR43" s="3" t="n">
         <x:v>6926</x:v>
       </x:c>
       <x:c r="FS43" s="3" t="n">
         <x:v>7306</x:v>
       </x:c>
       <x:c r="FT43" s="3" t="n">
         <x:v>8334</x:v>
       </x:c>
       <x:c r="FU43" s="3" t="n">
         <x:v>9841</x:v>
       </x:c>
       <x:c r="FV43" s="3" t="n">
-        <x:v>7166</x:v>
+        <x:v>7282</x:v>
       </x:c>
       <x:c r="FW43" s="3" t="n">
-        <x:v>8544</x:v>
+        <x:v>8691</x:v>
       </x:c>
       <x:c r="FX43" s="3" t="n">
-        <x:v>9189</x:v>
+        <x:v>9342</x:v>
       </x:c>
       <x:c r="FY43" s="3" t="n">
-        <x:v>11557</x:v>
+        <x:v>11751</x:v>
       </x:c>
       <x:c r="FZ43" s="3" t="n">
-        <x:v>11699</x:v>
+        <x:v>11697</x:v>
       </x:c>
       <x:c r="GA43" s="3" t="n">
-        <x:v>11725</x:v>
+        <x:v>11737</x:v>
       </x:c>
       <x:c r="GB43" s="3" t="n">
-        <x:v>12876</x:v>
+        <x:v>12893</x:v>
       </x:c>
       <x:c r="GC43" s="3" t="n">
-        <x:v>15537</x:v>
+        <x:v>15530</x:v>
       </x:c>
       <x:c r="GD43" s="3" t="n">
         <x:v>11089</x:v>
       </x:c>
       <x:c r="GE43" s="3" t="n">
         <x:v>12578</x:v>
       </x:c>
       <x:c r="GF43" s="3" t="n">
-        <x:v>12303</x:v>
+        <x:v>12304</x:v>
       </x:c>
       <x:c r="GG43" s="3" t="n">
-        <x:v>14874</x:v>
+        <x:v>14876</x:v>
       </x:c>
       <x:c r="GH43" s="3" t="n">
-        <x:v>11882</x:v>
+        <x:v>12163</x:v>
       </x:c>
       <x:c r="GI43" s="3" t="n">
-        <x:v>12038</x:v>
+        <x:v>12584</x:v>
+      </x:c>
+      <x:c r="GJ43" s="3" t="n">
+        <x:v>11060</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:191">
+    <x:row r="44" spans="1:192">
       <x:c r="A44" s="2" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C44" s="3" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="D44" s="3" t="n">
         <x:v>458</x:v>
       </x:c>
       <x:c r="E44" s="3" t="n">
         <x:v>655</x:v>
       </x:c>
       <x:c r="F44" s="3" t="n">
         <x:v>723</x:v>
       </x:c>
       <x:c r="G44" s="3" t="n">
         <x:v>618</x:v>
       </x:c>
       <x:c r="H44" s="3" t="n">
         <x:v>583</x:v>
       </x:c>
       <x:c r="I44" s="3" t="n">
         <x:v>741</x:v>
       </x:c>
@@ -24560,275 +24683,278 @@
       <x:c r="DF44" s="3" t="n">
         <x:v>5242</x:v>
       </x:c>
       <x:c r="DG44" s="3" t="n">
         <x:v>5630</x:v>
       </x:c>
       <x:c r="DH44" s="3" t="n">
         <x:v>6198</x:v>
       </x:c>
       <x:c r="DI44" s="3" t="n">
         <x:v>6050</x:v>
       </x:c>
       <x:c r="DJ44" s="3" t="n">
         <x:v>6063</x:v>
       </x:c>
       <x:c r="DK44" s="3" t="n">
         <x:v>6666</x:v>
       </x:c>
       <x:c r="DL44" s="3" t="n">
         <x:v>6420</x:v>
       </x:c>
       <x:c r="DM44" s="3" t="n">
         <x:v>8320</x:v>
       </x:c>
       <x:c r="DN44" s="3" t="n">
-        <x:v>6553</x:v>
+        <x:v>6716</x:v>
       </x:c>
       <x:c r="DO44" s="3" t="n">
-        <x:v>6344</x:v>
+        <x:v>6512</x:v>
       </x:c>
       <x:c r="DP44" s="3" t="n">
-        <x:v>5827</x:v>
+        <x:v>5980</x:v>
       </x:c>
       <x:c r="DQ44" s="3" t="n">
-        <x:v>7365</x:v>
+        <x:v>7547</x:v>
       </x:c>
       <x:c r="DR44" s="3" t="n">
-        <x:v>6875</x:v>
+        <x:v>7165</x:v>
       </x:c>
       <x:c r="DS44" s="3" t="n">
-        <x:v>7814</x:v>
+        <x:v>8176</x:v>
       </x:c>
       <x:c r="DT44" s="3" t="n">
-        <x:v>6626</x:v>
+        <x:v>6945</x:v>
       </x:c>
       <x:c r="DU44" s="3" t="n">
-        <x:v>8051</x:v>
+        <x:v>8411</x:v>
       </x:c>
       <x:c r="DV44" s="3" t="n">
-        <x:v>7078</x:v>
+        <x:v>7521</x:v>
       </x:c>
       <x:c r="DW44" s="3" t="n">
-        <x:v>8428</x:v>
+        <x:v>8908</x:v>
       </x:c>
       <x:c r="DX44" s="3" t="n">
-        <x:v>7578</x:v>
+        <x:v>7999</x:v>
       </x:c>
       <x:c r="DY44" s="3" t="n">
-        <x:v>9006</x:v>
+        <x:v>9437</x:v>
       </x:c>
       <x:c r="DZ44" s="3" t="n">
-        <x:v>9031</x:v>
+        <x:v>9639</x:v>
       </x:c>
       <x:c r="EA44" s="3" t="n">
-        <x:v>9201</x:v>
+        <x:v>9798</x:v>
       </x:c>
       <x:c r="EB44" s="3" t="n">
-        <x:v>9492</x:v>
+        <x:v>9941</x:v>
       </x:c>
       <x:c r="EC44" s="3" t="n">
-        <x:v>9929</x:v>
+        <x:v>10493</x:v>
       </x:c>
       <x:c r="ED44" s="3" t="n">
-        <x:v>9103</x:v>
+        <x:v>9655</x:v>
       </x:c>
       <x:c r="EE44" s="3" t="n">
-        <x:v>10031</x:v>
+        <x:v>10642</x:v>
       </x:c>
       <x:c r="EF44" s="3" t="n">
-        <x:v>10540</x:v>
+        <x:v>11307</x:v>
       </x:c>
       <x:c r="EG44" s="3" t="n">
-        <x:v>11293</x:v>
+        <x:v>12025</x:v>
       </x:c>
       <x:c r="EH44" s="3" t="n">
-        <x:v>9509</x:v>
+        <x:v>10271</x:v>
       </x:c>
       <x:c r="EI44" s="3" t="n">
-        <x:v>10470</x:v>
+        <x:v>11415</x:v>
       </x:c>
       <x:c r="EJ44" s="3" t="n">
-        <x:v>8495</x:v>
+        <x:v>9105</x:v>
       </x:c>
       <x:c r="EK44" s="3" t="n">
-        <x:v>10902</x:v>
+        <x:v>11690</x:v>
       </x:c>
       <x:c r="EL44" s="3" t="n">
-        <x:v>8735</x:v>
+        <x:v>9529</x:v>
       </x:c>
       <x:c r="EM44" s="3" t="n">
-        <x:v>9202</x:v>
+        <x:v>10073</x:v>
       </x:c>
       <x:c r="EN44" s="3" t="n">
-        <x:v>10145</x:v>
+        <x:v>10934</x:v>
       </x:c>
       <x:c r="EO44" s="3" t="n">
-        <x:v>10231</x:v>
+        <x:v>11325</x:v>
       </x:c>
       <x:c r="EP44" s="3" t="n">
-        <x:v>8939</x:v>
+        <x:v>9750</x:v>
       </x:c>
       <x:c r="EQ44" s="3" t="n">
-        <x:v>8960</x:v>
+        <x:v>9922</x:v>
       </x:c>
       <x:c r="ER44" s="3" t="n">
-        <x:v>9860</x:v>
+        <x:v>10877</x:v>
       </x:c>
       <x:c r="ES44" s="3" t="n">
-        <x:v>10213</x:v>
+        <x:v>11414</x:v>
       </x:c>
       <x:c r="ET44" s="3" t="n">
-        <x:v>10422</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="EU44" s="3" t="n">
-        <x:v>11137</x:v>
+        <x:v>12336</x:v>
       </x:c>
       <x:c r="EV44" s="3" t="n">
-        <x:v>10980</x:v>
+        <x:v>12098</x:v>
       </x:c>
       <x:c r="EW44" s="3" t="n">
-        <x:v>12588</x:v>
+        <x:v>13673</x:v>
       </x:c>
       <x:c r="EX44" s="3" t="n">
-        <x:v>11111</x:v>
+        <x:v>11944</x:v>
       </x:c>
       <x:c r="EY44" s="3" t="n">
-        <x:v>12603</x:v>
+        <x:v>13489</x:v>
       </x:c>
       <x:c r="EZ44" s="3" t="n">
-        <x:v>11223</x:v>
+        <x:v>11963</x:v>
       </x:c>
       <x:c r="FA44" s="3" t="n">
-        <x:v>12386</x:v>
+        <x:v>13156</x:v>
       </x:c>
       <x:c r="FB44" s="3" t="n">
-        <x:v>11015</x:v>
+        <x:v>11846</x:v>
       </x:c>
       <x:c r="FC44" s="3" t="n">
-        <x:v>11878</x:v>
+        <x:v>13100</x:v>
       </x:c>
       <x:c r="FD44" s="3" t="n">
-        <x:v>11719</x:v>
+        <x:v>12913</x:v>
       </x:c>
       <x:c r="FE44" s="3" t="n">
-        <x:v>14135</x:v>
+        <x:v>15530</x:v>
       </x:c>
       <x:c r="FF44" s="3" t="n">
-        <x:v>11996</x:v>
+        <x:v>13328</x:v>
       </x:c>
       <x:c r="FG44" s="3" t="n">
-        <x:v>13420</x:v>
+        <x:v>14827</x:v>
       </x:c>
       <x:c r="FH44" s="3" t="n">
-        <x:v>14352</x:v>
+        <x:v>15868</x:v>
       </x:c>
       <x:c r="FI44" s="3" t="n">
-        <x:v>15455</x:v>
+        <x:v>17315</x:v>
       </x:c>
       <x:c r="FJ44" s="3" t="n">
-        <x:v>15805</x:v>
+        <x:v>18149</x:v>
       </x:c>
       <x:c r="FK44" s="3" t="n">
-        <x:v>15717</x:v>
+        <x:v>17684</x:v>
       </x:c>
       <x:c r="FL44" s="3" t="n">
-        <x:v>15165</x:v>
+        <x:v>17072</x:v>
       </x:c>
       <x:c r="FM44" s="3" t="n">
-        <x:v>17156</x:v>
+        <x:v>19380</x:v>
       </x:c>
       <x:c r="FN44" s="3" t="n">
-        <x:v>16697</x:v>
+        <x:v>18283</x:v>
       </x:c>
       <x:c r="FO44" s="3" t="n">
-        <x:v>16949</x:v>
+        <x:v>18760</x:v>
       </x:c>
       <x:c r="FP44" s="3" t="n">
-        <x:v>15546</x:v>
+        <x:v>16806</x:v>
       </x:c>
       <x:c r="FQ44" s="3" t="n">
-        <x:v>19261</x:v>
+        <x:v>20663</x:v>
       </x:c>
       <x:c r="FR44" s="3" t="n">
-        <x:v>17036</x:v>
+        <x:v>18563</x:v>
       </x:c>
       <x:c r="FS44" s="3" t="n">
-        <x:v>17214</x:v>
+        <x:v>18641</x:v>
       </x:c>
       <x:c r="FT44" s="3" t="n">
-        <x:v>17534</x:v>
+        <x:v>19236</x:v>
       </x:c>
       <x:c r="FU44" s="3" t="n">
-        <x:v>20607</x:v>
+        <x:v>22204</x:v>
       </x:c>
       <x:c r="FV44" s="3" t="n">
-        <x:v>19654</x:v>
+        <x:v>22781</x:v>
       </x:c>
       <x:c r="FW44" s="3" t="n">
-        <x:v>20228</x:v>
+        <x:v>23098</x:v>
       </x:c>
       <x:c r="FX44" s="3" t="n">
-        <x:v>20668</x:v>
+        <x:v>24167</x:v>
       </x:c>
       <x:c r="FY44" s="3" t="n">
-        <x:v>24702</x:v>
+        <x:v>28927</x:v>
       </x:c>
       <x:c r="FZ44" s="3" t="n">
-        <x:v>24720</x:v>
+        <x:v>27930</x:v>
       </x:c>
       <x:c r="GA44" s="3" t="n">
-        <x:v>25879</x:v>
+        <x:v>30413</x:v>
       </x:c>
       <x:c r="GB44" s="3" t="n">
-        <x:v>24426</x:v>
+        <x:v>27350</x:v>
       </x:c>
       <x:c r="GC44" s="3" t="n">
-        <x:v>26835</x:v>
+        <x:v>29670</x:v>
       </x:c>
       <x:c r="GD44" s="3" t="n">
-        <x:v>27370</x:v>
+        <x:v>27401</x:v>
       </x:c>
       <x:c r="GE44" s="3" t="n">
-        <x:v>30286</x:v>
+        <x:v>30443</x:v>
       </x:c>
       <x:c r="GF44" s="3" t="n">
-        <x:v>29040</x:v>
+        <x:v>29152</x:v>
       </x:c>
       <x:c r="GG44" s="3" t="n">
-        <x:v>32693</x:v>
+        <x:v>33744</x:v>
       </x:c>
       <x:c r="GH44" s="3" t="n">
-        <x:v>30936</x:v>
+        <x:v>32201</x:v>
       </x:c>
       <x:c r="GI44" s="3" t="n">
-        <x:v>29828</x:v>
+        <x:v>31498</x:v>
+      </x:c>
+      <x:c r="GJ44" s="3" t="n">
+        <x:v>31401</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:191">
+    <x:row r="45" spans="1:192">
       <x:c r="A45" s="2" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D45" s="3" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E45" s="3" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F45" s="3" t="n">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G45" s="3" t="n">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H45" s="3" t="n">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I45" s="3" t="n">
         <x:v>140</x:v>
       </x:c>
@@ -25135,275 +25261,278 @@
       <x:c r="DF45" s="3" t="n">
         <x:v>1402</x:v>
       </x:c>
       <x:c r="DG45" s="3" t="n">
         <x:v>1537</x:v>
       </x:c>
       <x:c r="DH45" s="3" t="n">
         <x:v>1967</x:v>
       </x:c>
       <x:c r="DI45" s="3" t="n">
         <x:v>2065</x:v>
       </x:c>
       <x:c r="DJ45" s="3" t="n">
         <x:v>1872</x:v>
       </x:c>
       <x:c r="DK45" s="3" t="n">
         <x:v>2280</x:v>
       </x:c>
       <x:c r="DL45" s="3" t="n">
         <x:v>2004</x:v>
       </x:c>
       <x:c r="DM45" s="3" t="n">
         <x:v>3049</x:v>
       </x:c>
       <x:c r="DN45" s="3" t="n">
-        <x:v>1935</x:v>
+        <x:v>2098</x:v>
       </x:c>
       <x:c r="DO45" s="3" t="n">
-        <x:v>1983</x:v>
+        <x:v>2150</x:v>
       </x:c>
       <x:c r="DP45" s="3" t="n">
-        <x:v>1814</x:v>
+        <x:v>1966</x:v>
       </x:c>
       <x:c r="DQ45" s="3" t="n">
-        <x:v>2159</x:v>
+        <x:v>2341</x:v>
       </x:c>
       <x:c r="DR45" s="3" t="n">
-        <x:v>2078</x:v>
+        <x:v>2368</x:v>
       </x:c>
       <x:c r="DS45" s="3" t="n">
-        <x:v>2588</x:v>
+        <x:v>2950</x:v>
       </x:c>
       <x:c r="DT45" s="3" t="n">
-        <x:v>2283</x:v>
+        <x:v>2602</x:v>
       </x:c>
       <x:c r="DU45" s="3" t="n">
-        <x:v>2568</x:v>
+        <x:v>2927</x:v>
       </x:c>
       <x:c r="DV45" s="3" t="n">
-        <x:v>2638</x:v>
+        <x:v>3082</x:v>
       </x:c>
       <x:c r="DW45" s="3" t="n">
-        <x:v>2848</x:v>
+        <x:v>3327</x:v>
       </x:c>
       <x:c r="DX45" s="3" t="n">
-        <x:v>2503</x:v>
+        <x:v>2924</x:v>
       </x:c>
       <x:c r="DY45" s="3" t="n">
-        <x:v>2565</x:v>
+        <x:v>2996</x:v>
       </x:c>
       <x:c r="DZ45" s="3" t="n">
-        <x:v>2983</x:v>
+        <x:v>3591</x:v>
       </x:c>
       <x:c r="EA45" s="3" t="n">
-        <x:v>2921</x:v>
+        <x:v>3518</x:v>
       </x:c>
       <x:c r="EB45" s="3" t="n">
-        <x:v>2229</x:v>
+        <x:v>2679</x:v>
       </x:c>
       <x:c r="EC45" s="3" t="n">
-        <x:v>2766</x:v>
+        <x:v>3330</x:v>
       </x:c>
       <x:c r="ED45" s="3" t="n">
-        <x:v>2575</x:v>
+        <x:v>3126</x:v>
       </x:c>
       <x:c r="EE45" s="3" t="n">
-        <x:v>2885</x:v>
+        <x:v>3495</x:v>
       </x:c>
       <x:c r="EF45" s="3" t="n">
-        <x:v>3585</x:v>
+        <x:v>4352</x:v>
       </x:c>
       <x:c r="EG45" s="3" t="n">
-        <x:v>3628</x:v>
+        <x:v>4360</x:v>
       </x:c>
       <x:c r="EH45" s="3" t="n">
-        <x:v>2606</x:v>
+        <x:v>3368</x:v>
       </x:c>
       <x:c r="EI45" s="3" t="n">
-        <x:v>3286</x:v>
+        <x:v>4231</x:v>
       </x:c>
       <x:c r="EJ45" s="3" t="n">
-        <x:v>2057</x:v>
+        <x:v>2667</x:v>
       </x:c>
       <x:c r="EK45" s="3" t="n">
-        <x:v>2685</x:v>
+        <x:v>3472</x:v>
       </x:c>
       <x:c r="EL45" s="3" t="n">
-        <x:v>2051</x:v>
+        <x:v>2846</x:v>
       </x:c>
       <x:c r="EM45" s="3" t="n">
-        <x:v>2275</x:v>
+        <x:v>3146</x:v>
       </x:c>
       <x:c r="EN45" s="3" t="n">
-        <x:v>2038</x:v>
+        <x:v>2827</x:v>
       </x:c>
       <x:c r="EO45" s="3" t="n">
-        <x:v>2831</x:v>
+        <x:v>3925</x:v>
       </x:c>
       <x:c r="EP45" s="3" t="n">
-        <x:v>1645</x:v>
+        <x:v>2456</x:v>
       </x:c>
       <x:c r="EQ45" s="3" t="n">
-        <x:v>1975</x:v>
+        <x:v>2937</x:v>
       </x:c>
       <x:c r="ER45" s="3" t="n">
-        <x:v>2101</x:v>
+        <x:v>3118</x:v>
       </x:c>
       <x:c r="ES45" s="3" t="n">
-        <x:v>2536</x:v>
+        <x:v>3737</x:v>
       </x:c>
       <x:c r="ET45" s="3" t="n">
-        <x:v>2593</x:v>
+        <x:v>3626</x:v>
       </x:c>
       <x:c r="EU45" s="3" t="n">
-        <x:v>3169</x:v>
+        <x:v>4368</x:v>
       </x:c>
       <x:c r="EV45" s="3" t="n">
-        <x:v>2930</x:v>
+        <x:v>4048</x:v>
       </x:c>
       <x:c r="EW45" s="3" t="n">
-        <x:v>2887</x:v>
+        <x:v>3972</x:v>
       </x:c>
       <x:c r="EX45" s="3" t="n">
-        <x:v>2477</x:v>
+        <x:v>3311</x:v>
       </x:c>
       <x:c r="EY45" s="3" t="n">
-        <x:v>2779</x:v>
+        <x:v>3665</x:v>
       </x:c>
       <x:c r="EZ45" s="3" t="n">
-        <x:v>2538</x:v>
+        <x:v>3278</x:v>
       </x:c>
       <x:c r="FA45" s="3" t="n">
-        <x:v>2657</x:v>
+        <x:v>3427</x:v>
       </x:c>
       <x:c r="FB45" s="3" t="n">
-        <x:v>2517</x:v>
+        <x:v>3347</x:v>
       </x:c>
       <x:c r="FC45" s="3" t="n">
-        <x:v>3432</x:v>
+        <x:v>4654</x:v>
       </x:c>
       <x:c r="FD45" s="3" t="n">
-        <x:v>3333</x:v>
+        <x:v>4527</x:v>
       </x:c>
       <x:c r="FE45" s="3" t="n">
-        <x:v>4007</x:v>
+        <x:v>5401</x:v>
       </x:c>
       <x:c r="FF45" s="3" t="n">
-        <x:v>3620</x:v>
+        <x:v>4952</x:v>
       </x:c>
       <x:c r="FG45" s="3" t="n">
-        <x:v>3898</x:v>
+        <x:v>5305</x:v>
       </x:c>
       <x:c r="FH45" s="3" t="n">
-        <x:v>4399</x:v>
+        <x:v>5916</x:v>
       </x:c>
       <x:c r="FI45" s="3" t="n">
-        <x:v>4765</x:v>
+        <x:v>6624</x:v>
       </x:c>
       <x:c r="FJ45" s="3" t="n">
-        <x:v>4808</x:v>
+        <x:v>7152</x:v>
       </x:c>
       <x:c r="FK45" s="3" t="n">
-        <x:v>4443</x:v>
+        <x:v>6410</x:v>
       </x:c>
       <x:c r="FL45" s="3" t="n">
-        <x:v>4708</x:v>
+        <x:v>6615</x:v>
       </x:c>
       <x:c r="FM45" s="3" t="n">
-        <x:v>5431</x:v>
+        <x:v>7655</x:v>
       </x:c>
       <x:c r="FN45" s="3" t="n">
-        <x:v>4575</x:v>
+        <x:v>6161</x:v>
       </x:c>
       <x:c r="FO45" s="3" t="n">
-        <x:v>4697</x:v>
+        <x:v>6508</x:v>
       </x:c>
       <x:c r="FP45" s="3" t="n">
-        <x:v>3720</x:v>
+        <x:v>4981</x:v>
       </x:c>
       <x:c r="FQ45" s="3" t="n">
-        <x:v>4053</x:v>
+        <x:v>5456</x:v>
       </x:c>
       <x:c r="FR45" s="3" t="n">
-        <x:v>4434</x:v>
+        <x:v>5960</x:v>
       </x:c>
       <x:c r="FS45" s="3" t="n">
-        <x:v>3817</x:v>
+        <x:v>5244</x:v>
       </x:c>
       <x:c r="FT45" s="3" t="n">
-        <x:v>4321</x:v>
+        <x:v>6022</x:v>
       </x:c>
       <x:c r="FU45" s="3" t="n">
-        <x:v>4962</x:v>
+        <x:v>6559</x:v>
       </x:c>
       <x:c r="FV45" s="3" t="n">
-        <x:v>5185</x:v>
+        <x:v>8175</x:v>
       </x:c>
       <x:c r="FW45" s="3" t="n">
-        <x:v>4689</x:v>
+        <x:v>7402</x:v>
       </x:c>
       <x:c r="FX45" s="3" t="n">
-        <x:v>5864</x:v>
+        <x:v>9239</x:v>
       </x:c>
       <x:c r="FY45" s="3" t="n">
-        <x:v>6539</x:v>
+        <x:v>10625</x:v>
       </x:c>
       <x:c r="FZ45" s="3" t="n">
-        <x:v>6956</x:v>
+        <x:v>10279</x:v>
       </x:c>
       <x:c r="GA45" s="3" t="n">
-        <x:v>7273</x:v>
+        <x:v>11920</x:v>
       </x:c>
       <x:c r="GB45" s="3" t="n">
-        <x:v>5922</x:v>
+        <x:v>8940</x:v>
       </x:c>
       <x:c r="GC45" s="3" t="n">
-        <x:v>5879</x:v>
+        <x:v>8837</x:v>
       </x:c>
       <x:c r="GD45" s="3" t="n">
-        <x:v>7599</x:v>
+        <x:v>7631</x:v>
       </x:c>
       <x:c r="GE45" s="3" t="n">
-        <x:v>8944</x:v>
+        <x:v>9087</x:v>
       </x:c>
       <x:c r="GF45" s="3" t="n">
-        <x:v>7743</x:v>
+        <x:v>7803</x:v>
       </x:c>
       <x:c r="GG45" s="3" t="n">
-        <x:v>8242</x:v>
+        <x:v>8252</x:v>
       </x:c>
       <x:c r="GH45" s="3" t="n">
-        <x:v>7878</x:v>
+        <x:v>8296</x:v>
       </x:c>
       <x:c r="GI45" s="3" t="n">
-        <x:v>8269</x:v>
+        <x:v>8673</x:v>
+      </x:c>
+      <x:c r="GJ45" s="3" t="n">
+        <x:v>8076</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:191">
+    <x:row r="46" spans="1:192">
       <x:c r="A46" s="2" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C46" s="3" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D46" s="3" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E46" s="3" t="n">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F46" s="3" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G46" s="3" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H46" s="3" t="n">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I46" s="3" t="n">
         <x:v>70</x:v>
       </x:c>
@@ -25890,95 +26019,98 @@
       <x:c r="FN46" s="3" t="n">
         <x:v>1594</x:v>
       </x:c>
       <x:c r="FO46" s="3" t="n">
         <x:v>1349</x:v>
       </x:c>
       <x:c r="FP46" s="3" t="n">
         <x:v>1550</x:v>
       </x:c>
       <x:c r="FQ46" s="3" t="n">
         <x:v>1733</x:v>
       </x:c>
       <x:c r="FR46" s="3" t="n">
         <x:v>1783</x:v>
       </x:c>
       <x:c r="FS46" s="3" t="n">
         <x:v>2038</x:v>
       </x:c>
       <x:c r="FT46" s="3" t="n">
         <x:v>2035</x:v>
       </x:c>
       <x:c r="FU46" s="3" t="n">
         <x:v>2533</x:v>
       </x:c>
       <x:c r="FV46" s="3" t="n">
-        <x:v>2440</x:v>
+        <x:v>2577</x:v>
       </x:c>
       <x:c r="FW46" s="3" t="n">
-        <x:v>2796</x:v>
+        <x:v>2954</x:v>
       </x:c>
       <x:c r="FX46" s="3" t="n">
-        <x:v>2189</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="FY46" s="3" t="n">
-        <x:v>2463</x:v>
+        <x:v>2602</x:v>
       </x:c>
       <x:c r="FZ46" s="3" t="n">
-        <x:v>2210</x:v>
+        <x:v>2208</x:v>
       </x:c>
       <x:c r="GA46" s="3" t="n">
-        <x:v>2374</x:v>
+        <x:v>2372</x:v>
       </x:c>
       <x:c r="GB46" s="3" t="n">
-        <x:v>2731</x:v>
+        <x:v>2728</x:v>
       </x:c>
       <x:c r="GC46" s="3" t="n">
-        <x:v>2868</x:v>
+        <x:v>2865</x:v>
       </x:c>
       <x:c r="GD46" s="3" t="n">
         <x:v>2200</x:v>
       </x:c>
       <x:c r="GE46" s="3" t="n">
         <x:v>3388</x:v>
       </x:c>
       <x:c r="GF46" s="3" t="n">
         <x:v>2850</x:v>
       </x:c>
       <x:c r="GG46" s="3" t="n">
         <x:v>3900</x:v>
       </x:c>
       <x:c r="GH46" s="3" t="n">
         <x:v>3150</x:v>
       </x:c>
       <x:c r="GI46" s="3" t="n">
-        <x:v>3107</x:v>
+        <x:v>3175</x:v>
+      </x:c>
+      <x:c r="GJ46" s="3" t="n">
+        <x:v>2935</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:191">
+    <x:row r="47" spans="1:192">
       <x:c r="A47" s="2" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D47" s="3" t="n">
         <x:v>165</x:v>
       </x:c>
       <x:c r="E47" s="3" t="n">
         <x:v>191</x:v>
       </x:c>
       <x:c r="F47" s="3" t="n">
         <x:v>236</x:v>
       </x:c>
       <x:c r="G47" s="3" t="n">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H47" s="3" t="n">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I47" s="3" t="n">
         <x:v>251</x:v>
       </x:c>
@@ -26501,59 +26633,62 @@
       <x:c r="FZ47" s="3" t="n">
         <x:v>1324</x:v>
       </x:c>
       <x:c r="GA47" s="3" t="n">
         <x:v>1558</x:v>
       </x:c>
       <x:c r="GB47" s="3" t="n">
         <x:v>1530</x:v>
       </x:c>
       <x:c r="GC47" s="3" t="n">
         <x:v>1871</x:v>
       </x:c>
       <x:c r="GD47" s="3" t="n">
         <x:v>1918</x:v>
       </x:c>
       <x:c r="GE47" s="3" t="n">
         <x:v>1755</x:v>
       </x:c>
       <x:c r="GF47" s="3" t="n">
         <x:v>2555</x:v>
       </x:c>
       <x:c r="GG47" s="3" t="n">
         <x:v>2471</x:v>
       </x:c>
       <x:c r="GH47" s="3" t="n">
-        <x:v>1770</x:v>
+        <x:v>1732</x:v>
       </x:c>
       <x:c r="GI47" s="3" t="n">
-        <x:v>1837</x:v>
+        <x:v>2011</x:v>
+      </x:c>
+      <x:c r="GJ47" s="3" t="n">
+        <x:v>2721</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:191">
+    <x:row r="48" spans="1:192">
       <x:c r="A48" s="2" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C48" s="3" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D48" s="3" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E48" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F48" s="3" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="G48" s="3" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H48" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I48" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
@@ -27052,83 +27187,86 @@
       <x:c r="FR48" s="3" t="n">
         <x:v>757</x:v>
       </x:c>
       <x:c r="FS48" s="3" t="n">
         <x:v>648</x:v>
       </x:c>
       <x:c r="FT48" s="3" t="n">
         <x:v>827</x:v>
       </x:c>
       <x:c r="FU48" s="3" t="n">
         <x:v>875</x:v>
       </x:c>
       <x:c r="FV48" s="3" t="n">
         <x:v>786</x:v>
       </x:c>
       <x:c r="FW48" s="3" t="n">
         <x:v>777</x:v>
       </x:c>
       <x:c r="FX48" s="3" t="n">
         <x:v>314</x:v>
       </x:c>
       <x:c r="FY48" s="3" t="n">
         <x:v>442</x:v>
       </x:c>
       <x:c r="FZ48" s="3" t="n">
-        <x:v>586</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="GA48" s="3" t="n">
-        <x:v>584</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="GB48" s="3" t="n">
-        <x:v>479</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="GC48" s="3" t="n">
-        <x:v>636</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="GD48" s="3" t="n">
-        <x:v>615</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="GE48" s="3" t="n">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="GF48" s="3" t="n">
-        <x:v>413</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="GG48" s="3" t="n">
-        <x:v>600</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="GH48" s="3" t="n">
-        <x:v>466</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="GI48" s="3" t="n">
-        <x:v>459</x:v>
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="GJ48" s="3" t="n">
+        <x:v>419</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:191">
+    <x:row r="49" spans="1:192">
       <x:c r="A49" s="2" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D49" s="3" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="E49" s="3" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F49" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G49" s="3" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="H49" s="3" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="I49" s="3" t="n">
         <x:v>31</x:v>
       </x:c>
@@ -27627,83 +27765,86 @@
       <x:c r="FR49" s="3" t="n">
         <x:v>1519</x:v>
       </x:c>
       <x:c r="FS49" s="3" t="n">
         <x:v>2079</x:v>
       </x:c>
       <x:c r="FT49" s="3" t="n">
         <x:v>2066</x:v>
       </x:c>
       <x:c r="FU49" s="3" t="n">
         <x:v>2133</x:v>
       </x:c>
       <x:c r="FV49" s="3" t="n">
         <x:v>2053</x:v>
       </x:c>
       <x:c r="FW49" s="3" t="n">
         <x:v>2289</x:v>
       </x:c>
       <x:c r="FX49" s="3" t="n">
         <x:v>2318</x:v>
       </x:c>
       <x:c r="FY49" s="3" t="n">
         <x:v>2839</x:v>
       </x:c>
       <x:c r="FZ49" s="3" t="n">
-        <x:v>3132</x:v>
+        <x:v>3131</x:v>
       </x:c>
       <x:c r="GA49" s="3" t="n">
-        <x:v>3512</x:v>
+        <x:v>3511</x:v>
       </x:c>
       <x:c r="GB49" s="3" t="n">
         <x:v>2890</x:v>
       </x:c>
       <x:c r="GC49" s="3" t="n">
         <x:v>2923</x:v>
       </x:c>
       <x:c r="GD49" s="3" t="n">
         <x:v>2788</x:v>
       </x:c>
       <x:c r="GE49" s="3" t="n">
         <x:v>2889</x:v>
       </x:c>
       <x:c r="GF49" s="3" t="n">
         <x:v>3356</x:v>
       </x:c>
       <x:c r="GG49" s="3" t="n">
         <x:v>3278</x:v>
       </x:c>
       <x:c r="GH49" s="3" t="n">
         <x:v>2877</x:v>
       </x:c>
       <x:c r="GI49" s="3" t="n">
-        <x:v>1726</x:v>
+        <x:v>3221</x:v>
+      </x:c>
+      <x:c r="GJ49" s="3" t="n">
+        <x:v>3037</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:191">
+    <x:row r="50" spans="1:192">
       <x:c r="A50" s="2" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C50" s="3" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D50" s="3" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E50" s="3" t="n">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F50" s="3" t="n">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G50" s="3" t="n">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H50" s="3" t="n">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I50" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
@@ -28202,83 +28343,86 @@
       <x:c r="FR50" s="3" t="n">
         <x:v>6506</x:v>
       </x:c>
       <x:c r="FS50" s="3" t="n">
         <x:v>6691</x:v>
       </x:c>
       <x:c r="FT50" s="3" t="n">
         <x:v>6312</x:v>
       </x:c>
       <x:c r="FU50" s="3" t="n">
         <x:v>7698</x:v>
       </x:c>
       <x:c r="FV50" s="3" t="n">
         <x:v>6862</x:v>
       </x:c>
       <x:c r="FW50" s="3" t="n">
         <x:v>6621</x:v>
       </x:c>
       <x:c r="FX50" s="3" t="n">
         <x:v>6919</x:v>
       </x:c>
       <x:c r="FY50" s="3" t="n">
         <x:v>9480</x:v>
       </x:c>
       <x:c r="FZ50" s="3" t="n">
-        <x:v>9208</x:v>
+        <x:v>9204</x:v>
       </x:c>
       <x:c r="GA50" s="3" t="n">
-        <x:v>9222</x:v>
+        <x:v>9218</x:v>
       </x:c>
       <x:c r="GB50" s="3" t="n">
-        <x:v>9411</x:v>
+        <x:v>9406</x:v>
       </x:c>
       <x:c r="GC50" s="3" t="n">
-        <x:v>11271</x:v>
+        <x:v>11266</x:v>
       </x:c>
       <x:c r="GD50" s="3" t="n">
         <x:v>10432</x:v>
       </x:c>
       <x:c r="GE50" s="3" t="n">
-        <x:v>11324</x:v>
+        <x:v>11337</x:v>
       </x:c>
       <x:c r="GF50" s="3" t="n">
-        <x:v>10510</x:v>
+        <x:v>10564</x:v>
       </x:c>
       <x:c r="GG50" s="3" t="n">
-        <x:v>12264</x:v>
+        <x:v>13333</x:v>
       </x:c>
       <x:c r="GH50" s="3" t="n">
-        <x:v>12955</x:v>
+        <x:v>13819</x:v>
       </x:c>
       <x:c r="GI50" s="3" t="n">
-        <x:v>12783</x:v>
+        <x:v>12357</x:v>
+      </x:c>
+      <x:c r="GJ50" s="3" t="n">
+        <x:v>12184</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:191">
+    <x:row r="51" spans="1:192">
       <x:c r="A51" s="2" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D51" s="3" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E51" s="3" t="n">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F51" s="3" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G51" s="3" t="n">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H51" s="3" t="n">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I51" s="3" t="n">
         <x:v>212</x:v>
       </x:c>
@@ -28777,223 +28921,226 @@
       <x:c r="FR51" s="3" t="n">
         <x:v>1347</x:v>
       </x:c>
       <x:c r="FS51" s="3" t="n">
         <x:v>1168</x:v>
       </x:c>
       <x:c r="FT51" s="3" t="n">
         <x:v>1169</x:v>
       </x:c>
       <x:c r="FU51" s="3" t="n">
         <x:v>1124</x:v>
       </x:c>
       <x:c r="FV51" s="3" t="n">
         <x:v>1050</x:v>
       </x:c>
       <x:c r="FW51" s="3" t="n">
         <x:v>1365</x:v>
       </x:c>
       <x:c r="FX51" s="3" t="n">
         <x:v>1565</x:v>
       </x:c>
       <x:c r="FY51" s="3" t="n">
         <x:v>1550</x:v>
       </x:c>
       <x:c r="FZ51" s="3" t="n">
-        <x:v>1304</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="GA51" s="3" t="n">
-        <x:v>1356</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="GB51" s="3" t="n">
-        <x:v>1463</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="GC51" s="3" t="n">
-        <x:v>1387</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="GD51" s="3" t="n">
         <x:v>1818</x:v>
       </x:c>
       <x:c r="GE51" s="3" t="n">
         <x:v>1590</x:v>
       </x:c>
       <x:c r="GF51" s="3" t="n">
         <x:v>1613</x:v>
       </x:c>
       <x:c r="GG51" s="3" t="n">
         <x:v>1938</x:v>
       </x:c>
       <x:c r="GH51" s="3" t="n">
-        <x:v>1840</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="GI51" s="3" t="n">
-        <x:v>1647</x:v>
+        <x:v>1604</x:v>
+      </x:c>
+      <x:c r="GJ51" s="3" t="n">
+        <x:v>2029</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:191">
+    <x:row r="53" spans="1:192">
       <x:c r="A53" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
-    <x:row r="54" spans="1:191">
+    <x:row r="54" spans="1:192">
       <x:c r="A54" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
-    <x:row r="56" spans="1:191">
+    <x:row r="56" spans="1:192">
       <x:c r="A56" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:191">
+    <x:row r="57" spans="1:192">
       <x:c r="A57" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:191">
+    <x:row r="58" spans="1:192">
       <x:c r="A58" s="0" t="s">
+        <x:v>244</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:192">
+      <x:c r="A60" s="0" t="s">
+        <x:v>245</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:192">
+      <x:c r="A61" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:192">
+      <x:c r="A63" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:192">
+      <x:c r="A64" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:191">
-[...1 lines deleted...]
-        <x:v>244</x:v>
+    <x:row r="65" spans="1:192">
+      <x:c r="A65" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:191">
-[...1 lines deleted...]
-        <x:v>245</x:v>
+    <x:row r="66" spans="1:192">
+      <x:c r="A66" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:191">
-[...1 lines deleted...]
-        <x:v>246</x:v>
+    <x:row r="67" spans="1:192">
+      <x:c r="A67" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:191">
-[...1 lines deleted...]
-        <x:v>242</x:v>
+    <x:row r="69" spans="1:192">
+      <x:c r="A69" s="0" t="s">
+        <x:v>251</x:v>
       </x:c>
     </x:row>
-    <x:row r="65" spans="1:191">
-[...1 lines deleted...]
-        <x:v>247</x:v>
+    <x:row r="70" spans="1:192">
+      <x:c r="A70" s="0" t="s">
+        <x:v>252</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:191">
-[...1 lines deleted...]
-        <x:v>248</x:v>
+    <x:row r="71" spans="1:192">
+      <x:c r="A71" s="0" t="s">
+        <x:v>253</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:191">
-[...1 lines deleted...]
-        <x:v>249</x:v>
+    <x:row r="76" spans="1:192">
+      <x:c r="A76" s="0" t="s">
+        <x:v>254</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:191">
-[...1 lines deleted...]
-        <x:v>250</x:v>
+    <x:row r="77" spans="1:192">
+      <x:c r="A77" s="0" t="s">
+        <x:v>243</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:191">
-[...1 lines deleted...]
-        <x:v>251</x:v>
+    <x:row r="78" spans="1:192">
+      <x:c r="A78" s="0" t="s">
+        <x:v>255</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:191">
-[...1 lines deleted...]
-        <x:v>252</x:v>
+    <x:row r="79" spans="1:192">
+      <x:c r="A79" s="0" t="s">
+        <x:v>256</x:v>
       </x:c>
     </x:row>
-    <x:row r="76" spans="1:191">
-[...1 lines deleted...]
-        <x:v>253</x:v>
+    <x:row r="80" spans="1:192">
+      <x:c r="A80" s="0" t="s">
+        <x:v>243</x:v>
       </x:c>
     </x:row>
-    <x:row r="77" spans="1:191">
-[...1 lines deleted...]
-        <x:v>242</x:v>
+    <x:row r="81" spans="1:192">
+      <x:c r="A81" s="0" t="s">
+        <x:v>257</x:v>
       </x:c>
     </x:row>
-    <x:row r="78" spans="1:191">
-[...1 lines deleted...]
-        <x:v>254</x:v>
+    <x:row r="83" spans="1:192">
+      <x:c r="A83" s="0" t="s">
+        <x:v>258</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:191">
-[...19 lines deleted...]
-    <x:row r="84" spans="1:191">
+    <x:row r="84" spans="1:192">
       <x:c r="A84" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:191">
+    <x:row r="85" spans="1:192">
       <x:c r="A85" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
-    <x:row r="91" spans="1:191">
+    <x:row r="91" spans="1:192">
       <x:c r="A91" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
-    <x:row r="93" spans="1:191">
+    <x:row r="93" spans="1:192">
       <x:c r="A93" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
-    <x:row r="94" spans="1:191">
+    <x:row r="94" spans="1:192">
       <x:c r="A94" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
-    <x:row r="96" spans="1:191">
+    <x:row r="96" spans="1:192">
       <x:c r="A96" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
-    <x:row r="97" spans="1:191">
+    <x:row r="97" spans="1:192">
       <x:c r="A97" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Lpriser</vt:lpstr>
       <vt:lpstr>Lpriser!Print_Area</vt:lpstr>
       <vt:lpstr>Lpriser!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>