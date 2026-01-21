--- v2 (2025-12-31)
+++ v3 (2026-01-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra94c730cc0d14ef7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7cf48bc27a0a4702a4e06bcde0093464.psmdcp" Id="R42d2cd50771042d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7047641eb1464ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c83bbfa45db04e7c8394ba56c92327fc.psmdcp" Id="Rc6ab6fa7223d463e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lpriser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="265" uniqueCount="265">
   <x:si>
     <x:t>09177: Exports of goods and services by product, contents and quarter</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million)</x:t>
   </x:si>
   <x:si>