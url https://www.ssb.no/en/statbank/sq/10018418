--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re282342d775b4bdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4f5b8fe9e6bd4566982b430aa7b4b383.psmdcp" Id="R97789a8f3ea54c9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ae3f135a8d34ddc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dcac7a042ead469e8096d9f964141a9d.psmdcp" Id="R723c6832855b4a24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Priser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="105">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="104">
   <x:si>
     <x:t>09172: Final consumption expenditure of households, by expenditure, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million)</x:t>
   </x:si>
   <x:si>
     <x:t>1970</x:t>
   </x:si>
   <x:si>
     <x:t>1971</x:t>
   </x:si>
   <x:si>
     <x:t>1972</x:t>
   </x:si>
   <x:si>
     <x:t>1973</x:t>
   </x:si>
   <x:si>
     <x:t>1974</x:t>
   </x:si>
   <x:si>
     <x:t>1975</x:t>
   </x:si>
   <x:si>
@@ -240,53 +240,50 @@
   </x:si>
   <x:si>
     <x:t>Miscellaneous goods and services</x:t>
   </x:si>
   <x:si>
     <x:t>Direct purchases abroad by resident households</x:t>
   </x:si>
   <x:si>
     <x:t>Direct purchases in Norway by non-res. households</x:t>
   </x:si>
   <x:si>
     <x:t>Goods</x:t>
   </x:si>
   <x:si>
     <x:t>Services</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Dwelling services</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Other services</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The components in constant prices do not add up to the totals due to separate chaining of the different levels.
 </x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Figures from 2022 onwards are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million):</x:t>
   </x:si>
   <x:si>
     <x:t>20250620 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Johan Nitter-Hauge, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 83</x:t>
   </x:si>
@@ -715,51 +712,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:BD75"/>
+  <x:dimension ref="A1:BD74"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="56" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:56">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:56">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:56">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
@@ -4136,213 +4133,208 @@
       </x:c>
       <x:c r="AY23" s="3" t="n">
         <x:v>469378</x:v>
       </x:c>
       <x:c r="AZ23" s="3" t="n">
         <x:v>389837</x:v>
       </x:c>
       <x:c r="BA23" s="3" t="n">
         <x:v>418248</x:v>
       </x:c>
       <x:c r="BB23" s="3" t="n">
         <x:v>527133</x:v>
       </x:c>
       <x:c r="BC23" s="3" t="n">
         <x:v>582075</x:v>
       </x:c>
       <x:c r="BD23" s="3" t="n">
         <x:v>621838</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:56">
       <x:c r="A25" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:56">
-      <x:c r="A26" s="0" t="s">
+    <x:row r="27" spans="1:56">
+      <x:c r="A27" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:56">
       <x:c r="A28" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:56">
       <x:c r="A29" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:56">
-      <x:c r="A30" s="0" t="s">
+    <x:row r="31" spans="1:56">
+      <x:c r="A31" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:56">
       <x:c r="A32" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:56">
-      <x:c r="A33" s="0" t="s">
+    <x:row r="34" spans="1:56">
+      <x:c r="A34" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:56">
       <x:c r="A35" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:56">
       <x:c r="A36" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:56">
       <x:c r="A37" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:56">
       <x:c r="A38" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:56">
-      <x:c r="A39" s="0" t="s">
+    <x:row r="40" spans="1:56">
+      <x:c r="A40" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:56">
       <x:c r="A41" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:56">
       <x:c r="A42" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:56">
-      <x:c r="A43" s="0" t="s">
+    <x:row r="44" spans="1:56">
+      <x:c r="A44" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:56">
       <x:c r="A45" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:56">
       <x:c r="A46" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:56">
-      <x:c r="A47" s="0" t="s">
+    <x:row r="51" spans="1:56">
+      <x:c r="A51" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:56">
       <x:c r="A52" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:56">
       <x:c r="A53" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:56">
       <x:c r="A54" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:56">
       <x:c r="A55" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:56">
       <x:c r="A56" s="0" t="s">
-        <x:v>79</x:v>
-[...3 lines deleted...]
-      <x:c r="A57" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:56">
+      <x:c r="A58" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:56">
       <x:c r="A59" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:56">
       <x:c r="A60" s="0" t="s">
-        <x:v>1</x:v>
-[...4 lines deleted...]
-        <x:v>98</x:v>
+        <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:56">
+      <x:c r="A63" s="0" t="s">
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:56">
       <x:c r="A64" s="0" t="s">
-        <x:v>79</x:v>
-[...3 lines deleted...]
-      <x:c r="A65" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:56">
+      <x:c r="A68" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:56">
-      <x:c r="A69" s="0" t="s">
+    <x:row r="70" spans="1:56">
+      <x:c r="A70" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:56">
       <x:c r="A71" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:56">
-      <x:c r="A72" s="0" t="s">
+    <x:row r="73" spans="1:56">
+      <x:c r="A73" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:56">
       <x:c r="A74" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Priser</vt:lpstr>
       <vt:lpstr>Priser!Print_Area</vt:lpstr>
       <vt:lpstr>Priser!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>