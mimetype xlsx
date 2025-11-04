--- v0 (2025-10-11)
+++ v1 (2025-11-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raadf0010792f407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6120ea7694474b879b3afc95f4ef7315.psmdcp" Id="R761f4010a85d413a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R062474ee474d49c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5c580d0f8a204389a5143376b3ca105e.psmdcp" Id="R194f9e626b0e4180" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Priser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="100">
   <x:si>
     <x:t>09185: Final consumption expenditure, by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million)</x:t>
   </x:si>
   <x:si>