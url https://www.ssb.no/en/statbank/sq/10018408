--- v1 (2025-11-04)
+++ v2 (2025-11-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R062474ee474d49c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5c580d0f8a204389a5143376b3ca105e.psmdcp" Id="R194f9e626b0e4180" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd08955a47e14a9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e5abb29b65a6451390513a16058a391b.psmdcp" Id="R2642fae584ef4067" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Priser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="100">
   <x:si>
     <x:t>09185: Final consumption expenditure, by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million)</x:t>
   </x:si>
   <x:si>
@@ -181,97 +181,97 @@
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
-    <x:t>Konsum i alt</x:t>
+    <x:t>Consumption total</x:t>
   </x:si>
   <x:si>
     <x:t>Final consumption expenditure of households and NPISHs1</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Household final consumption expenditure</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Final consumption expenditure of NPISHs1</x:t>
   </x:si>
   <x:si>
     <x:t>Final consumption expenditure of general governmen</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Final consumption expenditure of central governm</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Central government, individual</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Central government, collective</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Central government, defence</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Final consumption expenditure of local governmen</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Local government, individual</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Local government, collective</x:t>
   </x:si>
   <x:si>
     <x:t>Actual individual consumption</x:t>
   </x:si>
   <x:si>
     <x:t>Actual collective consumption</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The components in constant prices do not add up to the totals due to separate chaining of the different levels.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Figures from 2022 onwards are preliminary.</x:t>
+    <x:t>Figures from 2023 onwards are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million):</x:t>
   </x:si>
   <x:si>
     <x:t>20250515 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Johan Nitter-Hauge, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 83</x:t>
   </x:si>