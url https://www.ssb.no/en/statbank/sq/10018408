--- v2 (2025-11-26)
+++ v3 (2025-12-18)
@@ -1,40 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="els" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd08955a47e14a9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e5abb29b65a6451390513a16058a391b.psmdcp" Id="R2642fae584ef4067" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4df733a63d94586" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/841b8d6d75d945188363622306c5e6bd.psmdcp" Id="R6bd538ed9ba44365" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Priser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="100">
   <x:si>
     <x:t>09185: Final consumption expenditure, by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million)</x:t>
   </x:si>
   <x:si>
@@ -227,60 +228,60 @@
     <x:t>¬¬ Central government, collective</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Central government, defence</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Final consumption expenditure of local governmen</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Local government, individual</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Local government, collective</x:t>
   </x:si>
   <x:si>
     <x:t>Actual individual consumption</x:t>
   </x:si>
   <x:si>
     <x:t>Actual collective consumption</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The components in constant prices do not add up to the totals due to separate chaining of the different levels.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Figures from 2023 onwards are preliminary.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250515 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Johan Nitter-Hauge, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 83</x:t>
   </x:si>
   <x:si>
     <x:t>jni@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Steinar Todsen, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 95 91 00 74</x:t>
   </x:si>
@@ -891,383 +892,383 @@
       </x:c>
       <x:c r="AY4" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="AZ4" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="BA4" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="BB4" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="BC4" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="BD4" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:56">
       <x:c r="A5" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>61981</x:v>
+        <x:v>61560</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>70378</x:v>
+        <x:v>70015</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>77871</x:v>
+        <x:v>77460</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>87290</x:v>
+        <x:v>86854</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>99526</x:v>
+        <x:v>99121</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>117436</x:v>
+        <x:v>117144</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
-        <x:v>136244</x:v>
+        <x:v>136028</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
-        <x:v>156875</x:v>
+        <x:v>156658</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
-        <x:v>169990</x:v>
+        <x:v>169821</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
-        <x:v>185841</x:v>
+        <x:v>185562</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
-        <x:v>209069</x:v>
+        <x:v>208731</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>237360</x:v>
+        <x:v>236954</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>267588</x:v>
+        <x:v>267155</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>296034</x:v>
+        <x:v>295573</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>322781</x:v>
+        <x:v>322310</x:v>
       </x:c>
       <x:c r="Q5" s="3" t="n">
-        <x:v>367138</x:v>
+        <x:v>366581</x:v>
       </x:c>
       <x:c r="R5" s="3" t="n">
-        <x:v>410208</x:v>
+        <x:v>409597</x:v>
       </x:c>
       <x:c r="S5" s="3" t="n">
-        <x:v>448977</x:v>
+        <x:v>448165</x:v>
       </x:c>
       <x:c r="T5" s="3" t="n">
-        <x:v>466207</x:v>
+        <x:v>465482</x:v>
       </x:c>
       <x:c r="U5" s="3" t="n">
-        <x:v>489882</x:v>
+        <x:v>488925</x:v>
       </x:c>
       <x:c r="V5" s="3" t="n">
-        <x:v>518644</x:v>
+        <x:v>518082</x:v>
       </x:c>
       <x:c r="W5" s="3" t="n">
-        <x:v>553831</x:v>
+        <x:v>552878</x:v>
       </x:c>
       <x:c r="X5" s="3" t="n">
-        <x:v>584479</x:v>
+        <x:v>583723</x:v>
       </x:c>
       <x:c r="Y5" s="3" t="n">
-        <x:v>613389</x:v>
+        <x:v>612904</x:v>
       </x:c>
       <x:c r="Z5" s="3" t="n">
-        <x:v>638187</x:v>
+        <x:v>637644</x:v>
       </x:c>
       <x:c r="AA5" s="3" t="n">
-        <x:v>672811</x:v>
+        <x:v>674440</x:v>
       </x:c>
       <x:c r="AB5" s="3" t="n">
-        <x:v>721774</x:v>
+        <x:v>724024</x:v>
       </x:c>
       <x:c r="AC5" s="3" t="n">
-        <x:v>763359</x:v>
+        <x:v>765953</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
-        <x:v>812966</x:v>
+        <x:v>815983</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
-        <x:v>863152</x:v>
+        <x:v>867656</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
-        <x:v>924626</x:v>
+        <x:v>930861</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
-        <x:v>981352</x:v>
+        <x:v>989975</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
-        <x:v>1036231</x:v>
+        <x:v>1049475</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
-        <x:v>1097041</x:v>
+        <x:v>1113123</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
-        <x:v>1161245</x:v>
+        <x:v>1182886</x:v>
       </x:c>
       <x:c r="AK5" s="3" t="n">
-        <x:v>1221449</x:v>
+        <x:v>1252278</x:v>
       </x:c>
       <x:c r="AL5" s="3" t="n">
-        <x:v>1305018</x:v>
+        <x:v>1346372</x:v>
       </x:c>
       <x:c r="AM5" s="3" t="n">
-        <x:v>1391371</x:v>
+        <x:v>1439745</x:v>
       </x:c>
       <x:c r="AN5" s="3" t="n">
-        <x:v>1483237</x:v>
+        <x:v>1530066</x:v>
       </x:c>
       <x:c r="AO5" s="3" t="n">
-        <x:v>1550399</x:v>
+        <x:v>1604288</x:v>
       </x:c>
       <x:c r="AP5" s="3" t="n">
-        <x:v>1640077</x:v>
+        <x:v>1701370</x:v>
       </x:c>
       <x:c r="AQ5" s="3" t="n">
-        <x:v>1709285</x:v>
+        <x:v>1777563</x:v>
       </x:c>
       <x:c r="AR5" s="3" t="n">
-        <x:v>1791409</x:v>
+        <x:v>1868298</x:v>
       </x:c>
       <x:c r="AS5" s="3" t="n">
-        <x:v>1882711</x:v>
+        <x:v>1972940</x:v>
       </x:c>
       <x:c r="AT5" s="3" t="n">
-        <x:v>1975227</x:v>
+        <x:v>2073152</x:v>
       </x:c>
       <x:c r="AU5" s="3" t="n">
-        <x:v>2077273</x:v>
+        <x:v>2187414</x:v>
       </x:c>
       <x:c r="AV5" s="3" t="n">
-        <x:v>2166085</x:v>
+        <x:v>2286255</x:v>
       </x:c>
       <x:c r="AW5" s="3" t="n">
-        <x:v>2262747</x:v>
+        <x:v>2394142</x:v>
       </x:c>
       <x:c r="AX5" s="3" t="n">
-        <x:v>2354615</x:v>
+        <x:v>2499616</x:v>
       </x:c>
       <x:c r="AY5" s="3" t="n">
-        <x:v>2446007</x:v>
+        <x:v>2597473</x:v>
       </x:c>
       <x:c r="AZ5" s="3" t="n">
-        <x:v>2408604</x:v>
+        <x:v>2578923</x:v>
       </x:c>
       <x:c r="BA5" s="3" t="n">
-        <x:v>2597042</x:v>
+        <x:v>2783461</x:v>
       </x:c>
       <x:c r="BB5" s="3" t="n">
-        <x:v>2891223</x:v>
+        <x:v>3072303</x:v>
       </x:c>
       <x:c r="BC5" s="3" t="n">
-        <x:v>3075479</x:v>
+        <x:v>3235065</x:v>
       </x:c>
       <x:c r="BD5" s="3" t="n">
-        <x:v>3234605</x:v>
+        <x:v>3398420</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:56">
       <x:c r="A6" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>47605</x:v>
+        <x:v>47184</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>53440</x:v>
+        <x:v>53077</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>58701</x:v>
+        <x:v>58290</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>65289</x:v>
+        <x:v>64853</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>73748</x:v>
+        <x:v>73343</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>86271</x:v>
+        <x:v>85979</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
-        <x:v>99241</x:v>
+        <x:v>99025</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
-        <x:v>114622</x:v>
+        <x:v>114405</x:v>
       </x:c>
       <x:c r="J6" s="3" t="n">
-        <x:v>121875</x:v>
+        <x:v>121706</x:v>
       </x:c>
       <x:c r="K6" s="3" t="n">
-        <x:v>133808</x:v>
+        <x:v>133529</x:v>
       </x:c>
       <x:c r="L6" s="3" t="n">
-        <x:v>149580</x:v>
+        <x:v>149242</x:v>
       </x:c>
       <x:c r="M6" s="3" t="n">
-        <x:v>169515</x:v>
+        <x:v>169109</x:v>
       </x:c>
       <x:c r="N6" s="3" t="n">
-        <x:v>190773</x:v>
+        <x:v>190340</x:v>
       </x:c>
       <x:c r="O6" s="3" t="n">
-        <x:v>210806</x:v>
+        <x:v>210345</x:v>
       </x:c>
       <x:c r="P6" s="3" t="n">
-        <x:v>230672</x:v>
+        <x:v>230201</x:v>
       </x:c>
       <x:c r="Q6" s="3" t="n">
-        <x:v>266491</x:v>
+        <x:v>265934</x:v>
       </x:c>
       <x:c r="R6" s="3" t="n">
-        <x:v>299531</x:v>
+        <x:v>298920</x:v>
       </x:c>
       <x:c r="S6" s="3" t="n">
-        <x:v>322145</x:v>
+        <x:v>321333</x:v>
       </x:c>
       <x:c r="T6" s="3" t="n">
-        <x:v>333846</x:v>
+        <x:v>333121</x:v>
       </x:c>
       <x:c r="U6" s="3" t="n">
-        <x:v>348008</x:v>
+        <x:v>347051</x:v>
       </x:c>
       <x:c r="V6" s="3" t="n">
-        <x:v>366541</x:v>
+        <x:v>365979</x:v>
       </x:c>
       <x:c r="W6" s="3" t="n">
-        <x:v>387866</x:v>
+        <x:v>386913</x:v>
       </x:c>
       <x:c r="X6" s="3" t="n">
-        <x:v>405989</x:v>
+        <x:v>405233</x:v>
       </x:c>
       <x:c r="Y6" s="3" t="n">
-        <x:v>425427</x:v>
+        <x:v>424942</x:v>
       </x:c>
       <x:c r="Z6" s="3" t="n">
-        <x:v>444158</x:v>
+        <x:v>443615</x:v>
       </x:c>
       <x:c r="AA6" s="3" t="n">
-        <x:v>470912</x:v>
+        <x:v>470756</x:v>
       </x:c>
       <x:c r="AB6" s="3" t="n">
-        <x:v>506990</x:v>
+        <x:v>507338</x:v>
       </x:c>
       <x:c r="AC6" s="3" t="n">
-        <x:v>535342</x:v>
+        <x:v>535917</x:v>
       </x:c>
       <x:c r="AD6" s="3" t="n">
-        <x:v>564439</x:v>
+        <x:v>565209</x:v>
       </x:c>
       <x:c r="AE6" s="3" t="n">
-        <x:v>597042</x:v>
+        <x:v>599061</x:v>
       </x:c>
       <x:c r="AF6" s="3" t="n">
-        <x:v>639950</x:v>
+        <x:v>643444</x:v>
       </x:c>
       <x:c r="AG6" s="3" t="n">
-        <x:v>667510</x:v>
+        <x:v>673321</x:v>
       </x:c>
       <x:c r="AH6" s="3" t="n">
-        <x:v>697964</x:v>
+        <x:v>707791</x:v>
       </x:c>
       <x:c r="AI6" s="3" t="n">
-        <x:v>740692</x:v>
+        <x:v>752766</x:v>
       </x:c>
       <x:c r="AJ6" s="3" t="n">
-        <x:v>790318</x:v>
+        <x:v>808034</x:v>
       </x:c>
       <x:c r="AK6" s="3" t="n">
-        <x:v>834554</x:v>
+        <x:v>861178</x:v>
       </x:c>
       <x:c r="AL6" s="3" t="n">
-        <x:v>891912</x:v>
+        <x:v>928924</x:v>
       </x:c>
       <x:c r="AM6" s="3" t="n">
-        <x:v>951214</x:v>
+        <x:v>994175</x:v>
       </x:c>
       <x:c r="AN6" s="3" t="n">
-        <x:v>1000752</x:v>
+        <x:v>1041825</x:v>
       </x:c>
       <x:c r="AO6" s="3" t="n">
-        <x:v>1025885</x:v>
+        <x:v>1075597</x:v>
       </x:c>
       <x:c r="AP6" s="3" t="n">
-        <x:v>1087050</x:v>
+        <x:v>1143943</x:v>
       </x:c>
       <x:c r="AQ6" s="3" t="n">
-        <x:v>1125089</x:v>
+        <x:v>1189619</x:v>
       </x:c>
       <x:c r="AR6" s="3" t="n">
-        <x:v>1176605</x:v>
+        <x:v>1247570</x:v>
       </x:c>
       <x:c r="AS6" s="3" t="n">
-        <x:v>1234388</x:v>
+        <x:v>1317551</x:v>
       </x:c>
       <x:c r="AT6" s="3" t="n">
-        <x:v>1288402</x:v>
+        <x:v>1380566</x:v>
       </x:c>
       <x:c r="AU6" s="3" t="n">
-        <x:v>1354268</x:v>
+        <x:v>1457595</x:v>
       </x:c>
       <x:c r="AV6" s="3" t="n">
-        <x:v>1411418</x:v>
+        <x:v>1525327</x:v>
       </x:c>
       <x:c r="AW6" s="3" t="n">
-        <x:v>1471657</x:v>
+        <x:v>1596561</x:v>
       </x:c>
       <x:c r="AX6" s="3" t="n">
-        <x:v>1527962</x:v>
+        <x:v>1666935</x:v>
       </x:c>
       <x:c r="AY6" s="3" t="n">
-        <x:v>1579019</x:v>
+        <x:v>1724628</x:v>
       </x:c>
       <x:c r="AZ6" s="3" t="n">
-        <x:v>1503954</x:v>
+        <x:v>1666697</x:v>
       </x:c>
       <x:c r="BA6" s="3" t="n">
-        <x:v>1626348</x:v>
+        <x:v>1804396</x:v>
       </x:c>
       <x:c r="BB6" s="3" t="n">
-        <x:v>1856500</x:v>
+        <x:v>2026344</x:v>
       </x:c>
       <x:c r="BC6" s="3" t="n">
-        <x:v>1959015</x:v>
+        <x:v>2111037</x:v>
       </x:c>
       <x:c r="BD6" s="3" t="n">
-        <x:v>2050693</x:v>
+        <x:v>2210592</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:56">
       <x:c r="A7" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>45214</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>50699</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>55561</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>61817</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
         <x:v>69863</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
         <x:v>81823</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
@@ -1318,296 +1319,296 @@
       <x:c r="W7" s="3" t="n">
         <x:v>367995</x:v>
       </x:c>
       <x:c r="X7" s="3" t="n">
         <x:v>385397</x:v>
       </x:c>
       <x:c r="Y7" s="3" t="n">
         <x:v>404590</x:v>
       </x:c>
       <x:c r="Z7" s="3" t="n">
         <x:v>422722</x:v>
       </x:c>
       <x:c r="AA7" s="3" t="n">
         <x:v>449580</x:v>
       </x:c>
       <x:c r="AB7" s="3" t="n">
         <x:v>485201</x:v>
       </x:c>
       <x:c r="AC7" s="3" t="n">
         <x:v>513098</x:v>
       </x:c>
       <x:c r="AD7" s="3" t="n">
         <x:v>541193</x:v>
       </x:c>
       <x:c r="AE7" s="3" t="n">
-        <x:v>572219</x:v>
+        <x:v>573513</x:v>
       </x:c>
       <x:c r="AF7" s="3" t="n">
-        <x:v>613839</x:v>
+        <x:v>616642</x:v>
       </x:c>
       <x:c r="AG7" s="3" t="n">
-        <x:v>640769</x:v>
+        <x:v>645209</x:v>
       </x:c>
       <x:c r="AH7" s="3" t="n">
-        <x:v>669663</x:v>
+        <x:v>677887</x:v>
       </x:c>
       <x:c r="AI7" s="3" t="n">
-        <x:v>709791</x:v>
+        <x:v>721451</x:v>
       </x:c>
       <x:c r="AJ7" s="3" t="n">
-        <x:v>757301</x:v>
+        <x:v>773099</x:v>
       </x:c>
       <x:c r="AK7" s="3" t="n">
-        <x:v>798150</x:v>
+        <x:v>823532</x:v>
       </x:c>
       <x:c r="AL7" s="3" t="n">
-        <x:v>853267</x:v>
+        <x:v>889611</x:v>
       </x:c>
       <x:c r="AM7" s="3" t="n">
-        <x:v>910495</x:v>
+        <x:v>953058</x:v>
       </x:c>
       <x:c r="AN7" s="3" t="n">
-        <x:v>956221</x:v>
+        <x:v>997189</x:v>
       </x:c>
       <x:c r="AO7" s="3" t="n">
-        <x:v>977989</x:v>
+        <x:v>1027525</x:v>
       </x:c>
       <x:c r="AP7" s="3" t="n">
-        <x:v>1038244</x:v>
+        <x:v>1094933</x:v>
       </x:c>
       <x:c r="AQ7" s="3" t="n">
-        <x:v>1072431</x:v>
+        <x:v>1136486</x:v>
       </x:c>
       <x:c r="AR7" s="3" t="n">
-        <x:v>1121277</x:v>
+        <x:v>1192032</x:v>
       </x:c>
       <x:c r="AS7" s="3" t="n">
-        <x:v>1175459</x:v>
+        <x:v>1258890</x:v>
       </x:c>
       <x:c r="AT7" s="3" t="n">
-        <x:v>1223578</x:v>
+        <x:v>1317267</x:v>
       </x:c>
       <x:c r="AU7" s="3" t="n">
-        <x:v>1281716</x:v>
+        <x:v>1388259</x:v>
       </x:c>
       <x:c r="AV7" s="3" t="n">
-        <x:v>1336311</x:v>
+        <x:v>1455239</x:v>
       </x:c>
       <x:c r="AW7" s="3" t="n">
-        <x:v>1392635</x:v>
+        <x:v>1524005</x:v>
       </x:c>
       <x:c r="AX7" s="3" t="n">
-        <x:v>1447620</x:v>
+        <x:v>1591013</x:v>
       </x:c>
       <x:c r="AY7" s="3" t="n">
-        <x:v>1493554</x:v>
+        <x:v>1644839</x:v>
       </x:c>
       <x:c r="AZ7" s="3" t="n">
-        <x:v>1418834</x:v>
+        <x:v>1583981</x:v>
       </x:c>
       <x:c r="BA7" s="3" t="n">
-        <x:v>1534999</x:v>
+        <x:v>1710697</x:v>
       </x:c>
       <x:c r="BB7" s="3" t="n">
-        <x:v>1746711</x:v>
+        <x:v>1921019</x:v>
       </x:c>
       <x:c r="BC7" s="3" t="n">
-        <x:v>1841203</x:v>
+        <x:v>1988969</x:v>
       </x:c>
       <x:c r="BD7" s="3" t="n">
-        <x:v>1928115</x:v>
+        <x:v>2082722</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:56">
       <x:c r="A8" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>2391</x:v>
+        <x:v>1970</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>2741</x:v>
+        <x:v>2378</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>3140</x:v>
+        <x:v>2729</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>3472</x:v>
+        <x:v>3036</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>3885</x:v>
+        <x:v>3480</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>4448</x:v>
+        <x:v>4156</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
-        <x:v>5099</x:v>
+        <x:v>4883</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
-        <x:v>5733</x:v>
+        <x:v>5516</x:v>
       </x:c>
       <x:c r="J8" s="3" t="n">
-        <x:v>6386</x:v>
+        <x:v>6217</x:v>
       </x:c>
       <x:c r="K8" s="3" t="n">
-        <x:v>7042</x:v>
+        <x:v>6763</x:v>
       </x:c>
       <x:c r="L8" s="3" t="n">
-        <x:v>7914</x:v>
+        <x:v>7576</x:v>
       </x:c>
       <x:c r="M8" s="3" t="n">
-        <x:v>8997</x:v>
+        <x:v>8591</x:v>
       </x:c>
       <x:c r="N8" s="3" t="n">
-        <x:v>10297</x:v>
+        <x:v>9864</x:v>
       </x:c>
       <x:c r="O8" s="3" t="n">
-        <x:v>11272</x:v>
+        <x:v>10811</x:v>
       </x:c>
       <x:c r="P8" s="3" t="n">
-        <x:v>12155</x:v>
+        <x:v>11684</x:v>
       </x:c>
       <x:c r="Q8" s="3" t="n">
-        <x:v>13099</x:v>
+        <x:v>12542</x:v>
       </x:c>
       <x:c r="R8" s="3" t="n">
-        <x:v>14754</x:v>
+        <x:v>14143</x:v>
       </x:c>
       <x:c r="S8" s="3" t="n">
-        <x:v>16385</x:v>
+        <x:v>15573</x:v>
       </x:c>
       <x:c r="T8" s="3" t="n">
-        <x:v>17546</x:v>
+        <x:v>16821</x:v>
       </x:c>
       <x:c r="U8" s="3" t="n">
-        <x:v>18575</x:v>
+        <x:v>17618</x:v>
       </x:c>
       <x:c r="V8" s="3" t="n">
-        <x:v>19614</x:v>
+        <x:v>19052</x:v>
       </x:c>
       <x:c r="W8" s="3" t="n">
-        <x:v>19871</x:v>
+        <x:v>18918</x:v>
       </x:c>
       <x:c r="X8" s="3" t="n">
-        <x:v>20592</x:v>
+        <x:v>19836</x:v>
       </x:c>
       <x:c r="Y8" s="3" t="n">
-        <x:v>20837</x:v>
+        <x:v>20352</x:v>
       </x:c>
       <x:c r="Z8" s="3" t="n">
-        <x:v>21436</x:v>
+        <x:v>20893</x:v>
       </x:c>
       <x:c r="AA8" s="3" t="n">
-        <x:v>21332</x:v>
+        <x:v>21176</x:v>
       </x:c>
       <x:c r="AB8" s="3" t="n">
-        <x:v>21789</x:v>
+        <x:v>22137</x:v>
       </x:c>
       <x:c r="AC8" s="3" t="n">
-        <x:v>22244</x:v>
+        <x:v>22819</x:v>
       </x:c>
       <x:c r="AD8" s="3" t="n">
-        <x:v>23246</x:v>
+        <x:v>24016</x:v>
       </x:c>
       <x:c r="AE8" s="3" t="n">
-        <x:v>24823</x:v>
+        <x:v>25548</x:v>
       </x:c>
       <x:c r="AF8" s="3" t="n">
-        <x:v>26111</x:v>
+        <x:v>26802</x:v>
       </x:c>
       <x:c r="AG8" s="3" t="n">
-        <x:v>26741</x:v>
+        <x:v>28112</x:v>
       </x:c>
       <x:c r="AH8" s="3" t="n">
-        <x:v>28301</x:v>
+        <x:v>29904</x:v>
       </x:c>
       <x:c r="AI8" s="3" t="n">
-        <x:v>30901</x:v>
+        <x:v>31315</x:v>
       </x:c>
       <x:c r="AJ8" s="3" t="n">
-        <x:v>33017</x:v>
+        <x:v>34935</x:v>
       </x:c>
       <x:c r="AK8" s="3" t="n">
-        <x:v>36404</x:v>
+        <x:v>37646</x:v>
       </x:c>
       <x:c r="AL8" s="3" t="n">
-        <x:v>38645</x:v>
+        <x:v>39313</x:v>
       </x:c>
       <x:c r="AM8" s="3" t="n">
-        <x:v>40719</x:v>
+        <x:v>41117</x:v>
       </x:c>
       <x:c r="AN8" s="3" t="n">
-        <x:v>44531</x:v>
+        <x:v>44636</x:v>
       </x:c>
       <x:c r="AO8" s="3" t="n">
-        <x:v>47896</x:v>
+        <x:v>48072</x:v>
       </x:c>
       <x:c r="AP8" s="3" t="n">
-        <x:v>48806</x:v>
+        <x:v>49010</x:v>
       </x:c>
       <x:c r="AQ8" s="3" t="n">
-        <x:v>52658</x:v>
+        <x:v>53133</x:v>
       </x:c>
       <x:c r="AR8" s="3" t="n">
-        <x:v>55328</x:v>
+        <x:v>55538</x:v>
       </x:c>
       <x:c r="AS8" s="3" t="n">
-        <x:v>58929</x:v>
+        <x:v>58661</x:v>
       </x:c>
       <x:c r="AT8" s="3" t="n">
-        <x:v>64824</x:v>
+        <x:v>63299</x:v>
       </x:c>
       <x:c r="AU8" s="3" t="n">
-        <x:v>72552</x:v>
+        <x:v>69336</x:v>
       </x:c>
       <x:c r="AV8" s="3" t="n">
-        <x:v>75107</x:v>
+        <x:v>70088</x:v>
       </x:c>
       <x:c r="AW8" s="3" t="n">
-        <x:v>79022</x:v>
+        <x:v>72556</x:v>
       </x:c>
       <x:c r="AX8" s="3" t="n">
-        <x:v>80342</x:v>
+        <x:v>75922</x:v>
       </x:c>
       <x:c r="AY8" s="3" t="n">
-        <x:v>85465</x:v>
+        <x:v>79789</x:v>
       </x:c>
       <x:c r="AZ8" s="3" t="n">
-        <x:v>85120</x:v>
+        <x:v>82716</x:v>
       </x:c>
       <x:c r="BA8" s="3" t="n">
-        <x:v>91349</x:v>
+        <x:v>93699</x:v>
       </x:c>
       <x:c r="BB8" s="3" t="n">
-        <x:v>109789</x:v>
+        <x:v>105325</x:v>
       </x:c>
       <x:c r="BC8" s="3" t="n">
-        <x:v>117812</x:v>
+        <x:v>122068</x:v>
       </x:c>
       <x:c r="BD8" s="3" t="n">
-        <x:v>122579</x:v>
+        <x:v>127871</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:56">
       <x:c r="A9" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>14376</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>16938</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>19170</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>22001</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>25778</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>31165</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
@@ -1646,138 +1647,138 @@
       <x:c r="S9" s="3" t="n">
         <x:v>126832</x:v>
       </x:c>
       <x:c r="T9" s="3" t="n">
         <x:v>132361</x:v>
       </x:c>
       <x:c r="U9" s="3" t="n">
         <x:v>141874</x:v>
       </x:c>
       <x:c r="V9" s="3" t="n">
         <x:v>152103</x:v>
       </x:c>
       <x:c r="W9" s="3" t="n">
         <x:v>165965</x:v>
       </x:c>
       <x:c r="X9" s="3" t="n">
         <x:v>178490</x:v>
       </x:c>
       <x:c r="Y9" s="3" t="n">
         <x:v>187962</x:v>
       </x:c>
       <x:c r="Z9" s="3" t="n">
         <x:v>194029</x:v>
       </x:c>
       <x:c r="AA9" s="3" t="n">
-        <x:v>201899</x:v>
+        <x:v>203684</x:v>
       </x:c>
       <x:c r="AB9" s="3" t="n">
-        <x:v>214784</x:v>
+        <x:v>216686</x:v>
       </x:c>
       <x:c r="AC9" s="3" t="n">
-        <x:v>228017</x:v>
+        <x:v>230036</x:v>
       </x:c>
       <x:c r="AD9" s="3" t="n">
-        <x:v>248527</x:v>
+        <x:v>250774</x:v>
       </x:c>
       <x:c r="AE9" s="3" t="n">
-        <x:v>266110</x:v>
+        <x:v>268595</x:v>
       </x:c>
       <x:c r="AF9" s="3" t="n">
-        <x:v>284676</x:v>
+        <x:v>287417</x:v>
       </x:c>
       <x:c r="AG9" s="3" t="n">
-        <x:v>313842</x:v>
+        <x:v>316654</x:v>
       </x:c>
       <x:c r="AH9" s="3" t="n">
-        <x:v>338267</x:v>
+        <x:v>341684</x:v>
       </x:c>
       <x:c r="AI9" s="3" t="n">
-        <x:v>356349</x:v>
+        <x:v>360357</x:v>
       </x:c>
       <x:c r="AJ9" s="3" t="n">
-        <x:v>370927</x:v>
+        <x:v>374852</x:v>
       </x:c>
       <x:c r="AK9" s="3" t="n">
-        <x:v>386895</x:v>
+        <x:v>391100</x:v>
       </x:c>
       <x:c r="AL9" s="3" t="n">
-        <x:v>413106</x:v>
+        <x:v>417448</x:v>
       </x:c>
       <x:c r="AM9" s="3" t="n">
-        <x:v>440157</x:v>
+        <x:v>445570</x:v>
       </x:c>
       <x:c r="AN9" s="3" t="n">
-        <x:v>482485</x:v>
+        <x:v>488241</x:v>
       </x:c>
       <x:c r="AO9" s="3" t="n">
-        <x:v>524514</x:v>
+        <x:v>528691</x:v>
       </x:c>
       <x:c r="AP9" s="3" t="n">
-        <x:v>553027</x:v>
+        <x:v>557427</x:v>
       </x:c>
       <x:c r="AQ9" s="3" t="n">
-        <x:v>584196</x:v>
+        <x:v>587944</x:v>
       </x:c>
       <x:c r="AR9" s="3" t="n">
-        <x:v>614804</x:v>
+        <x:v>620728</x:v>
       </x:c>
       <x:c r="AS9" s="3" t="n">
-        <x:v>648323</x:v>
+        <x:v>655389</x:v>
       </x:c>
       <x:c r="AT9" s="3" t="n">
-        <x:v>686825</x:v>
+        <x:v>692586</x:v>
       </x:c>
       <x:c r="AU9" s="3" t="n">
-        <x:v>723005</x:v>
+        <x:v>729819</x:v>
       </x:c>
       <x:c r="AV9" s="3" t="n">
-        <x:v>754667</x:v>
+        <x:v>760928</x:v>
       </x:c>
       <x:c r="AW9" s="3" t="n">
-        <x:v>791090</x:v>
+        <x:v>797581</x:v>
       </x:c>
       <x:c r="AX9" s="3" t="n">
-        <x:v>826653</x:v>
+        <x:v>832681</x:v>
       </x:c>
       <x:c r="AY9" s="3" t="n">
-        <x:v>866988</x:v>
+        <x:v>872845</x:v>
       </x:c>
       <x:c r="AZ9" s="3" t="n">
-        <x:v>904650</x:v>
+        <x:v>912226</x:v>
       </x:c>
       <x:c r="BA9" s="3" t="n">
-        <x:v>970694</x:v>
+        <x:v>979065</x:v>
       </x:c>
       <x:c r="BB9" s="3" t="n">
-        <x:v>1034723</x:v>
+        <x:v>1045959</x:v>
       </x:c>
       <x:c r="BC9" s="3" t="n">
-        <x:v>1116464</x:v>
+        <x:v>1124028</x:v>
       </x:c>
       <x:c r="BD9" s="3" t="n">
-        <x:v>1183912</x:v>
+        <x:v>1187828</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:56">
       <x:c r="A10" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>7034</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>8063</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>8941</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>10033</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>11735</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>13988</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
@@ -1816,138 +1817,138 @@
       <x:c r="S10" s="3" t="n">
         <x:v>47403</x:v>
       </x:c>
       <x:c r="T10" s="3" t="n">
         <x:v>48298</x:v>
       </x:c>
       <x:c r="U10" s="3" t="n">
         <x:v>53996</x:v>
       </x:c>
       <x:c r="V10" s="3" t="n">
         <x:v>59555</x:v>
       </x:c>
       <x:c r="W10" s="3" t="n">
         <x:v>66407</x:v>
       </x:c>
       <x:c r="X10" s="3" t="n">
         <x:v>72362</x:v>
       </x:c>
       <x:c r="Y10" s="3" t="n">
         <x:v>78025</x:v>
       </x:c>
       <x:c r="Z10" s="3" t="n">
         <x:v>79464</x:v>
       </x:c>
       <x:c r="AA10" s="3" t="n">
-        <x:v>80256</x:v>
+        <x:v>81388</x:v>
       </x:c>
       <x:c r="AB10" s="3" t="n">
-        <x:v>85704</x:v>
+        <x:v>86971</x:v>
       </x:c>
       <x:c r="AC10" s="3" t="n">
-        <x:v>90616</x:v>
+        <x:v>91929</x:v>
       </x:c>
       <x:c r="AD10" s="3" t="n">
-        <x:v>97124</x:v>
+        <x:v>98529</x:v>
       </x:c>
       <x:c r="AE10" s="3" t="n">
-        <x:v>103968</x:v>
+        <x:v>105517</x:v>
       </x:c>
       <x:c r="AF10" s="3" t="n">
-        <x:v>111749</x:v>
+        <x:v>113454</x:v>
       </x:c>
       <x:c r="AG10" s="3" t="n">
-        <x:v>119745</x:v>
+        <x:v>121590</x:v>
       </x:c>
       <x:c r="AH10" s="3" t="n">
-        <x:v>175949</x:v>
+        <x:v>177946</x:v>
       </x:c>
       <x:c r="AI10" s="3" t="n">
-        <x:v>182877</x:v>
+        <x:v>185356</x:v>
       </x:c>
       <x:c r="AJ10" s="3" t="n">
-        <x:v>192081</x:v>
+        <x:v>195597</x:v>
       </x:c>
       <x:c r="AK10" s="3" t="n">
-        <x:v>199858</x:v>
+        <x:v>203618</x:v>
       </x:c>
       <x:c r="AL10" s="3" t="n">
-        <x:v>212694</x:v>
+        <x:v>216641</x:v>
       </x:c>
       <x:c r="AM10" s="3" t="n">
-        <x:v>225340</x:v>
+        <x:v>228724</x:v>
       </x:c>
       <x:c r="AN10" s="3" t="n">
-        <x:v>243338</x:v>
+        <x:v>246919</x:v>
       </x:c>
       <x:c r="AO10" s="3" t="n">
-        <x:v>264186</x:v>
+        <x:v>266009</x:v>
       </x:c>
       <x:c r="AP10" s="3" t="n">
-        <x:v>276075</x:v>
+        <x:v>277955</x:v>
       </x:c>
       <x:c r="AQ10" s="3" t="n">
-        <x:v>289782</x:v>
+        <x:v>290985</x:v>
       </x:c>
       <x:c r="AR10" s="3" t="n">
-        <x:v>302515</x:v>
+        <x:v>305660</x:v>
       </x:c>
       <x:c r="AS10" s="3" t="n">
-        <x:v>316954</x:v>
+        <x:v>321040</x:v>
       </x:c>
       <x:c r="AT10" s="3" t="n">
-        <x:v>337416</x:v>
+        <x:v>342632</x:v>
       </x:c>
       <x:c r="AU10" s="3" t="n">
-        <x:v>358024</x:v>
+        <x:v>365120</x:v>
       </x:c>
       <x:c r="AV10" s="3" t="n">
-        <x:v>373589</x:v>
+        <x:v>379227</x:v>
       </x:c>
       <x:c r="AW10" s="3" t="n">
-        <x:v>389412</x:v>
+        <x:v>394686</x:v>
       </x:c>
       <x:c r="AX10" s="3" t="n">
-        <x:v>404212</x:v>
+        <x:v>410569</x:v>
       </x:c>
       <x:c r="AY10" s="3" t="n">
-        <x:v>423297</x:v>
+        <x:v>430608</x:v>
       </x:c>
       <x:c r="AZ10" s="3" t="n">
-        <x:v>449755</x:v>
+        <x:v>456085</x:v>
       </x:c>
       <x:c r="BA10" s="3" t="n">
-        <x:v>481575</x:v>
+        <x:v>488549</x:v>
       </x:c>
       <x:c r="BB10" s="3" t="n">
-        <x:v>520053</x:v>
+        <x:v>527420</x:v>
       </x:c>
       <x:c r="BC10" s="3" t="n">
-        <x:v>564296</x:v>
+        <x:v>570294</x:v>
       </x:c>
       <x:c r="BD10" s="3" t="n">
-        <x:v>602559</x:v>
+        <x:v>608963</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:56">
       <x:c r="A11" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>2034</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>2391</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>2693</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>3037</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>3476</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>4163</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
@@ -1986,138 +1987,138 @@
       <x:c r="S11" s="3" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="T11" s="3" t="n">
         <x:v>13077</x:v>
       </x:c>
       <x:c r="U11" s="3" t="n">
         <x:v>13996</x:v>
       </x:c>
       <x:c r="V11" s="3" t="n">
         <x:v>15291</x:v>
       </x:c>
       <x:c r="W11" s="3" t="n">
         <x:v>17397</x:v>
       </x:c>
       <x:c r="X11" s="3" t="n">
         <x:v>18928</x:v>
       </x:c>
       <x:c r="Y11" s="3" t="n">
         <x:v>20988</x:v>
       </x:c>
       <x:c r="Z11" s="3" t="n">
         <x:v>20756</x:v>
       </x:c>
       <x:c r="AA11" s="3" t="n">
-        <x:v>21954</x:v>
+        <x:v>27406</x:v>
       </x:c>
       <x:c r="AB11" s="3" t="n">
-        <x:v>23956</x:v>
+        <x:v>29723</x:v>
       </x:c>
       <x:c r="AC11" s="3" t="n">
-        <x:v>26223</x:v>
+        <x:v>32179</x:v>
       </x:c>
       <x:c r="AD11" s="3" t="n">
-        <x:v>28636</x:v>
+        <x:v>34823</x:v>
       </x:c>
       <x:c r="AE11" s="3" t="n">
-        <x:v>29441</x:v>
+        <x:v>36351</x:v>
       </x:c>
       <x:c r="AF11" s="3" t="n">
-        <x:v>32336</x:v>
+        <x:v>39651</x:v>
       </x:c>
       <x:c r="AG11" s="3" t="n">
-        <x:v>36191</x:v>
+        <x:v>43898</x:v>
       </x:c>
       <x:c r="AH11" s="3" t="n">
-        <x:v>84669</x:v>
+        <x:v>93170</x:v>
       </x:c>
       <x:c r="AI11" s="3" t="n">
-        <x:v>92884</x:v>
+        <x:v>102070</x:v>
       </x:c>
       <x:c r="AJ11" s="3" t="n">
-        <x:v>99674</x:v>
+        <x:v>110150</x:v>
       </x:c>
       <x:c r="AK11" s="3" t="n">
-        <x:v>106814</x:v>
+        <x:v>117820</x:v>
       </x:c>
       <x:c r="AL11" s="3" t="n">
-        <x:v>112207</x:v>
+        <x:v>123507</x:v>
       </x:c>
       <x:c r="AM11" s="3" t="n">
-        <x:v>118101</x:v>
+        <x:v>129174</x:v>
       </x:c>
       <x:c r="AN11" s="3" t="n">
-        <x:v>126177</x:v>
+        <x:v>138342</x:v>
       </x:c>
       <x:c r="AO11" s="3" t="n">
-        <x:v>145270</x:v>
+        <x:v>157169</x:v>
       </x:c>
       <x:c r="AP11" s="3" t="n">
-        <x:v>155247</x:v>
+        <x:v>168101</x:v>
       </x:c>
       <x:c r="AQ11" s="3" t="n">
-        <x:v>163318</x:v>
+        <x:v>175656</x:v>
       </x:c>
       <x:c r="AR11" s="3" t="n">
-        <x:v>171718</x:v>
+        <x:v>187527</x:v>
       </x:c>
       <x:c r="AS11" s="3" t="n">
-        <x:v>179312</x:v>
+        <x:v>196140</x:v>
       </x:c>
       <x:c r="AT11" s="3" t="n">
-        <x:v>190806</x:v>
+        <x:v>209138</x:v>
       </x:c>
       <x:c r="AU11" s="3" t="n">
-        <x:v>203609</x:v>
+        <x:v>223076</x:v>
       </x:c>
       <x:c r="AV11" s="3" t="n">
-        <x:v>212076</x:v>
+        <x:v>231349</x:v>
       </x:c>
       <x:c r="AW11" s="3" t="n">
-        <x:v>219460</x:v>
+        <x:v>239382</x:v>
       </x:c>
       <x:c r="AX11" s="3" t="n">
-        <x:v>228345</x:v>
+        <x:v>249413</x:v>
       </x:c>
       <x:c r="AY11" s="3" t="n">
-        <x:v>239470</x:v>
+        <x:v>260988</x:v>
       </x:c>
       <x:c r="AZ11" s="3" t="n">
-        <x:v>249732</x:v>
+        <x:v>272747</x:v>
       </x:c>
       <x:c r="BA11" s="3" t="n">
-        <x:v>270825</x:v>
+        <x:v>294548</x:v>
       </x:c>
       <x:c r="BB11" s="3" t="n">
-        <x:v>294144</x:v>
+        <x:v>321758</x:v>
       </x:c>
       <x:c r="BC11" s="3" t="n">
-        <x:v>316734</x:v>
+        <x:v>341778</x:v>
       </x:c>
       <x:c r="BD11" s="3" t="n">
-        <x:v>337469</x:v>
+        <x:v>363684</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:56">
       <x:c r="A12" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>5000</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>5672</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>6248</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>6996</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>8259</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
         <x:v>9825</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
@@ -2156,138 +2157,138 @@
       <x:c r="S12" s="3" t="n">
         <x:v>35400</x:v>
       </x:c>
       <x:c r="T12" s="3" t="n">
         <x:v>35221</x:v>
       </x:c>
       <x:c r="U12" s="3" t="n">
         <x:v>40000</x:v>
       </x:c>
       <x:c r="V12" s="3" t="n">
         <x:v>44264</x:v>
       </x:c>
       <x:c r="W12" s="3" t="n">
         <x:v>49010</x:v>
       </x:c>
       <x:c r="X12" s="3" t="n">
         <x:v>53434</x:v>
       </x:c>
       <x:c r="Y12" s="3" t="n">
         <x:v>57037</x:v>
       </x:c>
       <x:c r="Z12" s="3" t="n">
         <x:v>58708</x:v>
       </x:c>
       <x:c r="AA12" s="3" t="n">
-        <x:v>58302</x:v>
+        <x:v>53982</x:v>
       </x:c>
       <x:c r="AB12" s="3" t="n">
-        <x:v>61748</x:v>
+        <x:v>57248</x:v>
       </x:c>
       <x:c r="AC12" s="3" t="n">
-        <x:v>64393</x:v>
+        <x:v>59750</x:v>
       </x:c>
       <x:c r="AD12" s="3" t="n">
-        <x:v>68488</x:v>
+        <x:v>63706</x:v>
       </x:c>
       <x:c r="AE12" s="3" t="n">
-        <x:v>74527</x:v>
+        <x:v>69166</x:v>
       </x:c>
       <x:c r="AF12" s="3" t="n">
-        <x:v>79413</x:v>
+        <x:v>73803</x:v>
       </x:c>
       <x:c r="AG12" s="3" t="n">
-        <x:v>83554</x:v>
+        <x:v>77692</x:v>
       </x:c>
       <x:c r="AH12" s="3" t="n">
-        <x:v>91280</x:v>
+        <x:v>84776</x:v>
       </x:c>
       <x:c r="AI12" s="3" t="n">
-        <x:v>89993</x:v>
+        <x:v>83286</x:v>
       </x:c>
       <x:c r="AJ12" s="3" t="n">
-        <x:v>92407</x:v>
+        <x:v>85447</x:v>
       </x:c>
       <x:c r="AK12" s="3" t="n">
-        <x:v>93044</x:v>
+        <x:v>85798</x:v>
       </x:c>
       <x:c r="AL12" s="3" t="n">
-        <x:v>100487</x:v>
+        <x:v>93134</x:v>
       </x:c>
       <x:c r="AM12" s="3" t="n">
-        <x:v>107239</x:v>
+        <x:v>99550</x:v>
       </x:c>
       <x:c r="AN12" s="3" t="n">
-        <x:v>117161</x:v>
+        <x:v>108577</x:v>
       </x:c>
       <x:c r="AO12" s="3" t="n">
-        <x:v>118916</x:v>
+        <x:v>108840</x:v>
       </x:c>
       <x:c r="AP12" s="3" t="n">
-        <x:v>120828</x:v>
+        <x:v>109854</x:v>
       </x:c>
       <x:c r="AQ12" s="3" t="n">
-        <x:v>126464</x:v>
+        <x:v>115329</x:v>
       </x:c>
       <x:c r="AR12" s="3" t="n">
-        <x:v>130797</x:v>
+        <x:v>118133</x:v>
       </x:c>
       <x:c r="AS12" s="3" t="n">
-        <x:v>137642</x:v>
+        <x:v>124900</x:v>
       </x:c>
       <x:c r="AT12" s="3" t="n">
-        <x:v>146610</x:v>
+        <x:v>133494</x:v>
       </x:c>
       <x:c r="AU12" s="3" t="n">
-        <x:v>154415</x:v>
+        <x:v>142044</x:v>
       </x:c>
       <x:c r="AV12" s="3" t="n">
-        <x:v>161513</x:v>
+        <x:v>147878</x:v>
       </x:c>
       <x:c r="AW12" s="3" t="n">
-        <x:v>169952</x:v>
+        <x:v>155304</x:v>
       </x:c>
       <x:c r="AX12" s="3" t="n">
-        <x:v>175867</x:v>
+        <x:v>161156</x:v>
       </x:c>
       <x:c r="AY12" s="3" t="n">
-        <x:v>183827</x:v>
+        <x:v>169620</x:v>
       </x:c>
       <x:c r="AZ12" s="3" t="n">
-        <x:v>200023</x:v>
+        <x:v>183338</x:v>
       </x:c>
       <x:c r="BA12" s="3" t="n">
-        <x:v>210750</x:v>
+        <x:v>194001</x:v>
       </x:c>
       <x:c r="BB12" s="3" t="n">
-        <x:v>225909</x:v>
+        <x:v>205662</x:v>
       </x:c>
       <x:c r="BC12" s="3" t="n">
-        <x:v>247562</x:v>
+        <x:v>228516</x:v>
       </x:c>
       <x:c r="BD12" s="3" t="n">
-        <x:v>265090</x:v>
+        <x:v>245279</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:56">
       <x:c r="A13" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>2635</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>2846</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>3061</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>3334</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>3792</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>4499</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
@@ -2362,102 +2363,102 @@
       <x:c r="AE13" s="3" t="n">
         <x:v>26383</x:v>
       </x:c>
       <x:c r="AF13" s="3" t="n">
         <x:v>28054</x:v>
       </x:c>
       <x:c r="AG13" s="3" t="n">
         <x:v>28855</x:v>
       </x:c>
       <x:c r="AH13" s="3" t="n">
         <x:v>29610</x:v>
       </x:c>
       <x:c r="AI13" s="3" t="n">
         <x:v>29692</x:v>
       </x:c>
       <x:c r="AJ13" s="3" t="n">
         <x:v>30678</x:v>
       </x:c>
       <x:c r="AK13" s="3" t="n">
         <x:v>31307</x:v>
       </x:c>
       <x:c r="AL13" s="3" t="n">
         <x:v>32115</x:v>
       </x:c>
       <x:c r="AM13" s="3" t="n">
-        <x:v>33252</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="AN13" s="3" t="n">
-        <x:v>34752</x:v>
+        <x:v>34519</x:v>
       </x:c>
       <x:c r="AO13" s="3" t="n">
-        <x:v>36848</x:v>
+        <x:v>36369</x:v>
       </x:c>
       <x:c r="AP13" s="3" t="n">
-        <x:v>37894</x:v>
+        <x:v>37458</x:v>
       </x:c>
       <x:c r="AQ13" s="3" t="n">
-        <x:v>38270</x:v>
+        <x:v>37439</x:v>
       </x:c>
       <x:c r="AR13" s="3" t="n">
         <x:v>39423</x:v>
       </x:c>
       <x:c r="AS13" s="3" t="n">
         <x:v>40581</x:v>
       </x:c>
       <x:c r="AT13" s="3" t="n">
         <x:v>42106</x:v>
       </x:c>
       <x:c r="AU13" s="3" t="n">
         <x:v>43611</x:v>
       </x:c>
       <x:c r="AV13" s="3" t="n">
         <x:v>44398</x:v>
       </x:c>
       <x:c r="AW13" s="3" t="n">
         <x:v>45775</x:v>
       </x:c>
       <x:c r="AX13" s="3" t="n">
         <x:v>48082</x:v>
       </x:c>
       <x:c r="AY13" s="3" t="n">
         <x:v>50411</x:v>
       </x:c>
       <x:c r="AZ13" s="3" t="n">
         <x:v>53420</x:v>
       </x:c>
       <x:c r="BA13" s="3" t="n">
         <x:v>56445</x:v>
       </x:c>
       <x:c r="BB13" s="3" t="n">
-        <x:v>62964</x:v>
+        <x:v>62912</x:v>
       </x:c>
       <x:c r="BC13" s="3" t="n">
-        <x:v>70594</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="BD13" s="3" t="n">
-        <x:v>79132</x:v>
+        <x:v>79477</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:56">
       <x:c r="A14" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>7342</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>8875</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
         <x:v>10229</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
         <x:v>11968</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
         <x:v>14043</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
         <x:v>17177</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
@@ -2496,138 +2497,138 @@
       <x:c r="S14" s="3" t="n">
         <x:v>79429</x:v>
       </x:c>
       <x:c r="T14" s="3" t="n">
         <x:v>84063</x:v>
       </x:c>
       <x:c r="U14" s="3" t="n">
         <x:v>87878</x:v>
       </x:c>
       <x:c r="V14" s="3" t="n">
         <x:v>92548</x:v>
       </x:c>
       <x:c r="W14" s="3" t="n">
         <x:v>99558</x:v>
       </x:c>
       <x:c r="X14" s="3" t="n">
         <x:v>106128</x:v>
       </x:c>
       <x:c r="Y14" s="3" t="n">
         <x:v>109937</x:v>
       </x:c>
       <x:c r="Z14" s="3" t="n">
         <x:v>114565</x:v>
       </x:c>
       <x:c r="AA14" s="3" t="n">
-        <x:v>121643</x:v>
+        <x:v>122296</x:v>
       </x:c>
       <x:c r="AB14" s="3" t="n">
-        <x:v>129080</x:v>
+        <x:v>129715</x:v>
       </x:c>
       <x:c r="AC14" s="3" t="n">
-        <x:v>137401</x:v>
+        <x:v>138107</x:v>
       </x:c>
       <x:c r="AD14" s="3" t="n">
-        <x:v>151403</x:v>
+        <x:v>152245</x:v>
       </x:c>
       <x:c r="AE14" s="3" t="n">
-        <x:v>162142</x:v>
+        <x:v>163078</x:v>
       </x:c>
       <x:c r="AF14" s="3" t="n">
-        <x:v>172927</x:v>
+        <x:v>173963</x:v>
       </x:c>
       <x:c r="AG14" s="3" t="n">
-        <x:v>194097</x:v>
+        <x:v>195064</x:v>
       </x:c>
       <x:c r="AH14" s="3" t="n">
-        <x:v>162318</x:v>
+        <x:v>163738</x:v>
       </x:c>
       <x:c r="AI14" s="3" t="n">
-        <x:v>173472</x:v>
+        <x:v>175001</x:v>
       </x:c>
       <x:c r="AJ14" s="3" t="n">
-        <x:v>178846</x:v>
+        <x:v>179255</x:v>
       </x:c>
       <x:c r="AK14" s="3" t="n">
-        <x:v>187037</x:v>
+        <x:v>187482</x:v>
       </x:c>
       <x:c r="AL14" s="3" t="n">
-        <x:v>200412</x:v>
+        <x:v>200807</x:v>
       </x:c>
       <x:c r="AM14" s="3" t="n">
-        <x:v>214817</x:v>
+        <x:v>216846</x:v>
       </x:c>
       <x:c r="AN14" s="3" t="n">
-        <x:v>239147</x:v>
+        <x:v>241322</x:v>
       </x:c>
       <x:c r="AO14" s="3" t="n">
-        <x:v>260328</x:v>
+        <x:v>262682</x:v>
       </x:c>
       <x:c r="AP14" s="3" t="n">
-        <x:v>276952</x:v>
+        <x:v>279472</x:v>
       </x:c>
       <x:c r="AQ14" s="3" t="n">
-        <x:v>294414</x:v>
+        <x:v>296959</x:v>
       </x:c>
       <x:c r="AR14" s="3" t="n">
-        <x:v>312289</x:v>
+        <x:v>315068</x:v>
       </x:c>
       <x:c r="AS14" s="3" t="n">
-        <x:v>331369</x:v>
+        <x:v>334349</x:v>
       </x:c>
       <x:c r="AT14" s="3" t="n">
-        <x:v>349409</x:v>
+        <x:v>349954</x:v>
       </x:c>
       <x:c r="AU14" s="3" t="n">
-        <x:v>364981</x:v>
+        <x:v>364699</x:v>
       </x:c>
       <x:c r="AV14" s="3" t="n">
-        <x:v>381078</x:v>
+        <x:v>381701</x:v>
       </x:c>
       <x:c r="AW14" s="3" t="n">
-        <x:v>401678</x:v>
+        <x:v>402895</x:v>
       </x:c>
       <x:c r="AX14" s="3" t="n">
-        <x:v>422441</x:v>
+        <x:v>422112</x:v>
       </x:c>
       <x:c r="AY14" s="3" t="n">
-        <x:v>443691</x:v>
+        <x:v>442237</x:v>
       </x:c>
       <x:c r="AZ14" s="3" t="n">
-        <x:v>454895</x:v>
+        <x:v>456141</x:v>
       </x:c>
       <x:c r="BA14" s="3" t="n">
-        <x:v>489119</x:v>
+        <x:v>490516</x:v>
       </x:c>
       <x:c r="BB14" s="3" t="n">
-        <x:v>514670</x:v>
+        <x:v>518539</x:v>
       </x:c>
       <x:c r="BC14" s="3" t="n">
-        <x:v>552168</x:v>
+        <x:v>553734</x:v>
       </x:c>
       <x:c r="BD14" s="3" t="n">
-        <x:v>581353</x:v>
+        <x:v>578865</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:56">
       <x:c r="A15" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>5468</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>6664</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
         <x:v>7822</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>9135</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
         <x:v>10783</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
@@ -2666,138 +2667,138 @@
       <x:c r="S15" s="3" t="n">
         <x:v>62040</x:v>
       </x:c>
       <x:c r="T15" s="3" t="n">
         <x:v>65236</x:v>
       </x:c>
       <x:c r="U15" s="3" t="n">
         <x:v>68628</x:v>
       </x:c>
       <x:c r="V15" s="3" t="n">
         <x:v>72412</x:v>
       </x:c>
       <x:c r="W15" s="3" t="n">
         <x:v>78220</x:v>
       </x:c>
       <x:c r="X15" s="3" t="n">
         <x:v>83165</x:v>
       </x:c>
       <x:c r="Y15" s="3" t="n">
         <x:v>86190</x:v>
       </x:c>
       <x:c r="Z15" s="3" t="n">
         <x:v>89778</x:v>
       </x:c>
       <x:c r="AA15" s="3" t="n">
-        <x:v>94547</x:v>
+        <x:v>95200</x:v>
       </x:c>
       <x:c r="AB15" s="3" t="n">
-        <x:v>101490</x:v>
+        <x:v>102125</x:v>
       </x:c>
       <x:c r="AC15" s="3" t="n">
-        <x:v>108987</x:v>
+        <x:v>109693</x:v>
       </x:c>
       <x:c r="AD15" s="3" t="n">
-        <x:v>121264</x:v>
+        <x:v>122106</x:v>
       </x:c>
       <x:c r="AE15" s="3" t="n">
-        <x:v>130653</x:v>
+        <x:v>131589</x:v>
       </x:c>
       <x:c r="AF15" s="3" t="n">
-        <x:v>140219</x:v>
+        <x:v>141255</x:v>
       </x:c>
       <x:c r="AG15" s="3" t="n">
-        <x:v>158070</x:v>
+        <x:v>159037</x:v>
       </x:c>
       <x:c r="AH15" s="3" t="n">
-        <x:v>125549</x:v>
+        <x:v>126971</x:v>
       </x:c>
       <x:c r="AI15" s="3" t="n">
-        <x:v>135096</x:v>
+        <x:v>136625</x:v>
       </x:c>
       <x:c r="AJ15" s="3" t="n">
-        <x:v>140676</x:v>
+        <x:v>141085</x:v>
       </x:c>
       <x:c r="AK15" s="3" t="n">
-        <x:v>148930</x:v>
+        <x:v>149375</x:v>
       </x:c>
       <x:c r="AL15" s="3" t="n">
-        <x:v>160796</x:v>
+        <x:v>161191</x:v>
       </x:c>
       <x:c r="AM15" s="3" t="n">
-        <x:v>173196</x:v>
+        <x:v>175225</x:v>
       </x:c>
       <x:c r="AN15" s="3" t="n">
-        <x:v>192316</x:v>
+        <x:v>194491</x:v>
       </x:c>
       <x:c r="AO15" s="3" t="n">
-        <x:v>208373</x:v>
+        <x:v>210727</x:v>
       </x:c>
       <x:c r="AP15" s="3" t="n">
-        <x:v>218918</x:v>
+        <x:v>221438</x:v>
       </x:c>
       <x:c r="AQ15" s="3" t="n">
-        <x:v>232271</x:v>
+        <x:v>234816</x:v>
       </x:c>
       <x:c r="AR15" s="3" t="n">
-        <x:v>245681</x:v>
+        <x:v>248460</x:v>
       </x:c>
       <x:c r="AS15" s="3" t="n">
-        <x:v>261939</x:v>
+        <x:v>264919</x:v>
       </x:c>
       <x:c r="AT15" s="3" t="n">
-        <x:v>274632</x:v>
+        <x:v>276560</x:v>
       </x:c>
       <x:c r="AU15" s="3" t="n">
-        <x:v>284799</x:v>
+        <x:v>286070</x:v>
       </x:c>
       <x:c r="AV15" s="3" t="n">
-        <x:v>298390</x:v>
+        <x:v>299478</x:v>
       </x:c>
       <x:c r="AW15" s="3" t="n">
-        <x:v>313117</x:v>
+        <x:v>314716</x:v>
       </x:c>
       <x:c r="AX15" s="3" t="n">
-        <x:v>329269</x:v>
+        <x:v>329581</x:v>
       </x:c>
       <x:c r="AY15" s="3" t="n">
-        <x:v>346229</x:v>
+        <x:v>345673</x:v>
       </x:c>
       <x:c r="AZ15" s="3" t="n">
-        <x:v>351502</x:v>
+        <x:v>353082</x:v>
       </x:c>
       <x:c r="BA15" s="3" t="n">
-        <x:v>378371</x:v>
+        <x:v>378405</x:v>
       </x:c>
       <x:c r="BB15" s="3" t="n">
-        <x:v>399559</x:v>
+        <x:v>400082</x:v>
       </x:c>
       <x:c r="BC15" s="3" t="n">
-        <x:v>425014</x:v>
+        <x:v>427851</x:v>
       </x:c>
       <x:c r="BD15" s="3" t="n">
-        <x:v>449902</x:v>
+        <x:v>448695</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:56">
       <x:c r="A16" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>1874</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>2211</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>2407</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>2833</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
         <x:v>3260</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>3902</x:v>
       </x:c>
       <x:c r="H16" s="3" t="n">
@@ -2857,287 +2858,287 @@
       <x:c r="Z16" s="3" t="n">
         <x:v>24787</x:v>
       </x:c>
       <x:c r="AA16" s="3" t="n">
         <x:v>27096</x:v>
       </x:c>
       <x:c r="AB16" s="3" t="n">
         <x:v>27590</x:v>
       </x:c>
       <x:c r="AC16" s="3" t="n">
         <x:v>28414</x:v>
       </x:c>
       <x:c r="AD16" s="3" t="n">
         <x:v>30139</x:v>
       </x:c>
       <x:c r="AE16" s="3" t="n">
         <x:v>31489</x:v>
       </x:c>
       <x:c r="AF16" s="3" t="n">
         <x:v>32708</x:v>
       </x:c>
       <x:c r="AG16" s="3" t="n">
         <x:v>36027</x:v>
       </x:c>
       <x:c r="AH16" s="3" t="n">
-        <x:v>36769</x:v>
+        <x:v>36767</x:v>
       </x:c>
       <x:c r="AI16" s="3" t="n">
         <x:v>38376</x:v>
       </x:c>
       <x:c r="AJ16" s="3" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="AK16" s="3" t="n">
         <x:v>38107</x:v>
       </x:c>
       <x:c r="AL16" s="3" t="n">
         <x:v>39616</x:v>
       </x:c>
       <x:c r="AM16" s="3" t="n">
         <x:v>41621</x:v>
       </x:c>
       <x:c r="AN16" s="3" t="n">
         <x:v>46831</x:v>
       </x:c>
       <x:c r="AO16" s="3" t="n">
         <x:v>51955</x:v>
       </x:c>
       <x:c r="AP16" s="3" t="n">
         <x:v>58034</x:v>
       </x:c>
       <x:c r="AQ16" s="3" t="n">
         <x:v>62143</x:v>
       </x:c>
       <x:c r="AR16" s="3" t="n">
         <x:v>66608</x:v>
       </x:c>
       <x:c r="AS16" s="3" t="n">
         <x:v>69430</x:v>
       </x:c>
       <x:c r="AT16" s="3" t="n">
-        <x:v>74777</x:v>
+        <x:v>73394</x:v>
       </x:c>
       <x:c r="AU16" s="3" t="n">
-        <x:v>80182</x:v>
+        <x:v>78629</x:v>
       </x:c>
       <x:c r="AV16" s="3" t="n">
-        <x:v>82688</x:v>
+        <x:v>82223</x:v>
       </x:c>
       <x:c r="AW16" s="3" t="n">
-        <x:v>88561</x:v>
+        <x:v>88179</x:v>
       </x:c>
       <x:c r="AX16" s="3" t="n">
-        <x:v>93172</x:v>
+        <x:v>92531</x:v>
       </x:c>
       <x:c r="AY16" s="3" t="n">
-        <x:v>97462</x:v>
+        <x:v>96564</x:v>
       </x:c>
       <x:c r="AZ16" s="3" t="n">
-        <x:v>103393</x:v>
+        <x:v>103059</x:v>
       </x:c>
       <x:c r="BA16" s="3" t="n">
-        <x:v>110748</x:v>
+        <x:v>112111</x:v>
       </x:c>
       <x:c r="BB16" s="3" t="n">
-        <x:v>115111</x:v>
+        <x:v>118457</x:v>
       </x:c>
       <x:c r="BC16" s="3" t="n">
-        <x:v>127154</x:v>
+        <x:v>125883</x:v>
       </x:c>
       <x:c r="BD16" s="3" t="n">
-        <x:v>131451</x:v>
+        <x:v>130170</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:56">
       <x:c r="A17" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>55107</x:v>
+        <x:v>54686</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>62495</x:v>
+        <x:v>62132</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>69216</x:v>
+        <x:v>68805</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>77461</x:v>
+        <x:v>77025</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
-        <x:v>88007</x:v>
+        <x:v>87602</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>103709</x:v>
+        <x:v>103417</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
-        <x:v>120201</x:v>
+        <x:v>119985</x:v>
       </x:c>
       <x:c r="I17" s="3" t="n">
-        <x:v>138955</x:v>
+        <x:v>138738</x:v>
       </x:c>
       <x:c r="J17" s="3" t="n">
-        <x:v>149559</x:v>
+        <x:v>149390</x:v>
       </x:c>
       <x:c r="K17" s="3" t="n">
-        <x:v>163932</x:v>
+        <x:v>163653</x:v>
       </x:c>
       <x:c r="L17" s="3" t="n">
-        <x:v>183821</x:v>
+        <x:v>183483</x:v>
       </x:c>
       <x:c r="M17" s="3" t="n">
-        <x:v>208484</x:v>
+        <x:v>208078</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>235061</x:v>
+        <x:v>234628</x:v>
       </x:c>
       <x:c r="O17" s="3" t="n">
-        <x:v>260214</x:v>
+        <x:v>259753</x:v>
       </x:c>
       <x:c r="P17" s="3" t="n">
-        <x:v>284113</x:v>
+        <x:v>283642</x:v>
       </x:c>
       <x:c r="Q17" s="3" t="n">
-        <x:v>325270</x:v>
+        <x:v>324713</x:v>
       </x:c>
       <x:c r="R17" s="3" t="n">
-        <x:v>364220</x:v>
+        <x:v>363609</x:v>
       </x:c>
       <x:c r="S17" s="3" t="n">
-        <x:v>396188</x:v>
+        <x:v>395376</x:v>
       </x:c>
       <x:c r="T17" s="3" t="n">
-        <x:v>412159</x:v>
+        <x:v>411434</x:v>
       </x:c>
       <x:c r="U17" s="3" t="n">
-        <x:v>430632</x:v>
+        <x:v>429675</x:v>
       </x:c>
       <x:c r="V17" s="3" t="n">
-        <x:v>454244</x:v>
+        <x:v>453682</x:v>
       </x:c>
       <x:c r="W17" s="3" t="n">
-        <x:v>483483</x:v>
+        <x:v>482530</x:v>
       </x:c>
       <x:c r="X17" s="3" t="n">
-        <x:v>508082</x:v>
+        <x:v>507326</x:v>
       </x:c>
       <x:c r="Y17" s="3" t="n">
-        <x:v>532605</x:v>
+        <x:v>532120</x:v>
       </x:c>
       <x:c r="Z17" s="3" t="n">
-        <x:v>554692</x:v>
+        <x:v>554149</x:v>
       </x:c>
       <x:c r="AA17" s="3" t="n">
-        <x:v>587413</x:v>
+        <x:v>593362</x:v>
       </x:c>
       <x:c r="AB17" s="3" t="n">
-        <x:v>632436</x:v>
+        <x:v>639186</x:v>
       </x:c>
       <x:c r="AC17" s="3" t="n">
-        <x:v>670552</x:v>
+        <x:v>677789</x:v>
       </x:c>
       <x:c r="AD17" s="3" t="n">
-        <x:v>714339</x:v>
+        <x:v>722138</x:v>
       </x:c>
       <x:c r="AE17" s="3" t="n">
-        <x:v>757136</x:v>
+        <x:v>767001</x:v>
       </x:c>
       <x:c r="AF17" s="3" t="n">
-        <x:v>812505</x:v>
+        <x:v>824350</x:v>
       </x:c>
       <x:c r="AG17" s="3" t="n">
-        <x:v>861771</x:v>
+        <x:v>876256</x:v>
       </x:c>
       <x:c r="AH17" s="3" t="n">
-        <x:v>908182</x:v>
+        <x:v>927932</x:v>
       </x:c>
       <x:c r="AI17" s="3" t="n">
-        <x:v>968672</x:v>
+        <x:v>991461</x:v>
       </x:c>
       <x:c r="AJ17" s="3" t="n">
-        <x:v>1030668</x:v>
+        <x:v>1059269</x:v>
       </x:c>
       <x:c r="AK17" s="3" t="n">
-        <x:v>1090298</x:v>
+        <x:v>1128373</x:v>
       </x:c>
       <x:c r="AL17" s="3" t="n">
-        <x:v>1164915</x:v>
+        <x:v>1213622</x:v>
       </x:c>
       <x:c r="AM17" s="3" t="n">
-        <x:v>1242511</x:v>
+        <x:v>1298574</x:v>
       </x:c>
       <x:c r="AN17" s="3" t="n">
-        <x:v>1319245</x:v>
+        <x:v>1374658</x:v>
       </x:c>
       <x:c r="AO17" s="3" t="n">
-        <x:v>1379528</x:v>
+        <x:v>1443493</x:v>
       </x:c>
       <x:c r="AP17" s="3" t="n">
-        <x:v>1461215</x:v>
+        <x:v>1533482</x:v>
       </x:c>
       <x:c r="AQ17" s="3" t="n">
-        <x:v>1520678</x:v>
+        <x:v>1600091</x:v>
       </x:c>
       <x:c r="AR17" s="3" t="n">
-        <x:v>1594004</x:v>
+        <x:v>1683557</x:v>
       </x:c>
       <x:c r="AS17" s="3" t="n">
-        <x:v>1675639</x:v>
+        <x:v>1778610</x:v>
       </x:c>
       <x:c r="AT17" s="3" t="n">
-        <x:v>1753840</x:v>
+        <x:v>1866264</x:v>
       </x:c>
       <x:c r="AU17" s="3" t="n">
-        <x:v>1842676</x:v>
+        <x:v>1966741</x:v>
       </x:c>
       <x:c r="AV17" s="3" t="n">
-        <x:v>1921884</x:v>
+        <x:v>2056154</x:v>
       </x:c>
       <x:c r="AW17" s="3" t="n">
-        <x:v>2004234</x:v>
+        <x:v>2150659</x:v>
       </x:c>
       <x:c r="AX17" s="3" t="n">
-        <x:v>2085576</x:v>
+        <x:v>2245929</x:v>
       </x:c>
       <x:c r="AY17" s="3" t="n">
-        <x:v>2164718</x:v>
+        <x:v>2331289</x:v>
       </x:c>
       <x:c r="AZ17" s="3" t="n">
-        <x:v>2105188</x:v>
+        <x:v>2292526</x:v>
       </x:c>
       <x:c r="BA17" s="3" t="n">
-        <x:v>2275544</x:v>
+        <x:v>2477349</x:v>
       </x:c>
       <x:c r="BB17" s="3" t="n">
-        <x:v>2550203</x:v>
+        <x:v>2748184</x:v>
       </x:c>
       <x:c r="BC17" s="3" t="n">
-        <x:v>2700764</x:v>
+        <x:v>2880666</x:v>
       </x:c>
       <x:c r="BD17" s="3" t="n">
-        <x:v>2838064</x:v>
+        <x:v>3022971</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:56">
       <x:c r="A18" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>6874</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
         <x:v>7883</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
         <x:v>8655</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
         <x:v>9829</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
         <x:v>11519</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
         <x:v>13727</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
@@ -3176,138 +3177,138 @@
       <x:c r="S18" s="3" t="n">
         <x:v>52789</x:v>
       </x:c>
       <x:c r="T18" s="3" t="n">
         <x:v>54048</x:v>
       </x:c>
       <x:c r="U18" s="3" t="n">
         <x:v>59250</x:v>
       </x:c>
       <x:c r="V18" s="3" t="n">
         <x:v>64400</x:v>
       </x:c>
       <x:c r="W18" s="3" t="n">
         <x:v>70348</x:v>
       </x:c>
       <x:c r="X18" s="3" t="n">
         <x:v>76397</x:v>
       </x:c>
       <x:c r="Y18" s="3" t="n">
         <x:v>80784</x:v>
       </x:c>
       <x:c r="Z18" s="3" t="n">
         <x:v>83495</x:v>
       </x:c>
       <x:c r="AA18" s="3" t="n">
-        <x:v>85398</x:v>
+        <x:v>81078</x:v>
       </x:c>
       <x:c r="AB18" s="3" t="n">
-        <x:v>89338</x:v>
+        <x:v>84838</x:v>
       </x:c>
       <x:c r="AC18" s="3" t="n">
-        <x:v>92807</x:v>
+        <x:v>88164</x:v>
       </x:c>
       <x:c r="AD18" s="3" t="n">
-        <x:v>98627</x:v>
+        <x:v>93845</x:v>
       </x:c>
       <x:c r="AE18" s="3" t="n">
-        <x:v>106016</x:v>
+        <x:v>100655</x:v>
       </x:c>
       <x:c r="AF18" s="3" t="n">
-        <x:v>112121</x:v>
+        <x:v>106511</x:v>
       </x:c>
       <x:c r="AG18" s="3" t="n">
-        <x:v>119581</x:v>
+        <x:v>113719</x:v>
       </x:c>
       <x:c r="AH18" s="3" t="n">
-        <x:v>128049</x:v>
+        <x:v>121543</x:v>
       </x:c>
       <x:c r="AI18" s="3" t="n">
-        <x:v>128369</x:v>
+        <x:v>121662</x:v>
       </x:c>
       <x:c r="AJ18" s="3" t="n">
-        <x:v>130577</x:v>
+        <x:v>123617</x:v>
       </x:c>
       <x:c r="AK18" s="3" t="n">
-        <x:v>131151</x:v>
+        <x:v>123905</x:v>
       </x:c>
       <x:c r="AL18" s="3" t="n">
-        <x:v>140103</x:v>
+        <x:v>132750</x:v>
       </x:c>
       <x:c r="AM18" s="3" t="n">
-        <x:v>148860</x:v>
+        <x:v>141171</x:v>
       </x:c>
       <x:c r="AN18" s="3" t="n">
-        <x:v>163992</x:v>
+        <x:v>155408</x:v>
       </x:c>
       <x:c r="AO18" s="3" t="n">
-        <x:v>170871</x:v>
+        <x:v>160795</x:v>
       </x:c>
       <x:c r="AP18" s="3" t="n">
-        <x:v>178862</x:v>
+        <x:v>167888</x:v>
       </x:c>
       <x:c r="AQ18" s="3" t="n">
-        <x:v>188607</x:v>
+        <x:v>177472</x:v>
       </x:c>
       <x:c r="AR18" s="3" t="n">
-        <x:v>197405</x:v>
+        <x:v>184741</x:v>
       </x:c>
       <x:c r="AS18" s="3" t="n">
-        <x:v>207072</x:v>
+        <x:v>194330</x:v>
       </x:c>
       <x:c r="AT18" s="3" t="n">
-        <x:v>221387</x:v>
+        <x:v>206888</x:v>
       </x:c>
       <x:c r="AU18" s="3" t="n">
-        <x:v>234597</x:v>
+        <x:v>220673</x:v>
       </x:c>
       <x:c r="AV18" s="3" t="n">
-        <x:v>244201</x:v>
+        <x:v>230101</x:v>
       </x:c>
       <x:c r="AW18" s="3" t="n">
-        <x:v>258513</x:v>
+        <x:v>243483</x:v>
       </x:c>
       <x:c r="AX18" s="3" t="n">
-        <x:v>269039</x:v>
+        <x:v>253687</x:v>
       </x:c>
       <x:c r="AY18" s="3" t="n">
-        <x:v>281289</x:v>
+        <x:v>266184</x:v>
       </x:c>
       <x:c r="AZ18" s="3" t="n">
-        <x:v>303416</x:v>
+        <x:v>286397</x:v>
       </x:c>
       <x:c r="BA18" s="3" t="n">
-        <x:v>321498</x:v>
+        <x:v>306112</x:v>
       </x:c>
       <x:c r="BB18" s="3" t="n">
-        <x:v>341020</x:v>
+        <x:v>324119</x:v>
       </x:c>
       <x:c r="BC18" s="3" t="n">
-        <x:v>374715</x:v>
+        <x:v>354399</x:v>
       </x:c>
       <x:c r="BD18" s="3" t="n">
-        <x:v>396541</x:v>
+        <x:v>375449</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:56">
       <x:c r="A20" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:56">
       <x:c r="A21" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:56">
       <x:c r="A23" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:56">
       <x:c r="A24" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:56">
       <x:c r="A25" s="0" t="s">
         <x:v>75</x:v>