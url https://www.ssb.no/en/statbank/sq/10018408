--- v3 (2025-12-18)
+++ v4 (2026-01-10)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="els" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4df733a63d94586" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/841b8d6d75d945188363622306c5e6bd.psmdcp" Id="R6bd538ed9ba44365" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00d528cf94df4cd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/52ee496d1f954b9fab5c2e283cf83b7a.psmdcp" Id="R66f5df0369914424" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Priser" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="100">
   <x:si>
     <x:t>09185: Final consumption expenditure, by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Current prices (NOK million)</x:t>
   </x:si>
   <x:si>