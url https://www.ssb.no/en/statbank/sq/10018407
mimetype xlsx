--- v0 (2025-11-26)
+++ v1 (2025-12-18)
@@ -1,58 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="els" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b643766e9a748e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/11fc20aecf2644d0996246c78ccb3106.psmdcp" Id="R7033257c1f2142a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5961d94f6a19403e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e03151f80354aa594d513c69d45cd87.psmdcp" Id="R910885b3a1b0447c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="DRI" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="136">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
   <x:si>
     <x:t>09170: Production account and income generation, by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Operation surplus. Current prices (NOK million)</x:t>
   </x:si>
   <x:si>
     <x:t>1970</x:t>
   </x:si>
   <x:si>
     <x:t>1971</x:t>
   </x:si>
   <x:si>
     <x:t>1972</x:t>
   </x:si>
   <x:si>
     <x:t>1973</x:t>
   </x:si>
   <x:si>
     <x:t>1974</x:t>
   </x:si>
   <x:si>
     <x:t>1975</x:t>
   </x:si>
   <x:si>
@@ -178,53 +179,50 @@
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
-    <x:t>2024</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Total industry</x:t>
   </x:si>
   <x:si>
     <x:t>Agriculture and forestry</x:t>
   </x:si>
   <x:si>
     <x:t>Fishing and aquaculture</x:t>
   </x:si>
   <x:si>
     <x:t>Mining and quarrying</x:t>
   </x:si>
   <x:si>
     <x:t>Oil and gas extraction including services</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Oil and gas extraction</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Service activities incidental to oil and gas</x:t>
   </x:si>
   <x:si>
     <x:t>Manufacturing</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Food products, beverages and tobacco</x:t>
@@ -326,72 +324,84 @@
     <x:t>Health and social work</x:t>
   </x:si>
   <x:si>
     <x:t>Arts, entertainment and other service activities</x:t>
   </x:si>
   <x:si>
     <x:t>¬ General government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Civilian central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Defence</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Local government</x:t>
   </x:si>
   <x:si>
     <x:t>Mainland Norway</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Production for market Mainland Norway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.</x:t>
   </x:si>
   <x:si>
     <x:t>Market producers</x:t>
   </x:si>
   <x:si>
     <x:t>Non-market producers</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The components in constant prices do not add up to the totals due to separate chaining of the different levels.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Figures from 2023 onwards are preliminary.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Figures for 2024 were removed at the revision 26 November 2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10 December 2025: Errors have been identified in the calculations of the operation surplus for the manufacturing industry. These will be corrected in the next table update.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>. = Category not applicable. Figures do not exist at this time, because the category was not in use when the figures were collected.</x:t>
   </x:si>
   <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Operation surplus. Current prices (NOK million):</x:t>
   </x:si>
   <x:si>
-    <x:t>20250515 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Johan Nitter-Hauge, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 83</x:t>
   </x:si>
   <x:si>
     <x:t>jni@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Steinar Todsen, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 95 91 00 74</x:t>
   </x:si>
@@ -493,65 +503,69 @@
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="4">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -808,70 +822,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:BD105"/>
+  <x:dimension ref="A1:BC108"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="56" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="1" max="55" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:56">
+    <x:row r="1" spans="1:55">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:56">
+    <x:row r="3" spans="1:55">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:56">
+    <x:row r="4" spans="1:55">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J4" s="2" t="s">
@@ -990,7197 +1004,7068 @@
       </x:c>
       <x:c r="AV4" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="AW4" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="AX4" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="AY4" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="AZ4" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="BA4" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="BB4" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="BC4" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="BD4" s="2" t="s">
+    </x:row>
+    <x:row r="5" spans="1:55">
+      <x:c r="A5" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="B5" s="3" t="n">
+        <x:v>22481</x:v>
+      </x:c>
+      <x:c r="C5" s="3" t="n">
+        <x:v>22096</x:v>
+      </x:c>
+      <x:c r="D5" s="3" t="n">
+        <x:v>24024</x:v>
+      </x:c>
+      <x:c r="E5" s="3" t="n">
+        <x:v>28687</x:v>
+      </x:c>
+      <x:c r="F5" s="3" t="n">
+        <x:v>34460</x:v>
+      </x:c>
+      <x:c r="G5" s="3" t="n">
+        <x:v>36085</x:v>
+      </x:c>
+      <x:c r="H5" s="3" t="n">
+        <x:v>37925</x:v>
+      </x:c>
+      <x:c r="I5" s="3" t="n">
+        <x:v>40504</x:v>
+      </x:c>
+      <x:c r="J5" s="3" t="n">
+        <x:v>46724</x:v>
+      </x:c>
+      <x:c r="K5" s="3" t="n">
+        <x:v>60041</x:v>
+      </x:c>
+      <x:c r="L5" s="3" t="n">
+        <x:v>83924</x:v>
+      </x:c>
+      <x:c r="M5" s="3" t="n">
+        <x:v>97801</x:v>
+      </x:c>
+      <x:c r="N5" s="3" t="n">
+        <x:v>107281</x:v>
+      </x:c>
+      <x:c r="O5" s="3" t="n">
+        <x:v>121694</x:v>
+      </x:c>
+      <x:c r="P5" s="3" t="n">
+        <x:v>147179</x:v>
+      </x:c>
+      <x:c r="Q5" s="3" t="n">
+        <x:v>157613</x:v>
+      </x:c>
+      <x:c r="R5" s="3" t="n">
+        <x:v>120959</x:v>
+      </x:c>
+      <x:c r="S5" s="3" t="n">
+        <x:v>118847</x:v>
+      </x:c>
+      <x:c r="T5" s="3" t="n">
+        <x:v>118381</x:v>
+      </x:c>
+      <x:c r="U5" s="3" t="n">
+        <x:v>154919</x:v>
+      </x:c>
+      <x:c r="V5" s="3" t="n">
+        <x:v>181491</x:v>
+      </x:c>
+      <x:c r="W5" s="3" t="n">
+        <x:v>197689</x:v>
+      </x:c>
+      <x:c r="X5" s="3" t="n">
+        <x:v>197341</x:v>
+      </x:c>
+      <x:c r="Y5" s="3" t="n">
+        <x:v>216846</x:v>
+      </x:c>
+      <x:c r="Z5" s="3" t="n">
+        <x:v>224166</x:v>
+      </x:c>
+      <x:c r="AA5" s="3" t="n">
+        <x:v>242950</x:v>
+      </x:c>
+      <x:c r="AB5" s="3" t="n">
+        <x:v>282178</x:v>
+      </x:c>
+      <x:c r="AC5" s="3" t="n">
+        <x:v>302264</x:v>
+      </x:c>
+      <x:c r="AD5" s="3" t="n">
+        <x:v>252460</x:v>
+      </x:c>
+      <x:c r="AE5" s="3" t="n">
+        <x:v>290255</x:v>
+      </x:c>
+      <x:c r="AF5" s="3" t="n">
+        <x:v>470278</x:v>
+      </x:c>
+      <x:c r="AG5" s="3" t="n">
+        <x:v>475918</x:v>
+      </x:c>
+      <x:c r="AH5" s="3" t="n">
+        <x:v>434575</x:v>
+      </x:c>
+      <x:c r="AI5" s="3" t="n">
+        <x:v>473106</x:v>
+      </x:c>
+      <x:c r="AJ5" s="3" t="n">
+        <x:v>580110</x:v>
+      </x:c>
+      <x:c r="AK5" s="3" t="n">
+        <x:v>717245</x:v>
+      </x:c>
+      <x:c r="AL5" s="3" t="n">
+        <x:v>832704</x:v>
+      </x:c>
+      <x:c r="AM5" s="3" t="n">
+        <x:v>827597</x:v>
+      </x:c>
+      <x:c r="AN5" s="3" t="n">
+        <x:v>971574</x:v>
+      </x:c>
+      <x:c r="AO5" s="3" t="n">
+        <x:v>735544</x:v>
+      </x:c>
+      <x:c r="AP5" s="3" t="n">
+        <x:v>832416</x:v>
+      </x:c>
+      <x:c r="AQ5" s="3" t="n">
+        <x:v>938706</x:v>
+      </x:c>
+      <x:c r="AR5" s="3" t="n">
+        <x:v>997939</x:v>
+      </x:c>
+      <x:c r="AS5" s="3" t="n">
+        <x:v>1001324</x:v>
+      </x:c>
+      <x:c r="AT5" s="3" t="n">
+        <x:v>970558</x:v>
+      </x:c>
+      <x:c r="AU5" s="3" t="n">
+        <x:v>861708</x:v>
+      </x:c>
+      <x:c r="AV5" s="3" t="n">
+        <x:v>794208</x:v>
+      </x:c>
+      <x:c r="AW5" s="3" t="n">
+        <x:v>925664</x:v>
+      </x:c>
+      <x:c r="AX5" s="3" t="n">
+        <x:v>1055235</x:v>
+      </x:c>
+      <x:c r="AY5" s="3" t="n">
+        <x:v>953153</x:v>
+      </x:c>
+      <x:c r="AZ5" s="3" t="n">
+        <x:v>772542</x:v>
+      </x:c>
+      <x:c r="BA5" s="3" t="n">
+        <x:v>1458944</x:v>
+      </x:c>
+      <x:c r="BB5" s="3" t="n">
+        <x:v>2699429</x:v>
+      </x:c>
+      <x:c r="BC5" s="3" t="n">
+        <x:v>1831509</x:v>
+      </x:c>
     </x:row>
-    <x:row r="5" spans="1:56">
-      <x:c r="A5" s="2" t="s">
+    <x:row r="6" spans="1:55">
+      <x:c r="A6" s="2" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...168 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>1660</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>2075</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>2067</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>2247</x:v>
+        <x:v>2224</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>2905</x:v>
+        <x:v>2890</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>3740</x:v>
+        <x:v>3645</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
-        <x:v>4743</x:v>
+        <x:v>4555</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
-        <x:v>5843</x:v>
+        <x:v>5677</x:v>
       </x:c>
       <x:c r="J6" s="3" t="n">
-        <x:v>6443</x:v>
+        <x:v>6226</x:v>
       </x:c>
       <x:c r="K6" s="3" t="n">
-        <x:v>5878</x:v>
+        <x:v>5646</x:v>
       </x:c>
       <x:c r="L6" s="3" t="n">
-        <x:v>6251</x:v>
+        <x:v>5936</x:v>
       </x:c>
       <x:c r="M6" s="3" t="n">
-        <x:v>7302</x:v>
+        <x:v>6948</x:v>
       </x:c>
       <x:c r="N6" s="3" t="n">
-        <x:v>8390</x:v>
+        <x:v>8039</x:v>
       </x:c>
       <x:c r="O6" s="3" t="n">
-        <x:v>7052</x:v>
+        <x:v>6650</x:v>
       </x:c>
       <x:c r="P6" s="3" t="n">
-        <x:v>8622</x:v>
+        <x:v>8293</x:v>
       </x:c>
       <x:c r="Q6" s="3" t="n">
-        <x:v>8601</x:v>
+        <x:v>8347</x:v>
       </x:c>
       <x:c r="R6" s="3" t="n">
-        <x:v>9514</x:v>
+        <x:v>9264</x:v>
       </x:c>
       <x:c r="S6" s="3" t="n">
-        <x:v>10398</x:v>
+        <x:v>10041</x:v>
       </x:c>
       <x:c r="T6" s="3" t="n">
-        <x:v>10495</x:v>
+        <x:v>10192</x:v>
       </x:c>
       <x:c r="U6" s="3" t="n">
-        <x:v>11843</x:v>
+        <x:v>11532</x:v>
       </x:c>
       <x:c r="V6" s="3" t="n">
-        <x:v>13766</x:v>
+        <x:v>13460</x:v>
       </x:c>
       <x:c r="W6" s="3" t="n">
-        <x:v>14892</x:v>
+        <x:v>14564</x:v>
       </x:c>
       <x:c r="X6" s="3" t="n">
-        <x:v>14296</x:v>
+        <x:v>13985</x:v>
       </x:c>
       <x:c r="Y6" s="3" t="n">
-        <x:v>14837</x:v>
+        <x:v>14615</x:v>
       </x:c>
       <x:c r="Z6" s="3" t="n">
-        <x:v>14350</x:v>
+        <x:v>14155</x:v>
       </x:c>
       <x:c r="AA6" s="3" t="n">
-        <x:v>14995</x:v>
+        <x:v>14785</x:v>
       </x:c>
       <x:c r="AB6" s="3" t="n">
-        <x:v>13921</x:v>
+        <x:v>13648</x:v>
       </x:c>
       <x:c r="AC6" s="3" t="n">
-        <x:v>13535</x:v>
+        <x:v>12981</x:v>
       </x:c>
       <x:c r="AD6" s="3" t="n">
-        <x:v>14375</x:v>
+        <x:v>13144</x:v>
       </x:c>
       <x:c r="AE6" s="3" t="n">
-        <x:v>13563</x:v>
+        <x:v>12156</x:v>
       </x:c>
       <x:c r="AF6" s="3" t="n">
-        <x:v>12725</x:v>
+        <x:v>11378</x:v>
       </x:c>
       <x:c r="AG6" s="3" t="n">
-        <x:v>11951</x:v>
+        <x:v>10545</x:v>
       </x:c>
       <x:c r="AH6" s="3" t="n">
-        <x:v>12354</x:v>
+        <x:v>10864</x:v>
       </x:c>
       <x:c r="AI6" s="3" t="n">
-        <x:v>11949</x:v>
+        <x:v>10377</x:v>
       </x:c>
       <x:c r="AJ6" s="3" t="n">
-        <x:v>12549</x:v>
+        <x:v>10965</x:v>
       </x:c>
       <x:c r="AK6" s="3" t="n">
-        <x:v>11656</x:v>
+        <x:v>10255</x:v>
       </x:c>
       <x:c r="AL6" s="3" t="n">
-        <x:v>11934</x:v>
+        <x:v>10530</x:v>
       </x:c>
       <x:c r="AM6" s="3" t="n">
-        <x:v>12707</x:v>
+        <x:v>11141</x:v>
       </x:c>
       <x:c r="AN6" s="3" t="n">
-        <x:v>12682</x:v>
+        <x:v>11147</x:v>
       </x:c>
       <x:c r="AO6" s="3" t="n">
-        <x:v>11695</x:v>
+        <x:v>10222</x:v>
       </x:c>
       <x:c r="AP6" s="3" t="n">
-        <x:v>13477</x:v>
+        <x:v>11961</x:v>
       </x:c>
       <x:c r="AQ6" s="3" t="n">
-        <x:v>12334</x:v>
+        <x:v>10618</x:v>
       </x:c>
       <x:c r="AR6" s="3" t="n">
-        <x:v>12328</x:v>
+        <x:v>10508</x:v>
       </x:c>
       <x:c r="AS6" s="3" t="n">
-        <x:v>11661</x:v>
+        <x:v>9636</x:v>
       </x:c>
       <x:c r="AT6" s="3" t="n">
-        <x:v>12670</x:v>
+        <x:v>10779</x:v>
       </x:c>
       <x:c r="AU6" s="3" t="n">
-        <x:v>14252</x:v>
+        <x:v>12166</x:v>
       </x:c>
       <x:c r="AV6" s="3" t="n">
-        <x:v>14200</x:v>
+        <x:v>12092</x:v>
       </x:c>
       <x:c r="AW6" s="3" t="n">
-        <x:v>13674</x:v>
+        <x:v>11362</x:v>
       </x:c>
       <x:c r="AX6" s="3" t="n">
-        <x:v>13152</x:v>
+        <x:v>10376</x:v>
       </x:c>
       <x:c r="AY6" s="3" t="n">
-        <x:v>15159</x:v>
+        <x:v>12043</x:v>
       </x:c>
       <x:c r="AZ6" s="3" t="n">
-        <x:v>15878</x:v>
+        <x:v>12827</x:v>
       </x:c>
       <x:c r="BA6" s="3" t="n">
-        <x:v>16859</x:v>
+        <x:v>13879</x:v>
       </x:c>
       <x:c r="BB6" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>17754</x:v>
       </x:c>
       <x:c r="BC6" s="3" t="n">
-        <x:v>20874</x:v>
-[...2 lines deleted...]
-        <x:v>28943</x:v>
+        <x:v>16383</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:56">
+    <x:row r="7" spans="1:55">
       <x:c r="A7" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>1045</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>1095</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>1033</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>1315</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>1328</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>841</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
-        <x:v>1815</x:v>
+        <x:v>1643</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
-        <x:v>1837</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="J7" s="3" t="n">
-        <x:v>1546</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="K7" s="3" t="n">
-        <x:v>1756</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="L7" s="3" t="n">
-        <x:v>2452</x:v>
+        <x:v>2249</x:v>
       </x:c>
       <x:c r="M7" s="3" t="n">
-        <x:v>2949</x:v>
+        <x:v>2781</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>2569</x:v>
+        <x:v>2429</x:v>
       </x:c>
       <x:c r="O7" s="3" t="n">
-        <x:v>2364</x:v>
+        <x:v>2249</x:v>
       </x:c>
       <x:c r="P7" s="3" t="n">
-        <x:v>2605</x:v>
+        <x:v>2517</x:v>
       </x:c>
       <x:c r="Q7" s="3" t="n">
-        <x:v>2779</x:v>
+        <x:v>2716</x:v>
       </x:c>
       <x:c r="R7" s="3" t="n">
-        <x:v>3020</x:v>
+        <x:v>3024</x:v>
       </x:c>
       <x:c r="S7" s="3" t="n">
-        <x:v>3110</x:v>
+        <x:v>3055</x:v>
       </x:c>
       <x:c r="T7" s="3" t="n">
-        <x:v>2486</x:v>
+        <x:v>2305</x:v>
       </x:c>
       <x:c r="U7" s="3" t="n">
-        <x:v>1265</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="V7" s="3" t="n">
-        <x:v>1764</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="W7" s="3" t="n">
-        <x:v>2397</x:v>
+        <x:v>2183</x:v>
       </x:c>
       <x:c r="X7" s="3" t="n">
-        <x:v>2009</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="Y7" s="3" t="n">
-        <x:v>2406</x:v>
+        <x:v>2415</x:v>
       </x:c>
       <x:c r="Z7" s="3" t="n">
-        <x:v>3970</x:v>
+        <x:v>4067</x:v>
       </x:c>
       <x:c r="AA7" s="3" t="n">
-        <x:v>4236</x:v>
+        <x:v>4405</x:v>
       </x:c>
       <x:c r="AB7" s="3" t="n">
-        <x:v>3419</x:v>
+        <x:v>3583</x:v>
       </x:c>
       <x:c r="AC7" s="3" t="n">
-        <x:v>3847</x:v>
+        <x:v>4082</x:v>
       </x:c>
       <x:c r="AD7" s="3" t="n">
-        <x:v>5890</x:v>
+        <x:v>6048</x:v>
       </x:c>
       <x:c r="AE7" s="3" t="n">
-        <x:v>6020</x:v>
+        <x:v>6139</x:v>
       </x:c>
       <x:c r="AF7" s="3" t="n">
-        <x:v>7136</x:v>
+        <x:v>7309</x:v>
       </x:c>
       <x:c r="AG7" s="3" t="n">
-        <x:v>4798</x:v>
+        <x:v>4954</x:v>
       </x:c>
       <x:c r="AH7" s="3" t="n">
-        <x:v>3422</x:v>
+        <x:v>3354</x:v>
       </x:c>
       <x:c r="AI7" s="3" t="n">
-        <x:v>1392</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="AJ7" s="3" t="n">
-        <x:v>4217</x:v>
+        <x:v>4301</x:v>
       </x:c>
       <x:c r="AK7" s="3" t="n">
-        <x:v>7979</x:v>
+        <x:v>8017</x:v>
       </x:c>
       <x:c r="AL7" s="3" t="n">
-        <x:v>10199</x:v>
+        <x:v>10186</x:v>
       </x:c>
       <x:c r="AM7" s="3" t="n">
-        <x:v>6982</x:v>
+        <x:v>6931</x:v>
       </x:c>
       <x:c r="AN7" s="3" t="n">
-        <x:v>6449</x:v>
+        <x:v>6356</x:v>
       </x:c>
       <x:c r="AO7" s="3" t="n">
-        <x:v>7949</x:v>
+        <x:v>7792</x:v>
       </x:c>
       <x:c r="AP7" s="3" t="n">
-        <x:v>15900</x:v>
+        <x:v>15622</x:v>
       </x:c>
       <x:c r="AQ7" s="3" t="n">
-        <x:v>13280</x:v>
+        <x:v>12894</x:v>
       </x:c>
       <x:c r="AR7" s="3" t="n">
-        <x:v>8216</x:v>
+        <x:v>7817</x:v>
       </x:c>
       <x:c r="AS7" s="3" t="n">
-        <x:v>15268</x:v>
+        <x:v>14816</x:v>
       </x:c>
       <x:c r="AT7" s="3" t="n">
-        <x:v>17858</x:v>
+        <x:v>17276</x:v>
       </x:c>
       <x:c r="AU7" s="3" t="n">
-        <x:v>17635</x:v>
+        <x:v>16879</x:v>
       </x:c>
       <x:c r="AV7" s="3" t="n">
-        <x:v>33270</x:v>
+        <x:v>32228</x:v>
       </x:c>
       <x:c r="AW7" s="3" t="n">
-        <x:v>32366</x:v>
+        <x:v>31204</x:v>
       </x:c>
       <x:c r="AX7" s="3" t="n">
-        <x:v>32382</x:v>
+        <x:v>30989</x:v>
       </x:c>
       <x:c r="AY7" s="3" t="n">
-        <x:v>28925</x:v>
+        <x:v>27351</x:v>
       </x:c>
       <x:c r="AZ7" s="3" t="n">
-        <x:v>26710</x:v>
+        <x:v>24864</x:v>
       </x:c>
       <x:c r="BA7" s="3" t="n">
-        <x:v>28777</x:v>
+        <x:v>27192</x:v>
       </x:c>
       <x:c r="BB7" s="3" t="n">
-        <x:v>47318</x:v>
+        <x:v>46709</x:v>
       </x:c>
       <x:c r="BC7" s="3" t="n">
-        <x:v>58376</x:v>
-[...2 lines deleted...]
-        <x:v>50633</x:v>
+        <x:v>43347</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:56">
+    <x:row r="8" spans="1:55">
       <x:c r="A8" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>105</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>85</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
-        <x:v>79</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
-        <x:v>120</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>84</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
-        <x:v>43</x:v>
+        <x:v>-26</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
-        <x:v>-2</x:v>
+        <x:v>-74</x:v>
       </x:c>
       <x:c r="J8" s="3" t="n">
-        <x:v>-23</x:v>
+        <x:v>-90</x:v>
       </x:c>
       <x:c r="K8" s="3" t="n">
-        <x:v>-2</x:v>
+        <x:v>-53</x:v>
       </x:c>
       <x:c r="L8" s="3" t="n">
-        <x:v>-54</x:v>
+        <x:v>-99</x:v>
       </x:c>
       <x:c r="M8" s="3" t="n">
-        <x:v>160</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="N8" s="3" t="n">
-        <x:v>63</x:v>
+        <x:v>-16</x:v>
       </x:c>
       <x:c r="O8" s="3" t="n">
-        <x:v>309</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="P8" s="3" t="n">
-        <x:v>281</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q8" s="3" t="n">
-        <x:v>233</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R8" s="3" t="n">
-        <x:v>294</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S8" s="3" t="n">
-        <x:v>319</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="T8" s="3" t="n">
-        <x:v>186</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U8" s="3" t="n">
-        <x:v>323</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="V8" s="3" t="n">
-        <x:v>299</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="W8" s="3" t="n">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="X8" s="3" t="n">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="Y8" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="Z8" s="3" t="n">
-        <x:v>420</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="AA8" s="3" t="n">
-        <x:v>384</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="AB8" s="3" t="n">
-        <x:v>433</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="AC8" s="3" t="n">
-        <x:v>590</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="AD8" s="3" t="n">
-        <x:v>522</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="AE8" s="3" t="n">
-        <x:v>817</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="AF8" s="3" t="n">
-        <x:v>884</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="AG8" s="3" t="n">
-        <x:v>1198</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="AH8" s="3" t="n">
-        <x:v>1193</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="AI8" s="3" t="n">
-        <x:v>861</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="AJ8" s="3" t="n">
-        <x:v>1223</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="AK8" s="3" t="n">
-        <x:v>1175</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="AL8" s="3" t="n">
-        <x:v>1108</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="AM8" s="3" t="n">
-        <x:v>1257</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="AN8" s="3" t="n">
-        <x:v>2168</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="AO8" s="3" t="n">
-        <x:v>897</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="AP8" s="3" t="n">
-        <x:v>1016</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="AQ8" s="3" t="n">
+        <x:v>1494</x:v>
+      </x:c>
+      <x:c r="AR8" s="3" t="n">
+        <x:v>1247</x:v>
+      </x:c>
+      <x:c r="AS8" s="3" t="n">
         <x:v>1349</x:v>
       </x:c>
-      <x:c r="AR8" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="AT8" s="3" t="n">
-        <x:v>499</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="AU8" s="3" t="n">
-        <x:v>1059</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="AV8" s="3" t="n">
-        <x:v>817</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="AW8" s="3" t="n">
-        <x:v>963</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="AX8" s="3" t="n">
-        <x:v>937</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="AY8" s="3" t="n">
-        <x:v>1457</x:v>
+        <x:v>1697</x:v>
       </x:c>
       <x:c r="AZ8" s="3" t="n">
-        <x:v>1329</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="BA8" s="3" t="n">
-        <x:v>1076</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="BB8" s="3" t="n">
-        <x:v>1191</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="BC8" s="3" t="n">
-        <x:v>790</x:v>
-[...2 lines deleted...]
-        <x:v>-44</x:v>
+        <x:v>989</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:56">
+    <x:row r="9" spans="1:55">
       <x:c r="A9" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>-58</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>-96</x:v>
+        <x:v>-98</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>-38</x:v>
+        <x:v>-39</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>-163</x:v>
+        <x:v>-161</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
-        <x:v>197</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>2693</x:v>
+        <x:v>2558</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
-        <x:v>3821</x:v>
+        <x:v>3682</x:v>
       </x:c>
       <x:c r="I9" s="3" t="n">
-        <x:v>4384</x:v>
+        <x:v>4101</x:v>
       </x:c>
       <x:c r="J9" s="3" t="n">
-        <x:v>9901</x:v>
+        <x:v>8660</x:v>
       </x:c>
       <x:c r="K9" s="3" t="n">
-        <x:v>16995</x:v>
+        <x:v>15945</x:v>
       </x:c>
       <x:c r="L9" s="3" t="n">
-        <x:v>35686</x:v>
+        <x:v>34543</x:v>
       </x:c>
       <x:c r="M9" s="3" t="n">
-        <x:v>43834</x:v>
+        <x:v>42331</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>48084</x:v>
+        <x:v>46780</x:v>
       </x:c>
       <x:c r="O9" s="3" t="n">
-        <x:v>57834</x:v>
+        <x:v>56736</x:v>
       </x:c>
       <x:c r="P9" s="3" t="n">
-        <x:v>71676</x:v>
+        <x:v>70858</x:v>
       </x:c>
       <x:c r="Q9" s="3" t="n">
-        <x:v>74999</x:v>
+        <x:v>73874</x:v>
       </x:c>
       <x:c r="R9" s="3" t="n">
-        <x:v>31999</x:v>
+        <x:v>30581</x:v>
       </x:c>
       <x:c r="S9" s="3" t="n">
-        <x:v>27603</x:v>
+        <x:v>25760</x:v>
       </x:c>
       <x:c r="T9" s="3" t="n">
-        <x:v>14629</x:v>
+        <x:v>12626</x:v>
       </x:c>
       <x:c r="U9" s="3" t="n">
-        <x:v>38286</x:v>
+        <x:v>37044</x:v>
       </x:c>
       <x:c r="V9" s="3" t="n">
-        <x:v>53784</x:v>
+        <x:v>53197</x:v>
       </x:c>
       <x:c r="W9" s="3" t="n">
-        <x:v>54106</x:v>
+        <x:v>54162</x:v>
       </x:c>
       <x:c r="X9" s="3" t="n">
-        <x:v>49858</x:v>
+        <x:v>50338</x:v>
       </x:c>
       <x:c r="Y9" s="3" t="n">
-        <x:v>50495</x:v>
+        <x:v>51451</x:v>
       </x:c>
       <x:c r="Z9" s="3" t="n">
-        <x:v>51678</x:v>
+        <x:v>52296</x:v>
       </x:c>
       <x:c r="AA9" s="3" t="n">
-        <x:v>57614</x:v>
+        <x:v>58539</x:v>
       </x:c>
       <x:c r="AB9" s="3" t="n">
-        <x:v>97879</x:v>
+        <x:v>99739</x:v>
       </x:c>
       <x:c r="AC9" s="3" t="n">
-        <x:v>107748</x:v>
+        <x:v>110250</x:v>
       </x:c>
       <x:c r="AD9" s="3" t="n">
-        <x:v>49983</x:v>
+        <x:v>53610</x:v>
       </x:c>
       <x:c r="AE9" s="3" t="n">
-        <x:v>91848</x:v>
+        <x:v>94150</x:v>
       </x:c>
       <x:c r="AF9" s="3" t="n">
-        <x:v>256722</x:v>
+        <x:v>259051</x:v>
       </x:c>
       <x:c r="AG9" s="3" t="n">
-        <x:v>235297</x:v>
+        <x:v>237464</x:v>
       </x:c>
       <x:c r="AH9" s="3" t="n">
-        <x:v>191732</x:v>
+        <x:v>194240</x:v>
       </x:c>
       <x:c r="AI9" s="3" t="n">
-        <x:v>201792</x:v>
+        <x:v>203765</x:v>
       </x:c>
       <x:c r="AJ9" s="3" t="n">
-        <x:v>266739</x:v>
+        <x:v>268827</x:v>
       </x:c>
       <x:c r="AK9" s="3" t="n">
-        <x:v>364300</x:v>
+        <x:v>366763</x:v>
       </x:c>
       <x:c r="AL9" s="3" t="n">
-        <x:v>441162</x:v>
+        <x:v>444036</x:v>
       </x:c>
       <x:c r="AM9" s="3" t="n">
-        <x:v>402907</x:v>
+        <x:v>406053</x:v>
       </x:c>
       <x:c r="AN9" s="3" t="n">
-        <x:v>533399</x:v>
+        <x:v>537396</x:v>
       </x:c>
       <x:c r="AO9" s="3" t="n">
-        <x:v>332610</x:v>
+        <x:v>336237</x:v>
       </x:c>
       <x:c r="AP9" s="3" t="n">
-        <x:v>373351</x:v>
+        <x:v>377064</x:v>
       </x:c>
       <x:c r="AQ9" s="3" t="n">
-        <x:v>484680</x:v>
+        <x:v>489022</x:v>
       </x:c>
       <x:c r="AR9" s="3" t="n">
-        <x:v>507296</x:v>
+        <x:v>511786</x:v>
       </x:c>
       <x:c r="AS9" s="3" t="n">
-        <x:v>474114</x:v>
+        <x:v>478578</x:v>
       </x:c>
       <x:c r="AT9" s="3" t="n">
-        <x:v>406741</x:v>
+        <x:v>410158</x:v>
       </x:c>
       <x:c r="AU9" s="3" t="n">
-        <x:v>284176</x:v>
+        <x:v>285307</x:v>
       </x:c>
       <x:c r="AV9" s="3" t="n">
-        <x:v>188100</x:v>
+        <x:v>187568</x:v>
       </x:c>
       <x:c r="AW9" s="3" t="n">
-        <x:v>297970</x:v>
+        <x:v>298196</x:v>
       </x:c>
       <x:c r="AX9" s="3" t="n">
-        <x:v>414727</x:v>
+        <x:v>415818</x:v>
       </x:c>
       <x:c r="AY9" s="3" t="n">
-        <x:v>292173</x:v>
+        <x:v>292786</x:v>
       </x:c>
       <x:c r="AZ9" s="3" t="n">
-        <x:v>156590</x:v>
+        <x:v>155199</x:v>
       </x:c>
       <x:c r="BA9" s="3" t="n">
-        <x:v>759841</x:v>
+        <x:v>763522</x:v>
       </x:c>
       <x:c r="BB9" s="3" t="n">
-        <x:v>1782428</x:v>
+        <x:v>1790814</x:v>
       </x:c>
       <x:c r="BC9" s="3" t="n">
-        <x:v>963609</x:v>
-[...2 lines deleted...]
-        <x:v>873802</x:v>
+        <x:v>989883</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:56">
+    <x:row r="10" spans="1:55">
       <x:c r="A10" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>-58</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>-96</x:v>
+        <x:v>-98</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>-40</x:v>
+        <x:v>-41</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>-118</x:v>
+        <x:v>-167</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
-        <x:v>-96</x:v>
+        <x:v>-76</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>2382</x:v>
+        <x:v>2329</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
-        <x:v>3727</x:v>
+        <x:v>3701</x:v>
       </x:c>
       <x:c r="I10" s="3" t="n">
-        <x:v>4131</x:v>
+        <x:v>4086</x:v>
       </x:c>
       <x:c r="J10" s="3" t="n">
-        <x:v>9440</x:v>
+        <x:v>8602</x:v>
       </x:c>
       <x:c r="K10" s="3" t="n">
-        <x:v>16640</x:v>
+        <x:v>15999</x:v>
       </x:c>
       <x:c r="L10" s="3" t="n">
-        <x:v>35249</x:v>
+        <x:v>34420</x:v>
       </x:c>
       <x:c r="M10" s="3" t="n">
-        <x:v>42026</x:v>
+        <x:v>40758</x:v>
       </x:c>
       <x:c r="N10" s="3" t="n">
-        <x:v>45717</x:v>
+        <x:v>44429</x:v>
       </x:c>
       <x:c r="O10" s="3" t="n">
-        <x:v>55803</x:v>
+        <x:v>54727</x:v>
       </x:c>
       <x:c r="P10" s="3" t="n">
-        <x:v>69919</x:v>
+        <x:v>69108</x:v>
       </x:c>
       <x:c r="Q10" s="3" t="n">
-        <x:v>73334</x:v>
+        <x:v>72127</x:v>
       </x:c>
       <x:c r="R10" s="3" t="n">
-        <x:v>31609</x:v>
+        <x:v>30037</x:v>
       </x:c>
       <x:c r="S10" s="3" t="n">
-        <x:v>27705</x:v>
+        <x:v>25818</x:v>
       </x:c>
       <x:c r="T10" s="3" t="n">
-        <x:v>15304</x:v>
+        <x:v>13190</x:v>
       </x:c>
       <x:c r="U10" s="3" t="n">
-        <x:v>38906</x:v>
+        <x:v>37368</x:v>
       </x:c>
       <x:c r="V10" s="3" t="n">
-        <x:v>55076</x:v>
+        <x:v>53812</x:v>
       </x:c>
       <x:c r="W10" s="3" t="n">
-        <x:v>54852</x:v>
+        <x:v>54615</x:v>
       </x:c>
       <x:c r="X10" s="3" t="n">
-        <x:v>50347</x:v>
+        <x:v>50564</x:v>
       </x:c>
       <x:c r="Y10" s="3" t="n">
-        <x:v>51319</x:v>
+        <x:v>51864</x:v>
       </x:c>
       <x:c r="Z10" s="3" t="n">
-        <x:v>52394</x:v>
+        <x:v>52610</x:v>
       </x:c>
       <x:c r="AA10" s="3" t="n">
-        <x:v>58005</x:v>
+        <x:v>58365</x:v>
       </x:c>
       <x:c r="AB10" s="3" t="n">
-        <x:v>97908</x:v>
+        <x:v>98849</x:v>
       </x:c>
       <x:c r="AC10" s="3" t="n">
-        <x:v>106827</x:v>
+        <x:v>109038</x:v>
       </x:c>
       <x:c r="AD10" s="3" t="n">
-        <x:v>51100</x:v>
+        <x:v>54245</x:v>
       </x:c>
       <x:c r="AE10" s="3" t="n">
-        <x:v>93223</x:v>
+        <x:v>95283</x:v>
       </x:c>
       <x:c r="AF10" s="3" t="n">
-        <x:v>257230</x:v>
+        <x:v>258582</x:v>
       </x:c>
       <x:c r="AG10" s="3" t="n">
-        <x:v>237231</x:v>
+        <x:v>238973</x:v>
       </x:c>
       <x:c r="AH10" s="3" t="n">
-        <x:v>194162</x:v>
+        <x:v>196196</x:v>
       </x:c>
       <x:c r="AI10" s="3" t="n">
-        <x:v>204066</x:v>
+        <x:v>205602</x:v>
       </x:c>
       <x:c r="AJ10" s="3" t="n">
-        <x:v>268986</x:v>
+        <x:v>270611</x:v>
       </x:c>
       <x:c r="AK10" s="3" t="n">
-        <x:v>363573</x:v>
+        <x:v>365458</x:v>
       </x:c>
       <x:c r="AL10" s="3" t="n">
-        <x:v>439007</x:v>
+        <x:v>441166</x:v>
       </x:c>
       <x:c r="AM10" s="3" t="n">
-        <x:v>399471</x:v>
+        <x:v>401641</x:v>
       </x:c>
       <x:c r="AN10" s="3" t="n">
-        <x:v>526945</x:v>
+        <x:v>529686</x:v>
       </x:c>
       <x:c r="AO10" s="3" t="n">
-        <x:v>321063</x:v>
+        <x:v>323037</x:v>
       </x:c>
       <x:c r="AP10" s="3" t="n">
-        <x:v>363169</x:v>
+        <x:v>365127</x:v>
       </x:c>
       <x:c r="AQ10" s="3" t="n">
-        <x:v>477104</x:v>
+        <x:v>479526</x:v>
       </x:c>
       <x:c r="AR10" s="3" t="n">
-        <x:v>503165</x:v>
+        <x:v>505539</x:v>
       </x:c>
       <x:c r="AS10" s="3" t="n">
-        <x:v>466723</x:v>
+        <x:v>468492</x:v>
       </x:c>
       <x:c r="AT10" s="3" t="n">
-        <x:v>401344</x:v>
+        <x:v>401894</x:v>
       </x:c>
       <x:c r="AU10" s="3" t="n">
-        <x:v>278597</x:v>
+        <x:v>276848</x:v>
       </x:c>
       <x:c r="AV10" s="3" t="n">
-        <x:v>189199</x:v>
+        <x:v>186556</x:v>
       </x:c>
       <x:c r="AW10" s="3" t="n">
-        <x:v>301559</x:v>
+        <x:v>299895</x:v>
       </x:c>
       <x:c r="AX10" s="3" t="n">
-        <x:v>420803</x:v>
+        <x:v>419988</x:v>
       </x:c>
       <x:c r="AY10" s="3" t="n">
-        <x:v>294143</x:v>
+        <x:v>292094</x:v>
       </x:c>
       <x:c r="AZ10" s="3" t="n">
-        <x:v>154450</x:v>
+        <x:v>150204</x:v>
       </x:c>
       <x:c r="BA10" s="3" t="n">
-        <x:v>763160</x:v>
+        <x:v>764128</x:v>
       </x:c>
       <x:c r="BB10" s="3" t="n">
-        <x:v>1776581</x:v>
+        <x:v>1776861</x:v>
       </x:c>
       <x:c r="BC10" s="3" t="n">
-        <x:v>945737</x:v>
-[...2 lines deleted...]
-        <x:v>847288</x:v>
+        <x:v>972306</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:56">
+    <x:row r="11" spans="1:55">
       <x:c r="A11" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>-45</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>293</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>311</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
-        <x:v>94</x:v>
+        <x:v>-19</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
-        <x:v>253</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J11" s="3" t="n">
-        <x:v>461</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K11" s="3" t="n">
-        <x:v>355</x:v>
+        <x:v>-54</x:v>
       </x:c>
       <x:c r="L11" s="3" t="n">
-        <x:v>437</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="M11" s="3" t="n">
-        <x:v>1808</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>2367</x:v>
+        <x:v>2351</x:v>
       </x:c>
       <x:c r="O11" s="3" t="n">
-        <x:v>2031</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="P11" s="3" t="n">
-        <x:v>1757</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="Q11" s="3" t="n">
-        <x:v>1665</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="R11" s="3" t="n">
-        <x:v>390</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="S11" s="3" t="n">
-        <x:v>-102</x:v>
+        <x:v>-58</x:v>
       </x:c>
       <x:c r="T11" s="3" t="n">
-        <x:v>-675</x:v>
+        <x:v>-564</x:v>
       </x:c>
       <x:c r="U11" s="3" t="n">
-        <x:v>-620</x:v>
+        <x:v>-324</x:v>
       </x:c>
       <x:c r="V11" s="3" t="n">
-        <x:v>-1292</x:v>
+        <x:v>-615</x:v>
       </x:c>
       <x:c r="W11" s="3" t="n">
-        <x:v>-746</x:v>
+        <x:v>-453</x:v>
       </x:c>
       <x:c r="X11" s="3" t="n">
-        <x:v>-489</x:v>
+        <x:v>-226</x:v>
       </x:c>
       <x:c r="Y11" s="3" t="n">
-        <x:v>-824</x:v>
+        <x:v>-413</x:v>
       </x:c>
       <x:c r="Z11" s="3" t="n">
-        <x:v>-716</x:v>
+        <x:v>-314</x:v>
       </x:c>
       <x:c r="AA11" s="3" t="n">
-        <x:v>-391</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="AB11" s="3" t="n">
-        <x:v>-29</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="AC11" s="3" t="n">
-        <x:v>921</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="AD11" s="3" t="n">
-        <x:v>-1117</x:v>
+        <x:v>-635</x:v>
       </x:c>
       <x:c r="AE11" s="3" t="n">
-        <x:v>-1375</x:v>
+        <x:v>-1133</x:v>
       </x:c>
       <x:c r="AF11" s="3" t="n">
-        <x:v>-508</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="AG11" s="3" t="n">
-        <x:v>-1934</x:v>
+        <x:v>-1509</x:v>
       </x:c>
       <x:c r="AH11" s="3" t="n">
-        <x:v>-2430</x:v>
+        <x:v>-1956</x:v>
       </x:c>
       <x:c r="AI11" s="3" t="n">
-        <x:v>-2274</x:v>
+        <x:v>-1837</x:v>
       </x:c>
       <x:c r="AJ11" s="3" t="n">
-        <x:v>-2247</x:v>
+        <x:v>-1784</x:v>
       </x:c>
       <x:c r="AK11" s="3" t="n">
-        <x:v>727</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="AL11" s="3" t="n">
-        <x:v>2155</x:v>
+        <x:v>2870</x:v>
       </x:c>
       <x:c r="AM11" s="3" t="n">
-        <x:v>3436</x:v>
+        <x:v>4412</x:v>
       </x:c>
       <x:c r="AN11" s="3" t="n">
-        <x:v>6454</x:v>
+        <x:v>7710</x:v>
       </x:c>
       <x:c r="AO11" s="3" t="n">
-        <x:v>11547</x:v>
+        <x:v>13200</x:v>
       </x:c>
       <x:c r="AP11" s="3" t="n">
-        <x:v>10182</x:v>
+        <x:v>11937</x:v>
       </x:c>
       <x:c r="AQ11" s="3" t="n">
-        <x:v>7576</x:v>
+        <x:v>9496</x:v>
       </x:c>
       <x:c r="AR11" s="3" t="n">
-        <x:v>4131</x:v>
+        <x:v>6247</x:v>
       </x:c>
       <x:c r="AS11" s="3" t="n">
-        <x:v>7391</x:v>
+        <x:v>10086</x:v>
       </x:c>
       <x:c r="AT11" s="3" t="n">
-        <x:v>5397</x:v>
+        <x:v>8264</x:v>
       </x:c>
       <x:c r="AU11" s="3" t="n">
-        <x:v>5579</x:v>
+        <x:v>8459</x:v>
       </x:c>
       <x:c r="AV11" s="3" t="n">
-        <x:v>-1099</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="AW11" s="3" t="n">
-        <x:v>-3589</x:v>
+        <x:v>-1699</x:v>
       </x:c>
       <x:c r="AX11" s="3" t="n">
-        <x:v>-6076</x:v>
+        <x:v>-4170</x:v>
       </x:c>
       <x:c r="AY11" s="3" t="n">
-        <x:v>-1970</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="AZ11" s="3" t="n">
-        <x:v>2140</x:v>
+        <x:v>4995</x:v>
       </x:c>
       <x:c r="BA11" s="3" t="n">
-        <x:v>-3319</x:v>
+        <x:v>-606</x:v>
       </x:c>
       <x:c r="BB11" s="3" t="n">
-        <x:v>5847</x:v>
+        <x:v>13953</x:v>
       </x:c>
       <x:c r="BC11" s="3" t="n">
-        <x:v>17872</x:v>
-[...2 lines deleted...]
-        <x:v>26514</x:v>
+        <x:v>17577</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:56">
+    <x:row r="12" spans="1:55">
       <x:c r="A12" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>3249</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>2984</x:v>
+        <x:v>2777</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>3391</x:v>
+        <x:v>3272</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>4668</x:v>
+        <x:v>4570</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>5897</x:v>
+        <x:v>5737</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>5193</x:v>
+        <x:v>4941</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
-        <x:v>4047</x:v>
+        <x:v>3565</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
-        <x:v>3893</x:v>
+        <x:v>3630</x:v>
       </x:c>
       <x:c r="J12" s="3" t="n">
-        <x:v>3224</x:v>
+        <x:v>2771</x:v>
       </x:c>
       <x:c r="K12" s="3" t="n">
-        <x:v>8524</x:v>
+        <x:v>8037</x:v>
       </x:c>
       <x:c r="L12" s="3" t="n">
-        <x:v>6159</x:v>
+        <x:v>5797</x:v>
       </x:c>
       <x:c r="M12" s="3" t="n">
-        <x:v>5090</x:v>
+        <x:v>4758</x:v>
       </x:c>
       <x:c r="N12" s="3" t="n">
-        <x:v>6112</x:v>
+        <x:v>5572</x:v>
       </x:c>
       <x:c r="O12" s="3" t="n">
-        <x:v>7546</x:v>
+        <x:v>6961</x:v>
       </x:c>
       <x:c r="P12" s="3" t="n">
-        <x:v>11155</x:v>
+        <x:v>10611</x:v>
       </x:c>
       <x:c r="Q12" s="3" t="n">
-        <x:v>10585</x:v>
+        <x:v>10120</x:v>
       </x:c>
       <x:c r="R12" s="3" t="n">
-        <x:v>9364</x:v>
+        <x:v>9013</x:v>
       </x:c>
       <x:c r="S12" s="3" t="n">
-        <x:v>8891</x:v>
+        <x:v>8477</x:v>
       </x:c>
       <x:c r="T12" s="3" t="n">
-        <x:v>11860</x:v>
+        <x:v>11328</x:v>
       </x:c>
       <x:c r="U12" s="3" t="n">
-        <x:v>12353</x:v>
+        <x:v>11833</x:v>
       </x:c>
       <x:c r="V12" s="3" t="n">
-        <x:v>10047</x:v>
+        <x:v>9755</x:v>
       </x:c>
       <x:c r="W12" s="3" t="n">
-        <x:v>7870</x:v>
+        <x:v>7478</x:v>
       </x:c>
       <x:c r="X12" s="3" t="n">
-        <x:v>9162</x:v>
+        <x:v>8650</x:v>
       </x:c>
       <x:c r="Y12" s="3" t="n">
-        <x:v>12938</x:v>
+        <x:v>12200</x:v>
       </x:c>
       <x:c r="Z12" s="3" t="n">
-        <x:v>14547</x:v>
+        <x:v>14184</x:v>
       </x:c>
       <x:c r="AA12" s="3" t="n">
-        <x:v>20059</x:v>
+        <x:v>20133</x:v>
       </x:c>
       <x:c r="AB12" s="3" t="n">
-        <x:v>17630</x:v>
+        <x:v>17745</x:v>
       </x:c>
       <x:c r="AC12" s="3" t="n">
-        <x:v>17905</x:v>
+        <x:v>17798</x:v>
       </x:c>
       <x:c r="AD12" s="3" t="n">
-        <x:v>17460</x:v>
+        <x:v>17352</x:v>
       </x:c>
       <x:c r="AE12" s="3" t="n">
-        <x:v>19304</x:v>
+        <x:v>19396</x:v>
       </x:c>
       <x:c r="AF12" s="3" t="n">
-        <x:v>24186</x:v>
+        <x:v>23931</x:v>
       </x:c>
       <x:c r="AG12" s="3" t="n">
-        <x:v>28759</x:v>
+        <x:v>28374</x:v>
       </x:c>
       <x:c r="AH12" s="3" t="n">
-        <x:v>24429</x:v>
+        <x:v>24617</x:v>
       </x:c>
       <x:c r="AI12" s="3" t="n">
-        <x:v>30215</x:v>
+        <x:v>30325</x:v>
       </x:c>
       <x:c r="AJ12" s="3" t="n">
-        <x:v>34482</x:v>
+        <x:v>35027</x:v>
       </x:c>
       <x:c r="AK12" s="3" t="n">
-        <x:v>36758</x:v>
+        <x:v>38031</x:v>
       </x:c>
       <x:c r="AL12" s="3" t="n">
-        <x:v>43448</x:v>
+        <x:v>44853</x:v>
       </x:c>
       <x:c r="AM12" s="3" t="n">
-        <x:v>44279</x:v>
+        <x:v>46879</x:v>
       </x:c>
       <x:c r="AN12" s="3" t="n">
-        <x:v>41494</x:v>
+        <x:v>44108</x:v>
       </x:c>
       <x:c r="AO12" s="3" t="n">
-        <x:v>21822</x:v>
+        <x:v>24155</x:v>
       </x:c>
       <x:c r="AP12" s="3" t="n">
-        <x:v>31572</x:v>
+        <x:v>33721</x:v>
       </x:c>
       <x:c r="AQ12" s="3" t="n">
-        <x:v>28094</x:v>
+        <x:v>29724</x:v>
       </x:c>
       <x:c r="AR12" s="3" t="n">
-        <x:v>27510</x:v>
+        <x:v>29006</x:v>
       </x:c>
       <x:c r="AS12" s="3" t="n">
-        <x:v>26469</x:v>
+        <x:v>27550</x:v>
       </x:c>
       <x:c r="AT12" s="3" t="n">
-        <x:v>30426</x:v>
+        <x:v>30732</x:v>
       </x:c>
       <x:c r="AU12" s="3" t="n">
-        <x:v>32347</x:v>
+        <x:v>33937</x:v>
       </x:c>
       <x:c r="AV12" s="3" t="n">
-        <x:v>26999</x:v>
+        <x:v>26632</x:v>
       </x:c>
       <x:c r="AW12" s="3" t="n">
-        <x:v>34313</x:v>
+        <x:v>34041</x:v>
       </x:c>
       <x:c r="AX12" s="3" t="n">
-        <x:v>30401</x:v>
+        <x:v>30081</x:v>
       </x:c>
       <x:c r="AY12" s="3" t="n">
-        <x:v>26761</x:v>
+        <x:v>26358</x:v>
       </x:c>
       <x:c r="AZ12" s="3" t="n">
-        <x:v>32471</x:v>
+        <x:v>29929</x:v>
       </x:c>
       <x:c r="BA12" s="3" t="n">
-        <x:v>39112</x:v>
+        <x:v>36488</x:v>
       </x:c>
       <x:c r="BB12" s="3" t="n">
-        <x:v>64469</x:v>
+        <x:v>60508</x:v>
       </x:c>
       <x:c r="BC12" s="3" t="n">
-        <x:v>76381</x:v>
-[...2 lines deleted...]
-        <x:v>74474</x:v>
+        <x:v>60222</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:56">
+    <x:row r="13" spans="1:55">
       <x:c r="A13" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>864</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>1020</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>1053</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>1038</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
-        <x:v>1086</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>1390</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
-        <x:v>1330</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="I13" s="3" t="n">
-        <x:v>1137</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="J13" s="3" t="n">
-        <x:v>800</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="K13" s="3" t="n">
-        <x:v>1008</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="L13" s="3" t="n">
-        <x:v>1200</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="M13" s="3" t="n">
-        <x:v>1349</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>2780</x:v>
+        <x:v>2749</x:v>
       </x:c>
       <x:c r="O13" s="3" t="n">
-        <x:v>1705</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="P13" s="3" t="n">
-        <x:v>1646</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="Q13" s="3" t="n">
-        <x:v>1945</x:v>
+        <x:v>1915</x:v>
       </x:c>
       <x:c r="R13" s="3" t="n">
-        <x:v>2024</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="S13" s="3" t="n">
-        <x:v>1797</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="T13" s="3" t="n">
-        <x:v>1663</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="U13" s="3" t="n">
-        <x:v>2262</x:v>
+        <x:v>2225</x:v>
       </x:c>
       <x:c r="V13" s="3" t="n">
-        <x:v>2012</x:v>
+        <x:v>1978</x:v>
       </x:c>
       <x:c r="W13" s="3" t="n">
-        <x:v>2901</x:v>
+        <x:v>2841</x:v>
       </x:c>
       <x:c r="X13" s="3" t="n">
-        <x:v>4750</x:v>
+        <x:v>4677</x:v>
       </x:c>
       <x:c r="Y13" s="3" t="n">
-        <x:v>4663</x:v>
+        <x:v>4514</x:v>
       </x:c>
       <x:c r="Z13" s="3" t="n">
-        <x:v>3774</x:v>
+        <x:v>3704</x:v>
       </x:c>
       <x:c r="AA13" s="3" t="n">
-        <x:v>4308</x:v>
+        <x:v>4233</x:v>
       </x:c>
       <x:c r="AB13" s="3" t="n">
-        <x:v>2882</x:v>
+        <x:v>2867</x:v>
       </x:c>
       <x:c r="AC13" s="3" t="n">
-        <x:v>1899</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="AD13" s="3" t="n">
-        <x:v>1383</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="AE13" s="3" t="n">
-        <x:v>2528</x:v>
+        <x:v>2500</x:v>
       </x:c>
       <x:c r="AF13" s="3" t="n">
-        <x:v>4952</x:v>
+        <x:v>4876</x:v>
       </x:c>
       <x:c r="AG13" s="3" t="n">
-        <x:v>7030</x:v>
+        <x:v>6932</x:v>
       </x:c>
       <x:c r="AH13" s="3" t="n">
-        <x:v>7523</x:v>
+        <x:v>7492</x:v>
       </x:c>
       <x:c r="AI13" s="3" t="n">
-        <x:v>9003</x:v>
+        <x:v>8953</x:v>
       </x:c>
       <x:c r="AJ13" s="3" t="n">
-        <x:v>9712</x:v>
+        <x:v>9725</x:v>
       </x:c>
       <x:c r="AK13" s="3" t="n">
-        <x:v>10214</x:v>
+        <x:v>10260</x:v>
       </x:c>
       <x:c r="AL13" s="3" t="n">
-        <x:v>10865</x:v>
+        <x:v>10888</x:v>
       </x:c>
       <x:c r="AM13" s="3" t="n">
-        <x:v>8673</x:v>
+        <x:v>8792</x:v>
       </x:c>
       <x:c r="AN13" s="3" t="n">
-        <x:v>6020</x:v>
+        <x:v>6239</x:v>
       </x:c>
       <x:c r="AO13" s="3" t="n">
-        <x:v>3903</x:v>
+        <x:v>4038</x:v>
       </x:c>
       <x:c r="AP13" s="3" t="n">
-        <x:v>7163</x:v>
+        <x:v>7287</x:v>
       </x:c>
       <x:c r="AQ13" s="3" t="n">
-        <x:v>6345</x:v>
+        <x:v>6458</x:v>
       </x:c>
       <x:c r="AR13" s="3" t="n">
-        <x:v>5466</x:v>
+        <x:v>5518</x:v>
       </x:c>
       <x:c r="AS13" s="3" t="n">
-        <x:v>5900</x:v>
+        <x:v>5781</x:v>
       </x:c>
       <x:c r="AT13" s="3" t="n">
-        <x:v>7645</x:v>
+        <x:v>7480</x:v>
       </x:c>
       <x:c r="AU13" s="3" t="n">
-        <x:v>7888</x:v>
+        <x:v>7721</x:v>
       </x:c>
       <x:c r="AV13" s="3" t="n">
-        <x:v>9353</x:v>
+        <x:v>9177</x:v>
       </x:c>
       <x:c r="AW13" s="3" t="n">
-        <x:v>11274</x:v>
+        <x:v>10850</x:v>
       </x:c>
       <x:c r="AX13" s="3" t="n">
-        <x:v>11619</x:v>
+        <x:v>10850</x:v>
       </x:c>
       <x:c r="AY13" s="3" t="n">
-        <x:v>13126</x:v>
+        <x:v>12141</x:v>
       </x:c>
       <x:c r="AZ13" s="3" t="n">
-        <x:v>12068</x:v>
+        <x:v>11058</x:v>
       </x:c>
       <x:c r="BA13" s="3" t="n">
-        <x:v>7285</x:v>
+        <x:v>6150</x:v>
       </x:c>
       <x:c r="BB13" s="3" t="n">
-        <x:v>10130</x:v>
+        <x:v>9136</x:v>
       </x:c>
       <x:c r="BC13" s="3" t="n">
-        <x:v>20009</x:v>
-[...2 lines deleted...]
-        <x:v>21518</x:v>
+        <x:v>11256</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:56">
+    <x:row r="14" spans="1:55">
       <x:c r="A14" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>803</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>913</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>1010</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>965</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>1006</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
-        <x:v>1250</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
-        <x:v>1055</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="I14" s="3" t="n">
-        <x:v>948</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="J14" s="3" t="n">
-        <x:v>574</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="K14" s="3" t="n">
-        <x:v>728</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="L14" s="3" t="n">
-        <x:v>1023</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="M14" s="3" t="n">
-        <x:v>1153</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="N14" s="3" t="n">
-        <x:v>2580</x:v>
+        <x:v>2566</x:v>
       </x:c>
       <x:c r="O14" s="3" t="n">
-        <x:v>1428</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="P14" s="3" t="n">
-        <x:v>1458</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="Q14" s="3" t="n">
-        <x:v>1797</x:v>
+        <x:v>1780</x:v>
       </x:c>
       <x:c r="R14" s="3" t="n">
-        <x:v>1756</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="S14" s="3" t="n">
-        <x:v>1888</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="T14" s="3" t="n">
-        <x:v>1832</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="U14" s="3" t="n">
-        <x:v>2134</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="V14" s="3" t="n">
-        <x:v>1792</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="W14" s="3" t="n">
-        <x:v>2422</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="X14" s="3" t="n">
-        <x:v>4416</x:v>
+        <x:v>4328</x:v>
       </x:c>
       <x:c r="Y14" s="3" t="n">
-        <x:v>4292</x:v>
+        <x:v>4161</x:v>
       </x:c>
       <x:c r="Z14" s="3" t="n">
-        <x:v>3144</x:v>
+        <x:v>3072</x:v>
       </x:c>
       <x:c r="AA14" s="3" t="n">
-        <x:v>3583</x:v>
+        <x:v>3509</x:v>
       </x:c>
       <x:c r="AB14" s="3" t="n">
-        <x:v>1575</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="AC14" s="3" t="n">
-        <x:v>1279</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="AD14" s="3" t="n">
-        <x:v>349</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="AE14" s="3" t="n">
-        <x:v>2226</x:v>
+        <x:v>2225</x:v>
       </x:c>
       <x:c r="AF14" s="3" t="n">
-        <x:v>4272</x:v>
+        <x:v>4234</x:v>
       </x:c>
       <x:c r="AG14" s="3" t="n">
-        <x:v>5840</x:v>
+        <x:v>5794</x:v>
       </x:c>
       <x:c r="AH14" s="3" t="n">
-        <x:v>7175</x:v>
+        <x:v>7231</x:v>
       </x:c>
       <x:c r="AI14" s="3" t="n">
-        <x:v>8394</x:v>
+        <x:v>8405</x:v>
       </x:c>
       <x:c r="AJ14" s="3" t="n">
-        <x:v>8218</x:v>
+        <x:v>8311</x:v>
       </x:c>
       <x:c r="AK14" s="3" t="n">
-        <x:v>8091</x:v>
+        <x:v>8237</x:v>
       </x:c>
       <x:c r="AL14" s="3" t="n">
-        <x:v>6513</x:v>
+        <x:v>6683</x:v>
       </x:c>
       <x:c r="AM14" s="3" t="n">
-        <x:v>6660</x:v>
+        <x:v>6908</x:v>
       </x:c>
       <x:c r="AN14" s="3" t="n">
-        <x:v>5463</x:v>
+        <x:v>5811</x:v>
       </x:c>
       <x:c r="AO14" s="3" t="n">
-        <x:v>2819</x:v>
+        <x:v>3133</x:v>
       </x:c>
       <x:c r="AP14" s="3" t="n">
+        <x:v>5644</x:v>
+      </x:c>
+      <x:c r="AQ14" s="3" t="n">
+        <x:v>5206</x:v>
+      </x:c>
+      <x:c r="AR14" s="3" t="n">
+        <x:v>4345</x:v>
+      </x:c>
+      <x:c r="AS14" s="3" t="n">
+        <x:v>2961</x:v>
+      </x:c>
+      <x:c r="AT14" s="3" t="n">
+        <x:v>4171</x:v>
+      </x:c>
+      <x:c r="AU14" s="3" t="n">
         <x:v>5298</x:v>
       </x:c>
-      <x:c r="AQ14" s="3" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="AV14" s="3" t="n">
-        <x:v>6516</x:v>
+        <x:v>6979</x:v>
       </x:c>
       <x:c r="AW14" s="3" t="n">
-        <x:v>5855</x:v>
+        <x:v>6304</x:v>
       </x:c>
       <x:c r="AX14" s="3" t="n">
-        <x:v>5046</x:v>
+        <x:v>5345</x:v>
       </x:c>
       <x:c r="AY14" s="3" t="n">
-        <x:v>5873</x:v>
+        <x:v>6190</x:v>
       </x:c>
       <x:c r="AZ14" s="3" t="n">
-        <x:v>8299</x:v>
+        <x:v>8581</x:v>
       </x:c>
       <x:c r="BA14" s="3" t="n">
-        <x:v>7571</x:v>
+        <x:v>7769</x:v>
       </x:c>
       <x:c r="BB14" s="3" t="n">
-        <x:v>5578</x:v>
+        <x:v>6302</x:v>
       </x:c>
       <x:c r="BC14" s="3" t="n">
-        <x:v>13677</x:v>
-[...2 lines deleted...]
-        <x:v>16161</x:v>
+        <x:v>6384</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:56">
+    <x:row r="15" spans="1:55">
       <x:c r="A15" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>43</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>140</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="I15" s="3" t="n">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="J15" s="3" t="n">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="K15" s="3" t="n">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="L15" s="3" t="n">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="M15" s="3" t="n">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="N15" s="3" t="n">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="O15" s="3" t="n">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="P15" s="3" t="n">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="Q15" s="3" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="R15" s="3" t="n">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="S15" s="3" t="n">
+        <x:v>-106</x:v>
+      </x:c>
+      <x:c r="T15" s="3" t="n">
+        <x:v>-176</x:v>
+      </x:c>
+      <x:c r="U15" s="3" t="n">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="V15" s="3" t="n">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="W15" s="3" t="n">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="X15" s="3" t="n">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="Y15" s="3" t="n">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="Z15" s="3" t="n">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="AA15" s="3" t="n">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="AB15" s="3" t="n">
+        <x:v>1308</x:v>
+      </x:c>
+      <x:c r="AC15" s="3" t="n">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="AD15" s="3" t="n">
+        <x:v>1024</x:v>
+      </x:c>
+      <x:c r="AE15" s="3" t="n">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="I15" s="3" t="n">
-[...67 lines deleted...]
-      </x:c>
       <x:c r="AF15" s="3" t="n">
-        <x:v>680</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="AG15" s="3" t="n">
-        <x:v>1190</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="AH15" s="3" t="n">
-        <x:v>348</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="AI15" s="3" t="n">
-        <x:v>609</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="AJ15" s="3" t="n">
-        <x:v>1494</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="AK15" s="3" t="n">
-        <x:v>2123</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="AL15" s="3" t="n">
-        <x:v>4352</x:v>
+        <x:v>4205</x:v>
       </x:c>
       <x:c r="AM15" s="3" t="n">
-        <x:v>2013</x:v>
+        <x:v>1884</x:v>
       </x:c>
       <x:c r="AN15" s="3" t="n">
-        <x:v>557</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="AO15" s="3" t="n">
-        <x:v>1084</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="AP15" s="3" t="n">
-        <x:v>1865</x:v>
+        <x:v>1643</x:v>
       </x:c>
       <x:c r="AQ15" s="3" t="n">
-        <x:v>1519</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="AR15" s="3" t="n">
-        <x:v>1490</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="AS15" s="3" t="n">
-        <x:v>3251</x:v>
+        <x:v>2820</x:v>
       </x:c>
       <x:c r="AT15" s="3" t="n">
-        <x:v>3850</x:v>
+        <x:v>3309</x:v>
       </x:c>
       <x:c r="AU15" s="3" t="n">
-        <x:v>3001</x:v>
+        <x:v>2423</x:v>
       </x:c>
       <x:c r="AV15" s="3" t="n">
-        <x:v>2837</x:v>
+        <x:v>2198</x:v>
       </x:c>
       <x:c r="AW15" s="3" t="n">
-        <x:v>5419</x:v>
+        <x:v>4546</x:v>
       </x:c>
       <x:c r="AX15" s="3" t="n">
-        <x:v>6573</x:v>
+        <x:v>5505</x:v>
       </x:c>
       <x:c r="AY15" s="3" t="n">
-        <x:v>7253</x:v>
+        <x:v>5951</x:v>
       </x:c>
       <x:c r="AZ15" s="3" t="n">
-        <x:v>3769</x:v>
+        <x:v>2477</x:v>
       </x:c>
       <x:c r="BA15" s="3" t="n">
-        <x:v>-286</x:v>
+        <x:v>-1619</x:v>
       </x:c>
       <x:c r="BB15" s="3" t="n">
-        <x:v>4552</x:v>
+        <x:v>2834</x:v>
       </x:c>
       <x:c r="BC15" s="3" t="n">
-        <x:v>6333</x:v>
-[...2 lines deleted...]
-        <x:v>5357</x:v>
+        <x:v>4872</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:56">
+    <x:row r="16" spans="1:55">
       <x:c r="A16" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>237</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>203</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
-        <x:v>102</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H16" s="3" t="n">
-        <x:v>147</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I16" s="3" t="n">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="J16" s="3" t="n">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="K16" s="3" t="n">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="L16" s="3" t="n">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="M16" s="3" t="n">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="N16" s="3" t="n">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="O16" s="3" t="n">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="P16" s="3" t="n">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="Q16" s="3" t="n">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="R16" s="3" t="n">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="S16" s="3" t="n">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="T16" s="3" t="n">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="U16" s="3" t="n">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="J16" s="3" t="n">
-[...34 lines deleted...]
-      </x:c>
       <x:c r="V16" s="3" t="n">
-        <x:v>210</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="W16" s="3" t="n">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="X16" s="3" t="n">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="Y16" s="3" t="n">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="Z16" s="3" t="n">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="AA16" s="3" t="n">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="AB16" s="3" t="n">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="AC16" s="3" t="n">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="X16" s="3" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="AD16" s="3" t="n">
-        <x:v>434</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="AE16" s="3" t="n">
-        <x:v>398</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="AF16" s="3" t="n">
-        <x:v>400</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="AG16" s="3" t="n">
-        <x:v>654</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="AH16" s="3" t="n">
-        <x:v>546</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="AI16" s="3" t="n">
-        <x:v>642</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="AJ16" s="3" t="n">
-        <x:v>655</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="AK16" s="3" t="n">
-        <x:v>841</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="AL16" s="3" t="n">
-        <x:v>1004</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="AM16" s="3" t="n">
-        <x:v>765</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="AN16" s="3" t="n">
-        <x:v>888</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="AO16" s="3" t="n">
-        <x:v>485</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="AP16" s="3" t="n">
-        <x:v>791</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="AQ16" s="3" t="n">
-        <x:v>884</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="AR16" s="3" t="n">
-        <x:v>745</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="AS16" s="3" t="n">
-        <x:v>919</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="AT16" s="3" t="n">
-        <x:v>793</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="AU16" s="3" t="n">
-        <x:v>842</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="AV16" s="3" t="n">
-        <x:v>1088</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="AW16" s="3" t="n">
-        <x:v>1169</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="AX16" s="3" t="n">
-        <x:v>926</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="AY16" s="3" t="n">
-        <x:v>770</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="AZ16" s="3" t="n">
-        <x:v>1636</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="BA16" s="3" t="n">
-        <x:v>1662</x:v>
+        <x:v>1618</x:v>
       </x:c>
       <x:c r="BB16" s="3" t="n">
-        <x:v>1344</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="BC16" s="3" t="n">
-        <x:v>1765</x:v>
-[...2 lines deleted...]
-        <x:v>1939</x:v>
+        <x:v>1423</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:56">
+    <x:row r="17" spans="1:55">
       <x:c r="A17" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>292</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>325</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
-        <x:v>500</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
-        <x:v>526</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
-        <x:v>534</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
-        <x:v>632</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I17" s="3" t="n">
-        <x:v>440</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="J17" s="3" t="n">
-        <x:v>283</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="K17" s="3" t="n">
-        <x:v>498</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="L17" s="3" t="n">
-        <x:v>703</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="M17" s="3" t="n">
         <x:v>557</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>378</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="O17" s="3" t="n">
-        <x:v>488</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="P17" s="3" t="n">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="Q17" s="3" t="n">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="R17" s="3" t="n">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="S17" s="3" t="n">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="T17" s="3" t="n">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="U17" s="3" t="n">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="V17" s="3" t="n">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="W17" s="3" t="n">
+        <x:v>-27</x:v>
+      </x:c>
+      <x:c r="X17" s="3" t="n">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="Y17" s="3" t="n">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="Z17" s="3" t="n">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="AA17" s="3" t="n">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="AB17" s="3" t="n">
+        <x:v>-64</x:v>
+      </x:c>
+      <x:c r="AC17" s="3" t="n">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="Q17" s="3" t="n">
-[...37 lines deleted...]
-      </x:c>
       <x:c r="AD17" s="3" t="n">
-        <x:v>394</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="AE17" s="3" t="n">
-        <x:v>489</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="AF17" s="3" t="n">
-        <x:v>885</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="AG17" s="3" t="n">
-        <x:v>1691</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="AH17" s="3" t="n">
-        <x:v>1194</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="AI17" s="3" t="n">
-        <x:v>1128</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="AJ17" s="3" t="n">
-        <x:v>1932</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="AK17" s="3" t="n">
-        <x:v>1672</x:v>
+        <x:v>1671</x:v>
       </x:c>
       <x:c r="AL17" s="3" t="n">
-        <x:v>1981</x:v>
+        <x:v>1991</x:v>
       </x:c>
       <x:c r="AM17" s="3" t="n">
-        <x:v>2025</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="AN17" s="3" t="n">
-        <x:v>816</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="AO17" s="3" t="n">
-        <x:v>289</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="AP17" s="3" t="n">
-        <x:v>582</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="AQ17" s="3" t="n">
-        <x:v>940</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="AR17" s="3" t="n">
-        <x:v>839</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="AS17" s="3" t="n">
-        <x:v>474</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="AT17" s="3" t="n">
-        <x:v>450</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="AU17" s="3" t="n">
-        <x:v>1258</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="AV17" s="3" t="n">
-        <x:v>1280</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="AW17" s="3" t="n">
-        <x:v>1326</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="AX17" s="3" t="n">
-        <x:v>1266</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="AY17" s="3" t="n">
-        <x:v>780</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="AZ17" s="3" t="n">
-        <x:v>1675</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="BA17" s="3" t="n">
-        <x:v>4926</x:v>
+        <x:v>4830</x:v>
       </x:c>
       <x:c r="BB17" s="3" t="n">
-        <x:v>2777</x:v>
+        <x:v>2734</x:v>
       </x:c>
       <x:c r="BC17" s="3" t="n">
-        <x:v>621</x:v>
-[...2 lines deleted...]
-        <x:v>-484</x:v>
+        <x:v>-408</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:56">
+    <x:row r="18" spans="1:55">
       <x:c r="A18" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
-        <x:v>-82</x:v>
+        <x:v>-109</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>-20</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
-        <x:v>161</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
-        <x:v>600</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
-        <x:v>142</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
-        <x:v>-38</x:v>
+        <x:v>-94</x:v>
       </x:c>
       <x:c r="I18" s="3" t="n">
-        <x:v>-149</x:v>
+        <x:v>-190</x:v>
       </x:c>
       <x:c r="J18" s="3" t="n">
-        <x:v>-141</x:v>
+        <x:v>-188</x:v>
       </x:c>
       <x:c r="K18" s="3" t="n">
-        <x:v>136</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L18" s="3" t="n">
-        <x:v>-160</x:v>
+        <x:v>-175</x:v>
       </x:c>
       <x:c r="M18" s="3" t="n">
-        <x:v>-51</x:v>
+        <x:v>-117</x:v>
       </x:c>
       <x:c r="N18" s="3" t="n">
-        <x:v>-82</x:v>
+        <x:v>-232</x:v>
       </x:c>
       <x:c r="O18" s="3" t="n">
-        <x:v>95</x:v>
+        <x:v>-35</x:v>
       </x:c>
       <x:c r="P18" s="3" t="n">
-        <x:v>563</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="Q18" s="3" t="n">
-        <x:v>327</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R18" s="3" t="n">
-        <x:v>212</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S18" s="3" t="n">
-        <x:v>28</x:v>
+        <x:v>-29</x:v>
       </x:c>
       <x:c r="T18" s="3" t="n">
-        <x:v>621</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="U18" s="3" t="n">
-        <x:v>1031</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="V18" s="3" t="n">
-        <x:v>813</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="W18" s="3" t="n">
-        <x:v>175</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="X18" s="3" t="n">
-        <x:v>-438</x:v>
+        <x:v>-414</x:v>
       </x:c>
       <x:c r="Y18" s="3" t="n">
-        <x:v>-113</x:v>
+        <x:v>-153</x:v>
       </x:c>
       <x:c r="Z18" s="3" t="n">
-        <x:v>387</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="AA18" s="3" t="n">
-        <x:v>2583</x:v>
+        <x:v>2619</x:v>
       </x:c>
       <x:c r="AB18" s="3" t="n">
-        <x:v>1283</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="AC18" s="3" t="n">
-        <x:v>399</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="AD18" s="3" t="n">
-        <x:v>886</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="AE18" s="3" t="n">
-        <x:v>999</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="AF18" s="3" t="n">
-        <x:v>1462</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="AG18" s="3" t="n">
-        <x:v>2386</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="AH18" s="3" t="n">
-        <x:v>517</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="AI18" s="3" t="n">
-        <x:v>494</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="AJ18" s="3" t="n">
-        <x:v>564</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="AK18" s="3" t="n">
-        <x:v>170</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="AL18" s="3" t="n">
-        <x:v>497</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="AM18" s="3" t="n">
-        <x:v>-33</x:v>
+        <x:v>-87</x:v>
       </x:c>
       <x:c r="AN18" s="3" t="n">
-        <x:v>-849</x:v>
+        <x:v>-905</x:v>
       </x:c>
       <x:c r="AO18" s="3" t="n">
-        <x:v>-1767</x:v>
+        <x:v>-1829</x:v>
       </x:c>
       <x:c r="AP18" s="3" t="n">
-        <x:v>-1370</x:v>
+        <x:v>-1430</x:v>
       </x:c>
       <x:c r="AQ18" s="3" t="n">
-        <x:v>-2467</x:v>
+        <x:v>-2520</x:v>
       </x:c>
       <x:c r="AR18" s="3" t="n">
-        <x:v>-811</x:v>
+        <x:v>-880</x:v>
       </x:c>
       <x:c r="AS18" s="3" t="n">
-        <x:v>-1087</x:v>
+        <x:v>-1128</x:v>
       </x:c>
       <x:c r="AT18" s="3" t="n">
-        <x:v>-611</x:v>
+        <x:v>-994</x:v>
       </x:c>
       <x:c r="AU18" s="3" t="n">
-        <x:v>-149</x:v>
+        <x:v>-509</x:v>
       </x:c>
       <x:c r="AV18" s="3" t="n">
-        <x:v>517</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="AW18" s="3" t="n">
-        <x:v>365</x:v>
+        <x:v>-77</x:v>
       </x:c>
       <x:c r="AX18" s="3" t="n">
-        <x:v>-31</x:v>
+        <x:v>-412</x:v>
       </x:c>
       <x:c r="AY18" s="3" t="n">
-        <x:v>545</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="AZ18" s="3" t="n">
-        <x:v>923</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="BA18" s="3" t="n">
-        <x:v>-21</x:v>
+        <x:v>-495</x:v>
       </x:c>
       <x:c r="BB18" s="3" t="n">
-        <x:v>1566</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="BC18" s="3" t="n">
-        <x:v>2894</x:v>
-[...2 lines deleted...]
-        <x:v>1648</x:v>
+        <x:v>2034</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:56">
+    <x:row r="19" spans="1:55">
       <x:c r="A19" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
-        <x:v>56</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
-        <x:v>74</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
-        <x:v>123</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
-        <x:v>41</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I19" s="3" t="n">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J19" s="3" t="n">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K19" s="3" t="n">
-        <x:v>141</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="L19" s="3" t="n">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="M19" s="3" t="n">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>235</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="O19" s="3" t="n">
-        <x:v>271</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P19" s="3" t="n">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q19" s="3" t="n">
-        <x:v>431</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="R19" s="3" t="n">
-        <x:v>511</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S19" s="3" t="n">
-        <x:v>450</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="T19" s="3" t="n">
-        <x:v>368</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U19" s="3" t="n">
-        <x:v>385</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="V19" s="3" t="n">
         <x:v>445</x:v>
       </x:c>
       <x:c r="W19" s="3" t="n">
-        <x:v>401</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="X19" s="3" t="n">
-        <x:v>360</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Y19" s="3" t="n">
-        <x:v>540</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="Z19" s="3" t="n">
-        <x:v>518</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="AA19" s="3" t="n">
-        <x:v>476</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="AB19" s="3" t="n">
-        <x:v>578</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="AC19" s="3" t="n">
-        <x:v>685</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="AD19" s="3" t="n">
-        <x:v>-45</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="AE19" s="3" t="n">
-        <x:v>437</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="AF19" s="3" t="n">
-        <x:v>522</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="AG19" s="3" t="n">
-        <x:v>760</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="AH19" s="3" t="n">
-        <x:v>823</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="AI19" s="3" t="n">
-        <x:v>987</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="AJ19" s="3" t="n">
-        <x:v>1339</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="AK19" s="3" t="n">
-        <x:v>1023</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="AL19" s="3" t="n">
-        <x:v>1002</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="AM19" s="3" t="n">
-        <x:v>636</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="AN19" s="3" t="n">
-        <x:v>559</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="AO19" s="3" t="n">
-        <x:v>134</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="AP19" s="3" t="n">
-        <x:v>563</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="AQ19" s="3" t="n">
-        <x:v>580</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="AR19" s="3" t="n">
-        <x:v>547</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="AS19" s="3" t="n">
-        <x:v>510</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="AT19" s="3" t="n">
-        <x:v>383</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="AU19" s="3" t="n">
-        <x:v>433</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="AV19" s="3" t="n">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="AW19" s="3" t="n">
-        <x:v>454</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="AX19" s="3" t="n">
-        <x:v>455</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="AY19" s="3" t="n">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="AZ19" s="3" t="n">
-        <x:v>68</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="BA19" s="3" t="n">
-        <x:v>308</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="BB19" s="3" t="n">
-        <x:v>233</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="BC19" s="3" t="n">
-        <x:v>1652</x:v>
-[...2 lines deleted...]
-        <x:v>2069</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:56">
+    <x:row r="20" spans="1:55">
       <x:c r="A20" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
-        <x:v>63</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
-        <x:v>130</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
-        <x:v>794</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
-        <x:v>864</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
-        <x:v>652</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
-        <x:v>201</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I20" s="3" t="n">
-        <x:v>-57</x:v>
+        <x:v>-39</x:v>
       </x:c>
       <x:c r="J20" s="3" t="n">
-        <x:v>145</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K20" s="3" t="n">
-        <x:v>3228</x:v>
+        <x:v>3084</x:v>
       </x:c>
       <x:c r="L20" s="3" t="n">
-        <x:v>536</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="M20" s="3" t="n">
-        <x:v>-291</x:v>
+        <x:v>-369</x:v>
       </x:c>
       <x:c r="N20" s="3" t="n">
-        <x:v>-275</x:v>
+        <x:v>-348</x:v>
       </x:c>
       <x:c r="O20" s="3" t="n">
-        <x:v>76</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="P20" s="3" t="n">
-        <x:v>1366</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="Q20" s="3" t="n">
-        <x:v>1194</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="R20" s="3" t="n">
-        <x:v>171</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S20" s="3" t="n">
-        <x:v>1571</x:v>
+        <x:v>1586</x:v>
       </x:c>
       <x:c r="T20" s="3" t="n">
-        <x:v>2012</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="U20" s="3" t="n">
-        <x:v>1224</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="V20" s="3" t="n">
-        <x:v>1385</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="W20" s="3" t="n">
-        <x:v>776</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="X20" s="3" t="n">
-        <x:v>244</x:v>
+        <x:v>-36</x:v>
       </x:c>
       <x:c r="Y20" s="3" t="n">
-        <x:v>1992</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="Z20" s="3" t="n">
-        <x:v>2636</x:v>
+        <x:v>2428</x:v>
       </x:c>
       <x:c r="AA20" s="3" t="n">
-        <x:v>3281</x:v>
+        <x:v>3210</x:v>
       </x:c>
       <x:c r="AB20" s="3" t="n">
-        <x:v>4021</x:v>
+        <x:v>3940</x:v>
       </x:c>
       <x:c r="AC20" s="3" t="n">
-        <x:v>3950</x:v>
+        <x:v>3726</x:v>
       </x:c>
       <x:c r="AD20" s="3" t="n">
-        <x:v>2481</x:v>
+        <x:v>2292</x:v>
       </x:c>
       <x:c r="AE20" s="3" t="n">
-        <x:v>2568</x:v>
+        <x:v>2586</x:v>
       </x:c>
       <x:c r="AF20" s="3" t="n">
-        <x:v>3599</x:v>
+        <x:v>3503</x:v>
       </x:c>
       <x:c r="AG20" s="3" t="n">
-        <x:v>3161</x:v>
+        <x:v>3148</x:v>
       </x:c>
       <x:c r="AH20" s="3" t="n">
-        <x:v>1662</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="AI20" s="3" t="n">
-        <x:v>4025</x:v>
+        <x:v>4420</x:v>
       </x:c>
       <x:c r="AJ20" s="3" t="n">
-        <x:v>4148</x:v>
+        <x:v>4758</x:v>
       </x:c>
       <x:c r="AK20" s="3" t="n">
-        <x:v>5424</x:v>
+        <x:v>6537</x:v>
       </x:c>
       <x:c r="AL20" s="3" t="n">
-        <x:v>5962</x:v>
+        <x:v>7110</x:v>
       </x:c>
       <x:c r="AM20" s="3" t="n">
-        <x:v>9096</x:v>
+        <x:v>11306</x:v>
       </x:c>
       <x:c r="AN20" s="3" t="n">
-        <x:v>10017</x:v>
+        <x:v>12441</x:v>
       </x:c>
       <x:c r="AO20" s="3" t="n">
-        <x:v>5106</x:v>
+        <x:v>7201</x:v>
       </x:c>
       <x:c r="AP20" s="3" t="n">
-        <x:v>5354</x:v>
+        <x:v>7414</x:v>
       </x:c>
       <x:c r="AQ20" s="3" t="n">
-        <x:v>2625</x:v>
+        <x:v>4238</x:v>
       </x:c>
       <x:c r="AR20" s="3" t="n">
-        <x:v>1088</x:v>
+        <x:v>2786</x:v>
       </x:c>
       <x:c r="AS20" s="3" t="n">
-        <x:v>1858</x:v>
+        <x:v>3399</x:v>
       </x:c>
       <x:c r="AT20" s="3" t="n">
-        <x:v>2180</x:v>
+        <x:v>3484</x:v>
       </x:c>
       <x:c r="AU20" s="3" t="n">
-        <x:v>8183</x:v>
+        <x:v>10903</x:v>
       </x:c>
       <x:c r="AV20" s="3" t="n">
-        <x:v>6786</x:v>
+        <x:v>7764</x:v>
       </x:c>
       <x:c r="AW20" s="3" t="n">
-        <x:v>8813</x:v>
+        <x:v>10770</x:v>
       </x:c>
       <x:c r="AX20" s="3" t="n">
-        <x:v>9537</x:v>
+        <x:v>11898</x:v>
       </x:c>
       <x:c r="AY20" s="3" t="n">
-        <x:v>6602</x:v>
+        <x:v>8774</x:v>
       </x:c>
       <x:c r="AZ20" s="3" t="n">
-        <x:v>3905</x:v>
+        <x:v>5074</x:v>
       </x:c>
       <x:c r="BA20" s="3" t="n">
-        <x:v>8559</x:v>
+        <x:v>10105</x:v>
       </x:c>
       <x:c r="BB20" s="3" t="n">
-        <x:v>15380</x:v>
+        <x:v>14038</x:v>
       </x:c>
       <x:c r="BC20" s="3" t="n">
-        <x:v>16494</x:v>
-[...2 lines deleted...]
-        <x:v>10186</x:v>
+        <x:v>14087</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:56">
+    <x:row r="21" spans="1:55">
       <x:c r="A21" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>-60</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>-72</x:v>
+        <x:v>-34</x:v>
       </x:c>
       <x:c r="D21" s="3" t="n">
-        <x:v>-113</x:v>
+        <x:v>-69</x:v>
       </x:c>
       <x:c r="E21" s="3" t="n">
-        <x:v>83</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F21" s="3" t="n">
-        <x:v>382</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="G21" s="3" t="n">
-        <x:v>269</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H21" s="3" t="n">
-        <x:v>-90</x:v>
+        <x:v>-59</x:v>
       </x:c>
       <x:c r="I21" s="3" t="n">
-        <x:v>-309</x:v>
+        <x:v>-276</x:v>
       </x:c>
       <x:c r="J21" s="3" t="n">
-        <x:v>-150</x:v>
+        <x:v>-219</x:v>
       </x:c>
       <x:c r="K21" s="3" t="n">
-        <x:v>530</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="L21" s="3" t="n">
-        <x:v>233</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="M21" s="3" t="n">
-        <x:v>216</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>-10</x:v>
+        <x:v>-30</x:v>
       </x:c>
       <x:c r="O21" s="3" t="n">
-        <x:v>387</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="P21" s="3" t="n">
-        <x:v>1379</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="Q21" s="3" t="n">
-        <x:v>1030</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="R21" s="3" t="n">
-        <x:v>432</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S21" s="3" t="n">
         <x:v>1027</x:v>
       </x:c>
       <x:c r="T21" s="3" t="n">
-        <x:v>1161</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="U21" s="3" t="n">
-        <x:v>848</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="V21" s="3" t="n">
-        <x:v>690</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="W21" s="3" t="n">
-        <x:v>541</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="X21" s="3" t="n">
-        <x:v>218</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Y21" s="3" t="n">
-        <x:v>807</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="Z21" s="3" t="n">
-        <x:v>1483</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="AA21" s="3" t="n">
-        <x:v>2149</x:v>
+        <x:v>2192</x:v>
       </x:c>
       <x:c r="AB21" s="3" t="n">
-        <x:v>1613</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="AC21" s="3" t="n">
-        <x:v>1802</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="AD21" s="3" t="n">
-        <x:v>1315</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="AE21" s="3" t="n">
-        <x:v>1190</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="AF21" s="3" t="n">
-        <x:v>1092</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="AG21" s="3" t="n">
-        <x:v>1952</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="AH21" s="3" t="n">
-        <x:v>1084</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="AI21" s="3" t="n">
-        <x:v>1226</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="AJ21" s="3" t="n">
-        <x:v>673</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="AK21" s="3" t="n">
-        <x:v>1315</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="AL21" s="3" t="n">
-        <x:v>1600</x:v>
+        <x:v>1611</x:v>
       </x:c>
       <x:c r="AM21" s="3" t="n">
-        <x:v>2780</x:v>
+        <x:v>2891</x:v>
       </x:c>
       <x:c r="AN21" s="3" t="n">
-        <x:v>5515</x:v>
+        <x:v>5818</x:v>
       </x:c>
       <x:c r="AO21" s="3" t="n">
-        <x:v>500</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="AP21" s="3" t="n">
-        <x:v>719</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="AQ21" s="3" t="n">
-        <x:v>-731</x:v>
+        <x:v>-874</x:v>
       </x:c>
       <x:c r="AR21" s="3" t="n">
-        <x:v>-2493</x:v>
+        <x:v>-2797</x:v>
       </x:c>
       <x:c r="AS21" s="3" t="n">
-        <x:v>-1490</x:v>
+        <x:v>-1603</x:v>
       </x:c>
       <x:c r="AT21" s="3" t="n">
-        <x:v>-94</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="AU21" s="3" t="n">
-        <x:v>1010</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="AV21" s="3" t="n">
-        <x:v>-215</x:v>
+        <x:v>-167</x:v>
       </x:c>
       <x:c r="AW21" s="3" t="n">
-        <x:v>-191</x:v>
+        <x:v>-287</x:v>
       </x:c>
       <x:c r="AX21" s="3" t="n">
-        <x:v>-32</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="AY21" s="3" t="n">
-        <x:v>265</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="AZ21" s="3" t="n">
-        <x:v>1191</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="BA21" s="3" t="n">
-        <x:v>2646</x:v>
+        <x:v>3067</x:v>
       </x:c>
       <x:c r="BB21" s="3" t="n">
-        <x:v>5359</x:v>
+        <x:v>5616</x:v>
       </x:c>
       <x:c r="BC21" s="3" t="n">
-        <x:v>5283</x:v>
-[...2 lines deleted...]
-        <x:v>3750</x:v>
+        <x:v>964</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:56">
+    <x:row r="22" spans="1:55">
       <x:c r="A22" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
-        <x:v>308</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
-        <x:v>359</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
-        <x:v>257</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
-        <x:v>330</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H22" s="3" t="n">
-        <x:v>352</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="I22" s="3" t="n">
-        <x:v>295</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J22" s="3" t="n">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="K22" s="3" t="n">
-        <x:v>424</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="L22" s="3" t="n">
-        <x:v>596</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="M22" s="3" t="n">
-        <x:v>560</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="N22" s="3" t="n">
-        <x:v>533</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="O22" s="3" t="n">
-        <x:v>732</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="P22" s="3" t="n">
-        <x:v>673</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q22" s="3" t="n">
-        <x:v>815</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="R22" s="3" t="n">
-        <x:v>973</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="S22" s="3" t="n">
-        <x:v>897</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="T22" s="3" t="n">
-        <x:v>628</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="U22" s="3" t="n">
-        <x:v>620</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="V22" s="3" t="n">
-        <x:v>695</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="W22" s="3" t="n">
-        <x:v>571</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="X22" s="3" t="n">
-        <x:v>505</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Y22" s="3" t="n">
-        <x:v>578</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Z22" s="3" t="n">
-        <x:v>802</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="AA22" s="3" t="n">
-        <x:v>956</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="AB22" s="3" t="n">
-        <x:v>1107</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="AC22" s="3" t="n">
-        <x:v>1214</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="AD22" s="3" t="n">
-        <x:v>1315</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="AE22" s="3" t="n">
-        <x:v>1292</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="AF22" s="3" t="n">
-        <x:v>1363</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="AG22" s="3" t="n">
-        <x:v>1222</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="AH22" s="3" t="n">
-        <x:v>1677</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="AI22" s="3" t="n">
-        <x:v>1865</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="AJ22" s="3" t="n">
-        <x:v>2132</x:v>
+        <x:v>2079</x:v>
       </x:c>
       <x:c r="AK22" s="3" t="n">
-        <x:v>2781</x:v>
+        <x:v>2750</x:v>
       </x:c>
       <x:c r="AL22" s="3" t="n">
-        <x:v>2771</x:v>
+        <x:v>2732</x:v>
       </x:c>
       <x:c r="AM22" s="3" t="n">
-        <x:v>2815</x:v>
+        <x:v>2769</x:v>
       </x:c>
       <x:c r="AN22" s="3" t="n">
-        <x:v>2220</x:v>
+        <x:v>2103</x:v>
       </x:c>
       <x:c r="AO22" s="3" t="n">
-        <x:v>1120</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="AP22" s="3" t="n">
-        <x:v>1285</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="AQ22" s="3" t="n">
-        <x:v>1957</x:v>
+        <x:v>1841</x:v>
       </x:c>
       <x:c r="AR22" s="3" t="n">
-        <x:v>2163</x:v>
+        <x:v>2042</x:v>
       </x:c>
       <x:c r="AS22" s="3" t="n">
-        <x:v>2259</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="AT22" s="3" t="n">
-        <x:v>3158</x:v>
+        <x:v>3026</x:v>
       </x:c>
       <x:c r="AU22" s="3" t="n">
-        <x:v>2670</x:v>
+        <x:v>2511</x:v>
       </x:c>
       <x:c r="AV22" s="3" t="n">
-        <x:v>3123</x:v>
+        <x:v>2958</x:v>
       </x:c>
       <x:c r="AW22" s="3" t="n">
-        <x:v>3382</x:v>
+        <x:v>3202</x:v>
       </x:c>
       <x:c r="AX22" s="3" t="n">
-        <x:v>2644</x:v>
+        <x:v>2408</x:v>
       </x:c>
       <x:c r="AY22" s="3" t="n">
-        <x:v>2711</x:v>
+        <x:v>2442</x:v>
       </x:c>
       <x:c r="AZ22" s="3" t="n">
-        <x:v>2940</x:v>
+        <x:v>2587</x:v>
       </x:c>
       <x:c r="BA22" s="3" t="n">
-        <x:v>2239</x:v>
+        <x:v>1839</x:v>
       </x:c>
       <x:c r="BB22" s="3" t="n">
-        <x:v>3459</x:v>
+        <x:v>3161</x:v>
       </x:c>
       <x:c r="BC22" s="3" t="n">
-        <x:v>5270</x:v>
-[...2 lines deleted...]
-        <x:v>3619</x:v>
+        <x:v>3772</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:56">
+    <x:row r="23" spans="1:55">
       <x:c r="A23" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>472</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>161</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
-        <x:v>109</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
-        <x:v>428</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F23" s="3" t="n">
-        <x:v>949</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
-        <x:v>518</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H23" s="3" t="n">
-        <x:v>191</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I23" s="3" t="n">
-        <x:v>-28</x:v>
+        <x:v>-137</x:v>
       </x:c>
       <x:c r="J23" s="3" t="n">
-        <x:v>247</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K23" s="3" t="n">
-        <x:v>1432</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="L23" s="3" t="n">
-        <x:v>1577</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="M23" s="3" t="n">
-        <x:v>-48</x:v>
+        <x:v>-121</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>-382</x:v>
+        <x:v>-489</x:v>
       </x:c>
       <x:c r="O23" s="3" t="n">
-        <x:v>1771</x:v>
+        <x:v>1618</x:v>
       </x:c>
       <x:c r="P23" s="3" t="n">
-        <x:v>3593</x:v>
+        <x:v>3457</x:v>
       </x:c>
       <x:c r="Q23" s="3" t="n">
-        <x:v>1827</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="R23" s="3" t="n">
-        <x:v>948</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="S23" s="3" t="n">
-        <x:v>659</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="T23" s="3" t="n">
-        <x:v>4065</x:v>
+        <x:v>3837</x:v>
       </x:c>
       <x:c r="U23" s="3" t="n">
-        <x:v>4562</x:v>
+        <x:v>4406</x:v>
       </x:c>
       <x:c r="V23" s="3" t="n">
-        <x:v>1446</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="W23" s="3" t="n">
-        <x:v>-415</x:v>
+        <x:v>-521</x:v>
       </x:c>
       <x:c r="X23" s="3" t="n">
-        <x:v>-564</x:v>
+        <x:v>-677</x:v>
       </x:c>
       <x:c r="Y23" s="3" t="n">
-        <x:v>63</x:v>
+        <x:v>-40</x:v>
       </x:c>
       <x:c r="Z23" s="3" t="n">
-        <x:v>1015</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="AA23" s="3" t="n">
-        <x:v>2983</x:v>
+        <x:v>3009</x:v>
       </x:c>
       <x:c r="AB23" s="3" t="n">
-        <x:v>1460</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="AC23" s="3" t="n">
-        <x:v>1723</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="AD23" s="3" t="n">
-        <x:v>2641</x:v>
+        <x:v>2644</x:v>
       </x:c>
       <x:c r="AE23" s="3" t="n">
-        <x:v>2673</x:v>
+        <x:v>2728</x:v>
       </x:c>
       <x:c r="AF23" s="3" t="n">
-        <x:v>5093</x:v>
+        <x:v>5144</x:v>
       </x:c>
       <x:c r="AG23" s="3" t="n">
-        <x:v>4243</x:v>
+        <x:v>4258</x:v>
       </x:c>
       <x:c r="AH23" s="3" t="n">
-        <x:v>1395</x:v>
+        <x:v>1503</x:v>
       </x:c>
       <x:c r="AI23" s="3" t="n">
-        <x:v>1836</x:v>
+        <x:v>1786</x:v>
       </x:c>
       <x:c r="AJ23" s="3" t="n">
-        <x:v>4065</x:v>
+        <x:v>3998</x:v>
       </x:c>
       <x:c r="AK23" s="3" t="n">
-        <x:v>3804</x:v>
+        <x:v>3766</x:v>
       </x:c>
       <x:c r="AL23" s="3" t="n">
-        <x:v>5666</x:v>
+        <x:v>5625</x:v>
       </x:c>
       <x:c r="AM23" s="3" t="n">
-        <x:v>5355</x:v>
+        <x:v>5220</x:v>
       </x:c>
       <x:c r="AN23" s="3" t="n">
-        <x:v>5648</x:v>
+        <x:v>5380</x:v>
       </x:c>
       <x:c r="AO23" s="3" t="n">
-        <x:v>-3886</x:v>
+        <x:v>-3984</x:v>
       </x:c>
       <x:c r="AP23" s="3" t="n">
-        <x:v>200</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="AQ23" s="3" t="n">
-        <x:v>83</x:v>
+        <x:v>-84</x:v>
       </x:c>
       <x:c r="AR23" s="3" t="n">
-        <x:v>-636</x:v>
+        <x:v>-853</x:v>
       </x:c>
       <x:c r="AS23" s="3" t="n">
-        <x:v>-2068</x:v>
+        <x:v>-2217</x:v>
       </x:c>
       <x:c r="AT23" s="3" t="n">
-        <x:v>391</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="AU23" s="3" t="n">
-        <x:v>1558</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="AV23" s="3" t="n">
-        <x:v>-28</x:v>
+        <x:v>-305</x:v>
       </x:c>
       <x:c r="AW23" s="3" t="n">
-        <x:v>2862</x:v>
+        <x:v>2228</x:v>
       </x:c>
       <x:c r="AX23" s="3" t="n">
-        <x:v>1289</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="AY23" s="3" t="n">
-        <x:v>-2330</x:v>
+        <x:v>-2384</x:v>
       </x:c>
       <x:c r="AZ23" s="3" t="n">
-        <x:v>1213</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="BA23" s="3" t="n">
-        <x:v>3251</x:v>
+        <x:v>2366</x:v>
       </x:c>
       <x:c r="BB23" s="3" t="n">
-        <x:v>15387</x:v>
+        <x:v>14675</x:v>
       </x:c>
       <x:c r="BC23" s="3" t="n">
-        <x:v>5255</x:v>
-[...2 lines deleted...]
-        <x:v>3479</x:v>
+        <x:v>7637</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:56">
+    <x:row r="24" spans="1:55">
       <x:c r="A24" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
-        <x:v>666</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
-        <x:v>742</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="E24" s="3" t="n">
-        <x:v>993</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="F24" s="3" t="n">
-        <x:v>1194</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="G24" s="3" t="n">
-        <x:v>984</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="H24" s="3" t="n">
-        <x:v>962</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="I24" s="3" t="n">
-        <x:v>985</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="J24" s="3" t="n">
-        <x:v>890</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="K24" s="3" t="n">
-        <x:v>625</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="L24" s="3" t="n">
-        <x:v>569</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="M24" s="3" t="n">
-        <x:v>1120</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="N24" s="3" t="n">
-        <x:v>996</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="O24" s="3" t="n">
-        <x:v>1031</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="P24" s="3" t="n">
-        <x:v>1342</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="Q24" s="3" t="n">
-        <x:v>1803</x:v>
+        <x:v>1660</x:v>
       </x:c>
       <x:c r="R24" s="3" t="n">
-        <x:v>2097</x:v>
+        <x:v>1920</x:v>
       </x:c>
       <x:c r="S24" s="3" t="n">
-        <x:v>999</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="T24" s="3" t="n">
-        <x:v>297</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U24" s="3" t="n">
-        <x:v>367</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="V24" s="3" t="n">
-        <x:v>740</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="W24" s="3" t="n">
-        <x:v>1299</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="X24" s="3" t="n">
-        <x:v>1441</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="Y24" s="3" t="n">
-        <x:v>1707</x:v>
+        <x:v>1631</x:v>
       </x:c>
       <x:c r="Z24" s="3" t="n">
-        <x:v>2448</x:v>
+        <x:v>2420</x:v>
       </x:c>
       <x:c r="AA24" s="3" t="n">
-        <x:v>3334</x:v>
+        <x:v>3429</x:v>
       </x:c>
       <x:c r="AB24" s="3" t="n">
-        <x:v>3630</x:v>
+        <x:v>3705</x:v>
       </x:c>
       <x:c r="AC24" s="3" t="n">
-        <x:v>3992</x:v>
+        <x:v>4074</x:v>
       </x:c>
       <x:c r="AD24" s="3" t="n">
-        <x:v>4479</x:v>
+        <x:v>4545</x:v>
       </x:c>
       <x:c r="AE24" s="3" t="n">
-        <x:v>4568</x:v>
+        <x:v>4704</x:v>
       </x:c>
       <x:c r="AF24" s="3" t="n">
-        <x:v>3952</x:v>
+        <x:v>3978</x:v>
       </x:c>
       <x:c r="AG24" s="3" t="n">
-        <x:v>5377</x:v>
+        <x:v>5273</x:v>
       </x:c>
       <x:c r="AH24" s="3" t="n">
-        <x:v>5141</x:v>
+        <x:v>5128</x:v>
       </x:c>
       <x:c r="AI24" s="3" t="n">
-        <x:v>6484</x:v>
+        <x:v>6424</x:v>
       </x:c>
       <x:c r="AJ24" s="3" t="n">
-        <x:v>6153</x:v>
+        <x:v>6151</x:v>
       </x:c>
       <x:c r="AK24" s="3" t="n">
-        <x:v>6050</x:v>
+        <x:v>6106</x:v>
       </x:c>
       <x:c r="AL24" s="3" t="n">
-        <x:v>8207</x:v>
+        <x:v>8288</x:v>
       </x:c>
       <x:c r="AM24" s="3" t="n">
-        <x:v>12463</x:v>
+        <x:v>12578</x:v>
       </x:c>
       <x:c r="AN24" s="3" t="n">
-        <x:v>16312</x:v>
+        <x:v>16429</x:v>
       </x:c>
       <x:c r="AO24" s="3" t="n">
-        <x:v>15135</x:v>
+        <x:v>15277</x:v>
       </x:c>
       <x:c r="AP24" s="3" t="n">
-        <x:v>14095</x:v>
+        <x:v>14209</x:v>
       </x:c>
       <x:c r="AQ24" s="3" t="n">
-        <x:v>15062</x:v>
+        <x:v>15111</x:v>
       </x:c>
       <x:c r="AR24" s="3" t="n">
-        <x:v>15806</x:v>
+        <x:v>15834</x:v>
       </x:c>
       <x:c r="AS24" s="3" t="n">
-        <x:v>14272</x:v>
+        <x:v>14243</x:v>
       </x:c>
       <x:c r="AT24" s="3" t="n">
-        <x:v>14705</x:v>
+        <x:v>14542</x:v>
       </x:c>
       <x:c r="AU24" s="3" t="n">
-        <x:v>9421</x:v>
+        <x:v>9193</x:v>
       </x:c>
       <x:c r="AV24" s="3" t="n">
-        <x:v>2094</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="AW24" s="3" t="n">
-        <x:v>2571</x:v>
+        <x:v>2396</x:v>
       </x:c>
       <x:c r="AX24" s="3" t="n">
-        <x:v>4781</x:v>
+        <x:v>4463</x:v>
       </x:c>
       <x:c r="AY24" s="3" t="n">
-        <x:v>4981</x:v>
+        <x:v>4674</x:v>
       </x:c>
       <x:c r="AZ24" s="3" t="n">
-        <x:v>6534</x:v>
+        <x:v>6192</x:v>
       </x:c>
       <x:c r="BA24" s="3" t="n">
-        <x:v>7711</x:v>
+        <x:v>7299</x:v>
       </x:c>
       <x:c r="BB24" s="3" t="n">
-        <x:v>9293</x:v>
+        <x:v>10053</x:v>
       </x:c>
       <x:c r="BC24" s="3" t="n">
-        <x:v>14534</x:v>
-[...2 lines deleted...]
-        <x:v>17986</x:v>
+        <x:v>9233</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:56">
+    <x:row r="25" spans="1:55">
       <x:c r="A25" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>-35</x:v>
+        <x:v>-48</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
-        <x:v>105</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E25" s="3" t="n">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F25" s="3" t="n">
-        <x:v>-116</x:v>
+        <x:v>-146</x:v>
       </x:c>
       <x:c r="G25" s="3" t="n">
-        <x:v>9</x:v>
+        <x:v>-21</x:v>
       </x:c>
       <x:c r="H25" s="3" t="n">
-        <x:v>-121</x:v>
+        <x:v>-174</x:v>
       </x:c>
       <x:c r="I25" s="3" t="n">
-        <x:v>400</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="J25" s="3" t="n">
-        <x:v>33</x:v>
+        <x:v>-5</x:v>
       </x:c>
       <x:c r="K25" s="3" t="n">
-        <x:v>231</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="L25" s="3" t="n">
-        <x:v>400</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="M25" s="3" t="n">
-        <x:v>797</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>1179</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="O25" s="3" t="n">
-        <x:v>509</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="P25" s="3" t="n">
-        <x:v>278</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q25" s="3" t="n">
-        <x:v>528</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="R25" s="3" t="n">
-        <x:v>557</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="S25" s="3" t="n">
-        <x:v>769</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="T25" s="3" t="n">
-        <x:v>629</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="U25" s="3" t="n">
-        <x:v>414</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="V25" s="3" t="n">
-        <x:v>771</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="W25" s="3" t="n">
-        <x:v>602</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="X25" s="3" t="n">
-        <x:v>483</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Y25" s="3" t="n">
-        <x:v>913</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="Z25" s="3" t="n">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="AA25" s="3" t="n">
-        <x:v>136</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="AB25" s="3" t="n">
-        <x:v>421</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="AC25" s="3" t="n">
-        <x:v>1140</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="AD25" s="3" t="n">
-        <x:v>1738</x:v>
+        <x:v>1775</x:v>
       </x:c>
       <x:c r="AE25" s="3" t="n">
-        <x:v>1136</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="AF25" s="3" t="n">
-        <x:v>226</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="AG25" s="3" t="n">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="AH25" s="3" t="n">
-        <x:v>1132</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="AI25" s="3" t="n">
-        <x:v>475</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="AJ25" s="3" t="n">
-        <x:v>116</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="AK25" s="3" t="n">
-        <x:v>1156</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="AL25" s="3" t="n">
-        <x:v>1238</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="AM25" s="3" t="n">
-        <x:v>-86</x:v>
+        <x:v>-89</x:v>
       </x:c>
       <x:c r="AN25" s="3" t="n">
-        <x:v>-717</x:v>
+        <x:v>-752</x:v>
       </x:c>
       <x:c r="AO25" s="3" t="n">
-        <x:v>-433</x:v>
+        <x:v>-474</x:v>
       </x:c>
       <x:c r="AP25" s="3" t="n">
-        <x:v>539</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="AQ25" s="3" t="n">
-        <x:v>242</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="AR25" s="3" t="n">
-        <x:v>-548</x:v>
+        <x:v>-619</x:v>
       </x:c>
       <x:c r="AS25" s="3" t="n">
-        <x:v>-240</x:v>
+        <x:v>-371</x:v>
       </x:c>
       <x:c r="AT25" s="3" t="n">
-        <x:v>-1528</x:v>
+        <x:v>-1693</x:v>
       </x:c>
       <x:c r="AU25" s="3" t="n">
-        <x:v>-1849</x:v>
+        <x:v>-2040</x:v>
       </x:c>
       <x:c r="AV25" s="3" t="n">
-        <x:v>-691</x:v>
+        <x:v>-888</x:v>
       </x:c>
       <x:c r="AW25" s="3" t="n">
-        <x:v>-803</x:v>
+        <x:v>-1038</x:v>
       </x:c>
       <x:c r="AX25" s="3" t="n">
-        <x:v>-4192</x:v>
+        <x:v>-4455</x:v>
       </x:c>
       <x:c r="AY25" s="3" t="n">
-        <x:v>-1970</x:v>
+        <x:v>-2278</x:v>
       </x:c>
       <x:c r="AZ25" s="3" t="n">
-        <x:v>-1712</x:v>
+        <x:v>-2082</x:v>
       </x:c>
       <x:c r="BA25" s="3" t="n">
-        <x:v>-175</x:v>
+        <x:v>-590</x:v>
       </x:c>
       <x:c r="BB25" s="3" t="n">
-        <x:v>807</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="BC25" s="3" t="n">
-        <x:v>3490</x:v>
-[...2 lines deleted...]
-        <x:v>5109</x:v>
+        <x:v>5517</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:56">
+    <x:row r="26" spans="1:55">
       <x:c r="A26" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
-        <x:v>270</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D26" s="3" t="n">
         <x:v>282</x:v>
       </x:c>
       <x:c r="E26" s="3" t="n">
-        <x:v>267</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F26" s="3" t="n">
-        <x:v>327</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="G26" s="3" t="n">
-        <x:v>364</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="H26" s="3" t="n">
-        <x:v>378</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="I26" s="3" t="n">
-        <x:v>437</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="J26" s="3" t="n">
-        <x:v>405</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="K26" s="3" t="n">
-        <x:v>401</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="L26" s="3" t="n">
-        <x:v>404</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="M26" s="3" t="n">
-        <x:v>482</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="N26" s="3" t="n">
-        <x:v>452</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="O26" s="3" t="n">
-        <x:v>425</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="P26" s="3" t="n">
-        <x:v>489</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="Q26" s="3" t="n">
-        <x:v>588</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="R26" s="3" t="n">
-        <x:v>637</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="S26" s="3" t="n">
-        <x:v>409</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="T26" s="3" t="n">
-        <x:v>306</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U26" s="3" t="n">
-        <x:v>347</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="V26" s="3" t="n">
-        <x:v>429</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="W26" s="3" t="n">
-        <x:v>476</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="X26" s="3" t="n">
-        <x:v>675</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Y26" s="3" t="n">
-        <x:v>613</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="Z26" s="3" t="n">
-        <x:v>849</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="AA26" s="3" t="n">
-        <x:v>696</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="AB26" s="3" t="n">
-        <x:v>795</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="AC26" s="3" t="n">
-        <x:v>921</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="AD26" s="3" t="n">
-        <x:v>766</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="AE26" s="3" t="n">
-        <x:v>912</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="AF26" s="3" t="n">
-        <x:v>1022</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="AG26" s="3" t="n">
-        <x:v>1153</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="AH26" s="3" t="n">
-        <x:v>1289</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="AI26" s="3" t="n">
-        <x:v>1963</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="AJ26" s="3" t="n">
-        <x:v>2372</x:v>
+        <x:v>2502</x:v>
       </x:c>
       <x:c r="AK26" s="3" t="n">
-        <x:v>1970</x:v>
+        <x:v>2144</x:v>
       </x:c>
       <x:c r="AL26" s="3" t="n">
-        <x:v>1750</x:v>
+        <x:v>1967</x:v>
       </x:c>
       <x:c r="AM26" s="3" t="n">
-        <x:v>1323</x:v>
+        <x:v>1593</x:v>
       </x:c>
       <x:c r="AN26" s="3" t="n">
-        <x:v>568</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="AO26" s="3" t="n">
-        <x:v>483</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="AP26" s="3" t="n">
-        <x:v>791</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="AQ26" s="3" t="n">
-        <x:v>854</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="AR26" s="3" t="n">
-        <x:v>767</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="AS26" s="3" t="n">
-        <x:v>1067</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="AT26" s="3" t="n">
-        <x:v>637</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="AU26" s="3" t="n">
-        <x:v>530</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="AV26" s="3" t="n">
-        <x:v>1416</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="AW26" s="3" t="n">
-        <x:v>1093</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="AX26" s="3" t="n">
-        <x:v>865</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="AY26" s="3" t="n">
-        <x:v>966</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="AZ26" s="3" t="n">
-        <x:v>979</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="BA26" s="3" t="n">
-        <x:v>1447</x:v>
+        <x:v>2102</x:v>
       </x:c>
       <x:c r="BB26" s="3" t="n">
-        <x:v>1898</x:v>
+        <x:v>2553</x:v>
       </x:c>
       <x:c r="BC26" s="3" t="n">
-        <x:v>2310</x:v>
-[...2 lines deleted...]
-        <x:v>2869</x:v>
+        <x:v>1261</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:56">
+    <x:row r="27" spans="1:55">
       <x:c r="A27" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>-14</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>-16</x:v>
+        <x:v>-25</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
-        <x:v>25</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="E27" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="F27" s="3" t="n">
         <x:v>-61</x:v>
       </x:c>
       <x:c r="G27" s="3" t="n">
-        <x:v>-11</x:v>
+        <x:v>-12</x:v>
       </x:c>
       <x:c r="H27" s="3" t="n">
-        <x:v>-28</x:v>
+        <x:v>-38</x:v>
       </x:c>
       <x:c r="I27" s="3" t="n">
-        <x:v>187</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J27" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K27" s="3" t="n">
-        <x:v>169</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="L27" s="3" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M27" s="3" t="n">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>169</x:v>
       </x:c>
       <x:c r="O27" s="3" t="n">
-        <x:v>286</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="P27" s="3" t="n">
-        <x:v>341</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q27" s="3" t="n">
-        <x:v>479</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="R27" s="3" t="n">
-        <x:v>495</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="S27" s="3" t="n">
-        <x:v>615</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="T27" s="3" t="n">
-        <x:v>767</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="U27" s="3" t="n">
-        <x:v>778</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="V27" s="3" t="n">
-        <x:v>716</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="W27" s="3" t="n">
-        <x:v>747</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="X27" s="3" t="n">
-        <x:v>940</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="Y27" s="3" t="n">
-        <x:v>1144</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="Z27" s="3" t="n">
-        <x:v>831</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="AA27" s="3" t="n">
-        <x:v>767</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="AB27" s="3" t="n">
-        <x:v>989</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="AC27" s="3" t="n">
-        <x:v>1249</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="AD27" s="3" t="n">
-        <x:v>988</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="AE27" s="3" t="n">
-        <x:v>1304</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="AF27" s="3" t="n">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="AG27" s="3" t="n">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="AH27" s="3" t="n">
+        <x:v>1552</x:v>
+      </x:c>
+      <x:c r="AI27" s="3" t="n">
+        <x:v>1293</x:v>
+      </x:c>
+      <x:c r="AJ27" s="3" t="n">
+        <x:v>1289</x:v>
+      </x:c>
+      <x:c r="AK27" s="3" t="n">
+        <x:v>1672</x:v>
+      </x:c>
+      <x:c r="AL27" s="3" t="n">
+        <x:v>2544</x:v>
+      </x:c>
+      <x:c r="AM27" s="3" t="n">
+        <x:v>1330</x:v>
+      </x:c>
+      <x:c r="AN27" s="3" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="AO27" s="3" t="n">
+        <x:v>1284</x:v>
+      </x:c>
+      <x:c r="AP27" s="3" t="n">
+        <x:v>1531</x:v>
+      </x:c>
+      <x:c r="AQ27" s="3" t="n">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c r="AR27" s="3" t="n">
+        <x:v>1920</x:v>
+      </x:c>
+      <x:c r="AS27" s="3" t="n">
+        <x:v>2356</x:v>
+      </x:c>
+      <x:c r="AT27" s="3" t="n">
+        <x:v>1922</x:v>
+      </x:c>
+      <x:c r="AU27" s="3" t="n">
+        <x:v>1189</x:v>
+      </x:c>
+      <x:c r="AV27" s="3" t="n">
+        <x:v>1177</x:v>
+      </x:c>
+      <x:c r="AW27" s="3" t="n">
+        <x:v>1244</x:v>
+      </x:c>
+      <x:c r="AX27" s="3" t="n">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="AY27" s="3" t="n">
+        <x:v>-264</x:v>
+      </x:c>
+      <x:c r="AZ27" s="3" t="n">
+        <x:v>1383</x:v>
+      </x:c>
+      <x:c r="BA27" s="3" t="n">
+        <x:v>982</x:v>
+      </x:c>
+      <x:c r="BB27" s="3" t="n">
         <x:v>710</x:v>
       </x:c>
-      <x:c r="AG27" s="3" t="n">
-[...64 lines deleted...]
-      </x:c>
       <x:c r="BC27" s="3" t="n">
-        <x:v>2086</x:v>
-[...2 lines deleted...]
-        <x:v>4536</x:v>
+        <x:v>4198</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:56">
+    <x:row r="28" spans="1:55">
       <x:c r="A28" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>983</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
-        <x:v>793</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
-        <x:v>809</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="E28" s="3" t="n">
-        <x:v>874</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="F28" s="3" t="n">
-        <x:v>1211</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="G28" s="3" t="n">
-        <x:v>1297</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="H28" s="3" t="n">
-        <x:v>1606</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="I28" s="3" t="n">
-        <x:v>1746</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="J28" s="3" t="n">
-        <x:v>2237</x:v>
+        <x:v>2063</x:v>
       </x:c>
       <x:c r="K28" s="3" t="n">
-        <x:v>2711</x:v>
+        <x:v>2505</x:v>
       </x:c>
       <x:c r="L28" s="3" t="n">
-        <x:v>2713</x:v>
+        <x:v>2447</x:v>
       </x:c>
       <x:c r="M28" s="3" t="n">
-        <x:v>3545</x:v>
+        <x:v>3248</x:v>
       </x:c>
       <x:c r="N28" s="3" t="n">
-        <x:v>4438</x:v>
+        <x:v>4107</x:v>
       </x:c>
       <x:c r="O28" s="3" t="n">
-        <x:v>5669</x:v>
+        <x:v>5207</x:v>
       </x:c>
       <x:c r="P28" s="3" t="n">
-        <x:v>6750</x:v>
+        <x:v>6219</x:v>
       </x:c>
       <x:c r="Q28" s="3" t="n">
-        <x:v>7375</x:v>
+        <x:v>6890</x:v>
       </x:c>
       <x:c r="R28" s="3" t="n">
-        <x:v>6411</x:v>
+        <x:v>5948</x:v>
       </x:c>
       <x:c r="S28" s="3" t="n">
-        <x:v>6664</x:v>
+        <x:v>6179</x:v>
       </x:c>
       <x:c r="T28" s="3" t="n">
-        <x:v>6859</x:v>
+        <x:v>6472</x:v>
       </x:c>
       <x:c r="U28" s="3" t="n">
-        <x:v>7862</x:v>
+        <x:v>7454</x:v>
       </x:c>
       <x:c r="V28" s="3" t="n">
-        <x:v>9039</x:v>
+        <x:v>8814</x:v>
       </x:c>
       <x:c r="W28" s="3" t="n">
-        <x:v>9970</x:v>
+        <x:v>9858</x:v>
       </x:c>
       <x:c r="X28" s="3" t="n">
-        <x:v>9237</x:v>
+        <x:v>9220</x:v>
       </x:c>
       <x:c r="Y28" s="3" t="n">
-        <x:v>8300</x:v>
+        <x:v>8570</x:v>
       </x:c>
       <x:c r="Z28" s="3" t="n">
-        <x:v>6574</x:v>
+        <x:v>6655</x:v>
       </x:c>
       <x:c r="AA28" s="3" t="n">
-        <x:v>9387</x:v>
+        <x:v>9628</x:v>
       </x:c>
       <x:c r="AB28" s="3" t="n">
-        <x:v>8116</x:v>
+        <x:v>8534</x:v>
       </x:c>
       <x:c r="AC28" s="3" t="n">
-        <x:v>8823</x:v>
+        <x:v>10542</x:v>
       </x:c>
       <x:c r="AD28" s="3" t="n">
-        <x:v>8407</x:v>
+        <x:v>10375</x:v>
       </x:c>
       <x:c r="AE28" s="3" t="n">
-        <x:v>7726</x:v>
+        <x:v>9728</x:v>
       </x:c>
       <x:c r="AF28" s="3" t="n">
-        <x:v>7744</x:v>
+        <x:v>9886</x:v>
       </x:c>
       <x:c r="AG28" s="3" t="n">
-        <x:v>11038</x:v>
+        <x:v>13297</x:v>
       </x:c>
       <x:c r="AH28" s="3" t="n">
-        <x:v>14230</x:v>
+        <x:v>16888</x:v>
       </x:c>
       <x:c r="AI28" s="3" t="n">
-        <x:v>17737</x:v>
+        <x:v>19728</x:v>
       </x:c>
       <x:c r="AJ28" s="3" t="n">
-        <x:v>16200</x:v>
+        <x:v>18279</x:v>
       </x:c>
       <x:c r="AK28" s="3" t="n">
-        <x:v>23012</x:v>
+        <x:v>25156</x:v>
       </x:c>
       <x:c r="AL28" s="3" t="n">
-        <x:v>27073</x:v>
+        <x:v>29232</x:v>
       </x:c>
       <x:c r="AM28" s="3" t="n">
-        <x:v>18408</x:v>
+        <x:v>20506</x:v>
       </x:c>
       <x:c r="AN28" s="3" t="n">
-        <x:v>30200</x:v>
+        <x:v>32374</x:v>
       </x:c>
       <x:c r="AO28" s="3" t="n">
-        <x:v>23842</x:v>
+        <x:v>25985</x:v>
       </x:c>
       <x:c r="AP28" s="3" t="n">
-        <x:v>32760</x:v>
+        <x:v>34912</x:v>
       </x:c>
       <x:c r="AQ28" s="3" t="n">
-        <x:v>28323</x:v>
+        <x:v>30445</x:v>
       </x:c>
       <x:c r="AR28" s="3" t="n">
-        <x:v>25235</x:v>
+        <x:v>27384</x:v>
       </x:c>
       <x:c r="AS28" s="3" t="n">
-        <x:v>26172</x:v>
+        <x:v>28282</x:v>
       </x:c>
       <x:c r="AT28" s="3" t="n">
-        <x:v>23292</x:v>
+        <x:v>25386</x:v>
       </x:c>
       <x:c r="AU28" s="3" t="n">
-        <x:v>19308</x:v>
+        <x:v>21327</x:v>
       </x:c>
       <x:c r="AV28" s="3" t="n">
-        <x:v>25015</x:v>
+        <x:v>27033</x:v>
       </x:c>
       <x:c r="AW28" s="3" t="n">
-        <x:v>27507</x:v>
+        <x:v>29531</x:v>
       </x:c>
       <x:c r="AX28" s="3" t="n">
-        <x:v>43609</x:v>
+        <x:v>45629</x:v>
       </x:c>
       <x:c r="AY28" s="3" t="n">
-        <x:v>36962</x:v>
+        <x:v>38900</x:v>
       </x:c>
       <x:c r="AZ28" s="3" t="n">
-        <x:v>9492</x:v>
+        <x:v>11408</x:v>
       </x:c>
       <x:c r="BA28" s="3" t="n">
-        <x:v>71561</x:v>
+        <x:v>73459</x:v>
       </x:c>
       <x:c r="BB28" s="3" t="n">
-        <x:v>146520</x:v>
+        <x:v>151603</x:v>
       </x:c>
       <x:c r="BC28" s="3" t="n">
-        <x:v>80464</x:v>
-[...2 lines deleted...]
-        <x:v>58793</x:v>
+        <x:v>76075</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:56">
+    <x:row r="29" spans="1:55">
       <x:c r="A29" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>-64</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>-79</x:v>
+        <x:v>-78</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
-        <x:v>-134</x:v>
+        <x:v>-135</x:v>
       </x:c>
       <x:c r="E29" s="3" t="n">
         <x:v>-78</x:v>
       </x:c>
       <x:c r="F29" s="3" t="n">
-        <x:v>-130</x:v>
+        <x:v>-132</x:v>
       </x:c>
       <x:c r="G29" s="3" t="n">
-        <x:v>-101</x:v>
+        <x:v>-102</x:v>
       </x:c>
       <x:c r="H29" s="3" t="n">
-        <x:v>-13</x:v>
+        <x:v>-16</x:v>
       </x:c>
       <x:c r="I29" s="3" t="n">
-        <x:v>53</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J29" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="K29" s="3" t="n">
-        <x:v>-77</x:v>
+        <x:v>-82</x:v>
       </x:c>
       <x:c r="L29" s="3" t="n">
-        <x:v>-212</x:v>
+        <x:v>-224</x:v>
       </x:c>
       <x:c r="M29" s="3" t="n">
-        <x:v>-99</x:v>
+        <x:v>-98</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>-76</x:v>
       </x:c>
       <x:c r="O29" s="3" t="n">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P29" s="3" t="n">
-        <x:v>241</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q29" s="3" t="n">
-        <x:v>267</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="R29" s="3" t="n">
-        <x:v>279</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S29" s="3" t="n">
-        <x:v>429</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="T29" s="3" t="n">
         <x:v>547</x:v>
       </x:c>
       <x:c r="U29" s="3" t="n">
-        <x:v>1182</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="V29" s="3" t="n">
-        <x:v>1525</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="W29" s="3" t="n">
         <x:v>1521</x:v>
       </x:c>
       <x:c r="X29" s="3" t="n">
-        <x:v>1671</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="Y29" s="3" t="n">
-        <x:v>1834</x:v>
+        <x:v>1829</x:v>
       </x:c>
       <x:c r="Z29" s="3" t="n">
-        <x:v>2069</x:v>
+        <x:v>2060</x:v>
       </x:c>
       <x:c r="AA29" s="3" t="n">
-        <x:v>2226</x:v>
+        <x:v>2219</x:v>
       </x:c>
       <x:c r="AB29" s="3" t="n">
-        <x:v>2651</x:v>
+        <x:v>2650</x:v>
       </x:c>
       <x:c r="AC29" s="3" t="n">
-        <x:v>3302</x:v>
+        <x:v>3299</x:v>
       </x:c>
       <x:c r="AD29" s="3" t="n">
-        <x:v>3482</x:v>
+        <x:v>3461</x:v>
       </x:c>
       <x:c r="AE29" s="3" t="n">
-        <x:v>3714</x:v>
+        <x:v>3704</x:v>
       </x:c>
       <x:c r="AF29" s="3" t="n">
-        <x:v>4367</x:v>
+        <x:v>4363</x:v>
       </x:c>
       <x:c r="AG29" s="3" t="n">
-        <x:v>5092</x:v>
+        <x:v>5081</x:v>
       </x:c>
       <x:c r="AH29" s="3" t="n">
-        <x:v>5372</x:v>
+        <x:v>5346</x:v>
       </x:c>
       <x:c r="AI29" s="3" t="n">
-        <x:v>5187</x:v>
+        <x:v>5155</x:v>
       </x:c>
       <x:c r="AJ29" s="3" t="n">
-        <x:v>3778</x:v>
+        <x:v>3802</x:v>
       </x:c>
       <x:c r="AK29" s="3" t="n">
-        <x:v>4034</x:v>
+        <x:v>4057</x:v>
       </x:c>
       <x:c r="AL29" s="3" t="n">
-        <x:v>3619</x:v>
+        <x:v>3645</x:v>
       </x:c>
       <x:c r="AM29" s="3" t="n">
-        <x:v>95</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="AN29" s="3" t="n">
-        <x:v>585</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="AO29" s="3" t="n">
-        <x:v>-2</x:v>
+        <x:v>-75</x:v>
       </x:c>
       <x:c r="AP29" s="3" t="n">
-        <x:v>949</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="AQ29" s="3" t="n">
-        <x:v>1207</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="AR29" s="3" t="n">
-        <x:v>1516</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="AS29" s="3" t="n">
-        <x:v>808</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="AT29" s="3" t="n">
-        <x:v>1286</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="AU29" s="3" t="n">
-        <x:v>1849</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="AV29" s="3" t="n">
-        <x:v>671</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="AW29" s="3" t="n">
-        <x:v>1787</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="AX29" s="3" t="n">
-        <x:v>1175</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="AY29" s="3" t="n">
-        <x:v>1286</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="AZ29" s="3" t="n">
-        <x:v>1500</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="BA29" s="3" t="n">
-        <x:v>2913</x:v>
+        <x:v>2548</x:v>
       </x:c>
       <x:c r="BB29" s="3" t="n">
-        <x:v>3327</x:v>
+        <x:v>3741</x:v>
       </x:c>
       <x:c r="BC29" s="3" t="n">
-        <x:v>2470</x:v>
-[...2 lines deleted...]
-        <x:v>2409</x:v>
+        <x:v>2185</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:56">
+    <x:row r="30" spans="1:55">
       <x:c r="A30" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>1443</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
-        <x:v>1653</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
-        <x:v>1895</x:v>
+        <x:v>1925</x:v>
       </x:c>
       <x:c r="E30" s="3" t="n">
-        <x:v>2190</x:v>
+        <x:v>2229</x:v>
       </x:c>
       <x:c r="F30" s="3" t="n">
-        <x:v>2144</x:v>
+        <x:v>2198</x:v>
       </x:c>
       <x:c r="G30" s="3" t="n">
-        <x:v>2525</x:v>
+        <x:v>2568</x:v>
       </x:c>
       <x:c r="H30" s="3" t="n">
-        <x:v>2451</x:v>
+        <x:v>2509</x:v>
       </x:c>
       <x:c r="I30" s="3" t="n">
-        <x:v>2631</x:v>
+        <x:v>2693</x:v>
       </x:c>
       <x:c r="J30" s="3" t="n">
-        <x:v>3547</x:v>
+        <x:v>3603</x:v>
       </x:c>
       <x:c r="K30" s="3" t="n">
-        <x:v>2544</x:v>
+        <x:v>2593</x:v>
       </x:c>
       <x:c r="L30" s="3" t="n">
-        <x:v>2061</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="M30" s="3" t="n">
-        <x:v>2556</x:v>
+        <x:v>2417</x:v>
       </x:c>
       <x:c r="N30" s="3" t="n">
-        <x:v>3635</x:v>
+        <x:v>3566</x:v>
       </x:c>
       <x:c r="O30" s="3" t="n">
-        <x:v>3531</x:v>
+        <x:v>3530</x:v>
       </x:c>
       <x:c r="P30" s="3" t="n">
-        <x:v>3713</x:v>
+        <x:v>3686</x:v>
       </x:c>
       <x:c r="Q30" s="3" t="n">
-        <x:v>5345</x:v>
+        <x:v>5364</x:v>
       </x:c>
       <x:c r="R30" s="3" t="n">
-        <x:v>6434</x:v>
+        <x:v>6449</x:v>
       </x:c>
       <x:c r="S30" s="3" t="n">
-        <x:v>6281</x:v>
+        <x:v>6302</x:v>
       </x:c>
       <x:c r="T30" s="3" t="n">
-        <x:v>8861</x:v>
+        <x:v>8832</x:v>
       </x:c>
       <x:c r="U30" s="3" t="n">
-        <x:v>7552</x:v>
+        <x:v>7378</x:v>
       </x:c>
       <x:c r="V30" s="3" t="n">
-        <x:v>5303</x:v>
+        <x:v>5218</x:v>
       </x:c>
       <x:c r="W30" s="3" t="n">
-        <x:v>5213</x:v>
+        <x:v>5128</x:v>
       </x:c>
       <x:c r="X30" s="3" t="n">
-        <x:v>6088</x:v>
+        <x:v>6080</x:v>
       </x:c>
       <x:c r="Y30" s="3" t="n">
-        <x:v>5628</x:v>
+        <x:v>5719</x:v>
       </x:c>
       <x:c r="Z30" s="3" t="n">
-        <x:v>9674</x:v>
+        <x:v>9845</x:v>
       </x:c>
       <x:c r="AA30" s="3" t="n">
-        <x:v>12073</x:v>
+        <x:v>12027</x:v>
       </x:c>
       <x:c r="AB30" s="3" t="n">
-        <x:v>11815</x:v>
+        <x:v>11979</x:v>
       </x:c>
       <x:c r="AC30" s="3" t="n">
-        <x:v>12434</x:v>
+        <x:v>12608</x:v>
       </x:c>
       <x:c r="AD30" s="3" t="n">
-        <x:v>12768</x:v>
+        <x:v>12622</x:v>
       </x:c>
       <x:c r="AE30" s="3" t="n">
-        <x:v>8883</x:v>
+        <x:v>8836</x:v>
       </x:c>
       <x:c r="AF30" s="3" t="n">
-        <x:v>11471</x:v>
+        <x:v>11366</x:v>
       </x:c>
       <x:c r="AG30" s="3" t="n">
-        <x:v>12731</x:v>
+        <x:v>12582</x:v>
       </x:c>
       <x:c r="AH30" s="3" t="n">
-        <x:v>15033</x:v>
+        <x:v>15025</x:v>
       </x:c>
       <x:c r="AI30" s="3" t="n">
-        <x:v>14908</x:v>
+        <x:v>14734</x:v>
       </x:c>
       <x:c r="AJ30" s="3" t="n">
-        <x:v>22002</x:v>
+        <x:v>21837</x:v>
       </x:c>
       <x:c r="AK30" s="3" t="n">
-        <x:v>26597</x:v>
+        <x:v>26376</x:v>
       </x:c>
       <x:c r="AL30" s="3" t="n">
-        <x:v>32709</x:v>
+        <x:v>32544</x:v>
       </x:c>
       <x:c r="AM30" s="3" t="n">
-        <x:v>38828</x:v>
+        <x:v>38778</x:v>
       </x:c>
       <x:c r="AN30" s="3" t="n">
-        <x:v>36758</x:v>
+        <x:v>36850</x:v>
       </x:c>
       <x:c r="AO30" s="3" t="n">
-        <x:v>35137</x:v>
+        <x:v>35244</x:v>
       </x:c>
       <x:c r="AP30" s="3" t="n">
-        <x:v>36415</x:v>
+        <x:v>36491</x:v>
       </x:c>
       <x:c r="AQ30" s="3" t="n">
-        <x:v>40685</x:v>
+        <x:v>40713</x:v>
       </x:c>
       <x:c r="AR30" s="3" t="n">
-        <x:v>48769</x:v>
+        <x:v>48481</x:v>
       </x:c>
       <x:c r="AS30" s="3" t="n">
-        <x:v>46868</x:v>
+        <x:v>46446</x:v>
       </x:c>
       <x:c r="AT30" s="3" t="n">
-        <x:v>49580</x:v>
+        <x:v>49010</x:v>
       </x:c>
       <x:c r="AU30" s="3" t="n">
-        <x:v>52103</x:v>
+        <x:v>51145</x:v>
       </x:c>
       <x:c r="AV30" s="3" t="n">
-        <x:v>51366</x:v>
+        <x:v>50189</x:v>
       </x:c>
       <x:c r="AW30" s="3" t="n">
-        <x:v>53718</x:v>
+        <x:v>52280</x:v>
       </x:c>
       <x:c r="AX30" s="3" t="n">
-        <x:v>53266</x:v>
+        <x:v>51549</x:v>
       </x:c>
       <x:c r="AY30" s="3" t="n">
-        <x:v>53569</x:v>
+        <x:v>51499</x:v>
       </x:c>
       <x:c r="AZ30" s="3" t="n">
-        <x:v>49611</x:v>
+        <x:v>47250</x:v>
       </x:c>
       <x:c r="BA30" s="3" t="n">
-        <x:v>52436</x:v>
+        <x:v>49713</x:v>
       </x:c>
       <x:c r="BB30" s="3" t="n">
-        <x:v>56432</x:v>
+        <x:v>61085</x:v>
       </x:c>
       <x:c r="BC30" s="3" t="n">
-        <x:v>37491</x:v>
-[...2 lines deleted...]
-        <x:v>31295</x:v>
+        <x:v>50165</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:56">
+    <x:row r="31" spans="1:55">
       <x:c r="A31" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>4692</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>4792</x:v>
+        <x:v>4486</x:v>
       </x:c>
       <x:c r="D31" s="3" t="n">
-        <x:v>5358</x:v>
+        <x:v>5226</x:v>
       </x:c>
       <x:c r="E31" s="3" t="n">
-        <x:v>5607</x:v>
+        <x:v>5486</x:v>
       </x:c>
       <x:c r="F31" s="3" t="n">
-        <x:v>7812</x:v>
+        <x:v>7768</x:v>
       </x:c>
       <x:c r="G31" s="3" t="n">
-        <x:v>8437</x:v>
+        <x:v>8299</x:v>
       </x:c>
       <x:c r="H31" s="3" t="n">
-        <x:v>7996</x:v>
+        <x:v>7796</x:v>
       </x:c>
       <x:c r="I31" s="3" t="n">
-        <x:v>8484</x:v>
+        <x:v>8138</x:v>
       </x:c>
       <x:c r="J31" s="3" t="n">
-        <x:v>5905</x:v>
+        <x:v>5797</x:v>
       </x:c>
       <x:c r="K31" s="3" t="n">
-        <x:v>3748</x:v>
+        <x:v>3493</x:v>
       </x:c>
       <x:c r="L31" s="3" t="n">
-        <x:v>6958</x:v>
+        <x:v>6647</x:v>
       </x:c>
       <x:c r="M31" s="3" t="n">
-        <x:v>8805</x:v>
+        <x:v>8670</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>9225</x:v>
+        <x:v>9160</x:v>
       </x:c>
       <x:c r="O31" s="3" t="n">
-        <x:v>9888</x:v>
+        <x:v>9719</x:v>
       </x:c>
       <x:c r="P31" s="3" t="n">
-        <x:v>9841</x:v>
+        <x:v>9528</x:v>
       </x:c>
       <x:c r="Q31" s="3" t="n">
-        <x:v>12173</x:v>
+        <x:v>12115</x:v>
       </x:c>
       <x:c r="R31" s="3" t="n">
+        <x:v>11376</x:v>
+      </x:c>
+      <x:c r="S31" s="3" t="n">
+        <x:v>9192</x:v>
+      </x:c>
+      <x:c r="T31" s="3" t="n">
+        <x:v>7400</x:v>
+      </x:c>
+      <x:c r="U31" s="3" t="n">
+        <x:v>6907</x:v>
+      </x:c>
+      <x:c r="V31" s="3" t="n">
+        <x:v>8678</x:v>
+      </x:c>
+      <x:c r="W31" s="3" t="n">
+        <x:v>10042</x:v>
+      </x:c>
+      <x:c r="X31" s="3" t="n">
+        <x:v>10655</x:v>
+      </x:c>
+      <x:c r="Y31" s="3" t="n">
+        <x:v>15417</x:v>
+      </x:c>
+      <x:c r="Z31" s="3" t="n">
+        <x:v>15546</x:v>
+      </x:c>
+      <x:c r="AA31" s="3" t="n">
+        <x:v>18491</x:v>
+      </x:c>
+      <x:c r="AB31" s="3" t="n">
+        <x:v>20738</x:v>
+      </x:c>
+      <x:c r="AC31" s="3" t="n">
+        <x:v>20620</x:v>
+      </x:c>
+      <x:c r="AD31" s="3" t="n">
+        <x:v>22623</x:v>
+      </x:c>
+      <x:c r="AE31" s="3" t="n">
+        <x:v>21157</x:v>
+      </x:c>
+      <x:c r="AF31" s="3" t="n">
+        <x:v>20906</x:v>
+      </x:c>
+      <x:c r="AG31" s="3" t="n">
+        <x:v>23180</x:v>
+      </x:c>
+      <x:c r="AH31" s="3" t="n">
+        <x:v>20157</x:v>
+      </x:c>
+      <x:c r="AI31" s="3" t="n">
+        <x:v>18106</x:v>
+      </x:c>
+      <x:c r="AJ31" s="3" t="n">
+        <x:v>16988</x:v>
+      </x:c>
+      <x:c r="AK31" s="3" t="n">
+        <x:v>16761</x:v>
+      </x:c>
+      <x:c r="AL31" s="3" t="n">
+        <x:v>22189</x:v>
+      </x:c>
+      <x:c r="AM31" s="3" t="n">
+        <x:v>37102</x:v>
+      </x:c>
+      <x:c r="AN31" s="3" t="n">
+        <x:v>34387</x:v>
+      </x:c>
+      <x:c r="AO31" s="3" t="n">
+        <x:v>18637</x:v>
+      </x:c>
+      <x:c r="AP31" s="3" t="n">
+        <x:v>27548</x:v>
+      </x:c>
+      <x:c r="AQ31" s="3" t="n">
+        <x:v>25442</x:v>
+      </x:c>
+      <x:c r="AR31" s="3" t="n">
+        <x:v>28063</x:v>
+      </x:c>
+      <x:c r="AS31" s="3" t="n">
+        <x:v>21544</x:v>
+      </x:c>
+      <x:c r="AT31" s="3" t="n">
+        <x:v>31543</x:v>
+      </x:c>
+      <x:c r="AU31" s="3" t="n">
+        <x:v>31946</x:v>
+      </x:c>
+      <x:c r="AV31" s="3" t="n">
+        <x:v>38097</x:v>
+      </x:c>
+      <x:c r="AW31" s="3" t="n">
+        <x:v>36056</x:v>
+      </x:c>
+      <x:c r="AX31" s="3" t="n">
+        <x:v>44759</x:v>
+      </x:c>
+      <x:c r="AY31" s="3" t="n">
+        <x:v>45129</x:v>
+      </x:c>
+      <x:c r="AZ31" s="3" t="n">
+        <x:v>63602</x:v>
+      </x:c>
+      <x:c r="BA31" s="3" t="n">
+        <x:v>64552</x:v>
+      </x:c>
+      <x:c r="BB31" s="3" t="n">
+        <x:v>73747</x:v>
+      </x:c>
+      <x:c r="BC31" s="3" t="n">
+        <x:v>66754</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:55">
+      <x:c r="A32" s="2" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="B32" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C32" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D32" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E32" s="3" t="n">
+        <x:v>-2</x:v>
+      </x:c>
+      <x:c r="F32" s="3" t="n">
+        <x:v>-55</x:v>
+      </x:c>
+      <x:c r="G32" s="3" t="n">
+        <x:v>-110</x:v>
+      </x:c>
+      <x:c r="H32" s="3" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I32" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="J32" s="3" t="n">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="K32" s="3" t="n">
+        <x:v>1097</x:v>
+      </x:c>
+      <x:c r="L32" s="3" t="n">
+        <x:v>1593</x:v>
+      </x:c>
+      <x:c r="M32" s="3" t="n">
+        <x:v>1969</x:v>
+      </x:c>
+      <x:c r="N32" s="3" t="n">
+        <x:v>1904</x:v>
+      </x:c>
+      <x:c r="O32" s="3" t="n">
+        <x:v>1735</x:v>
+      </x:c>
+      <x:c r="P32" s="3" t="n">
+        <x:v>1453</x:v>
+      </x:c>
+      <x:c r="Q32" s="3" t="n">
+        <x:v>1746</x:v>
+      </x:c>
+      <x:c r="R32" s="3" t="n">
+        <x:v>4201</x:v>
+      </x:c>
+      <x:c r="S32" s="3" t="n">
+        <x:v>4461</x:v>
+      </x:c>
+      <x:c r="T32" s="3" t="n">
+        <x:v>4639</x:v>
+      </x:c>
+      <x:c r="U32" s="3" t="n">
+        <x:v>5449</x:v>
+      </x:c>
+      <x:c r="V32" s="3" t="n">
+        <x:v>6201</x:v>
+      </x:c>
+      <x:c r="W32" s="3" t="n">
+        <x:v>8228</x:v>
+      </x:c>
+      <x:c r="X32" s="3" t="n">
+        <x:v>8904</x:v>
+      </x:c>
+      <x:c r="Y32" s="3" t="n">
+        <x:v>8633</x:v>
+      </x:c>
+      <x:c r="Z32" s="3" t="n">
+        <x:v>9815</x:v>
+      </x:c>
+      <x:c r="AA32" s="3" t="n">
+        <x:v>9117</x:v>
+      </x:c>
+      <x:c r="AB32" s="3" t="n">
+        <x:v>10016</x:v>
+      </x:c>
+      <x:c r="AC32" s="3" t="n">
+        <x:v>9805</x:v>
+      </x:c>
+      <x:c r="AD32" s="3" t="n">
+        <x:v>10360</x:v>
+      </x:c>
+      <x:c r="AE32" s="3" t="n">
+        <x:v>11513</x:v>
+      </x:c>
+      <x:c r="AF32" s="3" t="n">
+        <x:v>11043</x:v>
+      </x:c>
+      <x:c r="AG32" s="3" t="n">
+        <x:v>11429</x:v>
+      </x:c>
+      <x:c r="AH32" s="3" t="n">
+        <x:v>10589</x:v>
+      </x:c>
+      <x:c r="AI32" s="3" t="n">
+        <x:v>10991</x:v>
+      </x:c>
+      <x:c r="AJ32" s="3" t="n">
+        <x:v>11901</x:v>
+      </x:c>
+      <x:c r="AK32" s="3" t="n">
+        <x:v>13330</x:v>
+      </x:c>
+      <x:c r="AL32" s="3" t="n">
+        <x:v>14633</x:v>
+      </x:c>
+      <x:c r="AM32" s="3" t="n">
+        <x:v>11755</x:v>
+      </x:c>
+      <x:c r="AN32" s="3" t="n">
+        <x:v>13582</x:v>
+      </x:c>
+      <x:c r="AO32" s="3" t="n">
+        <x:v>12573</x:v>
+      </x:c>
+      <x:c r="AP32" s="3" t="n">
+        <x:v>12671</x:v>
+      </x:c>
+      <x:c r="AQ32" s="3" t="n">
+        <x:v>10008</x:v>
+      </x:c>
+      <x:c r="AR32" s="3" t="n">
+        <x:v>10547</x:v>
+      </x:c>
+      <x:c r="AS32" s="3" t="n">
+        <x:v>11778</x:v>
+      </x:c>
+      <x:c r="AT32" s="3" t="n">
+        <x:v>11630</x:v>
+      </x:c>
+      <x:c r="AU32" s="3" t="n">
+        <x:v>11107</x:v>
+      </x:c>
+      <x:c r="AV32" s="3" t="n">
+        <x:v>11928</x:v>
+      </x:c>
+      <x:c r="AW32" s="3" t="n">
+        <x:v>12260</x:v>
+      </x:c>
+      <x:c r="AX32" s="3" t="n">
+        <x:v>12432</x:v>
+      </x:c>
+      <x:c r="AY32" s="3" t="n">
+        <x:v>13239</x:v>
+      </x:c>
+      <x:c r="AZ32" s="3" t="n">
+        <x:v>13123</x:v>
+      </x:c>
+      <x:c r="BA32" s="3" t="n">
+        <x:v>11068</x:v>
+      </x:c>
+      <x:c r="BB32" s="3" t="n">
         <x:v>11210</x:v>
       </x:c>
-      <x:c r="S31" s="3" t="n">
-[...111 lines deleted...]
-        <x:v>92646</x:v>
+      <x:c r="BC32" s="3" t="n">
+        <x:v>7567</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:56">
-      <x:c r="A32" s="2" t="s">
+    <x:row r="33" spans="1:55">
+      <x:c r="A33" s="2" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...168 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>2192</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>1620</x:v>
+        <x:v>1641</x:v>
       </x:c>
       <x:c r="D33" s="3" t="n">
-        <x:v>1493</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="E33" s="3" t="n">
-        <x:v>2639</x:v>
+        <x:v>2275</x:v>
       </x:c>
       <x:c r="F33" s="3" t="n">
-        <x:v>3224</x:v>
+        <x:v>2545</x:v>
       </x:c>
       <x:c r="G33" s="3" t="n">
-        <x:v>707</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H33" s="3" t="n">
-        <x:v>-617</x:v>
+        <x:v>-1149</x:v>
       </x:c>
       <x:c r="I33" s="3" t="n">
-        <x:v>-2001</x:v>
+        <x:v>-2927</x:v>
       </x:c>
       <x:c r="J33" s="3" t="n">
-        <x:v>-1159</x:v>
+        <x:v>-2346</x:v>
       </x:c>
       <x:c r="K33" s="3" t="n">
-        <x:v>295</x:v>
+        <x:v>-1204</x:v>
       </x:c>
       <x:c r="L33" s="3" t="n">
-        <x:v>2447</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="M33" s="3" t="n">
-        <x:v>1668</x:v>
+        <x:v>-599</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>-1394</x:v>
+        <x:v>-3491</x:v>
       </x:c>
       <x:c r="O33" s="3" t="n">
-        <x:v>-2610</x:v>
+        <x:v>-4892</x:v>
       </x:c>
       <x:c r="P33" s="3" t="n">
-        <x:v>-1661</x:v>
+        <x:v>-4059</x:v>
       </x:c>
       <x:c r="Q33" s="3" t="n">
-        <x:v>-2335</x:v>
+        <x:v>-4640</x:v>
       </x:c>
       <x:c r="R33" s="3" t="n">
-        <x:v>-1909</x:v>
+        <x:v>-4134</x:v>
       </x:c>
       <x:c r="S33" s="3" t="n">
-        <x:v>-3016</x:v>
+        <x:v>-5403</x:v>
       </x:c>
       <x:c r="T33" s="3" t="n">
-        <x:v>1192</x:v>
+        <x:v>-1546</x:v>
       </x:c>
       <x:c r="U33" s="3" t="n">
-        <x:v>3620</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="V33" s="3" t="n">
-        <x:v>3995</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="W33" s="3" t="n">
-        <x:v>5939</x:v>
+        <x:v>4211</x:v>
       </x:c>
       <x:c r="X33" s="3" t="n">
-        <x:v>-854</x:v>
+        <x:v>-883</x:v>
       </x:c>
       <x:c r="Y33" s="3" t="n">
-        <x:v>832</x:v>
+        <x:v>2452</x:v>
       </x:c>
       <x:c r="Z33" s="3" t="n">
-        <x:v>-788</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="AA33" s="3" t="n">
-        <x:v>-379</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="AB33" s="3" t="n">
-        <x:v>-565</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="AC33" s="3" t="n">
-        <x:v>1667</x:v>
+        <x:v>3957</x:v>
       </x:c>
       <x:c r="AD33" s="3" t="n">
-        <x:v>572</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="AE33" s="3" t="n">
-        <x:v>-693</x:v>
+        <x:v>-143</x:v>
       </x:c>
       <x:c r="AF33" s="3" t="n">
-        <x:v>4051</x:v>
+        <x:v>4411</x:v>
       </x:c>
       <x:c r="AG33" s="3" t="n">
-        <x:v>8119</x:v>
+        <x:v>9072</x:v>
       </x:c>
       <x:c r="AH33" s="3" t="n">
-        <x:v>1122</x:v>
+        <x:v>2460</x:v>
       </x:c>
       <x:c r="AI33" s="3" t="n">
-        <x:v>2342</x:v>
+        <x:v>4159</x:v>
       </x:c>
       <x:c r="AJ33" s="3" t="n">
-        <x:v>972</x:v>
+        <x:v>2426</x:v>
       </x:c>
       <x:c r="AK33" s="3" t="n">
-        <x:v>1771</x:v>
+        <x:v>4183</x:v>
       </x:c>
       <x:c r="AL33" s="3" t="n">
-        <x:v>1168</x:v>
+        <x:v>4420</x:v>
       </x:c>
       <x:c r="AM33" s="3" t="n">
-        <x:v>586</x:v>
+        <x:v>5076</x:v>
       </x:c>
       <x:c r="AN33" s="3" t="n">
-        <x:v>2759</x:v>
+        <x:v>7879</x:v>
       </x:c>
       <x:c r="AO33" s="3" t="n">
-        <x:v>1310</x:v>
+        <x:v>6353</x:v>
       </x:c>
       <x:c r="AP33" s="3" t="n">
-        <x:v>1471</x:v>
+        <x:v>6068</x:v>
       </x:c>
       <x:c r="AQ33" s="3" t="n">
-        <x:v>1506</x:v>
+        <x:v>6550</x:v>
       </x:c>
       <x:c r="AR33" s="3" t="n">
-        <x:v>581</x:v>
+        <x:v>6491</x:v>
       </x:c>
       <x:c r="AS33" s="3" t="n">
-        <x:v>3668</x:v>
+        <x:v>10352</x:v>
       </x:c>
       <x:c r="AT33" s="3" t="n">
-        <x:v>9080</x:v>
+        <x:v>17102</x:v>
       </x:c>
       <x:c r="AU33" s="3" t="n">
-        <x:v>9415</x:v>
+        <x:v>18002</x:v>
       </x:c>
       <x:c r="AV33" s="3" t="n">
-        <x:v>8828</x:v>
+        <x:v>17462</x:v>
       </x:c>
       <x:c r="AW33" s="3" t="n">
-        <x:v>6430</x:v>
+        <x:v>14964</x:v>
       </x:c>
       <x:c r="AX33" s="3" t="n">
-        <x:v>3956</x:v>
+        <x:v>12122</x:v>
       </x:c>
       <x:c r="AY33" s="3" t="n">
-        <x:v>5733</x:v>
+        <x:v>14784</x:v>
       </x:c>
       <x:c r="AZ33" s="3" t="n">
-        <x:v>-1933</x:v>
+        <x:v>5042</x:v>
       </x:c>
       <x:c r="BA33" s="3" t="n">
-        <x:v>-1174</x:v>
+        <x:v>6294</x:v>
       </x:c>
       <x:c r="BB33" s="3" t="n">
-        <x:v>13807</x:v>
+        <x:v>23359</x:v>
       </x:c>
       <x:c r="BC33" s="3" t="n">
-        <x:v>-8400</x:v>
-[...2 lines deleted...]
-        <x:v>-4568</x:v>
+        <x:v>27054</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:56">
+    <x:row r="34" spans="1:55">
       <x:c r="A34" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
-        <x:v>401</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
-        <x:v>304</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E34" s="3" t="n">
-        <x:v>277</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F34" s="3" t="n">
-        <x:v>-78</x:v>
+        <x:v>-137</x:v>
       </x:c>
       <x:c r="G34" s="3" t="n">
-        <x:v>225</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H34" s="3" t="n">
-        <x:v>434</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I34" s="3" t="n">
-        <x:v>568</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J34" s="3" t="n">
-        <x:v>235</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="K34" s="3" t="n">
-        <x:v>389</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="L34" s="3" t="n">
-        <x:v>322</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="M34" s="3" t="n">
-        <x:v>-43</x:v>
+        <x:v>-30</x:v>
       </x:c>
       <x:c r="N34" s="3" t="n">
-        <x:v>-302</x:v>
+        <x:v>-231</x:v>
       </x:c>
       <x:c r="O34" s="3" t="n">
-        <x:v>148</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P34" s="3" t="n">
-        <x:v>530</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="Q34" s="3" t="n">
-        <x:v>1086</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="R34" s="3" t="n">
-        <x:v>2024</x:v>
+        <x:v>2262</x:v>
       </x:c>
       <x:c r="S34" s="3" t="n">
-        <x:v>1870</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="T34" s="3" t="n">
-        <x:v>3421</x:v>
+        <x:v>3371</x:v>
       </x:c>
       <x:c r="U34" s="3" t="n">
-        <x:v>3621</x:v>
+        <x:v>3685</x:v>
       </x:c>
       <x:c r="V34" s="3" t="n">
-        <x:v>6338</x:v>
+        <x:v>5978</x:v>
       </x:c>
       <x:c r="W34" s="3" t="n">
-        <x:v>7200</x:v>
+        <x:v>6918</x:v>
       </x:c>
       <x:c r="X34" s="3" t="n">
-        <x:v>7453</x:v>
+        <x:v>7173</x:v>
       </x:c>
       <x:c r="Y34" s="3" t="n">
-        <x:v>7423</x:v>
+        <x:v>7492</x:v>
       </x:c>
       <x:c r="Z34" s="3" t="n">
-        <x:v>6016</x:v>
+        <x:v>6165</x:v>
       </x:c>
       <x:c r="AA34" s="3" t="n">
-        <x:v>6868</x:v>
+        <x:v>7056</x:v>
       </x:c>
       <x:c r="AB34" s="3" t="n">
-        <x:v>6589</x:v>
+        <x:v>6586</x:v>
       </x:c>
       <x:c r="AC34" s="3" t="n">
-        <x:v>6629</x:v>
+        <x:v>6471</x:v>
       </x:c>
       <x:c r="AD34" s="3" t="n">
-        <x:v>6759</x:v>
+        <x:v>6525</x:v>
       </x:c>
       <x:c r="AE34" s="3" t="n">
-        <x:v>2739</x:v>
+        <x:v>2085</x:v>
       </x:c>
       <x:c r="AF34" s="3" t="n">
-        <x:v>3805</x:v>
+        <x:v>3106</x:v>
       </x:c>
       <x:c r="AG34" s="3" t="n">
-        <x:v>5712</x:v>
+        <x:v>5662</x:v>
       </x:c>
       <x:c r="AH34" s="3" t="n">
-        <x:v>4980</x:v>
+        <x:v>5346</x:v>
       </x:c>
       <x:c r="AI34" s="3" t="n">
-        <x:v>4338</x:v>
+        <x:v>4404</x:v>
       </x:c>
       <x:c r="AJ34" s="3" t="n">
-        <x:v>9386</x:v>
+        <x:v>11946</x:v>
       </x:c>
       <x:c r="AK34" s="3" t="n">
-        <x:v>12093</x:v>
+        <x:v>15552</x:v>
       </x:c>
       <x:c r="AL34" s="3" t="n">
-        <x:v>17513</x:v>
+        <x:v>22178</x:v>
       </x:c>
       <x:c r="AM34" s="3" t="n">
-        <x:v>19215</x:v>
+        <x:v>24912</x:v>
       </x:c>
       <x:c r="AN34" s="3" t="n">
-        <x:v>16462</x:v>
+        <x:v>23068</x:v>
       </x:c>
       <x:c r="AO34" s="3" t="n">
-        <x:v>11586</x:v>
+        <x:v>18429</x:v>
       </x:c>
       <x:c r="AP34" s="3" t="n">
-        <x:v>11208</x:v>
+        <x:v>18449</x:v>
       </x:c>
       <x:c r="AQ34" s="3" t="n">
-        <x:v>12402</x:v>
+        <x:v>20587</x:v>
       </x:c>
       <x:c r="AR34" s="3" t="n">
-        <x:v>14850</x:v>
+        <x:v>24576</x:v>
       </x:c>
       <x:c r="AS34" s="3" t="n">
-        <x:v>18639</x:v>
+        <x:v>30628</x:v>
       </x:c>
       <x:c r="AT34" s="3" t="n">
-        <x:v>17261</x:v>
+        <x:v>30712</x:v>
       </x:c>
       <x:c r="AU34" s="3" t="n">
-        <x:v>16972</x:v>
+        <x:v>29876</x:v>
       </x:c>
       <x:c r="AV34" s="3" t="n">
-        <x:v>10875</x:v>
+        <x:v>21507</x:v>
       </x:c>
       <x:c r="AW34" s="3" t="n">
-        <x:v>10010</x:v>
+        <x:v>20047</x:v>
       </x:c>
       <x:c r="AX34" s="3" t="n">
-        <x:v>3463</x:v>
+        <x:v>9547</x:v>
       </x:c>
       <x:c r="AY34" s="3" t="n">
-        <x:v>2762</x:v>
+        <x:v>9793</x:v>
       </x:c>
       <x:c r="AZ34" s="3" t="n">
-        <x:v>-11574</x:v>
+        <x:v>-12424</x:v>
       </x:c>
       <x:c r="BA34" s="3" t="n">
-        <x:v>-11520</x:v>
+        <x:v>-11773</x:v>
       </x:c>
       <x:c r="BB34" s="3" t="n">
-        <x:v>-10057</x:v>
+        <x:v>5262</x:v>
       </x:c>
       <x:c r="BC34" s="3" t="n">
-        <x:v>-3181</x:v>
-[...2 lines deleted...]
-        <x:v>-2035</x:v>
+        <x:v>11679</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:56">
+    <x:row r="35" spans="1:55">
       <x:c r="A35" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>-105</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>-161</x:v>
+        <x:v>-163</x:v>
       </x:c>
       <x:c r="D35" s="3" t="n">
-        <x:v>-200</x:v>
+        <x:v>-203</x:v>
       </x:c>
       <x:c r="E35" s="3" t="n">
-        <x:v>-198</x:v>
+        <x:v>-204</x:v>
       </x:c>
       <x:c r="F35" s="3" t="n">
-        <x:v>-225</x:v>
+        <x:v>-234</x:v>
       </x:c>
       <x:c r="G35" s="3" t="n">
-        <x:v>-268</x:v>
+        <x:v>-285</x:v>
       </x:c>
       <x:c r="H35" s="3" t="n">
-        <x:v>-417</x:v>
+        <x:v>-445</x:v>
       </x:c>
       <x:c r="I35" s="3" t="n">
-        <x:v>-502</x:v>
+        <x:v>-533</x:v>
       </x:c>
       <x:c r="J35" s="3" t="n">
-        <x:v>-625</x:v>
+        <x:v>-639</x:v>
       </x:c>
       <x:c r="K35" s="3" t="n">
-        <x:v>-639</x:v>
+        <x:v>-633</x:v>
       </x:c>
       <x:c r="L35" s="3" t="n">
-        <x:v>-975</x:v>
+        <x:v>-964</x:v>
       </x:c>
       <x:c r="M35" s="3" t="n">
-        <x:v>-1058</x:v>
+        <x:v>-1050</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>-807</x:v>
+        <x:v>-804</x:v>
       </x:c>
       <x:c r="O35" s="3" t="n">
         <x:v>-620</x:v>
       </x:c>
       <x:c r="P35" s="3" t="n">
-        <x:v>-801</x:v>
+        <x:v>-803</x:v>
       </x:c>
       <x:c r="Q35" s="3" t="n">
-        <x:v>-1033</x:v>
+        <x:v>-1037</x:v>
       </x:c>
       <x:c r="R35" s="3" t="n">
-        <x:v>-1207</x:v>
+        <x:v>-1226</x:v>
       </x:c>
       <x:c r="S35" s="3" t="n">
-        <x:v>-1512</x:v>
+        <x:v>-1537</x:v>
       </x:c>
       <x:c r="T35" s="3" t="n">
-        <x:v>-1257</x:v>
+        <x:v>-1327</x:v>
       </x:c>
       <x:c r="U35" s="3" t="n">
-        <x:v>-753</x:v>
+        <x:v>-803</x:v>
       </x:c>
       <x:c r="V35" s="3" t="n">
-        <x:v>-870</x:v>
+        <x:v>-886</x:v>
       </x:c>
       <x:c r="W35" s="3" t="n">
-        <x:v>-902</x:v>
+        <x:v>-1001</x:v>
       </x:c>
       <x:c r="X35" s="3" t="n">
-        <x:v>-437</x:v>
+        <x:v>-491</x:v>
       </x:c>
       <x:c r="Y35" s="3" t="n">
-        <x:v>136</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Z35" s="3" t="n">
-        <x:v>-306</x:v>
+        <x:v>-281</x:v>
       </x:c>
       <x:c r="AA35" s="3" t="n">
-        <x:v>-249</x:v>
+        <x:v>-317</x:v>
       </x:c>
       <x:c r="AB35" s="3" t="n">
-        <x:v>285</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="AC35" s="3" t="n">
-        <x:v>1077</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="AD35" s="3" t="n">
-        <x:v>1486</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="AE35" s="3" t="n">
-        <x:v>1032</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="AF35" s="3" t="n">
-        <x:v>767</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="AG35" s="3" t="n">
-        <x:v>1068</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="AH35" s="3" t="n">
-        <x:v>458</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="AI35" s="3" t="n">
-        <x:v>1013</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="AJ35" s="3" t="n">
-        <x:v>1938</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="AK35" s="3" t="n">
-        <x:v>2234</x:v>
+        <x:v>2252</x:v>
       </x:c>
       <x:c r="AL35" s="3" t="n">
-        <x:v>1330</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="AM35" s="3" t="n">
-        <x:v>637</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="AN35" s="3" t="n">
-        <x:v>570</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="AO35" s="3" t="n">
-        <x:v>3255</x:v>
+        <x:v>3319</x:v>
       </x:c>
       <x:c r="AP35" s="3" t="n">
-        <x:v>3146</x:v>
+        <x:v>3113</x:v>
       </x:c>
       <x:c r="AQ35" s="3" t="n">
-        <x:v>2472</x:v>
+        <x:v>2351</x:v>
       </x:c>
       <x:c r="AR35" s="3" t="n">
-        <x:v>238</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="AS35" s="3" t="n">
-        <x:v>1670</x:v>
+        <x:v>1613</x:v>
       </x:c>
       <x:c r="AT35" s="3" t="n">
-        <x:v>1416</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="AU35" s="3" t="n">
-        <x:v>1850</x:v>
+        <x:v>1838</x:v>
       </x:c>
       <x:c r="AV35" s="3" t="n">
-        <x:v>1580</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="AW35" s="3" t="n">
-        <x:v>1591</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="AX35" s="3" t="n">
-        <x:v>1285</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="AY35" s="3" t="n">
-        <x:v>1478</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="AZ35" s="3" t="n">
-        <x:v>1677</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="BA35" s="3" t="n">
-        <x:v>652</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="BB35" s="3" t="n">
-        <x:v>16</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="BC35" s="3" t="n">
-        <x:v>460</x:v>
-[...2 lines deleted...]
-        <x:v>1458</x:v>
+        <x:v>1411</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:56">
+    <x:row r="36" spans="1:55">
       <x:c r="A36" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
-        <x:v>201</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
-        <x:v>263</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E36" s="3" t="n">
-        <x:v>281</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F36" s="3" t="n">
-        <x:v>335</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="G36" s="3" t="n">
-        <x:v>342</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H36" s="3" t="n">
-        <x:v>333</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I36" s="3" t="n">
-        <x:v>414</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="J36" s="3" t="n">
-        <x:v>442</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="K36" s="3" t="n">
-        <x:v>526</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="L36" s="3" t="n">
-        <x:v>637</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="M36" s="3" t="n">
-        <x:v>751</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="N36" s="3" t="n">
-        <x:v>831</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="O36" s="3" t="n">
-        <x:v>1112</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="P36" s="3" t="n">
-        <x:v>1175</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="Q36" s="3" t="n">
-        <x:v>990</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="R36" s="3" t="n">
-        <x:v>1019</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="S36" s="3" t="n">
-        <x:v>756</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="T36" s="3" t="n">
-        <x:v>738</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="U36" s="3" t="n">
-        <x:v>503</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="V36" s="3" t="n">
-        <x:v>442</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="W36" s="3" t="n">
-        <x:v>847</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="X36" s="3" t="n">
-        <x:v>1016</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="Y36" s="3" t="n">
-        <x:v>1136</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="Z36" s="3" t="n">
-        <x:v>1266</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="AA36" s="3" t="n">
-        <x:v>1386</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="AB36" s="3" t="n">
-        <x:v>1619</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="AC36" s="3" t="n">
-        <x:v>1900</x:v>
+        <x:v>1924</x:v>
       </x:c>
       <x:c r="AD36" s="3" t="n">
-        <x:v>2051</x:v>
+        <x:v>2035</x:v>
       </x:c>
       <x:c r="AE36" s="3" t="n">
-        <x:v>2239</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="AF36" s="3" t="n">
-        <x:v>2223</x:v>
+        <x:v>2230</x:v>
       </x:c>
       <x:c r="AG36" s="3" t="n">
-        <x:v>2337</x:v>
+        <x:v>2326</x:v>
       </x:c>
       <x:c r="AH36" s="3" t="n">
-        <x:v>3152</x:v>
+        <x:v>3219</x:v>
       </x:c>
       <x:c r="AI36" s="3" t="n">
-        <x:v>2196</x:v>
+        <x:v>2145</x:v>
       </x:c>
       <x:c r="AJ36" s="3" t="n">
-        <x:v>3484</x:v>
+        <x:v>3509</x:v>
       </x:c>
       <x:c r="AK36" s="3" t="n">
-        <x:v>4000</x:v>
+        <x:v>4006</x:v>
       </x:c>
       <x:c r="AL36" s="3" t="n">
-        <x:v>5754</x:v>
+        <x:v>5745</x:v>
       </x:c>
       <x:c r="AM36" s="3" t="n">
-        <x:v>5889</x:v>
+        <x:v>5883</x:v>
       </x:c>
       <x:c r="AN36" s="3" t="n">
-        <x:v>6039</x:v>
+        <x:v>6001</x:v>
       </x:c>
       <x:c r="AO36" s="3" t="n">
-        <x:v>6220</x:v>
+        <x:v>6149</x:v>
       </x:c>
       <x:c r="AP36" s="3" t="n">
-        <x:v>5793</x:v>
+        <x:v>5679</x:v>
       </x:c>
       <x:c r="AQ36" s="3" t="n">
-        <x:v>6484</x:v>
+        <x:v>6346</x:v>
       </x:c>
       <x:c r="AR36" s="3" t="n">
-        <x:v>7388</x:v>
+        <x:v>7186</x:v>
       </x:c>
       <x:c r="AS36" s="3" t="n">
-        <x:v>7672</x:v>
+        <x:v>7401</x:v>
       </x:c>
       <x:c r="AT36" s="3" t="n">
-        <x:v>7819</x:v>
+        <x:v>7514</x:v>
       </x:c>
       <x:c r="AU36" s="3" t="n">
-        <x:v>8191</x:v>
+        <x:v>7722</x:v>
       </x:c>
       <x:c r="AV36" s="3" t="n">
-        <x:v>9045</x:v>
+        <x:v>8479</x:v>
       </x:c>
       <x:c r="AW36" s="3" t="n">
-        <x:v>9669</x:v>
+        <x:v>8994</x:v>
       </x:c>
       <x:c r="AX36" s="3" t="n">
-        <x:v>8251</x:v>
+        <x:v>7351</x:v>
       </x:c>
       <x:c r="AY36" s="3" t="n">
-        <x:v>8666</x:v>
+        <x:v>7576</x:v>
       </x:c>
       <x:c r="AZ36" s="3" t="n">
-        <x:v>-1415</x:v>
+        <x:v>-2987</x:v>
       </x:c>
       <x:c r="BA36" s="3" t="n">
-        <x:v>4440</x:v>
+        <x:v>2804</x:v>
       </x:c>
       <x:c r="BB36" s="3" t="n">
-        <x:v>12629</x:v>
+        <x:v>12428</x:v>
       </x:c>
       <x:c r="BC36" s="3" t="n">
-        <x:v>14712</x:v>
-[...2 lines deleted...]
-        <x:v>15562</x:v>
+        <x:v>13947</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:56">
+    <x:row r="37" spans="1:55">
       <x:c r="A37" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>679</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
-        <x:v>908</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="E37" s="3" t="n">
-        <x:v>1036</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="F37" s="3" t="n">
-        <x:v>992</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="G37" s="3" t="n">
-        <x:v>924</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="H37" s="3" t="n">
-        <x:v>888</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="I37" s="3" t="n">
-        <x:v>699</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="J37" s="3" t="n">
-        <x:v>716</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="K37" s="3" t="n">
-        <x:v>853</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="L37" s="3" t="n">
-        <x:v>678</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="M37" s="3" t="n">
-        <x:v>1028</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>1658</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="O37" s="3" t="n">
-        <x:v>2740</x:v>
+        <x:v>2549</x:v>
       </x:c>
       <x:c r="P37" s="3" t="n">
-        <x:v>3520</x:v>
+        <x:v>3353</x:v>
       </x:c>
       <x:c r="Q37" s="3" t="n">
-        <x:v>3808</x:v>
+        <x:v>3592</x:v>
       </x:c>
       <x:c r="R37" s="3" t="n">
-        <x:v>3381</x:v>
+        <x:v>2984</x:v>
       </x:c>
       <x:c r="S37" s="3" t="n">
-        <x:v>4116</x:v>
+        <x:v>3751</x:v>
       </x:c>
       <x:c r="T37" s="3" t="n">
-        <x:v>4499</x:v>
+        <x:v>4257</x:v>
       </x:c>
       <x:c r="U37" s="3" t="n">
-        <x:v>5312</x:v>
+        <x:v>5085</x:v>
       </x:c>
       <x:c r="V37" s="3" t="n">
-        <x:v>5961</x:v>
+        <x:v>5802</x:v>
       </x:c>
       <x:c r="W37" s="3" t="n">
-        <x:v>5692</x:v>
+        <x:v>6009</x:v>
       </x:c>
       <x:c r="X37" s="3" t="n">
-        <x:v>6318</x:v>
+        <x:v>6685</x:v>
       </x:c>
       <x:c r="Y37" s="3" t="n">
-        <x:v>6191</x:v>
+        <x:v>6867</x:v>
       </x:c>
       <x:c r="Z37" s="3" t="n">
-        <x:v>6261</x:v>
+        <x:v>7048</x:v>
       </x:c>
       <x:c r="AA37" s="3" t="n">
-        <x:v>5121</x:v>
+        <x:v>5932</x:v>
       </x:c>
       <x:c r="AB37" s="3" t="n">
-        <x:v>5861</x:v>
+        <x:v>6584</x:v>
       </x:c>
       <x:c r="AC37" s="3" t="n">
-        <x:v>7427</x:v>
+        <x:v>8317</x:v>
       </x:c>
       <x:c r="AD37" s="3" t="n">
-        <x:v>7962</x:v>
+        <x:v>8706</x:v>
       </x:c>
       <x:c r="AE37" s="3" t="n">
-        <x:v>9979</x:v>
+        <x:v>10494</x:v>
       </x:c>
       <x:c r="AF37" s="3" t="n">
-        <x:v>6495</x:v>
+        <x:v>7026</x:v>
       </x:c>
       <x:c r="AG37" s="3" t="n">
-        <x:v>5924</x:v>
+        <x:v>6313</x:v>
       </x:c>
       <x:c r="AH37" s="3" t="n">
-        <x:v>9084</x:v>
+        <x:v>9289</x:v>
       </x:c>
       <x:c r="AI37" s="3" t="n">
-        <x:v>13474</x:v>
+        <x:v>13985</x:v>
       </x:c>
       <x:c r="AJ37" s="3" t="n">
-        <x:v>17762</x:v>
+        <x:v>18266</x:v>
       </x:c>
       <x:c r="AK37" s="3" t="n">
-        <x:v>20035</x:v>
+        <x:v>20589</x:v>
       </x:c>
       <x:c r="AL37" s="3" t="n">
-        <x:v>18227</x:v>
+        <x:v>18810</x:v>
       </x:c>
       <x:c r="AM37" s="3" t="n">
-        <x:v>19185</x:v>
+        <x:v>19879</x:v>
       </x:c>
       <x:c r="AN37" s="3" t="n">
-        <x:v>18810</x:v>
+        <x:v>19590</x:v>
       </x:c>
       <x:c r="AO37" s="3" t="n">
-        <x:v>18046</x:v>
+        <x:v>18811</x:v>
       </x:c>
       <x:c r="AP37" s="3" t="n">
-        <x:v>25320</x:v>
+        <x:v>26144</x:v>
       </x:c>
       <x:c r="AQ37" s="3" t="n">
-        <x:v>23874</x:v>
+        <x:v>24629</x:v>
       </x:c>
       <x:c r="AR37" s="3" t="n">
-        <x:v>24779</x:v>
+        <x:v>25542</x:v>
       </x:c>
       <x:c r="AS37" s="3" t="n">
-        <x:v>26663</x:v>
+        <x:v>27410</x:v>
       </x:c>
       <x:c r="AT37" s="3" t="n">
-        <x:v>24601</x:v>
+        <x:v>25336</x:v>
       </x:c>
       <x:c r="AU37" s="3" t="n">
-        <x:v>24974</x:v>
+        <x:v>25675</x:v>
       </x:c>
       <x:c r="AV37" s="3" t="n">
-        <x:v>26577</x:v>
+        <x:v>27209</x:v>
       </x:c>
       <x:c r="AW37" s="3" t="n">
-        <x:v>26987</x:v>
+        <x:v>27499</x:v>
       </x:c>
       <x:c r="AX37" s="3" t="n">
-        <x:v>29917</x:v>
+        <x:v>30155</x:v>
       </x:c>
       <x:c r="AY37" s="3" t="n">
-        <x:v>32738</x:v>
+        <x:v>32774</x:v>
       </x:c>
       <x:c r="AZ37" s="3" t="n">
-        <x:v>32735</x:v>
+        <x:v>32427</x:v>
       </x:c>
       <x:c r="BA37" s="3" t="n">
-        <x:v>27315</x:v>
+        <x:v>26562</x:v>
       </x:c>
       <x:c r="BB37" s="3" t="n">
-        <x:v>20146</x:v>
+        <x:v>19170</x:v>
       </x:c>
       <x:c r="BC37" s="3" t="n">
-        <x:v>17092</x:v>
-[...2 lines deleted...]
-        <x:v>15100</x:v>
+        <x:v>29649</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:56">
+    <x:row r="38" spans="1:55">
       <x:c r="A38" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>867</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
-        <x:v>910</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="D38" s="3" t="n">
-        <x:v>979</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="E38" s="3" t="n">
-        <x:v>1373</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="F38" s="3" t="n">
+        <x:v>1720</x:v>
+      </x:c>
+      <x:c r="G38" s="3" t="n">
+        <x:v>1488</x:v>
+      </x:c>
+      <x:c r="H38" s="3" t="n">
         <x:v>1829</x:v>
       </x:c>
-      <x:c r="G38" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I38" s="3" t="n">
-        <x:v>2181</x:v>
+        <x:v>2096</x:v>
       </x:c>
       <x:c r="J38" s="3" t="n">
-        <x:v>2753</x:v>
+        <x:v>2724</x:v>
       </x:c>
       <x:c r="K38" s="3" t="n">
-        <x:v>3377</x:v>
+        <x:v>3345</x:v>
       </x:c>
       <x:c r="L38" s="3" t="n">
-        <x:v>4257</x:v>
+        <x:v>4244</x:v>
       </x:c>
       <x:c r="M38" s="3" t="n">
-        <x:v>6308</x:v>
+        <x:v>6302</x:v>
       </x:c>
       <x:c r="N38" s="3" t="n">
-        <x:v>7608</x:v>
+        <x:v>7592</x:v>
       </x:c>
       <x:c r="O38" s="3" t="n">
-        <x:v>8019</x:v>
+        <x:v>8002</x:v>
       </x:c>
       <x:c r="P38" s="3" t="n">
-        <x:v>6031</x:v>
+        <x:v>6004</x:v>
       </x:c>
       <x:c r="Q38" s="3" t="n">
-        <x:v>7029</x:v>
+        <x:v>6948</x:v>
       </x:c>
       <x:c r="R38" s="3" t="n">
-        <x:v>10706</x:v>
+        <x:v>10507</x:v>
       </x:c>
       <x:c r="S38" s="3" t="n">
-        <x:v>17828</x:v>
+        <x:v>17552</x:v>
       </x:c>
       <x:c r="T38" s="3" t="n">
-        <x:v>15569</x:v>
+        <x:v>15291</x:v>
       </x:c>
       <x:c r="U38" s="3" t="n">
-        <x:v>16540</x:v>
+        <x:v>16144</x:v>
       </x:c>
       <x:c r="V38" s="3" t="n">
-        <x:v>16868</x:v>
+        <x:v>16940</x:v>
       </x:c>
       <x:c r="W38" s="3" t="n">
-        <x:v>18004</x:v>
+        <x:v>18018</x:v>
       </x:c>
       <x:c r="X38" s="3" t="n">
-        <x:v>19037</x:v>
+        <x:v>19247</x:v>
       </x:c>
       <x:c r="Y38" s="3" t="n">
-        <x:v>21344</x:v>
+        <x:v>21509</x:v>
       </x:c>
       <x:c r="Z38" s="3" t="n">
-        <x:v>21784</x:v>
+        <x:v>21845</x:v>
       </x:c>
       <x:c r="AA38" s="3" t="n">
-        <x:v>18351</x:v>
+        <x:v>18514</x:v>
       </x:c>
       <x:c r="AB38" s="3" t="n">
-        <x:v>15400</x:v>
+        <x:v>15566</x:v>
       </x:c>
       <x:c r="AC38" s="3" t="n">
-        <x:v>16884</x:v>
+        <x:v>16873</x:v>
       </x:c>
       <x:c r="AD38" s="3" t="n">
-        <x:v>18172</x:v>
+        <x:v>18040</x:v>
       </x:c>
       <x:c r="AE38" s="3" t="n">
-        <x:v>14167</x:v>
+        <x:v>14198</x:v>
       </x:c>
       <x:c r="AF38" s="3" t="n">
-        <x:v>15949</x:v>
+        <x:v>15686</x:v>
       </x:c>
       <x:c r="AG38" s="3" t="n">
-        <x:v>15179</x:v>
+        <x:v>15145</x:v>
       </x:c>
       <x:c r="AH38" s="3" t="n">
-        <x:v>15362</x:v>
+        <x:v>14912</x:v>
       </x:c>
       <x:c r="AI38" s="3" t="n">
-        <x:v>29017</x:v>
+        <x:v>29718</x:v>
       </x:c>
       <x:c r="AJ38" s="3" t="n">
-        <x:v>39197</x:v>
+        <x:v>39834</x:v>
       </x:c>
       <x:c r="AK38" s="3" t="n">
-        <x:v>40354</x:v>
+        <x:v>41266</x:v>
       </x:c>
       <x:c r="AL38" s="3" t="n">
-        <x:v>35366</x:v>
+        <x:v>35957</x:v>
       </x:c>
       <x:c r="AM38" s="3" t="n">
-        <x:v>43166</x:v>
+        <x:v>42659</x:v>
       </x:c>
       <x:c r="AN38" s="3" t="n">
-        <x:v>40210</x:v>
+        <x:v>39288</x:v>
       </x:c>
       <x:c r="AO38" s="3" t="n">
-        <x:v>54068</x:v>
+        <x:v>53246</x:v>
       </x:c>
       <x:c r="AP38" s="3" t="n">
-        <x:v>52909</x:v>
+        <x:v>51908</x:v>
       </x:c>
       <x:c r="AQ38" s="3" t="n">
-        <x:v>49368</x:v>
+        <x:v>49608</x:v>
       </x:c>
       <x:c r="AR38" s="3" t="n">
-        <x:v>69528</x:v>
+        <x:v>70429</x:v>
       </x:c>
       <x:c r="AS38" s="3" t="n">
-        <x:v>82971</x:v>
+        <x:v>83289</x:v>
       </x:c>
       <x:c r="AT38" s="3" t="n">
-        <x:v>86436</x:v>
+        <x:v>85809</x:v>
       </x:c>
       <x:c r="AU38" s="3" t="n">
-        <x:v>88529</x:v>
+        <x:v>88134</x:v>
       </x:c>
       <x:c r="AV38" s="3" t="n">
-        <x:v>99511</x:v>
+        <x:v>98436</x:v>
       </x:c>
       <x:c r="AW38" s="3" t="n">
-        <x:v>105392</x:v>
+        <x:v>106291</x:v>
       </x:c>
       <x:c r="AX38" s="3" t="n">
-        <x:v>98189</x:v>
+        <x:v>97719</x:v>
       </x:c>
       <x:c r="AY38" s="3" t="n">
-        <x:v>95844</x:v>
+        <x:v>94250</x:v>
       </x:c>
       <x:c r="AZ38" s="3" t="n">
-        <x:v>111349</x:v>
+        <x:v>114311</x:v>
       </x:c>
       <x:c r="BA38" s="3" t="n">
-        <x:v>101730</x:v>
+        <x:v>99390</x:v>
       </x:c>
       <x:c r="BB38" s="3" t="n">
-        <x:v>94764</x:v>
+        <x:v>93385</x:v>
       </x:c>
       <x:c r="BC38" s="3" t="n">
-        <x:v>114538</x:v>
-[...2 lines deleted...]
-        <x:v>122003</x:v>
+        <x:v>101108</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:56">
+    <x:row r="39" spans="1:55">
       <x:c r="A39" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>607</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="D39" s="3" t="n">
-        <x:v>696</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="E39" s="3" t="n">
-        <x:v>809</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="F39" s="3" t="n">
-        <x:v>960</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="G39" s="3" t="n">
-        <x:v>1177</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="H39" s="3" t="n">
-        <x:v>1411</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="I39" s="3" t="n">
-        <x:v>1736</x:v>
+        <x:v>1728</x:v>
       </x:c>
       <x:c r="J39" s="3" t="n">
-        <x:v>1910</x:v>
+        <x:v>1916</x:v>
       </x:c>
       <x:c r="K39" s="3" t="n">
-        <x:v>1891</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="L39" s="3" t="n">
-        <x:v>2013</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="M39" s="3" t="n">
-        <x:v>1969</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>1927</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="O39" s="3" t="n">
-        <x:v>2118</x:v>
+        <x:v>2139</x:v>
       </x:c>
       <x:c r="P39" s="3" t="n">
-        <x:v>2276</x:v>
+        <x:v>2304</x:v>
       </x:c>
       <x:c r="Q39" s="3" t="n">
-        <x:v>2630</x:v>
+        <x:v>2664</x:v>
       </x:c>
       <x:c r="R39" s="3" t="n">
-        <x:v>2896</x:v>
+        <x:v>2934</x:v>
       </x:c>
       <x:c r="S39" s="3" t="n">
-        <x:v>3446</x:v>
+        <x:v>3498</x:v>
       </x:c>
       <x:c r="T39" s="3" t="n">
-        <x:v>3681</x:v>
+        <x:v>3732</x:v>
       </x:c>
       <x:c r="U39" s="3" t="n">
-        <x:v>3759</x:v>
+        <x:v>3819</x:v>
       </x:c>
       <x:c r="V39" s="3" t="n">
-        <x:v>3864</x:v>
+        <x:v>3932</x:v>
       </x:c>
       <x:c r="W39" s="3" t="n">
-        <x:v>3849</x:v>
+        <x:v>3908</x:v>
       </x:c>
       <x:c r="X39" s="3" t="n">
-        <x:v>4053</x:v>
+        <x:v>4141</x:v>
       </x:c>
       <x:c r="Y39" s="3" t="n">
-        <x:v>4682</x:v>
+        <x:v>4823</x:v>
       </x:c>
       <x:c r="Z39" s="3" t="n">
-        <x:v>4918</x:v>
+        <x:v>5038</x:v>
       </x:c>
       <x:c r="AA39" s="3" t="n">
-        <x:v>5612</x:v>
+        <x:v>5718</x:v>
       </x:c>
       <x:c r="AB39" s="3" t="n">
-        <x:v>6750</x:v>
+        <x:v>6864</x:v>
       </x:c>
       <x:c r="AC39" s="3" t="n">
-        <x:v>9556</x:v>
+        <x:v>9730</x:v>
       </x:c>
       <x:c r="AD39" s="3" t="n">
-        <x:v>12772</x:v>
+        <x:v>12834</x:v>
       </x:c>
       <x:c r="AE39" s="3" t="n">
-        <x:v>18630</x:v>
+        <x:v>18798</x:v>
       </x:c>
       <x:c r="AF39" s="3" t="n">
-        <x:v>16901</x:v>
+        <x:v>16838</x:v>
       </x:c>
       <x:c r="AG39" s="3" t="n">
-        <x:v>20600</x:v>
+        <x:v>20641</x:v>
       </x:c>
       <x:c r="AH39" s="3" t="n">
-        <x:v>23776</x:v>
+        <x:v>23741</x:v>
       </x:c>
       <x:c r="AI39" s="3" t="n">
-        <x:v>25371</x:v>
+        <x:v>25178</x:v>
       </x:c>
       <x:c r="AJ39" s="3" t="n">
-        <x:v>28459</x:v>
+        <x:v>28454</x:v>
       </x:c>
       <x:c r="AK39" s="3" t="n">
-        <x:v>28530</x:v>
+        <x:v>28494</x:v>
       </x:c>
       <x:c r="AL39" s="3" t="n">
-        <x:v>28948</x:v>
+        <x:v>29007</x:v>
       </x:c>
       <x:c r="AM39" s="3" t="n">
-        <x:v>27566</x:v>
+        <x:v>27438</x:v>
       </x:c>
       <x:c r="AN39" s="3" t="n">
-        <x:v>25162</x:v>
+        <x:v>24640</x:v>
       </x:c>
       <x:c r="AO39" s="3" t="n">
-        <x:v>29309</x:v>
+        <x:v>28289</x:v>
       </x:c>
       <x:c r="AP39" s="3" t="n">
-        <x:v>29579</x:v>
+        <x:v>28147</x:v>
       </x:c>
       <x:c r="AQ39" s="3" t="n">
-        <x:v>31889</x:v>
+        <x:v>30230</x:v>
       </x:c>
       <x:c r="AR39" s="3" t="n">
-        <x:v>34430</x:v>
+        <x:v>32532</x:v>
       </x:c>
       <x:c r="AS39" s="3" t="n">
-        <x:v>34107</x:v>
+        <x:v>31871</x:v>
       </x:c>
       <x:c r="AT39" s="3" t="n">
-        <x:v>35395</x:v>
+        <x:v>32859</x:v>
       </x:c>
       <x:c r="AU39" s="3" t="n">
-        <x:v>35233</x:v>
+        <x:v>32260</x:v>
       </x:c>
       <x:c r="AV39" s="3" t="n">
-        <x:v>38318</x:v>
+        <x:v>34880</x:v>
       </x:c>
       <x:c r="AW39" s="3" t="n">
-        <x:v>36832</x:v>
+        <x:v>32538</x:v>
       </x:c>
       <x:c r="AX39" s="3" t="n">
-        <x:v>35068</x:v>
+        <x:v>30015</x:v>
       </x:c>
       <x:c r="AY39" s="3" t="n">
-        <x:v>36669</x:v>
+        <x:v>30838</x:v>
       </x:c>
       <x:c r="AZ39" s="3" t="n">
-        <x:v>37151</x:v>
+        <x:v>30645</x:v>
       </x:c>
       <x:c r="BA39" s="3" t="n">
-        <x:v>39930</x:v>
+        <x:v>32510</x:v>
       </x:c>
       <x:c r="BB39" s="3" t="n">
-        <x:v>38837</x:v>
+        <x:v>27561</x:v>
       </x:c>
       <x:c r="BC39" s="3" t="n">
-        <x:v>41059</x:v>
-[...2 lines deleted...]
-        <x:v>40330</x:v>
+        <x:v>27497</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:56">
+    <x:row r="40" spans="1:55">
       <x:c r="A40" s="2" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B40" s="3" t="n">
+        <x:v>4022</x:v>
+      </x:c>
+      <x:c r="C40" s="3" t="n">
+        <x:v>4585</x:v>
+      </x:c>
+      <x:c r="D40" s="3" t="n">
+        <x:v>5109</x:v>
+      </x:c>
+      <x:c r="E40" s="3" t="n">
+        <x:v>5772</x:v>
+      </x:c>
+      <x:c r="F40" s="3" t="n">
+        <x:v>6361</x:v>
+      </x:c>
+      <x:c r="G40" s="3" t="n">
+        <x:v>7303</x:v>
+      </x:c>
+      <x:c r="H40" s="3" t="n">
+        <x:v>8157</x:v>
+      </x:c>
+      <x:c r="I40" s="3" t="n">
+        <x:v>9372</x:v>
+      </x:c>
+      <x:c r="J40" s="3" t="n">
+        <x:v>10536</x:v>
+      </x:c>
+      <x:c r="K40" s="3" t="n">
+        <x:v>11297</x:v>
+      </x:c>
+      <x:c r="L40" s="3" t="n">
+        <x:v>12039</x:v>
+      </x:c>
+      <x:c r="M40" s="3" t="n">
+        <x:v>12839</x:v>
+      </x:c>
+      <x:c r="N40" s="3" t="n">
+        <x:v>14782</x:v>
+      </x:c>
+      <x:c r="O40" s="3" t="n">
+        <x:v>15989</x:v>
+      </x:c>
+      <x:c r="P40" s="3" t="n">
+        <x:v>17950</x:v>
+      </x:c>
+      <x:c r="Q40" s="3" t="n">
+        <x:v>18279</x:v>
+      </x:c>
+      <x:c r="R40" s="3" t="n">
+        <x:v>17374</x:v>
+      </x:c>
+      <x:c r="S40" s="3" t="n">
+        <x:v>16097</x:v>
+      </x:c>
+      <x:c r="T40" s="3" t="n">
+        <x:v>20268</x:v>
+      </x:c>
+      <x:c r="U40" s="3" t="n">
+        <x:v>27788</x:v>
+      </x:c>
+      <x:c r="V40" s="3" t="n">
+        <x:v>32230</x:v>
+      </x:c>
+      <x:c r="W40" s="3" t="n">
+        <x:v>35923</x:v>
+      </x:c>
+      <x:c r="X40" s="3" t="n">
+        <x:v>37792</x:v>
+      </x:c>
+      <x:c r="Y40" s="3" t="n">
+        <x:v>39628</x:v>
+      </x:c>
+      <x:c r="Z40" s="3" t="n">
+        <x:v>39720</x:v>
+      </x:c>
+      <x:c r="AA40" s="3" t="n">
+        <x:v>39391</x:v>
+      </x:c>
+      <x:c r="AB40" s="3" t="n">
+        <x:v>39228</x:v>
+      </x:c>
+      <x:c r="AC40" s="3" t="n">
+        <x:v>35703</x:v>
+      </x:c>
+      <x:c r="AD40" s="3" t="n">
+        <x:v>35787</x:v>
+      </x:c>
+      <x:c r="AE40" s="3" t="n">
+        <x:v>39087</x:v>
+      </x:c>
+      <x:c r="AF40" s="3" t="n">
+        <x:v>43455</x:v>
+      </x:c>
+      <x:c r="AG40" s="3" t="n">
+        <x:v>46112</x:v>
+      </x:c>
+      <x:c r="AH40" s="3" t="n">
+        <x:v>50341</x:v>
+      </x:c>
+      <x:c r="AI40" s="3" t="n">
+        <x:v>50550</x:v>
+      </x:c>
+      <x:c r="AJ40" s="3" t="n">
+        <x:v>49833</x:v>
+      </x:c>
+      <x:c r="AK40" s="3" t="n">
+        <x:v>54883</x:v>
+      </x:c>
+      <x:c r="AL40" s="3" t="n">
+        <x:v>64052</x:v>
+      </x:c>
+      <x:c r="AM40" s="3" t="n">
+        <x:v>68015</x:v>
+      </x:c>
+      <x:c r="AN40" s="3" t="n">
+        <x:v>71329</x:v>
+      </x:c>
+      <x:c r="AO40" s="3" t="n">
+        <x:v>67290</x:v>
+      </x:c>
+      <x:c r="AP40" s="3" t="n">
+        <x:v>76412</x:v>
+      </x:c>
+      <x:c r="AQ40" s="3" t="n">
+        <x:v>83233</x:v>
+      </x:c>
+      <x:c r="AR40" s="3" t="n">
+        <x:v>81103</x:v>
+      </x:c>
+      <x:c r="AS40" s="3" t="n">
+        <x:v>89507</x:v>
+      </x:c>
+      <x:c r="AT40" s="3" t="n">
+        <x:v>99909</x:v>
+      </x:c>
+      <x:c r="AU40" s="3" t="n">
+        <x:v>116547</x:v>
+      </x:c>
+      <x:c r="AV40" s="3" t="n">
+        <x:v>123623</x:v>
+      </x:c>
+      <x:c r="AW40" s="3" t="n">
+        <x:v>127265</x:v>
+      </x:c>
+      <x:c r="AX40" s="3" t="n">
+        <x:v>135559</x:v>
+      </x:c>
+      <x:c r="AY40" s="3" t="n">
+        <x:v>154676</x:v>
+      </x:c>
+      <x:c r="AZ40" s="3" t="n">
+        <x:v>144362</x:v>
+      </x:c>
+      <x:c r="BA40" s="3" t="n">
+        <x:v>160819</x:v>
+      </x:c>
+      <x:c r="BB40" s="3" t="n">
+        <x:v>189642</x:v>
+      </x:c>
+      <x:c r="BC40" s="3" t="n">
+        <x:v>189741</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:55">
+      <x:c r="A41" s="2" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...168 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>245</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D41" s="3" t="n">
-        <x:v>287</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E41" s="3" t="n">
-        <x:v>296</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F41" s="3" t="n">
-        <x:v>305</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="G41" s="3" t="n">
-        <x:v>364</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="H41" s="3" t="n">
-        <x:v>520</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="I41" s="3" t="n">
-        <x:v>701</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="J41" s="3" t="n">
-        <x:v>849</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="K41" s="3" t="n">
-        <x:v>1274</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="L41" s="3" t="n">
-        <x:v>2606</x:v>
+        <x:v>2613</x:v>
       </x:c>
       <x:c r="M41" s="3" t="n">
-        <x:v>1967</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>1846</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="O41" s="3" t="n">
-        <x:v>2014</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="P41" s="3" t="n">
-        <x:v>3973</x:v>
+        <x:v>3964</x:v>
       </x:c>
       <x:c r="Q41" s="3" t="n">
-        <x:v>4348</x:v>
+        <x:v>4353</x:v>
       </x:c>
       <x:c r="R41" s="3" t="n">
-        <x:v>5853</x:v>
+        <x:v>5796</x:v>
       </x:c>
       <x:c r="S41" s="3" t="n">
-        <x:v>4862</x:v>
+        <x:v>4820</x:v>
       </x:c>
       <x:c r="T41" s="3" t="n">
-        <x:v>4863</x:v>
+        <x:v>4796</x:v>
       </x:c>
       <x:c r="U41" s="3" t="n">
-        <x:v>4136</x:v>
+        <x:v>4050</x:v>
       </x:c>
       <x:c r="V41" s="3" t="n">
-        <x:v>2766</x:v>
+        <x:v>2811</x:v>
       </x:c>
       <x:c r="W41" s="3" t="n">
-        <x:v>3995</x:v>
+        <x:v>3982</x:v>
       </x:c>
       <x:c r="X41" s="3" t="n">
-        <x:v>5054</x:v>
+        <x:v>4998</x:v>
       </x:c>
       <x:c r="Y41" s="3" t="n">
-        <x:v>5850</x:v>
+        <x:v>5951</x:v>
       </x:c>
       <x:c r="Z41" s="3" t="n">
-        <x:v>7004</x:v>
+        <x:v>7075</x:v>
       </x:c>
       <x:c r="AA41" s="3" t="n">
-        <x:v>7218</x:v>
+        <x:v>7420</x:v>
       </x:c>
       <x:c r="AB41" s="3" t="n">
-        <x:v>7399</x:v>
+        <x:v>7665</x:v>
       </x:c>
       <x:c r="AC41" s="3" t="n">
-        <x:v>7975</x:v>
+        <x:v>8080</x:v>
       </x:c>
       <x:c r="AD41" s="3" t="n">
-        <x:v>6493</x:v>
+        <x:v>6564</x:v>
       </x:c>
       <x:c r="AE41" s="3" t="n">
-        <x:v>4854</x:v>
+        <x:v>5043</x:v>
       </x:c>
       <x:c r="AF41" s="3" t="n">
-        <x:v>6160</x:v>
+        <x:v>6019</x:v>
       </x:c>
       <x:c r="AG41" s="3" t="n">
-        <x:v>9078</x:v>
+        <x:v>9236</x:v>
       </x:c>
       <x:c r="AH41" s="3" t="n">
-        <x:v>8867</x:v>
+        <x:v>8979</x:v>
       </x:c>
       <x:c r="AI41" s="3" t="n">
-        <x:v>10048</x:v>
+        <x:v>10377</x:v>
       </x:c>
       <x:c r="AJ41" s="3" t="n">
-        <x:v>12173</x:v>
+        <x:v>12843</x:v>
       </x:c>
       <x:c r="AK41" s="3" t="n">
-        <x:v>14952</x:v>
+        <x:v>15786</x:v>
       </x:c>
       <x:c r="AL41" s="3" t="n">
-        <x:v>15555</x:v>
+        <x:v>16740</x:v>
       </x:c>
       <x:c r="AM41" s="3" t="n">
-        <x:v>20659</x:v>
+        <x:v>22242</x:v>
       </x:c>
       <x:c r="AN41" s="3" t="n">
-        <x:v>26048</x:v>
+        <x:v>27601</x:v>
       </x:c>
       <x:c r="AO41" s="3" t="n">
-        <x:v>23375</x:v>
+        <x:v>24894</x:v>
       </x:c>
       <x:c r="AP41" s="3" t="n">
-        <x:v>24225</x:v>
+        <x:v>25816</x:v>
       </x:c>
       <x:c r="AQ41" s="3" t="n">
-        <x:v>21486</x:v>
+        <x:v>23101</x:v>
       </x:c>
       <x:c r="AR41" s="3" t="n">
-        <x:v>28644</x:v>
+        <x:v>30486</x:v>
       </x:c>
       <x:c r="AS41" s="3" t="n">
-        <x:v>31206</x:v>
+        <x:v>33247</x:v>
       </x:c>
       <x:c r="AT41" s="3" t="n">
-        <x:v>31509</x:v>
+        <x:v>33620</x:v>
       </x:c>
       <x:c r="AU41" s="3" t="n">
-        <x:v>25609</x:v>
+        <x:v>27677</x:v>
       </x:c>
       <x:c r="AV41" s="3" t="n">
-        <x:v>21940</x:v>
+        <x:v>23769</x:v>
       </x:c>
       <x:c r="AW41" s="3" t="n">
-        <x:v>25306</x:v>
+        <x:v>26953</x:v>
       </x:c>
       <x:c r="AX41" s="3" t="n">
-        <x:v>29417</x:v>
+        <x:v>31083</x:v>
       </x:c>
       <x:c r="AY41" s="3" t="n">
-        <x:v>38302</x:v>
+        <x:v>40109</x:v>
       </x:c>
       <x:c r="AZ41" s="3" t="n">
-        <x:v>39297</x:v>
+        <x:v>40905</x:v>
       </x:c>
       <x:c r="BA41" s="3" t="n">
-        <x:v>36337</x:v>
+        <x:v>37872</x:v>
       </x:c>
       <x:c r="BB41" s="3" t="n">
-        <x:v>45888</x:v>
+        <x:v>44937</x:v>
       </x:c>
       <x:c r="BC41" s="3" t="n">
-        <x:v>48729</x:v>
-[...2 lines deleted...]
-        <x:v>49800</x:v>
+        <x:v>46203</x:v>
       </x:c>
     </x:row>
-    <x:row r="42" spans="1:56">
+    <x:row r="42" spans="1:55">
       <x:c r="A42" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C42" s="3" t="n">
-        <x:v>85</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D42" s="3" t="n">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E42" s="3" t="n">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F42" s="3" t="n">
-        <x:v>142</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="G42" s="3" t="n">
-        <x:v>231</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H42" s="3" t="n">
-        <x:v>329</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I42" s="3" t="n">
-        <x:v>550</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="J42" s="3" t="n">
-        <x:v>628</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="K42" s="3" t="n">
-        <x:v>705</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="L42" s="3" t="n">
-        <x:v>378</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="M42" s="3" t="n">
-        <x:v>468</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="N42" s="3" t="n">
-        <x:v>514</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="O42" s="3" t="n">
-        <x:v>683</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="P42" s="3" t="n">
-        <x:v>1293</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="Q42" s="3" t="n">
-        <x:v>1618</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="R42" s="3" t="n">
-        <x:v>1017</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="S42" s="3" t="n">
-        <x:v>915</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="T42" s="3" t="n">
-        <x:v>1602</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="U42" s="3" t="n">
-        <x:v>1437</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="V42" s="3" t="n">
-        <x:v>1413</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="W42" s="3" t="n">
-        <x:v>1294</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="X42" s="3" t="n">
-        <x:v>1140</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="Y42" s="3" t="n">
-        <x:v>1693</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="Z42" s="3" t="n">
-        <x:v>1810</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="AA42" s="3" t="n">
-        <x:v>2006</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="AB42" s="3" t="n">
-        <x:v>2245</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="AC42" s="3" t="n">
-        <x:v>2574</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="AD42" s="3" t="n">
-        <x:v>2962</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="AE42" s="3" t="n">
-        <x:v>3926</x:v>
+        <x:v>2913</x:v>
       </x:c>
       <x:c r="AF42" s="3" t="n">
-        <x:v>4423</x:v>
+        <x:v>3221</x:v>
       </x:c>
       <x:c r="AG42" s="3" t="n">
-        <x:v>5154</x:v>
+        <x:v>4164</x:v>
       </x:c>
       <x:c r="AH42" s="3" t="n">
-        <x:v>5119</x:v>
+        <x:v>4363</x:v>
       </x:c>
       <x:c r="AI42" s="3" t="n">
-        <x:v>5111</x:v>
+        <x:v>4693</x:v>
       </x:c>
       <x:c r="AJ42" s="3" t="n">
-        <x:v>5313</x:v>
+        <x:v>5315</x:v>
       </x:c>
       <x:c r="AK42" s="3" t="n">
-        <x:v>6972</x:v>
+        <x:v>7756</x:v>
       </x:c>
       <x:c r="AL42" s="3" t="n">
-        <x:v>5044</x:v>
+        <x:v>6830</x:v>
       </x:c>
       <x:c r="AM42" s="3" t="n">
-        <x:v>8573</x:v>
+        <x:v>11501</x:v>
       </x:c>
       <x:c r="AN42" s="3" t="n">
-        <x:v>6458</x:v>
+        <x:v>10673</x:v>
       </x:c>
       <x:c r="AO42" s="3" t="n">
-        <x:v>7972</x:v>
+        <x:v>12019</x:v>
       </x:c>
       <x:c r="AP42" s="3" t="n">
-        <x:v>8674</x:v>
+        <x:v>13014</x:v>
       </x:c>
       <x:c r="AQ42" s="3" t="n">
-        <x:v>9587</x:v>
+        <x:v>15028</x:v>
       </x:c>
       <x:c r="AR42" s="3" t="n">
-        <x:v>11030</x:v>
+        <x:v>17360</x:v>
       </x:c>
       <x:c r="AS42" s="3" t="n">
-        <x:v>11292</x:v>
+        <x:v>18327</x:v>
       </x:c>
       <x:c r="AT42" s="3" t="n">
-        <x:v>11770</x:v>
+        <x:v>19271</x:v>
       </x:c>
       <x:c r="AU42" s="3" t="n">
-        <x:v>9683</x:v>
+        <x:v>16998</x:v>
       </x:c>
       <x:c r="AV42" s="3" t="n">
-        <x:v>10586</x:v>
+        <x:v>18100</x:v>
       </x:c>
       <x:c r="AW42" s="3" t="n">
-        <x:v>10423</x:v>
+        <x:v>18787</x:v>
       </x:c>
       <x:c r="AX42" s="3" t="n">
-        <x:v>12599</x:v>
+        <x:v>22379</x:v>
       </x:c>
       <x:c r="AY42" s="3" t="n">
-        <x:v>9067</x:v>
+        <x:v>19781</x:v>
       </x:c>
       <x:c r="AZ42" s="3" t="n">
-        <x:v>10202</x:v>
+        <x:v>20646</x:v>
       </x:c>
       <x:c r="BA42" s="3" t="n">
-        <x:v>8733</x:v>
+        <x:v>19765</x:v>
       </x:c>
       <x:c r="BB42" s="3" t="n">
-        <x:v>14017</x:v>
+        <x:v>22871</x:v>
       </x:c>
       <x:c r="BC42" s="3" t="n">
-        <x:v>14134</x:v>
-[...2 lines deleted...]
-        <x:v>17061</x:v>
+        <x:v>21074</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:56">
+    <x:row r="43" spans="1:55">
       <x:c r="A43" s="2" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="B43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="L43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="M43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="N43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="P43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Q43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="R43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="T43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="U43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="V43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="X43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Y43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Z43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AA43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AB43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AC43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AD43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AE43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AF43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AG43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AH43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AI43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AJ43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AK43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AL43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AM43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AN43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AO43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AP43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AQ43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AR43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AS43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AT43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AU43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AV43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AW43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AX43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AY43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AZ43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BA43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BB43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BC43" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:55">
+      <x:c r="A44" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="B43" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>0</x:v>
+      <x:c r="B44" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="C44" s="3" t="n">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D44" s="3" t="n">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E44" s="3" t="n">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="F44" s="3" t="n">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="G44" s="3" t="n">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H44" s="3" t="n">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="I44" s="3" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="J44" s="3" t="n">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="K44" s="3" t="n">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="L44" s="3" t="n">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="M44" s="3" t="n">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="N44" s="3" t="n">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="O44" s="3" t="n">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="P44" s="3" t="n">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="Q44" s="3" t="n">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="R44" s="3" t="n">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="S44" s="3" t="n">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="T44" s="3" t="n">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="U44" s="3" t="n">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="V44" s="3" t="n">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="W44" s="3" t="n">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="X44" s="3" t="n">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="Y44" s="3" t="n">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="Z44" s="3" t="n">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="AA44" s="3" t="n">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="AB44" s="3" t="n">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="AC44" s="3" t="n">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="AD44" s="3" t="n">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="AE44" s="3" t="n">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="AF44" s="3" t="n">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="AG44" s="3" t="n">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="AH44" s="3" t="n">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="AI44" s="3" t="n">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="AJ44" s="3" t="n">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="AK44" s="3" t="n">
+        <x:v>884</x:v>
+      </x:c>
+      <x:c r="AL44" s="3" t="n">
+        <x:v>930</x:v>
+      </x:c>
+      <x:c r="AM44" s="3" t="n">
+        <x:v>1281</x:v>
+      </x:c>
+      <x:c r="AN44" s="3" t="n">
+        <x:v>1822</x:v>
+      </x:c>
+      <x:c r="AO44" s="3" t="n">
+        <x:v>2049</x:v>
+      </x:c>
+      <x:c r="AP44" s="3" t="n">
+        <x:v>1390</x:v>
+      </x:c>
+      <x:c r="AQ44" s="3" t="n">
+        <x:v>1433</x:v>
+      </x:c>
+      <x:c r="AR44" s="3" t="n">
+        <x:v>1555</x:v>
+      </x:c>
+      <x:c r="AS44" s="3" t="n">
+        <x:v>1878</x:v>
+      </x:c>
+      <x:c r="AT44" s="3" t="n">
+        <x:v>1671</x:v>
+      </x:c>
+      <x:c r="AU44" s="3" t="n">
+        <x:v>1850</x:v>
+      </x:c>
+      <x:c r="AV44" s="3" t="n">
+        <x:v>2091</x:v>
+      </x:c>
+      <x:c r="AW44" s="3" t="n">
+        <x:v>2184</x:v>
+      </x:c>
+      <x:c r="AX44" s="3" t="n">
+        <x:v>2260</x:v>
+      </x:c>
+      <x:c r="AY44" s="3" t="n">
+        <x:v>2473</x:v>
+      </x:c>
+      <x:c r="AZ44" s="3" t="n">
+        <x:v>2595</x:v>
+      </x:c>
+      <x:c r="BA44" s="3" t="n">
+        <x:v>3043</x:v>
+      </x:c>
+      <x:c r="BB44" s="3" t="n">
+        <x:v>3329</x:v>
+      </x:c>
+      <x:c r="BC44" s="3" t="n">
+        <x:v>3870</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:56">
-      <x:c r="A44" s="2" t="s">
+    <x:row r="45" spans="1:55">
+      <x:c r="A45" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="B44" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>2473</x:v>
+      <x:c r="B45" s="3" t="n">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="n">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="D45" s="3" t="n">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E45" s="3" t="n">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="F45" s="3" t="n">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="G45" s="3" t="n">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="H45" s="3" t="n">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="I45" s="3" t="n">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="J45" s="3" t="n">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="K45" s="3" t="n">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="L45" s="3" t="n">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="M45" s="3" t="n">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="N45" s="3" t="n">
+        <x:v>946</x:v>
+      </x:c>
+      <x:c r="O45" s="3" t="n">
+        <x:v>1051</x:v>
+      </x:c>
+      <x:c r="P45" s="3" t="n">
+        <x:v>1052</x:v>
+      </x:c>
+      <x:c r="Q45" s="3" t="n">
+        <x:v>1153</x:v>
+      </x:c>
+      <x:c r="R45" s="3" t="n">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="S45" s="3" t="n">
+        <x:v>1561</x:v>
+      </x:c>
+      <x:c r="T45" s="3" t="n">
+        <x:v>1692</x:v>
+      </x:c>
+      <x:c r="U45" s="3" t="n">
+        <x:v>1837</x:v>
+      </x:c>
+      <x:c r="V45" s="3" t="n">
+        <x:v>2254</x:v>
+      </x:c>
+      <x:c r="W45" s="3" t="n">
+        <x:v>2965</x:v>
+      </x:c>
+      <x:c r="X45" s="3" t="n">
+        <x:v>3309</x:v>
+      </x:c>
+      <x:c r="Y45" s="3" t="n">
+        <x:v>3355</x:v>
+      </x:c>
+      <x:c r="Z45" s="3" t="n">
+        <x:v>3710</x:v>
+      </x:c>
+      <x:c r="AA45" s="3" t="n">
+        <x:v>4056</x:v>
+      </x:c>
+      <x:c r="AB45" s="3" t="n">
+        <x:v>4405</x:v>
+      </x:c>
+      <x:c r="AC45" s="3" t="n">
+        <x:v>4197</x:v>
+      </x:c>
+      <x:c r="AD45" s="3" t="n">
+        <x:v>4983</x:v>
+      </x:c>
+      <x:c r="AE45" s="3" t="n">
+        <x:v>4952</x:v>
+      </x:c>
+      <x:c r="AF45" s="3" t="n">
+        <x:v>5340</x:v>
+      </x:c>
+      <x:c r="AG45" s="3" t="n">
+        <x:v>5847</x:v>
+      </x:c>
+      <x:c r="AH45" s="3" t="n">
+        <x:v>6276</x:v>
+      </x:c>
+      <x:c r="AI45" s="3" t="n">
+        <x:v>7831</x:v>
+      </x:c>
+      <x:c r="AJ45" s="3" t="n">
+        <x:v>8271</x:v>
+      </x:c>
+      <x:c r="AK45" s="3" t="n">
+        <x:v>8443</x:v>
+      </x:c>
+      <x:c r="AL45" s="3" t="n">
+        <x:v>9401</x:v>
+      </x:c>
+      <x:c r="AM45" s="3" t="n">
+        <x:v>11699</x:v>
+      </x:c>
+      <x:c r="AN45" s="3" t="n">
+        <x:v>13238</x:v>
+      </x:c>
+      <x:c r="AO45" s="3" t="n">
+        <x:v>15441</x:v>
+      </x:c>
+      <x:c r="AP45" s="3" t="n">
+        <x:v>17771</x:v>
+      </x:c>
+      <x:c r="AQ45" s="3" t="n">
+        <x:v>17513</x:v>
+      </x:c>
+      <x:c r="AR45" s="3" t="n">
+        <x:v>18044</x:v>
+      </x:c>
+      <x:c r="AS45" s="3" t="n">
+        <x:v>17942</x:v>
+      </x:c>
+      <x:c r="AT45" s="3" t="n">
+        <x:v>19672</x:v>
+      </x:c>
+      <x:c r="AU45" s="3" t="n">
+        <x:v>20975</x:v>
+      </x:c>
+      <x:c r="AV45" s="3" t="n">
+        <x:v>21212</x:v>
+      </x:c>
+      <x:c r="AW45" s="3" t="n">
+        <x:v>21919</x:v>
+      </x:c>
+      <x:c r="AX45" s="3" t="n">
+        <x:v>22519</x:v>
+      </x:c>
+      <x:c r="AY45" s="3" t="n">
+        <x:v>24228</x:v>
+      </x:c>
+      <x:c r="AZ45" s="3" t="n">
+        <x:v>25807</x:v>
+      </x:c>
+      <x:c r="BA45" s="3" t="n">
+        <x:v>26206</x:v>
+      </x:c>
+      <x:c r="BB45" s="3" t="n">
+        <x:v>28253</x:v>
+      </x:c>
+      <x:c r="BC45" s="3" t="n">
+        <x:v>30990</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:56">
-      <x:c r="A45" s="2" t="s">
+    <x:row r="46" spans="1:55">
+      <x:c r="A46" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="B45" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>7001</x:v>
+      <x:c r="B46" s="3" t="n">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C46" s="3" t="n">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="D46" s="3" t="n">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="E46" s="3" t="n">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="F46" s="3" t="n">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="G46" s="3" t="n">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="H46" s="3" t="n">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="I46" s="3" t="n">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="J46" s="3" t="n">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="K46" s="3" t="n">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="L46" s="3" t="n">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="M46" s="3" t="n">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="N46" s="3" t="n">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="O46" s="3" t="n">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="P46" s="3" t="n">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="Q46" s="3" t="n">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="R46" s="3" t="n">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="S46" s="3" t="n">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="T46" s="3" t="n">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c r="U46" s="3" t="n">
+        <x:v>837</x:v>
+      </x:c>
+      <x:c r="V46" s="3" t="n">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="W46" s="3" t="n">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="X46" s="3" t="n">
+        <x:v>1085</x:v>
+      </x:c>
+      <x:c r="Y46" s="3" t="n">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="Z46" s="3" t="n">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="AA46" s="3" t="n">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="AB46" s="3" t="n">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c r="AC46" s="3" t="n">
+        <x:v>1091</x:v>
+      </x:c>
+      <x:c r="AD46" s="3" t="n">
+        <x:v>1188</x:v>
+      </x:c>
+      <x:c r="AE46" s="3" t="n">
+        <x:v>1376</x:v>
+      </x:c>
+      <x:c r="AF46" s="3" t="n">
+        <x:v>1457</x:v>
+      </x:c>
+      <x:c r="AG46" s="3" t="n">
+        <x:v>1517</x:v>
+      </x:c>
+      <x:c r="AH46" s="3" t="n">
+        <x:v>2151</x:v>
+      </x:c>
+      <x:c r="AI46" s="3" t="n">
+        <x:v>2616</x:v>
+      </x:c>
+      <x:c r="AJ46" s="3" t="n">
+        <x:v>3382</x:v>
+      </x:c>
+      <x:c r="AK46" s="3" t="n">
+        <x:v>3148</x:v>
+      </x:c>
+      <x:c r="AL46" s="3" t="n">
+        <x:v>4214</x:v>
+      </x:c>
+      <x:c r="AM46" s="3" t="n">
+        <x:v>5677</x:v>
+      </x:c>
+      <x:c r="AN46" s="3" t="n">
+        <x:v>6654</x:v>
+      </x:c>
+      <x:c r="AO46" s="3" t="n">
+        <x:v>7438</x:v>
+      </x:c>
+      <x:c r="AP46" s="3" t="n">
+        <x:v>6528</x:v>
+      </x:c>
+      <x:c r="AQ46" s="3" t="n">
+        <x:v>6678</x:v>
+      </x:c>
+      <x:c r="AR46" s="3" t="n">
+        <x:v>6377</x:v>
+      </x:c>
+      <x:c r="AS46" s="3" t="n">
+        <x:v>7257</x:v>
+      </x:c>
+      <x:c r="AT46" s="3" t="n">
+        <x:v>7602</x:v>
+      </x:c>
+      <x:c r="AU46" s="3" t="n">
+        <x:v>7810</x:v>
+      </x:c>
+      <x:c r="AV46" s="3" t="n">
+        <x:v>8624</x:v>
+      </x:c>
+      <x:c r="AW46" s="3" t="n">
+        <x:v>9020</x:v>
+      </x:c>
+      <x:c r="AX46" s="3" t="n">
+        <x:v>9593</x:v>
+      </x:c>
+      <x:c r="AY46" s="3" t="n">
+        <x:v>10521</x:v>
+      </x:c>
+      <x:c r="AZ46" s="3" t="n">
+        <x:v>8820</x:v>
+      </x:c>
+      <x:c r="BA46" s="3" t="n">
+        <x:v>11419</x:v>
+      </x:c>
+      <x:c r="BB46" s="3" t="n">
+        <x:v>11164</x:v>
+      </x:c>
+      <x:c r="BC46" s="3" t="n">
+        <x:v>13716</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:56">
-      <x:c r="A46" s="2" t="s">
+    <x:row r="47" spans="1:55">
+      <x:c r="A47" s="2" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...168 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
         <x:v>-105</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>-133</x:v>
       </x:c>
       <x:c r="D47" s="3" t="n">
         <x:v>-200</x:v>
       </x:c>
       <x:c r="E47" s="3" t="n">
         <x:v>-157</x:v>
       </x:c>
       <x:c r="F47" s="3" t="n">
         <x:v>-227</x:v>
       </x:c>
       <x:c r="G47" s="3" t="n">
         <x:v>-213</x:v>
       </x:c>
       <x:c r="H47" s="3" t="n">
         <x:v>-161</x:v>
       </x:c>
       <x:c r="I47" s="3" t="n">
         <x:v>-91</x:v>
       </x:c>
@@ -8253,614 +8138,602 @@
       <x:c r="AF47" s="3" t="n">
         <x:v>3211</x:v>
       </x:c>
       <x:c r="AG47" s="3" t="n">
         <x:v>3391</x:v>
       </x:c>
       <x:c r="AH47" s="3" t="n">
         <x:v>3325</x:v>
       </x:c>
       <x:c r="AI47" s="3" t="n">
         <x:v>2826</x:v>
       </x:c>
       <x:c r="AJ47" s="3" t="n">
         <x:v>1377</x:v>
       </x:c>
       <x:c r="AK47" s="3" t="n">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="AL47" s="3" t="n">
         <x:v>616</x:v>
       </x:c>
       <x:c r="AM47" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AN47" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="AO47" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AP47" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AQ47" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AR47" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AS47" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AT47" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AU47" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AV47" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AW47" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AX47" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="AY47" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AZ47" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="BA47" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="BB47" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="BC47" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="BD47" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
-    <x:row r="48" spans="1:56">
+    <x:row r="48" spans="1:55">
       <x:c r="A48" s="2" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="L48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="M48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="N48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="P48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Q48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="R48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="T48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="U48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="V48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="X48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Y48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Z48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AA48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AB48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AC48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AD48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AE48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AF48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AG48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AH48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AI48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AJ48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AK48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AL48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AM48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AN48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AO48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AP48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AQ48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AR48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AS48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AT48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AU48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AV48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AW48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AX48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AY48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AZ48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BA48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BB48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BC48" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:55">
+      <x:c r="A49" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="B48" s="3" t="n">
-[...161 lines deleted...]
-      <x:c r="BD48" s="3" t="n">
+      <x:c r="B49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="L49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="M49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="N49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="P49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Q49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="R49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="T49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="U49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="V49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="X49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Y49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Z49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AA49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AB49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AC49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AD49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AE49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AF49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AG49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AH49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AI49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AJ49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AK49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AL49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AM49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AN49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AO49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AP49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AQ49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AR49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AS49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AT49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AU49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AV49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AW49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AX49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AY49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AZ49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BA49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BB49" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BC49" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:56">
-      <x:c r="A49" s="2" t="s">
+    <x:row r="50" spans="1:55">
+      <x:c r="A50" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B49" s="3" t="n">
-[...161 lines deleted...]
-      <x:c r="BD49" s="3" t="n">
+      <x:c r="B50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="L50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="M50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="N50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="P50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Q50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="R50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="T50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="U50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="V50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="X50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Y50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Z50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AA50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AB50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AC50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AD50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AE50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AF50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AG50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AH50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AI50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AJ50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AK50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AL50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AM50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AN50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AO50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AP50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AQ50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AR50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AS50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AT50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AU50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AV50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AW50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AX50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AY50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AZ50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BA50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BB50" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BC50" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:56">
-      <x:c r="A50" s="2" t="s">
+    <x:row r="51" spans="1:55">
+      <x:c r="A51" s="2" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...168 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
         <x:v>-105</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>-133</x:v>
       </x:c>
       <x:c r="D51" s="3" t="n">
         <x:v>-200</x:v>
       </x:c>
       <x:c r="E51" s="3" t="n">
         <x:v>-157</x:v>
       </x:c>
       <x:c r="F51" s="3" t="n">
         <x:v>-227</x:v>
       </x:c>
       <x:c r="G51" s="3" t="n">
         <x:v>-213</x:v>
       </x:c>
       <x:c r="H51" s="3" t="n">
         <x:v>-161</x:v>
       </x:c>
       <x:c r="I51" s="3" t="n">
         <x:v>-91</x:v>
       </x:c>
@@ -8980,892 +8853,892 @@
       </x:c>
       <x:c r="AV51" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AW51" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AX51" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AY51" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AZ51" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="BA51" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="BB51" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="BC51" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="BD51" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
-    <x:row r="52" spans="1:56">
+    <x:row r="52" spans="1:55">
       <x:c r="A52" s="2" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B52" s="3" t="n">
+        <x:v>20347</x:v>
+      </x:c>
+      <x:c r="C52" s="3" t="n">
+        <x:v>20553</x:v>
+      </x:c>
+      <x:c r="D52" s="3" t="n">
+        <x:v>22866</x:v>
+      </x:c>
+      <x:c r="E52" s="3" t="n">
+        <x:v>26581</x:v>
+      </x:c>
+      <x:c r="F52" s="3" t="n">
+        <x:v>32046</x:v>
+      </x:c>
+      <x:c r="G52" s="3" t="n">
+        <x:v>33679</x:v>
+      </x:c>
+      <x:c r="H52" s="3" t="n">
+        <x:v>35344</x:v>
+      </x:c>
+      <x:c r="I52" s="3" t="n">
+        <x:v>39339</x:v>
+      </x:c>
+      <x:c r="J52" s="3" t="n">
+        <x:v>40005</x:v>
+      </x:c>
+      <x:c r="K52" s="3" t="n">
+        <x:v>44149</x:v>
+      </x:c>
+      <x:c r="L52" s="3" t="n">
+        <x:v>47578</x:v>
+      </x:c>
+      <x:c r="M52" s="3" t="n">
+        <x:v>55673</x:v>
+      </x:c>
+      <x:c r="N52" s="3" t="n">
+        <x:v>64439</x:v>
+      </x:c>
+      <x:c r="O52" s="3" t="n">
+        <x:v>70124</x:v>
+      </x:c>
+      <x:c r="P52" s="3" t="n">
+        <x:v>80677</x:v>
+      </x:c>
+      <x:c r="Q52" s="3" t="n">
+        <x:v>88380</x:v>
+      </x:c>
+      <x:c r="R52" s="3" t="n">
+        <x:v>90855</x:v>
+      </x:c>
+      <x:c r="S52" s="3" t="n">
+        <x:v>93971</x:v>
+      </x:c>
+      <x:c r="T52" s="3" t="n">
+        <x:v>102098</x:v>
+      </x:c>
+      <x:c r="U52" s="3" t="n">
+        <x:v>111835</x:v>
+      </x:c>
+      <x:c r="V52" s="3" t="n">
+        <x:v>120634</x:v>
+      </x:c>
+      <x:c r="W52" s="3" t="n">
+        <x:v>130635</x:v>
+      </x:c>
+      <x:c r="X52" s="3" t="n">
+        <x:v>138756</x:v>
+      </x:c>
+      <x:c r="Y52" s="3" t="n">
+        <x:v>153897</x:v>
+      </x:c>
+      <x:c r="Z52" s="3" t="n">
+        <x:v>160576</x:v>
+      </x:c>
+      <x:c r="AA52" s="3" t="n">
+        <x:v>174098</x:v>
+      </x:c>
+      <x:c r="AB52" s="3" t="n">
+        <x:v>171889</x:v>
+      </x:c>
+      <x:c r="AC52" s="3" t="n">
+        <x:v>179464</x:v>
+      </x:c>
+      <x:c r="AD52" s="3" t="n">
+        <x:v>186384</x:v>
+      </x:c>
+      <x:c r="AE52" s="3" t="n">
+        <x:v>183602</x:v>
+      </x:c>
+      <x:c r="AF52" s="3" t="n">
+        <x:v>196242</x:v>
+      </x:c>
+      <x:c r="AG52" s="3" t="n">
+        <x:v>216444</x:v>
+      </x:c>
+      <x:c r="AH52" s="3" t="n">
+        <x:v>225330</x:v>
+      </x:c>
+      <x:c r="AI52" s="3" t="n">
+        <x:v>252354</x:v>
+      </x:c>
+      <x:c r="AJ52" s="3" t="n">
+        <x:v>295172</x:v>
+      </x:c>
+      <x:c r="AK52" s="3" t="n">
+        <x:v>334274</x:v>
+      </x:c>
+      <x:c r="AL52" s="3" t="n">
+        <x:v>372485</x:v>
+      </x:c>
+      <x:c r="AM52" s="3" t="n">
+        <x:v>409125</x:v>
+      </x:c>
+      <x:c r="AN52" s="3" t="n">
+        <x:v>420427</x:v>
+      </x:c>
+      <x:c r="AO52" s="3" t="n">
+        <x:v>393581</x:v>
+      </x:c>
+      <x:c r="AP52" s="3" t="n">
+        <x:v>448550</x:v>
+      </x:c>
+      <x:c r="AQ52" s="3" t="n">
+        <x:v>442622</x:v>
+      </x:c>
+      <x:c r="AR52" s="3" t="n">
+        <x:v>475362</x:v>
+      </x:c>
+      <x:c r="AS52" s="3" t="n">
+        <x:v>510702</x:v>
+      </x:c>
+      <x:c r="AT52" s="3" t="n">
+        <x:v>539932</x:v>
+      </x:c>
+      <x:c r="AU52" s="3" t="n">
+        <x:v>555751</x:v>
+      </x:c>
+      <x:c r="AV52" s="3" t="n">
+        <x:v>578262</x:v>
+      </x:c>
+      <x:c r="AW52" s="3" t="n">
+        <x:v>598545</x:v>
+      </x:c>
+      <x:c r="AX52" s="3" t="n">
+        <x:v>610693</x:v>
+      </x:c>
+      <x:c r="AY52" s="3" t="n">
+        <x:v>633036</x:v>
+      </x:c>
+      <x:c r="AZ52" s="3" t="n">
+        <x:v>604173</x:v>
+      </x:c>
+      <x:c r="BA52" s="3" t="n">
+        <x:v>677454</x:v>
+      </x:c>
+      <x:c r="BB52" s="3" t="n">
+        <x:v>887999</x:v>
+      </x:c>
+      <x:c r="BC52" s="3" t="n">
+        <x:v>824582</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:55">
+      <x:c r="A53" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="B52" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>709752</x:v>
+      <x:c r="B53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="G53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="I53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="J53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="K53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="L53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="M53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="N53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="O53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="P53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="R53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="S53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="T53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="U53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="V53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="W53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="X53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Y53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Z53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AA53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AB53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AC53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AD53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AE53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AF53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AG53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AH53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AI53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AJ53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AK53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AL53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AM53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AN53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AO53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AP53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AQ53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AR53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AS53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AT53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AU53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AV53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AW53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AX53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AY53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AZ53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BA53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BB53" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BC53" s="4" t="s">
+        <x:v>105</x:v>
       </x:c>
     </x:row>
-    <x:row r="53" spans="1:56">
-[...169 lines deleted...]
-    <x:row r="54" spans="1:56">
+    <x:row r="54" spans="1:55">
       <x:c r="A54" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="B54" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>1541144</x:v>
+      <x:c r="B54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="G54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="I54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="J54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="K54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="L54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="M54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="N54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="O54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="P54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Q54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="R54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="S54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="T54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="U54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="V54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="W54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="X54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Y54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Z54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AA54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AB54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AC54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AD54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AE54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AF54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AG54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AH54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AI54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AJ54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AK54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AL54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AM54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AN54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AO54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AP54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AQ54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AR54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AS54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AT54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AU54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AV54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AW54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AX54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AY54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AZ54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BA54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BB54" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BC54" s="4" t="s">
+        <x:v>105</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:56">
+    <x:row r="55" spans="1:55">
       <x:c r="A55" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="B55" s="3" t="n">
-[...162 lines deleted...]
-        <x:v>19279</x:v>
+      <x:c r="B55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="G55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="I55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="J55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="K55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="L55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="M55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="N55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="O55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="P55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="R55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="S55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="T55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="U55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="V55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="W55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="X55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Y55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Z55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AA55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AB55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AC55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AD55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AE55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AF55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AG55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AH55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AI55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AJ55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AK55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AL55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AM55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AN55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AO55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AP55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AQ55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AR55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AS55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AT55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AU55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AV55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AW55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AX55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AY55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="AZ55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BA55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BB55" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BC55" s="4" t="s">
+        <x:v>105</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:56">
+    <x:row r="57" spans="1:55">
       <x:c r="A57" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:56">
+    <x:row r="58" spans="1:55">
       <x:c r="A58" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:56">
+    <x:row r="59" spans="1:55">
+      <x:c r="A59" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:55">
       <x:c r="A60" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:56">
+    <x:row r="61" spans="1:55">
       <x:c r="A61" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:56">
-[...1 lines deleted...]
-        <x:v>112</x:v>
+    <x:row r="63" spans="1:55">
+      <x:c r="A63" s="0" t="s">
+        <x:v>113</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:56">
+    <x:row r="64" spans="1:55">
       <x:c r="A64" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row r="65" spans="1:56">
+    <x:row r="65" spans="1:55">
       <x:c r="A65" s="0" t="s">
+        <x:v>115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:55">
+      <x:c r="A67" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:55">
+      <x:c r="A68" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:55">
+      <x:c r="A70" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:55">
+      <x:c r="A71" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:56">
-[...1 lines deleted...]
-        <x:v>115</x:v>
+    <x:row r="72" spans="1:55">
+      <x:c r="A72" s="0" t="s">
+        <x:v>119</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:56">
-[...1 lines deleted...]
-        <x:v>111</x:v>
+    <x:row r="73" spans="1:55">
+      <x:c r="A73" s="0" t="s">
+        <x:v>120</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:56">
-[...1 lines deleted...]
-        <x:v>116</x:v>
+    <x:row r="74" spans="1:55">
+      <x:c r="A74" s="0" t="s">
+        <x:v>121</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:56">
-[...1 lines deleted...]
-        <x:v>117</x:v>
+    <x:row r="76" spans="1:55">
+      <x:c r="A76" s="0" t="s">
+        <x:v>122</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:56">
-[...1 lines deleted...]
-        <x:v>118</x:v>
+    <x:row r="77" spans="1:55">
+      <x:c r="A77" s="0" t="s">
+        <x:v>123</x:v>
       </x:c>
     </x:row>
-    <x:row r="73" spans="1:56">
-[...1 lines deleted...]
-        <x:v>119</x:v>
+    <x:row r="78" spans="1:55">
+      <x:c r="A78" s="0" t="s">
+        <x:v>124</x:v>
       </x:c>
     </x:row>
-    <x:row r="74" spans="1:56">
-[...1 lines deleted...]
-        <x:v>120</x:v>
+    <x:row r="80" spans="1:55">
+      <x:c r="A80" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
     </x:row>
-    <x:row r="75" spans="1:56">
-[...1 lines deleted...]
-        <x:v>121</x:v>
+    <x:row r="81" spans="1:55">
+      <x:c r="A81" s="0" t="s">
+        <x:v>126</x:v>
       </x:c>
     </x:row>
-    <x:row r="77" spans="1:56">
-[...1 lines deleted...]
-        <x:v>122</x:v>
+    <x:row r="82" spans="1:55">
+      <x:c r="A82" s="0" t="s">
+        <x:v>127</x:v>
       </x:c>
     </x:row>
-    <x:row r="78" spans="1:56">
-[...1 lines deleted...]
-        <x:v>123</x:v>
+    <x:row r="87" spans="1:55">
+      <x:c r="A87" s="0" t="s">
+        <x:v>128</x:v>
       </x:c>
     </x:row>
-    <x:row r="79" spans="1:56">
-[...1 lines deleted...]
-        <x:v>124</x:v>
+    <x:row r="88" spans="1:55">
+      <x:c r="A88" s="0" t="s">
+        <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row r="84" spans="1:56">
-[...1 lines deleted...]
-        <x:v>125</x:v>
+    <x:row r="89" spans="1:55">
+      <x:c r="A89" s="0" t="s">
+        <x:v>129</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:56">
-[...1 lines deleted...]
-        <x:v>111</x:v>
+    <x:row r="90" spans="1:55">
+      <x:c r="A90" s="0" t="s">
+        <x:v>130</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:56">
-[...1 lines deleted...]
-        <x:v>126</x:v>
+    <x:row r="91" spans="1:55">
+      <x:c r="A91" s="0" t="s">
+        <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row r="87" spans="1:56">
-[...1 lines deleted...]
-        <x:v>127</x:v>
+    <x:row r="92" spans="1:55">
+      <x:c r="A92" s="0" t="s">
+        <x:v>131</x:v>
       </x:c>
     </x:row>
-    <x:row r="88" spans="1:56">
-[...1 lines deleted...]
-        <x:v>111</x:v>
+    <x:row r="94" spans="1:55">
+      <x:c r="A94" s="0" t="s">
+        <x:v>132</x:v>
       </x:c>
     </x:row>
-    <x:row r="89" spans="1:56">
-[...1 lines deleted...]
-        <x:v>128</x:v>
+    <x:row r="95" spans="1:55">
+      <x:c r="A95" s="0" t="s">
+        <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="91" spans="1:56">
-[...1 lines deleted...]
-        <x:v>129</x:v>
+    <x:row r="96" spans="1:55">
+      <x:c r="A96" s="0" t="s">
+        <x:v>133</x:v>
       </x:c>
     </x:row>
-    <x:row r="92" spans="1:56">
-[...1 lines deleted...]
-        <x:v>1</x:v>
+    <x:row r="102" spans="1:55">
+      <x:c r="A102" s="0" t="s">
+        <x:v>134</x:v>
       </x:c>
     </x:row>
-    <x:row r="93" spans="1:56">
-[...1 lines deleted...]
-        <x:v>130</x:v>
+    <x:row r="104" spans="1:55">
+      <x:c r="A104" s="0" t="s">
+        <x:v>135</x:v>
       </x:c>
     </x:row>
-    <x:row r="99" spans="1:56">
-[...1 lines deleted...]
-        <x:v>131</x:v>
+    <x:row r="105" spans="1:55">
+      <x:c r="A105" s="0" t="s">
+        <x:v>136</x:v>
       </x:c>
     </x:row>
-    <x:row r="101" spans="1:56">
-[...1 lines deleted...]
-        <x:v>132</x:v>
+    <x:row r="107" spans="1:55">
+      <x:c r="A107" s="0" t="s">
+        <x:v>137</x:v>
       </x:c>
     </x:row>
-    <x:row r="102" spans="1:56">
-[...11 lines deleted...]
-        <x:v>135</x:v>
+    <x:row r="108" spans="1:55">
+      <x:c r="A108" s="0" t="s">
+        <x:v>138</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>DRI</vt:lpstr>
       <vt:lpstr>DRI!Print_Area</vt:lpstr>
       <vt:lpstr>DRI!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>