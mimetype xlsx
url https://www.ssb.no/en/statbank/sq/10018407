--- v1 (2025-12-18)
+++ v2 (2026-01-10)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="els" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5961d94f6a19403e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e03151f80354aa594d513c69d45cd87.psmdcp" Id="R910885b3a1b0447c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra14515c971eb47b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e8d6c4b8622844c58f7d9f7e61f3b678.psmdcp" Id="Rcfa70d68334d4883" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="DRI" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
   <x:si>
     <x:t>09170: Production account and income generation, by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Operation surplus. Current prices (NOK million)</x:t>
   </x:si>
   <x:si>