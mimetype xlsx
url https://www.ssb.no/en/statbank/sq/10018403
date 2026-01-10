--- v0 (2025-11-26)
+++ v1 (2026-01-10)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0b933014f6f4d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b5656f62cf7748f3b204fc5b162c38fc.psmdcp" Id="R4e9dbe5f628b4722" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf515c250595643e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a34cbe9454f644bc992d7041908b5025.psmdcp" Id="R74ad4ff357954b46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="BruttoprodTimev" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="132">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="134">
   <x:si>
     <x:t>09174: Wages and salaries, employment and productivity by industry, contents and year</x:t>
   </x:si>
   <x:si>
     <x:t>Value added at basic values per hour worked. Change from the previous year (per cent). Fixed prices</x:t>
   </x:si>
   <x:si>
     <x:t>1970</x:t>
   </x:si>
   <x:si>
     <x:t>1971</x:t>
   </x:si>
   <x:si>
     <x:t>1972</x:t>
   </x:si>
   <x:si>
     <x:t>1973</x:t>
   </x:si>
   <x:si>
     <x:t>1974</x:t>
   </x:si>
   <x:si>
     <x:t>1975</x:t>
   </x:si>
   <x:si>
@@ -331,69 +331,75 @@
   <x:si>
     <x:t>Arts, entertainment and other service activities</x:t>
   </x:si>
   <x:si>
     <x:t>¬ General government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Civilian central government</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬¬ Defence</x:t>
   </x:si>
   <x:si>
     <x:t>¬¬ Local government</x:t>
   </x:si>
   <x:si>
     <x:t>Mainland Norway</x:t>
   </x:si>
   <x:si>
     <x:t>¬ Production for market Mainland Norway</x:t>
   </x:si>
   <x:si>
+    <x:t>.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Market producers</x:t>
   </x:si>
   <x:si>
     <x:t>Non-market producers</x:t>
   </x:si>
   <x:si>
-    <x:t>Figures from 2023 onwards are preliminary.</x:t>
+    <x:t>Figures after 2023 (the base year) are preliminary.</x:t>
   </x:si>
   <x:si>
     <x:t>.. = Data not available. Figures have not been entered into our databases or are too unreliable to be published.</x:t>
   </x:si>
   <x:si>
+    <x:t>. = Category not applicable. Figures do not exist at this time, because the category was not in use when the figures were collected.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Updated:</x:t>
   </x:si>
   <x:si>
     <x:t>Value added at basic values per hour worked. Change from the previous year (per cent). Fixed prices:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250515 08:00</x:t>
+    <x:t>20251126 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Kristian Gimming, Statistics Norway</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> +47 40 90 26 13</x:t>
   </x:si>
   <x:si>
     <x:t>kgi@ssb.no</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>per cent</x:t>
   </x:si>
@@ -799,51 +805,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:BD99"/>
+  <x:dimension ref="A1:BD100"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="56" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:56">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:56">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:56">
       <x:c r="B4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
@@ -1023,180 +1029,180 @@
       <x:c r="E5" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="G5" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="I5" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="J5" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="K5" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="L5" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="M5" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="N5" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="O5" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="P5" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="R5" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="S5" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="T5" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="U5" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="V5" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="W5" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="X5" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="Y5" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="Z5" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="AA5" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AB5" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="AC5" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="AD5" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="AE5" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="AF5" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="AG5" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="AH5" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AI5" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="AJ5" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="AK5" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="AL5" s="4" t="n">
+        <x:v>-0.6</x:v>
+      </x:c>
+      <x:c r="AM5" s="4" t="n">
+        <x:v>-1.7</x:v>
+      </x:c>
+      <x:c r="AN5" s="4" t="n">
+        <x:v>-2.4</x:v>
+      </x:c>
+      <x:c r="AO5" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="AP5" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="AQ5" s="4" t="n">
+        <x:v>-0.5</x:v>
+      </x:c>
+      <x:c r="AR5" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AS5" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="AT5" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="AU5" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="AV5" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="AW5" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="AX5" s="4" t="n">
+        <x:v>-0.5</x:v>
+      </x:c>
+      <x:c r="AY5" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="AZ5" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="BA5" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="BB5" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="BC5" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BD5" s="4" t="n">
         <x:v>1.2</x:v>
-      </x:c>
-[...73 lines deleted...]
-        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:56">
       <x:c r="A6" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>16.6</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>19.9</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
@@ -1244,129 +1250,129 @@
       <x:c r="V6" s="4" t="n">
         <x:v>14.1</x:v>
       </x:c>
       <x:c r="W6" s="4" t="n">
         <x:v>11.1</x:v>
       </x:c>
       <x:c r="X6" s="4" t="n">
         <x:v>-2.8</x:v>
       </x:c>
       <x:c r="Y6" s="4" t="n">
         <x:v>13.3</x:v>
       </x:c>
       <x:c r="Z6" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="AA6" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="AB6" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AC6" s="4" t="n">
         <x:v>-1.2</x:v>
       </x:c>
       <x:c r="AD6" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
       <x:c r="AE6" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="AF6" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="AG6" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="AH6" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="AI6" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="AJ6" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>13.9</x:v>
       </x:c>
       <x:c r="AK6" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="AL6" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="AM6" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="AN6" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="AO6" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="AP6" s="4" t="n">
+        <x:v>5.4</x:v>
+      </x:c>
+      <x:c r="AQ6" s="4" t="n">
+        <x:v>-4</x:v>
+      </x:c>
+      <x:c r="AR6" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="AS6" s="4" t="n">
+        <x:v>-0.9</x:v>
+      </x:c>
+      <x:c r="AT6" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+      <x:c r="AU6" s="4" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="AV6" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="AP6" s="4" t="n">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="AW6" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="AX6" s="4" t="n">
-        <x:v>-9.1</x:v>
+        <x:v>-11.1</x:v>
       </x:c>
       <x:c r="AY6" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>16.6</x:v>
       </x:c>
       <x:c r="AZ6" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>-6.7</x:v>
       </x:c>
       <x:c r="BA6" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="BB6" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="BC6" s="4" t="n">
-        <x:v>-15.6</x:v>
+        <x:v>-19</x:v>
       </x:c>
       <x:c r="BD6" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:56">
       <x:c r="A7" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
         <x:v>-7</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>-6</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
         <x:v>13.2</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
@@ -1423,120 +1429,120 @@
       <x:c r="Y7" s="4" t="n">
         <x:v>32.3</x:v>
       </x:c>
       <x:c r="Z7" s="4" t="n">
         <x:v>10.8</x:v>
       </x:c>
       <x:c r="AA7" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
       <x:c r="AB7" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="AC7" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="AD7" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="AE7" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="AF7" s="4" t="n">
         <x:v>-6.3</x:v>
       </x:c>
       <x:c r="AG7" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="AH7" s="4" t="n">
-        <x:v>23.1</x:v>
+        <x:v>22.9</x:v>
       </x:c>
       <x:c r="AI7" s="4" t="n">
-        <x:v>15.9</x:v>
+        <x:v>15.6</x:v>
       </x:c>
       <x:c r="AJ7" s="4" t="n">
-        <x:v>25</x:v>
+        <x:v>24.8</x:v>
       </x:c>
       <x:c r="AK7" s="4" t="n">
-        <x:v>16.3</x:v>
+        <x:v>16.2</x:v>
       </x:c>
       <x:c r="AL7" s="4" t="n">
-        <x:v>-5.8</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="AM7" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>13.5</x:v>
       </x:c>
       <x:c r="AN7" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="AO7" s="4" t="n">
-        <x:v>22.2</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="AP7" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>12.8</x:v>
       </x:c>
       <x:c r="AQ7" s="4" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="AR7" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="AS7" s="4" t="n">
-        <x:v>-7.1</x:v>
+        <x:v>-7.3</x:v>
       </x:c>
       <x:c r="AT7" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="AU7" s="4" t="n">
-        <x:v>-16.2</x:v>
+        <x:v>-16.3</x:v>
       </x:c>
       <x:c r="AV7" s="4" t="n">
-        <x:v>-14.9</x:v>
+        <x:v>-15.1</x:v>
       </x:c>
       <x:c r="AW7" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="AX7" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="AY7" s="4" t="n">
         <x:v>-6.4</x:v>
       </x:c>
       <x:c r="AZ7" s="4" t="n">
         <x:v>9.4</x:v>
       </x:c>
       <x:c r="BA7" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="BB7" s="4" t="n">
         <x:v>-3.6</x:v>
       </x:c>
       <x:c r="BC7" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>-20.6</x:v>
       </x:c>
       <x:c r="BD7" s="4" t="n">
-        <x:v>-6.7</x:v>
+        <x:v>-5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:56">
       <x:c r="A8" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>-7.4</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
         <x:v>-8.6</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
@@ -1593,120 +1599,120 @@
       <x:c r="Y8" s="4" t="n">
         <x:v>-14.6</x:v>
       </x:c>
       <x:c r="Z8" s="4" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="AA8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AB8" s="4" t="n">
         <x:v>22.8</x:v>
       </x:c>
       <x:c r="AC8" s="4" t="n">
         <x:v>11.3</x:v>
       </x:c>
       <x:c r="AD8" s="4" t="n">
         <x:v>-12.4</x:v>
       </x:c>
       <x:c r="AE8" s="4" t="n">
         <x:v>20.2</x:v>
       </x:c>
       <x:c r="AF8" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="AG8" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>13.5</x:v>
       </x:c>
       <x:c r="AH8" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="AI8" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>-5.9</x:v>
       </x:c>
       <x:c r="AJ8" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="AK8" s="4" t="n">
-        <x:v>-7.1</x:v>
+        <x:v>-6.6</x:v>
       </x:c>
       <x:c r="AL8" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="AM8" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="AN8" s="4" t="n">
-        <x:v>-3.6</x:v>
+        <x:v>-3.4</x:v>
       </x:c>
       <x:c r="AO8" s="4" t="n">
-        <x:v>-19.2</x:v>
+        <x:v>-18.9</x:v>
       </x:c>
       <x:c r="AP8" s="4" t="n">
-        <x:v>15.5</x:v>
+        <x:v>15.8</x:v>
       </x:c>
       <x:c r="AQ8" s="4" t="n">
-        <x:v>-4.5</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="AR8" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="AS8" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AT8" s="4" t="n">
-        <x:v>-4.6</x:v>
+        <x:v>-4</x:v>
       </x:c>
       <x:c r="AU8" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="AV8" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="AW8" s="4" t="n">
-        <x:v>-11.1</x:v>
+        <x:v>-10.6</x:v>
       </x:c>
       <x:c r="AX8" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>-5.8</x:v>
       </x:c>
       <x:c r="AY8" s="4" t="n">
         <x:v>10.8</x:v>
       </x:c>
       <x:c r="AZ8" s="4" t="n">
-        <x:v>-20.6</x:v>
+        <x:v>-20.7</x:v>
       </x:c>
       <x:c r="BA8" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="BB8" s="4" t="n">
-        <x:v>-11.7</x:v>
+        <x:v>-11</x:v>
       </x:c>
       <x:c r="BC8" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>-23.2</x:v>
       </x:c>
       <x:c r="BD8" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>-5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:56">
       <x:c r="A9" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>-45.8</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>-40.3</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>-28.8</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
@@ -1775,108 +1781,108 @@
       <x:c r="AC9" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
       <x:c r="AD9" s="4" t="n">
         <x:v>-7.7</x:v>
       </x:c>
       <x:c r="AE9" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="AF9" s="4" t="n">
         <x:v>16.1</x:v>
       </x:c>
       <x:c r="AG9" s="4" t="n">
         <x:v>-9.3</x:v>
       </x:c>
       <x:c r="AH9" s="4" t="n">
         <x:v>-7.7</x:v>
       </x:c>
       <x:c r="AI9" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="AJ9" s="4" t="n">
         <x:v>-1.9</x:v>
       </x:c>
       <x:c r="AK9" s="4" t="n">
-        <x:v>-8</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="AL9" s="4" t="n">
         <x:v>-6</x:v>
       </x:c>
       <x:c r="AM9" s="4" t="n">
         <x:v>-20.3</x:v>
       </x:c>
       <x:c r="AN9" s="4" t="n">
-        <x:v>-10.3</x:v>
+        <x:v>-10.2</x:v>
       </x:c>
       <x:c r="AO9" s="4" t="n">
-        <x:v>-8.1</x:v>
+        <x:v>-8</x:v>
       </x:c>
       <x:c r="AP9" s="4" t="n">
         <x:v>-8.2</x:v>
       </x:c>
       <x:c r="AQ9" s="4" t="n">
         <x:v>-8.4</x:v>
       </x:c>
       <x:c r="AR9" s="4" t="n">
-        <x:v>-8.4</x:v>
+        <x:v>-8.3</x:v>
       </x:c>
       <x:c r="AS9" s="4" t="n">
         <x:v>-8</x:v>
       </x:c>
       <x:c r="AT9" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="AU9" s="4" t="n">
         <x:v>13.5</x:v>
       </x:c>
       <x:c r="AV9" s="4" t="n">
-        <x:v>16.3</x:v>
+        <x:v>16.4</x:v>
       </x:c>
       <x:c r="AW9" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="AX9" s="4" t="n">
         <x:v>-7.2</x:v>
       </x:c>
       <x:c r="AY9" s="4" t="n">
-        <x:v>-9.6</x:v>
+        <x:v>-9.5</x:v>
       </x:c>
       <x:c r="AZ9" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="BA9" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="BB9" s="4" t="n">
-        <x:v>-2.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="BC9" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>-5.3</x:v>
       </x:c>
       <x:c r="BD9" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:56">
       <x:c r="A10" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>-45</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>-12.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>-79.6</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>236.8</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
@@ -1942,111 +1948,111 @@
       <x:c r="AB10" s="4" t="n">
         <x:v>15.6</x:v>
       </x:c>
       <x:c r="AC10" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="AD10" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="AE10" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="AF10" s="4" t="n">
         <x:v>10.4</x:v>
       </x:c>
       <x:c r="AG10" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="AH10" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="AI10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AJ10" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="AK10" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
       <x:c r="AL10" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="AM10" s="4" t="n">
         <x:v>-8.7</x:v>
       </x:c>
       <x:c r="AN10" s="4" t="n">
-        <x:v>-11.6</x:v>
+        <x:v>-11.5</x:v>
       </x:c>
       <x:c r="AO10" s="4" t="n">
         <x:v>-10.2</x:v>
       </x:c>
       <x:c r="AP10" s="4" t="n">
-        <x:v>-10.4</x:v>
+        <x:v>-10.3</x:v>
       </x:c>
       <x:c r="AQ10" s="4" t="n">
         <x:v>-9.6</x:v>
       </x:c>
       <x:c r="AR10" s="4" t="n">
         <x:v>-6.9</x:v>
       </x:c>
       <x:c r="AS10" s="4" t="n">
         <x:v>-6.9</x:v>
       </x:c>
       <x:c r="AT10" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="AU10" s="4" t="n">
         <x:v>13.7</x:v>
       </x:c>
       <x:c r="AV10" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="AW10" s="4" t="n">
         <x:v>10.1</x:v>
       </x:c>
       <x:c r="AX10" s="4" t="n">
-        <x:v>-5.7</x:v>
+        <x:v>-5.6</x:v>
       </x:c>
       <x:c r="AY10" s="4" t="n">
         <x:v>-6.2</x:v>
       </x:c>
       <x:c r="AZ10" s="4" t="n">
         <x:v>9.4</x:v>
       </x:c>
       <x:c r="BA10" s="4" t="n">
         <x:v>-1.1</x:v>
       </x:c>
       <x:c r="BB10" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="BC10" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>-5</x:v>
       </x:c>
       <x:c r="BD10" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:56">
       <x:c r="A11" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-70.8</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>579.9</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>-57.9</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
@@ -2103,120 +2109,120 @@
       <x:c r="Y11" s="4" t="n">
         <x:v>-30.9</x:v>
       </x:c>
       <x:c r="Z11" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="AA11" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="AB11" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
       <x:c r="AC11" s="4" t="n">
         <x:v>-8.4</x:v>
       </x:c>
       <x:c r="AD11" s="4" t="n">
         <x:v>-41.7</x:v>
       </x:c>
       <x:c r="AE11" s="4" t="n">
         <x:v>-22</x:v>
       </x:c>
       <x:c r="AF11" s="4" t="n">
         <x:v>73.9</x:v>
       </x:c>
       <x:c r="AG11" s="4" t="n">
-        <x:v>-57.7</x:v>
+        <x:v>-57.5</x:v>
       </x:c>
       <x:c r="AH11" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="AI11" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="AJ11" s="4" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.8</x:v>
       </x:c>
       <x:c r="AK11" s="4" t="n">
-        <x:v>27.8</x:v>
+        <x:v>28.2</x:v>
       </x:c>
       <x:c r="AL11" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="AM11" s="4" t="n">
-        <x:v>-11.6</x:v>
+        <x:v>-11.3</x:v>
       </x:c>
       <x:c r="AN11" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="AO11" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="AP11" s="4" t="n">
-        <x:v>-5.3</x:v>
+        <x:v>-5</x:v>
       </x:c>
       <x:c r="AQ11" s="4" t="n">
-        <x:v>-10.5</x:v>
+        <x:v>-10.2</x:v>
       </x:c>
       <x:c r="AR11" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="AS11" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="AT11" s="4" t="n">
-        <x:v>-10.1</x:v>
+        <x:v>-9.8</x:v>
       </x:c>
       <x:c r="AU11" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="AV11" s="4" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.9</x:v>
       </x:c>
       <x:c r="AW11" s="4" t="n">
-        <x:v>23.9</x:v>
+        <x:v>24.3</x:v>
       </x:c>
       <x:c r="AX11" s="4" t="n">
-        <x:v>-7.1</x:v>
+        <x:v>-6.7</x:v>
       </x:c>
       <x:c r="AY11" s="4" t="n">
-        <x:v>26.6</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="AZ11" s="4" t="n">
-        <x:v>-12.8</x:v>
+        <x:v>-12.5</x:v>
       </x:c>
       <x:c r="BA11" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="BB11" s="4" t="n">
-        <x:v>26</x:v>
+        <x:v>34.8</x:v>
       </x:c>
       <x:c r="BC11" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="BD11" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:56">
       <x:c r="A12" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
         <x:v>-1.3</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
@@ -2273,120 +2279,120 @@
       <x:c r="Y12" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="Z12" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="AA12" s="4" t="n">
         <x:v>-1.6</x:v>
       </x:c>
       <x:c r="AB12" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AC12" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="AD12" s="4" t="n">
         <x:v>-3</x:v>
       </x:c>
       <x:c r="AE12" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="AF12" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="AG12" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="AH12" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="AI12" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="AJ12" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="AK12" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="AL12" s="4" t="n">
+        <x:v>-3.4</x:v>
+      </x:c>
+      <x:c r="AM12" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="AN12" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="AO12" s="4" t="n">
         <x:v>1.5</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>0.5</x:v>
       </x:c>
       <x:c r="AP12" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="AQ12" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="AR12" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="AS12" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="AT12" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="AU12" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="AV12" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="AW12" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="AX12" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="AY12" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="AZ12" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="BA12" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="BB12" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="BC12" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="BD12" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:56">
       <x:c r="A13" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>-8.4</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="G13" s="4" t="n">
         <x:v>-1.8</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
@@ -2443,120 +2449,120 @@
       <x:c r="Y13" s="4" t="n">
         <x:v>-0.7</x:v>
       </x:c>
       <x:c r="Z13" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="AA13" s="4" t="n">
         <x:v>10.9</x:v>
       </x:c>
       <x:c r="AB13" s="4" t="n">
         <x:v>-3.8</x:v>
       </x:c>
       <x:c r="AC13" s="4" t="n">
         <x:v>-3.5</x:v>
       </x:c>
       <x:c r="AD13" s="4" t="n">
         <x:v>-2.8</x:v>
       </x:c>
       <x:c r="AE13" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AF13" s="4" t="n">
         <x:v>15.1</x:v>
       </x:c>
       <x:c r="AG13" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="AH13" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="AI13" s="4" t="n">
+        <x:v>9.7</x:v>
+      </x:c>
+      <x:c r="AJ13" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="AK13" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="AL13" s="4" t="n">
+        <x:v>-7.3</x:v>
+      </x:c>
+      <x:c r="AM13" s="4" t="n">
+        <x:v>-6.1</x:v>
+      </x:c>
+      <x:c r="AN13" s="4" t="n">
+        <x:v>-0.6</x:v>
+      </x:c>
+      <x:c r="AO13" s="4" t="n">
+        <x:v>6.3</x:v>
+      </x:c>
+      <x:c r="AP13" s="4" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="AQ13" s="4" t="n">
+        <x:v>-1</x:v>
+      </x:c>
+      <x:c r="AR13" s="4" t="n">
         <x:v>3.7</x:v>
-      </x:c>
-[...31 lines deleted...]
-        <x:v>3.8</x:v>
       </x:c>
       <x:c r="AS13" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="AT13" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="AU13" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="AV13" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="AW13" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="AX13" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AY13" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="AZ13" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>-4.5</x:v>
       </x:c>
       <x:c r="BA13" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="BB13" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="BC13" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-13.4</x:v>
       </x:c>
       <x:c r="BD13" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:56">
       <x:c r="A14" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
         <x:v>5.7</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="G14" s="4" t="n">
         <x:v>-15.5</x:v>
       </x:c>
       <x:c r="H14" s="4" t="n">
@@ -2613,120 +2619,120 @@
       <x:c r="Y14" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="Z14" s="4" t="n">
         <x:v>-9.4</x:v>
       </x:c>
       <x:c r="AA14" s="4" t="n">
         <x:v>13.2</x:v>
       </x:c>
       <x:c r="AB14" s="4" t="n">
         <x:v>-8.5</x:v>
       </x:c>
       <x:c r="AC14" s="4" t="n">
         <x:v>-5.2</x:v>
       </x:c>
       <x:c r="AD14" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="AE14" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="AF14" s="4" t="n">
         <x:v>12.9</x:v>
       </x:c>
       <x:c r="AG14" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="AH14" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="AI14" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="AJ14" s="4" t="n">
-        <x:v>-4.1</x:v>
+        <x:v>-4</x:v>
       </x:c>
       <x:c r="AK14" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="AL14" s="4" t="n">
         <x:v>-9.7</x:v>
       </x:c>
       <x:c r="AM14" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="AN14" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="AO14" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="AP14" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="AQ14" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="AR14" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AS14" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="AT14" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="AU14" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="AV14" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="AW14" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="AX14" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="AY14" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="AZ14" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="BA14" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="BB14" s="4" t="n">
-        <x:v>-3.7</x:v>
+        <x:v>-5.1</x:v>
       </x:c>
       <x:c r="BC14" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-17.1</x:v>
       </x:c>
       <x:c r="BD14" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:56">
       <x:c r="A15" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>-39.1</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>-6.6</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>15.1</x:v>
       </x:c>
       <x:c r="G15" s="4" t="n">
         <x:v>47.4</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
@@ -2783,120 +2789,120 @@
       <x:c r="Y15" s="4" t="n">
         <x:v>-13.9</x:v>
       </x:c>
       <x:c r="Z15" s="4" t="n">
         <x:v>35.9</x:v>
       </x:c>
       <x:c r="AA15" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AB15" s="4" t="n">
         <x:v>18.3</x:v>
       </x:c>
       <x:c r="AC15" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="AD15" s="4" t="n">
         <x:v>-6.8</x:v>
       </x:c>
       <x:c r="AE15" s="4" t="n">
         <x:v>-12.1</x:v>
       </x:c>
       <x:c r="AF15" s="4" t="n">
         <x:v>23.8</x:v>
       </x:c>
       <x:c r="AG15" s="4" t="n">
-        <x:v>-13.4</x:v>
+        <x:v>-13.6</x:v>
       </x:c>
       <x:c r="AH15" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>-6.3</x:v>
       </x:c>
       <x:c r="AI15" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="AJ15" s="4" t="n">
-        <x:v>42.5</x:v>
+        <x:v>42.2</x:v>
       </x:c>
       <x:c r="AK15" s="4" t="n">
-        <x:v>22.9</x:v>
+        <x:v>22.7</x:v>
       </x:c>
       <x:c r="AL15" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="AM15" s="4" t="n">
-        <x:v>-33.3</x:v>
+        <x:v>-33.5</x:v>
       </x:c>
       <x:c r="AN15" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="AO15" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="AP15" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>13.2</x:v>
       </x:c>
       <x:c r="AQ15" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="AR15" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>13.7</x:v>
       </x:c>
       <x:c r="AS15" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="AT15" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="AU15" s="4" t="n">
-        <x:v>-12.6</x:v>
+        <x:v>-12.9</x:v>
       </x:c>
       <x:c r="AV15" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="AW15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="AX15" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="AY15" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>-4.6</x:v>
       </x:c>
       <x:c r="AZ15" s="4" t="n">
-        <x:v>-29.1</x:v>
+        <x:v>-29.3</x:v>
       </x:c>
       <x:c r="BA15" s="4" t="n">
-        <x:v>-12.1</x:v>
+        <x:v>-12.4</x:v>
       </x:c>
       <x:c r="BB15" s="4" t="n">
-        <x:v>30.7</x:v>
+        <x:v>29.5</x:v>
       </x:c>
       <x:c r="BC15" s="4" t="n">
-        <x:v>-6.1</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="BD15" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:56">
       <x:c r="A16" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G16" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
@@ -2953,120 +2959,120 @@
       <x:c r="Y16" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="Z16" s="4" t="n">
         <x:v>-1.3</x:v>
       </x:c>
       <x:c r="AA16" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
       <x:c r="AB16" s="4" t="n">
         <x:v>8.7</x:v>
       </x:c>
       <x:c r="AC16" s="4" t="n">
         <x:v>-5.4</x:v>
       </x:c>
       <x:c r="AD16" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="AE16" s="4" t="n">
         <x:v>-3</x:v>
       </x:c>
       <x:c r="AF16" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="AG16" s="4" t="n">
-        <x:v>25.4</x:v>
+        <x:v>25.3</x:v>
       </x:c>
       <x:c r="AH16" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="AI16" s="4" t="n">
         <x:v>12.2</x:v>
       </x:c>
       <x:c r="AJ16" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="AK16" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>17.8</x:v>
       </x:c>
       <x:c r="AL16" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="AM16" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="AN16" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="AO16" s="4" t="n">
-        <x:v>-14.2</x:v>
+        <x:v>-14.1</x:v>
       </x:c>
       <x:c r="AP16" s="4" t="n">
         <x:v>16.6</x:v>
       </x:c>
       <x:c r="AQ16" s="4" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="AR16" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
       <x:c r="AS16" s="4" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="AT16" s="4" t="n">
-        <x:v>-3.6</x:v>
+        <x:v>-3.7</x:v>
       </x:c>
       <x:c r="AU16" s="4" t="n">
         <x:v>-7.2</x:v>
       </x:c>
       <x:c r="AV16" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="AW16" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="AX16" s="4" t="n">
-        <x:v>-15.4</x:v>
+        <x:v>-15.3</x:v>
       </x:c>
       <x:c r="AY16" s="4" t="n">
-        <x:v>-5.7</x:v>
+        <x:v>-5.8</x:v>
       </x:c>
       <x:c r="AZ16" s="4" t="n">
-        <x:v>18.2</x:v>
+        <x:v>17.8</x:v>
       </x:c>
       <x:c r="BA16" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>-6.5</x:v>
       </x:c>
       <x:c r="BB16" s="4" t="n">
-        <x:v>-13.3</x:v>
+        <x:v>-11.6</x:v>
       </x:c>
       <x:c r="BC16" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>-7.4</x:v>
       </x:c>
       <x:c r="BD16" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:56">
       <x:c r="A17" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>16.3</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
@@ -3126,117 +3132,117 @@
       <x:c r="Z17" s="4" t="n">
         <x:v>-7.5</x:v>
       </x:c>
       <x:c r="AA17" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="AB17" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="AC17" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="AD17" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="AE17" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="AF17" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="AG17" s="4" t="n">
         <x:v>24.1</x:v>
       </x:c>
       <x:c r="AH17" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="AI17" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="AJ17" s="4" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.5</x:v>
       </x:c>
       <x:c r="AK17" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="AL17" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="AM17" s="4" t="n">
-        <x:v>-12.5</x:v>
+        <x:v>-12.4</x:v>
       </x:c>
       <x:c r="AN17" s="4" t="n">
         <x:v>-11.2</x:v>
       </x:c>
       <x:c r="AO17" s="4" t="n">
         <x:v>-9.7</x:v>
       </x:c>
       <x:c r="AP17" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="AQ17" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="AR17" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="AS17" s="4" t="n">
         <x:v>-4.2</x:v>
       </x:c>
       <x:c r="AT17" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="AU17" s="4" t="n">
         <x:v>10.8</x:v>
       </x:c>
       <x:c r="AV17" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="AW17" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="AX17" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="AY17" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="AZ17" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="BA17" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="BB17" s="4" t="n">
-        <x:v>-21.9</x:v>
+        <x:v>-21.8</x:v>
       </x:c>
       <x:c r="BC17" s="4" t="n">
-        <x:v>-3.5</x:v>
+        <x:v>-18.8</x:v>
       </x:c>
       <x:c r="BD17" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:56">
       <x:c r="A18" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>12.6</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>-15.6</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
@@ -3293,120 +3299,120 @@
       <x:c r="Y18" s="4" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="Z18" s="4" t="n">
         <x:v>13.4</x:v>
       </x:c>
       <x:c r="AA18" s="4" t="n">
         <x:v>-8.7</x:v>
       </x:c>
       <x:c r="AB18" s="4" t="n">
         <x:v>10.4</x:v>
       </x:c>
       <x:c r="AC18" s="4" t="n">
         <x:v>16.9</x:v>
       </x:c>
       <x:c r="AD18" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="AE18" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="AF18" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="AG18" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="AH18" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="AI18" s="4" t="n">
-        <x:v>32.1</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="AJ18" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="AK18" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="AL18" s="4" t="n">
-        <x:v>23</x:v>
+        <x:v>22.8</x:v>
       </x:c>
       <x:c r="AM18" s="4" t="n">
-        <x:v>16.6</x:v>
+        <x:v>16.5</x:v>
       </x:c>
       <x:c r="AN18" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="AO18" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>-5.6</x:v>
       </x:c>
       <x:c r="AP18" s="4" t="n">
-        <x:v>18.8</x:v>
+        <x:v>18.7</x:v>
       </x:c>
       <x:c r="AQ18" s="4" t="n">
         <x:v>-43.5</x:v>
       </x:c>
       <x:c r="AR18" s="4" t="n">
-        <x:v>99.4</x:v>
+        <x:v>99.3</x:v>
       </x:c>
       <x:c r="AS18" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="AT18" s="4" t="n">
-        <x:v>-5</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="AU18" s="4" t="n">
-        <x:v>-11.7</x:v>
+        <x:v>-11.8</x:v>
       </x:c>
       <x:c r="AV18" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="AW18" s="4" t="n">
-        <x:v>-11.7</x:v>
+        <x:v>-11.8</x:v>
       </x:c>
       <x:c r="AX18" s="4" t="n">
-        <x:v>-7.7</x:v>
+        <x:v>-7.8</x:v>
       </x:c>
       <x:c r="AY18" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="AZ18" s="4" t="n">
-        <x:v>-14.8</x:v>
+        <x:v>-14.9</x:v>
       </x:c>
       <x:c r="BA18" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="BB18" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="BC18" s="4" t="n">
-        <x:v>-12.5</x:v>
+        <x:v>-19.7</x:v>
       </x:c>
       <x:c r="BD18" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:56">
       <x:c r="A19" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>-9.6</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>-2.5</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>-0.7</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
@@ -3463,120 +3469,120 @@
       <x:c r="Y19" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="Z19" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="AA19" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="AB19" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="AC19" s="4" t="n">
         <x:v>-11.5</x:v>
       </x:c>
       <x:c r="AD19" s="4" t="n">
         <x:v>-22.4</x:v>
       </x:c>
       <x:c r="AE19" s="4" t="n">
         <x:v>9.5</x:v>
       </x:c>
       <x:c r="AF19" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="AG19" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="AH19" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="AI19" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="AJ19" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="AK19" s="4" t="n">
-        <x:v>-4.8</x:v>
+        <x:v>-4.6</x:v>
       </x:c>
       <x:c r="AL19" s="4" t="n">
+        <x:v>-1.3</x:v>
+      </x:c>
+      <x:c r="AM19" s="4" t="n">
+        <x:v>-3.5</x:v>
+      </x:c>
+      <x:c r="AN19" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="AO19" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="AP19" s="4" t="n">
+        <x:v>10.5</x:v>
+      </x:c>
+      <x:c r="AQ19" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="AR19" s="4" t="n">
+        <x:v>-1.5</x:v>
+      </x:c>
+      <x:c r="AS19" s="4" t="n">
+        <x:v>-0.4</x:v>
+      </x:c>
+      <x:c r="AT19" s="4" t="n">
         <x:v>-1.6</x:v>
       </x:c>
-      <x:c r="AM19" s="4" t="n">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="AU19" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="AV19" s="4" t="n">
-        <x:v>25.3</x:v>
+        <x:v>25.6</x:v>
       </x:c>
       <x:c r="AW19" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="AX19" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="AY19" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="AZ19" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="BA19" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>15.3</x:v>
       </x:c>
       <x:c r="BB19" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="BC19" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-38.7</x:v>
       </x:c>
       <x:c r="BD19" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:56">
       <x:c r="A20" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>17.9</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
         <x:v>-4.2</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
         <x:v>-18.8</x:v>
       </x:c>
       <x:c r="H20" s="4" t="n">
@@ -3633,120 +3639,120 @@
       <x:c r="Y20" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="Z20" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="AA20" s="4" t="n">
         <x:v>-9.1</x:v>
       </x:c>
       <x:c r="AB20" s="4" t="n">
         <x:v>16.1</x:v>
       </x:c>
       <x:c r="AC20" s="4" t="n">
         <x:v>-2.1</x:v>
       </x:c>
       <x:c r="AD20" s="4" t="n">
         <x:v>-21</x:v>
       </x:c>
       <x:c r="AE20" s="4" t="n">
         <x:v>19.5</x:v>
       </x:c>
       <x:c r="AF20" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="AG20" s="4" t="n">
-        <x:v>-17</x:v>
+        <x:v>-16.8</x:v>
       </x:c>
       <x:c r="AH20" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="AI20" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>13.5</x:v>
       </x:c>
       <x:c r="AJ20" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="AK20" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="AL20" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="AM20" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="AN20" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="AO20" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="AP20" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="AQ20" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="AR20" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="AS20" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="AT20" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-5.3</x:v>
       </x:c>
       <x:c r="AU20" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="AV20" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-5.9</x:v>
       </x:c>
       <x:c r="AW20" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="AX20" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="AY20" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
-      <x:c r="AX20" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="AZ20" s="4" t="n">
-        <x:v>-36.3</x:v>
+        <x:v>-29</x:v>
       </x:c>
       <x:c r="BA20" s="4" t="n">
-        <x:v>19.6</x:v>
+        <x:v>15.6</x:v>
       </x:c>
       <x:c r="BB20" s="4" t="n">
-        <x:v>-21</x:v>
+        <x:v>-20.3</x:v>
       </x:c>
       <x:c r="BC20" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="BD20" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>-4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:56">
       <x:c r="A21" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>18.4</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
         <x:v>-18.8</x:v>
       </x:c>
       <x:c r="H21" s="4" t="n">
@@ -3803,120 +3809,120 @@
       <x:c r="Y21" s="4" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="Z21" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="AA21" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="AB21" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="AC21" s="4" t="n">
         <x:v>10.9</x:v>
       </x:c>
       <x:c r="AD21" s="4" t="n">
         <x:v>-16.6</x:v>
       </x:c>
       <x:c r="AE21" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
       <x:c r="AF21" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AG21" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="AH21" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="AI21" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="AJ21" s="4" t="n">
-        <x:v>-25.8</x:v>
+        <x:v>-25.2</x:v>
       </x:c>
       <x:c r="AK21" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="AL21" s="4" t="n">
-        <x:v>-7.3</x:v>
+        <x:v>-6.6</x:v>
       </x:c>
       <x:c r="AM21" s="4" t="n">
-        <x:v>19.7</x:v>
+        <x:v>20.6</x:v>
       </x:c>
       <x:c r="AN21" s="4" t="n">
-        <x:v>26.6</x:v>
+        <x:v>27.6</x:v>
       </x:c>
       <x:c r="AO21" s="4" t="n">
-        <x:v>-14</x:v>
+        <x:v>-13.4</x:v>
       </x:c>
       <x:c r="AP21" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="AQ21" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="AR21" s="4" t="n">
-        <x:v>-20.9</x:v>
+        <x:v>-20.4</x:v>
       </x:c>
       <x:c r="AS21" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="AT21" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="AU21" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="AV21" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="AW21" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="AX21" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="AY21" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="AZ21" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="BA21" s="4" t="n">
-        <x:v>16.1</x:v>
+        <x:v>16.9</x:v>
       </x:c>
       <x:c r="BB21" s="4" t="n">
-        <x:v>-40.6</x:v>
+        <x:v>-40</x:v>
       </x:c>
       <x:c r="BC21" s="4" t="n">
-        <x:v>-7.6</x:v>
+        <x:v>-13.9</x:v>
       </x:c>
       <x:c r="BD21" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:56">
       <x:c r="A22" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G22" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="H22" s="4" t="n">
@@ -3973,120 +3979,120 @@
       <x:c r="Y22" s="4" t="n">
         <x:v>-1.1</x:v>
       </x:c>
       <x:c r="Z22" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="AA22" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="AB22" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
       <x:c r="AC22" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="AD22" s="4" t="n">
         <x:v>-2.5</x:v>
       </x:c>
       <x:c r="AE22" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF22" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="AG22" s="4" t="n">
-        <x:v>-4</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="AH22" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="AI22" s="4" t="n">
         <x:v>8.7</x:v>
       </x:c>
       <x:c r="AJ22" s="4" t="n">
         <x:v>9.6</x:v>
       </x:c>
       <x:c r="AK22" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="AL22" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="AM22" s="4" t="n">
         <x:v>-4.8</x:v>
       </x:c>
       <x:c r="AN22" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="AO22" s="4" t="n">
-        <x:v>-12</x:v>
+        <x:v>-11.9</x:v>
       </x:c>
       <x:c r="AP22" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="AQ22" s="4" t="n">
         <x:v>14.4</x:v>
       </x:c>
       <x:c r="AR22" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AS22" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="AT22" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="AU22" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="AV22" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="AW22" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="AX22" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="AY22" s="4" t="n">
-        <x:v>-3.6</x:v>
+        <x:v>-3.5</x:v>
       </x:c>
       <x:c r="AZ22" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="BA22" s="4" t="n">
-        <x:v>-15.4</x:v>
+        <x:v>-15.3</x:v>
       </x:c>
       <x:c r="BB22" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="BC22" s="4" t="n">
-        <x:v>-9.1</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="BD22" s="4" t="n">
-        <x:v>-5.8</x:v>
+        <x:v>-7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:56">
       <x:c r="A23" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="G23" s="4" t="n">
         <x:v>-8.9</x:v>
       </x:c>
       <x:c r="H23" s="4" t="n">
@@ -4143,120 +4149,120 @@
       <x:c r="Y23" s="4" t="n">
         <x:v>-14.1</x:v>
       </x:c>
       <x:c r="Z23" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AA23" s="4" t="n">
         <x:v>-44.5</x:v>
       </x:c>
       <x:c r="AB23" s="4" t="n">
         <x:v>16.1</x:v>
       </x:c>
       <x:c r="AC23" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="AD23" s="4" t="n">
         <x:v>-3.5</x:v>
       </x:c>
       <x:c r="AE23" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="AF23" s="4" t="n">
         <x:v>10.7</x:v>
       </x:c>
       <x:c r="AG23" s="4" t="n">
-        <x:v>13.8</x:v>
+        <x:v>13.7</x:v>
       </x:c>
       <x:c r="AH23" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="AI23" s="4" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="AJ23" s="4" t="n">
-        <x:v>24.9</x:v>
+        <x:v>24.5</x:v>
       </x:c>
       <x:c r="AK23" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="AL23" s="4" t="n">
-        <x:v>-34</x:v>
+        <x:v>-34.3</x:v>
       </x:c>
       <x:c r="AM23" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AN23" s="4" t="n">
-        <x:v>16.5</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="AO23" s="4" t="n">
-        <x:v>-24.8</x:v>
+        <x:v>-24.9</x:v>
       </x:c>
       <x:c r="AP23" s="4" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.1</x:v>
       </x:c>
       <x:c r="AQ23" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="AR23" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="AS23" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="AT23" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="AU23" s="4" t="n">
-        <x:v>-9.1</x:v>
+        <x:v>-8.9</x:v>
       </x:c>
       <x:c r="AV23" s="4" t="n">
-        <x:v>-11.6</x:v>
+        <x:v>-12.3</x:v>
       </x:c>
       <x:c r="AW23" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AX23" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="AY23" s="4" t="n">
-        <x:v>-15.8</x:v>
+        <x:v>-16.8</x:v>
       </x:c>
       <x:c r="AZ23" s="4" t="n">
-        <x:v>26.9</x:v>
+        <x:v>27.7</x:v>
       </x:c>
       <x:c r="BA23" s="4" t="n">
-        <x:v>-9.2</x:v>
+        <x:v>-9</x:v>
       </x:c>
       <x:c r="BB23" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="BC23" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="BD23" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:56">
       <x:c r="A24" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="G24" s="4" t="n">
         <x:v>-1.1</x:v>
       </x:c>
       <x:c r="H24" s="4" t="n">
@@ -4313,120 +4319,120 @@
       <x:c r="Y24" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="Z24" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="AA24" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="AB24" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="AC24" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="AD24" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="AE24" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AF24" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="AG24" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="AH24" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="AI24" s="4" t="n">
         <x:v>10.3</x:v>
       </x:c>
       <x:c r="AJ24" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="AK24" s="4" t="n">
         <x:v>-1.1</x:v>
       </x:c>
       <x:c r="AL24" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="AM24" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="AN24" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="AO24" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="AP24" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="AQ24" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="AR24" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
       <x:c r="AS24" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="AT24" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="AU24" s="4" t="n">
         <x:v>-6.2</x:v>
       </x:c>
       <x:c r="AV24" s="4" t="n">
-        <x:v>-6.7</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="AW24" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="AX24" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="AY24" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="AZ24" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="BA24" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
       <x:c r="BB24" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="BC24" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="BD24" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:56">
       <x:c r="A25" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>7.6</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
         <x:v>12.4</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>20.5</x:v>
       </x:c>
       <x:c r="H25" s="4" t="n">
@@ -4483,120 +4489,120 @@
       <x:c r="Y25" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="Z25" s="4" t="n">
         <x:v>-6.2</x:v>
       </x:c>
       <x:c r="AA25" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="AB25" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="AC25" s="4" t="n">
         <x:v>9.9</x:v>
       </x:c>
       <x:c r="AD25" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="AE25" s="4" t="n">
         <x:v>-5.8</x:v>
       </x:c>
       <x:c r="AF25" s="4" t="n">
         <x:v>-2</x:v>
       </x:c>
       <x:c r="AG25" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="AH25" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="AI25" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="AJ25" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="AK25" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="AL25" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
       <x:c r="AM25" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="AN25" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="AO25" s="4" t="n">
         <x:v>-7.8</x:v>
       </x:c>
       <x:c r="AP25" s="4" t="n">
         <x:v>8.5</x:v>
       </x:c>
       <x:c r="AQ25" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AR25" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="AS25" s="4" t="n">
         <x:v>9.7</x:v>
       </x:c>
       <x:c r="AT25" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="AU25" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="AV25" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="AW25" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="AX25" s="4" t="n">
         <x:v>-6.9</x:v>
       </x:c>
       <x:c r="AY25" s="4" t="n">
-        <x:v>16.4</x:v>
+        <x:v>16.2</x:v>
       </x:c>
       <x:c r="AZ25" s="4" t="n">
-        <x:v>-8.1</x:v>
+        <x:v>-8.2</x:v>
       </x:c>
       <x:c r="BA25" s="4" t="n">
-        <x:v>13.8</x:v>
+        <x:v>13.7</x:v>
       </x:c>
       <x:c r="BB25" s="4" t="n">
-        <x:v>14.9</x:v>
+        <x:v>14.6</x:v>
       </x:c>
       <x:c r="BC25" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>22.2</x:v>
       </x:c>
       <x:c r="BD25" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:56">
       <x:c r="A26" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="G26" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="H26" s="4" t="n">
@@ -4653,120 +4659,120 @@
       <x:c r="Y26" s="4" t="n">
         <x:v>-4.3</x:v>
       </x:c>
       <x:c r="Z26" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
       <x:c r="AA26" s="4" t="n">
         <x:v>-6.2</x:v>
       </x:c>
       <x:c r="AB26" s="4" t="n">
         <x:v>-1.6</x:v>
       </x:c>
       <x:c r="AC26" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="AD26" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="AE26" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="AF26" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="AG26" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="AH26" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="AI26" s="4" t="n">
-        <x:v>12.3</x:v>
+        <x:v>12.8</x:v>
       </x:c>
       <x:c r="AJ26" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>12.5</x:v>
       </x:c>
       <x:c r="AK26" s="4" t="n">
-        <x:v>-5.1</x:v>
+        <x:v>-4.7</x:v>
       </x:c>
       <x:c r="AL26" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="AM26" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="AN26" s="4" t="n">
-        <x:v>-7.5</x:v>
+        <x:v>-7.1</x:v>
       </x:c>
       <x:c r="AO26" s="4" t="n">
-        <x:v>-10.1</x:v>
+        <x:v>-9.9</x:v>
       </x:c>
       <x:c r="AP26" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="AQ26" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="AR26" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="AS26" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="AT26" s="4" t="n">
-        <x:v>-3.7</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="AU26" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>-2.8</x:v>
       </x:c>
       <x:c r="AV26" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>15.1</x:v>
       </x:c>
       <x:c r="AW26" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+      <x:c r="AX26" s="4" t="n">
+        <x:v>-0.9</x:v>
+      </x:c>
+      <x:c r="AY26" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="AZ26" s="4" t="n">
         <x:v>-2.3</x:v>
       </x:c>
-      <x:c r="AX26" s="4" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="BA26" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>13.8</x:v>
       </x:c>
       <x:c r="BB26" s="4" t="n">
-        <x:v>15.5</x:v>
+        <x:v>15.7</x:v>
       </x:c>
       <x:c r="BC26" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>-4</x:v>
       </x:c>
       <x:c r="BD26" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:56">
       <x:c r="A27" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
         <x:v>-2</x:v>
       </x:c>
       <x:c r="G27" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="H27" s="4" t="n">
@@ -4823,120 +4829,120 @@
       <x:c r="Y27" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="Z27" s="4" t="n">
         <x:v>-11.8</x:v>
       </x:c>
       <x:c r="AA27" s="4" t="n">
         <x:v>-1.1</x:v>
       </x:c>
       <x:c r="AB27" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="AC27" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="AD27" s="4" t="n">
         <x:v>-6.3</x:v>
       </x:c>
       <x:c r="AE27" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
       <x:c r="AF27" s="4" t="n">
         <x:v>-11.6</x:v>
       </x:c>
       <x:c r="AG27" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="AH27" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="AI27" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-2.8</x:v>
       </x:c>
       <x:c r="AJ27" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="AK27" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="AL27" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="AM27" s="4" t="n">
-        <x:v>-17.7</x:v>
+        <x:v>-17.8</x:v>
       </x:c>
       <x:c r="AN27" s="4" t="n">
-        <x:v>-13.6</x:v>
+        <x:v>-14</x:v>
       </x:c>
       <x:c r="AO27" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="AP27" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="AQ27" s="4" t="n">
-        <x:v>-5</x:v>
+        <x:v>-5.1</x:v>
       </x:c>
       <x:c r="AR27" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="AS27" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="AT27" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="AU27" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="AV27" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="AW27" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="AX27" s="4" t="n">
-        <x:v>-5.4</x:v>
+        <x:v>-5.6</x:v>
       </x:c>
       <x:c r="AY27" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="AZ27" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="BA27" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="BB27" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="BC27" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>18.5</x:v>
       </x:c>
       <x:c r="BD27" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:56">
       <x:c r="A28" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="G28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H28" s="4" t="n">
@@ -4993,120 +4999,120 @@
       <x:c r="Y28" s="4" t="n">
         <x:v>-1.6</x:v>
       </x:c>
       <x:c r="Z28" s="4" t="n">
         <x:v>-5.1</x:v>
       </x:c>
       <x:c r="AA28" s="4" t="n">
         <x:v>12.4</x:v>
       </x:c>
       <x:c r="AB28" s="4" t="n">
         <x:v>-10.1</x:v>
       </x:c>
       <x:c r="AC28" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
       <x:c r="AD28" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="AE28" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="AF28" s="4" t="n">
         <x:v>13.6</x:v>
       </x:c>
       <x:c r="AG28" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="AH28" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="AI28" s="4" t="n">
         <x:v>-14.6</x:v>
       </x:c>
       <x:c r="AJ28" s="4" t="n">
         <x:v>14.6</x:v>
       </x:c>
       <x:c r="AK28" s="4" t="n">
-        <x:v>25.1</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="AL28" s="4" t="n">
         <x:v>-7</x:v>
       </x:c>
       <x:c r="AM28" s="4" t="n">
-        <x:v>-2.8</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="AN28" s="4" t="n">
         <x:v>-11.4</x:v>
       </x:c>
       <x:c r="AO28" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="AP28" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="AQ28" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="AR28" s="4" t="n">
-        <x:v>14.6</x:v>
+        <x:v>14.5</x:v>
       </x:c>
       <x:c r="AS28" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="AT28" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="AU28" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="AV28" s="4" t="n">
         <x:v>-1.8</x:v>
       </x:c>
       <x:c r="AW28" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="AX28" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="AY28" s="4" t="n">
         <x:v>-9</x:v>
       </x:c>
       <x:c r="AZ28" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="BA28" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="BB28" s="4" t="n">
         <x:v>-7</x:v>
       </x:c>
       <x:c r="BC28" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="BD28" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:56">
       <x:c r="A29" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
         <x:v>-9.6</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>34.5</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="G29" s="4" t="n">
         <x:v>16.3</x:v>
       </x:c>
       <x:c r="H29" s="4" t="n">
@@ -5202,81 +5208,81 @@
       <x:c r="AL29" s="4" t="n">
         <x:v>-2.4</x:v>
       </x:c>
       <x:c r="AM29" s="4" t="n">
         <x:v>-29.7</x:v>
       </x:c>
       <x:c r="AN29" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="AO29" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="AP29" s="4" t="n">
         <x:v>-1.2</x:v>
       </x:c>
       <x:c r="AQ29" s="4" t="n">
         <x:v>-3.1</x:v>
       </x:c>
       <x:c r="AR29" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="AS29" s="4" t="n">
         <x:v>-2.1</x:v>
       </x:c>
       <x:c r="AT29" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="AU29" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="AV29" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
       <x:c r="AW29" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="AX29" s="4" t="n">
-        <x:v>-7.6</x:v>
+        <x:v>-7.8</x:v>
       </x:c>
       <x:c r="AY29" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="AZ29" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="BA29" s="4" t="n">
-        <x:v>12.3</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="BB29" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="BC29" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="BD29" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:56">
       <x:c r="A30" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="G30" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H30" s="4" t="n">
@@ -5333,120 +5339,120 @@
       <x:c r="Y30" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="Z30" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="AA30" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="AB30" s="4" t="n">
         <x:v>-1.9</x:v>
       </x:c>
       <x:c r="AC30" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="AD30" s="4" t="n">
         <x:v>-1.5</x:v>
       </x:c>
       <x:c r="AE30" s="4" t="n">
         <x:v>-3</x:v>
       </x:c>
       <x:c r="AF30" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AG30" s="4" t="n">
+        <x:v>-2.3</x:v>
+      </x:c>
+      <x:c r="AH30" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="AI30" s="4" t="n">
+        <x:v>-1.5</x:v>
+      </x:c>
+      <x:c r="AJ30" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="AK30" s="4" t="n">
+        <x:v>-0.8</x:v>
+      </x:c>
+      <x:c r="AL30" s="4" t="n">
+        <x:v>-1</x:v>
+      </x:c>
+      <x:c r="AM30" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+      <x:c r="AN30" s="4" t="n">
+        <x:v>-4.2</x:v>
+      </x:c>
+      <x:c r="AO30" s="4" t="n">
         <x:v>-2.1</x:v>
       </x:c>
-      <x:c r="AH30" s="4" t="n">
-[...5 lines deleted...]
-      <x:c r="AJ30" s="4" t="n">
+      <x:c r="AP30" s="4" t="n">
+        <x:v>-0.2</x:v>
+      </x:c>
+      <x:c r="AQ30" s="4" t="n">
+        <x:v>-1.1</x:v>
+      </x:c>
+      <x:c r="AR30" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="AS30" s="4" t="n">
+        <x:v>-0.5</x:v>
+      </x:c>
+      <x:c r="AT30" s="4" t="n">
+        <x:v>-0.8</x:v>
+      </x:c>
+      <x:c r="AU30" s="4" t="n">
+        <x:v>-1.1</x:v>
+      </x:c>
+      <x:c r="AV30" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="AW30" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="AX30" s="4" t="n">
+        <x:v>-1.2</x:v>
+      </x:c>
+      <x:c r="AY30" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="AZ30" s="4" t="n">
+        <x:v>-2.6</x:v>
+      </x:c>
+      <x:c r="BA30" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
-      <x:c r="AK30" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="AL30" s="4" t="n">
+      <x:c r="BB30" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
-      <x:c r="AM30" s="4" t="n">
-[...5 lines deleted...]
-      <x:c r="AO30" s="4" t="n">
+      <x:c r="BC30" s="4" t="n">
         <x:v>-1.9</x:v>
       </x:c>
-      <x:c r="AP30" s="4" t="n">
-[...23 lines deleted...]
-      <x:c r="AX30" s="4" t="n">
+      <x:c r="BD30" s="4" t="n">
         <x:v>-1.1</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>-1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:56">
       <x:c r="A31" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>9.6</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
         <x:v>7.6</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
         <x:v>11.7</x:v>
       </x:c>
       <x:c r="G31" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="H31" s="4" t="n">
@@ -5503,120 +5509,120 @@
       <x:c r="Y31" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="Z31" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="AA31" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="AB31" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="AC31" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="AD31" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="AE31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AF31" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="AG31" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="AH31" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="AI31" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="AJ31" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="AK31" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="AL31" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="AM31" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="AN31" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="AO31" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="AP31" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="AQ31" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="AR31" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="AS31" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="AT31" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="AU31" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="AV31" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="AW31" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
-      <x:c r="AR31" s="4" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="AX31" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="AY31" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="AZ31" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="BA31" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="BB31" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="BC31" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-5.3</x:v>
       </x:c>
       <x:c r="BD31" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:56">
       <x:c r="A32" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D32" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E32" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F32" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H32" s="3" t="s">
@@ -5676,117 +5682,117 @@
       <x:c r="Z32" s="4" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="AA32" s="4" t="n">
         <x:v>19.6</x:v>
       </x:c>
       <x:c r="AB32" s="4" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="AC32" s="4" t="n">
         <x:v>-8.7</x:v>
       </x:c>
       <x:c r="AD32" s="4" t="n">
         <x:v>-2.1</x:v>
       </x:c>
       <x:c r="AE32" s="4" t="n">
         <x:v>-6.8</x:v>
       </x:c>
       <x:c r="AF32" s="4" t="n">
         <x:v>-64.6</x:v>
       </x:c>
       <x:c r="AG32" s="4" t="n">
         <x:v>80.8</x:v>
       </x:c>
       <x:c r="AH32" s="4" t="n">
-        <x:v>30.8</x:v>
+        <x:v>30.6</x:v>
       </x:c>
       <x:c r="AI32" s="4" t="n">
         <x:v>27.1</x:v>
       </x:c>
       <x:c r="AJ32" s="4" t="n">
-        <x:v>41.6</x:v>
+        <x:v>41.5</x:v>
       </x:c>
       <x:c r="AK32" s="4" t="n">
-        <x:v>18.7</x:v>
+        <x:v>18.6</x:v>
       </x:c>
       <x:c r="AL32" s="4" t="n">
-        <x:v>70.9</x:v>
+        <x:v>70.7</x:v>
       </x:c>
       <x:c r="AM32" s="4" t="n">
-        <x:v>18.6</x:v>
+        <x:v>18.5</x:v>
       </x:c>
       <x:c r="AN32" s="4" t="n">
-        <x:v>14.4</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="AO32" s="4" t="n">
-        <x:v>-10.6</x:v>
+        <x:v>-10.5</x:v>
       </x:c>
       <x:c r="AP32" s="4" t="n">
         <x:v>13.1</x:v>
       </x:c>
       <x:c r="AQ32" s="4" t="n">
         <x:v>-14.8</x:v>
       </x:c>
       <x:c r="AR32" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
       <x:c r="AS32" s="4" t="n">
-        <x:v>-23.2</x:v>
+        <x:v>-23.3</x:v>
       </x:c>
       <x:c r="AT32" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="AU32" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="AV32" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
       <x:c r="AW32" s="4" t="n">
         <x:v>11.3</x:v>
       </x:c>
       <x:c r="AX32" s="4" t="n">
         <x:v>-8.8</x:v>
       </x:c>
       <x:c r="AY32" s="4" t="n">
-        <x:v>-5.4</x:v>
+        <x:v>-5.7</x:v>
       </x:c>
       <x:c r="AZ32" s="4" t="n">
         <x:v>-3.7</x:v>
       </x:c>
       <x:c r="BA32" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="BB32" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="BC32" s="4" t="n">
-        <x:v>-9.8</x:v>
+        <x:v>-11.8</x:v>
       </x:c>
       <x:c r="BD32" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:56">
       <x:c r="A33" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
         <x:v>10.1</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>11.8</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
         <x:v>13.7</x:v>
       </x:c>
       <x:c r="G33" s="4" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="H33" s="4" t="n">
@@ -5843,120 +5849,120 @@
       <x:c r="Y33" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="Z33" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="AA33" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="AB33" s="4" t="n">
         <x:v>-2.5</x:v>
       </x:c>
       <x:c r="AC33" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="AD33" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="AE33" s="4" t="n">
         <x:v>-7.3</x:v>
       </x:c>
       <x:c r="AF33" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="AG33" s="4" t="n">
-        <x:v>-12.2</x:v>
+        <x:v>-7.5</x:v>
       </x:c>
       <x:c r="AH33" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="AI33" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="AJ33" s="4" t="n">
-        <x:v>-4.9</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="AK33" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="AL33" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="AM33" s="4" t="n">
-        <x:v>-17.8</x:v>
+        <x:v>-12.6</x:v>
       </x:c>
       <x:c r="AN33" s="4" t="n">
-        <x:v>-21.6</x:v>
+        <x:v>-16.9</x:v>
       </x:c>
       <x:c r="AO33" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="AP33" s="4" t="n">
-        <x:v>-11.4</x:v>
+        <x:v>-19.5</x:v>
       </x:c>
       <x:c r="AQ33" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>20.6</x:v>
       </x:c>
       <x:c r="AR33" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="AS33" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>15.8</x:v>
       </x:c>
       <x:c r="AT33" s="4" t="n">
-        <x:v>17.3</x:v>
+        <x:v>64.8</x:v>
       </x:c>
       <x:c r="AU33" s="4" t="n">
-        <x:v>-4.7</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="AV33" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="AW33" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="AX33" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>11.5</x:v>
       </x:c>
       <x:c r="AY33" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>21.5</x:v>
       </x:c>
       <x:c r="AZ33" s="4" t="n">
-        <x:v>-47</x:v>
+        <x:v>-41.6</x:v>
       </x:c>
       <x:c r="BA33" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>24.7</x:v>
       </x:c>
       <x:c r="BB33" s="4" t="n">
-        <x:v>72.7</x:v>
+        <x:v>81.2</x:v>
       </x:c>
       <x:c r="BC33" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>-10.8</x:v>
       </x:c>
       <x:c r="BD33" s="4" t="n">
-        <x:v>12.4</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:56">
       <x:c r="A34" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="G34" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="H34" s="4" t="n">
@@ -6013,120 +6019,120 @@
       <x:c r="Y34" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="Z34" s="4" t="n">
         <x:v>-1.3</x:v>
       </x:c>
       <x:c r="AA34" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="AB34" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="AC34" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="AD34" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="AE34" s="4" t="n">
         <x:v>-1.9</x:v>
       </x:c>
       <x:c r="AF34" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="AG34" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="AH34" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="AI34" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="AJ34" s="4" t="n">
+        <x:v>14.1</x:v>
+      </x:c>
+      <x:c r="AK34" s="4" t="n">
+        <x:v>6.9</x:v>
+      </x:c>
+      <x:c r="AL34" s="4" t="n">
+        <x:v>15.3</x:v>
+      </x:c>
+      <x:c r="AM34" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+      <x:c r="AN34" s="4" t="n">
+        <x:v>-5.5</x:v>
+      </x:c>
+      <x:c r="AO34" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="AP34" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="AQ34" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="AR34" s="4" t="n">
+        <x:v>-2.2</x:v>
+      </x:c>
+      <x:c r="AS34" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
-      <x:c r="AJ34" s="4" t="n">
-[...26 lines deleted...]
-      <x:c r="AS34" s="4" t="n">
+      <x:c r="AT34" s="4" t="n">
+        <x:v>-1.9</x:v>
+      </x:c>
+      <x:c r="AU34" s="4" t="n">
+        <x:v>-0.5</x:v>
+      </x:c>
+      <x:c r="AV34" s="4" t="n">
+        <x:v>-5.7</x:v>
+      </x:c>
+      <x:c r="AW34" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
-      <x:c r="AT34" s="4" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="AX34" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AY34" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>-3.6</x:v>
       </x:c>
       <x:c r="AZ34" s="4" t="n">
-        <x:v>-40.2</x:v>
+        <x:v>-48.2</x:v>
       </x:c>
       <x:c r="BA34" s="4" t="n">
-        <x:v>16.1</x:v>
+        <x:v>17.7</x:v>
       </x:c>
       <x:c r="BB34" s="4" t="n">
-        <x:v>22.5</x:v>
+        <x:v>39.6</x:v>
       </x:c>
       <x:c r="BC34" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="BD34" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:56">
       <x:c r="A35" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
         <x:v>-4</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>-4.6</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
       <x:c r="G35" s="4" t="n">
         <x:v>-5.6</x:v>
       </x:c>
       <x:c r="H35" s="4" t="n">
@@ -6192,111 +6198,111 @@
       <x:c r="AB35" s="4" t="n">
         <x:v>-3.8</x:v>
       </x:c>
       <x:c r="AC35" s="4" t="n">
         <x:v>8.5</x:v>
       </x:c>
       <x:c r="AD35" s="4" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="AE35" s="4" t="n">
         <x:v>-7.8</x:v>
       </x:c>
       <x:c r="AF35" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="AG35" s="4" t="n">
         <x:v>-12.4</x:v>
       </x:c>
       <x:c r="AH35" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="AI35" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
       <x:c r="AJ35" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="AK35" s="4" t="n">
         <x:v>-4.2</x:v>
       </x:c>
       <x:c r="AL35" s="4" t="n">
         <x:v>-6</x:v>
       </x:c>
       <x:c r="AM35" s="4" t="n">
         <x:v>-12.5</x:v>
       </x:c>
       <x:c r="AN35" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="AO35" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
       <x:c r="AP35" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="AQ35" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="AR35" s="4" t="n">
-        <x:v>-8.8</x:v>
+        <x:v>-8.7</x:v>
       </x:c>
       <x:c r="AS35" s="4" t="n">
-        <x:v>19.1</x:v>
+        <x:v>19.2</x:v>
       </x:c>
       <x:c r="AT35" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="AU35" s="4" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="AV35" s="4" t="n">
         <x:v>-4.5</x:v>
       </x:c>
       <x:c r="AW35" s="4" t="n">
         <x:v>-7.5</x:v>
       </x:c>
       <x:c r="AX35" s="4" t="n">
         <x:v>-1.5</x:v>
       </x:c>
       <x:c r="AY35" s="4" t="n">
         <x:v>-3.7</x:v>
       </x:c>
       <x:c r="AZ35" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="BA35" s="4" t="n">
         <x:v>17.3</x:v>
       </x:c>
       <x:c r="BB35" s="4" t="n">
-        <x:v>-7.5</x:v>
+        <x:v>-5.8</x:v>
       </x:c>
       <x:c r="BC35" s="4" t="n">
-        <x:v>-6.3</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="BD35" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:56">
       <x:c r="A36" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
         <x:v>-2.8</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>-6.9</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
         <x:v>8.9</x:v>
       </x:c>
       <x:c r="G36" s="4" t="n">
         <x:v>-2.4</x:v>
       </x:c>
       <x:c r="H36" s="4" t="n">
@@ -6353,120 +6359,120 @@
       <x:c r="Y36" s="4" t="n">
         <x:v>-3</x:v>
       </x:c>
       <x:c r="Z36" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="AA36" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="AB36" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="AC36" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AD36" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="AE36" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="AF36" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AG36" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="AH36" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="AI36" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="AJ36" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="AK36" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="AL36" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="AM36" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="AN36" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="AO36" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
       <x:c r="AP36" s="4" t="n">
-        <x:v>-4.1</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="AQ36" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="AR36" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="AS36" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="AT36" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="AU36" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="AV36" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
-      <x:c r="AS36" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="AT36" s="4" t="n">
+      <x:c r="AW36" s="4" t="n">
+        <x:v>-2.9</x:v>
+      </x:c>
+      <x:c r="AX36" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
-      <x:c r="AU36" s="4" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="AY36" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="AZ36" s="4" t="n">
-        <x:v>-25.1</x:v>
+        <x:v>-25.4</x:v>
       </x:c>
       <x:c r="BA36" s="4" t="n">
-        <x:v>18.4</x:v>
+        <x:v>18.9</x:v>
       </x:c>
       <x:c r="BB36" s="4" t="n">
-        <x:v>14.1</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="BC36" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="BD36" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:56">
       <x:c r="A37" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
         <x:v>-0.9</x:v>
       </x:c>
       <x:c r="G37" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="H37" s="4" t="n">
@@ -6523,120 +6529,120 @@
       <x:c r="Y37" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="Z37" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="AA37" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="AB37" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AC37" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="AD37" s="4" t="n">
         <x:v>7.8</x:v>
       </x:c>
       <x:c r="AE37" s="4" t="n">
         <x:v>11.2</x:v>
       </x:c>
       <x:c r="AF37" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="AG37" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="AH37" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="AI37" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>14.1</x:v>
       </x:c>
       <x:c r="AJ37" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="AK37" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="AL37" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="AM37" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="AN37" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="AO37" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="AP37" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="AQ37" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AR37" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="AS37" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="AT37" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
       <x:c r="AU37" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="AV37" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AW37" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="AX37" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="AY37" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="AZ37" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="BA37" s="4" t="n">
         <x:v>-2</x:v>
       </x:c>
       <x:c r="BB37" s="4" t="n">
         <x:v>-3.2</x:v>
       </x:c>
       <x:c r="BC37" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="BD37" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:56">
       <x:c r="A38" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>-14</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
         <x:v>-8.4</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>-2</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
         <x:v>-6.5</x:v>
       </x:c>
       <x:c r="G38" s="4" t="n">
         <x:v>-3.7</x:v>
       </x:c>
       <x:c r="H38" s="4" t="n">
@@ -6660,153 +6666,153 @@
       <x:c r="N38" s="4" t="n">
         <x:v>-1.9</x:v>
       </x:c>
       <x:c r="O38" s="4" t="n">
         <x:v>-5.1</x:v>
       </x:c>
       <x:c r="P38" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="Q38" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="R38" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="S38" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="T38" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="U38" s="4" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="V38" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
       <x:c r="W38" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="X38" s="4" t="n">
         <x:v>16.7</x:v>
       </x:c>
       <x:c r="Y38" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="Z38" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
       <x:c r="AA38" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="AB38" s="4" t="n">
         <x:v>-10.4</x:v>
       </x:c>
       <x:c r="AC38" s="4" t="n">
         <x:v>7.6</x:v>
       </x:c>
       <x:c r="AD38" s="4" t="n">
         <x:v>9.7</x:v>
       </x:c>
       <x:c r="AE38" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="AF38" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="AG38" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="AH38" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="AI38" s="4" t="n">
         <x:v>14.8</x:v>
       </x:c>
       <x:c r="AJ38" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="AK38" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="AL38" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="AM38" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="AN38" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="AO38" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="AP38" s="4" t="n">
         <x:v>-1.8</x:v>
       </x:c>
       <x:c r="AQ38" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="AR38" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="AS38" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="AT38" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="AU38" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="AV38" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="AW38" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="AX38" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="AY38" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="AZ38" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="BA38" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="BB38" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="BC38" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="BD38" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:56">
       <x:c r="A39" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
         <x:v>-4.1</x:v>
       </x:c>
       <x:c r="G39" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H39" s="4" t="n">
@@ -6863,120 +6869,120 @@
       <x:c r="Y39" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="Z39" s="4" t="n">
         <x:v>17.9</x:v>
       </x:c>
       <x:c r="AA39" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="AB39" s="4" t="n">
         <x:v>11.5</x:v>
       </x:c>
       <x:c r="AC39" s="4" t="n">
         <x:v>13.9</x:v>
       </x:c>
       <x:c r="AD39" s="4" t="n">
         <x:v>17.4</x:v>
       </x:c>
       <x:c r="AE39" s="4" t="n">
         <x:v>11.8</x:v>
       </x:c>
       <x:c r="AF39" s="4" t="n">
         <x:v>-16.8</x:v>
       </x:c>
       <x:c r="AG39" s="4" t="n">
-        <x:v>12.7</x:v>
+        <x:v>13.2</x:v>
       </x:c>
       <x:c r="AH39" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="AI39" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="AJ39" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AK39" s="4" t="n">
-        <x:v>-5.6</x:v>
+        <x:v>-5.3</x:v>
       </x:c>
       <x:c r="AL39" s="4" t="n">
-        <x:v>-7.7</x:v>
+        <x:v>-7.3</x:v>
       </x:c>
       <x:c r="AM39" s="4" t="n">
-        <x:v>-11.7</x:v>
+        <x:v>-11.3</x:v>
       </x:c>
       <x:c r="AN39" s="4" t="n">
-        <x:v>-11.3</x:v>
+        <x:v>-10.9</x:v>
       </x:c>
       <x:c r="AO39" s="4" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.9</x:v>
       </x:c>
       <x:c r="AP39" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="AQ39" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="AR39" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="AS39" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="AT39" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AU39" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="AV39" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AW39" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="AX39" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="AY39" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="AZ39" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="BA39" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="BB39" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="BC39" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="BD39" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:56">
       <x:c r="A40" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D40" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E40" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F40" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H40" s="3" t="s">
@@ -7203,120 +7209,120 @@
       <x:c r="Y41" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="Z41" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="AA41" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="AB41" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AC41" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="AD41" s="4" t="n">
         <x:v>-5.4</x:v>
       </x:c>
       <x:c r="AE41" s="4" t="n">
         <x:v>-4.8</x:v>
       </x:c>
       <x:c r="AF41" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="AG41" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="AH41" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="AI41" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AJ41" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="AK41" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="AL41" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="AM41" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="AN41" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="AO41" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
       <x:c r="AP41" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="AQ41" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="AR41" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="AS41" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="AT41" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="AU41" s="4" t="n">
-        <x:v>-4.7</x:v>
+        <x:v>-4.5</x:v>
       </x:c>
       <x:c r="AV41" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="AW41" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="AX41" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="AY41" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="AZ41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="BA41" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="BB41" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="BC41" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="BD41" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:56">
       <x:c r="A42" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>-6.2</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
         <x:v>-4</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>-1.1</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
         <x:v>-0.5</x:v>
       </x:c>
       <x:c r="G42" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="H42" s="4" t="n">
@@ -7373,120 +7379,120 @@
       <x:c r="Y42" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="Z42" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="AA42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="AB42" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="AC42" s="4" t="n">
         <x:v>-0.7</x:v>
       </x:c>
       <x:c r="AD42" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="AE42" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
       <x:c r="AF42" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AG42" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="AH42" s="4" t="n">
+        <x:v>-1.1</x:v>
+      </x:c>
+      <x:c r="AI42" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="AJ42" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="AK42" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="AL42" s="4" t="n">
+        <x:v>-3.7</x:v>
+      </x:c>
+      <x:c r="AM42" s="4" t="n">
+        <x:v>-0.4</x:v>
+      </x:c>
+      <x:c r="AN42" s="4" t="n">
+        <x:v>-5</x:v>
+      </x:c>
+      <x:c r="AO42" s="4" t="n">
+        <x:v>6.3</x:v>
+      </x:c>
+      <x:c r="AP42" s="4" t="n">
+        <x:v>-0.9</x:v>
+      </x:c>
+      <x:c r="AQ42" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="AR42" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="AS42" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="AT42" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="AU42" s="4" t="n">
+        <x:v>-2.1</x:v>
+      </x:c>
+      <x:c r="AV42" s="4" t="n">
+        <x:v>-0.3</x:v>
+      </x:c>
+      <x:c r="AW42" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="AX42" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="AY42" s="4" t="n">
+        <x:v>-2.3</x:v>
+      </x:c>
+      <x:c r="AZ42" s="4" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="BA42" s="4" t="n">
         <x:v>-1.9</x:v>
       </x:c>
-      <x:c r="AI42" s="4" t="n">
-[...35 lines deleted...]
-      <x:c r="AU42" s="4" t="n">
+      <x:c r="BB42" s="4" t="n">
         <x:v>-2.4</x:v>
       </x:c>
-      <x:c r="AV42" s="4" t="n">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="BC42" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="BD42" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:56">
       <x:c r="A43" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="G43" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="H43" s="4" t="n">
@@ -7543,627 +7549,627 @@
       <x:c r="Y43" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="Z43" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="AA43" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="AB43" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="AC43" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="AD43" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="AE43" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="AF43" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="AG43" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AH43" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="AI43" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="AJ43" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="AK43" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="AL43" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="AM43" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="AN43" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="AO43" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AP43" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="AQ43" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="AR43" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="AS43" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="AT43" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="AU43" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="AV43" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="AW43" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="AX43" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="AY43" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="AZ43" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="BA43" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="BB43" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="BC43" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="BD43" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:56">
       <x:c r="A44" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="G44" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="H44" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="I44" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="J44" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="K44" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="L44" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="M44" s="4" t="n">
+        <x:v>1.7</x:v>
+      </x:c>
+      <x:c r="N44" s="4" t="n">
         <x:v>1</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>0.9</x:v>
       </x:c>
       <x:c r="O44" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="P44" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="Q44" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
-      <x:c r="Q44" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R44" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="S44" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="T44" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="U44" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="V44" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="W44" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="X44" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="Y44" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
-      <x:c r="W44" s="4" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="Z44" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="AA44" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="AB44" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="AC44" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="AD44" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="AE44" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AF44" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="AG44" s="4" t="n">
+        <x:v>-0.3</x:v>
+      </x:c>
+      <x:c r="AH44" s="4" t="n">
+        <x:v>-1.5</x:v>
+      </x:c>
+      <x:c r="AI44" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="AJ44" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
-      <x:c r="AF44" s="4" t="n">
-[...5 lines deleted...]
-      <x:c r="AH44" s="4" t="n">
+      <x:c r="AK44" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="AL44" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="AM44" s="4" t="n">
+        <x:v>-0.2</x:v>
+      </x:c>
+      <x:c r="AN44" s="4" t="n">
+        <x:v>-1.5</x:v>
+      </x:c>
+      <x:c r="AO44" s="4" t="n">
+        <x:v>-1.7</x:v>
+      </x:c>
+      <x:c r="AP44" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="AQ44" s="4" t="n">
+        <x:v>-0.7</x:v>
+      </x:c>
+      <x:c r="AR44" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="AS44" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="AT44" s="4" t="n">
         <x:v>-1.2</x:v>
       </x:c>
-      <x:c r="AI44" s="4" t="n">
+      <x:c r="AU44" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="AV44" s="4" t="n">
         <x:v>2.8</x:v>
-      </x:c>
-[...37 lines deleted...]
-        <x:v>3</x:v>
       </x:c>
       <x:c r="AW44" s="4" t="n">
         <x:v>-1</x:v>
       </x:c>
       <x:c r="AX44" s="4" t="n">
         <x:v>-1.9</x:v>
       </x:c>
       <x:c r="AY44" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="AZ44" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="BA44" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="BB44" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="BC44" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="BD44" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:56">
       <x:c r="A45" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="G45" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="H45" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="I45" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="J45" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="K45" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="L45" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="M45" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="N45" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="O45" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="P45" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="R45" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="S45" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="T45" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="U45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="R45" s="4" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="V45" s="4" t="n">
+        <x:v>-0.8</x:v>
+      </x:c>
+      <x:c r="W45" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="X45" s="4" t="n">
         <x:v>-0.7</x:v>
       </x:c>
-      <x:c r="W45" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="Y45" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="Z45" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="AA45" s="4" t="n">
         <x:v>-0.5</x:v>
       </x:c>
       <x:c r="AB45" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="AC45" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="AD45" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="AE45" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="AF45" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="AG45" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="AH45" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="AI45" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="AJ45" s="4" t="n">
+        <x:v>-2.6</x:v>
+      </x:c>
+      <x:c r="AK45" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="AL45" s="4" t="n">
+        <x:v>-0.5</x:v>
+      </x:c>
+      <x:c r="AM45" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="AN45" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="AO45" s="4" t="n">
+        <x:v>-1.6</x:v>
+      </x:c>
+      <x:c r="AP45" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="AQ45" s="4" t="n">
+        <x:v>-2.2</x:v>
+      </x:c>
+      <x:c r="AR45" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="AS45" s="4" t="n">
+        <x:v>-0.1</x:v>
+      </x:c>
+      <x:c r="AT45" s="4" t="n">
+        <x:v>-1.5</x:v>
+      </x:c>
+      <x:c r="AU45" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
-      <x:c r="AF45" s="4" t="n">
-[...23 lines deleted...]
-      <x:c r="AN45" s="4" t="n">
+      <x:c r="AV45" s="4" t="n">
+        <x:v>-1.2</x:v>
+      </x:c>
+      <x:c r="AW45" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="AX45" s="4" t="n">
+        <x:v>-0.9</x:v>
+      </x:c>
+      <x:c r="AY45" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
-      <x:c r="AO45" s="4" t="n">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="AZ45" s="4" t="n">
-        <x:v>-5.4</x:v>
+        <x:v>-4.9</x:v>
       </x:c>
       <x:c r="BA45" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="BB45" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="BC45" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="BD45" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:56">
       <x:c r="A46" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G46" s="4" t="n">
+        <x:v>-0.9</x:v>
+      </x:c>
+      <x:c r="H46" s="4" t="n">
+        <x:v>-2.6</x:v>
+      </x:c>
+      <x:c r="I46" s="4" t="n">
         <x:v>-1.7</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="J46" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="K46" s="4" t="n">
-        <x:v>-4.7</x:v>
+        <x:v>-4.9</x:v>
       </x:c>
       <x:c r="L46" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="M46" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="N46" s="4" t="n">
-        <x:v>-3.3</x:v>
+        <x:v>-4.1</x:v>
       </x:c>
       <x:c r="O46" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="P46" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="Q46" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="R46" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
       <x:c r="S46" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="T46" s="4" t="n">
+        <x:v>-2.4</x:v>
+      </x:c>
+      <x:c r="U46" s="4" t="n">
+        <x:v>-0.3</x:v>
+      </x:c>
+      <x:c r="V46" s="4" t="n">
+        <x:v>-1.4</x:v>
+      </x:c>
+      <x:c r="W46" s="4" t="n">
+        <x:v>-1.3</x:v>
+      </x:c>
+      <x:c r="X46" s="4" t="n">
+        <x:v>-1.7</x:v>
+      </x:c>
+      <x:c r="Y46" s="4" t="n">
+        <x:v>-2.3</x:v>
+      </x:c>
+      <x:c r="Z46" s="4" t="n">
+        <x:v>-1.4</x:v>
+      </x:c>
+      <x:c r="AA46" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="AB46" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="AC46" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="AD46" s="4" t="n">
+        <x:v>-0.4</x:v>
+      </x:c>
+      <x:c r="AE46" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="AF46" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="AG46" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="AH46" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="AI46" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="AJ46" s="4" t="n">
+        <x:v>-1.5</x:v>
+      </x:c>
+      <x:c r="AK46" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
-      <x:c r="T46" s="4" t="n">
-[...8 lines deleted...]
-      <x:c r="W46" s="4" t="n">
+      <x:c r="AL46" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="AM46" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+      <x:c r="AN46" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="AO46" s="4" t="n">
+        <x:v>-2.5</x:v>
+      </x:c>
+      <x:c r="AP46" s="4" t="n">
+        <x:v>-1.6</x:v>
+      </x:c>
+      <x:c r="AQ46" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="AR46" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="AS46" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="AT46" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+      <x:c r="AU46" s="4" t="n">
+        <x:v>-1.2</x:v>
+      </x:c>
+      <x:c r="AV46" s="4" t="n">
+        <x:v>-6.6</x:v>
+      </x:c>
+      <x:c r="AW46" s="4" t="n">
+        <x:v>-2.8</x:v>
+      </x:c>
+      <x:c r="AX46" s="4" t="n">
+        <x:v>-1.2</x:v>
+      </x:c>
+      <x:c r="AY46" s="4" t="n">
+        <x:v>-0.5</x:v>
+      </x:c>
+      <x:c r="AZ46" s="4" t="n">
+        <x:v>-8.1</x:v>
+      </x:c>
+      <x:c r="BA46" s="4" t="n">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="BB46" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
-      <x:c r="X46" s="4" t="n">
-[...91 lines deleted...]
-      </x:c>
       <x:c r="BC46" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="BD46" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:56">
       <x:c r="A47" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="G47" s="4" t="n">
@@ -8223,120 +8229,120 @@
       <x:c r="Y47" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="Z47" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="AA47" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="AB47" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="AC47" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="AD47" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="AE47" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="AF47" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="AG47" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="AH47" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="AI47" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="AJ47" s="4" t="n">
         <x:v>-1.1</x:v>
       </x:c>
       <x:c r="AK47" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AL47" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="AM47" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="AN47" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="AO47" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="AP47" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="AQ47" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="AR47" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="AS47" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="AT47" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="AU47" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="AV47" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="AW47" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="AX47" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="AY47" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="AZ47" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>-2.8</x:v>
       </x:c>
       <x:c r="BA47" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="BB47" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="BC47" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="BD47" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:56">
       <x:c r="A48" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="G48" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H48" s="4" t="n">
@@ -8393,120 +8399,120 @@
       <x:c r="Y48" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="Z48" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AA48" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="AB48" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="AC48" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="AD48" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="AE48" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="AF48" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="AG48" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="AH48" s="4" t="n">
         <x:v>-4.1</x:v>
       </x:c>
       <x:c r="AI48" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AJ48" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="AK48" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="AL48" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="AM48" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="AN48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AO48" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="AP48" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="AQ48" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="AR48" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="AS48" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="AT48" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="AU48" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AV48" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="AW48" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AX48" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="AY48" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="AZ48" s="4" t="n">
         <x:v>-5.5</x:v>
       </x:c>
       <x:c r="BA48" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="BB48" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="BC48" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="BD48" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:56">
       <x:c r="A49" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G49" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="H49" s="4" t="n">
@@ -8563,120 +8569,120 @@
       <x:c r="Y49" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="Z49" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="AA49" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="AB49" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="AC49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AD49" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="AE49" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="AF49" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="AG49" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="AH49" s="4" t="n">
         <x:v>-4.8</x:v>
       </x:c>
       <x:c r="AI49" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="AJ49" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="AK49" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="AL49" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="AM49" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="AN49" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="AO49" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="AP49" s="4" t="n">
         <x:v>-2.2</x:v>
       </x:c>
       <x:c r="AQ49" s="4" t="n">
         <x:v>-1.5</x:v>
       </x:c>
       <x:c r="AR49" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AS49" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="AT49" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="AU49" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AV49" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="AW49" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="AX49" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="AY49" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="AZ49" s="4" t="n">
-        <x:v>-6.5</x:v>
+        <x:v>-6.6</x:v>
       </x:c>
       <x:c r="BA49" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="BB49" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="BC49" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="BD49" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:56">
       <x:c r="A50" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="G50" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="H50" s="4" t="n">
@@ -8733,120 +8739,120 @@
       <x:c r="Y50" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="Z50" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
       <x:c r="AA50" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="AB50" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="AC50" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="AD50" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="AE50" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="AF50" s="4" t="n">
         <x:v>7.6</x:v>
       </x:c>
       <x:c r="AG50" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="AH50" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="AI50" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
       <x:c r="AJ50" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="AK50" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="AL50" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="AM50" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="AN50" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="AO50" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="AP50" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="AQ50" s="4" t="n">
         <x:v>-2</x:v>
       </x:c>
       <x:c r="AR50" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="AS50" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="AT50" s="4" t="n">
         <x:v>-1.6</x:v>
       </x:c>
       <x:c r="AU50" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="AV50" s="4" t="n">
         <x:v>-1.2</x:v>
       </x:c>
       <x:c r="AW50" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="AX50" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="AY50" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AZ50" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="BA50" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="BB50" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="BC50" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="BD50" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:56">
       <x:c r="A51" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="G51" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="H51" s="4" t="n">
@@ -8909,934 +8915,939 @@
       <x:c r="AA51" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="AB51" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="AC51" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="AD51" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="AE51" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="AF51" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="AG51" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="AH51" s="4" t="n">
         <x:v>-2.9</x:v>
       </x:c>
       <x:c r="AI51" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="AJ51" s="4" t="n">
         <x:v>-2.7</x:v>
       </x:c>
       <x:c r="AK51" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="AL51" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="AM51" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="AN51" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="AO51" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="AP51" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="AQ51" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="AR51" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="AS51" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="AT51" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="AU51" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="AV51" s="4" t="n">
+        <x:v>-0.3</x:v>
+      </x:c>
+      <x:c r="AW51" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
-      <x:c r="AW51" s="4" t="n">
+      <x:c r="AX51" s="4" t="n">
+        <x:v>-1.5</x:v>
+      </x:c>
+      <x:c r="AY51" s="4" t="n">
         <x:v>-0.5</x:v>
       </x:c>
-      <x:c r="AX51" s="4" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="AZ51" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="BA51" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="BB51" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="BC51" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="BD51" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:56">
       <x:c r="A52" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="G52" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="H52" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="I52" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="J52" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="K52" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="L52" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="M52" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="N52" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="O52" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="P52" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="Q52" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="R52" s="4" t="n">
         <x:v>-0.6</x:v>
       </x:c>
       <x:c r="S52" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="T52" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="U52" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="V52" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="W52" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="X52" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="Y52" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="Z52" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="AA52" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="AB52" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AC52" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="AD52" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="AE52" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="AF52" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="AG52" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="AH52" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="AI52" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="AJ52" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="AK52" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="AL52" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="AM52" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
-      <x:c r="AM52" s="4" t="n">
+      <x:c r="AN52" s="4" t="n">
+        <x:v>-0.8</x:v>
+      </x:c>
+      <x:c r="AO52" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="AP52" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="AQ52" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="AR52" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="AS52" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="AT52" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="AU52" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="AV52" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="AW52" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="AX52" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
-      <x:c r="AN52" s="4" t="n">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="AY52" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="AZ52" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
       <x:c r="BA52" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="BB52" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="BC52" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="BD52" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:56">
       <x:c r="A53" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
-        <x:v>58</x:v>
-[...161 lines deleted...]
-        <x:v>0.3</x:v>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="D53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="E53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="F53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="G53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="I53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="J53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="K53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="L53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="M53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="N53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="O53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="P53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="Q53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="R53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="S53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="T53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="U53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="V53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="W53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="X53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="Y53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="Z53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AA53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AB53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AC53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AD53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AE53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AF53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AG53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AH53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AI53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AJ53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AK53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AL53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AM53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AN53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AO53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AP53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AQ53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AR53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AS53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AT53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AU53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AV53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AW53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AX53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AY53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AZ53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="BA53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="BB53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="BC53" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="BD53" s="3" t="s">
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:56">
       <x:c r="A54" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
-        <x:v>58</x:v>
-[...161 lines deleted...]
-        <x:v>2.5</x:v>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="D54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="E54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="F54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="G54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="I54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="J54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="K54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="L54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="M54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="N54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="O54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="P54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="Q54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="R54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="S54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="T54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="U54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="V54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="W54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="X54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="Y54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="Z54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AA54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AB54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AC54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AD54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AE54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AF54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AG54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AH54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AI54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AJ54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AK54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AL54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AM54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AN54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AO54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AP54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AQ54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AR54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AS54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AT54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AU54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AV54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AW54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AX54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AY54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AZ54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="BA54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="BB54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="BC54" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="BD54" s="3" t="s">
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:56">
       <x:c r="A55" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
-        <x:v>58</x:v>
-[...161 lines deleted...]
-        <x:v>0.8</x:v>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="D55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="E55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="F55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="G55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="I55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="J55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="K55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="L55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="M55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="N55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="O55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="P55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="Q55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="R55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="S55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="T55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="U55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="V55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="W55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="X55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="Y55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="Z55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AA55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AB55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AC55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AD55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AE55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AF55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AG55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AH55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AI55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AJ55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AK55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AL55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AM55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AN55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AO55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AP55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AQ55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AR55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AS55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AT55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AU55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AV55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AW55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AX55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AY55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AZ55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="BA55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="BB55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="BC55" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="BD55" s="3" t="s">
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:56">
       <x:c r="A57" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:56">
       <x:c r="A58" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:56">
-[...1 lines deleted...]
-        <x:v>111</x:v>
+    <x:row r="59" spans="1:56">
+      <x:c r="A59" s="0" t="s">
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:56">
       <x:c r="A61" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:56">
       <x:c r="A62" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:56">
-[...1 lines deleted...]
-        <x:v>114</x:v>
+    <x:row r="63" spans="1:56">
+      <x:c r="A63" s="0" t="s">
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:56">
       <x:c r="A65" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
-    <x:row r="67" spans="1:56">
-[...1 lines deleted...]
-        <x:v>116</x:v>
+    <x:row r="66" spans="1:56">
+      <x:c r="A66" s="0" t="s">
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:56">
       <x:c r="A68" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:56">
       <x:c r="A69" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:56">
       <x:c r="A70" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:56">
       <x:c r="A71" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
-    <x:row r="76" spans="1:56">
-[...1 lines deleted...]
-        <x:v>120</x:v>
+    <x:row r="72" spans="1:56">
+      <x:c r="A72" s="0" t="s">
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:56">
       <x:c r="A77" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:56">
       <x:c r="A78" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:56">
       <x:c r="A79" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:56">
       <x:c r="A80" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:56">
       <x:c r="A81" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row r="83" spans="1:56">
-[...1 lines deleted...]
-        <x:v>124</x:v>
+    <x:row r="82" spans="1:56">
+      <x:c r="A82" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:56">
       <x:c r="A84" s="0" t="s">
-        <x:v>1</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:56">
       <x:c r="A85" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
-    <x:row r="88" spans="1:56">
-[...1 lines deleted...]
-        <x:v>112</x:v>
+    <x:row r="86" spans="1:56">
+      <x:c r="A86" s="0" t="s">
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:56">
       <x:c r="A89" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row r="93" spans="1:56">
-[...1 lines deleted...]
-        <x:v>127</x:v>
+    <x:row r="90" spans="1:56">
+      <x:c r="A90" s="0" t="s">
+        <x:v>128</x:v>
       </x:c>
     </x:row>
-    <x:row r="95" spans="1:56">
-[...1 lines deleted...]
-        <x:v>128</x:v>
+    <x:row r="94" spans="1:56">
+      <x:c r="A94" s="0" t="s">
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:56">
       <x:c r="A96" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
-    <x:row r="98" spans="1:56">
-[...1 lines deleted...]
-        <x:v>130</x:v>
+    <x:row r="97" spans="1:56">
+      <x:c r="A97" s="0" t="s">
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:56">
       <x:c r="A99" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:56">
+      <x:c r="A100" s="0" t="s">
+        <x:v>133</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>BruttoprodTimev</vt:lpstr>
       <vt:lpstr>BruttoprodTimev!Print_Area</vt:lpstr>
       <vt:lpstr>BruttoprodTimev!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>